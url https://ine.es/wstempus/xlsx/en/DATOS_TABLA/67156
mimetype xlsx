--- v0 (2025-12-13)
+++ v1 (2026-01-29)
@@ -255,51 +255,51 @@
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="8" xfId="0" applyFill="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="6" fillId="5" borderId="8" xfId="0" applyFill="true" applyBorder="true" applyFont="true"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="8" xfId="0" applyFill="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="5" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true" applyNumberFormat="true">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="165" fontId="8" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true" applyNumberFormat="true">
       <alignment horizontal="right"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:ALM27"/>
+  <dimension ref="A1:ALQ27"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="39.0625" customWidth="true"/>
     <col min="2" max="2" width="19.53125" customWidth="true"/>
     <col min="3" max="3" width="19.53125" customWidth="true"/>
     <col min="4" max="4" width="19.53125" customWidth="true"/>
     <col min="5" max="5" width="19.53125" customWidth="true"/>
     <col min="6" max="6" width="19.53125" customWidth="true"/>
     <col min="7" max="7" width="19.53125" customWidth="true"/>
     <col min="8" max="8" width="19.53125" customWidth="true"/>
     <col min="9" max="9" width="19.53125" customWidth="true"/>
     <col min="10" max="10" width="19.53125" customWidth="true"/>
     <col min="11" max="11" width="19.53125" customWidth="true"/>
     <col min="12" max="12" width="19.53125" customWidth="true"/>
     <col min="13" max="13" width="19.53125" customWidth="true"/>
     <col min="14" max="14" width="19.53125" customWidth="true"/>
     <col min="15" max="15" width="19.53125" customWidth="true"/>
     <col min="16" max="16" width="19.53125" customWidth="true"/>
     <col min="17" max="17" width="19.53125" customWidth="true"/>
     <col min="18" max="18" width="19.53125" customWidth="true"/>
     <col min="19" max="19" width="19.53125" customWidth="true"/>
     <col min="20" max="20" width="19.53125" customWidth="true"/>
@@ -1262,50 +1262,54 @@
     <col min="977" max="977" width="19.53125" customWidth="true"/>
     <col min="978" max="978" width="19.53125" customWidth="true"/>
     <col min="979" max="979" width="19.53125" customWidth="true"/>
     <col min="980" max="980" width="19.53125" customWidth="true"/>
     <col min="981" max="981" width="19.53125" customWidth="true"/>
     <col min="982" max="982" width="19.53125" customWidth="true"/>
     <col min="983" max="983" width="19.53125" customWidth="true"/>
     <col min="984" max="984" width="19.53125" customWidth="true"/>
     <col min="985" max="985" width="19.53125" customWidth="true"/>
     <col min="986" max="986" width="19.53125" customWidth="true"/>
     <col min="987" max="987" width="19.53125" customWidth="true"/>
     <col min="988" max="988" width="19.53125" customWidth="true"/>
     <col min="989" max="989" width="19.53125" customWidth="true"/>
     <col min="990" max="990" width="19.53125" customWidth="true"/>
     <col min="991" max="991" width="19.53125" customWidth="true"/>
     <col min="992" max="992" width="19.53125" customWidth="true"/>
     <col min="993" max="993" width="19.53125" customWidth="true"/>
     <col min="994" max="994" width="19.53125" customWidth="true"/>
     <col min="995" max="995" width="19.53125" customWidth="true"/>
     <col min="996" max="996" width="19.53125" customWidth="true"/>
     <col min="997" max="997" width="19.53125" customWidth="true"/>
     <col min="998" max="998" width="19.53125" customWidth="true"/>
     <col min="999" max="999" width="19.53125" customWidth="true"/>
     <col min="1000" max="1000" width="19.53125" customWidth="true"/>
     <col min="1001" max="1001" width="19.53125" customWidth="true"/>
+    <col min="1002" max="1002" width="19.53125" customWidth="true"/>
+    <col min="1003" max="1003" width="19.53125" customWidth="true"/>
+    <col min="1004" max="1004" width="19.53125" customWidth="true"/>
+    <col min="1005" max="1005" width="19.53125" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Industrial producer price index breakdowns by activity</t>
         </is>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
     </row>
     <row r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
           <t>Industrial Goods Export Price Indices</t>
         </is>
       </c>
@@ -1626,56 +1630,56 @@
       <c r="HS7" s="6"/>
       <c r="HT7" s="6"/>
       <c r="HU7" s="6"/>
       <c r="HV7" s="6"/>
       <c r="HW7" s="6"/>
       <c r="HX7" s="6"/>
       <c r="HY7" s="6"/>
       <c r="HZ7" s="6"/>
       <c r="IA7" s="6"/>
       <c r="IB7" s="6"/>
       <c r="IC7" s="6"/>
       <c r="ID7" s="6"/>
       <c r="IE7" s="6"/>
       <c r="IF7" s="6"/>
       <c r="IG7" s="6"/>
       <c r="IH7" s="6"/>
       <c r="II7" s="6"/>
       <c r="IJ7" s="6"/>
       <c r="IK7" s="6"/>
       <c r="IL7" s="6"/>
       <c r="IM7" s="6"/>
       <c r="IN7" s="6"/>
       <c r="IO7" s="6"/>
       <c r="IP7" s="6"/>
       <c r="IQ7" s="6"/>
-      <c r="IR7" s="6" t="inlineStr">
+      <c r="IR7" s="6"/>
+      <c r="IS7" s="6" t="inlineStr">
         <is>
           <t>Monthly variation rate</t>
         </is>
       </c>
-      <c r="IS7" s="6"/>
       <c r="IT7" s="6"/>
       <c r="IU7" s="6"/>
       <c r="IV7" s="6"/>
       <c r="IW7" s="6"/>
       <c r="IX7" s="6"/>
       <c r="IY7" s="6"/>
       <c r="IZ7" s="6"/>
       <c r="JA7" s="6"/>
       <c r="JB7" s="6"/>
       <c r="JC7" s="6"/>
       <c r="JD7" s="6"/>
       <c r="JE7" s="6"/>
       <c r="JF7" s="6"/>
       <c r="JG7" s="6"/>
       <c r="JH7" s="6"/>
       <c r="JI7" s="6"/>
       <c r="JJ7" s="6"/>
       <c r="JK7" s="6"/>
       <c r="JL7" s="6"/>
       <c r="JM7" s="6"/>
       <c r="JN7" s="6"/>
       <c r="JO7" s="6"/>
       <c r="JP7" s="6"/>
       <c r="JQ7" s="6"/>
       <c r="JR7" s="6"/>
@@ -1880,57 +1884,57 @@
       <c r="RI7" s="6"/>
       <c r="RJ7" s="6"/>
       <c r="RK7" s="6"/>
       <c r="RL7" s="6"/>
       <c r="RM7" s="6"/>
       <c r="RN7" s="6"/>
       <c r="RO7" s="6"/>
       <c r="RP7" s="6"/>
       <c r="RQ7" s="6"/>
       <c r="RR7" s="6"/>
       <c r="RS7" s="6"/>
       <c r="RT7" s="6"/>
       <c r="RU7" s="6"/>
       <c r="RV7" s="6"/>
       <c r="RW7" s="6"/>
       <c r="RX7" s="6"/>
       <c r="RY7" s="6"/>
       <c r="RZ7" s="6"/>
       <c r="SA7" s="6"/>
       <c r="SB7" s="6"/>
       <c r="SC7" s="6"/>
       <c r="SD7" s="6"/>
       <c r="SE7" s="6"/>
       <c r="SF7" s="6"/>
       <c r="SG7" s="6"/>
-      <c r="SH7" s="6" t="inlineStr">
+      <c r="SH7" s="6"/>
+      <c r="SI7" s="6"/>
+      <c r="SJ7" s="6" t="inlineStr">
         <is>
           <t>Annual variation rate</t>
         </is>
       </c>
-      <c r="SI7" s="6"/>
-      <c r="SJ7" s="6"/>
       <c r="SK7" s="6"/>
       <c r="SL7" s="6"/>
       <c r="SM7" s="6"/>
       <c r="SN7" s="6"/>
       <c r="SO7" s="6"/>
       <c r="SP7" s="6"/>
       <c r="SQ7" s="6"/>
       <c r="SR7" s="6"/>
       <c r="SS7" s="6"/>
       <c r="ST7" s="6"/>
       <c r="SU7" s="6"/>
       <c r="SV7" s="6"/>
       <c r="SW7" s="6"/>
       <c r="SX7" s="6"/>
       <c r="SY7" s="6"/>
       <c r="SZ7" s="6"/>
       <c r="TA7" s="6"/>
       <c r="TB7" s="6"/>
       <c r="TC7" s="6"/>
       <c r="TD7" s="6"/>
       <c r="TE7" s="6"/>
       <c r="TF7" s="6"/>
       <c r="TG7" s="6"/>
       <c r="TH7" s="6"/>
       <c r="TI7" s="6"/>
@@ -2134,58 +2138,58 @@
       <c r="AAY7" s="6"/>
       <c r="AAZ7" s="6"/>
       <c r="ABA7" s="6"/>
       <c r="ABB7" s="6"/>
       <c r="ABC7" s="6"/>
       <c r="ABD7" s="6"/>
       <c r="ABE7" s="6"/>
       <c r="ABF7" s="6"/>
       <c r="ABG7" s="6"/>
       <c r="ABH7" s="6"/>
       <c r="ABI7" s="6"/>
       <c r="ABJ7" s="6"/>
       <c r="ABK7" s="6"/>
       <c r="ABL7" s="6"/>
       <c r="ABM7" s="6"/>
       <c r="ABN7" s="6"/>
       <c r="ABO7" s="6"/>
       <c r="ABP7" s="6"/>
       <c r="ABQ7" s="6"/>
       <c r="ABR7" s="6"/>
       <c r="ABS7" s="6"/>
       <c r="ABT7" s="6"/>
       <c r="ABU7" s="6"/>
       <c r="ABV7" s="6"/>
       <c r="ABW7" s="6"/>
-      <c r="ABX7" s="6" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="ABX7" s="6"/>
       <c r="ABY7" s="6"/>
       <c r="ABZ7" s="6"/>
-      <c r="ACA7" s="6"/>
+      <c r="ACA7" s="6" t="inlineStr">
+        <is>
+          <t>Year-to-date variation rate</t>
+        </is>
+      </c>
       <c r="ACB7" s="6"/>
       <c r="ACC7" s="6"/>
       <c r="ACD7" s="6"/>
       <c r="ACE7" s="6"/>
       <c r="ACF7" s="6"/>
       <c r="ACG7" s="6"/>
       <c r="ACH7" s="6"/>
       <c r="ACI7" s="6"/>
       <c r="ACJ7" s="6"/>
       <c r="ACK7" s="6"/>
       <c r="ACL7" s="6"/>
       <c r="ACM7" s="6"/>
       <c r="ACN7" s="6"/>
       <c r="ACO7" s="6"/>
       <c r="ACP7" s="6"/>
       <c r="ACQ7" s="6"/>
       <c r="ACR7" s="6"/>
       <c r="ACS7" s="6"/>
       <c r="ACT7" s="6"/>
       <c r="ACU7" s="6"/>
       <c r="ACV7" s="6"/>
       <c r="ACW7" s="6"/>
       <c r="ACX7" s="6"/>
       <c r="ACY7" s="6"/>
       <c r="ACZ7" s="6"/>
@@ -2388,5053 +2392,5077 @@
       <c r="AKO7" s="6"/>
       <c r="AKP7" s="6"/>
       <c r="AKQ7" s="6"/>
       <c r="AKR7" s="6"/>
       <c r="AKS7" s="6"/>
       <c r="AKT7" s="6"/>
       <c r="AKU7" s="6"/>
       <c r="AKV7" s="6"/>
       <c r="AKW7" s="6"/>
       <c r="AKX7" s="6"/>
       <c r="AKY7" s="6"/>
       <c r="AKZ7" s="6"/>
       <c r="ALA7" s="6"/>
       <c r="ALB7" s="6"/>
       <c r="ALC7" s="6"/>
       <c r="ALD7" s="6"/>
       <c r="ALE7" s="6"/>
       <c r="ALF7" s="6"/>
       <c r="ALG7" s="6"/>
       <c r="ALH7" s="6"/>
       <c r="ALI7" s="6"/>
       <c r="ALJ7" s="6"/>
       <c r="ALK7" s="6"/>
       <c r="ALL7" s="6"/>
       <c r="ALM7" s="6"/>
+      <c r="ALN7" s="6"/>
+      <c r="ALO7" s="6"/>
+      <c r="ALP7" s="6"/>
+      <c r="ALQ7" s="6"/>
     </row>
     <row r="8">
       <c r="A8" s="12" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
+          <t>2025M11</t>
+        </is>
+      </c>
+      <c r="C8" s="7" t="inlineStr">
+        <is>
           <t>2025M10</t>
         </is>
       </c>
-      <c r="C8" s="7" t="inlineStr">
+      <c r="D8" s="7" t="inlineStr">
         <is>
           <t>2025M09</t>
         </is>
       </c>
-      <c r="D8" s="7" t="inlineStr">
+      <c r="E8" s="7" t="inlineStr">
         <is>
           <t>2025M08</t>
         </is>
       </c>
-      <c r="E8" s="7" t="inlineStr">
+      <c r="F8" s="7" t="inlineStr">
         <is>
           <t>2025M07</t>
         </is>
       </c>
-      <c r="F8" s="7" t="inlineStr">
+      <c r="G8" s="7" t="inlineStr">
         <is>
           <t>2025M06</t>
         </is>
       </c>
-      <c r="G8" s="7" t="inlineStr">
+      <c r="H8" s="7" t="inlineStr">
         <is>
           <t>2025M05</t>
         </is>
       </c>
-      <c r="H8" s="7" t="inlineStr">
+      <c r="I8" s="7" t="inlineStr">
         <is>
           <t>2025M04</t>
         </is>
       </c>
-      <c r="I8" s="7" t="inlineStr">
+      <c r="J8" s="7" t="inlineStr">
         <is>
           <t>2025M03</t>
         </is>
       </c>
-      <c r="J8" s="7" t="inlineStr">
+      <c r="K8" s="7" t="inlineStr">
         <is>
           <t>2025M02</t>
         </is>
       </c>
-      <c r="K8" s="7" t="inlineStr">
+      <c r="L8" s="7" t="inlineStr">
         <is>
           <t>2025M01</t>
         </is>
       </c>
-      <c r="L8" s="7" t="inlineStr">
+      <c r="M8" s="7" t="inlineStr">
         <is>
           <t>2024M12</t>
         </is>
       </c>
-      <c r="M8" s="7" t="inlineStr">
+      <c r="N8" s="7" t="inlineStr">
         <is>
           <t>2024M11</t>
         </is>
       </c>
-      <c r="N8" s="7" t="inlineStr">
+      <c r="O8" s="7" t="inlineStr">
         <is>
           <t>2024M10</t>
         </is>
       </c>
-      <c r="O8" s="7" t="inlineStr">
+      <c r="P8" s="7" t="inlineStr">
         <is>
           <t>2024M09</t>
         </is>
       </c>
-      <c r="P8" s="7" t="inlineStr">
+      <c r="Q8" s="7" t="inlineStr">
         <is>
           <t>2024M08</t>
         </is>
       </c>
-      <c r="Q8" s="7" t="inlineStr">
+      <c r="R8" s="7" t="inlineStr">
         <is>
           <t>2024M07</t>
         </is>
       </c>
-      <c r="R8" s="7" t="inlineStr">
+      <c r="S8" s="7" t="inlineStr">
         <is>
           <t>2024M06</t>
         </is>
       </c>
-      <c r="S8" s="7" t="inlineStr">
+      <c r="T8" s="7" t="inlineStr">
         <is>
           <t>2024M05</t>
         </is>
       </c>
-      <c r="T8" s="7" t="inlineStr">
+      <c r="U8" s="7" t="inlineStr">
         <is>
           <t>2024M04</t>
         </is>
       </c>
-      <c r="U8" s="7" t="inlineStr">
+      <c r="V8" s="7" t="inlineStr">
         <is>
           <t>2024M03</t>
         </is>
       </c>
-      <c r="V8" s="7" t="inlineStr">
+      <c r="W8" s="7" t="inlineStr">
         <is>
           <t>2024M02</t>
         </is>
       </c>
-      <c r="W8" s="7" t="inlineStr">
+      <c r="X8" s="7" t="inlineStr">
         <is>
           <t>2024M01</t>
         </is>
       </c>
-      <c r="X8" s="7" t="inlineStr">
+      <c r="Y8" s="7" t="inlineStr">
         <is>
           <t>2023M12</t>
         </is>
       </c>
-      <c r="Y8" s="7" t="inlineStr">
+      <c r="Z8" s="7" t="inlineStr">
         <is>
           <t>2023M11</t>
         </is>
       </c>
-      <c r="Z8" s="7" t="inlineStr">
+      <c r="AA8" s="7" t="inlineStr">
         <is>
           <t>2023M10</t>
         </is>
       </c>
-      <c r="AA8" s="7" t="inlineStr">
+      <c r="AB8" s="7" t="inlineStr">
         <is>
           <t>2023M09</t>
         </is>
       </c>
-      <c r="AB8" s="7" t="inlineStr">
+      <c r="AC8" s="7" t="inlineStr">
         <is>
           <t>2023M08</t>
         </is>
       </c>
-      <c r="AC8" s="7" t="inlineStr">
+      <c r="AD8" s="7" t="inlineStr">
         <is>
           <t>2023M07</t>
         </is>
       </c>
-      <c r="AD8" s="7" t="inlineStr">
+      <c r="AE8" s="7" t="inlineStr">
         <is>
           <t>2023M06</t>
         </is>
       </c>
-      <c r="AE8" s="7" t="inlineStr">
+      <c r="AF8" s="7" t="inlineStr">
         <is>
           <t>2023M05</t>
         </is>
       </c>
-      <c r="AF8" s="7" t="inlineStr">
+      <c r="AG8" s="7" t="inlineStr">
         <is>
           <t>2023M04</t>
         </is>
       </c>
-      <c r="AG8" s="7" t="inlineStr">
+      <c r="AH8" s="7" t="inlineStr">
         <is>
           <t>2023M03</t>
         </is>
       </c>
-      <c r="AH8" s="7" t="inlineStr">
+      <c r="AI8" s="7" t="inlineStr">
         <is>
           <t>2023M02</t>
         </is>
       </c>
-      <c r="AI8" s="7" t="inlineStr">
+      <c r="AJ8" s="7" t="inlineStr">
         <is>
           <t>2023M01</t>
         </is>
       </c>
-      <c r="AJ8" s="7" t="inlineStr">
+      <c r="AK8" s="7" t="inlineStr">
         <is>
           <t>2022M12</t>
         </is>
       </c>
-      <c r="AK8" s="7" t="inlineStr">
+      <c r="AL8" s="7" t="inlineStr">
         <is>
           <t>2022M11</t>
         </is>
       </c>
-      <c r="AL8" s="7" t="inlineStr">
+      <c r="AM8" s="7" t="inlineStr">
         <is>
           <t>2022M10</t>
         </is>
       </c>
-      <c r="AM8" s="7" t="inlineStr">
+      <c r="AN8" s="7" t="inlineStr">
         <is>
           <t>2022M09</t>
         </is>
       </c>
-      <c r="AN8" s="7" t="inlineStr">
+      <c r="AO8" s="7" t="inlineStr">
         <is>
           <t>2022M08</t>
         </is>
       </c>
-      <c r="AO8" s="7" t="inlineStr">
+      <c r="AP8" s="7" t="inlineStr">
         <is>
           <t>2022M07</t>
         </is>
       </c>
-      <c r="AP8" s="7" t="inlineStr">
+      <c r="AQ8" s="7" t="inlineStr">
         <is>
           <t>2022M06</t>
         </is>
       </c>
-      <c r="AQ8" s="7" t="inlineStr">
+      <c r="AR8" s="7" t="inlineStr">
         <is>
           <t>2022M05</t>
         </is>
       </c>
-      <c r="AR8" s="7" t="inlineStr">
+      <c r="AS8" s="7" t="inlineStr">
         <is>
           <t>2022M04</t>
         </is>
       </c>
-      <c r="AS8" s="7" t="inlineStr">
+      <c r="AT8" s="7" t="inlineStr">
         <is>
           <t>2022M03</t>
         </is>
       </c>
-      <c r="AT8" s="7" t="inlineStr">
+      <c r="AU8" s="7" t="inlineStr">
         <is>
           <t>2022M02</t>
         </is>
       </c>
-      <c r="AU8" s="7" t="inlineStr">
+      <c r="AV8" s="7" t="inlineStr">
         <is>
           <t>2022M01</t>
         </is>
       </c>
-      <c r="AV8" s="7" t="inlineStr">
+      <c r="AW8" s="7" t="inlineStr">
         <is>
           <t>2021M12</t>
         </is>
       </c>
-      <c r="AW8" s="7" t="inlineStr">
+      <c r="AX8" s="7" t="inlineStr">
         <is>
           <t>2021M11</t>
         </is>
       </c>
-      <c r="AX8" s="7" t="inlineStr">
+      <c r="AY8" s="7" t="inlineStr">
         <is>
           <t>2021M10</t>
         </is>
       </c>
-      <c r="AY8" s="7" t="inlineStr">
+      <c r="AZ8" s="7" t="inlineStr">
         <is>
           <t>2021M09</t>
         </is>
       </c>
-      <c r="AZ8" s="7" t="inlineStr">
+      <c r="BA8" s="7" t="inlineStr">
         <is>
           <t>2021M08</t>
         </is>
       </c>
-      <c r="BA8" s="7" t="inlineStr">
+      <c r="BB8" s="7" t="inlineStr">
         <is>
           <t>2021M07</t>
         </is>
       </c>
-      <c r="BB8" s="7" t="inlineStr">
+      <c r="BC8" s="7" t="inlineStr">
         <is>
           <t>2021M06</t>
         </is>
       </c>
-      <c r="BC8" s="7" t="inlineStr">
+      <c r="BD8" s="7" t="inlineStr">
         <is>
           <t>2021M05</t>
         </is>
       </c>
-      <c r="BD8" s="7" t="inlineStr">
+      <c r="BE8" s="7" t="inlineStr">
         <is>
           <t>2021M04</t>
         </is>
       </c>
-      <c r="BE8" s="7" t="inlineStr">
+      <c r="BF8" s="7" t="inlineStr">
         <is>
           <t>2021M03</t>
         </is>
       </c>
-      <c r="BF8" s="7" t="inlineStr">
+      <c r="BG8" s="7" t="inlineStr">
         <is>
           <t>2021M02</t>
         </is>
       </c>
-      <c r="BG8" s="7" t="inlineStr">
+      <c r="BH8" s="7" t="inlineStr">
         <is>
           <t>2021M01</t>
         </is>
       </c>
-      <c r="BH8" s="7" t="inlineStr">
+      <c r="BI8" s="7" t="inlineStr">
         <is>
           <t>2020M12</t>
         </is>
       </c>
-      <c r="BI8" s="7" t="inlineStr">
+      <c r="BJ8" s="7" t="inlineStr">
         <is>
           <t>2020M11</t>
         </is>
       </c>
-      <c r="BJ8" s="7" t="inlineStr">
+      <c r="BK8" s="7" t="inlineStr">
         <is>
           <t>2020M10</t>
         </is>
       </c>
-      <c r="BK8" s="7" t="inlineStr">
+      <c r="BL8" s="7" t="inlineStr">
         <is>
           <t>2020M09</t>
         </is>
       </c>
-      <c r="BL8" s="7" t="inlineStr">
+      <c r="BM8" s="7" t="inlineStr">
         <is>
           <t>2020M08</t>
         </is>
       </c>
-      <c r="BM8" s="7" t="inlineStr">
+      <c r="BN8" s="7" t="inlineStr">
         <is>
           <t>2020M07</t>
         </is>
       </c>
-      <c r="BN8" s="7" t="inlineStr">
+      <c r="BO8" s="7" t="inlineStr">
         <is>
           <t>2020M06</t>
         </is>
       </c>
-      <c r="BO8" s="7" t="inlineStr">
+      <c r="BP8" s="7" t="inlineStr">
         <is>
           <t>2020M05</t>
         </is>
       </c>
-      <c r="BP8" s="7" t="inlineStr">
+      <c r="BQ8" s="7" t="inlineStr">
         <is>
           <t>2020M04</t>
         </is>
       </c>
-      <c r="BQ8" s="7" t="inlineStr">
+      <c r="BR8" s="7" t="inlineStr">
         <is>
           <t>2020M03</t>
         </is>
       </c>
-      <c r="BR8" s="7" t="inlineStr">
+      <c r="BS8" s="7" t="inlineStr">
         <is>
           <t>2020M02</t>
         </is>
       </c>
-      <c r="BS8" s="7" t="inlineStr">
+      <c r="BT8" s="7" t="inlineStr">
         <is>
           <t>2020M01</t>
         </is>
       </c>
-      <c r="BT8" s="7" t="inlineStr">
+      <c r="BU8" s="7" t="inlineStr">
         <is>
           <t>2019M12</t>
         </is>
       </c>
-      <c r="BU8" s="7" t="inlineStr">
+      <c r="BV8" s="7" t="inlineStr">
         <is>
           <t>2019M11</t>
         </is>
       </c>
-      <c r="BV8" s="7" t="inlineStr">
+      <c r="BW8" s="7" t="inlineStr">
         <is>
           <t>2019M10</t>
         </is>
       </c>
-      <c r="BW8" s="7" t="inlineStr">
+      <c r="BX8" s="7" t="inlineStr">
         <is>
           <t>2019M09</t>
         </is>
       </c>
-      <c r="BX8" s="7" t="inlineStr">
+      <c r="BY8" s="7" t="inlineStr">
         <is>
           <t>2019M08</t>
         </is>
       </c>
-      <c r="BY8" s="7" t="inlineStr">
+      <c r="BZ8" s="7" t="inlineStr">
         <is>
           <t>2019M07</t>
         </is>
       </c>
-      <c r="BZ8" s="7" t="inlineStr">
+      <c r="CA8" s="7" t="inlineStr">
         <is>
           <t>2019M06</t>
         </is>
       </c>
-      <c r="CA8" s="7" t="inlineStr">
+      <c r="CB8" s="7" t="inlineStr">
         <is>
           <t>2019M05</t>
         </is>
       </c>
-      <c r="CB8" s="7" t="inlineStr">
+      <c r="CC8" s="7" t="inlineStr">
         <is>
           <t>2019M04</t>
         </is>
       </c>
-      <c r="CC8" s="7" t="inlineStr">
+      <c r="CD8" s="7" t="inlineStr">
         <is>
           <t>2019M03</t>
         </is>
       </c>
-      <c r="CD8" s="7" t="inlineStr">
+      <c r="CE8" s="7" t="inlineStr">
         <is>
           <t>2019M02</t>
         </is>
       </c>
-      <c r="CE8" s="7" t="inlineStr">
+      <c r="CF8" s="7" t="inlineStr">
         <is>
           <t>2019M01</t>
         </is>
       </c>
-      <c r="CF8" s="7" t="inlineStr">
+      <c r="CG8" s="7" t="inlineStr">
         <is>
           <t>2018M12</t>
         </is>
       </c>
-      <c r="CG8" s="7" t="inlineStr">
+      <c r="CH8" s="7" t="inlineStr">
         <is>
           <t>2018M11</t>
         </is>
       </c>
-      <c r="CH8" s="7" t="inlineStr">
+      <c r="CI8" s="7" t="inlineStr">
         <is>
           <t>2018M10</t>
         </is>
       </c>
-      <c r="CI8" s="7" t="inlineStr">
+      <c r="CJ8" s="7" t="inlineStr">
         <is>
           <t>2018M09</t>
         </is>
       </c>
-      <c r="CJ8" s="7" t="inlineStr">
+      <c r="CK8" s="7" t="inlineStr">
         <is>
           <t>2018M08</t>
         </is>
       </c>
-      <c r="CK8" s="7" t="inlineStr">
+      <c r="CL8" s="7" t="inlineStr">
         <is>
           <t>2018M07</t>
         </is>
       </c>
-      <c r="CL8" s="7" t="inlineStr">
+      <c r="CM8" s="7" t="inlineStr">
         <is>
           <t>2018M06</t>
         </is>
       </c>
-      <c r="CM8" s="7" t="inlineStr">
+      <c r="CN8" s="7" t="inlineStr">
         <is>
           <t>2018M05</t>
         </is>
       </c>
-      <c r="CN8" s="7" t="inlineStr">
+      <c r="CO8" s="7" t="inlineStr">
         <is>
           <t>2018M04</t>
         </is>
       </c>
-      <c r="CO8" s="7" t="inlineStr">
+      <c r="CP8" s="7" t="inlineStr">
         <is>
           <t>2018M03</t>
         </is>
       </c>
-      <c r="CP8" s="7" t="inlineStr">
+      <c r="CQ8" s="7" t="inlineStr">
         <is>
           <t>2018M02</t>
         </is>
       </c>
-      <c r="CQ8" s="7" t="inlineStr">
+      <c r="CR8" s="7" t="inlineStr">
         <is>
           <t>2018M01</t>
         </is>
       </c>
-      <c r="CR8" s="7" t="inlineStr">
+      <c r="CS8" s="7" t="inlineStr">
         <is>
           <t>2017M12</t>
         </is>
       </c>
-      <c r="CS8" s="7" t="inlineStr">
+      <c r="CT8" s="7" t="inlineStr">
         <is>
           <t>2017M11</t>
         </is>
       </c>
-      <c r="CT8" s="7" t="inlineStr">
+      <c r="CU8" s="7" t="inlineStr">
         <is>
           <t>2017M10</t>
         </is>
       </c>
-      <c r="CU8" s="7" t="inlineStr">
+      <c r="CV8" s="7" t="inlineStr">
         <is>
           <t>2017M09</t>
         </is>
       </c>
-      <c r="CV8" s="7" t="inlineStr">
+      <c r="CW8" s="7" t="inlineStr">
         <is>
           <t>2017M08</t>
         </is>
       </c>
-      <c r="CW8" s="7" t="inlineStr">
+      <c r="CX8" s="7" t="inlineStr">
         <is>
           <t>2017M07</t>
         </is>
       </c>
-      <c r="CX8" s="7" t="inlineStr">
+      <c r="CY8" s="7" t="inlineStr">
         <is>
           <t>2017M06</t>
         </is>
       </c>
-      <c r="CY8" s="7" t="inlineStr">
+      <c r="CZ8" s="7" t="inlineStr">
         <is>
           <t>2017M05</t>
         </is>
       </c>
-      <c r="CZ8" s="7" t="inlineStr">
+      <c r="DA8" s="7" t="inlineStr">
         <is>
           <t>2017M04</t>
         </is>
       </c>
-      <c r="DA8" s="7" t="inlineStr">
+      <c r="DB8" s="7" t="inlineStr">
         <is>
           <t>2017M03</t>
         </is>
       </c>
-      <c r="DB8" s="7" t="inlineStr">
+      <c r="DC8" s="7" t="inlineStr">
         <is>
           <t>2017M02</t>
         </is>
       </c>
-      <c r="DC8" s="7" t="inlineStr">
+      <c r="DD8" s="7" t="inlineStr">
         <is>
           <t>2017M01</t>
         </is>
       </c>
-      <c r="DD8" s="7" t="inlineStr">
+      <c r="DE8" s="7" t="inlineStr">
         <is>
           <t>2016M12</t>
         </is>
       </c>
-      <c r="DE8" s="7" t="inlineStr">
+      <c r="DF8" s="7" t="inlineStr">
         <is>
           <t>2016M11</t>
         </is>
       </c>
-      <c r="DF8" s="7" t="inlineStr">
+      <c r="DG8" s="7" t="inlineStr">
         <is>
           <t>2016M10</t>
         </is>
       </c>
-      <c r="DG8" s="7" t="inlineStr">
+      <c r="DH8" s="7" t="inlineStr">
         <is>
           <t>2016M09</t>
         </is>
       </c>
-      <c r="DH8" s="7" t="inlineStr">
+      <c r="DI8" s="7" t="inlineStr">
         <is>
           <t>2016M08</t>
         </is>
       </c>
-      <c r="DI8" s="7" t="inlineStr">
+      <c r="DJ8" s="7" t="inlineStr">
         <is>
           <t>2016M07</t>
         </is>
       </c>
-      <c r="DJ8" s="7" t="inlineStr">
+      <c r="DK8" s="7" t="inlineStr">
         <is>
           <t>2016M06</t>
         </is>
       </c>
-      <c r="DK8" s="7" t="inlineStr">
+      <c r="DL8" s="7" t="inlineStr">
         <is>
           <t>2016M05</t>
         </is>
       </c>
-      <c r="DL8" s="7" t="inlineStr">
+      <c r="DM8" s="7" t="inlineStr">
         <is>
           <t>2016M04</t>
         </is>
       </c>
-      <c r="DM8" s="7" t="inlineStr">
+      <c r="DN8" s="7" t="inlineStr">
         <is>
           <t>2016M03</t>
         </is>
       </c>
-      <c r="DN8" s="7" t="inlineStr">
+      <c r="DO8" s="7" t="inlineStr">
         <is>
           <t>2016M02</t>
         </is>
       </c>
-      <c r="DO8" s="7" t="inlineStr">
+      <c r="DP8" s="7" t="inlineStr">
         <is>
           <t>2016M01</t>
         </is>
       </c>
-      <c r="DP8" s="7" t="inlineStr">
+      <c r="DQ8" s="7" t="inlineStr">
         <is>
           <t>2015M12</t>
         </is>
       </c>
-      <c r="DQ8" s="7" t="inlineStr">
+      <c r="DR8" s="7" t="inlineStr">
         <is>
           <t>2015M11</t>
         </is>
       </c>
-      <c r="DR8" s="7" t="inlineStr">
+      <c r="DS8" s="7" t="inlineStr">
         <is>
           <t>2015M10</t>
         </is>
       </c>
-      <c r="DS8" s="7" t="inlineStr">
+      <c r="DT8" s="7" t="inlineStr">
         <is>
           <t>2015M09</t>
         </is>
       </c>
-      <c r="DT8" s="7" t="inlineStr">
+      <c r="DU8" s="7" t="inlineStr">
         <is>
           <t>2015M08</t>
         </is>
       </c>
-      <c r="DU8" s="7" t="inlineStr">
+      <c r="DV8" s="7" t="inlineStr">
         <is>
           <t>2015M07</t>
         </is>
       </c>
-      <c r="DV8" s="7" t="inlineStr">
+      <c r="DW8" s="7" t="inlineStr">
         <is>
           <t>2015M06</t>
         </is>
       </c>
-      <c r="DW8" s="7" t="inlineStr">
+      <c r="DX8" s="7" t="inlineStr">
         <is>
           <t>2015M05</t>
         </is>
       </c>
-      <c r="DX8" s="7" t="inlineStr">
+      <c r="DY8" s="7" t="inlineStr">
         <is>
           <t>2015M04</t>
         </is>
       </c>
-      <c r="DY8" s="7" t="inlineStr">
+      <c r="DZ8" s="7" t="inlineStr">
         <is>
           <t>2015M03</t>
         </is>
       </c>
-      <c r="DZ8" s="7" t="inlineStr">
+      <c r="EA8" s="7" t="inlineStr">
         <is>
           <t>2015M02</t>
         </is>
       </c>
-      <c r="EA8" s="7" t="inlineStr">
+      <c r="EB8" s="7" t="inlineStr">
         <is>
           <t>2015M01</t>
         </is>
       </c>
-      <c r="EB8" s="7" t="inlineStr">
+      <c r="EC8" s="7" t="inlineStr">
         <is>
           <t>2014M12</t>
         </is>
       </c>
-      <c r="EC8" s="7" t="inlineStr">
+      <c r="ED8" s="7" t="inlineStr">
         <is>
           <t>2014M11</t>
         </is>
       </c>
-      <c r="ED8" s="7" t="inlineStr">
+      <c r="EE8" s="7" t="inlineStr">
         <is>
           <t>2014M10</t>
         </is>
       </c>
-      <c r="EE8" s="7" t="inlineStr">
+      <c r="EF8" s="7" t="inlineStr">
         <is>
           <t>2014M09</t>
         </is>
       </c>
-      <c r="EF8" s="7" t="inlineStr">
+      <c r="EG8" s="7" t="inlineStr">
         <is>
           <t>2014M08</t>
         </is>
       </c>
-      <c r="EG8" s="7" t="inlineStr">
+      <c r="EH8" s="7" t="inlineStr">
         <is>
           <t>2014M07</t>
         </is>
       </c>
-      <c r="EH8" s="7" t="inlineStr">
+      <c r="EI8" s="7" t="inlineStr">
         <is>
           <t>2014M06</t>
         </is>
       </c>
-      <c r="EI8" s="7" t="inlineStr">
+      <c r="EJ8" s="7" t="inlineStr">
         <is>
           <t>2014M05</t>
         </is>
       </c>
-      <c r="EJ8" s="7" t="inlineStr">
+      <c r="EK8" s="7" t="inlineStr">
         <is>
           <t>2014M04</t>
         </is>
       </c>
-      <c r="EK8" s="7" t="inlineStr">
+      <c r="EL8" s="7" t="inlineStr">
         <is>
           <t>2014M03</t>
         </is>
       </c>
-      <c r="EL8" s="7" t="inlineStr">
+      <c r="EM8" s="7" t="inlineStr">
         <is>
           <t>2014M02</t>
         </is>
       </c>
-      <c r="EM8" s="7" t="inlineStr">
+      <c r="EN8" s="7" t="inlineStr">
         <is>
           <t>2014M01</t>
         </is>
       </c>
-      <c r="EN8" s="7" t="inlineStr">
+      <c r="EO8" s="7" t="inlineStr">
         <is>
           <t>2013M12</t>
         </is>
       </c>
-      <c r="EO8" s="7" t="inlineStr">
+      <c r="EP8" s="7" t="inlineStr">
         <is>
           <t>2013M11</t>
         </is>
       </c>
-      <c r="EP8" s="7" t="inlineStr">
+      <c r="EQ8" s="7" t="inlineStr">
         <is>
           <t>2013M10</t>
         </is>
       </c>
-      <c r="EQ8" s="7" t="inlineStr">
+      <c r="ER8" s="7" t="inlineStr">
         <is>
           <t>2013M09</t>
         </is>
       </c>
-      <c r="ER8" s="7" t="inlineStr">
+      <c r="ES8" s="7" t="inlineStr">
         <is>
           <t>2013M08</t>
         </is>
       </c>
-      <c r="ES8" s="7" t="inlineStr">
+      <c r="ET8" s="7" t="inlineStr">
         <is>
           <t>2013M07</t>
         </is>
       </c>
-      <c r="ET8" s="7" t="inlineStr">
+      <c r="EU8" s="7" t="inlineStr">
         <is>
           <t>2013M06</t>
         </is>
       </c>
-      <c r="EU8" s="7" t="inlineStr">
+      <c r="EV8" s="7" t="inlineStr">
         <is>
           <t>2013M05</t>
         </is>
       </c>
-      <c r="EV8" s="7" t="inlineStr">
+      <c r="EW8" s="7" t="inlineStr">
         <is>
           <t>2013M04</t>
         </is>
       </c>
-      <c r="EW8" s="7" t="inlineStr">
+      <c r="EX8" s="7" t="inlineStr">
         <is>
           <t>2013M03</t>
         </is>
       </c>
-      <c r="EX8" s="7" t="inlineStr">
+      <c r="EY8" s="7" t="inlineStr">
         <is>
           <t>2013M02</t>
         </is>
       </c>
-      <c r="EY8" s="7" t="inlineStr">
+      <c r="EZ8" s="7" t="inlineStr">
         <is>
           <t>2013M01</t>
         </is>
       </c>
-      <c r="EZ8" s="7" t="inlineStr">
+      <c r="FA8" s="7" t="inlineStr">
         <is>
           <t>2012M12</t>
         </is>
       </c>
-      <c r="FA8" s="7" t="inlineStr">
+      <c r="FB8" s="7" t="inlineStr">
         <is>
           <t>2012M11</t>
         </is>
       </c>
-      <c r="FB8" s="7" t="inlineStr">
+      <c r="FC8" s="7" t="inlineStr">
         <is>
           <t>2012M10</t>
         </is>
       </c>
-      <c r="FC8" s="7" t="inlineStr">
+      <c r="FD8" s="7" t="inlineStr">
         <is>
           <t>2012M09</t>
         </is>
       </c>
-      <c r="FD8" s="7" t="inlineStr">
+      <c r="FE8" s="7" t="inlineStr">
         <is>
           <t>2012M08</t>
         </is>
       </c>
-      <c r="FE8" s="7" t="inlineStr">
+      <c r="FF8" s="7" t="inlineStr">
         <is>
           <t>2012M07</t>
         </is>
       </c>
-      <c r="FF8" s="7" t="inlineStr">
+      <c r="FG8" s="7" t="inlineStr">
         <is>
           <t>2012M06</t>
         </is>
       </c>
-      <c r="FG8" s="7" t="inlineStr">
+      <c r="FH8" s="7" t="inlineStr">
         <is>
           <t>2012M05</t>
         </is>
       </c>
-      <c r="FH8" s="7" t="inlineStr">
+      <c r="FI8" s="7" t="inlineStr">
         <is>
           <t>2012M04</t>
         </is>
       </c>
-      <c r="FI8" s="7" t="inlineStr">
+      <c r="FJ8" s="7" t="inlineStr">
         <is>
           <t>2012M03</t>
         </is>
       </c>
-      <c r="FJ8" s="7" t="inlineStr">
+      <c r="FK8" s="7" t="inlineStr">
         <is>
           <t>2012M02</t>
         </is>
       </c>
-      <c r="FK8" s="7" t="inlineStr">
+      <c r="FL8" s="7" t="inlineStr">
         <is>
           <t>2012M01</t>
         </is>
       </c>
-      <c r="FL8" s="7" t="inlineStr">
+      <c r="FM8" s="7" t="inlineStr">
         <is>
           <t>2011M12</t>
         </is>
       </c>
-      <c r="FM8" s="7" t="inlineStr">
+      <c r="FN8" s="7" t="inlineStr">
         <is>
           <t>2011M11</t>
         </is>
       </c>
-      <c r="FN8" s="7" t="inlineStr">
+      <c r="FO8" s="7" t="inlineStr">
         <is>
           <t>2011M10</t>
         </is>
       </c>
-      <c r="FO8" s="7" t="inlineStr">
+      <c r="FP8" s="7" t="inlineStr">
         <is>
           <t>2011M09</t>
         </is>
       </c>
-      <c r="FP8" s="7" t="inlineStr">
+      <c r="FQ8" s="7" t="inlineStr">
         <is>
           <t>2011M08</t>
         </is>
       </c>
-      <c r="FQ8" s="7" t="inlineStr">
+      <c r="FR8" s="7" t="inlineStr">
         <is>
           <t>2011M07</t>
         </is>
       </c>
-      <c r="FR8" s="7" t="inlineStr">
+      <c r="FS8" s="7" t="inlineStr">
         <is>
           <t>2011M06</t>
         </is>
       </c>
-      <c r="FS8" s="7" t="inlineStr">
+      <c r="FT8" s="7" t="inlineStr">
         <is>
           <t>2011M05</t>
         </is>
       </c>
-      <c r="FT8" s="7" t="inlineStr">
+      <c r="FU8" s="7" t="inlineStr">
         <is>
           <t>2011M04</t>
         </is>
       </c>
-      <c r="FU8" s="7" t="inlineStr">
+      <c r="FV8" s="7" t="inlineStr">
         <is>
           <t>2011M03</t>
         </is>
       </c>
-      <c r="FV8" s="7" t="inlineStr">
+      <c r="FW8" s="7" t="inlineStr">
         <is>
           <t>2011M02</t>
         </is>
       </c>
-      <c r="FW8" s="7" t="inlineStr">
+      <c r="FX8" s="7" t="inlineStr">
         <is>
           <t>2011M01</t>
         </is>
       </c>
-      <c r="FX8" s="7" t="inlineStr">
+      <c r="FY8" s="7" t="inlineStr">
         <is>
           <t>2010M12</t>
         </is>
       </c>
-      <c r="FY8" s="7" t="inlineStr">
+      <c r="FZ8" s="7" t="inlineStr">
         <is>
           <t>2010M11</t>
         </is>
       </c>
-      <c r="FZ8" s="7" t="inlineStr">
+      <c r="GA8" s="7" t="inlineStr">
         <is>
           <t>2010M10</t>
         </is>
       </c>
-      <c r="GA8" s="7" t="inlineStr">
+      <c r="GB8" s="7" t="inlineStr">
         <is>
           <t>2010M09</t>
         </is>
       </c>
-      <c r="GB8" s="7" t="inlineStr">
+      <c r="GC8" s="7" t="inlineStr">
         <is>
           <t>2010M08</t>
         </is>
       </c>
-      <c r="GC8" s="7" t="inlineStr">
+      <c r="GD8" s="7" t="inlineStr">
         <is>
           <t>2010M07</t>
         </is>
       </c>
-      <c r="GD8" s="7" t="inlineStr">
+      <c r="GE8" s="7" t="inlineStr">
         <is>
           <t>2010M06</t>
         </is>
       </c>
-      <c r="GE8" s="7" t="inlineStr">
+      <c r="GF8" s="7" t="inlineStr">
         <is>
           <t>2010M05</t>
         </is>
       </c>
-      <c r="GF8" s="7" t="inlineStr">
+      <c r="GG8" s="7" t="inlineStr">
         <is>
           <t>2010M04</t>
         </is>
       </c>
-      <c r="GG8" s="7" t="inlineStr">
+      <c r="GH8" s="7" t="inlineStr">
         <is>
           <t>2010M03</t>
         </is>
       </c>
-      <c r="GH8" s="7" t="inlineStr">
+      <c r="GI8" s="7" t="inlineStr">
         <is>
           <t>2010M02</t>
         </is>
       </c>
-      <c r="GI8" s="7" t="inlineStr">
+      <c r="GJ8" s="7" t="inlineStr">
         <is>
           <t>2010M01</t>
         </is>
       </c>
-      <c r="GJ8" s="7" t="inlineStr">
+      <c r="GK8" s="7" t="inlineStr">
         <is>
           <t>2009M12</t>
         </is>
       </c>
-      <c r="GK8" s="7" t="inlineStr">
+      <c r="GL8" s="7" t="inlineStr">
         <is>
           <t>2009M11</t>
         </is>
       </c>
-      <c r="GL8" s="7" t="inlineStr">
+      <c r="GM8" s="7" t="inlineStr">
         <is>
           <t>2009M10</t>
         </is>
       </c>
-      <c r="GM8" s="7" t="inlineStr">
+      <c r="GN8" s="7" t="inlineStr">
         <is>
           <t>2009M09</t>
         </is>
       </c>
-      <c r="GN8" s="7" t="inlineStr">
+      <c r="GO8" s="7" t="inlineStr">
         <is>
           <t>2009M08</t>
         </is>
       </c>
-      <c r="GO8" s="7" t="inlineStr">
+      <c r="GP8" s="7" t="inlineStr">
         <is>
           <t>2009M07</t>
         </is>
       </c>
-      <c r="GP8" s="7" t="inlineStr">
+      <c r="GQ8" s="7" t="inlineStr">
         <is>
           <t>2009M06</t>
         </is>
       </c>
-      <c r="GQ8" s="7" t="inlineStr">
+      <c r="GR8" s="7" t="inlineStr">
         <is>
           <t>2009M05</t>
         </is>
       </c>
-      <c r="GR8" s="7" t="inlineStr">
+      <c r="GS8" s="7" t="inlineStr">
         <is>
           <t>2009M04</t>
         </is>
       </c>
-      <c r="GS8" s="7" t="inlineStr">
+      <c r="GT8" s="7" t="inlineStr">
         <is>
           <t>2009M03</t>
         </is>
       </c>
-      <c r="GT8" s="7" t="inlineStr">
+      <c r="GU8" s="7" t="inlineStr">
         <is>
           <t>2009M02</t>
         </is>
       </c>
-      <c r="GU8" s="7" t="inlineStr">
+      <c r="GV8" s="7" t="inlineStr">
         <is>
           <t>2009M01</t>
         </is>
       </c>
-      <c r="GV8" s="7" t="inlineStr">
+      <c r="GW8" s="7" t="inlineStr">
         <is>
           <t>2008M12</t>
         </is>
       </c>
-      <c r="GW8" s="7" t="inlineStr">
+      <c r="GX8" s="7" t="inlineStr">
         <is>
           <t>2008M11</t>
         </is>
       </c>
-      <c r="GX8" s="7" t="inlineStr">
+      <c r="GY8" s="7" t="inlineStr">
         <is>
           <t>2008M10</t>
         </is>
       </c>
-      <c r="GY8" s="7" t="inlineStr">
+      <c r="GZ8" s="7" t="inlineStr">
         <is>
           <t>2008M09</t>
         </is>
       </c>
-      <c r="GZ8" s="7" t="inlineStr">
+      <c r="HA8" s="7" t="inlineStr">
         <is>
           <t>2008M08</t>
         </is>
       </c>
-      <c r="HA8" s="7" t="inlineStr">
+      <c r="HB8" s="7" t="inlineStr">
         <is>
           <t>2008M07</t>
         </is>
       </c>
-      <c r="HB8" s="7" t="inlineStr">
+      <c r="HC8" s="7" t="inlineStr">
         <is>
           <t>2008M06</t>
         </is>
       </c>
-      <c r="HC8" s="7" t="inlineStr">
+      <c r="HD8" s="7" t="inlineStr">
         <is>
           <t>2008M05</t>
         </is>
       </c>
-      <c r="HD8" s="7" t="inlineStr">
+      <c r="HE8" s="7" t="inlineStr">
         <is>
           <t>2008M04</t>
         </is>
       </c>
-      <c r="HE8" s="7" t="inlineStr">
+      <c r="HF8" s="7" t="inlineStr">
         <is>
           <t>2008M03</t>
         </is>
       </c>
-      <c r="HF8" s="7" t="inlineStr">
+      <c r="HG8" s="7" t="inlineStr">
         <is>
           <t>2008M02</t>
         </is>
       </c>
-      <c r="HG8" s="7" t="inlineStr">
+      <c r="HH8" s="7" t="inlineStr">
         <is>
           <t>2008M01</t>
         </is>
       </c>
-      <c r="HH8" s="7" t="inlineStr">
+      <c r="HI8" s="7" t="inlineStr">
         <is>
           <t>2007M12</t>
         </is>
       </c>
-      <c r="HI8" s="7" t="inlineStr">
+      <c r="HJ8" s="7" t="inlineStr">
         <is>
           <t>2007M11</t>
         </is>
       </c>
-      <c r="HJ8" s="7" t="inlineStr">
+      <c r="HK8" s="7" t="inlineStr">
         <is>
           <t>2007M10</t>
         </is>
       </c>
-      <c r="HK8" s="7" t="inlineStr">
+      <c r="HL8" s="7" t="inlineStr">
         <is>
           <t>2007M09</t>
         </is>
       </c>
-      <c r="HL8" s="7" t="inlineStr">
+      <c r="HM8" s="7" t="inlineStr">
         <is>
           <t>2007M08</t>
         </is>
       </c>
-      <c r="HM8" s="7" t="inlineStr">
+      <c r="HN8" s="7" t="inlineStr">
         <is>
           <t>2007M07</t>
         </is>
       </c>
-      <c r="HN8" s="7" t="inlineStr">
+      <c r="HO8" s="7" t="inlineStr">
         <is>
           <t>2007M06</t>
         </is>
       </c>
-      <c r="HO8" s="7" t="inlineStr">
+      <c r="HP8" s="7" t="inlineStr">
         <is>
           <t>2007M05</t>
         </is>
       </c>
-      <c r="HP8" s="7" t="inlineStr">
+      <c r="HQ8" s="7" t="inlineStr">
         <is>
           <t>2007M04</t>
         </is>
       </c>
-      <c r="HQ8" s="7" t="inlineStr">
+      <c r="HR8" s="7" t="inlineStr">
         <is>
           <t>2007M03</t>
         </is>
       </c>
-      <c r="HR8" s="7" t="inlineStr">
+      <c r="HS8" s="7" t="inlineStr">
         <is>
           <t>2007M02</t>
         </is>
       </c>
-      <c r="HS8" s="7" t="inlineStr">
+      <c r="HT8" s="7" t="inlineStr">
         <is>
           <t>2007M01</t>
         </is>
       </c>
-      <c r="HT8" s="7" t="inlineStr">
+      <c r="HU8" s="7" t="inlineStr">
         <is>
           <t>2006M12</t>
         </is>
       </c>
-      <c r="HU8" s="7" t="inlineStr">
+      <c r="HV8" s="7" t="inlineStr">
         <is>
           <t>2006M11</t>
         </is>
       </c>
-      <c r="HV8" s="7" t="inlineStr">
+      <c r="HW8" s="7" t="inlineStr">
         <is>
           <t>2006M10</t>
         </is>
       </c>
-      <c r="HW8" s="7" t="inlineStr">
+      <c r="HX8" s="7" t="inlineStr">
         <is>
           <t>2006M09</t>
         </is>
       </c>
-      <c r="HX8" s="7" t="inlineStr">
+      <c r="HY8" s="7" t="inlineStr">
         <is>
           <t>2006M08</t>
         </is>
       </c>
-      <c r="HY8" s="7" t="inlineStr">
+      <c r="HZ8" s="7" t="inlineStr">
         <is>
           <t>2006M07</t>
         </is>
       </c>
-      <c r="HZ8" s="7" t="inlineStr">
+      <c r="IA8" s="7" t="inlineStr">
         <is>
           <t>2006M06</t>
         </is>
       </c>
-      <c r="IA8" s="7" t="inlineStr">
+      <c r="IB8" s="7" t="inlineStr">
         <is>
           <t>2006M05</t>
         </is>
       </c>
-      <c r="IB8" s="7" t="inlineStr">
+      <c r="IC8" s="7" t="inlineStr">
         <is>
           <t>2006M04</t>
         </is>
       </c>
-      <c r="IC8" s="7" t="inlineStr">
+      <c r="ID8" s="7" t="inlineStr">
         <is>
           <t>2006M03</t>
         </is>
       </c>
-      <c r="ID8" s="7" t="inlineStr">
+      <c r="IE8" s="7" t="inlineStr">
         <is>
           <t>2006M02</t>
         </is>
       </c>
-      <c r="IE8" s="7" t="inlineStr">
+      <c r="IF8" s="7" t="inlineStr">
         <is>
           <t>2006M01</t>
         </is>
       </c>
-      <c r="IF8" s="7" t="inlineStr">
+      <c r="IG8" s="7" t="inlineStr">
         <is>
           <t>2005M12</t>
         </is>
       </c>
-      <c r="IG8" s="7" t="inlineStr">
+      <c r="IH8" s="7" t="inlineStr">
         <is>
           <t>2005M11</t>
         </is>
       </c>
-      <c r="IH8" s="7" t="inlineStr">
+      <c r="II8" s="7" t="inlineStr">
         <is>
           <t>2005M10</t>
         </is>
       </c>
-      <c r="II8" s="7" t="inlineStr">
+      <c r="IJ8" s="7" t="inlineStr">
         <is>
           <t>2005M09</t>
         </is>
       </c>
-      <c r="IJ8" s="7" t="inlineStr">
+      <c r="IK8" s="7" t="inlineStr">
         <is>
           <t>2005M08</t>
         </is>
       </c>
-      <c r="IK8" s="7" t="inlineStr">
+      <c r="IL8" s="7" t="inlineStr">
         <is>
           <t>2005M07</t>
         </is>
       </c>
-      <c r="IL8" s="7" t="inlineStr">
+      <c r="IM8" s="7" t="inlineStr">
         <is>
           <t>2005M06</t>
         </is>
       </c>
-      <c r="IM8" s="7" t="inlineStr">
+      <c r="IN8" s="7" t="inlineStr">
         <is>
           <t>2005M05</t>
         </is>
       </c>
-      <c r="IN8" s="7" t="inlineStr">
+      <c r="IO8" s="7" t="inlineStr">
         <is>
           <t>2005M04</t>
         </is>
       </c>
-      <c r="IO8" s="7" t="inlineStr">
+      <c r="IP8" s="7" t="inlineStr">
         <is>
           <t>2005M03</t>
         </is>
       </c>
-      <c r="IP8" s="7" t="inlineStr">
+      <c r="IQ8" s="7" t="inlineStr">
         <is>
           <t>2005M02</t>
         </is>
       </c>
-      <c r="IQ8" s="7" t="inlineStr">
+      <c r="IR8" s="7" t="inlineStr">
         <is>
           <t>2005M01</t>
         </is>
       </c>
-      <c r="IR8" s="7" t="inlineStr">
+      <c r="IS8" s="7" t="inlineStr">
+        <is>
+          <t>2025M11</t>
+        </is>
+      </c>
+      <c r="IT8" s="7" t="inlineStr">
         <is>
           <t>2025M10</t>
         </is>
       </c>
-      <c r="IS8" s="7" t="inlineStr">
+      <c r="IU8" s="7" t="inlineStr">
         <is>
           <t>2025M09</t>
         </is>
       </c>
-      <c r="IT8" s="7" t="inlineStr">
+      <c r="IV8" s="7" t="inlineStr">
         <is>
           <t>2025M08</t>
         </is>
       </c>
-      <c r="IU8" s="7" t="inlineStr">
+      <c r="IW8" s="7" t="inlineStr">
         <is>
           <t>2025M07</t>
         </is>
       </c>
-      <c r="IV8" s="7" t="inlineStr">
+      <c r="IX8" s="7" t="inlineStr">
         <is>
           <t>2025M06</t>
         </is>
       </c>
-      <c r="IW8" s="7" t="inlineStr">
+      <c r="IY8" s="7" t="inlineStr">
         <is>
           <t>2025M05</t>
         </is>
       </c>
-      <c r="IX8" s="7" t="inlineStr">
+      <c r="IZ8" s="7" t="inlineStr">
         <is>
           <t>2025M04</t>
         </is>
       </c>
-      <c r="IY8" s="7" t="inlineStr">
+      <c r="JA8" s="7" t="inlineStr">
         <is>
           <t>2025M03</t>
         </is>
       </c>
-      <c r="IZ8" s="7" t="inlineStr">
+      <c r="JB8" s="7" t="inlineStr">
         <is>
           <t>2025M02</t>
         </is>
       </c>
-      <c r="JA8" s="7" t="inlineStr">
+      <c r="JC8" s="7" t="inlineStr">
         <is>
           <t>2025M01</t>
         </is>
       </c>
-      <c r="JB8" s="7" t="inlineStr">
+      <c r="JD8" s="7" t="inlineStr">
         <is>
           <t>2024M12</t>
         </is>
       </c>
-      <c r="JC8" s="7" t="inlineStr">
+      <c r="JE8" s="7" t="inlineStr">
         <is>
           <t>2024M11</t>
         </is>
       </c>
-      <c r="JD8" s="7" t="inlineStr">
+      <c r="JF8" s="7" t="inlineStr">
         <is>
           <t>2024M10</t>
         </is>
       </c>
-      <c r="JE8" s="7" t="inlineStr">
+      <c r="JG8" s="7" t="inlineStr">
         <is>
           <t>2024M09</t>
         </is>
       </c>
-      <c r="JF8" s="7" t="inlineStr">
+      <c r="JH8" s="7" t="inlineStr">
         <is>
           <t>2024M08</t>
         </is>
       </c>
-      <c r="JG8" s="7" t="inlineStr">
+      <c r="JI8" s="7" t="inlineStr">
         <is>
           <t>2024M07</t>
         </is>
       </c>
-      <c r="JH8" s="7" t="inlineStr">
+      <c r="JJ8" s="7" t="inlineStr">
         <is>
           <t>2024M06</t>
         </is>
       </c>
-      <c r="JI8" s="7" t="inlineStr">
+      <c r="JK8" s="7" t="inlineStr">
         <is>
           <t>2024M05</t>
         </is>
       </c>
-      <c r="JJ8" s="7" t="inlineStr">
+      <c r="JL8" s="7" t="inlineStr">
         <is>
           <t>2024M04</t>
         </is>
       </c>
-      <c r="JK8" s="7" t="inlineStr">
+      <c r="JM8" s="7" t="inlineStr">
         <is>
           <t>2024M03</t>
         </is>
       </c>
-      <c r="JL8" s="7" t="inlineStr">
+      <c r="JN8" s="7" t="inlineStr">
         <is>
           <t>2024M02</t>
         </is>
       </c>
-      <c r="JM8" s="7" t="inlineStr">
+      <c r="JO8" s="7" t="inlineStr">
         <is>
           <t>2024M01</t>
         </is>
       </c>
-      <c r="JN8" s="7" t="inlineStr">
+      <c r="JP8" s="7" t="inlineStr">
         <is>
           <t>2023M12</t>
         </is>
       </c>
-      <c r="JO8" s="7" t="inlineStr">
+      <c r="JQ8" s="7" t="inlineStr">
         <is>
           <t>2023M11</t>
         </is>
       </c>
-      <c r="JP8" s="7" t="inlineStr">
+      <c r="JR8" s="7" t="inlineStr">
         <is>
           <t>2023M10</t>
         </is>
       </c>
-      <c r="JQ8" s="7" t="inlineStr">
+      <c r="JS8" s="7" t="inlineStr">
         <is>
           <t>2023M09</t>
         </is>
       </c>
-      <c r="JR8" s="7" t="inlineStr">
+      <c r="JT8" s="7" t="inlineStr">
         <is>
           <t>2023M08</t>
         </is>
       </c>
-      <c r="JS8" s="7" t="inlineStr">
+      <c r="JU8" s="7" t="inlineStr">
         <is>
           <t>2023M07</t>
         </is>
       </c>
-      <c r="JT8" s="7" t="inlineStr">
+      <c r="JV8" s="7" t="inlineStr">
         <is>
           <t>2023M06</t>
         </is>
       </c>
-      <c r="JU8" s="7" t="inlineStr">
+      <c r="JW8" s="7" t="inlineStr">
         <is>
           <t>2023M05</t>
         </is>
       </c>
-      <c r="JV8" s="7" t="inlineStr">
+      <c r="JX8" s="7" t="inlineStr">
         <is>
           <t>2023M04</t>
         </is>
       </c>
-      <c r="JW8" s="7" t="inlineStr">
+      <c r="JY8" s="7" t="inlineStr">
         <is>
           <t>2023M03</t>
         </is>
       </c>
-      <c r="JX8" s="7" t="inlineStr">
+      <c r="JZ8" s="7" t="inlineStr">
         <is>
           <t>2023M02</t>
         </is>
       </c>
-      <c r="JY8" s="7" t="inlineStr">
+      <c r="KA8" s="7" t="inlineStr">
         <is>
           <t>2023M01</t>
         </is>
       </c>
-      <c r="JZ8" s="7" t="inlineStr">
+      <c r="KB8" s="7" t="inlineStr">
         <is>
           <t>2022M12</t>
         </is>
       </c>
-      <c r="KA8" s="7" t="inlineStr">
+      <c r="KC8" s="7" t="inlineStr">
         <is>
           <t>2022M11</t>
         </is>
       </c>
-      <c r="KB8" s="7" t="inlineStr">
+      <c r="KD8" s="7" t="inlineStr">
         <is>
           <t>2022M10</t>
         </is>
       </c>
-      <c r="KC8" s="7" t="inlineStr">
+      <c r="KE8" s="7" t="inlineStr">
         <is>
           <t>2022M09</t>
         </is>
       </c>
-      <c r="KD8" s="7" t="inlineStr">
+      <c r="KF8" s="7" t="inlineStr">
         <is>
           <t>2022M08</t>
         </is>
       </c>
-      <c r="KE8" s="7" t="inlineStr">
+      <c r="KG8" s="7" t="inlineStr">
         <is>
           <t>2022M07</t>
         </is>
       </c>
-      <c r="KF8" s="7" t="inlineStr">
+      <c r="KH8" s="7" t="inlineStr">
         <is>
           <t>2022M06</t>
         </is>
       </c>
-      <c r="KG8" s="7" t="inlineStr">
+      <c r="KI8" s="7" t="inlineStr">
         <is>
           <t>2022M05</t>
         </is>
       </c>
-      <c r="KH8" s="7" t="inlineStr">
+      <c r="KJ8" s="7" t="inlineStr">
         <is>
           <t>2022M04</t>
         </is>
       </c>
-      <c r="KI8" s="7" t="inlineStr">
+      <c r="KK8" s="7" t="inlineStr">
         <is>
           <t>2022M03</t>
         </is>
       </c>
-      <c r="KJ8" s="7" t="inlineStr">
+      <c r="KL8" s="7" t="inlineStr">
         <is>
           <t>2022M02</t>
         </is>
       </c>
-      <c r="KK8" s="7" t="inlineStr">
+      <c r="KM8" s="7" t="inlineStr">
         <is>
           <t>2022M01</t>
         </is>
       </c>
-      <c r="KL8" s="7" t="inlineStr">
+      <c r="KN8" s="7" t="inlineStr">
         <is>
           <t>2021M12</t>
         </is>
       </c>
-      <c r="KM8" s="7" t="inlineStr">
+      <c r="KO8" s="7" t="inlineStr">
         <is>
           <t>2021M11</t>
         </is>
       </c>
-      <c r="KN8" s="7" t="inlineStr">
+      <c r="KP8" s="7" t="inlineStr">
         <is>
           <t>2021M10</t>
         </is>
       </c>
-      <c r="KO8" s="7" t="inlineStr">
+      <c r="KQ8" s="7" t="inlineStr">
         <is>
           <t>2021M09</t>
         </is>
       </c>
-      <c r="KP8" s="7" t="inlineStr">
+      <c r="KR8" s="7" t="inlineStr">
         <is>
           <t>2021M08</t>
         </is>
       </c>
-      <c r="KQ8" s="7" t="inlineStr">
+      <c r="KS8" s="7" t="inlineStr">
         <is>
           <t>2021M07</t>
         </is>
       </c>
-      <c r="KR8" s="7" t="inlineStr">
+      <c r="KT8" s="7" t="inlineStr">
         <is>
           <t>2021M06</t>
         </is>
       </c>
-      <c r="KS8" s="7" t="inlineStr">
+      <c r="KU8" s="7" t="inlineStr">
         <is>
           <t>2021M05</t>
         </is>
       </c>
-      <c r="KT8" s="7" t="inlineStr">
+      <c r="KV8" s="7" t="inlineStr">
         <is>
           <t>2021M04</t>
         </is>
       </c>
-      <c r="KU8" s="7" t="inlineStr">
+      <c r="KW8" s="7" t="inlineStr">
         <is>
           <t>2021M03</t>
         </is>
       </c>
-      <c r="KV8" s="7" t="inlineStr">
+      <c r="KX8" s="7" t="inlineStr">
         <is>
           <t>2021M02</t>
         </is>
       </c>
-      <c r="KW8" s="7" t="inlineStr">
+      <c r="KY8" s="7" t="inlineStr">
         <is>
           <t>2021M01</t>
         </is>
       </c>
-      <c r="KX8" s="7" t="inlineStr">
+      <c r="KZ8" s="7" t="inlineStr">
         <is>
           <t>2020M12</t>
         </is>
       </c>
-      <c r="KY8" s="7" t="inlineStr">
+      <c r="LA8" s="7" t="inlineStr">
         <is>
           <t>2020M11</t>
         </is>
       </c>
-      <c r="KZ8" s="7" t="inlineStr">
+      <c r="LB8" s="7" t="inlineStr">
         <is>
           <t>2020M10</t>
         </is>
       </c>
-      <c r="LA8" s="7" t="inlineStr">
+      <c r="LC8" s="7" t="inlineStr">
         <is>
           <t>2020M09</t>
         </is>
       </c>
-      <c r="LB8" s="7" t="inlineStr">
+      <c r="LD8" s="7" t="inlineStr">
         <is>
           <t>2020M08</t>
         </is>
       </c>
-      <c r="LC8" s="7" t="inlineStr">
+      <c r="LE8" s="7" t="inlineStr">
         <is>
           <t>2020M07</t>
         </is>
       </c>
-      <c r="LD8" s="7" t="inlineStr">
+      <c r="LF8" s="7" t="inlineStr">
         <is>
           <t>2020M06</t>
         </is>
       </c>
-      <c r="LE8" s="7" t="inlineStr">
+      <c r="LG8" s="7" t="inlineStr">
         <is>
           <t>2020M05</t>
         </is>
       </c>
-      <c r="LF8" s="7" t="inlineStr">
+      <c r="LH8" s="7" t="inlineStr">
         <is>
           <t>2020M04</t>
         </is>
       </c>
-      <c r="LG8" s="7" t="inlineStr">
+      <c r="LI8" s="7" t="inlineStr">
         <is>
           <t>2020M03</t>
         </is>
       </c>
-      <c r="LH8" s="7" t="inlineStr">
+      <c r="LJ8" s="7" t="inlineStr">
         <is>
           <t>2020M02</t>
         </is>
       </c>
-      <c r="LI8" s="7" t="inlineStr">
+      <c r="LK8" s="7" t="inlineStr">
         <is>
           <t>2020M01</t>
         </is>
       </c>
-      <c r="LJ8" s="7" t="inlineStr">
+      <c r="LL8" s="7" t="inlineStr">
         <is>
           <t>2019M12</t>
         </is>
       </c>
-      <c r="LK8" s="7" t="inlineStr">
+      <c r="LM8" s="7" t="inlineStr">
         <is>
           <t>2019M11</t>
         </is>
       </c>
-      <c r="LL8" s="7" t="inlineStr">
+      <c r="LN8" s="7" t="inlineStr">
         <is>
           <t>2019M10</t>
         </is>
       </c>
-      <c r="LM8" s="7" t="inlineStr">
+      <c r="LO8" s="7" t="inlineStr">
         <is>
           <t>2019M09</t>
         </is>
       </c>
-      <c r="LN8" s="7" t="inlineStr">
+      <c r="LP8" s="7" t="inlineStr">
         <is>
           <t>2019M08</t>
         </is>
       </c>
-      <c r="LO8" s="7" t="inlineStr">
+      <c r="LQ8" s="7" t="inlineStr">
         <is>
           <t>2019M07</t>
         </is>
       </c>
-      <c r="LP8" s="7" t="inlineStr">
+      <c r="LR8" s="7" t="inlineStr">
         <is>
           <t>2019M06</t>
         </is>
       </c>
-      <c r="LQ8" s="7" t="inlineStr">
+      <c r="LS8" s="7" t="inlineStr">
         <is>
           <t>2019M05</t>
         </is>
       </c>
-      <c r="LR8" s="7" t="inlineStr">
+      <c r="LT8" s="7" t="inlineStr">
         <is>
           <t>2019M04</t>
         </is>
       </c>
-      <c r="LS8" s="7" t="inlineStr">
+      <c r="LU8" s="7" t="inlineStr">
         <is>
           <t>2019M03</t>
         </is>
       </c>
-      <c r="LT8" s="7" t="inlineStr">
+      <c r="LV8" s="7" t="inlineStr">
         <is>
           <t>2019M02</t>
         </is>
       </c>
-      <c r="LU8" s="7" t="inlineStr">
+      <c r="LW8" s="7" t="inlineStr">
         <is>
           <t>2019M01</t>
         </is>
       </c>
-      <c r="LV8" s="7" t="inlineStr">
+      <c r="LX8" s="7" t="inlineStr">
         <is>
           <t>2018M12</t>
         </is>
       </c>
-      <c r="LW8" s="7" t="inlineStr">
+      <c r="LY8" s="7" t="inlineStr">
         <is>
           <t>2018M11</t>
         </is>
       </c>
-      <c r="LX8" s="7" t="inlineStr">
+      <c r="LZ8" s="7" t="inlineStr">
         <is>
           <t>2018M10</t>
         </is>
       </c>
-      <c r="LY8" s="7" t="inlineStr">
+      <c r="MA8" s="7" t="inlineStr">
         <is>
           <t>2018M09</t>
         </is>
       </c>
-      <c r="LZ8" s="7" t="inlineStr">
+      <c r="MB8" s="7" t="inlineStr">
         <is>
           <t>2018M08</t>
         </is>
       </c>
-      <c r="MA8" s="7" t="inlineStr">
+      <c r="MC8" s="7" t="inlineStr">
         <is>
           <t>2018M07</t>
         </is>
       </c>
-      <c r="MB8" s="7" t="inlineStr">
+      <c r="MD8" s="7" t="inlineStr">
         <is>
           <t>2018M06</t>
         </is>
       </c>
-      <c r="MC8" s="7" t="inlineStr">
+      <c r="ME8" s="7" t="inlineStr">
         <is>
           <t>2018M05</t>
         </is>
       </c>
-      <c r="MD8" s="7" t="inlineStr">
+      <c r="MF8" s="7" t="inlineStr">
         <is>
           <t>2018M04</t>
         </is>
       </c>
-      <c r="ME8" s="7" t="inlineStr">
+      <c r="MG8" s="7" t="inlineStr">
         <is>
           <t>2018M03</t>
         </is>
       </c>
-      <c r="MF8" s="7" t="inlineStr">
+      <c r="MH8" s="7" t="inlineStr">
         <is>
           <t>2018M02</t>
         </is>
       </c>
-      <c r="MG8" s="7" t="inlineStr">
+      <c r="MI8" s="7" t="inlineStr">
         <is>
           <t>2018M01</t>
         </is>
       </c>
-      <c r="MH8" s="7" t="inlineStr">
+      <c r="MJ8" s="7" t="inlineStr">
         <is>
           <t>2017M12</t>
         </is>
       </c>
-      <c r="MI8" s="7" t="inlineStr">
+      <c r="MK8" s="7" t="inlineStr">
         <is>
           <t>2017M11</t>
         </is>
       </c>
-      <c r="MJ8" s="7" t="inlineStr">
+      <c r="ML8" s="7" t="inlineStr">
         <is>
           <t>2017M10</t>
         </is>
       </c>
-      <c r="MK8" s="7" t="inlineStr">
+      <c r="MM8" s="7" t="inlineStr">
         <is>
           <t>2017M09</t>
         </is>
       </c>
-      <c r="ML8" s="7" t="inlineStr">
+      <c r="MN8" s="7" t="inlineStr">
         <is>
           <t>2017M08</t>
         </is>
       </c>
-      <c r="MM8" s="7" t="inlineStr">
+      <c r="MO8" s="7" t="inlineStr">
         <is>
           <t>2017M07</t>
         </is>
       </c>
-      <c r="MN8" s="7" t="inlineStr">
+      <c r="MP8" s="7" t="inlineStr">
         <is>
           <t>2017M06</t>
         </is>
       </c>
-      <c r="MO8" s="7" t="inlineStr">
+      <c r="MQ8" s="7" t="inlineStr">
         <is>
           <t>2017M05</t>
         </is>
       </c>
-      <c r="MP8" s="7" t="inlineStr">
+      <c r="MR8" s="7" t="inlineStr">
         <is>
           <t>2017M04</t>
         </is>
       </c>
-      <c r="MQ8" s="7" t="inlineStr">
+      <c r="MS8" s="7" t="inlineStr">
         <is>
           <t>2017M03</t>
         </is>
       </c>
-      <c r="MR8" s="7" t="inlineStr">
+      <c r="MT8" s="7" t="inlineStr">
         <is>
           <t>2017M02</t>
         </is>
       </c>
-      <c r="MS8" s="7" t="inlineStr">
+      <c r="MU8" s="7" t="inlineStr">
         <is>
           <t>2017M01</t>
         </is>
       </c>
-      <c r="MT8" s="7" t="inlineStr">
+      <c r="MV8" s="7" t="inlineStr">
         <is>
           <t>2016M12</t>
         </is>
       </c>
-      <c r="MU8" s="7" t="inlineStr">
+      <c r="MW8" s="7" t="inlineStr">
         <is>
           <t>2016M11</t>
         </is>
       </c>
-      <c r="MV8" s="7" t="inlineStr">
+      <c r="MX8" s="7" t="inlineStr">
         <is>
           <t>2016M10</t>
         </is>
       </c>
-      <c r="MW8" s="7" t="inlineStr">
+      <c r="MY8" s="7" t="inlineStr">
         <is>
           <t>2016M09</t>
         </is>
       </c>
-      <c r="MX8" s="7" t="inlineStr">
+      <c r="MZ8" s="7" t="inlineStr">
         <is>
           <t>2016M08</t>
         </is>
       </c>
-      <c r="MY8" s="7" t="inlineStr">
+      <c r="NA8" s="7" t="inlineStr">
         <is>
           <t>2016M07</t>
         </is>
       </c>
-      <c r="MZ8" s="7" t="inlineStr">
+      <c r="NB8" s="7" t="inlineStr">
         <is>
           <t>2016M06</t>
         </is>
       </c>
-      <c r="NA8" s="7" t="inlineStr">
+      <c r="NC8" s="7" t="inlineStr">
         <is>
           <t>2016M05</t>
         </is>
       </c>
-      <c r="NB8" s="7" t="inlineStr">
+      <c r="ND8" s="7" t="inlineStr">
         <is>
           <t>2016M04</t>
         </is>
       </c>
-      <c r="NC8" s="7" t="inlineStr">
+      <c r="NE8" s="7" t="inlineStr">
         <is>
           <t>2016M03</t>
         </is>
       </c>
-      <c r="ND8" s="7" t="inlineStr">
+      <c r="NF8" s="7" t="inlineStr">
         <is>
           <t>2016M02</t>
         </is>
       </c>
-      <c r="NE8" s="7" t="inlineStr">
+      <c r="NG8" s="7" t="inlineStr">
         <is>
           <t>2016M01</t>
         </is>
       </c>
-      <c r="NF8" s="7" t="inlineStr">
+      <c r="NH8" s="7" t="inlineStr">
         <is>
           <t>2015M12</t>
         </is>
       </c>
-      <c r="NG8" s="7" t="inlineStr">
+      <c r="NI8" s="7" t="inlineStr">
         <is>
           <t>2015M11</t>
         </is>
       </c>
-      <c r="NH8" s="7" t="inlineStr">
+      <c r="NJ8" s="7" t="inlineStr">
         <is>
           <t>2015M10</t>
         </is>
       </c>
-      <c r="NI8" s="7" t="inlineStr">
+      <c r="NK8" s="7" t="inlineStr">
         <is>
           <t>2015M09</t>
         </is>
       </c>
-      <c r="NJ8" s="7" t="inlineStr">
+      <c r="NL8" s="7" t="inlineStr">
         <is>
           <t>2015M08</t>
         </is>
       </c>
-      <c r="NK8" s="7" t="inlineStr">
+      <c r="NM8" s="7" t="inlineStr">
         <is>
           <t>2015M07</t>
         </is>
       </c>
-      <c r="NL8" s="7" t="inlineStr">
+      <c r="NN8" s="7" t="inlineStr">
         <is>
           <t>2015M06</t>
         </is>
       </c>
-      <c r="NM8" s="7" t="inlineStr">
+      <c r="NO8" s="7" t="inlineStr">
         <is>
           <t>2015M05</t>
         </is>
       </c>
-      <c r="NN8" s="7" t="inlineStr">
+      <c r="NP8" s="7" t="inlineStr">
         <is>
           <t>2015M04</t>
         </is>
       </c>
-      <c r="NO8" s="7" t="inlineStr">
+      <c r="NQ8" s="7" t="inlineStr">
         <is>
           <t>2015M03</t>
         </is>
       </c>
-      <c r="NP8" s="7" t="inlineStr">
+      <c r="NR8" s="7" t="inlineStr">
         <is>
           <t>2015M02</t>
         </is>
       </c>
-      <c r="NQ8" s="7" t="inlineStr">
+      <c r="NS8" s="7" t="inlineStr">
         <is>
           <t>2015M01</t>
         </is>
       </c>
-      <c r="NR8" s="7" t="inlineStr">
+      <c r="NT8" s="7" t="inlineStr">
         <is>
           <t>2014M12</t>
         </is>
       </c>
-      <c r="NS8" s="7" t="inlineStr">
+      <c r="NU8" s="7" t="inlineStr">
         <is>
           <t>2014M11</t>
         </is>
       </c>
-      <c r="NT8" s="7" t="inlineStr">
+      <c r="NV8" s="7" t="inlineStr">
         <is>
           <t>2014M10</t>
         </is>
       </c>
-      <c r="NU8" s="7" t="inlineStr">
+      <c r="NW8" s="7" t="inlineStr">
         <is>
           <t>2014M09</t>
         </is>
       </c>
-      <c r="NV8" s="7" t="inlineStr">
+      <c r="NX8" s="7" t="inlineStr">
         <is>
           <t>2014M08</t>
         </is>
       </c>
-      <c r="NW8" s="7" t="inlineStr">
+      <c r="NY8" s="7" t="inlineStr">
         <is>
           <t>2014M07</t>
         </is>
       </c>
-      <c r="NX8" s="7" t="inlineStr">
+      <c r="NZ8" s="7" t="inlineStr">
         <is>
           <t>2014M06</t>
         </is>
       </c>
-      <c r="NY8" s="7" t="inlineStr">
+      <c r="OA8" s="7" t="inlineStr">
         <is>
           <t>2014M05</t>
         </is>
       </c>
-      <c r="NZ8" s="7" t="inlineStr">
+      <c r="OB8" s="7" t="inlineStr">
         <is>
           <t>2014M04</t>
         </is>
       </c>
-      <c r="OA8" s="7" t="inlineStr">
+      <c r="OC8" s="7" t="inlineStr">
         <is>
           <t>2014M03</t>
         </is>
       </c>
-      <c r="OB8" s="7" t="inlineStr">
+      <c r="OD8" s="7" t="inlineStr">
         <is>
           <t>2014M02</t>
         </is>
       </c>
-      <c r="OC8" s="7" t="inlineStr">
+      <c r="OE8" s="7" t="inlineStr">
         <is>
           <t>2014M01</t>
         </is>
       </c>
-      <c r="OD8" s="7" t="inlineStr">
+      <c r="OF8" s="7" t="inlineStr">
         <is>
           <t>2013M12</t>
         </is>
       </c>
-      <c r="OE8" s="7" t="inlineStr">
+      <c r="OG8" s="7" t="inlineStr">
         <is>
           <t>2013M11</t>
         </is>
       </c>
-      <c r="OF8" s="7" t="inlineStr">
+      <c r="OH8" s="7" t="inlineStr">
         <is>
           <t>2013M10</t>
         </is>
       </c>
-      <c r="OG8" s="7" t="inlineStr">
+      <c r="OI8" s="7" t="inlineStr">
         <is>
           <t>2013M09</t>
         </is>
       </c>
-      <c r="OH8" s="7" t="inlineStr">
+      <c r="OJ8" s="7" t="inlineStr">
         <is>
           <t>2013M08</t>
         </is>
       </c>
-      <c r="OI8" s="7" t="inlineStr">
+      <c r="OK8" s="7" t="inlineStr">
         <is>
           <t>2013M07</t>
         </is>
       </c>
-      <c r="OJ8" s="7" t="inlineStr">
+      <c r="OL8" s="7" t="inlineStr">
         <is>
           <t>2013M06</t>
         </is>
       </c>
-      <c r="OK8" s="7" t="inlineStr">
+      <c r="OM8" s="7" t="inlineStr">
         <is>
           <t>2013M05</t>
         </is>
       </c>
-      <c r="OL8" s="7" t="inlineStr">
+      <c r="ON8" s="7" t="inlineStr">
         <is>
           <t>2013M04</t>
         </is>
       </c>
-      <c r="OM8" s="7" t="inlineStr">
+      <c r="OO8" s="7" t="inlineStr">
         <is>
           <t>2013M03</t>
         </is>
       </c>
-      <c r="ON8" s="7" t="inlineStr">
+      <c r="OP8" s="7" t="inlineStr">
         <is>
           <t>2013M02</t>
         </is>
       </c>
-      <c r="OO8" s="7" t="inlineStr">
+      <c r="OQ8" s="7" t="inlineStr">
         <is>
           <t>2013M01</t>
         </is>
       </c>
-      <c r="OP8" s="7" t="inlineStr">
+      <c r="OR8" s="7" t="inlineStr">
         <is>
           <t>2012M12</t>
         </is>
       </c>
-      <c r="OQ8" s="7" t="inlineStr">
+      <c r="OS8" s="7" t="inlineStr">
         <is>
           <t>2012M11</t>
         </is>
       </c>
-      <c r="OR8" s="7" t="inlineStr">
+      <c r="OT8" s="7" t="inlineStr">
         <is>
           <t>2012M10</t>
         </is>
       </c>
-      <c r="OS8" s="7" t="inlineStr">
+      <c r="OU8" s="7" t="inlineStr">
         <is>
           <t>2012M09</t>
         </is>
       </c>
-      <c r="OT8" s="7" t="inlineStr">
+      <c r="OV8" s="7" t="inlineStr">
         <is>
           <t>2012M08</t>
         </is>
       </c>
-      <c r="OU8" s="7" t="inlineStr">
+      <c r="OW8" s="7" t="inlineStr">
         <is>
           <t>2012M07</t>
         </is>
       </c>
-      <c r="OV8" s="7" t="inlineStr">
+      <c r="OX8" s="7" t="inlineStr">
         <is>
           <t>2012M06</t>
         </is>
       </c>
-      <c r="OW8" s="7" t="inlineStr">
+      <c r="OY8" s="7" t="inlineStr">
         <is>
           <t>2012M05</t>
         </is>
       </c>
-      <c r="OX8" s="7" t="inlineStr">
+      <c r="OZ8" s="7" t="inlineStr">
         <is>
           <t>2012M04</t>
         </is>
       </c>
-      <c r="OY8" s="7" t="inlineStr">
+      <c r="PA8" s="7" t="inlineStr">
         <is>
           <t>2012M03</t>
         </is>
       </c>
-      <c r="OZ8" s="7" t="inlineStr">
+      <c r="PB8" s="7" t="inlineStr">
         <is>
           <t>2012M02</t>
         </is>
       </c>
-      <c r="PA8" s="7" t="inlineStr">
+      <c r="PC8" s="7" t="inlineStr">
         <is>
           <t>2012M01</t>
         </is>
       </c>
-      <c r="PB8" s="7" t="inlineStr">
+      <c r="PD8" s="7" t="inlineStr">
         <is>
           <t>2011M12</t>
         </is>
       </c>
-      <c r="PC8" s="7" t="inlineStr">
+      <c r="PE8" s="7" t="inlineStr">
         <is>
           <t>2011M11</t>
         </is>
       </c>
-      <c r="PD8" s="7" t="inlineStr">
+      <c r="PF8" s="7" t="inlineStr">
         <is>
           <t>2011M10</t>
         </is>
       </c>
-      <c r="PE8" s="7" t="inlineStr">
+      <c r="PG8" s="7" t="inlineStr">
         <is>
           <t>2011M09</t>
         </is>
       </c>
-      <c r="PF8" s="7" t="inlineStr">
+      <c r="PH8" s="7" t="inlineStr">
         <is>
           <t>2011M08</t>
         </is>
       </c>
-      <c r="PG8" s="7" t="inlineStr">
+      <c r="PI8" s="7" t="inlineStr">
         <is>
           <t>2011M07</t>
         </is>
       </c>
-      <c r="PH8" s="7" t="inlineStr">
+      <c r="PJ8" s="7" t="inlineStr">
         <is>
           <t>2011M06</t>
         </is>
       </c>
-      <c r="PI8" s="7" t="inlineStr">
+      <c r="PK8" s="7" t="inlineStr">
         <is>
           <t>2011M05</t>
         </is>
       </c>
-      <c r="PJ8" s="7" t="inlineStr">
+      <c r="PL8" s="7" t="inlineStr">
         <is>
           <t>2011M04</t>
         </is>
       </c>
-      <c r="PK8" s="7" t="inlineStr">
+      <c r="PM8" s="7" t="inlineStr">
         <is>
           <t>2011M03</t>
         </is>
       </c>
-      <c r="PL8" s="7" t="inlineStr">
+      <c r="PN8" s="7" t="inlineStr">
         <is>
           <t>2011M02</t>
         </is>
       </c>
-      <c r="PM8" s="7" t="inlineStr">
+      <c r="PO8" s="7" t="inlineStr">
         <is>
           <t>2011M01</t>
         </is>
       </c>
-      <c r="PN8" s="7" t="inlineStr">
+      <c r="PP8" s="7" t="inlineStr">
         <is>
           <t>2010M12</t>
         </is>
       </c>
-      <c r="PO8" s="7" t="inlineStr">
+      <c r="PQ8" s="7" t="inlineStr">
         <is>
           <t>2010M11</t>
         </is>
       </c>
-      <c r="PP8" s="7" t="inlineStr">
+      <c r="PR8" s="7" t="inlineStr">
         <is>
           <t>2010M10</t>
         </is>
       </c>
-      <c r="PQ8" s="7" t="inlineStr">
+      <c r="PS8" s="7" t="inlineStr">
         <is>
           <t>2010M09</t>
         </is>
       </c>
-      <c r="PR8" s="7" t="inlineStr">
+      <c r="PT8" s="7" t="inlineStr">
         <is>
           <t>2010M08</t>
         </is>
       </c>
-      <c r="PS8" s="7" t="inlineStr">
+      <c r="PU8" s="7" t="inlineStr">
         <is>
           <t>2010M07</t>
         </is>
       </c>
-      <c r="PT8" s="7" t="inlineStr">
+      <c r="PV8" s="7" t="inlineStr">
         <is>
           <t>2010M06</t>
         </is>
       </c>
-      <c r="PU8" s="7" t="inlineStr">
+      <c r="PW8" s="7" t="inlineStr">
         <is>
           <t>2010M05</t>
         </is>
       </c>
-      <c r="PV8" s="7" t="inlineStr">
+      <c r="PX8" s="7" t="inlineStr">
         <is>
           <t>2010M04</t>
         </is>
       </c>
-      <c r="PW8" s="7" t="inlineStr">
+      <c r="PY8" s="7" t="inlineStr">
         <is>
           <t>2010M03</t>
         </is>
       </c>
-      <c r="PX8" s="7" t="inlineStr">
+      <c r="PZ8" s="7" t="inlineStr">
         <is>
           <t>2010M02</t>
         </is>
       </c>
-      <c r="PY8" s="7" t="inlineStr">
+      <c r="QA8" s="7" t="inlineStr">
         <is>
           <t>2010M01</t>
         </is>
       </c>
-      <c r="PZ8" s="7" t="inlineStr">
+      <c r="QB8" s="7" t="inlineStr">
         <is>
           <t>2009M12</t>
         </is>
       </c>
-      <c r="QA8" s="7" t="inlineStr">
+      <c r="QC8" s="7" t="inlineStr">
         <is>
           <t>2009M11</t>
         </is>
       </c>
-      <c r="QB8" s="7" t="inlineStr">
+      <c r="QD8" s="7" t="inlineStr">
         <is>
           <t>2009M10</t>
         </is>
       </c>
-      <c r="QC8" s="7" t="inlineStr">
+      <c r="QE8" s="7" t="inlineStr">
         <is>
           <t>2009M09</t>
         </is>
       </c>
-      <c r="QD8" s="7" t="inlineStr">
+      <c r="QF8" s="7" t="inlineStr">
         <is>
           <t>2009M08</t>
         </is>
       </c>
-      <c r="QE8" s="7" t="inlineStr">
+      <c r="QG8" s="7" t="inlineStr">
         <is>
           <t>2009M07</t>
         </is>
       </c>
-      <c r="QF8" s="7" t="inlineStr">
+      <c r="QH8" s="7" t="inlineStr">
         <is>
           <t>2009M06</t>
         </is>
       </c>
-      <c r="QG8" s="7" t="inlineStr">
+      <c r="QI8" s="7" t="inlineStr">
         <is>
           <t>2009M05</t>
         </is>
       </c>
-      <c r="QH8" s="7" t="inlineStr">
+      <c r="QJ8" s="7" t="inlineStr">
         <is>
           <t>2009M04</t>
         </is>
       </c>
-      <c r="QI8" s="7" t="inlineStr">
+      <c r="QK8" s="7" t="inlineStr">
         <is>
           <t>2009M03</t>
         </is>
       </c>
-      <c r="QJ8" s="7" t="inlineStr">
+      <c r="QL8" s="7" t="inlineStr">
         <is>
           <t>2009M02</t>
         </is>
       </c>
-      <c r="QK8" s="7" t="inlineStr">
+      <c r="QM8" s="7" t="inlineStr">
         <is>
           <t>2009M01</t>
         </is>
       </c>
-      <c r="QL8" s="7" t="inlineStr">
+      <c r="QN8" s="7" t="inlineStr">
         <is>
           <t>2008M12</t>
         </is>
       </c>
-      <c r="QM8" s="7" t="inlineStr">
+      <c r="QO8" s="7" t="inlineStr">
         <is>
           <t>2008M11</t>
         </is>
       </c>
-      <c r="QN8" s="7" t="inlineStr">
+      <c r="QP8" s="7" t="inlineStr">
         <is>
           <t>2008M10</t>
         </is>
       </c>
-      <c r="QO8" s="7" t="inlineStr">
+      <c r="QQ8" s="7" t="inlineStr">
         <is>
           <t>2008M09</t>
         </is>
       </c>
-      <c r="QP8" s="7" t="inlineStr">
+      <c r="QR8" s="7" t="inlineStr">
         <is>
           <t>2008M08</t>
         </is>
       </c>
-      <c r="QQ8" s="7" t="inlineStr">
+      <c r="QS8" s="7" t="inlineStr">
         <is>
           <t>2008M07</t>
         </is>
       </c>
-      <c r="QR8" s="7" t="inlineStr">
+      <c r="QT8" s="7" t="inlineStr">
         <is>
           <t>2008M06</t>
         </is>
       </c>
-      <c r="QS8" s="7" t="inlineStr">
+      <c r="QU8" s="7" t="inlineStr">
         <is>
           <t>2008M05</t>
         </is>
       </c>
-      <c r="QT8" s="7" t="inlineStr">
+      <c r="QV8" s="7" t="inlineStr">
         <is>
           <t>2008M04</t>
         </is>
       </c>
-      <c r="QU8" s="7" t="inlineStr">
+      <c r="QW8" s="7" t="inlineStr">
         <is>
           <t>2008M03</t>
         </is>
       </c>
-      <c r="QV8" s="7" t="inlineStr">
+      <c r="QX8" s="7" t="inlineStr">
         <is>
           <t>2008M02</t>
         </is>
       </c>
-      <c r="QW8" s="7" t="inlineStr">
+      <c r="QY8" s="7" t="inlineStr">
         <is>
           <t>2008M01</t>
         </is>
       </c>
-      <c r="QX8" s="7" t="inlineStr">
+      <c r="QZ8" s="7" t="inlineStr">
         <is>
           <t>2007M12</t>
         </is>
       </c>
-      <c r="QY8" s="7" t="inlineStr">
+      <c r="RA8" s="7" t="inlineStr">
         <is>
           <t>2007M11</t>
         </is>
       </c>
-      <c r="QZ8" s="7" t="inlineStr">
+      <c r="RB8" s="7" t="inlineStr">
         <is>
           <t>2007M10</t>
         </is>
       </c>
-      <c r="RA8" s="7" t="inlineStr">
+      <c r="RC8" s="7" t="inlineStr">
         <is>
           <t>2007M09</t>
         </is>
       </c>
-      <c r="RB8" s="7" t="inlineStr">
+      <c r="RD8" s="7" t="inlineStr">
         <is>
           <t>2007M08</t>
         </is>
       </c>
-      <c r="RC8" s="7" t="inlineStr">
+      <c r="RE8" s="7" t="inlineStr">
         <is>
           <t>2007M07</t>
         </is>
       </c>
-      <c r="RD8" s="7" t="inlineStr">
+      <c r="RF8" s="7" t="inlineStr">
         <is>
           <t>2007M06</t>
         </is>
       </c>
-      <c r="RE8" s="7" t="inlineStr">
+      <c r="RG8" s="7" t="inlineStr">
         <is>
           <t>2007M05</t>
         </is>
       </c>
-      <c r="RF8" s="7" t="inlineStr">
+      <c r="RH8" s="7" t="inlineStr">
         <is>
           <t>2007M04</t>
         </is>
       </c>
-      <c r="RG8" s="7" t="inlineStr">
+      <c r="RI8" s="7" t="inlineStr">
         <is>
           <t>2007M03</t>
         </is>
       </c>
-      <c r="RH8" s="7" t="inlineStr">
+      <c r="RJ8" s="7" t="inlineStr">
         <is>
           <t>2007M02</t>
         </is>
       </c>
-      <c r="RI8" s="7" t="inlineStr">
+      <c r="RK8" s="7" t="inlineStr">
         <is>
           <t>2007M01</t>
         </is>
       </c>
-      <c r="RJ8" s="7" t="inlineStr">
+      <c r="RL8" s="7" t="inlineStr">
         <is>
           <t>2006M12</t>
         </is>
       </c>
-      <c r="RK8" s="7" t="inlineStr">
+      <c r="RM8" s="7" t="inlineStr">
         <is>
           <t>2006M11</t>
         </is>
       </c>
-      <c r="RL8" s="7" t="inlineStr">
+      <c r="RN8" s="7" t="inlineStr">
         <is>
           <t>2006M10</t>
         </is>
       </c>
-      <c r="RM8" s="7" t="inlineStr">
+      <c r="RO8" s="7" t="inlineStr">
         <is>
           <t>2006M09</t>
         </is>
       </c>
-      <c r="RN8" s="7" t="inlineStr">
+      <c r="RP8" s="7" t="inlineStr">
         <is>
           <t>2006M08</t>
         </is>
       </c>
-      <c r="RO8" s="7" t="inlineStr">
+      <c r="RQ8" s="7" t="inlineStr">
         <is>
           <t>2006M07</t>
         </is>
       </c>
-      <c r="RP8" s="7" t="inlineStr">
+      <c r="RR8" s="7" t="inlineStr">
         <is>
           <t>2006M06</t>
         </is>
       </c>
-      <c r="RQ8" s="7" t="inlineStr">
+      <c r="RS8" s="7" t="inlineStr">
         <is>
           <t>2006M05</t>
         </is>
       </c>
-      <c r="RR8" s="7" t="inlineStr">
+      <c r="RT8" s="7" t="inlineStr">
         <is>
           <t>2006M04</t>
         </is>
       </c>
-      <c r="RS8" s="7" t="inlineStr">
+      <c r="RU8" s="7" t="inlineStr">
         <is>
           <t>2006M03</t>
         </is>
       </c>
-      <c r="RT8" s="7" t="inlineStr">
+      <c r="RV8" s="7" t="inlineStr">
         <is>
           <t>2006M02</t>
         </is>
       </c>
-      <c r="RU8" s="7" t="inlineStr">
+      <c r="RW8" s="7" t="inlineStr">
         <is>
           <t>2006M01</t>
         </is>
       </c>
-      <c r="RV8" s="7" t="inlineStr">
+      <c r="RX8" s="7" t="inlineStr">
         <is>
           <t>2005M12</t>
         </is>
       </c>
-      <c r="RW8" s="7" t="inlineStr">
+      <c r="RY8" s="7" t="inlineStr">
         <is>
           <t>2005M11</t>
         </is>
       </c>
-      <c r="RX8" s="7" t="inlineStr">
+      <c r="RZ8" s="7" t="inlineStr">
         <is>
           <t>2005M10</t>
         </is>
       </c>
-      <c r="RY8" s="7" t="inlineStr">
+      <c r="SA8" s="7" t="inlineStr">
         <is>
           <t>2005M09</t>
         </is>
       </c>
-      <c r="RZ8" s="7" t="inlineStr">
+      <c r="SB8" s="7" t="inlineStr">
         <is>
           <t>2005M08</t>
         </is>
       </c>
-      <c r="SA8" s="7" t="inlineStr">
+      <c r="SC8" s="7" t="inlineStr">
         <is>
           <t>2005M07</t>
         </is>
       </c>
-      <c r="SB8" s="7" t="inlineStr">
+      <c r="SD8" s="7" t="inlineStr">
         <is>
           <t>2005M06</t>
         </is>
       </c>
-      <c r="SC8" s="7" t="inlineStr">
+      <c r="SE8" s="7" t="inlineStr">
         <is>
           <t>2005M05</t>
         </is>
       </c>
-      <c r="SD8" s="7" t="inlineStr">
+      <c r="SF8" s="7" t="inlineStr">
         <is>
           <t>2005M04</t>
         </is>
       </c>
-      <c r="SE8" s="7" t="inlineStr">
+      <c r="SG8" s="7" t="inlineStr">
         <is>
           <t>2005M03</t>
         </is>
       </c>
-      <c r="SF8" s="7" t="inlineStr">
+      <c r="SH8" s="7" t="inlineStr">
         <is>
           <t>2005M02</t>
         </is>
       </c>
-      <c r="SG8" s="7" t="inlineStr">
+      <c r="SI8" s="7" t="inlineStr">
         <is>
           <t>2005M01</t>
         </is>
       </c>
-      <c r="SH8" s="7" t="inlineStr">
+      <c r="SJ8" s="7" t="inlineStr">
+        <is>
+          <t>2025M11</t>
+        </is>
+      </c>
+      <c r="SK8" s="7" t="inlineStr">
         <is>
           <t>2025M10</t>
         </is>
       </c>
-      <c r="SI8" s="7" t="inlineStr">
+      <c r="SL8" s="7" t="inlineStr">
         <is>
           <t>2025M09</t>
         </is>
       </c>
-      <c r="SJ8" s="7" t="inlineStr">
+      <c r="SM8" s="7" t="inlineStr">
         <is>
           <t>2025M08</t>
         </is>
       </c>
-      <c r="SK8" s="7" t="inlineStr">
+      <c r="SN8" s="7" t="inlineStr">
         <is>
           <t>2025M07</t>
         </is>
       </c>
-      <c r="SL8" s="7" t="inlineStr">
+      <c r="SO8" s="7" t="inlineStr">
         <is>
           <t>2025M06</t>
         </is>
       </c>
-      <c r="SM8" s="7" t="inlineStr">
+      <c r="SP8" s="7" t="inlineStr">
         <is>
           <t>2025M05</t>
         </is>
       </c>
-      <c r="SN8" s="7" t="inlineStr">
+      <c r="SQ8" s="7" t="inlineStr">
         <is>
           <t>2025M04</t>
         </is>
       </c>
-      <c r="SO8" s="7" t="inlineStr">
+      <c r="SR8" s="7" t="inlineStr">
         <is>
           <t>2025M03</t>
         </is>
       </c>
-      <c r="SP8" s="7" t="inlineStr">
+      <c r="SS8" s="7" t="inlineStr">
         <is>
           <t>2025M02</t>
         </is>
       </c>
-      <c r="SQ8" s="7" t="inlineStr">
+      <c r="ST8" s="7" t="inlineStr">
         <is>
           <t>2025M01</t>
         </is>
       </c>
-      <c r="SR8" s="7" t="inlineStr">
+      <c r="SU8" s="7" t="inlineStr">
         <is>
           <t>2024M12</t>
         </is>
       </c>
-      <c r="SS8" s="7" t="inlineStr">
+      <c r="SV8" s="7" t="inlineStr">
         <is>
           <t>2024M11</t>
         </is>
       </c>
-      <c r="ST8" s="7" t="inlineStr">
+      <c r="SW8" s="7" t="inlineStr">
         <is>
           <t>2024M10</t>
         </is>
       </c>
-      <c r="SU8" s="7" t="inlineStr">
+      <c r="SX8" s="7" t="inlineStr">
         <is>
           <t>2024M09</t>
         </is>
       </c>
-      <c r="SV8" s="7" t="inlineStr">
+      <c r="SY8" s="7" t="inlineStr">
         <is>
           <t>2024M08</t>
         </is>
       </c>
-      <c r="SW8" s="7" t="inlineStr">
+      <c r="SZ8" s="7" t="inlineStr">
         <is>
           <t>2024M07</t>
         </is>
       </c>
-      <c r="SX8" s="7" t="inlineStr">
+      <c r="TA8" s="7" t="inlineStr">
         <is>
           <t>2024M06</t>
         </is>
       </c>
-      <c r="SY8" s="7" t="inlineStr">
+      <c r="TB8" s="7" t="inlineStr">
         <is>
           <t>2024M05</t>
         </is>
       </c>
-      <c r="SZ8" s="7" t="inlineStr">
+      <c r="TC8" s="7" t="inlineStr">
         <is>
           <t>2024M04</t>
         </is>
       </c>
-      <c r="TA8" s="7" t="inlineStr">
+      <c r="TD8" s="7" t="inlineStr">
         <is>
           <t>2024M03</t>
         </is>
       </c>
-      <c r="TB8" s="7" t="inlineStr">
+      <c r="TE8" s="7" t="inlineStr">
         <is>
           <t>2024M02</t>
         </is>
       </c>
-      <c r="TC8" s="7" t="inlineStr">
+      <c r="TF8" s="7" t="inlineStr">
         <is>
           <t>2024M01</t>
         </is>
       </c>
-      <c r="TD8" s="7" t="inlineStr">
+      <c r="TG8" s="7" t="inlineStr">
         <is>
           <t>2023M12</t>
         </is>
       </c>
-      <c r="TE8" s="7" t="inlineStr">
+      <c r="TH8" s="7" t="inlineStr">
         <is>
           <t>2023M11</t>
         </is>
       </c>
-      <c r="TF8" s="7" t="inlineStr">
+      <c r="TI8" s="7" t="inlineStr">
         <is>
           <t>2023M10</t>
         </is>
       </c>
-      <c r="TG8" s="7" t="inlineStr">
+      <c r="TJ8" s="7" t="inlineStr">
         <is>
           <t>2023M09</t>
         </is>
       </c>
-      <c r="TH8" s="7" t="inlineStr">
+      <c r="TK8" s="7" t="inlineStr">
         <is>
           <t>2023M08</t>
         </is>
       </c>
-      <c r="TI8" s="7" t="inlineStr">
+      <c r="TL8" s="7" t="inlineStr">
         <is>
           <t>2023M07</t>
         </is>
       </c>
-      <c r="TJ8" s="7" t="inlineStr">
+      <c r="TM8" s="7" t="inlineStr">
         <is>
           <t>2023M06</t>
         </is>
       </c>
-      <c r="TK8" s="7" t="inlineStr">
+      <c r="TN8" s="7" t="inlineStr">
         <is>
           <t>2023M05</t>
         </is>
       </c>
-      <c r="TL8" s="7" t="inlineStr">
+      <c r="TO8" s="7" t="inlineStr">
         <is>
           <t>2023M04</t>
         </is>
       </c>
-      <c r="TM8" s="7" t="inlineStr">
+      <c r="TP8" s="7" t="inlineStr">
         <is>
           <t>2023M03</t>
         </is>
       </c>
-      <c r="TN8" s="7" t="inlineStr">
+      <c r="TQ8" s="7" t="inlineStr">
         <is>
           <t>2023M02</t>
         </is>
       </c>
-      <c r="TO8" s="7" t="inlineStr">
+      <c r="TR8" s="7" t="inlineStr">
         <is>
           <t>2023M01</t>
         </is>
       </c>
-      <c r="TP8" s="7" t="inlineStr">
+      <c r="TS8" s="7" t="inlineStr">
         <is>
           <t>2022M12</t>
         </is>
       </c>
-      <c r="TQ8" s="7" t="inlineStr">
+      <c r="TT8" s="7" t="inlineStr">
         <is>
           <t>2022M11</t>
         </is>
       </c>
-      <c r="TR8" s="7" t="inlineStr">
+      <c r="TU8" s="7" t="inlineStr">
         <is>
           <t>2022M10</t>
         </is>
       </c>
-      <c r="TS8" s="7" t="inlineStr">
+      <c r="TV8" s="7" t="inlineStr">
         <is>
           <t>2022M09</t>
         </is>
       </c>
-      <c r="TT8" s="7" t="inlineStr">
+      <c r="TW8" s="7" t="inlineStr">
         <is>
           <t>2022M08</t>
         </is>
       </c>
-      <c r="TU8" s="7" t="inlineStr">
+      <c r="TX8" s="7" t="inlineStr">
         <is>
           <t>2022M07</t>
         </is>
       </c>
-      <c r="TV8" s="7" t="inlineStr">
+      <c r="TY8" s="7" t="inlineStr">
         <is>
           <t>2022M06</t>
         </is>
       </c>
-      <c r="TW8" s="7" t="inlineStr">
+      <c r="TZ8" s="7" t="inlineStr">
         <is>
           <t>2022M05</t>
         </is>
       </c>
-      <c r="TX8" s="7" t="inlineStr">
+      <c r="UA8" s="7" t="inlineStr">
         <is>
           <t>2022M04</t>
         </is>
       </c>
-      <c r="TY8" s="7" t="inlineStr">
+      <c r="UB8" s="7" t="inlineStr">
         <is>
           <t>2022M03</t>
         </is>
       </c>
-      <c r="TZ8" s="7" t="inlineStr">
+      <c r="UC8" s="7" t="inlineStr">
         <is>
           <t>2022M02</t>
         </is>
       </c>
-      <c r="UA8" s="7" t="inlineStr">
+      <c r="UD8" s="7" t="inlineStr">
         <is>
           <t>2022M01</t>
         </is>
       </c>
-      <c r="UB8" s="7" t="inlineStr">
+      <c r="UE8" s="7" t="inlineStr">
         <is>
           <t>2021M12</t>
         </is>
       </c>
-      <c r="UC8" s="7" t="inlineStr">
+      <c r="UF8" s="7" t="inlineStr">
         <is>
           <t>2021M11</t>
         </is>
       </c>
-      <c r="UD8" s="7" t="inlineStr">
+      <c r="UG8" s="7" t="inlineStr">
         <is>
           <t>2021M10</t>
         </is>
       </c>
-      <c r="UE8" s="7" t="inlineStr">
+      <c r="UH8" s="7" t="inlineStr">
         <is>
           <t>2021M09</t>
         </is>
       </c>
-      <c r="UF8" s="7" t="inlineStr">
+      <c r="UI8" s="7" t="inlineStr">
         <is>
           <t>2021M08</t>
         </is>
       </c>
-      <c r="UG8" s="7" t="inlineStr">
+      <c r="UJ8" s="7" t="inlineStr">
         <is>
           <t>2021M07</t>
         </is>
       </c>
-      <c r="UH8" s="7" t="inlineStr">
+      <c r="UK8" s="7" t="inlineStr">
         <is>
           <t>2021M06</t>
         </is>
       </c>
-      <c r="UI8" s="7" t="inlineStr">
+      <c r="UL8" s="7" t="inlineStr">
         <is>
           <t>2021M05</t>
         </is>
       </c>
-      <c r="UJ8" s="7" t="inlineStr">
+      <c r="UM8" s="7" t="inlineStr">
         <is>
           <t>2021M04</t>
         </is>
       </c>
-      <c r="UK8" s="7" t="inlineStr">
+      <c r="UN8" s="7" t="inlineStr">
         <is>
           <t>2021M03</t>
         </is>
       </c>
-      <c r="UL8" s="7" t="inlineStr">
+      <c r="UO8" s="7" t="inlineStr">
         <is>
           <t>2021M02</t>
         </is>
       </c>
-      <c r="UM8" s="7" t="inlineStr">
+      <c r="UP8" s="7" t="inlineStr">
         <is>
           <t>2021M01</t>
         </is>
       </c>
-      <c r="UN8" s="7" t="inlineStr">
+      <c r="UQ8" s="7" t="inlineStr">
         <is>
           <t>2020M12</t>
         </is>
       </c>
-      <c r="UO8" s="7" t="inlineStr">
+      <c r="UR8" s="7" t="inlineStr">
         <is>
           <t>2020M11</t>
         </is>
       </c>
-      <c r="UP8" s="7" t="inlineStr">
+      <c r="US8" s="7" t="inlineStr">
         <is>
           <t>2020M10</t>
         </is>
       </c>
-      <c r="UQ8" s="7" t="inlineStr">
+      <c r="UT8" s="7" t="inlineStr">
         <is>
           <t>2020M09</t>
         </is>
       </c>
-      <c r="UR8" s="7" t="inlineStr">
+      <c r="UU8" s="7" t="inlineStr">
         <is>
           <t>2020M08</t>
         </is>
       </c>
-      <c r="US8" s="7" t="inlineStr">
+      <c r="UV8" s="7" t="inlineStr">
         <is>
           <t>2020M07</t>
         </is>
       </c>
-      <c r="UT8" s="7" t="inlineStr">
+      <c r="UW8" s="7" t="inlineStr">
         <is>
           <t>2020M06</t>
         </is>
       </c>
-      <c r="UU8" s="7" t="inlineStr">
+      <c r="UX8" s="7" t="inlineStr">
         <is>
           <t>2020M05</t>
         </is>
       </c>
-      <c r="UV8" s="7" t="inlineStr">
+      <c r="UY8" s="7" t="inlineStr">
         <is>
           <t>2020M04</t>
         </is>
       </c>
-      <c r="UW8" s="7" t="inlineStr">
+      <c r="UZ8" s="7" t="inlineStr">
         <is>
           <t>2020M03</t>
         </is>
       </c>
-      <c r="UX8" s="7" t="inlineStr">
+      <c r="VA8" s="7" t="inlineStr">
         <is>
           <t>2020M02</t>
         </is>
       </c>
-      <c r="UY8" s="7" t="inlineStr">
+      <c r="VB8" s="7" t="inlineStr">
         <is>
           <t>2020M01</t>
         </is>
       </c>
-      <c r="UZ8" s="7" t="inlineStr">
+      <c r="VC8" s="7" t="inlineStr">
         <is>
           <t>2019M12</t>
         </is>
       </c>
-      <c r="VA8" s="7" t="inlineStr">
+      <c r="VD8" s="7" t="inlineStr">
         <is>
           <t>2019M11</t>
         </is>
       </c>
-      <c r="VB8" s="7" t="inlineStr">
+      <c r="VE8" s="7" t="inlineStr">
         <is>
           <t>2019M10</t>
         </is>
       </c>
-      <c r="VC8" s="7" t="inlineStr">
+      <c r="VF8" s="7" t="inlineStr">
         <is>
           <t>2019M09</t>
         </is>
       </c>
-      <c r="VD8" s="7" t="inlineStr">
+      <c r="VG8" s="7" t="inlineStr">
         <is>
           <t>2019M08</t>
         </is>
       </c>
-      <c r="VE8" s="7" t="inlineStr">
+      <c r="VH8" s="7" t="inlineStr">
         <is>
           <t>2019M07</t>
         </is>
       </c>
-      <c r="VF8" s="7" t="inlineStr">
+      <c r="VI8" s="7" t="inlineStr">
         <is>
           <t>2019M06</t>
         </is>
       </c>
-      <c r="VG8" s="7" t="inlineStr">
+      <c r="VJ8" s="7" t="inlineStr">
         <is>
           <t>2019M05</t>
         </is>
       </c>
-      <c r="VH8" s="7" t="inlineStr">
+      <c r="VK8" s="7" t="inlineStr">
         <is>
           <t>2019M04</t>
         </is>
       </c>
-      <c r="VI8" s="7" t="inlineStr">
+      <c r="VL8" s="7" t="inlineStr">
         <is>
           <t>2019M03</t>
         </is>
       </c>
-      <c r="VJ8" s="7" t="inlineStr">
+      <c r="VM8" s="7" t="inlineStr">
         <is>
           <t>2019M02</t>
         </is>
       </c>
-      <c r="VK8" s="7" t="inlineStr">
+      <c r="VN8" s="7" t="inlineStr">
         <is>
           <t>2019M01</t>
         </is>
       </c>
-      <c r="VL8" s="7" t="inlineStr">
+      <c r="VO8" s="7" t="inlineStr">
         <is>
           <t>2018M12</t>
         </is>
       </c>
-      <c r="VM8" s="7" t="inlineStr">
+      <c r="VP8" s="7" t="inlineStr">
         <is>
           <t>2018M11</t>
         </is>
       </c>
-      <c r="VN8" s="7" t="inlineStr">
+      <c r="VQ8" s="7" t="inlineStr">
         <is>
           <t>2018M10</t>
         </is>
       </c>
-      <c r="VO8" s="7" t="inlineStr">
+      <c r="VR8" s="7" t="inlineStr">
         <is>
           <t>2018M09</t>
         </is>
       </c>
-      <c r="VP8" s="7" t="inlineStr">
+      <c r="VS8" s="7" t="inlineStr">
         <is>
           <t>2018M08</t>
         </is>
       </c>
-      <c r="VQ8" s="7" t="inlineStr">
+      <c r="VT8" s="7" t="inlineStr">
         <is>
           <t>2018M07</t>
         </is>
       </c>
-      <c r="VR8" s="7" t="inlineStr">
+      <c r="VU8" s="7" t="inlineStr">
         <is>
           <t>2018M06</t>
         </is>
       </c>
-      <c r="VS8" s="7" t="inlineStr">
+      <c r="VV8" s="7" t="inlineStr">
         <is>
           <t>2018M05</t>
         </is>
       </c>
-      <c r="VT8" s="7" t="inlineStr">
+      <c r="VW8" s="7" t="inlineStr">
         <is>
           <t>2018M04</t>
         </is>
       </c>
-      <c r="VU8" s="7" t="inlineStr">
+      <c r="VX8" s="7" t="inlineStr">
         <is>
           <t>2018M03</t>
         </is>
       </c>
-      <c r="VV8" s="7" t="inlineStr">
+      <c r="VY8" s="7" t="inlineStr">
         <is>
           <t>2018M02</t>
         </is>
       </c>
-      <c r="VW8" s="7" t="inlineStr">
+      <c r="VZ8" s="7" t="inlineStr">
         <is>
           <t>2018M01</t>
         </is>
       </c>
-      <c r="VX8" s="7" t="inlineStr">
+      <c r="WA8" s="7" t="inlineStr">
         <is>
           <t>2017M12</t>
         </is>
       </c>
-      <c r="VY8" s="7" t="inlineStr">
+      <c r="WB8" s="7" t="inlineStr">
         <is>
           <t>2017M11</t>
         </is>
       </c>
-      <c r="VZ8" s="7" t="inlineStr">
+      <c r="WC8" s="7" t="inlineStr">
         <is>
           <t>2017M10</t>
         </is>
       </c>
-      <c r="WA8" s="7" t="inlineStr">
+      <c r="WD8" s="7" t="inlineStr">
         <is>
           <t>2017M09</t>
         </is>
       </c>
-      <c r="WB8" s="7" t="inlineStr">
+      <c r="WE8" s="7" t="inlineStr">
         <is>
           <t>2017M08</t>
         </is>
       </c>
-      <c r="WC8" s="7" t="inlineStr">
+      <c r="WF8" s="7" t="inlineStr">
         <is>
           <t>2017M07</t>
         </is>
       </c>
-      <c r="WD8" s="7" t="inlineStr">
+      <c r="WG8" s="7" t="inlineStr">
         <is>
           <t>2017M06</t>
         </is>
       </c>
-      <c r="WE8" s="7" t="inlineStr">
+      <c r="WH8" s="7" t="inlineStr">
         <is>
           <t>2017M05</t>
         </is>
       </c>
-      <c r="WF8" s="7" t="inlineStr">
+      <c r="WI8" s="7" t="inlineStr">
         <is>
           <t>2017M04</t>
         </is>
       </c>
-      <c r="WG8" s="7" t="inlineStr">
+      <c r="WJ8" s="7" t="inlineStr">
         <is>
           <t>2017M03</t>
         </is>
       </c>
-      <c r="WH8" s="7" t="inlineStr">
+      <c r="WK8" s="7" t="inlineStr">
         <is>
           <t>2017M02</t>
         </is>
       </c>
-      <c r="WI8" s="7" t="inlineStr">
+      <c r="WL8" s="7" t="inlineStr">
         <is>
           <t>2017M01</t>
         </is>
       </c>
-      <c r="WJ8" s="7" t="inlineStr">
+      <c r="WM8" s="7" t="inlineStr">
         <is>
           <t>2016M12</t>
         </is>
       </c>
-      <c r="WK8" s="7" t="inlineStr">
+      <c r="WN8" s="7" t="inlineStr">
         <is>
           <t>2016M11</t>
         </is>
       </c>
-      <c r="WL8" s="7" t="inlineStr">
+      <c r="WO8" s="7" t="inlineStr">
         <is>
           <t>2016M10</t>
         </is>
       </c>
-      <c r="WM8" s="7" t="inlineStr">
+      <c r="WP8" s="7" t="inlineStr">
         <is>
           <t>2016M09</t>
         </is>
       </c>
-      <c r="WN8" s="7" t="inlineStr">
+      <c r="WQ8" s="7" t="inlineStr">
         <is>
           <t>2016M08</t>
         </is>
       </c>
-      <c r="WO8" s="7" t="inlineStr">
+      <c r="WR8" s="7" t="inlineStr">
         <is>
           <t>2016M07</t>
         </is>
       </c>
-      <c r="WP8" s="7" t="inlineStr">
+      <c r="WS8" s="7" t="inlineStr">
         <is>
           <t>2016M06</t>
         </is>
       </c>
-      <c r="WQ8" s="7" t="inlineStr">
+      <c r="WT8" s="7" t="inlineStr">
         <is>
           <t>2016M05</t>
         </is>
       </c>
-      <c r="WR8" s="7" t="inlineStr">
+      <c r="WU8" s="7" t="inlineStr">
         <is>
           <t>2016M04</t>
         </is>
       </c>
-      <c r="WS8" s="7" t="inlineStr">
+      <c r="WV8" s="7" t="inlineStr">
         <is>
           <t>2016M03</t>
         </is>
       </c>
-      <c r="WT8" s="7" t="inlineStr">
+      <c r="WW8" s="7" t="inlineStr">
         <is>
           <t>2016M02</t>
         </is>
       </c>
-      <c r="WU8" s="7" t="inlineStr">
+      <c r="WX8" s="7" t="inlineStr">
         <is>
           <t>2016M01</t>
         </is>
       </c>
-      <c r="WV8" s="7" t="inlineStr">
+      <c r="WY8" s="7" t="inlineStr">
         <is>
           <t>2015M12</t>
         </is>
       </c>
-      <c r="WW8" s="7" t="inlineStr">
+      <c r="WZ8" s="7" t="inlineStr">
         <is>
           <t>2015M11</t>
         </is>
       </c>
-      <c r="WX8" s="7" t="inlineStr">
+      <c r="XA8" s="7" t="inlineStr">
         <is>
           <t>2015M10</t>
         </is>
       </c>
-      <c r="WY8" s="7" t="inlineStr">
+      <c r="XB8" s="7" t="inlineStr">
         <is>
           <t>2015M09</t>
         </is>
       </c>
-      <c r="WZ8" s="7" t="inlineStr">
+      <c r="XC8" s="7" t="inlineStr">
         <is>
           <t>2015M08</t>
         </is>
       </c>
-      <c r="XA8" s="7" t="inlineStr">
+      <c r="XD8" s="7" t="inlineStr">
         <is>
           <t>2015M07</t>
         </is>
       </c>
-      <c r="XB8" s="7" t="inlineStr">
+      <c r="XE8" s="7" t="inlineStr">
         <is>
           <t>2015M06</t>
         </is>
       </c>
-      <c r="XC8" s="7" t="inlineStr">
+      <c r="XF8" s="7" t="inlineStr">
         <is>
           <t>2015M05</t>
         </is>
       </c>
-      <c r="XD8" s="7" t="inlineStr">
+      <c r="XG8" s="7" t="inlineStr">
         <is>
           <t>2015M04</t>
         </is>
       </c>
-      <c r="XE8" s="7" t="inlineStr">
+      <c r="XH8" s="7" t="inlineStr">
         <is>
           <t>2015M03</t>
         </is>
       </c>
-      <c r="XF8" s="7" t="inlineStr">
+      <c r="XI8" s="7" t="inlineStr">
         <is>
           <t>2015M02</t>
         </is>
       </c>
-      <c r="XG8" s="7" t="inlineStr">
+      <c r="XJ8" s="7" t="inlineStr">
         <is>
           <t>2015M01</t>
         </is>
       </c>
-      <c r="XH8" s="7" t="inlineStr">
+      <c r="XK8" s="7" t="inlineStr">
         <is>
           <t>2014M12</t>
         </is>
       </c>
-      <c r="XI8" s="7" t="inlineStr">
+      <c r="XL8" s="7" t="inlineStr">
         <is>
           <t>2014M11</t>
         </is>
       </c>
-      <c r="XJ8" s="7" t="inlineStr">
+      <c r="XM8" s="7" t="inlineStr">
         <is>
           <t>2014M10</t>
         </is>
       </c>
-      <c r="XK8" s="7" t="inlineStr">
+      <c r="XN8" s="7" t="inlineStr">
         <is>
           <t>2014M09</t>
         </is>
       </c>
-      <c r="XL8" s="7" t="inlineStr">
+      <c r="XO8" s="7" t="inlineStr">
         <is>
           <t>2014M08</t>
         </is>
       </c>
-      <c r="XM8" s="7" t="inlineStr">
+      <c r="XP8" s="7" t="inlineStr">
         <is>
           <t>2014M07</t>
         </is>
       </c>
-      <c r="XN8" s="7" t="inlineStr">
+      <c r="XQ8" s="7" t="inlineStr">
         <is>
           <t>2014M06</t>
         </is>
       </c>
-      <c r="XO8" s="7" t="inlineStr">
+      <c r="XR8" s="7" t="inlineStr">
         <is>
           <t>2014M05</t>
         </is>
       </c>
-      <c r="XP8" s="7" t="inlineStr">
+      <c r="XS8" s="7" t="inlineStr">
         <is>
           <t>2014M04</t>
         </is>
       </c>
-      <c r="XQ8" s="7" t="inlineStr">
+      <c r="XT8" s="7" t="inlineStr">
         <is>
           <t>2014M03</t>
         </is>
       </c>
-      <c r="XR8" s="7" t="inlineStr">
+      <c r="XU8" s="7" t="inlineStr">
         <is>
           <t>2014M02</t>
         </is>
       </c>
-      <c r="XS8" s="7" t="inlineStr">
+      <c r="XV8" s="7" t="inlineStr">
         <is>
           <t>2014M01</t>
         </is>
       </c>
-      <c r="XT8" s="7" t="inlineStr">
+      <c r="XW8" s="7" t="inlineStr">
         <is>
           <t>2013M12</t>
         </is>
       </c>
-      <c r="XU8" s="7" t="inlineStr">
+      <c r="XX8" s="7" t="inlineStr">
         <is>
           <t>2013M11</t>
         </is>
       </c>
-      <c r="XV8" s="7" t="inlineStr">
+      <c r="XY8" s="7" t="inlineStr">
         <is>
           <t>2013M10</t>
         </is>
       </c>
-      <c r="XW8" s="7" t="inlineStr">
+      <c r="XZ8" s="7" t="inlineStr">
         <is>
           <t>2013M09</t>
         </is>
       </c>
-      <c r="XX8" s="7" t="inlineStr">
+      <c r="YA8" s="7" t="inlineStr">
         <is>
           <t>2013M08</t>
         </is>
       </c>
-      <c r="XY8" s="7" t="inlineStr">
+      <c r="YB8" s="7" t="inlineStr">
         <is>
           <t>2013M07</t>
         </is>
       </c>
-      <c r="XZ8" s="7" t="inlineStr">
+      <c r="YC8" s="7" t="inlineStr">
         <is>
           <t>2013M06</t>
         </is>
       </c>
-      <c r="YA8" s="7" t="inlineStr">
+      <c r="YD8" s="7" t="inlineStr">
         <is>
           <t>2013M05</t>
         </is>
       </c>
-      <c r="YB8" s="7" t="inlineStr">
+      <c r="YE8" s="7" t="inlineStr">
         <is>
           <t>2013M04</t>
         </is>
       </c>
-      <c r="YC8" s="7" t="inlineStr">
+      <c r="YF8" s="7" t="inlineStr">
         <is>
           <t>2013M03</t>
         </is>
       </c>
-      <c r="YD8" s="7" t="inlineStr">
+      <c r="YG8" s="7" t="inlineStr">
         <is>
           <t>2013M02</t>
         </is>
       </c>
-      <c r="YE8" s="7" t="inlineStr">
+      <c r="YH8" s="7" t="inlineStr">
         <is>
           <t>2013M01</t>
         </is>
       </c>
-      <c r="YF8" s="7" t="inlineStr">
+      <c r="YI8" s="7" t="inlineStr">
         <is>
           <t>2012M12</t>
         </is>
       </c>
-      <c r="YG8" s="7" t="inlineStr">
+      <c r="YJ8" s="7" t="inlineStr">
         <is>
           <t>2012M11</t>
         </is>
       </c>
-      <c r="YH8" s="7" t="inlineStr">
+      <c r="YK8" s="7" t="inlineStr">
         <is>
           <t>2012M10</t>
         </is>
       </c>
-      <c r="YI8" s="7" t="inlineStr">
+      <c r="YL8" s="7" t="inlineStr">
         <is>
           <t>2012M09</t>
         </is>
       </c>
-      <c r="YJ8" s="7" t="inlineStr">
+      <c r="YM8" s="7" t="inlineStr">
         <is>
           <t>2012M08</t>
         </is>
       </c>
-      <c r="YK8" s="7" t="inlineStr">
+      <c r="YN8" s="7" t="inlineStr">
         <is>
           <t>2012M07</t>
         </is>
       </c>
-      <c r="YL8" s="7" t="inlineStr">
+      <c r="YO8" s="7" t="inlineStr">
         <is>
           <t>2012M06</t>
         </is>
       </c>
-      <c r="YM8" s="7" t="inlineStr">
+      <c r="YP8" s="7" t="inlineStr">
         <is>
           <t>2012M05</t>
         </is>
       </c>
-      <c r="YN8" s="7" t="inlineStr">
+      <c r="YQ8" s="7" t="inlineStr">
         <is>
           <t>2012M04</t>
         </is>
       </c>
-      <c r="YO8" s="7" t="inlineStr">
+      <c r="YR8" s="7" t="inlineStr">
         <is>
           <t>2012M03</t>
         </is>
       </c>
-      <c r="YP8" s="7" t="inlineStr">
+      <c r="YS8" s="7" t="inlineStr">
         <is>
           <t>2012M02</t>
         </is>
       </c>
-      <c r="YQ8" s="7" t="inlineStr">
+      <c r="YT8" s="7" t="inlineStr">
         <is>
           <t>2012M01</t>
         </is>
       </c>
-      <c r="YR8" s="7" t="inlineStr">
+      <c r="YU8" s="7" t="inlineStr">
         <is>
           <t>2011M12</t>
         </is>
       </c>
-      <c r="YS8" s="7" t="inlineStr">
+      <c r="YV8" s="7" t="inlineStr">
         <is>
           <t>2011M11</t>
         </is>
       </c>
-      <c r="YT8" s="7" t="inlineStr">
+      <c r="YW8" s="7" t="inlineStr">
         <is>
           <t>2011M10</t>
         </is>
       </c>
-      <c r="YU8" s="7" t="inlineStr">
+      <c r="YX8" s="7" t="inlineStr">
         <is>
           <t>2011M09</t>
         </is>
       </c>
-      <c r="YV8" s="7" t="inlineStr">
+      <c r="YY8" s="7" t="inlineStr">
         <is>
           <t>2011M08</t>
         </is>
       </c>
-      <c r="YW8" s="7" t="inlineStr">
+      <c r="YZ8" s="7" t="inlineStr">
         <is>
           <t>2011M07</t>
         </is>
       </c>
-      <c r="YX8" s="7" t="inlineStr">
+      <c r="ZA8" s="7" t="inlineStr">
         <is>
           <t>2011M06</t>
         </is>
       </c>
-      <c r="YY8" s="7" t="inlineStr">
+      <c r="ZB8" s="7" t="inlineStr">
         <is>
           <t>2011M05</t>
         </is>
       </c>
-      <c r="YZ8" s="7" t="inlineStr">
+      <c r="ZC8" s="7" t="inlineStr">
         <is>
           <t>2011M04</t>
         </is>
       </c>
-      <c r="ZA8" s="7" t="inlineStr">
+      <c r="ZD8" s="7" t="inlineStr">
         <is>
           <t>2011M03</t>
         </is>
       </c>
-      <c r="ZB8" s="7" t="inlineStr">
+      <c r="ZE8" s="7" t="inlineStr">
         <is>
           <t>2011M02</t>
         </is>
       </c>
-      <c r="ZC8" s="7" t="inlineStr">
+      <c r="ZF8" s="7" t="inlineStr">
         <is>
           <t>2011M01</t>
         </is>
       </c>
-      <c r="ZD8" s="7" t="inlineStr">
+      <c r="ZG8" s="7" t="inlineStr">
         <is>
           <t>2010M12</t>
         </is>
       </c>
-      <c r="ZE8" s="7" t="inlineStr">
+      <c r="ZH8" s="7" t="inlineStr">
         <is>
           <t>2010M11</t>
         </is>
       </c>
-      <c r="ZF8" s="7" t="inlineStr">
+      <c r="ZI8" s="7" t="inlineStr">
         <is>
           <t>2010M10</t>
         </is>
       </c>
-      <c r="ZG8" s="7" t="inlineStr">
+      <c r="ZJ8" s="7" t="inlineStr">
         <is>
           <t>2010M09</t>
         </is>
       </c>
-      <c r="ZH8" s="7" t="inlineStr">
+      <c r="ZK8" s="7" t="inlineStr">
         <is>
           <t>2010M08</t>
         </is>
       </c>
-      <c r="ZI8" s="7" t="inlineStr">
+      <c r="ZL8" s="7" t="inlineStr">
         <is>
           <t>2010M07</t>
         </is>
       </c>
-      <c r="ZJ8" s="7" t="inlineStr">
+      <c r="ZM8" s="7" t="inlineStr">
         <is>
           <t>2010M06</t>
         </is>
       </c>
-      <c r="ZK8" s="7" t="inlineStr">
+      <c r="ZN8" s="7" t="inlineStr">
         <is>
           <t>2010M05</t>
         </is>
       </c>
-      <c r="ZL8" s="7" t="inlineStr">
+      <c r="ZO8" s="7" t="inlineStr">
         <is>
           <t>2010M04</t>
         </is>
       </c>
-      <c r="ZM8" s="7" t="inlineStr">
+      <c r="ZP8" s="7" t="inlineStr">
         <is>
           <t>2010M03</t>
         </is>
       </c>
-      <c r="ZN8" s="7" t="inlineStr">
+      <c r="ZQ8" s="7" t="inlineStr">
         <is>
           <t>2010M02</t>
         </is>
       </c>
-      <c r="ZO8" s="7" t="inlineStr">
+      <c r="ZR8" s="7" t="inlineStr">
         <is>
           <t>2010M01</t>
         </is>
       </c>
-      <c r="ZP8" s="7" t="inlineStr">
+      <c r="ZS8" s="7" t="inlineStr">
         <is>
           <t>2009M12</t>
         </is>
       </c>
-      <c r="ZQ8" s="7" t="inlineStr">
+      <c r="ZT8" s="7" t="inlineStr">
         <is>
           <t>2009M11</t>
         </is>
       </c>
-      <c r="ZR8" s="7" t="inlineStr">
+      <c r="ZU8" s="7" t="inlineStr">
         <is>
           <t>2009M10</t>
         </is>
       </c>
-      <c r="ZS8" s="7" t="inlineStr">
+      <c r="ZV8" s="7" t="inlineStr">
         <is>
           <t>2009M09</t>
         </is>
       </c>
-      <c r="ZT8" s="7" t="inlineStr">
+      <c r="ZW8" s="7" t="inlineStr">
         <is>
           <t>2009M08</t>
         </is>
       </c>
-      <c r="ZU8" s="7" t="inlineStr">
+      <c r="ZX8" s="7" t="inlineStr">
         <is>
           <t>2009M07</t>
         </is>
       </c>
-      <c r="ZV8" s="7" t="inlineStr">
+      <c r="ZY8" s="7" t="inlineStr">
         <is>
           <t>2009M06</t>
         </is>
       </c>
-      <c r="ZW8" s="7" t="inlineStr">
+      <c r="ZZ8" s="7" t="inlineStr">
         <is>
           <t>2009M05</t>
         </is>
       </c>
-      <c r="ZX8" s="7" t="inlineStr">
+      <c r="AAA8" s="7" t="inlineStr">
         <is>
           <t>2009M04</t>
         </is>
       </c>
-      <c r="ZY8" s="7" t="inlineStr">
+      <c r="AAB8" s="7" t="inlineStr">
         <is>
           <t>2009M03</t>
         </is>
       </c>
-      <c r="ZZ8" s="7" t="inlineStr">
+      <c r="AAC8" s="7" t="inlineStr">
         <is>
           <t>2009M02</t>
         </is>
       </c>
-      <c r="AAA8" s="7" t="inlineStr">
+      <c r="AAD8" s="7" t="inlineStr">
         <is>
           <t>2009M01</t>
         </is>
       </c>
-      <c r="AAB8" s="7" t="inlineStr">
+      <c r="AAE8" s="7" t="inlineStr">
         <is>
           <t>2008M12</t>
         </is>
       </c>
-      <c r="AAC8" s="7" t="inlineStr">
+      <c r="AAF8" s="7" t="inlineStr">
         <is>
           <t>2008M11</t>
         </is>
       </c>
-      <c r="AAD8" s="7" t="inlineStr">
+      <c r="AAG8" s="7" t="inlineStr">
         <is>
           <t>2008M10</t>
         </is>
       </c>
-      <c r="AAE8" s="7" t="inlineStr">
+      <c r="AAH8" s="7" t="inlineStr">
         <is>
           <t>2008M09</t>
         </is>
       </c>
-      <c r="AAF8" s="7" t="inlineStr">
+      <c r="AAI8" s="7" t="inlineStr">
         <is>
           <t>2008M08</t>
         </is>
       </c>
-      <c r="AAG8" s="7" t="inlineStr">
+      <c r="AAJ8" s="7" t="inlineStr">
         <is>
           <t>2008M07</t>
         </is>
       </c>
-      <c r="AAH8" s="7" t="inlineStr">
+      <c r="AAK8" s="7" t="inlineStr">
         <is>
           <t>2008M06</t>
         </is>
       </c>
-      <c r="AAI8" s="7" t="inlineStr">
+      <c r="AAL8" s="7" t="inlineStr">
         <is>
           <t>2008M05</t>
         </is>
       </c>
-      <c r="AAJ8" s="7" t="inlineStr">
+      <c r="AAM8" s="7" t="inlineStr">
         <is>
           <t>2008M04</t>
         </is>
       </c>
-      <c r="AAK8" s="7" t="inlineStr">
+      <c r="AAN8" s="7" t="inlineStr">
         <is>
           <t>2008M03</t>
         </is>
       </c>
-      <c r="AAL8" s="7" t="inlineStr">
+      <c r="AAO8" s="7" t="inlineStr">
         <is>
           <t>2008M02</t>
         </is>
       </c>
-      <c r="AAM8" s="7" t="inlineStr">
+      <c r="AAP8" s="7" t="inlineStr">
         <is>
           <t>2008M01</t>
         </is>
       </c>
-      <c r="AAN8" s="7" t="inlineStr">
+      <c r="AAQ8" s="7" t="inlineStr">
         <is>
           <t>2007M12</t>
         </is>
       </c>
-      <c r="AAO8" s="7" t="inlineStr">
+      <c r="AAR8" s="7" t="inlineStr">
         <is>
           <t>2007M11</t>
         </is>
       </c>
-      <c r="AAP8" s="7" t="inlineStr">
+      <c r="AAS8" s="7" t="inlineStr">
         <is>
           <t>2007M10</t>
         </is>
       </c>
-      <c r="AAQ8" s="7" t="inlineStr">
+      <c r="AAT8" s="7" t="inlineStr">
         <is>
           <t>2007M09</t>
         </is>
       </c>
-      <c r="AAR8" s="7" t="inlineStr">
+      <c r="AAU8" s="7" t="inlineStr">
         <is>
           <t>2007M08</t>
         </is>
       </c>
-      <c r="AAS8" s="7" t="inlineStr">
+      <c r="AAV8" s="7" t="inlineStr">
         <is>
           <t>2007M07</t>
         </is>
       </c>
-      <c r="AAT8" s="7" t="inlineStr">
+      <c r="AAW8" s="7" t="inlineStr">
         <is>
           <t>2007M06</t>
         </is>
       </c>
-      <c r="AAU8" s="7" t="inlineStr">
+      <c r="AAX8" s="7" t="inlineStr">
         <is>
           <t>2007M05</t>
         </is>
       </c>
-      <c r="AAV8" s="7" t="inlineStr">
+      <c r="AAY8" s="7" t="inlineStr">
         <is>
           <t>2007M04</t>
         </is>
       </c>
-      <c r="AAW8" s="7" t="inlineStr">
+      <c r="AAZ8" s="7" t="inlineStr">
         <is>
           <t>2007M03</t>
         </is>
       </c>
-      <c r="AAX8" s="7" t="inlineStr">
+      <c r="ABA8" s="7" t="inlineStr">
         <is>
           <t>2007M02</t>
         </is>
       </c>
-      <c r="AAY8" s="7" t="inlineStr">
+      <c r="ABB8" s="7" t="inlineStr">
         <is>
           <t>2007M01</t>
         </is>
       </c>
-      <c r="AAZ8" s="7" t="inlineStr">
+      <c r="ABC8" s="7" t="inlineStr">
         <is>
           <t>2006M12</t>
         </is>
       </c>
-      <c r="ABA8" s="7" t="inlineStr">
+      <c r="ABD8" s="7" t="inlineStr">
         <is>
           <t>2006M11</t>
         </is>
       </c>
-      <c r="ABB8" s="7" t="inlineStr">
+      <c r="ABE8" s="7" t="inlineStr">
         <is>
           <t>2006M10</t>
         </is>
       </c>
-      <c r="ABC8" s="7" t="inlineStr">
+      <c r="ABF8" s="7" t="inlineStr">
         <is>
           <t>2006M09</t>
         </is>
       </c>
-      <c r="ABD8" s="7" t="inlineStr">
+      <c r="ABG8" s="7" t="inlineStr">
         <is>
           <t>2006M08</t>
         </is>
       </c>
-      <c r="ABE8" s="7" t="inlineStr">
+      <c r="ABH8" s="7" t="inlineStr">
         <is>
           <t>2006M07</t>
         </is>
       </c>
-      <c r="ABF8" s="7" t="inlineStr">
+      <c r="ABI8" s="7" t="inlineStr">
         <is>
           <t>2006M06</t>
         </is>
       </c>
-      <c r="ABG8" s="7" t="inlineStr">
+      <c r="ABJ8" s="7" t="inlineStr">
         <is>
           <t>2006M05</t>
         </is>
       </c>
-      <c r="ABH8" s="7" t="inlineStr">
+      <c r="ABK8" s="7" t="inlineStr">
         <is>
           <t>2006M04</t>
         </is>
       </c>
-      <c r="ABI8" s="7" t="inlineStr">
+      <c r="ABL8" s="7" t="inlineStr">
         <is>
           <t>2006M03</t>
         </is>
       </c>
-      <c r="ABJ8" s="7" t="inlineStr">
+      <c r="ABM8" s="7" t="inlineStr">
         <is>
           <t>2006M02</t>
         </is>
       </c>
-      <c r="ABK8" s="7" t="inlineStr">
+      <c r="ABN8" s="7" t="inlineStr">
         <is>
           <t>2006M01</t>
         </is>
       </c>
-      <c r="ABL8" s="7" t="inlineStr">
+      <c r="ABO8" s="7" t="inlineStr">
         <is>
           <t>2005M12</t>
         </is>
       </c>
-      <c r="ABM8" s="7" t="inlineStr">
+      <c r="ABP8" s="7" t="inlineStr">
         <is>
           <t>2005M11</t>
         </is>
       </c>
-      <c r="ABN8" s="7" t="inlineStr">
+      <c r="ABQ8" s="7" t="inlineStr">
         <is>
           <t>2005M10</t>
         </is>
       </c>
-      <c r="ABO8" s="7" t="inlineStr">
+      <c r="ABR8" s="7" t="inlineStr">
         <is>
           <t>2005M09</t>
         </is>
       </c>
-      <c r="ABP8" s="7" t="inlineStr">
+      <c r="ABS8" s="7" t="inlineStr">
         <is>
           <t>2005M08</t>
         </is>
       </c>
-      <c r="ABQ8" s="7" t="inlineStr">
+      <c r="ABT8" s="7" t="inlineStr">
         <is>
           <t>2005M07</t>
         </is>
       </c>
-      <c r="ABR8" s="7" t="inlineStr">
+      <c r="ABU8" s="7" t="inlineStr">
         <is>
           <t>2005M06</t>
         </is>
       </c>
-      <c r="ABS8" s="7" t="inlineStr">
+      <c r="ABV8" s="7" t="inlineStr">
         <is>
           <t>2005M05</t>
         </is>
       </c>
-      <c r="ABT8" s="7" t="inlineStr">
+      <c r="ABW8" s="7" t="inlineStr">
         <is>
           <t>2005M04</t>
         </is>
       </c>
-      <c r="ABU8" s="7" t="inlineStr">
+      <c r="ABX8" s="7" t="inlineStr">
         <is>
           <t>2005M03</t>
         </is>
       </c>
-      <c r="ABV8" s="7" t="inlineStr">
+      <c r="ABY8" s="7" t="inlineStr">
         <is>
           <t>2005M02</t>
         </is>
       </c>
-      <c r="ABW8" s="7" t="inlineStr">
+      <c r="ABZ8" s="7" t="inlineStr">
         <is>
           <t>2005M01</t>
         </is>
       </c>
-      <c r="ABX8" s="7" t="inlineStr">
+      <c r="ACA8" s="7" t="inlineStr">
+        <is>
+          <t>2025M11</t>
+        </is>
+      </c>
+      <c r="ACB8" s="7" t="inlineStr">
         <is>
           <t>2025M10</t>
         </is>
       </c>
-      <c r="ABY8" s="7" t="inlineStr">
+      <c r="ACC8" s="7" t="inlineStr">
         <is>
           <t>2025M09</t>
         </is>
       </c>
-      <c r="ABZ8" s="7" t="inlineStr">
+      <c r="ACD8" s="7" t="inlineStr">
         <is>
           <t>2025M08</t>
         </is>
       </c>
-      <c r="ACA8" s="7" t="inlineStr">
+      <c r="ACE8" s="7" t="inlineStr">
         <is>
           <t>2025M07</t>
         </is>
       </c>
-      <c r="ACB8" s="7" t="inlineStr">
+      <c r="ACF8" s="7" t="inlineStr">
         <is>
           <t>2025M06</t>
         </is>
       </c>
-      <c r="ACC8" s="7" t="inlineStr">
+      <c r="ACG8" s="7" t="inlineStr">
         <is>
           <t>2025M05</t>
         </is>
       </c>
-      <c r="ACD8" s="7" t="inlineStr">
+      <c r="ACH8" s="7" t="inlineStr">
         <is>
           <t>2025M04</t>
         </is>
       </c>
-      <c r="ACE8" s="7" t="inlineStr">
+      <c r="ACI8" s="7" t="inlineStr">
         <is>
           <t>2025M03</t>
         </is>
       </c>
-      <c r="ACF8" s="7" t="inlineStr">
+      <c r="ACJ8" s="7" t="inlineStr">
         <is>
           <t>2025M02</t>
         </is>
       </c>
-      <c r="ACG8" s="7" t="inlineStr">
+      <c r="ACK8" s="7" t="inlineStr">
         <is>
           <t>2025M01</t>
         </is>
       </c>
-      <c r="ACH8" s="7" t="inlineStr">
+      <c r="ACL8" s="7" t="inlineStr">
         <is>
           <t>2024M12</t>
         </is>
       </c>
-      <c r="ACI8" s="7" t="inlineStr">
+      <c r="ACM8" s="7" t="inlineStr">
         <is>
           <t>2024M11</t>
         </is>
       </c>
-      <c r="ACJ8" s="7" t="inlineStr">
+      <c r="ACN8" s="7" t="inlineStr">
         <is>
           <t>2024M10</t>
         </is>
       </c>
-      <c r="ACK8" s="7" t="inlineStr">
+      <c r="ACO8" s="7" t="inlineStr">
         <is>
           <t>2024M09</t>
         </is>
       </c>
-      <c r="ACL8" s="7" t="inlineStr">
+      <c r="ACP8" s="7" t="inlineStr">
         <is>
           <t>2024M08</t>
         </is>
       </c>
-      <c r="ACM8" s="7" t="inlineStr">
+      <c r="ACQ8" s="7" t="inlineStr">
         <is>
           <t>2024M07</t>
         </is>
       </c>
-      <c r="ACN8" s="7" t="inlineStr">
+      <c r="ACR8" s="7" t="inlineStr">
         <is>
           <t>2024M06</t>
         </is>
       </c>
-      <c r="ACO8" s="7" t="inlineStr">
+      <c r="ACS8" s="7" t="inlineStr">
         <is>
           <t>2024M05</t>
         </is>
       </c>
-      <c r="ACP8" s="7" t="inlineStr">
+      <c r="ACT8" s="7" t="inlineStr">
         <is>
           <t>2024M04</t>
         </is>
       </c>
-      <c r="ACQ8" s="7" t="inlineStr">
+      <c r="ACU8" s="7" t="inlineStr">
         <is>
           <t>2024M03</t>
         </is>
       </c>
-      <c r="ACR8" s="7" t="inlineStr">
+      <c r="ACV8" s="7" t="inlineStr">
         <is>
           <t>2024M02</t>
         </is>
       </c>
-      <c r="ACS8" s="7" t="inlineStr">
+      <c r="ACW8" s="7" t="inlineStr">
         <is>
           <t>2024M01</t>
         </is>
       </c>
-      <c r="ACT8" s="7" t="inlineStr">
+      <c r="ACX8" s="7" t="inlineStr">
         <is>
           <t>2023M12</t>
         </is>
       </c>
-      <c r="ACU8" s="7" t="inlineStr">
+      <c r="ACY8" s="7" t="inlineStr">
         <is>
           <t>2023M11</t>
         </is>
       </c>
-      <c r="ACV8" s="7" t="inlineStr">
+      <c r="ACZ8" s="7" t="inlineStr">
         <is>
           <t>2023M10</t>
         </is>
       </c>
-      <c r="ACW8" s="7" t="inlineStr">
+      <c r="ADA8" s="7" t="inlineStr">
         <is>
           <t>2023M09</t>
         </is>
       </c>
-      <c r="ACX8" s="7" t="inlineStr">
+      <c r="ADB8" s="7" t="inlineStr">
         <is>
           <t>2023M08</t>
         </is>
       </c>
-      <c r="ACY8" s="7" t="inlineStr">
+      <c r="ADC8" s="7" t="inlineStr">
         <is>
           <t>2023M07</t>
         </is>
       </c>
-      <c r="ACZ8" s="7" t="inlineStr">
+      <c r="ADD8" s="7" t="inlineStr">
         <is>
           <t>2023M06</t>
         </is>
       </c>
-      <c r="ADA8" s="7" t="inlineStr">
+      <c r="ADE8" s="7" t="inlineStr">
         <is>
           <t>2023M05</t>
         </is>
       </c>
-      <c r="ADB8" s="7" t="inlineStr">
+      <c r="ADF8" s="7" t="inlineStr">
         <is>
           <t>2023M04</t>
         </is>
       </c>
-      <c r="ADC8" s="7" t="inlineStr">
+      <c r="ADG8" s="7" t="inlineStr">
         <is>
           <t>2023M03</t>
         </is>
       </c>
-      <c r="ADD8" s="7" t="inlineStr">
+      <c r="ADH8" s="7" t="inlineStr">
         <is>
           <t>2023M02</t>
         </is>
       </c>
-      <c r="ADE8" s="7" t="inlineStr">
+      <c r="ADI8" s="7" t="inlineStr">
         <is>
           <t>2023M01</t>
         </is>
       </c>
-      <c r="ADF8" s="7" t="inlineStr">
+      <c r="ADJ8" s="7" t="inlineStr">
         <is>
           <t>2022M12</t>
         </is>
       </c>
-      <c r="ADG8" s="7" t="inlineStr">
+      <c r="ADK8" s="7" t="inlineStr">
         <is>
           <t>2022M11</t>
         </is>
       </c>
-      <c r="ADH8" s="7" t="inlineStr">
+      <c r="ADL8" s="7" t="inlineStr">
         <is>
           <t>2022M10</t>
         </is>
       </c>
-      <c r="ADI8" s="7" t="inlineStr">
+      <c r="ADM8" s="7" t="inlineStr">
         <is>
           <t>2022M09</t>
         </is>
       </c>
-      <c r="ADJ8" s="7" t="inlineStr">
+      <c r="ADN8" s="7" t="inlineStr">
         <is>
           <t>2022M08</t>
         </is>
       </c>
-      <c r="ADK8" s="7" t="inlineStr">
+      <c r="ADO8" s="7" t="inlineStr">
         <is>
           <t>2022M07</t>
         </is>
       </c>
-      <c r="ADL8" s="7" t="inlineStr">
+      <c r="ADP8" s="7" t="inlineStr">
         <is>
           <t>2022M06</t>
         </is>
       </c>
-      <c r="ADM8" s="7" t="inlineStr">
+      <c r="ADQ8" s="7" t="inlineStr">
         <is>
           <t>2022M05</t>
         </is>
       </c>
-      <c r="ADN8" s="7" t="inlineStr">
+      <c r="ADR8" s="7" t="inlineStr">
         <is>
           <t>2022M04</t>
         </is>
       </c>
-      <c r="ADO8" s="7" t="inlineStr">
+      <c r="ADS8" s="7" t="inlineStr">
         <is>
           <t>2022M03</t>
         </is>
       </c>
-      <c r="ADP8" s="7" t="inlineStr">
+      <c r="ADT8" s="7" t="inlineStr">
         <is>
           <t>2022M02</t>
         </is>
       </c>
-      <c r="ADQ8" s="7" t="inlineStr">
+      <c r="ADU8" s="7" t="inlineStr">
         <is>
           <t>2022M01</t>
         </is>
       </c>
-      <c r="ADR8" s="7" t="inlineStr">
+      <c r="ADV8" s="7" t="inlineStr">
         <is>
           <t>2021M12</t>
         </is>
       </c>
-      <c r="ADS8" s="7" t="inlineStr">
+      <c r="ADW8" s="7" t="inlineStr">
         <is>
           <t>2021M11</t>
         </is>
       </c>
-      <c r="ADT8" s="7" t="inlineStr">
+      <c r="ADX8" s="7" t="inlineStr">
         <is>
           <t>2021M10</t>
         </is>
       </c>
-      <c r="ADU8" s="7" t="inlineStr">
+      <c r="ADY8" s="7" t="inlineStr">
         <is>
           <t>2021M09</t>
         </is>
       </c>
-      <c r="ADV8" s="7" t="inlineStr">
+      <c r="ADZ8" s="7" t="inlineStr">
         <is>
           <t>2021M08</t>
         </is>
       </c>
-      <c r="ADW8" s="7" t="inlineStr">
+      <c r="AEA8" s="7" t="inlineStr">
         <is>
           <t>2021M07</t>
         </is>
       </c>
-      <c r="ADX8" s="7" t="inlineStr">
+      <c r="AEB8" s="7" t="inlineStr">
         <is>
           <t>2021M06</t>
         </is>
       </c>
-      <c r="ADY8" s="7" t="inlineStr">
+      <c r="AEC8" s="7" t="inlineStr">
         <is>
           <t>2021M05</t>
         </is>
       </c>
-      <c r="ADZ8" s="7" t="inlineStr">
+      <c r="AED8" s="7" t="inlineStr">
         <is>
           <t>2021M04</t>
         </is>
       </c>
-      <c r="AEA8" s="7" t="inlineStr">
+      <c r="AEE8" s="7" t="inlineStr">
         <is>
           <t>2021M03</t>
         </is>
       </c>
-      <c r="AEB8" s="7" t="inlineStr">
+      <c r="AEF8" s="7" t="inlineStr">
         <is>
           <t>2021M02</t>
         </is>
       </c>
-      <c r="AEC8" s="7" t="inlineStr">
+      <c r="AEG8" s="7" t="inlineStr">
         <is>
           <t>2021M01</t>
         </is>
       </c>
-      <c r="AED8" s="7" t="inlineStr">
+      <c r="AEH8" s="7" t="inlineStr">
         <is>
           <t>2020M12</t>
         </is>
       </c>
-      <c r="AEE8" s="7" t="inlineStr">
+      <c r="AEI8" s="7" t="inlineStr">
         <is>
           <t>2020M11</t>
         </is>
       </c>
-      <c r="AEF8" s="7" t="inlineStr">
+      <c r="AEJ8" s="7" t="inlineStr">
         <is>
           <t>2020M10</t>
         </is>
       </c>
-      <c r="AEG8" s="7" t="inlineStr">
+      <c r="AEK8" s="7" t="inlineStr">
         <is>
           <t>2020M09</t>
         </is>
       </c>
-      <c r="AEH8" s="7" t="inlineStr">
+      <c r="AEL8" s="7" t="inlineStr">
         <is>
           <t>2020M08</t>
         </is>
       </c>
-      <c r="AEI8" s="7" t="inlineStr">
+      <c r="AEM8" s="7" t="inlineStr">
         <is>
           <t>2020M07</t>
         </is>
       </c>
-      <c r="AEJ8" s="7" t="inlineStr">
+      <c r="AEN8" s="7" t="inlineStr">
         <is>
           <t>2020M06</t>
         </is>
       </c>
-      <c r="AEK8" s="7" t="inlineStr">
+      <c r="AEO8" s="7" t="inlineStr">
         <is>
           <t>2020M05</t>
         </is>
       </c>
-      <c r="AEL8" s="7" t="inlineStr">
+      <c r="AEP8" s="7" t="inlineStr">
         <is>
           <t>2020M04</t>
         </is>
       </c>
-      <c r="AEM8" s="7" t="inlineStr">
+      <c r="AEQ8" s="7" t="inlineStr">
         <is>
           <t>2020M03</t>
         </is>
       </c>
-      <c r="AEN8" s="7" t="inlineStr">
+      <c r="AER8" s="7" t="inlineStr">
         <is>
           <t>2020M02</t>
         </is>
       </c>
-      <c r="AEO8" s="7" t="inlineStr">
+      <c r="AES8" s="7" t="inlineStr">
         <is>
           <t>2020M01</t>
         </is>
       </c>
-      <c r="AEP8" s="7" t="inlineStr">
+      <c r="AET8" s="7" t="inlineStr">
         <is>
           <t>2019M12</t>
         </is>
       </c>
-      <c r="AEQ8" s="7" t="inlineStr">
+      <c r="AEU8" s="7" t="inlineStr">
         <is>
           <t>2019M11</t>
         </is>
       </c>
-      <c r="AER8" s="7" t="inlineStr">
+      <c r="AEV8" s="7" t="inlineStr">
         <is>
           <t>2019M10</t>
         </is>
       </c>
-      <c r="AES8" s="7" t="inlineStr">
+      <c r="AEW8" s="7" t="inlineStr">
         <is>
           <t>2019M09</t>
         </is>
       </c>
-      <c r="AET8" s="7" t="inlineStr">
+      <c r="AEX8" s="7" t="inlineStr">
         <is>
           <t>2019M08</t>
         </is>
       </c>
-      <c r="AEU8" s="7" t="inlineStr">
+      <c r="AEY8" s="7" t="inlineStr">
         <is>
           <t>2019M07</t>
         </is>
       </c>
-      <c r="AEV8" s="7" t="inlineStr">
+      <c r="AEZ8" s="7" t="inlineStr">
         <is>
           <t>2019M06</t>
         </is>
       </c>
-      <c r="AEW8" s="7" t="inlineStr">
+      <c r="AFA8" s="7" t="inlineStr">
         <is>
           <t>2019M05</t>
         </is>
       </c>
-      <c r="AEX8" s="7" t="inlineStr">
+      <c r="AFB8" s="7" t="inlineStr">
         <is>
           <t>2019M04</t>
         </is>
       </c>
-      <c r="AEY8" s="7" t="inlineStr">
+      <c r="AFC8" s="7" t="inlineStr">
         <is>
           <t>2019M03</t>
         </is>
       </c>
-      <c r="AEZ8" s="7" t="inlineStr">
+      <c r="AFD8" s="7" t="inlineStr">
         <is>
           <t>2019M02</t>
         </is>
       </c>
-      <c r="AFA8" s="7" t="inlineStr">
+      <c r="AFE8" s="7" t="inlineStr">
         <is>
           <t>2019M01</t>
         </is>
       </c>
-      <c r="AFB8" s="7" t="inlineStr">
+      <c r="AFF8" s="7" t="inlineStr">
         <is>
           <t>2018M12</t>
         </is>
       </c>
-      <c r="AFC8" s="7" t="inlineStr">
+      <c r="AFG8" s="7" t="inlineStr">
         <is>
           <t>2018M11</t>
         </is>
       </c>
-      <c r="AFD8" s="7" t="inlineStr">
+      <c r="AFH8" s="7" t="inlineStr">
         <is>
           <t>2018M10</t>
         </is>
       </c>
-      <c r="AFE8" s="7" t="inlineStr">
+      <c r="AFI8" s="7" t="inlineStr">
         <is>
           <t>2018M09</t>
         </is>
       </c>
-      <c r="AFF8" s="7" t="inlineStr">
+      <c r="AFJ8" s="7" t="inlineStr">
         <is>
           <t>2018M08</t>
         </is>
       </c>
-      <c r="AFG8" s="7" t="inlineStr">
+      <c r="AFK8" s="7" t="inlineStr">
         <is>
           <t>2018M07</t>
         </is>
       </c>
-      <c r="AFH8" s="7" t="inlineStr">
+      <c r="AFL8" s="7" t="inlineStr">
         <is>
           <t>2018M06</t>
         </is>
       </c>
-      <c r="AFI8" s="7" t="inlineStr">
+      <c r="AFM8" s="7" t="inlineStr">
         <is>
           <t>2018M05</t>
         </is>
       </c>
-      <c r="AFJ8" s="7" t="inlineStr">
+      <c r="AFN8" s="7" t="inlineStr">
         <is>
           <t>2018M04</t>
         </is>
       </c>
-      <c r="AFK8" s="7" t="inlineStr">
+      <c r="AFO8" s="7" t="inlineStr">
         <is>
           <t>2018M03</t>
         </is>
       </c>
-      <c r="AFL8" s="7" t="inlineStr">
+      <c r="AFP8" s="7" t="inlineStr">
         <is>
           <t>2018M02</t>
         </is>
       </c>
-      <c r="AFM8" s="7" t="inlineStr">
+      <c r="AFQ8" s="7" t="inlineStr">
         <is>
           <t>2018M01</t>
         </is>
       </c>
-      <c r="AFN8" s="7" t="inlineStr">
+      <c r="AFR8" s="7" t="inlineStr">
         <is>
           <t>2017M12</t>
         </is>
       </c>
-      <c r="AFO8" s="7" t="inlineStr">
+      <c r="AFS8" s="7" t="inlineStr">
         <is>
           <t>2017M11</t>
         </is>
       </c>
-      <c r="AFP8" s="7" t="inlineStr">
+      <c r="AFT8" s="7" t="inlineStr">
         <is>
           <t>2017M10</t>
         </is>
       </c>
-      <c r="AFQ8" s="7" t="inlineStr">
+      <c r="AFU8" s="7" t="inlineStr">
         <is>
           <t>2017M09</t>
         </is>
       </c>
-      <c r="AFR8" s="7" t="inlineStr">
+      <c r="AFV8" s="7" t="inlineStr">
         <is>
           <t>2017M08</t>
         </is>
       </c>
-      <c r="AFS8" s="7" t="inlineStr">
+      <c r="AFW8" s="7" t="inlineStr">
         <is>
           <t>2017M07</t>
         </is>
       </c>
-      <c r="AFT8" s="7" t="inlineStr">
+      <c r="AFX8" s="7" t="inlineStr">
         <is>
           <t>2017M06</t>
         </is>
       </c>
-      <c r="AFU8" s="7" t="inlineStr">
+      <c r="AFY8" s="7" t="inlineStr">
         <is>
           <t>2017M05</t>
         </is>
       </c>
-      <c r="AFV8" s="7" t="inlineStr">
+      <c r="AFZ8" s="7" t="inlineStr">
         <is>
           <t>2017M04</t>
         </is>
       </c>
-      <c r="AFW8" s="7" t="inlineStr">
+      <c r="AGA8" s="7" t="inlineStr">
         <is>
           <t>2017M03</t>
         </is>
       </c>
-      <c r="AFX8" s="7" t="inlineStr">
+      <c r="AGB8" s="7" t="inlineStr">
         <is>
           <t>2017M02</t>
         </is>
       </c>
-      <c r="AFY8" s="7" t="inlineStr">
+      <c r="AGC8" s="7" t="inlineStr">
         <is>
           <t>2017M01</t>
         </is>
       </c>
-      <c r="AFZ8" s="7" t="inlineStr">
+      <c r="AGD8" s="7" t="inlineStr">
         <is>
           <t>2016M12</t>
         </is>
       </c>
-      <c r="AGA8" s="7" t="inlineStr">
+      <c r="AGE8" s="7" t="inlineStr">
         <is>
           <t>2016M11</t>
         </is>
       </c>
-      <c r="AGB8" s="7" t="inlineStr">
+      <c r="AGF8" s="7" t="inlineStr">
         <is>
           <t>2016M10</t>
         </is>
       </c>
-      <c r="AGC8" s="7" t="inlineStr">
+      <c r="AGG8" s="7" t="inlineStr">
         <is>
           <t>2016M09</t>
         </is>
       </c>
-      <c r="AGD8" s="7" t="inlineStr">
+      <c r="AGH8" s="7" t="inlineStr">
         <is>
           <t>2016M08</t>
         </is>
       </c>
-      <c r="AGE8" s="7" t="inlineStr">
+      <c r="AGI8" s="7" t="inlineStr">
         <is>
           <t>2016M07</t>
         </is>
       </c>
-      <c r="AGF8" s="7" t="inlineStr">
+      <c r="AGJ8" s="7" t="inlineStr">
         <is>
           <t>2016M06</t>
         </is>
       </c>
-      <c r="AGG8" s="7" t="inlineStr">
+      <c r="AGK8" s="7" t="inlineStr">
         <is>
           <t>2016M05</t>
         </is>
       </c>
-      <c r="AGH8" s="7" t="inlineStr">
+      <c r="AGL8" s="7" t="inlineStr">
         <is>
           <t>2016M04</t>
         </is>
       </c>
-      <c r="AGI8" s="7" t="inlineStr">
+      <c r="AGM8" s="7" t="inlineStr">
         <is>
           <t>2016M03</t>
         </is>
       </c>
-      <c r="AGJ8" s="7" t="inlineStr">
+      <c r="AGN8" s="7" t="inlineStr">
         <is>
           <t>2016M02</t>
         </is>
       </c>
-      <c r="AGK8" s="7" t="inlineStr">
+      <c r="AGO8" s="7" t="inlineStr">
         <is>
           <t>2016M01</t>
         </is>
       </c>
-      <c r="AGL8" s="7" t="inlineStr">
+      <c r="AGP8" s="7" t="inlineStr">
         <is>
           <t>2015M12</t>
         </is>
       </c>
-      <c r="AGM8" s="7" t="inlineStr">
+      <c r="AGQ8" s="7" t="inlineStr">
         <is>
           <t>2015M11</t>
         </is>
       </c>
-      <c r="AGN8" s="7" t="inlineStr">
+      <c r="AGR8" s="7" t="inlineStr">
         <is>
           <t>2015M10</t>
         </is>
       </c>
-      <c r="AGO8" s="7" t="inlineStr">
+      <c r="AGS8" s="7" t="inlineStr">
         <is>
           <t>2015M09</t>
         </is>
       </c>
-      <c r="AGP8" s="7" t="inlineStr">
+      <c r="AGT8" s="7" t="inlineStr">
         <is>
           <t>2015M08</t>
         </is>
       </c>
-      <c r="AGQ8" s="7" t="inlineStr">
+      <c r="AGU8" s="7" t="inlineStr">
         <is>
           <t>2015M07</t>
         </is>
       </c>
-      <c r="AGR8" s="7" t="inlineStr">
+      <c r="AGV8" s="7" t="inlineStr">
         <is>
           <t>2015M06</t>
         </is>
       </c>
-      <c r="AGS8" s="7" t="inlineStr">
+      <c r="AGW8" s="7" t="inlineStr">
         <is>
           <t>2015M05</t>
         </is>
       </c>
-      <c r="AGT8" s="7" t="inlineStr">
+      <c r="AGX8" s="7" t="inlineStr">
         <is>
           <t>2015M04</t>
         </is>
       </c>
-      <c r="AGU8" s="7" t="inlineStr">
+      <c r="AGY8" s="7" t="inlineStr">
         <is>
           <t>2015M03</t>
         </is>
       </c>
-      <c r="AGV8" s="7" t="inlineStr">
+      <c r="AGZ8" s="7" t="inlineStr">
         <is>
           <t>2015M02</t>
         </is>
       </c>
-      <c r="AGW8" s="7" t="inlineStr">
+      <c r="AHA8" s="7" t="inlineStr">
         <is>
           <t>2015M01</t>
         </is>
       </c>
-      <c r="AGX8" s="7" t="inlineStr">
+      <c r="AHB8" s="7" t="inlineStr">
         <is>
           <t>2014M12</t>
         </is>
       </c>
-      <c r="AGY8" s="7" t="inlineStr">
+      <c r="AHC8" s="7" t="inlineStr">
         <is>
           <t>2014M11</t>
         </is>
       </c>
-      <c r="AGZ8" s="7" t="inlineStr">
+      <c r="AHD8" s="7" t="inlineStr">
         <is>
           <t>2014M10</t>
         </is>
       </c>
-      <c r="AHA8" s="7" t="inlineStr">
+      <c r="AHE8" s="7" t="inlineStr">
         <is>
           <t>2014M09</t>
         </is>
       </c>
-      <c r="AHB8" s="7" t="inlineStr">
+      <c r="AHF8" s="7" t="inlineStr">
         <is>
           <t>2014M08</t>
         </is>
       </c>
-      <c r="AHC8" s="7" t="inlineStr">
+      <c r="AHG8" s="7" t="inlineStr">
         <is>
           <t>2014M07</t>
         </is>
       </c>
-      <c r="AHD8" s="7" t="inlineStr">
+      <c r="AHH8" s="7" t="inlineStr">
         <is>
           <t>2014M06</t>
         </is>
       </c>
-      <c r="AHE8" s="7" t="inlineStr">
+      <c r="AHI8" s="7" t="inlineStr">
         <is>
           <t>2014M05</t>
         </is>
       </c>
-      <c r="AHF8" s="7" t="inlineStr">
+      <c r="AHJ8" s="7" t="inlineStr">
         <is>
           <t>2014M04</t>
         </is>
       </c>
-      <c r="AHG8" s="7" t="inlineStr">
+      <c r="AHK8" s="7" t="inlineStr">
         <is>
           <t>2014M03</t>
         </is>
       </c>
-      <c r="AHH8" s="7" t="inlineStr">
+      <c r="AHL8" s="7" t="inlineStr">
         <is>
           <t>2014M02</t>
         </is>
       </c>
-      <c r="AHI8" s="7" t="inlineStr">
+      <c r="AHM8" s="7" t="inlineStr">
         <is>
           <t>2014M01</t>
         </is>
       </c>
-      <c r="AHJ8" s="7" t="inlineStr">
+      <c r="AHN8" s="7" t="inlineStr">
         <is>
           <t>2013M12</t>
         </is>
       </c>
-      <c r="AHK8" s="7" t="inlineStr">
+      <c r="AHO8" s="7" t="inlineStr">
         <is>
           <t>2013M11</t>
         </is>
       </c>
-      <c r="AHL8" s="7" t="inlineStr">
+      <c r="AHP8" s="7" t="inlineStr">
         <is>
           <t>2013M10</t>
         </is>
       </c>
-      <c r="AHM8" s="7" t="inlineStr">
+      <c r="AHQ8" s="7" t="inlineStr">
         <is>
           <t>2013M09</t>
         </is>
       </c>
-      <c r="AHN8" s="7" t="inlineStr">
+      <c r="AHR8" s="7" t="inlineStr">
         <is>
           <t>2013M08</t>
         </is>
       </c>
-      <c r="AHO8" s="7" t="inlineStr">
+      <c r="AHS8" s="7" t="inlineStr">
         <is>
           <t>2013M07</t>
         </is>
       </c>
-      <c r="AHP8" s="7" t="inlineStr">
+      <c r="AHT8" s="7" t="inlineStr">
         <is>
           <t>2013M06</t>
         </is>
       </c>
-      <c r="AHQ8" s="7" t="inlineStr">
+      <c r="AHU8" s="7" t="inlineStr">
         <is>
           <t>2013M05</t>
         </is>
       </c>
-      <c r="AHR8" s="7" t="inlineStr">
+      <c r="AHV8" s="7" t="inlineStr">
         <is>
           <t>2013M04</t>
         </is>
       </c>
-      <c r="AHS8" s="7" t="inlineStr">
+      <c r="AHW8" s="7" t="inlineStr">
         <is>
           <t>2013M03</t>
         </is>
       </c>
-      <c r="AHT8" s="7" t="inlineStr">
+      <c r="AHX8" s="7" t="inlineStr">
         <is>
           <t>2013M02</t>
         </is>
       </c>
-      <c r="AHU8" s="7" t="inlineStr">
+      <c r="AHY8" s="7" t="inlineStr">
         <is>
           <t>2013M01</t>
         </is>
       </c>
-      <c r="AHV8" s="7" t="inlineStr">
+      <c r="AHZ8" s="7" t="inlineStr">
         <is>
           <t>2012M12</t>
         </is>
       </c>
-      <c r="AHW8" s="7" t="inlineStr">
+      <c r="AIA8" s="7" t="inlineStr">
         <is>
           <t>2012M11</t>
         </is>
       </c>
-      <c r="AHX8" s="7" t="inlineStr">
+      <c r="AIB8" s="7" t="inlineStr">
         <is>
           <t>2012M10</t>
         </is>
       </c>
-      <c r="AHY8" s="7" t="inlineStr">
+      <c r="AIC8" s="7" t="inlineStr">
         <is>
           <t>2012M09</t>
         </is>
       </c>
-      <c r="AHZ8" s="7" t="inlineStr">
+      <c r="AID8" s="7" t="inlineStr">
         <is>
           <t>2012M08</t>
         </is>
       </c>
-      <c r="AIA8" s="7" t="inlineStr">
+      <c r="AIE8" s="7" t="inlineStr">
         <is>
           <t>2012M07</t>
         </is>
       </c>
-      <c r="AIB8" s="7" t="inlineStr">
+      <c r="AIF8" s="7" t="inlineStr">
         <is>
           <t>2012M06</t>
         </is>
       </c>
-      <c r="AIC8" s="7" t="inlineStr">
+      <c r="AIG8" s="7" t="inlineStr">
         <is>
           <t>2012M05</t>
         </is>
       </c>
-      <c r="AID8" s="7" t="inlineStr">
+      <c r="AIH8" s="7" t="inlineStr">
         <is>
           <t>2012M04</t>
         </is>
       </c>
-      <c r="AIE8" s="7" t="inlineStr">
+      <c r="AII8" s="7" t="inlineStr">
         <is>
           <t>2012M03</t>
         </is>
       </c>
-      <c r="AIF8" s="7" t="inlineStr">
+      <c r="AIJ8" s="7" t="inlineStr">
         <is>
           <t>2012M02</t>
         </is>
       </c>
-      <c r="AIG8" s="7" t="inlineStr">
+      <c r="AIK8" s="7" t="inlineStr">
         <is>
           <t>2012M01</t>
         </is>
       </c>
-      <c r="AIH8" s="7" t="inlineStr">
+      <c r="AIL8" s="7" t="inlineStr">
         <is>
           <t>2011M12</t>
         </is>
       </c>
-      <c r="AII8" s="7" t="inlineStr">
+      <c r="AIM8" s="7" t="inlineStr">
         <is>
           <t>2011M11</t>
         </is>
       </c>
-      <c r="AIJ8" s="7" t="inlineStr">
+      <c r="AIN8" s="7" t="inlineStr">
         <is>
           <t>2011M10</t>
         </is>
       </c>
-      <c r="AIK8" s="7" t="inlineStr">
+      <c r="AIO8" s="7" t="inlineStr">
         <is>
           <t>2011M09</t>
         </is>
       </c>
-      <c r="AIL8" s="7" t="inlineStr">
+      <c r="AIP8" s="7" t="inlineStr">
         <is>
           <t>2011M08</t>
         </is>
       </c>
-      <c r="AIM8" s="7" t="inlineStr">
+      <c r="AIQ8" s="7" t="inlineStr">
         <is>
           <t>2011M07</t>
         </is>
       </c>
-      <c r="AIN8" s="7" t="inlineStr">
+      <c r="AIR8" s="7" t="inlineStr">
         <is>
           <t>2011M06</t>
         </is>
       </c>
-      <c r="AIO8" s="7" t="inlineStr">
+      <c r="AIS8" s="7" t="inlineStr">
         <is>
           <t>2011M05</t>
         </is>
       </c>
-      <c r="AIP8" s="7" t="inlineStr">
+      <c r="AIT8" s="7" t="inlineStr">
         <is>
           <t>2011M04</t>
         </is>
       </c>
-      <c r="AIQ8" s="7" t="inlineStr">
+      <c r="AIU8" s="7" t="inlineStr">
         <is>
           <t>2011M03</t>
         </is>
       </c>
-      <c r="AIR8" s="7" t="inlineStr">
+      <c r="AIV8" s="7" t="inlineStr">
         <is>
           <t>2011M02</t>
         </is>
       </c>
-      <c r="AIS8" s="7" t="inlineStr">
+      <c r="AIW8" s="7" t="inlineStr">
         <is>
           <t>2011M01</t>
         </is>
       </c>
-      <c r="AIT8" s="7" t="inlineStr">
+      <c r="AIX8" s="7" t="inlineStr">
         <is>
           <t>2010M12</t>
         </is>
       </c>
-      <c r="AIU8" s="7" t="inlineStr">
+      <c r="AIY8" s="7" t="inlineStr">
         <is>
           <t>2010M11</t>
         </is>
       </c>
-      <c r="AIV8" s="7" t="inlineStr">
+      <c r="AIZ8" s="7" t="inlineStr">
         <is>
           <t>2010M10</t>
         </is>
       </c>
-      <c r="AIW8" s="7" t="inlineStr">
+      <c r="AJA8" s="7" t="inlineStr">
         <is>
           <t>2010M09</t>
         </is>
       </c>
-      <c r="AIX8" s="7" t="inlineStr">
+      <c r="AJB8" s="7" t="inlineStr">
         <is>
           <t>2010M08</t>
         </is>
       </c>
-      <c r="AIY8" s="7" t="inlineStr">
+      <c r="AJC8" s="7" t="inlineStr">
         <is>
           <t>2010M07</t>
         </is>
       </c>
-      <c r="AIZ8" s="7" t="inlineStr">
+      <c r="AJD8" s="7" t="inlineStr">
         <is>
           <t>2010M06</t>
         </is>
       </c>
-      <c r="AJA8" s="7" t="inlineStr">
+      <c r="AJE8" s="7" t="inlineStr">
         <is>
           <t>2010M05</t>
         </is>
       </c>
-      <c r="AJB8" s="7" t="inlineStr">
+      <c r="AJF8" s="7" t="inlineStr">
         <is>
           <t>2010M04</t>
         </is>
       </c>
-      <c r="AJC8" s="7" t="inlineStr">
+      <c r="AJG8" s="7" t="inlineStr">
         <is>
           <t>2010M03</t>
         </is>
       </c>
-      <c r="AJD8" s="7" t="inlineStr">
+      <c r="AJH8" s="7" t="inlineStr">
         <is>
           <t>2010M02</t>
         </is>
       </c>
-      <c r="AJE8" s="7" t="inlineStr">
+      <c r="AJI8" s="7" t="inlineStr">
         <is>
           <t>2010M01</t>
         </is>
       </c>
-      <c r="AJF8" s="7" t="inlineStr">
+      <c r="AJJ8" s="7" t="inlineStr">
         <is>
           <t>2009M12</t>
         </is>
       </c>
-      <c r="AJG8" s="7" t="inlineStr">
+      <c r="AJK8" s="7" t="inlineStr">
         <is>
           <t>2009M11</t>
         </is>
       </c>
-      <c r="AJH8" s="7" t="inlineStr">
+      <c r="AJL8" s="7" t="inlineStr">
         <is>
           <t>2009M10</t>
         </is>
       </c>
-      <c r="AJI8" s="7" t="inlineStr">
+      <c r="AJM8" s="7" t="inlineStr">
         <is>
           <t>2009M09</t>
         </is>
       </c>
-      <c r="AJJ8" s="7" t="inlineStr">
+      <c r="AJN8" s="7" t="inlineStr">
         <is>
           <t>2009M08</t>
         </is>
       </c>
-      <c r="AJK8" s="7" t="inlineStr">
+      <c r="AJO8" s="7" t="inlineStr">
         <is>
           <t>2009M07</t>
         </is>
       </c>
-      <c r="AJL8" s="7" t="inlineStr">
+      <c r="AJP8" s="7" t="inlineStr">
         <is>
           <t>2009M06</t>
         </is>
       </c>
-      <c r="AJM8" s="7" t="inlineStr">
+      <c r="AJQ8" s="7" t="inlineStr">
         <is>
           <t>2009M05</t>
         </is>
       </c>
-      <c r="AJN8" s="7" t="inlineStr">
+      <c r="AJR8" s="7" t="inlineStr">
         <is>
           <t>2009M04</t>
         </is>
       </c>
-      <c r="AJO8" s="7" t="inlineStr">
+      <c r="AJS8" s="7" t="inlineStr">
         <is>
           <t>2009M03</t>
         </is>
       </c>
-      <c r="AJP8" s="7" t="inlineStr">
+      <c r="AJT8" s="7" t="inlineStr">
         <is>
           <t>2009M02</t>
         </is>
       </c>
-      <c r="AJQ8" s="7" t="inlineStr">
+      <c r="AJU8" s="7" t="inlineStr">
         <is>
           <t>2009M01</t>
         </is>
       </c>
-      <c r="AJR8" s="7" t="inlineStr">
+      <c r="AJV8" s="7" t="inlineStr">
         <is>
           <t>2008M12</t>
         </is>
       </c>
-      <c r="AJS8" s="7" t="inlineStr">
+      <c r="AJW8" s="7" t="inlineStr">
         <is>
           <t>2008M11</t>
         </is>
       </c>
-      <c r="AJT8" s="7" t="inlineStr">
+      <c r="AJX8" s="7" t="inlineStr">
         <is>
           <t>2008M10</t>
         </is>
       </c>
-      <c r="AJU8" s="7" t="inlineStr">
+      <c r="AJY8" s="7" t="inlineStr">
         <is>
           <t>2008M09</t>
         </is>
       </c>
-      <c r="AJV8" s="7" t="inlineStr">
+      <c r="AJZ8" s="7" t="inlineStr">
         <is>
           <t>2008M08</t>
         </is>
       </c>
-      <c r="AJW8" s="7" t="inlineStr">
+      <c r="AKA8" s="7" t="inlineStr">
         <is>
           <t>2008M07</t>
         </is>
       </c>
-      <c r="AJX8" s="7" t="inlineStr">
+      <c r="AKB8" s="7" t="inlineStr">
         <is>
           <t>2008M06</t>
         </is>
       </c>
-      <c r="AJY8" s="7" t="inlineStr">
+      <c r="AKC8" s="7" t="inlineStr">
         <is>
           <t>2008M05</t>
         </is>
       </c>
-      <c r="AJZ8" s="7" t="inlineStr">
+      <c r="AKD8" s="7" t="inlineStr">
         <is>
           <t>2008M04</t>
         </is>
       </c>
-      <c r="AKA8" s="7" t="inlineStr">
+      <c r="AKE8" s="7" t="inlineStr">
         <is>
           <t>2008M03</t>
         </is>
       </c>
-      <c r="AKB8" s="7" t="inlineStr">
+      <c r="AKF8" s="7" t="inlineStr">
         <is>
           <t>2008M02</t>
         </is>
       </c>
-      <c r="AKC8" s="7" t="inlineStr">
+      <c r="AKG8" s="7" t="inlineStr">
         <is>
           <t>2008M01</t>
         </is>
       </c>
-      <c r="AKD8" s="7" t="inlineStr">
+      <c r="AKH8" s="7" t="inlineStr">
         <is>
           <t>2007M12</t>
         </is>
       </c>
-      <c r="AKE8" s="7" t="inlineStr">
+      <c r="AKI8" s="7" t="inlineStr">
         <is>
           <t>2007M11</t>
         </is>
       </c>
-      <c r="AKF8" s="7" t="inlineStr">
+      <c r="AKJ8" s="7" t="inlineStr">
         <is>
           <t>2007M10</t>
         </is>
       </c>
-      <c r="AKG8" s="7" t="inlineStr">
+      <c r="AKK8" s="7" t="inlineStr">
         <is>
           <t>2007M09</t>
         </is>
       </c>
-      <c r="AKH8" s="7" t="inlineStr">
+      <c r="AKL8" s="7" t="inlineStr">
         <is>
           <t>2007M08</t>
         </is>
       </c>
-      <c r="AKI8" s="7" t="inlineStr">
+      <c r="AKM8" s="7" t="inlineStr">
         <is>
           <t>2007M07</t>
         </is>
       </c>
-      <c r="AKJ8" s="7" t="inlineStr">
+      <c r="AKN8" s="7" t="inlineStr">
         <is>
           <t>2007M06</t>
         </is>
       </c>
-      <c r="AKK8" s="7" t="inlineStr">
+      <c r="AKO8" s="7" t="inlineStr">
         <is>
           <t>2007M05</t>
         </is>
       </c>
-      <c r="AKL8" s="7" t="inlineStr">
+      <c r="AKP8" s="7" t="inlineStr">
         <is>
           <t>2007M04</t>
         </is>
       </c>
-      <c r="AKM8" s="7" t="inlineStr">
+      <c r="AKQ8" s="7" t="inlineStr">
         <is>
           <t>2007M03</t>
         </is>
       </c>
-      <c r="AKN8" s="7" t="inlineStr">
+      <c r="AKR8" s="7" t="inlineStr">
         <is>
           <t>2007M02</t>
         </is>
       </c>
-      <c r="AKO8" s="7" t="inlineStr">
+      <c r="AKS8" s="7" t="inlineStr">
         <is>
           <t>2007M01</t>
         </is>
       </c>
-      <c r="AKP8" s="7" t="inlineStr">
+      <c r="AKT8" s="7" t="inlineStr">
         <is>
           <t>2006M12</t>
         </is>
       </c>
-      <c r="AKQ8" s="7" t="inlineStr">
+      <c r="AKU8" s="7" t="inlineStr">
         <is>
           <t>2006M11</t>
         </is>
       </c>
-      <c r="AKR8" s="7" t="inlineStr">
+      <c r="AKV8" s="7" t="inlineStr">
         <is>
           <t>2006M10</t>
         </is>
       </c>
-      <c r="AKS8" s="7" t="inlineStr">
+      <c r="AKW8" s="7" t="inlineStr">
         <is>
           <t>2006M09</t>
         </is>
       </c>
-      <c r="AKT8" s="7" t="inlineStr">
+      <c r="AKX8" s="7" t="inlineStr">
         <is>
           <t>2006M08</t>
         </is>
       </c>
-      <c r="AKU8" s="7" t="inlineStr">
+      <c r="AKY8" s="7" t="inlineStr">
         <is>
           <t>2006M07</t>
         </is>
       </c>
-      <c r="AKV8" s="7" t="inlineStr">
+      <c r="AKZ8" s="7" t="inlineStr">
         <is>
           <t>2006M06</t>
         </is>
       </c>
-      <c r="AKW8" s="7" t="inlineStr">
+      <c r="ALA8" s="7" t="inlineStr">
         <is>
           <t>2006M05</t>
         </is>
       </c>
-      <c r="AKX8" s="7" t="inlineStr">
+      <c r="ALB8" s="7" t="inlineStr">
         <is>
           <t>2006M04</t>
         </is>
       </c>
-      <c r="AKY8" s="7" t="inlineStr">
+      <c r="ALC8" s="7" t="inlineStr">
         <is>
           <t>2006M03</t>
         </is>
       </c>
-      <c r="AKZ8" s="7" t="inlineStr">
+      <c r="ALD8" s="7" t="inlineStr">
         <is>
           <t>2006M02</t>
         </is>
       </c>
-      <c r="ALA8" s="7" t="inlineStr">
+      <c r="ALE8" s="7" t="inlineStr">
         <is>
           <t>2006M01</t>
         </is>
       </c>
-      <c r="ALB8" s="7" t="inlineStr">
+      <c r="ALF8" s="7" t="inlineStr">
         <is>
           <t>2005M12</t>
         </is>
       </c>
-      <c r="ALC8" s="7" t="inlineStr">
+      <c r="ALG8" s="7" t="inlineStr">
         <is>
           <t>2005M11</t>
         </is>
       </c>
-      <c r="ALD8" s="7" t="inlineStr">
+      <c r="ALH8" s="7" t="inlineStr">
         <is>
           <t>2005M10</t>
         </is>
       </c>
-      <c r="ALE8" s="7" t="inlineStr">
+      <c r="ALI8" s="7" t="inlineStr">
         <is>
           <t>2005M09</t>
         </is>
       </c>
-      <c r="ALF8" s="7" t="inlineStr">
+      <c r="ALJ8" s="7" t="inlineStr">
         <is>
           <t>2005M08</t>
         </is>
       </c>
-      <c r="ALG8" s="7" t="inlineStr">
+      <c r="ALK8" s="7" t="inlineStr">
         <is>
           <t>2005M07</t>
         </is>
       </c>
-      <c r="ALH8" s="7" t="inlineStr">
+      <c r="ALL8" s="7" t="inlineStr">
         <is>
           <t>2005M06</t>
         </is>
       </c>
-      <c r="ALI8" s="7" t="inlineStr">
+      <c r="ALM8" s="7" t="inlineStr">
         <is>
           <t>2005M05</t>
         </is>
       </c>
-      <c r="ALJ8" s="7" t="inlineStr">
+      <c r="ALN8" s="7" t="inlineStr">
         <is>
           <t>2005M04</t>
         </is>
       </c>
-      <c r="ALK8" s="7" t="inlineStr">
+      <c r="ALO8" s="7" t="inlineStr">
         <is>
           <t>2005M03</t>
         </is>
       </c>
-      <c r="ALL8" s="7" t="inlineStr">
+      <c r="ALP8" s="7" t="inlineStr">
         <is>
           <t>2005M02</t>
         </is>
       </c>
-      <c r="ALM8" s="7" t="inlineStr">
+      <c r="ALQ8" s="7" t="inlineStr">
         <is>
           <t>2005M01</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="6" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B9" s="6"/>
       <c r="C9" s="6"/>
       <c r="D9" s="6"/>
       <c r="E9" s="6"/>
       <c r="F9" s="6"/>
       <c r="G9" s="6"/>
       <c r="H9" s="6"/>
       <c r="I9" s="6"/>
       <c r="J9" s="6"/>
       <c r="K9" s="6"/>
       <c r="L9" s="6"/>
       <c r="M9" s="6"/>
       <c r="N9" s="6"/>
       <c r="O9" s="6"/>
@@ -8402,9217 +8430,9257 @@
       <c r="AKO9" s="6"/>
       <c r="AKP9" s="6"/>
       <c r="AKQ9" s="6"/>
       <c r="AKR9" s="6"/>
       <c r="AKS9" s="6"/>
       <c r="AKT9" s="6"/>
       <c r="AKU9" s="6"/>
       <c r="AKV9" s="6"/>
       <c r="AKW9" s="6"/>
       <c r="AKX9" s="6"/>
       <c r="AKY9" s="6"/>
       <c r="AKZ9" s="6"/>
       <c r="ALA9" s="6"/>
       <c r="ALB9" s="6"/>
       <c r="ALC9" s="6"/>
       <c r="ALD9" s="6"/>
       <c r="ALE9" s="6"/>
       <c r="ALF9" s="6"/>
       <c r="ALG9" s="6"/>
       <c r="ALH9" s="6"/>
       <c r="ALI9" s="6"/>
       <c r="ALJ9" s="6"/>
       <c r="ALK9" s="6"/>
       <c r="ALL9" s="6"/>
       <c r="ALM9" s="6"/>
+      <c r="ALN9" s="6"/>
+      <c r="ALO9" s="6"/>
+      <c r="ALP9" s="6"/>
+      <c r="ALQ9" s="6"/>
     </row>
     <row r="10">
       <c r="A10" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    B Mining and quarrying industries</t>
         </is>
       </c>
       <c r="B10" s="14" t="n">
+        <v>131.974</v>
+      </c>
+      <c r="C10" s="14" t="n">
         <v>129.749</v>
       </c>
-      <c r="C10" s="14" t="n">
+      <c r="D10" s="14" t="n">
         <v>125.966</v>
       </c>
-      <c r="D10" s="14" t="n">
+      <c r="E10" s="14" t="n">
         <v>122.821</v>
       </c>
-      <c r="E10" s="14" t="n">
+      <c r="F10" s="14" t="n">
         <v>123.733</v>
       </c>
-      <c r="F10" s="14" t="n">
+      <c r="G10" s="14" t="n">
         <v>127.982</v>
       </c>
-      <c r="G10" s="14" t="n">
+      <c r="H10" s="14" t="n">
         <v>127.905</v>
       </c>
-      <c r="H10" s="14" t="n">
+      <c r="I10" s="14" t="n">
         <v>127.069</v>
       </c>
-      <c r="I10" s="14" t="n">
+      <c r="J10" s="14" t="n">
         <v>131.677</v>
       </c>
-      <c r="J10" s="14" t="n">
+      <c r="K10" s="14" t="n">
         <v>129.228</v>
       </c>
-      <c r="K10" s="14" t="n">
+      <c r="L10" s="14" t="n">
         <v>127.343</v>
       </c>
-      <c r="L10" s="14" t="n">
+      <c r="M10" s="14" t="n">
         <v>126.514</v>
       </c>
-      <c r="M10" s="14" t="n">
+      <c r="N10" s="14" t="n">
         <v>125.671</v>
       </c>
-      <c r="N10" s="14" t="n">
+      <c r="O10" s="14" t="n">
         <v>128.749</v>
       </c>
-      <c r="O10" s="14" t="n">
+      <c r="P10" s="14" t="n">
         <v>124.934</v>
       </c>
-      <c r="P10" s="14" t="n">
+      <c r="Q10" s="14" t="n">
         <v>122.625</v>
       </c>
-      <c r="Q10" s="14" t="n">
+      <c r="R10" s="14" t="n">
         <v>129.349</v>
       </c>
-      <c r="R10" s="14" t="n">
+      <c r="S10" s="14" t="n">
         <v>130.957</v>
       </c>
-      <c r="S10" s="14" t="n">
+      <c r="T10" s="14" t="n">
         <v>131.638</v>
       </c>
-      <c r="T10" s="14" t="n">
+      <c r="U10" s="14" t="n">
         <v>127.399</v>
       </c>
-      <c r="U10" s="14" t="n">
+      <c r="V10" s="14" t="n">
         <v>124.029</v>
       </c>
-      <c r="V10" s="14" t="n">
+      <c r="W10" s="14" t="n">
         <v>121.907</v>
       </c>
-      <c r="W10" s="14" t="n">
+      <c r="X10" s="14" t="n">
         <v>121.19</v>
       </c>
-      <c r="X10" s="14" t="n">
+      <c r="Y10" s="14" t="n">
         <v>118.284</v>
       </c>
-      <c r="Y10" s="14" t="n">
+      <c r="Z10" s="14" t="n">
         <v>116.992</v>
       </c>
-      <c r="Z10" s="14" t="n">
+      <c r="AA10" s="14" t="n">
         <v>117.637</v>
       </c>
-      <c r="AA10" s="14" t="n">
+      <c r="AB10" s="14" t="n">
         <v>119.946</v>
       </c>
-      <c r="AB10" s="14" t="n">
+      <c r="AC10" s="14" t="n">
         <v>119.275</v>
       </c>
-      <c r="AC10" s="14" t="n">
+      <c r="AD10" s="14" t="n">
         <v>120.225</v>
       </c>
-      <c r="AD10" s="14" t="n">
+      <c r="AE10" s="14" t="n">
         <v>120.051</v>
       </c>
-      <c r="AE10" s="14" t="n">
+      <c r="AF10" s="14" t="n">
         <v>122.113</v>
       </c>
-      <c r="AF10" s="14" t="n">
+      <c r="AG10" s="14" t="n">
         <v>122.53</v>
       </c>
-      <c r="AG10" s="14" t="n">
+      <c r="AH10" s="14" t="n">
         <v>123.243</v>
       </c>
-      <c r="AH10" s="14" t="n">
+      <c r="AI10" s="14" t="n">
         <v>124.358</v>
       </c>
-      <c r="AI10" s="14" t="n">
+      <c r="AJ10" s="14" t="n">
         <v>124.075</v>
       </c>
-      <c r="AJ10" s="14" t="n">
+      <c r="AK10" s="14" t="n">
         <v>122.352</v>
       </c>
-      <c r="AK10" s="14" t="n">
+      <c r="AL10" s="14" t="n">
         <v>124.106</v>
       </c>
-      <c r="AL10" s="14" t="n">
+      <c r="AM10" s="14" t="n">
         <v>121.354</v>
       </c>
-      <c r="AM10" s="14" t="n">
+      <c r="AN10" s="14" t="n">
         <v>124.127</v>
       </c>
-      <c r="AN10" s="14" t="n">
+      <c r="AO10" s="14" t="n">
         <v>121.406</v>
       </c>
-      <c r="AO10" s="14" t="n">
+      <c r="AP10" s="14" t="n">
         <v>119.089</v>
       </c>
-      <c r="AP10" s="14" t="n">
+      <c r="AQ10" s="14" t="n">
         <v>121.56</v>
       </c>
-      <c r="AQ10" s="14" t="n">
+      <c r="AR10" s="14" t="n">
         <v>118.994</v>
       </c>
-      <c r="AR10" s="14" t="n">
+      <c r="AS10" s="14" t="n">
         <v>120.892</v>
       </c>
-      <c r="AS10" s="14" t="n">
+      <c r="AT10" s="14" t="n">
         <v>116.574</v>
       </c>
-      <c r="AT10" s="14" t="n">
+      <c r="AU10" s="14" t="n">
         <v>111.876</v>
       </c>
-      <c r="AU10" s="14" t="n">
+      <c r="AV10" s="14" t="n">
         <v>109.443</v>
       </c>
-      <c r="AV10" s="14" t="n">
+      <c r="AW10" s="14" t="n">
         <v>107.376</v>
       </c>
-      <c r="AW10" s="14" t="n">
+      <c r="AX10" s="14" t="n">
         <v>107.161</v>
       </c>
-      <c r="AX10" s="14" t="n">
+      <c r="AY10" s="14" t="n">
         <v>105.363</v>
       </c>
-      <c r="AY10" s="14" t="n">
+      <c r="AZ10" s="14" t="n">
         <v>103.974</v>
       </c>
-      <c r="AZ10" s="14" t="n">
+      <c r="BA10" s="14" t="n">
         <v>100.939</v>
       </c>
-      <c r="BA10" s="14" t="n">
+      <c r="BB10" s="14" t="n">
         <v>101.06</v>
       </c>
-      <c r="BB10" s="14" t="n">
+      <c r="BC10" s="14" t="n">
         <v>100.736</v>
       </c>
-      <c r="BC10" s="14" t="n">
+      <c r="BD10" s="14" t="n">
         <v>98.285</v>
       </c>
-      <c r="BD10" s="14" t="n">
+      <c r="BE10" s="14" t="n">
         <v>97.039</v>
       </c>
-      <c r="BE10" s="14" t="n">
+      <c r="BF10" s="14" t="n">
         <v>93.845</v>
       </c>
-      <c r="BF10" s="14" t="n">
+      <c r="BG10" s="14" t="n">
         <v>92.495</v>
       </c>
-      <c r="BG10" s="14" t="n">
+      <c r="BH10" s="14" t="n">
         <v>91.727</v>
       </c>
-      <c r="BH10" s="14" t="n">
+      <c r="BI10" s="14" t="n">
         <v>90.611</v>
       </c>
-      <c r="BI10" s="14" t="n">
+      <c r="BJ10" s="14" t="n">
         <v>89.888</v>
       </c>
-      <c r="BJ10" s="14" t="n">
+      <c r="BK10" s="14" t="n">
         <v>90.546</v>
       </c>
-      <c r="BK10" s="14" t="n">
+      <c r="BL10" s="14" t="n">
         <v>91.534</v>
       </c>
-      <c r="BL10" s="14" t="n">
+      <c r="BM10" s="14" t="n">
         <v>91.156</v>
       </c>
-      <c r="BM10" s="14" t="n">
+      <c r="BN10" s="14" t="n">
         <v>88.551</v>
       </c>
-      <c r="BN10" s="14" t="n">
+      <c r="BO10" s="14" t="n">
         <v>87.704</v>
       </c>
-      <c r="BO10" s="14" t="n">
+      <c r="BP10" s="14" t="n">
         <v>87.533</v>
       </c>
-      <c r="BP10" s="14" t="n">
+      <c r="BQ10" s="14" t="n">
         <v>86.799</v>
       </c>
-      <c r="BQ10" s="14" t="n">
+      <c r="BR10" s="14" t="n">
         <v>85.815</v>
       </c>
-      <c r="BR10" s="14" t="n">
+      <c r="BS10" s="14" t="n">
         <v>88.37</v>
       </c>
-      <c r="BS10" s="14" t="n">
+      <c r="BT10" s="14" t="n">
         <v>88.382</v>
       </c>
-      <c r="BT10" s="14" t="n">
+      <c r="BU10" s="14" t="n">
         <v>87.896</v>
       </c>
-      <c r="BU10" s="14" t="n">
+      <c r="BV10" s="14" t="n">
         <v>88.666</v>
       </c>
-      <c r="BV10" s="14" t="n">
+      <c r="BW10" s="14" t="n">
         <v>89.408</v>
       </c>
-      <c r="BW10" s="14" t="n">
+      <c r="BX10" s="14" t="n">
         <v>89.131</v>
       </c>
-      <c r="BX10" s="14" t="n">
+      <c r="BY10" s="14" t="n">
         <v>88.572</v>
       </c>
-      <c r="BY10" s="14" t="n">
+      <c r="BZ10" s="14" t="n">
         <v>86.869</v>
       </c>
-      <c r="BZ10" s="14" t="n">
+      <c r="CA10" s="14" t="n">
         <v>86.452</v>
       </c>
-      <c r="CA10" s="14" t="n">
+      <c r="CB10" s="14" t="n">
         <v>86.353</v>
       </c>
-      <c r="CB10" s="14" t="n">
+      <c r="CC10" s="14" t="n">
         <v>86.903</v>
       </c>
-      <c r="CC10" s="14" t="n">
+      <c r="CD10" s="14" t="n">
         <v>86.556</v>
       </c>
-      <c r="CD10" s="14" t="n">
+      <c r="CE10" s="14" t="n">
         <v>87.678</v>
       </c>
-      <c r="CE10" s="14" t="n">
+      <c r="CF10" s="14" t="n">
         <v>86.821</v>
       </c>
-      <c r="CF10" s="14" t="n">
+      <c r="CG10" s="14" t="n">
         <v>86.196</v>
       </c>
-      <c r="CG10" s="14" t="n">
+      <c r="CH10" s="14" t="n">
         <v>85.834</v>
       </c>
-      <c r="CH10" s="14" t="n">
+      <c r="CI10" s="14" t="n">
         <v>84.982</v>
       </c>
-      <c r="CI10" s="14" t="n">
+      <c r="CJ10" s="14" t="n">
         <v>83.9</v>
       </c>
-      <c r="CJ10" s="14" t="n">
+      <c r="CK10" s="14" t="n">
         <v>83.195</v>
       </c>
-      <c r="CK10" s="14" t="n">
+      <c r="CL10" s="14" t="n">
         <v>81.623</v>
       </c>
-      <c r="CL10" s="14" t="n">
+      <c r="CM10" s="14" t="n">
         <v>83.471</v>
       </c>
-      <c r="CM10" s="14" t="n">
+      <c r="CN10" s="14" t="n">
         <v>83.117</v>
       </c>
-      <c r="CN10" s="14" t="n">
+      <c r="CO10" s="14" t="n">
         <v>82.011</v>
       </c>
-      <c r="CO10" s="14" t="n">
+      <c r="CP10" s="14" t="n">
         <v>79.936</v>
       </c>
-      <c r="CP10" s="14" t="n">
+      <c r="CQ10" s="14" t="n">
         <v>78.62</v>
       </c>
-      <c r="CQ10" s="14" t="n">
+      <c r="CR10" s="14" t="n">
         <v>78.39</v>
       </c>
-      <c r="CR10" s="14" t="n">
+      <c r="CS10" s="14" t="n">
         <v>77.94</v>
       </c>
-      <c r="CS10" s="14" t="n">
+      <c r="CT10" s="14" t="n">
         <v>75.134</v>
       </c>
-      <c r="CT10" s="14" t="n">
+      <c r="CU10" s="14" t="n">
         <v>79.397</v>
       </c>
-      <c r="CU10" s="14" t="n">
+      <c r="CV10" s="14" t="n">
         <v>75.74</v>
       </c>
-      <c r="CV10" s="14" t="n">
+      <c r="CW10" s="14" t="n">
         <v>74.855</v>
       </c>
-      <c r="CW10" s="14" t="n">
+      <c r="CX10" s="14" t="n">
         <v>73.002</v>
       </c>
-      <c r="CX10" s="14" t="n">
+      <c r="CY10" s="14" t="n">
         <v>72.634</v>
       </c>
-      <c r="CY10" s="14" t="n">
+      <c r="CZ10" s="14" t="n">
         <v>71.105</v>
       </c>
-      <c r="CZ10" s="14" t="n">
+      <c r="DA10" s="14" t="n">
         <v>71.836</v>
       </c>
-      <c r="DA10" s="14" t="n">
+      <c r="DB10" s="14" t="n">
         <v>71.087</v>
       </c>
-      <c r="DB10" s="14" t="n">
+      <c r="DC10" s="14" t="n">
         <v>71.281</v>
       </c>
-      <c r="DC10" s="14" t="n">
+      <c r="DD10" s="14" t="n">
         <v>71.295</v>
       </c>
-      <c r="DD10" s="14" t="n">
+      <c r="DE10" s="14" t="n">
         <v>70.639</v>
       </c>
-      <c r="DE10" s="14" t="n">
+      <c r="DF10" s="14" t="n">
         <v>71.289</v>
       </c>
-      <c r="DF10" s="14" t="n">
+      <c r="DG10" s="14" t="n">
         <v>70.776</v>
       </c>
-      <c r="DG10" s="14" t="n">
+      <c r="DH10" s="14" t="n">
         <v>68.742</v>
       </c>
-      <c r="DH10" s="14" t="n">
+      <c r="DI10" s="14" t="n">
         <v>72.29</v>
       </c>
-      <c r="DI10" s="14" t="n">
+      <c r="DJ10" s="14" t="n">
         <v>70.243</v>
       </c>
-      <c r="DJ10" s="14" t="n">
+      <c r="DK10" s="14" t="n">
         <v>70.682</v>
       </c>
-      <c r="DK10" s="14" t="n">
+      <c r="DL10" s="14" t="n">
         <v>70.361</v>
       </c>
-      <c r="DL10" s="14" t="n">
+      <c r="DM10" s="14" t="n">
         <v>70.68</v>
       </c>
-      <c r="DM10" s="14" t="n">
+      <c r="DN10" s="14" t="n">
         <v>71.15</v>
       </c>
-      <c r="DN10" s="14" t="n">
+      <c r="DO10" s="14" t="n">
         <v>71.67</v>
       </c>
-      <c r="DO10" s="14" t="n">
+      <c r="DP10" s="14" t="n">
         <v>71.342</v>
       </c>
-      <c r="DP10" s="14" t="n">
+      <c r="DQ10" s="14" t="n">
         <v>72.781</v>
       </c>
-      <c r="DQ10" s="14" t="n">
+      <c r="DR10" s="14" t="n">
         <v>74.151</v>
       </c>
-      <c r="DR10" s="14" t="n">
+      <c r="DS10" s="14" t="n">
         <v>72.948</v>
       </c>
-      <c r="DS10" s="14" t="n">
+      <c r="DT10" s="14" t="n">
         <v>74.42</v>
       </c>
-      <c r="DT10" s="14" t="n">
+      <c r="DU10" s="14" t="n">
         <v>75.872</v>
       </c>
-      <c r="DU10" s="14" t="n">
+      <c r="DV10" s="14" t="n">
         <v>75.414</v>
       </c>
-      <c r="DV10" s="14" t="n">
+      <c r="DW10" s="14" t="n">
         <v>74.432</v>
       </c>
-      <c r="DW10" s="14" t="n">
+      <c r="DX10" s="14" t="n">
         <v>74.825</v>
       </c>
-      <c r="DX10" s="14" t="n">
+      <c r="DY10" s="14" t="n">
         <v>75.542</v>
       </c>
-      <c r="DY10" s="14" t="n">
+      <c r="DZ10" s="14" t="n">
         <v>74.895</v>
       </c>
-      <c r="DZ10" s="14" t="n">
+      <c r="EA10" s="14" t="n">
         <v>72.913</v>
       </c>
-      <c r="EA10" s="14" t="n">
+      <c r="EB10" s="14" t="n">
         <v>71.599</v>
       </c>
-      <c r="EB10" s="14" t="n">
+      <c r="EC10" s="14" t="n">
         <v>69.774</v>
       </c>
-      <c r="EC10" s="14" t="n">
+      <c r="ED10" s="14" t="n">
         <v>69.519</v>
       </c>
-      <c r="ED10" s="14" t="n">
+      <c r="EE10" s="14" t="n">
         <v>68.257</v>
       </c>
-      <c r="EE10" s="14" t="n">
+      <c r="EF10" s="14" t="n">
         <v>68.541</v>
       </c>
-      <c r="EF10" s="14" t="n">
+      <c r="EG10" s="14" t="n">
         <v>67.746</v>
       </c>
-      <c r="EG10" s="14" t="n">
+      <c r="EH10" s="14" t="n">
         <v>67.269</v>
       </c>
-      <c r="EH10" s="14" t="n">
+      <c r="EI10" s="14" t="n">
         <v>67.951</v>
       </c>
-      <c r="EI10" s="14" t="n">
+      <c r="EJ10" s="14" t="n">
         <v>67.05</v>
       </c>
-      <c r="EJ10" s="14" t="n">
+      <c r="EK10" s="14" t="n">
         <v>65.586</v>
       </c>
-      <c r="EK10" s="14" t="n">
+      <c r="EL10" s="14" t="n">
         <v>65.837</v>
       </c>
-      <c r="EL10" s="14" t="n">
+      <c r="EM10" s="14" t="n">
         <v>66.131</v>
       </c>
-      <c r="EM10" s="14" t="n">
+      <c r="EN10" s="14" t="n">
         <v>66.204</v>
       </c>
-      <c r="EN10" s="14" t="n">
+      <c r="EO10" s="14" t="n">
         <v>66.683</v>
       </c>
-      <c r="EO10" s="14" t="n">
+      <c r="EP10" s="14" t="n">
         <v>67.315</v>
       </c>
-      <c r="EP10" s="14" t="n">
+      <c r="EQ10" s="14" t="n">
         <v>66.503</v>
       </c>
-      <c r="EQ10" s="14" t="n">
+      <c r="ER10" s="14" t="n">
         <v>67.069</v>
       </c>
-      <c r="ER10" s="14" t="n">
+      <c r="ES10" s="14" t="n">
         <v>67.206</v>
       </c>
-      <c r="ES10" s="14" t="n">
+      <c r="ET10" s="14" t="n">
         <v>67.728</v>
       </c>
-      <c r="ET10" s="14" t="n">
+      <c r="EU10" s="14" t="n">
         <v>67.255</v>
       </c>
-      <c r="EU10" s="14" t="n">
+      <c r="EV10" s="14" t="n">
         <v>67.79</v>
       </c>
-      <c r="EV10" s="14" t="n">
+      <c r="EW10" s="14" t="n">
         <v>67.782</v>
       </c>
-      <c r="EW10" s="14" t="n">
+      <c r="EX10" s="14" t="n">
         <v>68.032</v>
       </c>
-      <c r="EX10" s="14" t="n">
+      <c r="EY10" s="14" t="n">
         <v>67.102</v>
       </c>
-      <c r="EY10" s="14" t="n">
+      <c r="EZ10" s="14" t="n">
         <v>67.49</v>
       </c>
-      <c r="EZ10" s="14" t="n">
+      <c r="FA10" s="14" t="n">
         <v>67.758</v>
       </c>
-      <c r="FA10" s="14" t="n">
+      <c r="FB10" s="14" t="n">
         <v>69.406</v>
       </c>
-      <c r="FB10" s="14" t="n">
+      <c r="FC10" s="14" t="n">
         <v>72.183</v>
       </c>
-      <c r="FC10" s="14" t="n">
+      <c r="FD10" s="14" t="n">
         <v>72.21</v>
       </c>
-      <c r="FD10" s="14" t="n">
+      <c r="FE10" s="14" t="n">
         <v>72.554</v>
       </c>
-      <c r="FE10" s="14" t="n">
+      <c r="FF10" s="14" t="n">
         <v>72.586</v>
       </c>
-      <c r="FF10" s="14" t="n">
+      <c r="FG10" s="14" t="n">
         <v>72.447</v>
       </c>
-      <c r="FG10" s="14" t="n">
+      <c r="FH10" s="14" t="n">
         <v>71.164</v>
       </c>
-      <c r="FH10" s="14" t="n">
+      <c r="FI10" s="14" t="n">
         <v>70.946</v>
       </c>
-      <c r="FI10" s="14" t="n">
+      <c r="FJ10" s="14" t="n">
         <v>71.717</v>
       </c>
-      <c r="FJ10" s="14" t="n">
+      <c r="FK10" s="14" t="n">
         <v>70.633</v>
       </c>
-      <c r="FK10" s="14" t="n">
+      <c r="FL10" s="14" t="n">
         <v>71.494</v>
       </c>
-      <c r="FL10" s="14" t="n">
+      <c r="FM10" s="14" t="n">
         <v>71.256</v>
       </c>
-      <c r="FM10" s="14" t="n">
+      <c r="FN10" s="14" t="n">
         <v>69.107</v>
       </c>
-      <c r="FN10" s="14" t="n">
+      <c r="FO10" s="14" t="n">
         <v>70.042</v>
       </c>
-      <c r="FO10" s="14" t="n">
+      <c r="FP10" s="14" t="n">
         <v>69.972</v>
       </c>
-      <c r="FP10" s="14" t="n">
+      <c r="FQ10" s="14" t="n">
         <v>69.274</v>
       </c>
-      <c r="FQ10" s="14" t="n">
+      <c r="FR10" s="14" t="n">
         <v>70.004</v>
       </c>
-      <c r="FR10" s="14" t="n">
+      <c r="FS10" s="14" t="n">
         <v>63.519</v>
       </c>
-      <c r="FS10" s="14" t="n">
+      <c r="FT10" s="14" t="n">
         <v>62.54</v>
       </c>
-      <c r="FT10" s="14" t="n">
+      <c r="FU10" s="14" t="n">
         <v>60.832</v>
       </c>
-      <c r="FU10" s="14" t="n">
+      <c r="FV10" s="14" t="n">
         <v>59.837</v>
       </c>
-      <c r="FV10" s="14" t="n">
+      <c r="FW10" s="14" t="n">
         <v>58.705</v>
       </c>
-      <c r="FW10" s="14" t="n">
+      <c r="FX10" s="14" t="n">
         <v>58.127</v>
       </c>
-      <c r="FX10" s="14" t="n">
+      <c r="FY10" s="14" t="n">
         <v>56.692</v>
       </c>
-      <c r="FY10" s="14" t="n">
+      <c r="FZ10" s="14" t="n">
         <v>54.933</v>
       </c>
-      <c r="FZ10" s="14" t="n">
+      <c r="GA10" s="14" t="n">
         <v>50.988</v>
       </c>
-      <c r="GA10" s="14" t="n">
+      <c r="GB10" s="14" t="n">
         <v>51.167</v>
       </c>
-      <c r="GB10" s="14" t="n">
+      <c r="GC10" s="14" t="n">
         <v>51.355</v>
       </c>
-      <c r="GC10" s="14" t="n">
+      <c r="GD10" s="14" t="n">
         <v>51.044</v>
       </c>
-      <c r="GD10" s="14" t="n">
+      <c r="GE10" s="14" t="n">
         <v>50.812</v>
       </c>
-      <c r="GE10" s="14" t="n">
+      <c r="GF10" s="14" t="n">
         <v>49.736</v>
       </c>
-      <c r="GF10" s="14" t="n">
+      <c r="GG10" s="14" t="n">
         <v>49.92</v>
       </c>
-      <c r="GG10" s="14" t="n">
+      <c r="GH10" s="14" t="n">
         <v>49.275</v>
       </c>
-      <c r="GH10" s="14" t="n">
+      <c r="GI10" s="14" t="n">
         <v>48.982</v>
       </c>
-      <c r="GI10" s="14" t="n">
+      <c r="GJ10" s="14" t="n">
         <v>49.275</v>
       </c>
-      <c r="GJ10" s="14" t="n">
+      <c r="GK10" s="14" t="n">
         <v>48.705</v>
       </c>
-      <c r="GK10" s="14" t="n">
+      <c r="GL10" s="14" t="n">
         <v>48.793</v>
       </c>
-      <c r="GL10" s="14" t="n">
+      <c r="GM10" s="14" t="n">
         <v>48.749</v>
       </c>
-      <c r="GM10" s="14" t="n">
+      <c r="GN10" s="14" t="n">
         <v>49.231</v>
       </c>
-      <c r="GN10" s="14" t="n">
+      <c r="GO10" s="14" t="n">
         <v>48.924</v>
       </c>
-      <c r="GO10" s="14" t="n">
+      <c r="GP10" s="14" t="n">
         <v>49.318</v>
       </c>
-      <c r="GP10" s="14" t="n">
+      <c r="GQ10" s="14" t="n">
         <v>49.537</v>
       </c>
-      <c r="GQ10" s="14" t="n">
+      <c r="GR10" s="14" t="n">
         <v>49.318</v>
       </c>
-      <c r="GR10" s="14" t="n">
+      <c r="GS10" s="14" t="n">
         <v>48.88</v>
       </c>
-      <c r="GS10" s="14" t="n">
+      <c r="GT10" s="14" t="n">
         <v>48.749</v>
       </c>
-      <c r="GT10" s="14" t="n">
+      <c r="GU10" s="14" t="n">
         <v>48.837</v>
       </c>
-      <c r="GU10" s="14" t="n">
+      <c r="GV10" s="14" t="n">
         <v>48.486</v>
       </c>
-      <c r="GV10" s="14" t="n">
+      <c r="GW10" s="14" t="n">
         <v>48.618</v>
       </c>
-      <c r="GW10" s="14" t="n">
+      <c r="GX10" s="14" t="n">
         <v>48.092</v>
       </c>
-      <c r="GX10" s="14" t="n">
+      <c r="GY10" s="14" t="n">
         <v>47.961</v>
       </c>
-      <c r="GY10" s="14" t="n">
+      <c r="GZ10" s="14" t="n">
         <v>48.048</v>
       </c>
-      <c r="GZ10" s="14" t="n">
+      <c r="HA10" s="14" t="n">
         <v>47.961</v>
       </c>
-      <c r="HA10" s="14" t="n">
+      <c r="HB10" s="14" t="n">
         <v>47.523</v>
       </c>
-      <c r="HB10" s="14" t="n">
+      <c r="HC10" s="14" t="n">
         <v>47.742</v>
       </c>
-      <c r="HC10" s="14" t="n">
+      <c r="HD10" s="14" t="n">
         <v>47.698</v>
       </c>
-      <c r="HD10" s="14" t="n">
+      <c r="HE10" s="14" t="n">
         <v>47.742</v>
       </c>
-      <c r="HE10" s="14" t="n">
+      <c r="HF10" s="14" t="n">
         <v>47.785</v>
       </c>
-      <c r="HF10" s="14" t="n">
+      <c r="HG10" s="14" t="n">
         <v>46.778</v>
       </c>
-      <c r="HG10" s="14" t="n">
+      <c r="HH10" s="14" t="n">
         <v>46.647</v>
       </c>
-      <c r="HH10" s="14" t="n">
+      <c r="HI10" s="14" t="n">
         <v>46.997</v>
       </c>
-      <c r="HI10" s="14" t="n">
+      <c r="HJ10" s="14" t="n">
         <v>47.435</v>
       </c>
-      <c r="HJ10" s="14" t="n">
+      <c r="HK10" s="14" t="n">
         <v>47.216</v>
       </c>
-      <c r="HK10" s="14" t="n">
+      <c r="HL10" s="14" t="n">
         <v>47.172</v>
       </c>
-      <c r="HL10" s="14" t="n">
+      <c r="HM10" s="14" t="n">
         <v>47.128</v>
       </c>
-      <c r="HM10" s="14" t="n">
+      <c r="HN10" s="14" t="n">
         <v>47.304</v>
       </c>
-      <c r="HN10" s="14" t="n">
+      <c r="HO10" s="14" t="n">
         <v>47.347</v>
       </c>
-      <c r="HO10" s="14" t="n">
+      <c r="HP10" s="14" t="n">
         <v>47.61</v>
       </c>
-      <c r="HP10" s="14" t="n">
+      <c r="HQ10" s="14" t="n">
         <v>47.304</v>
       </c>
-      <c r="HQ10" s="14" t="n">
+      <c r="HR10" s="14" t="n">
         <v>47.216</v>
       </c>
-      <c r="HR10" s="14" t="n">
+      <c r="HS10" s="14" t="n">
         <v>47.172</v>
       </c>
-      <c r="HS10" s="14" t="n">
+      <c r="HT10" s="14" t="n">
         <v>46.603</v>
-      </c>
-[...1 lines deleted...]
-        <v>45.552</v>
       </c>
       <c r="HU10" s="14" t="n">
         <v>45.552</v>
       </c>
       <c r="HV10" s="14" t="n">
+        <v>45.552</v>
+      </c>
+      <c r="HW10" s="14" t="n">
         <v>45.595</v>
-      </c>
-[...1 lines deleted...]
-        <v>45.683</v>
       </c>
       <c r="HX10" s="14" t="n">
         <v>45.683</v>
       </c>
       <c r="HY10" s="14" t="n">
+        <v>45.683</v>
+      </c>
+      <c r="HZ10" s="14" t="n">
         <v>45.771</v>
       </c>
-      <c r="HZ10" s="14" t="n">
+      <c r="IA10" s="14" t="n">
         <v>45.639</v>
       </c>
-      <c r="IA10" s="14" t="n">
+      <c r="IB10" s="14" t="n">
         <v>45.858</v>
       </c>
-      <c r="IB10" s="14" t="n">
+      <c r="IC10" s="14" t="n">
         <v>45.814</v>
       </c>
-      <c r="IC10" s="14" t="n">
+      <c r="ID10" s="14" t="n">
         <v>45.639</v>
-      </c>
-[...1 lines deleted...]
-        <v>45.157</v>
       </c>
       <c r="IE10" s="14" t="n">
         <v>45.157</v>
       </c>
       <c r="IF10" s="14" t="n">
+        <v>45.157</v>
+      </c>
+      <c r="IG10" s="14" t="n">
         <v>44.5</v>
       </c>
-      <c r="IG10" s="14" t="n">
+      <c r="IH10" s="14" t="n">
         <v>44.632</v>
       </c>
-      <c r="IH10" s="14" t="n">
+      <c r="II10" s="14" t="n">
         <v>44.106</v>
       </c>
-      <c r="II10" s="14" t="n">
+      <c r="IJ10" s="14" t="n">
         <v>43.931</v>
       </c>
-      <c r="IJ10" s="14" t="n">
+      <c r="IK10" s="14" t="n">
         <v>43.624</v>
       </c>
-      <c r="IK10" s="14" t="n">
+      <c r="IL10" s="14" t="n">
         <v>43.8</v>
       </c>
-      <c r="IL10" s="14" t="n">
+      <c r="IM10" s="14" t="n">
         <v>43.931</v>
       </c>
-      <c r="IM10" s="14" t="n">
+      <c r="IN10" s="14" t="n">
         <v>43.712</v>
       </c>
-      <c r="IN10" s="14" t="n">
+      <c r="IO10" s="14" t="n">
         <v>43.405</v>
       </c>
-      <c r="IO10" s="14" t="n">
+      <c r="IP10" s="14" t="n">
         <v>43.668</v>
       </c>
-      <c r="IP10" s="14" t="n">
+      <c r="IQ10" s="14" t="n">
         <v>43.624</v>
       </c>
-      <c r="IQ10" s="14" t="n">
+      <c r="IR10" s="14" t="n">
         <v>42.705</v>
       </c>
-      <c r="IR10" s="15" t="n">
+      <c r="IS10" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="IT10" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="IS10" s="15" t="n">
+      <c r="IU10" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="IT10" s="15" t="n">
+      <c r="IV10" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="IU10" s="15" t="n">
+      <c r="IW10" s="15" t="n">
         <v>-3.3</v>
       </c>
-      <c r="IV10" s="15" t="n">
+      <c r="IX10" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="IW10" s="15" t="n">
+      <c r="IY10" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="IX10" s="15" t="n">
+      <c r="IZ10" s="15" t="n">
         <v>-3.5</v>
       </c>
-      <c r="IY10" s="15" t="n">
+      <c r="JA10" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="IZ10" s="15" t="n">
+      <c r="JB10" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="JA10" s="15" t="n">
+      <c r="JC10" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="JB10" s="15" t="n">
+      <c r="JD10" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="JC10" s="15" t="n">
+      <c r="JE10" s="15" t="n">
         <v>-2.4</v>
       </c>
-      <c r="JD10" s="15" t="n">
+      <c r="JF10" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="JE10" s="15" t="n">
+      <c r="JG10" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="JF10" s="15" t="n">
+      <c r="JH10" s="15" t="n">
         <v>-5.2</v>
       </c>
-      <c r="JG10" s="15" t="n">
+      <c r="JI10" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="JH10" s="15" t="n">
+      <c r="JJ10" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="JI10" s="15" t="n">
+      <c r="JK10" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="JJ10" s="15" t="n">
+      <c r="JL10" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="JK10" s="15" t="n">
+      <c r="JM10" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="JL10" s="15" t="n">
+      <c r="JN10" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="JM10" s="15" t="n">
+      <c r="JO10" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="JN10" s="15" t="n">
+      <c r="JP10" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="JO10" s="15" t="n">
+      <c r="JQ10" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="JP10" s="15" t="n">
+      <c r="JR10" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="JQ10" s="15" t="n">
+      <c r="JS10" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="JR10" s="15" t="n">
+      <c r="JT10" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="JS10" s="15" t="n">
+      <c r="JU10" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="JT10" s="15" t="n">
+      <c r="JV10" s="15" t="n">
         <v>-1.7</v>
       </c>
-      <c r="JU10" s="15" t="n">
+      <c r="JW10" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="JV10" s="15" t="n">
+      <c r="JX10" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="JW10" s="15" t="n">
+      <c r="JY10" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="JX10" s="15" t="n">
+      <c r="JZ10" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="JY10" s="15" t="n">
+      <c r="KA10" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="JZ10" s="15" t="n">
+      <c r="KB10" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="KA10" s="15" t="n">
+      <c r="KC10" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="KB10" s="15" t="n">
+      <c r="KD10" s="15" t="n">
         <v>-2.2</v>
       </c>
-      <c r="KC10" s="15" t="n">
+      <c r="KE10" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="KD10" s="15" t="n">
+      <c r="KF10" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="KE10" s="15" t="n">
+      <c r="KG10" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="KF10" s="15" t="n">
+      <c r="KH10" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="KG10" s="15" t="n">
+      <c r="KI10" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="KH10" s="15" t="n">
+      <c r="KJ10" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="KI10" s="15" t="n">
+      <c r="KK10" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="KJ10" s="15" t="n">
+      <c r="KL10" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="KK10" s="15" t="n">
+      <c r="KM10" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="KL10" s="15" t="n">
+      <c r="KN10" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="KM10" s="15" t="n">
+      <c r="KO10" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="KN10" s="15" t="n">
+      <c r="KP10" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="KO10" s="15" t="n">
+      <c r="KQ10" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="KP10" s="15" t="n">
+      <c r="KR10" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="KQ10" s="15" t="n">
+      <c r="KS10" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="KR10" s="15" t="n">
+      <c r="KT10" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="KS10" s="15" t="n">
+      <c r="KU10" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="KT10" s="15" t="n">
+      <c r="KV10" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="KU10" s="15" t="n">
+      <c r="KW10" s="15" t="n">
         <v>1.5</v>
-      </c>
-[...4 lines deleted...]
-        <v>1.2</v>
       </c>
       <c r="KX10" s="15" t="n">
         <v>0.8</v>
       </c>
       <c r="KY10" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="KZ10" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="LA10" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="KZ10" s="15" t="n">
+      <c r="LB10" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="LA10" s="15" t="n">
+      <c r="LC10" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="LB10" s="15" t="n">
+      <c r="LD10" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="LC10" s="15" t="n">
+      <c r="LE10" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="LD10" s="15" t="n">
+      <c r="LF10" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="LE10" s="15" t="n">
+      <c r="LG10" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="LF10" s="15" t="n">
+      <c r="LH10" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="LG10" s="15" t="n">
+      <c r="LI10" s="15" t="n">
         <v>-2.9</v>
       </c>
-      <c r="LH10" s="15" t="n">
+      <c r="LJ10" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="LI10" s="15" t="n">
+      <c r="LK10" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="LJ10" s="15" t="n">
+      <c r="LL10" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="LK10" s="15" t="n">
+      <c r="LM10" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="LL10" s="15" t="n">
+      <c r="LN10" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="LM10" s="15" t="n">
+      <c r="LO10" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="LN10" s="15" t="n">
+      <c r="LP10" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="LO10" s="15" t="n">
+      <c r="LQ10" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="LP10" s="15" t="n">
+      <c r="LR10" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="LQ10" s="15" t="n">
+      <c r="LS10" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="LR10" s="15" t="n">
+      <c r="LT10" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="LS10" s="15" t="n">
+      <c r="LU10" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="LT10" s="15" t="n">
+      <c r="LV10" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="LU10" s="15" t="n">
+      <c r="LW10" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="LV10" s="15" t="n">
+      <c r="LX10" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="LW10" s="15" t="n">
+      <c r="LY10" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="LX10" s="15" t="n">
+      <c r="LZ10" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="LY10" s="15" t="n">
+      <c r="MA10" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="LZ10" s="15" t="n">
+      <c r="MB10" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="MA10" s="15" t="n">
+      <c r="MC10" s="15" t="n">
         <v>-2.2</v>
       </c>
-      <c r="MB10" s="15" t="n">
+      <c r="MD10" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="MC10" s="15" t="n">
+      <c r="ME10" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="MD10" s="15" t="n">
+      <c r="MF10" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="ME10" s="15" t="n">
+      <c r="MG10" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="MF10" s="15" t="n">
+      <c r="MH10" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="MG10" s="15" t="n">
+      <c r="MI10" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="MH10" s="15" t="n">
+      <c r="MJ10" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="MI10" s="15" t="n">
+      <c r="MK10" s="15" t="n">
         <v>-5.4</v>
       </c>
-      <c r="MJ10" s="15" t="n">
+      <c r="ML10" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="MK10" s="15" t="n">
+      <c r="MM10" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="ML10" s="15" t="n">
+      <c r="MN10" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="MM10" s="15" t="n">
+      <c r="MO10" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="MN10" s="15" t="n">
+      <c r="MP10" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="MO10" s="15" t="n">
+      <c r="MQ10" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="MP10" s="15" t="n">
+      <c r="MR10" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="MQ10" s="15" t="n">
+      <c r="MS10" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="MR10" s="15" t="n">
+      <c r="MT10" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="MS10" s="15" t="n">
+      <c r="MU10" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="MT10" s="15" t="n">
+      <c r="MV10" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="MU10" s="15" t="n">
+      <c r="MW10" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="MV10" s="15" t="n">
+      <c r="MX10" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="MW10" s="15" t="n">
+      <c r="MY10" s="15" t="n">
         <v>-4.9</v>
       </c>
-      <c r="MX10" s="15" t="n">
+      <c r="MZ10" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="MY10" s="15" t="n">
+      <c r="NA10" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="MZ10" s="15" t="n">
+      <c r="NB10" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="NA10" s="15" t="n">
+      <c r="NC10" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="NB10" s="15" t="n">
+      <c r="ND10" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="NC10" s="15" t="n">
+      <c r="NE10" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="ND10" s="15" t="n">
+      <c r="NF10" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="NE10" s="15" t="n">
+      <c r="NG10" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="NF10" s="15" t="n">
+      <c r="NH10" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="NG10" s="15" t="n">
+      <c r="NI10" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="NH10" s="15" t="n">
+      <c r="NJ10" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="NI10" s="15" t="n">
+      <c r="NK10" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="NJ10" s="15" t="n">
+      <c r="NL10" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="NK10" s="15" t="n">
+      <c r="NM10" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="NL10" s="15" t="n">
+      <c r="NN10" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="NM10" s="15" t="n">
+      <c r="NO10" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="NN10" s="15" t="n">
+      <c r="NP10" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="NO10" s="15" t="n">
+      <c r="NQ10" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="NP10" s="15" t="n">
+      <c r="NR10" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="NQ10" s="15" t="n">
+      <c r="NS10" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="NR10" s="15" t="n">
+      <c r="NT10" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="NS10" s="15" t="n">
+      <c r="NU10" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="NT10" s="15" t="n">
+      <c r="NV10" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="NU10" s="15" t="n">
+      <c r="NW10" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="NV10" s="15" t="n">
+      <c r="NX10" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="NW10" s="15" t="n">
+      <c r="NY10" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="NX10" s="15" t="n">
+      <c r="NZ10" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="NY10" s="15" t="n">
+      <c r="OA10" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="NZ10" s="15" t="n">
+      <c r="OB10" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="OA10" s="15" t="n">
+      <c r="OC10" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="OB10" s="15" t="n">
+      <c r="OD10" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="OC10" s="15" t="n">
+      <c r="OE10" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="OD10" s="15" t="n">
+      <c r="OF10" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="OE10" s="15" t="n">
+      <c r="OG10" s="15" t="n">
         <v>1.2</v>
-      </c>
-[...4 lines deleted...]
-        <v>-0.2</v>
       </c>
       <c r="OH10" s="15" t="n">
         <v>-0.8</v>
       </c>
       <c r="OI10" s="15" t="n">
-        <v>0.7</v>
+        <v>-0.2</v>
       </c>
       <c r="OJ10" s="15" t="n">
         <v>-0.8</v>
       </c>
       <c r="OK10" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="OL10" s="15" t="n">
+        <v>-0.8</v>
+      </c>
+      <c r="OM10" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="OL10" s="15" t="n">
+      <c r="ON10" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="OM10" s="15" t="n">
+      <c r="OO10" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="ON10" s="15" t="n">
+      <c r="OP10" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="OO10" s="15" t="n">
+      <c r="OQ10" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="OP10" s="15" t="n">
+      <c r="OR10" s="15" t="n">
         <v>-2.4</v>
       </c>
-      <c r="OQ10" s="15" t="n">
+      <c r="OS10" s="15" t="n">
         <v>-3.8</v>
-      </c>
-[...4 lines deleted...]
-        <v>-0.5</v>
       </c>
       <c r="OT10" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="OU10" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="OV10" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="OW10" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="OV10" s="15" t="n">
+      <c r="OX10" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="OW10" s="15" t="n">
+      <c r="OY10" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="OX10" s="15" t="n">
+      <c r="OZ10" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="OY10" s="15" t="n">
+      <c r="PA10" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="OZ10" s="15" t="n">
+      <c r="PB10" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="PA10" s="15" t="n">
+      <c r="PC10" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="PB10" s="15" t="n">
+      <c r="PD10" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="PC10" s="15" t="n">
+      <c r="PE10" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="PD10" s="15" t="n">
+      <c r="PF10" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="PE10" s="15" t="n">
+      <c r="PG10" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="PF10" s="15" t="n">
+      <c r="PH10" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="PG10" s="15" t="n">
+      <c r="PI10" s="15" t="n">
         <v>10.2</v>
       </c>
-      <c r="PH10" s="15" t="n">
+      <c r="PJ10" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="PI10" s="15" t="n">
+      <c r="PK10" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="PJ10" s="15" t="n">
+      <c r="PL10" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="PK10" s="15" t="n">
+      <c r="PM10" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="PL10" s="15" t="n">
+      <c r="PN10" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="PM10" s="15" t="n">
+      <c r="PO10" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="PN10" s="15" t="n">
+      <c r="PP10" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="PO10" s="15" t="n">
+      <c r="PQ10" s="15" t="n">
         <v>7.7</v>
       </c>
-      <c r="PP10" s="15" t="n">
+      <c r="PR10" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="PQ10" s="15" t="n">
+      <c r="PS10" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="PR10" s="15" t="n">
+      <c r="PT10" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="PS10" s="15" t="n">
+      <c r="PU10" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="PT10" s="15" t="n">
+      <c r="PV10" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="PU10" s="15" t="n">
+      <c r="PW10" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="PV10" s="15" t="n">
+      <c r="PX10" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="PW10" s="15" t="n">
+      <c r="PY10" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="PX10" s="15" t="n">
+      <c r="PZ10" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="PY10" s="15" t="n">
+      <c r="QA10" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="PZ10" s="15" t="n">
+      <c r="QB10" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="QA10" s="15" t="n">
+      <c r="QC10" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="QB10" s="15" t="n">
+      <c r="QD10" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="QC10" s="15" t="n">
+      <c r="QE10" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="QD10" s="15" t="n">
+      <c r="QF10" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="QE10" s="15" t="n">
+      <c r="QG10" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="QF10" s="15" t="n">
+      <c r="QH10" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="QG10" s="15" t="n">
+      <c r="QI10" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="QH10" s="15" t="n">
+      <c r="QJ10" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="QI10" s="15" t="n">
+      <c r="QK10" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="QJ10" s="15" t="n">
+      <c r="QL10" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="QK10" s="15" t="n">
+      <c r="QM10" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="QL10" s="15" t="n">
+      <c r="QN10" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="QM10" s="15" t="n">
+      <c r="QO10" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="QN10" s="15" t="n">
+      <c r="QP10" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="QO10" s="15" t="n">
+      <c r="QQ10" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="QP10" s="15" t="n">
+      <c r="QR10" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="QQ10" s="15" t="n">
+      <c r="QS10" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="QR10" s="15" t="n">
+      <c r="QT10" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="QS10" s="15" t="n">
+      <c r="QU10" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="QT10" s="15" t="n">
+      <c r="QV10" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="QU10" s="15" t="n">
+      <c r="QW10" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="QV10" s="15" t="n">
+      <c r="QX10" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="QW10" s="15" t="n">
+      <c r="QY10" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="QX10" s="15" t="n">
+      <c r="QZ10" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="QY10" s="15" t="n">
+      <c r="RA10" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="QZ10" s="15" t="n">
+      <c r="RB10" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="RA10" s="15" t="n">
+      <c r="RC10" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="RB10" s="15" t="n">
+      <c r="RD10" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="RC10" s="15" t="n">
+      <c r="RE10" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="RD10" s="15" t="n">
+      <c r="RF10" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="RE10" s="15" t="n">
+      <c r="RG10" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="RF10" s="15" t="n">
+      <c r="RH10" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="RG10" s="15" t="n">
+      <c r="RI10" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="RH10" s="15" t="n">
+      <c r="RJ10" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="RI10" s="15" t="n">
+      <c r="RK10" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="RJ10" s="15" t="n">
+      <c r="RL10" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="RK10" s="15" t="n">
+      <c r="RM10" s="15" t="n">
         <v>-0.1</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.0</v>
       </c>
       <c r="RN10" s="15" t="n">
         <v>-0.2</v>
       </c>
       <c r="RO10" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="RP10" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="RQ10" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="RP10" s="15" t="n">
+      <c r="RR10" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="RQ10" s="15" t="n">
+      <c r="RS10" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="RR10" s="15" t="n">
+      <c r="RT10" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="RS10" s="15" t="n">
+      <c r="RU10" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="RT10" s="15" t="n">
+      <c r="RV10" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="RU10" s="15" t="n">
+      <c r="RW10" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="RV10" s="15" t="n">
+      <c r="RX10" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="RW10" s="15" t="n">
+      <c r="RY10" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="RX10" s="15" t="n">
+      <c r="RZ10" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="RY10" s="15" t="n">
+      <c r="SA10" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="RZ10" s="15" t="n">
+      <c r="SB10" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="SA10" s="15" t="n">
+      <c r="SC10" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="SB10" s="15" t="n">
+      <c r="SD10" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="SC10" s="15" t="n">
+      <c r="SE10" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="SD10" s="15" t="n">
+      <c r="SF10" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="SE10" s="15" t="n">
+      <c r="SG10" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="SF10" s="15" t="n">
+      <c r="SH10" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="SG10" s="13" t="inlineStr">
+      <c r="SI10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="SH10" s="15" t="n">
+      <c r="SJ10" s="15" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="SK10" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="SI10" s="15" t="n">
+      <c r="SL10" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="SJ10" s="15" t="n">
+      <c r="SM10" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="SK10" s="15" t="n">
+      <c r="SN10" s="15" t="n">
         <v>-4.3</v>
       </c>
-      <c r="SL10" s="15" t="n">
+      <c r="SO10" s="15" t="n">
         <v>-2.3</v>
       </c>
-      <c r="SM10" s="15" t="n">
+      <c r="SP10" s="15" t="n">
         <v>-2.8</v>
       </c>
-      <c r="SN10" s="15" t="n">
+      <c r="SQ10" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="SO10" s="15" t="n">
+      <c r="SR10" s="15" t="n">
         <v>6.2</v>
       </c>
-      <c r="SP10" s="15" t="n">
+      <c r="SS10" s="15" t="n">
         <v>6.0</v>
       </c>
-      <c r="SQ10" s="15" t="n">
+      <c r="ST10" s="15" t="n">
         <v>5.1</v>
       </c>
-      <c r="SR10" s="15" t="n">
+      <c r="SU10" s="15" t="n">
         <v>7.0</v>
       </c>
-      <c r="SS10" s="15" t="n">
+      <c r="SV10" s="15" t="n">
         <v>7.4</v>
       </c>
-      <c r="ST10" s="15" t="n">
+      <c r="SW10" s="15" t="n">
         <v>9.4</v>
       </c>
-      <c r="SU10" s="15" t="n">
+      <c r="SX10" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="SV10" s="15" t="n">
+      <c r="SY10" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="SW10" s="15" t="n">
+      <c r="SZ10" s="15" t="n">
         <v>7.6</v>
       </c>
-      <c r="SX10" s="15" t="n">
+      <c r="TA10" s="15" t="n">
         <v>9.1</v>
       </c>
-      <c r="SY10" s="15" t="n">
+      <c r="TB10" s="15" t="n">
         <v>7.8</v>
       </c>
-      <c r="SZ10" s="15" t="n">
+      <c r="TC10" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="TA10" s="15" t="n">
+      <c r="TD10" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="TB10" s="15" t="n">
+      <c r="TE10" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="TC10" s="15" t="n">
+      <c r="TF10" s="15" t="n">
         <v>-2.3</v>
       </c>
-      <c r="TD10" s="15" t="n">
+      <c r="TG10" s="15" t="n">
         <v>-3.3</v>
       </c>
-      <c r="TE10" s="15" t="n">
+      <c r="TH10" s="15" t="n">
         <v>-5.7</v>
       </c>
-      <c r="TF10" s="15" t="n">
+      <c r="TI10" s="15" t="n">
         <v>-3.1</v>
       </c>
-      <c r="TG10" s="15" t="n">
+      <c r="TJ10" s="15" t="n">
         <v>-3.4</v>
       </c>
-      <c r="TH10" s="15" t="n">
+      <c r="TK10" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="TI10" s="15" t="n">
+      <c r="TL10" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="TJ10" s="15" t="n">
+      <c r="TM10" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="TK10" s="15" t="n">
+      <c r="TN10" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="TL10" s="15" t="n">
+      <c r="TO10" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="TM10" s="15" t="n">
+      <c r="TP10" s="15" t="n">
         <v>5.7</v>
       </c>
-      <c r="TN10" s="15" t="n">
+      <c r="TQ10" s="15" t="n">
         <v>11.2</v>
       </c>
-      <c r="TO10" s="15" t="n">
+      <c r="TR10" s="15" t="n">
         <v>13.4</v>
       </c>
-      <c r="TP10" s="15" t="n">
+      <c r="TS10" s="15" t="n">
         <v>13.9</v>
       </c>
-      <c r="TQ10" s="15" t="n">
+      <c r="TT10" s="15" t="n">
         <v>15.8</v>
       </c>
-      <c r="TR10" s="15" t="n">
+      <c r="TU10" s="15" t="n">
         <v>15.2</v>
       </c>
-      <c r="TS10" s="15" t="n">
+      <c r="TV10" s="15" t="n">
         <v>19.4</v>
       </c>
-      <c r="TT10" s="15" t="n">
+      <c r="TW10" s="15" t="n">
         <v>20.3</v>
       </c>
-      <c r="TU10" s="15" t="n">
+      <c r="TX10" s="15" t="n">
         <v>17.8</v>
       </c>
-      <c r="TV10" s="15" t="n">
+      <c r="TY10" s="15" t="n">
         <v>20.7</v>
       </c>
-      <c r="TW10" s="15" t="n">
+      <c r="TZ10" s="15" t="n">
         <v>21.1</v>
       </c>
-      <c r="TX10" s="15" t="n">
+      <c r="UA10" s="15" t="n">
         <v>24.6</v>
       </c>
-      <c r="TY10" s="15" t="n">
+      <c r="UB10" s="15" t="n">
         <v>24.2</v>
       </c>
-      <c r="TZ10" s="15" t="n">
+      <c r="UC10" s="15" t="n">
         <v>21.0</v>
       </c>
-      <c r="UA10" s="15" t="n">
+      <c r="UD10" s="15" t="n">
         <v>19.3</v>
       </c>
-      <c r="UB10" s="15" t="n">
+      <c r="UE10" s="15" t="n">
         <v>18.5</v>
       </c>
-      <c r="UC10" s="15" t="n">
+      <c r="UF10" s="15" t="n">
         <v>19.2</v>
       </c>
-      <c r="UD10" s="15" t="n">
+      <c r="UG10" s="15" t="n">
         <v>16.4</v>
       </c>
-      <c r="UE10" s="15" t="n">
+      <c r="UH10" s="15" t="n">
         <v>13.6</v>
       </c>
-      <c r="UF10" s="15" t="n">
+      <c r="UI10" s="15" t="n">
         <v>10.7</v>
       </c>
-      <c r="UG10" s="15" t="n">
+      <c r="UJ10" s="15" t="n">
         <v>14.1</v>
       </c>
-      <c r="UH10" s="15" t="n">
+      <c r="UK10" s="15" t="n">
         <v>14.9</v>
       </c>
-      <c r="UI10" s="15" t="n">
+      <c r="UL10" s="15" t="n">
         <v>12.3</v>
       </c>
-      <c r="UJ10" s="15" t="n">
+      <c r="UM10" s="15" t="n">
         <v>11.8</v>
       </c>
-      <c r="UK10" s="15" t="n">
+      <c r="UN10" s="15" t="n">
         <v>9.4</v>
       </c>
-      <c r="UL10" s="15" t="n">
+      <c r="UO10" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="UM10" s="15" t="n">
+      <c r="UP10" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="UN10" s="15" t="n">
+      <c r="UQ10" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="UO10" s="15" t="n">
+      <c r="UR10" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="UP10" s="15" t="n">
+      <c r="US10" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="UQ10" s="15" t="n">
+      <c r="UT10" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="UR10" s="15" t="n">
+      <c r="UU10" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="US10" s="15" t="n">
+      <c r="UV10" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="UT10" s="15" t="n">
+      <c r="UW10" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="UU10" s="15" t="n">
+      <c r="UX10" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="UV10" s="15" t="n">
+      <c r="UY10" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="UW10" s="15" t="n">
+      <c r="UZ10" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="UX10" s="15" t="n">
+      <c r="VA10" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="UY10" s="15" t="n">
+      <c r="VB10" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="UZ10" s="15" t="n">
+      <c r="VC10" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="VA10" s="15" t="n">
+      <c r="VD10" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="VB10" s="15" t="n">
+      <c r="VE10" s="15" t="n">
         <v>5.2</v>
       </c>
-      <c r="VC10" s="15" t="n">
+      <c r="VF10" s="15" t="n">
         <v>6.2</v>
       </c>
-      <c r="VD10" s="15" t="n">
+      <c r="VG10" s="15" t="n">
         <v>6.5</v>
       </c>
-      <c r="VE10" s="15" t="n">
+      <c r="VH10" s="15" t="n">
         <v>6.4</v>
       </c>
-      <c r="VF10" s="15" t="n">
+      <c r="VI10" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="VG10" s="15" t="n">
+      <c r="VJ10" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="VH10" s="15" t="n">
+      <c r="VK10" s="15" t="n">
         <v>6.0</v>
       </c>
-      <c r="VI10" s="15" t="n">
+      <c r="VL10" s="15" t="n">
         <v>8.3</v>
       </c>
-      <c r="VJ10" s="15" t="n">
+      <c r="VM10" s="15" t="n">
         <v>11.5</v>
       </c>
-      <c r="VK10" s="15" t="n">
+      <c r="VN10" s="15" t="n">
         <v>10.8</v>
       </c>
-      <c r="VL10" s="15" t="n">
+      <c r="VO10" s="15" t="n">
         <v>10.6</v>
       </c>
-      <c r="VM10" s="15" t="n">
+      <c r="VP10" s="15" t="n">
         <v>14.2</v>
       </c>
-      <c r="VN10" s="15" t="n">
+      <c r="VQ10" s="15" t="n">
         <v>7.0</v>
       </c>
-      <c r="VO10" s="15" t="n">
+      <c r="VR10" s="15" t="n">
         <v>10.8</v>
       </c>
-      <c r="VP10" s="15" t="n">
+      <c r="VS10" s="15" t="n">
         <v>11.1</v>
       </c>
-      <c r="VQ10" s="15" t="n">
+      <c r="VT10" s="15" t="n">
         <v>11.8</v>
       </c>
-      <c r="VR10" s="15" t="n">
+      <c r="VU10" s="15" t="n">
         <v>14.9</v>
       </c>
-      <c r="VS10" s="15" t="n">
+      <c r="VV10" s="15" t="n">
         <v>16.9</v>
       </c>
-      <c r="VT10" s="15" t="n">
+      <c r="VW10" s="15" t="n">
         <v>14.2</v>
       </c>
-      <c r="VU10" s="15" t="n">
+      <c r="VX10" s="15" t="n">
         <v>12.4</v>
       </c>
-      <c r="VV10" s="15" t="n">
+      <c r="VY10" s="15" t="n">
         <v>10.3</v>
       </c>
-      <c r="VW10" s="15" t="n">
+      <c r="VZ10" s="15" t="n">
         <v>10.0</v>
       </c>
-      <c r="VX10" s="15" t="n">
+      <c r="WA10" s="15" t="n">
         <v>10.3</v>
       </c>
-      <c r="VY10" s="15" t="n">
+      <c r="WB10" s="15" t="n">
         <v>5.4</v>
       </c>
-      <c r="VZ10" s="15" t="n">
+      <c r="WC10" s="15" t="n">
         <v>12.2</v>
       </c>
-      <c r="WA10" s="15" t="n">
+      <c r="WD10" s="15" t="n">
         <v>10.2</v>
       </c>
-      <c r="WB10" s="15" t="n">
+      <c r="WE10" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="WC10" s="15" t="n">
+      <c r="WF10" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="WD10" s="15" t="n">
+      <c r="WG10" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="WE10" s="15" t="n">
+      <c r="WH10" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="WF10" s="15" t="n">
+      <c r="WI10" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="WG10" s="15" t="n">
+      <c r="WJ10" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="WH10" s="15" t="n">
+      <c r="WK10" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="WI10" s="15" t="n">
+      <c r="WL10" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="WJ10" s="15" t="n">
+      <c r="WM10" s="15" t="n">
         <v>-2.9</v>
       </c>
-      <c r="WK10" s="15" t="n">
+      <c r="WN10" s="15" t="n">
         <v>-3.9</v>
       </c>
-      <c r="WL10" s="15" t="n">
+      <c r="WO10" s="15" t="n">
         <v>-3.0</v>
       </c>
-      <c r="WM10" s="15" t="n">
+      <c r="WP10" s="15" t="n">
         <v>-7.6</v>
       </c>
-      <c r="WN10" s="15" t="n">
+      <c r="WQ10" s="15" t="n">
         <v>-4.7</v>
       </c>
-      <c r="WO10" s="15" t="n">
+      <c r="WR10" s="15" t="n">
         <v>-6.9</v>
-      </c>
-[...7 lines deleted...]
-        <v>-6.4</v>
       </c>
       <c r="WS10" s="15" t="n">
         <v>-5.0</v>
       </c>
       <c r="WT10" s="15" t="n">
+        <v>-6.0</v>
+      </c>
+      <c r="WU10" s="15" t="n">
+        <v>-6.4</v>
+      </c>
+      <c r="WV10" s="15" t="n">
+        <v>-5.0</v>
+      </c>
+      <c r="WW10" s="15" t="n">
         <v>-1.7</v>
       </c>
-      <c r="WU10" s="15" t="n">
+      <c r="WX10" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="WV10" s="15" t="n">
+      <c r="WY10" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="WW10" s="15" t="n">
+      <c r="WZ10" s="15" t="n">
         <v>6.7</v>
       </c>
-      <c r="WX10" s="15" t="n">
+      <c r="XA10" s="15" t="n">
         <v>6.9</v>
       </c>
-      <c r="WY10" s="15" t="n">
+      <c r="XB10" s="15" t="n">
         <v>8.6</v>
       </c>
-      <c r="WZ10" s="15" t="n">
+      <c r="XC10" s="15" t="n">
         <v>12.0</v>
       </c>
-      <c r="XA10" s="15" t="n">
+      <c r="XD10" s="15" t="n">
         <v>12.1</v>
       </c>
-      <c r="XB10" s="15" t="n">
+      <c r="XE10" s="15" t="n">
         <v>9.5</v>
       </c>
-      <c r="XC10" s="15" t="n">
+      <c r="XF10" s="15" t="n">
         <v>11.6</v>
       </c>
-      <c r="XD10" s="15" t="n">
+      <c r="XG10" s="15" t="n">
         <v>15.2</v>
       </c>
-      <c r="XE10" s="15" t="n">
+      <c r="XH10" s="15" t="n">
         <v>13.8</v>
       </c>
-      <c r="XF10" s="15" t="n">
+      <c r="XI10" s="15" t="n">
         <v>10.3</v>
       </c>
-      <c r="XG10" s="15" t="n">
+      <c r="XJ10" s="15" t="n">
         <v>8.1</v>
       </c>
-      <c r="XH10" s="15" t="n">
+      <c r="XK10" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="XI10" s="15" t="n">
+      <c r="XL10" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="XJ10" s="15" t="n">
+      <c r="XM10" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="XK10" s="15" t="n">
+      <c r="XN10" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="XL10" s="15" t="n">
+      <c r="XO10" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="XM10" s="15" t="n">
+      <c r="XP10" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="XN10" s="15" t="n">
+      <c r="XQ10" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="XO10" s="15" t="n">
+      <c r="XR10" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="XP10" s="15" t="n">
+      <c r="XS10" s="15" t="n">
         <v>-3.2</v>
       </c>
-      <c r="XQ10" s="15" t="n">
+      <c r="XT10" s="15" t="n">
         <v>-3.2</v>
       </c>
-      <c r="XR10" s="15" t="n">
+      <c r="XU10" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="XS10" s="15" t="n">
+      <c r="XV10" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="XT10" s="15" t="n">
+      <c r="XW10" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="XU10" s="15" t="n">
+      <c r="XX10" s="15" t="n">
         <v>-3.0</v>
       </c>
-      <c r="XV10" s="15" t="n">
+      <c r="XY10" s="15" t="n">
         <v>-7.9</v>
       </c>
-      <c r="XW10" s="15" t="n">
+      <c r="XZ10" s="15" t="n">
         <v>-7.1</v>
       </c>
-      <c r="XX10" s="15" t="n">
+      <c r="YA10" s="15" t="n">
         <v>-7.4</v>
       </c>
-      <c r="XY10" s="15" t="n">
+      <c r="YB10" s="15" t="n">
         <v>-6.7</v>
       </c>
-      <c r="XZ10" s="15" t="n">
+      <c r="YC10" s="15" t="n">
         <v>-7.2</v>
       </c>
-      <c r="YA10" s="15" t="n">
+      <c r="YD10" s="15" t="n">
         <v>-4.7</v>
       </c>
-      <c r="YB10" s="15" t="n">
+      <c r="YE10" s="15" t="n">
         <v>-4.5</v>
       </c>
-      <c r="YC10" s="15" t="n">
+      <c r="YF10" s="15" t="n">
         <v>-5.1</v>
       </c>
-      <c r="YD10" s="15" t="n">
+      <c r="YG10" s="15" t="n">
         <v>-5.0</v>
       </c>
-      <c r="YE10" s="15" t="n">
+      <c r="YH10" s="15" t="n">
         <v>-5.6</v>
       </c>
-      <c r="YF10" s="15" t="n">
+      <c r="YI10" s="15" t="n">
         <v>-4.9</v>
       </c>
-      <c r="YG10" s="15" t="n">
+      <c r="YJ10" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="YH10" s="15" t="n">
+      <c r="YK10" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="YI10" s="15" t="n">
+      <c r="YL10" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="YJ10" s="15" t="n">
+      <c r="YM10" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="YK10" s="15" t="n">
+      <c r="YN10" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="YL10" s="15" t="n">
+      <c r="YO10" s="15" t="n">
         <v>14.1</v>
       </c>
-      <c r="YM10" s="15" t="n">
+      <c r="YP10" s="15" t="n">
         <v>13.8</v>
       </c>
-      <c r="YN10" s="15" t="n">
+      <c r="YQ10" s="15" t="n">
         <v>16.6</v>
       </c>
-      <c r="YO10" s="15" t="n">
+      <c r="YR10" s="15" t="n">
         <v>19.9</v>
       </c>
-      <c r="YP10" s="15" t="n">
+      <c r="YS10" s="15" t="n">
         <v>20.3</v>
       </c>
-      <c r="YQ10" s="15" t="n">
+      <c r="YT10" s="15" t="n">
         <v>23.0</v>
       </c>
-      <c r="YR10" s="15" t="n">
+      <c r="YU10" s="15" t="n">
         <v>25.7</v>
       </c>
-      <c r="YS10" s="15" t="n">
+      <c r="YV10" s="15" t="n">
         <v>25.8</v>
       </c>
-      <c r="YT10" s="15" t="n">
+      <c r="YW10" s="15" t="n">
         <v>37.4</v>
       </c>
-      <c r="YU10" s="15" t="n">
+      <c r="YX10" s="15" t="n">
         <v>36.8</v>
       </c>
-      <c r="YV10" s="15" t="n">
+      <c r="YY10" s="15" t="n">
         <v>34.9</v>
       </c>
-      <c r="YW10" s="15" t="n">
+      <c r="YZ10" s="15" t="n">
         <v>37.1</v>
       </c>
-      <c r="YX10" s="15" t="n">
+      <c r="ZA10" s="15" t="n">
         <v>25.0</v>
       </c>
-      <c r="YY10" s="15" t="n">
+      <c r="ZB10" s="15" t="n">
         <v>25.7</v>
       </c>
-      <c r="YZ10" s="15" t="n">
+      <c r="ZC10" s="15" t="n">
         <v>21.9</v>
       </c>
-      <c r="ZA10" s="15" t="n">
+      <c r="ZD10" s="15" t="n">
         <v>21.4</v>
       </c>
-      <c r="ZB10" s="15" t="n">
+      <c r="ZE10" s="15" t="n">
         <v>19.9</v>
       </c>
-      <c r="ZC10" s="15" t="n">
+      <c r="ZF10" s="15" t="n">
         <v>18.0</v>
       </c>
-      <c r="ZD10" s="15" t="n">
+      <c r="ZG10" s="15" t="n">
         <v>16.4</v>
       </c>
-      <c r="ZE10" s="15" t="n">
+      <c r="ZH10" s="15" t="n">
         <v>12.6</v>
       </c>
-      <c r="ZF10" s="15" t="n">
+      <c r="ZI10" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="ZG10" s="15" t="n">
+      <c r="ZJ10" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="ZH10" s="15" t="n">
+      <c r="ZK10" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="ZI10" s="15" t="n">
+      <c r="ZL10" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="ZJ10" s="15" t="n">
+      <c r="ZM10" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="ZK10" s="15" t="n">
+      <c r="ZN10" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="ZL10" s="15" t="n">
+      <c r="ZO10" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="ZM10" s="15" t="n">
+      <c r="ZP10" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="ZN10" s="15" t="n">
+      <c r="ZQ10" s="15" t="n">
         <v>0.3</v>
-      </c>
-[...7 lines deleted...]
-        <v>1.5</v>
       </c>
       <c r="ZR10" s="15" t="n">
         <v>1.6</v>
       </c>
       <c r="ZS10" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="ZT10" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="ZU10" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="ZV10" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="ZT10" s="15" t="n">
+      <c r="ZW10" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="ZU10" s="15" t="n">
+      <c r="ZX10" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="ZV10" s="15" t="n">
+      <c r="ZY10" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="ZW10" s="15" t="n">
+      <c r="ZZ10" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="ZX10" s="15" t="n">
+      <c r="AAA10" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="ZY10" s="15" t="n">
+      <c r="AAB10" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="ZZ10" s="15" t="n">
+      <c r="AAC10" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="AAA10" s="15" t="n">
+      <c r="AAD10" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="AAB10" s="15" t="n">
+      <c r="AAE10" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="AAC10" s="15" t="n">
+      <c r="AAF10" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="AAD10" s="15" t="n">
+      <c r="AAG10" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="AAE10" s="15" t="n">
+      <c r="AAH10" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="AAF10" s="15" t="n">
+      <c r="AAI10" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="AAG10" s="15" t="n">
+      <c r="AAJ10" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="AAH10" s="15" t="n">
+      <c r="AAK10" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="AAI10" s="15" t="n">
+      <c r="AAL10" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="AAJ10" s="15" t="n">
+      <c r="AAM10" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="AAK10" s="15" t="n">
+      <c r="AAN10" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="AAL10" s="15" t="n">
+      <c r="AAO10" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="AAM10" s="15" t="n">
+      <c r="AAP10" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="AAN10" s="15" t="n">
+      <c r="AAQ10" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="AAO10" s="15" t="n">
+      <c r="AAR10" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="AAP10" s="15" t="n">
+      <c r="AAS10" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="AAQ10" s="15" t="n">
+      <c r="AAT10" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="AAR10" s="15" t="n">
+      <c r="AAU10" s="15" t="n">
         <v>3.2</v>
-      </c>
-[...7 lines deleted...]
-        <v>3.8</v>
       </c>
       <c r="AAV10" s="15" t="n">
         <v>3.3</v>
       </c>
       <c r="AAW10" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="AAX10" s="15" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="AAY10" s="15" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="AAZ10" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="AAX10" s="15" t="n">
+      <c r="ABA10" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="AAY10" s="15" t="n">
+      <c r="ABB10" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="AAZ10" s="15" t="n">
+      <c r="ABC10" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="ABA10" s="15" t="n">
+      <c r="ABD10" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="ABB10" s="15" t="n">
+      <c r="ABE10" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="ABC10" s="15" t="n">
+      <c r="ABF10" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="ABD10" s="15" t="n">
+      <c r="ABG10" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="ABE10" s="15" t="n">
+      <c r="ABH10" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="ABF10" s="15" t="n">
+      <c r="ABI10" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="ABG10" s="15" t="n">
+      <c r="ABJ10" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="ABH10" s="15" t="n">
+      <c r="ABK10" s="15" t="n">
         <v>5.5</v>
       </c>
-      <c r="ABI10" s="15" t="n">
+      <c r="ABL10" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="ABJ10" s="15" t="n">
+      <c r="ABM10" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="ABK10" s="15" t="n">
+      <c r="ABN10" s="15" t="n">
         <v>5.7</v>
       </c>
-      <c r="ABL10" s="13" t="inlineStr">
+      <c r="ABO10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABM10" s="13" t="inlineStr">
+      <c r="ABP10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABN10" s="13" t="inlineStr">
+      <c r="ABQ10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABO10" s="13" t="inlineStr">
+      <c r="ABR10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABP10" s="13" t="inlineStr">
+      <c r="ABS10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABQ10" s="13" t="inlineStr">
+      <c r="ABT10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABR10" s="13" t="inlineStr">
+      <c r="ABU10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABS10" s="13" t="inlineStr">
+      <c r="ABV10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABT10" s="13" t="inlineStr">
+      <c r="ABW10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABU10" s="13" t="inlineStr">
+      <c r="ABX10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABV10" s="13" t="inlineStr">
+      <c r="ABY10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABW10" s="13" t="inlineStr">
+      <c r="ABZ10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABX10" s="15" t="n">
+      <c r="ACA10" s="15" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="ACB10" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="ABY10" s="15" t="n">
+      <c r="ACC10" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="ABZ10" s="15" t="n">
+      <c r="ACD10" s="15" t="n">
         <v>-2.9</v>
       </c>
-      <c r="ACA10" s="15" t="n">
+      <c r="ACE10" s="15" t="n">
         <v>-2.2</v>
       </c>
-      <c r="ACB10" s="15" t="n">
+      <c r="ACF10" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="ACC10" s="15" t="n">
+      <c r="ACG10" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="ACD10" s="15" t="n">
+      <c r="ACH10" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="ACE10" s="15" t="n">
+      <c r="ACI10" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="ACF10" s="15" t="n">
+      <c r="ACJ10" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="ACG10" s="15" t="n">
+      <c r="ACK10" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="ACH10" s="15" t="n">
+      <c r="ACL10" s="15" t="n">
         <v>7.0</v>
       </c>
-      <c r="ACI10" s="15" t="n">
+      <c r="ACM10" s="15" t="n">
         <v>6.2</v>
       </c>
-      <c r="ACJ10" s="15" t="n">
+      <c r="ACN10" s="15" t="n">
         <v>8.8</v>
       </c>
-      <c r="ACK10" s="15" t="n">
+      <c r="ACO10" s="15" t="n">
         <v>5.6</v>
       </c>
-      <c r="ACL10" s="15" t="n">
+      <c r="ACP10" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="ACM10" s="15" t="n">
+      <c r="ACQ10" s="15" t="n">
         <v>9.4</v>
       </c>
-      <c r="ACN10" s="15" t="n">
+      <c r="ACR10" s="15" t="n">
         <v>10.7</v>
       </c>
-      <c r="ACO10" s="15" t="n">
+      <c r="ACS10" s="15" t="n">
         <v>11.3</v>
       </c>
-      <c r="ACP10" s="15" t="n">
+      <c r="ACT10" s="15" t="n">
         <v>7.7</v>
       </c>
-      <c r="ACQ10" s="15" t="n">
+      <c r="ACU10" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="ACR10" s="15" t="n">
+      <c r="ACV10" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="ACS10" s="15" t="n">
+      <c r="ACW10" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="ACT10" s="15" t="n">
+      <c r="ACX10" s="15" t="n">
         <v>-3.3</v>
       </c>
-      <c r="ACU10" s="15" t="n">
+      <c r="ACY10" s="15" t="n">
         <v>-4.4</v>
       </c>
-      <c r="ACV10" s="15" t="n">
+      <c r="ACZ10" s="15" t="n">
         <v>-3.9</v>
       </c>
-      <c r="ACW10" s="15" t="n">
+      <c r="ADA10" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="ACX10" s="15" t="n">
+      <c r="ADB10" s="15" t="n">
         <v>-2.5</v>
       </c>
-      <c r="ACY10" s="15" t="n">
+      <c r="ADC10" s="15" t="n">
         <v>-1.7</v>
       </c>
-      <c r="ACZ10" s="15" t="n">
+      <c r="ADD10" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="ADA10" s="15" t="n">
+      <c r="ADE10" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="ADB10" s="15" t="n">
+      <c r="ADF10" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="ADC10" s="15" t="n">
+      <c r="ADG10" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="ADD10" s="15" t="n">
+      <c r="ADH10" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="ADE10" s="15" t="n">
+      <c r="ADI10" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="ADF10" s="15" t="n">
+      <c r="ADJ10" s="15" t="n">
         <v>13.9</v>
       </c>
-      <c r="ADG10" s="15" t="n">
+      <c r="ADK10" s="15" t="n">
         <v>15.6</v>
       </c>
-      <c r="ADH10" s="15" t="n">
+      <c r="ADL10" s="15" t="n">
         <v>13.0</v>
       </c>
-      <c r="ADI10" s="15" t="n">
+      <c r="ADM10" s="15" t="n">
         <v>15.6</v>
       </c>
-      <c r="ADJ10" s="15" t="n">
+      <c r="ADN10" s="15" t="n">
         <v>13.1</v>
       </c>
-      <c r="ADK10" s="15" t="n">
+      <c r="ADO10" s="15" t="n">
         <v>10.9</v>
       </c>
-      <c r="ADL10" s="15" t="n">
+      <c r="ADP10" s="15" t="n">
         <v>13.2</v>
       </c>
-      <c r="ADM10" s="15" t="n">
+      <c r="ADQ10" s="15" t="n">
         <v>10.8</v>
       </c>
-      <c r="ADN10" s="15" t="n">
+      <c r="ADR10" s="15" t="n">
         <v>12.6</v>
       </c>
-      <c r="ADO10" s="15" t="n">
+      <c r="ADS10" s="15" t="n">
         <v>8.6</v>
       </c>
-      <c r="ADP10" s="15" t="n">
+      <c r="ADT10" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="ADQ10" s="15" t="n">
+      <c r="ADU10" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="ADR10" s="15" t="n">
+      <c r="ADV10" s="15" t="n">
         <v>18.5</v>
       </c>
-      <c r="ADS10" s="15" t="n">
+      <c r="ADW10" s="15" t="n">
         <v>18.3</v>
       </c>
-      <c r="ADT10" s="15" t="n">
+      <c r="ADX10" s="15" t="n">
         <v>16.3</v>
       </c>
-      <c r="ADU10" s="15" t="n">
+      <c r="ADY10" s="15" t="n">
         <v>14.7</v>
       </c>
-      <c r="ADV10" s="15" t="n">
+      <c r="ADZ10" s="15" t="n">
         <v>11.4</v>
       </c>
-      <c r="ADW10" s="15" t="n">
+      <c r="AEA10" s="15" t="n">
         <v>11.5</v>
       </c>
-      <c r="ADX10" s="15" t="n">
+      <c r="AEB10" s="15" t="n">
         <v>11.2</v>
       </c>
-      <c r="ADY10" s="15" t="n">
+      <c r="AEC10" s="15" t="n">
         <v>8.5</v>
       </c>
-      <c r="ADZ10" s="15" t="n">
+      <c r="AED10" s="15" t="n">
         <v>7.1</v>
       </c>
-      <c r="AEA10" s="15" t="n">
+      <c r="AEE10" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="AEB10" s="15" t="n">
+      <c r="AEF10" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="AEC10" s="15" t="n">
+      <c r="AEG10" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="AED10" s="15" t="n">
+      <c r="AEH10" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="AEE10" s="15" t="n">
+      <c r="AEI10" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="AEF10" s="15" t="n">
+      <c r="AEJ10" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="AEG10" s="15" t="n">
+      <c r="AEK10" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="AEH10" s="15" t="n">
+      <c r="AEL10" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="AEI10" s="15" t="n">
+      <c r="AEM10" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="AEJ10" s="15" t="n">
+      <c r="AEN10" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="AEK10" s="15" t="n">
+      <c r="AEO10" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="AEL10" s="15" t="n">
+      <c r="AEP10" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="AEM10" s="15" t="n">
+      <c r="AEQ10" s="15" t="n">
         <v>-2.4</v>
       </c>
-      <c r="AEN10" s="15" t="n">
+      <c r="AER10" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="AEO10" s="15" t="n">
+      <c r="AES10" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="AEP10" s="15" t="n">
+      <c r="AET10" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="AEQ10" s="15" t="n">
+      <c r="AEU10" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="AER10" s="15" t="n">
+      <c r="AEV10" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="AES10" s="15" t="n">
+      <c r="AEW10" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="AET10" s="15" t="n">
+      <c r="AEX10" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="AEU10" s="15" t="n">
+      <c r="AEY10" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="AEV10" s="15" t="n">
+      <c r="AEZ10" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="AEW10" s="15" t="n">
+      <c r="AFA10" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="AEX10" s="15" t="n">
+      <c r="AFB10" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="AEY10" s="15" t="n">
+      <c r="AFC10" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="AEZ10" s="15" t="n">
+      <c r="AFD10" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="AFA10" s="15" t="n">
+      <c r="AFE10" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="AFB10" s="15" t="n">
+      <c r="AFF10" s="15" t="n">
         <v>10.6</v>
       </c>
-      <c r="AFC10" s="15" t="n">
+      <c r="AFG10" s="15" t="n">
         <v>10.1</v>
       </c>
-      <c r="AFD10" s="15" t="n">
+      <c r="AFH10" s="15" t="n">
         <v>9.0</v>
       </c>
-      <c r="AFE10" s="15" t="n">
+      <c r="AFI10" s="15" t="n">
         <v>7.6</v>
       </c>
-      <c r="AFF10" s="15" t="n">
+      <c r="AFJ10" s="15" t="n">
         <v>6.7</v>
       </c>
-      <c r="AFG10" s="15" t="n">
+      <c r="AFK10" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="AFH10" s="15" t="n">
+      <c r="AFL10" s="15" t="n">
         <v>7.1</v>
       </c>
-      <c r="AFI10" s="15" t="n">
+      <c r="AFM10" s="15" t="n">
         <v>6.6</v>
       </c>
-      <c r="AFJ10" s="15" t="n">
+      <c r="AFN10" s="15" t="n">
         <v>5.2</v>
       </c>
-      <c r="AFK10" s="15" t="n">
+      <c r="AFO10" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="AFL10" s="15" t="n">
+      <c r="AFP10" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="AFM10" s="15" t="n">
+      <c r="AFQ10" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="AFN10" s="15" t="n">
+      <c r="AFR10" s="15" t="n">
         <v>10.3</v>
       </c>
-      <c r="AFO10" s="15" t="n">
+      <c r="AFS10" s="15" t="n">
         <v>6.4</v>
       </c>
-      <c r="AFP10" s="15" t="n">
+      <c r="AFT10" s="15" t="n">
         <v>12.4</v>
       </c>
-      <c r="AFQ10" s="15" t="n">
+      <c r="AFU10" s="15" t="n">
         <v>7.2</v>
       </c>
-      <c r="AFR10" s="15" t="n">
+      <c r="AFV10" s="15" t="n">
         <v>6.0</v>
       </c>
-      <c r="AFS10" s="15" t="n">
+      <c r="AFW10" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="AFT10" s="15" t="n">
+      <c r="AFX10" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="AFU10" s="15" t="n">
+      <c r="AFY10" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="AFV10" s="15" t="n">
+      <c r="AFZ10" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="AFW10" s="15" t="n">
+      <c r="AGA10" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="AFX10" s="15" t="n">
+      <c r="AGB10" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="AFY10" s="15" t="n">
+      <c r="AGC10" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="AFZ10" s="15" t="n">
+      <c r="AGD10" s="15" t="n">
         <v>-2.9</v>
       </c>
-      <c r="AGA10" s="15" t="n">
+      <c r="AGE10" s="15" t="n">
         <v>-2.1</v>
       </c>
-      <c r="AGB10" s="15" t="n">
+      <c r="AGF10" s="15" t="n">
         <v>-2.8</v>
       </c>
-      <c r="AGC10" s="15" t="n">
+      <c r="AGG10" s="15" t="n">
         <v>-5.5</v>
       </c>
-      <c r="AGD10" s="15" t="n">
+      <c r="AGH10" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="AGE10" s="15" t="n">
+      <c r="AGI10" s="15" t="n">
         <v>-3.5</v>
       </c>
-      <c r="AGF10" s="15" t="n">
+      <c r="AGJ10" s="15" t="n">
         <v>-2.9</v>
       </c>
-      <c r="AGG10" s="15" t="n">
+      <c r="AGK10" s="15" t="n">
         <v>-3.3</v>
       </c>
-      <c r="AGH10" s="15" t="n">
+      <c r="AGL10" s="15" t="n">
         <v>-2.9</v>
       </c>
-      <c r="AGI10" s="15" t="n">
+      <c r="AGM10" s="15" t="n">
         <v>-2.2</v>
       </c>
-      <c r="AGJ10" s="15" t="n">
+      <c r="AGN10" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="AGK10" s="15" t="n">
+      <c r="AGO10" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="AGL10" s="15" t="n">
+      <c r="AGP10" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="AGM10" s="15" t="n">
+      <c r="AGQ10" s="15" t="n">
         <v>6.3</v>
       </c>
-      <c r="AGN10" s="15" t="n">
+      <c r="AGR10" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="AGO10" s="15" t="n">
+      <c r="AGS10" s="15" t="n">
         <v>6.7</v>
       </c>
-      <c r="AGP10" s="15" t="n">
+      <c r="AGT10" s="15" t="n">
         <v>8.7</v>
       </c>
-      <c r="AGQ10" s="15" t="n">
+      <c r="AGU10" s="15" t="n">
         <v>8.1</v>
       </c>
-      <c r="AGR10" s="15" t="n">
+      <c r="AGV10" s="15" t="n">
         <v>6.7</v>
       </c>
-      <c r="AGS10" s="15" t="n">
+      <c r="AGW10" s="15" t="n">
         <v>7.2</v>
       </c>
-      <c r="AGT10" s="15" t="n">
+      <c r="AGX10" s="15" t="n">
         <v>8.3</v>
       </c>
-      <c r="AGU10" s="15" t="n">
+      <c r="AGY10" s="15" t="n">
         <v>7.3</v>
       </c>
-      <c r="AGV10" s="15" t="n">
+      <c r="AGZ10" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="AGW10" s="15" t="n">
+      <c r="AHA10" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="AGX10" s="15" t="n">
+      <c r="AHB10" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="AGY10" s="15" t="n">
+      <c r="AHC10" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="AGZ10" s="15" t="n">
+      <c r="AHD10" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="AHA10" s="15" t="n">
+      <c r="AHE10" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="AHB10" s="15" t="n">
+      <c r="AHF10" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="AHC10" s="15" t="n">
+      <c r="AHG10" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="AHD10" s="15" t="n">
+      <c r="AHH10" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="AHE10" s="15" t="n">
+      <c r="AHI10" s="15" t="n">
         <v>0.6</v>
-      </c>
-[...10 lines deleted...]
-        <v>-0.7</v>
       </c>
       <c r="AHJ10" s="15" t="n">
         <v>-1.6</v>
       </c>
       <c r="AHK10" s="15" t="n">
+        <v>-1.3</v>
+      </c>
+      <c r="AHL10" s="15" t="n">
+        <v>-0.8</v>
+      </c>
+      <c r="AHM10" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="AHL10" s="15" t="n">
+      <c r="AHN10" s="15" t="n">
+        <v>-1.6</v>
+      </c>
+      <c r="AHO10" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="AHP10" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="AHM10" s="15" t="n">
+      <c r="AHQ10" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="AHN10" s="15" t="n">
+      <c r="AHR10" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="AHO10" s="15" t="n">
+      <c r="AHS10" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="AHP10" s="15" t="n">
+      <c r="AHT10" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="AHQ10" s="15" t="n">
+      <c r="AHU10" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="AHR10" s="15" t="n">
+      <c r="AHV10" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="AHS10" s="15" t="n">
+      <c r="AHW10" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="AHT10" s="15" t="n">
+      <c r="AHX10" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="AHU10" s="15" t="n">
+      <c r="AHY10" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="AHV10" s="15" t="n">
+      <c r="AHZ10" s="15" t="n">
         <v>-4.9</v>
       </c>
-      <c r="AHW10" s="15" t="n">
+      <c r="AIA10" s="15" t="n">
         <v>-2.6</v>
       </c>
-      <c r="AHX10" s="15" t="n">
+      <c r="AIB10" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="AHY10" s="15" t="n">
+      <c r="AIC10" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="AHZ10" s="15" t="n">
+      <c r="AID10" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="AIA10" s="15" t="n">
+      <c r="AIE10" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="AIB10" s="15" t="n">
+      <c r="AIF10" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="AIC10" s="15" t="n">
+      <c r="AIG10" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="AID10" s="15" t="n">
+      <c r="AIH10" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="AIE10" s="15" t="n">
+      <c r="AII10" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="AIF10" s="15" t="n">
+      <c r="AIJ10" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="AIG10" s="15" t="n">
+      <c r="AIK10" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="AIH10" s="15" t="n">
+      <c r="AIL10" s="15" t="n">
         <v>25.7</v>
       </c>
-      <c r="AII10" s="15" t="n">
+      <c r="AIM10" s="15" t="n">
         <v>21.9</v>
       </c>
-      <c r="AIJ10" s="15" t="n">
+      <c r="AIN10" s="15" t="n">
         <v>23.5</v>
       </c>
-      <c r="AIK10" s="15" t="n">
+      <c r="AIO10" s="15" t="n">
         <v>23.4</v>
       </c>
-      <c r="AIL10" s="15" t="n">
+      <c r="AIP10" s="15" t="n">
         <v>22.2</v>
       </c>
-      <c r="AIM10" s="15" t="n">
+      <c r="AIQ10" s="15" t="n">
         <v>23.5</v>
       </c>
-      <c r="AIN10" s="15" t="n">
+      <c r="AIR10" s="15" t="n">
         <v>12.0</v>
       </c>
-      <c r="AIO10" s="15" t="n">
+      <c r="AIS10" s="15" t="n">
         <v>10.3</v>
       </c>
-      <c r="AIP10" s="15" t="n">
+      <c r="AIT10" s="15" t="n">
         <v>7.3</v>
       </c>
-      <c r="AIQ10" s="15" t="n">
+      <c r="AIU10" s="15" t="n">
         <v>5.5</v>
       </c>
-      <c r="AIR10" s="15" t="n">
+      <c r="AIV10" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="AIS10" s="15" t="n">
+      <c r="AIW10" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="AIT10" s="15" t="n">
+      <c r="AIX10" s="15" t="n">
         <v>16.4</v>
       </c>
-      <c r="AIU10" s="15" t="n">
+      <c r="AIY10" s="15" t="n">
         <v>12.8</v>
       </c>
-      <c r="AIV10" s="15" t="n">
+      <c r="AIZ10" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="AIW10" s="15" t="n">
+      <c r="AJA10" s="15" t="n">
         <v>5.1</v>
       </c>
-      <c r="AIX10" s="15" t="n">
+      <c r="AJB10" s="15" t="n">
         <v>5.4</v>
       </c>
-      <c r="AIY10" s="15" t="n">
+      <c r="AJC10" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="AIZ10" s="15" t="n">
+      <c r="AJD10" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="AJA10" s="15" t="n">
+      <c r="AJE10" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="AJB10" s="15" t="n">
+      <c r="AJF10" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="AJC10" s="15" t="n">
+      <c r="AJG10" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="AJD10" s="15" t="n">
+      <c r="AJH10" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="AJE10" s="15" t="n">
+      <c r="AJI10" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="AJF10" s="15" t="n">
+      <c r="AJJ10" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="AJG10" s="15" t="n">
+      <c r="AJK10" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="AJH10" s="15" t="n">
+      <c r="AJL10" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="AJI10" s="15" t="n">
+      <c r="AJM10" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="AJJ10" s="15" t="n">
+      <c r="AJN10" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="AJK10" s="15" t="n">
+      <c r="AJO10" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="AJL10" s="15" t="n">
+      <c r="AJP10" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="AJM10" s="15" t="n">
+      <c r="AJQ10" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="AJN10" s="15" t="n">
+      <c r="AJR10" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="AJO10" s="15" t="n">
+      <c r="AJS10" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="AJP10" s="15" t="n">
+      <c r="AJT10" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="AJQ10" s="15" t="n">
+      <c r="AJU10" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="AJR10" s="15" t="n">
+      <c r="AJV10" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="AJS10" s="15" t="n">
+      <c r="AJW10" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="AJT10" s="15" t="n">
+      <c r="AJX10" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="AJU10" s="15" t="n">
+      <c r="AJY10" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="AJV10" s="15" t="n">
+      <c r="AJZ10" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="AJW10" s="15" t="n">
+      <c r="AKA10" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="AJX10" s="15" t="n">
+      <c r="AKB10" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="AJY10" s="15" t="n">
+      <c r="AKC10" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="AJZ10" s="15" t="n">
+      <c r="AKD10" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="AKA10" s="15" t="n">
+      <c r="AKE10" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="AKB10" s="15" t="n">
+      <c r="AKF10" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="AKC10" s="15" t="n">
+      <c r="AKG10" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="AKD10" s="15" t="n">
+      <c r="AKH10" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="AKE10" s="15" t="n">
+      <c r="AKI10" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="AKF10" s="15" t="n">
+      <c r="AKJ10" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="AKG10" s="15" t="n">
+      <c r="AKK10" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="AKH10" s="15" t="n">
+      <c r="AKL10" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="AKI10" s="15" t="n">
+      <c r="AKM10" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="AKJ10" s="15" t="n">
+      <c r="AKN10" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="AKK10" s="15" t="n">
+      <c r="AKO10" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="AKL10" s="15" t="n">
+      <c r="AKP10" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="AKM10" s="15" t="n">
+      <c r="AKQ10" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="AKN10" s="15" t="n">
+      <c r="AKR10" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="AKO10" s="15" t="n">
+      <c r="AKS10" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="AKP10" s="15" t="n">
+      <c r="AKT10" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="AKQ10" s="15" t="n">
+      <c r="AKU10" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="AKR10" s="15" t="n">
+      <c r="AKV10" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="AKS10" s="15" t="n">
+      <c r="AKW10" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="AKT10" s="15" t="n">
+      <c r="AKX10" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="AKU10" s="15" t="n">
+      <c r="AKY10" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="AKV10" s="15" t="n">
+      <c r="AKZ10" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="AKW10" s="15" t="n">
+      <c r="ALA10" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="AKX10" s="15" t="n">
+      <c r="ALB10" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="AKY10" s="15" t="n">
+      <c r="ALC10" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="AKZ10" s="15" t="n">
+      <c r="ALD10" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="ALA10" s="15" t="n">
+      <c r="ALE10" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="ALB10" s="13" t="inlineStr">
+      <c r="ALF10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALC10" s="13" t="inlineStr">
+      <c r="ALG10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALD10" s="13" t="inlineStr">
+      <c r="ALH10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALE10" s="13" t="inlineStr">
+      <c r="ALI10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALF10" s="13" t="inlineStr">
+      <c r="ALJ10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALG10" s="13" t="inlineStr">
+      <c r="ALK10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALH10" s="13" t="inlineStr">
+      <c r="ALL10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALI10" s="13" t="inlineStr">
+      <c r="ALM10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALJ10" s="13" t="inlineStr">
+      <c r="ALN10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALK10" s="13" t="inlineStr">
+      <c r="ALO10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALL10" s="13" t="inlineStr">
+      <c r="ALP10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALM10" s="13" t="inlineStr">
+      <c r="ALQ10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    C Manufacturing industry</t>
         </is>
       </c>
       <c r="B11" s="14" t="n">
-        <v>114.61</v>
+        <v>114.225</v>
       </c>
       <c r="C11" s="14" t="n">
-        <v>114.476</v>
+        <v>114.577</v>
       </c>
       <c r="D11" s="14" t="n">
+        <v>114.473</v>
+      </c>
+      <c r="E11" s="14" t="n">
         <v>114.677</v>
       </c>
-      <c r="E11" s="14" t="n">
+      <c r="F11" s="14" t="n">
         <v>114.679</v>
       </c>
-      <c r="F11" s="14" t="n">
+      <c r="G11" s="14" t="n">
         <v>114.951</v>
       </c>
-      <c r="G11" s="14" t="n">
+      <c r="H11" s="14" t="n">
         <v>115.023</v>
       </c>
-      <c r="H11" s="14" t="n">
+      <c r="I11" s="14" t="n">
         <v>115.125</v>
       </c>
-      <c r="I11" s="14" t="n">
+      <c r="J11" s="14" t="n">
         <v>115.509</v>
       </c>
-      <c r="J11" s="14" t="n">
+      <c r="K11" s="14" t="n">
         <v>116.034</v>
       </c>
-      <c r="K11" s="14" t="n">
+      <c r="L11" s="14" t="n">
         <v>115.702</v>
       </c>
-      <c r="L11" s="14" t="n">
+      <c r="M11" s="14" t="n">
         <v>114.992</v>
       </c>
-      <c r="M11" s="14" t="n">
+      <c r="N11" s="14" t="n">
         <v>114.974</v>
       </c>
-      <c r="N11" s="14" t="n">
+      <c r="O11" s="14" t="n">
         <v>114.976</v>
       </c>
-      <c r="O11" s="14" t="n">
+      <c r="P11" s="14" t="n">
         <v>114.651</v>
       </c>
-      <c r="P11" s="14" t="n">
+      <c r="Q11" s="14" t="n">
         <v>114.927</v>
       </c>
-      <c r="Q11" s="14" t="n">
+      <c r="R11" s="14" t="n">
         <v>115.436</v>
       </c>
-      <c r="R11" s="14" t="n">
+      <c r="S11" s="14" t="n">
         <v>115.493</v>
       </c>
-      <c r="S11" s="14" t="n">
+      <c r="T11" s="14" t="n">
         <v>115.334</v>
       </c>
-      <c r="T11" s="14" t="n">
+      <c r="U11" s="14" t="n">
         <v>115.429</v>
       </c>
-      <c r="U11" s="14" t="n">
+      <c r="V11" s="14" t="n">
         <v>114.914</v>
       </c>
-      <c r="V11" s="14" t="n">
+      <c r="W11" s="14" t="n">
         <v>114.708</v>
       </c>
-      <c r="W11" s="14" t="n">
+      <c r="X11" s="14" t="n">
         <v>114.514</v>
       </c>
-      <c r="X11" s="14" t="n">
+      <c r="Y11" s="14" t="n">
         <v>114.175</v>
       </c>
-      <c r="Y11" s="14" t="n">
+      <c r="Z11" s="14" t="n">
         <v>114.257</v>
       </c>
-      <c r="Z11" s="14" t="n">
+      <c r="AA11" s="14" t="n">
         <v>114.929</v>
       </c>
-      <c r="AA11" s="14" t="n">
+      <c r="AB11" s="14" t="n">
         <v>114.982</v>
       </c>
-      <c r="AB11" s="14" t="n">
+      <c r="AC11" s="14" t="n">
         <v>114.423</v>
       </c>
-      <c r="AC11" s="14" t="n">
+      <c r="AD11" s="14" t="n">
         <v>114.155</v>
       </c>
-      <c r="AD11" s="14" t="n">
+      <c r="AE11" s="14" t="n">
         <v>114.708</v>
       </c>
-      <c r="AE11" s="14" t="n">
+      <c r="AF11" s="14" t="n">
         <v>114.613</v>
       </c>
-      <c r="AF11" s="14" t="n">
+      <c r="AG11" s="14" t="n">
         <v>114.953</v>
       </c>
-      <c r="AG11" s="14" t="n">
+      <c r="AH11" s="14" t="n">
         <v>115.488</v>
       </c>
-      <c r="AH11" s="14" t="n">
+      <c r="AI11" s="14" t="n">
         <v>114.998</v>
       </c>
-      <c r="AI11" s="14" t="n">
+      <c r="AJ11" s="14" t="n">
         <v>114.651</v>
       </c>
-      <c r="AJ11" s="14" t="n">
+      <c r="AK11" s="14" t="n">
         <v>113.774</v>
       </c>
-      <c r="AK11" s="14" t="n">
+      <c r="AL11" s="14" t="n">
         <v>114.65</v>
       </c>
-      <c r="AL11" s="14" t="n">
+      <c r="AM11" s="14" t="n">
         <v>114.914</v>
       </c>
-      <c r="AM11" s="14" t="n">
+      <c r="AN11" s="14" t="n">
         <v>114.6</v>
       </c>
-      <c r="AN11" s="14" t="n">
+      <c r="AO11" s="14" t="n">
         <v>114.425</v>
       </c>
-      <c r="AO11" s="14" t="n">
+      <c r="AP11" s="14" t="n">
         <v>115.002</v>
       </c>
-      <c r="AP11" s="14" t="n">
+      <c r="AQ11" s="14" t="n">
         <v>115.615</v>
       </c>
-      <c r="AQ11" s="14" t="n">
+      <c r="AR11" s="14" t="n">
         <v>114.457</v>
       </c>
-      <c r="AR11" s="14" t="n">
+      <c r="AS11" s="14" t="n">
         <v>112.828</v>
       </c>
-      <c r="AS11" s="14" t="n">
+      <c r="AT11" s="14" t="n">
         <v>110.239</v>
       </c>
-      <c r="AT11" s="14" t="n">
+      <c r="AU11" s="14" t="n">
         <v>107.858</v>
       </c>
-      <c r="AU11" s="14" t="n">
+      <c r="AV11" s="14" t="n">
         <v>106.171</v>
       </c>
-      <c r="AV11" s="14" t="n">
+      <c r="AW11" s="14" t="n">
         <v>104.081</v>
       </c>
-      <c r="AW11" s="14" t="n">
+      <c r="AX11" s="14" t="n">
         <v>104.012</v>
       </c>
-      <c r="AX11" s="14" t="n">
+      <c r="AY11" s="14" t="n">
         <v>103.121</v>
       </c>
-      <c r="AY11" s="14" t="n">
+      <c r="AZ11" s="14" t="n">
         <v>101.892</v>
       </c>
-      <c r="AZ11" s="14" t="n">
+      <c r="BA11" s="14" t="n">
         <v>101.249</v>
       </c>
-      <c r="BA11" s="14" t="n">
+      <c r="BB11" s="14" t="n">
         <v>100.706</v>
       </c>
-      <c r="BB11" s="14" t="n">
+      <c r="BC11" s="14" t="n">
         <v>99.225</v>
       </c>
-      <c r="BC11" s="14" t="n">
+      <c r="BD11" s="14" t="n">
         <v>98.793</v>
       </c>
-      <c r="BD11" s="14" t="n">
+      <c r="BE11" s="14" t="n">
         <v>98.238</v>
       </c>
-      <c r="BE11" s="14" t="n">
+      <c r="BF11" s="14" t="n">
         <v>97.553</v>
       </c>
-      <c r="BF11" s="14" t="n">
+      <c r="BG11" s="14" t="n">
         <v>96.161</v>
       </c>
-      <c r="BG11" s="14" t="n">
+      <c r="BH11" s="14" t="n">
         <v>94.969</v>
       </c>
-      <c r="BH11" s="14" t="n">
+      <c r="BI11" s="14" t="n">
         <v>94.061</v>
       </c>
-      <c r="BI11" s="14" t="n">
+      <c r="BJ11" s="14" t="n">
         <v>93.688</v>
       </c>
-      <c r="BJ11" s="14" t="n">
+      <c r="BK11" s="14" t="n">
         <v>93.652</v>
       </c>
-      <c r="BK11" s="14" t="n">
+      <c r="BL11" s="14" t="n">
         <v>93.578</v>
       </c>
-      <c r="BL11" s="14" t="n">
+      <c r="BM11" s="14" t="n">
         <v>93.449</v>
       </c>
-      <c r="BM11" s="14" t="n">
+      <c r="BN11" s="14" t="n">
         <v>93.332</v>
       </c>
-      <c r="BN11" s="14" t="n">
+      <c r="BO11" s="14" t="n">
         <v>92.977</v>
       </c>
-      <c r="BO11" s="14" t="n">
+      <c r="BP11" s="14" t="n">
         <v>92.857</v>
       </c>
-      <c r="BP11" s="14" t="n">
+      <c r="BQ11" s="14" t="n">
         <v>92.969</v>
       </c>
-      <c r="BQ11" s="14" t="n">
+      <c r="BR11" s="14" t="n">
         <v>93.811</v>
       </c>
-      <c r="BR11" s="14" t="n">
+      <c r="BS11" s="14" t="n">
         <v>95.282</v>
       </c>
-      <c r="BS11" s="14" t="n">
+      <c r="BT11" s="14" t="n">
         <v>95.151</v>
       </c>
-      <c r="BT11" s="14" t="n">
+      <c r="BU11" s="14" t="n">
         <v>95.043</v>
       </c>
-      <c r="BU11" s="14" t="n">
+      <c r="BV11" s="14" t="n">
         <v>95.012</v>
       </c>
-      <c r="BV11" s="14" t="n">
+      <c r="BW11" s="14" t="n">
         <v>95.039</v>
       </c>
-      <c r="BW11" s="14" t="n">
+      <c r="BX11" s="14" t="n">
         <v>95.147</v>
       </c>
-      <c r="BX11" s="14" t="n">
+      <c r="BY11" s="14" t="n">
         <v>94.617</v>
       </c>
-      <c r="BY11" s="14" t="n">
+      <c r="BZ11" s="14" t="n">
         <v>94.871</v>
       </c>
-      <c r="BZ11" s="14" t="n">
+      <c r="CA11" s="14" t="n">
         <v>94.879</v>
       </c>
-      <c r="CA11" s="14" t="n">
+      <c r="CB11" s="14" t="n">
         <v>95.516</v>
       </c>
-      <c r="CB11" s="14" t="n">
+      <c r="CC11" s="14" t="n">
         <v>95.48</v>
       </c>
-      <c r="CC11" s="14" t="n">
+      <c r="CD11" s="14" t="n">
         <v>94.854</v>
       </c>
-      <c r="CD11" s="14" t="n">
+      <c r="CE11" s="14" t="n">
         <v>94.52</v>
       </c>
-      <c r="CE11" s="14" t="n">
+      <c r="CF11" s="14" t="n">
         <v>94.015</v>
       </c>
-      <c r="CF11" s="14" t="n">
+      <c r="CG11" s="14" t="n">
         <v>94.053</v>
       </c>
-      <c r="CG11" s="14" t="n">
+      <c r="CH11" s="14" t="n">
         <v>94.588</v>
       </c>
-      <c r="CH11" s="14" t="n">
+      <c r="CI11" s="14" t="n">
         <v>94.994</v>
       </c>
-      <c r="CI11" s="14" t="n">
+      <c r="CJ11" s="14" t="n">
         <v>94.958</v>
       </c>
-      <c r="CJ11" s="14" t="n">
+      <c r="CK11" s="14" t="n">
         <v>94.917</v>
       </c>
-      <c r="CK11" s="14" t="n">
+      <c r="CL11" s="14" t="n">
         <v>94.74</v>
       </c>
-      <c r="CL11" s="14" t="n">
+      <c r="CM11" s="14" t="n">
         <v>95.03</v>
       </c>
-      <c r="CM11" s="14" t="n">
+      <c r="CN11" s="14" t="n">
         <v>94.599</v>
       </c>
-      <c r="CN11" s="14" t="n">
+      <c r="CO11" s="14" t="n">
         <v>93.911</v>
       </c>
-      <c r="CO11" s="14" t="n">
+      <c r="CP11" s="14" t="n">
         <v>93.776</v>
       </c>
-      <c r="CP11" s="14" t="n">
+      <c r="CQ11" s="14" t="n">
         <v>93.851</v>
       </c>
-      <c r="CQ11" s="14" t="n">
+      <c r="CR11" s="14" t="n">
         <v>94.001</v>
       </c>
-      <c r="CR11" s="14" t="n">
+      <c r="CS11" s="14" t="n">
         <v>94.065</v>
       </c>
-      <c r="CS11" s="14" t="n">
+      <c r="CT11" s="14" t="n">
         <v>93.957</v>
       </c>
-      <c r="CT11" s="14" t="n">
+      <c r="CU11" s="14" t="n">
         <v>93.697</v>
       </c>
-      <c r="CU11" s="14" t="n">
+      <c r="CV11" s="14" t="n">
         <v>93.491</v>
       </c>
-      <c r="CV11" s="14" t="n">
+      <c r="CW11" s="14" t="n">
         <v>93.326</v>
       </c>
-      <c r="CW11" s="14" t="n">
+      <c r="CX11" s="14" t="n">
         <v>93.027</v>
       </c>
-      <c r="CX11" s="14" t="n">
+      <c r="CY11" s="14" t="n">
         <v>93.241</v>
       </c>
-      <c r="CY11" s="14" t="n">
+      <c r="CZ11" s="14" t="n">
         <v>93.511</v>
       </c>
-      <c r="CZ11" s="14" t="n">
+      <c r="DA11" s="14" t="n">
         <v>93.93</v>
       </c>
-      <c r="DA11" s="14" t="n">
+      <c r="DB11" s="14" t="n">
         <v>93.533</v>
       </c>
-      <c r="DB11" s="14" t="n">
+      <c r="DC11" s="14" t="n">
         <v>93.531</v>
       </c>
-      <c r="DC11" s="14" t="n">
+      <c r="DD11" s="14" t="n">
         <v>92.849</v>
       </c>
-      <c r="DD11" s="14" t="n">
+      <c r="DE11" s="14" t="n">
         <v>92.404</v>
       </c>
-      <c r="DE11" s="14" t="n">
+      <c r="DF11" s="14" t="n">
         <v>91.631</v>
       </c>
-      <c r="DF11" s="14" t="n">
+      <c r="DG11" s="14" t="n">
         <v>91.254</v>
       </c>
-      <c r="DG11" s="14" t="n">
+      <c r="DH11" s="14" t="n">
         <v>90.931</v>
       </c>
-      <c r="DH11" s="14" t="n">
+      <c r="DI11" s="14" t="n">
         <v>90.575</v>
       </c>
-      <c r="DI11" s="14" t="n">
+      <c r="DJ11" s="14" t="n">
         <v>90.787</v>
       </c>
-      <c r="DJ11" s="14" t="n">
+      <c r="DK11" s="14" t="n">
         <v>90.638</v>
       </c>
-      <c r="DK11" s="14" t="n">
+      <c r="DL11" s="14" t="n">
         <v>90.192</v>
       </c>
-      <c r="DL11" s="14" t="n">
+      <c r="DM11" s="14" t="n">
         <v>89.889</v>
       </c>
-      <c r="DM11" s="14" t="n">
+      <c r="DN11" s="14" t="n">
         <v>89.66</v>
       </c>
-      <c r="DN11" s="14" t="n">
+      <c r="DO11" s="14" t="n">
         <v>89.437</v>
       </c>
-      <c r="DO11" s="14" t="n">
+      <c r="DP11" s="14" t="n">
         <v>89.942</v>
       </c>
-      <c r="DP11" s="14" t="n">
+      <c r="DQ11" s="14" t="n">
         <v>90.734</v>
       </c>
-      <c r="DQ11" s="14" t="n">
+      <c r="DR11" s="14" t="n">
         <v>91.238</v>
       </c>
-      <c r="DR11" s="14" t="n">
+      <c r="DS11" s="14" t="n">
         <v>91.266</v>
       </c>
-      <c r="DS11" s="14" t="n">
+      <c r="DT11" s="14" t="n">
         <v>91.606</v>
       </c>
-      <c r="DT11" s="14" t="n">
+      <c r="DU11" s="14" t="n">
         <v>92.125</v>
       </c>
-      <c r="DU11" s="14" t="n">
+      <c r="DV11" s="14" t="n">
         <v>92.99</v>
       </c>
-      <c r="DV11" s="14" t="n">
+      <c r="DW11" s="14" t="n">
         <v>92.899</v>
       </c>
-      <c r="DW11" s="14" t="n">
+      <c r="DX11" s="14" t="n">
         <v>92.908</v>
       </c>
-      <c r="DX11" s="14" t="n">
+      <c r="DY11" s="14" t="n">
         <v>92.848</v>
       </c>
-      <c r="DY11" s="14" t="n">
+      <c r="DZ11" s="14" t="n">
         <v>92.363</v>
       </c>
-      <c r="DZ11" s="14" t="n">
+      <c r="EA11" s="14" t="n">
         <v>91.768</v>
       </c>
-      <c r="EA11" s="14" t="n">
+      <c r="EB11" s="14" t="n">
         <v>91.368</v>
       </c>
-      <c r="EB11" s="14" t="n">
+      <c r="EC11" s="14" t="n">
         <v>91.718</v>
       </c>
-      <c r="EC11" s="14" t="n">
+      <c r="ED11" s="14" t="n">
         <v>92.128</v>
       </c>
-      <c r="ED11" s="14" t="n">
+      <c r="EE11" s="14" t="n">
         <v>92.316</v>
       </c>
-      <c r="EE11" s="14" t="n">
+      <c r="EF11" s="14" t="n">
         <v>92.46</v>
       </c>
-      <c r="EF11" s="14" t="n">
+      <c r="EG11" s="14" t="n">
         <v>92.447</v>
       </c>
-      <c r="EG11" s="14" t="n">
+      <c r="EH11" s="14" t="n">
         <v>92.437</v>
       </c>
-      <c r="EH11" s="14" t="n">
+      <c r="EI11" s="14" t="n">
         <v>92.233</v>
       </c>
-      <c r="EI11" s="14" t="n">
+      <c r="EJ11" s="14" t="n">
         <v>92.076</v>
       </c>
-      <c r="EJ11" s="14" t="n">
+      <c r="EK11" s="14" t="n">
         <v>91.924</v>
       </c>
-      <c r="EK11" s="14" t="n">
+      <c r="EL11" s="14" t="n">
         <v>91.848</v>
       </c>
-      <c r="EL11" s="14" t="n">
+      <c r="EM11" s="14" t="n">
         <v>92.082</v>
       </c>
-      <c r="EM11" s="14" t="n">
+      <c r="EN11" s="14" t="n">
         <v>92.342</v>
       </c>
-      <c r="EN11" s="14" t="n">
+      <c r="EO11" s="14" t="n">
         <v>92.618</v>
       </c>
-      <c r="EO11" s="14" t="n">
+      <c r="EP11" s="14" t="n">
         <v>92.877</v>
       </c>
-      <c r="EP11" s="14" t="n">
+      <c r="EQ11" s="14" t="n">
         <v>92.993</v>
       </c>
-      <c r="EQ11" s="14" t="n">
+      <c r="ER11" s="14" t="n">
         <v>93.342</v>
       </c>
-      <c r="ER11" s="14" t="n">
+      <c r="ES11" s="14" t="n">
         <v>93.399</v>
       </c>
-      <c r="ES11" s="14" t="n">
+      <c r="ET11" s="14" t="n">
         <v>93.486</v>
       </c>
-      <c r="ET11" s="14" t="n">
+      <c r="EU11" s="14" t="n">
         <v>93.477</v>
       </c>
-      <c r="EU11" s="14" t="n">
+      <c r="EV11" s="14" t="n">
         <v>93.686</v>
       </c>
-      <c r="EV11" s="14" t="n">
+      <c r="EW11" s="14" t="n">
         <v>93.859</v>
       </c>
-      <c r="EW11" s="14" t="n">
+      <c r="EX11" s="14" t="n">
         <v>94.387</v>
       </c>
-      <c r="EX11" s="14" t="n">
+      <c r="EY11" s="14" t="n">
         <v>94.519</v>
       </c>
-      <c r="EY11" s="14" t="n">
+      <c r="EZ11" s="14" t="n">
         <v>94.371</v>
       </c>
-      <c r="EZ11" s="14" t="n">
+      <c r="FA11" s="14" t="n">
         <v>94.632</v>
       </c>
-      <c r="FA11" s="14" t="n">
+      <c r="FB11" s="14" t="n">
         <v>94.839</v>
       </c>
-      <c r="FB11" s="14" t="n">
+      <c r="FC11" s="14" t="n">
         <v>95.042</v>
       </c>
-      <c r="FC11" s="14" t="n">
+      <c r="FD11" s="14" t="n">
         <v>95.257</v>
       </c>
-      <c r="FD11" s="14" t="n">
+      <c r="FE11" s="14" t="n">
         <v>95.065</v>
       </c>
-      <c r="FE11" s="14" t="n">
+      <c r="FF11" s="14" t="n">
         <v>94.863</v>
       </c>
-      <c r="FF11" s="14" t="n">
+      <c r="FG11" s="14" t="n">
         <v>94.788</v>
       </c>
-      <c r="FG11" s="14" t="n">
+      <c r="FH11" s="14" t="n">
         <v>94.699</v>
       </c>
-      <c r="FH11" s="14" t="n">
+      <c r="FI11" s="14" t="n">
         <v>94.626</v>
       </c>
-      <c r="FI11" s="14" t="n">
+      <c r="FJ11" s="14" t="n">
         <v>94.505</v>
       </c>
-      <c r="FJ11" s="14" t="n">
+      <c r="FK11" s="14" t="n">
         <v>94.143</v>
       </c>
-      <c r="FK11" s="14" t="n">
+      <c r="FL11" s="14" t="n">
         <v>93.941</v>
       </c>
-      <c r="FL11" s="14" t="n">
+      <c r="FM11" s="14" t="n">
         <v>92.905</v>
       </c>
-      <c r="FM11" s="14" t="n">
+      <c r="FN11" s="14" t="n">
         <v>92.813</v>
       </c>
-      <c r="FN11" s="14" t="n">
+      <c r="FO11" s="14" t="n">
         <v>92.77</v>
       </c>
-      <c r="FO11" s="14" t="n">
+      <c r="FP11" s="14" t="n">
         <v>92.855</v>
       </c>
-      <c r="FP11" s="14" t="n">
+      <c r="FQ11" s="14" t="n">
         <v>92.854</v>
       </c>
-      <c r="FQ11" s="14" t="n">
+      <c r="FR11" s="14" t="n">
         <v>92.762</v>
       </c>
-      <c r="FR11" s="14" t="n">
+      <c r="FS11" s="14" t="n">
         <v>92.646</v>
       </c>
-      <c r="FS11" s="14" t="n">
+      <c r="FT11" s="14" t="n">
         <v>92.759</v>
       </c>
-      <c r="FT11" s="14" t="n">
+      <c r="FU11" s="14" t="n">
         <v>92.786</v>
       </c>
-      <c r="FU11" s="14" t="n">
+      <c r="FV11" s="14" t="n">
         <v>92.413</v>
       </c>
-      <c r="FV11" s="14" t="n">
+      <c r="FW11" s="14" t="n">
         <v>92.084</v>
       </c>
-      <c r="FW11" s="14" t="n">
+      <c r="FX11" s="14" t="n">
         <v>91.749</v>
       </c>
-      <c r="FX11" s="14" t="n">
+      <c r="FY11" s="14" t="n">
         <v>90.463</v>
       </c>
-      <c r="FY11" s="14" t="n">
+      <c r="FZ11" s="14" t="n">
         <v>89.705</v>
       </c>
-      <c r="FZ11" s="14" t="n">
+      <c r="GA11" s="14" t="n">
         <v>89.139</v>
       </c>
-      <c r="GA11" s="14" t="n">
+      <c r="GB11" s="14" t="n">
         <v>89.113</v>
       </c>
-      <c r="GB11" s="14" t="n">
+      <c r="GC11" s="14" t="n">
         <v>89.195</v>
       </c>
-      <c r="GC11" s="14" t="n">
+      <c r="GD11" s="14" t="n">
         <v>88.942</v>
       </c>
-      <c r="GD11" s="14" t="n">
+      <c r="GE11" s="14" t="n">
         <v>89.138</v>
       </c>
-      <c r="GE11" s="14" t="n">
+      <c r="GF11" s="14" t="n">
         <v>88.556</v>
       </c>
-      <c r="GF11" s="14" t="n">
+      <c r="GG11" s="14" t="n">
         <v>87.722</v>
       </c>
-      <c r="GG11" s="14" t="n">
+      <c r="GH11" s="14" t="n">
         <v>86.526</v>
       </c>
-      <c r="GH11" s="14" t="n">
+      <c r="GI11" s="14" t="n">
         <v>85.87</v>
       </c>
-      <c r="GI11" s="14" t="n">
+      <c r="GJ11" s="14" t="n">
         <v>85.271</v>
       </c>
-      <c r="GJ11" s="14" t="n">
+      <c r="GK11" s="14" t="n">
         <v>84.952</v>
       </c>
-      <c r="GK11" s="14" t="n">
+      <c r="GL11" s="14" t="n">
         <v>84.872</v>
       </c>
-      <c r="GL11" s="14" t="n">
+      <c r="GM11" s="14" t="n">
         <v>84.633</v>
       </c>
-      <c r="GM11" s="14" t="n">
+      <c r="GN11" s="14" t="n">
         <v>84.474</v>
       </c>
-      <c r="GN11" s="14" t="n">
+      <c r="GO11" s="14" t="n">
         <v>84.633</v>
-      </c>
-[...1 lines deleted...]
-        <v>84.155</v>
       </c>
       <c r="GP11" s="14" t="n">
         <v>84.155</v>
       </c>
       <c r="GQ11" s="14" t="n">
-        <v>83.836</v>
+        <v>84.155</v>
       </c>
       <c r="GR11" s="14" t="n">
         <v>83.836</v>
       </c>
       <c r="GS11" s="14" t="n">
         <v>83.836</v>
       </c>
       <c r="GT11" s="14" t="n">
+        <v>83.836</v>
+      </c>
+      <c r="GU11" s="14" t="n">
         <v>84.315</v>
       </c>
-      <c r="GU11" s="14" t="n">
+      <c r="GV11" s="14" t="n">
         <v>84.075</v>
       </c>
-      <c r="GV11" s="14" t="n">
+      <c r="GW11" s="14" t="n">
         <v>84.235</v>
       </c>
-      <c r="GW11" s="14" t="n">
+      <c r="GX11" s="14" t="n">
         <v>86.227</v>
       </c>
-      <c r="GX11" s="14" t="n">
+      <c r="GY11" s="14" t="n">
         <v>87.662</v>
       </c>
-      <c r="GY11" s="14" t="n">
+      <c r="GZ11" s="14" t="n">
         <v>88.857</v>
       </c>
-      <c r="GZ11" s="14" t="n">
+      <c r="HA11" s="14" t="n">
         <v>88.618</v>
       </c>
-      <c r="HA11" s="14" t="n">
+      <c r="HB11" s="14" t="n">
         <v>88.538</v>
       </c>
-      <c r="HB11" s="14" t="n">
+      <c r="HC11" s="14" t="n">
         <v>87.821</v>
       </c>
-      <c r="HC11" s="14" t="n">
+      <c r="HD11" s="14" t="n">
         <v>87.104</v>
       </c>
-      <c r="HD11" s="14" t="n">
+      <c r="HE11" s="14" t="n">
         <v>86.307</v>
       </c>
-      <c r="HE11" s="14" t="n">
+      <c r="HF11" s="14" t="n">
         <v>85.908</v>
       </c>
-      <c r="HF11" s="14" t="n">
+      <c r="HG11" s="14" t="n">
         <v>85.59</v>
       </c>
-      <c r="HG11" s="14" t="n">
+      <c r="HH11" s="14" t="n">
         <v>85.191</v>
       </c>
-      <c r="HH11" s="14" t="n">
+      <c r="HI11" s="14" t="n">
         <v>84.952</v>
       </c>
-      <c r="HI11" s="14" t="n">
+      <c r="HJ11" s="14" t="n">
         <v>84.793</v>
       </c>
-      <c r="HJ11" s="14" t="n">
+      <c r="HK11" s="14" t="n">
         <v>84.713</v>
       </c>
-      <c r="HK11" s="14" t="n">
+      <c r="HL11" s="14" t="n">
         <v>84.633</v>
       </c>
-      <c r="HL11" s="14" t="n">
+      <c r="HM11" s="14" t="n">
         <v>84.872</v>
       </c>
-      <c r="HM11" s="14" t="n">
+      <c r="HN11" s="14" t="n">
         <v>84.793</v>
       </c>
-      <c r="HN11" s="14" t="n">
+      <c r="HO11" s="14" t="n">
         <v>84.872</v>
       </c>
-      <c r="HO11" s="14" t="n">
+      <c r="HP11" s="14" t="n">
         <v>84.633</v>
       </c>
-      <c r="HP11" s="14" t="n">
+      <c r="HQ11" s="14" t="n">
         <v>84.235</v>
       </c>
-      <c r="HQ11" s="14" t="n">
+      <c r="HR11" s="14" t="n">
         <v>84.315</v>
       </c>
-      <c r="HR11" s="14" t="n">
+      <c r="HS11" s="14" t="n">
         <v>83.916</v>
-      </c>
-[...1 lines deleted...]
-        <v>83.358</v>
       </c>
       <c r="HT11" s="14" t="n">
         <v>83.358</v>
       </c>
       <c r="HU11" s="14" t="n">
+        <v>83.358</v>
+      </c>
+      <c r="HV11" s="14" t="n">
         <v>83.438</v>
       </c>
-      <c r="HV11" s="14" t="n">
+      <c r="HW11" s="14" t="n">
         <v>83.677</v>
       </c>
-      <c r="HW11" s="14" t="n">
+      <c r="HX11" s="14" t="n">
         <v>83.518</v>
       </c>
-      <c r="HX11" s="14" t="n">
+      <c r="HY11" s="14" t="n">
         <v>83.438</v>
       </c>
-      <c r="HY11" s="14" t="n">
+      <c r="HZ11" s="14" t="n">
         <v>83.358</v>
       </c>
-      <c r="HZ11" s="14" t="n">
+      <c r="IA11" s="14" t="n">
         <v>82.96</v>
       </c>
-      <c r="IA11" s="14" t="n">
+      <c r="IB11" s="14" t="n">
         <v>82.88</v>
       </c>
-      <c r="IB11" s="14" t="n">
+      <c r="IC11" s="14" t="n">
         <v>82.641</v>
       </c>
-      <c r="IC11" s="14" t="n">
+      <c r="ID11" s="14" t="n">
         <v>82.243</v>
       </c>
-      <c r="ID11" s="14" t="n">
+      <c r="IE11" s="14" t="n">
         <v>81.924</v>
       </c>
-      <c r="IE11" s="14" t="n">
+      <c r="IF11" s="14" t="n">
         <v>81.605</v>
       </c>
-      <c r="IF11" s="14" t="n">
+      <c r="IG11" s="14" t="n">
         <v>80.888</v>
       </c>
-      <c r="IG11" s="14" t="n">
+      <c r="IH11" s="14" t="n">
         <v>80.728</v>
       </c>
-      <c r="IH11" s="14" t="n">
+      <c r="II11" s="14" t="n">
         <v>80.888</v>
       </c>
-      <c r="II11" s="14" t="n">
+      <c r="IJ11" s="14" t="n">
         <v>80.569</v>
       </c>
-      <c r="IJ11" s="14" t="n">
+      <c r="IK11" s="14" t="n">
         <v>80.091</v>
       </c>
-      <c r="IK11" s="14" t="n">
+      <c r="IL11" s="14" t="n">
         <v>79.852</v>
       </c>
-      <c r="IL11" s="14" t="n">
+      <c r="IM11" s="14" t="n">
         <v>79.613</v>
       </c>
-      <c r="IM11" s="14" t="n">
+      <c r="IN11" s="14" t="n">
         <v>79.055</v>
       </c>
-      <c r="IN11" s="14" t="n">
+      <c r="IO11" s="14" t="n">
         <v>79.134</v>
       </c>
-      <c r="IO11" s="14" t="n">
+      <c r="IP11" s="14" t="n">
         <v>78.736</v>
       </c>
-      <c r="IP11" s="14" t="n">
+      <c r="IQ11" s="14" t="n">
         <v>78.577</v>
       </c>
-      <c r="IQ11" s="14" t="n">
+      <c r="IR11" s="14" t="n">
         <v>78.178</v>
       </c>
-      <c r="IR11" s="15" t="n">
+      <c r="IS11" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="IT11" s="15" t="n">
         <v>0.1</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.0</v>
       </c>
       <c r="IU11" s="15" t="n">
         <v>-0.2</v>
       </c>
       <c r="IV11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="IW11" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="IX11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="IW11" s="15" t="n">
+      <c r="IY11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="IX11" s="15" t="n">
+      <c r="IZ11" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="IY11" s="15" t="n">
+      <c r="JA11" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="IZ11" s="15" t="n">
+      <c r="JB11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="JA11" s="15" t="n">
+      <c r="JC11" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="JB11" s="15" t="n">
+      <c r="JD11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="JC11" s="15" t="n">
+      <c r="JE11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="JD11" s="15" t="n">
+      <c r="JF11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="JE11" s="15" t="n">
+      <c r="JG11" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="JF11" s="15" t="n">
+      <c r="JH11" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="JG11" s="15" t="n">
+      <c r="JI11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="JH11" s="15" t="n">
+      <c r="JJ11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="JI11" s="15" t="n">
+      <c r="JK11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="JJ11" s="15" t="n">
+      <c r="JL11" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="JK11" s="15" t="n">
+      <c r="JM11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="JL11" s="15" t="n">
+      <c r="JN11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="JM11" s="15" t="n">
+      <c r="JO11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="JN11" s="15" t="n">
+      <c r="JP11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="JO11" s="15" t="n">
+      <c r="JQ11" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="JP11" s="15" t="n">
+      <c r="JR11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="JQ11" s="15" t="n">
+      <c r="JS11" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="JR11" s="15" t="n">
+      <c r="JT11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="JS11" s="15" t="n">
+      <c r="JU11" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="JT11" s="15" t="n">
+      <c r="JV11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="JU11" s="15" t="n">
+      <c r="JW11" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="JV11" s="15" t="n">
+      <c r="JX11" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="JW11" s="15" t="n">
+      <c r="JY11" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="JX11" s="15" t="n">
+      <c r="JZ11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="JY11" s="15" t="n">
+      <c r="KA11" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="JZ11" s="15" t="n">
+      <c r="KB11" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="KA11" s="15" t="n">
+      <c r="KC11" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="KB11" s="15" t="n">
+      <c r="KD11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="KC11" s="15" t="n">
+      <c r="KE11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="KD11" s="15" t="n">
+      <c r="KF11" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="KE11" s="15" t="n">
+      <c r="KG11" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="KF11" s="15" t="n">
+      <c r="KH11" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="KG11" s="15" t="n">
+      <c r="KI11" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="KH11" s="15" t="n">
+      <c r="KJ11" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="KI11" s="15" t="n">
+      <c r="KK11" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="KJ11" s="15" t="n">
+      <c r="KL11" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="KK11" s="15" t="n">
+      <c r="KM11" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="KL11" s="15" t="n">
+      <c r="KN11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="KM11" s="15" t="n">
+      <c r="KO11" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="KN11" s="15" t="n">
+      <c r="KP11" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="KO11" s="15" t="n">
+      <c r="KQ11" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="KP11" s="15" t="n">
+      <c r="KR11" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="KQ11" s="15" t="n">
+      <c r="KS11" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="KR11" s="15" t="n">
+      <c r="KT11" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="KS11" s="15" t="n">
+      <c r="KU11" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="KT11" s="15" t="n">
+      <c r="KV11" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="KU11" s="15" t="n">
+      <c r="KW11" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="KV11" s="15" t="n">
+      <c r="KX11" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="KW11" s="15" t="n">
+      <c r="KY11" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="KX11" s="15" t="n">
+      <c r="KZ11" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="KY11" s="15" t="n">
+      <c r="LA11" s="15" t="n">
         <v>0.0</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.1</v>
       </c>
       <c r="LB11" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="LC11" s="15" t="n">
-        <v>0.4</v>
+        <v>0.1</v>
       </c>
       <c r="LD11" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="LE11" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="LF11" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="LG11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="LF11" s="15" t="n">
+      <c r="LH11" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="LG11" s="15" t="n">
+      <c r="LI11" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="LH11" s="15" t="n">
+      <c r="LJ11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="LI11" s="15" t="n">
+      <c r="LK11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="LJ11" s="15" t="n">
+      <c r="LL11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="LK11" s="15" t="n">
+      <c r="LM11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="LL11" s="15" t="n">
+      <c r="LN11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="LM11" s="15" t="n">
+      <c r="LO11" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="LN11" s="15" t="n">
+      <c r="LP11" s="15" t="n">
         <v>-0.3</v>
-      </c>
-[...4 lines deleted...]
-        <v>-0.7</v>
       </c>
       <c r="LQ11" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="LR11" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="LS11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="LT11" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="LS11" s="15" t="n">
+      <c r="LU11" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="LT11" s="15" t="n">
+      <c r="LV11" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="LU11" s="15" t="n">
+      <c r="LW11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="LV11" s="15" t="n">
+      <c r="LX11" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="LW11" s="15" t="n">
+      <c r="LY11" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="LX11" s="15" t="n">
+      <c r="LZ11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="LY11" s="15" t="n">
+      <c r="MA11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="LZ11" s="15" t="n">
+      <c r="MB11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="MA11" s="15" t="n">
+      <c r="MC11" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="MB11" s="15" t="n">
+      <c r="MD11" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="MC11" s="15" t="n">
+      <c r="ME11" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="MD11" s="15" t="n">
+      <c r="MF11" s="15" t="n">
         <v>0.1</v>
-      </c>
-[...4 lines deleted...]
-        <v>-0.2</v>
       </c>
       <c r="MG11" s="15" t="n">
         <v>-0.1</v>
       </c>
       <c r="MH11" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="MI11" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="MJ11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="MI11" s="15" t="n">
+      <c r="MK11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="MJ11" s="15" t="n">
+      <c r="ML11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="MK11" s="15" t="n">
+      <c r="MM11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="ML11" s="15" t="n">
+      <c r="MN11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="MM11" s="15" t="n">
+      <c r="MO11" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="MN11" s="15" t="n">
+      <c r="MP11" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="MO11" s="15" t="n">
+      <c r="MQ11" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="MP11" s="15" t="n">
+      <c r="MR11" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="MQ11" s="15" t="n">
+      <c r="MS11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="MR11" s="15" t="n">
+      <c r="MT11" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="MS11" s="15" t="n">
+      <c r="MU11" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="MT11" s="15" t="n">
+      <c r="MV11" s="15" t="n">
         <v>0.8</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.4</v>
       </c>
       <c r="MW11" s="15" t="n">
         <v>0.4</v>
       </c>
       <c r="MX11" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="MY11" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="MZ11" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="MY11" s="15" t="n">
+      <c r="NA11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="MZ11" s="15" t="n">
+      <c r="NB11" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="NA11" s="15" t="n">
+      <c r="NC11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="NB11" s="15" t="n">
+      <c r="ND11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="NC11" s="15" t="n">
+      <c r="NE11" s="15" t="n">
         <v>0.2</v>
-      </c>
-[...4 lines deleted...]
-        <v>-0.9</v>
       </c>
       <c r="NF11" s="15" t="n">
         <v>-0.6</v>
       </c>
       <c r="NG11" s="15" t="n">
+        <v>-0.9</v>
+      </c>
+      <c r="NH11" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="NI11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="NH11" s="15" t="n">
+      <c r="NJ11" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="NI11" s="15" t="n">
+      <c r="NK11" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="NJ11" s="15" t="n">
+      <c r="NL11" s="15" t="n">
         <v>-0.9</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.0</v>
       </c>
       <c r="NM11" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="NN11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="NO11" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="NP11" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="NO11" s="15" t="n">
+      <c r="NQ11" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="NP11" s="15" t="n">
+      <c r="NR11" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="NQ11" s="15" t="n">
+      <c r="NS11" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="NR11" s="15" t="n">
+      <c r="NT11" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="NS11" s="15" t="n">
+      <c r="NU11" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="NT11" s="15" t="n">
+      <c r="NV11" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="NU11" s="15" t="n">
+      <c r="NW11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="NV11" s="15" t="n">
+      <c r="NX11" s="15" t="n">
         <v>0.0</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.2</v>
       </c>
       <c r="NY11" s="15" t="n">
         <v>0.2</v>
       </c>
       <c r="NZ11" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="OA11" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="OB11" s="15" t="n">
         <v>0.1</v>
-      </c>
-[...4 lines deleted...]
-        <v>-0.3</v>
       </c>
       <c r="OC11" s="15" t="n">
         <v>-0.3</v>
       </c>
       <c r="OD11" s="15" t="n">
         <v>-0.3</v>
       </c>
       <c r="OE11" s="15" t="n">
-        <v>-0.1</v>
+        <v>-0.3</v>
       </c>
       <c r="OF11" s="15" t="n">
-        <v>-0.4</v>
+        <v>-0.3</v>
       </c>
       <c r="OG11" s="15" t="n">
         <v>-0.1</v>
       </c>
       <c r="OH11" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="OI11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="OI11" s="15" t="n">
+      <c r="OJ11" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="OK11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="OJ11" s="15" t="n">
+      <c r="OL11" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="OK11" s="15" t="n">
+      <c r="OM11" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="OL11" s="15" t="n">
+      <c r="ON11" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="OM11" s="15" t="n">
+      <c r="OO11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="ON11" s="15" t="n">
+      <c r="OP11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="OO11" s="15" t="n">
+      <c r="OQ11" s="15" t="n">
         <v>-0.3</v>
-      </c>
-[...4 lines deleted...]
-        <v>-0.2</v>
       </c>
       <c r="OR11" s="15" t="n">
         <v>-0.2</v>
       </c>
       <c r="OS11" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="OT11" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="OU11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="OT11" s="15" t="n">
+      <c r="OV11" s="15" t="n">
         <v>0.2</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.1</v>
       </c>
       <c r="OW11" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="OX11" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="OY11" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="OZ11" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="PA11" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="OZ11" s="15" t="n">
+      <c r="PB11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="PA11" s="15" t="n">
+      <c r="PC11" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="PB11" s="15" t="n">
+      <c r="PD11" s="15" t="n">
         <v>0.1</v>
-      </c>
-[...4 lines deleted...]
-        <v>-0.1</v>
       </c>
       <c r="PE11" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="PF11" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="PG11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="PH11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="PG11" s="15" t="n">
+      <c r="PI11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="PH11" s="15" t="n">
+      <c r="PJ11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="PI11" s="15" t="n">
+      <c r="PK11" s="15" t="n">
         <v>0.0</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.4</v>
       </c>
       <c r="PL11" s="15" t="n">
         <v>0.4</v>
       </c>
       <c r="PM11" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="PN11" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="PO11" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="PN11" s="15" t="n">
+      <c r="PP11" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="PO11" s="15" t="n">
+      <c r="PQ11" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="PP11" s="15" t="n">
+      <c r="PR11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="PQ11" s="15" t="n">
+      <c r="PS11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="PR11" s="15" t="n">
+      <c r="PT11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="PS11" s="15" t="n">
+      <c r="PU11" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="PT11" s="15" t="n">
+      <c r="PV11" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="PU11" s="15" t="n">
+      <c r="PW11" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="PV11" s="15" t="n">
+      <c r="PX11" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="PW11" s="15" t="n">
+      <c r="PY11" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="PX11" s="15" t="n">
+      <c r="PZ11" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="PY11" s="15" t="n">
+      <c r="QA11" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="PZ11" s="15" t="n">
+      <c r="QB11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="QA11" s="15" t="n">
+      <c r="QC11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="QB11" s="15" t="n">
+      <c r="QD11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="QC11" s="15" t="n">
+      <c r="QE11" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="QD11" s="15" t="n">
+      <c r="QF11" s="15" t="n">
         <v>0.6</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.4</v>
       </c>
       <c r="QG11" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="QH11" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="QI11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="QI11" s="15" t="n">
+      <c r="QJ11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="QK11" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="QJ11" s="15" t="n">
+      <c r="QL11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="QK11" s="15" t="n">
+      <c r="QM11" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="QL11" s="15" t="n">
+      <c r="QN11" s="15" t="n">
         <v>-2.3</v>
       </c>
-      <c r="QM11" s="15" t="n">
+      <c r="QO11" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="QN11" s="15" t="n">
+      <c r="QP11" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="QO11" s="15" t="n">
+      <c r="QQ11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="QP11" s="15" t="n">
+      <c r="QR11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="QQ11" s="15" t="n">
+      <c r="QS11" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="QR11" s="15" t="n">
+      <c r="QT11" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="QS11" s="15" t="n">
+      <c r="QU11" s="15" t="n">
         <v>0.9</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.4</v>
       </c>
       <c r="QV11" s="15" t="n">
         <v>0.5</v>
       </c>
       <c r="QW11" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="QX11" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="QY11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="QX11" s="15" t="n">
+      <c r="QZ11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="QY11" s="15" t="n">
+      <c r="RA11" s="15" t="n">
         <v>0.1</v>
-      </c>
-[...4 lines deleted...]
-        <v>-0.3</v>
       </c>
       <c r="RB11" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="RC11" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="RD11" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="RE11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="RD11" s="15" t="n">
+      <c r="RF11" s="15" t="n">
         <v>0.3</v>
-      </c>
-[...4 lines deleted...]
-        <v>-0.1</v>
       </c>
       <c r="RG11" s="15" t="n">
         <v>0.5</v>
       </c>
       <c r="RH11" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="RI11" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="RJ11" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="RI11" s="15" t="n">
+      <c r="RK11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="RJ11" s="15" t="n">
+      <c r="RL11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="RK11" s="15" t="n">
+      <c r="RM11" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="RL11" s="15" t="n">
+      <c r="RN11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="RM11" s="15" t="n">
+      <c r="RO11" s="15" t="n">
         <v>0.1</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.5</v>
       </c>
       <c r="RP11" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="RQ11" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="RR11" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="RS11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="RR11" s="15" t="n">
+      <c r="RT11" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="RS11" s="15" t="n">
+      <c r="RU11" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="RT11" s="15" t="n">
+      <c r="RV11" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="RU11" s="15" t="n">
+      <c r="RW11" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="RV11" s="15" t="n">
+      <c r="RX11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="RW11" s="15" t="n">
+      <c r="RY11" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="RX11" s="15" t="n">
+      <c r="RZ11" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="RY11" s="15" t="n">
+      <c r="SA11" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="RZ11" s="15" t="n">
+      <c r="SB11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="SA11" s="15" t="n">
+      <c r="SC11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="SB11" s="15" t="n">
+      <c r="SD11" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="SC11" s="15" t="n">
+      <c r="SE11" s="15" t="n">
         <v>-0.1</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.2</v>
       </c>
       <c r="SF11" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="SG11" s="13" t="inlineStr">
+      <c r="SG11" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="SH11" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="SI11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="SH11" s="15" t="n">
+      <c r="SJ11" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="SK11" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="SI11" s="15" t="n">
+      <c r="SL11" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="SJ11" s="15" t="n">
+      <c r="SM11" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="SK11" s="15" t="n">
+      <c r="SN11" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="SL11" s="15" t="n">
+      <c r="SO11" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="SM11" s="15" t="n">
+      <c r="SP11" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="SN11" s="15" t="n">
+      <c r="SQ11" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="SO11" s="15" t="n">
+      <c r="SR11" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="SP11" s="15" t="n">
+      <c r="SS11" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="SQ11" s="15" t="n">
+      <c r="ST11" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="SR11" s="15" t="n">
+      <c r="SU11" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="SS11" s="15" t="n">
+      <c r="SV11" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="ST11" s="15" t="n">
+      <c r="SW11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="SU11" s="15" t="n">
+      <c r="SX11" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="SV11" s="15" t="n">
+      <c r="SY11" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="SW11" s="15" t="n">
+      <c r="SZ11" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="SX11" s="15" t="n">
+      <c r="TA11" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="SY11" s="15" t="n">
+      <c r="TB11" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="SZ11" s="15" t="n">
+      <c r="TC11" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="TA11" s="15" t="n">
+      <c r="TD11" s="15" t="n">
         <v>-0.5</v>
-      </c>
-[...7 lines deleted...]
-        <v>0.4</v>
       </c>
       <c r="TE11" s="15" t="n">
         <v>-0.3</v>
       </c>
       <c r="TF11" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="TG11" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="TH11" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="TI11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="TG11" s="15" t="n">
+      <c r="TJ11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="TH11" s="15" t="n">
+      <c r="TK11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="TI11" s="15" t="n">
+      <c r="TL11" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="TJ11" s="15" t="n">
+      <c r="TM11" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="TK11" s="15" t="n">
+      <c r="TN11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="TL11" s="15" t="n">
+      <c r="TO11" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="TM11" s="15" t="n">
+      <c r="TP11" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="TN11" s="15" t="n">
+      <c r="TQ11" s="15" t="n">
         <v>6.6</v>
       </c>
-      <c r="TO11" s="15" t="n">
+      <c r="TR11" s="15" t="n">
         <v>8.0</v>
       </c>
-      <c r="TP11" s="15" t="n">
+      <c r="TS11" s="15" t="n">
         <v>9.3</v>
       </c>
-      <c r="TQ11" s="15" t="n">
+      <c r="TT11" s="15" t="n">
         <v>10.2</v>
       </c>
-      <c r="TR11" s="15" t="n">
+      <c r="TU11" s="15" t="n">
         <v>11.4</v>
       </c>
-      <c r="TS11" s="15" t="n">
+      <c r="TV11" s="15" t="n">
         <v>12.5</v>
       </c>
-      <c r="TT11" s="15" t="n">
+      <c r="TW11" s="15" t="n">
         <v>13.0</v>
       </c>
-      <c r="TU11" s="15" t="n">
+      <c r="TX11" s="15" t="n">
         <v>14.2</v>
       </c>
-      <c r="TV11" s="15" t="n">
+      <c r="TY11" s="15" t="n">
         <v>16.5</v>
       </c>
-      <c r="TW11" s="15" t="n">
+      <c r="TZ11" s="15" t="n">
         <v>15.9</v>
       </c>
-      <c r="TX11" s="15" t="n">
+      <c r="UA11" s="15" t="n">
         <v>14.9</v>
       </c>
-      <c r="TY11" s="15" t="n">
+      <c r="UB11" s="15" t="n">
         <v>13.0</v>
       </c>
-      <c r="TZ11" s="15" t="n">
+      <c r="UC11" s="15" t="n">
         <v>12.2</v>
       </c>
-      <c r="UA11" s="15" t="n">
+      <c r="UD11" s="15" t="n">
         <v>11.8</v>
       </c>
-      <c r="UB11" s="15" t="n">
+      <c r="UE11" s="15" t="n">
         <v>10.7</v>
       </c>
-      <c r="UC11" s="15" t="n">
+      <c r="UF11" s="15" t="n">
         <v>11.0</v>
       </c>
-      <c r="UD11" s="15" t="n">
+      <c r="UG11" s="15" t="n">
         <v>10.1</v>
       </c>
-      <c r="UE11" s="15" t="n">
+      <c r="UH11" s="15" t="n">
         <v>8.9</v>
       </c>
-      <c r="UF11" s="15" t="n">
+      <c r="UI11" s="15" t="n">
         <v>8.3</v>
       </c>
-      <c r="UG11" s="15" t="n">
+      <c r="UJ11" s="15" t="n">
         <v>7.9</v>
       </c>
-      <c r="UH11" s="15" t="n">
+      <c r="UK11" s="15" t="n">
         <v>6.7</v>
       </c>
-      <c r="UI11" s="15" t="n">
+      <c r="UL11" s="15" t="n">
         <v>6.4</v>
       </c>
-      <c r="UJ11" s="15" t="n">
+      <c r="UM11" s="15" t="n">
         <v>5.7</v>
       </c>
-      <c r="UK11" s="15" t="n">
+      <c r="UN11" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="UL11" s="15" t="n">
+      <c r="UO11" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="UM11" s="15" t="n">
+      <c r="UP11" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="UN11" s="15" t="n">
+      <c r="UQ11" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="UO11" s="15" t="n">
+      <c r="UR11" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="UP11" s="15" t="n">
+      <c r="US11" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="UQ11" s="15" t="n">
+      <c r="UT11" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="UR11" s="15" t="n">
+      <c r="UU11" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="US11" s="15" t="n">
+      <c r="UV11" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="UT11" s="15" t="n">
+      <c r="UW11" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="UU11" s="15" t="n">
+      <c r="UX11" s="15" t="n">
         <v>-2.8</v>
       </c>
-      <c r="UV11" s="15" t="n">
+      <c r="UY11" s="15" t="n">
         <v>-2.6</v>
       </c>
-      <c r="UW11" s="15" t="n">
+      <c r="UZ11" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="UX11" s="15" t="n">
+      <c r="VA11" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="UY11" s="15" t="n">
+      <c r="VB11" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="UZ11" s="15" t="n">
+      <c r="VC11" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="VA11" s="15" t="n">
+      <c r="VD11" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="VB11" s="15" t="n">
+      <c r="VE11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="VC11" s="15" t="n">
+      <c r="VF11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="VD11" s="15" t="n">
+      <c r="VG11" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="VE11" s="15" t="n">
+      <c r="VH11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="VF11" s="15" t="n">
+      <c r="VI11" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="VG11" s="15" t="n">
+      <c r="VJ11" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="VH11" s="15" t="n">
+      <c r="VK11" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="VI11" s="15" t="n">
+      <c r="VL11" s="15" t="n">
         <v>1.1</v>
-      </c>
-[...7 lines deleted...]
-        <v>0.0</v>
       </c>
       <c r="VM11" s="15" t="n">
         <v>0.7</v>
       </c>
       <c r="VN11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="VO11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="VP11" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="VQ11" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="VO11" s="15" t="n">
+      <c r="VR11" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="VP11" s="15" t="n">
+      <c r="VS11" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="VQ11" s="15" t="n">
+      <c r="VT11" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="VR11" s="15" t="n">
+      <c r="VU11" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="VS11" s="15" t="n">
+      <c r="VV11" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="VT11" s="15" t="n">
+      <c r="VW11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="VU11" s="15" t="n">
+      <c r="VX11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="VV11" s="15" t="n">
+      <c r="VY11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="VW11" s="15" t="n">
+      <c r="VZ11" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="VX11" s="15" t="n">
+      <c r="WA11" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="VY11" s="15" t="n">
+      <c r="WB11" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="VZ11" s="15" t="n">
+      <c r="WC11" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="WA11" s="15" t="n">
+      <c r="WD11" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="WB11" s="15" t="n">
+      <c r="WE11" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="WC11" s="15" t="n">
+      <c r="WF11" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="WD11" s="15" t="n">
+      <c r="WG11" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="WE11" s="15" t="n">
+      <c r="WH11" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="WF11" s="15" t="n">
+      <c r="WI11" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="WG11" s="15" t="n">
+      <c r="WJ11" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="WH11" s="15" t="n">
+      <c r="WK11" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="WI11" s="15" t="n">
+      <c r="WL11" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="WJ11" s="15" t="n">
+      <c r="WM11" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="WK11" s="15" t="n">
+      <c r="WN11" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="WL11" s="15" t="n">
+      <c r="WO11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="WM11" s="15" t="n">
+      <c r="WP11" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="WN11" s="15" t="n">
+      <c r="WQ11" s="15" t="n">
         <v>-1.7</v>
       </c>
-      <c r="WO11" s="15" t="n">
+      <c r="WR11" s="15" t="n">
         <v>-2.4</v>
       </c>
-      <c r="WP11" s="15" t="n">
+      <c r="WS11" s="15" t="n">
         <v>-2.4</v>
       </c>
-      <c r="WQ11" s="15" t="n">
+      <c r="WT11" s="15" t="n">
         <v>-2.9</v>
       </c>
-      <c r="WR11" s="15" t="n">
+      <c r="WU11" s="15" t="n">
         <v>-3.2</v>
       </c>
-      <c r="WS11" s="15" t="n">
+      <c r="WV11" s="15" t="n">
         <v>-2.9</v>
       </c>
-      <c r="WT11" s="15" t="n">
+      <c r="WW11" s="15" t="n">
         <v>-2.5</v>
       </c>
-      <c r="WU11" s="15" t="n">
+      <c r="WX11" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="WV11" s="15" t="n">
+      <c r="WY11" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="WW11" s="15" t="n">
+      <c r="WZ11" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="WX11" s="15" t="n">
+      <c r="XA11" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="WY11" s="15" t="n">
+      <c r="XB11" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="WZ11" s="15" t="n">
+      <c r="XC11" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="XA11" s="15" t="n">
+      <c r="XD11" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="XB11" s="15" t="n">
+      <c r="XE11" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="XC11" s="15" t="n">
+      <c r="XF11" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="XD11" s="15" t="n">
+      <c r="XG11" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="XE11" s="15" t="n">
+      <c r="XH11" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="XF11" s="15" t="n">
+      <c r="XI11" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="XG11" s="15" t="n">
+      <c r="XJ11" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="XH11" s="15" t="n">
+      <c r="XK11" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="XI11" s="15" t="n">
+      <c r="XL11" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="XJ11" s="15" t="n">
+      <c r="XM11" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="XK11" s="15" t="n">
+      <c r="XN11" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="XL11" s="15" t="n">
+      <c r="XO11" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="XM11" s="15" t="n">
+      <c r="XP11" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="XN11" s="15" t="n">
+      <c r="XQ11" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="XO11" s="15" t="n">
+      <c r="XR11" s="15" t="n">
         <v>-1.7</v>
       </c>
-      <c r="XP11" s="15" t="n">
+      <c r="XS11" s="15" t="n">
         <v>-2.1</v>
       </c>
-      <c r="XQ11" s="15" t="n">
+      <c r="XT11" s="15" t="n">
         <v>-2.7</v>
       </c>
-      <c r="XR11" s="15" t="n">
+      <c r="XU11" s="15" t="n">
         <v>-2.6</v>
-      </c>
-[...7 lines deleted...]
-        <v>-2.1</v>
       </c>
       <c r="XV11" s="15" t="n">
         <v>-2.2</v>
       </c>
       <c r="XW11" s="15" t="n">
+        <v>-2.1</v>
+      </c>
+      <c r="XX11" s="15" t="n">
+        <v>-2.1</v>
+      </c>
+      <c r="XY11" s="15" t="n">
+        <v>-2.2</v>
+      </c>
+      <c r="XZ11" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="XX11" s="15" t="n">
+      <c r="YA11" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="XY11" s="15" t="n">
+      <c r="YB11" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="XZ11" s="15" t="n">
+      <c r="YC11" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="YA11" s="15" t="n">
+      <c r="YD11" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="YB11" s="15" t="n">
+      <c r="YE11" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="YC11" s="15" t="n">
+      <c r="YF11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="YD11" s="15" t="n">
+      <c r="YG11" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="YE11" s="15" t="n">
+      <c r="YH11" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="YF11" s="15" t="n">
+      <c r="YI11" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="YG11" s="15" t="n">
+      <c r="YJ11" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="YH11" s="15" t="n">
+      <c r="YK11" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="YI11" s="15" t="n">
+      <c r="YL11" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="YJ11" s="15" t="n">
+      <c r="YM11" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="YK11" s="15" t="n">
+      <c r="YN11" s="15" t="n">
         <v>2.3</v>
-      </c>
-[...7 lines deleted...]
-        <v>2.0</v>
       </c>
       <c r="YO11" s="15" t="n">
         <v>2.3</v>
       </c>
       <c r="YP11" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="YQ11" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="YR11" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="YS11" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="YQ11" s="15" t="n">
+      <c r="YT11" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="YR11" s="15" t="n">
+      <c r="YU11" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="YS11" s="15" t="n">
+      <c r="YV11" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="YT11" s="15" t="n">
+      <c r="YW11" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="YU11" s="15" t="n">
+      <c r="YX11" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="YV11" s="15" t="n">
+      <c r="YY11" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="YW11" s="15" t="n">
+      <c r="YZ11" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="YX11" s="15" t="n">
+      <c r="ZA11" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="YY11" s="15" t="n">
+      <c r="ZB11" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="YZ11" s="15" t="n">
+      <c r="ZC11" s="15" t="n">
         <v>5.8</v>
       </c>
-      <c r="ZA11" s="15" t="n">
+      <c r="ZD11" s="15" t="n">
         <v>6.8</v>
       </c>
-      <c r="ZB11" s="15" t="n">
+      <c r="ZE11" s="15" t="n">
         <v>7.2</v>
       </c>
-      <c r="ZC11" s="15" t="n">
+      <c r="ZF11" s="15" t="n">
         <v>7.6</v>
       </c>
-      <c r="ZD11" s="15" t="n">
+      <c r="ZG11" s="15" t="n">
         <v>6.5</v>
       </c>
-      <c r="ZE11" s="15" t="n">
+      <c r="ZH11" s="15" t="n">
         <v>5.7</v>
       </c>
-      <c r="ZF11" s="15" t="n">
+      <c r="ZI11" s="15" t="n">
         <v>5.3</v>
       </c>
-      <c r="ZG11" s="15" t="n">
+      <c r="ZJ11" s="15" t="n">
         <v>5.5</v>
       </c>
-      <c r="ZH11" s="15" t="n">
+      <c r="ZK11" s="15" t="n">
         <v>5.4</v>
       </c>
-      <c r="ZI11" s="15" t="n">
+      <c r="ZL11" s="15" t="n">
         <v>5.7</v>
       </c>
-      <c r="ZJ11" s="15" t="n">
+      <c r="ZM11" s="15" t="n">
         <v>5.9</v>
       </c>
-      <c r="ZK11" s="15" t="n">
+      <c r="ZN11" s="15" t="n">
         <v>5.6</v>
       </c>
-      <c r="ZL11" s="15" t="n">
+      <c r="ZO11" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="ZM11" s="15" t="n">
+      <c r="ZP11" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="ZN11" s="15" t="n">
+      <c r="ZQ11" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="ZO11" s="15" t="n">
+      <c r="ZR11" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="ZP11" s="15" t="n">
+      <c r="ZS11" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="ZQ11" s="15" t="n">
+      <c r="ZT11" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="ZR11" s="15" t="n">
+      <c r="ZU11" s="15" t="n">
         <v>-3.5</v>
       </c>
-      <c r="ZS11" s="15" t="n">
+      <c r="ZV11" s="15" t="n">
         <v>-4.9</v>
       </c>
-      <c r="ZT11" s="15" t="n">
+      <c r="ZW11" s="15" t="n">
         <v>-4.5</v>
       </c>
-      <c r="ZU11" s="15" t="n">
+      <c r="ZX11" s="15" t="n">
         <v>-5.0</v>
       </c>
-      <c r="ZV11" s="15" t="n">
+      <c r="ZY11" s="15" t="n">
         <v>-4.2</v>
       </c>
-      <c r="ZW11" s="15" t="n">
+      <c r="ZZ11" s="15" t="n">
         <v>-3.8</v>
       </c>
-      <c r="ZX11" s="15" t="n">
+      <c r="AAA11" s="15" t="n">
         <v>-2.9</v>
       </c>
-      <c r="ZY11" s="15" t="n">
+      <c r="AAB11" s="15" t="n">
         <v>-2.4</v>
       </c>
-      <c r="ZZ11" s="15" t="n">
+      <c r="AAC11" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="AAA11" s="15" t="n">
+      <c r="AAD11" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="AAB11" s="15" t="n">
+      <c r="AAE11" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="AAC11" s="15" t="n">
+      <c r="AAF11" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="AAD11" s="15" t="n">
+      <c r="AAG11" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="AAE11" s="15" t="n">
+      <c r="AAH11" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="AAF11" s="15" t="n">
+      <c r="AAI11" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="AAG11" s="15" t="n">
+      <c r="AAJ11" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="AAH11" s="15" t="n">
+      <c r="AAK11" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="AAI11" s="15" t="n">
+      <c r="AAL11" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="AAJ11" s="15" t="n">
+      <c r="AAM11" s="15" t="n">
         <v>2.5</v>
-      </c>
-[...7 lines deleted...]
-        <v>2.2</v>
       </c>
       <c r="AAN11" s="15" t="n">
         <v>1.9</v>
       </c>
       <c r="AAO11" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="AAP11" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="AAQ11" s="15" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="AAR11" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="AAP11" s="15" t="n">
+      <c r="AAS11" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="AAQ11" s="15" t="n">
+      <c r="AAT11" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="AAR11" s="15" t="n">
+      <c r="AAU11" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="AAS11" s="15" t="n">
+      <c r="AAV11" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="AAT11" s="15" t="n">
+      <c r="AAW11" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="AAU11" s="15" t="n">
+      <c r="AAX11" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="AAV11" s="15" t="n">
+      <c r="AAY11" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="AAW11" s="15" t="n">
+      <c r="AAZ11" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="AAX11" s="15" t="n">
+      <c r="ABA11" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="AAY11" s="15" t="n">
+      <c r="ABB11" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="AAZ11" s="15" t="n">
+      <c r="ABC11" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="ABA11" s="15" t="n">
+      <c r="ABD11" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="ABB11" s="15" t="n">
+      <c r="ABE11" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="ABC11" s="15" t="n">
+      <c r="ABF11" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="ABD11" s="15" t="n">
+      <c r="ABG11" s="15" t="n">
         <v>4.2</v>
-      </c>
-[...7 lines deleted...]
-        <v>4.8</v>
       </c>
       <c r="ABH11" s="15" t="n">
         <v>4.4</v>
       </c>
       <c r="ABI11" s="15" t="n">
-        <v>4.5</v>
+        <v>4.2</v>
       </c>
       <c r="ABJ11" s="15" t="n">
-        <v>4.3</v>
+        <v>4.8</v>
       </c>
       <c r="ABK11" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="ABL11" s="13" t="inlineStr">
+      <c r="ABL11" s="15" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="ABM11" s="15" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="ABN11" s="15" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="ABO11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABM11" s="13" t="inlineStr">
+      <c r="ABP11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABN11" s="13" t="inlineStr">
+      <c r="ABQ11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABO11" s="13" t="inlineStr">
+      <c r="ABR11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABP11" s="13" t="inlineStr">
+      <c r="ABS11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABQ11" s="13" t="inlineStr">
+      <c r="ABT11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABR11" s="13" t="inlineStr">
+      <c r="ABU11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABS11" s="13" t="inlineStr">
+      <c r="ABV11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABT11" s="13" t="inlineStr">
+      <c r="ABW11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABU11" s="13" t="inlineStr">
+      <c r="ABX11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABV11" s="13" t="inlineStr">
+      <c r="ABY11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABW11" s="13" t="inlineStr">
+      <c r="ABZ11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABX11" s="15" t="n">
+      <c r="ACA11" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="ACB11" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="ACC11" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="ACD11" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="ABY11" s="15" t="n">
-[...2 lines deleted...]
-      <c r="ABZ11" s="15" t="n">
+      <c r="ACE11" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="ACA11" s="15" t="n">
-[...2 lines deleted...]
-      <c r="ACB11" s="15" t="n">
+      <c r="ACF11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="ACC11" s="15" t="n">
+      <c r="ACG11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="ACD11" s="15" t="n">
+      <c r="ACH11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="ACE11" s="15" t="n">
+      <c r="ACI11" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="ACF11" s="15" t="n">
+      <c r="ACJ11" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="ACG11" s="15" t="n">
+      <c r="ACK11" s="15" t="n">
         <v>0.6</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.4</v>
       </c>
       <c r="ACL11" s="15" t="n">
         <v>0.7</v>
       </c>
       <c r="ACM11" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="ACN11" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="ACO11" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="ACP11" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="ACQ11" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="ACN11" s="15" t="n">
+      <c r="ACR11" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="ACO11" s="15" t="n">
+      <c r="ACS11" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="ACP11" s="15" t="n">
+      <c r="ACT11" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="ACQ11" s="15" t="n">
+      <c r="ACU11" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="ACR11" s="15" t="n">
+      <c r="ACV11" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="ACS11" s="15" t="n">
+      <c r="ACW11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="ACT11" s="15" t="n">
+      <c r="ACX11" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="ACU11" s="15" t="n">
+      <c r="ACY11" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="ACV11" s="15" t="n">
+      <c r="ACZ11" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="ACW11" s="15" t="n">
+      <c r="ADA11" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="ACX11" s="15" t="n">
+      <c r="ADB11" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="ACY11" s="15" t="n">
+      <c r="ADC11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="ACZ11" s="15" t="n">
+      <c r="ADD11" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="ADA11" s="15" t="n">
+      <c r="ADE11" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="ADB11" s="15" t="n">
+      <c r="ADF11" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="ADC11" s="15" t="n">
+      <c r="ADG11" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="ADD11" s="15" t="n">
+      <c r="ADH11" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="ADE11" s="15" t="n">
+      <c r="ADI11" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="ADF11" s="15" t="n">
+      <c r="ADJ11" s="15" t="n">
         <v>9.3</v>
       </c>
-      <c r="ADG11" s="15" t="n">
+      <c r="ADK11" s="15" t="n">
         <v>10.2</v>
       </c>
-      <c r="ADH11" s="15" t="n">
+      <c r="ADL11" s="15" t="n">
         <v>10.4</v>
       </c>
-      <c r="ADI11" s="15" t="n">
+      <c r="ADM11" s="15" t="n">
         <v>10.1</v>
       </c>
-      <c r="ADJ11" s="15" t="n">
+      <c r="ADN11" s="15" t="n">
         <v>9.9</v>
       </c>
-      <c r="ADK11" s="15" t="n">
+      <c r="ADO11" s="15" t="n">
         <v>10.5</v>
       </c>
-      <c r="ADL11" s="15" t="n">
+      <c r="ADP11" s="15" t="n">
         <v>11.1</v>
       </c>
-      <c r="ADM11" s="15" t="n">
+      <c r="ADQ11" s="15" t="n">
         <v>10.0</v>
       </c>
-      <c r="ADN11" s="15" t="n">
+      <c r="ADR11" s="15" t="n">
         <v>8.4</v>
       </c>
-      <c r="ADO11" s="15" t="n">
+      <c r="ADS11" s="15" t="n">
         <v>5.9</v>
       </c>
-      <c r="ADP11" s="15" t="n">
+      <c r="ADT11" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="ADQ11" s="15" t="n">
+      <c r="ADU11" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="ADR11" s="15" t="n">
+      <c r="ADV11" s="15" t="n">
         <v>10.7</v>
       </c>
-      <c r="ADS11" s="15" t="n">
+      <c r="ADW11" s="15" t="n">
         <v>10.6</v>
       </c>
-      <c r="ADT11" s="15" t="n">
+      <c r="ADX11" s="15" t="n">
         <v>9.6</v>
       </c>
-      <c r="ADU11" s="15" t="n">
+      <c r="ADY11" s="15" t="n">
         <v>8.3</v>
       </c>
-      <c r="ADV11" s="15" t="n">
+      <c r="ADZ11" s="15" t="n">
         <v>7.6</v>
       </c>
-      <c r="ADW11" s="15" t="n">
+      <c r="AEA11" s="15" t="n">
         <v>7.1</v>
       </c>
-      <c r="ADX11" s="15" t="n">
+      <c r="AEB11" s="15" t="n">
         <v>5.5</v>
       </c>
-      <c r="ADY11" s="15" t="n">
+      <c r="AEC11" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="ADZ11" s="15" t="n">
+      <c r="AED11" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="AEA11" s="15" t="n">
+      <c r="AEE11" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="AEB11" s="15" t="n">
+      <c r="AEF11" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="AEC11" s="15" t="n">
+      <c r="AEG11" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="AED11" s="15" t="n">
+      <c r="AEH11" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="AEE11" s="15" t="n">
+      <c r="AEI11" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="AEF11" s="15" t="n">
+      <c r="AEJ11" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="AEG11" s="15" t="n">
+      <c r="AEK11" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="AEH11" s="15" t="n">
+      <c r="AEL11" s="15" t="n">
         <v>-1.7</v>
       </c>
-      <c r="AEI11" s="15" t="n">
+      <c r="AEM11" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="AEJ11" s="15" t="n">
+      <c r="AEN11" s="15" t="n">
         <v>-2.2</v>
       </c>
-      <c r="AEK11" s="15" t="n">
+      <c r="AEO11" s="15" t="n">
         <v>-2.3</v>
       </c>
-      <c r="AEL11" s="15" t="n">
+      <c r="AEP11" s="15" t="n">
         <v>-2.2</v>
       </c>
-      <c r="AEM11" s="15" t="n">
+      <c r="AEQ11" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="AEN11" s="15" t="n">
+      <c r="AER11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="AEO11" s="15" t="n">
+      <c r="AES11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="AEP11" s="15" t="n">
+      <c r="AET11" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="AEQ11" s="15" t="n">
+      <c r="AEU11" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="AER11" s="15" t="n">
+      <c r="AEV11" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="AES11" s="15" t="n">
+      <c r="AEW11" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="AET11" s="15" t="n">
+      <c r="AEX11" s="15" t="n">
         <v>0.6</v>
-      </c>
-[...10 lines deleted...]
-        <v>1.5</v>
       </c>
       <c r="AEY11" s="15" t="n">
         <v>0.9</v>
       </c>
       <c r="AEZ11" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="AFA11" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="AFB11" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="AFC11" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="AFD11" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="AFA11" s="15" t="n">
+      <c r="AFE11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="AFB11" s="15" t="n">
+      <c r="AFF11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="AFC11" s="15" t="n">
+      <c r="AFG11" s="15" t="n">
         <v>0.6</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.7</v>
       </c>
       <c r="AFH11" s="15" t="n">
         <v>1.0</v>
       </c>
       <c r="AFI11" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="AFJ11" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="AFK11" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="AFL11" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="AFM11" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="AFJ11" s="15" t="n">
+      <c r="AFN11" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="AFK11" s="15" t="n">
+      <c r="AFO11" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="AFL11" s="15" t="n">
+      <c r="AFP11" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="AFM11" s="15" t="n">
+      <c r="AFQ11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="AFN11" s="15" t="n">
+      <c r="AFR11" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="AFO11" s="15" t="n">
+      <c r="AFS11" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="AFP11" s="15" t="n">
+      <c r="AFT11" s="15" t="n">
         <v>1.4</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.9</v>
       </c>
       <c r="AFU11" s="15" t="n">
         <v>1.2</v>
       </c>
       <c r="AFV11" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="AFW11" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="AFX11" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="AFY11" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="AFZ11" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="AFW11" s="15" t="n">
+      <c r="AGA11" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="AFX11" s="15" t="n">
+      <c r="AGB11" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="AFY11" s="15" t="n">
+      <c r="AGC11" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="AFZ11" s="15" t="n">
+      <c r="AGD11" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="AGA11" s="15" t="n">
+      <c r="AGE11" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="AGB11" s="15" t="n">
+      <c r="AGF11" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="AGC11" s="15" t="n">
+      <c r="AGG11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="AGD11" s="15" t="n">
+      <c r="AGH11" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="AGE11" s="15" t="n">
+      <c r="AGI11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="AGF11" s="15" t="n">
+      <c r="AGJ11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="AGG11" s="15" t="n">
+      <c r="AGK11" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="AGH11" s="15" t="n">
+      <c r="AGL11" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="AGI11" s="15" t="n">
+      <c r="AGM11" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="AGJ11" s="15" t="n">
+      <c r="AGN11" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="AGK11" s="15" t="n">
+      <c r="AGO11" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="AGL11" s="15" t="n">
+      <c r="AGP11" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="AGM11" s="15" t="n">
+      <c r="AGQ11" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="AGN11" s="15" t="n">
+      <c r="AGR11" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="AGO11" s="15" t="n">
+      <c r="AGS11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="AGP11" s="15" t="n">
+      <c r="AGT11" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="AGQ11" s="15" t="n">
+      <c r="AGU11" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="AGR11" s="15" t="n">
+      <c r="AGV11" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="AGS11" s="15" t="n">
+      <c r="AGW11" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="AGT11" s="15" t="n">
+      <c r="AGX11" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="AGU11" s="15" t="n">
+      <c r="AGY11" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="AGV11" s="15" t="n">
+      <c r="AGZ11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="AGW11" s="15" t="n">
+      <c r="AHA11" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="AGX11" s="15" t="n">
+      <c r="AHB11" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="AGY11" s="15" t="n">
+      <c r="AHC11" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="AGZ11" s="15" t="n">
+      <c r="AHD11" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="AHA11" s="15" t="n">
+      <c r="AHE11" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="AHB11" s="15" t="n">
+      <c r="AHF11" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="AHC11" s="15" t="n">
+      <c r="AHG11" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="AHD11" s="15" t="n">
+      <c r="AHH11" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="AHE11" s="15" t="n">
+      <c r="AHI11" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="AHF11" s="15" t="n">
+      <c r="AHJ11" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="AHG11" s="15" t="n">
+      <c r="AHK11" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="AHH11" s="15" t="n">
+      <c r="AHL11" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="AHI11" s="15" t="n">
+      <c r="AHM11" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="AHJ11" s="15" t="n">
+      <c r="AHN11" s="15" t="n">
         <v>-2.1</v>
       </c>
-      <c r="AHK11" s="15" t="n">
+      <c r="AHO11" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="AHL11" s="15" t="n">
+      <c r="AHP11" s="15" t="n">
         <v>-1.7</v>
       </c>
-      <c r="AHM11" s="15" t="n">
+      <c r="AHQ11" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="AHN11" s="15" t="n">
+      <c r="AHR11" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="AHO11" s="15" t="n">
+      <c r="AHS11" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="AHP11" s="15" t="n">
+      <c r="AHT11" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="AHQ11" s="15" t="n">
+      <c r="AHU11" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="AHR11" s="15" t="n">
+      <c r="AHV11" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="AHS11" s="15" t="n">
+      <c r="AHW11" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="AHT11" s="15" t="n">
+      <c r="AHX11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="AHU11" s="15" t="n">
+      <c r="AHY11" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="AHV11" s="15" t="n">
+      <c r="AHZ11" s="15" t="n">
         <v>1.9</v>
-      </c>
-[...10 lines deleted...]
-        <v>2.3</v>
       </c>
       <c r="AIA11" s="15" t="n">
         <v>2.1</v>
       </c>
       <c r="AIB11" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="AIC11" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="AID11" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="AIE11" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="AIF11" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="AIC11" s="15" t="n">
+      <c r="AIG11" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="AID11" s="15" t="n">
+      <c r="AIH11" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="AIE11" s="15" t="n">
+      <c r="AII11" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="AIF11" s="15" t="n">
+      <c r="AIJ11" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="AIG11" s="15" t="n">
+      <c r="AIK11" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="AIH11" s="15" t="n">
+      <c r="AIL11" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="AII11" s="15" t="n">
+      <c r="AIM11" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="AIJ11" s="15" t="n">
+      <c r="AIN11" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="AIK11" s="15" t="n">
+      <c r="AIO11" s="15" t="n">
         <v>2.6</v>
-      </c>
-[...10 lines deleted...]
-        <v>2.5</v>
       </c>
       <c r="AIP11" s="15" t="n">
         <v>2.6</v>
       </c>
       <c r="AIQ11" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="AIR11" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="AIS11" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="AIT11" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="AIU11" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="AIR11" s="15" t="n">
+      <c r="AIV11" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="AIS11" s="15" t="n">
+      <c r="AIW11" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="AIT11" s="15" t="n">
+      <c r="AIX11" s="15" t="n">
         <v>6.5</v>
       </c>
-      <c r="AIU11" s="15" t="n">
+      <c r="AIY11" s="15" t="n">
         <v>5.6</v>
-      </c>
-[...10 lines deleted...]
-        <v>4.7</v>
       </c>
       <c r="AIZ11" s="15" t="n">
         <v>4.9</v>
       </c>
       <c r="AJA11" s="15" t="n">
+        <v>4.9</v>
+      </c>
+      <c r="AJB11" s="15" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="AJC11" s="15" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="AJD11" s="15" t="n">
+        <v>4.9</v>
+      </c>
+      <c r="AJE11" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="AJB11" s="15" t="n">
+      <c r="AJF11" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="AJC11" s="15" t="n">
+      <c r="AJG11" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="AJD11" s="15" t="n">
+      <c r="AJH11" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="AJE11" s="15" t="n">
+      <c r="AJI11" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="AJF11" s="15" t="n">
+      <c r="AJJ11" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="AJG11" s="15" t="n">
+      <c r="AJK11" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="AJH11" s="15" t="n">
+      <c r="AJL11" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="AJI11" s="15" t="n">
+      <c r="AJM11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="AJJ11" s="15" t="n">
+      <c r="AJN11" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="AJK11" s="15" t="n">
+      <c r="AJO11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="AJL11" s="15" t="n">
+      <c r="AJP11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="AJM11" s="15" t="n">
+      <c r="AJQ11" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="AJN11" s="15" t="n">
+      <c r="AJR11" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="AJO11" s="15" t="n">
+      <c r="AJS11" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="AJP11" s="15" t="n">
+      <c r="AJT11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="AJQ11" s="15" t="n">
+      <c r="AJU11" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="AJR11" s="15" t="n">
+      <c r="AJV11" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="AJS11" s="15" t="n">
+      <c r="AJW11" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="AJT11" s="15" t="n">
+      <c r="AJX11" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="AJU11" s="15" t="n">
+      <c r="AJY11" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="AJV11" s="15" t="n">
+      <c r="AJZ11" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="AJW11" s="15" t="n">
+      <c r="AKA11" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="AJX11" s="15" t="n">
+      <c r="AKB11" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="AJY11" s="15" t="n">
+      <c r="AKC11" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="AJZ11" s="15" t="n">
+      <c r="AKD11" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="AKA11" s="15" t="n">
+      <c r="AKE11" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="AKB11" s="15" t="n">
+      <c r="AKF11" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="AKC11" s="15" t="n">
+      <c r="AKG11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="AKD11" s="15" t="n">
+      <c r="AKH11" s="15" t="n">
         <v>1.9</v>
-      </c>
-[...10 lines deleted...]
-        <v>1.8</v>
       </c>
       <c r="AKI11" s="15" t="n">
         <v>1.7</v>
       </c>
       <c r="AKJ11" s="15" t="n">
-        <v>1.8</v>
+        <v>1.6</v>
       </c>
       <c r="AKK11" s="15" t="n">
         <v>1.5</v>
       </c>
       <c r="AKL11" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="AKM11" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="AKN11" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="AKO11" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="AKP11" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="AKM11" s="15" t="n">
+      <c r="AKQ11" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="AKN11" s="15" t="n">
+      <c r="AKR11" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="AKO11" s="15" t="n">
+      <c r="AKS11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="AKP11" s="15" t="n">
+      <c r="AKT11" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="AKQ11" s="15" t="n">
+      <c r="AKU11" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="AKR11" s="15" t="n">
+      <c r="AKV11" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="AKS11" s="15" t="n">
+      <c r="AKW11" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="AKT11" s="15" t="n">
+      <c r="AKX11" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="AKU11" s="15" t="n">
+      <c r="AKY11" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="AKV11" s="15" t="n">
+      <c r="AKZ11" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="AKW11" s="15" t="n">
+      <c r="ALA11" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="AKX11" s="15" t="n">
+      <c r="ALB11" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="AKY11" s="15" t="n">
+      <c r="ALC11" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="AKZ11" s="15" t="n">
+      <c r="ALD11" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="ALA11" s="15" t="n">
+      <c r="ALE11" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="ALB11" s="13" t="inlineStr">
+      <c r="ALF11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALC11" s="13" t="inlineStr">
+      <c r="ALG11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALD11" s="13" t="inlineStr">
+      <c r="ALH11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALE11" s="13" t="inlineStr">
+      <c r="ALI11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALF11" s="13" t="inlineStr">
+      <c r="ALJ11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALG11" s="13" t="inlineStr">
+      <c r="ALK11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALH11" s="13" t="inlineStr">
+      <c r="ALL11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALI11" s="13" t="inlineStr">
+      <c r="ALM11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALJ11" s="13" t="inlineStr">
+      <c r="ALN11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALK11" s="13" t="inlineStr">
+      <c r="ALO11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALL11" s="13" t="inlineStr">
+      <c r="ALP11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALM11" s="13" t="inlineStr">
+      <c r="ALQ11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    D Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="B12" s="14" t="n">
+        <v>81.756</v>
+      </c>
+      <c r="C12" s="14" t="n">
         <v>88.628</v>
       </c>
-      <c r="C12" s="14" t="n">
+      <c r="D12" s="14" t="n">
         <v>80.101</v>
       </c>
-      <c r="D12" s="14" t="n">
+      <c r="E12" s="14" t="n">
         <v>86.8</v>
       </c>
-      <c r="E12" s="14" t="n">
+      <c r="F12" s="14" t="n">
         <v>88.969</v>
       </c>
-      <c r="F12" s="14" t="n">
+      <c r="G12" s="14" t="n">
         <v>84.562</v>
       </c>
-      <c r="G12" s="14" t="n">
+      <c r="H12" s="14" t="n">
         <v>59.891</v>
       </c>
-      <c r="H12" s="14" t="n">
+      <c r="I12" s="14" t="n">
         <v>65.765</v>
       </c>
-      <c r="I12" s="14" t="n">
+      <c r="J12" s="14" t="n">
         <v>91.486</v>
       </c>
-      <c r="J12" s="14" t="n">
+      <c r="K12" s="14" t="n">
         <v>124.419</v>
       </c>
-      <c r="K12" s="14" t="n">
+      <c r="L12" s="14" t="n">
         <v>115.929</v>
       </c>
-      <c r="L12" s="14" t="n">
+      <c r="M12" s="14" t="n">
         <v>114.622</v>
       </c>
-      <c r="M12" s="14" t="n">
+      <c r="N12" s="14" t="n">
         <v>111.289</v>
       </c>
-      <c r="N12" s="14" t="n">
+      <c r="O12" s="14" t="n">
         <v>90.879</v>
       </c>
-      <c r="O12" s="14" t="n">
+      <c r="P12" s="14" t="n">
         <v>89.86</v>
       </c>
-      <c r="P12" s="14" t="n">
+      <c r="Q12" s="14" t="n">
         <v>94.496</v>
       </c>
-      <c r="Q12" s="14" t="n">
+      <c r="R12" s="14" t="n">
         <v>79.576</v>
       </c>
-      <c r="R12" s="14" t="n">
+      <c r="S12" s="14" t="n">
         <v>68.884</v>
       </c>
-      <c r="S12" s="14" t="n">
+      <c r="T12" s="14" t="n">
         <v>55.79</v>
       </c>
-      <c r="T12" s="14" t="n">
+      <c r="U12" s="14" t="n">
         <v>46.46</v>
       </c>
-      <c r="U12" s="14" t="n">
+      <c r="V12" s="14" t="n">
         <v>53.565</v>
       </c>
-      <c r="V12" s="14" t="n">
+      <c r="W12" s="14" t="n">
         <v>64.075</v>
       </c>
-      <c r="W12" s="14" t="n">
+      <c r="X12" s="14" t="n">
         <v>81.978</v>
       </c>
-      <c r="X12" s="14" t="n">
+      <c r="Y12" s="14" t="n">
         <v>84.851</v>
       </c>
-      <c r="Y12" s="14" t="n">
+      <c r="Z12" s="14" t="n">
         <v>79.599</v>
       </c>
-      <c r="Z12" s="14" t="n">
+      <c r="AA12" s="14" t="n">
         <v>93.951</v>
       </c>
-      <c r="AA12" s="14" t="n">
+      <c r="AB12" s="14" t="n">
         <v>103.769</v>
       </c>
-      <c r="AB12" s="14" t="n">
+      <c r="AC12" s="14" t="n">
         <v>88.822</v>
       </c>
-      <c r="AC12" s="14" t="n">
+      <c r="AD12" s="14" t="n">
         <v>84.101</v>
       </c>
-      <c r="AD12" s="14" t="n">
+      <c r="AE12" s="14" t="n">
         <v>85.632</v>
       </c>
-      <c r="AE12" s="14" t="n">
+      <c r="AF12" s="14" t="n">
         <v>79.11</v>
       </c>
-      <c r="AF12" s="14" t="n">
+      <c r="AG12" s="14" t="n">
         <v>89.072</v>
       </c>
-      <c r="AG12" s="14" t="n">
+      <c r="AH12" s="14" t="n">
         <v>95.398</v>
       </c>
-      <c r="AH12" s="14" t="n">
+      <c r="AI12" s="14" t="n">
         <v>117.545</v>
       </c>
-      <c r="AI12" s="14" t="n">
+      <c r="AJ12" s="14" t="n">
         <v>94.514</v>
       </c>
-      <c r="AJ12" s="14" t="n">
+      <c r="AK12" s="14" t="n">
         <v>146.109</v>
       </c>
-      <c r="AK12" s="14" t="n">
+      <c r="AL12" s="14" t="n">
         <v>125.866</v>
       </c>
-      <c r="AL12" s="14" t="n">
+      <c r="AM12" s="14" t="n">
         <v>148.034</v>
       </c>
-      <c r="AM12" s="14" t="n">
+      <c r="AN12" s="14" t="n">
         <v>213.857</v>
       </c>
-      <c r="AN12" s="14" t="n">
+      <c r="AO12" s="14" t="n">
         <v>216.864</v>
       </c>
-      <c r="AO12" s="14" t="n">
+      <c r="AP12" s="14" t="n">
         <v>169.985</v>
       </c>
-      <c r="AP12" s="14" t="n">
+      <c r="AQ12" s="14" t="n">
         <v>162.882</v>
       </c>
-      <c r="AQ12" s="14" t="n">
+      <c r="AR12" s="14" t="n">
         <v>162.1</v>
       </c>
-      <c r="AR12" s="14" t="n">
+      <c r="AS12" s="14" t="n">
         <v>177.074</v>
       </c>
-      <c r="AS12" s="14" t="n">
+      <c r="AT12" s="14" t="n">
         <v>227.264</v>
       </c>
-      <c r="AT12" s="14" t="n">
+      <c r="AU12" s="14" t="n">
         <v>174.003</v>
       </c>
-      <c r="AU12" s="14" t="n">
+      <c r="AV12" s="14" t="n">
         <v>177.445</v>
       </c>
-      <c r="AV12" s="14" t="n">
+      <c r="AW12" s="14" t="n">
         <v>194.425</v>
       </c>
-      <c r="AW12" s="14" t="n">
+      <c r="AX12" s="14" t="n">
         <v>156.111</v>
       </c>
-      <c r="AX12" s="14" t="n">
+      <c r="AY12" s="14" t="n">
         <v>159.233</v>
       </c>
-      <c r="AY12" s="14" t="n">
+      <c r="AZ12" s="14" t="n">
         <v>124.626</v>
       </c>
-      <c r="AZ12" s="14" t="n">
+      <c r="BA12" s="14" t="n">
         <v>93.117</v>
       </c>
-      <c r="BA12" s="14" t="n">
+      <c r="BB12" s="14" t="n">
         <v>85.436</v>
       </c>
-      <c r="BB12" s="14" t="n">
+      <c r="BC12" s="14" t="n">
         <v>77.33</v>
       </c>
-      <c r="BC12" s="14" t="n">
+      <c r="BD12" s="14" t="n">
         <v>69.319</v>
       </c>
-      <c r="BD12" s="14" t="n">
+      <c r="BE12" s="14" t="n">
         <v>66.067</v>
       </c>
-      <c r="BE12" s="14" t="n">
+      <c r="BF12" s="14" t="n">
         <v>57.289</v>
       </c>
-      <c r="BF12" s="14" t="n">
+      <c r="BG12" s="14" t="n">
         <v>50.784</v>
       </c>
-      <c r="BG12" s="14" t="n">
+      <c r="BH12" s="14" t="n">
         <v>66.263</v>
       </c>
-      <c r="BH12" s="14" t="n">
+      <c r="BI12" s="14" t="n">
         <v>54.753</v>
       </c>
-      <c r="BI12" s="14" t="n">
+      <c r="BJ12" s="14" t="n">
         <v>50.761</v>
       </c>
-      <c r="BJ12" s="14" t="n">
+      <c r="BK12" s="14" t="n">
         <v>49.3</v>
       </c>
-      <c r="BK12" s="14" t="n">
+      <c r="BL12" s="14" t="n">
         <v>50.015</v>
       </c>
-      <c r="BL12" s="14" t="n">
+      <c r="BM12" s="14" t="n">
         <v>43.303</v>
       </c>
-      <c r="BM12" s="14" t="n">
+      <c r="BN12" s="14" t="n">
         <v>39.938</v>
       </c>
-      <c r="BN12" s="14" t="n">
+      <c r="BO12" s="14" t="n">
         <v>38.266</v>
       </c>
-      <c r="BO12" s="14" t="n">
+      <c r="BP12" s="14" t="n">
         <v>30.231</v>
       </c>
-      <c r="BP12" s="14" t="n">
+      <c r="BQ12" s="14" t="n">
         <v>30.129</v>
       </c>
-      <c r="BQ12" s="14" t="n">
+      <c r="BR12" s="14" t="n">
         <v>39.227</v>
       </c>
-      <c r="BR12" s="14" t="n">
+      <c r="BS12" s="14" t="n">
         <v>45.418</v>
       </c>
-      <c r="BS12" s="14" t="n">
+      <c r="BT12" s="14" t="n">
         <v>51.001</v>
       </c>
-      <c r="BT12" s="14" t="n">
+      <c r="BU12" s="14" t="n">
         <v>50.311</v>
       </c>
-      <c r="BU12" s="14" t="n">
+      <c r="BV12" s="14" t="n">
         <v>56.242</v>
       </c>
-      <c r="BV12" s="14" t="n">
+      <c r="BW12" s="14" t="n">
         <v>55.908</v>
       </c>
-      <c r="BW12" s="14" t="n">
+      <c r="BX12" s="14" t="n">
         <v>53.191</v>
       </c>
-      <c r="BX12" s="14" t="n">
+      <c r="BY12" s="14" t="n">
         <v>55.77</v>
       </c>
-      <c r="BY12" s="14" t="n">
+      <c r="BZ12" s="14" t="n">
         <v>60.001</v>
       </c>
-      <c r="BZ12" s="14" t="n">
+      <c r="CA12" s="14" t="n">
         <v>56.591</v>
       </c>
-      <c r="CA12" s="14" t="n">
+      <c r="CB12" s="14" t="n">
         <v>60.121</v>
       </c>
-      <c r="CB12" s="14" t="n">
+      <c r="CC12" s="14" t="n">
         <v>64.822</v>
       </c>
-      <c r="CC12" s="14" t="n">
+      <c r="CD12" s="14" t="n">
         <v>64.579</v>
       </c>
-      <c r="CD12" s="14" t="n">
+      <c r="CE12" s="14" t="n">
         <v>69.318</v>
       </c>
-      <c r="CE12" s="14" t="n">
+      <c r="CF12" s="14" t="n">
         <v>77.965</v>
       </c>
-      <c r="CF12" s="14" t="n">
+      <c r="CG12" s="14" t="n">
         <v>75.678</v>
       </c>
-      <c r="CG12" s="14" t="n">
+      <c r="CH12" s="14" t="n">
         <v>80.381</v>
       </c>
-      <c r="CH12" s="14" t="n">
+      <c r="CI12" s="14" t="n">
         <v>80.415</v>
       </c>
-      <c r="CI12" s="14" t="n">
+      <c r="CJ12" s="14" t="n">
         <v>83.828</v>
       </c>
-      <c r="CJ12" s="14" t="n">
+      <c r="CK12" s="14" t="n">
         <v>77.638</v>
       </c>
-      <c r="CK12" s="14" t="n">
+      <c r="CL12" s="14" t="n">
         <v>74.923</v>
       </c>
-      <c r="CL12" s="14" t="n">
+      <c r="CM12" s="14" t="n">
         <v>71.549</v>
       </c>
-      <c r="CM12" s="14" t="n">
+      <c r="CN12" s="14" t="n">
         <v>64.071</v>
       </c>
-      <c r="CN12" s="14" t="n">
+      <c r="CO12" s="14" t="n">
         <v>57.298</v>
       </c>
-      <c r="CO12" s="14" t="n">
+      <c r="CP12" s="14" t="n">
         <v>59.486</v>
       </c>
-      <c r="CP12" s="14" t="n">
+      <c r="CQ12" s="14" t="n">
         <v>70.053</v>
       </c>
-      <c r="CQ12" s="14" t="n">
+      <c r="CR12" s="14" t="n">
         <v>73.194</v>
       </c>
-      <c r="CR12" s="14" t="n">
+      <c r="CS12" s="14" t="n">
         <v>75.004</v>
       </c>
-      <c r="CS12" s="14" t="n">
+      <c r="CT12" s="14" t="n">
         <v>76.3</v>
       </c>
-      <c r="CT12" s="14" t="n">
+      <c r="CU12" s="14" t="n">
         <v>66.181</v>
       </c>
-      <c r="CU12" s="14" t="n">
+      <c r="CV12" s="14" t="n">
         <v>61.123</v>
       </c>
-      <c r="CV12" s="14" t="n">
+      <c r="CW12" s="14" t="n">
         <v>58.188</v>
       </c>
-      <c r="CW12" s="14" t="n">
+      <c r="CX12" s="14" t="n">
         <v>63.093</v>
       </c>
-      <c r="CX12" s="14" t="n">
+      <c r="CY12" s="14" t="n">
         <v>64.182</v>
       </c>
-      <c r="CY12" s="14" t="n">
+      <c r="CZ12" s="14" t="n">
         <v>59.955</v>
       </c>
-      <c r="CZ12" s="14" t="n">
+      <c r="DA12" s="14" t="n">
         <v>58.224</v>
       </c>
-      <c r="DA12" s="14" t="n">
+      <c r="DB12" s="14" t="n">
         <v>57.274</v>
       </c>
-      <c r="DB12" s="14" t="n">
+      <c r="DC12" s="14" t="n">
         <v>68.002</v>
       </c>
-      <c r="DC12" s="14" t="n">
+      <c r="DD12" s="14" t="n">
         <v>87.599</v>
       </c>
-      <c r="DD12" s="14" t="n">
+      <c r="DE12" s="14" t="n">
         <v>77.674</v>
       </c>
-      <c r="DE12" s="14" t="n">
+      <c r="DF12" s="14" t="n">
         <v>73.42</v>
       </c>
-      <c r="DF12" s="14" t="n">
+      <c r="DG12" s="14" t="n">
         <v>67.755</v>
       </c>
-      <c r="DG12" s="14" t="n">
+      <c r="DH12" s="14" t="n">
         <v>55.262</v>
       </c>
-      <c r="DH12" s="14" t="n">
+      <c r="DI12" s="14" t="n">
         <v>53.981</v>
       </c>
-      <c r="DI12" s="14" t="n">
+      <c r="DJ12" s="14" t="n">
         <v>52.188</v>
       </c>
-      <c r="DJ12" s="14" t="n">
+      <c r="DK12" s="14" t="n">
         <v>50.086</v>
       </c>
-      <c r="DK12" s="14" t="n">
+      <c r="DL12" s="14" t="n">
         <v>34.314</v>
       </c>
-      <c r="DL12" s="14" t="n">
+      <c r="DM12" s="14" t="n">
         <v>32.789</v>
       </c>
-      <c r="DM12" s="14" t="n">
+      <c r="DN12" s="14" t="n">
         <v>36.998</v>
       </c>
-      <c r="DN12" s="14" t="n">
+      <c r="DO12" s="14" t="n">
         <v>36.459</v>
       </c>
-      <c r="DO12" s="14" t="n">
+      <c r="DP12" s="14" t="n">
         <v>46.904</v>
       </c>
-      <c r="DP12" s="14" t="n">
+      <c r="DQ12" s="14" t="n">
         <v>60.329</v>
       </c>
-      <c r="DQ12" s="14" t="n">
+      <c r="DR12" s="14" t="n">
         <v>59.401</v>
       </c>
-      <c r="DR12" s="14" t="n">
+      <c r="DS12" s="14" t="n">
         <v>58.041</v>
       </c>
-      <c r="DS12" s="14" t="n">
+      <c r="DT12" s="14" t="n">
         <v>60.312</v>
       </c>
-      <c r="DT12" s="14" t="n">
+      <c r="DU12" s="14" t="n">
         <v>62.334</v>
       </c>
-      <c r="DU12" s="14" t="n">
+      <c r="DV12" s="14" t="n">
         <v>66.797</v>
       </c>
-      <c r="DV12" s="14" t="n">
+      <c r="DW12" s="14" t="n">
         <v>62.275</v>
       </c>
-      <c r="DW12" s="14" t="n">
+      <c r="DX12" s="14" t="n">
         <v>51.836</v>
       </c>
-      <c r="DX12" s="14" t="n">
+      <c r="DY12" s="14" t="n">
         <v>54.06</v>
       </c>
-      <c r="DY12" s="14" t="n">
+      <c r="DZ12" s="14" t="n">
         <v>51.921</v>
       </c>
-      <c r="DZ12" s="14" t="n">
+      <c r="EA12" s="14" t="n">
         <v>54.009</v>
       </c>
-      <c r="EA12" s="14" t="n">
+      <c r="EB12" s="14" t="n">
         <v>64.163</v>
       </c>
-      <c r="EB12" s="14" t="n">
+      <c r="EC12" s="14" t="n">
         <v>60.522</v>
       </c>
-      <c r="EC12" s="14" t="n">
+      <c r="ED12" s="14" t="n">
         <v>59.441</v>
       </c>
-      <c r="ED12" s="14" t="n">
+      <c r="EE12" s="14" t="n">
         <v>67.734</v>
       </c>
-      <c r="EE12" s="14" t="n">
+      <c r="EF12" s="14" t="n">
         <v>72.542</v>
       </c>
-      <c r="EF12" s="14" t="n">
+      <c r="EG12" s="14" t="n">
         <v>59.918</v>
       </c>
-      <c r="EG12" s="14" t="n">
+      <c r="EH12" s="14" t="n">
         <v>57.938</v>
       </c>
-      <c r="EH12" s="14" t="n">
+      <c r="EI12" s="14" t="n">
         <v>60.663</v>
       </c>
-      <c r="EI12" s="14" t="n">
+      <c r="EJ12" s="14" t="n">
         <v>51.939</v>
       </c>
-      <c r="EJ12" s="14" t="n">
+      <c r="EK12" s="14" t="n">
         <v>37.945</v>
       </c>
-      <c r="EK12" s="14" t="n">
+      <c r="EL12" s="14" t="n">
         <v>39.552</v>
       </c>
-      <c r="EL12" s="14" t="n">
+      <c r="EM12" s="14" t="n">
         <v>29.233</v>
       </c>
-      <c r="EM12" s="14" t="n">
+      <c r="EN12" s="14" t="n">
         <v>49.031</v>
       </c>
-      <c r="EN12" s="14" t="n">
+      <c r="EO12" s="14" t="n">
         <v>67.374</v>
       </c>
-      <c r="EO12" s="14" t="n">
+      <c r="EP12" s="14" t="n">
         <v>54.148</v>
       </c>
-      <c r="EP12" s="14" t="n">
+      <c r="EQ12" s="14" t="n">
         <v>64.57</v>
       </c>
-      <c r="EQ12" s="14" t="n">
+      <c r="ER12" s="14" t="n">
         <v>62.956</v>
       </c>
-      <c r="ER12" s="14" t="n">
+      <c r="ES12" s="14" t="n">
         <v>61.939</v>
       </c>
-      <c r="ES12" s="14" t="n">
+      <c r="ET12" s="14" t="n">
         <v>67.184</v>
       </c>
-      <c r="ET12" s="14" t="n">
+      <c r="EU12" s="14" t="n">
         <v>53.676</v>
       </c>
-      <c r="EU12" s="14" t="n">
+      <c r="EV12" s="14" t="n">
         <v>56.988</v>
       </c>
-      <c r="EV12" s="14" t="n">
+      <c r="EW12" s="14" t="n">
         <v>66.923</v>
       </c>
-      <c r="EW12" s="14" t="n">
+      <c r="EX12" s="14" t="n">
         <v>85.819</v>
       </c>
-      <c r="EX12" s="14" t="n">
+      <c r="EY12" s="14" t="n">
         <v>120.781</v>
       </c>
-      <c r="EY12" s="14" t="n">
+      <c r="EZ12" s="14" t="n">
         <v>121.249</v>
       </c>
-      <c r="EZ12" s="14" t="n">
+      <c r="FA12" s="14" t="n">
         <v>105.663</v>
       </c>
-      <c r="FA12" s="14" t="n">
+      <c r="FB12" s="14" t="n">
         <v>106.708</v>
       </c>
-      <c r="FB12" s="14" t="n">
+      <c r="FC12" s="14" t="n">
         <v>113.847</v>
       </c>
-      <c r="FC12" s="14" t="n">
+      <c r="FD12" s="14" t="n">
         <v>106.629</v>
       </c>
-      <c r="FD12" s="14" t="n">
+      <c r="FE12" s="14" t="n">
         <v>112.527</v>
       </c>
-      <c r="FE12" s="14" t="n">
+      <c r="FF12" s="14" t="n">
         <v>122.796</v>
       </c>
-      <c r="FF12" s="14" t="n">
+      <c r="FG12" s="14" t="n">
         <v>120.034</v>
       </c>
-      <c r="FG12" s="14" t="n">
+      <c r="FH12" s="14" t="n">
         <v>116.428</v>
       </c>
-      <c r="FH12" s="14" t="n">
+      <c r="FI12" s="14" t="n">
         <v>109.901</v>
       </c>
-      <c r="FI12" s="14" t="n">
+      <c r="FJ12" s="14" t="n">
         <v>114.083</v>
       </c>
-      <c r="FJ12" s="14" t="n">
+      <c r="FK12" s="14" t="n">
         <v>118.515</v>
       </c>
-      <c r="FK12" s="14" t="n">
+      <c r="FL12" s="14" t="n">
         <v>114.942</v>
       </c>
-      <c r="FL12" s="14" t="n">
+      <c r="FM12" s="14" t="n">
         <v>107.805</v>
       </c>
-      <c r="FM12" s="14" t="n">
+      <c r="FN12" s="14" t="n">
         <v>109.785</v>
       </c>
-      <c r="FN12" s="14" t="n">
+      <c r="FO12" s="14" t="n">
         <v>115.714</v>
       </c>
-      <c r="FO12" s="14" t="n">
+      <c r="FP12" s="14" t="n">
         <v>107.172</v>
       </c>
-      <c r="FP12" s="14" t="n">
+      <c r="FQ12" s="14" t="n">
         <v>112.301</v>
       </c>
-      <c r="FQ12" s="14" t="n">
+      <c r="FR12" s="14" t="n">
         <v>116.276</v>
       </c>
-      <c r="FR12" s="14" t="n">
+      <c r="FS12" s="14" t="n">
         <v>115.412</v>
       </c>
-      <c r="FS12" s="14" t="n">
+      <c r="FT12" s="14" t="n">
         <v>104.34</v>
       </c>
-      <c r="FT12" s="14" t="n">
+      <c r="FU12" s="14" t="n">
         <v>106.089</v>
       </c>
-      <c r="FU12" s="14" t="n">
+      <c r="FV12" s="14" t="n">
         <v>107.333</v>
       </c>
-      <c r="FV12" s="14" t="n">
+      <c r="FW12" s="14" t="n">
         <v>114.76</v>
       </c>
-      <c r="FW12" s="14" t="n">
+      <c r="FX12" s="14" t="n">
         <v>111.655</v>
       </c>
-      <c r="FX12" s="14" t="n">
+      <c r="FY12" s="14" t="n">
         <v>114.595</v>
       </c>
-      <c r="FY12" s="14" t="n">
+      <c r="FZ12" s="14" t="n">
         <v>101.622</v>
       </c>
-      <c r="FZ12" s="14" t="n">
+      <c r="GA12" s="14" t="n">
         <v>98.592</v>
       </c>
-      <c r="GA12" s="14" t="n">
+      <c r="GB12" s="14" t="n">
         <v>108.249</v>
       </c>
-      <c r="GB12" s="14" t="n">
+      <c r="GC12" s="14" t="n">
         <v>92.463</v>
       </c>
-      <c r="GC12" s="14" t="n">
+      <c r="GD12" s="14" t="n">
         <v>109.297</v>
       </c>
-      <c r="GD12" s="14" t="n">
+      <c r="GE12" s="14" t="n">
         <v>104.837</v>
       </c>
-      <c r="GE12" s="14" t="n">
+      <c r="GF12" s="14" t="n">
         <v>94.172</v>
       </c>
-      <c r="GF12" s="14" t="n">
+      <c r="GG12" s="14" t="n">
         <v>89.637</v>
       </c>
-      <c r="GG12" s="14" t="n">
+      <c r="GH12" s="14" t="n">
         <v>93.335</v>
       </c>
-      <c r="GH12" s="14" t="n">
+      <c r="GI12" s="14" t="n">
         <v>100.851</v>
       </c>
-      <c r="GI12" s="14" t="n">
+      <c r="GJ12" s="14" t="n">
         <v>102.357</v>
       </c>
-      <c r="GJ12" s="14" t="n">
+      <c r="GK12" s="14" t="n">
         <v>93.991</v>
       </c>
-      <c r="GK12" s="14" t="n">
+      <c r="GL12" s="14" t="n">
         <v>97.503</v>
       </c>
-      <c r="GL12" s="14" t="n">
+      <c r="GM12" s="14" t="n">
         <v>98.535</v>
       </c>
-      <c r="GM12" s="14" t="n">
+      <c r="GN12" s="14" t="n">
         <v>98.019</v>
       </c>
-      <c r="GN12" s="14" t="n">
+      <c r="GO12" s="14" t="n">
         <v>92.751</v>
       </c>
-      <c r="GO12" s="14" t="n">
+      <c r="GP12" s="14" t="n">
         <v>95.024</v>
       </c>
-      <c r="GP12" s="14" t="n">
+      <c r="GQ12" s="14" t="n">
         <v>94.817</v>
       </c>
-      <c r="GQ12" s="14" t="n">
+      <c r="GR12" s="14" t="n">
         <v>95.747</v>
       </c>
-      <c r="GR12" s="14" t="n">
+      <c r="GS12" s="14" t="n">
         <v>95.643</v>
       </c>
-      <c r="GS12" s="14" t="n">
+      <c r="GT12" s="14" t="n">
         <v>102.357</v>
       </c>
-      <c r="GT12" s="14" t="n">
+      <c r="GU12" s="14" t="n">
         <v>109.38</v>
       </c>
-      <c r="GU12" s="14" t="n">
+      <c r="GV12" s="14" t="n">
         <v>120.845</v>
       </c>
-      <c r="GV12" s="14" t="n">
+      <c r="GW12" s="14" t="n">
         <v>122.808</v>
       </c>
-      <c r="GW12" s="14" t="n">
+      <c r="GX12" s="14" t="n">
         <v>134.273</v>
       </c>
-      <c r="GX12" s="14" t="n">
+      <c r="GY12" s="14" t="n">
         <v>137.991</v>
       </c>
-      <c r="GY12" s="14" t="n">
+      <c r="GZ12" s="14" t="n">
         <v>135.202</v>
       </c>
-      <c r="GZ12" s="14" t="n">
+      <c r="HA12" s="14" t="n">
         <v>127.662</v>
       </c>
-      <c r="HA12" s="14" t="n">
+      <c r="HB12" s="14" t="n">
         <v>129.728</v>
       </c>
-      <c r="HB12" s="14" t="n">
+      <c r="HC12" s="14" t="n">
         <v>117.127</v>
       </c>
-      <c r="HC12" s="14" t="n">
+      <c r="HD12" s="14" t="n">
         <v>107.934</v>
       </c>
-      <c r="HD12" s="14" t="n">
+      <c r="HE12" s="14" t="n">
         <v>113.719</v>
       </c>
-      <c r="HE12" s="14" t="n">
+      <c r="HF12" s="14" t="n">
         <v>112.273</v>
       </c>
-      <c r="HF12" s="14" t="n">
+      <c r="HG12" s="14" t="n">
         <v>123.427</v>
       </c>
-      <c r="HG12" s="14" t="n">
+      <c r="HH12" s="14" t="n">
         <v>124.254</v>
       </c>
-      <c r="HH12" s="14" t="n">
+      <c r="HI12" s="14" t="n">
         <v>111.549</v>
       </c>
-      <c r="HI12" s="14" t="n">
+      <c r="HJ12" s="14" t="n">
         <v>101.841</v>
       </c>
-      <c r="HJ12" s="14" t="n">
+      <c r="HK12" s="14" t="n">
         <v>94.507</v>
       </c>
-      <c r="HK12" s="14" t="n">
+      <c r="HL12" s="14" t="n">
         <v>86.038</v>
       </c>
-      <c r="HL12" s="14" t="n">
+      <c r="HM12" s="14" t="n">
         <v>82.733</v>
       </c>
-      <c r="HM12" s="14" t="n">
+      <c r="HN12" s="14" t="n">
         <v>85.211</v>
       </c>
-      <c r="HN12" s="14" t="n">
+      <c r="HO12" s="14" t="n">
         <v>88.826</v>
       </c>
-      <c r="HO12" s="14" t="n">
+      <c r="HP12" s="14" t="n">
         <v>86.451</v>
       </c>
-      <c r="HP12" s="14" t="n">
+      <c r="HQ12" s="14" t="n">
         <v>84.282</v>
       </c>
-      <c r="HQ12" s="14" t="n">
+      <c r="HR12" s="14" t="n">
         <v>74.47</v>
       </c>
-      <c r="HR12" s="14" t="n">
+      <c r="HS12" s="14" t="n">
         <v>87.794</v>
       </c>
-      <c r="HS12" s="14" t="n">
+      <c r="HT12" s="14" t="n">
         <v>96.263</v>
       </c>
-      <c r="HT12" s="14" t="n">
+      <c r="HU12" s="14" t="n">
         <v>91.099</v>
       </c>
-      <c r="HU12" s="14" t="n">
+      <c r="HV12" s="14" t="n">
         <v>89.549</v>
       </c>
-      <c r="HV12" s="14" t="n">
+      <c r="HW12" s="14" t="n">
         <v>94.404</v>
       </c>
-      <c r="HW12" s="14" t="n">
+      <c r="HX12" s="14" t="n">
         <v>98.329</v>
       </c>
-      <c r="HX12" s="14" t="n">
+      <c r="HY12" s="14" t="n">
         <v>105.146</v>
       </c>
-      <c r="HY12" s="14" t="n">
+      <c r="HZ12" s="14" t="n">
         <v>99.981</v>
       </c>
-      <c r="HZ12" s="14" t="n">
+      <c r="IA12" s="14" t="n">
         <v>96.78</v>
       </c>
-      <c r="IA12" s="14" t="n">
+      <c r="IB12" s="14" t="n">
         <v>101.531</v>
       </c>
-      <c r="IB12" s="14" t="n">
+      <c r="IC12" s="14" t="n">
         <v>107.315</v>
       </c>
-      <c r="IC12" s="14" t="n">
+      <c r="ID12" s="14" t="n">
         <v>132.104</v>
       </c>
-      <c r="ID12" s="14" t="n">
+      <c r="IE12" s="14" t="n">
         <v>141.399</v>
       </c>
-      <c r="IE12" s="14" t="n">
+      <c r="IF12" s="14" t="n">
         <v>131.69</v>
       </c>
-      <c r="IF12" s="14" t="n">
+      <c r="IG12" s="14" t="n">
         <v>130.348</v>
       </c>
-      <c r="IG12" s="14" t="n">
+      <c r="IH12" s="14" t="n">
         <v>113.409</v>
       </c>
-      <c r="IH12" s="14" t="n">
+      <c r="II12" s="14" t="n">
         <v>103.906</v>
       </c>
-      <c r="II12" s="14" t="n">
+      <c r="IJ12" s="14" t="n">
         <v>111.549</v>
       </c>
-      <c r="IJ12" s="14" t="n">
+      <c r="IK12" s="14" t="n">
         <v>102.977</v>
       </c>
-      <c r="IK12" s="14" t="n">
+      <c r="IL12" s="14" t="n">
         <v>117.747</v>
       </c>
-      <c r="IL12" s="14" t="n">
+      <c r="IM12" s="14" t="n">
         <v>103.906</v>
       </c>
-      <c r="IM12" s="14" t="n">
+      <c r="IN12" s="14" t="n">
         <v>88.0</v>
       </c>
-      <c r="IN12" s="14" t="n">
+      <c r="IO12" s="14" t="n">
         <v>102.46</v>
       </c>
-      <c r="IO12" s="14" t="n">
+      <c r="IP12" s="14" t="n">
         <v>100.601</v>
       </c>
-      <c r="IP12" s="14" t="n">
+      <c r="IQ12" s="14" t="n">
         <v>86.554</v>
       </c>
-      <c r="IQ12" s="14" t="n">
+      <c r="IR12" s="14" t="n">
         <v>77.981</v>
       </c>
-      <c r="IR12" s="15" t="n">
+      <c r="IS12" s="15" t="n">
+        <v>-7.8</v>
+      </c>
+      <c r="IT12" s="15" t="n">
         <v>10.6</v>
       </c>
-      <c r="IS12" s="15" t="n">
+      <c r="IU12" s="15" t="n">
         <v>-7.7</v>
       </c>
-      <c r="IT12" s="15" t="n">
+      <c r="IV12" s="15" t="n">
         <v>-2.4</v>
       </c>
-      <c r="IU12" s="15" t="n">
+      <c r="IW12" s="15" t="n">
         <v>5.2</v>
       </c>
-      <c r="IV12" s="15" t="n">
+      <c r="IX12" s="15" t="n">
         <v>41.2</v>
       </c>
-      <c r="IW12" s="15" t="n">
+      <c r="IY12" s="15" t="n">
         <v>-8.9</v>
       </c>
-      <c r="IX12" s="15" t="n">
+      <c r="IZ12" s="15" t="n">
         <v>-28.1</v>
       </c>
-      <c r="IY12" s="15" t="n">
+      <c r="JA12" s="15" t="n">
         <v>-26.5</v>
       </c>
-      <c r="IZ12" s="15" t="n">
+      <c r="JB12" s="15" t="n">
         <v>7.3</v>
       </c>
-      <c r="JA12" s="15" t="n">
+      <c r="JC12" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="JB12" s="15" t="n">
+      <c r="JD12" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="JC12" s="15" t="n">
+      <c r="JE12" s="15" t="n">
         <v>22.5</v>
       </c>
-      <c r="JD12" s="15" t="n">
+      <c r="JF12" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="JE12" s="15" t="n">
+      <c r="JG12" s="15" t="n">
         <v>-4.9</v>
       </c>
-      <c r="JF12" s="15" t="n">
+      <c r="JH12" s="15" t="n">
         <v>18.7</v>
       </c>
-      <c r="JG12" s="15" t="n">
+      <c r="JI12" s="15" t="n">
         <v>15.5</v>
       </c>
-      <c r="JH12" s="15" t="n">
+      <c r="JJ12" s="15" t="n">
         <v>23.5</v>
       </c>
-      <c r="JI12" s="15" t="n">
+      <c r="JK12" s="15" t="n">
         <v>20.1</v>
       </c>
-      <c r="JJ12" s="15" t="n">
+      <c r="JL12" s="15" t="n">
         <v>-13.3</v>
       </c>
-      <c r="JK12" s="15" t="n">
+      <c r="JM12" s="15" t="n">
         <v>-16.4</v>
       </c>
-      <c r="JL12" s="15" t="n">
+      <c r="JN12" s="15" t="n">
         <v>-21.8</v>
       </c>
-      <c r="JM12" s="15" t="n">
+      <c r="JO12" s="15" t="n">
         <v>-3.4</v>
       </c>
-      <c r="JN12" s="15" t="n">
+      <c r="JP12" s="15" t="n">
         <v>6.6</v>
       </c>
-      <c r="JO12" s="15" t="n">
+      <c r="JQ12" s="15" t="n">
         <v>-15.3</v>
       </c>
-      <c r="JP12" s="15" t="n">
+      <c r="JR12" s="15" t="n">
         <v>-9.5</v>
       </c>
-      <c r="JQ12" s="15" t="n">
+      <c r="JS12" s="15" t="n">
         <v>16.8</v>
       </c>
-      <c r="JR12" s="15" t="n">
+      <c r="JT12" s="15" t="n">
         <v>5.6</v>
       </c>
-      <c r="JS12" s="15" t="n">
+      <c r="JU12" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="JT12" s="15" t="n">
+      <c r="JV12" s="15" t="n">
         <v>8.2</v>
       </c>
-      <c r="JU12" s="15" t="n">
+      <c r="JW12" s="15" t="n">
         <v>-11.2</v>
       </c>
-      <c r="JV12" s="15" t="n">
+      <c r="JX12" s="15" t="n">
         <v>-6.6</v>
       </c>
-      <c r="JW12" s="15" t="n">
+      <c r="JY12" s="15" t="n">
         <v>-18.8</v>
       </c>
-      <c r="JX12" s="15" t="n">
+      <c r="JZ12" s="15" t="n">
         <v>24.4</v>
       </c>
-      <c r="JY12" s="15" t="n">
+      <c r="KA12" s="15" t="n">
         <v>-35.3</v>
       </c>
-      <c r="JZ12" s="15" t="n">
+      <c r="KB12" s="15" t="n">
         <v>16.1</v>
       </c>
-      <c r="KA12" s="15" t="n">
+      <c r="KC12" s="15" t="n">
         <v>-15.0</v>
       </c>
-      <c r="KB12" s="15" t="n">
+      <c r="KD12" s="15" t="n">
         <v>-30.8</v>
       </c>
-      <c r="KC12" s="15" t="n">
+      <c r="KE12" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="KD12" s="15" t="n">
+      <c r="KF12" s="15" t="n">
         <v>27.6</v>
       </c>
-      <c r="KE12" s="15" t="n">
+      <c r="KG12" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="KF12" s="15" t="n">
+      <c r="KH12" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="KG12" s="15" t="n">
+      <c r="KI12" s="15" t="n">
         <v>-8.5</v>
       </c>
-      <c r="KH12" s="15" t="n">
+      <c r="KJ12" s="15" t="n">
         <v>-22.1</v>
       </c>
-      <c r="KI12" s="15" t="n">
+      <c r="KK12" s="15" t="n">
         <v>30.6</v>
       </c>
-      <c r="KJ12" s="15" t="n">
+      <c r="KL12" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="KK12" s="15" t="n">
+      <c r="KM12" s="15" t="n">
         <v>-8.7</v>
       </c>
-      <c r="KL12" s="15" t="n">
+      <c r="KN12" s="15" t="n">
         <v>24.5</v>
       </c>
-      <c r="KM12" s="15" t="n">
+      <c r="KO12" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="KN12" s="15" t="n">
+      <c r="KP12" s="15" t="n">
         <v>27.8</v>
       </c>
-      <c r="KO12" s="15" t="n">
+      <c r="KQ12" s="15" t="n">
         <v>33.8</v>
       </c>
-      <c r="KP12" s="15" t="n">
+      <c r="KR12" s="15" t="n">
         <v>9.0</v>
       </c>
-      <c r="KQ12" s="15" t="n">
+      <c r="KS12" s="15" t="n">
         <v>10.5</v>
       </c>
-      <c r="KR12" s="15" t="n">
+      <c r="KT12" s="15" t="n">
         <v>11.6</v>
       </c>
-      <c r="KS12" s="15" t="n">
+      <c r="KU12" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="KT12" s="15" t="n">
+      <c r="KV12" s="15" t="n">
         <v>15.3</v>
       </c>
-      <c r="KU12" s="15" t="n">
+      <c r="KW12" s="15" t="n">
         <v>12.8</v>
       </c>
-      <c r="KV12" s="15" t="n">
+      <c r="KX12" s="15" t="n">
         <v>-23.4</v>
       </c>
-      <c r="KW12" s="15" t="n">
+      <c r="KY12" s="15" t="n">
         <v>21.0</v>
       </c>
-      <c r="KX12" s="15" t="n">
+      <c r="KZ12" s="15" t="n">
         <v>7.9</v>
       </c>
-      <c r="KY12" s="15" t="n">
+      <c r="LA12" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="KZ12" s="15" t="n">
+      <c r="LB12" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="LA12" s="15" t="n">
+      <c r="LC12" s="15" t="n">
         <v>15.5</v>
       </c>
-      <c r="LB12" s="15" t="n">
+      <c r="LD12" s="15" t="n">
         <v>8.4</v>
       </c>
-      <c r="LC12" s="15" t="n">
+      <c r="LE12" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="LD12" s="15" t="n">
+      <c r="LF12" s="15" t="n">
         <v>26.6</v>
       </c>
-      <c r="LE12" s="15" t="n">
+      <c r="LG12" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="LF12" s="15" t="n">
+      <c r="LH12" s="15" t="n">
         <v>-23.2</v>
       </c>
-      <c r="LG12" s="15" t="n">
+      <c r="LI12" s="15" t="n">
         <v>-13.6</v>
       </c>
-      <c r="LH12" s="15" t="n">
+      <c r="LJ12" s="15" t="n">
         <v>-10.9</v>
       </c>
-      <c r="LI12" s="15" t="n">
+      <c r="LK12" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="LJ12" s="15" t="n">
+      <c r="LL12" s="15" t="n">
         <v>-10.5</v>
       </c>
-      <c r="LK12" s="15" t="n">
+      <c r="LM12" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="LL12" s="15" t="n">
+      <c r="LN12" s="15" t="n">
         <v>5.1</v>
       </c>
-      <c r="LM12" s="15" t="n">
+      <c r="LO12" s="15" t="n">
         <v>-4.6</v>
       </c>
-      <c r="LN12" s="15" t="n">
+      <c r="LP12" s="15" t="n">
         <v>-7.1</v>
       </c>
-      <c r="LO12" s="15" t="n">
+      <c r="LQ12" s="15" t="n">
         <v>6.0</v>
       </c>
-      <c r="LP12" s="15" t="n">
+      <c r="LR12" s="15" t="n">
         <v>-5.9</v>
       </c>
-      <c r="LQ12" s="15" t="n">
+      <c r="LS12" s="15" t="n">
         <v>-7.3</v>
       </c>
-      <c r="LR12" s="15" t="n">
+      <c r="LT12" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="LS12" s="15" t="n">
+      <c r="LU12" s="15" t="n">
         <v>-6.8</v>
       </c>
-      <c r="LT12" s="15" t="n">
+      <c r="LV12" s="15" t="n">
         <v>-11.1</v>
       </c>
-      <c r="LU12" s="15" t="n">
+      <c r="LW12" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="LV12" s="15" t="n">
+      <c r="LX12" s="15" t="n">
         <v>-5.9</v>
       </c>
-      <c r="LW12" s="15" t="n">
+      <c r="LY12" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="LX12" s="15" t="n">
+      <c r="LZ12" s="15" t="n">
         <v>-4.1</v>
       </c>
-      <c r="LY12" s="15" t="n">
+      <c r="MA12" s="15" t="n">
         <v>8.0</v>
       </c>
-      <c r="LZ12" s="15" t="n">
+      <c r="MB12" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="MA12" s="15" t="n">
+      <c r="MC12" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="MB12" s="15" t="n">
+      <c r="MD12" s="15" t="n">
         <v>11.7</v>
       </c>
-      <c r="MC12" s="15" t="n">
+      <c r="ME12" s="15" t="n">
         <v>11.8</v>
       </c>
-      <c r="MD12" s="15" t="n">
+      <c r="MF12" s="15" t="n">
         <v>-3.7</v>
       </c>
-      <c r="ME12" s="15" t="n">
+      <c r="MG12" s="15" t="n">
         <v>-15.1</v>
       </c>
-      <c r="MF12" s="15" t="n">
+      <c r="MH12" s="15" t="n">
         <v>-4.3</v>
       </c>
-      <c r="MG12" s="15" t="n">
+      <c r="MI12" s="15" t="n">
         <v>-2.4</v>
       </c>
-      <c r="MH12" s="15" t="n">
+      <c r="MJ12" s="15" t="n">
         <v>-1.7</v>
       </c>
-      <c r="MI12" s="15" t="n">
+      <c r="MK12" s="15" t="n">
         <v>15.3</v>
       </c>
-      <c r="MJ12" s="15" t="n">
+      <c r="ML12" s="15" t="n">
         <v>8.3</v>
       </c>
-      <c r="MK12" s="15" t="n">
+      <c r="MM12" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="ML12" s="15" t="n">
+      <c r="MN12" s="15" t="n">
         <v>-7.8</v>
       </c>
-      <c r="MM12" s="15" t="n">
+      <c r="MO12" s="15" t="n">
         <v>-1.7</v>
       </c>
-      <c r="MN12" s="15" t="n">
+      <c r="MP12" s="15" t="n">
         <v>7.0</v>
       </c>
-      <c r="MO12" s="15" t="n">
+      <c r="MQ12" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="MP12" s="15" t="n">
+      <c r="MR12" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="MQ12" s="15" t="n">
+      <c r="MS12" s="15" t="n">
         <v>-15.8</v>
       </c>
-      <c r="MR12" s="15" t="n">
+      <c r="MT12" s="15" t="n">
         <v>-22.4</v>
       </c>
-      <c r="MS12" s="15" t="n">
+      <c r="MU12" s="15" t="n">
         <v>12.8</v>
       </c>
-      <c r="MT12" s="15" t="n">
+      <c r="MV12" s="15" t="n">
         <v>5.8</v>
       </c>
-      <c r="MU12" s="15" t="n">
+      <c r="MW12" s="15" t="n">
         <v>8.4</v>
       </c>
-      <c r="MV12" s="15" t="n">
+      <c r="MX12" s="15" t="n">
         <v>22.6</v>
       </c>
-      <c r="MW12" s="15" t="n">
+      <c r="MY12" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="MX12" s="15" t="n">
+      <c r="MZ12" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="MY12" s="15" t="n">
+      <c r="NA12" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="MZ12" s="15" t="n">
+      <c r="NB12" s="15" t="n">
         <v>46.0</v>
       </c>
-      <c r="NA12" s="15" t="n">
+      <c r="NC12" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="NB12" s="15" t="n">
+      <c r="ND12" s="15" t="n">
         <v>-11.4</v>
       </c>
-      <c r="NC12" s="15" t="n">
+      <c r="NE12" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="ND12" s="15" t="n">
+      <c r="NF12" s="15" t="n">
         <v>-22.3</v>
       </c>
-      <c r="NE12" s="15" t="n">
+      <c r="NG12" s="15" t="n">
         <v>-22.3</v>
       </c>
-      <c r="NF12" s="15" t="n">
+      <c r="NH12" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="NG12" s="15" t="n">
+      <c r="NI12" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="NH12" s="15" t="n">
+      <c r="NJ12" s="15" t="n">
         <v>-3.8</v>
       </c>
-      <c r="NI12" s="15" t="n">
+      <c r="NK12" s="15" t="n">
         <v>-3.2</v>
       </c>
-      <c r="NJ12" s="15" t="n">
+      <c r="NL12" s="15" t="n">
         <v>-6.7</v>
       </c>
-      <c r="NK12" s="15" t="n">
+      <c r="NM12" s="15" t="n">
         <v>7.3</v>
       </c>
-      <c r="NL12" s="15" t="n">
+      <c r="NN12" s="15" t="n">
         <v>20.1</v>
       </c>
-      <c r="NM12" s="15" t="n">
+      <c r="NO12" s="15" t="n">
         <v>-4.1</v>
       </c>
-      <c r="NN12" s="15" t="n">
+      <c r="NP12" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="NO12" s="15" t="n">
+      <c r="NQ12" s="15" t="n">
         <v>-3.9</v>
       </c>
-      <c r="NP12" s="15" t="n">
+      <c r="NR12" s="15" t="n">
         <v>-15.8</v>
       </c>
-      <c r="NQ12" s="15" t="n">
+      <c r="NS12" s="15" t="n">
         <v>6.0</v>
       </c>
-      <c r="NR12" s="15" t="n">
+      <c r="NT12" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="NS12" s="15" t="n">
+      <c r="NU12" s="15" t="n">
         <v>-12.2</v>
       </c>
-      <c r="NT12" s="15" t="n">
+      <c r="NV12" s="15" t="n">
         <v>-6.6</v>
       </c>
-      <c r="NU12" s="15" t="n">
+      <c r="NW12" s="15" t="n">
         <v>21.1</v>
       </c>
-      <c r="NV12" s="15" t="n">
+      <c r="NX12" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="NW12" s="15" t="n">
+      <c r="NY12" s="15" t="n">
         <v>-4.5</v>
       </c>
-      <c r="NX12" s="15" t="n">
+      <c r="NZ12" s="15" t="n">
         <v>16.8</v>
       </c>
-      <c r="NY12" s="15" t="n">
+      <c r="OA12" s="15" t="n">
         <v>36.9</v>
       </c>
-      <c r="NZ12" s="15" t="n">
+      <c r="OB12" s="15" t="n">
         <v>-4.1</v>
       </c>
-      <c r="OA12" s="15" t="n">
+      <c r="OC12" s="15" t="n">
         <v>35.3</v>
       </c>
-      <c r="OB12" s="15" t="n">
+      <c r="OD12" s="15" t="n">
         <v>-40.4</v>
       </c>
-      <c r="OC12" s="15" t="n">
+      <c r="OE12" s="15" t="n">
         <v>-27.2</v>
       </c>
-      <c r="OD12" s="15" t="n">
+      <c r="OF12" s="15" t="n">
         <v>24.4</v>
       </c>
-      <c r="OE12" s="15" t="n">
+      <c r="OG12" s="15" t="n">
         <v>-16.1</v>
       </c>
-      <c r="OF12" s="15" t="n">
+      <c r="OH12" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="OG12" s="15" t="n">
+      <c r="OI12" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="OH12" s="15" t="n">
+      <c r="OJ12" s="15" t="n">
         <v>-7.8</v>
       </c>
-      <c r="OI12" s="15" t="n">
+      <c r="OK12" s="15" t="n">
         <v>25.2</v>
       </c>
-      <c r="OJ12" s="15" t="n">
+      <c r="OL12" s="15" t="n">
         <v>-5.8</v>
       </c>
-      <c r="OK12" s="15" t="n">
+      <c r="OM12" s="15" t="n">
         <v>-14.8</v>
       </c>
-      <c r="OL12" s="15" t="n">
+      <c r="ON12" s="15" t="n">
         <v>-22.0</v>
       </c>
-      <c r="OM12" s="15" t="n">
+      <c r="OO12" s="15" t="n">
         <v>-28.9</v>
       </c>
-      <c r="ON12" s="15" t="n">
+      <c r="OP12" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="OO12" s="15" t="n">
+      <c r="OQ12" s="15" t="n">
         <v>14.8</v>
       </c>
-      <c r="OP12" s="15" t="n">
+      <c r="OR12" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="OQ12" s="15" t="n">
+      <c r="OS12" s="15" t="n">
         <v>-6.3</v>
       </c>
-      <c r="OR12" s="15" t="n">
+      <c r="OT12" s="15" t="n">
         <v>6.8</v>
       </c>
-      <c r="OS12" s="15" t="n">
+      <c r="OU12" s="15" t="n">
         <v>-5.2</v>
       </c>
-      <c r="OT12" s="15" t="n">
+      <c r="OV12" s="15" t="n">
         <v>-8.4</v>
       </c>
-      <c r="OU12" s="15" t="n">
+      <c r="OW12" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="OV12" s="15" t="n">
+      <c r="OX12" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="OW12" s="15" t="n">
+      <c r="OY12" s="15" t="n">
         <v>5.9</v>
       </c>
-      <c r="OX12" s="15" t="n">
+      <c r="OZ12" s="15" t="n">
         <v>-3.7</v>
       </c>
-      <c r="OY12" s="15" t="n">
+      <c r="PA12" s="15" t="n">
         <v>-3.7</v>
       </c>
-      <c r="OZ12" s="15" t="n">
+      <c r="PB12" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="PA12" s="15" t="n">
+      <c r="PC12" s="15" t="n">
         <v>6.6</v>
       </c>
-      <c r="PB12" s="15" t="n">
+      <c r="PD12" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="PC12" s="15" t="n">
+      <c r="PE12" s="15" t="n">
         <v>-5.1</v>
       </c>
-      <c r="PD12" s="15" t="n">
+      <c r="PF12" s="15" t="n">
         <v>8.0</v>
       </c>
-      <c r="PE12" s="15" t="n">
+      <c r="PG12" s="15" t="n">
         <v>-4.6</v>
       </c>
-      <c r="PF12" s="15" t="n">
+      <c r="PH12" s="15" t="n">
         <v>-3.4</v>
       </c>
-      <c r="PG12" s="15" t="n">
+      <c r="PI12" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="PH12" s="15" t="n">
+      <c r="PJ12" s="15" t="n">
         <v>10.6</v>
       </c>
-      <c r="PI12" s="15" t="n">
+      <c r="PK12" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="PJ12" s="15" t="n">
+      <c r="PL12" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="PK12" s="15" t="n">
+      <c r="PM12" s="15" t="n">
         <v>-6.5</v>
       </c>
-      <c r="PL12" s="15" t="n">
+      <c r="PN12" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="PM12" s="15" t="n">
+      <c r="PO12" s="15" t="n">
         <v>-2.6</v>
       </c>
-      <c r="PN12" s="15" t="n">
+      <c r="PP12" s="15" t="n">
         <v>12.8</v>
       </c>
-      <c r="PO12" s="15" t="n">
+      <c r="PQ12" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="PP12" s="15" t="n">
+      <c r="PR12" s="15" t="n">
         <v>-8.9</v>
       </c>
-      <c r="PQ12" s="15" t="n">
+      <c r="PS12" s="15" t="n">
         <v>17.1</v>
       </c>
-      <c r="PR12" s="15" t="n">
+      <c r="PT12" s="15" t="n">
         <v>-15.4</v>
       </c>
-      <c r="PS12" s="15" t="n">
+      <c r="PU12" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="PT12" s="15" t="n">
+      <c r="PV12" s="15" t="n">
         <v>11.3</v>
       </c>
-      <c r="PU12" s="15" t="n">
+      <c r="PW12" s="15" t="n">
         <v>5.1</v>
       </c>
-      <c r="PV12" s="15" t="n">
+      <c r="PX12" s="15" t="n">
         <v>-4.0</v>
       </c>
-      <c r="PW12" s="15" t="n">
+      <c r="PY12" s="15" t="n">
         <v>-7.5</v>
       </c>
-      <c r="PX12" s="15" t="n">
+      <c r="PZ12" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="PY12" s="15" t="n">
+      <c r="QA12" s="15" t="n">
         <v>8.9</v>
       </c>
-      <c r="PZ12" s="15" t="n">
+      <c r="QB12" s="15" t="n">
         <v>-3.6</v>
       </c>
-      <c r="QA12" s="15" t="n">
+      <c r="QC12" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="QB12" s="15" t="n">
+      <c r="QD12" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="QC12" s="15" t="n">
+      <c r="QE12" s="15" t="n">
         <v>5.7</v>
       </c>
-      <c r="QD12" s="15" t="n">
+      <c r="QF12" s="15" t="n">
         <v>-2.4</v>
       </c>
-      <c r="QE12" s="15" t="n">
+      <c r="QG12" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="QF12" s="15" t="n">
+      <c r="QH12" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="QG12" s="15" t="n">
+      <c r="QI12" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="QH12" s="15" t="n">
+      <c r="QJ12" s="15" t="n">
         <v>-6.6</v>
       </c>
-      <c r="QI12" s="15" t="n">
+      <c r="QK12" s="15" t="n">
         <v>-6.4</v>
       </c>
-      <c r="QJ12" s="15" t="n">
+      <c r="QL12" s="15" t="n">
         <v>-9.5</v>
       </c>
-      <c r="QK12" s="15" t="n">
+      <c r="QM12" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="QL12" s="15" t="n">
+      <c r="QN12" s="15" t="n">
         <v>-8.5</v>
       </c>
-      <c r="QM12" s="15" t="n">
+      <c r="QO12" s="15" t="n">
         <v>-2.7</v>
       </c>
-      <c r="QN12" s="15" t="n">
+      <c r="QP12" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="QO12" s="15" t="n">
+      <c r="QQ12" s="15" t="n">
         <v>5.9</v>
       </c>
-      <c r="QP12" s="15" t="n">
+      <c r="QR12" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="QQ12" s="15" t="n">
+      <c r="QS12" s="15" t="n">
         <v>10.8</v>
       </c>
-      <c r="QR12" s="15" t="n">
+      <c r="QT12" s="15" t="n">
         <v>8.5</v>
       </c>
-      <c r="QS12" s="15" t="n">
+      <c r="QU12" s="15" t="n">
         <v>-5.1</v>
       </c>
-      <c r="QT12" s="15" t="n">
+      <c r="QV12" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="QU12" s="15" t="n">
+      <c r="QW12" s="15" t="n">
         <v>-9.0</v>
       </c>
-      <c r="QV12" s="15" t="n">
+      <c r="QX12" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="QW12" s="15" t="n">
+      <c r="QY12" s="15" t="n">
         <v>11.4</v>
       </c>
-      <c r="QX12" s="15" t="n">
+      <c r="QZ12" s="15" t="n">
         <v>9.5</v>
       </c>
-      <c r="QY12" s="15" t="n">
+      <c r="RA12" s="15" t="n">
         <v>7.8</v>
       </c>
-      <c r="QZ12" s="15" t="n">
+      <c r="RB12" s="15" t="n">
         <v>9.8</v>
       </c>
-      <c r="RA12" s="15" t="n">
+      <c r="RC12" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="RB12" s="15" t="n">
+      <c r="RD12" s="15" t="n">
         <v>-2.9</v>
       </c>
-      <c r="RC12" s="15" t="n">
+      <c r="RE12" s="15" t="n">
         <v>-4.1</v>
       </c>
-      <c r="RD12" s="15" t="n">
+      <c r="RF12" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="RE12" s="15" t="n">
+      <c r="RG12" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="RF12" s="15" t="n">
+      <c r="RH12" s="15" t="n">
         <v>13.2</v>
       </c>
-      <c r="RG12" s="15" t="n">
+      <c r="RI12" s="15" t="n">
         <v>-15.2</v>
       </c>
-      <c r="RH12" s="15" t="n">
+      <c r="RJ12" s="15" t="n">
         <v>-8.8</v>
       </c>
-      <c r="RI12" s="15" t="n">
+      <c r="RK12" s="15" t="n">
         <v>5.7</v>
       </c>
-      <c r="RJ12" s="15" t="n">
+      <c r="RL12" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="RK12" s="15" t="n">
+      <c r="RM12" s="15" t="n">
         <v>-5.1</v>
       </c>
-      <c r="RL12" s="15" t="n">
+      <c r="RN12" s="15" t="n">
         <v>-4.0</v>
       </c>
-      <c r="RM12" s="15" t="n">
+      <c r="RO12" s="15" t="n">
         <v>-6.5</v>
       </c>
-      <c r="RN12" s="15" t="n">
+      <c r="RP12" s="15" t="n">
         <v>5.2</v>
       </c>
-      <c r="RO12" s="15" t="n">
+      <c r="RQ12" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="RP12" s="15" t="n">
+      <c r="RR12" s="15" t="n">
         <v>-4.7</v>
       </c>
-      <c r="RQ12" s="15" t="n">
+      <c r="RS12" s="15" t="n">
         <v>-5.4</v>
       </c>
-      <c r="RR12" s="15" t="n">
+      <c r="RT12" s="15" t="n">
         <v>-18.8</v>
       </c>
-      <c r="RS12" s="15" t="n">
+      <c r="RU12" s="15" t="n">
         <v>-6.6</v>
       </c>
-      <c r="RT12" s="15" t="n">
+      <c r="RV12" s="15" t="n">
         <v>7.4</v>
       </c>
-      <c r="RU12" s="15" t="n">
+      <c r="RW12" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="RV12" s="15" t="n">
+      <c r="RX12" s="15" t="n">
         <v>14.9</v>
       </c>
-      <c r="RW12" s="15" t="n">
+      <c r="RY12" s="15" t="n">
         <v>9.1</v>
       </c>
-      <c r="RX12" s="15" t="n">
+      <c r="RZ12" s="15" t="n">
         <v>-6.9</v>
       </c>
-      <c r="RY12" s="15" t="n">
+      <c r="SA12" s="15" t="n">
         <v>8.3</v>
       </c>
-      <c r="RZ12" s="15" t="n">
+      <c r="SB12" s="15" t="n">
         <v>-12.5</v>
       </c>
-      <c r="SA12" s="15" t="n">
+      <c r="SC12" s="15" t="n">
         <v>13.3</v>
       </c>
-      <c r="SB12" s="15" t="n">
+      <c r="SD12" s="15" t="n">
         <v>18.1</v>
       </c>
-      <c r="SC12" s="15" t="n">
+      <c r="SE12" s="15" t="n">
         <v>-14.1</v>
       </c>
-      <c r="SD12" s="15" t="n">
+      <c r="SF12" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="SE12" s="15" t="n">
+      <c r="SG12" s="15" t="n">
         <v>16.2</v>
       </c>
-      <c r="SF12" s="15" t="n">
+      <c r="SH12" s="15" t="n">
         <v>11.0</v>
       </c>
-      <c r="SG12" s="13" t="inlineStr">
+      <c r="SI12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="SH12" s="15" t="n">
+      <c r="SJ12" s="15" t="n">
+        <v>-26.5</v>
+      </c>
+      <c r="SK12" s="15" t="n">
         <v>-2.5</v>
       </c>
-      <c r="SI12" s="15" t="n">
+      <c r="SL12" s="15" t="n">
         <v>-10.9</v>
       </c>
-      <c r="SJ12" s="15" t="n">
+      <c r="SM12" s="15" t="n">
         <v>-8.1</v>
       </c>
-      <c r="SK12" s="15" t="n">
+      <c r="SN12" s="15" t="n">
         <v>11.8</v>
       </c>
-      <c r="SL12" s="15" t="n">
+      <c r="SO12" s="15" t="n">
         <v>22.8</v>
       </c>
-      <c r="SM12" s="15" t="n">
+      <c r="SP12" s="15" t="n">
         <v>7.4</v>
       </c>
-      <c r="SN12" s="15" t="n">
+      <c r="SQ12" s="15" t="n">
         <v>41.6</v>
       </c>
-      <c r="SO12" s="15" t="n">
+      <c r="SR12" s="15" t="n">
         <v>70.8</v>
       </c>
-      <c r="SP12" s="15" t="n">
+      <c r="SS12" s="15" t="n">
         <v>94.2</v>
       </c>
-      <c r="SQ12" s="15" t="n">
+      <c r="ST12" s="15" t="n">
         <v>41.4</v>
       </c>
-      <c r="SR12" s="15" t="n">
+      <c r="SU12" s="15" t="n">
         <v>35.1</v>
       </c>
-      <c r="SS12" s="15" t="n">
+      <c r="SV12" s="15" t="n">
         <v>39.8</v>
       </c>
-      <c r="ST12" s="15" t="n">
+      <c r="SW12" s="15" t="n">
         <v>-3.3</v>
       </c>
-      <c r="SU12" s="15" t="n">
+      <c r="SX12" s="15" t="n">
         <v>-13.4</v>
       </c>
-      <c r="SV12" s="15" t="n">
+      <c r="SY12" s="15" t="n">
         <v>6.4</v>
       </c>
-      <c r="SW12" s="15" t="n">
+      <c r="SZ12" s="15" t="n">
         <v>-5.4</v>
       </c>
-      <c r="SX12" s="15" t="n">
+      <c r="TA12" s="15" t="n">
         <v>-19.6</v>
       </c>
-      <c r="SY12" s="15" t="n">
+      <c r="TB12" s="15" t="n">
         <v>-29.5</v>
       </c>
-      <c r="SZ12" s="15" t="n">
+      <c r="TC12" s="15" t="n">
         <v>-47.8</v>
       </c>
-      <c r="TA12" s="15" t="n">
+      <c r="TD12" s="15" t="n">
         <v>-43.9</v>
       </c>
-      <c r="TB12" s="15" t="n">
+      <c r="TE12" s="15" t="n">
         <v>-45.5</v>
       </c>
-      <c r="TC12" s="15" t="n">
+      <c r="TF12" s="15" t="n">
         <v>-13.3</v>
       </c>
-      <c r="TD12" s="15" t="n">
+      <c r="TG12" s="15" t="n">
         <v>-41.9</v>
       </c>
-      <c r="TE12" s="15" t="n">
+      <c r="TH12" s="15" t="n">
         <v>-36.8</v>
       </c>
-      <c r="TF12" s="15" t="n">
+      <c r="TI12" s="15" t="n">
         <v>-36.5</v>
       </c>
-      <c r="TG12" s="15" t="n">
+      <c r="TJ12" s="15" t="n">
         <v>-51.5</v>
       </c>
-      <c r="TH12" s="15" t="n">
+      <c r="TK12" s="15" t="n">
         <v>-59.0</v>
       </c>
-      <c r="TI12" s="15" t="n">
+      <c r="TL12" s="15" t="n">
         <v>-50.5</v>
       </c>
-      <c r="TJ12" s="15" t="n">
+      <c r="TM12" s="15" t="n">
         <v>-47.4</v>
       </c>
-      <c r="TK12" s="15" t="n">
+      <c r="TN12" s="15" t="n">
         <v>-51.2</v>
       </c>
-      <c r="TL12" s="15" t="n">
+      <c r="TO12" s="15" t="n">
         <v>-49.7</v>
       </c>
-      <c r="TM12" s="15" t="n">
+      <c r="TP12" s="15" t="n">
         <v>-58.0</v>
       </c>
-      <c r="TN12" s="15" t="n">
+      <c r="TQ12" s="15" t="n">
         <v>-32.4</v>
       </c>
-      <c r="TO12" s="15" t="n">
+      <c r="TR12" s="15" t="n">
         <v>-46.7</v>
       </c>
-      <c r="TP12" s="15" t="n">
+      <c r="TS12" s="15" t="n">
         <v>-24.9</v>
       </c>
-      <c r="TQ12" s="15" t="n">
+      <c r="TT12" s="15" t="n">
         <v>-19.4</v>
       </c>
-      <c r="TR12" s="15" t="n">
+      <c r="TU12" s="15" t="n">
         <v>-7.0</v>
       </c>
-      <c r="TS12" s="15" t="n">
+      <c r="TV12" s="15" t="n">
         <v>71.6</v>
       </c>
-      <c r="TT12" s="15" t="n">
+      <c r="TW12" s="15" t="n">
         <v>132.9</v>
       </c>
-      <c r="TU12" s="15" t="n">
+      <c r="TX12" s="15" t="n">
         <v>99.0</v>
       </c>
-      <c r="TV12" s="15" t="n">
+      <c r="TY12" s="15" t="n">
         <v>110.6</v>
       </c>
-      <c r="TW12" s="15" t="n">
+      <c r="TZ12" s="15" t="n">
         <v>133.8</v>
       </c>
-      <c r="TX12" s="15" t="n">
+      <c r="UA12" s="15" t="n">
         <v>168.0</v>
       </c>
-      <c r="TY12" s="15" t="n">
+      <c r="UB12" s="15" t="n">
         <v>296.7</v>
       </c>
-      <c r="TZ12" s="15" t="n">
+      <c r="UC12" s="15" t="n">
         <v>242.6</v>
       </c>
-      <c r="UA12" s="15" t="n">
+      <c r="UD12" s="15" t="n">
         <v>167.8</v>
       </c>
-      <c r="UB12" s="15" t="n">
+      <c r="UE12" s="15" t="n">
         <v>255.1</v>
       </c>
-      <c r="UC12" s="15" t="n">
+      <c r="UF12" s="15" t="n">
         <v>207.5</v>
       </c>
-      <c r="UD12" s="15" t="n">
+      <c r="UG12" s="15" t="n">
         <v>223.0</v>
       </c>
-      <c r="UE12" s="15" t="n">
+      <c r="UH12" s="15" t="n">
         <v>149.2</v>
       </c>
-      <c r="UF12" s="15" t="n">
+      <c r="UI12" s="15" t="n">
         <v>115.0</v>
       </c>
-      <c r="UG12" s="15" t="n">
+      <c r="UJ12" s="15" t="n">
         <v>113.9</v>
       </c>
-      <c r="UH12" s="15" t="n">
+      <c r="UK12" s="15" t="n">
         <v>102.1</v>
       </c>
-      <c r="UI12" s="15" t="n">
+      <c r="UL12" s="15" t="n">
         <v>129.3</v>
       </c>
-      <c r="UJ12" s="15" t="n">
+      <c r="UM12" s="15" t="n">
         <v>119.3</v>
       </c>
-      <c r="UK12" s="15" t="n">
+      <c r="UN12" s="15" t="n">
         <v>46.0</v>
       </c>
-      <c r="UL12" s="15" t="n">
+      <c r="UO12" s="15" t="n">
         <v>11.8</v>
       </c>
-      <c r="UM12" s="15" t="n">
+      <c r="UP12" s="15" t="n">
         <v>29.9</v>
       </c>
-      <c r="UN12" s="15" t="n">
+      <c r="UQ12" s="15" t="n">
         <v>8.8</v>
       </c>
-      <c r="UO12" s="15" t="n">
+      <c r="UR12" s="15" t="n">
         <v>-9.7</v>
       </c>
-      <c r="UP12" s="15" t="n">
+      <c r="US12" s="15" t="n">
         <v>-11.8</v>
       </c>
-      <c r="UQ12" s="15" t="n">
+      <c r="UT12" s="15" t="n">
         <v>-6.0</v>
       </c>
-      <c r="UR12" s="15" t="n">
+      <c r="UU12" s="15" t="n">
         <v>-22.4</v>
       </c>
-      <c r="US12" s="15" t="n">
+      <c r="UV12" s="15" t="n">
         <v>-33.4</v>
       </c>
-      <c r="UT12" s="15" t="n">
+      <c r="UW12" s="15" t="n">
         <v>-32.4</v>
       </c>
-      <c r="UU12" s="15" t="n">
+      <c r="UX12" s="15" t="n">
         <v>-49.7</v>
       </c>
-      <c r="UV12" s="15" t="n">
+      <c r="UY12" s="15" t="n">
         <v>-53.5</v>
       </c>
-      <c r="UW12" s="15" t="n">
+      <c r="UZ12" s="15" t="n">
         <v>-39.3</v>
       </c>
-      <c r="UX12" s="15" t="n">
+      <c r="VA12" s="15" t="n">
         <v>-34.5</v>
       </c>
-      <c r="UY12" s="15" t="n">
+      <c r="VB12" s="15" t="n">
         <v>-34.6</v>
       </c>
-      <c r="UZ12" s="15" t="n">
+      <c r="VC12" s="15" t="n">
         <v>-33.5</v>
       </c>
-      <c r="VA12" s="15" t="n">
+      <c r="VD12" s="15" t="n">
         <v>-30.0</v>
       </c>
-      <c r="VB12" s="15" t="n">
+      <c r="VE12" s="15" t="n">
         <v>-30.5</v>
       </c>
-      <c r="VC12" s="15" t="n">
+      <c r="VF12" s="15" t="n">
         <v>-36.5</v>
       </c>
-      <c r="VD12" s="15" t="n">
+      <c r="VG12" s="15" t="n">
         <v>-28.2</v>
       </c>
-      <c r="VE12" s="15" t="n">
+      <c r="VH12" s="15" t="n">
         <v>-19.9</v>
       </c>
-      <c r="VF12" s="15" t="n">
+      <c r="VI12" s="15" t="n">
         <v>-20.9</v>
       </c>
-      <c r="VG12" s="15" t="n">
+      <c r="VJ12" s="15" t="n">
         <v>-6.2</v>
       </c>
-      <c r="VH12" s="15" t="n">
+      <c r="VK12" s="15" t="n">
         <v>13.1</v>
       </c>
-      <c r="VI12" s="15" t="n">
+      <c r="VL12" s="15" t="n">
         <v>8.6</v>
       </c>
-      <c r="VJ12" s="15" t="n">
+      <c r="VM12" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="VK12" s="15" t="n">
+      <c r="VN12" s="15" t="n">
         <v>6.5</v>
       </c>
-      <c r="VL12" s="15" t="n">
+      <c r="VO12" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="VM12" s="15" t="n">
+      <c r="VP12" s="15" t="n">
         <v>5.3</v>
       </c>
-      <c r="VN12" s="15" t="n">
+      <c r="VQ12" s="15" t="n">
         <v>21.5</v>
       </c>
-      <c r="VO12" s="15" t="n">
+      <c r="VR12" s="15" t="n">
         <v>37.1</v>
       </c>
-      <c r="VP12" s="15" t="n">
+      <c r="VS12" s="15" t="n">
         <v>33.4</v>
       </c>
-      <c r="VQ12" s="15" t="n">
+      <c r="VT12" s="15" t="n">
         <v>18.8</v>
       </c>
-      <c r="VR12" s="15" t="n">
+      <c r="VU12" s="15" t="n">
         <v>11.5</v>
       </c>
-      <c r="VS12" s="15" t="n">
+      <c r="VV12" s="15" t="n">
         <v>6.9</v>
       </c>
-      <c r="VT12" s="15" t="n">
+      <c r="VW12" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="VU12" s="15" t="n">
+      <c r="VX12" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="VV12" s="15" t="n">
+      <c r="VY12" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="VW12" s="15" t="n">
+      <c r="VZ12" s="15" t="n">
         <v>-16.4</v>
       </c>
-      <c r="VX12" s="15" t="n">
+      <c r="WA12" s="15" t="n">
         <v>-3.4</v>
       </c>
-      <c r="VY12" s="15" t="n">
+      <c r="WB12" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="VZ12" s="15" t="n">
+      <c r="WC12" s="15" t="n">
         <v>-2.3</v>
       </c>
-      <c r="WA12" s="15" t="n">
+      <c r="WD12" s="15" t="n">
         <v>10.6</v>
       </c>
-      <c r="WB12" s="15" t="n">
+      <c r="WE12" s="15" t="n">
         <v>7.8</v>
       </c>
-      <c r="WC12" s="15" t="n">
+      <c r="WF12" s="15" t="n">
         <v>20.9</v>
       </c>
-      <c r="WD12" s="15" t="n">
+      <c r="WG12" s="15" t="n">
         <v>28.1</v>
       </c>
-      <c r="WE12" s="15" t="n">
+      <c r="WH12" s="15" t="n">
         <v>74.7</v>
       </c>
-      <c r="WF12" s="15" t="n">
+      <c r="WI12" s="15" t="n">
         <v>77.6</v>
       </c>
-      <c r="WG12" s="15" t="n">
+      <c r="WJ12" s="15" t="n">
         <v>54.8</v>
       </c>
-      <c r="WH12" s="15" t="n">
+      <c r="WK12" s="15" t="n">
         <v>86.5</v>
       </c>
-      <c r="WI12" s="15" t="n">
+      <c r="WL12" s="15" t="n">
         <v>86.8</v>
       </c>
-      <c r="WJ12" s="15" t="n">
+      <c r="WM12" s="15" t="n">
         <v>28.8</v>
       </c>
-      <c r="WK12" s="15" t="n">
+      <c r="WN12" s="15" t="n">
         <v>23.6</v>
       </c>
-      <c r="WL12" s="15" t="n">
+      <c r="WO12" s="15" t="n">
         <v>16.7</v>
       </c>
-      <c r="WM12" s="15" t="n">
+      <c r="WP12" s="15" t="n">
         <v>-8.4</v>
       </c>
-      <c r="WN12" s="15" t="n">
+      <c r="WQ12" s="15" t="n">
         <v>-13.4</v>
       </c>
-      <c r="WO12" s="15" t="n">
+      <c r="WR12" s="15" t="n">
         <v>-21.9</v>
       </c>
-      <c r="WP12" s="15" t="n">
+      <c r="WS12" s="15" t="n">
         <v>-19.6</v>
       </c>
-      <c r="WQ12" s="15" t="n">
+      <c r="WT12" s="15" t="n">
         <v>-33.8</v>
       </c>
-      <c r="WR12" s="15" t="n">
+      <c r="WU12" s="15" t="n">
         <v>-39.3</v>
       </c>
-      <c r="WS12" s="15" t="n">
+      <c r="WV12" s="15" t="n">
         <v>-28.7</v>
       </c>
-      <c r="WT12" s="15" t="n">
+      <c r="WW12" s="15" t="n">
         <v>-32.5</v>
       </c>
-      <c r="WU12" s="15" t="n">
+      <c r="WX12" s="15" t="n">
         <v>-26.9</v>
       </c>
-      <c r="WV12" s="15" t="n">
+      <c r="WY12" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="WW12" s="15" t="n">
+      <c r="WZ12" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="WX12" s="15" t="n">
+      <c r="XA12" s="15" t="n">
         <v>-14.3</v>
       </c>
-      <c r="WY12" s="15" t="n">
+      <c r="XB12" s="15" t="n">
         <v>-16.9</v>
       </c>
-      <c r="WZ12" s="15" t="n">
+      <c r="XC12" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="XA12" s="15" t="n">
+      <c r="XD12" s="15" t="n">
         <v>15.3</v>
       </c>
-      <c r="XB12" s="15" t="n">
+      <c r="XE12" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="XC12" s="15" t="n">
+      <c r="XF12" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="XD12" s="15" t="n">
+      <c r="XG12" s="15" t="n">
         <v>42.5</v>
       </c>
-      <c r="XE12" s="15" t="n">
+      <c r="XH12" s="15" t="n">
         <v>31.3</v>
       </c>
-      <c r="XF12" s="15" t="n">
+      <c r="XI12" s="15" t="n">
         <v>84.8</v>
       </c>
-      <c r="XG12" s="15" t="n">
+      <c r="XJ12" s="15" t="n">
         <v>30.9</v>
       </c>
-      <c r="XH12" s="15" t="n">
+      <c r="XK12" s="15" t="n">
         <v>-10.2</v>
       </c>
-      <c r="XI12" s="15" t="n">
+      <c r="XL12" s="15" t="n">
         <v>9.8</v>
       </c>
-      <c r="XJ12" s="15" t="n">
+      <c r="XM12" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="XK12" s="15" t="n">
+      <c r="XN12" s="15" t="n">
         <v>15.2</v>
       </c>
-      <c r="XL12" s="15" t="n">
+      <c r="XO12" s="15" t="n">
         <v>-3.3</v>
       </c>
-      <c r="XM12" s="15" t="n">
+      <c r="XP12" s="15" t="n">
         <v>-13.8</v>
       </c>
-      <c r="XN12" s="15" t="n">
+      <c r="XQ12" s="15" t="n">
         <v>13.0</v>
       </c>
-      <c r="XO12" s="15" t="n">
+      <c r="XR12" s="15" t="n">
         <v>-8.9</v>
       </c>
-      <c r="XP12" s="15" t="n">
+      <c r="XS12" s="15" t="n">
         <v>-43.3</v>
       </c>
-      <c r="XQ12" s="15" t="n">
+      <c r="XT12" s="15" t="n">
         <v>-53.9</v>
       </c>
-      <c r="XR12" s="15" t="n">
+      <c r="XU12" s="15" t="n">
         <v>-75.8</v>
       </c>
-      <c r="XS12" s="15" t="n">
+      <c r="XV12" s="15" t="n">
         <v>-59.6</v>
       </c>
-      <c r="XT12" s="15" t="n">
+      <c r="XW12" s="15" t="n">
         <v>-36.2</v>
       </c>
-      <c r="XU12" s="15" t="n">
+      <c r="XX12" s="15" t="n">
         <v>-49.3</v>
       </c>
-      <c r="XV12" s="15" t="n">
+      <c r="XY12" s="15" t="n">
         <v>-43.3</v>
       </c>
-      <c r="XW12" s="15" t="n">
+      <c r="XZ12" s="15" t="n">
         <v>-41.0</v>
       </c>
-      <c r="XX12" s="15" t="n">
+      <c r="YA12" s="15" t="n">
         <v>-45.0</v>
       </c>
-      <c r="XY12" s="15" t="n">
+      <c r="YB12" s="15" t="n">
         <v>-45.3</v>
       </c>
-      <c r="XZ12" s="15" t="n">
+      <c r="YC12" s="15" t="n">
         <v>-55.3</v>
       </c>
-      <c r="YA12" s="15" t="n">
+      <c r="YD12" s="15" t="n">
         <v>-51.1</v>
       </c>
-      <c r="YB12" s="15" t="n">
+      <c r="YE12" s="15" t="n">
         <v>-39.1</v>
       </c>
-      <c r="YC12" s="15" t="n">
+      <c r="YF12" s="15" t="n">
         <v>-24.8</v>
       </c>
-      <c r="YD12" s="15" t="n">
+      <c r="YG12" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="YE12" s="15" t="n">
+      <c r="YH12" s="15" t="n">
         <v>5.5</v>
       </c>
-      <c r="YF12" s="15" t="n">
+      <c r="YI12" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="YG12" s="15" t="n">
+      <c r="YJ12" s="15" t="n">
         <v>-2.8</v>
       </c>
-      <c r="YH12" s="15" t="n">
+      <c r="YK12" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="YI12" s="15" t="n">
+      <c r="YL12" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="YJ12" s="15" t="n">
+      <c r="YM12" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="YK12" s="15" t="n">
+      <c r="YN12" s="15" t="n">
         <v>5.6</v>
       </c>
-      <c r="YL12" s="15" t="n">
+      <c r="YO12" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="YM12" s="15" t="n">
+      <c r="YP12" s="15" t="n">
         <v>11.6</v>
       </c>
-      <c r="YN12" s="15" t="n">
+      <c r="YQ12" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="YO12" s="15" t="n">
+      <c r="YR12" s="15" t="n">
         <v>6.3</v>
       </c>
-      <c r="YP12" s="15" t="n">
+      <c r="YS12" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="YQ12" s="15" t="n">
+      <c r="YT12" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="YR12" s="15" t="n">
+      <c r="YU12" s="15" t="n">
         <v>-5.9</v>
       </c>
-      <c r="YS12" s="15" t="n">
+      <c r="YV12" s="15" t="n">
         <v>8.0</v>
       </c>
-      <c r="YT12" s="15" t="n">
+      <c r="YW12" s="15" t="n">
         <v>17.4</v>
       </c>
-      <c r="YU12" s="15" t="n">
+      <c r="YX12" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="YV12" s="15" t="n">
+      <c r="YY12" s="15" t="n">
         <v>21.5</v>
       </c>
-      <c r="YW12" s="15" t="n">
+      <c r="YZ12" s="15" t="n">
         <v>6.4</v>
       </c>
-      <c r="YX12" s="15" t="n">
+      <c r="ZA12" s="15" t="n">
         <v>10.1</v>
       </c>
-      <c r="YY12" s="15" t="n">
+      <c r="ZB12" s="15" t="n">
         <v>10.8</v>
       </c>
-      <c r="YZ12" s="15" t="n">
+      <c r="ZC12" s="15" t="n">
         <v>18.4</v>
       </c>
-      <c r="ZA12" s="15" t="n">
+      <c r="ZD12" s="15" t="n">
         <v>15.0</v>
       </c>
-      <c r="ZB12" s="15" t="n">
+      <c r="ZE12" s="15" t="n">
         <v>13.8</v>
       </c>
-      <c r="ZC12" s="15" t="n">
+      <c r="ZF12" s="15" t="n">
         <v>9.1</v>
       </c>
-      <c r="ZD12" s="15" t="n">
+      <c r="ZG12" s="15" t="n">
         <v>21.9</v>
       </c>
-      <c r="ZE12" s="15" t="n">
+      <c r="ZH12" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="ZF12" s="15" t="n">
+      <c r="ZI12" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="ZG12" s="15" t="n">
+      <c r="ZJ12" s="15" t="n">
         <v>10.4</v>
       </c>
-      <c r="ZH12" s="15" t="n">
+      <c r="ZK12" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="ZI12" s="15" t="n">
+      <c r="ZL12" s="15" t="n">
         <v>15.0</v>
       </c>
-      <c r="ZJ12" s="15" t="n">
+      <c r="ZM12" s="15" t="n">
         <v>10.6</v>
       </c>
-      <c r="ZK12" s="15" t="n">
+      <c r="ZN12" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="ZL12" s="15" t="n">
+      <c r="ZO12" s="15" t="n">
         <v>-6.3</v>
       </c>
-      <c r="ZM12" s="15" t="n">
+      <c r="ZP12" s="15" t="n">
         <v>-8.8</v>
       </c>
-      <c r="ZN12" s="15" t="n">
+      <c r="ZQ12" s="15" t="n">
         <v>-7.8</v>
       </c>
-      <c r="ZO12" s="15" t="n">
+      <c r="ZR12" s="15" t="n">
         <v>-15.3</v>
       </c>
-      <c r="ZP12" s="15" t="n">
+      <c r="ZS12" s="15" t="n">
         <v>-23.5</v>
       </c>
-      <c r="ZQ12" s="15" t="n">
+      <c r="ZT12" s="15" t="n">
         <v>-27.4</v>
       </c>
-      <c r="ZR12" s="15" t="n">
+      <c r="ZU12" s="15" t="n">
         <v>-28.6</v>
       </c>
-      <c r="ZS12" s="15" t="n">
+      <c r="ZV12" s="15" t="n">
         <v>-27.5</v>
       </c>
-      <c r="ZT12" s="15" t="n">
+      <c r="ZW12" s="15" t="n">
         <v>-27.3</v>
       </c>
-      <c r="ZU12" s="15" t="n">
+      <c r="ZX12" s="15" t="n">
         <v>-26.8</v>
       </c>
-      <c r="ZV12" s="15" t="n">
+      <c r="ZY12" s="15" t="n">
         <v>-19.0</v>
       </c>
-      <c r="ZW12" s="15" t="n">
+      <c r="ZZ12" s="15" t="n">
         <v>-11.3</v>
       </c>
-      <c r="ZX12" s="15" t="n">
+      <c r="AAA12" s="15" t="n">
         <v>-15.9</v>
       </c>
-      <c r="ZY12" s="15" t="n">
+      <c r="AAB12" s="15" t="n">
         <v>-8.8</v>
       </c>
-      <c r="ZZ12" s="15" t="n">
+      <c r="AAC12" s="15" t="n">
         <v>-11.4</v>
       </c>
-      <c r="AAA12" s="15" t="n">
+      <c r="AAD12" s="15" t="n">
         <v>-2.7</v>
       </c>
-      <c r="AAB12" s="15" t="n">
+      <c r="AAE12" s="15" t="n">
         <v>10.1</v>
       </c>
-      <c r="AAC12" s="15" t="n">
+      <c r="AAF12" s="15" t="n">
         <v>31.8</v>
       </c>
-      <c r="AAD12" s="15" t="n">
+      <c r="AAG12" s="15" t="n">
         <v>46.0</v>
       </c>
-      <c r="AAE12" s="15" t="n">
+      <c r="AAH12" s="15" t="n">
         <v>57.1</v>
       </c>
-      <c r="AAF12" s="15" t="n">
+      <c r="AAI12" s="15" t="n">
         <v>54.3</v>
       </c>
-      <c r="AAG12" s="15" t="n">
+      <c r="AAJ12" s="15" t="n">
         <v>52.2</v>
       </c>
-      <c r="AAH12" s="15" t="n">
+      <c r="AAK12" s="15" t="n">
         <v>31.9</v>
       </c>
-      <c r="AAI12" s="15" t="n">
+      <c r="AAL12" s="15" t="n">
         <v>24.9</v>
       </c>
-      <c r="AAJ12" s="15" t="n">
+      <c r="AAM12" s="15" t="n">
         <v>34.9</v>
       </c>
-      <c r="AAK12" s="15" t="n">
+      <c r="AAN12" s="15" t="n">
         <v>50.8</v>
       </c>
-      <c r="AAL12" s="15" t="n">
+      <c r="AAO12" s="15" t="n">
         <v>40.6</v>
       </c>
-      <c r="AAM12" s="15" t="n">
+      <c r="AAP12" s="15" t="n">
         <v>29.1</v>
       </c>
-      <c r="AAN12" s="15" t="n">
+      <c r="AAQ12" s="15" t="n">
         <v>22.4</v>
       </c>
-      <c r="AAO12" s="15" t="n">
+      <c r="AAR12" s="15" t="n">
         <v>13.7</v>
       </c>
-      <c r="AAP12" s="15" t="n">
+      <c r="AAS12" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="AAQ12" s="15" t="n">
+      <c r="AAT12" s="15" t="n">
         <v>-12.5</v>
       </c>
-      <c r="AAR12" s="15" t="n">
+      <c r="AAU12" s="15" t="n">
         <v>-21.3</v>
       </c>
-      <c r="AAS12" s="15" t="n">
+      <c r="AAV12" s="15" t="n">
         <v>-14.8</v>
       </c>
-      <c r="AAT12" s="15" t="n">
+      <c r="AAW12" s="15" t="n">
         <v>-8.2</v>
       </c>
-      <c r="AAU12" s="15" t="n">
+      <c r="AAX12" s="15" t="n">
         <v>-14.9</v>
       </c>
-      <c r="AAV12" s="15" t="n">
+      <c r="AAY12" s="15" t="n">
         <v>-21.5</v>
       </c>
-      <c r="AAW12" s="15" t="n">
+      <c r="AAZ12" s="15" t="n">
         <v>-43.6</v>
       </c>
-      <c r="AAX12" s="15" t="n">
+      <c r="ABA12" s="15" t="n">
         <v>-37.9</v>
       </c>
-      <c r="AAY12" s="15" t="n">
+      <c r="ABB12" s="15" t="n">
         <v>-26.9</v>
       </c>
-      <c r="AAZ12" s="15" t="n">
+      <c r="ABC12" s="15" t="n">
         <v>-30.1</v>
       </c>
-      <c r="ABA12" s="15" t="n">
+      <c r="ABD12" s="15" t="n">
         <v>-21.0</v>
       </c>
-      <c r="ABB12" s="15" t="n">
+      <c r="ABE12" s="15" t="n">
         <v>-9.1</v>
       </c>
-      <c r="ABC12" s="15" t="n">
+      <c r="ABF12" s="15" t="n">
         <v>-11.9</v>
       </c>
-      <c r="ABD12" s="15" t="n">
+      <c r="ABG12" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="ABE12" s="15" t="n">
+      <c r="ABH12" s="15" t="n">
         <v>-15.1</v>
       </c>
-      <c r="ABF12" s="15" t="n">
+      <c r="ABI12" s="15" t="n">
         <v>-6.9</v>
       </c>
-      <c r="ABG12" s="15" t="n">
+      <c r="ABJ12" s="15" t="n">
         <v>15.4</v>
       </c>
-      <c r="ABH12" s="15" t="n">
+      <c r="ABK12" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="ABI12" s="15" t="n">
+      <c r="ABL12" s="15" t="n">
         <v>31.3</v>
       </c>
-      <c r="ABJ12" s="15" t="n">
+      <c r="ABM12" s="15" t="n">
         <v>63.4</v>
       </c>
-      <c r="ABK12" s="15" t="n">
+      <c r="ABN12" s="15" t="n">
         <v>68.9</v>
       </c>
-      <c r="ABL12" s="13" t="inlineStr">
+      <c r="ABO12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABM12" s="13" t="inlineStr">
+      <c r="ABP12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABN12" s="13" t="inlineStr">
+      <c r="ABQ12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABO12" s="13" t="inlineStr">
+      <c r="ABR12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABP12" s="13" t="inlineStr">
+      <c r="ABS12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABQ12" s="13" t="inlineStr">
+      <c r="ABT12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABR12" s="13" t="inlineStr">
+      <c r="ABU12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABS12" s="13" t="inlineStr">
+      <c r="ABV12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABT12" s="13" t="inlineStr">
+      <c r="ABW12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABU12" s="13" t="inlineStr">
+      <c r="ABX12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABV12" s="13" t="inlineStr">
+      <c r="ABY12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABW12" s="13" t="inlineStr">
+      <c r="ABZ12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABX12" s="15" t="n">
+      <c r="ACA12" s="15" t="n">
+        <v>-28.7</v>
+      </c>
+      <c r="ACB12" s="15" t="n">
         <v>-22.7</v>
       </c>
-      <c r="ABY12" s="15" t="n">
+      <c r="ACC12" s="15" t="n">
         <v>-30.1</v>
       </c>
-      <c r="ABZ12" s="15" t="n">
+      <c r="ACD12" s="15" t="n">
         <v>-24.3</v>
       </c>
-      <c r="ACA12" s="15" t="n">
+      <c r="ACE12" s="15" t="n">
         <v>-22.4</v>
       </c>
-      <c r="ACB12" s="15" t="n">
+      <c r="ACF12" s="15" t="n">
         <v>-26.2</v>
       </c>
-      <c r="ACC12" s="15" t="n">
+      <c r="ACG12" s="15" t="n">
         <v>-47.7</v>
       </c>
-      <c r="ACD12" s="15" t="n">
+      <c r="ACH12" s="15" t="n">
         <v>-42.6</v>
       </c>
-      <c r="ACE12" s="15" t="n">
+      <c r="ACI12" s="15" t="n">
         <v>-20.2</v>
       </c>
-      <c r="ACF12" s="15" t="n">
+      <c r="ACJ12" s="15" t="n">
         <v>8.5</v>
       </c>
-      <c r="ACG12" s="15" t="n">
+      <c r="ACK12" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="ACH12" s="15" t="n">
+      <c r="ACL12" s="15" t="n">
         <v>35.1</v>
       </c>
-      <c r="ACI12" s="15" t="n">
+      <c r="ACM12" s="15" t="n">
         <v>31.2</v>
       </c>
-      <c r="ACJ12" s="15" t="n">
+      <c r="ACN12" s="15" t="n">
         <v>7.1</v>
       </c>
-      <c r="ACK12" s="15" t="n">
+      <c r="ACO12" s="15" t="n">
         <v>5.9</v>
       </c>
-      <c r="ACL12" s="15" t="n">
+      <c r="ACP12" s="15" t="n">
         <v>11.4</v>
       </c>
-      <c r="ACM12" s="15" t="n">
+      <c r="ACQ12" s="15" t="n">
         <v>-6.2</v>
       </c>
-      <c r="ACN12" s="15" t="n">
+      <c r="ACR12" s="15" t="n">
         <v>-18.8</v>
       </c>
-      <c r="ACO12" s="15" t="n">
+      <c r="ACS12" s="15" t="n">
         <v>-34.2</v>
       </c>
-      <c r="ACP12" s="15" t="n">
+      <c r="ACT12" s="15" t="n">
         <v>-45.2</v>
       </c>
-      <c r="ACQ12" s="15" t="n">
+      <c r="ACU12" s="15" t="n">
         <v>-36.9</v>
       </c>
-      <c r="ACR12" s="15" t="n">
+      <c r="ACV12" s="15" t="n">
         <v>-24.5</v>
       </c>
-      <c r="ACS12" s="15" t="n">
+      <c r="ACW12" s="15" t="n">
         <v>-3.4</v>
       </c>
-      <c r="ACT12" s="15" t="n">
+      <c r="ACX12" s="15" t="n">
         <v>-41.9</v>
       </c>
-      <c r="ACU12" s="15" t="n">
+      <c r="ACY12" s="15" t="n">
         <v>-45.5</v>
       </c>
-      <c r="ACV12" s="15" t="n">
+      <c r="ACZ12" s="15" t="n">
         <v>-35.7</v>
       </c>
-      <c r="ACW12" s="15" t="n">
+      <c r="ADA12" s="15" t="n">
         <v>-29.0</v>
       </c>
-      <c r="ACX12" s="15" t="n">
+      <c r="ADB12" s="15" t="n">
         <v>-39.2</v>
       </c>
-      <c r="ACY12" s="15" t="n">
+      <c r="ADC12" s="15" t="n">
         <v>-42.4</v>
       </c>
-      <c r="ACZ12" s="15" t="n">
+      <c r="ADD12" s="15" t="n">
         <v>-41.4</v>
       </c>
-      <c r="ADA12" s="15" t="n">
+      <c r="ADE12" s="15" t="n">
         <v>-45.9</v>
       </c>
-      <c r="ADB12" s="15" t="n">
+      <c r="ADF12" s="15" t="n">
         <v>-39.0</v>
       </c>
-      <c r="ADC12" s="15" t="n">
+      <c r="ADG12" s="15" t="n">
         <v>-34.7</v>
       </c>
-      <c r="ADD12" s="15" t="n">
+      <c r="ADH12" s="15" t="n">
         <v>-19.5</v>
       </c>
-      <c r="ADE12" s="15" t="n">
+      <c r="ADI12" s="15" t="n">
         <v>-35.3</v>
       </c>
-      <c r="ADF12" s="15" t="n">
+      <c r="ADJ12" s="15" t="n">
         <v>-24.9</v>
       </c>
-      <c r="ADG12" s="15" t="n">
+      <c r="ADK12" s="15" t="n">
         <v>-35.3</v>
       </c>
-      <c r="ADH12" s="15" t="n">
+      <c r="ADL12" s="15" t="n">
         <v>-23.9</v>
       </c>
-      <c r="ADI12" s="15" t="n">
+      <c r="ADM12" s="15" t="n">
         <v>10.0</v>
       </c>
-      <c r="ADJ12" s="15" t="n">
+      <c r="ADN12" s="15" t="n">
         <v>11.5</v>
       </c>
-      <c r="ADK12" s="15" t="n">
+      <c r="ADO12" s="15" t="n">
         <v>-12.6</v>
       </c>
-      <c r="ADL12" s="15" t="n">
+      <c r="ADP12" s="15" t="n">
         <v>-16.2</v>
       </c>
-      <c r="ADM12" s="15" t="n">
+      <c r="ADQ12" s="15" t="n">
         <v>-16.6</v>
       </c>
-      <c r="ADN12" s="15" t="n">
+      <c r="ADR12" s="15" t="n">
         <v>-8.9</v>
       </c>
-      <c r="ADO12" s="15" t="n">
+      <c r="ADS12" s="15" t="n">
         <v>16.9</v>
       </c>
-      <c r="ADP12" s="15" t="n">
+      <c r="ADT12" s="15" t="n">
         <v>-10.5</v>
       </c>
-      <c r="ADQ12" s="15" t="n">
+      <c r="ADU12" s="15" t="n">
         <v>-8.7</v>
       </c>
-      <c r="ADR12" s="15" t="n">
+      <c r="ADV12" s="15" t="n">
         <v>255.1</v>
       </c>
-      <c r="ADS12" s="15" t="n">
+      <c r="ADW12" s="15" t="n">
         <v>185.1</v>
       </c>
-      <c r="ADT12" s="15" t="n">
+      <c r="ADX12" s="15" t="n">
         <v>190.8</v>
       </c>
-      <c r="ADU12" s="15" t="n">
+      <c r="ADY12" s="15" t="n">
         <v>127.6</v>
       </c>
-      <c r="ADV12" s="15" t="n">
+      <c r="ADZ12" s="15" t="n">
         <v>70.1</v>
       </c>
-      <c r="ADW12" s="15" t="n">
+      <c r="AEA12" s="15" t="n">
         <v>56.0</v>
       </c>
-      <c r="ADX12" s="15" t="n">
+      <c r="AEB12" s="15" t="n">
         <v>41.2</v>
       </c>
-      <c r="ADY12" s="15" t="n">
+      <c r="AEC12" s="15" t="n">
         <v>26.6</v>
       </c>
-      <c r="ADZ12" s="15" t="n">
+      <c r="AED12" s="15" t="n">
         <v>20.7</v>
       </c>
-      <c r="AEA12" s="15" t="n">
+      <c r="AEE12" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="AEB12" s="15" t="n">
+      <c r="AEF12" s="15" t="n">
         <v>-7.2</v>
       </c>
-      <c r="AEC12" s="15" t="n">
+      <c r="AEG12" s="15" t="n">
         <v>21.0</v>
       </c>
-      <c r="AED12" s="15" t="n">
+      <c r="AEH12" s="15" t="n">
         <v>8.8</v>
       </c>
-      <c r="AEE12" s="15" t="n">
+      <c r="AEI12" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="AEF12" s="15" t="n">
+      <c r="AEJ12" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="AEG12" s="15" t="n">
+      <c r="AEK12" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="AEH12" s="15" t="n">
+      <c r="AEL12" s="15" t="n">
         <v>-13.9</v>
       </c>
-      <c r="AEI12" s="15" t="n">
+      <c r="AEM12" s="15" t="n">
         <v>-20.6</v>
       </c>
-      <c r="AEJ12" s="15" t="n">
+      <c r="AEN12" s="15" t="n">
         <v>-23.9</v>
       </c>
-      <c r="AEK12" s="15" t="n">
+      <c r="AEO12" s="15" t="n">
         <v>-39.9</v>
       </c>
-      <c r="AEL12" s="15" t="n">
+      <c r="AEP12" s="15" t="n">
         <v>-40.1</v>
       </c>
-      <c r="AEM12" s="15" t="n">
+      <c r="AEQ12" s="15" t="n">
         <v>-22.0</v>
       </c>
-      <c r="AEN12" s="15" t="n">
+      <c r="AER12" s="15" t="n">
         <v>-9.7</v>
       </c>
-      <c r="AEO12" s="15" t="n">
+      <c r="AES12" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="AEP12" s="15" t="n">
+      <c r="AET12" s="15" t="n">
         <v>-33.5</v>
       </c>
-      <c r="AEQ12" s="15" t="n">
+      <c r="AEU12" s="15" t="n">
         <v>-25.7</v>
       </c>
-      <c r="AER12" s="15" t="n">
+      <c r="AEV12" s="15" t="n">
         <v>-26.1</v>
       </c>
-      <c r="AES12" s="15" t="n">
+      <c r="AEW12" s="15" t="n">
         <v>-29.7</v>
       </c>
-      <c r="AET12" s="15" t="n">
+      <c r="AEX12" s="15" t="n">
         <v>-26.3</v>
       </c>
-      <c r="AEU12" s="15" t="n">
+      <c r="AEY12" s="15" t="n">
         <v>-20.7</v>
       </c>
-      <c r="AEV12" s="15" t="n">
+      <c r="AEZ12" s="15" t="n">
         <v>-25.2</v>
       </c>
-      <c r="AEW12" s="15" t="n">
+      <c r="AFA12" s="15" t="n">
         <v>-20.6</v>
       </c>
-      <c r="AEX12" s="15" t="n">
+      <c r="AFB12" s="15" t="n">
         <v>-14.3</v>
       </c>
-      <c r="AEY12" s="15" t="n">
+      <c r="AFC12" s="15" t="n">
         <v>-14.7</v>
       </c>
-      <c r="AEZ12" s="15" t="n">
+      <c r="AFD12" s="15" t="n">
         <v>-8.4</v>
       </c>
-      <c r="AFA12" s="15" t="n">
+      <c r="AFE12" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="AFB12" s="15" t="n">
+      <c r="AFF12" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="AFC12" s="15" t="n">
+      <c r="AFG12" s="15" t="n">
         <v>7.2</v>
       </c>
-      <c r="AFD12" s="15" t="n">
+      <c r="AFH12" s="15" t="n">
         <v>7.2</v>
       </c>
-      <c r="AFE12" s="15" t="n">
+      <c r="AFI12" s="15" t="n">
         <v>11.8</v>
       </c>
-      <c r="AFF12" s="15" t="n">
+      <c r="AFJ12" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="AFG12" s="15" t="n">
+      <c r="AFK12" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="AFH12" s="15" t="n">
+      <c r="AFL12" s="15" t="n">
         <v>-4.6</v>
       </c>
-      <c r="AFI12" s="15" t="n">
+      <c r="AFM12" s="15" t="n">
         <v>-14.6</v>
       </c>
-      <c r="AFJ12" s="15" t="n">
+      <c r="AFN12" s="15" t="n">
         <v>-23.6</v>
       </c>
-      <c r="AFK12" s="15" t="n">
+      <c r="AFO12" s="15" t="n">
         <v>-20.7</v>
       </c>
-      <c r="AFL12" s="15" t="n">
+      <c r="AFP12" s="15" t="n">
         <v>-6.6</v>
       </c>
-      <c r="AFM12" s="15" t="n">
+      <c r="AFQ12" s="15" t="n">
         <v>-2.4</v>
       </c>
-      <c r="AFN12" s="15" t="n">
+      <c r="AFR12" s="15" t="n">
         <v>-3.4</v>
       </c>
-      <c r="AFO12" s="15" t="n">
+      <c r="AFS12" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="AFP12" s="15" t="n">
+      <c r="AFT12" s="15" t="n">
         <v>-14.8</v>
       </c>
-      <c r="AFQ12" s="15" t="n">
+      <c r="AFU12" s="15" t="n">
         <v>-21.3</v>
       </c>
-      <c r="AFR12" s="15" t="n">
+      <c r="AFV12" s="15" t="n">
         <v>-25.1</v>
       </c>
-      <c r="AFS12" s="15" t="n">
+      <c r="AFW12" s="15" t="n">
         <v>-18.8</v>
       </c>
-      <c r="AFT12" s="15" t="n">
+      <c r="AFX12" s="15" t="n">
         <v>-17.4</v>
       </c>
-      <c r="AFU12" s="15" t="n">
+      <c r="AFY12" s="15" t="n">
         <v>-22.8</v>
       </c>
-      <c r="AFV12" s="15" t="n">
+      <c r="AFZ12" s="15" t="n">
         <v>-25.0</v>
       </c>
-      <c r="AFW12" s="15" t="n">
+      <c r="AGA12" s="15" t="n">
         <v>-26.3</v>
       </c>
-      <c r="AFX12" s="15" t="n">
+      <c r="AGB12" s="15" t="n">
         <v>-12.5</v>
       </c>
-      <c r="AFY12" s="15" t="n">
+      <c r="AGC12" s="15" t="n">
         <v>12.8</v>
       </c>
-      <c r="AFZ12" s="15" t="n">
+      <c r="AGD12" s="15" t="n">
         <v>28.8</v>
       </c>
-      <c r="AGA12" s="15" t="n">
+      <c r="AGE12" s="15" t="n">
         <v>21.7</v>
       </c>
-      <c r="AGB12" s="15" t="n">
+      <c r="AGF12" s="15" t="n">
         <v>12.3</v>
       </c>
-      <c r="AGC12" s="15" t="n">
+      <c r="AGG12" s="15" t="n">
         <v>-8.4</v>
       </c>
-      <c r="AGD12" s="15" t="n">
+      <c r="AGH12" s="15" t="n">
         <v>-10.5</v>
       </c>
-      <c r="AGE12" s="15" t="n">
+      <c r="AGI12" s="15" t="n">
         <v>-13.5</v>
       </c>
-      <c r="AGF12" s="15" t="n">
+      <c r="AGJ12" s="15" t="n">
         <v>-17.0</v>
       </c>
-      <c r="AGG12" s="15" t="n">
+      <c r="AGK12" s="15" t="n">
         <v>-43.1</v>
       </c>
-      <c r="AGH12" s="15" t="n">
+      <c r="AGL12" s="15" t="n">
         <v>-45.6</v>
       </c>
-      <c r="AGI12" s="15" t="n">
+      <c r="AGM12" s="15" t="n">
         <v>-38.7</v>
       </c>
-      <c r="AGJ12" s="15" t="n">
+      <c r="AGN12" s="15" t="n">
         <v>-39.6</v>
       </c>
-      <c r="AGK12" s="15" t="n">
+      <c r="AGO12" s="15" t="n">
         <v>-22.3</v>
       </c>
-      <c r="AGL12" s="15" t="n">
+      <c r="AGP12" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="AGM12" s="15" t="n">
+      <c r="AGQ12" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="AGN12" s="15" t="n">
+      <c r="AGR12" s="15" t="n">
         <v>-4.1</v>
       </c>
-      <c r="AGO12" s="15" t="n">
+      <c r="AGS12" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="AGP12" s="15" t="n">
+      <c r="AGT12" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="AGQ12" s="15" t="n">
+      <c r="AGU12" s="15" t="n">
         <v>10.4</v>
       </c>
-      <c r="AGR12" s="15" t="n">
+      <c r="AGV12" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="AGS12" s="15" t="n">
+      <c r="AGW12" s="15" t="n">
         <v>-14.4</v>
       </c>
-      <c r="AGT12" s="15" t="n">
+      <c r="AGX12" s="15" t="n">
         <v>-10.7</v>
       </c>
-      <c r="AGU12" s="15" t="n">
+      <c r="AGY12" s="15" t="n">
         <v>-14.2</v>
       </c>
-      <c r="AGV12" s="15" t="n">
+      <c r="AGZ12" s="15" t="n">
         <v>-10.8</v>
       </c>
-      <c r="AGW12" s="15" t="n">
+      <c r="AHA12" s="15" t="n">
         <v>6.0</v>
       </c>
-      <c r="AGX12" s="15" t="n">
+      <c r="AHB12" s="15" t="n">
         <v>-10.2</v>
       </c>
-      <c r="AGY12" s="15" t="n">
+      <c r="AHC12" s="15" t="n">
         <v>-11.8</v>
       </c>
-      <c r="AGZ12" s="15" t="n">
+      <c r="AHD12" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="AHA12" s="15" t="n">
+      <c r="AHE12" s="15" t="n">
         <v>7.7</v>
       </c>
-      <c r="AHB12" s="15" t="n">
+      <c r="AHF12" s="15" t="n">
         <v>-11.1</v>
       </c>
-      <c r="AHC12" s="15" t="n">
+      <c r="AHG12" s="15" t="n">
         <v>-14.0</v>
       </c>
-      <c r="AHD12" s="15" t="n">
+      <c r="AHH12" s="15" t="n">
         <v>-10.0</v>
       </c>
-      <c r="AHE12" s="15" t="n">
+      <c r="AHI12" s="15" t="n">
         <v>-22.9</v>
       </c>
-      <c r="AHF12" s="15" t="n">
+      <c r="AHJ12" s="15" t="n">
         <v>-43.7</v>
       </c>
-      <c r="AHG12" s="15" t="n">
+      <c r="AHK12" s="15" t="n">
         <v>-41.3</v>
       </c>
-      <c r="AHH12" s="15" t="n">
+      <c r="AHL12" s="15" t="n">
         <v>-56.6</v>
       </c>
-      <c r="AHI12" s="15" t="n">
+      <c r="AHM12" s="15" t="n">
         <v>-27.2</v>
       </c>
-      <c r="AHJ12" s="15" t="n">
+      <c r="AHN12" s="15" t="n">
         <v>-36.2</v>
       </c>
-      <c r="AHK12" s="15" t="n">
+      <c r="AHO12" s="15" t="n">
         <v>-48.8</v>
       </c>
-      <c r="AHL12" s="15" t="n">
+      <c r="AHP12" s="15" t="n">
         <v>-38.9</v>
       </c>
-      <c r="AHM12" s="15" t="n">
+      <c r="AHQ12" s="15" t="n">
         <v>-40.4</v>
       </c>
-      <c r="AHN12" s="15" t="n">
+      <c r="AHR12" s="15" t="n">
         <v>-41.4</v>
       </c>
-      <c r="AHO12" s="15" t="n">
+      <c r="AHS12" s="15" t="n">
         <v>-36.4</v>
       </c>
-      <c r="AHP12" s="15" t="n">
+      <c r="AHT12" s="15" t="n">
         <v>-49.2</v>
       </c>
-      <c r="AHQ12" s="15" t="n">
+      <c r="AHU12" s="15" t="n">
         <v>-46.1</v>
       </c>
-      <c r="AHR12" s="15" t="n">
+      <c r="AHV12" s="15" t="n">
         <v>-36.7</v>
       </c>
-      <c r="AHS12" s="15" t="n">
+      <c r="AHW12" s="15" t="n">
         <v>-18.8</v>
       </c>
-      <c r="AHT12" s="15" t="n">
+      <c r="AHX12" s="15" t="n">
         <v>14.3</v>
       </c>
-      <c r="AHU12" s="15" t="n">
+      <c r="AHY12" s="15" t="n">
         <v>14.8</v>
       </c>
-      <c r="AHV12" s="15" t="n">
+      <c r="AHZ12" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="AHW12" s="15" t="n">
+      <c r="AIA12" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="AHX12" s="15" t="n">
+      <c r="AIB12" s="15" t="n">
         <v>5.6</v>
       </c>
-      <c r="AHY12" s="15" t="n">
+      <c r="AIC12" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="AHZ12" s="15" t="n">
+      <c r="AID12" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="AIA12" s="15" t="n">
+      <c r="AIE12" s="15" t="n">
         <v>13.9</v>
       </c>
-      <c r="AIB12" s="15" t="n">
+      <c r="AIF12" s="15" t="n">
         <v>11.3</v>
       </c>
-      <c r="AIC12" s="15" t="n">
+      <c r="AIG12" s="15" t="n">
         <v>8.0</v>
       </c>
-      <c r="AID12" s="15" t="n">
+      <c r="AIH12" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="AIE12" s="15" t="n">
+      <c r="AII12" s="15" t="n">
         <v>5.8</v>
       </c>
-      <c r="AIF12" s="15" t="n">
+      <c r="AIJ12" s="15" t="n">
         <v>9.9</v>
       </c>
-      <c r="AIG12" s="15" t="n">
+      <c r="AIK12" s="15" t="n">
         <v>6.6</v>
       </c>
-      <c r="AIH12" s="15" t="n">
+      <c r="AIL12" s="15" t="n">
         <v>-5.9</v>
       </c>
-      <c r="AII12" s="15" t="n">
+      <c r="AIM12" s="15" t="n">
         <v>-4.2</v>
       </c>
-      <c r="AIJ12" s="15" t="n">
+      <c r="AIN12" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="AIK12" s="15" t="n">
+      <c r="AIO12" s="15" t="n">
         <v>-6.5</v>
       </c>
-      <c r="AIL12" s="15" t="n">
+      <c r="AIP12" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="AIM12" s="15" t="n">
+      <c r="AIQ12" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="AIN12" s="15" t="n">
+      <c r="AIR12" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="AIO12" s="15" t="n">
+      <c r="AIS12" s="15" t="n">
         <v>-8.9</v>
       </c>
-      <c r="AIP12" s="15" t="n">
+      <c r="AIT12" s="15" t="n">
         <v>-7.4</v>
       </c>
-      <c r="AIQ12" s="15" t="n">
+      <c r="AIU12" s="15" t="n">
         <v>-6.3</v>
       </c>
-      <c r="AIR12" s="15" t="n">
+      <c r="AIV12" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="AIS12" s="15" t="n">
+      <c r="AIW12" s="15" t="n">
         <v>-2.6</v>
       </c>
-      <c r="AIT12" s="15" t="n">
+      <c r="AIX12" s="15" t="n">
         <v>21.9</v>
       </c>
-      <c r="AIU12" s="15" t="n">
+      <c r="AIY12" s="15" t="n">
         <v>8.1</v>
       </c>
-      <c r="AIV12" s="15" t="n">
+      <c r="AIZ12" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="AIW12" s="15" t="n">
+      <c r="AJA12" s="15" t="n">
         <v>15.2</v>
       </c>
-      <c r="AIX12" s="15" t="n">
+      <c r="AJB12" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="AIY12" s="15" t="n">
+      <c r="AJC12" s="15" t="n">
         <v>16.3</v>
       </c>
-      <c r="AIZ12" s="15" t="n">
+      <c r="AJD12" s="15" t="n">
         <v>11.5</v>
       </c>
-      <c r="AJA12" s="15" t="n">
+      <c r="AJE12" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="AJB12" s="15" t="n">
+      <c r="AJF12" s="15" t="n">
         <v>-4.6</v>
       </c>
-      <c r="AJC12" s="15" t="n">
+      <c r="AJG12" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="AJD12" s="15" t="n">
+      <c r="AJH12" s="15" t="n">
         <v>7.3</v>
       </c>
-      <c r="AJE12" s="15" t="n">
+      <c r="AJI12" s="15" t="n">
         <v>8.9</v>
       </c>
-      <c r="AJF12" s="15" t="n">
+      <c r="AJJ12" s="15" t="n">
         <v>-23.5</v>
       </c>
-      <c r="AJG12" s="15" t="n">
+      <c r="AJK12" s="15" t="n">
         <v>-20.6</v>
       </c>
-      <c r="AJH12" s="15" t="n">
+      <c r="AJL12" s="15" t="n">
         <v>-19.8</v>
       </c>
-      <c r="AJI12" s="15" t="n">
+      <c r="AJM12" s="15" t="n">
         <v>-20.2</v>
       </c>
-      <c r="AJJ12" s="15" t="n">
+      <c r="AJN12" s="15" t="n">
         <v>-24.5</v>
       </c>
-      <c r="AJK12" s="15" t="n">
+      <c r="AJO12" s="15" t="n">
         <v>-22.6</v>
       </c>
-      <c r="AJL12" s="15" t="n">
+      <c r="AJP12" s="15" t="n">
         <v>-22.8</v>
       </c>
-      <c r="AJM12" s="15" t="n">
+      <c r="AJQ12" s="15" t="n">
         <v>-22.0</v>
       </c>
-      <c r="AJN12" s="15" t="n">
+      <c r="AJR12" s="15" t="n">
         <v>-22.1</v>
       </c>
-      <c r="AJO12" s="15" t="n">
+      <c r="AJS12" s="15" t="n">
         <v>-16.7</v>
       </c>
-      <c r="AJP12" s="15" t="n">
+      <c r="AJT12" s="15" t="n">
         <v>-10.9</v>
       </c>
-      <c r="AJQ12" s="15" t="n">
+      <c r="AJU12" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="AJR12" s="15" t="n">
+      <c r="AJV12" s="15" t="n">
         <v>10.1</v>
       </c>
-      <c r="AJS12" s="15" t="n">
+      <c r="AJW12" s="15" t="n">
         <v>20.4</v>
       </c>
-      <c r="AJT12" s="15" t="n">
+      <c r="AJX12" s="15" t="n">
         <v>23.7</v>
       </c>
-      <c r="AJU12" s="15" t="n">
+      <c r="AJY12" s="15" t="n">
         <v>21.2</v>
       </c>
-      <c r="AJV12" s="15" t="n">
+      <c r="AJZ12" s="15" t="n">
         <v>14.4</v>
       </c>
-      <c r="AJW12" s="15" t="n">
+      <c r="AKA12" s="15" t="n">
         <v>16.3</v>
       </c>
-      <c r="AJX12" s="15" t="n">
+      <c r="AKB12" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="AJY12" s="15" t="n">
+      <c r="AKC12" s="15" t="n">
         <v>-3.2</v>
       </c>
-      <c r="AJZ12" s="15" t="n">
+      <c r="AKD12" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="AKA12" s="15" t="n">
+      <c r="AKE12" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="AKB12" s="15" t="n">
+      <c r="AKF12" s="15" t="n">
         <v>10.6</v>
       </c>
-      <c r="AKC12" s="15" t="n">
+      <c r="AKG12" s="15" t="n">
         <v>11.4</v>
       </c>
-      <c r="AKD12" s="15" t="n">
+      <c r="AKH12" s="15" t="n">
         <v>22.4</v>
       </c>
-      <c r="AKE12" s="15" t="n">
+      <c r="AKI12" s="15" t="n">
         <v>11.8</v>
       </c>
-      <c r="AKF12" s="15" t="n">
+      <c r="AKJ12" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="AKG12" s="15" t="n">
+      <c r="AKK12" s="15" t="n">
         <v>-5.6</v>
       </c>
-      <c r="AKH12" s="15" t="n">
+      <c r="AKL12" s="15" t="n">
         <v>-9.2</v>
       </c>
-      <c r="AKI12" s="15" t="n">
+      <c r="AKM12" s="15" t="n">
         <v>-6.5</v>
       </c>
-      <c r="AKJ12" s="15" t="n">
+      <c r="AKN12" s="15" t="n">
         <v>-2.5</v>
       </c>
-      <c r="AKK12" s="15" t="n">
+      <c r="AKO12" s="15" t="n">
         <v>-5.1</v>
       </c>
-      <c r="AKL12" s="15" t="n">
+      <c r="AKP12" s="15" t="n">
         <v>-7.5</v>
       </c>
-      <c r="AKM12" s="15" t="n">
+      <c r="AKQ12" s="15" t="n">
         <v>-18.3</v>
       </c>
-      <c r="AKN12" s="15" t="n">
+      <c r="AKR12" s="15" t="n">
         <v>-3.6</v>
       </c>
-      <c r="AKO12" s="15" t="n">
+      <c r="AKS12" s="15" t="n">
         <v>5.7</v>
       </c>
-      <c r="AKP12" s="15" t="n">
+      <c r="AKT12" s="15" t="n">
         <v>-30.1</v>
       </c>
-      <c r="AKQ12" s="15" t="n">
+      <c r="AKU12" s="15" t="n">
         <v>-31.3</v>
       </c>
-      <c r="AKR12" s="15" t="n">
+      <c r="AKV12" s="15" t="n">
         <v>-27.6</v>
       </c>
-      <c r="AKS12" s="15" t="n">
+      <c r="AKW12" s="15" t="n">
         <v>-24.6</v>
       </c>
-      <c r="AKT12" s="15" t="n">
+      <c r="AKX12" s="15" t="n">
         <v>-19.3</v>
       </c>
-      <c r="AKU12" s="15" t="n">
+      <c r="AKY12" s="15" t="n">
         <v>-23.3</v>
       </c>
-      <c r="AKV12" s="15" t="n">
+      <c r="AKZ12" s="15" t="n">
         <v>-25.8</v>
       </c>
-      <c r="AKW12" s="15" t="n">
+      <c r="ALA12" s="15" t="n">
         <v>-22.1</v>
       </c>
-      <c r="AKX12" s="15" t="n">
+      <c r="ALB12" s="15" t="n">
         <v>-17.7</v>
       </c>
-      <c r="AKY12" s="15" t="n">
+      <c r="ALC12" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="AKZ12" s="15" t="n">
+      <c r="ALD12" s="15" t="n">
         <v>8.5</v>
       </c>
-      <c r="ALA12" s="15" t="n">
+      <c r="ALE12" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="ALB12" s="13" t="inlineStr">
+      <c r="ALF12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALC12" s="13" t="inlineStr">
+      <c r="ALG12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALD12" s="13" t="inlineStr">
+      <c r="ALH12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALE12" s="13" t="inlineStr">
+      <c r="ALI12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALF12" s="13" t="inlineStr">
+      <c r="ALJ12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALG12" s="13" t="inlineStr">
+      <c r="ALK12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALH12" s="13" t="inlineStr">
+      <c r="ALL12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALI12" s="13" t="inlineStr">
+      <c r="ALM12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALJ12" s="13" t="inlineStr">
+      <c r="ALN12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALK12" s="13" t="inlineStr">
+      <c r="ALO12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALL12" s="13" t="inlineStr">
+      <c r="ALP12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALM12" s="13" t="inlineStr">
+      <c r="ALQ12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="6" t="inlineStr">
         <is>
           <t>Zona Euro</t>
         </is>
       </c>
       <c r="B13" s="6"/>
       <c r="C13" s="6"/>
       <c r="D13" s="6"/>
       <c r="E13" s="6"/>
       <c r="F13" s="6"/>
       <c r="G13" s="6"/>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="6"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
@@ -18580,200 +18648,202 @@
       <c r="AKO13" s="6"/>
       <c r="AKP13" s="6"/>
       <c r="AKQ13" s="6"/>
       <c r="AKR13" s="6"/>
       <c r="AKS13" s="6"/>
       <c r="AKT13" s="6"/>
       <c r="AKU13" s="6"/>
       <c r="AKV13" s="6"/>
       <c r="AKW13" s="6"/>
       <c r="AKX13" s="6"/>
       <c r="AKY13" s="6"/>
       <c r="AKZ13" s="6"/>
       <c r="ALA13" s="6"/>
       <c r="ALB13" s="6"/>
       <c r="ALC13" s="6"/>
       <c r="ALD13" s="6"/>
       <c r="ALE13" s="6"/>
       <c r="ALF13" s="6"/>
       <c r="ALG13" s="6"/>
       <c r="ALH13" s="6"/>
       <c r="ALI13" s="6"/>
       <c r="ALJ13" s="6"/>
       <c r="ALK13" s="6"/>
       <c r="ALL13" s="6"/>
       <c r="ALM13" s="6"/>
+      <c r="ALN13" s="6"/>
+      <c r="ALO13" s="6"/>
+      <c r="ALP13" s="6"/>
+      <c r="ALQ13" s="6"/>
     </row>
     <row r="14">
       <c r="A14" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    B Mining and quarrying industries</t>
         </is>
       </c>
       <c r="B14" s="14" t="n">
+        <v>135.171</v>
+      </c>
+      <c r="C14" s="14" t="n">
         <v>133.433</v>
       </c>
-      <c r="C14" s="14" t="n">
+      <c r="D14" s="14" t="n">
         <v>133.119</v>
       </c>
-      <c r="D14" s="14" t="n">
+      <c r="E14" s="14" t="n">
         <v>131.44</v>
       </c>
-      <c r="E14" s="14" t="n">
+      <c r="F14" s="14" t="n">
         <v>132.111</v>
       </c>
-      <c r="F14" s="14" t="n">
+      <c r="G14" s="14" t="n">
         <v>133.565</v>
       </c>
-      <c r="G14" s="14" t="n">
+      <c r="H14" s="14" t="n">
         <v>134.731</v>
       </c>
-      <c r="H14" s="14" t="n">
+      <c r="I14" s="14" t="n">
         <v>135.164</v>
       </c>
-      <c r="I14" s="14" t="n">
+      <c r="J14" s="14" t="n">
         <v>135.272</v>
       </c>
-      <c r="J14" s="14" t="n">
+      <c r="K14" s="14" t="n">
         <v>134.525</v>
       </c>
-      <c r="K14" s="14" t="n">
+      <c r="L14" s="14" t="n">
         <v>130.614</v>
       </c>
-      <c r="L14" s="14" t="n">
+      <c r="M14" s="14" t="n">
         <v>131.685</v>
       </c>
-      <c r="M14" s="14" t="n">
+      <c r="N14" s="14" t="n">
         <v>133.097</v>
       </c>
-      <c r="N14" s="14" t="n">
+      <c r="O14" s="14" t="n">
         <v>133.299</v>
       </c>
-      <c r="O14" s="14" t="n">
+      <c r="P14" s="14" t="n">
         <v>130.747</v>
       </c>
-      <c r="P14" s="14" t="n">
+      <c r="Q14" s="14" t="n">
         <v>130.469</v>
       </c>
-      <c r="Q14" s="14" t="n">
+      <c r="R14" s="14" t="n">
         <v>134.538</v>
       </c>
-      <c r="R14" s="14" t="n">
+      <c r="S14" s="14" t="n">
         <v>134.961</v>
       </c>
-      <c r="S14" s="14" t="n">
+      <c r="T14" s="14" t="n">
         <v>134.072</v>
       </c>
-      <c r="T14" s="14" t="n">
+      <c r="U14" s="14" t="n">
         <v>130.317</v>
       </c>
-      <c r="U14" s="14" t="n">
+      <c r="V14" s="14" t="n">
         <v>129.578</v>
       </c>
-      <c r="V14" s="14" t="n">
+      <c r="W14" s="14" t="n">
         <v>129.473</v>
       </c>
-      <c r="W14" s="14" t="n">
+      <c r="X14" s="14" t="n">
         <v>129.227</v>
       </c>
-      <c r="X14" s="14" t="n">
+      <c r="Y14" s="14" t="n">
         <v>125.875</v>
       </c>
-      <c r="Y14" s="14" t="n">
+      <c r="Z14" s="14" t="n">
         <v>122.829</v>
       </c>
-      <c r="Z14" s="14" t="n">
+      <c r="AA14" s="14" t="n">
         <v>125.341</v>
       </c>
-      <c r="AA14" s="14" t="n">
+      <c r="AB14" s="14" t="n">
         <v>128.902</v>
       </c>
-      <c r="AB14" s="14" t="n">
+      <c r="AC14" s="14" t="n">
         <v>128.754</v>
       </c>
-      <c r="AC14" s="14" t="n">
+      <c r="AD14" s="14" t="n">
         <v>129.534</v>
       </c>
-      <c r="AD14" s="14" t="n">
+      <c r="AE14" s="14" t="n">
         <v>128.398</v>
       </c>
-      <c r="AE14" s="14" t="n">
+      <c r="AF14" s="14" t="n">
         <v>132.04</v>
       </c>
-      <c r="AF14" s="14" t="n">
+      <c r="AG14" s="14" t="n">
         <v>133.028</v>
       </c>
-      <c r="AG14" s="14" t="n">
+      <c r="AH14" s="14" t="n">
         <v>133.741</v>
       </c>
-      <c r="AH14" s="14" t="n">
+      <c r="AI14" s="14" t="n">
         <v>135.731</v>
       </c>
-      <c r="AI14" s="14" t="n">
+      <c r="AJ14" s="14" t="n">
         <v>130.547</v>
       </c>
-      <c r="AJ14" s="14" t="n">
+      <c r="AK14" s="14" t="n">
         <v>124.092</v>
       </c>
-      <c r="AK14" s="14" t="n">
+      <c r="AL14" s="14" t="n">
         <v>122.636</v>
       </c>
-      <c r="AL14" s="14" t="n">
+      <c r="AM14" s="14" t="n">
         <v>123.27</v>
       </c>
-      <c r="AM14" s="14" t="n">
+      <c r="AN14" s="14" t="n">
         <v>124.008</v>
       </c>
-      <c r="AN14" s="14" t="n">
+      <c r="AO14" s="14" t="n">
         <v>122.604</v>
       </c>
-      <c r="AO14" s="14" t="n">
+      <c r="AP14" s="14" t="n">
         <v>123.371</v>
       </c>
-      <c r="AP14" s="14" t="n">
+      <c r="AQ14" s="14" t="n">
         <v>125.99</v>
       </c>
-      <c r="AQ14" s="14" t="n">
+      <c r="AR14" s="14" t="n">
         <v>125.945</v>
       </c>
-      <c r="AR14" s="14" t="n">
+      <c r="AS14" s="14" t="n">
         <v>126.283</v>
       </c>
-      <c r="AS14" s="14" t="n">
+      <c r="AT14" s="14" t="n">
         <v>120.53</v>
       </c>
-      <c r="AT14" s="14" t="n">
+      <c r="AU14" s="14" t="n">
         <v>114.386</v>
       </c>
-      <c r="AU14" s="14" t="n">
+      <c r="AV14" s="14" t="n">
         <v>111.578</v>
       </c>
-      <c r="AV14" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="AW14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="AX14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="AY14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="AZ14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BA14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -19745,198 +19815,196 @@
       <c r="IM14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IN14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IO14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IP14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IQ14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="IR14" s="15" t="n">
-        <v>0.2</v>
+      <c r="IR14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
       </c>
       <c r="IS14" s="15" t="n">
         <v>1.3</v>
       </c>
       <c r="IT14" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="IU14" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="IV14" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="IU14" s="15" t="n">
+      <c r="IW14" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="IV14" s="15" t="n">
+      <c r="IX14" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="IW14" s="15" t="n">
+      <c r="IY14" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="IX14" s="15" t="n">
+      <c r="IZ14" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="IY14" s="15" t="n">
+      <c r="JA14" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="IZ14" s="15" t="n">
+      <c r="JB14" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="JA14" s="15" t="n">
+      <c r="JC14" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="JB14" s="15" t="n">
+      <c r="JD14" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="JC14" s="15" t="n">
+      <c r="JE14" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="JD14" s="15" t="n">
+      <c r="JF14" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="JE14" s="15" t="n">
+      <c r="JG14" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="JF14" s="15" t="n">
+      <c r="JH14" s="15" t="n">
         <v>-3.0</v>
       </c>
-      <c r="JG14" s="15" t="n">
+      <c r="JI14" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="JH14" s="15" t="n">
+      <c r="JJ14" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="JI14" s="15" t="n">
+      <c r="JK14" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="JJ14" s="15" t="n">
+      <c r="JL14" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="JK14" s="15" t="n">
+      <c r="JM14" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="JL14" s="15" t="n">
+      <c r="JN14" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="JM14" s="15" t="n">
+      <c r="JO14" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="JN14" s="15" t="n">
+      <c r="JP14" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="JO14" s="15" t="n">
+      <c r="JQ14" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="JP14" s="15" t="n">
+      <c r="JR14" s="15" t="n">
         <v>-2.8</v>
       </c>
-      <c r="JQ14" s="15" t="n">
+      <c r="JS14" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="JR14" s="15" t="n">
+      <c r="JT14" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="JS14" s="15" t="n">
+      <c r="JU14" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="JT14" s="15" t="n">
+      <c r="JV14" s="15" t="n">
         <v>-2.8</v>
       </c>
-      <c r="JU14" s="15" t="n">
+      <c r="JW14" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="JV14" s="15" t="n">
+      <c r="JX14" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="JW14" s="15" t="n">
+      <c r="JY14" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="JX14" s="15" t="n">
+      <c r="JZ14" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="JY14" s="15" t="n">
+      <c r="KA14" s="15" t="n">
         <v>5.2</v>
       </c>
-      <c r="JZ14" s="15" t="n">
+      <c r="KB14" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="KA14" s="15" t="n">
+      <c r="KC14" s="15" t="n">
         <v>-0.5</v>
-      </c>
-[...4 lines deleted...]
-        <v>1.1</v>
       </c>
       <c r="KD14" s="15" t="n">
         <v>-0.6</v>
       </c>
       <c r="KE14" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="KF14" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="KG14" s="15" t="n">
         <v>-2.1</v>
       </c>
-      <c r="KF14" s="15" t="n">
+      <c r="KH14" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="KG14" s="15" t="n">
+      <c r="KI14" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="KH14" s="15" t="n">
+      <c r="KJ14" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="KI14" s="15" t="n">
+      <c r="KK14" s="15" t="n">
         <v>5.4</v>
       </c>
-      <c r="KJ14" s="15" t="n">
+      <c r="KL14" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="KK14" s="15" t="n">
+      <c r="KM14" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="KL14" s="13" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="KN14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="KO14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="KP14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="KQ14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="KR14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -20903,203 +20971,201 @@
       <c r="SC14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="SD14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="SE14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="SF14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="SG14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="SH14" s="15" t="n">
+      <c r="SH14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SI14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SJ14" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="SK14" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="SI14" s="15" t="n">
+      <c r="SL14" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="SJ14" s="15" t="n">
+      <c r="SM14" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="SK14" s="15" t="n">
+      <c r="SN14" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="SL14" s="15" t="n">
+      <c r="SO14" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="SM14" s="15" t="n">
+      <c r="SP14" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="SN14" s="15" t="n">
+      <c r="SQ14" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="SO14" s="15" t="n">
+      <c r="SR14" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="SP14" s="15" t="n">
+      <c r="SS14" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="SQ14" s="15" t="n">
+      <c r="ST14" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="SR14" s="15" t="n">
+      <c r="SU14" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="SS14" s="15" t="n">
+      <c r="SV14" s="15" t="n">
         <v>8.4</v>
       </c>
-      <c r="ST14" s="15" t="n">
+      <c r="SW14" s="15" t="n">
         <v>6.3</v>
       </c>
-      <c r="SU14" s="15" t="n">
+      <c r="SX14" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="SV14" s="15" t="n">
+      <c r="SY14" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="SW14" s="15" t="n">
+      <c r="SZ14" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="SX14" s="15" t="n">
+      <c r="TA14" s="15" t="n">
         <v>5.1</v>
       </c>
-      <c r="SY14" s="15" t="n">
+      <c r="TB14" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="SZ14" s="15" t="n">
+      <c r="TC14" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="TA14" s="15" t="n">
+      <c r="TD14" s="15" t="n">
         <v>-3.1</v>
       </c>
-      <c r="TB14" s="15" t="n">
+      <c r="TE14" s="15" t="n">
         <v>-4.6</v>
       </c>
-      <c r="TC14" s="15" t="n">
+      <c r="TF14" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="TD14" s="15" t="n">
+      <c r="TG14" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="TE14" s="15" t="n">
+      <c r="TH14" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="TF14" s="15" t="n">
+      <c r="TI14" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="TG14" s="15" t="n">
+      <c r="TJ14" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="TH14" s="15" t="n">
+      <c r="TK14" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="TI14" s="15" t="n">
+      <c r="TL14" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="TJ14" s="15" t="n">
+      <c r="TM14" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="TK14" s="15" t="n">
+      <c r="TN14" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="TL14" s="15" t="n">
+      <c r="TO14" s="15" t="n">
         <v>5.3</v>
       </c>
-      <c r="TM14" s="15" t="n">
+      <c r="TP14" s="15" t="n">
         <v>11.0</v>
       </c>
-      <c r="TN14" s="15" t="n">
+      <c r="TQ14" s="15" t="n">
         <v>18.7</v>
       </c>
-      <c r="TO14" s="15" t="n">
+      <c r="TR14" s="15" t="n">
         <v>17.0</v>
       </c>
-      <c r="TP14" s="15" t="n">
+      <c r="TS14" s="15" t="n">
         <v>13.1</v>
       </c>
-      <c r="TQ14" s="15" t="n">
+      <c r="TT14" s="15" t="n">
         <v>12.7</v>
       </c>
-      <c r="TR14" s="15" t="n">
+      <c r="TU14" s="15" t="n">
         <v>15.7</v>
       </c>
-      <c r="TS14" s="15" t="n">
+      <c r="TV14" s="15" t="n">
         <v>19.7</v>
       </c>
-      <c r="TT14" s="15" t="n">
+      <c r="TW14" s="15" t="n">
         <v>19.5</v>
       </c>
-      <c r="TU14" s="15" t="n">
+      <c r="TX14" s="15" t="n">
         <v>24.0</v>
       </c>
-      <c r="TV14" s="15" t="n">
+      <c r="TY14" s="15" t="n">
         <v>26.0</v>
       </c>
-      <c r="TW14" s="15" t="n">
+      <c r="TZ14" s="15" t="n">
         <v>27.7</v>
       </c>
-      <c r="TX14" s="15" t="n">
+      <c r="UA14" s="15" t="n">
         <v>32.8</v>
       </c>
-      <c r="TY14" s="15" t="n">
+      <c r="UB14" s="15" t="n">
         <v>27.6</v>
       </c>
-      <c r="TZ14" s="15" t="n">
+      <c r="UC14" s="15" t="n">
         <v>26.2</v>
       </c>
-      <c r="UA14" s="15" t="n">
+      <c r="UD14" s="15" t="n">
         <v>23.3</v>
       </c>
-      <c r="UB14" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="UE14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="UF14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="UG14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="UH14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="UI14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -22061,208 +22127,206 @@
       <c r="ABS14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABT14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABU14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABV14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABW14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ABX14" s="15" t="n">
+      <c r="ABX14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABY14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABZ14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACA14" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="ACB14" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="ABY14" s="15" t="n">
+      <c r="ACC14" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="ABZ14" s="15" t="n">
+      <c r="ACD14" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="ACA14" s="15" t="n">
+      <c r="ACE14" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="ACB14" s="15" t="n">
+      <c r="ACF14" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="ACC14" s="15" t="n">
+      <c r="ACG14" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="ACD14" s="15" t="n">
+      <c r="ACH14" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="ACE14" s="15" t="n">
+      <c r="ACI14" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="ACF14" s="15" t="n">
+      <c r="ACJ14" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="ACG14" s="15" t="n">
+      <c r="ACK14" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="ACH14" s="15" t="n">
+      <c r="ACL14" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="ACI14" s="15" t="n">
+      <c r="ACM14" s="15" t="n">
         <v>5.7</v>
       </c>
-      <c r="ACJ14" s="15" t="n">
+      <c r="ACN14" s="15" t="n">
         <v>5.9</v>
       </c>
-      <c r="ACK14" s="15" t="n">
+      <c r="ACO14" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="ACL14" s="15" t="n">
+      <c r="ACP14" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="ACM14" s="15" t="n">
+      <c r="ACQ14" s="15" t="n">
         <v>6.9</v>
       </c>
-      <c r="ACN14" s="15" t="n">
+      <c r="ACR14" s="15" t="n">
         <v>7.2</v>
       </c>
-      <c r="ACO14" s="15" t="n">
+      <c r="ACS14" s="15" t="n">
         <v>6.5</v>
       </c>
-      <c r="ACP14" s="15" t="n">
+      <c r="ACT14" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="ACQ14" s="15" t="n">
+      <c r="ACU14" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="ACR14" s="15" t="n">
+      <c r="ACV14" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="ACS14" s="15" t="n">
+      <c r="ACW14" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="ACT14" s="15" t="n">
+      <c r="ACX14" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="ACU14" s="15" t="n">
+      <c r="ACY14" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="ACV14" s="15" t="n">
+      <c r="ACZ14" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="ACW14" s="15" t="n">
+      <c r="ADA14" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="ACX14" s="15" t="n">
+      <c r="ADB14" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="ACY14" s="15" t="n">
+      <c r="ADC14" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="ACZ14" s="15" t="n">
+      <c r="ADD14" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="ADA14" s="15" t="n">
+      <c r="ADE14" s="15" t="n">
         <v>6.4</v>
       </c>
-      <c r="ADB14" s="15" t="n">
+      <c r="ADF14" s="15" t="n">
         <v>7.2</v>
       </c>
-      <c r="ADC14" s="15" t="n">
+      <c r="ADG14" s="15" t="n">
         <v>7.8</v>
       </c>
-      <c r="ADD14" s="15" t="n">
+      <c r="ADH14" s="15" t="n">
         <v>9.4</v>
       </c>
-      <c r="ADE14" s="15" t="n">
+      <c r="ADI14" s="15" t="n">
         <v>5.2</v>
       </c>
-      <c r="ADF14" s="15" t="n">
+      <c r="ADJ14" s="15" t="n">
         <v>13.1</v>
       </c>
-      <c r="ADG14" s="15" t="n">
+      <c r="ADK14" s="15" t="n">
         <v>11.7</v>
       </c>
-      <c r="ADH14" s="15" t="n">
+      <c r="ADL14" s="15" t="n">
         <v>12.3</v>
       </c>
-      <c r="ADI14" s="15" t="n">
+      <c r="ADM14" s="15" t="n">
         <v>13.0</v>
       </c>
-      <c r="ADJ14" s="15" t="n">
+      <c r="ADN14" s="15" t="n">
         <v>11.7</v>
       </c>
-      <c r="ADK14" s="15" t="n">
+      <c r="ADO14" s="15" t="n">
         <v>12.4</v>
       </c>
-      <c r="ADL14" s="15" t="n">
+      <c r="ADP14" s="15" t="n">
         <v>14.8</v>
       </c>
-      <c r="ADM14" s="15" t="n">
+      <c r="ADQ14" s="15" t="n">
         <v>14.7</v>
       </c>
-      <c r="ADN14" s="15" t="n">
+      <c r="ADR14" s="15" t="n">
         <v>15.1</v>
       </c>
-      <c r="ADO14" s="15" t="n">
+      <c r="ADS14" s="15" t="n">
         <v>9.8</v>
       </c>
-      <c r="ADP14" s="15" t="n">
+      <c r="ADT14" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="ADQ14" s="15" t="n">
+      <c r="ADU14" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="ADR14" s="13" t="inlineStr">
-[...18 lines deleted...]
-      </c>
       <c r="ADV14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ADW14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ADX14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ADY14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ADZ14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -23215,204 +23279,222 @@
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ALI14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ALJ14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ALK14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ALL14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ALM14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ALN14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ALO14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ALP14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ALQ14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    C Manufacturing industry</t>
         </is>
       </c>
       <c r="B15" s="14" t="n">
-        <v>115.84</v>
+        <v>115.255</v>
       </c>
       <c r="C15" s="14" t="n">
-        <v>115.862</v>
+        <v>115.811</v>
       </c>
       <c r="D15" s="14" t="n">
+        <v>115.859</v>
+      </c>
+      <c r="E15" s="14" t="n">
         <v>115.692</v>
       </c>
-      <c r="E15" s="14" t="n">
+      <c r="F15" s="14" t="n">
         <v>115.583</v>
       </c>
-      <c r="F15" s="14" t="n">
+      <c r="G15" s="14" t="n">
         <v>115.799</v>
       </c>
-      <c r="G15" s="14" t="n">
+      <c r="H15" s="14" t="n">
         <v>115.777</v>
       </c>
-      <c r="H15" s="14" t="n">
+      <c r="I15" s="14" t="n">
         <v>115.907</v>
       </c>
-      <c r="I15" s="14" t="n">
+      <c r="J15" s="14" t="n">
         <v>115.869</v>
       </c>
-      <c r="J15" s="14" t="n">
+      <c r="K15" s="14" t="n">
         <v>115.949</v>
       </c>
-      <c r="K15" s="14" t="n">
+      <c r="L15" s="14" t="n">
         <v>115.436</v>
       </c>
-      <c r="L15" s="14" t="n">
+      <c r="M15" s="14" t="n">
         <v>114.833</v>
       </c>
-      <c r="M15" s="14" t="n">
+      <c r="N15" s="14" t="n">
         <v>114.825</v>
       </c>
-      <c r="N15" s="14" t="n">
+      <c r="O15" s="14" t="n">
         <v>115.166</v>
       </c>
-      <c r="O15" s="14" t="n">
+      <c r="P15" s="14" t="n">
         <v>115.008</v>
       </c>
-      <c r="P15" s="14" t="n">
+      <c r="Q15" s="14" t="n">
         <v>115.059</v>
       </c>
-      <c r="Q15" s="14" t="n">
+      <c r="R15" s="14" t="n">
         <v>115.148</v>
       </c>
-      <c r="R15" s="14" t="n">
+      <c r="S15" s="14" t="n">
         <v>115.176</v>
       </c>
-      <c r="S15" s="14" t="n">
+      <c r="T15" s="14" t="n">
         <v>115.13</v>
       </c>
-      <c r="T15" s="14" t="n">
+      <c r="U15" s="14" t="n">
         <v>115.163</v>
       </c>
-      <c r="U15" s="14" t="n">
+      <c r="V15" s="14" t="n">
         <v>114.755</v>
       </c>
-      <c r="V15" s="14" t="n">
+      <c r="W15" s="14" t="n">
         <v>114.553</v>
       </c>
-      <c r="W15" s="14" t="n">
+      <c r="X15" s="14" t="n">
         <v>114.585</v>
       </c>
-      <c r="X15" s="14" t="n">
+      <c r="Y15" s="14" t="n">
         <v>114.176</v>
       </c>
-      <c r="Y15" s="14" t="n">
+      <c r="Z15" s="14" t="n">
         <v>113.939</v>
       </c>
-      <c r="Z15" s="14" t="n">
+      <c r="AA15" s="14" t="n">
         <v>114.551</v>
       </c>
-      <c r="AA15" s="14" t="n">
+      <c r="AB15" s="14" t="n">
         <v>114.592</v>
       </c>
-      <c r="AB15" s="14" t="n">
+      <c r="AC15" s="14" t="n">
         <v>114.221</v>
       </c>
-      <c r="AC15" s="14" t="n">
+      <c r="AD15" s="14" t="n">
         <v>113.769</v>
       </c>
-      <c r="AD15" s="14" t="n">
+      <c r="AE15" s="14" t="n">
         <v>114.386</v>
       </c>
-      <c r="AE15" s="14" t="n">
+      <c r="AF15" s="14" t="n">
         <v>114.329</v>
       </c>
-      <c r="AF15" s="14" t="n">
+      <c r="AG15" s="14" t="n">
         <v>115.061</v>
       </c>
-      <c r="AG15" s="14" t="n">
+      <c r="AH15" s="14" t="n">
         <v>115.1</v>
       </c>
-      <c r="AH15" s="14" t="n">
+      <c r="AI15" s="14" t="n">
         <v>114.745</v>
       </c>
-      <c r="AI15" s="14" t="n">
+      <c r="AJ15" s="14" t="n">
         <v>114.367</v>
       </c>
-      <c r="AJ15" s="14" t="n">
+      <c r="AK15" s="14" t="n">
         <v>113.375</v>
       </c>
-      <c r="AK15" s="14" t="n">
+      <c r="AL15" s="14" t="n">
         <v>113.671</v>
       </c>
-      <c r="AL15" s="14" t="n">
+      <c r="AM15" s="14" t="n">
         <v>113.944</v>
       </c>
-      <c r="AM15" s="14" t="n">
+      <c r="AN15" s="14" t="n">
         <v>113.582</v>
       </c>
-      <c r="AN15" s="14" t="n">
+      <c r="AO15" s="14" t="n">
         <v>113.467</v>
       </c>
-      <c r="AO15" s="14" t="n">
+      <c r="AP15" s="14" t="n">
         <v>113.578</v>
       </c>
-      <c r="AP15" s="14" t="n">
+      <c r="AQ15" s="14" t="n">
         <v>114.54</v>
       </c>
-      <c r="AQ15" s="14" t="n">
+      <c r="AR15" s="14" t="n">
         <v>113.895</v>
       </c>
-      <c r="AR15" s="14" t="n">
+      <c r="AS15" s="14" t="n">
         <v>112.532</v>
       </c>
-      <c r="AS15" s="14" t="n">
+      <c r="AT15" s="14" t="n">
         <v>109.908</v>
       </c>
-      <c r="AT15" s="14" t="n">
+      <c r="AU15" s="14" t="n">
         <v>108.012</v>
       </c>
-      <c r="AU15" s="14" t="n">
+      <c r="AV15" s="14" t="n">
         <v>106.007</v>
       </c>
-      <c r="AV15" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="AW15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="AX15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="AY15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="AZ15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BA15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -24384,198 +24466,196 @@
       <c r="IM15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IN15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IO15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IP15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IQ15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="IR15" s="15" t="n">
+      <c r="IR15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IS15" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="IT15" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="IS15" s="15" t="n">
+      <c r="IU15" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="IT15" s="15" t="n">
+      <c r="IV15" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="IU15" s="15" t="n">
+      <c r="IW15" s="15" t="n">
         <v>-0.2</v>
-      </c>
-[...4 lines deleted...]
-        <v>-0.1</v>
       </c>
       <c r="IX15" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="IY15" s="15" t="n">
         <v>-0.1</v>
       </c>
       <c r="IZ15" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="JA15" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="JB15" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="JA15" s="15" t="n">
+      <c r="JC15" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="JB15" s="15" t="n">
+      <c r="JD15" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="JC15" s="15" t="n">
+      <c r="JE15" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="JD15" s="15" t="n">
+      <c r="JF15" s="15" t="n">
         <v>0.1</v>
-      </c>
-[...4 lines deleted...]
-        <v>-0.1</v>
       </c>
       <c r="JG15" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="JH15" s="15" t="n">
-        <v>0.0</v>
+        <v>-0.1</v>
       </c>
       <c r="JI15" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="JJ15" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="JK15" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="JL15" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="JK15" s="15" t="n">
+      <c r="JM15" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="JL15" s="15" t="n">
+      <c r="JN15" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="JM15" s="15" t="n">
+      <c r="JO15" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="JN15" s="15" t="n">
+      <c r="JP15" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="JO15" s="15" t="n">
+      <c r="JQ15" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="JP15" s="15" t="n">
+      <c r="JR15" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="JQ15" s="15" t="n">
+      <c r="JS15" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="JR15" s="15" t="n">
+      <c r="JT15" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="JS15" s="15" t="n">
+      <c r="JU15" s="15" t="n">
         <v>-0.5</v>
-      </c>
-[...4 lines deleted...]
-        <v>-0.6</v>
       </c>
       <c r="JV15" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="JW15" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="JX15" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="JY15" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="JX15" s="15" t="n">
+      <c r="JZ15" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="JY15" s="15" t="n">
+      <c r="KA15" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="JZ15" s="15" t="n">
+      <c r="KB15" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="KA15" s="15" t="n">
+      <c r="KC15" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="KB15" s="15" t="n">
+      <c r="KD15" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="KC15" s="15" t="n">
+      <c r="KE15" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="KD15" s="15" t="n">
+      <c r="KF15" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="KE15" s="15" t="n">
+      <c r="KG15" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="KF15" s="15" t="n">
+      <c r="KH15" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="KG15" s="15" t="n">
+      <c r="KI15" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="KH15" s="15" t="n">
+      <c r="KJ15" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="KI15" s="15" t="n">
+      <c r="KK15" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="KJ15" s="15" t="n">
+      <c r="KL15" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="KK15" s="15" t="n">
+      <c r="KM15" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="KL15" s="13" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="KN15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="KO15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="KP15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="KQ15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="KR15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -25542,203 +25622,201 @@
       <c r="SC15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="SD15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="SE15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="SF15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="SG15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="SH15" s="15" t="n">
+      <c r="SH15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SI15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SJ15" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="SK15" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="SI15" s="15" t="n">
+      <c r="SL15" s="15" t="n">
         <v>0.7</v>
-      </c>
-[...7 lines deleted...]
-        <v>0.5</v>
       </c>
       <c r="SM15" s="15" t="n">
         <v>0.6</v>
       </c>
       <c r="SN15" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="SO15" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="SP15" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="SO15" s="15" t="n">
+      <c r="SQ15" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="SR15" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="SP15" s="15" t="n">
+      <c r="SS15" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="SQ15" s="15" t="n">
+      <c r="ST15" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="SR15" s="15" t="n">
+      <c r="SU15" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="SS15" s="15" t="n">
+      <c r="SV15" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="ST15" s="15" t="n">
+      <c r="SW15" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="SU15" s="15" t="n">
+      <c r="SX15" s="15" t="n">
         <v>0.4</v>
-      </c>
-[...7 lines deleted...]
-        <v>0.7</v>
       </c>
       <c r="SY15" s="15" t="n">
         <v>0.7</v>
       </c>
       <c r="SZ15" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="TA15" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="TB15" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="TC15" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="TA15" s="15" t="n">
+      <c r="TD15" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="TB15" s="15" t="n">
+      <c r="TE15" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="TC15" s="15" t="n">
+      <c r="TF15" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="TD15" s="15" t="n">
+      <c r="TG15" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="TE15" s="15" t="n">
+      <c r="TH15" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="TF15" s="15" t="n">
+      <c r="TI15" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="TG15" s="15" t="n">
+      <c r="TJ15" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="TH15" s="15" t="n">
+      <c r="TK15" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="TI15" s="15" t="n">
+      <c r="TL15" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="TJ15" s="15" t="n">
+      <c r="TM15" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="TK15" s="15" t="n">
+      <c r="TN15" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="TL15" s="15" t="n">
+      <c r="TO15" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="TM15" s="15" t="n">
+      <c r="TP15" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="TN15" s="15" t="n">
+      <c r="TQ15" s="15" t="n">
         <v>6.2</v>
       </c>
-      <c r="TO15" s="15" t="n">
+      <c r="TR15" s="15" t="n">
         <v>7.9</v>
       </c>
-      <c r="TP15" s="15" t="n">
+      <c r="TS15" s="15" t="n">
         <v>9.0</v>
       </c>
-      <c r="TQ15" s="15" t="n">
+      <c r="TT15" s="15" t="n">
         <v>9.5</v>
       </c>
-      <c r="TR15" s="15" t="n">
+      <c r="TU15" s="15" t="n">
         <v>10.6</v>
       </c>
-      <c r="TS15" s="15" t="n">
+      <c r="TV15" s="15" t="n">
         <v>11.5</v>
       </c>
-      <c r="TT15" s="15" t="n">
+      <c r="TW15" s="15" t="n">
         <v>11.9</v>
       </c>
-      <c r="TU15" s="15" t="n">
+      <c r="TX15" s="15" t="n">
         <v>12.7</v>
       </c>
-      <c r="TV15" s="15" t="n">
+      <c r="TY15" s="15" t="n">
         <v>15.4</v>
       </c>
-      <c r="TW15" s="15" t="n">
+      <c r="TZ15" s="15" t="n">
         <v>15.2</v>
       </c>
-      <c r="TX15" s="15" t="n">
+      <c r="UA15" s="15" t="n">
         <v>14.5</v>
       </c>
-      <c r="TY15" s="15" t="n">
+      <c r="UB15" s="15" t="n">
         <v>12.7</v>
       </c>
-      <c r="TZ15" s="15" t="n">
+      <c r="UC15" s="15" t="n">
         <v>12.4</v>
       </c>
-      <c r="UA15" s="15" t="n">
+      <c r="UD15" s="15" t="n">
         <v>11.6</v>
       </c>
-      <c r="UB15" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="UE15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="UF15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="UG15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="UH15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="UI15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -26700,208 +26778,206 @@
       <c r="ABS15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABT15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABU15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABV15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABW15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ABX15" s="15" t="n">
+      <c r="ABX15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABY15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABZ15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACA15" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="ACB15" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="ABY15" s="15" t="n">
+      <c r="ACC15" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="ABZ15" s="15" t="n">
+      <c r="ACD15" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="ACA15" s="15" t="n">
+      <c r="ACE15" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="ACB15" s="15" t="n">
+      <c r="ACF15" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="ACC15" s="15" t="n">
+      <c r="ACG15" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="ACD15" s="15" t="n">
+      <c r="ACH15" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="ACE15" s="15" t="n">
+      <c r="ACI15" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="ACF15" s="15" t="n">
+      <c r="ACJ15" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="ACG15" s="15" t="n">
+      <c r="ACK15" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="ACH15" s="15" t="n">
+      <c r="ACL15" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="ACI15" s="15" t="n">
+      <c r="ACM15" s="15" t="n">
         <v>0.6</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.9</v>
       </c>
       <c r="ACN15" s="15" t="n">
         <v>0.9</v>
       </c>
       <c r="ACO15" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="ACP15" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="ACP15" s="15" t="n">
+      <c r="ACQ15" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="ACQ15" s="15" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="ACR15" s="15" t="n">
-        <v>0.3</v>
+        <v>0.9</v>
       </c>
       <c r="ACS15" s="15" t="n">
-        <v>0.4</v>
+        <v>0.8</v>
       </c>
       <c r="ACT15" s="15" t="n">
-        <v>0.7</v>
+        <v>0.9</v>
       </c>
       <c r="ACU15" s="15" t="n">
         <v>0.5</v>
       </c>
       <c r="ACV15" s="15" t="n">
-        <v>1.0</v>
+        <v>0.3</v>
       </c>
       <c r="ACW15" s="15" t="n">
-        <v>1.1</v>
+        <v>0.4</v>
       </c>
       <c r="ACX15" s="15" t="n">
         <v>0.7</v>
       </c>
       <c r="ACY15" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="ACZ15" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="ADA15" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="ADB15" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="ADC15" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="ACZ15" s="15" t="n">
+      <c r="ADD15" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="ADA15" s="15" t="n">
+      <c r="ADE15" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="ADB15" s="15" t="n">
+      <c r="ADF15" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="ADC15" s="15" t="n">
+      <c r="ADG15" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="ADD15" s="15" t="n">
+      <c r="ADH15" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="ADE15" s="15" t="n">
+      <c r="ADI15" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="ADF15" s="15" t="n">
+      <c r="ADJ15" s="15" t="n">
         <v>9.0</v>
       </c>
-      <c r="ADG15" s="15" t="n">
+      <c r="ADK15" s="15" t="n">
         <v>9.3</v>
       </c>
-      <c r="ADH15" s="15" t="n">
+      <c r="ADL15" s="15" t="n">
         <v>9.6</v>
       </c>
-      <c r="ADI15" s="15" t="n">
+      <c r="ADM15" s="15" t="n">
         <v>9.2</v>
       </c>
-      <c r="ADJ15" s="15" t="n">
+      <c r="ADN15" s="15" t="n">
         <v>9.1</v>
       </c>
-      <c r="ADK15" s="15" t="n">
+      <c r="ADO15" s="15" t="n">
         <v>9.2</v>
       </c>
-      <c r="ADL15" s="15" t="n">
+      <c r="ADP15" s="15" t="n">
         <v>10.1</v>
       </c>
-      <c r="ADM15" s="15" t="n">
+      <c r="ADQ15" s="15" t="n">
         <v>9.5</v>
       </c>
-      <c r="ADN15" s="15" t="n">
+      <c r="ADR15" s="15" t="n">
         <v>8.2</v>
       </c>
-      <c r="ADO15" s="15" t="n">
+      <c r="ADS15" s="15" t="n">
         <v>5.7</v>
       </c>
-      <c r="ADP15" s="15" t="n">
+      <c r="ADT15" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="ADQ15" s="15" t="n">
+      <c r="ADU15" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="ADR15" s="13" t="inlineStr">
-[...18 lines deleted...]
-      </c>
       <c r="ADV15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ADW15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ADX15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ADY15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ADZ15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -27854,204 +27930,222 @@
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ALI15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ALJ15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ALK15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ALL15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ALM15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ALN15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ALO15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ALP15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ALQ15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    D Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="B16" s="14" t="n">
+        <v>82.366</v>
+      </c>
+      <c r="C16" s="14" t="n">
         <v>89.479</v>
       </c>
-      <c r="C16" s="14" t="n">
+      <c r="D16" s="14" t="n">
         <v>80.664</v>
       </c>
-      <c r="D16" s="14" t="n">
+      <c r="E16" s="14" t="n">
         <v>87.503</v>
       </c>
-      <c r="E16" s="14" t="n">
+      <c r="F16" s="14" t="n">
         <v>89.611</v>
       </c>
-      <c r="F16" s="14" t="n">
+      <c r="G16" s="14" t="n">
         <v>85.498</v>
       </c>
-      <c r="G16" s="14" t="n">
+      <c r="H16" s="14" t="n">
         <v>60.756</v>
       </c>
-      <c r="H16" s="14" t="n">
+      <c r="I16" s="14" t="n">
         <v>66.654</v>
       </c>
-      <c r="I16" s="14" t="n">
+      <c r="J16" s="14" t="n">
         <v>90.769</v>
       </c>
-      <c r="J16" s="14" t="n">
+      <c r="K16" s="14" t="n">
         <v>126.767</v>
       </c>
-      <c r="K16" s="14" t="n">
+      <c r="L16" s="14" t="n">
         <v>117.731</v>
       </c>
-      <c r="L16" s="14" t="n">
+      <c r="M16" s="14" t="n">
         <v>116.867</v>
       </c>
-      <c r="M16" s="14" t="n">
+      <c r="N16" s="14" t="n">
         <v>113.536</v>
       </c>
-      <c r="N16" s="14" t="n">
+      <c r="O16" s="14" t="n">
         <v>92.134</v>
       </c>
-      <c r="O16" s="14" t="n">
+      <c r="P16" s="14" t="n">
         <v>90.93</v>
       </c>
-      <c r="P16" s="14" t="n">
+      <c r="Q16" s="14" t="n">
         <v>95.529</v>
       </c>
-      <c r="Q16" s="14" t="n">
+      <c r="R16" s="14" t="n">
         <v>79.893</v>
       </c>
-      <c r="R16" s="14" t="n">
+      <c r="S16" s="14" t="n">
         <v>69.491</v>
       </c>
-      <c r="S16" s="14" t="n">
+      <c r="T16" s="14" t="n">
         <v>56.327</v>
       </c>
-      <c r="T16" s="14" t="n">
+      <c r="U16" s="14" t="n">
         <v>46.963</v>
       </c>
-      <c r="U16" s="14" t="n">
+      <c r="V16" s="14" t="n">
         <v>53.241</v>
       </c>
-      <c r="V16" s="14" t="n">
+      <c r="W16" s="14" t="n">
         <v>63.653</v>
       </c>
-      <c r="W16" s="14" t="n">
+      <c r="X16" s="14" t="n">
         <v>82.197</v>
       </c>
-      <c r="X16" s="14" t="n">
+      <c r="Y16" s="14" t="n">
         <v>85.125</v>
       </c>
-      <c r="Y16" s="14" t="n">
+      <c r="Z16" s="14" t="n">
         <v>83.819</v>
       </c>
-      <c r="Z16" s="14" t="n">
+      <c r="AA16" s="14" t="n">
         <v>98.601</v>
       </c>
-      <c r="AA16" s="14" t="n">
+      <c r="AB16" s="14" t="n">
         <v>99.453</v>
       </c>
-      <c r="AB16" s="14" t="n">
+      <c r="AC16" s="14" t="n">
         <v>92.406</v>
       </c>
-      <c r="AC16" s="14" t="n">
+      <c r="AD16" s="14" t="n">
         <v>84.758</v>
       </c>
-      <c r="AD16" s="14" t="n">
+      <c r="AE16" s="14" t="n">
         <v>86.207</v>
       </c>
-      <c r="AE16" s="14" t="n">
+      <c r="AF16" s="14" t="n">
         <v>82.949</v>
       </c>
-      <c r="AF16" s="14" t="n">
+      <c r="AG16" s="14" t="n">
         <v>89.45</v>
       </c>
-      <c r="AG16" s="14" t="n">
+      <c r="AH16" s="14" t="n">
         <v>100.581</v>
       </c>
-      <c r="AH16" s="14" t="n">
+      <c r="AI16" s="14" t="n">
         <v>124.007</v>
       </c>
-      <c r="AI16" s="14" t="n">
+      <c r="AJ16" s="14" t="n">
         <v>102.38</v>
       </c>
-      <c r="AJ16" s="14" t="n">
+      <c r="AK16" s="14" t="n">
         <v>158.15</v>
       </c>
-      <c r="AK16" s="14" t="n">
+      <c r="AL16" s="14" t="n">
         <v>130.159</v>
       </c>
-      <c r="AL16" s="14" t="n">
+      <c r="AM16" s="14" t="n">
         <v>140.895</v>
       </c>
-      <c r="AM16" s="14" t="n">
+      <c r="AN16" s="14" t="n">
         <v>197.319</v>
       </c>
-      <c r="AN16" s="14" t="n">
+      <c r="AO16" s="14" t="n">
         <v>228.689</v>
       </c>
-      <c r="AO16" s="14" t="n">
+      <c r="AP16" s="14" t="n">
         <v>194.013</v>
       </c>
-      <c r="AP16" s="14" t="n">
+      <c r="AQ16" s="14" t="n">
         <v>177.372</v>
       </c>
-      <c r="AQ16" s="14" t="n">
+      <c r="AR16" s="14" t="n">
         <v>171.642</v>
       </c>
-      <c r="AR16" s="14" t="n">
+      <c r="AS16" s="14" t="n">
         <v>188.687</v>
       </c>
-      <c r="AS16" s="14" t="n">
+      <c r="AT16" s="14" t="n">
         <v>234.572</v>
       </c>
-      <c r="AT16" s="14" t="n">
+      <c r="AU16" s="14" t="n">
         <v>180.602</v>
       </c>
-      <c r="AU16" s="14" t="n">
+      <c r="AV16" s="14" t="n">
         <v>181.515</v>
       </c>
-      <c r="AV16" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="AW16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="AX16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="AY16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="AZ16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BA16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -29023,198 +29117,196 @@
       <c r="IM16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IN16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IO16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IP16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IQ16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="IR16" s="15" t="n">
+      <c r="IR16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IS16" s="15" t="n">
+        <v>-7.9</v>
+      </c>
+      <c r="IT16" s="15" t="n">
         <v>10.9</v>
       </c>
-      <c r="IS16" s="15" t="n">
+      <c r="IU16" s="15" t="n">
         <v>-7.8</v>
       </c>
-      <c r="IT16" s="15" t="n">
+      <c r="IV16" s="15" t="n">
         <v>-2.4</v>
       </c>
-      <c r="IU16" s="15" t="n">
+      <c r="IW16" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="IV16" s="15" t="n">
+      <c r="IX16" s="15" t="n">
         <v>40.7</v>
       </c>
-      <c r="IW16" s="15" t="n">
+      <c r="IY16" s="15" t="n">
         <v>-8.8</v>
       </c>
-      <c r="IX16" s="15" t="n">
+      <c r="IZ16" s="15" t="n">
         <v>-26.6</v>
       </c>
-      <c r="IY16" s="15" t="n">
+      <c r="JA16" s="15" t="n">
         <v>-28.4</v>
       </c>
-      <c r="IZ16" s="15" t="n">
+      <c r="JB16" s="15" t="n">
         <v>7.7</v>
       </c>
-      <c r="JA16" s="15" t="n">
+      <c r="JC16" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="JB16" s="15" t="n">
+      <c r="JD16" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="JC16" s="15" t="n">
+      <c r="JE16" s="15" t="n">
         <v>23.2</v>
       </c>
-      <c r="JD16" s="15" t="n">
+      <c r="JF16" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="JE16" s="15" t="n">
+      <c r="JG16" s="15" t="n">
         <v>-4.8</v>
       </c>
-      <c r="JF16" s="15" t="n">
+      <c r="JH16" s="15" t="n">
         <v>19.6</v>
       </c>
-      <c r="JG16" s="15" t="n">
+      <c r="JI16" s="15" t="n">
         <v>15.0</v>
       </c>
-      <c r="JH16" s="15" t="n">
+      <c r="JJ16" s="15" t="n">
         <v>23.4</v>
       </c>
-      <c r="JI16" s="15" t="n">
+      <c r="JK16" s="15" t="n">
         <v>19.9</v>
       </c>
-      <c r="JJ16" s="15" t="n">
+      <c r="JL16" s="15" t="n">
         <v>-11.8</v>
       </c>
-      <c r="JK16" s="15" t="n">
+      <c r="JM16" s="15" t="n">
         <v>-16.4</v>
       </c>
-      <c r="JL16" s="15" t="n">
+      <c r="JN16" s="15" t="n">
         <v>-22.6</v>
       </c>
-      <c r="JM16" s="15" t="n">
+      <c r="JO16" s="15" t="n">
         <v>-3.4</v>
       </c>
-      <c r="JN16" s="15" t="n">
+      <c r="JP16" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="JO16" s="15" t="n">
+      <c r="JQ16" s="15" t="n">
         <v>-15.0</v>
       </c>
-      <c r="JP16" s="15" t="n">
+      <c r="JR16" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="JQ16" s="15" t="n">
+      <c r="JS16" s="15" t="n">
         <v>7.6</v>
       </c>
-      <c r="JR16" s="15" t="n">
+      <c r="JT16" s="15" t="n">
         <v>9.0</v>
       </c>
-      <c r="JS16" s="15" t="n">
+      <c r="JU16" s="15" t="n">
         <v>-1.7</v>
       </c>
-      <c r="JT16" s="15" t="n">
+      <c r="JV16" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="JU16" s="15" t="n">
+      <c r="JW16" s="15" t="n">
         <v>-7.3</v>
       </c>
-      <c r="JV16" s="15" t="n">
+      <c r="JX16" s="15" t="n">
         <v>-11.1</v>
       </c>
-      <c r="JW16" s="15" t="n">
+      <c r="JY16" s="15" t="n">
         <v>-18.9</v>
       </c>
-      <c r="JX16" s="15" t="n">
+      <c r="JZ16" s="15" t="n">
         <v>21.1</v>
       </c>
-      <c r="JY16" s="15" t="n">
+      <c r="KA16" s="15" t="n">
         <v>-35.3</v>
       </c>
-      <c r="JZ16" s="15" t="n">
+      <c r="KB16" s="15" t="n">
         <v>21.5</v>
       </c>
-      <c r="KA16" s="15" t="n">
+      <c r="KC16" s="15" t="n">
         <v>-7.6</v>
       </c>
-      <c r="KB16" s="15" t="n">
+      <c r="KD16" s="15" t="n">
         <v>-28.6</v>
       </c>
-      <c r="KC16" s="15" t="n">
+      <c r="KE16" s="15" t="n">
         <v>-13.7</v>
       </c>
-      <c r="KD16" s="15" t="n">
+      <c r="KF16" s="15" t="n">
         <v>17.9</v>
       </c>
-      <c r="KE16" s="15" t="n">
+      <c r="KG16" s="15" t="n">
         <v>9.4</v>
       </c>
-      <c r="KF16" s="15" t="n">
+      <c r="KH16" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="KG16" s="15" t="n">
+      <c r="KI16" s="15" t="n">
         <v>-9.0</v>
       </c>
-      <c r="KH16" s="15" t="n">
+      <c r="KJ16" s="15" t="n">
         <v>-19.6</v>
       </c>
-      <c r="KI16" s="15" t="n">
+      <c r="KK16" s="15" t="n">
         <v>29.9</v>
       </c>
-      <c r="KJ16" s="15" t="n">
+      <c r="KL16" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="KK16" s="15" t="n">
+      <c r="KM16" s="15" t="n">
         <v>-10.5</v>
       </c>
-      <c r="KL16" s="13" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="KN16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="KO16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="KP16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="KQ16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="KR16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -30181,203 +30273,201 @@
       <c r="SC16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="SD16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="SE16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="SF16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="SG16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="SH16" s="15" t="n">
+      <c r="SH16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SI16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SJ16" s="15" t="n">
+        <v>-27.5</v>
+      </c>
+      <c r="SK16" s="15" t="n">
         <v>-2.9</v>
       </c>
-      <c r="SI16" s="15" t="n">
+      <c r="SL16" s="15" t="n">
         <v>-11.3</v>
       </c>
-      <c r="SJ16" s="15" t="n">
+      <c r="SM16" s="15" t="n">
         <v>-8.4</v>
       </c>
-      <c r="SK16" s="15" t="n">
+      <c r="SN16" s="15" t="n">
         <v>12.2</v>
       </c>
-      <c r="SL16" s="15" t="n">
+      <c r="SO16" s="15" t="n">
         <v>23.0</v>
       </c>
-      <c r="SM16" s="15" t="n">
+      <c r="SP16" s="15" t="n">
         <v>7.9</v>
       </c>
-      <c r="SN16" s="15" t="n">
+      <c r="SQ16" s="15" t="n">
         <v>41.9</v>
       </c>
-      <c r="SO16" s="15" t="n">
+      <c r="SR16" s="15" t="n">
         <v>70.5</v>
       </c>
-      <c r="SP16" s="15" t="n">
+      <c r="SS16" s="15" t="n">
         <v>99.2</v>
       </c>
-      <c r="SQ16" s="15" t="n">
+      <c r="ST16" s="15" t="n">
         <v>43.2</v>
       </c>
-      <c r="SR16" s="15" t="n">
+      <c r="SU16" s="15" t="n">
         <v>37.3</v>
       </c>
-      <c r="SS16" s="15" t="n">
+      <c r="SV16" s="15" t="n">
         <v>35.5</v>
       </c>
-      <c r="ST16" s="15" t="n">
+      <c r="SW16" s="15" t="n">
         <v>-6.6</v>
       </c>
-      <c r="SU16" s="15" t="n">
+      <c r="SX16" s="15" t="n">
         <v>-8.6</v>
       </c>
-      <c r="SV16" s="15" t="n">
+      <c r="SY16" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="SW16" s="15" t="n">
+      <c r="SZ16" s="15" t="n">
         <v>-5.7</v>
       </c>
-      <c r="SX16" s="15" t="n">
+      <c r="TA16" s="15" t="n">
         <v>-19.4</v>
       </c>
-      <c r="SY16" s="15" t="n">
+      <c r="TB16" s="15" t="n">
         <v>-32.1</v>
       </c>
-      <c r="SZ16" s="15" t="n">
+      <c r="TC16" s="15" t="n">
         <v>-47.5</v>
       </c>
-      <c r="TA16" s="15" t="n">
+      <c r="TD16" s="15" t="n">
         <v>-47.1</v>
       </c>
-      <c r="TB16" s="15" t="n">
+      <c r="TE16" s="15" t="n">
         <v>-48.7</v>
       </c>
-      <c r="TC16" s="15" t="n">
+      <c r="TF16" s="15" t="n">
         <v>-19.7</v>
       </c>
-      <c r="TD16" s="15" t="n">
+      <c r="TG16" s="15" t="n">
         <v>-46.2</v>
       </c>
-      <c r="TE16" s="15" t="n">
+      <c r="TH16" s="15" t="n">
         <v>-35.6</v>
       </c>
-      <c r="TF16" s="15" t="n">
+      <c r="TI16" s="15" t="n">
         <v>-30.0</v>
       </c>
-      <c r="TG16" s="15" t="n">
+      <c r="TJ16" s="15" t="n">
         <v>-49.6</v>
       </c>
-      <c r="TH16" s="15" t="n">
+      <c r="TK16" s="15" t="n">
         <v>-59.6</v>
       </c>
-      <c r="TI16" s="15" t="n">
+      <c r="TL16" s="15" t="n">
         <v>-56.3</v>
       </c>
-      <c r="TJ16" s="15" t="n">
+      <c r="TM16" s="15" t="n">
         <v>-51.4</v>
       </c>
-      <c r="TK16" s="15" t="n">
+      <c r="TN16" s="15" t="n">
         <v>-51.7</v>
       </c>
-      <c r="TL16" s="15" t="n">
+      <c r="TO16" s="15" t="n">
         <v>-52.6</v>
       </c>
-      <c r="TM16" s="15" t="n">
+      <c r="TP16" s="15" t="n">
         <v>-57.1</v>
       </c>
-      <c r="TN16" s="15" t="n">
+      <c r="TQ16" s="15" t="n">
         <v>-31.3</v>
       </c>
-      <c r="TO16" s="15" t="n">
+      <c r="TR16" s="15" t="n">
         <v>-43.6</v>
       </c>
-      <c r="TP16" s="15" t="n">
+      <c r="TS16" s="15" t="n">
         <v>-22.0</v>
       </c>
-      <c r="TQ16" s="15" t="n">
+      <c r="TT16" s="15" t="n">
         <v>-21.7</v>
       </c>
-      <c r="TR16" s="15" t="n">
+      <c r="TU16" s="15" t="n">
         <v>-14.7</v>
       </c>
-      <c r="TS16" s="15" t="n">
+      <c r="TV16" s="15" t="n">
         <v>53.0</v>
       </c>
-      <c r="TT16" s="15" t="n">
+      <c r="TW16" s="15" t="n">
         <v>140.0</v>
       </c>
-      <c r="TU16" s="15" t="n">
+      <c r="TX16" s="15" t="n">
         <v>126.1</v>
       </c>
-      <c r="TV16" s="15" t="n">
+      <c r="TY16" s="15" t="n">
         <v>135.2</v>
       </c>
-      <c r="TW16" s="15" t="n">
+      <c r="TZ16" s="15" t="n">
         <v>163.3</v>
       </c>
-      <c r="TX16" s="15" t="n">
+      <c r="UA16" s="15" t="n">
         <v>208.3</v>
       </c>
-      <c r="TY16" s="15" t="n">
+      <c r="UB16" s="15" t="n">
         <v>367.9</v>
       </c>
-      <c r="TZ16" s="15" t="n">
+      <c r="UC16" s="15" t="n">
         <v>332.2</v>
       </c>
-      <c r="UA16" s="15" t="n">
+      <c r="UD16" s="15" t="n">
         <v>192.0</v>
       </c>
-      <c r="UB16" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="UE16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="UF16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="UG16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="UH16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="UI16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -31339,208 +31429,206 @@
       <c r="ABS16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABT16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABU16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABV16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABW16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ABX16" s="15" t="n">
+      <c r="ABX16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABY16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABZ16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACA16" s="15" t="n">
+        <v>-29.5</v>
+      </c>
+      <c r="ACB16" s="15" t="n">
         <v>-23.4</v>
       </c>
-      <c r="ABY16" s="15" t="n">
+      <c r="ACC16" s="15" t="n">
         <v>-31.0</v>
       </c>
-      <c r="ABZ16" s="15" t="n">
+      <c r="ACD16" s="15" t="n">
         <v>-25.1</v>
       </c>
-      <c r="ACA16" s="15" t="n">
+      <c r="ACE16" s="15" t="n">
         <v>-23.3</v>
       </c>
-      <c r="ACB16" s="15" t="n">
+      <c r="ACF16" s="15" t="n">
         <v>-26.8</v>
       </c>
-      <c r="ACC16" s="15" t="n">
+      <c r="ACG16" s="15" t="n">
         <v>-48.0</v>
       </c>
-      <c r="ACD16" s="15" t="n">
+      <c r="ACH16" s="15" t="n">
         <v>-43.0</v>
       </c>
-      <c r="ACE16" s="15" t="n">
+      <c r="ACI16" s="15" t="n">
         <v>-22.3</v>
       </c>
-      <c r="ACF16" s="15" t="n">
+      <c r="ACJ16" s="15" t="n">
         <v>8.5</v>
       </c>
-      <c r="ACG16" s="15" t="n">
+      <c r="ACK16" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="ACH16" s="15" t="n">
+      <c r="ACL16" s="15" t="n">
         <v>37.3</v>
       </c>
-      <c r="ACI16" s="15" t="n">
+      <c r="ACM16" s="15" t="n">
         <v>33.4</v>
       </c>
-      <c r="ACJ16" s="15" t="n">
+      <c r="ACN16" s="15" t="n">
         <v>8.2</v>
       </c>
-      <c r="ACK16" s="15" t="n">
+      <c r="ACO16" s="15" t="n">
         <v>6.8</v>
       </c>
-      <c r="ACL16" s="15" t="n">
+      <c r="ACP16" s="15" t="n">
         <v>12.2</v>
       </c>
-      <c r="ACM16" s="15" t="n">
+      <c r="ACQ16" s="15" t="n">
         <v>-6.1</v>
       </c>
-      <c r="ACN16" s="15" t="n">
+      <c r="ACR16" s="15" t="n">
         <v>-18.4</v>
       </c>
-      <c r="ACO16" s="15" t="n">
+      <c r="ACS16" s="15" t="n">
         <v>-33.8</v>
       </c>
-      <c r="ACP16" s="15" t="n">
+      <c r="ACT16" s="15" t="n">
         <v>-44.8</v>
       </c>
-      <c r="ACQ16" s="15" t="n">
+      <c r="ACU16" s="15" t="n">
         <v>-37.5</v>
       </c>
-      <c r="ACR16" s="15" t="n">
+      <c r="ACV16" s="15" t="n">
         <v>-25.2</v>
       </c>
-      <c r="ACS16" s="15" t="n">
+      <c r="ACW16" s="15" t="n">
         <v>-3.4</v>
       </c>
-      <c r="ACT16" s="15" t="n">
+      <c r="ACX16" s="15" t="n">
         <v>-46.2</v>
       </c>
-      <c r="ACU16" s="15" t="n">
+      <c r="ACY16" s="15" t="n">
         <v>-47.0</v>
       </c>
-      <c r="ACV16" s="15" t="n">
+      <c r="ACZ16" s="15" t="n">
         <v>-37.7</v>
       </c>
-      <c r="ACW16" s="15" t="n">
+      <c r="ADA16" s="15" t="n">
         <v>-37.1</v>
       </c>
-      <c r="ACX16" s="15" t="n">
+      <c r="ADB16" s="15" t="n">
         <v>-41.6</v>
       </c>
-      <c r="ACY16" s="15" t="n">
+      <c r="ADC16" s="15" t="n">
         <v>-46.4</v>
       </c>
-      <c r="ACZ16" s="15" t="n">
+      <c r="ADD16" s="15" t="n">
         <v>-45.5</v>
       </c>
-      <c r="ADA16" s="15" t="n">
+      <c r="ADE16" s="15" t="n">
         <v>-47.6</v>
       </c>
-      <c r="ADB16" s="15" t="n">
+      <c r="ADF16" s="15" t="n">
         <v>-43.4</v>
       </c>
-      <c r="ADC16" s="15" t="n">
+      <c r="ADG16" s="15" t="n">
         <v>-36.4</v>
       </c>
-      <c r="ADD16" s="15" t="n">
+      <c r="ADH16" s="15" t="n">
         <v>-21.6</v>
       </c>
-      <c r="ADE16" s="15" t="n">
+      <c r="ADI16" s="15" t="n">
         <v>-35.3</v>
       </c>
-      <c r="ADF16" s="15" t="n">
+      <c r="ADJ16" s="15" t="n">
         <v>-22.0</v>
       </c>
-      <c r="ADG16" s="15" t="n">
+      <c r="ADK16" s="15" t="n">
         <v>-35.8</v>
       </c>
-      <c r="ADH16" s="15" t="n">
+      <c r="ADL16" s="15" t="n">
         <v>-30.5</v>
       </c>
-      <c r="ADI16" s="15" t="n">
+      <c r="ADM16" s="15" t="n">
         <v>-2.7</v>
       </c>
-      <c r="ADJ16" s="15" t="n">
+      <c r="ADN16" s="15" t="n">
         <v>12.8</v>
       </c>
-      <c r="ADK16" s="15" t="n">
+      <c r="ADO16" s="15" t="n">
         <v>-4.3</v>
       </c>
-      <c r="ADL16" s="15" t="n">
+      <c r="ADP16" s="15" t="n">
         <v>-12.5</v>
       </c>
-      <c r="ADM16" s="15" t="n">
+      <c r="ADQ16" s="15" t="n">
         <v>-15.3</v>
       </c>
-      <c r="ADN16" s="15" t="n">
+      <c r="ADR16" s="15" t="n">
         <v>-6.9</v>
       </c>
-      <c r="ADO16" s="15" t="n">
+      <c r="ADS16" s="15" t="n">
         <v>15.7</v>
       </c>
-      <c r="ADP16" s="15" t="n">
+      <c r="ADT16" s="15" t="n">
         <v>-10.9</v>
       </c>
-      <c r="ADQ16" s="15" t="n">
+      <c r="ADU16" s="15" t="n">
         <v>-10.5</v>
       </c>
-      <c r="ADR16" s="13" t="inlineStr">
-[...18 lines deleted...]
-      </c>
       <c r="ADV16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ADW16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ADX16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ADY16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ADZ16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -32493,50 +32581,70 @@
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ALI16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ALJ16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ALK16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ALL16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ALM16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ALN16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ALO16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ALP16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ALQ16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="6" t="inlineStr">
         <is>
           <t>Zona no euro</t>
         </is>
       </c>
       <c r="B17" s="6"/>
       <c r="C17" s="6"/>
       <c r="D17" s="6"/>
       <c r="E17" s="6"/>
       <c r="F17" s="6"/>
       <c r="G17" s="6"/>
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="6"/>
       <c r="N17" s="6"/>
       <c r="O17" s="6"/>
@@ -33504,200 +33612,202 @@
       <c r="AKO17" s="6"/>
       <c r="AKP17" s="6"/>
       <c r="AKQ17" s="6"/>
       <c r="AKR17" s="6"/>
       <c r="AKS17" s="6"/>
       <c r="AKT17" s="6"/>
       <c r="AKU17" s="6"/>
       <c r="AKV17" s="6"/>
       <c r="AKW17" s="6"/>
       <c r="AKX17" s="6"/>
       <c r="AKY17" s="6"/>
       <c r="AKZ17" s="6"/>
       <c r="ALA17" s="6"/>
       <c r="ALB17" s="6"/>
       <c r="ALC17" s="6"/>
       <c r="ALD17" s="6"/>
       <c r="ALE17" s="6"/>
       <c r="ALF17" s="6"/>
       <c r="ALG17" s="6"/>
       <c r="ALH17" s="6"/>
       <c r="ALI17" s="6"/>
       <c r="ALJ17" s="6"/>
       <c r="ALK17" s="6"/>
       <c r="ALL17" s="6"/>
       <c r="ALM17" s="6"/>
+      <c r="ALN17" s="6"/>
+      <c r="ALO17" s="6"/>
+      <c r="ALP17" s="6"/>
+      <c r="ALQ17" s="6"/>
     </row>
     <row r="18">
       <c r="A18" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    B Mining and quarrying industries</t>
         </is>
       </c>
       <c r="B18" s="14" t="n">
+        <v>129.161</v>
+      </c>
+      <c r="C18" s="14" t="n">
         <v>126.815</v>
       </c>
-      <c r="C18" s="14" t="n">
+      <c r="D18" s="14" t="n">
         <v>122.01</v>
       </c>
-      <c r="D18" s="14" t="n">
+      <c r="E18" s="14" t="n">
         <v>118.453</v>
       </c>
-      <c r="E18" s="14" t="n">
+      <c r="F18" s="14" t="n">
         <v>119.427</v>
       </c>
-      <c r="F18" s="14" t="n">
+      <c r="G18" s="14" t="n">
         <v>124.484</v>
       </c>
-      <c r="G18" s="14" t="n">
+      <c r="H18" s="14" t="n">
         <v>124.022</v>
       </c>
-      <c r="H18" s="14" t="n">
+      <c r="I18" s="14" t="n">
         <v>122.805</v>
       </c>
-      <c r="I18" s="14" t="n">
+      <c r="J18" s="14" t="n">
         <v>128.744</v>
       </c>
-      <c r="J18" s="14" t="n">
+      <c r="K18" s="14" t="n">
         <v>125.802</v>
       </c>
-      <c r="K18" s="14" t="n">
+      <c r="L18" s="14" t="n">
         <v>124.57</v>
       </c>
-      <c r="L18" s="14" t="n">
+      <c r="M18" s="14" t="n">
         <v>123.164</v>
       </c>
-      <c r="M18" s="14" t="n">
+      <c r="N18" s="14" t="n">
         <v>121.647</v>
       </c>
-      <c r="N18" s="14" t="n">
+      <c r="O18" s="14" t="n">
         <v>125.557</v>
       </c>
-      <c r="O18" s="14" t="n">
+      <c r="P18" s="14" t="n">
         <v>121.411</v>
       </c>
-      <c r="P18" s="14" t="n">
+      <c r="Q18" s="14" t="n">
         <v>118.517</v>
       </c>
-      <c r="Q18" s="14" t="n">
+      <c r="R18" s="14" t="n">
         <v>125.954</v>
       </c>
-      <c r="R18" s="14" t="n">
+      <c r="S18" s="14" t="n">
         <v>127.899</v>
       </c>
-      <c r="S18" s="14" t="n">
+      <c r="T18" s="14" t="n">
         <v>129.048</v>
       </c>
-      <c r="T18" s="14" t="n">
+      <c r="U18" s="14" t="n">
         <v>124.721</v>
       </c>
-      <c r="U18" s="14" t="n">
+      <c r="V18" s="14" t="n">
         <v>120.6</v>
       </c>
-      <c r="V18" s="14" t="n">
+      <c r="W18" s="14" t="n">
         <v>117.894</v>
       </c>
-      <c r="W18" s="14" t="n">
+      <c r="X18" s="14" t="n">
         <v>117.043</v>
       </c>
-      <c r="X18" s="14" t="n">
+      <c r="Y18" s="14" t="n">
         <v>114.314</v>
       </c>
-      <c r="Y18" s="14" t="n">
+      <c r="Z18" s="14" t="n">
         <v>113.937</v>
       </c>
-      <c r="Z18" s="14" t="n">
+      <c r="AA18" s="14" t="n">
         <v>113.608</v>
       </c>
-      <c r="AA18" s="14" t="n">
+      <c r="AB18" s="14" t="n">
         <v>115.265</v>
       </c>
-      <c r="AB18" s="14" t="n">
+      <c r="AC18" s="14" t="n">
         <v>114.32</v>
       </c>
-      <c r="AC18" s="14" t="n">
+      <c r="AD18" s="14" t="n">
         <v>115.358</v>
       </c>
-      <c r="AD18" s="14" t="n">
+      <c r="AE18" s="14" t="n">
         <v>115.686</v>
       </c>
-      <c r="AE18" s="14" t="n">
+      <c r="AF18" s="14" t="n">
         <v>116.924</v>
       </c>
-      <c r="AF18" s="14" t="n">
+      <c r="AG18" s="14" t="n">
         <v>117.043</v>
       </c>
-      <c r="AG18" s="14" t="n">
+      <c r="AH18" s="14" t="n">
         <v>117.757</v>
       </c>
-      <c r="AH18" s="14" t="n">
+      <c r="AI18" s="14" t="n">
         <v>118.416</v>
       </c>
-      <c r="AI18" s="14" t="n">
+      <c r="AJ18" s="14" t="n">
         <v>120.687</v>
       </c>
-      <c r="AJ18" s="14" t="n">
+      <c r="AK18" s="14" t="n">
         <v>121.431</v>
       </c>
-      <c r="AK18" s="14" t="n">
+      <c r="AL18" s="14" t="n">
         <v>124.831</v>
       </c>
-      <c r="AL18" s="14" t="n">
+      <c r="AM18" s="14" t="n">
         <v>120.343</v>
       </c>
-      <c r="AM18" s="14" t="n">
+      <c r="AN18" s="14" t="n">
         <v>124.159</v>
       </c>
-      <c r="AN18" s="14" t="n">
+      <c r="AO18" s="14" t="n">
         <v>120.763</v>
       </c>
-      <c r="AO18" s="14" t="n">
+      <c r="AP18" s="14" t="n">
         <v>116.865</v>
       </c>
-      <c r="AP18" s="14" t="n">
+      <c r="AQ18" s="14" t="n">
         <v>119.26</v>
       </c>
-      <c r="AQ18" s="14" t="n">
+      <c r="AR18" s="14" t="n">
         <v>115.399</v>
       </c>
-      <c r="AR18" s="14" t="n">
+      <c r="AS18" s="14" t="n">
         <v>118.099</v>
       </c>
-      <c r="AS18" s="14" t="n">
+      <c r="AT18" s="14" t="n">
         <v>114.517</v>
       </c>
-      <c r="AT18" s="14" t="n">
+      <c r="AU18" s="14" t="n">
         <v>110.563</v>
       </c>
-      <c r="AU18" s="14" t="n">
+      <c r="AV18" s="14" t="n">
         <v>108.323</v>
       </c>
-      <c r="AV18" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="AW18" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="AX18" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="AY18" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="AZ18" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BA18" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -34669,198 +34779,196 @@
       <c r="IM18" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IN18" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IO18" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IP18" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IQ18" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="IR18" s="15" t="n">
+      <c r="IR18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IS18" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="IT18" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="IS18" s="15" t="n">
+      <c r="IU18" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="IT18" s="15" t="n">
+      <c r="IV18" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="IU18" s="15" t="n">
+      <c r="IW18" s="15" t="n">
         <v>-4.1</v>
       </c>
-      <c r="IV18" s="15" t="n">
+      <c r="IX18" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="IW18" s="15" t="n">
+      <c r="IY18" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="IX18" s="15" t="n">
+      <c r="IZ18" s="15" t="n">
         <v>-4.6</v>
       </c>
-      <c r="IY18" s="15" t="n">
+      <c r="JA18" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="IZ18" s="15" t="n">
+      <c r="JB18" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="JA18" s="15" t="n">
+      <c r="JC18" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="JB18" s="15" t="n">
+      <c r="JD18" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="JC18" s="15" t="n">
+      <c r="JE18" s="15" t="n">
         <v>-3.1</v>
       </c>
-      <c r="JD18" s="15" t="n">
+      <c r="JF18" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="JE18" s="15" t="n">
+      <c r="JG18" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="JF18" s="15" t="n">
+      <c r="JH18" s="15" t="n">
         <v>-5.9</v>
       </c>
-      <c r="JG18" s="15" t="n">
+      <c r="JI18" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="JH18" s="15" t="n">
+      <c r="JJ18" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="JI18" s="15" t="n">
+      <c r="JK18" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="JJ18" s="15" t="n">
+      <c r="JL18" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="JK18" s="15" t="n">
+      <c r="JM18" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="JL18" s="15" t="n">
+      <c r="JN18" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="JM18" s="15" t="n">
+      <c r="JO18" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="JN18" s="15" t="n">
+      <c r="JP18" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="JO18" s="15" t="n">
+      <c r="JQ18" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="JP18" s="15" t="n">
+      <c r="JR18" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="JQ18" s="15" t="n">
+      <c r="JS18" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="JR18" s="15" t="n">
+      <c r="JT18" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="JS18" s="15" t="n">
+      <c r="JU18" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="JT18" s="15" t="n">
+      <c r="JV18" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="JU18" s="15" t="n">
+      <c r="JW18" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="JV18" s="15" t="n">
+      <c r="JX18" s="15" t="n">
         <v>-0.6</v>
-      </c>
-[...4 lines deleted...]
-        <v>-1.9</v>
       </c>
       <c r="JY18" s="15" t="n">
         <v>-0.6</v>
       </c>
       <c r="JZ18" s="15" t="n">
+        <v>-1.9</v>
+      </c>
+      <c r="KA18" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="KB18" s="15" t="n">
         <v>-2.7</v>
       </c>
-      <c r="KA18" s="15" t="n">
+      <c r="KC18" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="KB18" s="15" t="n">
+      <c r="KD18" s="15" t="n">
         <v>-3.1</v>
       </c>
-      <c r="KC18" s="15" t="n">
+      <c r="KE18" s="15" t="n">
         <v>2.8</v>
-      </c>
-[...4 lines deleted...]
-        <v>-2.0</v>
       </c>
       <c r="KF18" s="15" t="n">
         <v>3.3</v>
       </c>
       <c r="KG18" s="15" t="n">
+        <v>-2.0</v>
+      </c>
+      <c r="KH18" s="15" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="KI18" s="15" t="n">
         <v>-2.3</v>
       </c>
-      <c r="KH18" s="15" t="n">
+      <c r="KJ18" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="KI18" s="15" t="n">
+      <c r="KK18" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="KJ18" s="15" t="n">
+      <c r="KL18" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="KK18" s="15" t="n">
+      <c r="KM18" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="KL18" s="13" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="KN18" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="KO18" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="KP18" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="KQ18" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="KR18" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -35827,203 +35935,201 @@
       <c r="SC18" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="SD18" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="SE18" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="SF18" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="SG18" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="SH18" s="15" t="n">
+      <c r="SH18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SI18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SJ18" s="15" t="n">
+        <v>6.2</v>
+      </c>
+      <c r="SK18" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="SI18" s="15" t="n">
+      <c r="SL18" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="SJ18" s="15" t="n">
+      <c r="SM18" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="SK18" s="15" t="n">
+      <c r="SN18" s="15" t="n">
         <v>-5.2</v>
       </c>
-      <c r="SL18" s="15" t="n">
+      <c r="SO18" s="15" t="n">
         <v>-2.7</v>
       </c>
-      <c r="SM18" s="15" t="n">
+      <c r="SP18" s="15" t="n">
         <v>-3.9</v>
       </c>
-      <c r="SN18" s="15" t="n">
+      <c r="SQ18" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="SO18" s="15" t="n">
+      <c r="SR18" s="15" t="n">
         <v>6.8</v>
       </c>
-      <c r="SP18" s="15" t="n">
+      <c r="SS18" s="15" t="n">
         <v>6.7</v>
       </c>
-      <c r="SQ18" s="15" t="n">
+      <c r="ST18" s="15" t="n">
         <v>6.4</v>
       </c>
-      <c r="SR18" s="15" t="n">
+      <c r="SU18" s="15" t="n">
         <v>7.7</v>
       </c>
-      <c r="SS18" s="15" t="n">
+      <c r="SV18" s="15" t="n">
         <v>6.8</v>
       </c>
-      <c r="ST18" s="15" t="n">
+      <c r="SW18" s="15" t="n">
         <v>10.5</v>
       </c>
-      <c r="SU18" s="15" t="n">
+      <c r="SX18" s="15" t="n">
         <v>5.3</v>
       </c>
-      <c r="SV18" s="15" t="n">
+      <c r="SY18" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="SW18" s="15" t="n">
+      <c r="SZ18" s="15" t="n">
         <v>9.2</v>
       </c>
-      <c r="SX18" s="15" t="n">
+      <c r="TA18" s="15" t="n">
         <v>10.6</v>
       </c>
-      <c r="SY18" s="15" t="n">
+      <c r="TB18" s="15" t="n">
         <v>10.4</v>
       </c>
-      <c r="SZ18" s="15" t="n">
+      <c r="TC18" s="15" t="n">
         <v>6.6</v>
       </c>
-      <c r="TA18" s="15" t="n">
+      <c r="TD18" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="TB18" s="15" t="n">
+      <c r="TE18" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="TC18" s="15" t="n">
+      <c r="TF18" s="15" t="n">
         <v>-3.0</v>
       </c>
-      <c r="TD18" s="15" t="n">
+      <c r="TG18" s="15" t="n">
         <v>-5.9</v>
       </c>
-      <c r="TE18" s="15" t="n">
+      <c r="TH18" s="15" t="n">
         <v>-8.7</v>
       </c>
-      <c r="TF18" s="15" t="n">
+      <c r="TI18" s="15" t="n">
         <v>-5.6</v>
       </c>
-      <c r="TG18" s="15" t="n">
+      <c r="TJ18" s="15" t="n">
         <v>-7.2</v>
       </c>
-      <c r="TH18" s="15" t="n">
+      <c r="TK18" s="15" t="n">
         <v>-5.3</v>
       </c>
-      <c r="TI18" s="15" t="n">
+      <c r="TL18" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="TJ18" s="15" t="n">
+      <c r="TM18" s="15" t="n">
         <v>-3.0</v>
       </c>
-      <c r="TK18" s="15" t="n">
+      <c r="TN18" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="TL18" s="15" t="n">
+      <c r="TO18" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="TM18" s="15" t="n">
+      <c r="TP18" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="TN18" s="15" t="n">
+      <c r="TQ18" s="15" t="n">
         <v>7.1</v>
       </c>
-      <c r="TO18" s="15" t="n">
+      <c r="TR18" s="15" t="n">
         <v>11.4</v>
       </c>
-      <c r="TP18" s="15" t="n">
+      <c r="TS18" s="15" t="n">
         <v>14.4</v>
       </c>
-      <c r="TQ18" s="15" t="n">
+      <c r="TT18" s="15" t="n">
         <v>17.4</v>
       </c>
-      <c r="TR18" s="15" t="n">
+      <c r="TU18" s="15" t="n">
         <v>14.9</v>
       </c>
-      <c r="TS18" s="15" t="n">
+      <c r="TV18" s="15" t="n">
         <v>19.2</v>
       </c>
-      <c r="TT18" s="15" t="n">
+      <c r="TW18" s="15" t="n">
         <v>20.7</v>
       </c>
-      <c r="TU18" s="15" t="n">
+      <c r="TX18" s="15" t="n">
         <v>14.7</v>
       </c>
-      <c r="TV18" s="15" t="n">
+      <c r="TY18" s="15" t="n">
         <v>17.9</v>
       </c>
-      <c r="TW18" s="15" t="n">
+      <c r="TZ18" s="15" t="n">
         <v>17.6</v>
       </c>
-      <c r="TX18" s="15" t="n">
+      <c r="UA18" s="15" t="n">
         <v>20.4</v>
       </c>
-      <c r="TY18" s="15" t="n">
+      <c r="UB18" s="15" t="n">
         <v>22.4</v>
       </c>
-      <c r="TZ18" s="15" t="n">
+      <c r="UC18" s="15" t="n">
         <v>18.3</v>
       </c>
-      <c r="UA18" s="15" t="n">
+      <c r="UD18" s="15" t="n">
         <v>17.3</v>
       </c>
-      <c r="UB18" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="UE18" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="UF18" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="UG18" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="UH18" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="UI18" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -36985,208 +37091,206 @@
       <c r="ABS18" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABT18" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABU18" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABV18" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABW18" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ABX18" s="15" t="n">
+      <c r="ABX18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABY18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABZ18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACA18" s="15" t="n">
+        <v>4.9</v>
+      </c>
+      <c r="ACB18" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="ABY18" s="15" t="n">
+      <c r="ACC18" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="ABZ18" s="15" t="n">
+      <c r="ACD18" s="15" t="n">
         <v>-3.8</v>
       </c>
-      <c r="ACA18" s="15" t="n">
+      <c r="ACE18" s="15" t="n">
         <v>-3.0</v>
       </c>
-      <c r="ACB18" s="15" t="n">
+      <c r="ACF18" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="ACC18" s="15" t="n">
+      <c r="ACG18" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="ACD18" s="15" t="n">
+      <c r="ACH18" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="ACE18" s="15" t="n">
+      <c r="ACI18" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="ACF18" s="15" t="n">
+      <c r="ACJ18" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="ACG18" s="15" t="n">
+      <c r="ACK18" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="ACH18" s="15" t="n">
+      <c r="ACL18" s="15" t="n">
         <v>7.7</v>
       </c>
-      <c r="ACI18" s="15" t="n">
+      <c r="ACM18" s="15" t="n">
         <v>6.4</v>
       </c>
-      <c r="ACJ18" s="15" t="n">
+      <c r="ACN18" s="15" t="n">
         <v>9.8</v>
       </c>
-      <c r="ACK18" s="15" t="n">
+      <c r="ACO18" s="15" t="n">
         <v>6.2</v>
       </c>
-      <c r="ACL18" s="15" t="n">
+      <c r="ACP18" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="ACM18" s="15" t="n">
+      <c r="ACQ18" s="15" t="n">
         <v>10.2</v>
       </c>
-      <c r="ACN18" s="15" t="n">
+      <c r="ACR18" s="15" t="n">
         <v>11.9</v>
       </c>
-      <c r="ACO18" s="15" t="n">
+      <c r="ACS18" s="15" t="n">
         <v>12.9</v>
       </c>
-      <c r="ACP18" s="15" t="n">
+      <c r="ACT18" s="15" t="n">
         <v>9.1</v>
       </c>
-      <c r="ACQ18" s="15" t="n">
+      <c r="ACU18" s="15" t="n">
         <v>5.5</v>
       </c>
-      <c r="ACR18" s="15" t="n">
+      <c r="ACV18" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="ACS18" s="15" t="n">
+      <c r="ACW18" s="15" t="n">
         <v>2.4</v>
-      </c>
-[...10 lines deleted...]
-        <v>-5.1</v>
       </c>
       <c r="ACX18" s="15" t="n">
         <v>-5.9</v>
       </c>
       <c r="ACY18" s="15" t="n">
+        <v>-6.2</v>
+      </c>
+      <c r="ACZ18" s="15" t="n">
+        <v>-6.4</v>
+      </c>
+      <c r="ADA18" s="15" t="n">
+        <v>-5.1</v>
+      </c>
+      <c r="ADB18" s="15" t="n">
+        <v>-5.9</v>
+      </c>
+      <c r="ADC18" s="15" t="n">
         <v>-5.0</v>
       </c>
-      <c r="ACZ18" s="15" t="n">
+      <c r="ADD18" s="15" t="n">
         <v>-4.7</v>
       </c>
-      <c r="ADA18" s="15" t="n">
+      <c r="ADE18" s="15" t="n">
         <v>-3.7</v>
       </c>
-      <c r="ADB18" s="15" t="n">
+      <c r="ADF18" s="15" t="n">
         <v>-3.6</v>
       </c>
-      <c r="ADC18" s="15" t="n">
+      <c r="ADG18" s="15" t="n">
         <v>-3.0</v>
       </c>
-      <c r="ADD18" s="15" t="n">
+      <c r="ADH18" s="15" t="n">
         <v>-2.5</v>
       </c>
-      <c r="ADE18" s="15" t="n">
+      <c r="ADI18" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="ADF18" s="15" t="n">
+      <c r="ADJ18" s="15" t="n">
         <v>14.4</v>
       </c>
-      <c r="ADG18" s="15" t="n">
+      <c r="ADK18" s="15" t="n">
         <v>17.6</v>
       </c>
-      <c r="ADH18" s="15" t="n">
+      <c r="ADL18" s="15" t="n">
         <v>13.4</v>
       </c>
-      <c r="ADI18" s="15" t="n">
+      <c r="ADM18" s="15" t="n">
         <v>17.0</v>
       </c>
-      <c r="ADJ18" s="15" t="n">
+      <c r="ADN18" s="15" t="n">
         <v>13.8</v>
       </c>
-      <c r="ADK18" s="15" t="n">
+      <c r="ADO18" s="15" t="n">
         <v>10.1</v>
       </c>
-      <c r="ADL18" s="15" t="n">
+      <c r="ADP18" s="15" t="n">
         <v>12.4</v>
       </c>
-      <c r="ADM18" s="15" t="n">
+      <c r="ADQ18" s="15" t="n">
         <v>8.7</v>
       </c>
-      <c r="ADN18" s="15" t="n">
+      <c r="ADR18" s="15" t="n">
         <v>11.3</v>
       </c>
-      <c r="ADO18" s="15" t="n">
+      <c r="ADS18" s="15" t="n">
         <v>7.9</v>
       </c>
-      <c r="ADP18" s="15" t="n">
+      <c r="ADT18" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="ADQ18" s="15" t="n">
+      <c r="ADU18" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="ADR18" s="13" t="inlineStr">
-[...18 lines deleted...]
-      </c>
       <c r="ADV18" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ADW18" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ADX18" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ADY18" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ADZ18" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -38139,204 +38243,222 @@
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ALI18" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ALJ18" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ALK18" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ALL18" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ALM18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ALN18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ALO18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ALP18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ALQ18" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    C Manufacturing industry</t>
         </is>
       </c>
       <c r="B19" s="14" t="n">
-        <v>112.652</v>
+        <v>112.585</v>
       </c>
       <c r="C19" s="14" t="n">
-        <v>112.271</v>
+        <v>112.611</v>
       </c>
       <c r="D19" s="14" t="n">
+        <v>112.266</v>
+      </c>
+      <c r="E19" s="14" t="n">
         <v>113.059</v>
       </c>
-      <c r="E19" s="14" t="n">
+      <c r="F19" s="14" t="n">
         <v>113.238</v>
       </c>
-      <c r="F19" s="14" t="n">
+      <c r="G19" s="14" t="n">
         <v>113.6</v>
       </c>
-      <c r="G19" s="14" t="n">
+      <c r="H19" s="14" t="n">
         <v>113.82</v>
       </c>
-      <c r="H19" s="14" t="n">
+      <c r="I19" s="14" t="n">
         <v>113.878</v>
       </c>
-      <c r="I19" s="14" t="n">
+      <c r="J19" s="14" t="n">
         <v>114.933</v>
       </c>
-      <c r="J19" s="14" t="n">
+      <c r="K19" s="14" t="n">
         <v>116.162</v>
       </c>
-      <c r="K19" s="14" t="n">
+      <c r="L19" s="14" t="n">
         <v>116.119</v>
       </c>
-      <c r="L19" s="14" t="n">
+      <c r="M19" s="14" t="n">
         <v>115.24</v>
       </c>
-      <c r="M19" s="14" t="n">
+      <c r="N19" s="14" t="n">
         <v>115.206</v>
       </c>
-      <c r="N19" s="14" t="n">
+      <c r="O19" s="14" t="n">
         <v>114.683</v>
       </c>
-      <c r="O19" s="14" t="n">
+      <c r="P19" s="14" t="n">
         <v>114.099</v>
       </c>
-      <c r="P19" s="14" t="n">
+      <c r="Q19" s="14" t="n">
         <v>114.723</v>
       </c>
-      <c r="Q19" s="14" t="n">
+      <c r="R19" s="14" t="n">
         <v>115.881</v>
       </c>
-      <c r="R19" s="14" t="n">
+      <c r="S19" s="14" t="n">
         <v>115.984</v>
       </c>
-      <c r="S19" s="14" t="n">
+      <c r="T19" s="14" t="n">
         <v>115.651</v>
       </c>
-      <c r="T19" s="14" t="n">
+      <c r="U19" s="14" t="n">
         <v>115.841</v>
       </c>
-      <c r="U19" s="14" t="n">
+      <c r="V19" s="14" t="n">
         <v>115.162</v>
       </c>
-      <c r="V19" s="14" t="n">
+      <c r="W19" s="14" t="n">
         <v>114.95</v>
       </c>
-      <c r="W19" s="14" t="n">
+      <c r="X19" s="14" t="n">
         <v>114.405</v>
       </c>
-      <c r="X19" s="14" t="n">
+      <c r="Y19" s="14" t="n">
         <v>114.174</v>
       </c>
-      <c r="Y19" s="14" t="n">
+      <c r="Z19" s="14" t="n">
         <v>114.691</v>
       </c>
-      <c r="Z19" s="14" t="n">
+      <c r="AA19" s="14" t="n">
         <v>115.445</v>
       </c>
-      <c r="AA19" s="14" t="n">
+      <c r="AB19" s="14" t="n">
         <v>115.513</v>
       </c>
-      <c r="AB19" s="14" t="n">
+      <c r="AC19" s="14" t="n">
         <v>114.699</v>
       </c>
-      <c r="AC19" s="14" t="n">
+      <c r="AD19" s="14" t="n">
         <v>114.681</v>
       </c>
-      <c r="AD19" s="14" t="n">
+      <c r="AE19" s="14" t="n">
         <v>115.147</v>
       </c>
-      <c r="AE19" s="14" t="n">
+      <c r="AF19" s="14" t="n">
         <v>115.001</v>
       </c>
-      <c r="AF19" s="14" t="n">
+      <c r="AG19" s="14" t="n">
         <v>114.807</v>
       </c>
-      <c r="AG19" s="14" t="n">
+      <c r="AH19" s="14" t="n">
         <v>116.017</v>
       </c>
-      <c r="AH19" s="14" t="n">
+      <c r="AI19" s="14" t="n">
         <v>115.345</v>
       </c>
-      <c r="AI19" s="14" t="n">
+      <c r="AJ19" s="14" t="n">
         <v>115.038</v>
       </c>
-      <c r="AJ19" s="14" t="n">
+      <c r="AK19" s="14" t="n">
         <v>114.32</v>
       </c>
-      <c r="AK19" s="14" t="n">
+      <c r="AL19" s="14" t="n">
         <v>115.987</v>
       </c>
-      <c r="AL19" s="14" t="n">
+      <c r="AM19" s="14" t="n">
         <v>116.238</v>
       </c>
-      <c r="AM19" s="14" t="n">
+      <c r="AN19" s="14" t="n">
         <v>115.989</v>
       </c>
-      <c r="AN19" s="14" t="n">
+      <c r="AO19" s="14" t="n">
         <v>115.731</v>
       </c>
-      <c r="AO19" s="14" t="n">
+      <c r="AP19" s="14" t="n">
         <v>116.944</v>
       </c>
-      <c r="AP19" s="14" t="n">
+      <c r="AQ19" s="14" t="n">
         <v>117.082</v>
       </c>
-      <c r="AQ19" s="14" t="n">
+      <c r="AR19" s="14" t="n">
         <v>115.223</v>
       </c>
-      <c r="AR19" s="14" t="n">
+      <c r="AS19" s="14" t="n">
         <v>113.232</v>
       </c>
-      <c r="AS19" s="14" t="n">
+      <c r="AT19" s="14" t="n">
         <v>110.691</v>
       </c>
-      <c r="AT19" s="14" t="n">
+      <c r="AU19" s="14" t="n">
         <v>107.648</v>
       </c>
-      <c r="AU19" s="14" t="n">
+      <c r="AV19" s="14" t="n">
         <v>106.396</v>
       </c>
-      <c r="AV19" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="AW19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="AX19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="AY19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="AZ19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BA19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -39308,198 +39430,196 @@
       <c r="IM19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IN19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IO19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IP19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IQ19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="IR19" s="15" t="n">
+      <c r="IR19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IS19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="IT19" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="IS19" s="15" t="n">
+      <c r="IU19" s="15" t="n">
         <v>-0.7</v>
-      </c>
-[...4 lines deleted...]
-        <v>-0.3</v>
       </c>
       <c r="IV19" s="15" t="n">
         <v>-0.2</v>
       </c>
       <c r="IW19" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="IX19" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="IY19" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="IX19" s="15" t="n">
+      <c r="IZ19" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="IY19" s="15" t="n">
+      <c r="JA19" s="15" t="n">
         <v>-1.1</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.8</v>
       </c>
       <c r="JB19" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="JC19" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="JD19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="JE19" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="JD19" s="15" t="n">
+      <c r="JF19" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="JE19" s="15" t="n">
+      <c r="JG19" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="JF19" s="15" t="n">
+      <c r="JH19" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="JG19" s="15" t="n">
+      <c r="JI19" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="JH19" s="15" t="n">
+      <c r="JJ19" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="JI19" s="15" t="n">
+      <c r="JK19" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="JJ19" s="15" t="n">
+      <c r="JL19" s="15" t="n">
         <v>0.6</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.5</v>
       </c>
       <c r="JM19" s="15" t="n">
         <v>0.2</v>
       </c>
       <c r="JN19" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="JO19" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="JP19" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="JO19" s="15" t="n">
+      <c r="JQ19" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="JP19" s="15" t="n">
+      <c r="JR19" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="JQ19" s="15" t="n">
+      <c r="JS19" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="JR19" s="15" t="n">
+      <c r="JT19" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="JS19" s="15" t="n">
+      <c r="JU19" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="JT19" s="15" t="n">
+      <c r="JV19" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="JU19" s="15" t="n">
+      <c r="JW19" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="JV19" s="15" t="n">
+      <c r="JX19" s="15" t="n">
         <v>-1.0</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.3</v>
       </c>
       <c r="JY19" s="15" t="n">
         <v>0.6</v>
       </c>
       <c r="JZ19" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="KA19" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="KB19" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="KA19" s="15" t="n">
+      <c r="KC19" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="KB19" s="15" t="n">
+      <c r="KD19" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="KC19" s="15" t="n">
+      <c r="KE19" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="KD19" s="15" t="n">
+      <c r="KF19" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="KE19" s="15" t="n">
+      <c r="KG19" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="KF19" s="15" t="n">
+      <c r="KH19" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="KG19" s="15" t="n">
+      <c r="KI19" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="KH19" s="15" t="n">
+      <c r="KJ19" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="KI19" s="15" t="n">
+      <c r="KK19" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="KJ19" s="15" t="n">
+      <c r="KL19" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="KK19" s="15" t="n">
+      <c r="KM19" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="KL19" s="13" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="KN19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="KO19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="KP19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="KQ19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="KR19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -40466,203 +40586,201 @@
       <c r="SC19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="SD19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="SE19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="SF19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="SG19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="SH19" s="15" t="n">
+      <c r="SH19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SI19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SJ19" s="15" t="n">
+        <v>-2.3</v>
+      </c>
+      <c r="SK19" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="SI19" s="15" t="n">
+      <c r="SL19" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="SJ19" s="15" t="n">
+      <c r="SM19" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="SK19" s="15" t="n">
+      <c r="SN19" s="15" t="n">
         <v>-2.3</v>
       </c>
-      <c r="SL19" s="15" t="n">
+      <c r="SO19" s="15" t="n">
         <v>-2.1</v>
       </c>
-      <c r="SM19" s="15" t="n">
+      <c r="SP19" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="SN19" s="15" t="n">
+      <c r="SQ19" s="15" t="n">
         <v>-1.7</v>
       </c>
-      <c r="SO19" s="15" t="n">
+      <c r="SR19" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="SP19" s="15" t="n">
+      <c r="SS19" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="SQ19" s="15" t="n">
+      <c r="ST19" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="SR19" s="15" t="n">
+      <c r="SU19" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="SS19" s="15" t="n">
+      <c r="SV19" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="ST19" s="15" t="n">
+      <c r="SW19" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="SU19" s="15" t="n">
+      <c r="SX19" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="SV19" s="15" t="n">
+      <c r="SY19" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="SW19" s="15" t="n">
+      <c r="SZ19" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="SX19" s="15" t="n">
+      <c r="TA19" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="SY19" s="15" t="n">
+      <c r="TB19" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="SZ19" s="15" t="n">
+      <c r="TC19" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="TA19" s="15" t="n">
+      <c r="TD19" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="TB19" s="15" t="n">
+      <c r="TE19" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="TC19" s="15" t="n">
+      <c r="TF19" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="TD19" s="15" t="n">
+      <c r="TG19" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="TE19" s="15" t="n">
+      <c r="TH19" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="TF19" s="15" t="n">
+      <c r="TI19" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="TG19" s="15" t="n">
+      <c r="TJ19" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="TH19" s="15" t="n">
+      <c r="TK19" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="TI19" s="15" t="n">
+      <c r="TL19" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="TJ19" s="15" t="n">
+      <c r="TM19" s="15" t="n">
         <v>-1.7</v>
       </c>
-      <c r="TK19" s="15" t="n">
+      <c r="TN19" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="TL19" s="15" t="n">
+      <c r="TO19" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="TM19" s="15" t="n">
+      <c r="TP19" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="TN19" s="15" t="n">
+      <c r="TQ19" s="15" t="n">
         <v>7.1</v>
       </c>
-      <c r="TO19" s="15" t="n">
+      <c r="TR19" s="15" t="n">
         <v>8.1</v>
       </c>
-      <c r="TP19" s="15" t="n">
+      <c r="TS19" s="15" t="n">
         <v>9.7</v>
       </c>
-      <c r="TQ19" s="15" t="n">
+      <c r="TT19" s="15" t="n">
         <v>11.2</v>
       </c>
-      <c r="TR19" s="15" t="n">
+      <c r="TU19" s="15" t="n">
         <v>12.6</v>
       </c>
-      <c r="TS19" s="15" t="n">
+      <c r="TV19" s="15" t="n">
         <v>13.9</v>
       </c>
-      <c r="TT19" s="15" t="n">
+      <c r="TW19" s="15" t="n">
         <v>14.6</v>
       </c>
-      <c r="TU19" s="15" t="n">
+      <c r="TX19" s="15" t="n">
         <v>16.3</v>
       </c>
-      <c r="TV19" s="15" t="n">
+      <c r="TY19" s="15" t="n">
         <v>18.1</v>
       </c>
-      <c r="TW19" s="15" t="n">
+      <c r="TZ19" s="15" t="n">
         <v>16.7</v>
       </c>
-      <c r="TX19" s="15" t="n">
+      <c r="UA19" s="15" t="n">
         <v>15.4</v>
       </c>
-      <c r="TY19" s="15" t="n">
+      <c r="UB19" s="15" t="n">
         <v>13.4</v>
       </c>
-      <c r="TZ19" s="15" t="n">
+      <c r="UC19" s="15" t="n">
         <v>11.8</v>
       </c>
-      <c r="UA19" s="15" t="n">
+      <c r="UD19" s="15" t="n">
         <v>12.1</v>
       </c>
-      <c r="UB19" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="UE19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="UF19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="UG19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="UH19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="UI19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -41624,208 +41742,206 @@
       <c r="ABS19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABT19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABU19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABV19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABW19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ABX19" s="15" t="n">
-[...2 lines deleted...]
-      <c r="ABY19" s="15" t="n">
+      <c r="ABX19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABY19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABZ19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACA19" s="15" t="n">
+        <v>-2.3</v>
+      </c>
+      <c r="ACB19" s="15" t="n">
+        <v>-2.3</v>
+      </c>
+      <c r="ACC19" s="15" t="n">
         <v>-2.6</v>
       </c>
-      <c r="ABZ19" s="15" t="n">
+      <c r="ACD19" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="ACA19" s="15" t="n">
+      <c r="ACE19" s="15" t="n">
         <v>-1.7</v>
       </c>
-      <c r="ACB19" s="15" t="n">
+      <c r="ACF19" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="ACC19" s="15" t="n">
+      <c r="ACG19" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="ACD19" s="15" t="n">
+      <c r="ACH19" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="ACE19" s="15" t="n">
+      <c r="ACI19" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="ACF19" s="15" t="n">
+      <c r="ACJ19" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="ACG19" s="15" t="n">
+      <c r="ACK19" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="ACH19" s="15" t="n">
+      <c r="ACL19" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="ACI19" s="15" t="n">
+      <c r="ACM19" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="ACJ19" s="15" t="n">
+      <c r="ACN19" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="ACK19" s="15" t="n">
+      <c r="ACO19" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="ACL19" s="15" t="n">
+      <c r="ACP19" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="ACM19" s="15" t="n">
+      <c r="ACQ19" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="ACN19" s="15" t="n">
+      <c r="ACR19" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="ACO19" s="15" t="n">
+      <c r="ACS19" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="ACP19" s="15" t="n">
+      <c r="ACT19" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="ACQ19" s="15" t="n">
+      <c r="ACU19" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="ACR19" s="15" t="n">
+      <c r="ACV19" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="ACS19" s="15" t="n">
+      <c r="ACW19" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="ACT19" s="15" t="n">
+      <c r="ACX19" s="15" t="n">
         <v>-0.1</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.3</v>
       </c>
       <c r="ACY19" s="15" t="n">
         <v>0.3</v>
       </c>
       <c r="ACZ19" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="ADA19" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="ADB19" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="ADC19" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="ADD19" s="15" t="n">
         <v>0.7</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.9</v>
       </c>
       <c r="ADE19" s="15" t="n">
         <v>0.6</v>
       </c>
       <c r="ADF19" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="ADG19" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="ADH19" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="ADI19" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="ADJ19" s="15" t="n">
         <v>9.7</v>
       </c>
-      <c r="ADG19" s="15" t="n">
+      <c r="ADK19" s="15" t="n">
         <v>11.3</v>
       </c>
-      <c r="ADH19" s="15" t="n">
+      <c r="ADL19" s="15" t="n">
         <v>11.6</v>
       </c>
-      <c r="ADI19" s="15" t="n">
+      <c r="ADM19" s="15" t="n">
         <v>11.3</v>
       </c>
-      <c r="ADJ19" s="15" t="n">
+      <c r="ADN19" s="15" t="n">
         <v>11.1</v>
       </c>
-      <c r="ADK19" s="15" t="n">
+      <c r="ADO19" s="15" t="n">
         <v>12.2</v>
       </c>
-      <c r="ADL19" s="15" t="n">
+      <c r="ADP19" s="15" t="n">
         <v>12.4</v>
       </c>
-      <c r="ADM19" s="15" t="n">
+      <c r="ADQ19" s="15" t="n">
         <v>10.6</v>
       </c>
-      <c r="ADN19" s="15" t="n">
+      <c r="ADR19" s="15" t="n">
         <v>8.7</v>
       </c>
-      <c r="ADO19" s="15" t="n">
+      <c r="ADS19" s="15" t="n">
         <v>6.2</v>
       </c>
-      <c r="ADP19" s="15" t="n">
+      <c r="ADT19" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="ADQ19" s="15" t="n">
+      <c r="ADU19" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="ADR19" s="13" t="inlineStr">
-[...18 lines deleted...]
-      </c>
       <c r="ADV19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ADW19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ADX19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ADY19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ADZ19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -42778,204 +42894,222 @@
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ALI19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ALJ19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ALK19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ALL19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ALM19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ALN19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ALO19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ALP19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ALQ19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    D Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="B20" s="14" t="n">
+        <v>62.258</v>
+      </c>
+      <c r="C20" s="14" t="n">
         <v>65.251</v>
       </c>
-      <c r="C20" s="14" t="n">
+      <c r="D20" s="14" t="n">
         <v>61.408</v>
       </c>
-      <c r="D20" s="14" t="n">
+      <c r="E20" s="14" t="n">
         <v>65.45</v>
       </c>
-      <c r="E20" s="14" t="n">
+      <c r="F20" s="14" t="n">
         <v>68.009</v>
       </c>
-      <c r="F20" s="14" t="n">
+      <c r="G20" s="14" t="n">
         <v>60.793</v>
       </c>
-      <c r="G20" s="14" t="n">
+      <c r="H20" s="14" t="n">
         <v>40.682</v>
       </c>
-      <c r="H20" s="14" t="n">
+      <c r="I20" s="14" t="n">
         <v>45.384</v>
       </c>
-      <c r="I20" s="14" t="n">
+      <c r="J20" s="14" t="n">
         <v>86.175</v>
       </c>
-      <c r="J20" s="14" t="n">
+      <c r="K20" s="14" t="n">
         <v>78.01</v>
       </c>
-      <c r="K20" s="14" t="n">
+      <c r="L20" s="14" t="n">
         <v>77.232</v>
       </c>
-      <c r="L20" s="14" t="n">
+      <c r="M20" s="14" t="n">
         <v>70.902</v>
       </c>
-      <c r="M20" s="14" t="n">
+      <c r="N20" s="14" t="n">
         <v>67.611</v>
       </c>
-      <c r="N20" s="14" t="n">
+      <c r="O20" s="14" t="n">
         <v>65.811</v>
       </c>
-      <c r="O20" s="14" t="n">
+      <c r="P20" s="14" t="n">
         <v>68.208</v>
       </c>
-      <c r="P20" s="14" t="n">
+      <c r="Q20" s="14" t="n">
         <v>73.398</v>
       </c>
-      <c r="Q20" s="14" t="n">
+      <c r="R20" s="14" t="n">
         <v>71.951</v>
       </c>
-      <c r="R20" s="14" t="n">
+      <c r="S20" s="14" t="n">
         <v>56.19</v>
       </c>
-      <c r="S20" s="14" t="n">
+      <c r="T20" s="14" t="n">
         <v>44.67</v>
       </c>
-      <c r="T20" s="14" t="n">
+      <c r="U20" s="14" t="n">
         <v>36.197</v>
       </c>
-      <c r="U20" s="14" t="n">
+      <c r="V20" s="14" t="n">
         <v>58.27</v>
       </c>
-      <c r="V20" s="14" t="n">
+      <c r="W20" s="14" t="n">
         <v>70.324</v>
       </c>
-      <c r="W20" s="14" t="n">
+      <c r="X20" s="14" t="n">
         <v>76.084</v>
       </c>
-      <c r="X20" s="14" t="n">
+      <c r="Y20" s="14" t="n">
         <v>77.883</v>
       </c>
-      <c r="Y20" s="14" t="n">
+      <c r="Z20" s="14" t="n">
         <v>66.562</v>
       </c>
-      <c r="Z20" s="14" t="n">
+      <c r="AA20" s="14" t="n">
         <v>79.104</v>
       </c>
-      <c r="AA20" s="14" t="n">
+      <c r="AB20" s="14" t="n">
         <v>102.877</v>
       </c>
-      <c r="AB20" s="14" t="n">
+      <c r="AC20" s="14" t="n">
         <v>76.12</v>
       </c>
-      <c r="AC20" s="14" t="n">
+      <c r="AD20" s="14" t="n">
         <v>76.563</v>
       </c>
-      <c r="AD20" s="14" t="n">
+      <c r="AE20" s="14" t="n">
         <v>78.109</v>
       </c>
-      <c r="AE20" s="14" t="n">
+      <c r="AF20" s="14" t="n">
         <v>66.734</v>
       </c>
-      <c r="AF20" s="14" t="n">
+      <c r="AG20" s="14" t="n">
         <v>81.609</v>
       </c>
-      <c r="AG20" s="14" t="n">
+      <c r="AH20" s="14" t="n">
         <v>79.565</v>
       </c>
-      <c r="AH20" s="14" t="n">
+      <c r="AI20" s="14" t="n">
         <v>97.912</v>
       </c>
-      <c r="AI20" s="14" t="n">
+      <c r="AJ20" s="14" t="n">
         <v>74.348</v>
       </c>
-      <c r="AJ20" s="14" t="n">
+      <c r="AK20" s="14" t="n">
         <v>115.129</v>
       </c>
-      <c r="AK20" s="14" t="n">
+      <c r="AL20" s="14" t="n">
         <v>109.427</v>
       </c>
-      <c r="AL20" s="14" t="n">
+      <c r="AM20" s="14" t="n">
         <v>149.247</v>
       </c>
-      <c r="AM20" s="14" t="n">
+      <c r="AN20" s="14" t="n">
         <v>226.099</v>
       </c>
-      <c r="AN20" s="14" t="n">
+      <c r="AO20" s="14" t="n">
         <v>181.076</v>
       </c>
-      <c r="AO20" s="14" t="n">
+      <c r="AP20" s="14" t="n">
         <v>117.055</v>
       </c>
-      <c r="AP20" s="14" t="n">
+      <c r="AQ20" s="14" t="n">
         <v>126.55</v>
       </c>
-      <c r="AQ20" s="14" t="n">
+      <c r="AR20" s="14" t="n">
         <v>134.164</v>
       </c>
-      <c r="AR20" s="14" t="n">
+      <c r="AS20" s="14" t="n">
         <v>144.554</v>
       </c>
-      <c r="AS20" s="14" t="n">
+      <c r="AT20" s="14" t="n">
         <v>198.329</v>
       </c>
-      <c r="AT20" s="14" t="n">
+      <c r="AU20" s="14" t="n">
         <v>150.16</v>
       </c>
-      <c r="AU20" s="14" t="n">
+      <c r="AV20" s="14" t="n">
         <v>157.611</v>
       </c>
-      <c r="AV20" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="AW20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="AX20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="AY20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="AZ20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BA20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -43947,198 +44081,196 @@
       <c r="IM20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IN20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IO20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IP20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IQ20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="IR20" s="15" t="n">
+      <c r="IR20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IS20" s="15" t="n">
+        <v>-4.6</v>
+      </c>
+      <c r="IT20" s="15" t="n">
         <v>6.3</v>
       </c>
-      <c r="IS20" s="15" t="n">
+      <c r="IU20" s="15" t="n">
         <v>-6.2</v>
       </c>
-      <c r="IT20" s="15" t="n">
+      <c r="IV20" s="15" t="n">
         <v>-3.8</v>
       </c>
-      <c r="IU20" s="15" t="n">
+      <c r="IW20" s="15" t="n">
         <v>11.9</v>
       </c>
-      <c r="IV20" s="15" t="n">
+      <c r="IX20" s="15" t="n">
         <v>49.4</v>
       </c>
-      <c r="IW20" s="15" t="n">
+      <c r="IY20" s="15" t="n">
         <v>-10.4</v>
       </c>
-      <c r="IX20" s="15" t="n">
+      <c r="IZ20" s="15" t="n">
         <v>-47.3</v>
       </c>
-      <c r="IY20" s="15" t="n">
+      <c r="JA20" s="15" t="n">
         <v>10.5</v>
       </c>
-      <c r="IZ20" s="15" t="n">
+      <c r="JB20" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="JA20" s="15" t="n">
+      <c r="JC20" s="15" t="n">
         <v>8.9</v>
       </c>
-      <c r="JB20" s="15" t="n">
+      <c r="JD20" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="JC20" s="15" t="n">
+      <c r="JE20" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="JD20" s="15" t="n">
+      <c r="JF20" s="15" t="n">
         <v>-3.5</v>
       </c>
-      <c r="JE20" s="15" t="n">
+      <c r="JG20" s="15" t="n">
         <v>-7.1</v>
       </c>
-      <c r="JF20" s="15" t="n">
+      <c r="JH20" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="JG20" s="15" t="n">
+      <c r="JI20" s="15" t="n">
         <v>28.0</v>
       </c>
-      <c r="JH20" s="15" t="n">
+      <c r="JJ20" s="15" t="n">
         <v>25.8</v>
       </c>
-      <c r="JI20" s="15" t="n">
+      <c r="JK20" s="15" t="n">
         <v>23.4</v>
       </c>
-      <c r="JJ20" s="15" t="n">
+      <c r="JL20" s="15" t="n">
         <v>-37.9</v>
       </c>
-      <c r="JK20" s="15" t="n">
+      <c r="JM20" s="15" t="n">
         <v>-17.1</v>
       </c>
-      <c r="JL20" s="15" t="n">
+      <c r="JN20" s="15" t="n">
         <v>-7.6</v>
       </c>
-      <c r="JM20" s="15" t="n">
+      <c r="JO20" s="15" t="n">
         <v>-2.3</v>
       </c>
-      <c r="JN20" s="15" t="n">
+      <c r="JP20" s="15" t="n">
         <v>17.0</v>
       </c>
-      <c r="JO20" s="15" t="n">
+      <c r="JQ20" s="15" t="n">
         <v>-15.9</v>
       </c>
-      <c r="JP20" s="15" t="n">
+      <c r="JR20" s="15" t="n">
         <v>-23.1</v>
       </c>
-      <c r="JQ20" s="15" t="n">
+      <c r="JS20" s="15" t="n">
         <v>35.2</v>
       </c>
-      <c r="JR20" s="15" t="n">
+      <c r="JT20" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="JS20" s="15" t="n">
+      <c r="JU20" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="JT20" s="15" t="n">
+      <c r="JV20" s="15" t="n">
         <v>17.0</v>
       </c>
-      <c r="JU20" s="15" t="n">
+      <c r="JW20" s="15" t="n">
         <v>-18.2</v>
       </c>
-      <c r="JV20" s="15" t="n">
+      <c r="JX20" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="JW20" s="15" t="n">
+      <c r="JY20" s="15" t="n">
         <v>-18.7</v>
       </c>
-      <c r="JX20" s="15" t="n">
+      <c r="JZ20" s="15" t="n">
         <v>31.7</v>
       </c>
-      <c r="JY20" s="15" t="n">
+      <c r="KA20" s="15" t="n">
         <v>-35.4</v>
       </c>
-      <c r="JZ20" s="15" t="n">
+      <c r="KB20" s="15" t="n">
         <v>5.2</v>
       </c>
-      <c r="KA20" s="15" t="n">
+      <c r="KC20" s="15" t="n">
         <v>-26.7</v>
       </c>
-      <c r="KB20" s="15" t="n">
+      <c r="KD20" s="15" t="n">
         <v>-34.0</v>
       </c>
-      <c r="KC20" s="15" t="n">
+      <c r="KE20" s="15" t="n">
         <v>24.9</v>
       </c>
-      <c r="KD20" s="15" t="n">
+      <c r="KF20" s="15" t="n">
         <v>54.7</v>
       </c>
-      <c r="KE20" s="15" t="n">
+      <c r="KG20" s="15" t="n">
         <v>-7.5</v>
       </c>
-      <c r="KF20" s="15" t="n">
+      <c r="KH20" s="15" t="n">
         <v>-5.7</v>
       </c>
-      <c r="KG20" s="15" t="n">
+      <c r="KI20" s="15" t="n">
         <v>-7.2</v>
       </c>
-      <c r="KH20" s="15" t="n">
+      <c r="KJ20" s="15" t="n">
         <v>-27.1</v>
       </c>
-      <c r="KI20" s="15" t="n">
+      <c r="KK20" s="15" t="n">
         <v>32.1</v>
       </c>
-      <c r="KJ20" s="15" t="n">
+      <c r="KL20" s="15" t="n">
         <v>-4.7</v>
       </c>
-      <c r="KK20" s="15" t="n">
+      <c r="KM20" s="15" t="n">
         <v>-5.2</v>
       </c>
-      <c r="KL20" s="13" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="KN20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="KO20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="KP20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="KQ20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="KR20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -45105,203 +45237,201 @@
       <c r="SC20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="SD20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="SE20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="SF20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="SG20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="SH20" s="15" t="n">
+      <c r="SH20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SI20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SJ20" s="15" t="n">
+        <v>-7.9</v>
+      </c>
+      <c r="SK20" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="SI20" s="15" t="n">
+      <c r="SL20" s="15" t="n">
         <v>-10.0</v>
       </c>
-      <c r="SJ20" s="15" t="n">
+      <c r="SM20" s="15" t="n">
         <v>-10.8</v>
       </c>
-      <c r="SK20" s="15" t="n">
+      <c r="SN20" s="15" t="n">
         <v>-5.5</v>
       </c>
-      <c r="SL20" s="15" t="n">
+      <c r="SO20" s="15" t="n">
         <v>8.2</v>
       </c>
-      <c r="SM20" s="15" t="n">
+      <c r="SP20" s="15" t="n">
         <v>-8.9</v>
       </c>
-      <c r="SN20" s="15" t="n">
+      <c r="SQ20" s="15" t="n">
         <v>25.4</v>
       </c>
-      <c r="SO20" s="15" t="n">
+      <c r="SR20" s="15" t="n">
         <v>47.9</v>
       </c>
-      <c r="SP20" s="15" t="n">
+      <c r="SS20" s="15" t="n">
         <v>10.9</v>
       </c>
-      <c r="SQ20" s="15" t="n">
+      <c r="ST20" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="SR20" s="15" t="n">
+      <c r="SU20" s="15" t="n">
         <v>-9.0</v>
       </c>
-      <c r="SS20" s="15" t="n">
+      <c r="SV20" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="ST20" s="15" t="n">
+      <c r="SW20" s="15" t="n">
         <v>-16.8</v>
       </c>
-      <c r="SU20" s="15" t="n">
+      <c r="SX20" s="15" t="n">
         <v>-33.7</v>
       </c>
-      <c r="SV20" s="15" t="n">
+      <c r="SY20" s="15" t="n">
         <v>-3.6</v>
       </c>
-      <c r="SW20" s="15" t="n">
+      <c r="SZ20" s="15" t="n">
         <v>-6.0</v>
       </c>
-      <c r="SX20" s="15" t="n">
+      <c r="TA20" s="15" t="n">
         <v>-28.1</v>
       </c>
-      <c r="SY20" s="15" t="n">
+      <c r="TB20" s="15" t="n">
         <v>-33.1</v>
       </c>
-      <c r="SZ20" s="15" t="n">
+      <c r="TC20" s="15" t="n">
         <v>-55.6</v>
       </c>
-      <c r="TA20" s="15" t="n">
+      <c r="TD20" s="15" t="n">
         <v>-26.8</v>
       </c>
-      <c r="TB20" s="15" t="n">
+      <c r="TE20" s="15" t="n">
         <v>-28.2</v>
       </c>
-      <c r="TC20" s="15" t="n">
+      <c r="TF20" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="TD20" s="15" t="n">
+      <c r="TG20" s="15" t="n">
         <v>-32.4</v>
       </c>
-      <c r="TE20" s="15" t="n">
+      <c r="TH20" s="15" t="n">
         <v>-39.2</v>
       </c>
-      <c r="TF20" s="15" t="n">
+      <c r="TI20" s="15" t="n">
         <v>-47.0</v>
       </c>
-      <c r="TG20" s="15" t="n">
+      <c r="TJ20" s="15" t="n">
         <v>-54.5</v>
       </c>
-      <c r="TH20" s="15" t="n">
+      <c r="TK20" s="15" t="n">
         <v>-58.0</v>
       </c>
-      <c r="TI20" s="15" t="n">
+      <c r="TL20" s="15" t="n">
         <v>-34.6</v>
       </c>
-      <c r="TJ20" s="15" t="n">
+      <c r="TM20" s="15" t="n">
         <v>-38.3</v>
       </c>
-      <c r="TK20" s="15" t="n">
+      <c r="TN20" s="15" t="n">
         <v>-50.3</v>
       </c>
-      <c r="TL20" s="15" t="n">
+      <c r="TO20" s="15" t="n">
         <v>-43.5</v>
       </c>
-      <c r="TM20" s="15" t="n">
+      <c r="TP20" s="15" t="n">
         <v>-59.9</v>
       </c>
-      <c r="TN20" s="15" t="n">
+      <c r="TQ20" s="15" t="n">
         <v>-34.8</v>
       </c>
-      <c r="TO20" s="15" t="n">
+      <c r="TR20" s="15" t="n">
         <v>-52.8</v>
       </c>
-      <c r="TP20" s="15" t="n">
+      <c r="TS20" s="15" t="n">
         <v>-30.7</v>
       </c>
-      <c r="TQ20" s="15" t="n">
+      <c r="TT20" s="15" t="n">
         <v>-10.3</v>
       </c>
-      <c r="TR20" s="15" t="n">
+      <c r="TU20" s="15" t="n">
         <v>7.2</v>
       </c>
-      <c r="TS20" s="15" t="n">
+      <c r="TV20" s="15" t="n">
         <v>106.0</v>
       </c>
-      <c r="TT20" s="15" t="n">
+      <c r="TW20" s="15" t="n">
         <v>111.3</v>
       </c>
-      <c r="TU20" s="15" t="n">
+      <c r="TX20" s="15" t="n">
         <v>39.0</v>
       </c>
-      <c r="TV20" s="15" t="n">
+      <c r="TY20" s="15" t="n">
         <v>50.9</v>
       </c>
-      <c r="TW20" s="15" t="n">
+      <c r="TZ20" s="15" t="n">
         <v>61.0</v>
       </c>
-      <c r="TX20" s="15" t="n">
+      <c r="UA20" s="15" t="n">
         <v>75.1</v>
       </c>
-      <c r="TY20" s="15" t="n">
+      <c r="UB20" s="15" t="n">
         <v>143.1</v>
       </c>
-      <c r="TZ20" s="15" t="n">
+      <c r="UC20" s="15" t="n">
         <v>84.6</v>
       </c>
-      <c r="UA20" s="15" t="n">
+      <c r="UD20" s="15" t="n">
         <v>96.6</v>
       </c>
-      <c r="UB20" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="UE20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="UF20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="UG20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="UH20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="UI20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -46263,208 +46393,206 @@
       <c r="ABS20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABT20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABU20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABV20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABW20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ABX20" s="15" t="n">
+      <c r="ABX20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABY20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABZ20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACA20" s="15" t="n">
+        <v>-12.2</v>
+      </c>
+      <c r="ACB20" s="15" t="n">
         <v>-8.0</v>
       </c>
-      <c r="ABY20" s="15" t="n">
+      <c r="ACC20" s="15" t="n">
         <v>-13.4</v>
       </c>
-      <c r="ABZ20" s="15" t="n">
+      <c r="ACD20" s="15" t="n">
         <v>-7.7</v>
       </c>
-      <c r="ACA20" s="15" t="n">
+      <c r="ACE20" s="15" t="n">
         <v>-4.1</v>
       </c>
-      <c r="ACB20" s="15" t="n">
+      <c r="ACF20" s="15" t="n">
         <v>-14.3</v>
       </c>
-      <c r="ACC20" s="15" t="n">
+      <c r="ACG20" s="15" t="n">
         <v>-42.6</v>
       </c>
-      <c r="ACD20" s="15" t="n">
+      <c r="ACH20" s="15" t="n">
         <v>-36.0</v>
       </c>
-      <c r="ACE20" s="15" t="n">
+      <c r="ACI20" s="15" t="n">
         <v>21.5</v>
       </c>
-      <c r="ACF20" s="15" t="n">
+      <c r="ACJ20" s="15" t="n">
         <v>10.0</v>
       </c>
-      <c r="ACG20" s="15" t="n">
+      <c r="ACK20" s="15" t="n">
         <v>8.9</v>
       </c>
-      <c r="ACH20" s="15" t="n">
+      <c r="ACL20" s="15" t="n">
         <v>-9.0</v>
       </c>
-      <c r="ACI20" s="15" t="n">
+      <c r="ACM20" s="15" t="n">
         <v>-13.2</v>
       </c>
-      <c r="ACJ20" s="15" t="n">
+      <c r="ACN20" s="15" t="n">
         <v>-15.5</v>
       </c>
-      <c r="ACK20" s="15" t="n">
+      <c r="ACO20" s="15" t="n">
         <v>-12.4</v>
       </c>
-      <c r="ACL20" s="15" t="n">
+      <c r="ACP20" s="15" t="n">
         <v>-5.8</v>
       </c>
-      <c r="ACM20" s="15" t="n">
+      <c r="ACQ20" s="15" t="n">
         <v>-7.6</v>
       </c>
-      <c r="ACN20" s="15" t="n">
+      <c r="ACR20" s="15" t="n">
         <v>-27.9</v>
       </c>
-      <c r="ACO20" s="15" t="n">
+      <c r="ACS20" s="15" t="n">
         <v>-42.6</v>
       </c>
-      <c r="ACP20" s="15" t="n">
+      <c r="ACT20" s="15" t="n">
         <v>-53.5</v>
       </c>
-      <c r="ACQ20" s="15" t="n">
+      <c r="ACU20" s="15" t="n">
         <v>-25.2</v>
       </c>
-      <c r="ACR20" s="15" t="n">
+      <c r="ACV20" s="15" t="n">
         <v>-9.7</v>
       </c>
-      <c r="ACS20" s="15" t="n">
+      <c r="ACW20" s="15" t="n">
         <v>-2.3</v>
       </c>
-      <c r="ACT20" s="15" t="n">
+      <c r="ACX20" s="15" t="n">
         <v>-32.4</v>
       </c>
-      <c r="ACU20" s="15" t="n">
+      <c r="ACY20" s="15" t="n">
         <v>-42.2</v>
       </c>
-      <c r="ACV20" s="15" t="n">
+      <c r="ACZ20" s="15" t="n">
         <v>-31.3</v>
       </c>
-      <c r="ACW20" s="15" t="n">
+      <c r="ADA20" s="15" t="n">
         <v>-10.6</v>
       </c>
-      <c r="ACX20" s="15" t="n">
+      <c r="ADB20" s="15" t="n">
         <v>-33.9</v>
       </c>
-      <c r="ACY20" s="15" t="n">
+      <c r="ADC20" s="15" t="n">
         <v>-33.5</v>
       </c>
-      <c r="ACZ20" s="15" t="n">
+      <c r="ADD20" s="15" t="n">
         <v>-32.2</v>
       </c>
-      <c r="ADA20" s="15" t="n">
+      <c r="ADE20" s="15" t="n">
         <v>-42.0</v>
       </c>
-      <c r="ADB20" s="15" t="n">
+      <c r="ADF20" s="15" t="n">
         <v>-29.1</v>
       </c>
-      <c r="ADC20" s="15" t="n">
+      <c r="ADG20" s="15" t="n">
         <v>-30.9</v>
       </c>
-      <c r="ADD20" s="15" t="n">
+      <c r="ADH20" s="15" t="n">
         <v>-15.0</v>
       </c>
-      <c r="ADE20" s="15" t="n">
+      <c r="ADI20" s="15" t="n">
         <v>-35.4</v>
       </c>
-      <c r="ADF20" s="15" t="n">
+      <c r="ADJ20" s="15" t="n">
         <v>-30.7</v>
       </c>
-      <c r="ADG20" s="15" t="n">
+      <c r="ADK20" s="15" t="n">
         <v>-34.2</v>
       </c>
-      <c r="ADH20" s="15" t="n">
+      <c r="ADL20" s="15" t="n">
         <v>-10.2</v>
       </c>
-      <c r="ADI20" s="15" t="n">
+      <c r="ADM20" s="15" t="n">
         <v>36.0</v>
       </c>
-      <c r="ADJ20" s="15" t="n">
+      <c r="ADN20" s="15" t="n">
         <v>8.9</v>
       </c>
-      <c r="ADK20" s="15" t="n">
+      <c r="ADO20" s="15" t="n">
         <v>-29.6</v>
       </c>
-      <c r="ADL20" s="15" t="n">
+      <c r="ADP20" s="15" t="n">
         <v>-23.9</v>
       </c>
-      <c r="ADM20" s="15" t="n">
+      <c r="ADQ20" s="15" t="n">
         <v>-19.3</v>
       </c>
-      <c r="ADN20" s="15" t="n">
+      <c r="ADR20" s="15" t="n">
         <v>-13.0</v>
       </c>
-      <c r="ADO20" s="15" t="n">
+      <c r="ADS20" s="15" t="n">
         <v>19.3</v>
       </c>
-      <c r="ADP20" s="15" t="n">
+      <c r="ADT20" s="15" t="n">
         <v>-9.7</v>
       </c>
-      <c r="ADQ20" s="15" t="n">
+      <c r="ADU20" s="15" t="n">
         <v>-5.2</v>
       </c>
-      <c r="ADR20" s="13" t="inlineStr">
-[...18 lines deleted...]
-      </c>
       <c r="ADV20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ADW20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ADX20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ADY20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ADZ20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -47417,90 +47545,110 @@
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ALI20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ALJ20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ALK20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ALL20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ALM20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ALN20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ALO20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ALP20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ALQ20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="5" t="inlineStr">
         <is>
           <t>Notas:</t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
           <t>For all activity branches, data are final three months after their release</t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="inlineStr">
         <is>
           <t xml:space="preserve">Fuente: </t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="13">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A5:K5"/>
     <mergeCell ref="A6:K6"/>
-    <mergeCell ref="B7:IQ7"/>
-[...5 lines deleted...]
-    <mergeCell ref="A17:ALM17"/>
+    <mergeCell ref="B7:IR7"/>
+    <mergeCell ref="IS7:SI7"/>
+    <mergeCell ref="SJ7:ABZ7"/>
+    <mergeCell ref="ACA7:ALQ7"/>
+    <mergeCell ref="A9:ALQ9"/>
+    <mergeCell ref="A13:ALQ13"/>
+    <mergeCell ref="A17:ALQ17"/>
   </mergeCells>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>