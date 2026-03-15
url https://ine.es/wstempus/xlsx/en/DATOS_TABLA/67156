--- v1 (2026-01-29)
+++ v2 (2026-03-15)
@@ -255,51 +255,51 @@
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="8" xfId="0" applyFill="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="6" fillId="5" borderId="8" xfId="0" applyFill="true" applyBorder="true" applyFont="true"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="8" xfId="0" applyFill="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="5" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true" applyNumberFormat="true">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="165" fontId="8" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true" applyNumberFormat="true">
       <alignment horizontal="right"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:ALQ27"/>
+  <dimension ref="A1:ALY27"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="39.0625" customWidth="true"/>
     <col min="2" max="2" width="19.53125" customWidth="true"/>
     <col min="3" max="3" width="19.53125" customWidth="true"/>
     <col min="4" max="4" width="19.53125" customWidth="true"/>
     <col min="5" max="5" width="19.53125" customWidth="true"/>
     <col min="6" max="6" width="19.53125" customWidth="true"/>
     <col min="7" max="7" width="19.53125" customWidth="true"/>
     <col min="8" max="8" width="19.53125" customWidth="true"/>
     <col min="9" max="9" width="19.53125" customWidth="true"/>
     <col min="10" max="10" width="19.53125" customWidth="true"/>
     <col min="11" max="11" width="19.53125" customWidth="true"/>
     <col min="12" max="12" width="19.53125" customWidth="true"/>
     <col min="13" max="13" width="19.53125" customWidth="true"/>
     <col min="14" max="14" width="19.53125" customWidth="true"/>
     <col min="15" max="15" width="19.53125" customWidth="true"/>
     <col min="16" max="16" width="19.53125" customWidth="true"/>
     <col min="17" max="17" width="19.53125" customWidth="true"/>
     <col min="18" max="18" width="19.53125" customWidth="true"/>
     <col min="19" max="19" width="19.53125" customWidth="true"/>
     <col min="20" max="20" width="19.53125" customWidth="true"/>
@@ -1266,50 +1266,58 @@
     <col min="981" max="981" width="19.53125" customWidth="true"/>
     <col min="982" max="982" width="19.53125" customWidth="true"/>
     <col min="983" max="983" width="19.53125" customWidth="true"/>
     <col min="984" max="984" width="19.53125" customWidth="true"/>
     <col min="985" max="985" width="19.53125" customWidth="true"/>
     <col min="986" max="986" width="19.53125" customWidth="true"/>
     <col min="987" max="987" width="19.53125" customWidth="true"/>
     <col min="988" max="988" width="19.53125" customWidth="true"/>
     <col min="989" max="989" width="19.53125" customWidth="true"/>
     <col min="990" max="990" width="19.53125" customWidth="true"/>
     <col min="991" max="991" width="19.53125" customWidth="true"/>
     <col min="992" max="992" width="19.53125" customWidth="true"/>
     <col min="993" max="993" width="19.53125" customWidth="true"/>
     <col min="994" max="994" width="19.53125" customWidth="true"/>
     <col min="995" max="995" width="19.53125" customWidth="true"/>
     <col min="996" max="996" width="19.53125" customWidth="true"/>
     <col min="997" max="997" width="19.53125" customWidth="true"/>
     <col min="998" max="998" width="19.53125" customWidth="true"/>
     <col min="999" max="999" width="19.53125" customWidth="true"/>
     <col min="1000" max="1000" width="19.53125" customWidth="true"/>
     <col min="1001" max="1001" width="19.53125" customWidth="true"/>
     <col min="1002" max="1002" width="19.53125" customWidth="true"/>
     <col min="1003" max="1003" width="19.53125" customWidth="true"/>
     <col min="1004" max="1004" width="19.53125" customWidth="true"/>
     <col min="1005" max="1005" width="19.53125" customWidth="true"/>
+    <col min="1006" max="1006" width="19.53125" customWidth="true"/>
+    <col min="1007" max="1007" width="19.53125" customWidth="true"/>
+    <col min="1008" max="1008" width="19.53125" customWidth="true"/>
+    <col min="1009" max="1009" width="19.53125" customWidth="true"/>
+    <col min="1010" max="1010" width="19.53125" customWidth="true"/>
+    <col min="1011" max="1011" width="19.53125" customWidth="true"/>
+    <col min="1012" max="1012" width="19.53125" customWidth="true"/>
+    <col min="1013" max="1013" width="19.53125" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Industrial producer price index breakdowns by activity</t>
         </is>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
     </row>
     <row r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
           <t>Industrial Goods Export Price Indices</t>
         </is>
       </c>
@@ -1631,57 +1639,57 @@
       <c r="HT7" s="6"/>
       <c r="HU7" s="6"/>
       <c r="HV7" s="6"/>
       <c r="HW7" s="6"/>
       <c r="HX7" s="6"/>
       <c r="HY7" s="6"/>
       <c r="HZ7" s="6"/>
       <c r="IA7" s="6"/>
       <c r="IB7" s="6"/>
       <c r="IC7" s="6"/>
       <c r="ID7" s="6"/>
       <c r="IE7" s="6"/>
       <c r="IF7" s="6"/>
       <c r="IG7" s="6"/>
       <c r="IH7" s="6"/>
       <c r="II7" s="6"/>
       <c r="IJ7" s="6"/>
       <c r="IK7" s="6"/>
       <c r="IL7" s="6"/>
       <c r="IM7" s="6"/>
       <c r="IN7" s="6"/>
       <c r="IO7" s="6"/>
       <c r="IP7" s="6"/>
       <c r="IQ7" s="6"/>
       <c r="IR7" s="6"/>
-      <c r="IS7" s="6" t="inlineStr">
+      <c r="IS7" s="6"/>
+      <c r="IT7" s="6"/>
+      <c r="IU7" s="6" t="inlineStr">
         <is>
           <t>Monthly variation rate</t>
         </is>
       </c>
-      <c r="IT7" s="6"/>
-      <c r="IU7" s="6"/>
       <c r="IV7" s="6"/>
       <c r="IW7" s="6"/>
       <c r="IX7" s="6"/>
       <c r="IY7" s="6"/>
       <c r="IZ7" s="6"/>
       <c r="JA7" s="6"/>
       <c r="JB7" s="6"/>
       <c r="JC7" s="6"/>
       <c r="JD7" s="6"/>
       <c r="JE7" s="6"/>
       <c r="JF7" s="6"/>
       <c r="JG7" s="6"/>
       <c r="JH7" s="6"/>
       <c r="JI7" s="6"/>
       <c r="JJ7" s="6"/>
       <c r="JK7" s="6"/>
       <c r="JL7" s="6"/>
       <c r="JM7" s="6"/>
       <c r="JN7" s="6"/>
       <c r="JO7" s="6"/>
       <c r="JP7" s="6"/>
       <c r="JQ7" s="6"/>
       <c r="JR7" s="6"/>
       <c r="JS7" s="6"/>
       <c r="JT7" s="6"/>
@@ -1886,59 +1894,59 @@
       <c r="RK7" s="6"/>
       <c r="RL7" s="6"/>
       <c r="RM7" s="6"/>
       <c r="RN7" s="6"/>
       <c r="RO7" s="6"/>
       <c r="RP7" s="6"/>
       <c r="RQ7" s="6"/>
       <c r="RR7" s="6"/>
       <c r="RS7" s="6"/>
       <c r="RT7" s="6"/>
       <c r="RU7" s="6"/>
       <c r="RV7" s="6"/>
       <c r="RW7" s="6"/>
       <c r="RX7" s="6"/>
       <c r="RY7" s="6"/>
       <c r="RZ7" s="6"/>
       <c r="SA7" s="6"/>
       <c r="SB7" s="6"/>
       <c r="SC7" s="6"/>
       <c r="SD7" s="6"/>
       <c r="SE7" s="6"/>
       <c r="SF7" s="6"/>
       <c r="SG7" s="6"/>
       <c r="SH7" s="6"/>
       <c r="SI7" s="6"/>
-      <c r="SJ7" s="6" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="SJ7" s="6"/>
       <c r="SK7" s="6"/>
       <c r="SL7" s="6"/>
       <c r="SM7" s="6"/>
-      <c r="SN7" s="6"/>
+      <c r="SN7" s="6" t="inlineStr">
+        <is>
+          <t>Annual variation rate</t>
+        </is>
+      </c>
       <c r="SO7" s="6"/>
       <c r="SP7" s="6"/>
       <c r="SQ7" s="6"/>
       <c r="SR7" s="6"/>
       <c r="SS7" s="6"/>
       <c r="ST7" s="6"/>
       <c r="SU7" s="6"/>
       <c r="SV7" s="6"/>
       <c r="SW7" s="6"/>
       <c r="SX7" s="6"/>
       <c r="SY7" s="6"/>
       <c r="SZ7" s="6"/>
       <c r="TA7" s="6"/>
       <c r="TB7" s="6"/>
       <c r="TC7" s="6"/>
       <c r="TD7" s="6"/>
       <c r="TE7" s="6"/>
       <c r="TF7" s="6"/>
       <c r="TG7" s="6"/>
       <c r="TH7" s="6"/>
       <c r="TI7" s="6"/>
       <c r="TJ7" s="6"/>
       <c r="TK7" s="6"/>
       <c r="TL7" s="6"/>
       <c r="TM7" s="6"/>
@@ -2141,61 +2149,61 @@
       <c r="ABB7" s="6"/>
       <c r="ABC7" s="6"/>
       <c r="ABD7" s="6"/>
       <c r="ABE7" s="6"/>
       <c r="ABF7" s="6"/>
       <c r="ABG7" s="6"/>
       <c r="ABH7" s="6"/>
       <c r="ABI7" s="6"/>
       <c r="ABJ7" s="6"/>
       <c r="ABK7" s="6"/>
       <c r="ABL7" s="6"/>
       <c r="ABM7" s="6"/>
       <c r="ABN7" s="6"/>
       <c r="ABO7" s="6"/>
       <c r="ABP7" s="6"/>
       <c r="ABQ7" s="6"/>
       <c r="ABR7" s="6"/>
       <c r="ABS7" s="6"/>
       <c r="ABT7" s="6"/>
       <c r="ABU7" s="6"/>
       <c r="ABV7" s="6"/>
       <c r="ABW7" s="6"/>
       <c r="ABX7" s="6"/>
       <c r="ABY7" s="6"/>
       <c r="ABZ7" s="6"/>
-      <c r="ACA7" s="6" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="ACA7" s="6"/>
       <c r="ACB7" s="6"/>
       <c r="ACC7" s="6"/>
       <c r="ACD7" s="6"/>
       <c r="ACE7" s="6"/>
       <c r="ACF7" s="6"/>
-      <c r="ACG7" s="6"/>
+      <c r="ACG7" s="6" t="inlineStr">
+        <is>
+          <t>Year-to-date variation rate</t>
+        </is>
+      </c>
       <c r="ACH7" s="6"/>
       <c r="ACI7" s="6"/>
       <c r="ACJ7" s="6"/>
       <c r="ACK7" s="6"/>
       <c r="ACL7" s="6"/>
       <c r="ACM7" s="6"/>
       <c r="ACN7" s="6"/>
       <c r="ACO7" s="6"/>
       <c r="ACP7" s="6"/>
       <c r="ACQ7" s="6"/>
       <c r="ACR7" s="6"/>
       <c r="ACS7" s="6"/>
       <c r="ACT7" s="6"/>
       <c r="ACU7" s="6"/>
       <c r="ACV7" s="6"/>
       <c r="ACW7" s="6"/>
       <c r="ACX7" s="6"/>
       <c r="ACY7" s="6"/>
       <c r="ACZ7" s="6"/>
       <c r="ADA7" s="6"/>
       <c r="ADB7" s="6"/>
       <c r="ADC7" s="6"/>
       <c r="ADD7" s="6"/>
       <c r="ADE7" s="6"/>
       <c r="ADF7" s="6"/>
@@ -2396,5073 +2404,5121 @@
       <c r="AKS7" s="6"/>
       <c r="AKT7" s="6"/>
       <c r="AKU7" s="6"/>
       <c r="AKV7" s="6"/>
       <c r="AKW7" s="6"/>
       <c r="AKX7" s="6"/>
       <c r="AKY7" s="6"/>
       <c r="AKZ7" s="6"/>
       <c r="ALA7" s="6"/>
       <c r="ALB7" s="6"/>
       <c r="ALC7" s="6"/>
       <c r="ALD7" s="6"/>
       <c r="ALE7" s="6"/>
       <c r="ALF7" s="6"/>
       <c r="ALG7" s="6"/>
       <c r="ALH7" s="6"/>
       <c r="ALI7" s="6"/>
       <c r="ALJ7" s="6"/>
       <c r="ALK7" s="6"/>
       <c r="ALL7" s="6"/>
       <c r="ALM7" s="6"/>
       <c r="ALN7" s="6"/>
       <c r="ALO7" s="6"/>
       <c r="ALP7" s="6"/>
       <c r="ALQ7" s="6"/>
+      <c r="ALR7" s="6"/>
+      <c r="ALS7" s="6"/>
+      <c r="ALT7" s="6"/>
+      <c r="ALU7" s="6"/>
+      <c r="ALV7" s="6"/>
+      <c r="ALW7" s="6"/>
+      <c r="ALX7" s="6"/>
+      <c r="ALY7" s="6"/>
     </row>
     <row r="8">
       <c r="A8" s="12" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
+          <t>2026M01</t>
+        </is>
+      </c>
+      <c r="C8" s="7" t="inlineStr">
+        <is>
+          <t>2025M12</t>
+        </is>
+      </c>
+      <c r="D8" s="7" t="inlineStr">
+        <is>
           <t>2025M11</t>
         </is>
       </c>
-      <c r="C8" s="7" t="inlineStr">
+      <c r="E8" s="7" t="inlineStr">
         <is>
           <t>2025M10</t>
         </is>
       </c>
-      <c r="D8" s="7" t="inlineStr">
+      <c r="F8" s="7" t="inlineStr">
         <is>
           <t>2025M09</t>
         </is>
       </c>
-      <c r="E8" s="7" t="inlineStr">
+      <c r="G8" s="7" t="inlineStr">
         <is>
           <t>2025M08</t>
         </is>
       </c>
-      <c r="F8" s="7" t="inlineStr">
+      <c r="H8" s="7" t="inlineStr">
         <is>
           <t>2025M07</t>
         </is>
       </c>
-      <c r="G8" s="7" t="inlineStr">
+      <c r="I8" s="7" t="inlineStr">
         <is>
           <t>2025M06</t>
         </is>
       </c>
-      <c r="H8" s="7" t="inlineStr">
+      <c r="J8" s="7" t="inlineStr">
         <is>
           <t>2025M05</t>
         </is>
       </c>
-      <c r="I8" s="7" t="inlineStr">
+      <c r="K8" s="7" t="inlineStr">
         <is>
           <t>2025M04</t>
         </is>
       </c>
-      <c r="J8" s="7" t="inlineStr">
+      <c r="L8" s="7" t="inlineStr">
         <is>
           <t>2025M03</t>
         </is>
       </c>
-      <c r="K8" s="7" t="inlineStr">
+      <c r="M8" s="7" t="inlineStr">
         <is>
           <t>2025M02</t>
         </is>
       </c>
-      <c r="L8" s="7" t="inlineStr">
+      <c r="N8" s="7" t="inlineStr">
         <is>
           <t>2025M01</t>
         </is>
       </c>
-      <c r="M8" s="7" t="inlineStr">
+      <c r="O8" s="7" t="inlineStr">
         <is>
           <t>2024M12</t>
         </is>
       </c>
-      <c r="N8" s="7" t="inlineStr">
+      <c r="P8" s="7" t="inlineStr">
         <is>
           <t>2024M11</t>
         </is>
       </c>
-      <c r="O8" s="7" t="inlineStr">
+      <c r="Q8" s="7" t="inlineStr">
         <is>
           <t>2024M10</t>
         </is>
       </c>
-      <c r="P8" s="7" t="inlineStr">
+      <c r="R8" s="7" t="inlineStr">
         <is>
           <t>2024M09</t>
         </is>
       </c>
-      <c r="Q8" s="7" t="inlineStr">
+      <c r="S8" s="7" t="inlineStr">
         <is>
           <t>2024M08</t>
         </is>
       </c>
-      <c r="R8" s="7" t="inlineStr">
+      <c r="T8" s="7" t="inlineStr">
         <is>
           <t>2024M07</t>
         </is>
       </c>
-      <c r="S8" s="7" t="inlineStr">
+      <c r="U8" s="7" t="inlineStr">
         <is>
           <t>2024M06</t>
         </is>
       </c>
-      <c r="T8" s="7" t="inlineStr">
+      <c r="V8" s="7" t="inlineStr">
         <is>
           <t>2024M05</t>
         </is>
       </c>
-      <c r="U8" s="7" t="inlineStr">
+      <c r="W8" s="7" t="inlineStr">
         <is>
           <t>2024M04</t>
         </is>
       </c>
-      <c r="V8" s="7" t="inlineStr">
+      <c r="X8" s="7" t="inlineStr">
         <is>
           <t>2024M03</t>
         </is>
       </c>
-      <c r="W8" s="7" t="inlineStr">
+      <c r="Y8" s="7" t="inlineStr">
         <is>
           <t>2024M02</t>
         </is>
       </c>
-      <c r="X8" s="7" t="inlineStr">
+      <c r="Z8" s="7" t="inlineStr">
         <is>
           <t>2024M01</t>
         </is>
       </c>
-      <c r="Y8" s="7" t="inlineStr">
+      <c r="AA8" s="7" t="inlineStr">
         <is>
           <t>2023M12</t>
         </is>
       </c>
-      <c r="Z8" s="7" t="inlineStr">
+      <c r="AB8" s="7" t="inlineStr">
         <is>
           <t>2023M11</t>
         </is>
       </c>
-      <c r="AA8" s="7" t="inlineStr">
+      <c r="AC8" s="7" t="inlineStr">
         <is>
           <t>2023M10</t>
         </is>
       </c>
-      <c r="AB8" s="7" t="inlineStr">
+      <c r="AD8" s="7" t="inlineStr">
         <is>
           <t>2023M09</t>
         </is>
       </c>
-      <c r="AC8" s="7" t="inlineStr">
+      <c r="AE8" s="7" t="inlineStr">
         <is>
           <t>2023M08</t>
         </is>
       </c>
-      <c r="AD8" s="7" t="inlineStr">
+      <c r="AF8" s="7" t="inlineStr">
         <is>
           <t>2023M07</t>
         </is>
       </c>
-      <c r="AE8" s="7" t="inlineStr">
+      <c r="AG8" s="7" t="inlineStr">
         <is>
           <t>2023M06</t>
         </is>
       </c>
-      <c r="AF8" s="7" t="inlineStr">
+      <c r="AH8" s="7" t="inlineStr">
         <is>
           <t>2023M05</t>
         </is>
       </c>
-      <c r="AG8" s="7" t="inlineStr">
+      <c r="AI8" s="7" t="inlineStr">
         <is>
           <t>2023M04</t>
         </is>
       </c>
-      <c r="AH8" s="7" t="inlineStr">
+      <c r="AJ8" s="7" t="inlineStr">
         <is>
           <t>2023M03</t>
         </is>
       </c>
-      <c r="AI8" s="7" t="inlineStr">
+      <c r="AK8" s="7" t="inlineStr">
         <is>
           <t>2023M02</t>
         </is>
       </c>
-      <c r="AJ8" s="7" t="inlineStr">
+      <c r="AL8" s="7" t="inlineStr">
         <is>
           <t>2023M01</t>
         </is>
       </c>
-      <c r="AK8" s="7" t="inlineStr">
+      <c r="AM8" s="7" t="inlineStr">
         <is>
           <t>2022M12</t>
         </is>
       </c>
-      <c r="AL8" s="7" t="inlineStr">
+      <c r="AN8" s="7" t="inlineStr">
         <is>
           <t>2022M11</t>
         </is>
       </c>
-      <c r="AM8" s="7" t="inlineStr">
+      <c r="AO8" s="7" t="inlineStr">
         <is>
           <t>2022M10</t>
         </is>
       </c>
-      <c r="AN8" s="7" t="inlineStr">
+      <c r="AP8" s="7" t="inlineStr">
         <is>
           <t>2022M09</t>
         </is>
       </c>
-      <c r="AO8" s="7" t="inlineStr">
+      <c r="AQ8" s="7" t="inlineStr">
         <is>
           <t>2022M08</t>
         </is>
       </c>
-      <c r="AP8" s="7" t="inlineStr">
+      <c r="AR8" s="7" t="inlineStr">
         <is>
           <t>2022M07</t>
         </is>
       </c>
-      <c r="AQ8" s="7" t="inlineStr">
+      <c r="AS8" s="7" t="inlineStr">
         <is>
           <t>2022M06</t>
         </is>
       </c>
-      <c r="AR8" s="7" t="inlineStr">
+      <c r="AT8" s="7" t="inlineStr">
         <is>
           <t>2022M05</t>
         </is>
       </c>
-      <c r="AS8" s="7" t="inlineStr">
+      <c r="AU8" s="7" t="inlineStr">
         <is>
           <t>2022M04</t>
         </is>
       </c>
-      <c r="AT8" s="7" t="inlineStr">
+      <c r="AV8" s="7" t="inlineStr">
         <is>
           <t>2022M03</t>
         </is>
       </c>
-      <c r="AU8" s="7" t="inlineStr">
+      <c r="AW8" s="7" t="inlineStr">
         <is>
           <t>2022M02</t>
         </is>
       </c>
-      <c r="AV8" s="7" t="inlineStr">
+      <c r="AX8" s="7" t="inlineStr">
         <is>
           <t>2022M01</t>
         </is>
       </c>
-      <c r="AW8" s="7" t="inlineStr">
+      <c r="AY8" s="7" t="inlineStr">
         <is>
           <t>2021M12</t>
         </is>
       </c>
-      <c r="AX8" s="7" t="inlineStr">
+      <c r="AZ8" s="7" t="inlineStr">
         <is>
           <t>2021M11</t>
         </is>
       </c>
-      <c r="AY8" s="7" t="inlineStr">
+      <c r="BA8" s="7" t="inlineStr">
         <is>
           <t>2021M10</t>
         </is>
       </c>
-      <c r="AZ8" s="7" t="inlineStr">
+      <c r="BB8" s="7" t="inlineStr">
         <is>
           <t>2021M09</t>
         </is>
       </c>
-      <c r="BA8" s="7" t="inlineStr">
+      <c r="BC8" s="7" t="inlineStr">
         <is>
           <t>2021M08</t>
         </is>
       </c>
-      <c r="BB8" s="7" t="inlineStr">
+      <c r="BD8" s="7" t="inlineStr">
         <is>
           <t>2021M07</t>
         </is>
       </c>
-      <c r="BC8" s="7" t="inlineStr">
+      <c r="BE8" s="7" t="inlineStr">
         <is>
           <t>2021M06</t>
         </is>
       </c>
-      <c r="BD8" s="7" t="inlineStr">
+      <c r="BF8" s="7" t="inlineStr">
         <is>
           <t>2021M05</t>
         </is>
       </c>
-      <c r="BE8" s="7" t="inlineStr">
+      <c r="BG8" s="7" t="inlineStr">
         <is>
           <t>2021M04</t>
         </is>
       </c>
-      <c r="BF8" s="7" t="inlineStr">
+      <c r="BH8" s="7" t="inlineStr">
         <is>
           <t>2021M03</t>
         </is>
       </c>
-      <c r="BG8" s="7" t="inlineStr">
+      <c r="BI8" s="7" t="inlineStr">
         <is>
           <t>2021M02</t>
         </is>
       </c>
-      <c r="BH8" s="7" t="inlineStr">
+      <c r="BJ8" s="7" t="inlineStr">
         <is>
           <t>2021M01</t>
         </is>
       </c>
-      <c r="BI8" s="7" t="inlineStr">
+      <c r="BK8" s="7" t="inlineStr">
         <is>
           <t>2020M12</t>
         </is>
       </c>
-      <c r="BJ8" s="7" t="inlineStr">
+      <c r="BL8" s="7" t="inlineStr">
         <is>
           <t>2020M11</t>
         </is>
       </c>
-      <c r="BK8" s="7" t="inlineStr">
+      <c r="BM8" s="7" t="inlineStr">
         <is>
           <t>2020M10</t>
         </is>
       </c>
-      <c r="BL8" s="7" t="inlineStr">
+      <c r="BN8" s="7" t="inlineStr">
         <is>
           <t>2020M09</t>
         </is>
       </c>
-      <c r="BM8" s="7" t="inlineStr">
+      <c r="BO8" s="7" t="inlineStr">
         <is>
           <t>2020M08</t>
         </is>
       </c>
-      <c r="BN8" s="7" t="inlineStr">
+      <c r="BP8" s="7" t="inlineStr">
         <is>
           <t>2020M07</t>
         </is>
       </c>
-      <c r="BO8" s="7" t="inlineStr">
+      <c r="BQ8" s="7" t="inlineStr">
         <is>
           <t>2020M06</t>
         </is>
       </c>
-      <c r="BP8" s="7" t="inlineStr">
+      <c r="BR8" s="7" t="inlineStr">
         <is>
           <t>2020M05</t>
         </is>
       </c>
-      <c r="BQ8" s="7" t="inlineStr">
+      <c r="BS8" s="7" t="inlineStr">
         <is>
           <t>2020M04</t>
         </is>
       </c>
-      <c r="BR8" s="7" t="inlineStr">
+      <c r="BT8" s="7" t="inlineStr">
         <is>
           <t>2020M03</t>
         </is>
       </c>
-      <c r="BS8" s="7" t="inlineStr">
+      <c r="BU8" s="7" t="inlineStr">
         <is>
           <t>2020M02</t>
         </is>
       </c>
-      <c r="BT8" s="7" t="inlineStr">
+      <c r="BV8" s="7" t="inlineStr">
         <is>
           <t>2020M01</t>
         </is>
       </c>
-      <c r="BU8" s="7" t="inlineStr">
+      <c r="BW8" s="7" t="inlineStr">
         <is>
           <t>2019M12</t>
         </is>
       </c>
-      <c r="BV8" s="7" t="inlineStr">
+      <c r="BX8" s="7" t="inlineStr">
         <is>
           <t>2019M11</t>
         </is>
       </c>
-      <c r="BW8" s="7" t="inlineStr">
+      <c r="BY8" s="7" t="inlineStr">
         <is>
           <t>2019M10</t>
         </is>
       </c>
-      <c r="BX8" s="7" t="inlineStr">
+      <c r="BZ8" s="7" t="inlineStr">
         <is>
           <t>2019M09</t>
         </is>
       </c>
-      <c r="BY8" s="7" t="inlineStr">
+      <c r="CA8" s="7" t="inlineStr">
         <is>
           <t>2019M08</t>
         </is>
       </c>
-      <c r="BZ8" s="7" t="inlineStr">
+      <c r="CB8" s="7" t="inlineStr">
         <is>
           <t>2019M07</t>
         </is>
       </c>
-      <c r="CA8" s="7" t="inlineStr">
+      <c r="CC8" s="7" t="inlineStr">
         <is>
           <t>2019M06</t>
         </is>
       </c>
-      <c r="CB8" s="7" t="inlineStr">
+      <c r="CD8" s="7" t="inlineStr">
         <is>
           <t>2019M05</t>
         </is>
       </c>
-      <c r="CC8" s="7" t="inlineStr">
+      <c r="CE8" s="7" t="inlineStr">
         <is>
           <t>2019M04</t>
         </is>
       </c>
-      <c r="CD8" s="7" t="inlineStr">
+      <c r="CF8" s="7" t="inlineStr">
         <is>
           <t>2019M03</t>
         </is>
       </c>
-      <c r="CE8" s="7" t="inlineStr">
+      <c r="CG8" s="7" t="inlineStr">
         <is>
           <t>2019M02</t>
         </is>
       </c>
-      <c r="CF8" s="7" t="inlineStr">
+      <c r="CH8" s="7" t="inlineStr">
         <is>
           <t>2019M01</t>
         </is>
       </c>
-      <c r="CG8" s="7" t="inlineStr">
+      <c r="CI8" s="7" t="inlineStr">
         <is>
           <t>2018M12</t>
         </is>
       </c>
-      <c r="CH8" s="7" t="inlineStr">
+      <c r="CJ8" s="7" t="inlineStr">
         <is>
           <t>2018M11</t>
         </is>
       </c>
-      <c r="CI8" s="7" t="inlineStr">
+      <c r="CK8" s="7" t="inlineStr">
         <is>
           <t>2018M10</t>
         </is>
       </c>
-      <c r="CJ8" s="7" t="inlineStr">
+      <c r="CL8" s="7" t="inlineStr">
         <is>
           <t>2018M09</t>
         </is>
       </c>
-      <c r="CK8" s="7" t="inlineStr">
+      <c r="CM8" s="7" t="inlineStr">
         <is>
           <t>2018M08</t>
         </is>
       </c>
-      <c r="CL8" s="7" t="inlineStr">
+      <c r="CN8" s="7" t="inlineStr">
         <is>
           <t>2018M07</t>
         </is>
       </c>
-      <c r="CM8" s="7" t="inlineStr">
+      <c r="CO8" s="7" t="inlineStr">
         <is>
           <t>2018M06</t>
         </is>
       </c>
-      <c r="CN8" s="7" t="inlineStr">
+      <c r="CP8" s="7" t="inlineStr">
         <is>
           <t>2018M05</t>
         </is>
       </c>
-      <c r="CO8" s="7" t="inlineStr">
+      <c r="CQ8" s="7" t="inlineStr">
         <is>
           <t>2018M04</t>
         </is>
       </c>
-      <c r="CP8" s="7" t="inlineStr">
+      <c r="CR8" s="7" t="inlineStr">
         <is>
           <t>2018M03</t>
         </is>
       </c>
-      <c r="CQ8" s="7" t="inlineStr">
+      <c r="CS8" s="7" t="inlineStr">
         <is>
           <t>2018M02</t>
         </is>
       </c>
-      <c r="CR8" s="7" t="inlineStr">
+      <c r="CT8" s="7" t="inlineStr">
         <is>
           <t>2018M01</t>
         </is>
       </c>
-      <c r="CS8" s="7" t="inlineStr">
+      <c r="CU8" s="7" t="inlineStr">
         <is>
           <t>2017M12</t>
         </is>
       </c>
-      <c r="CT8" s="7" t="inlineStr">
+      <c r="CV8" s="7" t="inlineStr">
         <is>
           <t>2017M11</t>
         </is>
       </c>
-      <c r="CU8" s="7" t="inlineStr">
+      <c r="CW8" s="7" t="inlineStr">
         <is>
           <t>2017M10</t>
         </is>
       </c>
-      <c r="CV8" s="7" t="inlineStr">
+      <c r="CX8" s="7" t="inlineStr">
         <is>
           <t>2017M09</t>
         </is>
       </c>
-      <c r="CW8" s="7" t="inlineStr">
+      <c r="CY8" s="7" t="inlineStr">
         <is>
           <t>2017M08</t>
         </is>
       </c>
-      <c r="CX8" s="7" t="inlineStr">
+      <c r="CZ8" s="7" t="inlineStr">
         <is>
           <t>2017M07</t>
         </is>
       </c>
-      <c r="CY8" s="7" t="inlineStr">
+      <c r="DA8" s="7" t="inlineStr">
         <is>
           <t>2017M06</t>
         </is>
       </c>
-      <c r="CZ8" s="7" t="inlineStr">
+      <c r="DB8" s="7" t="inlineStr">
         <is>
           <t>2017M05</t>
         </is>
       </c>
-      <c r="DA8" s="7" t="inlineStr">
+      <c r="DC8" s="7" t="inlineStr">
         <is>
           <t>2017M04</t>
         </is>
       </c>
-      <c r="DB8" s="7" t="inlineStr">
+      <c r="DD8" s="7" t="inlineStr">
         <is>
           <t>2017M03</t>
         </is>
       </c>
-      <c r="DC8" s="7" t="inlineStr">
+      <c r="DE8" s="7" t="inlineStr">
         <is>
           <t>2017M02</t>
         </is>
       </c>
-      <c r="DD8" s="7" t="inlineStr">
+      <c r="DF8" s="7" t="inlineStr">
         <is>
           <t>2017M01</t>
         </is>
       </c>
-      <c r="DE8" s="7" t="inlineStr">
+      <c r="DG8" s="7" t="inlineStr">
         <is>
           <t>2016M12</t>
         </is>
       </c>
-      <c r="DF8" s="7" t="inlineStr">
+      <c r="DH8" s="7" t="inlineStr">
         <is>
           <t>2016M11</t>
         </is>
       </c>
-      <c r="DG8" s="7" t="inlineStr">
+      <c r="DI8" s="7" t="inlineStr">
         <is>
           <t>2016M10</t>
         </is>
       </c>
-      <c r="DH8" s="7" t="inlineStr">
+      <c r="DJ8" s="7" t="inlineStr">
         <is>
           <t>2016M09</t>
         </is>
       </c>
-      <c r="DI8" s="7" t="inlineStr">
+      <c r="DK8" s="7" t="inlineStr">
         <is>
           <t>2016M08</t>
         </is>
       </c>
-      <c r="DJ8" s="7" t="inlineStr">
+      <c r="DL8" s="7" t="inlineStr">
         <is>
           <t>2016M07</t>
         </is>
       </c>
-      <c r="DK8" s="7" t="inlineStr">
+      <c r="DM8" s="7" t="inlineStr">
         <is>
           <t>2016M06</t>
         </is>
       </c>
-      <c r="DL8" s="7" t="inlineStr">
+      <c r="DN8" s="7" t="inlineStr">
         <is>
           <t>2016M05</t>
         </is>
       </c>
-      <c r="DM8" s="7" t="inlineStr">
+      <c r="DO8" s="7" t="inlineStr">
         <is>
           <t>2016M04</t>
         </is>
       </c>
-      <c r="DN8" s="7" t="inlineStr">
+      <c r="DP8" s="7" t="inlineStr">
         <is>
           <t>2016M03</t>
         </is>
       </c>
-      <c r="DO8" s="7" t="inlineStr">
+      <c r="DQ8" s="7" t="inlineStr">
         <is>
           <t>2016M02</t>
         </is>
       </c>
-      <c r="DP8" s="7" t="inlineStr">
+      <c r="DR8" s="7" t="inlineStr">
         <is>
           <t>2016M01</t>
         </is>
       </c>
-      <c r="DQ8" s="7" t="inlineStr">
+      <c r="DS8" s="7" t="inlineStr">
         <is>
           <t>2015M12</t>
         </is>
       </c>
-      <c r="DR8" s="7" t="inlineStr">
+      <c r="DT8" s="7" t="inlineStr">
         <is>
           <t>2015M11</t>
         </is>
       </c>
-      <c r="DS8" s="7" t="inlineStr">
+      <c r="DU8" s="7" t="inlineStr">
         <is>
           <t>2015M10</t>
         </is>
       </c>
-      <c r="DT8" s="7" t="inlineStr">
+      <c r="DV8" s="7" t="inlineStr">
         <is>
           <t>2015M09</t>
         </is>
       </c>
-      <c r="DU8" s="7" t="inlineStr">
+      <c r="DW8" s="7" t="inlineStr">
         <is>
           <t>2015M08</t>
         </is>
       </c>
-      <c r="DV8" s="7" t="inlineStr">
+      <c r="DX8" s="7" t="inlineStr">
         <is>
           <t>2015M07</t>
         </is>
       </c>
-      <c r="DW8" s="7" t="inlineStr">
+      <c r="DY8" s="7" t="inlineStr">
         <is>
           <t>2015M06</t>
         </is>
       </c>
-      <c r="DX8" s="7" t="inlineStr">
+      <c r="DZ8" s="7" t="inlineStr">
         <is>
           <t>2015M05</t>
         </is>
       </c>
-      <c r="DY8" s="7" t="inlineStr">
+      <c r="EA8" s="7" t="inlineStr">
         <is>
           <t>2015M04</t>
         </is>
       </c>
-      <c r="DZ8" s="7" t="inlineStr">
+      <c r="EB8" s="7" t="inlineStr">
         <is>
           <t>2015M03</t>
         </is>
       </c>
-      <c r="EA8" s="7" t="inlineStr">
+      <c r="EC8" s="7" t="inlineStr">
         <is>
           <t>2015M02</t>
         </is>
       </c>
-      <c r="EB8" s="7" t="inlineStr">
+      <c r="ED8" s="7" t="inlineStr">
         <is>
           <t>2015M01</t>
         </is>
       </c>
-      <c r="EC8" s="7" t="inlineStr">
+      <c r="EE8" s="7" t="inlineStr">
         <is>
           <t>2014M12</t>
         </is>
       </c>
-      <c r="ED8" s="7" t="inlineStr">
+      <c r="EF8" s="7" t="inlineStr">
         <is>
           <t>2014M11</t>
         </is>
       </c>
-      <c r="EE8" s="7" t="inlineStr">
+      <c r="EG8" s="7" t="inlineStr">
         <is>
           <t>2014M10</t>
         </is>
       </c>
-      <c r="EF8" s="7" t="inlineStr">
+      <c r="EH8" s="7" t="inlineStr">
         <is>
           <t>2014M09</t>
         </is>
       </c>
-      <c r="EG8" s="7" t="inlineStr">
+      <c r="EI8" s="7" t="inlineStr">
         <is>
           <t>2014M08</t>
         </is>
       </c>
-      <c r="EH8" s="7" t="inlineStr">
+      <c r="EJ8" s="7" t="inlineStr">
         <is>
           <t>2014M07</t>
         </is>
       </c>
-      <c r="EI8" s="7" t="inlineStr">
+      <c r="EK8" s="7" t="inlineStr">
         <is>
           <t>2014M06</t>
         </is>
       </c>
-      <c r="EJ8" s="7" t="inlineStr">
+      <c r="EL8" s="7" t="inlineStr">
         <is>
           <t>2014M05</t>
         </is>
       </c>
-      <c r="EK8" s="7" t="inlineStr">
+      <c r="EM8" s="7" t="inlineStr">
         <is>
           <t>2014M04</t>
         </is>
       </c>
-      <c r="EL8" s="7" t="inlineStr">
+      <c r="EN8" s="7" t="inlineStr">
         <is>
           <t>2014M03</t>
         </is>
       </c>
-      <c r="EM8" s="7" t="inlineStr">
+      <c r="EO8" s="7" t="inlineStr">
         <is>
           <t>2014M02</t>
         </is>
       </c>
-      <c r="EN8" s="7" t="inlineStr">
+      <c r="EP8" s="7" t="inlineStr">
         <is>
           <t>2014M01</t>
         </is>
       </c>
-      <c r="EO8" s="7" t="inlineStr">
+      <c r="EQ8" s="7" t="inlineStr">
         <is>
           <t>2013M12</t>
         </is>
       </c>
-      <c r="EP8" s="7" t="inlineStr">
+      <c r="ER8" s="7" t="inlineStr">
         <is>
           <t>2013M11</t>
         </is>
       </c>
-      <c r="EQ8" s="7" t="inlineStr">
+      <c r="ES8" s="7" t="inlineStr">
         <is>
           <t>2013M10</t>
         </is>
       </c>
-      <c r="ER8" s="7" t="inlineStr">
+      <c r="ET8" s="7" t="inlineStr">
         <is>
           <t>2013M09</t>
         </is>
       </c>
-      <c r="ES8" s="7" t="inlineStr">
+      <c r="EU8" s="7" t="inlineStr">
         <is>
           <t>2013M08</t>
         </is>
       </c>
-      <c r="ET8" s="7" t="inlineStr">
+      <c r="EV8" s="7" t="inlineStr">
         <is>
           <t>2013M07</t>
         </is>
       </c>
-      <c r="EU8" s="7" t="inlineStr">
+      <c r="EW8" s="7" t="inlineStr">
         <is>
           <t>2013M06</t>
         </is>
       </c>
-      <c r="EV8" s="7" t="inlineStr">
+      <c r="EX8" s="7" t="inlineStr">
         <is>
           <t>2013M05</t>
         </is>
       </c>
-      <c r="EW8" s="7" t="inlineStr">
+      <c r="EY8" s="7" t="inlineStr">
         <is>
           <t>2013M04</t>
         </is>
       </c>
-      <c r="EX8" s="7" t="inlineStr">
+      <c r="EZ8" s="7" t="inlineStr">
         <is>
           <t>2013M03</t>
         </is>
       </c>
-      <c r="EY8" s="7" t="inlineStr">
+      <c r="FA8" s="7" t="inlineStr">
         <is>
           <t>2013M02</t>
         </is>
       </c>
-      <c r="EZ8" s="7" t="inlineStr">
+      <c r="FB8" s="7" t="inlineStr">
         <is>
           <t>2013M01</t>
         </is>
       </c>
-      <c r="FA8" s="7" t="inlineStr">
+      <c r="FC8" s="7" t="inlineStr">
         <is>
           <t>2012M12</t>
         </is>
       </c>
-      <c r="FB8" s="7" t="inlineStr">
+      <c r="FD8" s="7" t="inlineStr">
         <is>
           <t>2012M11</t>
         </is>
       </c>
-      <c r="FC8" s="7" t="inlineStr">
+      <c r="FE8" s="7" t="inlineStr">
         <is>
           <t>2012M10</t>
         </is>
       </c>
-      <c r="FD8" s="7" t="inlineStr">
+      <c r="FF8" s="7" t="inlineStr">
         <is>
           <t>2012M09</t>
         </is>
       </c>
-      <c r="FE8" s="7" t="inlineStr">
+      <c r="FG8" s="7" t="inlineStr">
         <is>
           <t>2012M08</t>
         </is>
       </c>
-      <c r="FF8" s="7" t="inlineStr">
+      <c r="FH8" s="7" t="inlineStr">
         <is>
           <t>2012M07</t>
         </is>
       </c>
-      <c r="FG8" s="7" t="inlineStr">
+      <c r="FI8" s="7" t="inlineStr">
         <is>
           <t>2012M06</t>
         </is>
       </c>
-      <c r="FH8" s="7" t="inlineStr">
+      <c r="FJ8" s="7" t="inlineStr">
         <is>
           <t>2012M05</t>
         </is>
       </c>
-      <c r="FI8" s="7" t="inlineStr">
+      <c r="FK8" s="7" t="inlineStr">
         <is>
           <t>2012M04</t>
         </is>
       </c>
-      <c r="FJ8" s="7" t="inlineStr">
+      <c r="FL8" s="7" t="inlineStr">
         <is>
           <t>2012M03</t>
         </is>
       </c>
-      <c r="FK8" s="7" t="inlineStr">
+      <c r="FM8" s="7" t="inlineStr">
         <is>
           <t>2012M02</t>
         </is>
       </c>
-      <c r="FL8" s="7" t="inlineStr">
+      <c r="FN8" s="7" t="inlineStr">
         <is>
           <t>2012M01</t>
         </is>
       </c>
-      <c r="FM8" s="7" t="inlineStr">
+      <c r="FO8" s="7" t="inlineStr">
         <is>
           <t>2011M12</t>
         </is>
       </c>
-      <c r="FN8" s="7" t="inlineStr">
+      <c r="FP8" s="7" t="inlineStr">
         <is>
           <t>2011M11</t>
         </is>
       </c>
-      <c r="FO8" s="7" t="inlineStr">
+      <c r="FQ8" s="7" t="inlineStr">
         <is>
           <t>2011M10</t>
         </is>
       </c>
-      <c r="FP8" s="7" t="inlineStr">
+      <c r="FR8" s="7" t="inlineStr">
         <is>
           <t>2011M09</t>
         </is>
       </c>
-      <c r="FQ8" s="7" t="inlineStr">
+      <c r="FS8" s="7" t="inlineStr">
         <is>
           <t>2011M08</t>
         </is>
       </c>
-      <c r="FR8" s="7" t="inlineStr">
+      <c r="FT8" s="7" t="inlineStr">
         <is>
           <t>2011M07</t>
         </is>
       </c>
-      <c r="FS8" s="7" t="inlineStr">
+      <c r="FU8" s="7" t="inlineStr">
         <is>
           <t>2011M06</t>
         </is>
       </c>
-      <c r="FT8" s="7" t="inlineStr">
+      <c r="FV8" s="7" t="inlineStr">
         <is>
           <t>2011M05</t>
         </is>
       </c>
-      <c r="FU8" s="7" t="inlineStr">
+      <c r="FW8" s="7" t="inlineStr">
         <is>
           <t>2011M04</t>
         </is>
       </c>
-      <c r="FV8" s="7" t="inlineStr">
+      <c r="FX8" s="7" t="inlineStr">
         <is>
           <t>2011M03</t>
         </is>
       </c>
-      <c r="FW8" s="7" t="inlineStr">
+      <c r="FY8" s="7" t="inlineStr">
         <is>
           <t>2011M02</t>
         </is>
       </c>
-      <c r="FX8" s="7" t="inlineStr">
+      <c r="FZ8" s="7" t="inlineStr">
         <is>
           <t>2011M01</t>
         </is>
       </c>
-      <c r="FY8" s="7" t="inlineStr">
+      <c r="GA8" s="7" t="inlineStr">
         <is>
           <t>2010M12</t>
         </is>
       </c>
-      <c r="FZ8" s="7" t="inlineStr">
+      <c r="GB8" s="7" t="inlineStr">
         <is>
           <t>2010M11</t>
         </is>
       </c>
-      <c r="GA8" s="7" t="inlineStr">
+      <c r="GC8" s="7" t="inlineStr">
         <is>
           <t>2010M10</t>
         </is>
       </c>
-      <c r="GB8" s="7" t="inlineStr">
+      <c r="GD8" s="7" t="inlineStr">
         <is>
           <t>2010M09</t>
         </is>
       </c>
-      <c r="GC8" s="7" t="inlineStr">
+      <c r="GE8" s="7" t="inlineStr">
         <is>
           <t>2010M08</t>
         </is>
       </c>
-      <c r="GD8" s="7" t="inlineStr">
+      <c r="GF8" s="7" t="inlineStr">
         <is>
           <t>2010M07</t>
         </is>
       </c>
-      <c r="GE8" s="7" t="inlineStr">
+      <c r="GG8" s="7" t="inlineStr">
         <is>
           <t>2010M06</t>
         </is>
       </c>
-      <c r="GF8" s="7" t="inlineStr">
+      <c r="GH8" s="7" t="inlineStr">
         <is>
           <t>2010M05</t>
         </is>
       </c>
-      <c r="GG8" s="7" t="inlineStr">
+      <c r="GI8" s="7" t="inlineStr">
         <is>
           <t>2010M04</t>
         </is>
       </c>
-      <c r="GH8" s="7" t="inlineStr">
+      <c r="GJ8" s="7" t="inlineStr">
         <is>
           <t>2010M03</t>
         </is>
       </c>
-      <c r="GI8" s="7" t="inlineStr">
+      <c r="GK8" s="7" t="inlineStr">
         <is>
           <t>2010M02</t>
         </is>
       </c>
-      <c r="GJ8" s="7" t="inlineStr">
+      <c r="GL8" s="7" t="inlineStr">
         <is>
           <t>2010M01</t>
         </is>
       </c>
-      <c r="GK8" s="7" t="inlineStr">
+      <c r="GM8" s="7" t="inlineStr">
         <is>
           <t>2009M12</t>
         </is>
       </c>
-      <c r="GL8" s="7" t="inlineStr">
+      <c r="GN8" s="7" t="inlineStr">
         <is>
           <t>2009M11</t>
         </is>
       </c>
-      <c r="GM8" s="7" t="inlineStr">
+      <c r="GO8" s="7" t="inlineStr">
         <is>
           <t>2009M10</t>
         </is>
       </c>
-      <c r="GN8" s="7" t="inlineStr">
+      <c r="GP8" s="7" t="inlineStr">
         <is>
           <t>2009M09</t>
         </is>
       </c>
-      <c r="GO8" s="7" t="inlineStr">
+      <c r="GQ8" s="7" t="inlineStr">
         <is>
           <t>2009M08</t>
         </is>
       </c>
-      <c r="GP8" s="7" t="inlineStr">
+      <c r="GR8" s="7" t="inlineStr">
         <is>
           <t>2009M07</t>
         </is>
       </c>
-      <c r="GQ8" s="7" t="inlineStr">
+      <c r="GS8" s="7" t="inlineStr">
         <is>
           <t>2009M06</t>
         </is>
       </c>
-      <c r="GR8" s="7" t="inlineStr">
+      <c r="GT8" s="7" t="inlineStr">
         <is>
           <t>2009M05</t>
         </is>
       </c>
-      <c r="GS8" s="7" t="inlineStr">
+      <c r="GU8" s="7" t="inlineStr">
         <is>
           <t>2009M04</t>
         </is>
       </c>
-      <c r="GT8" s="7" t="inlineStr">
+      <c r="GV8" s="7" t="inlineStr">
         <is>
           <t>2009M03</t>
         </is>
       </c>
-      <c r="GU8" s="7" t="inlineStr">
+      <c r="GW8" s="7" t="inlineStr">
         <is>
           <t>2009M02</t>
         </is>
       </c>
-      <c r="GV8" s="7" t="inlineStr">
+      <c r="GX8" s="7" t="inlineStr">
         <is>
           <t>2009M01</t>
         </is>
       </c>
-      <c r="GW8" s="7" t="inlineStr">
+      <c r="GY8" s="7" t="inlineStr">
         <is>
           <t>2008M12</t>
         </is>
       </c>
-      <c r="GX8" s="7" t="inlineStr">
+      <c r="GZ8" s="7" t="inlineStr">
         <is>
           <t>2008M11</t>
         </is>
       </c>
-      <c r="GY8" s="7" t="inlineStr">
+      <c r="HA8" s="7" t="inlineStr">
         <is>
           <t>2008M10</t>
         </is>
       </c>
-      <c r="GZ8" s="7" t="inlineStr">
+      <c r="HB8" s="7" t="inlineStr">
         <is>
           <t>2008M09</t>
         </is>
       </c>
-      <c r="HA8" s="7" t="inlineStr">
+      <c r="HC8" s="7" t="inlineStr">
         <is>
           <t>2008M08</t>
         </is>
       </c>
-      <c r="HB8" s="7" t="inlineStr">
+      <c r="HD8" s="7" t="inlineStr">
         <is>
           <t>2008M07</t>
         </is>
       </c>
-      <c r="HC8" s="7" t="inlineStr">
+      <c r="HE8" s="7" t="inlineStr">
         <is>
           <t>2008M06</t>
         </is>
       </c>
-      <c r="HD8" s="7" t="inlineStr">
+      <c r="HF8" s="7" t="inlineStr">
         <is>
           <t>2008M05</t>
         </is>
       </c>
-      <c r="HE8" s="7" t="inlineStr">
+      <c r="HG8" s="7" t="inlineStr">
         <is>
           <t>2008M04</t>
         </is>
       </c>
-      <c r="HF8" s="7" t="inlineStr">
+      <c r="HH8" s="7" t="inlineStr">
         <is>
           <t>2008M03</t>
         </is>
       </c>
-      <c r="HG8" s="7" t="inlineStr">
+      <c r="HI8" s="7" t="inlineStr">
         <is>
           <t>2008M02</t>
         </is>
       </c>
-      <c r="HH8" s="7" t="inlineStr">
+      <c r="HJ8" s="7" t="inlineStr">
         <is>
           <t>2008M01</t>
         </is>
       </c>
-      <c r="HI8" s="7" t="inlineStr">
+      <c r="HK8" s="7" t="inlineStr">
         <is>
           <t>2007M12</t>
         </is>
       </c>
-      <c r="HJ8" s="7" t="inlineStr">
+      <c r="HL8" s="7" t="inlineStr">
         <is>
           <t>2007M11</t>
         </is>
       </c>
-      <c r="HK8" s="7" t="inlineStr">
+      <c r="HM8" s="7" t="inlineStr">
         <is>
           <t>2007M10</t>
         </is>
       </c>
-      <c r="HL8" s="7" t="inlineStr">
+      <c r="HN8" s="7" t="inlineStr">
         <is>
           <t>2007M09</t>
         </is>
       </c>
-      <c r="HM8" s="7" t="inlineStr">
+      <c r="HO8" s="7" t="inlineStr">
         <is>
           <t>2007M08</t>
         </is>
       </c>
-      <c r="HN8" s="7" t="inlineStr">
+      <c r="HP8" s="7" t="inlineStr">
         <is>
           <t>2007M07</t>
         </is>
       </c>
-      <c r="HO8" s="7" t="inlineStr">
+      <c r="HQ8" s="7" t="inlineStr">
         <is>
           <t>2007M06</t>
         </is>
       </c>
-      <c r="HP8" s="7" t="inlineStr">
+      <c r="HR8" s="7" t="inlineStr">
         <is>
           <t>2007M05</t>
         </is>
       </c>
-      <c r="HQ8" s="7" t="inlineStr">
+      <c r="HS8" s="7" t="inlineStr">
         <is>
           <t>2007M04</t>
         </is>
       </c>
-      <c r="HR8" s="7" t="inlineStr">
+      <c r="HT8" s="7" t="inlineStr">
         <is>
           <t>2007M03</t>
         </is>
       </c>
-      <c r="HS8" s="7" t="inlineStr">
+      <c r="HU8" s="7" t="inlineStr">
         <is>
           <t>2007M02</t>
         </is>
       </c>
-      <c r="HT8" s="7" t="inlineStr">
+      <c r="HV8" s="7" t="inlineStr">
         <is>
           <t>2007M01</t>
         </is>
       </c>
-      <c r="HU8" s="7" t="inlineStr">
+      <c r="HW8" s="7" t="inlineStr">
         <is>
           <t>2006M12</t>
         </is>
       </c>
-      <c r="HV8" s="7" t="inlineStr">
+      <c r="HX8" s="7" t="inlineStr">
         <is>
           <t>2006M11</t>
         </is>
       </c>
-      <c r="HW8" s="7" t="inlineStr">
+      <c r="HY8" s="7" t="inlineStr">
         <is>
           <t>2006M10</t>
         </is>
       </c>
-      <c r="HX8" s="7" t="inlineStr">
+      <c r="HZ8" s="7" t="inlineStr">
         <is>
           <t>2006M09</t>
         </is>
       </c>
-      <c r="HY8" s="7" t="inlineStr">
+      <c r="IA8" s="7" t="inlineStr">
         <is>
           <t>2006M08</t>
         </is>
       </c>
-      <c r="HZ8" s="7" t="inlineStr">
+      <c r="IB8" s="7" t="inlineStr">
         <is>
           <t>2006M07</t>
         </is>
       </c>
-      <c r="IA8" s="7" t="inlineStr">
+      <c r="IC8" s="7" t="inlineStr">
         <is>
           <t>2006M06</t>
         </is>
       </c>
-      <c r="IB8" s="7" t="inlineStr">
+      <c r="ID8" s="7" t="inlineStr">
         <is>
           <t>2006M05</t>
         </is>
       </c>
-      <c r="IC8" s="7" t="inlineStr">
+      <c r="IE8" s="7" t="inlineStr">
         <is>
           <t>2006M04</t>
         </is>
       </c>
-      <c r="ID8" s="7" t="inlineStr">
+      <c r="IF8" s="7" t="inlineStr">
         <is>
           <t>2006M03</t>
         </is>
       </c>
-      <c r="IE8" s="7" t="inlineStr">
+      <c r="IG8" s="7" t="inlineStr">
         <is>
           <t>2006M02</t>
         </is>
       </c>
-      <c r="IF8" s="7" t="inlineStr">
+      <c r="IH8" s="7" t="inlineStr">
         <is>
           <t>2006M01</t>
         </is>
       </c>
-      <c r="IG8" s="7" t="inlineStr">
+      <c r="II8" s="7" t="inlineStr">
         <is>
           <t>2005M12</t>
         </is>
       </c>
-      <c r="IH8" s="7" t="inlineStr">
+      <c r="IJ8" s="7" t="inlineStr">
         <is>
           <t>2005M11</t>
         </is>
       </c>
-      <c r="II8" s="7" t="inlineStr">
+      <c r="IK8" s="7" t="inlineStr">
         <is>
           <t>2005M10</t>
         </is>
       </c>
-      <c r="IJ8" s="7" t="inlineStr">
+      <c r="IL8" s="7" t="inlineStr">
         <is>
           <t>2005M09</t>
         </is>
       </c>
-      <c r="IK8" s="7" t="inlineStr">
+      <c r="IM8" s="7" t="inlineStr">
         <is>
           <t>2005M08</t>
         </is>
       </c>
-      <c r="IL8" s="7" t="inlineStr">
+      <c r="IN8" s="7" t="inlineStr">
         <is>
           <t>2005M07</t>
         </is>
       </c>
-      <c r="IM8" s="7" t="inlineStr">
+      <c r="IO8" s="7" t="inlineStr">
         <is>
           <t>2005M06</t>
         </is>
       </c>
-      <c r="IN8" s="7" t="inlineStr">
+      <c r="IP8" s="7" t="inlineStr">
         <is>
           <t>2005M05</t>
         </is>
       </c>
-      <c r="IO8" s="7" t="inlineStr">
+      <c r="IQ8" s="7" t="inlineStr">
         <is>
           <t>2005M04</t>
         </is>
       </c>
-      <c r="IP8" s="7" t="inlineStr">
+      <c r="IR8" s="7" t="inlineStr">
         <is>
           <t>2005M03</t>
         </is>
       </c>
-      <c r="IQ8" s="7" t="inlineStr">
+      <c r="IS8" s="7" t="inlineStr">
         <is>
           <t>2005M02</t>
         </is>
       </c>
-      <c r="IR8" s="7" t="inlineStr">
+      <c r="IT8" s="7" t="inlineStr">
         <is>
           <t>2005M01</t>
         </is>
       </c>
-      <c r="IS8" s="7" t="inlineStr">
+      <c r="IU8" s="7" t="inlineStr">
+        <is>
+          <t>2026M01</t>
+        </is>
+      </c>
+      <c r="IV8" s="7" t="inlineStr">
+        <is>
+          <t>2025M12</t>
+        </is>
+      </c>
+      <c r="IW8" s="7" t="inlineStr">
         <is>
           <t>2025M11</t>
         </is>
       </c>
-      <c r="IT8" s="7" t="inlineStr">
+      <c r="IX8" s="7" t="inlineStr">
         <is>
           <t>2025M10</t>
         </is>
       </c>
-      <c r="IU8" s="7" t="inlineStr">
+      <c r="IY8" s="7" t="inlineStr">
         <is>
           <t>2025M09</t>
         </is>
       </c>
-      <c r="IV8" s="7" t="inlineStr">
+      <c r="IZ8" s="7" t="inlineStr">
         <is>
           <t>2025M08</t>
         </is>
       </c>
-      <c r="IW8" s="7" t="inlineStr">
+      <c r="JA8" s="7" t="inlineStr">
         <is>
           <t>2025M07</t>
         </is>
       </c>
-      <c r="IX8" s="7" t="inlineStr">
+      <c r="JB8" s="7" t="inlineStr">
         <is>
           <t>2025M06</t>
         </is>
       </c>
-      <c r="IY8" s="7" t="inlineStr">
+      <c r="JC8" s="7" t="inlineStr">
         <is>
           <t>2025M05</t>
         </is>
       </c>
-      <c r="IZ8" s="7" t="inlineStr">
+      <c r="JD8" s="7" t="inlineStr">
         <is>
           <t>2025M04</t>
         </is>
       </c>
-      <c r="JA8" s="7" t="inlineStr">
+      <c r="JE8" s="7" t="inlineStr">
         <is>
           <t>2025M03</t>
         </is>
       </c>
-      <c r="JB8" s="7" t="inlineStr">
+      <c r="JF8" s="7" t="inlineStr">
         <is>
           <t>2025M02</t>
         </is>
       </c>
-      <c r="JC8" s="7" t="inlineStr">
+      <c r="JG8" s="7" t="inlineStr">
         <is>
           <t>2025M01</t>
         </is>
       </c>
-      <c r="JD8" s="7" t="inlineStr">
+      <c r="JH8" s="7" t="inlineStr">
         <is>
           <t>2024M12</t>
         </is>
       </c>
-      <c r="JE8" s="7" t="inlineStr">
+      <c r="JI8" s="7" t="inlineStr">
         <is>
           <t>2024M11</t>
         </is>
       </c>
-      <c r="JF8" s="7" t="inlineStr">
+      <c r="JJ8" s="7" t="inlineStr">
         <is>
           <t>2024M10</t>
         </is>
       </c>
-      <c r="JG8" s="7" t="inlineStr">
+      <c r="JK8" s="7" t="inlineStr">
         <is>
           <t>2024M09</t>
         </is>
       </c>
-      <c r="JH8" s="7" t="inlineStr">
+      <c r="JL8" s="7" t="inlineStr">
         <is>
           <t>2024M08</t>
         </is>
       </c>
-      <c r="JI8" s="7" t="inlineStr">
+      <c r="JM8" s="7" t="inlineStr">
         <is>
           <t>2024M07</t>
         </is>
       </c>
-      <c r="JJ8" s="7" t="inlineStr">
+      <c r="JN8" s="7" t="inlineStr">
         <is>
           <t>2024M06</t>
         </is>
       </c>
-      <c r="JK8" s="7" t="inlineStr">
+      <c r="JO8" s="7" t="inlineStr">
         <is>
           <t>2024M05</t>
         </is>
       </c>
-      <c r="JL8" s="7" t="inlineStr">
+      <c r="JP8" s="7" t="inlineStr">
         <is>
           <t>2024M04</t>
         </is>
       </c>
-      <c r="JM8" s="7" t="inlineStr">
+      <c r="JQ8" s="7" t="inlineStr">
         <is>
           <t>2024M03</t>
         </is>
       </c>
-      <c r="JN8" s="7" t="inlineStr">
+      <c r="JR8" s="7" t="inlineStr">
         <is>
           <t>2024M02</t>
         </is>
       </c>
-      <c r="JO8" s="7" t="inlineStr">
+      <c r="JS8" s="7" t="inlineStr">
         <is>
           <t>2024M01</t>
         </is>
       </c>
-      <c r="JP8" s="7" t="inlineStr">
+      <c r="JT8" s="7" t="inlineStr">
         <is>
           <t>2023M12</t>
         </is>
       </c>
-      <c r="JQ8" s="7" t="inlineStr">
+      <c r="JU8" s="7" t="inlineStr">
         <is>
           <t>2023M11</t>
         </is>
       </c>
-      <c r="JR8" s="7" t="inlineStr">
+      <c r="JV8" s="7" t="inlineStr">
         <is>
           <t>2023M10</t>
         </is>
       </c>
-      <c r="JS8" s="7" t="inlineStr">
+      <c r="JW8" s="7" t="inlineStr">
         <is>
           <t>2023M09</t>
         </is>
       </c>
-      <c r="JT8" s="7" t="inlineStr">
+      <c r="JX8" s="7" t="inlineStr">
         <is>
           <t>2023M08</t>
         </is>
       </c>
-      <c r="JU8" s="7" t="inlineStr">
+      <c r="JY8" s="7" t="inlineStr">
         <is>
           <t>2023M07</t>
         </is>
       </c>
-      <c r="JV8" s="7" t="inlineStr">
+      <c r="JZ8" s="7" t="inlineStr">
         <is>
           <t>2023M06</t>
         </is>
       </c>
-      <c r="JW8" s="7" t="inlineStr">
+      <c r="KA8" s="7" t="inlineStr">
         <is>
           <t>2023M05</t>
         </is>
       </c>
-      <c r="JX8" s="7" t="inlineStr">
+      <c r="KB8" s="7" t="inlineStr">
         <is>
           <t>2023M04</t>
         </is>
       </c>
-      <c r="JY8" s="7" t="inlineStr">
+      <c r="KC8" s="7" t="inlineStr">
         <is>
           <t>2023M03</t>
         </is>
       </c>
-      <c r="JZ8" s="7" t="inlineStr">
+      <c r="KD8" s="7" t="inlineStr">
         <is>
           <t>2023M02</t>
         </is>
       </c>
-      <c r="KA8" s="7" t="inlineStr">
+      <c r="KE8" s="7" t="inlineStr">
         <is>
           <t>2023M01</t>
         </is>
       </c>
-      <c r="KB8" s="7" t="inlineStr">
+      <c r="KF8" s="7" t="inlineStr">
         <is>
           <t>2022M12</t>
         </is>
       </c>
-      <c r="KC8" s="7" t="inlineStr">
+      <c r="KG8" s="7" t="inlineStr">
         <is>
           <t>2022M11</t>
         </is>
       </c>
-      <c r="KD8" s="7" t="inlineStr">
+      <c r="KH8" s="7" t="inlineStr">
         <is>
           <t>2022M10</t>
         </is>
       </c>
-      <c r="KE8" s="7" t="inlineStr">
+      <c r="KI8" s="7" t="inlineStr">
         <is>
           <t>2022M09</t>
         </is>
       </c>
-      <c r="KF8" s="7" t="inlineStr">
+      <c r="KJ8" s="7" t="inlineStr">
         <is>
           <t>2022M08</t>
         </is>
       </c>
-      <c r="KG8" s="7" t="inlineStr">
+      <c r="KK8" s="7" t="inlineStr">
         <is>
           <t>2022M07</t>
         </is>
       </c>
-      <c r="KH8" s="7" t="inlineStr">
+      <c r="KL8" s="7" t="inlineStr">
         <is>
           <t>2022M06</t>
         </is>
       </c>
-      <c r="KI8" s="7" t="inlineStr">
+      <c r="KM8" s="7" t="inlineStr">
         <is>
           <t>2022M05</t>
         </is>
       </c>
-      <c r="KJ8" s="7" t="inlineStr">
+      <c r="KN8" s="7" t="inlineStr">
         <is>
           <t>2022M04</t>
         </is>
       </c>
-      <c r="KK8" s="7" t="inlineStr">
+      <c r="KO8" s="7" t="inlineStr">
         <is>
           <t>2022M03</t>
         </is>
       </c>
-      <c r="KL8" s="7" t="inlineStr">
+      <c r="KP8" s="7" t="inlineStr">
         <is>
           <t>2022M02</t>
         </is>
       </c>
-      <c r="KM8" s="7" t="inlineStr">
+      <c r="KQ8" s="7" t="inlineStr">
         <is>
           <t>2022M01</t>
         </is>
       </c>
-      <c r="KN8" s="7" t="inlineStr">
+      <c r="KR8" s="7" t="inlineStr">
         <is>
           <t>2021M12</t>
         </is>
       </c>
-      <c r="KO8" s="7" t="inlineStr">
+      <c r="KS8" s="7" t="inlineStr">
         <is>
           <t>2021M11</t>
         </is>
       </c>
-      <c r="KP8" s="7" t="inlineStr">
+      <c r="KT8" s="7" t="inlineStr">
         <is>
           <t>2021M10</t>
         </is>
       </c>
-      <c r="KQ8" s="7" t="inlineStr">
+      <c r="KU8" s="7" t="inlineStr">
         <is>
           <t>2021M09</t>
         </is>
       </c>
-      <c r="KR8" s="7" t="inlineStr">
+      <c r="KV8" s="7" t="inlineStr">
         <is>
           <t>2021M08</t>
         </is>
       </c>
-      <c r="KS8" s="7" t="inlineStr">
+      <c r="KW8" s="7" t="inlineStr">
         <is>
           <t>2021M07</t>
         </is>
       </c>
-      <c r="KT8" s="7" t="inlineStr">
+      <c r="KX8" s="7" t="inlineStr">
         <is>
           <t>2021M06</t>
         </is>
       </c>
-      <c r="KU8" s="7" t="inlineStr">
+      <c r="KY8" s="7" t="inlineStr">
         <is>
           <t>2021M05</t>
         </is>
       </c>
-      <c r="KV8" s="7" t="inlineStr">
+      <c r="KZ8" s="7" t="inlineStr">
         <is>
           <t>2021M04</t>
         </is>
       </c>
-      <c r="KW8" s="7" t="inlineStr">
+      <c r="LA8" s="7" t="inlineStr">
         <is>
           <t>2021M03</t>
         </is>
       </c>
-      <c r="KX8" s="7" t="inlineStr">
+      <c r="LB8" s="7" t="inlineStr">
         <is>
           <t>2021M02</t>
         </is>
       </c>
-      <c r="KY8" s="7" t="inlineStr">
+      <c r="LC8" s="7" t="inlineStr">
         <is>
           <t>2021M01</t>
         </is>
       </c>
-      <c r="KZ8" s="7" t="inlineStr">
+      <c r="LD8" s="7" t="inlineStr">
         <is>
           <t>2020M12</t>
         </is>
       </c>
-      <c r="LA8" s="7" t="inlineStr">
+      <c r="LE8" s="7" t="inlineStr">
         <is>
           <t>2020M11</t>
         </is>
       </c>
-      <c r="LB8" s="7" t="inlineStr">
+      <c r="LF8" s="7" t="inlineStr">
         <is>
           <t>2020M10</t>
         </is>
       </c>
-      <c r="LC8" s="7" t="inlineStr">
+      <c r="LG8" s="7" t="inlineStr">
         <is>
           <t>2020M09</t>
         </is>
       </c>
-      <c r="LD8" s="7" t="inlineStr">
+      <c r="LH8" s="7" t="inlineStr">
         <is>
           <t>2020M08</t>
         </is>
       </c>
-      <c r="LE8" s="7" t="inlineStr">
+      <c r="LI8" s="7" t="inlineStr">
         <is>
           <t>2020M07</t>
         </is>
       </c>
-      <c r="LF8" s="7" t="inlineStr">
+      <c r="LJ8" s="7" t="inlineStr">
         <is>
           <t>2020M06</t>
         </is>
       </c>
-      <c r="LG8" s="7" t="inlineStr">
+      <c r="LK8" s="7" t="inlineStr">
         <is>
           <t>2020M05</t>
         </is>
       </c>
-      <c r="LH8" s="7" t="inlineStr">
+      <c r="LL8" s="7" t="inlineStr">
         <is>
           <t>2020M04</t>
         </is>
       </c>
-      <c r="LI8" s="7" t="inlineStr">
+      <c r="LM8" s="7" t="inlineStr">
         <is>
           <t>2020M03</t>
         </is>
       </c>
-      <c r="LJ8" s="7" t="inlineStr">
+      <c r="LN8" s="7" t="inlineStr">
         <is>
           <t>2020M02</t>
         </is>
       </c>
-      <c r="LK8" s="7" t="inlineStr">
+      <c r="LO8" s="7" t="inlineStr">
         <is>
           <t>2020M01</t>
         </is>
       </c>
-      <c r="LL8" s="7" t="inlineStr">
+      <c r="LP8" s="7" t="inlineStr">
         <is>
           <t>2019M12</t>
         </is>
       </c>
-      <c r="LM8" s="7" t="inlineStr">
+      <c r="LQ8" s="7" t="inlineStr">
         <is>
           <t>2019M11</t>
         </is>
       </c>
-      <c r="LN8" s="7" t="inlineStr">
+      <c r="LR8" s="7" t="inlineStr">
         <is>
           <t>2019M10</t>
         </is>
       </c>
-      <c r="LO8" s="7" t="inlineStr">
+      <c r="LS8" s="7" t="inlineStr">
         <is>
           <t>2019M09</t>
         </is>
       </c>
-      <c r="LP8" s="7" t="inlineStr">
+      <c r="LT8" s="7" t="inlineStr">
         <is>
           <t>2019M08</t>
         </is>
       </c>
-      <c r="LQ8" s="7" t="inlineStr">
+      <c r="LU8" s="7" t="inlineStr">
         <is>
           <t>2019M07</t>
         </is>
       </c>
-      <c r="LR8" s="7" t="inlineStr">
+      <c r="LV8" s="7" t="inlineStr">
         <is>
           <t>2019M06</t>
         </is>
       </c>
-      <c r="LS8" s="7" t="inlineStr">
+      <c r="LW8" s="7" t="inlineStr">
         <is>
           <t>2019M05</t>
         </is>
       </c>
-      <c r="LT8" s="7" t="inlineStr">
+      <c r="LX8" s="7" t="inlineStr">
         <is>
           <t>2019M04</t>
         </is>
       </c>
-      <c r="LU8" s="7" t="inlineStr">
+      <c r="LY8" s="7" t="inlineStr">
         <is>
           <t>2019M03</t>
         </is>
       </c>
-      <c r="LV8" s="7" t="inlineStr">
+      <c r="LZ8" s="7" t="inlineStr">
         <is>
           <t>2019M02</t>
         </is>
       </c>
-      <c r="LW8" s="7" t="inlineStr">
+      <c r="MA8" s="7" t="inlineStr">
         <is>
           <t>2019M01</t>
         </is>
       </c>
-      <c r="LX8" s="7" t="inlineStr">
+      <c r="MB8" s="7" t="inlineStr">
         <is>
           <t>2018M12</t>
         </is>
       </c>
-      <c r="LY8" s="7" t="inlineStr">
+      <c r="MC8" s="7" t="inlineStr">
         <is>
           <t>2018M11</t>
         </is>
       </c>
-      <c r="LZ8" s="7" t="inlineStr">
+      <c r="MD8" s="7" t="inlineStr">
         <is>
           <t>2018M10</t>
         </is>
       </c>
-      <c r="MA8" s="7" t="inlineStr">
+      <c r="ME8" s="7" t="inlineStr">
         <is>
           <t>2018M09</t>
         </is>
       </c>
-      <c r="MB8" s="7" t="inlineStr">
+      <c r="MF8" s="7" t="inlineStr">
         <is>
           <t>2018M08</t>
         </is>
       </c>
-      <c r="MC8" s="7" t="inlineStr">
+      <c r="MG8" s="7" t="inlineStr">
         <is>
           <t>2018M07</t>
         </is>
       </c>
-      <c r="MD8" s="7" t="inlineStr">
+      <c r="MH8" s="7" t="inlineStr">
         <is>
           <t>2018M06</t>
         </is>
       </c>
-      <c r="ME8" s="7" t="inlineStr">
+      <c r="MI8" s="7" t="inlineStr">
         <is>
           <t>2018M05</t>
         </is>
       </c>
-      <c r="MF8" s="7" t="inlineStr">
+      <c r="MJ8" s="7" t="inlineStr">
         <is>
           <t>2018M04</t>
         </is>
       </c>
-      <c r="MG8" s="7" t="inlineStr">
+      <c r="MK8" s="7" t="inlineStr">
         <is>
           <t>2018M03</t>
         </is>
       </c>
-      <c r="MH8" s="7" t="inlineStr">
+      <c r="ML8" s="7" t="inlineStr">
         <is>
           <t>2018M02</t>
         </is>
       </c>
-      <c r="MI8" s="7" t="inlineStr">
+      <c r="MM8" s="7" t="inlineStr">
         <is>
           <t>2018M01</t>
         </is>
       </c>
-      <c r="MJ8" s="7" t="inlineStr">
+      <c r="MN8" s="7" t="inlineStr">
         <is>
           <t>2017M12</t>
         </is>
       </c>
-      <c r="MK8" s="7" t="inlineStr">
+      <c r="MO8" s="7" t="inlineStr">
         <is>
           <t>2017M11</t>
         </is>
       </c>
-      <c r="ML8" s="7" t="inlineStr">
+      <c r="MP8" s="7" t="inlineStr">
         <is>
           <t>2017M10</t>
         </is>
       </c>
-      <c r="MM8" s="7" t="inlineStr">
+      <c r="MQ8" s="7" t="inlineStr">
         <is>
           <t>2017M09</t>
         </is>
       </c>
-      <c r="MN8" s="7" t="inlineStr">
+      <c r="MR8" s="7" t="inlineStr">
         <is>
           <t>2017M08</t>
         </is>
       </c>
-      <c r="MO8" s="7" t="inlineStr">
+      <c r="MS8" s="7" t="inlineStr">
         <is>
           <t>2017M07</t>
         </is>
       </c>
-      <c r="MP8" s="7" t="inlineStr">
+      <c r="MT8" s="7" t="inlineStr">
         <is>
           <t>2017M06</t>
         </is>
       </c>
-      <c r="MQ8" s="7" t="inlineStr">
+      <c r="MU8" s="7" t="inlineStr">
         <is>
           <t>2017M05</t>
         </is>
       </c>
-      <c r="MR8" s="7" t="inlineStr">
+      <c r="MV8" s="7" t="inlineStr">
         <is>
           <t>2017M04</t>
         </is>
       </c>
-      <c r="MS8" s="7" t="inlineStr">
+      <c r="MW8" s="7" t="inlineStr">
         <is>
           <t>2017M03</t>
         </is>
       </c>
-      <c r="MT8" s="7" t="inlineStr">
+      <c r="MX8" s="7" t="inlineStr">
         <is>
           <t>2017M02</t>
         </is>
       </c>
-      <c r="MU8" s="7" t="inlineStr">
+      <c r="MY8" s="7" t="inlineStr">
         <is>
           <t>2017M01</t>
         </is>
       </c>
-      <c r="MV8" s="7" t="inlineStr">
+      <c r="MZ8" s="7" t="inlineStr">
         <is>
           <t>2016M12</t>
         </is>
       </c>
-      <c r="MW8" s="7" t="inlineStr">
+      <c r="NA8" s="7" t="inlineStr">
         <is>
           <t>2016M11</t>
         </is>
       </c>
-      <c r="MX8" s="7" t="inlineStr">
+      <c r="NB8" s="7" t="inlineStr">
         <is>
           <t>2016M10</t>
         </is>
       </c>
-      <c r="MY8" s="7" t="inlineStr">
+      <c r="NC8" s="7" t="inlineStr">
         <is>
           <t>2016M09</t>
         </is>
       </c>
-      <c r="MZ8" s="7" t="inlineStr">
+      <c r="ND8" s="7" t="inlineStr">
         <is>
           <t>2016M08</t>
         </is>
       </c>
-      <c r="NA8" s="7" t="inlineStr">
+      <c r="NE8" s="7" t="inlineStr">
         <is>
           <t>2016M07</t>
         </is>
       </c>
-      <c r="NB8" s="7" t="inlineStr">
+      <c r="NF8" s="7" t="inlineStr">
         <is>
           <t>2016M06</t>
         </is>
       </c>
-      <c r="NC8" s="7" t="inlineStr">
+      <c r="NG8" s="7" t="inlineStr">
         <is>
           <t>2016M05</t>
         </is>
       </c>
-      <c r="ND8" s="7" t="inlineStr">
+      <c r="NH8" s="7" t="inlineStr">
         <is>
           <t>2016M04</t>
         </is>
       </c>
-      <c r="NE8" s="7" t="inlineStr">
+      <c r="NI8" s="7" t="inlineStr">
         <is>
           <t>2016M03</t>
         </is>
       </c>
-      <c r="NF8" s="7" t="inlineStr">
+      <c r="NJ8" s="7" t="inlineStr">
         <is>
           <t>2016M02</t>
         </is>
       </c>
-      <c r="NG8" s="7" t="inlineStr">
+      <c r="NK8" s="7" t="inlineStr">
         <is>
           <t>2016M01</t>
         </is>
       </c>
-      <c r="NH8" s="7" t="inlineStr">
+      <c r="NL8" s="7" t="inlineStr">
         <is>
           <t>2015M12</t>
         </is>
       </c>
-      <c r="NI8" s="7" t="inlineStr">
+      <c r="NM8" s="7" t="inlineStr">
         <is>
           <t>2015M11</t>
         </is>
       </c>
-      <c r="NJ8" s="7" t="inlineStr">
+      <c r="NN8" s="7" t="inlineStr">
         <is>
           <t>2015M10</t>
         </is>
       </c>
-      <c r="NK8" s="7" t="inlineStr">
+      <c r="NO8" s="7" t="inlineStr">
         <is>
           <t>2015M09</t>
         </is>
       </c>
-      <c r="NL8" s="7" t="inlineStr">
+      <c r="NP8" s="7" t="inlineStr">
         <is>
           <t>2015M08</t>
         </is>
       </c>
-      <c r="NM8" s="7" t="inlineStr">
+      <c r="NQ8" s="7" t="inlineStr">
         <is>
           <t>2015M07</t>
         </is>
       </c>
-      <c r="NN8" s="7" t="inlineStr">
+      <c r="NR8" s="7" t="inlineStr">
         <is>
           <t>2015M06</t>
         </is>
       </c>
-      <c r="NO8" s="7" t="inlineStr">
+      <c r="NS8" s="7" t="inlineStr">
         <is>
           <t>2015M05</t>
         </is>
       </c>
-      <c r="NP8" s="7" t="inlineStr">
+      <c r="NT8" s="7" t="inlineStr">
         <is>
           <t>2015M04</t>
         </is>
       </c>
-      <c r="NQ8" s="7" t="inlineStr">
+      <c r="NU8" s="7" t="inlineStr">
         <is>
           <t>2015M03</t>
         </is>
       </c>
-      <c r="NR8" s="7" t="inlineStr">
+      <c r="NV8" s="7" t="inlineStr">
         <is>
           <t>2015M02</t>
         </is>
       </c>
-      <c r="NS8" s="7" t="inlineStr">
+      <c r="NW8" s="7" t="inlineStr">
         <is>
           <t>2015M01</t>
         </is>
       </c>
-      <c r="NT8" s="7" t="inlineStr">
+      <c r="NX8" s="7" t="inlineStr">
         <is>
           <t>2014M12</t>
         </is>
       </c>
-      <c r="NU8" s="7" t="inlineStr">
+      <c r="NY8" s="7" t="inlineStr">
         <is>
           <t>2014M11</t>
         </is>
       </c>
-      <c r="NV8" s="7" t="inlineStr">
+      <c r="NZ8" s="7" t="inlineStr">
         <is>
           <t>2014M10</t>
         </is>
       </c>
-      <c r="NW8" s="7" t="inlineStr">
+      <c r="OA8" s="7" t="inlineStr">
         <is>
           <t>2014M09</t>
         </is>
       </c>
-      <c r="NX8" s="7" t="inlineStr">
+      <c r="OB8" s="7" t="inlineStr">
         <is>
           <t>2014M08</t>
         </is>
       </c>
-      <c r="NY8" s="7" t="inlineStr">
+      <c r="OC8" s="7" t="inlineStr">
         <is>
           <t>2014M07</t>
         </is>
       </c>
-      <c r="NZ8" s="7" t="inlineStr">
+      <c r="OD8" s="7" t="inlineStr">
         <is>
           <t>2014M06</t>
         </is>
       </c>
-      <c r="OA8" s="7" t="inlineStr">
+      <c r="OE8" s="7" t="inlineStr">
         <is>
           <t>2014M05</t>
         </is>
       </c>
-      <c r="OB8" s="7" t="inlineStr">
+      <c r="OF8" s="7" t="inlineStr">
         <is>
           <t>2014M04</t>
         </is>
       </c>
-      <c r="OC8" s="7" t="inlineStr">
+      <c r="OG8" s="7" t="inlineStr">
         <is>
           <t>2014M03</t>
         </is>
       </c>
-      <c r="OD8" s="7" t="inlineStr">
+      <c r="OH8" s="7" t="inlineStr">
         <is>
           <t>2014M02</t>
         </is>
       </c>
-      <c r="OE8" s="7" t="inlineStr">
+      <c r="OI8" s="7" t="inlineStr">
         <is>
           <t>2014M01</t>
         </is>
       </c>
-      <c r="OF8" s="7" t="inlineStr">
+      <c r="OJ8" s="7" t="inlineStr">
         <is>
           <t>2013M12</t>
         </is>
       </c>
-      <c r="OG8" s="7" t="inlineStr">
+      <c r="OK8" s="7" t="inlineStr">
         <is>
           <t>2013M11</t>
         </is>
       </c>
-      <c r="OH8" s="7" t="inlineStr">
+      <c r="OL8" s="7" t="inlineStr">
         <is>
           <t>2013M10</t>
         </is>
       </c>
-      <c r="OI8" s="7" t="inlineStr">
+      <c r="OM8" s="7" t="inlineStr">
         <is>
           <t>2013M09</t>
         </is>
       </c>
-      <c r="OJ8" s="7" t="inlineStr">
+      <c r="ON8" s="7" t="inlineStr">
         <is>
           <t>2013M08</t>
         </is>
       </c>
-      <c r="OK8" s="7" t="inlineStr">
+      <c r="OO8" s="7" t="inlineStr">
         <is>
           <t>2013M07</t>
         </is>
       </c>
-      <c r="OL8" s="7" t="inlineStr">
+      <c r="OP8" s="7" t="inlineStr">
         <is>
           <t>2013M06</t>
         </is>
       </c>
-      <c r="OM8" s="7" t="inlineStr">
+      <c r="OQ8" s="7" t="inlineStr">
         <is>
           <t>2013M05</t>
         </is>
       </c>
-      <c r="ON8" s="7" t="inlineStr">
+      <c r="OR8" s="7" t="inlineStr">
         <is>
           <t>2013M04</t>
         </is>
       </c>
-      <c r="OO8" s="7" t="inlineStr">
+      <c r="OS8" s="7" t="inlineStr">
         <is>
           <t>2013M03</t>
         </is>
       </c>
-      <c r="OP8" s="7" t="inlineStr">
+      <c r="OT8" s="7" t="inlineStr">
         <is>
           <t>2013M02</t>
         </is>
       </c>
-      <c r="OQ8" s="7" t="inlineStr">
+      <c r="OU8" s="7" t="inlineStr">
         <is>
           <t>2013M01</t>
         </is>
       </c>
-      <c r="OR8" s="7" t="inlineStr">
+      <c r="OV8" s="7" t="inlineStr">
         <is>
           <t>2012M12</t>
         </is>
       </c>
-      <c r="OS8" s="7" t="inlineStr">
+      <c r="OW8" s="7" t="inlineStr">
         <is>
           <t>2012M11</t>
         </is>
       </c>
-      <c r="OT8" s="7" t="inlineStr">
+      <c r="OX8" s="7" t="inlineStr">
         <is>
           <t>2012M10</t>
         </is>
       </c>
-      <c r="OU8" s="7" t="inlineStr">
+      <c r="OY8" s="7" t="inlineStr">
         <is>
           <t>2012M09</t>
         </is>
       </c>
-      <c r="OV8" s="7" t="inlineStr">
+      <c r="OZ8" s="7" t="inlineStr">
         <is>
           <t>2012M08</t>
         </is>
       </c>
-      <c r="OW8" s="7" t="inlineStr">
+      <c r="PA8" s="7" t="inlineStr">
         <is>
           <t>2012M07</t>
         </is>
       </c>
-      <c r="OX8" s="7" t="inlineStr">
+      <c r="PB8" s="7" t="inlineStr">
         <is>
           <t>2012M06</t>
         </is>
       </c>
-      <c r="OY8" s="7" t="inlineStr">
+      <c r="PC8" s="7" t="inlineStr">
         <is>
           <t>2012M05</t>
         </is>
       </c>
-      <c r="OZ8" s="7" t="inlineStr">
+      <c r="PD8" s="7" t="inlineStr">
         <is>
           <t>2012M04</t>
         </is>
       </c>
-      <c r="PA8" s="7" t="inlineStr">
+      <c r="PE8" s="7" t="inlineStr">
         <is>
           <t>2012M03</t>
         </is>
       </c>
-      <c r="PB8" s="7" t="inlineStr">
+      <c r="PF8" s="7" t="inlineStr">
         <is>
           <t>2012M02</t>
         </is>
       </c>
-      <c r="PC8" s="7" t="inlineStr">
+      <c r="PG8" s="7" t="inlineStr">
         <is>
           <t>2012M01</t>
         </is>
       </c>
-      <c r="PD8" s="7" t="inlineStr">
+      <c r="PH8" s="7" t="inlineStr">
         <is>
           <t>2011M12</t>
         </is>
       </c>
-      <c r="PE8" s="7" t="inlineStr">
+      <c r="PI8" s="7" t="inlineStr">
         <is>
           <t>2011M11</t>
         </is>
       </c>
-      <c r="PF8" s="7" t="inlineStr">
+      <c r="PJ8" s="7" t="inlineStr">
         <is>
           <t>2011M10</t>
         </is>
       </c>
-      <c r="PG8" s="7" t="inlineStr">
+      <c r="PK8" s="7" t="inlineStr">
         <is>
           <t>2011M09</t>
         </is>
       </c>
-      <c r="PH8" s="7" t="inlineStr">
+      <c r="PL8" s="7" t="inlineStr">
         <is>
           <t>2011M08</t>
         </is>
       </c>
-      <c r="PI8" s="7" t="inlineStr">
+      <c r="PM8" s="7" t="inlineStr">
         <is>
           <t>2011M07</t>
         </is>
       </c>
-      <c r="PJ8" s="7" t="inlineStr">
+      <c r="PN8" s="7" t="inlineStr">
         <is>
           <t>2011M06</t>
         </is>
       </c>
-      <c r="PK8" s="7" t="inlineStr">
+      <c r="PO8" s="7" t="inlineStr">
         <is>
           <t>2011M05</t>
         </is>
       </c>
-      <c r="PL8" s="7" t="inlineStr">
+      <c r="PP8" s="7" t="inlineStr">
         <is>
           <t>2011M04</t>
         </is>
       </c>
-      <c r="PM8" s="7" t="inlineStr">
+      <c r="PQ8" s="7" t="inlineStr">
         <is>
           <t>2011M03</t>
         </is>
       </c>
-      <c r="PN8" s="7" t="inlineStr">
+      <c r="PR8" s="7" t="inlineStr">
         <is>
           <t>2011M02</t>
         </is>
       </c>
-      <c r="PO8" s="7" t="inlineStr">
+      <c r="PS8" s="7" t="inlineStr">
         <is>
           <t>2011M01</t>
         </is>
       </c>
-      <c r="PP8" s="7" t="inlineStr">
+      <c r="PT8" s="7" t="inlineStr">
         <is>
           <t>2010M12</t>
         </is>
       </c>
-      <c r="PQ8" s="7" t="inlineStr">
+      <c r="PU8" s="7" t="inlineStr">
         <is>
           <t>2010M11</t>
         </is>
       </c>
-      <c r="PR8" s="7" t="inlineStr">
+      <c r="PV8" s="7" t="inlineStr">
         <is>
           <t>2010M10</t>
         </is>
       </c>
-      <c r="PS8" s="7" t="inlineStr">
+      <c r="PW8" s="7" t="inlineStr">
         <is>
           <t>2010M09</t>
         </is>
       </c>
-      <c r="PT8" s="7" t="inlineStr">
+      <c r="PX8" s="7" t="inlineStr">
         <is>
           <t>2010M08</t>
         </is>
       </c>
-      <c r="PU8" s="7" t="inlineStr">
+      <c r="PY8" s="7" t="inlineStr">
         <is>
           <t>2010M07</t>
         </is>
       </c>
-      <c r="PV8" s="7" t="inlineStr">
+      <c r="PZ8" s="7" t="inlineStr">
         <is>
           <t>2010M06</t>
         </is>
       </c>
-      <c r="PW8" s="7" t="inlineStr">
+      <c r="QA8" s="7" t="inlineStr">
         <is>
           <t>2010M05</t>
         </is>
       </c>
-      <c r="PX8" s="7" t="inlineStr">
+      <c r="QB8" s="7" t="inlineStr">
         <is>
           <t>2010M04</t>
         </is>
       </c>
-      <c r="PY8" s="7" t="inlineStr">
+      <c r="QC8" s="7" t="inlineStr">
         <is>
           <t>2010M03</t>
         </is>
       </c>
-      <c r="PZ8" s="7" t="inlineStr">
+      <c r="QD8" s="7" t="inlineStr">
         <is>
           <t>2010M02</t>
         </is>
       </c>
-      <c r="QA8" s="7" t="inlineStr">
+      <c r="QE8" s="7" t="inlineStr">
         <is>
           <t>2010M01</t>
         </is>
       </c>
-      <c r="QB8" s="7" t="inlineStr">
+      <c r="QF8" s="7" t="inlineStr">
         <is>
           <t>2009M12</t>
         </is>
       </c>
-      <c r="QC8" s="7" t="inlineStr">
+      <c r="QG8" s="7" t="inlineStr">
         <is>
           <t>2009M11</t>
         </is>
       </c>
-      <c r="QD8" s="7" t="inlineStr">
+      <c r="QH8" s="7" t="inlineStr">
         <is>
           <t>2009M10</t>
         </is>
       </c>
-      <c r="QE8" s="7" t="inlineStr">
+      <c r="QI8" s="7" t="inlineStr">
         <is>
           <t>2009M09</t>
         </is>
       </c>
-      <c r="QF8" s="7" t="inlineStr">
+      <c r="QJ8" s="7" t="inlineStr">
         <is>
           <t>2009M08</t>
         </is>
       </c>
-      <c r="QG8" s="7" t="inlineStr">
+      <c r="QK8" s="7" t="inlineStr">
         <is>
           <t>2009M07</t>
         </is>
       </c>
-      <c r="QH8" s="7" t="inlineStr">
+      <c r="QL8" s="7" t="inlineStr">
         <is>
           <t>2009M06</t>
         </is>
       </c>
-      <c r="QI8" s="7" t="inlineStr">
+      <c r="QM8" s="7" t="inlineStr">
         <is>
           <t>2009M05</t>
         </is>
       </c>
-      <c r="QJ8" s="7" t="inlineStr">
+      <c r="QN8" s="7" t="inlineStr">
         <is>
           <t>2009M04</t>
         </is>
       </c>
-      <c r="QK8" s="7" t="inlineStr">
+      <c r="QO8" s="7" t="inlineStr">
         <is>
           <t>2009M03</t>
         </is>
       </c>
-      <c r="QL8" s="7" t="inlineStr">
+      <c r="QP8" s="7" t="inlineStr">
         <is>
           <t>2009M02</t>
         </is>
       </c>
-      <c r="QM8" s="7" t="inlineStr">
+      <c r="QQ8" s="7" t="inlineStr">
         <is>
           <t>2009M01</t>
         </is>
       </c>
-      <c r="QN8" s="7" t="inlineStr">
+      <c r="QR8" s="7" t="inlineStr">
         <is>
           <t>2008M12</t>
         </is>
       </c>
-      <c r="QO8" s="7" t="inlineStr">
+      <c r="QS8" s="7" t="inlineStr">
         <is>
           <t>2008M11</t>
         </is>
       </c>
-      <c r="QP8" s="7" t="inlineStr">
+      <c r="QT8" s="7" t="inlineStr">
         <is>
           <t>2008M10</t>
         </is>
       </c>
-      <c r="QQ8" s="7" t="inlineStr">
+      <c r="QU8" s="7" t="inlineStr">
         <is>
           <t>2008M09</t>
         </is>
       </c>
-      <c r="QR8" s="7" t="inlineStr">
+      <c r="QV8" s="7" t="inlineStr">
         <is>
           <t>2008M08</t>
         </is>
       </c>
-      <c r="QS8" s="7" t="inlineStr">
+      <c r="QW8" s="7" t="inlineStr">
         <is>
           <t>2008M07</t>
         </is>
       </c>
-      <c r="QT8" s="7" t="inlineStr">
+      <c r="QX8" s="7" t="inlineStr">
         <is>
           <t>2008M06</t>
         </is>
       </c>
-      <c r="QU8" s="7" t="inlineStr">
+      <c r="QY8" s="7" t="inlineStr">
         <is>
           <t>2008M05</t>
         </is>
       </c>
-      <c r="QV8" s="7" t="inlineStr">
+      <c r="QZ8" s="7" t="inlineStr">
         <is>
           <t>2008M04</t>
         </is>
       </c>
-      <c r="QW8" s="7" t="inlineStr">
+      <c r="RA8" s="7" t="inlineStr">
         <is>
           <t>2008M03</t>
         </is>
       </c>
-      <c r="QX8" s="7" t="inlineStr">
+      <c r="RB8" s="7" t="inlineStr">
         <is>
           <t>2008M02</t>
         </is>
       </c>
-      <c r="QY8" s="7" t="inlineStr">
+      <c r="RC8" s="7" t="inlineStr">
         <is>
           <t>2008M01</t>
         </is>
       </c>
-      <c r="QZ8" s="7" t="inlineStr">
+      <c r="RD8" s="7" t="inlineStr">
         <is>
           <t>2007M12</t>
         </is>
       </c>
-      <c r="RA8" s="7" t="inlineStr">
+      <c r="RE8" s="7" t="inlineStr">
         <is>
           <t>2007M11</t>
         </is>
       </c>
-      <c r="RB8" s="7" t="inlineStr">
+      <c r="RF8" s="7" t="inlineStr">
         <is>
           <t>2007M10</t>
         </is>
       </c>
-      <c r="RC8" s="7" t="inlineStr">
+      <c r="RG8" s="7" t="inlineStr">
         <is>
           <t>2007M09</t>
         </is>
       </c>
-      <c r="RD8" s="7" t="inlineStr">
+      <c r="RH8" s="7" t="inlineStr">
         <is>
           <t>2007M08</t>
         </is>
       </c>
-      <c r="RE8" s="7" t="inlineStr">
+      <c r="RI8" s="7" t="inlineStr">
         <is>
           <t>2007M07</t>
         </is>
       </c>
-      <c r="RF8" s="7" t="inlineStr">
+      <c r="RJ8" s="7" t="inlineStr">
         <is>
           <t>2007M06</t>
         </is>
       </c>
-      <c r="RG8" s="7" t="inlineStr">
+      <c r="RK8" s="7" t="inlineStr">
         <is>
           <t>2007M05</t>
         </is>
       </c>
-      <c r="RH8" s="7" t="inlineStr">
+      <c r="RL8" s="7" t="inlineStr">
         <is>
           <t>2007M04</t>
         </is>
       </c>
-      <c r="RI8" s="7" t="inlineStr">
+      <c r="RM8" s="7" t="inlineStr">
         <is>
           <t>2007M03</t>
         </is>
       </c>
-      <c r="RJ8" s="7" t="inlineStr">
+      <c r="RN8" s="7" t="inlineStr">
         <is>
           <t>2007M02</t>
         </is>
       </c>
-      <c r="RK8" s="7" t="inlineStr">
+      <c r="RO8" s="7" t="inlineStr">
         <is>
           <t>2007M01</t>
         </is>
       </c>
-      <c r="RL8" s="7" t="inlineStr">
+      <c r="RP8" s="7" t="inlineStr">
         <is>
           <t>2006M12</t>
         </is>
       </c>
-      <c r="RM8" s="7" t="inlineStr">
+      <c r="RQ8" s="7" t="inlineStr">
         <is>
           <t>2006M11</t>
         </is>
       </c>
-      <c r="RN8" s="7" t="inlineStr">
+      <c r="RR8" s="7" t="inlineStr">
         <is>
           <t>2006M10</t>
         </is>
       </c>
-      <c r="RO8" s="7" t="inlineStr">
+      <c r="RS8" s="7" t="inlineStr">
         <is>
           <t>2006M09</t>
         </is>
       </c>
-      <c r="RP8" s="7" t="inlineStr">
+      <c r="RT8" s="7" t="inlineStr">
         <is>
           <t>2006M08</t>
         </is>
       </c>
-      <c r="RQ8" s="7" t="inlineStr">
+      <c r="RU8" s="7" t="inlineStr">
         <is>
           <t>2006M07</t>
         </is>
       </c>
-      <c r="RR8" s="7" t="inlineStr">
+      <c r="RV8" s="7" t="inlineStr">
         <is>
           <t>2006M06</t>
         </is>
       </c>
-      <c r="RS8" s="7" t="inlineStr">
+      <c r="RW8" s="7" t="inlineStr">
         <is>
           <t>2006M05</t>
         </is>
       </c>
-      <c r="RT8" s="7" t="inlineStr">
+      <c r="RX8" s="7" t="inlineStr">
         <is>
           <t>2006M04</t>
         </is>
       </c>
-      <c r="RU8" s="7" t="inlineStr">
+      <c r="RY8" s="7" t="inlineStr">
         <is>
           <t>2006M03</t>
         </is>
       </c>
-      <c r="RV8" s="7" t="inlineStr">
+      <c r="RZ8" s="7" t="inlineStr">
         <is>
           <t>2006M02</t>
         </is>
       </c>
-      <c r="RW8" s="7" t="inlineStr">
+      <c r="SA8" s="7" t="inlineStr">
         <is>
           <t>2006M01</t>
         </is>
       </c>
-      <c r="RX8" s="7" t="inlineStr">
+      <c r="SB8" s="7" t="inlineStr">
         <is>
           <t>2005M12</t>
         </is>
       </c>
-      <c r="RY8" s="7" t="inlineStr">
+      <c r="SC8" s="7" t="inlineStr">
         <is>
           <t>2005M11</t>
         </is>
       </c>
-      <c r="RZ8" s="7" t="inlineStr">
+      <c r="SD8" s="7" t="inlineStr">
         <is>
           <t>2005M10</t>
         </is>
       </c>
-      <c r="SA8" s="7" t="inlineStr">
+      <c r="SE8" s="7" t="inlineStr">
         <is>
           <t>2005M09</t>
         </is>
       </c>
-      <c r="SB8" s="7" t="inlineStr">
+      <c r="SF8" s="7" t="inlineStr">
         <is>
           <t>2005M08</t>
         </is>
       </c>
-      <c r="SC8" s="7" t="inlineStr">
+      <c r="SG8" s="7" t="inlineStr">
         <is>
           <t>2005M07</t>
         </is>
       </c>
-      <c r="SD8" s="7" t="inlineStr">
+      <c r="SH8" s="7" t="inlineStr">
         <is>
           <t>2005M06</t>
         </is>
       </c>
-      <c r="SE8" s="7" t="inlineStr">
+      <c r="SI8" s="7" t="inlineStr">
         <is>
           <t>2005M05</t>
         </is>
       </c>
-      <c r="SF8" s="7" t="inlineStr">
+      <c r="SJ8" s="7" t="inlineStr">
         <is>
           <t>2005M04</t>
         </is>
       </c>
-      <c r="SG8" s="7" t="inlineStr">
+      <c r="SK8" s="7" t="inlineStr">
         <is>
           <t>2005M03</t>
         </is>
       </c>
-      <c r="SH8" s="7" t="inlineStr">
+      <c r="SL8" s="7" t="inlineStr">
         <is>
           <t>2005M02</t>
         </is>
       </c>
-      <c r="SI8" s="7" t="inlineStr">
+      <c r="SM8" s="7" t="inlineStr">
         <is>
           <t>2005M01</t>
         </is>
       </c>
-      <c r="SJ8" s="7" t="inlineStr">
+      <c r="SN8" s="7" t="inlineStr">
+        <is>
+          <t>2026M01</t>
+        </is>
+      </c>
+      <c r="SO8" s="7" t="inlineStr">
+        <is>
+          <t>2025M12</t>
+        </is>
+      </c>
+      <c r="SP8" s="7" t="inlineStr">
         <is>
           <t>2025M11</t>
         </is>
       </c>
-      <c r="SK8" s="7" t="inlineStr">
+      <c r="SQ8" s="7" t="inlineStr">
         <is>
           <t>2025M10</t>
         </is>
       </c>
-      <c r="SL8" s="7" t="inlineStr">
+      <c r="SR8" s="7" t="inlineStr">
         <is>
           <t>2025M09</t>
         </is>
       </c>
-      <c r="SM8" s="7" t="inlineStr">
+      <c r="SS8" s="7" t="inlineStr">
         <is>
           <t>2025M08</t>
         </is>
       </c>
-      <c r="SN8" s="7" t="inlineStr">
+      <c r="ST8" s="7" t="inlineStr">
         <is>
           <t>2025M07</t>
         </is>
       </c>
-      <c r="SO8" s="7" t="inlineStr">
+      <c r="SU8" s="7" t="inlineStr">
         <is>
           <t>2025M06</t>
         </is>
       </c>
-      <c r="SP8" s="7" t="inlineStr">
+      <c r="SV8" s="7" t="inlineStr">
         <is>
           <t>2025M05</t>
         </is>
       </c>
-      <c r="SQ8" s="7" t="inlineStr">
+      <c r="SW8" s="7" t="inlineStr">
         <is>
           <t>2025M04</t>
         </is>
       </c>
-      <c r="SR8" s="7" t="inlineStr">
+      <c r="SX8" s="7" t="inlineStr">
         <is>
           <t>2025M03</t>
         </is>
       </c>
-      <c r="SS8" s="7" t="inlineStr">
+      <c r="SY8" s="7" t="inlineStr">
         <is>
           <t>2025M02</t>
         </is>
       </c>
-      <c r="ST8" s="7" t="inlineStr">
+      <c r="SZ8" s="7" t="inlineStr">
         <is>
           <t>2025M01</t>
         </is>
       </c>
-      <c r="SU8" s="7" t="inlineStr">
+      <c r="TA8" s="7" t="inlineStr">
         <is>
           <t>2024M12</t>
         </is>
       </c>
-      <c r="SV8" s="7" t="inlineStr">
+      <c r="TB8" s="7" t="inlineStr">
         <is>
           <t>2024M11</t>
         </is>
       </c>
-      <c r="SW8" s="7" t="inlineStr">
+      <c r="TC8" s="7" t="inlineStr">
         <is>
           <t>2024M10</t>
         </is>
       </c>
-      <c r="SX8" s="7" t="inlineStr">
+      <c r="TD8" s="7" t="inlineStr">
         <is>
           <t>2024M09</t>
         </is>
       </c>
-      <c r="SY8" s="7" t="inlineStr">
+      <c r="TE8" s="7" t="inlineStr">
         <is>
           <t>2024M08</t>
         </is>
       </c>
-      <c r="SZ8" s="7" t="inlineStr">
+      <c r="TF8" s="7" t="inlineStr">
         <is>
           <t>2024M07</t>
         </is>
       </c>
-      <c r="TA8" s="7" t="inlineStr">
+      <c r="TG8" s="7" t="inlineStr">
         <is>
           <t>2024M06</t>
         </is>
       </c>
-      <c r="TB8" s="7" t="inlineStr">
+      <c r="TH8" s="7" t="inlineStr">
         <is>
           <t>2024M05</t>
         </is>
       </c>
-      <c r="TC8" s="7" t="inlineStr">
+      <c r="TI8" s="7" t="inlineStr">
         <is>
           <t>2024M04</t>
         </is>
       </c>
-      <c r="TD8" s="7" t="inlineStr">
+      <c r="TJ8" s="7" t="inlineStr">
         <is>
           <t>2024M03</t>
         </is>
       </c>
-      <c r="TE8" s="7" t="inlineStr">
+      <c r="TK8" s="7" t="inlineStr">
         <is>
           <t>2024M02</t>
         </is>
       </c>
-      <c r="TF8" s="7" t="inlineStr">
+      <c r="TL8" s="7" t="inlineStr">
         <is>
           <t>2024M01</t>
         </is>
       </c>
-      <c r="TG8" s="7" t="inlineStr">
+      <c r="TM8" s="7" t="inlineStr">
         <is>
           <t>2023M12</t>
         </is>
       </c>
-      <c r="TH8" s="7" t="inlineStr">
+      <c r="TN8" s="7" t="inlineStr">
         <is>
           <t>2023M11</t>
         </is>
       </c>
-      <c r="TI8" s="7" t="inlineStr">
+      <c r="TO8" s="7" t="inlineStr">
         <is>
           <t>2023M10</t>
         </is>
       </c>
-      <c r="TJ8" s="7" t="inlineStr">
+      <c r="TP8" s="7" t="inlineStr">
         <is>
           <t>2023M09</t>
         </is>
       </c>
-      <c r="TK8" s="7" t="inlineStr">
+      <c r="TQ8" s="7" t="inlineStr">
         <is>
           <t>2023M08</t>
         </is>
       </c>
-      <c r="TL8" s="7" t="inlineStr">
+      <c r="TR8" s="7" t="inlineStr">
         <is>
           <t>2023M07</t>
         </is>
       </c>
-      <c r="TM8" s="7" t="inlineStr">
+      <c r="TS8" s="7" t="inlineStr">
         <is>
           <t>2023M06</t>
         </is>
       </c>
-      <c r="TN8" s="7" t="inlineStr">
+      <c r="TT8" s="7" t="inlineStr">
         <is>
           <t>2023M05</t>
         </is>
       </c>
-      <c r="TO8" s="7" t="inlineStr">
+      <c r="TU8" s="7" t="inlineStr">
         <is>
           <t>2023M04</t>
         </is>
       </c>
-      <c r="TP8" s="7" t="inlineStr">
+      <c r="TV8" s="7" t="inlineStr">
         <is>
           <t>2023M03</t>
         </is>
       </c>
-      <c r="TQ8" s="7" t="inlineStr">
+      <c r="TW8" s="7" t="inlineStr">
         <is>
           <t>2023M02</t>
         </is>
       </c>
-      <c r="TR8" s="7" t="inlineStr">
+      <c r="TX8" s="7" t="inlineStr">
         <is>
           <t>2023M01</t>
         </is>
       </c>
-      <c r="TS8" s="7" t="inlineStr">
+      <c r="TY8" s="7" t="inlineStr">
         <is>
           <t>2022M12</t>
         </is>
       </c>
-      <c r="TT8" s="7" t="inlineStr">
+      <c r="TZ8" s="7" t="inlineStr">
         <is>
           <t>2022M11</t>
         </is>
       </c>
-      <c r="TU8" s="7" t="inlineStr">
+      <c r="UA8" s="7" t="inlineStr">
         <is>
           <t>2022M10</t>
         </is>
       </c>
-      <c r="TV8" s="7" t="inlineStr">
+      <c r="UB8" s="7" t="inlineStr">
         <is>
           <t>2022M09</t>
         </is>
       </c>
-      <c r="TW8" s="7" t="inlineStr">
+      <c r="UC8" s="7" t="inlineStr">
         <is>
           <t>2022M08</t>
         </is>
       </c>
-      <c r="TX8" s="7" t="inlineStr">
+      <c r="UD8" s="7" t="inlineStr">
         <is>
           <t>2022M07</t>
         </is>
       </c>
-      <c r="TY8" s="7" t="inlineStr">
+      <c r="UE8" s="7" t="inlineStr">
         <is>
           <t>2022M06</t>
         </is>
       </c>
-      <c r="TZ8" s="7" t="inlineStr">
+      <c r="UF8" s="7" t="inlineStr">
         <is>
           <t>2022M05</t>
         </is>
       </c>
-      <c r="UA8" s="7" t="inlineStr">
+      <c r="UG8" s="7" t="inlineStr">
         <is>
           <t>2022M04</t>
         </is>
       </c>
-      <c r="UB8" s="7" t="inlineStr">
+      <c r="UH8" s="7" t="inlineStr">
         <is>
           <t>2022M03</t>
         </is>
       </c>
-      <c r="UC8" s="7" t="inlineStr">
+      <c r="UI8" s="7" t="inlineStr">
         <is>
           <t>2022M02</t>
         </is>
       </c>
-      <c r="UD8" s="7" t="inlineStr">
+      <c r="UJ8" s="7" t="inlineStr">
         <is>
           <t>2022M01</t>
         </is>
       </c>
-      <c r="UE8" s="7" t="inlineStr">
+      <c r="UK8" s="7" t="inlineStr">
         <is>
           <t>2021M12</t>
         </is>
       </c>
-      <c r="UF8" s="7" t="inlineStr">
+      <c r="UL8" s="7" t="inlineStr">
         <is>
           <t>2021M11</t>
         </is>
       </c>
-      <c r="UG8" s="7" t="inlineStr">
+      <c r="UM8" s="7" t="inlineStr">
         <is>
           <t>2021M10</t>
         </is>
       </c>
-      <c r="UH8" s="7" t="inlineStr">
+      <c r="UN8" s="7" t="inlineStr">
         <is>
           <t>2021M09</t>
         </is>
       </c>
-      <c r="UI8" s="7" t="inlineStr">
+      <c r="UO8" s="7" t="inlineStr">
         <is>
           <t>2021M08</t>
         </is>
       </c>
-      <c r="UJ8" s="7" t="inlineStr">
+      <c r="UP8" s="7" t="inlineStr">
         <is>
           <t>2021M07</t>
         </is>
       </c>
-      <c r="UK8" s="7" t="inlineStr">
+      <c r="UQ8" s="7" t="inlineStr">
         <is>
           <t>2021M06</t>
         </is>
       </c>
-      <c r="UL8" s="7" t="inlineStr">
+      <c r="UR8" s="7" t="inlineStr">
         <is>
           <t>2021M05</t>
         </is>
       </c>
-      <c r="UM8" s="7" t="inlineStr">
+      <c r="US8" s="7" t="inlineStr">
         <is>
           <t>2021M04</t>
         </is>
       </c>
-      <c r="UN8" s="7" t="inlineStr">
+      <c r="UT8" s="7" t="inlineStr">
         <is>
           <t>2021M03</t>
         </is>
       </c>
-      <c r="UO8" s="7" t="inlineStr">
+      <c r="UU8" s="7" t="inlineStr">
         <is>
           <t>2021M02</t>
         </is>
       </c>
-      <c r="UP8" s="7" t="inlineStr">
+      <c r="UV8" s="7" t="inlineStr">
         <is>
           <t>2021M01</t>
         </is>
       </c>
-      <c r="UQ8" s="7" t="inlineStr">
+      <c r="UW8" s="7" t="inlineStr">
         <is>
           <t>2020M12</t>
         </is>
       </c>
-      <c r="UR8" s="7" t="inlineStr">
+      <c r="UX8" s="7" t="inlineStr">
         <is>
           <t>2020M11</t>
         </is>
       </c>
-      <c r="US8" s="7" t="inlineStr">
+      <c r="UY8" s="7" t="inlineStr">
         <is>
           <t>2020M10</t>
         </is>
       </c>
-      <c r="UT8" s="7" t="inlineStr">
+      <c r="UZ8" s="7" t="inlineStr">
         <is>
           <t>2020M09</t>
         </is>
       </c>
-      <c r="UU8" s="7" t="inlineStr">
+      <c r="VA8" s="7" t="inlineStr">
         <is>
           <t>2020M08</t>
         </is>
       </c>
-      <c r="UV8" s="7" t="inlineStr">
+      <c r="VB8" s="7" t="inlineStr">
         <is>
           <t>2020M07</t>
         </is>
       </c>
-      <c r="UW8" s="7" t="inlineStr">
+      <c r="VC8" s="7" t="inlineStr">
         <is>
           <t>2020M06</t>
         </is>
       </c>
-      <c r="UX8" s="7" t="inlineStr">
+      <c r="VD8" s="7" t="inlineStr">
         <is>
           <t>2020M05</t>
         </is>
       </c>
-      <c r="UY8" s="7" t="inlineStr">
+      <c r="VE8" s="7" t="inlineStr">
         <is>
           <t>2020M04</t>
         </is>
       </c>
-      <c r="UZ8" s="7" t="inlineStr">
+      <c r="VF8" s="7" t="inlineStr">
         <is>
           <t>2020M03</t>
         </is>
       </c>
-      <c r="VA8" s="7" t="inlineStr">
+      <c r="VG8" s="7" t="inlineStr">
         <is>
           <t>2020M02</t>
         </is>
       </c>
-      <c r="VB8" s="7" t="inlineStr">
+      <c r="VH8" s="7" t="inlineStr">
         <is>
           <t>2020M01</t>
         </is>
       </c>
-      <c r="VC8" s="7" t="inlineStr">
+      <c r="VI8" s="7" t="inlineStr">
         <is>
           <t>2019M12</t>
         </is>
       </c>
-      <c r="VD8" s="7" t="inlineStr">
+      <c r="VJ8" s="7" t="inlineStr">
         <is>
           <t>2019M11</t>
         </is>
       </c>
-      <c r="VE8" s="7" t="inlineStr">
+      <c r="VK8" s="7" t="inlineStr">
         <is>
           <t>2019M10</t>
         </is>
       </c>
-      <c r="VF8" s="7" t="inlineStr">
+      <c r="VL8" s="7" t="inlineStr">
         <is>
           <t>2019M09</t>
         </is>
       </c>
-      <c r="VG8" s="7" t="inlineStr">
+      <c r="VM8" s="7" t="inlineStr">
         <is>
           <t>2019M08</t>
         </is>
       </c>
-      <c r="VH8" s="7" t="inlineStr">
+      <c r="VN8" s="7" t="inlineStr">
         <is>
           <t>2019M07</t>
         </is>
       </c>
-      <c r="VI8" s="7" t="inlineStr">
+      <c r="VO8" s="7" t="inlineStr">
         <is>
           <t>2019M06</t>
         </is>
       </c>
-      <c r="VJ8" s="7" t="inlineStr">
+      <c r="VP8" s="7" t="inlineStr">
         <is>
           <t>2019M05</t>
         </is>
       </c>
-      <c r="VK8" s="7" t="inlineStr">
+      <c r="VQ8" s="7" t="inlineStr">
         <is>
           <t>2019M04</t>
         </is>
       </c>
-      <c r="VL8" s="7" t="inlineStr">
+      <c r="VR8" s="7" t="inlineStr">
         <is>
           <t>2019M03</t>
         </is>
       </c>
-      <c r="VM8" s="7" t="inlineStr">
+      <c r="VS8" s="7" t="inlineStr">
         <is>
           <t>2019M02</t>
         </is>
       </c>
-      <c r="VN8" s="7" t="inlineStr">
+      <c r="VT8" s="7" t="inlineStr">
         <is>
           <t>2019M01</t>
         </is>
       </c>
-      <c r="VO8" s="7" t="inlineStr">
+      <c r="VU8" s="7" t="inlineStr">
         <is>
           <t>2018M12</t>
         </is>
       </c>
-      <c r="VP8" s="7" t="inlineStr">
+      <c r="VV8" s="7" t="inlineStr">
         <is>
           <t>2018M11</t>
         </is>
       </c>
-      <c r="VQ8" s="7" t="inlineStr">
+      <c r="VW8" s="7" t="inlineStr">
         <is>
           <t>2018M10</t>
         </is>
       </c>
-      <c r="VR8" s="7" t="inlineStr">
+      <c r="VX8" s="7" t="inlineStr">
         <is>
           <t>2018M09</t>
         </is>
       </c>
-      <c r="VS8" s="7" t="inlineStr">
+      <c r="VY8" s="7" t="inlineStr">
         <is>
           <t>2018M08</t>
         </is>
       </c>
-      <c r="VT8" s="7" t="inlineStr">
+      <c r="VZ8" s="7" t="inlineStr">
         <is>
           <t>2018M07</t>
         </is>
       </c>
-      <c r="VU8" s="7" t="inlineStr">
+      <c r="WA8" s="7" t="inlineStr">
         <is>
           <t>2018M06</t>
         </is>
       </c>
-      <c r="VV8" s="7" t="inlineStr">
+      <c r="WB8" s="7" t="inlineStr">
         <is>
           <t>2018M05</t>
         </is>
       </c>
-      <c r="VW8" s="7" t="inlineStr">
+      <c r="WC8" s="7" t="inlineStr">
         <is>
           <t>2018M04</t>
         </is>
       </c>
-      <c r="VX8" s="7" t="inlineStr">
+      <c r="WD8" s="7" t="inlineStr">
         <is>
           <t>2018M03</t>
         </is>
       </c>
-      <c r="VY8" s="7" t="inlineStr">
+      <c r="WE8" s="7" t="inlineStr">
         <is>
           <t>2018M02</t>
         </is>
       </c>
-      <c r="VZ8" s="7" t="inlineStr">
+      <c r="WF8" s="7" t="inlineStr">
         <is>
           <t>2018M01</t>
         </is>
       </c>
-      <c r="WA8" s="7" t="inlineStr">
+      <c r="WG8" s="7" t="inlineStr">
         <is>
           <t>2017M12</t>
         </is>
       </c>
-      <c r="WB8" s="7" t="inlineStr">
+      <c r="WH8" s="7" t="inlineStr">
         <is>
           <t>2017M11</t>
         </is>
       </c>
-      <c r="WC8" s="7" t="inlineStr">
+      <c r="WI8" s="7" t="inlineStr">
         <is>
           <t>2017M10</t>
         </is>
       </c>
-      <c r="WD8" s="7" t="inlineStr">
+      <c r="WJ8" s="7" t="inlineStr">
         <is>
           <t>2017M09</t>
         </is>
       </c>
-      <c r="WE8" s="7" t="inlineStr">
+      <c r="WK8" s="7" t="inlineStr">
         <is>
           <t>2017M08</t>
         </is>
       </c>
-      <c r="WF8" s="7" t="inlineStr">
+      <c r="WL8" s="7" t="inlineStr">
         <is>
           <t>2017M07</t>
         </is>
       </c>
-      <c r="WG8" s="7" t="inlineStr">
+      <c r="WM8" s="7" t="inlineStr">
         <is>
           <t>2017M06</t>
         </is>
       </c>
-      <c r="WH8" s="7" t="inlineStr">
+      <c r="WN8" s="7" t="inlineStr">
         <is>
           <t>2017M05</t>
         </is>
       </c>
-      <c r="WI8" s="7" t="inlineStr">
+      <c r="WO8" s="7" t="inlineStr">
         <is>
           <t>2017M04</t>
         </is>
       </c>
-      <c r="WJ8" s="7" t="inlineStr">
+      <c r="WP8" s="7" t="inlineStr">
         <is>
           <t>2017M03</t>
         </is>
       </c>
-      <c r="WK8" s="7" t="inlineStr">
+      <c r="WQ8" s="7" t="inlineStr">
         <is>
           <t>2017M02</t>
         </is>
       </c>
-      <c r="WL8" s="7" t="inlineStr">
+      <c r="WR8" s="7" t="inlineStr">
         <is>
           <t>2017M01</t>
         </is>
       </c>
-      <c r="WM8" s="7" t="inlineStr">
+      <c r="WS8" s="7" t="inlineStr">
         <is>
           <t>2016M12</t>
         </is>
       </c>
-      <c r="WN8" s="7" t="inlineStr">
+      <c r="WT8" s="7" t="inlineStr">
         <is>
           <t>2016M11</t>
         </is>
       </c>
-      <c r="WO8" s="7" t="inlineStr">
+      <c r="WU8" s="7" t="inlineStr">
         <is>
           <t>2016M10</t>
         </is>
       </c>
-      <c r="WP8" s="7" t="inlineStr">
+      <c r="WV8" s="7" t="inlineStr">
         <is>
           <t>2016M09</t>
         </is>
       </c>
-      <c r="WQ8" s="7" t="inlineStr">
+      <c r="WW8" s="7" t="inlineStr">
         <is>
           <t>2016M08</t>
         </is>
       </c>
-      <c r="WR8" s="7" t="inlineStr">
+      <c r="WX8" s="7" t="inlineStr">
         <is>
           <t>2016M07</t>
         </is>
       </c>
-      <c r="WS8" s="7" t="inlineStr">
+      <c r="WY8" s="7" t="inlineStr">
         <is>
           <t>2016M06</t>
         </is>
       </c>
-      <c r="WT8" s="7" t="inlineStr">
+      <c r="WZ8" s="7" t="inlineStr">
         <is>
           <t>2016M05</t>
         </is>
       </c>
-      <c r="WU8" s="7" t="inlineStr">
+      <c r="XA8" s="7" t="inlineStr">
         <is>
           <t>2016M04</t>
         </is>
       </c>
-      <c r="WV8" s="7" t="inlineStr">
+      <c r="XB8" s="7" t="inlineStr">
         <is>
           <t>2016M03</t>
         </is>
       </c>
-      <c r="WW8" s="7" t="inlineStr">
+      <c r="XC8" s="7" t="inlineStr">
         <is>
           <t>2016M02</t>
         </is>
       </c>
-      <c r="WX8" s="7" t="inlineStr">
+      <c r="XD8" s="7" t="inlineStr">
         <is>
           <t>2016M01</t>
         </is>
       </c>
-      <c r="WY8" s="7" t="inlineStr">
+      <c r="XE8" s="7" t="inlineStr">
         <is>
           <t>2015M12</t>
         </is>
       </c>
-      <c r="WZ8" s="7" t="inlineStr">
+      <c r="XF8" s="7" t="inlineStr">
         <is>
           <t>2015M11</t>
         </is>
       </c>
-      <c r="XA8" s="7" t="inlineStr">
+      <c r="XG8" s="7" t="inlineStr">
         <is>
           <t>2015M10</t>
         </is>
       </c>
-      <c r="XB8" s="7" t="inlineStr">
+      <c r="XH8" s="7" t="inlineStr">
         <is>
           <t>2015M09</t>
         </is>
       </c>
-      <c r="XC8" s="7" t="inlineStr">
+      <c r="XI8" s="7" t="inlineStr">
         <is>
           <t>2015M08</t>
         </is>
       </c>
-      <c r="XD8" s="7" t="inlineStr">
+      <c r="XJ8" s="7" t="inlineStr">
         <is>
           <t>2015M07</t>
         </is>
       </c>
-      <c r="XE8" s="7" t="inlineStr">
+      <c r="XK8" s="7" t="inlineStr">
         <is>
           <t>2015M06</t>
         </is>
       </c>
-      <c r="XF8" s="7" t="inlineStr">
+      <c r="XL8" s="7" t="inlineStr">
         <is>
           <t>2015M05</t>
         </is>
       </c>
-      <c r="XG8" s="7" t="inlineStr">
+      <c r="XM8" s="7" t="inlineStr">
         <is>
           <t>2015M04</t>
         </is>
       </c>
-      <c r="XH8" s="7" t="inlineStr">
+      <c r="XN8" s="7" t="inlineStr">
         <is>
           <t>2015M03</t>
         </is>
       </c>
-      <c r="XI8" s="7" t="inlineStr">
+      <c r="XO8" s="7" t="inlineStr">
         <is>
           <t>2015M02</t>
         </is>
       </c>
-      <c r="XJ8" s="7" t="inlineStr">
+      <c r="XP8" s="7" t="inlineStr">
         <is>
           <t>2015M01</t>
         </is>
       </c>
-      <c r="XK8" s="7" t="inlineStr">
+      <c r="XQ8" s="7" t="inlineStr">
         <is>
           <t>2014M12</t>
         </is>
       </c>
-      <c r="XL8" s="7" t="inlineStr">
+      <c r="XR8" s="7" t="inlineStr">
         <is>
           <t>2014M11</t>
         </is>
       </c>
-      <c r="XM8" s="7" t="inlineStr">
+      <c r="XS8" s="7" t="inlineStr">
         <is>
           <t>2014M10</t>
         </is>
       </c>
-      <c r="XN8" s="7" t="inlineStr">
+      <c r="XT8" s="7" t="inlineStr">
         <is>
           <t>2014M09</t>
         </is>
       </c>
-      <c r="XO8" s="7" t="inlineStr">
+      <c r="XU8" s="7" t="inlineStr">
         <is>
           <t>2014M08</t>
         </is>
       </c>
-      <c r="XP8" s="7" t="inlineStr">
+      <c r="XV8" s="7" t="inlineStr">
         <is>
           <t>2014M07</t>
         </is>
       </c>
-      <c r="XQ8" s="7" t="inlineStr">
+      <c r="XW8" s="7" t="inlineStr">
         <is>
           <t>2014M06</t>
         </is>
       </c>
-      <c r="XR8" s="7" t="inlineStr">
+      <c r="XX8" s="7" t="inlineStr">
         <is>
           <t>2014M05</t>
         </is>
       </c>
-      <c r="XS8" s="7" t="inlineStr">
+      <c r="XY8" s="7" t="inlineStr">
         <is>
           <t>2014M04</t>
         </is>
       </c>
-      <c r="XT8" s="7" t="inlineStr">
+      <c r="XZ8" s="7" t="inlineStr">
         <is>
           <t>2014M03</t>
         </is>
       </c>
-      <c r="XU8" s="7" t="inlineStr">
+      <c r="YA8" s="7" t="inlineStr">
         <is>
           <t>2014M02</t>
         </is>
       </c>
-      <c r="XV8" s="7" t="inlineStr">
+      <c r="YB8" s="7" t="inlineStr">
         <is>
           <t>2014M01</t>
         </is>
       </c>
-      <c r="XW8" s="7" t="inlineStr">
+      <c r="YC8" s="7" t="inlineStr">
         <is>
           <t>2013M12</t>
         </is>
       </c>
-      <c r="XX8" s="7" t="inlineStr">
+      <c r="YD8" s="7" t="inlineStr">
         <is>
           <t>2013M11</t>
         </is>
       </c>
-      <c r="XY8" s="7" t="inlineStr">
+      <c r="YE8" s="7" t="inlineStr">
         <is>
           <t>2013M10</t>
         </is>
       </c>
-      <c r="XZ8" s="7" t="inlineStr">
+      <c r="YF8" s="7" t="inlineStr">
         <is>
           <t>2013M09</t>
         </is>
       </c>
-      <c r="YA8" s="7" t="inlineStr">
+      <c r="YG8" s="7" t="inlineStr">
         <is>
           <t>2013M08</t>
         </is>
       </c>
-      <c r="YB8" s="7" t="inlineStr">
+      <c r="YH8" s="7" t="inlineStr">
         <is>
           <t>2013M07</t>
         </is>
       </c>
-      <c r="YC8" s="7" t="inlineStr">
+      <c r="YI8" s="7" t="inlineStr">
         <is>
           <t>2013M06</t>
         </is>
       </c>
-      <c r="YD8" s="7" t="inlineStr">
+      <c r="YJ8" s="7" t="inlineStr">
         <is>
           <t>2013M05</t>
         </is>
       </c>
-      <c r="YE8" s="7" t="inlineStr">
+      <c r="YK8" s="7" t="inlineStr">
         <is>
           <t>2013M04</t>
         </is>
       </c>
-      <c r="YF8" s="7" t="inlineStr">
+      <c r="YL8" s="7" t="inlineStr">
         <is>
           <t>2013M03</t>
         </is>
       </c>
-      <c r="YG8" s="7" t="inlineStr">
+      <c r="YM8" s="7" t="inlineStr">
         <is>
           <t>2013M02</t>
         </is>
       </c>
-      <c r="YH8" s="7" t="inlineStr">
+      <c r="YN8" s="7" t="inlineStr">
         <is>
           <t>2013M01</t>
         </is>
       </c>
-      <c r="YI8" s="7" t="inlineStr">
+      <c r="YO8" s="7" t="inlineStr">
         <is>
           <t>2012M12</t>
         </is>
       </c>
-      <c r="YJ8" s="7" t="inlineStr">
+      <c r="YP8" s="7" t="inlineStr">
         <is>
           <t>2012M11</t>
         </is>
       </c>
-      <c r="YK8" s="7" t="inlineStr">
+      <c r="YQ8" s="7" t="inlineStr">
         <is>
           <t>2012M10</t>
         </is>
       </c>
-      <c r="YL8" s="7" t="inlineStr">
+      <c r="YR8" s="7" t="inlineStr">
         <is>
           <t>2012M09</t>
         </is>
       </c>
-      <c r="YM8" s="7" t="inlineStr">
+      <c r="YS8" s="7" t="inlineStr">
         <is>
           <t>2012M08</t>
         </is>
       </c>
-      <c r="YN8" s="7" t="inlineStr">
+      <c r="YT8" s="7" t="inlineStr">
         <is>
           <t>2012M07</t>
         </is>
       </c>
-      <c r="YO8" s="7" t="inlineStr">
+      <c r="YU8" s="7" t="inlineStr">
         <is>
           <t>2012M06</t>
         </is>
       </c>
-      <c r="YP8" s="7" t="inlineStr">
+      <c r="YV8" s="7" t="inlineStr">
         <is>
           <t>2012M05</t>
         </is>
       </c>
-      <c r="YQ8" s="7" t="inlineStr">
+      <c r="YW8" s="7" t="inlineStr">
         <is>
           <t>2012M04</t>
         </is>
       </c>
-      <c r="YR8" s="7" t="inlineStr">
+      <c r="YX8" s="7" t="inlineStr">
         <is>
           <t>2012M03</t>
         </is>
       </c>
-      <c r="YS8" s="7" t="inlineStr">
+      <c r="YY8" s="7" t="inlineStr">
         <is>
           <t>2012M02</t>
         </is>
       </c>
-      <c r="YT8" s="7" t="inlineStr">
+      <c r="YZ8" s="7" t="inlineStr">
         <is>
           <t>2012M01</t>
         </is>
       </c>
-      <c r="YU8" s="7" t="inlineStr">
+      <c r="ZA8" s="7" t="inlineStr">
         <is>
           <t>2011M12</t>
         </is>
       </c>
-      <c r="YV8" s="7" t="inlineStr">
+      <c r="ZB8" s="7" t="inlineStr">
         <is>
           <t>2011M11</t>
         </is>
       </c>
-      <c r="YW8" s="7" t="inlineStr">
+      <c r="ZC8" s="7" t="inlineStr">
         <is>
           <t>2011M10</t>
         </is>
       </c>
-      <c r="YX8" s="7" t="inlineStr">
+      <c r="ZD8" s="7" t="inlineStr">
         <is>
           <t>2011M09</t>
         </is>
       </c>
-      <c r="YY8" s="7" t="inlineStr">
+      <c r="ZE8" s="7" t="inlineStr">
         <is>
           <t>2011M08</t>
         </is>
       </c>
-      <c r="YZ8" s="7" t="inlineStr">
+      <c r="ZF8" s="7" t="inlineStr">
         <is>
           <t>2011M07</t>
         </is>
       </c>
-      <c r="ZA8" s="7" t="inlineStr">
+      <c r="ZG8" s="7" t="inlineStr">
         <is>
           <t>2011M06</t>
         </is>
       </c>
-      <c r="ZB8" s="7" t="inlineStr">
+      <c r="ZH8" s="7" t="inlineStr">
         <is>
           <t>2011M05</t>
         </is>
       </c>
-      <c r="ZC8" s="7" t="inlineStr">
+      <c r="ZI8" s="7" t="inlineStr">
         <is>
           <t>2011M04</t>
         </is>
       </c>
-      <c r="ZD8" s="7" t="inlineStr">
+      <c r="ZJ8" s="7" t="inlineStr">
         <is>
           <t>2011M03</t>
         </is>
       </c>
-      <c r="ZE8" s="7" t="inlineStr">
+      <c r="ZK8" s="7" t="inlineStr">
         <is>
           <t>2011M02</t>
         </is>
       </c>
-      <c r="ZF8" s="7" t="inlineStr">
+      <c r="ZL8" s="7" t="inlineStr">
         <is>
           <t>2011M01</t>
         </is>
       </c>
-      <c r="ZG8" s="7" t="inlineStr">
+      <c r="ZM8" s="7" t="inlineStr">
         <is>
           <t>2010M12</t>
         </is>
       </c>
-      <c r="ZH8" s="7" t="inlineStr">
+      <c r="ZN8" s="7" t="inlineStr">
         <is>
           <t>2010M11</t>
         </is>
       </c>
-      <c r="ZI8" s="7" t="inlineStr">
+      <c r="ZO8" s="7" t="inlineStr">
         <is>
           <t>2010M10</t>
         </is>
       </c>
-      <c r="ZJ8" s="7" t="inlineStr">
+      <c r="ZP8" s="7" t="inlineStr">
         <is>
           <t>2010M09</t>
         </is>
       </c>
-      <c r="ZK8" s="7" t="inlineStr">
+      <c r="ZQ8" s="7" t="inlineStr">
         <is>
           <t>2010M08</t>
         </is>
       </c>
-      <c r="ZL8" s="7" t="inlineStr">
+      <c r="ZR8" s="7" t="inlineStr">
         <is>
           <t>2010M07</t>
         </is>
       </c>
-      <c r="ZM8" s="7" t="inlineStr">
+      <c r="ZS8" s="7" t="inlineStr">
         <is>
           <t>2010M06</t>
         </is>
       </c>
-      <c r="ZN8" s="7" t="inlineStr">
+      <c r="ZT8" s="7" t="inlineStr">
         <is>
           <t>2010M05</t>
         </is>
       </c>
-      <c r="ZO8" s="7" t="inlineStr">
+      <c r="ZU8" s="7" t="inlineStr">
         <is>
           <t>2010M04</t>
         </is>
       </c>
-      <c r="ZP8" s="7" t="inlineStr">
+      <c r="ZV8" s="7" t="inlineStr">
         <is>
           <t>2010M03</t>
         </is>
       </c>
-      <c r="ZQ8" s="7" t="inlineStr">
+      <c r="ZW8" s="7" t="inlineStr">
         <is>
           <t>2010M02</t>
         </is>
       </c>
-      <c r="ZR8" s="7" t="inlineStr">
+      <c r="ZX8" s="7" t="inlineStr">
         <is>
           <t>2010M01</t>
         </is>
       </c>
-      <c r="ZS8" s="7" t="inlineStr">
+      <c r="ZY8" s="7" t="inlineStr">
         <is>
           <t>2009M12</t>
         </is>
       </c>
-      <c r="ZT8" s="7" t="inlineStr">
+      <c r="ZZ8" s="7" t="inlineStr">
         <is>
           <t>2009M11</t>
         </is>
       </c>
-      <c r="ZU8" s="7" t="inlineStr">
+      <c r="AAA8" s="7" t="inlineStr">
         <is>
           <t>2009M10</t>
         </is>
       </c>
-      <c r="ZV8" s="7" t="inlineStr">
+      <c r="AAB8" s="7" t="inlineStr">
         <is>
           <t>2009M09</t>
         </is>
       </c>
-      <c r="ZW8" s="7" t="inlineStr">
+      <c r="AAC8" s="7" t="inlineStr">
         <is>
           <t>2009M08</t>
         </is>
       </c>
-      <c r="ZX8" s="7" t="inlineStr">
+      <c r="AAD8" s="7" t="inlineStr">
         <is>
           <t>2009M07</t>
         </is>
       </c>
-      <c r="ZY8" s="7" t="inlineStr">
+      <c r="AAE8" s="7" t="inlineStr">
         <is>
           <t>2009M06</t>
         </is>
       </c>
-      <c r="ZZ8" s="7" t="inlineStr">
+      <c r="AAF8" s="7" t="inlineStr">
         <is>
           <t>2009M05</t>
         </is>
       </c>
-      <c r="AAA8" s="7" t="inlineStr">
+      <c r="AAG8" s="7" t="inlineStr">
         <is>
           <t>2009M04</t>
         </is>
       </c>
-      <c r="AAB8" s="7" t="inlineStr">
+      <c r="AAH8" s="7" t="inlineStr">
         <is>
           <t>2009M03</t>
         </is>
       </c>
-      <c r="AAC8" s="7" t="inlineStr">
+      <c r="AAI8" s="7" t="inlineStr">
         <is>
           <t>2009M02</t>
         </is>
       </c>
-      <c r="AAD8" s="7" t="inlineStr">
+      <c r="AAJ8" s="7" t="inlineStr">
         <is>
           <t>2009M01</t>
         </is>
       </c>
-      <c r="AAE8" s="7" t="inlineStr">
+      <c r="AAK8" s="7" t="inlineStr">
         <is>
           <t>2008M12</t>
         </is>
       </c>
-      <c r="AAF8" s="7" t="inlineStr">
+      <c r="AAL8" s="7" t="inlineStr">
         <is>
           <t>2008M11</t>
         </is>
       </c>
-      <c r="AAG8" s="7" t="inlineStr">
+      <c r="AAM8" s="7" t="inlineStr">
         <is>
           <t>2008M10</t>
         </is>
       </c>
-      <c r="AAH8" s="7" t="inlineStr">
+      <c r="AAN8" s="7" t="inlineStr">
         <is>
           <t>2008M09</t>
         </is>
       </c>
-      <c r="AAI8" s="7" t="inlineStr">
+      <c r="AAO8" s="7" t="inlineStr">
         <is>
           <t>2008M08</t>
         </is>
       </c>
-      <c r="AAJ8" s="7" t="inlineStr">
+      <c r="AAP8" s="7" t="inlineStr">
         <is>
           <t>2008M07</t>
         </is>
       </c>
-      <c r="AAK8" s="7" t="inlineStr">
+      <c r="AAQ8" s="7" t="inlineStr">
         <is>
           <t>2008M06</t>
         </is>
       </c>
-      <c r="AAL8" s="7" t="inlineStr">
+      <c r="AAR8" s="7" t="inlineStr">
         <is>
           <t>2008M05</t>
         </is>
       </c>
-      <c r="AAM8" s="7" t="inlineStr">
+      <c r="AAS8" s="7" t="inlineStr">
         <is>
           <t>2008M04</t>
         </is>
       </c>
-      <c r="AAN8" s="7" t="inlineStr">
+      <c r="AAT8" s="7" t="inlineStr">
         <is>
           <t>2008M03</t>
         </is>
       </c>
-      <c r="AAO8" s="7" t="inlineStr">
+      <c r="AAU8" s="7" t="inlineStr">
         <is>
           <t>2008M02</t>
         </is>
       </c>
-      <c r="AAP8" s="7" t="inlineStr">
+      <c r="AAV8" s="7" t="inlineStr">
         <is>
           <t>2008M01</t>
         </is>
       </c>
-      <c r="AAQ8" s="7" t="inlineStr">
+      <c r="AAW8" s="7" t="inlineStr">
         <is>
           <t>2007M12</t>
         </is>
       </c>
-      <c r="AAR8" s="7" t="inlineStr">
+      <c r="AAX8" s="7" t="inlineStr">
         <is>
           <t>2007M11</t>
         </is>
       </c>
-      <c r="AAS8" s="7" t="inlineStr">
+      <c r="AAY8" s="7" t="inlineStr">
         <is>
           <t>2007M10</t>
         </is>
       </c>
-      <c r="AAT8" s="7" t="inlineStr">
+      <c r="AAZ8" s="7" t="inlineStr">
         <is>
           <t>2007M09</t>
         </is>
       </c>
-      <c r="AAU8" s="7" t="inlineStr">
+      <c r="ABA8" s="7" t="inlineStr">
         <is>
           <t>2007M08</t>
         </is>
       </c>
-      <c r="AAV8" s="7" t="inlineStr">
+      <c r="ABB8" s="7" t="inlineStr">
         <is>
           <t>2007M07</t>
         </is>
       </c>
-      <c r="AAW8" s="7" t="inlineStr">
+      <c r="ABC8" s="7" t="inlineStr">
         <is>
           <t>2007M06</t>
         </is>
       </c>
-      <c r="AAX8" s="7" t="inlineStr">
+      <c r="ABD8" s="7" t="inlineStr">
         <is>
           <t>2007M05</t>
         </is>
       </c>
-      <c r="AAY8" s="7" t="inlineStr">
+      <c r="ABE8" s="7" t="inlineStr">
         <is>
           <t>2007M04</t>
         </is>
       </c>
-      <c r="AAZ8" s="7" t="inlineStr">
+      <c r="ABF8" s="7" t="inlineStr">
         <is>
           <t>2007M03</t>
         </is>
       </c>
-      <c r="ABA8" s="7" t="inlineStr">
+      <c r="ABG8" s="7" t="inlineStr">
         <is>
           <t>2007M02</t>
         </is>
       </c>
-      <c r="ABB8" s="7" t="inlineStr">
+      <c r="ABH8" s="7" t="inlineStr">
         <is>
           <t>2007M01</t>
         </is>
       </c>
-      <c r="ABC8" s="7" t="inlineStr">
+      <c r="ABI8" s="7" t="inlineStr">
         <is>
           <t>2006M12</t>
         </is>
       </c>
-      <c r="ABD8" s="7" t="inlineStr">
+      <c r="ABJ8" s="7" t="inlineStr">
         <is>
           <t>2006M11</t>
         </is>
       </c>
-      <c r="ABE8" s="7" t="inlineStr">
+      <c r="ABK8" s="7" t="inlineStr">
         <is>
           <t>2006M10</t>
         </is>
       </c>
-      <c r="ABF8" s="7" t="inlineStr">
+      <c r="ABL8" s="7" t="inlineStr">
         <is>
           <t>2006M09</t>
         </is>
       </c>
-      <c r="ABG8" s="7" t="inlineStr">
+      <c r="ABM8" s="7" t="inlineStr">
         <is>
           <t>2006M08</t>
         </is>
       </c>
-      <c r="ABH8" s="7" t="inlineStr">
+      <c r="ABN8" s="7" t="inlineStr">
         <is>
           <t>2006M07</t>
         </is>
       </c>
-      <c r="ABI8" s="7" t="inlineStr">
+      <c r="ABO8" s="7" t="inlineStr">
         <is>
           <t>2006M06</t>
         </is>
       </c>
-      <c r="ABJ8" s="7" t="inlineStr">
+      <c r="ABP8" s="7" t="inlineStr">
         <is>
           <t>2006M05</t>
         </is>
       </c>
-      <c r="ABK8" s="7" t="inlineStr">
+      <c r="ABQ8" s="7" t="inlineStr">
         <is>
           <t>2006M04</t>
         </is>
       </c>
-      <c r="ABL8" s="7" t="inlineStr">
+      <c r="ABR8" s="7" t="inlineStr">
         <is>
           <t>2006M03</t>
         </is>
       </c>
-      <c r="ABM8" s="7" t="inlineStr">
+      <c r="ABS8" s="7" t="inlineStr">
         <is>
           <t>2006M02</t>
         </is>
       </c>
-      <c r="ABN8" s="7" t="inlineStr">
+      <c r="ABT8" s="7" t="inlineStr">
         <is>
           <t>2006M01</t>
         </is>
       </c>
-      <c r="ABO8" s="7" t="inlineStr">
+      <c r="ABU8" s="7" t="inlineStr">
         <is>
           <t>2005M12</t>
         </is>
       </c>
-      <c r="ABP8" s="7" t="inlineStr">
+      <c r="ABV8" s="7" t="inlineStr">
         <is>
           <t>2005M11</t>
         </is>
       </c>
-      <c r="ABQ8" s="7" t="inlineStr">
+      <c r="ABW8" s="7" t="inlineStr">
         <is>
           <t>2005M10</t>
         </is>
       </c>
-      <c r="ABR8" s="7" t="inlineStr">
+      <c r="ABX8" s="7" t="inlineStr">
         <is>
           <t>2005M09</t>
         </is>
       </c>
-      <c r="ABS8" s="7" t="inlineStr">
+      <c r="ABY8" s="7" t="inlineStr">
         <is>
           <t>2005M08</t>
         </is>
       </c>
-      <c r="ABT8" s="7" t="inlineStr">
+      <c r="ABZ8" s="7" t="inlineStr">
         <is>
           <t>2005M07</t>
         </is>
       </c>
-      <c r="ABU8" s="7" t="inlineStr">
+      <c r="ACA8" s="7" t="inlineStr">
         <is>
           <t>2005M06</t>
         </is>
       </c>
-      <c r="ABV8" s="7" t="inlineStr">
+      <c r="ACB8" s="7" t="inlineStr">
         <is>
           <t>2005M05</t>
         </is>
       </c>
-      <c r="ABW8" s="7" t="inlineStr">
+      <c r="ACC8" s="7" t="inlineStr">
         <is>
           <t>2005M04</t>
         </is>
       </c>
-      <c r="ABX8" s="7" t="inlineStr">
+      <c r="ACD8" s="7" t="inlineStr">
         <is>
           <t>2005M03</t>
         </is>
       </c>
-      <c r="ABY8" s="7" t="inlineStr">
+      <c r="ACE8" s="7" t="inlineStr">
         <is>
           <t>2005M02</t>
         </is>
       </c>
-      <c r="ABZ8" s="7" t="inlineStr">
+      <c r="ACF8" s="7" t="inlineStr">
         <is>
           <t>2005M01</t>
         </is>
       </c>
-      <c r="ACA8" s="7" t="inlineStr">
+      <c r="ACG8" s="7" t="inlineStr">
+        <is>
+          <t>2026M01</t>
+        </is>
+      </c>
+      <c r="ACH8" s="7" t="inlineStr">
+        <is>
+          <t>2025M12</t>
+        </is>
+      </c>
+      <c r="ACI8" s="7" t="inlineStr">
         <is>
           <t>2025M11</t>
         </is>
       </c>
-      <c r="ACB8" s="7" t="inlineStr">
+      <c r="ACJ8" s="7" t="inlineStr">
         <is>
           <t>2025M10</t>
         </is>
       </c>
-      <c r="ACC8" s="7" t="inlineStr">
+      <c r="ACK8" s="7" t="inlineStr">
         <is>
           <t>2025M09</t>
         </is>
       </c>
-      <c r="ACD8" s="7" t="inlineStr">
+      <c r="ACL8" s="7" t="inlineStr">
         <is>
           <t>2025M08</t>
         </is>
       </c>
-      <c r="ACE8" s="7" t="inlineStr">
+      <c r="ACM8" s="7" t="inlineStr">
         <is>
           <t>2025M07</t>
         </is>
       </c>
-      <c r="ACF8" s="7" t="inlineStr">
+      <c r="ACN8" s="7" t="inlineStr">
         <is>
           <t>2025M06</t>
         </is>
       </c>
-      <c r="ACG8" s="7" t="inlineStr">
+      <c r="ACO8" s="7" t="inlineStr">
         <is>
           <t>2025M05</t>
         </is>
       </c>
-      <c r="ACH8" s="7" t="inlineStr">
+      <c r="ACP8" s="7" t="inlineStr">
         <is>
           <t>2025M04</t>
         </is>
       </c>
-      <c r="ACI8" s="7" t="inlineStr">
+      <c r="ACQ8" s="7" t="inlineStr">
         <is>
           <t>2025M03</t>
         </is>
       </c>
-      <c r="ACJ8" s="7" t="inlineStr">
+      <c r="ACR8" s="7" t="inlineStr">
         <is>
           <t>2025M02</t>
         </is>
       </c>
-      <c r="ACK8" s="7" t="inlineStr">
+      <c r="ACS8" s="7" t="inlineStr">
         <is>
           <t>2025M01</t>
         </is>
       </c>
-      <c r="ACL8" s="7" t="inlineStr">
+      <c r="ACT8" s="7" t="inlineStr">
         <is>
           <t>2024M12</t>
         </is>
       </c>
-      <c r="ACM8" s="7" t="inlineStr">
+      <c r="ACU8" s="7" t="inlineStr">
         <is>
           <t>2024M11</t>
         </is>
       </c>
-      <c r="ACN8" s="7" t="inlineStr">
+      <c r="ACV8" s="7" t="inlineStr">
         <is>
           <t>2024M10</t>
         </is>
       </c>
-      <c r="ACO8" s="7" t="inlineStr">
+      <c r="ACW8" s="7" t="inlineStr">
         <is>
           <t>2024M09</t>
         </is>
       </c>
-      <c r="ACP8" s="7" t="inlineStr">
+      <c r="ACX8" s="7" t="inlineStr">
         <is>
           <t>2024M08</t>
         </is>
       </c>
-      <c r="ACQ8" s="7" t="inlineStr">
+      <c r="ACY8" s="7" t="inlineStr">
         <is>
           <t>2024M07</t>
         </is>
       </c>
-      <c r="ACR8" s="7" t="inlineStr">
+      <c r="ACZ8" s="7" t="inlineStr">
         <is>
           <t>2024M06</t>
         </is>
       </c>
-      <c r="ACS8" s="7" t="inlineStr">
+      <c r="ADA8" s="7" t="inlineStr">
         <is>
           <t>2024M05</t>
         </is>
       </c>
-      <c r="ACT8" s="7" t="inlineStr">
+      <c r="ADB8" s="7" t="inlineStr">
         <is>
           <t>2024M04</t>
         </is>
       </c>
-      <c r="ACU8" s="7" t="inlineStr">
+      <c r="ADC8" s="7" t="inlineStr">
         <is>
           <t>2024M03</t>
         </is>
       </c>
-      <c r="ACV8" s="7" t="inlineStr">
+      <c r="ADD8" s="7" t="inlineStr">
         <is>
           <t>2024M02</t>
         </is>
       </c>
-      <c r="ACW8" s="7" t="inlineStr">
+      <c r="ADE8" s="7" t="inlineStr">
         <is>
           <t>2024M01</t>
         </is>
       </c>
-      <c r="ACX8" s="7" t="inlineStr">
+      <c r="ADF8" s="7" t="inlineStr">
         <is>
           <t>2023M12</t>
         </is>
       </c>
-      <c r="ACY8" s="7" t="inlineStr">
+      <c r="ADG8" s="7" t="inlineStr">
         <is>
           <t>2023M11</t>
         </is>
       </c>
-      <c r="ACZ8" s="7" t="inlineStr">
+      <c r="ADH8" s="7" t="inlineStr">
         <is>
           <t>2023M10</t>
         </is>
       </c>
-      <c r="ADA8" s="7" t="inlineStr">
+      <c r="ADI8" s="7" t="inlineStr">
         <is>
           <t>2023M09</t>
         </is>
       </c>
-      <c r="ADB8" s="7" t="inlineStr">
+      <c r="ADJ8" s="7" t="inlineStr">
         <is>
           <t>2023M08</t>
         </is>
       </c>
-      <c r="ADC8" s="7" t="inlineStr">
+      <c r="ADK8" s="7" t="inlineStr">
         <is>
           <t>2023M07</t>
         </is>
       </c>
-      <c r="ADD8" s="7" t="inlineStr">
+      <c r="ADL8" s="7" t="inlineStr">
         <is>
           <t>2023M06</t>
         </is>
       </c>
-      <c r="ADE8" s="7" t="inlineStr">
+      <c r="ADM8" s="7" t="inlineStr">
         <is>
           <t>2023M05</t>
         </is>
       </c>
-      <c r="ADF8" s="7" t="inlineStr">
+      <c r="ADN8" s="7" t="inlineStr">
         <is>
           <t>2023M04</t>
         </is>
       </c>
-      <c r="ADG8" s="7" t="inlineStr">
+      <c r="ADO8" s="7" t="inlineStr">
         <is>
           <t>2023M03</t>
         </is>
       </c>
-      <c r="ADH8" s="7" t="inlineStr">
+      <c r="ADP8" s="7" t="inlineStr">
         <is>
           <t>2023M02</t>
         </is>
       </c>
-      <c r="ADI8" s="7" t="inlineStr">
+      <c r="ADQ8" s="7" t="inlineStr">
         <is>
           <t>2023M01</t>
         </is>
       </c>
-      <c r="ADJ8" s="7" t="inlineStr">
+      <c r="ADR8" s="7" t="inlineStr">
         <is>
           <t>2022M12</t>
         </is>
       </c>
-      <c r="ADK8" s="7" t="inlineStr">
+      <c r="ADS8" s="7" t="inlineStr">
         <is>
           <t>2022M11</t>
         </is>
       </c>
-      <c r="ADL8" s="7" t="inlineStr">
+      <c r="ADT8" s="7" t="inlineStr">
         <is>
           <t>2022M10</t>
         </is>
       </c>
-      <c r="ADM8" s="7" t="inlineStr">
+      <c r="ADU8" s="7" t="inlineStr">
         <is>
           <t>2022M09</t>
         </is>
       </c>
-      <c r="ADN8" s="7" t="inlineStr">
+      <c r="ADV8" s="7" t="inlineStr">
         <is>
           <t>2022M08</t>
         </is>
       </c>
-      <c r="ADO8" s="7" t="inlineStr">
+      <c r="ADW8" s="7" t="inlineStr">
         <is>
           <t>2022M07</t>
         </is>
       </c>
-      <c r="ADP8" s="7" t="inlineStr">
+      <c r="ADX8" s="7" t="inlineStr">
         <is>
           <t>2022M06</t>
         </is>
       </c>
-      <c r="ADQ8" s="7" t="inlineStr">
+      <c r="ADY8" s="7" t="inlineStr">
         <is>
           <t>2022M05</t>
         </is>
       </c>
-      <c r="ADR8" s="7" t="inlineStr">
+      <c r="ADZ8" s="7" t="inlineStr">
         <is>
           <t>2022M04</t>
         </is>
       </c>
-      <c r="ADS8" s="7" t="inlineStr">
+      <c r="AEA8" s="7" t="inlineStr">
         <is>
           <t>2022M03</t>
         </is>
       </c>
-      <c r="ADT8" s="7" t="inlineStr">
+      <c r="AEB8" s="7" t="inlineStr">
         <is>
           <t>2022M02</t>
         </is>
       </c>
-      <c r="ADU8" s="7" t="inlineStr">
+      <c r="AEC8" s="7" t="inlineStr">
         <is>
           <t>2022M01</t>
         </is>
       </c>
-      <c r="ADV8" s="7" t="inlineStr">
+      <c r="AED8" s="7" t="inlineStr">
         <is>
           <t>2021M12</t>
         </is>
       </c>
-      <c r="ADW8" s="7" t="inlineStr">
+      <c r="AEE8" s="7" t="inlineStr">
         <is>
           <t>2021M11</t>
         </is>
       </c>
-      <c r="ADX8" s="7" t="inlineStr">
+      <c r="AEF8" s="7" t="inlineStr">
         <is>
           <t>2021M10</t>
         </is>
       </c>
-      <c r="ADY8" s="7" t="inlineStr">
+      <c r="AEG8" s="7" t="inlineStr">
         <is>
           <t>2021M09</t>
         </is>
       </c>
-      <c r="ADZ8" s="7" t="inlineStr">
+      <c r="AEH8" s="7" t="inlineStr">
         <is>
           <t>2021M08</t>
         </is>
       </c>
-      <c r="AEA8" s="7" t="inlineStr">
+      <c r="AEI8" s="7" t="inlineStr">
         <is>
           <t>2021M07</t>
         </is>
       </c>
-      <c r="AEB8" s="7" t="inlineStr">
+      <c r="AEJ8" s="7" t="inlineStr">
         <is>
           <t>2021M06</t>
         </is>
       </c>
-      <c r="AEC8" s="7" t="inlineStr">
+      <c r="AEK8" s="7" t="inlineStr">
         <is>
           <t>2021M05</t>
         </is>
       </c>
-      <c r="AED8" s="7" t="inlineStr">
+      <c r="AEL8" s="7" t="inlineStr">
         <is>
           <t>2021M04</t>
         </is>
       </c>
-      <c r="AEE8" s="7" t="inlineStr">
+      <c r="AEM8" s="7" t="inlineStr">
         <is>
           <t>2021M03</t>
         </is>
       </c>
-      <c r="AEF8" s="7" t="inlineStr">
+      <c r="AEN8" s="7" t="inlineStr">
         <is>
           <t>2021M02</t>
         </is>
       </c>
-      <c r="AEG8" s="7" t="inlineStr">
+      <c r="AEO8" s="7" t="inlineStr">
         <is>
           <t>2021M01</t>
         </is>
       </c>
-      <c r="AEH8" s="7" t="inlineStr">
+      <c r="AEP8" s="7" t="inlineStr">
         <is>
           <t>2020M12</t>
         </is>
       </c>
-      <c r="AEI8" s="7" t="inlineStr">
+      <c r="AEQ8" s="7" t="inlineStr">
         <is>
           <t>2020M11</t>
         </is>
       </c>
-      <c r="AEJ8" s="7" t="inlineStr">
+      <c r="AER8" s="7" t="inlineStr">
         <is>
           <t>2020M10</t>
         </is>
       </c>
-      <c r="AEK8" s="7" t="inlineStr">
+      <c r="AES8" s="7" t="inlineStr">
         <is>
           <t>2020M09</t>
         </is>
       </c>
-      <c r="AEL8" s="7" t="inlineStr">
+      <c r="AET8" s="7" t="inlineStr">
         <is>
           <t>2020M08</t>
         </is>
       </c>
-      <c r="AEM8" s="7" t="inlineStr">
+      <c r="AEU8" s="7" t="inlineStr">
         <is>
           <t>2020M07</t>
         </is>
       </c>
-      <c r="AEN8" s="7" t="inlineStr">
+      <c r="AEV8" s="7" t="inlineStr">
         <is>
           <t>2020M06</t>
         </is>
       </c>
-      <c r="AEO8" s="7" t="inlineStr">
+      <c r="AEW8" s="7" t="inlineStr">
         <is>
           <t>2020M05</t>
         </is>
       </c>
-      <c r="AEP8" s="7" t="inlineStr">
+      <c r="AEX8" s="7" t="inlineStr">
         <is>
           <t>2020M04</t>
         </is>
       </c>
-      <c r="AEQ8" s="7" t="inlineStr">
+      <c r="AEY8" s="7" t="inlineStr">
         <is>
           <t>2020M03</t>
         </is>
       </c>
-      <c r="AER8" s="7" t="inlineStr">
+      <c r="AEZ8" s="7" t="inlineStr">
         <is>
           <t>2020M02</t>
         </is>
       </c>
-      <c r="AES8" s="7" t="inlineStr">
+      <c r="AFA8" s="7" t="inlineStr">
         <is>
           <t>2020M01</t>
         </is>
       </c>
-      <c r="AET8" s="7" t="inlineStr">
+      <c r="AFB8" s="7" t="inlineStr">
         <is>
           <t>2019M12</t>
         </is>
       </c>
-      <c r="AEU8" s="7" t="inlineStr">
+      <c r="AFC8" s="7" t="inlineStr">
         <is>
           <t>2019M11</t>
         </is>
       </c>
-      <c r="AEV8" s="7" t="inlineStr">
+      <c r="AFD8" s="7" t="inlineStr">
         <is>
           <t>2019M10</t>
         </is>
       </c>
-      <c r="AEW8" s="7" t="inlineStr">
+      <c r="AFE8" s="7" t="inlineStr">
         <is>
           <t>2019M09</t>
         </is>
       </c>
-      <c r="AEX8" s="7" t="inlineStr">
+      <c r="AFF8" s="7" t="inlineStr">
         <is>
           <t>2019M08</t>
         </is>
       </c>
-      <c r="AEY8" s="7" t="inlineStr">
+      <c r="AFG8" s="7" t="inlineStr">
         <is>
           <t>2019M07</t>
         </is>
       </c>
-      <c r="AEZ8" s="7" t="inlineStr">
+      <c r="AFH8" s="7" t="inlineStr">
         <is>
           <t>2019M06</t>
         </is>
       </c>
-      <c r="AFA8" s="7" t="inlineStr">
+      <c r="AFI8" s="7" t="inlineStr">
         <is>
           <t>2019M05</t>
         </is>
       </c>
-      <c r="AFB8" s="7" t="inlineStr">
+      <c r="AFJ8" s="7" t="inlineStr">
         <is>
           <t>2019M04</t>
         </is>
       </c>
-      <c r="AFC8" s="7" t="inlineStr">
+      <c r="AFK8" s="7" t="inlineStr">
         <is>
           <t>2019M03</t>
         </is>
       </c>
-      <c r="AFD8" s="7" t="inlineStr">
+      <c r="AFL8" s="7" t="inlineStr">
         <is>
           <t>2019M02</t>
         </is>
       </c>
-      <c r="AFE8" s="7" t="inlineStr">
+      <c r="AFM8" s="7" t="inlineStr">
         <is>
           <t>2019M01</t>
         </is>
       </c>
-      <c r="AFF8" s="7" t="inlineStr">
+      <c r="AFN8" s="7" t="inlineStr">
         <is>
           <t>2018M12</t>
         </is>
       </c>
-      <c r="AFG8" s="7" t="inlineStr">
+      <c r="AFO8" s="7" t="inlineStr">
         <is>
           <t>2018M11</t>
         </is>
       </c>
-      <c r="AFH8" s="7" t="inlineStr">
+      <c r="AFP8" s="7" t="inlineStr">
         <is>
           <t>2018M10</t>
         </is>
       </c>
-      <c r="AFI8" s="7" t="inlineStr">
+      <c r="AFQ8" s="7" t="inlineStr">
         <is>
           <t>2018M09</t>
         </is>
       </c>
-      <c r="AFJ8" s="7" t="inlineStr">
+      <c r="AFR8" s="7" t="inlineStr">
         <is>
           <t>2018M08</t>
         </is>
       </c>
-      <c r="AFK8" s="7" t="inlineStr">
+      <c r="AFS8" s="7" t="inlineStr">
         <is>
           <t>2018M07</t>
         </is>
       </c>
-      <c r="AFL8" s="7" t="inlineStr">
+      <c r="AFT8" s="7" t="inlineStr">
         <is>
           <t>2018M06</t>
         </is>
       </c>
-      <c r="AFM8" s="7" t="inlineStr">
+      <c r="AFU8" s="7" t="inlineStr">
         <is>
           <t>2018M05</t>
         </is>
       </c>
-      <c r="AFN8" s="7" t="inlineStr">
+      <c r="AFV8" s="7" t="inlineStr">
         <is>
           <t>2018M04</t>
         </is>
       </c>
-      <c r="AFO8" s="7" t="inlineStr">
+      <c r="AFW8" s="7" t="inlineStr">
         <is>
           <t>2018M03</t>
         </is>
       </c>
-      <c r="AFP8" s="7" t="inlineStr">
+      <c r="AFX8" s="7" t="inlineStr">
         <is>
           <t>2018M02</t>
         </is>
       </c>
-      <c r="AFQ8" s="7" t="inlineStr">
+      <c r="AFY8" s="7" t="inlineStr">
         <is>
           <t>2018M01</t>
         </is>
       </c>
-      <c r="AFR8" s="7" t="inlineStr">
+      <c r="AFZ8" s="7" t="inlineStr">
         <is>
           <t>2017M12</t>
         </is>
       </c>
-      <c r="AFS8" s="7" t="inlineStr">
+      <c r="AGA8" s="7" t="inlineStr">
         <is>
           <t>2017M11</t>
         </is>
       </c>
-      <c r="AFT8" s="7" t="inlineStr">
+      <c r="AGB8" s="7" t="inlineStr">
         <is>
           <t>2017M10</t>
         </is>
       </c>
-      <c r="AFU8" s="7" t="inlineStr">
+      <c r="AGC8" s="7" t="inlineStr">
         <is>
           <t>2017M09</t>
         </is>
       </c>
-      <c r="AFV8" s="7" t="inlineStr">
+      <c r="AGD8" s="7" t="inlineStr">
         <is>
           <t>2017M08</t>
         </is>
       </c>
-      <c r="AFW8" s="7" t="inlineStr">
+      <c r="AGE8" s="7" t="inlineStr">
         <is>
           <t>2017M07</t>
         </is>
       </c>
-      <c r="AFX8" s="7" t="inlineStr">
+      <c r="AGF8" s="7" t="inlineStr">
         <is>
           <t>2017M06</t>
         </is>
       </c>
-      <c r="AFY8" s="7" t="inlineStr">
+      <c r="AGG8" s="7" t="inlineStr">
         <is>
           <t>2017M05</t>
         </is>
       </c>
-      <c r="AFZ8" s="7" t="inlineStr">
+      <c r="AGH8" s="7" t="inlineStr">
         <is>
           <t>2017M04</t>
         </is>
       </c>
-      <c r="AGA8" s="7" t="inlineStr">
+      <c r="AGI8" s="7" t="inlineStr">
         <is>
           <t>2017M03</t>
         </is>
       </c>
-      <c r="AGB8" s="7" t="inlineStr">
+      <c r="AGJ8" s="7" t="inlineStr">
         <is>
           <t>2017M02</t>
         </is>
       </c>
-      <c r="AGC8" s="7" t="inlineStr">
+      <c r="AGK8" s="7" t="inlineStr">
         <is>
           <t>2017M01</t>
         </is>
       </c>
-      <c r="AGD8" s="7" t="inlineStr">
+      <c r="AGL8" s="7" t="inlineStr">
         <is>
           <t>2016M12</t>
         </is>
       </c>
-      <c r="AGE8" s="7" t="inlineStr">
+      <c r="AGM8" s="7" t="inlineStr">
         <is>
           <t>2016M11</t>
         </is>
       </c>
-      <c r="AGF8" s="7" t="inlineStr">
+      <c r="AGN8" s="7" t="inlineStr">
         <is>
           <t>2016M10</t>
         </is>
       </c>
-      <c r="AGG8" s="7" t="inlineStr">
+      <c r="AGO8" s="7" t="inlineStr">
         <is>
           <t>2016M09</t>
         </is>
       </c>
-      <c r="AGH8" s="7" t="inlineStr">
+      <c r="AGP8" s="7" t="inlineStr">
         <is>
           <t>2016M08</t>
         </is>
       </c>
-      <c r="AGI8" s="7" t="inlineStr">
+      <c r="AGQ8" s="7" t="inlineStr">
         <is>
           <t>2016M07</t>
         </is>
       </c>
-      <c r="AGJ8" s="7" t="inlineStr">
+      <c r="AGR8" s="7" t="inlineStr">
         <is>
           <t>2016M06</t>
         </is>
       </c>
-      <c r="AGK8" s="7" t="inlineStr">
+      <c r="AGS8" s="7" t="inlineStr">
         <is>
           <t>2016M05</t>
         </is>
       </c>
-      <c r="AGL8" s="7" t="inlineStr">
+      <c r="AGT8" s="7" t="inlineStr">
         <is>
           <t>2016M04</t>
         </is>
       </c>
-      <c r="AGM8" s="7" t="inlineStr">
+      <c r="AGU8" s="7" t="inlineStr">
         <is>
           <t>2016M03</t>
         </is>
       </c>
-      <c r="AGN8" s="7" t="inlineStr">
+      <c r="AGV8" s="7" t="inlineStr">
         <is>
           <t>2016M02</t>
         </is>
       </c>
-      <c r="AGO8" s="7" t="inlineStr">
+      <c r="AGW8" s="7" t="inlineStr">
         <is>
           <t>2016M01</t>
         </is>
       </c>
-      <c r="AGP8" s="7" t="inlineStr">
+      <c r="AGX8" s="7" t="inlineStr">
         <is>
           <t>2015M12</t>
         </is>
       </c>
-      <c r="AGQ8" s="7" t="inlineStr">
+      <c r="AGY8" s="7" t="inlineStr">
         <is>
           <t>2015M11</t>
         </is>
       </c>
-      <c r="AGR8" s="7" t="inlineStr">
+      <c r="AGZ8" s="7" t="inlineStr">
         <is>
           <t>2015M10</t>
         </is>
       </c>
-      <c r="AGS8" s="7" t="inlineStr">
+      <c r="AHA8" s="7" t="inlineStr">
         <is>
           <t>2015M09</t>
         </is>
       </c>
-      <c r="AGT8" s="7" t="inlineStr">
+      <c r="AHB8" s="7" t="inlineStr">
         <is>
           <t>2015M08</t>
         </is>
       </c>
-      <c r="AGU8" s="7" t="inlineStr">
+      <c r="AHC8" s="7" t="inlineStr">
         <is>
           <t>2015M07</t>
         </is>
       </c>
-      <c r="AGV8" s="7" t="inlineStr">
+      <c r="AHD8" s="7" t="inlineStr">
         <is>
           <t>2015M06</t>
         </is>
       </c>
-      <c r="AGW8" s="7" t="inlineStr">
+      <c r="AHE8" s="7" t="inlineStr">
         <is>
           <t>2015M05</t>
         </is>
       </c>
-      <c r="AGX8" s="7" t="inlineStr">
+      <c r="AHF8" s="7" t="inlineStr">
         <is>
           <t>2015M04</t>
         </is>
       </c>
-      <c r="AGY8" s="7" t="inlineStr">
+      <c r="AHG8" s="7" t="inlineStr">
         <is>
           <t>2015M03</t>
         </is>
       </c>
-      <c r="AGZ8" s="7" t="inlineStr">
+      <c r="AHH8" s="7" t="inlineStr">
         <is>
           <t>2015M02</t>
         </is>
       </c>
-      <c r="AHA8" s="7" t="inlineStr">
+      <c r="AHI8" s="7" t="inlineStr">
         <is>
           <t>2015M01</t>
         </is>
       </c>
-      <c r="AHB8" s="7" t="inlineStr">
+      <c r="AHJ8" s="7" t="inlineStr">
         <is>
           <t>2014M12</t>
         </is>
       </c>
-      <c r="AHC8" s="7" t="inlineStr">
+      <c r="AHK8" s="7" t="inlineStr">
         <is>
           <t>2014M11</t>
         </is>
       </c>
-      <c r="AHD8" s="7" t="inlineStr">
+      <c r="AHL8" s="7" t="inlineStr">
         <is>
           <t>2014M10</t>
         </is>
       </c>
-      <c r="AHE8" s="7" t="inlineStr">
+      <c r="AHM8" s="7" t="inlineStr">
         <is>
           <t>2014M09</t>
         </is>
       </c>
-      <c r="AHF8" s="7" t="inlineStr">
+      <c r="AHN8" s="7" t="inlineStr">
         <is>
           <t>2014M08</t>
         </is>
       </c>
-      <c r="AHG8" s="7" t="inlineStr">
+      <c r="AHO8" s="7" t="inlineStr">
         <is>
           <t>2014M07</t>
         </is>
       </c>
-      <c r="AHH8" s="7" t="inlineStr">
+      <c r="AHP8" s="7" t="inlineStr">
         <is>
           <t>2014M06</t>
         </is>
       </c>
-      <c r="AHI8" s="7" t="inlineStr">
+      <c r="AHQ8" s="7" t="inlineStr">
         <is>
           <t>2014M05</t>
         </is>
       </c>
-      <c r="AHJ8" s="7" t="inlineStr">
+      <c r="AHR8" s="7" t="inlineStr">
         <is>
           <t>2014M04</t>
         </is>
       </c>
-      <c r="AHK8" s="7" t="inlineStr">
+      <c r="AHS8" s="7" t="inlineStr">
         <is>
           <t>2014M03</t>
         </is>
       </c>
-      <c r="AHL8" s="7" t="inlineStr">
+      <c r="AHT8" s="7" t="inlineStr">
         <is>
           <t>2014M02</t>
         </is>
       </c>
-      <c r="AHM8" s="7" t="inlineStr">
+      <c r="AHU8" s="7" t="inlineStr">
         <is>
           <t>2014M01</t>
         </is>
       </c>
-      <c r="AHN8" s="7" t="inlineStr">
+      <c r="AHV8" s="7" t="inlineStr">
         <is>
           <t>2013M12</t>
         </is>
       </c>
-      <c r="AHO8" s="7" t="inlineStr">
+      <c r="AHW8" s="7" t="inlineStr">
         <is>
           <t>2013M11</t>
         </is>
       </c>
-      <c r="AHP8" s="7" t="inlineStr">
+      <c r="AHX8" s="7" t="inlineStr">
         <is>
           <t>2013M10</t>
         </is>
       </c>
-      <c r="AHQ8" s="7" t="inlineStr">
+      <c r="AHY8" s="7" t="inlineStr">
         <is>
           <t>2013M09</t>
         </is>
       </c>
-      <c r="AHR8" s="7" t="inlineStr">
+      <c r="AHZ8" s="7" t="inlineStr">
         <is>
           <t>2013M08</t>
         </is>
       </c>
-      <c r="AHS8" s="7" t="inlineStr">
+      <c r="AIA8" s="7" t="inlineStr">
         <is>
           <t>2013M07</t>
         </is>
       </c>
-      <c r="AHT8" s="7" t="inlineStr">
+      <c r="AIB8" s="7" t="inlineStr">
         <is>
           <t>2013M06</t>
         </is>
       </c>
-      <c r="AHU8" s="7" t="inlineStr">
+      <c r="AIC8" s="7" t="inlineStr">
         <is>
           <t>2013M05</t>
         </is>
       </c>
-      <c r="AHV8" s="7" t="inlineStr">
+      <c r="AID8" s="7" t="inlineStr">
         <is>
           <t>2013M04</t>
         </is>
       </c>
-      <c r="AHW8" s="7" t="inlineStr">
+      <c r="AIE8" s="7" t="inlineStr">
         <is>
           <t>2013M03</t>
         </is>
       </c>
-      <c r="AHX8" s="7" t="inlineStr">
+      <c r="AIF8" s="7" t="inlineStr">
         <is>
           <t>2013M02</t>
         </is>
       </c>
-      <c r="AHY8" s="7" t="inlineStr">
+      <c r="AIG8" s="7" t="inlineStr">
         <is>
           <t>2013M01</t>
         </is>
       </c>
-      <c r="AHZ8" s="7" t="inlineStr">
+      <c r="AIH8" s="7" t="inlineStr">
         <is>
           <t>2012M12</t>
         </is>
       </c>
-      <c r="AIA8" s="7" t="inlineStr">
+      <c r="AII8" s="7" t="inlineStr">
         <is>
           <t>2012M11</t>
         </is>
       </c>
-      <c r="AIB8" s="7" t="inlineStr">
+      <c r="AIJ8" s="7" t="inlineStr">
         <is>
           <t>2012M10</t>
         </is>
       </c>
-      <c r="AIC8" s="7" t="inlineStr">
+      <c r="AIK8" s="7" t="inlineStr">
         <is>
           <t>2012M09</t>
         </is>
       </c>
-      <c r="AID8" s="7" t="inlineStr">
+      <c r="AIL8" s="7" t="inlineStr">
         <is>
           <t>2012M08</t>
         </is>
       </c>
-      <c r="AIE8" s="7" t="inlineStr">
+      <c r="AIM8" s="7" t="inlineStr">
         <is>
           <t>2012M07</t>
         </is>
       </c>
-      <c r="AIF8" s="7" t="inlineStr">
+      <c r="AIN8" s="7" t="inlineStr">
         <is>
           <t>2012M06</t>
         </is>
       </c>
-      <c r="AIG8" s="7" t="inlineStr">
+      <c r="AIO8" s="7" t="inlineStr">
         <is>
           <t>2012M05</t>
         </is>
       </c>
-      <c r="AIH8" s="7" t="inlineStr">
+      <c r="AIP8" s="7" t="inlineStr">
         <is>
           <t>2012M04</t>
         </is>
       </c>
-      <c r="AII8" s="7" t="inlineStr">
+      <c r="AIQ8" s="7" t="inlineStr">
         <is>
           <t>2012M03</t>
         </is>
       </c>
-      <c r="AIJ8" s="7" t="inlineStr">
+      <c r="AIR8" s="7" t="inlineStr">
         <is>
           <t>2012M02</t>
         </is>
       </c>
-      <c r="AIK8" s="7" t="inlineStr">
+      <c r="AIS8" s="7" t="inlineStr">
         <is>
           <t>2012M01</t>
         </is>
       </c>
-      <c r="AIL8" s="7" t="inlineStr">
+      <c r="AIT8" s="7" t="inlineStr">
         <is>
           <t>2011M12</t>
         </is>
       </c>
-      <c r="AIM8" s="7" t="inlineStr">
+      <c r="AIU8" s="7" t="inlineStr">
         <is>
           <t>2011M11</t>
         </is>
       </c>
-      <c r="AIN8" s="7" t="inlineStr">
+      <c r="AIV8" s="7" t="inlineStr">
         <is>
           <t>2011M10</t>
         </is>
       </c>
-      <c r="AIO8" s="7" t="inlineStr">
+      <c r="AIW8" s="7" t="inlineStr">
         <is>
           <t>2011M09</t>
         </is>
       </c>
-      <c r="AIP8" s="7" t="inlineStr">
+      <c r="AIX8" s="7" t="inlineStr">
         <is>
           <t>2011M08</t>
         </is>
       </c>
-      <c r="AIQ8" s="7" t="inlineStr">
+      <c r="AIY8" s="7" t="inlineStr">
         <is>
           <t>2011M07</t>
         </is>
       </c>
-      <c r="AIR8" s="7" t="inlineStr">
+      <c r="AIZ8" s="7" t="inlineStr">
         <is>
           <t>2011M06</t>
         </is>
       </c>
-      <c r="AIS8" s="7" t="inlineStr">
+      <c r="AJA8" s="7" t="inlineStr">
         <is>
           <t>2011M05</t>
         </is>
       </c>
-      <c r="AIT8" s="7" t="inlineStr">
+      <c r="AJB8" s="7" t="inlineStr">
         <is>
           <t>2011M04</t>
         </is>
       </c>
-      <c r="AIU8" s="7" t="inlineStr">
+      <c r="AJC8" s="7" t="inlineStr">
         <is>
           <t>2011M03</t>
         </is>
       </c>
-      <c r="AIV8" s="7" t="inlineStr">
+      <c r="AJD8" s="7" t="inlineStr">
         <is>
           <t>2011M02</t>
         </is>
       </c>
-      <c r="AIW8" s="7" t="inlineStr">
+      <c r="AJE8" s="7" t="inlineStr">
         <is>
           <t>2011M01</t>
         </is>
       </c>
-      <c r="AIX8" s="7" t="inlineStr">
+      <c r="AJF8" s="7" t="inlineStr">
         <is>
           <t>2010M12</t>
         </is>
       </c>
-      <c r="AIY8" s="7" t="inlineStr">
+      <c r="AJG8" s="7" t="inlineStr">
         <is>
           <t>2010M11</t>
         </is>
       </c>
-      <c r="AIZ8" s="7" t="inlineStr">
+      <c r="AJH8" s="7" t="inlineStr">
         <is>
           <t>2010M10</t>
         </is>
       </c>
-      <c r="AJA8" s="7" t="inlineStr">
+      <c r="AJI8" s="7" t="inlineStr">
         <is>
           <t>2010M09</t>
         </is>
       </c>
-      <c r="AJB8" s="7" t="inlineStr">
+      <c r="AJJ8" s="7" t="inlineStr">
         <is>
           <t>2010M08</t>
         </is>
       </c>
-      <c r="AJC8" s="7" t="inlineStr">
+      <c r="AJK8" s="7" t="inlineStr">
         <is>
           <t>2010M07</t>
         </is>
       </c>
-      <c r="AJD8" s="7" t="inlineStr">
+      <c r="AJL8" s="7" t="inlineStr">
         <is>
           <t>2010M06</t>
         </is>
       </c>
-      <c r="AJE8" s="7" t="inlineStr">
+      <c r="AJM8" s="7" t="inlineStr">
         <is>
           <t>2010M05</t>
         </is>
       </c>
-      <c r="AJF8" s="7" t="inlineStr">
+      <c r="AJN8" s="7" t="inlineStr">
         <is>
           <t>2010M04</t>
         </is>
       </c>
-      <c r="AJG8" s="7" t="inlineStr">
+      <c r="AJO8" s="7" t="inlineStr">
         <is>
           <t>2010M03</t>
         </is>
       </c>
-      <c r="AJH8" s="7" t="inlineStr">
+      <c r="AJP8" s="7" t="inlineStr">
         <is>
           <t>2010M02</t>
         </is>
       </c>
-      <c r="AJI8" s="7" t="inlineStr">
+      <c r="AJQ8" s="7" t="inlineStr">
         <is>
           <t>2010M01</t>
         </is>
       </c>
-      <c r="AJJ8" s="7" t="inlineStr">
+      <c r="AJR8" s="7" t="inlineStr">
         <is>
           <t>2009M12</t>
         </is>
       </c>
-      <c r="AJK8" s="7" t="inlineStr">
+      <c r="AJS8" s="7" t="inlineStr">
         <is>
           <t>2009M11</t>
         </is>
       </c>
-      <c r="AJL8" s="7" t="inlineStr">
+      <c r="AJT8" s="7" t="inlineStr">
         <is>
           <t>2009M10</t>
         </is>
       </c>
-      <c r="AJM8" s="7" t="inlineStr">
+      <c r="AJU8" s="7" t="inlineStr">
         <is>
           <t>2009M09</t>
         </is>
       </c>
-      <c r="AJN8" s="7" t="inlineStr">
+      <c r="AJV8" s="7" t="inlineStr">
         <is>
           <t>2009M08</t>
         </is>
       </c>
-      <c r="AJO8" s="7" t="inlineStr">
+      <c r="AJW8" s="7" t="inlineStr">
         <is>
           <t>2009M07</t>
         </is>
       </c>
-      <c r="AJP8" s="7" t="inlineStr">
+      <c r="AJX8" s="7" t="inlineStr">
         <is>
           <t>2009M06</t>
         </is>
       </c>
-      <c r="AJQ8" s="7" t="inlineStr">
+      <c r="AJY8" s="7" t="inlineStr">
         <is>
           <t>2009M05</t>
         </is>
       </c>
-      <c r="AJR8" s="7" t="inlineStr">
+      <c r="AJZ8" s="7" t="inlineStr">
         <is>
           <t>2009M04</t>
         </is>
       </c>
-      <c r="AJS8" s="7" t="inlineStr">
+      <c r="AKA8" s="7" t="inlineStr">
         <is>
           <t>2009M03</t>
         </is>
       </c>
-      <c r="AJT8" s="7" t="inlineStr">
+      <c r="AKB8" s="7" t="inlineStr">
         <is>
           <t>2009M02</t>
         </is>
       </c>
-      <c r="AJU8" s="7" t="inlineStr">
+      <c r="AKC8" s="7" t="inlineStr">
         <is>
           <t>2009M01</t>
         </is>
       </c>
-      <c r="AJV8" s="7" t="inlineStr">
+      <c r="AKD8" s="7" t="inlineStr">
         <is>
           <t>2008M12</t>
         </is>
       </c>
-      <c r="AJW8" s="7" t="inlineStr">
+      <c r="AKE8" s="7" t="inlineStr">
         <is>
           <t>2008M11</t>
         </is>
       </c>
-      <c r="AJX8" s="7" t="inlineStr">
+      <c r="AKF8" s="7" t="inlineStr">
         <is>
           <t>2008M10</t>
         </is>
       </c>
-      <c r="AJY8" s="7" t="inlineStr">
+      <c r="AKG8" s="7" t="inlineStr">
         <is>
           <t>2008M09</t>
         </is>
       </c>
-      <c r="AJZ8" s="7" t="inlineStr">
+      <c r="AKH8" s="7" t="inlineStr">
         <is>
           <t>2008M08</t>
         </is>
       </c>
-      <c r="AKA8" s="7" t="inlineStr">
+      <c r="AKI8" s="7" t="inlineStr">
         <is>
           <t>2008M07</t>
         </is>
       </c>
-      <c r="AKB8" s="7" t="inlineStr">
+      <c r="AKJ8" s="7" t="inlineStr">
         <is>
           <t>2008M06</t>
         </is>
       </c>
-      <c r="AKC8" s="7" t="inlineStr">
+      <c r="AKK8" s="7" t="inlineStr">
         <is>
           <t>2008M05</t>
         </is>
       </c>
-      <c r="AKD8" s="7" t="inlineStr">
+      <c r="AKL8" s="7" t="inlineStr">
         <is>
           <t>2008M04</t>
         </is>
       </c>
-      <c r="AKE8" s="7" t="inlineStr">
+      <c r="AKM8" s="7" t="inlineStr">
         <is>
           <t>2008M03</t>
         </is>
       </c>
-      <c r="AKF8" s="7" t="inlineStr">
+      <c r="AKN8" s="7" t="inlineStr">
         <is>
           <t>2008M02</t>
         </is>
       </c>
-      <c r="AKG8" s="7" t="inlineStr">
+      <c r="AKO8" s="7" t="inlineStr">
         <is>
           <t>2008M01</t>
         </is>
       </c>
-      <c r="AKH8" s="7" t="inlineStr">
+      <c r="AKP8" s="7" t="inlineStr">
         <is>
           <t>2007M12</t>
         </is>
       </c>
-      <c r="AKI8" s="7" t="inlineStr">
+      <c r="AKQ8" s="7" t="inlineStr">
         <is>
           <t>2007M11</t>
         </is>
       </c>
-      <c r="AKJ8" s="7" t="inlineStr">
+      <c r="AKR8" s="7" t="inlineStr">
         <is>
           <t>2007M10</t>
         </is>
       </c>
-      <c r="AKK8" s="7" t="inlineStr">
+      <c r="AKS8" s="7" t="inlineStr">
         <is>
           <t>2007M09</t>
         </is>
       </c>
-      <c r="AKL8" s="7" t="inlineStr">
+      <c r="AKT8" s="7" t="inlineStr">
         <is>
           <t>2007M08</t>
         </is>
       </c>
-      <c r="AKM8" s="7" t="inlineStr">
+      <c r="AKU8" s="7" t="inlineStr">
         <is>
           <t>2007M07</t>
         </is>
       </c>
-      <c r="AKN8" s="7" t="inlineStr">
+      <c r="AKV8" s="7" t="inlineStr">
         <is>
           <t>2007M06</t>
         </is>
       </c>
-      <c r="AKO8" s="7" t="inlineStr">
+      <c r="AKW8" s="7" t="inlineStr">
         <is>
           <t>2007M05</t>
         </is>
       </c>
-      <c r="AKP8" s="7" t="inlineStr">
+      <c r="AKX8" s="7" t="inlineStr">
         <is>
           <t>2007M04</t>
         </is>
       </c>
-      <c r="AKQ8" s="7" t="inlineStr">
+      <c r="AKY8" s="7" t="inlineStr">
         <is>
           <t>2007M03</t>
         </is>
       </c>
-      <c r="AKR8" s="7" t="inlineStr">
+      <c r="AKZ8" s="7" t="inlineStr">
         <is>
           <t>2007M02</t>
         </is>
       </c>
-      <c r="AKS8" s="7" t="inlineStr">
+      <c r="ALA8" s="7" t="inlineStr">
         <is>
           <t>2007M01</t>
         </is>
       </c>
-      <c r="AKT8" s="7" t="inlineStr">
+      <c r="ALB8" s="7" t="inlineStr">
         <is>
           <t>2006M12</t>
         </is>
       </c>
-      <c r="AKU8" s="7" t="inlineStr">
+      <c r="ALC8" s="7" t="inlineStr">
         <is>
           <t>2006M11</t>
         </is>
       </c>
-      <c r="AKV8" s="7" t="inlineStr">
+      <c r="ALD8" s="7" t="inlineStr">
         <is>
           <t>2006M10</t>
         </is>
       </c>
-      <c r="AKW8" s="7" t="inlineStr">
+      <c r="ALE8" s="7" t="inlineStr">
         <is>
           <t>2006M09</t>
         </is>
       </c>
-      <c r="AKX8" s="7" t="inlineStr">
+      <c r="ALF8" s="7" t="inlineStr">
         <is>
           <t>2006M08</t>
         </is>
       </c>
-      <c r="AKY8" s="7" t="inlineStr">
+      <c r="ALG8" s="7" t="inlineStr">
         <is>
           <t>2006M07</t>
         </is>
       </c>
-      <c r="AKZ8" s="7" t="inlineStr">
+      <c r="ALH8" s="7" t="inlineStr">
         <is>
           <t>2006M06</t>
         </is>
       </c>
-      <c r="ALA8" s="7" t="inlineStr">
+      <c r="ALI8" s="7" t="inlineStr">
         <is>
           <t>2006M05</t>
         </is>
       </c>
-      <c r="ALB8" s="7" t="inlineStr">
+      <c r="ALJ8" s="7" t="inlineStr">
         <is>
           <t>2006M04</t>
         </is>
       </c>
-      <c r="ALC8" s="7" t="inlineStr">
+      <c r="ALK8" s="7" t="inlineStr">
         <is>
           <t>2006M03</t>
         </is>
       </c>
-      <c r="ALD8" s="7" t="inlineStr">
+      <c r="ALL8" s="7" t="inlineStr">
         <is>
           <t>2006M02</t>
         </is>
       </c>
-      <c r="ALE8" s="7" t="inlineStr">
+      <c r="ALM8" s="7" t="inlineStr">
         <is>
           <t>2006M01</t>
         </is>
       </c>
-      <c r="ALF8" s="7" t="inlineStr">
+      <c r="ALN8" s="7" t="inlineStr">
         <is>
           <t>2005M12</t>
         </is>
       </c>
-      <c r="ALG8" s="7" t="inlineStr">
+      <c r="ALO8" s="7" t="inlineStr">
         <is>
           <t>2005M11</t>
         </is>
       </c>
-      <c r="ALH8" s="7" t="inlineStr">
+      <c r="ALP8" s="7" t="inlineStr">
         <is>
           <t>2005M10</t>
         </is>
       </c>
-      <c r="ALI8" s="7" t="inlineStr">
+      <c r="ALQ8" s="7" t="inlineStr">
         <is>
           <t>2005M09</t>
         </is>
       </c>
-      <c r="ALJ8" s="7" t="inlineStr">
+      <c r="ALR8" s="7" t="inlineStr">
         <is>
           <t>2005M08</t>
         </is>
       </c>
-      <c r="ALK8" s="7" t="inlineStr">
+      <c r="ALS8" s="7" t="inlineStr">
         <is>
           <t>2005M07</t>
         </is>
       </c>
-      <c r="ALL8" s="7" t="inlineStr">
+      <c r="ALT8" s="7" t="inlineStr">
         <is>
           <t>2005M06</t>
         </is>
       </c>
-      <c r="ALM8" s="7" t="inlineStr">
+      <c r="ALU8" s="7" t="inlineStr">
         <is>
           <t>2005M05</t>
         </is>
       </c>
-      <c r="ALN8" s="7" t="inlineStr">
+      <c r="ALV8" s="7" t="inlineStr">
         <is>
           <t>2005M04</t>
         </is>
       </c>
-      <c r="ALO8" s="7" t="inlineStr">
+      <c r="ALW8" s="7" t="inlineStr">
         <is>
           <t>2005M03</t>
         </is>
       </c>
-      <c r="ALP8" s="7" t="inlineStr">
+      <c r="ALX8" s="7" t="inlineStr">
         <is>
           <t>2005M02</t>
         </is>
       </c>
-      <c r="ALQ8" s="7" t="inlineStr">
+      <c r="ALY8" s="7" t="inlineStr">
         <is>
           <t>2005M01</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="6" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B9" s="6"/>
       <c r="C9" s="6"/>
       <c r="D9" s="6"/>
       <c r="E9" s="6"/>
       <c r="F9" s="6"/>
       <c r="G9" s="6"/>
       <c r="H9" s="6"/>
       <c r="I9" s="6"/>
       <c r="J9" s="6"/>
       <c r="K9" s="6"/>
       <c r="L9" s="6"/>
       <c r="M9" s="6"/>
       <c r="N9" s="6"/>
       <c r="O9" s="6"/>
@@ -8434,9253 +8490,9333 @@
       <c r="AKS9" s="6"/>
       <c r="AKT9" s="6"/>
       <c r="AKU9" s="6"/>
       <c r="AKV9" s="6"/>
       <c r="AKW9" s="6"/>
       <c r="AKX9" s="6"/>
       <c r="AKY9" s="6"/>
       <c r="AKZ9" s="6"/>
       <c r="ALA9" s="6"/>
       <c r="ALB9" s="6"/>
       <c r="ALC9" s="6"/>
       <c r="ALD9" s="6"/>
       <c r="ALE9" s="6"/>
       <c r="ALF9" s="6"/>
       <c r="ALG9" s="6"/>
       <c r="ALH9" s="6"/>
       <c r="ALI9" s="6"/>
       <c r="ALJ9" s="6"/>
       <c r="ALK9" s="6"/>
       <c r="ALL9" s="6"/>
       <c r="ALM9" s="6"/>
       <c r="ALN9" s="6"/>
       <c r="ALO9" s="6"/>
       <c r="ALP9" s="6"/>
       <c r="ALQ9" s="6"/>
+      <c r="ALR9" s="6"/>
+      <c r="ALS9" s="6"/>
+      <c r="ALT9" s="6"/>
+      <c r="ALU9" s="6"/>
+      <c r="ALV9" s="6"/>
+      <c r="ALW9" s="6"/>
+      <c r="ALX9" s="6"/>
+      <c r="ALY9" s="6"/>
     </row>
     <row r="10">
       <c r="A10" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    B Mining and quarrying industries</t>
         </is>
       </c>
       <c r="B10" s="14" t="n">
-        <v>131.974</v>
+        <v>144.524</v>
       </c>
       <c r="C10" s="14" t="n">
+        <v>133.467</v>
+      </c>
+      <c r="D10" s="14" t="n">
+        <v>131.963</v>
+      </c>
+      <c r="E10" s="14" t="n">
         <v>129.749</v>
       </c>
-      <c r="D10" s="14" t="n">
+      <c r="F10" s="14" t="n">
         <v>125.966</v>
       </c>
-      <c r="E10" s="14" t="n">
+      <c r="G10" s="14" t="n">
         <v>122.821</v>
       </c>
-      <c r="F10" s="14" t="n">
+      <c r="H10" s="14" t="n">
         <v>123.733</v>
       </c>
-      <c r="G10" s="14" t="n">
+      <c r="I10" s="14" t="n">
         <v>127.982</v>
       </c>
-      <c r="H10" s="14" t="n">
+      <c r="J10" s="14" t="n">
         <v>127.905</v>
       </c>
-      <c r="I10" s="14" t="n">
+      <c r="K10" s="14" t="n">
         <v>127.069</v>
       </c>
-      <c r="J10" s="14" t="n">
+      <c r="L10" s="14" t="n">
         <v>131.677</v>
       </c>
-      <c r="K10" s="14" t="n">
+      <c r="M10" s="14" t="n">
         <v>129.228</v>
       </c>
-      <c r="L10" s="14" t="n">
+      <c r="N10" s="14" t="n">
         <v>127.343</v>
       </c>
-      <c r="M10" s="14" t="n">
+      <c r="O10" s="14" t="n">
         <v>126.514</v>
       </c>
-      <c r="N10" s="14" t="n">
+      <c r="P10" s="14" t="n">
         <v>125.671</v>
       </c>
-      <c r="O10" s="14" t="n">
+      <c r="Q10" s="14" t="n">
         <v>128.749</v>
       </c>
-      <c r="P10" s="14" t="n">
+      <c r="R10" s="14" t="n">
         <v>124.934</v>
       </c>
-      <c r="Q10" s="14" t="n">
+      <c r="S10" s="14" t="n">
         <v>122.625</v>
       </c>
-      <c r="R10" s="14" t="n">
+      <c r="T10" s="14" t="n">
         <v>129.349</v>
       </c>
-      <c r="S10" s="14" t="n">
+      <c r="U10" s="14" t="n">
         <v>130.957</v>
       </c>
-      <c r="T10" s="14" t="n">
+      <c r="V10" s="14" t="n">
         <v>131.638</v>
       </c>
-      <c r="U10" s="14" t="n">
+      <c r="W10" s="14" t="n">
         <v>127.399</v>
       </c>
-      <c r="V10" s="14" t="n">
+      <c r="X10" s="14" t="n">
         <v>124.029</v>
       </c>
-      <c r="W10" s="14" t="n">
+      <c r="Y10" s="14" t="n">
         <v>121.907</v>
       </c>
-      <c r="X10" s="14" t="n">
+      <c r="Z10" s="14" t="n">
         <v>121.19</v>
       </c>
-      <c r="Y10" s="14" t="n">
+      <c r="AA10" s="14" t="n">
         <v>118.284</v>
       </c>
-      <c r="Z10" s="14" t="n">
+      <c r="AB10" s="14" t="n">
         <v>116.992</v>
       </c>
-      <c r="AA10" s="14" t="n">
+      <c r="AC10" s="14" t="n">
         <v>117.637</v>
       </c>
-      <c r="AB10" s="14" t="n">
+      <c r="AD10" s="14" t="n">
         <v>119.946</v>
       </c>
-      <c r="AC10" s="14" t="n">
+      <c r="AE10" s="14" t="n">
         <v>119.275</v>
       </c>
-      <c r="AD10" s="14" t="n">
+      <c r="AF10" s="14" t="n">
         <v>120.225</v>
       </c>
-      <c r="AE10" s="14" t="n">
+      <c r="AG10" s="14" t="n">
         <v>120.051</v>
       </c>
-      <c r="AF10" s="14" t="n">
+      <c r="AH10" s="14" t="n">
         <v>122.113</v>
       </c>
-      <c r="AG10" s="14" t="n">
+      <c r="AI10" s="14" t="n">
         <v>122.53</v>
       </c>
-      <c r="AH10" s="14" t="n">
+      <c r="AJ10" s="14" t="n">
         <v>123.243</v>
       </c>
-      <c r="AI10" s="14" t="n">
+      <c r="AK10" s="14" t="n">
         <v>124.358</v>
       </c>
-      <c r="AJ10" s="14" t="n">
+      <c r="AL10" s="14" t="n">
         <v>124.075</v>
       </c>
-      <c r="AK10" s="14" t="n">
+      <c r="AM10" s="14" t="n">
         <v>122.352</v>
       </c>
-      <c r="AL10" s="14" t="n">
+      <c r="AN10" s="14" t="n">
         <v>124.106</v>
       </c>
-      <c r="AM10" s="14" t="n">
+      <c r="AO10" s="14" t="n">
         <v>121.354</v>
       </c>
-      <c r="AN10" s="14" t="n">
+      <c r="AP10" s="14" t="n">
         <v>124.127</v>
       </c>
-      <c r="AO10" s="14" t="n">
+      <c r="AQ10" s="14" t="n">
         <v>121.406</v>
       </c>
-      <c r="AP10" s="14" t="n">
+      <c r="AR10" s="14" t="n">
         <v>119.089</v>
       </c>
-      <c r="AQ10" s="14" t="n">
+      <c r="AS10" s="14" t="n">
         <v>121.56</v>
       </c>
-      <c r="AR10" s="14" t="n">
+      <c r="AT10" s="14" t="n">
         <v>118.994</v>
       </c>
-      <c r="AS10" s="14" t="n">
+      <c r="AU10" s="14" t="n">
         <v>120.892</v>
       </c>
-      <c r="AT10" s="14" t="n">
+      <c r="AV10" s="14" t="n">
         <v>116.574</v>
       </c>
-      <c r="AU10" s="14" t="n">
+      <c r="AW10" s="14" t="n">
         <v>111.876</v>
       </c>
-      <c r="AV10" s="14" t="n">
+      <c r="AX10" s="14" t="n">
         <v>109.443</v>
       </c>
-      <c r="AW10" s="14" t="n">
+      <c r="AY10" s="14" t="n">
         <v>107.376</v>
       </c>
-      <c r="AX10" s="14" t="n">
+      <c r="AZ10" s="14" t="n">
         <v>107.161</v>
       </c>
-      <c r="AY10" s="14" t="n">
+      <c r="BA10" s="14" t="n">
         <v>105.363</v>
       </c>
-      <c r="AZ10" s="14" t="n">
+      <c r="BB10" s="14" t="n">
         <v>103.974</v>
       </c>
-      <c r="BA10" s="14" t="n">
+      <c r="BC10" s="14" t="n">
         <v>100.939</v>
       </c>
-      <c r="BB10" s="14" t="n">
+      <c r="BD10" s="14" t="n">
         <v>101.06</v>
       </c>
-      <c r="BC10" s="14" t="n">
+      <c r="BE10" s="14" t="n">
         <v>100.736</v>
       </c>
-      <c r="BD10" s="14" t="n">
+      <c r="BF10" s="14" t="n">
         <v>98.285</v>
       </c>
-      <c r="BE10" s="14" t="n">
+      <c r="BG10" s="14" t="n">
         <v>97.039</v>
       </c>
-      <c r="BF10" s="14" t="n">
+      <c r="BH10" s="14" t="n">
         <v>93.845</v>
       </c>
-      <c r="BG10" s="14" t="n">
+      <c r="BI10" s="14" t="n">
         <v>92.495</v>
       </c>
-      <c r="BH10" s="14" t="n">
+      <c r="BJ10" s="14" t="n">
         <v>91.727</v>
       </c>
-      <c r="BI10" s="14" t="n">
+      <c r="BK10" s="14" t="n">
         <v>90.611</v>
       </c>
-      <c r="BJ10" s="14" t="n">
+      <c r="BL10" s="14" t="n">
         <v>89.888</v>
       </c>
-      <c r="BK10" s="14" t="n">
+      <c r="BM10" s="14" t="n">
         <v>90.546</v>
       </c>
-      <c r="BL10" s="14" t="n">
+      <c r="BN10" s="14" t="n">
         <v>91.534</v>
       </c>
-      <c r="BM10" s="14" t="n">
+      <c r="BO10" s="14" t="n">
         <v>91.156</v>
       </c>
-      <c r="BN10" s="14" t="n">
+      <c r="BP10" s="14" t="n">
         <v>88.551</v>
       </c>
-      <c r="BO10" s="14" t="n">
+      <c r="BQ10" s="14" t="n">
         <v>87.704</v>
       </c>
-      <c r="BP10" s="14" t="n">
+      <c r="BR10" s="14" t="n">
         <v>87.533</v>
       </c>
-      <c r="BQ10" s="14" t="n">
+      <c r="BS10" s="14" t="n">
         <v>86.799</v>
       </c>
-      <c r="BR10" s="14" t="n">
+      <c r="BT10" s="14" t="n">
         <v>85.815</v>
       </c>
-      <c r="BS10" s="14" t="n">
+      <c r="BU10" s="14" t="n">
         <v>88.37</v>
       </c>
-      <c r="BT10" s="14" t="n">
+      <c r="BV10" s="14" t="n">
         <v>88.382</v>
       </c>
-      <c r="BU10" s="14" t="n">
+      <c r="BW10" s="14" t="n">
         <v>87.896</v>
       </c>
-      <c r="BV10" s="14" t="n">
+      <c r="BX10" s="14" t="n">
         <v>88.666</v>
       </c>
-      <c r="BW10" s="14" t="n">
+      <c r="BY10" s="14" t="n">
         <v>89.408</v>
       </c>
-      <c r="BX10" s="14" t="n">
+      <c r="BZ10" s="14" t="n">
         <v>89.131</v>
       </c>
-      <c r="BY10" s="14" t="n">
+      <c r="CA10" s="14" t="n">
         <v>88.572</v>
       </c>
-      <c r="BZ10" s="14" t="n">
+      <c r="CB10" s="14" t="n">
         <v>86.869</v>
       </c>
-      <c r="CA10" s="14" t="n">
+      <c r="CC10" s="14" t="n">
         <v>86.452</v>
       </c>
-      <c r="CB10" s="14" t="n">
+      <c r="CD10" s="14" t="n">
         <v>86.353</v>
       </c>
-      <c r="CC10" s="14" t="n">
+      <c r="CE10" s="14" t="n">
         <v>86.903</v>
       </c>
-      <c r="CD10" s="14" t="n">
+      <c r="CF10" s="14" t="n">
         <v>86.556</v>
       </c>
-      <c r="CE10" s="14" t="n">
+      <c r="CG10" s="14" t="n">
         <v>87.678</v>
       </c>
-      <c r="CF10" s="14" t="n">
+      <c r="CH10" s="14" t="n">
         <v>86.821</v>
       </c>
-      <c r="CG10" s="14" t="n">
+      <c r="CI10" s="14" t="n">
         <v>86.196</v>
       </c>
-      <c r="CH10" s="14" t="n">
+      <c r="CJ10" s="14" t="n">
         <v>85.834</v>
       </c>
-      <c r="CI10" s="14" t="n">
+      <c r="CK10" s="14" t="n">
         <v>84.982</v>
       </c>
-      <c r="CJ10" s="14" t="n">
+      <c r="CL10" s="14" t="n">
         <v>83.9</v>
       </c>
-      <c r="CK10" s="14" t="n">
+      <c r="CM10" s="14" t="n">
         <v>83.195</v>
       </c>
-      <c r="CL10" s="14" t="n">
+      <c r="CN10" s="14" t="n">
         <v>81.623</v>
       </c>
-      <c r="CM10" s="14" t="n">
+      <c r="CO10" s="14" t="n">
         <v>83.471</v>
       </c>
-      <c r="CN10" s="14" t="n">
+      <c r="CP10" s="14" t="n">
         <v>83.117</v>
       </c>
-      <c r="CO10" s="14" t="n">
+      <c r="CQ10" s="14" t="n">
         <v>82.011</v>
       </c>
-      <c r="CP10" s="14" t="n">
+      <c r="CR10" s="14" t="n">
         <v>79.936</v>
       </c>
-      <c r="CQ10" s="14" t="n">
+      <c r="CS10" s="14" t="n">
         <v>78.62</v>
       </c>
-      <c r="CR10" s="14" t="n">
+      <c r="CT10" s="14" t="n">
         <v>78.39</v>
       </c>
-      <c r="CS10" s="14" t="n">
+      <c r="CU10" s="14" t="n">
         <v>77.94</v>
       </c>
-      <c r="CT10" s="14" t="n">
+      <c r="CV10" s="14" t="n">
         <v>75.134</v>
       </c>
-      <c r="CU10" s="14" t="n">
+      <c r="CW10" s="14" t="n">
         <v>79.397</v>
       </c>
-      <c r="CV10" s="14" t="n">
+      <c r="CX10" s="14" t="n">
         <v>75.74</v>
       </c>
-      <c r="CW10" s="14" t="n">
+      <c r="CY10" s="14" t="n">
         <v>74.855</v>
       </c>
-      <c r="CX10" s="14" t="n">
+      <c r="CZ10" s="14" t="n">
         <v>73.002</v>
       </c>
-      <c r="CY10" s="14" t="n">
+      <c r="DA10" s="14" t="n">
         <v>72.634</v>
       </c>
-      <c r="CZ10" s="14" t="n">
+      <c r="DB10" s="14" t="n">
         <v>71.105</v>
       </c>
-      <c r="DA10" s="14" t="n">
+      <c r="DC10" s="14" t="n">
         <v>71.836</v>
       </c>
-      <c r="DB10" s="14" t="n">
+      <c r="DD10" s="14" t="n">
         <v>71.087</v>
       </c>
-      <c r="DC10" s="14" t="n">
+      <c r="DE10" s="14" t="n">
         <v>71.281</v>
       </c>
-      <c r="DD10" s="14" t="n">
+      <c r="DF10" s="14" t="n">
         <v>71.295</v>
       </c>
-      <c r="DE10" s="14" t="n">
+      <c r="DG10" s="14" t="n">
         <v>70.639</v>
       </c>
-      <c r="DF10" s="14" t="n">
+      <c r="DH10" s="14" t="n">
         <v>71.289</v>
       </c>
-      <c r="DG10" s="14" t="n">
+      <c r="DI10" s="14" t="n">
         <v>70.776</v>
       </c>
-      <c r="DH10" s="14" t="n">
+      <c r="DJ10" s="14" t="n">
         <v>68.742</v>
       </c>
-      <c r="DI10" s="14" t="n">
+      <c r="DK10" s="14" t="n">
         <v>72.29</v>
       </c>
-      <c r="DJ10" s="14" t="n">
+      <c r="DL10" s="14" t="n">
         <v>70.243</v>
       </c>
-      <c r="DK10" s="14" t="n">
+      <c r="DM10" s="14" t="n">
         <v>70.682</v>
       </c>
-      <c r="DL10" s="14" t="n">
+      <c r="DN10" s="14" t="n">
         <v>70.361</v>
       </c>
-      <c r="DM10" s="14" t="n">
+      <c r="DO10" s="14" t="n">
         <v>70.68</v>
       </c>
-      <c r="DN10" s="14" t="n">
+      <c r="DP10" s="14" t="n">
         <v>71.15</v>
       </c>
-      <c r="DO10" s="14" t="n">
+      <c r="DQ10" s="14" t="n">
         <v>71.67</v>
       </c>
-      <c r="DP10" s="14" t="n">
+      <c r="DR10" s="14" t="n">
         <v>71.342</v>
       </c>
-      <c r="DQ10" s="14" t="n">
+      <c r="DS10" s="14" t="n">
         <v>72.781</v>
       </c>
-      <c r="DR10" s="14" t="n">
+      <c r="DT10" s="14" t="n">
         <v>74.151</v>
       </c>
-      <c r="DS10" s="14" t="n">
+      <c r="DU10" s="14" t="n">
         <v>72.948</v>
       </c>
-      <c r="DT10" s="14" t="n">
+      <c r="DV10" s="14" t="n">
         <v>74.42</v>
       </c>
-      <c r="DU10" s="14" t="n">
+      <c r="DW10" s="14" t="n">
         <v>75.872</v>
       </c>
-      <c r="DV10" s="14" t="n">
+      <c r="DX10" s="14" t="n">
         <v>75.414</v>
       </c>
-      <c r="DW10" s="14" t="n">
+      <c r="DY10" s="14" t="n">
         <v>74.432</v>
       </c>
-      <c r="DX10" s="14" t="n">
+      <c r="DZ10" s="14" t="n">
         <v>74.825</v>
       </c>
-      <c r="DY10" s="14" t="n">
+      <c r="EA10" s="14" t="n">
         <v>75.542</v>
       </c>
-      <c r="DZ10" s="14" t="n">
+      <c r="EB10" s="14" t="n">
         <v>74.895</v>
       </c>
-      <c r="EA10" s="14" t="n">
+      <c r="EC10" s="14" t="n">
         <v>72.913</v>
       </c>
-      <c r="EB10" s="14" t="n">
+      <c r="ED10" s="14" t="n">
         <v>71.599</v>
       </c>
-      <c r="EC10" s="14" t="n">
+      <c r="EE10" s="14" t="n">
         <v>69.774</v>
       </c>
-      <c r="ED10" s="14" t="n">
+      <c r="EF10" s="14" t="n">
         <v>69.519</v>
       </c>
-      <c r="EE10" s="14" t="n">
+      <c r="EG10" s="14" t="n">
         <v>68.257</v>
       </c>
-      <c r="EF10" s="14" t="n">
+      <c r="EH10" s="14" t="n">
         <v>68.541</v>
       </c>
-      <c r="EG10" s="14" t="n">
+      <c r="EI10" s="14" t="n">
         <v>67.746</v>
       </c>
-      <c r="EH10" s="14" t="n">
+      <c r="EJ10" s="14" t="n">
         <v>67.269</v>
       </c>
-      <c r="EI10" s="14" t="n">
+      <c r="EK10" s="14" t="n">
         <v>67.951</v>
       </c>
-      <c r="EJ10" s="14" t="n">
+      <c r="EL10" s="14" t="n">
         <v>67.05</v>
       </c>
-      <c r="EK10" s="14" t="n">
+      <c r="EM10" s="14" t="n">
         <v>65.586</v>
       </c>
-      <c r="EL10" s="14" t="n">
+      <c r="EN10" s="14" t="n">
         <v>65.837</v>
       </c>
-      <c r="EM10" s="14" t="n">
+      <c r="EO10" s="14" t="n">
         <v>66.131</v>
       </c>
-      <c r="EN10" s="14" t="n">
+      <c r="EP10" s="14" t="n">
         <v>66.204</v>
       </c>
-      <c r="EO10" s="14" t="n">
+      <c r="EQ10" s="14" t="n">
         <v>66.683</v>
       </c>
-      <c r="EP10" s="14" t="n">
+      <c r="ER10" s="14" t="n">
         <v>67.315</v>
       </c>
-      <c r="EQ10" s="14" t="n">
+      <c r="ES10" s="14" t="n">
         <v>66.503</v>
       </c>
-      <c r="ER10" s="14" t="n">
+      <c r="ET10" s="14" t="n">
         <v>67.069</v>
       </c>
-      <c r="ES10" s="14" t="n">
+      <c r="EU10" s="14" t="n">
         <v>67.206</v>
       </c>
-      <c r="ET10" s="14" t="n">
+      <c r="EV10" s="14" t="n">
         <v>67.728</v>
       </c>
-      <c r="EU10" s="14" t="n">
+      <c r="EW10" s="14" t="n">
         <v>67.255</v>
       </c>
-      <c r="EV10" s="14" t="n">
+      <c r="EX10" s="14" t="n">
         <v>67.79</v>
       </c>
-      <c r="EW10" s="14" t="n">
+      <c r="EY10" s="14" t="n">
         <v>67.782</v>
       </c>
-      <c r="EX10" s="14" t="n">
+      <c r="EZ10" s="14" t="n">
         <v>68.032</v>
       </c>
-      <c r="EY10" s="14" t="n">
+      <c r="FA10" s="14" t="n">
         <v>67.102</v>
       </c>
-      <c r="EZ10" s="14" t="n">
+      <c r="FB10" s="14" t="n">
         <v>67.49</v>
       </c>
-      <c r="FA10" s="14" t="n">
+      <c r="FC10" s="14" t="n">
         <v>67.758</v>
       </c>
-      <c r="FB10" s="14" t="n">
+      <c r="FD10" s="14" t="n">
         <v>69.406</v>
       </c>
-      <c r="FC10" s="14" t="n">
+      <c r="FE10" s="14" t="n">
         <v>72.183</v>
       </c>
-      <c r="FD10" s="14" t="n">
+      <c r="FF10" s="14" t="n">
         <v>72.21</v>
       </c>
-      <c r="FE10" s="14" t="n">
+      <c r="FG10" s="14" t="n">
         <v>72.554</v>
       </c>
-      <c r="FF10" s="14" t="n">
+      <c r="FH10" s="14" t="n">
         <v>72.586</v>
       </c>
-      <c r="FG10" s="14" t="n">
+      <c r="FI10" s="14" t="n">
         <v>72.447</v>
       </c>
-      <c r="FH10" s="14" t="n">
+      <c r="FJ10" s="14" t="n">
         <v>71.164</v>
       </c>
-      <c r="FI10" s="14" t="n">
+      <c r="FK10" s="14" t="n">
         <v>70.946</v>
       </c>
-      <c r="FJ10" s="14" t="n">
+      <c r="FL10" s="14" t="n">
         <v>71.717</v>
       </c>
-      <c r="FK10" s="14" t="n">
+      <c r="FM10" s="14" t="n">
         <v>70.633</v>
       </c>
-      <c r="FL10" s="14" t="n">
+      <c r="FN10" s="14" t="n">
         <v>71.494</v>
       </c>
-      <c r="FM10" s="14" t="n">
+      <c r="FO10" s="14" t="n">
         <v>71.256</v>
       </c>
-      <c r="FN10" s="14" t="n">
+      <c r="FP10" s="14" t="n">
         <v>69.107</v>
       </c>
-      <c r="FO10" s="14" t="n">
+      <c r="FQ10" s="14" t="n">
         <v>70.042</v>
       </c>
-      <c r="FP10" s="14" t="n">
+      <c r="FR10" s="14" t="n">
         <v>69.972</v>
       </c>
-      <c r="FQ10" s="14" t="n">
+      <c r="FS10" s="14" t="n">
         <v>69.274</v>
       </c>
-      <c r="FR10" s="14" t="n">
+      <c r="FT10" s="14" t="n">
         <v>70.004</v>
       </c>
-      <c r="FS10" s="14" t="n">
+      <c r="FU10" s="14" t="n">
         <v>63.519</v>
       </c>
-      <c r="FT10" s="14" t="n">
+      <c r="FV10" s="14" t="n">
         <v>62.54</v>
       </c>
-      <c r="FU10" s="14" t="n">
+      <c r="FW10" s="14" t="n">
         <v>60.832</v>
       </c>
-      <c r="FV10" s="14" t="n">
+      <c r="FX10" s="14" t="n">
         <v>59.837</v>
       </c>
-      <c r="FW10" s="14" t="n">
+      <c r="FY10" s="14" t="n">
         <v>58.705</v>
       </c>
-      <c r="FX10" s="14" t="n">
+      <c r="FZ10" s="14" t="n">
         <v>58.127</v>
       </c>
-      <c r="FY10" s="14" t="n">
+      <c r="GA10" s="14" t="n">
         <v>56.692</v>
       </c>
-      <c r="FZ10" s="14" t="n">
+      <c r="GB10" s="14" t="n">
         <v>54.933</v>
       </c>
-      <c r="GA10" s="14" t="n">
+      <c r="GC10" s="14" t="n">
         <v>50.988</v>
       </c>
-      <c r="GB10" s="14" t="n">
+      <c r="GD10" s="14" t="n">
         <v>51.167</v>
       </c>
-      <c r="GC10" s="14" t="n">
+      <c r="GE10" s="14" t="n">
         <v>51.355</v>
       </c>
-      <c r="GD10" s="14" t="n">
+      <c r="GF10" s="14" t="n">
         <v>51.044</v>
       </c>
-      <c r="GE10" s="14" t="n">
+      <c r="GG10" s="14" t="n">
         <v>50.812</v>
       </c>
-      <c r="GF10" s="14" t="n">
+      <c r="GH10" s="14" t="n">
         <v>49.736</v>
       </c>
-      <c r="GG10" s="14" t="n">
+      <c r="GI10" s="14" t="n">
         <v>49.92</v>
-      </c>
-[...4 lines deleted...]
-        <v>48.982</v>
       </c>
       <c r="GJ10" s="14" t="n">
         <v>49.275</v>
       </c>
       <c r="GK10" s="14" t="n">
+        <v>48.982</v>
+      </c>
+      <c r="GL10" s="14" t="n">
+        <v>49.275</v>
+      </c>
+      <c r="GM10" s="14" t="n">
         <v>48.705</v>
       </c>
-      <c r="GL10" s="14" t="n">
+      <c r="GN10" s="14" t="n">
         <v>48.793</v>
       </c>
-      <c r="GM10" s="14" t="n">
+      <c r="GO10" s="14" t="n">
         <v>48.749</v>
       </c>
-      <c r="GN10" s="14" t="n">
+      <c r="GP10" s="14" t="n">
         <v>49.231</v>
       </c>
-      <c r="GO10" s="14" t="n">
+      <c r="GQ10" s="14" t="n">
         <v>48.924</v>
-      </c>
-[...4 lines deleted...]
-        <v>49.537</v>
       </c>
       <c r="GR10" s="14" t="n">
         <v>49.318</v>
       </c>
       <c r="GS10" s="14" t="n">
+        <v>49.537</v>
+      </c>
+      <c r="GT10" s="14" t="n">
+        <v>49.318</v>
+      </c>
+      <c r="GU10" s="14" t="n">
         <v>48.88</v>
       </c>
-      <c r="GT10" s="14" t="n">
+      <c r="GV10" s="14" t="n">
         <v>48.749</v>
       </c>
-      <c r="GU10" s="14" t="n">
+      <c r="GW10" s="14" t="n">
         <v>48.837</v>
       </c>
-      <c r="GV10" s="14" t="n">
+      <c r="GX10" s="14" t="n">
         <v>48.486</v>
       </c>
-      <c r="GW10" s="14" t="n">
+      <c r="GY10" s="14" t="n">
         <v>48.618</v>
       </c>
-      <c r="GX10" s="14" t="n">
+      <c r="GZ10" s="14" t="n">
         <v>48.092</v>
-      </c>
-[...4 lines deleted...]
-        <v>48.048</v>
       </c>
       <c r="HA10" s="14" t="n">
         <v>47.961</v>
       </c>
       <c r="HB10" s="14" t="n">
+        <v>48.048</v>
+      </c>
+      <c r="HC10" s="14" t="n">
+        <v>47.961</v>
+      </c>
+      <c r="HD10" s="14" t="n">
         <v>47.523</v>
-      </c>
-[...4 lines deleted...]
-        <v>47.698</v>
       </c>
       <c r="HE10" s="14" t="n">
         <v>47.742</v>
       </c>
       <c r="HF10" s="14" t="n">
+        <v>47.698</v>
+      </c>
+      <c r="HG10" s="14" t="n">
+        <v>47.742</v>
+      </c>
+      <c r="HH10" s="14" t="n">
         <v>47.785</v>
       </c>
-      <c r="HG10" s="14" t="n">
+      <c r="HI10" s="14" t="n">
         <v>46.778</v>
       </c>
-      <c r="HH10" s="14" t="n">
+      <c r="HJ10" s="14" t="n">
         <v>46.647</v>
       </c>
-      <c r="HI10" s="14" t="n">
+      <c r="HK10" s="14" t="n">
         <v>46.997</v>
       </c>
-      <c r="HJ10" s="14" t="n">
+      <c r="HL10" s="14" t="n">
         <v>47.435</v>
       </c>
-      <c r="HK10" s="14" t="n">
+      <c r="HM10" s="14" t="n">
         <v>47.216</v>
       </c>
-      <c r="HL10" s="14" t="n">
+      <c r="HN10" s="14" t="n">
         <v>47.172</v>
       </c>
-      <c r="HM10" s="14" t="n">
+      <c r="HO10" s="14" t="n">
         <v>47.128</v>
       </c>
-      <c r="HN10" s="14" t="n">
+      <c r="HP10" s="14" t="n">
         <v>47.304</v>
       </c>
-      <c r="HO10" s="14" t="n">
+      <c r="HQ10" s="14" t="n">
         <v>47.347</v>
       </c>
-      <c r="HP10" s="14" t="n">
+      <c r="HR10" s="14" t="n">
         <v>47.61</v>
       </c>
-      <c r="HQ10" s="14" t="n">
+      <c r="HS10" s="14" t="n">
         <v>47.304</v>
       </c>
-      <c r="HR10" s="14" t="n">
+      <c r="HT10" s="14" t="n">
         <v>47.216</v>
       </c>
-      <c r="HS10" s="14" t="n">
+      <c r="HU10" s="14" t="n">
         <v>47.172</v>
       </c>
-      <c r="HT10" s="14" t="n">
+      <c r="HV10" s="14" t="n">
         <v>46.603</v>
       </c>
-      <c r="HU10" s="14" t="n">
+      <c r="HW10" s="14" t="n">
         <v>45.552</v>
       </c>
-      <c r="HV10" s="14" t="n">
+      <c r="HX10" s="14" t="n">
         <v>45.552</v>
       </c>
-      <c r="HW10" s="14" t="n">
+      <c r="HY10" s="14" t="n">
         <v>45.595</v>
       </c>
-      <c r="HX10" s="14" t="n">
+      <c r="HZ10" s="14" t="n">
         <v>45.683</v>
       </c>
-      <c r="HY10" s="14" t="n">
+      <c r="IA10" s="14" t="n">
         <v>45.683</v>
       </c>
-      <c r="HZ10" s="14" t="n">
+      <c r="IB10" s="14" t="n">
         <v>45.771</v>
       </c>
-      <c r="IA10" s="14" t="n">
+      <c r="IC10" s="14" t="n">
         <v>45.639</v>
       </c>
-      <c r="IB10" s="14" t="n">
+      <c r="ID10" s="14" t="n">
         <v>45.858</v>
       </c>
-      <c r="IC10" s="14" t="n">
+      <c r="IE10" s="14" t="n">
         <v>45.814</v>
       </c>
-      <c r="ID10" s="14" t="n">
+      <c r="IF10" s="14" t="n">
         <v>45.639</v>
       </c>
-      <c r="IE10" s="14" t="n">
+      <c r="IG10" s="14" t="n">
         <v>45.157</v>
       </c>
-      <c r="IF10" s="14" t="n">
+      <c r="IH10" s="14" t="n">
         <v>45.157</v>
       </c>
-      <c r="IG10" s="14" t="n">
+      <c r="II10" s="14" t="n">
         <v>44.5</v>
       </c>
-      <c r="IH10" s="14" t="n">
+      <c r="IJ10" s="14" t="n">
         <v>44.632</v>
       </c>
-      <c r="II10" s="14" t="n">
+      <c r="IK10" s="14" t="n">
         <v>44.106</v>
       </c>
-      <c r="IJ10" s="14" t="n">
+      <c r="IL10" s="14" t="n">
         <v>43.931</v>
       </c>
-      <c r="IK10" s="14" t="n">
+      <c r="IM10" s="14" t="n">
         <v>43.624</v>
       </c>
-      <c r="IL10" s="14" t="n">
+      <c r="IN10" s="14" t="n">
         <v>43.8</v>
       </c>
-      <c r="IM10" s="14" t="n">
+      <c r="IO10" s="14" t="n">
         <v>43.931</v>
       </c>
-      <c r="IN10" s="14" t="n">
+      <c r="IP10" s="14" t="n">
         <v>43.712</v>
       </c>
-      <c r="IO10" s="14" t="n">
+      <c r="IQ10" s="14" t="n">
         <v>43.405</v>
       </c>
-      <c r="IP10" s="14" t="n">
+      <c r="IR10" s="14" t="n">
         <v>43.668</v>
       </c>
-      <c r="IQ10" s="14" t="n">
+      <c r="IS10" s="14" t="n">
         <v>43.624</v>
       </c>
-      <c r="IR10" s="14" t="n">
+      <c r="IT10" s="14" t="n">
         <v>42.705</v>
       </c>
-      <c r="IS10" s="15" t="n">
+      <c r="IU10" s="15" t="n">
+        <v>8.3</v>
+      </c>
+      <c r="IV10" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="IW10" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="IT10" s="15" t="n">
+      <c r="IX10" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="IU10" s="15" t="n">
+      <c r="IY10" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="IV10" s="15" t="n">
+      <c r="IZ10" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="IW10" s="15" t="n">
+      <c r="JA10" s="15" t="n">
         <v>-3.3</v>
       </c>
-      <c r="IX10" s="15" t="n">
+      <c r="JB10" s="15" t="n">
         <v>0.1</v>
-      </c>
-[...10 lines deleted...]
-        <v>1.5</v>
       </c>
       <c r="JC10" s="15" t="n">
         <v>0.7</v>
       </c>
       <c r="JD10" s="15" t="n">
+        <v>-3.5</v>
+      </c>
+      <c r="JE10" s="15" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="JF10" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="JG10" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="JE10" s="15" t="n">
+      <c r="JH10" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="JI10" s="15" t="n">
         <v>-2.4</v>
       </c>
-      <c r="JF10" s="15" t="n">
+      <c r="JJ10" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="JG10" s="15" t="n">
+      <c r="JK10" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="JH10" s="15" t="n">
+      <c r="JL10" s="15" t="n">
         <v>-5.2</v>
       </c>
-      <c r="JI10" s="15" t="n">
+      <c r="JM10" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="JJ10" s="15" t="n">
+      <c r="JN10" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="JK10" s="15" t="n">
+      <c r="JO10" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="JL10" s="15" t="n">
+      <c r="JP10" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="JM10" s="15" t="n">
+      <c r="JQ10" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="JN10" s="15" t="n">
+      <c r="JR10" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="JO10" s="15" t="n">
+      <c r="JS10" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="JP10" s="15" t="n">
+      <c r="JT10" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="JQ10" s="15" t="n">
+      <c r="JU10" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="JR10" s="15" t="n">
+      <c r="JV10" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="JS10" s="15" t="n">
+      <c r="JW10" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="JT10" s="15" t="n">
+      <c r="JX10" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="JU10" s="15" t="n">
+      <c r="JY10" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="JV10" s="15" t="n">
+      <c r="JZ10" s="15" t="n">
         <v>-1.7</v>
       </c>
-      <c r="JW10" s="15" t="n">
+      <c r="KA10" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="JX10" s="15" t="n">
+      <c r="KB10" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="JY10" s="15" t="n">
+      <c r="KC10" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="JZ10" s="15" t="n">
+      <c r="KD10" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="KA10" s="15" t="n">
+      <c r="KE10" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="KB10" s="15" t="n">
+      <c r="KF10" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="KC10" s="15" t="n">
+      <c r="KG10" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="KD10" s="15" t="n">
+      <c r="KH10" s="15" t="n">
         <v>-2.2</v>
       </c>
-      <c r="KE10" s="15" t="n">
+      <c r="KI10" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="KF10" s="15" t="n">
+      <c r="KJ10" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="KG10" s="15" t="n">
+      <c r="KK10" s="15" t="n">
         <v>-2.0</v>
-      </c>
-[...10 lines deleted...]
-        <v>4.2</v>
       </c>
       <c r="KL10" s="15" t="n">
         <v>2.2</v>
       </c>
       <c r="KM10" s="15" t="n">
+        <v>-1.6</v>
+      </c>
+      <c r="KN10" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="KO10" s="15" t="n">
+        <v>4.2</v>
+      </c>
+      <c r="KP10" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="KQ10" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="KN10" s="15" t="n">
+      <c r="KR10" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="KO10" s="15" t="n">
+      <c r="KS10" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="KP10" s="15" t="n">
+      <c r="KT10" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="KQ10" s="15" t="n">
+      <c r="KU10" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="KR10" s="15" t="n">
+      <c r="KV10" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="KS10" s="15" t="n">
+      <c r="KW10" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="KT10" s="15" t="n">
+      <c r="KX10" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="KU10" s="15" t="n">
+      <c r="KY10" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="KV10" s="15" t="n">
+      <c r="KZ10" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="KW10" s="15" t="n">
+      <c r="LA10" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="KX10" s="15" t="n">
+      <c r="LB10" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="KY10" s="15" t="n">
+      <c r="LC10" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="KZ10" s="15" t="n">
+      <c r="LD10" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="LA10" s="15" t="n">
+      <c r="LE10" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="LB10" s="15" t="n">
+      <c r="LF10" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="LC10" s="15" t="n">
+      <c r="LG10" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="LD10" s="15" t="n">
+      <c r="LH10" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="LE10" s="15" t="n">
+      <c r="LI10" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="LF10" s="15" t="n">
+      <c r="LJ10" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="LG10" s="15" t="n">
+      <c r="LK10" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="LH10" s="15" t="n">
+      <c r="LL10" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="LI10" s="15" t="n">
+      <c r="LM10" s="15" t="n">
         <v>-2.9</v>
       </c>
-      <c r="LJ10" s="15" t="n">
+      <c r="LN10" s="15" t="n">
         <v>0.0</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.3</v>
       </c>
       <c r="LO10" s="15" t="n">
         <v>0.6</v>
       </c>
       <c r="LP10" s="15" t="n">
+        <v>-0.9</v>
+      </c>
+      <c r="LQ10" s="15" t="n">
+        <v>-0.8</v>
+      </c>
+      <c r="LR10" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="LS10" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="LT10" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="LQ10" s="15" t="n">
+      <c r="LU10" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="LR10" s="15" t="n">
+      <c r="LV10" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="LS10" s="15" t="n">
+      <c r="LW10" s="15" t="n">
         <v>-0.6</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.7</v>
       </c>
       <c r="LX10" s="15" t="n">
         <v>0.4</v>
       </c>
       <c r="LY10" s="15" t="n">
+        <v>-1.3</v>
+      </c>
+      <c r="LZ10" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="LZ10" s="15" t="n">
+      <c r="MA10" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="MB10" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="MC10" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="MD10" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="MA10" s="15" t="n">
+      <c r="ME10" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="MB10" s="15" t="n">
+      <c r="MF10" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="MC10" s="15" t="n">
+      <c r="MG10" s="15" t="n">
         <v>-2.2</v>
       </c>
-      <c r="MD10" s="15" t="n">
+      <c r="MH10" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="ME10" s="15" t="n">
+      <c r="MI10" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="MF10" s="15" t="n">
+      <c r="MJ10" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="MG10" s="15" t="n">
+      <c r="MK10" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="MH10" s="15" t="n">
+      <c r="ML10" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="MI10" s="15" t="n">
+      <c r="MM10" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="MJ10" s="15" t="n">
+      <c r="MN10" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="MK10" s="15" t="n">
+      <c r="MO10" s="15" t="n">
         <v>-5.4</v>
       </c>
-      <c r="ML10" s="15" t="n">
+      <c r="MP10" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="MM10" s="15" t="n">
+      <c r="MQ10" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="MN10" s="15" t="n">
+      <c r="MR10" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="MO10" s="15" t="n">
+      <c r="MS10" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="MP10" s="15" t="n">
+      <c r="MT10" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="MQ10" s="15" t="n">
+      <c r="MU10" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="MR10" s="15" t="n">
+      <c r="MV10" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="MS10" s="15" t="n">
+      <c r="MW10" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="MT10" s="15" t="n">
+      <c r="MX10" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="MU10" s="15" t="n">
+      <c r="MY10" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="MV10" s="15" t="n">
+      <c r="MZ10" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="MW10" s="15" t="n">
+      <c r="NA10" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="MX10" s="15" t="n">
+      <c r="NB10" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="MY10" s="15" t="n">
+      <c r="NC10" s="15" t="n">
         <v>-4.9</v>
       </c>
-      <c r="MZ10" s="15" t="n">
+      <c r="ND10" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="NA10" s="15" t="n">
+      <c r="NE10" s="15" t="n">
         <v>-0.6</v>
-      </c>
-[...10 lines deleted...]
-        <v>-0.7</v>
       </c>
       <c r="NF10" s="15" t="n">
         <v>0.5</v>
       </c>
       <c r="NG10" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="NH10" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="NI10" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="NJ10" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="NK10" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="NH10" s="15" t="n">
+      <c r="NL10" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="NI10" s="15" t="n">
+      <c r="NM10" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="NJ10" s="15" t="n">
+      <c r="NN10" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="NK10" s="15" t="n">
+      <c r="NO10" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="NL10" s="15" t="n">
+      <c r="NP10" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="NM10" s="15" t="n">
+      <c r="NQ10" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="NN10" s="15" t="n">
+      <c r="NR10" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="NO10" s="15" t="n">
+      <c r="NS10" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="NP10" s="15" t="n">
+      <c r="NT10" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="NQ10" s="15" t="n">
+      <c r="NU10" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="NR10" s="15" t="n">
+      <c r="NV10" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="NS10" s="15" t="n">
+      <c r="NW10" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="NT10" s="15" t="n">
+      <c r="NX10" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="NU10" s="15" t="n">
+      <c r="NY10" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="NV10" s="15" t="n">
+      <c r="NZ10" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="NW10" s="15" t="n">
+      <c r="OA10" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="NX10" s="15" t="n">
+      <c r="OB10" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="NY10" s="15" t="n">
+      <c r="OC10" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="NZ10" s="15" t="n">
+      <c r="OD10" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="OA10" s="15" t="n">
+      <c r="OE10" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="OB10" s="15" t="n">
+      <c r="OF10" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="OC10" s="15" t="n">
+      <c r="OG10" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="OD10" s="15" t="n">
+      <c r="OH10" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="OE10" s="15" t="n">
+      <c r="OI10" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="OF10" s="15" t="n">
+      <c r="OJ10" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="OG10" s="15" t="n">
+      <c r="OK10" s="15" t="n">
         <v>1.2</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.7</v>
       </c>
       <c r="OL10" s="15" t="n">
         <v>-0.8</v>
       </c>
       <c r="OM10" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="ON10" s="15" t="n">
+        <v>-0.8</v>
+      </c>
+      <c r="OO10" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="OP10" s="15" t="n">
+        <v>-0.8</v>
+      </c>
+      <c r="OQ10" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="ON10" s="15" t="n">
+      <c r="OR10" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="OO10" s="15" t="n">
+      <c r="OS10" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="OP10" s="15" t="n">
+      <c r="OT10" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="OQ10" s="15" t="n">
+      <c r="OU10" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="OR10" s="15" t="n">
+      <c r="OV10" s="15" t="n">
         <v>-2.4</v>
       </c>
-      <c r="OS10" s="15" t="n">
+      <c r="OW10" s="15" t="n">
         <v>-3.8</v>
       </c>
-      <c r="OT10" s="15" t="n">
+      <c r="OX10" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="OU10" s="15" t="n">
+      <c r="OY10" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="OV10" s="15" t="n">
+      <c r="OZ10" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="OW10" s="15" t="n">
+      <c r="PA10" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="OX10" s="15" t="n">
+      <c r="PB10" s="15" t="n">
         <v>1.8</v>
-      </c>
-[...10 lines deleted...]
-        <v>-1.2</v>
       </c>
       <c r="PC10" s="15" t="n">
         <v>0.3</v>
       </c>
       <c r="PD10" s="15" t="n">
+        <v>-1.1</v>
+      </c>
+      <c r="PE10" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="PF10" s="15" t="n">
+        <v>-1.2</v>
+      </c>
+      <c r="PG10" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="PH10" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="PE10" s="15" t="n">
+      <c r="PI10" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="PF10" s="15" t="n">
+      <c r="PJ10" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="PG10" s="15" t="n">
+      <c r="PK10" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="PH10" s="15" t="n">
+      <c r="PL10" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="PI10" s="15" t="n">
+      <c r="PM10" s="15" t="n">
         <v>10.2</v>
       </c>
-      <c r="PJ10" s="15" t="n">
+      <c r="PN10" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="PK10" s="15" t="n">
+      <c r="PO10" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="PL10" s="15" t="n">
+      <c r="PP10" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="PM10" s="15" t="n">
+      <c r="PQ10" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="PN10" s="15" t="n">
+      <c r="PR10" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="PO10" s="15" t="n">
+      <c r="PS10" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="PP10" s="15" t="n">
+      <c r="PT10" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="PQ10" s="15" t="n">
+      <c r="PU10" s="15" t="n">
         <v>7.7</v>
       </c>
-      <c r="PR10" s="15" t="n">
+      <c r="PV10" s="15" t="n">
         <v>-0.3</v>
-      </c>
-[...10 lines deleted...]
-        <v>2.2</v>
       </c>
       <c r="PW10" s="15" t="n">
         <v>-0.4</v>
       </c>
       <c r="PX10" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="PY10" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="PZ10" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="QA10" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="QB10" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="PY10" s="15" t="n">
+      <c r="QC10" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="PZ10" s="15" t="n">
+      <c r="QD10" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="QA10" s="15" t="n">
+      <c r="QE10" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="QB10" s="15" t="n">
+      <c r="QF10" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="QC10" s="15" t="n">
+      <c r="QG10" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="QD10" s="15" t="n">
+      <c r="QH10" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="QE10" s="15" t="n">
+      <c r="QI10" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="QF10" s="15" t="n">
+      <c r="QJ10" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="QG10" s="15" t="n">
+      <c r="QK10" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="QH10" s="15" t="n">
+      <c r="QL10" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="QI10" s="15" t="n">
+      <c r="QM10" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="QJ10" s="15" t="n">
+      <c r="QN10" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="QK10" s="15" t="n">
+      <c r="QO10" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="QL10" s="15" t="n">
+      <c r="QP10" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="QM10" s="15" t="n">
+      <c r="QQ10" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="QN10" s="15" t="n">
+      <c r="QR10" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="QO10" s="15" t="n">
+      <c r="QS10" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="QP10" s="15" t="n">
+      <c r="QT10" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="QQ10" s="15" t="n">
+      <c r="QU10" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="QR10" s="15" t="n">
+      <c r="QV10" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="QS10" s="15" t="n">
+      <c r="QW10" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="QT10" s="15" t="n">
+      <c r="QX10" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="QU10" s="15" t="n">
+      <c r="QY10" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="QV10" s="15" t="n">
+      <c r="QZ10" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="QW10" s="15" t="n">
+      <c r="RA10" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="QX10" s="15" t="n">
+      <c r="RB10" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="QY10" s="15" t="n">
+      <c r="RC10" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="QZ10" s="15" t="n">
+      <c r="RD10" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="RA10" s="15" t="n">
+      <c r="RE10" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="RB10" s="15" t="n">
+      <c r="RF10" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="RC10" s="15" t="n">
+      <c r="RG10" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="RD10" s="15" t="n">
+      <c r="RH10" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="RE10" s="15" t="n">
+      <c r="RI10" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="RF10" s="15" t="n">
+      <c r="RJ10" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="RG10" s="15" t="n">
+      <c r="RK10" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="RH10" s="15" t="n">
+      <c r="RL10" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="RI10" s="15" t="n">
+      <c r="RM10" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="RJ10" s="15" t="n">
+      <c r="RN10" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="RK10" s="15" t="n">
+      <c r="RO10" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="RL10" s="15" t="n">
+      <c r="RP10" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="RM10" s="15" t="n">
+      <c r="RQ10" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="RN10" s="15" t="n">
+      <c r="RR10" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="RO10" s="15" t="n">
+      <c r="RS10" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="RP10" s="15" t="n">
+      <c r="RT10" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="RQ10" s="15" t="n">
+      <c r="RU10" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="RR10" s="15" t="n">
+      <c r="RV10" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="RS10" s="15" t="n">
+      <c r="RW10" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="RT10" s="15" t="n">
+      <c r="RX10" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="RU10" s="15" t="n">
+      <c r="RY10" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="RV10" s="15" t="n">
+      <c r="RZ10" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="RW10" s="15" t="n">
+      <c r="SA10" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="RX10" s="15" t="n">
+      <c r="SB10" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="RY10" s="15" t="n">
+      <c r="SC10" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="RZ10" s="15" t="n">
+      <c r="SD10" s="15" t="n">
         <v>0.4</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.5</v>
       </c>
       <c r="SE10" s="15" t="n">
         <v>0.7</v>
       </c>
       <c r="SF10" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="SG10" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="SH10" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="SI10" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="SJ10" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="SG10" s="15" t="n">
+      <c r="SK10" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="SH10" s="15" t="n">
+      <c r="SL10" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="SI10" s="13" t="inlineStr">
+      <c r="SM10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="SJ10" s="15" t="n">
+      <c r="SN10" s="15" t="n">
+        <v>13.5</v>
+      </c>
+      <c r="SO10" s="15" t="n">
+        <v>5.5</v>
+      </c>
+      <c r="SP10" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="SK10" s="15" t="n">
+      <c r="SQ10" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="SL10" s="15" t="n">
+      <c r="SR10" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="SM10" s="15" t="n">
+      <c r="SS10" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="SN10" s="15" t="n">
+      <c r="ST10" s="15" t="n">
         <v>-4.3</v>
       </c>
-      <c r="SO10" s="15" t="n">
+      <c r="SU10" s="15" t="n">
         <v>-2.3</v>
       </c>
-      <c r="SP10" s="15" t="n">
+      <c r="SV10" s="15" t="n">
         <v>-2.8</v>
       </c>
-      <c r="SQ10" s="15" t="n">
+      <c r="SW10" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="SR10" s="15" t="n">
+      <c r="SX10" s="15" t="n">
         <v>6.2</v>
       </c>
-      <c r="SS10" s="15" t="n">
+      <c r="SY10" s="15" t="n">
         <v>6.0</v>
       </c>
-      <c r="ST10" s="15" t="n">
+      <c r="SZ10" s="15" t="n">
         <v>5.1</v>
       </c>
-      <c r="SU10" s="15" t="n">
+      <c r="TA10" s="15" t="n">
         <v>7.0</v>
       </c>
-      <c r="SV10" s="15" t="n">
+      <c r="TB10" s="15" t="n">
         <v>7.4</v>
       </c>
-      <c r="SW10" s="15" t="n">
+      <c r="TC10" s="15" t="n">
         <v>9.4</v>
       </c>
-      <c r="SX10" s="15" t="n">
+      <c r="TD10" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="SY10" s="15" t="n">
+      <c r="TE10" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="SZ10" s="15" t="n">
+      <c r="TF10" s="15" t="n">
         <v>7.6</v>
       </c>
-      <c r="TA10" s="15" t="n">
+      <c r="TG10" s="15" t="n">
         <v>9.1</v>
       </c>
-      <c r="TB10" s="15" t="n">
+      <c r="TH10" s="15" t="n">
         <v>7.8</v>
       </c>
-      <c r="TC10" s="15" t="n">
+      <c r="TI10" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="TD10" s="15" t="n">
+      <c r="TJ10" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="TE10" s="15" t="n">
+      <c r="TK10" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="TF10" s="15" t="n">
+      <c r="TL10" s="15" t="n">
         <v>-2.3</v>
       </c>
-      <c r="TG10" s="15" t="n">
+      <c r="TM10" s="15" t="n">
         <v>-3.3</v>
       </c>
-      <c r="TH10" s="15" t="n">
+      <c r="TN10" s="15" t="n">
         <v>-5.7</v>
       </c>
-      <c r="TI10" s="15" t="n">
+      <c r="TO10" s="15" t="n">
         <v>-3.1</v>
       </c>
-      <c r="TJ10" s="15" t="n">
+      <c r="TP10" s="15" t="n">
         <v>-3.4</v>
       </c>
-      <c r="TK10" s="15" t="n">
+      <c r="TQ10" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="TL10" s="15" t="n">
+      <c r="TR10" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="TM10" s="15" t="n">
+      <c r="TS10" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="TN10" s="15" t="n">
+      <c r="TT10" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="TO10" s="15" t="n">
+      <c r="TU10" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="TP10" s="15" t="n">
+      <c r="TV10" s="15" t="n">
         <v>5.7</v>
       </c>
-      <c r="TQ10" s="15" t="n">
+      <c r="TW10" s="15" t="n">
         <v>11.2</v>
       </c>
-      <c r="TR10" s="15" t="n">
+      <c r="TX10" s="15" t="n">
         <v>13.4</v>
       </c>
-      <c r="TS10" s="15" t="n">
+      <c r="TY10" s="15" t="n">
         <v>13.9</v>
       </c>
-      <c r="TT10" s="15" t="n">
+      <c r="TZ10" s="15" t="n">
         <v>15.8</v>
       </c>
-      <c r="TU10" s="15" t="n">
+      <c r="UA10" s="15" t="n">
         <v>15.2</v>
       </c>
-      <c r="TV10" s="15" t="n">
+      <c r="UB10" s="15" t="n">
         <v>19.4</v>
       </c>
-      <c r="TW10" s="15" t="n">
+      <c r="UC10" s="15" t="n">
         <v>20.3</v>
       </c>
-      <c r="TX10" s="15" t="n">
+      <c r="UD10" s="15" t="n">
         <v>17.8</v>
       </c>
-      <c r="TY10" s="15" t="n">
+      <c r="UE10" s="15" t="n">
         <v>20.7</v>
       </c>
-      <c r="TZ10" s="15" t="n">
+      <c r="UF10" s="15" t="n">
         <v>21.1</v>
       </c>
-      <c r="UA10" s="15" t="n">
+      <c r="UG10" s="15" t="n">
         <v>24.6</v>
       </c>
-      <c r="UB10" s="15" t="n">
+      <c r="UH10" s="15" t="n">
         <v>24.2</v>
       </c>
-      <c r="UC10" s="15" t="n">
+      <c r="UI10" s="15" t="n">
         <v>21.0</v>
       </c>
-      <c r="UD10" s="15" t="n">
+      <c r="UJ10" s="15" t="n">
         <v>19.3</v>
       </c>
-      <c r="UE10" s="15" t="n">
+      <c r="UK10" s="15" t="n">
         <v>18.5</v>
       </c>
-      <c r="UF10" s="15" t="n">
+      <c r="UL10" s="15" t="n">
         <v>19.2</v>
       </c>
-      <c r="UG10" s="15" t="n">
+      <c r="UM10" s="15" t="n">
         <v>16.4</v>
       </c>
-      <c r="UH10" s="15" t="n">
+      <c r="UN10" s="15" t="n">
         <v>13.6</v>
       </c>
-      <c r="UI10" s="15" t="n">
+      <c r="UO10" s="15" t="n">
         <v>10.7</v>
       </c>
-      <c r="UJ10" s="15" t="n">
+      <c r="UP10" s="15" t="n">
         <v>14.1</v>
       </c>
-      <c r="UK10" s="15" t="n">
+      <c r="UQ10" s="15" t="n">
         <v>14.9</v>
       </c>
-      <c r="UL10" s="15" t="n">
+      <c r="UR10" s="15" t="n">
         <v>12.3</v>
       </c>
-      <c r="UM10" s="15" t="n">
+      <c r="US10" s="15" t="n">
         <v>11.8</v>
       </c>
-      <c r="UN10" s="15" t="n">
+      <c r="UT10" s="15" t="n">
         <v>9.4</v>
       </c>
-      <c r="UO10" s="15" t="n">
+      <c r="UU10" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="UP10" s="15" t="n">
+      <c r="UV10" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="UQ10" s="15" t="n">
+      <c r="UW10" s="15" t="n">
         <v>3.1</v>
-      </c>
-[...16 lines deleted...]
-        <v>1.4</v>
       </c>
       <c r="UX10" s="15" t="n">
         <v>1.4</v>
       </c>
       <c r="UY10" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="UZ10" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="VA10" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="VB10" s="15" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="VC10" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="VD10" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="VE10" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="UZ10" s="15" t="n">
+      <c r="VF10" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="VA10" s="15" t="n">
+      <c r="VG10" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="VB10" s="15" t="n">
+      <c r="VH10" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="VC10" s="15" t="n">
+      <c r="VI10" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="VD10" s="15" t="n">
+      <c r="VJ10" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="VE10" s="15" t="n">
+      <c r="VK10" s="15" t="n">
         <v>5.2</v>
       </c>
-      <c r="VF10" s="15" t="n">
+      <c r="VL10" s="15" t="n">
         <v>6.2</v>
       </c>
-      <c r="VG10" s="15" t="n">
+      <c r="VM10" s="15" t="n">
         <v>6.5</v>
       </c>
-      <c r="VH10" s="15" t="n">
+      <c r="VN10" s="15" t="n">
         <v>6.4</v>
       </c>
-      <c r="VI10" s="15" t="n">
+      <c r="VO10" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="VJ10" s="15" t="n">
+      <c r="VP10" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="VK10" s="15" t="n">
+      <c r="VQ10" s="15" t="n">
         <v>6.0</v>
       </c>
-      <c r="VL10" s="15" t="n">
+      <c r="VR10" s="15" t="n">
         <v>8.3</v>
       </c>
-      <c r="VM10" s="15" t="n">
+      <c r="VS10" s="15" t="n">
         <v>11.5</v>
       </c>
-      <c r="VN10" s="15" t="n">
+      <c r="VT10" s="15" t="n">
         <v>10.8</v>
       </c>
-      <c r="VO10" s="15" t="n">
+      <c r="VU10" s="15" t="n">
         <v>10.6</v>
       </c>
-      <c r="VP10" s="15" t="n">
+      <c r="VV10" s="15" t="n">
         <v>14.2</v>
       </c>
-      <c r="VQ10" s="15" t="n">
+      <c r="VW10" s="15" t="n">
         <v>7.0</v>
       </c>
-      <c r="VR10" s="15" t="n">
+      <c r="VX10" s="15" t="n">
         <v>10.8</v>
       </c>
-      <c r="VS10" s="15" t="n">
+      <c r="VY10" s="15" t="n">
         <v>11.1</v>
       </c>
-      <c r="VT10" s="15" t="n">
+      <c r="VZ10" s="15" t="n">
         <v>11.8</v>
       </c>
-      <c r="VU10" s="15" t="n">
+      <c r="WA10" s="15" t="n">
         <v>14.9</v>
       </c>
-      <c r="VV10" s="15" t="n">
+      <c r="WB10" s="15" t="n">
         <v>16.9</v>
       </c>
-      <c r="VW10" s="15" t="n">
+      <c r="WC10" s="15" t="n">
         <v>14.2</v>
       </c>
-      <c r="VX10" s="15" t="n">
+      <c r="WD10" s="15" t="n">
         <v>12.4</v>
       </c>
-      <c r="VY10" s="15" t="n">
+      <c r="WE10" s="15" t="n">
         <v>10.3</v>
       </c>
-      <c r="VZ10" s="15" t="n">
+      <c r="WF10" s="15" t="n">
         <v>10.0</v>
       </c>
-      <c r="WA10" s="15" t="n">
+      <c r="WG10" s="15" t="n">
         <v>10.3</v>
       </c>
-      <c r="WB10" s="15" t="n">
+      <c r="WH10" s="15" t="n">
         <v>5.4</v>
       </c>
-      <c r="WC10" s="15" t="n">
+      <c r="WI10" s="15" t="n">
         <v>12.2</v>
       </c>
-      <c r="WD10" s="15" t="n">
+      <c r="WJ10" s="15" t="n">
         <v>10.2</v>
       </c>
-      <c r="WE10" s="15" t="n">
+      <c r="WK10" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="WF10" s="15" t="n">
+      <c r="WL10" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="WG10" s="15" t="n">
+      <c r="WM10" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="WH10" s="15" t="n">
+      <c r="WN10" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="WI10" s="15" t="n">
+      <c r="WO10" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="WJ10" s="15" t="n">
+      <c r="WP10" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="WK10" s="15" t="n">
+      <c r="WQ10" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="WL10" s="15" t="n">
+      <c r="WR10" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="WM10" s="15" t="n">
+      <c r="WS10" s="15" t="n">
         <v>-2.9</v>
       </c>
-      <c r="WN10" s="15" t="n">
+      <c r="WT10" s="15" t="n">
         <v>-3.9</v>
       </c>
-      <c r="WO10" s="15" t="n">
+      <c r="WU10" s="15" t="n">
         <v>-3.0</v>
       </c>
-      <c r="WP10" s="15" t="n">
+      <c r="WV10" s="15" t="n">
         <v>-7.6</v>
       </c>
-      <c r="WQ10" s="15" t="n">
+      <c r="WW10" s="15" t="n">
         <v>-4.7</v>
       </c>
-      <c r="WR10" s="15" t="n">
+      <c r="WX10" s="15" t="n">
         <v>-6.9</v>
       </c>
-      <c r="WS10" s="15" t="n">
+      <c r="WY10" s="15" t="n">
         <v>-5.0</v>
       </c>
-      <c r="WT10" s="15" t="n">
+      <c r="WZ10" s="15" t="n">
         <v>-6.0</v>
       </c>
-      <c r="WU10" s="15" t="n">
+      <c r="XA10" s="15" t="n">
         <v>-6.4</v>
       </c>
-      <c r="WV10" s="15" t="n">
+      <c r="XB10" s="15" t="n">
         <v>-5.0</v>
       </c>
-      <c r="WW10" s="15" t="n">
+      <c r="XC10" s="15" t="n">
         <v>-1.7</v>
       </c>
-      <c r="WX10" s="15" t="n">
+      <c r="XD10" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="WY10" s="15" t="n">
+      <c r="XE10" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="WZ10" s="15" t="n">
+      <c r="XF10" s="15" t="n">
         <v>6.7</v>
       </c>
-      <c r="XA10" s="15" t="n">
+      <c r="XG10" s="15" t="n">
         <v>6.9</v>
       </c>
-      <c r="XB10" s="15" t="n">
+      <c r="XH10" s="15" t="n">
         <v>8.6</v>
       </c>
-      <c r="XC10" s="15" t="n">
+      <c r="XI10" s="15" t="n">
         <v>12.0</v>
       </c>
-      <c r="XD10" s="15" t="n">
+      <c r="XJ10" s="15" t="n">
         <v>12.1</v>
       </c>
-      <c r="XE10" s="15" t="n">
+      <c r="XK10" s="15" t="n">
         <v>9.5</v>
       </c>
-      <c r="XF10" s="15" t="n">
+      <c r="XL10" s="15" t="n">
         <v>11.6</v>
       </c>
-      <c r="XG10" s="15" t="n">
+      <c r="XM10" s="15" t="n">
         <v>15.2</v>
       </c>
-      <c r="XH10" s="15" t="n">
+      <c r="XN10" s="15" t="n">
         <v>13.8</v>
       </c>
-      <c r="XI10" s="15" t="n">
+      <c r="XO10" s="15" t="n">
         <v>10.3</v>
       </c>
-      <c r="XJ10" s="15" t="n">
+      <c r="XP10" s="15" t="n">
         <v>8.1</v>
       </c>
-      <c r="XK10" s="15" t="n">
+      <c r="XQ10" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="XL10" s="15" t="n">
+      <c r="XR10" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="XM10" s="15" t="n">
+      <c r="XS10" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="XN10" s="15" t="n">
+      <c r="XT10" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="XO10" s="15" t="n">
+      <c r="XU10" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="XP10" s="15" t="n">
+      <c r="XV10" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="XQ10" s="15" t="n">
+      <c r="XW10" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="XR10" s="15" t="n">
+      <c r="XX10" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="XS10" s="15" t="n">
+      <c r="XY10" s="15" t="n">
         <v>-3.2</v>
       </c>
-      <c r="XT10" s="15" t="n">
+      <c r="XZ10" s="15" t="n">
         <v>-3.2</v>
       </c>
-      <c r="XU10" s="15" t="n">
+      <c r="YA10" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="XV10" s="15" t="n">
+      <c r="YB10" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="XW10" s="15" t="n">
+      <c r="YC10" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="XX10" s="15" t="n">
+      <c r="YD10" s="15" t="n">
         <v>-3.0</v>
       </c>
-      <c r="XY10" s="15" t="n">
+      <c r="YE10" s="15" t="n">
         <v>-7.9</v>
       </c>
-      <c r="XZ10" s="15" t="n">
+      <c r="YF10" s="15" t="n">
         <v>-7.1</v>
       </c>
-      <c r="YA10" s="15" t="n">
+      <c r="YG10" s="15" t="n">
         <v>-7.4</v>
       </c>
-      <c r="YB10" s="15" t="n">
+      <c r="YH10" s="15" t="n">
         <v>-6.7</v>
       </c>
-      <c r="YC10" s="15" t="n">
+      <c r="YI10" s="15" t="n">
         <v>-7.2</v>
       </c>
-      <c r="YD10" s="15" t="n">
+      <c r="YJ10" s="15" t="n">
         <v>-4.7</v>
       </c>
-      <c r="YE10" s="15" t="n">
+      <c r="YK10" s="15" t="n">
         <v>-4.5</v>
       </c>
-      <c r="YF10" s="15" t="n">
+      <c r="YL10" s="15" t="n">
         <v>-5.1</v>
       </c>
-      <c r="YG10" s="15" t="n">
+      <c r="YM10" s="15" t="n">
         <v>-5.0</v>
       </c>
-      <c r="YH10" s="15" t="n">
+      <c r="YN10" s="15" t="n">
         <v>-5.6</v>
       </c>
-      <c r="YI10" s="15" t="n">
+      <c r="YO10" s="15" t="n">
         <v>-4.9</v>
       </c>
-      <c r="YJ10" s="15" t="n">
+      <c r="YP10" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="YK10" s="15" t="n">
+      <c r="YQ10" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="YL10" s="15" t="n">
+      <c r="YR10" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="YM10" s="15" t="n">
+      <c r="YS10" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="YN10" s="15" t="n">
+      <c r="YT10" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="YO10" s="15" t="n">
+      <c r="YU10" s="15" t="n">
         <v>14.1</v>
       </c>
-      <c r="YP10" s="15" t="n">
+      <c r="YV10" s="15" t="n">
         <v>13.8</v>
       </c>
-      <c r="YQ10" s="15" t="n">
+      <c r="YW10" s="15" t="n">
         <v>16.6</v>
       </c>
-      <c r="YR10" s="15" t="n">
+      <c r="YX10" s="15" t="n">
         <v>19.9</v>
       </c>
-      <c r="YS10" s="15" t="n">
+      <c r="YY10" s="15" t="n">
         <v>20.3</v>
       </c>
-      <c r="YT10" s="15" t="n">
+      <c r="YZ10" s="15" t="n">
         <v>23.0</v>
       </c>
-      <c r="YU10" s="15" t="n">
+      <c r="ZA10" s="15" t="n">
         <v>25.7</v>
       </c>
-      <c r="YV10" s="15" t="n">
+      <c r="ZB10" s="15" t="n">
         <v>25.8</v>
       </c>
-      <c r="YW10" s="15" t="n">
+      <c r="ZC10" s="15" t="n">
         <v>37.4</v>
       </c>
-      <c r="YX10" s="15" t="n">
+      <c r="ZD10" s="15" t="n">
         <v>36.8</v>
       </c>
-      <c r="YY10" s="15" t="n">
+      <c r="ZE10" s="15" t="n">
         <v>34.9</v>
       </c>
-      <c r="YZ10" s="15" t="n">
+      <c r="ZF10" s="15" t="n">
         <v>37.1</v>
       </c>
-      <c r="ZA10" s="15" t="n">
+      <c r="ZG10" s="15" t="n">
         <v>25.0</v>
       </c>
-      <c r="ZB10" s="15" t="n">
+      <c r="ZH10" s="15" t="n">
         <v>25.7</v>
       </c>
-      <c r="ZC10" s="15" t="n">
+      <c r="ZI10" s="15" t="n">
         <v>21.9</v>
       </c>
-      <c r="ZD10" s="15" t="n">
+      <c r="ZJ10" s="15" t="n">
         <v>21.4</v>
       </c>
-      <c r="ZE10" s="15" t="n">
+      <c r="ZK10" s="15" t="n">
         <v>19.9</v>
       </c>
-      <c r="ZF10" s="15" t="n">
+      <c r="ZL10" s="15" t="n">
         <v>18.0</v>
       </c>
-      <c r="ZG10" s="15" t="n">
+      <c r="ZM10" s="15" t="n">
         <v>16.4</v>
       </c>
-      <c r="ZH10" s="15" t="n">
+      <c r="ZN10" s="15" t="n">
         <v>12.6</v>
       </c>
-      <c r="ZI10" s="15" t="n">
+      <c r="ZO10" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="ZJ10" s="15" t="n">
+      <c r="ZP10" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="ZK10" s="15" t="n">
+      <c r="ZQ10" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="ZL10" s="15" t="n">
+      <c r="ZR10" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="ZM10" s="15" t="n">
+      <c r="ZS10" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="ZN10" s="15" t="n">
+      <c r="ZT10" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="ZO10" s="15" t="n">
+      <c r="ZU10" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="ZP10" s="15" t="n">
+      <c r="ZV10" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="ZQ10" s="15" t="n">
+      <c r="ZW10" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="ZR10" s="15" t="n">
+      <c r="ZX10" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="ZS10" s="15" t="n">
+      <c r="ZY10" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="ZT10" s="15" t="n">
+      <c r="ZZ10" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="ZU10" s="15" t="n">
+      <c r="AAA10" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="ZV10" s="15" t="n">
+      <c r="AAB10" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="ZW10" s="15" t="n">
+      <c r="AAC10" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="ZX10" s="15" t="n">
+      <c r="AAD10" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="ZY10" s="15" t="n">
+      <c r="AAE10" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="ZZ10" s="15" t="n">
+      <c r="AAF10" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="AAA10" s="15" t="n">
+      <c r="AAG10" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="AAB10" s="15" t="n">
+      <c r="AAH10" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="AAC10" s="15" t="n">
+      <c r="AAI10" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="AAD10" s="15" t="n">
+      <c r="AAJ10" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="AAE10" s="15" t="n">
+      <c r="AAK10" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="AAF10" s="15" t="n">
+      <c r="AAL10" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="AAG10" s="15" t="n">
+      <c r="AAM10" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="AAH10" s="15" t="n">
+      <c r="AAN10" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="AAI10" s="15" t="n">
+      <c r="AAO10" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="AAJ10" s="15" t="n">
+      <c r="AAP10" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="AAK10" s="15" t="n">
+      <c r="AAQ10" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="AAL10" s="15" t="n">
+      <c r="AAR10" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="AAM10" s="15" t="n">
+      <c r="AAS10" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="AAN10" s="15" t="n">
+      <c r="AAT10" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="AAO10" s="15" t="n">
+      <c r="AAU10" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="AAP10" s="15" t="n">
+      <c r="AAV10" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="AAQ10" s="15" t="n">
+      <c r="AAW10" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="AAR10" s="15" t="n">
+      <c r="AAX10" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="AAS10" s="15" t="n">
+      <c r="AAY10" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="AAT10" s="15" t="n">
+      <c r="AAZ10" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="AAU10" s="15" t="n">
+      <c r="ABA10" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="AAV10" s="15" t="n">
+      <c r="ABB10" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="AAW10" s="15" t="n">
+      <c r="ABC10" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="AAX10" s="15" t="n">
+      <c r="ABD10" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="AAY10" s="15" t="n">
+      <c r="ABE10" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="AAZ10" s="15" t="n">
+      <c r="ABF10" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="ABA10" s="15" t="n">
+      <c r="ABG10" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="ABB10" s="15" t="n">
+      <c r="ABH10" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="ABC10" s="15" t="n">
+      <c r="ABI10" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="ABD10" s="15" t="n">
+      <c r="ABJ10" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="ABE10" s="15" t="n">
+      <c r="ABK10" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="ABF10" s="15" t="n">
+      <c r="ABL10" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="ABG10" s="15" t="n">
+      <c r="ABM10" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="ABH10" s="15" t="n">
+      <c r="ABN10" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="ABI10" s="15" t="n">
+      <c r="ABO10" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="ABJ10" s="15" t="n">
+      <c r="ABP10" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="ABK10" s="15" t="n">
+      <c r="ABQ10" s="15" t="n">
         <v>5.5</v>
       </c>
-      <c r="ABL10" s="15" t="n">
+      <c r="ABR10" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="ABM10" s="15" t="n">
+      <c r="ABS10" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="ABN10" s="15" t="n">
+      <c r="ABT10" s="15" t="n">
         <v>5.7</v>
       </c>
-      <c r="ABO10" s="13" t="inlineStr">
+      <c r="ABU10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABP10" s="13" t="inlineStr">
+      <c r="ABV10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABQ10" s="13" t="inlineStr">
+      <c r="ABW10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABR10" s="13" t="inlineStr">
+      <c r="ABX10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABS10" s="13" t="inlineStr">
+      <c r="ABY10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABT10" s="13" t="inlineStr">
+      <c r="ABZ10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABU10" s="13" t="inlineStr">
+      <c r="ACA10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABV10" s="13" t="inlineStr">
+      <c r="ACB10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABW10" s="13" t="inlineStr">
+      <c r="ACC10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABX10" s="13" t="inlineStr">
+      <c r="ACD10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABY10" s="13" t="inlineStr">
+      <c r="ACE10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABZ10" s="13" t="inlineStr">
+      <c r="ACF10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ACA10" s="15" t="n">
+      <c r="ACG10" s="15" t="n">
+        <v>8.3</v>
+      </c>
+      <c r="ACH10" s="15" t="n">
+        <v>5.5</v>
+      </c>
+      <c r="ACI10" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="ACB10" s="15" t="n">
+      <c r="ACJ10" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="ACC10" s="15" t="n">
+      <c r="ACK10" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="ACD10" s="15" t="n">
+      <c r="ACL10" s="15" t="n">
         <v>-2.9</v>
       </c>
-      <c r="ACE10" s="15" t="n">
+      <c r="ACM10" s="15" t="n">
         <v>-2.2</v>
       </c>
-      <c r="ACF10" s="15" t="n">
+      <c r="ACN10" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="ACG10" s="15" t="n">
+      <c r="ACO10" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="ACH10" s="15" t="n">
+      <c r="ACP10" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="ACI10" s="15" t="n">
+      <c r="ACQ10" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="ACJ10" s="15" t="n">
+      <c r="ACR10" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="ACK10" s="15" t="n">
+      <c r="ACS10" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="ACL10" s="15" t="n">
+      <c r="ACT10" s="15" t="n">
         <v>7.0</v>
       </c>
-      <c r="ACM10" s="15" t="n">
+      <c r="ACU10" s="15" t="n">
         <v>6.2</v>
       </c>
-      <c r="ACN10" s="15" t="n">
+      <c r="ACV10" s="15" t="n">
         <v>8.8</v>
       </c>
-      <c r="ACO10" s="15" t="n">
+      <c r="ACW10" s="15" t="n">
         <v>5.6</v>
       </c>
-      <c r="ACP10" s="15" t="n">
+      <c r="ACX10" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="ACQ10" s="15" t="n">
+      <c r="ACY10" s="15" t="n">
         <v>9.4</v>
       </c>
-      <c r="ACR10" s="15" t="n">
+      <c r="ACZ10" s="15" t="n">
         <v>10.7</v>
       </c>
-      <c r="ACS10" s="15" t="n">
+      <c r="ADA10" s="15" t="n">
         <v>11.3</v>
       </c>
-      <c r="ACT10" s="15" t="n">
+      <c r="ADB10" s="15" t="n">
         <v>7.7</v>
       </c>
-      <c r="ACU10" s="15" t="n">
+      <c r="ADC10" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="ACV10" s="15" t="n">
+      <c r="ADD10" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="ACW10" s="15" t="n">
+      <c r="ADE10" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="ACX10" s="15" t="n">
+      <c r="ADF10" s="15" t="n">
         <v>-3.3</v>
       </c>
-      <c r="ACY10" s="15" t="n">
+      <c r="ADG10" s="15" t="n">
         <v>-4.4</v>
       </c>
-      <c r="ACZ10" s="15" t="n">
+      <c r="ADH10" s="15" t="n">
         <v>-3.9</v>
       </c>
-      <c r="ADA10" s="15" t="n">
+      <c r="ADI10" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="ADB10" s="15" t="n">
+      <c r="ADJ10" s="15" t="n">
         <v>-2.5</v>
       </c>
-      <c r="ADC10" s="15" t="n">
+      <c r="ADK10" s="15" t="n">
         <v>-1.7</v>
       </c>
-      <c r="ADD10" s="15" t="n">
+      <c r="ADL10" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="ADE10" s="15" t="n">
+      <c r="ADM10" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="ADF10" s="15" t="n">
+      <c r="ADN10" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="ADG10" s="15" t="n">
+      <c r="ADO10" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="ADH10" s="15" t="n">
+      <c r="ADP10" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="ADI10" s="15" t="n">
+      <c r="ADQ10" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="ADJ10" s="15" t="n">
+      <c r="ADR10" s="15" t="n">
         <v>13.9</v>
       </c>
-      <c r="ADK10" s="15" t="n">
+      <c r="ADS10" s="15" t="n">
         <v>15.6</v>
       </c>
-      <c r="ADL10" s="15" t="n">
+      <c r="ADT10" s="15" t="n">
         <v>13.0</v>
       </c>
-      <c r="ADM10" s="15" t="n">
+      <c r="ADU10" s="15" t="n">
         <v>15.6</v>
       </c>
-      <c r="ADN10" s="15" t="n">
+      <c r="ADV10" s="15" t="n">
         <v>13.1</v>
       </c>
-      <c r="ADO10" s="15" t="n">
+      <c r="ADW10" s="15" t="n">
         <v>10.9</v>
       </c>
-      <c r="ADP10" s="15" t="n">
+      <c r="ADX10" s="15" t="n">
         <v>13.2</v>
       </c>
-      <c r="ADQ10" s="15" t="n">
+      <c r="ADY10" s="15" t="n">
         <v>10.8</v>
       </c>
-      <c r="ADR10" s="15" t="n">
+      <c r="ADZ10" s="15" t="n">
         <v>12.6</v>
       </c>
-      <c r="ADS10" s="15" t="n">
+      <c r="AEA10" s="15" t="n">
         <v>8.6</v>
       </c>
-      <c r="ADT10" s="15" t="n">
+      <c r="AEB10" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="ADU10" s="15" t="n">
+      <c r="AEC10" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="ADV10" s="15" t="n">
+      <c r="AED10" s="15" t="n">
         <v>18.5</v>
       </c>
-      <c r="ADW10" s="15" t="n">
+      <c r="AEE10" s="15" t="n">
         <v>18.3</v>
       </c>
-      <c r="ADX10" s="15" t="n">
+      <c r="AEF10" s="15" t="n">
         <v>16.3</v>
       </c>
-      <c r="ADY10" s="15" t="n">
+      <c r="AEG10" s="15" t="n">
         <v>14.7</v>
       </c>
-      <c r="ADZ10" s="15" t="n">
+      <c r="AEH10" s="15" t="n">
         <v>11.4</v>
       </c>
-      <c r="AEA10" s="15" t="n">
+      <c r="AEI10" s="15" t="n">
         <v>11.5</v>
       </c>
-      <c r="AEB10" s="15" t="n">
+      <c r="AEJ10" s="15" t="n">
         <v>11.2</v>
       </c>
-      <c r="AEC10" s="15" t="n">
+      <c r="AEK10" s="15" t="n">
         <v>8.5</v>
       </c>
-      <c r="AED10" s="15" t="n">
+      <c r="AEL10" s="15" t="n">
         <v>7.1</v>
       </c>
-      <c r="AEE10" s="15" t="n">
+      <c r="AEM10" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="AEF10" s="15" t="n">
+      <c r="AEN10" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="AEG10" s="15" t="n">
+      <c r="AEO10" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="AEH10" s="15" t="n">
+      <c r="AEP10" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="AEI10" s="15" t="n">
+      <c r="AEQ10" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="AEJ10" s="15" t="n">
+      <c r="AER10" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="AEK10" s="15" t="n">
+      <c r="AES10" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="AEL10" s="15" t="n">
+      <c r="AET10" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="AEM10" s="15" t="n">
+      <c r="AEU10" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="AEN10" s="15" t="n">
+      <c r="AEV10" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="AEO10" s="15" t="n">
+      <c r="AEW10" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="AEP10" s="15" t="n">
+      <c r="AEX10" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="AEQ10" s="15" t="n">
+      <c r="AEY10" s="15" t="n">
         <v>-2.4</v>
       </c>
-      <c r="AER10" s="15" t="n">
+      <c r="AEZ10" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="AES10" s="15" t="n">
+      <c r="AFA10" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="AET10" s="15" t="n">
+      <c r="AFB10" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="AEU10" s="15" t="n">
+      <c r="AFC10" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="AEV10" s="15" t="n">
+      <c r="AFD10" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="AEW10" s="15" t="n">
+      <c r="AFE10" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="AEX10" s="15" t="n">
+      <c r="AFF10" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="AEY10" s="15" t="n">
+      <c r="AFG10" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="AEZ10" s="15" t="n">
+      <c r="AFH10" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="AFA10" s="15" t="n">
+      <c r="AFI10" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="AFB10" s="15" t="n">
+      <c r="AFJ10" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="AFC10" s="15" t="n">
+      <c r="AFK10" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="AFD10" s="15" t="n">
+      <c r="AFL10" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="AFE10" s="15" t="n">
+      <c r="AFM10" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="AFF10" s="15" t="n">
+      <c r="AFN10" s="15" t="n">
         <v>10.6</v>
       </c>
-      <c r="AFG10" s="15" t="n">
+      <c r="AFO10" s="15" t="n">
         <v>10.1</v>
       </c>
-      <c r="AFH10" s="15" t="n">
+      <c r="AFP10" s="15" t="n">
         <v>9.0</v>
       </c>
-      <c r="AFI10" s="15" t="n">
+      <c r="AFQ10" s="15" t="n">
         <v>7.6</v>
       </c>
-      <c r="AFJ10" s="15" t="n">
+      <c r="AFR10" s="15" t="n">
         <v>6.7</v>
       </c>
-      <c r="AFK10" s="15" t="n">
+      <c r="AFS10" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="AFL10" s="15" t="n">
+      <c r="AFT10" s="15" t="n">
         <v>7.1</v>
       </c>
-      <c r="AFM10" s="15" t="n">
+      <c r="AFU10" s="15" t="n">
         <v>6.6</v>
       </c>
-      <c r="AFN10" s="15" t="n">
+      <c r="AFV10" s="15" t="n">
         <v>5.2</v>
       </c>
-      <c r="AFO10" s="15" t="n">
+      <c r="AFW10" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="AFP10" s="15" t="n">
+      <c r="AFX10" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="AFQ10" s="15" t="n">
+      <c r="AFY10" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="AFR10" s="15" t="n">
+      <c r="AFZ10" s="15" t="n">
         <v>10.3</v>
       </c>
-      <c r="AFS10" s="15" t="n">
+      <c r="AGA10" s="15" t="n">
         <v>6.4</v>
       </c>
-      <c r="AFT10" s="15" t="n">
+      <c r="AGB10" s="15" t="n">
         <v>12.4</v>
       </c>
-      <c r="AFU10" s="15" t="n">
+      <c r="AGC10" s="15" t="n">
         <v>7.2</v>
       </c>
-      <c r="AFV10" s="15" t="n">
+      <c r="AGD10" s="15" t="n">
         <v>6.0</v>
       </c>
-      <c r="AFW10" s="15" t="n">
+      <c r="AGE10" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="AFX10" s="15" t="n">
+      <c r="AGF10" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="AFY10" s="15" t="n">
+      <c r="AGG10" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="AFZ10" s="15" t="n">
+      <c r="AGH10" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="AGA10" s="15" t="n">
+      <c r="AGI10" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="AGB10" s="15" t="n">
+      <c r="AGJ10" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="AGC10" s="15" t="n">
+      <c r="AGK10" s="15" t="n">
         <v>0.9</v>
-      </c>
-[...22 lines deleted...]
-        <v>-3.3</v>
       </c>
       <c r="AGL10" s="15" t="n">
         <v>-2.9</v>
       </c>
       <c r="AGM10" s="15" t="n">
+        <v>-2.1</v>
+      </c>
+      <c r="AGN10" s="15" t="n">
+        <v>-2.8</v>
+      </c>
+      <c r="AGO10" s="15" t="n">
+        <v>-5.5</v>
+      </c>
+      <c r="AGP10" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="AGQ10" s="15" t="n">
+        <v>-3.5</v>
+      </c>
+      <c r="AGR10" s="15" t="n">
+        <v>-2.9</v>
+      </c>
+      <c r="AGS10" s="15" t="n">
+        <v>-3.3</v>
+      </c>
+      <c r="AGT10" s="15" t="n">
+        <v>-2.9</v>
+      </c>
+      <c r="AGU10" s="15" t="n">
         <v>-2.2</v>
       </c>
-      <c r="AGN10" s="15" t="n">
+      <c r="AGV10" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="AGO10" s="15" t="n">
+      <c r="AGW10" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="AGP10" s="15" t="n">
+      <c r="AGX10" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="AGQ10" s="15" t="n">
+      <c r="AGY10" s="15" t="n">
         <v>6.3</v>
-      </c>
-[...22 lines deleted...]
-        <v>7.3</v>
       </c>
       <c r="AGZ10" s="15" t="n">
         <v>4.5</v>
       </c>
       <c r="AHA10" s="15" t="n">
+        <v>6.7</v>
+      </c>
+      <c r="AHB10" s="15" t="n">
+        <v>8.7</v>
+      </c>
+      <c r="AHC10" s="15" t="n">
+        <v>8.1</v>
+      </c>
+      <c r="AHD10" s="15" t="n">
+        <v>6.7</v>
+      </c>
+      <c r="AHE10" s="15" t="n">
+        <v>7.2</v>
+      </c>
+      <c r="AHF10" s="15" t="n">
+        <v>8.3</v>
+      </c>
+      <c r="AHG10" s="15" t="n">
+        <v>7.3</v>
+      </c>
+      <c r="AHH10" s="15" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="AHI10" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="AHB10" s="15" t="n">
+      <c r="AHJ10" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="AHC10" s="15" t="n">
+      <c r="AHK10" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="AHD10" s="15" t="n">
+      <c r="AHL10" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="AHE10" s="15" t="n">
+      <c r="AHM10" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="AHF10" s="15" t="n">
+      <c r="AHN10" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="AHG10" s="15" t="n">
+      <c r="AHO10" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="AHH10" s="15" t="n">
+      <c r="AHP10" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="AHI10" s="15" t="n">
+      <c r="AHQ10" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="AHJ10" s="15" t="n">
+      <c r="AHR10" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="AHK10" s="15" t="n">
+      <c r="AHS10" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="AHL10" s="15" t="n">
+      <c r="AHT10" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="AHM10" s="15" t="n">
+      <c r="AHU10" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="AHN10" s="15" t="n">
+      <c r="AHV10" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="AHO10" s="15" t="n">
+      <c r="AHW10" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="AHP10" s="15" t="n">
+      <c r="AHX10" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="AHQ10" s="15" t="n">
+      <c r="AHY10" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="AHR10" s="15" t="n">
+      <c r="AHZ10" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="AHS10" s="15" t="n">
+      <c r="AIA10" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="AHT10" s="15" t="n">
+      <c r="AIB10" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="AHU10" s="15" t="n">
+      <c r="AIC10" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="AHV10" s="15" t="n">
+      <c r="AID10" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="AHW10" s="15" t="n">
+      <c r="AIE10" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="AHX10" s="15" t="n">
+      <c r="AIF10" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="AHY10" s="15" t="n">
+      <c r="AIG10" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="AHZ10" s="15" t="n">
+      <c r="AIH10" s="15" t="n">
         <v>-4.9</v>
       </c>
-      <c r="AIA10" s="15" t="n">
+      <c r="AII10" s="15" t="n">
         <v>-2.6</v>
       </c>
-      <c r="AIB10" s="15" t="n">
+      <c r="AIJ10" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="AIC10" s="15" t="n">
+      <c r="AIK10" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="AID10" s="15" t="n">
+      <c r="AIL10" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="AIE10" s="15" t="n">
+      <c r="AIM10" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="AIF10" s="15" t="n">
+      <c r="AIN10" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="AIG10" s="15" t="n">
+      <c r="AIO10" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="AIH10" s="15" t="n">
+      <c r="AIP10" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="AII10" s="15" t="n">
+      <c r="AIQ10" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="AIJ10" s="15" t="n">
+      <c r="AIR10" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="AIK10" s="15" t="n">
+      <c r="AIS10" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="AIL10" s="15" t="n">
+      <c r="AIT10" s="15" t="n">
         <v>25.7</v>
       </c>
-      <c r="AIM10" s="15" t="n">
+      <c r="AIU10" s="15" t="n">
         <v>21.9</v>
       </c>
-      <c r="AIN10" s="15" t="n">
+      <c r="AIV10" s="15" t="n">
         <v>23.5</v>
       </c>
-      <c r="AIO10" s="15" t="n">
+      <c r="AIW10" s="15" t="n">
         <v>23.4</v>
       </c>
-      <c r="AIP10" s="15" t="n">
+      <c r="AIX10" s="15" t="n">
         <v>22.2</v>
       </c>
-      <c r="AIQ10" s="15" t="n">
+      <c r="AIY10" s="15" t="n">
         <v>23.5</v>
       </c>
-      <c r="AIR10" s="15" t="n">
+      <c r="AIZ10" s="15" t="n">
         <v>12.0</v>
       </c>
-      <c r="AIS10" s="15" t="n">
+      <c r="AJA10" s="15" t="n">
         <v>10.3</v>
       </c>
-      <c r="AIT10" s="15" t="n">
+      <c r="AJB10" s="15" t="n">
         <v>7.3</v>
       </c>
-      <c r="AIU10" s="15" t="n">
+      <c r="AJC10" s="15" t="n">
         <v>5.5</v>
       </c>
-      <c r="AIV10" s="15" t="n">
+      <c r="AJD10" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="AIW10" s="15" t="n">
+      <c r="AJE10" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="AIX10" s="15" t="n">
+      <c r="AJF10" s="15" t="n">
         <v>16.4</v>
       </c>
-      <c r="AIY10" s="15" t="n">
+      <c r="AJG10" s="15" t="n">
         <v>12.8</v>
       </c>
-      <c r="AIZ10" s="15" t="n">
+      <c r="AJH10" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="AJA10" s="15" t="n">
+      <c r="AJI10" s="15" t="n">
         <v>5.1</v>
       </c>
-      <c r="AJB10" s="15" t="n">
+      <c r="AJJ10" s="15" t="n">
         <v>5.4</v>
       </c>
-      <c r="AJC10" s="15" t="n">
+      <c r="AJK10" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="AJD10" s="15" t="n">
+      <c r="AJL10" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="AJE10" s="15" t="n">
+      <c r="AJM10" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="AJF10" s="15" t="n">
+      <c r="AJN10" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="AJG10" s="15" t="n">
+      <c r="AJO10" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="AJH10" s="15" t="n">
+      <c r="AJP10" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="AJI10" s="15" t="n">
+      <c r="AJQ10" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="AJJ10" s="15" t="n">
+      <c r="AJR10" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="AJK10" s="15" t="n">
+      <c r="AJS10" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="AJL10" s="15" t="n">
+      <c r="AJT10" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="AJM10" s="15" t="n">
+      <c r="AJU10" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="AJN10" s="15" t="n">
+      <c r="AJV10" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="AJO10" s="15" t="n">
+      <c r="AJW10" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="AJP10" s="15" t="n">
+      <c r="AJX10" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="AJQ10" s="15" t="n">
+      <c r="AJY10" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="AJR10" s="15" t="n">
+      <c r="AJZ10" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="AJS10" s="15" t="n">
+      <c r="AKA10" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="AJT10" s="15" t="n">
+      <c r="AKB10" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="AJU10" s="15" t="n">
+      <c r="AKC10" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="AJV10" s="15" t="n">
+      <c r="AKD10" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="AJW10" s="15" t="n">
+      <c r="AKE10" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="AJX10" s="15" t="n">
+      <c r="AKF10" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="AJY10" s="15" t="n">
+      <c r="AKG10" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="AJZ10" s="15" t="n">
+      <c r="AKH10" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="AKA10" s="15" t="n">
+      <c r="AKI10" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="AKB10" s="15" t="n">
+      <c r="AKJ10" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="AKC10" s="15" t="n">
+      <c r="AKK10" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="AKD10" s="15" t="n">
+      <c r="AKL10" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="AKE10" s="15" t="n">
+      <c r="AKM10" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="AKF10" s="15" t="n">
+      <c r="AKN10" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="AKG10" s="15" t="n">
+      <c r="AKO10" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="AKH10" s="15" t="n">
+      <c r="AKP10" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="AKI10" s="15" t="n">
+      <c r="AKQ10" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="AKJ10" s="15" t="n">
+      <c r="AKR10" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="AKK10" s="15" t="n">
+      <c r="AKS10" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="AKL10" s="15" t="n">
+      <c r="AKT10" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="AKM10" s="15" t="n">
+      <c r="AKU10" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="AKN10" s="15" t="n">
+      <c r="AKV10" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="AKO10" s="15" t="n">
+      <c r="AKW10" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="AKP10" s="15" t="n">
+      <c r="AKX10" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="AKQ10" s="15" t="n">
+      <c r="AKY10" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="AKR10" s="15" t="n">
+      <c r="AKZ10" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="AKS10" s="15" t="n">
+      <c r="ALA10" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="AKT10" s="15" t="n">
+      <c r="ALB10" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="AKU10" s="15" t="n">
+      <c r="ALC10" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="AKV10" s="15" t="n">
+      <c r="ALD10" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="AKW10" s="15" t="n">
+      <c r="ALE10" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="AKX10" s="15" t="n">
+      <c r="ALF10" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="AKY10" s="15" t="n">
+      <c r="ALG10" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="AKZ10" s="15" t="n">
+      <c r="ALH10" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="ALA10" s="15" t="n">
+      <c r="ALI10" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="ALB10" s="15" t="n">
+      <c r="ALJ10" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="ALC10" s="15" t="n">
+      <c r="ALK10" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="ALD10" s="15" t="n">
+      <c r="ALL10" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="ALE10" s="15" t="n">
+      <c r="ALM10" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="ALF10" s="13" t="inlineStr">
+      <c r="ALN10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALG10" s="13" t="inlineStr">
+      <c r="ALO10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALH10" s="13" t="inlineStr">
+      <c r="ALP10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALI10" s="13" t="inlineStr">
+      <c r="ALQ10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALJ10" s="13" t="inlineStr">
+      <c r="ALR10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALK10" s="13" t="inlineStr">
+      <c r="ALS10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALL10" s="13" t="inlineStr">
+      <c r="ALT10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALM10" s="13" t="inlineStr">
+      <c r="ALU10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALN10" s="13" t="inlineStr">
+      <c r="ALV10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALO10" s="13" t="inlineStr">
+      <c r="ALW10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALP10" s="13" t="inlineStr">
+      <c r="ALX10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALQ10" s="13" t="inlineStr">
+      <c r="ALY10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    C Manufacturing industry</t>
         </is>
       </c>
       <c r="B11" s="14" t="n">
-        <v>114.225</v>
+        <v>114.852</v>
       </c>
       <c r="C11" s="14" t="n">
-        <v>114.577</v>
+        <v>114.113</v>
       </c>
       <c r="D11" s="14" t="n">
+        <v>114.228</v>
+      </c>
+      <c r="E11" s="14" t="n">
+        <v>114.578</v>
+      </c>
+      <c r="F11" s="14" t="n">
         <v>114.473</v>
       </c>
-      <c r="E11" s="14" t="n">
+      <c r="G11" s="14" t="n">
         <v>114.677</v>
       </c>
-      <c r="F11" s="14" t="n">
+      <c r="H11" s="14" t="n">
         <v>114.679</v>
       </c>
-      <c r="G11" s="14" t="n">
+      <c r="I11" s="14" t="n">
         <v>114.951</v>
       </c>
-      <c r="H11" s="14" t="n">
+      <c r="J11" s="14" t="n">
         <v>115.023</v>
       </c>
-      <c r="I11" s="14" t="n">
+      <c r="K11" s="14" t="n">
         <v>115.125</v>
       </c>
-      <c r="J11" s="14" t="n">
+      <c r="L11" s="14" t="n">
         <v>115.509</v>
       </c>
-      <c r="K11" s="14" t="n">
+      <c r="M11" s="14" t="n">
         <v>116.034</v>
       </c>
-      <c r="L11" s="14" t="n">
+      <c r="N11" s="14" t="n">
         <v>115.702</v>
       </c>
-      <c r="M11" s="14" t="n">
+      <c r="O11" s="14" t="n">
         <v>114.992</v>
       </c>
-      <c r="N11" s="14" t="n">
+      <c r="P11" s="14" t="n">
         <v>114.974</v>
       </c>
-      <c r="O11" s="14" t="n">
+      <c r="Q11" s="14" t="n">
         <v>114.976</v>
       </c>
-      <c r="P11" s="14" t="n">
+      <c r="R11" s="14" t="n">
         <v>114.651</v>
       </c>
-      <c r="Q11" s="14" t="n">
+      <c r="S11" s="14" t="n">
         <v>114.927</v>
       </c>
-      <c r="R11" s="14" t="n">
+      <c r="T11" s="14" t="n">
         <v>115.436</v>
       </c>
-      <c r="S11" s="14" t="n">
+      <c r="U11" s="14" t="n">
         <v>115.493</v>
       </c>
-      <c r="T11" s="14" t="n">
+      <c r="V11" s="14" t="n">
         <v>115.334</v>
       </c>
-      <c r="U11" s="14" t="n">
+      <c r="W11" s="14" t="n">
         <v>115.429</v>
       </c>
-      <c r="V11" s="14" t="n">
+      <c r="X11" s="14" t="n">
         <v>114.914</v>
       </c>
-      <c r="W11" s="14" t="n">
+      <c r="Y11" s="14" t="n">
         <v>114.708</v>
       </c>
-      <c r="X11" s="14" t="n">
+      <c r="Z11" s="14" t="n">
         <v>114.514</v>
       </c>
-      <c r="Y11" s="14" t="n">
+      <c r="AA11" s="14" t="n">
         <v>114.175</v>
       </c>
-      <c r="Z11" s="14" t="n">
+      <c r="AB11" s="14" t="n">
         <v>114.257</v>
       </c>
-      <c r="AA11" s="14" t="n">
+      <c r="AC11" s="14" t="n">
         <v>114.929</v>
       </c>
-      <c r="AB11" s="14" t="n">
+      <c r="AD11" s="14" t="n">
         <v>114.982</v>
       </c>
-      <c r="AC11" s="14" t="n">
+      <c r="AE11" s="14" t="n">
         <v>114.423</v>
       </c>
-      <c r="AD11" s="14" t="n">
+      <c r="AF11" s="14" t="n">
         <v>114.155</v>
       </c>
-      <c r="AE11" s="14" t="n">
+      <c r="AG11" s="14" t="n">
         <v>114.708</v>
       </c>
-      <c r="AF11" s="14" t="n">
+      <c r="AH11" s="14" t="n">
         <v>114.613</v>
       </c>
-      <c r="AG11" s="14" t="n">
+      <c r="AI11" s="14" t="n">
         <v>114.953</v>
       </c>
-      <c r="AH11" s="14" t="n">
+      <c r="AJ11" s="14" t="n">
         <v>115.488</v>
       </c>
-      <c r="AI11" s="14" t="n">
+      <c r="AK11" s="14" t="n">
         <v>114.998</v>
       </c>
-      <c r="AJ11" s="14" t="n">
+      <c r="AL11" s="14" t="n">
         <v>114.651</v>
       </c>
-      <c r="AK11" s="14" t="n">
+      <c r="AM11" s="14" t="n">
         <v>113.774</v>
       </c>
-      <c r="AL11" s="14" t="n">
+      <c r="AN11" s="14" t="n">
         <v>114.65</v>
       </c>
-      <c r="AM11" s="14" t="n">
+      <c r="AO11" s="14" t="n">
         <v>114.914</v>
       </c>
-      <c r="AN11" s="14" t="n">
+      <c r="AP11" s="14" t="n">
         <v>114.6</v>
       </c>
-      <c r="AO11" s="14" t="n">
+      <c r="AQ11" s="14" t="n">
         <v>114.425</v>
       </c>
-      <c r="AP11" s="14" t="n">
+      <c r="AR11" s="14" t="n">
         <v>115.002</v>
       </c>
-      <c r="AQ11" s="14" t="n">
+      <c r="AS11" s="14" t="n">
         <v>115.615</v>
       </c>
-      <c r="AR11" s="14" t="n">
+      <c r="AT11" s="14" t="n">
         <v>114.457</v>
       </c>
-      <c r="AS11" s="14" t="n">
+      <c r="AU11" s="14" t="n">
         <v>112.828</v>
       </c>
-      <c r="AT11" s="14" t="n">
+      <c r="AV11" s="14" t="n">
         <v>110.239</v>
       </c>
-      <c r="AU11" s="14" t="n">
+      <c r="AW11" s="14" t="n">
         <v>107.858</v>
       </c>
-      <c r="AV11" s="14" t="n">
+      <c r="AX11" s="14" t="n">
         <v>106.171</v>
       </c>
-      <c r="AW11" s="14" t="n">
+      <c r="AY11" s="14" t="n">
         <v>104.081</v>
       </c>
-      <c r="AX11" s="14" t="n">
+      <c r="AZ11" s="14" t="n">
         <v>104.012</v>
       </c>
-      <c r="AY11" s="14" t="n">
+      <c r="BA11" s="14" t="n">
         <v>103.121</v>
       </c>
-      <c r="AZ11" s="14" t="n">
+      <c r="BB11" s="14" t="n">
         <v>101.892</v>
       </c>
-      <c r="BA11" s="14" t="n">
+      <c r="BC11" s="14" t="n">
         <v>101.249</v>
       </c>
-      <c r="BB11" s="14" t="n">
+      <c r="BD11" s="14" t="n">
         <v>100.706</v>
       </c>
-      <c r="BC11" s="14" t="n">
+      <c r="BE11" s="14" t="n">
         <v>99.225</v>
       </c>
-      <c r="BD11" s="14" t="n">
+      <c r="BF11" s="14" t="n">
         <v>98.793</v>
       </c>
-      <c r="BE11" s="14" t="n">
+      <c r="BG11" s="14" t="n">
         <v>98.238</v>
       </c>
-      <c r="BF11" s="14" t="n">
+      <c r="BH11" s="14" t="n">
         <v>97.553</v>
       </c>
-      <c r="BG11" s="14" t="n">
+      <c r="BI11" s="14" t="n">
         <v>96.161</v>
       </c>
-      <c r="BH11" s="14" t="n">
+      <c r="BJ11" s="14" t="n">
         <v>94.969</v>
       </c>
-      <c r="BI11" s="14" t="n">
+      <c r="BK11" s="14" t="n">
         <v>94.061</v>
       </c>
-      <c r="BJ11" s="14" t="n">
+      <c r="BL11" s="14" t="n">
         <v>93.688</v>
       </c>
-      <c r="BK11" s="14" t="n">
+      <c r="BM11" s="14" t="n">
         <v>93.652</v>
       </c>
-      <c r="BL11" s="14" t="n">
+      <c r="BN11" s="14" t="n">
         <v>93.578</v>
       </c>
-      <c r="BM11" s="14" t="n">
+      <c r="BO11" s="14" t="n">
         <v>93.449</v>
       </c>
-      <c r="BN11" s="14" t="n">
+      <c r="BP11" s="14" t="n">
         <v>93.332</v>
       </c>
-      <c r="BO11" s="14" t="n">
+      <c r="BQ11" s="14" t="n">
         <v>92.977</v>
       </c>
-      <c r="BP11" s="14" t="n">
+      <c r="BR11" s="14" t="n">
         <v>92.857</v>
       </c>
-      <c r="BQ11" s="14" t="n">
+      <c r="BS11" s="14" t="n">
         <v>92.969</v>
       </c>
-      <c r="BR11" s="14" t="n">
+      <c r="BT11" s="14" t="n">
         <v>93.811</v>
       </c>
-      <c r="BS11" s="14" t="n">
+      <c r="BU11" s="14" t="n">
         <v>95.282</v>
       </c>
-      <c r="BT11" s="14" t="n">
+      <c r="BV11" s="14" t="n">
         <v>95.151</v>
       </c>
-      <c r="BU11" s="14" t="n">
+      <c r="BW11" s="14" t="n">
         <v>95.043</v>
       </c>
-      <c r="BV11" s="14" t="n">
+      <c r="BX11" s="14" t="n">
         <v>95.012</v>
       </c>
-      <c r="BW11" s="14" t="n">
+      <c r="BY11" s="14" t="n">
         <v>95.039</v>
       </c>
-      <c r="BX11" s="14" t="n">
+      <c r="BZ11" s="14" t="n">
         <v>95.147</v>
       </c>
-      <c r="BY11" s="14" t="n">
+      <c r="CA11" s="14" t="n">
         <v>94.617</v>
       </c>
-      <c r="BZ11" s="14" t="n">
+      <c r="CB11" s="14" t="n">
         <v>94.871</v>
       </c>
-      <c r="CA11" s="14" t="n">
+      <c r="CC11" s="14" t="n">
         <v>94.879</v>
       </c>
-      <c r="CB11" s="14" t="n">
+      <c r="CD11" s="14" t="n">
         <v>95.516</v>
       </c>
-      <c r="CC11" s="14" t="n">
+      <c r="CE11" s="14" t="n">
         <v>95.48</v>
       </c>
-      <c r="CD11" s="14" t="n">
+      <c r="CF11" s="14" t="n">
         <v>94.854</v>
       </c>
-      <c r="CE11" s="14" t="n">
+      <c r="CG11" s="14" t="n">
         <v>94.52</v>
       </c>
-      <c r="CF11" s="14" t="n">
+      <c r="CH11" s="14" t="n">
         <v>94.015</v>
       </c>
-      <c r="CG11" s="14" t="n">
+      <c r="CI11" s="14" t="n">
         <v>94.053</v>
       </c>
-      <c r="CH11" s="14" t="n">
+      <c r="CJ11" s="14" t="n">
         <v>94.588</v>
       </c>
-      <c r="CI11" s="14" t="n">
+      <c r="CK11" s="14" t="n">
         <v>94.994</v>
       </c>
-      <c r="CJ11" s="14" t="n">
+      <c r="CL11" s="14" t="n">
         <v>94.958</v>
       </c>
-      <c r="CK11" s="14" t="n">
+      <c r="CM11" s="14" t="n">
         <v>94.917</v>
       </c>
-      <c r="CL11" s="14" t="n">
+      <c r="CN11" s="14" t="n">
         <v>94.74</v>
       </c>
-      <c r="CM11" s="14" t="n">
+      <c r="CO11" s="14" t="n">
         <v>95.03</v>
       </c>
-      <c r="CN11" s="14" t="n">
+      <c r="CP11" s="14" t="n">
         <v>94.599</v>
       </c>
-      <c r="CO11" s="14" t="n">
+      <c r="CQ11" s="14" t="n">
         <v>93.911</v>
       </c>
-      <c r="CP11" s="14" t="n">
+      <c r="CR11" s="14" t="n">
         <v>93.776</v>
       </c>
-      <c r="CQ11" s="14" t="n">
+      <c r="CS11" s="14" t="n">
         <v>93.851</v>
       </c>
-      <c r="CR11" s="14" t="n">
+      <c r="CT11" s="14" t="n">
         <v>94.001</v>
       </c>
-      <c r="CS11" s="14" t="n">
+      <c r="CU11" s="14" t="n">
         <v>94.065</v>
       </c>
-      <c r="CT11" s="14" t="n">
+      <c r="CV11" s="14" t="n">
         <v>93.957</v>
       </c>
-      <c r="CU11" s="14" t="n">
+      <c r="CW11" s="14" t="n">
         <v>93.697</v>
       </c>
-      <c r="CV11" s="14" t="n">
+      <c r="CX11" s="14" t="n">
         <v>93.491</v>
       </c>
-      <c r="CW11" s="14" t="n">
+      <c r="CY11" s="14" t="n">
         <v>93.326</v>
       </c>
-      <c r="CX11" s="14" t="n">
+      <c r="CZ11" s="14" t="n">
         <v>93.027</v>
       </c>
-      <c r="CY11" s="14" t="n">
+      <c r="DA11" s="14" t="n">
         <v>93.241</v>
       </c>
-      <c r="CZ11" s="14" t="n">
+      <c r="DB11" s="14" t="n">
         <v>93.511</v>
       </c>
-      <c r="DA11" s="14" t="n">
+      <c r="DC11" s="14" t="n">
         <v>93.93</v>
       </c>
-      <c r="DB11" s="14" t="n">
+      <c r="DD11" s="14" t="n">
         <v>93.533</v>
       </c>
-      <c r="DC11" s="14" t="n">
+      <c r="DE11" s="14" t="n">
         <v>93.531</v>
       </c>
-      <c r="DD11" s="14" t="n">
+      <c r="DF11" s="14" t="n">
         <v>92.849</v>
       </c>
-      <c r="DE11" s="14" t="n">
+      <c r="DG11" s="14" t="n">
         <v>92.404</v>
       </c>
-      <c r="DF11" s="14" t="n">
+      <c r="DH11" s="14" t="n">
         <v>91.631</v>
       </c>
-      <c r="DG11" s="14" t="n">
+      <c r="DI11" s="14" t="n">
         <v>91.254</v>
       </c>
-      <c r="DH11" s="14" t="n">
+      <c r="DJ11" s="14" t="n">
         <v>90.931</v>
       </c>
-      <c r="DI11" s="14" t="n">
+      <c r="DK11" s="14" t="n">
         <v>90.575</v>
       </c>
-      <c r="DJ11" s="14" t="n">
+      <c r="DL11" s="14" t="n">
         <v>90.787</v>
       </c>
-      <c r="DK11" s="14" t="n">
+      <c r="DM11" s="14" t="n">
         <v>90.638</v>
       </c>
-      <c r="DL11" s="14" t="n">
+      <c r="DN11" s="14" t="n">
         <v>90.192</v>
       </c>
-      <c r="DM11" s="14" t="n">
+      <c r="DO11" s="14" t="n">
         <v>89.889</v>
       </c>
-      <c r="DN11" s="14" t="n">
+      <c r="DP11" s="14" t="n">
         <v>89.66</v>
       </c>
-      <c r="DO11" s="14" t="n">
+      <c r="DQ11" s="14" t="n">
         <v>89.437</v>
       </c>
-      <c r="DP11" s="14" t="n">
+      <c r="DR11" s="14" t="n">
         <v>89.942</v>
       </c>
-      <c r="DQ11" s="14" t="n">
+      <c r="DS11" s="14" t="n">
         <v>90.734</v>
       </c>
-      <c r="DR11" s="14" t="n">
+      <c r="DT11" s="14" t="n">
         <v>91.238</v>
       </c>
-      <c r="DS11" s="14" t="n">
+      <c r="DU11" s="14" t="n">
         <v>91.266</v>
       </c>
-      <c r="DT11" s="14" t="n">
+      <c r="DV11" s="14" t="n">
         <v>91.606</v>
       </c>
-      <c r="DU11" s="14" t="n">
+      <c r="DW11" s="14" t="n">
         <v>92.125</v>
       </c>
-      <c r="DV11" s="14" t="n">
+      <c r="DX11" s="14" t="n">
         <v>92.99</v>
       </c>
-      <c r="DW11" s="14" t="n">
+      <c r="DY11" s="14" t="n">
         <v>92.899</v>
       </c>
-      <c r="DX11" s="14" t="n">
+      <c r="DZ11" s="14" t="n">
         <v>92.908</v>
       </c>
-      <c r="DY11" s="14" t="n">
+      <c r="EA11" s="14" t="n">
         <v>92.848</v>
       </c>
-      <c r="DZ11" s="14" t="n">
+      <c r="EB11" s="14" t="n">
         <v>92.363</v>
       </c>
-      <c r="EA11" s="14" t="n">
+      <c r="EC11" s="14" t="n">
         <v>91.768</v>
       </c>
-      <c r="EB11" s="14" t="n">
+      <c r="ED11" s="14" t="n">
         <v>91.368</v>
       </c>
-      <c r="EC11" s="14" t="n">
+      <c r="EE11" s="14" t="n">
         <v>91.718</v>
       </c>
-      <c r="ED11" s="14" t="n">
+      <c r="EF11" s="14" t="n">
         <v>92.128</v>
       </c>
-      <c r="EE11" s="14" t="n">
+      <c r="EG11" s="14" t="n">
         <v>92.316</v>
       </c>
-      <c r="EF11" s="14" t="n">
+      <c r="EH11" s="14" t="n">
         <v>92.46</v>
       </c>
-      <c r="EG11" s="14" t="n">
+      <c r="EI11" s="14" t="n">
         <v>92.447</v>
       </c>
-      <c r="EH11" s="14" t="n">
+      <c r="EJ11" s="14" t="n">
         <v>92.437</v>
       </c>
-      <c r="EI11" s="14" t="n">
+      <c r="EK11" s="14" t="n">
         <v>92.233</v>
       </c>
-      <c r="EJ11" s="14" t="n">
+      <c r="EL11" s="14" t="n">
         <v>92.076</v>
       </c>
-      <c r="EK11" s="14" t="n">
+      <c r="EM11" s="14" t="n">
         <v>91.924</v>
       </c>
-      <c r="EL11" s="14" t="n">
+      <c r="EN11" s="14" t="n">
         <v>91.848</v>
       </c>
-      <c r="EM11" s="14" t="n">
+      <c r="EO11" s="14" t="n">
         <v>92.082</v>
       </c>
-      <c r="EN11" s="14" t="n">
+      <c r="EP11" s="14" t="n">
         <v>92.342</v>
       </c>
-      <c r="EO11" s="14" t="n">
+      <c r="EQ11" s="14" t="n">
         <v>92.618</v>
       </c>
-      <c r="EP11" s="14" t="n">
+      <c r="ER11" s="14" t="n">
         <v>92.877</v>
       </c>
-      <c r="EQ11" s="14" t="n">
+      <c r="ES11" s="14" t="n">
         <v>92.993</v>
       </c>
-      <c r="ER11" s="14" t="n">
+      <c r="ET11" s="14" t="n">
         <v>93.342</v>
       </c>
-      <c r="ES11" s="14" t="n">
+      <c r="EU11" s="14" t="n">
         <v>93.399</v>
       </c>
-      <c r="ET11" s="14" t="n">
+      <c r="EV11" s="14" t="n">
         <v>93.486</v>
       </c>
-      <c r="EU11" s="14" t="n">
+      <c r="EW11" s="14" t="n">
         <v>93.477</v>
       </c>
-      <c r="EV11" s="14" t="n">
+      <c r="EX11" s="14" t="n">
         <v>93.686</v>
       </c>
-      <c r="EW11" s="14" t="n">
+      <c r="EY11" s="14" t="n">
         <v>93.859</v>
       </c>
-      <c r="EX11" s="14" t="n">
+      <c r="EZ11" s="14" t="n">
         <v>94.387</v>
       </c>
-      <c r="EY11" s="14" t="n">
+      <c r="FA11" s="14" t="n">
         <v>94.519</v>
       </c>
-      <c r="EZ11" s="14" t="n">
+      <c r="FB11" s="14" t="n">
         <v>94.371</v>
       </c>
-      <c r="FA11" s="14" t="n">
+      <c r="FC11" s="14" t="n">
         <v>94.632</v>
       </c>
-      <c r="FB11" s="14" t="n">
+      <c r="FD11" s="14" t="n">
         <v>94.839</v>
       </c>
-      <c r="FC11" s="14" t="n">
+      <c r="FE11" s="14" t="n">
         <v>95.042</v>
       </c>
-      <c r="FD11" s="14" t="n">
+      <c r="FF11" s="14" t="n">
         <v>95.257</v>
       </c>
-      <c r="FE11" s="14" t="n">
+      <c r="FG11" s="14" t="n">
         <v>95.065</v>
       </c>
-      <c r="FF11" s="14" t="n">
+      <c r="FH11" s="14" t="n">
         <v>94.863</v>
       </c>
-      <c r="FG11" s="14" t="n">
+      <c r="FI11" s="14" t="n">
         <v>94.788</v>
       </c>
-      <c r="FH11" s="14" t="n">
+      <c r="FJ11" s="14" t="n">
         <v>94.699</v>
       </c>
-      <c r="FI11" s="14" t="n">
+      <c r="FK11" s="14" t="n">
         <v>94.626</v>
       </c>
-      <c r="FJ11" s="14" t="n">
+      <c r="FL11" s="14" t="n">
         <v>94.505</v>
       </c>
-      <c r="FK11" s="14" t="n">
+      <c r="FM11" s="14" t="n">
         <v>94.143</v>
       </c>
-      <c r="FL11" s="14" t="n">
+      <c r="FN11" s="14" t="n">
         <v>93.941</v>
       </c>
-      <c r="FM11" s="14" t="n">
+      <c r="FO11" s="14" t="n">
         <v>92.905</v>
       </c>
-      <c r="FN11" s="14" t="n">
+      <c r="FP11" s="14" t="n">
         <v>92.813</v>
       </c>
-      <c r="FO11" s="14" t="n">
+      <c r="FQ11" s="14" t="n">
         <v>92.77</v>
       </c>
-      <c r="FP11" s="14" t="n">
+      <c r="FR11" s="14" t="n">
         <v>92.855</v>
       </c>
-      <c r="FQ11" s="14" t="n">
+      <c r="FS11" s="14" t="n">
         <v>92.854</v>
       </c>
-      <c r="FR11" s="14" t="n">
+      <c r="FT11" s="14" t="n">
         <v>92.762</v>
       </c>
-      <c r="FS11" s="14" t="n">
+      <c r="FU11" s="14" t="n">
         <v>92.646</v>
       </c>
-      <c r="FT11" s="14" t="n">
+      <c r="FV11" s="14" t="n">
         <v>92.759</v>
       </c>
-      <c r="FU11" s="14" t="n">
+      <c r="FW11" s="14" t="n">
         <v>92.786</v>
       </c>
-      <c r="FV11" s="14" t="n">
+      <c r="FX11" s="14" t="n">
         <v>92.413</v>
       </c>
-      <c r="FW11" s="14" t="n">
+      <c r="FY11" s="14" t="n">
         <v>92.084</v>
       </c>
-      <c r="FX11" s="14" t="n">
+      <c r="FZ11" s="14" t="n">
         <v>91.749</v>
       </c>
-      <c r="FY11" s="14" t="n">
+      <c r="GA11" s="14" t="n">
         <v>90.463</v>
       </c>
-      <c r="FZ11" s="14" t="n">
+      <c r="GB11" s="14" t="n">
         <v>89.705</v>
       </c>
-      <c r="GA11" s="14" t="n">
+      <c r="GC11" s="14" t="n">
         <v>89.139</v>
       </c>
-      <c r="GB11" s="14" t="n">
+      <c r="GD11" s="14" t="n">
         <v>89.113</v>
       </c>
-      <c r="GC11" s="14" t="n">
+      <c r="GE11" s="14" t="n">
         <v>89.195</v>
       </c>
-      <c r="GD11" s="14" t="n">
+      <c r="GF11" s="14" t="n">
         <v>88.942</v>
       </c>
-      <c r="GE11" s="14" t="n">
+      <c r="GG11" s="14" t="n">
         <v>89.138</v>
       </c>
-      <c r="GF11" s="14" t="n">
+      <c r="GH11" s="14" t="n">
         <v>88.556</v>
       </c>
-      <c r="GG11" s="14" t="n">
+      <c r="GI11" s="14" t="n">
         <v>87.722</v>
       </c>
-      <c r="GH11" s="14" t="n">
+      <c r="GJ11" s="14" t="n">
         <v>86.526</v>
       </c>
-      <c r="GI11" s="14" t="n">
+      <c r="GK11" s="14" t="n">
         <v>85.87</v>
       </c>
-      <c r="GJ11" s="14" t="n">
+      <c r="GL11" s="14" t="n">
         <v>85.271</v>
       </c>
-      <c r="GK11" s="14" t="n">
+      <c r="GM11" s="14" t="n">
         <v>84.952</v>
       </c>
-      <c r="GL11" s="14" t="n">
+      <c r="GN11" s="14" t="n">
         <v>84.872</v>
-      </c>
-[...4 lines deleted...]
-        <v>84.474</v>
       </c>
       <c r="GO11" s="14" t="n">
         <v>84.633</v>
       </c>
       <c r="GP11" s="14" t="n">
+        <v>84.474</v>
+      </c>
+      <c r="GQ11" s="14" t="n">
+        <v>84.633</v>
+      </c>
+      <c r="GR11" s="14" t="n">
         <v>84.155</v>
       </c>
-      <c r="GQ11" s="14" t="n">
+      <c r="GS11" s="14" t="n">
         <v>84.155</v>
-      </c>
-[...4 lines deleted...]
-        <v>83.836</v>
       </c>
       <c r="GT11" s="14" t="n">
         <v>83.836</v>
       </c>
       <c r="GU11" s="14" t="n">
+        <v>83.836</v>
+      </c>
+      <c r="GV11" s="14" t="n">
+        <v>83.836</v>
+      </c>
+      <c r="GW11" s="14" t="n">
         <v>84.315</v>
       </c>
-      <c r="GV11" s="14" t="n">
+      <c r="GX11" s="14" t="n">
         <v>84.075</v>
       </c>
-      <c r="GW11" s="14" t="n">
+      <c r="GY11" s="14" t="n">
         <v>84.235</v>
       </c>
-      <c r="GX11" s="14" t="n">
+      <c r="GZ11" s="14" t="n">
         <v>86.227</v>
       </c>
-      <c r="GY11" s="14" t="n">
+      <c r="HA11" s="14" t="n">
         <v>87.662</v>
       </c>
-      <c r="GZ11" s="14" t="n">
+      <c r="HB11" s="14" t="n">
         <v>88.857</v>
       </c>
-      <c r="HA11" s="14" t="n">
+      <c r="HC11" s="14" t="n">
         <v>88.618</v>
       </c>
-      <c r="HB11" s="14" t="n">
+      <c r="HD11" s="14" t="n">
         <v>88.538</v>
       </c>
-      <c r="HC11" s="14" t="n">
+      <c r="HE11" s="14" t="n">
         <v>87.821</v>
       </c>
-      <c r="HD11" s="14" t="n">
+      <c r="HF11" s="14" t="n">
         <v>87.104</v>
       </c>
-      <c r="HE11" s="14" t="n">
+      <c r="HG11" s="14" t="n">
         <v>86.307</v>
       </c>
-      <c r="HF11" s="14" t="n">
+      <c r="HH11" s="14" t="n">
         <v>85.908</v>
       </c>
-      <c r="HG11" s="14" t="n">
+      <c r="HI11" s="14" t="n">
         <v>85.59</v>
       </c>
-      <c r="HH11" s="14" t="n">
+      <c r="HJ11" s="14" t="n">
         <v>85.191</v>
       </c>
-      <c r="HI11" s="14" t="n">
+      <c r="HK11" s="14" t="n">
         <v>84.952</v>
       </c>
-      <c r="HJ11" s="14" t="n">
+      <c r="HL11" s="14" t="n">
         <v>84.793</v>
       </c>
-      <c r="HK11" s="14" t="n">
+      <c r="HM11" s="14" t="n">
         <v>84.713</v>
       </c>
-      <c r="HL11" s="14" t="n">
+      <c r="HN11" s="14" t="n">
         <v>84.633</v>
-      </c>
-[...4 lines deleted...]
-        <v>84.793</v>
       </c>
       <c r="HO11" s="14" t="n">
         <v>84.872</v>
       </c>
       <c r="HP11" s="14" t="n">
+        <v>84.793</v>
+      </c>
+      <c r="HQ11" s="14" t="n">
+        <v>84.872</v>
+      </c>
+      <c r="HR11" s="14" t="n">
         <v>84.633</v>
       </c>
-      <c r="HQ11" s="14" t="n">
+      <c r="HS11" s="14" t="n">
         <v>84.235</v>
       </c>
-      <c r="HR11" s="14" t="n">
+      <c r="HT11" s="14" t="n">
         <v>84.315</v>
       </c>
-      <c r="HS11" s="14" t="n">
+      <c r="HU11" s="14" t="n">
         <v>83.916</v>
       </c>
-      <c r="HT11" s="14" t="n">
+      <c r="HV11" s="14" t="n">
         <v>83.358</v>
       </c>
-      <c r="HU11" s="14" t="n">
+      <c r="HW11" s="14" t="n">
         <v>83.358</v>
       </c>
-      <c r="HV11" s="14" t="n">
+      <c r="HX11" s="14" t="n">
         <v>83.438</v>
       </c>
-      <c r="HW11" s="14" t="n">
+      <c r="HY11" s="14" t="n">
         <v>83.677</v>
       </c>
-      <c r="HX11" s="14" t="n">
+      <c r="HZ11" s="14" t="n">
         <v>83.518</v>
       </c>
-      <c r="HY11" s="14" t="n">
+      <c r="IA11" s="14" t="n">
         <v>83.438</v>
       </c>
-      <c r="HZ11" s="14" t="n">
+      <c r="IB11" s="14" t="n">
         <v>83.358</v>
       </c>
-      <c r="IA11" s="14" t="n">
+      <c r="IC11" s="14" t="n">
         <v>82.96</v>
       </c>
-      <c r="IB11" s="14" t="n">
+      <c r="ID11" s="14" t="n">
         <v>82.88</v>
       </c>
-      <c r="IC11" s="14" t="n">
+      <c r="IE11" s="14" t="n">
         <v>82.641</v>
       </c>
-      <c r="ID11" s="14" t="n">
+      <c r="IF11" s="14" t="n">
         <v>82.243</v>
       </c>
-      <c r="IE11" s="14" t="n">
+      <c r="IG11" s="14" t="n">
         <v>81.924</v>
       </c>
-      <c r="IF11" s="14" t="n">
+      <c r="IH11" s="14" t="n">
         <v>81.605</v>
-      </c>
-[...4 lines deleted...]
-        <v>80.728</v>
       </c>
       <c r="II11" s="14" t="n">
         <v>80.888</v>
       </c>
       <c r="IJ11" s="14" t="n">
+        <v>80.728</v>
+      </c>
+      <c r="IK11" s="14" t="n">
+        <v>80.888</v>
+      </c>
+      <c r="IL11" s="14" t="n">
         <v>80.569</v>
       </c>
-      <c r="IK11" s="14" t="n">
+      <c r="IM11" s="14" t="n">
         <v>80.091</v>
       </c>
-      <c r="IL11" s="14" t="n">
+      <c r="IN11" s="14" t="n">
         <v>79.852</v>
       </c>
-      <c r="IM11" s="14" t="n">
+      <c r="IO11" s="14" t="n">
         <v>79.613</v>
       </c>
-      <c r="IN11" s="14" t="n">
+      <c r="IP11" s="14" t="n">
         <v>79.055</v>
       </c>
-      <c r="IO11" s="14" t="n">
+      <c r="IQ11" s="14" t="n">
         <v>79.134</v>
       </c>
-      <c r="IP11" s="14" t="n">
+      <c r="IR11" s="14" t="n">
         <v>78.736</v>
       </c>
-      <c r="IQ11" s="14" t="n">
+      <c r="IS11" s="14" t="n">
         <v>78.577</v>
       </c>
-      <c r="IR11" s="14" t="n">
+      <c r="IT11" s="14" t="n">
         <v>78.178</v>
       </c>
-      <c r="IS11" s="15" t="n">
+      <c r="IU11" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="IV11" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="IW11" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="IT11" s="15" t="n">
+      <c r="IX11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="IU11" s="15" t="n">
+      <c r="IY11" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="IV11" s="15" t="n">
+      <c r="IZ11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="IW11" s="15" t="n">
+      <c r="JA11" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="IX11" s="15" t="n">
+      <c r="JB11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="IY11" s="15" t="n">
+      <c r="JC11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="IZ11" s="15" t="n">
+      <c r="JD11" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="JA11" s="15" t="n">
+      <c r="JE11" s="15" t="n">
         <v>-0.5</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.0</v>
       </c>
       <c r="JF11" s="15" t="n">
         <v>0.3</v>
       </c>
       <c r="JG11" s="15" t="n">
-        <v>-0.2</v>
+        <v>0.6</v>
       </c>
       <c r="JH11" s="15" t="n">
-        <v>-0.4</v>
+        <v>0.0</v>
       </c>
       <c r="JI11" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="JJ11" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="JK11" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="JL11" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="JM11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="JN11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="JK11" s="15" t="n">
+      <c r="JO11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="JL11" s="15" t="n">
+      <c r="JP11" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="JM11" s="15" t="n">
+      <c r="JQ11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="JN11" s="15" t="n">
+      <c r="JR11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="JO11" s="15" t="n">
+      <c r="JS11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="JP11" s="15" t="n">
+      <c r="JT11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="JQ11" s="15" t="n">
+      <c r="JU11" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="JR11" s="15" t="n">
+      <c r="JV11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="JS11" s="15" t="n">
+      <c r="JW11" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="JT11" s="15" t="n">
+      <c r="JX11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="JU11" s="15" t="n">
+      <c r="JY11" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="JV11" s="15" t="n">
+      <c r="JZ11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="JW11" s="15" t="n">
+      <c r="KA11" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="JX11" s="15" t="n">
+      <c r="KB11" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="JY11" s="15" t="n">
+      <c r="KC11" s="15" t="n">
         <v>0.4</v>
-      </c>
-[...10 lines deleted...]
-        <v>-0.2</v>
       </c>
       <c r="KD11" s="15" t="n">
         <v>0.3</v>
       </c>
       <c r="KE11" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="KF11" s="15" t="n">
+        <v>-0.8</v>
+      </c>
+      <c r="KG11" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="KH11" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="KI11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="KF11" s="15" t="n">
+      <c r="KJ11" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="KG11" s="15" t="n">
+      <c r="KK11" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="KH11" s="15" t="n">
+      <c r="KL11" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="KI11" s="15" t="n">
+      <c r="KM11" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="KJ11" s="15" t="n">
+      <c r="KN11" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="KK11" s="15" t="n">
+      <c r="KO11" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="KL11" s="15" t="n">
+      <c r="KP11" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="KM11" s="15" t="n">
+      <c r="KQ11" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="KN11" s="15" t="n">
+      <c r="KR11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="KO11" s="15" t="n">
+      <c r="KS11" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="KP11" s="15" t="n">
+      <c r="KT11" s="15" t="n">
         <v>1.2</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.4</v>
       </c>
       <c r="KU11" s="15" t="n">
         <v>0.6</v>
       </c>
       <c r="KV11" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="KW11" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="KX11" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="KY11" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="KZ11" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="KW11" s="15" t="n">
+      <c r="LA11" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="KX11" s="15" t="n">
+      <c r="LB11" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="KY11" s="15" t="n">
+      <c r="LC11" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="KZ11" s="15" t="n">
+      <c r="LD11" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="LA11" s="15" t="n">
+      <c r="LE11" s="15" t="n">
         <v>0.0</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.4</v>
       </c>
       <c r="LF11" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="LG11" s="15" t="n">
-        <v>-0.1</v>
+        <v>0.1</v>
       </c>
       <c r="LH11" s="15" t="n">
-        <v>-0.9</v>
+        <v>0.1</v>
       </c>
       <c r="LI11" s="15" t="n">
-        <v>-1.5</v>
+        <v>0.4</v>
       </c>
       <c r="LJ11" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="LK11" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="LL11" s="15" t="n">
+        <v>-0.9</v>
+      </c>
+      <c r="LM11" s="15" t="n">
+        <v>-1.5</v>
+      </c>
+      <c r="LN11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="LL11" s="15" t="n">
+      <c r="LO11" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="LP11" s="15" t="n">
         <v>0.0</v>
-      </c>
-[...10 lines deleted...]
-        <v>-0.3</v>
       </c>
       <c r="LQ11" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="LR11" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="LS11" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="LT11" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="LU11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="LV11" s="15" t="n">
         <v>-0.7</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.5</v>
       </c>
       <c r="LW11" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="LX11" s="15" t="n">
-        <v>-0.6</v>
+        <v>0.7</v>
       </c>
       <c r="LY11" s="15" t="n">
-        <v>-0.4</v>
+        <v>0.4</v>
       </c>
       <c r="LZ11" s="15" t="n">
-        <v>0.0</v>
+        <v>0.5</v>
       </c>
       <c r="MA11" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="MB11" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="MC11" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="MD11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="ME11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="MF11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="MC11" s="15" t="n">
+      <c r="MG11" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="MD11" s="15" t="n">
+      <c r="MH11" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="ME11" s="15" t="n">
+      <c r="MI11" s="15" t="n">
         <v>0.7</v>
-      </c>
-[...10 lines deleted...]
-        <v>-0.1</v>
       </c>
       <c r="MJ11" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="MK11" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="ML11" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="MM11" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="MN11" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="MO11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="ML11" s="15" t="n">
+      <c r="MP11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="MM11" s="15" t="n">
+      <c r="MQ11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="MN11" s="15" t="n">
+      <c r="MR11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="MO11" s="15" t="n">
+      <c r="MS11" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="MP11" s="15" t="n">
+      <c r="MT11" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="MQ11" s="15" t="n">
+      <c r="MU11" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="MR11" s="15" t="n">
+      <c r="MV11" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="MS11" s="15" t="n">
+      <c r="MW11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="MT11" s="15" t="n">
+      <c r="MX11" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="MU11" s="15" t="n">
+      <c r="MY11" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="MV11" s="15" t="n">
+      <c r="MZ11" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="MW11" s="15" t="n">
+      <c r="NA11" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="MX11" s="15" t="n">
+      <c r="NB11" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="MY11" s="15" t="n">
+      <c r="NC11" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="MZ11" s="15" t="n">
+      <c r="ND11" s="15" t="n">
         <v>-0.2</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.3</v>
       </c>
       <c r="NE11" s="15" t="n">
         <v>0.2</v>
       </c>
       <c r="NF11" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="NG11" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="NH11" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="NI11" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="NJ11" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="NG11" s="15" t="n">
+      <c r="NK11" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="NH11" s="15" t="n">
+      <c r="NL11" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="NI11" s="15" t="n">
+      <c r="NM11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="NJ11" s="15" t="n">
+      <c r="NN11" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="NK11" s="15" t="n">
+      <c r="NO11" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="NL11" s="15" t="n">
+      <c r="NP11" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="NM11" s="15" t="n">
+      <c r="NQ11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="NN11" s="15" t="n">
+      <c r="NR11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="NO11" s="15" t="n">
+      <c r="NS11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="NP11" s="15" t="n">
+      <c r="NT11" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="NQ11" s="15" t="n">
+      <c r="NU11" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="NR11" s="15" t="n">
+      <c r="NV11" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="NS11" s="15" t="n">
+      <c r="NW11" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="NT11" s="15" t="n">
+      <c r="NX11" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="NU11" s="15" t="n">
+      <c r="NY11" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="NV11" s="15" t="n">
+      <c r="NZ11" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="NW11" s="15" t="n">
+      <c r="OA11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="NX11" s="15" t="n">
+      <c r="OB11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="NY11" s="15" t="n">
+      <c r="OC11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="NZ11" s="15" t="n">
+      <c r="OD11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="OA11" s="15" t="n">
+      <c r="OE11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="OB11" s="15" t="n">
+      <c r="OF11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="OC11" s="15" t="n">
+      <c r="OG11" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="OD11" s="15" t="n">
+      <c r="OH11" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="OE11" s="15" t="n">
+      <c r="OI11" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="OF11" s="15" t="n">
+      <c r="OJ11" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="OG11" s="15" t="n">
+      <c r="OK11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="OH11" s="15" t="n">
+      <c r="OL11" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="OI11" s="15" t="n">
+      <c r="OM11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="OJ11" s="15" t="n">
+      <c r="ON11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="OK11" s="15" t="n">
+      <c r="OO11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="OL11" s="15" t="n">
+      <c r="OP11" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="OM11" s="15" t="n">
+      <c r="OQ11" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="ON11" s="15" t="n">
+      <c r="OR11" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="OO11" s="15" t="n">
+      <c r="OS11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="OP11" s="15" t="n">
+      <c r="OT11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="OQ11" s="15" t="n">
+      <c r="OU11" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="OR11" s="15" t="n">
+      <c r="OV11" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="OS11" s="15" t="n">
+      <c r="OW11" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="OT11" s="15" t="n">
+      <c r="OX11" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="OU11" s="15" t="n">
+      <c r="OY11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="OV11" s="15" t="n">
+      <c r="OZ11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="OW11" s="15" t="n">
+      <c r="PA11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="OX11" s="15" t="n">
+      <c r="PB11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="OY11" s="15" t="n">
+      <c r="PC11" s="15" t="n">
         <v>0.1</v>
-      </c>
-[...10 lines deleted...]
-        <v>1.1</v>
       </c>
       <c r="PD11" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="PE11" s="15" t="n">
-        <v>0.0</v>
+        <v>0.4</v>
       </c>
       <c r="PF11" s="15" t="n">
-        <v>-0.1</v>
+        <v>0.2</v>
       </c>
       <c r="PG11" s="15" t="n">
-        <v>0.0</v>
+        <v>1.1</v>
       </c>
       <c r="PH11" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="PI11" s="15" t="n">
-        <v>0.1</v>
+        <v>0.0</v>
       </c>
       <c r="PJ11" s="15" t="n">
         <v>-0.1</v>
       </c>
       <c r="PK11" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="PL11" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="PM11" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="PN11" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="PO11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="PP11" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="PM11" s="15" t="n">
+      <c r="PQ11" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="PN11" s="15" t="n">
+      <c r="PR11" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="PO11" s="15" t="n">
+      <c r="PS11" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="PP11" s="15" t="n">
+      <c r="PT11" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="PQ11" s="15" t="n">
+      <c r="PU11" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="PR11" s="15" t="n">
+      <c r="PV11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="PS11" s="15" t="n">
+      <c r="PW11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="PT11" s="15" t="n">
+      <c r="PX11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="PU11" s="15" t="n">
+      <c r="PY11" s="15" t="n">
         <v>-0.2</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.8</v>
       </c>
       <c r="PZ11" s="15" t="n">
         <v>0.7</v>
       </c>
       <c r="QA11" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="QB11" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="QC11" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="QD11" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="QE11" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="QB11" s="15" t="n">
+      <c r="QF11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="QC11" s="15" t="n">
+      <c r="QG11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="QD11" s="15" t="n">
+      <c r="QH11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="QE11" s="15" t="n">
+      <c r="QI11" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="QF11" s="15" t="n">
+      <c r="QJ11" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="QG11" s="15" t="n">
+      <c r="QK11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="QH11" s="15" t="n">
+      <c r="QL11" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="QI11" s="15" t="n">
+      <c r="QM11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="QJ11" s="15" t="n">
+      <c r="QN11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="QK11" s="15" t="n">
+      <c r="QO11" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="QL11" s="15" t="n">
+      <c r="QP11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="QM11" s="15" t="n">
+      <c r="QQ11" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="QN11" s="15" t="n">
+      <c r="QR11" s="15" t="n">
         <v>-2.3</v>
       </c>
-      <c r="QO11" s="15" t="n">
+      <c r="QS11" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="QP11" s="15" t="n">
+      <c r="QT11" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="QQ11" s="15" t="n">
+      <c r="QU11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="QR11" s="15" t="n">
+      <c r="QV11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="QS11" s="15" t="n">
+      <c r="QW11" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="QT11" s="15" t="n">
+      <c r="QX11" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="QU11" s="15" t="n">
+      <c r="QY11" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="QV11" s="15" t="n">
+      <c r="QZ11" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="QW11" s="15" t="n">
+      <c r="RA11" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="QX11" s="15" t="n">
+      <c r="RB11" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="QY11" s="15" t="n">
+      <c r="RC11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="QZ11" s="15" t="n">
+      <c r="RD11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="RA11" s="15" t="n">
+      <c r="RE11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="RB11" s="15" t="n">
+      <c r="RF11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="RC11" s="15" t="n">
+      <c r="RG11" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="RD11" s="15" t="n">
+      <c r="RH11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="RE11" s="15" t="n">
+      <c r="RI11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="RF11" s="15" t="n">
+      <c r="RJ11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="RG11" s="15" t="n">
+      <c r="RK11" s="15" t="n">
         <v>0.5</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.0</v>
       </c>
       <c r="RL11" s="15" t="n">
         <v>-0.1</v>
       </c>
       <c r="RM11" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="RN11" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="RO11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="RP11" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="RQ11" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="RN11" s="15" t="n">
+      <c r="RR11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="RO11" s="15" t="n">
+      <c r="RS11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="RP11" s="15" t="n">
+      <c r="RT11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="RQ11" s="15" t="n">
+      <c r="RU11" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="RR11" s="15" t="n">
+      <c r="RV11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="RS11" s="15" t="n">
+      <c r="RW11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="RT11" s="15" t="n">
+      <c r="RX11" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="RU11" s="15" t="n">
+      <c r="RY11" s="15" t="n">
         <v>0.4</v>
-      </c>
-[...10 lines deleted...]
-        <v>-0.2</v>
       </c>
       <c r="RZ11" s="15" t="n">
         <v>0.4</v>
       </c>
       <c r="SA11" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="SB11" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="SC11" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="SD11" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="SE11" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="SB11" s="15" t="n">
+      <c r="SF11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="SC11" s="15" t="n">
+      <c r="SG11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="SD11" s="15" t="n">
+      <c r="SH11" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="SE11" s="15" t="n">
+      <c r="SI11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="SF11" s="15" t="n">
+      <c r="SJ11" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="SG11" s="15" t="n">
+      <c r="SK11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="SH11" s="15" t="n">
+      <c r="SL11" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="SI11" s="13" t="inlineStr">
+      <c r="SM11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
-      </c>
-[...10 lines deleted...]
-        <v>-0.2</v>
       </c>
       <c r="SN11" s="15" t="n">
         <v>-0.7</v>
       </c>
       <c r="SO11" s="15" t="n">
-        <v>-0.5</v>
+        <v>-0.8</v>
       </c>
       <c r="SP11" s="15" t="n">
-        <v>-0.3</v>
+        <v>-0.6</v>
       </c>
       <c r="SQ11" s="15" t="n">
         <v>-0.3</v>
       </c>
       <c r="SR11" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="SS11" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="ST11" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="SU11" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="SV11" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="SW11" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="SX11" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="SS11" s="15" t="n">
+      <c r="SY11" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="ST11" s="15" t="n">
+      <c r="SZ11" s="15" t="n">
         <v>1.0</v>
-      </c>
-[...16 lines deleted...]
-        <v>1.1</v>
       </c>
       <c r="TA11" s="15" t="n">
         <v>0.7</v>
       </c>
       <c r="TB11" s="15" t="n">
         <v>0.6</v>
       </c>
       <c r="TC11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="TD11" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="TE11" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="TD11" s="15" t="n">
+      <c r="TF11" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="TG11" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="TH11" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="TI11" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="TJ11" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="TE11" s="15" t="n">
+      <c r="TK11" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="TF11" s="15" t="n">
+      <c r="TL11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="TG11" s="15" t="n">
+      <c r="TM11" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="TH11" s="15" t="n">
+      <c r="TN11" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="TI11" s="15" t="n">
+      <c r="TO11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="TJ11" s="15" t="n">
+      <c r="TP11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="TK11" s="15" t="n">
+      <c r="TQ11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="TL11" s="15" t="n">
+      <c r="TR11" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="TM11" s="15" t="n">
+      <c r="TS11" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="TN11" s="15" t="n">
+      <c r="TT11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="TO11" s="15" t="n">
+      <c r="TU11" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="TP11" s="15" t="n">
+      <c r="TV11" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="TQ11" s="15" t="n">
+      <c r="TW11" s="15" t="n">
         <v>6.6</v>
       </c>
-      <c r="TR11" s="15" t="n">
+      <c r="TX11" s="15" t="n">
         <v>8.0</v>
       </c>
-      <c r="TS11" s="15" t="n">
+      <c r="TY11" s="15" t="n">
         <v>9.3</v>
       </c>
-      <c r="TT11" s="15" t="n">
+      <c r="TZ11" s="15" t="n">
         <v>10.2</v>
       </c>
-      <c r="TU11" s="15" t="n">
+      <c r="UA11" s="15" t="n">
         <v>11.4</v>
       </c>
-      <c r="TV11" s="15" t="n">
+      <c r="UB11" s="15" t="n">
         <v>12.5</v>
       </c>
-      <c r="TW11" s="15" t="n">
+      <c r="UC11" s="15" t="n">
         <v>13.0</v>
       </c>
-      <c r="TX11" s="15" t="n">
+      <c r="UD11" s="15" t="n">
         <v>14.2</v>
       </c>
-      <c r="TY11" s="15" t="n">
+      <c r="UE11" s="15" t="n">
         <v>16.5</v>
       </c>
-      <c r="TZ11" s="15" t="n">
+      <c r="UF11" s="15" t="n">
         <v>15.9</v>
       </c>
-      <c r="UA11" s="15" t="n">
+      <c r="UG11" s="15" t="n">
         <v>14.9</v>
       </c>
-      <c r="UB11" s="15" t="n">
+      <c r="UH11" s="15" t="n">
         <v>13.0</v>
       </c>
-      <c r="UC11" s="15" t="n">
+      <c r="UI11" s="15" t="n">
         <v>12.2</v>
       </c>
-      <c r="UD11" s="15" t="n">
+      <c r="UJ11" s="15" t="n">
         <v>11.8</v>
       </c>
-      <c r="UE11" s="15" t="n">
+      <c r="UK11" s="15" t="n">
         <v>10.7</v>
       </c>
-      <c r="UF11" s="15" t="n">
+      <c r="UL11" s="15" t="n">
         <v>11.0</v>
       </c>
-      <c r="UG11" s="15" t="n">
+      <c r="UM11" s="15" t="n">
         <v>10.1</v>
       </c>
-      <c r="UH11" s="15" t="n">
+      <c r="UN11" s="15" t="n">
         <v>8.9</v>
       </c>
-      <c r="UI11" s="15" t="n">
+      <c r="UO11" s="15" t="n">
         <v>8.3</v>
       </c>
-      <c r="UJ11" s="15" t="n">
+      <c r="UP11" s="15" t="n">
         <v>7.9</v>
       </c>
-      <c r="UK11" s="15" t="n">
+      <c r="UQ11" s="15" t="n">
         <v>6.7</v>
       </c>
-      <c r="UL11" s="15" t="n">
+      <c r="UR11" s="15" t="n">
         <v>6.4</v>
       </c>
-      <c r="UM11" s="15" t="n">
+      <c r="US11" s="15" t="n">
         <v>5.7</v>
       </c>
-      <c r="UN11" s="15" t="n">
+      <c r="UT11" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="UO11" s="15" t="n">
+      <c r="UU11" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="UP11" s="15" t="n">
+      <c r="UV11" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="UQ11" s="15" t="n">
+      <c r="UW11" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="UR11" s="15" t="n">
+      <c r="UX11" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="US11" s="15" t="n">
+      <c r="UY11" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="UT11" s="15" t="n">
+      <c r="UZ11" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="UU11" s="15" t="n">
+      <c r="VA11" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="UV11" s="15" t="n">
+      <c r="VB11" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="UW11" s="15" t="n">
+      <c r="VC11" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="UX11" s="15" t="n">
+      <c r="VD11" s="15" t="n">
         <v>-2.8</v>
       </c>
-      <c r="UY11" s="15" t="n">
+      <c r="VE11" s="15" t="n">
         <v>-2.6</v>
       </c>
-      <c r="UZ11" s="15" t="n">
+      <c r="VF11" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="VA11" s="15" t="n">
+      <c r="VG11" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="VB11" s="15" t="n">
+      <c r="VH11" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="VC11" s="15" t="n">
+      <c r="VI11" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="VD11" s="15" t="n">
+      <c r="VJ11" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="VE11" s="15" t="n">
+      <c r="VK11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="VF11" s="15" t="n">
+      <c r="VL11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="VG11" s="15" t="n">
+      <c r="VM11" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="VH11" s="15" t="n">
+      <c r="VN11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="VI11" s="15" t="n">
+      <c r="VO11" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="VJ11" s="15" t="n">
+      <c r="VP11" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="VK11" s="15" t="n">
+      <c r="VQ11" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="VL11" s="15" t="n">
+      <c r="VR11" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="VM11" s="15" t="n">
+      <c r="VS11" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="VN11" s="15" t="n">
+      <c r="VT11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="VO11" s="15" t="n">
+      <c r="VU11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="VP11" s="15" t="n">
+      <c r="VV11" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="VQ11" s="15" t="n">
+      <c r="VW11" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="VR11" s="15" t="n">
+      <c r="VX11" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="VS11" s="15" t="n">
+      <c r="VY11" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="VT11" s="15" t="n">
+      <c r="VZ11" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="VU11" s="15" t="n">
+      <c r="WA11" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="VV11" s="15" t="n">
+      <c r="WB11" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="VW11" s="15" t="n">
+      <c r="WC11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="VX11" s="15" t="n">
+      <c r="WD11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="VY11" s="15" t="n">
+      <c r="WE11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="VZ11" s="15" t="n">
+      <c r="WF11" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="WA11" s="15" t="n">
+      <c r="WG11" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="WB11" s="15" t="n">
+      <c r="WH11" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="WC11" s="15" t="n">
+      <c r="WI11" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="WD11" s="15" t="n">
+      <c r="WJ11" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="WE11" s="15" t="n">
+      <c r="WK11" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="WF11" s="15" t="n">
+      <c r="WL11" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="WG11" s="15" t="n">
+      <c r="WM11" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="WH11" s="15" t="n">
+      <c r="WN11" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="WI11" s="15" t="n">
+      <c r="WO11" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="WJ11" s="15" t="n">
+      <c r="WP11" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="WK11" s="15" t="n">
+      <c r="WQ11" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="WL11" s="15" t="n">
+      <c r="WR11" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="WM11" s="15" t="n">
+      <c r="WS11" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="WN11" s="15" t="n">
+      <c r="WT11" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="WO11" s="15" t="n">
+      <c r="WU11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="WP11" s="15" t="n">
+      <c r="WV11" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="WQ11" s="15" t="n">
+      <c r="WW11" s="15" t="n">
         <v>-1.7</v>
       </c>
-      <c r="WR11" s="15" t="n">
+      <c r="WX11" s="15" t="n">
         <v>-2.4</v>
       </c>
-      <c r="WS11" s="15" t="n">
+      <c r="WY11" s="15" t="n">
         <v>-2.4</v>
       </c>
-      <c r="WT11" s="15" t="n">
+      <c r="WZ11" s="15" t="n">
         <v>-2.9</v>
       </c>
-      <c r="WU11" s="15" t="n">
+      <c r="XA11" s="15" t="n">
         <v>-3.2</v>
       </c>
-      <c r="WV11" s="15" t="n">
+      <c r="XB11" s="15" t="n">
         <v>-2.9</v>
       </c>
-      <c r="WW11" s="15" t="n">
+      <c r="XC11" s="15" t="n">
         <v>-2.5</v>
       </c>
-      <c r="WX11" s="15" t="n">
+      <c r="XD11" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="WY11" s="15" t="n">
+      <c r="XE11" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="WZ11" s="15" t="n">
+      <c r="XF11" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="XA11" s="15" t="n">
+      <c r="XG11" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="XB11" s="15" t="n">
+      <c r="XH11" s="15" t="n">
         <v>-0.9</v>
-      </c>
-[...16 lines deleted...]
-        <v>0.6</v>
       </c>
       <c r="XI11" s="15" t="n">
         <v>-0.3</v>
       </c>
       <c r="XJ11" s="15" t="n">
-        <v>-1.1</v>
+        <v>0.6</v>
       </c>
       <c r="XK11" s="15" t="n">
-        <v>-1.0</v>
+        <v>0.7</v>
       </c>
       <c r="XL11" s="15" t="n">
-        <v>-0.8</v>
+        <v>0.9</v>
       </c>
       <c r="XM11" s="15" t="n">
-        <v>-0.7</v>
+        <v>1.0</v>
       </c>
       <c r="XN11" s="15" t="n">
-        <v>-0.9</v>
+        <v>0.6</v>
       </c>
       <c r="XO11" s="15" t="n">
-        <v>-1.0</v>
+        <v>-0.3</v>
       </c>
       <c r="XP11" s="15" t="n">
         <v>-1.1</v>
       </c>
       <c r="XQ11" s="15" t="n">
+        <v>-1.0</v>
+      </c>
+      <c r="XR11" s="15" t="n">
+        <v>-0.8</v>
+      </c>
+      <c r="XS11" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="XT11" s="15" t="n">
+        <v>-0.9</v>
+      </c>
+      <c r="XU11" s="15" t="n">
+        <v>-1.0</v>
+      </c>
+      <c r="XV11" s="15" t="n">
+        <v>-1.1</v>
+      </c>
+      <c r="XW11" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="XR11" s="15" t="n">
+      <c r="XX11" s="15" t="n">
         <v>-1.7</v>
       </c>
-      <c r="XS11" s="15" t="n">
+      <c r="XY11" s="15" t="n">
         <v>-2.1</v>
       </c>
-      <c r="XT11" s="15" t="n">
+      <c r="XZ11" s="15" t="n">
         <v>-2.7</v>
       </c>
-      <c r="XU11" s="15" t="n">
+      <c r="YA11" s="15" t="n">
         <v>-2.6</v>
       </c>
-      <c r="XV11" s="15" t="n">
+      <c r="YB11" s="15" t="n">
         <v>-2.2</v>
       </c>
-      <c r="XW11" s="15" t="n">
+      <c r="YC11" s="15" t="n">
         <v>-2.1</v>
       </c>
-      <c r="XX11" s="15" t="n">
+      <c r="YD11" s="15" t="n">
         <v>-2.1</v>
       </c>
-      <c r="XY11" s="15" t="n">
+      <c r="YE11" s="15" t="n">
         <v>-2.2</v>
       </c>
-      <c r="XZ11" s="15" t="n">
+      <c r="YF11" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="YA11" s="15" t="n">
+      <c r="YG11" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="YB11" s="15" t="n">
+      <c r="YH11" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="YC11" s="15" t="n">
+      <c r="YI11" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="YD11" s="15" t="n">
+      <c r="YJ11" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="YE11" s="15" t="n">
+      <c r="YK11" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="YF11" s="15" t="n">
+      <c r="YL11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="YG11" s="15" t="n">
+      <c r="YM11" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="YH11" s="15" t="n">
+      <c r="YN11" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="YI11" s="15" t="n">
+      <c r="YO11" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="YJ11" s="15" t="n">
+      <c r="YP11" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="YK11" s="15" t="n">
+      <c r="YQ11" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="YL11" s="15" t="n">
+      <c r="YR11" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="YM11" s="15" t="n">
+      <c r="YS11" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="YN11" s="15" t="n">
+      <c r="YT11" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="YO11" s="15" t="n">
+      <c r="YU11" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="YP11" s="15" t="n">
+      <c r="YV11" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="YQ11" s="15" t="n">
+      <c r="YW11" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="YR11" s="15" t="n">
+      <c r="YX11" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="YS11" s="15" t="n">
+      <c r="YY11" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="YT11" s="15" t="n">
+      <c r="YZ11" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="YU11" s="15" t="n">
+      <c r="ZA11" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="YV11" s="15" t="n">
+      <c r="ZB11" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="YW11" s="15" t="n">
+      <c r="ZC11" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="YX11" s="15" t="n">
+      <c r="ZD11" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="YY11" s="15" t="n">
+      <c r="ZE11" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="YZ11" s="15" t="n">
+      <c r="ZF11" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="ZA11" s="15" t="n">
+      <c r="ZG11" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="ZB11" s="15" t="n">
+      <c r="ZH11" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="ZC11" s="15" t="n">
+      <c r="ZI11" s="15" t="n">
         <v>5.8</v>
       </c>
-      <c r="ZD11" s="15" t="n">
+      <c r="ZJ11" s="15" t="n">
         <v>6.8</v>
       </c>
-      <c r="ZE11" s="15" t="n">
+      <c r="ZK11" s="15" t="n">
         <v>7.2</v>
       </c>
-      <c r="ZF11" s="15" t="n">
+      <c r="ZL11" s="15" t="n">
         <v>7.6</v>
       </c>
-      <c r="ZG11" s="15" t="n">
+      <c r="ZM11" s="15" t="n">
         <v>6.5</v>
       </c>
-      <c r="ZH11" s="15" t="n">
+      <c r="ZN11" s="15" t="n">
         <v>5.7</v>
       </c>
-      <c r="ZI11" s="15" t="n">
+      <c r="ZO11" s="15" t="n">
         <v>5.3</v>
       </c>
-      <c r="ZJ11" s="15" t="n">
+      <c r="ZP11" s="15" t="n">
         <v>5.5</v>
       </c>
-      <c r="ZK11" s="15" t="n">
+      <c r="ZQ11" s="15" t="n">
         <v>5.4</v>
       </c>
-      <c r="ZL11" s="15" t="n">
+      <c r="ZR11" s="15" t="n">
         <v>5.7</v>
       </c>
-      <c r="ZM11" s="15" t="n">
+      <c r="ZS11" s="15" t="n">
         <v>5.9</v>
       </c>
-      <c r="ZN11" s="15" t="n">
+      <c r="ZT11" s="15" t="n">
         <v>5.6</v>
       </c>
-      <c r="ZO11" s="15" t="n">
+      <c r="ZU11" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="ZP11" s="15" t="n">
+      <c r="ZV11" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="ZQ11" s="15" t="n">
+      <c r="ZW11" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="ZR11" s="15" t="n">
+      <c r="ZX11" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="ZS11" s="15" t="n">
+      <c r="ZY11" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="ZT11" s="15" t="n">
+      <c r="ZZ11" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="ZU11" s="15" t="n">
+      <c r="AAA11" s="15" t="n">
         <v>-3.5</v>
       </c>
-      <c r="ZV11" s="15" t="n">
+      <c r="AAB11" s="15" t="n">
         <v>-4.9</v>
       </c>
-      <c r="ZW11" s="15" t="n">
+      <c r="AAC11" s="15" t="n">
         <v>-4.5</v>
       </c>
-      <c r="ZX11" s="15" t="n">
+      <c r="AAD11" s="15" t="n">
         <v>-5.0</v>
       </c>
-      <c r="ZY11" s="15" t="n">
+      <c r="AAE11" s="15" t="n">
         <v>-4.2</v>
       </c>
-      <c r="ZZ11" s="15" t="n">
+      <c r="AAF11" s="15" t="n">
         <v>-3.8</v>
       </c>
-      <c r="AAA11" s="15" t="n">
+      <c r="AAG11" s="15" t="n">
         <v>-2.9</v>
       </c>
-      <c r="AAB11" s="15" t="n">
+      <c r="AAH11" s="15" t="n">
         <v>-2.4</v>
       </c>
-      <c r="AAC11" s="15" t="n">
+      <c r="AAI11" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="AAD11" s="15" t="n">
+      <c r="AAJ11" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="AAE11" s="15" t="n">
+      <c r="AAK11" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="AAF11" s="15" t="n">
+      <c r="AAL11" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="AAG11" s="15" t="n">
+      <c r="AAM11" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="AAH11" s="15" t="n">
+      <c r="AAN11" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="AAI11" s="15" t="n">
+      <c r="AAO11" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="AAJ11" s="15" t="n">
+      <c r="AAP11" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="AAK11" s="15" t="n">
+      <c r="AAQ11" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="AAL11" s="15" t="n">
+      <c r="AAR11" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="AAM11" s="15" t="n">
+      <c r="AAS11" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="AAN11" s="15" t="n">
+      <c r="AAT11" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="AAO11" s="15" t="n">
+      <c r="AAU11" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="AAP11" s="15" t="n">
+      <c r="AAV11" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="AAQ11" s="15" t="n">
+      <c r="AAW11" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="AAR11" s="15" t="n">
+      <c r="AAX11" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="AAS11" s="15" t="n">
+      <c r="AAY11" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="AAT11" s="15" t="n">
+      <c r="AAZ11" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="AAU11" s="15" t="n">
+      <c r="ABA11" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="AAV11" s="15" t="n">
+      <c r="ABB11" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="AAW11" s="15" t="n">
+      <c r="ABC11" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="AAX11" s="15" t="n">
+      <c r="ABD11" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="AAY11" s="15" t="n">
+      <c r="ABE11" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="AAZ11" s="15" t="n">
+      <c r="ABF11" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="ABA11" s="15" t="n">
+      <c r="ABG11" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="ABB11" s="15" t="n">
+      <c r="ABH11" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="ABC11" s="15" t="n">
+      <c r="ABI11" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="ABD11" s="15" t="n">
+      <c r="ABJ11" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="ABE11" s="15" t="n">
+      <c r="ABK11" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="ABF11" s="15" t="n">
+      <c r="ABL11" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="ABG11" s="15" t="n">
+      <c r="ABM11" s="15" t="n">
         <v>4.2</v>
-      </c>
-[...16 lines deleted...]
-        <v>4.3</v>
       </c>
       <c r="ABN11" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="ABO11" s="13" t="inlineStr">
+      <c r="ABO11" s="15" t="n">
+        <v>4.2</v>
+      </c>
+      <c r="ABP11" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="ABQ11" s="15" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="ABR11" s="15" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="ABS11" s="15" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="ABT11" s="15" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="ABU11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABP11" s="13" t="inlineStr">
+      <c r="ABV11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABQ11" s="13" t="inlineStr">
+      <c r="ABW11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABR11" s="13" t="inlineStr">
+      <c r="ABX11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABS11" s="13" t="inlineStr">
+      <c r="ABY11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABT11" s="13" t="inlineStr">
+      <c r="ABZ11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABU11" s="13" t="inlineStr">
+      <c r="ACA11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABV11" s="13" t="inlineStr">
+      <c r="ACB11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABW11" s="13" t="inlineStr">
+      <c r="ACC11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABX11" s="13" t="inlineStr">
+      <c r="ACD11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABY11" s="13" t="inlineStr">
+      <c r="ACE11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABZ11" s="13" t="inlineStr">
+      <c r="ACF11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ACA11" s="15" t="n">
+      <c r="ACG11" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="ACH11" s="15" t="n">
+        <v>-0.8</v>
+      </c>
+      <c r="ACI11" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="ACB11" s="15" t="n">
+      <c r="ACJ11" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="ACC11" s="15" t="n">
+      <c r="ACK11" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="ACD11" s="15" t="n">
+      <c r="ACL11" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="ACE11" s="15" t="n">
+      <c r="ACM11" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="ACF11" s="15" t="n">
+      <c r="ACN11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="ACG11" s="15" t="n">
+      <c r="ACO11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="ACH11" s="15" t="n">
+      <c r="ACP11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="ACI11" s="15" t="n">
+      <c r="ACQ11" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="ACJ11" s="15" t="n">
+      <c r="ACR11" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="ACK11" s="15" t="n">
+      <c r="ACS11" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="ACL11" s="15" t="n">
+      <c r="ACT11" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="ACM11" s="15" t="n">
+      <c r="ACU11" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="ACN11" s="15" t="n">
+      <c r="ACV11" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="ACO11" s="15" t="n">
+      <c r="ACW11" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="ACP11" s="15" t="n">
+      <c r="ACX11" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="ACQ11" s="15" t="n">
+      <c r="ACY11" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="ACR11" s="15" t="n">
+      <c r="ACZ11" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="ACS11" s="15" t="n">
+      <c r="ADA11" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="ACT11" s="15" t="n">
+      <c r="ADB11" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="ACU11" s="15" t="n">
+      <c r="ADC11" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="ACV11" s="15" t="n">
+      <c r="ADD11" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="ACW11" s="15" t="n">
+      <c r="ADE11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="ACX11" s="15" t="n">
+      <c r="ADF11" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="ACY11" s="15" t="n">
+      <c r="ADG11" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="ACZ11" s="15" t="n">
+      <c r="ADH11" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="ADA11" s="15" t="n">
+      <c r="ADI11" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="ADB11" s="15" t="n">
+      <c r="ADJ11" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="ADC11" s="15" t="n">
+      <c r="ADK11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="ADD11" s="15" t="n">
+      <c r="ADL11" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="ADE11" s="15" t="n">
+      <c r="ADM11" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="ADF11" s="15" t="n">
+      <c r="ADN11" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="ADG11" s="15" t="n">
+      <c r="ADO11" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="ADH11" s="15" t="n">
+      <c r="ADP11" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="ADI11" s="15" t="n">
+      <c r="ADQ11" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="ADJ11" s="15" t="n">
+      <c r="ADR11" s="15" t="n">
         <v>9.3</v>
       </c>
-      <c r="ADK11" s="15" t="n">
+      <c r="ADS11" s="15" t="n">
         <v>10.2</v>
       </c>
-      <c r="ADL11" s="15" t="n">
+      <c r="ADT11" s="15" t="n">
         <v>10.4</v>
       </c>
-      <c r="ADM11" s="15" t="n">
+      <c r="ADU11" s="15" t="n">
         <v>10.1</v>
       </c>
-      <c r="ADN11" s="15" t="n">
+      <c r="ADV11" s="15" t="n">
         <v>9.9</v>
       </c>
-      <c r="ADO11" s="15" t="n">
+      <c r="ADW11" s="15" t="n">
         <v>10.5</v>
       </c>
-      <c r="ADP11" s="15" t="n">
+      <c r="ADX11" s="15" t="n">
         <v>11.1</v>
       </c>
-      <c r="ADQ11" s="15" t="n">
+      <c r="ADY11" s="15" t="n">
         <v>10.0</v>
       </c>
-      <c r="ADR11" s="15" t="n">
+      <c r="ADZ11" s="15" t="n">
         <v>8.4</v>
       </c>
-      <c r="ADS11" s="15" t="n">
+      <c r="AEA11" s="15" t="n">
         <v>5.9</v>
       </c>
-      <c r="ADT11" s="15" t="n">
+      <c r="AEB11" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="ADU11" s="15" t="n">
+      <c r="AEC11" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="ADV11" s="15" t="n">
+      <c r="AED11" s="15" t="n">
         <v>10.7</v>
       </c>
-      <c r="ADW11" s="15" t="n">
+      <c r="AEE11" s="15" t="n">
         <v>10.6</v>
       </c>
-      <c r="ADX11" s="15" t="n">
+      <c r="AEF11" s="15" t="n">
         <v>9.6</v>
       </c>
-      <c r="ADY11" s="15" t="n">
+      <c r="AEG11" s="15" t="n">
         <v>8.3</v>
       </c>
-      <c r="ADZ11" s="15" t="n">
+      <c r="AEH11" s="15" t="n">
         <v>7.6</v>
       </c>
-      <c r="AEA11" s="15" t="n">
+      <c r="AEI11" s="15" t="n">
         <v>7.1</v>
       </c>
-      <c r="AEB11" s="15" t="n">
+      <c r="AEJ11" s="15" t="n">
         <v>5.5</v>
       </c>
-      <c r="AEC11" s="15" t="n">
+      <c r="AEK11" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="AED11" s="15" t="n">
+      <c r="AEL11" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="AEE11" s="15" t="n">
+      <c r="AEM11" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="AEF11" s="15" t="n">
+      <c r="AEN11" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="AEG11" s="15" t="n">
+      <c r="AEO11" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="AEH11" s="15" t="n">
+      <c r="AEP11" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="AEI11" s="15" t="n">
+      <c r="AEQ11" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="AEJ11" s="15" t="n">
+      <c r="AER11" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="AEK11" s="15" t="n">
+      <c r="AES11" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="AEL11" s="15" t="n">
+      <c r="AET11" s="15" t="n">
         <v>-1.7</v>
       </c>
-      <c r="AEM11" s="15" t="n">
+      <c r="AEU11" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="AEN11" s="15" t="n">
+      <c r="AEV11" s="15" t="n">
         <v>-2.2</v>
       </c>
-      <c r="AEO11" s="15" t="n">
+      <c r="AEW11" s="15" t="n">
         <v>-2.3</v>
       </c>
-      <c r="AEP11" s="15" t="n">
+      <c r="AEX11" s="15" t="n">
         <v>-2.2</v>
       </c>
-      <c r="AEQ11" s="15" t="n">
+      <c r="AEY11" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="AER11" s="15" t="n">
+      <c r="AEZ11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="AES11" s="15" t="n">
+      <c r="AFA11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="AET11" s="15" t="n">
+      <c r="AFB11" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="AEU11" s="15" t="n">
+      <c r="AFC11" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="AEV11" s="15" t="n">
+      <c r="AFD11" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="AEW11" s="15" t="n">
+      <c r="AFE11" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="AEX11" s="15" t="n">
+      <c r="AFF11" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="AEY11" s="15" t="n">
+      <c r="AFG11" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="AEZ11" s="15" t="n">
+      <c r="AFH11" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="AFA11" s="15" t="n">
+      <c r="AFI11" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="AFB11" s="15" t="n">
+      <c r="AFJ11" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="AFC11" s="15" t="n">
+      <c r="AFK11" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="AFD11" s="15" t="n">
+      <c r="AFL11" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="AFE11" s="15" t="n">
+      <c r="AFM11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="AFF11" s="15" t="n">
+      <c r="AFN11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="AFG11" s="15" t="n">
+      <c r="AFO11" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="AFH11" s="15" t="n">
+      <c r="AFP11" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="AFI11" s="15" t="n">
+      <c r="AFQ11" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="AFJ11" s="15" t="n">
+      <c r="AFR11" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="AFK11" s="15" t="n">
+      <c r="AFS11" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="AFL11" s="15" t="n">
+      <c r="AFT11" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="AFM11" s="15" t="n">
+      <c r="AFU11" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="AFN11" s="15" t="n">
+      <c r="AFV11" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="AFO11" s="15" t="n">
+      <c r="AFW11" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="AFP11" s="15" t="n">
+      <c r="AFX11" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="AFQ11" s="15" t="n">
+      <c r="AFY11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="AFR11" s="15" t="n">
+      <c r="AFZ11" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="AFS11" s="15" t="n">
+      <c r="AGA11" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="AFT11" s="15" t="n">
+      <c r="AGB11" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="AFU11" s="15" t="n">
+      <c r="AGC11" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="AFV11" s="15" t="n">
+      <c r="AGD11" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="AFW11" s="15" t="n">
+      <c r="AGE11" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="AFX11" s="15" t="n">
+      <c r="AGF11" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="AFY11" s="15" t="n">
+      <c r="AGG11" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="AFZ11" s="15" t="n">
+      <c r="AGH11" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="AGA11" s="15" t="n">
+      <c r="AGI11" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="AGB11" s="15" t="n">
+      <c r="AGJ11" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="AGC11" s="15" t="n">
+      <c r="AGK11" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="AGD11" s="15" t="n">
+      <c r="AGL11" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="AGE11" s="15" t="n">
+      <c r="AGM11" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="AGF11" s="15" t="n">
+      <c r="AGN11" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="AGG11" s="15" t="n">
+      <c r="AGO11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="AGH11" s="15" t="n">
+      <c r="AGP11" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="AGI11" s="15" t="n">
+      <c r="AGQ11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="AGJ11" s="15" t="n">
+      <c r="AGR11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="AGK11" s="15" t="n">
+      <c r="AGS11" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="AGL11" s="15" t="n">
+      <c r="AGT11" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="AGM11" s="15" t="n">
+      <c r="AGU11" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="AGN11" s="15" t="n">
+      <c r="AGV11" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="AGO11" s="15" t="n">
+      <c r="AGW11" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="AGP11" s="15" t="n">
+      <c r="AGX11" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="AGQ11" s="15" t="n">
+      <c r="AGY11" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="AGR11" s="15" t="n">
+      <c r="AGZ11" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="AGS11" s="15" t="n">
+      <c r="AHA11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="AGT11" s="15" t="n">
+      <c r="AHB11" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="AGU11" s="15" t="n">
+      <c r="AHC11" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="AGV11" s="15" t="n">
+      <c r="AHD11" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="AGW11" s="15" t="n">
+      <c r="AHE11" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="AGX11" s="15" t="n">
+      <c r="AHF11" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="AGY11" s="15" t="n">
+      <c r="AHG11" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="AGZ11" s="15" t="n">
+      <c r="AHH11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="AHA11" s="15" t="n">
+      <c r="AHI11" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="AHB11" s="15" t="n">
+      <c r="AHJ11" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="AHC11" s="15" t="n">
+      <c r="AHK11" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="AHD11" s="15" t="n">
+      <c r="AHL11" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="AHE11" s="15" t="n">
+      <c r="AHM11" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="AHF11" s="15" t="n">
+      <c r="AHN11" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="AHG11" s="15" t="n">
+      <c r="AHO11" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="AHH11" s="15" t="n">
+      <c r="AHP11" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="AHI11" s="15" t="n">
+      <c r="AHQ11" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="AHJ11" s="15" t="n">
+      <c r="AHR11" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="AHK11" s="15" t="n">
+      <c r="AHS11" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="AHL11" s="15" t="n">
+      <c r="AHT11" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="AHM11" s="15" t="n">
+      <c r="AHU11" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="AHN11" s="15" t="n">
+      <c r="AHV11" s="15" t="n">
         <v>-2.1</v>
       </c>
-      <c r="AHO11" s="15" t="n">
+      <c r="AHW11" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="AHP11" s="15" t="n">
+      <c r="AHX11" s="15" t="n">
         <v>-1.7</v>
       </c>
-      <c r="AHQ11" s="15" t="n">
+      <c r="AHY11" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="AHR11" s="15" t="n">
+      <c r="AHZ11" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="AHS11" s="15" t="n">
+      <c r="AIA11" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="AHT11" s="15" t="n">
+      <c r="AIB11" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="AHU11" s="15" t="n">
+      <c r="AIC11" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="AHV11" s="15" t="n">
+      <c r="AID11" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="AHW11" s="15" t="n">
+      <c r="AIE11" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="AHX11" s="15" t="n">
+      <c r="AIF11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="AHY11" s="15" t="n">
+      <c r="AIG11" s="15" t="n">
         <v>-0.3</v>
-      </c>
-[...22 lines deleted...]
-        <v>1.9</v>
       </c>
       <c r="AIH11" s="15" t="n">
         <v>1.9</v>
       </c>
       <c r="AII11" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="AIJ11" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="AIK11" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="AIL11" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="AIM11" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="AIN11" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="AIO11" s="15" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="AIP11" s="15" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="AIQ11" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="AIJ11" s="15" t="n">
+      <c r="AIR11" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="AIK11" s="15" t="n">
+      <c r="AIS11" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="AIL11" s="15" t="n">
+      <c r="AIT11" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="AIM11" s="15" t="n">
+      <c r="AIU11" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="AIN11" s="15" t="n">
+      <c r="AIV11" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="AIO11" s="15" t="n">
+      <c r="AIW11" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="AIP11" s="15" t="n">
+      <c r="AIX11" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="AIQ11" s="15" t="n">
+      <c r="AIY11" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="AIR11" s="15" t="n">
+      <c r="AIZ11" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="AIS11" s="15" t="n">
+      <c r="AJA11" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="AIT11" s="15" t="n">
+      <c r="AJB11" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="AIU11" s="15" t="n">
+      <c r="AJC11" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="AIV11" s="15" t="n">
+      <c r="AJD11" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="AIW11" s="15" t="n">
+      <c r="AJE11" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="AIX11" s="15" t="n">
+      <c r="AJF11" s="15" t="n">
         <v>6.5</v>
       </c>
-      <c r="AIY11" s="15" t="n">
+      <c r="AJG11" s="15" t="n">
         <v>5.6</v>
       </c>
-      <c r="AIZ11" s="15" t="n">
+      <c r="AJH11" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="AJA11" s="15" t="n">
+      <c r="AJI11" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="AJB11" s="15" t="n">
+      <c r="AJJ11" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="AJC11" s="15" t="n">
+      <c r="AJK11" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="AJD11" s="15" t="n">
+      <c r="AJL11" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="AJE11" s="15" t="n">
+      <c r="AJM11" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="AJF11" s="15" t="n">
+      <c r="AJN11" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="AJG11" s="15" t="n">
+      <c r="AJO11" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="AJH11" s="15" t="n">
+      <c r="AJP11" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="AJI11" s="15" t="n">
+      <c r="AJQ11" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="AJJ11" s="15" t="n">
+      <c r="AJR11" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="AJK11" s="15" t="n">
+      <c r="AJS11" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="AJL11" s="15" t="n">
+      <c r="AJT11" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="AJM11" s="15" t="n">
+      <c r="AJU11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="AJN11" s="15" t="n">
+      <c r="AJV11" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="AJO11" s="15" t="n">
+      <c r="AJW11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="AJP11" s="15" t="n">
+      <c r="AJX11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="AJQ11" s="15" t="n">
+      <c r="AJY11" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="AJR11" s="15" t="n">
+      <c r="AJZ11" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="AJS11" s="15" t="n">
+      <c r="AKA11" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="AJT11" s="15" t="n">
+      <c r="AKB11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="AJU11" s="15" t="n">
+      <c r="AKC11" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="AJV11" s="15" t="n">
+      <c r="AKD11" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="AJW11" s="15" t="n">
+      <c r="AKE11" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="AJX11" s="15" t="n">
+      <c r="AKF11" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="AJY11" s="15" t="n">
+      <c r="AKG11" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="AJZ11" s="15" t="n">
+      <c r="AKH11" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="AKA11" s="15" t="n">
+      <c r="AKI11" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="AKB11" s="15" t="n">
+      <c r="AKJ11" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="AKC11" s="15" t="n">
+      <c r="AKK11" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="AKD11" s="15" t="n">
+      <c r="AKL11" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="AKE11" s="15" t="n">
+      <c r="AKM11" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="AKF11" s="15" t="n">
+      <c r="AKN11" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="AKG11" s="15" t="n">
+      <c r="AKO11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="AKH11" s="15" t="n">
+      <c r="AKP11" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="AKI11" s="15" t="n">
+      <c r="AKQ11" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="AKJ11" s="15" t="n">
+      <c r="AKR11" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="AKK11" s="15" t="n">
+      <c r="AKS11" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="AKL11" s="15" t="n">
+      <c r="AKT11" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="AKM11" s="15" t="n">
+      <c r="AKU11" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="AKN11" s="15" t="n">
+      <c r="AKV11" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="AKO11" s="15" t="n">
+      <c r="AKW11" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="AKP11" s="15" t="n">
+      <c r="AKX11" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="AKQ11" s="15" t="n">
+      <c r="AKY11" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="AKR11" s="15" t="n">
+      <c r="AKZ11" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="AKS11" s="15" t="n">
+      <c r="ALA11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="AKT11" s="15" t="n">
+      <c r="ALB11" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="AKU11" s="15" t="n">
+      <c r="ALC11" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="AKV11" s="15" t="n">
+      <c r="ALD11" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="AKW11" s="15" t="n">
+      <c r="ALE11" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="AKX11" s="15" t="n">
+      <c r="ALF11" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="AKY11" s="15" t="n">
+      <c r="ALG11" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="AKZ11" s="15" t="n">
+      <c r="ALH11" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="ALA11" s="15" t="n">
+      <c r="ALI11" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="ALB11" s="15" t="n">
+      <c r="ALJ11" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="ALC11" s="15" t="n">
+      <c r="ALK11" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="ALD11" s="15" t="n">
+      <c r="ALL11" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="ALE11" s="15" t="n">
+      <c r="ALM11" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="ALF11" s="13" t="inlineStr">
+      <c r="ALN11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALG11" s="13" t="inlineStr">
+      <c r="ALO11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALH11" s="13" t="inlineStr">
+      <c r="ALP11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALI11" s="13" t="inlineStr">
+      <c r="ALQ11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALJ11" s="13" t="inlineStr">
+      <c r="ALR11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALK11" s="13" t="inlineStr">
+      <c r="ALS11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALL11" s="13" t="inlineStr">
+      <c r="ALT11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALM11" s="13" t="inlineStr">
+      <c r="ALU11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALN11" s="13" t="inlineStr">
+      <c r="ALV11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALO11" s="13" t="inlineStr">
+      <c r="ALW11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALP11" s="13" t="inlineStr">
+      <c r="ALX11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALQ11" s="13" t="inlineStr">
+      <c r="ALY11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    D Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="B12" s="14" t="n">
+        <v>95.59</v>
+      </c>
+      <c r="C12" s="14" t="n">
+        <v>88.324</v>
+      </c>
+      <c r="D12" s="14" t="n">
         <v>81.756</v>
       </c>
-      <c r="C12" s="14" t="n">
+      <c r="E12" s="14" t="n">
         <v>88.628</v>
       </c>
-      <c r="D12" s="14" t="n">
+      <c r="F12" s="14" t="n">
         <v>80.101</v>
       </c>
-      <c r="E12" s="14" t="n">
+      <c r="G12" s="14" t="n">
         <v>86.8</v>
       </c>
-      <c r="F12" s="14" t="n">
+      <c r="H12" s="14" t="n">
         <v>88.969</v>
       </c>
-      <c r="G12" s="14" t="n">
+      <c r="I12" s="14" t="n">
         <v>84.562</v>
       </c>
-      <c r="H12" s="14" t="n">
+      <c r="J12" s="14" t="n">
         <v>59.891</v>
       </c>
-      <c r="I12" s="14" t="n">
+      <c r="K12" s="14" t="n">
         <v>65.765</v>
       </c>
-      <c r="J12" s="14" t="n">
+      <c r="L12" s="14" t="n">
         <v>91.486</v>
       </c>
-      <c r="K12" s="14" t="n">
+      <c r="M12" s="14" t="n">
         <v>124.419</v>
       </c>
-      <c r="L12" s="14" t="n">
+      <c r="N12" s="14" t="n">
         <v>115.929</v>
       </c>
-      <c r="M12" s="14" t="n">
+      <c r="O12" s="14" t="n">
         <v>114.622</v>
       </c>
-      <c r="N12" s="14" t="n">
+      <c r="P12" s="14" t="n">
         <v>111.289</v>
       </c>
-      <c r="O12" s="14" t="n">
+      <c r="Q12" s="14" t="n">
         <v>90.879</v>
       </c>
-      <c r="P12" s="14" t="n">
+      <c r="R12" s="14" t="n">
         <v>89.86</v>
       </c>
-      <c r="Q12" s="14" t="n">
+      <c r="S12" s="14" t="n">
         <v>94.496</v>
       </c>
-      <c r="R12" s="14" t="n">
+      <c r="T12" s="14" t="n">
         <v>79.576</v>
       </c>
-      <c r="S12" s="14" t="n">
+      <c r="U12" s="14" t="n">
         <v>68.884</v>
       </c>
-      <c r="T12" s="14" t="n">
+      <c r="V12" s="14" t="n">
         <v>55.79</v>
       </c>
-      <c r="U12" s="14" t="n">
+      <c r="W12" s="14" t="n">
         <v>46.46</v>
       </c>
-      <c r="V12" s="14" t="n">
+      <c r="X12" s="14" t="n">
         <v>53.565</v>
       </c>
-      <c r="W12" s="14" t="n">
+      <c r="Y12" s="14" t="n">
         <v>64.075</v>
       </c>
-      <c r="X12" s="14" t="n">
+      <c r="Z12" s="14" t="n">
         <v>81.978</v>
       </c>
-      <c r="Y12" s="14" t="n">
+      <c r="AA12" s="14" t="n">
         <v>84.851</v>
       </c>
-      <c r="Z12" s="14" t="n">
+      <c r="AB12" s="14" t="n">
         <v>79.599</v>
       </c>
-      <c r="AA12" s="14" t="n">
+      <c r="AC12" s="14" t="n">
         <v>93.951</v>
       </c>
-      <c r="AB12" s="14" t="n">
+      <c r="AD12" s="14" t="n">
         <v>103.769</v>
       </c>
-      <c r="AC12" s="14" t="n">
+      <c r="AE12" s="14" t="n">
         <v>88.822</v>
       </c>
-      <c r="AD12" s="14" t="n">
+      <c r="AF12" s="14" t="n">
         <v>84.101</v>
       </c>
-      <c r="AE12" s="14" t="n">
+      <c r="AG12" s="14" t="n">
         <v>85.632</v>
       </c>
-      <c r="AF12" s="14" t="n">
+      <c r="AH12" s="14" t="n">
         <v>79.11</v>
       </c>
-      <c r="AG12" s="14" t="n">
+      <c r="AI12" s="14" t="n">
         <v>89.072</v>
       </c>
-      <c r="AH12" s="14" t="n">
+      <c r="AJ12" s="14" t="n">
         <v>95.398</v>
       </c>
-      <c r="AI12" s="14" t="n">
+      <c r="AK12" s="14" t="n">
         <v>117.545</v>
       </c>
-      <c r="AJ12" s="14" t="n">
+      <c r="AL12" s="14" t="n">
         <v>94.514</v>
       </c>
-      <c r="AK12" s="14" t="n">
+      <c r="AM12" s="14" t="n">
         <v>146.109</v>
       </c>
-      <c r="AL12" s="14" t="n">
+      <c r="AN12" s="14" t="n">
         <v>125.866</v>
       </c>
-      <c r="AM12" s="14" t="n">
+      <c r="AO12" s="14" t="n">
         <v>148.034</v>
       </c>
-      <c r="AN12" s="14" t="n">
+      <c r="AP12" s="14" t="n">
         <v>213.857</v>
       </c>
-      <c r="AO12" s="14" t="n">
+      <c r="AQ12" s="14" t="n">
         <v>216.864</v>
       </c>
-      <c r="AP12" s="14" t="n">
+      <c r="AR12" s="14" t="n">
         <v>169.985</v>
       </c>
-      <c r="AQ12" s="14" t="n">
+      <c r="AS12" s="14" t="n">
         <v>162.882</v>
       </c>
-      <c r="AR12" s="14" t="n">
+      <c r="AT12" s="14" t="n">
         <v>162.1</v>
       </c>
-      <c r="AS12" s="14" t="n">
+      <c r="AU12" s="14" t="n">
         <v>177.074</v>
       </c>
-      <c r="AT12" s="14" t="n">
+      <c r="AV12" s="14" t="n">
         <v>227.264</v>
       </c>
-      <c r="AU12" s="14" t="n">
+      <c r="AW12" s="14" t="n">
         <v>174.003</v>
       </c>
-      <c r="AV12" s="14" t="n">
+      <c r="AX12" s="14" t="n">
         <v>177.445</v>
       </c>
-      <c r="AW12" s="14" t="n">
+      <c r="AY12" s="14" t="n">
         <v>194.425</v>
       </c>
-      <c r="AX12" s="14" t="n">
+      <c r="AZ12" s="14" t="n">
         <v>156.111</v>
       </c>
-      <c r="AY12" s="14" t="n">
+      <c r="BA12" s="14" t="n">
         <v>159.233</v>
       </c>
-      <c r="AZ12" s="14" t="n">
+      <c r="BB12" s="14" t="n">
         <v>124.626</v>
       </c>
-      <c r="BA12" s="14" t="n">
+      <c r="BC12" s="14" t="n">
         <v>93.117</v>
       </c>
-      <c r="BB12" s="14" t="n">
+      <c r="BD12" s="14" t="n">
         <v>85.436</v>
       </c>
-      <c r="BC12" s="14" t="n">
+      <c r="BE12" s="14" t="n">
         <v>77.33</v>
       </c>
-      <c r="BD12" s="14" t="n">
+      <c r="BF12" s="14" t="n">
         <v>69.319</v>
       </c>
-      <c r="BE12" s="14" t="n">
+      <c r="BG12" s="14" t="n">
         <v>66.067</v>
       </c>
-      <c r="BF12" s="14" t="n">
+      <c r="BH12" s="14" t="n">
         <v>57.289</v>
       </c>
-      <c r="BG12" s="14" t="n">
+      <c r="BI12" s="14" t="n">
         <v>50.784</v>
       </c>
-      <c r="BH12" s="14" t="n">
+      <c r="BJ12" s="14" t="n">
         <v>66.263</v>
       </c>
-      <c r="BI12" s="14" t="n">
+      <c r="BK12" s="14" t="n">
         <v>54.753</v>
       </c>
-      <c r="BJ12" s="14" t="n">
+      <c r="BL12" s="14" t="n">
         <v>50.761</v>
       </c>
-      <c r="BK12" s="14" t="n">
+      <c r="BM12" s="14" t="n">
         <v>49.3</v>
       </c>
-      <c r="BL12" s="14" t="n">
+      <c r="BN12" s="14" t="n">
         <v>50.015</v>
       </c>
-      <c r="BM12" s="14" t="n">
+      <c r="BO12" s="14" t="n">
         <v>43.303</v>
       </c>
-      <c r="BN12" s="14" t="n">
+      <c r="BP12" s="14" t="n">
         <v>39.938</v>
       </c>
-      <c r="BO12" s="14" t="n">
+      <c r="BQ12" s="14" t="n">
         <v>38.266</v>
       </c>
-      <c r="BP12" s="14" t="n">
+      <c r="BR12" s="14" t="n">
         <v>30.231</v>
       </c>
-      <c r="BQ12" s="14" t="n">
+      <c r="BS12" s="14" t="n">
         <v>30.129</v>
       </c>
-      <c r="BR12" s="14" t="n">
+      <c r="BT12" s="14" t="n">
         <v>39.227</v>
       </c>
-      <c r="BS12" s="14" t="n">
+      <c r="BU12" s="14" t="n">
         <v>45.418</v>
       </c>
-      <c r="BT12" s="14" t="n">
+      <c r="BV12" s="14" t="n">
         <v>51.001</v>
       </c>
-      <c r="BU12" s="14" t="n">
+      <c r="BW12" s="14" t="n">
         <v>50.311</v>
       </c>
-      <c r="BV12" s="14" t="n">
+      <c r="BX12" s="14" t="n">
         <v>56.242</v>
       </c>
-      <c r="BW12" s="14" t="n">
+      <c r="BY12" s="14" t="n">
         <v>55.908</v>
       </c>
-      <c r="BX12" s="14" t="n">
+      <c r="BZ12" s="14" t="n">
         <v>53.191</v>
       </c>
-      <c r="BY12" s="14" t="n">
+      <c r="CA12" s="14" t="n">
         <v>55.77</v>
       </c>
-      <c r="BZ12" s="14" t="n">
+      <c r="CB12" s="14" t="n">
         <v>60.001</v>
       </c>
-      <c r="CA12" s="14" t="n">
+      <c r="CC12" s="14" t="n">
         <v>56.591</v>
       </c>
-      <c r="CB12" s="14" t="n">
+      <c r="CD12" s="14" t="n">
         <v>60.121</v>
       </c>
-      <c r="CC12" s="14" t="n">
+      <c r="CE12" s="14" t="n">
         <v>64.822</v>
       </c>
-      <c r="CD12" s="14" t="n">
+      <c r="CF12" s="14" t="n">
         <v>64.579</v>
       </c>
-      <c r="CE12" s="14" t="n">
+      <c r="CG12" s="14" t="n">
         <v>69.318</v>
       </c>
-      <c r="CF12" s="14" t="n">
+      <c r="CH12" s="14" t="n">
         <v>77.965</v>
       </c>
-      <c r="CG12" s="14" t="n">
+      <c r="CI12" s="14" t="n">
         <v>75.678</v>
       </c>
-      <c r="CH12" s="14" t="n">
+      <c r="CJ12" s="14" t="n">
         <v>80.381</v>
       </c>
-      <c r="CI12" s="14" t="n">
+      <c r="CK12" s="14" t="n">
         <v>80.415</v>
       </c>
-      <c r="CJ12" s="14" t="n">
+      <c r="CL12" s="14" t="n">
         <v>83.828</v>
       </c>
-      <c r="CK12" s="14" t="n">
+      <c r="CM12" s="14" t="n">
         <v>77.638</v>
       </c>
-      <c r="CL12" s="14" t="n">
+      <c r="CN12" s="14" t="n">
         <v>74.923</v>
       </c>
-      <c r="CM12" s="14" t="n">
+      <c r="CO12" s="14" t="n">
         <v>71.549</v>
       </c>
-      <c r="CN12" s="14" t="n">
+      <c r="CP12" s="14" t="n">
         <v>64.071</v>
       </c>
-      <c r="CO12" s="14" t="n">
+      <c r="CQ12" s="14" t="n">
         <v>57.298</v>
       </c>
-      <c r="CP12" s="14" t="n">
+      <c r="CR12" s="14" t="n">
         <v>59.486</v>
       </c>
-      <c r="CQ12" s="14" t="n">
+      <c r="CS12" s="14" t="n">
         <v>70.053</v>
       </c>
-      <c r="CR12" s="14" t="n">
+      <c r="CT12" s="14" t="n">
         <v>73.194</v>
       </c>
-      <c r="CS12" s="14" t="n">
+      <c r="CU12" s="14" t="n">
         <v>75.004</v>
       </c>
-      <c r="CT12" s="14" t="n">
+      <c r="CV12" s="14" t="n">
         <v>76.3</v>
       </c>
-      <c r="CU12" s="14" t="n">
+      <c r="CW12" s="14" t="n">
         <v>66.181</v>
       </c>
-      <c r="CV12" s="14" t="n">
+      <c r="CX12" s="14" t="n">
         <v>61.123</v>
       </c>
-      <c r="CW12" s="14" t="n">
+      <c r="CY12" s="14" t="n">
         <v>58.188</v>
       </c>
-      <c r="CX12" s="14" t="n">
+      <c r="CZ12" s="14" t="n">
         <v>63.093</v>
       </c>
-      <c r="CY12" s="14" t="n">
+      <c r="DA12" s="14" t="n">
         <v>64.182</v>
       </c>
-      <c r="CZ12" s="14" t="n">
+      <c r="DB12" s="14" t="n">
         <v>59.955</v>
       </c>
-      <c r="DA12" s="14" t="n">
+      <c r="DC12" s="14" t="n">
         <v>58.224</v>
       </c>
-      <c r="DB12" s="14" t="n">
+      <c r="DD12" s="14" t="n">
         <v>57.274</v>
       </c>
-      <c r="DC12" s="14" t="n">
+      <c r="DE12" s="14" t="n">
         <v>68.002</v>
       </c>
-      <c r="DD12" s="14" t="n">
+      <c r="DF12" s="14" t="n">
         <v>87.599</v>
       </c>
-      <c r="DE12" s="14" t="n">
+      <c r="DG12" s="14" t="n">
         <v>77.674</v>
       </c>
-      <c r="DF12" s="14" t="n">
+      <c r="DH12" s="14" t="n">
         <v>73.42</v>
       </c>
-      <c r="DG12" s="14" t="n">
+      <c r="DI12" s="14" t="n">
         <v>67.755</v>
       </c>
-      <c r="DH12" s="14" t="n">
+      <c r="DJ12" s="14" t="n">
         <v>55.262</v>
       </c>
-      <c r="DI12" s="14" t="n">
+      <c r="DK12" s="14" t="n">
         <v>53.981</v>
       </c>
-      <c r="DJ12" s="14" t="n">
+      <c r="DL12" s="14" t="n">
         <v>52.188</v>
       </c>
-      <c r="DK12" s="14" t="n">
+      <c r="DM12" s="14" t="n">
         <v>50.086</v>
       </c>
-      <c r="DL12" s="14" t="n">
+      <c r="DN12" s="14" t="n">
         <v>34.314</v>
       </c>
-      <c r="DM12" s="14" t="n">
+      <c r="DO12" s="14" t="n">
         <v>32.789</v>
       </c>
-      <c r="DN12" s="14" t="n">
+      <c r="DP12" s="14" t="n">
         <v>36.998</v>
       </c>
-      <c r="DO12" s="14" t="n">
+      <c r="DQ12" s="14" t="n">
         <v>36.459</v>
       </c>
-      <c r="DP12" s="14" t="n">
+      <c r="DR12" s="14" t="n">
         <v>46.904</v>
       </c>
-      <c r="DQ12" s="14" t="n">
+      <c r="DS12" s="14" t="n">
         <v>60.329</v>
       </c>
-      <c r="DR12" s="14" t="n">
+      <c r="DT12" s="14" t="n">
         <v>59.401</v>
       </c>
-      <c r="DS12" s="14" t="n">
+      <c r="DU12" s="14" t="n">
         <v>58.041</v>
       </c>
-      <c r="DT12" s="14" t="n">
+      <c r="DV12" s="14" t="n">
         <v>60.312</v>
       </c>
-      <c r="DU12" s="14" t="n">
+      <c r="DW12" s="14" t="n">
         <v>62.334</v>
       </c>
-      <c r="DV12" s="14" t="n">
+      <c r="DX12" s="14" t="n">
         <v>66.797</v>
       </c>
-      <c r="DW12" s="14" t="n">
+      <c r="DY12" s="14" t="n">
         <v>62.275</v>
       </c>
-      <c r="DX12" s="14" t="n">
+      <c r="DZ12" s="14" t="n">
         <v>51.836</v>
       </c>
-      <c r="DY12" s="14" t="n">
+      <c r="EA12" s="14" t="n">
         <v>54.06</v>
       </c>
-      <c r="DZ12" s="14" t="n">
+      <c r="EB12" s="14" t="n">
         <v>51.921</v>
       </c>
-      <c r="EA12" s="14" t="n">
+      <c r="EC12" s="14" t="n">
         <v>54.009</v>
       </c>
-      <c r="EB12" s="14" t="n">
+      <c r="ED12" s="14" t="n">
         <v>64.163</v>
       </c>
-      <c r="EC12" s="14" t="n">
+      <c r="EE12" s="14" t="n">
         <v>60.522</v>
       </c>
-      <c r="ED12" s="14" t="n">
+      <c r="EF12" s="14" t="n">
         <v>59.441</v>
       </c>
-      <c r="EE12" s="14" t="n">
+      <c r="EG12" s="14" t="n">
         <v>67.734</v>
       </c>
-      <c r="EF12" s="14" t="n">
+      <c r="EH12" s="14" t="n">
         <v>72.542</v>
       </c>
-      <c r="EG12" s="14" t="n">
+      <c r="EI12" s="14" t="n">
         <v>59.918</v>
       </c>
-      <c r="EH12" s="14" t="n">
+      <c r="EJ12" s="14" t="n">
         <v>57.938</v>
       </c>
-      <c r="EI12" s="14" t="n">
+      <c r="EK12" s="14" t="n">
         <v>60.663</v>
       </c>
-      <c r="EJ12" s="14" t="n">
+      <c r="EL12" s="14" t="n">
         <v>51.939</v>
       </c>
-      <c r="EK12" s="14" t="n">
+      <c r="EM12" s="14" t="n">
         <v>37.945</v>
       </c>
-      <c r="EL12" s="14" t="n">
+      <c r="EN12" s="14" t="n">
         <v>39.552</v>
       </c>
-      <c r="EM12" s="14" t="n">
+      <c r="EO12" s="14" t="n">
         <v>29.233</v>
       </c>
-      <c r="EN12" s="14" t="n">
+      <c r="EP12" s="14" t="n">
         <v>49.031</v>
       </c>
-      <c r="EO12" s="14" t="n">
+      <c r="EQ12" s="14" t="n">
         <v>67.374</v>
       </c>
-      <c r="EP12" s="14" t="n">
+      <c r="ER12" s="14" t="n">
         <v>54.148</v>
       </c>
-      <c r="EQ12" s="14" t="n">
+      <c r="ES12" s="14" t="n">
         <v>64.57</v>
       </c>
-      <c r="ER12" s="14" t="n">
+      <c r="ET12" s="14" t="n">
         <v>62.956</v>
       </c>
-      <c r="ES12" s="14" t="n">
+      <c r="EU12" s="14" t="n">
         <v>61.939</v>
       </c>
-      <c r="ET12" s="14" t="n">
+      <c r="EV12" s="14" t="n">
         <v>67.184</v>
       </c>
-      <c r="EU12" s="14" t="n">
+      <c r="EW12" s="14" t="n">
         <v>53.676</v>
       </c>
-      <c r="EV12" s="14" t="n">
+      <c r="EX12" s="14" t="n">
         <v>56.988</v>
       </c>
-      <c r="EW12" s="14" t="n">
+      <c r="EY12" s="14" t="n">
         <v>66.923</v>
       </c>
-      <c r="EX12" s="14" t="n">
+      <c r="EZ12" s="14" t="n">
         <v>85.819</v>
       </c>
-      <c r="EY12" s="14" t="n">
+      <c r="FA12" s="14" t="n">
         <v>120.781</v>
       </c>
-      <c r="EZ12" s="14" t="n">
+      <c r="FB12" s="14" t="n">
         <v>121.249</v>
       </c>
-      <c r="FA12" s="14" t="n">
+      <c r="FC12" s="14" t="n">
         <v>105.663</v>
       </c>
-      <c r="FB12" s="14" t="n">
+      <c r="FD12" s="14" t="n">
         <v>106.708</v>
       </c>
-      <c r="FC12" s="14" t="n">
+      <c r="FE12" s="14" t="n">
         <v>113.847</v>
       </c>
-      <c r="FD12" s="14" t="n">
+      <c r="FF12" s="14" t="n">
         <v>106.629</v>
       </c>
-      <c r="FE12" s="14" t="n">
+      <c r="FG12" s="14" t="n">
         <v>112.527</v>
       </c>
-      <c r="FF12" s="14" t="n">
+      <c r="FH12" s="14" t="n">
         <v>122.796</v>
       </c>
-      <c r="FG12" s="14" t="n">
+      <c r="FI12" s="14" t="n">
         <v>120.034</v>
       </c>
-      <c r="FH12" s="14" t="n">
+      <c r="FJ12" s="14" t="n">
         <v>116.428</v>
       </c>
-      <c r="FI12" s="14" t="n">
+      <c r="FK12" s="14" t="n">
         <v>109.901</v>
       </c>
-      <c r="FJ12" s="14" t="n">
+      <c r="FL12" s="14" t="n">
         <v>114.083</v>
       </c>
-      <c r="FK12" s="14" t="n">
+      <c r="FM12" s="14" t="n">
         <v>118.515</v>
       </c>
-      <c r="FL12" s="14" t="n">
+      <c r="FN12" s="14" t="n">
         <v>114.942</v>
       </c>
-      <c r="FM12" s="14" t="n">
+      <c r="FO12" s="14" t="n">
         <v>107.805</v>
       </c>
-      <c r="FN12" s="14" t="n">
+      <c r="FP12" s="14" t="n">
         <v>109.785</v>
       </c>
-      <c r="FO12" s="14" t="n">
+      <c r="FQ12" s="14" t="n">
         <v>115.714</v>
       </c>
-      <c r="FP12" s="14" t="n">
+      <c r="FR12" s="14" t="n">
         <v>107.172</v>
       </c>
-      <c r="FQ12" s="14" t="n">
+      <c r="FS12" s="14" t="n">
         <v>112.301</v>
       </c>
-      <c r="FR12" s="14" t="n">
+      <c r="FT12" s="14" t="n">
         <v>116.276</v>
       </c>
-      <c r="FS12" s="14" t="n">
+      <c r="FU12" s="14" t="n">
         <v>115.412</v>
       </c>
-      <c r="FT12" s="14" t="n">
+      <c r="FV12" s="14" t="n">
         <v>104.34</v>
       </c>
-      <c r="FU12" s="14" t="n">
+      <c r="FW12" s="14" t="n">
         <v>106.089</v>
       </c>
-      <c r="FV12" s="14" t="n">
+      <c r="FX12" s="14" t="n">
         <v>107.333</v>
       </c>
-      <c r="FW12" s="14" t="n">
+      <c r="FY12" s="14" t="n">
         <v>114.76</v>
       </c>
-      <c r="FX12" s="14" t="n">
+      <c r="FZ12" s="14" t="n">
         <v>111.655</v>
       </c>
-      <c r="FY12" s="14" t="n">
+      <c r="GA12" s="14" t="n">
         <v>114.595</v>
       </c>
-      <c r="FZ12" s="14" t="n">
+      <c r="GB12" s="14" t="n">
         <v>101.622</v>
       </c>
-      <c r="GA12" s="14" t="n">
+      <c r="GC12" s="14" t="n">
         <v>98.592</v>
       </c>
-      <c r="GB12" s="14" t="n">
+      <c r="GD12" s="14" t="n">
         <v>108.249</v>
       </c>
-      <c r="GC12" s="14" t="n">
+      <c r="GE12" s="14" t="n">
         <v>92.463</v>
       </c>
-      <c r="GD12" s="14" t="n">
+      <c r="GF12" s="14" t="n">
         <v>109.297</v>
       </c>
-      <c r="GE12" s="14" t="n">
+      <c r="GG12" s="14" t="n">
         <v>104.837</v>
       </c>
-      <c r="GF12" s="14" t="n">
+      <c r="GH12" s="14" t="n">
         <v>94.172</v>
       </c>
-      <c r="GG12" s="14" t="n">
+      <c r="GI12" s="14" t="n">
         <v>89.637</v>
       </c>
-      <c r="GH12" s="14" t="n">
+      <c r="GJ12" s="14" t="n">
         <v>93.335</v>
       </c>
-      <c r="GI12" s="14" t="n">
+      <c r="GK12" s="14" t="n">
         <v>100.851</v>
       </c>
-      <c r="GJ12" s="14" t="n">
+      <c r="GL12" s="14" t="n">
         <v>102.357</v>
       </c>
-      <c r="GK12" s="14" t="n">
+      <c r="GM12" s="14" t="n">
         <v>93.991</v>
       </c>
-      <c r="GL12" s="14" t="n">
+      <c r="GN12" s="14" t="n">
         <v>97.503</v>
       </c>
-      <c r="GM12" s="14" t="n">
+      <c r="GO12" s="14" t="n">
         <v>98.535</v>
       </c>
-      <c r="GN12" s="14" t="n">
+      <c r="GP12" s="14" t="n">
         <v>98.019</v>
       </c>
-      <c r="GO12" s="14" t="n">
+      <c r="GQ12" s="14" t="n">
         <v>92.751</v>
       </c>
-      <c r="GP12" s="14" t="n">
+      <c r="GR12" s="14" t="n">
         <v>95.024</v>
       </c>
-      <c r="GQ12" s="14" t="n">
+      <c r="GS12" s="14" t="n">
         <v>94.817</v>
       </c>
-      <c r="GR12" s="14" t="n">
+      <c r="GT12" s="14" t="n">
         <v>95.747</v>
       </c>
-      <c r="GS12" s="14" t="n">
+      <c r="GU12" s="14" t="n">
         <v>95.643</v>
       </c>
-      <c r="GT12" s="14" t="n">
+      <c r="GV12" s="14" t="n">
         <v>102.357</v>
       </c>
-      <c r="GU12" s="14" t="n">
+      <c r="GW12" s="14" t="n">
         <v>109.38</v>
       </c>
-      <c r="GV12" s="14" t="n">
+      <c r="GX12" s="14" t="n">
         <v>120.845</v>
       </c>
-      <c r="GW12" s="14" t="n">
+      <c r="GY12" s="14" t="n">
         <v>122.808</v>
       </c>
-      <c r="GX12" s="14" t="n">
+      <c r="GZ12" s="14" t="n">
         <v>134.273</v>
       </c>
-      <c r="GY12" s="14" t="n">
+      <c r="HA12" s="14" t="n">
         <v>137.991</v>
       </c>
-      <c r="GZ12" s="14" t="n">
+      <c r="HB12" s="14" t="n">
         <v>135.202</v>
       </c>
-      <c r="HA12" s="14" t="n">
+      <c r="HC12" s="14" t="n">
         <v>127.662</v>
       </c>
-      <c r="HB12" s="14" t="n">
+      <c r="HD12" s="14" t="n">
         <v>129.728</v>
       </c>
-      <c r="HC12" s="14" t="n">
+      <c r="HE12" s="14" t="n">
         <v>117.127</v>
       </c>
-      <c r="HD12" s="14" t="n">
+      <c r="HF12" s="14" t="n">
         <v>107.934</v>
       </c>
-      <c r="HE12" s="14" t="n">
+      <c r="HG12" s="14" t="n">
         <v>113.719</v>
       </c>
-      <c r="HF12" s="14" t="n">
+      <c r="HH12" s="14" t="n">
         <v>112.273</v>
       </c>
-      <c r="HG12" s="14" t="n">
+      <c r="HI12" s="14" t="n">
         <v>123.427</v>
       </c>
-      <c r="HH12" s="14" t="n">
+      <c r="HJ12" s="14" t="n">
         <v>124.254</v>
       </c>
-      <c r="HI12" s="14" t="n">
+      <c r="HK12" s="14" t="n">
         <v>111.549</v>
       </c>
-      <c r="HJ12" s="14" t="n">
+      <c r="HL12" s="14" t="n">
         <v>101.841</v>
       </c>
-      <c r="HK12" s="14" t="n">
+      <c r="HM12" s="14" t="n">
         <v>94.507</v>
       </c>
-      <c r="HL12" s="14" t="n">
+      <c r="HN12" s="14" t="n">
         <v>86.038</v>
       </c>
-      <c r="HM12" s="14" t="n">
+      <c r="HO12" s="14" t="n">
         <v>82.733</v>
       </c>
-      <c r="HN12" s="14" t="n">
+      <c r="HP12" s="14" t="n">
         <v>85.211</v>
       </c>
-      <c r="HO12" s="14" t="n">
+      <c r="HQ12" s="14" t="n">
         <v>88.826</v>
       </c>
-      <c r="HP12" s="14" t="n">
+      <c r="HR12" s="14" t="n">
         <v>86.451</v>
       </c>
-      <c r="HQ12" s="14" t="n">
+      <c r="HS12" s="14" t="n">
         <v>84.282</v>
       </c>
-      <c r="HR12" s="14" t="n">
+      <c r="HT12" s="14" t="n">
         <v>74.47</v>
       </c>
-      <c r="HS12" s="14" t="n">
+      <c r="HU12" s="14" t="n">
         <v>87.794</v>
       </c>
-      <c r="HT12" s="14" t="n">
+      <c r="HV12" s="14" t="n">
         <v>96.263</v>
       </c>
-      <c r="HU12" s="14" t="n">
+      <c r="HW12" s="14" t="n">
         <v>91.099</v>
       </c>
-      <c r="HV12" s="14" t="n">
+      <c r="HX12" s="14" t="n">
         <v>89.549</v>
       </c>
-      <c r="HW12" s="14" t="n">
+      <c r="HY12" s="14" t="n">
         <v>94.404</v>
       </c>
-      <c r="HX12" s="14" t="n">
+      <c r="HZ12" s="14" t="n">
         <v>98.329</v>
       </c>
-      <c r="HY12" s="14" t="n">
+      <c r="IA12" s="14" t="n">
         <v>105.146</v>
       </c>
-      <c r="HZ12" s="14" t="n">
+      <c r="IB12" s="14" t="n">
         <v>99.981</v>
       </c>
-      <c r="IA12" s="14" t="n">
+      <c r="IC12" s="14" t="n">
         <v>96.78</v>
       </c>
-      <c r="IB12" s="14" t="n">
+      <c r="ID12" s="14" t="n">
         <v>101.531</v>
       </c>
-      <c r="IC12" s="14" t="n">
+      <c r="IE12" s="14" t="n">
         <v>107.315</v>
       </c>
-      <c r="ID12" s="14" t="n">
+      <c r="IF12" s="14" t="n">
         <v>132.104</v>
       </c>
-      <c r="IE12" s="14" t="n">
+      <c r="IG12" s="14" t="n">
         <v>141.399</v>
       </c>
-      <c r="IF12" s="14" t="n">
+      <c r="IH12" s="14" t="n">
         <v>131.69</v>
       </c>
-      <c r="IG12" s="14" t="n">
+      <c r="II12" s="14" t="n">
         <v>130.348</v>
       </c>
-      <c r="IH12" s="14" t="n">
+      <c r="IJ12" s="14" t="n">
         <v>113.409</v>
       </c>
-      <c r="II12" s="14" t="n">
+      <c r="IK12" s="14" t="n">
         <v>103.906</v>
       </c>
-      <c r="IJ12" s="14" t="n">
+      <c r="IL12" s="14" t="n">
         <v>111.549</v>
       </c>
-      <c r="IK12" s="14" t="n">
+      <c r="IM12" s="14" t="n">
         <v>102.977</v>
       </c>
-      <c r="IL12" s="14" t="n">
+      <c r="IN12" s="14" t="n">
         <v>117.747</v>
       </c>
-      <c r="IM12" s="14" t="n">
+      <c r="IO12" s="14" t="n">
         <v>103.906</v>
       </c>
-      <c r="IN12" s="14" t="n">
+      <c r="IP12" s="14" t="n">
         <v>88.0</v>
       </c>
-      <c r="IO12" s="14" t="n">
+      <c r="IQ12" s="14" t="n">
         <v>102.46</v>
       </c>
-      <c r="IP12" s="14" t="n">
+      <c r="IR12" s="14" t="n">
         <v>100.601</v>
       </c>
-      <c r="IQ12" s="14" t="n">
+      <c r="IS12" s="14" t="n">
         <v>86.554</v>
       </c>
-      <c r="IR12" s="14" t="n">
+      <c r="IT12" s="14" t="n">
         <v>77.981</v>
       </c>
-      <c r="IS12" s="15" t="n">
+      <c r="IU12" s="15" t="n">
+        <v>8.2</v>
+      </c>
+      <c r="IV12" s="15" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="IW12" s="15" t="n">
         <v>-7.8</v>
       </c>
-      <c r="IT12" s="15" t="n">
+      <c r="IX12" s="15" t="n">
         <v>10.6</v>
       </c>
-      <c r="IU12" s="15" t="n">
+      <c r="IY12" s="15" t="n">
         <v>-7.7</v>
       </c>
-      <c r="IV12" s="15" t="n">
+      <c r="IZ12" s="15" t="n">
         <v>-2.4</v>
       </c>
-      <c r="IW12" s="15" t="n">
+      <c r="JA12" s="15" t="n">
         <v>5.2</v>
       </c>
-      <c r="IX12" s="15" t="n">
+      <c r="JB12" s="15" t="n">
         <v>41.2</v>
       </c>
-      <c r="IY12" s="15" t="n">
+      <c r="JC12" s="15" t="n">
         <v>-8.9</v>
       </c>
-      <c r="IZ12" s="15" t="n">
+      <c r="JD12" s="15" t="n">
         <v>-28.1</v>
       </c>
-      <c r="JA12" s="15" t="n">
+      <c r="JE12" s="15" t="n">
         <v>-26.5</v>
       </c>
-      <c r="JB12" s="15" t="n">
+      <c r="JF12" s="15" t="n">
         <v>7.3</v>
       </c>
-      <c r="JC12" s="15" t="n">
+      <c r="JG12" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="JD12" s="15" t="n">
+      <c r="JH12" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="JE12" s="15" t="n">
+      <c r="JI12" s="15" t="n">
         <v>22.5</v>
       </c>
-      <c r="JF12" s="15" t="n">
+      <c r="JJ12" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="JG12" s="15" t="n">
+      <c r="JK12" s="15" t="n">
         <v>-4.9</v>
       </c>
-      <c r="JH12" s="15" t="n">
+      <c r="JL12" s="15" t="n">
         <v>18.7</v>
       </c>
-      <c r="JI12" s="15" t="n">
+      <c r="JM12" s="15" t="n">
         <v>15.5</v>
       </c>
-      <c r="JJ12" s="15" t="n">
+      <c r="JN12" s="15" t="n">
         <v>23.5</v>
       </c>
-      <c r="JK12" s="15" t="n">
+      <c r="JO12" s="15" t="n">
         <v>20.1</v>
       </c>
-      <c r="JL12" s="15" t="n">
+      <c r="JP12" s="15" t="n">
         <v>-13.3</v>
       </c>
-      <c r="JM12" s="15" t="n">
+      <c r="JQ12" s="15" t="n">
         <v>-16.4</v>
       </c>
-      <c r="JN12" s="15" t="n">
+      <c r="JR12" s="15" t="n">
         <v>-21.8</v>
       </c>
-      <c r="JO12" s="15" t="n">
+      <c r="JS12" s="15" t="n">
         <v>-3.4</v>
       </c>
-      <c r="JP12" s="15" t="n">
+      <c r="JT12" s="15" t="n">
         <v>6.6</v>
       </c>
-      <c r="JQ12" s="15" t="n">
+      <c r="JU12" s="15" t="n">
         <v>-15.3</v>
       </c>
-      <c r="JR12" s="15" t="n">
+      <c r="JV12" s="15" t="n">
         <v>-9.5</v>
       </c>
-      <c r="JS12" s="15" t="n">
+      <c r="JW12" s="15" t="n">
         <v>16.8</v>
       </c>
-      <c r="JT12" s="15" t="n">
+      <c r="JX12" s="15" t="n">
         <v>5.6</v>
       </c>
-      <c r="JU12" s="15" t="n">
+      <c r="JY12" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="JV12" s="15" t="n">
+      <c r="JZ12" s="15" t="n">
         <v>8.2</v>
       </c>
-      <c r="JW12" s="15" t="n">
+      <c r="KA12" s="15" t="n">
         <v>-11.2</v>
       </c>
-      <c r="JX12" s="15" t="n">
+      <c r="KB12" s="15" t="n">
         <v>-6.6</v>
       </c>
-      <c r="JY12" s="15" t="n">
+      <c r="KC12" s="15" t="n">
         <v>-18.8</v>
       </c>
-      <c r="JZ12" s="15" t="n">
+      <c r="KD12" s="15" t="n">
         <v>24.4</v>
       </c>
-      <c r="KA12" s="15" t="n">
+      <c r="KE12" s="15" t="n">
         <v>-35.3</v>
       </c>
-      <c r="KB12" s="15" t="n">
+      <c r="KF12" s="15" t="n">
         <v>16.1</v>
       </c>
-      <c r="KC12" s="15" t="n">
+      <c r="KG12" s="15" t="n">
         <v>-15.0</v>
       </c>
-      <c r="KD12" s="15" t="n">
+      <c r="KH12" s="15" t="n">
         <v>-30.8</v>
       </c>
-      <c r="KE12" s="15" t="n">
+      <c r="KI12" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="KF12" s="15" t="n">
+      <c r="KJ12" s="15" t="n">
         <v>27.6</v>
       </c>
-      <c r="KG12" s="15" t="n">
+      <c r="KK12" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="KH12" s="15" t="n">
+      <c r="KL12" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="KI12" s="15" t="n">
+      <c r="KM12" s="15" t="n">
         <v>-8.5</v>
       </c>
-      <c r="KJ12" s="15" t="n">
+      <c r="KN12" s="15" t="n">
         <v>-22.1</v>
       </c>
-      <c r="KK12" s="15" t="n">
+      <c r="KO12" s="15" t="n">
         <v>30.6</v>
       </c>
-      <c r="KL12" s="15" t="n">
+      <c r="KP12" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="KM12" s="15" t="n">
+      <c r="KQ12" s="15" t="n">
         <v>-8.7</v>
       </c>
-      <c r="KN12" s="15" t="n">
+      <c r="KR12" s="15" t="n">
         <v>24.5</v>
       </c>
-      <c r="KO12" s="15" t="n">
+      <c r="KS12" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="KP12" s="15" t="n">
+      <c r="KT12" s="15" t="n">
         <v>27.8</v>
       </c>
-      <c r="KQ12" s="15" t="n">
+      <c r="KU12" s="15" t="n">
         <v>33.8</v>
       </c>
-      <c r="KR12" s="15" t="n">
+      <c r="KV12" s="15" t="n">
         <v>9.0</v>
       </c>
-      <c r="KS12" s="15" t="n">
+      <c r="KW12" s="15" t="n">
         <v>10.5</v>
       </c>
-      <c r="KT12" s="15" t="n">
+      <c r="KX12" s="15" t="n">
         <v>11.6</v>
       </c>
-      <c r="KU12" s="15" t="n">
+      <c r="KY12" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="KV12" s="15" t="n">
+      <c r="KZ12" s="15" t="n">
         <v>15.3</v>
       </c>
-      <c r="KW12" s="15" t="n">
+      <c r="LA12" s="15" t="n">
         <v>12.8</v>
       </c>
-      <c r="KX12" s="15" t="n">
+      <c r="LB12" s="15" t="n">
         <v>-23.4</v>
       </c>
-      <c r="KY12" s="15" t="n">
+      <c r="LC12" s="15" t="n">
         <v>21.0</v>
       </c>
-      <c r="KZ12" s="15" t="n">
+      <c r="LD12" s="15" t="n">
         <v>7.9</v>
       </c>
-      <c r="LA12" s="15" t="n">
+      <c r="LE12" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="LB12" s="15" t="n">
+      <c r="LF12" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="LC12" s="15" t="n">
+      <c r="LG12" s="15" t="n">
         <v>15.5</v>
       </c>
-      <c r="LD12" s="15" t="n">
+      <c r="LH12" s="15" t="n">
         <v>8.4</v>
       </c>
-      <c r="LE12" s="15" t="n">
+      <c r="LI12" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="LF12" s="15" t="n">
+      <c r="LJ12" s="15" t="n">
         <v>26.6</v>
       </c>
-      <c r="LG12" s="15" t="n">
+      <c r="LK12" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="LH12" s="15" t="n">
+      <c r="LL12" s="15" t="n">
         <v>-23.2</v>
       </c>
-      <c r="LI12" s="15" t="n">
+      <c r="LM12" s="15" t="n">
         <v>-13.6</v>
       </c>
-      <c r="LJ12" s="15" t="n">
+      <c r="LN12" s="15" t="n">
         <v>-10.9</v>
       </c>
-      <c r="LK12" s="15" t="n">
+      <c r="LO12" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="LL12" s="15" t="n">
+      <c r="LP12" s="15" t="n">
         <v>-10.5</v>
       </c>
-      <c r="LM12" s="15" t="n">
+      <c r="LQ12" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="LN12" s="15" t="n">
+      <c r="LR12" s="15" t="n">
         <v>5.1</v>
       </c>
-      <c r="LO12" s="15" t="n">
+      <c r="LS12" s="15" t="n">
         <v>-4.6</v>
       </c>
-      <c r="LP12" s="15" t="n">
+      <c r="LT12" s="15" t="n">
         <v>-7.1</v>
       </c>
-      <c r="LQ12" s="15" t="n">
+      <c r="LU12" s="15" t="n">
         <v>6.0</v>
       </c>
-      <c r="LR12" s="15" t="n">
+      <c r="LV12" s="15" t="n">
         <v>-5.9</v>
       </c>
-      <c r="LS12" s="15" t="n">
+      <c r="LW12" s="15" t="n">
         <v>-7.3</v>
       </c>
-      <c r="LT12" s="15" t="n">
+      <c r="LX12" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="LU12" s="15" t="n">
+      <c r="LY12" s="15" t="n">
         <v>-6.8</v>
       </c>
-      <c r="LV12" s="15" t="n">
+      <c r="LZ12" s="15" t="n">
         <v>-11.1</v>
       </c>
-      <c r="LW12" s="15" t="n">
+      <c r="MA12" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="LX12" s="15" t="n">
+      <c r="MB12" s="15" t="n">
         <v>-5.9</v>
       </c>
-      <c r="LY12" s="15" t="n">
+      <c r="MC12" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="LZ12" s="15" t="n">
+      <c r="MD12" s="15" t="n">
         <v>-4.1</v>
       </c>
-      <c r="MA12" s="15" t="n">
+      <c r="ME12" s="15" t="n">
         <v>8.0</v>
       </c>
-      <c r="MB12" s="15" t="n">
+      <c r="MF12" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="MC12" s="15" t="n">
+      <c r="MG12" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="MD12" s="15" t="n">
+      <c r="MH12" s="15" t="n">
         <v>11.7</v>
       </c>
-      <c r="ME12" s="15" t="n">
+      <c r="MI12" s="15" t="n">
         <v>11.8</v>
       </c>
-      <c r="MF12" s="15" t="n">
+      <c r="MJ12" s="15" t="n">
         <v>-3.7</v>
       </c>
-      <c r="MG12" s="15" t="n">
+      <c r="MK12" s="15" t="n">
         <v>-15.1</v>
       </c>
-      <c r="MH12" s="15" t="n">
+      <c r="ML12" s="15" t="n">
         <v>-4.3</v>
       </c>
-      <c r="MI12" s="15" t="n">
+      <c r="MM12" s="15" t="n">
         <v>-2.4</v>
       </c>
-      <c r="MJ12" s="15" t="n">
+      <c r="MN12" s="15" t="n">
         <v>-1.7</v>
       </c>
-      <c r="MK12" s="15" t="n">
+      <c r="MO12" s="15" t="n">
         <v>15.3</v>
       </c>
-      <c r="ML12" s="15" t="n">
+      <c r="MP12" s="15" t="n">
         <v>8.3</v>
       </c>
-      <c r="MM12" s="15" t="n">
+      <c r="MQ12" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="MN12" s="15" t="n">
+      <c r="MR12" s="15" t="n">
         <v>-7.8</v>
       </c>
-      <c r="MO12" s="15" t="n">
+      <c r="MS12" s="15" t="n">
         <v>-1.7</v>
       </c>
-      <c r="MP12" s="15" t="n">
+      <c r="MT12" s="15" t="n">
         <v>7.0</v>
       </c>
-      <c r="MQ12" s="15" t="n">
+      <c r="MU12" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="MR12" s="15" t="n">
+      <c r="MV12" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="MS12" s="15" t="n">
+      <c r="MW12" s="15" t="n">
         <v>-15.8</v>
       </c>
-      <c r="MT12" s="15" t="n">
+      <c r="MX12" s="15" t="n">
         <v>-22.4</v>
       </c>
-      <c r="MU12" s="15" t="n">
+      <c r="MY12" s="15" t="n">
         <v>12.8</v>
       </c>
-      <c r="MV12" s="15" t="n">
+      <c r="MZ12" s="15" t="n">
         <v>5.8</v>
       </c>
-      <c r="MW12" s="15" t="n">
+      <c r="NA12" s="15" t="n">
         <v>8.4</v>
       </c>
-      <c r="MX12" s="15" t="n">
+      <c r="NB12" s="15" t="n">
         <v>22.6</v>
       </c>
-      <c r="MY12" s="15" t="n">
+      <c r="NC12" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="MZ12" s="15" t="n">
+      <c r="ND12" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="NA12" s="15" t="n">
+      <c r="NE12" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="NB12" s="15" t="n">
+      <c r="NF12" s="15" t="n">
         <v>46.0</v>
       </c>
-      <c r="NC12" s="15" t="n">
+      <c r="NG12" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="ND12" s="15" t="n">
+      <c r="NH12" s="15" t="n">
         <v>-11.4</v>
       </c>
-      <c r="NE12" s="15" t="n">
+      <c r="NI12" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="NF12" s="15" t="n">
+      <c r="NJ12" s="15" t="n">
         <v>-22.3</v>
       </c>
-      <c r="NG12" s="15" t="n">
+      <c r="NK12" s="15" t="n">
         <v>-22.3</v>
       </c>
-      <c r="NH12" s="15" t="n">
+      <c r="NL12" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="NI12" s="15" t="n">
+      <c r="NM12" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="NJ12" s="15" t="n">
+      <c r="NN12" s="15" t="n">
         <v>-3.8</v>
       </c>
-      <c r="NK12" s="15" t="n">
+      <c r="NO12" s="15" t="n">
         <v>-3.2</v>
       </c>
-      <c r="NL12" s="15" t="n">
+      <c r="NP12" s="15" t="n">
         <v>-6.7</v>
       </c>
-      <c r="NM12" s="15" t="n">
+      <c r="NQ12" s="15" t="n">
         <v>7.3</v>
       </c>
-      <c r="NN12" s="15" t="n">
+      <c r="NR12" s="15" t="n">
         <v>20.1</v>
       </c>
-      <c r="NO12" s="15" t="n">
+      <c r="NS12" s="15" t="n">
         <v>-4.1</v>
       </c>
-      <c r="NP12" s="15" t="n">
+      <c r="NT12" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="NQ12" s="15" t="n">
+      <c r="NU12" s="15" t="n">
         <v>-3.9</v>
       </c>
-      <c r="NR12" s="15" t="n">
+      <c r="NV12" s="15" t="n">
         <v>-15.8</v>
       </c>
-      <c r="NS12" s="15" t="n">
+      <c r="NW12" s="15" t="n">
         <v>6.0</v>
       </c>
-      <c r="NT12" s="15" t="n">
+      <c r="NX12" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="NU12" s="15" t="n">
+      <c r="NY12" s="15" t="n">
         <v>-12.2</v>
       </c>
-      <c r="NV12" s="15" t="n">
+      <c r="NZ12" s="15" t="n">
         <v>-6.6</v>
       </c>
-      <c r="NW12" s="15" t="n">
+      <c r="OA12" s="15" t="n">
         <v>21.1</v>
       </c>
-      <c r="NX12" s="15" t="n">
+      <c r="OB12" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="NY12" s="15" t="n">
+      <c r="OC12" s="15" t="n">
         <v>-4.5</v>
       </c>
-      <c r="NZ12" s="15" t="n">
+      <c r="OD12" s="15" t="n">
         <v>16.8</v>
       </c>
-      <c r="OA12" s="15" t="n">
+      <c r="OE12" s="15" t="n">
         <v>36.9</v>
       </c>
-      <c r="OB12" s="15" t="n">
+      <c r="OF12" s="15" t="n">
         <v>-4.1</v>
       </c>
-      <c r="OC12" s="15" t="n">
+      <c r="OG12" s="15" t="n">
         <v>35.3</v>
       </c>
-      <c r="OD12" s="15" t="n">
+      <c r="OH12" s="15" t="n">
         <v>-40.4</v>
       </c>
-      <c r="OE12" s="15" t="n">
+      <c r="OI12" s="15" t="n">
         <v>-27.2</v>
       </c>
-      <c r="OF12" s="15" t="n">
+      <c r="OJ12" s="15" t="n">
         <v>24.4</v>
       </c>
-      <c r="OG12" s="15" t="n">
+      <c r="OK12" s="15" t="n">
         <v>-16.1</v>
       </c>
-      <c r="OH12" s="15" t="n">
+      <c r="OL12" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="OI12" s="15" t="n">
+      <c r="OM12" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="OJ12" s="15" t="n">
+      <c r="ON12" s="15" t="n">
         <v>-7.8</v>
       </c>
-      <c r="OK12" s="15" t="n">
+      <c r="OO12" s="15" t="n">
         <v>25.2</v>
       </c>
-      <c r="OL12" s="15" t="n">
+      <c r="OP12" s="15" t="n">
         <v>-5.8</v>
       </c>
-      <c r="OM12" s="15" t="n">
+      <c r="OQ12" s="15" t="n">
         <v>-14.8</v>
       </c>
-      <c r="ON12" s="15" t="n">
+      <c r="OR12" s="15" t="n">
         <v>-22.0</v>
       </c>
-      <c r="OO12" s="15" t="n">
+      <c r="OS12" s="15" t="n">
         <v>-28.9</v>
       </c>
-      <c r="OP12" s="15" t="n">
+      <c r="OT12" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="OQ12" s="15" t="n">
+      <c r="OU12" s="15" t="n">
         <v>14.8</v>
       </c>
-      <c r="OR12" s="15" t="n">
+      <c r="OV12" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="OS12" s="15" t="n">
+      <c r="OW12" s="15" t="n">
         <v>-6.3</v>
       </c>
-      <c r="OT12" s="15" t="n">
+      <c r="OX12" s="15" t="n">
         <v>6.8</v>
       </c>
-      <c r="OU12" s="15" t="n">
+      <c r="OY12" s="15" t="n">
         <v>-5.2</v>
       </c>
-      <c r="OV12" s="15" t="n">
+      <c r="OZ12" s="15" t="n">
         <v>-8.4</v>
       </c>
-      <c r="OW12" s="15" t="n">
+      <c r="PA12" s="15" t="n">
         <v>2.3</v>
-      </c>
-[...10 lines deleted...]
-        <v>-3.7</v>
       </c>
       <c r="PB12" s="15" t="n">
         <v>3.1</v>
       </c>
       <c r="PC12" s="15" t="n">
+        <v>5.9</v>
+      </c>
+      <c r="PD12" s="15" t="n">
+        <v>-3.7</v>
+      </c>
+      <c r="PE12" s="15" t="n">
+        <v>-3.7</v>
+      </c>
+      <c r="PF12" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="PG12" s="15" t="n">
         <v>6.6</v>
       </c>
-      <c r="PD12" s="15" t="n">
+      <c r="PH12" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="PE12" s="15" t="n">
+      <c r="PI12" s="15" t="n">
         <v>-5.1</v>
       </c>
-      <c r="PF12" s="15" t="n">
+      <c r="PJ12" s="15" t="n">
         <v>8.0</v>
       </c>
-      <c r="PG12" s="15" t="n">
+      <c r="PK12" s="15" t="n">
         <v>-4.6</v>
       </c>
-      <c r="PH12" s="15" t="n">
+      <c r="PL12" s="15" t="n">
         <v>-3.4</v>
       </c>
-      <c r="PI12" s="15" t="n">
+      <c r="PM12" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="PJ12" s="15" t="n">
+      <c r="PN12" s="15" t="n">
         <v>10.6</v>
       </c>
-      <c r="PK12" s="15" t="n">
+      <c r="PO12" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="PL12" s="15" t="n">
+      <c r="PP12" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="PM12" s="15" t="n">
+      <c r="PQ12" s="15" t="n">
         <v>-6.5</v>
       </c>
-      <c r="PN12" s="15" t="n">
+      <c r="PR12" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="PO12" s="15" t="n">
+      <c r="PS12" s="15" t="n">
         <v>-2.6</v>
       </c>
-      <c r="PP12" s="15" t="n">
+      <c r="PT12" s="15" t="n">
         <v>12.8</v>
       </c>
-      <c r="PQ12" s="15" t="n">
+      <c r="PU12" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="PR12" s="15" t="n">
+      <c r="PV12" s="15" t="n">
         <v>-8.9</v>
       </c>
-      <c r="PS12" s="15" t="n">
+      <c r="PW12" s="15" t="n">
         <v>17.1</v>
       </c>
-      <c r="PT12" s="15" t="n">
+      <c r="PX12" s="15" t="n">
         <v>-15.4</v>
       </c>
-      <c r="PU12" s="15" t="n">
+      <c r="PY12" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="PV12" s="15" t="n">
+      <c r="PZ12" s="15" t="n">
         <v>11.3</v>
       </c>
-      <c r="PW12" s="15" t="n">
+      <c r="QA12" s="15" t="n">
         <v>5.1</v>
       </c>
-      <c r="PX12" s="15" t="n">
+      <c r="QB12" s="15" t="n">
         <v>-4.0</v>
       </c>
-      <c r="PY12" s="15" t="n">
+      <c r="QC12" s="15" t="n">
         <v>-7.5</v>
       </c>
-      <c r="PZ12" s="15" t="n">
+      <c r="QD12" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="QA12" s="15" t="n">
+      <c r="QE12" s="15" t="n">
         <v>8.9</v>
       </c>
-      <c r="QB12" s="15" t="n">
+      <c r="QF12" s="15" t="n">
         <v>-3.6</v>
       </c>
-      <c r="QC12" s="15" t="n">
+      <c r="QG12" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="QD12" s="15" t="n">
+      <c r="QH12" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="QE12" s="15" t="n">
+      <c r="QI12" s="15" t="n">
         <v>5.7</v>
       </c>
-      <c r="QF12" s="15" t="n">
+      <c r="QJ12" s="15" t="n">
         <v>-2.4</v>
       </c>
-      <c r="QG12" s="15" t="n">
+      <c r="QK12" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="QH12" s="15" t="n">
+      <c r="QL12" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="QI12" s="15" t="n">
+      <c r="QM12" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="QJ12" s="15" t="n">
+      <c r="QN12" s="15" t="n">
         <v>-6.6</v>
       </c>
-      <c r="QK12" s="15" t="n">
+      <c r="QO12" s="15" t="n">
         <v>-6.4</v>
       </c>
-      <c r="QL12" s="15" t="n">
+      <c r="QP12" s="15" t="n">
         <v>-9.5</v>
       </c>
-      <c r="QM12" s="15" t="n">
+      <c r="QQ12" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="QN12" s="15" t="n">
+      <c r="QR12" s="15" t="n">
         <v>-8.5</v>
       </c>
-      <c r="QO12" s="15" t="n">
+      <c r="QS12" s="15" t="n">
         <v>-2.7</v>
       </c>
-      <c r="QP12" s="15" t="n">
+      <c r="QT12" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="QQ12" s="15" t="n">
+      <c r="QU12" s="15" t="n">
         <v>5.9</v>
       </c>
-      <c r="QR12" s="15" t="n">
+      <c r="QV12" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="QS12" s="15" t="n">
+      <c r="QW12" s="15" t="n">
         <v>10.8</v>
       </c>
-      <c r="QT12" s="15" t="n">
+      <c r="QX12" s="15" t="n">
         <v>8.5</v>
       </c>
-      <c r="QU12" s="15" t="n">
+      <c r="QY12" s="15" t="n">
         <v>-5.1</v>
       </c>
-      <c r="QV12" s="15" t="n">
+      <c r="QZ12" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="QW12" s="15" t="n">
+      <c r="RA12" s="15" t="n">
         <v>-9.0</v>
       </c>
-      <c r="QX12" s="15" t="n">
+      <c r="RB12" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="QY12" s="15" t="n">
+      <c r="RC12" s="15" t="n">
         <v>11.4</v>
       </c>
-      <c r="QZ12" s="15" t="n">
+      <c r="RD12" s="15" t="n">
         <v>9.5</v>
       </c>
-      <c r="RA12" s="15" t="n">
+      <c r="RE12" s="15" t="n">
         <v>7.8</v>
       </c>
-      <c r="RB12" s="15" t="n">
+      <c r="RF12" s="15" t="n">
         <v>9.8</v>
       </c>
-      <c r="RC12" s="15" t="n">
+      <c r="RG12" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="RD12" s="15" t="n">
+      <c r="RH12" s="15" t="n">
         <v>-2.9</v>
       </c>
-      <c r="RE12" s="15" t="n">
+      <c r="RI12" s="15" t="n">
         <v>-4.1</v>
       </c>
-      <c r="RF12" s="15" t="n">
+      <c r="RJ12" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="RG12" s="15" t="n">
+      <c r="RK12" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="RH12" s="15" t="n">
+      <c r="RL12" s="15" t="n">
         <v>13.2</v>
       </c>
-      <c r="RI12" s="15" t="n">
+      <c r="RM12" s="15" t="n">
         <v>-15.2</v>
       </c>
-      <c r="RJ12" s="15" t="n">
+      <c r="RN12" s="15" t="n">
         <v>-8.8</v>
       </c>
-      <c r="RK12" s="15" t="n">
+      <c r="RO12" s="15" t="n">
         <v>5.7</v>
       </c>
-      <c r="RL12" s="15" t="n">
+      <c r="RP12" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="RM12" s="15" t="n">
+      <c r="RQ12" s="15" t="n">
         <v>-5.1</v>
       </c>
-      <c r="RN12" s="15" t="n">
+      <c r="RR12" s="15" t="n">
         <v>-4.0</v>
       </c>
-      <c r="RO12" s="15" t="n">
+      <c r="RS12" s="15" t="n">
         <v>-6.5</v>
       </c>
-      <c r="RP12" s="15" t="n">
+      <c r="RT12" s="15" t="n">
         <v>5.2</v>
       </c>
-      <c r="RQ12" s="15" t="n">
+      <c r="RU12" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="RR12" s="15" t="n">
+      <c r="RV12" s="15" t="n">
         <v>-4.7</v>
       </c>
-      <c r="RS12" s="15" t="n">
+      <c r="RW12" s="15" t="n">
         <v>-5.4</v>
       </c>
-      <c r="RT12" s="15" t="n">
+      <c r="RX12" s="15" t="n">
         <v>-18.8</v>
       </c>
-      <c r="RU12" s="15" t="n">
+      <c r="RY12" s="15" t="n">
         <v>-6.6</v>
       </c>
-      <c r="RV12" s="15" t="n">
+      <c r="RZ12" s="15" t="n">
         <v>7.4</v>
       </c>
-      <c r="RW12" s="15" t="n">
+      <c r="SA12" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="RX12" s="15" t="n">
+      <c r="SB12" s="15" t="n">
         <v>14.9</v>
       </c>
-      <c r="RY12" s="15" t="n">
+      <c r="SC12" s="15" t="n">
         <v>9.1</v>
       </c>
-      <c r="RZ12" s="15" t="n">
+      <c r="SD12" s="15" t="n">
         <v>-6.9</v>
       </c>
-      <c r="SA12" s="15" t="n">
+      <c r="SE12" s="15" t="n">
         <v>8.3</v>
       </c>
-      <c r="SB12" s="15" t="n">
+      <c r="SF12" s="15" t="n">
         <v>-12.5</v>
       </c>
-      <c r="SC12" s="15" t="n">
+      <c r="SG12" s="15" t="n">
         <v>13.3</v>
       </c>
-      <c r="SD12" s="15" t="n">
+      <c r="SH12" s="15" t="n">
         <v>18.1</v>
       </c>
-      <c r="SE12" s="15" t="n">
+      <c r="SI12" s="15" t="n">
         <v>-14.1</v>
       </c>
-      <c r="SF12" s="15" t="n">
+      <c r="SJ12" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="SG12" s="15" t="n">
+      <c r="SK12" s="15" t="n">
         <v>16.2</v>
       </c>
-      <c r="SH12" s="15" t="n">
+      <c r="SL12" s="15" t="n">
         <v>11.0</v>
       </c>
-      <c r="SI12" s="13" t="inlineStr">
+      <c r="SM12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="SJ12" s="15" t="n">
+      <c r="SN12" s="15" t="n">
+        <v>-17.5</v>
+      </c>
+      <c r="SO12" s="15" t="n">
+        <v>-22.9</v>
+      </c>
+      <c r="SP12" s="15" t="n">
         <v>-26.5</v>
       </c>
-      <c r="SK12" s="15" t="n">
+      <c r="SQ12" s="15" t="n">
         <v>-2.5</v>
       </c>
-      <c r="SL12" s="15" t="n">
+      <c r="SR12" s="15" t="n">
         <v>-10.9</v>
       </c>
-      <c r="SM12" s="15" t="n">
+      <c r="SS12" s="15" t="n">
         <v>-8.1</v>
       </c>
-      <c r="SN12" s="15" t="n">
+      <c r="ST12" s="15" t="n">
         <v>11.8</v>
       </c>
-      <c r="SO12" s="15" t="n">
+      <c r="SU12" s="15" t="n">
         <v>22.8</v>
       </c>
-      <c r="SP12" s="15" t="n">
+      <c r="SV12" s="15" t="n">
         <v>7.4</v>
       </c>
-      <c r="SQ12" s="15" t="n">
+      <c r="SW12" s="15" t="n">
         <v>41.6</v>
       </c>
-      <c r="SR12" s="15" t="n">
+      <c r="SX12" s="15" t="n">
         <v>70.8</v>
       </c>
-      <c r="SS12" s="15" t="n">
+      <c r="SY12" s="15" t="n">
         <v>94.2</v>
       </c>
-      <c r="ST12" s="15" t="n">
+      <c r="SZ12" s="15" t="n">
         <v>41.4</v>
       </c>
-      <c r="SU12" s="15" t="n">
+      <c r="TA12" s="15" t="n">
         <v>35.1</v>
       </c>
-      <c r="SV12" s="15" t="n">
+      <c r="TB12" s="15" t="n">
         <v>39.8</v>
       </c>
-      <c r="SW12" s="15" t="n">
+      <c r="TC12" s="15" t="n">
         <v>-3.3</v>
       </c>
-      <c r="SX12" s="15" t="n">
+      <c r="TD12" s="15" t="n">
         <v>-13.4</v>
       </c>
-      <c r="SY12" s="15" t="n">
+      <c r="TE12" s="15" t="n">
         <v>6.4</v>
       </c>
-      <c r="SZ12" s="15" t="n">
+      <c r="TF12" s="15" t="n">
         <v>-5.4</v>
       </c>
-      <c r="TA12" s="15" t="n">
+      <c r="TG12" s="15" t="n">
         <v>-19.6</v>
       </c>
-      <c r="TB12" s="15" t="n">
+      <c r="TH12" s="15" t="n">
         <v>-29.5</v>
       </c>
-      <c r="TC12" s="15" t="n">
+      <c r="TI12" s="15" t="n">
         <v>-47.8</v>
       </c>
-      <c r="TD12" s="15" t="n">
+      <c r="TJ12" s="15" t="n">
         <v>-43.9</v>
       </c>
-      <c r="TE12" s="15" t="n">
+      <c r="TK12" s="15" t="n">
         <v>-45.5</v>
       </c>
-      <c r="TF12" s="15" t="n">
+      <c r="TL12" s="15" t="n">
         <v>-13.3</v>
       </c>
-      <c r="TG12" s="15" t="n">
+      <c r="TM12" s="15" t="n">
         <v>-41.9</v>
       </c>
-      <c r="TH12" s="15" t="n">
+      <c r="TN12" s="15" t="n">
         <v>-36.8</v>
       </c>
-      <c r="TI12" s="15" t="n">
+      <c r="TO12" s="15" t="n">
         <v>-36.5</v>
       </c>
-      <c r="TJ12" s="15" t="n">
+      <c r="TP12" s="15" t="n">
         <v>-51.5</v>
       </c>
-      <c r="TK12" s="15" t="n">
+      <c r="TQ12" s="15" t="n">
         <v>-59.0</v>
       </c>
-      <c r="TL12" s="15" t="n">
+      <c r="TR12" s="15" t="n">
         <v>-50.5</v>
       </c>
-      <c r="TM12" s="15" t="n">
+      <c r="TS12" s="15" t="n">
         <v>-47.4</v>
       </c>
-      <c r="TN12" s="15" t="n">
+      <c r="TT12" s="15" t="n">
         <v>-51.2</v>
       </c>
-      <c r="TO12" s="15" t="n">
+      <c r="TU12" s="15" t="n">
         <v>-49.7</v>
       </c>
-      <c r="TP12" s="15" t="n">
+      <c r="TV12" s="15" t="n">
         <v>-58.0</v>
       </c>
-      <c r="TQ12" s="15" t="n">
+      <c r="TW12" s="15" t="n">
         <v>-32.4</v>
       </c>
-      <c r="TR12" s="15" t="n">
+      <c r="TX12" s="15" t="n">
         <v>-46.7</v>
       </c>
-      <c r="TS12" s="15" t="n">
+      <c r="TY12" s="15" t="n">
         <v>-24.9</v>
       </c>
-      <c r="TT12" s="15" t="n">
+      <c r="TZ12" s="15" t="n">
         <v>-19.4</v>
       </c>
-      <c r="TU12" s="15" t="n">
+      <c r="UA12" s="15" t="n">
         <v>-7.0</v>
       </c>
-      <c r="TV12" s="15" t="n">
+      <c r="UB12" s="15" t="n">
         <v>71.6</v>
       </c>
-      <c r="TW12" s="15" t="n">
+      <c r="UC12" s="15" t="n">
         <v>132.9</v>
       </c>
-      <c r="TX12" s="15" t="n">
+      <c r="UD12" s="15" t="n">
         <v>99.0</v>
       </c>
-      <c r="TY12" s="15" t="n">
+      <c r="UE12" s="15" t="n">
         <v>110.6</v>
       </c>
-      <c r="TZ12" s="15" t="n">
+      <c r="UF12" s="15" t="n">
         <v>133.8</v>
       </c>
-      <c r="UA12" s="15" t="n">
+      <c r="UG12" s="15" t="n">
         <v>168.0</v>
       </c>
-      <c r="UB12" s="15" t="n">
+      <c r="UH12" s="15" t="n">
         <v>296.7</v>
       </c>
-      <c r="UC12" s="15" t="n">
+      <c r="UI12" s="15" t="n">
         <v>242.6</v>
       </c>
-      <c r="UD12" s="15" t="n">
+      <c r="UJ12" s="15" t="n">
         <v>167.8</v>
       </c>
-      <c r="UE12" s="15" t="n">
+      <c r="UK12" s="15" t="n">
         <v>255.1</v>
       </c>
-      <c r="UF12" s="15" t="n">
+      <c r="UL12" s="15" t="n">
         <v>207.5</v>
       </c>
-      <c r="UG12" s="15" t="n">
+      <c r="UM12" s="15" t="n">
         <v>223.0</v>
       </c>
-      <c r="UH12" s="15" t="n">
+      <c r="UN12" s="15" t="n">
         <v>149.2</v>
       </c>
-      <c r="UI12" s="15" t="n">
+      <c r="UO12" s="15" t="n">
         <v>115.0</v>
       </c>
-      <c r="UJ12" s="15" t="n">
+      <c r="UP12" s="15" t="n">
         <v>113.9</v>
       </c>
-      <c r="UK12" s="15" t="n">
+      <c r="UQ12" s="15" t="n">
         <v>102.1</v>
       </c>
-      <c r="UL12" s="15" t="n">
+      <c r="UR12" s="15" t="n">
         <v>129.3</v>
       </c>
-      <c r="UM12" s="15" t="n">
+      <c r="US12" s="15" t="n">
         <v>119.3</v>
       </c>
-      <c r="UN12" s="15" t="n">
+      <c r="UT12" s="15" t="n">
         <v>46.0</v>
       </c>
-      <c r="UO12" s="15" t="n">
+      <c r="UU12" s="15" t="n">
         <v>11.8</v>
       </c>
-      <c r="UP12" s="15" t="n">
+      <c r="UV12" s="15" t="n">
         <v>29.9</v>
       </c>
-      <c r="UQ12" s="15" t="n">
+      <c r="UW12" s="15" t="n">
         <v>8.8</v>
       </c>
-      <c r="UR12" s="15" t="n">
+      <c r="UX12" s="15" t="n">
         <v>-9.7</v>
       </c>
-      <c r="US12" s="15" t="n">
+      <c r="UY12" s="15" t="n">
         <v>-11.8</v>
       </c>
-      <c r="UT12" s="15" t="n">
+      <c r="UZ12" s="15" t="n">
         <v>-6.0</v>
       </c>
-      <c r="UU12" s="15" t="n">
+      <c r="VA12" s="15" t="n">
         <v>-22.4</v>
       </c>
-      <c r="UV12" s="15" t="n">
+      <c r="VB12" s="15" t="n">
         <v>-33.4</v>
       </c>
-      <c r="UW12" s="15" t="n">
+      <c r="VC12" s="15" t="n">
         <v>-32.4</v>
       </c>
-      <c r="UX12" s="15" t="n">
+      <c r="VD12" s="15" t="n">
         <v>-49.7</v>
       </c>
-      <c r="UY12" s="15" t="n">
+      <c r="VE12" s="15" t="n">
         <v>-53.5</v>
       </c>
-      <c r="UZ12" s="15" t="n">
+      <c r="VF12" s="15" t="n">
         <v>-39.3</v>
       </c>
-      <c r="VA12" s="15" t="n">
+      <c r="VG12" s="15" t="n">
         <v>-34.5</v>
       </c>
-      <c r="VB12" s="15" t="n">
+      <c r="VH12" s="15" t="n">
         <v>-34.6</v>
       </c>
-      <c r="VC12" s="15" t="n">
+      <c r="VI12" s="15" t="n">
         <v>-33.5</v>
       </c>
-      <c r="VD12" s="15" t="n">
+      <c r="VJ12" s="15" t="n">
         <v>-30.0</v>
       </c>
-      <c r="VE12" s="15" t="n">
+      <c r="VK12" s="15" t="n">
         <v>-30.5</v>
       </c>
-      <c r="VF12" s="15" t="n">
+      <c r="VL12" s="15" t="n">
         <v>-36.5</v>
       </c>
-      <c r="VG12" s="15" t="n">
+      <c r="VM12" s="15" t="n">
         <v>-28.2</v>
       </c>
-      <c r="VH12" s="15" t="n">
+      <c r="VN12" s="15" t="n">
         <v>-19.9</v>
       </c>
-      <c r="VI12" s="15" t="n">
+      <c r="VO12" s="15" t="n">
         <v>-20.9</v>
       </c>
-      <c r="VJ12" s="15" t="n">
+      <c r="VP12" s="15" t="n">
         <v>-6.2</v>
       </c>
-      <c r="VK12" s="15" t="n">
+      <c r="VQ12" s="15" t="n">
         <v>13.1</v>
       </c>
-      <c r="VL12" s="15" t="n">
+      <c r="VR12" s="15" t="n">
         <v>8.6</v>
       </c>
-      <c r="VM12" s="15" t="n">
+      <c r="VS12" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="VN12" s="15" t="n">
+      <c r="VT12" s="15" t="n">
         <v>6.5</v>
       </c>
-      <c r="VO12" s="15" t="n">
+      <c r="VU12" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="VP12" s="15" t="n">
+      <c r="VV12" s="15" t="n">
         <v>5.3</v>
       </c>
-      <c r="VQ12" s="15" t="n">
+      <c r="VW12" s="15" t="n">
         <v>21.5</v>
       </c>
-      <c r="VR12" s="15" t="n">
+      <c r="VX12" s="15" t="n">
         <v>37.1</v>
       </c>
-      <c r="VS12" s="15" t="n">
+      <c r="VY12" s="15" t="n">
         <v>33.4</v>
       </c>
-      <c r="VT12" s="15" t="n">
+      <c r="VZ12" s="15" t="n">
         <v>18.8</v>
       </c>
-      <c r="VU12" s="15" t="n">
+      <c r="WA12" s="15" t="n">
         <v>11.5</v>
       </c>
-      <c r="VV12" s="15" t="n">
+      <c r="WB12" s="15" t="n">
         <v>6.9</v>
       </c>
-      <c r="VW12" s="15" t="n">
+      <c r="WC12" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="VX12" s="15" t="n">
+      <c r="WD12" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="VY12" s="15" t="n">
+      <c r="WE12" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="VZ12" s="15" t="n">
+      <c r="WF12" s="15" t="n">
         <v>-16.4</v>
       </c>
-      <c r="WA12" s="15" t="n">
+      <c r="WG12" s="15" t="n">
         <v>-3.4</v>
       </c>
-      <c r="WB12" s="15" t="n">
+      <c r="WH12" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="WC12" s="15" t="n">
+      <c r="WI12" s="15" t="n">
         <v>-2.3</v>
       </c>
-      <c r="WD12" s="15" t="n">
+      <c r="WJ12" s="15" t="n">
         <v>10.6</v>
       </c>
-      <c r="WE12" s="15" t="n">
+      <c r="WK12" s="15" t="n">
         <v>7.8</v>
       </c>
-      <c r="WF12" s="15" t="n">
+      <c r="WL12" s="15" t="n">
         <v>20.9</v>
       </c>
-      <c r="WG12" s="15" t="n">
+      <c r="WM12" s="15" t="n">
         <v>28.1</v>
       </c>
-      <c r="WH12" s="15" t="n">
+      <c r="WN12" s="15" t="n">
         <v>74.7</v>
       </c>
-      <c r="WI12" s="15" t="n">
+      <c r="WO12" s="15" t="n">
         <v>77.6</v>
       </c>
-      <c r="WJ12" s="15" t="n">
+      <c r="WP12" s="15" t="n">
         <v>54.8</v>
       </c>
-      <c r="WK12" s="15" t="n">
+      <c r="WQ12" s="15" t="n">
         <v>86.5</v>
       </c>
-      <c r="WL12" s="15" t="n">
+      <c r="WR12" s="15" t="n">
         <v>86.8</v>
       </c>
-      <c r="WM12" s="15" t="n">
+      <c r="WS12" s="15" t="n">
         <v>28.8</v>
       </c>
-      <c r="WN12" s="15" t="n">
+      <c r="WT12" s="15" t="n">
         <v>23.6</v>
       </c>
-      <c r="WO12" s="15" t="n">
+      <c r="WU12" s="15" t="n">
         <v>16.7</v>
       </c>
-      <c r="WP12" s="15" t="n">
+      <c r="WV12" s="15" t="n">
         <v>-8.4</v>
       </c>
-      <c r="WQ12" s="15" t="n">
+      <c r="WW12" s="15" t="n">
         <v>-13.4</v>
       </c>
-      <c r="WR12" s="15" t="n">
+      <c r="WX12" s="15" t="n">
         <v>-21.9</v>
       </c>
-      <c r="WS12" s="15" t="n">
+      <c r="WY12" s="15" t="n">
         <v>-19.6</v>
       </c>
-      <c r="WT12" s="15" t="n">
+      <c r="WZ12" s="15" t="n">
         <v>-33.8</v>
       </c>
-      <c r="WU12" s="15" t="n">
+      <c r="XA12" s="15" t="n">
         <v>-39.3</v>
       </c>
-      <c r="WV12" s="15" t="n">
+      <c r="XB12" s="15" t="n">
         <v>-28.7</v>
       </c>
-      <c r="WW12" s="15" t="n">
+      <c r="XC12" s="15" t="n">
         <v>-32.5</v>
       </c>
-      <c r="WX12" s="15" t="n">
+      <c r="XD12" s="15" t="n">
         <v>-26.9</v>
       </c>
-      <c r="WY12" s="15" t="n">
+      <c r="XE12" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="WZ12" s="15" t="n">
+      <c r="XF12" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="XA12" s="15" t="n">
+      <c r="XG12" s="15" t="n">
         <v>-14.3</v>
       </c>
-      <c r="XB12" s="15" t="n">
+      <c r="XH12" s="15" t="n">
         <v>-16.9</v>
       </c>
-      <c r="XC12" s="15" t="n">
+      <c r="XI12" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="XD12" s="15" t="n">
+      <c r="XJ12" s="15" t="n">
         <v>15.3</v>
       </c>
-      <c r="XE12" s="15" t="n">
+      <c r="XK12" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="XF12" s="15" t="n">
+      <c r="XL12" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="XG12" s="15" t="n">
+      <c r="XM12" s="15" t="n">
         <v>42.5</v>
       </c>
-      <c r="XH12" s="15" t="n">
+      <c r="XN12" s="15" t="n">
         <v>31.3</v>
       </c>
-      <c r="XI12" s="15" t="n">
+      <c r="XO12" s="15" t="n">
         <v>84.8</v>
       </c>
-      <c r="XJ12" s="15" t="n">
+      <c r="XP12" s="15" t="n">
         <v>30.9</v>
       </c>
-      <c r="XK12" s="15" t="n">
+      <c r="XQ12" s="15" t="n">
         <v>-10.2</v>
       </c>
-      <c r="XL12" s="15" t="n">
+      <c r="XR12" s="15" t="n">
         <v>9.8</v>
       </c>
-      <c r="XM12" s="15" t="n">
+      <c r="XS12" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="XN12" s="15" t="n">
+      <c r="XT12" s="15" t="n">
         <v>15.2</v>
       </c>
-      <c r="XO12" s="15" t="n">
+      <c r="XU12" s="15" t="n">
         <v>-3.3</v>
       </c>
-      <c r="XP12" s="15" t="n">
+      <c r="XV12" s="15" t="n">
         <v>-13.8</v>
       </c>
-      <c r="XQ12" s="15" t="n">
+      <c r="XW12" s="15" t="n">
         <v>13.0</v>
       </c>
-      <c r="XR12" s="15" t="n">
+      <c r="XX12" s="15" t="n">
         <v>-8.9</v>
-      </c>
-[...16 lines deleted...]
-        <v>-49.3</v>
       </c>
       <c r="XY12" s="15" t="n">
         <v>-43.3</v>
       </c>
       <c r="XZ12" s="15" t="n">
+        <v>-53.9</v>
+      </c>
+      <c r="YA12" s="15" t="n">
+        <v>-75.8</v>
+      </c>
+      <c r="YB12" s="15" t="n">
+        <v>-59.6</v>
+      </c>
+      <c r="YC12" s="15" t="n">
+        <v>-36.2</v>
+      </c>
+      <c r="YD12" s="15" t="n">
+        <v>-49.3</v>
+      </c>
+      <c r="YE12" s="15" t="n">
+        <v>-43.3</v>
+      </c>
+      <c r="YF12" s="15" t="n">
         <v>-41.0</v>
       </c>
-      <c r="YA12" s="15" t="n">
+      <c r="YG12" s="15" t="n">
         <v>-45.0</v>
       </c>
-      <c r="YB12" s="15" t="n">
+      <c r="YH12" s="15" t="n">
         <v>-45.3</v>
       </c>
-      <c r="YC12" s="15" t="n">
+      <c r="YI12" s="15" t="n">
         <v>-55.3</v>
       </c>
-      <c r="YD12" s="15" t="n">
+      <c r="YJ12" s="15" t="n">
         <v>-51.1</v>
       </c>
-      <c r="YE12" s="15" t="n">
+      <c r="YK12" s="15" t="n">
         <v>-39.1</v>
       </c>
-      <c r="YF12" s="15" t="n">
+      <c r="YL12" s="15" t="n">
         <v>-24.8</v>
       </c>
-      <c r="YG12" s="15" t="n">
+      <c r="YM12" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="YH12" s="15" t="n">
+      <c r="YN12" s="15" t="n">
         <v>5.5</v>
       </c>
-      <c r="YI12" s="15" t="n">
+      <c r="YO12" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="YJ12" s="15" t="n">
+      <c r="YP12" s="15" t="n">
         <v>-2.8</v>
       </c>
-      <c r="YK12" s="15" t="n">
+      <c r="YQ12" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="YL12" s="15" t="n">
+      <c r="YR12" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="YM12" s="15" t="n">
+      <c r="YS12" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="YN12" s="15" t="n">
+      <c r="YT12" s="15" t="n">
         <v>5.6</v>
       </c>
-      <c r="YO12" s="15" t="n">
+      <c r="YU12" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="YP12" s="15" t="n">
+      <c r="YV12" s="15" t="n">
         <v>11.6</v>
       </c>
-      <c r="YQ12" s="15" t="n">
+      <c r="YW12" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="YR12" s="15" t="n">
+      <c r="YX12" s="15" t="n">
         <v>6.3</v>
       </c>
-      <c r="YS12" s="15" t="n">
+      <c r="YY12" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="YT12" s="15" t="n">
+      <c r="YZ12" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="YU12" s="15" t="n">
+      <c r="ZA12" s="15" t="n">
         <v>-5.9</v>
       </c>
-      <c r="YV12" s="15" t="n">
+      <c r="ZB12" s="15" t="n">
         <v>8.0</v>
       </c>
-      <c r="YW12" s="15" t="n">
+      <c r="ZC12" s="15" t="n">
         <v>17.4</v>
       </c>
-      <c r="YX12" s="15" t="n">
+      <c r="ZD12" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="YY12" s="15" t="n">
+      <c r="ZE12" s="15" t="n">
         <v>21.5</v>
       </c>
-      <c r="YZ12" s="15" t="n">
+      <c r="ZF12" s="15" t="n">
         <v>6.4</v>
       </c>
-      <c r="ZA12" s="15" t="n">
+      <c r="ZG12" s="15" t="n">
         <v>10.1</v>
       </c>
-      <c r="ZB12" s="15" t="n">
+      <c r="ZH12" s="15" t="n">
         <v>10.8</v>
       </c>
-      <c r="ZC12" s="15" t="n">
+      <c r="ZI12" s="15" t="n">
         <v>18.4</v>
       </c>
-      <c r="ZD12" s="15" t="n">
+      <c r="ZJ12" s="15" t="n">
         <v>15.0</v>
       </c>
-      <c r="ZE12" s="15" t="n">
+      <c r="ZK12" s="15" t="n">
         <v>13.8</v>
       </c>
-      <c r="ZF12" s="15" t="n">
+      <c r="ZL12" s="15" t="n">
         <v>9.1</v>
       </c>
-      <c r="ZG12" s="15" t="n">
+      <c r="ZM12" s="15" t="n">
         <v>21.9</v>
       </c>
-      <c r="ZH12" s="15" t="n">
+      <c r="ZN12" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="ZI12" s="15" t="n">
+      <c r="ZO12" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="ZJ12" s="15" t="n">
+      <c r="ZP12" s="15" t="n">
         <v>10.4</v>
       </c>
-      <c r="ZK12" s="15" t="n">
+      <c r="ZQ12" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="ZL12" s="15" t="n">
+      <c r="ZR12" s="15" t="n">
         <v>15.0</v>
       </c>
-      <c r="ZM12" s="15" t="n">
+      <c r="ZS12" s="15" t="n">
         <v>10.6</v>
       </c>
-      <c r="ZN12" s="15" t="n">
+      <c r="ZT12" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="ZO12" s="15" t="n">
+      <c r="ZU12" s="15" t="n">
         <v>-6.3</v>
       </c>
-      <c r="ZP12" s="15" t="n">
+      <c r="ZV12" s="15" t="n">
         <v>-8.8</v>
       </c>
-      <c r="ZQ12" s="15" t="n">
+      <c r="ZW12" s="15" t="n">
         <v>-7.8</v>
       </c>
-      <c r="ZR12" s="15" t="n">
+      <c r="ZX12" s="15" t="n">
         <v>-15.3</v>
       </c>
-      <c r="ZS12" s="15" t="n">
+      <c r="ZY12" s="15" t="n">
         <v>-23.5</v>
       </c>
-      <c r="ZT12" s="15" t="n">
+      <c r="ZZ12" s="15" t="n">
         <v>-27.4</v>
       </c>
-      <c r="ZU12" s="15" t="n">
+      <c r="AAA12" s="15" t="n">
         <v>-28.6</v>
       </c>
-      <c r="ZV12" s="15" t="n">
+      <c r="AAB12" s="15" t="n">
         <v>-27.5</v>
       </c>
-      <c r="ZW12" s="15" t="n">
+      <c r="AAC12" s="15" t="n">
         <v>-27.3</v>
       </c>
-      <c r="ZX12" s="15" t="n">
+      <c r="AAD12" s="15" t="n">
         <v>-26.8</v>
       </c>
-      <c r="ZY12" s="15" t="n">
+      <c r="AAE12" s="15" t="n">
         <v>-19.0</v>
       </c>
-      <c r="ZZ12" s="15" t="n">
+      <c r="AAF12" s="15" t="n">
         <v>-11.3</v>
       </c>
-      <c r="AAA12" s="15" t="n">
+      <c r="AAG12" s="15" t="n">
         <v>-15.9</v>
       </c>
-      <c r="AAB12" s="15" t="n">
+      <c r="AAH12" s="15" t="n">
         <v>-8.8</v>
       </c>
-      <c r="AAC12" s="15" t="n">
+      <c r="AAI12" s="15" t="n">
         <v>-11.4</v>
       </c>
-      <c r="AAD12" s="15" t="n">
+      <c r="AAJ12" s="15" t="n">
         <v>-2.7</v>
       </c>
-      <c r="AAE12" s="15" t="n">
+      <c r="AAK12" s="15" t="n">
         <v>10.1</v>
       </c>
-      <c r="AAF12" s="15" t="n">
+      <c r="AAL12" s="15" t="n">
         <v>31.8</v>
       </c>
-      <c r="AAG12" s="15" t="n">
+      <c r="AAM12" s="15" t="n">
         <v>46.0</v>
       </c>
-      <c r="AAH12" s="15" t="n">
+      <c r="AAN12" s="15" t="n">
         <v>57.1</v>
       </c>
-      <c r="AAI12" s="15" t="n">
+      <c r="AAO12" s="15" t="n">
         <v>54.3</v>
       </c>
-      <c r="AAJ12" s="15" t="n">
+      <c r="AAP12" s="15" t="n">
         <v>52.2</v>
       </c>
-      <c r="AAK12" s="15" t="n">
+      <c r="AAQ12" s="15" t="n">
         <v>31.9</v>
       </c>
-      <c r="AAL12" s="15" t="n">
+      <c r="AAR12" s="15" t="n">
         <v>24.9</v>
       </c>
-      <c r="AAM12" s="15" t="n">
+      <c r="AAS12" s="15" t="n">
         <v>34.9</v>
       </c>
-      <c r="AAN12" s="15" t="n">
+      <c r="AAT12" s="15" t="n">
         <v>50.8</v>
       </c>
-      <c r="AAO12" s="15" t="n">
+      <c r="AAU12" s="15" t="n">
         <v>40.6</v>
       </c>
-      <c r="AAP12" s="15" t="n">
+      <c r="AAV12" s="15" t="n">
         <v>29.1</v>
       </c>
-      <c r="AAQ12" s="15" t="n">
+      <c r="AAW12" s="15" t="n">
         <v>22.4</v>
       </c>
-      <c r="AAR12" s="15" t="n">
+      <c r="AAX12" s="15" t="n">
         <v>13.7</v>
       </c>
-      <c r="AAS12" s="15" t="n">
+      <c r="AAY12" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="AAT12" s="15" t="n">
+      <c r="AAZ12" s="15" t="n">
         <v>-12.5</v>
       </c>
-      <c r="AAU12" s="15" t="n">
+      <c r="ABA12" s="15" t="n">
         <v>-21.3</v>
       </c>
-      <c r="AAV12" s="15" t="n">
+      <c r="ABB12" s="15" t="n">
         <v>-14.8</v>
       </c>
-      <c r="AAW12" s="15" t="n">
+      <c r="ABC12" s="15" t="n">
         <v>-8.2</v>
       </c>
-      <c r="AAX12" s="15" t="n">
+      <c r="ABD12" s="15" t="n">
         <v>-14.9</v>
       </c>
-      <c r="AAY12" s="15" t="n">
+      <c r="ABE12" s="15" t="n">
         <v>-21.5</v>
       </c>
-      <c r="AAZ12" s="15" t="n">
+      <c r="ABF12" s="15" t="n">
         <v>-43.6</v>
       </c>
-      <c r="ABA12" s="15" t="n">
+      <c r="ABG12" s="15" t="n">
         <v>-37.9</v>
       </c>
-      <c r="ABB12" s="15" t="n">
+      <c r="ABH12" s="15" t="n">
         <v>-26.9</v>
       </c>
-      <c r="ABC12" s="15" t="n">
+      <c r="ABI12" s="15" t="n">
         <v>-30.1</v>
       </c>
-      <c r="ABD12" s="15" t="n">
+      <c r="ABJ12" s="15" t="n">
         <v>-21.0</v>
       </c>
-      <c r="ABE12" s="15" t="n">
+      <c r="ABK12" s="15" t="n">
         <v>-9.1</v>
       </c>
-      <c r="ABF12" s="15" t="n">
+      <c r="ABL12" s="15" t="n">
         <v>-11.9</v>
       </c>
-      <c r="ABG12" s="15" t="n">
+      <c r="ABM12" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="ABH12" s="15" t="n">
+      <c r="ABN12" s="15" t="n">
         <v>-15.1</v>
       </c>
-      <c r="ABI12" s="15" t="n">
+      <c r="ABO12" s="15" t="n">
         <v>-6.9</v>
       </c>
-      <c r="ABJ12" s="15" t="n">
+      <c r="ABP12" s="15" t="n">
         <v>15.4</v>
       </c>
-      <c r="ABK12" s="15" t="n">
+      <c r="ABQ12" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="ABL12" s="15" t="n">
+      <c r="ABR12" s="15" t="n">
         <v>31.3</v>
       </c>
-      <c r="ABM12" s="15" t="n">
+      <c r="ABS12" s="15" t="n">
         <v>63.4</v>
       </c>
-      <c r="ABN12" s="15" t="n">
+      <c r="ABT12" s="15" t="n">
         <v>68.9</v>
       </c>
-      <c r="ABO12" s="13" t="inlineStr">
+      <c r="ABU12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABP12" s="13" t="inlineStr">
+      <c r="ABV12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABQ12" s="13" t="inlineStr">
+      <c r="ABW12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABR12" s="13" t="inlineStr">
+      <c r="ABX12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABS12" s="13" t="inlineStr">
+      <c r="ABY12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABT12" s="13" t="inlineStr">
+      <c r="ABZ12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABU12" s="13" t="inlineStr">
+      <c r="ACA12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABV12" s="13" t="inlineStr">
+      <c r="ACB12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABW12" s="13" t="inlineStr">
+      <c r="ACC12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABX12" s="13" t="inlineStr">
+      <c r="ACD12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABY12" s="13" t="inlineStr">
+      <c r="ACE12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ABZ12" s="13" t="inlineStr">
+      <c r="ACF12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ACA12" s="15" t="n">
+      <c r="ACG12" s="15" t="n">
+        <v>8.2</v>
+      </c>
+      <c r="ACH12" s="15" t="n">
+        <v>-22.9</v>
+      </c>
+      <c r="ACI12" s="15" t="n">
         <v>-28.7</v>
       </c>
-      <c r="ACB12" s="15" t="n">
+      <c r="ACJ12" s="15" t="n">
         <v>-22.7</v>
       </c>
-      <c r="ACC12" s="15" t="n">
+      <c r="ACK12" s="15" t="n">
         <v>-30.1</v>
       </c>
-      <c r="ACD12" s="15" t="n">
+      <c r="ACL12" s="15" t="n">
         <v>-24.3</v>
       </c>
-      <c r="ACE12" s="15" t="n">
+      <c r="ACM12" s="15" t="n">
         <v>-22.4</v>
       </c>
-      <c r="ACF12" s="15" t="n">
+      <c r="ACN12" s="15" t="n">
         <v>-26.2</v>
       </c>
-      <c r="ACG12" s="15" t="n">
+      <c r="ACO12" s="15" t="n">
         <v>-47.7</v>
       </c>
-      <c r="ACH12" s="15" t="n">
+      <c r="ACP12" s="15" t="n">
         <v>-42.6</v>
       </c>
-      <c r="ACI12" s="15" t="n">
+      <c r="ACQ12" s="15" t="n">
         <v>-20.2</v>
       </c>
-      <c r="ACJ12" s="15" t="n">
+      <c r="ACR12" s="15" t="n">
         <v>8.5</v>
       </c>
-      <c r="ACK12" s="15" t="n">
+      <c r="ACS12" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="ACL12" s="15" t="n">
+      <c r="ACT12" s="15" t="n">
         <v>35.1</v>
       </c>
-      <c r="ACM12" s="15" t="n">
+      <c r="ACU12" s="15" t="n">
         <v>31.2</v>
       </c>
-      <c r="ACN12" s="15" t="n">
+      <c r="ACV12" s="15" t="n">
         <v>7.1</v>
       </c>
-      <c r="ACO12" s="15" t="n">
+      <c r="ACW12" s="15" t="n">
         <v>5.9</v>
       </c>
-      <c r="ACP12" s="15" t="n">
+      <c r="ACX12" s="15" t="n">
         <v>11.4</v>
       </c>
-      <c r="ACQ12" s="15" t="n">
+      <c r="ACY12" s="15" t="n">
         <v>-6.2</v>
       </c>
-      <c r="ACR12" s="15" t="n">
+      <c r="ACZ12" s="15" t="n">
         <v>-18.8</v>
       </c>
-      <c r="ACS12" s="15" t="n">
+      <c r="ADA12" s="15" t="n">
         <v>-34.2</v>
       </c>
-      <c r="ACT12" s="15" t="n">
+      <c r="ADB12" s="15" t="n">
         <v>-45.2</v>
       </c>
-      <c r="ACU12" s="15" t="n">
+      <c r="ADC12" s="15" t="n">
         <v>-36.9</v>
       </c>
-      <c r="ACV12" s="15" t="n">
+      <c r="ADD12" s="15" t="n">
         <v>-24.5</v>
       </c>
-      <c r="ACW12" s="15" t="n">
+      <c r="ADE12" s="15" t="n">
         <v>-3.4</v>
       </c>
-      <c r="ACX12" s="15" t="n">
+      <c r="ADF12" s="15" t="n">
         <v>-41.9</v>
       </c>
-      <c r="ACY12" s="15" t="n">
+      <c r="ADG12" s="15" t="n">
         <v>-45.5</v>
       </c>
-      <c r="ACZ12" s="15" t="n">
+      <c r="ADH12" s="15" t="n">
         <v>-35.7</v>
       </c>
-      <c r="ADA12" s="15" t="n">
+      <c r="ADI12" s="15" t="n">
         <v>-29.0</v>
       </c>
-      <c r="ADB12" s="15" t="n">
+      <c r="ADJ12" s="15" t="n">
         <v>-39.2</v>
       </c>
-      <c r="ADC12" s="15" t="n">
+      <c r="ADK12" s="15" t="n">
         <v>-42.4</v>
       </c>
-      <c r="ADD12" s="15" t="n">
+      <c r="ADL12" s="15" t="n">
         <v>-41.4</v>
       </c>
-      <c r="ADE12" s="15" t="n">
+      <c r="ADM12" s="15" t="n">
         <v>-45.9</v>
       </c>
-      <c r="ADF12" s="15" t="n">
+      <c r="ADN12" s="15" t="n">
         <v>-39.0</v>
       </c>
-      <c r="ADG12" s="15" t="n">
+      <c r="ADO12" s="15" t="n">
         <v>-34.7</v>
       </c>
-      <c r="ADH12" s="15" t="n">
+      <c r="ADP12" s="15" t="n">
         <v>-19.5</v>
       </c>
-      <c r="ADI12" s="15" t="n">
+      <c r="ADQ12" s="15" t="n">
         <v>-35.3</v>
       </c>
-      <c r="ADJ12" s="15" t="n">
+      <c r="ADR12" s="15" t="n">
         <v>-24.9</v>
       </c>
-      <c r="ADK12" s="15" t="n">
+      <c r="ADS12" s="15" t="n">
         <v>-35.3</v>
       </c>
-      <c r="ADL12" s="15" t="n">
+      <c r="ADT12" s="15" t="n">
         <v>-23.9</v>
       </c>
-      <c r="ADM12" s="15" t="n">
+      <c r="ADU12" s="15" t="n">
         <v>10.0</v>
       </c>
-      <c r="ADN12" s="15" t="n">
+      <c r="ADV12" s="15" t="n">
         <v>11.5</v>
       </c>
-      <c r="ADO12" s="15" t="n">
+      <c r="ADW12" s="15" t="n">
         <v>-12.6</v>
       </c>
-      <c r="ADP12" s="15" t="n">
+      <c r="ADX12" s="15" t="n">
         <v>-16.2</v>
       </c>
-      <c r="ADQ12" s="15" t="n">
+      <c r="ADY12" s="15" t="n">
         <v>-16.6</v>
       </c>
-      <c r="ADR12" s="15" t="n">
+      <c r="ADZ12" s="15" t="n">
         <v>-8.9</v>
       </c>
-      <c r="ADS12" s="15" t="n">
+      <c r="AEA12" s="15" t="n">
         <v>16.9</v>
       </c>
-      <c r="ADT12" s="15" t="n">
+      <c r="AEB12" s="15" t="n">
         <v>-10.5</v>
       </c>
-      <c r="ADU12" s="15" t="n">
+      <c r="AEC12" s="15" t="n">
         <v>-8.7</v>
       </c>
-      <c r="ADV12" s="15" t="n">
+      <c r="AED12" s="15" t="n">
         <v>255.1</v>
       </c>
-      <c r="ADW12" s="15" t="n">
+      <c r="AEE12" s="15" t="n">
         <v>185.1</v>
       </c>
-      <c r="ADX12" s="15" t="n">
+      <c r="AEF12" s="15" t="n">
         <v>190.8</v>
       </c>
-      <c r="ADY12" s="15" t="n">
+      <c r="AEG12" s="15" t="n">
         <v>127.6</v>
       </c>
-      <c r="ADZ12" s="15" t="n">
+      <c r="AEH12" s="15" t="n">
         <v>70.1</v>
       </c>
-      <c r="AEA12" s="15" t="n">
+      <c r="AEI12" s="15" t="n">
         <v>56.0</v>
       </c>
-      <c r="AEB12" s="15" t="n">
+      <c r="AEJ12" s="15" t="n">
         <v>41.2</v>
       </c>
-      <c r="AEC12" s="15" t="n">
+      <c r="AEK12" s="15" t="n">
         <v>26.6</v>
       </c>
-      <c r="AED12" s="15" t="n">
+      <c r="AEL12" s="15" t="n">
         <v>20.7</v>
       </c>
-      <c r="AEE12" s="15" t="n">
+      <c r="AEM12" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="AEF12" s="15" t="n">
+      <c r="AEN12" s="15" t="n">
         <v>-7.2</v>
       </c>
-      <c r="AEG12" s="15" t="n">
+      <c r="AEO12" s="15" t="n">
         <v>21.0</v>
       </c>
-      <c r="AEH12" s="15" t="n">
+      <c r="AEP12" s="15" t="n">
         <v>8.8</v>
       </c>
-      <c r="AEI12" s="15" t="n">
+      <c r="AEQ12" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="AEJ12" s="15" t="n">
+      <c r="AER12" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="AEK12" s="15" t="n">
+      <c r="AES12" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="AEL12" s="15" t="n">
+      <c r="AET12" s="15" t="n">
         <v>-13.9</v>
       </c>
-      <c r="AEM12" s="15" t="n">
+      <c r="AEU12" s="15" t="n">
         <v>-20.6</v>
       </c>
-      <c r="AEN12" s="15" t="n">
+      <c r="AEV12" s="15" t="n">
         <v>-23.9</v>
       </c>
-      <c r="AEO12" s="15" t="n">
+      <c r="AEW12" s="15" t="n">
         <v>-39.9</v>
       </c>
-      <c r="AEP12" s="15" t="n">
+      <c r="AEX12" s="15" t="n">
         <v>-40.1</v>
       </c>
-      <c r="AEQ12" s="15" t="n">
+      <c r="AEY12" s="15" t="n">
         <v>-22.0</v>
       </c>
-      <c r="AER12" s="15" t="n">
+      <c r="AEZ12" s="15" t="n">
         <v>-9.7</v>
       </c>
-      <c r="AES12" s="15" t="n">
+      <c r="AFA12" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="AET12" s="15" t="n">
+      <c r="AFB12" s="15" t="n">
         <v>-33.5</v>
       </c>
-      <c r="AEU12" s="15" t="n">
+      <c r="AFC12" s="15" t="n">
         <v>-25.7</v>
       </c>
-      <c r="AEV12" s="15" t="n">
+      <c r="AFD12" s="15" t="n">
         <v>-26.1</v>
       </c>
-      <c r="AEW12" s="15" t="n">
+      <c r="AFE12" s="15" t="n">
         <v>-29.7</v>
       </c>
-      <c r="AEX12" s="15" t="n">
+      <c r="AFF12" s="15" t="n">
         <v>-26.3</v>
       </c>
-      <c r="AEY12" s="15" t="n">
+      <c r="AFG12" s="15" t="n">
         <v>-20.7</v>
       </c>
-      <c r="AEZ12" s="15" t="n">
+      <c r="AFH12" s="15" t="n">
         <v>-25.2</v>
       </c>
-      <c r="AFA12" s="15" t="n">
+      <c r="AFI12" s="15" t="n">
         <v>-20.6</v>
       </c>
-      <c r="AFB12" s="15" t="n">
+      <c r="AFJ12" s="15" t="n">
         <v>-14.3</v>
       </c>
-      <c r="AFC12" s="15" t="n">
+      <c r="AFK12" s="15" t="n">
         <v>-14.7</v>
       </c>
-      <c r="AFD12" s="15" t="n">
+      <c r="AFL12" s="15" t="n">
         <v>-8.4</v>
       </c>
-      <c r="AFE12" s="15" t="n">
+      <c r="AFM12" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="AFF12" s="15" t="n">
+      <c r="AFN12" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="AFG12" s="15" t="n">
+      <c r="AFO12" s="15" t="n">
         <v>7.2</v>
       </c>
-      <c r="AFH12" s="15" t="n">
+      <c r="AFP12" s="15" t="n">
         <v>7.2</v>
       </c>
-      <c r="AFI12" s="15" t="n">
+      <c r="AFQ12" s="15" t="n">
         <v>11.8</v>
       </c>
-      <c r="AFJ12" s="15" t="n">
+      <c r="AFR12" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="AFK12" s="15" t="n">
+      <c r="AFS12" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="AFL12" s="15" t="n">
+      <c r="AFT12" s="15" t="n">
         <v>-4.6</v>
       </c>
-      <c r="AFM12" s="15" t="n">
+      <c r="AFU12" s="15" t="n">
         <v>-14.6</v>
       </c>
-      <c r="AFN12" s="15" t="n">
+      <c r="AFV12" s="15" t="n">
         <v>-23.6</v>
       </c>
-      <c r="AFO12" s="15" t="n">
+      <c r="AFW12" s="15" t="n">
         <v>-20.7</v>
       </c>
-      <c r="AFP12" s="15" t="n">
+      <c r="AFX12" s="15" t="n">
         <v>-6.6</v>
       </c>
-      <c r="AFQ12" s="15" t="n">
+      <c r="AFY12" s="15" t="n">
         <v>-2.4</v>
       </c>
-      <c r="AFR12" s="15" t="n">
+      <c r="AFZ12" s="15" t="n">
         <v>-3.4</v>
       </c>
-      <c r="AFS12" s="15" t="n">
+      <c r="AGA12" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="AFT12" s="15" t="n">
+      <c r="AGB12" s="15" t="n">
         <v>-14.8</v>
       </c>
-      <c r="AFU12" s="15" t="n">
+      <c r="AGC12" s="15" t="n">
         <v>-21.3</v>
       </c>
-      <c r="AFV12" s="15" t="n">
+      <c r="AGD12" s="15" t="n">
         <v>-25.1</v>
       </c>
-      <c r="AFW12" s="15" t="n">
+      <c r="AGE12" s="15" t="n">
         <v>-18.8</v>
       </c>
-      <c r="AFX12" s="15" t="n">
+      <c r="AGF12" s="15" t="n">
         <v>-17.4</v>
       </c>
-      <c r="AFY12" s="15" t="n">
+      <c r="AGG12" s="15" t="n">
         <v>-22.8</v>
       </c>
-      <c r="AFZ12" s="15" t="n">
+      <c r="AGH12" s="15" t="n">
         <v>-25.0</v>
       </c>
-      <c r="AGA12" s="15" t="n">
+      <c r="AGI12" s="15" t="n">
         <v>-26.3</v>
       </c>
-      <c r="AGB12" s="15" t="n">
+      <c r="AGJ12" s="15" t="n">
         <v>-12.5</v>
       </c>
-      <c r="AGC12" s="15" t="n">
+      <c r="AGK12" s="15" t="n">
         <v>12.8</v>
       </c>
-      <c r="AGD12" s="15" t="n">
+      <c r="AGL12" s="15" t="n">
         <v>28.8</v>
       </c>
-      <c r="AGE12" s="15" t="n">
+      <c r="AGM12" s="15" t="n">
         <v>21.7</v>
       </c>
-      <c r="AGF12" s="15" t="n">
+      <c r="AGN12" s="15" t="n">
         <v>12.3</v>
       </c>
-      <c r="AGG12" s="15" t="n">
+      <c r="AGO12" s="15" t="n">
         <v>-8.4</v>
       </c>
-      <c r="AGH12" s="15" t="n">
+      <c r="AGP12" s="15" t="n">
         <v>-10.5</v>
       </c>
-      <c r="AGI12" s="15" t="n">
+      <c r="AGQ12" s="15" t="n">
         <v>-13.5</v>
       </c>
-      <c r="AGJ12" s="15" t="n">
+      <c r="AGR12" s="15" t="n">
         <v>-17.0</v>
       </c>
-      <c r="AGK12" s="15" t="n">
+      <c r="AGS12" s="15" t="n">
         <v>-43.1</v>
       </c>
-      <c r="AGL12" s="15" t="n">
+      <c r="AGT12" s="15" t="n">
         <v>-45.6</v>
       </c>
-      <c r="AGM12" s="15" t="n">
+      <c r="AGU12" s="15" t="n">
         <v>-38.7</v>
       </c>
-      <c r="AGN12" s="15" t="n">
+      <c r="AGV12" s="15" t="n">
         <v>-39.6</v>
       </c>
-      <c r="AGO12" s="15" t="n">
+      <c r="AGW12" s="15" t="n">
         <v>-22.3</v>
       </c>
-      <c r="AGP12" s="15" t="n">
+      <c r="AGX12" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="AGQ12" s="15" t="n">
+      <c r="AGY12" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="AGR12" s="15" t="n">
+      <c r="AGZ12" s="15" t="n">
         <v>-4.1</v>
       </c>
-      <c r="AGS12" s="15" t="n">
+      <c r="AHA12" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="AGT12" s="15" t="n">
+      <c r="AHB12" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="AGU12" s="15" t="n">
+      <c r="AHC12" s="15" t="n">
         <v>10.4</v>
       </c>
-      <c r="AGV12" s="15" t="n">
+      <c r="AHD12" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="AGW12" s="15" t="n">
+      <c r="AHE12" s="15" t="n">
         <v>-14.4</v>
       </c>
-      <c r="AGX12" s="15" t="n">
+      <c r="AHF12" s="15" t="n">
         <v>-10.7</v>
       </c>
-      <c r="AGY12" s="15" t="n">
+      <c r="AHG12" s="15" t="n">
         <v>-14.2</v>
       </c>
-      <c r="AGZ12" s="15" t="n">
+      <c r="AHH12" s="15" t="n">
         <v>-10.8</v>
       </c>
-      <c r="AHA12" s="15" t="n">
+      <c r="AHI12" s="15" t="n">
         <v>6.0</v>
       </c>
-      <c r="AHB12" s="15" t="n">
+      <c r="AHJ12" s="15" t="n">
         <v>-10.2</v>
       </c>
-      <c r="AHC12" s="15" t="n">
+      <c r="AHK12" s="15" t="n">
         <v>-11.8</v>
       </c>
-      <c r="AHD12" s="15" t="n">
+      <c r="AHL12" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="AHE12" s="15" t="n">
+      <c r="AHM12" s="15" t="n">
         <v>7.7</v>
       </c>
-      <c r="AHF12" s="15" t="n">
+      <c r="AHN12" s="15" t="n">
         <v>-11.1</v>
       </c>
-      <c r="AHG12" s="15" t="n">
+      <c r="AHO12" s="15" t="n">
         <v>-14.0</v>
       </c>
-      <c r="AHH12" s="15" t="n">
+      <c r="AHP12" s="15" t="n">
         <v>-10.0</v>
       </c>
-      <c r="AHI12" s="15" t="n">
+      <c r="AHQ12" s="15" t="n">
         <v>-22.9</v>
       </c>
-      <c r="AHJ12" s="15" t="n">
+      <c r="AHR12" s="15" t="n">
         <v>-43.7</v>
       </c>
-      <c r="AHK12" s="15" t="n">
+      <c r="AHS12" s="15" t="n">
         <v>-41.3</v>
       </c>
-      <c r="AHL12" s="15" t="n">
+      <c r="AHT12" s="15" t="n">
         <v>-56.6</v>
       </c>
-      <c r="AHM12" s="15" t="n">
+      <c r="AHU12" s="15" t="n">
         <v>-27.2</v>
       </c>
-      <c r="AHN12" s="15" t="n">
+      <c r="AHV12" s="15" t="n">
         <v>-36.2</v>
       </c>
-      <c r="AHO12" s="15" t="n">
+      <c r="AHW12" s="15" t="n">
         <v>-48.8</v>
       </c>
-      <c r="AHP12" s="15" t="n">
+      <c r="AHX12" s="15" t="n">
         <v>-38.9</v>
       </c>
-      <c r="AHQ12" s="15" t="n">
+      <c r="AHY12" s="15" t="n">
         <v>-40.4</v>
       </c>
-      <c r="AHR12" s="15" t="n">
+      <c r="AHZ12" s="15" t="n">
         <v>-41.4</v>
       </c>
-      <c r="AHS12" s="15" t="n">
+      <c r="AIA12" s="15" t="n">
         <v>-36.4</v>
       </c>
-      <c r="AHT12" s="15" t="n">
+      <c r="AIB12" s="15" t="n">
         <v>-49.2</v>
       </c>
-      <c r="AHU12" s="15" t="n">
+      <c r="AIC12" s="15" t="n">
         <v>-46.1</v>
       </c>
-      <c r="AHV12" s="15" t="n">
+      <c r="AID12" s="15" t="n">
         <v>-36.7</v>
       </c>
-      <c r="AHW12" s="15" t="n">
+      <c r="AIE12" s="15" t="n">
         <v>-18.8</v>
       </c>
-      <c r="AHX12" s="15" t="n">
+      <c r="AIF12" s="15" t="n">
         <v>14.3</v>
       </c>
-      <c r="AHY12" s="15" t="n">
+      <c r="AIG12" s="15" t="n">
         <v>14.8</v>
       </c>
-      <c r="AHZ12" s="15" t="n">
+      <c r="AIH12" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="AIA12" s="15" t="n">
+      <c r="AII12" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="AIB12" s="15" t="n">
+      <c r="AIJ12" s="15" t="n">
         <v>5.6</v>
       </c>
-      <c r="AIC12" s="15" t="n">
+      <c r="AIK12" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="AID12" s="15" t="n">
+      <c r="AIL12" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="AIE12" s="15" t="n">
+      <c r="AIM12" s="15" t="n">
         <v>13.9</v>
       </c>
-      <c r="AIF12" s="15" t="n">
+      <c r="AIN12" s="15" t="n">
         <v>11.3</v>
       </c>
-      <c r="AIG12" s="15" t="n">
+      <c r="AIO12" s="15" t="n">
         <v>8.0</v>
       </c>
-      <c r="AIH12" s="15" t="n">
+      <c r="AIP12" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="AII12" s="15" t="n">
+      <c r="AIQ12" s="15" t="n">
         <v>5.8</v>
       </c>
-      <c r="AIJ12" s="15" t="n">
+      <c r="AIR12" s="15" t="n">
         <v>9.9</v>
       </c>
-      <c r="AIK12" s="15" t="n">
+      <c r="AIS12" s="15" t="n">
         <v>6.6</v>
       </c>
-      <c r="AIL12" s="15" t="n">
+      <c r="AIT12" s="15" t="n">
         <v>-5.9</v>
       </c>
-      <c r="AIM12" s="15" t="n">
+      <c r="AIU12" s="15" t="n">
         <v>-4.2</v>
       </c>
-      <c r="AIN12" s="15" t="n">
+      <c r="AIV12" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="AIO12" s="15" t="n">
+      <c r="AIW12" s="15" t="n">
         <v>-6.5</v>
       </c>
-      <c r="AIP12" s="15" t="n">
+      <c r="AIX12" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="AIQ12" s="15" t="n">
+      <c r="AIY12" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="AIR12" s="15" t="n">
+      <c r="AIZ12" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="AIS12" s="15" t="n">
+      <c r="AJA12" s="15" t="n">
         <v>-8.9</v>
       </c>
-      <c r="AIT12" s="15" t="n">
+      <c r="AJB12" s="15" t="n">
         <v>-7.4</v>
       </c>
-      <c r="AIU12" s="15" t="n">
+      <c r="AJC12" s="15" t="n">
         <v>-6.3</v>
       </c>
-      <c r="AIV12" s="15" t="n">
+      <c r="AJD12" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="AIW12" s="15" t="n">
+      <c r="AJE12" s="15" t="n">
         <v>-2.6</v>
       </c>
-      <c r="AIX12" s="15" t="n">
+      <c r="AJF12" s="15" t="n">
         <v>21.9</v>
       </c>
-      <c r="AIY12" s="15" t="n">
+      <c r="AJG12" s="15" t="n">
         <v>8.1</v>
       </c>
-      <c r="AIZ12" s="15" t="n">
+      <c r="AJH12" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="AJA12" s="15" t="n">
+      <c r="AJI12" s="15" t="n">
         <v>15.2</v>
       </c>
-      <c r="AJB12" s="15" t="n">
+      <c r="AJJ12" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="AJC12" s="15" t="n">
+      <c r="AJK12" s="15" t="n">
         <v>16.3</v>
       </c>
-      <c r="AJD12" s="15" t="n">
+      <c r="AJL12" s="15" t="n">
         <v>11.5</v>
       </c>
-      <c r="AJE12" s="15" t="n">
+      <c r="AJM12" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="AJF12" s="15" t="n">
+      <c r="AJN12" s="15" t="n">
         <v>-4.6</v>
       </c>
-      <c r="AJG12" s="15" t="n">
+      <c r="AJO12" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="AJH12" s="15" t="n">
+      <c r="AJP12" s="15" t="n">
         <v>7.3</v>
       </c>
-      <c r="AJI12" s="15" t="n">
+      <c r="AJQ12" s="15" t="n">
         <v>8.9</v>
       </c>
-      <c r="AJJ12" s="15" t="n">
+      <c r="AJR12" s="15" t="n">
         <v>-23.5</v>
       </c>
-      <c r="AJK12" s="15" t="n">
+      <c r="AJS12" s="15" t="n">
         <v>-20.6</v>
       </c>
-      <c r="AJL12" s="15" t="n">
+      <c r="AJT12" s="15" t="n">
         <v>-19.8</v>
       </c>
-      <c r="AJM12" s="15" t="n">
+      <c r="AJU12" s="15" t="n">
         <v>-20.2</v>
       </c>
-      <c r="AJN12" s="15" t="n">
+      <c r="AJV12" s="15" t="n">
         <v>-24.5</v>
       </c>
-      <c r="AJO12" s="15" t="n">
+      <c r="AJW12" s="15" t="n">
         <v>-22.6</v>
       </c>
-      <c r="AJP12" s="15" t="n">
+      <c r="AJX12" s="15" t="n">
         <v>-22.8</v>
       </c>
-      <c r="AJQ12" s="15" t="n">
+      <c r="AJY12" s="15" t="n">
         <v>-22.0</v>
       </c>
-      <c r="AJR12" s="15" t="n">
+      <c r="AJZ12" s="15" t="n">
         <v>-22.1</v>
       </c>
-      <c r="AJS12" s="15" t="n">
+      <c r="AKA12" s="15" t="n">
         <v>-16.7</v>
       </c>
-      <c r="AJT12" s="15" t="n">
+      <c r="AKB12" s="15" t="n">
         <v>-10.9</v>
       </c>
-      <c r="AJU12" s="15" t="n">
+      <c r="AKC12" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="AJV12" s="15" t="n">
+      <c r="AKD12" s="15" t="n">
         <v>10.1</v>
       </c>
-      <c r="AJW12" s="15" t="n">
+      <c r="AKE12" s="15" t="n">
         <v>20.4</v>
       </c>
-      <c r="AJX12" s="15" t="n">
+      <c r="AKF12" s="15" t="n">
         <v>23.7</v>
       </c>
-      <c r="AJY12" s="15" t="n">
+      <c r="AKG12" s="15" t="n">
         <v>21.2</v>
       </c>
-      <c r="AJZ12" s="15" t="n">
+      <c r="AKH12" s="15" t="n">
         <v>14.4</v>
       </c>
-      <c r="AKA12" s="15" t="n">
+      <c r="AKI12" s="15" t="n">
         <v>16.3</v>
       </c>
-      <c r="AKB12" s="15" t="n">
+      <c r="AKJ12" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="AKC12" s="15" t="n">
+      <c r="AKK12" s="15" t="n">
         <v>-3.2</v>
       </c>
-      <c r="AKD12" s="15" t="n">
+      <c r="AKL12" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="AKE12" s="15" t="n">
+      <c r="AKM12" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="AKF12" s="15" t="n">
+      <c r="AKN12" s="15" t="n">
         <v>10.6</v>
       </c>
-      <c r="AKG12" s="15" t="n">
+      <c r="AKO12" s="15" t="n">
         <v>11.4</v>
       </c>
-      <c r="AKH12" s="15" t="n">
+      <c r="AKP12" s="15" t="n">
         <v>22.4</v>
       </c>
-      <c r="AKI12" s="15" t="n">
+      <c r="AKQ12" s="15" t="n">
         <v>11.8</v>
       </c>
-      <c r="AKJ12" s="15" t="n">
+      <c r="AKR12" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="AKK12" s="15" t="n">
+      <c r="AKS12" s="15" t="n">
         <v>-5.6</v>
       </c>
-      <c r="AKL12" s="15" t="n">
+      <c r="AKT12" s="15" t="n">
         <v>-9.2</v>
       </c>
-      <c r="AKM12" s="15" t="n">
+      <c r="AKU12" s="15" t="n">
         <v>-6.5</v>
       </c>
-      <c r="AKN12" s="15" t="n">
+      <c r="AKV12" s="15" t="n">
         <v>-2.5</v>
       </c>
-      <c r="AKO12" s="15" t="n">
+      <c r="AKW12" s="15" t="n">
         <v>-5.1</v>
       </c>
-      <c r="AKP12" s="15" t="n">
+      <c r="AKX12" s="15" t="n">
         <v>-7.5</v>
       </c>
-      <c r="AKQ12" s="15" t="n">
+      <c r="AKY12" s="15" t="n">
         <v>-18.3</v>
       </c>
-      <c r="AKR12" s="15" t="n">
+      <c r="AKZ12" s="15" t="n">
         <v>-3.6</v>
       </c>
-      <c r="AKS12" s="15" t="n">
+      <c r="ALA12" s="15" t="n">
         <v>5.7</v>
       </c>
-      <c r="AKT12" s="15" t="n">
+      <c r="ALB12" s="15" t="n">
         <v>-30.1</v>
       </c>
-      <c r="AKU12" s="15" t="n">
+      <c r="ALC12" s="15" t="n">
         <v>-31.3</v>
       </c>
-      <c r="AKV12" s="15" t="n">
+      <c r="ALD12" s="15" t="n">
         <v>-27.6</v>
       </c>
-      <c r="AKW12" s="15" t="n">
+      <c r="ALE12" s="15" t="n">
         <v>-24.6</v>
       </c>
-      <c r="AKX12" s="15" t="n">
+      <c r="ALF12" s="15" t="n">
         <v>-19.3</v>
       </c>
-      <c r="AKY12" s="15" t="n">
+      <c r="ALG12" s="15" t="n">
         <v>-23.3</v>
       </c>
-      <c r="AKZ12" s="15" t="n">
+      <c r="ALH12" s="15" t="n">
         <v>-25.8</v>
       </c>
-      <c r="ALA12" s="15" t="n">
+      <c r="ALI12" s="15" t="n">
         <v>-22.1</v>
       </c>
-      <c r="ALB12" s="15" t="n">
+      <c r="ALJ12" s="15" t="n">
         <v>-17.7</v>
       </c>
-      <c r="ALC12" s="15" t="n">
+      <c r="ALK12" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="ALD12" s="15" t="n">
+      <c r="ALL12" s="15" t="n">
         <v>8.5</v>
       </c>
-      <c r="ALE12" s="15" t="n">
+      <c r="ALM12" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="ALF12" s="13" t="inlineStr">
+      <c r="ALN12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALG12" s="13" t="inlineStr">
+      <c r="ALO12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALH12" s="13" t="inlineStr">
+      <c r="ALP12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALI12" s="13" t="inlineStr">
+      <c r="ALQ12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALJ12" s="13" t="inlineStr">
+      <c r="ALR12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALK12" s="13" t="inlineStr">
+      <c r="ALS12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALL12" s="13" t="inlineStr">
+      <c r="ALT12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALM12" s="13" t="inlineStr">
+      <c r="ALU12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALN12" s="13" t="inlineStr">
+      <c r="ALV12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALO12" s="13" t="inlineStr">
+      <c r="ALW12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALP12" s="13" t="inlineStr">
+      <c r="ALX12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="ALQ12" s="13" t="inlineStr">
+      <c r="ALY12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="6" t="inlineStr">
         <is>
           <t>Zona Euro</t>
         </is>
       </c>
       <c r="B13" s="6"/>
       <c r="C13" s="6"/>
       <c r="D13" s="6"/>
       <c r="E13" s="6"/>
       <c r="F13" s="6"/>
       <c r="G13" s="6"/>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="6"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
@@ -18652,208 +18788,212 @@
       <c r="AKS13" s="6"/>
       <c r="AKT13" s="6"/>
       <c r="AKU13" s="6"/>
       <c r="AKV13" s="6"/>
       <c r="AKW13" s="6"/>
       <c r="AKX13" s="6"/>
       <c r="AKY13" s="6"/>
       <c r="AKZ13" s="6"/>
       <c r="ALA13" s="6"/>
       <c r="ALB13" s="6"/>
       <c r="ALC13" s="6"/>
       <c r="ALD13" s="6"/>
       <c r="ALE13" s="6"/>
       <c r="ALF13" s="6"/>
       <c r="ALG13" s="6"/>
       <c r="ALH13" s="6"/>
       <c r="ALI13" s="6"/>
       <c r="ALJ13" s="6"/>
       <c r="ALK13" s="6"/>
       <c r="ALL13" s="6"/>
       <c r="ALM13" s="6"/>
       <c r="ALN13" s="6"/>
       <c r="ALO13" s="6"/>
       <c r="ALP13" s="6"/>
       <c r="ALQ13" s="6"/>
+      <c r="ALR13" s="6"/>
+      <c r="ALS13" s="6"/>
+      <c r="ALT13" s="6"/>
+      <c r="ALU13" s="6"/>
+      <c r="ALV13" s="6"/>
+      <c r="ALW13" s="6"/>
+      <c r="ALX13" s="6"/>
+      <c r="ALY13" s="6"/>
     </row>
     <row r="14">
       <c r="A14" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    B Mining and quarrying industries</t>
         </is>
       </c>
       <c r="B14" s="14" t="n">
-        <v>135.171</v>
+        <v>139.956</v>
       </c>
       <c r="C14" s="14" t="n">
+        <v>134.814</v>
+      </c>
+      <c r="D14" s="14" t="n">
+        <v>135.153</v>
+      </c>
+      <c r="E14" s="14" t="n">
         <v>133.433</v>
       </c>
-      <c r="D14" s="14" t="n">
+      <c r="F14" s="14" t="n">
         <v>133.119</v>
       </c>
-      <c r="E14" s="14" t="n">
+      <c r="G14" s="14" t="n">
         <v>131.44</v>
       </c>
-      <c r="F14" s="14" t="n">
+      <c r="H14" s="14" t="n">
         <v>132.111</v>
       </c>
-      <c r="G14" s="14" t="n">
+      <c r="I14" s="14" t="n">
         <v>133.565</v>
       </c>
-      <c r="H14" s="14" t="n">
+      <c r="J14" s="14" t="n">
         <v>134.731</v>
       </c>
-      <c r="I14" s="14" t="n">
+      <c r="K14" s="14" t="n">
         <v>135.164</v>
       </c>
-      <c r="J14" s="14" t="n">
+      <c r="L14" s="14" t="n">
         <v>135.272</v>
       </c>
-      <c r="K14" s="14" t="n">
+      <c r="M14" s="14" t="n">
         <v>134.525</v>
       </c>
-      <c r="L14" s="14" t="n">
+      <c r="N14" s="14" t="n">
         <v>130.614</v>
       </c>
-      <c r="M14" s="14" t="n">
+      <c r="O14" s="14" t="n">
         <v>131.685</v>
       </c>
-      <c r="N14" s="14" t="n">
+      <c r="P14" s="14" t="n">
         <v>133.097</v>
       </c>
-      <c r="O14" s="14" t="n">
+      <c r="Q14" s="14" t="n">
         <v>133.299</v>
       </c>
-      <c r="P14" s="14" t="n">
+      <c r="R14" s="14" t="n">
         <v>130.747</v>
       </c>
-      <c r="Q14" s="14" t="n">
+      <c r="S14" s="14" t="n">
         <v>130.469</v>
       </c>
-      <c r="R14" s="14" t="n">
+      <c r="T14" s="14" t="n">
         <v>134.538</v>
       </c>
-      <c r="S14" s="14" t="n">
+      <c r="U14" s="14" t="n">
         <v>134.961</v>
       </c>
-      <c r="T14" s="14" t="n">
+      <c r="V14" s="14" t="n">
         <v>134.072</v>
       </c>
-      <c r="U14" s="14" t="n">
+      <c r="W14" s="14" t="n">
         <v>130.317</v>
       </c>
-      <c r="V14" s="14" t="n">
+      <c r="X14" s="14" t="n">
         <v>129.578</v>
       </c>
-      <c r="W14" s="14" t="n">
+      <c r="Y14" s="14" t="n">
         <v>129.473</v>
       </c>
-      <c r="X14" s="14" t="n">
+      <c r="Z14" s="14" t="n">
         <v>129.227</v>
       </c>
-      <c r="Y14" s="14" t="n">
+      <c r="AA14" s="14" t="n">
         <v>125.875</v>
       </c>
-      <c r="Z14" s="14" t="n">
+      <c r="AB14" s="14" t="n">
         <v>122.829</v>
       </c>
-      <c r="AA14" s="14" t="n">
+      <c r="AC14" s="14" t="n">
         <v>125.341</v>
       </c>
-      <c r="AB14" s="14" t="n">
+      <c r="AD14" s="14" t="n">
         <v>128.902</v>
       </c>
-      <c r="AC14" s="14" t="n">
+      <c r="AE14" s="14" t="n">
         <v>128.754</v>
       </c>
-      <c r="AD14" s="14" t="n">
+      <c r="AF14" s="14" t="n">
         <v>129.534</v>
       </c>
-      <c r="AE14" s="14" t="n">
+      <c r="AG14" s="14" t="n">
         <v>128.398</v>
       </c>
-      <c r="AF14" s="14" t="n">
+      <c r="AH14" s="14" t="n">
         <v>132.04</v>
       </c>
-      <c r="AG14" s="14" t="n">
+      <c r="AI14" s="14" t="n">
         <v>133.028</v>
       </c>
-      <c r="AH14" s="14" t="n">
+      <c r="AJ14" s="14" t="n">
         <v>133.741</v>
       </c>
-      <c r="AI14" s="14" t="n">
+      <c r="AK14" s="14" t="n">
         <v>135.731</v>
       </c>
-      <c r="AJ14" s="14" t="n">
+      <c r="AL14" s="14" t="n">
         <v>130.547</v>
       </c>
-      <c r="AK14" s="14" t="n">
+      <c r="AM14" s="14" t="n">
         <v>124.092</v>
       </c>
-      <c r="AL14" s="14" t="n">
+      <c r="AN14" s="14" t="n">
         <v>122.636</v>
       </c>
-      <c r="AM14" s="14" t="n">
+      <c r="AO14" s="14" t="n">
         <v>123.27</v>
       </c>
-      <c r="AN14" s="14" t="n">
+      <c r="AP14" s="14" t="n">
         <v>124.008</v>
       </c>
-      <c r="AO14" s="14" t="n">
+      <c r="AQ14" s="14" t="n">
         <v>122.604</v>
       </c>
-      <c r="AP14" s="14" t="n">
+      <c r="AR14" s="14" t="n">
         <v>123.371</v>
       </c>
-      <c r="AQ14" s="14" t="n">
+      <c r="AS14" s="14" t="n">
         <v>125.99</v>
       </c>
-      <c r="AR14" s="14" t="n">
+      <c r="AT14" s="14" t="n">
         <v>125.945</v>
       </c>
-      <c r="AS14" s="14" t="n">
+      <c r="AU14" s="14" t="n">
         <v>126.283</v>
       </c>
-      <c r="AT14" s="14" t="n">
+      <c r="AV14" s="14" t="n">
         <v>120.53</v>
       </c>
-      <c r="AU14" s="14" t="n">
+      <c r="AW14" s="14" t="n">
         <v>114.386</v>
       </c>
-      <c r="AV14" s="14" t="n">
+      <c r="AX14" s="14" t="n">
         <v>111.578</v>
       </c>
-      <c r="AW14" s="13" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="AY14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="AZ14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BA14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BB14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BC14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -19820,211 +19960,207 @@
       <c r="IN14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IO14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IP14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IQ14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IR14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="IS14" s="15" t="n">
+      <c r="IS14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IT14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IU14" s="15" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="IV14" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="IW14" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="IT14" s="15" t="n">
+      <c r="IX14" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="IU14" s="15" t="n">
+      <c r="IY14" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="IV14" s="15" t="n">
+      <c r="IZ14" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="IW14" s="15" t="n">
+      <c r="JA14" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="IX14" s="15" t="n">
+      <c r="JB14" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="IY14" s="15" t="n">
+      <c r="JC14" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="IZ14" s="15" t="n">
+      <c r="JD14" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="JA14" s="15" t="n">
+      <c r="JE14" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="JB14" s="15" t="n">
+      <c r="JF14" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="JC14" s="15" t="n">
+      <c r="JG14" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="JD14" s="15" t="n">
+      <c r="JH14" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="JE14" s="15" t="n">
+      <c r="JI14" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="JF14" s="15" t="n">
+      <c r="JJ14" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="JG14" s="15" t="n">
+      <c r="JK14" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="JH14" s="15" t="n">
+      <c r="JL14" s="15" t="n">
         <v>-3.0</v>
       </c>
-      <c r="JI14" s="15" t="n">
+      <c r="JM14" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="JJ14" s="15" t="n">
+      <c r="JN14" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="JK14" s="15" t="n">
+      <c r="JO14" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="JL14" s="15" t="n">
+      <c r="JP14" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="JM14" s="15" t="n">
+      <c r="JQ14" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="JN14" s="15" t="n">
+      <c r="JR14" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="JO14" s="15" t="n">
+      <c r="JS14" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="JP14" s="15" t="n">
+      <c r="JT14" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="JQ14" s="15" t="n">
+      <c r="JU14" s="15" t="n">
         <v>-2.0</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.9</v>
       </c>
       <c r="JV14" s="15" t="n">
         <v>-2.8</v>
       </c>
       <c r="JW14" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="JX14" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="JY14" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="JZ14" s="15" t="n">
+        <v>-2.8</v>
+      </c>
+      <c r="KA14" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="JX14" s="15" t="n">
+      <c r="KB14" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="JY14" s="15" t="n">
+      <c r="KC14" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="JZ14" s="15" t="n">
+      <c r="KD14" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="KA14" s="15" t="n">
+      <c r="KE14" s="15" t="n">
         <v>5.2</v>
       </c>
-      <c r="KB14" s="15" t="n">
+      <c r="KF14" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="KC14" s="15" t="n">
+      <c r="KG14" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="KD14" s="15" t="n">
+      <c r="KH14" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="KE14" s="15" t="n">
+      <c r="KI14" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="KF14" s="15" t="n">
+      <c r="KJ14" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="KG14" s="15" t="n">
+      <c r="KK14" s="15" t="n">
         <v>-2.1</v>
       </c>
-      <c r="KH14" s="15" t="n">
+      <c r="KL14" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="KI14" s="15" t="n">
+      <c r="KM14" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="KJ14" s="15" t="n">
+      <c r="KN14" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="KK14" s="15" t="n">
+      <c r="KO14" s="15" t="n">
         <v>5.4</v>
       </c>
-      <c r="KL14" s="15" t="n">
+      <c r="KP14" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="KM14" s="15" t="n">
+      <c r="KQ14" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="KN14" s="13" t="inlineStr">
-[...18 lines deleted...]
-      </c>
       <c r="KR14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="KS14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="KT14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="KU14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="KV14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -20981,221 +21117,217 @@
       <c r="SE14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="SF14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="SG14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="SH14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="SI14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="SJ14" s="15" t="n">
-[...2 lines deleted...]
-      <c r="SK14" s="15" t="n">
+      <c r="SJ14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SK14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SL14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SM14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SN14" s="15" t="n">
+        <v>7.2</v>
+      </c>
+      <c r="SO14" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="SP14" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="SQ14" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="SL14" s="15" t="n">
+      <c r="SR14" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="SM14" s="15" t="n">
+      <c r="SS14" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="SN14" s="15" t="n">
+      <c r="ST14" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="SO14" s="15" t="n">
+      <c r="SU14" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="SP14" s="15" t="n">
+      <c r="SV14" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="SQ14" s="15" t="n">
+      <c r="SW14" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="SR14" s="15" t="n">
+      <c r="SX14" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="SS14" s="15" t="n">
+      <c r="SY14" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="ST14" s="15" t="n">
+      <c r="SZ14" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="SU14" s="15" t="n">
+      <c r="TA14" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="SV14" s="15" t="n">
+      <c r="TB14" s="15" t="n">
         <v>8.4</v>
       </c>
-      <c r="SW14" s="15" t="n">
+      <c r="TC14" s="15" t="n">
         <v>6.3</v>
       </c>
-      <c r="SX14" s="15" t="n">
+      <c r="TD14" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="SY14" s="15" t="n">
+      <c r="TE14" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="SZ14" s="15" t="n">
+      <c r="TF14" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="TA14" s="15" t="n">
+      <c r="TG14" s="15" t="n">
         <v>5.1</v>
       </c>
-      <c r="TB14" s="15" t="n">
+      <c r="TH14" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="TC14" s="15" t="n">
+      <c r="TI14" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="TD14" s="15" t="n">
+      <c r="TJ14" s="15" t="n">
         <v>-3.1</v>
       </c>
-      <c r="TE14" s="15" t="n">
+      <c r="TK14" s="15" t="n">
         <v>-4.6</v>
       </c>
-      <c r="TF14" s="15" t="n">
+      <c r="TL14" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="TG14" s="15" t="n">
+      <c r="TM14" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="TH14" s="15" t="n">
+      <c r="TN14" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="TI14" s="15" t="n">
+      <c r="TO14" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="TJ14" s="15" t="n">
+      <c r="TP14" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="TK14" s="15" t="n">
+      <c r="TQ14" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="TL14" s="15" t="n">
+      <c r="TR14" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="TM14" s="15" t="n">
+      <c r="TS14" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="TN14" s="15" t="n">
+      <c r="TT14" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="TO14" s="15" t="n">
+      <c r="TU14" s="15" t="n">
         <v>5.3</v>
       </c>
-      <c r="TP14" s="15" t="n">
+      <c r="TV14" s="15" t="n">
         <v>11.0</v>
       </c>
-      <c r="TQ14" s="15" t="n">
+      <c r="TW14" s="15" t="n">
         <v>18.7</v>
       </c>
-      <c r="TR14" s="15" t="n">
+      <c r="TX14" s="15" t="n">
         <v>17.0</v>
       </c>
-      <c r="TS14" s="15" t="n">
+      <c r="TY14" s="15" t="n">
         <v>13.1</v>
       </c>
-      <c r="TT14" s="15" t="n">
+      <c r="TZ14" s="15" t="n">
         <v>12.7</v>
       </c>
-      <c r="TU14" s="15" t="n">
+      <c r="UA14" s="15" t="n">
         <v>15.7</v>
       </c>
-      <c r="TV14" s="15" t="n">
+      <c r="UB14" s="15" t="n">
         <v>19.7</v>
       </c>
-      <c r="TW14" s="15" t="n">
+      <c r="UC14" s="15" t="n">
         <v>19.5</v>
       </c>
-      <c r="TX14" s="15" t="n">
+      <c r="UD14" s="15" t="n">
         <v>24.0</v>
       </c>
-      <c r="TY14" s="15" t="n">
+      <c r="UE14" s="15" t="n">
         <v>26.0</v>
       </c>
-      <c r="TZ14" s="15" t="n">
+      <c r="UF14" s="15" t="n">
         <v>27.7</v>
       </c>
-      <c r="UA14" s="15" t="n">
+      <c r="UG14" s="15" t="n">
         <v>32.8</v>
       </c>
-      <c r="UB14" s="15" t="n">
+      <c r="UH14" s="15" t="n">
         <v>27.6</v>
       </c>
-      <c r="UC14" s="15" t="n">
+      <c r="UI14" s="15" t="n">
         <v>26.2</v>
       </c>
-      <c r="UD14" s="15" t="n">
+      <c r="UJ14" s="15" t="n">
         <v>23.3</v>
       </c>
-      <c r="UE14" s="13" t="inlineStr">
-[...28 lines deleted...]
-      </c>
       <c r="UK14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="UL14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="UM14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="UN14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="UO14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -22142,231 +22274,227 @@
       <c r="ABV14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABW14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABX14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABY14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABZ14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ACA14" s="15" t="n">
+      <c r="ACA14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACB14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACC14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACD14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACE14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACF14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACG14" s="15" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="ACH14" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="ACI14" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="ACB14" s="15" t="n">
+      <c r="ACJ14" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="ACC14" s="15" t="n">
+      <c r="ACK14" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="ACD14" s="15" t="n">
+      <c r="ACL14" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="ACE14" s="15" t="n">
+      <c r="ACM14" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="ACF14" s="15" t="n">
+      <c r="ACN14" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="ACG14" s="15" t="n">
+      <c r="ACO14" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="ACH14" s="15" t="n">
+      <c r="ACP14" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="ACI14" s="15" t="n">
+      <c r="ACQ14" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="ACJ14" s="15" t="n">
+      <c r="ACR14" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="ACK14" s="15" t="n">
+      <c r="ACS14" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="ACL14" s="15" t="n">
+      <c r="ACT14" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="ACM14" s="15" t="n">
+      <c r="ACU14" s="15" t="n">
         <v>5.7</v>
       </c>
-      <c r="ACN14" s="15" t="n">
+      <c r="ACV14" s="15" t="n">
         <v>5.9</v>
       </c>
-      <c r="ACO14" s="15" t="n">
+      <c r="ACW14" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="ACP14" s="15" t="n">
+      <c r="ACX14" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="ACQ14" s="15" t="n">
+      <c r="ACY14" s="15" t="n">
         <v>6.9</v>
       </c>
-      <c r="ACR14" s="15" t="n">
+      <c r="ACZ14" s="15" t="n">
         <v>7.2</v>
       </c>
-      <c r="ACS14" s="15" t="n">
+      <c r="ADA14" s="15" t="n">
         <v>6.5</v>
       </c>
-      <c r="ACT14" s="15" t="n">
+      <c r="ADB14" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="ACU14" s="15" t="n">
+      <c r="ADC14" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="ACV14" s="15" t="n">
+      <c r="ADD14" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="ACW14" s="15" t="n">
+      <c r="ADE14" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="ACX14" s="15" t="n">
+      <c r="ADF14" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="ACY14" s="15" t="n">
+      <c r="ADG14" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="ACZ14" s="15" t="n">
+      <c r="ADH14" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="ADA14" s="15" t="n">
+      <c r="ADI14" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="ADB14" s="15" t="n">
+      <c r="ADJ14" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="ADC14" s="15" t="n">
+      <c r="ADK14" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="ADD14" s="15" t="n">
+      <c r="ADL14" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="ADE14" s="15" t="n">
+      <c r="ADM14" s="15" t="n">
         <v>6.4</v>
       </c>
-      <c r="ADF14" s="15" t="n">
+      <c r="ADN14" s="15" t="n">
         <v>7.2</v>
       </c>
-      <c r="ADG14" s="15" t="n">
+      <c r="ADO14" s="15" t="n">
         <v>7.8</v>
       </c>
-      <c r="ADH14" s="15" t="n">
+      <c r="ADP14" s="15" t="n">
         <v>9.4</v>
       </c>
-      <c r="ADI14" s="15" t="n">
+      <c r="ADQ14" s="15" t="n">
         <v>5.2</v>
       </c>
-      <c r="ADJ14" s="15" t="n">
+      <c r="ADR14" s="15" t="n">
         <v>13.1</v>
       </c>
-      <c r="ADK14" s="15" t="n">
+      <c r="ADS14" s="15" t="n">
         <v>11.7</v>
       </c>
-      <c r="ADL14" s="15" t="n">
+      <c r="ADT14" s="15" t="n">
         <v>12.3</v>
       </c>
-      <c r="ADM14" s="15" t="n">
+      <c r="ADU14" s="15" t="n">
         <v>13.0</v>
       </c>
-      <c r="ADN14" s="15" t="n">
+      <c r="ADV14" s="15" t="n">
         <v>11.7</v>
       </c>
-      <c r="ADO14" s="15" t="n">
+      <c r="ADW14" s="15" t="n">
         <v>12.4</v>
       </c>
-      <c r="ADP14" s="15" t="n">
+      <c r="ADX14" s="15" t="n">
         <v>14.8</v>
       </c>
-      <c r="ADQ14" s="15" t="n">
+      <c r="ADY14" s="15" t="n">
         <v>14.7</v>
       </c>
-      <c r="ADR14" s="15" t="n">
+      <c r="ADZ14" s="15" t="n">
         <v>15.1</v>
       </c>
-      <c r="ADS14" s="15" t="n">
+      <c r="AEA14" s="15" t="n">
         <v>9.8</v>
       </c>
-      <c r="ADT14" s="15" t="n">
+      <c r="AEB14" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="ADU14" s="15" t="n">
+      <c r="AEC14" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="ADV14" s="13" t="inlineStr">
-[...38 lines deleted...]
-      </c>
       <c r="AED14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="AEE14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="AEF14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="AEG14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="AEH14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -23299,212 +23427,248 @@
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ALM14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ALN14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ALO14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ALP14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ALQ14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ALR14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ALS14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ALT14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ALU14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ALV14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ALW14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ALX14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ALY14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    C Manufacturing industry</t>
         </is>
       </c>
       <c r="B15" s="14" t="n">
-        <v>115.255</v>
+        <v>116.368</v>
       </c>
       <c r="C15" s="14" t="n">
-        <v>115.811</v>
+        <v>115.266</v>
       </c>
       <c r="D15" s="14" t="n">
-        <v>115.859</v>
+        <v>115.254</v>
       </c>
       <c r="E15" s="14" t="n">
+        <v>115.813</v>
+      </c>
+      <c r="F15" s="14" t="n">
+        <v>115.86</v>
+      </c>
+      <c r="G15" s="14" t="n">
         <v>115.692</v>
       </c>
-      <c r="F15" s="14" t="n">
+      <c r="H15" s="14" t="n">
         <v>115.583</v>
       </c>
-      <c r="G15" s="14" t="n">
+      <c r="I15" s="14" t="n">
         <v>115.799</v>
       </c>
-      <c r="H15" s="14" t="n">
+      <c r="J15" s="14" t="n">
         <v>115.777</v>
       </c>
-      <c r="I15" s="14" t="n">
+      <c r="K15" s="14" t="n">
         <v>115.907</v>
       </c>
-      <c r="J15" s="14" t="n">
+      <c r="L15" s="14" t="n">
         <v>115.869</v>
       </c>
-      <c r="K15" s="14" t="n">
+      <c r="M15" s="14" t="n">
         <v>115.949</v>
       </c>
-      <c r="L15" s="14" t="n">
+      <c r="N15" s="14" t="n">
         <v>115.436</v>
       </c>
-      <c r="M15" s="14" t="n">
+      <c r="O15" s="14" t="n">
         <v>114.833</v>
       </c>
-      <c r="N15" s="14" t="n">
+      <c r="P15" s="14" t="n">
         <v>114.825</v>
       </c>
-      <c r="O15" s="14" t="n">
+      <c r="Q15" s="14" t="n">
         <v>115.166</v>
       </c>
-      <c r="P15" s="14" t="n">
+      <c r="R15" s="14" t="n">
         <v>115.008</v>
       </c>
-      <c r="Q15" s="14" t="n">
+      <c r="S15" s="14" t="n">
         <v>115.059</v>
       </c>
-      <c r="R15" s="14" t="n">
+      <c r="T15" s="14" t="n">
         <v>115.148</v>
       </c>
-      <c r="S15" s="14" t="n">
+      <c r="U15" s="14" t="n">
         <v>115.176</v>
       </c>
-      <c r="T15" s="14" t="n">
+      <c r="V15" s="14" t="n">
         <v>115.13</v>
       </c>
-      <c r="U15" s="14" t="n">
+      <c r="W15" s="14" t="n">
         <v>115.163</v>
       </c>
-      <c r="V15" s="14" t="n">
+      <c r="X15" s="14" t="n">
         <v>114.755</v>
       </c>
-      <c r="W15" s="14" t="n">
+      <c r="Y15" s="14" t="n">
         <v>114.553</v>
       </c>
-      <c r="X15" s="14" t="n">
+      <c r="Z15" s="14" t="n">
         <v>114.585</v>
       </c>
-      <c r="Y15" s="14" t="n">
+      <c r="AA15" s="14" t="n">
         <v>114.176</v>
       </c>
-      <c r="Z15" s="14" t="n">
+      <c r="AB15" s="14" t="n">
         <v>113.939</v>
       </c>
-      <c r="AA15" s="14" t="n">
+      <c r="AC15" s="14" t="n">
         <v>114.551</v>
       </c>
-      <c r="AB15" s="14" t="n">
+      <c r="AD15" s="14" t="n">
         <v>114.592</v>
       </c>
-      <c r="AC15" s="14" t="n">
+      <c r="AE15" s="14" t="n">
         <v>114.221</v>
       </c>
-      <c r="AD15" s="14" t="n">
+      <c r="AF15" s="14" t="n">
         <v>113.769</v>
       </c>
-      <c r="AE15" s="14" t="n">
+      <c r="AG15" s="14" t="n">
         <v>114.386</v>
       </c>
-      <c r="AF15" s="14" t="n">
+      <c r="AH15" s="14" t="n">
         <v>114.329</v>
       </c>
-      <c r="AG15" s="14" t="n">
+      <c r="AI15" s="14" t="n">
         <v>115.061</v>
       </c>
-      <c r="AH15" s="14" t="n">
+      <c r="AJ15" s="14" t="n">
         <v>115.1</v>
       </c>
-      <c r="AI15" s="14" t="n">
+      <c r="AK15" s="14" t="n">
         <v>114.745</v>
       </c>
-      <c r="AJ15" s="14" t="n">
+      <c r="AL15" s="14" t="n">
         <v>114.367</v>
       </c>
-      <c r="AK15" s="14" t="n">
+      <c r="AM15" s="14" t="n">
         <v>113.375</v>
       </c>
-      <c r="AL15" s="14" t="n">
+      <c r="AN15" s="14" t="n">
         <v>113.671</v>
       </c>
-      <c r="AM15" s="14" t="n">
+      <c r="AO15" s="14" t="n">
         <v>113.944</v>
       </c>
-      <c r="AN15" s="14" t="n">
+      <c r="AP15" s="14" t="n">
         <v>113.582</v>
       </c>
-      <c r="AO15" s="14" t="n">
+      <c r="AQ15" s="14" t="n">
         <v>113.467</v>
       </c>
-      <c r="AP15" s="14" t="n">
+      <c r="AR15" s="14" t="n">
         <v>113.578</v>
       </c>
-      <c r="AQ15" s="14" t="n">
+      <c r="AS15" s="14" t="n">
         <v>114.54</v>
       </c>
-      <c r="AR15" s="14" t="n">
+      <c r="AT15" s="14" t="n">
         <v>113.895</v>
       </c>
-      <c r="AS15" s="14" t="n">
+      <c r="AU15" s="14" t="n">
         <v>112.532</v>
       </c>
-      <c r="AT15" s="14" t="n">
+      <c r="AV15" s="14" t="n">
         <v>109.908</v>
       </c>
-      <c r="AU15" s="14" t="n">
+      <c r="AW15" s="14" t="n">
         <v>108.012</v>
       </c>
-      <c r="AV15" s="14" t="n">
+      <c r="AX15" s="14" t="n">
         <v>106.007</v>
       </c>
-      <c r="AW15" s="13" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="AY15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="AZ15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BA15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BB15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BC15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -24471,211 +24635,207 @@
       <c r="IN15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IO15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IP15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IQ15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IR15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="IS15" s="15" t="n">
+      <c r="IS15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IT15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IU15" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="IV15" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="IW15" s="15" t="n">
         <v>-0.5</v>
-      </c>
-[...10 lines deleted...]
-        <v>-0.2</v>
       </c>
       <c r="IX15" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="IY15" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="IZ15" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="JA15" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="JB15" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="JC15" s="15" t="n">
         <v>-0.1</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.5</v>
       </c>
       <c r="JD15" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="JE15" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="JF15" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="JG15" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="JH15" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="JI15" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="JF15" s="15" t="n">
+      <c r="JJ15" s="15" t="n">
         <v>0.1</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.0</v>
       </c>
       <c r="JK15" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="JL15" s="15" t="n">
-        <v>0.4</v>
+        <v>-0.1</v>
       </c>
       <c r="JM15" s="15" t="n">
-        <v>0.2</v>
+        <v>0.0</v>
       </c>
       <c r="JN15" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="JO15" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="JP15" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="JP15" s="15" t="n">
+      <c r="JQ15" s="15" t="n">
         <v>0.2</v>
-      </c>
-[...1 lines deleted...]
-        <v>-0.5</v>
       </c>
       <c r="JR15" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="JS15" s="15" t="n">
-        <v>0.3</v>
+        <v>0.4</v>
       </c>
       <c r="JT15" s="15" t="n">
-        <v>0.4</v>
+        <v>0.2</v>
       </c>
       <c r="JU15" s="15" t="n">
         <v>-0.5</v>
       </c>
       <c r="JV15" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="JW15" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="JX15" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="JY15" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="JZ15" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="KA15" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="JX15" s="15" t="n">
+      <c r="KB15" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="JY15" s="15" t="n">
+      <c r="KC15" s="15" t="n">
         <v>0.3</v>
-      </c>
-[...10 lines deleted...]
-        <v>-0.2</v>
       </c>
       <c r="KD15" s="15" t="n">
         <v>0.3</v>
       </c>
       <c r="KE15" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="KF15" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="KG15" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="KH15" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="KI15" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="KF15" s="15" t="n">
+      <c r="KJ15" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="KG15" s="15" t="n">
+      <c r="KK15" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="KH15" s="15" t="n">
+      <c r="KL15" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="KI15" s="15" t="n">
+      <c r="KM15" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="KJ15" s="15" t="n">
+      <c r="KN15" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="KK15" s="15" t="n">
+      <c r="KO15" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="KL15" s="15" t="n">
+      <c r="KP15" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="KM15" s="15" t="n">
+      <c r="KQ15" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="KN15" s="13" t="inlineStr">
-[...18 lines deleted...]
-      </c>
       <c r="KR15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="KS15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="KT15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="KU15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="KV15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -25632,221 +25792,217 @@
       <c r="SE15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="SF15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="SG15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="SH15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="SI15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="SJ15" s="15" t="n">
+      <c r="SJ15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SK15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SL15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SM15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SN15" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="SO15" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="SK15" s="15" t="n">
-[...8 lines deleted...]
-      <c r="SN15" s="15" t="n">
+      <c r="SP15" s="15" t="n">
         <v>0.4</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.6</v>
       </c>
       <c r="SQ15" s="15" t="n">
         <v>0.6</v>
       </c>
       <c r="SR15" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="SS15" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="ST15" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="SU15" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="SV15" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="SW15" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="SX15" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="SS15" s="15" t="n">
+      <c r="SY15" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="ST15" s="15" t="n">
+      <c r="SZ15" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="SU15" s="15" t="n">
+      <c r="TA15" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="SV15" s="15" t="n">
+      <c r="TB15" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="SW15" s="15" t="n">
+      <c r="TC15" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="SX15" s="15" t="n">
+      <c r="TD15" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="SY15" s="15" t="n">
+      <c r="TE15" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="SZ15" s="15" t="n">
+      <c r="TF15" s="15" t="n">
         <v>1.2</v>
-      </c>
-[...16 lines deleted...]
-        <v>0.2</v>
       </c>
       <c r="TG15" s="15" t="n">
         <v>0.7</v>
       </c>
       <c r="TH15" s="15" t="n">
-        <v>0.2</v>
+        <v>0.7</v>
       </c>
       <c r="TI15" s="15" t="n">
-        <v>0.5</v>
+        <v>0.1</v>
       </c>
       <c r="TJ15" s="15" t="n">
-        <v>0.9</v>
+        <v>-0.3</v>
       </c>
       <c r="TK15" s="15" t="n">
-        <v>0.7</v>
+        <v>-0.2</v>
       </c>
       <c r="TL15" s="15" t="n">
         <v>0.2</v>
       </c>
       <c r="TM15" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="TN15" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="TO15" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="TP15" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="TQ15" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="TR15" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="TS15" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="TN15" s="15" t="n">
+      <c r="TT15" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="TO15" s="15" t="n">
+      <c r="TU15" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="TP15" s="15" t="n">
+      <c r="TV15" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="TQ15" s="15" t="n">
+      <c r="TW15" s="15" t="n">
         <v>6.2</v>
       </c>
-      <c r="TR15" s="15" t="n">
+      <c r="TX15" s="15" t="n">
         <v>7.9</v>
       </c>
-      <c r="TS15" s="15" t="n">
+      <c r="TY15" s="15" t="n">
         <v>9.0</v>
       </c>
-      <c r="TT15" s="15" t="n">
+      <c r="TZ15" s="15" t="n">
         <v>9.5</v>
       </c>
-      <c r="TU15" s="15" t="n">
+      <c r="UA15" s="15" t="n">
         <v>10.6</v>
       </c>
-      <c r="TV15" s="15" t="n">
+      <c r="UB15" s="15" t="n">
         <v>11.5</v>
       </c>
-      <c r="TW15" s="15" t="n">
+      <c r="UC15" s="15" t="n">
         <v>11.9</v>
       </c>
-      <c r="TX15" s="15" t="n">
+      <c r="UD15" s="15" t="n">
         <v>12.7</v>
       </c>
-      <c r="TY15" s="15" t="n">
+      <c r="UE15" s="15" t="n">
         <v>15.4</v>
       </c>
-      <c r="TZ15" s="15" t="n">
+      <c r="UF15" s="15" t="n">
         <v>15.2</v>
       </c>
-      <c r="UA15" s="15" t="n">
+      <c r="UG15" s="15" t="n">
         <v>14.5</v>
       </c>
-      <c r="UB15" s="15" t="n">
+      <c r="UH15" s="15" t="n">
         <v>12.7</v>
       </c>
-      <c r="UC15" s="15" t="n">
+      <c r="UI15" s="15" t="n">
         <v>12.4</v>
       </c>
-      <c r="UD15" s="15" t="n">
+      <c r="UJ15" s="15" t="n">
         <v>11.6</v>
       </c>
-      <c r="UE15" s="13" t="inlineStr">
-[...28 lines deleted...]
-      </c>
       <c r="UK15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="UL15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="UM15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="UN15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="UO15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -26793,231 +26949,227 @@
       <c r="ABV15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABW15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABX15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABY15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABZ15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ACA15" s="15" t="n">
+      <c r="ACA15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACB15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACC15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACD15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACE15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACF15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACG15" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="ACH15" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="ACB15" s="15" t="n">
+      <c r="ACI15" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="ACJ15" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="ACC15" s="15" t="n">
+      <c r="ACK15" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="ACD15" s="15" t="n">
+      <c r="ACL15" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="ACE15" s="15" t="n">
+      <c r="ACM15" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="ACF15" s="15" t="n">
+      <c r="ACN15" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="ACG15" s="15" t="n">
+      <c r="ACO15" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="ACH15" s="15" t="n">
+      <c r="ACP15" s="15" t="n">
         <v>0.9</v>
-      </c>
-[...22 lines deleted...]
-        <v>0.8</v>
       </c>
       <c r="ACQ15" s="15" t="n">
         <v>0.9</v>
       </c>
       <c r="ACR15" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="ACS15" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="ACT15" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="ACU15" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="ACV15" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="ACS15" s="15" t="n">
+      <c r="ACW15" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="ACX15" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="ACT15" s="15" t="n">
+      <c r="ACY15" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="ACU15" s="15" t="n">
+      <c r="ACZ15" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="ADA15" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="ADB15" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="ADC15" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="ACV15" s="15" t="n">
+      <c r="ADD15" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="ACW15" s="15" t="n">
+      <c r="ADE15" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="ACX15" s="15" t="n">
+      <c r="ADF15" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="ACY15" s="15" t="n">
+      <c r="ADG15" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="ACZ15" s="15" t="n">
+      <c r="ADH15" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="ADA15" s="15" t="n">
+      <c r="ADI15" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="ADB15" s="15" t="n">
+      <c r="ADJ15" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="ADC15" s="15" t="n">
+      <c r="ADK15" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="ADD15" s="15" t="n">
+      <c r="ADL15" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="ADE15" s="15" t="n">
+      <c r="ADM15" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="ADF15" s="15" t="n">
+      <c r="ADN15" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="ADG15" s="15" t="n">
+      <c r="ADO15" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="ADH15" s="15" t="n">
+      <c r="ADP15" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="ADI15" s="15" t="n">
+      <c r="ADQ15" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="ADJ15" s="15" t="n">
+      <c r="ADR15" s="15" t="n">
         <v>9.0</v>
       </c>
-      <c r="ADK15" s="15" t="n">
+      <c r="ADS15" s="15" t="n">
         <v>9.3</v>
       </c>
-      <c r="ADL15" s="15" t="n">
+      <c r="ADT15" s="15" t="n">
         <v>9.6</v>
       </c>
-      <c r="ADM15" s="15" t="n">
+      <c r="ADU15" s="15" t="n">
         <v>9.2</v>
       </c>
-      <c r="ADN15" s="15" t="n">
+      <c r="ADV15" s="15" t="n">
         <v>9.1</v>
       </c>
-      <c r="ADO15" s="15" t="n">
+      <c r="ADW15" s="15" t="n">
         <v>9.2</v>
       </c>
-      <c r="ADP15" s="15" t="n">
+      <c r="ADX15" s="15" t="n">
         <v>10.1</v>
       </c>
-      <c r="ADQ15" s="15" t="n">
+      <c r="ADY15" s="15" t="n">
         <v>9.5</v>
       </c>
-      <c r="ADR15" s="15" t="n">
+      <c r="ADZ15" s="15" t="n">
         <v>8.2</v>
       </c>
-      <c r="ADS15" s="15" t="n">
+      <c r="AEA15" s="15" t="n">
         <v>5.7</v>
       </c>
-      <c r="ADT15" s="15" t="n">
+      <c r="AEB15" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="ADU15" s="15" t="n">
+      <c r="AEC15" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="ADV15" s="13" t="inlineStr">
-[...38 lines deleted...]
-      </c>
       <c r="AED15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="AEE15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="AEF15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="AEG15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="AEH15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -27950,212 +28102,248 @@
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ALM15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ALN15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ALO15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ALP15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ALQ15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ALR15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ALS15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ALT15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ALU15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ALV15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ALW15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ALX15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ALY15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    D Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="B16" s="14" t="n">
+        <v>96.359</v>
+      </c>
+      <c r="C16" s="14" t="n">
+        <v>88.518</v>
+      </c>
+      <c r="D16" s="14" t="n">
         <v>82.366</v>
       </c>
-      <c r="C16" s="14" t="n">
+      <c r="E16" s="14" t="n">
         <v>89.479</v>
       </c>
-      <c r="D16" s="14" t="n">
+      <c r="F16" s="14" t="n">
         <v>80.664</v>
       </c>
-      <c r="E16" s="14" t="n">
+      <c r="G16" s="14" t="n">
         <v>87.503</v>
       </c>
-      <c r="F16" s="14" t="n">
+      <c r="H16" s="14" t="n">
         <v>89.611</v>
       </c>
-      <c r="G16" s="14" t="n">
+      <c r="I16" s="14" t="n">
         <v>85.498</v>
       </c>
-      <c r="H16" s="14" t="n">
+      <c r="J16" s="14" t="n">
         <v>60.756</v>
       </c>
-      <c r="I16" s="14" t="n">
+      <c r="K16" s="14" t="n">
         <v>66.654</v>
       </c>
-      <c r="J16" s="14" t="n">
+      <c r="L16" s="14" t="n">
         <v>90.769</v>
       </c>
-      <c r="K16" s="14" t="n">
+      <c r="M16" s="14" t="n">
         <v>126.767</v>
       </c>
-      <c r="L16" s="14" t="n">
+      <c r="N16" s="14" t="n">
         <v>117.731</v>
       </c>
-      <c r="M16" s="14" t="n">
+      <c r="O16" s="14" t="n">
         <v>116.867</v>
       </c>
-      <c r="N16" s="14" t="n">
+      <c r="P16" s="14" t="n">
         <v>113.536</v>
       </c>
-      <c r="O16" s="14" t="n">
+      <c r="Q16" s="14" t="n">
         <v>92.134</v>
       </c>
-      <c r="P16" s="14" t="n">
+      <c r="R16" s="14" t="n">
         <v>90.93</v>
       </c>
-      <c r="Q16" s="14" t="n">
+      <c r="S16" s="14" t="n">
         <v>95.529</v>
       </c>
-      <c r="R16" s="14" t="n">
+      <c r="T16" s="14" t="n">
         <v>79.893</v>
       </c>
-      <c r="S16" s="14" t="n">
+      <c r="U16" s="14" t="n">
         <v>69.491</v>
       </c>
-      <c r="T16" s="14" t="n">
+      <c r="V16" s="14" t="n">
         <v>56.327</v>
       </c>
-      <c r="U16" s="14" t="n">
+      <c r="W16" s="14" t="n">
         <v>46.963</v>
       </c>
-      <c r="V16" s="14" t="n">
+      <c r="X16" s="14" t="n">
         <v>53.241</v>
       </c>
-      <c r="W16" s="14" t="n">
+      <c r="Y16" s="14" t="n">
         <v>63.653</v>
       </c>
-      <c r="X16" s="14" t="n">
+      <c r="Z16" s="14" t="n">
         <v>82.197</v>
       </c>
-      <c r="Y16" s="14" t="n">
+      <c r="AA16" s="14" t="n">
         <v>85.125</v>
       </c>
-      <c r="Z16" s="14" t="n">
+      <c r="AB16" s="14" t="n">
         <v>83.819</v>
       </c>
-      <c r="AA16" s="14" t="n">
+      <c r="AC16" s="14" t="n">
         <v>98.601</v>
       </c>
-      <c r="AB16" s="14" t="n">
+      <c r="AD16" s="14" t="n">
         <v>99.453</v>
       </c>
-      <c r="AC16" s="14" t="n">
+      <c r="AE16" s="14" t="n">
         <v>92.406</v>
       </c>
-      <c r="AD16" s="14" t="n">
+      <c r="AF16" s="14" t="n">
         <v>84.758</v>
       </c>
-      <c r="AE16" s="14" t="n">
+      <c r="AG16" s="14" t="n">
         <v>86.207</v>
       </c>
-      <c r="AF16" s="14" t="n">
+      <c r="AH16" s="14" t="n">
         <v>82.949</v>
       </c>
-      <c r="AG16" s="14" t="n">
+      <c r="AI16" s="14" t="n">
         <v>89.45</v>
       </c>
-      <c r="AH16" s="14" t="n">
+      <c r="AJ16" s="14" t="n">
         <v>100.581</v>
       </c>
-      <c r="AI16" s="14" t="n">
+      <c r="AK16" s="14" t="n">
         <v>124.007</v>
       </c>
-      <c r="AJ16" s="14" t="n">
+      <c r="AL16" s="14" t="n">
         <v>102.38</v>
       </c>
-      <c r="AK16" s="14" t="n">
+      <c r="AM16" s="14" t="n">
         <v>158.15</v>
       </c>
-      <c r="AL16" s="14" t="n">
+      <c r="AN16" s="14" t="n">
         <v>130.159</v>
       </c>
-      <c r="AM16" s="14" t="n">
+      <c r="AO16" s="14" t="n">
         <v>140.895</v>
       </c>
-      <c r="AN16" s="14" t="n">
+      <c r="AP16" s="14" t="n">
         <v>197.319</v>
       </c>
-      <c r="AO16" s="14" t="n">
+      <c r="AQ16" s="14" t="n">
         <v>228.689</v>
       </c>
-      <c r="AP16" s="14" t="n">
+      <c r="AR16" s="14" t="n">
         <v>194.013</v>
       </c>
-      <c r="AQ16" s="14" t="n">
+      <c r="AS16" s="14" t="n">
         <v>177.372</v>
       </c>
-      <c r="AR16" s="14" t="n">
+      <c r="AT16" s="14" t="n">
         <v>171.642</v>
       </c>
-      <c r="AS16" s="14" t="n">
+      <c r="AU16" s="14" t="n">
         <v>188.687</v>
       </c>
-      <c r="AT16" s="14" t="n">
+      <c r="AV16" s="14" t="n">
         <v>234.572</v>
       </c>
-      <c r="AU16" s="14" t="n">
+      <c r="AW16" s="14" t="n">
         <v>180.602</v>
       </c>
-      <c r="AV16" s="14" t="n">
+      <c r="AX16" s="14" t="n">
         <v>181.515</v>
       </c>
-      <c r="AW16" s="13" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="AY16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="AZ16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BA16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BB16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BC16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -29122,211 +29310,207 @@
       <c r="IN16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IO16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IP16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IQ16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IR16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="IS16" s="15" t="n">
+      <c r="IS16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IT16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IU16" s="15" t="n">
+        <v>8.9</v>
+      </c>
+      <c r="IV16" s="15" t="n">
+        <v>7.5</v>
+      </c>
+      <c r="IW16" s="15" t="n">
         <v>-7.9</v>
       </c>
-      <c r="IT16" s="15" t="n">
+      <c r="IX16" s="15" t="n">
         <v>10.9</v>
       </c>
-      <c r="IU16" s="15" t="n">
+      <c r="IY16" s="15" t="n">
         <v>-7.8</v>
       </c>
-      <c r="IV16" s="15" t="n">
+      <c r="IZ16" s="15" t="n">
         <v>-2.4</v>
       </c>
-      <c r="IW16" s="15" t="n">
+      <c r="JA16" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="IX16" s="15" t="n">
+      <c r="JB16" s="15" t="n">
         <v>40.7</v>
       </c>
-      <c r="IY16" s="15" t="n">
+      <c r="JC16" s="15" t="n">
         <v>-8.8</v>
       </c>
-      <c r="IZ16" s="15" t="n">
+      <c r="JD16" s="15" t="n">
         <v>-26.6</v>
       </c>
-      <c r="JA16" s="15" t="n">
+      <c r="JE16" s="15" t="n">
         <v>-28.4</v>
       </c>
-      <c r="JB16" s="15" t="n">
+      <c r="JF16" s="15" t="n">
         <v>7.7</v>
       </c>
-      <c r="JC16" s="15" t="n">
+      <c r="JG16" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="JD16" s="15" t="n">
+      <c r="JH16" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="JE16" s="15" t="n">
+      <c r="JI16" s="15" t="n">
         <v>23.2</v>
       </c>
-      <c r="JF16" s="15" t="n">
+      <c r="JJ16" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="JG16" s="15" t="n">
+      <c r="JK16" s="15" t="n">
         <v>-4.8</v>
       </c>
-      <c r="JH16" s="15" t="n">
+      <c r="JL16" s="15" t="n">
         <v>19.6</v>
       </c>
-      <c r="JI16" s="15" t="n">
+      <c r="JM16" s="15" t="n">
         <v>15.0</v>
       </c>
-      <c r="JJ16" s="15" t="n">
+      <c r="JN16" s="15" t="n">
         <v>23.4</v>
       </c>
-      <c r="JK16" s="15" t="n">
+      <c r="JO16" s="15" t="n">
         <v>19.9</v>
       </c>
-      <c r="JL16" s="15" t="n">
+      <c r="JP16" s="15" t="n">
         <v>-11.8</v>
       </c>
-      <c r="JM16" s="15" t="n">
+      <c r="JQ16" s="15" t="n">
         <v>-16.4</v>
       </c>
-      <c r="JN16" s="15" t="n">
+      <c r="JR16" s="15" t="n">
         <v>-22.6</v>
       </c>
-      <c r="JO16" s="15" t="n">
+      <c r="JS16" s="15" t="n">
         <v>-3.4</v>
       </c>
-      <c r="JP16" s="15" t="n">
+      <c r="JT16" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="JQ16" s="15" t="n">
+      <c r="JU16" s="15" t="n">
         <v>-15.0</v>
       </c>
-      <c r="JR16" s="15" t="n">
+      <c r="JV16" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="JS16" s="15" t="n">
+      <c r="JW16" s="15" t="n">
         <v>7.6</v>
       </c>
-      <c r="JT16" s="15" t="n">
+      <c r="JX16" s="15" t="n">
         <v>9.0</v>
       </c>
-      <c r="JU16" s="15" t="n">
+      <c r="JY16" s="15" t="n">
         <v>-1.7</v>
       </c>
-      <c r="JV16" s="15" t="n">
+      <c r="JZ16" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="JW16" s="15" t="n">
+      <c r="KA16" s="15" t="n">
         <v>-7.3</v>
       </c>
-      <c r="JX16" s="15" t="n">
+      <c r="KB16" s="15" t="n">
         <v>-11.1</v>
       </c>
-      <c r="JY16" s="15" t="n">
+      <c r="KC16" s="15" t="n">
         <v>-18.9</v>
       </c>
-      <c r="JZ16" s="15" t="n">
+      <c r="KD16" s="15" t="n">
         <v>21.1</v>
       </c>
-      <c r="KA16" s="15" t="n">
+      <c r="KE16" s="15" t="n">
         <v>-35.3</v>
       </c>
-      <c r="KB16" s="15" t="n">
+      <c r="KF16" s="15" t="n">
         <v>21.5</v>
       </c>
-      <c r="KC16" s="15" t="n">
+      <c r="KG16" s="15" t="n">
         <v>-7.6</v>
       </c>
-      <c r="KD16" s="15" t="n">
+      <c r="KH16" s="15" t="n">
         <v>-28.6</v>
       </c>
-      <c r="KE16" s="15" t="n">
+      <c r="KI16" s="15" t="n">
         <v>-13.7</v>
       </c>
-      <c r="KF16" s="15" t="n">
+      <c r="KJ16" s="15" t="n">
         <v>17.9</v>
       </c>
-      <c r="KG16" s="15" t="n">
+      <c r="KK16" s="15" t="n">
         <v>9.4</v>
       </c>
-      <c r="KH16" s="15" t="n">
+      <c r="KL16" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="KI16" s="15" t="n">
+      <c r="KM16" s="15" t="n">
         <v>-9.0</v>
       </c>
-      <c r="KJ16" s="15" t="n">
+      <c r="KN16" s="15" t="n">
         <v>-19.6</v>
       </c>
-      <c r="KK16" s="15" t="n">
+      <c r="KO16" s="15" t="n">
         <v>29.9</v>
       </c>
-      <c r="KL16" s="15" t="n">
+      <c r="KP16" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="KM16" s="15" t="n">
+      <c r="KQ16" s="15" t="n">
         <v>-10.5</v>
       </c>
-      <c r="KN16" s="13" t="inlineStr">
-[...18 lines deleted...]
-      </c>
       <c r="KR16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="KS16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="KT16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="KU16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="KV16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -30283,221 +30467,217 @@
       <c r="SE16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="SF16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="SG16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="SH16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="SI16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="SJ16" s="15" t="n">
+      <c r="SJ16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SK16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SL16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SM16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SN16" s="15" t="n">
+        <v>-18.2</v>
+      </c>
+      <c r="SO16" s="15" t="n">
+        <v>-24.3</v>
+      </c>
+      <c r="SP16" s="15" t="n">
         <v>-27.5</v>
       </c>
-      <c r="SK16" s="15" t="n">
+      <c r="SQ16" s="15" t="n">
         <v>-2.9</v>
       </c>
-      <c r="SL16" s="15" t="n">
+      <c r="SR16" s="15" t="n">
         <v>-11.3</v>
       </c>
-      <c r="SM16" s="15" t="n">
+      <c r="SS16" s="15" t="n">
         <v>-8.4</v>
       </c>
-      <c r="SN16" s="15" t="n">
+      <c r="ST16" s="15" t="n">
         <v>12.2</v>
       </c>
-      <c r="SO16" s="15" t="n">
+      <c r="SU16" s="15" t="n">
         <v>23.0</v>
       </c>
-      <c r="SP16" s="15" t="n">
+      <c r="SV16" s="15" t="n">
         <v>7.9</v>
       </c>
-      <c r="SQ16" s="15" t="n">
+      <c r="SW16" s="15" t="n">
         <v>41.9</v>
       </c>
-      <c r="SR16" s="15" t="n">
+      <c r="SX16" s="15" t="n">
         <v>70.5</v>
       </c>
-      <c r="SS16" s="15" t="n">
+      <c r="SY16" s="15" t="n">
         <v>99.2</v>
       </c>
-      <c r="ST16" s="15" t="n">
+      <c r="SZ16" s="15" t="n">
         <v>43.2</v>
       </c>
-      <c r="SU16" s="15" t="n">
+      <c r="TA16" s="15" t="n">
         <v>37.3</v>
       </c>
-      <c r="SV16" s="15" t="n">
+      <c r="TB16" s="15" t="n">
         <v>35.5</v>
       </c>
-      <c r="SW16" s="15" t="n">
+      <c r="TC16" s="15" t="n">
         <v>-6.6</v>
       </c>
-      <c r="SX16" s="15" t="n">
+      <c r="TD16" s="15" t="n">
         <v>-8.6</v>
       </c>
-      <c r="SY16" s="15" t="n">
+      <c r="TE16" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="SZ16" s="15" t="n">
+      <c r="TF16" s="15" t="n">
         <v>-5.7</v>
       </c>
-      <c r="TA16" s="15" t="n">
+      <c r="TG16" s="15" t="n">
         <v>-19.4</v>
       </c>
-      <c r="TB16" s="15" t="n">
+      <c r="TH16" s="15" t="n">
         <v>-32.1</v>
       </c>
-      <c r="TC16" s="15" t="n">
+      <c r="TI16" s="15" t="n">
         <v>-47.5</v>
       </c>
-      <c r="TD16" s="15" t="n">
+      <c r="TJ16" s="15" t="n">
         <v>-47.1</v>
       </c>
-      <c r="TE16" s="15" t="n">
+      <c r="TK16" s="15" t="n">
         <v>-48.7</v>
       </c>
-      <c r="TF16" s="15" t="n">
+      <c r="TL16" s="15" t="n">
         <v>-19.7</v>
       </c>
-      <c r="TG16" s="15" t="n">
+      <c r="TM16" s="15" t="n">
         <v>-46.2</v>
       </c>
-      <c r="TH16" s="15" t="n">
+      <c r="TN16" s="15" t="n">
         <v>-35.6</v>
       </c>
-      <c r="TI16" s="15" t="n">
+      <c r="TO16" s="15" t="n">
         <v>-30.0</v>
       </c>
-      <c r="TJ16" s="15" t="n">
+      <c r="TP16" s="15" t="n">
         <v>-49.6</v>
       </c>
-      <c r="TK16" s="15" t="n">
+      <c r="TQ16" s="15" t="n">
         <v>-59.6</v>
       </c>
-      <c r="TL16" s="15" t="n">
+      <c r="TR16" s="15" t="n">
         <v>-56.3</v>
       </c>
-      <c r="TM16" s="15" t="n">
+      <c r="TS16" s="15" t="n">
         <v>-51.4</v>
       </c>
-      <c r="TN16" s="15" t="n">
+      <c r="TT16" s="15" t="n">
         <v>-51.7</v>
       </c>
-      <c r="TO16" s="15" t="n">
+      <c r="TU16" s="15" t="n">
         <v>-52.6</v>
       </c>
-      <c r="TP16" s="15" t="n">
+      <c r="TV16" s="15" t="n">
         <v>-57.1</v>
       </c>
-      <c r="TQ16" s="15" t="n">
+      <c r="TW16" s="15" t="n">
         <v>-31.3</v>
       </c>
-      <c r="TR16" s="15" t="n">
+      <c r="TX16" s="15" t="n">
         <v>-43.6</v>
       </c>
-      <c r="TS16" s="15" t="n">
+      <c r="TY16" s="15" t="n">
         <v>-22.0</v>
       </c>
-      <c r="TT16" s="15" t="n">
+      <c r="TZ16" s="15" t="n">
         <v>-21.7</v>
       </c>
-      <c r="TU16" s="15" t="n">
+      <c r="UA16" s="15" t="n">
         <v>-14.7</v>
       </c>
-      <c r="TV16" s="15" t="n">
+      <c r="UB16" s="15" t="n">
         <v>53.0</v>
       </c>
-      <c r="TW16" s="15" t="n">
+      <c r="UC16" s="15" t="n">
         <v>140.0</v>
       </c>
-      <c r="TX16" s="15" t="n">
+      <c r="UD16" s="15" t="n">
         <v>126.1</v>
       </c>
-      <c r="TY16" s="15" t="n">
+      <c r="UE16" s="15" t="n">
         <v>135.2</v>
       </c>
-      <c r="TZ16" s="15" t="n">
+      <c r="UF16" s="15" t="n">
         <v>163.3</v>
       </c>
-      <c r="UA16" s="15" t="n">
+      <c r="UG16" s="15" t="n">
         <v>208.3</v>
       </c>
-      <c r="UB16" s="15" t="n">
+      <c r="UH16" s="15" t="n">
         <v>367.9</v>
       </c>
-      <c r="UC16" s="15" t="n">
+      <c r="UI16" s="15" t="n">
         <v>332.2</v>
       </c>
-      <c r="UD16" s="15" t="n">
+      <c r="UJ16" s="15" t="n">
         <v>192.0</v>
       </c>
-      <c r="UE16" s="13" t="inlineStr">
-[...28 lines deleted...]
-      </c>
       <c r="UK16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="UL16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="UM16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="UN16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="UO16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -31444,231 +31624,227 @@
       <c r="ABV16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABW16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABX16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABY16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABZ16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ACA16" s="15" t="n">
+      <c r="ACA16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACB16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACC16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACD16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACE16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACF16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACG16" s="15" t="n">
+        <v>8.9</v>
+      </c>
+      <c r="ACH16" s="15" t="n">
+        <v>-24.3</v>
+      </c>
+      <c r="ACI16" s="15" t="n">
         <v>-29.5</v>
       </c>
-      <c r="ACB16" s="15" t="n">
+      <c r="ACJ16" s="15" t="n">
         <v>-23.4</v>
       </c>
-      <c r="ACC16" s="15" t="n">
+      <c r="ACK16" s="15" t="n">
         <v>-31.0</v>
       </c>
-      <c r="ACD16" s="15" t="n">
+      <c r="ACL16" s="15" t="n">
         <v>-25.1</v>
       </c>
-      <c r="ACE16" s="15" t="n">
+      <c r="ACM16" s="15" t="n">
         <v>-23.3</v>
       </c>
-      <c r="ACF16" s="15" t="n">
+      <c r="ACN16" s="15" t="n">
         <v>-26.8</v>
       </c>
-      <c r="ACG16" s="15" t="n">
+      <c r="ACO16" s="15" t="n">
         <v>-48.0</v>
       </c>
-      <c r="ACH16" s="15" t="n">
+      <c r="ACP16" s="15" t="n">
         <v>-43.0</v>
       </c>
-      <c r="ACI16" s="15" t="n">
+      <c r="ACQ16" s="15" t="n">
         <v>-22.3</v>
       </c>
-      <c r="ACJ16" s="15" t="n">
+      <c r="ACR16" s="15" t="n">
         <v>8.5</v>
       </c>
-      <c r="ACK16" s="15" t="n">
+      <c r="ACS16" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="ACL16" s="15" t="n">
+      <c r="ACT16" s="15" t="n">
         <v>37.3</v>
       </c>
-      <c r="ACM16" s="15" t="n">
+      <c r="ACU16" s="15" t="n">
         <v>33.4</v>
       </c>
-      <c r="ACN16" s="15" t="n">
+      <c r="ACV16" s="15" t="n">
         <v>8.2</v>
       </c>
-      <c r="ACO16" s="15" t="n">
+      <c r="ACW16" s="15" t="n">
         <v>6.8</v>
       </c>
-      <c r="ACP16" s="15" t="n">
+      <c r="ACX16" s="15" t="n">
         <v>12.2</v>
       </c>
-      <c r="ACQ16" s="15" t="n">
+      <c r="ACY16" s="15" t="n">
         <v>-6.1</v>
       </c>
-      <c r="ACR16" s="15" t="n">
+      <c r="ACZ16" s="15" t="n">
         <v>-18.4</v>
       </c>
-      <c r="ACS16" s="15" t="n">
+      <c r="ADA16" s="15" t="n">
         <v>-33.8</v>
       </c>
-      <c r="ACT16" s="15" t="n">
+      <c r="ADB16" s="15" t="n">
         <v>-44.8</v>
       </c>
-      <c r="ACU16" s="15" t="n">
+      <c r="ADC16" s="15" t="n">
         <v>-37.5</v>
       </c>
-      <c r="ACV16" s="15" t="n">
+      <c r="ADD16" s="15" t="n">
         <v>-25.2</v>
       </c>
-      <c r="ACW16" s="15" t="n">
+      <c r="ADE16" s="15" t="n">
         <v>-3.4</v>
       </c>
-      <c r="ACX16" s="15" t="n">
+      <c r="ADF16" s="15" t="n">
         <v>-46.2</v>
       </c>
-      <c r="ACY16" s="15" t="n">
+      <c r="ADG16" s="15" t="n">
         <v>-47.0</v>
       </c>
-      <c r="ACZ16" s="15" t="n">
+      <c r="ADH16" s="15" t="n">
         <v>-37.7</v>
       </c>
-      <c r="ADA16" s="15" t="n">
+      <c r="ADI16" s="15" t="n">
         <v>-37.1</v>
       </c>
-      <c r="ADB16" s="15" t="n">
+      <c r="ADJ16" s="15" t="n">
         <v>-41.6</v>
       </c>
-      <c r="ADC16" s="15" t="n">
+      <c r="ADK16" s="15" t="n">
         <v>-46.4</v>
       </c>
-      <c r="ADD16" s="15" t="n">
+      <c r="ADL16" s="15" t="n">
         <v>-45.5</v>
       </c>
-      <c r="ADE16" s="15" t="n">
+      <c r="ADM16" s="15" t="n">
         <v>-47.6</v>
       </c>
-      <c r="ADF16" s="15" t="n">
+      <c r="ADN16" s="15" t="n">
         <v>-43.4</v>
       </c>
-      <c r="ADG16" s="15" t="n">
+      <c r="ADO16" s="15" t="n">
         <v>-36.4</v>
       </c>
-      <c r="ADH16" s="15" t="n">
+      <c r="ADP16" s="15" t="n">
         <v>-21.6</v>
       </c>
-      <c r="ADI16" s="15" t="n">
+      <c r="ADQ16" s="15" t="n">
         <v>-35.3</v>
       </c>
-      <c r="ADJ16" s="15" t="n">
+      <c r="ADR16" s="15" t="n">
         <v>-22.0</v>
       </c>
-      <c r="ADK16" s="15" t="n">
+      <c r="ADS16" s="15" t="n">
         <v>-35.8</v>
       </c>
-      <c r="ADL16" s="15" t="n">
+      <c r="ADT16" s="15" t="n">
         <v>-30.5</v>
       </c>
-      <c r="ADM16" s="15" t="n">
+      <c r="ADU16" s="15" t="n">
         <v>-2.7</v>
       </c>
-      <c r="ADN16" s="15" t="n">
+      <c r="ADV16" s="15" t="n">
         <v>12.8</v>
       </c>
-      <c r="ADO16" s="15" t="n">
+      <c r="ADW16" s="15" t="n">
         <v>-4.3</v>
       </c>
-      <c r="ADP16" s="15" t="n">
+      <c r="ADX16" s="15" t="n">
         <v>-12.5</v>
       </c>
-      <c r="ADQ16" s="15" t="n">
+      <c r="ADY16" s="15" t="n">
         <v>-15.3</v>
       </c>
-      <c r="ADR16" s="15" t="n">
+      <c r="ADZ16" s="15" t="n">
         <v>-6.9</v>
       </c>
-      <c r="ADS16" s="15" t="n">
+      <c r="AEA16" s="15" t="n">
         <v>15.7</v>
       </c>
-      <c r="ADT16" s="15" t="n">
+      <c r="AEB16" s="15" t="n">
         <v>-10.9</v>
       </c>
-      <c r="ADU16" s="15" t="n">
+      <c r="AEC16" s="15" t="n">
         <v>-10.5</v>
       </c>
-      <c r="ADV16" s="13" t="inlineStr">
-[...38 lines deleted...]
-      </c>
       <c r="AED16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="AEE16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="AEF16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="AEG16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="AEH16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -32601,50 +32777,90 @@
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ALM16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ALN16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ALO16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ALP16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ALQ16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ALR16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ALS16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ALT16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ALU16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ALV16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ALW16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ALX16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ALY16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="6" t="inlineStr">
         <is>
           <t>Zona no euro</t>
         </is>
       </c>
       <c r="B17" s="6"/>
       <c r="C17" s="6"/>
       <c r="D17" s="6"/>
       <c r="E17" s="6"/>
       <c r="F17" s="6"/>
       <c r="G17" s="6"/>
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="6"/>
       <c r="N17" s="6"/>
       <c r="O17" s="6"/>
@@ -33616,208 +33832,212 @@
       <c r="AKS17" s="6"/>
       <c r="AKT17" s="6"/>
       <c r="AKU17" s="6"/>
       <c r="AKV17" s="6"/>
       <c r="AKW17" s="6"/>
       <c r="AKX17" s="6"/>
       <c r="AKY17" s="6"/>
       <c r="AKZ17" s="6"/>
       <c r="ALA17" s="6"/>
       <c r="ALB17" s="6"/>
       <c r="ALC17" s="6"/>
       <c r="ALD17" s="6"/>
       <c r="ALE17" s="6"/>
       <c r="ALF17" s="6"/>
       <c r="ALG17" s="6"/>
       <c r="ALH17" s="6"/>
       <c r="ALI17" s="6"/>
       <c r="ALJ17" s="6"/>
       <c r="ALK17" s="6"/>
       <c r="ALL17" s="6"/>
       <c r="ALM17" s="6"/>
       <c r="ALN17" s="6"/>
       <c r="ALO17" s="6"/>
       <c r="ALP17" s="6"/>
       <c r="ALQ17" s="6"/>
+      <c r="ALR17" s="6"/>
+      <c r="ALS17" s="6"/>
+      <c r="ALT17" s="6"/>
+      <c r="ALU17" s="6"/>
+      <c r="ALV17" s="6"/>
+      <c r="ALW17" s="6"/>
+      <c r="ALX17" s="6"/>
+      <c r="ALY17" s="6"/>
     </row>
     <row r="18">
       <c r="A18" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    B Mining and quarrying industries</t>
         </is>
       </c>
       <c r="B18" s="14" t="n">
-        <v>129.161</v>
+        <v>144.005</v>
       </c>
       <c r="C18" s="14" t="n">
+        <v>131.206</v>
+      </c>
+      <c r="D18" s="14" t="n">
+        <v>129.152</v>
+      </c>
+      <c r="E18" s="14" t="n">
         <v>126.815</v>
       </c>
-      <c r="D18" s="14" t="n">
+      <c r="F18" s="14" t="n">
         <v>122.01</v>
       </c>
-      <c r="E18" s="14" t="n">
+      <c r="G18" s="14" t="n">
         <v>118.453</v>
       </c>
-      <c r="F18" s="14" t="n">
+      <c r="H18" s="14" t="n">
         <v>119.427</v>
       </c>
-      <c r="G18" s="14" t="n">
+      <c r="I18" s="14" t="n">
         <v>124.484</v>
       </c>
-      <c r="H18" s="14" t="n">
+      <c r="J18" s="14" t="n">
         <v>124.022</v>
       </c>
-      <c r="I18" s="14" t="n">
+      <c r="K18" s="14" t="n">
         <v>122.805</v>
       </c>
-      <c r="J18" s="14" t="n">
+      <c r="L18" s="14" t="n">
         <v>128.744</v>
       </c>
-      <c r="K18" s="14" t="n">
+      <c r="M18" s="14" t="n">
         <v>125.802</v>
       </c>
-      <c r="L18" s="14" t="n">
+      <c r="N18" s="14" t="n">
         <v>124.57</v>
       </c>
-      <c r="M18" s="14" t="n">
+      <c r="O18" s="14" t="n">
         <v>123.164</v>
       </c>
-      <c r="N18" s="14" t="n">
+      <c r="P18" s="14" t="n">
         <v>121.647</v>
       </c>
-      <c r="O18" s="14" t="n">
+      <c r="Q18" s="14" t="n">
         <v>125.557</v>
       </c>
-      <c r="P18" s="14" t="n">
+      <c r="R18" s="14" t="n">
         <v>121.411</v>
       </c>
-      <c r="Q18" s="14" t="n">
+      <c r="S18" s="14" t="n">
         <v>118.517</v>
       </c>
-      <c r="R18" s="14" t="n">
+      <c r="T18" s="14" t="n">
         <v>125.954</v>
       </c>
-      <c r="S18" s="14" t="n">
+      <c r="U18" s="14" t="n">
         <v>127.899</v>
       </c>
-      <c r="T18" s="14" t="n">
+      <c r="V18" s="14" t="n">
         <v>129.048</v>
       </c>
-      <c r="U18" s="14" t="n">
+      <c r="W18" s="14" t="n">
         <v>124.721</v>
       </c>
-      <c r="V18" s="14" t="n">
+      <c r="X18" s="14" t="n">
         <v>120.6</v>
       </c>
-      <c r="W18" s="14" t="n">
+      <c r="Y18" s="14" t="n">
         <v>117.894</v>
       </c>
-      <c r="X18" s="14" t="n">
+      <c r="Z18" s="14" t="n">
         <v>117.043</v>
       </c>
-      <c r="Y18" s="14" t="n">
+      <c r="AA18" s="14" t="n">
         <v>114.314</v>
       </c>
-      <c r="Z18" s="14" t="n">
+      <c r="AB18" s="14" t="n">
         <v>113.937</v>
       </c>
-      <c r="AA18" s="14" t="n">
+      <c r="AC18" s="14" t="n">
         <v>113.608</v>
       </c>
-      <c r="AB18" s="14" t="n">
+      <c r="AD18" s="14" t="n">
         <v>115.265</v>
       </c>
-      <c r="AC18" s="14" t="n">
+      <c r="AE18" s="14" t="n">
         <v>114.32</v>
       </c>
-      <c r="AD18" s="14" t="n">
+      <c r="AF18" s="14" t="n">
         <v>115.358</v>
       </c>
-      <c r="AE18" s="14" t="n">
+      <c r="AG18" s="14" t="n">
         <v>115.686</v>
       </c>
-      <c r="AF18" s="14" t="n">
+      <c r="AH18" s="14" t="n">
         <v>116.924</v>
       </c>
-      <c r="AG18" s="14" t="n">
+      <c r="AI18" s="14" t="n">
         <v>117.043</v>
       </c>
-      <c r="AH18" s="14" t="n">
+      <c r="AJ18" s="14" t="n">
         <v>117.757</v>
       </c>
-      <c r="AI18" s="14" t="n">
+      <c r="AK18" s="14" t="n">
         <v>118.416</v>
       </c>
-      <c r="AJ18" s="14" t="n">
+      <c r="AL18" s="14" t="n">
         <v>120.687</v>
       </c>
-      <c r="AK18" s="14" t="n">
+      <c r="AM18" s="14" t="n">
         <v>121.431</v>
       </c>
-      <c r="AL18" s="14" t="n">
+      <c r="AN18" s="14" t="n">
         <v>124.831</v>
       </c>
-      <c r="AM18" s="14" t="n">
+      <c r="AO18" s="14" t="n">
         <v>120.343</v>
       </c>
-      <c r="AN18" s="14" t="n">
+      <c r="AP18" s="14" t="n">
         <v>124.159</v>
       </c>
-      <c r="AO18" s="14" t="n">
+      <c r="AQ18" s="14" t="n">
         <v>120.763</v>
       </c>
-      <c r="AP18" s="14" t="n">
+      <c r="AR18" s="14" t="n">
         <v>116.865</v>
       </c>
-      <c r="AQ18" s="14" t="n">
+      <c r="AS18" s="14" t="n">
         <v>119.26</v>
       </c>
-      <c r="AR18" s="14" t="n">
+      <c r="AT18" s="14" t="n">
         <v>115.399</v>
       </c>
-      <c r="AS18" s="14" t="n">
+      <c r="AU18" s="14" t="n">
         <v>118.099</v>
       </c>
-      <c r="AT18" s="14" t="n">
+      <c r="AV18" s="14" t="n">
         <v>114.517</v>
       </c>
-      <c r="AU18" s="14" t="n">
+      <c r="AW18" s="14" t="n">
         <v>110.563</v>
       </c>
-      <c r="AV18" s="14" t="n">
+      <c r="AX18" s="14" t="n">
         <v>108.323</v>
       </c>
-      <c r="AW18" s="13" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="AY18" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="AZ18" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BA18" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BB18" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BC18" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -34784,211 +35004,207 @@
       <c r="IN18" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IO18" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IP18" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IQ18" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IR18" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="IS18" s="15" t="n">
+      <c r="IS18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IT18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IU18" s="15" t="n">
+        <v>9.8</v>
+      </c>
+      <c r="IV18" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="IW18" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="IT18" s="15" t="n">
+      <c r="IX18" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="IU18" s="15" t="n">
+      <c r="IY18" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="IV18" s="15" t="n">
+      <c r="IZ18" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="IW18" s="15" t="n">
+      <c r="JA18" s="15" t="n">
         <v>-4.1</v>
       </c>
-      <c r="IX18" s="15" t="n">
+      <c r="JB18" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="IY18" s="15" t="n">
+      <c r="JC18" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="IZ18" s="15" t="n">
+      <c r="JD18" s="15" t="n">
         <v>-4.6</v>
       </c>
-      <c r="JA18" s="15" t="n">
+      <c r="JE18" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="JB18" s="15" t="n">
+      <c r="JF18" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="JC18" s="15" t="n">
+      <c r="JG18" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="JD18" s="15" t="n">
+      <c r="JH18" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="JE18" s="15" t="n">
+      <c r="JI18" s="15" t="n">
         <v>-3.1</v>
       </c>
-      <c r="JF18" s="15" t="n">
+      <c r="JJ18" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="JG18" s="15" t="n">
+      <c r="JK18" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="JH18" s="15" t="n">
+      <c r="JL18" s="15" t="n">
         <v>-5.9</v>
       </c>
-      <c r="JI18" s="15" t="n">
+      <c r="JM18" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="JJ18" s="15" t="n">
+      <c r="JN18" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="JK18" s="15" t="n">
+      <c r="JO18" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="JL18" s="15" t="n">
+      <c r="JP18" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="JM18" s="15" t="n">
+      <c r="JQ18" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="JN18" s="15" t="n">
+      <c r="JR18" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="JO18" s="15" t="n">
+      <c r="JS18" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="JP18" s="15" t="n">
+      <c r="JT18" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="JQ18" s="15" t="n">
+      <c r="JU18" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="JR18" s="15" t="n">
+      <c r="JV18" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="JS18" s="15" t="n">
+      <c r="JW18" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="JT18" s="15" t="n">
+      <c r="JX18" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="JU18" s="15" t="n">
+      <c r="JY18" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="JV18" s="15" t="n">
+      <c r="JZ18" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="JW18" s="15" t="n">
+      <c r="KA18" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="JX18" s="15" t="n">
+      <c r="KB18" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="JY18" s="15" t="n">
+      <c r="KC18" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="JZ18" s="15" t="n">
+      <c r="KD18" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="KA18" s="15" t="n">
+      <c r="KE18" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="KB18" s="15" t="n">
+      <c r="KF18" s="15" t="n">
         <v>-2.7</v>
       </c>
-      <c r="KC18" s="15" t="n">
+      <c r="KG18" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="KD18" s="15" t="n">
+      <c r="KH18" s="15" t="n">
         <v>-3.1</v>
       </c>
-      <c r="KE18" s="15" t="n">
+      <c r="KI18" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="KF18" s="15" t="n">
+      <c r="KJ18" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="KG18" s="15" t="n">
+      <c r="KK18" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="KH18" s="15" t="n">
+      <c r="KL18" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="KI18" s="15" t="n">
+      <c r="KM18" s="15" t="n">
         <v>-2.3</v>
       </c>
-      <c r="KJ18" s="15" t="n">
+      <c r="KN18" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="KK18" s="15" t="n">
+      <c r="KO18" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="KL18" s="15" t="n">
+      <c r="KP18" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="KM18" s="15" t="n">
+      <c r="KQ18" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="KN18" s="13" t="inlineStr">
-[...18 lines deleted...]
-      </c>
       <c r="KR18" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="KS18" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="KT18" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="KU18" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="KV18" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -35945,221 +36161,217 @@
       <c r="SE18" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="SF18" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="SG18" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="SH18" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="SI18" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="SJ18" s="15" t="n">
+      <c r="SJ18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SK18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SL18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SM18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SN18" s="15" t="n">
+        <v>15.6</v>
+      </c>
+      <c r="SO18" s="15" t="n">
+        <v>6.5</v>
+      </c>
+      <c r="SP18" s="15" t="n">
         <v>6.2</v>
       </c>
-      <c r="SK18" s="15" t="n">
+      <c r="SQ18" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="SL18" s="15" t="n">
+      <c r="SR18" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="SM18" s="15" t="n">
+      <c r="SS18" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="SN18" s="15" t="n">
+      <c r="ST18" s="15" t="n">
         <v>-5.2</v>
       </c>
-      <c r="SO18" s="15" t="n">
+      <c r="SU18" s="15" t="n">
         <v>-2.7</v>
       </c>
-      <c r="SP18" s="15" t="n">
+      <c r="SV18" s="15" t="n">
         <v>-3.9</v>
       </c>
-      <c r="SQ18" s="15" t="n">
+      <c r="SW18" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="SR18" s="15" t="n">
+      <c r="SX18" s="15" t="n">
         <v>6.8</v>
       </c>
-      <c r="SS18" s="15" t="n">
+      <c r="SY18" s="15" t="n">
         <v>6.7</v>
       </c>
-      <c r="ST18" s="15" t="n">
+      <c r="SZ18" s="15" t="n">
         <v>6.4</v>
       </c>
-      <c r="SU18" s="15" t="n">
+      <c r="TA18" s="15" t="n">
         <v>7.7</v>
       </c>
-      <c r="SV18" s="15" t="n">
+      <c r="TB18" s="15" t="n">
         <v>6.8</v>
       </c>
-      <c r="SW18" s="15" t="n">
+      <c r="TC18" s="15" t="n">
         <v>10.5</v>
       </c>
-      <c r="SX18" s="15" t="n">
+      <c r="TD18" s="15" t="n">
         <v>5.3</v>
       </c>
-      <c r="SY18" s="15" t="n">
+      <c r="TE18" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="SZ18" s="15" t="n">
+      <c r="TF18" s="15" t="n">
         <v>9.2</v>
       </c>
-      <c r="TA18" s="15" t="n">
+      <c r="TG18" s="15" t="n">
         <v>10.6</v>
       </c>
-      <c r="TB18" s="15" t="n">
+      <c r="TH18" s="15" t="n">
         <v>10.4</v>
       </c>
-      <c r="TC18" s="15" t="n">
+      <c r="TI18" s="15" t="n">
         <v>6.6</v>
       </c>
-      <c r="TD18" s="15" t="n">
+      <c r="TJ18" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="TE18" s="15" t="n">
+      <c r="TK18" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="TF18" s="15" t="n">
+      <c r="TL18" s="15" t="n">
         <v>-3.0</v>
       </c>
-      <c r="TG18" s="15" t="n">
+      <c r="TM18" s="15" t="n">
         <v>-5.9</v>
       </c>
-      <c r="TH18" s="15" t="n">
+      <c r="TN18" s="15" t="n">
         <v>-8.7</v>
       </c>
-      <c r="TI18" s="15" t="n">
+      <c r="TO18" s="15" t="n">
         <v>-5.6</v>
       </c>
-      <c r="TJ18" s="15" t="n">
+      <c r="TP18" s="15" t="n">
         <v>-7.2</v>
       </c>
-      <c r="TK18" s="15" t="n">
+      <c r="TQ18" s="15" t="n">
         <v>-5.3</v>
       </c>
-      <c r="TL18" s="15" t="n">
+      <c r="TR18" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="TM18" s="15" t="n">
+      <c r="TS18" s="15" t="n">
         <v>-3.0</v>
       </c>
-      <c r="TN18" s="15" t="n">
+      <c r="TT18" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="TO18" s="15" t="n">
+      <c r="TU18" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="TP18" s="15" t="n">
+      <c r="TV18" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="TQ18" s="15" t="n">
+      <c r="TW18" s="15" t="n">
         <v>7.1</v>
       </c>
-      <c r="TR18" s="15" t="n">
+      <c r="TX18" s="15" t="n">
         <v>11.4</v>
       </c>
-      <c r="TS18" s="15" t="n">
+      <c r="TY18" s="15" t="n">
         <v>14.4</v>
       </c>
-      <c r="TT18" s="15" t="n">
+      <c r="TZ18" s="15" t="n">
         <v>17.4</v>
       </c>
-      <c r="TU18" s="15" t="n">
+      <c r="UA18" s="15" t="n">
         <v>14.9</v>
       </c>
-      <c r="TV18" s="15" t="n">
+      <c r="UB18" s="15" t="n">
         <v>19.2</v>
       </c>
-      <c r="TW18" s="15" t="n">
+      <c r="UC18" s="15" t="n">
         <v>20.7</v>
       </c>
-      <c r="TX18" s="15" t="n">
+      <c r="UD18" s="15" t="n">
         <v>14.7</v>
       </c>
-      <c r="TY18" s="15" t="n">
+      <c r="UE18" s="15" t="n">
         <v>17.9</v>
       </c>
-      <c r="TZ18" s="15" t="n">
+      <c r="UF18" s="15" t="n">
         <v>17.6</v>
       </c>
-      <c r="UA18" s="15" t="n">
+      <c r="UG18" s="15" t="n">
         <v>20.4</v>
       </c>
-      <c r="UB18" s="15" t="n">
+      <c r="UH18" s="15" t="n">
         <v>22.4</v>
       </c>
-      <c r="UC18" s="15" t="n">
+      <c r="UI18" s="15" t="n">
         <v>18.3</v>
       </c>
-      <c r="UD18" s="15" t="n">
+      <c r="UJ18" s="15" t="n">
         <v>17.3</v>
       </c>
-      <c r="UE18" s="13" t="inlineStr">
-[...28 lines deleted...]
-      </c>
       <c r="UK18" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="UL18" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="UM18" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="UN18" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="UO18" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -37106,231 +37318,227 @@
       <c r="ABV18" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABW18" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABX18" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABY18" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABZ18" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ACA18" s="15" t="n">
+      <c r="ACA18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACB18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACC18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACD18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACE18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACF18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACG18" s="15" t="n">
+        <v>9.8</v>
+      </c>
+      <c r="ACH18" s="15" t="n">
+        <v>6.5</v>
+      </c>
+      <c r="ACI18" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="ACB18" s="15" t="n">
+      <c r="ACJ18" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="ACC18" s="15" t="n">
+      <c r="ACK18" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="ACD18" s="15" t="n">
+      <c r="ACL18" s="15" t="n">
         <v>-3.8</v>
       </c>
-      <c r="ACE18" s="15" t="n">
+      <c r="ACM18" s="15" t="n">
         <v>-3.0</v>
       </c>
-      <c r="ACF18" s="15" t="n">
+      <c r="ACN18" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="ACG18" s="15" t="n">
+      <c r="ACO18" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="ACH18" s="15" t="n">
+      <c r="ACP18" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="ACI18" s="15" t="n">
+      <c r="ACQ18" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="ACJ18" s="15" t="n">
+      <c r="ACR18" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="ACK18" s="15" t="n">
+      <c r="ACS18" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="ACL18" s="15" t="n">
+      <c r="ACT18" s="15" t="n">
         <v>7.7</v>
       </c>
-      <c r="ACM18" s="15" t="n">
+      <c r="ACU18" s="15" t="n">
         <v>6.4</v>
       </c>
-      <c r="ACN18" s="15" t="n">
+      <c r="ACV18" s="15" t="n">
         <v>9.8</v>
       </c>
-      <c r="ACO18" s="15" t="n">
+      <c r="ACW18" s="15" t="n">
         <v>6.2</v>
       </c>
-      <c r="ACP18" s="15" t="n">
+      <c r="ACX18" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="ACQ18" s="15" t="n">
+      <c r="ACY18" s="15" t="n">
         <v>10.2</v>
       </c>
-      <c r="ACR18" s="15" t="n">
+      <c r="ACZ18" s="15" t="n">
         <v>11.9</v>
       </c>
-      <c r="ACS18" s="15" t="n">
+      <c r="ADA18" s="15" t="n">
         <v>12.9</v>
       </c>
-      <c r="ACT18" s="15" t="n">
+      <c r="ADB18" s="15" t="n">
         <v>9.1</v>
       </c>
-      <c r="ACU18" s="15" t="n">
+      <c r="ADC18" s="15" t="n">
         <v>5.5</v>
       </c>
-      <c r="ACV18" s="15" t="n">
+      <c r="ADD18" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="ACW18" s="15" t="n">
+      <c r="ADE18" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="ACX18" s="15" t="n">
+      <c r="ADF18" s="15" t="n">
         <v>-5.9</v>
       </c>
-      <c r="ACY18" s="15" t="n">
+      <c r="ADG18" s="15" t="n">
         <v>-6.2</v>
       </c>
-      <c r="ACZ18" s="15" t="n">
+      <c r="ADH18" s="15" t="n">
         <v>-6.4</v>
       </c>
-      <c r="ADA18" s="15" t="n">
+      <c r="ADI18" s="15" t="n">
         <v>-5.1</v>
       </c>
-      <c r="ADB18" s="15" t="n">
+      <c r="ADJ18" s="15" t="n">
         <v>-5.9</v>
       </c>
-      <c r="ADC18" s="15" t="n">
+      <c r="ADK18" s="15" t="n">
         <v>-5.0</v>
       </c>
-      <c r="ADD18" s="15" t="n">
+      <c r="ADL18" s="15" t="n">
         <v>-4.7</v>
       </c>
-      <c r="ADE18" s="15" t="n">
+      <c r="ADM18" s="15" t="n">
         <v>-3.7</v>
       </c>
-      <c r="ADF18" s="15" t="n">
+      <c r="ADN18" s="15" t="n">
         <v>-3.6</v>
       </c>
-      <c r="ADG18" s="15" t="n">
+      <c r="ADO18" s="15" t="n">
         <v>-3.0</v>
       </c>
-      <c r="ADH18" s="15" t="n">
+      <c r="ADP18" s="15" t="n">
         <v>-2.5</v>
       </c>
-      <c r="ADI18" s="15" t="n">
+      <c r="ADQ18" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="ADJ18" s="15" t="n">
+      <c r="ADR18" s="15" t="n">
         <v>14.4</v>
       </c>
-      <c r="ADK18" s="15" t="n">
+      <c r="ADS18" s="15" t="n">
         <v>17.6</v>
       </c>
-      <c r="ADL18" s="15" t="n">
+      <c r="ADT18" s="15" t="n">
         <v>13.4</v>
       </c>
-      <c r="ADM18" s="15" t="n">
+      <c r="ADU18" s="15" t="n">
         <v>17.0</v>
       </c>
-      <c r="ADN18" s="15" t="n">
+      <c r="ADV18" s="15" t="n">
         <v>13.8</v>
       </c>
-      <c r="ADO18" s="15" t="n">
+      <c r="ADW18" s="15" t="n">
         <v>10.1</v>
       </c>
-      <c r="ADP18" s="15" t="n">
+      <c r="ADX18" s="15" t="n">
         <v>12.4</v>
       </c>
-      <c r="ADQ18" s="15" t="n">
+      <c r="ADY18" s="15" t="n">
         <v>8.7</v>
       </c>
-      <c r="ADR18" s="15" t="n">
+      <c r="ADZ18" s="15" t="n">
         <v>11.3</v>
       </c>
-      <c r="ADS18" s="15" t="n">
+      <c r="AEA18" s="15" t="n">
         <v>7.9</v>
       </c>
-      <c r="ADT18" s="15" t="n">
+      <c r="AEB18" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="ADU18" s="15" t="n">
+      <c r="AEC18" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="ADV18" s="13" t="inlineStr">
-[...38 lines deleted...]
-      </c>
       <c r="AED18" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="AEE18" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="AEF18" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="AEG18" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="AEH18" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -38263,212 +38471,248 @@
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ALM18" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ALN18" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ALO18" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ALP18" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ALQ18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ALR18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ALS18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ALT18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ALU18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ALV18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ALW18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ALX18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ALY18" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    C Manufacturing industry</t>
         </is>
       </c>
       <c r="B19" s="14" t="n">
-        <v>112.585</v>
+        <v>112.459</v>
       </c>
       <c r="C19" s="14" t="n">
+        <v>112.278</v>
+      </c>
+      <c r="D19" s="14" t="n">
+        <v>112.592</v>
+      </c>
+      <c r="E19" s="14" t="n">
         <v>112.611</v>
       </c>
-      <c r="D19" s="14" t="n">
+      <c r="F19" s="14" t="n">
         <v>112.266</v>
       </c>
-      <c r="E19" s="14" t="n">
+      <c r="G19" s="14" t="n">
         <v>113.059</v>
       </c>
-      <c r="F19" s="14" t="n">
+      <c r="H19" s="14" t="n">
         <v>113.238</v>
       </c>
-      <c r="G19" s="14" t="n">
+      <c r="I19" s="14" t="n">
         <v>113.6</v>
       </c>
-      <c r="H19" s="14" t="n">
+      <c r="J19" s="14" t="n">
         <v>113.82</v>
       </c>
-      <c r="I19" s="14" t="n">
+      <c r="K19" s="14" t="n">
         <v>113.878</v>
       </c>
-      <c r="J19" s="14" t="n">
+      <c r="L19" s="14" t="n">
         <v>114.933</v>
       </c>
-      <c r="K19" s="14" t="n">
+      <c r="M19" s="14" t="n">
         <v>116.162</v>
       </c>
-      <c r="L19" s="14" t="n">
+      <c r="N19" s="14" t="n">
         <v>116.119</v>
       </c>
-      <c r="M19" s="14" t="n">
+      <c r="O19" s="14" t="n">
         <v>115.24</v>
       </c>
-      <c r="N19" s="14" t="n">
+      <c r="P19" s="14" t="n">
         <v>115.206</v>
       </c>
-      <c r="O19" s="14" t="n">
+      <c r="Q19" s="14" t="n">
         <v>114.683</v>
       </c>
-      <c r="P19" s="14" t="n">
+      <c r="R19" s="14" t="n">
         <v>114.099</v>
       </c>
-      <c r="Q19" s="14" t="n">
+      <c r="S19" s="14" t="n">
         <v>114.723</v>
       </c>
-      <c r="R19" s="14" t="n">
+      <c r="T19" s="14" t="n">
         <v>115.881</v>
       </c>
-      <c r="S19" s="14" t="n">
+      <c r="U19" s="14" t="n">
         <v>115.984</v>
       </c>
-      <c r="T19" s="14" t="n">
+      <c r="V19" s="14" t="n">
         <v>115.651</v>
       </c>
-      <c r="U19" s="14" t="n">
+      <c r="W19" s="14" t="n">
         <v>115.841</v>
       </c>
-      <c r="V19" s="14" t="n">
+      <c r="X19" s="14" t="n">
         <v>115.162</v>
       </c>
-      <c r="W19" s="14" t="n">
+      <c r="Y19" s="14" t="n">
         <v>114.95</v>
       </c>
-      <c r="X19" s="14" t="n">
+      <c r="Z19" s="14" t="n">
         <v>114.405</v>
       </c>
-      <c r="Y19" s="14" t="n">
+      <c r="AA19" s="14" t="n">
         <v>114.174</v>
       </c>
-      <c r="Z19" s="14" t="n">
+      <c r="AB19" s="14" t="n">
         <v>114.691</v>
       </c>
-      <c r="AA19" s="14" t="n">
+      <c r="AC19" s="14" t="n">
         <v>115.445</v>
       </c>
-      <c r="AB19" s="14" t="n">
+      <c r="AD19" s="14" t="n">
         <v>115.513</v>
       </c>
-      <c r="AC19" s="14" t="n">
+      <c r="AE19" s="14" t="n">
         <v>114.699</v>
       </c>
-      <c r="AD19" s="14" t="n">
+      <c r="AF19" s="14" t="n">
         <v>114.681</v>
       </c>
-      <c r="AE19" s="14" t="n">
+      <c r="AG19" s="14" t="n">
         <v>115.147</v>
       </c>
-      <c r="AF19" s="14" t="n">
+      <c r="AH19" s="14" t="n">
         <v>115.001</v>
       </c>
-      <c r="AG19" s="14" t="n">
+      <c r="AI19" s="14" t="n">
         <v>114.807</v>
       </c>
-      <c r="AH19" s="14" t="n">
+      <c r="AJ19" s="14" t="n">
         <v>116.017</v>
       </c>
-      <c r="AI19" s="14" t="n">
+      <c r="AK19" s="14" t="n">
         <v>115.345</v>
       </c>
-      <c r="AJ19" s="14" t="n">
+      <c r="AL19" s="14" t="n">
         <v>115.038</v>
       </c>
-      <c r="AK19" s="14" t="n">
+      <c r="AM19" s="14" t="n">
         <v>114.32</v>
       </c>
-      <c r="AL19" s="14" t="n">
+      <c r="AN19" s="14" t="n">
         <v>115.987</v>
       </c>
-      <c r="AM19" s="14" t="n">
+      <c r="AO19" s="14" t="n">
         <v>116.238</v>
       </c>
-      <c r="AN19" s="14" t="n">
+      <c r="AP19" s="14" t="n">
         <v>115.989</v>
       </c>
-      <c r="AO19" s="14" t="n">
+      <c r="AQ19" s="14" t="n">
         <v>115.731</v>
       </c>
-      <c r="AP19" s="14" t="n">
+      <c r="AR19" s="14" t="n">
         <v>116.944</v>
       </c>
-      <c r="AQ19" s="14" t="n">
+      <c r="AS19" s="14" t="n">
         <v>117.082</v>
       </c>
-      <c r="AR19" s="14" t="n">
+      <c r="AT19" s="14" t="n">
         <v>115.223</v>
       </c>
-      <c r="AS19" s="14" t="n">
+      <c r="AU19" s="14" t="n">
         <v>113.232</v>
       </c>
-      <c r="AT19" s="14" t="n">
+      <c r="AV19" s="14" t="n">
         <v>110.691</v>
       </c>
-      <c r="AU19" s="14" t="n">
+      <c r="AW19" s="14" t="n">
         <v>107.648</v>
       </c>
-      <c r="AV19" s="14" t="n">
+      <c r="AX19" s="14" t="n">
         <v>106.396</v>
       </c>
-      <c r="AW19" s="13" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="AY19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="AZ19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BA19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BB19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BC19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -39435,211 +39679,207 @@
       <c r="IN19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IO19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IP19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IQ19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IR19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="IS19" s="15" t="n">
+      <c r="IS19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IT19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IU19" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="IV19" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="IW19" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="IT19" s="15" t="n">
+      <c r="IX19" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="IU19" s="15" t="n">
+      <c r="IY19" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="IV19" s="15" t="n">
+      <c r="IZ19" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="IW19" s="15" t="n">
+      <c r="JA19" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="IX19" s="15" t="n">
+      <c r="JB19" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="IY19" s="15" t="n">
+      <c r="JC19" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="IZ19" s="15" t="n">
+      <c r="JD19" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="JA19" s="15" t="n">
+      <c r="JE19" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="JB19" s="15" t="n">
+      <c r="JF19" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="JC19" s="15" t="n">
+      <c r="JG19" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="JD19" s="15" t="n">
+      <c r="JH19" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="JE19" s="15" t="n">
+      <c r="JI19" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="JF19" s="15" t="n">
+      <c r="JJ19" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="JG19" s="15" t="n">
+      <c r="JK19" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="JH19" s="15" t="n">
+      <c r="JL19" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="JI19" s="15" t="n">
+      <c r="JM19" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="JJ19" s="15" t="n">
+      <c r="JN19" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="JK19" s="15" t="n">
+      <c r="JO19" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="JL19" s="15" t="n">
+      <c r="JP19" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="JM19" s="15" t="n">
+      <c r="JQ19" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="JN19" s="15" t="n">
+      <c r="JR19" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="JO19" s="15" t="n">
+      <c r="JS19" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="JP19" s="15" t="n">
+      <c r="JT19" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="JQ19" s="15" t="n">
+      <c r="JU19" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="JR19" s="15" t="n">
+      <c r="JV19" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="JS19" s="15" t="n">
+      <c r="JW19" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="JT19" s="15" t="n">
+      <c r="JX19" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="JU19" s="15" t="n">
+      <c r="JY19" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="JV19" s="15" t="n">
+      <c r="JZ19" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="JW19" s="15" t="n">
+      <c r="KA19" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="JX19" s="15" t="n">
+      <c r="KB19" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="JY19" s="15" t="n">
+      <c r="KC19" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="JZ19" s="15" t="n">
+      <c r="KD19" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="KA19" s="15" t="n">
+      <c r="KE19" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="KB19" s="15" t="n">
+      <c r="KF19" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="KC19" s="15" t="n">
+      <c r="KG19" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="KD19" s="15" t="n">
+      <c r="KH19" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="KE19" s="15" t="n">
+      <c r="KI19" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="KF19" s="15" t="n">
+      <c r="KJ19" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="KG19" s="15" t="n">
+      <c r="KK19" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="KH19" s="15" t="n">
+      <c r="KL19" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="KI19" s="15" t="n">
+      <c r="KM19" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="KJ19" s="15" t="n">
+      <c r="KN19" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="KK19" s="15" t="n">
+      <c r="KO19" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="KL19" s="15" t="n">
+      <c r="KP19" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="KM19" s="15" t="n">
+      <c r="KQ19" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="KN19" s="13" t="inlineStr">
-[...18 lines deleted...]
-      </c>
       <c r="KR19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="KS19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="KT19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="KU19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="KV19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -40596,221 +40836,217 @@
       <c r="SE19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="SF19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="SG19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="SH19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="SI19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="SJ19" s="15" t="n">
+      <c r="SJ19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SK19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SL19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SM19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SN19" s="15" t="n">
+        <v>-3.2</v>
+      </c>
+      <c r="SO19" s="15" t="n">
+        <v>-2.6</v>
+      </c>
+      <c r="SP19" s="15" t="n">
         <v>-2.3</v>
       </c>
-      <c r="SK19" s="15" t="n">
+      <c r="SQ19" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="SL19" s="15" t="n">
+      <c r="SR19" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="SM19" s="15" t="n">
+      <c r="SS19" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="SN19" s="15" t="n">
+      <c r="ST19" s="15" t="n">
         <v>-2.3</v>
       </c>
-      <c r="SO19" s="15" t="n">
+      <c r="SU19" s="15" t="n">
         <v>-2.1</v>
       </c>
-      <c r="SP19" s="15" t="n">
+      <c r="SV19" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="SQ19" s="15" t="n">
+      <c r="SW19" s="15" t="n">
         <v>-1.7</v>
       </c>
-      <c r="SR19" s="15" t="n">
+      <c r="SX19" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="SS19" s="15" t="n">
+      <c r="SY19" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="ST19" s="15" t="n">
+      <c r="SZ19" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="SU19" s="15" t="n">
+      <c r="TA19" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="SV19" s="15" t="n">
+      <c r="TB19" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="SW19" s="15" t="n">
+      <c r="TC19" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="SX19" s="15" t="n">
+      <c r="TD19" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="SY19" s="15" t="n">
+      <c r="TE19" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="SZ19" s="15" t="n">
+      <c r="TF19" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="TA19" s="15" t="n">
+      <c r="TG19" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="TB19" s="15" t="n">
+      <c r="TH19" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="TC19" s="15" t="n">
+      <c r="TI19" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="TD19" s="15" t="n">
+      <c r="TJ19" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="TE19" s="15" t="n">
+      <c r="TK19" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="TF19" s="15" t="n">
+      <c r="TL19" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="TG19" s="15" t="n">
+      <c r="TM19" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="TH19" s="15" t="n">
+      <c r="TN19" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="TI19" s="15" t="n">
+      <c r="TO19" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="TJ19" s="15" t="n">
+      <c r="TP19" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="TK19" s="15" t="n">
+      <c r="TQ19" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="TL19" s="15" t="n">
+      <c r="TR19" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="TM19" s="15" t="n">
+      <c r="TS19" s="15" t="n">
         <v>-1.7</v>
       </c>
-      <c r="TN19" s="15" t="n">
+      <c r="TT19" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="TO19" s="15" t="n">
+      <c r="TU19" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="TP19" s="15" t="n">
+      <c r="TV19" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="TQ19" s="15" t="n">
+      <c r="TW19" s="15" t="n">
         <v>7.1</v>
       </c>
-      <c r="TR19" s="15" t="n">
+      <c r="TX19" s="15" t="n">
         <v>8.1</v>
       </c>
-      <c r="TS19" s="15" t="n">
+      <c r="TY19" s="15" t="n">
         <v>9.7</v>
       </c>
-      <c r="TT19" s="15" t="n">
+      <c r="TZ19" s="15" t="n">
         <v>11.2</v>
       </c>
-      <c r="TU19" s="15" t="n">
+      <c r="UA19" s="15" t="n">
         <v>12.6</v>
       </c>
-      <c r="TV19" s="15" t="n">
+      <c r="UB19" s="15" t="n">
         <v>13.9</v>
       </c>
-      <c r="TW19" s="15" t="n">
+      <c r="UC19" s="15" t="n">
         <v>14.6</v>
       </c>
-      <c r="TX19" s="15" t="n">
+      <c r="UD19" s="15" t="n">
         <v>16.3</v>
       </c>
-      <c r="TY19" s="15" t="n">
+      <c r="UE19" s="15" t="n">
         <v>18.1</v>
       </c>
-      <c r="TZ19" s="15" t="n">
+      <c r="UF19" s="15" t="n">
         <v>16.7</v>
       </c>
-      <c r="UA19" s="15" t="n">
+      <c r="UG19" s="15" t="n">
         <v>15.4</v>
       </c>
-      <c r="UB19" s="15" t="n">
+      <c r="UH19" s="15" t="n">
         <v>13.4</v>
       </c>
-      <c r="UC19" s="15" t="n">
+      <c r="UI19" s="15" t="n">
         <v>11.8</v>
       </c>
-      <c r="UD19" s="15" t="n">
+      <c r="UJ19" s="15" t="n">
         <v>12.1</v>
       </c>
-      <c r="UE19" s="13" t="inlineStr">
-[...28 lines deleted...]
-      </c>
       <c r="UK19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="UL19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="UM19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="UN19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="UO19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -41757,231 +41993,227 @@
       <c r="ABV19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABW19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABX19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABY19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABZ19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ACA19" s="15" t="n">
+      <c r="ACA19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACB19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACC19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACD19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACE19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACF19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACG19" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="ACH19" s="15" t="n">
+        <v>-2.6</v>
+      </c>
+      <c r="ACI19" s="15" t="n">
         <v>-2.3</v>
       </c>
-      <c r="ACB19" s="15" t="n">
+      <c r="ACJ19" s="15" t="n">
         <v>-2.3</v>
       </c>
-      <c r="ACC19" s="15" t="n">
+      <c r="ACK19" s="15" t="n">
         <v>-2.6</v>
       </c>
-      <c r="ACD19" s="15" t="n">
+      <c r="ACL19" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="ACE19" s="15" t="n">
+      <c r="ACM19" s="15" t="n">
         <v>-1.7</v>
       </c>
-      <c r="ACF19" s="15" t="n">
+      <c r="ACN19" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="ACG19" s="15" t="n">
+      <c r="ACO19" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="ACH19" s="15" t="n">
+      <c r="ACP19" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="ACI19" s="15" t="n">
+      <c r="ACQ19" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="ACJ19" s="15" t="n">
+      <c r="ACR19" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="ACK19" s="15" t="n">
+      <c r="ACS19" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="ACL19" s="15" t="n">
+      <c r="ACT19" s="15" t="n">
         <v>0.9</v>
-      </c>
-[...22 lines deleted...]
-        <v>1.5</v>
       </c>
       <c r="ACU19" s="15" t="n">
         <v>0.9</v>
       </c>
       <c r="ACV19" s="15" t="n">
-        <v>0.7</v>
+        <v>0.4</v>
       </c>
       <c r="ACW19" s="15" t="n">
-        <v>0.2</v>
+        <v>-0.1</v>
       </c>
       <c r="ACX19" s="15" t="n">
-        <v>-0.1</v>
+        <v>0.5</v>
       </c>
       <c r="ACY19" s="15" t="n">
-        <v>0.3</v>
+        <v>1.5</v>
       </c>
       <c r="ACZ19" s="15" t="n">
-        <v>1.0</v>
+        <v>1.6</v>
       </c>
       <c r="ADA19" s="15" t="n">
-        <v>1.0</v>
+        <v>1.3</v>
       </c>
       <c r="ADB19" s="15" t="n">
-        <v>0.3</v>
+        <v>1.5</v>
       </c>
       <c r="ADC19" s="15" t="n">
-        <v>0.3</v>
+        <v>0.9</v>
       </c>
       <c r="ADD19" s="15" t="n">
         <v>0.7</v>
       </c>
       <c r="ADE19" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="ADF19" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="ADG19" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="ADH19" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="ADI19" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="ADJ19" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="ADK19" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="ADL19" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="ADM19" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="ADF19" s="15" t="n">
+      <c r="ADN19" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="ADG19" s="15" t="n">
+      <c r="ADO19" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="ADH19" s="15" t="n">
+      <c r="ADP19" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="ADI19" s="15" t="n">
+      <c r="ADQ19" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="ADJ19" s="15" t="n">
+      <c r="ADR19" s="15" t="n">
         <v>9.7</v>
       </c>
-      <c r="ADK19" s="15" t="n">
+      <c r="ADS19" s="15" t="n">
         <v>11.3</v>
       </c>
-      <c r="ADL19" s="15" t="n">
+      <c r="ADT19" s="15" t="n">
         <v>11.6</v>
       </c>
-      <c r="ADM19" s="15" t="n">
+      <c r="ADU19" s="15" t="n">
         <v>11.3</v>
       </c>
-      <c r="ADN19" s="15" t="n">
+      <c r="ADV19" s="15" t="n">
         <v>11.1</v>
       </c>
-      <c r="ADO19" s="15" t="n">
+      <c r="ADW19" s="15" t="n">
         <v>12.2</v>
       </c>
-      <c r="ADP19" s="15" t="n">
+      <c r="ADX19" s="15" t="n">
         <v>12.4</v>
       </c>
-      <c r="ADQ19" s="15" t="n">
+      <c r="ADY19" s="15" t="n">
         <v>10.6</v>
       </c>
-      <c r="ADR19" s="15" t="n">
+      <c r="ADZ19" s="15" t="n">
         <v>8.7</v>
       </c>
-      <c r="ADS19" s="15" t="n">
+      <c r="AEA19" s="15" t="n">
         <v>6.2</v>
       </c>
-      <c r="ADT19" s="15" t="n">
+      <c r="AEB19" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="ADU19" s="15" t="n">
+      <c r="AEC19" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="ADV19" s="13" t="inlineStr">
-[...38 lines deleted...]
-      </c>
       <c r="AED19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="AEE19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="AEF19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="AEG19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="AEH19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -42914,212 +43146,248 @@
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ALM19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ALN19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ALO19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ALP19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ALQ19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ALR19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ALS19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ALT19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ALU19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ALV19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ALW19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ALX19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ALY19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    D Electricity, gas, steam and air conditioning supply</t>
         </is>
       </c>
       <c r="B20" s="14" t="n">
+        <v>69.6</v>
+      </c>
+      <c r="C20" s="14" t="n">
+        <v>72.747</v>
+      </c>
+      <c r="D20" s="14" t="n">
         <v>62.258</v>
       </c>
-      <c r="C20" s="14" t="n">
+      <c r="E20" s="14" t="n">
         <v>65.251</v>
       </c>
-      <c r="D20" s="14" t="n">
+      <c r="F20" s="14" t="n">
         <v>61.408</v>
       </c>
-      <c r="E20" s="14" t="n">
+      <c r="G20" s="14" t="n">
         <v>65.45</v>
       </c>
-      <c r="F20" s="14" t="n">
+      <c r="H20" s="14" t="n">
         <v>68.009</v>
       </c>
-      <c r="G20" s="14" t="n">
+      <c r="I20" s="14" t="n">
         <v>60.793</v>
       </c>
-      <c r="H20" s="14" t="n">
+      <c r="J20" s="14" t="n">
         <v>40.682</v>
       </c>
-      <c r="I20" s="14" t="n">
+      <c r="K20" s="14" t="n">
         <v>45.384</v>
       </c>
-      <c r="J20" s="14" t="n">
+      <c r="L20" s="14" t="n">
         <v>86.175</v>
       </c>
-      <c r="K20" s="14" t="n">
+      <c r="M20" s="14" t="n">
         <v>78.01</v>
       </c>
-      <c r="L20" s="14" t="n">
+      <c r="N20" s="14" t="n">
         <v>77.232</v>
       </c>
-      <c r="M20" s="14" t="n">
+      <c r="O20" s="14" t="n">
         <v>70.902</v>
       </c>
-      <c r="N20" s="14" t="n">
+      <c r="P20" s="14" t="n">
         <v>67.611</v>
       </c>
-      <c r="O20" s="14" t="n">
+      <c r="Q20" s="14" t="n">
         <v>65.811</v>
       </c>
-      <c r="P20" s="14" t="n">
+      <c r="R20" s="14" t="n">
         <v>68.208</v>
       </c>
-      <c r="Q20" s="14" t="n">
+      <c r="S20" s="14" t="n">
         <v>73.398</v>
       </c>
-      <c r="R20" s="14" t="n">
+      <c r="T20" s="14" t="n">
         <v>71.951</v>
       </c>
-      <c r="S20" s="14" t="n">
+      <c r="U20" s="14" t="n">
         <v>56.19</v>
       </c>
-      <c r="T20" s="14" t="n">
+      <c r="V20" s="14" t="n">
         <v>44.67</v>
       </c>
-      <c r="U20" s="14" t="n">
+      <c r="W20" s="14" t="n">
         <v>36.197</v>
       </c>
-      <c r="V20" s="14" t="n">
+      <c r="X20" s="14" t="n">
         <v>58.27</v>
       </c>
-      <c r="W20" s="14" t="n">
+      <c r="Y20" s="14" t="n">
         <v>70.324</v>
       </c>
-      <c r="X20" s="14" t="n">
+      <c r="Z20" s="14" t="n">
         <v>76.084</v>
       </c>
-      <c r="Y20" s="14" t="n">
+      <c r="AA20" s="14" t="n">
         <v>77.883</v>
       </c>
-      <c r="Z20" s="14" t="n">
+      <c r="AB20" s="14" t="n">
         <v>66.562</v>
       </c>
-      <c r="AA20" s="14" t="n">
+      <c r="AC20" s="14" t="n">
         <v>79.104</v>
       </c>
-      <c r="AB20" s="14" t="n">
+      <c r="AD20" s="14" t="n">
         <v>102.877</v>
       </c>
-      <c r="AC20" s="14" t="n">
+      <c r="AE20" s="14" t="n">
         <v>76.12</v>
       </c>
-      <c r="AD20" s="14" t="n">
+      <c r="AF20" s="14" t="n">
         <v>76.563</v>
       </c>
-      <c r="AE20" s="14" t="n">
+      <c r="AG20" s="14" t="n">
         <v>78.109</v>
       </c>
-      <c r="AF20" s="14" t="n">
+      <c r="AH20" s="14" t="n">
         <v>66.734</v>
       </c>
-      <c r="AG20" s="14" t="n">
+      <c r="AI20" s="14" t="n">
         <v>81.609</v>
       </c>
-      <c r="AH20" s="14" t="n">
+      <c r="AJ20" s="14" t="n">
         <v>79.565</v>
       </c>
-      <c r="AI20" s="14" t="n">
+      <c r="AK20" s="14" t="n">
         <v>97.912</v>
       </c>
-      <c r="AJ20" s="14" t="n">
+      <c r="AL20" s="14" t="n">
         <v>74.348</v>
       </c>
-      <c r="AK20" s="14" t="n">
+      <c r="AM20" s="14" t="n">
         <v>115.129</v>
       </c>
-      <c r="AL20" s="14" t="n">
+      <c r="AN20" s="14" t="n">
         <v>109.427</v>
       </c>
-      <c r="AM20" s="14" t="n">
+      <c r="AO20" s="14" t="n">
         <v>149.247</v>
       </c>
-      <c r="AN20" s="14" t="n">
+      <c r="AP20" s="14" t="n">
         <v>226.099</v>
       </c>
-      <c r="AO20" s="14" t="n">
+      <c r="AQ20" s="14" t="n">
         <v>181.076</v>
       </c>
-      <c r="AP20" s="14" t="n">
+      <c r="AR20" s="14" t="n">
         <v>117.055</v>
       </c>
-      <c r="AQ20" s="14" t="n">
+      <c r="AS20" s="14" t="n">
         <v>126.55</v>
       </c>
-      <c r="AR20" s="14" t="n">
+      <c r="AT20" s="14" t="n">
         <v>134.164</v>
       </c>
-      <c r="AS20" s="14" t="n">
+      <c r="AU20" s="14" t="n">
         <v>144.554</v>
       </c>
-      <c r="AT20" s="14" t="n">
+      <c r="AV20" s="14" t="n">
         <v>198.329</v>
       </c>
-      <c r="AU20" s="14" t="n">
+      <c r="AW20" s="14" t="n">
         <v>150.16</v>
       </c>
-      <c r="AV20" s="14" t="n">
+      <c r="AX20" s="14" t="n">
         <v>157.611</v>
       </c>
-      <c r="AW20" s="13" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="AY20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="AZ20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BA20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BB20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="BC20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -44086,211 +44354,207 @@
       <c r="IN20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IO20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IP20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IQ20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="IR20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="IS20" s="15" t="n">
+      <c r="IS20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IT20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IU20" s="15" t="n">
+        <v>-4.3</v>
+      </c>
+      <c r="IV20" s="15" t="n">
+        <v>16.8</v>
+      </c>
+      <c r="IW20" s="15" t="n">
         <v>-4.6</v>
       </c>
-      <c r="IT20" s="15" t="n">
+      <c r="IX20" s="15" t="n">
         <v>6.3</v>
       </c>
-      <c r="IU20" s="15" t="n">
+      <c r="IY20" s="15" t="n">
         <v>-6.2</v>
       </c>
-      <c r="IV20" s="15" t="n">
+      <c r="IZ20" s="15" t="n">
         <v>-3.8</v>
       </c>
-      <c r="IW20" s="15" t="n">
+      <c r="JA20" s="15" t="n">
         <v>11.9</v>
       </c>
-      <c r="IX20" s="15" t="n">
+      <c r="JB20" s="15" t="n">
         <v>49.4</v>
       </c>
-      <c r="IY20" s="15" t="n">
+      <c r="JC20" s="15" t="n">
         <v>-10.4</v>
       </c>
-      <c r="IZ20" s="15" t="n">
+      <c r="JD20" s="15" t="n">
         <v>-47.3</v>
       </c>
-      <c r="JA20" s="15" t="n">
+      <c r="JE20" s="15" t="n">
         <v>10.5</v>
       </c>
-      <c r="JB20" s="15" t="n">
+      <c r="JF20" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="JC20" s="15" t="n">
+      <c r="JG20" s="15" t="n">
         <v>8.9</v>
       </c>
-      <c r="JD20" s="15" t="n">
+      <c r="JH20" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="JE20" s="15" t="n">
+      <c r="JI20" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="JF20" s="15" t="n">
+      <c r="JJ20" s="15" t="n">
         <v>-3.5</v>
       </c>
-      <c r="JG20" s="15" t="n">
+      <c r="JK20" s="15" t="n">
         <v>-7.1</v>
       </c>
-      <c r="JH20" s="15" t="n">
+      <c r="JL20" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="JI20" s="15" t="n">
+      <c r="JM20" s="15" t="n">
         <v>28.0</v>
       </c>
-      <c r="JJ20" s="15" t="n">
+      <c r="JN20" s="15" t="n">
         <v>25.8</v>
       </c>
-      <c r="JK20" s="15" t="n">
+      <c r="JO20" s="15" t="n">
         <v>23.4</v>
       </c>
-      <c r="JL20" s="15" t="n">
+      <c r="JP20" s="15" t="n">
         <v>-37.9</v>
       </c>
-      <c r="JM20" s="15" t="n">
+      <c r="JQ20" s="15" t="n">
         <v>-17.1</v>
       </c>
-      <c r="JN20" s="15" t="n">
+      <c r="JR20" s="15" t="n">
         <v>-7.6</v>
       </c>
-      <c r="JO20" s="15" t="n">
+      <c r="JS20" s="15" t="n">
         <v>-2.3</v>
       </c>
-      <c r="JP20" s="15" t="n">
+      <c r="JT20" s="15" t="n">
         <v>17.0</v>
       </c>
-      <c r="JQ20" s="15" t="n">
+      <c r="JU20" s="15" t="n">
         <v>-15.9</v>
       </c>
-      <c r="JR20" s="15" t="n">
+      <c r="JV20" s="15" t="n">
         <v>-23.1</v>
       </c>
-      <c r="JS20" s="15" t="n">
+      <c r="JW20" s="15" t="n">
         <v>35.2</v>
       </c>
-      <c r="JT20" s="15" t="n">
+      <c r="JX20" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="JU20" s="15" t="n">
+      <c r="JY20" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="JV20" s="15" t="n">
+      <c r="JZ20" s="15" t="n">
         <v>17.0</v>
       </c>
-      <c r="JW20" s="15" t="n">
+      <c r="KA20" s="15" t="n">
         <v>-18.2</v>
       </c>
-      <c r="JX20" s="15" t="n">
+      <c r="KB20" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="JY20" s="15" t="n">
+      <c r="KC20" s="15" t="n">
         <v>-18.7</v>
       </c>
-      <c r="JZ20" s="15" t="n">
+      <c r="KD20" s="15" t="n">
         <v>31.7</v>
       </c>
-      <c r="KA20" s="15" t="n">
+      <c r="KE20" s="15" t="n">
         <v>-35.4</v>
       </c>
-      <c r="KB20" s="15" t="n">
+      <c r="KF20" s="15" t="n">
         <v>5.2</v>
       </c>
-      <c r="KC20" s="15" t="n">
+      <c r="KG20" s="15" t="n">
         <v>-26.7</v>
       </c>
-      <c r="KD20" s="15" t="n">
+      <c r="KH20" s="15" t="n">
         <v>-34.0</v>
       </c>
-      <c r="KE20" s="15" t="n">
+      <c r="KI20" s="15" t="n">
         <v>24.9</v>
       </c>
-      <c r="KF20" s="15" t="n">
+      <c r="KJ20" s="15" t="n">
         <v>54.7</v>
       </c>
-      <c r="KG20" s="15" t="n">
+      <c r="KK20" s="15" t="n">
         <v>-7.5</v>
       </c>
-      <c r="KH20" s="15" t="n">
+      <c r="KL20" s="15" t="n">
         <v>-5.7</v>
       </c>
-      <c r="KI20" s="15" t="n">
+      <c r="KM20" s="15" t="n">
         <v>-7.2</v>
       </c>
-      <c r="KJ20" s="15" t="n">
+      <c r="KN20" s="15" t="n">
         <v>-27.1</v>
       </c>
-      <c r="KK20" s="15" t="n">
+      <c r="KO20" s="15" t="n">
         <v>32.1</v>
       </c>
-      <c r="KL20" s="15" t="n">
+      <c r="KP20" s="15" t="n">
         <v>-4.7</v>
       </c>
-      <c r="KM20" s="15" t="n">
+      <c r="KQ20" s="15" t="n">
         <v>-5.2</v>
       </c>
-      <c r="KN20" s="13" t="inlineStr">
-[...18 lines deleted...]
-      </c>
       <c r="KR20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="KS20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="KT20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="KU20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="KV20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -45247,221 +45511,217 @@
       <c r="SE20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="SF20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="SG20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="SH20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="SI20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="SJ20" s="15" t="n">
+      <c r="SJ20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SK20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SL20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SM20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SN20" s="15" t="n">
+        <v>-9.9</v>
+      </c>
+      <c r="SO20" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="SP20" s="15" t="n">
         <v>-7.9</v>
       </c>
-      <c r="SK20" s="15" t="n">
+      <c r="SQ20" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="SL20" s="15" t="n">
+      <c r="SR20" s="15" t="n">
         <v>-10.0</v>
       </c>
-      <c r="SM20" s="15" t="n">
+      <c r="SS20" s="15" t="n">
         <v>-10.8</v>
       </c>
-      <c r="SN20" s="15" t="n">
+      <c r="ST20" s="15" t="n">
         <v>-5.5</v>
       </c>
-      <c r="SO20" s="15" t="n">
+      <c r="SU20" s="15" t="n">
         <v>8.2</v>
       </c>
-      <c r="SP20" s="15" t="n">
+      <c r="SV20" s="15" t="n">
         <v>-8.9</v>
       </c>
-      <c r="SQ20" s="15" t="n">
+      <c r="SW20" s="15" t="n">
         <v>25.4</v>
       </c>
-      <c r="SR20" s="15" t="n">
+      <c r="SX20" s="15" t="n">
         <v>47.9</v>
       </c>
-      <c r="SS20" s="15" t="n">
+      <c r="SY20" s="15" t="n">
         <v>10.9</v>
       </c>
-      <c r="ST20" s="15" t="n">
+      <c r="SZ20" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="SU20" s="15" t="n">
+      <c r="TA20" s="15" t="n">
         <v>-9.0</v>
       </c>
-      <c r="SV20" s="15" t="n">
+      <c r="TB20" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="SW20" s="15" t="n">
+      <c r="TC20" s="15" t="n">
         <v>-16.8</v>
       </c>
-      <c r="SX20" s="15" t="n">
+      <c r="TD20" s="15" t="n">
         <v>-33.7</v>
       </c>
-      <c r="SY20" s="15" t="n">
+      <c r="TE20" s="15" t="n">
         <v>-3.6</v>
       </c>
-      <c r="SZ20" s="15" t="n">
+      <c r="TF20" s="15" t="n">
         <v>-6.0</v>
       </c>
-      <c r="TA20" s="15" t="n">
+      <c r="TG20" s="15" t="n">
         <v>-28.1</v>
       </c>
-      <c r="TB20" s="15" t="n">
+      <c r="TH20" s="15" t="n">
         <v>-33.1</v>
       </c>
-      <c r="TC20" s="15" t="n">
+      <c r="TI20" s="15" t="n">
         <v>-55.6</v>
       </c>
-      <c r="TD20" s="15" t="n">
+      <c r="TJ20" s="15" t="n">
         <v>-26.8</v>
       </c>
-      <c r="TE20" s="15" t="n">
+      <c r="TK20" s="15" t="n">
         <v>-28.2</v>
       </c>
-      <c r="TF20" s="15" t="n">
+      <c r="TL20" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="TG20" s="15" t="n">
+      <c r="TM20" s="15" t="n">
         <v>-32.4</v>
       </c>
-      <c r="TH20" s="15" t="n">
+      <c r="TN20" s="15" t="n">
         <v>-39.2</v>
       </c>
-      <c r="TI20" s="15" t="n">
+      <c r="TO20" s="15" t="n">
         <v>-47.0</v>
       </c>
-      <c r="TJ20" s="15" t="n">
+      <c r="TP20" s="15" t="n">
         <v>-54.5</v>
       </c>
-      <c r="TK20" s="15" t="n">
+      <c r="TQ20" s="15" t="n">
         <v>-58.0</v>
       </c>
-      <c r="TL20" s="15" t="n">
+      <c r="TR20" s="15" t="n">
         <v>-34.6</v>
       </c>
-      <c r="TM20" s="15" t="n">
+      <c r="TS20" s="15" t="n">
         <v>-38.3</v>
       </c>
-      <c r="TN20" s="15" t="n">
+      <c r="TT20" s="15" t="n">
         <v>-50.3</v>
       </c>
-      <c r="TO20" s="15" t="n">
+      <c r="TU20" s="15" t="n">
         <v>-43.5</v>
       </c>
-      <c r="TP20" s="15" t="n">
+      <c r="TV20" s="15" t="n">
         <v>-59.9</v>
       </c>
-      <c r="TQ20" s="15" t="n">
+      <c r="TW20" s="15" t="n">
         <v>-34.8</v>
       </c>
-      <c r="TR20" s="15" t="n">
+      <c r="TX20" s="15" t="n">
         <v>-52.8</v>
       </c>
-      <c r="TS20" s="15" t="n">
+      <c r="TY20" s="15" t="n">
         <v>-30.7</v>
       </c>
-      <c r="TT20" s="15" t="n">
+      <c r="TZ20" s="15" t="n">
         <v>-10.3</v>
       </c>
-      <c r="TU20" s="15" t="n">
+      <c r="UA20" s="15" t="n">
         <v>7.2</v>
       </c>
-      <c r="TV20" s="15" t="n">
+      <c r="UB20" s="15" t="n">
         <v>106.0</v>
       </c>
-      <c r="TW20" s="15" t="n">
+      <c r="UC20" s="15" t="n">
         <v>111.3</v>
       </c>
-      <c r="TX20" s="15" t="n">
+      <c r="UD20" s="15" t="n">
         <v>39.0</v>
       </c>
-      <c r="TY20" s="15" t="n">
+      <c r="UE20" s="15" t="n">
         <v>50.9</v>
       </c>
-      <c r="TZ20" s="15" t="n">
+      <c r="UF20" s="15" t="n">
         <v>61.0</v>
       </c>
-      <c r="UA20" s="15" t="n">
+      <c r="UG20" s="15" t="n">
         <v>75.1</v>
       </c>
-      <c r="UB20" s="15" t="n">
+      <c r="UH20" s="15" t="n">
         <v>143.1</v>
       </c>
-      <c r="UC20" s="15" t="n">
+      <c r="UI20" s="15" t="n">
         <v>84.6</v>
       </c>
-      <c r="UD20" s="15" t="n">
+      <c r="UJ20" s="15" t="n">
         <v>96.6</v>
       </c>
-      <c r="UE20" s="13" t="inlineStr">
-[...28 lines deleted...]
-      </c>
       <c r="UK20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="UL20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="UM20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="UN20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="UO20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -46408,231 +46668,227 @@
       <c r="ABV20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABW20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABX20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABY20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABZ20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="ACA20" s="15" t="n">
+      <c r="ACA20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACB20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACC20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACD20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACE20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACF20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACG20" s="15" t="n">
+        <v>-4.3</v>
+      </c>
+      <c r="ACH20" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="ACI20" s="15" t="n">
         <v>-12.2</v>
       </c>
-      <c r="ACB20" s="15" t="n">
+      <c r="ACJ20" s="15" t="n">
         <v>-8.0</v>
       </c>
-      <c r="ACC20" s="15" t="n">
+      <c r="ACK20" s="15" t="n">
         <v>-13.4</v>
       </c>
-      <c r="ACD20" s="15" t="n">
+      <c r="ACL20" s="15" t="n">
         <v>-7.7</v>
       </c>
-      <c r="ACE20" s="15" t="n">
+      <c r="ACM20" s="15" t="n">
         <v>-4.1</v>
       </c>
-      <c r="ACF20" s="15" t="n">
+      <c r="ACN20" s="15" t="n">
         <v>-14.3</v>
       </c>
-      <c r="ACG20" s="15" t="n">
+      <c r="ACO20" s="15" t="n">
         <v>-42.6</v>
       </c>
-      <c r="ACH20" s="15" t="n">
+      <c r="ACP20" s="15" t="n">
         <v>-36.0</v>
       </c>
-      <c r="ACI20" s="15" t="n">
+      <c r="ACQ20" s="15" t="n">
         <v>21.5</v>
       </c>
-      <c r="ACJ20" s="15" t="n">
+      <c r="ACR20" s="15" t="n">
         <v>10.0</v>
       </c>
-      <c r="ACK20" s="15" t="n">
+      <c r="ACS20" s="15" t="n">
         <v>8.9</v>
       </c>
-      <c r="ACL20" s="15" t="n">
+      <c r="ACT20" s="15" t="n">
         <v>-9.0</v>
       </c>
-      <c r="ACM20" s="15" t="n">
+      <c r="ACU20" s="15" t="n">
         <v>-13.2</v>
       </c>
-      <c r="ACN20" s="15" t="n">
+      <c r="ACV20" s="15" t="n">
         <v>-15.5</v>
       </c>
-      <c r="ACO20" s="15" t="n">
+      <c r="ACW20" s="15" t="n">
         <v>-12.4</v>
       </c>
-      <c r="ACP20" s="15" t="n">
+      <c r="ACX20" s="15" t="n">
         <v>-5.8</v>
       </c>
-      <c r="ACQ20" s="15" t="n">
+      <c r="ACY20" s="15" t="n">
         <v>-7.6</v>
       </c>
-      <c r="ACR20" s="15" t="n">
+      <c r="ACZ20" s="15" t="n">
         <v>-27.9</v>
       </c>
-      <c r="ACS20" s="15" t="n">
+      <c r="ADA20" s="15" t="n">
         <v>-42.6</v>
       </c>
-      <c r="ACT20" s="15" t="n">
+      <c r="ADB20" s="15" t="n">
         <v>-53.5</v>
       </c>
-      <c r="ACU20" s="15" t="n">
+      <c r="ADC20" s="15" t="n">
         <v>-25.2</v>
       </c>
-      <c r="ACV20" s="15" t="n">
+      <c r="ADD20" s="15" t="n">
         <v>-9.7</v>
       </c>
-      <c r="ACW20" s="15" t="n">
+      <c r="ADE20" s="15" t="n">
         <v>-2.3</v>
       </c>
-      <c r="ACX20" s="15" t="n">
+      <c r="ADF20" s="15" t="n">
         <v>-32.4</v>
       </c>
-      <c r="ACY20" s="15" t="n">
+      <c r="ADG20" s="15" t="n">
         <v>-42.2</v>
       </c>
-      <c r="ACZ20" s="15" t="n">
+      <c r="ADH20" s="15" t="n">
         <v>-31.3</v>
       </c>
-      <c r="ADA20" s="15" t="n">
+      <c r="ADI20" s="15" t="n">
         <v>-10.6</v>
       </c>
-      <c r="ADB20" s="15" t="n">
+      <c r="ADJ20" s="15" t="n">
         <v>-33.9</v>
       </c>
-      <c r="ADC20" s="15" t="n">
+      <c r="ADK20" s="15" t="n">
         <v>-33.5</v>
       </c>
-      <c r="ADD20" s="15" t="n">
+      <c r="ADL20" s="15" t="n">
         <v>-32.2</v>
       </c>
-      <c r="ADE20" s="15" t="n">
+      <c r="ADM20" s="15" t="n">
         <v>-42.0</v>
       </c>
-      <c r="ADF20" s="15" t="n">
+      <c r="ADN20" s="15" t="n">
         <v>-29.1</v>
       </c>
-      <c r="ADG20" s="15" t="n">
+      <c r="ADO20" s="15" t="n">
         <v>-30.9</v>
       </c>
-      <c r="ADH20" s="15" t="n">
+      <c r="ADP20" s="15" t="n">
         <v>-15.0</v>
       </c>
-      <c r="ADI20" s="15" t="n">
+      <c r="ADQ20" s="15" t="n">
         <v>-35.4</v>
       </c>
-      <c r="ADJ20" s="15" t="n">
+      <c r="ADR20" s="15" t="n">
         <v>-30.7</v>
       </c>
-      <c r="ADK20" s="15" t="n">
+      <c r="ADS20" s="15" t="n">
         <v>-34.2</v>
       </c>
-      <c r="ADL20" s="15" t="n">
+      <c r="ADT20" s="15" t="n">
         <v>-10.2</v>
       </c>
-      <c r="ADM20" s="15" t="n">
+      <c r="ADU20" s="15" t="n">
         <v>36.0</v>
       </c>
-      <c r="ADN20" s="15" t="n">
+      <c r="ADV20" s="15" t="n">
         <v>8.9</v>
       </c>
-      <c r="ADO20" s="15" t="n">
+      <c r="ADW20" s="15" t="n">
         <v>-29.6</v>
       </c>
-      <c r="ADP20" s="15" t="n">
+      <c r="ADX20" s="15" t="n">
         <v>-23.9</v>
       </c>
-      <c r="ADQ20" s="15" t="n">
+      <c r="ADY20" s="15" t="n">
         <v>-19.3</v>
       </c>
-      <c r="ADR20" s="15" t="n">
+      <c r="ADZ20" s="15" t="n">
         <v>-13.0</v>
       </c>
-      <c r="ADS20" s="15" t="n">
+      <c r="AEA20" s="15" t="n">
         <v>19.3</v>
       </c>
-      <c r="ADT20" s="15" t="n">
+      <c r="AEB20" s="15" t="n">
         <v>-9.7</v>
       </c>
-      <c r="ADU20" s="15" t="n">
+      <c r="AEC20" s="15" t="n">
         <v>-5.2</v>
       </c>
-      <c r="ADV20" s="13" t="inlineStr">
-[...38 lines deleted...]
-      </c>
       <c r="AED20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="AEE20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="AEF20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="AEG20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="AEH20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
@@ -47565,90 +47821,130 @@
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ALM20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ALN20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ALO20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ALP20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ALQ20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ALR20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ALS20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ALT20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ALU20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ALV20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ALW20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ALX20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ALY20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="5" t="inlineStr">
         <is>
           <t>Notas:</t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
           <t>For all activity branches, data are final three months after their release</t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="inlineStr">
         <is>
           <t xml:space="preserve">Fuente: </t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="13">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A5:K5"/>
     <mergeCell ref="A6:K6"/>
-    <mergeCell ref="B7:IR7"/>
-[...5 lines deleted...]
-    <mergeCell ref="A17:ALQ17"/>
+    <mergeCell ref="B7:IT7"/>
+    <mergeCell ref="IU7:SM7"/>
+    <mergeCell ref="SN7:ACF7"/>
+    <mergeCell ref="ACG7:ALY7"/>
+    <mergeCell ref="A9:ALY9"/>
+    <mergeCell ref="A13:ALY13"/>
+    <mergeCell ref="A17:ALY17"/>
   </mergeCells>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>