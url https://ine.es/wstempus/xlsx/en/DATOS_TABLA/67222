--- v0 (2025-10-24)
+++ v1 (2025-12-13)
@@ -244,51 +244,51 @@
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="8" xfId="0" applyFill="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="6" fillId="5" borderId="8" xfId="0" applyFill="true" applyBorder="true" applyFont="true"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="8" xfId="0" applyFill="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="5" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="4" fontId="7" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true" applyNumberFormat="true">
       <alignment horizontal="right"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:AX33"/>
+  <dimension ref="A1:AY33"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="39.0625" customWidth="true"/>
     <col min="2" max="2" width="19.53125" customWidth="true"/>
     <col min="3" max="3" width="19.53125" customWidth="true"/>
     <col min="4" max="4" width="19.53125" customWidth="true"/>
     <col min="5" max="5" width="19.53125" customWidth="true"/>
     <col min="6" max="6" width="19.53125" customWidth="true"/>
     <col min="7" max="7" width="19.53125" customWidth="true"/>
     <col min="8" max="8" width="19.53125" customWidth="true"/>
     <col min="9" max="9" width="19.53125" customWidth="true"/>
     <col min="10" max="10" width="19.53125" customWidth="true"/>
     <col min="11" max="11" width="19.53125" customWidth="true"/>
     <col min="12" max="12" width="19.53125" customWidth="true"/>
     <col min="13" max="13" width="19.53125" customWidth="true"/>
     <col min="14" max="14" width="19.53125" customWidth="true"/>
     <col min="15" max="15" width="19.53125" customWidth="true"/>
     <col min="16" max="16" width="19.53125" customWidth="true"/>
     <col min="17" max="17" width="19.53125" customWidth="true"/>
     <col min="18" max="18" width="19.53125" customWidth="true"/>
     <col min="19" max="19" width="19.53125" customWidth="true"/>
     <col min="20" max="20" width="19.53125" customWidth="true"/>
@@ -300,50 +300,51 @@
     <col min="26" max="26" width="19.53125" customWidth="true"/>
     <col min="27" max="27" width="19.53125" customWidth="true"/>
     <col min="28" max="28" width="19.53125" customWidth="true"/>
     <col min="29" max="29" width="19.53125" customWidth="true"/>
     <col min="30" max="30" width="19.53125" customWidth="true"/>
     <col min="31" max="31" width="19.53125" customWidth="true"/>
     <col min="32" max="32" width="19.53125" customWidth="true"/>
     <col min="33" max="33" width="19.53125" customWidth="true"/>
     <col min="34" max="34" width="19.53125" customWidth="true"/>
     <col min="35" max="35" width="19.53125" customWidth="true"/>
     <col min="36" max="36" width="19.53125" customWidth="true"/>
     <col min="37" max="37" width="19.53125" customWidth="true"/>
     <col min="38" max="38" width="19.53125" customWidth="true"/>
     <col min="39" max="39" width="19.53125" customWidth="true"/>
     <col min="40" max="40" width="19.53125" customWidth="true"/>
     <col min="41" max="41" width="19.53125" customWidth="true"/>
     <col min="42" max="42" width="19.53125" customWidth="true"/>
     <col min="43" max="43" width="19.53125" customWidth="true"/>
     <col min="44" max="44" width="19.53125" customWidth="true"/>
     <col min="45" max="45" width="19.53125" customWidth="true"/>
     <col min="46" max="46" width="19.53125" customWidth="true"/>
     <col min="47" max="47" width="19.53125" customWidth="true"/>
     <col min="48" max="48" width="19.53125" customWidth="true"/>
     <col min="49" max="49" width="19.53125" customWidth="true"/>
     <col min="50" max="50" width="19.53125" customWidth="true"/>
+    <col min="51" max="51" width="19.53125" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Datos de alto valor (HVD)</t>
         </is>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
     </row>
     <row r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
           <t>Fertility</t>
         </is>
       </c>
@@ -373,3410 +374,3475 @@
       <c r="H3" s="11"/>
       <c r="I3" s="11"/>
       <c r="J3" s="11"/>
       <c r="K3" s="11"/>
     </row>
     <row r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Gross Birth Rate by Autonomous Community</t>
         </is>
       </c>
       <c r="B4" s="3"/>
       <c r="C4" s="3"/>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
       <c r="F4" s="3"/>
       <c r="G4" s="3"/>
       <c r="H4" s="3"/>
       <c r="I4" s="3"/>
       <c r="J4" s="3"/>
       <c r="K4" s="3"/>
     </row>
     <row r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
-          <t>Unidades: Nacidos por mil habitantes</t>
+          <t>Unidades: Births per 1,000 inhabitants</t>
         </is>
       </c>
       <c r="B5" s="4"/>
       <c r="C5" s="4"/>
       <c r="D5" s="4"/>
       <c r="E5" s="4"/>
       <c r="F5" s="4"/>
       <c r="G5" s="4"/>
       <c r="H5" s="4"/>
       <c r="I5" s="4"/>
       <c r="J5" s="4"/>
       <c r="K5" s="4"/>
     </row>
     <row r="6">
       <c r="A6" s="11" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="B6" s="11"/>
       <c r="C6" s="11"/>
       <c r="D6" s="11"/>
       <c r="E6" s="11"/>
       <c r="F6" s="11"/>
       <c r="G6" s="11"/>
       <c r="H6" s="11"/>
       <c r="I6" s="11"/>
       <c r="J6" s="11"/>
       <c r="K6" s="11"/>
     </row>
     <row r="7">
       <c r="A7" s="12" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="B7" s="6" t="inlineStr">
         <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="C7" s="6" t="inlineStr">
+        <is>
           <t>2023</t>
         </is>
       </c>
-      <c r="C7" s="6" t="inlineStr">
+      <c r="D7" s="6" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="D7" s="6" t="inlineStr">
+      <c r="E7" s="6" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="E7" s="6" t="inlineStr">
+      <c r="F7" s="6" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="F7" s="6" t="inlineStr">
+      <c r="G7" s="6" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="G7" s="6" t="inlineStr">
+      <c r="H7" s="6" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="H7" s="6" t="inlineStr">
+      <c r="I7" s="6" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="I7" s="6" t="inlineStr">
+      <c r="J7" s="6" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="J7" s="6" t="inlineStr">
+      <c r="K7" s="6" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
-      <c r="K7" s="6" t="inlineStr">
+      <c r="L7" s="6" t="inlineStr">
         <is>
           <t>2014</t>
         </is>
       </c>
-      <c r="L7" s="6" t="inlineStr">
+      <c r="M7" s="6" t="inlineStr">
         <is>
           <t>2013</t>
         </is>
       </c>
-      <c r="M7" s="6" t="inlineStr">
+      <c r="N7" s="6" t="inlineStr">
         <is>
           <t>2012</t>
         </is>
       </c>
-      <c r="N7" s="6" t="inlineStr">
+      <c r="O7" s="6" t="inlineStr">
         <is>
           <t>2011</t>
         </is>
       </c>
-      <c r="O7" s="6" t="inlineStr">
+      <c r="P7" s="6" t="inlineStr">
         <is>
           <t>2010</t>
         </is>
       </c>
-      <c r="P7" s="6" t="inlineStr">
+      <c r="Q7" s="6" t="inlineStr">
         <is>
           <t>2009</t>
         </is>
       </c>
-      <c r="Q7" s="6" t="inlineStr">
+      <c r="R7" s="6" t="inlineStr">
         <is>
           <t>2008</t>
         </is>
       </c>
-      <c r="R7" s="6" t="inlineStr">
+      <c r="S7" s="6" t="inlineStr">
         <is>
           <t>2007</t>
         </is>
       </c>
-      <c r="S7" s="6" t="inlineStr">
+      <c r="T7" s="6" t="inlineStr">
         <is>
           <t>2006</t>
         </is>
       </c>
-      <c r="T7" s="6" t="inlineStr">
+      <c r="U7" s="6" t="inlineStr">
         <is>
           <t>2005</t>
         </is>
       </c>
-      <c r="U7" s="6" t="inlineStr">
+      <c r="V7" s="6" t="inlineStr">
         <is>
           <t>2004</t>
         </is>
       </c>
-      <c r="V7" s="6" t="inlineStr">
+      <c r="W7" s="6" t="inlineStr">
         <is>
           <t>2003</t>
         </is>
       </c>
-      <c r="W7" s="6" t="inlineStr">
+      <c r="X7" s="6" t="inlineStr">
         <is>
           <t>2002</t>
         </is>
       </c>
-      <c r="X7" s="6" t="inlineStr">
+      <c r="Y7" s="6" t="inlineStr">
         <is>
           <t>2001</t>
         </is>
       </c>
-      <c r="Y7" s="6" t="inlineStr">
+      <c r="Z7" s="6" t="inlineStr">
         <is>
           <t>2000</t>
         </is>
       </c>
-      <c r="Z7" s="6" t="inlineStr">
+      <c r="AA7" s="6" t="inlineStr">
         <is>
           <t>1999</t>
         </is>
       </c>
-      <c r="AA7" s="6" t="inlineStr">
+      <c r="AB7" s="6" t="inlineStr">
         <is>
           <t>1998</t>
         </is>
       </c>
-      <c r="AB7" s="6" t="inlineStr">
+      <c r="AC7" s="6" t="inlineStr">
         <is>
           <t>1997</t>
         </is>
       </c>
-      <c r="AC7" s="6" t="inlineStr">
+      <c r="AD7" s="6" t="inlineStr">
         <is>
           <t>1996</t>
         </is>
       </c>
-      <c r="AD7" s="6" t="inlineStr">
+      <c r="AE7" s="6" t="inlineStr">
         <is>
           <t>1995</t>
         </is>
       </c>
-      <c r="AE7" s="6" t="inlineStr">
+      <c r="AF7" s="6" t="inlineStr">
         <is>
           <t>1994</t>
         </is>
       </c>
-      <c r="AF7" s="6" t="inlineStr">
+      <c r="AG7" s="6" t="inlineStr">
         <is>
           <t>1993</t>
         </is>
       </c>
-      <c r="AG7" s="6" t="inlineStr">
+      <c r="AH7" s="6" t="inlineStr">
         <is>
           <t>1992</t>
         </is>
       </c>
-      <c r="AH7" s="6" t="inlineStr">
+      <c r="AI7" s="6" t="inlineStr">
         <is>
           <t>1991</t>
         </is>
       </c>
-      <c r="AI7" s="6" t="inlineStr">
+      <c r="AJ7" s="6" t="inlineStr">
         <is>
           <t>1990</t>
         </is>
       </c>
-      <c r="AJ7" s="6" t="inlineStr">
+      <c r="AK7" s="6" t="inlineStr">
         <is>
           <t>1989</t>
         </is>
       </c>
-      <c r="AK7" s="6" t="inlineStr">
+      <c r="AL7" s="6" t="inlineStr">
         <is>
           <t>1988</t>
         </is>
       </c>
-      <c r="AL7" s="6" t="inlineStr">
+      <c r="AM7" s="6" t="inlineStr">
         <is>
           <t>1987</t>
         </is>
       </c>
-      <c r="AM7" s="6" t="inlineStr">
+      <c r="AN7" s="6" t="inlineStr">
         <is>
           <t>1986</t>
         </is>
       </c>
-      <c r="AN7" s="6" t="inlineStr">
+      <c r="AO7" s="6" t="inlineStr">
         <is>
           <t>1985</t>
         </is>
       </c>
-      <c r="AO7" s="6" t="inlineStr">
+      <c r="AP7" s="6" t="inlineStr">
         <is>
           <t>1984</t>
         </is>
       </c>
-      <c r="AP7" s="6" t="inlineStr">
+      <c r="AQ7" s="6" t="inlineStr">
         <is>
           <t>1983</t>
         </is>
       </c>
-      <c r="AQ7" s="6" t="inlineStr">
+      <c r="AR7" s="6" t="inlineStr">
         <is>
           <t>1982</t>
         </is>
       </c>
-      <c r="AR7" s="6" t="inlineStr">
+      <c r="AS7" s="6" t="inlineStr">
         <is>
           <t>1981</t>
         </is>
       </c>
-      <c r="AS7" s="6" t="inlineStr">
+      <c r="AT7" s="6" t="inlineStr">
         <is>
           <t>1980</t>
         </is>
       </c>
-      <c r="AT7" s="6" t="inlineStr">
+      <c r="AU7" s="6" t="inlineStr">
         <is>
           <t>1979</t>
         </is>
       </c>
-      <c r="AU7" s="6" t="inlineStr">
+      <c r="AV7" s="6" t="inlineStr">
         <is>
           <t>1978</t>
         </is>
       </c>
-      <c r="AV7" s="6" t="inlineStr">
+      <c r="AW7" s="6" t="inlineStr">
         <is>
           <t>1977</t>
         </is>
       </c>
-      <c r="AW7" s="6" t="inlineStr">
+      <c r="AX7" s="6" t="inlineStr">
         <is>
           <t>1976</t>
         </is>
       </c>
-      <c r="AX7" s="6" t="inlineStr">
+      <c r="AY7" s="6" t="inlineStr">
         <is>
           <t>1975</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="6" t="inlineStr">
         <is>
           <t>National Total</t>
         </is>
       </c>
       <c r="B8" s="14" t="n">
+        <v>6.49</v>
+      </c>
+      <c r="C8" s="14" t="n">
         <v>6.61</v>
       </c>
-      <c r="C8" s="14" t="n">
+      <c r="D8" s="14" t="n">
         <v>6.88</v>
       </c>
-      <c r="D8" s="14" t="n">
+      <c r="E8" s="14" t="n">
         <v>7.1</v>
       </c>
-      <c r="E8" s="14" t="n">
+      <c r="F8" s="14" t="n">
         <v>7.19</v>
       </c>
-      <c r="F8" s="14" t="n">
+      <c r="G8" s="14" t="n">
         <v>7.62</v>
       </c>
-      <c r="G8" s="14" t="n">
+      <c r="H8" s="14" t="n">
         <v>7.94</v>
       </c>
-      <c r="H8" s="14" t="n">
+      <c r="I8" s="14" t="n">
         <v>8.41</v>
       </c>
-      <c r="I8" s="14" t="n">
+      <c r="J8" s="14" t="n">
         <v>8.8</v>
       </c>
-      <c r="J8" s="14" t="n">
+      <c r="K8" s="14" t="n">
         <v>9.02</v>
       </c>
-      <c r="K8" s="14" t="n">
+      <c r="L8" s="14" t="n">
         <v>9.18</v>
       </c>
-      <c r="L8" s="14" t="n">
+      <c r="M8" s="14" t="n">
         <v>9.11</v>
       </c>
-      <c r="M8" s="14" t="n">
+      <c r="N8" s="14" t="n">
         <v>9.7</v>
       </c>
-      <c r="N8" s="14" t="n">
+      <c r="O8" s="14" t="n">
         <v>10.07</v>
       </c>
-      <c r="O8" s="14" t="n">
+      <c r="P8" s="14" t="n">
         <v>10.42</v>
       </c>
-      <c r="P8" s="14" t="n">
+      <c r="Q8" s="14" t="n">
         <v>10.65</v>
       </c>
-      <c r="Q8" s="14" t="n">
+      <c r="R8" s="14" t="n">
         <v>11.28</v>
       </c>
-      <c r="R8" s="14" t="n">
+      <c r="S8" s="14" t="n">
         <v>10.86</v>
       </c>
-      <c r="S8" s="14" t="n">
+      <c r="T8" s="14" t="n">
         <v>10.85</v>
       </c>
-      <c r="T8" s="14" t="n">
+      <c r="U8" s="14" t="n">
         <v>10.65</v>
       </c>
-      <c r="U8" s="14" t="n">
+      <c r="V8" s="14" t="n">
         <v>10.57</v>
       </c>
-      <c r="V8" s="14" t="n">
+      <c r="W8" s="14" t="n">
         <v>10.44</v>
       </c>
-      <c r="W8" s="14" t="n">
+      <c r="X8" s="14" t="n">
         <v>10.08</v>
       </c>
-      <c r="X8" s="14" t="n">
+      <c r="Y8" s="14" t="n">
         <v>9.94</v>
       </c>
-      <c r="Y8" s="14" t="n">
+      <c r="Z8" s="14" t="n">
         <v>9.78</v>
       </c>
-      <c r="Z8" s="14" t="n">
+      <c r="AA8" s="14" t="n">
         <v>9.39</v>
       </c>
-      <c r="AA8" s="14" t="n">
+      <c r="AB8" s="14" t="n">
         <v>9.06</v>
       </c>
-      <c r="AB8" s="14" t="n">
+      <c r="AC8" s="14" t="n">
         <v>9.2</v>
       </c>
-      <c r="AC8" s="14" t="n">
+      <c r="AD8" s="14" t="n">
         <v>9.07</v>
       </c>
-      <c r="AD8" s="14" t="n">
+      <c r="AE8" s="14" t="n">
         <v>9.15</v>
       </c>
-      <c r="AE8" s="14" t="n">
+      <c r="AF8" s="14" t="n">
         <v>9.35</v>
       </c>
-      <c r="AF8" s="14" t="n">
+      <c r="AG8" s="14" t="n">
         <v>9.8</v>
       </c>
-      <c r="AG8" s="14" t="n">
+      <c r="AH8" s="14" t="n">
         <v>10.13</v>
       </c>
-      <c r="AH8" s="14" t="n">
+      <c r="AI8" s="14" t="n">
         <v>10.16</v>
       </c>
-      <c r="AI8" s="14" t="n">
+      <c r="AJ8" s="14" t="n">
         <v>10.32</v>
       </c>
-      <c r="AJ8" s="14" t="n">
+      <c r="AK8" s="14" t="n">
         <v>10.51</v>
       </c>
-      <c r="AK8" s="14" t="n">
+      <c r="AL8" s="14" t="n">
         <v>10.79</v>
       </c>
-      <c r="AL8" s="14" t="n">
+      <c r="AM8" s="14" t="n">
         <v>11.02</v>
       </c>
-      <c r="AM8" s="14" t="n">
+      <c r="AN8" s="14" t="n">
         <v>11.36</v>
       </c>
-      <c r="AN8" s="14" t="n">
+      <c r="AO8" s="14" t="n">
         <v>11.85</v>
       </c>
-      <c r="AO8" s="14" t="n">
+      <c r="AP8" s="14" t="n">
         <v>12.34</v>
       </c>
-      <c r="AP8" s="14" t="n">
+      <c r="AQ8" s="14" t="n">
         <v>12.71</v>
       </c>
-      <c r="AQ8" s="14" t="n">
+      <c r="AR8" s="14" t="n">
         <v>13.57</v>
       </c>
-      <c r="AR8" s="14" t="n">
+      <c r="AS8" s="14" t="n">
         <v>14.1</v>
       </c>
-      <c r="AS8" s="14" t="n">
+      <c r="AT8" s="14" t="n">
         <v>15.22</v>
       </c>
-      <c r="AT8" s="14" t="n">
+      <c r="AU8" s="14" t="n">
         <v>16.17</v>
       </c>
-      <c r="AU8" s="14" t="n">
+      <c r="AV8" s="14" t="n">
         <v>17.25</v>
       </c>
-      <c r="AV8" s="14" t="n">
+      <c r="AW8" s="14" t="n">
         <v>17.96</v>
       </c>
-      <c r="AW8" s="14" t="n">
+      <c r="AX8" s="14" t="n">
         <v>18.73</v>
       </c>
-      <c r="AX8" s="14" t="n">
+      <c r="AY8" s="14" t="n">
         <v>18.7</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="6" t="inlineStr">
         <is>
           <t>01 Andalucía</t>
         </is>
       </c>
       <c r="B9" s="14" t="n">
+        <v>6.95</v>
+      </c>
+      <c r="C9" s="14" t="n">
         <v>7.13</v>
       </c>
-      <c r="C9" s="14" t="n">
+      <c r="D9" s="14" t="n">
         <v>7.37</v>
       </c>
-      <c r="D9" s="14" t="n">
+      <c r="E9" s="14" t="n">
         <v>7.73</v>
       </c>
-      <c r="E9" s="14" t="n">
+      <c r="F9" s="14" t="n">
         <v>7.74</v>
       </c>
-      <c r="F9" s="14" t="n">
+      <c r="G9" s="14" t="n">
         <v>8.23</v>
       </c>
-      <c r="G9" s="14" t="n">
+      <c r="H9" s="14" t="n">
         <v>8.46</v>
       </c>
-      <c r="H9" s="14" t="n">
+      <c r="I9" s="14" t="n">
         <v>8.9</v>
       </c>
-      <c r="I9" s="14" t="n">
+      <c r="J9" s="14" t="n">
         <v>9.45</v>
       </c>
-      <c r="J9" s="14" t="n">
+      <c r="K9" s="14" t="n">
         <v>9.62</v>
       </c>
-      <c r="K9" s="14" t="n">
+      <c r="L9" s="14" t="n">
         <v>9.81</v>
       </c>
-      <c r="L9" s="14" t="n">
+      <c r="M9" s="14" t="n">
         <v>9.72</v>
       </c>
-      <c r="M9" s="14" t="n">
+      <c r="N9" s="14" t="n">
         <v>10.31</v>
       </c>
-      <c r="N9" s="14" t="n">
+      <c r="O9" s="14" t="n">
         <v>10.72</v>
       </c>
-      <c r="O9" s="14" t="n">
+      <c r="P9" s="14" t="n">
         <v>11.1</v>
       </c>
-      <c r="P9" s="14" t="n">
+      <c r="Q9" s="14" t="n">
         <v>11.48</v>
       </c>
-      <c r="Q9" s="14" t="n">
+      <c r="R9" s="14" t="n">
         <v>12.28</v>
       </c>
-      <c r="R9" s="14" t="n">
+      <c r="S9" s="14" t="n">
         <v>11.93</v>
       </c>
-      <c r="S9" s="14" t="n">
+      <c r="T9" s="14" t="n">
         <v>12.03</v>
       </c>
-      <c r="T9" s="14" t="n">
+      <c r="U9" s="14" t="n">
         <v>11.76</v>
       </c>
-      <c r="U9" s="14" t="n">
+      <c r="V9" s="14" t="n">
         <v>11.64</v>
       </c>
-      <c r="V9" s="14" t="n">
+      <c r="W9" s="14" t="n">
         <v>11.42</v>
       </c>
-      <c r="W9" s="14" t="n">
+      <c r="X9" s="14" t="n">
         <v>11.01</v>
       </c>
-      <c r="X9" s="14" t="n">
+      <c r="Y9" s="14" t="n">
         <v>11.05</v>
       </c>
-      <c r="Y9" s="14" t="n">
+      <c r="Z9" s="14" t="n">
         <v>11.04</v>
       </c>
-      <c r="Z9" s="14" t="n">
+      <c r="AA9" s="14" t="n">
         <v>10.84</v>
       </c>
-      <c r="AA9" s="14" t="n">
+      <c r="AB9" s="14" t="n">
         <v>10.59</v>
       </c>
-      <c r="AB9" s="14" t="n">
+      <c r="AC9" s="14" t="n">
         <v>10.86</v>
       </c>
-      <c r="AC9" s="14" t="n">
+      <c r="AD9" s="14" t="n">
         <v>10.78</v>
       </c>
-      <c r="AD9" s="14" t="n">
+      <c r="AE9" s="14" t="n">
         <v>11.14</v>
       </c>
-      <c r="AE9" s="14" t="n">
+      <c r="AF9" s="14" t="n">
         <v>11.5</v>
       </c>
-      <c r="AF9" s="14" t="n">
+      <c r="AG9" s="14" t="n">
         <v>12.24</v>
       </c>
-      <c r="AG9" s="14" t="n">
+      <c r="AH9" s="14" t="n">
         <v>12.57</v>
       </c>
-      <c r="AH9" s="14" t="n">
+      <c r="AI9" s="14" t="n">
         <v>12.7</v>
       </c>
-      <c r="AI9" s="14" t="n">
+      <c r="AJ9" s="14" t="n">
         <v>12.9</v>
       </c>
-      <c r="AJ9" s="14" t="n">
+      <c r="AK9" s="14" t="n">
         <v>13.02</v>
       </c>
-      <c r="AK9" s="14" t="n">
+      <c r="AL9" s="14" t="n">
         <v>13.46</v>
       </c>
-      <c r="AL9" s="14" t="n">
+      <c r="AM9" s="14" t="n">
         <v>13.74</v>
       </c>
-      <c r="AM9" s="14" t="n">
+      <c r="AN9" s="14" t="n">
         <v>14.09</v>
       </c>
-      <c r="AN9" s="14" t="n">
+      <c r="AO9" s="14" t="n">
         <v>14.57</v>
       </c>
-      <c r="AO9" s="14" t="n">
+      <c r="AP9" s="14" t="n">
         <v>15.35</v>
       </c>
-      <c r="AP9" s="14" t="n">
+      <c r="AQ9" s="14" t="n">
         <v>15.92</v>
       </c>
-      <c r="AQ9" s="14" t="n">
+      <c r="AR9" s="14" t="n">
         <v>16.73</v>
       </c>
-      <c r="AR9" s="14" t="n">
+      <c r="AS9" s="14" t="n">
         <v>17.07</v>
       </c>
-      <c r="AS9" s="14" t="n">
+      <c r="AT9" s="14" t="n">
         <v>18.1</v>
       </c>
-      <c r="AT9" s="14" t="n">
+      <c r="AU9" s="14" t="n">
         <v>18.54</v>
       </c>
-      <c r="AU9" s="14" t="n">
+      <c r="AV9" s="14" t="n">
         <v>19.37</v>
       </c>
-      <c r="AV9" s="14" t="n">
+      <c r="AW9" s="14" t="n">
         <v>19.75</v>
       </c>
-      <c r="AW9" s="14" t="n">
+      <c r="AX9" s="14" t="n">
         <v>20.26</v>
       </c>
-      <c r="AX9" s="14" t="n">
+      <c r="AY9" s="14" t="n">
         <v>20.05</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="6" t="inlineStr">
         <is>
           <t>02 Aragón</t>
         </is>
       </c>
       <c r="B10" s="14" t="n">
+        <v>6.33</v>
+      </c>
+      <c r="C10" s="14" t="n">
         <v>6.44</v>
       </c>
-      <c r="C10" s="14" t="n">
+      <c r="D10" s="14" t="n">
         <v>6.73</v>
       </c>
-      <c r="D10" s="14" t="n">
+      <c r="E10" s="14" t="n">
         <v>7.11</v>
       </c>
-      <c r="E10" s="14" t="n">
+      <c r="F10" s="14" t="n">
         <v>6.83</v>
       </c>
-      <c r="F10" s="14" t="n">
+      <c r="G10" s="14" t="n">
         <v>7.28</v>
       </c>
-      <c r="G10" s="14" t="n">
+      <c r="H10" s="14" t="n">
         <v>7.58</v>
       </c>
-      <c r="H10" s="14" t="n">
+      <c r="I10" s="14" t="n">
         <v>8.01</v>
       </c>
-      <c r="I10" s="14" t="n">
+      <c r="J10" s="14" t="n">
         <v>8.3</v>
       </c>
-      <c r="J10" s="14" t="n">
+      <c r="K10" s="14" t="n">
         <v>8.59</v>
-      </c>
-[...1 lines deleted...]
-        <v>8.74</v>
       </c>
       <c r="L10" s="14" t="n">
         <v>8.74</v>
       </c>
       <c r="M10" s="14" t="n">
+        <v>8.74</v>
+      </c>
+      <c r="N10" s="14" t="n">
         <v>8.94</v>
       </c>
-      <c r="N10" s="14" t="n">
+      <c r="O10" s="14" t="n">
         <v>9.38</v>
       </c>
-      <c r="O10" s="14" t="n">
+      <c r="P10" s="14" t="n">
         <v>9.63</v>
       </c>
-      <c r="P10" s="14" t="n">
+      <c r="Q10" s="14" t="n">
         <v>9.72</v>
       </c>
-      <c r="Q10" s="14" t="n">
+      <c r="R10" s="14" t="n">
         <v>10.23</v>
       </c>
-      <c r="R10" s="14" t="n">
+      <c r="S10" s="14" t="n">
         <v>9.82</v>
       </c>
-      <c r="S10" s="14" t="n">
+      <c r="T10" s="14" t="n">
         <v>9.57</v>
       </c>
-      <c r="T10" s="14" t="n">
+      <c r="U10" s="14" t="n">
         <v>9.2</v>
       </c>
-      <c r="U10" s="14" t="n">
+      <c r="V10" s="14" t="n">
         <v>9.21</v>
       </c>
-      <c r="V10" s="14" t="n">
+      <c r="W10" s="14" t="n">
         <v>8.93</v>
       </c>
-      <c r="W10" s="14" t="n">
+      <c r="X10" s="14" t="n">
         <v>8.51</v>
       </c>
-      <c r="X10" s="14" t="n">
+      <c r="Y10" s="14" t="n">
         <v>8.6</v>
       </c>
-      <c r="Y10" s="14" t="n">
+      <c r="Z10" s="14" t="n">
         <v>8.26</v>
       </c>
-      <c r="Z10" s="14" t="n">
+      <c r="AA10" s="14" t="n">
         <v>7.98</v>
       </c>
-      <c r="AA10" s="14" t="n">
+      <c r="AB10" s="14" t="n">
         <v>7.63</v>
       </c>
-      <c r="AB10" s="14" t="n">
+      <c r="AC10" s="14" t="n">
         <v>7.83</v>
       </c>
-      <c r="AC10" s="14" t="n">
+      <c r="AD10" s="14" t="n">
         <v>7.73</v>
       </c>
-      <c r="AD10" s="14" t="n">
+      <c r="AE10" s="14" t="n">
         <v>7.79</v>
       </c>
-      <c r="AE10" s="14" t="n">
+      <c r="AF10" s="14" t="n">
         <v>8.05</v>
       </c>
-      <c r="AF10" s="14" t="n">
+      <c r="AG10" s="14" t="n">
         <v>8.0</v>
       </c>
-      <c r="AG10" s="14" t="n">
+      <c r="AH10" s="14" t="n">
         <v>8.43</v>
       </c>
-      <c r="AH10" s="14" t="n">
+      <c r="AI10" s="14" t="n">
         <v>8.23</v>
       </c>
-      <c r="AI10" s="14" t="n">
+      <c r="AJ10" s="14" t="n">
         <v>8.22</v>
       </c>
-      <c r="AJ10" s="14" t="n">
+      <c r="AK10" s="14" t="n">
         <v>8.63</v>
       </c>
-      <c r="AK10" s="14" t="n">
+      <c r="AL10" s="14" t="n">
         <v>8.94</v>
       </c>
-      <c r="AL10" s="14" t="n">
+      <c r="AM10" s="14" t="n">
         <v>9.02</v>
       </c>
-      <c r="AM10" s="14" t="n">
+      <c r="AN10" s="14" t="n">
         <v>9.35</v>
       </c>
-      <c r="AN10" s="14" t="n">
+      <c r="AO10" s="14" t="n">
         <v>9.76</v>
       </c>
-      <c r="AO10" s="14" t="n">
+      <c r="AP10" s="14" t="n">
         <v>10.16</v>
       </c>
-      <c r="AP10" s="14" t="n">
+      <c r="AQ10" s="14" t="n">
         <v>10.22</v>
       </c>
-      <c r="AQ10" s="14" t="n">
+      <c r="AR10" s="14" t="n">
         <v>11.14</v>
       </c>
-      <c r="AR10" s="14" t="n">
+      <c r="AS10" s="14" t="n">
         <v>11.58</v>
       </c>
-      <c r="AS10" s="14" t="n">
+      <c r="AT10" s="14" t="n">
         <v>12.56</v>
       </c>
-      <c r="AT10" s="14" t="n">
+      <c r="AU10" s="14" t="n">
         <v>13.11</v>
       </c>
-      <c r="AU10" s="14" t="n">
+      <c r="AV10" s="14" t="n">
         <v>13.88</v>
       </c>
-      <c r="AV10" s="14" t="n">
+      <c r="AW10" s="14" t="n">
         <v>14.5</v>
       </c>
-      <c r="AW10" s="14" t="n">
+      <c r="AX10" s="14" t="n">
         <v>15.05</v>
       </c>
-      <c r="AX10" s="14" t="n">
+      <c r="AY10" s="14" t="n">
         <v>15.12</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="6" t="inlineStr">
         <is>
           <t>03 Asturias, Principado de</t>
         </is>
       </c>
       <c r="B11" s="14" t="n">
+        <v>4.48</v>
+      </c>
+      <c r="C11" s="14" t="n">
         <v>4.51</v>
       </c>
-      <c r="C11" s="14" t="n">
+      <c r="D11" s="14" t="n">
         <v>4.72</v>
       </c>
-      <c r="D11" s="14" t="n">
+      <c r="E11" s="14" t="n">
         <v>4.74</v>
       </c>
-      <c r="E11" s="14" t="n">
+      <c r="F11" s="14" t="n">
         <v>4.7</v>
       </c>
-      <c r="F11" s="14" t="n">
+      <c r="G11" s="14" t="n">
         <v>5.05</v>
       </c>
-      <c r="G11" s="14" t="n">
+      <c r="H11" s="14" t="n">
         <v>5.6</v>
       </c>
-      <c r="H11" s="14" t="n">
+      <c r="I11" s="14" t="n">
         <v>5.84</v>
       </c>
-      <c r="I11" s="14" t="n">
+      <c r="J11" s="14" t="n">
         <v>6.12</v>
       </c>
-      <c r="J11" s="14" t="n">
+      <c r="K11" s="14" t="n">
         <v>6.19</v>
       </c>
-      <c r="K11" s="14" t="n">
+      <c r="L11" s="14" t="n">
         <v>6.26</v>
       </c>
-      <c r="L11" s="14" t="n">
+      <c r="M11" s="14" t="n">
         <v>6.28</v>
       </c>
-      <c r="M11" s="14" t="n">
+      <c r="N11" s="14" t="n">
         <v>7.12</v>
       </c>
-      <c r="N11" s="14" t="n">
+      <c r="O11" s="14" t="n">
         <v>7.24</v>
       </c>
-      <c r="O11" s="14" t="n">
+      <c r="P11" s="14" t="n">
         <v>7.21</v>
       </c>
-      <c r="P11" s="14" t="n">
+      <c r="Q11" s="14" t="n">
         <v>7.63</v>
       </c>
-      <c r="Q11" s="14" t="n">
+      <c r="R11" s="14" t="n">
         <v>7.65</v>
       </c>
-      <c r="R11" s="14" t="n">
+      <c r="S11" s="14" t="n">
         <v>7.33</v>
       </c>
-      <c r="S11" s="14" t="n">
+      <c r="T11" s="14" t="n">
         <v>7.14</v>
       </c>
-      <c r="T11" s="14" t="n">
+      <c r="U11" s="14" t="n">
         <v>7.04</v>
       </c>
-      <c r="U11" s="14" t="n">
+      <c r="V11" s="14" t="n">
         <v>6.8</v>
       </c>
-      <c r="V11" s="14" t="n">
+      <c r="W11" s="14" t="n">
         <v>6.69</v>
       </c>
-      <c r="W11" s="14" t="n">
+      <c r="X11" s="14" t="n">
         <v>6.34</v>
       </c>
-      <c r="X11" s="14" t="n">
+      <c r="Y11" s="14" t="n">
         <v>6.44</v>
       </c>
-      <c r="Y11" s="14" t="n">
+      <c r="Z11" s="14" t="n">
         <v>6.31</v>
       </c>
-      <c r="Z11" s="14" t="n">
+      <c r="AA11" s="14" t="n">
         <v>6.12</v>
       </c>
-      <c r="AA11" s="14" t="n">
+      <c r="AB11" s="14" t="n">
         <v>5.91</v>
       </c>
-      <c r="AB11" s="14" t="n">
+      <c r="AC11" s="14" t="n">
         <v>6.05</v>
       </c>
-      <c r="AC11" s="14" t="n">
+      <c r="AD11" s="14" t="n">
         <v>6.04</v>
       </c>
-      <c r="AD11" s="14" t="n">
+      <c r="AE11" s="14" t="n">
         <v>6.08</v>
       </c>
-      <c r="AE11" s="14" t="n">
+      <c r="AF11" s="14" t="n">
         <v>6.12</v>
       </c>
-      <c r="AF11" s="14" t="n">
+      <c r="AG11" s="14" t="n">
         <v>6.4</v>
       </c>
-      <c r="AG11" s="14" t="n">
+      <c r="AH11" s="14" t="n">
         <v>6.87</v>
-      </c>
-[...1 lines deleted...]
-        <v>7.07</v>
       </c>
       <c r="AI11" s="14" t="n">
         <v>7.07</v>
       </c>
       <c r="AJ11" s="14" t="n">
+        <v>7.07</v>
+      </c>
+      <c r="AK11" s="14" t="n">
         <v>7.2</v>
       </c>
-      <c r="AK11" s="14" t="n">
+      <c r="AL11" s="14" t="n">
         <v>7.69</v>
       </c>
-      <c r="AL11" s="14" t="n">
+      <c r="AM11" s="14" t="n">
         <v>8.45</v>
       </c>
-      <c r="AM11" s="14" t="n">
+      <c r="AN11" s="14" t="n">
         <v>9.14</v>
       </c>
-      <c r="AN11" s="14" t="n">
+      <c r="AO11" s="14" t="n">
         <v>9.45</v>
       </c>
-      <c r="AO11" s="14" t="n">
+      <c r="AP11" s="14" t="n">
         <v>9.95</v>
       </c>
-      <c r="AP11" s="14" t="n">
+      <c r="AQ11" s="14" t="n">
         <v>10.51</v>
       </c>
-      <c r="AQ11" s="14" t="n">
+      <c r="AR11" s="14" t="n">
         <v>11.01</v>
       </c>
-      <c r="AR11" s="14" t="n">
+      <c r="AS11" s="14" t="n">
         <v>11.84</v>
       </c>
-      <c r="AS11" s="14" t="n">
+      <c r="AT11" s="14" t="n">
         <v>12.88</v>
       </c>
-      <c r="AT11" s="14" t="n">
+      <c r="AU11" s="14" t="n">
         <v>13.74</v>
       </c>
-      <c r="AU11" s="14" t="n">
+      <c r="AV11" s="14" t="n">
         <v>14.24</v>
       </c>
-      <c r="AV11" s="14" t="n">
+      <c r="AW11" s="14" t="n">
         <v>15.72</v>
       </c>
-      <c r="AW11" s="14" t="n">
+      <c r="AX11" s="14" t="n">
         <v>16.27</v>
       </c>
-      <c r="AX11" s="14" t="n">
+      <c r="AY11" s="14" t="n">
         <v>16.01</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="6" t="inlineStr">
         <is>
           <t>04 Balears, Illes</t>
         </is>
       </c>
       <c r="B12" s="14" t="n">
+        <v>7.31</v>
+      </c>
+      <c r="C12" s="14" t="n">
         <v>7.16</v>
       </c>
-      <c r="C12" s="14" t="n">
+      <c r="D12" s="14" t="n">
         <v>7.58</v>
       </c>
-      <c r="D12" s="14" t="n">
+      <c r="E12" s="14" t="n">
         <v>8.03</v>
       </c>
-      <c r="E12" s="14" t="n">
+      <c r="F12" s="14" t="n">
         <v>8.02</v>
       </c>
-      <c r="F12" s="14" t="n">
+      <c r="G12" s="14" t="n">
         <v>8.3</v>
       </c>
-      <c r="G12" s="14" t="n">
+      <c r="H12" s="14" t="n">
         <v>8.96</v>
       </c>
-      <c r="H12" s="14" t="n">
+      <c r="I12" s="14" t="n">
         <v>9.07</v>
       </c>
-      <c r="I12" s="14" t="n">
+      <c r="J12" s="14" t="n">
         <v>9.45</v>
       </c>
-      <c r="J12" s="14" t="n">
+      <c r="K12" s="14" t="n">
         <v>9.52</v>
       </c>
-      <c r="K12" s="14" t="n">
+      <c r="L12" s="14" t="n">
         <v>9.63</v>
       </c>
-      <c r="L12" s="14" t="n">
+      <c r="M12" s="14" t="n">
         <v>9.52</v>
       </c>
-      <c r="M12" s="14" t="n">
+      <c r="N12" s="14" t="n">
         <v>9.99</v>
       </c>
-      <c r="N12" s="14" t="n">
+      <c r="O12" s="14" t="n">
         <v>10.28</v>
       </c>
-      <c r="O12" s="14" t="n">
+      <c r="P12" s="14" t="n">
         <v>11.0</v>
       </c>
-      <c r="P12" s="14" t="n">
+      <c r="Q12" s="14" t="n">
         <v>11.17</v>
       </c>
-      <c r="Q12" s="14" t="n">
+      <c r="R12" s="14" t="n">
         <v>12.02</v>
       </c>
-      <c r="R12" s="14" t="n">
+      <c r="S12" s="14" t="n">
         <v>11.62</v>
       </c>
-      <c r="S12" s="14" t="n">
+      <c r="T12" s="14" t="n">
         <v>11.83</v>
       </c>
-      <c r="T12" s="14" t="n">
+      <c r="U12" s="14" t="n">
         <v>11.44</v>
       </c>
-      <c r="U12" s="14" t="n">
+      <c r="V12" s="14" t="n">
         <v>11.68</v>
       </c>
-      <c r="V12" s="14" t="n">
+      <c r="W12" s="14" t="n">
         <v>11.86</v>
       </c>
-      <c r="W12" s="14" t="n">
+      <c r="X12" s="14" t="n">
         <v>12.03</v>
       </c>
-      <c r="X12" s="14" t="n">
+      <c r="Y12" s="14" t="n">
         <v>11.78</v>
       </c>
-      <c r="Y12" s="14" t="n">
+      <c r="Z12" s="14" t="n">
         <v>11.54</v>
       </c>
-      <c r="Z12" s="14" t="n">
+      <c r="AA12" s="14" t="n">
         <v>10.92</v>
       </c>
-      <c r="AA12" s="14" t="n">
+      <c r="AB12" s="14" t="n">
         <v>10.41</v>
       </c>
-      <c r="AB12" s="14" t="n">
+      <c r="AC12" s="14" t="n">
         <v>10.4</v>
       </c>
-      <c r="AC12" s="14" t="n">
+      <c r="AD12" s="14" t="n">
         <v>10.07</v>
       </c>
-      <c r="AD12" s="14" t="n">
+      <c r="AE12" s="14" t="n">
         <v>10.13</v>
       </c>
-      <c r="AE12" s="14" t="n">
+      <c r="AF12" s="14" t="n">
         <v>10.24</v>
       </c>
-      <c r="AF12" s="14" t="n">
+      <c r="AG12" s="14" t="n">
         <v>10.69</v>
       </c>
-      <c r="AG12" s="14" t="n">
+      <c r="AH12" s="14" t="n">
         <v>11.7</v>
       </c>
-      <c r="AH12" s="14" t="n">
+      <c r="AI12" s="14" t="n">
         <v>12.09</v>
       </c>
-      <c r="AI12" s="14" t="n">
+      <c r="AJ12" s="14" t="n">
         <v>12.48</v>
       </c>
-      <c r="AJ12" s="14" t="n">
+      <c r="AK12" s="14" t="n">
         <v>12.62</v>
       </c>
-      <c r="AK12" s="14" t="n">
+      <c r="AL12" s="14" t="n">
         <v>12.51</v>
       </c>
-      <c r="AL12" s="14" t="n">
+      <c r="AM12" s="14" t="n">
         <v>12.4</v>
       </c>
-      <c r="AM12" s="14" t="n">
+      <c r="AN12" s="14" t="n">
         <v>12.7</v>
       </c>
-      <c r="AN12" s="14" t="n">
+      <c r="AO12" s="14" t="n">
         <v>13.13</v>
       </c>
-      <c r="AO12" s="14" t="n">
+      <c r="AP12" s="14" t="n">
         <v>13.1</v>
       </c>
-      <c r="AP12" s="14" t="n">
+      <c r="AQ12" s="14" t="n">
         <v>13.34</v>
       </c>
-      <c r="AQ12" s="14" t="n">
+      <c r="AR12" s="14" t="n">
         <v>13.76</v>
       </c>
-      <c r="AR12" s="14" t="n">
+      <c r="AS12" s="14" t="n">
         <v>14.2</v>
       </c>
-      <c r="AS12" s="14" t="n">
+      <c r="AT12" s="14" t="n">
         <v>15.15</v>
       </c>
-      <c r="AT12" s="14" t="n">
+      <c r="AU12" s="14" t="n">
         <v>15.88</v>
       </c>
-      <c r="AU12" s="14" t="n">
+      <c r="AV12" s="14" t="n">
         <v>16.04</v>
       </c>
-      <c r="AV12" s="14" t="n">
+      <c r="AW12" s="14" t="n">
         <v>16.97</v>
       </c>
-      <c r="AW12" s="14" t="n">
+      <c r="AX12" s="14" t="n">
         <v>18.55</v>
       </c>
-      <c r="AX12" s="14" t="n">
+      <c r="AY12" s="14" t="n">
         <v>18.83</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="6" t="inlineStr">
         <is>
           <t>05 Canarias</t>
         </is>
       </c>
       <c r="B13" s="14" t="n">
+        <v>5.2</v>
+      </c>
+      <c r="C13" s="14" t="n">
         <v>5.39</v>
       </c>
-      <c r="C13" s="14" t="n">
+      <c r="D13" s="14" t="n">
         <v>5.56</v>
       </c>
-      <c r="D13" s="14" t="n">
+      <c r="E13" s="14" t="n">
         <v>5.83</v>
       </c>
-      <c r="E13" s="14" t="n">
+      <c r="F13" s="14" t="n">
         <v>6.04</v>
       </c>
-      <c r="F13" s="14" t="n">
+      <c r="G13" s="14" t="n">
         <v>6.54</v>
       </c>
-      <c r="G13" s="14" t="n">
+      <c r="H13" s="14" t="n">
         <v>6.91</v>
       </c>
-      <c r="H13" s="14" t="n">
+      <c r="I13" s="14" t="n">
         <v>7.44</v>
       </c>
-      <c r="I13" s="14" t="n">
+      <c r="J13" s="14" t="n">
         <v>7.67</v>
       </c>
-      <c r="J13" s="14" t="n">
+      <c r="K13" s="14" t="n">
         <v>7.69</v>
       </c>
-      <c r="K13" s="14" t="n">
+      <c r="L13" s="14" t="n">
         <v>7.82</v>
       </c>
-      <c r="L13" s="14" t="n">
+      <c r="M13" s="14" t="n">
         <v>7.57</v>
       </c>
-      <c r="M13" s="14" t="n">
+      <c r="N13" s="14" t="n">
         <v>8.24</v>
       </c>
-      <c r="N13" s="14" t="n">
+      <c r="O13" s="14" t="n">
         <v>8.4</v>
       </c>
-      <c r="O13" s="14" t="n">
+      <c r="P13" s="14" t="n">
         <v>8.92</v>
       </c>
-      <c r="P13" s="14" t="n">
+      <c r="Q13" s="14" t="n">
         <v>9.32</v>
       </c>
-      <c r="Q13" s="14" t="n">
+      <c r="R13" s="14" t="n">
         <v>10.28</v>
       </c>
-      <c r="R13" s="14" t="n">
+      <c r="S13" s="14" t="n">
         <v>10.03</v>
       </c>
-      <c r="S13" s="14" t="n">
+      <c r="T13" s="14" t="n">
         <v>10.75</v>
       </c>
-      <c r="T13" s="14" t="n">
+      <c r="U13" s="14" t="n">
         <v>10.73</v>
       </c>
-      <c r="U13" s="14" t="n">
+      <c r="V13" s="14" t="n">
         <v>10.51</v>
       </c>
-      <c r="V13" s="14" t="n">
+      <c r="W13" s="14" t="n">
         <v>10.83</v>
       </c>
-      <c r="W13" s="14" t="n">
+      <c r="X13" s="14" t="n">
         <v>11.24</v>
       </c>
-      <c r="X13" s="14" t="n">
+      <c r="Y13" s="14" t="n">
         <v>11.42</v>
       </c>
-      <c r="Y13" s="14" t="n">
+      <c r="Z13" s="14" t="n">
         <v>11.38</v>
       </c>
-      <c r="Z13" s="14" t="n">
+      <c r="AA13" s="14" t="n">
         <v>11.4</v>
       </c>
-      <c r="AA13" s="14" t="n">
+      <c r="AB13" s="14" t="n">
         <v>10.66</v>
       </c>
-      <c r="AB13" s="14" t="n">
+      <c r="AC13" s="14" t="n">
         <v>10.75</v>
       </c>
-      <c r="AC13" s="14" t="n">
+      <c r="AD13" s="14" t="n">
         <v>10.69</v>
       </c>
-      <c r="AD13" s="14" t="n">
+      <c r="AE13" s="14" t="n">
         <v>10.73</v>
       </c>
-      <c r="AE13" s="14" t="n">
+      <c r="AF13" s="14" t="n">
         <v>10.96</v>
       </c>
-      <c r="AF13" s="14" t="n">
+      <c r="AG13" s="14" t="n">
         <v>11.44</v>
       </c>
-      <c r="AG13" s="14" t="n">
+      <c r="AH13" s="14" t="n">
         <v>12.06</v>
       </c>
-      <c r="AH13" s="14" t="n">
+      <c r="AI13" s="14" t="n">
         <v>12.15</v>
       </c>
-      <c r="AI13" s="14" t="n">
+      <c r="AJ13" s="14" t="n">
         <v>12.56</v>
       </c>
-      <c r="AJ13" s="14" t="n">
+      <c r="AK13" s="14" t="n">
         <v>13.07</v>
       </c>
-      <c r="AK13" s="14" t="n">
+      <c r="AL13" s="14" t="n">
         <v>13.63</v>
       </c>
-      <c r="AL13" s="14" t="n">
+      <c r="AM13" s="14" t="n">
         <v>13.52</v>
       </c>
-      <c r="AM13" s="14" t="n">
+      <c r="AN13" s="14" t="n">
         <v>13.68</v>
       </c>
-      <c r="AN13" s="14" t="n">
+      <c r="AO13" s="14" t="n">
         <v>13.95</v>
       </c>
-      <c r="AO13" s="14" t="n">
+      <c r="AP13" s="14" t="n">
         <v>14.72</v>
       </c>
-      <c r="AP13" s="14" t="n">
+      <c r="AQ13" s="14" t="n">
         <v>15.45</v>
       </c>
-      <c r="AQ13" s="14" t="n">
+      <c r="AR13" s="14" t="n">
         <v>16.44</v>
       </c>
-      <c r="AR13" s="14" t="n">
+      <c r="AS13" s="14" t="n">
         <v>17.46</v>
       </c>
-      <c r="AS13" s="14" t="n">
+      <c r="AT13" s="14" t="n">
         <v>18.49</v>
       </c>
-      <c r="AT13" s="14" t="n">
+      <c r="AU13" s="14" t="n">
         <v>19.37</v>
       </c>
-      <c r="AU13" s="14" t="n">
+      <c r="AV13" s="14" t="n">
         <v>19.93</v>
       </c>
-      <c r="AV13" s="14" t="n">
+      <c r="AW13" s="14" t="n">
         <v>20.48</v>
       </c>
-      <c r="AW13" s="14" t="n">
+      <c r="AX13" s="14" t="n">
         <v>21.87</v>
       </c>
-      <c r="AX13" s="14" t="n">
+      <c r="AY13" s="14" t="n">
         <v>22.2</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="6" t="inlineStr">
         <is>
           <t>06 Cantabria</t>
         </is>
       </c>
       <c r="B14" s="14" t="n">
+        <v>5.09</v>
+      </c>
+      <c r="C14" s="14" t="n">
         <v>5.05</v>
       </c>
-      <c r="C14" s="14" t="n">
+      <c r="D14" s="14" t="n">
         <v>5.49</v>
       </c>
-      <c r="D14" s="14" t="n">
+      <c r="E14" s="14" t="n">
         <v>5.61</v>
       </c>
-      <c r="E14" s="14" t="n">
+      <c r="F14" s="14" t="n">
         <v>5.84</v>
       </c>
-      <c r="F14" s="14" t="n">
+      <c r="G14" s="14" t="n">
         <v>6.09</v>
       </c>
-      <c r="G14" s="14" t="n">
+      <c r="H14" s="14" t="n">
         <v>6.55</v>
       </c>
-      <c r="H14" s="14" t="n">
+      <c r="I14" s="14" t="n">
         <v>7.09</v>
       </c>
-      <c r="I14" s="14" t="n">
+      <c r="J14" s="14" t="n">
         <v>7.3</v>
       </c>
-      <c r="J14" s="14" t="n">
+      <c r="K14" s="14" t="n">
         <v>7.5</v>
       </c>
-      <c r="K14" s="14" t="n">
+      <c r="L14" s="14" t="n">
         <v>7.79</v>
       </c>
-      <c r="L14" s="14" t="n">
+      <c r="M14" s="14" t="n">
         <v>8.21</v>
       </c>
-      <c r="M14" s="14" t="n">
+      <c r="N14" s="14" t="n">
         <v>8.57</v>
       </c>
-      <c r="N14" s="14" t="n">
+      <c r="O14" s="14" t="n">
         <v>9.03</v>
       </c>
-      <c r="O14" s="14" t="n">
+      <c r="P14" s="14" t="n">
         <v>9.46</v>
       </c>
-      <c r="P14" s="14" t="n">
+      <c r="Q14" s="14" t="n">
         <v>9.58</v>
       </c>
-      <c r="Q14" s="14" t="n">
+      <c r="R14" s="14" t="n">
         <v>10.13</v>
       </c>
-      <c r="R14" s="14" t="n">
+      <c r="S14" s="14" t="n">
         <v>9.39</v>
       </c>
-      <c r="S14" s="14" t="n">
+      <c r="T14" s="14" t="n">
         <v>9.27</v>
       </c>
-      <c r="T14" s="14" t="n">
+      <c r="U14" s="14" t="n">
         <v>9.44</v>
       </c>
-      <c r="U14" s="14" t="n">
+      <c r="V14" s="14" t="n">
         <v>9.18</v>
       </c>
-      <c r="V14" s="14" t="n">
+      <c r="W14" s="14" t="n">
         <v>8.94</v>
       </c>
-      <c r="W14" s="14" t="n">
+      <c r="X14" s="14" t="n">
         <v>8.47</v>
       </c>
-      <c r="X14" s="14" t="n">
+      <c r="Y14" s="14" t="n">
         <v>8.01</v>
       </c>
-      <c r="Y14" s="14" t="n">
+      <c r="Z14" s="14" t="n">
         <v>8.14</v>
       </c>
-      <c r="Z14" s="14" t="n">
+      <c r="AA14" s="14" t="n">
         <v>7.54</v>
       </c>
-      <c r="AA14" s="14" t="n">
+      <c r="AB14" s="14" t="n">
         <v>7.2</v>
       </c>
-      <c r="AB14" s="14" t="n">
+      <c r="AC14" s="14" t="n">
         <v>7.33</v>
       </c>
-      <c r="AC14" s="14" t="n">
+      <c r="AD14" s="14" t="n">
         <v>7.26</v>
       </c>
-      <c r="AD14" s="14" t="n">
+      <c r="AE14" s="14" t="n">
         <v>7.03</v>
       </c>
-      <c r="AE14" s="14" t="n">
+      <c r="AF14" s="14" t="n">
         <v>7.17</v>
       </c>
-      <c r="AF14" s="14" t="n">
+      <c r="AG14" s="14" t="n">
         <v>7.77</v>
       </c>
-      <c r="AG14" s="14" t="n">
+      <c r="AH14" s="14" t="n">
         <v>8.15</v>
       </c>
-      <c r="AH14" s="14" t="n">
+      <c r="AI14" s="14" t="n">
         <v>8.23</v>
       </c>
-      <c r="AI14" s="14" t="n">
+      <c r="AJ14" s="14" t="n">
         <v>8.67</v>
       </c>
-      <c r="AJ14" s="14" t="n">
+      <c r="AK14" s="14" t="n">
         <v>8.74</v>
       </c>
-      <c r="AK14" s="14" t="n">
+      <c r="AL14" s="14" t="n">
         <v>9.44</v>
       </c>
-      <c r="AL14" s="14" t="n">
+      <c r="AM14" s="14" t="n">
         <v>9.82</v>
       </c>
-      <c r="AM14" s="14" t="n">
+      <c r="AN14" s="14" t="n">
         <v>10.23</v>
       </c>
-      <c r="AN14" s="14" t="n">
+      <c r="AO14" s="14" t="n">
         <v>10.76</v>
       </c>
-      <c r="AO14" s="14" t="n">
+      <c r="AP14" s="14" t="n">
         <v>11.58</v>
       </c>
-      <c r="AP14" s="14" t="n">
+      <c r="AQ14" s="14" t="n">
         <v>12.46</v>
       </c>
-      <c r="AQ14" s="14" t="n">
+      <c r="AR14" s="14" t="n">
         <v>13.33</v>
       </c>
-      <c r="AR14" s="14" t="n">
+      <c r="AS14" s="14" t="n">
         <v>14.52</v>
       </c>
-      <c r="AS14" s="14" t="n">
+      <c r="AT14" s="14" t="n">
         <v>15.41</v>
       </c>
-      <c r="AT14" s="14" t="n">
+      <c r="AU14" s="14" t="n">
         <v>16.08</v>
       </c>
-      <c r="AU14" s="14" t="n">
+      <c r="AV14" s="14" t="n">
         <v>17.33</v>
       </c>
-      <c r="AV14" s="14" t="n">
+      <c r="AW14" s="14" t="n">
         <v>17.66</v>
       </c>
-      <c r="AW14" s="14" t="n">
+      <c r="AX14" s="14" t="n">
         <v>18.4</v>
       </c>
-      <c r="AX14" s="14" t="n">
+      <c r="AY14" s="14" t="n">
         <v>17.95</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="6" t="inlineStr">
         <is>
           <t>07 Castilla y León</t>
         </is>
       </c>
       <c r="B15" s="14" t="n">
         <v>5.23</v>
       </c>
       <c r="C15" s="14" t="n">
+        <v>5.23</v>
+      </c>
+      <c r="D15" s="14" t="n">
         <v>5.52</v>
       </c>
-      <c r="D15" s="14" t="n">
+      <c r="E15" s="14" t="n">
         <v>5.5</v>
       </c>
-      <c r="E15" s="14" t="n">
+      <c r="F15" s="14" t="n">
         <v>5.71</v>
       </c>
-      <c r="F15" s="14" t="n">
+      <c r="G15" s="14" t="n">
         <v>5.97</v>
       </c>
-      <c r="G15" s="14" t="n">
+      <c r="H15" s="14" t="n">
         <v>6.25</v>
       </c>
-      <c r="H15" s="14" t="n">
+      <c r="I15" s="14" t="n">
         <v>6.4</v>
       </c>
-      <c r="I15" s="14" t="n">
+      <c r="J15" s="14" t="n">
         <v>6.83</v>
       </c>
-      <c r="J15" s="14" t="n">
+      <c r="K15" s="14" t="n">
         <v>7.06</v>
       </c>
-      <c r="K15" s="14" t="n">
+      <c r="L15" s="14" t="n">
         <v>7.2</v>
       </c>
-      <c r="L15" s="14" t="n">
+      <c r="M15" s="14" t="n">
         <v>7.12</v>
       </c>
-      <c r="M15" s="14" t="n">
+      <c r="N15" s="14" t="n">
         <v>7.54</v>
       </c>
-      <c r="N15" s="14" t="n">
+      <c r="O15" s="14" t="n">
         <v>7.82</v>
       </c>
-      <c r="O15" s="14" t="n">
+      <c r="P15" s="14" t="n">
         <v>8.05</v>
       </c>
-      <c r="P15" s="14" t="n">
+      <c r="Q15" s="14" t="n">
         <v>8.01</v>
       </c>
-      <c r="Q15" s="14" t="n">
+      <c r="R15" s="14" t="n">
         <v>8.37</v>
       </c>
-      <c r="R15" s="14" t="n">
+      <c r="S15" s="14" t="n">
         <v>7.94</v>
       </c>
-      <c r="S15" s="14" t="n">
+      <c r="T15" s="14" t="n">
         <v>7.9</v>
       </c>
-      <c r="T15" s="14" t="n">
+      <c r="U15" s="14" t="n">
         <v>7.81</v>
       </c>
-      <c r="U15" s="14" t="n">
+      <c r="V15" s="14" t="n">
         <v>7.64</v>
       </c>
-      <c r="V15" s="14" t="n">
+      <c r="W15" s="14" t="n">
         <v>7.54</v>
       </c>
-      <c r="W15" s="14" t="n">
+      <c r="X15" s="14" t="n">
         <v>7.36</v>
       </c>
-      <c r="X15" s="14" t="n">
+      <c r="Y15" s="14" t="n">
         <v>7.15</v>
       </c>
-      <c r="Y15" s="14" t="n">
+      <c r="Z15" s="14" t="n">
         <v>7.24</v>
       </c>
-      <c r="Z15" s="14" t="n">
+      <c r="AA15" s="14" t="n">
         <v>6.99</v>
       </c>
-      <c r="AA15" s="14" t="n">
+      <c r="AB15" s="14" t="n">
         <v>6.89</v>
       </c>
-      <c r="AB15" s="14" t="n">
+      <c r="AC15" s="14" t="n">
         <v>7.24</v>
       </c>
-      <c r="AC15" s="14" t="n">
+      <c r="AD15" s="14" t="n">
         <v>7.09</v>
       </c>
-      <c r="AD15" s="14" t="n">
+      <c r="AE15" s="14" t="n">
         <v>7.15</v>
       </c>
-      <c r="AE15" s="14" t="n">
+      <c r="AF15" s="14" t="n">
         <v>7.3</v>
       </c>
-      <c r="AF15" s="14" t="n">
+      <c r="AG15" s="14" t="n">
         <v>7.66</v>
       </c>
-      <c r="AG15" s="14" t="n">
+      <c r="AH15" s="14" t="n">
         <v>7.88</v>
       </c>
-      <c r="AH15" s="14" t="n">
+      <c r="AI15" s="14" t="n">
         <v>8.1</v>
       </c>
-      <c r="AI15" s="14" t="n">
+      <c r="AJ15" s="14" t="n">
         <v>8.35</v>
       </c>
-      <c r="AJ15" s="14" t="n">
+      <c r="AK15" s="14" t="n">
         <v>8.66</v>
       </c>
-      <c r="AK15" s="14" t="n">
+      <c r="AL15" s="14" t="n">
         <v>8.87</v>
       </c>
-      <c r="AL15" s="14" t="n">
+      <c r="AM15" s="14" t="n">
         <v>9.33</v>
       </c>
-      <c r="AM15" s="14" t="n">
+      <c r="AN15" s="14" t="n">
         <v>9.74</v>
       </c>
-      <c r="AN15" s="14" t="n">
+      <c r="AO15" s="14" t="n">
         <v>10.28</v>
       </c>
-      <c r="AO15" s="14" t="n">
+      <c r="AP15" s="14" t="n">
         <v>10.77</v>
       </c>
-      <c r="AP15" s="14" t="n">
+      <c r="AQ15" s="14" t="n">
         <v>11.14</v>
       </c>
-      <c r="AQ15" s="14" t="n">
+      <c r="AR15" s="14" t="n">
         <v>11.81</v>
       </c>
-      <c r="AR15" s="14" t="n">
+      <c r="AS15" s="14" t="n">
         <v>12.11</v>
       </c>
-      <c r="AS15" s="14" t="n">
+      <c r="AT15" s="14" t="n">
         <v>12.8</v>
       </c>
-      <c r="AT15" s="14" t="n">
+      <c r="AU15" s="14" t="n">
         <v>13.18</v>
       </c>
-      <c r="AU15" s="14" t="n">
+      <c r="AV15" s="14" t="n">
         <v>13.81</v>
       </c>
-      <c r="AV15" s="14" t="n">
+      <c r="AW15" s="14" t="n">
         <v>13.89</v>
       </c>
-      <c r="AW15" s="14" t="n">
+      <c r="AX15" s="14" t="n">
         <v>14.4</v>
       </c>
-      <c r="AX15" s="14" t="n">
+      <c r="AY15" s="14" t="n">
         <v>13.91</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="6" t="inlineStr">
         <is>
           <t>08 Castilla - La Mancha</t>
         </is>
       </c>
       <c r="B16" s="14" t="n">
+        <v>6.71</v>
+      </c>
+      <c r="C16" s="14" t="n">
         <v>6.72</v>
       </c>
-      <c r="C16" s="14" t="n">
+      <c r="D16" s="14" t="n">
         <v>7.01</v>
       </c>
-      <c r="D16" s="14" t="n">
+      <c r="E16" s="14" t="n">
         <v>7.07</v>
       </c>
-      <c r="E16" s="14" t="n">
+      <c r="F16" s="14" t="n">
         <v>7.2</v>
       </c>
-      <c r="F16" s="14" t="n">
+      <c r="G16" s="14" t="n">
         <v>7.51</v>
       </c>
-      <c r="G16" s="14" t="n">
+      <c r="H16" s="14" t="n">
         <v>7.8</v>
       </c>
-      <c r="H16" s="14" t="n">
+      <c r="I16" s="14" t="n">
         <v>8.29</v>
       </c>
-      <c r="I16" s="14" t="n">
+      <c r="J16" s="14" t="n">
         <v>8.71</v>
       </c>
-      <c r="J16" s="14" t="n">
+      <c r="K16" s="14" t="n">
         <v>8.87</v>
       </c>
-      <c r="K16" s="14" t="n">
+      <c r="L16" s="14" t="n">
         <v>8.9</v>
       </c>
-      <c r="L16" s="14" t="n">
+      <c r="M16" s="14" t="n">
         <v>9.15</v>
       </c>
-      <c r="M16" s="14" t="n">
+      <c r="N16" s="14" t="n">
         <v>9.71</v>
       </c>
-      <c r="N16" s="14" t="n">
+      <c r="O16" s="14" t="n">
         <v>10.16</v>
       </c>
-      <c r="O16" s="14" t="n">
+      <c r="P16" s="14" t="n">
         <v>10.52</v>
       </c>
-      <c r="P16" s="14" t="n">
+      <c r="Q16" s="14" t="n">
         <v>10.75</v>
       </c>
-      <c r="Q16" s="14" t="n">
+      <c r="R16" s="14" t="n">
         <v>11.24</v>
       </c>
-      <c r="R16" s="14" t="n">
+      <c r="S16" s="14" t="n">
         <v>10.42</v>
       </c>
-      <c r="S16" s="14" t="n">
+      <c r="T16" s="14" t="n">
         <v>10.5</v>
       </c>
-      <c r="T16" s="14" t="n">
+      <c r="U16" s="14" t="n">
         <v>10.03</v>
       </c>
-      <c r="U16" s="14" t="n">
+      <c r="V16" s="14" t="n">
         <v>10.01</v>
       </c>
-      <c r="V16" s="14" t="n">
+      <c r="W16" s="14" t="n">
         <v>9.95</v>
       </c>
-      <c r="W16" s="14" t="n">
+      <c r="X16" s="14" t="n">
         <v>9.63</v>
       </c>
-      <c r="X16" s="14" t="n">
+      <c r="Y16" s="14" t="n">
         <v>9.56</v>
       </c>
-      <c r="Y16" s="14" t="n">
+      <c r="Z16" s="14" t="n">
         <v>9.57</v>
       </c>
-      <c r="Z16" s="14" t="n">
+      <c r="AA16" s="14" t="n">
         <v>9.64</v>
       </c>
-      <c r="AA16" s="14" t="n">
+      <c r="AB16" s="14" t="n">
         <v>9.43</v>
       </c>
-      <c r="AB16" s="14" t="n">
+      <c r="AC16" s="14" t="n">
         <v>9.75</v>
       </c>
-      <c r="AC16" s="14" t="n">
+      <c r="AD16" s="14" t="n">
         <v>9.78</v>
       </c>
-      <c r="AD16" s="14" t="n">
+      <c r="AE16" s="14" t="n">
         <v>10.17</v>
       </c>
-      <c r="AE16" s="14" t="n">
+      <c r="AF16" s="14" t="n">
         <v>10.46</v>
       </c>
-      <c r="AF16" s="14" t="n">
+      <c r="AG16" s="14" t="n">
         <v>10.75</v>
       </c>
-      <c r="AG16" s="14" t="n">
+      <c r="AH16" s="14" t="n">
         <v>11.25</v>
       </c>
-      <c r="AH16" s="14" t="n">
+      <c r="AI16" s="14" t="n">
         <v>11.27</v>
       </c>
-      <c r="AI16" s="14" t="n">
+      <c r="AJ16" s="14" t="n">
         <v>11.52</v>
       </c>
-      <c r="AJ16" s="14" t="n">
+      <c r="AK16" s="14" t="n">
         <v>11.79</v>
       </c>
-      <c r="AK16" s="14" t="n">
+      <c r="AL16" s="14" t="n">
         <v>11.75</v>
       </c>
-      <c r="AL16" s="14" t="n">
+      <c r="AM16" s="14" t="n">
         <v>11.98</v>
       </c>
-      <c r="AM16" s="14" t="n">
+      <c r="AN16" s="14" t="n">
         <v>12.18</v>
       </c>
-      <c r="AN16" s="14" t="n">
+      <c r="AO16" s="14" t="n">
         <v>12.33</v>
       </c>
-      <c r="AO16" s="14" t="n">
+      <c r="AP16" s="14" t="n">
         <v>12.91</v>
       </c>
-      <c r="AP16" s="14" t="n">
+      <c r="AQ16" s="14" t="n">
         <v>13.18</v>
       </c>
-      <c r="AQ16" s="14" t="n">
+      <c r="AR16" s="14" t="n">
         <v>13.78</v>
       </c>
-      <c r="AR16" s="14" t="n">
+      <c r="AS16" s="14" t="n">
         <v>14.01</v>
       </c>
-      <c r="AS16" s="14" t="n">
+      <c r="AT16" s="14" t="n">
         <v>14.22</v>
       </c>
-      <c r="AT16" s="14" t="n">
+      <c r="AU16" s="14" t="n">
         <v>14.49</v>
       </c>
-      <c r="AU16" s="14" t="n">
+      <c r="AV16" s="14" t="n">
         <v>15.07</v>
       </c>
-      <c r="AV16" s="14" t="n">
+      <c r="AW16" s="14" t="n">
         <v>14.84</v>
       </c>
-      <c r="AW16" s="14" t="n">
+      <c r="AX16" s="14" t="n">
         <v>15.55</v>
       </c>
-      <c r="AX16" s="14" t="n">
+      <c r="AY16" s="14" t="n">
         <v>15.2</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="6" t="inlineStr">
         <is>
           <t>09 Cataluña</t>
         </is>
       </c>
       <c r="B17" s="14" t="n">
+        <v>6.66</v>
+      </c>
+      <c r="C17" s="14" t="n">
         <v>6.81</v>
       </c>
-      <c r="C17" s="14" t="n">
+      <c r="D17" s="14" t="n">
         <v>7.19</v>
       </c>
-      <c r="D17" s="14" t="n">
+      <c r="E17" s="14" t="n">
         <v>7.43</v>
       </c>
-      <c r="E17" s="14" t="n">
+      <c r="F17" s="14" t="n">
         <v>7.56</v>
       </c>
-      <c r="F17" s="14" t="n">
+      <c r="G17" s="14" t="n">
         <v>8.02</v>
       </c>
-      <c r="G17" s="14" t="n">
+      <c r="H17" s="14" t="n">
         <v>8.4</v>
       </c>
-      <c r="H17" s="14" t="n">
+      <c r="I17" s="14" t="n">
         <v>8.91</v>
       </c>
-      <c r="I17" s="14" t="n">
+      <c r="J17" s="14" t="n">
         <v>9.25</v>
       </c>
-      <c r="J17" s="14" t="n">
+      <c r="K17" s="14" t="n">
         <v>9.49</v>
       </c>
-      <c r="K17" s="14" t="n">
+      <c r="L17" s="14" t="n">
         <v>9.65</v>
       </c>
-      <c r="L17" s="14" t="n">
+      <c r="M17" s="14" t="n">
         <v>9.6</v>
       </c>
-      <c r="M17" s="14" t="n">
+      <c r="N17" s="14" t="n">
         <v>10.33</v>
       </c>
-      <c r="N17" s="14" t="n">
+      <c r="O17" s="14" t="n">
         <v>10.83</v>
       </c>
-      <c r="O17" s="14" t="n">
+      <c r="P17" s="14" t="n">
         <v>11.28</v>
       </c>
-      <c r="P17" s="14" t="n">
+      <c r="Q17" s="14" t="n">
         <v>11.44</v>
       </c>
-      <c r="Q17" s="14" t="n">
+      <c r="R17" s="14" t="n">
         <v>12.1</v>
       </c>
-      <c r="R17" s="14" t="n">
+      <c r="S17" s="14" t="n">
         <v>11.62</v>
       </c>
-      <c r="S17" s="14" t="n">
+      <c r="T17" s="14" t="n">
         <v>11.63</v>
       </c>
-      <c r="T17" s="14" t="n">
+      <c r="U17" s="14" t="n">
         <v>11.49</v>
       </c>
-      <c r="U17" s="14" t="n">
+      <c r="V17" s="14" t="n">
         <v>11.35</v>
       </c>
-      <c r="V17" s="14" t="n">
+      <c r="W17" s="14" t="n">
         <v>11.03</v>
       </c>
-      <c r="W17" s="14" t="n">
+      <c r="X17" s="14" t="n">
         <v>10.59</v>
       </c>
-      <c r="X17" s="14" t="n">
+      <c r="Y17" s="14" t="n">
         <v>10.28</v>
       </c>
-      <c r="Y17" s="14" t="n">
+      <c r="Z17" s="14" t="n">
         <v>10.13</v>
       </c>
-      <c r="Z17" s="14" t="n">
+      <c r="AA17" s="14" t="n">
         <v>9.51</v>
       </c>
-      <c r="AA17" s="14" t="n">
+      <c r="AB17" s="14" t="n">
         <v>9.1</v>
       </c>
-      <c r="AB17" s="14" t="n">
+      <c r="AC17" s="14" t="n">
         <v>9.15</v>
       </c>
-      <c r="AC17" s="14" t="n">
+      <c r="AD17" s="14" t="n">
         <v>8.85</v>
       </c>
-      <c r="AD17" s="14" t="n">
+      <c r="AE17" s="14" t="n">
         <v>8.79</v>
       </c>
-      <c r="AE17" s="14" t="n">
+      <c r="AF17" s="14" t="n">
         <v>8.89</v>
       </c>
-      <c r="AF17" s="14" t="n">
+      <c r="AG17" s="14" t="n">
         <v>9.15</v>
       </c>
-      <c r="AG17" s="14" t="n">
+      <c r="AH17" s="14" t="n">
         <v>9.45</v>
       </c>
-      <c r="AH17" s="14" t="n">
+      <c r="AI17" s="14" t="n">
         <v>9.32</v>
       </c>
-      <c r="AI17" s="14" t="n">
+      <c r="AJ17" s="14" t="n">
         <v>9.37</v>
       </c>
-      <c r="AJ17" s="14" t="n">
+      <c r="AK17" s="14" t="n">
         <v>9.43</v>
       </c>
-      <c r="AK17" s="14" t="n">
+      <c r="AL17" s="14" t="n">
         <v>9.59</v>
       </c>
-      <c r="AL17" s="14" t="n">
+      <c r="AM17" s="14" t="n">
         <v>9.65</v>
       </c>
-      <c r="AM17" s="14" t="n">
+      <c r="AN17" s="14" t="n">
         <v>10.06</v>
       </c>
-      <c r="AN17" s="14" t="n">
+      <c r="AO17" s="14" t="n">
         <v>10.75</v>
       </c>
-      <c r="AO17" s="14" t="n">
+      <c r="AP17" s="14" t="n">
         <v>10.53</v>
       </c>
-      <c r="AP17" s="14" t="n">
+      <c r="AQ17" s="14" t="n">
         <v>10.35</v>
       </c>
-      <c r="AQ17" s="14" t="n">
+      <c r="AR17" s="14" t="n">
         <v>11.2</v>
       </c>
-      <c r="AR17" s="14" t="n">
+      <c r="AS17" s="14" t="n">
         <v>11.5</v>
       </c>
-      <c r="AS17" s="14" t="n">
+      <c r="AT17" s="14" t="n">
         <v>13.49</v>
       </c>
-      <c r="AT17" s="14" t="n">
+      <c r="AU17" s="14" t="n">
         <v>15.07</v>
       </c>
-      <c r="AU17" s="14" t="n">
+      <c r="AV17" s="14" t="n">
         <v>16.9</v>
       </c>
-      <c r="AV17" s="14" t="n">
+      <c r="AW17" s="14" t="n">
         <v>18.18</v>
       </c>
-      <c r="AW17" s="14" t="n">
+      <c r="AX17" s="14" t="n">
         <v>18.82</v>
       </c>
-      <c r="AX17" s="14" t="n">
+      <c r="AY17" s="14" t="n">
         <v>20.04</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="6" t="inlineStr">
         <is>
           <t>10 Comunitat Valenciana</t>
         </is>
       </c>
       <c r="B18" s="14" t="n">
+        <v>6.61</v>
+      </c>
+      <c r="C18" s="14" t="n">
         <v>6.72</v>
       </c>
-      <c r="C18" s="14" t="n">
+      <c r="D18" s="14" t="n">
         <v>6.9</v>
       </c>
-      <c r="D18" s="14" t="n">
+      <c r="E18" s="14" t="n">
         <v>7.01</v>
       </c>
-      <c r="E18" s="14" t="n">
+      <c r="F18" s="14" t="n">
         <v>7.07</v>
       </c>
-      <c r="F18" s="14" t="n">
+      <c r="G18" s="14" t="n">
         <v>7.44</v>
       </c>
-      <c r="G18" s="14" t="n">
+      <c r="H18" s="14" t="n">
         <v>7.66</v>
       </c>
-      <c r="H18" s="14" t="n">
+      <c r="I18" s="14" t="n">
         <v>8.16</v>
       </c>
-      <c r="I18" s="14" t="n">
+      <c r="J18" s="14" t="n">
         <v>8.51</v>
       </c>
-      <c r="J18" s="14" t="n">
+      <c r="K18" s="14" t="n">
         <v>8.8</v>
       </c>
-      <c r="K18" s="14" t="n">
+      <c r="L18" s="14" t="n">
         <v>8.96</v>
       </c>
-      <c r="L18" s="14" t="n">
+      <c r="M18" s="14" t="n">
         <v>8.89</v>
       </c>
-      <c r="M18" s="14" t="n">
+      <c r="N18" s="14" t="n">
         <v>9.52</v>
       </c>
-      <c r="N18" s="14" t="n">
+      <c r="O18" s="14" t="n">
         <v>9.89</v>
       </c>
-      <c r="O18" s="14" t="n">
+      <c r="P18" s="14" t="n">
         <v>10.36</v>
       </c>
-      <c r="P18" s="14" t="n">
+      <c r="Q18" s="14" t="n">
         <v>10.51</v>
       </c>
-      <c r="Q18" s="14" t="n">
+      <c r="R18" s="14" t="n">
         <v>11.51</v>
       </c>
-      <c r="R18" s="14" t="n">
+      <c r="S18" s="14" t="n">
         <v>11.19</v>
       </c>
-      <c r="S18" s="14" t="n">
+      <c r="T18" s="14" t="n">
         <v>11.14</v>
       </c>
-      <c r="T18" s="14" t="n">
+      <c r="U18" s="14" t="n">
         <v>10.95</v>
       </c>
-      <c r="U18" s="14" t="n">
+      <c r="V18" s="14" t="n">
         <v>10.89</v>
       </c>
-      <c r="V18" s="14" t="n">
+      <c r="W18" s="14" t="n">
         <v>10.8</v>
       </c>
-      <c r="W18" s="14" t="n">
+      <c r="X18" s="14" t="n">
         <v>10.39</v>
       </c>
-      <c r="X18" s="14" t="n">
+      <c r="Y18" s="14" t="n">
         <v>10.19</v>
       </c>
-      <c r="Y18" s="14" t="n">
+      <c r="Z18" s="14" t="n">
         <v>9.9</v>
       </c>
-      <c r="Z18" s="14" t="n">
+      <c r="AA18" s="14" t="n">
         <v>9.49</v>
       </c>
-      <c r="AA18" s="14" t="n">
+      <c r="AB18" s="14" t="n">
         <v>9.09</v>
-      </c>
-[...1 lines deleted...]
-        <v>9.13</v>
       </c>
       <c r="AC18" s="14" t="n">
         <v>9.13</v>
       </c>
       <c r="AD18" s="14" t="n">
+        <v>9.13</v>
+      </c>
+      <c r="AE18" s="14" t="n">
         <v>9.23</v>
       </c>
-      <c r="AE18" s="14" t="n">
+      <c r="AF18" s="14" t="n">
         <v>9.38</v>
       </c>
-      <c r="AF18" s="14" t="n">
+      <c r="AG18" s="14" t="n">
         <v>9.86</v>
       </c>
-      <c r="AG18" s="14" t="n">
+      <c r="AH18" s="14" t="n">
         <v>10.2</v>
       </c>
-      <c r="AH18" s="14" t="n">
+      <c r="AI18" s="14" t="n">
         <v>10.27</v>
       </c>
-      <c r="AI18" s="14" t="n">
+      <c r="AJ18" s="14" t="n">
         <v>10.47</v>
       </c>
-      <c r="AJ18" s="14" t="n">
+      <c r="AK18" s="14" t="n">
         <v>10.49</v>
       </c>
-      <c r="AK18" s="14" t="n">
+      <c r="AL18" s="14" t="n">
         <v>10.82</v>
       </c>
-      <c r="AL18" s="14" t="n">
+      <c r="AM18" s="14" t="n">
         <v>10.95</v>
       </c>
-      <c r="AM18" s="14" t="n">
+      <c r="AN18" s="14" t="n">
         <v>11.35</v>
       </c>
-      <c r="AN18" s="14" t="n">
+      <c r="AO18" s="14" t="n">
         <v>11.77</v>
       </c>
-      <c r="AO18" s="14" t="n">
+      <c r="AP18" s="14" t="n">
         <v>12.41</v>
       </c>
-      <c r="AP18" s="14" t="n">
+      <c r="AQ18" s="14" t="n">
         <v>12.85</v>
       </c>
-      <c r="AQ18" s="14" t="n">
+      <c r="AR18" s="14" t="n">
         <v>14.02</v>
       </c>
-      <c r="AR18" s="14" t="n">
+      <c r="AS18" s="14" t="n">
         <v>14.94</v>
       </c>
-      <c r="AS18" s="14" t="n">
+      <c r="AT18" s="14" t="n">
         <v>16.1</v>
       </c>
-      <c r="AT18" s="14" t="n">
+      <c r="AU18" s="14" t="n">
         <v>17.34</v>
       </c>
-      <c r="AU18" s="14" t="n">
+      <c r="AV18" s="14" t="n">
         <v>18.43</v>
       </c>
-      <c r="AV18" s="14" t="n">
+      <c r="AW18" s="14" t="n">
         <v>19.2</v>
       </c>
-      <c r="AW18" s="14" t="n">
+      <c r="AX18" s="14" t="n">
         <v>19.79</v>
       </c>
-      <c r="AX18" s="14" t="n">
+      <c r="AY18" s="14" t="n">
         <v>19.55</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="6" t="inlineStr">
         <is>
           <t>11 Extremadura</t>
         </is>
       </c>
       <c r="B19" s="14" t="n">
-        <v>6.46</v>
+        <v>6.2</v>
       </c>
       <c r="C19" s="14" t="n">
         <v>6.46</v>
       </c>
       <c r="D19" s="14" t="n">
+        <v>6.46</v>
+      </c>
+      <c r="E19" s="14" t="n">
         <v>6.84</v>
       </c>
-      <c r="E19" s="14" t="n">
+      <c r="F19" s="14" t="n">
         <v>6.95</v>
       </c>
-      <c r="F19" s="14" t="n">
+      <c r="G19" s="14" t="n">
         <v>7.18</v>
       </c>
-      <c r="G19" s="14" t="n">
+      <c r="H19" s="14" t="n">
         <v>7.31</v>
       </c>
-      <c r="H19" s="14" t="n">
+      <c r="I19" s="14" t="n">
         <v>7.9</v>
       </c>
-      <c r="I19" s="14" t="n">
+      <c r="J19" s="14" t="n">
         <v>8.11</v>
       </c>
-      <c r="J19" s="14" t="n">
+      <c r="K19" s="14" t="n">
         <v>8.17</v>
       </c>
-      <c r="K19" s="14" t="n">
+      <c r="L19" s="14" t="n">
         <v>8.38</v>
       </c>
-      <c r="L19" s="14" t="n">
+      <c r="M19" s="14" t="n">
         <v>8.08</v>
       </c>
-      <c r="M19" s="14" t="n">
+      <c r="N19" s="14" t="n">
         <v>8.55</v>
       </c>
-      <c r="N19" s="14" t="n">
+      <c r="O19" s="14" t="n">
         <v>9.01</v>
       </c>
-      <c r="O19" s="14" t="n">
+      <c r="P19" s="14" t="n">
         <v>9.2</v>
       </c>
-      <c r="P19" s="14" t="n">
+      <c r="Q19" s="14" t="n">
         <v>9.4</v>
       </c>
-      <c r="Q19" s="14" t="n">
+      <c r="R19" s="14" t="n">
         <v>9.84</v>
       </c>
-      <c r="R19" s="14" t="n">
+      <c r="S19" s="14" t="n">
         <v>9.19</v>
       </c>
-      <c r="S19" s="14" t="n">
+      <c r="T19" s="14" t="n">
         <v>9.39</v>
       </c>
-      <c r="T19" s="14" t="n">
+      <c r="U19" s="14" t="n">
         <v>9.32</v>
       </c>
-      <c r="U19" s="14" t="n">
+      <c r="V19" s="14" t="n">
         <v>9.28</v>
       </c>
-      <c r="V19" s="14" t="n">
+      <c r="W19" s="14" t="n">
         <v>9.38</v>
       </c>
-      <c r="W19" s="14" t="n">
+      <c r="X19" s="14" t="n">
         <v>9.24</v>
       </c>
-      <c r="X19" s="14" t="n">
+      <c r="Y19" s="14" t="n">
         <v>9.36</v>
       </c>
-      <c r="Y19" s="14" t="n">
+      <c r="Z19" s="14" t="n">
         <v>9.57</v>
       </c>
-      <c r="Z19" s="14" t="n">
+      <c r="AA19" s="14" t="n">
         <v>9.5</v>
       </c>
-      <c r="AA19" s="14" t="n">
+      <c r="AB19" s="14" t="n">
         <v>9.48</v>
       </c>
-      <c r="AB19" s="14" t="n">
+      <c r="AC19" s="14" t="n">
         <v>9.72</v>
       </c>
-      <c r="AC19" s="14" t="n">
+      <c r="AD19" s="14" t="n">
         <v>9.92</v>
       </c>
-      <c r="AD19" s="14" t="n">
+      <c r="AE19" s="14" t="n">
         <v>10.18</v>
       </c>
-      <c r="AE19" s="14" t="n">
+      <c r="AF19" s="14" t="n">
         <v>10.6</v>
       </c>
-      <c r="AF19" s="14" t="n">
+      <c r="AG19" s="14" t="n">
         <v>11.07</v>
       </c>
-      <c r="AG19" s="14" t="n">
+      <c r="AH19" s="14" t="n">
         <v>11.61</v>
       </c>
-      <c r="AH19" s="14" t="n">
+      <c r="AI19" s="14" t="n">
         <v>11.78</v>
       </c>
-      <c r="AI19" s="14" t="n">
+      <c r="AJ19" s="14" t="n">
         <v>11.86</v>
       </c>
-      <c r="AJ19" s="14" t="n">
+      <c r="AK19" s="14" t="n">
         <v>12.36</v>
       </c>
-      <c r="AK19" s="14" t="n">
+      <c r="AL19" s="14" t="n">
         <v>12.89</v>
       </c>
-      <c r="AL19" s="14" t="n">
+      <c r="AM19" s="14" t="n">
         <v>13.16</v>
       </c>
-      <c r="AM19" s="14" t="n">
+      <c r="AN19" s="14" t="n">
         <v>13.27</v>
       </c>
-      <c r="AN19" s="14" t="n">
+      <c r="AO19" s="14" t="n">
         <v>13.25</v>
       </c>
-      <c r="AO19" s="14" t="n">
+      <c r="AP19" s="14" t="n">
         <v>13.71</v>
       </c>
-      <c r="AP19" s="14" t="n">
+      <c r="AQ19" s="14" t="n">
         <v>14.29</v>
       </c>
-      <c r="AQ19" s="14" t="n">
+      <c r="AR19" s="14" t="n">
         <v>14.85</v>
       </c>
-      <c r="AR19" s="14" t="n">
+      <c r="AS19" s="14" t="n">
         <v>14.55</v>
       </c>
-      <c r="AS19" s="14" t="n">
+      <c r="AT19" s="14" t="n">
         <v>15.04</v>
       </c>
-      <c r="AT19" s="14" t="n">
+      <c r="AU19" s="14" t="n">
         <v>14.59</v>
       </c>
-      <c r="AU19" s="14" t="n">
+      <c r="AV19" s="14" t="n">
         <v>14.6</v>
       </c>
-      <c r="AV19" s="14" t="n">
+      <c r="AW19" s="14" t="n">
         <v>14.27</v>
       </c>
-      <c r="AW19" s="14" t="n">
+      <c r="AX19" s="14" t="n">
         <v>14.7</v>
       </c>
-      <c r="AX19" s="14" t="n">
+      <c r="AY19" s="14" t="n">
         <v>14.47</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="6" t="inlineStr">
         <is>
           <t>12 Galicia</t>
         </is>
       </c>
       <c r="B20" s="14" t="n">
+        <v>4.93</v>
+      </c>
+      <c r="C20" s="14" t="n">
         <v>5.18</v>
       </c>
-      <c r="C20" s="14" t="n">
+      <c r="D20" s="14" t="n">
         <v>5.38</v>
       </c>
-      <c r="D20" s="14" t="n">
+      <c r="E20" s="14" t="n">
         <v>5.49</v>
       </c>
-      <c r="E20" s="14" t="n">
+      <c r="F20" s="14" t="n">
         <v>5.65</v>
       </c>
-      <c r="F20" s="14" t="n">
+      <c r="G20" s="14" t="n">
         <v>5.82</v>
       </c>
-      <c r="G20" s="14" t="n">
+      <c r="H20" s="14" t="n">
         <v>6.14</v>
       </c>
-      <c r="H20" s="14" t="n">
+      <c r="I20" s="14" t="n">
         <v>6.82</v>
       </c>
-      <c r="I20" s="14" t="n">
+      <c r="J20" s="14" t="n">
         <v>7.03</v>
       </c>
-      <c r="J20" s="14" t="n">
+      <c r="K20" s="14" t="n">
         <v>7.13</v>
-      </c>
-[...1 lines deleted...]
-        <v>7.17</v>
       </c>
       <c r="L20" s="14" t="n">
         <v>7.17</v>
       </c>
       <c r="M20" s="14" t="n">
+        <v>7.17</v>
+      </c>
+      <c r="N20" s="14" t="n">
         <v>7.63</v>
       </c>
-      <c r="N20" s="14" t="n">
+      <c r="O20" s="14" t="n">
         <v>7.79</v>
       </c>
-      <c r="O20" s="14" t="n">
+      <c r="P20" s="14" t="n">
         <v>7.95</v>
       </c>
-      <c r="P20" s="14" t="n">
+      <c r="Q20" s="14" t="n">
         <v>8.14</v>
       </c>
-      <c r="Q20" s="14" t="n">
+      <c r="R20" s="14" t="n">
         <v>8.4</v>
       </c>
-      <c r="R20" s="14" t="n">
+      <c r="S20" s="14" t="n">
         <v>7.92</v>
       </c>
-      <c r="S20" s="14" t="n">
+      <c r="T20" s="14" t="n">
         <v>7.83</v>
       </c>
-      <c r="T20" s="14" t="n">
+      <c r="U20" s="14" t="n">
         <v>7.74</v>
       </c>
-      <c r="U20" s="14" t="n">
+      <c r="V20" s="14" t="n">
         <v>7.6</v>
       </c>
-      <c r="V20" s="14" t="n">
+      <c r="W20" s="14" t="n">
         <v>7.54</v>
       </c>
-      <c r="W20" s="14" t="n">
+      <c r="X20" s="14" t="n">
         <v>7.16</v>
       </c>
-      <c r="X20" s="14" t="n">
+      <c r="Y20" s="14" t="n">
         <v>7.18</v>
       </c>
-      <c r="Y20" s="14" t="n">
+      <c r="Z20" s="14" t="n">
         <v>7.19</v>
       </c>
-      <c r="Z20" s="14" t="n">
+      <c r="AA20" s="14" t="n">
         <v>6.95</v>
       </c>
-      <c r="AA20" s="14" t="n">
+      <c r="AB20" s="14" t="n">
         <v>6.84</v>
       </c>
-      <c r="AB20" s="14" t="n">
+      <c r="AC20" s="14" t="n">
         <v>6.88</v>
       </c>
-      <c r="AC20" s="14" t="n">
+      <c r="AD20" s="14" t="n">
         <v>6.84</v>
       </c>
-      <c r="AD20" s="14" t="n">
+      <c r="AE20" s="14" t="n">
         <v>6.9</v>
       </c>
-      <c r="AE20" s="14" t="n">
+      <c r="AF20" s="14" t="n">
         <v>7.21</v>
       </c>
-      <c r="AF20" s="14" t="n">
+      <c r="AG20" s="14" t="n">
         <v>7.8</v>
       </c>
-      <c r="AG20" s="14" t="n">
+      <c r="AH20" s="14" t="n">
         <v>7.92</v>
       </c>
-      <c r="AH20" s="14" t="n">
+      <c r="AI20" s="14" t="n">
         <v>8.03</v>
       </c>
-      <c r="AI20" s="14" t="n">
+      <c r="AJ20" s="14" t="n">
         <v>8.2</v>
       </c>
-      <c r="AJ20" s="14" t="n">
+      <c r="AK20" s="14" t="n">
         <v>8.56</v>
       </c>
-      <c r="AK20" s="14" t="n">
+      <c r="AL20" s="14" t="n">
         <v>8.86</v>
       </c>
-      <c r="AL20" s="14" t="n">
+      <c r="AM20" s="14" t="n">
         <v>9.28</v>
       </c>
-      <c r="AM20" s="14" t="n">
+      <c r="AN20" s="14" t="n">
         <v>9.38</v>
       </c>
-      <c r="AN20" s="14" t="n">
+      <c r="AO20" s="14" t="n">
         <v>10.15</v>
       </c>
-      <c r="AO20" s="14" t="n">
+      <c r="AP20" s="14" t="n">
         <v>10.88</v>
       </c>
-      <c r="AP20" s="14" t="n">
+      <c r="AQ20" s="14" t="n">
         <v>11.41</v>
       </c>
-      <c r="AQ20" s="14" t="n">
+      <c r="AR20" s="14" t="n">
         <v>12.16</v>
       </c>
-      <c r="AR20" s="14" t="n">
+      <c r="AS20" s="14" t="n">
         <v>12.91</v>
       </c>
-      <c r="AS20" s="14" t="n">
+      <c r="AT20" s="14" t="n">
         <v>13.97</v>
       </c>
-      <c r="AT20" s="14" t="n">
+      <c r="AU20" s="14" t="n">
         <v>14.71</v>
       </c>
-      <c r="AU20" s="14" t="n">
+      <c r="AV20" s="14" t="n">
         <v>15.75</v>
       </c>
-      <c r="AV20" s="14" t="n">
+      <c r="AW20" s="14" t="n">
         <v>15.85</v>
       </c>
-      <c r="AW20" s="14" t="n">
+      <c r="AX20" s="14" t="n">
         <v>16.32</v>
       </c>
-      <c r="AX20" s="14" t="n">
+      <c r="AY20" s="14" t="n">
         <v>16.04</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="6" t="inlineStr">
         <is>
           <t>13 Madrid, Comunidad de</t>
         </is>
       </c>
       <c r="B21" s="14" t="n">
+        <v>7.19</v>
+      </c>
+      <c r="C21" s="14" t="n">
         <v>7.25</v>
       </c>
-      <c r="C21" s="14" t="n">
+      <c r="D21" s="14" t="n">
         <v>7.49</v>
       </c>
-      <c r="D21" s="14" t="n">
+      <c r="E21" s="14" t="n">
         <v>7.63</v>
       </c>
-      <c r="E21" s="14" t="n">
+      <c r="F21" s="14" t="n">
         <v>7.78</v>
       </c>
-      <c r="F21" s="14" t="n">
+      <c r="G21" s="14" t="n">
         <v>8.37</v>
       </c>
-      <c r="G21" s="14" t="n">
+      <c r="H21" s="14" t="n">
         <v>8.77</v>
       </c>
-      <c r="H21" s="14" t="n">
+      <c r="I21" s="14" t="n">
         <v>9.34</v>
       </c>
-      <c r="I21" s="14" t="n">
+      <c r="J21" s="14" t="n">
         <v>9.81</v>
       </c>
-      <c r="J21" s="14" t="n">
+      <c r="K21" s="14" t="n">
         <v>10.15</v>
       </c>
-      <c r="K21" s="14" t="n">
+      <c r="L21" s="14" t="n">
         <v>10.28</v>
       </c>
-      <c r="L21" s="14" t="n">
+      <c r="M21" s="14" t="n">
         <v>10.23</v>
       </c>
-      <c r="M21" s="14" t="n">
+      <c r="N21" s="14" t="n">
         <v>10.8</v>
       </c>
-      <c r="N21" s="14" t="n">
+      <c r="O21" s="14" t="n">
         <v>11.24</v>
       </c>
-      <c r="O21" s="14" t="n">
+      <c r="P21" s="14" t="n">
         <v>11.57</v>
       </c>
-      <c r="P21" s="14" t="n">
+      <c r="Q21" s="14" t="n">
         <v>11.95</v>
       </c>
-      <c r="Q21" s="14" t="n">
+      <c r="R21" s="14" t="n">
         <v>12.54</v>
       </c>
-      <c r="R21" s="14" t="n">
+      <c r="S21" s="14" t="n">
         <v>12.16</v>
       </c>
-      <c r="S21" s="14" t="n">
+      <c r="T21" s="14" t="n">
         <v>11.98</v>
       </c>
-      <c r="T21" s="14" t="n">
+      <c r="U21" s="14" t="n">
         <v>11.73</v>
       </c>
-      <c r="U21" s="14" t="n">
+      <c r="V21" s="14" t="n">
         <v>11.88</v>
       </c>
-      <c r="V21" s="14" t="n">
+      <c r="W21" s="14" t="n">
         <v>11.75</v>
       </c>
-      <c r="W21" s="14" t="n">
+      <c r="X21" s="14" t="n">
         <v>11.36</v>
       </c>
-      <c r="X21" s="14" t="n">
+      <c r="Y21" s="14" t="n">
         <v>11.05</v>
       </c>
-      <c r="Y21" s="14" t="n">
+      <c r="Z21" s="14" t="n">
         <v>10.58</v>
       </c>
-      <c r="Z21" s="14" t="n">
+      <c r="AA21" s="14" t="n">
         <v>9.8</v>
       </c>
-      <c r="AA21" s="14" t="n">
+      <c r="AB21" s="14" t="n">
         <v>9.28</v>
       </c>
-      <c r="AB21" s="14" t="n">
+      <c r="AC21" s="14" t="n">
         <v>9.33</v>
-      </c>
-[...1 lines deleted...]
-        <v>9.17</v>
       </c>
       <c r="AD21" s="14" t="n">
         <v>9.17</v>
       </c>
       <c r="AE21" s="14" t="n">
+        <v>9.17</v>
+      </c>
+      <c r="AF21" s="14" t="n">
         <v>9.36</v>
       </c>
-      <c r="AF21" s="14" t="n">
+      <c r="AG21" s="14" t="n">
         <v>9.82</v>
       </c>
-      <c r="AG21" s="14" t="n">
+      <c r="AH21" s="14" t="n">
         <v>10.14</v>
       </c>
-      <c r="AH21" s="14" t="n">
+      <c r="AI21" s="14" t="n">
         <v>9.96</v>
       </c>
-      <c r="AI21" s="14" t="n">
+      <c r="AJ21" s="14" t="n">
         <v>10.13</v>
       </c>
-      <c r="AJ21" s="14" t="n">
+      <c r="AK21" s="14" t="n">
         <v>10.36</v>
       </c>
-      <c r="AK21" s="14" t="n">
+      <c r="AL21" s="14" t="n">
         <v>10.51</v>
       </c>
-      <c r="AL21" s="14" t="n">
+      <c r="AM21" s="14" t="n">
         <v>10.92</v>
       </c>
-      <c r="AM21" s="14" t="n">
+      <c r="AN21" s="14" t="n">
         <v>11.23</v>
       </c>
-      <c r="AN21" s="14" t="n">
+      <c r="AO21" s="14" t="n">
         <v>11.75</v>
       </c>
-      <c r="AO21" s="14" t="n">
+      <c r="AP21" s="14" t="n">
         <v>12.38</v>
       </c>
-      <c r="AP21" s="14" t="n">
+      <c r="AQ21" s="14" t="n">
         <v>12.71</v>
       </c>
-      <c r="AQ21" s="14" t="n">
+      <c r="AR21" s="14" t="n">
         <v>13.8</v>
       </c>
-      <c r="AR21" s="14" t="n">
+      <c r="AS21" s="14" t="n">
         <v>14.64</v>
       </c>
-      <c r="AS21" s="14" t="n">
+      <c r="AT21" s="14" t="n">
         <v>15.7</v>
       </c>
-      <c r="AT21" s="14" t="n">
+      <c r="AU21" s="14" t="n">
         <v>17.42</v>
       </c>
-      <c r="AU21" s="14" t="n">
+      <c r="AV21" s="14" t="n">
         <v>18.91</v>
       </c>
-      <c r="AV21" s="14" t="n">
+      <c r="AW21" s="14" t="n">
         <v>20.2</v>
       </c>
-      <c r="AW21" s="14" t="n">
+      <c r="AX21" s="14" t="n">
         <v>21.73</v>
       </c>
-      <c r="AX21" s="14" t="n">
+      <c r="AY21" s="14" t="n">
         <v>21.67</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="6" t="inlineStr">
         <is>
           <t>14 Murcia, Región de</t>
         </is>
       </c>
       <c r="B22" s="14" t="n">
+        <v>7.93</v>
+      </c>
+      <c r="C22" s="14" t="n">
         <v>8.24</v>
       </c>
-      <c r="C22" s="14" t="n">
+      <c r="D22" s="14" t="n">
         <v>8.69</v>
       </c>
-      <c r="D22" s="14" t="n">
+      <c r="E22" s="14" t="n">
         <v>9.07</v>
       </c>
-      <c r="E22" s="14" t="n">
+      <c r="F22" s="14" t="n">
         <v>9.05</v>
       </c>
-      <c r="F22" s="14" t="n">
+      <c r="G22" s="14" t="n">
         <v>9.52</v>
       </c>
-      <c r="G22" s="14" t="n">
+      <c r="H22" s="14" t="n">
         <v>9.9</v>
       </c>
-      <c r="H22" s="14" t="n">
+      <c r="I22" s="14" t="n">
         <v>10.22</v>
       </c>
-      <c r="I22" s="14" t="n">
+      <c r="J22" s="14" t="n">
         <v>10.56</v>
       </c>
-      <c r="J22" s="14" t="n">
+      <c r="K22" s="14" t="n">
         <v>10.9</v>
       </c>
-      <c r="K22" s="14" t="n">
+      <c r="L22" s="14" t="n">
         <v>11.14</v>
       </c>
-      <c r="L22" s="14" t="n">
+      <c r="M22" s="14" t="n">
         <v>11.02</v>
       </c>
-      <c r="M22" s="14" t="n">
+      <c r="N22" s="14" t="n">
         <v>11.42</v>
       </c>
-      <c r="N22" s="14" t="n">
+      <c r="O22" s="14" t="n">
         <v>11.91</v>
       </c>
-      <c r="O22" s="14" t="n">
+      <c r="P22" s="14" t="n">
         <v>12.38</v>
       </c>
-      <c r="P22" s="14" t="n">
+      <c r="Q22" s="14" t="n">
         <v>12.82</v>
       </c>
-      <c r="Q22" s="14" t="n">
+      <c r="R22" s="14" t="n">
         <v>13.54</v>
       </c>
-      <c r="R22" s="14" t="n">
+      <c r="S22" s="14" t="n">
         <v>13.24</v>
       </c>
-      <c r="S22" s="14" t="n">
+      <c r="T22" s="14" t="n">
         <v>13.23</v>
       </c>
-      <c r="T22" s="14" t="n">
+      <c r="U22" s="14" t="n">
         <v>12.98</v>
       </c>
-      <c r="U22" s="14" t="n">
+      <c r="V22" s="14" t="n">
         <v>12.91</v>
       </c>
-      <c r="V22" s="14" t="n">
+      <c r="W22" s="14" t="n">
         <v>13.04</v>
       </c>
-      <c r="W22" s="14" t="n">
+      <c r="X22" s="14" t="n">
         <v>12.65</v>
       </c>
-      <c r="X22" s="14" t="n">
+      <c r="Y22" s="14" t="n">
         <v>12.58</v>
       </c>
-      <c r="Y22" s="14" t="n">
+      <c r="Z22" s="14" t="n">
         <v>12.07</v>
       </c>
-      <c r="Z22" s="14" t="n">
+      <c r="AA22" s="14" t="n">
         <v>11.27</v>
       </c>
-      <c r="AA22" s="14" t="n">
+      <c r="AB22" s="14" t="n">
         <v>11.14</v>
       </c>
-      <c r="AB22" s="14" t="n">
+      <c r="AC22" s="14" t="n">
         <v>11.44</v>
       </c>
-      <c r="AC22" s="14" t="n">
+      <c r="AD22" s="14" t="n">
         <v>11.28</v>
       </c>
-      <c r="AD22" s="14" t="n">
+      <c r="AE22" s="14" t="n">
         <v>11.35</v>
       </c>
-      <c r="AE22" s="14" t="n">
+      <c r="AF22" s="14" t="n">
         <v>11.42</v>
       </c>
-      <c r="AF22" s="14" t="n">
+      <c r="AG22" s="14" t="n">
         <v>12.36</v>
       </c>
-      <c r="AG22" s="14" t="n">
+      <c r="AH22" s="14" t="n">
         <v>12.93</v>
       </c>
-      <c r="AH22" s="14" t="n">
+      <c r="AI22" s="14" t="n">
         <v>13.13</v>
       </c>
-      <c r="AI22" s="14" t="n">
+      <c r="AJ22" s="14" t="n">
         <v>13.32</v>
       </c>
-      <c r="AJ22" s="14" t="n">
+      <c r="AK22" s="14" t="n">
         <v>13.54</v>
       </c>
-      <c r="AK22" s="14" t="n">
+      <c r="AL22" s="14" t="n">
         <v>13.62</v>
       </c>
-      <c r="AL22" s="14" t="n">
+      <c r="AM22" s="14" t="n">
         <v>13.75</v>
       </c>
-      <c r="AM22" s="14" t="n">
+      <c r="AN22" s="14" t="n">
         <v>13.83</v>
       </c>
-      <c r="AN22" s="14" t="n">
+      <c r="AO22" s="14" t="n">
         <v>14.54</v>
       </c>
-      <c r="AO22" s="14" t="n">
+      <c r="AP22" s="14" t="n">
         <v>14.99</v>
       </c>
-      <c r="AP22" s="14" t="n">
+      <c r="AQ22" s="14" t="n">
         <v>15.64</v>
       </c>
-      <c r="AQ22" s="14" t="n">
+      <c r="AR22" s="14" t="n">
         <v>17.07</v>
       </c>
-      <c r="AR22" s="14" t="n">
+      <c r="AS22" s="14" t="n">
         <v>17.47</v>
       </c>
-      <c r="AS22" s="14" t="n">
+      <c r="AT22" s="14" t="n">
         <v>19.19</v>
       </c>
-      <c r="AT22" s="14" t="n">
+      <c r="AU22" s="14" t="n">
         <v>20.0</v>
       </c>
-      <c r="AU22" s="14" t="n">
+      <c r="AV22" s="14" t="n">
         <v>20.45</v>
       </c>
-      <c r="AV22" s="14" t="n">
+      <c r="AW22" s="14" t="n">
         <v>20.91</v>
       </c>
-      <c r="AW22" s="14" t="n">
+      <c r="AX22" s="14" t="n">
         <v>21.8</v>
       </c>
-      <c r="AX22" s="14" t="n">
+      <c r="AY22" s="14" t="n">
         <v>20.78</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="6" t="inlineStr">
         <is>
           <t>15 Navarra, Comunidad Foral de</t>
         </is>
       </c>
       <c r="B23" s="14" t="n">
+        <v>6.71</v>
+      </c>
+      <c r="C23" s="14" t="n">
         <v>6.66</v>
       </c>
-      <c r="C23" s="14" t="n">
+      <c r="D23" s="14" t="n">
         <v>7.12</v>
       </c>
-      <c r="D23" s="14" t="n">
+      <c r="E23" s="14" t="n">
         <v>7.71</v>
       </c>
-      <c r="E23" s="14" t="n">
+      <c r="F23" s="14" t="n">
         <v>7.62</v>
       </c>
-      <c r="F23" s="14" t="n">
+      <c r="G23" s="14" t="n">
         <v>8.19</v>
       </c>
-      <c r="G23" s="14" t="n">
+      <c r="H23" s="14" t="n">
         <v>8.32</v>
       </c>
-      <c r="H23" s="14" t="n">
+      <c r="I23" s="14" t="n">
         <v>8.93</v>
       </c>
-      <c r="I23" s="14" t="n">
+      <c r="J23" s="14" t="n">
         <v>9.21</v>
       </c>
-      <c r="J23" s="14" t="n">
+      <c r="K23" s="14" t="n">
         <v>9.42</v>
       </c>
-      <c r="K23" s="14" t="n">
+      <c r="L23" s="14" t="n">
         <v>9.71</v>
       </c>
-      <c r="L23" s="14" t="n">
+      <c r="M23" s="14" t="n">
         <v>9.53</v>
       </c>
-      <c r="M23" s="14" t="n">
+      <c r="N23" s="14" t="n">
         <v>10.53</v>
       </c>
-      <c r="N23" s="14" t="n">
+      <c r="O23" s="14" t="n">
         <v>10.57</v>
       </c>
-      <c r="O23" s="14" t="n">
+      <c r="P23" s="14" t="n">
         <v>10.67</v>
       </c>
-      <c r="P23" s="14" t="n">
+      <c r="Q23" s="14" t="n">
         <v>10.86</v>
       </c>
-      <c r="Q23" s="14" t="n">
+      <c r="R23" s="14" t="n">
         <v>11.3</v>
       </c>
-      <c r="R23" s="14" t="n">
+      <c r="S23" s="14" t="n">
         <v>10.82</v>
       </c>
-      <c r="S23" s="14" t="n">
+      <c r="T23" s="14" t="n">
         <v>10.98</v>
       </c>
-      <c r="T23" s="14" t="n">
+      <c r="U23" s="14" t="n">
         <v>10.46</v>
       </c>
-      <c r="U23" s="14" t="n">
+      <c r="V23" s="14" t="n">
         <v>10.85</v>
       </c>
-      <c r="V23" s="14" t="n">
+      <c r="W23" s="14" t="n">
         <v>10.8</v>
       </c>
-      <c r="W23" s="14" t="n">
+      <c r="X23" s="14" t="n">
         <v>10.31</v>
       </c>
-      <c r="X23" s="14" t="n">
+      <c r="Y23" s="14" t="n">
         <v>10.3</v>
       </c>
-      <c r="Y23" s="14" t="n">
+      <c r="Z23" s="14" t="n">
         <v>9.57</v>
       </c>
-      <c r="Z23" s="14" t="n">
+      <c r="AA23" s="14" t="n">
         <v>9.37</v>
       </c>
-      <c r="AA23" s="14" t="n">
+      <c r="AB23" s="14" t="n">
         <v>9.12</v>
       </c>
-      <c r="AB23" s="14" t="n">
+      <c r="AC23" s="14" t="n">
         <v>9.2</v>
       </c>
-      <c r="AC23" s="14" t="n">
+      <c r="AD23" s="14" t="n">
         <v>9.0</v>
       </c>
-      <c r="AD23" s="14" t="n">
+      <c r="AE23" s="14" t="n">
         <v>8.68</v>
       </c>
-      <c r="AE23" s="14" t="n">
+      <c r="AF23" s="14" t="n">
         <v>8.77</v>
       </c>
-      <c r="AF23" s="14" t="n">
+      <c r="AG23" s="14" t="n">
         <v>8.9</v>
       </c>
-      <c r="AG23" s="14" t="n">
+      <c r="AH23" s="14" t="n">
         <v>8.69</v>
       </c>
-      <c r="AH23" s="14" t="n">
+      <c r="AI23" s="14" t="n">
         <v>9.2</v>
       </c>
-      <c r="AI23" s="14" t="n">
+      <c r="AJ23" s="14" t="n">
         <v>9.27</v>
       </c>
-      <c r="AJ23" s="14" t="n">
+      <c r="AK23" s="14" t="n">
         <v>9.36</v>
       </c>
-      <c r="AK23" s="14" t="n">
+      <c r="AL23" s="14" t="n">
         <v>9.51</v>
       </c>
-      <c r="AL23" s="14" t="n">
+      <c r="AM23" s="14" t="n">
         <v>9.26</v>
       </c>
-      <c r="AM23" s="14" t="n">
+      <c r="AN23" s="14" t="n">
         <v>9.98</v>
       </c>
-      <c r="AN23" s="14" t="n">
+      <c r="AO23" s="14" t="n">
         <v>10.28</v>
       </c>
-      <c r="AO23" s="14" t="n">
+      <c r="AP23" s="14" t="n">
         <v>11.0</v>
       </c>
-      <c r="AP23" s="14" t="n">
+      <c r="AQ23" s="14" t="n">
         <v>11.41</v>
       </c>
-      <c r="AQ23" s="14" t="n">
+      <c r="AR23" s="14" t="n">
         <v>12.17</v>
       </c>
-      <c r="AR23" s="14" t="n">
+      <c r="AS23" s="14" t="n">
         <v>13.09</v>
       </c>
-      <c r="AS23" s="14" t="n">
+      <c r="AT23" s="14" t="n">
         <v>13.84</v>
       </c>
-      <c r="AT23" s="14" t="n">
+      <c r="AU23" s="14" t="n">
         <v>14.66</v>
       </c>
-      <c r="AU23" s="14" t="n">
+      <c r="AV23" s="14" t="n">
         <v>15.72</v>
       </c>
-      <c r="AV23" s="14" t="n">
+      <c r="AW23" s="14" t="n">
         <v>16.83</v>
       </c>
-      <c r="AW23" s="14" t="n">
+      <c r="AX23" s="14" t="n">
         <v>17.61</v>
       </c>
-      <c r="AX23" s="14" t="n">
+      <c r="AY23" s="14" t="n">
         <v>17.83</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="6" t="inlineStr">
         <is>
           <t>16 País Vasco</t>
         </is>
       </c>
       <c r="B24" s="14" t="n">
+        <v>5.79</v>
+      </c>
+      <c r="C24" s="14" t="n">
         <v>6.06</v>
       </c>
-      <c r="C24" s="14" t="n">
+      <c r="D24" s="14" t="n">
         <v>6.18</v>
       </c>
-      <c r="D24" s="14" t="n">
+      <c r="E24" s="14" t="n">
         <v>6.46</v>
       </c>
-      <c r="E24" s="14" t="n">
+      <c r="F24" s="14" t="n">
         <v>6.66</v>
       </c>
-      <c r="F24" s="14" t="n">
+      <c r="G24" s="14" t="n">
         <v>7.01</v>
       </c>
-      <c r="G24" s="14" t="n">
+      <c r="H24" s="14" t="n">
         <v>7.35</v>
       </c>
-      <c r="H24" s="14" t="n">
+      <c r="I24" s="14" t="n">
         <v>7.83</v>
       </c>
-      <c r="I24" s="14" t="n">
+      <c r="J24" s="14" t="n">
         <v>8.38</v>
       </c>
-      <c r="J24" s="14" t="n">
+      <c r="K24" s="14" t="n">
         <v>8.68</v>
       </c>
-      <c r="K24" s="14" t="n">
+      <c r="L24" s="14" t="n">
         <v>8.92</v>
       </c>
-      <c r="L24" s="14" t="n">
+      <c r="M24" s="14" t="n">
         <v>8.79</v>
       </c>
-      <c r="M24" s="14" t="n">
+      <c r="N24" s="14" t="n">
         <v>9.42</v>
       </c>
-      <c r="N24" s="14" t="n">
+      <c r="O24" s="14" t="n">
         <v>9.69</v>
       </c>
-      <c r="O24" s="14" t="n">
+      <c r="P24" s="14" t="n">
         <v>9.71</v>
       </c>
-      <c r="P24" s="14" t="n">
+      <c r="Q24" s="14" t="n">
         <v>9.6</v>
       </c>
-      <c r="Q24" s="14" t="n">
+      <c r="R24" s="14" t="n">
         <v>9.83</v>
       </c>
-      <c r="R24" s="14" t="n">
+      <c r="S24" s="14" t="n">
         <v>9.57</v>
       </c>
-      <c r="S24" s="14" t="n">
+      <c r="T24" s="14" t="n">
         <v>9.38</v>
-      </c>
-[...1 lines deleted...]
-        <v>9.29</v>
       </c>
       <c r="U24" s="14" t="n">
         <v>9.29</v>
       </c>
       <c r="V24" s="14" t="n">
+        <v>9.29</v>
+      </c>
+      <c r="W24" s="14" t="n">
         <v>9.19</v>
       </c>
-      <c r="W24" s="14" t="n">
+      <c r="X24" s="14" t="n">
         <v>8.69</v>
       </c>
-      <c r="X24" s="14" t="n">
+      <c r="Y24" s="14" t="n">
         <v>8.47</v>
       </c>
-      <c r="Y24" s="14" t="n">
+      <c r="Z24" s="14" t="n">
         <v>8.31</v>
       </c>
-      <c r="Z24" s="14" t="n">
+      <c r="AA24" s="14" t="n">
         <v>8.05</v>
       </c>
-      <c r="AA24" s="14" t="n">
+      <c r="AB24" s="14" t="n">
         <v>7.72</v>
       </c>
-      <c r="AB24" s="14" t="n">
+      <c r="AC24" s="14" t="n">
         <v>7.81</v>
       </c>
-      <c r="AC24" s="14" t="n">
+      <c r="AD24" s="14" t="n">
         <v>7.64</v>
       </c>
-      <c r="AD24" s="14" t="n">
+      <c r="AE24" s="14" t="n">
         <v>7.32</v>
       </c>
-      <c r="AE24" s="14" t="n">
+      <c r="AF24" s="14" t="n">
         <v>7.27</v>
       </c>
-      <c r="AF24" s="14" t="n">
+      <c r="AG24" s="14" t="n">
         <v>7.56</v>
       </c>
-      <c r="AG24" s="14" t="n">
+      <c r="AH24" s="14" t="n">
         <v>7.77</v>
       </c>
-      <c r="AH24" s="14" t="n">
+      <c r="AI24" s="14" t="n">
         <v>7.74</v>
       </c>
-      <c r="AI24" s="14" t="n">
+      <c r="AJ24" s="14" t="n">
         <v>7.79</v>
       </c>
-      <c r="AJ24" s="14" t="n">
+      <c r="AK24" s="14" t="n">
         <v>8.07</v>
       </c>
-      <c r="AK24" s="14" t="n">
+      <c r="AL24" s="14" t="n">
         <v>8.53</v>
       </c>
-      <c r="AL24" s="14" t="n">
+      <c r="AM24" s="14" t="n">
         <v>8.76</v>
       </c>
-      <c r="AM24" s="14" t="n">
+      <c r="AN24" s="14" t="n">
         <v>9.46</v>
       </c>
-      <c r="AN24" s="14" t="n">
+      <c r="AO24" s="14" t="n">
         <v>9.77</v>
       </c>
-      <c r="AO24" s="14" t="n">
+      <c r="AP24" s="14" t="n">
         <v>10.43</v>
       </c>
-      <c r="AP24" s="14" t="n">
+      <c r="AQ24" s="14" t="n">
         <v>11.13</v>
       </c>
-      <c r="AQ24" s="14" t="n">
+      <c r="AR24" s="14" t="n">
         <v>11.95</v>
       </c>
-      <c r="AR24" s="14" t="n">
+      <c r="AS24" s="14" t="n">
         <v>12.71</v>
       </c>
-      <c r="AS24" s="14" t="n">
+      <c r="AT24" s="14" t="n">
         <v>13.52</v>
       </c>
-      <c r="AT24" s="14" t="n">
+      <c r="AU24" s="14" t="n">
         <v>15.07</v>
       </c>
-      <c r="AU24" s="14" t="n">
+      <c r="AV24" s="14" t="n">
         <v>17.06</v>
       </c>
-      <c r="AV24" s="14" t="n">
+      <c r="AW24" s="14" t="n">
         <v>18.81</v>
       </c>
-      <c r="AW24" s="14" t="n">
+      <c r="AX24" s="14" t="n">
         <v>20.21</v>
       </c>
-      <c r="AX24" s="14" t="n">
+      <c r="AY24" s="14" t="n">
         <v>19.78</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="6" t="inlineStr">
         <is>
           <t>17 Rioja, La</t>
         </is>
       </c>
       <c r="B25" s="14" t="n">
+        <v>6.3</v>
+      </c>
+      <c r="C25" s="14" t="n">
         <v>6.18</v>
       </c>
-      <c r="C25" s="14" t="n">
+      <c r="D25" s="14" t="n">
         <v>6.83</v>
       </c>
-      <c r="D25" s="14" t="n">
+      <c r="E25" s="14" t="n">
         <v>6.86</v>
       </c>
-      <c r="E25" s="14" t="n">
+      <c r="F25" s="14" t="n">
         <v>7.26</v>
       </c>
-      <c r="F25" s="14" t="n">
+      <c r="G25" s="14" t="n">
         <v>7.6</v>
       </c>
-      <c r="G25" s="14" t="n">
+      <c r="H25" s="14" t="n">
         <v>7.4</v>
       </c>
-      <c r="H25" s="14" t="n">
+      <c r="I25" s="14" t="n">
         <v>8.17</v>
       </c>
-      <c r="I25" s="14" t="n">
+      <c r="J25" s="14" t="n">
         <v>8.48</v>
       </c>
-      <c r="J25" s="14" t="n">
+      <c r="K25" s="14" t="n">
         <v>8.7</v>
       </c>
-      <c r="K25" s="14" t="n">
+      <c r="L25" s="14" t="n">
         <v>9.0</v>
       </c>
-      <c r="L25" s="14" t="n">
+      <c r="M25" s="14" t="n">
         <v>9.15</v>
       </c>
-      <c r="M25" s="14" t="n">
+      <c r="N25" s="14" t="n">
         <v>9.96</v>
       </c>
-      <c r="N25" s="14" t="n">
+      <c r="O25" s="14" t="n">
         <v>9.88</v>
       </c>
-      <c r="O25" s="14" t="n">
+      <c r="P25" s="14" t="n">
         <v>10.55</v>
       </c>
-      <c r="P25" s="14" t="n">
+      <c r="Q25" s="14" t="n">
         <v>10.41</v>
       </c>
-      <c r="Q25" s="14" t="n">
+      <c r="R25" s="14" t="n">
         <v>11.05</v>
       </c>
-      <c r="R25" s="14" t="n">
+      <c r="S25" s="14" t="n">
         <v>10.47</v>
       </c>
-      <c r="S25" s="14" t="n">
+      <c r="T25" s="14" t="n">
         <v>10.07</v>
       </c>
-      <c r="T25" s="14" t="n">
+      <c r="U25" s="14" t="n">
         <v>10.11</v>
       </c>
-      <c r="U25" s="14" t="n">
+      <c r="V25" s="14" t="n">
         <v>9.99</v>
       </c>
-      <c r="V25" s="14" t="n">
+      <c r="W25" s="14" t="n">
         <v>9.98</v>
       </c>
-      <c r="W25" s="14" t="n">
+      <c r="X25" s="14" t="n">
         <v>9.16</v>
       </c>
-      <c r="X25" s="14" t="n">
+      <c r="Y25" s="14" t="n">
         <v>8.73</v>
       </c>
-      <c r="Y25" s="14" t="n">
+      <c r="Z25" s="14" t="n">
         <v>8.55</v>
       </c>
-      <c r="Z25" s="14" t="n">
+      <c r="AA25" s="14" t="n">
         <v>8.33</v>
       </c>
-      <c r="AA25" s="14" t="n">
+      <c r="AB25" s="14" t="n">
         <v>8.1</v>
       </c>
-      <c r="AB25" s="14" t="n">
+      <c r="AC25" s="14" t="n">
         <v>8.03</v>
       </c>
-      <c r="AC25" s="14" t="n">
+      <c r="AD25" s="14" t="n">
         <v>7.79</v>
       </c>
-      <c r="AD25" s="14" t="n">
+      <c r="AE25" s="14" t="n">
         <v>7.67</v>
       </c>
-      <c r="AE25" s="14" t="n">
+      <c r="AF25" s="14" t="n">
         <v>8.12</v>
       </c>
-      <c r="AF25" s="14" t="n">
+      <c r="AG25" s="14" t="n">
         <v>8.06</v>
       </c>
-      <c r="AG25" s="14" t="n">
+      <c r="AH25" s="14" t="n">
         <v>8.17</v>
       </c>
-      <c r="AH25" s="14" t="n">
+      <c r="AI25" s="14" t="n">
         <v>8.43</v>
       </c>
-      <c r="AI25" s="14" t="n">
+      <c r="AJ25" s="14" t="n">
         <v>8.81</v>
       </c>
-      <c r="AJ25" s="14" t="n">
+      <c r="AK25" s="14" t="n">
         <v>9.09</v>
       </c>
-      <c r="AK25" s="14" t="n">
+      <c r="AL25" s="14" t="n">
         <v>9.41</v>
-      </c>
-[...1 lines deleted...]
-        <v>9.38</v>
       </c>
       <c r="AM25" s="14" t="n">
         <v>9.38</v>
       </c>
       <c r="AN25" s="14" t="n">
+        <v>9.38</v>
+      </c>
+      <c r="AO25" s="14" t="n">
         <v>10.48</v>
       </c>
-      <c r="AO25" s="14" t="n">
+      <c r="AP25" s="14" t="n">
         <v>10.75</v>
       </c>
-      <c r="AP25" s="14" t="n">
+      <c r="AQ25" s="14" t="n">
         <v>11.35</v>
       </c>
-      <c r="AQ25" s="14" t="n">
+      <c r="AR25" s="14" t="n">
         <v>12.25</v>
       </c>
-      <c r="AR25" s="14" t="n">
+      <c r="AS25" s="14" t="n">
         <v>12.5</v>
       </c>
-      <c r="AS25" s="14" t="n">
+      <c r="AT25" s="14" t="n">
         <v>13.84</v>
       </c>
-      <c r="AT25" s="14" t="n">
+      <c r="AU25" s="14" t="n">
         <v>14.63</v>
       </c>
-      <c r="AU25" s="14" t="n">
+      <c r="AV25" s="14" t="n">
         <v>15.42</v>
       </c>
-      <c r="AV25" s="14" t="n">
+      <c r="AW25" s="14" t="n">
         <v>15.37</v>
       </c>
-      <c r="AW25" s="14" t="n">
+      <c r="AX25" s="14" t="n">
         <v>17.42</v>
       </c>
-      <c r="AX25" s="14" t="n">
+      <c r="AY25" s="14" t="n">
         <v>15.95</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="6" t="inlineStr">
         <is>
           <t>18 Ceuta</t>
         </is>
       </c>
       <c r="B26" s="14" t="n">
         <v>8.22</v>
       </c>
       <c r="C26" s="14" t="n">
+        <v>8.22</v>
+      </c>
+      <c r="D26" s="14" t="n">
         <v>8.77</v>
       </c>
-      <c r="D26" s="14" t="n">
+      <c r="E26" s="14" t="n">
         <v>8.6</v>
       </c>
-      <c r="E26" s="14" t="n">
+      <c r="F26" s="14" t="n">
         <v>9.98</v>
       </c>
-      <c r="F26" s="14" t="n">
+      <c r="G26" s="14" t="n">
         <v>9.92</v>
       </c>
-      <c r="G26" s="14" t="n">
+      <c r="H26" s="14" t="n">
         <v>11.41</v>
       </c>
-      <c r="H26" s="14" t="n">
+      <c r="I26" s="14" t="n">
         <v>12.28</v>
       </c>
-      <c r="I26" s="14" t="n">
+      <c r="J26" s="14" t="n">
         <v>12.52</v>
       </c>
-      <c r="J26" s="14" t="n">
+      <c r="K26" s="14" t="n">
         <v>12.99</v>
       </c>
-      <c r="K26" s="14" t="n">
+      <c r="L26" s="14" t="n">
         <v>14.23</v>
       </c>
-      <c r="L26" s="14" t="n">
+      <c r="M26" s="14" t="n">
         <v>12.86</v>
       </c>
-      <c r="M26" s="14" t="n">
+      <c r="N26" s="14" t="n">
         <v>13.4</v>
       </c>
-      <c r="N26" s="14" t="n">
+      <c r="O26" s="14" t="n">
         <v>14.06</v>
       </c>
-      <c r="O26" s="14" t="n">
+      <c r="P26" s="14" t="n">
         <v>14.79</v>
       </c>
-      <c r="P26" s="14" t="n">
+      <c r="Q26" s="14" t="n">
         <v>14.81</v>
       </c>
-      <c r="Q26" s="14" t="n">
+      <c r="R26" s="14" t="n">
         <v>15.37</v>
       </c>
-      <c r="R26" s="14" t="n">
+      <c r="S26" s="14" t="n">
         <v>15.24</v>
       </c>
-      <c r="S26" s="14" t="n">
+      <c r="T26" s="14" t="n">
         <v>14.2</v>
       </c>
-      <c r="T26" s="14" t="n">
+      <c r="U26" s="14" t="n">
         <v>14.75</v>
       </c>
-      <c r="U26" s="14" t="n">
+      <c r="V26" s="14" t="n">
         <v>14.82</v>
       </c>
-      <c r="V26" s="14" t="n">
+      <c r="W26" s="14" t="n">
         <v>14.26</v>
       </c>
-      <c r="W26" s="14" t="n">
+      <c r="X26" s="14" t="n">
         <v>14.44</v>
       </c>
-      <c r="X26" s="14" t="n">
+      <c r="Y26" s="14" t="n">
         <v>13.75</v>
       </c>
-      <c r="Y26" s="14" t="n">
+      <c r="Z26" s="14" t="n">
         <v>14.03</v>
       </c>
-      <c r="Z26" s="14" t="n">
+      <c r="AA26" s="14" t="n">
         <v>14.43</v>
       </c>
-      <c r="AA26" s="14" t="n">
+      <c r="AB26" s="14" t="n">
         <v>13.93</v>
       </c>
-      <c r="AB26" s="14" t="n">
+      <c r="AC26" s="14" t="n">
         <v>14.67</v>
       </c>
-      <c r="AC26" s="14" t="n">
+      <c r="AD26" s="14" t="n">
         <v>13.78</v>
       </c>
-      <c r="AD26" s="14" t="n">
+      <c r="AE26" s="14" t="n">
         <v>15.18</v>
       </c>
-      <c r="AE26" s="14" t="n">
+      <c r="AF26" s="14" t="n">
         <v>14.58</v>
       </c>
-      <c r="AF26" s="14" t="n">
+      <c r="AG26" s="14" t="n">
         <v>16.43</v>
       </c>
-      <c r="AG26" s="14" t="n">
+      <c r="AH26" s="14" t="n">
         <v>15.89</v>
       </c>
-      <c r="AH26" s="14" t="n">
+      <c r="AI26" s="14" t="n">
         <v>15.55</v>
       </c>
-      <c r="AI26" s="14" t="n">
+      <c r="AJ26" s="14" t="n">
         <v>14.72</v>
       </c>
-      <c r="AJ26" s="14" t="n">
+      <c r="AK26" s="14" t="n">
         <v>15.74</v>
       </c>
-      <c r="AK26" s="14" t="n">
+      <c r="AL26" s="14" t="n">
         <v>16.92</v>
       </c>
-      <c r="AL26" s="14" t="n">
+      <c r="AM26" s="14" t="n">
         <v>15.97</v>
       </c>
-      <c r="AM26" s="14" t="n">
+      <c r="AN26" s="14" t="n">
         <v>15.5</v>
       </c>
-      <c r="AN26" s="14" t="n">
+      <c r="AO26" s="14" t="n">
         <v>16.68</v>
       </c>
-      <c r="AO26" s="14" t="n">
+      <c r="AP26" s="14" t="n">
         <v>15.5</v>
       </c>
-      <c r="AP26" s="14" t="n">
+      <c r="AQ26" s="14" t="n">
         <v>16.33</v>
       </c>
-      <c r="AQ26" s="14" t="n">
+      <c r="AR26" s="14" t="n">
         <v>16.55</v>
       </c>
-      <c r="AR26" s="14" t="n">
+      <c r="AS26" s="14" t="n">
         <v>17.65</v>
       </c>
-      <c r="AS26" s="14" t="n">
+      <c r="AT26" s="14" t="n">
         <v>17.84</v>
       </c>
-      <c r="AT26" s="14" t="n">
+      <c r="AU26" s="14" t="n">
         <v>18.44</v>
       </c>
-      <c r="AU26" s="14" t="n">
+      <c r="AV26" s="14" t="n">
         <v>19.48</v>
       </c>
-      <c r="AV26" s="14" t="n">
+      <c r="AW26" s="14" t="n">
         <v>19.13</v>
       </c>
-      <c r="AW26" s="14" t="n">
+      <c r="AX26" s="14" t="n">
         <v>20.14</v>
       </c>
-      <c r="AX26" s="14" t="n">
+      <c r="AY26" s="14" t="n">
         <v>20.69</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="6" t="inlineStr">
         <is>
           <t>19 Melilla</t>
         </is>
       </c>
       <c r="B27" s="14" t="n">
+        <v>9.19</v>
+      </c>
+      <c r="C27" s="14" t="n">
         <v>8.99</v>
       </c>
-      <c r="C27" s="14" t="n">
+      <c r="D27" s="14" t="n">
         <v>10.49</v>
       </c>
-      <c r="D27" s="14" t="n">
+      <c r="E27" s="14" t="n">
         <v>10.89</v>
       </c>
-      <c r="E27" s="14" t="n">
+      <c r="F27" s="14" t="n">
         <v>11.11</v>
       </c>
-      <c r="F27" s="14" t="n">
+      <c r="G27" s="14" t="n">
         <v>14.32</v>
       </c>
-      <c r="G27" s="14" t="n">
+      <c r="H27" s="14" t="n">
         <v>15.55</v>
       </c>
-      <c r="H27" s="14" t="n">
+      <c r="I27" s="14" t="n">
         <v>15.6</v>
       </c>
-      <c r="I27" s="14" t="n">
+      <c r="J27" s="14" t="n">
         <v>17.02</v>
       </c>
-      <c r="J27" s="14" t="n">
+      <c r="K27" s="14" t="n">
         <v>17.71</v>
       </c>
-      <c r="K27" s="14" t="n">
+      <c r="L27" s="14" t="n">
         <v>19.25</v>
       </c>
-      <c r="L27" s="14" t="n">
+      <c r="M27" s="14" t="n">
         <v>18.0</v>
       </c>
-      <c r="M27" s="14" t="n">
+      <c r="N27" s="14" t="n">
         <v>18.33</v>
       </c>
-      <c r="N27" s="14" t="n">
+      <c r="O27" s="14" t="n">
         <v>18.15</v>
       </c>
-      <c r="O27" s="14" t="n">
+      <c r="P27" s="14" t="n">
         <v>17.55</v>
       </c>
-      <c r="P27" s="14" t="n">
+      <c r="Q27" s="14" t="n">
         <v>17.09</v>
       </c>
-      <c r="Q27" s="14" t="n">
+      <c r="R27" s="14" t="n">
         <v>17.34</v>
       </c>
-      <c r="R27" s="14" t="n">
+      <c r="S27" s="14" t="n">
         <v>15.87</v>
       </c>
-      <c r="S27" s="14" t="n">
+      <c r="T27" s="14" t="n">
         <v>16.52</v>
       </c>
-      <c r="T27" s="14" t="n">
+      <c r="U27" s="14" t="n">
         <v>15.25</v>
       </c>
-      <c r="U27" s="14" t="n">
+      <c r="V27" s="14" t="n">
         <v>15.39</v>
       </c>
-      <c r="V27" s="14" t="n">
+      <c r="W27" s="14" t="n">
         <v>17.04</v>
       </c>
-      <c r="W27" s="14" t="n">
+      <c r="X27" s="14" t="n">
         <v>16.02</v>
       </c>
-      <c r="X27" s="14" t="n">
+      <c r="Y27" s="14" t="n">
         <v>17.13</v>
       </c>
-      <c r="Y27" s="14" t="n">
+      <c r="Z27" s="14" t="n">
         <v>16.91</v>
       </c>
-      <c r="Z27" s="14" t="n">
+      <c r="AA27" s="14" t="n">
         <v>16.09</v>
-      </c>
-[...1 lines deleted...]
-        <v>16.5</v>
       </c>
       <c r="AB27" s="14" t="n">
         <v>16.5</v>
       </c>
       <c r="AC27" s="14" t="n">
+        <v>16.5</v>
+      </c>
+      <c r="AD27" s="14" t="n">
         <v>16.46</v>
       </c>
-      <c r="AD27" s="14" t="n">
+      <c r="AE27" s="14" t="n">
         <v>17.52</v>
       </c>
-      <c r="AE27" s="14" t="n">
+      <c r="AF27" s="14" t="n">
         <v>17.53</v>
       </c>
-      <c r="AF27" s="14" t="n">
+      <c r="AG27" s="14" t="n">
         <v>19.05</v>
       </c>
-      <c r="AG27" s="14" t="n">
+      <c r="AH27" s="14" t="n">
         <v>19.85</v>
       </c>
-      <c r="AH27" s="14" t="n">
+      <c r="AI27" s="14" t="n">
         <v>17.75</v>
       </c>
-      <c r="AI27" s="14" t="n">
+      <c r="AJ27" s="14" t="n">
         <v>17.98</v>
       </c>
-      <c r="AJ27" s="14" t="n">
+      <c r="AK27" s="14" t="n">
         <v>17.73</v>
       </c>
-      <c r="AK27" s="14" t="n">
+      <c r="AL27" s="14" t="n">
         <v>18.67</v>
       </c>
-      <c r="AL27" s="14" t="n">
+      <c r="AM27" s="14" t="n">
         <v>17.14</v>
       </c>
-      <c r="AM27" s="14" t="n">
+      <c r="AN27" s="14" t="n">
         <v>17.72</v>
       </c>
-      <c r="AN27" s="14" t="n">
+      <c r="AO27" s="14" t="n">
         <v>17.79</v>
       </c>
-      <c r="AO27" s="14" t="n">
+      <c r="AP27" s="14" t="n">
         <v>16.98</v>
       </c>
-      <c r="AP27" s="14" t="n">
+      <c r="AQ27" s="14" t="n">
         <v>17.44</v>
       </c>
-      <c r="AQ27" s="14" t="n">
+      <c r="AR27" s="14" t="n">
         <v>16.92</v>
       </c>
-      <c r="AR27" s="14" t="n">
+      <c r="AS27" s="14" t="n">
         <v>15.4</v>
       </c>
-      <c r="AS27" s="14" t="n">
+      <c r="AT27" s="14" t="n">
         <v>16.21</v>
       </c>
-      <c r="AT27" s="14" t="n">
+      <c r="AU27" s="14" t="n">
         <v>14.79</v>
       </c>
-      <c r="AU27" s="14" t="n">
+      <c r="AV27" s="14" t="n">
         <v>14.86</v>
       </c>
-      <c r="AV27" s="14" t="n">
+      <c r="AW27" s="14" t="n">
         <v>15.04</v>
       </c>
-      <c r="AW27" s="14" t="n">
+      <c r="AX27" s="14" t="n">
         <v>14.69</v>
       </c>
-      <c r="AX27" s="14" t="n">
+      <c r="AY27" s="14" t="n">
         <v>12.63</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="inlineStr">
         <is>
           <t>Notas:</t>
         </is>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="5" t="inlineStr">
         <is>
           <t xml:space="preserve">Fuente: </t>
         </is>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
   </sheetData>