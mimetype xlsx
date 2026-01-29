--- v1 (2025-12-13)
+++ v2 (2026-01-29)
@@ -374,51 +374,51 @@
       <c r="H3" s="11"/>
       <c r="I3" s="11"/>
       <c r="J3" s="11"/>
       <c r="K3" s="11"/>
     </row>
     <row r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Gross Birth Rate by Autonomous Community</t>
         </is>
       </c>
       <c r="B4" s="3"/>
       <c r="C4" s="3"/>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
       <c r="F4" s="3"/>
       <c r="G4" s="3"/>
       <c r="H4" s="3"/>
       <c r="I4" s="3"/>
       <c r="J4" s="3"/>
       <c r="K4" s="3"/>
     </row>
     <row r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
-          <t>Unidades: Births per 1,000 inhabitants</t>
+          <t>Units: Births per 1,000 inhabitants</t>
         </is>
       </c>
       <c r="B5" s="4"/>
       <c r="C5" s="4"/>
       <c r="D5" s="4"/>
       <c r="E5" s="4"/>
       <c r="F5" s="4"/>
       <c r="G5" s="4"/>
       <c r="H5" s="4"/>
       <c r="I5" s="4"/>
       <c r="J5" s="4"/>
       <c r="K5" s="4"/>
     </row>
     <row r="6">
       <c r="A6" s="11" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="B6" s="11"/>
       <c r="C6" s="11"/>
       <c r="D6" s="11"/>
       <c r="E6" s="11"/>
       <c r="F6" s="11"/>
       <c r="G6" s="11"/>
@@ -3805,65 +3805,65 @@
       <c r="AS27" s="14" t="n">
         <v>15.4</v>
       </c>
       <c r="AT27" s="14" t="n">
         <v>16.21</v>
       </c>
       <c r="AU27" s="14" t="n">
         <v>14.79</v>
       </c>
       <c r="AV27" s="14" t="n">
         <v>14.86</v>
       </c>
       <c r="AW27" s="14" t="n">
         <v>15.04</v>
       </c>
       <c r="AX27" s="14" t="n">
         <v>14.69</v>
       </c>
       <c r="AY27" s="14" t="n">
         <v>12.63</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="inlineStr">
         <is>
-          <t>Notas:</t>
+          <t>Notes:</t>
         </is>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="5" t="inlineStr">
         <is>
-          <t xml:space="preserve">Fuente: </t>
+          <t xml:space="preserve">Source: </t>
         </is>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
-          <t/>
+          <t>National Statistics Institute</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A5:K5"/>
     <mergeCell ref="A6:K6"/>
   </mergeCells>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>