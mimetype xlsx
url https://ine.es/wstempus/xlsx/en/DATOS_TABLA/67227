--- v1 (2025-12-13)
+++ v2 (2026-01-29)
@@ -574,51 +574,51 @@
       <c r="H3" s="11"/>
       <c r="I3" s="11"/>
       <c r="J3" s="11"/>
       <c r="K3" s="11"/>
     </row>
     <row r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Short-term fertility indicator by province and order of birth</t>
         </is>
       </c>
       <c r="B4" s="3"/>
       <c r="C4" s="3"/>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
       <c r="F4" s="3"/>
       <c r="G4" s="3"/>
       <c r="H4" s="3"/>
       <c r="I4" s="3"/>
       <c r="J4" s="3"/>
       <c r="K4" s="3"/>
     </row>
     <row r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
-          <t>Unidades: Children per woman</t>
+          <t>Units: Children per woman</t>
         </is>
       </c>
       <c r="B5" s="4"/>
       <c r="C5" s="4"/>
       <c r="D5" s="4"/>
       <c r="E5" s="4"/>
       <c r="F5" s="4"/>
       <c r="G5" s="4"/>
       <c r="H5" s="4"/>
       <c r="I5" s="4"/>
       <c r="J5" s="4"/>
       <c r="K5" s="4"/>
     </row>
     <row r="6">
       <c r="A6" s="11" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="B6" s="11"/>
       <c r="C6" s="11"/>
       <c r="D6" s="11"/>
       <c r="E6" s="11"/>
       <c r="F6" s="11"/>
       <c r="G6" s="11"/>
@@ -42399,72 +42399,72 @@
       <c r="IK61" s="14" t="n">
         <v>0.47</v>
       </c>
       <c r="IL61" s="14" t="n">
         <v>0.38</v>
       </c>
       <c r="IM61" s="14" t="n">
         <v>0.44</v>
       </c>
       <c r="IN61" s="14" t="n">
         <v>0.47</v>
       </c>
       <c r="IO61" s="14" t="n">
         <v>0.52</v>
       </c>
       <c r="IP61" s="14" t="n">
         <v>0.49</v>
       </c>
       <c r="IQ61" s="14" t="n">
         <v>0.45</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="5" t="inlineStr">
         <is>
-          <t>Notas:</t>
+          <t>Notes:</t>
         </is>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr">
         <is>
           <t>Procedimientos de revisión de resultados de la operación estadística IDB han detectado discrepancias en los datos en esta tabla. Corrigiéndose a fecha 9 de febrero de 2022 para los años comprendidos entre 1996 y 2006.</t>
         </is>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="5" t="inlineStr">
         <is>
-          <t xml:space="preserve">Fuente: </t>
+          <t xml:space="preserve">Source: </t>
         </is>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr">
         <is>
-          <t/>
+          <t>National Statistics Institute</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="11">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A5:K5"/>
     <mergeCell ref="A6:K6"/>
     <mergeCell ref="B7:AY7"/>
     <mergeCell ref="AZ7:CW7"/>
     <mergeCell ref="CX7:EU7"/>
     <mergeCell ref="EV7:GS7"/>
     <mergeCell ref="GT7:IQ7"/>
   </mergeCells>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>