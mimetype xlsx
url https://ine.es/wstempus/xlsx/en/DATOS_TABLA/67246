--- v0 (2025-10-24)
+++ v1 (2026-03-15)
@@ -246,51 +246,51 @@
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="8" xfId="0" applyFill="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="6" fillId="5" borderId="8" xfId="0" applyFill="true" applyBorder="true" applyFont="true"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="8" xfId="0" applyFill="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="5" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true" applyNumberFormat="true">
       <alignment horizontal="right"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:BQ38"/>
+  <dimension ref="A1:BU38"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="39.0625" customWidth="true"/>
     <col min="2" max="2" width="19.53125" customWidth="true"/>
     <col min="3" max="3" width="19.53125" customWidth="true"/>
     <col min="4" max="4" width="19.53125" customWidth="true"/>
     <col min="5" max="5" width="19.53125" customWidth="true"/>
     <col min="6" max="6" width="19.53125" customWidth="true"/>
     <col min="7" max="7" width="19.53125" customWidth="true"/>
     <col min="8" max="8" width="19.53125" customWidth="true"/>
     <col min="9" max="9" width="19.53125" customWidth="true"/>
     <col min="10" max="10" width="19.53125" customWidth="true"/>
     <col min="11" max="11" width="19.53125" customWidth="true"/>
     <col min="12" max="12" width="19.53125" customWidth="true"/>
     <col min="13" max="13" width="19.53125" customWidth="true"/>
     <col min="14" max="14" width="19.53125" customWidth="true"/>
     <col min="15" max="15" width="19.53125" customWidth="true"/>
     <col min="16" max="16" width="19.53125" customWidth="true"/>
     <col min="17" max="17" width="19.53125" customWidth="true"/>
     <col min="18" max="18" width="19.53125" customWidth="true"/>
     <col min="19" max="19" width="19.53125" customWidth="true"/>
     <col min="20" max="20" width="19.53125" customWidth="true"/>
@@ -321,50 +321,54 @@
     <col min="45" max="45" width="19.53125" customWidth="true"/>
     <col min="46" max="46" width="19.53125" customWidth="true"/>
     <col min="47" max="47" width="19.53125" customWidth="true"/>
     <col min="48" max="48" width="19.53125" customWidth="true"/>
     <col min="49" max="49" width="19.53125" customWidth="true"/>
     <col min="50" max="50" width="19.53125" customWidth="true"/>
     <col min="51" max="51" width="19.53125" customWidth="true"/>
     <col min="52" max="52" width="19.53125" customWidth="true"/>
     <col min="53" max="53" width="19.53125" customWidth="true"/>
     <col min="54" max="54" width="19.53125" customWidth="true"/>
     <col min="55" max="55" width="19.53125" customWidth="true"/>
     <col min="56" max="56" width="19.53125" customWidth="true"/>
     <col min="57" max="57" width="19.53125" customWidth="true"/>
     <col min="58" max="58" width="19.53125" customWidth="true"/>
     <col min="59" max="59" width="19.53125" customWidth="true"/>
     <col min="60" max="60" width="19.53125" customWidth="true"/>
     <col min="61" max="61" width="19.53125" customWidth="true"/>
     <col min="62" max="62" width="19.53125" customWidth="true"/>
     <col min="63" max="63" width="19.53125" customWidth="true"/>
     <col min="64" max="64" width="19.53125" customWidth="true"/>
     <col min="65" max="65" width="19.53125" customWidth="true"/>
     <col min="66" max="66" width="19.53125" customWidth="true"/>
     <col min="67" max="67" width="19.53125" customWidth="true"/>
     <col min="68" max="68" width="19.53125" customWidth="true"/>
     <col min="69" max="69" width="19.53125" customWidth="true"/>
+    <col min="70" max="70" width="19.53125" customWidth="true"/>
+    <col min="71" max="71" width="19.53125" customWidth="true"/>
+    <col min="72" max="72" width="19.53125" customWidth="true"/>
+    <col min="73" max="73" width="19.53125" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Datos de alto valor (HVD)</t>
         </is>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
     </row>
     <row r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
           <t>Inequality</t>
         </is>
       </c>
@@ -394,51 +398,51 @@
       <c r="H3" s="11"/>
       <c r="I3" s="11"/>
       <c r="J3" s="11"/>
       <c r="K3" s="11"/>
     </row>
     <row r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Inequality in the distribution of income (S80/S20 and Gini degree) by autonomous community.</t>
         </is>
       </c>
       <c r="B4" s="3"/>
       <c r="C4" s="3"/>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
       <c r="F4" s="3"/>
       <c r="G4" s="3"/>
       <c r="H4" s="3"/>
       <c r="I4" s="3"/>
       <c r="J4" s="3"/>
       <c r="K4" s="3"/>
     </row>
     <row r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
-          <t>Unidades: Número</t>
+          <t>Unidades: Number</t>
         </is>
       </c>
       <c r="B5" s="4"/>
       <c r="C5" s="4"/>
       <c r="D5" s="4"/>
       <c r="E5" s="4"/>
       <c r="F5" s="4"/>
       <c r="G5" s="4"/>
       <c r="H5" s="4"/>
       <c r="I5" s="4"/>
       <c r="J5" s="4"/>
       <c r="K5" s="4"/>
     </row>
     <row r="6">
       <c r="A6" s="11" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="B6" s="11"/>
       <c r="C6" s="11"/>
       <c r="D6" s="11"/>
       <c r="E6" s="11"/>
       <c r="F6" s="11"/>
       <c r="G6" s="11"/>
@@ -452,4678 +456,4942 @@
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="B7" s="6" t="inlineStr">
         <is>
           <t>Desigualdad (S80/S20)</t>
         </is>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6"/>
       <c r="E7" s="6"/>
       <c r="F7" s="6"/>
       <c r="G7" s="6"/>
       <c r="H7" s="6"/>
       <c r="I7" s="6"/>
       <c r="J7" s="6"/>
       <c r="K7" s="6"/>
       <c r="L7" s="6"/>
       <c r="M7" s="6"/>
       <c r="N7" s="6"/>
       <c r="O7" s="6"/>
       <c r="P7" s="6"/>
       <c r="Q7" s="6"/>
       <c r="R7" s="6"/>
-      <c r="S7" s="6" t="inlineStr">
+      <c r="S7" s="6"/>
+      <c r="T7" s="6" t="inlineStr">
         <is>
           <t xml:space="preserve">S80/S20 income distribution (imputed rent) </t>
         </is>
       </c>
-      <c r="T7" s="6"/>
       <c r="U7" s="6"/>
       <c r="V7" s="6"/>
       <c r="W7" s="6"/>
       <c r="X7" s="6"/>
       <c r="Y7" s="6"/>
       <c r="Z7" s="6"/>
       <c r="AA7" s="6"/>
       <c r="AB7" s="6"/>
       <c r="AC7" s="6"/>
       <c r="AD7" s="6"/>
       <c r="AE7" s="6"/>
       <c r="AF7" s="6"/>
       <c r="AG7" s="6"/>
       <c r="AH7" s="6"/>
       <c r="AI7" s="6"/>
-      <c r="AJ7" s="6" t="inlineStr">
+      <c r="AJ7" s="6"/>
+      <c r="AK7" s="6"/>
+      <c r="AL7" s="6" t="inlineStr">
         <is>
           <t>Gini Coefficient</t>
         </is>
       </c>
-      <c r="AK7" s="6"/>
-      <c r="AL7" s="6"/>
       <c r="AM7" s="6"/>
       <c r="AN7" s="6"/>
       <c r="AO7" s="6"/>
       <c r="AP7" s="6"/>
       <c r="AQ7" s="6"/>
       <c r="AR7" s="6"/>
       <c r="AS7" s="6"/>
       <c r="AT7" s="6"/>
       <c r="AU7" s="6"/>
       <c r="AV7" s="6"/>
       <c r="AW7" s="6"/>
       <c r="AX7" s="6"/>
       <c r="AY7" s="6"/>
       <c r="AZ7" s="6"/>
-      <c r="BA7" s="6" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="BA7" s="6"/>
       <c r="BB7" s="6"/>
       <c r="BC7" s="6"/>
-      <c r="BD7" s="6"/>
+      <c r="BD7" s="6" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Gini Coefficient (with imputed rent) </t>
+        </is>
+      </c>
       <c r="BE7" s="6"/>
       <c r="BF7" s="6"/>
       <c r="BG7" s="6"/>
       <c r="BH7" s="6"/>
       <c r="BI7" s="6"/>
       <c r="BJ7" s="6"/>
       <c r="BK7" s="6"/>
       <c r="BL7" s="6"/>
       <c r="BM7" s="6"/>
       <c r="BN7" s="6"/>
       <c r="BO7" s="6"/>
       <c r="BP7" s="6"/>
       <c r="BQ7" s="6"/>
+      <c r="BR7" s="6"/>
+      <c r="BS7" s="6"/>
+      <c r="BT7" s="6"/>
+      <c r="BU7" s="6"/>
     </row>
     <row r="8">
       <c r="A8" s="12" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="C8" s="7" t="inlineStr">
+        <is>
           <t>2024</t>
         </is>
       </c>
-      <c r="C8" s="7" t="inlineStr">
+      <c r="D8" s="7" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
-      <c r="D8" s="7" t="inlineStr">
+      <c r="E8" s="7" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="E8" s="7" t="inlineStr">
+      <c r="F8" s="7" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="F8" s="7" t="inlineStr">
+      <c r="G8" s="7" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="G8" s="7" t="inlineStr">
+      <c r="H8" s="7" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="H8" s="7" t="inlineStr">
+      <c r="I8" s="7" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="I8" s="7" t="inlineStr">
+      <c r="J8" s="7" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="J8" s="7" t="inlineStr">
+      <c r="K8" s="7" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="K8" s="7" t="inlineStr">
+      <c r="L8" s="7" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
-      <c r="L8" s="7" t="inlineStr">
+      <c r="M8" s="7" t="inlineStr">
         <is>
           <t>2014</t>
         </is>
       </c>
-      <c r="M8" s="7" t="inlineStr">
+      <c r="N8" s="7" t="inlineStr">
         <is>
           <t>2013</t>
         </is>
       </c>
-      <c r="N8" s="7" t="inlineStr">
+      <c r="O8" s="7" t="inlineStr">
         <is>
           <t>2012</t>
         </is>
       </c>
-      <c r="O8" s="7" t="inlineStr">
+      <c r="P8" s="7" t="inlineStr">
         <is>
           <t>2011</t>
         </is>
       </c>
-      <c r="P8" s="7" t="inlineStr">
+      <c r="Q8" s="7" t="inlineStr">
         <is>
           <t>2010</t>
         </is>
       </c>
-      <c r="Q8" s="7" t="inlineStr">
+      <c r="R8" s="7" t="inlineStr">
         <is>
           <t>2009</t>
         </is>
       </c>
-      <c r="R8" s="7" t="inlineStr">
+      <c r="S8" s="7" t="inlineStr">
         <is>
           <t>2008</t>
         </is>
       </c>
-      <c r="S8" s="7" t="inlineStr">
+      <c r="T8" s="7" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="U8" s="7" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
-      <c r="T8" s="7" t="inlineStr">
+      <c r="V8" s="7" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
-      <c r="U8" s="7" t="inlineStr">
+      <c r="W8" s="7" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="V8" s="7" t="inlineStr">
+      <c r="X8" s="7" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="W8" s="7" t="inlineStr">
+      <c r="Y8" s="7" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="X8" s="7" t="inlineStr">
+      <c r="Z8" s="7" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="Y8" s="7" t="inlineStr">
+      <c r="AA8" s="7" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="Z8" s="7" t="inlineStr">
+      <c r="AB8" s="7" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="AA8" s="7" t="inlineStr">
+      <c r="AC8" s="7" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="AB8" s="7" t="inlineStr">
+      <c r="AD8" s="7" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
-      <c r="AC8" s="7" t="inlineStr">
+      <c r="AE8" s="7" t="inlineStr">
         <is>
           <t>2014</t>
         </is>
       </c>
-      <c r="AD8" s="7" t="inlineStr">
+      <c r="AF8" s="7" t="inlineStr">
         <is>
           <t>2013</t>
         </is>
       </c>
-      <c r="AE8" s="7" t="inlineStr">
+      <c r="AG8" s="7" t="inlineStr">
         <is>
           <t>2012</t>
         </is>
       </c>
-      <c r="AF8" s="7" t="inlineStr">
+      <c r="AH8" s="7" t="inlineStr">
         <is>
           <t>2011</t>
         </is>
       </c>
-      <c r="AG8" s="7" t="inlineStr">
+      <c r="AI8" s="7" t="inlineStr">
         <is>
           <t>2010</t>
         </is>
       </c>
-      <c r="AH8" s="7" t="inlineStr">
+      <c r="AJ8" s="7" t="inlineStr">
         <is>
           <t>2009</t>
         </is>
       </c>
-      <c r="AI8" s="7" t="inlineStr">
+      <c r="AK8" s="7" t="inlineStr">
         <is>
           <t>2008</t>
         </is>
       </c>
-      <c r="AJ8" s="7" t="inlineStr">
+      <c r="AL8" s="7" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="AM8" s="7" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
-      <c r="AK8" s="7" t="inlineStr">
+      <c r="AN8" s="7" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
-      <c r="AL8" s="7" t="inlineStr">
+      <c r="AO8" s="7" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="AM8" s="7" t="inlineStr">
+      <c r="AP8" s="7" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="AN8" s="7" t="inlineStr">
+      <c r="AQ8" s="7" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="AO8" s="7" t="inlineStr">
+      <c r="AR8" s="7" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="AP8" s="7" t="inlineStr">
+      <c r="AS8" s="7" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="AQ8" s="7" t="inlineStr">
+      <c r="AT8" s="7" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="AR8" s="7" t="inlineStr">
+      <c r="AU8" s="7" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="AS8" s="7" t="inlineStr">
+      <c r="AV8" s="7" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
-      <c r="AT8" s="7" t="inlineStr">
+      <c r="AW8" s="7" t="inlineStr">
         <is>
           <t>2014</t>
         </is>
       </c>
-      <c r="AU8" s="7" t="inlineStr">
+      <c r="AX8" s="7" t="inlineStr">
         <is>
           <t>2013</t>
         </is>
       </c>
-      <c r="AV8" s="7" t="inlineStr">
+      <c r="AY8" s="7" t="inlineStr">
         <is>
           <t>2012</t>
         </is>
       </c>
-      <c r="AW8" s="7" t="inlineStr">
+      <c r="AZ8" s="7" t="inlineStr">
         <is>
           <t>2011</t>
         </is>
       </c>
-      <c r="AX8" s="7" t="inlineStr">
+      <c r="BA8" s="7" t="inlineStr">
         <is>
           <t>2010</t>
         </is>
       </c>
-      <c r="AY8" s="7" t="inlineStr">
+      <c r="BB8" s="7" t="inlineStr">
         <is>
           <t>2009</t>
         </is>
       </c>
-      <c r="AZ8" s="7" t="inlineStr">
+      <c r="BC8" s="7" t="inlineStr">
         <is>
           <t>2008</t>
         </is>
       </c>
-      <c r="BA8" s="7" t="inlineStr">
+      <c r="BD8" s="7" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="BE8" s="7" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
-      <c r="BB8" s="7" t="inlineStr">
+      <c r="BF8" s="7" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
-      <c r="BC8" s="7" t="inlineStr">
+      <c r="BG8" s="7" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="BD8" s="7" t="inlineStr">
+      <c r="BH8" s="7" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="BE8" s="7" t="inlineStr">
+      <c r="BI8" s="7" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="BF8" s="7" t="inlineStr">
+      <c r="BJ8" s="7" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="BG8" s="7" t="inlineStr">
+      <c r="BK8" s="7" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="BH8" s="7" t="inlineStr">
+      <c r="BL8" s="7" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="BI8" s="7" t="inlineStr">
+      <c r="BM8" s="7" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="BJ8" s="7" t="inlineStr">
+      <c r="BN8" s="7" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
-      <c r="BK8" s="7" t="inlineStr">
+      <c r="BO8" s="7" t="inlineStr">
         <is>
           <t>2014</t>
         </is>
       </c>
-      <c r="BL8" s="7" t="inlineStr">
+      <c r="BP8" s="7" t="inlineStr">
         <is>
           <t>2013</t>
         </is>
       </c>
-      <c r="BM8" s="7" t="inlineStr">
+      <c r="BQ8" s="7" t="inlineStr">
         <is>
           <t>2012</t>
         </is>
       </c>
-      <c r="BN8" s="7" t="inlineStr">
+      <c r="BR8" s="7" t="inlineStr">
         <is>
           <t>2011</t>
         </is>
       </c>
-      <c r="BO8" s="7" t="inlineStr">
+      <c r="BS8" s="7" t="inlineStr">
         <is>
           <t>2010</t>
         </is>
       </c>
-      <c r="BP8" s="7" t="inlineStr">
+      <c r="BT8" s="7" t="inlineStr">
         <is>
           <t>2009</t>
         </is>
       </c>
-      <c r="BQ8" s="7" t="inlineStr">
+      <c r="BU8" s="7" t="inlineStr">
         <is>
           <t>2008</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="6" t="inlineStr">
         <is>
           <t>National Total</t>
         </is>
       </c>
       <c r="B9" s="14" t="n">
+        <v>5.2</v>
+      </c>
+      <c r="C9" s="14" t="n">
         <v>5.4</v>
       </c>
-      <c r="C9" s="14" t="n">
+      <c r="D9" s="14" t="n">
         <v>5.5</v>
       </c>
-      <c r="D9" s="14" t="n">
+      <c r="E9" s="14" t="n">
         <v>5.6</v>
       </c>
-      <c r="E9" s="14" t="n">
+      <c r="F9" s="14" t="n">
         <v>6.2</v>
       </c>
-      <c r="F9" s="14" t="n">
+      <c r="G9" s="14" t="n">
         <v>5.8</v>
       </c>
-      <c r="G9" s="14" t="n">
+      <c r="H9" s="14" t="n">
         <v>5.9</v>
       </c>
-      <c r="H9" s="14" t="n">
+      <c r="I9" s="14" t="n">
         <v>6.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>6.6</v>
       </c>
       <c r="J9" s="14" t="n">
         <v>6.6</v>
       </c>
       <c r="K9" s="14" t="n">
+        <v>6.6</v>
+      </c>
+      <c r="L9" s="14" t="n">
         <v>6.9</v>
       </c>
-      <c r="L9" s="14" t="n">
+      <c r="M9" s="14" t="n">
         <v>6.8</v>
       </c>
-      <c r="M9" s="14" t="n">
+      <c r="N9" s="14" t="n">
         <v>6.3</v>
       </c>
-      <c r="N9" s="14" t="n">
+      <c r="O9" s="14" t="n">
         <v>6.5</v>
       </c>
-      <c r="O9" s="14" t="n">
+      <c r="P9" s="14" t="n">
         <v>6.3</v>
       </c>
-      <c r="P9" s="14" t="n">
+      <c r="Q9" s="14" t="n">
         <v>6.2</v>
       </c>
-      <c r="Q9" s="14" t="n">
+      <c r="R9" s="14" t="n">
         <v>5.9</v>
       </c>
-      <c r="R9" s="14" t="n">
+      <c r="S9" s="14" t="n">
         <v>5.6</v>
       </c>
-      <c r="S9" s="14" t="n">
+      <c r="T9" s="14" t="n">
+        <v>4.6</v>
+      </c>
+      <c r="U9" s="14" t="n">
         <v>4.7</v>
       </c>
-      <c r="T9" s="14" t="n">
+      <c r="V9" s="14" t="n">
         <v>4.7</v>
       </c>
-      <c r="U9" s="14" t="n">
+      <c r="W9" s="14" t="n">
         <v>4.8</v>
       </c>
-      <c r="V9" s="14" t="n">
+      <c r="X9" s="14" t="n">
         <v>5.2</v>
       </c>
-      <c r="W9" s="14" t="n">
+      <c r="Y9" s="14" t="n">
         <v>4.9</v>
       </c>
-      <c r="X9" s="14" t="n">
+      <c r="Z9" s="14" t="n">
         <v>5.0</v>
       </c>
-      <c r="Y9" s="14" t="n">
+      <c r="AA9" s="14" t="n">
         <v>5.1</v>
       </c>
-      <c r="Z9" s="14" t="n">
+      <c r="AB9" s="14" t="n">
         <v>5.4</v>
       </c>
-      <c r="AA9" s="14" t="n">
+      <c r="AC9" s="14" t="n">
         <v>5.4</v>
       </c>
-      <c r="AB9" s="14" t="n">
+      <c r="AD9" s="14" t="n">
         <v>5.6</v>
       </c>
-      <c r="AC9" s="14" t="n">
+      <c r="AE9" s="14" t="n">
         <v>5.6</v>
       </c>
-      <c r="AD9" s="14" t="n">
+      <c r="AF9" s="14" t="n">
         <v>5.3</v>
       </c>
-      <c r="AE9" s="14" t="n">
+      <c r="AG9" s="14" t="n">
         <v>5.4</v>
       </c>
-      <c r="AF9" s="14" t="n">
+      <c r="AH9" s="14" t="n">
         <v>5.2</v>
       </c>
-      <c r="AG9" s="14" t="n">
+      <c r="AI9" s="14" t="n">
         <v>5.1</v>
       </c>
-      <c r="AH9" s="14" t="n">
+      <c r="AJ9" s="14" t="n">
         <v>5.0</v>
       </c>
-      <c r="AI9" s="14" t="n">
+      <c r="AK9" s="14" t="n">
         <v>4.8</v>
       </c>
-      <c r="AJ9" s="14" t="n">
+      <c r="AL9" s="14" t="n">
+        <v>30.8</v>
+      </c>
+      <c r="AM9" s="14" t="n">
         <v>31.2</v>
       </c>
-      <c r="AK9" s="14" t="n">
+      <c r="AN9" s="14" t="n">
         <v>31.5</v>
       </c>
-      <c r="AL9" s="14" t="n">
+      <c r="AO9" s="14" t="n">
         <v>32.0</v>
       </c>
-      <c r="AM9" s="14" t="n">
+      <c r="AP9" s="14" t="n">
         <v>33.0</v>
       </c>
-      <c r="AN9" s="14" t="n">
+      <c r="AQ9" s="14" t="n">
         <v>32.1</v>
       </c>
-      <c r="AO9" s="14" t="n">
+      <c r="AR9" s="14" t="n">
         <v>33.0</v>
       </c>
-      <c r="AP9" s="14" t="n">
+      <c r="AS9" s="14" t="n">
         <v>33.2</v>
       </c>
-      <c r="AQ9" s="14" t="n">
+      <c r="AT9" s="14" t="n">
         <v>34.1</v>
       </c>
-      <c r="AR9" s="14" t="n">
+      <c r="AU9" s="14" t="n">
         <v>34.5</v>
       </c>
-      <c r="AS9" s="14" t="n">
+      <c r="AV9" s="14" t="n">
         <v>34.6</v>
       </c>
-      <c r="AT9" s="14" t="n">
+      <c r="AW9" s="14" t="n">
         <v>34.7</v>
       </c>
-      <c r="AU9" s="14" t="n">
+      <c r="AX9" s="14" t="n">
         <v>33.7</v>
       </c>
-      <c r="AV9" s="14" t="n">
+      <c r="AY9" s="14" t="n">
         <v>34.2</v>
       </c>
-      <c r="AW9" s="14" t="n">
+      <c r="AZ9" s="14" t="n">
         <v>34.0</v>
       </c>
-      <c r="AX9" s="14" t="n">
+      <c r="BA9" s="14" t="n">
         <v>33.5</v>
       </c>
-      <c r="AY9" s="14" t="n">
+      <c r="BB9" s="14" t="n">
         <v>32.9</v>
       </c>
-      <c r="AZ9" s="14" t="n">
+      <c r="BC9" s="14" t="n">
         <v>32.4</v>
       </c>
-      <c r="BA9" s="14" t="n">
+      <c r="BD9" s="14" t="n">
+        <v>28.7</v>
+      </c>
+      <c r="BE9" s="14" t="n">
         <v>29.1</v>
       </c>
-      <c r="BB9" s="14" t="n">
+      <c r="BF9" s="14" t="n">
         <v>29.2</v>
       </c>
-      <c r="BC9" s="14" t="n">
+      <c r="BG9" s="14" t="n">
         <v>29.3</v>
       </c>
-      <c r="BD9" s="14" t="n">
+      <c r="BH9" s="14" t="n">
         <v>30.3</v>
       </c>
-      <c r="BE9" s="14" t="n">
+      <c r="BI9" s="14" t="n">
         <v>29.6</v>
       </c>
-      <c r="BF9" s="14" t="n">
+      <c r="BJ9" s="14" t="n">
         <v>30.4</v>
       </c>
-      <c r="BG9" s="14" t="n">
+      <c r="BK9" s="14" t="n">
         <v>30.4</v>
-      </c>
-[...10 lines deleted...]
-        <v>31.7</v>
       </c>
       <c r="BL9" s="14" t="n">
         <v>31.1</v>
       </c>
       <c r="BM9" s="14" t="n">
         <v>31.5</v>
       </c>
       <c r="BN9" s="14" t="n">
+        <v>31.6</v>
+      </c>
+      <c r="BO9" s="14" t="n">
+        <v>31.7</v>
+      </c>
+      <c r="BP9" s="14" t="n">
+        <v>31.1</v>
+      </c>
+      <c r="BQ9" s="14" t="n">
+        <v>31.5</v>
+      </c>
+      <c r="BR9" s="14" t="n">
         <v>31.2</v>
       </c>
-      <c r="BO9" s="14" t="n">
+      <c r="BS9" s="14" t="n">
         <v>30.7</v>
       </c>
-      <c r="BP9" s="14" t="n">
+      <c r="BT9" s="14" t="n">
         <v>30.5</v>
       </c>
-      <c r="BQ9" s="14" t="n">
+      <c r="BU9" s="14" t="n">
         <v>29.9</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="6" t="inlineStr">
         <is>
           <t>01 Andalucía</t>
         </is>
       </c>
       <c r="B10" s="14" t="n">
+        <v>5.4</v>
+      </c>
+      <c r="C10" s="14" t="n">
         <v>5.5</v>
       </c>
-      <c r="C10" s="14" t="n">
+      <c r="D10" s="14" t="n">
         <v>5.9</v>
       </c>
-      <c r="D10" s="14" t="n">
+      <c r="E10" s="14" t="n">
         <v>6.0</v>
       </c>
-      <c r="E10" s="14" t="n">
+      <c r="F10" s="14" t="n">
         <v>6.8</v>
       </c>
-      <c r="F10" s="14" t="n">
+      <c r="G10" s="14" t="n">
         <v>5.3</v>
       </c>
-      <c r="G10" s="14" t="n">
+      <c r="H10" s="14" t="n">
         <v>6.1</v>
       </c>
-      <c r="H10" s="14" t="n">
+      <c r="I10" s="14" t="n">
         <v>6.5</v>
       </c>
-      <c r="I10" s="14" t="n">
+      <c r="J10" s="14" t="n">
         <v>6.9</v>
       </c>
-      <c r="J10" s="14" t="n">
+      <c r="K10" s="14" t="n">
         <v>7.2</v>
       </c>
-      <c r="K10" s="14" t="n">
+      <c r="L10" s="14" t="n">
         <v>7.0</v>
       </c>
-      <c r="L10" s="14" t="n">
+      <c r="M10" s="14" t="n">
         <v>7.1</v>
       </c>
-      <c r="M10" s="14" t="n">
+      <c r="N10" s="14" t="n">
         <v>6.6</v>
       </c>
-      <c r="N10" s="14" t="n">
+      <c r="O10" s="14" t="n">
         <v>6.2</v>
       </c>
-      <c r="O10" s="14" t="n">
+      <c r="P10" s="14" t="n">
         <v>7.3</v>
       </c>
-      <c r="P10" s="14" t="n">
+      <c r="Q10" s="14" t="n">
         <v>6.2</v>
-      </c>
-[...1 lines deleted...]
-        <v>6.0</v>
       </c>
       <c r="R10" s="14" t="n">
         <v>6.0</v>
       </c>
       <c r="S10" s="14" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="T10" s="14" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="U10" s="14" t="n">
         <v>4.6</v>
       </c>
-      <c r="T10" s="14" t="n">
+      <c r="V10" s="14" t="n">
         <v>4.9</v>
       </c>
-      <c r="U10" s="14" t="n">
+      <c r="W10" s="14" t="n">
         <v>4.8</v>
       </c>
-      <c r="V10" s="14" t="n">
+      <c r="X10" s="14" t="n">
         <v>5.2</v>
       </c>
-      <c r="W10" s="14" t="n">
+      <c r="Y10" s="14" t="n">
         <v>4.3</v>
       </c>
-      <c r="X10" s="14" t="n">
+      <c r="Z10" s="14" t="n">
         <v>4.8</v>
       </c>
-      <c r="Y10" s="14" t="n">
+      <c r="AA10" s="14" t="n">
         <v>5.0</v>
       </c>
-      <c r="Z10" s="14" t="n">
+      <c r="AB10" s="14" t="n">
         <v>5.4</v>
       </c>
-      <c r="AA10" s="14" t="n">
+      <c r="AC10" s="14" t="n">
         <v>5.6</v>
       </c>
-      <c r="AB10" s="14" t="n">
+      <c r="AD10" s="14" t="n">
         <v>5.2</v>
       </c>
-      <c r="AC10" s="14" t="n">
+      <c r="AE10" s="14" t="n">
         <v>5.3</v>
       </c>
-      <c r="AD10" s="14" t="n">
+      <c r="AF10" s="14" t="n">
         <v>5.1</v>
-      </c>
-[...4 lines deleted...]
-        <v>5.6</v>
       </c>
       <c r="AG10" s="14" t="n">
         <v>4.9</v>
       </c>
       <c r="AH10" s="14" t="n">
+        <v>5.6</v>
+      </c>
+      <c r="AI10" s="14" t="n">
         <v>4.9</v>
       </c>
-      <c r="AI10" s="14" t="n">
+      <c r="AJ10" s="14" t="n">
+        <v>4.9</v>
+      </c>
+      <c r="AK10" s="14" t="n">
         <v>4.8</v>
       </c>
-      <c r="AJ10" s="14" t="n">
+      <c r="AL10" s="14" t="n">
+        <v>31.2</v>
+      </c>
+      <c r="AM10" s="14" t="n">
         <v>31.4</v>
       </c>
-      <c r="AK10" s="14" t="n">
+      <c r="AN10" s="14" t="n">
         <v>32.6</v>
       </c>
-      <c r="AL10" s="14" t="n">
+      <c r="AO10" s="14" t="n">
         <v>32.8</v>
       </c>
-      <c r="AM10" s="14" t="n">
+      <c r="AP10" s="14" t="n">
         <v>34.3</v>
       </c>
-      <c r="AN10" s="14" t="n">
+      <c r="AQ10" s="14" t="n">
         <v>30.8</v>
       </c>
-      <c r="AO10" s="14" t="n">
+      <c r="AR10" s="14" t="n">
         <v>33.4</v>
       </c>
-      <c r="AP10" s="14" t="n">
+      <c r="AS10" s="14" t="n">
         <v>34.9</v>
       </c>
-      <c r="AQ10" s="14" t="n">
+      <c r="AT10" s="14" t="n">
         <v>35.5</v>
       </c>
-      <c r="AR10" s="14" t="n">
+      <c r="AU10" s="14" t="n">
         <v>36.1</v>
       </c>
-      <c r="AS10" s="14" t="n">
+      <c r="AV10" s="14" t="n">
         <v>35.0</v>
       </c>
-      <c r="AT10" s="14" t="n">
+      <c r="AW10" s="14" t="n">
         <v>35.2</v>
       </c>
-      <c r="AU10" s="14" t="n">
+      <c r="AX10" s="14" t="n">
         <v>34.0</v>
       </c>
-      <c r="AV10" s="14" t="n">
+      <c r="AY10" s="14" t="n">
         <v>34.0</v>
       </c>
-      <c r="AW10" s="14" t="n">
+      <c r="AZ10" s="14" t="n">
         <v>35.1</v>
       </c>
-      <c r="AX10" s="14" t="n">
+      <c r="BA10" s="14" t="n">
         <v>33.3</v>
       </c>
-      <c r="AY10" s="14" t="n">
+      <c r="BB10" s="14" t="n">
         <v>33.0</v>
       </c>
-      <c r="AZ10" s="14" t="n">
+      <c r="BC10" s="14" t="n">
         <v>33.8</v>
       </c>
-      <c r="BA10" s="14" t="n">
+      <c r="BD10" s="14" t="n">
+        <v>28.3</v>
+      </c>
+      <c r="BE10" s="14" t="n">
         <v>28.6</v>
       </c>
-      <c r="BB10" s="14" t="n">
+      <c r="BF10" s="14" t="n">
         <v>29.6</v>
       </c>
-      <c r="BC10" s="14" t="n">
+      <c r="BG10" s="14" t="n">
         <v>29.2</v>
       </c>
-      <c r="BD10" s="14" t="n">
+      <c r="BH10" s="14" t="n">
         <v>30.6</v>
       </c>
-      <c r="BE10" s="14" t="n">
+      <c r="BI10" s="14" t="n">
         <v>27.7</v>
       </c>
-      <c r="BF10" s="14" t="n">
+      <c r="BJ10" s="14" t="n">
         <v>29.9</v>
       </c>
-      <c r="BG10" s="14" t="n">
+      <c r="BK10" s="14" t="n">
         <v>31.0</v>
       </c>
-      <c r="BH10" s="14" t="n">
+      <c r="BL10" s="14" t="n">
         <v>31.6</v>
       </c>
-      <c r="BI10" s="14" t="n">
+      <c r="BM10" s="14" t="n">
         <v>32.0</v>
       </c>
-      <c r="BJ10" s="14" t="n">
+      <c r="BN10" s="14" t="n">
         <v>31.0</v>
       </c>
-      <c r="BK10" s="14" t="n">
+      <c r="BO10" s="14" t="n">
         <v>31.2</v>
       </c>
-      <c r="BL10" s="14" t="n">
+      <c r="BP10" s="14" t="n">
         <v>30.5</v>
       </c>
-      <c r="BM10" s="14" t="n">
+      <c r="BQ10" s="14" t="n">
         <v>30.4</v>
       </c>
-      <c r="BN10" s="14" t="n">
+      <c r="BR10" s="14" t="n">
         <v>31.6</v>
       </c>
-      <c r="BO10" s="14" t="n">
+      <c r="BS10" s="14" t="n">
         <v>29.5</v>
       </c>
-      <c r="BP10" s="14" t="n">
+      <c r="BT10" s="14" t="n">
         <v>29.7</v>
       </c>
-      <c r="BQ10" s="14" t="n">
+      <c r="BU10" s="14" t="n">
         <v>30.2</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="6" t="inlineStr">
         <is>
           <t>02 Aragón</t>
         </is>
       </c>
       <c r="B11" s="14" t="n">
+        <v>4.2</v>
+      </c>
+      <c r="C11" s="14" t="n">
         <v>4.4</v>
       </c>
-      <c r="C11" s="14" t="n">
+      <c r="D11" s="14" t="n">
         <v>4.3</v>
       </c>
-      <c r="D11" s="14" t="n">
+      <c r="E11" s="14" t="n">
         <v>4.4</v>
       </c>
-      <c r="E11" s="14" t="n">
+      <c r="F11" s="14" t="n">
         <v>4.9</v>
-      </c>
-[...1 lines deleted...]
-        <v>4.7</v>
       </c>
       <c r="G11" s="14" t="n">
         <v>4.7</v>
       </c>
       <c r="H11" s="14" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="I11" s="14" t="n">
         <v>4.3</v>
       </c>
-      <c r="I11" s="14" t="n">
+      <c r="J11" s="14" t="n">
         <v>4.6</v>
       </c>
-      <c r="J11" s="14" t="n">
+      <c r="K11" s="14" t="n">
         <v>5.1</v>
       </c>
-      <c r="K11" s="14" t="n">
+      <c r="L11" s="14" t="n">
         <v>5.4</v>
       </c>
-      <c r="L11" s="14" t="n">
+      <c r="M11" s="14" t="n">
         <v>6.0</v>
       </c>
-      <c r="M11" s="14" t="n">
+      <c r="N11" s="14" t="n">
         <v>5.6</v>
-      </c>
-[...1 lines deleted...]
-        <v>5.3</v>
       </c>
       <c r="O11" s="14" t="n">
         <v>5.3</v>
       </c>
       <c r="P11" s="14" t="n">
+        <v>5.3</v>
+      </c>
+      <c r="Q11" s="14" t="n">
         <v>4.2</v>
       </c>
-      <c r="Q11" s="14" t="n">
+      <c r="R11" s="14" t="n">
         <v>4.4</v>
       </c>
-      <c r="R11" s="14" t="n">
+      <c r="S11" s="14" t="n">
         <v>4.7</v>
       </c>
-      <c r="S11" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="T11" s="14" t="n">
-        <v>4.0</v>
+        <v>3.9</v>
       </c>
       <c r="U11" s="14" t="n">
         <v>4.0</v>
       </c>
       <c r="V11" s="14" t="n">
-        <v>4.4</v>
+        <v>4.0</v>
       </c>
       <c r="W11" s="14" t="n">
         <v>4.0</v>
       </c>
       <c r="X11" s="14" t="n">
-        <v>4.1</v>
+        <v>4.4</v>
       </c>
       <c r="Y11" s="14" t="n">
-        <v>3.8</v>
+        <v>4.0</v>
       </c>
       <c r="Z11" s="14" t="n">
         <v>4.1</v>
       </c>
       <c r="AA11" s="14" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="AB11" s="14" t="n">
+        <v>4.1</v>
+      </c>
+      <c r="AC11" s="14" t="n">
         <v>4.4</v>
       </c>
-      <c r="AB11" s="14" t="n">
+      <c r="AD11" s="14" t="n">
         <v>4.8</v>
       </c>
-      <c r="AC11" s="14" t="n">
+      <c r="AE11" s="14" t="n">
         <v>5.5</v>
       </c>
-      <c r="AD11" s="14" t="n">
+      <c r="AF11" s="14" t="n">
         <v>5.1</v>
       </c>
-      <c r="AE11" s="14" t="n">
+      <c r="AG11" s="14" t="n">
         <v>5.0</v>
       </c>
-      <c r="AF11" s="14" t="n">
+      <c r="AH11" s="14" t="n">
         <v>4.6</v>
       </c>
-      <c r="AG11" s="14" t="n">
+      <c r="AI11" s="14" t="n">
         <v>3.8</v>
       </c>
-      <c r="AH11" s="14" t="n">
+      <c r="AJ11" s="14" t="n">
         <v>4.0</v>
       </c>
-      <c r="AI11" s="14" t="n">
+      <c r="AK11" s="14" t="n">
         <v>4.1</v>
       </c>
-      <c r="AJ11" s="14" t="n">
+      <c r="AL11" s="14" t="n">
         <v>27.1</v>
       </c>
-      <c r="AK11" s="14" t="n">
+      <c r="AM11" s="14" t="n">
+        <v>27.1</v>
+      </c>
+      <c r="AN11" s="14" t="n">
         <v>27.2</v>
       </c>
-      <c r="AL11" s="14" t="n">
+      <c r="AO11" s="14" t="n">
         <v>27.3</v>
       </c>
-      <c r="AM11" s="14" t="n">
+      <c r="AP11" s="14" t="n">
         <v>28.7</v>
       </c>
-      <c r="AN11" s="14" t="n">
+      <c r="AQ11" s="14" t="n">
         <v>27.4</v>
       </c>
-      <c r="AO11" s="14" t="n">
+      <c r="AR11" s="14" t="n">
         <v>27.5</v>
       </c>
-      <c r="AP11" s="14" t="n">
+      <c r="AS11" s="14" t="n">
         <v>27.3</v>
       </c>
-      <c r="AQ11" s="14" t="n">
+      <c r="AT11" s="14" t="n">
         <v>28.8</v>
       </c>
-      <c r="AR11" s="14" t="n">
+      <c r="AU11" s="14" t="n">
         <v>30.4</v>
       </c>
-      <c r="AS11" s="14" t="n">
+      <c r="AV11" s="14" t="n">
         <v>31.6</v>
       </c>
-      <c r="AT11" s="14" t="n">
+      <c r="AW11" s="14" t="n">
         <v>32.8</v>
       </c>
-      <c r="AU11" s="14" t="n">
+      <c r="AX11" s="14" t="n">
         <v>31.8</v>
       </c>
-      <c r="AV11" s="14" t="n">
+      <c r="AY11" s="14" t="n">
         <v>30.0</v>
       </c>
-      <c r="AW11" s="14" t="n">
+      <c r="AZ11" s="14" t="n">
         <v>29.6</v>
       </c>
-      <c r="AX11" s="14" t="n">
+      <c r="BA11" s="14" t="n">
         <v>26.6</v>
       </c>
-      <c r="AY11" s="14" t="n">
+      <c r="BB11" s="14" t="n">
         <v>27.8</v>
       </c>
-      <c r="AZ11" s="14" t="n">
+      <c r="BC11" s="14" t="n">
         <v>27.6</v>
       </c>
-      <c r="BA11" s="14" t="n">
+      <c r="BD11" s="14" t="n">
+        <v>25.7</v>
+      </c>
+      <c r="BE11" s="14" t="n">
         <v>25.8</v>
-      </c>
-[...10 lines deleted...]
-        <v>25.7</v>
       </c>
       <c r="BF11" s="14" t="n">
         <v>25.7</v>
       </c>
       <c r="BG11" s="14" t="n">
+        <v>25.6</v>
+      </c>
+      <c r="BH11" s="14" t="n">
+        <v>27.0</v>
+      </c>
+      <c r="BI11" s="14" t="n">
+        <v>25.7</v>
+      </c>
+      <c r="BJ11" s="14" t="n">
+        <v>25.7</v>
+      </c>
+      <c r="BK11" s="14" t="n">
         <v>25.3</v>
       </c>
-      <c r="BH11" s="14" t="n">
+      <c r="BL11" s="14" t="n">
         <v>26.5</v>
       </c>
-      <c r="BI11" s="14" t="n">
+      <c r="BM11" s="14" t="n">
         <v>27.8</v>
       </c>
-      <c r="BJ11" s="14" t="n">
+      <c r="BN11" s="14" t="n">
         <v>29.3</v>
       </c>
-      <c r="BK11" s="14" t="n">
+      <c r="BO11" s="14" t="n">
         <v>30.4</v>
       </c>
-      <c r="BL11" s="14" t="n">
+      <c r="BP11" s="14" t="n">
         <v>29.9</v>
       </c>
-      <c r="BM11" s="14" t="n">
+      <c r="BQ11" s="14" t="n">
         <v>28.5</v>
       </c>
-      <c r="BN11" s="14" t="n">
+      <c r="BR11" s="14" t="n">
         <v>27.3</v>
       </c>
-      <c r="BO11" s="14" t="n">
+      <c r="BS11" s="14" t="n">
         <v>24.6</v>
       </c>
-      <c r="BP11" s="14" t="n">
+      <c r="BT11" s="14" t="n">
         <v>26.3</v>
       </c>
-      <c r="BQ11" s="14" t="n">
+      <c r="BU11" s="14" t="n">
         <v>25.8</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="6" t="inlineStr">
         <is>
           <t>03 Asturias, Principado de</t>
         </is>
       </c>
       <c r="B12" s="14" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="C12" s="14" t="n">
         <v>4.6</v>
       </c>
-      <c r="C12" s="14" t="n">
+      <c r="D12" s="14" t="n">
         <v>5.4</v>
       </c>
-      <c r="D12" s="14" t="n">
+      <c r="E12" s="14" t="n">
         <v>5.7</v>
       </c>
-      <c r="E12" s="14" t="n">
+      <c r="F12" s="14" t="n">
         <v>6.0</v>
       </c>
-      <c r="F12" s="14" t="n">
+      <c r="G12" s="14" t="n">
         <v>7.3</v>
       </c>
-      <c r="G12" s="14" t="n">
+      <c r="H12" s="14" t="n">
         <v>7.8</v>
       </c>
-      <c r="H12" s="14" t="n">
+      <c r="I12" s="14" t="n">
         <v>4.8</v>
       </c>
-      <c r="I12" s="14" t="n">
+      <c r="J12" s="14" t="n">
         <v>5.5</v>
       </c>
-      <c r="J12" s="14" t="n">
+      <c r="K12" s="14" t="n">
         <v>5.1</v>
       </c>
-      <c r="K12" s="14" t="n">
+      <c r="L12" s="14" t="n">
         <v>5.2</v>
       </c>
-      <c r="L12" s="14" t="n">
+      <c r="M12" s="14" t="n">
         <v>6.3</v>
       </c>
-      <c r="M12" s="14" t="n">
+      <c r="N12" s="14" t="n">
         <v>5.1</v>
       </c>
-      <c r="N12" s="14" t="n">
+      <c r="O12" s="14" t="n">
         <v>5.2</v>
       </c>
-      <c r="O12" s="14" t="n">
+      <c r="P12" s="14" t="n">
         <v>4.9</v>
       </c>
-      <c r="P12" s="14" t="n">
+      <c r="Q12" s="14" t="n">
         <v>4.7</v>
       </c>
-      <c r="Q12" s="14" t="n">
+      <c r="R12" s="14" t="n">
         <v>5.1</v>
       </c>
-      <c r="R12" s="14" t="n">
+      <c r="S12" s="14" t="n">
         <v>4.9</v>
       </c>
-      <c r="S12" s="14" t="n">
+      <c r="T12" s="14" t="n">
+        <v>4.2</v>
+      </c>
+      <c r="U12" s="14" t="n">
         <v>3.9</v>
       </c>
-      <c r="T12" s="14" t="n">
+      <c r="V12" s="14" t="n">
         <v>4.5</v>
       </c>
-      <c r="U12" s="14" t="n">
+      <c r="W12" s="14" t="n">
         <v>4.7</v>
       </c>
-      <c r="V12" s="14" t="n">
+      <c r="X12" s="14" t="n">
         <v>5.0</v>
       </c>
-      <c r="W12" s="14" t="n">
+      <c r="Y12" s="14" t="n">
         <v>5.7</v>
       </c>
-      <c r="X12" s="14" t="n">
+      <c r="Z12" s="14" t="n">
         <v>6.2</v>
-      </c>
-[...4 lines deleted...]
-        <v>4.7</v>
       </c>
       <c r="AA12" s="14" t="n">
         <v>4.3</v>
       </c>
       <c r="AB12" s="14" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="AC12" s="14" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="AD12" s="14" t="n">
         <v>4.6</v>
       </c>
-      <c r="AC12" s="14" t="n">
+      <c r="AE12" s="14" t="n">
         <v>5.0</v>
       </c>
-      <c r="AD12" s="14" t="n">
+      <c r="AF12" s="14" t="n">
         <v>4.4</v>
       </c>
-      <c r="AE12" s="14" t="n">
+      <c r="AG12" s="14" t="n">
         <v>4.4</v>
       </c>
-      <c r="AF12" s="14" t="n">
+      <c r="AH12" s="14" t="n">
         <v>4.3</v>
-      </c>
-[...4 lines deleted...]
-        <v>4.1</v>
       </c>
       <c r="AI12" s="14" t="n">
         <v>4.1</v>
       </c>
       <c r="AJ12" s="14" t="n">
+        <v>4.1</v>
+      </c>
+      <c r="AK12" s="14" t="n">
+        <v>4.1</v>
+      </c>
+      <c r="AL12" s="14" t="n">
+        <v>28.8</v>
+      </c>
+      <c r="AM12" s="14" t="n">
         <v>28.1</v>
       </c>
-      <c r="AK12" s="14" t="n">
+      <c r="AN12" s="14" t="n">
         <v>30.5</v>
       </c>
-      <c r="AL12" s="14" t="n">
+      <c r="AO12" s="14" t="n">
         <v>31.1</v>
       </c>
-      <c r="AM12" s="14" t="n">
+      <c r="AP12" s="14" t="n">
         <v>31.7</v>
       </c>
-      <c r="AN12" s="14" t="n">
+      <c r="AQ12" s="14" t="n">
         <v>34.0</v>
       </c>
-      <c r="AO12" s="14" t="n">
+      <c r="AR12" s="14" t="n">
         <v>34.7</v>
       </c>
-      <c r="AP12" s="14" t="n">
+      <c r="AS12" s="14" t="n">
         <v>28.8</v>
       </c>
-      <c r="AQ12" s="14" t="n">
+      <c r="AT12" s="14" t="n">
         <v>31.4</v>
       </c>
-      <c r="AR12" s="14" t="n">
+      <c r="AU12" s="14" t="n">
         <v>29.2</v>
       </c>
-      <c r="AS12" s="14" t="n">
+      <c r="AV12" s="14" t="n">
         <v>30.2</v>
       </c>
-      <c r="AT12" s="14" t="n">
+      <c r="AW12" s="14" t="n">
         <v>31.7</v>
       </c>
-      <c r="AU12" s="14" t="n">
+      <c r="AX12" s="14" t="n">
         <v>29.1</v>
       </c>
-      <c r="AV12" s="14" t="n">
+      <c r="AY12" s="14" t="n">
         <v>30.0</v>
       </c>
-      <c r="AW12" s="14" t="n">
+      <c r="AZ12" s="14" t="n">
         <v>29.2</v>
       </c>
-      <c r="AX12" s="14" t="n">
+      <c r="BA12" s="14" t="n">
         <v>29.9</v>
       </c>
-      <c r="AY12" s="14" t="n">
+      <c r="BB12" s="14" t="n">
         <v>30.6</v>
       </c>
-      <c r="AZ12" s="14" t="n">
+      <c r="BC12" s="14" t="n">
         <v>30.4</v>
       </c>
-      <c r="BA12" s="14" t="n">
+      <c r="BD12" s="14" t="n">
+        <v>26.1</v>
+      </c>
+      <c r="BE12" s="14" t="n">
         <v>25.9</v>
       </c>
-      <c r="BB12" s="14" t="n">
+      <c r="BF12" s="14" t="n">
         <v>27.8</v>
       </c>
-      <c r="BC12" s="14" t="n">
+      <c r="BG12" s="14" t="n">
         <v>28.0</v>
       </c>
-      <c r="BD12" s="14" t="n">
+      <c r="BH12" s="14" t="n">
         <v>28.9</v>
       </c>
-      <c r="BE12" s="14" t="n">
+      <c r="BI12" s="14" t="n">
         <v>31.1</v>
       </c>
-      <c r="BF12" s="14" t="n">
+      <c r="BJ12" s="14" t="n">
         <v>31.7</v>
       </c>
-      <c r="BG12" s="14" t="n">
+      <c r="BK12" s="14" t="n">
         <v>26.6</v>
       </c>
-      <c r="BH12" s="14" t="n">
+      <c r="BL12" s="14" t="n">
         <v>28.6</v>
       </c>
-      <c r="BI12" s="14" t="n">
+      <c r="BM12" s="14" t="n">
         <v>26.7</v>
       </c>
-      <c r="BJ12" s="14" t="n">
+      <c r="BN12" s="14" t="n">
         <v>27.7</v>
       </c>
-      <c r="BK12" s="14" t="n">
+      <c r="BO12" s="14" t="n">
         <v>29.0</v>
       </c>
-      <c r="BL12" s="14" t="n">
+      <c r="BP12" s="14" t="n">
         <v>26.9</v>
       </c>
-      <c r="BM12" s="14" t="n">
+      <c r="BQ12" s="14" t="n">
         <v>27.2</v>
       </c>
-      <c r="BN12" s="14" t="n">
+      <c r="BR12" s="14" t="n">
         <v>26.6</v>
       </c>
-      <c r="BO12" s="14" t="n">
+      <c r="BS12" s="14" t="n">
         <v>27.2</v>
       </c>
-      <c r="BP12" s="14" t="n">
+      <c r="BT12" s="14" t="n">
         <v>27.8</v>
       </c>
-      <c r="BQ12" s="14" t="n">
+      <c r="BU12" s="14" t="n">
         <v>27.4</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="6" t="inlineStr">
         <is>
           <t>04 Balears, Illes</t>
         </is>
       </c>
       <c r="B13" s="14" t="n">
         <v>4.6</v>
       </c>
       <c r="C13" s="14" t="n">
+        <v>4.6</v>
+      </c>
+      <c r="D13" s="14" t="n">
         <v>5.1</v>
       </c>
-      <c r="D13" s="14" t="n">
+      <c r="E13" s="14" t="n">
         <v>4.9</v>
       </c>
-      <c r="E13" s="14" t="n">
+      <c r="F13" s="14" t="n">
         <v>5.1</v>
       </c>
-      <c r="F13" s="14" t="n">
+      <c r="G13" s="14" t="n">
         <v>4.6</v>
       </c>
-      <c r="G13" s="14" t="n">
+      <c r="H13" s="14" t="n">
         <v>4.8</v>
       </c>
-      <c r="H13" s="14" t="n">
+      <c r="I13" s="14" t="n">
         <v>5.5</v>
       </c>
-      <c r="I13" s="14" t="n">
+      <c r="J13" s="14" t="n">
         <v>8.2</v>
       </c>
-      <c r="J13" s="14" t="n">
+      <c r="K13" s="14" t="n">
         <v>6.1</v>
       </c>
-      <c r="K13" s="14" t="n">
+      <c r="L13" s="14" t="n">
         <v>9.1</v>
       </c>
-      <c r="L13" s="14" t="n">
+      <c r="M13" s="14" t="n">
         <v>8.9</v>
       </c>
-      <c r="M13" s="14" t="n">
+      <c r="N13" s="14" t="n">
         <v>7.1</v>
       </c>
-      <c r="N13" s="14" t="n">
+      <c r="O13" s="14" t="n">
         <v>6.9</v>
       </c>
-      <c r="O13" s="14" t="n">
+      <c r="P13" s="14" t="n">
         <v>9.2</v>
       </c>
-      <c r="P13" s="14" t="n">
+      <c r="Q13" s="14" t="n">
         <v>6.9</v>
       </c>
-      <c r="Q13" s="14" t="n">
+      <c r="R13" s="14" t="n">
         <v>6.3</v>
       </c>
-      <c r="R13" s="14" t="n">
+      <c r="S13" s="14" t="n">
         <v>5.9</v>
       </c>
-      <c r="S13" s="14" t="n">
+      <c r="T13" s="14" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="U13" s="14" t="n">
         <v>4.4</v>
       </c>
-      <c r="T13" s="14" t="n">
+      <c r="V13" s="14" t="n">
         <v>4.4</v>
       </c>
-      <c r="U13" s="14" t="n">
+      <c r="W13" s="14" t="n">
         <v>5.0</v>
       </c>
-      <c r="V13" s="14" t="n">
+      <c r="X13" s="14" t="n">
         <v>4.9</v>
       </c>
-      <c r="W13" s="14" t="n">
+      <c r="Y13" s="14" t="n">
         <v>4.1</v>
       </c>
-      <c r="X13" s="14" t="n">
+      <c r="Z13" s="14" t="n">
         <v>4.8</v>
       </c>
-      <c r="Y13" s="14" t="n">
+      <c r="AA13" s="14" t="n">
         <v>5.0</v>
       </c>
-      <c r="Z13" s="14" t="n">
+      <c r="AB13" s="14" t="n">
         <v>7.4</v>
       </c>
-      <c r="AA13" s="14" t="n">
+      <c r="AC13" s="14" t="n">
         <v>5.4</v>
       </c>
-      <c r="AB13" s="14" t="n">
+      <c r="AD13" s="14" t="n">
         <v>7.9</v>
       </c>
-      <c r="AC13" s="14" t="n">
+      <c r="AE13" s="14" t="n">
         <v>7.7</v>
       </c>
-      <c r="AD13" s="14" t="n">
+      <c r="AF13" s="14" t="n">
         <v>6.4</v>
       </c>
-      <c r="AE13" s="14" t="n">
+      <c r="AG13" s="14" t="n">
         <v>6.4</v>
       </c>
-      <c r="AF13" s="14" t="n">
+      <c r="AH13" s="14" t="n">
         <v>7.5</v>
       </c>
-      <c r="AG13" s="14" t="n">
+      <c r="AI13" s="14" t="n">
         <v>6.0</v>
       </c>
-      <c r="AH13" s="14" t="n">
+      <c r="AJ13" s="14" t="n">
         <v>5.9</v>
       </c>
-      <c r="AI13" s="14" t="n">
+      <c r="AK13" s="14" t="n">
         <v>5.2</v>
       </c>
-      <c r="AJ13" s="14" t="n">
+      <c r="AL13" s="14" t="n">
+        <v>27.7</v>
+      </c>
+      <c r="AM13" s="14" t="n">
         <v>28.7</v>
       </c>
-      <c r="AK13" s="14" t="n">
+      <c r="AN13" s="14" t="n">
         <v>28.5</v>
       </c>
-      <c r="AL13" s="14" t="n">
+      <c r="AO13" s="14" t="n">
         <v>28.3</v>
       </c>
-      <c r="AM13" s="14" t="n">
+      <c r="AP13" s="14" t="n">
         <v>28.5</v>
       </c>
-      <c r="AN13" s="14" t="n">
+      <c r="AQ13" s="14" t="n">
         <v>26.5</v>
       </c>
-      <c r="AO13" s="14" t="n">
+      <c r="AR13" s="14" t="n">
         <v>29.2</v>
       </c>
-      <c r="AP13" s="14" t="n">
+      <c r="AS13" s="14" t="n">
         <v>32.8</v>
       </c>
-      <c r="AQ13" s="14" t="n">
+      <c r="AT13" s="14" t="n">
         <v>37.8</v>
       </c>
-      <c r="AR13" s="14" t="n">
+      <c r="AU13" s="14" t="n">
         <v>33.6</v>
       </c>
-      <c r="AS13" s="14" t="n">
+      <c r="AV13" s="14" t="n">
         <v>34.7</v>
       </c>
-      <c r="AT13" s="14" t="n">
+      <c r="AW13" s="14" t="n">
         <v>34.9</v>
       </c>
-      <c r="AU13" s="14" t="n">
+      <c r="AX13" s="14" t="n">
         <v>33.8</v>
       </c>
-      <c r="AV13" s="14" t="n">
+      <c r="AY13" s="14" t="n">
         <v>34.2</v>
       </c>
-      <c r="AW13" s="14" t="n">
+      <c r="AZ13" s="14" t="n">
         <v>36.5</v>
       </c>
-      <c r="AX13" s="14" t="n">
+      <c r="BA13" s="14" t="n">
         <v>34.4</v>
       </c>
-      <c r="AY13" s="14" t="n">
+      <c r="BB13" s="14" t="n">
         <v>33.2</v>
       </c>
-      <c r="AZ13" s="14" t="n">
+      <c r="BC13" s="14" t="n">
         <v>32.1</v>
       </c>
-      <c r="BA13" s="14" t="n">
+      <c r="BD13" s="14" t="n">
+        <v>26.0</v>
+      </c>
+      <c r="BE13" s="14" t="n">
         <v>27.7</v>
       </c>
-      <c r="BB13" s="14" t="n">
+      <c r="BF13" s="14" t="n">
         <v>27.2</v>
       </c>
-      <c r="BC13" s="14" t="n">
+      <c r="BG13" s="14" t="n">
         <v>27.2</v>
       </c>
-      <c r="BD13" s="14" t="n">
+      <c r="BH13" s="14" t="n">
         <v>27.9</v>
       </c>
-      <c r="BE13" s="14" t="n">
+      <c r="BI13" s="14" t="n">
         <v>25.7</v>
       </c>
-      <c r="BF13" s="14" t="n">
+      <c r="BJ13" s="14" t="n">
         <v>28.8</v>
       </c>
-      <c r="BG13" s="14" t="n">
+      <c r="BK13" s="14" t="n">
         <v>31.3</v>
       </c>
-      <c r="BH13" s="14" t="n">
+      <c r="BL13" s="14" t="n">
         <v>36.6</v>
       </c>
-      <c r="BI13" s="14" t="n">
+      <c r="BM13" s="14" t="n">
         <v>31.7</v>
       </c>
-      <c r="BJ13" s="14" t="n">
+      <c r="BN13" s="14" t="n">
         <v>33.0</v>
       </c>
-      <c r="BK13" s="14" t="n">
+      <c r="BO13" s="14" t="n">
         <v>33.1</v>
       </c>
-      <c r="BL13" s="14" t="n">
+      <c r="BP13" s="14" t="n">
         <v>31.9</v>
       </c>
-      <c r="BM13" s="14" t="n">
+      <c r="BQ13" s="14" t="n">
         <v>32.7</v>
       </c>
-      <c r="BN13" s="14" t="n">
+      <c r="BR13" s="14" t="n">
         <v>34.3</v>
       </c>
-      <c r="BO13" s="14" t="n">
+      <c r="BS13" s="14" t="n">
         <v>32.5</v>
       </c>
-      <c r="BP13" s="14" t="n">
+      <c r="BT13" s="14" t="n">
         <v>31.8</v>
       </c>
-      <c r="BQ13" s="14" t="n">
+      <c r="BU13" s="14" t="n">
         <v>30.3</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="6" t="inlineStr">
         <is>
           <t>05 Canarias</t>
         </is>
       </c>
       <c r="B14" s="14" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="C14" s="14" t="n">
         <v>5.7</v>
       </c>
-      <c r="C14" s="14" t="n">
+      <c r="D14" s="14" t="n">
         <v>5.3</v>
       </c>
-      <c r="D14" s="14" t="n">
+      <c r="E14" s="14" t="n">
         <v>6.3</v>
       </c>
-      <c r="E14" s="14" t="n">
+      <c r="F14" s="14" t="n">
         <v>8.2</v>
       </c>
-      <c r="F14" s="14" t="n">
+      <c r="G14" s="14" t="n">
         <v>6.9</v>
       </c>
-      <c r="G14" s="14" t="n">
+      <c r="H14" s="14" t="n">
         <v>5.3</v>
-      </c>
-[...1 lines deleted...]
-        <v>7.0</v>
       </c>
       <c r="I14" s="14" t="n">
         <v>7.0</v>
       </c>
       <c r="J14" s="14" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="K14" s="14" t="n">
         <v>8.8</v>
       </c>
-      <c r="K14" s="14" t="n">
+      <c r="L14" s="14" t="n">
         <v>10.1</v>
       </c>
-      <c r="L14" s="14" t="n">
+      <c r="M14" s="14" t="n">
         <v>7.7</v>
       </c>
-      <c r="M14" s="14" t="n">
+      <c r="N14" s="14" t="n">
         <v>7.0</v>
       </c>
-      <c r="N14" s="14" t="n">
+      <c r="O14" s="14" t="n">
         <v>7.1</v>
       </c>
-      <c r="O14" s="14" t="n">
+      <c r="P14" s="14" t="n">
         <v>6.8</v>
       </c>
-      <c r="P14" s="14" t="n">
+      <c r="Q14" s="14" t="n">
         <v>6.7</v>
       </c>
-      <c r="Q14" s="14" t="n">
+      <c r="R14" s="14" t="n">
         <v>6.3</v>
       </c>
-      <c r="R14" s="14" t="n">
+      <c r="S14" s="14" t="n">
         <v>5.6</v>
       </c>
-      <c r="S14" s="14" t="n">
+      <c r="T14" s="14" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="U14" s="14" t="n">
         <v>4.6</v>
       </c>
-      <c r="T14" s="14" t="n">
+      <c r="V14" s="14" t="n">
         <v>4.5</v>
       </c>
-      <c r="U14" s="14" t="n">
+      <c r="W14" s="14" t="n">
         <v>5.6</v>
       </c>
-      <c r="V14" s="14" t="n">
+      <c r="X14" s="14" t="n">
         <v>6.5</v>
       </c>
-      <c r="W14" s="14" t="n">
+      <c r="Y14" s="14" t="n">
         <v>5.9</v>
       </c>
-      <c r="X14" s="14" t="n">
+      <c r="Z14" s="14" t="n">
         <v>4.3</v>
       </c>
-      <c r="Y14" s="14" t="n">
+      <c r="AA14" s="14" t="n">
         <v>5.8</v>
       </c>
-      <c r="Z14" s="14" t="n">
+      <c r="AB14" s="14" t="n">
         <v>5.3</v>
       </c>
-      <c r="AA14" s="14" t="n">
+      <c r="AC14" s="14" t="n">
         <v>6.3</v>
       </c>
-      <c r="AB14" s="14" t="n">
+      <c r="AD14" s="14" t="n">
         <v>6.6</v>
-      </c>
-[...4 lines deleted...]
-        <v>5.4</v>
       </c>
       <c r="AE14" s="14" t="n">
         <v>5.2</v>
       </c>
       <c r="AF14" s="14" t="n">
+        <v>5.4</v>
+      </c>
+      <c r="AG14" s="14" t="n">
+        <v>5.2</v>
+      </c>
+      <c r="AH14" s="14" t="n">
         <v>5.0</v>
       </c>
-      <c r="AG14" s="14" t="n">
+      <c r="AI14" s="14" t="n">
         <v>5.3</v>
       </c>
-      <c r="AH14" s="14" t="n">
+      <c r="AJ14" s="14" t="n">
         <v>5.1</v>
       </c>
-      <c r="AI14" s="14" t="n">
+      <c r="AK14" s="14" t="n">
         <v>4.5</v>
       </c>
-      <c r="AJ14" s="14" t="n">
+      <c r="AL14" s="14" t="n">
+        <v>30.7</v>
+      </c>
+      <c r="AM14" s="14" t="n">
         <v>31.6</v>
       </c>
-      <c r="AK14" s="14" t="n">
+      <c r="AN14" s="14" t="n">
         <v>31.1</v>
       </c>
-      <c r="AL14" s="14" t="n">
+      <c r="AO14" s="14" t="n">
         <v>33.2</v>
       </c>
-      <c r="AM14" s="14" t="n">
+      <c r="AP14" s="14" t="n">
         <v>35.0</v>
       </c>
-      <c r="AN14" s="14" t="n">
+      <c r="AQ14" s="14" t="n">
         <v>33.1</v>
       </c>
-      <c r="AO14" s="14" t="n">
+      <c r="AR14" s="14" t="n">
         <v>30.3</v>
       </c>
-      <c r="AP14" s="14" t="n">
+      <c r="AS14" s="14" t="n">
         <v>33.9</v>
       </c>
-      <c r="AQ14" s="14" t="n">
+      <c r="AT14" s="14" t="n">
         <v>33.8</v>
       </c>
-      <c r="AR14" s="14" t="n">
+      <c r="AU14" s="14" t="n">
         <v>38.1</v>
       </c>
-      <c r="AS14" s="14" t="n">
+      <c r="AV14" s="14" t="n">
         <v>35.9</v>
       </c>
-      <c r="AT14" s="14" t="n">
+      <c r="AW14" s="14" t="n">
         <v>33.6</v>
       </c>
-      <c r="AU14" s="14" t="n">
+      <c r="AX14" s="14" t="n">
         <v>32.8</v>
       </c>
-      <c r="AV14" s="14" t="n">
+      <c r="AY14" s="14" t="n">
         <v>34.4</v>
       </c>
-      <c r="AW14" s="14" t="n">
+      <c r="AZ14" s="14" t="n">
         <v>34.0</v>
       </c>
-      <c r="AX14" s="14" t="n">
+      <c r="BA14" s="14" t="n">
         <v>33.0</v>
       </c>
-      <c r="AY14" s="14" t="n">
+      <c r="BB14" s="14" t="n">
         <v>33.2</v>
       </c>
-      <c r="AZ14" s="14" t="n">
+      <c r="BC14" s="14" t="n">
         <v>31.7</v>
       </c>
-      <c r="BA14" s="14" t="n">
+      <c r="BD14" s="14" t="n">
+        <v>27.9</v>
+      </c>
+      <c r="BE14" s="14" t="n">
         <v>28.8</v>
       </c>
-      <c r="BB14" s="14" t="n">
+      <c r="BF14" s="14" t="n">
         <v>28.6</v>
       </c>
-      <c r="BC14" s="14" t="n">
+      <c r="BG14" s="14" t="n">
         <v>30.6</v>
       </c>
-      <c r="BD14" s="14" t="n">
+      <c r="BH14" s="14" t="n">
         <v>31.9</v>
       </c>
-      <c r="BE14" s="14" t="n">
+      <c r="BI14" s="14" t="n">
         <v>30.1</v>
       </c>
-      <c r="BF14" s="14" t="n">
+      <c r="BJ14" s="14" t="n">
         <v>27.1</v>
       </c>
-      <c r="BG14" s="14" t="n">
+      <c r="BK14" s="14" t="n">
         <v>30.4</v>
       </c>
-      <c r="BH14" s="14" t="n">
+      <c r="BL14" s="14" t="n">
         <v>30.1</v>
       </c>
-      <c r="BI14" s="14" t="n">
+      <c r="BM14" s="14" t="n">
         <v>33.5</v>
       </c>
-      <c r="BJ14" s="14" t="n">
+      <c r="BN14" s="14" t="n">
         <v>31.9</v>
       </c>
-      <c r="BK14" s="14" t="n">
+      <c r="BO14" s="14" t="n">
         <v>29.2</v>
       </c>
-      <c r="BL14" s="14" t="n">
+      <c r="BP14" s="14" t="n">
         <v>29.5</v>
       </c>
-      <c r="BM14" s="14" t="n">
+      <c r="BQ14" s="14" t="n">
         <v>30.6</v>
       </c>
-      <c r="BN14" s="14" t="n">
+      <c r="BR14" s="14" t="n">
         <v>30.4</v>
       </c>
-      <c r="BO14" s="14" t="n">
+      <c r="BS14" s="14" t="n">
         <v>29.7</v>
       </c>
-      <c r="BP14" s="14" t="n">
+      <c r="BT14" s="14" t="n">
         <v>29.7</v>
       </c>
-      <c r="BQ14" s="14" t="n">
+      <c r="BU14" s="14" t="n">
         <v>28.9</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="6" t="inlineStr">
         <is>
           <t>06 Cantabria</t>
         </is>
       </c>
       <c r="B15" s="14" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="C15" s="14" t="n">
         <v>4.7</v>
       </c>
-      <c r="C15" s="14" t="n">
+      <c r="D15" s="14" t="n">
         <v>4.6</v>
       </c>
-      <c r="D15" s="14" t="n">
+      <c r="E15" s="14" t="n">
         <v>4.9</v>
       </c>
-      <c r="E15" s="14" t="n">
+      <c r="F15" s="14" t="n">
         <v>4.8</v>
       </c>
-      <c r="F15" s="14" t="n">
+      <c r="G15" s="14" t="n">
         <v>5.3</v>
       </c>
-      <c r="G15" s="14" t="n">
+      <c r="H15" s="14" t="n">
         <v>5.2</v>
       </c>
-      <c r="H15" s="14" t="n">
+      <c r="I15" s="14" t="n">
         <v>5.3</v>
       </c>
-      <c r="I15" s="14" t="n">
+      <c r="J15" s="14" t="n">
         <v>4.9</v>
       </c>
-      <c r="J15" s="14" t="n">
+      <c r="K15" s="14" t="n">
         <v>4.8</v>
       </c>
-      <c r="K15" s="14" t="n">
+      <c r="L15" s="14" t="n">
         <v>4.3</v>
       </c>
-      <c r="L15" s="14" t="n">
+      <c r="M15" s="14" t="n">
         <v>4.8</v>
       </c>
-      <c r="M15" s="14" t="n">
+      <c r="N15" s="14" t="n">
         <v>5.2</v>
       </c>
-      <c r="N15" s="14" t="n">
+      <c r="O15" s="14" t="n">
         <v>5.3</v>
       </c>
-      <c r="O15" s="14" t="n">
+      <c r="P15" s="14" t="n">
         <v>7.2</v>
       </c>
-      <c r="P15" s="14" t="n">
+      <c r="Q15" s="14" t="n">
         <v>5.3</v>
       </c>
-      <c r="Q15" s="14" t="n">
+      <c r="R15" s="14" t="n">
         <v>5.7</v>
       </c>
-      <c r="R15" s="14" t="n">
+      <c r="S15" s="14" t="n">
         <v>4.8</v>
       </c>
-      <c r="S15" s="14" t="n">
+      <c r="T15" s="14" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="U15" s="14" t="n">
         <v>4.1</v>
       </c>
-      <c r="T15" s="14" t="n">
+      <c r="V15" s="14" t="n">
         <v>3.9</v>
       </c>
-      <c r="U15" s="14" t="n">
+      <c r="W15" s="14" t="n">
         <v>4.3</v>
       </c>
-      <c r="V15" s="14" t="n">
+      <c r="X15" s="14" t="n">
         <v>4.2</v>
       </c>
-      <c r="W15" s="14" t="n">
+      <c r="Y15" s="14" t="n">
         <v>4.4</v>
-      </c>
-[...4 lines deleted...]
-        <v>4.3</v>
       </c>
       <c r="Z15" s="14" t="n">
         <v>4.1</v>
       </c>
       <c r="AA15" s="14" t="n">
-        <v>4.1</v>
+        <v>4.3</v>
       </c>
       <c r="AB15" s="14" t="n">
         <v>4.1</v>
       </c>
       <c r="AC15" s="14" t="n">
         <v>4.1</v>
       </c>
       <c r="AD15" s="14" t="n">
+        <v>4.1</v>
+      </c>
+      <c r="AE15" s="14" t="n">
+        <v>4.1</v>
+      </c>
+      <c r="AF15" s="14" t="n">
         <v>4.3</v>
       </c>
-      <c r="AE15" s="14" t="n">
+      <c r="AG15" s="14" t="n">
         <v>4.7</v>
       </c>
-      <c r="AF15" s="14" t="n">
+      <c r="AH15" s="14" t="n">
         <v>5.5</v>
       </c>
-      <c r="AG15" s="14" t="n">
+      <c r="AI15" s="14" t="n">
         <v>4.3</v>
       </c>
-      <c r="AH15" s="14" t="n">
+      <c r="AJ15" s="14" t="n">
         <v>4.6</v>
       </c>
-      <c r="AI15" s="14" t="n">
+      <c r="AK15" s="14" t="n">
         <v>4.1</v>
       </c>
-      <c r="AJ15" s="14" t="n">
+      <c r="AL15" s="14" t="n">
+        <v>27.5</v>
+      </c>
+      <c r="AM15" s="14" t="n">
         <v>28.5</v>
       </c>
-      <c r="AK15" s="14" t="n">
+      <c r="AN15" s="14" t="n">
         <v>28.7</v>
       </c>
-      <c r="AL15" s="14" t="n">
+      <c r="AO15" s="14" t="n">
         <v>30.3</v>
       </c>
-      <c r="AM15" s="14" t="n">
+      <c r="AP15" s="14" t="n">
         <v>29.8</v>
       </c>
-      <c r="AN15" s="14" t="n">
+      <c r="AQ15" s="14" t="n">
         <v>30.8</v>
       </c>
-      <c r="AO15" s="14" t="n">
+      <c r="AR15" s="14" t="n">
         <v>30.4</v>
       </c>
-      <c r="AP15" s="14" t="n">
+      <c r="AS15" s="14" t="n">
         <v>29.9</v>
       </c>
-      <c r="AQ15" s="14" t="n">
+      <c r="AT15" s="14" t="n">
         <v>29.7</v>
       </c>
-      <c r="AR15" s="14" t="n">
+      <c r="AU15" s="14" t="n">
         <v>30.0</v>
       </c>
-      <c r="AS15" s="14" t="n">
+      <c r="AV15" s="14" t="n">
         <v>27.2</v>
       </c>
-      <c r="AT15" s="14" t="n">
+      <c r="AW15" s="14" t="n">
         <v>28.4</v>
       </c>
-      <c r="AU15" s="14" t="n">
+      <c r="AX15" s="14" t="n">
         <v>30.3</v>
       </c>
-      <c r="AV15" s="14" t="n">
+      <c r="AY15" s="14" t="n">
         <v>31.1</v>
       </c>
-      <c r="AW15" s="14" t="n">
+      <c r="AZ15" s="14" t="n">
         <v>33.9</v>
       </c>
-      <c r="AX15" s="14" t="n">
+      <c r="BA15" s="14" t="n">
         <v>30.7</v>
       </c>
-      <c r="AY15" s="14" t="n">
+      <c r="BB15" s="14" t="n">
         <v>30.6</v>
       </c>
-      <c r="AZ15" s="14" t="n">
+      <c r="BC15" s="14" t="n">
         <v>29.1</v>
       </c>
-      <c r="BA15" s="14" t="n">
+      <c r="BD15" s="14" t="n">
+        <v>25.1</v>
+      </c>
+      <c r="BE15" s="14" t="n">
         <v>26.1</v>
       </c>
-      <c r="BB15" s="14" t="n">
+      <c r="BF15" s="14" t="n">
         <v>26.1</v>
       </c>
-      <c r="BC15" s="14" t="n">
+      <c r="BG15" s="14" t="n">
         <v>27.8</v>
-      </c>
-[...10 lines deleted...]
-        <v>26.8</v>
       </c>
       <c r="BH15" s="14" t="n">
         <v>27.2</v>
       </c>
       <c r="BI15" s="14" t="n">
+        <v>28.0</v>
+      </c>
+      <c r="BJ15" s="14" t="n">
+        <v>27.2</v>
+      </c>
+      <c r="BK15" s="14" t="n">
+        <v>26.8</v>
+      </c>
+      <c r="BL15" s="14" t="n">
+        <v>27.2</v>
+      </c>
+      <c r="BM15" s="14" t="n">
         <v>27.5</v>
       </c>
-      <c r="BJ15" s="14" t="n">
+      <c r="BN15" s="14" t="n">
         <v>25.1</v>
       </c>
-      <c r="BK15" s="14" t="n">
+      <c r="BO15" s="14" t="n">
         <v>26.4</v>
       </c>
-      <c r="BL15" s="14" t="n">
+      <c r="BP15" s="14" t="n">
         <v>27.3</v>
       </c>
-      <c r="BM15" s="14" t="n">
+      <c r="BQ15" s="14" t="n">
         <v>28.1</v>
       </c>
-      <c r="BN15" s="14" t="n">
+      <c r="BR15" s="14" t="n">
         <v>30.3</v>
       </c>
-      <c r="BO15" s="14" t="n">
+      <c r="BS15" s="14" t="n">
         <v>27.7</v>
       </c>
-      <c r="BP15" s="14" t="n">
+      <c r="BT15" s="14" t="n">
         <v>28.8</v>
       </c>
-      <c r="BQ15" s="14" t="n">
+      <c r="BU15" s="14" t="n">
         <v>27.1</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="6" t="inlineStr">
         <is>
           <t>07 Castilla y León</t>
         </is>
       </c>
       <c r="B16" s="14" t="n">
         <v>5.1</v>
       </c>
       <c r="C16" s="14" t="n">
         <v>5.1</v>
       </c>
       <c r="D16" s="14" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="E16" s="14" t="n">
         <v>4.9</v>
       </c>
-      <c r="E16" s="14" t="n">
+      <c r="F16" s="14" t="n">
         <v>5.1</v>
-      </c>
-[...1 lines deleted...]
-        <v>4.5</v>
       </c>
       <c r="G16" s="14" t="n">
         <v>4.5</v>
       </c>
       <c r="H16" s="14" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="I16" s="14" t="n">
         <v>4.8</v>
       </c>
-      <c r="I16" s="14" t="n">
+      <c r="J16" s="14" t="n">
         <v>4.7</v>
       </c>
-      <c r="J16" s="14" t="n">
+      <c r="K16" s="14" t="n">
         <v>5.1</v>
       </c>
-      <c r="K16" s="14" t="n">
+      <c r="L16" s="14" t="n">
         <v>5.6</v>
       </c>
-      <c r="L16" s="14" t="n">
+      <c r="M16" s="14" t="n">
         <v>6.2</v>
       </c>
-      <c r="M16" s="14" t="n">
+      <c r="N16" s="14" t="n">
         <v>5.2</v>
       </c>
-      <c r="N16" s="14" t="n">
+      <c r="O16" s="14" t="n">
         <v>5.0</v>
       </c>
-      <c r="O16" s="14" t="n">
+      <c r="P16" s="14" t="n">
         <v>4.9</v>
       </c>
-      <c r="P16" s="14" t="n">
+      <c r="Q16" s="14" t="n">
         <v>5.2</v>
       </c>
-      <c r="Q16" s="14" t="n">
+      <c r="R16" s="14" t="n">
         <v>5.1</v>
       </c>
-      <c r="R16" s="14" t="n">
+      <c r="S16" s="14" t="n">
         <v>4.5</v>
       </c>
-      <c r="S16" s="14" t="n">
+      <c r="T16" s="14" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="U16" s="14" t="n">
         <v>4.3</v>
       </c>
-      <c r="T16" s="14" t="n">
+      <c r="V16" s="14" t="n">
         <v>4.3</v>
       </c>
-      <c r="U16" s="14" t="n">
+      <c r="W16" s="14" t="n">
         <v>4.1</v>
       </c>
-      <c r="V16" s="14" t="n">
+      <c r="X16" s="14" t="n">
         <v>4.2</v>
       </c>
-      <c r="W16" s="14" t="n">
+      <c r="Y16" s="14" t="n">
         <v>4.0</v>
       </c>
-      <c r="X16" s="14" t="n">
+      <c r="Z16" s="14" t="n">
         <v>3.9</v>
       </c>
-      <c r="Y16" s="14" t="n">
+      <c r="AA16" s="14" t="n">
         <v>4.2</v>
       </c>
-      <c r="Z16" s="14" t="n">
+      <c r="AB16" s="14" t="n">
         <v>4.0</v>
       </c>
-      <c r="AA16" s="14" t="n">
+      <c r="AC16" s="14" t="n">
         <v>4.3</v>
       </c>
-      <c r="AB16" s="14" t="n">
+      <c r="AD16" s="14" t="n">
         <v>4.6</v>
       </c>
-      <c r="AC16" s="14" t="n">
+      <c r="AE16" s="14" t="n">
         <v>5.1</v>
       </c>
-      <c r="AD16" s="14" t="n">
+      <c r="AF16" s="14" t="n">
         <v>4.4</v>
-      </c>
-[...4 lines deleted...]
-        <v>4.1</v>
       </c>
       <c r="AG16" s="14" t="n">
         <v>4.3</v>
       </c>
       <c r="AH16" s="14" t="n">
+        <v>4.1</v>
+      </c>
+      <c r="AI16" s="14" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="AJ16" s="14" t="n">
         <v>4.2</v>
       </c>
-      <c r="AI16" s="14" t="n">
+      <c r="AK16" s="14" t="n">
         <v>3.9</v>
       </c>
-      <c r="AJ16" s="14" t="n">
+      <c r="AL16" s="14" t="n">
         <v>29.8</v>
       </c>
-      <c r="AK16" s="14" t="n">
+      <c r="AM16" s="14" t="n">
+        <v>29.8</v>
+      </c>
+      <c r="AN16" s="14" t="n">
         <v>29.4</v>
       </c>
-      <c r="AL16" s="14" t="n">
+      <c r="AO16" s="14" t="n">
         <v>29.2</v>
       </c>
-      <c r="AM16" s="14" t="n">
+      <c r="AP16" s="14" t="n">
         <v>29.5</v>
       </c>
-      <c r="AN16" s="14" t="n">
+      <c r="AQ16" s="14" t="n">
         <v>27.9</v>
       </c>
-      <c r="AO16" s="14" t="n">
+      <c r="AR16" s="14" t="n">
         <v>27.7</v>
       </c>
-      <c r="AP16" s="14" t="n">
+      <c r="AS16" s="14" t="n">
         <v>29.9</v>
       </c>
-      <c r="AQ16" s="14" t="n">
+      <c r="AT16" s="14" t="n">
         <v>28.5</v>
-      </c>
-[...7 lines deleted...]
-        <v>32.5</v>
       </c>
       <c r="AU16" s="14" t="n">
         <v>30.5</v>
       </c>
       <c r="AV16" s="14" t="n">
+        <v>31.1</v>
+      </c>
+      <c r="AW16" s="14" t="n">
+        <v>32.5</v>
+      </c>
+      <c r="AX16" s="14" t="n">
+        <v>30.5</v>
+      </c>
+      <c r="AY16" s="14" t="n">
         <v>29.9</v>
       </c>
-      <c r="AW16" s="14" t="n">
+      <c r="AZ16" s="14" t="n">
         <v>29.8</v>
       </c>
-      <c r="AX16" s="14" t="n">
+      <c r="BA16" s="14" t="n">
         <v>29.7</v>
       </c>
-      <c r="AY16" s="14" t="n">
+      <c r="BB16" s="14" t="n">
         <v>30.1</v>
       </c>
-      <c r="AZ16" s="14" t="n">
+      <c r="BC16" s="14" t="n">
         <v>28.8</v>
       </c>
-      <c r="BA16" s="14" t="n">
+      <c r="BD16" s="14" t="n">
         <v>27.5</v>
       </c>
-      <c r="BB16" s="14" t="n">
+      <c r="BE16" s="14" t="n">
+        <v>27.5</v>
+      </c>
+      <c r="BF16" s="14" t="n">
         <v>26.9</v>
       </c>
-      <c r="BC16" s="14" t="n">
+      <c r="BG16" s="14" t="n">
         <v>26.6</v>
       </c>
-      <c r="BD16" s="14" t="n">
+      <c r="BH16" s="14" t="n">
         <v>26.7</v>
       </c>
-      <c r="BE16" s="14" t="n">
+      <c r="BI16" s="14" t="n">
         <v>25.7</v>
       </c>
-      <c r="BF16" s="14" t="n">
+      <c r="BJ16" s="14" t="n">
         <v>25.4</v>
       </c>
-      <c r="BG16" s="14" t="n">
+      <c r="BK16" s="14" t="n">
         <v>27.3</v>
       </c>
-      <c r="BH16" s="14" t="n">
+      <c r="BL16" s="14" t="n">
         <v>26.0</v>
-      </c>
-[...10 lines deleted...]
-        <v>28.0</v>
       </c>
       <c r="BM16" s="14" t="n">
         <v>27.5</v>
       </c>
       <c r="BN16" s="14" t="n">
+        <v>27.9</v>
+      </c>
+      <c r="BO16" s="14" t="n">
+        <v>29.5</v>
+      </c>
+      <c r="BP16" s="14" t="n">
+        <v>28.0</v>
+      </c>
+      <c r="BQ16" s="14" t="n">
+        <v>27.5</v>
+      </c>
+      <c r="BR16" s="14" t="n">
         <v>27.0</v>
       </c>
-      <c r="BO16" s="14" t="n">
+      <c r="BS16" s="14" t="n">
         <v>26.8</v>
       </c>
-      <c r="BP16" s="14" t="n">
+      <c r="BT16" s="14" t="n">
         <v>27.4</v>
       </c>
-      <c r="BQ16" s="14" t="n">
+      <c r="BU16" s="14" t="n">
         <v>26.1</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="6" t="inlineStr">
         <is>
           <t>08 Castilla - La Mancha</t>
         </is>
       </c>
       <c r="B17" s="14" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="C17" s="14" t="n">
         <v>4.9</v>
       </c>
-      <c r="C17" s="14" t="n">
+      <c r="D17" s="14" t="n">
         <v>5.0</v>
       </c>
-      <c r="D17" s="14" t="n">
+      <c r="E17" s="14" t="n">
         <v>4.9</v>
       </c>
-      <c r="E17" s="14" t="n">
+      <c r="F17" s="14" t="n">
         <v>5.7</v>
       </c>
-      <c r="F17" s="14" t="n">
+      <c r="G17" s="14" t="n">
         <v>4.8</v>
       </c>
-      <c r="G17" s="14" t="n">
+      <c r="H17" s="14" t="n">
         <v>5.5</v>
       </c>
-      <c r="H17" s="14" t="n">
+      <c r="I17" s="14" t="n">
         <v>6.6</v>
       </c>
-      <c r="I17" s="14" t="n">
+      <c r="J17" s="14" t="n">
         <v>6.3</v>
       </c>
-      <c r="J17" s="14" t="n">
+      <c r="K17" s="14" t="n">
         <v>6.4</v>
       </c>
-      <c r="K17" s="14" t="n">
+      <c r="L17" s="14" t="n">
         <v>6.7</v>
       </c>
-      <c r="L17" s="14" t="n">
+      <c r="M17" s="14" t="n">
         <v>6.2</v>
       </c>
-      <c r="M17" s="14" t="n">
+      <c r="N17" s="14" t="n">
         <v>6.5</v>
       </c>
-      <c r="N17" s="14" t="n">
+      <c r="O17" s="14" t="n">
         <v>6.8</v>
       </c>
-      <c r="O17" s="14" t="n">
+      <c r="P17" s="14" t="n">
         <v>5.7</v>
       </c>
-      <c r="P17" s="14" t="n">
+      <c r="Q17" s="14" t="n">
         <v>5.8</v>
       </c>
-      <c r="Q17" s="14" t="n">
+      <c r="R17" s="14" t="n">
         <v>4.9</v>
       </c>
-      <c r="R17" s="14" t="n">
+      <c r="S17" s="14" t="n">
         <v>5.1</v>
-      </c>
-[...1 lines deleted...]
-        <v>4.3</v>
       </c>
       <c r="T17" s="14" t="n">
         <v>4.2</v>
       </c>
       <c r="U17" s="14" t="n">
-        <v>4.0</v>
+        <v>4.3</v>
       </c>
       <c r="V17" s="14" t="n">
-        <v>4.7</v>
+        <v>4.2</v>
       </c>
       <c r="W17" s="14" t="n">
         <v>4.0</v>
       </c>
       <c r="X17" s="14" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="Y17" s="14" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="Z17" s="14" t="n">
         <v>4.8</v>
       </c>
-      <c r="Y17" s="14" t="n">
+      <c r="AA17" s="14" t="n">
         <v>5.5</v>
       </c>
-      <c r="Z17" s="14" t="n">
+      <c r="AB17" s="14" t="n">
         <v>5.0</v>
       </c>
-      <c r="AA17" s="14" t="n">
+      <c r="AC17" s="14" t="n">
         <v>5.4</v>
       </c>
-      <c r="AB17" s="14" t="n">
+      <c r="AD17" s="14" t="n">
         <v>5.4</v>
       </c>
-      <c r="AC17" s="14" t="n">
+      <c r="AE17" s="14" t="n">
         <v>5.0</v>
       </c>
-      <c r="AD17" s="14" t="n">
+      <c r="AF17" s="14" t="n">
         <v>5.7</v>
       </c>
-      <c r="AE17" s="14" t="n">
+      <c r="AG17" s="14" t="n">
         <v>5.7</v>
       </c>
-      <c r="AF17" s="14" t="n">
+      <c r="AH17" s="14" t="n">
         <v>4.9</v>
       </c>
-      <c r="AG17" s="14" t="n">
+      <c r="AI17" s="14" t="n">
         <v>5.0</v>
       </c>
-      <c r="AH17" s="14" t="n">
+      <c r="AJ17" s="14" t="n">
         <v>4.0</v>
       </c>
-      <c r="AI17" s="14" t="n">
+      <c r="AK17" s="14" t="n">
         <v>4.2</v>
       </c>
-      <c r="AJ17" s="14" t="n">
+      <c r="AL17" s="14" t="n">
+        <v>29.6</v>
+      </c>
+      <c r="AM17" s="14" t="n">
         <v>29.7</v>
       </c>
-      <c r="AK17" s="14" t="n">
+      <c r="AN17" s="14" t="n">
         <v>29.6</v>
       </c>
-      <c r="AL17" s="14" t="n">
+      <c r="AO17" s="14" t="n">
         <v>29.9</v>
       </c>
-      <c r="AM17" s="14" t="n">
+      <c r="AP17" s="14" t="n">
         <v>31.7</v>
       </c>
-      <c r="AN17" s="14" t="n">
+      <c r="AQ17" s="14" t="n">
         <v>28.9</v>
       </c>
-      <c r="AO17" s="14" t="n">
+      <c r="AR17" s="14" t="n">
         <v>31.2</v>
       </c>
-      <c r="AP17" s="14" t="n">
+      <c r="AS17" s="14" t="n">
         <v>34.2</v>
-      </c>
-[...7 lines deleted...]
-        <v>33.4</v>
       </c>
       <c r="AT17" s="14" t="n">
         <v>33.2</v>
       </c>
       <c r="AU17" s="14" t="n">
+        <v>33.9</v>
+      </c>
+      <c r="AV17" s="14" t="n">
+        <v>33.4</v>
+      </c>
+      <c r="AW17" s="14" t="n">
+        <v>33.2</v>
+      </c>
+      <c r="AX17" s="14" t="n">
         <v>33.6</v>
       </c>
-      <c r="AV17" s="14" t="n">
+      <c r="AY17" s="14" t="n">
         <v>34.6</v>
       </c>
-      <c r="AW17" s="14" t="n">
+      <c r="AZ17" s="14" t="n">
         <v>33.7</v>
       </c>
-      <c r="AX17" s="14" t="n">
+      <c r="BA17" s="14" t="n">
         <v>34.5</v>
       </c>
-      <c r="AY17" s="14" t="n">
+      <c r="BB17" s="14" t="n">
         <v>29.7</v>
       </c>
-      <c r="AZ17" s="14" t="n">
+      <c r="BC17" s="14" t="n">
         <v>31.7</v>
       </c>
-      <c r="BA17" s="14" t="n">
+      <c r="BD17" s="14" t="n">
+        <v>27.4</v>
+      </c>
+      <c r="BE17" s="14" t="n">
         <v>27.5</v>
       </c>
-      <c r="BB17" s="14" t="n">
+      <c r="BF17" s="14" t="n">
         <v>27.0</v>
       </c>
-      <c r="BC17" s="14" t="n">
+      <c r="BG17" s="14" t="n">
         <v>26.9</v>
       </c>
-      <c r="BD17" s="14" t="n">
+      <c r="BH17" s="14" t="n">
         <v>28.3</v>
       </c>
-      <c r="BE17" s="14" t="n">
+      <c r="BI17" s="14" t="n">
         <v>26.4</v>
       </c>
-      <c r="BF17" s="14" t="n">
+      <c r="BJ17" s="14" t="n">
         <v>28.6</v>
       </c>
-      <c r="BG17" s="14" t="n">
+      <c r="BK17" s="14" t="n">
         <v>31.0</v>
       </c>
-      <c r="BH17" s="14" t="n">
+      <c r="BL17" s="14" t="n">
         <v>29.9</v>
       </c>
-      <c r="BI17" s="14" t="n">
+      <c r="BM17" s="14" t="n">
         <v>30.6</v>
       </c>
-      <c r="BJ17" s="14" t="n">
+      <c r="BN17" s="14" t="n">
         <v>30.0</v>
       </c>
-      <c r="BK17" s="14" t="n">
+      <c r="BO17" s="14" t="n">
         <v>29.9</v>
       </c>
-      <c r="BL17" s="14" t="n">
+      <c r="BP17" s="14" t="n">
         <v>30.7</v>
       </c>
-      <c r="BM17" s="14" t="n">
+      <c r="BQ17" s="14" t="n">
         <v>31.7</v>
       </c>
-      <c r="BN17" s="14" t="n">
+      <c r="BR17" s="14" t="n">
         <v>30.6</v>
       </c>
-      <c r="BO17" s="14" t="n">
+      <c r="BS17" s="14" t="n">
         <v>31.5</v>
       </c>
-      <c r="BP17" s="14" t="n">
+      <c r="BT17" s="14" t="n">
         <v>27.2</v>
       </c>
-      <c r="BQ17" s="14" t="n">
+      <c r="BU17" s="14" t="n">
         <v>28.8</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="6" t="inlineStr">
         <is>
           <t>09 Cataluña</t>
         </is>
       </c>
       <c r="B18" s="14" t="n">
         <v>4.7</v>
       </c>
       <c r="C18" s="14" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="D18" s="14" t="n">
         <v>5.0</v>
       </c>
-      <c r="D18" s="14" t="n">
+      <c r="E18" s="14" t="n">
         <v>5.2</v>
       </c>
-      <c r="E18" s="14" t="n">
+      <c r="F18" s="14" t="n">
         <v>5.5</v>
       </c>
-      <c r="F18" s="14" t="n">
+      <c r="G18" s="14" t="n">
         <v>6.2</v>
       </c>
-      <c r="G18" s="14" t="n">
+      <c r="H18" s="14" t="n">
         <v>5.6</v>
       </c>
-      <c r="H18" s="14" t="n">
+      <c r="I18" s="14" t="n">
         <v>5.2</v>
       </c>
-      <c r="I18" s="14" t="n">
+      <c r="J18" s="14" t="n">
         <v>5.7</v>
       </c>
-      <c r="J18" s="14" t="n">
+      <c r="K18" s="14" t="n">
         <v>5.6</v>
       </c>
-      <c r="K18" s="14" t="n">
+      <c r="L18" s="14" t="n">
         <v>6.1</v>
       </c>
-      <c r="L18" s="14" t="n">
+      <c r="M18" s="14" t="n">
         <v>6.5</v>
       </c>
-      <c r="M18" s="14" t="n">
+      <c r="N18" s="14" t="n">
         <v>5.7</v>
       </c>
-      <c r="N18" s="14" t="n">
+      <c r="O18" s="14" t="n">
         <v>6.2</v>
       </c>
-      <c r="O18" s="14" t="n">
+      <c r="P18" s="14" t="n">
         <v>5.6</v>
       </c>
-      <c r="P18" s="14" t="n">
+      <c r="Q18" s="14" t="n">
         <v>6.1</v>
       </c>
-      <c r="Q18" s="14" t="n">
+      <c r="R18" s="14" t="n">
         <v>5.8</v>
       </c>
-      <c r="R18" s="14" t="n">
+      <c r="S18" s="14" t="n">
         <v>5.2</v>
       </c>
-      <c r="S18" s="14" t="n">
+      <c r="T18" s="14" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="U18" s="14" t="n">
         <v>4.3</v>
       </c>
-      <c r="T18" s="14" t="n">
+      <c r="V18" s="14" t="n">
         <v>4.5</v>
       </c>
-      <c r="U18" s="14" t="n">
+      <c r="W18" s="14" t="n">
         <v>4.6</v>
-      </c>
-[...4 lines deleted...]
-        <v>5.4</v>
       </c>
       <c r="X18" s="14" t="n">
         <v>4.9</v>
       </c>
       <c r="Y18" s="14" t="n">
+        <v>5.4</v>
+      </c>
+      <c r="Z18" s="14" t="n">
+        <v>4.9</v>
+      </c>
+      <c r="AA18" s="14" t="n">
         <v>4.8</v>
       </c>
-      <c r="Z18" s="14" t="n">
+      <c r="AB18" s="14" t="n">
         <v>5.0</v>
       </c>
-      <c r="AA18" s="14" t="n">
+      <c r="AC18" s="14" t="n">
         <v>5.0</v>
       </c>
-      <c r="AB18" s="14" t="n">
+      <c r="AD18" s="14" t="n">
         <v>5.4</v>
       </c>
-      <c r="AC18" s="14" t="n">
+      <c r="AE18" s="14" t="n">
         <v>5.6</v>
       </c>
-      <c r="AD18" s="14" t="n">
+      <c r="AF18" s="14" t="n">
         <v>5.3</v>
       </c>
-      <c r="AE18" s="14" t="n">
+      <c r="AG18" s="14" t="n">
         <v>5.5</v>
       </c>
-      <c r="AF18" s="14" t="n">
+      <c r="AH18" s="14" t="n">
         <v>5.1</v>
       </c>
-      <c r="AG18" s="14" t="n">
+      <c r="AI18" s="14" t="n">
         <v>5.6</v>
       </c>
-      <c r="AH18" s="14" t="n">
+      <c r="AJ18" s="14" t="n">
         <v>5.4</v>
       </c>
-      <c r="AI18" s="14" t="n">
+      <c r="AK18" s="14" t="n">
         <v>4.8</v>
       </c>
-      <c r="AJ18" s="14" t="n">
+      <c r="AL18" s="14" t="n">
+        <v>29.1</v>
+      </c>
+      <c r="AM18" s="14" t="n">
         <v>29.0</v>
       </c>
-      <c r="AK18" s="14" t="n">
+      <c r="AN18" s="14" t="n">
         <v>29.9</v>
       </c>
-      <c r="AL18" s="14" t="n">
+      <c r="AO18" s="14" t="n">
         <v>30.0</v>
       </c>
-      <c r="AM18" s="14" t="n">
+      <c r="AP18" s="14" t="n">
         <v>30.9</v>
       </c>
-      <c r="AN18" s="14" t="n">
+      <c r="AQ18" s="14" t="n">
         <v>31.7</v>
       </c>
-      <c r="AO18" s="14" t="n">
+      <c r="AR18" s="14" t="n">
         <v>31.2</v>
       </c>
-      <c r="AP18" s="14" t="n">
+      <c r="AS18" s="14" t="n">
         <v>30.3</v>
       </c>
-      <c r="AQ18" s="14" t="n">
+      <c r="AT18" s="14" t="n">
         <v>31.8</v>
       </c>
-      <c r="AR18" s="14" t="n">
+      <c r="AU18" s="14" t="n">
         <v>31.4</v>
       </c>
-      <c r="AS18" s="14" t="n">
+      <c r="AV18" s="14" t="n">
         <v>32.3</v>
       </c>
-      <c r="AT18" s="14" t="n">
+      <c r="AW18" s="14" t="n">
         <v>33.0</v>
       </c>
-      <c r="AU18" s="14" t="n">
+      <c r="AX18" s="14" t="n">
         <v>31.9</v>
       </c>
-      <c r="AV18" s="14" t="n">
+      <c r="AY18" s="14" t="n">
         <v>32.6</v>
       </c>
-      <c r="AW18" s="14" t="n">
+      <c r="AZ18" s="14" t="n">
         <v>32.1</v>
       </c>
-      <c r="AX18" s="14" t="n">
+      <c r="BA18" s="14" t="n">
         <v>33.6</v>
       </c>
-      <c r="AY18" s="14" t="n">
+      <c r="BB18" s="14" t="n">
         <v>32.3</v>
       </c>
-      <c r="AZ18" s="14" t="n">
+      <c r="BC18" s="14" t="n">
         <v>31.1</v>
       </c>
-      <c r="BA18" s="14" t="n">
+      <c r="BD18" s="14" t="n">
         <v>27.7</v>
       </c>
-      <c r="BB18" s="14" t="n">
+      <c r="BE18" s="14" t="n">
+        <v>27.7</v>
+      </c>
+      <c r="BF18" s="14" t="n">
         <v>28.2</v>
       </c>
-      <c r="BC18" s="14" t="n">
+      <c r="BG18" s="14" t="n">
         <v>28.2</v>
       </c>
-      <c r="BD18" s="14" t="n">
+      <c r="BH18" s="14" t="n">
         <v>29.0</v>
       </c>
-      <c r="BE18" s="14" t="n">
+      <c r="BI18" s="14" t="n">
         <v>29.8</v>
       </c>
-      <c r="BF18" s="14" t="n">
+      <c r="BJ18" s="14" t="n">
         <v>29.4</v>
       </c>
-      <c r="BG18" s="14" t="n">
+      <c r="BK18" s="14" t="n">
         <v>28.5</v>
       </c>
-      <c r="BH18" s="14" t="n">
+      <c r="BL18" s="14" t="n">
         <v>29.5</v>
       </c>
-      <c r="BI18" s="14" t="n">
+      <c r="BM18" s="14" t="n">
         <v>29.3</v>
       </c>
-      <c r="BJ18" s="14" t="n">
+      <c r="BN18" s="14" t="n">
         <v>30.2</v>
       </c>
-      <c r="BK18" s="14" t="n">
+      <c r="BO18" s="14" t="n">
         <v>30.8</v>
       </c>
-      <c r="BL18" s="14" t="n">
+      <c r="BP18" s="14" t="n">
         <v>30.4</v>
       </c>
-      <c r="BM18" s="14" t="n">
+      <c r="BQ18" s="14" t="n">
         <v>30.8</v>
       </c>
-      <c r="BN18" s="14" t="n">
+      <c r="BR18" s="14" t="n">
         <v>30.3</v>
       </c>
-      <c r="BO18" s="14" t="n">
+      <c r="BS18" s="14" t="n">
         <v>31.7</v>
       </c>
-      <c r="BP18" s="14" t="n">
+      <c r="BT18" s="14" t="n">
         <v>30.8</v>
       </c>
-      <c r="BQ18" s="14" t="n">
+      <c r="BU18" s="14" t="n">
         <v>29.5</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="6" t="inlineStr">
         <is>
           <t>10 Comunitat Valenciana</t>
         </is>
       </c>
       <c r="B19" s="14" t="n">
+        <v>5.8</v>
+      </c>
+      <c r="C19" s="14" t="n">
         <v>5.7</v>
       </c>
-      <c r="C19" s="14" t="n">
+      <c r="D19" s="14" t="n">
         <v>5.6</v>
       </c>
-      <c r="D19" s="14" t="n">
+      <c r="E19" s="14" t="n">
         <v>5.2</v>
       </c>
-      <c r="E19" s="14" t="n">
+      <c r="F19" s="14" t="n">
         <v>6.2</v>
       </c>
-      <c r="F19" s="14" t="n">
+      <c r="G19" s="14" t="n">
         <v>6.6</v>
-      </c>
-[...1 lines deleted...]
-        <v>5.6</v>
       </c>
       <c r="H19" s="14" t="n">
         <v>5.6</v>
       </c>
       <c r="I19" s="14" t="n">
+        <v>5.6</v>
+      </c>
+      <c r="J19" s="14" t="n">
         <v>6.6</v>
       </c>
-      <c r="J19" s="14" t="n">
+      <c r="K19" s="14" t="n">
         <v>6.0</v>
       </c>
-      <c r="K19" s="14" t="n">
+      <c r="L19" s="14" t="n">
         <v>6.4</v>
       </c>
-      <c r="L19" s="14" t="n">
+      <c r="M19" s="14" t="n">
         <v>5.8</v>
       </c>
-      <c r="M19" s="14" t="n">
+      <c r="N19" s="14" t="n">
         <v>6.5</v>
       </c>
-      <c r="N19" s="14" t="n">
+      <c r="O19" s="14" t="n">
         <v>6.7</v>
       </c>
-      <c r="O19" s="14" t="n">
+      <c r="P19" s="14" t="n">
         <v>6.0</v>
       </c>
-      <c r="P19" s="14" t="n">
+      <c r="Q19" s="14" t="n">
         <v>6.2</v>
       </c>
-      <c r="Q19" s="14" t="n">
+      <c r="R19" s="14" t="n">
         <v>5.3</v>
       </c>
-      <c r="R19" s="14" t="n">
+      <c r="S19" s="14" t="n">
         <v>5.7</v>
       </c>
-      <c r="S19" s="14" t="n">
+      <c r="T19" s="14" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="U19" s="14" t="n">
         <v>4.9</v>
       </c>
-      <c r="T19" s="14" t="n">
+      <c r="V19" s="14" t="n">
         <v>4.6</v>
       </c>
-      <c r="U19" s="14" t="n">
+      <c r="W19" s="14" t="n">
         <v>4.3</v>
       </c>
-      <c r="V19" s="14" t="n">
+      <c r="X19" s="14" t="n">
         <v>5.3</v>
       </c>
-      <c r="W19" s="14" t="n">
+      <c r="Y19" s="14" t="n">
         <v>5.3</v>
       </c>
-      <c r="X19" s="14" t="n">
+      <c r="Z19" s="14" t="n">
         <v>4.8</v>
       </c>
-      <c r="Y19" s="14" t="n">
+      <c r="AA19" s="14" t="n">
         <v>4.9</v>
-      </c>
-[...4 lines deleted...]
-        <v>5.3</v>
       </c>
       <c r="AB19" s="14" t="n">
         <v>5.3</v>
       </c>
       <c r="AC19" s="14" t="n">
+        <v>5.3</v>
+      </c>
+      <c r="AD19" s="14" t="n">
+        <v>5.3</v>
+      </c>
+      <c r="AE19" s="14" t="n">
         <v>4.9</v>
       </c>
-      <c r="AD19" s="14" t="n">
+      <c r="AF19" s="14" t="n">
         <v>5.2</v>
       </c>
-      <c r="AE19" s="14" t="n">
+      <c r="AG19" s="14" t="n">
         <v>5.6</v>
       </c>
-      <c r="AF19" s="14" t="n">
+      <c r="AH19" s="14" t="n">
         <v>4.9</v>
       </c>
-      <c r="AG19" s="14" t="n">
+      <c r="AI19" s="14" t="n">
         <v>5.2</v>
       </c>
-      <c r="AH19" s="14" t="n">
+      <c r="AJ19" s="14" t="n">
         <v>4.6</v>
       </c>
-      <c r="AI19" s="14" t="n">
+      <c r="AK19" s="14" t="n">
         <v>4.8</v>
       </c>
-      <c r="AJ19" s="14" t="n">
+      <c r="AL19" s="14" t="n">
+        <v>31.8</v>
+      </c>
+      <c r="AM19" s="14" t="n">
         <v>31.7</v>
       </c>
-      <c r="AK19" s="14" t="n">
+      <c r="AN19" s="14" t="n">
         <v>31.1</v>
       </c>
-      <c r="AL19" s="14" t="n">
+      <c r="AO19" s="14" t="n">
         <v>30.7</v>
       </c>
-      <c r="AM19" s="14" t="n">
+      <c r="AP19" s="14" t="n">
         <v>32.2</v>
       </c>
-      <c r="AN19" s="14" t="n">
+      <c r="AQ19" s="14" t="n">
         <v>32.3</v>
       </c>
-      <c r="AO19" s="14" t="n">
+      <c r="AR19" s="14" t="n">
         <v>31.4</v>
       </c>
-      <c r="AP19" s="14" t="n">
+      <c r="AS19" s="14" t="n">
         <v>31.5</v>
       </c>
-      <c r="AQ19" s="14" t="n">
+      <c r="AT19" s="14" t="n">
         <v>33.2</v>
       </c>
-      <c r="AR19" s="14" t="n">
+      <c r="AU19" s="14" t="n">
         <v>32.5</v>
       </c>
-      <c r="AS19" s="14" t="n">
+      <c r="AV19" s="14" t="n">
         <v>33.0</v>
       </c>
-      <c r="AT19" s="14" t="n">
+      <c r="AW19" s="14" t="n">
         <v>32.6</v>
-      </c>
-[...7 lines deleted...]
-        <v>33.4</v>
       </c>
       <c r="AX19" s="14" t="n">
         <v>33.2</v>
       </c>
       <c r="AY19" s="14" t="n">
+        <v>34.0</v>
+      </c>
+      <c r="AZ19" s="14" t="n">
+        <v>33.4</v>
+      </c>
+      <c r="BA19" s="14" t="n">
+        <v>33.2</v>
+      </c>
+      <c r="BB19" s="14" t="n">
         <v>31.0</v>
       </c>
-      <c r="AZ19" s="14" t="n">
+      <c r="BC19" s="14" t="n">
         <v>32.2</v>
       </c>
-      <c r="BA19" s="14" t="n">
+      <c r="BD19" s="14" t="n">
+        <v>29.4</v>
+      </c>
+      <c r="BE19" s="14" t="n">
         <v>29.3</v>
       </c>
-      <c r="BB19" s="14" t="n">
+      <c r="BF19" s="14" t="n">
         <v>28.3</v>
       </c>
-      <c r="BC19" s="14" t="n">
+      <c r="BG19" s="14" t="n">
         <v>27.6</v>
       </c>
-      <c r="BD19" s="14" t="n">
+      <c r="BH19" s="14" t="n">
         <v>29.2</v>
       </c>
-      <c r="BE19" s="14" t="n">
+      <c r="BI19" s="14" t="n">
         <v>29.6</v>
       </c>
-      <c r="BF19" s="14" t="n">
+      <c r="BJ19" s="14" t="n">
         <v>28.7</v>
       </c>
-      <c r="BG19" s="14" t="n">
+      <c r="BK19" s="14" t="n">
         <v>28.9</v>
       </c>
-      <c r="BH19" s="14" t="n">
+      <c r="BL19" s="14" t="n">
         <v>30.2</v>
       </c>
-      <c r="BI19" s="14" t="n">
+      <c r="BM19" s="14" t="n">
         <v>29.8</v>
-      </c>
-[...10 lines deleted...]
-        <v>31.1</v>
       </c>
       <c r="BN19" s="14" t="n">
         <v>30.1</v>
       </c>
       <c r="BO19" s="14" t="n">
         <v>29.9</v>
       </c>
       <c r="BP19" s="14" t="n">
+        <v>30.1</v>
+      </c>
+      <c r="BQ19" s="14" t="n">
+        <v>31.1</v>
+      </c>
+      <c r="BR19" s="14" t="n">
+        <v>30.1</v>
+      </c>
+      <c r="BS19" s="14" t="n">
+        <v>29.9</v>
+      </c>
+      <c r="BT19" s="14" t="n">
         <v>28.4</v>
       </c>
-      <c r="BQ19" s="14" t="n">
+      <c r="BU19" s="14" t="n">
         <v>29.3</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="6" t="inlineStr">
         <is>
           <t>11 Extremadura</t>
         </is>
       </c>
       <c r="B20" s="14" t="n">
-        <v>4.6</v>
+        <v>4.5</v>
       </c>
       <c r="C20" s="14" t="n">
         <v>4.6</v>
       </c>
       <c r="D20" s="14" t="n">
         <v>4.6</v>
       </c>
       <c r="E20" s="14" t="n">
+        <v>4.6</v>
+      </c>
+      <c r="F20" s="14" t="n">
         <v>5.1</v>
       </c>
-      <c r="F20" s="14" t="n">
+      <c r="G20" s="14" t="n">
         <v>4.5</v>
-      </c>
-[...1 lines deleted...]
-        <v>4.8</v>
       </c>
       <c r="H20" s="14" t="n">
         <v>4.8</v>
       </c>
       <c r="I20" s="14" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="J20" s="14" t="n">
         <v>5.9</v>
       </c>
-      <c r="J20" s="14" t="n">
+      <c r="K20" s="14" t="n">
         <v>5.4</v>
       </c>
-      <c r="K20" s="14" t="n">
+      <c r="L20" s="14" t="n">
         <v>5.8</v>
-      </c>
-[...1 lines deleted...]
-        <v>5.7</v>
       </c>
       <c r="M20" s="14" t="n">
         <v>5.7</v>
       </c>
       <c r="N20" s="14" t="n">
+        <v>5.7</v>
+      </c>
+      <c r="O20" s="14" t="n">
         <v>6.3</v>
       </c>
-      <c r="O20" s="14" t="n">
+      <c r="P20" s="14" t="n">
         <v>5.5</v>
-      </c>
-[...1 lines deleted...]
-        <v>5.6</v>
       </c>
       <c r="Q20" s="14" t="n">
         <v>5.6</v>
       </c>
       <c r="R20" s="14" t="n">
+        <v>5.6</v>
+      </c>
+      <c r="S20" s="14" t="n">
         <v>5.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>3.9</v>
       </c>
       <c r="T20" s="14" t="n">
         <v>3.8</v>
       </c>
       <c r="U20" s="14" t="n">
-        <v>3.7</v>
+        <v>3.9</v>
       </c>
       <c r="V20" s="14" t="n">
-        <v>4.1</v>
+        <v>3.8</v>
       </c>
       <c r="W20" s="14" t="n">
         <v>3.7</v>
       </c>
       <c r="X20" s="14" t="n">
+        <v>4.1</v>
+      </c>
+      <c r="Y20" s="14" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="Z20" s="14" t="n">
         <v>4.2</v>
       </c>
-      <c r="Y20" s="14" t="n">
+      <c r="AA20" s="14" t="n">
         <v>4.2</v>
       </c>
-      <c r="Z20" s="14" t="n">
+      <c r="AB20" s="14" t="n">
         <v>4.7</v>
-      </c>
-[...4 lines deleted...]
-        <v>4.3</v>
       </c>
       <c r="AC20" s="14" t="n">
         <v>4.5</v>
       </c>
       <c r="AD20" s="14" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="AE20" s="14" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="AF20" s="14" t="n">
         <v>4.7</v>
       </c>
-      <c r="AE20" s="14" t="n">
+      <c r="AG20" s="14" t="n">
         <v>4.9</v>
       </c>
-      <c r="AF20" s="14" t="n">
+      <c r="AH20" s="14" t="n">
         <v>4.4</v>
       </c>
-      <c r="AG20" s="14" t="n">
+      <c r="AI20" s="14" t="n">
         <v>4.6</v>
       </c>
-      <c r="AH20" s="14" t="n">
+      <c r="AJ20" s="14" t="n">
         <v>4.6</v>
       </c>
-      <c r="AI20" s="14" t="n">
+      <c r="AK20" s="14" t="n">
         <v>4.2</v>
       </c>
-      <c r="AJ20" s="14" t="n">
+      <c r="AL20" s="14" t="n">
+        <v>28.3</v>
+      </c>
+      <c r="AM20" s="14" t="n">
         <v>28.8</v>
       </c>
-      <c r="AK20" s="14" t="n">
+      <c r="AN20" s="14" t="n">
         <v>28.7</v>
       </c>
-      <c r="AL20" s="14" t="n">
+      <c r="AO20" s="14" t="n">
         <v>29.4</v>
       </c>
-      <c r="AM20" s="14" t="n">
+      <c r="AP20" s="14" t="n">
         <v>30.5</v>
       </c>
-      <c r="AN20" s="14" t="n">
+      <c r="AQ20" s="14" t="n">
         <v>28.0</v>
       </c>
-      <c r="AO20" s="14" t="n">
+      <c r="AR20" s="14" t="n">
         <v>29.8</v>
       </c>
-      <c r="AP20" s="14" t="n">
+      <c r="AS20" s="14" t="n">
         <v>30.6</v>
       </c>
-      <c r="AQ20" s="14" t="n">
+      <c r="AT20" s="14" t="n">
         <v>33.5</v>
       </c>
-      <c r="AR20" s="14" t="n">
+      <c r="AU20" s="14" t="n">
         <v>32.3</v>
       </c>
-      <c r="AS20" s="14" t="n">
+      <c r="AV20" s="14" t="n">
         <v>32.2</v>
       </c>
-      <c r="AT20" s="14" t="n">
+      <c r="AW20" s="14" t="n">
         <v>31.6</v>
       </c>
-      <c r="AU20" s="14" t="n">
+      <c r="AX20" s="14" t="n">
         <v>32.0</v>
       </c>
-      <c r="AV20" s="14" t="n">
+      <c r="AY20" s="14" t="n">
         <v>32.8</v>
       </c>
-      <c r="AW20" s="14" t="n">
+      <c r="AZ20" s="14" t="n">
         <v>33.2</v>
       </c>
-      <c r="AX20" s="14" t="n">
+      <c r="BA20" s="14" t="n">
         <v>34.0</v>
       </c>
-      <c r="AY20" s="14" t="n">
+      <c r="BB20" s="14" t="n">
         <v>32.6</v>
       </c>
-      <c r="AZ20" s="14" t="n">
+      <c r="BC20" s="14" t="n">
         <v>32.2</v>
       </c>
-      <c r="BA20" s="14" t="n">
+      <c r="BD20" s="14" t="n">
+        <v>25.4</v>
+      </c>
+      <c r="BE20" s="14" t="n">
         <v>25.9</v>
       </c>
-      <c r="BB20" s="14" t="n">
+      <c r="BF20" s="14" t="n">
         <v>25.7</v>
       </c>
-      <c r="BC20" s="14" t="n">
+      <c r="BG20" s="14" t="n">
         <v>25.7</v>
       </c>
-      <c r="BD20" s="14" t="n">
+      <c r="BH20" s="14" t="n">
         <v>26.9</v>
       </c>
-      <c r="BE20" s="14" t="n">
+      <c r="BI20" s="14" t="n">
         <v>25.2</v>
       </c>
-      <c r="BF20" s="14" t="n">
+      <c r="BJ20" s="14" t="n">
         <v>26.9</v>
       </c>
-      <c r="BG20" s="14" t="n">
+      <c r="BK20" s="14" t="n">
         <v>27.4</v>
       </c>
-      <c r="BH20" s="14" t="n">
+      <c r="BL20" s="14" t="n">
         <v>29.6</v>
       </c>
-      <c r="BI20" s="14" t="n">
+      <c r="BM20" s="14" t="n">
         <v>28.8</v>
       </c>
-      <c r="BJ20" s="14" t="n">
+      <c r="BN20" s="14" t="n">
         <v>28.3</v>
       </c>
-      <c r="BK20" s="14" t="n">
+      <c r="BO20" s="14" t="n">
         <v>28.7</v>
       </c>
-      <c r="BL20" s="14" t="n">
+      <c r="BP20" s="14" t="n">
         <v>29.1</v>
       </c>
-      <c r="BM20" s="14" t="n">
+      <c r="BQ20" s="14" t="n">
         <v>29.6</v>
       </c>
-      <c r="BN20" s="14" t="n">
+      <c r="BR20" s="14" t="n">
         <v>29.3</v>
       </c>
-      <c r="BO20" s="14" t="n">
+      <c r="BS20" s="14" t="n">
         <v>30.2</v>
       </c>
-      <c r="BP20" s="14" t="n">
+      <c r="BT20" s="14" t="n">
         <v>29.3</v>
       </c>
-      <c r="BQ20" s="14" t="n">
+      <c r="BU20" s="14" t="n">
         <v>28.6</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="6" t="inlineStr">
         <is>
           <t>12 Galicia</t>
         </is>
       </c>
       <c r="B21" s="14" t="n">
+        <v>4.6</v>
+      </c>
+      <c r="C21" s="14" t="n">
         <v>4.2</v>
       </c>
-      <c r="C21" s="14" t="n">
+      <c r="D21" s="14" t="n">
         <v>4.4</v>
       </c>
-      <c r="D21" s="14" t="n">
+      <c r="E21" s="14" t="n">
         <v>4.5</v>
       </c>
-      <c r="E21" s="14" t="n">
+      <c r="F21" s="14" t="n">
         <v>5.1</v>
       </c>
-      <c r="F21" s="14" t="n">
+      <c r="G21" s="14" t="n">
         <v>5.3</v>
       </c>
-      <c r="G21" s="14" t="n">
+      <c r="H21" s="14" t="n">
         <v>5.2</v>
       </c>
-      <c r="H21" s="14" t="n">
+      <c r="I21" s="14" t="n">
         <v>5.4</v>
       </c>
-      <c r="I21" s="14" t="n">
+      <c r="J21" s="14" t="n">
         <v>5.8</v>
-      </c>
-[...1 lines deleted...]
-        <v>5.5</v>
       </c>
       <c r="K21" s="14" t="n">
         <v>5.5</v>
       </c>
       <c r="L21" s="14" t="n">
+        <v>5.5</v>
+      </c>
+      <c r="M21" s="14" t="n">
         <v>5.0</v>
       </c>
-      <c r="M21" s="14" t="n">
+      <c r="N21" s="14" t="n">
         <v>4.8</v>
       </c>
-      <c r="N21" s="14" t="n">
+      <c r="O21" s="14" t="n">
         <v>5.4</v>
-      </c>
-[...1 lines deleted...]
-        <v>5.0</v>
       </c>
       <c r="P21" s="14" t="n">
         <v>5.0</v>
       </c>
       <c r="Q21" s="14" t="n">
-        <v>4.6</v>
+        <v>5.0</v>
       </c>
       <c r="R21" s="14" t="n">
         <v>4.6</v>
       </c>
       <c r="S21" s="14" t="n">
+        <v>4.6</v>
+      </c>
+      <c r="T21" s="14" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="U21" s="14" t="n">
         <v>3.6</v>
       </c>
-      <c r="T21" s="14" t="n">
+      <c r="V21" s="14" t="n">
         <v>3.7</v>
       </c>
-      <c r="U21" s="14" t="n">
+      <c r="W21" s="14" t="n">
         <v>3.8</v>
       </c>
-      <c r="V21" s="14" t="n">
+      <c r="X21" s="14" t="n">
         <v>4.0</v>
       </c>
-      <c r="W21" s="14" t="n">
+      <c r="Y21" s="14" t="n">
         <v>4.1</v>
       </c>
-      <c r="X21" s="14" t="n">
+      <c r="Z21" s="14" t="n">
         <v>4.2</v>
-      </c>
-[...4 lines deleted...]
-        <v>4.5</v>
       </c>
       <c r="AA21" s="14" t="n">
         <v>4.3</v>
       </c>
       <c r="AB21" s="14" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="AC21" s="14" t="n">
         <v>4.3</v>
       </c>
-      <c r="AC21" s="14" t="n">
+      <c r="AD21" s="14" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="AE21" s="14" t="n">
         <v>4.2</v>
       </c>
-      <c r="AD21" s="14" t="n">
+      <c r="AF21" s="14" t="n">
         <v>4.4</v>
       </c>
-      <c r="AE21" s="14" t="n">
+      <c r="AG21" s="14" t="n">
         <v>4.5</v>
       </c>
-      <c r="AF21" s="14" t="n">
+      <c r="AH21" s="14" t="n">
         <v>4.2</v>
       </c>
-      <c r="AG21" s="14" t="n">
+      <c r="AI21" s="14" t="n">
         <v>4.1</v>
       </c>
-      <c r="AH21" s="14" t="n">
+      <c r="AJ21" s="14" t="n">
         <v>3.7</v>
       </c>
-      <c r="AI21" s="14" t="n">
+      <c r="AK21" s="14" t="n">
         <v>3.8</v>
       </c>
-      <c r="AJ21" s="14" t="n">
+      <c r="AL21" s="14" t="n">
+        <v>28.4</v>
+      </c>
+      <c r="AM21" s="14" t="n">
         <v>26.8</v>
       </c>
-      <c r="AK21" s="14" t="n">
+      <c r="AN21" s="14" t="n">
         <v>27.4</v>
       </c>
-      <c r="AL21" s="14" t="n">
+      <c r="AO21" s="14" t="n">
         <v>28.0</v>
       </c>
-      <c r="AM21" s="14" t="n">
+      <c r="AP21" s="14" t="n">
         <v>29.2</v>
       </c>
-      <c r="AN21" s="14" t="n">
+      <c r="AQ21" s="14" t="n">
         <v>29.7</v>
       </c>
-      <c r="AO21" s="14" t="n">
+      <c r="AR21" s="14" t="n">
         <v>30.5</v>
       </c>
-      <c r="AP21" s="14" t="n">
+      <c r="AS21" s="14" t="n">
         <v>30.9</v>
       </c>
-      <c r="AQ21" s="14" t="n">
+      <c r="AT21" s="14" t="n">
         <v>30.8</v>
       </c>
-      <c r="AR21" s="14" t="n">
+      <c r="AU21" s="14" t="n">
         <v>31.5</v>
       </c>
-      <c r="AS21" s="14" t="n">
+      <c r="AV21" s="14" t="n">
         <v>31.5</v>
       </c>
-      <c r="AT21" s="14" t="n">
+      <c r="AW21" s="14" t="n">
         <v>30.7</v>
       </c>
-      <c r="AU21" s="14" t="n">
+      <c r="AX21" s="14" t="n">
         <v>30.0</v>
       </c>
-      <c r="AV21" s="14" t="n">
+      <c r="AY21" s="14" t="n">
         <v>31.1</v>
       </c>
-      <c r="AW21" s="14" t="n">
+      <c r="AZ21" s="14" t="n">
         <v>30.1</v>
       </c>
-      <c r="AX21" s="14" t="n">
+      <c r="BA21" s="14" t="n">
         <v>30.2</v>
       </c>
-      <c r="AY21" s="14" t="n">
+      <c r="BB21" s="14" t="n">
         <v>28.7</v>
       </c>
-      <c r="AZ21" s="14" t="n">
+      <c r="BC21" s="14" t="n">
         <v>29.4</v>
-      </c>
-[...7 lines deleted...]
-        <v>25.2</v>
       </c>
       <c r="BD21" s="14" t="n">
         <v>25.9</v>
       </c>
       <c r="BE21" s="14" t="n">
+        <v>24.3</v>
+      </c>
+      <c r="BF21" s="14" t="n">
+        <v>24.7</v>
+      </c>
+      <c r="BG21" s="14" t="n">
+        <v>25.2</v>
+      </c>
+      <c r="BH21" s="14" t="n">
+        <v>25.9</v>
+      </c>
+      <c r="BI21" s="14" t="n">
         <v>26.3</v>
       </c>
-      <c r="BF21" s="14" t="n">
+      <c r="BJ21" s="14" t="n">
         <v>27.4</v>
       </c>
-      <c r="BG21" s="14" t="n">
+      <c r="BK21" s="14" t="n">
         <v>27.4</v>
       </c>
-      <c r="BH21" s="14" t="n">
+      <c r="BL21" s="14" t="n">
         <v>27.3</v>
       </c>
-      <c r="BI21" s="14" t="n">
+      <c r="BM21" s="14" t="n">
         <v>28.0</v>
       </c>
-      <c r="BJ21" s="14" t="n">
+      <c r="BN21" s="14" t="n">
         <v>28.0</v>
       </c>
-      <c r="BK21" s="14" t="n">
+      <c r="BO21" s="14" t="n">
         <v>27.5</v>
       </c>
-      <c r="BL21" s="14" t="n">
+      <c r="BP21" s="14" t="n">
         <v>27.4</v>
       </c>
-      <c r="BM21" s="14" t="n">
+      <c r="BQ21" s="14" t="n">
         <v>28.1</v>
       </c>
-      <c r="BN21" s="14" t="n">
+      <c r="BR21" s="14" t="n">
         <v>27.2</v>
       </c>
-      <c r="BO21" s="14" t="n">
+      <c r="BS21" s="14" t="n">
         <v>27.1</v>
       </c>
-      <c r="BP21" s="14" t="n">
+      <c r="BT21" s="14" t="n">
         <v>25.7</v>
       </c>
-      <c r="BQ21" s="14" t="n">
+      <c r="BU21" s="14" t="n">
         <v>25.9</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="6" t="inlineStr">
         <is>
           <t>13 Madrid, Comunidad de</t>
         </is>
       </c>
       <c r="B22" s="14" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="C22" s="14" t="n">
         <v>5.5</v>
       </c>
-      <c r="C22" s="14" t="n">
+      <c r="D22" s="14" t="n">
         <v>5.3</v>
       </c>
-      <c r="D22" s="14" t="n">
+      <c r="E22" s="14" t="n">
         <v>5.7</v>
       </c>
-      <c r="E22" s="14" t="n">
+      <c r="F22" s="14" t="n">
         <v>6.3</v>
       </c>
-      <c r="F22" s="14" t="n">
+      <c r="G22" s="14" t="n">
         <v>5.8</v>
       </c>
-      <c r="G22" s="14" t="n">
+      <c r="H22" s="14" t="n">
         <v>6.5</v>
       </c>
-      <c r="H22" s="14" t="n">
+      <c r="I22" s="14" t="n">
         <v>6.3</v>
       </c>
-      <c r="I22" s="14" t="n">
+      <c r="J22" s="14" t="n">
         <v>7.7</v>
       </c>
-      <c r="J22" s="14" t="n">
+      <c r="K22" s="14" t="n">
         <v>7.2</v>
       </c>
-      <c r="K22" s="14" t="n">
+      <c r="L22" s="14" t="n">
         <v>6.9</v>
       </c>
-      <c r="L22" s="14" t="n">
+      <c r="M22" s="14" t="n">
         <v>6.5</v>
       </c>
-      <c r="M22" s="14" t="n">
+      <c r="N22" s="14" t="n">
         <v>6.1</v>
       </c>
-      <c r="N22" s="14" t="n">
+      <c r="O22" s="14" t="n">
         <v>6.5</v>
       </c>
-      <c r="O22" s="14" t="n">
+      <c r="P22" s="14" t="n">
         <v>6.1</v>
       </c>
-      <c r="P22" s="14" t="n">
+      <c r="Q22" s="14" t="n">
         <v>5.9</v>
       </c>
-      <c r="Q22" s="14" t="n">
+      <c r="R22" s="14" t="n">
         <v>6.3</v>
       </c>
-      <c r="R22" s="14" t="n">
+      <c r="S22" s="14" t="n">
         <v>5.6</v>
-      </c>
-[...1 lines deleted...]
-        <v>5.1</v>
       </c>
       <c r="T22" s="14" t="n">
         <v>4.7</v>
       </c>
       <c r="U22" s="14" t="n">
         <v>5.1</v>
       </c>
       <c r="V22" s="14" t="n">
-        <v>5.5</v>
+        <v>4.7</v>
       </c>
       <c r="W22" s="14" t="n">
         <v>5.1</v>
       </c>
       <c r="X22" s="14" t="n">
+        <v>5.5</v>
+      </c>
+      <c r="Y22" s="14" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="Z22" s="14" t="n">
         <v>5.7</v>
       </c>
-      <c r="Y22" s="14" t="n">
+      <c r="AA22" s="14" t="n">
         <v>5.4</v>
       </c>
-      <c r="Z22" s="14" t="n">
+      <c r="AB22" s="14" t="n">
         <v>6.4</v>
       </c>
-      <c r="AA22" s="14" t="n">
+      <c r="AC22" s="14" t="n">
         <v>6.0</v>
       </c>
-      <c r="AB22" s="14" t="n">
+      <c r="AD22" s="14" t="n">
         <v>5.9</v>
       </c>
-      <c r="AC22" s="14" t="n">
+      <c r="AE22" s="14" t="n">
         <v>5.7</v>
       </c>
-      <c r="AD22" s="14" t="n">
+      <c r="AF22" s="14" t="n">
         <v>5.4</v>
       </c>
-      <c r="AE22" s="14" t="n">
+      <c r="AG22" s="14" t="n">
         <v>5.6</v>
       </c>
-      <c r="AF22" s="14" t="n">
+      <c r="AH22" s="14" t="n">
         <v>5.3</v>
-      </c>
-[...4 lines deleted...]
-        <v>5.7</v>
       </c>
       <c r="AI22" s="14" t="n">
         <v>5.1</v>
       </c>
       <c r="AJ22" s="14" t="n">
+        <v>5.7</v>
+      </c>
+      <c r="AK22" s="14" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="AL22" s="14" t="n">
+        <v>30.6</v>
+      </c>
+      <c r="AM22" s="14" t="n">
         <v>31.8</v>
       </c>
-      <c r="AK22" s="14" t="n">
+      <c r="AN22" s="14" t="n">
         <v>31.6</v>
       </c>
-      <c r="AL22" s="14" t="n">
+      <c r="AO22" s="14" t="n">
         <v>32.4</v>
-      </c>
-[...7 lines deleted...]
-        <v>34.7</v>
       </c>
       <c r="AP22" s="14" t="n">
         <v>33.4</v>
       </c>
       <c r="AQ22" s="14" t="n">
+        <v>32.9</v>
+      </c>
+      <c r="AR22" s="14" t="n">
+        <v>34.7</v>
+      </c>
+      <c r="AS22" s="14" t="n">
+        <v>33.4</v>
+      </c>
+      <c r="AT22" s="14" t="n">
         <v>35.1</v>
       </c>
-      <c r="AR22" s="14" t="n">
+      <c r="AU22" s="14" t="n">
         <v>35.0</v>
       </c>
-      <c r="AS22" s="14" t="n">
+      <c r="AV22" s="14" t="n">
         <v>34.7</v>
       </c>
-      <c r="AT22" s="14" t="n">
+      <c r="AW22" s="14" t="n">
         <v>33.7</v>
       </c>
-      <c r="AU22" s="14" t="n">
+      <c r="AX22" s="14" t="n">
         <v>32.9</v>
       </c>
-      <c r="AV22" s="14" t="n">
+      <c r="AY22" s="14" t="n">
         <v>33.9</v>
       </c>
-      <c r="AW22" s="14" t="n">
+      <c r="AZ22" s="14" t="n">
         <v>34.1</v>
       </c>
-      <c r="AX22" s="14" t="n">
+      <c r="BA22" s="14" t="n">
         <v>32.2</v>
       </c>
-      <c r="AY22" s="14" t="n">
+      <c r="BB22" s="14" t="n">
         <v>33.5</v>
       </c>
-      <c r="AZ22" s="14" t="n">
+      <c r="BC22" s="14" t="n">
         <v>31.9</v>
       </c>
-      <c r="BA22" s="14" t="n">
+      <c r="BD22" s="14" t="n">
+        <v>29.2</v>
+      </c>
+      <c r="BE22" s="14" t="n">
         <v>30.4</v>
       </c>
-      <c r="BB22" s="14" t="n">
+      <c r="BF22" s="14" t="n">
         <v>29.7</v>
       </c>
-      <c r="BC22" s="14" t="n">
+      <c r="BG22" s="14" t="n">
         <v>30.3</v>
       </c>
-      <c r="BD22" s="14" t="n">
+      <c r="BH22" s="14" t="n">
         <v>31.3</v>
       </c>
-      <c r="BE22" s="14" t="n">
+      <c r="BI22" s="14" t="n">
         <v>30.8</v>
-      </c>
-[...10 lines deleted...]
-        <v>32.3</v>
       </c>
       <c r="BJ22" s="14" t="n">
         <v>32.2</v>
       </c>
       <c r="BK22" s="14" t="n">
+        <v>30.8</v>
+      </c>
+      <c r="BL22" s="14" t="n">
+        <v>32.4</v>
+      </c>
+      <c r="BM22" s="14" t="n">
+        <v>32.3</v>
+      </c>
+      <c r="BN22" s="14" t="n">
+        <v>32.2</v>
+      </c>
+      <c r="BO22" s="14" t="n">
         <v>31.2</v>
       </c>
-      <c r="BL22" s="14" t="n">
+      <c r="BP22" s="14" t="n">
         <v>30.9</v>
       </c>
-      <c r="BM22" s="14" t="n">
+      <c r="BQ22" s="14" t="n">
         <v>31.7</v>
       </c>
-      <c r="BN22" s="14" t="n">
+      <c r="BR22" s="14" t="n">
         <v>31.7</v>
       </c>
-      <c r="BO22" s="14" t="n">
+      <c r="BS22" s="14" t="n">
         <v>30.3</v>
       </c>
-      <c r="BP22" s="14" t="n">
+      <c r="BT22" s="14" t="n">
         <v>31.7</v>
       </c>
-      <c r="BQ22" s="14" t="n">
+      <c r="BU22" s="14" t="n">
         <v>30.0</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="6" t="inlineStr">
         <is>
           <t>14 Murcia, Región de</t>
         </is>
       </c>
       <c r="B23" s="14" t="n">
         <v>5.1</v>
       </c>
       <c r="C23" s="14" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="D23" s="14" t="n">
         <v>4.5</v>
       </c>
-      <c r="D23" s="14" t="n">
+      <c r="E23" s="14" t="n">
         <v>5.2</v>
       </c>
-      <c r="E23" s="14" t="n">
+      <c r="F23" s="14" t="n">
         <v>5.3</v>
-      </c>
-[...1 lines deleted...]
-        <v>4.7</v>
       </c>
       <c r="G23" s="14" t="n">
         <v>4.7</v>
       </c>
       <c r="H23" s="14" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="I23" s="14" t="n">
         <v>5.9</v>
       </c>
-      <c r="I23" s="14" t="n">
+      <c r="J23" s="14" t="n">
         <v>5.6</v>
       </c>
-      <c r="J23" s="14" t="n">
+      <c r="K23" s="14" t="n">
         <v>5.9</v>
       </c>
-      <c r="K23" s="14" t="n">
+      <c r="L23" s="14" t="n">
         <v>6.6</v>
       </c>
-      <c r="L23" s="14" t="n">
+      <c r="M23" s="14" t="n">
         <v>6.1</v>
       </c>
-      <c r="M23" s="14" t="n">
+      <c r="N23" s="14" t="n">
         <v>6.5</v>
       </c>
-      <c r="N23" s="14" t="n">
+      <c r="O23" s="14" t="n">
         <v>5.1</v>
       </c>
-      <c r="O23" s="14" t="n">
+      <c r="P23" s="14" t="n">
         <v>4.7</v>
       </c>
-      <c r="P23" s="14" t="n">
+      <c r="Q23" s="14" t="n">
         <v>5.8</v>
       </c>
-      <c r="Q23" s="14" t="n">
+      <c r="R23" s="14" t="n">
         <v>5.7</v>
       </c>
-      <c r="R23" s="14" t="n">
+      <c r="S23" s="14" t="n">
         <v>5.1</v>
       </c>
-      <c r="S23" s="14" t="n">
+      <c r="T23" s="14" t="n">
         <v>4.4</v>
       </c>
-      <c r="T23" s="14" t="n">
+      <c r="U23" s="14" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="V23" s="14" t="n">
         <v>3.9</v>
       </c>
-      <c r="U23" s="14" t="n">
+      <c r="W23" s="14" t="n">
         <v>4.3</v>
       </c>
-      <c r="V23" s="14" t="n">
+      <c r="X23" s="14" t="n">
         <v>4.7</v>
       </c>
-      <c r="W23" s="14" t="n">
+      <c r="Y23" s="14" t="n">
         <v>4.1</v>
       </c>
-      <c r="X23" s="14" t="n">
+      <c r="Z23" s="14" t="n">
         <v>4.0</v>
       </c>
-      <c r="Y23" s="14" t="n">
+      <c r="AA23" s="14" t="n">
         <v>5.1</v>
       </c>
-      <c r="Z23" s="14" t="n">
+      <c r="AB23" s="14" t="n">
         <v>4.7</v>
       </c>
-      <c r="AA23" s="14" t="n">
+      <c r="AC23" s="14" t="n">
         <v>5.0</v>
       </c>
-      <c r="AB23" s="14" t="n">
+      <c r="AD23" s="14" t="n">
         <v>5.7</v>
       </c>
-      <c r="AC23" s="14" t="n">
+      <c r="AE23" s="14" t="n">
         <v>5.1</v>
       </c>
-      <c r="AD23" s="14" t="n">
+      <c r="AF23" s="14" t="n">
         <v>4.8</v>
       </c>
-      <c r="AE23" s="14" t="n">
+      <c r="AG23" s="14" t="n">
         <v>4.5</v>
       </c>
-      <c r="AF23" s="14" t="n">
+      <c r="AH23" s="14" t="n">
         <v>4.1</v>
       </c>
-      <c r="AG23" s="14" t="n">
+      <c r="AI23" s="14" t="n">
         <v>5.1</v>
       </c>
-      <c r="AH23" s="14" t="n">
+      <c r="AJ23" s="14" t="n">
         <v>5.2</v>
       </c>
-      <c r="AI23" s="14" t="n">
+      <c r="AK23" s="14" t="n">
         <v>4.5</v>
       </c>
-      <c r="AJ23" s="14" t="n">
+      <c r="AL23" s="14" t="n">
+        <v>29.6</v>
+      </c>
+      <c r="AM23" s="14" t="n">
         <v>29.4</v>
       </c>
-      <c r="AK23" s="14" t="n">
+      <c r="AN23" s="14" t="n">
         <v>28.3</v>
       </c>
-      <c r="AL23" s="14" t="n">
+      <c r="AO23" s="14" t="n">
         <v>29.3</v>
       </c>
-      <c r="AM23" s="14" t="n">
+      <c r="AP23" s="14" t="n">
         <v>30.1</v>
       </c>
-      <c r="AN23" s="14" t="n">
+      <c r="AQ23" s="14" t="n">
         <v>28.8</v>
       </c>
-      <c r="AO23" s="14" t="n">
+      <c r="AR23" s="14" t="n">
         <v>28.9</v>
       </c>
-      <c r="AP23" s="14" t="n">
+      <c r="AS23" s="14" t="n">
         <v>31.7</v>
       </c>
-      <c r="AQ23" s="14" t="n">
+      <c r="AT23" s="14" t="n">
         <v>31.4</v>
       </c>
-      <c r="AR23" s="14" t="n">
+      <c r="AU23" s="14" t="n">
         <v>32.0</v>
       </c>
-      <c r="AS23" s="14" t="n">
+      <c r="AV23" s="14" t="n">
         <v>33.3</v>
       </c>
-      <c r="AT23" s="14" t="n">
+      <c r="AW23" s="14" t="n">
         <v>33.7</v>
       </c>
-      <c r="AU23" s="14" t="n">
+      <c r="AX23" s="14" t="n">
         <v>31.1</v>
       </c>
-      <c r="AV23" s="14" t="n">
+      <c r="AY23" s="14" t="n">
         <v>29.7</v>
       </c>
-      <c r="AW23" s="14" t="n">
+      <c r="AZ23" s="14" t="n">
         <v>29.7</v>
       </c>
-      <c r="AX23" s="14" t="n">
+      <c r="BA23" s="14" t="n">
         <v>31.5</v>
       </c>
-      <c r="AY23" s="14" t="n">
+      <c r="BB23" s="14" t="n">
         <v>31.9</v>
       </c>
-      <c r="AZ23" s="14" t="n">
+      <c r="BC23" s="14" t="n">
         <v>30.6</v>
       </c>
-      <c r="BA23" s="14" t="n">
+      <c r="BD23" s="14" t="n">
+        <v>27.5</v>
+      </c>
+      <c r="BE23" s="14" t="n">
         <v>27.1</v>
       </c>
-      <c r="BB23" s="14" t="n">
+      <c r="BF23" s="14" t="n">
         <v>25.9</v>
       </c>
-      <c r="BC23" s="14" t="n">
+      <c r="BG23" s="14" t="n">
         <v>26.7</v>
       </c>
-      <c r="BD23" s="14" t="n">
+      <c r="BH23" s="14" t="n">
         <v>27.8</v>
       </c>
-      <c r="BE23" s="14" t="n">
+      <c r="BI23" s="14" t="n">
         <v>26.2</v>
       </c>
-      <c r="BF23" s="14" t="n">
+      <c r="BJ23" s="14" t="n">
         <v>26.6</v>
       </c>
-      <c r="BG23" s="14" t="n">
+      <c r="BK23" s="14" t="n">
         <v>29.1</v>
       </c>
-      <c r="BH23" s="14" t="n">
+      <c r="BL23" s="14" t="n">
         <v>28.5</v>
       </c>
-      <c r="BI23" s="14" t="n">
+      <c r="BM23" s="14" t="n">
         <v>29.2</v>
       </c>
-      <c r="BJ23" s="14" t="n">
+      <c r="BN23" s="14" t="n">
         <v>30.6</v>
       </c>
-      <c r="BK23" s="14" t="n">
+      <c r="BO23" s="14" t="n">
         <v>30.7</v>
       </c>
-      <c r="BL23" s="14" t="n">
+      <c r="BP23" s="14" t="n">
         <v>29.1</v>
       </c>
-      <c r="BM23" s="14" t="n">
+      <c r="BQ23" s="14" t="n">
         <v>27.9</v>
       </c>
-      <c r="BN23" s="14" t="n">
+      <c r="BR23" s="14" t="n">
         <v>27.4</v>
       </c>
-      <c r="BO23" s="14" t="n">
+      <c r="BS23" s="14" t="n">
         <v>29.2</v>
       </c>
-      <c r="BP23" s="14" t="n">
+      <c r="BT23" s="14" t="n">
         <v>29.9</v>
       </c>
-      <c r="BQ23" s="14" t="n">
+      <c r="BU23" s="14" t="n">
         <v>28.4</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="6" t="inlineStr">
         <is>
           <t>15 Navarra, Comunidad Foral de</t>
         </is>
       </c>
       <c r="B24" s="14" t="n">
-        <v>5.5</v>
+        <v>4.9</v>
       </c>
       <c r="C24" s="14" t="n">
         <v>5.5</v>
       </c>
       <c r="D24" s="14" t="n">
+        <v>5.5</v>
+      </c>
+      <c r="E24" s="14" t="n">
         <v>5.4</v>
       </c>
-      <c r="E24" s="14" t="n">
+      <c r="F24" s="14" t="n">
         <v>5.1</v>
       </c>
-      <c r="F24" s="14" t="n">
+      <c r="G24" s="14" t="n">
         <v>4.5</v>
       </c>
-      <c r="G24" s="14" t="n">
+      <c r="H24" s="14" t="n">
         <v>3.9</v>
       </c>
-      <c r="H24" s="14" t="n">
+      <c r="I24" s="14" t="n">
         <v>4.1</v>
       </c>
-      <c r="I24" s="14" t="n">
+      <c r="J24" s="14" t="n">
         <v>4.4</v>
       </c>
-      <c r="J24" s="14" t="n">
+      <c r="K24" s="14" t="n">
         <v>4.6</v>
       </c>
-      <c r="K24" s="14" t="n">
+      <c r="L24" s="14" t="n">
         <v>4.8</v>
       </c>
-      <c r="L24" s="14" t="n">
+      <c r="M24" s="14" t="n">
         <v>4.9</v>
       </c>
-      <c r="M24" s="14" t="n">
+      <c r="N24" s="14" t="n">
         <v>4.5</v>
       </c>
-      <c r="N24" s="14" t="n">
+      <c r="O24" s="14" t="n">
         <v>4.8</v>
       </c>
-      <c r="O24" s="14" t="n">
+      <c r="P24" s="14" t="n">
         <v>4.7</v>
       </c>
-      <c r="P24" s="14" t="n">
+      <c r="Q24" s="14" t="n">
         <v>5.3</v>
       </c>
-      <c r="Q24" s="14" t="n">
+      <c r="R24" s="14" t="n">
         <v>4.7</v>
       </c>
-      <c r="R24" s="14" t="n">
+      <c r="S24" s="14" t="n">
         <v>4.2</v>
       </c>
-      <c r="S24" s="14" t="n">
+      <c r="T24" s="14" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="U24" s="14" t="n">
         <v>5.2</v>
       </c>
-      <c r="T24" s="14" t="n">
+      <c r="V24" s="14" t="n">
         <v>4.8</v>
       </c>
-      <c r="U24" s="14" t="n">
+      <c r="W24" s="14" t="n">
         <v>4.7</v>
       </c>
-      <c r="V24" s="14" t="n">
+      <c r="X24" s="14" t="n">
         <v>4.3</v>
       </c>
-      <c r="W24" s="14" t="n">
+      <c r="Y24" s="14" t="n">
         <v>4.1</v>
       </c>
-      <c r="X24" s="14" t="n">
+      <c r="Z24" s="14" t="n">
         <v>3.5</v>
       </c>
-      <c r="Y24" s="14" t="n">
+      <c r="AA24" s="14" t="n">
         <v>3.6</v>
       </c>
-      <c r="Z24" s="14" t="n">
+      <c r="AB24" s="14" t="n">
         <v>4.1</v>
       </c>
-      <c r="AA24" s="14" t="n">
+      <c r="AC24" s="14" t="n">
         <v>4.1</v>
       </c>
-      <c r="AB24" s="14" t="n">
+      <c r="AD24" s="14" t="n">
         <v>3.8</v>
       </c>
-      <c r="AC24" s="14" t="n">
+      <c r="AE24" s="14" t="n">
         <v>4.2</v>
-      </c>
-[...4 lines deleted...]
-        <v>4.8</v>
       </c>
       <c r="AF24" s="14" t="n">
         <v>4.1</v>
       </c>
       <c r="AG24" s="14" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="AH24" s="14" t="n">
+        <v>4.1</v>
+      </c>
+      <c r="AI24" s="14" t="n">
         <v>4.9</v>
       </c>
-      <c r="AH24" s="14" t="n">
+      <c r="AJ24" s="14" t="n">
         <v>4.2</v>
       </c>
-      <c r="AI24" s="14" t="n">
+      <c r="AK24" s="14" t="n">
         <v>3.8</v>
       </c>
-      <c r="AJ24" s="14" t="n">
+      <c r="AL24" s="14" t="n">
+        <v>29.2</v>
+      </c>
+      <c r="AM24" s="14" t="n">
         <v>30.7</v>
       </c>
-      <c r="AK24" s="14" t="n">
+      <c r="AN24" s="14" t="n">
         <v>30.1</v>
       </c>
-      <c r="AL24" s="14" t="n">
+      <c r="AO24" s="14" t="n">
         <v>30.0</v>
       </c>
-      <c r="AM24" s="14" t="n">
+      <c r="AP24" s="14" t="n">
         <v>28.7</v>
       </c>
-      <c r="AN24" s="14" t="n">
+      <c r="AQ24" s="14" t="n">
         <v>27.3</v>
       </c>
-      <c r="AO24" s="14" t="n">
+      <c r="AR24" s="14" t="n">
         <v>24.3</v>
       </c>
-      <c r="AP24" s="14" t="n">
+      <c r="AS24" s="14" t="n">
         <v>24.7</v>
       </c>
-      <c r="AQ24" s="14" t="n">
+      <c r="AT24" s="14" t="n">
         <v>26.5</v>
       </c>
-      <c r="AR24" s="14" t="n">
+      <c r="AU24" s="14" t="n">
         <v>27.7</v>
       </c>
-      <c r="AS24" s="14" t="n">
+      <c r="AV24" s="14" t="n">
         <v>26.2</v>
       </c>
-      <c r="AT24" s="14" t="n">
+      <c r="AW24" s="14" t="n">
         <v>28.1</v>
       </c>
-      <c r="AU24" s="14" t="n">
+      <c r="AX24" s="14" t="n">
         <v>28.3</v>
       </c>
-      <c r="AV24" s="14" t="n">
+      <c r="AY24" s="14" t="n">
         <v>30.3</v>
       </c>
-      <c r="AW24" s="14" t="n">
+      <c r="AZ24" s="14" t="n">
         <v>29.9</v>
       </c>
-      <c r="AX24" s="14" t="n">
+      <c r="BA24" s="14" t="n">
         <v>30.5</v>
       </c>
-      <c r="AY24" s="14" t="n">
+      <c r="BB24" s="14" t="n">
         <v>28.7</v>
       </c>
-      <c r="AZ24" s="14" t="n">
+      <c r="BC24" s="14" t="n">
         <v>27.2</v>
       </c>
-      <c r="BA24" s="14" t="n">
+      <c r="BD24" s="14" t="n">
+        <v>27.7</v>
+      </c>
+      <c r="BE24" s="14" t="n">
         <v>29.2</v>
       </c>
-      <c r="BB24" s="14" t="n">
+      <c r="BF24" s="14" t="n">
         <v>28.1</v>
       </c>
-      <c r="BC24" s="14" t="n">
+      <c r="BG24" s="14" t="n">
         <v>27.9</v>
       </c>
-      <c r="BD24" s="14" t="n">
+      <c r="BH24" s="14" t="n">
         <v>26.6</v>
       </c>
-      <c r="BE24" s="14" t="n">
+      <c r="BI24" s="14" t="n">
         <v>25.6</v>
       </c>
-      <c r="BF24" s="14" t="n">
+      <c r="BJ24" s="14" t="n">
         <v>22.9</v>
       </c>
-      <c r="BG24" s="14" t="n">
+      <c r="BK24" s="14" t="n">
         <v>23.3</v>
       </c>
-      <c r="BH24" s="14" t="n">
+      <c r="BL24" s="14" t="n">
         <v>24.9</v>
       </c>
-      <c r="BI24" s="14" t="n">
+      <c r="BM24" s="14" t="n">
         <v>25.7</v>
       </c>
-      <c r="BJ24" s="14" t="n">
+      <c r="BN24" s="14" t="n">
         <v>24.7</v>
       </c>
-      <c r="BK24" s="14" t="n">
+      <c r="BO24" s="14" t="n">
         <v>26.3</v>
       </c>
-      <c r="BL24" s="14" t="n">
+      <c r="BP24" s="14" t="n">
         <v>26.7</v>
       </c>
-      <c r="BM24" s="14" t="n">
+      <c r="BQ24" s="14" t="n">
         <v>28.9</v>
       </c>
-      <c r="BN24" s="14" t="n">
+      <c r="BR24" s="14" t="n">
         <v>27.6</v>
       </c>
-      <c r="BO24" s="14" t="n">
+      <c r="BS24" s="14" t="n">
         <v>28.7</v>
       </c>
-      <c r="BP24" s="14" t="n">
+      <c r="BT24" s="14" t="n">
         <v>27.3</v>
       </c>
-      <c r="BQ24" s="14" t="n">
+      <c r="BU24" s="14" t="n">
         <v>25.7</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="6" t="inlineStr">
         <is>
           <t>16 País Vasco</t>
         </is>
       </c>
       <c r="B25" s="14" t="n">
+        <v>4.6</v>
+      </c>
+      <c r="C25" s="14" t="n">
         <v>4.7</v>
-      </c>
-[...1 lines deleted...]
-        <v>5.0</v>
       </c>
       <c r="D25" s="14" t="n">
         <v>5.0</v>
       </c>
       <c r="E25" s="14" t="n">
         <v>5.0</v>
       </c>
       <c r="F25" s="14" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="G25" s="14" t="n">
         <v>4.8</v>
       </c>
-      <c r="G25" s="14" t="n">
+      <c r="H25" s="14" t="n">
         <v>5.3</v>
-      </c>
-[...1 lines deleted...]
-        <v>5.1</v>
       </c>
       <c r="I25" s="14" t="n">
         <v>5.1</v>
       </c>
       <c r="J25" s="14" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="K25" s="14" t="n">
         <v>5.0</v>
       </c>
-      <c r="K25" s="14" t="n">
+      <c r="L25" s="14" t="n">
         <v>5.4</v>
-      </c>
-[...1 lines deleted...]
-        <v>5.2</v>
       </c>
       <c r="M25" s="14" t="n">
         <v>5.2</v>
       </c>
       <c r="N25" s="14" t="n">
+        <v>5.2</v>
+      </c>
+      <c r="O25" s="14" t="n">
         <v>6.5</v>
       </c>
-      <c r="O25" s="14" t="n">
+      <c r="P25" s="14" t="n">
         <v>6.3</v>
       </c>
-      <c r="P25" s="14" t="n">
+      <c r="Q25" s="14" t="n">
         <v>6.1</v>
       </c>
-      <c r="Q25" s="14" t="n">
+      <c r="R25" s="14" t="n">
         <v>5.2</v>
       </c>
-      <c r="R25" s="14" t="n">
+      <c r="S25" s="14" t="n">
         <v>4.8</v>
       </c>
-      <c r="S25" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="T25" s="14" t="n">
-        <v>4.3</v>
+        <v>4.1</v>
       </c>
       <c r="U25" s="14" t="n">
         <v>4.3</v>
       </c>
       <c r="V25" s="14" t="n">
         <v>4.3</v>
       </c>
       <c r="W25" s="14" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="X25" s="14" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="Y25" s="14" t="n">
         <v>4.2</v>
-      </c>
-[...4 lines deleted...]
-        <v>4.3</v>
       </c>
       <c r="Z25" s="14" t="n">
         <v>4.4</v>
       </c>
       <c r="AA25" s="14" t="n">
         <v>4.3</v>
       </c>
       <c r="AB25" s="14" t="n">
-        <v>4.5</v>
+        <v>4.4</v>
       </c>
       <c r="AC25" s="14" t="n">
         <v>4.3</v>
       </c>
       <c r="AD25" s="14" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="AE25" s="14" t="n">
         <v>4.3</v>
       </c>
-      <c r="AE25" s="14" t="n">
+      <c r="AF25" s="14" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="AG25" s="14" t="n">
         <v>5.1</v>
       </c>
-      <c r="AF25" s="14" t="n">
+      <c r="AH25" s="14" t="n">
         <v>4.9</v>
       </c>
-      <c r="AG25" s="14" t="n">
+      <c r="AI25" s="14" t="n">
         <v>4.8</v>
       </c>
-      <c r="AH25" s="14" t="n">
+      <c r="AJ25" s="14" t="n">
         <v>4.2</v>
       </c>
-      <c r="AI25" s="14" t="n">
+      <c r="AK25" s="14" t="n">
         <v>3.9</v>
       </c>
-      <c r="AJ25" s="14" t="n">
+      <c r="AL25" s="14" t="n">
+        <v>28.4</v>
+      </c>
+      <c r="AM25" s="14" t="n">
         <v>29.1</v>
       </c>
-      <c r="AK25" s="14" t="n">
+      <c r="AN25" s="14" t="n">
         <v>30.1</v>
-      </c>
-[...7 lines deleted...]
-        <v>28.8</v>
       </c>
       <c r="AO25" s="14" t="n">
         <v>29.4</v>
       </c>
       <c r="AP25" s="14" t="n">
+        <v>29.3</v>
+      </c>
+      <c r="AQ25" s="14" t="n">
+        <v>28.8</v>
+      </c>
+      <c r="AR25" s="14" t="n">
+        <v>29.4</v>
+      </c>
+      <c r="AS25" s="14" t="n">
         <v>30.0</v>
       </c>
-      <c r="AQ25" s="14" t="n">
+      <c r="AT25" s="14" t="n">
         <v>29.6</v>
       </c>
-      <c r="AR25" s="14" t="n">
+      <c r="AU25" s="14" t="n">
         <v>29.1</v>
       </c>
-      <c r="AS25" s="14" t="n">
+      <c r="AV25" s="14" t="n">
         <v>30.2</v>
       </c>
-      <c r="AT25" s="14" t="n">
+      <c r="AW25" s="14" t="n">
         <v>29.3</v>
       </c>
-      <c r="AU25" s="14" t="n">
+      <c r="AX25" s="14" t="n">
         <v>29.5</v>
       </c>
-      <c r="AV25" s="14" t="n">
+      <c r="AY25" s="14" t="n">
         <v>31.9</v>
       </c>
-      <c r="AW25" s="14" t="n">
+      <c r="AZ25" s="14" t="n">
         <v>32.6</v>
       </c>
-      <c r="AX25" s="14" t="n">
+      <c r="BA25" s="14" t="n">
         <v>31.6</v>
       </c>
-      <c r="AY25" s="14" t="n">
+      <c r="BB25" s="14" t="n">
         <v>30.2</v>
       </c>
-      <c r="AZ25" s="14" t="n">
+      <c r="BC25" s="14" t="n">
         <v>29.6</v>
       </c>
-      <c r="BA25" s="14" t="n">
+      <c r="BD25" s="14" t="n">
+        <v>26.5</v>
+      </c>
+      <c r="BE25" s="14" t="n">
         <v>27.3</v>
       </c>
-      <c r="BB25" s="14" t="n">
+      <c r="BF25" s="14" t="n">
         <v>27.8</v>
       </c>
-      <c r="BC25" s="14" t="n">
+      <c r="BG25" s="14" t="n">
         <v>26.8</v>
       </c>
-      <c r="BD25" s="14" t="n">
+      <c r="BH25" s="14" t="n">
         <v>26.6</v>
       </c>
-      <c r="BE25" s="14" t="n">
+      <c r="BI25" s="14" t="n">
         <v>26.5</v>
       </c>
-      <c r="BF25" s="14" t="n">
+      <c r="BJ25" s="14" t="n">
         <v>26.6</v>
       </c>
-      <c r="BG25" s="14" t="n">
+      <c r="BK25" s="14" t="n">
         <v>27.3</v>
       </c>
-      <c r="BH25" s="14" t="n">
+      <c r="BL25" s="14" t="n">
         <v>26.9</v>
       </c>
-      <c r="BI25" s="14" t="n">
+      <c r="BM25" s="14" t="n">
         <v>26.6</v>
       </c>
-      <c r="BJ25" s="14" t="n">
+      <c r="BN25" s="14" t="n">
         <v>27.2</v>
       </c>
-      <c r="BK25" s="14" t="n">
+      <c r="BO25" s="14" t="n">
         <v>26.6</v>
-      </c>
-[...10 lines deleted...]
-        <v>28.6</v>
       </c>
       <c r="BP25" s="14" t="n">
         <v>27.1</v>
       </c>
       <c r="BQ25" s="14" t="n">
+        <v>28.8</v>
+      </c>
+      <c r="BR25" s="14" t="n">
+        <v>29.5</v>
+      </c>
+      <c r="BS25" s="14" t="n">
+        <v>28.6</v>
+      </c>
+      <c r="BT25" s="14" t="n">
+        <v>27.1</v>
+      </c>
+      <c r="BU25" s="14" t="n">
         <v>26.3</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="6" t="inlineStr">
         <is>
           <t>17 Rioja, La</t>
         </is>
       </c>
       <c r="B26" s="14" t="n">
         <v>4.8</v>
       </c>
       <c r="C26" s="14" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="D26" s="14" t="n">
         <v>4.6</v>
       </c>
-      <c r="D26" s="14" t="n">
+      <c r="E26" s="14" t="n">
         <v>4.8</v>
       </c>
-      <c r="E26" s="14" t="n">
+      <c r="F26" s="14" t="n">
         <v>5.1</v>
       </c>
-      <c r="F26" s="14" t="n">
+      <c r="G26" s="14" t="n">
         <v>4.7</v>
       </c>
-      <c r="G26" s="14" t="n">
+      <c r="H26" s="14" t="n">
         <v>5.0</v>
       </c>
-      <c r="H26" s="14" t="n">
+      <c r="I26" s="14" t="n">
         <v>5.7</v>
       </c>
-      <c r="I26" s="14" t="n">
+      <c r="J26" s="14" t="n">
         <v>4.5</v>
       </c>
-      <c r="J26" s="14" t="n">
+      <c r="K26" s="14" t="n">
         <v>4.6</v>
       </c>
-      <c r="K26" s="14" t="n">
+      <c r="L26" s="14" t="n">
         <v>5.5</v>
       </c>
-      <c r="L26" s="14" t="n">
+      <c r="M26" s="14" t="n">
         <v>6.4</v>
       </c>
-      <c r="M26" s="14" t="n">
+      <c r="N26" s="14" t="n">
         <v>6.8</v>
       </c>
-      <c r="N26" s="14" t="n">
+      <c r="O26" s="14" t="n">
         <v>5.9</v>
       </c>
-      <c r="O26" s="14" t="n">
+      <c r="P26" s="14" t="n">
         <v>6.2</v>
       </c>
-      <c r="P26" s="14" t="n">
+      <c r="Q26" s="14" t="n">
         <v>5.5</v>
       </c>
-      <c r="Q26" s="14" t="n">
+      <c r="R26" s="14" t="n">
         <v>5.1</v>
-      </c>
-[...1 lines deleted...]
-        <v>4.3</v>
       </c>
       <c r="S26" s="14" t="n">
         <v>4.3</v>
       </c>
       <c r="T26" s="14" t="n">
+        <v>4.2</v>
+      </c>
+      <c r="U26" s="14" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="V26" s="14" t="n">
         <v>4.0</v>
       </c>
-      <c r="U26" s="14" t="n">
+      <c r="W26" s="14" t="n">
         <v>3.9</v>
-      </c>
-[...4 lines deleted...]
-        <v>4.1</v>
       </c>
       <c r="X26" s="14" t="n">
         <v>4.4</v>
       </c>
       <c r="Y26" s="14" t="n">
+        <v>4.1</v>
+      </c>
+      <c r="Z26" s="14" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="AA26" s="14" t="n">
         <v>4.8</v>
       </c>
-      <c r="Z26" s="14" t="n">
+      <c r="AB26" s="14" t="n">
         <v>4.0</v>
       </c>
-      <c r="AA26" s="14" t="n">
+      <c r="AC26" s="14" t="n">
         <v>4.4</v>
       </c>
-      <c r="AB26" s="14" t="n">
+      <c r="AD26" s="14" t="n">
         <v>4.7</v>
       </c>
-      <c r="AC26" s="14" t="n">
+      <c r="AE26" s="14" t="n">
         <v>5.4</v>
       </c>
-      <c r="AD26" s="14" t="n">
+      <c r="AF26" s="14" t="n">
         <v>5.8</v>
       </c>
-      <c r="AE26" s="14" t="n">
+      <c r="AG26" s="14" t="n">
         <v>5.1</v>
       </c>
-      <c r="AF26" s="14" t="n">
+      <c r="AH26" s="14" t="n">
         <v>5.2</v>
       </c>
-      <c r="AG26" s="14" t="n">
+      <c r="AI26" s="14" t="n">
         <v>4.6</v>
       </c>
-      <c r="AH26" s="14" t="n">
+      <c r="AJ26" s="14" t="n">
         <v>4.6</v>
       </c>
-      <c r="AI26" s="14" t="n">
+      <c r="AK26" s="14" t="n">
         <v>4.1</v>
       </c>
-      <c r="AJ26" s="14" t="n">
+      <c r="AL26" s="14" t="n">
+        <v>28.4</v>
+      </c>
+      <c r="AM26" s="14" t="n">
         <v>29.0</v>
       </c>
-      <c r="AK26" s="14" t="n">
+      <c r="AN26" s="14" t="n">
         <v>28.3</v>
       </c>
-      <c r="AL26" s="14" t="n">
+      <c r="AO26" s="14" t="n">
         <v>28.2</v>
       </c>
-      <c r="AM26" s="14" t="n">
+      <c r="AP26" s="14" t="n">
         <v>29.3</v>
       </c>
-      <c r="AN26" s="14" t="n">
+      <c r="AQ26" s="14" t="n">
         <v>28.2</v>
       </c>
-      <c r="AO26" s="14" t="n">
+      <c r="AR26" s="14" t="n">
         <v>29.3</v>
       </c>
-      <c r="AP26" s="14" t="n">
+      <c r="AS26" s="14" t="n">
         <v>30.5</v>
       </c>
-      <c r="AQ26" s="14" t="n">
+      <c r="AT26" s="14" t="n">
         <v>28.3</v>
       </c>
-      <c r="AR26" s="14" t="n">
+      <c r="AU26" s="14" t="n">
         <v>28.5</v>
       </c>
-      <c r="AS26" s="14" t="n">
+      <c r="AV26" s="14" t="n">
         <v>31.1</v>
       </c>
-      <c r="AT26" s="14" t="n">
+      <c r="AW26" s="14" t="n">
         <v>31.9</v>
       </c>
-      <c r="AU26" s="14" t="n">
+      <c r="AX26" s="14" t="n">
         <v>31.7</v>
       </c>
-      <c r="AV26" s="14" t="n">
+      <c r="AY26" s="14" t="n">
         <v>31.8</v>
       </c>
-      <c r="AW26" s="14" t="n">
+      <c r="AZ26" s="14" t="n">
         <v>31.5</v>
       </c>
-      <c r="AX26" s="14" t="n">
+      <c r="BA26" s="14" t="n">
         <v>30.0</v>
       </c>
-      <c r="AY26" s="14" t="n">
+      <c r="BB26" s="14" t="n">
         <v>31.5</v>
       </c>
-      <c r="AZ26" s="14" t="n">
+      <c r="BC26" s="14" t="n">
         <v>28.5</v>
       </c>
-      <c r="BA26" s="14" t="n">
+      <c r="BD26" s="14" t="n">
+        <v>26.7</v>
+      </c>
+      <c r="BE26" s="14" t="n">
         <v>26.9</v>
       </c>
-      <c r="BB26" s="14" t="n">
+      <c r="BF26" s="14" t="n">
         <v>25.8</v>
       </c>
-      <c r="BC26" s="14" t="n">
+      <c r="BG26" s="14" t="n">
         <v>25.5</v>
       </c>
-      <c r="BD26" s="14" t="n">
+      <c r="BH26" s="14" t="n">
         <v>27.0</v>
       </c>
-      <c r="BE26" s="14" t="n">
+      <c r="BI26" s="14" t="n">
         <v>26.3</v>
       </c>
-      <c r="BF26" s="14" t="n">
+      <c r="BJ26" s="14" t="n">
         <v>26.9</v>
       </c>
-      <c r="BG26" s="14" t="n">
+      <c r="BK26" s="14" t="n">
         <v>28.3</v>
       </c>
-      <c r="BH26" s="14" t="n">
+      <c r="BL26" s="14" t="n">
         <v>26.2</v>
       </c>
-      <c r="BI26" s="14" t="n">
+      <c r="BM26" s="14" t="n">
         <v>26.5</v>
       </c>
-      <c r="BJ26" s="14" t="n">
+      <c r="BN26" s="14" t="n">
         <v>28.3</v>
       </c>
-      <c r="BK26" s="14" t="n">
+      <c r="BO26" s="14" t="n">
         <v>29.4</v>
       </c>
-      <c r="BL26" s="14" t="n">
+      <c r="BP26" s="14" t="n">
         <v>29.3</v>
       </c>
-      <c r="BM26" s="14" t="n">
+      <c r="BQ26" s="14" t="n">
         <v>29.5</v>
       </c>
-      <c r="BN26" s="14" t="n">
+      <c r="BR26" s="14" t="n">
         <v>29.3</v>
       </c>
-      <c r="BO26" s="14" t="n">
+      <c r="BS26" s="14" t="n">
         <v>27.8</v>
       </c>
-      <c r="BP26" s="14" t="n">
+      <c r="BT26" s="14" t="n">
         <v>29.6</v>
       </c>
-      <c r="BQ26" s="14" t="n">
+      <c r="BU26" s="14" t="n">
         <v>27.0</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="6" t="inlineStr">
         <is>
           <t>18 Ceuta</t>
         </is>
       </c>
       <c r="B27" s="14" t="n">
+        <v>7.4</v>
+      </c>
+      <c r="C27" s="14" t="n">
         <v>9.4</v>
       </c>
-      <c r="C27" s="14" t="n">
+      <c r="D27" s="14" t="n">
         <v>9.6</v>
       </c>
-      <c r="D27" s="14" t="n">
+      <c r="E27" s="14" t="n">
         <v>11.0</v>
       </c>
-      <c r="E27" s="14" t="n">
+      <c r="F27" s="14" t="n">
         <v>9.5</v>
       </c>
-      <c r="F27" s="14" t="n">
+      <c r="G27" s="14" t="n">
         <v>10.7</v>
       </c>
-      <c r="G27" s="14" t="n">
+      <c r="H27" s="14" t="n">
         <v>11.5</v>
       </c>
-      <c r="H27" s="14" t="n">
+      <c r="I27" s="14" t="n">
         <v>10.3</v>
       </c>
-      <c r="I27" s="14" t="n">
+      <c r="J27" s="14" t="n">
         <v>11.5</v>
       </c>
-      <c r="J27" s="14" t="n">
+      <c r="K27" s="14" t="n">
         <v>6.3</v>
       </c>
-      <c r="K27" s="14" t="n">
+      <c r="L27" s="14" t="n">
         <v>7.1</v>
       </c>
-      <c r="L27" s="14" t="n">
+      <c r="M27" s="14" t="n">
         <v>9.2</v>
       </c>
-      <c r="M27" s="14" t="n">
+      <c r="N27" s="14" t="n">
         <v>10.9</v>
       </c>
-      <c r="N27" s="14" t="n">
+      <c r="O27" s="14" t="n">
         <v>10.8</v>
       </c>
-      <c r="O27" s="14" t="n">
+      <c r="P27" s="14" t="n">
         <v>8.1</v>
       </c>
-      <c r="P27" s="14" t="n">
+      <c r="Q27" s="14" t="n">
         <v>8.3</v>
       </c>
-      <c r="Q27" s="14" t="n">
+      <c r="R27" s="14" t="n">
         <v>15.0</v>
       </c>
-      <c r="R27" s="14" t="n">
+      <c r="S27" s="14" t="n">
         <v>10.9</v>
       </c>
-      <c r="S27" s="14" t="n">
+      <c r="T27" s="14" t="n">
+        <v>7.5</v>
+      </c>
+      <c r="U27" s="14" t="n">
         <v>6.6</v>
       </c>
-      <c r="T27" s="14" t="n">
+      <c r="V27" s="14" t="n">
         <v>7.1</v>
       </c>
-      <c r="U27" s="14" t="n">
+      <c r="W27" s="14" t="n">
         <v>8.4</v>
       </c>
-      <c r="V27" s="14" t="n">
+      <c r="X27" s="14" t="n">
         <v>8.6</v>
       </c>
-      <c r="W27" s="14" t="n">
+      <c r="Y27" s="14" t="n">
         <v>7.3</v>
-      </c>
-[...4 lines deleted...]
-        <v>7.5</v>
       </c>
       <c r="Z27" s="14" t="n">
         <v>8.3</v>
       </c>
       <c r="AA27" s="14" t="n">
+        <v>7.5</v>
+      </c>
+      <c r="AB27" s="14" t="n">
+        <v>8.3</v>
+      </c>
+      <c r="AC27" s="14" t="n">
         <v>6.3</v>
       </c>
-      <c r="AB27" s="14" t="n">
+      <c r="AD27" s="14" t="n">
         <v>5.0</v>
       </c>
-      <c r="AC27" s="14" t="n">
+      <c r="AE27" s="14" t="n">
         <v>7.0</v>
       </c>
-      <c r="AD27" s="14" t="n">
+      <c r="AF27" s="14" t="n">
         <v>8.0</v>
       </c>
-      <c r="AE27" s="14" t="n">
+      <c r="AG27" s="14" t="n">
         <v>8.5</v>
       </c>
-      <c r="AF27" s="14" t="n">
+      <c r="AH27" s="14" t="n">
         <v>7.1</v>
       </c>
-      <c r="AG27" s="14" t="n">
+      <c r="AI27" s="14" t="n">
         <v>6.7</v>
       </c>
-      <c r="AH27" s="14" t="n">
+      <c r="AJ27" s="14" t="n">
         <v>8.6</v>
       </c>
-      <c r="AI27" s="14" t="n">
+      <c r="AK27" s="14" t="n">
         <v>7.0</v>
       </c>
-      <c r="AJ27" s="14" t="n">
+      <c r="AL27" s="14" t="n">
+        <v>37.1</v>
+      </c>
+      <c r="AM27" s="14" t="n">
         <v>39.9</v>
       </c>
-      <c r="AK27" s="14" t="n">
+      <c r="AN27" s="14" t="n">
         <v>40.4</v>
       </c>
-      <c r="AL27" s="14" t="n">
+      <c r="AO27" s="14" t="n">
         <v>42.4</v>
       </c>
-      <c r="AM27" s="14" t="n">
+      <c r="AP27" s="14" t="n">
         <v>39.7</v>
       </c>
-      <c r="AN27" s="14" t="n">
+      <c r="AQ27" s="14" t="n">
         <v>40.0</v>
       </c>
-      <c r="AO27" s="14" t="n">
+      <c r="AR27" s="14" t="n">
         <v>41.9</v>
       </c>
-      <c r="AP27" s="14" t="n">
+      <c r="AS27" s="14" t="n">
         <v>42.2</v>
       </c>
-      <c r="AQ27" s="14" t="n">
+      <c r="AT27" s="14" t="n">
         <v>39.8</v>
       </c>
-      <c r="AR27" s="14" t="n">
+      <c r="AU27" s="14" t="n">
         <v>35.6</v>
       </c>
-      <c r="AS27" s="14" t="n">
+      <c r="AV27" s="14" t="n">
         <v>35.0</v>
       </c>
-      <c r="AT27" s="14" t="n">
+      <c r="AW27" s="14" t="n">
         <v>43.2</v>
       </c>
-      <c r="AU27" s="14" t="n">
+      <c r="AX27" s="14" t="n">
         <v>43.9</v>
       </c>
-      <c r="AV27" s="14" t="n">
+      <c r="AY27" s="14" t="n">
         <v>41.6</v>
       </c>
-      <c r="AW27" s="14" t="n">
+      <c r="AZ27" s="14" t="n">
         <v>36.0</v>
-      </c>
-[...7 lines deleted...]
-        <v>39.8</v>
       </c>
       <c r="BA27" s="14" t="n">
         <v>36.8</v>
       </c>
       <c r="BB27" s="14" t="n">
+        <v>41.4</v>
+      </c>
+      <c r="BC27" s="14" t="n">
+        <v>39.8</v>
+      </c>
+      <c r="BD27" s="14" t="n">
+        <v>34.3</v>
+      </c>
+      <c r="BE27" s="14" t="n">
+        <v>36.8</v>
+      </c>
+      <c r="BF27" s="14" t="n">
         <v>36.4</v>
       </c>
-      <c r="BC27" s="14" t="n">
+      <c r="BG27" s="14" t="n">
         <v>38.5</v>
-      </c>
-[...10 lines deleted...]
-        <v>38.1</v>
       </c>
       <c r="BH27" s="14" t="n">
         <v>36.0</v>
       </c>
       <c r="BI27" s="14" t="n">
+        <v>36.0</v>
+      </c>
+      <c r="BJ27" s="14" t="n">
+        <v>37.6</v>
+      </c>
+      <c r="BK27" s="14" t="n">
+        <v>38.1</v>
+      </c>
+      <c r="BL27" s="14" t="n">
+        <v>36.0</v>
+      </c>
+      <c r="BM27" s="14" t="n">
         <v>32.8</v>
       </c>
-      <c r="BJ27" s="14" t="n">
+      <c r="BN27" s="14" t="n">
         <v>31.1</v>
       </c>
-      <c r="BK27" s="14" t="n">
+      <c r="BO27" s="14" t="n">
         <v>38.5</v>
       </c>
-      <c r="BL27" s="14" t="n">
+      <c r="BP27" s="14" t="n">
         <v>39.3</v>
       </c>
-      <c r="BM27" s="14" t="n">
+      <c r="BQ27" s="14" t="n">
         <v>37.9</v>
       </c>
-      <c r="BN27" s="14" t="n">
+      <c r="BR27" s="14" t="n">
         <v>33.5</v>
       </c>
-      <c r="BO27" s="14" t="n">
+      <c r="BS27" s="14" t="n">
         <v>33.5</v>
       </c>
-      <c r="BP27" s="14" t="n">
+      <c r="BT27" s="14" t="n">
         <v>35.9</v>
       </c>
-      <c r="BQ27" s="14" t="n">
+      <c r="BU27" s="14" t="n">
         <v>35.8</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="6" t="inlineStr">
         <is>
           <t>19 Melilla</t>
         </is>
       </c>
       <c r="B28" s="14" t="n">
+        <v>16.2</v>
+      </c>
+      <c r="C28" s="14" t="n">
         <v>10.6</v>
       </c>
-      <c r="C28" s="14" t="n">
+      <c r="D28" s="14" t="n">
         <v>11.5</v>
       </c>
-      <c r="D28" s="14" t="n">
+      <c r="E28" s="14" t="n">
         <v>12.4</v>
       </c>
-      <c r="E28" s="14" t="n">
+      <c r="F28" s="14" t="n">
         <v>14.1</v>
       </c>
-      <c r="F28" s="14" t="n">
+      <c r="G28" s="14" t="n">
         <v>15.0</v>
       </c>
-      <c r="G28" s="14" t="n">
+      <c r="H28" s="14" t="n">
         <v>13.9</v>
       </c>
-      <c r="H28" s="14" t="n">
+      <c r="I28" s="14" t="n">
         <v>9.1</v>
       </c>
-      <c r="I28" s="14" t="n">
+      <c r="J28" s="14" t="n">
         <v>7.1</v>
       </c>
-      <c r="J28" s="14" t="n">
+      <c r="K28" s="14" t="n">
         <v>8.2</v>
       </c>
-      <c r="K28" s="14" t="n">
+      <c r="L28" s="14" t="n">
         <v>7.4</v>
-      </c>
-[...1 lines deleted...]
-        <v>10.1</v>
       </c>
       <c r="M28" s="14" t="n">
         <v>10.1</v>
       </c>
       <c r="N28" s="14" t="n">
+        <v>10.1</v>
+      </c>
+      <c r="O28" s="14" t="n">
         <v>5.4</v>
       </c>
-      <c r="O28" s="14" t="n">
+      <c r="P28" s="14" t="n">
         <v>10.7</v>
       </c>
-      <c r="P28" s="14" t="n">
+      <c r="Q28" s="14" t="n">
         <v>7.6</v>
       </c>
-      <c r="Q28" s="14" t="n">
+      <c r="R28" s="14" t="n">
         <v>9.9</v>
       </c>
-      <c r="R28" s="14" t="n">
+      <c r="S28" s="14" t="n">
         <v>6.4</v>
       </c>
-      <c r="S28" s="14" t="n">
+      <c r="T28" s="14" t="n">
+        <v>10.9</v>
+      </c>
+      <c r="U28" s="14" t="n">
         <v>8.4</v>
       </c>
-      <c r="T28" s="14" t="n">
+      <c r="V28" s="14" t="n">
         <v>8.4</v>
       </c>
-      <c r="U28" s="14" t="n">
+      <c r="W28" s="14" t="n">
         <v>10.4</v>
       </c>
-      <c r="V28" s="14" t="n">
+      <c r="X28" s="14" t="n">
         <v>11.4</v>
       </c>
-      <c r="W28" s="14" t="n">
+      <c r="Y28" s="14" t="n">
         <v>11.1</v>
       </c>
-      <c r="X28" s="14" t="n">
+      <c r="Z28" s="14" t="n">
         <v>10.7</v>
       </c>
-      <c r="Y28" s="14" t="n">
+      <c r="AA28" s="14" t="n">
         <v>7.4</v>
       </c>
-      <c r="Z28" s="14" t="n">
+      <c r="AB28" s="14" t="n">
         <v>5.5</v>
       </c>
-      <c r="AA28" s="14" t="n">
+      <c r="AC28" s="14" t="n">
         <v>6.7</v>
       </c>
-      <c r="AB28" s="14" t="n">
+      <c r="AD28" s="14" t="n">
         <v>6.0</v>
       </c>
-      <c r="AC28" s="14" t="n">
+      <c r="AE28" s="14" t="n">
         <v>8.2</v>
       </c>
-      <c r="AD28" s="14" t="n">
+      <c r="AF28" s="14" t="n">
         <v>9.6</v>
       </c>
-      <c r="AE28" s="14" t="n">
+      <c r="AG28" s="14" t="n">
         <v>9.0</v>
       </c>
-      <c r="AF28" s="14" t="n">
+      <c r="AH28" s="14" t="n">
         <v>8.6</v>
       </c>
-      <c r="AG28" s="14" t="n">
+      <c r="AI28" s="14" t="n">
         <v>6.6</v>
       </c>
-      <c r="AH28" s="14" t="n">
+      <c r="AJ28" s="14" t="n">
         <v>6.4</v>
       </c>
-      <c r="AI28" s="14" t="n">
+      <c r="AK28" s="14" t="n">
         <v>5.0</v>
       </c>
-      <c r="AJ28" s="14" t="n">
+      <c r="AL28" s="14" t="n">
         <v>42.3</v>
       </c>
-      <c r="AK28" s="14" t="n">
+      <c r="AM28" s="14" t="n">
+        <v>42.3</v>
+      </c>
+      <c r="AN28" s="14" t="n">
         <v>41.1</v>
       </c>
-      <c r="AL28" s="14" t="n">
+      <c r="AO28" s="14" t="n">
         <v>41.2</v>
       </c>
-      <c r="AM28" s="14" t="n">
+      <c r="AP28" s="14" t="n">
         <v>41.2</v>
       </c>
-      <c r="AN28" s="14" t="n">
+      <c r="AQ28" s="14" t="n">
         <v>43.9</v>
       </c>
-      <c r="AO28" s="14" t="n">
+      <c r="AR28" s="14" t="n">
         <v>40.7</v>
       </c>
-      <c r="AP28" s="14" t="n">
+      <c r="AS28" s="14" t="n">
         <v>37.3</v>
       </c>
-      <c r="AQ28" s="14" t="n">
+      <c r="AT28" s="14" t="n">
         <v>33.3</v>
       </c>
-      <c r="AR28" s="14" t="n">
+      <c r="AU28" s="14" t="n">
         <v>33.5</v>
       </c>
-      <c r="AS28" s="14" t="n">
+      <c r="AV28" s="14" t="n">
         <v>35.0</v>
       </c>
-      <c r="AT28" s="14" t="n">
+      <c r="AW28" s="14" t="n">
         <v>41.0</v>
       </c>
-      <c r="AU28" s="14" t="n">
+      <c r="AX28" s="14" t="n">
         <v>42.5</v>
       </c>
-      <c r="AV28" s="14" t="n">
+      <c r="AY28" s="14" t="n">
         <v>33.7</v>
       </c>
-      <c r="AW28" s="14" t="n">
+      <c r="AZ28" s="14" t="n">
         <v>39.5</v>
       </c>
-      <c r="AX28" s="14" t="n">
+      <c r="BA28" s="14" t="n">
         <v>34.2</v>
       </c>
-      <c r="AY28" s="14" t="n">
+      <c r="BB28" s="14" t="n">
         <v>34.2</v>
       </c>
-      <c r="AZ28" s="14" t="n">
+      <c r="BC28" s="14" t="n">
         <v>30.2</v>
       </c>
-      <c r="BA28" s="14" t="n">
+      <c r="BD28" s="14" t="n">
+        <v>39.5</v>
+      </c>
+      <c r="BE28" s="14" t="n">
         <v>39.8</v>
-      </c>
-[...10 lines deleted...]
-        <v>40.7</v>
       </c>
       <c r="BF28" s="14" t="n">
         <v>38.0</v>
       </c>
       <c r="BG28" s="14" t="n">
+        <v>38.7</v>
+      </c>
+      <c r="BH28" s="14" t="n">
+        <v>38.3</v>
+      </c>
+      <c r="BI28" s="14" t="n">
+        <v>40.7</v>
+      </c>
+      <c r="BJ28" s="14" t="n">
+        <v>38.0</v>
+      </c>
+      <c r="BK28" s="14" t="n">
         <v>35.1</v>
       </c>
-      <c r="BH28" s="14" t="n">
+      <c r="BL28" s="14" t="n">
         <v>31.0</v>
       </c>
-      <c r="BI28" s="14" t="n">
+      <c r="BM28" s="14" t="n">
         <v>32.1</v>
       </c>
-      <c r="BJ28" s="14" t="n">
+      <c r="BN28" s="14" t="n">
         <v>32.8</v>
       </c>
-      <c r="BK28" s="14" t="n">
+      <c r="BO28" s="14" t="n">
         <v>38.2</v>
       </c>
-      <c r="BL28" s="14" t="n">
+      <c r="BP28" s="14" t="n">
         <v>40.4</v>
       </c>
-      <c r="BM28" s="14" t="n">
+      <c r="BQ28" s="14" t="n">
         <v>33.1</v>
       </c>
-      <c r="BN28" s="14" t="n">
+      <c r="BR28" s="14" t="n">
         <v>36.4</v>
       </c>
-      <c r="BO28" s="14" t="n">
+      <c r="BS28" s="14" t="n">
         <v>31.3</v>
       </c>
-      <c r="BP28" s="14" t="n">
+      <c r="BT28" s="14" t="n">
         <v>31.3</v>
       </c>
-      <c r="BQ28" s="14" t="n">
+      <c r="BU28" s="14" t="n">
         <v>27.7</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="inlineStr">
         <is>
           <t>Notas:</t>
         </is>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
           <t>In the Living Conditions Survey, the inputs used for the calculation of variables such as income and at-risk-of-poverty rate always correspond to the previous year.</t>
         </is>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
           <t>s80/s20: relationship between the total disposable income of 20% of the population with the highest income and that of 20% with the lowest income.</t>
         </is>
       </c>
     </row>
     <row r="34">
@@ -5141,46 +5409,46 @@
         </is>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="5" t="inlineStr">
         <is>
           <t xml:space="preserve">Fuente: </t>
         </is>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="10">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A5:K5"/>
     <mergeCell ref="A6:K6"/>
-    <mergeCell ref="B7:R7"/>
-[...2 lines deleted...]
-    <mergeCell ref="BA7:BQ7"/>
+    <mergeCell ref="B7:S7"/>
+    <mergeCell ref="T7:AK7"/>
+    <mergeCell ref="AL7:BC7"/>
+    <mergeCell ref="BD7:BU7"/>
   </mergeCells>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>