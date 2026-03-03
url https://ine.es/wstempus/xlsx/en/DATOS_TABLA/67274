--- v1 (2025-12-16)
+++ v2 (2026-03-03)
@@ -255,51 +255,51 @@
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="8" xfId="0" applyFill="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="6" fillId="5" borderId="8" xfId="0" applyFill="true" applyBorder="true" applyFont="true"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="8" xfId="0" applyFill="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="5" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true" applyNumberFormat="true">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="165" fontId="8" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true" applyNumberFormat="true">
       <alignment horizontal="right"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:HU64"/>
+  <dimension ref="A1:IG64"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="39.0625" customWidth="true"/>
     <col min="2" max="2" width="19.53125" customWidth="true"/>
     <col min="3" max="3" width="19.53125" customWidth="true"/>
     <col min="4" max="4" width="19.53125" customWidth="true"/>
     <col min="5" max="5" width="19.53125" customWidth="true"/>
     <col min="6" max="6" width="19.53125" customWidth="true"/>
     <col min="7" max="7" width="19.53125" customWidth="true"/>
     <col min="8" max="8" width="19.53125" customWidth="true"/>
     <col min="9" max="9" width="19.53125" customWidth="true"/>
     <col min="10" max="10" width="19.53125" customWidth="true"/>
     <col min="11" max="11" width="19.53125" customWidth="true"/>
     <col min="12" max="12" width="19.53125" customWidth="true"/>
     <col min="13" max="13" width="19.53125" customWidth="true"/>
     <col min="14" max="14" width="19.53125" customWidth="true"/>
     <col min="15" max="15" width="19.53125" customWidth="true"/>
     <col min="16" max="16" width="19.53125" customWidth="true"/>
     <col min="17" max="17" width="19.53125" customWidth="true"/>
     <col min="18" max="18" width="19.53125" customWidth="true"/>
     <col min="19" max="19" width="19.53125" customWidth="true"/>
     <col min="20" max="20" width="19.53125" customWidth="true"/>
@@ -490,50 +490,62 @@
     <col min="205" max="205" width="19.53125" customWidth="true"/>
     <col min="206" max="206" width="19.53125" customWidth="true"/>
     <col min="207" max="207" width="19.53125" customWidth="true"/>
     <col min="208" max="208" width="19.53125" customWidth="true"/>
     <col min="209" max="209" width="19.53125" customWidth="true"/>
     <col min="210" max="210" width="19.53125" customWidth="true"/>
     <col min="211" max="211" width="19.53125" customWidth="true"/>
     <col min="212" max="212" width="19.53125" customWidth="true"/>
     <col min="213" max="213" width="19.53125" customWidth="true"/>
     <col min="214" max="214" width="19.53125" customWidth="true"/>
     <col min="215" max="215" width="19.53125" customWidth="true"/>
     <col min="216" max="216" width="19.53125" customWidth="true"/>
     <col min="217" max="217" width="19.53125" customWidth="true"/>
     <col min="218" max="218" width="19.53125" customWidth="true"/>
     <col min="219" max="219" width="19.53125" customWidth="true"/>
     <col min="220" max="220" width="19.53125" customWidth="true"/>
     <col min="221" max="221" width="19.53125" customWidth="true"/>
     <col min="222" max="222" width="19.53125" customWidth="true"/>
     <col min="223" max="223" width="19.53125" customWidth="true"/>
     <col min="224" max="224" width="19.53125" customWidth="true"/>
     <col min="225" max="225" width="19.53125" customWidth="true"/>
     <col min="226" max="226" width="19.53125" customWidth="true"/>
     <col min="227" max="227" width="19.53125" customWidth="true"/>
     <col min="228" max="228" width="19.53125" customWidth="true"/>
     <col min="229" max="229" width="19.53125" customWidth="true"/>
+    <col min="230" max="230" width="19.53125" customWidth="true"/>
+    <col min="231" max="231" width="19.53125" customWidth="true"/>
+    <col min="232" max="232" width="19.53125" customWidth="true"/>
+    <col min="233" max="233" width="19.53125" customWidth="true"/>
+    <col min="234" max="234" width="19.53125" customWidth="true"/>
+    <col min="235" max="235" width="19.53125" customWidth="true"/>
+    <col min="236" max="236" width="19.53125" customWidth="true"/>
+    <col min="237" max="237" width="19.53125" customWidth="true"/>
+    <col min="238" max="238" width="19.53125" customWidth="true"/>
+    <col min="239" max="239" width="19.53125" customWidth="true"/>
+    <col min="240" max="240" width="19.53125" customWidth="true"/>
+    <col min="241" max="241" width="19.53125" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Sales Volume by Activity</t>
         </is>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
     </row>
     <row r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
           <t>Service Sector Production Index</t>
         </is>
       </c>
@@ -661,58 +673,58 @@
       <c r="AH7" s="6"/>
       <c r="AI7" s="6"/>
       <c r="AJ7" s="6"/>
       <c r="AK7" s="6"/>
       <c r="AL7" s="6"/>
       <c r="AM7" s="6"/>
       <c r="AN7" s="6"/>
       <c r="AO7" s="6"/>
       <c r="AP7" s="6"/>
       <c r="AQ7" s="6"/>
       <c r="AR7" s="6"/>
       <c r="AS7" s="6"/>
       <c r="AT7" s="6"/>
       <c r="AU7" s="6"/>
       <c r="AV7" s="6"/>
       <c r="AW7" s="6"/>
       <c r="AX7" s="6"/>
       <c r="AY7" s="6"/>
       <c r="AZ7" s="6"/>
       <c r="BA7" s="6"/>
       <c r="BB7" s="6"/>
       <c r="BC7" s="6"/>
       <c r="BD7" s="6"/>
       <c r="BE7" s="6"/>
       <c r="BF7" s="6"/>
-      <c r="BG7" s="6" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="BG7" s="6"/>
       <c r="BH7" s="6"/>
       <c r="BI7" s="6"/>
-      <c r="BJ7" s="6"/>
+      <c r="BJ7" s="6" t="inlineStr">
+        <is>
+          <t>Monthly variation rate</t>
+        </is>
+      </c>
       <c r="BK7" s="6"/>
       <c r="BL7" s="6"/>
       <c r="BM7" s="6"/>
       <c r="BN7" s="6"/>
       <c r="BO7" s="6"/>
       <c r="BP7" s="6"/>
       <c r="BQ7" s="6"/>
       <c r="BR7" s="6"/>
       <c r="BS7" s="6"/>
       <c r="BT7" s="6"/>
       <c r="BU7" s="6"/>
       <c r="BV7" s="6"/>
       <c r="BW7" s="6"/>
       <c r="BX7" s="6"/>
       <c r="BY7" s="6"/>
       <c r="BZ7" s="6"/>
       <c r="CA7" s="6"/>
       <c r="CB7" s="6"/>
       <c r="CC7" s="6"/>
       <c r="CD7" s="6"/>
       <c r="CE7" s="6"/>
       <c r="CF7" s="6"/>
       <c r="CG7" s="6"/>
       <c r="CH7" s="6"/>
       <c r="CI7" s="6"/>
@@ -722,37661 +734,39497 @@
       <c r="CM7" s="6"/>
       <c r="CN7" s="6"/>
       <c r="CO7" s="6"/>
       <c r="CP7" s="6"/>
       <c r="CQ7" s="6"/>
       <c r="CR7" s="6"/>
       <c r="CS7" s="6"/>
       <c r="CT7" s="6"/>
       <c r="CU7" s="6"/>
       <c r="CV7" s="6"/>
       <c r="CW7" s="6"/>
       <c r="CX7" s="6"/>
       <c r="CY7" s="6"/>
       <c r="CZ7" s="6"/>
       <c r="DA7" s="6"/>
       <c r="DB7" s="6"/>
       <c r="DC7" s="6"/>
       <c r="DD7" s="6"/>
       <c r="DE7" s="6"/>
       <c r="DF7" s="6"/>
       <c r="DG7" s="6"/>
       <c r="DH7" s="6"/>
       <c r="DI7" s="6"/>
       <c r="DJ7" s="6"/>
       <c r="DK7" s="6"/>
-      <c r="DL7" s="6" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="DL7" s="6"/>
       <c r="DM7" s="6"/>
       <c r="DN7" s="6"/>
       <c r="DO7" s="6"/>
       <c r="DP7" s="6"/>
       <c r="DQ7" s="6"/>
-      <c r="DR7" s="6"/>
+      <c r="DR7" s="6" t="inlineStr">
+        <is>
+          <t>Annual variation</t>
+        </is>
+      </c>
       <c r="DS7" s="6"/>
       <c r="DT7" s="6"/>
       <c r="DU7" s="6"/>
       <c r="DV7" s="6"/>
       <c r="DW7" s="6"/>
       <c r="DX7" s="6"/>
       <c r="DY7" s="6"/>
       <c r="DZ7" s="6"/>
       <c r="EA7" s="6"/>
       <c r="EB7" s="6"/>
       <c r="EC7" s="6"/>
       <c r="ED7" s="6"/>
       <c r="EE7" s="6"/>
       <c r="EF7" s="6"/>
       <c r="EG7" s="6"/>
       <c r="EH7" s="6"/>
       <c r="EI7" s="6"/>
       <c r="EJ7" s="6"/>
       <c r="EK7" s="6"/>
       <c r="EL7" s="6"/>
       <c r="EM7" s="6"/>
       <c r="EN7" s="6"/>
       <c r="EO7" s="6"/>
       <c r="EP7" s="6"/>
       <c r="EQ7" s="6"/>
       <c r="ER7" s="6"/>
       <c r="ES7" s="6"/>
       <c r="ET7" s="6"/>
       <c r="EU7" s="6"/>
       <c r="EV7" s="6"/>
       <c r="EW7" s="6"/>
       <c r="EX7" s="6"/>
       <c r="EY7" s="6"/>
       <c r="EZ7" s="6"/>
       <c r="FA7" s="6"/>
       <c r="FB7" s="6"/>
       <c r="FC7" s="6"/>
       <c r="FD7" s="6"/>
       <c r="FE7" s="6"/>
       <c r="FF7" s="6"/>
       <c r="FG7" s="6"/>
       <c r="FH7" s="6"/>
       <c r="FI7" s="6"/>
       <c r="FJ7" s="6"/>
       <c r="FK7" s="6"/>
       <c r="FL7" s="6"/>
       <c r="FM7" s="6"/>
       <c r="FN7" s="6"/>
       <c r="FO7" s="6"/>
       <c r="FP7" s="6"/>
-      <c r="FQ7" s="6" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="FQ7" s="6"/>
       <c r="FR7" s="6"/>
       <c r="FS7" s="6"/>
       <c r="FT7" s="6"/>
       <c r="FU7" s="6"/>
       <c r="FV7" s="6"/>
       <c r="FW7" s="6"/>
       <c r="FX7" s="6"/>
       <c r="FY7" s="6"/>
-      <c r="FZ7" s="6"/>
+      <c r="FZ7" s="6" t="inlineStr">
+        <is>
+          <t>Year-to-date average variation rate</t>
+        </is>
+      </c>
       <c r="GA7" s="6"/>
       <c r="GB7" s="6"/>
       <c r="GC7" s="6"/>
       <c r="GD7" s="6"/>
       <c r="GE7" s="6"/>
       <c r="GF7" s="6"/>
       <c r="GG7" s="6"/>
       <c r="GH7" s="6"/>
       <c r="GI7" s="6"/>
       <c r="GJ7" s="6"/>
       <c r="GK7" s="6"/>
       <c r="GL7" s="6"/>
       <c r="GM7" s="6"/>
       <c r="GN7" s="6"/>
       <c r="GO7" s="6"/>
       <c r="GP7" s="6"/>
       <c r="GQ7" s="6"/>
       <c r="GR7" s="6"/>
       <c r="GS7" s="6"/>
       <c r="GT7" s="6"/>
       <c r="GU7" s="6"/>
       <c r="GV7" s="6"/>
       <c r="GW7" s="6"/>
       <c r="GX7" s="6"/>
       <c r="GY7" s="6"/>
       <c r="GZ7" s="6"/>
       <c r="HA7" s="6"/>
       <c r="HB7" s="6"/>
       <c r="HC7" s="6"/>
       <c r="HD7" s="6"/>
       <c r="HE7" s="6"/>
       <c r="HF7" s="6"/>
       <c r="HG7" s="6"/>
       <c r="HH7" s="6"/>
       <c r="HI7" s="6"/>
       <c r="HJ7" s="6"/>
       <c r="HK7" s="6"/>
       <c r="HL7" s="6"/>
       <c r="HM7" s="6"/>
       <c r="HN7" s="6"/>
       <c r="HO7" s="6"/>
       <c r="HP7" s="6"/>
       <c r="HQ7" s="6"/>
       <c r="HR7" s="6"/>
       <c r="HS7" s="6"/>
       <c r="HT7" s="6"/>
       <c r="HU7" s="6"/>
+      <c r="HV7" s="6"/>
+      <c r="HW7" s="6"/>
+      <c r="HX7" s="6"/>
+      <c r="HY7" s="6"/>
+      <c r="HZ7" s="6"/>
+      <c r="IA7" s="6"/>
+      <c r="IB7" s="6"/>
+      <c r="IC7" s="6"/>
+      <c r="ID7" s="6"/>
+      <c r="IE7" s="6"/>
+      <c r="IF7" s="6"/>
+      <c r="IG7" s="6"/>
     </row>
     <row r="8">
       <c r="A8" s="12" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
+          <t>2025M12</t>
+        </is>
+      </c>
+      <c r="C8" s="7" t="inlineStr">
+        <is>
+          <t>2025M11</t>
+        </is>
+      </c>
+      <c r="D8" s="7" t="inlineStr">
+        <is>
+          <t>2025M10</t>
+        </is>
+      </c>
+      <c r="E8" s="7" t="inlineStr">
+        <is>
           <t>2025M09</t>
         </is>
       </c>
-      <c r="C8" s="7" t="inlineStr">
+      <c r="F8" s="7" t="inlineStr">
         <is>
           <t>2025M08</t>
         </is>
       </c>
-      <c r="D8" s="7" t="inlineStr">
+      <c r="G8" s="7" t="inlineStr">
         <is>
           <t>2025M07</t>
         </is>
       </c>
-      <c r="E8" s="7" t="inlineStr">
+      <c r="H8" s="7" t="inlineStr">
         <is>
           <t>2025M06</t>
         </is>
       </c>
-      <c r="F8" s="7" t="inlineStr">
+      <c r="I8" s="7" t="inlineStr">
         <is>
           <t>2025M05</t>
         </is>
       </c>
-      <c r="G8" s="7" t="inlineStr">
+      <c r="J8" s="7" t="inlineStr">
         <is>
           <t>2025M04</t>
         </is>
       </c>
-      <c r="H8" s="7" t="inlineStr">
+      <c r="K8" s="7" t="inlineStr">
         <is>
           <t>2025M03</t>
         </is>
       </c>
-      <c r="I8" s="7" t="inlineStr">
+      <c r="L8" s="7" t="inlineStr">
         <is>
           <t>2025M02</t>
         </is>
       </c>
-      <c r="J8" s="7" t="inlineStr">
+      <c r="M8" s="7" t="inlineStr">
         <is>
           <t>2025M01</t>
         </is>
       </c>
-      <c r="K8" s="7" t="inlineStr">
+      <c r="N8" s="7" t="inlineStr">
         <is>
           <t>2024M12</t>
         </is>
       </c>
-      <c r="L8" s="7" t="inlineStr">
+      <c r="O8" s="7" t="inlineStr">
         <is>
           <t>2024M11</t>
         </is>
       </c>
-      <c r="M8" s="7" t="inlineStr">
+      <c r="P8" s="7" t="inlineStr">
         <is>
           <t>2024M10</t>
         </is>
       </c>
-      <c r="N8" s="7" t="inlineStr">
+      <c r="Q8" s="7" t="inlineStr">
         <is>
           <t>2024M09</t>
         </is>
       </c>
-      <c r="O8" s="7" t="inlineStr">
+      <c r="R8" s="7" t="inlineStr">
         <is>
           <t>2024M08</t>
         </is>
       </c>
-      <c r="P8" s="7" t="inlineStr">
+      <c r="S8" s="7" t="inlineStr">
         <is>
           <t>2024M07</t>
         </is>
       </c>
-      <c r="Q8" s="7" t="inlineStr">
+      <c r="T8" s="7" t="inlineStr">
         <is>
           <t>2024M06</t>
         </is>
       </c>
-      <c r="R8" s="7" t="inlineStr">
+      <c r="U8" s="7" t="inlineStr">
         <is>
           <t>2024M05</t>
         </is>
       </c>
-      <c r="S8" s="7" t="inlineStr">
+      <c r="V8" s="7" t="inlineStr">
         <is>
           <t>2024M04</t>
         </is>
       </c>
-      <c r="T8" s="7" t="inlineStr">
+      <c r="W8" s="7" t="inlineStr">
         <is>
           <t>2024M03</t>
         </is>
       </c>
-      <c r="U8" s="7" t="inlineStr">
+      <c r="X8" s="7" t="inlineStr">
         <is>
           <t>2024M02</t>
         </is>
       </c>
-      <c r="V8" s="7" t="inlineStr">
+      <c r="Y8" s="7" t="inlineStr">
         <is>
           <t>2024M01</t>
         </is>
       </c>
-      <c r="W8" s="7" t="inlineStr">
+      <c r="Z8" s="7" t="inlineStr">
         <is>
           <t>2023M12</t>
         </is>
       </c>
-      <c r="X8" s="7" t="inlineStr">
+      <c r="AA8" s="7" t="inlineStr">
         <is>
           <t>2023M11</t>
         </is>
       </c>
-      <c r="Y8" s="7" t="inlineStr">
+      <c r="AB8" s="7" t="inlineStr">
         <is>
           <t>2023M10</t>
         </is>
       </c>
-      <c r="Z8" s="7" t="inlineStr">
+      <c r="AC8" s="7" t="inlineStr">
         <is>
           <t>2023M09</t>
         </is>
       </c>
-      <c r="AA8" s="7" t="inlineStr">
+      <c r="AD8" s="7" t="inlineStr">
         <is>
           <t>2023M08</t>
         </is>
       </c>
-      <c r="AB8" s="7" t="inlineStr">
+      <c r="AE8" s="7" t="inlineStr">
         <is>
           <t>2023M07</t>
         </is>
       </c>
-      <c r="AC8" s="7" t="inlineStr">
+      <c r="AF8" s="7" t="inlineStr">
         <is>
           <t>2023M06</t>
         </is>
       </c>
-      <c r="AD8" s="7" t="inlineStr">
+      <c r="AG8" s="7" t="inlineStr">
         <is>
           <t>2023M05</t>
         </is>
       </c>
-      <c r="AE8" s="7" t="inlineStr">
+      <c r="AH8" s="7" t="inlineStr">
         <is>
           <t>2023M04</t>
         </is>
       </c>
-      <c r="AF8" s="7" t="inlineStr">
+      <c r="AI8" s="7" t="inlineStr">
         <is>
           <t>2023M03</t>
         </is>
       </c>
-      <c r="AG8" s="7" t="inlineStr">
+      <c r="AJ8" s="7" t="inlineStr">
         <is>
           <t>2023M02</t>
         </is>
       </c>
-      <c r="AH8" s="7" t="inlineStr">
+      <c r="AK8" s="7" t="inlineStr">
         <is>
           <t>2023M01</t>
         </is>
       </c>
-      <c r="AI8" s="7" t="inlineStr">
+      <c r="AL8" s="7" t="inlineStr">
         <is>
           <t>2022M12</t>
         </is>
       </c>
-      <c r="AJ8" s="7" t="inlineStr">
+      <c r="AM8" s="7" t="inlineStr">
         <is>
           <t>2022M11</t>
         </is>
       </c>
-      <c r="AK8" s="7" t="inlineStr">
+      <c r="AN8" s="7" t="inlineStr">
         <is>
           <t>2022M10</t>
         </is>
       </c>
-      <c r="AL8" s="7" t="inlineStr">
+      <c r="AO8" s="7" t="inlineStr">
         <is>
           <t>2022M09</t>
         </is>
       </c>
-      <c r="AM8" s="7" t="inlineStr">
+      <c r="AP8" s="7" t="inlineStr">
         <is>
           <t>2022M08</t>
         </is>
       </c>
-      <c r="AN8" s="7" t="inlineStr">
+      <c r="AQ8" s="7" t="inlineStr">
         <is>
           <t>2022M07</t>
         </is>
       </c>
-      <c r="AO8" s="7" t="inlineStr">
+      <c r="AR8" s="7" t="inlineStr">
         <is>
           <t>2022M06</t>
         </is>
       </c>
-      <c r="AP8" s="7" t="inlineStr">
+      <c r="AS8" s="7" t="inlineStr">
         <is>
           <t>2022M05</t>
         </is>
       </c>
-      <c r="AQ8" s="7" t="inlineStr">
+      <c r="AT8" s="7" t="inlineStr">
         <is>
           <t>2022M04</t>
         </is>
       </c>
-      <c r="AR8" s="7" t="inlineStr">
+      <c r="AU8" s="7" t="inlineStr">
         <is>
           <t>2022M03</t>
         </is>
       </c>
-      <c r="AS8" s="7" t="inlineStr">
+      <c r="AV8" s="7" t="inlineStr">
         <is>
           <t>2022M02</t>
         </is>
       </c>
-      <c r="AT8" s="7" t="inlineStr">
+      <c r="AW8" s="7" t="inlineStr">
         <is>
           <t>2022M01</t>
         </is>
       </c>
-      <c r="AU8" s="7" t="inlineStr">
+      <c r="AX8" s="7" t="inlineStr">
         <is>
           <t>2021M12</t>
         </is>
       </c>
-      <c r="AV8" s="7" t="inlineStr">
+      <c r="AY8" s="7" t="inlineStr">
         <is>
           <t>2021M11</t>
         </is>
       </c>
-      <c r="AW8" s="7" t="inlineStr">
+      <c r="AZ8" s="7" t="inlineStr">
         <is>
           <t>2021M10</t>
         </is>
       </c>
-      <c r="AX8" s="7" t="inlineStr">
+      <c r="BA8" s="7" t="inlineStr">
         <is>
           <t>2021M09</t>
         </is>
       </c>
-      <c r="AY8" s="7" t="inlineStr">
+      <c r="BB8" s="7" t="inlineStr">
         <is>
           <t>2021M08</t>
         </is>
       </c>
-      <c r="AZ8" s="7" t="inlineStr">
+      <c r="BC8" s="7" t="inlineStr">
         <is>
           <t>2021M07</t>
         </is>
       </c>
-      <c r="BA8" s="7" t="inlineStr">
+      <c r="BD8" s="7" t="inlineStr">
         <is>
           <t>2021M06</t>
         </is>
       </c>
-      <c r="BB8" s="7" t="inlineStr">
+      <c r="BE8" s="7" t="inlineStr">
         <is>
           <t>2021M05</t>
         </is>
       </c>
-      <c r="BC8" s="7" t="inlineStr">
+      <c r="BF8" s="7" t="inlineStr">
         <is>
           <t>2021M04</t>
         </is>
       </c>
-      <c r="BD8" s="7" t="inlineStr">
+      <c r="BG8" s="7" t="inlineStr">
         <is>
           <t>2021M03</t>
         </is>
       </c>
-      <c r="BE8" s="7" t="inlineStr">
+      <c r="BH8" s="7" t="inlineStr">
         <is>
           <t>2021M02</t>
         </is>
       </c>
-      <c r="BF8" s="7" t="inlineStr">
+      <c r="BI8" s="7" t="inlineStr">
         <is>
           <t>2021M01</t>
         </is>
       </c>
-      <c r="BG8" s="7" t="inlineStr">
+      <c r="BJ8" s="7" t="inlineStr">
+        <is>
+          <t>2025M12</t>
+        </is>
+      </c>
+      <c r="BK8" s="7" t="inlineStr">
+        <is>
+          <t>2025M11</t>
+        </is>
+      </c>
+      <c r="BL8" s="7" t="inlineStr">
+        <is>
+          <t>2025M10</t>
+        </is>
+      </c>
+      <c r="BM8" s="7" t="inlineStr">
         <is>
           <t>2025M09</t>
         </is>
       </c>
-      <c r="BH8" s="7" t="inlineStr">
+      <c r="BN8" s="7" t="inlineStr">
         <is>
           <t>2025M08</t>
         </is>
       </c>
-      <c r="BI8" s="7" t="inlineStr">
+      <c r="BO8" s="7" t="inlineStr">
         <is>
           <t>2025M07</t>
         </is>
       </c>
-      <c r="BJ8" s="7" t="inlineStr">
+      <c r="BP8" s="7" t="inlineStr">
         <is>
           <t>2025M06</t>
         </is>
       </c>
-      <c r="BK8" s="7" t="inlineStr">
+      <c r="BQ8" s="7" t="inlineStr">
         <is>
           <t>2025M05</t>
         </is>
       </c>
-      <c r="BL8" s="7" t="inlineStr">
+      <c r="BR8" s="7" t="inlineStr">
         <is>
           <t>2025M04</t>
         </is>
       </c>
-      <c r="BM8" s="7" t="inlineStr">
+      <c r="BS8" s="7" t="inlineStr">
         <is>
           <t>2025M03</t>
         </is>
       </c>
-      <c r="BN8" s="7" t="inlineStr">
+      <c r="BT8" s="7" t="inlineStr">
         <is>
           <t>2025M02</t>
         </is>
       </c>
-      <c r="BO8" s="7" t="inlineStr">
+      <c r="BU8" s="7" t="inlineStr">
         <is>
           <t>2025M01</t>
         </is>
       </c>
-      <c r="BP8" s="7" t="inlineStr">
+      <c r="BV8" s="7" t="inlineStr">
         <is>
           <t>2024M12</t>
         </is>
       </c>
-      <c r="BQ8" s="7" t="inlineStr">
+      <c r="BW8" s="7" t="inlineStr">
         <is>
           <t>2024M11</t>
         </is>
       </c>
-      <c r="BR8" s="7" t="inlineStr">
+      <c r="BX8" s="7" t="inlineStr">
         <is>
           <t>2024M10</t>
         </is>
       </c>
-      <c r="BS8" s="7" t="inlineStr">
+      <c r="BY8" s="7" t="inlineStr">
         <is>
           <t>2024M09</t>
         </is>
       </c>
-      <c r="BT8" s="7" t="inlineStr">
+      <c r="BZ8" s="7" t="inlineStr">
         <is>
           <t>2024M08</t>
         </is>
       </c>
-      <c r="BU8" s="7" t="inlineStr">
+      <c r="CA8" s="7" t="inlineStr">
         <is>
           <t>2024M07</t>
         </is>
       </c>
-      <c r="BV8" s="7" t="inlineStr">
+      <c r="CB8" s="7" t="inlineStr">
         <is>
           <t>2024M06</t>
         </is>
       </c>
-      <c r="BW8" s="7" t="inlineStr">
+      <c r="CC8" s="7" t="inlineStr">
         <is>
           <t>2024M05</t>
         </is>
       </c>
-      <c r="BX8" s="7" t="inlineStr">
+      <c r="CD8" s="7" t="inlineStr">
         <is>
           <t>2024M04</t>
         </is>
       </c>
-      <c r="BY8" s="7" t="inlineStr">
+      <c r="CE8" s="7" t="inlineStr">
         <is>
           <t>2024M03</t>
         </is>
       </c>
-      <c r="BZ8" s="7" t="inlineStr">
+      <c r="CF8" s="7" t="inlineStr">
         <is>
           <t>2024M02</t>
         </is>
       </c>
-      <c r="CA8" s="7" t="inlineStr">
+      <c r="CG8" s="7" t="inlineStr">
         <is>
           <t>2024M01</t>
         </is>
       </c>
-      <c r="CB8" s="7" t="inlineStr">
+      <c r="CH8" s="7" t="inlineStr">
         <is>
           <t>2023M12</t>
         </is>
       </c>
-      <c r="CC8" s="7" t="inlineStr">
+      <c r="CI8" s="7" t="inlineStr">
         <is>
           <t>2023M11</t>
         </is>
       </c>
-      <c r="CD8" s="7" t="inlineStr">
+      <c r="CJ8" s="7" t="inlineStr">
         <is>
           <t>2023M10</t>
         </is>
       </c>
-      <c r="CE8" s="7" t="inlineStr">
+      <c r="CK8" s="7" t="inlineStr">
         <is>
           <t>2023M09</t>
         </is>
       </c>
-      <c r="CF8" s="7" t="inlineStr">
+      <c r="CL8" s="7" t="inlineStr">
         <is>
           <t>2023M08</t>
         </is>
       </c>
-      <c r="CG8" s="7" t="inlineStr">
+      <c r="CM8" s="7" t="inlineStr">
         <is>
           <t>2023M07</t>
         </is>
       </c>
-      <c r="CH8" s="7" t="inlineStr">
+      <c r="CN8" s="7" t="inlineStr">
         <is>
           <t>2023M06</t>
         </is>
       </c>
-      <c r="CI8" s="7" t="inlineStr">
+      <c r="CO8" s="7" t="inlineStr">
         <is>
           <t>2023M05</t>
         </is>
       </c>
-      <c r="CJ8" s="7" t="inlineStr">
+      <c r="CP8" s="7" t="inlineStr">
         <is>
           <t>2023M04</t>
         </is>
       </c>
-      <c r="CK8" s="7" t="inlineStr">
+      <c r="CQ8" s="7" t="inlineStr">
         <is>
           <t>2023M03</t>
         </is>
       </c>
-      <c r="CL8" s="7" t="inlineStr">
+      <c r="CR8" s="7" t="inlineStr">
         <is>
           <t>2023M02</t>
         </is>
       </c>
-      <c r="CM8" s="7" t="inlineStr">
+      <c r="CS8" s="7" t="inlineStr">
         <is>
           <t>2023M01</t>
         </is>
       </c>
-      <c r="CN8" s="7" t="inlineStr">
+      <c r="CT8" s="7" t="inlineStr">
         <is>
           <t>2022M12</t>
         </is>
       </c>
-      <c r="CO8" s="7" t="inlineStr">
+      <c r="CU8" s="7" t="inlineStr">
         <is>
           <t>2022M11</t>
         </is>
       </c>
-      <c r="CP8" s="7" t="inlineStr">
+      <c r="CV8" s="7" t="inlineStr">
         <is>
           <t>2022M10</t>
         </is>
       </c>
-      <c r="CQ8" s="7" t="inlineStr">
+      <c r="CW8" s="7" t="inlineStr">
         <is>
           <t>2022M09</t>
         </is>
       </c>
-      <c r="CR8" s="7" t="inlineStr">
+      <c r="CX8" s="7" t="inlineStr">
         <is>
           <t>2022M08</t>
         </is>
       </c>
-      <c r="CS8" s="7" t="inlineStr">
+      <c r="CY8" s="7" t="inlineStr">
         <is>
           <t>2022M07</t>
         </is>
       </c>
-      <c r="CT8" s="7" t="inlineStr">
+      <c r="CZ8" s="7" t="inlineStr">
         <is>
           <t>2022M06</t>
         </is>
       </c>
-      <c r="CU8" s="7" t="inlineStr">
+      <c r="DA8" s="7" t="inlineStr">
         <is>
           <t>2022M05</t>
         </is>
       </c>
-      <c r="CV8" s="7" t="inlineStr">
+      <c r="DB8" s="7" t="inlineStr">
         <is>
           <t>2022M04</t>
         </is>
       </c>
-      <c r="CW8" s="7" t="inlineStr">
+      <c r="DC8" s="7" t="inlineStr">
         <is>
           <t>2022M03</t>
         </is>
       </c>
-      <c r="CX8" s="7" t="inlineStr">
+      <c r="DD8" s="7" t="inlineStr">
         <is>
           <t>2022M02</t>
         </is>
       </c>
-      <c r="CY8" s="7" t="inlineStr">
+      <c r="DE8" s="7" t="inlineStr">
         <is>
           <t>2022M01</t>
         </is>
       </c>
-      <c r="CZ8" s="7" t="inlineStr">
+      <c r="DF8" s="7" t="inlineStr">
         <is>
           <t>2021M12</t>
         </is>
       </c>
-      <c r="DA8" s="7" t="inlineStr">
+      <c r="DG8" s="7" t="inlineStr">
         <is>
           <t>2021M11</t>
         </is>
       </c>
-      <c r="DB8" s="7" t="inlineStr">
+      <c r="DH8" s="7" t="inlineStr">
         <is>
           <t>2021M10</t>
         </is>
       </c>
-      <c r="DC8" s="7" t="inlineStr">
+      <c r="DI8" s="7" t="inlineStr">
         <is>
           <t>2021M09</t>
         </is>
       </c>
-      <c r="DD8" s="7" t="inlineStr">
+      <c r="DJ8" s="7" t="inlineStr">
         <is>
           <t>2021M08</t>
         </is>
       </c>
-      <c r="DE8" s="7" t="inlineStr">
+      <c r="DK8" s="7" t="inlineStr">
         <is>
           <t>2021M07</t>
         </is>
       </c>
-      <c r="DF8" s="7" t="inlineStr">
+      <c r="DL8" s="7" t="inlineStr">
         <is>
           <t>2021M06</t>
         </is>
       </c>
-      <c r="DG8" s="7" t="inlineStr">
+      <c r="DM8" s="7" t="inlineStr">
         <is>
           <t>2021M05</t>
         </is>
       </c>
-      <c r="DH8" s="7" t="inlineStr">
+      <c r="DN8" s="7" t="inlineStr">
         <is>
           <t>2021M04</t>
         </is>
       </c>
-      <c r="DI8" s="7" t="inlineStr">
+      <c r="DO8" s="7" t="inlineStr">
         <is>
           <t>2021M03</t>
         </is>
       </c>
-      <c r="DJ8" s="7" t="inlineStr">
+      <c r="DP8" s="7" t="inlineStr">
         <is>
           <t>2021M02</t>
         </is>
       </c>
-      <c r="DK8" s="7" t="inlineStr">
+      <c r="DQ8" s="7" t="inlineStr">
         <is>
           <t>2021M01</t>
         </is>
       </c>
-      <c r="DL8" s="7" t="inlineStr">
+      <c r="DR8" s="7" t="inlineStr">
+        <is>
+          <t>2025M12</t>
+        </is>
+      </c>
+      <c r="DS8" s="7" t="inlineStr">
+        <is>
+          <t>2025M11</t>
+        </is>
+      </c>
+      <c r="DT8" s="7" t="inlineStr">
+        <is>
+          <t>2025M10</t>
+        </is>
+      </c>
+      <c r="DU8" s="7" t="inlineStr">
         <is>
           <t>2025M09</t>
         </is>
       </c>
-      <c r="DM8" s="7" t="inlineStr">
+      <c r="DV8" s="7" t="inlineStr">
         <is>
           <t>2025M08</t>
         </is>
       </c>
-      <c r="DN8" s="7" t="inlineStr">
+      <c r="DW8" s="7" t="inlineStr">
         <is>
           <t>2025M07</t>
         </is>
       </c>
-      <c r="DO8" s="7" t="inlineStr">
+      <c r="DX8" s="7" t="inlineStr">
         <is>
           <t>2025M06</t>
         </is>
       </c>
-      <c r="DP8" s="7" t="inlineStr">
+      <c r="DY8" s="7" t="inlineStr">
         <is>
           <t>2025M05</t>
         </is>
       </c>
-      <c r="DQ8" s="7" t="inlineStr">
+      <c r="DZ8" s="7" t="inlineStr">
         <is>
           <t>2025M04</t>
         </is>
       </c>
-      <c r="DR8" s="7" t="inlineStr">
+      <c r="EA8" s="7" t="inlineStr">
         <is>
           <t>2025M03</t>
         </is>
       </c>
-      <c r="DS8" s="7" t="inlineStr">
+      <c r="EB8" s="7" t="inlineStr">
         <is>
           <t>2025M02</t>
         </is>
       </c>
-      <c r="DT8" s="7" t="inlineStr">
+      <c r="EC8" s="7" t="inlineStr">
         <is>
           <t>2025M01</t>
         </is>
       </c>
-      <c r="DU8" s="7" t="inlineStr">
+      <c r="ED8" s="7" t="inlineStr">
         <is>
           <t>2024M12</t>
         </is>
       </c>
-      <c r="DV8" s="7" t="inlineStr">
+      <c r="EE8" s="7" t="inlineStr">
         <is>
           <t>2024M11</t>
         </is>
       </c>
-      <c r="DW8" s="7" t="inlineStr">
+      <c r="EF8" s="7" t="inlineStr">
         <is>
           <t>2024M10</t>
         </is>
       </c>
-      <c r="DX8" s="7" t="inlineStr">
+      <c r="EG8" s="7" t="inlineStr">
         <is>
           <t>2024M09</t>
         </is>
       </c>
-      <c r="DY8" s="7" t="inlineStr">
+      <c r="EH8" s="7" t="inlineStr">
         <is>
           <t>2024M08</t>
         </is>
       </c>
-      <c r="DZ8" s="7" t="inlineStr">
+      <c r="EI8" s="7" t="inlineStr">
         <is>
           <t>2024M07</t>
         </is>
       </c>
-      <c r="EA8" s="7" t="inlineStr">
+      <c r="EJ8" s="7" t="inlineStr">
         <is>
           <t>2024M06</t>
         </is>
       </c>
-      <c r="EB8" s="7" t="inlineStr">
+      <c r="EK8" s="7" t="inlineStr">
         <is>
           <t>2024M05</t>
         </is>
       </c>
-      <c r="EC8" s="7" t="inlineStr">
+      <c r="EL8" s="7" t="inlineStr">
         <is>
           <t>2024M04</t>
         </is>
       </c>
-      <c r="ED8" s="7" t="inlineStr">
+      <c r="EM8" s="7" t="inlineStr">
         <is>
           <t>2024M03</t>
         </is>
       </c>
-      <c r="EE8" s="7" t="inlineStr">
+      <c r="EN8" s="7" t="inlineStr">
         <is>
           <t>2024M02</t>
         </is>
       </c>
-      <c r="EF8" s="7" t="inlineStr">
+      <c r="EO8" s="7" t="inlineStr">
         <is>
           <t>2024M01</t>
         </is>
       </c>
-      <c r="EG8" s="7" t="inlineStr">
+      <c r="EP8" s="7" t="inlineStr">
         <is>
           <t>2023M12</t>
         </is>
       </c>
-      <c r="EH8" s="7" t="inlineStr">
+      <c r="EQ8" s="7" t="inlineStr">
         <is>
           <t>2023M11</t>
         </is>
       </c>
-      <c r="EI8" s="7" t="inlineStr">
+      <c r="ER8" s="7" t="inlineStr">
         <is>
           <t>2023M10</t>
         </is>
       </c>
-      <c r="EJ8" s="7" t="inlineStr">
+      <c r="ES8" s="7" t="inlineStr">
         <is>
           <t>2023M09</t>
         </is>
       </c>
-      <c r="EK8" s="7" t="inlineStr">
+      <c r="ET8" s="7" t="inlineStr">
         <is>
           <t>2023M08</t>
         </is>
       </c>
-      <c r="EL8" s="7" t="inlineStr">
+      <c r="EU8" s="7" t="inlineStr">
         <is>
           <t>2023M07</t>
         </is>
       </c>
-      <c r="EM8" s="7" t="inlineStr">
+      <c r="EV8" s="7" t="inlineStr">
         <is>
           <t>2023M06</t>
         </is>
       </c>
-      <c r="EN8" s="7" t="inlineStr">
+      <c r="EW8" s="7" t="inlineStr">
         <is>
           <t>2023M05</t>
         </is>
       </c>
-      <c r="EO8" s="7" t="inlineStr">
+      <c r="EX8" s="7" t="inlineStr">
         <is>
           <t>2023M04</t>
         </is>
       </c>
-      <c r="EP8" s="7" t="inlineStr">
+      <c r="EY8" s="7" t="inlineStr">
         <is>
           <t>2023M03</t>
         </is>
       </c>
-      <c r="EQ8" s="7" t="inlineStr">
+      <c r="EZ8" s="7" t="inlineStr">
         <is>
           <t>2023M02</t>
         </is>
       </c>
-      <c r="ER8" s="7" t="inlineStr">
+      <c r="FA8" s="7" t="inlineStr">
         <is>
           <t>2023M01</t>
         </is>
       </c>
-      <c r="ES8" s="7" t="inlineStr">
+      <c r="FB8" s="7" t="inlineStr">
         <is>
           <t>2022M12</t>
         </is>
       </c>
-      <c r="ET8" s="7" t="inlineStr">
+      <c r="FC8" s="7" t="inlineStr">
         <is>
           <t>2022M11</t>
         </is>
       </c>
-      <c r="EU8" s="7" t="inlineStr">
+      <c r="FD8" s="7" t="inlineStr">
         <is>
           <t>2022M10</t>
         </is>
       </c>
-      <c r="EV8" s="7" t="inlineStr">
+      <c r="FE8" s="7" t="inlineStr">
         <is>
           <t>2022M09</t>
         </is>
       </c>
-      <c r="EW8" s="7" t="inlineStr">
+      <c r="FF8" s="7" t="inlineStr">
         <is>
           <t>2022M08</t>
         </is>
       </c>
-      <c r="EX8" s="7" t="inlineStr">
+      <c r="FG8" s="7" t="inlineStr">
         <is>
           <t>2022M07</t>
         </is>
       </c>
-      <c r="EY8" s="7" t="inlineStr">
+      <c r="FH8" s="7" t="inlineStr">
         <is>
           <t>2022M06</t>
         </is>
       </c>
-      <c r="EZ8" s="7" t="inlineStr">
+      <c r="FI8" s="7" t="inlineStr">
         <is>
           <t>2022M05</t>
         </is>
       </c>
-      <c r="FA8" s="7" t="inlineStr">
+      <c r="FJ8" s="7" t="inlineStr">
         <is>
           <t>2022M04</t>
         </is>
       </c>
-      <c r="FB8" s="7" t="inlineStr">
+      <c r="FK8" s="7" t="inlineStr">
         <is>
           <t>2022M03</t>
         </is>
       </c>
-      <c r="FC8" s="7" t="inlineStr">
+      <c r="FL8" s="7" t="inlineStr">
         <is>
           <t>2022M02</t>
         </is>
       </c>
-      <c r="FD8" s="7" t="inlineStr">
+      <c r="FM8" s="7" t="inlineStr">
         <is>
           <t>2022M01</t>
         </is>
       </c>
-      <c r="FE8" s="7" t="inlineStr">
+      <c r="FN8" s="7" t="inlineStr">
         <is>
           <t>2021M12</t>
         </is>
       </c>
-      <c r="FF8" s="7" t="inlineStr">
+      <c r="FO8" s="7" t="inlineStr">
         <is>
           <t>2021M11</t>
         </is>
       </c>
-      <c r="FG8" s="7" t="inlineStr">
+      <c r="FP8" s="7" t="inlineStr">
         <is>
           <t>2021M10</t>
         </is>
       </c>
-      <c r="FH8" s="7" t="inlineStr">
+      <c r="FQ8" s="7" t="inlineStr">
         <is>
           <t>2021M09</t>
         </is>
       </c>
-      <c r="FI8" s="7" t="inlineStr">
+      <c r="FR8" s="7" t="inlineStr">
         <is>
           <t>2021M08</t>
         </is>
       </c>
-      <c r="FJ8" s="7" t="inlineStr">
+      <c r="FS8" s="7" t="inlineStr">
         <is>
           <t>2021M07</t>
         </is>
       </c>
-      <c r="FK8" s="7" t="inlineStr">
+      <c r="FT8" s="7" t="inlineStr">
         <is>
           <t>2021M06</t>
         </is>
       </c>
-      <c r="FL8" s="7" t="inlineStr">
+      <c r="FU8" s="7" t="inlineStr">
         <is>
           <t>2021M05</t>
         </is>
       </c>
-      <c r="FM8" s="7" t="inlineStr">
+      <c r="FV8" s="7" t="inlineStr">
         <is>
           <t>2021M04</t>
         </is>
       </c>
-      <c r="FN8" s="7" t="inlineStr">
+      <c r="FW8" s="7" t="inlineStr">
         <is>
           <t>2021M03</t>
         </is>
       </c>
-      <c r="FO8" s="7" t="inlineStr">
+      <c r="FX8" s="7" t="inlineStr">
         <is>
           <t>2021M02</t>
         </is>
       </c>
-      <c r="FP8" s="7" t="inlineStr">
+      <c r="FY8" s="7" t="inlineStr">
         <is>
           <t>2021M01</t>
         </is>
       </c>
-      <c r="FQ8" s="7" t="inlineStr">
+      <c r="FZ8" s="7" t="inlineStr">
+        <is>
+          <t>2025M12</t>
+        </is>
+      </c>
+      <c r="GA8" s="7" t="inlineStr">
+        <is>
+          <t>2025M11</t>
+        </is>
+      </c>
+      <c r="GB8" s="7" t="inlineStr">
+        <is>
+          <t>2025M10</t>
+        </is>
+      </c>
+      <c r="GC8" s="7" t="inlineStr">
         <is>
           <t>2025M09</t>
         </is>
       </c>
-      <c r="FR8" s="7" t="inlineStr">
+      <c r="GD8" s="7" t="inlineStr">
         <is>
           <t>2025M08</t>
         </is>
       </c>
-      <c r="FS8" s="7" t="inlineStr">
+      <c r="GE8" s="7" t="inlineStr">
         <is>
           <t>2025M07</t>
         </is>
       </c>
-      <c r="FT8" s="7" t="inlineStr">
+      <c r="GF8" s="7" t="inlineStr">
         <is>
           <t>2025M06</t>
         </is>
       </c>
-      <c r="FU8" s="7" t="inlineStr">
+      <c r="GG8" s="7" t="inlineStr">
         <is>
           <t>2025M05</t>
         </is>
       </c>
-      <c r="FV8" s="7" t="inlineStr">
+      <c r="GH8" s="7" t="inlineStr">
         <is>
           <t>2025M04</t>
         </is>
       </c>
-      <c r="FW8" s="7" t="inlineStr">
+      <c r="GI8" s="7" t="inlineStr">
         <is>
           <t>2025M03</t>
         </is>
       </c>
-      <c r="FX8" s="7" t="inlineStr">
+      <c r="GJ8" s="7" t="inlineStr">
         <is>
           <t>2025M02</t>
         </is>
       </c>
-      <c r="FY8" s="7" t="inlineStr">
+      <c r="GK8" s="7" t="inlineStr">
         <is>
           <t>2025M01</t>
         </is>
       </c>
-      <c r="FZ8" s="7" t="inlineStr">
+      <c r="GL8" s="7" t="inlineStr">
         <is>
           <t>2024M12</t>
         </is>
       </c>
-      <c r="GA8" s="7" t="inlineStr">
+      <c r="GM8" s="7" t="inlineStr">
         <is>
           <t>2024M11</t>
         </is>
       </c>
-      <c r="GB8" s="7" t="inlineStr">
+      <c r="GN8" s="7" t="inlineStr">
         <is>
           <t>2024M10</t>
         </is>
       </c>
-      <c r="GC8" s="7" t="inlineStr">
+      <c r="GO8" s="7" t="inlineStr">
         <is>
           <t>2024M09</t>
         </is>
       </c>
-      <c r="GD8" s="7" t="inlineStr">
+      <c r="GP8" s="7" t="inlineStr">
         <is>
           <t>2024M08</t>
         </is>
       </c>
-      <c r="GE8" s="7" t="inlineStr">
+      <c r="GQ8" s="7" t="inlineStr">
         <is>
           <t>2024M07</t>
         </is>
       </c>
-      <c r="GF8" s="7" t="inlineStr">
+      <c r="GR8" s="7" t="inlineStr">
         <is>
           <t>2024M06</t>
         </is>
       </c>
-      <c r="GG8" s="7" t="inlineStr">
+      <c r="GS8" s="7" t="inlineStr">
         <is>
           <t>2024M05</t>
         </is>
       </c>
-      <c r="GH8" s="7" t="inlineStr">
+      <c r="GT8" s="7" t="inlineStr">
         <is>
           <t>2024M04</t>
         </is>
       </c>
-      <c r="GI8" s="7" t="inlineStr">
+      <c r="GU8" s="7" t="inlineStr">
         <is>
           <t>2024M03</t>
         </is>
       </c>
-      <c r="GJ8" s="7" t="inlineStr">
+      <c r="GV8" s="7" t="inlineStr">
         <is>
           <t>2024M02</t>
         </is>
       </c>
-      <c r="GK8" s="7" t="inlineStr">
+      <c r="GW8" s="7" t="inlineStr">
         <is>
           <t>2024M01</t>
         </is>
       </c>
-      <c r="GL8" s="7" t="inlineStr">
+      <c r="GX8" s="7" t="inlineStr">
         <is>
           <t>2023M12</t>
         </is>
       </c>
-      <c r="GM8" s="7" t="inlineStr">
+      <c r="GY8" s="7" t="inlineStr">
         <is>
           <t>2023M11</t>
         </is>
       </c>
-      <c r="GN8" s="7" t="inlineStr">
+      <c r="GZ8" s="7" t="inlineStr">
         <is>
           <t>2023M10</t>
         </is>
       </c>
-      <c r="GO8" s="7" t="inlineStr">
+      <c r="HA8" s="7" t="inlineStr">
         <is>
           <t>2023M09</t>
         </is>
       </c>
-      <c r="GP8" s="7" t="inlineStr">
+      <c r="HB8" s="7" t="inlineStr">
         <is>
           <t>2023M08</t>
         </is>
       </c>
-      <c r="GQ8" s="7" t="inlineStr">
+      <c r="HC8" s="7" t="inlineStr">
         <is>
           <t>2023M07</t>
         </is>
       </c>
-      <c r="GR8" s="7" t="inlineStr">
+      <c r="HD8" s="7" t="inlineStr">
         <is>
           <t>2023M06</t>
         </is>
       </c>
-      <c r="GS8" s="7" t="inlineStr">
+      <c r="HE8" s="7" t="inlineStr">
         <is>
           <t>2023M05</t>
         </is>
       </c>
-      <c r="GT8" s="7" t="inlineStr">
+      <c r="HF8" s="7" t="inlineStr">
         <is>
           <t>2023M04</t>
         </is>
       </c>
-      <c r="GU8" s="7" t="inlineStr">
+      <c r="HG8" s="7" t="inlineStr">
         <is>
           <t>2023M03</t>
         </is>
       </c>
-      <c r="GV8" s="7" t="inlineStr">
+      <c r="HH8" s="7" t="inlineStr">
         <is>
           <t>2023M02</t>
         </is>
       </c>
-      <c r="GW8" s="7" t="inlineStr">
+      <c r="HI8" s="7" t="inlineStr">
         <is>
           <t>2023M01</t>
         </is>
       </c>
-      <c r="GX8" s="7" t="inlineStr">
+      <c r="HJ8" s="7" t="inlineStr">
         <is>
           <t>2022M12</t>
         </is>
       </c>
-      <c r="GY8" s="7" t="inlineStr">
+      <c r="HK8" s="7" t="inlineStr">
         <is>
           <t>2022M11</t>
         </is>
       </c>
-      <c r="GZ8" s="7" t="inlineStr">
+      <c r="HL8" s="7" t="inlineStr">
         <is>
           <t>2022M10</t>
         </is>
       </c>
-      <c r="HA8" s="7" t="inlineStr">
+      <c r="HM8" s="7" t="inlineStr">
         <is>
           <t>2022M09</t>
         </is>
       </c>
-      <c r="HB8" s="7" t="inlineStr">
+      <c r="HN8" s="7" t="inlineStr">
         <is>
           <t>2022M08</t>
         </is>
       </c>
-      <c r="HC8" s="7" t="inlineStr">
+      <c r="HO8" s="7" t="inlineStr">
         <is>
           <t>2022M07</t>
         </is>
       </c>
-      <c r="HD8" s="7" t="inlineStr">
+      <c r="HP8" s="7" t="inlineStr">
         <is>
           <t>2022M06</t>
         </is>
       </c>
-      <c r="HE8" s="7" t="inlineStr">
+      <c r="HQ8" s="7" t="inlineStr">
         <is>
           <t>2022M05</t>
         </is>
       </c>
-      <c r="HF8" s="7" t="inlineStr">
+      <c r="HR8" s="7" t="inlineStr">
         <is>
           <t>2022M04</t>
         </is>
       </c>
-      <c r="HG8" s="7" t="inlineStr">
+      <c r="HS8" s="7" t="inlineStr">
         <is>
           <t>2022M03</t>
         </is>
       </c>
-      <c r="HH8" s="7" t="inlineStr">
+      <c r="HT8" s="7" t="inlineStr">
         <is>
           <t>2022M02</t>
         </is>
       </c>
-      <c r="HI8" s="7" t="inlineStr">
+      <c r="HU8" s="7" t="inlineStr">
         <is>
           <t>2022M01</t>
         </is>
       </c>
-      <c r="HJ8" s="7" t="inlineStr">
+      <c r="HV8" s="7" t="inlineStr">
         <is>
           <t>2021M12</t>
         </is>
       </c>
-      <c r="HK8" s="7" t="inlineStr">
+      <c r="HW8" s="7" t="inlineStr">
         <is>
           <t>2021M11</t>
         </is>
       </c>
-      <c r="HL8" s="7" t="inlineStr">
+      <c r="HX8" s="7" t="inlineStr">
         <is>
           <t>2021M10</t>
         </is>
       </c>
-      <c r="HM8" s="7" t="inlineStr">
+      <c r="HY8" s="7" t="inlineStr">
         <is>
           <t>2021M09</t>
         </is>
       </c>
-      <c r="HN8" s="7" t="inlineStr">
+      <c r="HZ8" s="7" t="inlineStr">
         <is>
           <t>2021M08</t>
         </is>
       </c>
-      <c r="HO8" s="7" t="inlineStr">
+      <c r="IA8" s="7" t="inlineStr">
         <is>
           <t>2021M07</t>
         </is>
       </c>
-      <c r="HP8" s="7" t="inlineStr">
+      <c r="IB8" s="7" t="inlineStr">
         <is>
           <t>2021M06</t>
         </is>
       </c>
-      <c r="HQ8" s="7" t="inlineStr">
+      <c r="IC8" s="7" t="inlineStr">
         <is>
           <t>2021M05</t>
         </is>
       </c>
-      <c r="HR8" s="7" t="inlineStr">
+      <c r="ID8" s="7" t="inlineStr">
         <is>
           <t>2021M04</t>
         </is>
       </c>
-      <c r="HS8" s="7" t="inlineStr">
+      <c r="IE8" s="7" t="inlineStr">
         <is>
           <t>2021M03</t>
         </is>
       </c>
-      <c r="HT8" s="7" t="inlineStr">
+      <c r="IF8" s="7" t="inlineStr">
         <is>
           <t>2021M02</t>
         </is>
       </c>
-      <c r="HU8" s="7" t="inlineStr">
+      <c r="IG8" s="7" t="inlineStr">
         <is>
           <t>2021M01</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Índice General</t>
         </is>
       </c>
       <c r="B9" s="14" t="n">
-        <v>117.705</v>
+        <v>127.967</v>
       </c>
       <c r="C9" s="14" t="n">
-        <v>104.598</v>
+        <v>115.115</v>
       </c>
       <c r="D9" s="14" t="n">
-        <v>124.415</v>
+        <v>121.983</v>
       </c>
       <c r="E9" s="14" t="n">
-        <v>119.053</v>
+        <v>117.849</v>
       </c>
       <c r="F9" s="14" t="n">
-        <v>114.752</v>
+        <v>104.787</v>
       </c>
       <c r="G9" s="14" t="n">
-        <v>112.999</v>
+        <v>124.63</v>
       </c>
       <c r="H9" s="14" t="n">
-        <v>113.356</v>
+        <v>119.106</v>
       </c>
       <c r="I9" s="14" t="n">
-        <v>103.516</v>
+        <v>114.728</v>
       </c>
       <c r="J9" s="14" t="n">
-        <v>107.51</v>
+        <v>112.967</v>
       </c>
       <c r="K9" s="14" t="n">
-        <v>121.863</v>
+        <v>113.378</v>
       </c>
       <c r="L9" s="14" t="n">
-        <v>112.411</v>
+        <v>103.558</v>
       </c>
       <c r="M9" s="14" t="n">
-        <v>118.435</v>
+        <v>107.552</v>
       </c>
       <c r="N9" s="14" t="n">
-        <v>111.838</v>
+        <v>121.882</v>
       </c>
       <c r="O9" s="14" t="n">
-        <v>103.288</v>
+        <v>112.412</v>
       </c>
       <c r="P9" s="14" t="n">
-        <v>120.549</v>
+        <v>118.432</v>
       </c>
       <c r="Q9" s="14" t="n">
-        <v>113.334</v>
+        <v>111.843</v>
       </c>
       <c r="R9" s="14" t="n">
-        <v>112.053</v>
+        <v>103.294</v>
       </c>
       <c r="S9" s="14" t="n">
-        <v>111.481</v>
+        <v>120.557</v>
       </c>
       <c r="T9" s="14" t="n">
+        <v>113.336</v>
+      </c>
+      <c r="U9" s="14" t="n">
+        <v>112.052</v>
+      </c>
+      <c r="V9" s="14" t="n">
+        <v>111.48</v>
+      </c>
+      <c r="W9" s="14" t="n">
         <v>106.883</v>
       </c>
-      <c r="U9" s="14" t="n">
+      <c r="X9" s="14" t="n">
         <v>101.435</v>
       </c>
-      <c r="V9" s="14" t="n">
-[...5 lines deleted...]
-      <c r="X9" s="14" t="n">
+      <c r="Y9" s="14" t="n">
+        <v>103.127</v>
+      </c>
+      <c r="Z9" s="14" t="n">
+        <v>117.497</v>
+      </c>
+      <c r="AA9" s="14" t="n">
         <v>110.957</v>
       </c>
-      <c r="Y9" s="14" t="n">
+      <c r="AB9" s="14" t="n">
         <v>111.312</v>
       </c>
-      <c r="Z9" s="14" t="n">
+      <c r="AC9" s="14" t="n">
         <v>107.815</v>
       </c>
-      <c r="AA9" s="14" t="n">
+      <c r="AD9" s="14" t="n">
         <v>101.268</v>
       </c>
-      <c r="AB9" s="14" t="n">
+      <c r="AE9" s="14" t="n">
         <v>115.067</v>
       </c>
-      <c r="AC9" s="14" t="n">
+      <c r="AF9" s="14" t="n">
         <v>114.731</v>
       </c>
-      <c r="AD9" s="14" t="n">
+      <c r="AG9" s="14" t="n">
         <v>109.278</v>
       </c>
-      <c r="AE9" s="14" t="n">
+      <c r="AH9" s="14" t="n">
         <v>104.058</v>
       </c>
-      <c r="AF9" s="14" t="n">
+      <c r="AI9" s="14" t="n">
         <v>111.896</v>
       </c>
-      <c r="AG9" s="14" t="n">
+      <c r="AJ9" s="14" t="n">
         <v>96.494</v>
       </c>
-      <c r="AH9" s="14" t="n">
+      <c r="AK9" s="14" t="n">
         <v>99.237</v>
       </c>
-      <c r="AI9" s="14" t="n">
+      <c r="AL9" s="14" t="n">
         <v>118.064</v>
       </c>
-      <c r="AJ9" s="14" t="n">
+      <c r="AM9" s="14" t="n">
         <v>109.8</v>
       </c>
-      <c r="AK9" s="14" t="n">
+      <c r="AN9" s="14" t="n">
         <v>108.956</v>
       </c>
-      <c r="AL9" s="14" t="n">
+      <c r="AO9" s="14" t="n">
         <v>110.95</v>
       </c>
-      <c r="AM9" s="14" t="n">
+      <c r="AP9" s="14" t="n">
         <v>103.267</v>
       </c>
-      <c r="AN9" s="14" t="n">
+      <c r="AQ9" s="14" t="n">
         <v>112.2</v>
       </c>
-      <c r="AO9" s="14" t="n">
+      <c r="AR9" s="14" t="n">
         <v>113.394</v>
       </c>
-      <c r="AP9" s="14" t="n">
+      <c r="AS9" s="14" t="n">
         <v>107.74</v>
       </c>
-      <c r="AQ9" s="14" t="n">
+      <c r="AT9" s="14" t="n">
         <v>103.949</v>
       </c>
-      <c r="AR9" s="14" t="n">
+      <c r="AU9" s="14" t="n">
         <v>106.911</v>
       </c>
-      <c r="AS9" s="14" t="n">
+      <c r="AV9" s="14" t="n">
         <v>95.075</v>
       </c>
-      <c r="AT9" s="14" t="n">
+      <c r="AW9" s="14" t="n">
         <v>94.951</v>
       </c>
-      <c r="AU9" s="14" t="n">
+      <c r="AX9" s="14" t="n">
         <v>115.145</v>
       </c>
-      <c r="AV9" s="14" t="n">
+      <c r="AY9" s="14" t="n">
         <v>107.55</v>
       </c>
-      <c r="AW9" s="14" t="n">
+      <c r="AZ9" s="14" t="n">
         <v>110.094</v>
       </c>
-      <c r="AX9" s="14" t="n">
+      <c r="BA9" s="14" t="n">
         <v>109.288</v>
       </c>
-      <c r="AY9" s="14" t="n">
+      <c r="BB9" s="14" t="n">
         <v>104.467</v>
       </c>
-      <c r="AZ9" s="14" t="n">
+      <c r="BC9" s="14" t="n">
         <v>112.094</v>
       </c>
-      <c r="BA9" s="14" t="n">
+      <c r="BD9" s="14" t="n">
         <v>105.334</v>
       </c>
-      <c r="BB9" s="14" t="n">
+      <c r="BE9" s="14" t="n">
         <v>93.504</v>
       </c>
-      <c r="BC9" s="14" t="n">
+      <c r="BF9" s="14" t="n">
         <v>90.227</v>
       </c>
-      <c r="BD9" s="14" t="n">
+      <c r="BG9" s="14" t="n">
         <v>94.032</v>
       </c>
-      <c r="BE9" s="14" t="n">
+      <c r="BH9" s="14" t="n">
         <v>79.552</v>
       </c>
-      <c r="BF9" s="14" t="n">
+      <c r="BI9" s="14" t="n">
         <v>78.714</v>
       </c>
-      <c r="BG9" s="15" t="n">
+      <c r="BJ9" s="15" t="n">
+        <v>11.2</v>
+      </c>
+      <c r="BK9" s="15" t="n">
+        <v>-5.6</v>
+      </c>
+      <c r="BL9" s="15" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="BM9" s="15" t="n">
         <v>12.5</v>
       </c>
-      <c r="BH9" s="15" t="n">
+      <c r="BN9" s="15" t="n">
         <v>-15.9</v>
       </c>
-      <c r="BI9" s="15" t="n">
-[...2 lines deleted...]
-      <c r="BJ9" s="15" t="n">
+      <c r="BO9" s="15" t="n">
+        <v>4.6</v>
+      </c>
+      <c r="BP9" s="15" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="BQ9" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="BR9" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="BS9" s="15" t="n">
+        <v>9.5</v>
+      </c>
+      <c r="BT9" s="15" t="n">
+        <v>-3.7</v>
+      </c>
+      <c r="BU9" s="15" t="n">
+        <v>-11.8</v>
+      </c>
+      <c r="BV9" s="15" t="n">
+        <v>8.4</v>
+      </c>
+      <c r="BW9" s="15" t="n">
+        <v>-5.1</v>
+      </c>
+      <c r="BX9" s="15" t="n">
+        <v>5.9</v>
+      </c>
+      <c r="BY9" s="15" t="n">
+        <v>8.3</v>
+      </c>
+      <c r="BZ9" s="15" t="n">
+        <v>-14.3</v>
+      </c>
+      <c r="CA9" s="15" t="n">
+        <v>6.4</v>
+      </c>
+      <c r="CB9" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="CC9" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="CD9" s="15" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="CE9" s="15" t="n">
+        <v>5.4</v>
+      </c>
+      <c r="CF9" s="15" t="n">
+        <v>-1.6</v>
+      </c>
+      <c r="CG9" s="15" t="n">
+        <v>-12.2</v>
+      </c>
+      <c r="CH9" s="15" t="n">
+        <v>5.9</v>
+      </c>
+      <c r="CI9" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="CJ9" s="15" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="CK9" s="15" t="n">
+        <v>6.5</v>
+      </c>
+      <c r="CL9" s="15" t="n">
+        <v>-12.0</v>
+      </c>
+      <c r="CM9" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="CN9" s="15" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="CO9" s="15" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="CP9" s="15" t="n">
+        <v>-7.0</v>
+      </c>
+      <c r="CQ9" s="15" t="n">
+        <v>16.0</v>
+      </c>
+      <c r="CR9" s="15" t="n">
+        <v>-2.8</v>
+      </c>
+      <c r="CS9" s="15" t="n">
+        <v>-15.9</v>
+      </c>
+      <c r="CT9" s="15" t="n">
+        <v>7.5</v>
+      </c>
+      <c r="CU9" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="CV9" s="15" t="n">
+        <v>-1.8</v>
+      </c>
+      <c r="CW9" s="15" t="n">
+        <v>7.4</v>
+      </c>
+      <c r="CX9" s="15" t="n">
+        <v>-8.0</v>
+      </c>
+      <c r="CY9" s="15" t="n">
+        <v>-1.1</v>
+      </c>
+      <c r="CZ9" s="15" t="n">
+        <v>5.2</v>
+      </c>
+      <c r="DA9" s="15" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="DB9" s="15" t="n">
+        <v>-2.8</v>
+      </c>
+      <c r="DC9" s="15" t="n">
+        <v>12.4</v>
+      </c>
+      <c r="DD9" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="DE9" s="15" t="n">
+        <v>-17.5</v>
+      </c>
+      <c r="DF9" s="15" t="n">
+        <v>7.1</v>
+      </c>
+      <c r="DG9" s="15" t="n">
+        <v>-2.3</v>
+      </c>
+      <c r="DH9" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="DI9" s="15" t="n">
+        <v>4.6</v>
+      </c>
+      <c r="DJ9" s="15" t="n">
+        <v>-6.8</v>
+      </c>
+      <c r="DK9" s="15" t="n">
+        <v>6.4</v>
+      </c>
+      <c r="DL9" s="15" t="n">
+        <v>12.7</v>
+      </c>
+      <c r="DM9" s="15" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="DN9" s="15" t="n">
+        <v>-4.0</v>
+      </c>
+      <c r="DO9" s="15" t="n">
+        <v>18.2</v>
+      </c>
+      <c r="DP9" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="DQ9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DR9" s="15" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="DS9" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="DT9" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="DU9" s="15" t="n">
+        <v>5.4</v>
+      </c>
+      <c r="DV9" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="DW9" s="15" t="n">
+        <v>3.4</v>
+      </c>
+      <c r="DX9" s="15" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="DY9" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="DZ9" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="EA9" s="15" t="n">
+        <v>6.1</v>
+      </c>
+      <c r="EB9" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="EC9" s="15" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="ED9" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="BK9" s="15" t="n">
-[...29 lines deleted...]
-      <c r="BU9" s="15" t="n">
+      <c r="EE9" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="EF9" s="15" t="n">
         <v>6.4</v>
       </c>
-      <c r="BV9" s="15" t="n">
+      <c r="EG9" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="EH9" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="EI9" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="EJ9" s="15" t="n">
+        <v>-1.2</v>
+      </c>
+      <c r="EK9" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="EL9" s="15" t="n">
+        <v>7.1</v>
+      </c>
+      <c r="EM9" s="15" t="n">
+        <v>-4.5</v>
+      </c>
+      <c r="EN9" s="15" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="EO9" s="15" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="EP9" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="EQ9" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="BW9" s="15" t="n">
-[...44 lines deleted...]
-      <c r="CL9" s="15" t="n">
+      <c r="ER9" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="ES9" s="15" t="n">
         <v>-2.8</v>
       </c>
-      <c r="CM9" s="15" t="n">
-[...91 lines deleted...]
-      <c r="DQ9" s="15" t="n">
+      <c r="ET9" s="15" t="n">
+        <v>-1.9</v>
+      </c>
+      <c r="EU9" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="EV9" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="EW9" s="15" t="n">
         <v>1.4</v>
-      </c>
-[...94 lines deleted...]
-        <v>-1.1</v>
       </c>
       <c r="EX9" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="EY9" s="15" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="EZ9" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="FA9" s="15" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="FB9" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="FC9" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="FD9" s="15" t="n">
+        <v>-1.0</v>
+      </c>
+      <c r="FE9" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="FF9" s="15" t="n">
+        <v>-1.1</v>
+      </c>
+      <c r="FG9" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="FH9" s="15" t="n">
         <v>7.7</v>
       </c>
-      <c r="EZ9" s="15" t="n">
+      <c r="FI9" s="15" t="n">
         <v>15.2</v>
       </c>
-      <c r="FA9" s="15" t="n">
+      <c r="FJ9" s="15" t="n">
         <v>15.2</v>
       </c>
-      <c r="FB9" s="15" t="n">
+      <c r="FK9" s="15" t="n">
         <v>13.7</v>
       </c>
-      <c r="FC9" s="15" t="n">
+      <c r="FL9" s="15" t="n">
         <v>19.5</v>
       </c>
-      <c r="FD9" s="15" t="n">
+      <c r="FM9" s="15" t="n">
         <v>20.6</v>
       </c>
-      <c r="FE9" s="13" t="inlineStr">
-[...43 lines deleted...]
-      </c>
       <c r="FN9" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FO9" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FP9" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="FQ9" s="15" t="n">
+      <c r="FQ9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FR9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FS9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FT9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FU9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FV9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FW9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FX9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FY9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FZ9" s="15" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="GA9" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="FR9" s="15" t="n">
+      <c r="GB9" s="15" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="GC9" s="15" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="GD9" s="15" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="GE9" s="15" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="GF9" s="15" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="GG9" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="FS9" s="15" t="n">
-[...5 lines deleted...]
-      <c r="FU9" s="15" t="n">
+      <c r="GH9" s="15" t="n">
+        <v>3.4</v>
+      </c>
+      <c r="GI9" s="15" t="n">
+        <v>4.2</v>
+      </c>
+      <c r="GJ9" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="FV9" s="15" t="n">
-[...8 lines deleted...]
-      <c r="FY9" s="15" t="n">
+      <c r="GK9" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="FZ9" s="15" t="n">
+      <c r="GL9" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="GA9" s="15" t="n">
+      <c r="GM9" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="GB9" s="15" t="n">
+      <c r="GN9" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="GC9" s="15" t="n">
+      <c r="GO9" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="GD9" s="15" t="n">
+      <c r="GP9" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="GE9" s="15" t="n">
+      <c r="GQ9" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="GF9" s="15" t="n">
+      <c r="GR9" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="GG9" s="15" t="n">
+      <c r="GS9" s="15" t="n">
         <v>2.7</v>
-      </c>
-[...34 lines deleted...]
-        <v>2.4</v>
       </c>
       <c r="GT9" s="15" t="n">
         <v>2.7</v>
       </c>
       <c r="GU9" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="GV9" s="15" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="GW9" s="15" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="GX9" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="GY9" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="GZ9" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="HA9" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="HB9" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="HC9" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="HD9" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="HE9" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="HF9" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="HG9" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="GV9" s="15" t="n">
+      <c r="HH9" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="GW9" s="15" t="n">
+      <c r="HI9" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="GX9" s="15" t="n">
+      <c r="HJ9" s="15" t="n">
         <v>7.1</v>
       </c>
-      <c r="GY9" s="15" t="n">
+      <c r="HK9" s="15" t="n">
         <v>7.6</v>
       </c>
-      <c r="GZ9" s="15" t="n">
+      <c r="HL9" s="15" t="n">
         <v>8.2</v>
       </c>
-      <c r="HA9" s="15" t="n">
+      <c r="HM9" s="15" t="n">
         <v>9.4</v>
       </c>
-      <c r="HB9" s="15" t="n">
+      <c r="HN9" s="15" t="n">
         <v>10.5</v>
       </c>
-      <c r="HC9" s="15" t="n">
+      <c r="HO9" s="15" t="n">
         <v>12.4</v>
       </c>
-      <c r="HD9" s="15" t="n">
+      <c r="HP9" s="15" t="n">
         <v>14.9</v>
       </c>
-      <c r="HE9" s="15" t="n">
+      <c r="HQ9" s="15" t="n">
         <v>16.6</v>
       </c>
-      <c r="HF9" s="15" t="n">
+      <c r="HR9" s="15" t="n">
         <v>17.0</v>
       </c>
-      <c r="HG9" s="15" t="n">
+      <c r="HS9" s="15" t="n">
         <v>17.7</v>
       </c>
-      <c r="HH9" s="15" t="n">
+      <c r="HT9" s="15" t="n">
         <v>20.1</v>
       </c>
-      <c r="HI9" s="15" t="n">
+      <c r="HU9" s="15" t="n">
         <v>20.6</v>
       </c>
-      <c r="HJ9" s="13" t="inlineStr">
-[...54 lines deleted...]
-      <c r="HU9" s="13" t="inlineStr">
+      <c r="HV9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HW9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HX9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HY9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HZ9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IA9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IB9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IC9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG9" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    1. Wholesale and retail trade; repair of motor vehicles and motorcycles</t>
         </is>
       </c>
       <c r="B10" s="14" t="n">
-        <v>106.463</v>
+        <v>116.101</v>
       </c>
       <c r="C10" s="14" t="n">
-        <v>93.541</v>
+        <v>105.509</v>
       </c>
       <c r="D10" s="14" t="n">
-        <v>111.974</v>
+        <v>110.398</v>
       </c>
       <c r="E10" s="14" t="n">
-        <v>107.895</v>
+        <v>106.447</v>
       </c>
       <c r="F10" s="14" t="n">
+        <v>93.51</v>
+      </c>
+      <c r="G10" s="14" t="n">
+        <v>111.97</v>
+      </c>
+      <c r="H10" s="14" t="n">
+        <v>107.897</v>
+      </c>
+      <c r="I10" s="14" t="n">
         <v>106.877</v>
       </c>
-      <c r="G10" s="14" t="n">
+      <c r="J10" s="14" t="n">
         <v>103.958</v>
       </c>
-      <c r="H10" s="14" t="n">
+      <c r="K10" s="14" t="n">
         <v>104.673</v>
       </c>
-      <c r="I10" s="14" t="n">
+      <c r="L10" s="14" t="n">
         <v>95.436</v>
       </c>
-      <c r="J10" s="14" t="n">
+      <c r="M10" s="14" t="n">
         <v>100.114</v>
       </c>
-      <c r="K10" s="14" t="n">
+      <c r="N10" s="14" t="n">
         <v>110.304</v>
       </c>
-      <c r="L10" s="14" t="n">
+      <c r="O10" s="14" t="n">
         <v>102.61</v>
       </c>
-      <c r="M10" s="14" t="n">
+      <c r="P10" s="14" t="n">
         <v>106.784</v>
       </c>
-      <c r="N10" s="14" t="n">
+      <c r="Q10" s="14" t="n">
         <v>98.51</v>
       </c>
-      <c r="O10" s="14" t="n">
+      <c r="R10" s="14" t="n">
         <v>90.644</v>
       </c>
-      <c r="P10" s="14" t="n">
+      <c r="S10" s="14" t="n">
         <v>105.912</v>
       </c>
-      <c r="Q10" s="14" t="n">
+      <c r="T10" s="14" t="n">
         <v>100.431</v>
       </c>
-      <c r="R10" s="14" t="n">
+      <c r="U10" s="14" t="n">
         <v>102.775</v>
       </c>
-      <c r="S10" s="14" t="n">
+      <c r="V10" s="14" t="n">
         <v>100.802</v>
       </c>
-      <c r="T10" s="14" t="n">
+      <c r="W10" s="14" t="n">
         <v>95.831</v>
       </c>
-      <c r="U10" s="14" t="n">
+      <c r="X10" s="14" t="n">
         <v>92.795</v>
       </c>
-      <c r="V10" s="14" t="n">
+      <c r="Y10" s="14" t="n">
         <v>95.842</v>
       </c>
-      <c r="W10" s="14" t="n">
+      <c r="Z10" s="14" t="n">
         <v>105.212</v>
       </c>
-      <c r="X10" s="14" t="n">
+      <c r="AA10" s="14" t="n">
         <v>102.93</v>
       </c>
-      <c r="Y10" s="14" t="n">
+      <c r="AB10" s="14" t="n">
         <v>98.807</v>
       </c>
-      <c r="Z10" s="14" t="n">
+      <c r="AC10" s="14" t="n">
         <v>95.731</v>
       </c>
-      <c r="AA10" s="14" t="n">
+      <c r="AD10" s="14" t="n">
         <v>91.095</v>
       </c>
-      <c r="AB10" s="14" t="n">
+      <c r="AE10" s="14" t="n">
         <v>101.876</v>
       </c>
-      <c r="AC10" s="14" t="n">
+      <c r="AF10" s="14" t="n">
         <v>103.352</v>
       </c>
-      <c r="AD10" s="14" t="n">
+      <c r="AG10" s="14" t="n">
         <v>102.303</v>
       </c>
-      <c r="AE10" s="14" t="n">
+      <c r="AH10" s="14" t="n">
         <v>93.933</v>
       </c>
-      <c r="AF10" s="14" t="n">
+      <c r="AI10" s="14" t="n">
         <v>106.973</v>
       </c>
-      <c r="AG10" s="14" t="n">
+      <c r="AJ10" s="14" t="n">
         <v>90.004</v>
       </c>
-      <c r="AH10" s="14" t="n">
+      <c r="AK10" s="14" t="n">
         <v>94.809</v>
       </c>
-      <c r="AI10" s="14" t="n">
+      <c r="AL10" s="14" t="n">
         <v>109.741</v>
       </c>
-      <c r="AJ10" s="14" t="n">
+      <c r="AM10" s="14" t="n">
         <v>105.227</v>
       </c>
-      <c r="AK10" s="14" t="n">
+      <c r="AN10" s="14" t="n">
         <v>100.232</v>
       </c>
-      <c r="AL10" s="14" t="n">
+      <c r="AO10" s="14" t="n">
         <v>102.505</v>
       </c>
-      <c r="AM10" s="14" t="n">
+      <c r="AP10" s="14" t="n">
         <v>95.869</v>
       </c>
-      <c r="AN10" s="14" t="n">
+      <c r="AQ10" s="14" t="n">
         <v>100.915</v>
       </c>
-      <c r="AO10" s="14" t="n">
+      <c r="AR10" s="14" t="n">
         <v>103.119</v>
       </c>
-      <c r="AP10" s="14" t="n">
+      <c r="AS10" s="14" t="n">
         <v>102.605</v>
       </c>
-      <c r="AQ10" s="14" t="n">
+      <c r="AT10" s="14" t="n">
         <v>99.023</v>
       </c>
-      <c r="AR10" s="14" t="n">
+      <c r="AU10" s="14" t="n">
         <v>103.049</v>
       </c>
-      <c r="AS10" s="14" t="n">
+      <c r="AV10" s="14" t="n">
         <v>93.465</v>
       </c>
-      <c r="AT10" s="14" t="n">
+      <c r="AW10" s="14" t="n">
         <v>95.789</v>
       </c>
-      <c r="AU10" s="14" t="n">
+      <c r="AX10" s="14" t="n">
         <v>111.073</v>
       </c>
-      <c r="AV10" s="14" t="n">
+      <c r="AY10" s="14" t="n">
         <v>104.368</v>
       </c>
-      <c r="AW10" s="14" t="n">
+      <c r="AZ10" s="14" t="n">
         <v>102.781</v>
       </c>
-      <c r="AX10" s="14" t="n">
+      <c r="BA10" s="14" t="n">
         <v>101.384</v>
       </c>
-      <c r="AY10" s="14" t="n">
+      <c r="BB10" s="14" t="n">
         <v>91.628</v>
       </c>
-      <c r="AZ10" s="14" t="n">
+      <c r="BC10" s="14" t="n">
         <v>105.15</v>
       </c>
-      <c r="BA10" s="14" t="n">
+      <c r="BD10" s="14" t="n">
         <v>106.515</v>
       </c>
-      <c r="BB10" s="14" t="n">
+      <c r="BE10" s="14" t="n">
         <v>99.098</v>
       </c>
-      <c r="BC10" s="14" t="n">
+      <c r="BF10" s="14" t="n">
         <v>96.257</v>
       </c>
-      <c r="BD10" s="14" t="n">
+      <c r="BG10" s="14" t="n">
         <v>106.702</v>
       </c>
-      <c r="BE10" s="14" t="n">
+      <c r="BH10" s="14" t="n">
         <v>88.004</v>
       </c>
-      <c r="BF10" s="14" t="n">
+      <c r="BI10" s="14" t="n">
         <v>87.039</v>
       </c>
-      <c r="BG10" s="15" t="n">
+      <c r="BJ10" s="15" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="BK10" s="15" t="n">
+        <v>-4.4</v>
+      </c>
+      <c r="BL10" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="BM10" s="15" t="n">
         <v>13.8</v>
       </c>
-      <c r="BH10" s="15" t="n">
+      <c r="BN10" s="15" t="n">
         <v>-16.5</v>
       </c>
-      <c r="BI10" s="15" t="n">
+      <c r="BO10" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="BJ10" s="15" t="n">
+      <c r="BP10" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="BK10" s="15" t="n">
+      <c r="BQ10" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="BL10" s="15" t="n">
+      <c r="BR10" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="BM10" s="15" t="n">
+      <c r="BS10" s="15" t="n">
         <v>9.7</v>
       </c>
-      <c r="BN10" s="15" t="n">
+      <c r="BT10" s="15" t="n">
         <v>-4.7</v>
       </c>
-      <c r="BO10" s="15" t="n">
+      <c r="BU10" s="15" t="n">
         <v>-9.2</v>
       </c>
-      <c r="BP10" s="15" t="n">
+      <c r="BV10" s="15" t="n">
         <v>7.5</v>
       </c>
-      <c r="BQ10" s="15" t="n">
+      <c r="BW10" s="15" t="n">
         <v>-3.9</v>
       </c>
-      <c r="BR10" s="15" t="n">
+      <c r="BX10" s="15" t="n">
         <v>8.4</v>
       </c>
-      <c r="BS10" s="15" t="n">
+      <c r="BY10" s="15" t="n">
         <v>8.7</v>
       </c>
-      <c r="BT10" s="15" t="n">
+      <c r="BZ10" s="15" t="n">
         <v>-14.4</v>
       </c>
-      <c r="BU10" s="15" t="n">
+      <c r="CA10" s="15" t="n">
         <v>5.5</v>
       </c>
-      <c r="BV10" s="15" t="n">
+      <c r="CB10" s="15" t="n">
         <v>-2.3</v>
       </c>
-      <c r="BW10" s="15" t="n">
+      <c r="CC10" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="BX10" s="15" t="n">
+      <c r="CD10" s="15" t="n">
         <v>5.2</v>
       </c>
-      <c r="BY10" s="15" t="n">
+      <c r="CE10" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="BZ10" s="15" t="n">
+      <c r="CF10" s="15" t="n">
         <v>-3.2</v>
       </c>
-      <c r="CA10" s="15" t="n">
+      <c r="CG10" s="15" t="n">
         <v>-8.9</v>
       </c>
-      <c r="CB10" s="15" t="n">
+      <c r="CH10" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="CC10" s="15" t="n">
+      <c r="CI10" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="CD10" s="15" t="n">
+      <c r="CJ10" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="CE10" s="15" t="n">
+      <c r="CK10" s="15" t="n">
         <v>5.1</v>
       </c>
-      <c r="CF10" s="15" t="n">
+      <c r="CL10" s="15" t="n">
         <v>-10.6</v>
       </c>
-      <c r="CG10" s="15" t="n">
+      <c r="CM10" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="CH10" s="15" t="n">
+      <c r="CN10" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="CI10" s="15" t="n">
+      <c r="CO10" s="15" t="n">
         <v>8.9</v>
       </c>
-      <c r="CJ10" s="15" t="n">
+      <c r="CP10" s="15" t="n">
         <v>-12.2</v>
       </c>
-      <c r="CK10" s="15" t="n">
+      <c r="CQ10" s="15" t="n">
         <v>18.9</v>
       </c>
-      <c r="CL10" s="15" t="n">
+      <c r="CR10" s="15" t="n">
         <v>-5.1</v>
       </c>
-      <c r="CM10" s="15" t="n">
+      <c r="CS10" s="15" t="n">
         <v>-13.6</v>
       </c>
-      <c r="CN10" s="15" t="n">
+      <c r="CT10" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="CO10" s="15" t="n">
+      <c r="CU10" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="CP10" s="15" t="n">
+      <c r="CV10" s="15" t="n">
         <v>-2.2</v>
       </c>
-      <c r="CQ10" s="15" t="n">
+      <c r="CW10" s="15" t="n">
         <v>6.9</v>
       </c>
-      <c r="CR10" s="15" t="n">
+      <c r="CX10" s="15" t="n">
         <v>-5.0</v>
       </c>
-      <c r="CS10" s="15" t="n">
+      <c r="CY10" s="15" t="n">
         <v>-2.1</v>
       </c>
-      <c r="CT10" s="15" t="n">
+      <c r="CZ10" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="CU10" s="15" t="n">
+      <c r="DA10" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="CV10" s="15" t="n">
+      <c r="DB10" s="15" t="n">
         <v>-3.9</v>
       </c>
-      <c r="CW10" s="15" t="n">
+      <c r="DC10" s="15" t="n">
         <v>10.3</v>
       </c>
-      <c r="CX10" s="15" t="n">
+      <c r="DD10" s="15" t="n">
         <v>-2.4</v>
       </c>
-      <c r="CY10" s="15" t="n">
+      <c r="DE10" s="15" t="n">
         <v>-13.8</v>
       </c>
-      <c r="CZ10" s="15" t="n">
+      <c r="DF10" s="15" t="n">
         <v>6.4</v>
       </c>
-      <c r="DA10" s="15" t="n">
+      <c r="DG10" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="DB10" s="15" t="n">
+      <c r="DH10" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="DC10" s="15" t="n">
+      <c r="DI10" s="15" t="n">
         <v>10.6</v>
       </c>
-      <c r="DD10" s="15" t="n">
+      <c r="DJ10" s="15" t="n">
         <v>-12.9</v>
       </c>
-      <c r="DE10" s="15" t="n">
+      <c r="DK10" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="DF10" s="15" t="n">
+      <c r="DL10" s="15" t="n">
         <v>7.5</v>
       </c>
-      <c r="DG10" s="15" t="n">
+      <c r="DM10" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="DH10" s="15" t="n">
+      <c r="DN10" s="15" t="n">
         <v>-9.8</v>
       </c>
-      <c r="DI10" s="15" t="n">
+      <c r="DO10" s="15" t="n">
         <v>21.2</v>
       </c>
-      <c r="DJ10" s="15" t="n">
+      <c r="DP10" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="DK10" s="13" t="inlineStr">
-[...20 lines deleted...]
-        <v>3.1</v>
+      <c r="DQ10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
       </c>
       <c r="DR10" s="15" t="n">
-        <v>9.2</v>
+        <v>5.3</v>
       </c>
       <c r="DS10" s="15" t="n">
         <v>2.8</v>
       </c>
       <c r="DT10" s="15" t="n">
+        <v>3.4</v>
+      </c>
+      <c r="DU10" s="15" t="n">
+        <v>8.1</v>
+      </c>
+      <c r="DV10" s="15" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="DW10" s="15" t="n">
+        <v>5.7</v>
+      </c>
+      <c r="DX10" s="15" t="n">
+        <v>7.4</v>
+      </c>
+      <c r="DY10" s="15" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="DZ10" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="EA10" s="15" t="n">
+        <v>9.2</v>
+      </c>
+      <c r="EB10" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="EC10" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="DU10" s="15" t="n">
+      <c r="ED10" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="DV10" s="15" t="n">
+      <c r="EE10" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="DW10" s="15" t="n">
+      <c r="EF10" s="15" t="n">
         <v>8.1</v>
       </c>
-      <c r="DX10" s="15" t="n">
+      <c r="EG10" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="DY10" s="15" t="n">
+      <c r="EH10" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="DZ10" s="15" t="n">
+      <c r="EI10" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="EA10" s="15" t="n">
+      <c r="EJ10" s="15" t="n">
         <v>-2.8</v>
       </c>
-      <c r="EB10" s="15" t="n">
+      <c r="EK10" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="EC10" s="15" t="n">
+      <c r="EL10" s="15" t="n">
         <v>7.3</v>
       </c>
-      <c r="ED10" s="15" t="n">
+      <c r="EM10" s="15" t="n">
         <v>-10.4</v>
       </c>
-      <c r="EE10" s="15" t="n">
+      <c r="EN10" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="EF10" s="15" t="n">
+      <c r="EO10" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="EG10" s="15" t="n">
+      <c r="EP10" s="15" t="n">
         <v>-4.1</v>
       </c>
-      <c r="EH10" s="15" t="n">
+      <c r="EQ10" s="15" t="n">
         <v>-2.2</v>
       </c>
-      <c r="EI10" s="15" t="n">
+      <c r="ER10" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="EJ10" s="15" t="n">
+      <c r="ES10" s="15" t="n">
         <v>-6.6</v>
       </c>
-      <c r="EK10" s="15" t="n">
+      <c r="ET10" s="15" t="n">
         <v>-5.0</v>
       </c>
-      <c r="EL10" s="15" t="n">
+      <c r="EU10" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="EM10" s="15" t="n">
+      <c r="EV10" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="EN10" s="15" t="n">
+      <c r="EW10" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="EO10" s="15" t="n">
+      <c r="EX10" s="15" t="n">
         <v>-5.1</v>
       </c>
-      <c r="EP10" s="15" t="n">
+      <c r="EY10" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="EQ10" s="15" t="n">
+      <c r="EZ10" s="15" t="n">
         <v>-3.7</v>
       </c>
-      <c r="ER10" s="15" t="n">
+      <c r="FA10" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="ES10" s="15" t="n">
+      <c r="FB10" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="ET10" s="15" t="n">
+      <c r="FC10" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="EU10" s="15" t="n">
+      <c r="FD10" s="15" t="n">
         <v>-2.5</v>
       </c>
-      <c r="EV10" s="15" t="n">
+      <c r="FE10" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="EW10" s="15" t="n">
+      <c r="FF10" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="EX10" s="15" t="n">
+      <c r="FG10" s="15" t="n">
         <v>-4.0</v>
       </c>
-      <c r="EY10" s="15" t="n">
+      <c r="FH10" s="15" t="n">
         <v>-3.2</v>
       </c>
-      <c r="EZ10" s="15" t="n">
+      <c r="FI10" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="FA10" s="15" t="n">
+      <c r="FJ10" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="FB10" s="15" t="n">
+      <c r="FK10" s="15" t="n">
         <v>-3.4</v>
       </c>
-      <c r="FC10" s="15" t="n">
+      <c r="FL10" s="15" t="n">
         <v>6.2</v>
       </c>
-      <c r="FD10" s="15" t="n">
+      <c r="FM10" s="15" t="n">
         <v>10.1</v>
       </c>
-      <c r="FE10" s="13" t="inlineStr">
-[...43 lines deleted...]
-      </c>
       <c r="FN10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FO10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FP10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="FQ10" s="15" t="n">
+      <c r="FQ10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FR10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FS10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FT10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FU10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FV10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FW10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FX10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FY10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FZ10" s="15" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="GA10" s="15" t="n">
+        <v>4.9</v>
+      </c>
+      <c r="GB10" s="15" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="GC10" s="15" t="n">
         <v>5.4</v>
       </c>
-      <c r="FR10" s="15" t="n">
+      <c r="GD10" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="FS10" s="15" t="n">
+      <c r="GE10" s="15" t="n">
         <v>5.3</v>
       </c>
-      <c r="FT10" s="15" t="n">
+      <c r="GF10" s="15" t="n">
         <v>5.2</v>
       </c>
-      <c r="FU10" s="15" t="n">
+      <c r="GG10" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="FV10" s="15" t="n">
+      <c r="GH10" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="FW10" s="15" t="n">
+      <c r="GI10" s="15" t="n">
         <v>5.5</v>
       </c>
-      <c r="FX10" s="15" t="n">
+      <c r="GJ10" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="FY10" s="15" t="n">
+      <c r="GK10" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="FZ10" s="15" t="n">
+      <c r="GL10" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="GA10" s="15" t="n">
+      <c r="GM10" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="GB10" s="15" t="n">
+      <c r="GN10" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="GC10" s="15" t="n">
+      <c r="GO10" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="GD10" s="15" t="n">
+      <c r="GP10" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="GE10" s="15" t="n">
+      <c r="GQ10" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="GF10" s="15" t="n">
+      <c r="GR10" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="GG10" s="15" t="n">
+      <c r="GS10" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="GH10" s="15" t="n">
+      <c r="GT10" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="GI10" s="15" t="n">
+      <c r="GU10" s="15" t="n">
         <v>-2.5</v>
       </c>
-      <c r="GJ10" s="15" t="n">
+      <c r="GV10" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="GK10" s="15" t="n">
+      <c r="GW10" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="GL10" s="15" t="n">
+      <c r="GX10" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="GM10" s="15" t="n">
+      <c r="GY10" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="GN10" s="15" t="n">
+      <c r="GZ10" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="GO10" s="15" t="n">
+      <c r="HA10" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="GP10" s="15" t="n">
+      <c r="HB10" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="GQ10" s="15" t="n">
+      <c r="HC10" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="GR10" s="15" t="n">
+      <c r="HD10" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="GS10" s="15" t="n">
+      <c r="HE10" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="GT10" s="15" t="n">
+      <c r="HF10" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="GU10" s="15" t="n">
+      <c r="HG10" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="GV10" s="15" t="n">
+      <c r="HH10" s="15" t="n">
         <v>-2.3</v>
       </c>
-      <c r="GW10" s="15" t="n">
+      <c r="HI10" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="GX10" s="15" t="n">
+      <c r="HJ10" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="GY10" s="15" t="n">
+      <c r="HK10" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="GZ10" s="15" t="n">
+      <c r="HL10" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="HA10" s="15" t="n">
+      <c r="HM10" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="HB10" s="15" t="n">
+      <c r="HN10" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="HC10" s="15" t="n">
+      <c r="HO10" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="HD10" s="15" t="n">
+      <c r="HP10" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="HE10" s="15" t="n">
+      <c r="HQ10" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="HF10" s="15" t="n">
+      <c r="HR10" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="HG10" s="15" t="n">
+      <c r="HS10" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="HH10" s="15" t="n">
+      <c r="HT10" s="15" t="n">
         <v>8.1</v>
       </c>
-      <c r="HI10" s="15" t="n">
+      <c r="HU10" s="15" t="n">
         <v>10.1</v>
       </c>
-      <c r="HJ10" s="13" t="inlineStr">
-[...54 lines deleted...]
-      <c r="HU10" s="13" t="inlineStr">
+      <c r="HV10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HW10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HX10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HY10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HZ10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IA10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IB10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IC10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG10" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    1.1 Wholesale and retail trade and repair of motor vehicles and motorcycles</t>
         </is>
       </c>
       <c r="B11" s="14" t="n">
-        <v>122.554</v>
+        <v>128.564</v>
       </c>
       <c r="C11" s="14" t="n">
-        <v>90.754</v>
+        <v>126.539</v>
       </c>
       <c r="D11" s="14" t="n">
-        <v>130.78</v>
+        <v>132.485</v>
       </c>
       <c r="E11" s="14" t="n">
+        <v>122.388</v>
+      </c>
+      <c r="F11" s="14" t="n">
+        <v>90.656</v>
+      </c>
+      <c r="G11" s="14" t="n">
+        <v>130.806</v>
+      </c>
+      <c r="H11" s="14" t="n">
         <v>130.491</v>
       </c>
-      <c r="F11" s="14" t="n">
+      <c r="I11" s="14" t="n">
         <v>124.52</v>
       </c>
-      <c r="G11" s="14" t="n">
+      <c r="J11" s="14" t="n">
         <v>115.357</v>
       </c>
-      <c r="H11" s="14" t="n">
+      <c r="K11" s="14" t="n">
         <v>123.352</v>
       </c>
-      <c r="I11" s="14" t="n">
+      <c r="L11" s="14" t="n">
         <v>113.795</v>
       </c>
-      <c r="J11" s="14" t="n">
+      <c r="M11" s="14" t="n">
         <v>104.912</v>
       </c>
-      <c r="K11" s="14" t="n">
+      <c r="N11" s="14" t="n">
         <v>117.878</v>
       </c>
-      <c r="L11" s="14" t="n">
+      <c r="O11" s="14" t="n">
         <v>118.744</v>
       </c>
-      <c r="M11" s="14" t="n">
+      <c r="P11" s="14" t="n">
         <v>124.395</v>
       </c>
-      <c r="N11" s="14" t="n">
+      <c r="Q11" s="14" t="n">
         <v>110.069</v>
       </c>
-      <c r="O11" s="14" t="n">
+      <c r="R11" s="14" t="n">
         <v>88.796</v>
       </c>
-      <c r="P11" s="14" t="n">
+      <c r="S11" s="14" t="n">
         <v>118.948</v>
       </c>
-      <c r="Q11" s="14" t="n">
+      <c r="T11" s="14" t="n">
         <v>119.575</v>
       </c>
-      <c r="R11" s="14" t="n">
+      <c r="U11" s="14" t="n">
         <v>120.858</v>
       </c>
-      <c r="S11" s="14" t="n">
+      <c r="V11" s="14" t="n">
         <v>115.664</v>
       </c>
-      <c r="T11" s="14" t="n">
+      <c r="W11" s="14" t="n">
         <v>116.373</v>
       </c>
-      <c r="U11" s="14" t="n">
+      <c r="X11" s="14" t="n">
         <v>109.632</v>
       </c>
-      <c r="V11" s="14" t="n">
+      <c r="Y11" s="14" t="n">
         <v>101.982</v>
       </c>
-      <c r="W11" s="14" t="n">
+      <c r="Z11" s="14" t="n">
         <v>111.718</v>
       </c>
-      <c r="X11" s="14" t="n">
+      <c r="AA11" s="14" t="n">
         <v>119.326</v>
       </c>
-      <c r="Y11" s="14" t="n">
+      <c r="AB11" s="14" t="n">
         <v>114.042</v>
       </c>
-      <c r="Z11" s="14" t="n">
+      <c r="AC11" s="14" t="n">
         <v>104.066</v>
       </c>
-      <c r="AA11" s="14" t="n">
+      <c r="AD11" s="14" t="n">
         <v>84.247</v>
       </c>
-      <c r="AB11" s="14" t="n">
+      <c r="AE11" s="14" t="n">
         <v>110.263</v>
       </c>
-      <c r="AC11" s="14" t="n">
+      <c r="AF11" s="14" t="n">
         <v>119.267</v>
       </c>
-      <c r="AD11" s="14" t="n">
+      <c r="AG11" s="14" t="n">
         <v>114.486</v>
       </c>
-      <c r="AE11" s="14" t="n">
+      <c r="AH11" s="14" t="n">
         <v>94.872</v>
       </c>
-      <c r="AF11" s="14" t="n">
+      <c r="AI11" s="14" t="n">
         <v>123.525</v>
       </c>
-      <c r="AG11" s="14" t="n">
+      <c r="AJ11" s="14" t="n">
         <v>100.989</v>
       </c>
-      <c r="AH11" s="14" t="n">
+      <c r="AK11" s="14" t="n">
         <v>91.407</v>
       </c>
-      <c r="AI11" s="14" t="n">
+      <c r="AL11" s="14" t="n">
         <v>106.309</v>
       </c>
-      <c r="AJ11" s="14" t="n">
+      <c r="AM11" s="14" t="n">
         <v>110.011</v>
       </c>
-      <c r="AK11" s="14" t="n">
+      <c r="AN11" s="14" t="n">
         <v>104.018</v>
       </c>
-      <c r="AL11" s="14" t="n">
+      <c r="AO11" s="14" t="n">
         <v>103.952</v>
       </c>
-      <c r="AM11" s="14" t="n">
+      <c r="AP11" s="14" t="n">
         <v>83.459</v>
       </c>
-      <c r="AN11" s="14" t="n">
+      <c r="AQ11" s="14" t="n">
         <v>99.247</v>
       </c>
-      <c r="AO11" s="14" t="n">
+      <c r="AR11" s="14" t="n">
         <v>112.585</v>
       </c>
-      <c r="AP11" s="14" t="n">
+      <c r="AS11" s="14" t="n">
         <v>105.453</v>
       </c>
-      <c r="AQ11" s="14" t="n">
+      <c r="AT11" s="14" t="n">
         <v>95.163</v>
       </c>
-      <c r="AR11" s="14" t="n">
+      <c r="AU11" s="14" t="n">
         <v>98.901</v>
       </c>
-      <c r="AS11" s="14" t="n">
+      <c r="AV11" s="14" t="n">
         <v>94.011</v>
       </c>
-      <c r="AT11" s="14" t="n">
+      <c r="AW11" s="14" t="n">
         <v>83.219</v>
       </c>
-      <c r="AU11" s="14" t="n">
+      <c r="AX11" s="14" t="n">
         <v>110.055</v>
       </c>
-      <c r="AV11" s="14" t="n">
+      <c r="AY11" s="14" t="n">
         <v>107.926</v>
       </c>
-      <c r="AW11" s="14" t="n">
+      <c r="AZ11" s="14" t="n">
         <v>101.366</v>
       </c>
-      <c r="AX11" s="14" t="n">
+      <c r="BA11" s="14" t="n">
         <v>99.681</v>
       </c>
-      <c r="AY11" s="14" t="n">
+      <c r="BB11" s="14" t="n">
         <v>80.291</v>
       </c>
-      <c r="AZ11" s="14" t="n">
+      <c r="BC11" s="14" t="n">
         <v>106.426</v>
       </c>
-      <c r="BA11" s="14" t="n">
+      <c r="BD11" s="14" t="n">
         <v>113.945</v>
       </c>
-      <c r="BB11" s="14" t="n">
+      <c r="BE11" s="14" t="n">
         <v>105.708</v>
       </c>
-      <c r="BC11" s="14" t="n">
+      <c r="BF11" s="14" t="n">
         <v>96.426</v>
       </c>
-      <c r="BD11" s="14" t="n">
+      <c r="BG11" s="14" t="n">
         <v>110.78</v>
       </c>
-      <c r="BE11" s="14" t="n">
+      <c r="BH11" s="14" t="n">
         <v>90.902</v>
       </c>
-      <c r="BF11" s="14" t="n">
+      <c r="BI11" s="14" t="n">
         <v>76.495</v>
       </c>
-      <c r="BG11" s="15" t="n">
+      <c r="BJ11" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="BK11" s="15" t="n">
+        <v>-4.5</v>
+      </c>
+      <c r="BL11" s="15" t="n">
+        <v>8.2</v>
+      </c>
+      <c r="BM11" s="15" t="n">
         <v>35.0</v>
       </c>
-      <c r="BH11" s="15" t="n">
-[...2 lines deleted...]
-      <c r="BI11" s="15" t="n">
+      <c r="BN11" s="15" t="n">
+        <v>-30.7</v>
+      </c>
+      <c r="BO11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="BJ11" s="15" t="n">
+      <c r="BP11" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="BK11" s="15" t="n">
+      <c r="BQ11" s="15" t="n">
         <v>7.9</v>
       </c>
-      <c r="BL11" s="15" t="n">
+      <c r="BR11" s="15" t="n">
         <v>-6.5</v>
       </c>
-      <c r="BM11" s="15" t="n">
+      <c r="BS11" s="15" t="n">
         <v>8.4</v>
       </c>
-      <c r="BN11" s="15" t="n">
+      <c r="BT11" s="15" t="n">
         <v>8.5</v>
       </c>
-      <c r="BO11" s="15" t="n">
+      <c r="BU11" s="15" t="n">
         <v>-11.0</v>
       </c>
-      <c r="BP11" s="15" t="n">
+      <c r="BV11" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="BQ11" s="15" t="n">
+      <c r="BW11" s="15" t="n">
         <v>-4.5</v>
       </c>
-      <c r="BR11" s="15" t="n">
+      <c r="BX11" s="15" t="n">
         <v>13.0</v>
       </c>
-      <c r="BS11" s="15" t="n">
+      <c r="BY11" s="15" t="n">
         <v>24.0</v>
       </c>
-      <c r="BT11" s="15" t="n">
+      <c r="BZ11" s="15" t="n">
         <v>-25.3</v>
       </c>
-      <c r="BU11" s="15" t="n">
+      <c r="CA11" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="BV11" s="15" t="n">
+      <c r="CB11" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="BW11" s="15" t="n">
+      <c r="CC11" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="BX11" s="15" t="n">
+      <c r="CD11" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="BY11" s="15" t="n">
+      <c r="CE11" s="15" t="n">
         <v>6.1</v>
       </c>
-      <c r="BZ11" s="15" t="n">
+      <c r="CF11" s="15" t="n">
         <v>7.5</v>
       </c>
-      <c r="CA11" s="15" t="n">
+      <c r="CG11" s="15" t="n">
         <v>-8.7</v>
       </c>
-      <c r="CB11" s="15" t="n">
+      <c r="CH11" s="15" t="n">
         <v>-6.4</v>
       </c>
-      <c r="CC11" s="15" t="n">
+      <c r="CI11" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="CD11" s="15" t="n">
+      <c r="CJ11" s="15" t="n">
         <v>9.6</v>
       </c>
-      <c r="CE11" s="15" t="n">
+      <c r="CK11" s="15" t="n">
         <v>23.5</v>
       </c>
-      <c r="CF11" s="15" t="n">
+      <c r="CL11" s="15" t="n">
         <v>-23.6</v>
       </c>
-      <c r="CG11" s="15" t="n">
+      <c r="CM11" s="15" t="n">
         <v>-7.5</v>
       </c>
-      <c r="CH11" s="15" t="n">
+      <c r="CN11" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="CI11" s="15" t="n">
+      <c r="CO11" s="15" t="n">
         <v>20.7</v>
       </c>
-      <c r="CJ11" s="15" t="n">
+      <c r="CP11" s="15" t="n">
         <v>-23.2</v>
       </c>
-      <c r="CK11" s="15" t="n">
+      <c r="CQ11" s="15" t="n">
         <v>22.3</v>
       </c>
-      <c r="CL11" s="15" t="n">
+      <c r="CR11" s="15" t="n">
         <v>10.5</v>
       </c>
-      <c r="CM11" s="15" t="n">
+      <c r="CS11" s="15" t="n">
         <v>-14.0</v>
       </c>
-      <c r="CN11" s="15" t="n">
+      <c r="CT11" s="15" t="n">
         <v>-3.4</v>
       </c>
-      <c r="CO11" s="15" t="n">
+      <c r="CU11" s="15" t="n">
         <v>5.8</v>
       </c>
-      <c r="CP11" s="15" t="n">
+      <c r="CV11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="CQ11" s="15" t="n">
+      <c r="CW11" s="15" t="n">
         <v>24.6</v>
       </c>
-      <c r="CR11" s="15" t="n">
+      <c r="CX11" s="15" t="n">
         <v>-15.9</v>
       </c>
-      <c r="CS11" s="15" t="n">
+      <c r="CY11" s="15" t="n">
         <v>-11.8</v>
       </c>
-      <c r="CT11" s="15" t="n">
+      <c r="CZ11" s="15" t="n">
         <v>6.8</v>
       </c>
-      <c r="CU11" s="15" t="n">
+      <c r="DA11" s="15" t="n">
         <v>10.8</v>
       </c>
-      <c r="CV11" s="15" t="n">
+      <c r="DB11" s="15" t="n">
         <v>-3.8</v>
       </c>
-      <c r="CW11" s="15" t="n">
+      <c r="DC11" s="15" t="n">
         <v>5.2</v>
       </c>
-      <c r="CX11" s="15" t="n">
+      <c r="DD11" s="15" t="n">
         <v>13.0</v>
       </c>
-      <c r="CY11" s="15" t="n">
+      <c r="DE11" s="15" t="n">
         <v>-24.4</v>
       </c>
-      <c r="CZ11" s="15" t="n">
+      <c r="DF11" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="DA11" s="15" t="n">
+      <c r="DG11" s="15" t="n">
         <v>6.5</v>
       </c>
-      <c r="DB11" s="15" t="n">
+      <c r="DH11" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="DC11" s="15" t="n">
+      <c r="DI11" s="15" t="n">
         <v>24.1</v>
       </c>
-      <c r="DD11" s="15" t="n">
+      <c r="DJ11" s="15" t="n">
         <v>-24.6</v>
       </c>
-      <c r="DE11" s="15" t="n">
+      <c r="DK11" s="15" t="n">
         <v>-6.6</v>
       </c>
-      <c r="DF11" s="15" t="n">
+      <c r="DL11" s="15" t="n">
         <v>7.8</v>
       </c>
-      <c r="DG11" s="15" t="n">
+      <c r="DM11" s="15" t="n">
         <v>9.6</v>
       </c>
-      <c r="DH11" s="15" t="n">
+      <c r="DN11" s="15" t="n">
         <v>-13.0</v>
       </c>
-      <c r="DI11" s="15" t="n">
+      <c r="DO11" s="15" t="n">
         <v>21.9</v>
       </c>
-      <c r="DJ11" s="15" t="n">
+      <c r="DP11" s="15" t="n">
         <v>18.8</v>
       </c>
-      <c r="DK11" s="13" t="inlineStr">
-[...13 lines deleted...]
-      <c r="DO11" s="15" t="n">
+      <c r="DQ11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DR11" s="15" t="n">
         <v>9.1</v>
       </c>
-      <c r="DP11" s="15" t="n">
+      <c r="DS11" s="15" t="n">
+        <v>6.6</v>
+      </c>
+      <c r="DT11" s="15" t="n">
+        <v>6.5</v>
+      </c>
+      <c r="DU11" s="15" t="n">
+        <v>11.2</v>
+      </c>
+      <c r="DV11" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="DW11" s="15" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="DX11" s="15" t="n">
+        <v>9.1</v>
+      </c>
+      <c r="DY11" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="DQ11" s="15" t="n">
+      <c r="DZ11" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="DR11" s="15" t="n">
+      <c r="EA11" s="15" t="n">
         <v>6.0</v>
       </c>
-      <c r="DS11" s="15" t="n">
+      <c r="EB11" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="DT11" s="15" t="n">
+      <c r="EC11" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="DU11" s="15" t="n">
+      <c r="ED11" s="15" t="n">
         <v>5.5</v>
       </c>
-      <c r="DV11" s="15" t="n">
+      <c r="EE11" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="DW11" s="15" t="n">
+      <c r="EF11" s="15" t="n">
         <v>9.1</v>
       </c>
-      <c r="DX11" s="15" t="n">
+      <c r="EG11" s="15" t="n">
         <v>5.8</v>
       </c>
-      <c r="DY11" s="15" t="n">
+      <c r="EH11" s="15" t="n">
         <v>5.4</v>
       </c>
-      <c r="DZ11" s="15" t="n">
+      <c r="EI11" s="15" t="n">
         <v>7.9</v>
       </c>
-      <c r="EA11" s="15" t="n">
+      <c r="EJ11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="EB11" s="15" t="n">
+      <c r="EK11" s="15" t="n">
         <v>5.6</v>
       </c>
-      <c r="EC11" s="15" t="n">
+      <c r="EL11" s="15" t="n">
         <v>21.9</v>
       </c>
-      <c r="ED11" s="15" t="n">
+      <c r="EM11" s="15" t="n">
         <v>-5.8</v>
-      </c>
-[...25 lines deleted...]
-        <v>5.9</v>
       </c>
       <c r="EN11" s="15" t="n">
         <v>8.6</v>
       </c>
       <c r="EO11" s="15" t="n">
+        <v>11.6</v>
+      </c>
+      <c r="EP11" s="15" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="EQ11" s="15" t="n">
+        <v>8.5</v>
+      </c>
+      <c r="ER11" s="15" t="n">
+        <v>9.6</v>
+      </c>
+      <c r="ES11" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="ET11" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="EU11" s="15" t="n">
+        <v>11.1</v>
+      </c>
+      <c r="EV11" s="15" t="n">
+        <v>5.9</v>
+      </c>
+      <c r="EW11" s="15" t="n">
+        <v>8.6</v>
+      </c>
+      <c r="EX11" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="EP11" s="15" t="n">
+      <c r="EY11" s="15" t="n">
         <v>24.9</v>
       </c>
-      <c r="EQ11" s="15" t="n">
+      <c r="EZ11" s="15" t="n">
         <v>7.4</v>
       </c>
-      <c r="ER11" s="15" t="n">
+      <c r="FA11" s="15" t="n">
         <v>9.8</v>
       </c>
-      <c r="ES11" s="15" t="n">
+      <c r="FB11" s="15" t="n">
         <v>-3.4</v>
       </c>
-      <c r="ET11" s="15" t="n">
+      <c r="FC11" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="EU11" s="15" t="n">
+      <c r="FD11" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="EV11" s="15" t="n">
+      <c r="FE11" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="EW11" s="15" t="n">
+      <c r="FF11" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="EX11" s="15" t="n">
+      <c r="FG11" s="15" t="n">
         <v>-6.7</v>
       </c>
-      <c r="EY11" s="15" t="n">
+      <c r="FH11" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="EZ11" s="15" t="n">
+      <c r="FI11" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="FA11" s="15" t="n">
+      <c r="FJ11" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="FB11" s="15" t="n">
+      <c r="FK11" s="15" t="n">
         <v>-10.7</v>
       </c>
-      <c r="FC11" s="15" t="n">
+      <c r="FL11" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="FD11" s="15" t="n">
+      <c r="FM11" s="15" t="n">
         <v>8.8</v>
       </c>
-      <c r="FE11" s="13" t="inlineStr">
-[...43 lines deleted...]
-      </c>
       <c r="FN11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FO11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FP11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="FQ11" s="15" t="n">
+      <c r="FQ11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FR11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FS11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FT11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FU11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FV11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FW11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FX11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FY11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FZ11" s="15" t="n">
+        <v>5.9</v>
+      </c>
+      <c r="GA11" s="15" t="n">
+        <v>5.6</v>
+      </c>
+      <c r="GB11" s="15" t="n">
         <v>5.5</v>
       </c>
-      <c r="FR11" s="15" t="n">
+      <c r="GC11" s="15" t="n">
+        <v>5.4</v>
+      </c>
+      <c r="GD11" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="FS11" s="15" t="n">
+      <c r="GE11" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="FT11" s="15" t="n">
+      <c r="GF11" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="FU11" s="15" t="n">
+      <c r="GG11" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="FV11" s="15" t="n">
+      <c r="GH11" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="FW11" s="15" t="n">
+      <c r="GI11" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="FX11" s="15" t="n">
+      <c r="GJ11" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="FY11" s="15" t="n">
+      <c r="GK11" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="FZ11" s="15" t="n">
+      <c r="GL11" s="15" t="n">
         <v>5.8</v>
       </c>
-      <c r="GA11" s="15" t="n">
+      <c r="GM11" s="15" t="n">
         <v>5.8</v>
       </c>
-      <c r="GB11" s="15" t="n">
+      <c r="GN11" s="15" t="n">
         <v>6.5</v>
       </c>
-      <c r="GC11" s="15" t="n">
+      <c r="GO11" s="15" t="n">
         <v>6.2</v>
       </c>
-      <c r="GD11" s="15" t="n">
+      <c r="GP11" s="15" t="n">
         <v>6.3</v>
       </c>
-      <c r="GE11" s="15" t="n">
+      <c r="GQ11" s="15" t="n">
         <v>6.4</v>
       </c>
-      <c r="GF11" s="15" t="n">
+      <c r="GR11" s="15" t="n">
         <v>6.1</v>
       </c>
-      <c r="GG11" s="15" t="n">
+      <c r="GS11" s="15" t="n">
         <v>7.5</v>
       </c>
-      <c r="GH11" s="15" t="n">
+      <c r="GT11" s="15" t="n">
         <v>8.0</v>
       </c>
-      <c r="GI11" s="15" t="n">
+      <c r="GU11" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="GJ11" s="15" t="n">
+      <c r="GV11" s="15" t="n">
         <v>10.0</v>
       </c>
-      <c r="GK11" s="15" t="n">
+      <c r="GW11" s="15" t="n">
         <v>11.6</v>
       </c>
-      <c r="GL11" s="15" t="n">
+      <c r="GX11" s="15" t="n">
         <v>7.7</v>
       </c>
-      <c r="GM11" s="15" t="n">
+      <c r="GY11" s="15" t="n">
         <v>7.9</v>
       </c>
-      <c r="GN11" s="15" t="n">
+      <c r="GZ11" s="15" t="n">
         <v>7.9</v>
       </c>
-      <c r="GO11" s="15" t="n">
+      <c r="HA11" s="15" t="n">
         <v>7.7</v>
       </c>
-      <c r="GP11" s="15" t="n">
+      <c r="HB11" s="15" t="n">
         <v>8.7</v>
       </c>
-      <c r="GQ11" s="15" t="n">
+      <c r="HC11" s="15" t="n">
         <v>9.6</v>
       </c>
-      <c r="GR11" s="15" t="n">
+      <c r="HD11" s="15" t="n">
         <v>9.4</v>
       </c>
-      <c r="GS11" s="15" t="n">
+      <c r="HE11" s="15" t="n">
         <v>10.2</v>
       </c>
-      <c r="GT11" s="15" t="n">
+      <c r="HF11" s="15" t="n">
         <v>10.6</v>
       </c>
-      <c r="GU11" s="15" t="n">
+      <c r="HG11" s="15" t="n">
         <v>14.4</v>
       </c>
-      <c r="GV11" s="15" t="n">
+      <c r="HH11" s="15" t="n">
         <v>8.6</v>
       </c>
-      <c r="GW11" s="15" t="n">
+      <c r="HI11" s="15" t="n">
         <v>9.8</v>
       </c>
-      <c r="GX11" s="15" t="n">
+      <c r="HJ11" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="GY11" s="15" t="n">
+      <c r="HK11" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="GZ11" s="15" t="n">
+      <c r="HL11" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="HA11" s="15" t="n">
+      <c r="HM11" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="HB11" s="15" t="n">
+      <c r="HN11" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="HC11" s="15" t="n">
+      <c r="HO11" s="15" t="n">
         <v>-1.7</v>
       </c>
-      <c r="HD11" s="15" t="n">
+      <c r="HP11" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="HE11" s="15" t="n">
+      <c r="HQ11" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="HF11" s="15" t="n">
+      <c r="HR11" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="HG11" s="15" t="n">
+      <c r="HS11" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="HH11" s="15" t="n">
+      <c r="HT11" s="15" t="n">
         <v>5.9</v>
       </c>
-      <c r="HI11" s="15" t="n">
+      <c r="HU11" s="15" t="n">
         <v>8.8</v>
       </c>
-      <c r="HJ11" s="13" t="inlineStr">
-[...54 lines deleted...]
-      <c r="HU11" s="13" t="inlineStr">
+      <c r="HV11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HW11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HX11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HY11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HZ11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IA11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IB11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IC11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG11" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    451 Sale of motor vehicles</t>
         </is>
       </c>
       <c r="B12" s="14" t="n">
-        <v>129.817</v>
+        <v>141.68</v>
       </c>
       <c r="C12" s="14" t="n">
-        <v>94.641</v>
+        <v>136.315</v>
       </c>
       <c r="D12" s="14" t="n">
-        <v>138.206</v>
+        <v>141.664</v>
       </c>
       <c r="E12" s="14" t="n">
+        <v>129.584</v>
+      </c>
+      <c r="F12" s="14" t="n">
+        <v>94.509</v>
+      </c>
+      <c r="G12" s="14" t="n">
+        <v>138.223</v>
+      </c>
+      <c r="H12" s="14" t="n">
         <v>141.811</v>
       </c>
-      <c r="F12" s="14" t="n">
+      <c r="I12" s="14" t="n">
         <v>134.634</v>
       </c>
-      <c r="G12" s="14" t="n">
+      <c r="J12" s="14" t="n">
         <v>124.411</v>
       </c>
-      <c r="H12" s="14" t="n">
+      <c r="K12" s="14" t="n">
         <v>133.855</v>
       </c>
-      <c r="I12" s="14" t="n">
+      <c r="L12" s="14" t="n">
         <v>122.279</v>
       </c>
-      <c r="J12" s="14" t="n">
+      <c r="M12" s="14" t="n">
         <v>108.296</v>
       </c>
-      <c r="K12" s="14" t="n">
+      <c r="N12" s="14" t="n">
         <v>129.166</v>
       </c>
-      <c r="L12" s="14" t="n">
+      <c r="O12" s="14" t="n">
         <v>126.425</v>
       </c>
-      <c r="M12" s="14" t="n">
+      <c r="P12" s="14" t="n">
         <v>131.04</v>
       </c>
-      <c r="N12" s="14" t="n">
+      <c r="Q12" s="14" t="n">
         <v>113.898</v>
       </c>
-      <c r="O12" s="14" t="n">
+      <c r="R12" s="14" t="n">
         <v>90.905</v>
       </c>
-      <c r="P12" s="14" t="n">
+      <c r="S12" s="14" t="n">
         <v>123.223</v>
       </c>
-      <c r="Q12" s="14" t="n">
+      <c r="T12" s="14" t="n">
         <v>128.608</v>
       </c>
-      <c r="R12" s="14" t="n">
+      <c r="U12" s="14" t="n">
         <v>128.574</v>
       </c>
-      <c r="S12" s="14" t="n">
+      <c r="V12" s="14" t="n">
         <v>122.089</v>
       </c>
-      <c r="T12" s="14" t="n">
+      <c r="W12" s="14" t="n">
         <v>127.086</v>
       </c>
-      <c r="U12" s="14" t="n">
+      <c r="X12" s="14" t="n">
         <v>115.865</v>
       </c>
-      <c r="V12" s="14" t="n">
+      <c r="Y12" s="14" t="n">
         <v>104.385</v>
       </c>
-      <c r="W12" s="14" t="n">
+      <c r="Z12" s="14" t="n">
         <v>122.34</v>
       </c>
-      <c r="X12" s="14" t="n">
+      <c r="AA12" s="14" t="n">
         <v>126.391</v>
       </c>
-      <c r="Y12" s="14" t="n">
+      <c r="AB12" s="14" t="n">
         <v>119.534</v>
       </c>
-      <c r="Z12" s="14" t="n">
+      <c r="AC12" s="14" t="n">
         <v>105.986</v>
       </c>
-      <c r="AA12" s="14" t="n">
+      <c r="AD12" s="14" t="n">
         <v>83.813</v>
       </c>
-      <c r="AB12" s="14" t="n">
+      <c r="AE12" s="14" t="n">
         <v>113.874</v>
       </c>
-      <c r="AC12" s="14" t="n">
+      <c r="AF12" s="14" t="n">
         <v>125.146</v>
       </c>
-      <c r="AD12" s="14" t="n">
+      <c r="AG12" s="14" t="n">
         <v>118.593</v>
       </c>
-      <c r="AE12" s="14" t="n">
+      <c r="AH12" s="14" t="n">
         <v>97.149</v>
       </c>
-      <c r="AF12" s="14" t="n">
+      <c r="AI12" s="14" t="n">
         <v>131.087</v>
       </c>
-      <c r="AG12" s="14" t="n">
+      <c r="AJ12" s="14" t="n">
         <v>104.528</v>
       </c>
-      <c r="AH12" s="14" t="n">
+      <c r="AK12" s="14" t="n">
         <v>90.811</v>
       </c>
-      <c r="AI12" s="14" t="n">
+      <c r="AL12" s="14" t="n">
         <v>110.75</v>
       </c>
-      <c r="AJ12" s="14" t="n">
+      <c r="AM12" s="14" t="n">
         <v>110.078</v>
       </c>
-      <c r="AK12" s="14" t="n">
+      <c r="AN12" s="14" t="n">
         <v>104.103</v>
       </c>
-      <c r="AL12" s="14" t="n">
+      <c r="AO12" s="14" t="n">
         <v>101.657</v>
       </c>
-      <c r="AM12" s="14" t="n">
+      <c r="AP12" s="14" t="n">
         <v>80.344</v>
       </c>
-      <c r="AN12" s="14" t="n">
+      <c r="AQ12" s="14" t="n">
         <v>96.103</v>
       </c>
-      <c r="AO12" s="14" t="n">
+      <c r="AR12" s="14" t="n">
         <v>113.022</v>
       </c>
-      <c r="AP12" s="14" t="n">
+      <c r="AS12" s="14" t="n">
         <v>104.394</v>
       </c>
-      <c r="AQ12" s="14" t="n">
+      <c r="AT12" s="14" t="n">
         <v>94.603</v>
       </c>
-      <c r="AR12" s="14" t="n">
+      <c r="AU12" s="14" t="n">
         <v>96.496</v>
       </c>
-      <c r="AS12" s="14" t="n">
+      <c r="AV12" s="14" t="n">
         <v>92.595</v>
       </c>
-      <c r="AT12" s="14" t="n">
+      <c r="AW12" s="14" t="n">
         <v>79.066</v>
       </c>
-      <c r="AU12" s="14" t="n">
+      <c r="AX12" s="14" t="n">
         <v>115.344</v>
       </c>
-      <c r="AV12" s="14" t="n">
+      <c r="AY12" s="14" t="n">
         <v>106.567</v>
       </c>
-      <c r="AW12" s="14" t="n">
+      <c r="AZ12" s="14" t="n">
         <v>100.151</v>
       </c>
-      <c r="AX12" s="14" t="n">
+      <c r="BA12" s="14" t="n">
         <v>95.64</v>
       </c>
-      <c r="AY12" s="14" t="n">
+      <c r="BB12" s="14" t="n">
         <v>75.636</v>
       </c>
-      <c r="AZ12" s="14" t="n">
+      <c r="BC12" s="14" t="n">
         <v>105.178</v>
       </c>
-      <c r="BA12" s="14" t="n">
+      <c r="BD12" s="14" t="n">
         <v>116.553</v>
       </c>
-      <c r="BB12" s="14" t="n">
+      <c r="BE12" s="14" t="n">
         <v>108.881</v>
       </c>
-      <c r="BC12" s="14" t="n">
+      <c r="BF12" s="14" t="n">
         <v>98.201</v>
       </c>
-      <c r="BD12" s="14" t="n">
+      <c r="BG12" s="14" t="n">
         <v>115.08</v>
       </c>
-      <c r="BE12" s="14" t="n">
+      <c r="BH12" s="14" t="n">
         <v>91.195</v>
       </c>
-      <c r="BF12" s="14" t="n">
+      <c r="BI12" s="14" t="n">
         <v>71.573</v>
       </c>
-      <c r="BG12" s="15" t="n">
-[...2 lines deleted...]
-      <c r="BH12" s="15" t="n">
+      <c r="BJ12" s="15" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="BK12" s="15" t="n">
+        <v>-3.8</v>
+      </c>
+      <c r="BL12" s="15" t="n">
+        <v>9.3</v>
+      </c>
+      <c r="BM12" s="15" t="n">
+        <v>37.1</v>
+      </c>
+      <c r="BN12" s="15" t="n">
+        <v>-31.6</v>
+      </c>
+      <c r="BO12" s="15" t="n">
+        <v>-2.5</v>
+      </c>
+      <c r="BP12" s="15" t="n">
+        <v>5.3</v>
+      </c>
+      <c r="BQ12" s="15" t="n">
+        <v>8.2</v>
+      </c>
+      <c r="BR12" s="15" t="n">
+        <v>-7.1</v>
+      </c>
+      <c r="BS12" s="15" t="n">
+        <v>9.5</v>
+      </c>
+      <c r="BT12" s="15" t="n">
+        <v>12.9</v>
+      </c>
+      <c r="BU12" s="15" t="n">
+        <v>-16.2</v>
+      </c>
+      <c r="BV12" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="BW12" s="15" t="n">
+        <v>-3.5</v>
+      </c>
+      <c r="BX12" s="15" t="n">
+        <v>15.1</v>
+      </c>
+      <c r="BY12" s="15" t="n">
+        <v>25.3</v>
+      </c>
+      <c r="BZ12" s="15" t="n">
+        <v>-26.2</v>
+      </c>
+      <c r="CA12" s="15" t="n">
+        <v>-4.2</v>
+      </c>
+      <c r="CB12" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CC12" s="15" t="n">
+        <v>5.3</v>
+      </c>
+      <c r="CD12" s="15" t="n">
+        <v>-3.9</v>
+      </c>
+      <c r="CE12" s="15" t="n">
+        <v>9.7</v>
+      </c>
+      <c r="CF12" s="15" t="n">
+        <v>11.0</v>
+      </c>
+      <c r="CG12" s="15" t="n">
+        <v>-14.7</v>
+      </c>
+      <c r="CH12" s="15" t="n">
+        <v>-3.2</v>
+      </c>
+      <c r="CI12" s="15" t="n">
+        <v>5.7</v>
+      </c>
+      <c r="CJ12" s="15" t="n">
+        <v>12.8</v>
+      </c>
+      <c r="CK12" s="15" t="n">
+        <v>26.5</v>
+      </c>
+      <c r="CL12" s="15" t="n">
+        <v>-26.4</v>
+      </c>
+      <c r="CM12" s="15" t="n">
+        <v>-9.0</v>
+      </c>
+      <c r="CN12" s="15" t="n">
+        <v>5.5</v>
+      </c>
+      <c r="CO12" s="15" t="n">
+        <v>22.1</v>
+      </c>
+      <c r="CP12" s="15" t="n">
+        <v>-25.9</v>
+      </c>
+      <c r="CQ12" s="15" t="n">
+        <v>25.4</v>
+      </c>
+      <c r="CR12" s="15" t="n">
+        <v>15.1</v>
+      </c>
+      <c r="CS12" s="15" t="n">
+        <v>-18.0</v>
+      </c>
+      <c r="CT12" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="CU12" s="15" t="n">
+        <v>5.7</v>
+      </c>
+      <c r="CV12" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="CW12" s="15" t="n">
+        <v>26.5</v>
+      </c>
+      <c r="CX12" s="15" t="n">
+        <v>-16.4</v>
+      </c>
+      <c r="CY12" s="15" t="n">
+        <v>-15.0</v>
+      </c>
+      <c r="CZ12" s="15" t="n">
+        <v>8.3</v>
+      </c>
+      <c r="DA12" s="15" t="n">
+        <v>10.3</v>
+      </c>
+      <c r="DB12" s="15" t="n">
+        <v>-2.0</v>
+      </c>
+      <c r="DC12" s="15" t="n">
+        <v>4.2</v>
+      </c>
+      <c r="DD12" s="15" t="n">
+        <v>17.1</v>
+      </c>
+      <c r="DE12" s="15" t="n">
         <v>-31.5</v>
       </c>
-      <c r="BI12" s="15" t="n">
-[...2 lines deleted...]
-      <c r="BJ12" s="15" t="n">
+      <c r="DF12" s="15" t="n">
+        <v>8.2</v>
+      </c>
+      <c r="DG12" s="15" t="n">
+        <v>6.4</v>
+      </c>
+      <c r="DH12" s="15" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="DI12" s="15" t="n">
+        <v>26.4</v>
+      </c>
+      <c r="DJ12" s="15" t="n">
+        <v>-28.1</v>
+      </c>
+      <c r="DK12" s="15" t="n">
+        <v>-9.8</v>
+      </c>
+      <c r="DL12" s="15" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="DM12" s="15" t="n">
+        <v>10.9</v>
+      </c>
+      <c r="DN12" s="15" t="n">
+        <v>-14.7</v>
+      </c>
+      <c r="DO12" s="15" t="n">
+        <v>26.2</v>
+      </c>
+      <c r="DP12" s="15" t="n">
+        <v>27.4</v>
+      </c>
+      <c r="DQ12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DR12" s="15" t="n">
+        <v>9.7</v>
+      </c>
+      <c r="DS12" s="15" t="n">
+        <v>7.8</v>
+      </c>
+      <c r="DT12" s="15" t="n">
+        <v>8.1</v>
+      </c>
+      <c r="DU12" s="15" t="n">
+        <v>13.8</v>
+      </c>
+      <c r="DV12" s="15" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="DW12" s="15" t="n">
+        <v>12.2</v>
+      </c>
+      <c r="DX12" s="15" t="n">
+        <v>10.3</v>
+      </c>
+      <c r="DY12" s="15" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="DZ12" s="15" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="EA12" s="15" t="n">
         <v>5.3</v>
       </c>
-      <c r="BK12" s="15" t="n">
+      <c r="EB12" s="15" t="n">
+        <v>5.5</v>
+      </c>
+      <c r="EC12" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="ED12" s="15" t="n">
+        <v>5.6</v>
+      </c>
+      <c r="EE12" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EF12" s="15" t="n">
+        <v>9.6</v>
+      </c>
+      <c r="EG12" s="15" t="n">
+        <v>7.5</v>
+      </c>
+      <c r="EH12" s="15" t="n">
+        <v>8.5</v>
+      </c>
+      <c r="EI12" s="15" t="n">
         <v>8.2</v>
       </c>
-      <c r="BL12" s="15" t="n">
-[...5 lines deleted...]
-      <c r="BN12" s="15" t="n">
+      <c r="EJ12" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="EK12" s="15" t="n">
+        <v>8.4</v>
+      </c>
+      <c r="EL12" s="15" t="n">
+        <v>25.7</v>
+      </c>
+      <c r="EM12" s="15" t="n">
+        <v>-3.1</v>
+      </c>
+      <c r="EN12" s="15" t="n">
+        <v>10.8</v>
+      </c>
+      <c r="EO12" s="15" t="n">
+        <v>14.9</v>
+      </c>
+      <c r="EP12" s="15" t="n">
+        <v>10.5</v>
+      </c>
+      <c r="EQ12" s="15" t="n">
+        <v>14.8</v>
+      </c>
+      <c r="ER12" s="15" t="n">
+        <v>14.8</v>
+      </c>
+      <c r="ES12" s="15" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="ET12" s="15" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="EU12" s="15" t="n">
+        <v>18.5</v>
+      </c>
+      <c r="EV12" s="15" t="n">
+        <v>10.7</v>
+      </c>
+      <c r="EW12" s="15" t="n">
+        <v>13.6</v>
+      </c>
+      <c r="EX12" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="EY12" s="15" t="n">
+        <v>35.8</v>
+      </c>
+      <c r="EZ12" s="15" t="n">
         <v>12.9</v>
       </c>
-      <c r="BO12" s="15" t="n">
-[...23 lines deleted...]
-      <c r="BW12" s="15" t="n">
+      <c r="FA12" s="15" t="n">
+        <v>14.9</v>
+      </c>
+      <c r="FB12" s="15" t="n">
+        <v>-4.0</v>
+      </c>
+      <c r="FC12" s="15" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="FD12" s="15" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="FE12" s="15" t="n">
+        <v>6.3</v>
+      </c>
+      <c r="FF12" s="15" t="n">
+        <v>6.2</v>
+      </c>
+      <c r="FG12" s="15" t="n">
+        <v>-8.6</v>
+      </c>
+      <c r="FH12" s="15" t="n">
+        <v>-3.0</v>
+      </c>
+      <c r="FI12" s="15" t="n">
+        <v>-4.1</v>
+      </c>
+      <c r="FJ12" s="15" t="n">
+        <v>-3.7</v>
+      </c>
+      <c r="FK12" s="15" t="n">
+        <v>-16.1</v>
+      </c>
+      <c r="FL12" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="FM12" s="15" t="n">
+        <v>10.5</v>
+      </c>
+      <c r="FN12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FO12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FP12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FQ12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FR12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FS12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FT12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FU12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FV12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FW12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FX12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FY12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FZ12" s="15" t="n">
+        <v>7.4</v>
+      </c>
+      <c r="GA12" s="15" t="n">
+        <v>7.1</v>
+      </c>
+      <c r="GB12" s="15" t="n">
+        <v>7.1</v>
+      </c>
+      <c r="GC12" s="15" t="n">
+        <v>6.9</v>
+      </c>
+      <c r="GD12" s="15" t="n">
+        <v>6.1</v>
+      </c>
+      <c r="GE12" s="15" t="n">
+        <v>6.3</v>
+      </c>
+      <c r="GF12" s="15" t="n">
         <v>5.3</v>
       </c>
-      <c r="BX12" s="15" t="n">
-[...17 lines deleted...]
-      <c r="CD12" s="15" t="n">
+      <c r="GG12" s="15" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="GH12" s="15" t="n">
+        <v>4.1</v>
+      </c>
+      <c r="GI12" s="15" t="n">
+        <v>4.9</v>
+      </c>
+      <c r="GJ12" s="15" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="GK12" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="GL12" s="15" t="n">
+        <v>7.6</v>
+      </c>
+      <c r="GM12" s="15" t="n">
+        <v>7.8</v>
+      </c>
+      <c r="GN12" s="15" t="n">
+        <v>8.7</v>
+      </c>
+      <c r="GO12" s="15" t="n">
+        <v>8.6</v>
+      </c>
+      <c r="GP12" s="15" t="n">
+        <v>8.8</v>
+      </c>
+      <c r="GQ12" s="15" t="n">
+        <v>8.8</v>
+      </c>
+      <c r="GR12" s="15" t="n">
+        <v>8.9</v>
+      </c>
+      <c r="GS12" s="15" t="n">
+        <v>10.3</v>
+      </c>
+      <c r="GT12" s="15" t="n">
+        <v>10.8</v>
+      </c>
+      <c r="GU12" s="15" t="n">
+        <v>6.4</v>
+      </c>
+      <c r="GV12" s="15" t="n">
         <v>12.8</v>
-      </c>
-[...390 lines deleted...]
-        <v>13.8</v>
       </c>
       <c r="GW12" s="15" t="n">
         <v>14.9</v>
       </c>
       <c r="GX12" s="15" t="n">
+        <v>13.2</v>
+      </c>
+      <c r="GY12" s="15" t="n">
+        <v>13.5</v>
+      </c>
+      <c r="GZ12" s="15" t="n">
+        <v>13.3</v>
+      </c>
+      <c r="HA12" s="15" t="n">
+        <v>13.1</v>
+      </c>
+      <c r="HB12" s="15" t="n">
+        <v>14.3</v>
+      </c>
+      <c r="HC12" s="15" t="n">
+        <v>15.5</v>
+      </c>
+      <c r="HD12" s="15" t="n">
+        <v>15.0</v>
+      </c>
+      <c r="HE12" s="15" t="n">
+        <v>16.1</v>
+      </c>
+      <c r="HF12" s="15" t="n">
+        <v>16.8</v>
+      </c>
+      <c r="HG12" s="15" t="n">
+        <v>21.7</v>
+      </c>
+      <c r="HH12" s="15" t="n">
+        <v>13.8</v>
+      </c>
+      <c r="HI12" s="15" t="n">
+        <v>14.9</v>
+      </c>
+      <c r="HJ12" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="GY12" s="15" t="n">
+      <c r="HK12" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="GZ12" s="15" t="n">
+      <c r="HL12" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="HA12" s="15" t="n">
+      <c r="HM12" s="15" t="n">
         <v>-2.2</v>
       </c>
-      <c r="HB12" s="15" t="n">
+      <c r="HN12" s="15" t="n">
         <v>-3.3</v>
       </c>
-      <c r="HC12" s="15" t="n">
+      <c r="HO12" s="15" t="n">
         <v>-4.3</v>
       </c>
-      <c r="HD12" s="15" t="n">
+      <c r="HP12" s="15" t="n">
         <v>-3.5</v>
       </c>
-      <c r="HE12" s="15" t="n">
+      <c r="HQ12" s="15" t="n">
         <v>-3.7</v>
       </c>
-      <c r="HF12" s="15" t="n">
+      <c r="HR12" s="15" t="n">
         <v>-3.5</v>
       </c>
-      <c r="HG12" s="15" t="n">
+      <c r="HS12" s="15" t="n">
         <v>-3.5</v>
       </c>
-      <c r="HH12" s="15" t="n">
+      <c r="HT12" s="15" t="n">
         <v>5.5</v>
       </c>
-      <c r="HI12" s="15" t="n">
+      <c r="HU12" s="15" t="n">
         <v>10.5</v>
       </c>
-      <c r="HJ12" s="13" t="inlineStr">
-[...54 lines deleted...]
-      <c r="HU12" s="13" t="inlineStr">
+      <c r="HV12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HW12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HX12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HY12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HZ12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IA12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IB12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IC12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    452 Maintenance and repair of motor vehicles</t>
         </is>
       </c>
       <c r="B13" s="14" t="n">
-        <v>107.033</v>
+        <v>108.879</v>
       </c>
       <c r="C13" s="14" t="n">
-        <v>88.335</v>
+        <v>109.806</v>
       </c>
       <c r="D13" s="14" t="n">
-        <v>119.734</v>
+        <v>116.86</v>
       </c>
       <c r="E13" s="14" t="n">
+        <v>107.028</v>
+      </c>
+      <c r="F13" s="14" t="n">
+        <v>88.321</v>
+      </c>
+      <c r="G13" s="14" t="n">
+        <v>119.88</v>
+      </c>
+      <c r="H13" s="14" t="n">
         <v>107.714</v>
       </c>
-      <c r="F13" s="14" t="n">
+      <c r="I13" s="14" t="n">
         <v>104.698</v>
       </c>
-      <c r="G13" s="14" t="n">
+      <c r="J13" s="14" t="n">
         <v>99.556</v>
       </c>
-      <c r="H13" s="14" t="n">
+      <c r="K13" s="14" t="n">
         <v>102.518</v>
       </c>
-      <c r="I13" s="14" t="n">
+      <c r="L13" s="14" t="n">
         <v>99.232</v>
       </c>
-      <c r="J13" s="14" t="n">
+      <c r="M13" s="14" t="n">
         <v>101.614</v>
       </c>
-      <c r="K13" s="14" t="n">
+      <c r="N13" s="14" t="n">
         <v>103.991</v>
       </c>
-      <c r="L13" s="14" t="n">
+      <c r="O13" s="14" t="n">
         <v>108.787</v>
       </c>
-      <c r="M13" s="14" t="n">
+      <c r="P13" s="14" t="n">
         <v>116.133</v>
       </c>
-      <c r="N13" s="14" t="n">
+      <c r="Q13" s="14" t="n">
         <v>104.959</v>
       </c>
-      <c r="O13" s="14" t="n">
+      <c r="R13" s="14" t="n">
         <v>90.045</v>
       </c>
-      <c r="P13" s="14" t="n">
+      <c r="S13" s="14" t="n">
         <v>115.452</v>
       </c>
-      <c r="Q13" s="14" t="n">
+      <c r="T13" s="14" t="n">
         <v>104.617</v>
       </c>
-      <c r="R13" s="14" t="n">
+      <c r="U13" s="14" t="n">
         <v>107.814</v>
       </c>
-      <c r="S13" s="14" t="n">
+      <c r="V13" s="14" t="n">
         <v>106.324</v>
       </c>
-      <c r="T13" s="14" t="n">
+      <c r="W13" s="14" t="n">
         <v>99.816</v>
       </c>
-      <c r="U13" s="14" t="n">
+      <c r="X13" s="14" t="n">
         <v>102.433</v>
       </c>
-      <c r="V13" s="14" t="n">
+      <c r="Y13" s="14" t="n">
         <v>101.168</v>
       </c>
-      <c r="W13" s="14" t="n">
+      <c r="Z13" s="14" t="n">
         <v>98.651</v>
       </c>
-      <c r="X13" s="14" t="n">
+      <c r="AA13" s="14" t="n">
         <v>105.686</v>
       </c>
-      <c r="Y13" s="14" t="n">
+      <c r="AB13" s="14" t="n">
         <v>105.347</v>
       </c>
-      <c r="Z13" s="14" t="n">
+      <c r="AC13" s="14" t="n">
         <v>101.595</v>
       </c>
-      <c r="AA13" s="14" t="n">
+      <c r="AD13" s="14" t="n">
         <v>89.803</v>
       </c>
-      <c r="AB13" s="14" t="n">
+      <c r="AE13" s="14" t="n">
         <v>109.117</v>
       </c>
-      <c r="AC13" s="14" t="n">
+      <c r="AF13" s="14" t="n">
         <v>108.63</v>
       </c>
-      <c r="AD13" s="14" t="n">
+      <c r="AG13" s="14" t="n">
         <v>107.672</v>
       </c>
-      <c r="AE13" s="14" t="n">
+      <c r="AH13" s="14" t="n">
         <v>96.76</v>
       </c>
-      <c r="AF13" s="14" t="n">
+      <c r="AI13" s="14" t="n">
         <v>110.259</v>
       </c>
-      <c r="AG13" s="14" t="n">
+      <c r="AJ13" s="14" t="n">
         <v>97.46</v>
       </c>
-      <c r="AH13" s="14" t="n">
+      <c r="AK13" s="14" t="n">
         <v>97.617</v>
       </c>
-      <c r="AI13" s="14" t="n">
+      <c r="AL13" s="14" t="n">
         <v>106.308</v>
       </c>
-      <c r="AJ13" s="14" t="n">
+      <c r="AM13" s="14" t="n">
         <v>111.45</v>
       </c>
-      <c r="AK13" s="14" t="n">
+      <c r="AN13" s="14" t="n">
         <v>109.977</v>
       </c>
-      <c r="AL13" s="14" t="n">
+      <c r="AO13" s="14" t="n">
         <v>113.382</v>
       </c>
-      <c r="AM13" s="14" t="n">
+      <c r="AP13" s="14" t="n">
         <v>94.085</v>
       </c>
-      <c r="AN13" s="14" t="n">
+      <c r="AQ13" s="14" t="n">
         <v>113.262</v>
       </c>
-      <c r="AO13" s="14" t="n">
+      <c r="AR13" s="14" t="n">
         <v>113.019</v>
       </c>
-      <c r="AP13" s="14" t="n">
+      <c r="AS13" s="14" t="n">
         <v>110.116</v>
       </c>
-      <c r="AQ13" s="14" t="n">
+      <c r="AT13" s="14" t="n">
         <v>98.638</v>
       </c>
-      <c r="AR13" s="14" t="n">
+      <c r="AU13" s="14" t="n">
         <v>107.41</v>
       </c>
-      <c r="AS13" s="14" t="n">
+      <c r="AV13" s="14" t="n">
         <v>102.457</v>
       </c>
-      <c r="AT13" s="14" t="n">
+      <c r="AW13" s="14" t="n">
         <v>91.873</v>
       </c>
-      <c r="AU13" s="14" t="n">
+      <c r="AX13" s="14" t="n">
         <v>106.035</v>
       </c>
-      <c r="AV13" s="14" t="n">
+      <c r="AY13" s="14" t="n">
         <v>107.913</v>
       </c>
-      <c r="AW13" s="14" t="n">
+      <c r="AZ13" s="14" t="n">
         <v>103.199</v>
       </c>
-      <c r="AX13" s="14" t="n">
+      <c r="BA13" s="14" t="n">
         <v>103.571</v>
       </c>
-      <c r="AY13" s="14" t="n">
+      <c r="BB13" s="14" t="n">
         <v>88.836</v>
       </c>
-      <c r="AZ13" s="14" t="n">
+      <c r="BC13" s="14" t="n">
         <v>112.275</v>
       </c>
-      <c r="BA13" s="14" t="n">
+      <c r="BD13" s="14" t="n">
         <v>108.163</v>
       </c>
-      <c r="BB13" s="14" t="n">
+      <c r="BE13" s="14" t="n">
         <v>100.094</v>
       </c>
-      <c r="BC13" s="14" t="n">
+      <c r="BF13" s="14" t="n">
         <v>92.781</v>
       </c>
-      <c r="BD13" s="14" t="n">
+      <c r="BG13" s="14" t="n">
         <v>102.757</v>
       </c>
-      <c r="BE13" s="14" t="n">
+      <c r="BH13" s="14" t="n">
         <v>90.939</v>
       </c>
-      <c r="BF13" s="14" t="n">
+      <c r="BI13" s="14" t="n">
         <v>83.437</v>
       </c>
-      <c r="BG13" s="15" t="n">
+      <c r="BJ13" s="15" t="n">
+        <v>-0.8</v>
+      </c>
+      <c r="BK13" s="15" t="n">
+        <v>-6.0</v>
+      </c>
+      <c r="BL13" s="15" t="n">
+        <v>9.2</v>
+      </c>
+      <c r="BM13" s="15" t="n">
         <v>21.2</v>
       </c>
-      <c r="BH13" s="15" t="n">
-[...5 lines deleted...]
-      <c r="BJ13" s="15" t="n">
+      <c r="BN13" s="15" t="n">
+        <v>-26.3</v>
+      </c>
+      <c r="BO13" s="15" t="n">
+        <v>11.3</v>
+      </c>
+      <c r="BP13" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="BK13" s="15" t="n">
+      <c r="BQ13" s="15" t="n">
         <v>5.2</v>
       </c>
-      <c r="BL13" s="15" t="n">
+      <c r="BR13" s="15" t="n">
         <v>-2.9</v>
       </c>
-      <c r="BM13" s="15" t="n">
+      <c r="BS13" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="BN13" s="15" t="n">
+      <c r="BT13" s="15" t="n">
         <v>-2.3</v>
       </c>
-      <c r="BO13" s="15" t="n">
+      <c r="BU13" s="15" t="n">
         <v>-2.3</v>
       </c>
-      <c r="BP13" s="15" t="n">
+      <c r="BV13" s="15" t="n">
         <v>-4.4</v>
       </c>
-      <c r="BQ13" s="15" t="n">
+      <c r="BW13" s="15" t="n">
         <v>-6.3</v>
       </c>
-      <c r="BR13" s="15" t="n">
+      <c r="BX13" s="15" t="n">
         <v>10.6</v>
       </c>
-      <c r="BS13" s="15" t="n">
+      <c r="BY13" s="15" t="n">
         <v>16.6</v>
       </c>
-      <c r="BT13" s="15" t="n">
+      <c r="BZ13" s="15" t="n">
         <v>-22.0</v>
       </c>
-      <c r="BU13" s="15" t="n">
+      <c r="CA13" s="15" t="n">
         <v>10.4</v>
       </c>
-      <c r="BV13" s="15" t="n">
+      <c r="CB13" s="15" t="n">
         <v>-3.0</v>
       </c>
-      <c r="BW13" s="15" t="n">
+      <c r="CC13" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="BX13" s="15" t="n">
+      <c r="CD13" s="15" t="n">
         <v>6.5</v>
       </c>
-      <c r="BY13" s="15" t="n">
+      <c r="CE13" s="15" t="n">
         <v>-2.6</v>
       </c>
-      <c r="BZ13" s="15" t="n">
+      <c r="CF13" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="CA13" s="15" t="n">
+      <c r="CG13" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="CB13" s="15" t="n">
+      <c r="CH13" s="15" t="n">
         <v>-6.7</v>
       </c>
-      <c r="CC13" s="15" t="n">
+      <c r="CI13" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="CD13" s="15" t="n">
+      <c r="CJ13" s="15" t="n">
         <v>3.7</v>
-      </c>
-[...16 lines deleted...]
-        <v>-12.2</v>
       </c>
       <c r="CK13" s="15" t="n">
         <v>13.1</v>
       </c>
       <c r="CL13" s="15" t="n">
+        <v>-17.7</v>
+      </c>
+      <c r="CM13" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="CN13" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="CO13" s="15" t="n">
+        <v>11.3</v>
+      </c>
+      <c r="CP13" s="15" t="n">
+        <v>-12.2</v>
+      </c>
+      <c r="CQ13" s="15" t="n">
+        <v>13.1</v>
+      </c>
+      <c r="CR13" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="CM13" s="15" t="n">
+      <c r="CS13" s="15" t="n">
         <v>-8.2</v>
       </c>
-      <c r="CN13" s="15" t="n">
+      <c r="CT13" s="15" t="n">
         <v>-4.6</v>
       </c>
-      <c r="CO13" s="15" t="n">
+      <c r="CU13" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="CP13" s="15" t="n">
+      <c r="CV13" s="15" t="n">
         <v>-3.0</v>
       </c>
-      <c r="CQ13" s="15" t="n">
+      <c r="CW13" s="15" t="n">
         <v>20.5</v>
       </c>
-      <c r="CR13" s="15" t="n">
+      <c r="CX13" s="15" t="n">
         <v>-16.9</v>
       </c>
-      <c r="CS13" s="15" t="n">
+      <c r="CY13" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="CT13" s="15" t="n">
+      <c r="CZ13" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="CU13" s="15" t="n">
+      <c r="DA13" s="15" t="n">
         <v>11.6</v>
       </c>
-      <c r="CV13" s="15" t="n">
+      <c r="DB13" s="15" t="n">
         <v>-8.2</v>
       </c>
-      <c r="CW13" s="15" t="n">
+      <c r="DC13" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="CX13" s="15" t="n">
+      <c r="DD13" s="15" t="n">
         <v>11.5</v>
       </c>
-      <c r="CY13" s="15" t="n">
+      <c r="DE13" s="15" t="n">
         <v>-13.4</v>
       </c>
-      <c r="CZ13" s="15" t="n">
+      <c r="DF13" s="15" t="n">
         <v>-1.7</v>
       </c>
-      <c r="DA13" s="15" t="n">
+      <c r="DG13" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="DB13" s="15" t="n">
+      <c r="DH13" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="DC13" s="15" t="n">
+      <c r="DI13" s="15" t="n">
         <v>16.6</v>
       </c>
-      <c r="DD13" s="15" t="n">
+      <c r="DJ13" s="15" t="n">
         <v>-20.9</v>
       </c>
-      <c r="DE13" s="15" t="n">
+      <c r="DK13" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="DF13" s="15" t="n">
+      <c r="DL13" s="15" t="n">
         <v>8.1</v>
       </c>
-      <c r="DG13" s="15" t="n">
+      <c r="DM13" s="15" t="n">
         <v>7.9</v>
       </c>
-      <c r="DH13" s="15" t="n">
+      <c r="DN13" s="15" t="n">
         <v>-9.7</v>
       </c>
-      <c r="DI13" s="15" t="n">
+      <c r="DO13" s="15" t="n">
         <v>13.0</v>
       </c>
-      <c r="DJ13" s="15" t="n">
+      <c r="DP13" s="15" t="n">
         <v>9.0</v>
       </c>
-      <c r="DK13" s="13" t="inlineStr">
-[...4 lines deleted...]
-      <c r="DL13" s="15" t="n">
+      <c r="DQ13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DR13" s="15" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="DS13" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="DT13" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="DU13" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="DM13" s="15" t="n">
+      <c r="DV13" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="DN13" s="15" t="n">
-[...2 lines deleted...]
-      <c r="DO13" s="15" t="n">
+      <c r="DW13" s="15" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="DX13" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="DP13" s="15" t="n">
+      <c r="DY13" s="15" t="n">
         <v>-2.9</v>
       </c>
-      <c r="DQ13" s="15" t="n">
+      <c r="DZ13" s="15" t="n">
         <v>-6.4</v>
       </c>
-      <c r="DR13" s="15" t="n">
+      <c r="EA13" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="DS13" s="15" t="n">
+      <c r="EB13" s="15" t="n">
         <v>-3.1</v>
       </c>
-      <c r="DT13" s="15" t="n">
+      <c r="EC13" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="DU13" s="15" t="n">
+      <c r="ED13" s="15" t="n">
         <v>5.4</v>
       </c>
-      <c r="DV13" s="15" t="n">
+      <c r="EE13" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="DW13" s="15" t="n">
+      <c r="EF13" s="15" t="n">
         <v>10.2</v>
       </c>
-      <c r="DX13" s="15" t="n">
+      <c r="EG13" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="DY13" s="15" t="n">
+      <c r="EH13" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="DZ13" s="15" t="n">
+      <c r="EI13" s="15" t="n">
         <v>5.8</v>
       </c>
-      <c r="EA13" s="15" t="n">
+      <c r="EJ13" s="15" t="n">
         <v>-3.7</v>
       </c>
-      <c r="EB13" s="15" t="n">
+      <c r="EK13" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="EC13" s="15" t="n">
+      <c r="EL13" s="15" t="n">
         <v>9.9</v>
       </c>
-      <c r="ED13" s="15" t="n">
+      <c r="EM13" s="15" t="n">
         <v>-9.5</v>
       </c>
-      <c r="EE13" s="15" t="n">
+      <c r="EN13" s="15" t="n">
         <v>5.1</v>
       </c>
-      <c r="EF13" s="15" t="n">
+      <c r="EO13" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="EG13" s="15" t="n">
+      <c r="EP13" s="15" t="n">
         <v>-7.2</v>
       </c>
-      <c r="EH13" s="15" t="n">
+      <c r="EQ13" s="15" t="n">
         <v>-5.2</v>
       </c>
-      <c r="EI13" s="15" t="n">
+      <c r="ER13" s="15" t="n">
         <v>-4.2</v>
       </c>
-      <c r="EJ13" s="15" t="n">
+      <c r="ES13" s="15" t="n">
         <v>-10.4</v>
       </c>
-      <c r="EK13" s="15" t="n">
+      <c r="ET13" s="15" t="n">
         <v>-4.6</v>
       </c>
-      <c r="EL13" s="15" t="n">
+      <c r="EU13" s="15" t="n">
         <v>-3.7</v>
       </c>
-      <c r="EM13" s="15" t="n">
+      <c r="EV13" s="15" t="n">
         <v>-3.9</v>
       </c>
-      <c r="EN13" s="15" t="n">
+      <c r="EW13" s="15" t="n">
         <v>-2.2</v>
       </c>
-      <c r="EO13" s="15" t="n">
+      <c r="EX13" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="EP13" s="15" t="n">
+      <c r="EY13" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="EQ13" s="15" t="n">
+      <c r="EZ13" s="15" t="n">
         <v>-4.9</v>
-      </c>
-[...25 lines deleted...]
-        <v>10.0</v>
       </c>
       <c r="FA13" s="15" t="n">
         <v>6.3</v>
       </c>
       <c r="FB13" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="FC13" s="15" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="FD13" s="15" t="n">
+        <v>6.6</v>
+      </c>
+      <c r="FE13" s="15" t="n">
+        <v>9.5</v>
+      </c>
+      <c r="FF13" s="15" t="n">
+        <v>5.9</v>
+      </c>
+      <c r="FG13" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="FH13" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="FC13" s="15" t="n">
+      <c r="FI13" s="15" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="FJ13" s="15" t="n">
+        <v>6.3</v>
+      </c>
+      <c r="FK13" s="15" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="FL13" s="15" t="n">
         <v>12.7</v>
       </c>
-      <c r="FD13" s="15" t="n">
+      <c r="FM13" s="15" t="n">
         <v>10.1</v>
       </c>
-      <c r="FE13" s="13" t="inlineStr">
-[...43 lines deleted...]
-      </c>
       <c r="FN13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FO13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FP13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="FQ13" s="15" t="n">
+      <c r="FQ13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FR13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FS13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FT13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FU13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FV13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FW13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FX13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FY13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FZ13" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="GA13" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GB13" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="GC13" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="FR13" s="15" t="n">
+      <c r="GD13" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="FS13" s="15" t="n">
+      <c r="GE13" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="FT13" s="15" t="n">
+      <c r="GF13" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="FU13" s="15" t="n">
+      <c r="GG13" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="FV13" s="15" t="n">
+      <c r="GH13" s="15" t="n">
         <v>-1.7</v>
       </c>
-      <c r="FW13" s="15" t="n">
+      <c r="GI13" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="FX13" s="15" t="n">
+      <c r="GJ13" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="FY13" s="15" t="n">
+      <c r="GK13" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="FZ13" s="15" t="n">
+      <c r="GL13" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="GA13" s="15" t="n">
+      <c r="GM13" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="GB13" s="15" t="n">
+      <c r="GN13" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="GC13" s="15" t="n">
+      <c r="GO13" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="GD13" s="15" t="n">
+      <c r="GP13" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="GE13" s="15" t="n">
+      <c r="GQ13" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="GF13" s="15" t="n">
+      <c r="GR13" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="GG13" s="15" t="n">
+      <c r="GS13" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="GH13" s="15" t="n">
+      <c r="GT13" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="GI13" s="15" t="n">
+      <c r="GU13" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="GJ13" s="15" t="n">
+      <c r="GV13" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="GK13" s="15" t="n">
+      <c r="GW13" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="GL13" s="15" t="n">
+      <c r="GX13" s="15" t="n">
         <v>-3.4</v>
       </c>
-      <c r="GM13" s="15" t="n">
+      <c r="GY13" s="15" t="n">
         <v>-3.1</v>
       </c>
-      <c r="GN13" s="15" t="n">
+      <c r="GZ13" s="15" t="n">
         <v>-2.8</v>
       </c>
-      <c r="GO13" s="15" t="n">
+      <c r="HA13" s="15" t="n">
         <v>-2.7</v>
       </c>
-      <c r="GP13" s="15" t="n">
+      <c r="HB13" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="GQ13" s="15" t="n">
+      <c r="HC13" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="GR13" s="15" t="n">
+      <c r="HD13" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="GS13" s="15" t="n">
+      <c r="HE13" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="GT13" s="15" t="n">
+      <c r="HF13" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="GU13" s="15" t="n">
+      <c r="HG13" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="GV13" s="15" t="n">
+      <c r="HH13" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="GW13" s="15" t="n">
+      <c r="HI13" s="15" t="n">
         <v>6.3</v>
       </c>
-      <c r="GX13" s="15" t="n">
+      <c r="HJ13" s="15" t="n">
         <v>6.0</v>
       </c>
-      <c r="GY13" s="15" t="n">
+      <c r="HK13" s="15" t="n">
         <v>6.6</v>
       </c>
-      <c r="GZ13" s="15" t="n">
+      <c r="HL13" s="15" t="n">
         <v>6.9</v>
       </c>
-      <c r="HA13" s="15" t="n">
+      <c r="HM13" s="15" t="n">
         <v>7.0</v>
       </c>
-      <c r="HB13" s="15" t="n">
+      <c r="HN13" s="15" t="n">
         <v>6.6</v>
       </c>
-      <c r="HC13" s="15" t="n">
+      <c r="HO13" s="15" t="n">
         <v>6.7</v>
       </c>
-      <c r="HD13" s="15" t="n">
+      <c r="HP13" s="15" t="n">
         <v>7.8</v>
       </c>
-      <c r="HE13" s="15" t="n">
+      <c r="HQ13" s="15" t="n">
         <v>8.6</v>
       </c>
-      <c r="HF13" s="15" t="n">
+      <c r="HR13" s="15" t="n">
         <v>8.2</v>
       </c>
-      <c r="HG13" s="15" t="n">
+      <c r="HS13" s="15" t="n">
         <v>8.9</v>
       </c>
-      <c r="HH13" s="15" t="n">
+      <c r="HT13" s="15" t="n">
         <v>11.4</v>
       </c>
-      <c r="HI13" s="15" t="n">
+      <c r="HU13" s="15" t="n">
         <v>10.1</v>
       </c>
-      <c r="HJ13" s="13" t="inlineStr">
-[...54 lines deleted...]
-      <c r="HU13" s="13" t="inlineStr">
+      <c r="HV13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HW13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HX13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HY13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HZ13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IA13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IB13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IC13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG13" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    453 Sale of motor vehicle parts and accessories</t>
         </is>
       </c>
       <c r="B14" s="14" t="n">
-        <v>109.8</v>
+        <v>97.793</v>
       </c>
       <c r="C14" s="14" t="n">
+        <v>106.935</v>
+      </c>
+      <c r="D14" s="14" t="n">
+        <v>111.984</v>
+      </c>
+      <c r="E14" s="14" t="n">
+        <v>109.793</v>
+      </c>
+      <c r="F14" s="14" t="n">
         <v>81.1</v>
       </c>
-      <c r="D14" s="14" t="n">
+      <c r="G14" s="14" t="n">
         <v>114.14</v>
       </c>
-      <c r="E14" s="14" t="n">
+      <c r="H14" s="14" t="n">
         <v>106.259</v>
       </c>
-      <c r="F14" s="14" t="n">
+      <c r="I14" s="14" t="n">
         <v>101.933</v>
       </c>
-      <c r="G14" s="14" t="n">
+      <c r="J14" s="14" t="n">
         <v>95.349</v>
       </c>
-      <c r="H14" s="14" t="n">
+      <c r="K14" s="14" t="n">
         <v>102.258</v>
       </c>
-      <c r="I14" s="14" t="n">
+      <c r="L14" s="14" t="n">
         <v>95.61</v>
       </c>
-      <c r="J14" s="14" t="n">
+      <c r="M14" s="14" t="n">
         <v>100.327</v>
       </c>
-      <c r="K14" s="14" t="n">
+      <c r="N14" s="14" t="n">
         <v>89.085</v>
       </c>
-      <c r="L14" s="14" t="n">
+      <c r="O14" s="14" t="n">
         <v>102.209</v>
       </c>
-      <c r="M14" s="14" t="n">
+      <c r="P14" s="14" t="n">
         <v>110.462</v>
       </c>
-      <c r="N14" s="14" t="n">
+      <c r="Q14" s="14" t="n">
         <v>103.696</v>
       </c>
-      <c r="O14" s="14" t="n">
+      <c r="R14" s="14" t="n">
         <v>83.547</v>
       </c>
-      <c r="P14" s="14" t="n">
+      <c r="S14" s="14" t="n">
         <v>108.62</v>
       </c>
-      <c r="Q14" s="14" t="n">
+      <c r="T14" s="14" t="n">
         <v>98.472</v>
       </c>
-      <c r="R14" s="14" t="n">
+      <c r="U14" s="14" t="n">
         <v>103.217</v>
       </c>
-      <c r="S14" s="14" t="n">
+      <c r="V14" s="14" t="n">
         <v>102.598</v>
       </c>
-      <c r="T14" s="14" t="n">
+      <c r="W14" s="14" t="n">
         <v>90.464</v>
       </c>
-      <c r="U14" s="14" t="n">
+      <c r="X14" s="14" t="n">
         <v>95.987</v>
       </c>
-      <c r="V14" s="14" t="n">
+      <c r="Y14" s="14" t="n">
         <v>99.044</v>
       </c>
-      <c r="W14" s="14" t="n">
+      <c r="Z14" s="14" t="n">
         <v>84.79</v>
       </c>
-      <c r="X14" s="14" t="n">
+      <c r="AA14" s="14" t="n">
         <v>108.028</v>
       </c>
-      <c r="Y14" s="14" t="n">
+      <c r="AB14" s="14" t="n">
         <v>103.696</v>
       </c>
-      <c r="Z14" s="14" t="n">
+      <c r="AC14" s="14" t="n">
         <v>102.698</v>
       </c>
-      <c r="AA14" s="14" t="n">
+      <c r="AD14" s="14" t="n">
         <v>85.841</v>
       </c>
-      <c r="AB14" s="14" t="n">
+      <c r="AE14" s="14" t="n">
         <v>101.037</v>
       </c>
-      <c r="AC14" s="14" t="n">
+      <c r="AF14" s="14" t="n">
         <v>108.36</v>
       </c>
-      <c r="AD14" s="14" t="n">
+      <c r="AG14" s="14" t="n">
         <v>107.412</v>
       </c>
-      <c r="AE14" s="14" t="n">
+      <c r="AH14" s="14" t="n">
         <v>88.138</v>
       </c>
-      <c r="AF14" s="14" t="n">
+      <c r="AI14" s="14" t="n">
         <v>108.971</v>
       </c>
-      <c r="AG14" s="14" t="n">
+      <c r="AJ14" s="14" t="n">
         <v>95.185</v>
       </c>
-      <c r="AH14" s="14" t="n">
+      <c r="AK14" s="14" t="n">
         <v>94.893</v>
       </c>
-      <c r="AI14" s="14" t="n">
+      <c r="AL14" s="14" t="n">
         <v>93.642</v>
       </c>
-      <c r="AJ14" s="14" t="n">
+      <c r="AM14" s="14" t="n">
         <v>114.855</v>
       </c>
-      <c r="AK14" s="14" t="n">
+      <c r="AN14" s="14" t="n">
         <v>103.952</v>
       </c>
-      <c r="AL14" s="14" t="n">
+      <c r="AO14" s="14" t="n">
         <v>110.425</v>
       </c>
-      <c r="AM14" s="14" t="n">
+      <c r="AP14" s="14" t="n">
         <v>94.12</v>
       </c>
-      <c r="AN14" s="14" t="n">
+      <c r="AQ14" s="14" t="n">
         <v>105.791</v>
       </c>
-      <c r="AO14" s="14" t="n">
+      <c r="AR14" s="14" t="n">
         <v>114.619</v>
       </c>
-      <c r="AP14" s="14" t="n">
+      <c r="AS14" s="14" t="n">
         <v>109.509</v>
       </c>
-      <c r="AQ14" s="14" t="n">
+      <c r="AT14" s="14" t="n">
         <v>99.661</v>
       </c>
-      <c r="AR14" s="14" t="n">
+      <c r="AU14" s="14" t="n">
         <v>107.482</v>
       </c>
-      <c r="AS14" s="14" t="n">
+      <c r="AV14" s="14" t="n">
         <v>98.708</v>
       </c>
-      <c r="AT14" s="14" t="n">
+      <c r="AW14" s="14" t="n">
         <v>98.157</v>
       </c>
-      <c r="AU14" s="14" t="n">
+      <c r="AX14" s="14" t="n">
         <v>97.446</v>
       </c>
-      <c r="AV14" s="14" t="n">
+      <c r="AY14" s="14" t="n">
         <v>113.736</v>
       </c>
-      <c r="AW14" s="14" t="n">
+      <c r="AZ14" s="14" t="n">
         <v>104.173</v>
       </c>
-      <c r="AX14" s="14" t="n">
+      <c r="BA14" s="14" t="n">
         <v>109.498</v>
       </c>
-      <c r="AY14" s="14" t="n">
+      <c r="BB14" s="14" t="n">
         <v>90.397</v>
       </c>
-      <c r="AZ14" s="14" t="n">
+      <c r="BC14" s="14" t="n">
         <v>104.729</v>
       </c>
-      <c r="BA14" s="14" t="n">
+      <c r="BD14" s="14" t="n">
         <v>107.181</v>
       </c>
-      <c r="BB14" s="14" t="n">
+      <c r="BE14" s="14" t="n">
         <v>98.303</v>
       </c>
-      <c r="BC14" s="14" t="n">
+      <c r="BF14" s="14" t="n">
         <v>92.003</v>
       </c>
-      <c r="BD14" s="14" t="n">
+      <c r="BG14" s="14" t="n">
         <v>101.282</v>
       </c>
-      <c r="BE14" s="14" t="n">
+      <c r="BH14" s="14" t="n">
         <v>91.792</v>
       </c>
-      <c r="BF14" s="14" t="n">
+      <c r="BI14" s="14" t="n">
         <v>89.462</v>
       </c>
-      <c r="BG14" s="15" t="n">
+      <c r="BJ14" s="15" t="n">
+        <v>-8.5</v>
+      </c>
+      <c r="BK14" s="15" t="n">
+        <v>-4.5</v>
+      </c>
+      <c r="BL14" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="BM14" s="15" t="n">
         <v>35.4</v>
       </c>
-      <c r="BH14" s="15" t="n">
+      <c r="BN14" s="15" t="n">
         <v>-28.9</v>
       </c>
-      <c r="BI14" s="15" t="n">
+      <c r="BO14" s="15" t="n">
         <v>7.4</v>
       </c>
-      <c r="BJ14" s="15" t="n">
+      <c r="BP14" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="BK14" s="15" t="n">
+      <c r="BQ14" s="15" t="n">
         <v>6.9</v>
       </c>
-      <c r="BL14" s="15" t="n">
+      <c r="BR14" s="15" t="n">
         <v>-6.8</v>
       </c>
-      <c r="BM14" s="15" t="n">
+      <c r="BS14" s="15" t="n">
         <v>7.0</v>
       </c>
-      <c r="BN14" s="15" t="n">
+      <c r="BT14" s="15" t="n">
         <v>-4.7</v>
       </c>
-      <c r="BO14" s="15" t="n">
+      <c r="BU14" s="15" t="n">
         <v>12.6</v>
       </c>
-      <c r="BP14" s="15" t="n">
+      <c r="BV14" s="15" t="n">
         <v>-12.8</v>
       </c>
-      <c r="BQ14" s="15" t="n">
+      <c r="BW14" s="15" t="n">
         <v>-7.5</v>
       </c>
-      <c r="BR14" s="15" t="n">
+      <c r="BX14" s="15" t="n">
         <v>6.5</v>
       </c>
-      <c r="BS14" s="15" t="n">
+      <c r="BY14" s="15" t="n">
         <v>24.1</v>
       </c>
-      <c r="BT14" s="15" t="n">
+      <c r="BZ14" s="15" t="n">
         <v>-23.1</v>
       </c>
-      <c r="BU14" s="15" t="n">
+      <c r="CA14" s="15" t="n">
         <v>10.3</v>
       </c>
-      <c r="BV14" s="15" t="n">
+      <c r="CB14" s="15" t="n">
         <v>-4.6</v>
       </c>
-      <c r="BW14" s="15" t="n">
+      <c r="CC14" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="BX14" s="15" t="n">
+      <c r="CD14" s="15" t="n">
         <v>13.4</v>
       </c>
-      <c r="BY14" s="15" t="n">
+      <c r="CE14" s="15" t="n">
         <v>-5.8</v>
       </c>
-      <c r="BZ14" s="15" t="n">
+      <c r="CF14" s="15" t="n">
         <v>-3.1</v>
       </c>
-      <c r="CA14" s="15" t="n">
+      <c r="CG14" s="15" t="n">
         <v>16.8</v>
       </c>
-      <c r="CB14" s="15" t="n">
+      <c r="CH14" s="15" t="n">
         <v>-21.5</v>
       </c>
-      <c r="CC14" s="15" t="n">
+      <c r="CI14" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="CD14" s="15" t="n">
+      <c r="CJ14" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="CE14" s="15" t="n">
+      <c r="CK14" s="15" t="n">
         <v>19.6</v>
       </c>
-      <c r="CF14" s="15" t="n">
+      <c r="CL14" s="15" t="n">
         <v>-15.0</v>
       </c>
-      <c r="CG14" s="15" t="n">
+      <c r="CM14" s="15" t="n">
         <v>-6.8</v>
       </c>
-      <c r="CH14" s="15" t="n">
+      <c r="CN14" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="CI14" s="15" t="n">
+      <c r="CO14" s="15" t="n">
         <v>21.9</v>
       </c>
-      <c r="CJ14" s="15" t="n">
+      <c r="CP14" s="15" t="n">
         <v>-19.1</v>
       </c>
-      <c r="CK14" s="15" t="n">
+      <c r="CQ14" s="15" t="n">
         <v>14.5</v>
       </c>
-      <c r="CL14" s="15" t="n">
+      <c r="CR14" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="CM14" s="15" t="n">
+      <c r="CS14" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="CN14" s="15" t="n">
+      <c r="CT14" s="15" t="n">
         <v>-18.5</v>
       </c>
-      <c r="CO14" s="15" t="n">
+      <c r="CU14" s="15" t="n">
         <v>10.5</v>
       </c>
-      <c r="CP14" s="15" t="n">
+      <c r="CV14" s="15" t="n">
         <v>-5.9</v>
       </c>
-      <c r="CQ14" s="15" t="n">
+      <c r="CW14" s="15" t="n">
         <v>17.3</v>
       </c>
-      <c r="CR14" s="15" t="n">
+      <c r="CX14" s="15" t="n">
         <v>-11.0</v>
       </c>
-      <c r="CS14" s="15" t="n">
+      <c r="CY14" s="15" t="n">
         <v>-7.7</v>
       </c>
-      <c r="CT14" s="15" t="n">
+      <c r="CZ14" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="CU14" s="15" t="n">
+      <c r="DA14" s="15" t="n">
         <v>9.9</v>
       </c>
-      <c r="CV14" s="15" t="n">
+      <c r="DB14" s="15" t="n">
         <v>-7.3</v>
       </c>
-      <c r="CW14" s="15" t="n">
+      <c r="DC14" s="15" t="n">
         <v>8.9</v>
       </c>
-      <c r="CX14" s="15" t="n">
+      <c r="DD14" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="CY14" s="15" t="n">
+      <c r="DE14" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="CZ14" s="15" t="n">
+      <c r="DF14" s="15" t="n">
         <v>-14.3</v>
       </c>
-      <c r="DA14" s="15" t="n">
+      <c r="DG14" s="15" t="n">
         <v>9.2</v>
       </c>
-      <c r="DB14" s="15" t="n">
+      <c r="DH14" s="15" t="n">
         <v>-4.9</v>
       </c>
-      <c r="DC14" s="15" t="n">
+      <c r="DI14" s="15" t="n">
         <v>21.1</v>
       </c>
-      <c r="DD14" s="15" t="n">
+      <c r="DJ14" s="15" t="n">
         <v>-13.7</v>
       </c>
-      <c r="DE14" s="15" t="n">
+      <c r="DK14" s="15" t="n">
         <v>-2.3</v>
       </c>
-      <c r="DF14" s="15" t="n">
+      <c r="DL14" s="15" t="n">
         <v>9.0</v>
       </c>
-      <c r="DG14" s="15" t="n">
+      <c r="DM14" s="15" t="n">
         <v>6.8</v>
       </c>
-      <c r="DH14" s="15" t="n">
+      <c r="DN14" s="15" t="n">
         <v>-9.2</v>
       </c>
-      <c r="DI14" s="15" t="n">
+      <c r="DO14" s="15" t="n">
         <v>10.3</v>
       </c>
-      <c r="DJ14" s="15" t="n">
+      <c r="DP14" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="DK14" s="13" t="inlineStr">
-[...4 lines deleted...]
-      <c r="DL14" s="15" t="n">
+      <c r="DQ14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DR14" s="15" t="n">
+        <v>9.8</v>
+      </c>
+      <c r="DS14" s="15" t="n">
+        <v>4.6</v>
+      </c>
+      <c r="DT14" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="DU14" s="15" t="n">
         <v>5.9</v>
       </c>
-      <c r="DM14" s="15" t="n">
+      <c r="DV14" s="15" t="n">
         <v>-2.9</v>
       </c>
-      <c r="DN14" s="15" t="n">
+      <c r="DW14" s="15" t="n">
         <v>5.1</v>
       </c>
-      <c r="DO14" s="15" t="n">
+      <c r="DX14" s="15" t="n">
         <v>7.9</v>
       </c>
-      <c r="DP14" s="15" t="n">
+      <c r="DY14" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="DQ14" s="15" t="n">
+      <c r="DZ14" s="15" t="n">
         <v>-7.1</v>
       </c>
-      <c r="DR14" s="15" t="n">
+      <c r="EA14" s="15" t="n">
         <v>13.0</v>
       </c>
-      <c r="DS14" s="15" t="n">
+      <c r="EB14" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="DT14" s="15" t="n">
+      <c r="EC14" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="DU14" s="15" t="n">
+      <c r="ED14" s="15" t="n">
         <v>5.1</v>
       </c>
-      <c r="DV14" s="15" t="n">
+      <c r="EE14" s="15" t="n">
         <v>-5.4</v>
       </c>
-      <c r="DW14" s="15" t="n">
+      <c r="EF14" s="15" t="n">
         <v>6.5</v>
       </c>
-      <c r="DX14" s="15" t="n">
+      <c r="EG14" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="DY14" s="15" t="n">
+      <c r="EH14" s="15" t="n">
         <v>-2.7</v>
       </c>
-      <c r="DZ14" s="15" t="n">
+      <c r="EI14" s="15" t="n">
         <v>7.5</v>
       </c>
-      <c r="EA14" s="15" t="n">
+      <c r="EJ14" s="15" t="n">
         <v>-9.1</v>
       </c>
-      <c r="EB14" s="15" t="n">
+      <c r="EK14" s="15" t="n">
         <v>-3.9</v>
       </c>
-      <c r="EC14" s="15" t="n">
+      <c r="EL14" s="15" t="n">
         <v>16.4</v>
       </c>
-      <c r="ED14" s="15" t="n">
+      <c r="EM14" s="15" t="n">
         <v>-17.0</v>
       </c>
-      <c r="EE14" s="15" t="n">
+      <c r="EN14" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="EF14" s="15" t="n">
+      <c r="EO14" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="EG14" s="15" t="n">
+      <c r="EP14" s="15" t="n">
         <v>-9.5</v>
       </c>
-      <c r="EH14" s="15" t="n">
+      <c r="EQ14" s="15" t="n">
         <v>-5.9</v>
       </c>
-      <c r="EI14" s="15" t="n">
+      <c r="ER14" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="EJ14" s="15" t="n">
+      <c r="ES14" s="15" t="n">
         <v>-7.0</v>
       </c>
-      <c r="EK14" s="15" t="n">
+      <c r="ET14" s="15" t="n">
         <v>-8.8</v>
       </c>
-      <c r="EL14" s="15" t="n">
+      <c r="EU14" s="15" t="n">
         <v>-4.5</v>
       </c>
-      <c r="EM14" s="15" t="n">
+      <c r="EV14" s="15" t="n">
         <v>-5.5</v>
       </c>
-      <c r="EN14" s="15" t="n">
+      <c r="EW14" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="EO14" s="15" t="n">
+      <c r="EX14" s="15" t="n">
         <v>-11.6</v>
       </c>
-      <c r="EP14" s="15" t="n">
+      <c r="EY14" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="EQ14" s="15" t="n">
+      <c r="EZ14" s="15" t="n">
         <v>-3.6</v>
       </c>
-      <c r="ER14" s="15" t="n">
+      <c r="FA14" s="15" t="n">
         <v>-3.3</v>
       </c>
-      <c r="ES14" s="15" t="n">
+      <c r="FB14" s="15" t="n">
         <v>-3.9</v>
       </c>
-      <c r="ET14" s="15" t="n">
+      <c r="FC14" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="EU14" s="15" t="n">
+      <c r="FD14" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="EV14" s="15" t="n">
+      <c r="FE14" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="EW14" s="15" t="n">
+      <c r="FF14" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="EX14" s="15" t="n">
+      <c r="FG14" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="EY14" s="15" t="n">
+      <c r="FH14" s="15" t="n">
         <v>6.9</v>
       </c>
-      <c r="EZ14" s="15" t="n">
+      <c r="FI14" s="15" t="n">
         <v>11.4</v>
       </c>
-      <c r="FA14" s="15" t="n">
+      <c r="FJ14" s="15" t="n">
         <v>8.3</v>
       </c>
-      <c r="FB14" s="15" t="n">
+      <c r="FK14" s="15" t="n">
         <v>6.1</v>
       </c>
-      <c r="FC14" s="15" t="n">
+      <c r="FL14" s="15" t="n">
         <v>7.5</v>
       </c>
-      <c r="FD14" s="15" t="n">
+      <c r="FM14" s="15" t="n">
         <v>9.7</v>
       </c>
-      <c r="FE14" s="13" t="inlineStr">
-[...43 lines deleted...]
-      </c>
       <c r="FN14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FO14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FP14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="FQ14" s="15" t="n">
+      <c r="FQ14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FR14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FS14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FT14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FU14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FV14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FW14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FX14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FY14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FZ14" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="GA14" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="GB14" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="GC14" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="FR14" s="15" t="n">
+      <c r="GD14" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="FS14" s="15" t="n">
+      <c r="GE14" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="FT14" s="15" t="n">
+      <c r="GF14" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="FU14" s="15" t="n">
+      <c r="GG14" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="FV14" s="15" t="n">
+      <c r="GH14" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="FW14" s="15" t="n">
+      <c r="GI14" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="FX14" s="15" t="n">
+      <c r="GJ14" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="FY14" s="15" t="n">
+      <c r="GK14" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="FZ14" s="15" t="n">
+      <c r="GL14" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="GA14" s="15" t="n">
+      <c r="GM14" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="GB14" s="15" t="n">
+      <c r="GN14" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="GC14" s="15" t="n">
+      <c r="GO14" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="GD14" s="15" t="n">
+      <c r="GP14" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="GE14" s="15" t="n">
+      <c r="GQ14" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="GF14" s="15" t="n">
+      <c r="GR14" s="15" t="n">
         <v>-2.2</v>
       </c>
-      <c r="GG14" s="15" t="n">
+      <c r="GS14" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="GH14" s="15" t="n">
+      <c r="GT14" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="GI14" s="15" t="n">
+      <c r="GU14" s="15" t="n">
         <v>-4.5</v>
       </c>
-      <c r="GJ14" s="15" t="n">
+      <c r="GV14" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="GK14" s="15" t="n">
+      <c r="GW14" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="GL14" s="15" t="n">
+      <c r="GX14" s="15" t="n">
         <v>-4.9</v>
       </c>
-      <c r="GM14" s="15" t="n">
+      <c r="GY14" s="15" t="n">
         <v>-4.6</v>
       </c>
-      <c r="GN14" s="15" t="n">
+      <c r="GZ14" s="15" t="n">
         <v>-4.4</v>
       </c>
-      <c r="GO14" s="15" t="n">
+      <c r="HA14" s="15" t="n">
         <v>-4.9</v>
       </c>
-      <c r="GP14" s="15" t="n">
+      <c r="HB14" s="15" t="n">
         <v>-4.6</v>
       </c>
-      <c r="GQ14" s="15" t="n">
+      <c r="HC14" s="15" t="n">
         <v>-4.1</v>
       </c>
-      <c r="GR14" s="15" t="n">
+      <c r="HD14" s="15" t="n">
         <v>-4.0</v>
       </c>
-      <c r="GS14" s="15" t="n">
+      <c r="HE14" s="15" t="n">
         <v>-3.7</v>
       </c>
-      <c r="GT14" s="15" t="n">
+      <c r="HF14" s="15" t="n">
         <v>-4.2</v>
       </c>
-      <c r="GU14" s="15" t="n">
+      <c r="HG14" s="15" t="n">
         <v>-1.7</v>
       </c>
-      <c r="GV14" s="15" t="n">
+      <c r="HH14" s="15" t="n">
         <v>-3.4</v>
       </c>
-      <c r="GW14" s="15" t="n">
+      <c r="HI14" s="15" t="n">
         <v>-3.3</v>
       </c>
-      <c r="GX14" s="15" t="n">
+      <c r="HJ14" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="GY14" s="15" t="n">
+      <c r="HK14" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="GZ14" s="15" t="n">
+      <c r="HL14" s="15" t="n">
         <v>5.4</v>
       </c>
-      <c r="HA14" s="15" t="n">
+      <c r="HM14" s="15" t="n">
         <v>6.1</v>
       </c>
-      <c r="HB14" s="15" t="n">
+      <c r="HN14" s="15" t="n">
         <v>6.8</v>
       </c>
-      <c r="HC14" s="15" t="n">
+      <c r="HO14" s="15" t="n">
         <v>7.2</v>
       </c>
-      <c r="HD14" s="15" t="n">
+      <c r="HP14" s="15" t="n">
         <v>8.3</v>
       </c>
-      <c r="HE14" s="15" t="n">
+      <c r="HQ14" s="15" t="n">
         <v>8.6</v>
       </c>
-      <c r="HF14" s="15" t="n">
+      <c r="HR14" s="15" t="n">
         <v>7.9</v>
       </c>
-      <c r="HG14" s="15" t="n">
+      <c r="HS14" s="15" t="n">
         <v>7.7</v>
       </c>
-      <c r="HH14" s="15" t="n">
+      <c r="HT14" s="15" t="n">
         <v>8.6</v>
       </c>
-      <c r="HI14" s="15" t="n">
+      <c r="HU14" s="15" t="n">
         <v>9.7</v>
       </c>
-      <c r="HJ14" s="13" t="inlineStr">
-[...54 lines deleted...]
-      <c r="HU14" s="13" t="inlineStr">
+      <c r="HV14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HW14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HX14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HY14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HZ14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IA14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IB14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IC14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    454 Sale, maintenance and repair of motorcycles and related parts and accessories</t>
         </is>
       </c>
       <c r="B15" s="14" t="n">
-        <v>113.671</v>
+        <v>92.208</v>
       </c>
       <c r="C15" s="14" t="n">
-        <v>80.416</v>
+        <v>98.39</v>
       </c>
       <c r="D15" s="14" t="n">
-        <v>120.235</v>
+        <v>120.702</v>
       </c>
       <c r="E15" s="14" t="n">
+        <v>113.531</v>
+      </c>
+      <c r="F15" s="14" t="n">
+        <v>80.244</v>
+      </c>
+      <c r="G15" s="14" t="n">
+        <v>120.07</v>
+      </c>
+      <c r="H15" s="14" t="n">
         <v>118.698</v>
       </c>
-      <c r="F15" s="14" t="n">
+      <c r="I15" s="14" t="n">
         <v>118.713</v>
       </c>
-      <c r="G15" s="14" t="n">
+      <c r="J15" s="14" t="n">
         <v>100.602</v>
       </c>
-      <c r="H15" s="14" t="n">
+      <c r="K15" s="14" t="n">
         <v>103.468</v>
       </c>
-      <c r="I15" s="14" t="n">
+      <c r="L15" s="14" t="n">
         <v>97.117</v>
       </c>
-      <c r="J15" s="14" t="n">
+      <c r="M15" s="14" t="n">
         <v>87.105</v>
       </c>
-      <c r="K15" s="14" t="n">
+      <c r="N15" s="14" t="n">
         <v>86.854</v>
       </c>
-      <c r="L15" s="14" t="n">
+      <c r="O15" s="14" t="n">
         <v>92.757</v>
       </c>
-      <c r="M15" s="14" t="n">
+      <c r="P15" s="14" t="n">
         <v>103.848</v>
       </c>
-      <c r="N15" s="14" t="n">
+      <c r="Q15" s="14" t="n">
         <v>100.583</v>
       </c>
-      <c r="O15" s="14" t="n">
+      <c r="R15" s="14" t="n">
         <v>81.844</v>
       </c>
-      <c r="P15" s="14" t="n">
+      <c r="S15" s="14" t="n">
         <v>115.473</v>
       </c>
-      <c r="Q15" s="14" t="n">
+      <c r="T15" s="14" t="n">
         <v>108.63</v>
       </c>
-      <c r="R15" s="14" t="n">
+      <c r="U15" s="14" t="n">
         <v>115.583</v>
       </c>
-      <c r="S15" s="14" t="n">
+      <c r="V15" s="14" t="n">
         <v>98.868</v>
       </c>
-      <c r="T15" s="14" t="n">
+      <c r="W15" s="14" t="n">
         <v>96.131</v>
       </c>
-      <c r="U15" s="14" t="n">
+      <c r="X15" s="14" t="n">
         <v>89.583</v>
       </c>
-      <c r="V15" s="14" t="n">
+      <c r="Y15" s="14" t="n">
         <v>88.452</v>
       </c>
-      <c r="W15" s="14" t="n">
+      <c r="Z15" s="14" t="n">
         <v>81.813</v>
       </c>
-      <c r="X15" s="14" t="n">
+      <c r="AA15" s="14" t="n">
         <v>96.63</v>
       </c>
-      <c r="Y15" s="14" t="n">
+      <c r="AB15" s="14" t="n">
         <v>102.131</v>
       </c>
-      <c r="Z15" s="14" t="n">
+      <c r="AC15" s="14" t="n">
         <v>101.656</v>
       </c>
-      <c r="AA15" s="14" t="n">
+      <c r="AD15" s="14" t="n">
         <v>83.6</v>
       </c>
-      <c r="AB15" s="14" t="n">
+      <c r="AE15" s="14" t="n">
         <v>104.612</v>
       </c>
-      <c r="AC15" s="14" t="n">
+      <c r="AF15" s="14" t="n">
         <v>110.848</v>
       </c>
-      <c r="AD15" s="14" t="n">
+      <c r="AG15" s="14" t="n">
         <v>111.303</v>
       </c>
-      <c r="AE15" s="14" t="n">
+      <c r="AH15" s="14" t="n">
         <v>91.625</v>
       </c>
-      <c r="AF15" s="14" t="n">
+      <c r="AI15" s="14" t="n">
         <v>105.26</v>
       </c>
-      <c r="AG15" s="14" t="n">
+      <c r="AJ15" s="14" t="n">
         <v>85.963</v>
       </c>
-      <c r="AH15" s="14" t="n">
+      <c r="AK15" s="14" t="n">
         <v>84.573</v>
       </c>
-      <c r="AI15" s="14" t="n">
+      <c r="AL15" s="14" t="n">
         <v>92.319</v>
       </c>
-      <c r="AJ15" s="14" t="n">
+      <c r="AM15" s="14" t="n">
         <v>104.405</v>
       </c>
-      <c r="AK15" s="14" t="n">
+      <c r="AN15" s="14" t="n">
         <v>103.143</v>
       </c>
-      <c r="AL15" s="14" t="n">
+      <c r="AO15" s="14" t="n">
         <v>111.61</v>
       </c>
-      <c r="AM15" s="14" t="n">
+      <c r="AP15" s="14" t="n">
         <v>76.012</v>
       </c>
-      <c r="AN15" s="14" t="n">
+      <c r="AQ15" s="14" t="n">
         <v>105.476</v>
       </c>
-      <c r="AO15" s="14" t="n">
+      <c r="AR15" s="14" t="n">
         <v>118.547</v>
       </c>
-      <c r="AP15" s="14" t="n">
+      <c r="AS15" s="14" t="n">
         <v>116.98</v>
       </c>
-      <c r="AQ15" s="14" t="n">
+      <c r="AT15" s="14" t="n">
         <v>94.061</v>
       </c>
-      <c r="AR15" s="14" t="n">
+      <c r="AU15" s="14" t="n">
         <v>99.079</v>
       </c>
-      <c r="AS15" s="14" t="n">
+      <c r="AV15" s="14" t="n">
         <v>89.723</v>
       </c>
-      <c r="AT15" s="14" t="n">
+      <c r="AW15" s="14" t="n">
         <v>87.682</v>
       </c>
-      <c r="AU15" s="14" t="n">
+      <c r="AX15" s="14" t="n">
         <v>93.077</v>
       </c>
-      <c r="AV15" s="14" t="n">
+      <c r="AY15" s="14" t="n">
         <v>101.978</v>
       </c>
-      <c r="AW15" s="14" t="n">
+      <c r="AZ15" s="14" t="n">
         <v>101.305</v>
       </c>
-      <c r="AX15" s="14" t="n">
+      <c r="BA15" s="14" t="n">
         <v>107.522</v>
       </c>
-      <c r="AY15" s="14" t="n">
+      <c r="BB15" s="14" t="n">
         <v>77.459</v>
       </c>
-      <c r="AZ15" s="14" t="n">
+      <c r="BC15" s="14" t="n">
         <v>112.778</v>
       </c>
-      <c r="BA15" s="14" t="n">
+      <c r="BD15" s="14" t="n">
         <v>126.11</v>
       </c>
-      <c r="BB15" s="14" t="n">
+      <c r="BE15" s="14" t="n">
         <v>109.431</v>
       </c>
-      <c r="BC15" s="14" t="n">
+      <c r="BF15" s="14" t="n">
         <v>102.492</v>
       </c>
-      <c r="BD15" s="14" t="n">
+      <c r="BG15" s="14" t="n">
         <v>114.274</v>
       </c>
-      <c r="BE15" s="14" t="n">
+      <c r="BH15" s="14" t="n">
         <v>80.528</v>
       </c>
-      <c r="BF15" s="14" t="n">
+      <c r="BI15" s="14" t="n">
         <v>73.047</v>
       </c>
-      <c r="BG15" s="15" t="n">
-[...5 lines deleted...]
-      <c r="BI15" s="15" t="n">
+      <c r="BJ15" s="15" t="n">
+        <v>-6.3</v>
+      </c>
+      <c r="BK15" s="15" t="n">
+        <v>-18.5</v>
+      </c>
+      <c r="BL15" s="15" t="n">
+        <v>6.3</v>
+      </c>
+      <c r="BM15" s="15" t="n">
+        <v>41.5</v>
+      </c>
+      <c r="BN15" s="15" t="n">
+        <v>-33.2</v>
+      </c>
+      <c r="BO15" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="BP15" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BQ15" s="15" t="n">
+        <v>18.0</v>
+      </c>
+      <c r="BR15" s="15" t="n">
+        <v>-2.8</v>
+      </c>
+      <c r="BS15" s="15" t="n">
+        <v>6.5</v>
+      </c>
+      <c r="BT15" s="15" t="n">
+        <v>11.5</v>
+      </c>
+      <c r="BU15" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="BV15" s="15" t="n">
+        <v>-6.4</v>
+      </c>
+      <c r="BW15" s="15" t="n">
+        <v>-10.7</v>
+      </c>
+      <c r="BX15" s="15" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="BY15" s="15" t="n">
+        <v>22.9</v>
+      </c>
+      <c r="BZ15" s="15" t="n">
+        <v>-29.1</v>
+      </c>
+      <c r="CA15" s="15" t="n">
+        <v>6.3</v>
+      </c>
+      <c r="CB15" s="15" t="n">
+        <v>-6.0</v>
+      </c>
+      <c r="CC15" s="15" t="n">
+        <v>16.9</v>
+      </c>
+      <c r="CD15" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="CE15" s="15" t="n">
+        <v>7.3</v>
+      </c>
+      <c r="CF15" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="BJ15" s="15" t="n">
+      <c r="CG15" s="15" t="n">
+        <v>8.1</v>
+      </c>
+      <c r="CH15" s="15" t="n">
+        <v>-15.3</v>
+      </c>
+      <c r="CI15" s="15" t="n">
+        <v>-5.4</v>
+      </c>
+      <c r="CJ15" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="CK15" s="15" t="n">
+        <v>21.6</v>
+      </c>
+      <c r="CL15" s="15" t="n">
+        <v>-20.1</v>
+      </c>
+      <c r="CM15" s="15" t="n">
+        <v>-5.6</v>
+      </c>
+      <c r="CN15" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="CO15" s="15" t="n">
+        <v>21.5</v>
+      </c>
+      <c r="CP15" s="15" t="n">
+        <v>-13.0</v>
+      </c>
+      <c r="CQ15" s="15" t="n">
+        <v>22.4</v>
+      </c>
+      <c r="CR15" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="CS15" s="15" t="n">
+        <v>-8.4</v>
+      </c>
+      <c r="CT15" s="15" t="n">
+        <v>-11.6</v>
+      </c>
+      <c r="CU15" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="CV15" s="15" t="n">
+        <v>-7.6</v>
+      </c>
+      <c r="CW15" s="15" t="n">
+        <v>46.8</v>
+      </c>
+      <c r="CX15" s="15" t="n">
+        <v>-27.9</v>
+      </c>
+      <c r="CY15" s="15" t="n">
+        <v>-11.0</v>
+      </c>
+      <c r="CZ15" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="DA15" s="15" t="n">
+        <v>24.4</v>
+      </c>
+      <c r="DB15" s="15" t="n">
+        <v>-5.1</v>
+      </c>
+      <c r="DC15" s="15" t="n">
+        <v>10.4</v>
+      </c>
+      <c r="DD15" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="DE15" s="15" t="n">
+        <v>-5.8</v>
+      </c>
+      <c r="DF15" s="15" t="n">
+        <v>-8.7</v>
+      </c>
+      <c r="DG15" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="DH15" s="15" t="n">
+        <v>-5.8</v>
+      </c>
+      <c r="DI15" s="15" t="n">
+        <v>38.8</v>
+      </c>
+      <c r="DJ15" s="15" t="n">
+        <v>-31.3</v>
+      </c>
+      <c r="DK15" s="15" t="n">
+        <v>-10.6</v>
+      </c>
+      <c r="DL15" s="15" t="n">
+        <v>15.2</v>
+      </c>
+      <c r="DM15" s="15" t="n">
+        <v>6.8</v>
+      </c>
+      <c r="DN15" s="15" t="n">
+        <v>-10.3</v>
+      </c>
+      <c r="DO15" s="15" t="n">
+        <v>41.9</v>
+      </c>
+      <c r="DP15" s="15" t="n">
+        <v>10.2</v>
+      </c>
+      <c r="DQ15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DR15" s="15" t="n">
+        <v>6.2</v>
+      </c>
+      <c r="DS15" s="15" t="n">
+        <v>6.1</v>
+      </c>
+      <c r="DT15" s="15" t="n">
+        <v>16.2</v>
+      </c>
+      <c r="DU15" s="15" t="n">
+        <v>12.9</v>
+      </c>
+      <c r="DV15" s="15" t="n">
+        <v>-2.0</v>
+      </c>
+      <c r="DW15" s="15" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="DX15" s="15" t="n">
+        <v>9.3</v>
+      </c>
+      <c r="DY15" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="DZ15" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="EA15" s="15" t="n">
+        <v>7.6</v>
+      </c>
+      <c r="EB15" s="15" t="n">
+        <v>8.4</v>
+      </c>
+      <c r="EC15" s="15" t="n">
+        <v>-1.5</v>
+      </c>
+      <c r="ED15" s="15" t="n">
+        <v>6.2</v>
+      </c>
+      <c r="EE15" s="15" t="n">
+        <v>-4.0</v>
+      </c>
+      <c r="EF15" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="EG15" s="15" t="n">
+        <v>-1.1</v>
+      </c>
+      <c r="EH15" s="15" t="n">
+        <v>-2.1</v>
+      </c>
+      <c r="EI15" s="15" t="n">
+        <v>10.4</v>
+      </c>
+      <c r="EJ15" s="15" t="n">
+        <v>-2.0</v>
+      </c>
+      <c r="EK15" s="15" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="EL15" s="15" t="n">
+        <v>7.9</v>
+      </c>
+      <c r="EM15" s="15" t="n">
+        <v>-8.7</v>
+      </c>
+      <c r="EN15" s="15" t="n">
+        <v>4.2</v>
+      </c>
+      <c r="EO15" s="15" t="n">
+        <v>4.6</v>
+      </c>
+      <c r="EP15" s="15" t="n">
+        <v>-11.4</v>
+      </c>
+      <c r="EQ15" s="15" t="n">
+        <v>-7.4</v>
+      </c>
+      <c r="ER15" s="15" t="n">
+        <v>-1.0</v>
+      </c>
+      <c r="ES15" s="15" t="n">
+        <v>-8.9</v>
+      </c>
+      <c r="ET15" s="15" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="EU15" s="15" t="n">
+        <v>-0.8</v>
+      </c>
+      <c r="EV15" s="15" t="n">
+        <v>-6.5</v>
+      </c>
+      <c r="EW15" s="15" t="n">
+        <v>-4.9</v>
+      </c>
+      <c r="EX15" s="15" t="n">
+        <v>-2.6</v>
+      </c>
+      <c r="EY15" s="15" t="n">
+        <v>6.2</v>
+      </c>
+      <c r="EZ15" s="15" t="n">
+        <v>-4.2</v>
+      </c>
+      <c r="FA15" s="15" t="n">
+        <v>-3.5</v>
+      </c>
+      <c r="FB15" s="15" t="n">
+        <v>-0.8</v>
+      </c>
+      <c r="FC15" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="FD15" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="FE15" s="15" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="FF15" s="15" t="n">
+        <v>-1.9</v>
+      </c>
+      <c r="FG15" s="15" t="n">
+        <v>-6.5</v>
+      </c>
+      <c r="FH15" s="15" t="n">
+        <v>-6.0</v>
+      </c>
+      <c r="FI15" s="15" t="n">
+        <v>6.9</v>
+      </c>
+      <c r="FJ15" s="15" t="n">
+        <v>-8.2</v>
+      </c>
+      <c r="FK15" s="15" t="n">
+        <v>-13.3</v>
+      </c>
+      <c r="FL15" s="15" t="n">
+        <v>11.4</v>
+      </c>
+      <c r="FM15" s="15" t="n">
+        <v>20.0</v>
+      </c>
+      <c r="FN15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FO15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FP15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FQ15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FR15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FS15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FT15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FU15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FV15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FW15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FX15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FY15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FZ15" s="15" t="n">
+        <v>6.1</v>
+      </c>
+      <c r="GA15" s="15" t="n">
+        <v>6.1</v>
+      </c>
+      <c r="GB15" s="15" t="n">
+        <v>6.1</v>
+      </c>
+      <c r="GC15" s="15" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="GD15" s="15" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="GE15" s="15" t="n">
+        <v>4.6</v>
+      </c>
+      <c r="GF15" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="GG15" s="15" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="GH15" s="15" t="n">
+        <v>4.1</v>
+      </c>
+      <c r="GI15" s="15" t="n">
+        <v>4.9</v>
+      </c>
+      <c r="GJ15" s="15" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="GK15" s="15" t="n">
+        <v>-1.5</v>
+      </c>
+      <c r="GL15" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="GM15" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="GN15" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="GO15" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="GP15" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="GQ15" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="GR15" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="GS15" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="GT15" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="GU15" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="GV15" s="15" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="GW15" s="15" t="n">
+        <v>4.6</v>
+      </c>
+      <c r="GX15" s="15" t="n">
+        <v>-3.3</v>
+      </c>
+      <c r="GY15" s="15" t="n">
+        <v>-2.6</v>
+      </c>
+      <c r="GZ15" s="15" t="n">
+        <v>-2.1</v>
+      </c>
+      <c r="HA15" s="15" t="n">
+        <v>-2.2</v>
+      </c>
+      <c r="HB15" s="15" t="n">
+        <v>-1.2</v>
+      </c>
+      <c r="HC15" s="15" t="n">
+        <v>-2.4</v>
+      </c>
+      <c r="HD15" s="15" t="n">
+        <v>-2.7</v>
+      </c>
+      <c r="HE15" s="15" t="n">
+        <v>-1.8</v>
+      </c>
+      <c r="HF15" s="15" t="n">
+        <v>-0.8</v>
+      </c>
+      <c r="HG15" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="HH15" s="15" t="n">
+        <v>-3.9</v>
+      </c>
+      <c r="HI15" s="15" t="n">
+        <v>-3.5</v>
+      </c>
+      <c r="HJ15" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="HK15" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="BK15" s="15" t="n">
-[...20 lines deleted...]
-      <c r="BR15" s="15" t="n">
+      <c r="HL15" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="HM15" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="HN15" s="15" t="n">
+        <v>-1.1</v>
+      </c>
+      <c r="HO15" s="15" t="n">
+        <v>-1.0</v>
+      </c>
+      <c r="HP15" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="HQ15" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="HR15" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="HS15" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="BS15" s="15" t="n">
-[...268 lines deleted...]
-      <c r="FD15" s="15" t="n">
+      <c r="HT15" s="15" t="n">
+        <v>15.5</v>
+      </c>
+      <c r="HU15" s="15" t="n">
         <v>20.0</v>
       </c>
-      <c r="FE15" s="13" t="inlineStr">
-[...249 lines deleted...]
-      <c r="HU15" s="13" t="inlineStr">
+      <c r="HV15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HW15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HX15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HY15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HZ15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IA15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IB15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IC15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    1.2 Wholesale trade, except of motor vehicles and motorcycles</t>
         </is>
       </c>
       <c r="B16" s="14" t="n">
-        <v>102.372</v>
+        <v>107.489</v>
       </c>
       <c r="C16" s="14" t="n">
-        <v>86.506</v>
+        <v>99.575</v>
       </c>
       <c r="D16" s="14" t="n">
-        <v>105.54</v>
+        <v>106.505</v>
       </c>
       <c r="E16" s="14" t="n">
-        <v>102.747</v>
+        <v>102.424</v>
       </c>
       <c r="F16" s="14" t="n">
+        <v>86.47</v>
+      </c>
+      <c r="G16" s="14" t="n">
+        <v>105.529</v>
+      </c>
+      <c r="H16" s="14" t="n">
+        <v>102.75</v>
+      </c>
+      <c r="I16" s="14" t="n">
         <v>103.159</v>
       </c>
-      <c r="G16" s="14" t="n">
+      <c r="J16" s="14" t="n">
         <v>102.117</v>
       </c>
-      <c r="H16" s="14" t="n">
+      <c r="K16" s="14" t="n">
         <v>102.45</v>
       </c>
-      <c r="I16" s="14" t="n">
+      <c r="L16" s="14" t="n">
         <v>93.346</v>
       </c>
-      <c r="J16" s="14" t="n">
+      <c r="M16" s="14" t="n">
         <v>96.71</v>
       </c>
-      <c r="K16" s="14" t="n">
+      <c r="N16" s="14" t="n">
         <v>102.488</v>
       </c>
-      <c r="L16" s="14" t="n">
+      <c r="O16" s="14" t="n">
         <v>98.057</v>
       </c>
-      <c r="M16" s="14" t="n">
+      <c r="P16" s="14" t="n">
         <v>104.143</v>
       </c>
-      <c r="N16" s="14" t="n">
+      <c r="Q16" s="14" t="n">
         <v>94.446</v>
       </c>
-      <c r="O16" s="14" t="n">
+      <c r="R16" s="14" t="n">
         <v>83.64</v>
       </c>
-      <c r="P16" s="14" t="n">
+      <c r="S16" s="14" t="n">
         <v>99.862</v>
       </c>
-      <c r="Q16" s="14" t="n">
+      <c r="T16" s="14" t="n">
         <v>95.368</v>
       </c>
-      <c r="R16" s="14" t="n">
+      <c r="U16" s="14" t="n">
         <v>99.44</v>
       </c>
-      <c r="S16" s="14" t="n">
+      <c r="V16" s="14" t="n">
         <v>98.512</v>
       </c>
-      <c r="T16" s="14" t="n">
+      <c r="W16" s="14" t="n">
         <v>90.874</v>
       </c>
-      <c r="U16" s="14" t="n">
+      <c r="X16" s="14" t="n">
         <v>89.977</v>
       </c>
-      <c r="V16" s="14" t="n">
+      <c r="Y16" s="14" t="n">
         <v>91.265</v>
       </c>
-      <c r="W16" s="14" t="n">
+      <c r="Z16" s="14" t="n">
         <v>97.242</v>
       </c>
-      <c r="X16" s="14" t="n">
+      <c r="AA16" s="14" t="n">
         <v>99.378</v>
       </c>
-      <c r="Y16" s="14" t="n">
+      <c r="AB16" s="14" t="n">
         <v>95.357</v>
       </c>
-      <c r="Z16" s="14" t="n">
+      <c r="AC16" s="14" t="n">
         <v>91.752</v>
       </c>
-      <c r="AA16" s="14" t="n">
+      <c r="AD16" s="14" t="n">
         <v>86.643</v>
       </c>
-      <c r="AB16" s="14" t="n">
+      <c r="AE16" s="14" t="n">
         <v>96.209</v>
       </c>
-      <c r="AC16" s="14" t="n">
+      <c r="AF16" s="14" t="n">
         <v>99.461</v>
       </c>
-      <c r="AD16" s="14" t="n">
+      <c r="AG16" s="14" t="n">
         <v>99.822</v>
       </c>
-      <c r="AE16" s="14" t="n">
+      <c r="AH16" s="14" t="n">
         <v>91.868</v>
       </c>
-      <c r="AF16" s="14" t="n">
+      <c r="AI16" s="14" t="n">
         <v>107.07</v>
       </c>
-      <c r="AG16" s="14" t="n">
+      <c r="AJ16" s="14" t="n">
         <v>88.803</v>
       </c>
-      <c r="AH16" s="14" t="n">
+      <c r="AK16" s="14" t="n">
         <v>92.305</v>
       </c>
-      <c r="AI16" s="14" t="n">
+      <c r="AL16" s="14" t="n">
         <v>106.081</v>
       </c>
-      <c r="AJ16" s="14" t="n">
+      <c r="AM16" s="14" t="n">
         <v>105.937</v>
       </c>
-      <c r="AK16" s="14" t="n">
+      <c r="AN16" s="14" t="n">
         <v>99.731</v>
       </c>
-      <c r="AL16" s="14" t="n">
+      <c r="AO16" s="14" t="n">
         <v>103.044</v>
       </c>
-      <c r="AM16" s="14" t="n">
+      <c r="AP16" s="14" t="n">
         <v>94.803</v>
       </c>
-      <c r="AN16" s="14" t="n">
+      <c r="AQ16" s="14" t="n">
         <v>97.906</v>
       </c>
-      <c r="AO16" s="14" t="n">
+      <c r="AR16" s="14" t="n">
         <v>101.64</v>
       </c>
-      <c r="AP16" s="14" t="n">
+      <c r="AS16" s="14" t="n">
         <v>102.927</v>
       </c>
-      <c r="AQ16" s="14" t="n">
+      <c r="AT16" s="14" t="n">
         <v>100.314</v>
       </c>
-      <c r="AR16" s="14" t="n">
+      <c r="AU16" s="14" t="n">
         <v>106.06</v>
       </c>
-      <c r="AS16" s="14" t="n">
+      <c r="AV16" s="14" t="n">
         <v>95.496</v>
       </c>
-      <c r="AT16" s="14" t="n">
+      <c r="AW16" s="14" t="n">
         <v>96.427</v>
       </c>
-      <c r="AU16" s="14" t="n">
+      <c r="AX16" s="14" t="n">
         <v>108.129</v>
       </c>
-      <c r="AV16" s="14" t="n">
+      <c r="AY16" s="14" t="n">
         <v>103.534</v>
       </c>
-      <c r="AW16" s="14" t="n">
+      <c r="AZ16" s="14" t="n">
         <v>103.604</v>
       </c>
-      <c r="AX16" s="14" t="n">
+      <c r="BA16" s="14" t="n">
         <v>102.255</v>
       </c>
-      <c r="AY16" s="14" t="n">
+      <c r="BB16" s="14" t="n">
         <v>90.364</v>
       </c>
-      <c r="AZ16" s="14" t="n">
+      <c r="BC16" s="14" t="n">
         <v>103.29</v>
       </c>
-      <c r="BA16" s="14" t="n">
+      <c r="BD16" s="14" t="n">
         <v>107.31</v>
       </c>
-      <c r="BB16" s="14" t="n">
+      <c r="BE16" s="14" t="n">
         <v>99.185</v>
       </c>
-      <c r="BC16" s="14" t="n">
+      <c r="BF16" s="14" t="n">
         <v>97.774</v>
       </c>
-      <c r="BD16" s="14" t="n">
+      <c r="BG16" s="14" t="n">
         <v>109.355</v>
       </c>
-      <c r="BE16" s="14" t="n">
+      <c r="BH16" s="14" t="n">
         <v>89.044</v>
       </c>
-      <c r="BF16" s="14" t="n">
+      <c r="BI16" s="14" t="n">
         <v>86.157</v>
       </c>
-      <c r="BG16" s="15" t="n">
-[...5 lines deleted...]
-      <c r="BI16" s="15" t="n">
+      <c r="BJ16" s="15" t="n">
+        <v>7.9</v>
+      </c>
+      <c r="BK16" s="15" t="n">
+        <v>-6.5</v>
+      </c>
+      <c r="BL16" s="15" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="BM16" s="15" t="n">
+        <v>18.4</v>
+      </c>
+      <c r="BN16" s="15" t="n">
+        <v>-18.1</v>
+      </c>
+      <c r="BO16" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="BJ16" s="15" t="n">
+      <c r="BP16" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="BK16" s="15" t="n">
+      <c r="BQ16" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="BL16" s="15" t="n">
+      <c r="BR16" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="BM16" s="15" t="n">
+      <c r="BS16" s="15" t="n">
         <v>9.8</v>
       </c>
-      <c r="BN16" s="15" t="n">
+      <c r="BT16" s="15" t="n">
         <v>-3.5</v>
       </c>
-      <c r="BO16" s="15" t="n">
+      <c r="BU16" s="15" t="n">
         <v>-5.6</v>
       </c>
-      <c r="BP16" s="15" t="n">
+      <c r="BV16" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="BQ16" s="15" t="n">
+      <c r="BW16" s="15" t="n">
         <v>-5.8</v>
       </c>
-      <c r="BR16" s="15" t="n">
+      <c r="BX16" s="15" t="n">
         <v>10.3</v>
       </c>
-      <c r="BS16" s="15" t="n">
+      <c r="BY16" s="15" t="n">
         <v>12.9</v>
       </c>
-      <c r="BT16" s="15" t="n">
+      <c r="BZ16" s="15" t="n">
         <v>-16.2</v>
       </c>
-      <c r="BU16" s="15" t="n">
+      <c r="CA16" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="BV16" s="15" t="n">
+      <c r="CB16" s="15" t="n">
         <v>-4.1</v>
       </c>
-      <c r="BW16" s="15" t="n">
+      <c r="CC16" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="BX16" s="15" t="n">
+      <c r="CD16" s="15" t="n">
         <v>8.4</v>
       </c>
-      <c r="BY16" s="15" t="n">
+      <c r="CE16" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="BZ16" s="15" t="n">
+      <c r="CF16" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="CA16" s="15" t="n">
+      <c r="CG16" s="15" t="n">
         <v>-6.1</v>
       </c>
-      <c r="CB16" s="15" t="n">
+      <c r="CH16" s="15" t="n">
         <v>-2.1</v>
       </c>
-      <c r="CC16" s="15" t="n">
+      <c r="CI16" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="CD16" s="15" t="n">
+      <c r="CJ16" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="CE16" s="15" t="n">
+      <c r="CK16" s="15" t="n">
         <v>5.9</v>
       </c>
-      <c r="CF16" s="15" t="n">
+      <c r="CL16" s="15" t="n">
         <v>-9.9</v>
       </c>
-      <c r="CG16" s="15" t="n">
+      <c r="CM16" s="15" t="n">
         <v>-3.3</v>
       </c>
-      <c r="CH16" s="15" t="n">
+      <c r="CN16" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="CI16" s="15" t="n">
+      <c r="CO16" s="15" t="n">
         <v>8.7</v>
       </c>
-      <c r="CJ16" s="15" t="n">
+      <c r="CP16" s="15" t="n">
         <v>-14.2</v>
       </c>
-      <c r="CK16" s="15" t="n">
+      <c r="CQ16" s="15" t="n">
         <v>20.6</v>
       </c>
-      <c r="CL16" s="15" t="n">
+      <c r="CR16" s="15" t="n">
         <v>-3.8</v>
       </c>
-      <c r="CM16" s="15" t="n">
+      <c r="CS16" s="15" t="n">
         <v>-13.0</v>
       </c>
-      <c r="CN16" s="15" t="n">
+      <c r="CT16" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="CO16" s="15" t="n">
+      <c r="CU16" s="15" t="n">
         <v>6.2</v>
       </c>
-      <c r="CP16" s="15" t="n">
+      <c r="CV16" s="15" t="n">
         <v>-3.2</v>
       </c>
-      <c r="CQ16" s="15" t="n">
+      <c r="CW16" s="15" t="n">
         <v>8.7</v>
       </c>
-      <c r="CR16" s="15" t="n">
+      <c r="CX16" s="15" t="n">
         <v>-3.2</v>
       </c>
-      <c r="CS16" s="15" t="n">
+      <c r="CY16" s="15" t="n">
         <v>-3.7</v>
       </c>
-      <c r="CT16" s="15" t="n">
+      <c r="CZ16" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="CU16" s="15" t="n">
+      <c r="DA16" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="CV16" s="15" t="n">
+      <c r="DB16" s="15" t="n">
         <v>-5.4</v>
       </c>
-      <c r="CW16" s="15" t="n">
+      <c r="DC16" s="15" t="n">
         <v>11.1</v>
       </c>
-      <c r="CX16" s="15" t="n">
+      <c r="DD16" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="CY16" s="15" t="n">
+      <c r="DE16" s="15" t="n">
         <v>-10.8</v>
       </c>
-      <c r="CZ16" s="15" t="n">
+      <c r="DF16" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="DA16" s="15" t="n">
+      <c r="DG16" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="DB16" s="15" t="n">
+      <c r="DH16" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="DC16" s="15" t="n">
+      <c r="DI16" s="15" t="n">
         <v>13.2</v>
       </c>
-      <c r="DD16" s="15" t="n">
+      <c r="DJ16" s="15" t="n">
         <v>-12.5</v>
       </c>
-      <c r="DE16" s="15" t="n">
+      <c r="DK16" s="15" t="n">
         <v>-3.7</v>
       </c>
-      <c r="DF16" s="15" t="n">
+      <c r="DL16" s="15" t="n">
         <v>8.2</v>
       </c>
-      <c r="DG16" s="15" t="n">
+      <c r="DM16" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="DH16" s="15" t="n">
+      <c r="DN16" s="15" t="n">
         <v>-10.6</v>
       </c>
-      <c r="DI16" s="15" t="n">
+      <c r="DO16" s="15" t="n">
         <v>22.8</v>
       </c>
-      <c r="DJ16" s="15" t="n">
+      <c r="DP16" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="DK16" s="13" t="inlineStr">
-[...4 lines deleted...]
-      <c r="DL16" s="15" t="n">
+      <c r="DQ16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DR16" s="15" t="n">
+        <v>4.9</v>
+      </c>
+      <c r="DS16" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="DT16" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="DU16" s="15" t="n">
         <v>8.4</v>
       </c>
-      <c r="DM16" s="15" t="n">
+      <c r="DV16" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="DN16" s="15" t="n">
+      <c r="DW16" s="15" t="n">
         <v>5.7</v>
       </c>
-      <c r="DO16" s="15" t="n">
+      <c r="DX16" s="15" t="n">
         <v>7.7</v>
       </c>
-      <c r="DP16" s="15" t="n">
+      <c r="DY16" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="DQ16" s="15" t="n">
+      <c r="DZ16" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="DR16" s="15" t="n">
+      <c r="EA16" s="15" t="n">
         <v>12.7</v>
       </c>
-      <c r="DS16" s="15" t="n">
+      <c r="EB16" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="DT16" s="15" t="n">
+      <c r="EC16" s="15" t="n">
         <v>6.0</v>
       </c>
-      <c r="DU16" s="15" t="n">
+      <c r="ED16" s="15" t="n">
         <v>5.4</v>
       </c>
-      <c r="DV16" s="15" t="n">
+      <c r="EE16" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="DW16" s="15" t="n">
+      <c r="EF16" s="15" t="n">
         <v>9.2</v>
       </c>
-      <c r="DX16" s="15" t="n">
+      <c r="EG16" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="DY16" s="15" t="n">
+      <c r="EH16" s="15" t="n">
         <v>-3.5</v>
       </c>
-      <c r="DZ16" s="15" t="n">
+      <c r="EI16" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="EA16" s="15" t="n">
+      <c r="EJ16" s="15" t="n">
         <v>-4.1</v>
       </c>
-      <c r="EB16" s="15" t="n">
+      <c r="EK16" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="EC16" s="15" t="n">
+      <c r="EL16" s="15" t="n">
         <v>7.2</v>
       </c>
-      <c r="ED16" s="15" t="n">
+      <c r="EM16" s="15" t="n">
         <v>-15.1</v>
       </c>
-      <c r="EE16" s="15" t="n">
+      <c r="EN16" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="EF16" s="15" t="n">
+      <c r="EO16" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="EG16" s="15" t="n">
+      <c r="EP16" s="15" t="n">
         <v>-8.3</v>
       </c>
-      <c r="EH16" s="15" t="n">
+      <c r="EQ16" s="15" t="n">
         <v>-6.2</v>
       </c>
-      <c r="EI16" s="15" t="n">
+      <c r="ER16" s="15" t="n">
         <v>-4.4</v>
       </c>
-      <c r="EJ16" s="15" t="n">
+      <c r="ES16" s="15" t="n">
         <v>-11.0</v>
       </c>
-      <c r="EK16" s="15" t="n">
+      <c r="ET16" s="15" t="n">
         <v>-8.6</v>
       </c>
-      <c r="EL16" s="15" t="n">
+      <c r="EU16" s="15" t="n">
         <v>-1.7</v>
       </c>
-      <c r="EM16" s="15" t="n">
+      <c r="EV16" s="15" t="n">
         <v>-2.1</v>
       </c>
-      <c r="EN16" s="15" t="n">
+      <c r="EW16" s="15" t="n">
         <v>-3.0</v>
       </c>
-      <c r="EO16" s="15" t="n">
+      <c r="EX16" s="15" t="n">
         <v>-8.4</v>
       </c>
-      <c r="EP16" s="15" t="n">
+      <c r="EY16" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="EQ16" s="15" t="n">
+      <c r="EZ16" s="15" t="n">
         <v>-7.0</v>
       </c>
-      <c r="ER16" s="15" t="n">
+      <c r="FA16" s="15" t="n">
         <v>-4.3</v>
       </c>
-      <c r="ES16" s="15" t="n">
+      <c r="FB16" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="ET16" s="15" t="n">
+      <c r="FC16" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="EU16" s="15" t="n">
+      <c r="FD16" s="15" t="n">
         <v>-3.7</v>
       </c>
-      <c r="EV16" s="15" t="n">
+      <c r="FE16" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="EW16" s="15" t="n">
+      <c r="FF16" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="EX16" s="15" t="n">
+      <c r="FG16" s="15" t="n">
         <v>-5.2</v>
       </c>
-      <c r="EY16" s="15" t="n">
+      <c r="FH16" s="15" t="n">
         <v>-5.3</v>
       </c>
-      <c r="EZ16" s="15" t="n">
+      <c r="FI16" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="FA16" s="15" t="n">
+      <c r="FJ16" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="FB16" s="15" t="n">
+      <c r="FK16" s="15" t="n">
         <v>-3.0</v>
       </c>
-      <c r="FC16" s="15" t="n">
+      <c r="FL16" s="15" t="n">
         <v>7.2</v>
       </c>
-      <c r="FD16" s="15" t="n">
+      <c r="FM16" s="15" t="n">
         <v>11.9</v>
       </c>
-      <c r="FE16" s="13" t="inlineStr">
-[...43 lines deleted...]
-      </c>
       <c r="FN16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FO16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FP16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="FQ16" s="15" t="n">
+      <c r="FQ16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FR16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FS16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FT16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FU16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FV16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FW16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FX16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FY16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FZ16" s="15" t="n">
+        <v>5.3</v>
+      </c>
+      <c r="GA16" s="15" t="n">
+        <v>5.3</v>
+      </c>
+      <c r="GB16" s="15" t="n">
+        <v>5.7</v>
+      </c>
+      <c r="GC16" s="15" t="n">
         <v>6.1</v>
       </c>
-      <c r="FR16" s="15" t="n">
+      <c r="GD16" s="15" t="n">
         <v>5.8</v>
       </c>
-      <c r="FS16" s="15" t="n">
+      <c r="GE16" s="15" t="n">
         <v>6.1</v>
       </c>
-      <c r="FT16" s="15" t="n">
+      <c r="GF16" s="15" t="n">
         <v>6.2</v>
       </c>
-      <c r="FU16" s="15" t="n">
+      <c r="GG16" s="15" t="n">
         <v>5.9</v>
       </c>
-      <c r="FV16" s="15" t="n">
+      <c r="GH16" s="15" t="n">
         <v>6.5</v>
       </c>
-      <c r="FW16" s="15" t="n">
+      <c r="GI16" s="15" t="n">
         <v>7.5</v>
       </c>
-      <c r="FX16" s="15" t="n">
+      <c r="GJ16" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="FY16" s="15" t="n">
+      <c r="GK16" s="15" t="n">
         <v>6.0</v>
       </c>
-      <c r="FZ16" s="15" t="n">
+      <c r="GL16" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="GA16" s="15" t="n">
+      <c r="GM16" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="GB16" s="15" t="n">
+      <c r="GN16" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="GC16" s="15" t="n">
+      <c r="GO16" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="GD16" s="15" t="n">
+      <c r="GP16" s="15" t="n">
         <v>-1.7</v>
       </c>
-      <c r="GE16" s="15" t="n">
+      <c r="GQ16" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="GF16" s="15" t="n">
+      <c r="GR16" s="15" t="n">
         <v>-2.4</v>
       </c>
-      <c r="GG16" s="15" t="n">
+      <c r="GS16" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="GH16" s="15" t="n">
+      <c r="GT16" s="15" t="n">
         <v>-2.5</v>
       </c>
-      <c r="GI16" s="15" t="n">
+      <c r="GU16" s="15" t="n">
         <v>-5.6</v>
       </c>
-      <c r="GJ16" s="15" t="n">
+      <c r="GV16" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="GK16" s="15" t="n">
+      <c r="GW16" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="GL16" s="15" t="n">
+      <c r="GX16" s="15" t="n">
         <v>-5.3</v>
       </c>
-      <c r="GM16" s="15" t="n">
+      <c r="GY16" s="15" t="n">
         <v>-5.0</v>
       </c>
-      <c r="GN16" s="15" t="n">
+      <c r="GZ16" s="15" t="n">
         <v>-4.9</v>
       </c>
-      <c r="GO16" s="15" t="n">
+      <c r="HA16" s="15" t="n">
         <v>-5.0</v>
       </c>
-      <c r="GP16" s="15" t="n">
+      <c r="HB16" s="15" t="n">
         <v>-4.2</v>
       </c>
-      <c r="GQ16" s="15" t="n">
+      <c r="HC16" s="15" t="n">
         <v>-3.6</v>
       </c>
-      <c r="GR16" s="15" t="n">
+      <c r="HD16" s="15" t="n">
         <v>-3.9</v>
       </c>
-      <c r="GS16" s="15" t="n">
+      <c r="HE16" s="15" t="n">
         <v>-4.3</v>
       </c>
-      <c r="GT16" s="15" t="n">
+      <c r="HF16" s="15" t="n">
         <v>-4.6</v>
       </c>
-      <c r="GU16" s="15" t="n">
+      <c r="HG16" s="15" t="n">
         <v>-3.3</v>
       </c>
-      <c r="GV16" s="15" t="n">
+      <c r="HH16" s="15" t="n">
         <v>-5.6</v>
       </c>
-      <c r="GW16" s="15" t="n">
+      <c r="HI16" s="15" t="n">
         <v>-4.3</v>
       </c>
-      <c r="GX16" s="15" t="n">
+      <c r="HJ16" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="GY16" s="15" t="n">
+      <c r="HK16" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="GZ16" s="15" t="n">
+      <c r="HL16" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="HA16" s="15" t="n">
+      <c r="HM16" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="HB16" s="15" t="n">
+      <c r="HN16" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="HC16" s="15" t="n">
+      <c r="HO16" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="HD16" s="15" t="n">
+      <c r="HP16" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="HE16" s="15" t="n">
+      <c r="HQ16" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="HF16" s="15" t="n">
+      <c r="HR16" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="HG16" s="15" t="n">
+      <c r="HS16" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="HH16" s="15" t="n">
+      <c r="HT16" s="15" t="n">
         <v>9.5</v>
       </c>
-      <c r="HI16" s="15" t="n">
+      <c r="HU16" s="15" t="n">
         <v>11.9</v>
       </c>
-      <c r="HJ16" s="13" t="inlineStr">
-[...54 lines deleted...]
-      <c r="HU16" s="13" t="inlineStr">
+      <c r="HV16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HW16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HX16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HY16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HZ16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IA16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IB16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IC16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    461 Wholesale on a fee or contract basis</t>
         </is>
       </c>
       <c r="B17" s="14" t="n">
-        <v>98.855</v>
+        <v>102.021</v>
       </c>
       <c r="C17" s="14" t="n">
-        <v>81.061</v>
+        <v>94.12</v>
       </c>
       <c r="D17" s="14" t="n">
-        <v>99.907</v>
+        <v>98.315</v>
       </c>
       <c r="E17" s="14" t="n">
+        <v>98.376</v>
+      </c>
+      <c r="F17" s="14" t="n">
+        <v>80.629</v>
+      </c>
+      <c r="G17" s="14" t="n">
+        <v>99.889</v>
+      </c>
+      <c r="H17" s="14" t="n">
         <v>98.027</v>
       </c>
-      <c r="F17" s="14" t="n">
+      <c r="I17" s="14" t="n">
         <v>89.895</v>
       </c>
-      <c r="G17" s="14" t="n">
+      <c r="J17" s="14" t="n">
         <v>92.156</v>
       </c>
-      <c r="H17" s="14" t="n">
+      <c r="K17" s="14" t="n">
         <v>99.995</v>
       </c>
-      <c r="I17" s="14" t="n">
+      <c r="L17" s="14" t="n">
         <v>85.423</v>
       </c>
-      <c r="J17" s="14" t="n">
+      <c r="M17" s="14" t="n">
         <v>88.002</v>
       </c>
-      <c r="K17" s="14" t="n">
+      <c r="N17" s="14" t="n">
         <v>93.672</v>
       </c>
-      <c r="L17" s="14" t="n">
+      <c r="O17" s="14" t="n">
         <v>87.057</v>
       </c>
-      <c r="M17" s="14" t="n">
+      <c r="P17" s="14" t="n">
         <v>97.168</v>
       </c>
-      <c r="N17" s="14" t="n">
+      <c r="Q17" s="14" t="n">
         <v>92.327</v>
       </c>
-      <c r="O17" s="14" t="n">
+      <c r="R17" s="14" t="n">
         <v>75.643</v>
       </c>
-      <c r="P17" s="14" t="n">
+      <c r="S17" s="14" t="n">
         <v>93.623</v>
       </c>
-      <c r="Q17" s="14" t="n">
+      <c r="T17" s="14" t="n">
         <v>90.878</v>
       </c>
-      <c r="R17" s="14" t="n">
+      <c r="U17" s="14" t="n">
         <v>89.87</v>
       </c>
-      <c r="S17" s="14" t="n">
+      <c r="V17" s="14" t="n">
         <v>89.755</v>
       </c>
-      <c r="T17" s="14" t="n">
+      <c r="W17" s="14" t="n">
         <v>87.1</v>
       </c>
-      <c r="U17" s="14" t="n">
+      <c r="X17" s="14" t="n">
         <v>83.93</v>
       </c>
-      <c r="V17" s="14" t="n">
+      <c r="Y17" s="14" t="n">
         <v>89.729</v>
       </c>
-      <c r="W17" s="14" t="n">
+      <c r="Z17" s="14" t="n">
         <v>88.161</v>
       </c>
-      <c r="X17" s="14" t="n">
+      <c r="AA17" s="14" t="n">
         <v>90.517</v>
       </c>
-      <c r="Y17" s="14" t="n">
+      <c r="AB17" s="14" t="n">
         <v>89.469</v>
       </c>
-      <c r="Z17" s="14" t="n">
+      <c r="AC17" s="14" t="n">
         <v>91.243</v>
       </c>
-      <c r="AA17" s="14" t="n">
+      <c r="AD17" s="14" t="n">
         <v>81.586</v>
       </c>
-      <c r="AB17" s="14" t="n">
+      <c r="AE17" s="14" t="n">
         <v>92.996</v>
       </c>
-      <c r="AC17" s="14" t="n">
+      <c r="AF17" s="14" t="n">
         <v>102.469</v>
       </c>
-      <c r="AD17" s="14" t="n">
+      <c r="AG17" s="14" t="n">
         <v>97.519</v>
       </c>
-      <c r="AE17" s="14" t="n">
+      <c r="AH17" s="14" t="n">
         <v>88.466</v>
       </c>
-      <c r="AF17" s="14" t="n">
+      <c r="AI17" s="14" t="n">
         <v>101.155</v>
       </c>
-      <c r="AG17" s="14" t="n">
+      <c r="AJ17" s="14" t="n">
         <v>83.956</v>
       </c>
-      <c r="AH17" s="14" t="n">
+      <c r="AK17" s="14" t="n">
         <v>87.85</v>
       </c>
-      <c r="AI17" s="14" t="n">
+      <c r="AL17" s="14" t="n">
         <v>100.848</v>
       </c>
-      <c r="AJ17" s="14" t="n">
+      <c r="AM17" s="14" t="n">
         <v>89.017</v>
       </c>
-      <c r="AK17" s="14" t="n">
+      <c r="AN17" s="14" t="n">
         <v>88.893</v>
       </c>
-      <c r="AL17" s="14" t="n">
+      <c r="AO17" s="14" t="n">
         <v>98.433</v>
       </c>
-      <c r="AM17" s="14" t="n">
+      <c r="AP17" s="14" t="n">
         <v>85.61</v>
       </c>
-      <c r="AN17" s="14" t="n">
+      <c r="AQ17" s="14" t="n">
         <v>95.145</v>
       </c>
-      <c r="AO17" s="14" t="n">
+      <c r="AR17" s="14" t="n">
         <v>99.383</v>
       </c>
-      <c r="AP17" s="14" t="n">
+      <c r="AS17" s="14" t="n">
         <v>99.315</v>
       </c>
-      <c r="AQ17" s="14" t="n">
+      <c r="AT17" s="14" t="n">
         <v>97.515</v>
       </c>
-      <c r="AR17" s="14" t="n">
+      <c r="AU17" s="14" t="n">
         <v>102.917</v>
       </c>
-      <c r="AS17" s="14" t="n">
+      <c r="AV17" s="14" t="n">
         <v>95.317</v>
       </c>
-      <c r="AT17" s="14" t="n">
+      <c r="AW17" s="14" t="n">
         <v>92.529</v>
       </c>
-      <c r="AU17" s="14" t="n">
+      <c r="AX17" s="14" t="n">
         <v>111.819</v>
       </c>
-      <c r="AV17" s="14" t="n">
+      <c r="AY17" s="14" t="n">
         <v>99.241</v>
       </c>
-      <c r="AW17" s="14" t="n">
+      <c r="AZ17" s="14" t="n">
         <v>103.63</v>
       </c>
-      <c r="AX17" s="14" t="n">
+      <c r="BA17" s="14" t="n">
         <v>101.156</v>
       </c>
-      <c r="AY17" s="14" t="n">
+      <c r="BB17" s="14" t="n">
         <v>87.115</v>
       </c>
-      <c r="AZ17" s="14" t="n">
+      <c r="BC17" s="14" t="n">
         <v>103.549</v>
       </c>
-      <c r="BA17" s="14" t="n">
+      <c r="BD17" s="14" t="n">
         <v>105.736</v>
       </c>
-      <c r="BB17" s="14" t="n">
+      <c r="BE17" s="14" t="n">
         <v>94.571</v>
       </c>
-      <c r="BC17" s="14" t="n">
+      <c r="BF17" s="14" t="n">
         <v>100.212</v>
       </c>
-      <c r="BD17" s="14" t="n">
+      <c r="BG17" s="14" t="n">
         <v>105.261</v>
       </c>
-      <c r="BE17" s="14" t="n">
+      <c r="BH17" s="14" t="n">
         <v>94.051</v>
       </c>
-      <c r="BF17" s="14" t="n">
+      <c r="BI17" s="14" t="n">
         <v>93.659</v>
       </c>
-      <c r="BG17" s="15" t="n">
+      <c r="BJ17" s="15" t="n">
+        <v>8.4</v>
+      </c>
+      <c r="BK17" s="15" t="n">
+        <v>-4.3</v>
+      </c>
+      <c r="BL17" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="BM17" s="15" t="n">
         <v>22.0</v>
       </c>
-      <c r="BH17" s="15" t="n">
-[...2 lines deleted...]
-      <c r="BI17" s="15" t="n">
+      <c r="BN17" s="15" t="n">
+        <v>-19.3</v>
+      </c>
+      <c r="BO17" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="BJ17" s="15" t="n">
+      <c r="BP17" s="15" t="n">
         <v>9.0</v>
       </c>
-      <c r="BK17" s="15" t="n">
+      <c r="BQ17" s="15" t="n">
         <v>-2.5</v>
       </c>
-      <c r="BL17" s="15" t="n">
+      <c r="BR17" s="15" t="n">
         <v>-7.8</v>
       </c>
-      <c r="BM17" s="15" t="n">
+      <c r="BS17" s="15" t="n">
         <v>17.1</v>
       </c>
-      <c r="BN17" s="15" t="n">
+      <c r="BT17" s="15" t="n">
         <v>-2.9</v>
       </c>
-      <c r="BO17" s="15" t="n">
+      <c r="BU17" s="15" t="n">
         <v>-6.1</v>
       </c>
-      <c r="BP17" s="15" t="n">
+      <c r="BV17" s="15" t="n">
         <v>7.6</v>
       </c>
-      <c r="BQ17" s="15" t="n">
+      <c r="BW17" s="15" t="n">
         <v>-10.4</v>
       </c>
-      <c r="BR17" s="15" t="n">
+      <c r="BX17" s="15" t="n">
         <v>5.2</v>
       </c>
-      <c r="BS17" s="15" t="n">
+      <c r="BY17" s="15" t="n">
         <v>22.1</v>
       </c>
-      <c r="BT17" s="15" t="n">
+      <c r="BZ17" s="15" t="n">
         <v>-19.2</v>
       </c>
-      <c r="BU17" s="15" t="n">
+      <c r="CA17" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="BV17" s="15" t="n">
+      <c r="CB17" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="BW17" s="15" t="n">
+      <c r="CC17" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="BX17" s="15" t="n">
+      <c r="CD17" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="BY17" s="15" t="n">
+      <c r="CE17" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="BZ17" s="15" t="n">
+      <c r="CF17" s="15" t="n">
         <v>-6.5</v>
       </c>
-      <c r="CA17" s="15" t="n">
+      <c r="CG17" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="CB17" s="15" t="n">
+      <c r="CH17" s="15" t="n">
         <v>-2.6</v>
       </c>
-      <c r="CC17" s="15" t="n">
+      <c r="CI17" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="CD17" s="15" t="n">
+      <c r="CJ17" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="CE17" s="15" t="n">
+      <c r="CK17" s="15" t="n">
         <v>11.8</v>
       </c>
-      <c r="CF17" s="15" t="n">
+      <c r="CL17" s="15" t="n">
         <v>-12.3</v>
       </c>
-      <c r="CG17" s="15" t="n">
+      <c r="CM17" s="15" t="n">
         <v>-9.2</v>
       </c>
-      <c r="CH17" s="15" t="n">
+      <c r="CN17" s="15" t="n">
         <v>5.1</v>
       </c>
-      <c r="CI17" s="15" t="n">
+      <c r="CO17" s="15" t="n">
         <v>10.2</v>
       </c>
-      <c r="CJ17" s="15" t="n">
+      <c r="CP17" s="15" t="n">
         <v>-12.5</v>
       </c>
-      <c r="CK17" s="15" t="n">
+      <c r="CQ17" s="15" t="n">
         <v>20.5</v>
       </c>
-      <c r="CL17" s="15" t="n">
+      <c r="CR17" s="15" t="n">
         <v>-4.4</v>
       </c>
-      <c r="CM17" s="15" t="n">
+      <c r="CS17" s="15" t="n">
         <v>-12.9</v>
       </c>
-      <c r="CN17" s="15" t="n">
+      <c r="CT17" s="15" t="n">
         <v>13.3</v>
       </c>
-      <c r="CO17" s="15" t="n">
+      <c r="CU17" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="CP17" s="15" t="n">
+      <c r="CV17" s="15" t="n">
         <v>-9.7</v>
       </c>
-      <c r="CQ17" s="15" t="n">
+      <c r="CW17" s="15" t="n">
         <v>15.0</v>
       </c>
-      <c r="CR17" s="15" t="n">
+      <c r="CX17" s="15" t="n">
         <v>-10.0</v>
       </c>
-      <c r="CS17" s="15" t="n">
+      <c r="CY17" s="15" t="n">
         <v>-4.3</v>
       </c>
-      <c r="CT17" s="15" t="n">
+      <c r="CZ17" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="CU17" s="15" t="n">
+      <c r="DA17" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="CV17" s="15" t="n">
+      <c r="DB17" s="15" t="n">
         <v>-5.2</v>
       </c>
-      <c r="CW17" s="15" t="n">
+      <c r="DC17" s="15" t="n">
         <v>8.0</v>
       </c>
-      <c r="CX17" s="15" t="n">
+      <c r="DD17" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="CY17" s="15" t="n">
+      <c r="DE17" s="15" t="n">
         <v>-17.3</v>
       </c>
-      <c r="CZ17" s="15" t="n">
+      <c r="DF17" s="15" t="n">
         <v>12.7</v>
       </c>
-      <c r="DA17" s="15" t="n">
+      <c r="DG17" s="15" t="n">
         <v>-4.2</v>
       </c>
-      <c r="DB17" s="15" t="n">
+      <c r="DH17" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="DC17" s="15" t="n">
+      <c r="DI17" s="15" t="n">
         <v>16.1</v>
       </c>
-      <c r="DD17" s="15" t="n">
+      <c r="DJ17" s="15" t="n">
         <v>-15.9</v>
       </c>
-      <c r="DE17" s="15" t="n">
+      <c r="DK17" s="15" t="n">
         <v>-2.1</v>
       </c>
-      <c r="DF17" s="15" t="n">
+      <c r="DL17" s="15" t="n">
         <v>11.8</v>
       </c>
-      <c r="DG17" s="15" t="n">
+      <c r="DM17" s="15" t="n">
         <v>-5.6</v>
       </c>
-      <c r="DH17" s="15" t="n">
+      <c r="DN17" s="15" t="n">
         <v>-4.8</v>
       </c>
-      <c r="DI17" s="15" t="n">
+      <c r="DO17" s="15" t="n">
         <v>11.9</v>
       </c>
-      <c r="DJ17" s="15" t="n">
+      <c r="DP17" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="DK17" s="13" t="inlineStr">
-[...10 lines deleted...]
-      <c r="DN17" s="15" t="n">
+      <c r="DQ17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DR17" s="15" t="n">
+        <v>8.9</v>
+      </c>
+      <c r="DS17" s="15" t="n">
+        <v>8.1</v>
+      </c>
+      <c r="DT17" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="DU17" s="15" t="n">
+        <v>6.6</v>
+      </c>
+      <c r="DV17" s="15" t="n">
+        <v>6.6</v>
+      </c>
+      <c r="DW17" s="15" t="n">
         <v>6.7</v>
       </c>
-      <c r="DO17" s="15" t="n">
+      <c r="DX17" s="15" t="n">
         <v>7.9</v>
       </c>
-      <c r="DP17" s="15" t="n">
+      <c r="DY17" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="DQ17" s="15" t="n">
+      <c r="DZ17" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="DR17" s="15" t="n">
+      <c r="EA17" s="15" t="n">
         <v>14.8</v>
       </c>
-      <c r="DS17" s="15" t="n">
+      <c r="EB17" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="DT17" s="15" t="n">
+      <c r="EC17" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="DU17" s="15" t="n">
+      <c r="ED17" s="15" t="n">
         <v>6.3</v>
       </c>
-      <c r="DV17" s="15" t="n">
+      <c r="EE17" s="15" t="n">
         <v>-3.8</v>
       </c>
-      <c r="DW17" s="15" t="n">
+      <c r="EF17" s="15" t="n">
         <v>8.6</v>
       </c>
-      <c r="DX17" s="15" t="n">
+      <c r="EG17" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="DY17" s="15" t="n">
+      <c r="EH17" s="15" t="n">
         <v>-7.3</v>
       </c>
-      <c r="DZ17" s="15" t="n">
+      <c r="EI17" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="EA17" s="15" t="n">
+      <c r="EJ17" s="15" t="n">
         <v>-11.3</v>
       </c>
-      <c r="EB17" s="15" t="n">
+      <c r="EK17" s="15" t="n">
         <v>-7.8</v>
       </c>
-      <c r="EC17" s="15" t="n">
+      <c r="EL17" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="ED17" s="15" t="n">
+      <c r="EM17" s="15" t="n">
         <v>-13.9</v>
       </c>
-      <c r="EE17" s="15" t="n">
+      <c r="EN17" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="EF17" s="15" t="n">
+      <c r="EO17" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="EG17" s="15" t="n">
+      <c r="EP17" s="15" t="n">
         <v>-12.6</v>
       </c>
-      <c r="EH17" s="15" t="n">
+      <c r="EQ17" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="EI17" s="15" t="n">
+      <c r="ER17" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="EJ17" s="15" t="n">
+      <c r="ES17" s="15" t="n">
         <v>-7.3</v>
       </c>
-      <c r="EK17" s="15" t="n">
+      <c r="ET17" s="15" t="n">
         <v>-4.7</v>
       </c>
-      <c r="EL17" s="15" t="n">
+      <c r="EU17" s="15" t="n">
         <v>-2.3</v>
       </c>
-      <c r="EM17" s="15" t="n">
+      <c r="EV17" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="EN17" s="15" t="n">
+      <c r="EW17" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="EO17" s="15" t="n">
+      <c r="EX17" s="15" t="n">
         <v>-9.3</v>
       </c>
-      <c r="EP17" s="15" t="n">
+      <c r="EY17" s="15" t="n">
         <v>-1.7</v>
       </c>
-      <c r="EQ17" s="15" t="n">
+      <c r="EZ17" s="15" t="n">
         <v>-11.9</v>
       </c>
-      <c r="ER17" s="15" t="n">
+      <c r="FA17" s="15" t="n">
         <v>-5.1</v>
       </c>
-      <c r="ES17" s="15" t="n">
+      <c r="FB17" s="15" t="n">
         <v>-9.8</v>
       </c>
-      <c r="ET17" s="15" t="n">
+      <c r="FC17" s="15" t="n">
         <v>-10.3</v>
       </c>
-      <c r="EU17" s="15" t="n">
+      <c r="FD17" s="15" t="n">
         <v>-14.2</v>
       </c>
-      <c r="EV17" s="15" t="n">
+      <c r="FE17" s="15" t="n">
         <v>-2.7</v>
       </c>
-      <c r="EW17" s="15" t="n">
+      <c r="FF17" s="15" t="n">
         <v>-1.7</v>
       </c>
-      <c r="EX17" s="15" t="n">
+      <c r="FG17" s="15" t="n">
         <v>-8.1</v>
       </c>
-      <c r="EY17" s="15" t="n">
+      <c r="FH17" s="15" t="n">
         <v>-6.0</v>
       </c>
-      <c r="EZ17" s="15" t="n">
+      <c r="FI17" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="FA17" s="15" t="n">
+      <c r="FJ17" s="15" t="n">
         <v>-2.7</v>
       </c>
-      <c r="FB17" s="15" t="n">
+      <c r="FK17" s="15" t="n">
         <v>-2.2</v>
       </c>
-      <c r="FC17" s="15" t="n">
+      <c r="FL17" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="FD17" s="15" t="n">
+      <c r="FM17" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="FE17" s="13" t="inlineStr">
-[...43 lines deleted...]
-      </c>
       <c r="FN17" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FO17" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FP17" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="FQ17" s="15" t="n">
-[...2 lines deleted...]
-      <c r="FR17" s="15" t="n">
+      <c r="FQ17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FR17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FS17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FT17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FU17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FV17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FW17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FX17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FY17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FZ17" s="15" t="n">
+        <v>5.2</v>
+      </c>
+      <c r="GA17" s="15" t="n">
+        <v>4.9</v>
+      </c>
+      <c r="GB17" s="15" t="n">
+        <v>4.6</v>
+      </c>
+      <c r="GC17" s="15" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="GD17" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="FS17" s="15" t="n">
+      <c r="GE17" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="FT17" s="15" t="n">
+      <c r="GF17" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="FU17" s="15" t="n">
+      <c r="GG17" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="FV17" s="15" t="n">
+      <c r="GH17" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="FW17" s="15" t="n">
+      <c r="GI17" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="FX17" s="15" t="n">
+      <c r="GJ17" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="FY17" s="15" t="n">
+      <c r="GK17" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="FZ17" s="15" t="n">
+      <c r="GL17" s="15" t="n">
         <v>-2.2</v>
       </c>
-      <c r="GA17" s="15" t="n">
+      <c r="GM17" s="15" t="n">
         <v>-3.0</v>
       </c>
-      <c r="GB17" s="15" t="n">
+      <c r="GN17" s="15" t="n">
         <v>-2.9</v>
       </c>
-      <c r="GC17" s="15" t="n">
+      <c r="GO17" s="15" t="n">
         <v>-4.2</v>
       </c>
-      <c r="GD17" s="15" t="n">
+      <c r="GP17" s="15" t="n">
         <v>-4.8</v>
       </c>
-      <c r="GE17" s="15" t="n">
+      <c r="GQ17" s="15" t="n">
         <v>-4.5</v>
       </c>
-      <c r="GF17" s="15" t="n">
+      <c r="GR17" s="15" t="n">
         <v>-5.4</v>
       </c>
-      <c r="GG17" s="15" t="n">
+      <c r="GS17" s="15" t="n">
         <v>-4.0</v>
       </c>
-      <c r="GH17" s="15" t="n">
+      <c r="GT17" s="15" t="n">
         <v>-3.0</v>
       </c>
-      <c r="GI17" s="15" t="n">
+      <c r="GU17" s="15" t="n">
         <v>-4.5</v>
       </c>
-      <c r="GJ17" s="15" t="n">
+      <c r="GV17" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="GK17" s="15" t="n">
+      <c r="GW17" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="GL17" s="15" t="n">
+      <c r="GX17" s="15" t="n">
         <v>-4.3</v>
       </c>
-      <c r="GM17" s="15" t="n">
+      <c r="GY17" s="15" t="n">
         <v>-3.5</v>
       </c>
-      <c r="GN17" s="15" t="n">
+      <c r="GZ17" s="15" t="n">
         <v>-4.0</v>
       </c>
-      <c r="GO17" s="15" t="n">
+      <c r="HA17" s="15" t="n">
         <v>-4.5</v>
       </c>
-      <c r="GP17" s="15" t="n">
+      <c r="HB17" s="15" t="n">
         <v>-4.1</v>
       </c>
-      <c r="GQ17" s="15" t="n">
+      <c r="HC17" s="15" t="n">
         <v>-4.1</v>
       </c>
-      <c r="GR17" s="15" t="n">
+      <c r="HD17" s="15" t="n">
         <v>-4.4</v>
       </c>
-      <c r="GS17" s="15" t="n">
+      <c r="HE17" s="15" t="n">
         <v>-5.9</v>
       </c>
-      <c r="GT17" s="15" t="n">
+      <c r="HF17" s="15" t="n">
         <v>-6.9</v>
       </c>
-      <c r="GU17" s="15" t="n">
+      <c r="HG17" s="15" t="n">
         <v>-6.1</v>
       </c>
-      <c r="GV17" s="15" t="n">
+      <c r="HH17" s="15" t="n">
         <v>-8.5</v>
       </c>
-      <c r="GW17" s="15" t="n">
+      <c r="HI17" s="15" t="n">
         <v>-5.1</v>
       </c>
-      <c r="GX17" s="15" t="n">
+      <c r="HJ17" s="15" t="n">
         <v>-4.6</v>
       </c>
-      <c r="GY17" s="15" t="n">
+      <c r="HK17" s="15" t="n">
         <v>-4.1</v>
       </c>
-      <c r="GZ17" s="15" t="n">
+      <c r="HL17" s="15" t="n">
         <v>-3.4</v>
       </c>
-      <c r="HA17" s="15" t="n">
+      <c r="HM17" s="15" t="n">
         <v>-2.2</v>
       </c>
-      <c r="HB17" s="15" t="n">
+      <c r="HN17" s="15" t="n">
         <v>-2.1</v>
       </c>
-      <c r="HC17" s="15" t="n">
+      <c r="HO17" s="15" t="n">
         <v>-2.1</v>
       </c>
-      <c r="HD17" s="15" t="n">
+      <c r="HP17" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="HE17" s="15" t="n">
+      <c r="HQ17" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="HF17" s="15" t="n">
+      <c r="HR17" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="HG17" s="15" t="n">
+      <c r="HS17" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="HH17" s="15" t="n">
+      <c r="HT17" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="HI17" s="15" t="n">
+      <c r="HU17" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="HJ17" s="13" t="inlineStr">
-[...54 lines deleted...]
-      <c r="HU17" s="13" t="inlineStr">
+      <c r="HV17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HW17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HX17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HY17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HZ17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IA17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IB17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IC17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG17" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    462 Wholesale of agricultural raw materials and live animals</t>
         </is>
       </c>
       <c r="B18" s="14" t="n">
-        <v>103.906</v>
+        <v>119.661</v>
       </c>
       <c r="C18" s="14" t="n">
-        <v>88.106</v>
+        <v>107.768</v>
       </c>
       <c r="D18" s="14" t="n">
-        <v>99.467</v>
+        <v>114.682</v>
       </c>
       <c r="E18" s="14" t="n">
-        <v>101.341</v>
+        <v>103.936</v>
       </c>
       <c r="F18" s="14" t="n">
+        <v>88.129</v>
+      </c>
+      <c r="G18" s="14" t="n">
+        <v>99.482</v>
+      </c>
+      <c r="H18" s="14" t="n">
+        <v>101.36</v>
+      </c>
+      <c r="I18" s="14" t="n">
         <v>112.496</v>
       </c>
-      <c r="G18" s="14" t="n">
+      <c r="J18" s="14" t="n">
         <v>107.38</v>
       </c>
-      <c r="H18" s="14" t="n">
+      <c r="K18" s="14" t="n">
         <v>109.354</v>
       </c>
-      <c r="I18" s="14" t="n">
+      <c r="L18" s="14" t="n">
         <v>100.252</v>
       </c>
-      <c r="J18" s="14" t="n">
+      <c r="M18" s="14" t="n">
         <v>102.43</v>
       </c>
-      <c r="K18" s="14" t="n">
+      <c r="N18" s="14" t="n">
         <v>108.518</v>
       </c>
-      <c r="L18" s="14" t="n">
+      <c r="O18" s="14" t="n">
         <v>101.925</v>
       </c>
-      <c r="M18" s="14" t="n">
+      <c r="P18" s="14" t="n">
         <v>106.085</v>
       </c>
-      <c r="N18" s="14" t="n">
+      <c r="Q18" s="14" t="n">
         <v>100.486</v>
       </c>
-      <c r="O18" s="14" t="n">
+      <c r="R18" s="14" t="n">
         <v>83.695</v>
       </c>
-      <c r="P18" s="14" t="n">
+      <c r="S18" s="14" t="n">
         <v>89.138</v>
       </c>
-      <c r="Q18" s="14" t="n">
+      <c r="T18" s="14" t="n">
         <v>93.143</v>
       </c>
-      <c r="R18" s="14" t="n">
+      <c r="U18" s="14" t="n">
         <v>103.06</v>
       </c>
-      <c r="S18" s="14" t="n">
+      <c r="V18" s="14" t="n">
         <v>107.947</v>
       </c>
-      <c r="T18" s="14" t="n">
+      <c r="W18" s="14" t="n">
         <v>99.885</v>
       </c>
-      <c r="U18" s="14" t="n">
+      <c r="X18" s="14" t="n">
         <v>92.85</v>
       </c>
-      <c r="V18" s="14" t="n">
+      <c r="Y18" s="14" t="n">
         <v>87.001</v>
       </c>
-      <c r="W18" s="14" t="n">
+      <c r="Z18" s="14" t="n">
         <v>100.33</v>
       </c>
-      <c r="X18" s="14" t="n">
+      <c r="AA18" s="14" t="n">
         <v>96.622</v>
       </c>
-      <c r="Y18" s="14" t="n">
+      <c r="AB18" s="14" t="n">
         <v>92.224</v>
       </c>
-      <c r="Z18" s="14" t="n">
+      <c r="AC18" s="14" t="n">
         <v>90.352</v>
       </c>
-      <c r="AA18" s="14" t="n">
+      <c r="AD18" s="14" t="n">
         <v>82.948</v>
       </c>
-      <c r="AB18" s="14" t="n">
+      <c r="AE18" s="14" t="n">
         <v>77.89</v>
       </c>
-      <c r="AC18" s="14" t="n">
+      <c r="AF18" s="14" t="n">
         <v>88.011</v>
       </c>
-      <c r="AD18" s="14" t="n">
+      <c r="AG18" s="14" t="n">
         <v>91.997</v>
       </c>
-      <c r="AE18" s="14" t="n">
+      <c r="AH18" s="14" t="n">
         <v>84.681</v>
       </c>
-      <c r="AF18" s="14" t="n">
+      <c r="AI18" s="14" t="n">
         <v>97.647</v>
       </c>
-      <c r="AG18" s="14" t="n">
+      <c r="AJ18" s="14" t="n">
         <v>79.178</v>
       </c>
-      <c r="AH18" s="14" t="n">
+      <c r="AK18" s="14" t="n">
         <v>83.689</v>
       </c>
-      <c r="AI18" s="14" t="n">
+      <c r="AL18" s="14" t="n">
         <v>96.591</v>
       </c>
-      <c r="AJ18" s="14" t="n">
+      <c r="AM18" s="14" t="n">
         <v>98.872</v>
       </c>
-      <c r="AK18" s="14" t="n">
+      <c r="AN18" s="14" t="n">
         <v>96.714</v>
       </c>
-      <c r="AL18" s="14" t="n">
+      <c r="AO18" s="14" t="n">
         <v>88.594</v>
       </c>
-      <c r="AM18" s="14" t="n">
+      <c r="AP18" s="14" t="n">
         <v>80.129</v>
       </c>
-      <c r="AN18" s="14" t="n">
+      <c r="AQ18" s="14" t="n">
         <v>80.0</v>
       </c>
-      <c r="AO18" s="14" t="n">
+      <c r="AR18" s="14" t="n">
         <v>93.472</v>
       </c>
-      <c r="AP18" s="14" t="n">
+      <c r="AS18" s="14" t="n">
         <v>92.715</v>
       </c>
-      <c r="AQ18" s="14" t="n">
+      <c r="AT18" s="14" t="n">
         <v>88.536</v>
       </c>
-      <c r="AR18" s="14" t="n">
+      <c r="AU18" s="14" t="n">
         <v>99.196</v>
       </c>
-      <c r="AS18" s="14" t="n">
+      <c r="AV18" s="14" t="n">
         <v>91.977</v>
       </c>
-      <c r="AT18" s="14" t="n">
+      <c r="AW18" s="14" t="n">
         <v>88.414</v>
       </c>
-      <c r="AU18" s="14" t="n">
+      <c r="AX18" s="14" t="n">
         <v>108.148</v>
       </c>
-      <c r="AV18" s="14" t="n">
+      <c r="AY18" s="14" t="n">
         <v>101.349</v>
       </c>
-      <c r="AW18" s="14" t="n">
+      <c r="AZ18" s="14" t="n">
         <v>105.351</v>
       </c>
-      <c r="AX18" s="14" t="n">
+      <c r="BA18" s="14" t="n">
         <v>98.081</v>
       </c>
-      <c r="AY18" s="14" t="n">
+      <c r="BB18" s="14" t="n">
         <v>93.512</v>
       </c>
-      <c r="AZ18" s="14" t="n">
+      <c r="BC18" s="14" t="n">
         <v>89.999</v>
       </c>
-      <c r="BA18" s="14" t="n">
+      <c r="BD18" s="14" t="n">
         <v>104.173</v>
       </c>
-      <c r="BB18" s="14" t="n">
+      <c r="BE18" s="14" t="n">
         <v>102.823</v>
       </c>
-      <c r="BC18" s="14" t="n">
+      <c r="BF18" s="14" t="n">
         <v>104.42</v>
       </c>
-      <c r="BD18" s="14" t="n">
+      <c r="BG18" s="14" t="n">
         <v>114.201</v>
       </c>
-      <c r="BE18" s="14" t="n">
+      <c r="BH18" s="14" t="n">
         <v>90.469</v>
       </c>
-      <c r="BF18" s="14" t="n">
+      <c r="BI18" s="14" t="n">
         <v>87.473</v>
       </c>
-      <c r="BG18" s="15" t="n">
+      <c r="BJ18" s="15" t="n">
+        <v>11.0</v>
+      </c>
+      <c r="BK18" s="15" t="n">
+        <v>-6.0</v>
+      </c>
+      <c r="BL18" s="15" t="n">
+        <v>10.3</v>
+      </c>
+      <c r="BM18" s="15" t="n">
         <v>17.9</v>
       </c>
-      <c r="BH18" s="15" t="n">
+      <c r="BN18" s="15" t="n">
         <v>-11.4</v>
       </c>
-      <c r="BI18" s="15" t="n">
+      <c r="BO18" s="15" t="n">
+        <v>-1.9</v>
+      </c>
+      <c r="BP18" s="15" t="n">
+        <v>-9.9</v>
+      </c>
+      <c r="BQ18" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="BR18" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="BJ18" s="15" t="n">
-[...2 lines deleted...]
-      <c r="BK18" s="15" t="n">
+      <c r="BS18" s="15" t="n">
+        <v>9.1</v>
+      </c>
+      <c r="BT18" s="15" t="n">
+        <v>-2.1</v>
+      </c>
+      <c r="BU18" s="15" t="n">
+        <v>-5.6</v>
+      </c>
+      <c r="BV18" s="15" t="n">
+        <v>6.5</v>
+      </c>
+      <c r="BW18" s="15" t="n">
+        <v>-3.9</v>
+      </c>
+      <c r="BX18" s="15" t="n">
+        <v>5.6</v>
+      </c>
+      <c r="BY18" s="15" t="n">
+        <v>20.1</v>
+      </c>
+      <c r="BZ18" s="15" t="n">
+        <v>-6.1</v>
+      </c>
+      <c r="CA18" s="15" t="n">
+        <v>-4.3</v>
+      </c>
+      <c r="CB18" s="15" t="n">
+        <v>-9.6</v>
+      </c>
+      <c r="CC18" s="15" t="n">
+        <v>-4.5</v>
+      </c>
+      <c r="CD18" s="15" t="n">
+        <v>8.1</v>
+      </c>
+      <c r="CE18" s="15" t="n">
+        <v>7.6</v>
+      </c>
+      <c r="CF18" s="15" t="n">
+        <v>6.7</v>
+      </c>
+      <c r="CG18" s="15" t="n">
+        <v>-13.3</v>
+      </c>
+      <c r="CH18" s="15" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="CI18" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="BL18" s="15" t="n">
-[...11 lines deleted...]
-      <c r="BP18" s="15" t="n">
+      <c r="CJ18" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="CK18" s="15" t="n">
+        <v>8.9</v>
+      </c>
+      <c r="CL18" s="15" t="n">
         <v>6.5</v>
       </c>
-      <c r="BQ18" s="15" t="n">
-[...11 lines deleted...]
-      <c r="BU18" s="15" t="n">
+      <c r="CM18" s="15" t="n">
+        <v>-11.5</v>
+      </c>
+      <c r="CN18" s="15" t="n">
         <v>-4.3</v>
       </c>
-      <c r="BV18" s="15" t="n">
-[...5 lines deleted...]
-      <c r="BX18" s="15" t="n">
+      <c r="CO18" s="15" t="n">
+        <v>8.6</v>
+      </c>
+      <c r="CP18" s="15" t="n">
+        <v>-13.3</v>
+      </c>
+      <c r="CQ18" s="15" t="n">
+        <v>23.3</v>
+      </c>
+      <c r="CR18" s="15" t="n">
+        <v>-5.4</v>
+      </c>
+      <c r="CS18" s="15" t="n">
+        <v>-13.4</v>
+      </c>
+      <c r="CT18" s="15" t="n">
+        <v>-2.3</v>
+      </c>
+      <c r="CU18" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="CV18" s="15" t="n">
+        <v>9.2</v>
+      </c>
+      <c r="CW18" s="15" t="n">
+        <v>10.6</v>
+      </c>
+      <c r="CX18" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="CY18" s="15" t="n">
+        <v>-14.4</v>
+      </c>
+      <c r="CZ18" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="DA18" s="15" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="DB18" s="15" t="n">
+        <v>-10.7</v>
+      </c>
+      <c r="DC18" s="15" t="n">
+        <v>7.8</v>
+      </c>
+      <c r="DD18" s="15" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="DE18" s="15" t="n">
+        <v>-18.2</v>
+      </c>
+      <c r="DF18" s="15" t="n">
+        <v>6.7</v>
+      </c>
+      <c r="DG18" s="15" t="n">
+        <v>-3.8</v>
+      </c>
+      <c r="DH18" s="15" t="n">
+        <v>7.4</v>
+      </c>
+      <c r="DI18" s="15" t="n">
+        <v>4.9</v>
+      </c>
+      <c r="DJ18" s="15" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="DK18" s="15" t="n">
+        <v>-13.6</v>
+      </c>
+      <c r="DL18" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="DM18" s="15" t="n">
+        <v>-1.5</v>
+      </c>
+      <c r="DN18" s="15" t="n">
+        <v>-8.6</v>
+      </c>
+      <c r="DO18" s="15" t="n">
+        <v>26.2</v>
+      </c>
+      <c r="DP18" s="15" t="n">
+        <v>3.4</v>
+      </c>
+      <c r="DQ18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DR18" s="15" t="n">
+        <v>10.3</v>
+      </c>
+      <c r="DS18" s="15" t="n">
+        <v>5.7</v>
+      </c>
+      <c r="DT18" s="15" t="n">
         <v>8.1</v>
       </c>
-      <c r="BY18" s="15" t="n">
-[...17 lines deleted...]
-      <c r="CE18" s="15" t="n">
+      <c r="DU18" s="15" t="n">
+        <v>3.4</v>
+      </c>
+      <c r="DV18" s="15" t="n">
+        <v>5.3</v>
+      </c>
+      <c r="DW18" s="15" t="n">
+        <v>11.6</v>
+      </c>
+      <c r="DX18" s="15" t="n">
+        <v>8.8</v>
+      </c>
+      <c r="DY18" s="15" t="n">
+        <v>9.2</v>
+      </c>
+      <c r="DZ18" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="EA18" s="15" t="n">
+        <v>9.5</v>
+      </c>
+      <c r="EB18" s="15" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="EC18" s="15" t="n">
+        <v>17.7</v>
+      </c>
+      <c r="ED18" s="15" t="n">
+        <v>8.2</v>
+      </c>
+      <c r="EE18" s="15" t="n">
+        <v>5.5</v>
+      </c>
+      <c r="EF18" s="15" t="n">
+        <v>15.0</v>
+      </c>
+      <c r="EG18" s="15" t="n">
+        <v>11.2</v>
+      </c>
+      <c r="EH18" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="EI18" s="15" t="n">
+        <v>14.4</v>
+      </c>
+      <c r="EJ18" s="15" t="n">
+        <v>5.8</v>
+      </c>
+      <c r="EK18" s="15" t="n">
+        <v>12.0</v>
+      </c>
+      <c r="EL18" s="15" t="n">
+        <v>27.5</v>
+      </c>
+      <c r="EM18" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="EN18" s="15" t="n">
+        <v>17.3</v>
+      </c>
+      <c r="EO18" s="15" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="EP18" s="15" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="EQ18" s="15" t="n">
+        <v>-2.3</v>
+      </c>
+      <c r="ER18" s="15" t="n">
+        <v>-4.6</v>
+      </c>
+      <c r="ES18" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="ET18" s="15" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="EU18" s="15" t="n">
+        <v>-2.6</v>
+      </c>
+      <c r="EV18" s="15" t="n">
+        <v>-5.8</v>
+      </c>
+      <c r="EW18" s="15" t="n">
+        <v>-0.8</v>
+      </c>
+      <c r="EX18" s="15" t="n">
+        <v>-4.4</v>
+      </c>
+      <c r="EY18" s="15" t="n">
+        <v>-1.6</v>
+      </c>
+      <c r="EZ18" s="15" t="n">
+        <v>-13.9</v>
+      </c>
+      <c r="FA18" s="15" t="n">
+        <v>-5.3</v>
+      </c>
+      <c r="FB18" s="15" t="n">
+        <v>-10.7</v>
+      </c>
+      <c r="FC18" s="15" t="n">
+        <v>-2.4</v>
+      </c>
+      <c r="FD18" s="15" t="n">
+        <v>-8.2</v>
+      </c>
+      <c r="FE18" s="15" t="n">
+        <v>-9.7</v>
+      </c>
+      <c r="FF18" s="15" t="n">
+        <v>-14.3</v>
+      </c>
+      <c r="FG18" s="15" t="n">
+        <v>-11.1</v>
+      </c>
+      <c r="FH18" s="15" t="n">
+        <v>-10.3</v>
+      </c>
+      <c r="FI18" s="15" t="n">
+        <v>-9.8</v>
+      </c>
+      <c r="FJ18" s="15" t="n">
+        <v>-15.2</v>
+      </c>
+      <c r="FK18" s="15" t="n">
+        <v>-13.1</v>
+      </c>
+      <c r="FL18" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="FM18" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="FN18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FO18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FP18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FQ18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FR18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FS18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FT18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FU18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FV18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FW18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FX18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FY18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FZ18" s="15" t="n">
+        <v>7.9</v>
+      </c>
+      <c r="GA18" s="15" t="n">
+        <v>7.7</v>
+      </c>
+      <c r="GB18" s="15" t="n">
+        <v>7.9</v>
+      </c>
+      <c r="GC18" s="15" t="n">
+        <v>7.9</v>
+      </c>
+      <c r="GD18" s="15" t="n">
+        <v>8.5</v>
+      </c>
+      <c r="GE18" s="15" t="n">
         <v>8.9</v>
       </c>
-      <c r="CF18" s="15" t="n">
-[...5 lines deleted...]
-      <c r="CH18" s="15" t="n">
+      <c r="GF18" s="15" t="n">
+        <v>8.5</v>
+      </c>
+      <c r="GG18" s="15" t="n">
+        <v>8.4</v>
+      </c>
+      <c r="GH18" s="15" t="n">
+        <v>8.2</v>
+      </c>
+      <c r="GI18" s="15" t="n">
+        <v>11.5</v>
+      </c>
+      <c r="GJ18" s="15" t="n">
+        <v>12.7</v>
+      </c>
+      <c r="GK18" s="15" t="n">
+        <v>17.7</v>
+      </c>
+      <c r="GL18" s="15" t="n">
+        <v>10.2</v>
+      </c>
+      <c r="GM18" s="15" t="n">
+        <v>10.4</v>
+      </c>
+      <c r="GN18" s="15" t="n">
+        <v>10.9</v>
+      </c>
+      <c r="GO18" s="15" t="n">
+        <v>10.4</v>
+      </c>
+      <c r="GP18" s="15" t="n">
+        <v>10.3</v>
+      </c>
+      <c r="GQ18" s="15" t="n">
+        <v>11.6</v>
+      </c>
+      <c r="GR18" s="15" t="n">
+        <v>11.2</v>
+      </c>
+      <c r="GS18" s="15" t="n">
+        <v>12.2</v>
+      </c>
+      <c r="GT18" s="15" t="n">
+        <v>12.3</v>
+      </c>
+      <c r="GU18" s="15" t="n">
+        <v>7.4</v>
+      </c>
+      <c r="GV18" s="15" t="n">
+        <v>10.4</v>
+      </c>
+      <c r="GW18" s="15" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="GX18" s="15" t="n">
+        <v>-2.7</v>
+      </c>
+      <c r="GY18" s="15" t="n">
+        <v>-3.3</v>
+      </c>
+      <c r="GZ18" s="15" t="n">
+        <v>-3.5</v>
+      </c>
+      <c r="HA18" s="15" t="n">
+        <v>-3.3</v>
+      </c>
+      <c r="HB18" s="15" t="n">
+        <v>-4.0</v>
+      </c>
+      <c r="HC18" s="15" t="n">
+        <v>-4.9</v>
+      </c>
+      <c r="HD18" s="15" t="n">
+        <v>-5.3</v>
+      </c>
+      <c r="HE18" s="15" t="n">
+        <v>-5.1</v>
+      </c>
+      <c r="HF18" s="15" t="n">
+        <v>-6.2</v>
+      </c>
+      <c r="HG18" s="15" t="n">
+        <v>-6.8</v>
+      </c>
+      <c r="HH18" s="15" t="n">
+        <v>-9.7</v>
+      </c>
+      <c r="HI18" s="15" t="n">
+        <v>-5.3</v>
+      </c>
+      <c r="HJ18" s="15" t="n">
+        <v>-8.7</v>
+      </c>
+      <c r="HK18" s="15" t="n">
+        <v>-8.5</v>
+      </c>
+      <c r="HL18" s="15" t="n">
+        <v>-9.2</v>
+      </c>
+      <c r="HM18" s="15" t="n">
+        <v>-9.3</v>
+      </c>
+      <c r="HN18" s="15" t="n">
+        <v>-9.2</v>
+      </c>
+      <c r="HO18" s="15" t="n">
+        <v>-8.5</v>
+      </c>
+      <c r="HP18" s="15" t="n">
+        <v>-8.2</v>
+      </c>
+      <c r="HQ18" s="15" t="n">
+        <v>-7.7</v>
+      </c>
+      <c r="HR18" s="15" t="n">
+        <v>-7.2</v>
+      </c>
+      <c r="HS18" s="15" t="n">
         <v>-4.3</v>
       </c>
-      <c r="CI18" s="15" t="n">
-[...220 lines deleted...]
-      <c r="FD18" s="15" t="n">
+      <c r="HT18" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="HU18" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="FE18" s="13" t="inlineStr">
-[...249 lines deleted...]
-      <c r="HU18" s="13" t="inlineStr">
+      <c r="HV18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HW18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HX18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HY18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HZ18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IA18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IB18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IC18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG18" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    463 Wholesale of food, beverages and tobacco</t>
         </is>
       </c>
       <c r="B19" s="14" t="n">
-        <v>95.974</v>
+        <v>111.053</v>
       </c>
       <c r="C19" s="14" t="n">
-        <v>93.554</v>
+        <v>93.42</v>
       </c>
       <c r="D19" s="14" t="n">
-        <v>106.571</v>
+        <v>99.163</v>
       </c>
       <c r="E19" s="14" t="n">
-        <v>103.401</v>
+        <v>96.046</v>
       </c>
       <c r="F19" s="14" t="n">
+        <v>93.499</v>
+      </c>
+      <c r="G19" s="14" t="n">
+        <v>106.536</v>
+      </c>
+      <c r="H19" s="14" t="n">
+        <v>103.409</v>
+      </c>
+      <c r="I19" s="14" t="n">
         <v>106.632</v>
       </c>
-      <c r="G19" s="14" t="n">
+      <c r="J19" s="14" t="n">
         <v>106.184</v>
       </c>
-      <c r="H19" s="14" t="n">
+      <c r="K19" s="14" t="n">
         <v>100.757</v>
       </c>
-      <c r="I19" s="14" t="n">
+      <c r="L19" s="14" t="n">
         <v>90.036</v>
       </c>
-      <c r="J19" s="14" t="n">
+      <c r="M19" s="14" t="n">
         <v>91.077</v>
       </c>
-      <c r="K19" s="14" t="n">
+      <c r="N19" s="14" t="n">
         <v>109.166</v>
       </c>
-      <c r="L19" s="14" t="n">
+      <c r="O19" s="14" t="n">
         <v>93.719</v>
       </c>
-      <c r="M19" s="14" t="n">
+      <c r="P19" s="14" t="n">
         <v>97.506</v>
       </c>
-      <c r="N19" s="14" t="n">
+      <c r="Q19" s="14" t="n">
         <v>92.76</v>
       </c>
-      <c r="O19" s="14" t="n">
+      <c r="R19" s="14" t="n">
         <v>97.241</v>
       </c>
-      <c r="P19" s="14" t="n">
+      <c r="S19" s="14" t="n">
         <v>103.132</v>
       </c>
-      <c r="Q19" s="14" t="n">
+      <c r="T19" s="14" t="n">
         <v>99.46</v>
       </c>
-      <c r="R19" s="14" t="n">
+      <c r="U19" s="14" t="n">
         <v>104.805</v>
       </c>
-      <c r="S19" s="14" t="n">
+      <c r="V19" s="14" t="n">
         <v>102.183</v>
       </c>
-      <c r="T19" s="14" t="n">
+      <c r="W19" s="14" t="n">
         <v>94.543</v>
       </c>
-      <c r="U19" s="14" t="n">
+      <c r="X19" s="14" t="n">
         <v>89.451</v>
       </c>
-      <c r="V19" s="14" t="n">
+      <c r="Y19" s="14" t="n">
         <v>88.6</v>
       </c>
-      <c r="W19" s="14" t="n">
+      <c r="Z19" s="14" t="n">
         <v>102.313</v>
       </c>
-      <c r="X19" s="14" t="n">
+      <c r="AA19" s="14" t="n">
         <v>96.247</v>
       </c>
-      <c r="Y19" s="14" t="n">
+      <c r="AB19" s="14" t="n">
         <v>94.851</v>
       </c>
-      <c r="Z19" s="14" t="n">
+      <c r="AC19" s="14" t="n">
         <v>93.199</v>
       </c>
-      <c r="AA19" s="14" t="n">
+      <c r="AD19" s="14" t="n">
         <v>102.538</v>
       </c>
-      <c r="AB19" s="14" t="n">
+      <c r="AE19" s="14" t="n">
         <v>99.796</v>
       </c>
-      <c r="AC19" s="14" t="n">
+      <c r="AF19" s="14" t="n">
         <v>103.937</v>
       </c>
-      <c r="AD19" s="14" t="n">
+      <c r="AG19" s="14" t="n">
         <v>106.541</v>
       </c>
-      <c r="AE19" s="14" t="n">
+      <c r="AH19" s="14" t="n">
         <v>94.009</v>
       </c>
-      <c r="AF19" s="14" t="n">
+      <c r="AI19" s="14" t="n">
         <v>110.092</v>
       </c>
-      <c r="AG19" s="14" t="n">
+      <c r="AJ19" s="14" t="n">
         <v>87.203</v>
       </c>
-      <c r="AH19" s="14" t="n">
+      <c r="AK19" s="14" t="n">
         <v>87.4</v>
       </c>
-      <c r="AI19" s="14" t="n">
+      <c r="AL19" s="14" t="n">
         <v>111.994</v>
       </c>
-      <c r="AJ19" s="14" t="n">
+      <c r="AM19" s="14" t="n">
         <v>102.19</v>
       </c>
-      <c r="AK19" s="14" t="n">
+      <c r="AN19" s="14" t="n">
         <v>99.69</v>
       </c>
-      <c r="AL19" s="14" t="n">
+      <c r="AO19" s="14" t="n">
         <v>101.161</v>
       </c>
-      <c r="AM19" s="14" t="n">
+      <c r="AP19" s="14" t="n">
         <v>108.398</v>
       </c>
-      <c r="AN19" s="14" t="n">
+      <c r="AQ19" s="14" t="n">
         <v>103.862</v>
       </c>
-      <c r="AO19" s="14" t="n">
+      <c r="AR19" s="14" t="n">
         <v>114.055</v>
       </c>
-      <c r="AP19" s="14" t="n">
+      <c r="AS19" s="14" t="n">
         <v>111.608</v>
       </c>
-      <c r="AQ19" s="14" t="n">
+      <c r="AT19" s="14" t="n">
         <v>104.793</v>
       </c>
-      <c r="AR19" s="14" t="n">
+      <c r="AU19" s="14" t="n">
         <v>110.352</v>
       </c>
-      <c r="AS19" s="14" t="n">
+      <c r="AV19" s="14" t="n">
         <v>96.53</v>
       </c>
-      <c r="AT19" s="14" t="n">
+      <c r="AW19" s="14" t="n">
         <v>89.018</v>
       </c>
-      <c r="AU19" s="14" t="n">
+      <c r="AX19" s="14" t="n">
         <v>115.595</v>
       </c>
-      <c r="AV19" s="14" t="n">
+      <c r="AY19" s="14" t="n">
         <v>107.507</v>
       </c>
-      <c r="AW19" s="14" t="n">
+      <c r="AZ19" s="14" t="n">
         <v>99.401</v>
       </c>
-      <c r="AX19" s="14" t="n">
+      <c r="BA19" s="14" t="n">
         <v>98.276</v>
       </c>
-      <c r="AY19" s="14" t="n">
+      <c r="BB19" s="14" t="n">
         <v>101.485</v>
       </c>
-      <c r="AZ19" s="14" t="n">
+      <c r="BC19" s="14" t="n">
         <v>104.434</v>
       </c>
-      <c r="BA19" s="14" t="n">
+      <c r="BD19" s="14" t="n">
         <v>107.146</v>
       </c>
-      <c r="BB19" s="14" t="n">
+      <c r="BE19" s="14" t="n">
         <v>96.65</v>
       </c>
-      <c r="BC19" s="14" t="n">
+      <c r="BF19" s="14" t="n">
         <v>95.036</v>
       </c>
-      <c r="BD19" s="14" t="n">
+      <c r="BG19" s="14" t="n">
         <v>107.519</v>
       </c>
-      <c r="BE19" s="14" t="n">
+      <c r="BH19" s="14" t="n">
         <v>84.048</v>
       </c>
-      <c r="BF19" s="14" t="n">
+      <c r="BI19" s="14" t="n">
         <v>82.904</v>
       </c>
-      <c r="BG19" s="15" t="n">
+      <c r="BJ19" s="15" t="n">
+        <v>18.9</v>
+      </c>
+      <c r="BK19" s="15" t="n">
+        <v>-5.8</v>
+      </c>
+      <c r="BL19" s="15" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="BM19" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="BN19" s="15" t="n">
+        <v>-12.2</v>
+      </c>
+      <c r="BO19" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="BP19" s="15" t="n">
+        <v>-3.0</v>
+      </c>
+      <c r="BQ19" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="BR19" s="15" t="n">
+        <v>5.4</v>
+      </c>
+      <c r="BS19" s="15" t="n">
+        <v>11.9</v>
+      </c>
+      <c r="BT19" s="15" t="n">
+        <v>-1.1</v>
+      </c>
+      <c r="BU19" s="15" t="n">
+        <v>-16.6</v>
+      </c>
+      <c r="BV19" s="15" t="n">
+        <v>16.5</v>
+      </c>
+      <c r="BW19" s="15" t="n">
+        <v>-3.9</v>
+      </c>
+      <c r="BX19" s="15" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="BY19" s="15" t="n">
+        <v>-4.6</v>
+      </c>
+      <c r="BZ19" s="15" t="n">
+        <v>-5.7</v>
+      </c>
+      <c r="CA19" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="CB19" s="15" t="n">
+        <v>-5.1</v>
+      </c>
+      <c r="CC19" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="BH19" s="15" t="n">
-[...2 lines deleted...]
-      <c r="BI19" s="15" t="n">
+      <c r="CD19" s="15" t="n">
+        <v>8.1</v>
+      </c>
+      <c r="CE19" s="15" t="n">
+        <v>5.7</v>
+      </c>
+      <c r="CF19" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="CG19" s="15" t="n">
+        <v>-13.4</v>
+      </c>
+      <c r="CH19" s="15" t="n">
+        <v>6.3</v>
+      </c>
+      <c r="CI19" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="CJ19" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="CK19" s="15" t="n">
+        <v>-9.1</v>
+      </c>
+      <c r="CL19" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="CM19" s="15" t="n">
+        <v>-4.0</v>
+      </c>
+      <c r="CN19" s="15" t="n">
+        <v>-2.4</v>
+      </c>
+      <c r="CO19" s="15" t="n">
+        <v>13.3</v>
+      </c>
+      <c r="CP19" s="15" t="n">
+        <v>-14.6</v>
+      </c>
+      <c r="CQ19" s="15" t="n">
+        <v>26.2</v>
+      </c>
+      <c r="CR19" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="CS19" s="15" t="n">
+        <v>-22.0</v>
+      </c>
+      <c r="CT19" s="15" t="n">
+        <v>9.6</v>
+      </c>
+      <c r="CU19" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="CV19" s="15" t="n">
+        <v>-1.5</v>
+      </c>
+      <c r="CW19" s="15" t="n">
+        <v>-6.7</v>
+      </c>
+      <c r="CX19" s="15" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="CY19" s="15" t="n">
+        <v>-8.9</v>
+      </c>
+      <c r="CZ19" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="DA19" s="15" t="n">
+        <v>6.5</v>
+      </c>
+      <c r="DB19" s="15" t="n">
+        <v>-5.0</v>
+      </c>
+      <c r="DC19" s="15" t="n">
+        <v>14.3</v>
+      </c>
+      <c r="DD19" s="15" t="n">
+        <v>8.4</v>
+      </c>
+      <c r="DE19" s="15" t="n">
+        <v>-23.0</v>
+      </c>
+      <c r="DF19" s="15" t="n">
+        <v>7.5</v>
+      </c>
+      <c r="DG19" s="15" t="n">
+        <v>8.2</v>
+      </c>
+      <c r="DH19" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="DI19" s="15" t="n">
+        <v>-3.2</v>
+      </c>
+      <c r="DJ19" s="15" t="n">
+        <v>-2.8</v>
+      </c>
+      <c r="DK19" s="15" t="n">
+        <v>-2.5</v>
+      </c>
+      <c r="DL19" s="15" t="n">
+        <v>10.9</v>
+      </c>
+      <c r="DM19" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="DN19" s="15" t="n">
+        <v>-11.6</v>
+      </c>
+      <c r="DO19" s="15" t="n">
+        <v>27.9</v>
+      </c>
+      <c r="DP19" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="DQ19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DR19" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="DS19" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="DT19" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="DU19" s="15" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="DV19" s="15" t="n">
+        <v>-3.8</v>
+      </c>
+      <c r="DW19" s="15" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="DX19" s="15" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="DY19" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="DZ19" s="15" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="EA19" s="15" t="n">
+        <v>6.6</v>
+      </c>
+      <c r="EB19" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="EC19" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="ED19" s="15" t="n">
+        <v>6.7</v>
+      </c>
+      <c r="EE19" s="15" t="n">
+        <v>-2.6</v>
+      </c>
+      <c r="EF19" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="EG19" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="EH19" s="15" t="n">
+        <v>-5.2</v>
+      </c>
+      <c r="EI19" s="15" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="EJ19" s="15" t="n">
+        <v>-4.3</v>
+      </c>
+      <c r="EK19" s="15" t="n">
+        <v>-1.6</v>
+      </c>
+      <c r="EL19" s="15" t="n">
+        <v>8.7</v>
+      </c>
+      <c r="EM19" s="15" t="n">
+        <v>-14.1</v>
+      </c>
+      <c r="EN19" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="EO19" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="EP19" s="15" t="n">
+        <v>-8.6</v>
+      </c>
+      <c r="EQ19" s="15" t="n">
+        <v>-5.8</v>
+      </c>
+      <c r="ER19" s="15" t="n">
+        <v>-4.9</v>
+      </c>
+      <c r="ES19" s="15" t="n">
+        <v>-7.9</v>
+      </c>
+      <c r="ET19" s="15" t="n">
+        <v>-5.4</v>
+      </c>
+      <c r="EU19" s="15" t="n">
+        <v>-3.9</v>
+      </c>
+      <c r="EV19" s="15" t="n">
+        <v>-8.9</v>
+      </c>
+      <c r="EW19" s="15" t="n">
+        <v>-4.5</v>
+      </c>
+      <c r="EX19" s="15" t="n">
+        <v>-10.3</v>
+      </c>
+      <c r="EY19" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="EZ19" s="15" t="n">
+        <v>-9.7</v>
+      </c>
+      <c r="FA19" s="15" t="n">
+        <v>-1.8</v>
+      </c>
+      <c r="FB19" s="15" t="n">
+        <v>-3.1</v>
+      </c>
+      <c r="FC19" s="15" t="n">
+        <v>-4.9</v>
+      </c>
+      <c r="FD19" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="FE19" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="FF19" s="15" t="n">
+        <v>6.8</v>
+      </c>
+      <c r="FG19" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="FH19" s="15" t="n">
+        <v>6.4</v>
+      </c>
+      <c r="FI19" s="15" t="n">
+        <v>15.5</v>
+      </c>
+      <c r="FJ19" s="15" t="n">
+        <v>10.3</v>
+      </c>
+      <c r="FK19" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="FL19" s="15" t="n">
+        <v>14.9</v>
+      </c>
+      <c r="FM19" s="15" t="n">
+        <v>7.4</v>
+      </c>
+      <c r="FN19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FO19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FP19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FQ19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FR19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FS19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FT19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FU19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FV19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FW19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FX19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FY19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FZ19" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="GA19" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="GB19" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="GC19" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="GD19" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="GE19" s="15" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="GF19" s="15" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="GG19" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="BJ19" s="15" t="n">
-[...95 lines deleted...]
-      <c r="CP19" s="15" t="n">
+      <c r="GH19" s="15" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="GI19" s="15" t="n">
+        <v>3.4</v>
+      </c>
+      <c r="GJ19" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="GK19" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="GL19" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="GM19" s="15" t="n">
+        <v>-1.2</v>
+      </c>
+      <c r="GN19" s="15" t="n">
+        <v>-1.0</v>
+      </c>
+      <c r="GO19" s="15" t="n">
+        <v>-1.4</v>
+      </c>
+      <c r="GP19" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="CQ19" s="15" t="n">
-[...20 lines deleted...]
-      <c r="CX19" s="15" t="n">
+      <c r="GQ19" s="15" t="n">
+        <v>-1.0</v>
+      </c>
+      <c r="GR19" s="15" t="n">
+        <v>-1.7</v>
+      </c>
+      <c r="GS19" s="15" t="n">
+        <v>-1.2</v>
+      </c>
+      <c r="GT19" s="15" t="n">
+        <v>-1.0</v>
+      </c>
+      <c r="GU19" s="15" t="n">
+        <v>-4.3</v>
+      </c>
+      <c r="GV19" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="GW19" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="GX19" s="15" t="n">
+        <v>-6.0</v>
+      </c>
+      <c r="GY19" s="15" t="n">
+        <v>-5.8</v>
+      </c>
+      <c r="GZ19" s="15" t="n">
+        <v>-5.8</v>
+      </c>
+      <c r="HA19" s="15" t="n">
+        <v>-5.9</v>
+      </c>
+      <c r="HB19" s="15" t="n">
+        <v>-5.6</v>
+      </c>
+      <c r="HC19" s="15" t="n">
+        <v>-5.6</v>
+      </c>
+      <c r="HD19" s="15" t="n">
+        <v>-5.9</v>
+      </c>
+      <c r="HE19" s="15" t="n">
+        <v>-5.3</v>
+      </c>
+      <c r="HF19" s="15" t="n">
+        <v>-5.5</v>
+      </c>
+      <c r="HG19" s="15" t="n">
+        <v>-3.8</v>
+      </c>
+      <c r="HH19" s="15" t="n">
+        <v>-5.9</v>
+      </c>
+      <c r="HI19" s="15" t="n">
+        <v>-1.8</v>
+      </c>
+      <c r="HJ19" s="15" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="HK19" s="15" t="n">
+        <v>5.3</v>
+      </c>
+      <c r="HL19" s="15" t="n">
+        <v>6.4</v>
+      </c>
+      <c r="HM19" s="15" t="n">
+        <v>7.1</v>
+      </c>
+      <c r="HN19" s="15" t="n">
+        <v>7.6</v>
+      </c>
+      <c r="HO19" s="15" t="n">
+        <v>7.7</v>
+      </c>
+      <c r="HP19" s="15" t="n">
+        <v>9.3</v>
+      </c>
+      <c r="HQ19" s="15" t="n">
+        <v>9.9</v>
+      </c>
+      <c r="HR19" s="15" t="n">
         <v>8.4</v>
       </c>
-      <c r="CY19" s="15" t="n">
-[...172 lines deleted...]
-      <c r="FD19" s="15" t="n">
+      <c r="HS19" s="15" t="n">
+        <v>7.8</v>
+      </c>
+      <c r="HT19" s="15" t="n">
+        <v>11.1</v>
+      </c>
+      <c r="HU19" s="15" t="n">
         <v>7.4</v>
       </c>
-      <c r="FE19" s="13" t="inlineStr">
-[...249 lines deleted...]
-      <c r="HU19" s="13" t="inlineStr">
+      <c r="HV19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HW19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HX19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HY19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HZ19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IA19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IB19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IC19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG19" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    464 Wholesale of household goods</t>
         </is>
       </c>
       <c r="B20" s="14" t="n">
-        <v>129.545</v>
+        <v>121.127</v>
       </c>
       <c r="C20" s="14" t="n">
-        <v>95.133</v>
+        <v>119.247</v>
       </c>
       <c r="D20" s="14" t="n">
+        <v>129.251</v>
+      </c>
+      <c r="E20" s="14" t="n">
+        <v>129.644</v>
+      </c>
+      <c r="F20" s="14" t="n">
+        <v>95.098</v>
+      </c>
+      <c r="G20" s="14" t="n">
         <v>126.146</v>
       </c>
-      <c r="E20" s="14" t="n">
-[...2 lines deleted...]
-      <c r="F20" s="14" t="n">
+      <c r="H20" s="14" t="n">
+        <v>115.827</v>
+      </c>
+      <c r="I20" s="14" t="n">
         <v>116.592</v>
       </c>
-      <c r="G20" s="14" t="n">
+      <c r="J20" s="14" t="n">
         <v>111.341</v>
       </c>
-      <c r="H20" s="14" t="n">
+      <c r="K20" s="14" t="n">
         <v>117.058</v>
       </c>
-      <c r="I20" s="14" t="n">
+      <c r="L20" s="14" t="n">
         <v>107.786</v>
       </c>
-      <c r="J20" s="14" t="n">
+      <c r="M20" s="14" t="n">
         <v>119.181</v>
       </c>
-      <c r="K20" s="14" t="n">
+      <c r="N20" s="14" t="n">
         <v>114.89</v>
       </c>
-      <c r="L20" s="14" t="n">
+      <c r="O20" s="14" t="n">
         <v>119.915</v>
       </c>
-      <c r="M20" s="14" t="n">
+      <c r="P20" s="14" t="n">
         <v>132.51</v>
       </c>
-      <c r="N20" s="14" t="n">
+      <c r="Q20" s="14" t="n">
         <v>116.067</v>
       </c>
-      <c r="O20" s="14" t="n">
+      <c r="R20" s="14" t="n">
         <v>94.545</v>
       </c>
-      <c r="P20" s="14" t="n">
+      <c r="S20" s="14" t="n">
         <v>122.428</v>
       </c>
-      <c r="Q20" s="14" t="n">
+      <c r="T20" s="14" t="n">
         <v>108.536</v>
       </c>
-      <c r="R20" s="14" t="n">
+      <c r="U20" s="14" t="n">
         <v>113.851</v>
       </c>
-      <c r="S20" s="14" t="n">
+      <c r="V20" s="14" t="n">
         <v>116.488</v>
       </c>
-      <c r="T20" s="14" t="n">
+      <c r="W20" s="14" t="n">
         <v>108.579</v>
       </c>
-      <c r="U20" s="14" t="n">
+      <c r="X20" s="14" t="n">
         <v>105.083</v>
       </c>
-      <c r="V20" s="14" t="n">
+      <c r="Y20" s="14" t="n">
         <v>113.161</v>
       </c>
-      <c r="W20" s="14" t="n">
+      <c r="Z20" s="14" t="n">
         <v>105.46</v>
       </c>
-      <c r="X20" s="14" t="n">
+      <c r="AA20" s="14" t="n">
         <v>117.49</v>
       </c>
-      <c r="Y20" s="14" t="n">
+      <c r="AB20" s="14" t="n">
         <v>116.598</v>
       </c>
-      <c r="Z20" s="14" t="n">
+      <c r="AC20" s="14" t="n">
         <v>111.765</v>
       </c>
-      <c r="AA20" s="14" t="n">
+      <c r="AD20" s="14" t="n">
         <v>96.966</v>
       </c>
-      <c r="AB20" s="14" t="n">
+      <c r="AE20" s="14" t="n">
         <v>110.177</v>
       </c>
-      <c r="AC20" s="14" t="n">
+      <c r="AF20" s="14" t="n">
         <v>111.483</v>
       </c>
-      <c r="AD20" s="14" t="n">
+      <c r="AG20" s="14" t="n">
         <v>112.773</v>
       </c>
-      <c r="AE20" s="14" t="n">
+      <c r="AH20" s="14" t="n">
         <v>101.008</v>
       </c>
-      <c r="AF20" s="14" t="n">
+      <c r="AI20" s="14" t="n">
         <v>116.848</v>
       </c>
-      <c r="AG20" s="14" t="n">
+      <c r="AJ20" s="14" t="n">
         <v>98.049</v>
       </c>
-      <c r="AH20" s="14" t="n">
+      <c r="AK20" s="14" t="n">
         <v>111.319</v>
       </c>
-      <c r="AI20" s="14" t="n">
+      <c r="AL20" s="14" t="n">
         <v>106.231</v>
       </c>
-      <c r="AJ20" s="14" t="n">
+      <c r="AM20" s="14" t="n">
         <v>121.111</v>
       </c>
-      <c r="AK20" s="14" t="n">
+      <c r="AN20" s="14" t="n">
         <v>112.882</v>
       </c>
-      <c r="AL20" s="14" t="n">
+      <c r="AO20" s="14" t="n">
         <v>119.058</v>
       </c>
-      <c r="AM20" s="14" t="n">
+      <c r="AP20" s="14" t="n">
         <v>96.394</v>
       </c>
-      <c r="AN20" s="14" t="n">
+      <c r="AQ20" s="14" t="n">
         <v>104.958</v>
       </c>
-      <c r="AO20" s="14" t="n">
+      <c r="AR20" s="14" t="n">
         <v>114.674</v>
       </c>
-      <c r="AP20" s="14" t="n">
+      <c r="AS20" s="14" t="n">
         <v>112.983</v>
       </c>
-      <c r="AQ20" s="14" t="n">
+      <c r="AT20" s="14" t="n">
         <v>105.145</v>
       </c>
-      <c r="AR20" s="14" t="n">
+      <c r="AU20" s="14" t="n">
         <v>116.842</v>
       </c>
-      <c r="AS20" s="14" t="n">
+      <c r="AV20" s="14" t="n">
         <v>99.842</v>
       </c>
-      <c r="AT20" s="14" t="n">
+      <c r="AW20" s="14" t="n">
         <v>103.136</v>
       </c>
-      <c r="AU20" s="14" t="n">
+      <c r="AX20" s="14" t="n">
         <v>109.668</v>
       </c>
-      <c r="AV20" s="14" t="n">
+      <c r="AY20" s="14" t="n">
         <v>109.677</v>
       </c>
-      <c r="AW20" s="14" t="n">
+      <c r="AZ20" s="14" t="n">
         <v>99.75</v>
       </c>
-      <c r="AX20" s="14" t="n">
+      <c r="BA20" s="14" t="n">
         <v>106.345</v>
       </c>
-      <c r="AY20" s="14" t="n">
+      <c r="BB20" s="14" t="n">
         <v>83.766</v>
       </c>
-      <c r="AZ20" s="14" t="n">
+      <c r="BC20" s="14" t="n">
         <v>103.036</v>
       </c>
-      <c r="BA20" s="14" t="n">
+      <c r="BD20" s="14" t="n">
         <v>105.044</v>
       </c>
-      <c r="BB20" s="14" t="n">
+      <c r="BE20" s="14" t="n">
         <v>97.371</v>
       </c>
-      <c r="BC20" s="14" t="n">
+      <c r="BF20" s="14" t="n">
         <v>102.469</v>
       </c>
-      <c r="BD20" s="14" t="n">
+      <c r="BG20" s="14" t="n">
         <v>108.778</v>
       </c>
-      <c r="BE20" s="14" t="n">
+      <c r="BH20" s="14" t="n">
         <v>91.321</v>
       </c>
-      <c r="BF20" s="14" t="n">
+      <c r="BI20" s="14" t="n">
         <v>82.775</v>
       </c>
-      <c r="BG20" s="15" t="n">
-[...2 lines deleted...]
-      <c r="BH20" s="15" t="n">
+      <c r="BJ20" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="BK20" s="15" t="n">
+        <v>-7.7</v>
+      </c>
+      <c r="BL20" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="BM20" s="15" t="n">
+        <v>36.3</v>
+      </c>
+      <c r="BN20" s="15" t="n">
         <v>-24.6</v>
       </c>
-      <c r="BI20" s="15" t="n">
+      <c r="BO20" s="15" t="n">
         <v>8.9</v>
       </c>
-      <c r="BJ20" s="15" t="n">
+      <c r="BP20" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="BK20" s="15" t="n">
+      <c r="BQ20" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="BL20" s="15" t="n">
+      <c r="BR20" s="15" t="n">
         <v>-4.9</v>
       </c>
-      <c r="BM20" s="15" t="n">
+      <c r="BS20" s="15" t="n">
         <v>8.6</v>
       </c>
-      <c r="BN20" s="15" t="n">
+      <c r="BT20" s="15" t="n">
         <v>-9.6</v>
       </c>
-      <c r="BO20" s="15" t="n">
+      <c r="BU20" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="BP20" s="15" t="n">
+      <c r="BV20" s="15" t="n">
         <v>-4.2</v>
       </c>
-      <c r="BQ20" s="15" t="n">
+      <c r="BW20" s="15" t="n">
         <v>-9.5</v>
       </c>
-      <c r="BR20" s="15" t="n">
+      <c r="BX20" s="15" t="n">
         <v>14.2</v>
       </c>
-      <c r="BS20" s="15" t="n">
+      <c r="BY20" s="15" t="n">
         <v>22.8</v>
       </c>
-      <c r="BT20" s="15" t="n">
+      <c r="BZ20" s="15" t="n">
         <v>-22.8</v>
       </c>
-      <c r="BU20" s="15" t="n">
+      <c r="CA20" s="15" t="n">
         <v>12.8</v>
       </c>
-      <c r="BV20" s="15" t="n">
+      <c r="CB20" s="15" t="n">
         <v>-4.7</v>
       </c>
-      <c r="BW20" s="15" t="n">
+      <c r="CC20" s="15" t="n">
         <v>-2.3</v>
       </c>
-      <c r="BX20" s="15" t="n">
+      <c r="CD20" s="15" t="n">
         <v>7.3</v>
       </c>
-      <c r="BY20" s="15" t="n">
+      <c r="CE20" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="BZ20" s="15" t="n">
+      <c r="CF20" s="15" t="n">
         <v>-7.1</v>
       </c>
-      <c r="CA20" s="15" t="n">
+      <c r="CG20" s="15" t="n">
         <v>7.3</v>
       </c>
-      <c r="CB20" s="15" t="n">
+      <c r="CH20" s="15" t="n">
         <v>-10.2</v>
       </c>
-      <c r="CC20" s="15" t="n">
+      <c r="CI20" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="CD20" s="15" t="n">
+      <c r="CJ20" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="CE20" s="15" t="n">
+      <c r="CK20" s="15" t="n">
         <v>15.3</v>
       </c>
-      <c r="CF20" s="15" t="n">
+      <c r="CL20" s="15" t="n">
         <v>-12.0</v>
       </c>
-      <c r="CG20" s="15" t="n">
+      <c r="CM20" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="CH20" s="15" t="n">
+      <c r="CN20" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="CI20" s="15" t="n">
+      <c r="CO20" s="15" t="n">
         <v>11.6</v>
       </c>
-      <c r="CJ20" s="15" t="n">
+      <c r="CP20" s="15" t="n">
         <v>-13.6</v>
       </c>
-      <c r="CK20" s="15" t="n">
+      <c r="CQ20" s="15" t="n">
         <v>19.2</v>
       </c>
-      <c r="CL20" s="15" t="n">
+      <c r="CR20" s="15" t="n">
         <v>-11.9</v>
       </c>
-      <c r="CM20" s="15" t="n">
+      <c r="CS20" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="CN20" s="15" t="n">
+      <c r="CT20" s="15" t="n">
         <v>-12.3</v>
       </c>
-      <c r="CO20" s="15" t="n">
+      <c r="CU20" s="15" t="n">
         <v>7.3</v>
       </c>
-      <c r="CP20" s="15" t="n">
+      <c r="CV20" s="15" t="n">
         <v>-5.2</v>
       </c>
-      <c r="CQ20" s="15" t="n">
+      <c r="CW20" s="15" t="n">
         <v>23.5</v>
       </c>
-      <c r="CR20" s="15" t="n">
+      <c r="CX20" s="15" t="n">
         <v>-8.2</v>
       </c>
-      <c r="CS20" s="15" t="n">
+      <c r="CY20" s="15" t="n">
         <v>-8.5</v>
       </c>
-      <c r="CT20" s="15" t="n">
+      <c r="CZ20" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="CU20" s="15" t="n">
+      <c r="DA20" s="15" t="n">
         <v>7.5</v>
       </c>
-      <c r="CV20" s="15" t="n">
+      <c r="DB20" s="15" t="n">
         <v>-10.0</v>
       </c>
-      <c r="CW20" s="15" t="n">
+      <c r="DC20" s="15" t="n">
         <v>17.0</v>
       </c>
-      <c r="CX20" s="15" t="n">
+      <c r="DD20" s="15" t="n">
         <v>-3.2</v>
       </c>
-      <c r="CY20" s="15" t="n">
+      <c r="DE20" s="15" t="n">
         <v>-6.0</v>
       </c>
-      <c r="CZ20" s="15" t="n">
+      <c r="DF20" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="DA20" s="15" t="n">
+      <c r="DG20" s="15" t="n">
         <v>10.0</v>
       </c>
-      <c r="DB20" s="15" t="n">
+      <c r="DH20" s="15" t="n">
         <v>-6.2</v>
       </c>
-      <c r="DC20" s="15" t="n">
+      <c r="DI20" s="15" t="n">
         <v>27.0</v>
       </c>
-      <c r="DD20" s="15" t="n">
+      <c r="DJ20" s="15" t="n">
         <v>-18.7</v>
       </c>
-      <c r="DE20" s="15" t="n">
+      <c r="DK20" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="DF20" s="15" t="n">
+      <c r="DL20" s="15" t="n">
         <v>7.9</v>
       </c>
-      <c r="DG20" s="15" t="n">
+      <c r="DM20" s="15" t="n">
         <v>-5.0</v>
       </c>
-      <c r="DH20" s="15" t="n">
+      <c r="DN20" s="15" t="n">
         <v>-5.8</v>
       </c>
-      <c r="DI20" s="15" t="n">
+      <c r="DO20" s="15" t="n">
         <v>19.1</v>
       </c>
-      <c r="DJ20" s="15" t="n">
+      <c r="DP20" s="15" t="n">
         <v>10.3</v>
       </c>
-      <c r="DK20" s="13" t="inlineStr">
-[...7 lines deleted...]
-      <c r="DM20" s="15" t="n">
+      <c r="DQ20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DR20" s="15" t="n">
+        <v>5.4</v>
+      </c>
+      <c r="DS20" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="DT20" s="15" t="n">
+        <v>-2.5</v>
+      </c>
+      <c r="DU20" s="15" t="n">
+        <v>11.7</v>
+      </c>
+      <c r="DV20" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="DN20" s="15" t="n">
+      <c r="DW20" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="DO20" s="15" t="n">
+      <c r="DX20" s="15" t="n">
         <v>6.7</v>
       </c>
-      <c r="DP20" s="15" t="n">
+      <c r="DY20" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="DQ20" s="15" t="n">
+      <c r="DZ20" s="15" t="n">
         <v>-4.4</v>
       </c>
-      <c r="DR20" s="15" t="n">
+      <c r="EA20" s="15" t="n">
         <v>7.8</v>
       </c>
-      <c r="DS20" s="15" t="n">
+      <c r="EB20" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="DT20" s="15" t="n">
+      <c r="EC20" s="15" t="n">
         <v>5.3</v>
       </c>
-      <c r="DU20" s="15" t="n">
+      <c r="ED20" s="15" t="n">
         <v>8.9</v>
       </c>
-      <c r="DV20" s="15" t="n">
+      <c r="EE20" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="DW20" s="15" t="n">
+      <c r="EF20" s="15" t="n">
         <v>13.6</v>
       </c>
-      <c r="DX20" s="15" t="n">
+      <c r="EG20" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="DY20" s="15" t="n">
+      <c r="EH20" s="15" t="n">
         <v>-2.5</v>
       </c>
-      <c r="DZ20" s="15" t="n">
+      <c r="EI20" s="15" t="n">
         <v>11.1</v>
       </c>
-      <c r="EA20" s="15" t="n">
+      <c r="EJ20" s="15" t="n">
         <v>-2.6</v>
       </c>
-      <c r="EB20" s="15" t="n">
+      <c r="EK20" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="EC20" s="15" t="n">
+      <c r="EL20" s="15" t="n">
         <v>15.3</v>
       </c>
-      <c r="ED20" s="15" t="n">
+      <c r="EM20" s="15" t="n">
         <v>-7.1</v>
       </c>
-      <c r="EE20" s="15" t="n">
+      <c r="EN20" s="15" t="n">
         <v>7.2</v>
       </c>
-      <c r="EF20" s="15" t="n">
+      <c r="EO20" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="EG20" s="15" t="n">
+      <c r="EP20" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="EH20" s="15" t="n">
+      <c r="EQ20" s="15" t="n">
         <v>-3.0</v>
       </c>
-      <c r="EI20" s="15" t="n">
+      <c r="ER20" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="EJ20" s="15" t="n">
+      <c r="ES20" s="15" t="n">
         <v>-6.1</v>
       </c>
-      <c r="EK20" s="15" t="n">
+      <c r="ET20" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="EL20" s="15" t="n">
+      <c r="EU20" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="EM20" s="15" t="n">
+      <c r="EV20" s="15" t="n">
         <v>-2.8</v>
       </c>
-      <c r="EN20" s="15" t="n">
+      <c r="EW20" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="EO20" s="15" t="n">
+      <c r="EX20" s="15" t="n">
         <v>-3.9</v>
       </c>
-      <c r="EP20" s="15" t="n">
+      <c r="EY20" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="EQ20" s="15" t="n">
+      <c r="EZ20" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="ER20" s="15" t="n">
+      <c r="FA20" s="15" t="n">
         <v>7.9</v>
       </c>
-      <c r="ES20" s="15" t="n">
+      <c r="FB20" s="15" t="n">
         <v>-3.1</v>
       </c>
-      <c r="ET20" s="15" t="n">
+      <c r="FC20" s="15" t="n">
         <v>10.4</v>
       </c>
-      <c r="EU20" s="15" t="n">
+      <c r="FD20" s="15" t="n">
         <v>13.2</v>
       </c>
-      <c r="EV20" s="15" t="n">
+      <c r="FE20" s="15" t="n">
         <v>12.0</v>
       </c>
-      <c r="EW20" s="15" t="n">
+      <c r="FF20" s="15" t="n">
         <v>15.1</v>
       </c>
-      <c r="EX20" s="15" t="n">
+      <c r="FG20" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="EY20" s="15" t="n">
+      <c r="FH20" s="15" t="n">
         <v>9.2</v>
       </c>
-      <c r="EZ20" s="15" t="n">
+      <c r="FI20" s="15" t="n">
         <v>16.0</v>
       </c>
-      <c r="FA20" s="15" t="n">
+      <c r="FJ20" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="FB20" s="15" t="n">
+      <c r="FK20" s="15" t="n">
         <v>7.4</v>
       </c>
-      <c r="FC20" s="15" t="n">
+      <c r="FL20" s="15" t="n">
         <v>9.3</v>
       </c>
-      <c r="FD20" s="15" t="n">
+      <c r="FM20" s="15" t="n">
         <v>24.6</v>
       </c>
-      <c r="FE20" s="13" t="inlineStr">
-[...43 lines deleted...]
-      </c>
       <c r="FN20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FO20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FP20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="FQ20" s="15" t="n">
+      <c r="FQ20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FR20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FS20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FT20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FU20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FV20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FW20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FX20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FY20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FZ20" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="GA20" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="GB20" s="15" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="GC20" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="FR20" s="15" t="n">
+      <c r="GD20" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="FS20" s="15" t="n">
+      <c r="GE20" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="FT20" s="15" t="n">
+      <c r="GF20" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="FU20" s="15" t="n">
+      <c r="GG20" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="FV20" s="15" t="n">
+      <c r="GH20" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="FW20" s="15" t="n">
+      <c r="GI20" s="15" t="n">
         <v>5.3</v>
       </c>
-      <c r="FX20" s="15" t="n">
+      <c r="GJ20" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="FY20" s="15" t="n">
+      <c r="GK20" s="15" t="n">
         <v>5.3</v>
       </c>
-      <c r="FZ20" s="15" t="n">
+      <c r="GL20" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="GA20" s="15" t="n">
+      <c r="GM20" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="GB20" s="15" t="n">
+      <c r="GN20" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="GC20" s="15" t="n">
+      <c r="GO20" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="GD20" s="15" t="n">
+      <c r="GP20" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="GE20" s="15" t="n">
+      <c r="GQ20" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="GF20" s="15" t="n">
+      <c r="GR20" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="GG20" s="15" t="n">
+      <c r="GS20" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="GH20" s="15" t="n">
+      <c r="GT20" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="GI20" s="15" t="n">
+      <c r="GU20" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="GJ20" s="15" t="n">
+      <c r="GV20" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="GK20" s="15" t="n">
+      <c r="GW20" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="GL20" s="15" t="n">
+      <c r="GX20" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="GM20" s="15" t="n">
+      <c r="GY20" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="GN20" s="15" t="n">
+      <c r="GZ20" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="GO20" s="15" t="n">
+      <c r="HA20" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="GP20" s="15" t="n">
+      <c r="HB20" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="GQ20" s="15" t="n">
+      <c r="HC20" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="GR20" s="15" t="n">
+      <c r="HD20" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="GS20" s="15" t="n">
+      <c r="HE20" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="GT20" s="15" t="n">
+      <c r="HF20" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="GU20" s="15" t="n">
+      <c r="HG20" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="GV20" s="15" t="n">
+      <c r="HH20" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="GW20" s="15" t="n">
+      <c r="HI20" s="15" t="n">
         <v>7.9</v>
       </c>
-      <c r="GX20" s="15" t="n">
+      <c r="HJ20" s="15" t="n">
         <v>9.4</v>
       </c>
-      <c r="GY20" s="15" t="n">
+      <c r="HK20" s="15" t="n">
         <v>10.7</v>
       </c>
-      <c r="GZ20" s="15" t="n">
+      <c r="HL20" s="15" t="n">
         <v>10.7</v>
       </c>
-      <c r="HA20" s="15" t="n">
+      <c r="HM20" s="15" t="n">
         <v>10.5</v>
       </c>
-      <c r="HB20" s="15" t="n">
+      <c r="HN20" s="15" t="n">
         <v>10.3</v>
       </c>
-      <c r="HC20" s="15" t="n">
+      <c r="HO20" s="15" t="n">
         <v>9.7</v>
       </c>
-      <c r="HD20" s="15" t="n">
+      <c r="HP20" s="15" t="n">
         <v>11.0</v>
       </c>
-      <c r="HE20" s="15" t="n">
+      <c r="HQ20" s="15" t="n">
         <v>11.4</v>
       </c>
-      <c r="HF20" s="15" t="n">
+      <c r="HR20" s="15" t="n">
         <v>10.3</v>
       </c>
-      <c r="HG20" s="15" t="n">
+      <c r="HS20" s="15" t="n">
         <v>13.1</v>
       </c>
-      <c r="HH20" s="15" t="n">
+      <c r="HT20" s="15" t="n">
         <v>16.6</v>
       </c>
-      <c r="HI20" s="15" t="n">
+      <c r="HU20" s="15" t="n">
         <v>24.6</v>
       </c>
-      <c r="HJ20" s="13" t="inlineStr">
-[...54 lines deleted...]
-      <c r="HU20" s="13" t="inlineStr">
+      <c r="HV20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HW20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HX20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HY20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HZ20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IA20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IB20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IC20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG20" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    465 Wholesale of information and communication equipment</t>
         </is>
       </c>
       <c r="B21" s="14" t="n">
-        <v>117.542</v>
+        <v>159.725</v>
       </c>
       <c r="C21" s="14" t="n">
-        <v>91.231</v>
+        <v>137.698</v>
       </c>
       <c r="D21" s="14" t="n">
-        <v>120.476</v>
+        <v>138.099</v>
       </c>
       <c r="E21" s="14" t="n">
-        <v>125.096</v>
+        <v>117.472</v>
       </c>
       <c r="F21" s="14" t="n">
+        <v>91.227</v>
+      </c>
+      <c r="G21" s="14" t="n">
+        <v>120.474</v>
+      </c>
+      <c r="H21" s="14" t="n">
+        <v>125.092</v>
+      </c>
+      <c r="I21" s="14" t="n">
         <v>113.035</v>
       </c>
-      <c r="G21" s="14" t="n">
+      <c r="J21" s="14" t="n">
         <v>105.305</v>
       </c>
-      <c r="H21" s="14" t="n">
+      <c r="K21" s="14" t="n">
         <v>123.083</v>
       </c>
-      <c r="I21" s="14" t="n">
+      <c r="L21" s="14" t="n">
         <v>110.743</v>
       </c>
-      <c r="J21" s="14" t="n">
+      <c r="M21" s="14" t="n">
         <v>117.129</v>
       </c>
-      <c r="K21" s="14" t="n">
+      <c r="N21" s="14" t="n">
         <v>154.569</v>
       </c>
-      <c r="L21" s="14" t="n">
+      <c r="O21" s="14" t="n">
         <v>130.021</v>
       </c>
-      <c r="M21" s="14" t="n">
+      <c r="P21" s="14" t="n">
         <v>128.464</v>
       </c>
-      <c r="N21" s="14" t="n">
+      <c r="Q21" s="14" t="n">
         <v>116.156</v>
       </c>
-      <c r="O21" s="14" t="n">
+      <c r="R21" s="14" t="n">
         <v>88.162</v>
       </c>
-      <c r="P21" s="14" t="n">
+      <c r="S21" s="14" t="n">
         <v>112.269</v>
       </c>
-      <c r="Q21" s="14" t="n">
+      <c r="T21" s="14" t="n">
         <v>115.9</v>
       </c>
-      <c r="R21" s="14" t="n">
+      <c r="U21" s="14" t="n">
         <v>108.256</v>
       </c>
-      <c r="S21" s="14" t="n">
+      <c r="V21" s="14" t="n">
         <v>106.859</v>
       </c>
-      <c r="T21" s="14" t="n">
+      <c r="W21" s="14" t="n">
         <v>112.259</v>
       </c>
-      <c r="U21" s="14" t="n">
+      <c r="X21" s="14" t="n">
         <v>99.893</v>
       </c>
-      <c r="V21" s="14" t="n">
+      <c r="Y21" s="14" t="n">
         <v>103.829</v>
       </c>
-      <c r="W21" s="14" t="n">
+      <c r="Z21" s="14" t="n">
         <v>139.208</v>
       </c>
-      <c r="X21" s="14" t="n">
+      <c r="AA21" s="14" t="n">
         <v>129.557</v>
       </c>
-      <c r="Y21" s="14" t="n">
+      <c r="AB21" s="14" t="n">
         <v>117.015</v>
       </c>
-      <c r="Z21" s="14" t="n">
+      <c r="AC21" s="14" t="n">
         <v>112.223</v>
       </c>
-      <c r="AA21" s="14" t="n">
+      <c r="AD21" s="14" t="n">
         <v>91.222</v>
       </c>
-      <c r="AB21" s="14" t="n">
+      <c r="AE21" s="14" t="n">
         <v>112.261</v>
       </c>
-      <c r="AC21" s="14" t="n">
+      <c r="AF21" s="14" t="n">
         <v>124.717</v>
       </c>
-      <c r="AD21" s="14" t="n">
+      <c r="AG21" s="14" t="n">
         <v>105.497</v>
       </c>
-      <c r="AE21" s="14" t="n">
+      <c r="AH21" s="14" t="n">
         <v>102.743</v>
       </c>
-      <c r="AF21" s="14" t="n">
+      <c r="AI21" s="14" t="n">
         <v>132.226</v>
       </c>
-      <c r="AG21" s="14" t="n">
+      <c r="AJ21" s="14" t="n">
         <v>97.047</v>
       </c>
-      <c r="AH21" s="14" t="n">
+      <c r="AK21" s="14" t="n">
         <v>113.004</v>
       </c>
-      <c r="AI21" s="14" t="n">
+      <c r="AL21" s="14" t="n">
         <v>142.473</v>
       </c>
-      <c r="AJ21" s="14" t="n">
+      <c r="AM21" s="14" t="n">
         <v>131.347</v>
       </c>
-      <c r="AK21" s="14" t="n">
+      <c r="AN21" s="14" t="n">
         <v>117.23</v>
       </c>
-      <c r="AL21" s="14" t="n">
+      <c r="AO21" s="14" t="n">
         <v>119.741</v>
       </c>
-      <c r="AM21" s="14" t="n">
+      <c r="AP21" s="14" t="n">
         <v>85.661</v>
       </c>
-      <c r="AN21" s="14" t="n">
+      <c r="AQ21" s="14" t="n">
         <v>97.51</v>
       </c>
-      <c r="AO21" s="14" t="n">
+      <c r="AR21" s="14" t="n">
         <v>116.851</v>
       </c>
-      <c r="AP21" s="14" t="n">
+      <c r="AS21" s="14" t="n">
         <v>105.277</v>
       </c>
-      <c r="AQ21" s="14" t="n">
+      <c r="AT21" s="14" t="n">
         <v>95.01</v>
       </c>
-      <c r="AR21" s="14" t="n">
+      <c r="AU21" s="14" t="n">
         <v>111.419</v>
       </c>
-      <c r="AS21" s="14" t="n">
+      <c r="AV21" s="14" t="n">
         <v>90.619</v>
       </c>
-      <c r="AT21" s="14" t="n">
+      <c r="AW21" s="14" t="n">
         <v>101.085</v>
       </c>
-      <c r="AU21" s="14" t="n">
+      <c r="AX21" s="14" t="n">
         <v>144.089</v>
       </c>
-      <c r="AV21" s="14" t="n">
+      <c r="AY21" s="14" t="n">
         <v>120.381</v>
       </c>
-      <c r="AW21" s="14" t="n">
+      <c r="AZ21" s="14" t="n">
         <v>107.576</v>
       </c>
-      <c r="AX21" s="14" t="n">
+      <c r="BA21" s="14" t="n">
         <v>101.106</v>
       </c>
-      <c r="AY21" s="14" t="n">
+      <c r="BB21" s="14" t="n">
         <v>78.614</v>
       </c>
-      <c r="AZ21" s="14" t="n">
+      <c r="BC21" s="14" t="n">
         <v>95.377</v>
       </c>
-      <c r="BA21" s="14" t="n">
+      <c r="BD21" s="14" t="n">
         <v>103.331</v>
       </c>
-      <c r="BB21" s="14" t="n">
+      <c r="BE21" s="14" t="n">
         <v>88.442</v>
       </c>
-      <c r="BC21" s="14" t="n">
+      <c r="BF21" s="14" t="n">
         <v>90.531</v>
       </c>
-      <c r="BD21" s="14" t="n">
+      <c r="BG21" s="14" t="n">
         <v>101.794</v>
       </c>
-      <c r="BE21" s="14" t="n">
+      <c r="BH21" s="14" t="n">
         <v>84.095</v>
       </c>
-      <c r="BF21" s="14" t="n">
+      <c r="BI21" s="14" t="n">
         <v>84.665</v>
       </c>
-      <c r="BG21" s="15" t="n">
+      <c r="BJ21" s="15" t="n">
+        <v>16.0</v>
+      </c>
+      <c r="BK21" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="BL21" s="15" t="n">
+        <v>17.6</v>
+      </c>
+      <c r="BM21" s="15" t="n">
         <v>28.8</v>
       </c>
-      <c r="BH21" s="15" t="n">
+      <c r="BN21" s="15" t="n">
         <v>-24.3</v>
       </c>
-      <c r="BI21" s="15" t="n">
+      <c r="BO21" s="15" t="n">
         <v>-3.7</v>
       </c>
-      <c r="BJ21" s="15" t="n">
+      <c r="BP21" s="15" t="n">
         <v>10.7</v>
       </c>
-      <c r="BK21" s="15" t="n">
+      <c r="BQ21" s="15" t="n">
         <v>7.3</v>
       </c>
-      <c r="BL21" s="15" t="n">
+      <c r="BR21" s="15" t="n">
         <v>-14.4</v>
       </c>
-      <c r="BM21" s="15" t="n">
+      <c r="BS21" s="15" t="n">
         <v>11.1</v>
       </c>
-      <c r="BN21" s="15" t="n">
+      <c r="BT21" s="15" t="n">
         <v>-5.5</v>
       </c>
-      <c r="BO21" s="15" t="n">
+      <c r="BU21" s="15" t="n">
         <v>-24.2</v>
       </c>
-      <c r="BP21" s="15" t="n">
+      <c r="BV21" s="15" t="n">
         <v>18.9</v>
       </c>
-      <c r="BQ21" s="15" t="n">
+      <c r="BW21" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="BR21" s="15" t="n">
+      <c r="BX21" s="15" t="n">
         <v>10.6</v>
       </c>
-      <c r="BS21" s="15" t="n">
+      <c r="BY21" s="15" t="n">
         <v>31.8</v>
       </c>
-      <c r="BT21" s="15" t="n">
+      <c r="BZ21" s="15" t="n">
         <v>-21.5</v>
       </c>
-      <c r="BU21" s="15" t="n">
+      <c r="CA21" s="15" t="n">
         <v>-3.1</v>
       </c>
-      <c r="BV21" s="15" t="n">
+      <c r="CB21" s="15" t="n">
         <v>7.1</v>
       </c>
-      <c r="BW21" s="15" t="n">
+      <c r="CC21" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="BX21" s="15" t="n">
+      <c r="CD21" s="15" t="n">
         <v>-4.8</v>
       </c>
-      <c r="BY21" s="15" t="n">
+      <c r="CE21" s="15" t="n">
         <v>12.4</v>
       </c>
-      <c r="BZ21" s="15" t="n">
+      <c r="CF21" s="15" t="n">
         <v>-3.8</v>
       </c>
-      <c r="CA21" s="15" t="n">
+      <c r="CG21" s="15" t="n">
         <v>-25.4</v>
       </c>
-      <c r="CB21" s="15" t="n">
+      <c r="CH21" s="15" t="n">
         <v>7.4</v>
       </c>
-      <c r="CC21" s="15" t="n">
+      <c r="CI21" s="15" t="n">
         <v>10.7</v>
       </c>
-      <c r="CD21" s="15" t="n">
+      <c r="CJ21" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="CE21" s="15" t="n">
+      <c r="CK21" s="15" t="n">
         <v>23.0</v>
       </c>
-      <c r="CF21" s="15" t="n">
+      <c r="CL21" s="15" t="n">
         <v>-18.7</v>
       </c>
-      <c r="CG21" s="15" t="n">
+      <c r="CM21" s="15" t="n">
         <v>-10.0</v>
       </c>
-      <c r="CH21" s="15" t="n">
+      <c r="CN21" s="15" t="n">
         <v>18.2</v>
       </c>
-      <c r="CI21" s="15" t="n">
+      <c r="CO21" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="CJ21" s="15" t="n">
+      <c r="CP21" s="15" t="n">
         <v>-22.3</v>
       </c>
-      <c r="CK21" s="15" t="n">
+      <c r="CQ21" s="15" t="n">
         <v>36.2</v>
       </c>
-      <c r="CL21" s="15" t="n">
+      <c r="CR21" s="15" t="n">
         <v>-14.1</v>
       </c>
-      <c r="CM21" s="15" t="n">
+      <c r="CS21" s="15" t="n">
         <v>-20.7</v>
       </c>
-      <c r="CN21" s="15" t="n">
+      <c r="CT21" s="15" t="n">
         <v>8.5</v>
       </c>
-      <c r="CO21" s="15" t="n">
+      <c r="CU21" s="15" t="n">
         <v>12.0</v>
       </c>
-      <c r="CP21" s="15" t="n">
+      <c r="CV21" s="15" t="n">
         <v>-2.1</v>
       </c>
-      <c r="CQ21" s="15" t="n">
+      <c r="CW21" s="15" t="n">
         <v>39.8</v>
       </c>
-      <c r="CR21" s="15" t="n">
+      <c r="CX21" s="15" t="n">
         <v>-12.2</v>
       </c>
-      <c r="CS21" s="15" t="n">
+      <c r="CY21" s="15" t="n">
         <v>-16.6</v>
       </c>
-      <c r="CT21" s="15" t="n">
+      <c r="CZ21" s="15" t="n">
         <v>11.0</v>
       </c>
-      <c r="CU21" s="15" t="n">
+      <c r="DA21" s="15" t="n">
         <v>10.8</v>
       </c>
-      <c r="CV21" s="15" t="n">
+      <c r="DB21" s="15" t="n">
         <v>-14.7</v>
       </c>
-      <c r="CW21" s="15" t="n">
+      <c r="DC21" s="15" t="n">
         <v>23.0</v>
       </c>
-      <c r="CX21" s="15" t="n">
+      <c r="DD21" s="15" t="n">
         <v>-10.4</v>
       </c>
-      <c r="CY21" s="15" t="n">
+      <c r="DE21" s="15" t="n">
         <v>-29.8</v>
       </c>
-      <c r="CZ21" s="15" t="n">
+      <c r="DF21" s="15" t="n">
         <v>19.7</v>
       </c>
-      <c r="DA21" s="15" t="n">
+      <c r="DG21" s="15" t="n">
         <v>11.9</v>
       </c>
-      <c r="DB21" s="15" t="n">
+      <c r="DH21" s="15" t="n">
         <v>6.4</v>
       </c>
-      <c r="DC21" s="15" t="n">
+      <c r="DI21" s="15" t="n">
         <v>28.6</v>
       </c>
-      <c r="DD21" s="15" t="n">
+      <c r="DJ21" s="15" t="n">
         <v>-17.6</v>
       </c>
-      <c r="DE21" s="15" t="n">
+      <c r="DK21" s="15" t="n">
         <v>-7.7</v>
       </c>
-      <c r="DF21" s="15" t="n">
+      <c r="DL21" s="15" t="n">
         <v>16.8</v>
       </c>
-      <c r="DG21" s="15" t="n">
+      <c r="DM21" s="15" t="n">
         <v>-2.3</v>
       </c>
-      <c r="DH21" s="15" t="n">
+      <c r="DN21" s="15" t="n">
         <v>-11.1</v>
       </c>
-      <c r="DI21" s="15" t="n">
+      <c r="DO21" s="15" t="n">
         <v>21.0</v>
       </c>
-      <c r="DJ21" s="15" t="n">
+      <c r="DP21" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="DK21" s="13" t="inlineStr">
-[...7 lines deleted...]
-      <c r="DM21" s="15" t="n">
+      <c r="DQ21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DR21" s="15" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="DS21" s="15" t="n">
+        <v>5.9</v>
+      </c>
+      <c r="DT21" s="15" t="n">
+        <v>7.5</v>
+      </c>
+      <c r="DU21" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="DV21" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="DN21" s="15" t="n">
+      <c r="DW21" s="15" t="n">
         <v>7.3</v>
       </c>
-      <c r="DO21" s="15" t="n">
+      <c r="DX21" s="15" t="n">
         <v>7.9</v>
       </c>
-      <c r="DP21" s="15" t="n">
+      <c r="DY21" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="DQ21" s="15" t="n">
+      <c r="DZ21" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="DR21" s="15" t="n">
+      <c r="EA21" s="15" t="n">
         <v>9.6</v>
       </c>
-      <c r="DS21" s="15" t="n">
+      <c r="EB21" s="15" t="n">
         <v>10.9</v>
       </c>
-      <c r="DT21" s="15" t="n">
+      <c r="EC21" s="15" t="n">
         <v>12.8</v>
       </c>
-      <c r="DU21" s="15" t="n">
+      <c r="ED21" s="15" t="n">
         <v>11.0</v>
       </c>
-      <c r="DV21" s="15" t="n">
+      <c r="EE21" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="DW21" s="15" t="n">
+      <c r="EF21" s="15" t="n">
         <v>9.8</v>
       </c>
-      <c r="DX21" s="15" t="n">
+      <c r="EG21" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="DY21" s="15" t="n">
+      <c r="EH21" s="15" t="n">
         <v>-3.4</v>
       </c>
-      <c r="DZ21" s="15" t="n">
+      <c r="EI21" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="EA21" s="15" t="n">
+      <c r="EJ21" s="15" t="n">
         <v>-7.1</v>
       </c>
-      <c r="EB21" s="15" t="n">
+      <c r="EK21" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="EC21" s="15" t="n">
+      <c r="EL21" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="ED21" s="15" t="n">
+      <c r="EM21" s="15" t="n">
         <v>-15.1</v>
       </c>
-      <c r="EE21" s="15" t="n">
+      <c r="EN21" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="EF21" s="15" t="n">
+      <c r="EO21" s="15" t="n">
         <v>-8.1</v>
       </c>
-      <c r="EG21" s="15" t="n">
+      <c r="EP21" s="15" t="n">
         <v>-2.3</v>
       </c>
-      <c r="EH21" s="15" t="n">
+      <c r="EQ21" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="EI21" s="15" t="n">
+      <c r="ER21" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="EJ21" s="15" t="n">
+      <c r="ES21" s="15" t="n">
         <v>-6.3</v>
       </c>
-      <c r="EK21" s="15" t="n">
+      <c r="ET21" s="15" t="n">
         <v>6.5</v>
       </c>
-      <c r="EL21" s="15" t="n">
+      <c r="EU21" s="15" t="n">
         <v>15.1</v>
       </c>
-      <c r="EM21" s="15" t="n">
+      <c r="EV21" s="15" t="n">
         <v>6.7</v>
       </c>
-      <c r="EN21" s="15" t="n">
+      <c r="EW21" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="EO21" s="15" t="n">
+      <c r="EX21" s="15" t="n">
         <v>8.1</v>
       </c>
-      <c r="EP21" s="15" t="n">
+      <c r="EY21" s="15" t="n">
         <v>18.7</v>
       </c>
-      <c r="EQ21" s="15" t="n">
+      <c r="EZ21" s="15" t="n">
         <v>7.1</v>
       </c>
-      <c r="ER21" s="15" t="n">
+      <c r="FA21" s="15" t="n">
         <v>11.8</v>
       </c>
-      <c r="ES21" s="15" t="n">
+      <c r="FB21" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="ET21" s="15" t="n">
+      <c r="FC21" s="15" t="n">
         <v>9.1</v>
       </c>
-      <c r="EU21" s="15" t="n">
+      <c r="FD21" s="15" t="n">
         <v>9.0</v>
       </c>
-      <c r="EV21" s="15" t="n">
+      <c r="FE21" s="15" t="n">
         <v>18.4</v>
       </c>
-      <c r="EW21" s="15" t="n">
+      <c r="FF21" s="15" t="n">
         <v>9.0</v>
       </c>
-      <c r="EX21" s="15" t="n">
+      <c r="FG21" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="EY21" s="15" t="n">
+      <c r="FH21" s="15" t="n">
         <v>13.1</v>
       </c>
-      <c r="EZ21" s="15" t="n">
+      <c r="FI21" s="15" t="n">
         <v>19.0</v>
       </c>
-      <c r="FA21" s="15" t="n">
+      <c r="FJ21" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="FB21" s="15" t="n">
+      <c r="FK21" s="15" t="n">
         <v>9.5</v>
       </c>
-      <c r="FC21" s="15" t="n">
+      <c r="FL21" s="15" t="n">
         <v>7.8</v>
       </c>
-      <c r="FD21" s="15" t="n">
+      <c r="FM21" s="15" t="n">
         <v>19.4</v>
       </c>
-      <c r="FE21" s="13" t="inlineStr">
-[...43 lines deleted...]
-      </c>
       <c r="FN21" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FO21" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FP21" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="FQ21" s="15" t="n">
+      <c r="FQ21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FR21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FS21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FT21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FU21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FV21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FW21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FX21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FY21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FZ21" s="15" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="GA21" s="15" t="n">
+        <v>6.3</v>
+      </c>
+      <c r="GB21" s="15" t="n">
+        <v>6.4</v>
+      </c>
+      <c r="GC21" s="15" t="n">
         <v>6.2</v>
       </c>
-      <c r="FR21" s="15" t="n">
+      <c r="GD21" s="15" t="n">
         <v>6.9</v>
       </c>
-      <c r="FS21" s="15" t="n">
+      <c r="GE21" s="15" t="n">
         <v>7.3</v>
       </c>
-      <c r="FT21" s="15" t="n">
+      <c r="GF21" s="15" t="n">
         <v>7.3</v>
       </c>
-      <c r="FU21" s="15" t="n">
+      <c r="GG21" s="15" t="n">
         <v>7.2</v>
       </c>
-      <c r="FV21" s="15" t="n">
+      <c r="GH21" s="15" t="n">
         <v>7.9</v>
       </c>
-      <c r="FW21" s="15" t="n">
+      <c r="GI21" s="15" t="n">
         <v>11.1</v>
       </c>
-      <c r="FX21" s="15" t="n">
+      <c r="GJ21" s="15" t="n">
         <v>11.9</v>
       </c>
-      <c r="FY21" s="15" t="n">
+      <c r="GK21" s="15" t="n">
         <v>12.8</v>
       </c>
-      <c r="FZ21" s="15" t="n">
+      <c r="GL21" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="GA21" s="15" t="n">
+      <c r="GM21" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="GB21" s="15" t="n">
+      <c r="GN21" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="GC21" s="15" t="n">
+      <c r="GO21" s="15" t="n">
         <v>-2.8</v>
       </c>
-      <c r="GD21" s="15" t="n">
+      <c r="GP21" s="15" t="n">
         <v>-3.6</v>
       </c>
-      <c r="GE21" s="15" t="n">
+      <c r="GQ21" s="15" t="n">
         <v>-3.6</v>
       </c>
-      <c r="GF21" s="15" t="n">
+      <c r="GR21" s="15" t="n">
         <v>-4.2</v>
       </c>
-      <c r="GG21" s="15" t="n">
+      <c r="GS21" s="15" t="n">
         <v>-3.5</v>
       </c>
-      <c r="GH21" s="15" t="n">
+      <c r="GT21" s="15" t="n">
         <v>-5.0</v>
       </c>
-      <c r="GI21" s="15" t="n">
+      <c r="GU21" s="15" t="n">
         <v>-7.7</v>
       </c>
-      <c r="GJ21" s="15" t="n">
+      <c r="GV21" s="15" t="n">
         <v>-3.0</v>
       </c>
-      <c r="GK21" s="15" t="n">
+      <c r="GW21" s="15" t="n">
         <v>-8.1</v>
       </c>
-      <c r="GL21" s="15" t="n">
+      <c r="GX21" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="GM21" s="15" t="n">
+      <c r="GY21" s="15" t="n">
         <v>5.6</v>
       </c>
-      <c r="GN21" s="15" t="n">
+      <c r="GZ21" s="15" t="n">
         <v>6.5</v>
       </c>
-      <c r="GO21" s="15" t="n">
+      <c r="HA21" s="15" t="n">
         <v>7.3</v>
       </c>
-      <c r="GP21" s="15" t="n">
+      <c r="HB21" s="15" t="n">
         <v>9.4</v>
       </c>
-      <c r="GQ21" s="15" t="n">
+      <c r="HC21" s="15" t="n">
         <v>9.7</v>
       </c>
-      <c r="GR21" s="15" t="n">
+      <c r="HD21" s="15" t="n">
         <v>8.9</v>
       </c>
-      <c r="GS21" s="15" t="n">
+      <c r="HE21" s="15" t="n">
         <v>9.4</v>
       </c>
-      <c r="GT21" s="15" t="n">
+      <c r="HF21" s="15" t="n">
         <v>11.8</v>
       </c>
-      <c r="GU21" s="15" t="n">
+      <c r="HG21" s="15" t="n">
         <v>12.9</v>
       </c>
-      <c r="GV21" s="15" t="n">
+      <c r="HH21" s="15" t="n">
         <v>9.6</v>
       </c>
-      <c r="GW21" s="15" t="n">
+      <c r="HI21" s="15" t="n">
         <v>11.8</v>
       </c>
-      <c r="GX21" s="15" t="n">
+      <c r="HJ21" s="15" t="n">
         <v>9.5</v>
       </c>
-      <c r="GY21" s="15" t="n">
+      <c r="HK21" s="15" t="n">
         <v>11.0</v>
       </c>
-      <c r="GZ21" s="15" t="n">
+      <c r="HL21" s="15" t="n">
         <v>11.2</v>
       </c>
-      <c r="HA21" s="15" t="n">
+      <c r="HM21" s="15" t="n">
         <v>11.5</v>
       </c>
-      <c r="HB21" s="15" t="n">
+      <c r="HN21" s="15" t="n">
         <v>10.5</v>
       </c>
-      <c r="HC21" s="15" t="n">
+      <c r="HO21" s="15" t="n">
         <v>10.7</v>
       </c>
-      <c r="HD21" s="15" t="n">
+      <c r="HP21" s="15" t="n">
         <v>12.2</v>
       </c>
-      <c r="HE21" s="15" t="n">
+      <c r="HQ21" s="15" t="n">
         <v>12.0</v>
       </c>
-      <c r="HF21" s="15" t="n">
+      <c r="HR21" s="15" t="n">
         <v>10.3</v>
       </c>
-      <c r="HG21" s="15" t="n">
+      <c r="HS21" s="15" t="n">
         <v>12.0</v>
       </c>
-      <c r="HH21" s="15" t="n">
+      <c r="HT21" s="15" t="n">
         <v>13.6</v>
       </c>
-      <c r="HI21" s="15" t="n">
+      <c r="HU21" s="15" t="n">
         <v>19.4</v>
       </c>
-      <c r="HJ21" s="13" t="inlineStr">
-[...54 lines deleted...]
-      <c r="HU21" s="13" t="inlineStr">
+      <c r="HV21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HW21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HX21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HY21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HZ21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IA21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IB21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IC21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG21" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    466 Wholesale of other machinery, equipment and supplies</t>
         </is>
       </c>
       <c r="B22" s="14" t="n">
-        <v>108.911</v>
+        <v>110.57</v>
       </c>
       <c r="C22" s="14" t="n">
-        <v>80.257</v>
+        <v>112.806</v>
       </c>
       <c r="D22" s="14" t="n">
-        <v>114.634</v>
+        <v>115.942</v>
       </c>
       <c r="E22" s="14" t="n">
-        <v>109.129</v>
+        <v>109.008</v>
       </c>
       <c r="F22" s="14" t="n">
+        <v>80.191</v>
+      </c>
+      <c r="G22" s="14" t="n">
+        <v>114.638</v>
+      </c>
+      <c r="H22" s="14" t="n">
+        <v>109.133</v>
+      </c>
+      <c r="I22" s="14" t="n">
         <v>106.179</v>
       </c>
-      <c r="G22" s="14" t="n">
+      <c r="J22" s="14" t="n">
         <v>101.984</v>
       </c>
-      <c r="H22" s="14" t="n">
+      <c r="K22" s="14" t="n">
         <v>107.991</v>
       </c>
-      <c r="I22" s="14" t="n">
+      <c r="L22" s="14" t="n">
         <v>98.806</v>
       </c>
-      <c r="J22" s="14" t="n">
+      <c r="M22" s="14" t="n">
         <v>92.463</v>
       </c>
-      <c r="K22" s="14" t="n">
+      <c r="N22" s="14" t="n">
         <v>108.849</v>
       </c>
-      <c r="L22" s="14" t="n">
+      <c r="O22" s="14" t="n">
         <v>104.235</v>
       </c>
-      <c r="M22" s="14" t="n">
+      <c r="P22" s="14" t="n">
         <v>113.215</v>
       </c>
-      <c r="N22" s="14" t="n">
+      <c r="Q22" s="14" t="n">
         <v>101.011</v>
       </c>
-      <c r="O22" s="14" t="n">
+      <c r="R22" s="14" t="n">
         <v>75.846</v>
       </c>
-      <c r="P22" s="14" t="n">
+      <c r="S22" s="14" t="n">
         <v>109.294</v>
       </c>
-      <c r="Q22" s="14" t="n">
+      <c r="T22" s="14" t="n">
         <v>106.803</v>
       </c>
-      <c r="R22" s="14" t="n">
+      <c r="U22" s="14" t="n">
         <v>112.78</v>
       </c>
-      <c r="S22" s="14" t="n">
+      <c r="V22" s="14" t="n">
         <v>109.17</v>
       </c>
-      <c r="T22" s="14" t="n">
+      <c r="W22" s="14" t="n">
         <v>101.323</v>
       </c>
-      <c r="U22" s="14" t="n">
+      <c r="X22" s="14" t="n">
         <v>100.175</v>
       </c>
-      <c r="V22" s="14" t="n">
+      <c r="Y22" s="14" t="n">
         <v>91.911</v>
       </c>
-      <c r="W22" s="14" t="n">
+      <c r="Z22" s="14" t="n">
         <v>99.127</v>
       </c>
-      <c r="X22" s="14" t="n">
+      <c r="AA22" s="14" t="n">
         <v>108.974</v>
       </c>
-      <c r="Y22" s="14" t="n">
+      <c r="AB22" s="14" t="n">
         <v>105.094</v>
       </c>
-      <c r="Z22" s="14" t="n">
+      <c r="AC22" s="14" t="n">
         <v>105.996</v>
       </c>
-      <c r="AA22" s="14" t="n">
+      <c r="AD22" s="14" t="n">
         <v>81.607</v>
       </c>
-      <c r="AB22" s="14" t="n">
+      <c r="AE22" s="14" t="n">
         <v>106.351</v>
       </c>
-      <c r="AC22" s="14" t="n">
+      <c r="AF22" s="14" t="n">
         <v>114.418</v>
       </c>
-      <c r="AD22" s="14" t="n">
+      <c r="AG22" s="14" t="n">
         <v>111.344</v>
       </c>
-      <c r="AE22" s="14" t="n">
+      <c r="AH22" s="14" t="n">
         <v>97.245</v>
       </c>
-      <c r="AF22" s="14" t="n">
+      <c r="AI22" s="14" t="n">
         <v>119.137</v>
       </c>
-      <c r="AG22" s="14" t="n">
+      <c r="AJ22" s="14" t="n">
         <v>98.28</v>
       </c>
-      <c r="AH22" s="14" t="n">
+      <c r="AK22" s="14" t="n">
         <v>90.677</v>
       </c>
-      <c r="AI22" s="14" t="n">
+      <c r="AL22" s="14" t="n">
         <v>113.114</v>
       </c>
-      <c r="AJ22" s="14" t="n">
+      <c r="AM22" s="14" t="n">
         <v>120.75</v>
       </c>
-      <c r="AK22" s="14" t="n">
+      <c r="AN22" s="14" t="n">
         <v>116.06</v>
       </c>
-      <c r="AL22" s="14" t="n">
+      <c r="AO22" s="14" t="n">
         <v>116.822</v>
       </c>
-      <c r="AM22" s="14" t="n">
+      <c r="AP22" s="14" t="n">
         <v>86.651</v>
       </c>
-      <c r="AN22" s="14" t="n">
+      <c r="AQ22" s="14" t="n">
         <v>111.599</v>
       </c>
-      <c r="AO22" s="14" t="n">
+      <c r="AR22" s="14" t="n">
         <v>119.817</v>
       </c>
-      <c r="AP22" s="14" t="n">
+      <c r="AS22" s="14" t="n">
         <v>119.583</v>
       </c>
-      <c r="AQ22" s="14" t="n">
+      <c r="AT22" s="14" t="n">
         <v>103.693</v>
       </c>
-      <c r="AR22" s="14" t="n">
+      <c r="AU22" s="14" t="n">
         <v>109.345</v>
       </c>
-      <c r="AS22" s="14" t="n">
+      <c r="AV22" s="14" t="n">
         <v>98.182</v>
       </c>
-      <c r="AT22" s="14" t="n">
+      <c r="AW22" s="14" t="n">
         <v>90.419</v>
       </c>
-      <c r="AU22" s="14" t="n">
+      <c r="AX22" s="14" t="n">
         <v>107.679</v>
       </c>
-      <c r="AV22" s="14" t="n">
+      <c r="AY22" s="14" t="n">
         <v>110.303</v>
       </c>
-      <c r="AW22" s="14" t="n">
+      <c r="AZ22" s="14" t="n">
         <v>100.652</v>
       </c>
-      <c r="AX22" s="14" t="n">
+      <c r="BA22" s="14" t="n">
         <v>101.395</v>
       </c>
-      <c r="AY22" s="14" t="n">
+      <c r="BB22" s="14" t="n">
         <v>79.069</v>
       </c>
-      <c r="AZ22" s="14" t="n">
+      <c r="BC22" s="14" t="n">
         <v>111.788</v>
       </c>
-      <c r="BA22" s="14" t="n">
+      <c r="BD22" s="14" t="n">
         <v>106.599</v>
       </c>
-      <c r="BB22" s="14" t="n">
+      <c r="BE22" s="14" t="n">
         <v>106.097</v>
       </c>
-      <c r="BC22" s="14" t="n">
+      <c r="BF22" s="14" t="n">
         <v>99.818</v>
       </c>
-      <c r="BD22" s="14" t="n">
+      <c r="BG22" s="14" t="n">
         <v>104.609</v>
       </c>
-      <c r="BE22" s="14" t="n">
+      <c r="BH22" s="14" t="n">
         <v>90.939</v>
       </c>
-      <c r="BF22" s="14" t="n">
+      <c r="BI22" s="14" t="n">
         <v>81.052</v>
       </c>
-      <c r="BG22" s="15" t="n">
-[...2 lines deleted...]
-      <c r="BH22" s="15" t="n">
+      <c r="BJ22" s="15" t="n">
+        <v>-2.0</v>
+      </c>
+      <c r="BK22" s="15" t="n">
+        <v>-2.7</v>
+      </c>
+      <c r="BL22" s="15" t="n">
+        <v>6.4</v>
+      </c>
+      <c r="BM22" s="15" t="n">
+        <v>35.9</v>
+      </c>
+      <c r="BN22" s="15" t="n">
         <v>-30.0</v>
       </c>
-      <c r="BI22" s="15" t="n">
+      <c r="BO22" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="BJ22" s="15" t="n">
+      <c r="BP22" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="BK22" s="15" t="n">
+      <c r="BQ22" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="BL22" s="15" t="n">
+      <c r="BR22" s="15" t="n">
         <v>-5.6</v>
       </c>
-      <c r="BM22" s="15" t="n">
+      <c r="BS22" s="15" t="n">
         <v>9.3</v>
       </c>
-      <c r="BN22" s="15" t="n">
+      <c r="BT22" s="15" t="n">
         <v>6.9</v>
       </c>
-      <c r="BO22" s="15" t="n">
+      <c r="BU22" s="15" t="n">
         <v>-15.1</v>
       </c>
-      <c r="BP22" s="15" t="n">
+      <c r="BV22" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="BQ22" s="15" t="n">
+      <c r="BW22" s="15" t="n">
         <v>-7.9</v>
       </c>
-      <c r="BR22" s="15" t="n">
+      <c r="BX22" s="15" t="n">
         <v>12.1</v>
       </c>
-      <c r="BS22" s="15" t="n">
+      <c r="BY22" s="15" t="n">
         <v>33.2</v>
       </c>
-      <c r="BT22" s="15" t="n">
+      <c r="BZ22" s="15" t="n">
         <v>-30.6</v>
       </c>
-      <c r="BU22" s="15" t="n">
+      <c r="CA22" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="BV22" s="15" t="n">
+      <c r="CB22" s="15" t="n">
         <v>-5.3</v>
       </c>
-      <c r="BW22" s="15" t="n">
+      <c r="CC22" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="BX22" s="15" t="n">
+      <c r="CD22" s="15" t="n">
         <v>7.7</v>
       </c>
-      <c r="BY22" s="15" t="n">
+      <c r="CE22" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="BZ22" s="15" t="n">
+      <c r="CF22" s="15" t="n">
         <v>9.0</v>
       </c>
-      <c r="CA22" s="15" t="n">
+      <c r="CG22" s="15" t="n">
         <v>-7.3</v>
       </c>
-      <c r="CB22" s="15" t="n">
+      <c r="CH22" s="15" t="n">
         <v>-9.0</v>
       </c>
-      <c r="CC22" s="15" t="n">
+      <c r="CI22" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="CD22" s="15" t="n">
+      <c r="CJ22" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="CE22" s="15" t="n">
+      <c r="CK22" s="15" t="n">
         <v>29.9</v>
       </c>
-      <c r="CF22" s="15" t="n">
+      <c r="CL22" s="15" t="n">
         <v>-23.3</v>
       </c>
-      <c r="CG22" s="15" t="n">
+      <c r="CM22" s="15" t="n">
         <v>-7.1</v>
       </c>
-      <c r="CH22" s="15" t="n">
+      <c r="CN22" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="CI22" s="15" t="n">
+      <c r="CO22" s="15" t="n">
         <v>14.5</v>
       </c>
-      <c r="CJ22" s="15" t="n">
+      <c r="CP22" s="15" t="n">
         <v>-18.4</v>
       </c>
-      <c r="CK22" s="15" t="n">
+      <c r="CQ22" s="15" t="n">
         <v>21.2</v>
       </c>
-      <c r="CL22" s="15" t="n">
+      <c r="CR22" s="15" t="n">
         <v>8.4</v>
       </c>
-      <c r="CM22" s="15" t="n">
+      <c r="CS22" s="15" t="n">
         <v>-19.8</v>
       </c>
-      <c r="CN22" s="15" t="n">
+      <c r="CT22" s="15" t="n">
         <v>-6.3</v>
       </c>
-      <c r="CO22" s="15" t="n">
+      <c r="CU22" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="CP22" s="15" t="n">
+      <c r="CV22" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="CQ22" s="15" t="n">
+      <c r="CW22" s="15" t="n">
         <v>34.8</v>
       </c>
-      <c r="CR22" s="15" t="n">
+      <c r="CX22" s="15" t="n">
         <v>-22.4</v>
       </c>
-      <c r="CS22" s="15" t="n">
+      <c r="CY22" s="15" t="n">
         <v>-6.9</v>
       </c>
-      <c r="CT22" s="15" t="n">
+      <c r="CZ22" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="CU22" s="15" t="n">
+      <c r="DA22" s="15" t="n">
         <v>15.3</v>
       </c>
-      <c r="CV22" s="15" t="n">
+      <c r="DB22" s="15" t="n">
         <v>-5.2</v>
       </c>
-      <c r="CW22" s="15" t="n">
+      <c r="DC22" s="15" t="n">
         <v>11.4</v>
       </c>
-      <c r="CX22" s="15" t="n">
+      <c r="DD22" s="15" t="n">
         <v>8.6</v>
       </c>
-      <c r="CY22" s="15" t="n">
+      <c r="DE22" s="15" t="n">
         <v>-16.0</v>
       </c>
-      <c r="CZ22" s="15" t="n">
+      <c r="DF22" s="15" t="n">
         <v>-2.4</v>
       </c>
-      <c r="DA22" s="15" t="n">
+      <c r="DG22" s="15" t="n">
         <v>9.6</v>
       </c>
-      <c r="DB22" s="15" t="n">
+      <c r="DH22" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="DC22" s="15" t="n">
+      <c r="DI22" s="15" t="n">
         <v>28.2</v>
       </c>
-      <c r="DD22" s="15" t="n">
+      <c r="DJ22" s="15" t="n">
         <v>-29.3</v>
       </c>
-      <c r="DE22" s="15" t="n">
+      <c r="DK22" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="DF22" s="15" t="n">
+      <c r="DL22" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="DG22" s="15" t="n">
+      <c r="DM22" s="15" t="n">
         <v>6.3</v>
       </c>
-      <c r="DH22" s="15" t="n">
+      <c r="DN22" s="15" t="n">
         <v>-4.6</v>
       </c>
-      <c r="DI22" s="15" t="n">
+      <c r="DO22" s="15" t="n">
         <v>15.0</v>
       </c>
-      <c r="DJ22" s="15" t="n">
+      <c r="DP22" s="15" t="n">
         <v>12.2</v>
       </c>
-      <c r="DK22" s="13" t="inlineStr">
-[...10 lines deleted...]
-      <c r="DN22" s="15" t="n">
+      <c r="DQ22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DR22" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="DS22" s="15" t="n">
+        <v>8.2</v>
+      </c>
+      <c r="DT22" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="DU22" s="15" t="n">
+        <v>7.9</v>
+      </c>
+      <c r="DV22" s="15" t="n">
+        <v>5.7</v>
+      </c>
+      <c r="DW22" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="DO22" s="15" t="n">
+      <c r="DX22" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="DP22" s="15" t="n">
+      <c r="DY22" s="15" t="n">
         <v>-5.9</v>
       </c>
-      <c r="DQ22" s="15" t="n">
+      <c r="DZ22" s="15" t="n">
         <v>-6.6</v>
       </c>
-      <c r="DR22" s="15" t="n">
+      <c r="EA22" s="15" t="n">
         <v>6.6</v>
       </c>
-      <c r="DS22" s="15" t="n">
+      <c r="EB22" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="DT22" s="15" t="n">
+      <c r="EC22" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="DU22" s="15" t="n">
+      <c r="ED22" s="15" t="n">
         <v>9.8</v>
       </c>
-      <c r="DV22" s="15" t="n">
+      <c r="EE22" s="15" t="n">
         <v>-4.3</v>
       </c>
-      <c r="DW22" s="15" t="n">
+      <c r="EF22" s="15" t="n">
         <v>7.7</v>
       </c>
-      <c r="DX22" s="15" t="n">
+      <c r="EG22" s="15" t="n">
         <v>-4.7</v>
       </c>
-      <c r="DY22" s="15" t="n">
+      <c r="EH22" s="15" t="n">
         <v>-7.1</v>
       </c>
-      <c r="DZ22" s="15" t="n">
+      <c r="EI22" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="EA22" s="15" t="n">
+      <c r="EJ22" s="15" t="n">
         <v>-6.7</v>
       </c>
-      <c r="EB22" s="15" t="n">
+      <c r="EK22" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="EC22" s="15" t="n">
+      <c r="EL22" s="15" t="n">
         <v>12.3</v>
       </c>
-      <c r="ED22" s="15" t="n">
+      <c r="EM22" s="15" t="n">
         <v>-15.0</v>
       </c>
-      <c r="EE22" s="15" t="n">
+      <c r="EN22" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="EF22" s="15" t="n">
+      <c r="EO22" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="EG22" s="15" t="n">
+      <c r="EP22" s="15" t="n">
         <v>-12.4</v>
       </c>
-      <c r="EH22" s="15" t="n">
+      <c r="EQ22" s="15" t="n">
         <v>-9.8</v>
       </c>
-      <c r="EI22" s="15" t="n">
+      <c r="ER22" s="15" t="n">
         <v>-9.4</v>
       </c>
-      <c r="EJ22" s="15" t="n">
+      <c r="ES22" s="15" t="n">
         <v>-9.3</v>
       </c>
-      <c r="EK22" s="15" t="n">
+      <c r="ET22" s="15" t="n">
         <v>-5.8</v>
       </c>
-      <c r="EL22" s="15" t="n">
+      <c r="EU22" s="15" t="n">
         <v>-4.7</v>
       </c>
-      <c r="EM22" s="15" t="n">
+      <c r="EV22" s="15" t="n">
         <v>-4.5</v>
       </c>
-      <c r="EN22" s="15" t="n">
+      <c r="EW22" s="15" t="n">
         <v>-6.9</v>
       </c>
-      <c r="EO22" s="15" t="n">
+      <c r="EX22" s="15" t="n">
         <v>-6.2</v>
       </c>
-      <c r="EP22" s="15" t="n">
+      <c r="EY22" s="15" t="n">
         <v>9.0</v>
       </c>
-      <c r="EQ22" s="15" t="n">
+      <c r="EZ22" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="ER22" s="15" t="n">
+      <c r="FA22" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="ES22" s="15" t="n">
+      <c r="FB22" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="ET22" s="15" t="n">
+      <c r="FC22" s="15" t="n">
         <v>9.5</v>
       </c>
-      <c r="EU22" s="15" t="n">
+      <c r="FD22" s="15" t="n">
         <v>15.3</v>
       </c>
-      <c r="EV22" s="15" t="n">
+      <c r="FE22" s="15" t="n">
         <v>15.2</v>
       </c>
-      <c r="EW22" s="15" t="n">
+      <c r="FF22" s="15" t="n">
         <v>9.6</v>
       </c>
-      <c r="EX22" s="15" t="n">
+      <c r="FG22" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="EY22" s="15" t="n">
+      <c r="FH22" s="15" t="n">
         <v>12.4</v>
       </c>
-      <c r="EZ22" s="15" t="n">
+      <c r="FI22" s="15" t="n">
         <v>12.7</v>
       </c>
-      <c r="FA22" s="15" t="n">
+      <c r="FJ22" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="FB22" s="15" t="n">
+      <c r="FK22" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="FC22" s="15" t="n">
+      <c r="FL22" s="15" t="n">
         <v>8.0</v>
       </c>
-      <c r="FD22" s="15" t="n">
+      <c r="FM22" s="15" t="n">
         <v>11.6</v>
       </c>
-      <c r="FE22" s="13" t="inlineStr">
-[...43 lines deleted...]
-      </c>
       <c r="FN22" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FO22" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FP22" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="FQ22" s="15" t="n">
+      <c r="FQ22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FR22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FS22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FT22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FU22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FV22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FW22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FX22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FY22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FZ22" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="GA22" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="GB22" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="GC22" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="FR22" s="15" t="n">
+      <c r="GD22" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="FS22" s="15" t="n">
+      <c r="GE22" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="FT22" s="15" t="n">
+      <c r="GF22" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="FU22" s="15" t="n">
+      <c r="GG22" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="FV22" s="15" t="n">
+      <c r="GH22" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="FW22" s="15" t="n">
+      <c r="GI22" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="FX22" s="15" t="n">
+      <c r="GJ22" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="FY22" s="15" t="n">
+      <c r="GK22" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="FZ22" s="15" t="n">
+      <c r="GL22" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="GA22" s="15" t="n">
+      <c r="GM22" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="GB22" s="15" t="n">
+      <c r="GN22" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="GC22" s="15" t="n">
+      <c r="GO22" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="GD22" s="15" t="n">
+      <c r="GP22" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="GE22" s="15" t="n">
+      <c r="GQ22" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="GF22" s="15" t="n">
+      <c r="GR22" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="GG22" s="15" t="n">
+      <c r="GS22" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="GH22" s="15" t="n">
+      <c r="GT22" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="GI22" s="15" t="n">
+      <c r="GU22" s="15" t="n">
         <v>-4.8</v>
       </c>
-      <c r="GJ22" s="15" t="n">
+      <c r="GV22" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="GK22" s="15" t="n">
+      <c r="GW22" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="GL22" s="15" t="n">
+      <c r="GX22" s="15" t="n">
         <v>-5.2</v>
       </c>
-      <c r="GM22" s="15" t="n">
+      <c r="GY22" s="15" t="n">
         <v>-4.5</v>
       </c>
-      <c r="GN22" s="15" t="n">
+      <c r="GZ22" s="15" t="n">
         <v>-3.9</v>
       </c>
-      <c r="GO22" s="15" t="n">
+      <c r="HA22" s="15" t="n">
         <v>-3.2</v>
       </c>
-      <c r="GP22" s="15" t="n">
+      <c r="HB22" s="15" t="n">
         <v>-2.4</v>
       </c>
-      <c r="GQ22" s="15" t="n">
+      <c r="HC22" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="GR22" s="15" t="n">
+      <c r="HD22" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="GS22" s="15" t="n">
+      <c r="HE22" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="GT22" s="15" t="n">
+      <c r="HF22" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="GU22" s="15" t="n">
+      <c r="HG22" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="GV22" s="15" t="n">
+      <c r="HH22" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="GW22" s="15" t="n">
+      <c r="HI22" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="GX22" s="15" t="n">
+      <c r="HJ22" s="15" t="n">
         <v>8.8</v>
       </c>
-      <c r="GY22" s="15" t="n">
+      <c r="HK22" s="15" t="n">
         <v>9.2</v>
       </c>
-      <c r="GZ22" s="15" t="n">
+      <c r="HL22" s="15" t="n">
         <v>9.2</v>
       </c>
-      <c r="HA22" s="15" t="n">
+      <c r="HM22" s="15" t="n">
         <v>8.5</v>
       </c>
-      <c r="HB22" s="15" t="n">
+      <c r="HN22" s="15" t="n">
         <v>7.6</v>
       </c>
-      <c r="HC22" s="15" t="n">
+      <c r="HO22" s="15" t="n">
         <v>7.4</v>
       </c>
-      <c r="HD22" s="15" t="n">
+      <c r="HP22" s="15" t="n">
         <v>8.8</v>
       </c>
-      <c r="HE22" s="15" t="n">
+      <c r="HQ22" s="15" t="n">
         <v>8.0</v>
       </c>
-      <c r="HF22" s="15" t="n">
+      <c r="HR22" s="15" t="n">
         <v>6.7</v>
       </c>
-      <c r="HG22" s="15" t="n">
+      <c r="HS22" s="15" t="n">
         <v>7.7</v>
       </c>
-      <c r="HH22" s="15" t="n">
+      <c r="HT22" s="15" t="n">
         <v>9.7</v>
       </c>
-      <c r="HI22" s="15" t="n">
+      <c r="HU22" s="15" t="n">
         <v>11.6</v>
       </c>
-      <c r="HJ22" s="13" t="inlineStr">
-[...54 lines deleted...]
-      <c r="HU22" s="13" t="inlineStr">
+      <c r="HV22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HW22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HX22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HY22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HZ22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IA22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IB22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IC22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG22" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    467 Other specialised wholesale</t>
         </is>
       </c>
       <c r="B23" s="14" t="n">
-        <v>92.682</v>
+        <v>91.314</v>
       </c>
       <c r="C23" s="14" t="n">
-        <v>80.166</v>
+        <v>88.085</v>
       </c>
       <c r="D23" s="14" t="n">
-        <v>94.141</v>
+        <v>96.803</v>
       </c>
       <c r="E23" s="14" t="n">
+        <v>92.741</v>
+      </c>
+      <c r="F23" s="14" t="n">
+        <v>80.16</v>
+      </c>
+      <c r="G23" s="14" t="n">
+        <v>94.136</v>
+      </c>
+      <c r="H23" s="14" t="n">
         <v>94.981</v>
       </c>
-      <c r="F23" s="14" t="n">
+      <c r="I23" s="14" t="n">
         <v>94.534</v>
       </c>
-      <c r="G23" s="14" t="n">
+      <c r="J23" s="14" t="n">
         <v>97.561</v>
       </c>
-      <c r="H23" s="14" t="n">
+      <c r="K23" s="14" t="n">
         <v>94.524</v>
       </c>
-      <c r="I23" s="14" t="n">
+      <c r="L23" s="14" t="n">
         <v>86.784</v>
       </c>
-      <c r="J23" s="14" t="n">
+      <c r="M23" s="14" t="n">
         <v>89.316</v>
       </c>
-      <c r="K23" s="14" t="n">
+      <c r="N23" s="14" t="n">
         <v>84.597</v>
       </c>
-      <c r="L23" s="14" t="n">
+      <c r="O23" s="14" t="n">
         <v>86.749</v>
       </c>
-      <c r="M23" s="14" t="n">
+      <c r="P23" s="14" t="n">
         <v>92.157</v>
       </c>
-      <c r="N23" s="14" t="n">
+      <c r="Q23" s="14" t="n">
         <v>81.83</v>
       </c>
-      <c r="O23" s="14" t="n">
+      <c r="R23" s="14" t="n">
         <v>70.999</v>
       </c>
-      <c r="P23" s="14" t="n">
+      <c r="S23" s="14" t="n">
         <v>86.526</v>
       </c>
-      <c r="Q23" s="14" t="n">
+      <c r="T23" s="14" t="n">
         <v>83.469</v>
       </c>
-      <c r="R23" s="14" t="n">
+      <c r="U23" s="14" t="n">
         <v>86.957</v>
       </c>
-      <c r="S23" s="14" t="n">
+      <c r="V23" s="14" t="n">
         <v>85.184</v>
       </c>
-      <c r="T23" s="14" t="n">
+      <c r="W23" s="14" t="n">
         <v>75.475</v>
       </c>
-      <c r="U23" s="14" t="n">
+      <c r="X23" s="14" t="n">
         <v>81.675</v>
       </c>
-      <c r="V23" s="14" t="n">
+      <c r="Y23" s="14" t="n">
         <v>83.282</v>
       </c>
-      <c r="W23" s="14" t="n">
+      <c r="Z23" s="14" t="n">
         <v>85.719</v>
       </c>
-      <c r="X23" s="14" t="n">
+      <c r="AA23" s="14" t="n">
         <v>89.954</v>
       </c>
-      <c r="Y23" s="14" t="n">
+      <c r="AB23" s="14" t="n">
         <v>83.597</v>
       </c>
-      <c r="Z23" s="14" t="n">
+      <c r="AC23" s="14" t="n">
         <v>78.441</v>
       </c>
-      <c r="AA23" s="14" t="n">
+      <c r="AD23" s="14" t="n">
         <v>73.488</v>
       </c>
-      <c r="AB23" s="14" t="n">
+      <c r="AE23" s="14" t="n">
         <v>87.632</v>
       </c>
-      <c r="AC23" s="14" t="n">
+      <c r="AF23" s="14" t="n">
         <v>87.661</v>
       </c>
-      <c r="AD23" s="14" t="n">
+      <c r="AG23" s="14" t="n">
         <v>88.905</v>
       </c>
-      <c r="AE23" s="14" t="n">
+      <c r="AH23" s="14" t="n">
         <v>86.818</v>
       </c>
-      <c r="AF23" s="14" t="n">
+      <c r="AI23" s="14" t="n">
         <v>98.854</v>
       </c>
-      <c r="AG23" s="14" t="n">
+      <c r="AJ23" s="14" t="n">
         <v>86.335</v>
       </c>
-      <c r="AH23" s="14" t="n">
+      <c r="AK23" s="14" t="n">
         <v>87.352</v>
       </c>
-      <c r="AI23" s="14" t="n">
+      <c r="AL23" s="14" t="n">
         <v>100.136</v>
       </c>
-      <c r="AJ23" s="14" t="n">
+      <c r="AM23" s="14" t="n">
         <v>99.05</v>
       </c>
-      <c r="AK23" s="14" t="n">
+      <c r="AN23" s="14" t="n">
         <v>91.518</v>
       </c>
-      <c r="AL23" s="14" t="n">
+      <c r="AO23" s="14" t="n">
         <v>96.325</v>
       </c>
-      <c r="AM23" s="14" t="n">
+      <c r="AP23" s="14" t="n">
         <v>91.813</v>
       </c>
-      <c r="AN23" s="14" t="n">
+      <c r="AQ23" s="14" t="n">
         <v>92.788</v>
       </c>
-      <c r="AO23" s="14" t="n">
+      <c r="AR23" s="14" t="n">
         <v>87.713</v>
       </c>
-      <c r="AP23" s="14" t="n">
+      <c r="AS23" s="14" t="n">
         <v>93.499</v>
       </c>
-      <c r="AQ23" s="14" t="n">
+      <c r="AT23" s="14" t="n">
         <v>98.304</v>
       </c>
-      <c r="AR23" s="14" t="n">
+      <c r="AU23" s="14" t="n">
         <v>99.758</v>
       </c>
-      <c r="AS23" s="14" t="n">
+      <c r="AV23" s="14" t="n">
         <v>95.577</v>
       </c>
-      <c r="AT23" s="14" t="n">
+      <c r="AW23" s="14" t="n">
         <v>102.754</v>
       </c>
-      <c r="AU23" s="14" t="n">
+      <c r="AX23" s="14" t="n">
         <v>99.751</v>
       </c>
-      <c r="AV23" s="14" t="n">
+      <c r="AY23" s="14" t="n">
         <v>96.045</v>
       </c>
-      <c r="AW23" s="14" t="n">
+      <c r="AZ23" s="14" t="n">
         <v>106.53</v>
       </c>
-      <c r="AX23" s="14" t="n">
+      <c r="BA23" s="14" t="n">
         <v>102.657</v>
       </c>
-      <c r="AY23" s="14" t="n">
+      <c r="BB23" s="14" t="n">
         <v>90.205</v>
       </c>
-      <c r="AZ23" s="14" t="n">
+      <c r="BC23" s="14" t="n">
         <v>103.615</v>
       </c>
-      <c r="BA23" s="14" t="n">
+      <c r="BD23" s="14" t="n">
         <v>109.351</v>
       </c>
-      <c r="BB23" s="14" t="n">
+      <c r="BE23" s="14" t="n">
         <v>101.165</v>
       </c>
-      <c r="BC23" s="14" t="n">
+      <c r="BF23" s="14" t="n">
         <v>96.405</v>
       </c>
-      <c r="BD23" s="14" t="n">
+      <c r="BG23" s="14" t="n">
         <v>111.995</v>
       </c>
-      <c r="BE23" s="14" t="n">
+      <c r="BH23" s="14" t="n">
         <v>90.866</v>
       </c>
-      <c r="BF23" s="14" t="n">
+      <c r="BI23" s="14" t="n">
         <v>91.414</v>
       </c>
-      <c r="BG23" s="15" t="n">
-[...2 lines deleted...]
-      <c r="BH23" s="15" t="n">
+      <c r="BJ23" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="BK23" s="15" t="n">
+        <v>-9.0</v>
+      </c>
+      <c r="BL23" s="15" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="BM23" s="15" t="n">
+        <v>15.7</v>
+      </c>
+      <c r="BN23" s="15" t="n">
         <v>-14.8</v>
       </c>
-      <c r="BI23" s="15" t="n">
+      <c r="BO23" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="BJ23" s="15" t="n">
+      <c r="BP23" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="BK23" s="15" t="n">
+      <c r="BQ23" s="15" t="n">
         <v>-3.1</v>
       </c>
-      <c r="BL23" s="15" t="n">
+      <c r="BR23" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="BM23" s="15" t="n">
+      <c r="BS23" s="15" t="n">
         <v>8.9</v>
       </c>
-      <c r="BN23" s="15" t="n">
+      <c r="BT23" s="15" t="n">
         <v>-2.8</v>
       </c>
-      <c r="BO23" s="15" t="n">
+      <c r="BU23" s="15" t="n">
         <v>5.6</v>
       </c>
-      <c r="BP23" s="15" t="n">
+      <c r="BV23" s="15" t="n">
         <v>-2.5</v>
       </c>
-      <c r="BQ23" s="15" t="n">
+      <c r="BW23" s="15" t="n">
         <v>-5.9</v>
       </c>
-      <c r="BR23" s="15" t="n">
+      <c r="BX23" s="15" t="n">
         <v>12.6</v>
       </c>
-      <c r="BS23" s="15" t="n">
+      <c r="BY23" s="15" t="n">
         <v>15.3</v>
       </c>
-      <c r="BT23" s="15" t="n">
+      <c r="BZ23" s="15" t="n">
         <v>-17.9</v>
       </c>
-      <c r="BU23" s="15" t="n">
+      <c r="CA23" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="BV23" s="15" t="n">
+      <c r="CB23" s="15" t="n">
         <v>-4.0</v>
       </c>
-      <c r="BW23" s="15" t="n">
+      <c r="CC23" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="BX23" s="15" t="n">
+      <c r="CD23" s="15" t="n">
         <v>12.9</v>
       </c>
-      <c r="BY23" s="15" t="n">
+      <c r="CE23" s="15" t="n">
         <v>-7.6</v>
       </c>
-      <c r="BZ23" s="15" t="n">
+      <c r="CF23" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="CA23" s="15" t="n">
+      <c r="CG23" s="15" t="n">
         <v>-2.8</v>
       </c>
-      <c r="CB23" s="15" t="n">
+      <c r="CH23" s="15" t="n">
         <v>-4.7</v>
       </c>
-      <c r="CC23" s="15" t="n">
+      <c r="CI23" s="15" t="n">
         <v>7.6</v>
       </c>
-      <c r="CD23" s="15" t="n">
+      <c r="CJ23" s="15" t="n">
         <v>6.6</v>
       </c>
-      <c r="CE23" s="15" t="n">
+      <c r="CK23" s="15" t="n">
         <v>6.7</v>
       </c>
-      <c r="CF23" s="15" t="n">
+      <c r="CL23" s="15" t="n">
         <v>-16.1</v>
       </c>
-      <c r="CG23" s="15" t="n">
+      <c r="CM23" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="CH23" s="15" t="n">
+      <c r="CN23" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="CI23" s="15" t="n">
+      <c r="CO23" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="CJ23" s="15" t="n">
+      <c r="CP23" s="15" t="n">
         <v>-12.2</v>
       </c>
-      <c r="CK23" s="15" t="n">
+      <c r="CQ23" s="15" t="n">
         <v>14.5</v>
       </c>
-      <c r="CL23" s="15" t="n">
+      <c r="CR23" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="CM23" s="15" t="n">
+      <c r="CS23" s="15" t="n">
         <v>-12.8</v>
       </c>
-      <c r="CN23" s="15" t="n">
+      <c r="CT23" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="CO23" s="15" t="n">
+      <c r="CU23" s="15" t="n">
         <v>8.2</v>
       </c>
-      <c r="CP23" s="15" t="n">
+      <c r="CV23" s="15" t="n">
         <v>-5.0</v>
       </c>
-      <c r="CQ23" s="15" t="n">
+      <c r="CW23" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="CR23" s="15" t="n">
+      <c r="CX23" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="CS23" s="15" t="n">
+      <c r="CY23" s="15" t="n">
         <v>5.8</v>
       </c>
-      <c r="CT23" s="15" t="n">
+      <c r="CZ23" s="15" t="n">
         <v>-6.2</v>
       </c>
-      <c r="CU23" s="15" t="n">
+      <c r="DA23" s="15" t="n">
         <v>-4.9</v>
       </c>
-      <c r="CV23" s="15" t="n">
+      <c r="DB23" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="CW23" s="15" t="n">
+      <c r="DC23" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="CX23" s="15" t="n">
+      <c r="DD23" s="15" t="n">
         <v>-7.0</v>
       </c>
-      <c r="CY23" s="15" t="n">
+      <c r="DE23" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="CZ23" s="15" t="n">
+      <c r="DF23" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="DA23" s="15" t="n">
+      <c r="DG23" s="15" t="n">
         <v>-9.8</v>
       </c>
-      <c r="DB23" s="15" t="n">
+      <c r="DH23" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="DC23" s="15" t="n">
+      <c r="DI23" s="15" t="n">
         <v>13.8</v>
       </c>
-      <c r="DD23" s="15" t="n">
+      <c r="DJ23" s="15" t="n">
         <v>-12.9</v>
       </c>
-      <c r="DE23" s="15" t="n">
+      <c r="DK23" s="15" t="n">
         <v>-5.2</v>
       </c>
-      <c r="DF23" s="15" t="n">
+      <c r="DL23" s="15" t="n">
         <v>8.1</v>
       </c>
-      <c r="DG23" s="15" t="n">
+      <c r="DM23" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="DH23" s="15" t="n">
+      <c r="DN23" s="15" t="n">
         <v>-13.9</v>
       </c>
-      <c r="DI23" s="15" t="n">
+      <c r="DO23" s="15" t="n">
         <v>23.3</v>
       </c>
-      <c r="DJ23" s="15" t="n">
+      <c r="DP23" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="DK23" s="13" t="inlineStr">
-[...4 lines deleted...]
-      <c r="DL23" s="15" t="n">
+      <c r="DQ23" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DR23" s="15" t="n">
+        <v>7.9</v>
+      </c>
+      <c r="DS23" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="DT23" s="15" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="DU23" s="15" t="n">
         <v>13.3</v>
       </c>
-      <c r="DM23" s="15" t="n">
+      <c r="DV23" s="15" t="n">
         <v>12.9</v>
       </c>
-      <c r="DN23" s="15" t="n">
+      <c r="DW23" s="15" t="n">
         <v>8.8</v>
       </c>
-      <c r="DO23" s="15" t="n">
+      <c r="DX23" s="15" t="n">
         <v>13.8</v>
       </c>
-      <c r="DP23" s="15" t="n">
+      <c r="DY23" s="15" t="n">
         <v>8.7</v>
       </c>
-      <c r="DQ23" s="15" t="n">
+      <c r="DZ23" s="15" t="n">
         <v>14.5</v>
       </c>
-      <c r="DR23" s="15" t="n">
+      <c r="EA23" s="15" t="n">
         <v>25.2</v>
       </c>
-      <c r="DS23" s="15" t="n">
+      <c r="EB23" s="15" t="n">
         <v>6.3</v>
       </c>
-      <c r="DT23" s="15" t="n">
+      <c r="EC23" s="15" t="n">
         <v>7.2</v>
       </c>
-      <c r="DU23" s="15" t="n">
+      <c r="ED23" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="DV23" s="15" t="n">
+      <c r="EE23" s="15" t="n">
         <v>-3.6</v>
       </c>
-      <c r="DW23" s="15" t="n">
+      <c r="EF23" s="15" t="n">
         <v>10.2</v>
       </c>
-      <c r="DX23" s="15" t="n">
+      <c r="EG23" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="DY23" s="15" t="n">
+      <c r="EH23" s="15" t="n">
         <v>-3.4</v>
       </c>
-      <c r="DZ23" s="15" t="n">
+      <c r="EI23" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="EA23" s="15" t="n">
+      <c r="EJ23" s="15" t="n">
         <v>-4.8</v>
       </c>
-      <c r="EB23" s="15" t="n">
+      <c r="EK23" s="15" t="n">
         <v>-2.2</v>
       </c>
-      <c r="EC23" s="15" t="n">
+      <c r="EL23" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="ED23" s="15" t="n">
+      <c r="EM23" s="15" t="n">
         <v>-23.7</v>
       </c>
-      <c r="EE23" s="15" t="n">
+      <c r="EN23" s="15" t="n">
         <v>-5.4</v>
       </c>
-      <c r="EF23" s="15" t="n">
+      <c r="EO23" s="15" t="n">
         <v>-4.7</v>
       </c>
-      <c r="EG23" s="15" t="n">
+      <c r="EP23" s="15" t="n">
         <v>-14.4</v>
       </c>
-      <c r="EH23" s="15" t="n">
+      <c r="EQ23" s="15" t="n">
         <v>-9.2</v>
       </c>
-      <c r="EI23" s="15" t="n">
+      <c r="ER23" s="15" t="n">
         <v>-8.7</v>
       </c>
-      <c r="EJ23" s="15" t="n">
+      <c r="ES23" s="15" t="n">
         <v>-18.6</v>
       </c>
-      <c r="EK23" s="15" t="n">
+      <c r="ET23" s="15" t="n">
         <v>-20.0</v>
       </c>
-      <c r="EL23" s="15" t="n">
+      <c r="EU23" s="15" t="n">
         <v>-5.6</v>
       </c>
-      <c r="EM23" s="15" t="n">
+      <c r="EV23" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="EN23" s="15" t="n">
+      <c r="EW23" s="15" t="n">
         <v>-4.9</v>
       </c>
-      <c r="EO23" s="15" t="n">
+      <c r="EX23" s="15" t="n">
         <v>-11.7</v>
       </c>
-      <c r="EP23" s="15" t="n">
+      <c r="EY23" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="EQ23" s="15" t="n">
+      <c r="EZ23" s="15" t="n">
         <v>-9.7</v>
       </c>
-      <c r="ER23" s="15" t="n">
+      <c r="FA23" s="15" t="n">
         <v>-15.0</v>
       </c>
-      <c r="ES23" s="15" t="n">
+      <c r="FB23" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="ET23" s="15" t="n">
+      <c r="FC23" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="EU23" s="15" t="n">
+      <c r="FD23" s="15" t="n">
         <v>-14.1</v>
       </c>
-      <c r="EV23" s="15" t="n">
+      <c r="FE23" s="15" t="n">
         <v>-6.2</v>
       </c>
-      <c r="EW23" s="15" t="n">
+      <c r="FF23" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="EX23" s="15" t="n">
+      <c r="FG23" s="15" t="n">
         <v>-10.4</v>
       </c>
-      <c r="EY23" s="15" t="n">
+      <c r="FH23" s="15" t="n">
         <v>-19.8</v>
       </c>
-      <c r="EZ23" s="15" t="n">
+      <c r="FI23" s="15" t="n">
         <v>-7.6</v>
       </c>
-      <c r="FA23" s="15" t="n">
+      <c r="FJ23" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="FB23" s="15" t="n">
+      <c r="FK23" s="15" t="n">
         <v>-10.9</v>
       </c>
-      <c r="FC23" s="15" t="n">
+      <c r="FL23" s="15" t="n">
         <v>5.2</v>
       </c>
-      <c r="FD23" s="15" t="n">
+      <c r="FM23" s="15" t="n">
         <v>12.4</v>
       </c>
-      <c r="FE23" s="13" t="inlineStr">
-[...43 lines deleted...]
-      </c>
       <c r="FN23" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FO23" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FP23" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="FQ23" s="15" t="n">
+      <c r="FQ23" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FR23" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FS23" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FT23" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FU23" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FV23" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FW23" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FX23" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FY23" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FZ23" s="15" t="n">
+        <v>10.2</v>
+      </c>
+      <c r="GA23" s="15" t="n">
+        <v>10.4</v>
+      </c>
+      <c r="GB23" s="15" t="n">
+        <v>11.4</v>
+      </c>
+      <c r="GC23" s="15" t="n">
         <v>12.1</v>
       </c>
-      <c r="FR23" s="15" t="n">
+      <c r="GD23" s="15" t="n">
         <v>12.0</v>
       </c>
-      <c r="FS23" s="15" t="n">
+      <c r="GE23" s="15" t="n">
         <v>11.9</v>
       </c>
-      <c r="FT23" s="15" t="n">
+      <c r="GF23" s="15" t="n">
         <v>12.4</v>
       </c>
-      <c r="FU23" s="15" t="n">
+      <c r="GG23" s="15" t="n">
         <v>12.2</v>
       </c>
-      <c r="FV23" s="15" t="n">
+      <c r="GH23" s="15" t="n">
         <v>13.1</v>
       </c>
-      <c r="FW23" s="15" t="n">
+      <c r="GI23" s="15" t="n">
         <v>12.6</v>
       </c>
-      <c r="FX23" s="15" t="n">
+      <c r="GJ23" s="15" t="n">
         <v>6.8</v>
       </c>
-      <c r="FY23" s="15" t="n">
+      <c r="GK23" s="15" t="n">
         <v>7.2</v>
       </c>
-      <c r="FZ23" s="15" t="n">
+      <c r="GL23" s="15" t="n">
         <v>-3.5</v>
       </c>
-      <c r="GA23" s="15" t="n">
+      <c r="GM23" s="15" t="n">
         <v>-3.7</v>
       </c>
-      <c r="GB23" s="15" t="n">
+      <c r="GN23" s="15" t="n">
         <v>-3.7</v>
       </c>
-      <c r="GC23" s="15" t="n">
+      <c r="GO23" s="15" t="n">
         <v>-5.2</v>
       </c>
-      <c r="GD23" s="15" t="n">
+      <c r="GP23" s="15" t="n">
         <v>-6.2</v>
       </c>
-      <c r="GE23" s="15" t="n">
+      <c r="GQ23" s="15" t="n">
         <v>-6.6</v>
       </c>
-      <c r="GF23" s="15" t="n">
+      <c r="GR23" s="15" t="n">
         <v>-7.4</v>
       </c>
-      <c r="GG23" s="15" t="n">
+      <c r="GS23" s="15" t="n">
         <v>-8.0</v>
       </c>
-      <c r="GH23" s="15" t="n">
+      <c r="GT23" s="15" t="n">
         <v>-9.4</v>
       </c>
-      <c r="GI23" s="15" t="n">
+      <c r="GU23" s="15" t="n">
         <v>-11.8</v>
       </c>
-      <c r="GJ23" s="15" t="n">
+      <c r="GV23" s="15" t="n">
         <v>-5.0</v>
       </c>
-      <c r="GK23" s="15" t="n">
+      <c r="GW23" s="15" t="n">
         <v>-4.7</v>
       </c>
-      <c r="GL23" s="15" t="n">
+      <c r="GX23" s="15" t="n">
         <v>-10.0</v>
       </c>
-      <c r="GM23" s="15" t="n">
+      <c r="GY23" s="15" t="n">
         <v>-9.5</v>
       </c>
-      <c r="GN23" s="15" t="n">
+      <c r="GZ23" s="15" t="n">
         <v>-9.6</v>
       </c>
-      <c r="GO23" s="15" t="n">
+      <c r="HA23" s="15" t="n">
         <v>-9.7</v>
       </c>
-      <c r="GP23" s="15" t="n">
+      <c r="HB23" s="15" t="n">
         <v>-8.5</v>
       </c>
-      <c r="GQ23" s="15" t="n">
+      <c r="HC23" s="15" t="n">
         <v>-7.0</v>
       </c>
-      <c r="GR23" s="15" t="n">
+      <c r="HD23" s="15" t="n">
         <v>-7.2</v>
       </c>
-      <c r="GS23" s="15" t="n">
+      <c r="HE23" s="15" t="n">
         <v>-8.5</v>
       </c>
-      <c r="GT23" s="15" t="n">
+      <c r="HF23" s="15" t="n">
         <v>-9.3</v>
       </c>
-      <c r="GU23" s="15" t="n">
+      <c r="HG23" s="15" t="n">
         <v>-8.6</v>
       </c>
-      <c r="GV23" s="15" t="n">
+      <c r="HH23" s="15" t="n">
         <v>-12.4</v>
       </c>
-      <c r="GW23" s="15" t="n">
+      <c r="HI23" s="15" t="n">
         <v>-15.0</v>
       </c>
-      <c r="GX23" s="15" t="n">
+      <c r="HJ23" s="15" t="n">
         <v>-4.2</v>
       </c>
-      <c r="GY23" s="15" t="n">
+      <c r="HK23" s="15" t="n">
         <v>-4.6</v>
       </c>
-      <c r="GZ23" s="15" t="n">
+      <c r="HL23" s="15" t="n">
         <v>-5.4</v>
       </c>
-      <c r="HA23" s="15" t="n">
+      <c r="HM23" s="15" t="n">
         <v>-4.4</v>
       </c>
-      <c r="HB23" s="15" t="n">
+      <c r="HN23" s="15" t="n">
         <v>-4.1</v>
       </c>
-      <c r="HC23" s="15" t="n">
+      <c r="HO23" s="15" t="n">
         <v>-4.9</v>
       </c>
-      <c r="HD23" s="15" t="n">
+      <c r="HP23" s="15" t="n">
         <v>-3.9</v>
       </c>
-      <c r="HE23" s="15" t="n">
+      <c r="HQ23" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="HF23" s="15" t="n">
+      <c r="HR23" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="HG23" s="15" t="n">
+      <c r="HS23" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="HH23" s="15" t="n">
+      <c r="HT23" s="15" t="n">
         <v>8.8</v>
       </c>
-      <c r="HI23" s="15" t="n">
+      <c r="HU23" s="15" t="n">
         <v>12.4</v>
       </c>
-      <c r="HJ23" s="13" t="inlineStr">
-[...54 lines deleted...]
-      <c r="HU23" s="13" t="inlineStr">
+      <c r="HV23" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HW23" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HX23" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HY23" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HZ23" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IA23" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IB23" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IC23" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID23" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE23" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF23" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG23" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    469 Non-specialised wholesale trade</t>
         </is>
       </c>
       <c r="B24" s="14" t="n">
-        <v>118.633</v>
+        <v>114.987</v>
       </c>
       <c r="C24" s="14" t="n">
-        <v>89.268</v>
+        <v>122.794</v>
       </c>
       <c r="D24" s="14" t="n">
-        <v>124.67</v>
+        <v>117.518</v>
       </c>
       <c r="E24" s="14" t="n">
+        <v>118.534</v>
+      </c>
+      <c r="F24" s="14" t="n">
+        <v>89.126</v>
+      </c>
+      <c r="G24" s="14" t="n">
+        <v>124.669</v>
+      </c>
+      <c r="H24" s="14" t="n">
         <v>116.085</v>
       </c>
-      <c r="F24" s="14" t="n">
+      <c r="I24" s="14" t="n">
         <v>116.985</v>
       </c>
-      <c r="G24" s="14" t="n">
+      <c r="J24" s="14" t="n">
         <v>110.85</v>
       </c>
-      <c r="H24" s="14" t="n">
+      <c r="K24" s="14" t="n">
         <v>107.733</v>
       </c>
-      <c r="I24" s="14" t="n">
+      <c r="L24" s="14" t="n">
         <v>101.186</v>
       </c>
-      <c r="J24" s="14" t="n">
+      <c r="M24" s="14" t="n">
         <v>96.928</v>
       </c>
-      <c r="K24" s="14" t="n">
+      <c r="N24" s="14" t="n">
         <v>107.232</v>
       </c>
-      <c r="L24" s="14" t="n">
+      <c r="O24" s="14" t="n">
         <v>121.901</v>
       </c>
-      <c r="M24" s="14" t="n">
+      <c r="P24" s="14" t="n">
         <v>116.408</v>
       </c>
-      <c r="N24" s="14" t="n">
+      <c r="Q24" s="14" t="n">
         <v>107.687</v>
       </c>
-      <c r="O24" s="14" t="n">
+      <c r="R24" s="14" t="n">
         <v>86.217</v>
       </c>
-      <c r="P24" s="14" t="n">
+      <c r="S24" s="14" t="n">
         <v>111.734</v>
       </c>
-      <c r="Q24" s="14" t="n">
+      <c r="T24" s="14" t="n">
         <v>114.25</v>
       </c>
-      <c r="R24" s="14" t="n">
+      <c r="U24" s="14" t="n">
         <v>109.762</v>
       </c>
-      <c r="S24" s="14" t="n">
+      <c r="V24" s="14" t="n">
         <v>106.947</v>
       </c>
-      <c r="T24" s="14" t="n">
+      <c r="W24" s="14" t="n">
         <v>97.892</v>
       </c>
-      <c r="U24" s="14" t="n">
+      <c r="X24" s="14" t="n">
         <v>91.775</v>
       </c>
-      <c r="V24" s="14" t="n">
+      <c r="Y24" s="14" t="n">
         <v>90.092</v>
       </c>
-      <c r="W24" s="14" t="n">
+      <c r="Z24" s="14" t="n">
         <v>93.791</v>
       </c>
-      <c r="X24" s="14" t="n">
+      <c r="AA24" s="14" t="n">
         <v>112.123</v>
       </c>
-      <c r="Y24" s="14" t="n">
+      <c r="AB24" s="14" t="n">
         <v>107.001</v>
       </c>
-      <c r="Z24" s="14" t="n">
+      <c r="AC24" s="14" t="n">
         <v>96.491</v>
       </c>
-      <c r="AA24" s="14" t="n">
+      <c r="AD24" s="14" t="n">
         <v>77.578</v>
       </c>
-      <c r="AB24" s="14" t="n">
+      <c r="AE24" s="14" t="n">
         <v>107.816</v>
       </c>
-      <c r="AC24" s="14" t="n">
+      <c r="AF24" s="14" t="n">
         <v>118.808</v>
       </c>
-      <c r="AD24" s="14" t="n">
+      <c r="AG24" s="14" t="n">
         <v>119.61</v>
       </c>
-      <c r="AE24" s="14" t="n">
+      <c r="AH24" s="14" t="n">
         <v>98.784</v>
       </c>
-      <c r="AF24" s="14" t="n">
+      <c r="AI24" s="14" t="n">
         <v>113.203</v>
       </c>
-      <c r="AG24" s="14" t="n">
+      <c r="AJ24" s="14" t="n">
         <v>94.03</v>
       </c>
-      <c r="AH24" s="14" t="n">
+      <c r="AK24" s="14" t="n">
         <v>89.038</v>
       </c>
-      <c r="AI24" s="14" t="n">
+      <c r="AL24" s="14" t="n">
         <v>101.151</v>
       </c>
-      <c r="AJ24" s="14" t="n">
+      <c r="AM24" s="14" t="n">
         <v>117.143</v>
       </c>
-      <c r="AK24" s="14" t="n">
+      <c r="AN24" s="14" t="n">
         <v>98.578</v>
       </c>
-      <c r="AL24" s="14" t="n">
+      <c r="AO24" s="14" t="n">
         <v>107.294</v>
       </c>
-      <c r="AM24" s="14" t="n">
+      <c r="AP24" s="14" t="n">
         <v>90.973</v>
       </c>
-      <c r="AN24" s="14" t="n">
+      <c r="AQ24" s="14" t="n">
         <v>100.417</v>
       </c>
-      <c r="AO24" s="14" t="n">
+      <c r="AR24" s="14" t="n">
         <v>102.651</v>
       </c>
-      <c r="AP24" s="14" t="n">
+      <c r="AS24" s="14" t="n">
         <v>110.783</v>
       </c>
-      <c r="AQ24" s="14" t="n">
+      <c r="AT24" s="14" t="n">
         <v>100.072</v>
       </c>
-      <c r="AR24" s="14" t="n">
+      <c r="AU24" s="14" t="n">
         <v>107.338</v>
       </c>
-      <c r="AS24" s="14" t="n">
+      <c r="AV24" s="14" t="n">
         <v>102.51</v>
       </c>
-      <c r="AT24" s="14" t="n">
+      <c r="AW24" s="14" t="n">
         <v>97.265</v>
       </c>
-      <c r="AU24" s="14" t="n">
+      <c r="AX24" s="14" t="n">
         <v>111.316</v>
       </c>
-      <c r="AV24" s="14" t="n">
+      <c r="AY24" s="14" t="n">
         <v>118.858</v>
       </c>
-      <c r="AW24" s="14" t="n">
+      <c r="AZ24" s="14" t="n">
         <v>104.668</v>
       </c>
-      <c r="AX24" s="14" t="n">
+      <c r="BA24" s="14" t="n">
         <v>107.512</v>
       </c>
-      <c r="AY24" s="14" t="n">
+      <c r="BB24" s="14" t="n">
         <v>81.983</v>
       </c>
-      <c r="AZ24" s="14" t="n">
+      <c r="BC24" s="14" t="n">
         <v>97.385</v>
       </c>
-      <c r="BA24" s="14" t="n">
+      <c r="BD24" s="14" t="n">
         <v>103.878</v>
       </c>
-      <c r="BB24" s="14" t="n">
+      <c r="BE24" s="14" t="n">
         <v>99.054</v>
       </c>
-      <c r="BC24" s="14" t="n">
+      <c r="BF24" s="14" t="n">
         <v>90.713</v>
       </c>
-      <c r="BD24" s="14" t="n">
+      <c r="BG24" s="14" t="n">
         <v>102.571</v>
       </c>
-      <c r="BE24" s="14" t="n">
+      <c r="BH24" s="14" t="n">
         <v>90.944</v>
       </c>
-      <c r="BF24" s="14" t="n">
+      <c r="BI24" s="14" t="n">
         <v>91.117</v>
       </c>
-      <c r="BG24" s="15" t="n">
-[...5 lines deleted...]
-      <c r="BI24" s="15" t="n">
+      <c r="BJ24" s="15" t="n">
+        <v>-6.4</v>
+      </c>
+      <c r="BK24" s="15" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="BL24" s="15" t="n">
+        <v>-0.9</v>
+      </c>
+      <c r="BM24" s="15" t="n">
+        <v>33.0</v>
+      </c>
+      <c r="BN24" s="15" t="n">
+        <v>-28.5</v>
+      </c>
+      <c r="BO24" s="15" t="n">
         <v>7.4</v>
       </c>
-      <c r="BJ24" s="15" t="n">
+      <c r="BP24" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="BK24" s="15" t="n">
+      <c r="BQ24" s="15" t="n">
         <v>5.5</v>
       </c>
-      <c r="BL24" s="15" t="n">
+      <c r="BR24" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="BM24" s="15" t="n">
+      <c r="BS24" s="15" t="n">
         <v>6.5</v>
       </c>
-      <c r="BN24" s="15" t="n">
+      <c r="BT24" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="BO24" s="15" t="n">
+      <c r="BU24" s="15" t="n">
         <v>-9.6</v>
       </c>
-      <c r="BP24" s="15" t="n">
+      <c r="BV24" s="15" t="n">
         <v>-12.0</v>
       </c>
-      <c r="BQ24" s="15" t="n">
+      <c r="BW24" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="BR24" s="15" t="n">
+      <c r="BX24" s="15" t="n">
         <v>8.1</v>
       </c>
-      <c r="BS24" s="15" t="n">
+      <c r="BY24" s="15" t="n">
         <v>24.9</v>
       </c>
-      <c r="BT24" s="15" t="n">
+      <c r="BZ24" s="15" t="n">
         <v>-22.8</v>
       </c>
-      <c r="BU24" s="15" t="n">
+      <c r="CA24" s="15" t="n">
         <v>-2.2</v>
       </c>
-      <c r="BV24" s="15" t="n">
+      <c r="CB24" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="BW24" s="15" t="n">
+      <c r="CC24" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="BX24" s="15" t="n">
+      <c r="CD24" s="15" t="n">
         <v>9.3</v>
       </c>
-      <c r="BY24" s="15" t="n">
+      <c r="CE24" s="15" t="n">
         <v>6.7</v>
       </c>
-      <c r="BZ24" s="15" t="n">
+      <c r="CF24" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="CA24" s="15" t="n">
+      <c r="CG24" s="15" t="n">
         <v>-3.9</v>
       </c>
-      <c r="CB24" s="15" t="n">
+      <c r="CH24" s="15" t="n">
         <v>-16.3</v>
       </c>
-      <c r="CC24" s="15" t="n">
+      <c r="CI24" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="CD24" s="15" t="n">
+      <c r="CJ24" s="15" t="n">
         <v>10.9</v>
       </c>
-      <c r="CE24" s="15" t="n">
+      <c r="CK24" s="15" t="n">
         <v>24.4</v>
       </c>
-      <c r="CF24" s="15" t="n">
+      <c r="CL24" s="15" t="n">
         <v>-28.0</v>
       </c>
-      <c r="CG24" s="15" t="n">
+      <c r="CM24" s="15" t="n">
         <v>-9.3</v>
       </c>
-      <c r="CH24" s="15" t="n">
+      <c r="CN24" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="CI24" s="15" t="n">
+      <c r="CO24" s="15" t="n">
         <v>21.1</v>
       </c>
-      <c r="CJ24" s="15" t="n">
+      <c r="CP24" s="15" t="n">
         <v>-12.7</v>
       </c>
-      <c r="CK24" s="15" t="n">
+      <c r="CQ24" s="15" t="n">
         <v>20.4</v>
       </c>
-      <c r="CL24" s="15" t="n">
+      <c r="CR24" s="15" t="n">
         <v>5.6</v>
       </c>
-      <c r="CM24" s="15" t="n">
+      <c r="CS24" s="15" t="n">
         <v>-12.0</v>
       </c>
-      <c r="CN24" s="15" t="n">
+      <c r="CT24" s="15" t="n">
         <v>-13.7</v>
       </c>
-      <c r="CO24" s="15" t="n">
+      <c r="CU24" s="15" t="n">
         <v>18.8</v>
       </c>
-      <c r="CP24" s="15" t="n">
+      <c r="CV24" s="15" t="n">
         <v>-8.1</v>
       </c>
-      <c r="CQ24" s="15" t="n">
+      <c r="CW24" s="15" t="n">
         <v>17.9</v>
       </c>
-      <c r="CR24" s="15" t="n">
+      <c r="CX24" s="15" t="n">
         <v>-9.4</v>
       </c>
-      <c r="CS24" s="15" t="n">
+      <c r="CY24" s="15" t="n">
         <v>-2.2</v>
       </c>
-      <c r="CT24" s="15" t="n">
+      <c r="CZ24" s="15" t="n">
         <v>-7.3</v>
       </c>
-      <c r="CU24" s="15" t="n">
+      <c r="DA24" s="15" t="n">
         <v>10.7</v>
       </c>
-      <c r="CV24" s="15" t="n">
+      <c r="DB24" s="15" t="n">
         <v>-6.8</v>
       </c>
-      <c r="CW24" s="15" t="n">
+      <c r="DC24" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="CX24" s="15" t="n">
+      <c r="DD24" s="15" t="n">
         <v>5.4</v>
       </c>
-      <c r="CY24" s="15" t="n">
+      <c r="DE24" s="15" t="n">
         <v>-12.6</v>
       </c>
-      <c r="CZ24" s="15" t="n">
+      <c r="DF24" s="15" t="n">
         <v>-6.3</v>
       </c>
-      <c r="DA24" s="15" t="n">
+      <c r="DG24" s="15" t="n">
         <v>13.6</v>
       </c>
-      <c r="DB24" s="15" t="n">
+      <c r="DH24" s="15" t="n">
         <v>-2.6</v>
       </c>
-      <c r="DC24" s="15" t="n">
+      <c r="DI24" s="15" t="n">
         <v>31.1</v>
       </c>
-      <c r="DD24" s="15" t="n">
+      <c r="DJ24" s="15" t="n">
         <v>-15.8</v>
       </c>
-      <c r="DE24" s="15" t="n">
+      <c r="DK24" s="15" t="n">
         <v>-6.3</v>
       </c>
-      <c r="DF24" s="15" t="n">
+      <c r="DL24" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="DG24" s="15" t="n">
+      <c r="DM24" s="15" t="n">
         <v>9.2</v>
       </c>
-      <c r="DH24" s="15" t="n">
+      <c r="DN24" s="15" t="n">
         <v>-11.6</v>
       </c>
-      <c r="DI24" s="15" t="n">
+      <c r="DO24" s="15" t="n">
         <v>12.8</v>
       </c>
-      <c r="DJ24" s="15" t="n">
+      <c r="DP24" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="DK24" s="13" t="inlineStr">
-[...10 lines deleted...]
-      <c r="DN24" s="15" t="n">
+      <c r="DQ24" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DR24" s="15" t="n">
+        <v>7.2</v>
+      </c>
+      <c r="DS24" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="DT24" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="DU24" s="15" t="n">
+        <v>10.1</v>
+      </c>
+      <c r="DV24" s="15" t="n">
+        <v>3.4</v>
+      </c>
+      <c r="DW24" s="15" t="n">
         <v>11.6</v>
       </c>
-      <c r="DO24" s="15" t="n">
+      <c r="DX24" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="DP24" s="15" t="n">
+      <c r="DY24" s="15" t="n">
         <v>6.6</v>
-      </c>
-[...25 lines deleted...]
-        <v>11.1</v>
       </c>
       <c r="DZ24" s="15" t="n">
         <v>3.6</v>
       </c>
       <c r="EA24" s="15" t="n">
+        <v>10.1</v>
+      </c>
+      <c r="EB24" s="15" t="n">
+        <v>10.3</v>
+      </c>
+      <c r="EC24" s="15" t="n">
+        <v>7.6</v>
+      </c>
+      <c r="ED24" s="15" t="n">
+        <v>14.3</v>
+      </c>
+      <c r="EE24" s="15" t="n">
+        <v>8.7</v>
+      </c>
+      <c r="EF24" s="15" t="n">
+        <v>8.8</v>
+      </c>
+      <c r="EG24" s="15" t="n">
+        <v>11.6</v>
+      </c>
+      <c r="EH24" s="15" t="n">
+        <v>11.1</v>
+      </c>
+      <c r="EI24" s="15" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="EJ24" s="15" t="n">
         <v>-3.8</v>
       </c>
-      <c r="EB24" s="15" t="n">
+      <c r="EK24" s="15" t="n">
         <v>-8.2</v>
       </c>
-      <c r="EC24" s="15" t="n">
+      <c r="EL24" s="15" t="n">
         <v>8.3</v>
       </c>
-      <c r="ED24" s="15" t="n">
+      <c r="EM24" s="15" t="n">
         <v>-13.5</v>
       </c>
-      <c r="EE24" s="15" t="n">
+      <c r="EN24" s="15" t="n">
         <v>-2.4</v>
       </c>
-      <c r="EF24" s="15" t="n">
+      <c r="EO24" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="EG24" s="15" t="n">
+      <c r="EP24" s="15" t="n">
         <v>-7.3</v>
       </c>
-      <c r="EH24" s="15" t="n">
+      <c r="EQ24" s="15" t="n">
         <v>-4.3</v>
       </c>
-      <c r="EI24" s="15" t="n">
+      <c r="ER24" s="15" t="n">
         <v>8.5</v>
       </c>
-      <c r="EJ24" s="15" t="n">
+      <c r="ES24" s="15" t="n">
         <v>-10.1</v>
       </c>
-      <c r="EK24" s="15" t="n">
+      <c r="ET24" s="15" t="n">
         <v>-14.7</v>
       </c>
-      <c r="EL24" s="15" t="n">
+      <c r="EU24" s="15" t="n">
         <v>7.4</v>
       </c>
-      <c r="EM24" s="15" t="n">
+      <c r="EV24" s="15" t="n">
         <v>15.7</v>
       </c>
-      <c r="EN24" s="15" t="n">
+      <c r="EW24" s="15" t="n">
         <v>8.0</v>
       </c>
-      <c r="EO24" s="15" t="n">
+      <c r="EX24" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="EP24" s="15" t="n">
+      <c r="EY24" s="15" t="n">
         <v>5.5</v>
       </c>
-      <c r="EQ24" s="15" t="n">
+      <c r="EZ24" s="15" t="n">
         <v>-8.3</v>
       </c>
-      <c r="ER24" s="15" t="n">
+      <c r="FA24" s="15" t="n">
         <v>-8.5</v>
       </c>
-      <c r="ES24" s="15" t="n">
+      <c r="FB24" s="15" t="n">
         <v>-9.1</v>
       </c>
-      <c r="ET24" s="15" t="n">
+      <c r="FC24" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="EU24" s="15" t="n">
+      <c r="FD24" s="15" t="n">
         <v>-5.8</v>
       </c>
-      <c r="EV24" s="15" t="n">
+      <c r="FE24" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="EW24" s="15" t="n">
+      <c r="FF24" s="15" t="n">
         <v>11.0</v>
       </c>
-      <c r="EX24" s="15" t="n">
+      <c r="FG24" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="EY24" s="15" t="n">
+      <c r="FH24" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="EZ24" s="15" t="n">
+      <c r="FI24" s="15" t="n">
         <v>11.8</v>
       </c>
-      <c r="FA24" s="15" t="n">
+      <c r="FJ24" s="15" t="n">
         <v>10.3</v>
       </c>
-      <c r="FB24" s="15" t="n">
+      <c r="FK24" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="FC24" s="15" t="n">
+      <c r="FL24" s="15" t="n">
         <v>12.7</v>
       </c>
-      <c r="FD24" s="15" t="n">
+      <c r="FM24" s="15" t="n">
         <v>6.7</v>
       </c>
-      <c r="FE24" s="13" t="inlineStr">
-[...43 lines deleted...]
-      </c>
       <c r="FN24" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FO24" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FP24" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="FQ24" s="15" t="n">
+      <c r="FQ24" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FR24" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FS24" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FT24" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FU24" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FV24" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FW24" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FX24" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FY24" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FZ24" s="15" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="GA24" s="15" t="n">
+        <v>5.9</v>
+      </c>
+      <c r="GB24" s="15" t="n">
+        <v>6.5</v>
+      </c>
+      <c r="GC24" s="15" t="n">
         <v>7.2</v>
       </c>
-      <c r="FR24" s="15" t="n">
+      <c r="GD24" s="15" t="n">
         <v>6.8</v>
       </c>
-      <c r="FS24" s="15" t="n">
+      <c r="GE24" s="15" t="n">
         <v>7.2</v>
       </c>
-      <c r="FT24" s="15" t="n">
+      <c r="GF24" s="15" t="n">
         <v>6.4</v>
       </c>
-      <c r="FU24" s="15" t="n">
+      <c r="GG24" s="15" t="n">
         <v>7.5</v>
       </c>
-      <c r="FV24" s="15" t="n">
+      <c r="GH24" s="15" t="n">
         <v>7.8</v>
       </c>
-      <c r="FW24" s="15" t="n">
+      <c r="GI24" s="15" t="n">
         <v>9.3</v>
       </c>
-      <c r="FX24" s="15" t="n">
+      <c r="GJ24" s="15" t="n">
         <v>8.9</v>
       </c>
-      <c r="FY24" s="15" t="n">
+      <c r="GK24" s="15" t="n">
         <v>7.6</v>
       </c>
-      <c r="FZ24" s="15" t="n">
+      <c r="GL24" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="GA24" s="15" t="n">
+      <c r="GM24" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="GB24" s="15" t="n">
+      <c r="GN24" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="GC24" s="15" t="n">
+      <c r="GO24" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="GD24" s="15" t="n">
+      <c r="GP24" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="GE24" s="15" t="n">
+      <c r="GQ24" s="15" t="n">
         <v>-2.5</v>
       </c>
-      <c r="GF24" s="15" t="n">
+      <c r="GR24" s="15" t="n">
         <v>-3.6</v>
       </c>
-      <c r="GG24" s="15" t="n">
+      <c r="GS24" s="15" t="n">
         <v>-3.5</v>
       </c>
-      <c r="GH24" s="15" t="n">
+      <c r="GT24" s="15" t="n">
         <v>-2.1</v>
       </c>
-      <c r="GI24" s="15" t="n">
+      <c r="GU24" s="15" t="n">
         <v>-5.6</v>
       </c>
-      <c r="GJ24" s="15" t="n">
+      <c r="GV24" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="GK24" s="15" t="n">
+      <c r="GW24" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="GL24" s="15" t="n">
+      <c r="GX24" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="GM24" s="15" t="n">
+      <c r="GY24" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="GN24" s="15" t="n">
+      <c r="GZ24" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="GO24" s="15" t="n">
+      <c r="HA24" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="GP24" s="15" t="n">
+      <c r="HB24" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="GQ24" s="15" t="n">
+      <c r="HC24" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="GR24" s="15" t="n">
+      <c r="HD24" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="GS24" s="15" t="n">
+      <c r="HE24" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="GT24" s="15" t="n">
+      <c r="HF24" s="15" t="n">
         <v>-3.0</v>
       </c>
-      <c r="GU24" s="15" t="n">
+      <c r="HG24" s="15" t="n">
         <v>-3.5</v>
       </c>
-      <c r="GV24" s="15" t="n">
+      <c r="HH24" s="15" t="n">
         <v>-8.4</v>
       </c>
-      <c r="GW24" s="15" t="n">
+      <c r="HI24" s="15" t="n">
         <v>-8.5</v>
       </c>
-      <c r="GX24" s="15" t="n">
+      <c r="HJ24" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="GY24" s="15" t="n">
+      <c r="HK24" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="GZ24" s="15" t="n">
+      <c r="HL24" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="HA24" s="15" t="n">
+      <c r="HM24" s="15" t="n">
         <v>6.3</v>
       </c>
-      <c r="HB24" s="15" t="n">
+      <c r="HN24" s="15" t="n">
         <v>7.2</v>
       </c>
-      <c r="HC24" s="15" t="n">
+      <c r="HO24" s="15" t="n">
         <v>6.7</v>
       </c>
-      <c r="HD24" s="15" t="n">
+      <c r="HP24" s="15" t="n">
         <v>7.3</v>
       </c>
-      <c r="HE24" s="15" t="n">
+      <c r="HQ24" s="15" t="n">
         <v>9.2</v>
       </c>
-      <c r="HF24" s="15" t="n">
+      <c r="HR24" s="15" t="n">
         <v>8.5</v>
       </c>
-      <c r="HG24" s="15" t="n">
+      <c r="HS24" s="15" t="n">
         <v>7.9</v>
       </c>
-      <c r="HH24" s="15" t="n">
+      <c r="HT24" s="15" t="n">
         <v>9.7</v>
       </c>
-      <c r="HI24" s="15" t="n">
+      <c r="HU24" s="15" t="n">
         <v>6.7</v>
       </c>
-      <c r="HJ24" s="13" t="inlineStr">
-[...54 lines deleted...]
-      <c r="HU24" s="13" t="inlineStr">
+      <c r="HV24" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HW24" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HX24" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HY24" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HZ24" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IA24" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IB24" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IC24" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID24" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE24" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF24" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG24" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    1.3 Retail trade, except of motor vehicles and motorcycles</t>
         </is>
       </c>
       <c r="B25" s="14" t="n">
-        <v>110.957</v>
+        <v>131.686</v>
       </c>
       <c r="C25" s="14" t="n">
-        <v>110.782</v>
+        <v>112.394</v>
       </c>
       <c r="D25" s="14" t="n">
+        <v>112.7</v>
+      </c>
+      <c r="E25" s="14" t="n">
+        <v>110.907</v>
+      </c>
+      <c r="F25" s="14" t="n">
+        <v>110.784</v>
+      </c>
+      <c r="G25" s="14" t="n">
         <v>120.682</v>
       </c>
-      <c r="E25" s="14" t="n">
+      <c r="H25" s="14" t="n">
         <v>112.652</v>
       </c>
-      <c r="F25" s="14" t="n">
+      <c r="I25" s="14" t="n">
         <v>110.327</v>
       </c>
-      <c r="G25" s="14" t="n">
+      <c r="J25" s="14" t="n">
         <v>105.535</v>
       </c>
-      <c r="H25" s="14" t="n">
+      <c r="K25" s="14" t="n">
         <v>104.376</v>
       </c>
-      <c r="I25" s="14" t="n">
+      <c r="L25" s="14" t="n">
         <v>94.735</v>
       </c>
-      <c r="J25" s="14" t="n">
+      <c r="M25" s="14" t="n">
         <v>106.982</v>
       </c>
-      <c r="K25" s="14" t="n">
+      <c r="N25" s="14" t="n">
         <v>125.823</v>
       </c>
-      <c r="L25" s="14" t="n">
+      <c r="O25" s="14" t="n">
         <v>108.212</v>
       </c>
-      <c r="M25" s="14" t="n">
+      <c r="P25" s="14" t="n">
         <v>107.853</v>
       </c>
-      <c r="N25" s="14" t="n">
+      <c r="Q25" s="14" t="n">
         <v>104.482</v>
       </c>
-      <c r="O25" s="14" t="n">
+      <c r="R25" s="14" t="n">
         <v>107.403</v>
       </c>
-      <c r="P25" s="14" t="n">
+      <c r="S25" s="14" t="n">
         <v>115.66</v>
       </c>
-      <c r="Q25" s="14" t="n">
+      <c r="T25" s="14" t="n">
         <v>106.013</v>
       </c>
-      <c r="R25" s="14" t="n">
+      <c r="U25" s="14" t="n">
         <v>105.074</v>
       </c>
-      <c r="S25" s="14" t="n">
+      <c r="V25" s="14" t="n">
         <v>101.794</v>
       </c>
-      <c r="T25" s="14" t="n">
+      <c r="W25" s="14" t="n">
         <v>100.525</v>
       </c>
-      <c r="U25" s="14" t="n">
+      <c r="X25" s="14" t="n">
         <v>94.017</v>
       </c>
-      <c r="V25" s="14" t="n">
+      <c r="Y25" s="14" t="n">
         <v>104.641</v>
       </c>
-      <c r="W25" s="14" t="n">
+      <c r="Z25" s="14" t="n">
         <v>121.344</v>
       </c>
-      <c r="X25" s="14" t="n">
+      <c r="AA25" s="14" t="n">
         <v>106.286</v>
       </c>
-      <c r="Y25" s="14" t="n">
+      <c r="AB25" s="14" t="n">
         <v>102.31</v>
       </c>
-      <c r="Z25" s="14" t="n">
+      <c r="AC25" s="14" t="n">
         <v>102.651</v>
       </c>
-      <c r="AA25" s="14" t="n">
+      <c r="AD25" s="14" t="n">
         <v>104.142</v>
       </c>
-      <c r="AB25" s="14" t="n">
+      <c r="AE25" s="14" t="n">
         <v>112.446</v>
       </c>
-      <c r="AC25" s="14" t="n">
+      <c r="AF25" s="14" t="n">
         <v>107.484</v>
       </c>
-      <c r="AD25" s="14" t="n">
+      <c r="AG25" s="14" t="n">
         <v>104.651</v>
       </c>
-      <c r="AE25" s="14" t="n">
+      <c r="AH25" s="14" t="n">
         <v>99.07</v>
       </c>
-      <c r="AF25" s="14" t="n">
+      <c r="AI25" s="14" t="n">
         <v>101.985</v>
       </c>
-      <c r="AG25" s="14" t="n">
+      <c r="AJ25" s="14" t="n">
         <v>89.646</v>
       </c>
-      <c r="AH25" s="14" t="n">
+      <c r="AK25" s="14" t="n">
         <v>102.337</v>
       </c>
-      <c r="AI25" s="14" t="n">
+      <c r="AL25" s="14" t="n">
         <v>120.033</v>
       </c>
-      <c r="AJ25" s="14" t="n">
+      <c r="AM25" s="14" t="n">
         <v>102.446</v>
       </c>
-      <c r="AK25" s="14" t="n">
+      <c r="AN25" s="14" t="n">
         <v>100.53</v>
       </c>
-      <c r="AL25" s="14" t="n">
+      <c r="AO25" s="14" t="n">
         <v>101.056</v>
       </c>
-      <c r="AM25" s="14" t="n">
+      <c r="AP25" s="14" t="n">
         <v>102.994</v>
       </c>
-      <c r="AN25" s="14" t="n">
+      <c r="AQ25" s="14" t="n">
         <v>109.111</v>
       </c>
-      <c r="AO25" s="14" t="n">
+      <c r="AR25" s="14" t="n">
         <v>103.861</v>
       </c>
-      <c r="AP25" s="14" t="n">
+      <c r="AS25" s="14" t="n">
         <v>101.161</v>
       </c>
-      <c r="AQ25" s="14" t="n">
+      <c r="AT25" s="14" t="n">
         <v>97.512</v>
       </c>
-      <c r="AR25" s="14" t="n">
+      <c r="AU25" s="14" t="n">
         <v>97.751</v>
       </c>
-      <c r="AS25" s="14" t="n">
+      <c r="AV25" s="14" t="n">
         <v>89.271</v>
       </c>
-      <c r="AT25" s="14" t="n">
+      <c r="AW25" s="14" t="n">
         <v>99.481</v>
       </c>
-      <c r="AU25" s="14" t="n">
+      <c r="AX25" s="14" t="n">
         <v>119.056</v>
       </c>
-      <c r="AV25" s="14" t="n">
+      <c r="AY25" s="14" t="n">
         <v>104.747</v>
       </c>
-      <c r="AW25" s="14" t="n">
+      <c r="AZ25" s="14" t="n">
         <v>100.544</v>
       </c>
-      <c r="AX25" s="14" t="n">
+      <c r="BA25" s="14" t="n">
         <v>99.291</v>
       </c>
-      <c r="AY25" s="14" t="n">
+      <c r="BB25" s="14" t="n">
         <v>99.058</v>
       </c>
-      <c r="AZ25" s="14" t="n">
+      <c r="BC25" s="14" t="n">
         <v>109.482</v>
       </c>
-      <c r="BA25" s="14" t="n">
+      <c r="BD25" s="14" t="n">
         <v>101.774</v>
       </c>
-      <c r="BB25" s="14" t="n">
+      <c r="BE25" s="14" t="n">
         <v>96.642</v>
       </c>
-      <c r="BC25" s="14" t="n">
+      <c r="BF25" s="14" t="n">
         <v>92.539</v>
       </c>
-      <c r="BD25" s="14" t="n">
+      <c r="BG25" s="14" t="n">
         <v>98.455</v>
       </c>
-      <c r="BE25" s="14" t="n">
+      <c r="BH25" s="14" t="n">
         <v>84.588</v>
       </c>
-      <c r="BF25" s="14" t="n">
+      <c r="BI25" s="14" t="n">
         <v>93.824</v>
       </c>
-      <c r="BG25" s="15" t="n">
+      <c r="BJ25" s="15" t="n">
+        <v>17.2</v>
+      </c>
+      <c r="BK25" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="BL25" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="BM25" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="BN25" s="15" t="n">
+        <v>-8.2</v>
+      </c>
+      <c r="BO25" s="15" t="n">
+        <v>7.1</v>
+      </c>
+      <c r="BP25" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="BQ25" s="15" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="BR25" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="BS25" s="15" t="n">
+        <v>10.2</v>
+      </c>
+      <c r="BT25" s="15" t="n">
+        <v>-11.4</v>
+      </c>
+      <c r="BU25" s="15" t="n">
+        <v>-15.0</v>
+      </c>
+      <c r="BV25" s="15" t="n">
+        <v>16.3</v>
+      </c>
+      <c r="BW25" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="BX25" s="15" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="BY25" s="15" t="n">
+        <v>-2.7</v>
+      </c>
+      <c r="BZ25" s="15" t="n">
+        <v>-7.1</v>
+      </c>
+      <c r="CA25" s="15" t="n">
+        <v>9.1</v>
+      </c>
+      <c r="CB25" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="CC25" s="15" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="CD25" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="CE25" s="15" t="n">
+        <v>6.9</v>
+      </c>
+      <c r="CF25" s="15" t="n">
+        <v>-10.2</v>
+      </c>
+      <c r="CG25" s="15" t="n">
+        <v>-13.8</v>
+      </c>
+      <c r="CH25" s="15" t="n">
+        <v>14.2</v>
+      </c>
+      <c r="CI25" s="15" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="CJ25" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="CK25" s="15" t="n">
+        <v>-1.4</v>
+      </c>
+      <c r="CL25" s="15" t="n">
+        <v>-7.4</v>
+      </c>
+      <c r="CM25" s="15" t="n">
+        <v>4.6</v>
+      </c>
+      <c r="CN25" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="CO25" s="15" t="n">
+        <v>5.6</v>
+      </c>
+      <c r="CP25" s="15" t="n">
+        <v>-2.9</v>
+      </c>
+      <c r="CQ25" s="15" t="n">
+        <v>13.8</v>
+      </c>
+      <c r="CR25" s="15" t="n">
+        <v>-12.4</v>
+      </c>
+      <c r="CS25" s="15" t="n">
+        <v>-14.7</v>
+      </c>
+      <c r="CT25" s="15" t="n">
+        <v>17.2</v>
+      </c>
+      <c r="CU25" s="15" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="CV25" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="CW25" s="15" t="n">
+        <v>-1.9</v>
+      </c>
+      <c r="CX25" s="15" t="n">
+        <v>-5.6</v>
+      </c>
+      <c r="CY25" s="15" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="CZ25" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="DA25" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="DB25" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="DC25" s="15" t="n">
+        <v>9.5</v>
+      </c>
+      <c r="DD25" s="15" t="n">
+        <v>-10.3</v>
+      </c>
+      <c r="DE25" s="15" t="n">
+        <v>-16.4</v>
+      </c>
+      <c r="DF25" s="15" t="n">
+        <v>13.7</v>
+      </c>
+      <c r="DG25" s="15" t="n">
+        <v>4.2</v>
+      </c>
+      <c r="DH25" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="DI25" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="BH25" s="15" t="n">
-[...5 lines deleted...]
-      <c r="BJ25" s="15" t="n">
+      <c r="DJ25" s="15" t="n">
+        <v>-9.5</v>
+      </c>
+      <c r="DK25" s="15" t="n">
+        <v>7.6</v>
+      </c>
+      <c r="DL25" s="15" t="n">
+        <v>5.3</v>
+      </c>
+      <c r="DM25" s="15" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="DN25" s="15" t="n">
+        <v>-6.0</v>
+      </c>
+      <c r="DO25" s="15" t="n">
+        <v>16.4</v>
+      </c>
+      <c r="DP25" s="15" t="n">
+        <v>-9.8</v>
+      </c>
+      <c r="DQ25" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DR25" s="15" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="DS25" s="15" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="DT25" s="15" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="DU25" s="15" t="n">
+        <v>6.1</v>
+      </c>
+      <c r="DV25" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="DW25" s="15" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="DX25" s="15" t="n">
+        <v>6.3</v>
+      </c>
+      <c r="DY25" s="15" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="DZ25" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="EA25" s="15" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="EB25" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="EC25" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="ED25" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="EE25" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="EF25" s="15" t="n">
+        <v>5.4</v>
+      </c>
+      <c r="EG25" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="EH25" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="EI25" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="EJ25" s="15" t="n">
+        <v>-1.4</v>
+      </c>
+      <c r="EK25" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="EL25" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="EM25" s="15" t="n">
+        <v>-1.4</v>
+      </c>
+      <c r="EN25" s="15" t="n">
+        <v>4.9</v>
+      </c>
+      <c r="EO25" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="EP25" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="EQ25" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="ER25" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="ES25" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="ET25" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="EU25" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="EV25" s="15" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="EW25" s="15" t="n">
+        <v>3.4</v>
+      </c>
+      <c r="EX25" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="EY25" s="15" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="EZ25" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="FA25" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="FB25" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="FC25" s="15" t="n">
+        <v>-2.2</v>
+      </c>
+      <c r="FD25" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FE25" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="FF25" s="15" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="FG25" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="FH25" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="BK25" s="15" t="n">
-[...2 lines deleted...]
-      <c r="BL25" s="15" t="n">
+      <c r="FI25" s="15" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="FJ25" s="15" t="n">
+        <v>5.4</v>
+      </c>
+      <c r="FK25" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="FL25" s="15" t="n">
+        <v>5.5</v>
+      </c>
+      <c r="FM25" s="15" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="FN25" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FO25" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FP25" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FQ25" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FR25" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FS25" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FT25" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FU25" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FV25" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FW25" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FX25" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FY25" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FZ25" s="15" t="n">
+        <v>4.1</v>
+      </c>
+      <c r="GA25" s="15" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="GB25" s="15" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="GC25" s="15" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="GD25" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="GE25" s="15" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="GF25" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="GG25" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="GH25" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="GI25" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="GJ25" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="GK25" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="GL25" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="GM25" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="GN25" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="GO25" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="GP25" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="GQ25" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="GR25" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="BM25" s="15" t="n">
-[...14 lines deleted...]
-      <c r="BR25" s="15" t="n">
+      <c r="GS25" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="GT25" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="GU25" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="GV25" s="15" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="GW25" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="GX25" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="GY25" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="GZ25" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="HA25" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="HB25" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="HC25" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="HD25" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="HE25" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="HF25" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="HG25" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="HH25" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="HI25" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="HJ25" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="HK25" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="HL25" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="HM25" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="HN25" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="BS25" s="15" t="n">
-[...83 lines deleted...]
-      <c r="CU25" s="15" t="n">
+      <c r="HO25" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="HP25" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="CV25" s="15" t="n">
-[...130 lines deleted...]
-      <c r="EM25" s="15" t="n">
+      <c r="HQ25" s="15" t="n">
+        <v>4.1</v>
+      </c>
+      <c r="HR25" s="15" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="HS25" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="EN25" s="15" t="n">
-[...47 lines deleted...]
-      <c r="FD25" s="15" t="n">
+      <c r="HT25" s="15" t="n">
+        <v>5.8</v>
+      </c>
+      <c r="HU25" s="15" t="n">
         <v>6.0</v>
       </c>
-      <c r="FE25" s="13" t="inlineStr">
-[...249 lines deleted...]
-      <c r="HU25" s="13" t="inlineStr">
+      <c r="HV25" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HW25" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HX25" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HY25" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HZ25" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IA25" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IB25" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IC25" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID25" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE25" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF25" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG25" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    2 Other services</t>
         </is>
       </c>
       <c r="B26" s="14" t="n">
-        <v>124.327</v>
+        <v>134.92</v>
       </c>
       <c r="C26" s="14" t="n">
-        <v>111.223</v>
+        <v>120.629</v>
       </c>
       <c r="D26" s="14" t="n">
-        <v>131.802</v>
+        <v>128.801</v>
       </c>
       <c r="E26" s="14" t="n">
-        <v>125.603</v>
+        <v>124.581</v>
       </c>
       <c r="F26" s="14" t="n">
-        <v>119.069</v>
+        <v>111.563</v>
       </c>
       <c r="G26" s="14" t="n">
-        <v>118.142</v>
+        <v>132.167</v>
       </c>
       <c r="H26" s="14" t="n">
-        <v>118.248</v>
+        <v>125.692</v>
       </c>
       <c r="I26" s="14" t="n">
-        <v>108.087</v>
+        <v>119.028</v>
       </c>
       <c r="J26" s="14" t="n">
-        <v>111.567</v>
+        <v>118.088</v>
       </c>
       <c r="K26" s="14" t="n">
-        <v>128.664</v>
+        <v>118.284</v>
       </c>
       <c r="L26" s="14" t="n">
-        <v>118.077</v>
+        <v>108.158</v>
       </c>
       <c r="M26" s="14" t="n">
-        <v>125.339</v>
+        <v>111.638</v>
       </c>
       <c r="N26" s="14" t="n">
-        <v>119.997</v>
+        <v>128.696</v>
       </c>
       <c r="O26" s="14" t="n">
-        <v>111.06</v>
+        <v>118.078</v>
       </c>
       <c r="P26" s="14" t="n">
-        <v>129.536</v>
+        <v>125.333</v>
       </c>
       <c r="Q26" s="14" t="n">
-        <v>121.178</v>
+        <v>120.006</v>
       </c>
       <c r="R26" s="14" t="n">
-        <v>117.353</v>
+        <v>111.071</v>
       </c>
       <c r="S26" s="14" t="n">
-        <v>117.776</v>
+        <v>129.549</v>
       </c>
       <c r="T26" s="14" t="n">
-        <v>113.493</v>
+        <v>121.182</v>
       </c>
       <c r="U26" s="14" t="n">
+        <v>117.352</v>
+      </c>
+      <c r="V26" s="14" t="n">
+        <v>117.774</v>
+      </c>
+      <c r="W26" s="14" t="n">
+        <v>113.492</v>
+      </c>
+      <c r="X26" s="14" t="n">
         <v>106.403</v>
       </c>
-      <c r="V26" s="14" t="n">
-[...5 lines deleted...]
-      <c r="X26" s="14" t="n">
+      <c r="Y26" s="14" t="n">
+        <v>107.121</v>
+      </c>
+      <c r="Z26" s="14" t="n">
+        <v>124.858</v>
+      </c>
+      <c r="AA26" s="14" t="n">
         <v>115.531</v>
       </c>
-      <c r="Y26" s="14" t="n">
+      <c r="AB26" s="14" t="n">
         <v>118.862</v>
       </c>
-      <c r="Z26" s="14" t="n">
+      <c r="AC26" s="14" t="n">
         <v>115.11</v>
       </c>
-      <c r="AA26" s="14" t="n">
+      <c r="AD26" s="14" t="n">
         <v>107.336</v>
       </c>
-      <c r="AB26" s="14" t="n">
-[...2 lines deleted...]
-      <c r="AC26" s="14" t="n">
+      <c r="AE26" s="14" t="n">
+        <v>123.048</v>
+      </c>
+      <c r="AF26" s="14" t="n">
         <v>121.508</v>
       </c>
-      <c r="AD26" s="14" t="n">
+      <c r="AG26" s="14" t="n">
         <v>113.165</v>
       </c>
-      <c r="AE26" s="14" t="n">
+      <c r="AH26" s="14" t="n">
         <v>110.075</v>
       </c>
-      <c r="AF26" s="14" t="n">
+      <c r="AI26" s="14" t="n">
         <v>114.4</v>
       </c>
-      <c r="AG26" s="14" t="n">
+      <c r="AJ26" s="14" t="n">
         <v>100.147</v>
       </c>
-      <c r="AH26" s="14" t="n">
+      <c r="AK26" s="14" t="n">
         <v>101.499</v>
       </c>
-      <c r="AI26" s="14" t="n">
+      <c r="AL26" s="14" t="n">
         <v>122.786</v>
       </c>
-      <c r="AJ26" s="14" t="n">
-[...7 lines deleted...]
-      </c>
       <c r="AM26" s="14" t="n">
+        <v>112.204</v>
+      </c>
+      <c r="AN26" s="14" t="n">
+        <v>113.969</v>
+      </c>
+      <c r="AO26" s="14" t="n">
+        <v>115.779</v>
+      </c>
+      <c r="AP26" s="14" t="n">
         <v>107.471</v>
       </c>
-      <c r="AN26" s="14" t="n">
-[...2 lines deleted...]
-      <c r="AO26" s="14" t="n">
+      <c r="AQ26" s="14" t="n">
+        <v>118.805</v>
+      </c>
+      <c r="AR26" s="14" t="n">
         <v>119.36</v>
       </c>
-      <c r="AP26" s="14" t="n">
-[...2 lines deleted...]
-      <c r="AQ26" s="14" t="n">
+      <c r="AS26" s="14" t="n">
+        <v>110.506</v>
+      </c>
+      <c r="AT26" s="14" t="n">
         <v>106.601</v>
       </c>
-      <c r="AR26" s="14" t="n">
+      <c r="AU26" s="14" t="n">
         <v>108.883</v>
       </c>
-      <c r="AS26" s="14" t="n">
+      <c r="AV26" s="14" t="n">
         <v>95.684</v>
       </c>
-      <c r="AT26" s="14" t="n">
+      <c r="AW26" s="14" t="n">
         <v>94.024</v>
       </c>
-      <c r="AU26" s="14" t="n">
+      <c r="AX26" s="14" t="n">
         <v>117.212</v>
       </c>
-      <c r="AV26" s="14" t="n">
+      <c r="AY26" s="14" t="n">
         <v>109.166</v>
       </c>
-      <c r="AW26" s="14" t="n">
+      <c r="AZ26" s="14" t="n">
         <v>113.808</v>
       </c>
-      <c r="AX26" s="14" t="n">
+      <c r="BA26" s="14" t="n">
         <v>113.302</v>
       </c>
-      <c r="AY26" s="14" t="n">
+      <c r="BB26" s="14" t="n">
         <v>110.988</v>
       </c>
-      <c r="AZ26" s="14" t="n">
+      <c r="BC26" s="14" t="n">
         <v>115.62</v>
       </c>
-      <c r="BA26" s="14" t="n">
+      <c r="BD26" s="14" t="n">
         <v>104.734</v>
       </c>
-      <c r="BB26" s="14" t="n">
+      <c r="BE26" s="14" t="n">
         <v>90.662</v>
       </c>
-      <c r="BC26" s="14" t="n">
+      <c r="BF26" s="14" t="n">
         <v>87.164</v>
       </c>
-      <c r="BD26" s="14" t="n">
+      <c r="BG26" s="14" t="n">
         <v>87.598</v>
       </c>
-      <c r="BE26" s="14" t="n">
+      <c r="BH26" s="14" t="n">
         <v>75.26</v>
       </c>
-      <c r="BF26" s="14" t="n">
+      <c r="BI26" s="14" t="n">
         <v>74.486</v>
       </c>
-      <c r="BG26" s="15" t="n">
+      <c r="BJ26" s="15" t="n">
         <v>11.8</v>
       </c>
-      <c r="BH26" s="15" t="n">
+      <c r="BK26" s="15" t="n">
+        <v>-6.3</v>
+      </c>
+      <c r="BL26" s="15" t="n">
+        <v>3.4</v>
+      </c>
+      <c r="BM26" s="15" t="n">
+        <v>11.7</v>
+      </c>
+      <c r="BN26" s="15" t="n">
         <v>-15.6</v>
       </c>
-      <c r="BI26" s="15" t="n">
-[...2 lines deleted...]
-      <c r="BJ26" s="15" t="n">
+      <c r="BO26" s="15" t="n">
+        <v>5.2</v>
+      </c>
+      <c r="BP26" s="15" t="n">
+        <v>5.6</v>
+      </c>
+      <c r="BQ26" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="BR26" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="BS26" s="15" t="n">
+        <v>9.4</v>
+      </c>
+      <c r="BT26" s="15" t="n">
+        <v>-3.1</v>
+      </c>
+      <c r="BU26" s="15" t="n">
+        <v>-13.3</v>
+      </c>
+      <c r="BV26" s="15" t="n">
+        <v>9.0</v>
+      </c>
+      <c r="BW26" s="15" t="n">
+        <v>-5.8</v>
+      </c>
+      <c r="BX26" s="15" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="BY26" s="15" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="BZ26" s="15" t="n">
+        <v>-14.3</v>
+      </c>
+      <c r="CA26" s="15" t="n">
+        <v>6.9</v>
+      </c>
+      <c r="CB26" s="15" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="CC26" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="CD26" s="15" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="CE26" s="15" t="n">
+        <v>6.7</v>
+      </c>
+      <c r="CF26" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="CG26" s="15" t="n">
+        <v>-14.2</v>
+      </c>
+      <c r="CH26" s="15" t="n">
+        <v>8.1</v>
+      </c>
+      <c r="CI26" s="15" t="n">
+        <v>-2.8</v>
+      </c>
+      <c r="CJ26" s="15" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="CK26" s="15" t="n">
+        <v>7.2</v>
+      </c>
+      <c r="CL26" s="15" t="n">
+        <v>-12.8</v>
+      </c>
+      <c r="CM26" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="CN26" s="15" t="n">
+        <v>7.4</v>
+      </c>
+      <c r="CO26" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="CP26" s="15" t="n">
+        <v>-3.8</v>
+      </c>
+      <c r="CQ26" s="15" t="n">
+        <v>14.2</v>
+      </c>
+      <c r="CR26" s="15" t="n">
+        <v>-1.3</v>
+      </c>
+      <c r="CS26" s="15" t="n">
+        <v>-17.3</v>
+      </c>
+      <c r="CT26" s="15" t="n">
+        <v>9.4</v>
+      </c>
+      <c r="CU26" s="15" t="n">
+        <v>-1.5</v>
+      </c>
+      <c r="CV26" s="15" t="n">
+        <v>-1.6</v>
+      </c>
+      <c r="CW26" s="15" t="n">
+        <v>7.7</v>
+      </c>
+      <c r="CX26" s="15" t="n">
+        <v>-9.5</v>
+      </c>
+      <c r="CY26" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="CZ26" s="15" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="DA26" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="DB26" s="15" t="n">
+        <v>-2.1</v>
+      </c>
+      <c r="DC26" s="15" t="n">
+        <v>13.8</v>
+      </c>
+      <c r="DD26" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="DE26" s="15" t="n">
+        <v>-19.8</v>
+      </c>
+      <c r="DF26" s="15" t="n">
+        <v>7.4</v>
+      </c>
+      <c r="DG26" s="15" t="n">
+        <v>-4.1</v>
+      </c>
+      <c r="DH26" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="DI26" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="DJ26" s="15" t="n">
+        <v>-4.0</v>
+      </c>
+      <c r="DK26" s="15" t="n">
+        <v>10.4</v>
+      </c>
+      <c r="DL26" s="15" t="n">
+        <v>15.5</v>
+      </c>
+      <c r="DM26" s="15" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="DN26" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="DO26" s="15" t="n">
+        <v>16.4</v>
+      </c>
+      <c r="DP26" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="DQ26" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DR26" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="DS26" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="DT26" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="DU26" s="15" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="DV26" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="DW26" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="DX26" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="DY26" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="DZ26" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="EA26" s="15" t="n">
+        <v>4.2</v>
+      </c>
+      <c r="EB26" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="EC26" s="15" t="n">
+        <v>4.2</v>
+      </c>
+      <c r="ED26" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="EE26" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="EF26" s="15" t="n">
+        <v>5.4</v>
+      </c>
+      <c r="EG26" s="15" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="EH26" s="15" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="EI26" s="15" t="n">
+        <v>5.3</v>
+      </c>
+      <c r="EJ26" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="EK26" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="EL26" s="15" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="EM26" s="15" t="n">
+        <v>-0.8</v>
+      </c>
+      <c r="EN26" s="15" t="n">
+        <v>6.2</v>
+      </c>
+      <c r="EO26" s="15" t="n">
         <v>5.5</v>
       </c>
-      <c r="BK26" s="15" t="n">
-[...2 lines deleted...]
-      <c r="BL26" s="15" t="n">
+      <c r="EP26" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="EQ26" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="ER26" s="15" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="ES26" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="ET26" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="BM26" s="15" t="n">
-[...26 lines deleted...]
-      <c r="BV26" s="15" t="n">
+      <c r="EU26" s="15" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="EV26" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="EW26" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="EX26" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="BW26" s="15" t="n">
-[...2 lines deleted...]
-      <c r="BX26" s="15" t="n">
+      <c r="EY26" s="15" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="EZ26" s="15" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="FA26" s="15" t="n">
+        <v>7.9</v>
+      </c>
+      <c r="FB26" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="FC26" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="FD26" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="FE26" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="FF26" s="15" t="n">
+        <v>-3.2</v>
+      </c>
+      <c r="FG26" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="FH26" s="15" t="n">
+        <v>14.0</v>
+      </c>
+      <c r="FI26" s="15" t="n">
+        <v>21.9</v>
+      </c>
+      <c r="FJ26" s="15" t="n">
+        <v>22.3</v>
+      </c>
+      <c r="FK26" s="15" t="n">
+        <v>24.3</v>
+      </c>
+      <c r="FL26" s="15" t="n">
+        <v>27.1</v>
+      </c>
+      <c r="FM26" s="15" t="n">
+        <v>26.2</v>
+      </c>
+      <c r="FN26" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FO26" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FP26" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FQ26" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FR26" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FS26" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FT26" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FU26" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FV26" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FW26" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FX26" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FY26" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FZ26" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="GA26" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="GB26" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="GC26" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="GD26" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="GE26" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="GF26" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="GG26" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="GH26" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="GI26" s="15" t="n">
+        <v>3.4</v>
+      </c>
+      <c r="GJ26" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="GK26" s="15" t="n">
+        <v>4.2</v>
+      </c>
+      <c r="GL26" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="GM26" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="BY26" s="15" t="n">
-[...65 lines deleted...]
-      <c r="CU26" s="15" t="n">
+      <c r="GN26" s="15" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="GO26" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="CV26" s="15" t="n">
-[...32 lines deleted...]
-      <c r="DG26" s="15" t="n">
+      <c r="GP26" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="GQ26" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="GR26" s="15" t="n">
+        <v>3.4</v>
+      </c>
+      <c r="GS26" s="15" t="n">
+        <v>4.2</v>
+      </c>
+      <c r="GT26" s="15" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="GU26" s="15" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="GV26" s="15" t="n">
+        <v>5.9</v>
+      </c>
+      <c r="GW26" s="15" t="n">
+        <v>5.5</v>
+      </c>
+      <c r="GX26" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="GY26" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="GZ26" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="HA26" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="HB26" s="15" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="HC26" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="DH26" s="15" t="n">
-[...109 lines deleted...]
-      <c r="ER26" s="15" t="n">
+      <c r="HD26" s="15" t="n">
+        <v>4.1</v>
+      </c>
+      <c r="HE26" s="15" t="n">
+        <v>4.6</v>
+      </c>
+      <c r="HF26" s="15" t="n">
+        <v>5.2</v>
+      </c>
+      <c r="HG26" s="15" t="n">
+        <v>5.8</v>
+      </c>
+      <c r="HH26" s="15" t="n">
+        <v>6.3</v>
+      </c>
+      <c r="HI26" s="15" t="n">
         <v>7.9</v>
       </c>
-      <c r="ES26" s="15" t="n">
-[...32 lines deleted...]
-      <c r="FD26" s="15" t="n">
+      <c r="HJ26" s="15" t="n">
+        <v>10.5</v>
+      </c>
+      <c r="HK26" s="15" t="n">
+        <v>11.1</v>
+      </c>
+      <c r="HL26" s="15" t="n">
+        <v>12.1</v>
+      </c>
+      <c r="HM26" s="15" t="n">
+        <v>13.6</v>
+      </c>
+      <c r="HN26" s="15" t="n">
+        <v>15.4</v>
+      </c>
+      <c r="HO26" s="15" t="n">
+        <v>18.6</v>
+      </c>
+      <c r="HP26" s="15" t="n">
+        <v>22.1</v>
+      </c>
+      <c r="HQ26" s="15" t="n">
+        <v>24.2</v>
+      </c>
+      <c r="HR26" s="15" t="n">
+        <v>24.9</v>
+      </c>
+      <c r="HS26" s="15" t="n">
+        <v>25.8</v>
+      </c>
+      <c r="HT26" s="15" t="n">
+        <v>26.7</v>
+      </c>
+      <c r="HU26" s="15" t="n">
         <v>26.2</v>
       </c>
-      <c r="FE26" s="13" t="inlineStr">
-[...249 lines deleted...]
-      <c r="HU26" s="13" t="inlineStr">
+      <c r="HV26" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HW26" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HX26" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HY26" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HZ26" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IA26" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IB26" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IC26" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID26" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE26" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF26" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG26" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    2.1 Transportation and storage </t>
         </is>
       </c>
       <c r="B27" s="14" t="n">
-        <v>119.618</v>
+        <v>120.803</v>
       </c>
       <c r="C27" s="14" t="n">
-        <v>105.497</v>
+        <v>117.337</v>
       </c>
       <c r="D27" s="14" t="n">
-        <v>125.44</v>
+        <v>127.984</v>
       </c>
       <c r="E27" s="14" t="n">
-        <v>120.93</v>
+        <v>120.758</v>
       </c>
       <c r="F27" s="14" t="n">
-        <v>123.612</v>
+        <v>107.063</v>
       </c>
       <c r="G27" s="14" t="n">
-        <v>118.805</v>
+        <v>126.747</v>
       </c>
       <c r="H27" s="14" t="n">
-        <v>121.002</v>
+        <v>121.035</v>
       </c>
       <c r="I27" s="14" t="n">
-        <v>114.541</v>
+        <v>123.091</v>
       </c>
       <c r="J27" s="14" t="n">
-        <v>114.811</v>
+        <v>118.205</v>
       </c>
       <c r="K27" s="14" t="n">
-        <v>118.626</v>
+        <v>120.829</v>
       </c>
       <c r="L27" s="14" t="n">
-        <v>117.321</v>
+        <v>114.614</v>
       </c>
       <c r="M27" s="14" t="n">
-        <v>125.79</v>
+        <v>114.957</v>
       </c>
       <c r="N27" s="14" t="n">
-        <v>117.669</v>
+        <v>118.675</v>
       </c>
       <c r="O27" s="14" t="n">
-        <v>105.87</v>
+        <v>117.308</v>
       </c>
       <c r="P27" s="14" t="n">
-        <v>122.709</v>
+        <v>125.758</v>
       </c>
       <c r="Q27" s="14" t="n">
-        <v>116.956</v>
+        <v>117.662</v>
       </c>
       <c r="R27" s="14" t="n">
+        <v>105.871</v>
+      </c>
+      <c r="S27" s="14" t="n">
+        <v>122.718</v>
+      </c>
+      <c r="T27" s="14" t="n">
+        <v>116.958</v>
+      </c>
+      <c r="U27" s="14" t="n">
         <v>122.707</v>
       </c>
-      <c r="S27" s="14" t="n">
+      <c r="V27" s="14" t="n">
         <v>120.827</v>
       </c>
-      <c r="T27" s="14" t="n">
-[...7 lines deleted...]
-      </c>
       <c r="W27" s="14" t="n">
+        <v>113.692</v>
+      </c>
+      <c r="X27" s="14" t="n">
+        <v>110.588</v>
+      </c>
+      <c r="Y27" s="14" t="n">
+        <v>107.842</v>
+      </c>
+      <c r="Z27" s="14" t="n">
         <v>112.521</v>
       </c>
-      <c r="X27" s="14" t="n">
-[...7 lines deleted...]
-      </c>
       <c r="AA27" s="14" t="n">
+        <v>115.65</v>
+      </c>
+      <c r="AB27" s="14" t="n">
+        <v>118.243</v>
+      </c>
+      <c r="AC27" s="14" t="n">
+        <v>111.77</v>
+      </c>
+      <c r="AD27" s="14" t="n">
         <v>103.353</v>
       </c>
-      <c r="AB27" s="14" t="n">
-[...7 lines deleted...]
-      </c>
       <c r="AE27" s="14" t="n">
-        <v>110.474</v>
+        <v>115.007</v>
       </c>
       <c r="AF27" s="14" t="n">
+        <v>119.323</v>
+      </c>
+      <c r="AG27" s="14" t="n">
+        <v>121.177</v>
+      </c>
+      <c r="AH27" s="14" t="n">
+        <v>110.475</v>
+      </c>
+      <c r="AI27" s="14" t="n">
         <v>121.927</v>
       </c>
-      <c r="AG27" s="14" t="n">
-[...7 lines deleted...]
-      </c>
       <c r="AJ27" s="14" t="n">
-        <v>117.891</v>
+        <v>105.723</v>
       </c>
       <c r="AK27" s="14" t="n">
-        <v>119.553</v>
+        <v>106.083</v>
       </c>
       <c r="AL27" s="14" t="n">
-        <v>119.077</v>
+        <v>115.592</v>
       </c>
       <c r="AM27" s="14" t="n">
+        <v>117.89</v>
+      </c>
+      <c r="AN27" s="14" t="n">
+        <v>119.555</v>
+      </c>
+      <c r="AO27" s="14" t="n">
+        <v>119.08</v>
+      </c>
+      <c r="AP27" s="14" t="n">
         <v>106.708</v>
       </c>
-      <c r="AN27" s="14" t="n">
-[...7 lines deleted...]
-      </c>
       <c r="AQ27" s="14" t="n">
+        <v>119.17</v>
+      </c>
+      <c r="AR27" s="14" t="n">
+        <v>124.701</v>
+      </c>
+      <c r="AS27" s="14" t="n">
+        <v>123.552</v>
+      </c>
+      <c r="AT27" s="14" t="n">
         <v>112.894</v>
       </c>
-      <c r="AR27" s="14" t="n">
-[...2 lines deleted...]
-      <c r="AS27" s="14" t="n">
+      <c r="AU27" s="14" t="n">
+        <v>111.465</v>
+      </c>
+      <c r="AV27" s="14" t="n">
         <v>103.152</v>
       </c>
-      <c r="AT27" s="14" t="n">
-[...2 lines deleted...]
-      <c r="AU27" s="14" t="n">
+      <c r="AW27" s="14" t="n">
+        <v>101.468</v>
+      </c>
+      <c r="AX27" s="14" t="n">
         <v>113.165</v>
       </c>
-      <c r="AV27" s="14" t="n">
+      <c r="AY27" s="14" t="n">
         <v>114.896</v>
       </c>
-      <c r="AW27" s="14" t="n">
+      <c r="AZ27" s="14" t="n">
         <v>111.926</v>
       </c>
-      <c r="AX27" s="14" t="n">
+      <c r="BA27" s="14" t="n">
         <v>107.977</v>
       </c>
-      <c r="AY27" s="14" t="n">
+      <c r="BB27" s="14" t="n">
         <v>96.344</v>
       </c>
-      <c r="AZ27" s="14" t="n">
+      <c r="BC27" s="14" t="n">
         <v>105.084</v>
       </c>
-      <c r="BA27" s="14" t="n">
+      <c r="BD27" s="14" t="n">
         <v>102.486</v>
       </c>
-      <c r="BB27" s="14" t="n">
+      <c r="BE27" s="14" t="n">
         <v>96.849</v>
       </c>
-      <c r="BC27" s="14" t="n">
+      <c r="BF27" s="14" t="n">
         <v>91.534</v>
       </c>
-      <c r="BD27" s="14" t="n">
+      <c r="BG27" s="14" t="n">
         <v>96.209</v>
       </c>
-      <c r="BE27" s="14" t="n">
+      <c r="BH27" s="14" t="n">
         <v>83.928</v>
       </c>
-      <c r="BF27" s="14" t="n">
+      <c r="BI27" s="14" t="n">
         <v>79.601</v>
       </c>
-      <c r="BG27" s="15" t="n">
+      <c r="BJ27" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="BK27" s="15" t="n">
+        <v>-8.3</v>
+      </c>
+      <c r="BL27" s="15" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="BM27" s="15" t="n">
+        <v>12.8</v>
+      </c>
+      <c r="BN27" s="15" t="n">
+        <v>-15.5</v>
+      </c>
+      <c r="BO27" s="15" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="BP27" s="15" t="n">
+        <v>-1.7</v>
+      </c>
+      <c r="BQ27" s="15" t="n">
+        <v>4.1</v>
+      </c>
+      <c r="BR27" s="15" t="n">
+        <v>-2.2</v>
+      </c>
+      <c r="BS27" s="15" t="n">
+        <v>5.4</v>
+      </c>
+      <c r="BT27" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="BU27" s="15" t="n">
+        <v>-3.1</v>
+      </c>
+      <c r="BV27" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="BW27" s="15" t="n">
+        <v>-6.7</v>
+      </c>
+      <c r="BX27" s="15" t="n">
+        <v>6.9</v>
+      </c>
+      <c r="BY27" s="15" t="n">
+        <v>11.1</v>
+      </c>
+      <c r="BZ27" s="15" t="n">
+        <v>-13.7</v>
+      </c>
+      <c r="CA27" s="15" t="n">
+        <v>4.9</v>
+      </c>
+      <c r="CB27" s="15" t="n">
+        <v>-4.7</v>
+      </c>
+      <c r="CC27" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="CD27" s="15" t="n">
+        <v>6.3</v>
+      </c>
+      <c r="CE27" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="CF27" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="CG27" s="15" t="n">
+        <v>-4.2</v>
+      </c>
+      <c r="CH27" s="15" t="n">
+        <v>-2.7</v>
+      </c>
+      <c r="CI27" s="15" t="n">
+        <v>-2.2</v>
+      </c>
+      <c r="CJ27" s="15" t="n">
+        <v>5.8</v>
+      </c>
+      <c r="CK27" s="15" t="n">
+        <v>8.1</v>
+      </c>
+      <c r="CL27" s="15" t="n">
+        <v>-10.1</v>
+      </c>
+      <c r="CM27" s="15" t="n">
+        <v>-3.6</v>
+      </c>
+      <c r="CN27" s="15" t="n">
+        <v>-1.5</v>
+      </c>
+      <c r="CO27" s="15" t="n">
+        <v>9.7</v>
+      </c>
+      <c r="CP27" s="15" t="n">
+        <v>-9.4</v>
+      </c>
+      <c r="CQ27" s="15" t="n">
+        <v>15.3</v>
+      </c>
+      <c r="CR27" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="CS27" s="15" t="n">
+        <v>-8.2</v>
+      </c>
+      <c r="CT27" s="15" t="n">
+        <v>-1.9</v>
+      </c>
+      <c r="CU27" s="15" t="n">
+        <v>-1.4</v>
+      </c>
+      <c r="CV27" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="CW27" s="15" t="n">
+        <v>11.6</v>
+      </c>
+      <c r="CX27" s="15" t="n">
+        <v>-10.5</v>
+      </c>
+      <c r="CY27" s="15" t="n">
+        <v>-4.4</v>
+      </c>
+      <c r="CZ27" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="DA27" s="15" t="n">
+        <v>9.4</v>
+      </c>
+      <c r="DB27" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="DC27" s="15" t="n">
+        <v>8.1</v>
+      </c>
+      <c r="DD27" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="DE27" s="15" t="n">
+        <v>-10.3</v>
+      </c>
+      <c r="DF27" s="15" t="n">
+        <v>-1.5</v>
+      </c>
+      <c r="DG27" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="DH27" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="DI27" s="15" t="n">
+        <v>12.1</v>
+      </c>
+      <c r="DJ27" s="15" t="n">
+        <v>-8.3</v>
+      </c>
+      <c r="DK27" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="DL27" s="15" t="n">
+        <v>5.8</v>
+      </c>
+      <c r="DM27" s="15" t="n">
+        <v>5.8</v>
+      </c>
+      <c r="DN27" s="15" t="n">
+        <v>-4.9</v>
+      </c>
+      <c r="DO27" s="15" t="n">
+        <v>14.6</v>
+      </c>
+      <c r="DP27" s="15" t="n">
+        <v>5.4</v>
+      </c>
+      <c r="DQ27" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DR27" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="DS27" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DT27" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="DU27" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="DV27" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="DW27" s="15" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="DX27" s="15" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="DY27" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="DZ27" s="15" t="n">
+        <v>-2.2</v>
+      </c>
+      <c r="EA27" s="15" t="n">
+        <v>6.3</v>
+      </c>
+      <c r="EB27" s="15" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="EC27" s="15" t="n">
+        <v>6.6</v>
+      </c>
+      <c r="ED27" s="15" t="n">
+        <v>5.5</v>
+      </c>
+      <c r="EE27" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="EF27" s="15" t="n">
+        <v>6.4</v>
+      </c>
+      <c r="EG27" s="15" t="n">
+        <v>5.3</v>
+      </c>
+      <c r="EH27" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="EI27" s="15" t="n">
+        <v>6.7</v>
+      </c>
+      <c r="EJ27" s="15" t="n">
+        <v>-2.0</v>
+      </c>
+      <c r="EK27" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="EL27" s="15" t="n">
+        <v>9.4</v>
+      </c>
+      <c r="EM27" s="15" t="n">
+        <v>-6.8</v>
+      </c>
+      <c r="EN27" s="15" t="n">
+        <v>4.6</v>
+      </c>
+      <c r="EO27" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="EP27" s="15" t="n">
+        <v>-2.7</v>
+      </c>
+      <c r="EQ27" s="15" t="n">
+        <v>-1.9</v>
+      </c>
+      <c r="ER27" s="15" t="n">
+        <v>-1.1</v>
+      </c>
+      <c r="ES27" s="15" t="n">
+        <v>-6.1</v>
+      </c>
+      <c r="ET27" s="15" t="n">
+        <v>-3.1</v>
+      </c>
+      <c r="EU27" s="15" t="n">
+        <v>-3.5</v>
+      </c>
+      <c r="EV27" s="15" t="n">
+        <v>-4.3</v>
+      </c>
+      <c r="EW27" s="15" t="n">
+        <v>-1.9</v>
+      </c>
+      <c r="EX27" s="15" t="n">
+        <v>-2.1</v>
+      </c>
+      <c r="EY27" s="15" t="n">
+        <v>9.4</v>
+      </c>
+      <c r="EZ27" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="FA27" s="15" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="FB27" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="FC27" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="FD27" s="15" t="n">
+        <v>6.8</v>
+      </c>
+      <c r="FE27" s="15" t="n">
+        <v>10.3</v>
+      </c>
+      <c r="FF27" s="15" t="n">
+        <v>10.8</v>
+      </c>
+      <c r="FG27" s="15" t="n">
         <v>13.4</v>
       </c>
-      <c r="BH27" s="15" t="n">
-[...14 lines deleted...]
-      <c r="BM27" s="15" t="n">
+      <c r="FH27" s="15" t="n">
+        <v>21.7</v>
+      </c>
+      <c r="FI27" s="15" t="n">
+        <v>27.6</v>
+      </c>
+      <c r="FJ27" s="15" t="n">
+        <v>23.3</v>
+      </c>
+      <c r="FK27" s="15" t="n">
+        <v>15.9</v>
+      </c>
+      <c r="FL27" s="15" t="n">
+        <v>22.9</v>
+      </c>
+      <c r="FM27" s="15" t="n">
+        <v>27.5</v>
+      </c>
+      <c r="FN27" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FO27" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FP27" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FQ27" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FR27" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FS27" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FT27" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FU27" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FV27" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FW27" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FX27" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FY27" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FZ27" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="GA27" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="GB27" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="GC27" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="GD27" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="GE27" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="GF27" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="GG27" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="GH27" s="15" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="GI27" s="15" t="n">
+        <v>5.5</v>
+      </c>
+      <c r="GJ27" s="15" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="GK27" s="15" t="n">
+        <v>6.6</v>
+      </c>
+      <c r="GL27" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="GM27" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="GN27" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="GO27" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="GP27" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="GQ27" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="GR27" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="GS27" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="GT27" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="GU27" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="GV27" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="GW27" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="GX27" s="15" t="n">
+        <v>-1.0</v>
+      </c>
+      <c r="GY27" s="15" t="n">
+        <v>-0.9</v>
+      </c>
+      <c r="GZ27" s="15" t="n">
+        <v>-0.8</v>
+      </c>
+      <c r="HA27" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="HB27" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="HC27" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="HD27" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="HE27" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="HF27" s="15" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="HG27" s="15" t="n">
         <v>5.6</v>
       </c>
-      <c r="BN27" s="15" t="n">
-[...140 lines deleted...]
-      <c r="DI27" s="15" t="n">
+      <c r="HH27" s="15" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="HI27" s="15" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="HJ27" s="15" t="n">
         <v>14.6</v>
       </c>
-      <c r="DJ27" s="15" t="n">
-[...124 lines deleted...]
-      <c r="EY27" s="15" t="n">
+      <c r="HK27" s="15" t="n">
+        <v>15.9</v>
+      </c>
+      <c r="HL27" s="15" t="n">
+        <v>17.5</v>
+      </c>
+      <c r="HM27" s="15" t="n">
+        <v>18.9</v>
+      </c>
+      <c r="HN27" s="15" t="n">
+        <v>20.1</v>
+      </c>
+      <c r="HO27" s="15" t="n">
+        <v>21.5</v>
+      </c>
+      <c r="HP27" s="15" t="n">
+        <v>23.0</v>
+      </c>
+      <c r="HQ27" s="15" t="n">
+        <v>23.3</v>
+      </c>
+      <c r="HR27" s="15" t="n">
+        <v>22.1</v>
+      </c>
+      <c r="HS27" s="15" t="n">
         <v>21.7</v>
       </c>
-      <c r="EZ27" s="15" t="n">
-[...11 lines deleted...]
-      <c r="FD27" s="15" t="n">
+      <c r="HT27" s="15" t="n">
+        <v>25.1</v>
+      </c>
+      <c r="HU27" s="15" t="n">
         <v>27.5</v>
       </c>
-      <c r="FE27" s="13" t="inlineStr">
-[...249 lines deleted...]
-      <c r="HU27" s="13" t="inlineStr">
+      <c r="HV27" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HW27" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HX27" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HY27" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HZ27" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IA27" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IB27" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IC27" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID27" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE27" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF27" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG27" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    49 Land transport and transport via pipelines</t>
         </is>
       </c>
       <c r="B28" s="14" t="n">
-        <v>125.81</v>
+        <v>123.222</v>
       </c>
       <c r="C28" s="14" t="n">
-        <v>107.125</v>
+        <v>123.456</v>
       </c>
       <c r="D28" s="14" t="n">
-        <v>129.79</v>
+        <v>134.148</v>
       </c>
       <c r="E28" s="14" t="n">
-        <v>129.155</v>
+        <v>126.996</v>
       </c>
       <c r="F28" s="14" t="n">
-        <v>132.441</v>
+        <v>108.38</v>
       </c>
       <c r="G28" s="14" t="n">
-        <v>126.606</v>
+        <v>130.951</v>
       </c>
       <c r="H28" s="14" t="n">
-        <v>132.288</v>
+        <v>129.508</v>
       </c>
       <c r="I28" s="14" t="n">
-        <v>124.78</v>
+        <v>132.342</v>
       </c>
       <c r="J28" s="14" t="n">
-        <v>123.927</v>
+        <v>126.372</v>
       </c>
       <c r="K28" s="14" t="n">
-        <v>121.655</v>
+        <v>132.206</v>
       </c>
       <c r="L28" s="14" t="n">
-        <v>124.221</v>
+        <v>124.804</v>
       </c>
       <c r="M28" s="14" t="n">
-        <v>130.927</v>
+        <v>123.984</v>
       </c>
       <c r="N28" s="14" t="n">
-        <v>121.273</v>
+        <v>121.672</v>
       </c>
       <c r="O28" s="14" t="n">
-        <v>106.326</v>
+        <v>124.216</v>
       </c>
       <c r="P28" s="14" t="n">
-        <v>127.164</v>
+        <v>130.914</v>
       </c>
       <c r="Q28" s="14" t="n">
-        <v>125.804</v>
+        <v>121.27</v>
       </c>
       <c r="R28" s="14" t="n">
-        <v>133.298</v>
+        <v>106.327</v>
       </c>
       <c r="S28" s="14" t="n">
-        <v>131.916</v>
+        <v>127.167</v>
       </c>
       <c r="T28" s="14" t="n">
+        <v>125.805</v>
+      </c>
+      <c r="U28" s="14" t="n">
+        <v>133.297</v>
+      </c>
+      <c r="V28" s="14" t="n">
+        <v>131.915</v>
+      </c>
+      <c r="W28" s="14" t="n">
         <v>124.408</v>
       </c>
-      <c r="U28" s="14" t="n">
+      <c r="X28" s="14" t="n">
         <v>120.286</v>
       </c>
-      <c r="V28" s="14" t="n">
+      <c r="Y28" s="14" t="n">
         <v>116.165</v>
       </c>
-      <c r="W28" s="14" t="n">
+      <c r="Z28" s="14" t="n">
         <v>116.189</v>
       </c>
-      <c r="X28" s="14" t="n">
+      <c r="AA28" s="14" t="n">
         <v>122.586</v>
       </c>
-      <c r="Y28" s="14" t="n">
+      <c r="AB28" s="14" t="n">
         <v>124.044</v>
       </c>
-      <c r="Z28" s="14" t="n">
+      <c r="AC28" s="14" t="n">
         <v>116.882</v>
       </c>
-      <c r="AA28" s="14" t="n">
+      <c r="AD28" s="14" t="n">
         <v>104.146</v>
       </c>
-      <c r="AB28" s="14" t="n">
+      <c r="AE28" s="14" t="n">
         <v>117.449</v>
       </c>
-      <c r="AC28" s="14" t="n">
+      <c r="AF28" s="14" t="n">
         <v>126.786</v>
       </c>
-      <c r="AD28" s="14" t="n">
+      <c r="AG28" s="14" t="n">
         <v>129.399</v>
       </c>
-      <c r="AE28" s="14" t="n">
+      <c r="AH28" s="14" t="n">
         <v>117.77</v>
       </c>
-      <c r="AF28" s="14" t="n">
+      <c r="AI28" s="14" t="n">
         <v>131.066</v>
       </c>
-      <c r="AG28" s="14" t="n">
+      <c r="AJ28" s="14" t="n">
         <v>112.453</v>
       </c>
-      <c r="AH28" s="14" t="n">
+      <c r="AK28" s="14" t="n">
         <v>108.242</v>
       </c>
-      <c r="AI28" s="14" t="n">
+      <c r="AL28" s="14" t="n">
         <v>112.609</v>
       </c>
-      <c r="AJ28" s="14" t="n">
+      <c r="AM28" s="14" t="n">
         <v>119.02</v>
       </c>
-      <c r="AK28" s="14" t="n">
+      <c r="AN28" s="14" t="n">
         <v>118.123</v>
       </c>
-      <c r="AL28" s="14" t="n">
+      <c r="AO28" s="14" t="n">
         <v>115.641</v>
       </c>
-      <c r="AM28" s="14" t="n">
+      <c r="AP28" s="14" t="n">
         <v>98.379</v>
       </c>
-      <c r="AN28" s="14" t="n">
+      <c r="AQ28" s="14" t="n">
         <v>111.496</v>
       </c>
-      <c r="AO28" s="14" t="n">
+      <c r="AR28" s="14" t="n">
         <v>120.907</v>
       </c>
-      <c r="AP28" s="14" t="n">
+      <c r="AS28" s="14" t="n">
         <v>122.419</v>
       </c>
-      <c r="AQ28" s="14" t="n">
+      <c r="AT28" s="14" t="n">
         <v>112.799</v>
       </c>
-      <c r="AR28" s="14" t="n">
+      <c r="AU28" s="14" t="n">
         <v>113.206</v>
       </c>
-      <c r="AS28" s="14" t="n">
+      <c r="AV28" s="14" t="n">
         <v>105.024</v>
       </c>
-      <c r="AT28" s="14" t="n">
+      <c r="AW28" s="14" t="n">
         <v>101.237</v>
       </c>
-      <c r="AU28" s="14" t="n">
+      <c r="AX28" s="14" t="n">
         <v>110.027</v>
       </c>
-      <c r="AV28" s="14" t="n">
+      <c r="AY28" s="14" t="n">
         <v>115.026</v>
       </c>
-      <c r="AW28" s="14" t="n">
+      <c r="AZ28" s="14" t="n">
         <v>110.953</v>
       </c>
-      <c r="AX28" s="14" t="n">
+      <c r="BA28" s="14" t="n">
         <v>106.472</v>
       </c>
-      <c r="AY28" s="14" t="n">
+      <c r="BB28" s="14" t="n">
         <v>91.913</v>
       </c>
-      <c r="AZ28" s="14" t="n">
+      <c r="BC28" s="14" t="n">
         <v>103.391</v>
       </c>
-      <c r="BA28" s="14" t="n">
+      <c r="BD28" s="14" t="n">
         <v>105.168</v>
       </c>
-      <c r="BB28" s="14" t="n">
+      <c r="BE28" s="14" t="n">
         <v>98.48</v>
       </c>
-      <c r="BC28" s="14" t="n">
+      <c r="BF28" s="14" t="n">
         <v>93.053</v>
       </c>
-      <c r="BD28" s="14" t="n">
+      <c r="BG28" s="14" t="n">
         <v>98.476</v>
       </c>
-      <c r="BE28" s="14" t="n">
+      <c r="BH28" s="14" t="n">
         <v>85.876</v>
       </c>
-      <c r="BF28" s="14" t="n">
+      <c r="BI28" s="14" t="n">
         <v>81.166</v>
       </c>
-      <c r="BG28" s="15" t="n">
-[...7 lines deleted...]
-      </c>
       <c r="BJ28" s="15" t="n">
-        <v>-2.5</v>
+        <v>-0.2</v>
       </c>
       <c r="BK28" s="15" t="n">
-        <v>4.6</v>
+        <v>-8.0</v>
       </c>
       <c r="BL28" s="15" t="n">
-        <v>-4.3</v>
+        <v>5.6</v>
       </c>
       <c r="BM28" s="15" t="n">
-        <v>6.0</v>
+        <v>17.2</v>
       </c>
       <c r="BN28" s="15" t="n">
-        <v>0.7</v>
+        <v>-17.2</v>
       </c>
       <c r="BO28" s="15" t="n">
-        <v>1.9</v>
+        <v>1.1</v>
       </c>
       <c r="BP28" s="15" t="n">
         <v>-2.1</v>
       </c>
       <c r="BQ28" s="15" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="BR28" s="15" t="n">
+        <v>-4.4</v>
+      </c>
+      <c r="BS28" s="15" t="n">
+        <v>5.9</v>
+      </c>
+      <c r="BT28" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="BU28" s="15" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="BV28" s="15" t="n">
+        <v>-2.0</v>
+      </c>
+      <c r="BW28" s="15" t="n">
         <v>-5.1</v>
       </c>
-      <c r="BR28" s="15" t="n">
+      <c r="BX28" s="15" t="n">
         <v>8.0</v>
       </c>
-      <c r="BS28" s="15" t="n">
+      <c r="BY28" s="15" t="n">
         <v>14.1</v>
       </c>
-      <c r="BT28" s="15" t="n">
+      <c r="BZ28" s="15" t="n">
         <v>-16.4</v>
       </c>
-      <c r="BU28" s="15" t="n">
+      <c r="CA28" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="BV28" s="15" t="n">
+      <c r="CB28" s="15" t="n">
         <v>-5.6</v>
       </c>
-      <c r="BW28" s="15" t="n">
+      <c r="CC28" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="BX28" s="15" t="n">
+      <c r="CD28" s="15" t="n">
         <v>6.0</v>
       </c>
-      <c r="BY28" s="15" t="n">
+      <c r="CE28" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="BZ28" s="15" t="n">
+      <c r="CF28" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="CA28" s="15" t="n">
+      <c r="CG28" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="CB28" s="15" t="n">
+      <c r="CH28" s="15" t="n">
         <v>-5.2</v>
       </c>
-      <c r="CC28" s="15" t="n">
+      <c r="CI28" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="CD28" s="15" t="n">
+      <c r="CJ28" s="15" t="n">
         <v>6.1</v>
       </c>
-      <c r="CE28" s="15" t="n">
+      <c r="CK28" s="15" t="n">
         <v>12.2</v>
       </c>
-      <c r="CF28" s="15" t="n">
+      <c r="CL28" s="15" t="n">
         <v>-11.3</v>
       </c>
-      <c r="CG28" s="15" t="n">
+      <c r="CM28" s="15" t="n">
         <v>-7.4</v>
       </c>
-      <c r="CH28" s="15" t="n">
+      <c r="CN28" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="CI28" s="15" t="n">
+      <c r="CO28" s="15" t="n">
         <v>9.9</v>
       </c>
-      <c r="CJ28" s="15" t="n">
+      <c r="CP28" s="15" t="n">
         <v>-10.1</v>
       </c>
-      <c r="CK28" s="15" t="n">
+      <c r="CQ28" s="15" t="n">
         <v>16.6</v>
       </c>
-      <c r="CL28" s="15" t="n">
+      <c r="CR28" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="CM28" s="15" t="n">
+      <c r="CS28" s="15" t="n">
         <v>-3.9</v>
       </c>
-      <c r="CN28" s="15" t="n">
+      <c r="CT28" s="15" t="n">
         <v>-5.4</v>
       </c>
-      <c r="CO28" s="15" t="n">
+      <c r="CU28" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="CP28" s="15" t="n">
+      <c r="CV28" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="CQ28" s="15" t="n">
+      <c r="CW28" s="15" t="n">
         <v>17.5</v>
       </c>
-      <c r="CR28" s="15" t="n">
+      <c r="CX28" s="15" t="n">
         <v>-11.8</v>
       </c>
-      <c r="CS28" s="15" t="n">
+      <c r="CY28" s="15" t="n">
         <v>-7.8</v>
       </c>
-      <c r="CT28" s="15" t="n">
+      <c r="CZ28" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="CU28" s="15" t="n">
+      <c r="DA28" s="15" t="n">
         <v>8.5</v>
       </c>
-      <c r="CV28" s="15" t="n">
+      <c r="DB28" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="CW28" s="15" t="n">
+      <c r="DC28" s="15" t="n">
         <v>7.8</v>
       </c>
-      <c r="CX28" s="15" t="n">
+      <c r="DD28" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="CY28" s="15" t="n">
+      <c r="DE28" s="15" t="n">
         <v>-8.0</v>
       </c>
-      <c r="CZ28" s="15" t="n">
+      <c r="DF28" s="15" t="n">
         <v>-4.3</v>
       </c>
-      <c r="DA28" s="15" t="n">
+      <c r="DG28" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="DB28" s="15" t="n">
+      <c r="DH28" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="DC28" s="15" t="n">
+      <c r="DI28" s="15" t="n">
         <v>15.8</v>
       </c>
-      <c r="DD28" s="15" t="n">
+      <c r="DJ28" s="15" t="n">
         <v>-11.1</v>
       </c>
-      <c r="DE28" s="15" t="n">
+      <c r="DK28" s="15" t="n">
         <v>-1.7</v>
       </c>
-      <c r="DF28" s="15" t="n">
+      <c r="DL28" s="15" t="n">
         <v>6.8</v>
       </c>
-      <c r="DG28" s="15" t="n">
+      <c r="DM28" s="15" t="n">
         <v>5.8</v>
       </c>
-      <c r="DH28" s="15" t="n">
+      <c r="DN28" s="15" t="n">
         <v>-5.5</v>
       </c>
-      <c r="DI28" s="15" t="n">
+      <c r="DO28" s="15" t="n">
         <v>14.7</v>
       </c>
-      <c r="DJ28" s="15" t="n">
+      <c r="DP28" s="15" t="n">
         <v>5.8</v>
       </c>
-      <c r="DK28" s="13" t="inlineStr">
-[...16 lines deleted...]
-      <c r="DP28" s="15" t="n">
+      <c r="DQ28" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DR28" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="DS28" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="DQ28" s="15" t="n">
-[...7 lines deleted...]
-      </c>
       <c r="DT28" s="15" t="n">
-        <v>6.7</v>
+        <v>2.5</v>
       </c>
       <c r="DU28" s="15" t="n">
         <v>4.7</v>
       </c>
       <c r="DV28" s="15" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="DW28" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="DX28" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="DY28" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="DZ28" s="15" t="n">
+        <v>-4.2</v>
+      </c>
+      <c r="EA28" s="15" t="n">
+        <v>6.3</v>
+      </c>
+      <c r="EB28" s="15" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="EC28" s="15" t="n">
+        <v>6.7</v>
+      </c>
+      <c r="ED28" s="15" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="EE28" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="DW28" s="15" t="n">
+      <c r="EF28" s="15" t="n">
         <v>5.5</v>
       </c>
-      <c r="DX28" s="15" t="n">
+      <c r="EG28" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="DY28" s="15" t="n">
+      <c r="EH28" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="DZ28" s="15" t="n">
+      <c r="EI28" s="15" t="n">
         <v>8.3</v>
       </c>
-      <c r="EA28" s="15" t="n">
+      <c r="EJ28" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="EB28" s="15" t="n">
+      <c r="EK28" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="EC28" s="15" t="n">
+      <c r="EL28" s="15" t="n">
         <v>12.0</v>
       </c>
-      <c r="ED28" s="15" t="n">
+      <c r="EM28" s="15" t="n">
         <v>-5.1</v>
       </c>
-      <c r="EE28" s="15" t="n">
+      <c r="EN28" s="15" t="n">
         <v>7.0</v>
       </c>
-      <c r="EF28" s="15" t="n">
+      <c r="EO28" s="15" t="n">
         <v>7.3</v>
       </c>
-      <c r="EG28" s="15" t="n">
+      <c r="EP28" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="EH28" s="15" t="n">
+      <c r="EQ28" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="EI28" s="15" t="n">
+      <c r="ER28" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="EJ28" s="15" t="n">
+      <c r="ES28" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="EK28" s="15" t="n">
+      <c r="ET28" s="15" t="n">
         <v>5.9</v>
       </c>
-      <c r="EL28" s="15" t="n">
+      <c r="EU28" s="15" t="n">
         <v>5.3</v>
       </c>
-      <c r="EM28" s="15" t="n">
+      <c r="EV28" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="EN28" s="15" t="n">
+      <c r="EW28" s="15" t="n">
         <v>5.7</v>
       </c>
-      <c r="EO28" s="15" t="n">
+      <c r="EX28" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="EP28" s="15" t="n">
+      <c r="EY28" s="15" t="n">
         <v>15.8</v>
       </c>
-      <c r="EQ28" s="15" t="n">
+      <c r="EZ28" s="15" t="n">
         <v>7.1</v>
       </c>
-      <c r="ER28" s="15" t="n">
+      <c r="FA28" s="15" t="n">
         <v>6.9</v>
       </c>
-      <c r="ES28" s="15" t="n">
+      <c r="FB28" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="ET28" s="15" t="n">
+      <c r="FC28" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="EU28" s="15" t="n">
+      <c r="FD28" s="15" t="n">
         <v>6.5</v>
       </c>
-      <c r="EV28" s="15" t="n">
+      <c r="FE28" s="15" t="n">
         <v>8.6</v>
       </c>
-      <c r="EW28" s="15" t="n">
+      <c r="FF28" s="15" t="n">
         <v>7.0</v>
       </c>
-      <c r="EX28" s="15" t="n">
+      <c r="FG28" s="15" t="n">
         <v>7.8</v>
       </c>
-      <c r="EY28" s="15" t="n">
+      <c r="FH28" s="15" t="n">
         <v>15.0</v>
       </c>
-      <c r="EZ28" s="15" t="n">
+      <c r="FI28" s="15" t="n">
         <v>24.3</v>
       </c>
-      <c r="FA28" s="15" t="n">
+      <c r="FJ28" s="15" t="n">
         <v>21.2</v>
       </c>
-      <c r="FB28" s="15" t="n">
+      <c r="FK28" s="15" t="n">
         <v>15.0</v>
       </c>
-      <c r="FC28" s="15" t="n">
+      <c r="FL28" s="15" t="n">
         <v>22.3</v>
       </c>
-      <c r="FD28" s="15" t="n">
+      <c r="FM28" s="15" t="n">
         <v>24.7</v>
       </c>
-      <c r="FE28" s="13" t="inlineStr">
-[...43 lines deleted...]
-      </c>
       <c r="FN28" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FO28" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FP28" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="FQ28" s="15" t="n">
+      <c r="FQ28" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FR28" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FS28" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FT28" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FU28" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FV28" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FW28" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FX28" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FY28" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FZ28" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="GA28" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="FR28" s="15" t="n">
-[...2 lines deleted...]
-      <c r="FS28" s="15" t="n">
+      <c r="GB28" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="GC28" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="GD28" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="GE28" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="GF28" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="FT28" s="15" t="n">
-[...2 lines deleted...]
-      <c r="FU28" s="15" t="n">
+      <c r="GG28" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="FV28" s="15" t="n">
+      <c r="GH28" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="FW28" s="15" t="n">
+      <c r="GI28" s="15" t="n">
         <v>5.6</v>
       </c>
-      <c r="FX28" s="15" t="n">
+      <c r="GJ28" s="15" t="n">
         <v>5.2</v>
       </c>
-      <c r="FY28" s="15" t="n">
+      <c r="GK28" s="15" t="n">
         <v>6.7</v>
       </c>
-      <c r="FZ28" s="15" t="n">
+      <c r="GL28" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="GA28" s="15" t="n">
+      <c r="GM28" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="GB28" s="15" t="n">
+      <c r="GN28" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="GC28" s="15" t="n">
+      <c r="GO28" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="GD28" s="15" t="n">
+      <c r="GP28" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="GE28" s="15" t="n">
+      <c r="GQ28" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="GF28" s="15" t="n">
+      <c r="GR28" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="GG28" s="15" t="n">
+      <c r="GS28" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="GH28" s="15" t="n">
+      <c r="GT28" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="GI28" s="15" t="n">
+      <c r="GU28" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="GJ28" s="15" t="n">
+      <c r="GV28" s="15" t="n">
         <v>7.1</v>
       </c>
-      <c r="GK28" s="15" t="n">
+      <c r="GW28" s="15" t="n">
         <v>7.3</v>
       </c>
-      <c r="GL28" s="15" t="n">
+      <c r="GX28" s="15" t="n">
         <v>5.6</v>
       </c>
-      <c r="GM28" s="15" t="n">
+      <c r="GY28" s="15" t="n">
         <v>5.9</v>
       </c>
-      <c r="GN28" s="15" t="n">
+      <c r="GZ28" s="15" t="n">
         <v>6.2</v>
       </c>
-      <c r="GO28" s="15" t="n">
+      <c r="HA28" s="15" t="n">
         <v>6.3</v>
       </c>
-      <c r="GP28" s="15" t="n">
+      <c r="HB28" s="15" t="n">
         <v>7.0</v>
       </c>
-      <c r="GQ28" s="15" t="n">
+      <c r="HC28" s="15" t="n">
         <v>7.1</v>
       </c>
-      <c r="GR28" s="15" t="n">
+      <c r="HD28" s="15" t="n">
         <v>7.4</v>
       </c>
-      <c r="GS28" s="15" t="n">
+      <c r="HE28" s="15" t="n">
         <v>8.0</v>
       </c>
-      <c r="GT28" s="15" t="n">
+      <c r="HF28" s="15" t="n">
         <v>8.6</v>
       </c>
-      <c r="GU28" s="15" t="n">
+      <c r="HG28" s="15" t="n">
         <v>10.1</v>
       </c>
-      <c r="GV28" s="15" t="n">
+      <c r="HH28" s="15" t="n">
         <v>7.0</v>
       </c>
-      <c r="GW28" s="15" t="n">
+      <c r="HI28" s="15" t="n">
         <v>6.9</v>
       </c>
-      <c r="GX28" s="15" t="n">
+      <c r="HJ28" s="15" t="n">
         <v>12.6</v>
       </c>
-      <c r="GY28" s="15" t="n">
+      <c r="HK28" s="15" t="n">
         <v>13.6</v>
       </c>
-      <c r="GZ28" s="15" t="n">
+      <c r="HL28" s="15" t="n">
         <v>14.8</v>
       </c>
-      <c r="HA28" s="15" t="n">
+      <c r="HM28" s="15" t="n">
         <v>15.9</v>
       </c>
-      <c r="HB28" s="15" t="n">
+      <c r="HN28" s="15" t="n">
         <v>16.9</v>
       </c>
-      <c r="HC28" s="15" t="n">
+      <c r="HO28" s="15" t="n">
         <v>18.3</v>
       </c>
-      <c r="HD28" s="15" t="n">
+      <c r="HP28" s="15" t="n">
         <v>20.2</v>
       </c>
-      <c r="HE28" s="15" t="n">
+      <c r="HQ28" s="15" t="n">
         <v>21.4</v>
       </c>
-      <c r="HF28" s="15" t="n">
+      <c r="HR28" s="15" t="n">
         <v>20.6</v>
       </c>
-      <c r="HG28" s="15" t="n">
+      <c r="HS28" s="15" t="n">
         <v>20.3</v>
       </c>
-      <c r="HH28" s="15" t="n">
+      <c r="HT28" s="15" t="n">
         <v>23.5</v>
       </c>
-      <c r="HI28" s="15" t="n">
+      <c r="HU28" s="15" t="n">
         <v>24.7</v>
       </c>
-      <c r="HJ28" s="13" t="inlineStr">
-[...54 lines deleted...]
-      <c r="HU28" s="13" t="inlineStr">
+      <c r="HV28" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HW28" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HX28" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HY28" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HZ28" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IA28" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IB28" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IC28" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID28" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE28" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF28" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG28" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    50 Water transport</t>
         </is>
       </c>
       <c r="B29" s="14" t="n">
-        <v>123.805</v>
+        <v>113.768</v>
       </c>
       <c r="C29" s="14" t="n">
-        <v>156.192</v>
+        <v>108.58</v>
       </c>
       <c r="D29" s="14" t="n">
-        <v>166.17</v>
+        <v>119.165</v>
       </c>
       <c r="E29" s="14" t="n">
-        <v>132.633</v>
+        <v>124.042</v>
       </c>
       <c r="F29" s="14" t="n">
-        <v>123.072</v>
+        <v>156.214</v>
       </c>
       <c r="G29" s="14" t="n">
-        <v>114.191</v>
+        <v>166.272</v>
       </c>
       <c r="H29" s="14" t="n">
-        <v>109.059</v>
+        <v>132.844</v>
       </c>
       <c r="I29" s="14" t="n">
-        <v>93.943</v>
+        <v>123.332</v>
       </c>
       <c r="J29" s="14" t="n">
-        <v>101.37</v>
+        <v>114.477</v>
       </c>
       <c r="K29" s="14" t="n">
-        <v>99.049</v>
+        <v>109.361</v>
       </c>
       <c r="L29" s="14" t="n">
-        <v>104.759</v>
+        <v>94.175</v>
       </c>
       <c r="M29" s="14" t="n">
-        <v>113.849</v>
+        <v>101.534</v>
       </c>
       <c r="N29" s="14" t="n">
-        <v>118.035</v>
+        <v>99.068</v>
       </c>
       <c r="O29" s="14" t="n">
-        <v>156.785</v>
+        <v>104.697</v>
       </c>
       <c r="P29" s="14" t="n">
-        <v>159.512</v>
+        <v>113.764</v>
       </c>
       <c r="Q29" s="14" t="n">
-        <v>119.993</v>
+        <v>118.007</v>
       </c>
       <c r="R29" s="14" t="n">
-        <v>113.321</v>
+        <v>156.796</v>
       </c>
       <c r="S29" s="14" t="n">
-        <v>114.86</v>
+        <v>159.539</v>
       </c>
       <c r="T29" s="14" t="n">
-        <v>108.146</v>
+        <v>120.0</v>
       </c>
       <c r="U29" s="14" t="n">
+        <v>113.32</v>
+      </c>
+      <c r="V29" s="14" t="n">
+        <v>114.856</v>
+      </c>
+      <c r="W29" s="14" t="n">
+        <v>108.144</v>
+      </c>
+      <c r="X29" s="14" t="n">
         <v>96.534</v>
       </c>
-      <c r="V29" s="14" t="n">
-[...5 lines deleted...]
-      <c r="X29" s="14" t="n">
+      <c r="Y29" s="14" t="n">
+        <v>106.336</v>
+      </c>
+      <c r="Z29" s="14" t="n">
+        <v>116.246</v>
+      </c>
+      <c r="AA29" s="14" t="n">
         <v>107.854</v>
       </c>
-      <c r="Y29" s="14" t="n">
+      <c r="AB29" s="14" t="n">
         <v>113.109</v>
       </c>
-      <c r="Z29" s="14" t="n">
+      <c r="AC29" s="14" t="n">
         <v>125.199</v>
       </c>
-      <c r="AA29" s="14" t="n">
+      <c r="AD29" s="14" t="n">
         <v>154.959</v>
       </c>
-      <c r="AB29" s="14" t="n">
+      <c r="AE29" s="14" t="n">
         <v>167.786</v>
       </c>
-      <c r="AC29" s="14" t="n">
+      <c r="AF29" s="14" t="n">
         <v>130.127</v>
       </c>
-      <c r="AD29" s="14" t="n">
+      <c r="AG29" s="14" t="n">
         <v>118.764</v>
       </c>
-      <c r="AE29" s="14" t="n">
+      <c r="AH29" s="14" t="n">
         <v>117.129</v>
       </c>
-      <c r="AF29" s="14" t="n">
+      <c r="AI29" s="14" t="n">
         <v>120.098</v>
       </c>
-      <c r="AG29" s="14" t="n">
+      <c r="AJ29" s="14" t="n">
         <v>100.936</v>
       </c>
-      <c r="AH29" s="14" t="n">
+      <c r="AK29" s="14" t="n">
         <v>95.695</v>
       </c>
-      <c r="AI29" s="14" t="n">
+      <c r="AL29" s="14" t="n">
         <v>112.331</v>
       </c>
-      <c r="AJ29" s="14" t="n">
+      <c r="AM29" s="14" t="n">
         <v>105.309</v>
       </c>
-      <c r="AK29" s="14" t="n">
+      <c r="AN29" s="14" t="n">
         <v>113.022</v>
       </c>
-      <c r="AL29" s="14" t="n">
+      <c r="AO29" s="14" t="n">
         <v>118.812</v>
       </c>
-      <c r="AM29" s="14" t="n">
+      <c r="AP29" s="14" t="n">
         <v>137.913</v>
       </c>
-      <c r="AN29" s="14" t="n">
+      <c r="AQ29" s="14" t="n">
         <v>143.647</v>
       </c>
-      <c r="AO29" s="14" t="n">
+      <c r="AR29" s="14" t="n">
         <v>131.185</v>
       </c>
-      <c r="AP29" s="14" t="n">
+      <c r="AS29" s="14" t="n">
         <v>113.114</v>
       </c>
-      <c r="AQ29" s="14" t="n">
+      <c r="AT29" s="14" t="n">
         <v>100.052</v>
       </c>
-      <c r="AR29" s="14" t="n">
+      <c r="AU29" s="14" t="n">
         <v>88.749</v>
       </c>
-      <c r="AS29" s="14" t="n">
+      <c r="AV29" s="14" t="n">
         <v>81.683</v>
       </c>
-      <c r="AT29" s="14" t="n">
+      <c r="AW29" s="14" t="n">
         <v>84.21</v>
       </c>
-      <c r="AU29" s="14" t="n">
+      <c r="AX29" s="14" t="n">
         <v>99.857</v>
       </c>
-      <c r="AV29" s="14" t="n">
+      <c r="AY29" s="14" t="n">
         <v>107.158</v>
       </c>
-      <c r="AW29" s="14" t="n">
+      <c r="AZ29" s="14" t="n">
         <v>109.428</v>
       </c>
-      <c r="AX29" s="14" t="n">
+      <c r="BA29" s="14" t="n">
         <v>111.133</v>
       </c>
-      <c r="AY29" s="14" t="n">
+      <c r="BB29" s="14" t="n">
         <v>116.538</v>
       </c>
-      <c r="AZ29" s="14" t="n">
+      <c r="BC29" s="14" t="n">
         <v>135.845</v>
       </c>
-      <c r="BA29" s="14" t="n">
+      <c r="BD29" s="14" t="n">
         <v>110.302</v>
       </c>
-      <c r="BB29" s="14" t="n">
+      <c r="BE29" s="14" t="n">
         <v>100.313</v>
       </c>
-      <c r="BC29" s="14" t="n">
+      <c r="BF29" s="14" t="n">
         <v>86.937</v>
       </c>
-      <c r="BD29" s="14" t="n">
+      <c r="BG29" s="14" t="n">
         <v>85.793</v>
       </c>
-      <c r="BE29" s="14" t="n">
+      <c r="BH29" s="14" t="n">
         <v>70.106</v>
       </c>
-      <c r="BF29" s="14" t="n">
+      <c r="BI29" s="14" t="n">
         <v>66.59</v>
       </c>
-      <c r="BG29" s="15" t="n">
-[...2 lines deleted...]
-      <c r="BH29" s="15" t="n">
+      <c r="BJ29" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="BK29" s="15" t="n">
+        <v>-8.9</v>
+      </c>
+      <c r="BL29" s="15" t="n">
+        <v>-3.9</v>
+      </c>
+      <c r="BM29" s="15" t="n">
+        <v>-20.6</v>
+      </c>
+      <c r="BN29" s="15" t="n">
         <v>-6.0</v>
       </c>
-      <c r="BI29" s="15" t="n">
-[...2 lines deleted...]
-      <c r="BJ29" s="15" t="n">
+      <c r="BO29" s="15" t="n">
+        <v>25.2</v>
+      </c>
+      <c r="BP29" s="15" t="n">
+        <v>7.7</v>
+      </c>
+      <c r="BQ29" s="15" t="n">
+        <v>7.7</v>
+      </c>
+      <c r="BR29" s="15" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="BS29" s="15" t="n">
+        <v>16.1</v>
+      </c>
+      <c r="BT29" s="15" t="n">
+        <v>-7.2</v>
+      </c>
+      <c r="BU29" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="BV29" s="15" t="n">
+        <v>-5.4</v>
+      </c>
+      <c r="BW29" s="15" t="n">
+        <v>-8.0</v>
+      </c>
+      <c r="BX29" s="15" t="n">
+        <v>-3.6</v>
+      </c>
+      <c r="BY29" s="15" t="n">
+        <v>-24.7</v>
+      </c>
+      <c r="BZ29" s="15" t="n">
+        <v>-1.7</v>
+      </c>
+      <c r="CA29" s="15" t="n">
+        <v>32.9</v>
+      </c>
+      <c r="CB29" s="15" t="n">
+        <v>5.9</v>
+      </c>
+      <c r="CC29" s="15" t="n">
+        <v>-1.3</v>
+      </c>
+      <c r="CD29" s="15" t="n">
+        <v>6.2</v>
+      </c>
+      <c r="CE29" s="15" t="n">
+        <v>12.0</v>
+      </c>
+      <c r="CF29" s="15" t="n">
+        <v>-9.2</v>
+      </c>
+      <c r="CG29" s="15" t="n">
+        <v>-8.5</v>
+      </c>
+      <c r="CH29" s="15" t="n">
         <v>7.8</v>
       </c>
-      <c r="BK29" s="15" t="n">
-[...2 lines deleted...]
-      <c r="BL29" s="15" t="n">
+      <c r="CI29" s="15" t="n">
+        <v>-4.6</v>
+      </c>
+      <c r="CJ29" s="15" t="n">
+        <v>-9.7</v>
+      </c>
+      <c r="CK29" s="15" t="n">
+        <v>-19.2</v>
+      </c>
+      <c r="CL29" s="15" t="n">
+        <v>-7.6</v>
+      </c>
+      <c r="CM29" s="15" t="n">
+        <v>28.9</v>
+      </c>
+      <c r="CN29" s="15" t="n">
+        <v>9.6</v>
+      </c>
+      <c r="CO29" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="CP29" s="15" t="n">
+        <v>-2.5</v>
+      </c>
+      <c r="CQ29" s="15" t="n">
+        <v>19.0</v>
+      </c>
+      <c r="CR29" s="15" t="n">
+        <v>5.5</v>
+      </c>
+      <c r="CS29" s="15" t="n">
+        <v>-14.8</v>
+      </c>
+      <c r="CT29" s="15" t="n">
+        <v>6.7</v>
+      </c>
+      <c r="CU29" s="15" t="n">
+        <v>-6.8</v>
+      </c>
+      <c r="CV29" s="15" t="n">
+        <v>-4.9</v>
+      </c>
+      <c r="CW29" s="15" t="n">
+        <v>-13.9</v>
+      </c>
+      <c r="CX29" s="15" t="n">
+        <v>-4.0</v>
+      </c>
+      <c r="CY29" s="15" t="n">
+        <v>9.5</v>
+      </c>
+      <c r="CZ29" s="15" t="n">
+        <v>16.0</v>
+      </c>
+      <c r="DA29" s="15" t="n">
+        <v>13.1</v>
+      </c>
+      <c r="DB29" s="15" t="n">
+        <v>12.7</v>
+      </c>
+      <c r="DC29" s="15" t="n">
+        <v>8.7</v>
+      </c>
+      <c r="DD29" s="15" t="n">
+        <v>-3.0</v>
+      </c>
+      <c r="DE29" s="15" t="n">
+        <v>-15.7</v>
+      </c>
+      <c r="DF29" s="15" t="n">
+        <v>-6.8</v>
+      </c>
+      <c r="DG29" s="15" t="n">
+        <v>-2.1</v>
+      </c>
+      <c r="DH29" s="15" t="n">
+        <v>-1.5</v>
+      </c>
+      <c r="DI29" s="15" t="n">
+        <v>-4.6</v>
+      </c>
+      <c r="DJ29" s="15" t="n">
+        <v>-14.2</v>
+      </c>
+      <c r="DK29" s="15" t="n">
+        <v>23.2</v>
+      </c>
+      <c r="DL29" s="15" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="DM29" s="15" t="n">
+        <v>15.4</v>
+      </c>
+      <c r="DN29" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="DO29" s="15" t="n">
+        <v>22.4</v>
+      </c>
+      <c r="DP29" s="15" t="n">
+        <v>5.3</v>
+      </c>
+      <c r="DQ29" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DR29" s="15" t="n">
+        <v>14.8</v>
+      </c>
+      <c r="DS29" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="DT29" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="BM29" s="15" t="n">
-[...5 lines deleted...]
-      <c r="BO29" s="15" t="n">
+      <c r="DU29" s="15" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="DV29" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="DW29" s="15" t="n">
+        <v>4.2</v>
+      </c>
+      <c r="DX29" s="15" t="n">
+        <v>10.7</v>
+      </c>
+      <c r="DY29" s="15" t="n">
+        <v>8.8</v>
+      </c>
+      <c r="DZ29" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="EA29" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="EB29" s="15" t="n">
+        <v>-2.4</v>
+      </c>
+      <c r="EC29" s="15" t="n">
+        <v>-4.5</v>
+      </c>
+      <c r="ED29" s="15" t="n">
+        <v>-14.8</v>
+      </c>
+      <c r="EE29" s="15" t="n">
+        <v>-2.9</v>
+      </c>
+      <c r="EF29" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="EG29" s="15" t="n">
+        <v>-5.7</v>
+      </c>
+      <c r="EH29" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="EI29" s="15" t="n">
+        <v>-4.9</v>
+      </c>
+      <c r="EJ29" s="15" t="n">
+        <v>-7.8</v>
+      </c>
+      <c r="EK29" s="15" t="n">
+        <v>-4.6</v>
+      </c>
+      <c r="EL29" s="15" t="n">
+        <v>-1.9</v>
+      </c>
+      <c r="EM29" s="15" t="n">
+        <v>-10.0</v>
+      </c>
+      <c r="EN29" s="15" t="n">
+        <v>-4.4</v>
+      </c>
+      <c r="EO29" s="15" t="n">
+        <v>11.1</v>
+      </c>
+      <c r="EP29" s="15" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="EQ29" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="ER29" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="ES29" s="15" t="n">
+        <v>5.4</v>
+      </c>
+      <c r="ET29" s="15" t="n">
+        <v>12.4</v>
+      </c>
+      <c r="EU29" s="15" t="n">
+        <v>16.8</v>
+      </c>
+      <c r="EV29" s="15" t="n">
+        <v>-0.8</v>
+      </c>
+      <c r="EW29" s="15" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="EX29" s="15" t="n">
+        <v>17.1</v>
+      </c>
+      <c r="EY29" s="15" t="n">
+        <v>35.3</v>
+      </c>
+      <c r="EZ29" s="15" t="n">
+        <v>23.6</v>
+      </c>
+      <c r="FA29" s="15" t="n">
+        <v>13.6</v>
+      </c>
+      <c r="FB29" s="15" t="n">
+        <v>12.5</v>
+      </c>
+      <c r="FC29" s="15" t="n">
+        <v>-1.7</v>
+      </c>
+      <c r="FD29" s="15" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="FE29" s="15" t="n">
+        <v>6.9</v>
+      </c>
+      <c r="FF29" s="15" t="n">
+        <v>18.3</v>
+      </c>
+      <c r="FG29" s="15" t="n">
+        <v>5.7</v>
+      </c>
+      <c r="FH29" s="15" t="n">
+        <v>18.9</v>
+      </c>
+      <c r="FI29" s="15" t="n">
+        <v>12.8</v>
+      </c>
+      <c r="FJ29" s="15" t="n">
+        <v>15.1</v>
+      </c>
+      <c r="FK29" s="15" t="n">
+        <v>3.4</v>
+      </c>
+      <c r="FL29" s="15" t="n">
+        <v>16.5</v>
+      </c>
+      <c r="FM29" s="15" t="n">
+        <v>26.5</v>
+      </c>
+      <c r="FN29" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FO29" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FP29" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FQ29" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FR29" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FS29" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FT29" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FU29" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FV29" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FW29" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FX29" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FY29" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FZ29" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="GA29" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="GB29" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="GC29" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="GD29" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="BP29" s="15" t="n">
-[...5 lines deleted...]
-      <c r="BR29" s="15" t="n">
+      <c r="GE29" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="GF29" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="GG29" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="GH29" s="15" t="n">
+        <v>-1.5</v>
+      </c>
+      <c r="GI29" s="15" t="n">
+        <v>-1.9</v>
+      </c>
+      <c r="GJ29" s="15" t="n">
         <v>-3.5</v>
       </c>
-      <c r="BS29" s="15" t="n">
-[...92 lines deleted...]
-      <c r="CX29" s="15" t="n">
+      <c r="GK29" s="15" t="n">
+        <v>-4.5</v>
+      </c>
+      <c r="GL29" s="15" t="n">
+        <v>-3.9</v>
+      </c>
+      <c r="GM29" s="15" t="n">
+        <v>-2.9</v>
+      </c>
+      <c r="GN29" s="15" t="n">
+        <v>-2.9</v>
+      </c>
+      <c r="GO29" s="15" t="n">
+        <v>-3.3</v>
+      </c>
+      <c r="GP29" s="15" t="n">
         <v>-3.0</v>
       </c>
-      <c r="CY29" s="15" t="n">
-[...100 lines deleted...]
-      <c r="EF29" s="15" t="n">
+      <c r="GQ29" s="15" t="n">
+        <v>-3.7</v>
+      </c>
+      <c r="GR29" s="15" t="n">
+        <v>-3.5</v>
+      </c>
+      <c r="GS29" s="15" t="n">
+        <v>-2.4</v>
+      </c>
+      <c r="GT29" s="15" t="n">
+        <v>-1.8</v>
+      </c>
+      <c r="GU29" s="15" t="n">
+        <v>-1.8</v>
+      </c>
+      <c r="GV29" s="15" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="GW29" s="15" t="n">
         <v>11.1</v>
       </c>
-      <c r="EG29" s="15" t="n">
-[...194 lines deleted...]
-      <c r="GL29" s="15" t="n">
+      <c r="GX29" s="15" t="n">
         <v>10.4</v>
       </c>
-      <c r="GM29" s="15" t="n">
+      <c r="GY29" s="15" t="n">
         <v>11.0</v>
       </c>
-      <c r="GN29" s="15" t="n">
+      <c r="GZ29" s="15" t="n">
         <v>11.8</v>
-      </c>
-[...34 lines deleted...]
-        <v>12.0</v>
       </c>
       <c r="HA29" s="15" t="n">
         <v>13.1</v>
       </c>
       <c r="HB29" s="15" t="n">
+        <v>14.2</v>
+      </c>
+      <c r="HC29" s="15" t="n">
+        <v>14.5</v>
+      </c>
+      <c r="HD29" s="15" t="n">
         <v>14.0</v>
       </c>
-      <c r="HC29" s="15" t="n">
+      <c r="HE29" s="15" t="n">
+        <v>18.1</v>
+      </c>
+      <c r="HF29" s="15" t="n">
+        <v>22.3</v>
+      </c>
+      <c r="HG29" s="15" t="n">
+        <v>24.4</v>
+      </c>
+      <c r="HH29" s="15" t="n">
+        <v>18.5</v>
+      </c>
+      <c r="HI29" s="15" t="n">
+        <v>13.6</v>
+      </c>
+      <c r="HJ29" s="15" t="n">
+        <v>10.8</v>
+      </c>
+      <c r="HK29" s="15" t="n">
+        <v>10.7</v>
+      </c>
+      <c r="HL29" s="15" t="n">
+        <v>12.0</v>
+      </c>
+      <c r="HM29" s="15" t="n">
+        <v>13.1</v>
+      </c>
+      <c r="HN29" s="15" t="n">
+        <v>14.0</v>
+      </c>
+      <c r="HO29" s="15" t="n">
         <v>13.2</v>
       </c>
-      <c r="HD29" s="15" t="n">
+      <c r="HP29" s="15" t="n">
         <v>15.2</v>
       </c>
-      <c r="HE29" s="15" t="n">
+      <c r="HQ29" s="15" t="n">
         <v>14.2</v>
       </c>
-      <c r="HF29" s="15" t="n">
+      <c r="HR29" s="15" t="n">
         <v>14.6</v>
       </c>
-      <c r="HG29" s="15" t="n">
+      <c r="HS29" s="15" t="n">
         <v>14.5</v>
       </c>
-      <c r="HH29" s="15" t="n">
+      <c r="HT29" s="15" t="n">
         <v>21.4</v>
       </c>
-      <c r="HI29" s="15" t="n">
+      <c r="HU29" s="15" t="n">
         <v>26.5</v>
       </c>
-      <c r="HJ29" s="13" t="inlineStr">
-[...54 lines deleted...]
-      <c r="HU29" s="13" t="inlineStr">
+      <c r="HV29" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HW29" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HX29" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HY29" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HZ29" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IA29" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IB29" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IC29" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID29" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE29" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF29" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG29" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    51 Air transport</t>
         </is>
       </c>
       <c r="B30" s="14" t="n">
-        <v>253.703</v>
+        <v>225.345</v>
       </c>
       <c r="C30" s="14" t="n">
-        <v>239.737</v>
+        <v>220.119</v>
       </c>
       <c r="D30" s="14" t="n">
-        <v>260.438</v>
+        <v>241.926</v>
       </c>
       <c r="E30" s="14" t="n">
-        <v>249.711</v>
+        <v>253.095</v>
       </c>
       <c r="F30" s="14" t="n">
-        <v>247.702</v>
+        <v>237.549</v>
       </c>
       <c r="G30" s="14" t="n">
-        <v>221.355</v>
+        <v>258.542</v>
       </c>
       <c r="H30" s="14" t="n">
-        <v>220.393</v>
+        <v>249.164</v>
       </c>
       <c r="I30" s="14" t="n">
-        <v>206.587</v>
+        <v>248.235</v>
       </c>
       <c r="J30" s="14" t="n">
-        <v>236.945</v>
+        <v>221.354</v>
       </c>
       <c r="K30" s="14" t="n">
-        <v>237.614</v>
+        <v>220.455</v>
       </c>
       <c r="L30" s="14" t="n">
-        <v>197.732</v>
+        <v>206.499</v>
       </c>
       <c r="M30" s="14" t="n">
-        <v>248.791</v>
+        <v>236.957</v>
       </c>
       <c r="N30" s="14" t="n">
-        <v>250.155</v>
+        <v>237.652</v>
       </c>
       <c r="O30" s="14" t="n">
-        <v>263.14</v>
+        <v>197.919</v>
       </c>
       <c r="P30" s="14" t="n">
-        <v>274.706</v>
+        <v>249.273</v>
       </c>
       <c r="Q30" s="14" t="n">
-        <v>239.904</v>
+        <v>250.498</v>
       </c>
       <c r="R30" s="14" t="n">
-        <v>247.128</v>
+        <v>262.891</v>
       </c>
       <c r="S30" s="14" t="n">
-        <v>231.535</v>
+        <v>274.622</v>
       </c>
       <c r="T30" s="14" t="n">
-        <v>222.371</v>
+        <v>239.795</v>
       </c>
       <c r="U30" s="14" t="n">
-        <v>201.12</v>
+        <v>247.172</v>
       </c>
       <c r="V30" s="14" t="n">
-        <v>215.952</v>
+        <v>231.61</v>
       </c>
       <c r="W30" s="14" t="n">
-        <v>233.202</v>
+        <v>222.276</v>
       </c>
       <c r="X30" s="14" t="n">
+        <v>201.069</v>
+      </c>
+      <c r="Y30" s="14" t="n">
+        <v>216.114</v>
+      </c>
+      <c r="Z30" s="14" t="n">
+        <v>233.143</v>
+      </c>
+      <c r="AA30" s="14" t="n">
         <v>197.245</v>
       </c>
-      <c r="Y30" s="14" t="n">
-[...7 lines deleted...]
-      </c>
       <c r="AB30" s="14" t="n">
-        <v>257.018</v>
+        <v>234.111</v>
       </c>
       <c r="AC30" s="14" t="n">
-        <v>230.956</v>
+        <v>236.12</v>
       </c>
       <c r="AD30" s="14" t="n">
-        <v>216.28</v>
+        <v>256.637</v>
       </c>
       <c r="AE30" s="14" t="n">
-        <v>208.666</v>
+        <v>257.129</v>
       </c>
       <c r="AF30" s="14" t="n">
-        <v>198.072</v>
+        <v>230.952</v>
       </c>
       <c r="AG30" s="14" t="n">
-        <v>171.07</v>
+        <v>216.305</v>
       </c>
       <c r="AH30" s="14" t="n">
-        <v>184.96</v>
+        <v>208.648</v>
       </c>
       <c r="AI30" s="14" t="n">
-        <v>207.586</v>
+        <v>197.987</v>
       </c>
       <c r="AJ30" s="14" t="n">
-        <v>180.042</v>
+        <v>171.081</v>
       </c>
       <c r="AK30" s="14" t="n">
-        <v>217.177</v>
+        <v>185.036</v>
       </c>
       <c r="AL30" s="14" t="n">
-        <v>215.196</v>
+        <v>207.587</v>
       </c>
       <c r="AM30" s="14" t="n">
-        <v>225.5</v>
+        <v>179.938</v>
       </c>
       <c r="AN30" s="14" t="n">
-        <v>229.493</v>
+        <v>217.308</v>
       </c>
       <c r="AO30" s="14" t="n">
-        <v>205.182</v>
+        <v>215.3</v>
       </c>
       <c r="AP30" s="14" t="n">
-        <v>181.248</v>
+        <v>225.417</v>
       </c>
       <c r="AQ30" s="14" t="n">
-        <v>167.31</v>
+        <v>229.477</v>
       </c>
       <c r="AR30" s="14" t="n">
-        <v>145.428</v>
+        <v>205.227</v>
       </c>
       <c r="AS30" s="14" t="n">
-        <v>115.64</v>
+        <v>181.31</v>
       </c>
       <c r="AT30" s="14" t="n">
-        <v>117.682</v>
+        <v>167.217</v>
       </c>
       <c r="AU30" s="14" t="n">
-        <v>152.652</v>
+        <v>145.435</v>
       </c>
       <c r="AV30" s="14" t="n">
-        <v>130.628</v>
+        <v>115.627</v>
       </c>
       <c r="AW30" s="14" t="n">
-        <v>136.694</v>
+        <v>117.69</v>
       </c>
       <c r="AX30" s="14" t="n">
-        <v>124.785</v>
+        <v>152.595</v>
       </c>
       <c r="AY30" s="14" t="n">
-        <v>145.353</v>
+        <v>130.651</v>
       </c>
       <c r="AZ30" s="14" t="n">
-        <v>126.29</v>
+        <v>136.723</v>
       </c>
       <c r="BA30" s="14" t="n">
-        <v>95.076</v>
+        <v>124.815</v>
       </c>
       <c r="BB30" s="14" t="n">
-        <v>71.743</v>
+        <v>145.314</v>
       </c>
       <c r="BC30" s="14" t="n">
-        <v>59.122</v>
+        <v>126.296</v>
       </c>
       <c r="BD30" s="14" t="n">
-        <v>58.956</v>
+        <v>95.086</v>
       </c>
       <c r="BE30" s="14" t="n">
-        <v>48.862</v>
+        <v>71.752</v>
       </c>
       <c r="BF30" s="14" t="n">
-        <v>49.839</v>
-[...8 lines deleted...]
-        <v>4.3</v>
+        <v>59.109</v>
+      </c>
+      <c r="BG30" s="14" t="n">
+        <v>58.96</v>
+      </c>
+      <c r="BH30" s="14" t="n">
+        <v>48.873</v>
+      </c>
+      <c r="BI30" s="14" t="n">
+        <v>49.826</v>
       </c>
       <c r="BJ30" s="15" t="n">
-        <v>0.8</v>
+        <v>2.4</v>
       </c>
       <c r="BK30" s="15" t="n">
-        <v>11.9</v>
+        <v>-9.0</v>
       </c>
       <c r="BL30" s="15" t="n">
+        <v>-4.4</v>
+      </c>
+      <c r="BM30" s="15" t="n">
+        <v>6.5</v>
+      </c>
+      <c r="BN30" s="15" t="n">
+        <v>-8.1</v>
+      </c>
+      <c r="BO30" s="15" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="BP30" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="BM30" s="15" t="n">
+      <c r="BQ30" s="15" t="n">
+        <v>12.1</v>
+      </c>
+      <c r="BR30" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="BS30" s="15" t="n">
+        <v>6.8</v>
+      </c>
+      <c r="BT30" s="15" t="n">
+        <v>-12.9</v>
+      </c>
+      <c r="BU30" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="BV30" s="15" t="n">
+        <v>20.1</v>
+      </c>
+      <c r="BW30" s="15" t="n">
+        <v>-20.6</v>
+      </c>
+      <c r="BX30" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="BY30" s="15" t="n">
+        <v>-4.7</v>
+      </c>
+      <c r="BZ30" s="15" t="n">
+        <v>-4.3</v>
+      </c>
+      <c r="CA30" s="15" t="n">
+        <v>14.5</v>
+      </c>
+      <c r="CB30" s="15" t="n">
+        <v>-3.0</v>
+      </c>
+      <c r="CC30" s="15" t="n">
         <v>6.7</v>
       </c>
-      <c r="BN30" s="15" t="n">
-[...23 lines deleted...]
-      <c r="BV30" s="15" t="n">
+      <c r="CD30" s="15" t="n">
+        <v>4.2</v>
+      </c>
+      <c r="CE30" s="15" t="n">
+        <v>10.5</v>
+      </c>
+      <c r="CF30" s="15" t="n">
+        <v>-7.0</v>
+      </c>
+      <c r="CG30" s="15" t="n">
+        <v>-7.3</v>
+      </c>
+      <c r="CH30" s="15" t="n">
+        <v>18.2</v>
+      </c>
+      <c r="CI30" s="15" t="n">
+        <v>-15.7</v>
+      </c>
+      <c r="CJ30" s="15" t="n">
+        <v>-0.9</v>
+      </c>
+      <c r="CK30" s="15" t="n">
+        <v>-8.0</v>
+      </c>
+      <c r="CL30" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="CM30" s="15" t="n">
+        <v>11.3</v>
+      </c>
+      <c r="CN30" s="15" t="n">
+        <v>6.8</v>
+      </c>
+      <c r="CO30" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="CP30" s="15" t="n">
+        <v>5.4</v>
+      </c>
+      <c r="CQ30" s="15" t="n">
+        <v>15.7</v>
+      </c>
+      <c r="CR30" s="15" t="n">
+        <v>-7.5</v>
+      </c>
+      <c r="CS30" s="15" t="n">
+        <v>-10.9</v>
+      </c>
+      <c r="CT30" s="15" t="n">
+        <v>15.4</v>
+      </c>
+      <c r="CU30" s="15" t="n">
+        <v>-17.2</v>
+      </c>
+      <c r="CV30" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="CW30" s="15" t="n">
+        <v>-4.5</v>
+      </c>
+      <c r="CX30" s="15" t="n">
+        <v>-1.8</v>
+      </c>
+      <c r="CY30" s="15" t="n">
+        <v>11.8</v>
+      </c>
+      <c r="CZ30" s="15" t="n">
+        <v>13.2</v>
+      </c>
+      <c r="DA30" s="15" t="n">
+        <v>8.4</v>
+      </c>
+      <c r="DB30" s="15" t="n">
+        <v>15.0</v>
+      </c>
+      <c r="DC30" s="15" t="n">
+        <v>25.8</v>
+      </c>
+      <c r="DD30" s="15" t="n">
+        <v>-1.8</v>
+      </c>
+      <c r="DE30" s="15" t="n">
+        <v>-22.9</v>
+      </c>
+      <c r="DF30" s="15" t="n">
+        <v>16.8</v>
+      </c>
+      <c r="DG30" s="15" t="n">
+        <v>-4.4</v>
+      </c>
+      <c r="DH30" s="15" t="n">
+        <v>9.5</v>
+      </c>
+      <c r="DI30" s="15" t="n">
+        <v>-14.1</v>
+      </c>
+      <c r="DJ30" s="15" t="n">
+        <v>15.1</v>
+      </c>
+      <c r="DK30" s="15" t="n">
+        <v>32.8</v>
+      </c>
+      <c r="DL30" s="15" t="n">
+        <v>32.5</v>
+      </c>
+      <c r="DM30" s="15" t="n">
+        <v>21.4</v>
+      </c>
+      <c r="DN30" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="DO30" s="15" t="n">
+        <v>20.6</v>
+      </c>
+      <c r="DP30" s="15" t="n">
+        <v>-1.9</v>
+      </c>
+      <c r="DQ30" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DR30" s="15" t="n">
+        <v>-5.2</v>
+      </c>
+      <c r="DS30" s="15" t="n">
+        <v>11.2</v>
+      </c>
+      <c r="DT30" s="15" t="n">
         <v>-2.9</v>
       </c>
-      <c r="BW30" s="15" t="n">
-[...20 lines deleted...]
-      <c r="CD30" s="15" t="n">
+      <c r="DU30" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="DV30" s="15" t="n">
+        <v>-9.6</v>
+      </c>
+      <c r="DW30" s="15" t="n">
+        <v>-5.9</v>
+      </c>
+      <c r="DX30" s="15" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="DY30" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="DZ30" s="15" t="n">
+        <v>-4.4</v>
+      </c>
+      <c r="EA30" s="15" t="n">
+        <v>-0.8</v>
+      </c>
+      <c r="EB30" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="EC30" s="15" t="n">
+        <v>9.6</v>
+      </c>
+      <c r="ED30" s="15" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="EE30" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="EF30" s="15" t="n">
+        <v>6.5</v>
+      </c>
+      <c r="EG30" s="15" t="n">
+        <v>6.1</v>
+      </c>
+      <c r="EH30" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="EI30" s="15" t="n">
+        <v>6.8</v>
+      </c>
+      <c r="EJ30" s="15" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="EK30" s="15" t="n">
+        <v>14.3</v>
+      </c>
+      <c r="EL30" s="15" t="n">
+        <v>11.0</v>
+      </c>
+      <c r="EM30" s="15" t="n">
+        <v>12.3</v>
+      </c>
+      <c r="EN30" s="15" t="n">
+        <v>17.5</v>
+      </c>
+      <c r="EO30" s="15" t="n">
+        <v>16.8</v>
+      </c>
+      <c r="EP30" s="15" t="n">
+        <v>12.3</v>
+      </c>
+      <c r="EQ30" s="15" t="n">
+        <v>9.6</v>
+      </c>
+      <c r="ER30" s="15" t="n">
+        <v>7.7</v>
+      </c>
+      <c r="ES30" s="15" t="n">
+        <v>9.7</v>
+      </c>
+      <c r="ET30" s="15" t="n">
+        <v>13.8</v>
+      </c>
+      <c r="EU30" s="15" t="n">
+        <v>12.1</v>
+      </c>
+      <c r="EV30" s="15" t="n">
+        <v>12.5</v>
+      </c>
+      <c r="EW30" s="15" t="n">
+        <v>19.3</v>
+      </c>
+      <c r="EX30" s="15" t="n">
+        <v>24.8</v>
+      </c>
+      <c r="EY30" s="15" t="n">
+        <v>36.1</v>
+      </c>
+      <c r="EZ30" s="15" t="n">
+        <v>48.0</v>
+      </c>
+      <c r="FA30" s="15" t="n">
+        <v>57.2</v>
+      </c>
+      <c r="FB30" s="15" t="n">
+        <v>36.0</v>
+      </c>
+      <c r="FC30" s="15" t="n">
+        <v>37.7</v>
+      </c>
+      <c r="FD30" s="15" t="n">
+        <v>58.9</v>
+      </c>
+      <c r="FE30" s="15" t="n">
+        <v>72.5</v>
+      </c>
+      <c r="FF30" s="15" t="n">
+        <v>55.1</v>
+      </c>
+      <c r="FG30" s="15" t="n">
+        <v>81.7</v>
+      </c>
+      <c r="FH30" s="15" t="n">
+        <v>115.8</v>
+      </c>
+      <c r="FI30" s="15" t="n">
+        <v>152.7</v>
+      </c>
+      <c r="FJ30" s="15" t="n">
+        <v>182.9</v>
+      </c>
+      <c r="FK30" s="15" t="n">
+        <v>146.7</v>
+      </c>
+      <c r="FL30" s="15" t="n">
+        <v>136.6</v>
+      </c>
+      <c r="FM30" s="15" t="n">
+        <v>136.2</v>
+      </c>
+      <c r="FN30" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FO30" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FP30" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FQ30" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FR30" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FS30" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FT30" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FU30" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FV30" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FW30" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FX30" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FY30" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FZ30" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="GA30" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GB30" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="CE30" s="15" t="n">
-[...5 lines deleted...]
-      <c r="CG30" s="15" t="n">
+      <c r="GC30" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="GD30" s="15" t="n">
+        <v>-0.9</v>
+      </c>
+      <c r="GE30" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="GF30" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="GG30" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="GH30" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="GI30" s="15" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="GJ30" s="15" t="n">
+        <v>6.3</v>
+      </c>
+      <c r="GK30" s="15" t="n">
+        <v>9.6</v>
+      </c>
+      <c r="GL30" s="15" t="n">
+        <v>7.9</v>
+      </c>
+      <c r="GM30" s="15" t="n">
+        <v>8.4</v>
+      </c>
+      <c r="GN30" s="15" t="n">
+        <v>9.2</v>
+      </c>
+      <c r="GO30" s="15" t="n">
+        <v>9.5</v>
+      </c>
+      <c r="GP30" s="15" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="GQ30" s="15" t="n">
         <v>11.3</v>
       </c>
-      <c r="CH30" s="15" t="n">
-[...151 lines deleted...]
-      <c r="EF30" s="15" t="n">
+      <c r="GR30" s="15" t="n">
+        <v>12.2</v>
+      </c>
+      <c r="GS30" s="15" t="n">
+        <v>14.2</v>
+      </c>
+      <c r="GT30" s="15" t="n">
+        <v>14.2</v>
+      </c>
+      <c r="GU30" s="15" t="n">
+        <v>15.4</v>
+      </c>
+      <c r="GV30" s="15" t="n">
+        <v>17.1</v>
+      </c>
+      <c r="GW30" s="15" t="n">
         <v>16.8</v>
       </c>
-      <c r="EG30" s="15" t="n">
-[...32 lines deleted...]
-      <c r="ER30" s="15" t="n">
+      <c r="GX30" s="15" t="n">
+        <v>18.9</v>
+      </c>
+      <c r="GY30" s="15" t="n">
+        <v>19.6</v>
+      </c>
+      <c r="GZ30" s="15" t="n">
+        <v>20.5</v>
+      </c>
+      <c r="HA30" s="15" t="n">
+        <v>22.3</v>
+      </c>
+      <c r="HB30" s="15" t="n">
+        <v>24.2</v>
+      </c>
+      <c r="HC30" s="15" t="n">
+        <v>26.3</v>
+      </c>
+      <c r="HD30" s="15" t="n">
+        <v>29.8</v>
+      </c>
+      <c r="HE30" s="15" t="n">
+        <v>34.6</v>
+      </c>
+      <c r="HF30" s="15" t="n">
+        <v>39.7</v>
+      </c>
+      <c r="HG30" s="15" t="n">
+        <v>46.3</v>
+      </c>
+      <c r="HH30" s="15" t="n">
+        <v>52.6</v>
+      </c>
+      <c r="HI30" s="15" t="n">
         <v>57.2</v>
       </c>
-      <c r="ES30" s="15" t="n">
-[...194 lines deleted...]
-      <c r="GX30" s="15" t="n">
+      <c r="HJ30" s="15" t="n">
         <v>84.0</v>
       </c>
-      <c r="GY30" s="15" t="n">
+      <c r="HK30" s="15" t="n">
         <v>90.9</v>
       </c>
-      <c r="GZ30" s="15" t="n">
+      <c r="HL30" s="15" t="n">
         <v>98.5</v>
       </c>
-      <c r="HA30" s="15" t="n">
+      <c r="HM30" s="15" t="n">
         <v>105.5</v>
       </c>
-      <c r="HB30" s="15" t="n">
-[...2 lines deleted...]
-      <c r="HC30" s="15" t="n">
+      <c r="HN30" s="15" t="n">
+        <v>111.7</v>
+      </c>
+      <c r="HO30" s="15" t="n">
         <v>127.9</v>
       </c>
-      <c r="HD30" s="15" t="n">
+      <c r="HP30" s="15" t="n">
         <v>143.1</v>
       </c>
-      <c r="HE30" s="15" t="n">
+      <c r="HQ30" s="15" t="n">
         <v>152.1</v>
       </c>
-      <c r="HF30" s="15" t="n">
+      <c r="HR30" s="15" t="n">
         <v>151.9</v>
       </c>
-      <c r="HG30" s="15" t="n">
+      <c r="HS30" s="15" t="n">
         <v>140.2</v>
       </c>
-      <c r="HH30" s="15" t="n">
+      <c r="HT30" s="15" t="n">
         <v>136.4</v>
       </c>
-      <c r="HI30" s="15" t="n">
-[...57 lines deleted...]
-      <c r="HU30" s="13" t="inlineStr">
+      <c r="HU30" s="15" t="n">
+        <v>136.2</v>
+      </c>
+      <c r="HV30" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HW30" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HX30" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HY30" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HZ30" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IA30" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IB30" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IC30" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID30" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE30" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF30" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG30" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    52 Warehousing and support activities for transportation</t>
         </is>
       </c>
       <c r="B31" s="14" t="n">
-        <v>107.441</v>
+        <v>110.939</v>
       </c>
       <c r="C31" s="14" t="n">
-        <v>99.081</v>
+        <v>107.207</v>
       </c>
       <c r="D31" s="14" t="n">
-        <v>115.368</v>
+        <v>118.13</v>
       </c>
       <c r="E31" s="14" t="n">
-        <v>107.326</v>
+        <v>109.751</v>
       </c>
       <c r="F31" s="14" t="n">
-        <v>111.42</v>
+        <v>101.291</v>
       </c>
       <c r="G31" s="14" t="n">
-        <v>107.621</v>
+        <v>117.088</v>
       </c>
       <c r="H31" s="14" t="n">
-        <v>105.059</v>
+        <v>107.173</v>
       </c>
       <c r="I31" s="14" t="n">
-        <v>101.322</v>
+        <v>110.318</v>
       </c>
       <c r="J31" s="14" t="n">
-        <v>100.978</v>
+        <v>106.497</v>
       </c>
       <c r="K31" s="14" t="n">
-        <v>108.487</v>
+        <v>104.736</v>
       </c>
       <c r="L31" s="14" t="n">
-        <v>107.113</v>
+        <v>101.449</v>
       </c>
       <c r="M31" s="14" t="n">
-        <v>117.562</v>
+        <v>101.236</v>
       </c>
       <c r="N31" s="14" t="n">
-        <v>110.611</v>
+        <v>108.573</v>
       </c>
       <c r="O31" s="14" t="n">
-        <v>101.047</v>
+        <v>107.084</v>
       </c>
       <c r="P31" s="14" t="n">
-        <v>113.043</v>
+        <v>117.492</v>
       </c>
       <c r="Q31" s="14" t="n">
-        <v>104.389</v>
+        <v>110.591</v>
       </c>
       <c r="R31" s="14" t="n">
-        <v>108.741</v>
+        <v>101.052</v>
       </c>
       <c r="S31" s="14" t="n">
-        <v>106.457</v>
+        <v>113.058</v>
       </c>
       <c r="T31" s="14" t="n">
-        <v>99.309</v>
+        <v>104.393</v>
       </c>
       <c r="U31" s="14" t="n">
+        <v>108.74</v>
+      </c>
+      <c r="V31" s="14" t="n">
+        <v>106.454</v>
+      </c>
+      <c r="W31" s="14" t="n">
+        <v>99.308</v>
+      </c>
+      <c r="X31" s="14" t="n">
         <v>97.408</v>
       </c>
-      <c r="V31" s="14" t="n">
-[...2 lines deleted...]
-      <c r="W31" s="14" t="n">
+      <c r="Y31" s="14" t="n">
+        <v>93.341</v>
+      </c>
+      <c r="Z31" s="14" t="n">
         <v>102.491</v>
       </c>
-      <c r="X31" s="14" t="n">
+      <c r="AA31" s="14" t="n">
         <v>103.643</v>
       </c>
-      <c r="Y31" s="14" t="n">
+      <c r="AB31" s="14" t="n">
         <v>109.827</v>
       </c>
-      <c r="Z31" s="14" t="n">
+      <c r="AC31" s="14" t="n">
         <v>103.309</v>
       </c>
-      <c r="AA31" s="14" t="n">
+      <c r="AD31" s="14" t="n">
         <v>99.171</v>
       </c>
-      <c r="AB31" s="14" t="n">
+      <c r="AE31" s="14" t="n">
         <v>107.398</v>
       </c>
-      <c r="AC31" s="14" t="n">
+      <c r="AF31" s="14" t="n">
         <v>108.296</v>
       </c>
-      <c r="AD31" s="14" t="n">
+      <c r="AG31" s="14" t="n">
         <v>111.013</v>
       </c>
-      <c r="AE31" s="14" t="n">
+      <c r="AH31" s="14" t="n">
         <v>100.547</v>
       </c>
-      <c r="AF31" s="14" t="n">
+      <c r="AI31" s="14" t="n">
         <v>109.888</v>
       </c>
-      <c r="AG31" s="14" t="n">
+      <c r="AJ31" s="14" t="n">
         <v>96.967</v>
       </c>
-      <c r="AH31" s="14" t="n">
+      <c r="AK31" s="14" t="n">
         <v>101.522</v>
       </c>
-      <c r="AI31" s="14" t="n">
+      <c r="AL31" s="14" t="n">
         <v>116.628</v>
       </c>
-      <c r="AJ31" s="14" t="n">
+      <c r="AM31" s="14" t="n">
         <v>116.19</v>
       </c>
-      <c r="AK31" s="14" t="n">
+      <c r="AN31" s="14" t="n">
         <v>121.996</v>
       </c>
-      <c r="AL31" s="14" t="n">
+      <c r="AO31" s="14" t="n">
         <v>123.858</v>
       </c>
-      <c r="AM31" s="14" t="n">
+      <c r="AP31" s="14" t="n">
         <v>115.216</v>
       </c>
-      <c r="AN31" s="14" t="n">
+      <c r="AQ31" s="14" t="n">
         <v>127.497</v>
       </c>
-      <c r="AO31" s="14" t="n">
+      <c r="AR31" s="14" t="n">
         <v>130.344</v>
       </c>
-      <c r="AP31" s="14" t="n">
+      <c r="AS31" s="14" t="n">
         <v>127.2</v>
       </c>
-      <c r="AQ31" s="14" t="n">
+      <c r="AT31" s="14" t="n">
         <v>115.047</v>
       </c>
-      <c r="AR31" s="14" t="n">
+      <c r="AU31" s="14" t="n">
         <v>110.556</v>
       </c>
-      <c r="AS31" s="14" t="n">
+      <c r="AV31" s="14" t="n">
         <v>102.913</v>
       </c>
-      <c r="AT31" s="14" t="n">
+      <c r="AW31" s="14" t="n">
         <v>102.03</v>
       </c>
-      <c r="AU31" s="14" t="n">
+      <c r="AX31" s="14" t="n">
         <v>115.524</v>
       </c>
-      <c r="AV31" s="14" t="n">
+      <c r="AY31" s="14" t="n">
         <v>114.789</v>
       </c>
-      <c r="AW31" s="14" t="n">
+      <c r="AZ31" s="14" t="n">
         <v>114.045</v>
       </c>
-      <c r="AX31" s="14" t="n">
+      <c r="BA31" s="14" t="n">
         <v>110.257</v>
       </c>
-      <c r="AY31" s="14" t="n">
+      <c r="BB31" s="14" t="n">
         <v>100.398</v>
       </c>
-      <c r="AZ31" s="14" t="n">
+      <c r="BC31" s="14" t="n">
         <v>105.974</v>
       </c>
-      <c r="BA31" s="14" t="n">
+      <c r="BD31" s="14" t="n">
         <v>99.413</v>
       </c>
-      <c r="BB31" s="14" t="n">
+      <c r="BE31" s="14" t="n">
         <v>95.741</v>
       </c>
-      <c r="BC31" s="14" t="n">
+      <c r="BF31" s="14" t="n">
         <v>90.765</v>
       </c>
-      <c r="BD31" s="14" t="n">
+      <c r="BG31" s="14" t="n">
         <v>94.021</v>
       </c>
-      <c r="BE31" s="14" t="n">
+      <c r="BH31" s="14" t="n">
         <v>81.931</v>
       </c>
-      <c r="BF31" s="14" t="n">
+      <c r="BI31" s="14" t="n">
         <v>77.143</v>
       </c>
-      <c r="BG31" s="15" t="n">
+      <c r="BJ31" s="15" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="BK31" s="15" t="n">
+        <v>-9.2</v>
+      </c>
+      <c r="BL31" s="15" t="n">
+        <v>7.6</v>
+      </c>
+      <c r="BM31" s="15" t="n">
         <v>8.4</v>
       </c>
-      <c r="BH31" s="15" t="n">
-[...2 lines deleted...]
-      <c r="BI31" s="15" t="n">
+      <c r="BN31" s="15" t="n">
+        <v>-13.5</v>
+      </c>
+      <c r="BO31" s="15" t="n">
+        <v>9.3</v>
+      </c>
+      <c r="BP31" s="15" t="n">
+        <v>-2.9</v>
+      </c>
+      <c r="BQ31" s="15" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="BR31" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="BS31" s="15" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="BT31" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="BU31" s="15" t="n">
+        <v>-6.8</v>
+      </c>
+      <c r="BV31" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="BW31" s="15" t="n">
+        <v>-8.9</v>
+      </c>
+      <c r="BX31" s="15" t="n">
+        <v>6.2</v>
+      </c>
+      <c r="BY31" s="15" t="n">
+        <v>9.4</v>
+      </c>
+      <c r="BZ31" s="15" t="n">
+        <v>-10.6</v>
+      </c>
+      <c r="CA31" s="15" t="n">
+        <v>8.3</v>
+      </c>
+      <c r="CB31" s="15" t="n">
+        <v>-4.0</v>
+      </c>
+      <c r="CC31" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="CD31" s="15" t="n">
+        <v>7.2</v>
+      </c>
+      <c r="CE31" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="CF31" s="15" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="CG31" s="15" t="n">
+        <v>-8.9</v>
+      </c>
+      <c r="CH31" s="15" t="n">
+        <v>-1.1</v>
+      </c>
+      <c r="CI31" s="15" t="n">
+        <v>-5.6</v>
+      </c>
+      <c r="CJ31" s="15" t="n">
+        <v>6.3</v>
+      </c>
+      <c r="CK31" s="15" t="n">
+        <v>4.2</v>
+      </c>
+      <c r="CL31" s="15" t="n">
+        <v>-7.7</v>
+      </c>
+      <c r="CM31" s="15" t="n">
+        <v>-0.8</v>
+      </c>
+      <c r="CN31" s="15" t="n">
+        <v>-2.4</v>
+      </c>
+      <c r="CO31" s="15" t="n">
+        <v>10.4</v>
+      </c>
+      <c r="CP31" s="15" t="n">
+        <v>-8.5</v>
+      </c>
+      <c r="CQ31" s="15" t="n">
+        <v>13.3</v>
+      </c>
+      <c r="CR31" s="15" t="n">
+        <v>-4.5</v>
+      </c>
+      <c r="CS31" s="15" t="n">
+        <v>-13.0</v>
+      </c>
+      <c r="CT31" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="CU31" s="15" t="n">
+        <v>-4.8</v>
+      </c>
+      <c r="CV31" s="15" t="n">
+        <v>-1.5</v>
+      </c>
+      <c r="CW31" s="15" t="n">
         <v>7.5</v>
       </c>
-      <c r="BJ31" s="15" t="n">
-[...23 lines deleted...]
-      <c r="BR31" s="15" t="n">
+      <c r="CX31" s="15" t="n">
+        <v>-9.6</v>
+      </c>
+      <c r="CY31" s="15" t="n">
+        <v>-2.2</v>
+      </c>
+      <c r="CZ31" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="DA31" s="15" t="n">
+        <v>10.6</v>
+      </c>
+      <c r="DB31" s="15" t="n">
+        <v>4.1</v>
+      </c>
+      <c r="DC31" s="15" t="n">
+        <v>7.4</v>
+      </c>
+      <c r="DD31" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="DE31" s="15" t="n">
+        <v>-11.7</v>
+      </c>
+      <c r="DF31" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="DG31" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="DH31" s="15" t="n">
+        <v>3.4</v>
+      </c>
+      <c r="DI31" s="15" t="n">
+        <v>9.8</v>
+      </c>
+      <c r="DJ31" s="15" t="n">
+        <v>-5.3</v>
+      </c>
+      <c r="DK31" s="15" t="n">
+        <v>6.6</v>
+      </c>
+      <c r="DL31" s="15" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="DM31" s="15" t="n">
+        <v>5.5</v>
+      </c>
+      <c r="DN31" s="15" t="n">
+        <v>-3.5</v>
+      </c>
+      <c r="DO31" s="15" t="n">
+        <v>14.8</v>
+      </c>
+      <c r="DP31" s="15" t="n">
+        <v>6.2</v>
+      </c>
+      <c r="DQ31" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DR31" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="DS31" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="DT31" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="DU31" s="15" t="n">
+        <v>-0.8</v>
+      </c>
+      <c r="DV31" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="DW31" s="15" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="DX31" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="DY31" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="DZ31" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EA31" s="15" t="n">
+        <v>5.5</v>
+      </c>
+      <c r="EB31" s="15" t="n">
+        <v>4.1</v>
+      </c>
+      <c r="EC31" s="15" t="n">
+        <v>8.5</v>
+      </c>
+      <c r="ED31" s="15" t="n">
+        <v>5.9</v>
+      </c>
+      <c r="EE31" s="15" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="EF31" s="15" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="EG31" s="15" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="EH31" s="15" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="EI31" s="15" t="n">
+        <v>5.3</v>
+      </c>
+      <c r="EJ31" s="15" t="n">
+        <v>-3.6</v>
+      </c>
+      <c r="EK31" s="15" t="n">
+        <v>-2.0</v>
+      </c>
+      <c r="EL31" s="15" t="n">
+        <v>5.9</v>
+      </c>
+      <c r="EM31" s="15" t="n">
+        <v>-9.6</v>
+      </c>
+      <c r="EN31" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="EO31" s="15" t="n">
+        <v>-8.1</v>
+      </c>
+      <c r="EP31" s="15" t="n">
+        <v>-12.1</v>
+      </c>
+      <c r="EQ31" s="15" t="n">
+        <v>-10.8</v>
+      </c>
+      <c r="ER31" s="15" t="n">
+        <v>-10.0</v>
+      </c>
+      <c r="ES31" s="15" t="n">
+        <v>-16.6</v>
+      </c>
+      <c r="ET31" s="15" t="n">
+        <v>-13.9</v>
+      </c>
+      <c r="EU31" s="15" t="n">
+        <v>-15.8</v>
+      </c>
+      <c r="EV31" s="15" t="n">
+        <v>-16.9</v>
+      </c>
+      <c r="EW31" s="15" t="n">
+        <v>-12.7</v>
+      </c>
+      <c r="EX31" s="15" t="n">
+        <v>-12.6</v>
+      </c>
+      <c r="EY31" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="EZ31" s="15" t="n">
+        <v>-5.8</v>
+      </c>
+      <c r="FA31" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="FB31" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="FC31" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="FD31" s="15" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="FE31" s="15" t="n">
+        <v>12.3</v>
+      </c>
+      <c r="FF31" s="15" t="n">
+        <v>14.8</v>
+      </c>
+      <c r="FG31" s="15" t="n">
+        <v>20.3</v>
+      </c>
+      <c r="FH31" s="15" t="n">
+        <v>31.1</v>
+      </c>
+      <c r="FI31" s="15" t="n">
+        <v>32.9</v>
+      </c>
+      <c r="FJ31" s="15" t="n">
+        <v>26.8</v>
+      </c>
+      <c r="FK31" s="15" t="n">
+        <v>17.6</v>
+      </c>
+      <c r="FL31" s="15" t="n">
+        <v>25.6</v>
+      </c>
+      <c r="FM31" s="15" t="n">
+        <v>32.3</v>
+      </c>
+      <c r="FN31" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FO31" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FP31" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FQ31" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FR31" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FS31" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FT31" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FU31" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FV31" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FW31" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FX31" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FY31" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FZ31" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="GA31" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="GB31" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="GC31" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="GD31" s="15" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="GE31" s="15" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="GF31" s="15" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="GG31" s="15" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="GH31" s="15" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="GI31" s="15" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="GJ31" s="15" t="n">
         <v>6.3</v>
       </c>
-      <c r="BS31" s="15" t="n">
-[...62 lines deleted...]
-      <c r="CN31" s="15" t="n">
+      <c r="GK31" s="15" t="n">
+        <v>8.5</v>
+      </c>
+      <c r="GL31" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="GM31" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="GN31" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="CO31" s="15" t="n">
-[...130 lines deleted...]
-      <c r="EF31" s="15" t="n">
+      <c r="GO31" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="GP31" s="15" t="n">
+        <v>-1.3</v>
+      </c>
+      <c r="GQ31" s="15" t="n">
+        <v>-1.8</v>
+      </c>
+      <c r="GR31" s="15" t="n">
+        <v>-3.0</v>
+      </c>
+      <c r="GS31" s="15" t="n">
+        <v>-2.8</v>
+      </c>
+      <c r="GT31" s="15" t="n">
+        <v>-3.0</v>
+      </c>
+      <c r="GU31" s="15" t="n">
+        <v>-5.9</v>
+      </c>
+      <c r="GV31" s="15" t="n">
+        <v>-3.9</v>
+      </c>
+      <c r="GW31" s="15" t="n">
         <v>-8.1</v>
       </c>
-      <c r="EG31" s="15" t="n">
-[...32 lines deleted...]
-      <c r="ER31" s="15" t="n">
+      <c r="GX31" s="15" t="n">
+        <v>-11.0</v>
+      </c>
+      <c r="GY31" s="15" t="n">
+        <v>-10.9</v>
+      </c>
+      <c r="GZ31" s="15" t="n">
+        <v>-10.9</v>
+      </c>
+      <c r="HA31" s="15" t="n">
+        <v>-11.1</v>
+      </c>
+      <c r="HB31" s="15" t="n">
+        <v>-10.3</v>
+      </c>
+      <c r="HC31" s="15" t="n">
+        <v>-9.8</v>
+      </c>
+      <c r="HD31" s="15" t="n">
+        <v>-8.7</v>
+      </c>
+      <c r="HE31" s="15" t="n">
+        <v>-6.8</v>
+      </c>
+      <c r="HF31" s="15" t="n">
+        <v>-5.0</v>
+      </c>
+      <c r="HG31" s="15" t="n">
+        <v>-2.3</v>
+      </c>
+      <c r="HH31" s="15" t="n">
+        <v>-3.1</v>
+      </c>
+      <c r="HI31" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="ES31" s="15" t="n">
-[...32 lines deleted...]
-      <c r="FD31" s="15" t="n">
+      <c r="HJ31" s="15" t="n">
+        <v>17.5</v>
+      </c>
+      <c r="HK31" s="15" t="n">
+        <v>19.2</v>
+      </c>
+      <c r="HL31" s="15" t="n">
+        <v>21.3</v>
+      </c>
+      <c r="HM31" s="15" t="n">
+        <v>23.3</v>
+      </c>
+      <c r="HN31" s="15" t="n">
+        <v>24.9</v>
+      </c>
+      <c r="HO31" s="15" t="n">
+        <v>26.4</v>
+      </c>
+      <c r="HP31" s="15" t="n">
+        <v>27.7</v>
+      </c>
+      <c r="HQ31" s="15" t="n">
+        <v>26.9</v>
+      </c>
+      <c r="HR31" s="15" t="n">
+        <v>25.2</v>
+      </c>
+      <c r="HS31" s="15" t="n">
+        <v>24.7</v>
+      </c>
+      <c r="HT31" s="15" t="n">
+        <v>28.8</v>
+      </c>
+      <c r="HU31" s="15" t="n">
         <v>32.3</v>
       </c>
-      <c r="FE31" s="13" t="inlineStr">
-[...249 lines deleted...]
-      <c r="HU31" s="13" t="inlineStr">
+      <c r="HV31" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HW31" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HX31" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HY31" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HZ31" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IA31" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IB31" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IC31" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID31" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE31" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF31" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG31" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    53 Postal and courier activities</t>
         </is>
       </c>
       <c r="B32" s="14" t="n">
-        <v>113.08</v>
+        <v>135.878</v>
       </c>
       <c r="C32" s="14" t="n">
+        <v>104.667</v>
+      </c>
+      <c r="D32" s="14" t="n">
+        <v>108.989</v>
+      </c>
+      <c r="E32" s="14" t="n">
+        <v>105.269</v>
+      </c>
+      <c r="F32" s="14" t="n">
         <v>84.362</v>
       </c>
-      <c r="D32" s="14" t="n">
-[...7 lines deleted...]
-      </c>
       <c r="G32" s="14" t="n">
-        <v>98.532</v>
+        <v>107.324</v>
       </c>
       <c r="H32" s="14" t="n">
-        <v>109.223</v>
+        <v>106.486</v>
       </c>
       <c r="I32" s="14" t="n">
-        <v>95.847</v>
+        <v>96.938</v>
       </c>
       <c r="J32" s="14" t="n">
-        <v>103.661</v>
+        <v>98.557</v>
       </c>
       <c r="K32" s="14" t="n">
-        <v>132.31</v>
+        <v>109.236</v>
       </c>
       <c r="L32" s="14" t="n">
-        <v>105.431</v>
+        <v>95.852</v>
       </c>
       <c r="M32" s="14" t="n">
-        <v>106.226</v>
+        <v>103.664</v>
       </c>
       <c r="N32" s="14" t="n">
-        <v>99.504</v>
+        <v>132.319</v>
       </c>
       <c r="O32" s="14" t="n">
-        <v>85.042</v>
+        <v>105.439</v>
       </c>
       <c r="P32" s="14" t="n">
-        <v>105.301</v>
+        <v>106.233</v>
       </c>
       <c r="Q32" s="14" t="n">
+        <v>99.506</v>
+      </c>
+      <c r="R32" s="14" t="n">
+        <v>85.041</v>
+      </c>
+      <c r="S32" s="14" t="n">
+        <v>105.3</v>
+      </c>
+      <c r="T32" s="14" t="n">
         <v>97.607</v>
       </c>
-      <c r="R32" s="14" t="n">
+      <c r="U32" s="14" t="n">
         <v>100.897</v>
       </c>
-      <c r="S32" s="14" t="n">
-[...2 lines deleted...]
-      <c r="T32" s="14" t="n">
+      <c r="V32" s="14" t="n">
+        <v>99.511</v>
+      </c>
+      <c r="W32" s="14" t="n">
         <v>96.879</v>
       </c>
-      <c r="U32" s="14" t="n">
+      <c r="X32" s="14" t="n">
         <v>97.974</v>
       </c>
-      <c r="V32" s="14" t="n">
+      <c r="Y32" s="14" t="n">
         <v>110.762</v>
       </c>
-      <c r="W32" s="14" t="n">
+      <c r="Z32" s="14" t="n">
         <v>116.62</v>
       </c>
-      <c r="X32" s="14" t="n">
-[...2 lines deleted...]
-      <c r="Y32" s="14" t="n">
+      <c r="AA32" s="14" t="n">
+        <v>114.148</v>
+      </c>
+      <c r="AB32" s="14" t="n">
         <v>98.634</v>
       </c>
-      <c r="Z32" s="14" t="n">
+      <c r="AC32" s="14" t="n">
         <v>93.233</v>
       </c>
-      <c r="AA32" s="14" t="n">
+      <c r="AD32" s="14" t="n">
         <v>81.482</v>
       </c>
-      <c r="AB32" s="14" t="n">
+      <c r="AE32" s="14" t="n">
         <v>101.165</v>
       </c>
-      <c r="AC32" s="14" t="n">
+      <c r="AF32" s="14" t="n">
         <v>99.708</v>
       </c>
-      <c r="AD32" s="14" t="n">
+      <c r="AG32" s="14" t="n">
         <v>95.604</v>
       </c>
-      <c r="AE32" s="14" t="n">
+      <c r="AH32" s="14" t="n">
         <v>89.151</v>
       </c>
-      <c r="AF32" s="14" t="n">
+      <c r="AI32" s="14" t="n">
         <v>102.961</v>
       </c>
-      <c r="AG32" s="14" t="n">
+      <c r="AJ32" s="14" t="n">
         <v>89.233</v>
       </c>
-      <c r="AH32" s="14" t="n">
+      <c r="AK32" s="14" t="n">
         <v>98.928</v>
       </c>
-      <c r="AI32" s="14" t="n">
+      <c r="AL32" s="14" t="n">
         <v>110.761</v>
       </c>
-      <c r="AJ32" s="14" t="n">
+      <c r="AM32" s="14" t="n">
         <v>104.813</v>
       </c>
-      <c r="AK32" s="14" t="n">
+      <c r="AN32" s="14" t="n">
         <v>93.025</v>
       </c>
-      <c r="AL32" s="14" t="n">
+      <c r="AO32" s="14" t="n">
         <v>93.297</v>
       </c>
-      <c r="AM32" s="14" t="n">
+      <c r="AP32" s="14" t="n">
         <v>86.152</v>
       </c>
-      <c r="AN32" s="14" t="n">
+      <c r="AQ32" s="14" t="n">
         <v>97.21</v>
       </c>
-      <c r="AO32" s="14" t="n">
+      <c r="AR32" s="14" t="n">
         <v>97.894</v>
       </c>
-      <c r="AP32" s="14" t="n">
+      <c r="AS32" s="14" t="n">
         <v>96.117</v>
       </c>
-      <c r="AQ32" s="14" t="n">
+      <c r="AT32" s="14" t="n">
         <v>87.913</v>
       </c>
-      <c r="AR32" s="14" t="n">
+      <c r="AU32" s="14" t="n">
         <v>96.932</v>
       </c>
-      <c r="AS32" s="14" t="n">
+      <c r="AV32" s="14" t="n">
         <v>87.879</v>
       </c>
-      <c r="AT32" s="14" t="n">
+      <c r="AW32" s="14" t="n">
         <v>96.585</v>
       </c>
-      <c r="AU32" s="14" t="n">
+      <c r="AX32" s="14" t="n">
         <v>114.641</v>
       </c>
-      <c r="AV32" s="14" t="n">
+      <c r="AY32" s="14" t="n">
         <v>109.977</v>
       </c>
-      <c r="AW32" s="14" t="n">
+      <c r="AZ32" s="14" t="n">
         <v>95.67</v>
       </c>
-      <c r="AX32" s="14" t="n">
+      <c r="BA32" s="14" t="n">
         <v>97.794</v>
       </c>
-      <c r="AY32" s="14" t="n">
+      <c r="BB32" s="14" t="n">
         <v>83.251</v>
       </c>
-      <c r="AZ32" s="14" t="n">
+      <c r="BC32" s="14" t="n">
         <v>96.685</v>
       </c>
-      <c r="BA32" s="14" t="n">
+      <c r="BD32" s="14" t="n">
         <v>98.78</v>
       </c>
-      <c r="BB32" s="14" t="n">
+      <c r="BE32" s="14" t="n">
         <v>98.259</v>
       </c>
-      <c r="BC32" s="14" t="n">
+      <c r="BF32" s="14" t="n">
         <v>97.268</v>
       </c>
-      <c r="BD32" s="14" t="n">
+      <c r="BG32" s="14" t="n">
         <v>109.188</v>
       </c>
-      <c r="BE32" s="14" t="n">
+      <c r="BH32" s="14" t="n">
         <v>98.939</v>
       </c>
-      <c r="BF32" s="14" t="n">
+      <c r="BI32" s="14" t="n">
         <v>99.548</v>
       </c>
-      <c r="BG32" s="15" t="n">
-[...2 lines deleted...]
-      <c r="BH32" s="15" t="n">
+      <c r="BJ32" s="15" t="n">
+        <v>29.8</v>
+      </c>
+      <c r="BK32" s="15" t="n">
+        <v>-4.0</v>
+      </c>
+      <c r="BL32" s="15" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="BM32" s="15" t="n">
+        <v>24.8</v>
+      </c>
+      <c r="BN32" s="15" t="n">
         <v>-21.4</v>
       </c>
-      <c r="BI32" s="15" t="n">
+      <c r="BO32" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="BJ32" s="15" t="n">
-[...2 lines deleted...]
-      <c r="BK32" s="15" t="n">
+      <c r="BP32" s="15" t="n">
+        <v>9.8</v>
+      </c>
+      <c r="BQ32" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="BL32" s="15" t="n">
+      <c r="BR32" s="15" t="n">
         <v>-9.8</v>
       </c>
-      <c r="BM32" s="15" t="n">
+      <c r="BS32" s="15" t="n">
         <v>14.0</v>
       </c>
-      <c r="BN32" s="15" t="n">
+      <c r="BT32" s="15" t="n">
         <v>-7.5</v>
       </c>
-      <c r="BO32" s="15" t="n">
+      <c r="BU32" s="15" t="n">
         <v>-21.7</v>
       </c>
-      <c r="BP32" s="15" t="n">
+      <c r="BV32" s="15" t="n">
         <v>25.5</v>
       </c>
-      <c r="BQ32" s="15" t="n">
+      <c r="BW32" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="BR32" s="15" t="n">
+      <c r="BX32" s="15" t="n">
         <v>6.8</v>
       </c>
-      <c r="BS32" s="15" t="n">
+      <c r="BY32" s="15" t="n">
         <v>17.0</v>
       </c>
-      <c r="BT32" s="15" t="n">
+      <c r="BZ32" s="15" t="n">
         <v>-19.2</v>
       </c>
-      <c r="BU32" s="15" t="n">
+      <c r="CA32" s="15" t="n">
         <v>7.9</v>
       </c>
-      <c r="BV32" s="15" t="n">
+      <c r="CB32" s="15" t="n">
         <v>-3.3</v>
       </c>
-      <c r="BW32" s="15" t="n">
+      <c r="CC32" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="BX32" s="15" t="n">
+      <c r="CD32" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="BY32" s="15" t="n">
+      <c r="CE32" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="BZ32" s="15" t="n">
+      <c r="CF32" s="15" t="n">
         <v>-11.5</v>
       </c>
-      <c r="CA32" s="15" t="n">
+      <c r="CG32" s="15" t="n">
         <v>-5.0</v>
       </c>
-      <c r="CB32" s="15" t="n">
+      <c r="CH32" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="CC32" s="15" t="n">
+      <c r="CI32" s="15" t="n">
         <v>15.7</v>
       </c>
-      <c r="CD32" s="15" t="n">
+      <c r="CJ32" s="15" t="n">
         <v>5.8</v>
       </c>
-      <c r="CE32" s="15" t="n">
+      <c r="CK32" s="15" t="n">
         <v>14.4</v>
       </c>
-      <c r="CF32" s="15" t="n">
+      <c r="CL32" s="15" t="n">
         <v>-19.5</v>
       </c>
-      <c r="CG32" s="15" t="n">
+      <c r="CM32" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="CH32" s="15" t="n">
+      <c r="CN32" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="CI32" s="15" t="n">
+      <c r="CO32" s="15" t="n">
         <v>7.2</v>
       </c>
-      <c r="CJ32" s="15" t="n">
+      <c r="CP32" s="15" t="n">
         <v>-13.4</v>
       </c>
-      <c r="CK32" s="15" t="n">
+      <c r="CQ32" s="15" t="n">
         <v>15.4</v>
       </c>
-      <c r="CL32" s="15" t="n">
+      <c r="CR32" s="15" t="n">
         <v>-9.8</v>
       </c>
-      <c r="CM32" s="15" t="n">
+      <c r="CS32" s="15" t="n">
         <v>-10.7</v>
       </c>
-      <c r="CN32" s="15" t="n">
+      <c r="CT32" s="15" t="n">
         <v>5.7</v>
       </c>
-      <c r="CO32" s="15" t="n">
+      <c r="CU32" s="15" t="n">
         <v>12.7</v>
       </c>
-      <c r="CP32" s="15" t="n">
+      <c r="CV32" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="CQ32" s="15" t="n">
+      <c r="CW32" s="15" t="n">
         <v>8.3</v>
       </c>
-      <c r="CR32" s="15" t="n">
+      <c r="CX32" s="15" t="n">
         <v>-11.4</v>
       </c>
-      <c r="CS32" s="15" t="n">
+      <c r="CY32" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="CT32" s="15" t="n">
+      <c r="CZ32" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="CU32" s="15" t="n">
+      <c r="DA32" s="15" t="n">
         <v>9.3</v>
       </c>
-      <c r="CV32" s="15" t="n">
+      <c r="DB32" s="15" t="n">
         <v>-9.3</v>
       </c>
-      <c r="CW32" s="15" t="n">
+      <c r="DC32" s="15" t="n">
         <v>10.3</v>
       </c>
-      <c r="CX32" s="15" t="n">
+      <c r="DD32" s="15" t="n">
         <v>-9.0</v>
       </c>
-      <c r="CY32" s="15" t="n">
+      <c r="DE32" s="15" t="n">
         <v>-15.7</v>
       </c>
-      <c r="CZ32" s="15" t="n">
+      <c r="DF32" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="DA32" s="15" t="n">
+      <c r="DG32" s="15" t="n">
         <v>15.0</v>
       </c>
-      <c r="DB32" s="15" t="n">
+      <c r="DH32" s="15" t="n">
         <v>-2.2</v>
       </c>
-      <c r="DC32" s="15" t="n">
+      <c r="DI32" s="15" t="n">
         <v>17.5</v>
       </c>
-      <c r="DD32" s="15" t="n">
+      <c r="DJ32" s="15" t="n">
         <v>-13.9</v>
       </c>
-      <c r="DE32" s="15" t="n">
+      <c r="DK32" s="15" t="n">
         <v>-2.1</v>
       </c>
-      <c r="DF32" s="15" t="n">
+      <c r="DL32" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="DG32" s="15" t="n">
+      <c r="DM32" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="DH32" s="15" t="n">
+      <c r="DN32" s="15" t="n">
         <v>-10.9</v>
       </c>
-      <c r="DI32" s="15" t="n">
+      <c r="DO32" s="15" t="n">
         <v>10.4</v>
       </c>
-      <c r="DJ32" s="15" t="n">
+      <c r="DP32" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="DK32" s="13" t="inlineStr">
-[...7 lines deleted...]
-      <c r="DM32" s="15" t="n">
+      <c r="DQ32" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DR32" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="DS32" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="DT32" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="DU32" s="15" t="n">
+        <v>5.8</v>
+      </c>
+      <c r="DV32" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="DN32" s="15" t="n">
+      <c r="DW32" s="15" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="DX32" s="15" t="n">
+        <v>9.1</v>
+      </c>
+      <c r="DY32" s="15" t="n">
+        <v>-3.9</v>
+      </c>
+      <c r="DZ32" s="15" t="n">
+        <v>-1.0</v>
+      </c>
+      <c r="EA32" s="15" t="n">
+        <v>12.8</v>
+      </c>
+      <c r="EB32" s="15" t="n">
+        <v>-2.2</v>
+      </c>
+      <c r="EC32" s="15" t="n">
+        <v>-6.4</v>
+      </c>
+      <c r="ED32" s="15" t="n">
+        <v>13.5</v>
+      </c>
+      <c r="EE32" s="15" t="n">
+        <v>-7.6</v>
+      </c>
+      <c r="EF32" s="15" t="n">
+        <v>7.7</v>
+      </c>
+      <c r="EG32" s="15" t="n">
+        <v>6.7</v>
+      </c>
+      <c r="EH32" s="15" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="EI32" s="15" t="n">
+        <v>4.1</v>
+      </c>
+      <c r="EJ32" s="15" t="n">
+        <v>-2.1</v>
+      </c>
+      <c r="EK32" s="15" t="n">
+        <v>5.5</v>
+      </c>
+      <c r="EL32" s="15" t="n">
+        <v>11.6</v>
+      </c>
+      <c r="EM32" s="15" t="n">
+        <v>-5.9</v>
+      </c>
+      <c r="EN32" s="15" t="n">
+        <v>9.8</v>
+      </c>
+      <c r="EO32" s="15" t="n">
+        <v>12.0</v>
+      </c>
+      <c r="EP32" s="15" t="n">
+        <v>5.3</v>
+      </c>
+      <c r="EQ32" s="15" t="n">
+        <v>8.9</v>
+      </c>
+      <c r="ER32" s="15" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="ES32" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="ET32" s="15" t="n">
+        <v>-5.4</v>
+      </c>
+      <c r="EU32" s="15" t="n">
+        <v>4.1</v>
+      </c>
+      <c r="EV32" s="15" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="EW32" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="EX32" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="EY32" s="15" t="n">
+        <v>6.2</v>
+      </c>
+      <c r="EZ32" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="FA32" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="FB32" s="15" t="n">
+        <v>-3.4</v>
+      </c>
+      <c r="FC32" s="15" t="n">
+        <v>-4.7</v>
+      </c>
+      <c r="FD32" s="15" t="n">
+        <v>-2.8</v>
+      </c>
+      <c r="FE32" s="15" t="n">
+        <v>-4.6</v>
+      </c>
+      <c r="FF32" s="15" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="FG32" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="FH32" s="15" t="n">
+        <v>-0.9</v>
+      </c>
+      <c r="FI32" s="15" t="n">
+        <v>-2.2</v>
+      </c>
+      <c r="FJ32" s="15" t="n">
+        <v>-9.6</v>
+      </c>
+      <c r="FK32" s="15" t="n">
+        <v>-11.2</v>
+      </c>
+      <c r="FL32" s="15" t="n">
+        <v>-11.2</v>
+      </c>
+      <c r="FM32" s="15" t="n">
+        <v>-3.0</v>
+      </c>
+      <c r="FN32" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FO32" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FP32" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FQ32" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FR32" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FS32" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FT32" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FU32" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FV32" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FW32" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FX32" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FY32" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FZ32" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="GA32" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="GB32" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="GC32" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="GD32" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="GE32" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="GF32" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="GG32" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="GH32" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="GI32" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="GJ32" s="15" t="n">
+        <v>-4.4</v>
+      </c>
+      <c r="GK32" s="15" t="n">
+        <v>-6.4</v>
+      </c>
+      <c r="GL32" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="GM32" s="15" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="GN32" s="15" t="n">
+        <v>5.2</v>
+      </c>
+      <c r="GO32" s="15" t="n">
+        <v>4.9</v>
+      </c>
+      <c r="GP32" s="15" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="GQ32" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="GR32" s="15" t="n">
+        <v>4.9</v>
+      </c>
+      <c r="GS32" s="15" t="n">
+        <v>6.3</v>
+      </c>
+      <c r="GT32" s="15" t="n">
+        <v>6.5</v>
+      </c>
+      <c r="GU32" s="15" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="GV32" s="15" t="n">
+        <v>10.9</v>
+      </c>
+      <c r="GW32" s="15" t="n">
+        <v>12.0</v>
+      </c>
+      <c r="GX32" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="GY32" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="GZ32" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="HA32" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="HB32" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="HC32" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="HD32" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="HE32" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="HF32" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="HG32" s="15" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="HH32" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="DO32" s="15" t="n">
-[...14 lines deleted...]
-      <c r="DT32" s="15" t="n">
+      <c r="HI32" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="HJ32" s="15" t="n">
+        <v>-4.3</v>
+      </c>
+      <c r="HK32" s="15" t="n">
+        <v>-4.4</v>
+      </c>
+      <c r="HL32" s="15" t="n">
+        <v>-4.3</v>
+      </c>
+      <c r="HM32" s="15" t="n">
+        <v>-4.5</v>
+      </c>
+      <c r="HN32" s="15" t="n">
+        <v>-4.5</v>
+      </c>
+      <c r="HO32" s="15" t="n">
+        <v>-5.5</v>
+      </c>
+      <c r="HP32" s="15" t="n">
         <v>-6.4</v>
       </c>
-      <c r="DU32" s="15" t="n">
-[...104 lines deleted...]
-      <c r="FD32" s="15" t="n">
+      <c r="HQ32" s="15" t="n">
+        <v>-7.5</v>
+      </c>
+      <c r="HR32" s="15" t="n">
+        <v>-8.8</v>
+      </c>
+      <c r="HS32" s="15" t="n">
+        <v>-8.5</v>
+      </c>
+      <c r="HT32" s="15" t="n">
+        <v>-7.1</v>
+      </c>
+      <c r="HU32" s="15" t="n">
         <v>-3.0</v>
       </c>
-      <c r="FE32" s="13" t="inlineStr">
-[...249 lines deleted...]
-      <c r="HU32" s="13" t="inlineStr">
+      <c r="HV32" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HW32" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HX32" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HY32" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HZ32" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IA32" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IB32" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IC32" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID32" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE32" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF32" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG32" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    2.2 Accommodation and food service activities </t>
         </is>
       </c>
       <c r="B33" s="14" t="n">
-        <v>149.619</v>
+        <v>117.153</v>
       </c>
       <c r="C33" s="14" t="n">
-        <v>175.14</v>
+        <v>112.085</v>
       </c>
       <c r="D33" s="14" t="n">
-        <v>171.374</v>
+        <v>140.291</v>
       </c>
       <c r="E33" s="14" t="n">
-        <v>149.887</v>
+        <v>149.679</v>
       </c>
       <c r="F33" s="14" t="n">
+        <v>175.201</v>
+      </c>
+      <c r="G33" s="14" t="n">
+        <v>171.378</v>
+      </c>
+      <c r="H33" s="14" t="n">
+        <v>149.885</v>
+      </c>
+      <c r="I33" s="14" t="n">
         <v>132.124</v>
       </c>
-      <c r="G33" s="14" t="n">
+      <c r="J33" s="14" t="n">
         <v>134.339</v>
       </c>
-      <c r="H33" s="14" t="n">
+      <c r="K33" s="14" t="n">
         <v>119.391</v>
       </c>
-      <c r="I33" s="14" t="n">
+      <c r="L33" s="14" t="n">
         <v>104.944</v>
       </c>
-      <c r="J33" s="14" t="n">
+      <c r="M33" s="14" t="n">
         <v>103.943</v>
       </c>
-      <c r="K33" s="14" t="n">
+      <c r="N33" s="14" t="n">
         <v>119.855</v>
       </c>
-      <c r="L33" s="14" t="n">
+      <c r="O33" s="14" t="n">
         <v>113.539</v>
       </c>
-      <c r="M33" s="14" t="n">
+      <c r="P33" s="14" t="n">
         <v>140.457</v>
       </c>
-      <c r="N33" s="14" t="n">
+      <c r="Q33" s="14" t="n">
         <v>150.576</v>
       </c>
-      <c r="O33" s="14" t="n">
+      <c r="R33" s="14" t="n">
         <v>177.568</v>
       </c>
-      <c r="P33" s="14" t="n">
+      <c r="S33" s="14" t="n">
         <v>171.437</v>
       </c>
-      <c r="Q33" s="14" t="n">
+      <c r="T33" s="14" t="n">
         <v>148.422</v>
       </c>
-      <c r="R33" s="14" t="n">
+      <c r="U33" s="14" t="n">
         <v>130.141</v>
       </c>
-      <c r="S33" s="14" t="n">
+      <c r="V33" s="14" t="n">
         <v>130.794</v>
       </c>
-      <c r="T33" s="14" t="n">
+      <c r="W33" s="14" t="n">
         <v>124.991</v>
       </c>
-      <c r="U33" s="14" t="n">
+      <c r="X33" s="14" t="n">
         <v>106.41</v>
       </c>
-      <c r="V33" s="14" t="n">
+      <c r="Y33" s="14" t="n">
         <v>101.682</v>
       </c>
-      <c r="W33" s="14" t="n">
+      <c r="Z33" s="14" t="n">
         <v>119.857</v>
       </c>
-      <c r="X33" s="14" t="n">
+      <c r="AA33" s="14" t="n">
         <v>109.446</v>
       </c>
-      <c r="Y33" s="14" t="n">
+      <c r="AB33" s="14" t="n">
         <v>137.303</v>
       </c>
-      <c r="Z33" s="14" t="n">
+      <c r="AC33" s="14" t="n">
         <v>148.945</v>
       </c>
-      <c r="AA33" s="14" t="n">
+      <c r="AD33" s="14" t="n">
         <v>172.353</v>
       </c>
-      <c r="AB33" s="14" t="n">
+      <c r="AE33" s="14" t="n">
         <v>169.072</v>
       </c>
-      <c r="AC33" s="14" t="n">
+      <c r="AF33" s="14" t="n">
         <v>145.408</v>
       </c>
-      <c r="AD33" s="14" t="n">
+      <c r="AG33" s="14" t="n">
         <v>124.321</v>
       </c>
-      <c r="AE33" s="14" t="n">
+      <c r="AH33" s="14" t="n">
         <v>132.828</v>
       </c>
-      <c r="AF33" s="14" t="n">
+      <c r="AI33" s="14" t="n">
         <v>118.655</v>
       </c>
-      <c r="AG33" s="14" t="n">
+      <c r="AJ33" s="14" t="n">
         <v>100.63</v>
       </c>
-      <c r="AH33" s="14" t="n">
+      <c r="AK33" s="14" t="n">
         <v>99.194</v>
       </c>
-      <c r="AI33" s="14" t="n">
+      <c r="AL33" s="14" t="n">
         <v>116.402</v>
       </c>
-      <c r="AJ33" s="14" t="n">
+      <c r="AM33" s="14" t="n">
         <v>108.178</v>
       </c>
-      <c r="AK33" s="14" t="n">
+      <c r="AN33" s="14" t="n">
         <v>131.798</v>
       </c>
-      <c r="AL33" s="14" t="n">
+      <c r="AO33" s="14" t="n">
         <v>142.214</v>
       </c>
-      <c r="AM33" s="14" t="n">
+      <c r="AP33" s="14" t="n">
         <v>170.639</v>
       </c>
-      <c r="AN33" s="14" t="n">
+      <c r="AQ33" s="14" t="n">
         <v>167.411</v>
       </c>
-      <c r="AO33" s="14" t="n">
+      <c r="AR33" s="14" t="n">
         <v>140.624</v>
       </c>
-      <c r="AP33" s="14" t="n">
+      <c r="AS33" s="14" t="n">
         <v>122.043</v>
       </c>
-      <c r="AQ33" s="14" t="n">
+      <c r="AT33" s="14" t="n">
         <v>128.913</v>
       </c>
-      <c r="AR33" s="14" t="n">
+      <c r="AU33" s="14" t="n">
         <v>107.875</v>
       </c>
-      <c r="AS33" s="14" t="n">
+      <c r="AV33" s="14" t="n">
         <v>92.468</v>
       </c>
-      <c r="AT33" s="14" t="n">
+      <c r="AW33" s="14" t="n">
         <v>83.958</v>
       </c>
-      <c r="AU33" s="14" t="n">
+      <c r="AX33" s="14" t="n">
         <v>101.191</v>
       </c>
-      <c r="AV33" s="14" t="n">
+      <c r="AY33" s="14" t="n">
         <v>102.831</v>
       </c>
-      <c r="AW33" s="14" t="n">
+      <c r="AZ33" s="14" t="n">
         <v>137.555</v>
       </c>
-      <c r="AX33" s="14" t="n">
+      <c r="BA33" s="14" t="n">
         <v>146.687</v>
       </c>
-      <c r="AY33" s="14" t="n">
+      <c r="BB33" s="14" t="n">
         <v>182.75</v>
       </c>
-      <c r="AZ33" s="14" t="n">
+      <c r="BC33" s="14" t="n">
         <v>153.954</v>
       </c>
-      <c r="BA33" s="14" t="n">
+      <c r="BD33" s="14" t="n">
         <v>106.804</v>
       </c>
-      <c r="BB33" s="14" t="n">
+      <c r="BE33" s="14" t="n">
         <v>75.111</v>
       </c>
-      <c r="BC33" s="14" t="n">
+      <c r="BF33" s="14" t="n">
         <v>62.716</v>
       </c>
-      <c r="BD33" s="14" t="n">
+      <c r="BG33" s="14" t="n">
         <v>54.326</v>
       </c>
-      <c r="BE33" s="14" t="n">
+      <c r="BH33" s="14" t="n">
         <v>37.352</v>
       </c>
-      <c r="BF33" s="14" t="n">
+      <c r="BI33" s="14" t="n">
         <v>38.723</v>
       </c>
-      <c r="BG33" s="15" t="n">
+      <c r="BJ33" s="15" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="BK33" s="15" t="n">
+        <v>-20.1</v>
+      </c>
+      <c r="BL33" s="15" t="n">
+        <v>-6.3</v>
+      </c>
+      <c r="BM33" s="15" t="n">
         <v>-14.6</v>
       </c>
-      <c r="BH33" s="15" t="n">
+      <c r="BN33" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="BI33" s="15" t="n">
+      <c r="BO33" s="15" t="n">
         <v>14.3</v>
       </c>
-      <c r="BJ33" s="15" t="n">
+      <c r="BP33" s="15" t="n">
         <v>13.4</v>
       </c>
-      <c r="BK33" s="15" t="n">
+      <c r="BQ33" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="BL33" s="15" t="n">
+      <c r="BR33" s="15" t="n">
         <v>12.5</v>
       </c>
-      <c r="BM33" s="15" t="n">
+      <c r="BS33" s="15" t="n">
         <v>13.8</v>
       </c>
-      <c r="BN33" s="15" t="n">
+      <c r="BT33" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="BO33" s="15" t="n">
+      <c r="BU33" s="15" t="n">
         <v>-13.3</v>
       </c>
-      <c r="BP33" s="15" t="n">
+      <c r="BV33" s="15" t="n">
         <v>5.6</v>
       </c>
-      <c r="BQ33" s="15" t="n">
+      <c r="BW33" s="15" t="n">
         <v>-19.2</v>
       </c>
-      <c r="BR33" s="15" t="n">
+      <c r="BX33" s="15" t="n">
         <v>-6.7</v>
       </c>
-      <c r="BS33" s="15" t="n">
+      <c r="BY33" s="15" t="n">
         <v>-15.2</v>
       </c>
-      <c r="BT33" s="15" t="n">
+      <c r="BZ33" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="BU33" s="15" t="n">
+      <c r="CA33" s="15" t="n">
         <v>15.5</v>
       </c>
-      <c r="BV33" s="15" t="n">
+      <c r="CB33" s="15" t="n">
         <v>14.0</v>
       </c>
-      <c r="BW33" s="15" t="n">
+      <c r="CC33" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="BX33" s="15" t="n">
+      <c r="CD33" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="BY33" s="15" t="n">
+      <c r="CE33" s="15" t="n">
         <v>17.5</v>
       </c>
-      <c r="BZ33" s="15" t="n">
+      <c r="CF33" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="CA33" s="15" t="n">
+      <c r="CG33" s="15" t="n">
         <v>-15.2</v>
       </c>
-      <c r="CB33" s="15" t="n">
+      <c r="CH33" s="15" t="n">
         <v>9.5</v>
       </c>
-      <c r="CC33" s="15" t="n">
+      <c r="CI33" s="15" t="n">
         <v>-20.3</v>
       </c>
-      <c r="CD33" s="15" t="n">
+      <c r="CJ33" s="15" t="n">
         <v>-7.8</v>
       </c>
-      <c r="CE33" s="15" t="n">
+      <c r="CK33" s="15" t="n">
         <v>-13.6</v>
       </c>
-      <c r="CF33" s="15" t="n">
+      <c r="CL33" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="CG33" s="15" t="n">
+      <c r="CM33" s="15" t="n">
         <v>16.3</v>
       </c>
-      <c r="CH33" s="15" t="n">
+      <c r="CN33" s="15" t="n">
         <v>17.0</v>
       </c>
-      <c r="CI33" s="15" t="n">
+      <c r="CO33" s="15" t="n">
         <v>-6.4</v>
       </c>
-      <c r="CJ33" s="15" t="n">
+      <c r="CP33" s="15" t="n">
         <v>11.9</v>
       </c>
-      <c r="CK33" s="15" t="n">
+      <c r="CQ33" s="15" t="n">
         <v>17.9</v>
       </c>
-      <c r="CL33" s="15" t="n">
+      <c r="CR33" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="CM33" s="15" t="n">
+      <c r="CS33" s="15" t="n">
         <v>-14.8</v>
       </c>
-      <c r="CN33" s="15" t="n">
+      <c r="CT33" s="15" t="n">
         <v>7.6</v>
       </c>
-      <c r="CO33" s="15" t="n">
+      <c r="CU33" s="15" t="n">
         <v>-17.9</v>
       </c>
-      <c r="CP33" s="15" t="n">
+      <c r="CV33" s="15" t="n">
         <v>-7.3</v>
       </c>
-      <c r="CQ33" s="15" t="n">
+      <c r="CW33" s="15" t="n">
         <v>-16.7</v>
       </c>
-      <c r="CR33" s="15" t="n">
+      <c r="CX33" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="CS33" s="15" t="n">
+      <c r="CY33" s="15" t="n">
         <v>19.0</v>
       </c>
-      <c r="CT33" s="15" t="n">
+      <c r="CZ33" s="15" t="n">
         <v>15.2</v>
       </c>
-      <c r="CU33" s="15" t="n">
+      <c r="DA33" s="15" t="n">
         <v>-5.3</v>
       </c>
-      <c r="CV33" s="15" t="n">
+      <c r="DB33" s="15" t="n">
         <v>19.5</v>
       </c>
-      <c r="CW33" s="15" t="n">
+      <c r="DC33" s="15" t="n">
         <v>16.7</v>
       </c>
-      <c r="CX33" s="15" t="n">
+      <c r="DD33" s="15" t="n">
         <v>10.1</v>
       </c>
-      <c r="CY33" s="15" t="n">
+      <c r="DE33" s="15" t="n">
         <v>-17.0</v>
       </c>
-      <c r="CZ33" s="15" t="n">
+      <c r="DF33" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="DA33" s="15" t="n">
+      <c r="DG33" s="15" t="n">
         <v>-25.2</v>
       </c>
-      <c r="DB33" s="15" t="n">
+      <c r="DH33" s="15" t="n">
         <v>-6.2</v>
       </c>
-      <c r="DC33" s="15" t="n">
+      <c r="DI33" s="15" t="n">
         <v>-19.7</v>
       </c>
-      <c r="DD33" s="15" t="n">
+      <c r="DJ33" s="15" t="n">
         <v>18.7</v>
       </c>
-      <c r="DE33" s="15" t="n">
+      <c r="DK33" s="15" t="n">
         <v>44.1</v>
       </c>
-      <c r="DF33" s="15" t="n">
+      <c r="DL33" s="15" t="n">
         <v>42.2</v>
       </c>
-      <c r="DG33" s="15" t="n">
+      <c r="DM33" s="15" t="n">
         <v>19.8</v>
       </c>
-      <c r="DH33" s="15" t="n">
+      <c r="DN33" s="15" t="n">
         <v>15.4</v>
       </c>
-      <c r="DI33" s="15" t="n">
+      <c r="DO33" s="15" t="n">
         <v>45.4</v>
       </c>
-      <c r="DJ33" s="15" t="n">
+      <c r="DP33" s="15" t="n">
         <v>-3.5</v>
       </c>
-      <c r="DK33" s="13" t="inlineStr">
-[...4 lines deleted...]
-      <c r="DL33" s="15" t="n">
+      <c r="DQ33" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DR33" s="15" t="n">
+        <v>-2.3</v>
+      </c>
+      <c r="DS33" s="15" t="n">
+        <v>-1.3</v>
+      </c>
+      <c r="DT33" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="DU33" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="DM33" s="15" t="n">
+      <c r="DV33" s="15" t="n">
+        <v>-1.3</v>
+      </c>
+      <c r="DW33" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DX33" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="DY33" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="DZ33" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="EA33" s="15" t="n">
+        <v>-4.5</v>
+      </c>
+      <c r="EB33" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="DN33" s="15" t="n">
+      <c r="EC33" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="ED33" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="DO33" s="15" t="n">
+      <c r="EE33" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="EF33" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="EG33" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="EH33" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="EI33" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="EJ33" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="EK33" s="15" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="EL33" s="15" t="n">
+        <v>-1.5</v>
+      </c>
+      <c r="EM33" s="15" t="n">
+        <v>5.3</v>
+      </c>
+      <c r="EN33" s="15" t="n">
+        <v>5.7</v>
+      </c>
+      <c r="EO33" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="EP33" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="EQ33" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="ER33" s="15" t="n">
+        <v>4.2</v>
+      </c>
+      <c r="ES33" s="15" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="ET33" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="DP33" s="15" t="n">
-[...2 lines deleted...]
-      <c r="DQ33" s="15" t="n">
+      <c r="EU33" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="EV33" s="15" t="n">
+        <v>3.4</v>
+      </c>
+      <c r="EW33" s="15" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="EX33" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="EY33" s="15" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="EZ33" s="15" t="n">
+        <v>8.8</v>
+      </c>
+      <c r="FA33" s="15" t="n">
+        <v>18.1</v>
+      </c>
+      <c r="FB33" s="15" t="n">
+        <v>15.0</v>
+      </c>
+      <c r="FC33" s="15" t="n">
+        <v>5.2</v>
+      </c>
+      <c r="FD33" s="15" t="n">
+        <v>-4.2</v>
+      </c>
+      <c r="FE33" s="15" t="n">
+        <v>-3.0</v>
+      </c>
+      <c r="FF33" s="15" t="n">
+        <v>-6.6</v>
+      </c>
+      <c r="FG33" s="15" t="n">
+        <v>8.7</v>
+      </c>
+      <c r="FH33" s="15" t="n">
+        <v>31.7</v>
+      </c>
+      <c r="FI33" s="15" t="n">
+        <v>62.5</v>
+      </c>
+      <c r="FJ33" s="15" t="n">
+        <v>105.5</v>
+      </c>
+      <c r="FK33" s="15" t="n">
+        <v>98.6</v>
+      </c>
+      <c r="FL33" s="15" t="n">
+        <v>147.6</v>
+      </c>
+      <c r="FM33" s="15" t="n">
+        <v>116.8</v>
+      </c>
+      <c r="FN33" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FO33" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FP33" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FQ33" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FR33" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FS33" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FT33" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FU33" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FV33" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FW33" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FX33" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FY33" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FZ33" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="GA33" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="GB33" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="GC33" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="GD33" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GE33" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="GF33" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="GG33" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="GH33" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="GI33" s="15" t="n">
+        <v>-1.4</v>
+      </c>
+      <c r="GJ33" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="GK33" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="GL33" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="GM33" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="GN33" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="GO33" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="GP33" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="DR33" s="15" t="n">
-[...20 lines deleted...]
-      <c r="DY33" s="15" t="n">
+      <c r="GQ33" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="GR33" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="DZ33" s="15" t="n">
-[...5 lines deleted...]
-      <c r="EB33" s="15" t="n">
+      <c r="GS33" s="15" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="GT33" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="GU33" s="15" t="n">
+        <v>4.6</v>
+      </c>
+      <c r="GV33" s="15" t="n">
+        <v>4.1</v>
+      </c>
+      <c r="GW33" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="GX33" s="15" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="GY33" s="15" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="GZ33" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="EC33" s="15" t="n">
-[...44 lines deleted...]
-      <c r="ER33" s="15" t="n">
+      <c r="HA33" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="HB33" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="HC33" s="15" t="n">
+        <v>5.6</v>
+      </c>
+      <c r="HD33" s="15" t="n">
+        <v>6.7</v>
+      </c>
+      <c r="HE33" s="15" t="n">
+        <v>7.5</v>
+      </c>
+      <c r="HF33" s="15" t="n">
+        <v>9.2</v>
+      </c>
+      <c r="HG33" s="15" t="n">
+        <v>12.0</v>
+      </c>
+      <c r="HH33" s="15" t="n">
+        <v>13.3</v>
+      </c>
+      <c r="HI33" s="15" t="n">
         <v>18.1</v>
       </c>
-      <c r="ES33" s="15" t="n">
-[...32 lines deleted...]
-      <c r="FD33" s="15" t="n">
+      <c r="HJ33" s="15" t="n">
+        <v>26.0</v>
+      </c>
+      <c r="HK33" s="15" t="n">
+        <v>27.1</v>
+      </c>
+      <c r="HL33" s="15" t="n">
+        <v>29.3</v>
+      </c>
+      <c r="HM33" s="15" t="n">
+        <v>34.7</v>
+      </c>
+      <c r="HN33" s="15" t="n">
+        <v>42.5</v>
+      </c>
+      <c r="HO33" s="15" t="n">
+        <v>59.4</v>
+      </c>
+      <c r="HP33" s="15" t="n">
+        <v>80.2</v>
+      </c>
+      <c r="HQ33" s="15" t="n">
+        <v>99.6</v>
+      </c>
+      <c r="HR33" s="15" t="n">
+        <v>114.0</v>
+      </c>
+      <c r="HS33" s="15" t="n">
+        <v>118.0</v>
+      </c>
+      <c r="HT33" s="15" t="n">
+        <v>131.9</v>
+      </c>
+      <c r="HU33" s="15" t="n">
         <v>116.8</v>
       </c>
-      <c r="FE33" s="13" t="inlineStr">
-[...249 lines deleted...]
-      <c r="HU33" s="13" t="inlineStr">
+      <c r="HV33" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HW33" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HX33" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HY33" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HZ33" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IA33" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IB33" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IC33" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID33" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE33" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF33" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG33" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    55 Accommodation services</t>
         </is>
       </c>
       <c r="B34" s="14" t="n">
-        <v>200.072</v>
+        <v>114.241</v>
       </c>
       <c r="C34" s="14" t="n">
-        <v>249.401</v>
+        <v>115.461</v>
       </c>
       <c r="D34" s="14" t="n">
-        <v>232.642</v>
+        <v>172.006</v>
       </c>
       <c r="E34" s="14" t="n">
+        <v>200.2</v>
+      </c>
+      <c r="F34" s="14" t="n">
+        <v>249.44</v>
+      </c>
+      <c r="G34" s="14" t="n">
+        <v>232.66</v>
+      </c>
+      <c r="H34" s="14" t="n">
         <v>185.345</v>
       </c>
-      <c r="F34" s="14" t="n">
+      <c r="I34" s="14" t="n">
         <v>133.165</v>
       </c>
-      <c r="G34" s="14" t="n">
+      <c r="J34" s="14" t="n">
         <v>161.016</v>
       </c>
-      <c r="H34" s="14" t="n">
+      <c r="K34" s="14" t="n">
         <v>130.322</v>
       </c>
-      <c r="I34" s="14" t="n">
+      <c r="L34" s="14" t="n">
         <v>111.252</v>
       </c>
-      <c r="J34" s="14" t="n">
+      <c r="M34" s="14" t="n">
         <v>103.423</v>
       </c>
-      <c r="K34" s="14" t="n">
+      <c r="N34" s="14" t="n">
         <v>114.727</v>
       </c>
-      <c r="L34" s="14" t="n">
+      <c r="O34" s="14" t="n">
         <v>117.335</v>
       </c>
-      <c r="M34" s="14" t="n">
+      <c r="P34" s="14" t="n">
         <v>172.247</v>
       </c>
-      <c r="N34" s="14" t="n">
+      <c r="Q34" s="14" t="n">
         <v>192.895</v>
       </c>
-      <c r="O34" s="14" t="n">
+      <c r="R34" s="14" t="n">
         <v>245.107</v>
       </c>
-      <c r="P34" s="14" t="n">
+      <c r="S34" s="14" t="n">
         <v>229.678</v>
       </c>
-      <c r="Q34" s="14" t="n">
+      <c r="T34" s="14" t="n">
         <v>175.602</v>
       </c>
-      <c r="R34" s="14" t="n">
+      <c r="U34" s="14" t="n">
         <v>132.352</v>
       </c>
-      <c r="S34" s="14" t="n">
+      <c r="V34" s="14" t="n">
         <v>156.815</v>
       </c>
-      <c r="T34" s="14" t="n">
+      <c r="W34" s="14" t="n">
         <v>134.697</v>
       </c>
-      <c r="U34" s="14" t="n">
+      <c r="X34" s="14" t="n">
         <v>110.944</v>
       </c>
-      <c r="V34" s="14" t="n">
+      <c r="Y34" s="14" t="n">
         <v>97.612</v>
       </c>
-      <c r="W34" s="14" t="n">
+      <c r="Z34" s="14" t="n">
         <v>111.006</v>
       </c>
-      <c r="X34" s="14" t="n">
+      <c r="AA34" s="14" t="n">
         <v>111.369</v>
       </c>
-      <c r="Y34" s="14" t="n">
+      <c r="AB34" s="14" t="n">
         <v>164.838</v>
       </c>
-      <c r="Z34" s="14" t="n">
+      <c r="AC34" s="14" t="n">
         <v>189.925</v>
       </c>
-      <c r="AA34" s="14" t="n">
+      <c r="AD34" s="14" t="n">
         <v>244.155</v>
       </c>
-      <c r="AB34" s="14" t="n">
+      <c r="AE34" s="14" t="n">
         <v>224.497</v>
       </c>
-      <c r="AC34" s="14" t="n">
+      <c r="AF34" s="14" t="n">
         <v>174.112</v>
       </c>
-      <c r="AD34" s="14" t="n">
+      <c r="AG34" s="14" t="n">
         <v>126.243</v>
       </c>
-      <c r="AE34" s="14" t="n">
+      <c r="AH34" s="14" t="n">
         <v>154.893</v>
       </c>
-      <c r="AF34" s="14" t="n">
+      <c r="AI34" s="14" t="n">
         <v>126.575</v>
       </c>
-      <c r="AG34" s="14" t="n">
+      <c r="AJ34" s="14" t="n">
         <v>102.829</v>
       </c>
-      <c r="AH34" s="14" t="n">
+      <c r="AK34" s="14" t="n">
         <v>93.688</v>
       </c>
-      <c r="AI34" s="14" t="n">
+      <c r="AL34" s="14" t="n">
         <v>109.132</v>
       </c>
-      <c r="AJ34" s="14" t="n">
+      <c r="AM34" s="14" t="n">
         <v>110.212</v>
       </c>
-      <c r="AK34" s="14" t="n">
+      <c r="AN34" s="14" t="n">
         <v>150.684</v>
       </c>
-      <c r="AL34" s="14" t="n">
+      <c r="AO34" s="14" t="n">
         <v>173.346</v>
       </c>
-      <c r="AM34" s="14" t="n">
+      <c r="AP34" s="14" t="n">
         <v>229.952</v>
       </c>
-      <c r="AN34" s="14" t="n">
+      <c r="AQ34" s="14" t="n">
         <v>214.438</v>
       </c>
-      <c r="AO34" s="14" t="n">
+      <c r="AR34" s="14" t="n">
         <v>160.918</v>
       </c>
-      <c r="AP34" s="14" t="n">
+      <c r="AS34" s="14" t="n">
         <v>117.786</v>
       </c>
-      <c r="AQ34" s="14" t="n">
+      <c r="AT34" s="14" t="n">
         <v>147.284</v>
       </c>
-      <c r="AR34" s="14" t="n">
+      <c r="AU34" s="14" t="n">
         <v>111.745</v>
       </c>
-      <c r="AS34" s="14" t="n">
+      <c r="AV34" s="14" t="n">
         <v>86.524</v>
       </c>
-      <c r="AT34" s="14" t="n">
+      <c r="AW34" s="14" t="n">
         <v>70.316</v>
       </c>
-      <c r="AU34" s="14" t="n">
+      <c r="AX34" s="14" t="n">
         <v>90.008</v>
       </c>
-      <c r="AV34" s="14" t="n">
+      <c r="AY34" s="14" t="n">
         <v>98.686</v>
       </c>
-      <c r="AW34" s="14" t="n">
+      <c r="AZ34" s="14" t="n">
         <v>150.466</v>
       </c>
-      <c r="AX34" s="14" t="n">
+      <c r="BA34" s="14" t="n">
         <v>168.337</v>
       </c>
-      <c r="AY34" s="14" t="n">
+      <c r="BB34" s="14" t="n">
         <v>230.13</v>
       </c>
-      <c r="AZ34" s="14" t="n">
+      <c r="BC34" s="14" t="n">
         <v>179.282</v>
       </c>
-      <c r="BA34" s="14" t="n">
+      <c r="BD34" s="14" t="n">
         <v>104.693</v>
       </c>
-      <c r="BB34" s="14" t="n">
+      <c r="BE34" s="14" t="n">
         <v>53.086</v>
       </c>
-      <c r="BC34" s="14" t="n">
+      <c r="BF34" s="14" t="n">
         <v>47.155</v>
       </c>
-      <c r="BD34" s="14" t="n">
+      <c r="BG34" s="14" t="n">
         <v>33.392</v>
       </c>
-      <c r="BE34" s="14" t="n">
+      <c r="BH34" s="14" t="n">
         <v>22.941</v>
       </c>
-      <c r="BF34" s="14" t="n">
+      <c r="BI34" s="14" t="n">
         <v>21.825</v>
       </c>
-      <c r="BG34" s="15" t="n">
-[...2 lines deleted...]
-      <c r="BH34" s="15" t="n">
+      <c r="BJ34" s="15" t="n">
+        <v>-1.1</v>
+      </c>
+      <c r="BK34" s="15" t="n">
+        <v>-32.9</v>
+      </c>
+      <c r="BL34" s="15" t="n">
+        <v>-14.1</v>
+      </c>
+      <c r="BM34" s="15" t="n">
+        <v>-19.7</v>
+      </c>
+      <c r="BN34" s="15" t="n">
         <v>7.2</v>
       </c>
-      <c r="BI34" s="15" t="n">
+      <c r="BO34" s="15" t="n">
         <v>25.5</v>
       </c>
-      <c r="BJ34" s="15" t="n">
+      <c r="BP34" s="15" t="n">
         <v>39.2</v>
       </c>
-      <c r="BK34" s="15" t="n">
+      <c r="BQ34" s="15" t="n">
         <v>-17.3</v>
       </c>
-      <c r="BL34" s="15" t="n">
+      <c r="BR34" s="15" t="n">
         <v>23.6</v>
       </c>
-      <c r="BM34" s="15" t="n">
+      <c r="BS34" s="15" t="n">
         <v>17.1</v>
       </c>
-      <c r="BN34" s="15" t="n">
+      <c r="BT34" s="15" t="n">
         <v>7.6</v>
       </c>
-      <c r="BO34" s="15" t="n">
+      <c r="BU34" s="15" t="n">
         <v>-9.9</v>
       </c>
-      <c r="BP34" s="15" t="n">
+      <c r="BV34" s="15" t="n">
         <v>-2.2</v>
       </c>
-      <c r="BQ34" s="15" t="n">
+      <c r="BW34" s="15" t="n">
         <v>-31.9</v>
       </c>
-      <c r="BR34" s="15" t="n">
+      <c r="BX34" s="15" t="n">
         <v>-10.7</v>
       </c>
-      <c r="BS34" s="15" t="n">
+      <c r="BY34" s="15" t="n">
         <v>-21.3</v>
       </c>
-      <c r="BT34" s="15" t="n">
+      <c r="BZ34" s="15" t="n">
         <v>6.7</v>
       </c>
-      <c r="BU34" s="15" t="n">
+      <c r="CA34" s="15" t="n">
         <v>30.8</v>
       </c>
-      <c r="BV34" s="15" t="n">
+      <c r="CB34" s="15" t="n">
         <v>32.7</v>
       </c>
-      <c r="BW34" s="15" t="n">
+      <c r="CC34" s="15" t="n">
         <v>-15.6</v>
       </c>
-      <c r="BX34" s="15" t="n">
+      <c r="CD34" s="15" t="n">
         <v>16.4</v>
       </c>
-      <c r="BY34" s="15" t="n">
+      <c r="CE34" s="15" t="n">
         <v>21.4</v>
       </c>
-      <c r="BZ34" s="15" t="n">
+      <c r="CF34" s="15" t="n">
         <v>13.7</v>
       </c>
-      <c r="CA34" s="15" t="n">
+      <c r="CG34" s="15" t="n">
         <v>-12.1</v>
       </c>
-      <c r="CB34" s="15" t="n">
+      <c r="CH34" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="CC34" s="15" t="n">
+      <c r="CI34" s="15" t="n">
         <v>-32.4</v>
       </c>
-      <c r="CD34" s="15" t="n">
+      <c r="CJ34" s="15" t="n">
         <v>-13.2</v>
       </c>
-      <c r="CE34" s="15" t="n">
+      <c r="CK34" s="15" t="n">
         <v>-22.2</v>
       </c>
-      <c r="CF34" s="15" t="n">
+      <c r="CL34" s="15" t="n">
         <v>8.8</v>
       </c>
-      <c r="CG34" s="15" t="n">
+      <c r="CM34" s="15" t="n">
         <v>28.9</v>
       </c>
-      <c r="CH34" s="15" t="n">
+      <c r="CN34" s="15" t="n">
         <v>37.9</v>
       </c>
-      <c r="CI34" s="15" t="n">
+      <c r="CO34" s="15" t="n">
         <v>-18.5</v>
       </c>
-      <c r="CJ34" s="15" t="n">
+      <c r="CP34" s="15" t="n">
         <v>22.4</v>
       </c>
-      <c r="CK34" s="15" t="n">
+      <c r="CQ34" s="15" t="n">
         <v>23.1</v>
       </c>
-      <c r="CL34" s="15" t="n">
+      <c r="CR34" s="15" t="n">
         <v>9.8</v>
       </c>
-      <c r="CM34" s="15" t="n">
+      <c r="CS34" s="15" t="n">
         <v>-14.2</v>
       </c>
-      <c r="CN34" s="15" t="n">
+      <c r="CT34" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="CO34" s="15" t="n">
+      <c r="CU34" s="15" t="n">
         <v>-26.9</v>
       </c>
-      <c r="CP34" s="15" t="n">
+      <c r="CV34" s="15" t="n">
         <v>-13.1</v>
       </c>
-      <c r="CQ34" s="15" t="n">
+      <c r="CW34" s="15" t="n">
         <v>-24.6</v>
       </c>
-      <c r="CR34" s="15" t="n">
+      <c r="CX34" s="15" t="n">
         <v>7.2</v>
       </c>
-      <c r="CS34" s="15" t="n">
+      <c r="CY34" s="15" t="n">
         <v>33.3</v>
       </c>
-      <c r="CT34" s="15" t="n">
+      <c r="CZ34" s="15" t="n">
         <v>36.6</v>
       </c>
-      <c r="CU34" s="15" t="n">
+      <c r="DA34" s="15" t="n">
         <v>-20.0</v>
       </c>
-      <c r="CV34" s="15" t="n">
+      <c r="DB34" s="15" t="n">
         <v>31.8</v>
       </c>
-      <c r="CW34" s="15" t="n">
+      <c r="DC34" s="15" t="n">
         <v>29.1</v>
       </c>
-      <c r="CX34" s="15" t="n">
+      <c r="DD34" s="15" t="n">
         <v>23.1</v>
       </c>
-      <c r="CY34" s="15" t="n">
+      <c r="DE34" s="15" t="n">
         <v>-21.9</v>
       </c>
-      <c r="CZ34" s="15" t="n">
+      <c r="DF34" s="15" t="n">
         <v>-8.8</v>
       </c>
-      <c r="DA34" s="15" t="n">
+      <c r="DG34" s="15" t="n">
         <v>-34.4</v>
       </c>
-      <c r="DB34" s="15" t="n">
+      <c r="DH34" s="15" t="n">
         <v>-10.6</v>
       </c>
-      <c r="DC34" s="15" t="n">
+      <c r="DI34" s="15" t="n">
         <v>-26.9</v>
       </c>
-      <c r="DD34" s="15" t="n">
+      <c r="DJ34" s="15" t="n">
         <v>28.4</v>
       </c>
-      <c r="DE34" s="15" t="n">
+      <c r="DK34" s="15" t="n">
         <v>71.2</v>
       </c>
-      <c r="DF34" s="15" t="n">
+      <c r="DL34" s="15" t="n">
         <v>97.2</v>
       </c>
-      <c r="DG34" s="15" t="n">
+      <c r="DM34" s="15" t="n">
         <v>12.6</v>
       </c>
-      <c r="DH34" s="15" t="n">
+      <c r="DN34" s="15" t="n">
         <v>41.2</v>
       </c>
-      <c r="DI34" s="15" t="n">
+      <c r="DO34" s="15" t="n">
         <v>45.6</v>
       </c>
-      <c r="DJ34" s="15" t="n">
+      <c r="DP34" s="15" t="n">
         <v>5.1</v>
       </c>
-      <c r="DK34" s="13" t="inlineStr">
-[...7 lines deleted...]
-      <c r="DM34" s="15" t="n">
+      <c r="DQ34" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DR34" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="DS34" s="15" t="n">
+        <v>-1.6</v>
+      </c>
+      <c r="DT34" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="DU34" s="15" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="DV34" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="DN34" s="15" t="n">
+      <c r="DW34" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="DO34" s="15" t="n">
+      <c r="DX34" s="15" t="n">
         <v>5.5</v>
       </c>
-      <c r="DP34" s="15" t="n">
+      <c r="DY34" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="DQ34" s="15" t="n">
+      <c r="DZ34" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="DR34" s="15" t="n">
+      <c r="EA34" s="15" t="n">
         <v>-3.2</v>
       </c>
-      <c r="DS34" s="15" t="n">
+      <c r="EB34" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="DT34" s="15" t="n">
+      <c r="EC34" s="15" t="n">
         <v>6.0</v>
       </c>
-      <c r="DU34" s="15" t="n">
+      <c r="ED34" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="DV34" s="15" t="n">
+      <c r="EE34" s="15" t="n">
         <v>5.4</v>
       </c>
-      <c r="DW34" s="15" t="n">
+      <c r="EF34" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="DX34" s="15" t="n">
+      <c r="EG34" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="DY34" s="15" t="n">
+      <c r="EH34" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="DZ34" s="15" t="n">
+      <c r="EI34" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="EA34" s="15" t="n">
+      <c r="EJ34" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="EB34" s="15" t="n">
+      <c r="EK34" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="EC34" s="15" t="n">
+      <c r="EL34" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="ED34" s="15" t="n">
+      <c r="EM34" s="15" t="n">
         <v>6.4</v>
       </c>
-      <c r="EE34" s="15" t="n">
+      <c r="EN34" s="15" t="n">
         <v>7.9</v>
       </c>
-      <c r="EF34" s="15" t="n">
+      <c r="EO34" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="EG34" s="15" t="n">
+      <c r="EP34" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="EH34" s="15" t="n">
+      <c r="EQ34" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="EI34" s="15" t="n">
+      <c r="ER34" s="15" t="n">
         <v>9.4</v>
       </c>
-      <c r="EJ34" s="15" t="n">
+      <c r="ES34" s="15" t="n">
         <v>9.6</v>
       </c>
-      <c r="EK34" s="15" t="n">
+      <c r="ET34" s="15" t="n">
         <v>6.2</v>
       </c>
-      <c r="EL34" s="15" t="n">
+      <c r="EU34" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="EM34" s="15" t="n">
+      <c r="EV34" s="15" t="n">
         <v>8.2</v>
       </c>
-      <c r="EN34" s="15" t="n">
+      <c r="EW34" s="15" t="n">
         <v>7.2</v>
       </c>
-      <c r="EO34" s="15" t="n">
+      <c r="EX34" s="15" t="n">
         <v>5.2</v>
       </c>
-      <c r="EP34" s="15" t="n">
+      <c r="EY34" s="15" t="n">
         <v>13.3</v>
       </c>
-      <c r="EQ34" s="15" t="n">
+      <c r="EZ34" s="15" t="n">
         <v>18.8</v>
       </c>
-      <c r="ER34" s="15" t="n">
+      <c r="FA34" s="15" t="n">
         <v>33.2</v>
       </c>
-      <c r="ES34" s="15" t="n">
+      <c r="FB34" s="15" t="n">
         <v>21.2</v>
       </c>
-      <c r="ET34" s="15" t="n">
+      <c r="FC34" s="15" t="n">
         <v>11.7</v>
       </c>
-      <c r="EU34" s="15" t="n">
+      <c r="FD34" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="EV34" s="15" t="n">
+      <c r="FE34" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="EW34" s="15" t="n">
+      <c r="FF34" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="EX34" s="15" t="n">
+      <c r="FG34" s="15" t="n">
         <v>19.6</v>
       </c>
-      <c r="EY34" s="15" t="n">
+      <c r="FH34" s="15" t="n">
         <v>53.7</v>
       </c>
-      <c r="EZ34" s="15" t="n">
+      <c r="FI34" s="15" t="n">
         <v>121.9</v>
       </c>
-      <c r="FA34" s="15" t="n">
+      <c r="FJ34" s="15" t="n">
         <v>212.3</v>
       </c>
-      <c r="FB34" s="15" t="n">
+      <c r="FK34" s="15" t="n">
         <v>234.6</v>
       </c>
-      <c r="FC34" s="15" t="n">
+      <c r="FL34" s="15" t="n">
         <v>277.2</v>
       </c>
-      <c r="FD34" s="15" t="n">
+      <c r="FM34" s="15" t="n">
         <v>222.2</v>
       </c>
-      <c r="FE34" s="13" t="inlineStr">
-[...43 lines deleted...]
-      </c>
       <c r="FN34" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FO34" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FP34" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="FQ34" s="15" t="n">
+      <c r="FQ34" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FR34" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FS34" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FT34" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FU34" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FV34" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FW34" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FX34" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FY34" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FZ34" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="GA34" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="GB34" s="15" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="GC34" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="FR34" s="15" t="n">
+      <c r="GD34" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="FS34" s="15" t="n">
+      <c r="GE34" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="FT34" s="15" t="n">
+      <c r="GF34" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="FU34" s="15" t="n">
+      <c r="GG34" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="FV34" s="15" t="n">
+      <c r="GH34" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="FW34" s="15" t="n">
+      <c r="GI34" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="FX34" s="15" t="n">
+      <c r="GJ34" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="FY34" s="15" t="n">
+      <c r="GK34" s="15" t="n">
         <v>6.0</v>
       </c>
-      <c r="FZ34" s="15" t="n">
+      <c r="GL34" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="GA34" s="15" t="n">
+      <c r="GM34" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="GB34" s="15" t="n">
+      <c r="GN34" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="GC34" s="15" t="n">
+      <c r="GO34" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="GD34" s="15" t="n">
+      <c r="GP34" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="GE34" s="15" t="n">
+      <c r="GQ34" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="GF34" s="15" t="n">
+      <c r="GR34" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="GG34" s="15" t="n">
+      <c r="GS34" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="GH34" s="15" t="n">
+      <c r="GT34" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="GI34" s="15" t="n">
+      <c r="GU34" s="15" t="n">
         <v>6.2</v>
       </c>
-      <c r="GJ34" s="15" t="n">
+      <c r="GV34" s="15" t="n">
         <v>6.1</v>
       </c>
-      <c r="GK34" s="15" t="n">
+      <c r="GW34" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="GL34" s="15" t="n">
+      <c r="GX34" s="15" t="n">
         <v>8.4</v>
       </c>
-      <c r="GM34" s="15" t="n">
+      <c r="GY34" s="15" t="n">
         <v>8.9</v>
       </c>
-      <c r="GN34" s="15" t="n">
+      <c r="GZ34" s="15" t="n">
         <v>9.5</v>
       </c>
-      <c r="GO34" s="15" t="n">
+      <c r="HA34" s="15" t="n">
         <v>9.5</v>
       </c>
-      <c r="GP34" s="15" t="n">
+      <c r="HB34" s="15" t="n">
         <v>9.5</v>
       </c>
-      <c r="GQ34" s="15" t="n">
+      <c r="HC34" s="15" t="n">
         <v>10.3</v>
       </c>
-      <c r="GR34" s="15" t="n">
+      <c r="HD34" s="15" t="n">
         <v>12.1</v>
       </c>
-      <c r="GS34" s="15" t="n">
+      <c r="HE34" s="15" t="n">
         <v>13.2</v>
       </c>
-      <c r="GT34" s="15" t="n">
+      <c r="HF34" s="15" t="n">
         <v>14.9</v>
       </c>
-      <c r="GU34" s="15" t="n">
+      <c r="HG34" s="15" t="n">
         <v>20.3</v>
       </c>
-      <c r="GV34" s="15" t="n">
+      <c r="HH34" s="15" t="n">
         <v>25.3</v>
       </c>
-      <c r="GW34" s="15" t="n">
+      <c r="HI34" s="15" t="n">
         <v>33.2</v>
       </c>
-      <c r="GX34" s="15" t="n">
+      <c r="HJ34" s="15" t="n">
         <v>40.2</v>
       </c>
-      <c r="GY34" s="15" t="n">
+      <c r="HK34" s="15" t="n">
         <v>41.7</v>
       </c>
-      <c r="GZ34" s="15" t="n">
+      <c r="HL34" s="15" t="n">
         <v>44.7</v>
       </c>
-      <c r="HA34" s="15" t="n">
+      <c r="HM34" s="15" t="n">
         <v>52.4</v>
       </c>
-      <c r="HB34" s="15" t="n">
+      <c r="HN34" s="15" t="n">
         <v>64.5</v>
       </c>
-      <c r="HC34" s="15" t="n">
+      <c r="HO34" s="15" t="n">
         <v>96.6</v>
       </c>
-      <c r="HD34" s="15" t="n">
+      <c r="HP34" s="15" t="n">
         <v>145.4</v>
       </c>
-      <c r="HE34" s="15" t="n">
+      <c r="HQ34" s="15" t="n">
         <v>199.1</v>
       </c>
-      <c r="HF34" s="15" t="n">
+      <c r="HR34" s="15" t="n">
         <v>231.9</v>
       </c>
-      <c r="HG34" s="15" t="n">
+      <c r="HS34" s="15" t="n">
         <v>243.6</v>
       </c>
-      <c r="HH34" s="15" t="n">
+      <c r="HT34" s="15" t="n">
         <v>250.4</v>
       </c>
-      <c r="HI34" s="15" t="n">
+      <c r="HU34" s="15" t="n">
         <v>222.2</v>
       </c>
-      <c r="HJ34" s="13" t="inlineStr">
-[...54 lines deleted...]
-      <c r="HU34" s="13" t="inlineStr">
+      <c r="HV34" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HW34" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HX34" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HY34" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HZ34" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IA34" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IB34" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IC34" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID34" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE34" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF34" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG34" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    56 Food and beverage service activities</t>
         </is>
       </c>
       <c r="B35" s="14" t="n">
-        <v>131.552</v>
+        <v>124.586</v>
       </c>
       <c r="C35" s="14" t="n">
-        <v>146.256</v>
+        <v>116.06</v>
       </c>
       <c r="D35" s="14" t="n">
-        <v>148.91</v>
+        <v>131.283</v>
       </c>
       <c r="E35" s="14" t="n">
-        <v>139.463</v>
+        <v>131.581</v>
       </c>
       <c r="F35" s="14" t="n">
+        <v>146.332</v>
+      </c>
+      <c r="G35" s="14" t="n">
+        <v>148.907</v>
+      </c>
+      <c r="H35" s="14" t="n">
+        <v>139.459</v>
+      </c>
+      <c r="I35" s="14" t="n">
         <v>138.307</v>
       </c>
-      <c r="G35" s="14" t="n">
+      <c r="J35" s="14" t="n">
         <v>127.591</v>
       </c>
-      <c r="H35" s="14" t="n">
+      <c r="K35" s="14" t="n">
         <v>119.895</v>
       </c>
-      <c r="I35" s="14" t="n">
+      <c r="L35" s="14" t="n">
         <v>107.066</v>
       </c>
-      <c r="J35" s="14" t="n">
+      <c r="M35" s="14" t="n">
         <v>109.488</v>
       </c>
-      <c r="K35" s="14" t="n">
+      <c r="N35" s="14" t="n">
         <v>128.552</v>
       </c>
-      <c r="L35" s="14" t="n">
+      <c r="O35" s="14" t="n">
         <v>117.157</v>
       </c>
-      <c r="M35" s="14" t="n">
+      <c r="P35" s="14" t="n">
         <v>130.466</v>
       </c>
-      <c r="N35" s="14" t="n">
+      <c r="Q35" s="14" t="n">
         <v>135.467</v>
       </c>
-      <c r="O35" s="14" t="n">
+      <c r="R35" s="14" t="n">
         <v>150.335</v>
       </c>
-      <c r="P35" s="14" t="n">
+      <c r="S35" s="14" t="n">
         <v>148.863</v>
       </c>
-      <c r="Q35" s="14" t="n">
+      <c r="T35" s="14" t="n">
         <v>141.288</v>
       </c>
-      <c r="R35" s="14" t="n">
+      <c r="U35" s="14" t="n">
         <v>135.432</v>
       </c>
-      <c r="S35" s="14" t="n">
+      <c r="V35" s="14" t="n">
         <v>123.403</v>
       </c>
-      <c r="T35" s="14" t="n">
+      <c r="W35" s="14" t="n">
         <v>126.022</v>
       </c>
-      <c r="U35" s="14" t="n">
+      <c r="X35" s="14" t="n">
         <v>109.28</v>
       </c>
-      <c r="V35" s="14" t="n">
+      <c r="Y35" s="14" t="n">
         <v>108.911</v>
       </c>
-      <c r="W35" s="14" t="n">
+      <c r="Z35" s="14" t="n">
         <v>130.543</v>
       </c>
-      <c r="X35" s="14" t="n">
+      <c r="AA35" s="14" t="n">
         <v>113.954</v>
       </c>
-      <c r="Y35" s="14" t="n">
+      <c r="AB35" s="14" t="n">
         <v>129.782</v>
       </c>
-      <c r="Z35" s="14" t="n">
+      <c r="AC35" s="14" t="n">
         <v>134.957</v>
       </c>
-      <c r="AA35" s="14" t="n">
+      <c r="AD35" s="14" t="n">
         <v>143.377</v>
       </c>
-      <c r="AB35" s="14" t="n">
+      <c r="AE35" s="14" t="n">
         <v>148.522</v>
       </c>
-      <c r="AC35" s="14" t="n">
+      <c r="AF35" s="14" t="n">
         <v>137.681</v>
       </c>
-      <c r="AD35" s="14" t="n">
+      <c r="AG35" s="14" t="n">
         <v>129.58</v>
       </c>
-      <c r="AE35" s="14" t="n">
+      <c r="AH35" s="14" t="n">
         <v>127.949</v>
       </c>
-      <c r="AF35" s="14" t="n">
+      <c r="AI35" s="14" t="n">
         <v>120.482</v>
       </c>
-      <c r="AG35" s="14" t="n">
+      <c r="AJ35" s="14" t="n">
         <v>104.55</v>
       </c>
-      <c r="AH35" s="14" t="n">
+      <c r="AK35" s="14" t="n">
         <v>107.084</v>
       </c>
-      <c r="AI35" s="14" t="n">
+      <c r="AL35" s="14" t="n">
         <v>126.085</v>
       </c>
-      <c r="AJ35" s="14" t="n">
+      <c r="AM35" s="14" t="n">
         <v>112.194</v>
       </c>
-      <c r="AK35" s="14" t="n">
+      <c r="AN35" s="14" t="n">
         <v>127.39</v>
       </c>
-      <c r="AL35" s="14" t="n">
+      <c r="AO35" s="14" t="n">
         <v>131.363</v>
       </c>
-      <c r="AM35" s="14" t="n">
+      <c r="AP35" s="14" t="n">
         <v>145.172</v>
       </c>
-      <c r="AN35" s="14" t="n">
+      <c r="AQ35" s="14" t="n">
         <v>148.754</v>
       </c>
-      <c r="AO35" s="14" t="n">
+      <c r="AR35" s="14" t="n">
         <v>135.84</v>
       </c>
-      <c r="AP35" s="14" t="n">
+      <c r="AS35" s="14" t="n">
         <v>130.287</v>
       </c>
-      <c r="AQ35" s="14" t="n">
+      <c r="AT35" s="14" t="n">
         <v>124.659</v>
       </c>
-      <c r="AR35" s="14" t="n">
+      <c r="AU35" s="14" t="n">
         <v>110.836</v>
       </c>
-      <c r="AS35" s="14" t="n">
+      <c r="AV35" s="14" t="n">
         <v>100.255</v>
       </c>
-      <c r="AT35" s="14" t="n">
+      <c r="AW35" s="14" t="n">
         <v>95.702</v>
       </c>
-      <c r="AU35" s="14" t="n">
+      <c r="AX35" s="14" t="n">
         <v>112.365</v>
       </c>
-      <c r="AV35" s="14" t="n">
+      <c r="AY35" s="14" t="n">
         <v>106.972</v>
       </c>
-      <c r="AW35" s="14" t="n">
+      <c r="AZ35" s="14" t="n">
         <v>124.655</v>
       </c>
-      <c r="AX35" s="14" t="n">
+      <c r="BA35" s="14" t="n">
         <v>125.056</v>
       </c>
-      <c r="AY35" s="14" t="n">
+      <c r="BB35" s="14" t="n">
         <v>135.414</v>
       </c>
-      <c r="AZ35" s="14" t="n">
+      <c r="BC35" s="14" t="n">
         <v>128.648</v>
       </c>
-      <c r="BA35" s="14" t="n">
+      <c r="BD35" s="14" t="n">
         <v>108.913</v>
       </c>
-      <c r="BB35" s="14" t="n">
+      <c r="BE35" s="14" t="n">
         <v>97.116</v>
       </c>
-      <c r="BC35" s="14" t="n">
+      <c r="BF35" s="14" t="n">
         <v>78.264</v>
       </c>
-      <c r="BD35" s="14" t="n">
+      <c r="BG35" s="14" t="n">
         <v>75.242</v>
       </c>
-      <c r="BE35" s="14" t="n">
+      <c r="BH35" s="14" t="n">
         <v>51.749</v>
       </c>
-      <c r="BF35" s="14" t="n">
+      <c r="BI35" s="14" t="n">
         <v>55.605</v>
       </c>
-      <c r="BG35" s="15" t="n">
+      <c r="BJ35" s="15" t="n">
+        <v>7.3</v>
+      </c>
+      <c r="BK35" s="15" t="n">
+        <v>-11.6</v>
+      </c>
+      <c r="BL35" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="BM35" s="15" t="n">
         <v>-10.1</v>
       </c>
-      <c r="BH35" s="15" t="n">
-[...2 lines deleted...]
-      <c r="BI35" s="15" t="n">
+      <c r="BN35" s="15" t="n">
+        <v>-1.7</v>
+      </c>
+      <c r="BO35" s="15" t="n">
         <v>6.8</v>
       </c>
-      <c r="BJ35" s="15" t="n">
+      <c r="BP35" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="BK35" s="15" t="n">
+      <c r="BQ35" s="15" t="n">
         <v>8.4</v>
       </c>
-      <c r="BL35" s="15" t="n">
+      <c r="BR35" s="15" t="n">
         <v>6.4</v>
       </c>
-      <c r="BM35" s="15" t="n">
+      <c r="BS35" s="15" t="n">
         <v>12.0</v>
       </c>
-      <c r="BN35" s="15" t="n">
+      <c r="BT35" s="15" t="n">
         <v>-2.2</v>
       </c>
-      <c r="BO35" s="15" t="n">
+      <c r="BU35" s="15" t="n">
         <v>-14.8</v>
       </c>
-      <c r="BP35" s="15" t="n">
+      <c r="BV35" s="15" t="n">
         <v>9.7</v>
       </c>
-      <c r="BQ35" s="15" t="n">
+      <c r="BW35" s="15" t="n">
         <v>-10.2</v>
       </c>
-      <c r="BR35" s="15" t="n">
+      <c r="BX35" s="15" t="n">
         <v>-3.7</v>
       </c>
-      <c r="BS35" s="15" t="n">
+      <c r="BY35" s="15" t="n">
         <v>-9.9</v>
       </c>
-      <c r="BT35" s="15" t="n">
+      <c r="BZ35" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="BU35" s="15" t="n">
+      <c r="CA35" s="15" t="n">
         <v>5.4</v>
       </c>
-      <c r="BV35" s="15" t="n">
+      <c r="CB35" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="BW35" s="15" t="n">
+      <c r="CC35" s="15" t="n">
         <v>9.7</v>
       </c>
-      <c r="BX35" s="15" t="n">
+      <c r="CD35" s="15" t="n">
         <v>-2.1</v>
       </c>
-      <c r="BY35" s="15" t="n">
+      <c r="CE35" s="15" t="n">
         <v>15.3</v>
       </c>
-      <c r="BZ35" s="15" t="n">
+      <c r="CF35" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="CA35" s="15" t="n">
+      <c r="CG35" s="15" t="n">
         <v>-16.6</v>
       </c>
-      <c r="CB35" s="15" t="n">
+      <c r="CH35" s="15" t="n">
         <v>14.6</v>
       </c>
-      <c r="CC35" s="15" t="n">
+      <c r="CI35" s="15" t="n">
         <v>-12.2</v>
       </c>
-      <c r="CD35" s="15" t="n">
+      <c r="CJ35" s="15" t="n">
         <v>-3.8</v>
       </c>
-      <c r="CE35" s="15" t="n">
+      <c r="CK35" s="15" t="n">
         <v>-5.9</v>
       </c>
-      <c r="CF35" s="15" t="n">
+      <c r="CL35" s="15" t="n">
         <v>-3.5</v>
       </c>
-      <c r="CG35" s="15" t="n">
+      <c r="CM35" s="15" t="n">
         <v>7.9</v>
       </c>
-      <c r="CH35" s="15" t="n">
+      <c r="CN35" s="15" t="n">
         <v>6.3</v>
       </c>
-      <c r="CI35" s="15" t="n">
+      <c r="CO35" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="CJ35" s="15" t="n">
+      <c r="CP35" s="15" t="n">
         <v>6.2</v>
       </c>
-      <c r="CK35" s="15" t="n">
+      <c r="CQ35" s="15" t="n">
         <v>15.2</v>
-      </c>
-[...16 lines deleted...]
-        <v>-9.5</v>
       </c>
       <c r="CR35" s="15" t="n">
         <v>-2.4</v>
       </c>
       <c r="CS35" s="15" t="n">
+        <v>-15.1</v>
+      </c>
+      <c r="CT35" s="15" t="n">
+        <v>12.4</v>
+      </c>
+      <c r="CU35" s="15" t="n">
+        <v>-11.9</v>
+      </c>
+      <c r="CV35" s="15" t="n">
+        <v>-3.0</v>
+      </c>
+      <c r="CW35" s="15" t="n">
+        <v>-9.5</v>
+      </c>
+      <c r="CX35" s="15" t="n">
+        <v>-2.4</v>
+      </c>
+      <c r="CY35" s="15" t="n">
         <v>9.5</v>
       </c>
-      <c r="CT35" s="15" t="n">
+      <c r="CZ35" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="CU35" s="15" t="n">
+      <c r="DA35" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="CV35" s="15" t="n">
+      <c r="DB35" s="15" t="n">
         <v>12.5</v>
       </c>
-      <c r="CW35" s="15" t="n">
+      <c r="DC35" s="15" t="n">
         <v>10.6</v>
       </c>
-      <c r="CX35" s="15" t="n">
+      <c r="DD35" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="CY35" s="15" t="n">
+      <c r="DE35" s="15" t="n">
         <v>-14.8</v>
       </c>
-      <c r="CZ35" s="15" t="n">
+      <c r="DF35" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="DA35" s="15" t="n">
+      <c r="DG35" s="15" t="n">
         <v>-14.2</v>
       </c>
-      <c r="DB35" s="15" t="n">
+      <c r="DH35" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="DC35" s="15" t="n">
+      <c r="DI35" s="15" t="n">
         <v>-7.6</v>
       </c>
-      <c r="DD35" s="15" t="n">
+      <c r="DJ35" s="15" t="n">
         <v>5.3</v>
       </c>
-      <c r="DE35" s="15" t="n">
+      <c r="DK35" s="15" t="n">
         <v>18.1</v>
       </c>
-      <c r="DF35" s="15" t="n">
+      <c r="DL35" s="15" t="n">
         <v>12.1</v>
       </c>
-      <c r="DG35" s="15" t="n">
+      <c r="DM35" s="15" t="n">
         <v>24.1</v>
       </c>
-      <c r="DH35" s="15" t="n">
+      <c r="DN35" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="DI35" s="15" t="n">
+      <c r="DO35" s="15" t="n">
         <v>45.4</v>
       </c>
-      <c r="DJ35" s="15" t="n">
+      <c r="DP35" s="15" t="n">
         <v>-6.9</v>
       </c>
-      <c r="DK35" s="13" t="inlineStr">
-[...4 lines deleted...]
-      <c r="DL35" s="15" t="n">
+      <c r="DQ35" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DR35" s="15" t="n">
+        <v>-3.1</v>
+      </c>
+      <c r="DS35" s="15" t="n">
+        <v>-0.9</v>
+      </c>
+      <c r="DT35" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="DU35" s="15" t="n">
         <v>-2.9</v>
       </c>
-      <c r="DM35" s="15" t="n">
+      <c r="DV35" s="15" t="n">
         <v>-2.7</v>
       </c>
-      <c r="DN35" s="15" t="n">
+      <c r="DW35" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="DO35" s="15" t="n">
+      <c r="DX35" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="DP35" s="15" t="n">
+      <c r="DY35" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="DQ35" s="15" t="n">
+      <c r="DZ35" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="DR35" s="15" t="n">
+      <c r="EA35" s="15" t="n">
         <v>-4.9</v>
       </c>
-      <c r="DS35" s="15" t="n">
+      <c r="EB35" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="DT35" s="15" t="n">
+      <c r="EC35" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="DU35" s="15" t="n">
+      <c r="ED35" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="DV35" s="15" t="n">
+      <c r="EE35" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="DW35" s="15" t="n">
+      <c r="EF35" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="DX35" s="15" t="n">
+      <c r="EG35" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="DY35" s="15" t="n">
+      <c r="EH35" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="DZ35" s="15" t="n">
+      <c r="EI35" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="EA35" s="15" t="n">
+      <c r="EJ35" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="EB35" s="15" t="n">
+      <c r="EK35" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="EC35" s="15" t="n">
+      <c r="EL35" s="15" t="n">
         <v>-3.6</v>
       </c>
-      <c r="ED35" s="15" t="n">
+      <c r="EM35" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="EE35" s="15" t="n">
+      <c r="EN35" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="EF35" s="15" t="n">
+      <c r="EO35" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="EG35" s="15" t="n">
+      <c r="EP35" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="EH35" s="15" t="n">
+      <c r="EQ35" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="EI35" s="15" t="n">
+      <c r="ER35" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="EJ35" s="15" t="n">
+      <c r="ES35" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="EK35" s="15" t="n">
+      <c r="ET35" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="EL35" s="15" t="n">
+      <c r="EU35" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="EM35" s="15" t="n">
+      <c r="EV35" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="EN35" s="15" t="n">
+      <c r="EW35" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="EO35" s="15" t="n">
+      <c r="EX35" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="EP35" s="15" t="n">
+      <c r="EY35" s="15" t="n">
         <v>8.7</v>
       </c>
-      <c r="EQ35" s="15" t="n">
+      <c r="EZ35" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="ER35" s="15" t="n">
+      <c r="FA35" s="15" t="n">
         <v>11.9</v>
       </c>
-      <c r="ES35" s="15" t="n">
+      <c r="FB35" s="15" t="n">
         <v>12.2</v>
       </c>
-      <c r="ET35" s="15" t="n">
+      <c r="FC35" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="EU35" s="15" t="n">
+      <c r="FD35" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="EV35" s="15" t="n">
+      <c r="FE35" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="EW35" s="15" t="n">
+      <c r="FF35" s="15" t="n">
         <v>7.2</v>
       </c>
-      <c r="EX35" s="15" t="n">
+      <c r="FG35" s="15" t="n">
         <v>15.6</v>
       </c>
-      <c r="EY35" s="15" t="n">
+      <c r="FH35" s="15" t="n">
         <v>24.7</v>
       </c>
-      <c r="EZ35" s="15" t="n">
+      <c r="FI35" s="15" t="n">
         <v>34.2</v>
       </c>
-      <c r="FA35" s="15" t="n">
+      <c r="FJ35" s="15" t="n">
         <v>59.3</v>
       </c>
-      <c r="FB35" s="15" t="n">
+      <c r="FK35" s="15" t="n">
         <v>47.3</v>
       </c>
-      <c r="FC35" s="15" t="n">
+      <c r="FL35" s="15" t="n">
         <v>93.7</v>
       </c>
-      <c r="FD35" s="15" t="n">
+      <c r="FM35" s="15" t="n">
         <v>72.1</v>
       </c>
-      <c r="FE35" s="13" t="inlineStr">
-[...43 lines deleted...]
-      </c>
       <c r="FN35" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FO35" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FP35" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="FQ35" s="15" t="n">
+      <c r="FQ35" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FR35" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FS35" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FT35" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FU35" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FV35" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FW35" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FX35" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FY35" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FZ35" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="FR35" s="15" t="n">
+      <c r="GA35" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="GB35" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="GC35" s="15" t="n">
+        <v>-0.9</v>
+      </c>
+      <c r="GD35" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="FS35" s="15" t="n">
+      <c r="GE35" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="FT35" s="15" t="n">
+      <c r="GF35" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="FU35" s="15" t="n">
+      <c r="GG35" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="FV35" s="15" t="n">
+      <c r="GH35" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="FW35" s="15" t="n">
+      <c r="GI35" s="15" t="n">
         <v>-2.3</v>
       </c>
-      <c r="FX35" s="15" t="n">
+      <c r="GJ35" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="FY35" s="15" t="n">
+      <c r="GK35" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="FZ35" s="15" t="n">
+      <c r="GL35" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="GA35" s="15" t="n">
+      <c r="GM35" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="GB35" s="15" t="n">
+      <c r="GN35" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="GC35" s="15" t="n">
+      <c r="GO35" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="GD35" s="15" t="n">
+      <c r="GP35" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="GE35" s="15" t="n">
+      <c r="GQ35" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="GF35" s="15" t="n">
+      <c r="GR35" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="GG35" s="15" t="n">
+      <c r="GS35" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="GH35" s="15" t="n">
+      <c r="GT35" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="GI35" s="15" t="n">
+      <c r="GU35" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="GJ35" s="15" t="n">
+      <c r="GV35" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="GK35" s="15" t="n">
+      <c r="GW35" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="GL35" s="15" t="n">
+      <c r="GX35" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="GM35" s="15" t="n">
+      <c r="GY35" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="GN35" s="15" t="n">
+      <c r="GZ35" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="GO35" s="15" t="n">
+      <c r="HA35" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="GP35" s="15" t="n">
+      <c r="HB35" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="GQ35" s="15" t="n">
+      <c r="HC35" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="GR35" s="15" t="n">
+      <c r="HD35" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="GS35" s="15" t="n">
+      <c r="HE35" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="GT35" s="15" t="n">
+      <c r="HF35" s="15" t="n">
         <v>6.6</v>
       </c>
-      <c r="GU35" s="15" t="n">
+      <c r="HG35" s="15" t="n">
         <v>8.3</v>
       </c>
-      <c r="GV35" s="15" t="n">
+      <c r="HH35" s="15" t="n">
         <v>8.0</v>
       </c>
-      <c r="GW35" s="15" t="n">
+      <c r="HI35" s="15" t="n">
         <v>11.9</v>
       </c>
-      <c r="GX35" s="15" t="n">
+      <c r="HJ35" s="15" t="n">
         <v>24.0</v>
       </c>
-      <c r="GY35" s="15" t="n">
+      <c r="HK35" s="15" t="n">
         <v>25.3</v>
       </c>
-      <c r="GZ35" s="15" t="n">
+      <c r="HL35" s="15" t="n">
         <v>27.5</v>
       </c>
-      <c r="HA35" s="15" t="n">
+      <c r="HM35" s="15" t="n">
         <v>31.2</v>
       </c>
-      <c r="HB35" s="15" t="n">
+      <c r="HN35" s="15" t="n">
         <v>35.6</v>
       </c>
-      <c r="HC35" s="15" t="n">
+      <c r="HO35" s="15" t="n">
         <v>42.1</v>
       </c>
-      <c r="HD35" s="15" t="n">
+      <c r="HP35" s="15" t="n">
         <v>49.4</v>
       </c>
-      <c r="HE35" s="15" t="n">
+      <c r="HQ35" s="15" t="n">
         <v>56.9</v>
       </c>
-      <c r="HF35" s="15" t="n">
+      <c r="HR35" s="15" t="n">
         <v>65.4</v>
       </c>
-      <c r="HG35" s="15" t="n">
+      <c r="HS35" s="15" t="n">
         <v>68.0</v>
       </c>
-      <c r="HH35" s="15" t="n">
+      <c r="HT35" s="15" t="n">
         <v>82.5</v>
       </c>
-      <c r="HI35" s="15" t="n">
+      <c r="HU35" s="15" t="n">
         <v>72.1</v>
       </c>
-      <c r="HJ35" s="13" t="inlineStr">
-[...54 lines deleted...]
-      <c r="HU35" s="13" t="inlineStr">
+      <c r="HV35" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HW35" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HX35" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HY35" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HZ35" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IA35" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IB35" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IC35" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID35" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE35" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF35" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG35" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    2.3 Information and communication</t>
         </is>
       </c>
       <c r="B36" s="14" t="n">
-        <v>120.596</v>
+        <v>153.675</v>
       </c>
       <c r="C36" s="14" t="n">
-        <v>100.508</v>
+        <v>123.153</v>
       </c>
       <c r="D36" s="14" t="n">
-        <v>122.77</v>
+        <v>125.526</v>
       </c>
       <c r="E36" s="14" t="n">
-        <v>121.209</v>
+        <v>120.384</v>
       </c>
       <c r="F36" s="14" t="n">
-        <v>114.222</v>
+        <v>100.347</v>
       </c>
       <c r="G36" s="14" t="n">
-        <v>114.833</v>
+        <v>122.803</v>
       </c>
       <c r="H36" s="14" t="n">
-        <v>116.721</v>
+        <v>121.415</v>
       </c>
       <c r="I36" s="14" t="n">
-        <v>106.234</v>
+        <v>114.5</v>
       </c>
       <c r="J36" s="14" t="n">
-        <v>115.503</v>
+        <v>115.076</v>
       </c>
       <c r="K36" s="14" t="n">
-        <v>140.394</v>
+        <v>116.806</v>
       </c>
       <c r="L36" s="14" t="n">
-        <v>122.817</v>
+        <v>106.224</v>
       </c>
       <c r="M36" s="14" t="n">
-        <v>121.008</v>
+        <v>115.459</v>
       </c>
       <c r="N36" s="14" t="n">
-        <v>117.439</v>
+        <v>140.377</v>
       </c>
       <c r="O36" s="14" t="n">
-        <v>99.945</v>
+        <v>122.82</v>
       </c>
       <c r="P36" s="14" t="n">
-        <v>122.047</v>
+        <v>121.017</v>
       </c>
       <c r="Q36" s="14" t="n">
-        <v>117.944</v>
+        <v>117.442</v>
       </c>
       <c r="R36" s="14" t="n">
+        <v>99.944</v>
+      </c>
+      <c r="S36" s="14" t="n">
+        <v>122.045</v>
+      </c>
+      <c r="T36" s="14" t="n">
+        <v>117.943</v>
+      </c>
+      <c r="U36" s="14" t="n">
         <v>113.044</v>
       </c>
-      <c r="S36" s="14" t="n">
-[...2 lines deleted...]
-      <c r="T36" s="14" t="n">
+      <c r="V36" s="14" t="n">
+        <v>114.596</v>
+      </c>
+      <c r="W36" s="14" t="n">
         <v>115.665</v>
       </c>
-      <c r="U36" s="14" t="n">
+      <c r="X36" s="14" t="n">
         <v>105.305</v>
       </c>
-      <c r="V36" s="14" t="n">
+      <c r="Y36" s="14" t="n">
         <v>112.019</v>
       </c>
-      <c r="W36" s="14" t="n">
+      <c r="Z36" s="14" t="n">
         <v>135.717</v>
       </c>
-      <c r="X36" s="14" t="n">
+      <c r="AA36" s="14" t="n">
         <v>119.784</v>
       </c>
-      <c r="Y36" s="14" t="n">
+      <c r="AB36" s="14" t="n">
         <v>115.272</v>
       </c>
-      <c r="Z36" s="14" t="n">
+      <c r="AC36" s="14" t="n">
         <v>114.886</v>
       </c>
-      <c r="AA36" s="14" t="n">
+      <c r="AD36" s="14" t="n">
         <v>94.911</v>
       </c>
-      <c r="AB36" s="14" t="n">
+      <c r="AE36" s="14" t="n">
         <v>115.354</v>
       </c>
-      <c r="AC36" s="14" t="n">
+      <c r="AF36" s="14" t="n">
         <v>120.17</v>
       </c>
-      <c r="AD36" s="14" t="n">
+      <c r="AG36" s="14" t="n">
         <v>108.218</v>
       </c>
-      <c r="AE36" s="14" t="n">
+      <c r="AH36" s="14" t="n">
         <v>108.043</v>
       </c>
-      <c r="AF36" s="14" t="n">
+      <c r="AI36" s="14" t="n">
         <v>114.177</v>
       </c>
-      <c r="AG36" s="14" t="n">
+      <c r="AJ36" s="14" t="n">
         <v>100.337</v>
       </c>
-      <c r="AH36" s="14" t="n">
+      <c r="AK36" s="14" t="n">
         <v>106.202</v>
       </c>
-      <c r="AI36" s="14" t="n">
+      <c r="AL36" s="14" t="n">
         <v>133.59</v>
       </c>
-      <c r="AJ36" s="14" t="n">
+      <c r="AM36" s="14" t="n">
         <v>114.8</v>
       </c>
-      <c r="AK36" s="14" t="n">
+      <c r="AN36" s="14" t="n">
         <v>108.69</v>
       </c>
-      <c r="AL36" s="14" t="n">
+      <c r="AO36" s="14" t="n">
         <v>111.248</v>
       </c>
-      <c r="AM36" s="14" t="n">
+      <c r="AP36" s="14" t="n">
         <v>94.695</v>
       </c>
-      <c r="AN36" s="14" t="n">
+      <c r="AQ36" s="14" t="n">
         <v>104.111</v>
       </c>
-      <c r="AO36" s="14" t="n">
+      <c r="AR36" s="14" t="n">
         <v>116.13</v>
       </c>
-      <c r="AP36" s="14" t="n">
+      <c r="AS36" s="14" t="n">
         <v>104.459</v>
       </c>
-      <c r="AQ36" s="14" t="n">
+      <c r="AT36" s="14" t="n">
         <v>100.038</v>
       </c>
-      <c r="AR36" s="14" t="n">
+      <c r="AU36" s="14" t="n">
         <v>109.374</v>
       </c>
-      <c r="AS36" s="14" t="n">
+      <c r="AV36" s="14" t="n">
         <v>95.431</v>
       </c>
-      <c r="AT36" s="14" t="n">
+      <c r="AW36" s="14" t="n">
         <v>99.526</v>
       </c>
-      <c r="AU36" s="14" t="n">
+      <c r="AX36" s="14" t="n">
         <v>125.704</v>
       </c>
-      <c r="AV36" s="14" t="n">
+      <c r="AY36" s="14" t="n">
         <v>111.195</v>
       </c>
-      <c r="AW36" s="14" t="n">
+      <c r="AZ36" s="14" t="n">
         <v>101.077</v>
       </c>
-      <c r="AX36" s="14" t="n">
+      <c r="BA36" s="14" t="n">
         <v>102.102</v>
       </c>
-      <c r="AY36" s="14" t="n">
+      <c r="BB36" s="14" t="n">
         <v>85.047</v>
       </c>
-      <c r="AZ36" s="14" t="n">
+      <c r="BC36" s="14" t="n">
         <v>98.364</v>
       </c>
-      <c r="BA36" s="14" t="n">
+      <c r="BD36" s="14" t="n">
         <v>106.102</v>
       </c>
-      <c r="BB36" s="14" t="n">
+      <c r="BE36" s="14" t="n">
         <v>94.005</v>
       </c>
-      <c r="BC36" s="14" t="n">
+      <c r="BF36" s="14" t="n">
         <v>95.312</v>
       </c>
-      <c r="BD36" s="14" t="n">
+      <c r="BG36" s="14" t="n">
         <v>101.207</v>
       </c>
-      <c r="BE36" s="14" t="n">
+      <c r="BH36" s="14" t="n">
         <v>89.068</v>
       </c>
-      <c r="BF36" s="14" t="n">
+      <c r="BI36" s="14" t="n">
         <v>90.816</v>
       </c>
-      <c r="BG36" s="15" t="n">
+      <c r="BJ36" s="15" t="n">
+        <v>24.8</v>
+      </c>
+      <c r="BK36" s="15" t="n">
+        <v>-1.9</v>
+      </c>
+      <c r="BL36" s="15" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="BM36" s="15" t="n">
         <v>20.0</v>
       </c>
-      <c r="BH36" s="15" t="n">
+      <c r="BN36" s="15" t="n">
+        <v>-18.3</v>
+      </c>
+      <c r="BO36" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="BP36" s="15" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="BQ36" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="BR36" s="15" t="n">
+        <v>-1.5</v>
+      </c>
+      <c r="BS36" s="15" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="BT36" s="15" t="n">
+        <v>-8.0</v>
+      </c>
+      <c r="BU36" s="15" t="n">
+        <v>-17.8</v>
+      </c>
+      <c r="BV36" s="15" t="n">
+        <v>14.3</v>
+      </c>
+      <c r="BW36" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="BX36" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="BY36" s="15" t="n">
+        <v>17.5</v>
+      </c>
+      <c r="BZ36" s="15" t="n">
         <v>-18.1</v>
       </c>
-      <c r="BI36" s="15" t="n">
+      <c r="CA36" s="15" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="CB36" s="15" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="CC36" s="15" t="n">
+        <v>-1.4</v>
+      </c>
+      <c r="CD36" s="15" t="n">
+        <v>-0.9</v>
+      </c>
+      <c r="CE36" s="15" t="n">
+        <v>9.8</v>
+      </c>
+      <c r="CF36" s="15" t="n">
+        <v>-6.0</v>
+      </c>
+      <c r="CG36" s="15" t="n">
+        <v>-17.5</v>
+      </c>
+      <c r="CH36" s="15" t="n">
+        <v>13.3</v>
+      </c>
+      <c r="CI36" s="15" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="CJ36" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="CK36" s="15" t="n">
+        <v>21.0</v>
+      </c>
+      <c r="CL36" s="15" t="n">
+        <v>-17.7</v>
+      </c>
+      <c r="CM36" s="15" t="n">
+        <v>-4.0</v>
+      </c>
+      <c r="CN36" s="15" t="n">
+        <v>11.0</v>
+      </c>
+      <c r="CO36" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="CP36" s="15" t="n">
+        <v>-5.4</v>
+      </c>
+      <c r="CQ36" s="15" t="n">
+        <v>13.8</v>
+      </c>
+      <c r="CR36" s="15" t="n">
+        <v>-5.5</v>
+      </c>
+      <c r="CS36" s="15" t="n">
+        <v>-20.5</v>
+      </c>
+      <c r="CT36" s="15" t="n">
+        <v>16.4</v>
+      </c>
+      <c r="CU36" s="15" t="n">
+        <v>5.6</v>
+      </c>
+      <c r="CV36" s="15" t="n">
+        <v>-2.3</v>
+      </c>
+      <c r="CW36" s="15" t="n">
+        <v>17.5</v>
+      </c>
+      <c r="CX36" s="15" t="n">
+        <v>-9.0</v>
+      </c>
+      <c r="CY36" s="15" t="n">
+        <v>-10.4</v>
+      </c>
+      <c r="CZ36" s="15" t="n">
+        <v>11.2</v>
+      </c>
+      <c r="DA36" s="15" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="DB36" s="15" t="n">
+        <v>-8.5</v>
+      </c>
+      <c r="DC36" s="15" t="n">
+        <v>14.6</v>
+      </c>
+      <c r="DD36" s="15" t="n">
+        <v>-4.1</v>
+      </c>
+      <c r="DE36" s="15" t="n">
+        <v>-20.8</v>
+      </c>
+      <c r="DF36" s="15" t="n">
+        <v>13.0</v>
+      </c>
+      <c r="DG36" s="15" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="DH36" s="15" t="n">
+        <v>-1.0</v>
+      </c>
+      <c r="DI36" s="15" t="n">
+        <v>20.1</v>
+      </c>
+      <c r="DJ36" s="15" t="n">
+        <v>-13.5</v>
+      </c>
+      <c r="DK36" s="15" t="n">
+        <v>-7.3</v>
+      </c>
+      <c r="DL36" s="15" t="n">
+        <v>12.9</v>
+      </c>
+      <c r="DM36" s="15" t="n">
+        <v>-1.4</v>
+      </c>
+      <c r="DN36" s="15" t="n">
+        <v>-5.8</v>
+      </c>
+      <c r="DO36" s="15" t="n">
+        <v>13.6</v>
+      </c>
+      <c r="DP36" s="15" t="n">
+        <v>-1.9</v>
+      </c>
+      <c r="DQ36" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DR36" s="15" t="n">
+        <v>9.5</v>
+      </c>
+      <c r="DS36" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="DT36" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="DU36" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="DV36" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="DW36" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="DX36" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="DY36" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="BJ36" s="15" t="n">
+      <c r="DZ36" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="EA36" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="EB36" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="EC36" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="ED36" s="15" t="n">
+        <v>3.4</v>
+      </c>
+      <c r="EE36" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="EF36" s="15" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="EG36" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="EH36" s="15" t="n">
+        <v>5.3</v>
+      </c>
+      <c r="EI36" s="15" t="n">
+        <v>5.8</v>
+      </c>
+      <c r="EJ36" s="15" t="n">
+        <v>-1.9</v>
+      </c>
+      <c r="EK36" s="15" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="EL36" s="15" t="n">
         <v>6.1</v>
       </c>
-      <c r="BK36" s="15" t="n">
-[...17 lines deleted...]
-      <c r="BQ36" s="15" t="n">
+      <c r="EM36" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="EN36" s="15" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="EO36" s="15" t="n">
+        <v>5.5</v>
+      </c>
+      <c r="EP36" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="EQ36" s="15" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="ER36" s="15" t="n">
+        <v>6.1</v>
+      </c>
+      <c r="ES36" s="15" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="ET36" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="EU36" s="15" t="n">
+        <v>10.8</v>
+      </c>
+      <c r="EV36" s="15" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="EW36" s="15" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="EX36" s="15" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="EY36" s="15" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="EZ36" s="15" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="FA36" s="15" t="n">
+        <v>6.7</v>
+      </c>
+      <c r="FB36" s="15" t="n">
+        <v>6.3</v>
+      </c>
+      <c r="FC36" s="15" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="FD36" s="15" t="n">
+        <v>7.5</v>
+      </c>
+      <c r="FE36" s="15" t="n">
+        <v>9.0</v>
+      </c>
+      <c r="FF36" s="15" t="n">
+        <v>11.3</v>
+      </c>
+      <c r="FG36" s="15" t="n">
+        <v>5.8</v>
+      </c>
+      <c r="FH36" s="15" t="n">
+        <v>9.5</v>
+      </c>
+      <c r="FI36" s="15" t="n">
+        <v>11.1</v>
+      </c>
+      <c r="FJ36" s="15" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="FK36" s="15" t="n">
+        <v>8.1</v>
+      </c>
+      <c r="FL36" s="15" t="n">
+        <v>7.1</v>
+      </c>
+      <c r="FM36" s="15" t="n">
+        <v>9.6</v>
+      </c>
+      <c r="FN36" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FO36" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FP36" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FQ36" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FR36" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FS36" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FT36" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FU36" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FV36" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FW36" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FX36" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FY36" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FZ36" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="GA36" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="GB36" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="GC36" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="BR36" s="15" t="n">
-[...86 lines deleted...]
-      <c r="CU36" s="15" t="n">
+      <c r="GD36" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="GE36" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="GF36" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="GG36" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="GH36" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="GI36" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="GJ36" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="GK36" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="GL36" s="15" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="GM36" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="GN36" s="15" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="GO36" s="15" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="GP36" s="15" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="GQ36" s="15" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="GR36" s="15" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="GS36" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="CV36" s="15" t="n">
-[...88 lines deleted...]
-      <c r="DY36" s="15" t="n">
+      <c r="GT36" s="15" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="GU36" s="15" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="GV36" s="15" t="n">
+        <v>5.2</v>
+      </c>
+      <c r="GW36" s="15" t="n">
+        <v>5.5</v>
+      </c>
+      <c r="GX36" s="15" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="GY36" s="15" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="GZ36" s="15" t="n">
+        <v>5.2</v>
+      </c>
+      <c r="HA36" s="15" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="HB36" s="15" t="n">
         <v>5.3</v>
       </c>
-      <c r="DZ36" s="15" t="n">
-[...17 lines deleted...]
-      <c r="EF36" s="15" t="n">
+      <c r="HC36" s="15" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="HD36" s="15" t="n">
+        <v>5.2</v>
+      </c>
+      <c r="HE36" s="15" t="n">
         <v>5.5</v>
       </c>
-      <c r="EG36" s="15" t="n">
-[...23 lines deleted...]
-      <c r="EO36" s="15" t="n">
+      <c r="HF36" s="15" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="HG36" s="15" t="n">
+        <v>5.4</v>
+      </c>
+      <c r="HH36" s="15" t="n">
+        <v>5.9</v>
+      </c>
+      <c r="HI36" s="15" t="n">
+        <v>6.7</v>
+      </c>
+      <c r="HJ36" s="15" t="n">
+        <v>7.7</v>
+      </c>
+      <c r="HK36" s="15" t="n">
+        <v>7.8</v>
+      </c>
+      <c r="HL36" s="15" t="n">
+        <v>8.4</v>
+      </c>
+      <c r="HM36" s="15" t="n">
+        <v>8.5</v>
+      </c>
+      <c r="HN36" s="15" t="n">
+        <v>8.4</v>
+      </c>
+      <c r="HO36" s="15" t="n">
         <v>8.0</v>
       </c>
-      <c r="EP36" s="15" t="n">
-[...41 lines deleted...]
-      <c r="FD36" s="15" t="n">
+      <c r="HP36" s="15" t="n">
+        <v>8.4</v>
+      </c>
+      <c r="HQ36" s="15" t="n">
+        <v>8.2</v>
+      </c>
+      <c r="HR36" s="15" t="n">
+        <v>7.4</v>
+      </c>
+      <c r="HS36" s="15" t="n">
+        <v>8.3</v>
+      </c>
+      <c r="HT36" s="15" t="n">
+        <v>8.4</v>
+      </c>
+      <c r="HU36" s="15" t="n">
         <v>9.6</v>
       </c>
-      <c r="FE36" s="13" t="inlineStr">
-[...249 lines deleted...]
-      <c r="HU36" s="13" t="inlineStr">
+      <c r="HV36" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HW36" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HX36" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HY36" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HZ36" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IA36" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IB36" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IC36" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID36" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE36" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF36" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG36" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    58 Publishing activities</t>
         </is>
       </c>
       <c r="B37" s="14" t="n">
-        <v>112.008</v>
+        <v>129.147</v>
       </c>
       <c r="C37" s="14" t="n">
-        <v>77.525</v>
+        <v>108.072</v>
       </c>
       <c r="D37" s="14" t="n">
-        <v>124.73</v>
+        <v>116.22</v>
       </c>
       <c r="E37" s="14" t="n">
-        <v>127.601</v>
+        <v>113.935</v>
       </c>
       <c r="F37" s="14" t="n">
-        <v>106.649</v>
+        <v>78.968</v>
       </c>
       <c r="G37" s="14" t="n">
-        <v>106.876</v>
+        <v>126.88</v>
       </c>
       <c r="H37" s="14" t="n">
-        <v>103.899</v>
+        <v>128.787</v>
       </c>
       <c r="I37" s="14" t="n">
-        <v>94.407</v>
+        <v>107.051</v>
       </c>
       <c r="J37" s="14" t="n">
-        <v>118.954</v>
+        <v>106.963</v>
       </c>
       <c r="K37" s="14" t="n">
-        <v>119.662</v>
+        <v>103.943</v>
       </c>
       <c r="L37" s="14" t="n">
-        <v>107.074</v>
+        <v>94.422</v>
       </c>
       <c r="M37" s="14" t="n">
+        <v>118.955</v>
+      </c>
+      <c r="N37" s="14" t="n">
+        <v>119.661</v>
+      </c>
+      <c r="O37" s="14" t="n">
+        <v>107.073</v>
+      </c>
+      <c r="P37" s="14" t="n">
         <v>110.191</v>
       </c>
-      <c r="N37" s="14" t="n">
+      <c r="Q37" s="14" t="n">
         <v>116.243</v>
       </c>
-      <c r="O37" s="14" t="n">
+      <c r="R37" s="14" t="n">
         <v>82.493</v>
       </c>
-      <c r="P37" s="14" t="n">
+      <c r="S37" s="14" t="n">
         <v>126.302</v>
       </c>
-      <c r="Q37" s="14" t="n">
+      <c r="T37" s="14" t="n">
         <v>125.612</v>
       </c>
-      <c r="R37" s="14" t="n">
+      <c r="U37" s="14" t="n">
         <v>110.022</v>
       </c>
-      <c r="S37" s="14" t="n">
+      <c r="V37" s="14" t="n">
         <v>112.996</v>
       </c>
-      <c r="T37" s="14" t="n">
+      <c r="W37" s="14" t="n">
         <v>98.004</v>
       </c>
-      <c r="U37" s="14" t="n">
+      <c r="X37" s="14" t="n">
         <v>93.529</v>
       </c>
-      <c r="V37" s="14" t="n">
+      <c r="Y37" s="14" t="n">
         <v>110.026</v>
       </c>
-      <c r="W37" s="14" t="n">
+      <c r="Z37" s="14" t="n">
         <v>113.215</v>
       </c>
-      <c r="X37" s="14" t="n">
+      <c r="AA37" s="14" t="n">
         <v>107.873</v>
       </c>
-      <c r="Y37" s="14" t="n">
+      <c r="AB37" s="14" t="n">
         <v>108.256</v>
       </c>
-      <c r="Z37" s="14" t="n">
+      <c r="AC37" s="14" t="n">
         <v>120.31</v>
       </c>
-      <c r="AA37" s="14" t="n">
+      <c r="AD37" s="14" t="n">
         <v>87.713</v>
       </c>
-      <c r="AB37" s="14" t="n">
+      <c r="AE37" s="14" t="n">
         <v>112.315</v>
       </c>
-      <c r="AC37" s="14" t="n">
+      <c r="AF37" s="14" t="n">
         <v>127.846</v>
       </c>
-      <c r="AD37" s="14" t="n">
+      <c r="AG37" s="14" t="n">
         <v>105.658</v>
       </c>
-      <c r="AE37" s="14" t="n">
+      <c r="AH37" s="14" t="n">
         <v>102.767</v>
       </c>
-      <c r="AF37" s="14" t="n">
+      <c r="AI37" s="14" t="n">
         <v>106.587</v>
       </c>
-      <c r="AG37" s="14" t="n">
+      <c r="AJ37" s="14" t="n">
         <v>92.364</v>
       </c>
-      <c r="AH37" s="14" t="n">
+      <c r="AK37" s="14" t="n">
         <v>106.056</v>
       </c>
-      <c r="AI37" s="14" t="n">
+      <c r="AL37" s="14" t="n">
         <v>121.522</v>
       </c>
-      <c r="AJ37" s="14" t="n">
+      <c r="AM37" s="14" t="n">
         <v>106.465</v>
       </c>
-      <c r="AK37" s="14" t="n">
+      <c r="AN37" s="14" t="n">
         <v>105.72</v>
       </c>
-      <c r="AL37" s="14" t="n">
+      <c r="AO37" s="14" t="n">
         <v>119.563</v>
       </c>
-      <c r="AM37" s="14" t="n">
+      <c r="AP37" s="14" t="n">
         <v>90.659</v>
       </c>
-      <c r="AN37" s="14" t="n">
+      <c r="AQ37" s="14" t="n">
         <v>105.681</v>
       </c>
-      <c r="AO37" s="14" t="n">
+      <c r="AR37" s="14" t="n">
         <v>125.292</v>
       </c>
-      <c r="AP37" s="14" t="n">
+      <c r="AS37" s="14" t="n">
         <v>102.078</v>
       </c>
-      <c r="AQ37" s="14" t="n">
+      <c r="AT37" s="14" t="n">
         <v>96.99</v>
       </c>
-      <c r="AR37" s="14" t="n">
+      <c r="AU37" s="14" t="n">
         <v>96.862</v>
       </c>
-      <c r="AS37" s="14" t="n">
+      <c r="AV37" s="14" t="n">
         <v>95.255</v>
       </c>
-      <c r="AT37" s="14" t="n">
+      <c r="AW37" s="14" t="n">
         <v>103.221</v>
       </c>
-      <c r="AU37" s="14" t="n">
+      <c r="AX37" s="14" t="n">
         <v>117.722</v>
       </c>
-      <c r="AV37" s="14" t="n">
+      <c r="AY37" s="14" t="n">
         <v>101.242</v>
       </c>
-      <c r="AW37" s="14" t="n">
+      <c r="AZ37" s="14" t="n">
         <v>102.855</v>
       </c>
-      <c r="AX37" s="14" t="n">
+      <c r="BA37" s="14" t="n">
         <v>103.5</v>
       </c>
-      <c r="AY37" s="14" t="n">
+      <c r="BB37" s="14" t="n">
         <v>80.194</v>
       </c>
-      <c r="AZ37" s="14" t="n">
+      <c r="BC37" s="14" t="n">
         <v>102.221</v>
       </c>
-      <c r="BA37" s="14" t="n">
+      <c r="BD37" s="14" t="n">
         <v>126.464</v>
       </c>
-      <c r="BB37" s="14" t="n">
+      <c r="BE37" s="14" t="n">
         <v>101.319</v>
       </c>
-      <c r="BC37" s="14" t="n">
+      <c r="BF37" s="14" t="n">
         <v>97.559</v>
       </c>
-      <c r="BD37" s="14" t="n">
+      <c r="BG37" s="14" t="n">
         <v>93.406</v>
       </c>
-      <c r="BE37" s="14" t="n">
+      <c r="BH37" s="14" t="n">
         <v>83.421</v>
       </c>
-      <c r="BF37" s="14" t="n">
+      <c r="BI37" s="14" t="n">
         <v>90.098</v>
       </c>
-      <c r="BG37" s="15" t="n">
-[...2 lines deleted...]
-      <c r="BH37" s="15" t="n">
+      <c r="BJ37" s="15" t="n">
+        <v>19.5</v>
+      </c>
+      <c r="BK37" s="15" t="n">
+        <v>-7.0</v>
+      </c>
+      <c r="BL37" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="BM37" s="15" t="n">
+        <v>44.3</v>
+      </c>
+      <c r="BN37" s="15" t="n">
         <v>-37.8</v>
       </c>
-      <c r="BI37" s="15" t="n">
-[...8 lines deleted...]
-      <c r="BL37" s="15" t="n">
+      <c r="BO37" s="15" t="n">
+        <v>-1.5</v>
+      </c>
+      <c r="BP37" s="15" t="n">
+        <v>20.3</v>
+      </c>
+      <c r="BQ37" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="BR37" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="BM37" s="15" t="n">
+      <c r="BS37" s="15" t="n">
         <v>10.1</v>
       </c>
-      <c r="BN37" s="15" t="n">
+      <c r="BT37" s="15" t="n">
         <v>-20.6</v>
       </c>
-      <c r="BO37" s="15" t="n">
+      <c r="BU37" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="BP37" s="15" t="n">
+      <c r="BV37" s="15" t="n">
         <v>11.8</v>
       </c>
-      <c r="BQ37" s="15" t="n">
+      <c r="BW37" s="15" t="n">
         <v>-2.8</v>
       </c>
-      <c r="BR37" s="15" t="n">
+      <c r="BX37" s="15" t="n">
         <v>-5.2</v>
       </c>
-      <c r="BS37" s="15" t="n">
+      <c r="BY37" s="15" t="n">
         <v>40.9</v>
       </c>
-      <c r="BT37" s="15" t="n">
+      <c r="BZ37" s="15" t="n">
         <v>-34.7</v>
       </c>
-      <c r="BU37" s="15" t="n">
+      <c r="CA37" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="BV37" s="15" t="n">
+      <c r="CB37" s="15" t="n">
         <v>14.2</v>
       </c>
-      <c r="BW37" s="15" t="n">
+      <c r="CC37" s="15" t="n">
         <v>-2.6</v>
       </c>
-      <c r="BX37" s="15" t="n">
+      <c r="CD37" s="15" t="n">
         <v>15.3</v>
       </c>
-      <c r="BY37" s="15" t="n">
+      <c r="CE37" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="BZ37" s="15" t="n">
+      <c r="CF37" s="15" t="n">
         <v>-15.0</v>
       </c>
-      <c r="CA37" s="15" t="n">
+      <c r="CG37" s="15" t="n">
         <v>-2.8</v>
       </c>
-      <c r="CB37" s="15" t="n">
+      <c r="CH37" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="CC37" s="15" t="n">
+      <c r="CI37" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="CD37" s="15" t="n">
+      <c r="CJ37" s="15" t="n">
         <v>-10.0</v>
       </c>
-      <c r="CE37" s="15" t="n">
+      <c r="CK37" s="15" t="n">
         <v>37.2</v>
       </c>
-      <c r="CF37" s="15" t="n">
+      <c r="CL37" s="15" t="n">
         <v>-21.9</v>
       </c>
-      <c r="CG37" s="15" t="n">
+      <c r="CM37" s="15" t="n">
         <v>-12.1</v>
       </c>
-      <c r="CH37" s="15" t="n">
+      <c r="CN37" s="15" t="n">
         <v>21.0</v>
       </c>
-      <c r="CI37" s="15" t="n">
+      <c r="CO37" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="CJ37" s="15" t="n">
+      <c r="CP37" s="15" t="n">
         <v>-3.6</v>
       </c>
-      <c r="CK37" s="15" t="n">
+      <c r="CQ37" s="15" t="n">
         <v>15.4</v>
       </c>
-      <c r="CL37" s="15" t="n">
+      <c r="CR37" s="15" t="n">
         <v>-12.9</v>
       </c>
-      <c r="CM37" s="15" t="n">
+      <c r="CS37" s="15" t="n">
         <v>-12.7</v>
       </c>
-      <c r="CN37" s="15" t="n">
+      <c r="CT37" s="15" t="n">
         <v>14.1</v>
       </c>
-      <c r="CO37" s="15" t="n">
+      <c r="CU37" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="CP37" s="15" t="n">
+      <c r="CV37" s="15" t="n">
         <v>-11.6</v>
       </c>
-      <c r="CQ37" s="15" t="n">
+      <c r="CW37" s="15" t="n">
         <v>31.9</v>
       </c>
-      <c r="CR37" s="15" t="n">
+      <c r="CX37" s="15" t="n">
         <v>-14.2</v>
       </c>
-      <c r="CS37" s="15" t="n">
+      <c r="CY37" s="15" t="n">
         <v>-15.7</v>
       </c>
-      <c r="CT37" s="15" t="n">
+      <c r="CZ37" s="15" t="n">
         <v>22.7</v>
       </c>
-      <c r="CU37" s="15" t="n">
+      <c r="DA37" s="15" t="n">
         <v>5.2</v>
       </c>
-      <c r="CV37" s="15" t="n">
+      <c r="DB37" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="CW37" s="15" t="n">
+      <c r="DC37" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="CX37" s="15" t="n">
+      <c r="DD37" s="15" t="n">
         <v>-7.7</v>
       </c>
-      <c r="CY37" s="15" t="n">
+      <c r="DE37" s="15" t="n">
         <v>-12.3</v>
       </c>
-      <c r="CZ37" s="15" t="n">
+      <c r="DF37" s="15" t="n">
         <v>16.3</v>
       </c>
-      <c r="DA37" s="15" t="n">
+      <c r="DG37" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="DB37" s="15" t="n">
+      <c r="DH37" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="DC37" s="15" t="n">
+      <c r="DI37" s="15" t="n">
         <v>29.1</v>
       </c>
-      <c r="DD37" s="15" t="n">
+      <c r="DJ37" s="15" t="n">
         <v>-21.5</v>
       </c>
-      <c r="DE37" s="15" t="n">
+      <c r="DK37" s="15" t="n">
         <v>-19.2</v>
       </c>
-      <c r="DF37" s="15" t="n">
+      <c r="DL37" s="15" t="n">
         <v>24.8</v>
       </c>
-      <c r="DG37" s="15" t="n">
+      <c r="DM37" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="DH37" s="15" t="n">
+      <c r="DN37" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="DI37" s="15" t="n">
+      <c r="DO37" s="15" t="n">
         <v>12.0</v>
       </c>
-      <c r="DJ37" s="15" t="n">
+      <c r="DP37" s="15" t="n">
         <v>-7.4</v>
       </c>
-      <c r="DK37" s="13" t="inlineStr">
-[...20 lines deleted...]
-        <v>-5.4</v>
+      <c r="DQ37" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
       </c>
       <c r="DR37" s="15" t="n">
-        <v>6.0</v>
+        <v>7.9</v>
       </c>
       <c r="DS37" s="15" t="n">
         <v>0.9</v>
       </c>
       <c r="DT37" s="15" t="n">
+        <v>5.5</v>
+      </c>
+      <c r="DU37" s="15" t="n">
+        <v>-2.0</v>
+      </c>
+      <c r="DV37" s="15" t="n">
+        <v>-4.3</v>
+      </c>
+      <c r="DW37" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="DX37" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="DY37" s="15" t="n">
+        <v>-2.7</v>
+      </c>
+      <c r="DZ37" s="15" t="n">
+        <v>-5.3</v>
+      </c>
+      <c r="EA37" s="15" t="n">
+        <v>6.1</v>
+      </c>
+      <c r="EB37" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="EC37" s="15" t="n">
         <v>8.1</v>
       </c>
-      <c r="DU37" s="15" t="n">
+      <c r="ED37" s="15" t="n">
         <v>5.7</v>
       </c>
-      <c r="DV37" s="15" t="n">
+      <c r="EE37" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="DW37" s="15" t="n">
+      <c r="EF37" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="DX37" s="15" t="n">
+      <c r="EG37" s="15" t="n">
         <v>-3.4</v>
       </c>
-      <c r="DY37" s="15" t="n">
+      <c r="EH37" s="15" t="n">
         <v>-6.0</v>
       </c>
-      <c r="DZ37" s="15" t="n">
+      <c r="EI37" s="15" t="n">
         <v>12.5</v>
       </c>
-      <c r="EA37" s="15" t="n">
+      <c r="EJ37" s="15" t="n">
         <v>-1.7</v>
       </c>
-      <c r="EB37" s="15" t="n">
+      <c r="EK37" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="EC37" s="15" t="n">
+      <c r="EL37" s="15" t="n">
         <v>10.0</v>
       </c>
-      <c r="ED37" s="15" t="n">
+      <c r="EM37" s="15" t="n">
         <v>-8.1</v>
       </c>
-      <c r="EE37" s="15" t="n">
+      <c r="EN37" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="EF37" s="15" t="n">
+      <c r="EO37" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="EG37" s="15" t="n">
+      <c r="EP37" s="15" t="n">
         <v>-6.8</v>
       </c>
-      <c r="EH37" s="15" t="n">
+      <c r="EQ37" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="EI37" s="15" t="n">
+      <c r="ER37" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="EJ37" s="15" t="n">
+      <c r="ES37" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="EK37" s="15" t="n">
+      <c r="ET37" s="15" t="n">
         <v>-3.2</v>
       </c>
-      <c r="EL37" s="15" t="n">
+      <c r="EU37" s="15" t="n">
         <v>6.3</v>
       </c>
-      <c r="EM37" s="15" t="n">
+      <c r="EV37" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="EN37" s="15" t="n">
+      <c r="EW37" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="EO37" s="15" t="n">
+      <c r="EX37" s="15" t="n">
         <v>6.0</v>
       </c>
-      <c r="EP37" s="15" t="n">
+      <c r="EY37" s="15" t="n">
         <v>10.0</v>
       </c>
-      <c r="EQ37" s="15" t="n">
+      <c r="EZ37" s="15" t="n">
         <v>-3.0</v>
       </c>
-      <c r="ER37" s="15" t="n">
+      <c r="FA37" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="ES37" s="15" t="n">
+      <c r="FB37" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="ET37" s="15" t="n">
+      <c r="FC37" s="15" t="n">
         <v>5.2</v>
       </c>
-      <c r="EU37" s="15" t="n">
+      <c r="FD37" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="EV37" s="15" t="n">
+      <c r="FE37" s="15" t="n">
         <v>15.5</v>
       </c>
-      <c r="EW37" s="15" t="n">
+      <c r="FF37" s="15" t="n">
         <v>13.0</v>
       </c>
-      <c r="EX37" s="15" t="n">
+      <c r="FG37" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="EY37" s="15" t="n">
+      <c r="FH37" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="EZ37" s="15" t="n">
+      <c r="FI37" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="FA37" s="15" t="n">
+      <c r="FJ37" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="FB37" s="15" t="n">
+      <c r="FK37" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="FC37" s="15" t="n">
+      <c r="FL37" s="15" t="n">
         <v>14.2</v>
       </c>
-      <c r="FD37" s="15" t="n">
+      <c r="FM37" s="15" t="n">
         <v>14.6</v>
       </c>
-      <c r="FE37" s="13" t="inlineStr">
-[...43 lines deleted...]
-      </c>
       <c r="FN37" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FO37" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FP37" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="FQ37" s="15" t="n">
-[...24 lines deleted...]
-        <v>8.1</v>
+      <c r="FQ37" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FR37" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FS37" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FT37" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FU37" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FV37" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FW37" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FX37" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FY37" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
       </c>
       <c r="FZ37" s="15" t="n">
         <v>1.6</v>
       </c>
       <c r="GA37" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="GB37" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="GC37" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="GD37" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="GE37" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="GF37" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="GG37" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="GB37" s="15" t="n">
+      <c r="GH37" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="GI37" s="15" t="n">
+        <v>5.2</v>
+      </c>
+      <c r="GJ37" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="GK37" s="15" t="n">
+        <v>8.1</v>
+      </c>
+      <c r="GL37" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="GM37" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="GN37" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="GC37" s="15" t="n">
+      <c r="GO37" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="GD37" s="15" t="n">
+      <c r="GP37" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="GE37" s="15" t="n">
+      <c r="GQ37" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="GF37" s="15" t="n">
+      <c r="GR37" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="GG37" s="15" t="n">
+      <c r="GS37" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="GH37" s="15" t="n">
+      <c r="GT37" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="GI37" s="15" t="n">
+      <c r="GU37" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="GJ37" s="15" t="n">
+      <c r="GV37" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="GK37" s="15" t="n">
+      <c r="GW37" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="GL37" s="15" t="n">
+      <c r="GX37" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="GM37" s="15" t="n">
+      <c r="GY37" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="GN37" s="15" t="n">
+      <c r="GZ37" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="GO37" s="15" t="n">
+      <c r="HA37" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="GP37" s="15" t="n">
+      <c r="HB37" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="GQ37" s="15" t="n">
+      <c r="HC37" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="GR37" s="15" t="n">
+      <c r="HD37" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="GS37" s="15" t="n">
+      <c r="HE37" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="GT37" s="15" t="n">
+      <c r="HF37" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="GU37" s="15" t="n">
+      <c r="HG37" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="GV37" s="15" t="n">
+      <c r="HH37" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="GW37" s="15" t="n">
+      <c r="HI37" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="GX37" s="15" t="n">
+      <c r="HJ37" s="15" t="n">
         <v>5.8</v>
       </c>
-      <c r="GY37" s="15" t="n">
+      <c r="HK37" s="15" t="n">
         <v>6.1</v>
       </c>
-      <c r="GZ37" s="15" t="n">
+      <c r="HL37" s="15" t="n">
         <v>6.1</v>
       </c>
-      <c r="HA37" s="15" t="n">
+      <c r="HM37" s="15" t="n">
         <v>6.5</v>
       </c>
-      <c r="HB37" s="15" t="n">
+      <c r="HN37" s="15" t="n">
         <v>5.3</v>
       </c>
-      <c r="HC37" s="15" t="n">
+      <c r="HO37" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="HD37" s="15" t="n">
+      <c r="HP37" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="HE37" s="15" t="n">
+      <c r="HQ37" s="15" t="n">
         <v>6.1</v>
       </c>
-      <c r="HF37" s="15" t="n">
+      <c r="HR37" s="15" t="n">
         <v>7.6</v>
       </c>
-      <c r="HG37" s="15" t="n">
+      <c r="HS37" s="15" t="n">
         <v>10.6</v>
       </c>
-      <c r="HH37" s="15" t="n">
+      <c r="HT37" s="15" t="n">
         <v>14.4</v>
       </c>
-      <c r="HI37" s="15" t="n">
+      <c r="HU37" s="15" t="n">
         <v>14.6</v>
       </c>
-      <c r="HJ37" s="13" t="inlineStr">
-[...54 lines deleted...]
-      <c r="HU37" s="13" t="inlineStr">
+      <c r="HV37" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HW37" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HX37" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HY37" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HZ37" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IA37" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IB37" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IC37" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID37" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE37" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF37" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG37" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    59 Motion picture, video and television programme production, sound recording and music publishing activities</t>
         </is>
       </c>
       <c r="B38" s="14" t="n">
-        <v>105.463</v>
+        <v>137.444</v>
       </c>
       <c r="C38" s="14" t="n">
-        <v>78.395</v>
+        <v>101.896</v>
       </c>
       <c r="D38" s="14" t="n">
-        <v>91.552</v>
+        <v>98.063</v>
       </c>
       <c r="E38" s="14" t="n">
-        <v>103.521</v>
+        <v>107.029</v>
       </c>
       <c r="F38" s="14" t="n">
-        <v>102.124</v>
+        <v>79.348</v>
       </c>
       <c r="G38" s="14" t="n">
-        <v>93.725</v>
+        <v>92.385</v>
       </c>
       <c r="H38" s="14" t="n">
-        <v>105.33</v>
+        <v>103.825</v>
       </c>
       <c r="I38" s="14" t="n">
-        <v>84.574</v>
+        <v>102.026</v>
       </c>
       <c r="J38" s="14" t="n">
-        <v>92.383</v>
+        <v>93.523</v>
       </c>
       <c r="K38" s="14" t="n">
-        <v>143.319</v>
+        <v>105.261</v>
       </c>
       <c r="L38" s="14" t="n">
-        <v>114.053</v>
+        <v>84.593</v>
       </c>
       <c r="M38" s="14" t="n">
-        <v>106.672</v>
+        <v>92.428</v>
       </c>
       <c r="N38" s="14" t="n">
-        <v>108.771</v>
+        <v>143.335</v>
       </c>
       <c r="O38" s="14" t="n">
-        <v>87.698</v>
+        <v>114.041</v>
       </c>
       <c r="P38" s="14" t="n">
-        <v>96.285</v>
+        <v>106.656</v>
       </c>
       <c r="Q38" s="14" t="n">
-        <v>103.128</v>
+        <v>108.766</v>
       </c>
       <c r="R38" s="14" t="n">
+        <v>87.699</v>
+      </c>
+      <c r="S38" s="14" t="n">
+        <v>96.288</v>
+      </c>
+      <c r="T38" s="14" t="n">
+        <v>103.129</v>
+      </c>
+      <c r="U38" s="14" t="n">
         <v>94.37</v>
       </c>
-      <c r="S38" s="14" t="n">
-[...5 lines deleted...]
-      <c r="U38" s="14" t="n">
+      <c r="V38" s="14" t="n">
+        <v>94.573</v>
+      </c>
+      <c r="W38" s="14" t="n">
+        <v>108.806</v>
+      </c>
+      <c r="X38" s="14" t="n">
         <v>86.249</v>
       </c>
-      <c r="V38" s="14" t="n">
+      <c r="Y38" s="14" t="n">
         <v>85.578</v>
       </c>
-      <c r="W38" s="14" t="n">
+      <c r="Z38" s="14" t="n">
         <v>136.16</v>
       </c>
-      <c r="X38" s="14" t="n">
+      <c r="AA38" s="14" t="n">
         <v>101.198</v>
       </c>
-      <c r="Y38" s="14" t="n">
+      <c r="AB38" s="14" t="n">
+        <v>93.881</v>
+      </c>
+      <c r="AC38" s="14" t="n">
+        <v>102.135</v>
+      </c>
+      <c r="AD38" s="14" t="n">
+        <v>90.62</v>
+      </c>
+      <c r="AE38" s="14" t="n">
+        <v>96.697</v>
+      </c>
+      <c r="AF38" s="14" t="n">
+        <v>102.69</v>
+      </c>
+      <c r="AG38" s="14" t="n">
+        <v>95.247</v>
+      </c>
+      <c r="AH38" s="14" t="n">
+        <v>97.3</v>
+      </c>
+      <c r="AI38" s="14" t="n">
+        <v>109.882</v>
+      </c>
+      <c r="AJ38" s="14" t="n">
+        <v>87.143</v>
+      </c>
+      <c r="AK38" s="14" t="n">
+        <v>89.908</v>
+      </c>
+      <c r="AL38" s="14" t="n">
+        <v>156.268</v>
+      </c>
+      <c r="AM38" s="14" t="n">
+        <v>107.576</v>
+      </c>
+      <c r="AN38" s="14" t="n">
+        <v>93.642</v>
+      </c>
+      <c r="AO38" s="14" t="n">
+        <v>87.072</v>
+      </c>
+      <c r="AP38" s="14" t="n">
+        <v>78.749</v>
+      </c>
+      <c r="AQ38" s="14" t="n">
+        <v>90.981</v>
+      </c>
+      <c r="AR38" s="14" t="n">
+        <v>139.302</v>
+      </c>
+      <c r="AS38" s="14" t="n">
+        <v>101.179</v>
+      </c>
+      <c r="AT38" s="14" t="n">
+        <v>101.15</v>
+      </c>
+      <c r="AU38" s="14" t="n">
+        <v>125.646</v>
+      </c>
+      <c r="AV38" s="14" t="n">
+        <v>92.449</v>
+      </c>
+      <c r="AW38" s="14" t="n">
+        <v>83.34</v>
+      </c>
+      <c r="AX38" s="14" t="n">
+        <v>119.127</v>
+      </c>
+      <c r="AY38" s="14" t="n">
+        <v>181.775</v>
+      </c>
+      <c r="AZ38" s="14" t="n">
+        <v>95.491</v>
+      </c>
+      <c r="BA38" s="14" t="n">
+        <v>96.844</v>
+      </c>
+      <c r="BB38" s="14" t="n">
+        <v>81.053</v>
+      </c>
+      <c r="BC38" s="14" t="n">
+        <v>89.009</v>
+      </c>
+      <c r="BD38" s="14" t="n">
+        <v>85.617</v>
+      </c>
+      <c r="BE38" s="14" t="n">
         <v>93.882</v>
       </c>
-      <c r="Z38" s="14" t="n">
-[...86 lines deleted...]
-      <c r="BC38" s="14" t="n">
+      <c r="BF38" s="14" t="n">
         <v>101.353</v>
       </c>
-      <c r="BD38" s="14" t="n">
+      <c r="BG38" s="14" t="n">
         <v>121.112</v>
       </c>
-      <c r="BE38" s="14" t="n">
+      <c r="BH38" s="14" t="n">
         <v>68.11</v>
       </c>
-      <c r="BF38" s="14" t="n">
+      <c r="BI38" s="14" t="n">
         <v>66.626</v>
       </c>
-      <c r="BG38" s="15" t="n">
+      <c r="BJ38" s="15" t="n">
+        <v>34.9</v>
+      </c>
+      <c r="BK38" s="15" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="BL38" s="15" t="n">
+        <v>-8.4</v>
+      </c>
+      <c r="BM38" s="15" t="n">
+        <v>34.9</v>
+      </c>
+      <c r="BN38" s="15" t="n">
+        <v>-14.1</v>
+      </c>
+      <c r="BO38" s="15" t="n">
+        <v>-11.0</v>
+      </c>
+      <c r="BP38" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="BQ38" s="15" t="n">
+        <v>9.1</v>
+      </c>
+      <c r="BR38" s="15" t="n">
+        <v>-11.2</v>
+      </c>
+      <c r="BS38" s="15" t="n">
+        <v>24.4</v>
+      </c>
+      <c r="BT38" s="15" t="n">
+        <v>-8.5</v>
+      </c>
+      <c r="BU38" s="15" t="n">
+        <v>-35.5</v>
+      </c>
+      <c r="BV38" s="15" t="n">
+        <v>25.7</v>
+      </c>
+      <c r="BW38" s="15" t="n">
+        <v>6.9</v>
+      </c>
+      <c r="BX38" s="15" t="n">
+        <v>-1.9</v>
+      </c>
+      <c r="BY38" s="15" t="n">
+        <v>24.0</v>
+      </c>
+      <c r="BZ38" s="15" t="n">
+        <v>-8.9</v>
+      </c>
+      <c r="CA38" s="15" t="n">
+        <v>-6.6</v>
+      </c>
+      <c r="CB38" s="15" t="n">
+        <v>9.3</v>
+      </c>
+      <c r="CC38" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="CD38" s="15" t="n">
+        <v>-13.1</v>
+      </c>
+      <c r="CE38" s="15" t="n">
+        <v>26.2</v>
+      </c>
+      <c r="CF38" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="CG38" s="15" t="n">
+        <v>-37.1</v>
+      </c>
+      <c r="CH38" s="15" t="n">
         <v>34.5</v>
       </c>
-      <c r="BH38" s="15" t="n">
-[...29 lines deleted...]
-      <c r="BR38" s="15" t="n">
+      <c r="CI38" s="15" t="n">
+        <v>7.8</v>
+      </c>
+      <c r="CJ38" s="15" t="n">
+        <v>-8.1</v>
+      </c>
+      <c r="CK38" s="15" t="n">
+        <v>12.7</v>
+      </c>
+      <c r="CL38" s="15" t="n">
+        <v>-6.3</v>
+      </c>
+      <c r="CM38" s="15" t="n">
+        <v>-5.8</v>
+      </c>
+      <c r="CN38" s="15" t="n">
+        <v>7.8</v>
+      </c>
+      <c r="CO38" s="15" t="n">
+        <v>-2.1</v>
+      </c>
+      <c r="CP38" s="15" t="n">
+        <v>-11.4</v>
+      </c>
+      <c r="CQ38" s="15" t="n">
+        <v>26.1</v>
+      </c>
+      <c r="CR38" s="15" t="n">
+        <v>-3.1</v>
+      </c>
+      <c r="CS38" s="15" t="n">
+        <v>-42.5</v>
+      </c>
+      <c r="CT38" s="15" t="n">
+        <v>45.3</v>
+      </c>
+      <c r="CU38" s="15" t="n">
+        <v>14.9</v>
+      </c>
+      <c r="CV38" s="15" t="n">
+        <v>7.5</v>
+      </c>
+      <c r="CW38" s="15" t="n">
+        <v>10.6</v>
+      </c>
+      <c r="CX38" s="15" t="n">
+        <v>-13.4</v>
+      </c>
+      <c r="CY38" s="15" t="n">
+        <v>-34.7</v>
+      </c>
+      <c r="CZ38" s="15" t="n">
+        <v>37.7</v>
+      </c>
+      <c r="DA38" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DB38" s="15" t="n">
+        <v>-19.5</v>
+      </c>
+      <c r="DC38" s="15" t="n">
+        <v>35.9</v>
+      </c>
+      <c r="DD38" s="15" t="n">
+        <v>10.9</v>
+      </c>
+      <c r="DE38" s="15" t="n">
+        <v>-30.0</v>
+      </c>
+      <c r="DF38" s="15" t="n">
+        <v>-34.5</v>
+      </c>
+      <c r="DG38" s="15" t="n">
+        <v>90.4</v>
+      </c>
+      <c r="DH38" s="15" t="n">
+        <v>-1.4</v>
+      </c>
+      <c r="DI38" s="15" t="n">
+        <v>19.5</v>
+      </c>
+      <c r="DJ38" s="15" t="n">
+        <v>-8.9</v>
+      </c>
+      <c r="DK38" s="15" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="DL38" s="15" t="n">
+        <v>-8.8</v>
+      </c>
+      <c r="DM38" s="15" t="n">
+        <v>-7.4</v>
+      </c>
+      <c r="DN38" s="15" t="n">
+        <v>-16.3</v>
+      </c>
+      <c r="DO38" s="15" t="n">
+        <v>77.8</v>
+      </c>
+      <c r="DP38" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="DQ38" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DR38" s="15" t="n">
+        <v>-4.1</v>
+      </c>
+      <c r="DS38" s="15" t="n">
+        <v>-10.6</v>
+      </c>
+      <c r="DT38" s="15" t="n">
+        <v>-8.1</v>
+      </c>
+      <c r="DU38" s="15" t="n">
+        <v>-1.6</v>
+      </c>
+      <c r="DV38" s="15" t="n">
+        <v>-9.5</v>
+      </c>
+      <c r="DW38" s="15" t="n">
+        <v>-4.1</v>
+      </c>
+      <c r="DX38" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="DY38" s="15" t="n">
+        <v>8.1</v>
+      </c>
+      <c r="DZ38" s="15" t="n">
+        <v>-1.1</v>
+      </c>
+      <c r="EA38" s="15" t="n">
+        <v>-3.3</v>
+      </c>
+      <c r="EB38" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="BS38" s="15" t="n">
-[...11 lines deleted...]
-      <c r="BW38" s="15" t="n">
+      <c r="EC38" s="15" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="ED38" s="15" t="n">
+        <v>5.3</v>
+      </c>
+      <c r="EE38" s="15" t="n">
+        <v>12.7</v>
+      </c>
+      <c r="EF38" s="15" t="n">
+        <v>13.6</v>
+      </c>
+      <c r="EG38" s="15" t="n">
+        <v>6.5</v>
+      </c>
+      <c r="EH38" s="15" t="n">
+        <v>-3.2</v>
+      </c>
+      <c r="EI38" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="EJ38" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="EK38" s="15" t="n">
+        <v>-0.9</v>
+      </c>
+      <c r="EL38" s="15" t="n">
+        <v>-2.8</v>
+      </c>
+      <c r="EM38" s="15" t="n">
+        <v>-1.0</v>
+      </c>
+      <c r="EN38" s="15" t="n">
+        <v>-1.0</v>
+      </c>
+      <c r="EO38" s="15" t="n">
+        <v>-4.8</v>
+      </c>
+      <c r="EP38" s="15" t="n">
+        <v>-12.9</v>
+      </c>
+      <c r="EQ38" s="15" t="n">
+        <v>-5.9</v>
+      </c>
+      <c r="ER38" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="ES38" s="15" t="n">
+        <v>17.3</v>
+      </c>
+      <c r="ET38" s="15" t="n">
+        <v>15.1</v>
+      </c>
+      <c r="EU38" s="15" t="n">
+        <v>6.3</v>
+      </c>
+      <c r="EV38" s="15" t="n">
+        <v>-26.3</v>
+      </c>
+      <c r="EW38" s="15" t="n">
+        <v>-5.9</v>
+      </c>
+      <c r="EX38" s="15" t="n">
+        <v>-3.8</v>
+      </c>
+      <c r="EY38" s="15" t="n">
+        <v>-12.5</v>
+      </c>
+      <c r="EZ38" s="15" t="n">
+        <v>-5.7</v>
+      </c>
+      <c r="FA38" s="15" t="n">
+        <v>7.9</v>
+      </c>
+      <c r="FB38" s="15" t="n">
+        <v>31.2</v>
+      </c>
+      <c r="FC38" s="15" t="n">
+        <v>-40.8</v>
+      </c>
+      <c r="FD38" s="15" t="n">
+        <v>-1.9</v>
+      </c>
+      <c r="FE38" s="15" t="n">
+        <v>-10.1</v>
+      </c>
+      <c r="FF38" s="15" t="n">
+        <v>-2.8</v>
+      </c>
+      <c r="FG38" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="FH38" s="15" t="n">
+        <v>62.7</v>
+      </c>
+      <c r="FI38" s="15" t="n">
+        <v>7.8</v>
+      </c>
+      <c r="FJ38" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="BX38" s="15" t="n">
-[...5 lines deleted...]
-      <c r="BZ38" s="15" t="n">
+      <c r="FK38" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="FL38" s="15" t="n">
+        <v>35.7</v>
+      </c>
+      <c r="FM38" s="15" t="n">
+        <v>25.1</v>
+      </c>
+      <c r="FN38" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FO38" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FP38" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FQ38" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FR38" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FS38" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FT38" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FU38" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FV38" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FW38" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FX38" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FY38" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FZ38" s="15" t="n">
+        <v>-2.6</v>
+      </c>
+      <c r="GA38" s="15" t="n">
+        <v>-2.4</v>
+      </c>
+      <c r="GB38" s="15" t="n">
+        <v>-1.4</v>
+      </c>
+      <c r="GC38" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="GD38" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="GE38" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="CA38" s="15" t="n">
-[...11 lines deleted...]
-      <c r="CE38" s="15" t="n">
+      <c r="GF38" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="GG38" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="GH38" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="GI38" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="GJ38" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="GK38" s="15" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="GL38" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="GM38" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="GN38" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="GO38" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="GP38" s="15" t="n">
+        <v>-1.7</v>
+      </c>
+      <c r="GQ38" s="15" t="n">
+        <v>-1.5</v>
+      </c>
+      <c r="GR38" s="15" t="n">
+        <v>-1.6</v>
+      </c>
+      <c r="GS38" s="15" t="n">
+        <v>-2.1</v>
+      </c>
+      <c r="GT38" s="15" t="n">
+        <v>-2.3</v>
+      </c>
+      <c r="GU38" s="15" t="n">
+        <v>-2.2</v>
+      </c>
+      <c r="GV38" s="15" t="n">
+        <v>-3.0</v>
+      </c>
+      <c r="GW38" s="15" t="n">
+        <v>-4.8</v>
+      </c>
+      <c r="GX38" s="15" t="n">
+        <v>-4.3</v>
+      </c>
+      <c r="GY38" s="15" t="n">
+        <v>-3.1</v>
+      </c>
+      <c r="GZ38" s="15" t="n">
+        <v>-2.8</v>
+      </c>
+      <c r="HA38" s="15" t="n">
+        <v>-3.1</v>
+      </c>
+      <c r="HB38" s="15" t="n">
+        <v>-5.3</v>
+      </c>
+      <c r="HC38" s="15" t="n">
+        <v>-7.5</v>
+      </c>
+      <c r="HD38" s="15" t="n">
+        <v>-9.5</v>
+      </c>
+      <c r="HE38" s="15" t="n">
+        <v>-4.8</v>
+      </c>
+      <c r="HF38" s="15" t="n">
+        <v>-4.6</v>
+      </c>
+      <c r="HG38" s="15" t="n">
+        <v>-4.8</v>
+      </c>
+      <c r="HH38" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="HI38" s="15" t="n">
+        <v>7.9</v>
+      </c>
+      <c r="HJ38" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="HK38" s="15" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="HL38" s="15" t="n">
+        <v>10.5</v>
+      </c>
+      <c r="HM38" s="15" t="n">
+        <v>12.0</v>
+      </c>
+      <c r="HN38" s="15" t="n">
+        <v>15.0</v>
+      </c>
+      <c r="HO38" s="15" t="n">
+        <v>17.3</v>
+      </c>
+      <c r="HP38" s="15" t="n">
+        <v>19.8</v>
+      </c>
+      <c r="HQ38" s="15" t="n">
+        <v>11.7</v>
+      </c>
+      <c r="HR38" s="15" t="n">
         <v>12.7</v>
       </c>
-      <c r="CF38" s="15" t="n">
-[...229 lines deleted...]
-      <c r="FD38" s="15" t="n">
+      <c r="HS38" s="15" t="n">
+        <v>17.8</v>
+      </c>
+      <c r="HT38" s="15" t="n">
+        <v>30.5</v>
+      </c>
+      <c r="HU38" s="15" t="n">
         <v>25.1</v>
       </c>
-      <c r="FE38" s="13" t="inlineStr">
-[...249 lines deleted...]
-      <c r="HU38" s="13" t="inlineStr">
+      <c r="HV38" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HW38" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HX38" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HY38" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HZ38" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IA38" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IB38" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IC38" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID38" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE38" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF38" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG38" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    60 Programming and broadcasting activities</t>
         </is>
       </c>
       <c r="B39" s="14" t="n">
-        <v>106.869</v>
+        <v>109.714</v>
       </c>
       <c r="C39" s="14" t="n">
-        <v>78.133</v>
+        <v>106.673</v>
       </c>
       <c r="D39" s="14" t="n">
-        <v>93.043</v>
+        <v>106.154</v>
       </c>
       <c r="E39" s="14" t="n">
-        <v>94.753</v>
+        <v>108.326</v>
       </c>
       <c r="F39" s="14" t="n">
-        <v>89.765</v>
+        <v>79.436</v>
       </c>
       <c r="G39" s="14" t="n">
-        <v>83.343</v>
+        <v>94.219</v>
       </c>
       <c r="H39" s="14" t="n">
-        <v>97.442</v>
+        <v>95.09</v>
       </c>
       <c r="I39" s="14" t="n">
-        <v>89.645</v>
+        <v>89.675</v>
       </c>
       <c r="J39" s="14" t="n">
-        <v>85.899</v>
+        <v>83.144</v>
       </c>
       <c r="K39" s="14" t="n">
-        <v>109.592</v>
+        <v>97.365</v>
       </c>
       <c r="L39" s="14" t="n">
-        <v>105.563</v>
+        <v>89.666</v>
       </c>
       <c r="M39" s="14" t="n">
-        <v>108.891</v>
+        <v>85.949</v>
       </c>
       <c r="N39" s="14" t="n">
-        <v>108.556</v>
+        <v>109.611</v>
       </c>
       <c r="O39" s="14" t="n">
-        <v>77.54</v>
+        <v>105.557</v>
       </c>
       <c r="P39" s="14" t="n">
-        <v>92.981</v>
+        <v>108.876</v>
       </c>
       <c r="Q39" s="14" t="n">
-        <v>97.874</v>
+        <v>108.552</v>
       </c>
       <c r="R39" s="14" t="n">
+        <v>77.541</v>
+      </c>
+      <c r="S39" s="14" t="n">
+        <v>92.983</v>
+      </c>
+      <c r="T39" s="14" t="n">
+        <v>97.875</v>
+      </c>
+      <c r="U39" s="14" t="n">
         <v>92.356</v>
       </c>
-      <c r="S39" s="14" t="n">
-[...2 lines deleted...]
-      <c r="T39" s="14" t="n">
+      <c r="V39" s="14" t="n">
+        <v>90.483</v>
+      </c>
+      <c r="W39" s="14" t="n">
         <v>103.685</v>
       </c>
-      <c r="U39" s="14" t="n">
+      <c r="X39" s="14" t="n">
         <v>93.371</v>
       </c>
-      <c r="V39" s="14" t="n">
+      <c r="Y39" s="14" t="n">
         <v>89.281</v>
       </c>
-      <c r="W39" s="14" t="n">
+      <c r="Z39" s="14" t="n">
         <v>121.846</v>
       </c>
-      <c r="X39" s="14" t="n">
+      <c r="AA39" s="14" t="n">
         <v>114.139</v>
       </c>
-      <c r="Y39" s="14" t="n">
+      <c r="AB39" s="14" t="n">
         <v>110.123</v>
       </c>
-      <c r="Z39" s="14" t="n">
+      <c r="AC39" s="14" t="n">
         <v>104.715</v>
       </c>
-      <c r="AA39" s="14" t="n">
+      <c r="AD39" s="14" t="n">
         <v>74.775</v>
       </c>
-      <c r="AB39" s="14" t="n">
+      <c r="AE39" s="14" t="n">
         <v>98.816</v>
       </c>
-      <c r="AC39" s="14" t="n">
+      <c r="AF39" s="14" t="n">
         <v>104.24</v>
       </c>
-      <c r="AD39" s="14" t="n">
+      <c r="AG39" s="14" t="n">
         <v>97.242</v>
       </c>
-      <c r="AE39" s="14" t="n">
+      <c r="AH39" s="14" t="n">
         <v>90.869</v>
       </c>
-      <c r="AF39" s="14" t="n">
+      <c r="AI39" s="14" t="n">
         <v>96.755</v>
       </c>
-      <c r="AG39" s="14" t="n">
+      <c r="AJ39" s="14" t="n">
         <v>83.586</v>
       </c>
-      <c r="AH39" s="14" t="n">
+      <c r="AK39" s="14" t="n">
         <v>84.475</v>
       </c>
-      <c r="AI39" s="14" t="n">
+      <c r="AL39" s="14" t="n">
         <v>109.003</v>
       </c>
-      <c r="AJ39" s="14" t="n">
+      <c r="AM39" s="14" t="n">
         <v>106.209</v>
       </c>
-      <c r="AK39" s="14" t="n">
+      <c r="AN39" s="14" t="n">
         <v>99.583</v>
       </c>
-      <c r="AL39" s="14" t="n">
+      <c r="AO39" s="14" t="n">
         <v>99.681</v>
       </c>
-      <c r="AM39" s="14" t="n">
+      <c r="AP39" s="14" t="n">
         <v>77.112</v>
       </c>
-      <c r="AN39" s="14" t="n">
+      <c r="AQ39" s="14" t="n">
         <v>88.85</v>
       </c>
-      <c r="AO39" s="14" t="n">
+      <c r="AR39" s="14" t="n">
         <v>103.764</v>
       </c>
-      <c r="AP39" s="14" t="n">
+      <c r="AS39" s="14" t="n">
         <v>96.822</v>
       </c>
-      <c r="AQ39" s="14" t="n">
+      <c r="AT39" s="14" t="n">
         <v>88.17</v>
       </c>
-      <c r="AR39" s="14" t="n">
+      <c r="AU39" s="14" t="n">
         <v>94.758</v>
       </c>
-      <c r="AS39" s="14" t="n">
+      <c r="AV39" s="14" t="n">
         <v>84.083</v>
       </c>
-      <c r="AT39" s="14" t="n">
+      <c r="AW39" s="14" t="n">
         <v>85.498</v>
       </c>
-      <c r="AU39" s="14" t="n">
+      <c r="AX39" s="14" t="n">
         <v>110.856</v>
       </c>
-      <c r="AV39" s="14" t="n">
+      <c r="AY39" s="14" t="n">
         <v>112.876</v>
       </c>
-      <c r="AW39" s="14" t="n">
+      <c r="AZ39" s="14" t="n">
         <v>114.064</v>
       </c>
-      <c r="AX39" s="14" t="n">
+      <c r="BA39" s="14" t="n">
         <v>114.561</v>
       </c>
-      <c r="AY39" s="14" t="n">
+      <c r="BB39" s="14" t="n">
         <v>88.472</v>
       </c>
-      <c r="AZ39" s="14" t="n">
+      <c r="BC39" s="14" t="n">
         <v>102.882</v>
       </c>
-      <c r="BA39" s="14" t="n">
+      <c r="BD39" s="14" t="n">
         <v>112.121</v>
       </c>
-      <c r="BB39" s="14" t="n">
+      <c r="BE39" s="14" t="n">
         <v>97.43</v>
       </c>
-      <c r="BC39" s="14" t="n">
+      <c r="BF39" s="14" t="n">
         <v>90.365</v>
       </c>
-      <c r="BD39" s="14" t="n">
+      <c r="BG39" s="14" t="n">
         <v>89.637</v>
       </c>
-      <c r="BE39" s="14" t="n">
+      <c r="BH39" s="14" t="n">
         <v>83.999</v>
       </c>
-      <c r="BF39" s="14" t="n">
+      <c r="BI39" s="14" t="n">
         <v>82.737</v>
       </c>
-      <c r="BG39" s="15" t="n">
-[...5 lines deleted...]
-      <c r="BI39" s="15" t="n">
+      <c r="BJ39" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="BK39" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="BL39" s="15" t="n">
+        <v>-2.0</v>
+      </c>
+      <c r="BM39" s="15" t="n">
+        <v>36.4</v>
+      </c>
+      <c r="BN39" s="15" t="n">
+        <v>-15.7</v>
+      </c>
+      <c r="BO39" s="15" t="n">
+        <v>-0.9</v>
+      </c>
+      <c r="BP39" s="15" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="BQ39" s="15" t="n">
+        <v>7.9</v>
+      </c>
+      <c r="BR39" s="15" t="n">
+        <v>-14.6</v>
+      </c>
+      <c r="BS39" s="15" t="n">
+        <v>8.6</v>
+      </c>
+      <c r="BT39" s="15" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="BU39" s="15" t="n">
+        <v>-21.6</v>
+      </c>
+      <c r="BV39" s="15" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="BW39" s="15" t="n">
+        <v>-3.0</v>
+      </c>
+      <c r="BX39" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="BY39" s="15" t="n">
+        <v>40.0</v>
+      </c>
+      <c r="BZ39" s="15" t="n">
+        <v>-16.6</v>
+      </c>
+      <c r="CA39" s="15" t="n">
+        <v>-5.0</v>
+      </c>
+      <c r="CB39" s="15" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="CC39" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="CD39" s="15" t="n">
+        <v>-12.7</v>
+      </c>
+      <c r="CE39" s="15" t="n">
+        <v>11.0</v>
+      </c>
+      <c r="CF39" s="15" t="n">
+        <v>4.6</v>
+      </c>
+      <c r="CG39" s="15" t="n">
+        <v>-26.7</v>
+      </c>
+      <c r="CH39" s="15" t="n">
+        <v>6.8</v>
+      </c>
+      <c r="CI39" s="15" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="CJ39" s="15" t="n">
+        <v>5.2</v>
+      </c>
+      <c r="CK39" s="15" t="n">
+        <v>40.0</v>
+      </c>
+      <c r="CL39" s="15" t="n">
+        <v>-24.3</v>
+      </c>
+      <c r="CM39" s="15" t="n">
+        <v>-5.2</v>
+      </c>
+      <c r="CN39" s="15" t="n">
+        <v>7.2</v>
+      </c>
+      <c r="CO39" s="15" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="CP39" s="15" t="n">
+        <v>-6.1</v>
+      </c>
+      <c r="CQ39" s="15" t="n">
+        <v>15.8</v>
+      </c>
+      <c r="CR39" s="15" t="n">
+        <v>-1.1</v>
+      </c>
+      <c r="CS39" s="15" t="n">
+        <v>-22.5</v>
+      </c>
+      <c r="CT39" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="CU39" s="15" t="n">
+        <v>6.7</v>
+      </c>
+      <c r="CV39" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="CW39" s="15" t="n">
+        <v>29.3</v>
+      </c>
+      <c r="CX39" s="15" t="n">
+        <v>-13.2</v>
+      </c>
+      <c r="CY39" s="15" t="n">
+        <v>-14.4</v>
+      </c>
+      <c r="CZ39" s="15" t="n">
+        <v>7.2</v>
+      </c>
+      <c r="DA39" s="15" t="n">
+        <v>9.8</v>
+      </c>
+      <c r="DB39" s="15" t="n">
+        <v>-7.0</v>
+      </c>
+      <c r="DC39" s="15" t="n">
+        <v>12.7</v>
+      </c>
+      <c r="DD39" s="15" t="n">
+        <v>-1.7</v>
+      </c>
+      <c r="DE39" s="15" t="n">
+        <v>-22.9</v>
+      </c>
+      <c r="DF39" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="BJ39" s="15" t="n">
-[...92 lines deleted...]
-      <c r="CO39" s="15" t="n">
+      <c r="DG39" s="15" t="n">
+        <v>-1.0</v>
+      </c>
+      <c r="DH39" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="DI39" s="15" t="n">
+        <v>29.5</v>
+      </c>
+      <c r="DJ39" s="15" t="n">
+        <v>-14.0</v>
+      </c>
+      <c r="DK39" s="15" t="n">
+        <v>-8.2</v>
+      </c>
+      <c r="DL39" s="15" t="n">
+        <v>15.1</v>
+      </c>
+      <c r="DM39" s="15" t="n">
+        <v>7.8</v>
+      </c>
+      <c r="DN39" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="DO39" s="15" t="n">
         <v>6.7</v>
       </c>
-      <c r="CP39" s="15" t="n">
-[...59 lines deleted...]
-      <c r="DJ39" s="15" t="n">
+      <c r="DP39" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="DK39" s="13" t="inlineStr">
-[...10 lines deleted...]
-      <c r="DN39" s="15" t="n">
+      <c r="DQ39" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DR39" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="DO39" s="15" t="n">
-[...2 lines deleted...]
-      <c r="DP39" s="15" t="n">
+      <c r="DS39" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="DT39" s="15" t="n">
+        <v>-2.5</v>
+      </c>
+      <c r="DU39" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="DV39" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="DW39" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="DX39" s="15" t="n">
         <v>-2.8</v>
       </c>
-      <c r="DQ39" s="15" t="n">
-[...22 lines deleted...]
-      </c>
       <c r="DY39" s="15" t="n">
-        <v>3.7</v>
+        <v>-2.9</v>
       </c>
       <c r="DZ39" s="15" t="n">
-        <v>-5.9</v>
+        <v>-8.1</v>
       </c>
       <c r="EA39" s="15" t="n">
         <v>-6.1</v>
       </c>
       <c r="EB39" s="15" t="n">
+        <v>-4.0</v>
+      </c>
+      <c r="EC39" s="15" t="n">
+        <v>-3.7</v>
+      </c>
+      <c r="ED39" s="15" t="n">
+        <v>-10.0</v>
+      </c>
+      <c r="EE39" s="15" t="n">
+        <v>-7.5</v>
+      </c>
+      <c r="EF39" s="15" t="n">
+        <v>-1.1</v>
+      </c>
+      <c r="EG39" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="EH39" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="EI39" s="15" t="n">
+        <v>-5.9</v>
+      </c>
+      <c r="EJ39" s="15" t="n">
+        <v>-6.1</v>
+      </c>
+      <c r="EK39" s="15" t="n">
         <v>-5.0</v>
       </c>
-      <c r="EC39" s="15" t="n">
+      <c r="EL39" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="ED39" s="15" t="n">
+      <c r="EM39" s="15" t="n">
         <v>7.2</v>
       </c>
-      <c r="EE39" s="15" t="n">
+      <c r="EN39" s="15" t="n">
         <v>11.7</v>
       </c>
-      <c r="EF39" s="15" t="n">
+      <c r="EO39" s="15" t="n">
         <v>5.7</v>
       </c>
-      <c r="EG39" s="15" t="n">
+      <c r="EP39" s="15" t="n">
         <v>11.8</v>
       </c>
-      <c r="EH39" s="15" t="n">
+      <c r="EQ39" s="15" t="n">
         <v>7.5</v>
       </c>
-      <c r="EI39" s="15" t="n">
+      <c r="ER39" s="15" t="n">
         <v>10.6</v>
       </c>
-      <c r="EJ39" s="15" t="n">
+      <c r="ES39" s="15" t="n">
         <v>5.1</v>
       </c>
-      <c r="EK39" s="15" t="n">
+      <c r="ET39" s="15" t="n">
         <v>-3.0</v>
       </c>
-      <c r="EL39" s="15" t="n">
+      <c r="EU39" s="15" t="n">
         <v>11.2</v>
       </c>
-      <c r="EM39" s="15" t="n">
+      <c r="EV39" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="EN39" s="15" t="n">
+      <c r="EW39" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="EO39" s="15" t="n">
+      <c r="EX39" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="EP39" s="15" t="n">
+      <c r="EY39" s="15" t="n">
         <v>2.1</v>
-      </c>
-[...25 lines deleted...]
-        <v>-7.5</v>
       </c>
       <c r="EZ39" s="15" t="n">
         <v>-0.6</v>
       </c>
       <c r="FA39" s="15" t="n">
+        <v>-1.2</v>
+      </c>
+      <c r="FB39" s="15" t="n">
+        <v>-1.7</v>
+      </c>
+      <c r="FC39" s="15" t="n">
+        <v>-5.9</v>
+      </c>
+      <c r="FD39" s="15" t="n">
+        <v>-12.7</v>
+      </c>
+      <c r="FE39" s="15" t="n">
+        <v>-13.0</v>
+      </c>
+      <c r="FF39" s="15" t="n">
+        <v>-12.8</v>
+      </c>
+      <c r="FG39" s="15" t="n">
+        <v>-13.6</v>
+      </c>
+      <c r="FH39" s="15" t="n">
+        <v>-7.5</v>
+      </c>
+      <c r="FI39" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="FJ39" s="15" t="n">
         <v>-2.4</v>
       </c>
-      <c r="FB39" s="15" t="n">
+      <c r="FK39" s="15" t="n">
         <v>5.7</v>
       </c>
-      <c r="FC39" s="15" t="n">
+      <c r="FL39" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="FD39" s="15" t="n">
+      <c r="FM39" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="FE39" s="13" t="inlineStr">
-[...43 lines deleted...]
-      </c>
       <c r="FN39" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FO39" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FP39" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="FQ39" s="15" t="n">
-[...8 lines deleted...]
-      <c r="FT39" s="15" t="n">
+      <c r="FQ39" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FR39" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FS39" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FT39" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FU39" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FV39" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FW39" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FX39" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FY39" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FZ39" s="15" t="n">
+        <v>-2.1</v>
+      </c>
+      <c r="GA39" s="15" t="n">
+        <v>-2.3</v>
+      </c>
+      <c r="GB39" s="15" t="n">
+        <v>-2.7</v>
+      </c>
+      <c r="GC39" s="15" t="n">
+        <v>-2.7</v>
+      </c>
+      <c r="GD39" s="15" t="n">
+        <v>-3.1</v>
+      </c>
+      <c r="GE39" s="15" t="n">
+        <v>-3.8</v>
+      </c>
+      <c r="GF39" s="15" t="n">
         <v>-4.6</v>
       </c>
-      <c r="FU39" s="15" t="n">
-[...5 lines deleted...]
-      <c r="FW39" s="15" t="n">
+      <c r="GG39" s="15" t="n">
+        <v>-5.0</v>
+      </c>
+      <c r="GH39" s="15" t="n">
+        <v>-5.5</v>
+      </c>
+      <c r="GI39" s="15" t="n">
         <v>-4.7</v>
       </c>
-      <c r="FX39" s="15" t="n">
+      <c r="GJ39" s="15" t="n">
         <v>-3.9</v>
       </c>
-      <c r="FY39" s="15" t="n">
+      <c r="GK39" s="15" t="n">
+        <v>-3.7</v>
+      </c>
+      <c r="GL39" s="15" t="n">
+        <v>-1.0</v>
+      </c>
+      <c r="GM39" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="GN39" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="GO39" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="GP39" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="GQ39" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="GR39" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="GS39" s="15" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="GT39" s="15" t="n">
+        <v>5.9</v>
+      </c>
+      <c r="GU39" s="15" t="n">
+        <v>8.1</v>
+      </c>
+      <c r="GV39" s="15" t="n">
+        <v>8.7</v>
+      </c>
+      <c r="GW39" s="15" t="n">
+        <v>5.7</v>
+      </c>
+      <c r="GX39" s="15" t="n">
+        <v>4.2</v>
+      </c>
+      <c r="GY39" s="15" t="n">
+        <v>3.4</v>
+      </c>
+      <c r="GZ39" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="HA39" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="HB39" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="HC39" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="HD39" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="HE39" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="HF39" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="HG39" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="HH39" s="15" t="n">
+        <v>-0.9</v>
+      </c>
+      <c r="HI39" s="15" t="n">
+        <v>-1.2</v>
+      </c>
+      <c r="HJ39" s="15" t="n">
+        <v>-5.5</v>
+      </c>
+      <c r="HK39" s="15" t="n">
+        <v>-5.9</v>
+      </c>
+      <c r="HL39" s="15" t="n">
+        <v>-5.9</v>
+      </c>
+      <c r="HM39" s="15" t="n">
+        <v>-5.0</v>
+      </c>
+      <c r="HN39" s="15" t="n">
         <v>-3.8</v>
       </c>
-      <c r="FZ39" s="15" t="n">
-[...86 lines deleted...]
-      <c r="HC39" s="15" t="n">
+      <c r="HO39" s="15" t="n">
         <v>-2.6</v>
       </c>
-      <c r="HD39" s="15" t="n">
+      <c r="HP39" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="HE39" s="15" t="n">
+      <c r="HQ39" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="HF39" s="15" t="n">
+      <c r="HR39" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="HG39" s="15" t="n">
+      <c r="HS39" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="HH39" s="15" t="n">
+      <c r="HT39" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="HI39" s="15" t="n">
+      <c r="HU39" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="HJ39" s="13" t="inlineStr">
-[...54 lines deleted...]
-      <c r="HU39" s="13" t="inlineStr">
+      <c r="HV39" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HW39" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HX39" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HY39" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HZ39" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IA39" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IB39" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IC39" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID39" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE39" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF39" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG39" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    61 telecommunications</t>
         </is>
       </c>
       <c r="B40" s="14" t="n">
-        <v>100.29</v>
+        <v>110.665</v>
       </c>
       <c r="C40" s="14" t="n">
-        <v>91.66</v>
+        <v>94.284</v>
       </c>
       <c r="D40" s="14" t="n">
-        <v>97.246</v>
+        <v>96.146</v>
       </c>
       <c r="E40" s="14" t="n">
-        <v>100.071</v>
+        <v>99.121</v>
       </c>
       <c r="F40" s="14" t="n">
-        <v>95.242</v>
+        <v>90.71</v>
       </c>
       <c r="G40" s="14" t="n">
-        <v>95.522</v>
+        <v>96.596</v>
       </c>
       <c r="H40" s="14" t="n">
-        <v>98.646</v>
+        <v>100.003</v>
       </c>
       <c r="I40" s="14" t="n">
-        <v>92.318</v>
+        <v>95.498</v>
       </c>
       <c r="J40" s="14" t="n">
-        <v>96.334</v>
+        <v>95.831</v>
       </c>
       <c r="K40" s="14" t="n">
-        <v>111.582</v>
+        <v>98.746</v>
       </c>
       <c r="L40" s="14" t="n">
-        <v>101.106</v>
+        <v>92.29</v>
       </c>
       <c r="M40" s="14" t="n">
-        <v>100.211</v>
+        <v>96.264</v>
       </c>
       <c r="N40" s="14" t="n">
-        <v>101.875</v>
+        <v>111.557</v>
       </c>
       <c r="O40" s="14" t="n">
-        <v>97.47</v>
+        <v>101.113</v>
       </c>
       <c r="P40" s="14" t="n">
-        <v>100.7</v>
+        <v>100.227</v>
       </c>
       <c r="Q40" s="14" t="n">
-        <v>98.002</v>
+        <v>101.88</v>
       </c>
       <c r="R40" s="14" t="n">
+        <v>97.469</v>
+      </c>
+      <c r="S40" s="14" t="n">
+        <v>100.696</v>
+      </c>
+      <c r="T40" s="14" t="n">
+        <v>98.001</v>
+      </c>
+      <c r="U40" s="14" t="n">
         <v>95.352</v>
       </c>
-      <c r="S40" s="14" t="n">
-[...2 lines deleted...]
-      <c r="T40" s="14" t="n">
+      <c r="V40" s="14" t="n">
+        <v>97.259</v>
+      </c>
+      <c r="W40" s="14" t="n">
         <v>98.334</v>
       </c>
-      <c r="U40" s="14" t="n">
+      <c r="X40" s="14" t="n">
         <v>92.266</v>
       </c>
-      <c r="V40" s="14" t="n">
+      <c r="Y40" s="14" t="n">
         <v>95.612</v>
       </c>
-      <c r="W40" s="14" t="n">
+      <c r="Z40" s="14" t="n">
         <v>111.908</v>
       </c>
-      <c r="X40" s="14" t="n">
+      <c r="AA40" s="14" t="n">
         <v>102.256</v>
       </c>
-      <c r="Y40" s="14" t="n">
+      <c r="AB40" s="14" t="n">
         <v>100.009</v>
       </c>
-      <c r="Z40" s="14" t="n">
+      <c r="AC40" s="14" t="n">
         <v>102.44</v>
       </c>
-      <c r="AA40" s="14" t="n">
+      <c r="AD40" s="14" t="n">
         <v>95.605</v>
       </c>
-      <c r="AB40" s="14" t="n">
+      <c r="AE40" s="14" t="n">
         <v>100.684</v>
       </c>
-      <c r="AC40" s="14" t="n">
+      <c r="AF40" s="14" t="n">
         <v>105.878</v>
       </c>
-      <c r="AD40" s="14" t="n">
+      <c r="AG40" s="14" t="n">
         <v>98.714</v>
       </c>
-      <c r="AE40" s="14" t="n">
+      <c r="AH40" s="14" t="n">
         <v>99.125</v>
       </c>
-      <c r="AF40" s="14" t="n">
+      <c r="AI40" s="14" t="n">
         <v>103.498</v>
       </c>
-      <c r="AG40" s="14" t="n">
+      <c r="AJ40" s="14" t="n">
         <v>96.113</v>
       </c>
-      <c r="AH40" s="14" t="n">
+      <c r="AK40" s="14" t="n">
         <v>95.38</v>
       </c>
-      <c r="AI40" s="14" t="n">
+      <c r="AL40" s="14" t="n">
         <v>112.163</v>
       </c>
-      <c r="AJ40" s="14" t="n">
+      <c r="AM40" s="14" t="n">
         <v>101.071</v>
       </c>
-      <c r="AK40" s="14" t="n">
+      <c r="AN40" s="14" t="n">
         <v>101.915</v>
       </c>
-      <c r="AL40" s="14" t="n">
+      <c r="AO40" s="14" t="n">
         <v>107.34</v>
       </c>
-      <c r="AM40" s="14" t="n">
+      <c r="AP40" s="14" t="n">
         <v>100.444</v>
       </c>
-      <c r="AN40" s="14" t="n">
+      <c r="AQ40" s="14" t="n">
         <v>100.199</v>
       </c>
-      <c r="AO40" s="14" t="n">
+      <c r="AR40" s="14" t="n">
         <v>102.885</v>
       </c>
-      <c r="AP40" s="14" t="n">
+      <c r="AS40" s="14" t="n">
         <v>98.68</v>
       </c>
-      <c r="AQ40" s="14" t="n">
+      <c r="AT40" s="14" t="n">
         <v>100.654</v>
       </c>
-      <c r="AR40" s="14" t="n">
+      <c r="AU40" s="14" t="n">
         <v>101.215</v>
       </c>
-      <c r="AS40" s="14" t="n">
+      <c r="AV40" s="14" t="n">
         <v>96.522</v>
       </c>
-      <c r="AT40" s="14" t="n">
+      <c r="AW40" s="14" t="n">
         <v>98.034</v>
       </c>
-      <c r="AU40" s="14" t="n">
+      <c r="AX40" s="14" t="n">
         <v>110.319</v>
       </c>
-      <c r="AV40" s="14" t="n">
+      <c r="AY40" s="14" t="n">
         <v>100.044</v>
       </c>
-      <c r="AW40" s="14" t="n">
+      <c r="AZ40" s="14" t="n">
         <v>100.335</v>
       </c>
-      <c r="AX40" s="14" t="n">
+      <c r="BA40" s="14" t="n">
         <v>102.957</v>
       </c>
-      <c r="AY40" s="14" t="n">
+      <c r="BB40" s="14" t="n">
         <v>96.696</v>
       </c>
-      <c r="AZ40" s="14" t="n">
+      <c r="BC40" s="14" t="n">
         <v>98.6</v>
       </c>
-      <c r="BA40" s="14" t="n">
+      <c r="BD40" s="14" t="n">
         <v>101.071</v>
       </c>
-      <c r="BB40" s="14" t="n">
+      <c r="BE40" s="14" t="n">
         <v>96.391</v>
       </c>
-      <c r="BC40" s="14" t="n">
+      <c r="BF40" s="14" t="n">
         <v>96.93</v>
       </c>
-      <c r="BD40" s="14" t="n">
+      <c r="BG40" s="14" t="n">
         <v>102.647</v>
       </c>
-      <c r="BE40" s="14" t="n">
+      <c r="BH40" s="14" t="n">
         <v>96.804</v>
       </c>
-      <c r="BF40" s="14" t="n">
+      <c r="BI40" s="14" t="n">
         <v>97.205</v>
       </c>
-      <c r="BG40" s="15" t="n">
+      <c r="BJ40" s="15" t="n">
+        <v>17.4</v>
+      </c>
+      <c r="BK40" s="15" t="n">
+        <v>-1.9</v>
+      </c>
+      <c r="BL40" s="15" t="n">
+        <v>-3.0</v>
+      </c>
+      <c r="BM40" s="15" t="n">
+        <v>9.3</v>
+      </c>
+      <c r="BN40" s="15" t="n">
+        <v>-6.1</v>
+      </c>
+      <c r="BO40" s="15" t="n">
+        <v>-3.4</v>
+      </c>
+      <c r="BP40" s="15" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="BQ40" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="BR40" s="15" t="n">
+        <v>-3.0</v>
+      </c>
+      <c r="BS40" s="15" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="BT40" s="15" t="n">
+        <v>-4.1</v>
+      </c>
+      <c r="BU40" s="15" t="n">
+        <v>-13.7</v>
+      </c>
+      <c r="BV40" s="15" t="n">
+        <v>10.3</v>
+      </c>
+      <c r="BW40" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="BX40" s="15" t="n">
+        <v>-1.6</v>
+      </c>
+      <c r="BY40" s="15" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="BZ40" s="15" t="n">
+        <v>-3.2</v>
+      </c>
+      <c r="CA40" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="CB40" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="CC40" s="15" t="n">
+        <v>-2.0</v>
+      </c>
+      <c r="CD40" s="15" t="n">
+        <v>-1.1</v>
+      </c>
+      <c r="CE40" s="15" t="n">
+        <v>6.6</v>
+      </c>
+      <c r="CF40" s="15" t="n">
+        <v>-3.5</v>
+      </c>
+      <c r="CG40" s="15" t="n">
+        <v>-14.6</v>
+      </c>
+      <c r="CH40" s="15" t="n">
         <v>9.4</v>
       </c>
-      <c r="BH40" s="15" t="n">
-[...8 lines deleted...]
-      <c r="BK40" s="15" t="n">
+      <c r="CI40" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="CJ40" s="15" t="n">
+        <v>-2.4</v>
+      </c>
+      <c r="CK40" s="15" t="n">
+        <v>7.1</v>
+      </c>
+      <c r="CL40" s="15" t="n">
+        <v>-5.0</v>
+      </c>
+      <c r="CM40" s="15" t="n">
+        <v>-4.9</v>
+      </c>
+      <c r="CN40" s="15" t="n">
+        <v>7.3</v>
+      </c>
+      <c r="CO40" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="CP40" s="15" t="n">
+        <v>-4.2</v>
+      </c>
+      <c r="CQ40" s="15" t="n">
+        <v>7.7</v>
+      </c>
+      <c r="CR40" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="CS40" s="15" t="n">
+        <v>-15.0</v>
+      </c>
+      <c r="CT40" s="15" t="n">
+        <v>11.0</v>
+      </c>
+      <c r="CU40" s="15" t="n">
+        <v>-0.8</v>
+      </c>
+      <c r="CV40" s="15" t="n">
+        <v>-5.1</v>
+      </c>
+      <c r="CW40" s="15" t="n">
+        <v>6.9</v>
+      </c>
+      <c r="CX40" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="CY40" s="15" t="n">
+        <v>-2.6</v>
+      </c>
+      <c r="CZ40" s="15" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="DA40" s="15" t="n">
+        <v>-2.0</v>
+      </c>
+      <c r="DB40" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="DC40" s="15" t="n">
+        <v>4.9</v>
+      </c>
+      <c r="DD40" s="15" t="n">
+        <v>-1.5</v>
+      </c>
+      <c r="DE40" s="15" t="n">
+        <v>-11.1</v>
+      </c>
+      <c r="DF40" s="15" t="n">
+        <v>10.3</v>
+      </c>
+      <c r="DG40" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="BL40" s="15" t="n">
-[...35 lines deleted...]
-      <c r="BX40" s="15" t="n">
+      <c r="DH40" s="15" t="n">
+        <v>-2.5</v>
+      </c>
+      <c r="DI40" s="15" t="n">
+        <v>6.5</v>
+      </c>
+      <c r="DJ40" s="15" t="n">
+        <v>-1.9</v>
+      </c>
+      <c r="DK40" s="15" t="n">
+        <v>-2.4</v>
+      </c>
+      <c r="DL40" s="15" t="n">
+        <v>4.9</v>
+      </c>
+      <c r="DM40" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="DN40" s="15" t="n">
+        <v>-5.6</v>
+      </c>
+      <c r="DO40" s="15" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="DP40" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="DQ40" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DR40" s="15" t="n">
+        <v>-0.8</v>
+      </c>
+      <c r="DS40" s="15" t="n">
+        <v>-6.8</v>
+      </c>
+      <c r="DT40" s="15" t="n">
+        <v>-4.1</v>
+      </c>
+      <c r="DU40" s="15" t="n">
+        <v>-2.7</v>
+      </c>
+      <c r="DV40" s="15" t="n">
+        <v>-6.9</v>
+      </c>
+      <c r="DW40" s="15" t="n">
+        <v>-4.1</v>
+      </c>
+      <c r="DX40" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="DY40" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="DZ40" s="15" t="n">
+        <v>-1.5</v>
+      </c>
+      <c r="EA40" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="EB40" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EC40" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="ED40" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="EE40" s="15" t="n">
         <v>-1.1</v>
-      </c>
-[...177 lines deleted...]
-        <v>-4.0</v>
       </c>
       <c r="EF40" s="15" t="n">
         <v>0.2</v>
       </c>
       <c r="EG40" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="EH40" s="15" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="EI40" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EJ40" s="15" t="n">
+        <v>-7.4</v>
+      </c>
+      <c r="EK40" s="15" t="n">
+        <v>-3.4</v>
+      </c>
+      <c r="EL40" s="15" t="n">
+        <v>-1.9</v>
+      </c>
+      <c r="EM40" s="15" t="n">
+        <v>-5.0</v>
+      </c>
+      <c r="EN40" s="15" t="n">
+        <v>-4.0</v>
+      </c>
+      <c r="EO40" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="EP40" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="EH40" s="15" t="n">
+      <c r="EQ40" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="EI40" s="15" t="n">
+      <c r="ER40" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="EJ40" s="15" t="n">
+      <c r="ES40" s="15" t="n">
         <v>-4.6</v>
       </c>
-      <c r="EK40" s="15" t="n">
+      <c r="ET40" s="15" t="n">
         <v>-4.8</v>
       </c>
-      <c r="EL40" s="15" t="n">
+      <c r="EU40" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="EM40" s="15" t="n">
+      <c r="EV40" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="EN40" s="15" t="n">
+      <c r="EW40" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="EO40" s="15" t="n">
+      <c r="EX40" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="EP40" s="15" t="n">
+      <c r="EY40" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="EQ40" s="15" t="n">
+      <c r="EZ40" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="ER40" s="15" t="n">
+      <c r="FA40" s="15" t="n">
         <v>-2.7</v>
       </c>
-      <c r="ES40" s="15" t="n">
+      <c r="FB40" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="ET40" s="15" t="n">
+      <c r="FC40" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="EU40" s="15" t="n">
+      <c r="FD40" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="EV40" s="15" t="n">
+      <c r="FE40" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="EW40" s="15" t="n">
+      <c r="FF40" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="EX40" s="15" t="n">
+      <c r="FG40" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="EY40" s="15" t="n">
+      <c r="FH40" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="EZ40" s="15" t="n">
+      <c r="FI40" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="FA40" s="15" t="n">
+      <c r="FJ40" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="FB40" s="15" t="n">
+      <c r="FK40" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="FC40" s="15" t="n">
+      <c r="FL40" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="FD40" s="15" t="n">
+      <c r="FM40" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="FE40" s="13" t="inlineStr">
-[...43 lines deleted...]
-      </c>
       <c r="FN40" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FO40" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FP40" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="FQ40" s="15" t="n">
-[...2 lines deleted...]
-      <c r="FR40" s="15" t="n">
+      <c r="FQ40" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FR40" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FS40" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FT40" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FU40" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FV40" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FW40" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FX40" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FY40" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FZ40" s="15" t="n">
+        <v>-2.0</v>
+      </c>
+      <c r="GA40" s="15" t="n">
+        <v>-2.1</v>
+      </c>
+      <c r="GB40" s="15" t="n">
+        <v>-1.6</v>
+      </c>
+      <c r="GC40" s="15" t="n">
+        <v>-1.3</v>
+      </c>
+      <c r="GD40" s="15" t="n">
+        <v>-1.2</v>
+      </c>
+      <c r="GE40" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="GF40" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="GG40" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GH40" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="GI40" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="GJ40" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="GK40" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="GL40" s="15" t="n">
+        <v>-1.8</v>
+      </c>
+      <c r="GM40" s="15" t="n">
+        <v>-2.0</v>
+      </c>
+      <c r="GN40" s="15" t="n">
+        <v>-2.0</v>
+      </c>
+      <c r="GO40" s="15" t="n">
+        <v>-2.3</v>
+      </c>
+      <c r="GP40" s="15" t="n">
+        <v>-2.5</v>
+      </c>
+      <c r="GQ40" s="15" t="n">
+        <v>-3.1</v>
+      </c>
+      <c r="GR40" s="15" t="n">
+        <v>-3.7</v>
+      </c>
+      <c r="GS40" s="15" t="n">
+        <v>-2.8</v>
+      </c>
+      <c r="GT40" s="15" t="n">
+        <v>-2.7</v>
+      </c>
+      <c r="GU40" s="15" t="n">
+        <v>-3.0</v>
+      </c>
+      <c r="GV40" s="15" t="n">
+        <v>-1.9</v>
+      </c>
+      <c r="GW40" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="GX40" s="15" t="n">
+        <v>-0.8</v>
+      </c>
+      <c r="GY40" s="15" t="n">
+        <v>-0.8</v>
+      </c>
+      <c r="GZ40" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="FS40" s="15" t="n">
-[...2 lines deleted...]
-      <c r="FT40" s="15" t="n">
+      <c r="HA40" s="15" t="n">
+        <v>-0.9</v>
+      </c>
+      <c r="HB40" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="HC40" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="FU40" s="15" t="n">
-[...62 lines deleted...]
-      <c r="GP40" s="15" t="n">
+      <c r="HD40" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="HE40" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="GQ40" s="15" t="n">
-[...8 lines deleted...]
-      <c r="GT40" s="15" t="n">
+      <c r="HF40" s="15" t="n">
         <v>-0.6</v>
-      </c>
-[...34 lines deleted...]
-        <v>0.7</v>
       </c>
       <c r="HG40" s="15" t="n">
         <v>-0.3</v>
       </c>
       <c r="HH40" s="15" t="n">
+        <v>-1.6</v>
+      </c>
+      <c r="HI40" s="15" t="n">
+        <v>-2.7</v>
+      </c>
+      <c r="HJ40" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="HK40" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="HL40" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="HM40" s="15" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="HN40" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="HO40" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="HP40" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="HQ40" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="HR40" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="HS40" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="HT40" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="HI40" s="15" t="n">
+      <c r="HU40" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="HJ40" s="13" t="inlineStr">
-[...54 lines deleted...]
-      <c r="HU40" s="13" t="inlineStr">
+      <c r="HV40" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HW40" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HX40" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HY40" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HZ40" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IA40" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IB40" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IC40" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID40" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE40" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF40" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG40" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    62 Computer programming, consultancy and related activities</t>
         </is>
       </c>
       <c r="B41" s="14" t="n">
-        <v>133.719</v>
+        <v>192.607</v>
       </c>
       <c r="C41" s="14" t="n">
-        <v>108.882</v>
+        <v>146.925</v>
       </c>
       <c r="D41" s="14" t="n">
-        <v>140.982</v>
+        <v>149.124</v>
       </c>
       <c r="E41" s="14" t="n">
-        <v>135.131</v>
+        <v>133.281</v>
       </c>
       <c r="F41" s="14" t="n">
-        <v>128.032</v>
+        <v>108.591</v>
       </c>
       <c r="G41" s="14" t="n">
-        <v>131.098</v>
+        <v>140.72</v>
       </c>
       <c r="H41" s="14" t="n">
-        <v>130.427</v>
+        <v>135.115</v>
       </c>
       <c r="I41" s="14" t="n">
-        <v>118.197</v>
+        <v>128.171</v>
       </c>
       <c r="J41" s="14" t="n">
-        <v>129.543</v>
+        <v>131.261</v>
       </c>
       <c r="K41" s="14" t="n">
-        <v>166.01</v>
+        <v>130.493</v>
       </c>
       <c r="L41" s="14" t="n">
+        <v>118.202</v>
+      </c>
+      <c r="M41" s="14" t="n">
+        <v>129.524</v>
+      </c>
+      <c r="N41" s="14" t="n">
+        <v>166.001</v>
+      </c>
+      <c r="O41" s="14" t="n">
         <v>141.859</v>
       </c>
-      <c r="M41" s="14" t="n">
-[...5 lines deleted...]
-      <c r="O41" s="14" t="n">
+      <c r="P41" s="14" t="n">
+        <v>137.792</v>
+      </c>
+      <c r="Q41" s="14" t="n">
+        <v>126.829</v>
+      </c>
+      <c r="R41" s="14" t="n">
         <v>102.727</v>
       </c>
-      <c r="P41" s="14" t="n">
-[...5 lines deleted...]
-      <c r="R41" s="14" t="n">
+      <c r="S41" s="14" t="n">
+        <v>138.862</v>
+      </c>
+      <c r="T41" s="14" t="n">
+        <v>131.912</v>
+      </c>
+      <c r="U41" s="14" t="n">
         <v>127.181</v>
       </c>
-      <c r="S41" s="14" t="n">
+      <c r="V41" s="14" t="n">
         <v>130.477</v>
       </c>
-      <c r="T41" s="14" t="n">
+      <c r="W41" s="14" t="n">
         <v>131.156</v>
       </c>
-      <c r="U41" s="14" t="n">
+      <c r="X41" s="14" t="n">
         <v>118.069</v>
       </c>
-      <c r="V41" s="14" t="n">
+      <c r="Y41" s="14" t="n">
         <v>126.749</v>
       </c>
-      <c r="W41" s="14" t="n">
+      <c r="Z41" s="14" t="n">
         <v>156.881</v>
       </c>
-      <c r="X41" s="14" t="n">
+      <c r="AA41" s="14" t="n">
         <v>136.389</v>
       </c>
-      <c r="Y41" s="14" t="n">
+      <c r="AB41" s="14" t="n">
         <v>127.931</v>
       </c>
-      <c r="Z41" s="14" t="n">
+      <c r="AC41" s="14" t="n">
         <v>122.75</v>
       </c>
-      <c r="AA41" s="14" t="n">
+      <c r="AD41" s="14" t="n">
         <v>93.678</v>
       </c>
-      <c r="AB41" s="14" t="n">
+      <c r="AE41" s="14" t="n">
         <v>127.333</v>
       </c>
-      <c r="AC41" s="14" t="n">
+      <c r="AF41" s="14" t="n">
         <v>130.3</v>
       </c>
-      <c r="AD41" s="14" t="n">
+      <c r="AG41" s="14" t="n">
         <v>116.246</v>
       </c>
-      <c r="AE41" s="14" t="n">
+      <c r="AH41" s="14" t="n">
         <v>116.57</v>
       </c>
-      <c r="AF41" s="14" t="n">
+      <c r="AI41" s="14" t="n">
         <v>123.954</v>
       </c>
-      <c r="AG41" s="14" t="n">
+      <c r="AJ41" s="14" t="n">
         <v>105.082</v>
       </c>
-      <c r="AH41" s="14" t="n">
+      <c r="AK41" s="14" t="n">
         <v>115.067</v>
       </c>
-      <c r="AI41" s="14" t="n">
+      <c r="AL41" s="14" t="n">
         <v>150.038</v>
       </c>
-      <c r="AJ41" s="14" t="n">
+      <c r="AM41" s="14" t="n">
         <v>126.03</v>
       </c>
-      <c r="AK41" s="14" t="n">
+      <c r="AN41" s="14" t="n">
         <v>115.735</v>
       </c>
-      <c r="AL41" s="14" t="n">
+      <c r="AO41" s="14" t="n">
         <v>115.36</v>
       </c>
-      <c r="AM41" s="14" t="n">
+      <c r="AP41" s="14" t="n">
         <v>91.956</v>
       </c>
-      <c r="AN41" s="14" t="n">
+      <c r="AQ41" s="14" t="n">
         <v>107.878</v>
       </c>
-      <c r="AO41" s="14" t="n">
+      <c r="AR41" s="14" t="n">
         <v>120.858</v>
       </c>
-      <c r="AP41" s="14" t="n">
+      <c r="AS41" s="14" t="n">
         <v>108.686</v>
       </c>
-      <c r="AQ41" s="14" t="n">
+      <c r="AT41" s="14" t="n">
         <v>99.606</v>
       </c>
-      <c r="AR41" s="14" t="n">
+      <c r="AU41" s="14" t="n">
         <v>115.385</v>
       </c>
-      <c r="AS41" s="14" t="n">
+      <c r="AV41" s="14" t="n">
         <v>94.015</v>
       </c>
-      <c r="AT41" s="14" t="n">
+      <c r="AW41" s="14" t="n">
         <v>101.664</v>
       </c>
-      <c r="AU41" s="14" t="n">
+      <c r="AX41" s="14" t="n">
         <v>139.41</v>
       </c>
-      <c r="AV41" s="14" t="n">
+      <c r="AY41" s="14" t="n">
         <v>111.793</v>
       </c>
-      <c r="AW41" s="14" t="n">
+      <c r="AZ41" s="14" t="n">
         <v>100.497</v>
       </c>
-      <c r="AX41" s="14" t="n">
+      <c r="BA41" s="14" t="n">
         <v>101.282</v>
       </c>
-      <c r="AY41" s="14" t="n">
+      <c r="BB41" s="14" t="n">
         <v>77.729</v>
       </c>
-      <c r="AZ41" s="14" t="n">
+      <c r="BC41" s="14" t="n">
         <v>98.566</v>
       </c>
-      <c r="BA41" s="14" t="n">
+      <c r="BD41" s="14" t="n">
         <v>108.894</v>
       </c>
-      <c r="BB41" s="14" t="n">
+      <c r="BE41" s="14" t="n">
         <v>90.59</v>
       </c>
-      <c r="BC41" s="14" t="n">
+      <c r="BF41" s="14" t="n">
         <v>93.941</v>
       </c>
-      <c r="BD41" s="14" t="n">
+      <c r="BG41" s="14" t="n">
         <v>100.584</v>
       </c>
-      <c r="BE41" s="14" t="n">
+      <c r="BH41" s="14" t="n">
         <v>86.653</v>
       </c>
-      <c r="BF41" s="14" t="n">
+      <c r="BI41" s="14" t="n">
         <v>90.062</v>
       </c>
-      <c r="BG41" s="15" t="n">
-[...2 lines deleted...]
-      <c r="BH41" s="15" t="n">
+      <c r="BJ41" s="15" t="n">
+        <v>31.1</v>
+      </c>
+      <c r="BK41" s="15" t="n">
+        <v>-1.5</v>
+      </c>
+      <c r="BL41" s="15" t="n">
+        <v>11.9</v>
+      </c>
+      <c r="BM41" s="15" t="n">
+        <v>22.7</v>
+      </c>
+      <c r="BN41" s="15" t="n">
         <v>-22.8</v>
       </c>
-      <c r="BI41" s="15" t="n">
-[...5 lines deleted...]
-      <c r="BK41" s="15" t="n">
+      <c r="BO41" s="15" t="n">
+        <v>4.1</v>
+      </c>
+      <c r="BP41" s="15" t="n">
+        <v>5.4</v>
+      </c>
+      <c r="BQ41" s="15" t="n">
+        <v>-2.4</v>
+      </c>
+      <c r="BR41" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="BS41" s="15" t="n">
+        <v>10.4</v>
+      </c>
+      <c r="BT41" s="15" t="n">
+        <v>-8.7</v>
+      </c>
+      <c r="BU41" s="15" t="n">
+        <v>-22.0</v>
+      </c>
+      <c r="BV41" s="15" t="n">
+        <v>17.0</v>
+      </c>
+      <c r="BW41" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="BX41" s="15" t="n">
+        <v>8.6</v>
+      </c>
+      <c r="BY41" s="15" t="n">
+        <v>23.5</v>
+      </c>
+      <c r="BZ41" s="15" t="n">
+        <v>-26.0</v>
+      </c>
+      <c r="CA41" s="15" t="n">
+        <v>5.3</v>
+      </c>
+      <c r="CB41" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="CC41" s="15" t="n">
+        <v>-2.5</v>
+      </c>
+      <c r="CD41" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="CE41" s="15" t="n">
+        <v>11.1</v>
+      </c>
+      <c r="CF41" s="15" t="n">
+        <v>-6.8</v>
+      </c>
+      <c r="CG41" s="15" t="n">
+        <v>-19.2</v>
+      </c>
+      <c r="CH41" s="15" t="n">
+        <v>15.0</v>
+      </c>
+      <c r="CI41" s="15" t="n">
+        <v>6.6</v>
+      </c>
+      <c r="CJ41" s="15" t="n">
+        <v>4.2</v>
+      </c>
+      <c r="CK41" s="15" t="n">
+        <v>31.0</v>
+      </c>
+      <c r="CL41" s="15" t="n">
+        <v>-26.4</v>
+      </c>
+      <c r="CM41" s="15" t="n">
         <v>-2.3</v>
       </c>
-      <c r="BL41" s="15" t="n">
-[...35 lines deleted...]
-      <c r="BX41" s="15" t="n">
+      <c r="CN41" s="15" t="n">
+        <v>12.1</v>
+      </c>
+      <c r="CO41" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="CP41" s="15" t="n">
+        <v>-6.0</v>
+      </c>
+      <c r="CQ41" s="15" t="n">
+        <v>18.0</v>
+      </c>
+      <c r="CR41" s="15" t="n">
+        <v>-8.7</v>
+      </c>
+      <c r="CS41" s="15" t="n">
+        <v>-23.3</v>
+      </c>
+      <c r="CT41" s="15" t="n">
+        <v>19.0</v>
+      </c>
+      <c r="CU41" s="15" t="n">
+        <v>8.9</v>
+      </c>
+      <c r="CV41" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="CW41" s="15" t="n">
+        <v>25.5</v>
+      </c>
+      <c r="CX41" s="15" t="n">
+        <v>-14.8</v>
+      </c>
+      <c r="CY41" s="15" t="n">
+        <v>-10.7</v>
+      </c>
+      <c r="CZ41" s="15" t="n">
+        <v>11.2</v>
+      </c>
+      <c r="DA41" s="15" t="n">
+        <v>9.1</v>
+      </c>
+      <c r="DB41" s="15" t="n">
+        <v>-13.7</v>
+      </c>
+      <c r="DC41" s="15" t="n">
+        <v>22.7</v>
+      </c>
+      <c r="DD41" s="15" t="n">
+        <v>-7.5</v>
+      </c>
+      <c r="DE41" s="15" t="n">
+        <v>-27.1</v>
+      </c>
+      <c r="DF41" s="15" t="n">
+        <v>24.7</v>
+      </c>
+      <c r="DG41" s="15" t="n">
+        <v>11.2</v>
+      </c>
+      <c r="DH41" s="15" t="n">
+        <v>-0.8</v>
+      </c>
+      <c r="DI41" s="15" t="n">
+        <v>30.3</v>
+      </c>
+      <c r="DJ41" s="15" t="n">
+        <v>-21.1</v>
+      </c>
+      <c r="DK41" s="15" t="n">
+        <v>-9.5</v>
+      </c>
+      <c r="DL41" s="15" t="n">
+        <v>20.2</v>
+      </c>
+      <c r="DM41" s="15" t="n">
+        <v>-3.6</v>
+      </c>
+      <c r="DN41" s="15" t="n">
+        <v>-6.6</v>
+      </c>
+      <c r="DO41" s="15" t="n">
+        <v>16.1</v>
+      </c>
+      <c r="DP41" s="15" t="n">
+        <v>-3.8</v>
+      </c>
+      <c r="DQ41" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DR41" s="15" t="n">
+        <v>16.0</v>
+      </c>
+      <c r="DS41" s="15" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="DT41" s="15" t="n">
+        <v>8.2</v>
+      </c>
+      <c r="DU41" s="15" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="DV41" s="15" t="n">
+        <v>5.7</v>
+      </c>
+      <c r="DW41" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="DX41" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="DY41" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="DZ41" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="EA41" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="BY41" s="15" t="n">
-[...139 lines deleted...]
-      <c r="DS41" s="15" t="n">
+      <c r="EB41" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="DT41" s="15" t="n">
+      <c r="EC41" s="15" t="n">
         <v>2.2</v>
-      </c>
-[...25 lines deleted...]
-        <v>11.9</v>
       </c>
       <c r="ED41" s="15" t="n">
         <v>5.8</v>
       </c>
       <c r="EE41" s="15" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="EF41" s="15" t="n">
+        <v>7.7</v>
+      </c>
+      <c r="EG41" s="15" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="EH41" s="15" t="n">
+        <v>9.7</v>
+      </c>
+      <c r="EI41" s="15" t="n">
+        <v>9.1</v>
+      </c>
+      <c r="EJ41" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="EK41" s="15" t="n">
+        <v>9.4</v>
+      </c>
+      <c r="EL41" s="15" t="n">
+        <v>11.9</v>
+      </c>
+      <c r="EM41" s="15" t="n">
+        <v>5.8</v>
+      </c>
+      <c r="EN41" s="15" t="n">
         <v>12.4</v>
       </c>
-      <c r="EF41" s="15" t="n">
+      <c r="EO41" s="15" t="n">
         <v>10.2</v>
       </c>
-      <c r="EG41" s="15" t="n">
+      <c r="EP41" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="EH41" s="15" t="n">
+      <c r="EQ41" s="15" t="n">
         <v>8.2</v>
       </c>
-      <c r="EI41" s="15" t="n">
+      <c r="ER41" s="15" t="n">
         <v>10.5</v>
       </c>
-      <c r="EJ41" s="15" t="n">
+      <c r="ES41" s="15" t="n">
         <v>6.4</v>
       </c>
-      <c r="EK41" s="15" t="n">
+      <c r="ET41" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="EL41" s="15" t="n">
+      <c r="EU41" s="15" t="n">
         <v>18.0</v>
       </c>
-      <c r="EM41" s="15" t="n">
+      <c r="EV41" s="15" t="n">
         <v>7.8</v>
       </c>
-      <c r="EN41" s="15" t="n">
+      <c r="EW41" s="15" t="n">
         <v>7.0</v>
       </c>
-      <c r="EO41" s="15" t="n">
+      <c r="EX41" s="15" t="n">
         <v>17.0</v>
       </c>
-      <c r="EP41" s="15" t="n">
+      <c r="EY41" s="15" t="n">
         <v>7.4</v>
       </c>
-      <c r="EQ41" s="15" t="n">
+      <c r="EZ41" s="15" t="n">
         <v>11.8</v>
       </c>
-      <c r="ER41" s="15" t="n">
+      <c r="FA41" s="15" t="n">
         <v>13.2</v>
       </c>
-      <c r="ES41" s="15" t="n">
+      <c r="FB41" s="15" t="n">
         <v>7.6</v>
       </c>
-      <c r="ET41" s="15" t="n">
+      <c r="FC41" s="15" t="n">
         <v>12.7</v>
       </c>
-      <c r="EU41" s="15" t="n">
+      <c r="FD41" s="15" t="n">
         <v>15.2</v>
       </c>
-      <c r="EV41" s="15" t="n">
+      <c r="FE41" s="15" t="n">
         <v>13.9</v>
       </c>
-      <c r="EW41" s="15" t="n">
+      <c r="FF41" s="15" t="n">
         <v>18.3</v>
       </c>
-      <c r="EX41" s="15" t="n">
+      <c r="FG41" s="15" t="n">
         <v>9.4</v>
       </c>
-      <c r="EY41" s="15" t="n">
+      <c r="FH41" s="15" t="n">
         <v>11.0</v>
       </c>
-      <c r="EZ41" s="15" t="n">
+      <c r="FI41" s="15" t="n">
         <v>20.0</v>
       </c>
-      <c r="FA41" s="15" t="n">
+      <c r="FJ41" s="15" t="n">
         <v>6.0</v>
       </c>
-      <c r="FB41" s="15" t="n">
+      <c r="FK41" s="15" t="n">
         <v>14.7</v>
       </c>
-      <c r="FC41" s="15" t="n">
+      <c r="FL41" s="15" t="n">
         <v>8.5</v>
       </c>
-      <c r="FD41" s="15" t="n">
+      <c r="FM41" s="15" t="n">
         <v>12.9</v>
       </c>
-      <c r="FE41" s="13" t="inlineStr">
-[...43 lines deleted...]
-      </c>
       <c r="FN41" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FO41" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FP41" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="FQ41" s="15" t="n">
+      <c r="FQ41" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FR41" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FS41" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FT41" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FU41" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FV41" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FW41" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FX41" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FY41" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FZ41" s="15" t="n">
+        <v>4.1</v>
+      </c>
+      <c r="GA41" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="GB41" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="GC41" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="FR41" s="15" t="n">
+      <c r="GD41" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="FS41" s="15" t="n">
+      <c r="GE41" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="FT41" s="15" t="n">
+      <c r="GF41" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="FU41" s="15" t="n">
+      <c r="GG41" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="FV41" s="15" t="n">
+      <c r="GH41" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="FW41" s="15" t="n">
+      <c r="GI41" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="FX41" s="15" t="n">
+      <c r="GJ41" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="FY41" s="15" t="n">
+      <c r="GK41" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="FZ41" s="15" t="n">
+      <c r="GL41" s="15" t="n">
         <v>7.3</v>
       </c>
-      <c r="GA41" s="15" t="n">
+      <c r="GM41" s="15" t="n">
         <v>7.5</v>
       </c>
-      <c r="GB41" s="15" t="n">
+      <c r="GN41" s="15" t="n">
         <v>7.9</v>
       </c>
-      <c r="GC41" s="15" t="n">
+      <c r="GO41" s="15" t="n">
         <v>7.9</v>
       </c>
-      <c r="GD41" s="15" t="n">
+      <c r="GP41" s="15" t="n">
         <v>8.5</v>
       </c>
-      <c r="GE41" s="15" t="n">
+      <c r="GQ41" s="15" t="n">
         <v>8.4</v>
       </c>
-      <c r="GF41" s="15" t="n">
+      <c r="GR41" s="15" t="n">
         <v>8.2</v>
       </c>
-      <c r="GG41" s="15" t="n">
+      <c r="GS41" s="15" t="n">
         <v>9.8</v>
       </c>
-      <c r="GH41" s="15" t="n">
+      <c r="GT41" s="15" t="n">
         <v>9.9</v>
       </c>
-      <c r="GI41" s="15" t="n">
+      <c r="GU41" s="15" t="n">
         <v>9.3</v>
       </c>
-      <c r="GJ41" s="15" t="n">
+      <c r="GV41" s="15" t="n">
         <v>11.2</v>
       </c>
-      <c r="GK41" s="15" t="n">
+      <c r="GW41" s="15" t="n">
         <v>10.2</v>
       </c>
-      <c r="GL41" s="15" t="n">
+      <c r="GX41" s="15" t="n">
         <v>9.3</v>
       </c>
-      <c r="GM41" s="15" t="n">
+      <c r="GY41" s="15" t="n">
         <v>9.9</v>
       </c>
-      <c r="GN41" s="15" t="n">
+      <c r="GZ41" s="15" t="n">
         <v>10.1</v>
       </c>
-      <c r="GO41" s="15" t="n">
+      <c r="HA41" s="15" t="n">
         <v>10.0</v>
       </c>
-      <c r="GP41" s="15" t="n">
+      <c r="HB41" s="15" t="n">
         <v>10.5</v>
       </c>
-      <c r="GQ41" s="15" t="n">
+      <c r="HC41" s="15" t="n">
         <v>11.6</v>
       </c>
-      <c r="GR41" s="15" t="n">
+      <c r="HD41" s="15" t="n">
         <v>10.5</v>
       </c>
-      <c r="GS41" s="15" t="n">
+      <c r="HE41" s="15" t="n">
         <v>11.1</v>
       </c>
-      <c r="GT41" s="15" t="n">
+      <c r="HF41" s="15" t="n">
         <v>12.2</v>
       </c>
-      <c r="GU41" s="15" t="n">
+      <c r="HG41" s="15" t="n">
         <v>10.6</v>
       </c>
-      <c r="GV41" s="15" t="n">
+      <c r="HH41" s="15" t="n">
         <v>12.5</v>
       </c>
-      <c r="GW41" s="15" t="n">
+      <c r="HI41" s="15" t="n">
         <v>13.2</v>
       </c>
-      <c r="GX41" s="15" t="n">
+      <c r="HJ41" s="15" t="n">
         <v>12.3</v>
       </c>
-      <c r="GY41" s="15" t="n">
+      <c r="HK41" s="15" t="n">
         <v>12.9</v>
       </c>
-      <c r="GZ41" s="15" t="n">
+      <c r="HL41" s="15" t="n">
         <v>12.9</v>
       </c>
-      <c r="HA41" s="15" t="n">
+      <c r="HM41" s="15" t="n">
         <v>12.6</v>
       </c>
-      <c r="HB41" s="15" t="n">
+      <c r="HN41" s="15" t="n">
         <v>12.5</v>
       </c>
-      <c r="HC41" s="15" t="n">
+      <c r="HO41" s="15" t="n">
         <v>11.8</v>
       </c>
-      <c r="HD41" s="15" t="n">
+      <c r="HP41" s="15" t="n">
         <v>12.2</v>
       </c>
-      <c r="HE41" s="15" t="n">
+      <c r="HQ41" s="15" t="n">
         <v>12.5</v>
       </c>
-      <c r="HF41" s="15" t="n">
+      <c r="HR41" s="15" t="n">
         <v>10.6</v>
       </c>
-      <c r="HG41" s="15" t="n">
+      <c r="HS41" s="15" t="n">
         <v>12.2</v>
       </c>
-      <c r="HH41" s="15" t="n">
+      <c r="HT41" s="15" t="n">
         <v>10.7</v>
       </c>
-      <c r="HI41" s="15" t="n">
+      <c r="HU41" s="15" t="n">
         <v>12.9</v>
       </c>
-      <c r="HJ41" s="13" t="inlineStr">
-[...54 lines deleted...]
-      <c r="HU41" s="13" t="inlineStr">
+      <c r="HV41" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HW41" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HX41" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HY41" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HZ41" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IA41" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IB41" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IC41" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID41" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE41" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF41" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG41" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    63 Information service activities</t>
         </is>
       </c>
       <c r="B42" s="14" t="n">
-        <v>152.637</v>
+        <v>185.271</v>
       </c>
       <c r="C42" s="14" t="n">
-        <v>132.23</v>
+        <v>151.92</v>
       </c>
       <c r="D42" s="14" t="n">
-        <v>163.714</v>
+        <v>157.559</v>
       </c>
       <c r="E42" s="14" t="n">
-        <v>142.351</v>
+        <v>154.481</v>
       </c>
       <c r="F42" s="14" t="n">
-        <v>138.342</v>
+        <v>133.841</v>
       </c>
       <c r="G42" s="14" t="n">
-        <v>137.466</v>
+        <v>165.698</v>
       </c>
       <c r="H42" s="14" t="n">
-        <v>137.78</v>
+        <v>144.299</v>
       </c>
       <c r="I42" s="14" t="n">
-        <v>122.29</v>
+        <v>140.115</v>
       </c>
       <c r="J42" s="14" t="n">
-        <v>136.637</v>
+        <v>138.726</v>
       </c>
       <c r="K42" s="14" t="n">
-        <v>144.489</v>
+        <v>138.177</v>
       </c>
       <c r="L42" s="14" t="n">
-        <v>129.779</v>
+        <v>122.185</v>
       </c>
       <c r="M42" s="14" t="n">
-        <v>133.859</v>
+        <v>136.358</v>
       </c>
       <c r="N42" s="14" t="n">
-        <v>130.169</v>
+        <v>144.395</v>
       </c>
       <c r="O42" s="14" t="n">
-        <v>118.764</v>
+        <v>129.805</v>
       </c>
       <c r="P42" s="14" t="n">
-        <v>137.013</v>
+        <v>133.921</v>
       </c>
       <c r="Q42" s="14" t="n">
-        <v>124.711</v>
+        <v>130.188</v>
       </c>
       <c r="R42" s="14" t="n">
-        <v>125.653</v>
+        <v>118.759</v>
       </c>
       <c r="S42" s="14" t="n">
-        <v>113.085</v>
+        <v>136.999</v>
       </c>
       <c r="T42" s="14" t="n">
-        <v>120.379</v>
+        <v>124.707</v>
       </c>
       <c r="U42" s="14" t="n">
-        <v>108.352</v>
+        <v>125.654</v>
       </c>
       <c r="V42" s="14" t="n">
-        <v>119.553</v>
+        <v>113.088</v>
       </c>
       <c r="W42" s="14" t="n">
+        <v>120.38</v>
+      </c>
+      <c r="X42" s="14" t="n">
+        <v>108.351</v>
+      </c>
+      <c r="Y42" s="14" t="n">
+        <v>119.552</v>
+      </c>
+      <c r="Z42" s="14" t="n">
         <v>136.034</v>
       </c>
-      <c r="X42" s="14" t="n">
+      <c r="AA42" s="14" t="n">
         <v>114.005</v>
       </c>
-      <c r="Y42" s="14" t="n">
+      <c r="AB42" s="14" t="n">
         <v>120.892</v>
       </c>
-      <c r="Z42" s="14" t="n">
+      <c r="AC42" s="14" t="n">
         <v>118.507</v>
       </c>
-      <c r="AA42" s="14" t="n">
+      <c r="AD42" s="14" t="n">
         <v>106.17</v>
       </c>
-      <c r="AB42" s="14" t="n">
+      <c r="AE42" s="14" t="n">
         <v>122.605</v>
       </c>
-      <c r="AC42" s="14" t="n">
+      <c r="AF42" s="14" t="n">
         <v>122.022</v>
       </c>
-      <c r="AD42" s="14" t="n">
+      <c r="AG42" s="14" t="n">
         <v>105.519</v>
       </c>
-      <c r="AE42" s="14" t="n">
+      <c r="AH42" s="14" t="n">
         <v>104.221</v>
       </c>
-      <c r="AF42" s="14" t="n">
+      <c r="AI42" s="14" t="n">
         <v>108.757</v>
       </c>
-      <c r="AG42" s="14" t="n">
+      <c r="AJ42" s="14" t="n">
         <v>102.463</v>
       </c>
-      <c r="AH42" s="14" t="n">
+      <c r="AK42" s="14" t="n">
         <v>112.55</v>
       </c>
-      <c r="AI42" s="14" t="n">
+      <c r="AL42" s="14" t="n">
         <v>130.108</v>
       </c>
-      <c r="AJ42" s="14" t="n">
+      <c r="AM42" s="14" t="n">
         <v>121.93</v>
       </c>
-      <c r="AK42" s="14" t="n">
+      <c r="AN42" s="14" t="n">
         <v>107.869</v>
       </c>
-      <c r="AL42" s="14" t="n">
+      <c r="AO42" s="14" t="n">
         <v>111.082</v>
       </c>
-      <c r="AM42" s="14" t="n">
+      <c r="AP42" s="14" t="n">
         <v>102.788</v>
       </c>
-      <c r="AN42" s="14" t="n">
+      <c r="AQ42" s="14" t="n">
         <v>107.641</v>
       </c>
-      <c r="AO42" s="14" t="n">
+      <c r="AR42" s="14" t="n">
         <v>118.318</v>
       </c>
-      <c r="AP42" s="14" t="n">
+      <c r="AS42" s="14" t="n">
         <v>106.034</v>
       </c>
-      <c r="AQ42" s="14" t="n">
+      <c r="AT42" s="14" t="n">
         <v>98.532</v>
       </c>
-      <c r="AR42" s="14" t="n">
+      <c r="AU42" s="14" t="n">
         <v>109.328</v>
       </c>
-      <c r="AS42" s="14" t="n">
+      <c r="AV42" s="14" t="n">
         <v>99.062</v>
       </c>
-      <c r="AT42" s="14" t="n">
+      <c r="AW42" s="14" t="n">
         <v>100.963</v>
       </c>
-      <c r="AU42" s="14" t="n">
+      <c r="AX42" s="14" t="n">
         <v>125.563</v>
       </c>
-      <c r="AV42" s="14" t="n">
+      <c r="AY42" s="14" t="n">
         <v>111.666</v>
       </c>
-      <c r="AW42" s="14" t="n">
+      <c r="AZ42" s="14" t="n">
         <v>104.434</v>
       </c>
-      <c r="AX42" s="14" t="n">
+      <c r="BA42" s="14" t="n">
         <v>99.736</v>
       </c>
-      <c r="AY42" s="14" t="n">
+      <c r="BB42" s="14" t="n">
         <v>87.992</v>
       </c>
-      <c r="AZ42" s="14" t="n">
+      <c r="BC42" s="14" t="n">
         <v>96.725</v>
       </c>
-      <c r="BA42" s="14" t="n">
+      <c r="BD42" s="14" t="n">
         <v>100.89</v>
       </c>
-      <c r="BB42" s="14" t="n">
+      <c r="BE42" s="14" t="n">
         <v>96.582</v>
       </c>
-      <c r="BC42" s="14" t="n">
+      <c r="BF42" s="14" t="n">
         <v>92.145</v>
       </c>
-      <c r="BD42" s="14" t="n">
+      <c r="BG42" s="14" t="n">
         <v>97.074</v>
       </c>
-      <c r="BE42" s="14" t="n">
+      <c r="BH42" s="14" t="n">
         <v>96.135</v>
       </c>
-      <c r="BF42" s="14" t="n">
+      <c r="BI42" s="14" t="n">
         <v>91.058</v>
       </c>
-      <c r="BG42" s="15" t="n">
+      <c r="BJ42" s="15" t="n">
+        <v>22.0</v>
+      </c>
+      <c r="BK42" s="15" t="n">
+        <v>-3.6</v>
+      </c>
+      <c r="BL42" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="BM42" s="15" t="n">
         <v>15.4</v>
       </c>
-      <c r="BH42" s="15" t="n">
+      <c r="BN42" s="15" t="n">
         <v>-19.2</v>
       </c>
-      <c r="BI42" s="15" t="n">
-[...2 lines deleted...]
-      <c r="BJ42" s="15" t="n">
+      <c r="BO42" s="15" t="n">
+        <v>14.8</v>
+      </c>
+      <c r="BP42" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="BQ42" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="BR42" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="BS42" s="15" t="n">
+        <v>13.1</v>
+      </c>
+      <c r="BT42" s="15" t="n">
+        <v>-10.4</v>
+      </c>
+      <c r="BU42" s="15" t="n">
+        <v>-5.6</v>
+      </c>
+      <c r="BV42" s="15" t="n">
+        <v>11.2</v>
+      </c>
+      <c r="BW42" s="15" t="n">
+        <v>-3.1</v>
+      </c>
+      <c r="BX42" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="BK42" s="15" t="n">
-[...5 lines deleted...]
-      <c r="BM42" s="15" t="n">
+      <c r="BY42" s="15" t="n">
+        <v>9.6</v>
+      </c>
+      <c r="BZ42" s="15" t="n">
+        <v>-13.3</v>
+      </c>
+      <c r="CA42" s="15" t="n">
+        <v>9.9</v>
+      </c>
+      <c r="CB42" s="15" t="n">
+        <v>-0.8</v>
+      </c>
+      <c r="CC42" s="15" t="n">
+        <v>11.1</v>
+      </c>
+      <c r="CD42" s="15" t="n">
+        <v>-6.1</v>
+      </c>
+      <c r="CE42" s="15" t="n">
+        <v>11.1</v>
+      </c>
+      <c r="CF42" s="15" t="n">
+        <v>-9.4</v>
+      </c>
+      <c r="CG42" s="15" t="n">
+        <v>-12.1</v>
+      </c>
+      <c r="CH42" s="15" t="n">
+        <v>19.3</v>
+      </c>
+      <c r="CI42" s="15" t="n">
+        <v>-5.7</v>
+      </c>
+      <c r="CJ42" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="CK42" s="15" t="n">
+        <v>11.6</v>
+      </c>
+      <c r="CL42" s="15" t="n">
+        <v>-13.4</v>
+      </c>
+      <c r="CM42" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="CN42" s="15" t="n">
+        <v>15.6</v>
+      </c>
+      <c r="CO42" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="CP42" s="15" t="n">
+        <v>-4.2</v>
+      </c>
+      <c r="CQ42" s="15" t="n">
+        <v>6.1</v>
+      </c>
+      <c r="CR42" s="15" t="n">
+        <v>-9.0</v>
+      </c>
+      <c r="CS42" s="15" t="n">
+        <v>-13.5</v>
+      </c>
+      <c r="CT42" s="15" t="n">
+        <v>6.7</v>
+      </c>
+      <c r="CU42" s="15" t="n">
+        <v>13.0</v>
+      </c>
+      <c r="CV42" s="15" t="n">
+        <v>-2.9</v>
+      </c>
+      <c r="CW42" s="15" t="n">
+        <v>8.1</v>
+      </c>
+      <c r="CX42" s="15" t="n">
+        <v>-4.5</v>
+      </c>
+      <c r="CY42" s="15" t="n">
+        <v>-9.0</v>
+      </c>
+      <c r="CZ42" s="15" t="n">
+        <v>11.6</v>
+      </c>
+      <c r="DA42" s="15" t="n">
+        <v>7.6</v>
+      </c>
+      <c r="DB42" s="15" t="n">
+        <v>-9.9</v>
+      </c>
+      <c r="DC42" s="15" t="n">
+        <v>10.4</v>
+      </c>
+      <c r="DD42" s="15" t="n">
+        <v>-1.9</v>
+      </c>
+      <c r="DE42" s="15" t="n">
+        <v>-19.6</v>
+      </c>
+      <c r="DF42" s="15" t="n">
+        <v>12.4</v>
+      </c>
+      <c r="DG42" s="15" t="n">
+        <v>6.9</v>
+      </c>
+      <c r="DH42" s="15" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="DI42" s="15" t="n">
+        <v>13.3</v>
+      </c>
+      <c r="DJ42" s="15" t="n">
+        <v>-9.0</v>
+      </c>
+      <c r="DK42" s="15" t="n">
+        <v>-4.1</v>
+      </c>
+      <c r="DL42" s="15" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="DM42" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="DN42" s="15" t="n">
+        <v>-5.1</v>
+      </c>
+      <c r="DO42" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="DP42" s="15" t="n">
+        <v>5.6</v>
+      </c>
+      <c r="DQ42" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DR42" s="15" t="n">
+        <v>28.3</v>
+      </c>
+      <c r="DS42" s="15" t="n">
+        <v>17.0</v>
+      </c>
+      <c r="DT42" s="15" t="n">
+        <v>17.7</v>
+      </c>
+      <c r="DU42" s="15" t="n">
+        <v>18.7</v>
+      </c>
+      <c r="DV42" s="15" t="n">
         <v>12.7</v>
       </c>
-      <c r="BN42" s="15" t="n">
-[...5 lines deleted...]
-      <c r="BP42" s="15" t="n">
+      <c r="DW42" s="15" t="n">
+        <v>20.9</v>
+      </c>
+      <c r="DX42" s="15" t="n">
+        <v>15.7</v>
+      </c>
+      <c r="DY42" s="15" t="n">
+        <v>11.5</v>
+      </c>
+      <c r="DZ42" s="15" t="n">
+        <v>22.7</v>
+      </c>
+      <c r="EA42" s="15" t="n">
+        <v>14.8</v>
+      </c>
+      <c r="EB42" s="15" t="n">
+        <v>12.8</v>
+      </c>
+      <c r="EC42" s="15" t="n">
+        <v>14.1</v>
+      </c>
+      <c r="ED42" s="15" t="n">
+        <v>6.1</v>
+      </c>
+      <c r="EE42" s="15" t="n">
+        <v>13.9</v>
+      </c>
+      <c r="EF42" s="15" t="n">
+        <v>10.8</v>
+      </c>
+      <c r="EG42" s="15" t="n">
+        <v>9.9</v>
+      </c>
+      <c r="EH42" s="15" t="n">
+        <v>11.9</v>
+      </c>
+      <c r="EI42" s="15" t="n">
+        <v>11.7</v>
+      </c>
+      <c r="EJ42" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="EK42" s="15" t="n">
+        <v>19.1</v>
+      </c>
+      <c r="EL42" s="15" t="n">
+        <v>8.5</v>
+      </c>
+      <c r="EM42" s="15" t="n">
+        <v>10.7</v>
+      </c>
+      <c r="EN42" s="15" t="n">
+        <v>5.7</v>
+      </c>
+      <c r="EO42" s="15" t="n">
+        <v>6.2</v>
+      </c>
+      <c r="EP42" s="15" t="n">
+        <v>4.6</v>
+      </c>
+      <c r="EQ42" s="15" t="n">
+        <v>-6.5</v>
+      </c>
+      <c r="ER42" s="15" t="n">
+        <v>12.1</v>
+      </c>
+      <c r="ES42" s="15" t="n">
+        <v>6.7</v>
+      </c>
+      <c r="ET42" s="15" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="EU42" s="15" t="n">
+        <v>13.9</v>
+      </c>
+      <c r="EV42" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="EW42" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="EX42" s="15" t="n">
+        <v>5.8</v>
+      </c>
+      <c r="EY42" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="EZ42" s="15" t="n">
+        <v>3.4</v>
+      </c>
+      <c r="FA42" s="15" t="n">
+        <v>11.5</v>
+      </c>
+      <c r="FB42" s="15" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="FC42" s="15" t="n">
+        <v>9.2</v>
+      </c>
+      <c r="FD42" s="15" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="FE42" s="15" t="n">
+        <v>11.4</v>
+      </c>
+      <c r="FF42" s="15" t="n">
+        <v>16.8</v>
+      </c>
+      <c r="FG42" s="15" t="n">
         <v>11.3</v>
       </c>
-      <c r="BQ42" s="15" t="n">
-[...5 lines deleted...]
-      <c r="BS42" s="15" t="n">
+      <c r="FH42" s="15" t="n">
+        <v>17.3</v>
+      </c>
+      <c r="FI42" s="15" t="n">
+        <v>9.8</v>
+      </c>
+      <c r="FJ42" s="15" t="n">
+        <v>6.9</v>
+      </c>
+      <c r="FK42" s="15" t="n">
+        <v>12.6</v>
+      </c>
+      <c r="FL42" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="FM42" s="15" t="n">
+        <v>10.9</v>
+      </c>
+      <c r="FN42" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FO42" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FP42" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FQ42" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FR42" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FS42" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FT42" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FU42" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FV42" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FW42" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FX42" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FY42" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FZ42" s="15" t="n">
+        <v>17.5</v>
+      </c>
+      <c r="GA42" s="15" t="n">
+        <v>16.3</v>
+      </c>
+      <c r="GB42" s="15" t="n">
+        <v>16.2</v>
+      </c>
+      <c r="GC42" s="15" t="n">
+        <v>16.1</v>
+      </c>
+      <c r="GD42" s="15" t="n">
+        <v>15.7</v>
+      </c>
+      <c r="GE42" s="15" t="n">
+        <v>16.1</v>
+      </c>
+      <c r="GF42" s="15" t="n">
+        <v>15.2</v>
+      </c>
+      <c r="GG42" s="15" t="n">
+        <v>15.1</v>
+      </c>
+      <c r="GH42" s="15" t="n">
+        <v>16.1</v>
+      </c>
+      <c r="GI42" s="15" t="n">
+        <v>13.9</v>
+      </c>
+      <c r="GJ42" s="15" t="n">
+        <v>13.4</v>
+      </c>
+      <c r="GK42" s="15" t="n">
+        <v>14.1</v>
+      </c>
+      <c r="GL42" s="15" t="n">
         <v>9.6</v>
       </c>
-      <c r="BT42" s="15" t="n">
-[...8 lines deleted...]
-      <c r="BW42" s="15" t="n">
+      <c r="GM42" s="15" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="GN42" s="15" t="n">
+        <v>9.6</v>
+      </c>
+      <c r="GO42" s="15" t="n">
+        <v>9.5</v>
+      </c>
+      <c r="GP42" s="15" t="n">
+        <v>9.4</v>
+      </c>
+      <c r="GQ42" s="15" t="n">
+        <v>9.1</v>
+      </c>
+      <c r="GR42" s="15" t="n">
+        <v>8.6</v>
+      </c>
+      <c r="GS42" s="15" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="GT42" s="15" t="n">
+        <v>7.8</v>
+      </c>
+      <c r="GU42" s="15" t="n">
+        <v>7.6</v>
+      </c>
+      <c r="GV42" s="15" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="GW42" s="15" t="n">
+        <v>6.2</v>
+      </c>
+      <c r="GX42" s="15" t="n">
+        <v>4.6</v>
+      </c>
+      <c r="GY42" s="15" t="n">
+        <v>4.6</v>
+      </c>
+      <c r="GZ42" s="15" t="n">
+        <v>5.8</v>
+      </c>
+      <c r="HA42" s="15" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="HB42" s="15" t="n">
+        <v>4.9</v>
+      </c>
+      <c r="HC42" s="15" t="n">
+        <v>5.2</v>
+      </c>
+      <c r="HD42" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="HE42" s="15" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="HF42" s="15" t="n">
+        <v>4.9</v>
+      </c>
+      <c r="HG42" s="15" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="HH42" s="15" t="n">
+        <v>7.5</v>
+      </c>
+      <c r="HI42" s="15" t="n">
+        <v>11.5</v>
+      </c>
+      <c r="HJ42" s="15" t="n">
+        <v>9.5</v>
+      </c>
+      <c r="HK42" s="15" t="n">
+        <v>10.2</v>
+      </c>
+      <c r="HL42" s="15" t="n">
+        <v>10.3</v>
+      </c>
+      <c r="HM42" s="15" t="n">
         <v>11.1</v>
       </c>
-      <c r="BX42" s="15" t="n">
-[...2 lines deleted...]
-      <c r="BY42" s="15" t="n">
+      <c r="HN42" s="15" t="n">
         <v>11.1</v>
       </c>
-      <c r="BZ42" s="15" t="n">
-[...80 lines deleted...]
-      <c r="DA42" s="15" t="n">
+      <c r="HO42" s="15" t="n">
+        <v>10.3</v>
+      </c>
+      <c r="HP42" s="15" t="n">
+        <v>10.2</v>
+      </c>
+      <c r="HQ42" s="15" t="n">
+        <v>8.7</v>
+      </c>
+      <c r="HR42" s="15" t="n">
+        <v>8.4</v>
+      </c>
+      <c r="HS42" s="15" t="n">
+        <v>8.8</v>
+      </c>
+      <c r="HT42" s="15" t="n">
         <v>6.9</v>
       </c>
-      <c r="DB42" s="15" t="n">
-[...163 lines deleted...]
-      <c r="FD42" s="15" t="n">
+      <c r="HU42" s="15" t="n">
         <v>10.9</v>
       </c>
-      <c r="FE42" s="13" t="inlineStr">
-[...249 lines deleted...]
-      <c r="HU42" s="13" t="inlineStr">
+      <c r="HV42" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HW42" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HX42" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HY42" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HZ42" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IA42" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IB42" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IC42" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID42" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE42" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF42" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG42" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    2.4 Real estate activities</t>
         </is>
       </c>
       <c r="B43" s="14" t="n">
-        <v>112.85</v>
+        <v>137.082</v>
       </c>
       <c r="C43" s="14" t="n">
-        <v>96.396</v>
+        <v>124.278</v>
       </c>
       <c r="D43" s="14" t="n">
-        <v>113.202</v>
+        <v>118.075</v>
       </c>
       <c r="E43" s="14" t="n">
-        <v>114.996</v>
+        <v>112.957</v>
       </c>
       <c r="F43" s="14" t="n">
-        <v>110.374</v>
+        <v>96.68</v>
       </c>
       <c r="G43" s="14" t="n">
-        <v>109.915</v>
+        <v>113.448</v>
       </c>
       <c r="H43" s="14" t="n">
-        <v>113.504</v>
+        <v>115.028</v>
       </c>
       <c r="I43" s="14" t="n">
-        <v>102.428</v>
+        <v>110.317</v>
       </c>
       <c r="J43" s="14" t="n">
-        <v>108.077</v>
+        <v>109.84</v>
       </c>
       <c r="K43" s="14" t="n">
-        <v>126.833</v>
+        <v>113.48</v>
       </c>
       <c r="L43" s="14" t="n">
-        <v>112.841</v>
+        <v>102.434</v>
       </c>
       <c r="M43" s="14" t="n">
-        <v>109.939</v>
+        <v>108.092</v>
       </c>
       <c r="N43" s="14" t="n">
-        <v>103.425</v>
+        <v>126.835</v>
       </c>
       <c r="O43" s="14" t="n">
-        <v>96.317</v>
+        <v>112.835</v>
       </c>
       <c r="P43" s="14" t="n">
-        <v>118.455</v>
+        <v>109.933</v>
       </c>
       <c r="Q43" s="14" t="n">
+        <v>103.423</v>
+      </c>
+      <c r="R43" s="14" t="n">
+        <v>96.318</v>
+      </c>
+      <c r="S43" s="14" t="n">
+        <v>118.456</v>
+      </c>
+      <c r="T43" s="14" t="n">
         <v>108.102</v>
       </c>
-      <c r="R43" s="14" t="n">
+      <c r="U43" s="14" t="n">
         <v>102.789</v>
       </c>
-      <c r="S43" s="14" t="n">
+      <c r="V43" s="14" t="n">
         <v>109.17</v>
       </c>
-      <c r="T43" s="14" t="n">
+      <c r="W43" s="14" t="n">
         <v>101.518</v>
       </c>
-      <c r="U43" s="14" t="n">
+      <c r="X43" s="14" t="n">
         <v>97.407</v>
       </c>
-      <c r="V43" s="14" t="n">
+      <c r="Y43" s="14" t="n">
         <v>97.65</v>
       </c>
-      <c r="W43" s="14" t="n">
+      <c r="Z43" s="14" t="n">
         <v>122.281</v>
       </c>
-      <c r="X43" s="14" t="n">
+      <c r="AA43" s="14" t="n">
         <v>110.891</v>
       </c>
-      <c r="Y43" s="14" t="n">
-[...2 lines deleted...]
-      <c r="Z43" s="14" t="n">
+      <c r="AB43" s="14" t="n">
+        <v>119.113</v>
+      </c>
+      <c r="AC43" s="14" t="n">
         <v>102.78</v>
       </c>
-      <c r="AA43" s="14" t="n">
+      <c r="AD43" s="14" t="n">
         <v>94.372</v>
       </c>
-      <c r="AB43" s="14" t="n">
+      <c r="AE43" s="14" t="n">
         <v>116.279</v>
       </c>
-      <c r="AC43" s="14" t="n">
+      <c r="AF43" s="14" t="n">
         <v>109.501</v>
       </c>
-      <c r="AD43" s="14" t="n">
+      <c r="AG43" s="14" t="n">
         <v>101.36</v>
       </c>
-      <c r="AE43" s="14" t="n">
+      <c r="AH43" s="14" t="n">
         <v>110.198</v>
       </c>
-      <c r="AF43" s="14" t="n">
+      <c r="AI43" s="14" t="n">
         <v>109.349</v>
       </c>
-      <c r="AG43" s="14" t="n">
+      <c r="AJ43" s="14" t="n">
         <v>95.588</v>
       </c>
-      <c r="AH43" s="14" t="n">
+      <c r="AK43" s="14" t="n">
         <v>94.629</v>
       </c>
-      <c r="AI43" s="14" t="n">
+      <c r="AL43" s="14" t="n">
         <v>115.113</v>
       </c>
-      <c r="AJ43" s="14" t="n">
+      <c r="AM43" s="14" t="n">
         <v>106.746</v>
       </c>
-      <c r="AK43" s="14" t="n">
+      <c r="AN43" s="14" t="n">
         <v>94.801</v>
       </c>
-      <c r="AL43" s="14" t="n">
+      <c r="AO43" s="14" t="n">
         <v>101.366</v>
       </c>
-      <c r="AM43" s="14" t="n">
+      <c r="AP43" s="14" t="n">
         <v>84.339</v>
       </c>
-      <c r="AN43" s="14" t="n">
+      <c r="AQ43" s="14" t="n">
         <v>101.66</v>
       </c>
-      <c r="AO43" s="14" t="n">
+      <c r="AR43" s="14" t="n">
         <v>106.108</v>
       </c>
-      <c r="AP43" s="14" t="n">
+      <c r="AS43" s="14" t="n">
         <v>98.204</v>
       </c>
-      <c r="AQ43" s="14" t="n">
+      <c r="AT43" s="14" t="n">
         <v>99.938</v>
       </c>
-      <c r="AR43" s="14" t="n">
+      <c r="AU43" s="14" t="n">
         <v>103.655</v>
       </c>
-      <c r="AS43" s="14" t="n">
+      <c r="AV43" s="14" t="n">
         <v>88.718</v>
       </c>
-      <c r="AT43" s="14" t="n">
+      <c r="AW43" s="14" t="n">
         <v>90.625</v>
       </c>
-      <c r="AU43" s="14" t="n">
+      <c r="AX43" s="14" t="n">
         <v>122.074</v>
       </c>
-      <c r="AV43" s="14" t="n">
+      <c r="AY43" s="14" t="n">
         <v>108.833</v>
       </c>
-      <c r="AW43" s="14" t="n">
+      <c r="AZ43" s="14" t="n">
         <v>100.511</v>
       </c>
-      <c r="AX43" s="14" t="n">
+      <c r="BA43" s="14" t="n">
         <v>96.98</v>
       </c>
-      <c r="AY43" s="14" t="n">
+      <c r="BB43" s="14" t="n">
         <v>92.151</v>
       </c>
-      <c r="AZ43" s="14" t="n">
+      <c r="BC43" s="14" t="n">
         <v>103.755</v>
       </c>
-      <c r="BA43" s="14" t="n">
+      <c r="BD43" s="14" t="n">
         <v>105.174</v>
       </c>
-      <c r="BB43" s="14" t="n">
+      <c r="BE43" s="14" t="n">
         <v>96.878</v>
       </c>
-      <c r="BC43" s="14" t="n">
+      <c r="BF43" s="14" t="n">
         <v>99.651</v>
       </c>
-      <c r="BD43" s="14" t="n">
+      <c r="BG43" s="14" t="n">
         <v>95.651</v>
       </c>
-      <c r="BE43" s="14" t="n">
+      <c r="BH43" s="14" t="n">
         <v>87.165</v>
       </c>
-      <c r="BF43" s="14" t="n">
+      <c r="BI43" s="14" t="n">
         <v>91.176</v>
       </c>
-      <c r="BG43" s="15" t="n">
-[...2 lines deleted...]
-      <c r="BH43" s="15" t="n">
+      <c r="BJ43" s="15" t="n">
+        <v>10.3</v>
+      </c>
+      <c r="BK43" s="15" t="n">
+        <v>5.3</v>
+      </c>
+      <c r="BL43" s="15" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="BM43" s="15" t="n">
+        <v>16.8</v>
+      </c>
+      <c r="BN43" s="15" t="n">
         <v>-14.8</v>
       </c>
-      <c r="BI43" s="15" t="n">
-[...2 lines deleted...]
-      <c r="BJ43" s="15" t="n">
+      <c r="BO43" s="15" t="n">
+        <v>-1.4</v>
+      </c>
+      <c r="BP43" s="15" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="BQ43" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="BR43" s="15" t="n">
+        <v>-3.2</v>
+      </c>
+      <c r="BS43" s="15" t="n">
+        <v>10.8</v>
+      </c>
+      <c r="BT43" s="15" t="n">
+        <v>-5.2</v>
+      </c>
+      <c r="BU43" s="15" t="n">
+        <v>-14.8</v>
+      </c>
+      <c r="BV43" s="15" t="n">
+        <v>12.4</v>
+      </c>
+      <c r="BW43" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="BX43" s="15" t="n">
+        <v>6.3</v>
+      </c>
+      <c r="BY43" s="15" t="n">
+        <v>7.4</v>
+      </c>
+      <c r="BZ43" s="15" t="n">
+        <v>-18.7</v>
+      </c>
+      <c r="CA43" s="15" t="n">
+        <v>9.6</v>
+      </c>
+      <c r="CB43" s="15" t="n">
+        <v>5.2</v>
+      </c>
+      <c r="CC43" s="15" t="n">
+        <v>-5.8</v>
+      </c>
+      <c r="CD43" s="15" t="n">
+        <v>7.5</v>
+      </c>
+      <c r="CE43" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="BK43" s="15" t="n">
+      <c r="CF43" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="CG43" s="15" t="n">
+        <v>-20.1</v>
+      </c>
+      <c r="CH43" s="15" t="n">
+        <v>10.3</v>
+      </c>
+      <c r="CI43" s="15" t="n">
+        <v>-6.9</v>
+      </c>
+      <c r="CJ43" s="15" t="n">
+        <v>15.9</v>
+      </c>
+      <c r="CK43" s="15" t="n">
+        <v>8.9</v>
+      </c>
+      <c r="CL43" s="15" t="n">
+        <v>-18.8</v>
+      </c>
+      <c r="CM43" s="15" t="n">
+        <v>6.2</v>
+      </c>
+      <c r="CN43" s="15" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="CO43" s="15" t="n">
+        <v>-8.0</v>
+      </c>
+      <c r="CP43" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="CQ43" s="15" t="n">
+        <v>14.4</v>
+      </c>
+      <c r="CR43" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="CS43" s="15" t="n">
+        <v>-17.8</v>
+      </c>
+      <c r="CT43" s="15" t="n">
+        <v>7.8</v>
+      </c>
+      <c r="CU43" s="15" t="n">
+        <v>12.6</v>
+      </c>
+      <c r="CV43" s="15" t="n">
+        <v>-6.5</v>
+      </c>
+      <c r="CW43" s="15" t="n">
+        <v>20.2</v>
+      </c>
+      <c r="CX43" s="15" t="n">
+        <v>-17.0</v>
+      </c>
+      <c r="CY43" s="15" t="n">
+        <v>-4.2</v>
+      </c>
+      <c r="CZ43" s="15" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="DA43" s="15" t="n">
+        <v>-1.7</v>
+      </c>
+      <c r="DB43" s="15" t="n">
+        <v>-3.6</v>
+      </c>
+      <c r="DC43" s="15" t="n">
+        <v>16.8</v>
+      </c>
+      <c r="DD43" s="15" t="n">
+        <v>-2.1</v>
+      </c>
+      <c r="DE43" s="15" t="n">
+        <v>-25.8</v>
+      </c>
+      <c r="DF43" s="15" t="n">
+        <v>12.2</v>
+      </c>
+      <c r="DG43" s="15" t="n">
+        <v>8.3</v>
+      </c>
+      <c r="DH43" s="15" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="DI43" s="15" t="n">
+        <v>5.2</v>
+      </c>
+      <c r="DJ43" s="15" t="n">
+        <v>-11.2</v>
+      </c>
+      <c r="DK43" s="15" t="n">
+        <v>-1.3</v>
+      </c>
+      <c r="DL43" s="15" t="n">
+        <v>8.6</v>
+      </c>
+      <c r="DM43" s="15" t="n">
+        <v>-2.8</v>
+      </c>
+      <c r="DN43" s="15" t="n">
+        <v>4.2</v>
+      </c>
+      <c r="DO43" s="15" t="n">
+        <v>9.7</v>
+      </c>
+      <c r="DP43" s="15" t="n">
+        <v>-4.4</v>
+      </c>
+      <c r="DQ43" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DR43" s="15" t="n">
+        <v>8.1</v>
+      </c>
+      <c r="DS43" s="15" t="n">
+        <v>10.1</v>
+      </c>
+      <c r="DT43" s="15" t="n">
+        <v>7.4</v>
+      </c>
+      <c r="DU43" s="15" t="n">
+        <v>9.2</v>
+      </c>
+      <c r="DV43" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="BL43" s="15" t="n">
-[...29 lines deleted...]
-      <c r="BV43" s="15" t="n">
+      <c r="DW43" s="15" t="n">
+        <v>-4.2</v>
+      </c>
+      <c r="DX43" s="15" t="n">
+        <v>6.4</v>
+      </c>
+      <c r="DY43" s="15" t="n">
+        <v>7.3</v>
+      </c>
+      <c r="DZ43" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="EA43" s="15" t="n">
+        <v>11.8</v>
+      </c>
+      <c r="EB43" s="15" t="n">
         <v>5.2</v>
       </c>
-      <c r="BW43" s="15" t="n">
-[...2 lines deleted...]
-      <c r="BX43" s="15" t="n">
+      <c r="EC43" s="15" t="n">
+        <v>10.7</v>
+      </c>
+      <c r="ED43" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="EE43" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="EF43" s="15" t="n">
+        <v>-7.7</v>
+      </c>
+      <c r="EG43" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="EH43" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="EI43" s="15" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="EJ43" s="15" t="n">
+        <v>-1.3</v>
+      </c>
+      <c r="EK43" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="EL43" s="15" t="n">
+        <v>-0.9</v>
+      </c>
+      <c r="EM43" s="15" t="n">
+        <v>-7.2</v>
+      </c>
+      <c r="EN43" s="15" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="EO43" s="15" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="EP43" s="15" t="n">
+        <v>6.2</v>
+      </c>
+      <c r="EQ43" s="15" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="ER43" s="15" t="n">
+        <v>25.6</v>
+      </c>
+      <c r="ES43" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="ET43" s="15" t="n">
+        <v>11.9</v>
+      </c>
+      <c r="EU43" s="15" t="n">
+        <v>14.4</v>
+      </c>
+      <c r="EV43" s="15" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="EW43" s="15" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="EX43" s="15" t="n">
+        <v>10.3</v>
+      </c>
+      <c r="EY43" s="15" t="n">
+        <v>5.5</v>
+      </c>
+      <c r="EZ43" s="15" t="n">
+        <v>7.7</v>
+      </c>
+      <c r="FA43" s="15" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="FB43" s="15" t="n">
+        <v>-5.7</v>
+      </c>
+      <c r="FC43" s="15" t="n">
+        <v>-1.9</v>
+      </c>
+      <c r="FD43" s="15" t="n">
+        <v>-5.7</v>
+      </c>
+      <c r="FE43" s="15" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="FF43" s="15" t="n">
+        <v>-8.5</v>
+      </c>
+      <c r="FG43" s="15" t="n">
+        <v>-2.0</v>
+      </c>
+      <c r="FH43" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="FI43" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="FJ43" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="FK43" s="15" t="n">
+        <v>8.4</v>
+      </c>
+      <c r="FL43" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="FM43" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="FN43" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FO43" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FP43" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FQ43" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FR43" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FS43" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FT43" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FU43" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FV43" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FW43" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FX43" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FY43" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FZ43" s="15" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="GA43" s="15" t="n">
+        <v>5.8</v>
+      </c>
+      <c r="GB43" s="15" t="n">
+        <v>5.3</v>
+      </c>
+      <c r="GC43" s="15" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="GD43" s="15" t="n">
+        <v>4.6</v>
+      </c>
+      <c r="GE43" s="15" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="GF43" s="15" t="n">
+        <v>6.9</v>
+      </c>
+      <c r="GG43" s="15" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="GH43" s="15" t="n">
+        <v>6.9</v>
+      </c>
+      <c r="GI43" s="15" t="n">
+        <v>9.2</v>
+      </c>
+      <c r="GJ43" s="15" t="n">
+        <v>7.9</v>
+      </c>
+      <c r="GK43" s="15" t="n">
+        <v>10.7</v>
+      </c>
+      <c r="GL43" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="GM43" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="GN43" s="15" t="n">
+        <v>-0.8</v>
+      </c>
+      <c r="GO43" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="GP43" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GQ43" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="GR43" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="GS43" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="GT43" s="15" t="n">
+        <v>-1.0</v>
+      </c>
+      <c r="GU43" s="15" t="n">
+        <v>-1.0</v>
+      </c>
+      <c r="GV43" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="GW43" s="15" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="GX43" s="15" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="GY43" s="15" t="n">
+        <v>8.2</v>
+      </c>
+      <c r="GZ43" s="15" t="n">
+        <v>8.6</v>
+      </c>
+      <c r="HA43" s="15" t="n">
+        <v>6.8</v>
+      </c>
+      <c r="HB43" s="15" t="n">
         <v>7.5</v>
       </c>
-      <c r="BY43" s="15" t="n">
-[...2 lines deleted...]
-      <c r="BZ43" s="15" t="n">
+      <c r="HC43" s="15" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="HD43" s="15" t="n">
+        <v>5.7</v>
+      </c>
+      <c r="HE43" s="15" t="n">
+        <v>6.2</v>
+      </c>
+      <c r="HF43" s="15" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="HG43" s="15" t="n">
+        <v>5.9</v>
+      </c>
+      <c r="HH43" s="15" t="n">
+        <v>6.1</v>
+      </c>
+      <c r="HI43" s="15" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="HJ43" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="HK43" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="CA43" s="15" t="n">
-[...127 lines deleted...]
-      <c r="DQ43" s="15" t="n">
+      <c r="HL43" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="HM43" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="DR43" s="15" t="n">
-[...17 lines deleted...]
-      <c r="DX43" s="15" t="n">
+      <c r="HN43" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="HO43" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="HP43" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="HQ43" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="HR43" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="HS43" s="15" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="HT43" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="DY43" s="15" t="n">
-[...92 lines deleted...]
-      <c r="FD43" s="15" t="n">
+      <c r="HU43" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="FE43" s="13" t="inlineStr">
-[...249 lines deleted...]
-      <c r="HU43" s="13" t="inlineStr">
+      <c r="HV43" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HW43" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HX43" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HY43" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HZ43" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IA43" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IB43" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IC43" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID43" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE43" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF43" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG43" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    68 Real estate activities</t>
         </is>
       </c>
       <c r="B44" s="14" t="n">
-        <v>112.85</v>
+        <v>137.082</v>
       </c>
       <c r="C44" s="14" t="n">
-        <v>96.396</v>
+        <v>124.278</v>
       </c>
       <c r="D44" s="14" t="n">
-        <v>113.202</v>
+        <v>118.075</v>
       </c>
       <c r="E44" s="14" t="n">
-        <v>114.996</v>
+        <v>112.957</v>
       </c>
       <c r="F44" s="14" t="n">
-        <v>110.374</v>
+        <v>96.68</v>
       </c>
       <c r="G44" s="14" t="n">
-        <v>109.915</v>
+        <v>113.448</v>
       </c>
       <c r="H44" s="14" t="n">
-        <v>113.504</v>
+        <v>115.028</v>
       </c>
       <c r="I44" s="14" t="n">
-        <v>102.428</v>
+        <v>110.317</v>
       </c>
       <c r="J44" s="14" t="n">
-        <v>108.077</v>
+        <v>109.84</v>
       </c>
       <c r="K44" s="14" t="n">
-        <v>126.833</v>
+        <v>113.48</v>
       </c>
       <c r="L44" s="14" t="n">
-        <v>112.841</v>
+        <v>102.434</v>
       </c>
       <c r="M44" s="14" t="n">
-        <v>109.939</v>
+        <v>108.092</v>
       </c>
       <c r="N44" s="14" t="n">
-        <v>103.425</v>
+        <v>126.835</v>
       </c>
       <c r="O44" s="14" t="n">
-        <v>96.317</v>
+        <v>112.835</v>
       </c>
       <c r="P44" s="14" t="n">
-        <v>118.455</v>
+        <v>109.933</v>
       </c>
       <c r="Q44" s="14" t="n">
+        <v>103.423</v>
+      </c>
+      <c r="R44" s="14" t="n">
+        <v>96.318</v>
+      </c>
+      <c r="S44" s="14" t="n">
+        <v>118.456</v>
+      </c>
+      <c r="T44" s="14" t="n">
         <v>108.102</v>
       </c>
-      <c r="R44" s="14" t="n">
+      <c r="U44" s="14" t="n">
         <v>102.789</v>
       </c>
-      <c r="S44" s="14" t="n">
+      <c r="V44" s="14" t="n">
         <v>109.17</v>
       </c>
-      <c r="T44" s="14" t="n">
+      <c r="W44" s="14" t="n">
         <v>101.518</v>
       </c>
-      <c r="U44" s="14" t="n">
+      <c r="X44" s="14" t="n">
         <v>97.407</v>
       </c>
-      <c r="V44" s="14" t="n">
+      <c r="Y44" s="14" t="n">
         <v>97.65</v>
       </c>
-      <c r="W44" s="14" t="n">
+      <c r="Z44" s="14" t="n">
         <v>122.281</v>
       </c>
-      <c r="X44" s="14" t="n">
+      <c r="AA44" s="14" t="n">
         <v>110.891</v>
       </c>
-      <c r="Y44" s="14" t="n">
-[...2 lines deleted...]
-      <c r="Z44" s="14" t="n">
+      <c r="AB44" s="14" t="n">
+        <v>119.113</v>
+      </c>
+      <c r="AC44" s="14" t="n">
         <v>102.78</v>
       </c>
-      <c r="AA44" s="14" t="n">
+      <c r="AD44" s="14" t="n">
         <v>94.372</v>
       </c>
-      <c r="AB44" s="14" t="n">
+      <c r="AE44" s="14" t="n">
         <v>116.279</v>
       </c>
-      <c r="AC44" s="14" t="n">
+      <c r="AF44" s="14" t="n">
         <v>109.501</v>
       </c>
-      <c r="AD44" s="14" t="n">
+      <c r="AG44" s="14" t="n">
         <v>101.36</v>
       </c>
-      <c r="AE44" s="14" t="n">
+      <c r="AH44" s="14" t="n">
         <v>110.198</v>
       </c>
-      <c r="AF44" s="14" t="n">
+      <c r="AI44" s="14" t="n">
         <v>109.349</v>
       </c>
-      <c r="AG44" s="14" t="n">
+      <c r="AJ44" s="14" t="n">
         <v>95.588</v>
       </c>
-      <c r="AH44" s="14" t="n">
+      <c r="AK44" s="14" t="n">
         <v>94.629</v>
       </c>
-      <c r="AI44" s="14" t="n">
+      <c r="AL44" s="14" t="n">
         <v>115.113</v>
       </c>
-      <c r="AJ44" s="14" t="n">
+      <c r="AM44" s="14" t="n">
         <v>106.746</v>
       </c>
-      <c r="AK44" s="14" t="n">
+      <c r="AN44" s="14" t="n">
         <v>94.801</v>
       </c>
-      <c r="AL44" s="14" t="n">
+      <c r="AO44" s="14" t="n">
         <v>101.366</v>
       </c>
-      <c r="AM44" s="14" t="n">
+      <c r="AP44" s="14" t="n">
         <v>84.339</v>
       </c>
-      <c r="AN44" s="14" t="n">
+      <c r="AQ44" s="14" t="n">
         <v>101.66</v>
       </c>
-      <c r="AO44" s="14" t="n">
+      <c r="AR44" s="14" t="n">
         <v>106.108</v>
       </c>
-      <c r="AP44" s="14" t="n">
+      <c r="AS44" s="14" t="n">
         <v>98.204</v>
       </c>
-      <c r="AQ44" s="14" t="n">
+      <c r="AT44" s="14" t="n">
         <v>99.938</v>
       </c>
-      <c r="AR44" s="14" t="n">
+      <c r="AU44" s="14" t="n">
         <v>103.655</v>
       </c>
-      <c r="AS44" s="14" t="n">
+      <c r="AV44" s="14" t="n">
         <v>88.718</v>
       </c>
-      <c r="AT44" s="14" t="n">
+      <c r="AW44" s="14" t="n">
         <v>90.625</v>
       </c>
-      <c r="AU44" s="14" t="n">
+      <c r="AX44" s="14" t="n">
         <v>122.074</v>
       </c>
-      <c r="AV44" s="14" t="n">
+      <c r="AY44" s="14" t="n">
         <v>108.833</v>
       </c>
-      <c r="AW44" s="14" t="n">
+      <c r="AZ44" s="14" t="n">
         <v>100.511</v>
       </c>
-      <c r="AX44" s="14" t="n">
+      <c r="BA44" s="14" t="n">
         <v>96.98</v>
       </c>
-      <c r="AY44" s="14" t="n">
+      <c r="BB44" s="14" t="n">
         <v>92.151</v>
       </c>
-      <c r="AZ44" s="14" t="n">
+      <c r="BC44" s="14" t="n">
         <v>103.755</v>
       </c>
-      <c r="BA44" s="14" t="n">
+      <c r="BD44" s="14" t="n">
         <v>105.174</v>
       </c>
-      <c r="BB44" s="14" t="n">
+      <c r="BE44" s="14" t="n">
         <v>96.878</v>
       </c>
-      <c r="BC44" s="14" t="n">
+      <c r="BF44" s="14" t="n">
         <v>99.651</v>
       </c>
-      <c r="BD44" s="14" t="n">
+      <c r="BG44" s="14" t="n">
         <v>95.651</v>
       </c>
-      <c r="BE44" s="14" t="n">
+      <c r="BH44" s="14" t="n">
         <v>87.165</v>
       </c>
-      <c r="BF44" s="14" t="n">
+      <c r="BI44" s="14" t="n">
         <v>91.176</v>
       </c>
-      <c r="BG44" s="15" t="n">
-[...2 lines deleted...]
-      <c r="BH44" s="15" t="n">
+      <c r="BJ44" s="15" t="n">
+        <v>10.3</v>
+      </c>
+      <c r="BK44" s="15" t="n">
+        <v>5.3</v>
+      </c>
+      <c r="BL44" s="15" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="BM44" s="15" t="n">
+        <v>16.8</v>
+      </c>
+      <c r="BN44" s="15" t="n">
         <v>-14.8</v>
       </c>
-      <c r="BI44" s="15" t="n">
-[...2 lines deleted...]
-      <c r="BJ44" s="15" t="n">
+      <c r="BO44" s="15" t="n">
+        <v>-1.4</v>
+      </c>
+      <c r="BP44" s="15" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="BQ44" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="BR44" s="15" t="n">
+        <v>-3.2</v>
+      </c>
+      <c r="BS44" s="15" t="n">
+        <v>10.8</v>
+      </c>
+      <c r="BT44" s="15" t="n">
+        <v>-5.2</v>
+      </c>
+      <c r="BU44" s="15" t="n">
+        <v>-14.8</v>
+      </c>
+      <c r="BV44" s="15" t="n">
+        <v>12.4</v>
+      </c>
+      <c r="BW44" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="BX44" s="15" t="n">
+        <v>6.3</v>
+      </c>
+      <c r="BY44" s="15" t="n">
+        <v>7.4</v>
+      </c>
+      <c r="BZ44" s="15" t="n">
+        <v>-18.7</v>
+      </c>
+      <c r="CA44" s="15" t="n">
+        <v>9.6</v>
+      </c>
+      <c r="CB44" s="15" t="n">
+        <v>5.2</v>
+      </c>
+      <c r="CC44" s="15" t="n">
+        <v>-5.8</v>
+      </c>
+      <c r="CD44" s="15" t="n">
+        <v>7.5</v>
+      </c>
+      <c r="CE44" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="BK44" s="15" t="n">
+      <c r="CF44" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="CG44" s="15" t="n">
+        <v>-20.1</v>
+      </c>
+      <c r="CH44" s="15" t="n">
+        <v>10.3</v>
+      </c>
+      <c r="CI44" s="15" t="n">
+        <v>-6.9</v>
+      </c>
+      <c r="CJ44" s="15" t="n">
+        <v>15.9</v>
+      </c>
+      <c r="CK44" s="15" t="n">
+        <v>8.9</v>
+      </c>
+      <c r="CL44" s="15" t="n">
+        <v>-18.8</v>
+      </c>
+      <c r="CM44" s="15" t="n">
+        <v>6.2</v>
+      </c>
+      <c r="CN44" s="15" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="CO44" s="15" t="n">
+        <v>-8.0</v>
+      </c>
+      <c r="CP44" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="CQ44" s="15" t="n">
+        <v>14.4</v>
+      </c>
+      <c r="CR44" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="CS44" s="15" t="n">
+        <v>-17.8</v>
+      </c>
+      <c r="CT44" s="15" t="n">
+        <v>7.8</v>
+      </c>
+      <c r="CU44" s="15" t="n">
+        <v>12.6</v>
+      </c>
+      <c r="CV44" s="15" t="n">
+        <v>-6.5</v>
+      </c>
+      <c r="CW44" s="15" t="n">
+        <v>20.2</v>
+      </c>
+      <c r="CX44" s="15" t="n">
+        <v>-17.0</v>
+      </c>
+      <c r="CY44" s="15" t="n">
+        <v>-4.2</v>
+      </c>
+      <c r="CZ44" s="15" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="DA44" s="15" t="n">
+        <v>-1.7</v>
+      </c>
+      <c r="DB44" s="15" t="n">
+        <v>-3.6</v>
+      </c>
+      <c r="DC44" s="15" t="n">
+        <v>16.8</v>
+      </c>
+      <c r="DD44" s="15" t="n">
+        <v>-2.1</v>
+      </c>
+      <c r="DE44" s="15" t="n">
+        <v>-25.8</v>
+      </c>
+      <c r="DF44" s="15" t="n">
+        <v>12.2</v>
+      </c>
+      <c r="DG44" s="15" t="n">
+        <v>8.3</v>
+      </c>
+      <c r="DH44" s="15" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="DI44" s="15" t="n">
+        <v>5.2</v>
+      </c>
+      <c r="DJ44" s="15" t="n">
+        <v>-11.2</v>
+      </c>
+      <c r="DK44" s="15" t="n">
+        <v>-1.3</v>
+      </c>
+      <c r="DL44" s="15" t="n">
+        <v>8.6</v>
+      </c>
+      <c r="DM44" s="15" t="n">
+        <v>-2.8</v>
+      </c>
+      <c r="DN44" s="15" t="n">
+        <v>4.2</v>
+      </c>
+      <c r="DO44" s="15" t="n">
+        <v>9.7</v>
+      </c>
+      <c r="DP44" s="15" t="n">
+        <v>-4.4</v>
+      </c>
+      <c r="DQ44" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DR44" s="15" t="n">
+        <v>8.1</v>
+      </c>
+      <c r="DS44" s="15" t="n">
+        <v>10.1</v>
+      </c>
+      <c r="DT44" s="15" t="n">
+        <v>7.4</v>
+      </c>
+      <c r="DU44" s="15" t="n">
+        <v>9.2</v>
+      </c>
+      <c r="DV44" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="BL44" s="15" t="n">
-[...29 lines deleted...]
-      <c r="BV44" s="15" t="n">
+      <c r="DW44" s="15" t="n">
+        <v>-4.2</v>
+      </c>
+      <c r="DX44" s="15" t="n">
+        <v>6.4</v>
+      </c>
+      <c r="DY44" s="15" t="n">
+        <v>7.3</v>
+      </c>
+      <c r="DZ44" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="EA44" s="15" t="n">
+        <v>11.8</v>
+      </c>
+      <c r="EB44" s="15" t="n">
         <v>5.2</v>
       </c>
-      <c r="BW44" s="15" t="n">
-[...2 lines deleted...]
-      <c r="BX44" s="15" t="n">
+      <c r="EC44" s="15" t="n">
+        <v>10.7</v>
+      </c>
+      <c r="ED44" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="EE44" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="EF44" s="15" t="n">
+        <v>-7.7</v>
+      </c>
+      <c r="EG44" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="EH44" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="EI44" s="15" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="EJ44" s="15" t="n">
+        <v>-1.3</v>
+      </c>
+      <c r="EK44" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="EL44" s="15" t="n">
+        <v>-0.9</v>
+      </c>
+      <c r="EM44" s="15" t="n">
+        <v>-7.2</v>
+      </c>
+      <c r="EN44" s="15" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="EO44" s="15" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="EP44" s="15" t="n">
+        <v>6.2</v>
+      </c>
+      <c r="EQ44" s="15" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="ER44" s="15" t="n">
+        <v>25.6</v>
+      </c>
+      <c r="ES44" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="ET44" s="15" t="n">
+        <v>11.9</v>
+      </c>
+      <c r="EU44" s="15" t="n">
+        <v>14.4</v>
+      </c>
+      <c r="EV44" s="15" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="EW44" s="15" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="EX44" s="15" t="n">
+        <v>10.3</v>
+      </c>
+      <c r="EY44" s="15" t="n">
+        <v>5.5</v>
+      </c>
+      <c r="EZ44" s="15" t="n">
+        <v>7.7</v>
+      </c>
+      <c r="FA44" s="15" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="FB44" s="15" t="n">
+        <v>-5.7</v>
+      </c>
+      <c r="FC44" s="15" t="n">
+        <v>-1.9</v>
+      </c>
+      <c r="FD44" s="15" t="n">
+        <v>-5.7</v>
+      </c>
+      <c r="FE44" s="15" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="FF44" s="15" t="n">
+        <v>-8.5</v>
+      </c>
+      <c r="FG44" s="15" t="n">
+        <v>-2.0</v>
+      </c>
+      <c r="FH44" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="FI44" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="FJ44" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="FK44" s="15" t="n">
+        <v>8.4</v>
+      </c>
+      <c r="FL44" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="FM44" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="FN44" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FO44" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FP44" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FQ44" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FR44" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FS44" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FT44" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FU44" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FV44" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FW44" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FX44" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FY44" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FZ44" s="15" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="GA44" s="15" t="n">
+        <v>5.8</v>
+      </c>
+      <c r="GB44" s="15" t="n">
+        <v>5.3</v>
+      </c>
+      <c r="GC44" s="15" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="GD44" s="15" t="n">
+        <v>4.6</v>
+      </c>
+      <c r="GE44" s="15" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="GF44" s="15" t="n">
+        <v>6.9</v>
+      </c>
+      <c r="GG44" s="15" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="GH44" s="15" t="n">
+        <v>6.9</v>
+      </c>
+      <c r="GI44" s="15" t="n">
+        <v>9.2</v>
+      </c>
+      <c r="GJ44" s="15" t="n">
+        <v>7.9</v>
+      </c>
+      <c r="GK44" s="15" t="n">
+        <v>10.7</v>
+      </c>
+      <c r="GL44" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="GM44" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="GN44" s="15" t="n">
+        <v>-0.8</v>
+      </c>
+      <c r="GO44" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="GP44" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GQ44" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="GR44" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="GS44" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="GT44" s="15" t="n">
+        <v>-1.0</v>
+      </c>
+      <c r="GU44" s="15" t="n">
+        <v>-1.0</v>
+      </c>
+      <c r="GV44" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="GW44" s="15" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="GX44" s="15" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="GY44" s="15" t="n">
+        <v>8.2</v>
+      </c>
+      <c r="GZ44" s="15" t="n">
+        <v>8.6</v>
+      </c>
+      <c r="HA44" s="15" t="n">
+        <v>6.8</v>
+      </c>
+      <c r="HB44" s="15" t="n">
         <v>7.5</v>
       </c>
-      <c r="BY44" s="15" t="n">
-[...2 lines deleted...]
-      <c r="BZ44" s="15" t="n">
+      <c r="HC44" s="15" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="HD44" s="15" t="n">
+        <v>5.7</v>
+      </c>
+      <c r="HE44" s="15" t="n">
+        <v>6.2</v>
+      </c>
+      <c r="HF44" s="15" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="HG44" s="15" t="n">
+        <v>5.9</v>
+      </c>
+      <c r="HH44" s="15" t="n">
+        <v>6.1</v>
+      </c>
+      <c r="HI44" s="15" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="HJ44" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="HK44" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="CA44" s="15" t="n">
-[...127 lines deleted...]
-      <c r="DQ44" s="15" t="n">
+      <c r="HL44" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="HM44" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="DR44" s="15" t="n">
-[...17 lines deleted...]
-      <c r="DX44" s="15" t="n">
+      <c r="HN44" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="HO44" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="HP44" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="HQ44" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="HR44" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="HS44" s="15" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="HT44" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="DY44" s="15" t="n">
-[...92 lines deleted...]
-      <c r="FD44" s="15" t="n">
+      <c r="HU44" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="FE44" s="13" t="inlineStr">
-[...249 lines deleted...]
-      <c r="HU44" s="13" t="inlineStr">
+      <c r="HV44" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HW44" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HX44" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HY44" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HZ44" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IA44" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IB44" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IC44" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID44" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE44" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF44" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG44" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    2.5 Professional, scientific and technic activities</t>
         </is>
       </c>
       <c r="B45" s="14" t="n">
-        <v>121.314</v>
+        <v>153.629</v>
       </c>
       <c r="C45" s="14" t="n">
-        <v>88.389</v>
+        <v>123.923</v>
       </c>
       <c r="D45" s="14" t="n">
-        <v>131.067</v>
+        <v>129.305</v>
       </c>
       <c r="E45" s="14" t="n">
-        <v>125.093</v>
+        <v>121.69</v>
       </c>
       <c r="F45" s="14" t="n">
-        <v>114.219</v>
+        <v>88.701</v>
       </c>
       <c r="G45" s="14" t="n">
-        <v>115.013</v>
+        <v>131.706</v>
       </c>
       <c r="H45" s="14" t="n">
-        <v>121.421</v>
+        <v>125.414</v>
       </c>
       <c r="I45" s="14" t="n">
-        <v>108.654</v>
+        <v>114.422</v>
       </c>
       <c r="J45" s="14" t="n">
-        <v>108.79</v>
+        <v>115.186</v>
       </c>
       <c r="K45" s="14" t="n">
-        <v>149.077</v>
+        <v>121.633</v>
       </c>
       <c r="L45" s="14" t="n">
-        <v>121.035</v>
+        <v>108.829</v>
       </c>
       <c r="M45" s="14" t="n">
-        <v>127.64</v>
+        <v>108.919</v>
       </c>
       <c r="N45" s="14" t="n">
-        <v>117.368</v>
+        <v>149.147</v>
       </c>
       <c r="O45" s="14" t="n">
-        <v>91.166</v>
+        <v>121.05</v>
       </c>
       <c r="P45" s="14" t="n">
-        <v>127.832</v>
+        <v>127.658</v>
       </c>
       <c r="Q45" s="14" t="n">
-        <v>119.877</v>
+        <v>117.443</v>
       </c>
       <c r="R45" s="14" t="n">
-        <v>113.2</v>
+        <v>91.237</v>
       </c>
       <c r="S45" s="14" t="n">
-        <v>116.058</v>
+        <v>127.905</v>
       </c>
       <c r="T45" s="14" t="n">
-        <v>112.891</v>
+        <v>119.899</v>
       </c>
       <c r="U45" s="14" t="n">
-        <v>108.971</v>
+        <v>113.194</v>
       </c>
       <c r="V45" s="14" t="n">
-        <v>106.382</v>
+        <v>116.043</v>
       </c>
       <c r="W45" s="14" t="n">
-        <v>148.76</v>
+        <v>112.887</v>
       </c>
       <c r="X45" s="14" t="n">
+        <v>108.972</v>
+      </c>
+      <c r="Y45" s="14" t="n">
+        <v>106.385</v>
+      </c>
+      <c r="Z45" s="14" t="n">
+        <v>148.762</v>
+      </c>
+      <c r="AA45" s="14" t="n">
         <v>120.301</v>
       </c>
-      <c r="Y45" s="14" t="n">
-[...2 lines deleted...]
-      <c r="Z45" s="14" t="n">
+      <c r="AB45" s="14" t="n">
+        <v>114.896</v>
+      </c>
+      <c r="AC45" s="14" t="n">
         <v>108.079</v>
       </c>
-      <c r="AA45" s="14" t="n">
-[...2 lines deleted...]
-      <c r="AB45" s="14" t="n">
+      <c r="AD45" s="14" t="n">
+        <v>86.18</v>
+      </c>
+      <c r="AE45" s="14" t="n">
         <v>119.146</v>
       </c>
-      <c r="AC45" s="14" t="n">
+      <c r="AF45" s="14" t="n">
         <v>121.086</v>
       </c>
-      <c r="AD45" s="14" t="n">
+      <c r="AG45" s="14" t="n">
         <v>109.488</v>
       </c>
-      <c r="AE45" s="14" t="n">
+      <c r="AH45" s="14" t="n">
         <v>103.606</v>
       </c>
-      <c r="AF45" s="14" t="n">
+      <c r="AI45" s="14" t="n">
         <v>112.196</v>
       </c>
-      <c r="AG45" s="14" t="n">
+      <c r="AJ45" s="14" t="n">
         <v>99.192</v>
       </c>
-      <c r="AH45" s="14" t="n">
+      <c r="AK45" s="14" t="n">
         <v>96.602</v>
       </c>
-      <c r="AI45" s="14" t="n">
+      <c r="AL45" s="14" t="n">
         <v>142.316</v>
       </c>
-      <c r="AJ45" s="14" t="n">
+      <c r="AM45" s="14" t="n">
         <v>114.313</v>
       </c>
-      <c r="AK45" s="14" t="n">
+      <c r="AN45" s="14" t="n">
         <v>113.667</v>
       </c>
-      <c r="AL45" s="14" t="n">
+      <c r="AO45" s="14" t="n">
         <v>111.147</v>
       </c>
-      <c r="AM45" s="14" t="n">
+      <c r="AP45" s="14" t="n">
         <v>88.142</v>
       </c>
-      <c r="AN45" s="14" t="n">
+      <c r="AQ45" s="14" t="n">
         <v>112.442</v>
       </c>
-      <c r="AO45" s="14" t="n">
+      <c r="AR45" s="14" t="n">
         <v>118.578</v>
       </c>
-      <c r="AP45" s="14" t="n">
+      <c r="AS45" s="14" t="n">
         <v>104.088</v>
       </c>
-      <c r="AQ45" s="14" t="n">
+      <c r="AT45" s="14" t="n">
         <v>98.885</v>
       </c>
-      <c r="AR45" s="14" t="n">
+      <c r="AU45" s="14" t="n">
         <v>112.388</v>
       </c>
-      <c r="AS45" s="14" t="n">
+      <c r="AV45" s="14" t="n">
         <v>93.622</v>
       </c>
-      <c r="AT45" s="14" t="n">
+      <c r="AW45" s="14" t="n">
         <v>89.482</v>
       </c>
-      <c r="AU45" s="14" t="n">
+      <c r="AX45" s="14" t="n">
         <v>134.223</v>
       </c>
-      <c r="AV45" s="14" t="n">
+      <c r="AY45" s="14" t="n">
         <v>107.166</v>
       </c>
-      <c r="AW45" s="14" t="n">
+      <c r="AZ45" s="14" t="n">
         <v>105.989</v>
       </c>
-      <c r="AX45" s="14" t="n">
+      <c r="BA45" s="14" t="n">
         <v>100.761</v>
       </c>
-      <c r="AY45" s="14" t="n">
+      <c r="BB45" s="14" t="n">
         <v>77.1</v>
       </c>
-      <c r="AZ45" s="14" t="n">
+      <c r="BC45" s="14" t="n">
         <v>106.844</v>
       </c>
-      <c r="BA45" s="14" t="n">
+      <c r="BD45" s="14" t="n">
         <v>105.454</v>
       </c>
-      <c r="BB45" s="14" t="n">
+      <c r="BE45" s="14" t="n">
         <v>95.607</v>
       </c>
-      <c r="BC45" s="14" t="n">
+      <c r="BF45" s="14" t="n">
         <v>97.965</v>
       </c>
-      <c r="BD45" s="14" t="n">
+      <c r="BG45" s="14" t="n">
         <v>99.393</v>
       </c>
-      <c r="BE45" s="14" t="n">
+      <c r="BH45" s="14" t="n">
         <v>86.982</v>
       </c>
-      <c r="BF45" s="14" t="n">
+      <c r="BI45" s="14" t="n">
         <v>82.516</v>
       </c>
-      <c r="BG45" s="15" t="n">
+      <c r="BJ45" s="15" t="n">
+        <v>24.0</v>
+      </c>
+      <c r="BK45" s="15" t="n">
+        <v>-4.2</v>
+      </c>
+      <c r="BL45" s="15" t="n">
+        <v>6.3</v>
+      </c>
+      <c r="BM45" s="15" t="n">
         <v>37.2</v>
       </c>
-      <c r="BH45" s="15" t="n">
-[...2 lines deleted...]
-      <c r="BI45" s="15" t="n">
+      <c r="BN45" s="15" t="n">
+        <v>-32.7</v>
+      </c>
+      <c r="BO45" s="15" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="BP45" s="15" t="n">
+        <v>9.6</v>
+      </c>
+      <c r="BQ45" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="BR45" s="15" t="n">
+        <v>-5.3</v>
+      </c>
+      <c r="BS45" s="15" t="n">
+        <v>11.8</v>
+      </c>
+      <c r="BT45" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="BU45" s="15" t="n">
+        <v>-27.0</v>
+      </c>
+      <c r="BV45" s="15" t="n">
+        <v>23.2</v>
+      </c>
+      <c r="BW45" s="15" t="n">
+        <v>-5.2</v>
+      </c>
+      <c r="BX45" s="15" t="n">
+        <v>8.7</v>
+      </c>
+      <c r="BY45" s="15" t="n">
+        <v>28.7</v>
+      </c>
+      <c r="BZ45" s="15" t="n">
+        <v>-28.7</v>
+      </c>
+      <c r="CA45" s="15" t="n">
+        <v>6.7</v>
+      </c>
+      <c r="CB45" s="15" t="n">
+        <v>5.9</v>
+      </c>
+      <c r="CC45" s="15" t="n">
+        <v>-2.5</v>
+      </c>
+      <c r="CD45" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="CE45" s="15" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="CF45" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="CG45" s="15" t="n">
+        <v>-28.5</v>
+      </c>
+      <c r="CH45" s="15" t="n">
+        <v>23.7</v>
+      </c>
+      <c r="CI45" s="15" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="CJ45" s="15" t="n">
+        <v>6.3</v>
+      </c>
+      <c r="CK45" s="15" t="n">
+        <v>25.4</v>
+      </c>
+      <c r="CL45" s="15" t="n">
+        <v>-27.7</v>
+      </c>
+      <c r="CM45" s="15" t="n">
+        <v>-1.6</v>
+      </c>
+      <c r="CN45" s="15" t="n">
+        <v>10.6</v>
+      </c>
+      <c r="CO45" s="15" t="n">
+        <v>5.7</v>
+      </c>
+      <c r="CP45" s="15" t="n">
+        <v>-7.7</v>
+      </c>
+      <c r="CQ45" s="15" t="n">
+        <v>13.1</v>
+      </c>
+      <c r="CR45" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="CS45" s="15" t="n">
+        <v>-32.1</v>
+      </c>
+      <c r="CT45" s="15" t="n">
+        <v>24.5</v>
+      </c>
+      <c r="CU45" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="CV45" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="CW45" s="15" t="n">
+        <v>26.1</v>
+      </c>
+      <c r="CX45" s="15" t="n">
+        <v>-21.6</v>
+      </c>
+      <c r="CY45" s="15" t="n">
+        <v>-5.2</v>
+      </c>
+      <c r="CZ45" s="15" t="n">
+        <v>13.9</v>
+      </c>
+      <c r="DA45" s="15" t="n">
+        <v>5.3</v>
+      </c>
+      <c r="DB45" s="15" t="n">
+        <v>-12.0</v>
+      </c>
+      <c r="DC45" s="15" t="n">
+        <v>20.0</v>
+      </c>
+      <c r="DD45" s="15" t="n">
+        <v>4.6</v>
+      </c>
+      <c r="DE45" s="15" t="n">
+        <v>-33.3</v>
+      </c>
+      <c r="DF45" s="15" t="n">
+        <v>25.2</v>
+      </c>
+      <c r="DG45" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="DH45" s="15" t="n">
+        <v>5.2</v>
+      </c>
+      <c r="DI45" s="15" t="n">
+        <v>30.7</v>
+      </c>
+      <c r="DJ45" s="15" t="n">
+        <v>-27.8</v>
+      </c>
+      <c r="DK45" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="DL45" s="15" t="n">
+        <v>10.3</v>
+      </c>
+      <c r="DM45" s="15" t="n">
+        <v>-2.4</v>
+      </c>
+      <c r="DN45" s="15" t="n">
+        <v>-1.4</v>
+      </c>
+      <c r="DO45" s="15" t="n">
+        <v>14.3</v>
+      </c>
+      <c r="DP45" s="15" t="n">
+        <v>5.4</v>
+      </c>
+      <c r="DQ45" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DR45" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="DS45" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="DT45" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="DU45" s="15" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="DV45" s="15" t="n">
+        <v>-2.8</v>
+      </c>
+      <c r="DW45" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="DX45" s="15" t="n">
+        <v>4.6</v>
+      </c>
+      <c r="DY45" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="DZ45" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="EA45" s="15" t="n">
+        <v>7.7</v>
+      </c>
+      <c r="EB45" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="EC45" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="ED45" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="EE45" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="EF45" s="15" t="n">
+        <v>11.1</v>
+      </c>
+      <c r="EG45" s="15" t="n">
+        <v>8.7</v>
+      </c>
+      <c r="EH45" s="15" t="n">
+        <v>5.9</v>
+      </c>
+      <c r="EI45" s="15" t="n">
+        <v>7.4</v>
+      </c>
+      <c r="EJ45" s="15" t="n">
+        <v>-1.0</v>
+      </c>
+      <c r="EK45" s="15" t="n">
+        <v>3.4</v>
+      </c>
+      <c r="EL45" s="15" t="n">
+        <v>12.0</v>
+      </c>
+      <c r="EM45" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="EN45" s="15" t="n">
+        <v>9.9</v>
+      </c>
+      <c r="EO45" s="15" t="n">
+        <v>10.1</v>
+      </c>
+      <c r="EP45" s="15" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="EQ45" s="15" t="n">
+        <v>5.2</v>
+      </c>
+      <c r="ER45" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="ES45" s="15" t="n">
+        <v>-2.8</v>
+      </c>
+      <c r="ET45" s="15" t="n">
+        <v>-2.2</v>
+      </c>
+      <c r="EU45" s="15" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="EV45" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="EW45" s="15" t="n">
+        <v>5.2</v>
+      </c>
+      <c r="EX45" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="BJ45" s="15" t="n">
-[...32 lines deleted...]
-      <c r="BU45" s="15" t="n">
+      <c r="EY45" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="EZ45" s="15" t="n">
+        <v>5.9</v>
+      </c>
+      <c r="FA45" s="15" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="FB45" s="15" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="FC45" s="15" t="n">
+        <v>6.7</v>
+      </c>
+      <c r="FD45" s="15" t="n">
+        <v>7.2</v>
+      </c>
+      <c r="FE45" s="15" t="n">
+        <v>10.3</v>
+      </c>
+      <c r="FF45" s="15" t="n">
+        <v>14.3</v>
+      </c>
+      <c r="FG45" s="15" t="n">
+        <v>5.2</v>
+      </c>
+      <c r="FH45" s="15" t="n">
+        <v>12.4</v>
+      </c>
+      <c r="FI45" s="15" t="n">
+        <v>8.9</v>
+      </c>
+      <c r="FJ45" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="FK45" s="15" t="n">
+        <v>13.1</v>
+      </c>
+      <c r="FL45" s="15" t="n">
+        <v>7.6</v>
+      </c>
+      <c r="FM45" s="15" t="n">
+        <v>8.4</v>
+      </c>
+      <c r="FN45" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FO45" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FP45" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FQ45" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FR45" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FS45" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FT45" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FU45" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FV45" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FW45" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FX45" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FY45" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FZ45" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="GA45" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="GB45" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="GC45" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="GD45" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="GE45" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="GF45" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="GG45" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="GH45" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="GI45" s="15" t="n">
+        <v>3.4</v>
+      </c>
+      <c r="GJ45" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="GK45" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="GL45" s="15" t="n">
+        <v>5.4</v>
+      </c>
+      <c r="GM45" s="15" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="GN45" s="15" t="n">
         <v>6.6</v>
       </c>
-      <c r="BV45" s="15" t="n">
-[...47 lines deleted...]
-      <c r="CL45" s="15" t="n">
+      <c r="GO45" s="15" t="n">
+        <v>6.1</v>
+      </c>
+      <c r="GP45" s="15" t="n">
+        <v>5.8</v>
+      </c>
+      <c r="GQ45" s="15" t="n">
+        <v>5.8</v>
+      </c>
+      <c r="GR45" s="15" t="n">
+        <v>5.5</v>
+      </c>
+      <c r="GS45" s="15" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="GT45" s="15" t="n">
+        <v>7.9</v>
+      </c>
+      <c r="GU45" s="15" t="n">
+        <v>6.6</v>
+      </c>
+      <c r="GV45" s="15" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="GW45" s="15" t="n">
+        <v>10.1</v>
+      </c>
+      <c r="GX45" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="GY45" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="GZ45" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="CM45" s="15" t="n">
-[...85 lines deleted...]
-      <c r="DO45" s="15" t="n">
+      <c r="HA45" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="HB45" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="HC45" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="DP45" s="15" t="n">
-[...44 lines deleted...]
-      <c r="EE45" s="15" t="n">
+      <c r="HD45" s="15" t="n">
+        <v>4.1</v>
+      </c>
+      <c r="HE45" s="15" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="HF45" s="15" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="HG45" s="15" t="n">
+        <v>4.2</v>
+      </c>
+      <c r="HH45" s="15" t="n">
+        <v>6.9</v>
+      </c>
+      <c r="HI45" s="15" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="HJ45" s="15" t="n">
+        <v>8.3</v>
+      </c>
+      <c r="HK45" s="15" t="n">
+        <v>8.5</v>
+      </c>
+      <c r="HL45" s="15" t="n">
+        <v>8.7</v>
+      </c>
+      <c r="HM45" s="15" t="n">
+        <v>8.9</v>
+      </c>
+      <c r="HN45" s="15" t="n">
+        <v>8.7</v>
+      </c>
+      <c r="HO45" s="15" t="n">
+        <v>8.1</v>
+      </c>
+      <c r="HP45" s="15" t="n">
+        <v>8.7</v>
+      </c>
+      <c r="HQ45" s="15" t="n">
+        <v>7.8</v>
+      </c>
+      <c r="HR45" s="15" t="n">
+        <v>7.5</v>
+      </c>
+      <c r="HS45" s="15" t="n">
         <v>9.9</v>
       </c>
-      <c r="EF45" s="15" t="n">
-[...35 lines deleted...]
-      <c r="ER45" s="15" t="n">
+      <c r="HT45" s="15" t="n">
         <v>8.0</v>
       </c>
-      <c r="ES45" s="15" t="n">
-[...32 lines deleted...]
-      <c r="FD45" s="15" t="n">
+      <c r="HU45" s="15" t="n">
         <v>8.4</v>
       </c>
-      <c r="FE45" s="13" t="inlineStr">
-[...249 lines deleted...]
-      <c r="HU45" s="13" t="inlineStr">
+      <c r="HV45" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HW45" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HX45" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HY45" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HZ45" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IA45" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IB45" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IC45" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID45" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE45" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF45" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG45" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    69 Legal and accounting activities</t>
         </is>
       </c>
       <c r="B46" s="14" t="n">
-        <v>107.594</v>
+        <v>144.175</v>
       </c>
       <c r="C46" s="14" t="n">
-        <v>77.954</v>
+        <v>109.649</v>
       </c>
       <c r="D46" s="14" t="n">
-        <v>125.677</v>
+        <v>114.794</v>
       </c>
       <c r="E46" s="14" t="n">
-        <v>120.24</v>
+        <v>107.562</v>
       </c>
       <c r="F46" s="14" t="n">
-        <v>108.367</v>
+        <v>77.905</v>
       </c>
       <c r="G46" s="14" t="n">
-        <v>111.528</v>
+        <v>125.636</v>
       </c>
       <c r="H46" s="14" t="n">
-        <v>115.509</v>
+        <v>120.163</v>
       </c>
       <c r="I46" s="14" t="n">
-        <v>102.852</v>
+        <v>108.281</v>
       </c>
       <c r="J46" s="14" t="n">
-        <v>107.108</v>
+        <v>111.447</v>
       </c>
       <c r="K46" s="14" t="n">
-        <v>138.634</v>
+        <v>115.459</v>
       </c>
       <c r="L46" s="14" t="n">
-        <v>105.133</v>
+        <v>102.824</v>
       </c>
       <c r="M46" s="14" t="n">
-        <v>113.252</v>
+        <v>107.085</v>
       </c>
       <c r="N46" s="14" t="n">
-        <v>101.629</v>
+        <v>138.595</v>
       </c>
       <c r="O46" s="14" t="n">
-        <v>77.943</v>
+        <v>105.099</v>
       </c>
       <c r="P46" s="14" t="n">
-        <v>121.268</v>
+        <v>113.214</v>
       </c>
       <c r="Q46" s="14" t="n">
-        <v>112.084</v>
+        <v>101.595</v>
       </c>
       <c r="R46" s="14" t="n">
-        <v>103.668</v>
+        <v>77.921</v>
       </c>
       <c r="S46" s="14" t="n">
-        <v>110.504</v>
+        <v>121.244</v>
       </c>
       <c r="T46" s="14" t="n">
-        <v>104.393</v>
+        <v>112.077</v>
       </c>
       <c r="U46" s="14" t="n">
+        <v>103.67</v>
+      </c>
+      <c r="V46" s="14" t="n">
+        <v>110.509</v>
+      </c>
+      <c r="W46" s="14" t="n">
+        <v>104.394</v>
+      </c>
+      <c r="X46" s="14" t="n">
         <v>100.52</v>
       </c>
-      <c r="V46" s="14" t="n">
-[...5 lines deleted...]
-      <c r="X46" s="14" t="n">
+      <c r="Y46" s="14" t="n">
+        <v>101.635</v>
+      </c>
+      <c r="Z46" s="14" t="n">
+        <v>139.989</v>
+      </c>
+      <c r="AA46" s="14" t="n">
         <v>104.588</v>
       </c>
-      <c r="Y46" s="14" t="n">
+      <c r="AB46" s="14" t="n">
         <v>102.208</v>
       </c>
-      <c r="Z46" s="14" t="n">
+      <c r="AC46" s="14" t="n">
         <v>94.367</v>
       </c>
-      <c r="AA46" s="14" t="n">
+      <c r="AD46" s="14" t="n">
         <v>73.74</v>
       </c>
-      <c r="AB46" s="14" t="n">
+      <c r="AE46" s="14" t="n">
         <v>109.414</v>
       </c>
-      <c r="AC46" s="14" t="n">
+      <c r="AF46" s="14" t="n">
         <v>115.471</v>
       </c>
-      <c r="AD46" s="14" t="n">
+      <c r="AG46" s="14" t="n">
         <v>98.394</v>
       </c>
-      <c r="AE46" s="14" t="n">
+      <c r="AH46" s="14" t="n">
         <v>92.793</v>
       </c>
-      <c r="AF46" s="14" t="n">
+      <c r="AI46" s="14" t="n">
         <v>104.073</v>
       </c>
-      <c r="AG46" s="14" t="n">
+      <c r="AJ46" s="14" t="n">
         <v>96.001</v>
       </c>
-      <c r="AH46" s="14" t="n">
+      <c r="AK46" s="14" t="n">
         <v>94.154</v>
       </c>
-      <c r="AI46" s="14" t="n">
+      <c r="AL46" s="14" t="n">
         <v>129.739</v>
       </c>
-      <c r="AJ46" s="14" t="n">
+      <c r="AM46" s="14" t="n">
         <v>104.679</v>
       </c>
-      <c r="AK46" s="14" t="n">
+      <c r="AN46" s="14" t="n">
         <v>104.585</v>
       </c>
-      <c r="AL46" s="14" t="n">
+      <c r="AO46" s="14" t="n">
         <v>99.457</v>
       </c>
-      <c r="AM46" s="14" t="n">
+      <c r="AP46" s="14" t="n">
         <v>78.514</v>
       </c>
-      <c r="AN46" s="14" t="n">
+      <c r="AQ46" s="14" t="n">
         <v>114.925</v>
       </c>
-      <c r="AO46" s="14" t="n">
+      <c r="AR46" s="14" t="n">
         <v>117.084</v>
       </c>
-      <c r="AP46" s="14" t="n">
+      <c r="AS46" s="14" t="n">
         <v>102.01</v>
       </c>
-      <c r="AQ46" s="14" t="n">
+      <c r="AT46" s="14" t="n">
         <v>96.572</v>
       </c>
-      <c r="AR46" s="14" t="n">
+      <c r="AU46" s="14" t="n">
         <v>115.613</v>
       </c>
-      <c r="AS46" s="14" t="n">
+      <c r="AV46" s="14" t="n">
         <v>93.836</v>
       </c>
-      <c r="AT46" s="14" t="n">
+      <c r="AW46" s="14" t="n">
         <v>93.205</v>
       </c>
-      <c r="AU46" s="14" t="n">
+      <c r="AX46" s="14" t="n">
         <v>126.594</v>
       </c>
-      <c r="AV46" s="14" t="n">
+      <c r="AY46" s="14" t="n">
         <v>101.964</v>
       </c>
-      <c r="AW46" s="14" t="n">
+      <c r="AZ46" s="14" t="n">
         <v>98.793</v>
       </c>
-      <c r="AX46" s="14" t="n">
+      <c r="BA46" s="14" t="n">
         <v>97.412</v>
       </c>
-      <c r="AY46" s="14" t="n">
+      <c r="BB46" s="14" t="n">
         <v>73.554</v>
       </c>
-      <c r="AZ46" s="14" t="n">
+      <c r="BC46" s="14" t="n">
         <v>109.307</v>
       </c>
-      <c r="BA46" s="14" t="n">
+      <c r="BD46" s="14" t="n">
         <v>111.081</v>
       </c>
-      <c r="BB46" s="14" t="n">
+      <c r="BE46" s="14" t="n">
         <v>98.405</v>
       </c>
-      <c r="BC46" s="14" t="n">
+      <c r="BF46" s="14" t="n">
         <v>103.672</v>
       </c>
-      <c r="BD46" s="14" t="n">
+      <c r="BG46" s="14" t="n">
         <v>103.581</v>
       </c>
-      <c r="BE46" s="14" t="n">
+      <c r="BH46" s="14" t="n">
         <v>88.455</v>
       </c>
-      <c r="BF46" s="14" t="n">
+      <c r="BI46" s="14" t="n">
         <v>87.181</v>
       </c>
-      <c r="BG46" s="15" t="n">
-[...2 lines deleted...]
-      <c r="BH46" s="15" t="n">
+      <c r="BJ46" s="15" t="n">
+        <v>31.5</v>
+      </c>
+      <c r="BK46" s="15" t="n">
+        <v>-4.5</v>
+      </c>
+      <c r="BL46" s="15" t="n">
+        <v>6.7</v>
+      </c>
+      <c r="BM46" s="15" t="n">
+        <v>38.1</v>
+      </c>
+      <c r="BN46" s="15" t="n">
         <v>-38.0</v>
       </c>
-      <c r="BI46" s="15" t="n">
+      <c r="BO46" s="15" t="n">
+        <v>4.6</v>
+      </c>
+      <c r="BP46" s="15" t="n">
+        <v>11.0</v>
+      </c>
+      <c r="BQ46" s="15" t="n">
+        <v>-2.8</v>
+      </c>
+      <c r="BR46" s="15" t="n">
+        <v>-3.5</v>
+      </c>
+      <c r="BS46" s="15" t="n">
+        <v>12.3</v>
+      </c>
+      <c r="BT46" s="15" t="n">
+        <v>-4.0</v>
+      </c>
+      <c r="BU46" s="15" t="n">
+        <v>-22.7</v>
+      </c>
+      <c r="BV46" s="15" t="n">
+        <v>31.9</v>
+      </c>
+      <c r="BW46" s="15" t="n">
+        <v>-7.2</v>
+      </c>
+      <c r="BX46" s="15" t="n">
+        <v>11.4</v>
+      </c>
+      <c r="BY46" s="15" t="n">
+        <v>30.4</v>
+      </c>
+      <c r="BZ46" s="15" t="n">
+        <v>-35.7</v>
+      </c>
+      <c r="CA46" s="15" t="n">
+        <v>8.2</v>
+      </c>
+      <c r="CB46" s="15" t="n">
+        <v>8.1</v>
+      </c>
+      <c r="CC46" s="15" t="n">
+        <v>-6.2</v>
+      </c>
+      <c r="CD46" s="15" t="n">
+        <v>5.9</v>
+      </c>
+      <c r="CE46" s="15" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="CF46" s="15" t="n">
+        <v>-1.1</v>
+      </c>
+      <c r="CG46" s="15" t="n">
+        <v>-27.4</v>
+      </c>
+      <c r="CH46" s="15" t="n">
+        <v>33.8</v>
+      </c>
+      <c r="CI46" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="CJ46" s="15" t="n">
+        <v>8.3</v>
+      </c>
+      <c r="CK46" s="15" t="n">
+        <v>28.0</v>
+      </c>
+      <c r="CL46" s="15" t="n">
+        <v>-32.6</v>
+      </c>
+      <c r="CM46" s="15" t="n">
+        <v>-5.2</v>
+      </c>
+      <c r="CN46" s="15" t="n">
+        <v>17.4</v>
+      </c>
+      <c r="CO46" s="15" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="CP46" s="15" t="n">
+        <v>-10.8</v>
+      </c>
+      <c r="CQ46" s="15" t="n">
+        <v>8.4</v>
+      </c>
+      <c r="CR46" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="CS46" s="15" t="n">
+        <v>-27.4</v>
+      </c>
+      <c r="CT46" s="15" t="n">
+        <v>23.9</v>
+      </c>
+      <c r="CU46" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="CV46" s="15" t="n">
+        <v>5.2</v>
+      </c>
+      <c r="CW46" s="15" t="n">
+        <v>26.7</v>
+      </c>
+      <c r="CX46" s="15" t="n">
+        <v>-31.7</v>
+      </c>
+      <c r="CY46" s="15" t="n">
+        <v>-1.8</v>
+      </c>
+      <c r="CZ46" s="15" t="n">
+        <v>14.8</v>
+      </c>
+      <c r="DA46" s="15" t="n">
+        <v>5.6</v>
+      </c>
+      <c r="DB46" s="15" t="n">
+        <v>-16.5</v>
+      </c>
+      <c r="DC46" s="15" t="n">
+        <v>23.2</v>
+      </c>
+      <c r="DD46" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="DE46" s="15" t="n">
+        <v>-26.4</v>
+      </c>
+      <c r="DF46" s="15" t="n">
+        <v>24.2</v>
+      </c>
+      <c r="DG46" s="15" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="DH46" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="DI46" s="15" t="n">
+        <v>32.4</v>
+      </c>
+      <c r="DJ46" s="15" t="n">
+        <v>-32.7</v>
+      </c>
+      <c r="DK46" s="15" t="n">
+        <v>-1.6</v>
+      </c>
+      <c r="DL46" s="15" t="n">
+        <v>12.9</v>
+      </c>
+      <c r="DM46" s="15" t="n">
+        <v>-5.1</v>
+      </c>
+      <c r="DN46" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="DO46" s="15" t="n">
+        <v>17.1</v>
+      </c>
+      <c r="DP46" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="DQ46" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DR46" s="15" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="DS46" s="15" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="DT46" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="DU46" s="15" t="n">
+        <v>5.9</v>
+      </c>
+      <c r="DV46" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DW46" s="15" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="DX46" s="15" t="n">
+        <v>7.2</v>
+      </c>
+      <c r="DY46" s="15" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="DZ46" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="EA46" s="15" t="n">
+        <v>10.6</v>
+      </c>
+      <c r="EB46" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="EC46" s="15" t="n">
+        <v>5.4</v>
+      </c>
+      <c r="ED46" s="15" t="n">
+        <v>-1.0</v>
+      </c>
+      <c r="EE46" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="EF46" s="15" t="n">
+        <v>10.8</v>
+      </c>
+      <c r="EG46" s="15" t="n">
+        <v>7.7</v>
+      </c>
+      <c r="EH46" s="15" t="n">
+        <v>5.7</v>
+      </c>
+      <c r="EI46" s="15" t="n">
+        <v>10.8</v>
+      </c>
+      <c r="EJ46" s="15" t="n">
+        <v>-2.9</v>
+      </c>
+      <c r="EK46" s="15" t="n">
+        <v>5.4</v>
+      </c>
+      <c r="EL46" s="15" t="n">
+        <v>19.1</v>
+      </c>
+      <c r="EM46" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="EN46" s="15" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="EO46" s="15" t="n">
+        <v>7.9</v>
+      </c>
+      <c r="EP46" s="15" t="n">
+        <v>7.9</v>
+      </c>
+      <c r="EQ46" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="ER46" s="15" t="n">
+        <v>-2.3</v>
+      </c>
+      <c r="ES46" s="15" t="n">
+        <v>-5.1</v>
+      </c>
+      <c r="ET46" s="15" t="n">
+        <v>-6.1</v>
+      </c>
+      <c r="EU46" s="15" t="n">
+        <v>-4.8</v>
+      </c>
+      <c r="EV46" s="15" t="n">
+        <v>-1.4</v>
+      </c>
+      <c r="EW46" s="15" t="n">
+        <v>-3.5</v>
+      </c>
+      <c r="EX46" s="15" t="n">
+        <v>-3.9</v>
+      </c>
+      <c r="EY46" s="15" t="n">
+        <v>-10.0</v>
+      </c>
+      <c r="EZ46" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="FA46" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="FB46" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="FC46" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="FD46" s="15" t="n">
+        <v>5.9</v>
+      </c>
+      <c r="FE46" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="FF46" s="15" t="n">
+        <v>6.7</v>
+      </c>
+      <c r="FG46" s="15" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="FH46" s="15" t="n">
+        <v>5.4</v>
+      </c>
+      <c r="FI46" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="FJ46" s="15" t="n">
+        <v>-6.8</v>
+      </c>
+      <c r="FK46" s="15" t="n">
+        <v>11.6</v>
+      </c>
+      <c r="FL46" s="15" t="n">
+        <v>6.1</v>
+      </c>
+      <c r="FM46" s="15" t="n">
+        <v>6.9</v>
+      </c>
+      <c r="FN46" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FO46" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FP46" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FQ46" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FR46" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FS46" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FT46" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FU46" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FV46" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FW46" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FX46" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FY46" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FZ46" s="15" t="n">
+        <v>4.2</v>
+      </c>
+      <c r="GA46" s="15" t="n">
+        <v>4.2</v>
+      </c>
+      <c r="GB46" s="15" t="n">
+        <v>4.2</v>
+      </c>
+      <c r="GC46" s="15" t="n">
+        <v>4.6</v>
+      </c>
+      <c r="GD46" s="15" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="GE46" s="15" t="n">
+        <v>4.9</v>
+      </c>
+      <c r="GF46" s="15" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="GG46" s="15" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="GH46" s="15" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="GI46" s="15" t="n">
+        <v>6.1</v>
+      </c>
+      <c r="GJ46" s="15" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="GK46" s="15" t="n">
+        <v>5.4</v>
+      </c>
+      <c r="GL46" s="15" t="n">
+        <v>5.3</v>
+      </c>
+      <c r="GM46" s="15" t="n">
+        <v>6.1</v>
+      </c>
+      <c r="GN46" s="15" t="n">
+        <v>6.7</v>
+      </c>
+      <c r="GO46" s="15" t="n">
+        <v>6.3</v>
+      </c>
+      <c r="GP46" s="15" t="n">
+        <v>6.1</v>
+      </c>
+      <c r="GQ46" s="15" t="n">
+        <v>6.2</v>
+      </c>
+      <c r="GR46" s="15" t="n">
+        <v>5.3</v>
+      </c>
+      <c r="GS46" s="15" t="n">
+        <v>7.3</v>
+      </c>
+      <c r="GT46" s="15" t="n">
+        <v>7.8</v>
+      </c>
+      <c r="GU46" s="15" t="n">
+        <v>4.2</v>
+      </c>
+      <c r="GV46" s="15" t="n">
+        <v>6.3</v>
+      </c>
+      <c r="GW46" s="15" t="n">
+        <v>7.9</v>
+      </c>
+      <c r="GX46" s="15" t="n">
+        <v>-2.0</v>
+      </c>
+      <c r="GY46" s="15" t="n">
+        <v>-3.1</v>
+      </c>
+      <c r="GZ46" s="15" t="n">
+        <v>-3.5</v>
+      </c>
+      <c r="HA46" s="15" t="n">
+        <v>-3.6</v>
+      </c>
+      <c r="HB46" s="15" t="n">
+        <v>-3.4</v>
+      </c>
+      <c r="HC46" s="15" t="n">
+        <v>-3.1</v>
+      </c>
+      <c r="HD46" s="15" t="n">
+        <v>-2.8</v>
+      </c>
+      <c r="HE46" s="15" t="n">
+        <v>-3.2</v>
+      </c>
+      <c r="HF46" s="15" t="n">
+        <v>-3.1</v>
+      </c>
+      <c r="HG46" s="15" t="n">
+        <v>-2.8</v>
+      </c>
+      <c r="HH46" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="HI46" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="HJ46" s="15" t="n">
+        <v>4.2</v>
+      </c>
+      <c r="HK46" s="15" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="HL46" s="15" t="n">
+        <v>4.6</v>
+      </c>
+      <c r="HM46" s="15" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="HN46" s="15" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="HO46" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="BJ46" s="15" t="n">
-[...80 lines deleted...]
-      <c r="CK46" s="15" t="n">
+      <c r="HP46" s="15" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="HQ46" s="15" t="n">
+        <v>4.1</v>
+      </c>
+      <c r="HR46" s="15" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="HS46" s="15" t="n">
         <v>8.4</v>
       </c>
-      <c r="CL46" s="15" t="n">
-[...211 lines deleted...]
-      <c r="FD46" s="15" t="n">
+      <c r="HT46" s="15" t="n">
+        <v>6.5</v>
+      </c>
+      <c r="HU46" s="15" t="n">
         <v>6.9</v>
       </c>
-      <c r="FE46" s="13" t="inlineStr">
-[...249 lines deleted...]
-      <c r="HU46" s="13" t="inlineStr">
+      <c r="HV46" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HW46" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HX46" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HY46" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HZ46" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IA46" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IB46" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IC46" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID46" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE46" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF46" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG46" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    70.2 Business management consultancy activities</t>
         </is>
       </c>
       <c r="B47" s="14" t="n">
-        <v>119.134</v>
+        <v>158.778</v>
       </c>
       <c r="C47" s="14" t="n">
-        <v>98.275</v>
+        <v>123.741</v>
       </c>
       <c r="D47" s="14" t="n">
-        <v>133.298</v>
+        <v>126.968</v>
       </c>
       <c r="E47" s="14" t="n">
-        <v>122.812</v>
+        <v>116.669</v>
       </c>
       <c r="F47" s="14" t="n">
-        <v>107.804</v>
+        <v>96.731</v>
       </c>
       <c r="G47" s="14" t="n">
-        <v>114.136</v>
+        <v>132.714</v>
       </c>
       <c r="H47" s="14" t="n">
-        <v>110.856</v>
+        <v>122.718</v>
       </c>
       <c r="I47" s="14" t="n">
-        <v>98.466</v>
+        <v>107.967</v>
       </c>
       <c r="J47" s="14" t="n">
-        <v>103.198</v>
+        <v>114.408</v>
       </c>
       <c r="K47" s="14" t="n">
-        <v>152.66</v>
+        <v>111.063</v>
       </c>
       <c r="L47" s="14" t="n">
-        <v>123.786</v>
+        <v>98.593</v>
       </c>
       <c r="M47" s="14" t="n">
-        <v>136.065</v>
+        <v>103.266</v>
       </c>
       <c r="N47" s="14" t="n">
-        <v>110.624</v>
+        <v>152.653</v>
       </c>
       <c r="O47" s="14" t="n">
-        <v>95.903</v>
+        <v>123.734</v>
       </c>
       <c r="P47" s="14" t="n">
-        <v>129.072</v>
+        <v>136.004</v>
       </c>
       <c r="Q47" s="14" t="n">
-        <v>119.206</v>
+        <v>110.608</v>
       </c>
       <c r="R47" s="14" t="n">
-        <v>110.032</v>
+        <v>95.907</v>
       </c>
       <c r="S47" s="14" t="n">
-        <v>109.266</v>
+        <v>129.085</v>
       </c>
       <c r="T47" s="14" t="n">
-        <v>104.869</v>
+        <v>119.21</v>
       </c>
       <c r="U47" s="14" t="n">
+        <v>110.031</v>
+      </c>
+      <c r="V47" s="14" t="n">
+        <v>109.264</v>
+      </c>
+      <c r="W47" s="14" t="n">
+        <v>104.868</v>
+      </c>
+      <c r="X47" s="14" t="n">
         <v>102.707</v>
       </c>
-      <c r="V47" s="14" t="n">
-[...2 lines deleted...]
-      <c r="W47" s="14" t="n">
+      <c r="Y47" s="14" t="n">
+        <v>102.745</v>
+      </c>
+      <c r="Z47" s="14" t="n">
         <v>146.566</v>
       </c>
-      <c r="X47" s="14" t="n">
+      <c r="AA47" s="14" t="n">
         <v>125.93</v>
       </c>
-      <c r="Y47" s="14" t="n">
+      <c r="AB47" s="14" t="n">
         <v>124.704</v>
       </c>
-      <c r="Z47" s="14" t="n">
+      <c r="AC47" s="14" t="n">
         <v>113.328</v>
       </c>
-      <c r="AA47" s="14" t="n">
+      <c r="AD47" s="14" t="n">
         <v>99.825</v>
       </c>
-      <c r="AB47" s="14" t="n">
+      <c r="AE47" s="14" t="n">
         <v>128.105</v>
       </c>
-      <c r="AC47" s="14" t="n">
+      <c r="AF47" s="14" t="n">
         <v>135.757</v>
       </c>
-      <c r="AD47" s="14" t="n">
+      <c r="AG47" s="14" t="n">
         <v>111.447</v>
       </c>
-      <c r="AE47" s="14" t="n">
+      <c r="AH47" s="14" t="n">
         <v>107.245</v>
       </c>
-      <c r="AF47" s="14" t="n">
+      <c r="AI47" s="14" t="n">
         <v>109.204</v>
       </c>
-      <c r="AG47" s="14" t="n">
+      <c r="AJ47" s="14" t="n">
         <v>93.368</v>
       </c>
-      <c r="AH47" s="14" t="n">
+      <c r="AK47" s="14" t="n">
         <v>104.424</v>
       </c>
-      <c r="AI47" s="14" t="n">
+      <c r="AL47" s="14" t="n">
         <v>147.601</v>
       </c>
-      <c r="AJ47" s="14" t="n">
+      <c r="AM47" s="14" t="n">
         <v>121.531</v>
       </c>
-      <c r="AK47" s="14" t="n">
+      <c r="AN47" s="14" t="n">
         <v>122.589</v>
       </c>
-      <c r="AL47" s="14" t="n">
+      <c r="AO47" s="14" t="n">
         <v>125.583</v>
       </c>
-      <c r="AM47" s="14" t="n">
+      <c r="AP47" s="14" t="n">
         <v>103.298</v>
       </c>
-      <c r="AN47" s="14" t="n">
+      <c r="AQ47" s="14" t="n">
         <v>116.541</v>
       </c>
-      <c r="AO47" s="14" t="n">
+      <c r="AR47" s="14" t="n">
         <v>127.111</v>
       </c>
-      <c r="AP47" s="14" t="n">
+      <c r="AS47" s="14" t="n">
         <v>109.21</v>
       </c>
-      <c r="AQ47" s="14" t="n">
+      <c r="AT47" s="14" t="n">
         <v>103.553</v>
       </c>
-      <c r="AR47" s="14" t="n">
+      <c r="AU47" s="14" t="n">
         <v>107.542</v>
       </c>
-      <c r="AS47" s="14" t="n">
+      <c r="AV47" s="14" t="n">
         <v>93.894</v>
       </c>
-      <c r="AT47" s="14" t="n">
+      <c r="AW47" s="14" t="n">
         <v>91.941</v>
       </c>
-      <c r="AU47" s="14" t="n">
+      <c r="AX47" s="14" t="n">
         <v>140.173</v>
       </c>
-      <c r="AV47" s="14" t="n">
+      <c r="AY47" s="14" t="n">
         <v>118.123</v>
       </c>
-      <c r="AW47" s="14" t="n">
+      <c r="AZ47" s="14" t="n">
         <v>113.673</v>
       </c>
-      <c r="AX47" s="14" t="n">
+      <c r="BA47" s="14" t="n">
         <v>105.84</v>
       </c>
-      <c r="AY47" s="14" t="n">
+      <c r="BB47" s="14" t="n">
         <v>84.201</v>
       </c>
-      <c r="AZ47" s="14" t="n">
+      <c r="BC47" s="14" t="n">
         <v>98.639</v>
       </c>
-      <c r="BA47" s="14" t="n">
+      <c r="BD47" s="14" t="n">
         <v>97.937</v>
       </c>
-      <c r="BB47" s="14" t="n">
+      <c r="BE47" s="14" t="n">
         <v>95.146</v>
       </c>
-      <c r="BC47" s="14" t="n">
+      <c r="BF47" s="14" t="n">
         <v>88.836</v>
       </c>
-      <c r="BD47" s="14" t="n">
+      <c r="BG47" s="14" t="n">
         <v>96.17</v>
       </c>
-      <c r="BE47" s="14" t="n">
+      <c r="BH47" s="14" t="n">
         <v>82.872</v>
       </c>
-      <c r="BF47" s="14" t="n">
+      <c r="BI47" s="14" t="n">
         <v>78.39</v>
       </c>
-      <c r="BG47" s="15" t="n">
-[...7 lines deleted...]
-      </c>
       <c r="BJ47" s="15" t="n">
-        <v>13.9</v>
+        <v>28.3</v>
       </c>
       <c r="BK47" s="15" t="n">
-        <v>-5.5</v>
+        <v>-2.5</v>
       </c>
       <c r="BL47" s="15" t="n">
+        <v>8.8</v>
+      </c>
+      <c r="BM47" s="15" t="n">
+        <v>20.6</v>
+      </c>
+      <c r="BN47" s="15" t="n">
+        <v>-27.1</v>
+      </c>
+      <c r="BO47" s="15" t="n">
+        <v>8.1</v>
+      </c>
+      <c r="BP47" s="15" t="n">
+        <v>13.7</v>
+      </c>
+      <c r="BQ47" s="15" t="n">
+        <v>-5.6</v>
+      </c>
+      <c r="BR47" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="BM47" s="15" t="n">
+      <c r="BS47" s="15" t="n">
         <v>12.6</v>
       </c>
-      <c r="BN47" s="15" t="n">
-[...2 lines deleted...]
-      <c r="BO47" s="15" t="n">
+      <c r="BT47" s="15" t="n">
+        <v>-4.5</v>
+      </c>
+      <c r="BU47" s="15" t="n">
         <v>-32.4</v>
       </c>
-      <c r="BP47" s="15" t="n">
-[...2 lines deleted...]
-      <c r="BQ47" s="15" t="n">
+      <c r="BV47" s="15" t="n">
+        <v>23.4</v>
+      </c>
+      <c r="BW47" s="15" t="n">
         <v>-9.0</v>
       </c>
-      <c r="BR47" s="15" t="n">
+      <c r="BX47" s="15" t="n">
         <v>23.0</v>
       </c>
-      <c r="BS47" s="15" t="n">
+      <c r="BY47" s="15" t="n">
         <v>15.3</v>
       </c>
-      <c r="BT47" s="15" t="n">
+      <c r="BZ47" s="15" t="n">
         <v>-25.7</v>
       </c>
-      <c r="BU47" s="15" t="n">
+      <c r="CA47" s="15" t="n">
         <v>8.3</v>
       </c>
-      <c r="BV47" s="15" t="n">
+      <c r="CB47" s="15" t="n">
         <v>8.3</v>
       </c>
-      <c r="BW47" s="15" t="n">
+      <c r="CC47" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="BX47" s="15" t="n">
+      <c r="CD47" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="BY47" s="15" t="n">
+      <c r="CE47" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="BZ47" s="15" t="n">
+      <c r="CF47" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="CA47" s="15" t="n">
+      <c r="CG47" s="15" t="n">
         <v>-29.9</v>
       </c>
-      <c r="CB47" s="15" t="n">
+      <c r="CH47" s="15" t="n">
         <v>16.4</v>
       </c>
-      <c r="CC47" s="15" t="n">
+      <c r="CI47" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="CD47" s="15" t="n">
+      <c r="CJ47" s="15" t="n">
         <v>10.0</v>
       </c>
-      <c r="CE47" s="15" t="n">
+      <c r="CK47" s="15" t="n">
         <v>13.5</v>
       </c>
-      <c r="CF47" s="15" t="n">
+      <c r="CL47" s="15" t="n">
         <v>-22.1</v>
       </c>
-      <c r="CG47" s="15" t="n">
+      <c r="CM47" s="15" t="n">
         <v>-5.6</v>
       </c>
-      <c r="CH47" s="15" t="n">
+      <c r="CN47" s="15" t="n">
         <v>21.8</v>
       </c>
-      <c r="CI47" s="15" t="n">
+      <c r="CO47" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="CJ47" s="15" t="n">
+      <c r="CP47" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="CK47" s="15" t="n">
+      <c r="CQ47" s="15" t="n">
         <v>17.0</v>
       </c>
-      <c r="CL47" s="15" t="n">
+      <c r="CR47" s="15" t="n">
         <v>-10.6</v>
       </c>
-      <c r="CM47" s="15" t="n">
+      <c r="CS47" s="15" t="n">
         <v>-29.3</v>
       </c>
-      <c r="CN47" s="15" t="n">
+      <c r="CT47" s="15" t="n">
         <v>21.5</v>
       </c>
-      <c r="CO47" s="15" t="n">
+      <c r="CU47" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="CP47" s="15" t="n">
+      <c r="CV47" s="15" t="n">
         <v>-2.4</v>
       </c>
-      <c r="CQ47" s="15" t="n">
+      <c r="CW47" s="15" t="n">
         <v>21.6</v>
       </c>
-      <c r="CR47" s="15" t="n">
+      <c r="CX47" s="15" t="n">
         <v>-11.4</v>
       </c>
-      <c r="CS47" s="15" t="n">
+      <c r="CY47" s="15" t="n">
         <v>-8.3</v>
       </c>
-      <c r="CT47" s="15" t="n">
+      <c r="CZ47" s="15" t="n">
         <v>16.4</v>
       </c>
-      <c r="CU47" s="15" t="n">
+      <c r="DA47" s="15" t="n">
         <v>5.5</v>
       </c>
-      <c r="CV47" s="15" t="n">
+      <c r="DB47" s="15" t="n">
         <v>-3.7</v>
       </c>
-      <c r="CW47" s="15" t="n">
+      <c r="DC47" s="15" t="n">
         <v>14.5</v>
       </c>
-      <c r="CX47" s="15" t="n">
+      <c r="DD47" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="CY47" s="15" t="n">
+      <c r="DE47" s="15" t="n">
         <v>-34.4</v>
       </c>
-      <c r="CZ47" s="15" t="n">
+      <c r="DF47" s="15" t="n">
         <v>18.7</v>
       </c>
-      <c r="DA47" s="15" t="n">
+      <c r="DG47" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="DB47" s="15" t="n">
+      <c r="DH47" s="15" t="n">
         <v>7.4</v>
       </c>
-      <c r="DC47" s="15" t="n">
+      <c r="DI47" s="15" t="n">
         <v>25.7</v>
       </c>
-      <c r="DD47" s="15" t="n">
+      <c r="DJ47" s="15" t="n">
         <v>-14.6</v>
       </c>
-      <c r="DE47" s="15" t="n">
+      <c r="DK47" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="DF47" s="15" t="n">
+      <c r="DL47" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="DG47" s="15" t="n">
+      <c r="DM47" s="15" t="n">
         <v>7.1</v>
       </c>
-      <c r="DH47" s="15" t="n">
+      <c r="DN47" s="15" t="n">
         <v>-7.6</v>
       </c>
-      <c r="DI47" s="15" t="n">
+      <c r="DO47" s="15" t="n">
         <v>16.0</v>
       </c>
-      <c r="DJ47" s="15" t="n">
+      <c r="DP47" s="15" t="n">
         <v>5.7</v>
       </c>
-      <c r="DK47" s="13" t="inlineStr">
-[...7 lines deleted...]
-      <c r="DM47" s="15" t="n">
+      <c r="DQ47" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DR47" s="15" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="DS47" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DT47" s="15" t="n">
+        <v>-6.6</v>
+      </c>
+      <c r="DU47" s="15" t="n">
+        <v>5.5</v>
+      </c>
+      <c r="DV47" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="DW47" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="DX47" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="DY47" s="15" t="n">
+        <v>-1.9</v>
+      </c>
+      <c r="DZ47" s="15" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="EA47" s="15" t="n">
+        <v>5.9</v>
+      </c>
+      <c r="EB47" s="15" t="n">
+        <v>-4.0</v>
+      </c>
+      <c r="EC47" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="ED47" s="15" t="n">
+        <v>4.2</v>
+      </c>
+      <c r="EE47" s="15" t="n">
+        <v>-1.7</v>
+      </c>
+      <c r="EF47" s="15" t="n">
+        <v>9.1</v>
+      </c>
+      <c r="EG47" s="15" t="n">
+        <v>-2.4</v>
+      </c>
+      <c r="EH47" s="15" t="n">
+        <v>-3.9</v>
+      </c>
+      <c r="EI47" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="EJ47" s="15" t="n">
+        <v>-12.2</v>
+      </c>
+      <c r="EK47" s="15" t="n">
+        <v>-1.3</v>
+      </c>
+      <c r="EL47" s="15" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="EM47" s="15" t="n">
+        <v>-4.0</v>
+      </c>
+      <c r="EN47" s="15" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="EO47" s="15" t="n">
+        <v>-1.6</v>
+      </c>
+      <c r="EP47" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="EQ47" s="15" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="ER47" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="ES47" s="15" t="n">
+        <v>-9.8</v>
+      </c>
+      <c r="ET47" s="15" t="n">
+        <v>-3.4</v>
+      </c>
+      <c r="EU47" s="15" t="n">
+        <v>9.9</v>
+      </c>
+      <c r="EV47" s="15" t="n">
+        <v>6.8</v>
+      </c>
+      <c r="EW47" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="EX47" s="15" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="EY47" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="EZ47" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="FA47" s="15" t="n">
+        <v>13.6</v>
+      </c>
+      <c r="FB47" s="15" t="n">
+        <v>5.3</v>
+      </c>
+      <c r="FC47" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="FD47" s="15" t="n">
+        <v>7.8</v>
+      </c>
+      <c r="FE47" s="15" t="n">
+        <v>18.7</v>
+      </c>
+      <c r="FF47" s="15" t="n">
+        <v>22.7</v>
+      </c>
+      <c r="FG47" s="15" t="n">
+        <v>18.1</v>
+      </c>
+      <c r="FH47" s="15" t="n">
+        <v>29.8</v>
+      </c>
+      <c r="FI47" s="15" t="n">
+        <v>14.8</v>
+      </c>
+      <c r="FJ47" s="15" t="n">
+        <v>16.6</v>
+      </c>
+      <c r="FK47" s="15" t="n">
+        <v>11.8</v>
+      </c>
+      <c r="FL47" s="15" t="n">
+        <v>13.3</v>
+      </c>
+      <c r="FM47" s="15" t="n">
+        <v>17.3</v>
+      </c>
+      <c r="FN47" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FO47" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FP47" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FQ47" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FR47" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FS47" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FT47" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FU47" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FV47" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FW47" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FX47" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FY47" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FZ47" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="GA47" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="GB47" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="GC47" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="GD47" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="GE47" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="GF47" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="GG47" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="GH47" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="GI47" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="GJ47" s="15" t="n">
+        <v>-1.7</v>
+      </c>
+      <c r="GK47" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="GL47" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="GM47" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="GN47" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="GO47" s="15" t="n">
+        <v>-1.8</v>
+      </c>
+      <c r="GP47" s="15" t="n">
+        <v>-1.7</v>
+      </c>
+      <c r="GQ47" s="15" t="n">
+        <v>-1.5</v>
+      </c>
+      <c r="GR47" s="15" t="n">
+        <v>-1.9</v>
+      </c>
+      <c r="GS47" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="GT47" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="GU47" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="GV47" s="15" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="GW47" s="15" t="n">
+        <v>-1.6</v>
+      </c>
+      <c r="GX47" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="GY47" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="DN47" s="15" t="n">
-[...8 lines deleted...]
-      <c r="DQ47" s="15" t="n">
+      <c r="GZ47" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="HA47" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="HB47" s="15" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="HC47" s="15" t="n">
+        <v>5.3</v>
+      </c>
+      <c r="HD47" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="DR47" s="15" t="n">
-[...77 lines deleted...]
-      <c r="ER47" s="15" t="n">
+      <c r="HE47" s="15" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="HF47" s="15" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="HG47" s="15" t="n">
+        <v>4.6</v>
+      </c>
+      <c r="HH47" s="15" t="n">
+        <v>6.4</v>
+      </c>
+      <c r="HI47" s="15" t="n">
         <v>13.6</v>
       </c>
-      <c r="ES47" s="15" t="n">
-[...14 lines deleted...]
-      <c r="EX47" s="15" t="n">
+      <c r="HJ47" s="15" t="n">
+        <v>14.2</v>
+      </c>
+      <c r="HK47" s="15" t="n">
+        <v>15.4</v>
+      </c>
+      <c r="HL47" s="15" t="n">
+        <v>16.9</v>
+      </c>
+      <c r="HM47" s="15" t="n">
+        <v>18.2</v>
+      </c>
+      <c r="HN47" s="15" t="n">
         <v>18.1</v>
       </c>
-      <c r="EY47" s="15" t="n">
-[...14 lines deleted...]
-      <c r="FD47" s="15" t="n">
+      <c r="HO47" s="15" t="n">
+        <v>17.5</v>
+      </c>
+      <c r="HP47" s="15" t="n">
+        <v>17.4</v>
+      </c>
+      <c r="HQ47" s="15" t="n">
+        <v>14.7</v>
+      </c>
+      <c r="HR47" s="15" t="n">
+        <v>14.6</v>
+      </c>
+      <c r="HS47" s="15" t="n">
+        <v>14.0</v>
+      </c>
+      <c r="HT47" s="15" t="n">
+        <v>15.2</v>
+      </c>
+      <c r="HU47" s="15" t="n">
         <v>17.3</v>
       </c>
-      <c r="FE47" s="13" t="inlineStr">
-[...249 lines deleted...]
-      <c r="HU47" s="13" t="inlineStr">
+      <c r="HV47" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HW47" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HX47" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HY47" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HZ47" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IA47" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IB47" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IC47" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID47" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE47" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF47" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG47" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    71 Architectural and engineering activities; technical testing and analysis</t>
         </is>
       </c>
       <c r="B48" s="14" t="n">
-        <v>126.906</v>
+        <v>166.621</v>
       </c>
       <c r="C48" s="14" t="n">
-        <v>89.111</v>
+        <v>134.755</v>
       </c>
       <c r="D48" s="14" t="n">
-        <v>131.23</v>
+        <v>136.741</v>
       </c>
       <c r="E48" s="14" t="n">
-        <v>129.331</v>
+        <v>127.324</v>
       </c>
       <c r="F48" s="14" t="n">
-        <v>119.503</v>
+        <v>89.431</v>
       </c>
       <c r="G48" s="14" t="n">
-        <v>117.462</v>
+        <v>131.892</v>
       </c>
       <c r="H48" s="14" t="n">
-        <v>134.162</v>
+        <v>130.018</v>
       </c>
       <c r="I48" s="14" t="n">
-        <v>116.058</v>
+        <v>120.222</v>
       </c>
       <c r="J48" s="14" t="n">
-        <v>111.002</v>
+        <v>118.193</v>
       </c>
       <c r="K48" s="14" t="n">
-        <v>164.851</v>
+        <v>134.962</v>
       </c>
       <c r="L48" s="14" t="n">
-        <v>134.264</v>
+        <v>116.657</v>
       </c>
       <c r="M48" s="14" t="n">
-        <v>131.701</v>
+        <v>111.427</v>
       </c>
       <c r="N48" s="14" t="n">
-        <v>130.992</v>
+        <v>165.171</v>
       </c>
       <c r="O48" s="14" t="n">
-        <v>99.748</v>
+        <v>134.415</v>
       </c>
       <c r="P48" s="14" t="n">
-        <v>127.992</v>
+        <v>131.884</v>
       </c>
       <c r="Q48" s="14" t="n">
-        <v>124.674</v>
+        <v>131.35</v>
       </c>
       <c r="R48" s="14" t="n">
-        <v>116.602</v>
+        <v>100.055</v>
       </c>
       <c r="S48" s="14" t="n">
-        <v>117.144</v>
+        <v>128.302</v>
       </c>
       <c r="T48" s="14" t="n">
-        <v>119.974</v>
+        <v>124.769</v>
       </c>
       <c r="U48" s="14" t="n">
-        <v>112.266</v>
+        <v>116.575</v>
       </c>
       <c r="V48" s="14" t="n">
-        <v>103.617</v>
+        <v>117.081</v>
       </c>
       <c r="W48" s="14" t="n">
-        <v>165.519</v>
+        <v>119.954</v>
       </c>
       <c r="X48" s="14" t="n">
-        <v>133.304</v>
+        <v>112.272</v>
       </c>
       <c r="Y48" s="14" t="n">
-        <v>115.526</v>
+        <v>103.629</v>
       </c>
       <c r="Z48" s="14" t="n">
-        <v>113.91</v>
+        <v>165.525</v>
       </c>
       <c r="AA48" s="14" t="n">
-        <v>91.364</v>
+        <v>133.302</v>
       </c>
       <c r="AB48" s="14" t="n">
-        <v>119.617</v>
+        <v>115.523</v>
       </c>
       <c r="AC48" s="14" t="n">
-        <v>121.452</v>
+        <v>113.909</v>
       </c>
       <c r="AD48" s="14" t="n">
+        <v>91.365</v>
+      </c>
+      <c r="AE48" s="14" t="n">
+        <v>119.618</v>
+      </c>
+      <c r="AF48" s="14" t="n">
+        <v>121.453</v>
+      </c>
+      <c r="AG48" s="14" t="n">
         <v>119.846</v>
       </c>
-      <c r="AE48" s="14" t="n">
+      <c r="AH48" s="14" t="n">
         <v>111.209</v>
       </c>
-      <c r="AF48" s="14" t="n">
+      <c r="AI48" s="14" t="n">
         <v>117.472</v>
       </c>
-      <c r="AG48" s="14" t="n">
+      <c r="AJ48" s="14" t="n">
         <v>99.923</v>
       </c>
-      <c r="AH48" s="14" t="n">
+      <c r="AK48" s="14" t="n">
         <v>91.59</v>
       </c>
-      <c r="AI48" s="14" t="n">
+      <c r="AL48" s="14" t="n">
         <v>155.188</v>
       </c>
-      <c r="AJ48" s="14" t="n">
+      <c r="AM48" s="14" t="n">
         <v>117.838</v>
       </c>
-      <c r="AK48" s="14" t="n">
+      <c r="AN48" s="14" t="n">
         <v>112.283</v>
       </c>
-      <c r="AL48" s="14" t="n">
+      <c r="AO48" s="14" t="n">
         <v>110.955</v>
       </c>
-      <c r="AM48" s="14" t="n">
+      <c r="AP48" s="14" t="n">
         <v>89.123</v>
       </c>
-      <c r="AN48" s="14" t="n">
+      <c r="AQ48" s="14" t="n">
         <v>102.466</v>
       </c>
-      <c r="AO48" s="14" t="n">
+      <c r="AR48" s="14" t="n">
         <v>115.366</v>
       </c>
-      <c r="AP48" s="14" t="n">
+      <c r="AS48" s="14" t="n">
         <v>98.381</v>
       </c>
-      <c r="AQ48" s="14" t="n">
+      <c r="AT48" s="14" t="n">
         <v>93.697</v>
       </c>
-      <c r="AR48" s="14" t="n">
+      <c r="AU48" s="14" t="n">
         <v>104.162</v>
       </c>
-      <c r="AS48" s="14" t="n">
+      <c r="AV48" s="14" t="n">
         <v>85.162</v>
       </c>
-      <c r="AT48" s="14" t="n">
+      <c r="AW48" s="14" t="n">
         <v>79.61</v>
       </c>
-      <c r="AU48" s="14" t="n">
+      <c r="AX48" s="14" t="n">
         <v>143.548</v>
       </c>
-      <c r="AV48" s="14" t="n">
+      <c r="AY48" s="14" t="n">
         <v>108.311</v>
       </c>
-      <c r="AW48" s="14" t="n">
+      <c r="AZ48" s="14" t="n">
         <v>100.831</v>
       </c>
-      <c r="AX48" s="14" t="n">
+      <c r="BA48" s="14" t="n">
         <v>94.226</v>
       </c>
-      <c r="AY48" s="14" t="n">
+      <c r="BB48" s="14" t="n">
         <v>77.324</v>
       </c>
-      <c r="AZ48" s="14" t="n">
+      <c r="BC48" s="14" t="n">
         <v>102.396</v>
       </c>
-      <c r="BA48" s="14" t="n">
+      <c r="BD48" s="14" t="n">
         <v>108.041</v>
       </c>
-      <c r="BB48" s="14" t="n">
+      <c r="BE48" s="14" t="n">
         <v>97.292</v>
       </c>
-      <c r="BC48" s="14" t="n">
+      <c r="BF48" s="14" t="n">
         <v>97.637</v>
       </c>
-      <c r="BD48" s="14" t="n">
+      <c r="BG48" s="14" t="n">
         <v>101.904</v>
       </c>
-      <c r="BE48" s="14" t="n">
+      <c r="BH48" s="14" t="n">
         <v>90.726</v>
       </c>
-      <c r="BF48" s="14" t="n">
+      <c r="BI48" s="14" t="n">
         <v>77.764</v>
       </c>
-      <c r="BG48" s="15" t="n">
+      <c r="BJ48" s="15" t="n">
+        <v>23.6</v>
+      </c>
+      <c r="BK48" s="15" t="n">
+        <v>-1.5</v>
+      </c>
+      <c r="BL48" s="15" t="n">
+        <v>7.4</v>
+      </c>
+      <c r="BM48" s="15" t="n">
         <v>42.4</v>
       </c>
-      <c r="BH48" s="15" t="n">
-[...8 lines deleted...]
-      <c r="BK48" s="15" t="n">
+      <c r="BN48" s="15" t="n">
+        <v>-32.2</v>
+      </c>
+      <c r="BO48" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="BP48" s="15" t="n">
+        <v>8.1</v>
+      </c>
+      <c r="BQ48" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="BL48" s="15" t="n">
+      <c r="BR48" s="15" t="n">
         <v>-12.4</v>
       </c>
-      <c r="BM48" s="15" t="n">
-[...11 lines deleted...]
-      <c r="BQ48" s="15" t="n">
+      <c r="BS48" s="15" t="n">
+        <v>15.7</v>
+      </c>
+      <c r="BT48" s="15" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="BU48" s="15" t="n">
+        <v>-32.5</v>
+      </c>
+      <c r="BV48" s="15" t="n">
+        <v>22.9</v>
+      </c>
+      <c r="BW48" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="BR48" s="15" t="n">
-[...2 lines deleted...]
-      <c r="BS48" s="15" t="n">
+      <c r="BX48" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="BY48" s="15" t="n">
         <v>31.3</v>
       </c>
-      <c r="BT48" s="15" t="n">
-[...11 lines deleted...]
-      <c r="BX48" s="15" t="n">
+      <c r="BZ48" s="15" t="n">
+        <v>-22.0</v>
+      </c>
+      <c r="CA48" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="CB48" s="15" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="CC48" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="CD48" s="15" t="n">
         <v>-2.4</v>
       </c>
-      <c r="BY48" s="15" t="n">
-[...2 lines deleted...]
-      <c r="BZ48" s="15" t="n">
+      <c r="CE48" s="15" t="n">
+        <v>6.8</v>
+      </c>
+      <c r="CF48" s="15" t="n">
         <v>8.3</v>
       </c>
-      <c r="CA48" s="15" t="n">
+      <c r="CG48" s="15" t="n">
         <v>-37.4</v>
       </c>
-      <c r="CB48" s="15" t="n">
+      <c r="CH48" s="15" t="n">
         <v>24.2</v>
       </c>
-      <c r="CC48" s="15" t="n">
+      <c r="CI48" s="15" t="n">
         <v>15.4</v>
       </c>
-      <c r="CD48" s="15" t="n">
+      <c r="CJ48" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="CE48" s="15" t="n">
+      <c r="CK48" s="15" t="n">
         <v>24.7</v>
       </c>
-      <c r="CF48" s="15" t="n">
+      <c r="CL48" s="15" t="n">
         <v>-23.6</v>
       </c>
-      <c r="CG48" s="15" t="n">
+      <c r="CM48" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="CH48" s="15" t="n">
+      <c r="CN48" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="CI48" s="15" t="n">
+      <c r="CO48" s="15" t="n">
         <v>7.8</v>
       </c>
-      <c r="CJ48" s="15" t="n">
+      <c r="CP48" s="15" t="n">
         <v>-5.3</v>
       </c>
-      <c r="CK48" s="15" t="n">
+      <c r="CQ48" s="15" t="n">
         <v>17.6</v>
       </c>
-      <c r="CL48" s="15" t="n">
+      <c r="CR48" s="15" t="n">
         <v>9.1</v>
       </c>
-      <c r="CM48" s="15" t="n">
+      <c r="CS48" s="15" t="n">
         <v>-41.0</v>
       </c>
-      <c r="CN48" s="15" t="n">
+      <c r="CT48" s="15" t="n">
         <v>31.7</v>
       </c>
-      <c r="CO48" s="15" t="n">
+      <c r="CU48" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="CP48" s="15" t="n">
+      <c r="CV48" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="CQ48" s="15" t="n">
+      <c r="CW48" s="15" t="n">
         <v>24.5</v>
       </c>
-      <c r="CR48" s="15" t="n">
+      <c r="CX48" s="15" t="n">
         <v>-13.0</v>
       </c>
-      <c r="CS48" s="15" t="n">
+      <c r="CY48" s="15" t="n">
         <v>-11.2</v>
       </c>
-      <c r="CT48" s="15" t="n">
+      <c r="CZ48" s="15" t="n">
         <v>17.3</v>
       </c>
-      <c r="CU48" s="15" t="n">
+      <c r="DA48" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="CV48" s="15" t="n">
+      <c r="DB48" s="15" t="n">
         <v>-10.0</v>
       </c>
-      <c r="CW48" s="15" t="n">
+      <c r="DC48" s="15" t="n">
         <v>22.3</v>
       </c>
-      <c r="CX48" s="15" t="n">
+      <c r="DD48" s="15" t="n">
         <v>7.0</v>
       </c>
-      <c r="CY48" s="15" t="n">
+      <c r="DE48" s="15" t="n">
         <v>-44.5</v>
       </c>
-      <c r="CZ48" s="15" t="n">
+      <c r="DF48" s="15" t="n">
         <v>32.5</v>
       </c>
-      <c r="DA48" s="15" t="n">
+      <c r="DG48" s="15" t="n">
         <v>7.4</v>
       </c>
-      <c r="DB48" s="15" t="n">
+      <c r="DH48" s="15" t="n">
         <v>7.0</v>
       </c>
-      <c r="DC48" s="15" t="n">
+      <c r="DI48" s="15" t="n">
         <v>21.9</v>
       </c>
-      <c r="DD48" s="15" t="n">
+      <c r="DJ48" s="15" t="n">
         <v>-24.5</v>
       </c>
-      <c r="DE48" s="15" t="n">
+      <c r="DK48" s="15" t="n">
         <v>-5.2</v>
       </c>
-      <c r="DF48" s="15" t="n">
+      <c r="DL48" s="15" t="n">
         <v>11.0</v>
       </c>
-      <c r="DG48" s="15" t="n">
+      <c r="DM48" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="DH48" s="15" t="n">
+      <c r="DN48" s="15" t="n">
         <v>-4.2</v>
       </c>
-      <c r="DI48" s="15" t="n">
+      <c r="DO48" s="15" t="n">
         <v>12.3</v>
       </c>
-      <c r="DJ48" s="15" t="n">
+      <c r="DP48" s="15" t="n">
         <v>16.7</v>
       </c>
-      <c r="DK48" s="13" t="inlineStr">
-[...4 lines deleted...]
-      <c r="DL48" s="15" t="n">
+      <c r="DQ48" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DR48" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="DS48" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="DT48" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="DU48" s="15" t="n">
         <v>-3.1</v>
       </c>
-      <c r="DM48" s="15" t="n">
-[...25 lines deleted...]
-      </c>
       <c r="DV48" s="15" t="n">
-        <v>0.7</v>
+        <v>-10.6</v>
       </c>
       <c r="DW48" s="15" t="n">
-        <v>14.0</v>
+        <v>2.8</v>
       </c>
       <c r="DX48" s="15" t="n">
-        <v>15.0</v>
+        <v>4.2</v>
       </c>
       <c r="DY48" s="15" t="n">
-        <v>9.2</v>
+        <v>3.1</v>
       </c>
       <c r="DZ48" s="15" t="n">
-        <v>7.0</v>
+        <v>1.0</v>
       </c>
       <c r="EA48" s="15" t="n">
-        <v>2.7</v>
+        <v>12.5</v>
       </c>
       <c r="EB48" s="15" t="n">
-        <v>-2.7</v>
+        <v>3.9</v>
       </c>
       <c r="EC48" s="15" t="n">
-        <v>5.3</v>
+        <v>7.5</v>
       </c>
       <c r="ED48" s="15" t="n">
-        <v>2.1</v>
+        <v>-0.2</v>
       </c>
       <c r="EE48" s="15" t="n">
-        <v>12.4</v>
+        <v>0.8</v>
       </c>
       <c r="EF48" s="15" t="n">
-        <v>13.1</v>
+        <v>14.2</v>
       </c>
       <c r="EG48" s="15" t="n">
-        <v>6.7</v>
+        <v>15.3</v>
       </c>
       <c r="EH48" s="15" t="n">
-        <v>13.1</v>
+        <v>9.5</v>
       </c>
       <c r="EI48" s="15" t="n">
-        <v>2.9</v>
+        <v>7.3</v>
       </c>
       <c r="EJ48" s="15" t="n">
         <v>2.7</v>
       </c>
       <c r="EK48" s="15" t="n">
+        <v>-2.7</v>
+      </c>
+      <c r="EL48" s="15" t="n">
+        <v>5.3</v>
+      </c>
+      <c r="EM48" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="EN48" s="15" t="n">
+        <v>12.4</v>
+      </c>
+      <c r="EO48" s="15" t="n">
+        <v>13.1</v>
+      </c>
+      <c r="EP48" s="15" t="n">
+        <v>6.7</v>
+      </c>
+      <c r="EQ48" s="15" t="n">
+        <v>13.1</v>
+      </c>
+      <c r="ER48" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="ES48" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="ET48" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="EL48" s="15" t="n">
+      <c r="EU48" s="15" t="n">
         <v>16.7</v>
       </c>
-      <c r="EM48" s="15" t="n">
+      <c r="EV48" s="15" t="n">
         <v>5.3</v>
       </c>
-      <c r="EN48" s="15" t="n">
+      <c r="EW48" s="15" t="n">
         <v>21.8</v>
       </c>
-      <c r="EO48" s="15" t="n">
+      <c r="EX48" s="15" t="n">
         <v>18.7</v>
       </c>
-      <c r="EP48" s="15" t="n">
+      <c r="EY48" s="15" t="n">
         <v>12.8</v>
       </c>
-      <c r="EQ48" s="15" t="n">
+      <c r="EZ48" s="15" t="n">
         <v>17.3</v>
       </c>
-      <c r="ER48" s="15" t="n">
+      <c r="FA48" s="15" t="n">
         <v>15.0</v>
       </c>
-      <c r="ES48" s="15" t="n">
+      <c r="FB48" s="15" t="n">
         <v>8.1</v>
       </c>
-      <c r="ET48" s="15" t="n">
+      <c r="FC48" s="15" t="n">
         <v>8.8</v>
       </c>
-      <c r="EU48" s="15" t="n">
+      <c r="FD48" s="15" t="n">
         <v>11.4</v>
       </c>
-      <c r="EV48" s="15" t="n">
+      <c r="FE48" s="15" t="n">
         <v>17.8</v>
       </c>
-      <c r="EW48" s="15" t="n">
+      <c r="FF48" s="15" t="n">
         <v>15.3</v>
       </c>
-      <c r="EX48" s="15" t="n">
+      <c r="FG48" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="EY48" s="15" t="n">
+      <c r="FH48" s="15" t="n">
         <v>6.8</v>
       </c>
-      <c r="EZ48" s="15" t="n">
+      <c r="FI48" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="FA48" s="15" t="n">
+      <c r="FJ48" s="15" t="n">
         <v>-4.0</v>
       </c>
-      <c r="FB48" s="15" t="n">
+      <c r="FK48" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="FC48" s="15" t="n">
+      <c r="FL48" s="15" t="n">
         <v>-6.1</v>
       </c>
-      <c r="FD48" s="15" t="n">
+      <c r="FM48" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="FE48" s="13" t="inlineStr">
-[...43 lines deleted...]
-      </c>
       <c r="FN48" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FO48" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FP48" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="FQ48" s="15" t="n">
-[...11 lines deleted...]
-      <c r="FU48" s="15" t="n">
+      <c r="FQ48" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FR48" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FS48" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FT48" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FU48" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FV48" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FW48" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FX48" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FY48" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FZ48" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="GA48" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="GB48" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="GC48" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="GD48" s="15" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="GE48" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="FV48" s="15" t="n">
+      <c r="GF48" s="15" t="n">
+        <v>5.4</v>
+      </c>
+      <c r="GG48" s="15" t="n">
+        <v>5.6</v>
+      </c>
+      <c r="GH48" s="15" t="n">
+        <v>6.2</v>
+      </c>
+      <c r="GI48" s="15" t="n">
+        <v>8.1</v>
+      </c>
+      <c r="GJ48" s="15" t="n">
+        <v>5.6</v>
+      </c>
+      <c r="GK48" s="15" t="n">
+        <v>7.5</v>
+      </c>
+      <c r="GL48" s="15" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="GM48" s="15" t="n">
+        <v>6.9</v>
+      </c>
+      <c r="GN48" s="15" t="n">
+        <v>7.6</v>
+      </c>
+      <c r="GO48" s="15" t="n">
+        <v>6.9</v>
+      </c>
+      <c r="GP48" s="15" t="n">
         <v>5.7</v>
       </c>
-      <c r="FW48" s="15" t="n">
-[...23 lines deleted...]
-      <c r="GE48" s="15" t="n">
+      <c r="GQ48" s="15" t="n">
         <v>5.3</v>
       </c>
-      <c r="GF48" s="15" t="n">
+      <c r="GR48" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="GG48" s="15" t="n">
+      <c r="GS48" s="15" t="n">
         <v>5.5</v>
       </c>
-      <c r="GH48" s="15" t="n">
+      <c r="GT48" s="15" t="n">
         <v>7.8</v>
       </c>
-      <c r="GI48" s="15" t="n">
+      <c r="GU48" s="15" t="n">
         <v>8.7</v>
       </c>
-      <c r="GJ48" s="15" t="n">
+      <c r="GV48" s="15" t="n">
         <v>12.7</v>
       </c>
-      <c r="GK48" s="15" t="n">
+      <c r="GW48" s="15" t="n">
         <v>13.1</v>
       </c>
-      <c r="GL48" s="15" t="n">
+      <c r="GX48" s="15" t="n">
         <v>10.8</v>
       </c>
-      <c r="GM48" s="15" t="n">
+      <c r="GY48" s="15" t="n">
         <v>11.4</v>
       </c>
-      <c r="GN48" s="15" t="n">
+      <c r="GZ48" s="15" t="n">
         <v>11.2</v>
       </c>
-      <c r="GO48" s="15" t="n">
+      <c r="HA48" s="15" t="n">
         <v>12.2</v>
       </c>
-      <c r="GP48" s="15" t="n">
+      <c r="HB48" s="15" t="n">
         <v>13.6</v>
       </c>
-      <c r="GQ48" s="15" t="n">
+      <c r="HC48" s="15" t="n">
         <v>15.1</v>
       </c>
-      <c r="GR48" s="15" t="n">
+      <c r="HD48" s="15" t="n">
         <v>14.8</v>
       </c>
-      <c r="GS48" s="15" t="n">
+      <c r="HE48" s="15" t="n">
         <v>17.1</v>
       </c>
-      <c r="GT48" s="15" t="n">
+      <c r="HF48" s="15" t="n">
         <v>15.9</v>
       </c>
-      <c r="GU48" s="15" t="n">
+      <c r="HG48" s="15" t="n">
         <v>14.9</v>
       </c>
-      <c r="GV48" s="15" t="n">
+      <c r="HH48" s="15" t="n">
         <v>16.2</v>
       </c>
-      <c r="GW48" s="15" t="n">
+      <c r="HI48" s="15" t="n">
         <v>15.0</v>
       </c>
-      <c r="GX48" s="15" t="n">
+      <c r="HJ48" s="15" t="n">
         <v>5.4</v>
       </c>
-      <c r="GY48" s="15" t="n">
+      <c r="HK48" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="GZ48" s="15" t="n">
+      <c r="HL48" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="HA48" s="15" t="n">
+      <c r="HM48" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="HB48" s="15" t="n">
+      <c r="HN48" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="HC48" s="15" t="n">
+      <c r="HO48" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="HD48" s="15" t="n">
+      <c r="HP48" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="HE48" s="15" t="n">
+      <c r="HQ48" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="HF48" s="15" t="n">
+      <c r="HR48" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="HG48" s="15" t="n">
+      <c r="HS48" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="HH48" s="15" t="n">
+      <c r="HT48" s="15" t="n">
         <v>-2.2</v>
       </c>
-      <c r="HI48" s="15" t="n">
+      <c r="HU48" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="HJ48" s="13" t="inlineStr">
-[...54 lines deleted...]
-      <c r="HU48" s="13" t="inlineStr">
+      <c r="HV48" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HW48" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HX48" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HY48" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HZ48" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IA48" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IB48" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IC48" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID48" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE48" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF48" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG48" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    73 Advertising and market research</t>
         </is>
       </c>
       <c r="B49" s="14" t="n">
-        <v>124.539</v>
+        <v>137.11</v>
       </c>
       <c r="C49" s="14" t="n">
-        <v>84.498</v>
+        <v>120.448</v>
       </c>
       <c r="D49" s="14" t="n">
-        <v>120.942</v>
+        <v>129.804</v>
       </c>
       <c r="E49" s="14" t="n">
-        <v>113.565</v>
+        <v>128.836</v>
       </c>
       <c r="F49" s="14" t="n">
-        <v>101.832</v>
+        <v>87.656</v>
       </c>
       <c r="G49" s="14" t="n">
-        <v>95.337</v>
+        <v>124.481</v>
       </c>
       <c r="H49" s="14" t="n">
-        <v>107.198</v>
+        <v>114.856</v>
       </c>
       <c r="I49" s="14" t="n">
-        <v>100.411</v>
+        <v>102.069</v>
       </c>
       <c r="J49" s="14" t="n">
-        <v>98.32</v>
+        <v>95.22</v>
       </c>
       <c r="K49" s="14" t="n">
-        <v>137.536</v>
+        <v>107.211</v>
       </c>
       <c r="L49" s="14" t="n">
-        <v>125.998</v>
+        <v>100.504</v>
       </c>
       <c r="M49" s="14" t="n">
-        <v>127.598</v>
+        <v>98.414</v>
       </c>
       <c r="N49" s="14" t="n">
-        <v>118.412</v>
+        <v>137.565</v>
       </c>
       <c r="O49" s="14" t="n">
-        <v>96.733</v>
+        <v>125.974</v>
       </c>
       <c r="P49" s="14" t="n">
-        <v>124.254</v>
+        <v>127.559</v>
       </c>
       <c r="Q49" s="14" t="n">
-        <v>112.678</v>
+        <v>118.4</v>
       </c>
       <c r="R49" s="14" t="n">
-        <v>109.756</v>
+        <v>96.736</v>
       </c>
       <c r="S49" s="14" t="n">
-        <v>110.81</v>
+        <v>124.263</v>
       </c>
       <c r="T49" s="14" t="n">
+        <v>112.68</v>
+      </c>
+      <c r="U49" s="14" t="n">
+        <v>109.755</v>
+      </c>
+      <c r="V49" s="14" t="n">
+        <v>110.808</v>
+      </c>
+      <c r="W49" s="14" t="n">
         <v>109.312</v>
       </c>
-      <c r="U49" s="14" t="n">
+      <c r="X49" s="14" t="n">
         <v>108.788</v>
       </c>
-      <c r="V49" s="14" t="n">
+      <c r="Y49" s="14" t="n">
         <v>108.906</v>
       </c>
-      <c r="W49" s="14" t="n">
+      <c r="Z49" s="14" t="n">
         <v>144.819</v>
       </c>
-      <c r="X49" s="14" t="n">
+      <c r="AA49" s="14" t="n">
         <v>126.905</v>
       </c>
-      <c r="Y49" s="14" t="n">
+      <c r="AB49" s="14" t="n">
         <v>125.869</v>
       </c>
-      <c r="Z49" s="14" t="n">
+      <c r="AC49" s="14" t="n">
         <v>115.424</v>
       </c>
-      <c r="AA49" s="14" t="n">
+      <c r="AD49" s="14" t="n">
         <v>88.888</v>
       </c>
-      <c r="AB49" s="14" t="n">
+      <c r="AE49" s="14" t="n">
         <v>118.79</v>
       </c>
-      <c r="AC49" s="14" t="n">
+      <c r="AF49" s="14" t="n">
         <v>113.86</v>
       </c>
-      <c r="AD49" s="14" t="n">
+      <c r="AG49" s="14" t="n">
         <v>103.414</v>
       </c>
-      <c r="AE49" s="14" t="n">
+      <c r="AH49" s="14" t="n">
         <v>96.62</v>
       </c>
-      <c r="AF49" s="14" t="n">
+      <c r="AI49" s="14" t="n">
         <v>103.718</v>
       </c>
-      <c r="AG49" s="14" t="n">
+      <c r="AJ49" s="14" t="n">
         <v>92.371</v>
       </c>
-      <c r="AH49" s="14" t="n">
+      <c r="AK49" s="14" t="n">
         <v>90.709</v>
       </c>
-      <c r="AI49" s="14" t="n">
+      <c r="AL49" s="14" t="n">
         <v>145.305</v>
       </c>
-      <c r="AJ49" s="14" t="n">
+      <c r="AM49" s="14" t="n">
         <v>125.866</v>
       </c>
-      <c r="AK49" s="14" t="n">
+      <c r="AN49" s="14" t="n">
         <v>119.751</v>
       </c>
-      <c r="AL49" s="14" t="n">
+      <c r="AO49" s="14" t="n">
         <v>120.897</v>
       </c>
-      <c r="AM49" s="14" t="n">
+      <c r="AP49" s="14" t="n">
         <v>91.133</v>
       </c>
-      <c r="AN49" s="14" t="n">
+      <c r="AQ49" s="14" t="n">
         <v>117.853</v>
       </c>
-      <c r="AO49" s="14" t="n">
+      <c r="AR49" s="14" t="n">
         <v>117.4</v>
       </c>
-      <c r="AP49" s="14" t="n">
+      <c r="AS49" s="14" t="n">
         <v>105.369</v>
       </c>
-      <c r="AQ49" s="14" t="n">
+      <c r="AT49" s="14" t="n">
         <v>96.04</v>
       </c>
-      <c r="AR49" s="14" t="n">
+      <c r="AU49" s="14" t="n">
         <v>104.672</v>
       </c>
-      <c r="AS49" s="14" t="n">
+      <c r="AV49" s="14" t="n">
         <v>98.392</v>
       </c>
-      <c r="AT49" s="14" t="n">
+      <c r="AW49" s="14" t="n">
         <v>97.154</v>
       </c>
-      <c r="AU49" s="14" t="n">
+      <c r="AX49" s="14" t="n">
         <v>143.065</v>
       </c>
-      <c r="AV49" s="14" t="n">
+      <c r="AY49" s="14" t="n">
         <v>116.081</v>
       </c>
-      <c r="AW49" s="14" t="n">
+      <c r="AZ49" s="14" t="n">
         <v>116.017</v>
       </c>
-      <c r="AX49" s="14" t="n">
+      <c r="BA49" s="14" t="n">
         <v>115.786</v>
       </c>
-      <c r="AY49" s="14" t="n">
+      <c r="BB49" s="14" t="n">
         <v>78.21</v>
       </c>
-      <c r="AZ49" s="14" t="n">
+      <c r="BC49" s="14" t="n">
         <v>106.537</v>
       </c>
-      <c r="BA49" s="14" t="n">
+      <c r="BD49" s="14" t="n">
         <v>99.219</v>
       </c>
-      <c r="BB49" s="14" t="n">
+      <c r="BE49" s="14" t="n">
         <v>87.805</v>
       </c>
-      <c r="BC49" s="14" t="n">
+      <c r="BF49" s="14" t="n">
         <v>86.583</v>
       </c>
-      <c r="BD49" s="14" t="n">
+      <c r="BG49" s="14" t="n">
         <v>91.01</v>
       </c>
-      <c r="BE49" s="14" t="n">
+      <c r="BH49" s="14" t="n">
         <v>78.178</v>
       </c>
-      <c r="BF49" s="14" t="n">
+      <c r="BI49" s="14" t="n">
         <v>81.509</v>
       </c>
-      <c r="BG49" s="15" t="n">
-[...5 lines deleted...]
-      <c r="BI49" s="15" t="n">
+      <c r="BJ49" s="15" t="n">
+        <v>13.8</v>
+      </c>
+      <c r="BK49" s="15" t="n">
+        <v>-7.2</v>
+      </c>
+      <c r="BL49" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="BM49" s="15" t="n">
+        <v>47.0</v>
+      </c>
+      <c r="BN49" s="15" t="n">
+        <v>-29.6</v>
+      </c>
+      <c r="BO49" s="15" t="n">
+        <v>8.4</v>
+      </c>
+      <c r="BP49" s="15" t="n">
+        <v>12.5</v>
+      </c>
+      <c r="BQ49" s="15" t="n">
+        <v>7.2</v>
+      </c>
+      <c r="BR49" s="15" t="n">
+        <v>-11.2</v>
+      </c>
+      <c r="BS49" s="15" t="n">
+        <v>6.7</v>
+      </c>
+      <c r="BT49" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="BU49" s="15" t="n">
+        <v>-28.5</v>
+      </c>
+      <c r="BV49" s="15" t="n">
+        <v>9.2</v>
+      </c>
+      <c r="BW49" s="15" t="n">
+        <v>-1.2</v>
+      </c>
+      <c r="BX49" s="15" t="n">
+        <v>7.7</v>
+      </c>
+      <c r="BY49" s="15" t="n">
+        <v>22.4</v>
+      </c>
+      <c r="BZ49" s="15" t="n">
+        <v>-22.2</v>
+      </c>
+      <c r="CA49" s="15" t="n">
+        <v>10.3</v>
+      </c>
+      <c r="CB49" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="CC49" s="15" t="n">
+        <v>-1.0</v>
+      </c>
+      <c r="CD49" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="CE49" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="CF49" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="CG49" s="15" t="n">
+        <v>-24.8</v>
+      </c>
+      <c r="CH49" s="15" t="n">
+        <v>14.1</v>
+      </c>
+      <c r="CI49" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="CJ49" s="15" t="n">
+        <v>9.0</v>
+      </c>
+      <c r="CK49" s="15" t="n">
+        <v>29.9</v>
+      </c>
+      <c r="CL49" s="15" t="n">
+        <v>-25.2</v>
+      </c>
+      <c r="CM49" s="15" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="CN49" s="15" t="n">
+        <v>10.1</v>
+      </c>
+      <c r="CO49" s="15" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="CP49" s="15" t="n">
+        <v>-6.8</v>
+      </c>
+      <c r="CQ49" s="15" t="n">
+        <v>12.3</v>
+      </c>
+      <c r="CR49" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="CS49" s="15" t="n">
+        <v>-37.6</v>
+      </c>
+      <c r="CT49" s="15" t="n">
+        <v>15.4</v>
+      </c>
+      <c r="CU49" s="15" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="CV49" s="15" t="n">
+        <v>-0.9</v>
+      </c>
+      <c r="CW49" s="15" t="n">
+        <v>32.7</v>
+      </c>
+      <c r="CX49" s="15" t="n">
+        <v>-22.7</v>
+      </c>
+      <c r="CY49" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="CZ49" s="15" t="n">
+        <v>11.4</v>
+      </c>
+      <c r="DA49" s="15" t="n">
+        <v>9.7</v>
+      </c>
+      <c r="DB49" s="15" t="n">
+        <v>-8.2</v>
+      </c>
+      <c r="DC49" s="15" t="n">
+        <v>6.4</v>
+      </c>
+      <c r="DD49" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="DE49" s="15" t="n">
+        <v>-32.1</v>
+      </c>
+      <c r="DF49" s="15" t="n">
+        <v>23.2</v>
+      </c>
+      <c r="DG49" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="DH49" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="DI49" s="15" t="n">
+        <v>48.0</v>
+      </c>
+      <c r="DJ49" s="15" t="n">
+        <v>-26.6</v>
+      </c>
+      <c r="DK49" s="15" t="n">
+        <v>7.4</v>
+      </c>
+      <c r="DL49" s="15" t="n">
+        <v>13.0</v>
+      </c>
+      <c r="DM49" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="DN49" s="15" t="n">
+        <v>-4.9</v>
+      </c>
+      <c r="DO49" s="15" t="n">
+        <v>16.4</v>
+      </c>
+      <c r="DP49" s="15" t="n">
+        <v>-4.1</v>
+      </c>
+      <c r="DQ49" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DR49" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="DS49" s="15" t="n">
+        <v>-4.4</v>
+      </c>
+      <c r="DT49" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="DU49" s="15" t="n">
+        <v>8.8</v>
+      </c>
+      <c r="DV49" s="15" t="n">
+        <v>-9.4</v>
+      </c>
+      <c r="DW49" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="DX49" s="15" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="DY49" s="15" t="n">
+        <v>-7.0</v>
+      </c>
+      <c r="DZ49" s="15" t="n">
+        <v>-14.1</v>
+      </c>
+      <c r="EA49" s="15" t="n">
+        <v>-1.9</v>
+      </c>
+      <c r="EB49" s="15" t="n">
+        <v>-7.6</v>
+      </c>
+      <c r="EC49" s="15" t="n">
+        <v>-9.6</v>
+      </c>
+      <c r="ED49" s="15" t="n">
+        <v>-5.0</v>
+      </c>
+      <c r="EE49" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="EF49" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="EG49" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="EH49" s="15" t="n">
+        <v>8.8</v>
+      </c>
+      <c r="EI49" s="15" t="n">
+        <v>4.6</v>
+      </c>
+      <c r="EJ49" s="15" t="n">
+        <v>-1.0</v>
+      </c>
+      <c r="EK49" s="15" t="n">
+        <v>6.1</v>
+      </c>
+      <c r="EL49" s="15" t="n">
+        <v>14.7</v>
+      </c>
+      <c r="EM49" s="15" t="n">
+        <v>5.4</v>
+      </c>
+      <c r="EN49" s="15" t="n">
+        <v>17.8</v>
+      </c>
+      <c r="EO49" s="15" t="n">
+        <v>20.1</v>
+      </c>
+      <c r="EP49" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="EQ49" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="ER49" s="15" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="ES49" s="15" t="n">
+        <v>-4.5</v>
+      </c>
+      <c r="ET49" s="15" t="n">
+        <v>-2.5</v>
+      </c>
+      <c r="EU49" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="EV49" s="15" t="n">
+        <v>-3.0</v>
+      </c>
+      <c r="EW49" s="15" t="n">
+        <v>-1.9</v>
+      </c>
+      <c r="EX49" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="EY49" s="15" t="n">
+        <v>-0.9</v>
+      </c>
+      <c r="EZ49" s="15" t="n">
+        <v>-6.1</v>
+      </c>
+      <c r="FA49" s="15" t="n">
+        <v>-6.6</v>
+      </c>
+      <c r="FB49" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="FC49" s="15" t="n">
+        <v>8.4</v>
+      </c>
+      <c r="FD49" s="15" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="FE49" s="15" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="FF49" s="15" t="n">
+        <v>16.5</v>
+      </c>
+      <c r="FG49" s="15" t="n">
+        <v>10.6</v>
+      </c>
+      <c r="FH49" s="15" t="n">
+        <v>18.3</v>
+      </c>
+      <c r="FI49" s="15" t="n">
+        <v>20.0</v>
+      </c>
+      <c r="FJ49" s="15" t="n">
+        <v>10.9</v>
+      </c>
+      <c r="FK49" s="15" t="n">
+        <v>15.0</v>
+      </c>
+      <c r="FL49" s="15" t="n">
+        <v>25.9</v>
+      </c>
+      <c r="FM49" s="15" t="n">
+        <v>19.2</v>
+      </c>
+      <c r="FN49" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FO49" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FP49" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FQ49" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FR49" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FS49" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FT49" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FU49" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FV49" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FW49" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FX49" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FY49" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FZ49" s="15" t="n">
+        <v>-3.2</v>
+      </c>
+      <c r="GA49" s="15" t="n">
+        <v>-3.5</v>
+      </c>
+      <c r="GB49" s="15" t="n">
+        <v>-3.4</v>
+      </c>
+      <c r="GC49" s="15" t="n">
+        <v>-4.0</v>
+      </c>
+      <c r="GD49" s="15" t="n">
+        <v>-5.8</v>
+      </c>
+      <c r="GE49" s="15" t="n">
+        <v>-5.3</v>
+      </c>
+      <c r="GF49" s="15" t="n">
+        <v>-6.4</v>
+      </c>
+      <c r="GG49" s="15" t="n">
+        <v>-8.1</v>
+      </c>
+      <c r="GH49" s="15" t="n">
+        <v>-8.3</v>
+      </c>
+      <c r="GI49" s="15" t="n">
+        <v>-6.4</v>
+      </c>
+      <c r="GJ49" s="15" t="n">
+        <v>-8.6</v>
+      </c>
+      <c r="GK49" s="15" t="n">
+        <v>-9.6</v>
+      </c>
+      <c r="GL49" s="15" t="n">
+        <v>5.2</v>
+      </c>
+      <c r="GM49" s="15" t="n">
         <v>6.5</v>
       </c>
-      <c r="BJ49" s="15" t="n">
-[...59 lines deleted...]
-      <c r="CD49" s="15" t="n">
+      <c r="GN49" s="15" t="n">
+        <v>7.4</v>
+      </c>
+      <c r="GO49" s="15" t="n">
+        <v>8.2</v>
+      </c>
+      <c r="GP49" s="15" t="n">
         <v>9.0</v>
       </c>
-      <c r="CE49" s="15" t="n">
-[...80 lines deleted...]
-      <c r="DF49" s="15" t="n">
+      <c r="GQ49" s="15" t="n">
+        <v>9.0</v>
+      </c>
+      <c r="GR49" s="15" t="n">
+        <v>9.9</v>
+      </c>
+      <c r="GS49" s="15" t="n">
+        <v>12.5</v>
+      </c>
+      <c r="GT49" s="15" t="n">
+        <v>14.2</v>
+      </c>
+      <c r="GU49" s="15" t="n">
+        <v>14.0</v>
+      </c>
+      <c r="GV49" s="15" t="n">
+        <v>18.9</v>
+      </c>
+      <c r="GW49" s="15" t="n">
+        <v>20.1</v>
+      </c>
+      <c r="GX49" s="15" t="n">
+        <v>-1.4</v>
+      </c>
+      <c r="GY49" s="15" t="n">
+        <v>-1.5</v>
+      </c>
+      <c r="GZ49" s="15" t="n">
+        <v>-1.8</v>
+      </c>
+      <c r="HA49" s="15" t="n">
+        <v>-2.6</v>
+      </c>
+      <c r="HB49" s="15" t="n">
+        <v>-2.4</v>
+      </c>
+      <c r="HC49" s="15" t="n">
+        <v>-2.4</v>
+      </c>
+      <c r="HD49" s="15" t="n">
+        <v>-3.0</v>
+      </c>
+      <c r="HE49" s="15" t="n">
+        <v>-2.9</v>
+      </c>
+      <c r="HF49" s="15" t="n">
+        <v>-3.2</v>
+      </c>
+      <c r="HG49" s="15" t="n">
+        <v>-4.5</v>
+      </c>
+      <c r="HH49" s="15" t="n">
+        <v>-6.4</v>
+      </c>
+      <c r="HI49" s="15" t="n">
+        <v>-6.6</v>
+      </c>
+      <c r="HJ49" s="15" t="n">
+        <v>11.7</v>
+      </c>
+      <c r="HK49" s="15" t="n">
         <v>13.0</v>
       </c>
-      <c r="DG49" s="15" t="n">
-[...142 lines deleted...]
-      <c r="FB49" s="15" t="n">
+      <c r="HL49" s="15" t="n">
+        <v>13.6</v>
+      </c>
+      <c r="HM49" s="15" t="n">
         <v>15.0</v>
       </c>
-      <c r="FC49" s="15" t="n">
-[...2 lines deleted...]
-      <c r="FD49" s="15" t="n">
+      <c r="HN49" s="15" t="n">
+        <v>16.8</v>
+      </c>
+      <c r="HO49" s="15" t="n">
+        <v>16.8</v>
+      </c>
+      <c r="HP49" s="15" t="n">
+        <v>18.1</v>
+      </c>
+      <c r="HQ49" s="15" t="n">
+        <v>18.0</v>
+      </c>
+      <c r="HR49" s="15" t="n">
+        <v>17.5</v>
+      </c>
+      <c r="HS49" s="15" t="n">
+        <v>19.8</v>
+      </c>
+      <c r="HT49" s="15" t="n">
+        <v>22.5</v>
+      </c>
+      <c r="HU49" s="15" t="n">
         <v>19.2</v>
       </c>
-      <c r="FE49" s="13" t="inlineStr">
-[...249 lines deleted...]
-      <c r="HU49" s="13" t="inlineStr">
+      <c r="HV49" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HW49" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HX49" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HY49" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HZ49" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IA49" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IB49" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IC49" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID49" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE49" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF49" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG49" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    74 Other professional, scientific and technical activities</t>
         </is>
       </c>
       <c r="B50" s="14" t="n">
-        <v>149.525</v>
+        <v>161.781</v>
       </c>
       <c r="C50" s="14" t="n">
-        <v>110.655</v>
+        <v>146.768</v>
       </c>
       <c r="D50" s="14" t="n">
-        <v>152.873</v>
+        <v>158.948</v>
       </c>
       <c r="E50" s="14" t="n">
-        <v>143.214</v>
+        <v>150.311</v>
       </c>
       <c r="F50" s="14" t="n">
-        <v>140.199</v>
+        <v>111.251</v>
       </c>
       <c r="G50" s="14" t="n">
-        <v>140.792</v>
+        <v>153.917</v>
       </c>
       <c r="H50" s="14" t="n">
-        <v>137.238</v>
+        <v>143.388</v>
       </c>
       <c r="I50" s="14" t="n">
-        <v>129.754</v>
+        <v>140.154</v>
       </c>
       <c r="J50" s="14" t="n">
-        <v>124.536</v>
+        <v>140.677</v>
       </c>
       <c r="K50" s="14" t="n">
-        <v>150.458</v>
+        <v>137.203</v>
       </c>
       <c r="L50" s="14" t="n">
-        <v>130.285</v>
+        <v>129.764</v>
       </c>
       <c r="M50" s="14" t="n">
-        <v>150.171</v>
+        <v>124.559</v>
       </c>
       <c r="N50" s="14" t="n">
-        <v>141.742</v>
+        <v>150.467</v>
       </c>
       <c r="O50" s="14" t="n">
+        <v>130.283</v>
+      </c>
+      <c r="P50" s="14" t="n">
+        <v>150.165</v>
+      </c>
+      <c r="Q50" s="14" t="n">
+        <v>141.74</v>
+      </c>
+      <c r="R50" s="14" t="n">
         <v>99.862</v>
       </c>
-      <c r="P50" s="14" t="n">
-[...2 lines deleted...]
-      <c r="Q50" s="14" t="n">
+      <c r="S50" s="14" t="n">
+        <v>146.809</v>
+      </c>
+      <c r="T50" s="14" t="n">
         <v>139.022</v>
       </c>
-      <c r="R50" s="14" t="n">
+      <c r="U50" s="14" t="n">
         <v>140.554</v>
       </c>
-      <c r="S50" s="14" t="n">
+      <c r="V50" s="14" t="n">
         <v>142.226</v>
       </c>
-      <c r="T50" s="14" t="n">
+      <c r="W50" s="14" t="n">
         <v>135.13</v>
       </c>
-      <c r="U50" s="14" t="n">
+      <c r="X50" s="14" t="n">
         <v>133.773</v>
       </c>
-      <c r="V50" s="14" t="n">
+      <c r="Y50" s="14" t="n">
         <v>126.565</v>
       </c>
-      <c r="W50" s="14" t="n">
+      <c r="Z50" s="14" t="n">
         <v>142.021</v>
       </c>
-      <c r="X50" s="14" t="n">
+      <c r="AA50" s="14" t="n">
         <v>126.351</v>
       </c>
-      <c r="Y50" s="14" t="n">
+      <c r="AB50" s="14" t="n">
         <v>130.0</v>
       </c>
-      <c r="Z50" s="14" t="n">
+      <c r="AC50" s="14" t="n">
         <v>124.24</v>
       </c>
-      <c r="AA50" s="14" t="n">
+      <c r="AD50" s="14" t="n">
         <v>94.218</v>
       </c>
-      <c r="AB50" s="14" t="n">
+      <c r="AE50" s="14" t="n">
         <v>137.168</v>
       </c>
-      <c r="AC50" s="14" t="n">
+      <c r="AF50" s="14" t="n">
         <v>124.9</v>
       </c>
-      <c r="AD50" s="14" t="n">
+      <c r="AG50" s="14" t="n">
         <v>124.045</v>
       </c>
-      <c r="AE50" s="14" t="n">
+      <c r="AH50" s="14" t="n">
         <v>122.685</v>
       </c>
-      <c r="AF50" s="14" t="n">
+      <c r="AI50" s="14" t="n">
         <v>137.233</v>
       </c>
-      <c r="AG50" s="14" t="n">
+      <c r="AJ50" s="14" t="n">
         <v>120.162</v>
       </c>
-      <c r="AH50" s="14" t="n">
+      <c r="AK50" s="14" t="n">
         <v>110.253</v>
       </c>
-      <c r="AI50" s="14" t="n">
+      <c r="AL50" s="14" t="n">
         <v>141.359</v>
       </c>
-      <c r="AJ50" s="14" t="n">
+      <c r="AM50" s="14" t="n">
         <v>115.291</v>
       </c>
-      <c r="AK50" s="14" t="n">
+      <c r="AN50" s="14" t="n">
         <v>126.65</v>
       </c>
-      <c r="AL50" s="14" t="n">
+      <c r="AO50" s="14" t="n">
         <v>119.843</v>
       </c>
-      <c r="AM50" s="14" t="n">
+      <c r="AP50" s="14" t="n">
         <v>93.692</v>
       </c>
-      <c r="AN50" s="14" t="n">
+      <c r="AQ50" s="14" t="n">
         <v>115.324</v>
       </c>
-      <c r="AO50" s="14" t="n">
+      <c r="AR50" s="14" t="n">
         <v>119.542</v>
       </c>
-      <c r="AP50" s="14" t="n">
+      <c r="AS50" s="14" t="n">
         <v>114.146</v>
       </c>
-      <c r="AQ50" s="14" t="n">
+      <c r="AT50" s="14" t="n">
         <v>112.844</v>
       </c>
-      <c r="AR50" s="14" t="n">
+      <c r="AU50" s="14" t="n">
         <v>131.295</v>
       </c>
-      <c r="AS50" s="14" t="n">
+      <c r="AV50" s="14" t="n">
         <v>105.302</v>
       </c>
-      <c r="AT50" s="14" t="n">
+      <c r="AW50" s="14" t="n">
         <v>88.576</v>
       </c>
-      <c r="AU50" s="14" t="n">
+      <c r="AX50" s="14" t="n">
         <v>120.121</v>
       </c>
-      <c r="AV50" s="14" t="n">
+      <c r="AY50" s="14" t="n">
         <v>95.827</v>
       </c>
-      <c r="AW50" s="14" t="n">
+      <c r="AZ50" s="14" t="n">
         <v>116.169</v>
       </c>
-      <c r="AX50" s="14" t="n">
+      <c r="BA50" s="14" t="n">
         <v>101.769</v>
       </c>
-      <c r="AY50" s="14" t="n">
+      <c r="BB50" s="14" t="n">
         <v>75.757</v>
       </c>
-      <c r="AZ50" s="14" t="n">
+      <c r="BC50" s="14" t="n">
         <v>120.366</v>
       </c>
-      <c r="BA50" s="14" t="n">
+      <c r="BD50" s="14" t="n">
         <v>100.894</v>
       </c>
-      <c r="BB50" s="14" t="n">
+      <c r="BE50" s="14" t="n">
         <v>92.606</v>
       </c>
-      <c r="BC50" s="14" t="n">
+      <c r="BF50" s="14" t="n">
         <v>106.159</v>
       </c>
-      <c r="BD50" s="14" t="n">
+      <c r="BG50" s="14" t="n">
         <v>95.199</v>
       </c>
-      <c r="BE50" s="14" t="n">
+      <c r="BH50" s="14" t="n">
         <v>89.461</v>
       </c>
-      <c r="BF50" s="14" t="n">
+      <c r="BI50" s="14" t="n">
         <v>85.673</v>
       </c>
-      <c r="BG50" s="15" t="n">
+      <c r="BJ50" s="15" t="n">
+        <v>10.2</v>
+      </c>
+      <c r="BK50" s="15" t="n">
+        <v>-7.7</v>
+      </c>
+      <c r="BL50" s="15" t="n">
+        <v>5.7</v>
+      </c>
+      <c r="BM50" s="15" t="n">
         <v>35.1</v>
       </c>
-      <c r="BH50" s="15" t="n">
-[...8 lines deleted...]
-      <c r="BK50" s="15" t="n">
+      <c r="BN50" s="15" t="n">
+        <v>-27.7</v>
+      </c>
+      <c r="BO50" s="15" t="n">
+        <v>7.3</v>
+      </c>
+      <c r="BP50" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="BQ50" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="BL50" s="15" t="n">
+      <c r="BR50" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="BS50" s="15" t="n">
+        <v>5.7</v>
+      </c>
+      <c r="BT50" s="15" t="n">
+        <v>4.2</v>
+      </c>
+      <c r="BU50" s="15" t="n">
+        <v>-17.2</v>
+      </c>
+      <c r="BV50" s="15" t="n">
+        <v>15.5</v>
+      </c>
+      <c r="BW50" s="15" t="n">
+        <v>-13.2</v>
+      </c>
+      <c r="BX50" s="15" t="n">
+        <v>5.9</v>
+      </c>
+      <c r="BY50" s="15" t="n">
+        <v>41.9</v>
+      </c>
+      <c r="BZ50" s="15" t="n">
+        <v>-32.0</v>
+      </c>
+      <c r="CA50" s="15" t="n">
+        <v>5.6</v>
+      </c>
+      <c r="CB50" s="15" t="n">
+        <v>-1.1</v>
+      </c>
+      <c r="CC50" s="15" t="n">
+        <v>-1.2</v>
+      </c>
+      <c r="CD50" s="15" t="n">
+        <v>5.3</v>
+      </c>
+      <c r="CE50" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="CF50" s="15" t="n">
+        <v>5.7</v>
+      </c>
+      <c r="CG50" s="15" t="n">
+        <v>-10.9</v>
+      </c>
+      <c r="CH50" s="15" t="n">
+        <v>12.4</v>
+      </c>
+      <c r="CI50" s="15" t="n">
+        <v>-2.8</v>
+      </c>
+      <c r="CJ50" s="15" t="n">
+        <v>4.6</v>
+      </c>
+      <c r="CK50" s="15" t="n">
+        <v>31.9</v>
+      </c>
+      <c r="CL50" s="15" t="n">
+        <v>-31.3</v>
+      </c>
+      <c r="CM50" s="15" t="n">
+        <v>9.8</v>
+      </c>
+      <c r="CN50" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="CO50" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="CP50" s="15" t="n">
+        <v>-10.6</v>
+      </c>
+      <c r="CQ50" s="15" t="n">
+        <v>14.2</v>
+      </c>
+      <c r="CR50" s="15" t="n">
+        <v>9.0</v>
+      </c>
+      <c r="CS50" s="15" t="n">
+        <v>-22.0</v>
+      </c>
+      <c r="CT50" s="15" t="n">
+        <v>22.6</v>
+      </c>
+      <c r="CU50" s="15" t="n">
+        <v>-9.0</v>
+      </c>
+      <c r="CV50" s="15" t="n">
+        <v>5.7</v>
+      </c>
+      <c r="CW50" s="15" t="n">
+        <v>27.9</v>
+      </c>
+      <c r="CX50" s="15" t="n">
+        <v>-18.8</v>
+      </c>
+      <c r="CY50" s="15" t="n">
+        <v>-3.5</v>
+      </c>
+      <c r="CZ50" s="15" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="DA50" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="DB50" s="15" t="n">
+        <v>-14.1</v>
+      </c>
+      <c r="DC50" s="15" t="n">
+        <v>24.7</v>
+      </c>
+      <c r="DD50" s="15" t="n">
+        <v>18.9</v>
+      </c>
+      <c r="DE50" s="15" t="n">
+        <v>-26.3</v>
+      </c>
+      <c r="DF50" s="15" t="n">
+        <v>25.4</v>
+      </c>
+      <c r="DG50" s="15" t="n">
+        <v>-17.5</v>
+      </c>
+      <c r="DH50" s="15" t="n">
+        <v>14.1</v>
+      </c>
+      <c r="DI50" s="15" t="n">
+        <v>34.3</v>
+      </c>
+      <c r="DJ50" s="15" t="n">
+        <v>-37.1</v>
+      </c>
+      <c r="DK50" s="15" t="n">
+        <v>19.3</v>
+      </c>
+      <c r="DL50" s="15" t="n">
+        <v>8.9</v>
+      </c>
+      <c r="DM50" s="15" t="n">
+        <v>-12.8</v>
+      </c>
+      <c r="DN50" s="15" t="n">
+        <v>11.5</v>
+      </c>
+      <c r="DO50" s="15" t="n">
+        <v>6.4</v>
+      </c>
+      <c r="DP50" s="15" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="DQ50" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DR50" s="15" t="n">
+        <v>7.5</v>
+      </c>
+      <c r="DS50" s="15" t="n">
+        <v>12.7</v>
+      </c>
+      <c r="DT50" s="15" t="n">
+        <v>5.8</v>
+      </c>
+      <c r="DU50" s="15" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="DV50" s="15" t="n">
+        <v>11.4</v>
+      </c>
+      <c r="DW50" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="DX50" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="DY50" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="DZ50" s="15" t="n">
+        <v>-1.1</v>
+      </c>
+      <c r="EA50" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="EB50" s="15" t="n">
+        <v>-3.0</v>
+      </c>
+      <c r="EC50" s="15" t="n">
+        <v>-1.6</v>
+      </c>
+      <c r="ED50" s="15" t="n">
+        <v>5.9</v>
+      </c>
+      <c r="EE50" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="EF50" s="15" t="n">
+        <v>15.5</v>
+      </c>
+      <c r="EG50" s="15" t="n">
+        <v>14.1</v>
+      </c>
+      <c r="EH50" s="15" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="EI50" s="15" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="EJ50" s="15" t="n">
+        <v>11.3</v>
+      </c>
+      <c r="EK50" s="15" t="n">
+        <v>13.3</v>
+      </c>
+      <c r="EL50" s="15" t="n">
+        <v>15.9</v>
+      </c>
+      <c r="EM50" s="15" t="n">
+        <v>-1.5</v>
+      </c>
+      <c r="EN50" s="15" t="n">
+        <v>11.3</v>
+      </c>
+      <c r="EO50" s="15" t="n">
+        <v>14.8</v>
+      </c>
+      <c r="EP50" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="EQ50" s="15" t="n">
+        <v>9.6</v>
+      </c>
+      <c r="ER50" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="BM50" s="15" t="n">
-[...74 lines deleted...]
-      <c r="CL50" s="15" t="n">
+      <c r="ES50" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="ET50" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="EU50" s="15" t="n">
+        <v>18.9</v>
+      </c>
+      <c r="EV50" s="15" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="EW50" s="15" t="n">
+        <v>8.7</v>
+      </c>
+      <c r="EX50" s="15" t="n">
+        <v>8.7</v>
+      </c>
+      <c r="EY50" s="15" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="EZ50" s="15" t="n">
+        <v>14.1</v>
+      </c>
+      <c r="FA50" s="15" t="n">
+        <v>24.5</v>
+      </c>
+      <c r="FB50" s="15" t="n">
+        <v>17.7</v>
+      </c>
+      <c r="FC50" s="15" t="n">
+        <v>20.3</v>
+      </c>
+      <c r="FD50" s="15" t="n">
         <v>9.0</v>
       </c>
-      <c r="CM50" s="15" t="n">
-[...91 lines deleted...]
-      <c r="DQ50" s="15" t="n">
+      <c r="FE50" s="15" t="n">
+        <v>17.8</v>
+      </c>
+      <c r="FF50" s="15" t="n">
+        <v>23.7</v>
+      </c>
+      <c r="FG50" s="15" t="n">
+        <v>-4.2</v>
+      </c>
+      <c r="FH50" s="15" t="n">
+        <v>18.5</v>
+      </c>
+      <c r="FI50" s="15" t="n">
+        <v>23.3</v>
+      </c>
+      <c r="FJ50" s="15" t="n">
+        <v>6.3</v>
+      </c>
+      <c r="FK50" s="15" t="n">
+        <v>37.9</v>
+      </c>
+      <c r="FL50" s="15" t="n">
+        <v>17.7</v>
+      </c>
+      <c r="FM50" s="15" t="n">
+        <v>3.4</v>
+      </c>
+      <c r="FN50" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FO50" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FP50" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FQ50" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FR50" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FS50" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FT50" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FU50" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FV50" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FW50" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FX50" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FY50" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FZ50" s="15" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="GA50" s="15" t="n">
+        <v>3.4</v>
+      </c>
+      <c r="GB50" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="GC50" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="GD50" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="GE50" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="GF50" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="GG50" s="15" t="n">
+        <v>-0.9</v>
+      </c>
+      <c r="GH50" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="DR50" s="15" t="n">
-[...5 lines deleted...]
-      <c r="DT50" s="15" t="n">
+      <c r="GI50" s="15" t="n">
+        <v>-1.0</v>
+      </c>
+      <c r="GJ50" s="15" t="n">
+        <v>-2.3</v>
+      </c>
+      <c r="GK50" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="DU50" s="15" t="n">
-[...17 lines deleted...]
-      <c r="EA50" s="15" t="n">
+      <c r="GL50" s="15" t="n">
+        <v>9.6</v>
+      </c>
+      <c r="GM50" s="15" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="GN50" s="15" t="n">
+        <v>10.7</v>
+      </c>
+      <c r="GO50" s="15" t="n">
+        <v>10.1</v>
+      </c>
+      <c r="GP50" s="15" t="n">
+        <v>9.6</v>
+      </c>
+      <c r="GQ50" s="15" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="GR50" s="15" t="n">
+        <v>10.5</v>
+      </c>
+      <c r="GS50" s="15" t="n">
+        <v>10.4</v>
+      </c>
+      <c r="GT50" s="15" t="n">
+        <v>9.7</v>
+      </c>
+      <c r="GU50" s="15" t="n">
+        <v>7.6</v>
+      </c>
+      <c r="GV50" s="15" t="n">
+        <v>13.0</v>
+      </c>
+      <c r="GW50" s="15" t="n">
+        <v>14.8</v>
+      </c>
+      <c r="GX50" s="15" t="n">
+        <v>7.9</v>
+      </c>
+      <c r="GY50" s="15" t="n">
+        <v>8.8</v>
+      </c>
+      <c r="GZ50" s="15" t="n">
+        <v>8.7</v>
+      </c>
+      <c r="HA50" s="15" t="n">
+        <v>9.4</v>
+      </c>
+      <c r="HB50" s="15" t="n">
+        <v>10.2</v>
+      </c>
+      <c r="HC50" s="15" t="n">
+        <v>11.4</v>
+      </c>
+      <c r="HD50" s="15" t="n">
+        <v>10.1</v>
+      </c>
+      <c r="HE50" s="15" t="n">
         <v>11.3</v>
       </c>
-      <c r="EB50" s="15" t="n">
-[...47 lines deleted...]
-      <c r="ER50" s="15" t="n">
+      <c r="HF50" s="15" t="n">
+        <v>11.9</v>
+      </c>
+      <c r="HG50" s="15" t="n">
+        <v>13.1</v>
+      </c>
+      <c r="HH50" s="15" t="n">
+        <v>18.8</v>
+      </c>
+      <c r="HI50" s="15" t="n">
         <v>24.5</v>
       </c>
-      <c r="ES50" s="15" t="n">
+      <c r="HJ50" s="15" t="n">
+        <v>15.3</v>
+      </c>
+      <c r="HK50" s="15" t="n">
+        <v>15.1</v>
+      </c>
+      <c r="HL50" s="15" t="n">
+        <v>14.5</v>
+      </c>
+      <c r="HM50" s="15" t="n">
+        <v>15.3</v>
+      </c>
+      <c r="HN50" s="15" t="n">
+        <v>15.0</v>
+      </c>
+      <c r="HO50" s="15" t="n">
+        <v>14.0</v>
+      </c>
+      <c r="HP50" s="15" t="n">
+        <v>17.8</v>
+      </c>
+      <c r="HQ50" s="15" t="n">
         <v>17.7</v>
       </c>
-      <c r="ET50" s="15" t="n">
+      <c r="HR50" s="15" t="n">
+        <v>16.3</v>
+      </c>
+      <c r="HS50" s="15" t="n">
         <v>20.3</v>
       </c>
-      <c r="EU50" s="15" t="n">
-[...26 lines deleted...]
-      <c r="FD50" s="15" t="n">
+      <c r="HT50" s="15" t="n">
+        <v>10.7</v>
+      </c>
+      <c r="HU50" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="FE50" s="13" t="inlineStr">
-[...249 lines deleted...]
-      <c r="HU50" s="13" t="inlineStr">
+      <c r="HV50" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HW50" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HX50" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HY50" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HZ50" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IA50" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IB50" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IC50" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID50" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE50" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF50" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG50" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    2.6 Administrative and support services activities</t>
         </is>
       </c>
       <c r="B51" s="14" t="n">
-        <v>129.378</v>
+        <v>135.92</v>
       </c>
       <c r="C51" s="14" t="n">
-        <v>115.005</v>
+        <v>129.592</v>
       </c>
       <c r="D51" s="14" t="n">
-        <v>134.937</v>
+        <v>135.555</v>
       </c>
       <c r="E51" s="14" t="n">
-        <v>129.393</v>
+        <v>129.187</v>
       </c>
       <c r="F51" s="14" t="n">
-        <v>123.664</v>
+        <v>114.718</v>
       </c>
       <c r="G51" s="14" t="n">
-        <v>121.681</v>
+        <v>134.665</v>
       </c>
       <c r="H51" s="14" t="n">
-        <v>121.311</v>
+        <v>129.255</v>
       </c>
       <c r="I51" s="14" t="n">
-        <v>112.522</v>
+        <v>123.625</v>
       </c>
       <c r="J51" s="14" t="n">
-        <v>119.641</v>
+        <v>121.725</v>
       </c>
       <c r="K51" s="14" t="n">
-        <v>125.188</v>
+        <v>121.429</v>
       </c>
       <c r="L51" s="14" t="n">
-        <v>123.143</v>
+        <v>112.652</v>
       </c>
       <c r="M51" s="14" t="n">
-        <v>129.254</v>
+        <v>119.758</v>
       </c>
       <c r="N51" s="14" t="n">
-        <v>119.736</v>
+        <v>125.243</v>
       </c>
       <c r="O51" s="14" t="n">
-        <v>110.855</v>
+        <v>123.149</v>
       </c>
       <c r="P51" s="14" t="n">
-        <v>128.221</v>
+        <v>129.239</v>
       </c>
       <c r="Q51" s="14" t="n">
-        <v>123.108</v>
+        <v>119.725</v>
       </c>
       <c r="R51" s="14" t="n">
-        <v>122.12</v>
+        <v>110.849</v>
       </c>
       <c r="S51" s="14" t="n">
-        <v>119.377</v>
+        <v>128.217</v>
       </c>
       <c r="T51" s="14" t="n">
+        <v>123.107</v>
+      </c>
+      <c r="U51" s="14" t="n">
+        <v>122.121</v>
+      </c>
+      <c r="V51" s="14" t="n">
+        <v>119.378</v>
+      </c>
+      <c r="W51" s="14" t="n">
         <v>114.952</v>
       </c>
-      <c r="U51" s="14" t="n">
+      <c r="X51" s="14" t="n">
         <v>109.549</v>
       </c>
-      <c r="V51" s="14" t="n">
+      <c r="Y51" s="14" t="n">
         <v>115.395</v>
       </c>
-      <c r="W51" s="14" t="n">
+      <c r="Z51" s="14" t="n">
         <v>119.364</v>
       </c>
-      <c r="X51" s="14" t="n">
+      <c r="AA51" s="14" t="n">
         <v>120.305</v>
       </c>
-      <c r="Y51" s="14" t="n">
+      <c r="AB51" s="14" t="n">
         <v>120.289</v>
       </c>
-      <c r="Z51" s="14" t="n">
+      <c r="AC51" s="14" t="n">
         <v>114.422</v>
       </c>
-      <c r="AA51" s="14" t="n">
+      <c r="AD51" s="14" t="n">
         <v>108.974</v>
       </c>
-      <c r="AB51" s="14" t="n">
+      <c r="AE51" s="14" t="n">
         <v>120.716</v>
       </c>
-      <c r="AC51" s="14" t="n">
+      <c r="AF51" s="14" t="n">
         <v>121.683</v>
       </c>
-      <c r="AD51" s="14" t="n">
+      <c r="AG51" s="14" t="n">
         <v>116.534</v>
       </c>
-      <c r="AE51" s="14" t="n">
+      <c r="AH51" s="14" t="n">
         <v>108.0</v>
       </c>
-      <c r="AF51" s="14" t="n">
+      <c r="AI51" s="14" t="n">
         <v>114.596</v>
       </c>
-      <c r="AG51" s="14" t="n">
+      <c r="AJ51" s="14" t="n">
         <v>102.402</v>
       </c>
-      <c r="AH51" s="14" t="n">
+      <c r="AK51" s="14" t="n">
         <v>107.298</v>
       </c>
-      <c r="AI51" s="14" t="n">
+      <c r="AL51" s="14" t="n">
         <v>118.889</v>
       </c>
-      <c r="AJ51" s="14" t="n">
+      <c r="AM51" s="14" t="n">
         <v>114.391</v>
       </c>
-      <c r="AK51" s="14" t="n">
+      <c r="AN51" s="14" t="n">
         <v>114.894</v>
       </c>
-      <c r="AL51" s="14" t="n">
+      <c r="AO51" s="14" t="n">
         <v>113.993</v>
       </c>
-      <c r="AM51" s="14" t="n">
+      <c r="AP51" s="14" t="n">
         <v>105.983</v>
       </c>
-      <c r="AN51" s="14" t="n">
+      <c r="AQ51" s="14" t="n">
         <v>115.357</v>
       </c>
-      <c r="AO51" s="14" t="n">
+      <c r="AR51" s="14" t="n">
         <v>114.506</v>
       </c>
-      <c r="AP51" s="14" t="n">
+      <c r="AS51" s="14" t="n">
         <v>111.467</v>
       </c>
-      <c r="AQ51" s="14" t="n">
+      <c r="AT51" s="14" t="n">
         <v>105.529</v>
       </c>
-      <c r="AR51" s="14" t="n">
+      <c r="AU51" s="14" t="n">
         <v>112.32</v>
       </c>
-      <c r="AS51" s="14" t="n">
+      <c r="AV51" s="14" t="n">
         <v>101.236</v>
       </c>
-      <c r="AT51" s="14" t="n">
+      <c r="AW51" s="14" t="n">
         <v>100.253</v>
       </c>
-      <c r="AU51" s="14" t="n">
+      <c r="AX51" s="14" t="n">
         <v>115.936</v>
       </c>
-      <c r="AV51" s="14" t="n">
+      <c r="AY51" s="14" t="n">
         <v>110.792</v>
       </c>
-      <c r="AW51" s="14" t="n">
+      <c r="AZ51" s="14" t="n">
         <v>111.435</v>
       </c>
-      <c r="AX51" s="14" t="n">
+      <c r="BA51" s="14" t="n">
         <v>107.537</v>
       </c>
-      <c r="AY51" s="14" t="n">
+      <c r="BB51" s="14" t="n">
         <v>102.376</v>
       </c>
-      <c r="AZ51" s="14" t="n">
+      <c r="BC51" s="14" t="n">
         <v>109.304</v>
       </c>
-      <c r="BA51" s="14" t="n">
+      <c r="BD51" s="14" t="n">
         <v>102.735</v>
       </c>
-      <c r="BB51" s="14" t="n">
+      <c r="BE51" s="14" t="n">
         <v>92.515</v>
       </c>
-      <c r="BC51" s="14" t="n">
+      <c r="BF51" s="14" t="n">
         <v>89.364</v>
       </c>
-      <c r="BD51" s="14" t="n">
+      <c r="BG51" s="14" t="n">
         <v>92.107</v>
       </c>
-      <c r="BE51" s="14" t="n">
+      <c r="BH51" s="14" t="n">
         <v>83.229</v>
       </c>
-      <c r="BF51" s="14" t="n">
+      <c r="BI51" s="14" t="n">
         <v>82.669</v>
       </c>
-      <c r="BG51" s="15" t="n">
-[...2 lines deleted...]
-      <c r="BH51" s="15" t="n">
+      <c r="BJ51" s="15" t="n">
+        <v>4.9</v>
+      </c>
+      <c r="BK51" s="15" t="n">
+        <v>-4.4</v>
+      </c>
+      <c r="BL51" s="15" t="n">
+        <v>4.9</v>
+      </c>
+      <c r="BM51" s="15" t="n">
+        <v>12.6</v>
+      </c>
+      <c r="BN51" s="15" t="n">
         <v>-14.8</v>
       </c>
-      <c r="BI51" s="15" t="n">
+      <c r="BO51" s="15" t="n">
+        <v>4.2</v>
+      </c>
+      <c r="BP51" s="15" t="n">
+        <v>4.6</v>
+      </c>
+      <c r="BQ51" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="BR51" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="BS51" s="15" t="n">
+        <v>7.8</v>
+      </c>
+      <c r="BT51" s="15" t="n">
+        <v>-5.9</v>
+      </c>
+      <c r="BU51" s="15" t="n">
+        <v>-4.4</v>
+      </c>
+      <c r="BV51" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="BW51" s="15" t="n">
+        <v>-4.7</v>
+      </c>
+      <c r="BX51" s="15" t="n">
+        <v>7.9</v>
+      </c>
+      <c r="BY51" s="15" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="BZ51" s="15" t="n">
+        <v>-13.5</v>
+      </c>
+      <c r="CA51" s="15" t="n">
+        <v>4.2</v>
+      </c>
+      <c r="CB51" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="CC51" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="CD51" s="15" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="CE51" s="15" t="n">
+        <v>4.9</v>
+      </c>
+      <c r="CF51" s="15" t="n">
+        <v>-5.1</v>
+      </c>
+      <c r="CG51" s="15" t="n">
+        <v>-3.3</v>
+      </c>
+      <c r="CH51" s="15" t="n">
+        <v>-0.8</v>
+      </c>
+      <c r="CI51" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CJ51" s="15" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="CK51" s="15" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="CL51" s="15" t="n">
+        <v>-9.7</v>
+      </c>
+      <c r="CM51" s="15" t="n">
+        <v>-0.8</v>
+      </c>
+      <c r="CN51" s="15" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="CO51" s="15" t="n">
+        <v>7.9</v>
+      </c>
+      <c r="CP51" s="15" t="n">
+        <v>-5.8</v>
+      </c>
+      <c r="CQ51" s="15" t="n">
+        <v>11.9</v>
+      </c>
+      <c r="CR51" s="15" t="n">
+        <v>-4.6</v>
+      </c>
+      <c r="CS51" s="15" t="n">
+        <v>-9.7</v>
+      </c>
+      <c r="CT51" s="15" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="CU51" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="CV51" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="CW51" s="15" t="n">
+        <v>7.6</v>
+      </c>
+      <c r="CX51" s="15" t="n">
+        <v>-8.1</v>
+      </c>
+      <c r="CY51" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="CZ51" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="DA51" s="15" t="n">
+        <v>5.6</v>
+      </c>
+      <c r="DB51" s="15" t="n">
+        <v>-6.0</v>
+      </c>
+      <c r="DC51" s="15" t="n">
+        <v>10.9</v>
+      </c>
+      <c r="DD51" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="DE51" s="15" t="n">
+        <v>-13.5</v>
+      </c>
+      <c r="DF51" s="15" t="n">
+        <v>4.6</v>
+      </c>
+      <c r="DG51" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="DH51" s="15" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="DI51" s="15" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="DJ51" s="15" t="n">
+        <v>-6.3</v>
+      </c>
+      <c r="DK51" s="15" t="n">
+        <v>6.4</v>
+      </c>
+      <c r="DL51" s="15" t="n">
+        <v>11.0</v>
+      </c>
+      <c r="DM51" s="15" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="DN51" s="15" t="n">
+        <v>-3.0</v>
+      </c>
+      <c r="DO51" s="15" t="n">
+        <v>10.7</v>
+      </c>
+      <c r="DP51" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="DQ51" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DR51" s="15" t="n">
+        <v>8.5</v>
+      </c>
+      <c r="DS51" s="15" t="n">
+        <v>5.2</v>
+      </c>
+      <c r="DT51" s="15" t="n">
+        <v>4.9</v>
+      </c>
+      <c r="DU51" s="15" t="n">
+        <v>7.9</v>
+      </c>
+      <c r="DV51" s="15" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="DW51" s="15" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="DX51" s="15" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="DY51" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="DZ51" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="EA51" s="15" t="n">
+        <v>5.6</v>
+      </c>
+      <c r="EB51" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="EC51" s="15" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="ED51" s="15" t="n">
+        <v>4.9</v>
+      </c>
+      <c r="EE51" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="EF51" s="15" t="n">
+        <v>7.4</v>
+      </c>
+      <c r="EG51" s="15" t="n">
+        <v>4.6</v>
+      </c>
+      <c r="EH51" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="EI51" s="15" t="n">
+        <v>6.2</v>
+      </c>
+      <c r="EJ51" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="EK51" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="EL51" s="15" t="n">
+        <v>10.5</v>
+      </c>
+      <c r="EM51" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="EN51" s="15" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="EO51" s="15" t="n">
+        <v>7.5</v>
+      </c>
+      <c r="EP51" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="EQ51" s="15" t="n">
+        <v>5.2</v>
+      </c>
+      <c r="ER51" s="15" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="ES51" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="ET51" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="EU51" s="15" t="n">
+        <v>4.6</v>
+      </c>
+      <c r="EV51" s="15" t="n">
+        <v>6.3</v>
+      </c>
+      <c r="EW51" s="15" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="EX51" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="EY51" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="EZ51" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="FA51" s="15" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="FB51" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="FC51" s="15" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="FD51" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="FE51" s="15" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="FF51" s="15" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="FG51" s="15" t="n">
+        <v>5.5</v>
+      </c>
+      <c r="FH51" s="15" t="n">
+        <v>11.5</v>
+      </c>
+      <c r="FI51" s="15" t="n">
+        <v>20.5</v>
+      </c>
+      <c r="FJ51" s="15" t="n">
+        <v>18.1</v>
+      </c>
+      <c r="FK51" s="15" t="n">
+        <v>21.9</v>
+      </c>
+      <c r="FL51" s="15" t="n">
+        <v>21.6</v>
+      </c>
+      <c r="FM51" s="15" t="n">
+        <v>21.3</v>
+      </c>
+      <c r="FN51" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FO51" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FP51" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FQ51" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FR51" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FS51" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FT51" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FU51" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FV51" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FW51" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FX51" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FY51" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FZ51" s="15" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="GA51" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="BJ51" s="15" t="n">
-[...32 lines deleted...]
-      <c r="BU51" s="15" t="n">
+      <c r="GB51" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="BV51" s="15" t="n">
-[...5 lines deleted...]
-      <c r="BX51" s="15" t="n">
+      <c r="GC51" s="15" t="n">
+        <v>4.1</v>
+      </c>
+      <c r="GD51" s="15" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="GE51" s="15" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="GF51" s="15" t="n">
+        <v>3.4</v>
+      </c>
+      <c r="GG51" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="GH51" s="15" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="GI51" s="15" t="n">
+        <v>4.1</v>
+      </c>
+      <c r="GJ51" s="15" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="GK51" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="BY51" s="15" t="n">
-[...14 lines deleted...]
-      <c r="CD51" s="15" t="n">
+      <c r="GL51" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="GM51" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="GN51" s="15" t="n">
         <v>5.1</v>
       </c>
-      <c r="CE51" s="15" t="n">
-[...26 lines deleted...]
-      <c r="CN51" s="15" t="n">
+      <c r="GO51" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="GP51" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="GQ51" s="15" t="n">
+        <v>5.2</v>
+      </c>
+      <c r="GR51" s="15" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="GS51" s="15" t="n">
+        <v>5.9</v>
+      </c>
+      <c r="GT51" s="15" t="n">
+        <v>6.2</v>
+      </c>
+      <c r="GU51" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="GV51" s="15" t="n">
+        <v>7.3</v>
+      </c>
+      <c r="GW51" s="15" t="n">
+        <v>7.5</v>
+      </c>
+      <c r="GX51" s="15" t="n">
+        <v>3.4</v>
+      </c>
+      <c r="GY51" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="GZ51" s="15" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="HA51" s="15" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="HB51" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="CO51" s="15" t="n">
-[...59 lines deleted...]
-      <c r="DI51" s="15" t="n">
+      <c r="HC51" s="15" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="HD51" s="15" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="HE51" s="15" t="n">
+        <v>3.4</v>
+      </c>
+      <c r="HF51" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="HG51" s="15" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="HH51" s="15" t="n">
+        <v>4.1</v>
+      </c>
+      <c r="HI51" s="15" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="HJ51" s="15" t="n">
         <v>10.7</v>
       </c>
-      <c r="DJ51" s="15" t="n">
-[...136 lines deleted...]
-      <c r="FC51" s="15" t="n">
+      <c r="HK51" s="15" t="n">
+        <v>11.6</v>
+      </c>
+      <c r="HL51" s="15" t="n">
+        <v>12.6</v>
+      </c>
+      <c r="HM51" s="15" t="n">
+        <v>13.8</v>
+      </c>
+      <c r="HN51" s="15" t="n">
+        <v>14.9</v>
+      </c>
+      <c r="HO51" s="15" t="n">
+        <v>16.7</v>
+      </c>
+      <c r="HP51" s="15" t="n">
+        <v>18.9</v>
+      </c>
+      <c r="HQ51" s="15" t="n">
+        <v>20.7</v>
+      </c>
+      <c r="HR51" s="15" t="n">
+        <v>20.7</v>
+      </c>
+      <c r="HS51" s="15" t="n">
         <v>21.6</v>
       </c>
-      <c r="FD51" s="15" t="n">
+      <c r="HT51" s="15" t="n">
+        <v>21.5</v>
+      </c>
+      <c r="HU51" s="15" t="n">
         <v>21.3</v>
       </c>
-      <c r="FE51" s="13" t="inlineStr">
-[...249 lines deleted...]
-      <c r="HU51" s="13" t="inlineStr">
+      <c r="HV51" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HW51" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HX51" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HY51" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HZ51" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IA51" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IB51" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IC51" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID51" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE51" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF51" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG51" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    77 Rental and leasing activities</t>
         </is>
       </c>
       <c r="B52" s="14" t="n">
-        <v>164.865</v>
+        <v>157.75</v>
       </c>
       <c r="C52" s="14" t="n">
-        <v>142.965</v>
+        <v>166.415</v>
       </c>
       <c r="D52" s="14" t="n">
-        <v>156.697</v>
+        <v>173.729</v>
       </c>
       <c r="E52" s="14" t="n">
-        <v>150.977</v>
+        <v>161.495</v>
       </c>
       <c r="F52" s="14" t="n">
-        <v>139.467</v>
+        <v>139.551</v>
       </c>
       <c r="G52" s="14" t="n">
-        <v>137.551</v>
+        <v>153.383</v>
       </c>
       <c r="H52" s="14" t="n">
-        <v>144.904</v>
+        <v>149.347</v>
       </c>
       <c r="I52" s="14" t="n">
-        <v>136.277</v>
+        <v>138.841</v>
       </c>
       <c r="J52" s="14" t="n">
-        <v>140.203</v>
+        <v>137.435</v>
       </c>
       <c r="K52" s="14" t="n">
-        <v>138.448</v>
+        <v>144.865</v>
       </c>
       <c r="L52" s="14" t="n">
+        <v>136.287</v>
+      </c>
+      <c r="M52" s="14" t="n">
+        <v>140.23</v>
+      </c>
+      <c r="N52" s="14" t="n">
+        <v>138.458</v>
+      </c>
+      <c r="O52" s="14" t="n">
         <v>152.243</v>
       </c>
-      <c r="M52" s="14" t="n">
-[...5 lines deleted...]
-      <c r="O52" s="14" t="n">
+      <c r="P52" s="14" t="n">
+        <v>161.263</v>
+      </c>
+      <c r="Q52" s="14" t="n">
+        <v>144.251</v>
+      </c>
+      <c r="R52" s="14" t="n">
         <v>129.46</v>
       </c>
-      <c r="P52" s="14" t="n">
-[...2 lines deleted...]
-      <c r="Q52" s="14" t="n">
+      <c r="S52" s="14" t="n">
+        <v>145.928</v>
+      </c>
+      <c r="T52" s="14" t="n">
         <v>135.231</v>
       </c>
-      <c r="R52" s="14" t="n">
+      <c r="U52" s="14" t="n">
         <v>139.218</v>
       </c>
-      <c r="S52" s="14" t="n">
+      <c r="V52" s="14" t="n">
         <v>136.498</v>
       </c>
-      <c r="T52" s="14" t="n">
+      <c r="W52" s="14" t="n">
         <v>130.87</v>
       </c>
-      <c r="U52" s="14" t="n">
+      <c r="X52" s="14" t="n">
         <v>123.685</v>
       </c>
-      <c r="V52" s="14" t="n">
+      <c r="Y52" s="14" t="n">
         <v>132.397</v>
       </c>
-      <c r="W52" s="14" t="n">
+      <c r="Z52" s="14" t="n">
         <v>127.558</v>
       </c>
-      <c r="X52" s="14" t="n">
+      <c r="AA52" s="14" t="n">
         <v>142.913</v>
       </c>
-      <c r="Y52" s="14" t="n">
+      <c r="AB52" s="14" t="n">
         <v>143.016</v>
       </c>
-      <c r="Z52" s="14" t="n">
+      <c r="AC52" s="14" t="n">
         <v>133.773</v>
       </c>
-      <c r="AA52" s="14" t="n">
+      <c r="AD52" s="14" t="n">
         <v>128.253</v>
       </c>
-      <c r="AB52" s="14" t="n">
+      <c r="AE52" s="14" t="n">
         <v>132.544</v>
       </c>
-      <c r="AC52" s="14" t="n">
+      <c r="AF52" s="14" t="n">
         <v>134.066</v>
       </c>
-      <c r="AD52" s="14" t="n">
+      <c r="AG52" s="14" t="n">
         <v>126.761</v>
       </c>
-      <c r="AE52" s="14" t="n">
+      <c r="AH52" s="14" t="n">
         <v>112.602</v>
       </c>
-      <c r="AF52" s="14" t="n">
+      <c r="AI52" s="14" t="n">
         <v>126.481</v>
       </c>
-      <c r="AG52" s="14" t="n">
+      <c r="AJ52" s="14" t="n">
         <v>107.752</v>
       </c>
-      <c r="AH52" s="14" t="n">
+      <c r="AK52" s="14" t="n">
         <v>119.913</v>
       </c>
-      <c r="AI52" s="14" t="n">
+      <c r="AL52" s="14" t="n">
         <v>125.805</v>
       </c>
-      <c r="AJ52" s="14" t="n">
+      <c r="AM52" s="14" t="n">
         <v>127.118</v>
       </c>
-      <c r="AK52" s="14" t="n">
+      <c r="AN52" s="14" t="n">
         <v>127.153</v>
       </c>
-      <c r="AL52" s="14" t="n">
+      <c r="AO52" s="14" t="n">
         <v>115.929</v>
       </c>
-      <c r="AM52" s="14" t="n">
+      <c r="AP52" s="14" t="n">
         <v>113.35</v>
       </c>
-      <c r="AN52" s="14" t="n">
+      <c r="AQ52" s="14" t="n">
         <v>108.696</v>
       </c>
-      <c r="AO52" s="14" t="n">
+      <c r="AR52" s="14" t="n">
         <v>112.062</v>
       </c>
-      <c r="AP52" s="14" t="n">
+      <c r="AS52" s="14" t="n">
         <v>105.8</v>
       </c>
-      <c r="AQ52" s="14" t="n">
+      <c r="AT52" s="14" t="n">
         <v>102.513</v>
       </c>
-      <c r="AR52" s="14" t="n">
+      <c r="AU52" s="14" t="n">
         <v>117.194</v>
       </c>
-      <c r="AS52" s="14" t="n">
+      <c r="AV52" s="14" t="n">
         <v>102.208</v>
       </c>
-      <c r="AT52" s="14" t="n">
+      <c r="AW52" s="14" t="n">
         <v>101.289</v>
       </c>
-      <c r="AU52" s="14" t="n">
+      <c r="AX52" s="14" t="n">
         <v>116.123</v>
       </c>
-      <c r="AV52" s="14" t="n">
+      <c r="AY52" s="14" t="n">
         <v>120.476</v>
       </c>
-      <c r="AW52" s="14" t="n">
+      <c r="AZ52" s="14" t="n">
         <v>109.458</v>
       </c>
-      <c r="AX52" s="14" t="n">
+      <c r="BA52" s="14" t="n">
         <v>104.573</v>
       </c>
-      <c r="AY52" s="14" t="n">
+      <c r="BB52" s="14" t="n">
         <v>102.304</v>
       </c>
-      <c r="AZ52" s="14" t="n">
+      <c r="BC52" s="14" t="n">
         <v>108.272</v>
       </c>
-      <c r="BA52" s="14" t="n">
+      <c r="BD52" s="14" t="n">
         <v>102.491</v>
       </c>
-      <c r="BB52" s="14" t="n">
+      <c r="BE52" s="14" t="n">
         <v>92.612</v>
       </c>
-      <c r="BC52" s="14" t="n">
+      <c r="BF52" s="14" t="n">
         <v>86.856</v>
       </c>
-      <c r="BD52" s="14" t="n">
+      <c r="BG52" s="14" t="n">
         <v>94.911</v>
       </c>
-      <c r="BE52" s="14" t="n">
+      <c r="BH52" s="14" t="n">
         <v>82.327</v>
       </c>
-      <c r="BF52" s="14" t="n">
+      <c r="BI52" s="14" t="n">
         <v>79.598</v>
       </c>
-      <c r="BG52" s="15" t="n">
+      <c r="BJ52" s="15" t="n">
+        <v>-5.2</v>
+      </c>
+      <c r="BK52" s="15" t="n">
+        <v>-4.2</v>
+      </c>
+      <c r="BL52" s="15" t="n">
+        <v>7.6</v>
+      </c>
+      <c r="BM52" s="15" t="n">
+        <v>15.7</v>
+      </c>
+      <c r="BN52" s="15" t="n">
+        <v>-9.0</v>
+      </c>
+      <c r="BO52" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="BP52" s="15" t="n">
+        <v>7.6</v>
+      </c>
+      <c r="BQ52" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="BR52" s="15" t="n">
+        <v>-5.1</v>
+      </c>
+      <c r="BS52" s="15" t="n">
+        <v>6.3</v>
+      </c>
+      <c r="BT52" s="15" t="n">
+        <v>-2.8</v>
+      </c>
+      <c r="BU52" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="BV52" s="15" t="n">
+        <v>-9.1</v>
+      </c>
+      <c r="BW52" s="15" t="n">
+        <v>-5.6</v>
+      </c>
+      <c r="BX52" s="15" t="n">
+        <v>11.8</v>
+      </c>
+      <c r="BY52" s="15" t="n">
+        <v>11.4</v>
+      </c>
+      <c r="BZ52" s="15" t="n">
+        <v>-11.3</v>
+      </c>
+      <c r="CA52" s="15" t="n">
+        <v>7.9</v>
+      </c>
+      <c r="CB52" s="15" t="n">
+        <v>-2.9</v>
+      </c>
+      <c r="CC52" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="CD52" s="15" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="CE52" s="15" t="n">
+        <v>5.8</v>
+      </c>
+      <c r="CF52" s="15" t="n">
+        <v>-6.6</v>
+      </c>
+      <c r="CG52" s="15" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="CH52" s="15" t="n">
+        <v>-10.7</v>
+      </c>
+      <c r="CI52" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="CJ52" s="15" t="n">
+        <v>6.9</v>
+      </c>
+      <c r="CK52" s="15" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="CL52" s="15" t="n">
+        <v>-3.2</v>
+      </c>
+      <c r="CM52" s="15" t="n">
+        <v>-1.1</v>
+      </c>
+      <c r="CN52" s="15" t="n">
+        <v>5.8</v>
+      </c>
+      <c r="CO52" s="15" t="n">
+        <v>12.6</v>
+      </c>
+      <c r="CP52" s="15" t="n">
+        <v>-11.0</v>
+      </c>
+      <c r="CQ52" s="15" t="n">
+        <v>17.4</v>
+      </c>
+      <c r="CR52" s="15" t="n">
+        <v>-10.1</v>
+      </c>
+      <c r="CS52" s="15" t="n">
+        <v>-4.7</v>
+      </c>
+      <c r="CT52" s="15" t="n">
+        <v>-1.0</v>
+      </c>
+      <c r="CU52" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CV52" s="15" t="n">
+        <v>9.7</v>
+      </c>
+      <c r="CW52" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="CX52" s="15" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="CY52" s="15" t="n">
+        <v>-3.0</v>
+      </c>
+      <c r="CZ52" s="15" t="n">
+        <v>5.9</v>
+      </c>
+      <c r="DA52" s="15" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="DB52" s="15" t="n">
+        <v>-12.5</v>
+      </c>
+      <c r="DC52" s="15" t="n">
+        <v>14.7</v>
+      </c>
+      <c r="DD52" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="DE52" s="15" t="n">
+        <v>-12.8</v>
+      </c>
+      <c r="DF52" s="15" t="n">
+        <v>-3.6</v>
+      </c>
+      <c r="DG52" s="15" t="n">
+        <v>10.1</v>
+      </c>
+      <c r="DH52" s="15" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="DI52" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="DJ52" s="15" t="n">
+        <v>-5.5</v>
+      </c>
+      <c r="DK52" s="15" t="n">
+        <v>5.6</v>
+      </c>
+      <c r="DL52" s="15" t="n">
+        <v>10.7</v>
+      </c>
+      <c r="DM52" s="15" t="n">
+        <v>6.6</v>
+      </c>
+      <c r="DN52" s="15" t="n">
+        <v>-8.5</v>
+      </c>
+      <c r="DO52" s="15" t="n">
         <v>15.3</v>
       </c>
-      <c r="BH52" s="15" t="n">
-[...5 lines deleted...]
-      <c r="BJ52" s="15" t="n">
+      <c r="DP52" s="15" t="n">
+        <v>3.4</v>
+      </c>
+      <c r="DQ52" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DR52" s="15" t="n">
+        <v>13.9</v>
+      </c>
+      <c r="DS52" s="15" t="n">
+        <v>9.3</v>
+      </c>
+      <c r="DT52" s="15" t="n">
+        <v>7.7</v>
+      </c>
+      <c r="DU52" s="15" t="n">
+        <v>12.0</v>
+      </c>
+      <c r="DV52" s="15" t="n">
+        <v>7.8</v>
+      </c>
+      <c r="DW52" s="15" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="DX52" s="15" t="n">
+        <v>10.4</v>
+      </c>
+      <c r="DY52" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="DZ52" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="EA52" s="15" t="n">
+        <v>10.7</v>
+      </c>
+      <c r="EB52" s="15" t="n">
+        <v>10.2</v>
+      </c>
+      <c r="EC52" s="15" t="n">
+        <v>5.9</v>
+      </c>
+      <c r="ED52" s="15" t="n">
+        <v>8.5</v>
+      </c>
+      <c r="EE52" s="15" t="n">
+        <v>6.5</v>
+      </c>
+      <c r="EF52" s="15" t="n">
+        <v>12.8</v>
+      </c>
+      <c r="EG52" s="15" t="n">
+        <v>7.8</v>
+      </c>
+      <c r="EH52" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="EI52" s="15" t="n">
+        <v>10.1</v>
+      </c>
+      <c r="EJ52" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="EK52" s="15" t="n">
+        <v>9.8</v>
+      </c>
+      <c r="EL52" s="15" t="n">
+        <v>21.2</v>
+      </c>
+      <c r="EM52" s="15" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="EN52" s="15" t="n">
+        <v>14.8</v>
+      </c>
+      <c r="EO52" s="15" t="n">
+        <v>10.4</v>
+      </c>
+      <c r="EP52" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="EQ52" s="15" t="n">
+        <v>12.4</v>
+      </c>
+      <c r="ER52" s="15" t="n">
+        <v>12.5</v>
+      </c>
+      <c r="ES52" s="15" t="n">
+        <v>15.4</v>
+      </c>
+      <c r="ET52" s="15" t="n">
+        <v>13.1</v>
+      </c>
+      <c r="EU52" s="15" t="n">
+        <v>21.9</v>
+      </c>
+      <c r="EV52" s="15" t="n">
+        <v>19.6</v>
+      </c>
+      <c r="EW52" s="15" t="n">
+        <v>19.8</v>
+      </c>
+      <c r="EX52" s="15" t="n">
+        <v>9.8</v>
+      </c>
+      <c r="EY52" s="15" t="n">
+        <v>7.9</v>
+      </c>
+      <c r="EZ52" s="15" t="n">
+        <v>5.4</v>
+      </c>
+      <c r="FA52" s="15" t="n">
+        <v>18.4</v>
+      </c>
+      <c r="FB52" s="15" t="n">
         <v>8.3</v>
       </c>
-      <c r="BK52" s="15" t="n">
-[...56 lines deleted...]
-      <c r="CD52" s="15" t="n">
+      <c r="FC52" s="15" t="n">
+        <v>5.5</v>
+      </c>
+      <c r="FD52" s="15" t="n">
+        <v>16.2</v>
+      </c>
+      <c r="FE52" s="15" t="n">
+        <v>10.9</v>
+      </c>
+      <c r="FF52" s="15" t="n">
+        <v>10.8</v>
+      </c>
+      <c r="FG52" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="FH52" s="15" t="n">
+        <v>9.3</v>
+      </c>
+      <c r="FI52" s="15" t="n">
+        <v>14.2</v>
+      </c>
+      <c r="FJ52" s="15" t="n">
+        <v>18.0</v>
+      </c>
+      <c r="FK52" s="15" t="n">
+        <v>23.5</v>
+      </c>
+      <c r="FL52" s="15" t="n">
+        <v>24.1</v>
+      </c>
+      <c r="FM52" s="15" t="n">
+        <v>27.3</v>
+      </c>
+      <c r="FN52" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FO52" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FP52" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FQ52" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FR52" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FS52" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FT52" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FU52" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FV52" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FW52" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FX52" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FY52" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FZ52" s="15" t="n">
+        <v>7.8</v>
+      </c>
+      <c r="GA52" s="15" t="n">
+        <v>7.2</v>
+      </c>
+      <c r="GB52" s="15" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="GC52" s="15" t="n">
         <v>6.9</v>
       </c>
-      <c r="CE52" s="15" t="n">
-[...32 lines deleted...]
-      <c r="CP52" s="15" t="n">
+      <c r="GD52" s="15" t="n">
+        <v>6.2</v>
+      </c>
+      <c r="GE52" s="15" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="GF52" s="15" t="n">
+        <v>6.2</v>
+      </c>
+      <c r="GG52" s="15" t="n">
+        <v>5.3</v>
+      </c>
+      <c r="GH52" s="15" t="n">
+        <v>6.8</v>
+      </c>
+      <c r="GI52" s="15" t="n">
+        <v>8.9</v>
+      </c>
+      <c r="GJ52" s="15" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="GK52" s="15" t="n">
+        <v>5.9</v>
+      </c>
+      <c r="GL52" s="15" t="n">
+        <v>8.7</v>
+      </c>
+      <c r="GM52" s="15" t="n">
+        <v>8.7</v>
+      </c>
+      <c r="GN52" s="15" t="n">
+        <v>9.0</v>
+      </c>
+      <c r="GO52" s="15" t="n">
+        <v>8.5</v>
+      </c>
+      <c r="GP52" s="15" t="n">
+        <v>8.6</v>
+      </c>
+      <c r="GQ52" s="15" t="n">
         <v>9.7</v>
       </c>
-      <c r="CQ52" s="15" t="n">
-[...67 lines deleted...]
-      <c r="DM52" s="15" t="n">
+      <c r="GR52" s="15" t="n">
+        <v>9.7</v>
+      </c>
+      <c r="GS52" s="15" t="n">
+        <v>11.7</v>
+      </c>
+      <c r="GT52" s="15" t="n">
+        <v>12.1</v>
+      </c>
+      <c r="GU52" s="15" t="n">
+        <v>9.3</v>
+      </c>
+      <c r="GV52" s="15" t="n">
+        <v>12.5</v>
+      </c>
+      <c r="GW52" s="15" t="n">
         <v>10.4</v>
       </c>
-      <c r="DN52" s="15" t="n">
-[...113 lines deleted...]
-      <c r="EZ52" s="15" t="n">
+      <c r="GX52" s="15" t="n">
+        <v>13.0</v>
+      </c>
+      <c r="GY52" s="15" t="n">
         <v>14.2</v>
       </c>
-      <c r="FA52" s="15" t="n">
-[...140 lines deleted...]
-      <c r="GN52" s="15" t="n">
+      <c r="GZ52" s="15" t="n">
         <v>14.4</v>
-      </c>
-[...34 lines deleted...]
-        <v>14.8</v>
       </c>
       <c r="HA52" s="15" t="n">
         <v>14.6</v>
       </c>
       <c r="HB52" s="15" t="n">
+        <v>14.5</v>
+      </c>
+      <c r="HC52" s="15" t="n">
+        <v>14.7</v>
+      </c>
+      <c r="HD52" s="15" t="n">
+        <v>13.5</v>
+      </c>
+      <c r="HE52" s="15" t="n">
+        <v>12.2</v>
+      </c>
+      <c r="HF52" s="15" t="n">
+        <v>10.3</v>
+      </c>
+      <c r="HG52" s="15" t="n">
+        <v>10.4</v>
+      </c>
+      <c r="HH52" s="15" t="n">
+        <v>11.9</v>
+      </c>
+      <c r="HI52" s="15" t="n">
+        <v>18.4</v>
+      </c>
+      <c r="HJ52" s="15" t="n">
+        <v>13.3</v>
+      </c>
+      <c r="HK52" s="15" t="n">
+        <v>13.8</v>
+      </c>
+      <c r="HL52" s="15" t="n">
+        <v>14.8</v>
+      </c>
+      <c r="HM52" s="15" t="n">
+        <v>14.6</v>
+      </c>
+      <c r="HN52" s="15" t="n">
         <v>15.2</v>
       </c>
-      <c r="HC52" s="15" t="n">
+      <c r="HO52" s="15" t="n">
         <v>15.9</v>
       </c>
-      <c r="HD52" s="15" t="n">
+      <c r="HP52" s="15" t="n">
         <v>19.0</v>
       </c>
-      <c r="HE52" s="15" t="n">
+      <c r="HQ52" s="15" t="n">
         <v>21.2</v>
       </c>
-      <c r="HF52" s="15" t="n">
+      <c r="HR52" s="15" t="n">
         <v>23.1</v>
       </c>
-      <c r="HG52" s="15" t="n">
+      <c r="HS52" s="15" t="n">
         <v>24.9</v>
       </c>
-      <c r="HH52" s="15" t="n">
+      <c r="HT52" s="15" t="n">
         <v>25.7</v>
       </c>
-      <c r="HI52" s="15" t="n">
+      <c r="HU52" s="15" t="n">
         <v>27.3</v>
       </c>
-      <c r="HJ52" s="13" t="inlineStr">
-[...54 lines deleted...]
-      <c r="HU52" s="13" t="inlineStr">
+      <c r="HV52" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HW52" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HX52" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HY52" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HZ52" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IA52" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IB52" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IC52" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID52" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE52" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF52" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG52" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    78 Employment activities</t>
         </is>
       </c>
       <c r="B53" s="14" t="n">
-        <v>111.785</v>
+        <v>120.538</v>
       </c>
       <c r="C53" s="14" t="n">
-        <v>97.893</v>
+        <v>113.382</v>
       </c>
       <c r="D53" s="14" t="n">
-        <v>122.334</v>
+        <v>117.809</v>
       </c>
       <c r="E53" s="14" t="n">
-        <v>111.655</v>
+        <v>112.374</v>
       </c>
       <c r="F53" s="14" t="n">
-        <v>109.439</v>
+        <v>98.372</v>
       </c>
       <c r="G53" s="14" t="n">
-        <v>103.741</v>
+        <v>122.835</v>
       </c>
       <c r="H53" s="14" t="n">
-        <v>98.44</v>
+        <v>111.985</v>
       </c>
       <c r="I53" s="14" t="n">
-        <v>92.13</v>
+        <v>109.652</v>
       </c>
       <c r="J53" s="14" t="n">
-        <v>100.036</v>
+        <v>103.852</v>
       </c>
       <c r="K53" s="14" t="n">
-        <v>108.848</v>
+        <v>98.473</v>
       </c>
       <c r="L53" s="14" t="n">
-        <v>108.736</v>
+        <v>92.121</v>
       </c>
       <c r="M53" s="14" t="n">
-        <v>109.037</v>
+        <v>100.012</v>
       </c>
       <c r="N53" s="14" t="n">
-        <v>101.517</v>
+        <v>108.84</v>
       </c>
       <c r="O53" s="14" t="n">
-        <v>94.786</v>
+        <v>108.738</v>
       </c>
       <c r="P53" s="14" t="n">
-        <v>116.885</v>
+        <v>109.043</v>
       </c>
       <c r="Q53" s="14" t="n">
+        <v>101.519</v>
+      </c>
+      <c r="R53" s="14" t="n">
+        <v>94.785</v>
+      </c>
+      <c r="S53" s="14" t="n">
+        <v>116.883</v>
+      </c>
+      <c r="T53" s="14" t="n">
         <v>104.249</v>
       </c>
-      <c r="R53" s="14" t="n">
+      <c r="U53" s="14" t="n">
         <v>105.322</v>
       </c>
-      <c r="S53" s="14" t="n">
+      <c r="V53" s="14" t="n">
         <v>98.485</v>
       </c>
-      <c r="T53" s="14" t="n">
+      <c r="W53" s="14" t="n">
         <v>89.934</v>
       </c>
-      <c r="U53" s="14" t="n">
+      <c r="X53" s="14" t="n">
         <v>90.368</v>
       </c>
-      <c r="V53" s="14" t="n">
+      <c r="Y53" s="14" t="n">
         <v>98.794</v>
       </c>
-      <c r="W53" s="14" t="n">
+      <c r="Z53" s="14" t="n">
         <v>100.56</v>
       </c>
-      <c r="X53" s="14" t="n">
+      <c r="AA53" s="14" t="n">
         <v>102.548</v>
       </c>
-      <c r="Y53" s="14" t="n">
+      <c r="AB53" s="14" t="n">
         <v>97.914</v>
       </c>
-      <c r="Z53" s="14" t="n">
+      <c r="AC53" s="14" t="n">
         <v>93.896</v>
       </c>
-      <c r="AA53" s="14" t="n">
+      <c r="AD53" s="14" t="n">
         <v>88.005</v>
       </c>
-      <c r="AB53" s="14" t="n">
+      <c r="AE53" s="14" t="n">
         <v>106.214</v>
       </c>
-      <c r="AC53" s="14" t="n">
+      <c r="AF53" s="14" t="n">
         <v>104.358</v>
       </c>
-      <c r="AD53" s="14" t="n">
+      <c r="AG53" s="14" t="n">
         <v>98.46</v>
       </c>
-      <c r="AE53" s="14" t="n">
+      <c r="AH53" s="14" t="n">
         <v>83.573</v>
       </c>
-      <c r="AF53" s="14" t="n">
+      <c r="AI53" s="14" t="n">
         <v>90.685</v>
       </c>
-      <c r="AG53" s="14" t="n">
+      <c r="AJ53" s="14" t="n">
         <v>84.927</v>
       </c>
-      <c r="AH53" s="14" t="n">
+      <c r="AK53" s="14" t="n">
         <v>92.752</v>
       </c>
-      <c r="AI53" s="14" t="n">
+      <c r="AL53" s="14" t="n">
         <v>102.987</v>
       </c>
-      <c r="AJ53" s="14" t="n">
+      <c r="AM53" s="14" t="n">
         <v>105.141</v>
       </c>
-      <c r="AK53" s="14" t="n">
+      <c r="AN53" s="14" t="n">
         <v>98.334</v>
       </c>
-      <c r="AL53" s="14" t="n">
+      <c r="AO53" s="14" t="n">
         <v>102.236</v>
       </c>
-      <c r="AM53" s="14" t="n">
+      <c r="AP53" s="14" t="n">
         <v>95.058</v>
       </c>
-      <c r="AN53" s="14" t="n">
+      <c r="AQ53" s="14" t="n">
         <v>113.429</v>
       </c>
-      <c r="AO53" s="14" t="n">
+      <c r="AR53" s="14" t="n">
         <v>109.85</v>
       </c>
-      <c r="AP53" s="14" t="n">
+      <c r="AS53" s="14" t="n">
         <v>107.405</v>
       </c>
-      <c r="AQ53" s="14" t="n">
+      <c r="AT53" s="14" t="n">
         <v>92.379</v>
       </c>
-      <c r="AR53" s="14" t="n">
+      <c r="AU53" s="14" t="n">
         <v>103.687</v>
       </c>
-      <c r="AS53" s="14" t="n">
+      <c r="AV53" s="14" t="n">
         <v>100.017</v>
       </c>
-      <c r="AT53" s="14" t="n">
+      <c r="AW53" s="14" t="n">
         <v>102.754</v>
       </c>
-      <c r="AU53" s="14" t="n">
+      <c r="AX53" s="14" t="n">
         <v>108.439</v>
       </c>
-      <c r="AV53" s="14" t="n">
+      <c r="AY53" s="14" t="n">
         <v>112.148</v>
       </c>
-      <c r="AW53" s="14" t="n">
+      <c r="AZ53" s="14" t="n">
         <v>104.334</v>
       </c>
-      <c r="AX53" s="14" t="n">
+      <c r="BA53" s="14" t="n">
         <v>104.05</v>
       </c>
-      <c r="AY53" s="14" t="n">
+      <c r="BB53" s="14" t="n">
         <v>94.119</v>
       </c>
-      <c r="AZ53" s="14" t="n">
+      <c r="BC53" s="14" t="n">
         <v>112.153</v>
       </c>
-      <c r="BA53" s="14" t="n">
+      <c r="BD53" s="14" t="n">
         <v>105.901</v>
       </c>
-      <c r="BB53" s="14" t="n">
+      <c r="BE53" s="14" t="n">
         <v>98.139</v>
       </c>
-      <c r="BC53" s="14" t="n">
+      <c r="BF53" s="14" t="n">
         <v>92.785</v>
       </c>
-      <c r="BD53" s="14" t="n">
+      <c r="BG53" s="14" t="n">
         <v>92.737</v>
       </c>
-      <c r="BE53" s="14" t="n">
+      <c r="BH53" s="14" t="n">
         <v>84.653</v>
       </c>
-      <c r="BF53" s="14" t="n">
+      <c r="BI53" s="14" t="n">
         <v>90.543</v>
       </c>
-      <c r="BG53" s="15" t="n">
+      <c r="BJ53" s="15" t="n">
+        <v>6.3</v>
+      </c>
+      <c r="BK53" s="15" t="n">
+        <v>-3.8</v>
+      </c>
+      <c r="BL53" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="BM53" s="15" t="n">
         <v>14.2</v>
       </c>
-      <c r="BH53" s="15" t="n">
-[...8 lines deleted...]
-      <c r="BK53" s="15" t="n">
+      <c r="BN53" s="15" t="n">
+        <v>-19.9</v>
+      </c>
+      <c r="BO53" s="15" t="n">
+        <v>9.7</v>
+      </c>
+      <c r="BP53" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="BQ53" s="15" t="n">
+        <v>5.6</v>
+      </c>
+      <c r="BR53" s="15" t="n">
         <v>5.5</v>
       </c>
-      <c r="BL53" s="15" t="n">
+      <c r="BS53" s="15" t="n">
+        <v>6.9</v>
+      </c>
+      <c r="BT53" s="15" t="n">
+        <v>-7.9</v>
+      </c>
+      <c r="BU53" s="15" t="n">
+        <v>-8.1</v>
+      </c>
+      <c r="BV53" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="BW53" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="BX53" s="15" t="n">
+        <v>7.4</v>
+      </c>
+      <c r="BY53" s="15" t="n">
+        <v>7.1</v>
+      </c>
+      <c r="BZ53" s="15" t="n">
+        <v>-18.9</v>
+      </c>
+      <c r="CA53" s="15" t="n">
+        <v>12.1</v>
+      </c>
+      <c r="CB53" s="15" t="n">
+        <v>-1.0</v>
+      </c>
+      <c r="CC53" s="15" t="n">
+        <v>6.9</v>
+      </c>
+      <c r="CD53" s="15" t="n">
+        <v>9.5</v>
+      </c>
+      <c r="CE53" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="CF53" s="15" t="n">
+        <v>-8.5</v>
+      </c>
+      <c r="CG53" s="15" t="n">
+        <v>-1.8</v>
+      </c>
+      <c r="CH53" s="15" t="n">
+        <v>-1.9</v>
+      </c>
+      <c r="CI53" s="15" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="CJ53" s="15" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="CK53" s="15" t="n">
+        <v>6.7</v>
+      </c>
+      <c r="CL53" s="15" t="n">
+        <v>-17.1</v>
+      </c>
+      <c r="CM53" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="CN53" s="15" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="CO53" s="15" t="n">
+        <v>17.8</v>
+      </c>
+      <c r="CP53" s="15" t="n">
+        <v>-7.8</v>
+      </c>
+      <c r="CQ53" s="15" t="n">
+        <v>6.8</v>
+      </c>
+      <c r="CR53" s="15" t="n">
+        <v>-8.4</v>
+      </c>
+      <c r="CS53" s="15" t="n">
+        <v>-9.9</v>
+      </c>
+      <c r="CT53" s="15" t="n">
+        <v>-2.0</v>
+      </c>
+      <c r="CU53" s="15" t="n">
+        <v>6.9</v>
+      </c>
+      <c r="CV53" s="15" t="n">
+        <v>-3.8</v>
+      </c>
+      <c r="CW53" s="15" t="n">
+        <v>7.6</v>
+      </c>
+      <c r="CX53" s="15" t="n">
+        <v>-16.2</v>
+      </c>
+      <c r="CY53" s="15" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="CZ53" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="DA53" s="15" t="n">
+        <v>16.3</v>
+      </c>
+      <c r="DB53" s="15" t="n">
+        <v>-10.9</v>
+      </c>
+      <c r="DC53" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="DD53" s="15" t="n">
+        <v>-2.7</v>
+      </c>
+      <c r="DE53" s="15" t="n">
+        <v>-5.2</v>
+      </c>
+      <c r="DF53" s="15" t="n">
+        <v>-3.3</v>
+      </c>
+      <c r="DG53" s="15" t="n">
+        <v>7.5</v>
+      </c>
+      <c r="DH53" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="DI53" s="15" t="n">
+        <v>10.6</v>
+      </c>
+      <c r="DJ53" s="15" t="n">
+        <v>-16.1</v>
+      </c>
+      <c r="DK53" s="15" t="n">
+        <v>5.9</v>
+      </c>
+      <c r="DL53" s="15" t="n">
+        <v>7.9</v>
+      </c>
+      <c r="DM53" s="15" t="n">
+        <v>5.8</v>
+      </c>
+      <c r="DN53" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="DO53" s="15" t="n">
+        <v>9.5</v>
+      </c>
+      <c r="DP53" s="15" t="n">
+        <v>-6.5</v>
+      </c>
+      <c r="DQ53" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DR53" s="15" t="n">
+        <v>10.7</v>
+      </c>
+      <c r="DS53" s="15" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="DT53" s="15" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="DU53" s="15" t="n">
+        <v>10.7</v>
+      </c>
+      <c r="DV53" s="15" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="DW53" s="15" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="DX53" s="15" t="n">
+        <v>7.4</v>
+      </c>
+      <c r="DY53" s="15" t="n">
+        <v>4.1</v>
+      </c>
+      <c r="DZ53" s="15" t="n">
         <v>5.4</v>
       </c>
-      <c r="BM53" s="15" t="n">
+      <c r="EA53" s="15" t="n">
+        <v>9.5</v>
+      </c>
+      <c r="EB53" s="15" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="EC53" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="ED53" s="15" t="n">
+        <v>8.2</v>
+      </c>
+      <c r="EE53" s="15" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="EF53" s="15" t="n">
+        <v>11.4</v>
+      </c>
+      <c r="EG53" s="15" t="n">
+        <v>8.1</v>
+      </c>
+      <c r="EH53" s="15" t="n">
+        <v>7.7</v>
+      </c>
+      <c r="EI53" s="15" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="EJ53" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="EK53" s="15" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="EL53" s="15" t="n">
+        <v>17.8</v>
+      </c>
+      <c r="EM53" s="15" t="n">
+        <v>-0.8</v>
+      </c>
+      <c r="EN53" s="15" t="n">
+        <v>6.4</v>
+      </c>
+      <c r="EO53" s="15" t="n">
+        <v>6.5</v>
+      </c>
+      <c r="EP53" s="15" t="n">
+        <v>-2.4</v>
+      </c>
+      <c r="EQ53" s="15" t="n">
+        <v>-2.5</v>
+      </c>
+      <c r="ER53" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="ES53" s="15" t="n">
+        <v>-8.2</v>
+      </c>
+      <c r="ET53" s="15" t="n">
+        <v>-7.4</v>
+      </c>
+      <c r="EU53" s="15" t="n">
+        <v>-6.4</v>
+      </c>
+      <c r="EV53" s="15" t="n">
+        <v>-5.0</v>
+      </c>
+      <c r="EW53" s="15" t="n">
+        <v>-8.3</v>
+      </c>
+      <c r="EX53" s="15" t="n">
+        <v>-9.5</v>
+      </c>
+      <c r="EY53" s="15" t="n">
+        <v>-12.5</v>
+      </c>
+      <c r="EZ53" s="15" t="n">
+        <v>-15.1</v>
+      </c>
+      <c r="FA53" s="15" t="n">
+        <v>-9.7</v>
+      </c>
+      <c r="FB53" s="15" t="n">
+        <v>-5.0</v>
+      </c>
+      <c r="FC53" s="15" t="n">
+        <v>-6.2</v>
+      </c>
+      <c r="FD53" s="15" t="n">
+        <v>-5.8</v>
+      </c>
+      <c r="FE53" s="15" t="n">
+        <v>-1.7</v>
+      </c>
+      <c r="FF53" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="FG53" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="FH53" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="FI53" s="15" t="n">
+        <v>9.4</v>
+      </c>
+      <c r="FJ53" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="FK53" s="15" t="n">
+        <v>11.8</v>
+      </c>
+      <c r="FL53" s="15" t="n">
+        <v>18.1</v>
+      </c>
+      <c r="FM53" s="15" t="n">
+        <v>13.5</v>
+      </c>
+      <c r="FN53" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FO53" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FP53" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FQ53" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FR53" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FS53" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FT53" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FU53" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FV53" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FW53" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FX53" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FY53" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FZ53" s="15" t="n">
+        <v>6.1</v>
+      </c>
+      <c r="GA53" s="15" t="n">
+        <v>5.6</v>
+      </c>
+      <c r="GB53" s="15" t="n">
+        <v>5.8</v>
+      </c>
+      <c r="GC53" s="15" t="n">
+        <v>5.5</v>
+      </c>
+      <c r="GD53" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="GE53" s="15" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="GF53" s="15" t="n">
+        <v>4.9</v>
+      </c>
+      <c r="GG53" s="15" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="GH53" s="15" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="GI53" s="15" t="n">
+        <v>4.1</v>
+      </c>
+      <c r="GJ53" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="GK53" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="GL53" s="15" t="n">
+        <v>7.3</v>
+      </c>
+      <c r="GM53" s="15" t="n">
+        <v>7.2</v>
+      </c>
+      <c r="GN53" s="15" t="n">
+        <v>7.3</v>
+      </c>
+      <c r="GO53" s="15" t="n">
         <v>6.8</v>
       </c>
-      <c r="BN53" s="15" t="n">
-[...26 lines deleted...]
-      <c r="BW53" s="15" t="n">
+      <c r="GP53" s="15" t="n">
+        <v>6.7</v>
+      </c>
+      <c r="GQ53" s="15" t="n">
+        <v>6.5</v>
+      </c>
+      <c r="GR53" s="15" t="n">
+        <v>5.8</v>
+      </c>
+      <c r="GS53" s="15" t="n">
+        <v>7.2</v>
+      </c>
+      <c r="GT53" s="15" t="n">
+        <v>7.3</v>
+      </c>
+      <c r="GU53" s="15" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="GV53" s="15" t="n">
+        <v>6.5</v>
+      </c>
+      <c r="GW53" s="15" t="n">
+        <v>6.5</v>
+      </c>
+      <c r="GX53" s="15" t="n">
+        <v>-7.2</v>
+      </c>
+      <c r="GY53" s="15" t="n">
+        <v>-7.7</v>
+      </c>
+      <c r="GZ53" s="15" t="n">
+        <v>-8.2</v>
+      </c>
+      <c r="HA53" s="15" t="n">
+        <v>-9.1</v>
+      </c>
+      <c r="HB53" s="15" t="n">
+        <v>-9.2</v>
+      </c>
+      <c r="HC53" s="15" t="n">
+        <v>-9.4</v>
+      </c>
+      <c r="HD53" s="15" t="n">
+        <v>-10.0</v>
+      </c>
+      <c r="HE53" s="15" t="n">
+        <v>-11.0</v>
+      </c>
+      <c r="HF53" s="15" t="n">
+        <v>-11.8</v>
+      </c>
+      <c r="HG53" s="15" t="n">
+        <v>-12.4</v>
+      </c>
+      <c r="HH53" s="15" t="n">
+        <v>-12.4</v>
+      </c>
+      <c r="HI53" s="15" t="n">
+        <v>-9.7</v>
+      </c>
+      <c r="HJ53" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="HK53" s="15" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="HL53" s="15" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="HM53" s="15" t="n">
+        <v>5.9</v>
+      </c>
+      <c r="HN53" s="15" t="n">
         <v>6.9</v>
       </c>
-      <c r="BX53" s="15" t="n">
-[...92 lines deleted...]
-      <c r="DC53" s="15" t="n">
+      <c r="HO53" s="15" t="n">
+        <v>7.8</v>
+      </c>
+      <c r="HP53" s="15" t="n">
+        <v>9.1</v>
+      </c>
+      <c r="HQ53" s="15" t="n">
+        <v>10.3</v>
+      </c>
+      <c r="HR53" s="15" t="n">
         <v>10.6</v>
       </c>
-      <c r="DD53" s="15" t="n">
-[...157 lines deleted...]
-      <c r="FD53" s="15" t="n">
+      <c r="HS53" s="15" t="n">
+        <v>14.4</v>
+      </c>
+      <c r="HT53" s="15" t="n">
+        <v>15.7</v>
+      </c>
+      <c r="HU53" s="15" t="n">
         <v>13.5</v>
       </c>
-      <c r="FE53" s="13" t="inlineStr">
-[...249 lines deleted...]
-      <c r="HU53" s="13" t="inlineStr">
+      <c r="HV53" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HW53" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HX53" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HY53" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HZ53" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IA53" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IB53" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IC53" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID53" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE53" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF53" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG53" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    79 Travel agency, tour operator and other reservation service and related activities</t>
         </is>
       </c>
       <c r="B54" s="14" t="n">
-        <v>314.838</v>
+        <v>249.668</v>
       </c>
       <c r="C54" s="14" t="n">
-        <v>331.048</v>
+        <v>238.235</v>
       </c>
       <c r="D54" s="14" t="n">
-        <v>344.623</v>
+        <v>317.735</v>
       </c>
       <c r="E54" s="14" t="n">
-        <v>315.801</v>
+        <v>325.093</v>
       </c>
       <c r="F54" s="14" t="n">
-        <v>297.104</v>
+        <v>340.393</v>
       </c>
       <c r="G54" s="14" t="n">
-        <v>270.425</v>
+        <v>350.846</v>
       </c>
       <c r="H54" s="14" t="n">
-        <v>241.579</v>
+        <v>316.328</v>
       </c>
       <c r="I54" s="14" t="n">
-        <v>199.652</v>
+        <v>294.901</v>
       </c>
       <c r="J54" s="14" t="n">
-        <v>190.166</v>
+        <v>268.157</v>
       </c>
       <c r="K54" s="14" t="n">
-        <v>212.307</v>
+        <v>241.412</v>
       </c>
       <c r="L54" s="14" t="n">
-        <v>208.962</v>
+        <v>200.302</v>
       </c>
       <c r="M54" s="14" t="n">
-        <v>291.7</v>
+        <v>190.793</v>
       </c>
       <c r="N54" s="14" t="n">
-        <v>310.002</v>
+        <v>212.204</v>
       </c>
       <c r="O54" s="14" t="n">
-        <v>327.422</v>
+        <v>208.475</v>
       </c>
       <c r="P54" s="14" t="n">
-        <v>352.093</v>
+        <v>291.011</v>
       </c>
       <c r="Q54" s="14" t="n">
-        <v>314.107</v>
+        <v>309.779</v>
       </c>
       <c r="R54" s="14" t="n">
-        <v>288.072</v>
+        <v>327.491</v>
       </c>
       <c r="S54" s="14" t="n">
-        <v>254.07</v>
+        <v>352.272</v>
       </c>
       <c r="T54" s="14" t="n">
-        <v>237.882</v>
+        <v>314.159</v>
       </c>
       <c r="U54" s="14" t="n">
-        <v>189.579</v>
+        <v>288.058</v>
       </c>
       <c r="V54" s="14" t="n">
-        <v>170.155</v>
+        <v>254.039</v>
       </c>
       <c r="W54" s="14" t="n">
-        <v>212.401</v>
+        <v>237.873</v>
       </c>
       <c r="X54" s="14" t="n">
-        <v>214.233</v>
+        <v>189.581</v>
       </c>
       <c r="Y54" s="14" t="n">
-        <v>268.454</v>
+        <v>170.159</v>
       </c>
       <c r="Z54" s="14" t="n">
-        <v>307.8</v>
+        <v>212.403</v>
       </c>
       <c r="AA54" s="14" t="n">
+        <v>214.232</v>
+      </c>
+      <c r="AB54" s="14" t="n">
+        <v>268.453</v>
+      </c>
+      <c r="AC54" s="14" t="n">
+        <v>307.799</v>
+      </c>
+      <c r="AD54" s="14" t="n">
         <v>346.768</v>
       </c>
-      <c r="AB54" s="14" t="n">
+      <c r="AE54" s="14" t="n">
         <v>343.877</v>
       </c>
-      <c r="AC54" s="14" t="n">
+      <c r="AF54" s="14" t="n">
         <v>306.515</v>
       </c>
-      <c r="AD54" s="14" t="n">
+      <c r="AG54" s="14" t="n">
         <v>270.146</v>
       </c>
-      <c r="AE54" s="14" t="n">
-[...2 lines deleted...]
-      <c r="AF54" s="14" t="n">
+      <c r="AH54" s="14" t="n">
+        <v>234.003</v>
+      </c>
+      <c r="AI54" s="14" t="n">
         <v>233.798</v>
       </c>
-      <c r="AG54" s="14" t="n">
+      <c r="AJ54" s="14" t="n">
         <v>196.745</v>
       </c>
-      <c r="AH54" s="14" t="n">
+      <c r="AK54" s="14" t="n">
         <v>172.367</v>
       </c>
-      <c r="AI54" s="14" t="n">
+      <c r="AL54" s="14" t="n">
         <v>215.029</v>
       </c>
-      <c r="AJ54" s="14" t="n">
+      <c r="AM54" s="14" t="n">
         <v>212.674</v>
       </c>
-      <c r="AK54" s="14" t="n">
+      <c r="AN54" s="14" t="n">
         <v>246.073</v>
       </c>
-      <c r="AL54" s="14" t="n">
+      <c r="AO54" s="14" t="n">
         <v>255.398</v>
       </c>
-      <c r="AM54" s="14" t="n">
+      <c r="AP54" s="14" t="n">
         <v>287.085</v>
       </c>
-      <c r="AN54" s="14" t="n">
+      <c r="AQ54" s="14" t="n">
         <v>284.733</v>
       </c>
-      <c r="AO54" s="14" t="n">
+      <c r="AR54" s="14" t="n">
         <v>254.657</v>
       </c>
-      <c r="AP54" s="14" t="n">
+      <c r="AS54" s="14" t="n">
         <v>210.9</v>
       </c>
-      <c r="AQ54" s="14" t="n">
+      <c r="AT54" s="14" t="n">
         <v>184.69</v>
       </c>
-      <c r="AR54" s="14" t="n">
+      <c r="AU54" s="14" t="n">
         <v>160.859</v>
       </c>
-      <c r="AS54" s="14" t="n">
+      <c r="AV54" s="14" t="n">
         <v>125.996</v>
       </c>
-      <c r="AT54" s="14" t="n">
+      <c r="AW54" s="14" t="n">
         <v>93.863</v>
       </c>
-      <c r="AU54" s="14" t="n">
+      <c r="AX54" s="14" t="n">
         <v>140.958</v>
       </c>
-      <c r="AV54" s="14" t="n">
+      <c r="AY54" s="14" t="n">
         <v>141.276</v>
       </c>
-      <c r="AW54" s="14" t="n">
+      <c r="AZ54" s="14" t="n">
         <v>164.608</v>
       </c>
-      <c r="AX54" s="14" t="n">
+      <c r="BA54" s="14" t="n">
         <v>158.136</v>
       </c>
-      <c r="AY54" s="14" t="n">
+      <c r="BB54" s="14" t="n">
         <v>186.387</v>
       </c>
-      <c r="AZ54" s="14" t="n">
+      <c r="BC54" s="14" t="n">
         <v>148.439</v>
       </c>
-      <c r="BA54" s="14" t="n">
+      <c r="BD54" s="14" t="n">
         <v>98.777</v>
       </c>
-      <c r="BB54" s="14" t="n">
+      <c r="BE54" s="14" t="n">
         <v>53.169</v>
       </c>
-      <c r="BC54" s="14" t="n">
+      <c r="BF54" s="14" t="n">
         <v>35.543</v>
       </c>
-      <c r="BD54" s="14" t="n">
+      <c r="BG54" s="14" t="n">
         <v>29.455</v>
       </c>
-      <c r="BE54" s="14" t="n">
+      <c r="BH54" s="14" t="n">
         <v>20.277</v>
       </c>
-      <c r="BF54" s="14" t="n">
+      <c r="BI54" s="14" t="n">
         <v>22.974</v>
       </c>
-      <c r="BG54" s="15" t="n">
-[...5 lines deleted...]
-      <c r="BI54" s="15" t="n">
+      <c r="BJ54" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="BK54" s="15" t="n">
+        <v>-25.0</v>
+      </c>
+      <c r="BL54" s="15" t="n">
+        <v>-2.3</v>
+      </c>
+      <c r="BM54" s="15" t="n">
+        <v>-4.5</v>
+      </c>
+      <c r="BN54" s="15" t="n">
+        <v>-3.0</v>
+      </c>
+      <c r="BO54" s="15" t="n">
+        <v>10.9</v>
+      </c>
+      <c r="BP54" s="15" t="n">
+        <v>7.3</v>
+      </c>
+      <c r="BQ54" s="15" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="BR54" s="15" t="n">
+        <v>11.1</v>
+      </c>
+      <c r="BS54" s="15" t="n">
+        <v>20.5</v>
+      </c>
+      <c r="BT54" s="15" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="BU54" s="15" t="n">
+        <v>-10.1</v>
+      </c>
+      <c r="BV54" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="BW54" s="15" t="n">
+        <v>-28.4</v>
+      </c>
+      <c r="BX54" s="15" t="n">
+        <v>-6.1</v>
+      </c>
+      <c r="BY54" s="15" t="n">
+        <v>-5.4</v>
+      </c>
+      <c r="BZ54" s="15" t="n">
+        <v>-7.0</v>
+      </c>
+      <c r="CA54" s="15" t="n">
+        <v>12.1</v>
+      </c>
+      <c r="CB54" s="15" t="n">
         <v>9.1</v>
       </c>
-      <c r="BJ54" s="15" t="n">
-[...38 lines deleted...]
-      <c r="BW54" s="15" t="n">
+      <c r="CC54" s="15" t="n">
         <v>13.4</v>
       </c>
-      <c r="BX54" s="15" t="n">
+      <c r="CD54" s="15" t="n">
         <v>6.8</v>
       </c>
-      <c r="BY54" s="15" t="n">
+      <c r="CE54" s="15" t="n">
         <v>25.5</v>
       </c>
-      <c r="BZ54" s="15" t="n">
+      <c r="CF54" s="15" t="n">
         <v>11.4</v>
       </c>
-      <c r="CA54" s="15" t="n">
+      <c r="CG54" s="15" t="n">
         <v>-19.9</v>
       </c>
-      <c r="CB54" s="15" t="n">
+      <c r="CH54" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="CC54" s="15" t="n">
+      <c r="CI54" s="15" t="n">
         <v>-20.2</v>
       </c>
-      <c r="CD54" s="15" t="n">
+      <c r="CJ54" s="15" t="n">
         <v>-12.8</v>
       </c>
-      <c r="CE54" s="15" t="n">
+      <c r="CK54" s="15" t="n">
         <v>-11.2</v>
       </c>
-      <c r="CF54" s="15" t="n">
+      <c r="CL54" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="CG54" s="15" t="n">
+      <c r="CM54" s="15" t="n">
         <v>12.2</v>
       </c>
-      <c r="CH54" s="15" t="n">
+      <c r="CN54" s="15" t="n">
         <v>13.5</v>
       </c>
-      <c r="CI54" s="15" t="n">
+      <c r="CO54" s="15" t="n">
         <v>15.4</v>
       </c>
-      <c r="CJ54" s="15" t="n">
+      <c r="CP54" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="CK54" s="15" t="n">
+      <c r="CQ54" s="15" t="n">
         <v>18.8</v>
       </c>
-      <c r="CL54" s="15" t="n">
+      <c r="CR54" s="15" t="n">
         <v>14.1</v>
       </c>
-      <c r="CM54" s="15" t="n">
+      <c r="CS54" s="15" t="n">
         <v>-19.8</v>
       </c>
-      <c r="CN54" s="15" t="n">
+      <c r="CT54" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="CO54" s="15" t="n">
+      <c r="CU54" s="15" t="n">
         <v>-13.6</v>
       </c>
-      <c r="CP54" s="15" t="n">
+      <c r="CV54" s="15" t="n">
         <v>-3.7</v>
       </c>
-      <c r="CQ54" s="15" t="n">
+      <c r="CW54" s="15" t="n">
         <v>-11.0</v>
       </c>
-      <c r="CR54" s="15" t="n">
+      <c r="CX54" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="CS54" s="15" t="n">
+      <c r="CY54" s="15" t="n">
         <v>11.8</v>
       </c>
-      <c r="CT54" s="15" t="n">
+      <c r="CZ54" s="15" t="n">
         <v>20.7</v>
       </c>
-      <c r="CU54" s="15" t="n">
+      <c r="DA54" s="15" t="n">
         <v>14.2</v>
       </c>
-      <c r="CV54" s="15" t="n">
+      <c r="DB54" s="15" t="n">
         <v>14.8</v>
       </c>
-      <c r="CW54" s="15" t="n">
+      <c r="DC54" s="15" t="n">
         <v>27.7</v>
       </c>
-      <c r="CX54" s="15" t="n">
+      <c r="DD54" s="15" t="n">
         <v>34.2</v>
       </c>
-      <c r="CY54" s="15" t="n">
+      <c r="DE54" s="15" t="n">
         <v>-33.4</v>
       </c>
-      <c r="CZ54" s="15" t="n">
+      <c r="DF54" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="DA54" s="15" t="n">
+      <c r="DG54" s="15" t="n">
         <v>-14.2</v>
       </c>
-      <c r="DB54" s="15" t="n">
+      <c r="DH54" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="DC54" s="15" t="n">
+      <c r="DI54" s="15" t="n">
         <v>-15.2</v>
       </c>
-      <c r="DD54" s="15" t="n">
+      <c r="DJ54" s="15" t="n">
         <v>25.6</v>
       </c>
-      <c r="DE54" s="15" t="n">
+      <c r="DK54" s="15" t="n">
         <v>50.3</v>
       </c>
-      <c r="DF54" s="15" t="n">
+      <c r="DL54" s="15" t="n">
         <v>85.8</v>
       </c>
-      <c r="DG54" s="15" t="n">
+      <c r="DM54" s="15" t="n">
         <v>49.6</v>
       </c>
-      <c r="DH54" s="15" t="n">
+      <c r="DN54" s="15" t="n">
         <v>20.7</v>
       </c>
-      <c r="DI54" s="15" t="n">
+      <c r="DO54" s="15" t="n">
         <v>45.3</v>
       </c>
-      <c r="DJ54" s="15" t="n">
+      <c r="DP54" s="15" t="n">
         <v>-11.7</v>
       </c>
-      <c r="DK54" s="13" t="inlineStr">
-[...20 lines deleted...]
-        <v>6.4</v>
+      <c r="DQ54" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
       </c>
       <c r="DR54" s="15" t="n">
-        <v>1.6</v>
+        <v>17.7</v>
       </c>
       <c r="DS54" s="15" t="n">
-        <v>5.3</v>
+        <v>14.3</v>
       </c>
       <c r="DT54" s="15" t="n">
-        <v>11.8</v>
+        <v>9.2</v>
       </c>
       <c r="DU54" s="15" t="n">
-        <v>0.0</v>
+        <v>4.9</v>
       </c>
       <c r="DV54" s="15" t="n">
-        <v>-2.5</v>
+        <v>3.9</v>
       </c>
       <c r="DW54" s="15" t="n">
-        <v>8.7</v>
+        <v>-0.4</v>
       </c>
       <c r="DX54" s="15" t="n">
         <v>0.7</v>
       </c>
       <c r="DY54" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="DZ54" s="15" t="n">
+        <v>5.6</v>
+      </c>
+      <c r="EA54" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="EB54" s="15" t="n">
+        <v>5.7</v>
+      </c>
+      <c r="EC54" s="15" t="n">
+        <v>12.1</v>
+      </c>
+      <c r="ED54" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="EE54" s="15" t="n">
+        <v>-2.7</v>
+      </c>
+      <c r="EF54" s="15" t="n">
+        <v>8.4</v>
+      </c>
+      <c r="EG54" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="EH54" s="15" t="n">
         <v>-5.6</v>
       </c>
-      <c r="DZ54" s="15" t="n">
+      <c r="EI54" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="EA54" s="15" t="n">
+      <c r="EJ54" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="EB54" s="15" t="n">
+      <c r="EK54" s="15" t="n">
         <v>6.6</v>
       </c>
-      <c r="EC54" s="15" t="n">
+      <c r="EL54" s="15" t="n">
         <v>8.6</v>
       </c>
-      <c r="ED54" s="15" t="n">
+      <c r="EM54" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="EE54" s="15" t="n">
+      <c r="EN54" s="15" t="n">
         <v>-3.6</v>
       </c>
-      <c r="EF54" s="15" t="n">
+      <c r="EO54" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="EG54" s="15" t="n">
+      <c r="EP54" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="EH54" s="15" t="n">
+      <c r="EQ54" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="EI54" s="15" t="n">
+      <c r="ER54" s="15" t="n">
         <v>9.1</v>
       </c>
-      <c r="EJ54" s="15" t="n">
+      <c r="ES54" s="15" t="n">
         <v>20.5</v>
       </c>
-      <c r="EK54" s="15" t="n">
+      <c r="ET54" s="15" t="n">
         <v>20.8</v>
       </c>
-      <c r="EL54" s="15" t="n">
+      <c r="EU54" s="15" t="n">
         <v>20.8</v>
       </c>
-      <c r="EM54" s="15" t="n">
+      <c r="EV54" s="15" t="n">
         <v>20.4</v>
       </c>
-      <c r="EN54" s="15" t="n">
+      <c r="EW54" s="15" t="n">
         <v>28.1</v>
       </c>
-      <c r="EO54" s="15" t="n">
+      <c r="EX54" s="15" t="n">
         <v>26.7</v>
       </c>
-      <c r="EP54" s="15" t="n">
+      <c r="EY54" s="15" t="n">
         <v>45.3</v>
       </c>
-      <c r="EQ54" s="15" t="n">
+      <c r="EZ54" s="15" t="n">
         <v>56.2</v>
       </c>
-      <c r="ER54" s="15" t="n">
+      <c r="FA54" s="15" t="n">
         <v>83.6</v>
       </c>
-      <c r="ES54" s="15" t="n">
+      <c r="FB54" s="15" t="n">
         <v>52.5</v>
       </c>
-      <c r="ET54" s="15" t="n">
+      <c r="FC54" s="15" t="n">
         <v>50.5</v>
       </c>
-      <c r="EU54" s="15" t="n">
+      <c r="FD54" s="15" t="n">
         <v>49.5</v>
       </c>
-      <c r="EV54" s="15" t="n">
+      <c r="FE54" s="15" t="n">
         <v>61.5</v>
       </c>
-      <c r="EW54" s="15" t="n">
+      <c r="FF54" s="15" t="n">
         <v>54.0</v>
       </c>
-      <c r="EX54" s="15" t="n">
+      <c r="FG54" s="15" t="n">
         <v>91.8</v>
       </c>
-      <c r="EY54" s="15" t="n">
+      <c r="FH54" s="15" t="n">
         <v>157.8</v>
       </c>
-      <c r="EZ54" s="15" t="n">
+      <c r="FI54" s="15" t="n">
         <v>296.7</v>
       </c>
-      <c r="FA54" s="15" t="n">
+      <c r="FJ54" s="15" t="n">
         <v>419.6</v>
       </c>
-      <c r="FB54" s="15" t="n">
+      <c r="FK54" s="15" t="n">
         <v>446.1</v>
       </c>
-      <c r="FC54" s="15" t="n">
+      <c r="FL54" s="15" t="n">
         <v>521.4</v>
       </c>
-      <c r="FD54" s="15" t="n">
+      <c r="FM54" s="15" t="n">
         <v>308.6</v>
       </c>
-      <c r="FE54" s="13" t="inlineStr">
-[...43 lines deleted...]
-      </c>
       <c r="FN54" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FO54" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FP54" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="FQ54" s="15" t="n">
-[...17 lines deleted...]
-      <c r="FW54" s="15" t="n">
+      <c r="FQ54" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FR54" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FS54" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FT54" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FU54" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FV54" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FW54" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FX54" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FY54" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FZ54" s="15" t="n">
         <v>5.7</v>
       </c>
-      <c r="FX54" s="15" t="n">
-[...7 lines deleted...]
-      </c>
       <c r="GA54" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="GB54" s="15" t="n">
+        <v>4.1</v>
+      </c>
+      <c r="GC54" s="15" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="GD54" s="15" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="GE54" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="GF54" s="15" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="GG54" s="15" t="n">
+        <v>4.9</v>
+      </c>
+      <c r="GH54" s="15" t="n">
+        <v>5.8</v>
+      </c>
+      <c r="GI54" s="15" t="n">
+        <v>5.8</v>
+      </c>
+      <c r="GJ54" s="15" t="n">
+        <v>8.7</v>
+      </c>
+      <c r="GK54" s="15" t="n">
+        <v>12.1</v>
+      </c>
+      <c r="GL54" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="GM54" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="GB54" s="15" t="n">
+      <c r="GN54" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="GC54" s="15" t="n">
+      <c r="GO54" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="GD54" s="15" t="n">
+      <c r="GP54" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="GE54" s="15" t="n">
+      <c r="GQ54" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="GF54" s="15" t="n">
+      <c r="GR54" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="GG54" s="15" t="n">
-[...2 lines deleted...]
-      <c r="GH54" s="15" t="n">
+      <c r="GS54" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="GT54" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="GI54" s="15" t="n">
+      <c r="GU54" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="GJ54" s="15" t="n">
+      <c r="GV54" s="15" t="n">
         <v>-2.5</v>
       </c>
-      <c r="GK54" s="15" t="n">
+      <c r="GW54" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="GL54" s="15" t="n">
+      <c r="GX54" s="15" t="n">
         <v>22.7</v>
       </c>
-      <c r="GM54" s="15" t="n">
+      <c r="GY54" s="15" t="n">
         <v>24.9</v>
       </c>
-      <c r="GN54" s="15" t="n">
+      <c r="GZ54" s="15" t="n">
         <v>27.4</v>
       </c>
-      <c r="GO54" s="15" t="n">
+      <c r="HA54" s="15" t="n">
         <v>29.8</v>
       </c>
-      <c r="GP54" s="15" t="n">
+      <c r="HB54" s="15" t="n">
         <v>31.3</v>
       </c>
-      <c r="GQ54" s="15" t="n">
+      <c r="HC54" s="15" t="n">
         <v>33.6</v>
       </c>
-      <c r="GR54" s="15" t="n">
+      <c r="HD54" s="15" t="n">
         <v>37.1</v>
       </c>
-      <c r="GS54" s="15" t="n">
+      <c r="HE54" s="15" t="n">
         <v>42.6</v>
       </c>
-      <c r="GT54" s="15" t="n">
+      <c r="HF54" s="15" t="n">
         <v>48.0</v>
       </c>
-      <c r="GU54" s="15" t="n">
+      <c r="HG54" s="15" t="n">
         <v>58.4</v>
       </c>
-      <c r="GV54" s="15" t="n">
+      <c r="HH54" s="15" t="n">
         <v>67.9</v>
       </c>
-      <c r="GW54" s="15" t="n">
+      <c r="HI54" s="15" t="n">
         <v>83.6</v>
       </c>
-      <c r="GX54" s="15" t="n">
+      <c r="HJ54" s="15" t="n">
         <v>111.0</v>
       </c>
-      <c r="GY54" s="15" t="n">
+      <c r="HK54" s="15" t="n">
         <v>118.8</v>
       </c>
-      <c r="GZ54" s="15" t="n">
+      <c r="HL54" s="15" t="n">
         <v>129.3</v>
       </c>
-      <c r="HA54" s="15" t="n">
+      <c r="HM54" s="15" t="n">
         <v>146.7</v>
       </c>
-      <c r="HB54" s="15" t="n">
+      <c r="HN54" s="15" t="n">
         <v>169.4</v>
       </c>
-      <c r="HC54" s="15" t="n">
+      <c r="HO54" s="15" t="n">
         <v>222.0</v>
       </c>
-      <c r="HD54" s="15" t="n">
+      <c r="HP54" s="15" t="n">
         <v>296.2</v>
       </c>
-      <c r="HE54" s="15" t="n">
+      <c r="HQ54" s="15" t="n">
         <v>380.9</v>
       </c>
-      <c r="HF54" s="15" t="n">
+      <c r="HR54" s="15" t="n">
         <v>422.3</v>
       </c>
-      <c r="HG54" s="15" t="n">
+      <c r="HS54" s="15" t="n">
         <v>423.6</v>
       </c>
-      <c r="HH54" s="15" t="n">
+      <c r="HT54" s="15" t="n">
         <v>408.3</v>
       </c>
-      <c r="HI54" s="15" t="n">
+      <c r="HU54" s="15" t="n">
         <v>308.6</v>
       </c>
-      <c r="HJ54" s="13" t="inlineStr">
-[...54 lines deleted...]
-      <c r="HU54" s="13" t="inlineStr">
+      <c r="HV54" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HW54" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HX54" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HY54" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HZ54" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IA54" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IB54" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IC54" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID54" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE54" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF54" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG54" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    80 Security and investigation activities</t>
         </is>
       </c>
       <c r="B55" s="14" t="n">
-        <v>128.833</v>
+        <v>136.777</v>
       </c>
       <c r="C55" s="14" t="n">
-        <v>120.585</v>
+        <v>127.917</v>
       </c>
       <c r="D55" s="14" t="n">
-        <v>142.404</v>
+        <v>131.586</v>
       </c>
       <c r="E55" s="14" t="n">
-        <v>131.3</v>
+        <v>128.295</v>
       </c>
       <c r="F55" s="14" t="n">
-        <v>124.818</v>
+        <v>119.839</v>
       </c>
       <c r="G55" s="14" t="n">
-        <v>120.745</v>
+        <v>142.313</v>
       </c>
       <c r="H55" s="14" t="n">
-        <v>125.868</v>
+        <v>131.593</v>
       </c>
       <c r="I55" s="14" t="n">
-        <v>110.909</v>
+        <v>125.338</v>
       </c>
       <c r="J55" s="14" t="n">
-        <v>117.771</v>
+        <v>121.37</v>
       </c>
       <c r="K55" s="14" t="n">
-        <v>126.615</v>
+        <v>126.527</v>
       </c>
       <c r="L55" s="14" t="n">
-        <v>119.81</v>
+        <v>111.416</v>
       </c>
       <c r="M55" s="14" t="n">
-        <v>124.331</v>
+        <v>118.144</v>
       </c>
       <c r="N55" s="14" t="n">
-        <v>121.354</v>
+        <v>126.742</v>
       </c>
       <c r="O55" s="14" t="n">
-        <v>114.079</v>
+        <v>119.775</v>
       </c>
       <c r="P55" s="14" t="n">
-        <v>120.34</v>
+        <v>124.243</v>
       </c>
       <c r="Q55" s="14" t="n">
-        <v>123.723</v>
+        <v>121.327</v>
       </c>
       <c r="R55" s="14" t="n">
-        <v>124.194</v>
+        <v>114.087</v>
       </c>
       <c r="S55" s="14" t="n">
-        <v>116.849</v>
+        <v>120.359</v>
       </c>
       <c r="T55" s="14" t="n">
-        <v>118.953</v>
+        <v>123.73</v>
       </c>
       <c r="U55" s="14" t="n">
+        <v>124.192</v>
+      </c>
+      <c r="V55" s="14" t="n">
+        <v>116.845</v>
+      </c>
+      <c r="W55" s="14" t="n">
+        <v>118.951</v>
+      </c>
+      <c r="X55" s="14" t="n">
         <v>108.914</v>
       </c>
-      <c r="V55" s="14" t="n">
-[...5 lines deleted...]
-      <c r="X55" s="14" t="n">
+      <c r="Y55" s="14" t="n">
+        <v>115.7</v>
+      </c>
+      <c r="Z55" s="14" t="n">
+        <v>118.619</v>
+      </c>
+      <c r="AA55" s="14" t="n">
         <v>112.735</v>
       </c>
-      <c r="Y55" s="14" t="n">
-[...2 lines deleted...]
-      <c r="Z55" s="14" t="n">
+      <c r="AB55" s="14" t="n">
+        <v>113.671</v>
+      </c>
+      <c r="AC55" s="14" t="n">
         <v>114.354</v>
       </c>
-      <c r="AA55" s="14" t="n">
+      <c r="AD55" s="14" t="n">
         <v>112.4</v>
       </c>
-      <c r="AB55" s="14" t="n">
+      <c r="AE55" s="14" t="n">
         <v>118.891</v>
       </c>
-      <c r="AC55" s="14" t="n">
+      <c r="AF55" s="14" t="n">
         <v>118.892</v>
       </c>
-      <c r="AD55" s="14" t="n">
+      <c r="AG55" s="14" t="n">
         <v>114.031</v>
       </c>
-      <c r="AE55" s="14" t="n">
+      <c r="AH55" s="14" t="n">
         <v>110.933</v>
       </c>
-      <c r="AF55" s="14" t="n">
+      <c r="AI55" s="14" t="n">
         <v>112.166</v>
       </c>
-      <c r="AG55" s="14" t="n">
+      <c r="AJ55" s="14" t="n">
         <v>100.489</v>
       </c>
-      <c r="AH55" s="14" t="n">
+      <c r="AK55" s="14" t="n">
         <v>105.964</v>
       </c>
-      <c r="AI55" s="14" t="n">
+      <c r="AL55" s="14" t="n">
         <v>113.841</v>
       </c>
-      <c r="AJ55" s="14" t="n">
+      <c r="AM55" s="14" t="n">
         <v>106.948</v>
       </c>
-      <c r="AK55" s="14" t="n">
+      <c r="AN55" s="14" t="n">
         <v>109.588</v>
       </c>
-      <c r="AL55" s="14" t="n">
+      <c r="AO55" s="14" t="n">
         <v>108.639</v>
       </c>
-      <c r="AM55" s="14" t="n">
+      <c r="AP55" s="14" t="n">
         <v>107.005</v>
       </c>
-      <c r="AN55" s="14" t="n">
+      <c r="AQ55" s="14" t="n">
         <v>109.938</v>
       </c>
-      <c r="AO55" s="14" t="n">
+      <c r="AR55" s="14" t="n">
         <v>110.134</v>
       </c>
-      <c r="AP55" s="14" t="n">
+      <c r="AS55" s="14" t="n">
         <v>109.546</v>
       </c>
-      <c r="AQ55" s="14" t="n">
+      <c r="AT55" s="14" t="n">
         <v>106.365</v>
       </c>
-      <c r="AR55" s="14" t="n">
+      <c r="AU55" s="14" t="n">
         <v>110.684</v>
       </c>
-      <c r="AS55" s="14" t="n">
+      <c r="AV55" s="14" t="n">
         <v>97.067</v>
       </c>
-      <c r="AT55" s="14" t="n">
+      <c r="AW55" s="14" t="n">
         <v>104.942</v>
       </c>
-      <c r="AU55" s="14" t="n">
+      <c r="AX55" s="14" t="n">
         <v>112.555</v>
       </c>
-      <c r="AV55" s="14" t="n">
+      <c r="AY55" s="14" t="n">
         <v>101.088</v>
       </c>
-      <c r="AW55" s="14" t="n">
+      <c r="AZ55" s="14" t="n">
         <v>102.392</v>
       </c>
-      <c r="AX55" s="14" t="n">
+      <c r="BA55" s="14" t="n">
         <v>100.353</v>
       </c>
-      <c r="AY55" s="14" t="n">
+      <c r="BB55" s="14" t="n">
         <v>99.715</v>
       </c>
-      <c r="AZ55" s="14" t="n">
+      <c r="BC55" s="14" t="n">
         <v>101.345</v>
       </c>
-      <c r="BA55" s="14" t="n">
+      <c r="BD55" s="14" t="n">
         <v>100.67</v>
       </c>
-      <c r="BB55" s="14" t="n">
+      <c r="BE55" s="14" t="n">
         <v>97.048</v>
       </c>
-      <c r="BC55" s="14" t="n">
+      <c r="BF55" s="14" t="n">
         <v>97.53</v>
       </c>
-      <c r="BD55" s="14" t="n">
+      <c r="BG55" s="14" t="n">
         <v>100.509</v>
       </c>
-      <c r="BE55" s="14" t="n">
+      <c r="BH55" s="14" t="n">
         <v>92.564</v>
       </c>
-      <c r="BF55" s="14" t="n">
+      <c r="BI55" s="14" t="n">
         <v>94.231</v>
       </c>
-      <c r="BG55" s="15" t="n">
+      <c r="BJ55" s="15" t="n">
+        <v>6.9</v>
+      </c>
+      <c r="BK55" s="15" t="n">
+        <v>-2.8</v>
+      </c>
+      <c r="BL55" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="BM55" s="15" t="n">
+        <v>7.1</v>
+      </c>
+      <c r="BN55" s="15" t="n">
+        <v>-15.8</v>
+      </c>
+      <c r="BO55" s="15" t="n">
+        <v>8.1</v>
+      </c>
+      <c r="BP55" s="15" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="BQ55" s="15" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="BR55" s="15" t="n">
+        <v>-4.1</v>
+      </c>
+      <c r="BS55" s="15" t="n">
+        <v>13.6</v>
+      </c>
+      <c r="BT55" s="15" t="n">
+        <v>-5.7</v>
+      </c>
+      <c r="BU55" s="15" t="n">
+        <v>-6.8</v>
+      </c>
+      <c r="BV55" s="15" t="n">
+        <v>5.8</v>
+      </c>
+      <c r="BW55" s="15" t="n">
+        <v>-3.6</v>
+      </c>
+      <c r="BX55" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="BY55" s="15" t="n">
+        <v>6.3</v>
+      </c>
+      <c r="BZ55" s="15" t="n">
+        <v>-5.2</v>
+      </c>
+      <c r="CA55" s="15" t="n">
+        <v>-2.7</v>
+      </c>
+      <c r="CB55" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="CC55" s="15" t="n">
+        <v>6.3</v>
+      </c>
+      <c r="CD55" s="15" t="n">
+        <v>-1.8</v>
+      </c>
+      <c r="CE55" s="15" t="n">
+        <v>9.2</v>
+      </c>
+      <c r="CF55" s="15" t="n">
+        <v>-5.9</v>
+      </c>
+      <c r="CG55" s="15" t="n">
+        <v>-2.5</v>
+      </c>
+      <c r="CH55" s="15" t="n">
+        <v>5.2</v>
+      </c>
+      <c r="CI55" s="15" t="n">
+        <v>-0.8</v>
+      </c>
+      <c r="CJ55" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="CK55" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="CL55" s="15" t="n">
+        <v>-5.5</v>
+      </c>
+      <c r="CM55" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CN55" s="15" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="CO55" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="CP55" s="15" t="n">
+        <v>-1.1</v>
+      </c>
+      <c r="CQ55" s="15" t="n">
+        <v>11.6</v>
+      </c>
+      <c r="CR55" s="15" t="n">
+        <v>-5.2</v>
+      </c>
+      <c r="CS55" s="15" t="n">
+        <v>-6.9</v>
+      </c>
+      <c r="CT55" s="15" t="n">
+        <v>6.4</v>
+      </c>
+      <c r="CU55" s="15" t="n">
+        <v>-2.4</v>
+      </c>
+      <c r="CV55" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="CW55" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="CX55" s="15" t="n">
+        <v>-2.7</v>
+      </c>
+      <c r="CY55" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="CZ55" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="DA55" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="DB55" s="15" t="n">
+        <v>-3.9</v>
+      </c>
+      <c r="DC55" s="15" t="n">
+        <v>14.0</v>
+      </c>
+      <c r="DD55" s="15" t="n">
+        <v>-7.5</v>
+      </c>
+      <c r="DE55" s="15" t="n">
+        <v>-6.8</v>
+      </c>
+      <c r="DF55" s="15" t="n">
+        <v>11.3</v>
+      </c>
+      <c r="DG55" s="15" t="n">
+        <v>-1.3</v>
+      </c>
+      <c r="DH55" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="DI55" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="DJ55" s="15" t="n">
+        <v>-1.6</v>
+      </c>
+      <c r="DK55" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="DL55" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="DM55" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="DN55" s="15" t="n">
+        <v>-3.0</v>
+      </c>
+      <c r="DO55" s="15" t="n">
+        <v>8.6</v>
+      </c>
+      <c r="DP55" s="15" t="n">
+        <v>-1.8</v>
+      </c>
+      <c r="DQ55" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DR55" s="15" t="n">
+        <v>7.9</v>
+      </c>
+      <c r="DS55" s="15" t="n">
         <v>6.8</v>
       </c>
-      <c r="BH55" s="15" t="n">
-[...2 lines deleted...]
-      <c r="BI55" s="15" t="n">
+      <c r="DT55" s="15" t="n">
+        <v>5.9</v>
+      </c>
+      <c r="DU55" s="15" t="n">
+        <v>5.7</v>
+      </c>
+      <c r="DV55" s="15" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="DW55" s="15" t="n">
+        <v>18.2</v>
+      </c>
+      <c r="DX55" s="15" t="n">
+        <v>6.4</v>
+      </c>
+      <c r="DY55" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="DZ55" s="15" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="EA55" s="15" t="n">
+        <v>6.4</v>
+      </c>
+      <c r="EB55" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="EC55" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="ED55" s="15" t="n">
+        <v>6.8</v>
+      </c>
+      <c r="EE55" s="15" t="n">
+        <v>6.2</v>
+      </c>
+      <c r="EF55" s="15" t="n">
+        <v>9.3</v>
+      </c>
+      <c r="EG55" s="15" t="n">
+        <v>6.1</v>
+      </c>
+      <c r="EH55" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="EI55" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="EJ55" s="15" t="n">
+        <v>4.1</v>
+      </c>
+      <c r="EK55" s="15" t="n">
+        <v>8.9</v>
+      </c>
+      <c r="EL55" s="15" t="n">
+        <v>5.3</v>
+      </c>
+      <c r="EM55" s="15" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="EN55" s="15" t="n">
+        <v>8.4</v>
+      </c>
+      <c r="EO55" s="15" t="n">
+        <v>9.2</v>
+      </c>
+      <c r="EP55" s="15" t="n">
+        <v>4.2</v>
+      </c>
+      <c r="EQ55" s="15" t="n">
+        <v>5.4</v>
+      </c>
+      <c r="ER55" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="ES55" s="15" t="n">
+        <v>5.3</v>
+      </c>
+      <c r="ET55" s="15" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="EU55" s="15" t="n">
+        <v>8.1</v>
+      </c>
+      <c r="EV55" s="15" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="EW55" s="15" t="n">
+        <v>4.1</v>
+      </c>
+      <c r="EX55" s="15" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="EY55" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="EZ55" s="15" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="FA55" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="FB55" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="FC55" s="15" t="n">
+        <v>5.8</v>
+      </c>
+      <c r="FD55" s="15" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="FE55" s="15" t="n">
+        <v>8.3</v>
+      </c>
+      <c r="FF55" s="15" t="n">
+        <v>7.3</v>
+      </c>
+      <c r="FG55" s="15" t="n">
         <v>8.5</v>
       </c>
-      <c r="BJ55" s="15" t="n">
-[...196 lines deleted...]
-      <c r="DW55" s="15" t="n">
+      <c r="FH55" s="15" t="n">
         <v>9.4</v>
       </c>
-      <c r="DX55" s="15" t="n">
-[...83 lines deleted...]
-      <c r="EZ55" s="15" t="n">
+      <c r="FI55" s="15" t="n">
         <v>12.9</v>
       </c>
-      <c r="FA55" s="15" t="n">
+      <c r="FJ55" s="15" t="n">
         <v>9.1</v>
       </c>
-      <c r="FB55" s="15" t="n">
+      <c r="FK55" s="15" t="n">
         <v>10.1</v>
       </c>
-      <c r="FC55" s="15" t="n">
+      <c r="FL55" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="FD55" s="15" t="n">
+      <c r="FM55" s="15" t="n">
         <v>11.4</v>
       </c>
-      <c r="FE55" s="13" t="inlineStr">
-[...43 lines deleted...]
-      </c>
       <c r="FN55" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FO55" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="FP55" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="FQ55" s="15" t="n">
-[...24 lines deleted...]
-        <v>1.8</v>
+      <c r="FQ55" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FR55" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FS55" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FT55" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FU55" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FV55" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FW55" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FX55" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FY55" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
       </c>
       <c r="FZ55" s="15" t="n">
         <v>6.0</v>
       </c>
       <c r="GA55" s="15" t="n">
+        <v>5.8</v>
+      </c>
+      <c r="GB55" s="15" t="n">
+        <v>5.7</v>
+      </c>
+      <c r="GC55" s="15" t="n">
+        <v>5.7</v>
+      </c>
+      <c r="GD55" s="15" t="n">
+        <v>5.7</v>
+      </c>
+      <c r="GE55" s="15" t="n">
+        <v>5.8</v>
+      </c>
+      <c r="GF55" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="GG55" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="GH55" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="GI55" s="15" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="GJ55" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="GK55" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="GL55" s="15" t="n">
         <v>6.0</v>
       </c>
-      <c r="GB55" s="15" t="n">
+      <c r="GM55" s="15" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="GN55" s="15" t="n">
         <v>5.9</v>
       </c>
-      <c r="GC55" s="15" t="n">
+      <c r="GO55" s="15" t="n">
         <v>5.6</v>
       </c>
-      <c r="GD55" s="15" t="n">
+      <c r="GP55" s="15" t="n">
         <v>5.5</v>
       </c>
-      <c r="GE55" s="15" t="n">
+      <c r="GQ55" s="15" t="n">
         <v>6.1</v>
       </c>
-      <c r="GF55" s="15" t="n">
+      <c r="GR55" s="15" t="n">
         <v>6.9</v>
       </c>
-      <c r="GG55" s="15" t="n">
+      <c r="GS55" s="15" t="n">
         <v>7.5</v>
       </c>
-      <c r="GH55" s="15" t="n">
+      <c r="GT55" s="15" t="n">
         <v>7.2</v>
       </c>
-      <c r="GI55" s="15" t="n">
+      <c r="GU55" s="15" t="n">
         <v>7.8</v>
       </c>
-      <c r="GJ55" s="15" t="n">
+      <c r="GV55" s="15" t="n">
         <v>8.8</v>
       </c>
-      <c r="GK55" s="15" t="n">
+      <c r="GW55" s="15" t="n">
         <v>9.2</v>
       </c>
-      <c r="GL55" s="15" t="n">
+      <c r="GX55" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="GM55" s="15" t="n">
+      <c r="GY55" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="GN55" s="15" t="n">
+      <c r="GZ55" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="GO55" s="15" t="n">
+      <c r="HA55" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="GP55" s="15" t="n">
+      <c r="HB55" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="GQ55" s="15" t="n">
+      <c r="HC55" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="GR55" s="15" t="n">
+      <c r="HD55" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="GS55" s="15" t="n">
+      <c r="HE55" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="GT55" s="15" t="n">
+      <c r="HF55" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="GU55" s="15" t="n">
+      <c r="HG55" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="GV55" s="15" t="n">
+      <c r="HH55" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="GW55" s="15" t="n">
+      <c r="HI55" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="GX55" s="15" t="n">
+      <c r="HJ55" s="15" t="n">
         <v>7.9</v>
       </c>
-      <c r="GY55" s="15" t="n">
+      <c r="HK55" s="15" t="n">
         <v>8.6</v>
       </c>
-      <c r="GZ55" s="15" t="n">
+      <c r="HL55" s="15" t="n">
         <v>8.9</v>
       </c>
-      <c r="HA55" s="15" t="n">
+      <c r="HM55" s="15" t="n">
         <v>9.1</v>
       </c>
-      <c r="HB55" s="15" t="n">
+      <c r="HN55" s="15" t="n">
         <v>9.2</v>
       </c>
-      <c r="HC55" s="15" t="n">
+      <c r="HO55" s="15" t="n">
         <v>9.5</v>
       </c>
-      <c r="HD55" s="15" t="n">
+      <c r="HP55" s="15" t="n">
         <v>9.6</v>
       </c>
-      <c r="HE55" s="15" t="n">
+      <c r="HQ55" s="15" t="n">
         <v>9.7</v>
       </c>
-      <c r="HF55" s="15" t="n">
+      <c r="HR55" s="15" t="n">
         <v>8.9</v>
       </c>
-      <c r="HG55" s="15" t="n">
+      <c r="HS55" s="15" t="n">
         <v>8.8</v>
       </c>
-      <c r="HH55" s="15" t="n">
+      <c r="HT55" s="15" t="n">
         <v>8.1</v>
       </c>
-      <c r="HI55" s="15" t="n">
+      <c r="HU55" s="15" t="n">
         <v>11.4</v>
       </c>
-      <c r="HJ55" s="13" t="inlineStr">
-[...54 lines deleted...]
-      <c r="HU55" s="13" t="inlineStr">
+      <c r="HV55" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HW55" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HX55" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HY55" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HZ55" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IA55" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IB55" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IC55" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID55" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE55" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF55" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG55" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    81 Services to buildings and landscape activities</t>
         </is>
       </c>
       <c r="B56" s="14" t="n">
-        <v>118.862</v>
+        <v>126.546</v>
       </c>
       <c r="C56" s="14" t="n">
-        <v>111.362</v>
+        <v>121.632</v>
       </c>
       <c r="D56" s="14" t="n">
-        <v>121.813</v>
+        <v>121.406</v>
       </c>
       <c r="E56" s="14" t="n">
-        <v>122.903</v>
+        <v>118.664</v>
       </c>
       <c r="F56" s="14" t="n">
-        <v>116.736</v>
+        <v>111.27</v>
       </c>
       <c r="G56" s="14" t="n">
-        <v>116.418</v>
+        <v>121.671</v>
       </c>
       <c r="H56" s="14" t="n">
-        <v>115.116</v>
+        <v>122.774</v>
       </c>
       <c r="I56" s="14" t="n">
-        <v>106.595</v>
+        <v>116.623</v>
       </c>
       <c r="J56" s="14" t="n">
-        <v>112.807</v>
+        <v>116.31</v>
       </c>
       <c r="K56" s="14" t="n">
-        <v>116.536</v>
+        <v>115.01</v>
       </c>
       <c r="L56" s="14" t="n">
-        <v>114.542</v>
+        <v>106.498</v>
       </c>
       <c r="M56" s="14" t="n">
-        <v>117.855</v>
+        <v>112.707</v>
       </c>
       <c r="N56" s="14" t="n">
-        <v>109.657</v>
+        <v>116.435</v>
       </c>
       <c r="O56" s="14" t="n">
-        <v>106.688</v>
+        <v>114.454</v>
       </c>
       <c r="P56" s="14" t="n">
-        <v>115.534</v>
+        <v>117.784</v>
       </c>
       <c r="Q56" s="14" t="n">
-        <v>116.633</v>
+        <v>109.617</v>
       </c>
       <c r="R56" s="14" t="n">
-        <v>112.887</v>
+        <v>106.669</v>
       </c>
       <c r="S56" s="14" t="n">
-        <v>112.001</v>
+        <v>115.526</v>
       </c>
       <c r="T56" s="14" t="n">
+        <v>116.63</v>
+      </c>
+      <c r="U56" s="14" t="n">
+        <v>112.888</v>
+      </c>
+      <c r="V56" s="14" t="n">
+        <v>112.003</v>
+      </c>
+      <c r="W56" s="14" t="n">
         <v>106.96</v>
       </c>
-      <c r="U56" s="14" t="n">
+      <c r="X56" s="14" t="n">
         <v>102.564</v>
       </c>
-      <c r="V56" s="14" t="n">
-[...2 lines deleted...]
-      <c r="W56" s="14" t="n">
+      <c r="Y56" s="14" t="n">
+        <v>107.155</v>
+      </c>
+      <c r="Z56" s="14" t="n">
         <v>111.444</v>
       </c>
-      <c r="X56" s="14" t="n">
+      <c r="AA56" s="14" t="n">
         <v>113.703</v>
       </c>
-      <c r="Y56" s="14" t="n">
+      <c r="AB56" s="14" t="n">
         <v>111.652</v>
       </c>
-      <c r="Z56" s="14" t="n">
+      <c r="AC56" s="14" t="n">
         <v>105.323</v>
       </c>
-      <c r="AA56" s="14" t="n">
+      <c r="AD56" s="14" t="n">
         <v>104.136</v>
       </c>
-      <c r="AB56" s="14" t="n">
+      <c r="AE56" s="14" t="n">
         <v>110.634</v>
       </c>
-      <c r="AC56" s="14" t="n">
+      <c r="AF56" s="14" t="n">
         <v>114.142</v>
       </c>
-      <c r="AD56" s="14" t="n">
+      <c r="AG56" s="14" t="n">
         <v>111.787</v>
       </c>
-      <c r="AE56" s="14" t="n">
+      <c r="AH56" s="14" t="n">
         <v>106.049</v>
       </c>
-      <c r="AF56" s="14" t="n">
+      <c r="AI56" s="14" t="n">
         <v>109.508</v>
       </c>
-      <c r="AG56" s="14" t="n">
+      <c r="AJ56" s="14" t="n">
         <v>98.952</v>
       </c>
-      <c r="AH56" s="14" t="n">
+      <c r="AK56" s="14" t="n">
         <v>99.959</v>
       </c>
-      <c r="AI56" s="14" t="n">
+      <c r="AL56" s="14" t="n">
         <v>107.504</v>
       </c>
-      <c r="AJ56" s="14" t="n">
+      <c r="AM56" s="14" t="n">
         <v>104.002</v>
       </c>
-      <c r="AK56" s="14" t="n">
+      <c r="AN56" s="14" t="n">
         <v>104.539</v>
       </c>
-      <c r="AL56" s="14" t="n">
+      <c r="AO56" s="14" t="n">
         <v>103.614</v>
       </c>
-      <c r="AM56" s="14" t="n">
+      <c r="AP56" s="14" t="n">
         <v>100.239</v>
       </c>
-      <c r="AN56" s="14" t="n">
+      <c r="AQ56" s="14" t="n">
         <v>103.052</v>
       </c>
-      <c r="AO56" s="14" t="n">
+      <c r="AR56" s="14" t="n">
         <v>104.949</v>
       </c>
-      <c r="AP56" s="14" t="n">
+      <c r="AS56" s="14" t="n">
         <v>106.479</v>
       </c>
-      <c r="AQ56" s="14" t="n">
+      <c r="AT56" s="14" t="n">
         <v>103.873</v>
       </c>
-      <c r="AR56" s="14" t="n">
+      <c r="AU56" s="14" t="n">
         <v>104.89</v>
       </c>
-      <c r="AS56" s="14" t="n">
+      <c r="AV56" s="14" t="n">
         <v>94.199</v>
       </c>
-      <c r="AT56" s="14" t="n">
+      <c r="AW56" s="14" t="n">
         <v>94.034</v>
       </c>
-      <c r="AU56" s="14" t="n">
+      <c r="AX56" s="14" t="n">
         <v>107.117</v>
       </c>
-      <c r="AV56" s="14" t="n">
+      <c r="AY56" s="14" t="n">
         <v>100.162</v>
       </c>
-      <c r="AW56" s="14" t="n">
+      <c r="AZ56" s="14" t="n">
         <v>103.383</v>
       </c>
-      <c r="AX56" s="14" t="n">
+      <c r="BA56" s="14" t="n">
         <v>101.562</v>
       </c>
-      <c r="AY56" s="14" t="n">
+      <c r="BB56" s="14" t="n">
         <v>96.672</v>
       </c>
-      <c r="AZ56" s="14" t="n">
+      <c r="BC56" s="14" t="n">
         <v>102.491</v>
       </c>
-      <c r="BA56" s="14" t="n">
+      <c r="BD56" s="14" t="n">
         <v>105.134</v>
       </c>
-      <c r="BB56" s="14" t="n">
+      <c r="BE56" s="14" t="n">
         <v>100.743</v>
       </c>
-      <c r="BC56" s="14" t="n">
+      <c r="BF56" s="14" t="n">
         <v>98.51</v>
       </c>
-      <c r="BD56" s="14" t="n">
+      <c r="BG56" s="14" t="n">
         <v>100.829</v>
       </c>
-      <c r="BE56" s="14" t="n">
+      <c r="BH56" s="14" t="n">
         <v>92.664</v>
       </c>
-      <c r="BF56" s="14" t="n">
+      <c r="BI56" s="14" t="n">
         <v>90.733</v>
       </c>
-      <c r="BG56" s="15" t="n">
-[...5 lines deleted...]
-      <c r="BI56" s="15" t="n">
+      <c r="BJ56" s="15" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="BK56" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="BL56" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="BM56" s="15" t="n">
+        <v>6.6</v>
+      </c>
+      <c r="BN56" s="15" t="n">
+        <v>-8.5</v>
+      </c>
+      <c r="BO56" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="BJ56" s="15" t="n">
+      <c r="BP56" s="15" t="n">
         <v>5.3</v>
       </c>
-      <c r="BK56" s="15" t="n">
+      <c r="BQ56" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="BL56" s="15" t="n">
+      <c r="BR56" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="BM56" s="15" t="n">
+      <c r="BS56" s="15" t="n">
         <v>8.0</v>
       </c>
-      <c r="BN56" s="15" t="n">
+      <c r="BT56" s="15" t="n">
         <v>-5.5</v>
       </c>
-      <c r="BO56" s="15" t="n">
+      <c r="BU56" s="15" t="n">
         <v>-3.2</v>
       </c>
-      <c r="BP56" s="15" t="n">
+      <c r="BV56" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="BQ56" s="15" t="n">
+      <c r="BW56" s="15" t="n">
         <v>-2.8</v>
       </c>
-      <c r="BR56" s="15" t="n">
+      <c r="BX56" s="15" t="n">
         <v>7.5</v>
       </c>
-      <c r="BS56" s="15" t="n">
+      <c r="BY56" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="BT56" s="15" t="n">
+      <c r="BZ56" s="15" t="n">
         <v>-7.7</v>
       </c>
-      <c r="BU56" s="15" t="n">
+      <c r="CA56" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="BV56" s="15" t="n">
+      <c r="CB56" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="BW56" s="15" t="n">
+      <c r="CC56" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="BX56" s="15" t="n">
+      <c r="CD56" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="BY56" s="15" t="n">
+      <c r="CE56" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="BZ56" s="15" t="n">
+      <c r="CF56" s="15" t="n">
         <v>-4.3</v>
       </c>
-      <c r="CA56" s="15" t="n">
+      <c r="CG56" s="15" t="n">
         <v>-3.8</v>
       </c>
-      <c r="CB56" s="15" t="n">
+      <c r="CH56" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="CC56" s="15" t="n">
+      <c r="CI56" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="CD56" s="15" t="n">
+      <c r="CJ56" s="15" t="n">
         <v>6.0</v>
       </c>
-      <c r="CE56" s="15" t="n">
+      <c r="CK56" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="CF56" s="15" t="n">
+      <c r="CL56" s="15" t="n">
         <v>-5.9</v>
       </c>
-      <c r="CG56" s="15" t="n">
+      <c r="CM56" s="15" t="n">
         <v>-3.1</v>
       </c>
-      <c r="CH56" s="15" t="n">
+      <c r="CN56" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="CI56" s="15" t="n">
+      <c r="CO56" s="15" t="n">
         <v>5.4</v>
       </c>
-      <c r="CJ56" s="15" t="n">
+      <c r="CP56" s="15" t="n">
         <v>-3.2</v>
       </c>
-      <c r="CK56" s="15" t="n">
+      <c r="CQ56" s="15" t="n">
         <v>10.7</v>
       </c>
-      <c r="CL56" s="15" t="n">
+      <c r="CR56" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="CM56" s="15" t="n">
+      <c r="CS56" s="15" t="n">
         <v>-7.0</v>
       </c>
-      <c r="CN56" s="15" t="n">
+      <c r="CT56" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="CO56" s="15" t="n">
+      <c r="CU56" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="CP56" s="15" t="n">
+      <c r="CV56" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="CQ56" s="15" t="n">
+      <c r="CW56" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="CR56" s="15" t="n">
+      <c r="CX56" s="15" t="n">
         <v>-2.7</v>
       </c>
-      <c r="CS56" s="15" t="n">
+      <c r="CY56" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="CT56" s="15" t="n">
+      <c r="CZ56" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="CU56" s="15" t="n">
+      <c r="DA56" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="CV56" s="15" t="n">
+      <c r="DB56" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="CW56" s="15" t="n">
+      <c r="DC56" s="15" t="n">
         <v>11.3</v>
       </c>
-      <c r="CX56" s="15" t="n">
+      <c r="DD56" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="CY56" s="15" t="n">
+      <c r="DE56" s="15" t="n">
         <v>-12.2</v>
       </c>
-      <c r="CZ56" s="15" t="n">
+      <c r="DF56" s="15" t="n">
         <v>6.9</v>
       </c>
-      <c r="DA56" s="15" t="n">
+      <c r="DG56" s="15" t="n">
         <v>-3.1</v>
       </c>
-      <c r="DB56" s="15" t="n">
+      <c r="DH56" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="DC56" s="15" t="n">
+      <c r="DI56" s="15" t="n">
         <v>5.1</v>
       </c>
-      <c r="DD56" s="15" t="n">
+      <c r="DJ56" s="15" t="n">
         <v>-5.7</v>
       </c>
-      <c r="DE56" s="15" t="n">
+      <c r="DK56" s="15" t="n">
         <v>-2.5</v>
       </c>
-      <c r="DF56" s="15" t="n">
+      <c r="DL56" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="DG56" s="15" t="n">
+      <c r="DM56" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="DH56" s="15" t="n">
+      <c r="DN56" s="15" t="n">
         <v>-2.3</v>
       </c>
-      <c r="DI56" s="15" t="n">
+      <c r="DO56" s="15" t="n">
         <v>8.8</v>
       </c>
-      <c r="DJ56" s="15" t="n">
+      <c r="DP56" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="DK56" s="13" t="inlineStr">
-[...7 lines deleted...]
-      <c r="DM56" s="15" t="n">
+      <c r="DQ56" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DR56" s="15" t="n">
+        <v>8.7</v>
+      </c>
+      <c r="DS56" s="15" t="n">
+        <v>6.3</v>
+      </c>
+      <c r="DT56" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="DU56" s="15" t="n">
+        <v>8.3</v>
+      </c>
+      <c r="DV56" s="15" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="DW56" s="15" t="n">
+        <v>5.3</v>
+      </c>
+      <c r="DX56" s="15" t="n">
+        <v>5.3</v>
+      </c>
+      <c r="DY56" s="15" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="DZ56" s="15" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="EA56" s="15" t="n">
+        <v>7.5</v>
+      </c>
+      <c r="EB56" s="15" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="EC56" s="15" t="n">
+        <v>5.2</v>
+      </c>
+      <c r="ED56" s="15" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="EE56" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="EF56" s="15" t="n">
+        <v>5.5</v>
+      </c>
+      <c r="EG56" s="15" t="n">
+        <v>4.1</v>
+      </c>
+      <c r="EH56" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="EI56" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="DN56" s="15" t="n">
+      <c r="EJ56" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="EK56" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="EL56" s="15" t="n">
+        <v>5.6</v>
+      </c>
+      <c r="EM56" s="15" t="n">
+        <v>-2.3</v>
+      </c>
+      <c r="EN56" s="15" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="EO56" s="15" t="n">
+        <v>7.2</v>
+      </c>
+      <c r="EP56" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="EQ56" s="15" t="n">
+        <v>9.3</v>
+      </c>
+      <c r="ER56" s="15" t="n">
+        <v>6.8</v>
+      </c>
+      <c r="ES56" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="ET56" s="15" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="EU56" s="15" t="n">
+        <v>7.4</v>
+      </c>
+      <c r="EV56" s="15" t="n">
+        <v>8.8</v>
+      </c>
+      <c r="EW56" s="15" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="EX56" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="EY56" s="15" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="EZ56" s="15" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="FA56" s="15" t="n">
+        <v>6.3</v>
+      </c>
+      <c r="FB56" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="FC56" s="15" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="FD56" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="FE56" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="FF56" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="FG56" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="FH56" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="FI56" s="15" t="n">
+        <v>5.7</v>
+      </c>
+      <c r="FJ56" s="15" t="n">
         <v>5.4</v>
       </c>
-      <c r="DO56" s="15" t="n">
+      <c r="FK56" s="15" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="FL56" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="FM56" s="15" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="FN56" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FO56" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FP56" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FQ56" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FR56" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FS56" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FT56" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FU56" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FV56" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FW56" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FX56" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FY56" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FZ56" s="15" t="n">
         <v>5.4</v>
       </c>
-      <c r="DP56" s="15" t="n">
+      <c r="GA56" s="15" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="GB56" s="15" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="GC56" s="15" t="n">
+        <v>5.2</v>
+      </c>
+      <c r="GD56" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="GE56" s="15" t="n">
+        <v>4.9</v>
+      </c>
+      <c r="GF56" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="GG56" s="15" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="GH56" s="15" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="GI56" s="15" t="n">
+        <v>5.5</v>
+      </c>
+      <c r="GJ56" s="15" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="GK56" s="15" t="n">
+        <v>5.2</v>
+      </c>
+      <c r="GL56" s="15" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="GM56" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="GN56" s="15" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="GO56" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="GP56" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="GQ56" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="GR56" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="GS56" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="GT56" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="DQ56" s="15" t="n">
-[...8 lines deleted...]
-      <c r="DT56" s="15" t="n">
+      <c r="GU56" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="GV56" s="15" t="n">
+        <v>5.4</v>
+      </c>
+      <c r="GW56" s="15" t="n">
+        <v>7.2</v>
+      </c>
+      <c r="GX56" s="15" t="n">
+        <v>5.4</v>
+      </c>
+      <c r="GY56" s="15" t="n">
+        <v>5.5</v>
+      </c>
+      <c r="GZ56" s="15" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="HA56" s="15" t="n">
+        <v>4.9</v>
+      </c>
+      <c r="HB56" s="15" t="n">
+        <v>5.4</v>
+      </c>
+      <c r="HC56" s="15" t="n">
+        <v>5.6</v>
+      </c>
+      <c r="HD56" s="15" t="n">
         <v>5.3</v>
       </c>
-      <c r="DU56" s="15" t="n">
-[...8 lines deleted...]
-      <c r="DX56" s="15" t="n">
+      <c r="HE56" s="15" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="HF56" s="15" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="HG56" s="15" t="n">
+        <v>5.2</v>
+      </c>
+      <c r="HH56" s="15" t="n">
+        <v>5.7</v>
+      </c>
+      <c r="HI56" s="15" t="n">
+        <v>6.3</v>
+      </c>
+      <c r="HJ56" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="HK56" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="HL56" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="HM56" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="HN56" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="HO56" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="HP56" s="15" t="n">
+        <v>3.4</v>
+      </c>
+      <c r="HQ56" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="DY56" s="15" t="n">
-[...17 lines deleted...]
-      <c r="EE56" s="15" t="n">
+      <c r="HR56" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="HS56" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="HT56" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="HU56" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="EF56" s="15" t="n">
-[...324 lines deleted...]
-      <c r="HU56" s="13" t="inlineStr">
+      <c r="HV56" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HW56" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HX56" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HY56" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HZ56" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IA56" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IB56" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IC56" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID56" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE56" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF56" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG56" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    82 Office administrative, office support and other business support activities</t>
         </is>
       </c>
       <c r="B57" s="14" t="n">
-        <v>108.97</v>
+        <v>124.278</v>
       </c>
       <c r="C57" s="14" t="n">
-        <v>86.524</v>
+        <v>109.284</v>
       </c>
       <c r="D57" s="14" t="n">
-        <v>116.989</v>
+        <v>119.545</v>
       </c>
       <c r="E57" s="14" t="n">
-        <v>111.384</v>
+        <v>109.677</v>
       </c>
       <c r="F57" s="14" t="n">
-        <v>108.97</v>
+        <v>86.924</v>
       </c>
       <c r="G57" s="14" t="n">
-        <v>110.428</v>
+        <v>117.379</v>
       </c>
       <c r="H57" s="14" t="n">
-        <v>109.619</v>
+        <v>111.562</v>
       </c>
       <c r="I57" s="14" t="n">
-        <v>104.364</v>
+        <v>109.076</v>
       </c>
       <c r="J57" s="14" t="n">
-        <v>114.557</v>
+        <v>110.589</v>
       </c>
       <c r="K57" s="14" t="n">
-        <v>121.433</v>
+        <v>109.954</v>
       </c>
       <c r="L57" s="14" t="n">
-        <v>109.344</v>
+        <v>104.761</v>
       </c>
       <c r="M57" s="14" t="n">
-        <v>117.419</v>
+        <v>114.98</v>
       </c>
       <c r="N57" s="14" t="n">
-        <v>105.586</v>
+        <v>121.762</v>
       </c>
       <c r="O57" s="14" t="n">
-        <v>89.174</v>
+        <v>109.542</v>
       </c>
       <c r="P57" s="14" t="n">
-        <v>118.112</v>
+        <v>117.539</v>
       </c>
       <c r="Q57" s="14" t="n">
-        <v>113.106</v>
+        <v>105.62</v>
       </c>
       <c r="R57" s="14" t="n">
-        <v>111.805</v>
+        <v>89.165</v>
       </c>
       <c r="S57" s="14" t="n">
-        <v>114.555</v>
+        <v>118.086</v>
       </c>
       <c r="T57" s="14" t="n">
-        <v>113.404</v>
+        <v>113.099</v>
       </c>
       <c r="U57" s="14" t="n">
+        <v>111.807</v>
+      </c>
+      <c r="V57" s="14" t="n">
+        <v>114.561</v>
+      </c>
+      <c r="W57" s="14" t="n">
+        <v>113.406</v>
+      </c>
+      <c r="X57" s="14" t="n">
         <v>108.537</v>
       </c>
-      <c r="V57" s="14" t="n">
-[...5 lines deleted...]
-      <c r="X57" s="14" t="n">
+      <c r="Y57" s="14" t="n">
+        <v>112.469</v>
+      </c>
+      <c r="Z57" s="14" t="n">
+        <v>121.552</v>
+      </c>
+      <c r="AA57" s="14" t="n">
         <v>112.48</v>
       </c>
-      <c r="Y57" s="14" t="n">
+      <c r="AB57" s="14" t="n">
         <v>115.338</v>
       </c>
-      <c r="Z57" s="14" t="n">
-[...2 lines deleted...]
-      <c r="AA57" s="14" t="n">
+      <c r="AC57" s="14" t="n">
+        <v>105.193</v>
+      </c>
+      <c r="AD57" s="14" t="n">
         <v>89.498</v>
       </c>
-      <c r="AB57" s="14" t="n">
+      <c r="AE57" s="14" t="n">
         <v>111.45</v>
       </c>
-      <c r="AC57" s="14" t="n">
+      <c r="AF57" s="14" t="n">
         <v>113.579</v>
       </c>
-      <c r="AD57" s="14" t="n">
+      <c r="AG57" s="14" t="n">
         <v>108.98</v>
       </c>
-      <c r="AE57" s="14" t="n">
+      <c r="AH57" s="14" t="n">
         <v>105.825</v>
       </c>
-      <c r="AF57" s="14" t="n">
+      <c r="AI57" s="14" t="n">
         <v>113.935</v>
       </c>
-      <c r="AG57" s="14" t="n">
+      <c r="AJ57" s="14" t="n">
         <v>101.303</v>
       </c>
-      <c r="AH57" s="14" t="n">
+      <c r="AK57" s="14" t="n">
         <v>105.297</v>
       </c>
-      <c r="AI57" s="14" t="n">
+      <c r="AL57" s="14" t="n">
         <v>126.919</v>
       </c>
-      <c r="AJ57" s="14" t="n">
+      <c r="AM57" s="14" t="n">
         <v>112.373</v>
       </c>
-      <c r="AK57" s="14" t="n">
+      <c r="AN57" s="14" t="n">
         <v>114.64</v>
       </c>
-      <c r="AL57" s="14" t="n">
+      <c r="AO57" s="14" t="n">
         <v>117.02</v>
       </c>
-      <c r="AM57" s="14" t="n">
+      <c r="AP57" s="14" t="n">
         <v>90.329</v>
       </c>
-      <c r="AN57" s="14" t="n">
+      <c r="AQ57" s="14" t="n">
         <v>117.114</v>
       </c>
-      <c r="AO57" s="14" t="n">
+      <c r="AR57" s="14" t="n">
         <v>113.507</v>
       </c>
-      <c r="AP57" s="14" t="n">
+      <c r="AS57" s="14" t="n">
         <v>108.688</v>
       </c>
-      <c r="AQ57" s="14" t="n">
+      <c r="AT57" s="14" t="n">
         <v>104.123</v>
       </c>
-      <c r="AR57" s="14" t="n">
+      <c r="AU57" s="14" t="n">
         <v>113.595</v>
       </c>
-      <c r="AS57" s="14" t="n">
+      <c r="AV57" s="14" t="n">
         <v>103.591</v>
       </c>
-      <c r="AT57" s="14" t="n">
+      <c r="AW57" s="14" t="n">
         <v>96.784</v>
       </c>
-      <c r="AU57" s="14" t="n">
+      <c r="AX57" s="14" t="n">
         <v>125.069</v>
       </c>
-      <c r="AV57" s="14" t="n">
+      <c r="AY57" s="14" t="n">
         <v>108.793</v>
       </c>
-      <c r="AW57" s="14" t="n">
+      <c r="AZ57" s="14" t="n">
         <v>111.383</v>
       </c>
-      <c r="AX57" s="14" t="n">
+      <c r="BA57" s="14" t="n">
         <v>102.656</v>
       </c>
-      <c r="AY57" s="14" t="n">
+      <c r="BB57" s="14" t="n">
         <v>81.504</v>
       </c>
-      <c r="AZ57" s="14" t="n">
+      <c r="BC57" s="14" t="n">
         <v>104.572</v>
       </c>
-      <c r="BA57" s="14" t="n">
+      <c r="BD57" s="14" t="n">
         <v>99.791</v>
       </c>
-      <c r="BB57" s="14" t="n">
+      <c r="BE57" s="14" t="n">
         <v>91.187</v>
       </c>
-      <c r="BC57" s="14" t="n">
+      <c r="BF57" s="14" t="n">
         <v>95.046</v>
       </c>
-      <c r="BD57" s="14" t="n">
+      <c r="BG57" s="14" t="n">
         <v>100.062</v>
       </c>
-      <c r="BE57" s="14" t="n">
+      <c r="BH57" s="14" t="n">
         <v>92.179</v>
       </c>
-      <c r="BF57" s="14" t="n">
+      <c r="BI57" s="14" t="n">
         <v>87.758</v>
       </c>
-      <c r="BG57" s="15" t="n">
-[...5 lines deleted...]
-      <c r="BI57" s="15" t="n">
+      <c r="BJ57" s="15" t="n">
+        <v>13.7</v>
+      </c>
+      <c r="BK57" s="15" t="n">
+        <v>-8.6</v>
+      </c>
+      <c r="BL57" s="15" t="n">
+        <v>9.0</v>
+      </c>
+      <c r="BM57" s="15" t="n">
+        <v>26.2</v>
+      </c>
+      <c r="BN57" s="15" t="n">
+        <v>-25.9</v>
+      </c>
+      <c r="BO57" s="15" t="n">
+        <v>5.2</v>
+      </c>
+      <c r="BP57" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="BQ57" s="15" t="n">
+        <v>-1.4</v>
+      </c>
+      <c r="BR57" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="BS57" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="BJ57" s="15" t="n">
+      <c r="BT57" s="15" t="n">
+        <v>-8.9</v>
+      </c>
+      <c r="BU57" s="15" t="n">
+        <v>-5.6</v>
+      </c>
+      <c r="BV57" s="15" t="n">
+        <v>11.2</v>
+      </c>
+      <c r="BW57" s="15" t="n">
+        <v>-6.8</v>
+      </c>
+      <c r="BX57" s="15" t="n">
+        <v>11.3</v>
+      </c>
+      <c r="BY57" s="15" t="n">
+        <v>18.5</v>
+      </c>
+      <c r="BZ57" s="15" t="n">
+        <v>-24.5</v>
+      </c>
+      <c r="CA57" s="15" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="CB57" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="CC57" s="15" t="n">
+        <v>-2.4</v>
+      </c>
+      <c r="CD57" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="CE57" s="15" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="CF57" s="15" t="n">
+        <v>-3.5</v>
+      </c>
+      <c r="CG57" s="15" t="n">
+        <v>-7.5</v>
+      </c>
+      <c r="CH57" s="15" t="n">
+        <v>8.1</v>
+      </c>
+      <c r="CI57" s="15" t="n">
+        <v>-2.5</v>
+      </c>
+      <c r="CJ57" s="15" t="n">
+        <v>9.6</v>
+      </c>
+      <c r="CK57" s="15" t="n">
+        <v>17.5</v>
+      </c>
+      <c r="CL57" s="15" t="n">
+        <v>-19.7</v>
+      </c>
+      <c r="CM57" s="15" t="n">
+        <v>-1.9</v>
+      </c>
+      <c r="CN57" s="15" t="n">
+        <v>4.2</v>
+      </c>
+      <c r="CO57" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="CP57" s="15" t="n">
+        <v>-7.1</v>
+      </c>
+      <c r="CQ57" s="15" t="n">
+        <v>12.5</v>
+      </c>
+      <c r="CR57" s="15" t="n">
+        <v>-3.8</v>
+      </c>
+      <c r="CS57" s="15" t="n">
+        <v>-17.0</v>
+      </c>
+      <c r="CT57" s="15" t="n">
+        <v>12.9</v>
+      </c>
+      <c r="CU57" s="15" t="n">
+        <v>-2.0</v>
+      </c>
+      <c r="CV57" s="15" t="n">
+        <v>-2.0</v>
+      </c>
+      <c r="CW57" s="15" t="n">
+        <v>29.5</v>
+      </c>
+      <c r="CX57" s="15" t="n">
+        <v>-22.9</v>
+      </c>
+      <c r="CY57" s="15" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="CZ57" s="15" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="DA57" s="15" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="DB57" s="15" t="n">
+        <v>-8.3</v>
+      </c>
+      <c r="DC57" s="15" t="n">
+        <v>9.7</v>
+      </c>
+      <c r="DD57" s="15" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="DE57" s="15" t="n">
+        <v>-22.6</v>
+      </c>
+      <c r="DF57" s="15" t="n">
+        <v>15.0</v>
+      </c>
+      <c r="DG57" s="15" t="n">
+        <v>-2.3</v>
+      </c>
+      <c r="DH57" s="15" t="n">
+        <v>8.5</v>
+      </c>
+      <c r="DI57" s="15" t="n">
+        <v>26.0</v>
+      </c>
+      <c r="DJ57" s="15" t="n">
+        <v>-22.1</v>
+      </c>
+      <c r="DK57" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="DL57" s="15" t="n">
+        <v>9.4</v>
+      </c>
+      <c r="DM57" s="15" t="n">
+        <v>-4.1</v>
+      </c>
+      <c r="DN57" s="15" t="n">
+        <v>-5.0</v>
+      </c>
+      <c r="DO57" s="15" t="n">
+        <v>8.6</v>
+      </c>
+      <c r="DP57" s="15" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="DQ57" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="DR57" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="DS57" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="DT57" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="DU57" s="15" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="DV57" s="15" t="n">
+        <v>-2.5</v>
+      </c>
+      <c r="DW57" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="DX57" s="15" t="n">
+        <v>-1.4</v>
+      </c>
+      <c r="DY57" s="15" t="n">
+        <v>-2.4</v>
+      </c>
+      <c r="DZ57" s="15" t="n">
+        <v>-3.5</v>
+      </c>
+      <c r="EA57" s="15" t="n">
+        <v>-3.0</v>
+      </c>
+      <c r="EB57" s="15" t="n">
+        <v>-3.5</v>
+      </c>
+      <c r="EC57" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="BK57" s="15" t="n">
-[...56 lines deleted...]
-      <c r="CD57" s="15" t="n">
+      <c r="ED57" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="EE57" s="15" t="n">
+        <v>-2.6</v>
+      </c>
+      <c r="EF57" s="15" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="EG57" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="EH57" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="EI57" s="15" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="EJ57" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="EK57" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="EL57" s="15" t="n">
+        <v>8.3</v>
+      </c>
+      <c r="EM57" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="EN57" s="15" t="n">
+        <v>7.1</v>
+      </c>
+      <c r="EO57" s="15" t="n">
+        <v>6.8</v>
+      </c>
+      <c r="EP57" s="15" t="n">
+        <v>-4.2</v>
+      </c>
+      <c r="EQ57" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="ER57" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="ES57" s="15" t="n">
+        <v>-10.1</v>
+      </c>
+      <c r="ET57" s="15" t="n">
+        <v>-0.9</v>
+      </c>
+      <c r="EU57" s="15" t="n">
+        <v>-4.8</v>
+      </c>
+      <c r="EV57" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="EW57" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="EX57" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="EY57" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="EZ57" s="15" t="n">
+        <v>-2.2</v>
+      </c>
+      <c r="FA57" s="15" t="n">
+        <v>8.8</v>
+      </c>
+      <c r="FB57" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="FC57" s="15" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="FD57" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="FE57" s="15" t="n">
+        <v>14.0</v>
+      </c>
+      <c r="FF57" s="15" t="n">
+        <v>10.8</v>
+      </c>
+      <c r="FG57" s="15" t="n">
+        <v>12.0</v>
+      </c>
+      <c r="FH57" s="15" t="n">
+        <v>13.7</v>
+      </c>
+      <c r="FI57" s="15" t="n">
+        <v>19.2</v>
+      </c>
+      <c r="FJ57" s="15" t="n">
         <v>9.6</v>
       </c>
-      <c r="CE57" s="15" t="n">
-[...5 lines deleted...]
-      <c r="CG57" s="15" t="n">
+      <c r="FK57" s="15" t="n">
+        <v>13.5</v>
+      </c>
+      <c r="FL57" s="15" t="n">
+        <v>12.4</v>
+      </c>
+      <c r="FM57" s="15" t="n">
+        <v>10.3</v>
+      </c>
+      <c r="FN57" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FO57" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FP57" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FQ57" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FR57" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FS57" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FT57" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FU57" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FV57" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FW57" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FX57" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FY57" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="FZ57" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="GA57" s="15" t="n">
+        <v>-0.8</v>
+      </c>
+      <c r="GB57" s="15" t="n">
+        <v>-0.9</v>
+      </c>
+      <c r="GC57" s="15" t="n">
+        <v>-1.2</v>
+      </c>
+      <c r="GD57" s="15" t="n">
+        <v>-1.8</v>
+      </c>
+      <c r="GE57" s="15" t="n">
+        <v>-1.7</v>
+      </c>
+      <c r="GF57" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="CH57" s="15" t="n">
+      <c r="GG57" s="15" t="n">
+        <v>-2.0</v>
+      </c>
+      <c r="GH57" s="15" t="n">
+        <v>-1.9</v>
+      </c>
+      <c r="GI57" s="15" t="n">
+        <v>-1.4</v>
+      </c>
+      <c r="GJ57" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="GK57" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="GL57" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="GM57" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="GN57" s="15" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="GO57" s="15" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="GP57" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="GQ57" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="CI57" s="15" t="n">
-[...14 lines deleted...]
-      <c r="CN57" s="15" t="n">
+      <c r="GR57" s="15" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="GS57" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="GT57" s="15" t="n">
+        <v>5.3</v>
+      </c>
+      <c r="GU57" s="15" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="GV57" s="15" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="GW57" s="15" t="n">
+        <v>6.8</v>
+      </c>
+      <c r="GX57" s="15" t="n">
+        <v>-1.1</v>
+      </c>
+      <c r="GY57" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="GZ57" s="15" t="n">
+        <v>-0.8</v>
+      </c>
+      <c r="HA57" s="15" t="n">
+        <v>-1.0</v>
+      </c>
+      <c r="HB57" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="HC57" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="HD57" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="HE57" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="HF57" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="HG57" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="HH57" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="HI57" s="15" t="n">
+        <v>8.8</v>
+      </c>
+      <c r="HJ57" s="15" t="n">
+        <v>9.9</v>
+      </c>
+      <c r="HK57" s="15" t="n">
+        <v>10.9</v>
+      </c>
+      <c r="HL57" s="15" t="n">
+        <v>11.7</v>
+      </c>
+      <c r="HM57" s="15" t="n">
         <v>12.9</v>
       </c>
-      <c r="CO57" s="15" t="n">
-[...202 lines deleted...]
-      <c r="FD57" s="15" t="n">
+      <c r="HN57" s="15" t="n">
+        <v>12.7</v>
+      </c>
+      <c r="HO57" s="15" t="n">
+        <v>12.9</v>
+      </c>
+      <c r="HP57" s="15" t="n">
+        <v>13.1</v>
+      </c>
+      <c r="HQ57" s="15" t="n">
+        <v>13.0</v>
+      </c>
+      <c r="HR57" s="15" t="n">
+        <v>11.5</v>
+      </c>
+      <c r="HS57" s="15" t="n">
+        <v>12.1</v>
+      </c>
+      <c r="HT57" s="15" t="n">
+        <v>11.4</v>
+      </c>
+      <c r="HU57" s="15" t="n">
         <v>10.3</v>
       </c>
-      <c r="FE57" s="13" t="inlineStr">
-[...249 lines deleted...]
-      <c r="HU57" s="13" t="inlineStr">
+      <c r="HV57" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HW57" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HX57" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HY57" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HZ57" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IA57" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IB57" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IC57" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID57" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE57" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF57" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG57" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="5" t="inlineStr">
         <is>
           <t>Notas:</t>
         </is>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr">
         <is>
           <t>Actualizada a 9 de abril de 2024</t>
         </is>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="5" t="inlineStr">
         <is>
           <t xml:space="preserve">Fuente: </t>
         </is>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="10">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A5:K5"/>
     <mergeCell ref="A6:K6"/>
-    <mergeCell ref="B7:BF7"/>
-[...2 lines deleted...]
-    <mergeCell ref="FQ7:HU7"/>
+    <mergeCell ref="B7:BI7"/>
+    <mergeCell ref="BJ7:DQ7"/>
+    <mergeCell ref="DR7:FY7"/>
+    <mergeCell ref="FZ7:IG7"/>
   </mergeCells>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>