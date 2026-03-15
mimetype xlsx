--- v0 (2025-10-23)
+++ v1 (2026-03-15)
@@ -244,89 +244,97 @@
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="8" xfId="0" applyFill="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="6" fillId="5" borderId="8" xfId="0" applyFill="true" applyBorder="true" applyFont="true"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="8" xfId="0" applyFill="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="5" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="4" fontId="7" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true" applyNumberFormat="true">
       <alignment horizontal="right"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:AG34"/>
+  <dimension ref="A1:AO34"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="39.0625" customWidth="true"/>
     <col min="2" max="2" width="19.53125" customWidth="true"/>
     <col min="3" max="3" width="19.53125" customWidth="true"/>
     <col min="4" max="4" width="19.53125" customWidth="true"/>
     <col min="5" max="5" width="19.53125" customWidth="true"/>
     <col min="6" max="6" width="19.53125" customWidth="true"/>
     <col min="7" max="7" width="19.53125" customWidth="true"/>
     <col min="8" max="8" width="19.53125" customWidth="true"/>
     <col min="9" max="9" width="19.53125" customWidth="true"/>
     <col min="10" max="10" width="19.53125" customWidth="true"/>
     <col min="11" max="11" width="19.53125" customWidth="true"/>
     <col min="12" max="12" width="19.53125" customWidth="true"/>
     <col min="13" max="13" width="19.53125" customWidth="true"/>
     <col min="14" max="14" width="19.53125" customWidth="true"/>
     <col min="15" max="15" width="19.53125" customWidth="true"/>
     <col min="16" max="16" width="19.53125" customWidth="true"/>
     <col min="17" max="17" width="19.53125" customWidth="true"/>
     <col min="18" max="18" width="19.53125" customWidth="true"/>
     <col min="19" max="19" width="19.53125" customWidth="true"/>
     <col min="20" max="20" width="19.53125" customWidth="true"/>
     <col min="21" max="21" width="19.53125" customWidth="true"/>
     <col min="22" max="22" width="19.53125" customWidth="true"/>
     <col min="23" max="23" width="19.53125" customWidth="true"/>
     <col min="24" max="24" width="19.53125" customWidth="true"/>
     <col min="25" max="25" width="19.53125" customWidth="true"/>
     <col min="26" max="26" width="19.53125" customWidth="true"/>
     <col min="27" max="27" width="19.53125" customWidth="true"/>
     <col min="28" max="28" width="19.53125" customWidth="true"/>
     <col min="29" max="29" width="19.53125" customWidth="true"/>
     <col min="30" max="30" width="19.53125" customWidth="true"/>
     <col min="31" max="31" width="19.53125" customWidth="true"/>
     <col min="32" max="32" width="19.53125" customWidth="true"/>
     <col min="33" max="33" width="19.53125" customWidth="true"/>
+    <col min="34" max="34" width="19.53125" customWidth="true"/>
+    <col min="35" max="35" width="19.53125" customWidth="true"/>
+    <col min="36" max="36" width="19.53125" customWidth="true"/>
+    <col min="37" max="37" width="19.53125" customWidth="true"/>
+    <col min="38" max="38" width="19.53125" customWidth="true"/>
+    <col min="39" max="39" width="19.53125" customWidth="true"/>
+    <col min="40" max="40" width="19.53125" customWidth="true"/>
+    <col min="41" max="41" width="19.53125" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Employment</t>
         </is>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
     </row>
     <row r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
           <t>Annual</t>
         </is>
       </c>
@@ -356,2408 +364,2936 @@
       <c r="H3" s="11"/>
       <c r="I3" s="11"/>
       <c r="J3" s="11"/>
       <c r="K3" s="11"/>
     </row>
     <row r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Employment rate of people between 20 and 64 years old by age group and Autonomous Community</t>
         </is>
       </c>
       <c r="B4" s="3"/>
       <c r="C4" s="3"/>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
       <c r="F4" s="3"/>
       <c r="G4" s="3"/>
       <c r="H4" s="3"/>
       <c r="I4" s="3"/>
       <c r="J4" s="3"/>
       <c r="K4" s="3"/>
     </row>
     <row r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
-          <t>Unidades: Tasas</t>
+          <t>Unidades: Rates</t>
         </is>
       </c>
       <c r="B5" s="4"/>
       <c r="C5" s="4"/>
       <c r="D5" s="4"/>
       <c r="E5" s="4"/>
       <c r="F5" s="4"/>
       <c r="G5" s="4"/>
       <c r="H5" s="4"/>
       <c r="I5" s="4"/>
       <c r="J5" s="4"/>
       <c r="K5" s="4"/>
     </row>
     <row r="6">
       <c r="A6" s="11" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="B6" s="11"/>
       <c r="C6" s="11"/>
       <c r="D6" s="11"/>
       <c r="E6" s="11"/>
       <c r="F6" s="11"/>
       <c r="G6" s="11"/>
       <c r="H6" s="11"/>
       <c r="I6" s="11"/>
       <c r="J6" s="11"/>
       <c r="K6" s="11"/>
     </row>
     <row r="7">
       <c r="A7" s="12" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="B7" s="6" t="inlineStr">
         <is>
           <t>From 20 to 24 years</t>
         </is>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6"/>
       <c r="E7" s="6"/>
-      <c r="F7" s="6" t="inlineStr">
+      <c r="F7" s="6"/>
+      <c r="G7" s="6" t="inlineStr">
         <is>
           <t xml:space="preserve">From 25 to 29 years  </t>
         </is>
       </c>
-      <c r="G7" s="6"/>
       <c r="H7" s="6"/>
       <c r="I7" s="6"/>
-      <c r="J7" s="6" t="inlineStr">
+      <c r="J7" s="6"/>
+      <c r="K7" s="6"/>
+      <c r="L7" s="6" t="inlineStr">
         <is>
           <t>From 30 to 34 years old</t>
         </is>
       </c>
-      <c r="K7" s="6"/>
-      <c r="L7" s="6"/>
       <c r="M7" s="6"/>
-      <c r="N7" s="6" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N7" s="6"/>
       <c r="O7" s="6"/>
       <c r="P7" s="6"/>
-      <c r="Q7" s="6"/>
-[...4 lines deleted...]
-      </c>
+      <c r="Q7" s="6" t="inlineStr">
+        <is>
+          <t>From 35 to 39 years old</t>
+        </is>
+      </c>
+      <c r="R7" s="6"/>
       <c r="S7" s="6"/>
       <c r="T7" s="6"/>
       <c r="U7" s="6"/>
       <c r="V7" s="6" t="inlineStr">
         <is>
-          <t>From 45 to 49 years old</t>
+          <t xml:space="preserve">From 40 to 44 years  </t>
         </is>
       </c>
       <c r="W7" s="6"/>
       <c r="X7" s="6"/>
       <c r="Y7" s="6"/>
-      <c r="Z7" s="6" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA7" s="6"/>
+      <c r="Z7" s="6"/>
+      <c r="AA7" s="6" t="inlineStr">
+        <is>
+          <t>From 45 to 49 years old</t>
+        </is>
+      </c>
       <c r="AB7" s="6"/>
       <c r="AC7" s="6"/>
-      <c r="AD7" s="6" t="inlineStr">
+      <c r="AD7" s="6"/>
+      <c r="AE7" s="6"/>
+      <c r="AF7" s="6" t="inlineStr">
+        <is>
+          <t>From 50 to 54 years old</t>
+        </is>
+      </c>
+      <c r="AG7" s="6"/>
+      <c r="AH7" s="6"/>
+      <c r="AI7" s="6"/>
+      <c r="AJ7" s="6"/>
+      <c r="AK7" s="6" t="inlineStr">
         <is>
           <t>From 55 to 64 years</t>
         </is>
       </c>
-      <c r="AE7" s="6"/>
-[...1 lines deleted...]
-      <c r="AG7" s="6"/>
+      <c r="AL7" s="6"/>
+      <c r="AM7" s="6"/>
+      <c r="AN7" s="6"/>
+      <c r="AO7" s="6"/>
     </row>
     <row r="8">
       <c r="A8" s="12" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="C8" s="7" t="inlineStr">
+        <is>
           <t>2024</t>
         </is>
       </c>
-      <c r="C8" s="7" t="inlineStr">
+      <c r="D8" s="7" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
-      <c r="D8" s="7" t="inlineStr">
+      <c r="E8" s="7" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="E8" s="7" t="inlineStr">
+      <c r="F8" s="7" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="F8" s="7" t="inlineStr">
+      <c r="G8" s="7" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="H8" s="7" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
-      <c r="G8" s="7" t="inlineStr">
+      <c r="I8" s="7" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
-      <c r="H8" s="7" t="inlineStr">
+      <c r="J8" s="7" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="I8" s="7" t="inlineStr">
+      <c r="K8" s="7" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="J8" s="7" t="inlineStr">
+      <c r="L8" s="7" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="M8" s="7" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
-      <c r="K8" s="7" t="inlineStr">
+      <c r="N8" s="7" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
-      <c r="L8" s="7" t="inlineStr">
+      <c r="O8" s="7" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="M8" s="7" t="inlineStr">
+      <c r="P8" s="7" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="N8" s="7" t="inlineStr">
+      <c r="Q8" s="7" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="R8" s="7" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
-      <c r="O8" s="7" t="inlineStr">
+      <c r="S8" s="7" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
-      <c r="P8" s="7" t="inlineStr">
+      <c r="T8" s="7" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="Q8" s="7" t="inlineStr">
+      <c r="U8" s="7" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="R8" s="7" t="inlineStr">
+      <c r="V8" s="7" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="W8" s="7" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
-      <c r="S8" s="7" t="inlineStr">
+      <c r="X8" s="7" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
-      <c r="T8" s="7" t="inlineStr">
+      <c r="Y8" s="7" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="U8" s="7" t="inlineStr">
+      <c r="Z8" s="7" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="V8" s="7" t="inlineStr">
+      <c r="AA8" s="7" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="AB8" s="7" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
-      <c r="W8" s="7" t="inlineStr">
+      <c r="AC8" s="7" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
-      <c r="X8" s="7" t="inlineStr">
+      <c r="AD8" s="7" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="Y8" s="7" t="inlineStr">
+      <c r="AE8" s="7" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="Z8" s="7" t="inlineStr">
+      <c r="AF8" s="7" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="AG8" s="7" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
-      <c r="AA8" s="7" t="inlineStr">
+      <c r="AH8" s="7" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
-      <c r="AB8" s="7" t="inlineStr">
+      <c r="AI8" s="7" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="AC8" s="7" t="inlineStr">
+      <c r="AJ8" s="7" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="AD8" s="7" t="inlineStr">
+      <c r="AK8" s="7" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="AL8" s="7" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
-      <c r="AE8" s="7" t="inlineStr">
+      <c r="AM8" s="7" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
-      <c r="AF8" s="7" t="inlineStr">
+      <c r="AN8" s="7" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="AG8" s="7" t="inlineStr">
+      <c r="AO8" s="7" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="6" t="inlineStr">
         <is>
           <t>National Total</t>
         </is>
       </c>
       <c r="B9" s="14" t="n">
+        <v>43.66</v>
+      </c>
+      <c r="C9" s="14" t="n">
         <v>42.59</v>
       </c>
-      <c r="C9" s="14" t="n">
+      <c r="D9" s="14" t="n">
         <v>41.09</v>
       </c>
-      <c r="D9" s="14" t="n">
+      <c r="E9" s="14" t="n">
         <v>39.95</v>
       </c>
-      <c r="E9" s="14" t="n">
+      <c r="F9" s="14" t="n">
         <v>36.13</v>
       </c>
-      <c r="F9" s="14" t="n">
+      <c r="G9" s="14" t="n">
+        <v>72.74</v>
+      </c>
+      <c r="H9" s="14" t="n">
         <v>71.07</v>
       </c>
-      <c r="G9" s="14" t="n">
+      <c r="I9" s="14" t="n">
         <v>71.28</v>
       </c>
-      <c r="H9" s="14" t="n">
+      <c r="J9" s="14" t="n">
         <v>69.97</v>
       </c>
-      <c r="I9" s="14" t="n">
+      <c r="K9" s="14" t="n">
         <v>66.1</v>
       </c>
-      <c r="J9" s="14" t="n">
+      <c r="L9" s="14" t="n">
+        <v>80.12</v>
+      </c>
+      <c r="M9" s="14" t="n">
         <v>78.55</v>
       </c>
-      <c r="K9" s="14" t="n">
+      <c r="N9" s="14" t="n">
         <v>78.44</v>
       </c>
-      <c r="L9" s="14" t="n">
+      <c r="O9" s="14" t="n">
         <v>76.86</v>
       </c>
-      <c r="M9" s="14" t="n">
+      <c r="P9" s="14" t="n">
         <v>74.16</v>
       </c>
-      <c r="N9" s="14" t="n">
+      <c r="Q9" s="14" t="n">
+        <v>80.93</v>
+      </c>
+      <c r="R9" s="14" t="n">
         <v>80.71</v>
       </c>
-      <c r="O9" s="14" t="n">
+      <c r="S9" s="14" t="n">
         <v>79.76</v>
       </c>
-      <c r="P9" s="14" t="n">
+      <c r="T9" s="14" t="n">
         <v>78.25</v>
       </c>
-      <c r="Q9" s="14" t="n">
+      <c r="U9" s="14" t="n">
         <v>77.04</v>
       </c>
-      <c r="R9" s="14" t="n">
+      <c r="V9" s="14" t="n">
+        <v>82.06</v>
+      </c>
+      <c r="W9" s="14" t="n">
         <v>81.11</v>
       </c>
-      <c r="S9" s="14" t="n">
+      <c r="X9" s="14" t="n">
         <v>80.94</v>
       </c>
-      <c r="T9" s="14" t="n">
+      <c r="Y9" s="14" t="n">
         <v>80.2</v>
       </c>
-      <c r="U9" s="14" t="n">
+      <c r="Z9" s="14" t="n">
         <v>79.24</v>
       </c>
-      <c r="V9" s="14" t="n">
+      <c r="AA9" s="14" t="n">
+        <v>81.58</v>
+      </c>
+      <c r="AB9" s="14" t="n">
         <v>80.83</v>
       </c>
-      <c r="W9" s="14" t="n">
+      <c r="AC9" s="14" t="n">
         <v>79.9</v>
       </c>
-      <c r="X9" s="14" t="n">
+      <c r="AD9" s="14" t="n">
         <v>79.32</v>
       </c>
-      <c r="Y9" s="14" t="n">
+      <c r="AE9" s="14" t="n">
         <v>77.34</v>
       </c>
-      <c r="Z9" s="14" t="n">
+      <c r="AF9" s="14" t="n">
+        <v>79.42</v>
+      </c>
+      <c r="AG9" s="14" t="n">
         <v>77.83</v>
       </c>
-      <c r="AA9" s="14" t="n">
+      <c r="AH9" s="14" t="n">
         <v>76.13</v>
       </c>
-      <c r="AB9" s="14" t="n">
+      <c r="AI9" s="14" t="n">
         <v>73.95</v>
       </c>
-      <c r="AC9" s="14" t="n">
+      <c r="AJ9" s="14" t="n">
         <v>73.02</v>
       </c>
-      <c r="AD9" s="14" t="n">
+      <c r="AK9" s="14" t="n">
+        <v>62.41</v>
+      </c>
+      <c r="AL9" s="14" t="n">
         <v>61.11</v>
       </c>
-      <c r="AE9" s="14" t="n">
+      <c r="AM9" s="14" t="n">
         <v>59.48</v>
       </c>
-      <c r="AF9" s="14" t="n">
+      <c r="AN9" s="14" t="n">
         <v>57.66</v>
       </c>
-      <c r="AG9" s="14" t="n">
+      <c r="AO9" s="14" t="n">
         <v>55.78</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="6" t="inlineStr">
         <is>
           <t>Andalucía</t>
         </is>
       </c>
       <c r="B10" s="14" t="n">
+        <v>35.37</v>
+      </c>
+      <c r="C10" s="14" t="n">
         <v>32.37</v>
       </c>
-      <c r="C10" s="14" t="n">
+      <c r="D10" s="14" t="n">
         <v>33.28</v>
       </c>
-      <c r="D10" s="14" t="n">
+      <c r="E10" s="14" t="n">
         <v>34.12</v>
       </c>
-      <c r="E10" s="14" t="n">
+      <c r="F10" s="14" t="n">
         <v>29.86</v>
       </c>
-      <c r="F10" s="14" t="n">
+      <c r="G10" s="14" t="n">
+        <v>65.92</v>
+      </c>
+      <c r="H10" s="14" t="n">
         <v>61.8</v>
       </c>
-      <c r="G10" s="14" t="n">
+      <c r="I10" s="14" t="n">
         <v>61.7</v>
       </c>
-      <c r="H10" s="14" t="n">
+      <c r="J10" s="14" t="n">
         <v>60.67</v>
       </c>
-      <c r="I10" s="14" t="n">
+      <c r="K10" s="14" t="n">
         <v>58.29</v>
       </c>
-      <c r="J10" s="14" t="n">
+      <c r="L10" s="14" t="n">
+        <v>75.37</v>
+      </c>
+      <c r="M10" s="14" t="n">
         <v>75.34</v>
       </c>
-      <c r="K10" s="14" t="n">
+      <c r="N10" s="14" t="n">
         <v>74.13</v>
       </c>
-      <c r="L10" s="14" t="n">
+      <c r="O10" s="14" t="n">
         <v>71.29</v>
       </c>
-      <c r="M10" s="14" t="n">
+      <c r="P10" s="14" t="n">
         <v>68.35</v>
       </c>
-      <c r="N10" s="14" t="n">
+      <c r="Q10" s="14" t="n">
+        <v>75.49</v>
+      </c>
+      <c r="R10" s="14" t="n">
         <v>77.43</v>
       </c>
-      <c r="O10" s="14" t="n">
+      <c r="S10" s="14" t="n">
         <v>75.59</v>
       </c>
-      <c r="P10" s="14" t="n">
+      <c r="T10" s="14" t="n">
         <v>72.3</v>
       </c>
-      <c r="Q10" s="14" t="n">
+      <c r="U10" s="14" t="n">
         <v>71.22</v>
       </c>
-      <c r="R10" s="14" t="n">
+      <c r="V10" s="14" t="n">
+        <v>77.92</v>
+      </c>
+      <c r="W10" s="14" t="n">
         <v>75.44</v>
       </c>
-      <c r="S10" s="14" t="n">
+      <c r="X10" s="14" t="n">
         <v>75.43</v>
       </c>
-      <c r="T10" s="14" t="n">
+      <c r="Y10" s="14" t="n">
         <v>74.04</v>
       </c>
-      <c r="U10" s="14" t="n">
+      <c r="Z10" s="14" t="n">
         <v>71.13</v>
       </c>
-      <c r="V10" s="14" t="n">
+      <c r="AA10" s="14" t="n">
+        <v>75.46</v>
+      </c>
+      <c r="AB10" s="14" t="n">
         <v>74.15</v>
       </c>
-      <c r="W10" s="14" t="n">
+      <c r="AC10" s="14" t="n">
         <v>72.14</v>
       </c>
-      <c r="X10" s="14" t="n">
+      <c r="AD10" s="14" t="n">
         <v>70.57</v>
       </c>
-      <c r="Y10" s="14" t="n">
+      <c r="AE10" s="14" t="n">
         <v>68.4</v>
       </c>
-      <c r="Z10" s="14" t="n">
+      <c r="AF10" s="14" t="n">
+        <v>72.61</v>
+      </c>
+      <c r="AG10" s="14" t="n">
         <v>69.04</v>
       </c>
-      <c r="AA10" s="14" t="n">
+      <c r="AH10" s="14" t="n">
         <v>67.25</v>
       </c>
-      <c r="AB10" s="14" t="n">
+      <c r="AI10" s="14" t="n">
         <v>64.98</v>
       </c>
-      <c r="AC10" s="14" t="n">
+      <c r="AJ10" s="14" t="n">
         <v>62.91</v>
       </c>
-      <c r="AD10" s="14" t="n">
+      <c r="AK10" s="14" t="n">
+        <v>54.21</v>
+      </c>
+      <c r="AL10" s="14" t="n">
         <v>52.28</v>
       </c>
-      <c r="AE10" s="14" t="n">
+      <c r="AM10" s="14" t="n">
         <v>49.6</v>
       </c>
-      <c r="AF10" s="14" t="n">
+      <c r="AN10" s="14" t="n">
         <v>47.34</v>
       </c>
-      <c r="AG10" s="14" t="n">
+      <c r="AO10" s="14" t="n">
         <v>46.45</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="6" t="inlineStr">
         <is>
           <t>Aragón</t>
         </is>
       </c>
       <c r="B11" s="14" t="n">
+        <v>45.85</v>
+      </c>
+      <c r="C11" s="14" t="n">
         <v>47.28</v>
       </c>
-      <c r="C11" s="14" t="n">
+      <c r="D11" s="14" t="n">
         <v>44.15</v>
       </c>
-      <c r="D11" s="14" t="n">
+      <c r="E11" s="14" t="n">
         <v>41.21</v>
       </c>
-      <c r="E11" s="14" t="n">
+      <c r="F11" s="14" t="n">
         <v>41.77</v>
       </c>
-      <c r="F11" s="14" t="n">
+      <c r="G11" s="14" t="n">
+        <v>76.94</v>
+      </c>
+      <c r="H11" s="14" t="n">
         <v>75.6</v>
       </c>
-      <c r="G11" s="14" t="n">
+      <c r="I11" s="14" t="n">
         <v>76.22</v>
       </c>
-      <c r="H11" s="14" t="n">
+      <c r="J11" s="14" t="n">
         <v>75.46</v>
       </c>
-      <c r="I11" s="14" t="n">
+      <c r="K11" s="14" t="n">
         <v>73.65</v>
       </c>
-      <c r="J11" s="14" t="n">
+      <c r="L11" s="14" t="n">
+        <v>80.52</v>
+      </c>
+      <c r="M11" s="14" t="n">
         <v>80.73</v>
       </c>
-      <c r="K11" s="14" t="n">
+      <c r="N11" s="14" t="n">
         <v>84.17</v>
       </c>
-      <c r="L11" s="14" t="n">
+      <c r="O11" s="14" t="n">
         <v>81.81</v>
       </c>
-      <c r="M11" s="14" t="n">
+      <c r="P11" s="14" t="n">
         <v>78.05</v>
       </c>
-      <c r="N11" s="14" t="n">
+      <c r="Q11" s="14" t="n">
+        <v>84.18</v>
+      </c>
+      <c r="R11" s="14" t="n">
         <v>85.0</v>
       </c>
-      <c r="O11" s="14" t="n">
+      <c r="S11" s="14" t="n">
         <v>80.52</v>
       </c>
-      <c r="P11" s="14" t="n">
+      <c r="T11" s="14" t="n">
         <v>81.39</v>
       </c>
-      <c r="Q11" s="14" t="n">
+      <c r="U11" s="14" t="n">
         <v>81.08</v>
       </c>
-      <c r="R11" s="14" t="n">
+      <c r="V11" s="14" t="n">
+        <v>85.03</v>
+      </c>
+      <c r="W11" s="14" t="n">
         <v>88.92</v>
       </c>
-      <c r="S11" s="14" t="n">
+      <c r="X11" s="14" t="n">
         <v>84.21</v>
       </c>
-      <c r="T11" s="14" t="n">
+      <c r="Y11" s="14" t="n">
         <v>83.6</v>
       </c>
-      <c r="U11" s="14" t="n">
+      <c r="Z11" s="14" t="n">
         <v>82.45</v>
       </c>
-      <c r="V11" s="14" t="n">
+      <c r="AA11" s="14" t="n">
+        <v>84.67</v>
+      </c>
+      <c r="AB11" s="14" t="n">
         <v>84.49</v>
       </c>
-      <c r="W11" s="14" t="n">
+      <c r="AC11" s="14" t="n">
         <v>85.3</v>
       </c>
-      <c r="X11" s="14" t="n">
+      <c r="AD11" s="14" t="n">
         <v>84.24</v>
       </c>
-      <c r="Y11" s="14" t="n">
+      <c r="AE11" s="14" t="n">
         <v>83.42</v>
       </c>
-      <c r="Z11" s="14" t="n">
+      <c r="AF11" s="14" t="n">
+        <v>85.83</v>
+      </c>
+      <c r="AG11" s="14" t="n">
         <v>84.91</v>
       </c>
-      <c r="AA11" s="14" t="n">
+      <c r="AH11" s="14" t="n">
         <v>86.26</v>
       </c>
-      <c r="AB11" s="14" t="n">
+      <c r="AI11" s="14" t="n">
         <v>82.14</v>
       </c>
-      <c r="AC11" s="14" t="n">
+      <c r="AJ11" s="14" t="n">
         <v>83.07</v>
       </c>
-      <c r="AD11" s="14" t="n">
+      <c r="AK11" s="14" t="n">
+        <v>65.59</v>
+      </c>
+      <c r="AL11" s="14" t="n">
         <v>64.81</v>
       </c>
-      <c r="AE11" s="14" t="n">
+      <c r="AM11" s="14" t="n">
         <v>64.34</v>
       </c>
-      <c r="AF11" s="14" t="n">
+      <c r="AN11" s="14" t="n">
         <v>63.91</v>
       </c>
-      <c r="AG11" s="14" t="n">
+      <c r="AO11" s="14" t="n">
         <v>61.01</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="6" t="inlineStr">
         <is>
           <t>Asturias, Principado de</t>
         </is>
       </c>
       <c r="B12" s="14" t="n">
+        <v>41.04</v>
+      </c>
+      <c r="C12" s="14" t="n">
         <v>33.04</v>
       </c>
-      <c r="C12" s="14" t="n">
+      <c r="D12" s="14" t="n">
         <v>35.2</v>
       </c>
-      <c r="D12" s="14" t="n">
+      <c r="E12" s="14" t="n">
         <v>30.8</v>
       </c>
-      <c r="E12" s="14" t="n">
+      <c r="F12" s="14" t="n">
         <v>30.08</v>
       </c>
-      <c r="F12" s="14" t="n">
+      <c r="G12" s="14" t="n">
+        <v>71.29</v>
+      </c>
+      <c r="H12" s="14" t="n">
         <v>69.64</v>
       </c>
-      <c r="G12" s="14" t="n">
+      <c r="I12" s="14" t="n">
         <v>63.8</v>
       </c>
-      <c r="H12" s="14" t="n">
+      <c r="J12" s="14" t="n">
         <v>59.68</v>
       </c>
-      <c r="I12" s="14" t="n">
+      <c r="K12" s="14" t="n">
         <v>57.53</v>
       </c>
-      <c r="J12" s="14" t="n">
+      <c r="L12" s="14" t="n">
+        <v>84.96</v>
+      </c>
+      <c r="M12" s="14" t="n">
         <v>82.95</v>
       </c>
-      <c r="K12" s="14" t="n">
+      <c r="N12" s="14" t="n">
         <v>75.73</v>
       </c>
-      <c r="L12" s="14" t="n">
+      <c r="O12" s="14" t="n">
         <v>71.26</v>
       </c>
-      <c r="M12" s="14" t="n">
+      <c r="P12" s="14" t="n">
         <v>69.49</v>
       </c>
-      <c r="N12" s="14" t="n">
+      <c r="Q12" s="14" t="n">
+        <v>80.61</v>
+      </c>
+      <c r="R12" s="14" t="n">
         <v>79.51</v>
       </c>
-      <c r="O12" s="14" t="n">
+      <c r="S12" s="14" t="n">
         <v>76.08</v>
       </c>
-      <c r="P12" s="14" t="n">
+      <c r="T12" s="14" t="n">
         <v>77.67</v>
       </c>
-      <c r="Q12" s="14" t="n">
+      <c r="U12" s="14" t="n">
         <v>79.28</v>
       </c>
-      <c r="R12" s="14" t="n">
+      <c r="V12" s="14" t="n">
+        <v>85.17</v>
+      </c>
+      <c r="W12" s="14" t="n">
         <v>83.03</v>
       </c>
-      <c r="S12" s="14" t="n">
+      <c r="X12" s="14" t="n">
         <v>78.6</v>
       </c>
-      <c r="T12" s="14" t="n">
+      <c r="Y12" s="14" t="n">
         <v>79.51</v>
       </c>
-      <c r="U12" s="14" t="n">
+      <c r="Z12" s="14" t="n">
         <v>79.66</v>
       </c>
-      <c r="V12" s="14" t="n">
+      <c r="AA12" s="14" t="n">
+        <v>84.28</v>
+      </c>
+      <c r="AB12" s="14" t="n">
         <v>81.63</v>
       </c>
-      <c r="W12" s="14" t="n">
+      <c r="AC12" s="14" t="n">
         <v>77.46</v>
       </c>
-      <c r="X12" s="14" t="n">
+      <c r="AD12" s="14" t="n">
         <v>73.05</v>
       </c>
-      <c r="Y12" s="14" t="n">
+      <c r="AE12" s="14" t="n">
         <v>76.27</v>
       </c>
-      <c r="Z12" s="14" t="n">
+      <c r="AF12" s="14" t="n">
+        <v>78.5</v>
+      </c>
+      <c r="AG12" s="14" t="n">
         <v>74.57</v>
       </c>
-      <c r="AA12" s="14" t="n">
+      <c r="AH12" s="14" t="n">
         <v>71.7</v>
       </c>
-      <c r="AB12" s="14" t="n">
+      <c r="AI12" s="14" t="n">
         <v>72.71</v>
       </c>
-      <c r="AC12" s="14" t="n">
+      <c r="AJ12" s="14" t="n">
         <v>73.44</v>
       </c>
-      <c r="AD12" s="14" t="n">
+      <c r="AK12" s="14" t="n">
+        <v>58.75</v>
+      </c>
+      <c r="AL12" s="14" t="n">
         <v>56.63</v>
       </c>
-      <c r="AE12" s="14" t="n">
+      <c r="AM12" s="14" t="n">
         <v>52.89</v>
       </c>
-      <c r="AF12" s="14" t="n">
+      <c r="AN12" s="14" t="n">
         <v>51.29</v>
       </c>
-      <c r="AG12" s="14" t="n">
+      <c r="AO12" s="14" t="n">
         <v>51.99</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="6" t="inlineStr">
         <is>
           <t>Balears, Illes</t>
         </is>
       </c>
       <c r="B13" s="14" t="n">
+        <v>55.06</v>
+      </c>
+      <c r="C13" s="14" t="n">
         <v>53.7</v>
       </c>
-      <c r="C13" s="14" t="n">
+      <c r="D13" s="14" t="n">
         <v>47.59</v>
       </c>
-      <c r="D13" s="14" t="n">
+      <c r="E13" s="14" t="n">
         <v>47.6</v>
       </c>
-      <c r="E13" s="14" t="n">
+      <c r="F13" s="14" t="n">
         <v>34.81</v>
       </c>
-      <c r="F13" s="14" t="n">
+      <c r="G13" s="14" t="n">
+        <v>69.71</v>
+      </c>
+      <c r="H13" s="14" t="n">
         <v>72.03</v>
       </c>
-      <c r="G13" s="14" t="n">
+      <c r="I13" s="14" t="n">
         <v>67.44</v>
       </c>
-      <c r="H13" s="14" t="n">
+      <c r="J13" s="14" t="n">
         <v>69.85</v>
       </c>
-      <c r="I13" s="14" t="n">
+      <c r="K13" s="14" t="n">
         <v>68.94</v>
       </c>
-      <c r="J13" s="14" t="n">
+      <c r="L13" s="14" t="n">
+        <v>83.95</v>
+      </c>
+      <c r="M13" s="14" t="n">
         <v>79.46</v>
       </c>
-      <c r="K13" s="14" t="n">
+      <c r="N13" s="14" t="n">
         <v>78.8</v>
       </c>
-      <c r="L13" s="14" t="n">
+      <c r="O13" s="14" t="n">
         <v>75.27</v>
       </c>
-      <c r="M13" s="14" t="n">
+      <c r="P13" s="14" t="n">
         <v>67.16</v>
       </c>
-      <c r="N13" s="14" t="n">
+      <c r="Q13" s="14" t="n">
+        <v>82.47</v>
+      </c>
+      <c r="R13" s="14" t="n">
         <v>81.88</v>
       </c>
-      <c r="O13" s="14" t="n">
+      <c r="S13" s="14" t="n">
         <v>79.55</v>
       </c>
-      <c r="P13" s="14" t="n">
+      <c r="T13" s="14" t="n">
         <v>79.49</v>
       </c>
-      <c r="Q13" s="14" t="n">
+      <c r="U13" s="14" t="n">
         <v>78.01</v>
       </c>
-      <c r="R13" s="14" t="n">
+      <c r="V13" s="14" t="n">
+        <v>82.03</v>
+      </c>
+      <c r="W13" s="14" t="n">
         <v>80.54</v>
       </c>
-      <c r="S13" s="14" t="n">
+      <c r="X13" s="14" t="n">
         <v>79.18</v>
       </c>
-      <c r="T13" s="14" t="n">
+      <c r="Y13" s="14" t="n">
         <v>85.02</v>
       </c>
-      <c r="U13" s="14" t="n">
+      <c r="Z13" s="14" t="n">
         <v>77.53</v>
       </c>
-      <c r="V13" s="14" t="n">
+      <c r="AA13" s="14" t="n">
+        <v>81.46</v>
+      </c>
+      <c r="AB13" s="14" t="n">
         <v>81.94</v>
       </c>
-      <c r="W13" s="14" t="n">
+      <c r="AC13" s="14" t="n">
         <v>84.85</v>
       </c>
-      <c r="X13" s="14" t="n">
+      <c r="AD13" s="14" t="n">
         <v>83.05</v>
       </c>
-      <c r="Y13" s="14" t="n">
+      <c r="AE13" s="14" t="n">
         <v>78.25</v>
       </c>
-      <c r="Z13" s="14" t="n">
+      <c r="AF13" s="14" t="n">
+        <v>81.51</v>
+      </c>
+      <c r="AG13" s="14" t="n">
         <v>79.84</v>
       </c>
-      <c r="AA13" s="14" t="n">
+      <c r="AH13" s="14" t="n">
         <v>79.29</v>
       </c>
-      <c r="AB13" s="14" t="n">
+      <c r="AI13" s="14" t="n">
         <v>78.01</v>
       </c>
-      <c r="AC13" s="14" t="n">
+      <c r="AJ13" s="14" t="n">
         <v>77.22</v>
       </c>
-      <c r="AD13" s="14" t="n">
+      <c r="AK13" s="14" t="n">
+        <v>67.55</v>
+      </c>
+      <c r="AL13" s="14" t="n">
         <v>65.65</v>
       </c>
-      <c r="AE13" s="14" t="n">
+      <c r="AM13" s="14" t="n">
         <v>64.35</v>
       </c>
-      <c r="AF13" s="14" t="n">
+      <c r="AN13" s="14" t="n">
         <v>64.23</v>
       </c>
-      <c r="AG13" s="14" t="n">
+      <c r="AO13" s="14" t="n">
         <v>64.39</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="6" t="inlineStr">
         <is>
           <t>Canarias</t>
         </is>
       </c>
       <c r="B14" s="14" t="n">
+        <v>40.24</v>
+      </c>
+      <c r="C14" s="14" t="n">
         <v>39.05</v>
       </c>
-      <c r="C14" s="14" t="n">
+      <c r="D14" s="14" t="n">
         <v>35.28</v>
       </c>
-      <c r="D14" s="14" t="n">
+      <c r="E14" s="14" t="n">
         <v>28.48</v>
       </c>
-      <c r="E14" s="14" t="n">
+      <c r="F14" s="14" t="n">
         <v>21.59</v>
       </c>
-      <c r="F14" s="14" t="n">
+      <c r="G14" s="14" t="n">
+        <v>70.22</v>
+      </c>
+      <c r="H14" s="14" t="n">
         <v>69.39</v>
       </c>
-      <c r="G14" s="14" t="n">
+      <c r="I14" s="14" t="n">
         <v>69.88</v>
       </c>
-      <c r="H14" s="14" t="n">
+      <c r="J14" s="14" t="n">
         <v>67.66</v>
       </c>
-      <c r="I14" s="14" t="n">
+      <c r="K14" s="14" t="n">
         <v>56.66</v>
       </c>
-      <c r="J14" s="14" t="n">
+      <c r="L14" s="14" t="n">
+        <v>77.34</v>
+      </c>
+      <c r="M14" s="14" t="n">
         <v>78.42</v>
       </c>
-      <c r="K14" s="14" t="n">
+      <c r="N14" s="14" t="n">
         <v>76.21</v>
       </c>
-      <c r="L14" s="14" t="n">
+      <c r="O14" s="14" t="n">
         <v>69.62</v>
       </c>
-      <c r="M14" s="14" t="n">
+      <c r="P14" s="14" t="n">
         <v>62.92</v>
       </c>
-      <c r="N14" s="14" t="n">
+      <c r="Q14" s="14" t="n">
+        <v>76.93</v>
+      </c>
+      <c r="R14" s="14" t="n">
         <v>79.93</v>
       </c>
-      <c r="O14" s="14" t="n">
+      <c r="S14" s="14" t="n">
         <v>77.2</v>
       </c>
-      <c r="P14" s="14" t="n">
+      <c r="T14" s="14" t="n">
         <v>74.73</v>
       </c>
-      <c r="Q14" s="14" t="n">
+      <c r="U14" s="14" t="n">
         <v>67.66</v>
       </c>
-      <c r="R14" s="14" t="n">
+      <c r="V14" s="14" t="n">
+        <v>79.33</v>
+      </c>
+      <c r="W14" s="14" t="n">
         <v>74.02</v>
       </c>
-      <c r="S14" s="14" t="n">
+      <c r="X14" s="14" t="n">
         <v>73.19</v>
       </c>
-      <c r="T14" s="14" t="n">
+      <c r="Y14" s="14" t="n">
         <v>75.73</v>
       </c>
-      <c r="U14" s="14" t="n">
+      <c r="Z14" s="14" t="n">
         <v>72.97</v>
       </c>
-      <c r="V14" s="14" t="n">
+      <c r="AA14" s="14" t="n">
+        <v>76.47</v>
+      </c>
+      <c r="AB14" s="14" t="n">
         <v>75.38</v>
       </c>
-      <c r="W14" s="14" t="n">
+      <c r="AC14" s="14" t="n">
         <v>74.77</v>
       </c>
-      <c r="X14" s="14" t="n">
+      <c r="AD14" s="14" t="n">
         <v>73.95</v>
       </c>
-      <c r="Y14" s="14" t="n">
+      <c r="AE14" s="14" t="n">
         <v>68.34</v>
       </c>
-      <c r="Z14" s="14" t="n">
+      <c r="AF14" s="14" t="n">
+        <v>70.87</v>
+      </c>
+      <c r="AG14" s="14" t="n">
         <v>72.58</v>
       </c>
-      <c r="AA14" s="14" t="n">
+      <c r="AH14" s="14" t="n">
         <v>68.33</v>
       </c>
-      <c r="AB14" s="14" t="n">
+      <c r="AI14" s="14" t="n">
         <v>66.03</v>
       </c>
-      <c r="AC14" s="14" t="n">
+      <c r="AJ14" s="14" t="n">
         <v>59.0</v>
       </c>
-      <c r="AD14" s="14" t="n">
+      <c r="AK14" s="14" t="n">
+        <v>56.92</v>
+      </c>
+      <c r="AL14" s="14" t="n">
         <v>55.7</v>
       </c>
-      <c r="AE14" s="14" t="n">
+      <c r="AM14" s="14" t="n">
         <v>51.89</v>
       </c>
-      <c r="AF14" s="14" t="n">
+      <c r="AN14" s="14" t="n">
         <v>51.76</v>
       </c>
-      <c r="AG14" s="14" t="n">
+      <c r="AO14" s="14" t="n">
         <v>47.35</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="6" t="inlineStr">
         <is>
           <t>Cantabria</t>
         </is>
       </c>
       <c r="B15" s="14" t="n">
+        <v>43.65</v>
+      </c>
+      <c r="C15" s="14" t="n">
         <v>38.34</v>
       </c>
-      <c r="C15" s="14" t="n">
+      <c r="D15" s="14" t="n">
         <v>37.78</v>
       </c>
-      <c r="D15" s="14" t="n">
+      <c r="E15" s="14" t="n">
         <v>33.95</v>
       </c>
-      <c r="E15" s="14" t="n">
+      <c r="F15" s="14" t="n">
         <v>30.92</v>
       </c>
-      <c r="F15" s="14" t="n">
+      <c r="G15" s="14" t="n">
+        <v>78.21</v>
+      </c>
+      <c r="H15" s="14" t="n">
         <v>73.15</v>
       </c>
-      <c r="G15" s="14" t="n">
+      <c r="I15" s="14" t="n">
         <v>68.31</v>
       </c>
-      <c r="H15" s="14" t="n">
+      <c r="J15" s="14" t="n">
         <v>69.36</v>
       </c>
-      <c r="I15" s="14" t="n">
+      <c r="K15" s="14" t="n">
         <v>69.88</v>
       </c>
-      <c r="J15" s="14" t="n">
+      <c r="L15" s="14" t="n">
+        <v>82.25</v>
+      </c>
+      <c r="M15" s="14" t="n">
         <v>86.08</v>
       </c>
-      <c r="K15" s="14" t="n">
+      <c r="N15" s="14" t="n">
         <v>81.17</v>
       </c>
-      <c r="L15" s="14" t="n">
+      <c r="O15" s="14" t="n">
         <v>75.58</v>
       </c>
-      <c r="M15" s="14" t="n">
+      <c r="P15" s="14" t="n">
         <v>74.35</v>
       </c>
-      <c r="N15" s="14" t="n">
+      <c r="Q15" s="14" t="n">
+        <v>88.16</v>
+      </c>
+      <c r="R15" s="14" t="n">
         <v>85.32</v>
       </c>
-      <c r="O15" s="14" t="n">
+      <c r="S15" s="14" t="n">
         <v>87.41</v>
       </c>
-      <c r="P15" s="14" t="n">
+      <c r="T15" s="14" t="n">
         <v>82.74</v>
       </c>
-      <c r="Q15" s="14" t="n">
+      <c r="U15" s="14" t="n">
         <v>81.97</v>
       </c>
-      <c r="R15" s="14" t="n">
+      <c r="V15" s="14" t="n">
+        <v>84.25</v>
+      </c>
+      <c r="W15" s="14" t="n">
         <v>83.77</v>
       </c>
-      <c r="S15" s="14" t="n">
+      <c r="X15" s="14" t="n">
         <v>81.64</v>
       </c>
-      <c r="T15" s="14" t="n">
+      <c r="Y15" s="14" t="n">
         <v>80.77</v>
       </c>
-      <c r="U15" s="14" t="n">
+      <c r="Z15" s="14" t="n">
         <v>81.91</v>
       </c>
-      <c r="V15" s="14" t="n">
+      <c r="AA15" s="14" t="n">
+        <v>83.5</v>
+      </c>
+      <c r="AB15" s="14" t="n">
         <v>82.98</v>
       </c>
-      <c r="W15" s="14" t="n">
+      <c r="AC15" s="14" t="n">
         <v>81.63</v>
       </c>
-      <c r="X15" s="14" t="n">
+      <c r="AD15" s="14" t="n">
         <v>81.31</v>
       </c>
-      <c r="Y15" s="14" t="n">
+      <c r="AE15" s="14" t="n">
         <v>77.29</v>
       </c>
-      <c r="Z15" s="14" t="n">
+      <c r="AF15" s="14" t="n">
+        <v>79.32</v>
+      </c>
+      <c r="AG15" s="14" t="n">
         <v>81.38</v>
       </c>
-      <c r="AA15" s="14" t="n">
+      <c r="AH15" s="14" t="n">
         <v>79.99</v>
       </c>
-      <c r="AB15" s="14" t="n">
+      <c r="AI15" s="14" t="n">
         <v>77.57</v>
       </c>
-      <c r="AC15" s="14" t="n">
+      <c r="AJ15" s="14" t="n">
         <v>76.05</v>
       </c>
-      <c r="AD15" s="14" t="n">
+      <c r="AK15" s="14" t="n">
+        <v>61.05</v>
+      </c>
+      <c r="AL15" s="14" t="n">
         <v>62.29</v>
       </c>
-      <c r="AE15" s="14" t="n">
+      <c r="AM15" s="14" t="n">
         <v>58.87</v>
       </c>
-      <c r="AF15" s="14" t="n">
+      <c r="AN15" s="14" t="n">
         <v>58.35</v>
       </c>
-      <c r="AG15" s="14" t="n">
+      <c r="AO15" s="14" t="n">
         <v>56.12</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="6" t="inlineStr">
         <is>
           <t>Castilla y León</t>
         </is>
       </c>
       <c r="B16" s="14" t="n">
+        <v>42.91</v>
+      </c>
+      <c r="C16" s="14" t="n">
         <v>42.88</v>
       </c>
-      <c r="C16" s="14" t="n">
+      <c r="D16" s="14" t="n">
         <v>40.45</v>
       </c>
-      <c r="D16" s="14" t="n">
+      <c r="E16" s="14" t="n">
         <v>37.83</v>
       </c>
-      <c r="E16" s="14" t="n">
+      <c r="F16" s="14" t="n">
         <v>34.61</v>
       </c>
-      <c r="F16" s="14" t="n">
+      <c r="G16" s="14" t="n">
+        <v>73.33</v>
+      </c>
+      <c r="H16" s="14" t="n">
         <v>64.97</v>
       </c>
-      <c r="G16" s="14" t="n">
+      <c r="I16" s="14" t="n">
         <v>72.55</v>
       </c>
-      <c r="H16" s="14" t="n">
+      <c r="J16" s="14" t="n">
         <v>68.18</v>
       </c>
-      <c r="I16" s="14" t="n">
+      <c r="K16" s="14" t="n">
         <v>61.55</v>
       </c>
-      <c r="J16" s="14" t="n">
+      <c r="L16" s="14" t="n">
+        <v>79.43</v>
+      </c>
+      <c r="M16" s="14" t="n">
         <v>75.71</v>
       </c>
-      <c r="K16" s="14" t="n">
+      <c r="N16" s="14" t="n">
         <v>74.97</v>
       </c>
-      <c r="L16" s="14" t="n">
+      <c r="O16" s="14" t="n">
         <v>76.96</v>
       </c>
-      <c r="M16" s="14" t="n">
+      <c r="P16" s="14" t="n">
         <v>74.54</v>
       </c>
-      <c r="N16" s="14" t="n">
+      <c r="Q16" s="14" t="n">
+        <v>76.56</v>
+      </c>
+      <c r="R16" s="14" t="n">
         <v>77.93</v>
       </c>
-      <c r="O16" s="14" t="n">
+      <c r="S16" s="14" t="n">
         <v>76.62</v>
       </c>
-      <c r="P16" s="14" t="n">
+      <c r="T16" s="14" t="n">
         <v>79.0</v>
       </c>
-      <c r="Q16" s="14" t="n">
+      <c r="U16" s="14" t="n">
         <v>79.82</v>
       </c>
-      <c r="R16" s="14" t="n">
+      <c r="V16" s="14" t="n">
+        <v>79.56</v>
+      </c>
+      <c r="W16" s="14" t="n">
         <v>80.81</v>
       </c>
-      <c r="S16" s="14" t="n">
+      <c r="X16" s="14" t="n">
         <v>80.05</v>
       </c>
-      <c r="T16" s="14" t="n">
+      <c r="Y16" s="14" t="n">
         <v>76.93</v>
       </c>
-      <c r="U16" s="14" t="n">
+      <c r="Z16" s="14" t="n">
         <v>80.38</v>
       </c>
-      <c r="V16" s="14" t="n">
+      <c r="AA16" s="14" t="n">
+        <v>81.42</v>
+      </c>
+      <c r="AB16" s="14" t="n">
         <v>78.28</v>
       </c>
-      <c r="W16" s="14" t="n">
+      <c r="AC16" s="14" t="n">
         <v>77.01</v>
       </c>
-      <c r="X16" s="14" t="n">
+      <c r="AD16" s="14" t="n">
         <v>78.12</v>
       </c>
-      <c r="Y16" s="14" t="n">
+      <c r="AE16" s="14" t="n">
         <v>76.34</v>
       </c>
-      <c r="Z16" s="14" t="n">
+      <c r="AF16" s="14" t="n">
+        <v>75.69</v>
+      </c>
+      <c r="AG16" s="14" t="n">
         <v>77.0</v>
       </c>
-      <c r="AA16" s="14" t="n">
+      <c r="AH16" s="14" t="n">
         <v>76.18</v>
       </c>
-      <c r="AB16" s="14" t="n">
+      <c r="AI16" s="14" t="n">
         <v>73.7</v>
       </c>
-      <c r="AC16" s="14" t="n">
+      <c r="AJ16" s="14" t="n">
         <v>72.0</v>
       </c>
-      <c r="AD16" s="14" t="n">
+      <c r="AK16" s="14" t="n">
+        <v>59.4</v>
+      </c>
+      <c r="AL16" s="14" t="n">
         <v>57.91</v>
       </c>
-      <c r="AE16" s="14" t="n">
+      <c r="AM16" s="14" t="n">
         <v>57.49</v>
       </c>
-      <c r="AF16" s="14" t="n">
+      <c r="AN16" s="14" t="n">
         <v>56.16</v>
       </c>
-      <c r="AG16" s="14" t="n">
+      <c r="AO16" s="14" t="n">
         <v>54.04</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="6" t="inlineStr">
         <is>
           <t>Castilla - La Mancha</t>
         </is>
       </c>
       <c r="B17" s="14" t="n">
+        <v>40.69</v>
+      </c>
+      <c r="C17" s="14" t="n">
         <v>36.95</v>
       </c>
-      <c r="C17" s="14" t="n">
+      <c r="D17" s="14" t="n">
         <v>34.47</v>
       </c>
-      <c r="D17" s="14" t="n">
+      <c r="E17" s="14" t="n">
         <v>36.12</v>
       </c>
-      <c r="E17" s="14" t="n">
+      <c r="F17" s="14" t="n">
         <v>35.2</v>
       </c>
-      <c r="F17" s="14" t="n">
+      <c r="G17" s="14" t="n">
+        <v>70.68</v>
+      </c>
+      <c r="H17" s="14" t="n">
         <v>70.8</v>
       </c>
-      <c r="G17" s="14" t="n">
+      <c r="I17" s="14" t="n">
         <v>70.13</v>
       </c>
-      <c r="H17" s="14" t="n">
+      <c r="J17" s="14" t="n">
         <v>67.88</v>
       </c>
-      <c r="I17" s="14" t="n">
+      <c r="K17" s="14" t="n">
         <v>64.02</v>
       </c>
-      <c r="J17" s="14" t="n">
+      <c r="L17" s="14" t="n">
+        <v>80.87</v>
+      </c>
+      <c r="M17" s="14" t="n">
         <v>79.43</v>
       </c>
-      <c r="K17" s="14" t="n">
+      <c r="N17" s="14" t="n">
         <v>78.01</v>
       </c>
-      <c r="L17" s="14" t="n">
+      <c r="O17" s="14" t="n">
         <v>80.92</v>
       </c>
-      <c r="M17" s="14" t="n">
+      <c r="P17" s="14" t="n">
         <v>76.52</v>
       </c>
-      <c r="N17" s="14" t="n">
+      <c r="Q17" s="14" t="n">
+        <v>82.77</v>
+      </c>
+      <c r="R17" s="14" t="n">
         <v>82.29</v>
       </c>
-      <c r="O17" s="14" t="n">
+      <c r="S17" s="14" t="n">
         <v>82.65</v>
       </c>
-      <c r="P17" s="14" t="n">
+      <c r="T17" s="14" t="n">
         <v>84.07</v>
       </c>
-      <c r="Q17" s="14" t="n">
+      <c r="U17" s="14" t="n">
         <v>81.23</v>
       </c>
-      <c r="R17" s="14" t="n">
+      <c r="V17" s="14" t="n">
+        <v>83.49</v>
+      </c>
+      <c r="W17" s="14" t="n">
         <v>84.72</v>
       </c>
-      <c r="S17" s="14" t="n">
+      <c r="X17" s="14" t="n">
         <v>84.08</v>
       </c>
-      <c r="T17" s="14" t="n">
+      <c r="Y17" s="14" t="n">
         <v>83.87</v>
       </c>
-      <c r="U17" s="14" t="n">
+      <c r="Z17" s="14" t="n">
         <v>82.03</v>
       </c>
-      <c r="V17" s="14" t="n">
+      <c r="AA17" s="14" t="n">
+        <v>85.71</v>
+      </c>
+      <c r="AB17" s="14" t="n">
         <v>85.03</v>
       </c>
-      <c r="W17" s="14" t="n">
+      <c r="AC17" s="14" t="n">
         <v>84.56</v>
       </c>
-      <c r="X17" s="14" t="n">
+      <c r="AD17" s="14" t="n">
         <v>82.76</v>
       </c>
-      <c r="Y17" s="14" t="n">
+      <c r="AE17" s="14" t="n">
         <v>79.7</v>
       </c>
-      <c r="Z17" s="14" t="n">
+      <c r="AF17" s="14" t="n">
+        <v>83.22</v>
+      </c>
+      <c r="AG17" s="14" t="n">
         <v>80.52</v>
       </c>
-      <c r="AA17" s="14" t="n">
+      <c r="AH17" s="14" t="n">
         <v>79.19</v>
       </c>
-      <c r="AB17" s="14" t="n">
+      <c r="AI17" s="14" t="n">
         <v>78.03</v>
       </c>
-      <c r="AC17" s="14" t="n">
+      <c r="AJ17" s="14" t="n">
         <v>76.53</v>
       </c>
-      <c r="AD17" s="14" t="n">
+      <c r="AK17" s="14" t="n">
+        <v>66.87</v>
+      </c>
+      <c r="AL17" s="14" t="n">
         <v>64.93</v>
       </c>
-      <c r="AE17" s="14" t="n">
+      <c r="AM17" s="14" t="n">
         <v>63.48</v>
       </c>
-      <c r="AF17" s="14" t="n">
+      <c r="AN17" s="14" t="n">
         <v>62.88</v>
       </c>
-      <c r="AG17" s="14" t="n">
+      <c r="AO17" s="14" t="n">
         <v>59.14</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="6" t="inlineStr">
         <is>
           <t>Cataluña</t>
         </is>
       </c>
       <c r="B18" s="14" t="n">
+        <v>55.18</v>
+      </c>
+      <c r="C18" s="14" t="n">
         <v>53.21</v>
       </c>
-      <c r="C18" s="14" t="n">
+      <c r="D18" s="14" t="n">
         <v>52.55</v>
       </c>
-      <c r="D18" s="14" t="n">
+      <c r="E18" s="14" t="n">
         <v>51.04</v>
       </c>
-      <c r="E18" s="14" t="n">
+      <c r="F18" s="14" t="n">
         <v>46.13</v>
       </c>
-      <c r="F18" s="14" t="n">
+      <c r="G18" s="14" t="n">
+        <v>78.43</v>
+      </c>
+      <c r="H18" s="14" t="n">
         <v>78.9</v>
       </c>
-      <c r="G18" s="14" t="n">
+      <c r="I18" s="14" t="n">
         <v>76.48</v>
       </c>
-      <c r="H18" s="14" t="n">
+      <c r="J18" s="14" t="n">
         <v>74.64</v>
       </c>
-      <c r="I18" s="14" t="n">
+      <c r="K18" s="14" t="n">
         <v>73.64</v>
       </c>
-      <c r="J18" s="14" t="n">
+      <c r="L18" s="14" t="n">
+        <v>81.7</v>
+      </c>
+      <c r="M18" s="14" t="n">
         <v>81.0</v>
       </c>
-      <c r="K18" s="14" t="n">
+      <c r="N18" s="14" t="n">
         <v>79.51</v>
       </c>
-      <c r="L18" s="14" t="n">
+      <c r="O18" s="14" t="n">
         <v>82.3</v>
       </c>
-      <c r="M18" s="14" t="n">
+      <c r="P18" s="14" t="n">
         <v>78.57</v>
       </c>
-      <c r="N18" s="14" t="n">
+      <c r="Q18" s="14" t="n">
+        <v>84.96</v>
+      </c>
+      <c r="R18" s="14" t="n">
         <v>80.94</v>
       </c>
-      <c r="O18" s="14" t="n">
+      <c r="S18" s="14" t="n">
         <v>81.05</v>
       </c>
-      <c r="P18" s="14" t="n">
+      <c r="T18" s="14" t="n">
         <v>80.23</v>
       </c>
-      <c r="Q18" s="14" t="n">
+      <c r="U18" s="14" t="n">
         <v>78.97</v>
       </c>
-      <c r="R18" s="14" t="n">
+      <c r="V18" s="14" t="n">
+        <v>82.75</v>
+      </c>
+      <c r="W18" s="14" t="n">
         <v>81.65</v>
       </c>
-      <c r="S18" s="14" t="n">
+      <c r="X18" s="14" t="n">
         <v>84.12</v>
       </c>
-      <c r="T18" s="14" t="n">
+      <c r="Y18" s="14" t="n">
         <v>83.29</v>
       </c>
-      <c r="U18" s="14" t="n">
+      <c r="Z18" s="14" t="n">
         <v>82.56</v>
       </c>
-      <c r="V18" s="14" t="n">
+      <c r="AA18" s="14" t="n">
+        <v>83.35</v>
+      </c>
+      <c r="AB18" s="14" t="n">
         <v>84.13</v>
       </c>
-      <c r="W18" s="14" t="n">
+      <c r="AC18" s="14" t="n">
         <v>82.64</v>
       </c>
-      <c r="X18" s="14" t="n">
+      <c r="AD18" s="14" t="n">
         <v>83.47</v>
       </c>
-      <c r="Y18" s="14" t="n">
+      <c r="AE18" s="14" t="n">
         <v>83.46</v>
       </c>
-      <c r="Z18" s="14" t="n">
+      <c r="AF18" s="14" t="n">
+        <v>81.18</v>
+      </c>
+      <c r="AG18" s="14" t="n">
         <v>81.11</v>
       </c>
-      <c r="AA18" s="14" t="n">
+      <c r="AH18" s="14" t="n">
         <v>81.51</v>
       </c>
-      <c r="AB18" s="14" t="n">
+      <c r="AI18" s="14" t="n">
         <v>78.55</v>
       </c>
-      <c r="AC18" s="14" t="n">
+      <c r="AJ18" s="14" t="n">
         <v>79.14</v>
       </c>
-      <c r="AD18" s="14" t="n">
+      <c r="AK18" s="14" t="n">
+        <v>67.58</v>
+      </c>
+      <c r="AL18" s="14" t="n">
         <v>66.87</v>
       </c>
-      <c r="AE18" s="14" t="n">
+      <c r="AM18" s="14" t="n">
         <v>65.32</v>
       </c>
-      <c r="AF18" s="14" t="n">
+      <c r="AN18" s="14" t="n">
         <v>61.16</v>
       </c>
-      <c r="AG18" s="14" t="n">
+      <c r="AO18" s="14" t="n">
         <v>60.02</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="6" t="inlineStr">
         <is>
           <t>Comunitat Valenciana</t>
         </is>
       </c>
       <c r="B19" s="14" t="n">
+        <v>40.44</v>
+      </c>
+      <c r="C19" s="14" t="n">
         <v>46.12</v>
       </c>
-      <c r="C19" s="14" t="n">
+      <c r="D19" s="14" t="n">
         <v>44.46</v>
       </c>
-      <c r="D19" s="14" t="n">
+      <c r="E19" s="14" t="n">
         <v>42.14</v>
       </c>
-      <c r="E19" s="14" t="n">
+      <c r="F19" s="14" t="n">
         <v>35.72</v>
       </c>
-      <c r="F19" s="14" t="n">
+      <c r="G19" s="14" t="n">
+        <v>71.3</v>
+      </c>
+      <c r="H19" s="14" t="n">
         <v>70.04</v>
       </c>
-      <c r="G19" s="14" t="n">
+      <c r="I19" s="14" t="n">
         <v>74.79</v>
       </c>
-      <c r="H19" s="14" t="n">
+      <c r="J19" s="14" t="n">
         <v>69.64</v>
       </c>
-      <c r="I19" s="14" t="n">
+      <c r="K19" s="14" t="n">
         <v>62.48</v>
       </c>
-      <c r="J19" s="14" t="n">
+      <c r="L19" s="14" t="n">
+        <v>79.67</v>
+      </c>
+      <c r="M19" s="14" t="n">
         <v>73.71</v>
       </c>
-      <c r="K19" s="14" t="n">
+      <c r="N19" s="14" t="n">
         <v>77.67</v>
       </c>
-      <c r="L19" s="14" t="n">
+      <c r="O19" s="14" t="n">
         <v>74.69</v>
       </c>
-      <c r="M19" s="14" t="n">
+      <c r="P19" s="14" t="n">
         <v>71.68</v>
       </c>
-      <c r="N19" s="14" t="n">
+      <c r="Q19" s="14" t="n">
+        <v>80.15</v>
+      </c>
+      <c r="R19" s="14" t="n">
         <v>79.35</v>
       </c>
-      <c r="O19" s="14" t="n">
+      <c r="S19" s="14" t="n">
         <v>77.74</v>
       </c>
-      <c r="P19" s="14" t="n">
+      <c r="T19" s="14" t="n">
         <v>77.58</v>
       </c>
-      <c r="Q19" s="14" t="n">
+      <c r="U19" s="14" t="n">
         <v>74.69</v>
       </c>
-      <c r="R19" s="14" t="n">
+      <c r="V19" s="14" t="n">
+        <v>79.84</v>
+      </c>
+      <c r="W19" s="14" t="n">
         <v>80.08</v>
       </c>
-      <c r="S19" s="14" t="n">
+      <c r="X19" s="14" t="n">
         <v>80.51</v>
       </c>
-      <c r="T19" s="14" t="n">
+      <c r="Y19" s="14" t="n">
         <v>80.59</v>
       </c>
-      <c r="U19" s="14" t="n">
+      <c r="Z19" s="14" t="n">
         <v>79.59</v>
       </c>
-      <c r="V19" s="14" t="n">
+      <c r="AA19" s="14" t="n">
+        <v>80.7</v>
+      </c>
+      <c r="AB19" s="14" t="n">
         <v>78.21</v>
       </c>
-      <c r="W19" s="14" t="n">
+      <c r="AC19" s="14" t="n">
         <v>79.5</v>
       </c>
-      <c r="X19" s="14" t="n">
+      <c r="AD19" s="14" t="n">
         <v>80.74</v>
       </c>
-      <c r="Y19" s="14" t="n">
+      <c r="AE19" s="14" t="n">
         <v>75.65</v>
       </c>
-      <c r="Z19" s="14" t="n">
+      <c r="AF19" s="14" t="n">
+        <v>78.1</v>
+      </c>
+      <c r="AG19" s="14" t="n">
         <v>77.44</v>
       </c>
-      <c r="AA19" s="14" t="n">
+      <c r="AH19" s="14" t="n">
         <v>74.66</v>
       </c>
-      <c r="AB19" s="14" t="n">
+      <c r="AI19" s="14" t="n">
         <v>71.42</v>
       </c>
-      <c r="AC19" s="14" t="n">
+      <c r="AJ19" s="14" t="n">
         <v>71.47</v>
       </c>
-      <c r="AD19" s="14" t="n">
+      <c r="AK19" s="14" t="n">
+        <v>60.32</v>
+      </c>
+      <c r="AL19" s="14" t="n">
         <v>60.3</v>
       </c>
-      <c r="AE19" s="14" t="n">
+      <c r="AM19" s="14" t="n">
         <v>59.49</v>
       </c>
-      <c r="AF19" s="14" t="n">
+      <c r="AN19" s="14" t="n">
         <v>58.54</v>
       </c>
-      <c r="AG19" s="14" t="n">
+      <c r="AO19" s="14" t="n">
         <v>54.29</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="6" t="inlineStr">
         <is>
           <t>Extremadura</t>
         </is>
       </c>
       <c r="B20" s="14" t="n">
+        <v>34.05</v>
+      </c>
+      <c r="C20" s="14" t="n">
         <v>30.22</v>
       </c>
-      <c r="C20" s="14" t="n">
+      <c r="D20" s="14" t="n">
         <v>30.08</v>
       </c>
-      <c r="D20" s="14" t="n">
+      <c r="E20" s="14" t="n">
         <v>29.1</v>
       </c>
-      <c r="E20" s="14" t="n">
+      <c r="F20" s="14" t="n">
         <v>26.13</v>
       </c>
-      <c r="F20" s="14" t="n">
+      <c r="G20" s="14" t="n">
+        <v>65.04</v>
+      </c>
+      <c r="H20" s="14" t="n">
         <v>63.43</v>
       </c>
-      <c r="G20" s="14" t="n">
+      <c r="I20" s="14" t="n">
         <v>62.8</v>
       </c>
-      <c r="H20" s="14" t="n">
+      <c r="J20" s="14" t="n">
         <v>67.68</v>
       </c>
-      <c r="I20" s="14" t="n">
+      <c r="K20" s="14" t="n">
         <v>57.28</v>
       </c>
-      <c r="J20" s="14" t="n">
+      <c r="L20" s="14" t="n">
+        <v>75.88</v>
+      </c>
+      <c r="M20" s="14" t="n">
         <v>79.86</v>
       </c>
-      <c r="K20" s="14" t="n">
+      <c r="N20" s="14" t="n">
         <v>76.72</v>
       </c>
-      <c r="L20" s="14" t="n">
+      <c r="O20" s="14" t="n">
         <v>74.9</v>
       </c>
-      <c r="M20" s="14" t="n">
+      <c r="P20" s="14" t="n">
         <v>71.51</v>
       </c>
-      <c r="N20" s="14" t="n">
+      <c r="Q20" s="14" t="n">
+        <v>80.72</v>
+      </c>
+      <c r="R20" s="14" t="n">
         <v>79.0</v>
       </c>
-      <c r="O20" s="14" t="n">
+      <c r="S20" s="14" t="n">
         <v>79.2</v>
       </c>
-      <c r="P20" s="14" t="n">
+      <c r="T20" s="14" t="n">
         <v>74.44</v>
       </c>
-      <c r="Q20" s="14" t="n">
+      <c r="U20" s="14" t="n">
         <v>74.03</v>
       </c>
-      <c r="R20" s="14" t="n">
+      <c r="V20" s="14" t="n">
+        <v>80.76</v>
+      </c>
+      <c r="W20" s="14" t="n">
         <v>80.02</v>
       </c>
-      <c r="S20" s="14" t="n">
+      <c r="X20" s="14" t="n">
         <v>80.13</v>
       </c>
-      <c r="T20" s="14" t="n">
+      <c r="Y20" s="14" t="n">
         <v>76.62</v>
       </c>
-      <c r="U20" s="14" t="n">
+      <c r="Z20" s="14" t="n">
         <v>75.73</v>
       </c>
-      <c r="V20" s="14" t="n">
+      <c r="AA20" s="14" t="n">
+        <v>76.56</v>
+      </c>
+      <c r="AB20" s="14" t="n">
         <v>75.97</v>
       </c>
-      <c r="W20" s="14" t="n">
+      <c r="AC20" s="14" t="n">
         <v>73.62</v>
       </c>
-      <c r="X20" s="14" t="n">
+      <c r="AD20" s="14" t="n">
         <v>75.24</v>
       </c>
-      <c r="Y20" s="14" t="n">
+      <c r="AE20" s="14" t="n">
         <v>74.51</v>
       </c>
-      <c r="Z20" s="14" t="n">
+      <c r="AF20" s="14" t="n">
+        <v>74.24</v>
+      </c>
+      <c r="AG20" s="14" t="n">
         <v>71.27</v>
       </c>
-      <c r="AA20" s="14" t="n">
+      <c r="AH20" s="14" t="n">
         <v>69.17</v>
       </c>
-      <c r="AB20" s="14" t="n">
+      <c r="AI20" s="14" t="n">
         <v>67.85</v>
       </c>
-      <c r="AC20" s="14" t="n">
+      <c r="AJ20" s="14" t="n">
         <v>66.67</v>
       </c>
-      <c r="AD20" s="14" t="n">
+      <c r="AK20" s="14" t="n">
+        <v>55.98</v>
+      </c>
+      <c r="AL20" s="14" t="n">
         <v>53.01</v>
       </c>
-      <c r="AE20" s="14" t="n">
+      <c r="AM20" s="14" t="n">
         <v>52.66</v>
       </c>
-      <c r="AF20" s="14" t="n">
+      <c r="AN20" s="14" t="n">
         <v>50.45</v>
       </c>
-      <c r="AG20" s="14" t="n">
+      <c r="AO20" s="14" t="n">
         <v>46.92</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="6" t="inlineStr">
         <is>
           <t>Galicia</t>
         </is>
       </c>
       <c r="B21" s="14" t="n">
+        <v>36.82</v>
+      </c>
+      <c r="C21" s="14" t="n">
         <v>37.09</v>
       </c>
-      <c r="C21" s="14" t="n">
+      <c r="D21" s="14" t="n">
         <v>35.91</v>
       </c>
-      <c r="D21" s="14" t="n">
+      <c r="E21" s="14" t="n">
         <v>29.8</v>
       </c>
-      <c r="E21" s="14" t="n">
+      <c r="F21" s="14" t="n">
         <v>27.96</v>
       </c>
-      <c r="F21" s="14" t="n">
+      <c r="G21" s="14" t="n">
+        <v>73.7</v>
+      </c>
+      <c r="H21" s="14" t="n">
         <v>69.83</v>
       </c>
-      <c r="G21" s="14" t="n">
+      <c r="I21" s="14" t="n">
         <v>70.93</v>
       </c>
-      <c r="H21" s="14" t="n">
+      <c r="J21" s="14" t="n">
         <v>66.9</v>
       </c>
-      <c r="I21" s="14" t="n">
+      <c r="K21" s="14" t="n">
         <v>63.45</v>
       </c>
-      <c r="J21" s="14" t="n">
+      <c r="L21" s="14" t="n">
+        <v>79.81</v>
+      </c>
+      <c r="M21" s="14" t="n">
         <v>79.3</v>
       </c>
-      <c r="K21" s="14" t="n">
+      <c r="N21" s="14" t="n">
         <v>78.36</v>
       </c>
-      <c r="L21" s="14" t="n">
+      <c r="O21" s="14" t="n">
         <v>75.41</v>
       </c>
-      <c r="M21" s="14" t="n">
+      <c r="P21" s="14" t="n">
         <v>72.63</v>
       </c>
-      <c r="N21" s="14" t="n">
+      <c r="Q21" s="14" t="n">
+        <v>83.39</v>
+      </c>
+      <c r="R21" s="14" t="n">
         <v>82.98</v>
       </c>
-      <c r="O21" s="14" t="n">
+      <c r="S21" s="14" t="n">
         <v>80.44</v>
       </c>
-      <c r="P21" s="14" t="n">
+      <c r="T21" s="14" t="n">
         <v>81.44</v>
       </c>
-      <c r="Q21" s="14" t="n">
+      <c r="U21" s="14" t="n">
         <v>81.37</v>
       </c>
-      <c r="R21" s="14" t="n">
+      <c r="V21" s="14" t="n">
+        <v>83.74</v>
+      </c>
+      <c r="W21" s="14" t="n">
         <v>83.66</v>
       </c>
-      <c r="S21" s="14" t="n">
+      <c r="X21" s="14" t="n">
         <v>83.21</v>
       </c>
-      <c r="T21" s="14" t="n">
+      <c r="Y21" s="14" t="n">
         <v>82.48</v>
       </c>
-      <c r="U21" s="14" t="n">
+      <c r="Z21" s="14" t="n">
         <v>81.06</v>
       </c>
-      <c r="V21" s="14" t="n">
+      <c r="AA21" s="14" t="n">
+        <v>82.74</v>
+      </c>
+      <c r="AB21" s="14" t="n">
         <v>82.21</v>
       </c>
-      <c r="W21" s="14" t="n">
+      <c r="AC21" s="14" t="n">
         <v>80.98</v>
       </c>
-      <c r="X21" s="14" t="n">
+      <c r="AD21" s="14" t="n">
         <v>80.48</v>
       </c>
-      <c r="Y21" s="14" t="n">
+      <c r="AE21" s="14" t="n">
         <v>78.43</v>
       </c>
-      <c r="Z21" s="14" t="n">
+      <c r="AF21" s="14" t="n">
+        <v>79.72</v>
+      </c>
+      <c r="AG21" s="14" t="n">
         <v>76.66</v>
       </c>
-      <c r="AA21" s="14" t="n">
+      <c r="AH21" s="14" t="n">
         <v>75.42</v>
       </c>
-      <c r="AB21" s="14" t="n">
+      <c r="AI21" s="14" t="n">
         <v>75.69</v>
       </c>
-      <c r="AC21" s="14" t="n">
+      <c r="AJ21" s="14" t="n">
         <v>74.63</v>
       </c>
-      <c r="AD21" s="14" t="n">
+      <c r="AK21" s="14" t="n">
+        <v>61.52</v>
+      </c>
+      <c r="AL21" s="14" t="n">
         <v>59.04</v>
       </c>
-      <c r="AE21" s="14" t="n">
+      <c r="AM21" s="14" t="n">
         <v>59.01</v>
       </c>
-      <c r="AF21" s="14" t="n">
+      <c r="AN21" s="14" t="n">
         <v>56.5</v>
       </c>
-      <c r="AG21" s="14" t="n">
+      <c r="AO21" s="14" t="n">
         <v>56.37</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="6" t="inlineStr">
         <is>
           <t>Madrid, Comunidad de</t>
         </is>
       </c>
       <c r="B22" s="14" t="n">
+        <v>47.14</v>
+      </c>
+      <c r="C22" s="14" t="n">
         <v>46.55</v>
       </c>
-      <c r="C22" s="14" t="n">
+      <c r="D22" s="14" t="n">
         <v>42.05</v>
       </c>
-      <c r="D22" s="14" t="n">
+      <c r="E22" s="14" t="n">
         <v>43.79</v>
       </c>
-      <c r="E22" s="14" t="n">
+      <c r="F22" s="14" t="n">
         <v>42.23</v>
       </c>
-      <c r="F22" s="14" t="n">
+      <c r="G22" s="14" t="n">
+        <v>76.29</v>
+      </c>
+      <c r="H22" s="14" t="n">
         <v>76.14</v>
       </c>
-      <c r="G22" s="14" t="n">
+      <c r="I22" s="14" t="n">
         <v>76.1</v>
       </c>
-      <c r="H22" s="14" t="n">
+      <c r="J22" s="14" t="n">
         <v>77.98</v>
       </c>
-      <c r="I22" s="14" t="n">
+      <c r="K22" s="14" t="n">
         <v>74.97</v>
       </c>
-      <c r="J22" s="14" t="n">
+      <c r="L22" s="14" t="n">
+        <v>85.35</v>
+      </c>
+      <c r="M22" s="14" t="n">
         <v>82.25</v>
       </c>
-      <c r="K22" s="14" t="n">
+      <c r="N22" s="14" t="n">
         <v>82.58</v>
       </c>
-      <c r="L22" s="14" t="n">
+      <c r="O22" s="14" t="n">
         <v>81.4</v>
       </c>
-      <c r="M22" s="14" t="n">
+      <c r="P22" s="14" t="n">
         <v>81.29</v>
       </c>
-      <c r="N22" s="14" t="n">
+      <c r="Q22" s="14" t="n">
+        <v>85.3</v>
+      </c>
+      <c r="R22" s="14" t="n">
         <v>86.33</v>
       </c>
-      <c r="O22" s="14" t="n">
+      <c r="S22" s="14" t="n">
         <v>85.97</v>
       </c>
-      <c r="P22" s="14" t="n">
+      <c r="T22" s="14" t="n">
         <v>81.63</v>
       </c>
-      <c r="Q22" s="14" t="n">
+      <c r="U22" s="14" t="n">
         <v>81.6</v>
       </c>
-      <c r="R22" s="14" t="n">
+      <c r="V22" s="14" t="n">
+        <v>87.33</v>
+      </c>
+      <c r="W22" s="14" t="n">
         <v>86.41</v>
       </c>
-      <c r="S22" s="14" t="n">
+      <c r="X22" s="14" t="n">
         <v>85.14</v>
       </c>
-      <c r="T22" s="14" t="n">
+      <c r="Y22" s="14" t="n">
         <v>82.36</v>
       </c>
-      <c r="U22" s="14" t="n">
+      <c r="Z22" s="14" t="n">
         <v>83.43</v>
       </c>
-      <c r="V22" s="14" t="n">
+      <c r="AA22" s="14" t="n">
+        <v>86.82</v>
+      </c>
+      <c r="AB22" s="14" t="n">
         <v>85.83</v>
       </c>
-      <c r="W22" s="14" t="n">
+      <c r="AC22" s="14" t="n">
         <v>84.81</v>
       </c>
-      <c r="X22" s="14" t="n">
+      <c r="AD22" s="14" t="n">
         <v>83.27</v>
       </c>
-      <c r="Y22" s="14" t="n">
+      <c r="AE22" s="14" t="n">
         <v>82.55</v>
       </c>
-      <c r="Z22" s="14" t="n">
+      <c r="AF22" s="14" t="n">
+        <v>85.95</v>
+      </c>
+      <c r="AG22" s="14" t="n">
         <v>83.57</v>
       </c>
-      <c r="AA22" s="14" t="n">
+      <c r="AH22" s="14" t="n">
         <v>80.67</v>
       </c>
-      <c r="AB22" s="14" t="n">
+      <c r="AI22" s="14" t="n">
         <v>78.92</v>
       </c>
-      <c r="AC22" s="14" t="n">
+      <c r="AJ22" s="14" t="n">
         <v>80.12</v>
       </c>
-      <c r="AD22" s="14" t="n">
+      <c r="AK22" s="14" t="n">
+        <v>69.15</v>
+      </c>
+      <c r="AL22" s="14" t="n">
         <v>67.42</v>
       </c>
-      <c r="AE22" s="14" t="n">
+      <c r="AM22" s="14" t="n">
         <v>65.81</v>
       </c>
-      <c r="AF22" s="14" t="n">
+      <c r="AN22" s="14" t="n">
         <v>64.83</v>
       </c>
-      <c r="AG22" s="14" t="n">
+      <c r="AO22" s="14" t="n">
         <v>63.15</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="6" t="inlineStr">
         <is>
           <t>Murcia, Región de</t>
         </is>
       </c>
       <c r="B23" s="14" t="n">
+        <v>46.61</v>
+      </c>
+      <c r="C23" s="14" t="n">
         <v>44.62</v>
       </c>
-      <c r="C23" s="14" t="n">
+      <c r="D23" s="14" t="n">
         <v>40.14</v>
       </c>
-      <c r="D23" s="14" t="n">
+      <c r="E23" s="14" t="n">
         <v>38.92</v>
       </c>
-      <c r="E23" s="14" t="n">
+      <c r="F23" s="14" t="n">
         <v>38.04</v>
       </c>
-      <c r="F23" s="14" t="n">
+      <c r="G23" s="14" t="n">
+        <v>69.42</v>
+      </c>
+      <c r="H23" s="14" t="n">
         <v>65.84</v>
       </c>
-      <c r="G23" s="14" t="n">
+      <c r="I23" s="14" t="n">
         <v>65.24</v>
       </c>
-      <c r="H23" s="14" t="n">
+      <c r="J23" s="14" t="n">
         <v>67.2</v>
       </c>
-      <c r="I23" s="14" t="n">
+      <c r="K23" s="14" t="n">
         <v>63.64</v>
       </c>
-      <c r="J23" s="14" t="n">
+      <c r="L23" s="14" t="n">
+        <v>76.05</v>
+      </c>
+      <c r="M23" s="14" t="n">
         <v>75.31</v>
       </c>
-      <c r="K23" s="14" t="n">
+      <c r="N23" s="14" t="n">
         <v>74.7</v>
       </c>
-      <c r="L23" s="14" t="n">
+      <c r="O23" s="14" t="n">
         <v>71.89</v>
       </c>
-      <c r="M23" s="14" t="n">
+      <c r="P23" s="14" t="n">
         <v>74.1</v>
       </c>
-      <c r="N23" s="14" t="n">
+      <c r="Q23" s="14" t="n">
+        <v>74.23</v>
+      </c>
+      <c r="R23" s="14" t="n">
         <v>76.07</v>
       </c>
-      <c r="O23" s="14" t="n">
+      <c r="S23" s="14" t="n">
         <v>78.08</v>
       </c>
-      <c r="P23" s="14" t="n">
+      <c r="T23" s="14" t="n">
         <v>73.96</v>
       </c>
-      <c r="Q23" s="14" t="n">
+      <c r="U23" s="14" t="n">
         <v>75.19</v>
       </c>
-      <c r="R23" s="14" t="n">
+      <c r="V23" s="14" t="n">
+        <v>79.81</v>
+      </c>
+      <c r="W23" s="14" t="n">
         <v>78.28</v>
       </c>
-      <c r="S23" s="14" t="n">
+      <c r="X23" s="14" t="n">
         <v>76.83</v>
       </c>
-      <c r="T23" s="14" t="n">
+      <c r="Y23" s="14" t="n">
         <v>78.82</v>
       </c>
-      <c r="U23" s="14" t="n">
+      <c r="Z23" s="14" t="n">
         <v>80.91</v>
       </c>
-      <c r="V23" s="14" t="n">
+      <c r="AA23" s="14" t="n">
+        <v>74.52</v>
+      </c>
+      <c r="AB23" s="14" t="n">
         <v>77.4</v>
       </c>
-      <c r="W23" s="14" t="n">
+      <c r="AC23" s="14" t="n">
         <v>76.58</v>
       </c>
-      <c r="X23" s="14" t="n">
+      <c r="AD23" s="14" t="n">
         <v>76.17</v>
       </c>
-      <c r="Y23" s="14" t="n">
+      <c r="AE23" s="14" t="n">
         <v>74.0</v>
       </c>
-      <c r="Z23" s="14" t="n">
+      <c r="AF23" s="14" t="n">
+        <v>77.12</v>
+      </c>
+      <c r="AG23" s="14" t="n">
         <v>73.97</v>
       </c>
-      <c r="AA23" s="14" t="n">
+      <c r="AH23" s="14" t="n">
         <v>76.24</v>
       </c>
-      <c r="AB23" s="14" t="n">
+      <c r="AI23" s="14" t="n">
         <v>71.96</v>
       </c>
-      <c r="AC23" s="14" t="n">
+      <c r="AJ23" s="14" t="n">
         <v>67.6</v>
       </c>
-      <c r="AD23" s="14" t="n">
+      <c r="AK23" s="14" t="n">
+        <v>61.55</v>
+      </c>
+      <c r="AL23" s="14" t="n">
         <v>60.08</v>
       </c>
-      <c r="AE23" s="14" t="n">
+      <c r="AM23" s="14" t="n">
         <v>59.96</v>
       </c>
-      <c r="AF23" s="14" t="n">
+      <c r="AN23" s="14" t="n">
         <v>58.44</v>
       </c>
-      <c r="AG23" s="14" t="n">
+      <c r="AO23" s="14" t="n">
         <v>57.86</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="6" t="inlineStr">
         <is>
           <t>Navarra, Comunidad Foral de</t>
         </is>
       </c>
       <c r="B24" s="14" t="n">
+        <v>43.62</v>
+      </c>
+      <c r="C24" s="14" t="n">
         <v>42.55</v>
       </c>
-      <c r="C24" s="14" t="n">
+      <c r="D24" s="14" t="n">
         <v>40.11</v>
       </c>
-      <c r="D24" s="14" t="n">
+      <c r="E24" s="14" t="n">
         <v>43.36</v>
       </c>
-      <c r="E24" s="14" t="n">
+      <c r="F24" s="14" t="n">
         <v>42.99</v>
       </c>
-      <c r="F24" s="14" t="n">
+      <c r="G24" s="14" t="n">
+        <v>75.88</v>
+      </c>
+      <c r="H24" s="14" t="n">
         <v>72.9</v>
       </c>
-      <c r="G24" s="14" t="n">
+      <c r="I24" s="14" t="n">
         <v>71.67</v>
       </c>
-      <c r="H24" s="14" t="n">
+      <c r="J24" s="14" t="n">
         <v>67.74</v>
       </c>
-      <c r="I24" s="14" t="n">
+      <c r="K24" s="14" t="n">
         <v>65.1</v>
       </c>
-      <c r="J24" s="14" t="n">
+      <c r="L24" s="14" t="n">
+        <v>80.57</v>
+      </c>
+      <c r="M24" s="14" t="n">
         <v>82.17</v>
       </c>
-      <c r="K24" s="14" t="n">
+      <c r="N24" s="14" t="n">
         <v>80.23</v>
       </c>
-      <c r="L24" s="14" t="n">
+      <c r="O24" s="14" t="n">
         <v>82.92</v>
       </c>
-      <c r="M24" s="14" t="n">
+      <c r="P24" s="14" t="n">
         <v>79.2</v>
       </c>
-      <c r="N24" s="14" t="n">
+      <c r="Q24" s="14" t="n">
+        <v>81.12</v>
+      </c>
+      <c r="R24" s="14" t="n">
         <v>80.99</v>
       </c>
-      <c r="O24" s="14" t="n">
+      <c r="S24" s="14" t="n">
         <v>78.93</v>
       </c>
-      <c r="P24" s="14" t="n">
+      <c r="T24" s="14" t="n">
         <v>80.8</v>
       </c>
-      <c r="Q24" s="14" t="n">
+      <c r="U24" s="14" t="n">
         <v>77.95</v>
       </c>
-      <c r="R24" s="14" t="n">
+      <c r="V24" s="14" t="n">
+        <v>84.85</v>
+      </c>
+      <c r="W24" s="14" t="n">
         <v>85.16</v>
       </c>
-      <c r="S24" s="14" t="n">
+      <c r="X24" s="14" t="n">
         <v>83.16</v>
       </c>
-      <c r="T24" s="14" t="n">
+      <c r="Y24" s="14" t="n">
         <v>81.59</v>
       </c>
-      <c r="U24" s="14" t="n">
+      <c r="Z24" s="14" t="n">
         <v>79.76</v>
       </c>
-      <c r="V24" s="14" t="n">
+      <c r="AA24" s="14" t="n">
+        <v>84.61</v>
+      </c>
+      <c r="AB24" s="14" t="n">
         <v>86.46</v>
       </c>
-      <c r="W24" s="14" t="n">
+      <c r="AC24" s="14" t="n">
         <v>85.57</v>
       </c>
-      <c r="X24" s="14" t="n">
+      <c r="AD24" s="14" t="n">
         <v>83.44</v>
       </c>
-      <c r="Y24" s="14" t="n">
+      <c r="AE24" s="14" t="n">
         <v>83.72</v>
       </c>
-      <c r="Z24" s="14" t="n">
+      <c r="AF24" s="14" t="n">
+        <v>85.67</v>
+      </c>
+      <c r="AG24" s="14" t="n">
         <v>86.14</v>
       </c>
-      <c r="AA24" s="14" t="n">
+      <c r="AH24" s="14" t="n">
         <v>82.01</v>
       </c>
-      <c r="AB24" s="14" t="n">
+      <c r="AI24" s="14" t="n">
         <v>82.72</v>
       </c>
-      <c r="AC24" s="14" t="n">
+      <c r="AJ24" s="14" t="n">
         <v>82.01</v>
       </c>
-      <c r="AD24" s="14" t="n">
+      <c r="AK24" s="14" t="n">
+        <v>69.84</v>
+      </c>
+      <c r="AL24" s="14" t="n">
         <v>69.16</v>
       </c>
-      <c r="AE24" s="14" t="n">
+      <c r="AM24" s="14" t="n">
         <v>64.1</v>
       </c>
-      <c r="AF24" s="14" t="n">
+      <c r="AN24" s="14" t="n">
         <v>64.46</v>
       </c>
-      <c r="AG24" s="14" t="n">
+      <c r="AO24" s="14" t="n">
         <v>61.99</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="6" t="inlineStr">
         <is>
           <t>País Vasco</t>
         </is>
       </c>
       <c r="B25" s="14" t="n">
+        <v>38.94</v>
+      </c>
+      <c r="C25" s="14" t="n">
         <v>36.51</v>
       </c>
-      <c r="C25" s="14" t="n">
+      <c r="D25" s="14" t="n">
         <v>41.6</v>
       </c>
-      <c r="D25" s="14" t="n">
+      <c r="E25" s="14" t="n">
         <v>38.97</v>
       </c>
-      <c r="E25" s="14" t="n">
+      <c r="F25" s="14" t="n">
         <v>36.8</v>
       </c>
-      <c r="F25" s="14" t="n">
+      <c r="G25" s="14" t="n">
+        <v>74.69</v>
+      </c>
+      <c r="H25" s="14" t="n">
         <v>73.46</v>
       </c>
-      <c r="G25" s="14" t="n">
+      <c r="I25" s="14" t="n">
         <v>77.89</v>
       </c>
-      <c r="H25" s="14" t="n">
+      <c r="J25" s="14" t="n">
         <v>79.33</v>
       </c>
-      <c r="I25" s="14" t="n">
+      <c r="K25" s="14" t="n">
         <v>74.14</v>
       </c>
-      <c r="J25" s="14" t="n">
+      <c r="L25" s="14" t="n">
+        <v>78.45</v>
+      </c>
+      <c r="M25" s="14" t="n">
         <v>77.57</v>
       </c>
-      <c r="K25" s="14" t="n">
+      <c r="N25" s="14" t="n">
         <v>87.49</v>
       </c>
-      <c r="L25" s="14" t="n">
+      <c r="O25" s="14" t="n">
         <v>80.81</v>
       </c>
-      <c r="M25" s="14" t="n">
+      <c r="P25" s="14" t="n">
         <v>80.39</v>
       </c>
-      <c r="N25" s="14" t="n">
+      <c r="Q25" s="14" t="n">
+        <v>79.86</v>
+      </c>
+      <c r="R25" s="14" t="n">
         <v>77.44</v>
       </c>
-      <c r="O25" s="14" t="n">
+      <c r="S25" s="14" t="n">
         <v>80.31</v>
       </c>
-      <c r="P25" s="14" t="n">
+      <c r="T25" s="14" t="n">
         <v>80.53</v>
       </c>
-      <c r="Q25" s="14" t="n">
+      <c r="U25" s="14" t="n">
         <v>80.35</v>
       </c>
-      <c r="R25" s="14" t="n">
+      <c r="V25" s="14" t="n">
+        <v>85.11</v>
+      </c>
+      <c r="W25" s="14" t="n">
         <v>86.91</v>
       </c>
-      <c r="S25" s="14" t="n">
+      <c r="X25" s="14" t="n">
         <v>86.82</v>
       </c>
-      <c r="T25" s="14" t="n">
+      <c r="Y25" s="14" t="n">
         <v>85.47</v>
       </c>
-      <c r="U25" s="14" t="n">
+      <c r="Z25" s="14" t="n">
         <v>84.03</v>
       </c>
-      <c r="V25" s="14" t="n">
+      <c r="AA25" s="14" t="n">
+        <v>87.41</v>
+      </c>
+      <c r="AB25" s="14" t="n">
         <v>87.17</v>
       </c>
-      <c r="W25" s="14" t="n">
+      <c r="AC25" s="14" t="n">
         <v>85.38</v>
       </c>
-      <c r="X25" s="14" t="n">
+      <c r="AD25" s="14" t="n">
         <v>83.22</v>
       </c>
-      <c r="Y25" s="14" t="n">
+      <c r="AE25" s="14" t="n">
         <v>81.21</v>
       </c>
-      <c r="Z25" s="14" t="n">
+      <c r="AF25" s="14" t="n">
+        <v>87.83</v>
+      </c>
+      <c r="AG25" s="14" t="n">
         <v>86.2</v>
       </c>
-      <c r="AA25" s="14" t="n">
+      <c r="AH25" s="14" t="n">
         <v>82.45</v>
       </c>
-      <c r="AB25" s="14" t="n">
+      <c r="AI25" s="14" t="n">
         <v>79.4</v>
       </c>
-      <c r="AC25" s="14" t="n">
+      <c r="AJ25" s="14" t="n">
         <v>78.53</v>
       </c>
-      <c r="AD25" s="14" t="n">
+      <c r="AK25" s="14" t="n">
+        <v>65.44</v>
+      </c>
+      <c r="AL25" s="14" t="n">
         <v>65.64</v>
       </c>
-      <c r="AE25" s="14" t="n">
+      <c r="AM25" s="14" t="n">
         <v>64.78</v>
       </c>
-      <c r="AF25" s="14" t="n">
+      <c r="AN25" s="14" t="n">
         <v>62.19</v>
       </c>
-      <c r="AG25" s="14" t="n">
+      <c r="AO25" s="14" t="n">
         <v>60.34</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="6" t="inlineStr">
         <is>
           <t>Rioja, La</t>
         </is>
       </c>
       <c r="B26" s="14" t="n">
+        <v>47.16</v>
+      </c>
+      <c r="C26" s="14" t="n">
         <v>38.7</v>
       </c>
-      <c r="C26" s="14" t="n">
+      <c r="D26" s="14" t="n">
         <v>37.62</v>
       </c>
-      <c r="D26" s="14" t="n">
+      <c r="E26" s="14" t="n">
         <v>39.9</v>
       </c>
-      <c r="E26" s="14" t="n">
+      <c r="F26" s="14" t="n">
         <v>40.71</v>
       </c>
-      <c r="F26" s="14" t="n">
+      <c r="G26" s="14" t="n">
+        <v>78.3</v>
+      </c>
+      <c r="H26" s="14" t="n">
         <v>72.76</v>
       </c>
-      <c r="G26" s="14" t="n">
+      <c r="I26" s="14" t="n">
         <v>75.11</v>
       </c>
-      <c r="H26" s="14" t="n">
+      <c r="J26" s="14" t="n">
         <v>70.91</v>
       </c>
-      <c r="I26" s="14" t="n">
+      <c r="K26" s="14" t="n">
         <v>72.47</v>
       </c>
-      <c r="J26" s="14" t="n">
+      <c r="L26" s="14" t="n">
+        <v>81.18</v>
+      </c>
+      <c r="M26" s="14" t="n">
         <v>84.34</v>
       </c>
-      <c r="K26" s="14" t="n">
+      <c r="N26" s="14" t="n">
         <v>81.75</v>
       </c>
-      <c r="L26" s="14" t="n">
+      <c r="O26" s="14" t="n">
         <v>78.45</v>
       </c>
-      <c r="M26" s="14" t="n">
+      <c r="P26" s="14" t="n">
         <v>78.29</v>
       </c>
-      <c r="N26" s="14" t="n">
+      <c r="Q26" s="14" t="n">
+        <v>86.19</v>
+      </c>
+      <c r="R26" s="14" t="n">
         <v>82.6</v>
       </c>
-      <c r="O26" s="14" t="n">
+      <c r="S26" s="14" t="n">
         <v>82.36</v>
       </c>
-      <c r="P26" s="14" t="n">
+      <c r="T26" s="14" t="n">
         <v>84.31</v>
       </c>
-      <c r="Q26" s="14" t="n">
+      <c r="U26" s="14" t="n">
         <v>82.34</v>
       </c>
-      <c r="R26" s="14" t="n">
+      <c r="V26" s="14" t="n">
+        <v>87.71</v>
+      </c>
+      <c r="W26" s="14" t="n">
         <v>81.16</v>
       </c>
-      <c r="S26" s="14" t="n">
+      <c r="X26" s="14" t="n">
         <v>84.19</v>
       </c>
-      <c r="T26" s="14" t="n">
+      <c r="Y26" s="14" t="n">
         <v>87.45</v>
       </c>
-      <c r="U26" s="14" t="n">
+      <c r="Z26" s="14" t="n">
         <v>84.86</v>
       </c>
-      <c r="V26" s="14" t="n">
+      <c r="AA26" s="14" t="n">
+        <v>86.77</v>
+      </c>
+      <c r="AB26" s="14" t="n">
         <v>81.18</v>
       </c>
-      <c r="W26" s="14" t="n">
+      <c r="AC26" s="14" t="n">
         <v>84.58</v>
       </c>
-      <c r="X26" s="14" t="n">
+      <c r="AD26" s="14" t="n">
         <v>85.59</v>
       </c>
-      <c r="Y26" s="14" t="n">
+      <c r="AE26" s="14" t="n">
         <v>82.76</v>
       </c>
-      <c r="Z26" s="14" t="n">
+      <c r="AF26" s="14" t="n">
+        <v>84.71</v>
+      </c>
+      <c r="AG26" s="14" t="n">
         <v>83.86</v>
       </c>
-      <c r="AA26" s="14" t="n">
+      <c r="AH26" s="14" t="n">
         <v>81.5</v>
       </c>
-      <c r="AB26" s="14" t="n">
+      <c r="AI26" s="14" t="n">
         <v>83.6</v>
       </c>
-      <c r="AC26" s="14" t="n">
+      <c r="AJ26" s="14" t="n">
         <v>83.41</v>
       </c>
-      <c r="AD26" s="14" t="n">
+      <c r="AK26" s="14" t="n">
+        <v>67.59</v>
+      </c>
+      <c r="AL26" s="14" t="n">
         <v>68.23</v>
       </c>
-      <c r="AE26" s="14" t="n">
+      <c r="AM26" s="14" t="n">
         <v>66.22</v>
       </c>
-      <c r="AF26" s="14" t="n">
+      <c r="AN26" s="14" t="n">
         <v>64.24</v>
       </c>
-      <c r="AG26" s="14" t="n">
+      <c r="AO26" s="14" t="n">
         <v>60.85</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="6" t="inlineStr">
         <is>
           <t>Ceuta</t>
         </is>
       </c>
       <c r="B27" s="14" t="n">
+        <v>24.09</v>
+      </c>
+      <c r="C27" s="14" t="n">
         <v>18.74</v>
       </c>
-      <c r="C27" s="14" t="n">
+      <c r="D27" s="14" t="n">
         <v>33.02</v>
       </c>
-      <c r="D27" s="14" t="n">
+      <c r="E27" s="14" t="n">
         <v>37.33</v>
       </c>
-      <c r="E27" s="14" t="n">
+      <c r="F27" s="14" t="n">
         <v>14.55</v>
       </c>
-      <c r="F27" s="14" t="n">
+      <c r="G27" s="14" t="n">
+        <v>52.88</v>
+      </c>
+      <c r="H27" s="14" t="n">
         <v>66.83</v>
       </c>
-      <c r="G27" s="14" t="n">
+      <c r="I27" s="14" t="n">
         <v>54.23</v>
       </c>
-      <c r="H27" s="14" t="n">
+      <c r="J27" s="14" t="n">
         <v>50.88</v>
       </c>
-      <c r="I27" s="14" t="n">
+      <c r="K27" s="14" t="n">
         <v>34.74</v>
       </c>
-      <c r="J27" s="14" t="n">
+      <c r="L27" s="14" t="n">
+        <v>69.33</v>
+      </c>
+      <c r="M27" s="14" t="n">
         <v>67.86</v>
       </c>
-      <c r="K27" s="14" t="n">
+      <c r="N27" s="14" t="n">
         <v>55.34</v>
       </c>
-      <c r="L27" s="14" t="n">
+      <c r="O27" s="14" t="n">
         <v>46.35</v>
       </c>
-      <c r="M27" s="14" t="n">
+      <c r="P27" s="14" t="n">
         <v>59.83</v>
       </c>
-      <c r="N27" s="14" t="n">
+      <c r="Q27" s="14" t="n">
+        <v>62.94</v>
+      </c>
+      <c r="R27" s="14" t="n">
         <v>70.23</v>
       </c>
-      <c r="O27" s="14" t="n">
+      <c r="S27" s="14" t="n">
         <v>62.13</v>
       </c>
-      <c r="P27" s="14" t="n">
+      <c r="T27" s="14" t="n">
         <v>52.86</v>
       </c>
-      <c r="Q27" s="14" t="n">
+      <c r="U27" s="14" t="n">
         <v>57.85</v>
       </c>
-      <c r="R27" s="14" t="n">
+      <c r="V27" s="14" t="n">
+        <v>56.67</v>
+      </c>
+      <c r="W27" s="14" t="n">
         <v>44.17</v>
       </c>
-      <c r="S27" s="14" t="n">
+      <c r="X27" s="14" t="n">
         <v>52.8</v>
       </c>
-      <c r="T27" s="14" t="n">
+      <c r="Y27" s="14" t="n">
         <v>54.17</v>
       </c>
-      <c r="U27" s="14" t="n">
+      <c r="Z27" s="14" t="n">
         <v>57.69</v>
       </c>
-      <c r="V27" s="14" t="n">
+      <c r="AA27" s="14" t="n">
+        <v>56.68</v>
+      </c>
+      <c r="AB27" s="14" t="n">
         <v>59.66</v>
       </c>
-      <c r="W27" s="14" t="n">
+      <c r="AC27" s="14" t="n">
         <v>62.42</v>
       </c>
-      <c r="X27" s="14" t="n">
+      <c r="AD27" s="14" t="n">
         <v>64.11</v>
       </c>
-      <c r="Y27" s="14" t="n">
+      <c r="AE27" s="14" t="n">
         <v>64.55</v>
       </c>
-      <c r="Z27" s="14" t="n">
+      <c r="AF27" s="14" t="n">
+        <v>68.84</v>
+      </c>
+      <c r="AG27" s="14" t="n">
         <v>64.53</v>
       </c>
-      <c r="AA27" s="14" t="n">
+      <c r="AH27" s="14" t="n">
         <v>50.45</v>
       </c>
-      <c r="AB27" s="14" t="n">
+      <c r="AI27" s="14" t="n">
         <v>60.48</v>
       </c>
-      <c r="AC27" s="14" t="n">
+      <c r="AJ27" s="14" t="n">
         <v>46.47</v>
       </c>
-      <c r="AD27" s="14" t="n">
+      <c r="AK27" s="14" t="n">
+        <v>65.34</v>
+      </c>
+      <c r="AL27" s="14" t="n">
         <v>59.94</v>
       </c>
-      <c r="AE27" s="14" t="n">
+      <c r="AM27" s="14" t="n">
         <v>61.33</v>
       </c>
-      <c r="AF27" s="14" t="n">
+      <c r="AN27" s="14" t="n">
         <v>63.62</v>
       </c>
-      <c r="AG27" s="14" t="n">
+      <c r="AO27" s="14" t="n">
         <v>63.66</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="6" t="inlineStr">
         <is>
           <t>Melilla</t>
         </is>
       </c>
       <c r="B28" s="14" t="n">
+        <v>15.67</v>
+      </c>
+      <c r="C28" s="14" t="n">
         <v>23.75</v>
       </c>
-      <c r="C28" s="14" t="n">
+      <c r="D28" s="14" t="n">
         <v>26.93</v>
       </c>
-      <c r="D28" s="14" t="n">
+      <c r="E28" s="14" t="n">
         <v>23.31</v>
       </c>
-      <c r="E28" s="14" t="n">
+      <c r="F28" s="14" t="n">
         <v>21.31</v>
       </c>
-      <c r="F28" s="14" t="n">
+      <c r="G28" s="14" t="n">
+        <v>53.4</v>
+      </c>
+      <c r="H28" s="14" t="n">
         <v>59.33</v>
       </c>
-      <c r="G28" s="14" t="n">
+      <c r="I28" s="14" t="n">
         <v>59.84</v>
       </c>
-      <c r="H28" s="14" t="n">
+      <c r="J28" s="14" t="n">
         <v>51.18</v>
       </c>
-      <c r="I28" s="14" t="n">
+      <c r="K28" s="14" t="n">
         <v>38.39</v>
       </c>
-      <c r="J28" s="14" t="n">
+      <c r="L28" s="14" t="n">
+        <v>65.88</v>
+      </c>
+      <c r="M28" s="14" t="n">
         <v>61.12</v>
       </c>
-      <c r="K28" s="14" t="n">
+      <c r="N28" s="14" t="n">
         <v>62.92</v>
       </c>
-      <c r="L28" s="14" t="n">
+      <c r="O28" s="14" t="n">
         <v>52.88</v>
       </c>
-      <c r="M28" s="14" t="n">
+      <c r="P28" s="14" t="n">
         <v>60.08</v>
       </c>
-      <c r="N28" s="14" t="n">
+      <c r="Q28" s="14" t="n">
+        <v>52.61</v>
+      </c>
+      <c r="R28" s="14" t="n">
         <v>58.39</v>
       </c>
-      <c r="O28" s="14" t="n">
+      <c r="S28" s="14" t="n">
         <v>57.7</v>
       </c>
-      <c r="P28" s="14" t="n">
+      <c r="T28" s="14" t="n">
         <v>66.63</v>
       </c>
-      <c r="Q28" s="14" t="n">
+      <c r="U28" s="14" t="n">
         <v>68.97</v>
       </c>
-      <c r="R28" s="14" t="n">
+      <c r="V28" s="14" t="n">
+        <v>65.75</v>
+      </c>
+      <c r="W28" s="14" t="n">
         <v>60.91</v>
       </c>
-      <c r="S28" s="14" t="n">
+      <c r="X28" s="14" t="n">
         <v>57.17</v>
       </c>
-      <c r="T28" s="14" t="n">
+      <c r="Y28" s="14" t="n">
         <v>56.08</v>
       </c>
-      <c r="U28" s="14" t="n">
+      <c r="Z28" s="14" t="n">
         <v>64.27</v>
       </c>
-      <c r="V28" s="14" t="n">
+      <c r="AA28" s="14" t="n">
+        <v>63.18</v>
+      </c>
+      <c r="AB28" s="14" t="n">
         <v>64.16</v>
       </c>
-      <c r="W28" s="14" t="n">
+      <c r="AC28" s="14" t="n">
         <v>54.37</v>
       </c>
-      <c r="X28" s="14" t="n">
+      <c r="AD28" s="14" t="n">
         <v>70.16</v>
       </c>
-      <c r="Y28" s="14" t="n">
+      <c r="AE28" s="14" t="n">
         <v>72.19</v>
       </c>
-      <c r="Z28" s="14" t="n">
+      <c r="AF28" s="14" t="n">
+        <v>54.47</v>
+      </c>
+      <c r="AG28" s="14" t="n">
         <v>62.19</v>
       </c>
-      <c r="AA28" s="14" t="n">
+      <c r="AH28" s="14" t="n">
         <v>52.62</v>
       </c>
-      <c r="AB28" s="14" t="n">
+      <c r="AI28" s="14" t="n">
         <v>63.78</v>
       </c>
-      <c r="AC28" s="14" t="n">
+      <c r="AJ28" s="14" t="n">
         <v>66.99</v>
       </c>
-      <c r="AD28" s="14" t="n">
+      <c r="AK28" s="14" t="n">
+        <v>57.4</v>
+      </c>
+      <c r="AL28" s="14" t="n">
         <v>51.62</v>
       </c>
-      <c r="AE28" s="14" t="n">
+      <c r="AM28" s="14" t="n">
         <v>55.41</v>
       </c>
-      <c r="AF28" s="14" t="n">
+      <c r="AN28" s="14" t="n">
         <v>53.55</v>
       </c>
-      <c r="AG28" s="14" t="n">
+      <c r="AO28" s="14" t="n">
         <v>50.49</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="inlineStr">
         <is>
           <t>Notas:</t>
         </is>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="5" t="inlineStr">
         <is>
           <t xml:space="preserve">Fuente: </t>
         </is>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="14">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A5:K5"/>
     <mergeCell ref="A6:K6"/>
-    <mergeCell ref="B7:E7"/>
-[...6 lines deleted...]
-    <mergeCell ref="AD7:AG7"/>
+    <mergeCell ref="B7:F7"/>
+    <mergeCell ref="G7:K7"/>
+    <mergeCell ref="L7:P7"/>
+    <mergeCell ref="Q7:U7"/>
+    <mergeCell ref="V7:Z7"/>
+    <mergeCell ref="AA7:AE7"/>
+    <mergeCell ref="AF7:AJ7"/>
+    <mergeCell ref="AK7:AO7"/>
   </mergeCells>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>