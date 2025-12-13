--- v0 (2025-10-23)
+++ v1 (2025-12-13)
@@ -244,51 +244,51 @@
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="8" xfId="0" applyFill="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="6" fillId="5" borderId="8" xfId="0" applyFill="true" applyBorder="true" applyFont="true"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="8" xfId="0" applyFill="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="5" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="4" fontId="7" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true" applyNumberFormat="true">
       <alignment horizontal="right"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:EO18"/>
+  <dimension ref="A1:EW18"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="39.0625" customWidth="true"/>
     <col min="2" max="2" width="19.53125" customWidth="true"/>
     <col min="3" max="3" width="19.53125" customWidth="true"/>
     <col min="4" max="4" width="19.53125" customWidth="true"/>
     <col min="5" max="5" width="19.53125" customWidth="true"/>
     <col min="6" max="6" width="19.53125" customWidth="true"/>
     <col min="7" max="7" width="19.53125" customWidth="true"/>
     <col min="8" max="8" width="19.53125" customWidth="true"/>
     <col min="9" max="9" width="19.53125" customWidth="true"/>
     <col min="10" max="10" width="19.53125" customWidth="true"/>
     <col min="11" max="11" width="19.53125" customWidth="true"/>
     <col min="12" max="12" width="19.53125" customWidth="true"/>
     <col min="13" max="13" width="19.53125" customWidth="true"/>
     <col min="14" max="14" width="19.53125" customWidth="true"/>
     <col min="15" max="15" width="19.53125" customWidth="true"/>
     <col min="16" max="16" width="19.53125" customWidth="true"/>
     <col min="17" max="17" width="19.53125" customWidth="true"/>
     <col min="18" max="18" width="19.53125" customWidth="true"/>
     <col min="19" max="19" width="19.53125" customWidth="true"/>
     <col min="20" max="20" width="19.53125" customWidth="true"/>
@@ -395,50 +395,58 @@
     <col min="121" max="121" width="19.53125" customWidth="true"/>
     <col min="122" max="122" width="19.53125" customWidth="true"/>
     <col min="123" max="123" width="19.53125" customWidth="true"/>
     <col min="124" max="124" width="19.53125" customWidth="true"/>
     <col min="125" max="125" width="19.53125" customWidth="true"/>
     <col min="126" max="126" width="19.53125" customWidth="true"/>
     <col min="127" max="127" width="19.53125" customWidth="true"/>
     <col min="128" max="128" width="19.53125" customWidth="true"/>
     <col min="129" max="129" width="19.53125" customWidth="true"/>
     <col min="130" max="130" width="19.53125" customWidth="true"/>
     <col min="131" max="131" width="19.53125" customWidth="true"/>
     <col min="132" max="132" width="19.53125" customWidth="true"/>
     <col min="133" max="133" width="19.53125" customWidth="true"/>
     <col min="134" max="134" width="19.53125" customWidth="true"/>
     <col min="135" max="135" width="19.53125" customWidth="true"/>
     <col min="136" max="136" width="19.53125" customWidth="true"/>
     <col min="137" max="137" width="19.53125" customWidth="true"/>
     <col min="138" max="138" width="19.53125" customWidth="true"/>
     <col min="139" max="139" width="19.53125" customWidth="true"/>
     <col min="140" max="140" width="19.53125" customWidth="true"/>
     <col min="141" max="141" width="19.53125" customWidth="true"/>
     <col min="142" max="142" width="19.53125" customWidth="true"/>
     <col min="143" max="143" width="19.53125" customWidth="true"/>
     <col min="144" max="144" width="19.53125" customWidth="true"/>
     <col min="145" max="145" width="19.53125" customWidth="true"/>
+    <col min="146" max="146" width="19.53125" customWidth="true"/>
+    <col min="147" max="147" width="19.53125" customWidth="true"/>
+    <col min="148" max="148" width="19.53125" customWidth="true"/>
+    <col min="149" max="149" width="19.53125" customWidth="true"/>
+    <col min="150" max="150" width="19.53125" customWidth="true"/>
+    <col min="151" max="151" width="19.53125" customWidth="true"/>
+    <col min="152" max="152" width="19.53125" customWidth="true"/>
+    <col min="153" max="153" width="19.53125" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Employment</t>
         </is>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
     </row>
     <row r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
           <t>Quarterly</t>
         </is>
       </c>
@@ -468,51 +476,51 @@
       <c r="H3" s="11"/>
       <c r="I3" s="11"/>
       <c r="J3" s="11"/>
       <c r="K3" s="11"/>
     </row>
     <row r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Employment rate of people between 20 and 64 years old by age group and educational level attained</t>
         </is>
       </c>
       <c r="B4" s="3"/>
       <c r="C4" s="3"/>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
       <c r="F4" s="3"/>
       <c r="G4" s="3"/>
       <c r="H4" s="3"/>
       <c r="I4" s="3"/>
       <c r="J4" s="3"/>
       <c r="K4" s="3"/>
     </row>
     <row r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
-          <t>Unidades: Tasas</t>
+          <t>Unidades: Rates</t>
         </is>
       </c>
       <c r="B5" s="4"/>
       <c r="C5" s="4"/>
       <c r="D5" s="4"/>
       <c r="E5" s="4"/>
       <c r="F5" s="4"/>
       <c r="G5" s="4"/>
       <c r="H5" s="4"/>
       <c r="I5" s="4"/>
       <c r="J5" s="4"/>
       <c r="K5" s="4"/>
     </row>
     <row r="6">
       <c r="A6" s="11" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="B6" s="11"/>
       <c r="C6" s="11"/>
       <c r="D6" s="11"/>
       <c r="E6" s="11"/>
       <c r="F6" s="11"/>
       <c r="G6" s="11"/>
@@ -527,2717 +535,2861 @@
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="B7" s="6" t="inlineStr">
         <is>
           <t>From 20 to 24 years</t>
         </is>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6"/>
       <c r="E7" s="6"/>
       <c r="F7" s="6"/>
       <c r="G7" s="6"/>
       <c r="H7" s="6"/>
       <c r="I7" s="6"/>
       <c r="J7" s="6"/>
       <c r="K7" s="6"/>
       <c r="L7" s="6"/>
       <c r="M7" s="6"/>
       <c r="N7" s="6"/>
       <c r="O7" s="6"/>
       <c r="P7" s="6"/>
       <c r="Q7" s="6"/>
       <c r="R7" s="6"/>
       <c r="S7" s="6"/>
-      <c r="T7" s="6" t="inlineStr">
+      <c r="T7" s="6"/>
+      <c r="U7" s="6" t="inlineStr">
         <is>
           <t xml:space="preserve">From 25 to 29 years  </t>
         </is>
       </c>
-      <c r="U7" s="6"/>
       <c r="V7" s="6"/>
       <c r="W7" s="6"/>
       <c r="X7" s="6"/>
       <c r="Y7" s="6"/>
       <c r="Z7" s="6"/>
       <c r="AA7" s="6"/>
       <c r="AB7" s="6"/>
       <c r="AC7" s="6"/>
       <c r="AD7" s="6"/>
       <c r="AE7" s="6"/>
       <c r="AF7" s="6"/>
       <c r="AG7" s="6"/>
       <c r="AH7" s="6"/>
       <c r="AI7" s="6"/>
       <c r="AJ7" s="6"/>
       <c r="AK7" s="6"/>
-      <c r="AL7" s="6" t="inlineStr">
+      <c r="AL7" s="6"/>
+      <c r="AM7" s="6"/>
+      <c r="AN7" s="6" t="inlineStr">
         <is>
           <t>From 30 to 34 years old</t>
         </is>
       </c>
-      <c r="AM7" s="6"/>
-      <c r="AN7" s="6"/>
       <c r="AO7" s="6"/>
       <c r="AP7" s="6"/>
       <c r="AQ7" s="6"/>
       <c r="AR7" s="6"/>
       <c r="AS7" s="6"/>
       <c r="AT7" s="6"/>
       <c r="AU7" s="6"/>
       <c r="AV7" s="6"/>
       <c r="AW7" s="6"/>
       <c r="AX7" s="6"/>
       <c r="AY7" s="6"/>
       <c r="AZ7" s="6"/>
       <c r="BA7" s="6"/>
       <c r="BB7" s="6"/>
       <c r="BC7" s="6"/>
-      <c r="BD7" s="6" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="BD7" s="6"/>
       <c r="BE7" s="6"/>
       <c r="BF7" s="6"/>
-      <c r="BG7" s="6"/>
+      <c r="BG7" s="6" t="inlineStr">
+        <is>
+          <t>From 35 to 39 years old</t>
+        </is>
+      </c>
       <c r="BH7" s="6"/>
       <c r="BI7" s="6"/>
       <c r="BJ7" s="6"/>
       <c r="BK7" s="6"/>
       <c r="BL7" s="6"/>
       <c r="BM7" s="6"/>
       <c r="BN7" s="6"/>
       <c r="BO7" s="6"/>
       <c r="BP7" s="6"/>
       <c r="BQ7" s="6"/>
       <c r="BR7" s="6"/>
       <c r="BS7" s="6"/>
       <c r="BT7" s="6"/>
       <c r="BU7" s="6"/>
-      <c r="BV7" s="6" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="BV7" s="6"/>
       <c r="BW7" s="6"/>
       <c r="BX7" s="6"/>
       <c r="BY7" s="6"/>
-      <c r="BZ7" s="6"/>
+      <c r="BZ7" s="6" t="inlineStr">
+        <is>
+          <t xml:space="preserve">From 40 to 44 years  </t>
+        </is>
+      </c>
       <c r="CA7" s="6"/>
       <c r="CB7" s="6"/>
       <c r="CC7" s="6"/>
       <c r="CD7" s="6"/>
       <c r="CE7" s="6"/>
       <c r="CF7" s="6"/>
       <c r="CG7" s="6"/>
       <c r="CH7" s="6"/>
       <c r="CI7" s="6"/>
       <c r="CJ7" s="6"/>
       <c r="CK7" s="6"/>
       <c r="CL7" s="6"/>
       <c r="CM7" s="6"/>
-      <c r="CN7" s="6" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="CN7" s="6"/>
       <c r="CO7" s="6"/>
       <c r="CP7" s="6"/>
       <c r="CQ7" s="6"/>
       <c r="CR7" s="6"/>
-      <c r="CS7" s="6"/>
+      <c r="CS7" s="6" t="inlineStr">
+        <is>
+          <t>From 45 to 49 years old</t>
+        </is>
+      </c>
       <c r="CT7" s="6"/>
       <c r="CU7" s="6"/>
       <c r="CV7" s="6"/>
       <c r="CW7" s="6"/>
       <c r="CX7" s="6"/>
       <c r="CY7" s="6"/>
       <c r="CZ7" s="6"/>
       <c r="DA7" s="6"/>
       <c r="DB7" s="6"/>
       <c r="DC7" s="6"/>
       <c r="DD7" s="6"/>
       <c r="DE7" s="6"/>
-      <c r="DF7" s="6" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="DF7" s="6"/>
       <c r="DG7" s="6"/>
       <c r="DH7" s="6"/>
       <c r="DI7" s="6"/>
       <c r="DJ7" s="6"/>
       <c r="DK7" s="6"/>
-      <c r="DL7" s="6"/>
+      <c r="DL7" s="6" t="inlineStr">
+        <is>
+          <t>From 50 to 54 years old</t>
+        </is>
+      </c>
       <c r="DM7" s="6"/>
       <c r="DN7" s="6"/>
       <c r="DO7" s="6"/>
       <c r="DP7" s="6"/>
       <c r="DQ7" s="6"/>
       <c r="DR7" s="6"/>
       <c r="DS7" s="6"/>
       <c r="DT7" s="6"/>
       <c r="DU7" s="6"/>
       <c r="DV7" s="6"/>
       <c r="DW7" s="6"/>
-      <c r="DX7" s="6" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="DX7" s="6"/>
       <c r="DY7" s="6"/>
       <c r="DZ7" s="6"/>
       <c r="EA7" s="6"/>
       <c r="EB7" s="6"/>
       <c r="EC7" s="6"/>
       <c r="ED7" s="6"/>
-      <c r="EE7" s="6"/>
+      <c r="EE7" s="6" t="inlineStr">
+        <is>
+          <t>From 55 to 64 years</t>
+        </is>
+      </c>
       <c r="EF7" s="6"/>
       <c r="EG7" s="6"/>
       <c r="EH7" s="6"/>
       <c r="EI7" s="6"/>
       <c r="EJ7" s="6"/>
       <c r="EK7" s="6"/>
       <c r="EL7" s="6"/>
       <c r="EM7" s="6"/>
       <c r="EN7" s="6"/>
       <c r="EO7" s="6"/>
+      <c r="EP7" s="6"/>
+      <c r="EQ7" s="6"/>
+      <c r="ER7" s="6"/>
+      <c r="ES7" s="6"/>
+      <c r="ET7" s="6"/>
+      <c r="EU7" s="6"/>
+      <c r="EV7" s="6"/>
+      <c r="EW7" s="6"/>
     </row>
     <row r="8">
       <c r="A8" s="12" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
+          <t>2025QIII</t>
+        </is>
+      </c>
+      <c r="C8" s="7" t="inlineStr">
+        <is>
           <t>2025QII</t>
         </is>
       </c>
-      <c r="C8" s="7" t="inlineStr">
+      <c r="D8" s="7" t="inlineStr">
         <is>
           <t>2025QI</t>
         </is>
       </c>
-      <c r="D8" s="7" t="inlineStr">
+      <c r="E8" s="7" t="inlineStr">
         <is>
           <t>2024QIV</t>
         </is>
       </c>
-      <c r="E8" s="7" t="inlineStr">
+      <c r="F8" s="7" t="inlineStr">
         <is>
           <t>2024QIII</t>
         </is>
       </c>
-      <c r="F8" s="7" t="inlineStr">
+      <c r="G8" s="7" t="inlineStr">
         <is>
           <t>2024QII</t>
         </is>
       </c>
-      <c r="G8" s="7" t="inlineStr">
+      <c r="H8" s="7" t="inlineStr">
         <is>
           <t>2024QI</t>
         </is>
       </c>
-      <c r="H8" s="7" t="inlineStr">
+      <c r="I8" s="7" t="inlineStr">
         <is>
           <t>2023QIV</t>
         </is>
       </c>
-      <c r="I8" s="7" t="inlineStr">
+      <c r="J8" s="7" t="inlineStr">
         <is>
           <t>2023QIII</t>
         </is>
       </c>
-      <c r="J8" s="7" t="inlineStr">
+      <c r="K8" s="7" t="inlineStr">
         <is>
           <t>2023QII</t>
         </is>
       </c>
-      <c r="K8" s="7" t="inlineStr">
+      <c r="L8" s="7" t="inlineStr">
         <is>
           <t>2023QI</t>
         </is>
       </c>
-      <c r="L8" s="7" t="inlineStr">
+      <c r="M8" s="7" t="inlineStr">
         <is>
           <t>2022QIV</t>
         </is>
       </c>
-      <c r="M8" s="7" t="inlineStr">
+      <c r="N8" s="7" t="inlineStr">
         <is>
           <t>2022QIII</t>
         </is>
       </c>
-      <c r="N8" s="7" t="inlineStr">
+      <c r="O8" s="7" t="inlineStr">
         <is>
           <t>2022QII</t>
         </is>
       </c>
-      <c r="O8" s="7" t="inlineStr">
+      <c r="P8" s="7" t="inlineStr">
         <is>
           <t>2022QI</t>
         </is>
       </c>
-      <c r="P8" s="7" t="inlineStr">
+      <c r="Q8" s="7" t="inlineStr">
         <is>
           <t>2021QIV</t>
         </is>
       </c>
-      <c r="Q8" s="7" t="inlineStr">
+      <c r="R8" s="7" t="inlineStr">
         <is>
           <t>2021QIII</t>
         </is>
       </c>
-      <c r="R8" s="7" t="inlineStr">
+      <c r="S8" s="7" t="inlineStr">
         <is>
           <t>2021QII</t>
         </is>
       </c>
-      <c r="S8" s="7" t="inlineStr">
+      <c r="T8" s="7" t="inlineStr">
         <is>
           <t>2021QI</t>
         </is>
       </c>
-      <c r="T8" s="7" t="inlineStr">
+      <c r="U8" s="7" t="inlineStr">
+        <is>
+          <t>2025QIII</t>
+        </is>
+      </c>
+      <c r="V8" s="7" t="inlineStr">
         <is>
           <t>2025QII</t>
         </is>
       </c>
-      <c r="U8" s="7" t="inlineStr">
+      <c r="W8" s="7" t="inlineStr">
         <is>
           <t>2025QI</t>
         </is>
       </c>
-      <c r="V8" s="7" t="inlineStr">
+      <c r="X8" s="7" t="inlineStr">
         <is>
           <t>2024QIV</t>
         </is>
       </c>
-      <c r="W8" s="7" t="inlineStr">
+      <c r="Y8" s="7" t="inlineStr">
         <is>
           <t>2024QIII</t>
         </is>
       </c>
-      <c r="X8" s="7" t="inlineStr">
+      <c r="Z8" s="7" t="inlineStr">
         <is>
           <t>2024QII</t>
         </is>
       </c>
-      <c r="Y8" s="7" t="inlineStr">
+      <c r="AA8" s="7" t="inlineStr">
         <is>
           <t>2024QI</t>
         </is>
       </c>
-      <c r="Z8" s="7" t="inlineStr">
+      <c r="AB8" s="7" t="inlineStr">
         <is>
           <t>2023QIV</t>
         </is>
       </c>
-      <c r="AA8" s="7" t="inlineStr">
+      <c r="AC8" s="7" t="inlineStr">
         <is>
           <t>2023QIII</t>
         </is>
       </c>
-      <c r="AB8" s="7" t="inlineStr">
+      <c r="AD8" s="7" t="inlineStr">
         <is>
           <t>2023QII</t>
         </is>
       </c>
-      <c r="AC8" s="7" t="inlineStr">
+      <c r="AE8" s="7" t="inlineStr">
         <is>
           <t>2023QI</t>
         </is>
       </c>
-      <c r="AD8" s="7" t="inlineStr">
+      <c r="AF8" s="7" t="inlineStr">
         <is>
           <t>2022QIV</t>
         </is>
       </c>
-      <c r="AE8" s="7" t="inlineStr">
+      <c r="AG8" s="7" t="inlineStr">
         <is>
           <t>2022QIII</t>
         </is>
       </c>
-      <c r="AF8" s="7" t="inlineStr">
+      <c r="AH8" s="7" t="inlineStr">
         <is>
           <t>2022QII</t>
         </is>
       </c>
-      <c r="AG8" s="7" t="inlineStr">
+      <c r="AI8" s="7" t="inlineStr">
         <is>
           <t>2022QI</t>
         </is>
       </c>
-      <c r="AH8" s="7" t="inlineStr">
+      <c r="AJ8" s="7" t="inlineStr">
         <is>
           <t>2021QIV</t>
         </is>
       </c>
-      <c r="AI8" s="7" t="inlineStr">
+      <c r="AK8" s="7" t="inlineStr">
         <is>
           <t>2021QIII</t>
         </is>
       </c>
-      <c r="AJ8" s="7" t="inlineStr">
+      <c r="AL8" s="7" t="inlineStr">
         <is>
           <t>2021QII</t>
         </is>
       </c>
-      <c r="AK8" s="7" t="inlineStr">
+      <c r="AM8" s="7" t="inlineStr">
         <is>
           <t>2021QI</t>
         </is>
       </c>
-      <c r="AL8" s="7" t="inlineStr">
+      <c r="AN8" s="7" t="inlineStr">
+        <is>
+          <t>2025QIII</t>
+        </is>
+      </c>
+      <c r="AO8" s="7" t="inlineStr">
         <is>
           <t>2025QII</t>
         </is>
       </c>
-      <c r="AM8" s="7" t="inlineStr">
+      <c r="AP8" s="7" t="inlineStr">
         <is>
           <t>2025QI</t>
         </is>
       </c>
-      <c r="AN8" s="7" t="inlineStr">
+      <c r="AQ8" s="7" t="inlineStr">
         <is>
           <t>2024QIV</t>
         </is>
       </c>
-      <c r="AO8" s="7" t="inlineStr">
+      <c r="AR8" s="7" t="inlineStr">
         <is>
           <t>2024QIII</t>
         </is>
       </c>
-      <c r="AP8" s="7" t="inlineStr">
+      <c r="AS8" s="7" t="inlineStr">
         <is>
           <t>2024QII</t>
         </is>
       </c>
-      <c r="AQ8" s="7" t="inlineStr">
+      <c r="AT8" s="7" t="inlineStr">
         <is>
           <t>2024QI</t>
         </is>
       </c>
-      <c r="AR8" s="7" t="inlineStr">
+      <c r="AU8" s="7" t="inlineStr">
         <is>
           <t>2023QIV</t>
         </is>
       </c>
-      <c r="AS8" s="7" t="inlineStr">
+      <c r="AV8" s="7" t="inlineStr">
         <is>
           <t>2023QIII</t>
         </is>
       </c>
-      <c r="AT8" s="7" t="inlineStr">
+      <c r="AW8" s="7" t="inlineStr">
         <is>
           <t>2023QII</t>
         </is>
       </c>
-      <c r="AU8" s="7" t="inlineStr">
+      <c r="AX8" s="7" t="inlineStr">
         <is>
           <t>2023QI</t>
         </is>
       </c>
-      <c r="AV8" s="7" t="inlineStr">
+      <c r="AY8" s="7" t="inlineStr">
         <is>
           <t>2022QIV</t>
         </is>
       </c>
-      <c r="AW8" s="7" t="inlineStr">
+      <c r="AZ8" s="7" t="inlineStr">
         <is>
           <t>2022QIII</t>
         </is>
       </c>
-      <c r="AX8" s="7" t="inlineStr">
+      <c r="BA8" s="7" t="inlineStr">
         <is>
           <t>2022QII</t>
         </is>
       </c>
-      <c r="AY8" s="7" t="inlineStr">
+      <c r="BB8" s="7" t="inlineStr">
         <is>
           <t>2022QI</t>
         </is>
       </c>
-      <c r="AZ8" s="7" t="inlineStr">
+      <c r="BC8" s="7" t="inlineStr">
         <is>
           <t>2021QIV</t>
         </is>
       </c>
-      <c r="BA8" s="7" t="inlineStr">
+      <c r="BD8" s="7" t="inlineStr">
         <is>
           <t>2021QIII</t>
         </is>
       </c>
-      <c r="BB8" s="7" t="inlineStr">
+      <c r="BE8" s="7" t="inlineStr">
         <is>
           <t>2021QII</t>
         </is>
       </c>
-      <c r="BC8" s="7" t="inlineStr">
+      <c r="BF8" s="7" t="inlineStr">
         <is>
           <t>2021QI</t>
         </is>
       </c>
-      <c r="BD8" s="7" t="inlineStr">
+      <c r="BG8" s="7" t="inlineStr">
+        <is>
+          <t>2025QIII</t>
+        </is>
+      </c>
+      <c r="BH8" s="7" t="inlineStr">
         <is>
           <t>2025QII</t>
         </is>
       </c>
-      <c r="BE8" s="7" t="inlineStr">
+      <c r="BI8" s="7" t="inlineStr">
         <is>
           <t>2025QI</t>
         </is>
       </c>
-      <c r="BF8" s="7" t="inlineStr">
+      <c r="BJ8" s="7" t="inlineStr">
         <is>
           <t>2024QIV</t>
         </is>
       </c>
-      <c r="BG8" s="7" t="inlineStr">
+      <c r="BK8" s="7" t="inlineStr">
         <is>
           <t>2024QIII</t>
         </is>
       </c>
-      <c r="BH8" s="7" t="inlineStr">
+      <c r="BL8" s="7" t="inlineStr">
         <is>
           <t>2024QII</t>
         </is>
       </c>
-      <c r="BI8" s="7" t="inlineStr">
+      <c r="BM8" s="7" t="inlineStr">
         <is>
           <t>2024QI</t>
         </is>
       </c>
-      <c r="BJ8" s="7" t="inlineStr">
+      <c r="BN8" s="7" t="inlineStr">
         <is>
           <t>2023QIV</t>
         </is>
       </c>
-      <c r="BK8" s="7" t="inlineStr">
+      <c r="BO8" s="7" t="inlineStr">
         <is>
           <t>2023QIII</t>
         </is>
       </c>
-      <c r="BL8" s="7" t="inlineStr">
+      <c r="BP8" s="7" t="inlineStr">
         <is>
           <t>2023QII</t>
         </is>
       </c>
-      <c r="BM8" s="7" t="inlineStr">
+      <c r="BQ8" s="7" t="inlineStr">
         <is>
           <t>2023QI</t>
         </is>
       </c>
-      <c r="BN8" s="7" t="inlineStr">
+      <c r="BR8" s="7" t="inlineStr">
         <is>
           <t>2022QIV</t>
         </is>
       </c>
-      <c r="BO8" s="7" t="inlineStr">
+      <c r="BS8" s="7" t="inlineStr">
         <is>
           <t>2022QIII</t>
         </is>
       </c>
-      <c r="BP8" s="7" t="inlineStr">
+      <c r="BT8" s="7" t="inlineStr">
         <is>
           <t>2022QII</t>
         </is>
       </c>
-      <c r="BQ8" s="7" t="inlineStr">
+      <c r="BU8" s="7" t="inlineStr">
         <is>
           <t>2022QI</t>
         </is>
       </c>
-      <c r="BR8" s="7" t="inlineStr">
+      <c r="BV8" s="7" t="inlineStr">
         <is>
           <t>2021QIV</t>
         </is>
       </c>
-      <c r="BS8" s="7" t="inlineStr">
+      <c r="BW8" s="7" t="inlineStr">
         <is>
           <t>2021QIII</t>
         </is>
       </c>
-      <c r="BT8" s="7" t="inlineStr">
+      <c r="BX8" s="7" t="inlineStr">
         <is>
           <t>2021QII</t>
         </is>
       </c>
-      <c r="BU8" s="7" t="inlineStr">
+      <c r="BY8" s="7" t="inlineStr">
         <is>
           <t>2021QI</t>
         </is>
       </c>
-      <c r="BV8" s="7" t="inlineStr">
+      <c r="BZ8" s="7" t="inlineStr">
+        <is>
+          <t>2025QIII</t>
+        </is>
+      </c>
+      <c r="CA8" s="7" t="inlineStr">
         <is>
           <t>2025QII</t>
         </is>
       </c>
-      <c r="BW8" s="7" t="inlineStr">
+      <c r="CB8" s="7" t="inlineStr">
         <is>
           <t>2025QI</t>
         </is>
       </c>
-      <c r="BX8" s="7" t="inlineStr">
+      <c r="CC8" s="7" t="inlineStr">
         <is>
           <t>2024QIV</t>
         </is>
       </c>
-      <c r="BY8" s="7" t="inlineStr">
+      <c r="CD8" s="7" t="inlineStr">
         <is>
           <t>2024QIII</t>
         </is>
       </c>
-      <c r="BZ8" s="7" t="inlineStr">
+      <c r="CE8" s="7" t="inlineStr">
         <is>
           <t>2024QII</t>
         </is>
       </c>
-      <c r="CA8" s="7" t="inlineStr">
+      <c r="CF8" s="7" t="inlineStr">
         <is>
           <t>2024QI</t>
         </is>
       </c>
-      <c r="CB8" s="7" t="inlineStr">
+      <c r="CG8" s="7" t="inlineStr">
         <is>
           <t>2023QIV</t>
         </is>
       </c>
-      <c r="CC8" s="7" t="inlineStr">
+      <c r="CH8" s="7" t="inlineStr">
         <is>
           <t>2023QIII</t>
         </is>
       </c>
-      <c r="CD8" s="7" t="inlineStr">
+      <c r="CI8" s="7" t="inlineStr">
         <is>
           <t>2023QII</t>
         </is>
       </c>
-      <c r="CE8" s="7" t="inlineStr">
+      <c r="CJ8" s="7" t="inlineStr">
         <is>
           <t>2023QI</t>
         </is>
       </c>
-      <c r="CF8" s="7" t="inlineStr">
+      <c r="CK8" s="7" t="inlineStr">
         <is>
           <t>2022QIV</t>
         </is>
       </c>
-      <c r="CG8" s="7" t="inlineStr">
+      <c r="CL8" s="7" t="inlineStr">
         <is>
           <t>2022QIII</t>
         </is>
       </c>
-      <c r="CH8" s="7" t="inlineStr">
+      <c r="CM8" s="7" t="inlineStr">
         <is>
           <t>2022QII</t>
         </is>
       </c>
-      <c r="CI8" s="7" t="inlineStr">
+      <c r="CN8" s="7" t="inlineStr">
         <is>
           <t>2022QI</t>
         </is>
       </c>
-      <c r="CJ8" s="7" t="inlineStr">
+      <c r="CO8" s="7" t="inlineStr">
         <is>
           <t>2021QIV</t>
         </is>
       </c>
-      <c r="CK8" s="7" t="inlineStr">
+      <c r="CP8" s="7" t="inlineStr">
         <is>
           <t>2021QIII</t>
         </is>
       </c>
-      <c r="CL8" s="7" t="inlineStr">
+      <c r="CQ8" s="7" t="inlineStr">
         <is>
           <t>2021QII</t>
         </is>
       </c>
-      <c r="CM8" s="7" t="inlineStr">
+      <c r="CR8" s="7" t="inlineStr">
         <is>
           <t>2021QI</t>
         </is>
       </c>
-      <c r="CN8" s="7" t="inlineStr">
+      <c r="CS8" s="7" t="inlineStr">
+        <is>
+          <t>2025QIII</t>
+        </is>
+      </c>
+      <c r="CT8" s="7" t="inlineStr">
         <is>
           <t>2025QII</t>
         </is>
       </c>
-      <c r="CO8" s="7" t="inlineStr">
+      <c r="CU8" s="7" t="inlineStr">
         <is>
           <t>2025QI</t>
         </is>
       </c>
-      <c r="CP8" s="7" t="inlineStr">
+      <c r="CV8" s="7" t="inlineStr">
         <is>
           <t>2024QIV</t>
         </is>
       </c>
-      <c r="CQ8" s="7" t="inlineStr">
+      <c r="CW8" s="7" t="inlineStr">
         <is>
           <t>2024QIII</t>
         </is>
       </c>
-      <c r="CR8" s="7" t="inlineStr">
+      <c r="CX8" s="7" t="inlineStr">
         <is>
           <t>2024QII</t>
         </is>
       </c>
-      <c r="CS8" s="7" t="inlineStr">
+      <c r="CY8" s="7" t="inlineStr">
         <is>
           <t>2024QI</t>
         </is>
       </c>
-      <c r="CT8" s="7" t="inlineStr">
+      <c r="CZ8" s="7" t="inlineStr">
         <is>
           <t>2023QIV</t>
         </is>
       </c>
-      <c r="CU8" s="7" t="inlineStr">
+      <c r="DA8" s="7" t="inlineStr">
         <is>
           <t>2023QIII</t>
         </is>
       </c>
-      <c r="CV8" s="7" t="inlineStr">
+      <c r="DB8" s="7" t="inlineStr">
         <is>
           <t>2023QII</t>
         </is>
       </c>
-      <c r="CW8" s="7" t="inlineStr">
+      <c r="DC8" s="7" t="inlineStr">
         <is>
           <t>2023QI</t>
         </is>
       </c>
-      <c r="CX8" s="7" t="inlineStr">
+      <c r="DD8" s="7" t="inlineStr">
         <is>
           <t>2022QIV</t>
         </is>
       </c>
-      <c r="CY8" s="7" t="inlineStr">
+      <c r="DE8" s="7" t="inlineStr">
         <is>
           <t>2022QIII</t>
         </is>
       </c>
-      <c r="CZ8" s="7" t="inlineStr">
+      <c r="DF8" s="7" t="inlineStr">
         <is>
           <t>2022QII</t>
         </is>
       </c>
-      <c r="DA8" s="7" t="inlineStr">
+      <c r="DG8" s="7" t="inlineStr">
         <is>
           <t>2022QI</t>
         </is>
       </c>
-      <c r="DB8" s="7" t="inlineStr">
+      <c r="DH8" s="7" t="inlineStr">
         <is>
           <t>2021QIV</t>
         </is>
       </c>
-      <c r="DC8" s="7" t="inlineStr">
+      <c r="DI8" s="7" t="inlineStr">
         <is>
           <t>2021QIII</t>
         </is>
       </c>
-      <c r="DD8" s="7" t="inlineStr">
+      <c r="DJ8" s="7" t="inlineStr">
         <is>
           <t>2021QII</t>
         </is>
       </c>
-      <c r="DE8" s="7" t="inlineStr">
+      <c r="DK8" s="7" t="inlineStr">
         <is>
           <t>2021QI</t>
         </is>
       </c>
-      <c r="DF8" s="7" t="inlineStr">
+      <c r="DL8" s="7" t="inlineStr">
+        <is>
+          <t>2025QIII</t>
+        </is>
+      </c>
+      <c r="DM8" s="7" t="inlineStr">
         <is>
           <t>2025QII</t>
         </is>
       </c>
-      <c r="DG8" s="7" t="inlineStr">
+      <c r="DN8" s="7" t="inlineStr">
         <is>
           <t>2025QI</t>
         </is>
       </c>
-      <c r="DH8" s="7" t="inlineStr">
+      <c r="DO8" s="7" t="inlineStr">
         <is>
           <t>2024QIV</t>
         </is>
       </c>
-      <c r="DI8" s="7" t="inlineStr">
+      <c r="DP8" s="7" t="inlineStr">
         <is>
           <t>2024QIII</t>
         </is>
       </c>
-      <c r="DJ8" s="7" t="inlineStr">
+      <c r="DQ8" s="7" t="inlineStr">
         <is>
           <t>2024QII</t>
         </is>
       </c>
-      <c r="DK8" s="7" t="inlineStr">
+      <c r="DR8" s="7" t="inlineStr">
         <is>
           <t>2024QI</t>
         </is>
       </c>
-      <c r="DL8" s="7" t="inlineStr">
+      <c r="DS8" s="7" t="inlineStr">
         <is>
           <t>2023QIV</t>
         </is>
       </c>
-      <c r="DM8" s="7" t="inlineStr">
+      <c r="DT8" s="7" t="inlineStr">
         <is>
           <t>2023QIII</t>
         </is>
       </c>
-      <c r="DN8" s="7" t="inlineStr">
+      <c r="DU8" s="7" t="inlineStr">
         <is>
           <t>2023QII</t>
         </is>
       </c>
-      <c r="DO8" s="7" t="inlineStr">
+      <c r="DV8" s="7" t="inlineStr">
         <is>
           <t>2023QI</t>
         </is>
       </c>
-      <c r="DP8" s="7" t="inlineStr">
+      <c r="DW8" s="7" t="inlineStr">
         <is>
           <t>2022QIV</t>
         </is>
       </c>
-      <c r="DQ8" s="7" t="inlineStr">
+      <c r="DX8" s="7" t="inlineStr">
         <is>
           <t>2022QIII</t>
         </is>
       </c>
-      <c r="DR8" s="7" t="inlineStr">
+      <c r="DY8" s="7" t="inlineStr">
         <is>
           <t>2022QII</t>
         </is>
       </c>
-      <c r="DS8" s="7" t="inlineStr">
+      <c r="DZ8" s="7" t="inlineStr">
         <is>
           <t>2022QI</t>
         </is>
       </c>
-      <c r="DT8" s="7" t="inlineStr">
+      <c r="EA8" s="7" t="inlineStr">
         <is>
           <t>2021QIV</t>
         </is>
       </c>
-      <c r="DU8" s="7" t="inlineStr">
+      <c r="EB8" s="7" t="inlineStr">
         <is>
           <t>2021QIII</t>
         </is>
       </c>
-      <c r="DV8" s="7" t="inlineStr">
+      <c r="EC8" s="7" t="inlineStr">
         <is>
           <t>2021QII</t>
         </is>
       </c>
-      <c r="DW8" s="7" t="inlineStr">
+      <c r="ED8" s="7" t="inlineStr">
         <is>
           <t>2021QI</t>
         </is>
       </c>
-      <c r="DX8" s="7" t="inlineStr">
+      <c r="EE8" s="7" t="inlineStr">
+        <is>
+          <t>2025QIII</t>
+        </is>
+      </c>
+      <c r="EF8" s="7" t="inlineStr">
         <is>
           <t>2025QII</t>
         </is>
       </c>
-      <c r="DY8" s="7" t="inlineStr">
+      <c r="EG8" s="7" t="inlineStr">
         <is>
           <t>2025QI</t>
         </is>
       </c>
-      <c r="DZ8" s="7" t="inlineStr">
+      <c r="EH8" s="7" t="inlineStr">
         <is>
           <t>2024QIV</t>
         </is>
       </c>
-      <c r="EA8" s="7" t="inlineStr">
+      <c r="EI8" s="7" t="inlineStr">
         <is>
           <t>2024QIII</t>
         </is>
       </c>
-      <c r="EB8" s="7" t="inlineStr">
+      <c r="EJ8" s="7" t="inlineStr">
         <is>
           <t>2024QII</t>
         </is>
       </c>
-      <c r="EC8" s="7" t="inlineStr">
+      <c r="EK8" s="7" t="inlineStr">
         <is>
           <t>2024QI</t>
         </is>
       </c>
-      <c r="ED8" s="7" t="inlineStr">
+      <c r="EL8" s="7" t="inlineStr">
         <is>
           <t>2023QIV</t>
         </is>
       </c>
-      <c r="EE8" s="7" t="inlineStr">
+      <c r="EM8" s="7" t="inlineStr">
         <is>
           <t>2023QIII</t>
         </is>
       </c>
-      <c r="EF8" s="7" t="inlineStr">
+      <c r="EN8" s="7" t="inlineStr">
         <is>
           <t>2023QII</t>
         </is>
       </c>
-      <c r="EG8" s="7" t="inlineStr">
+      <c r="EO8" s="7" t="inlineStr">
         <is>
           <t>2023QI</t>
         </is>
       </c>
-      <c r="EH8" s="7" t="inlineStr">
+      <c r="EP8" s="7" t="inlineStr">
         <is>
           <t>2022QIV</t>
         </is>
       </c>
-      <c r="EI8" s="7" t="inlineStr">
+      <c r="EQ8" s="7" t="inlineStr">
         <is>
           <t>2022QIII</t>
         </is>
       </c>
-      <c r="EJ8" s="7" t="inlineStr">
+      <c r="ER8" s="7" t="inlineStr">
         <is>
           <t>2022QII</t>
         </is>
       </c>
-      <c r="EK8" s="7" t="inlineStr">
+      <c r="ES8" s="7" t="inlineStr">
         <is>
           <t>2022QI</t>
         </is>
       </c>
-      <c r="EL8" s="7" t="inlineStr">
+      <c r="ET8" s="7" t="inlineStr">
         <is>
           <t>2021QIV</t>
         </is>
       </c>
-      <c r="EM8" s="7" t="inlineStr">
+      <c r="EU8" s="7" t="inlineStr">
         <is>
           <t>2021QIII</t>
         </is>
       </c>
-      <c r="EN8" s="7" t="inlineStr">
+      <c r="EV8" s="7" t="inlineStr">
         <is>
           <t>2021QII</t>
         </is>
       </c>
-      <c r="EO8" s="7" t="inlineStr">
+      <c r="EW8" s="7" t="inlineStr">
         <is>
           <t>2021QI</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Menos que primaria (nivel 0)</t>
         </is>
       </c>
       <c r="B9" s="14" t="n">
+        <v>18.23</v>
+      </c>
+      <c r="C9" s="14" t="n">
         <v>13.38</v>
       </c>
-      <c r="C9" s="14" t="n">
+      <c r="D9" s="14" t="n">
         <v>19.63</v>
       </c>
-      <c r="D9" s="14" t="n">
+      <c r="E9" s="14" t="n">
         <v>30.29</v>
       </c>
-      <c r="E9" s="14" t="n">
+      <c r="F9" s="14" t="n">
         <v>14.62</v>
       </c>
-      <c r="F9" s="14" t="n">
+      <c r="G9" s="14" t="n">
         <v>12.72</v>
       </c>
-      <c r="G9" s="14" t="n">
+      <c r="H9" s="14" t="n">
         <v>8.68</v>
       </c>
-      <c r="H9" s="14" t="n">
+      <c r="I9" s="14" t="n">
         <v>18.17</v>
       </c>
-      <c r="I9" s="14" t="n">
+      <c r="J9" s="14" t="n">
         <v>11.94</v>
       </c>
-      <c r="J9" s="14" t="n">
+      <c r="K9" s="14" t="n">
         <v>23.35</v>
       </c>
-      <c r="K9" s="14" t="n">
+      <c r="L9" s="14" t="n">
         <v>14.02</v>
       </c>
-      <c r="L9" s="14" t="n">
+      <c r="M9" s="14" t="n">
         <v>31.78</v>
       </c>
-      <c r="M9" s="14" t="n">
+      <c r="N9" s="14" t="n">
         <v>27.41</v>
       </c>
-      <c r="N9" s="14" t="n">
+      <c r="O9" s="14" t="n">
         <v>25.12</v>
       </c>
-      <c r="O9" s="14" t="n">
+      <c r="P9" s="14" t="n">
         <v>30.34</v>
       </c>
-      <c r="P9" s="14" t="n">
+      <c r="Q9" s="14" t="n">
         <v>31.47</v>
       </c>
-      <c r="Q9" s="14" t="n">
+      <c r="R9" s="14" t="n">
         <v>16.8</v>
       </c>
-      <c r="R9" s="14" t="n">
+      <c r="S9" s="14" t="n">
         <v>18.24</v>
       </c>
-      <c r="S9" s="14" t="n">
+      <c r="T9" s="14" t="n">
         <v>28.64</v>
       </c>
-      <c r="T9" s="14" t="n">
+      <c r="U9" s="14" t="n">
+        <v>25.56</v>
+      </c>
+      <c r="V9" s="14" t="n">
         <v>33.74</v>
       </c>
-      <c r="U9" s="14" t="n">
+      <c r="W9" s="14" t="n">
         <v>29.31</v>
       </c>
-      <c r="V9" s="14" t="n">
+      <c r="X9" s="14" t="n">
         <v>27.1</v>
       </c>
-      <c r="W9" s="14" t="n">
+      <c r="Y9" s="14" t="n">
         <v>12.88</v>
       </c>
-      <c r="X9" s="14" t="n">
+      <c r="Z9" s="14" t="n">
         <v>11.4</v>
       </c>
-      <c r="Y9" s="14" t="n">
+      <c r="AA9" s="14" t="n">
         <v>17.86</v>
       </c>
-      <c r="Z9" s="14" t="n">
+      <c r="AB9" s="14" t="n">
         <v>22.97</v>
       </c>
-      <c r="AA9" s="14" t="n">
+      <c r="AC9" s="14" t="n">
         <v>18.76</v>
       </c>
-      <c r="AB9" s="14" t="n">
+      <c r="AD9" s="14" t="n">
         <v>25.08</v>
       </c>
-      <c r="AC9" s="14" t="n">
+      <c r="AE9" s="14" t="n">
         <v>36.65</v>
       </c>
-      <c r="AD9" s="14" t="n">
+      <c r="AF9" s="14" t="n">
         <v>26.4</v>
       </c>
-      <c r="AE9" s="14" t="n">
+      <c r="AG9" s="14" t="n">
         <v>16.84</v>
       </c>
-      <c r="AF9" s="14" t="n">
+      <c r="AH9" s="14" t="n">
         <v>38.66</v>
       </c>
-      <c r="AG9" s="14" t="n">
+      <c r="AI9" s="14" t="n">
         <v>27.31</v>
       </c>
-      <c r="AH9" s="14" t="n">
+      <c r="AJ9" s="14" t="n">
         <v>38.73</v>
       </c>
-      <c r="AI9" s="14" t="n">
+      <c r="AK9" s="14" t="n">
         <v>41.27</v>
       </c>
-      <c r="AJ9" s="14" t="n">
+      <c r="AL9" s="14" t="n">
         <v>34.4</v>
       </c>
-      <c r="AK9" s="14" t="n">
+      <c r="AM9" s="14" t="n">
         <v>22.9</v>
       </c>
-      <c r="AL9" s="14" t="n">
+      <c r="AN9" s="14" t="n">
+        <v>37.89</v>
+      </c>
+      <c r="AO9" s="14" t="n">
         <v>30.83</v>
       </c>
-      <c r="AM9" s="14" t="n">
+      <c r="AP9" s="14" t="n">
         <v>29.52</v>
       </c>
-      <c r="AN9" s="14" t="n">
+      <c r="AQ9" s="14" t="n">
         <v>24.11</v>
       </c>
-      <c r="AO9" s="14" t="n">
+      <c r="AR9" s="14" t="n">
         <v>37.67</v>
       </c>
-      <c r="AP9" s="14" t="n">
+      <c r="AS9" s="14" t="n">
         <v>36.4</v>
       </c>
-      <c r="AQ9" s="14" t="n">
+      <c r="AT9" s="14" t="n">
         <v>26.37</v>
       </c>
-      <c r="AR9" s="14" t="n">
+      <c r="AU9" s="14" t="n">
         <v>28.05</v>
       </c>
-      <c r="AS9" s="14" t="n">
+      <c r="AV9" s="14" t="n">
         <v>36.31</v>
       </c>
-      <c r="AT9" s="14" t="n">
+      <c r="AW9" s="14" t="n">
         <v>26.92</v>
       </c>
-      <c r="AU9" s="14" t="n">
+      <c r="AX9" s="14" t="n">
         <v>32.02</v>
       </c>
-      <c r="AV9" s="14" t="n">
+      <c r="AY9" s="14" t="n">
         <v>23.45</v>
       </c>
-      <c r="AW9" s="14" t="n">
+      <c r="AZ9" s="14" t="n">
         <v>29.42</v>
       </c>
-      <c r="AX9" s="14" t="n">
+      <c r="BA9" s="14" t="n">
         <v>36.59</v>
       </c>
-      <c r="AY9" s="14" t="n">
+      <c r="BB9" s="14" t="n">
         <v>45.23</v>
       </c>
-      <c r="AZ9" s="14" t="n">
+      <c r="BC9" s="14" t="n">
         <v>26.95</v>
       </c>
-      <c r="BA9" s="14" t="n">
+      <c r="BD9" s="14" t="n">
         <v>23.54</v>
       </c>
-      <c r="BB9" s="14" t="n">
+      <c r="BE9" s="14" t="n">
         <v>30.43</v>
       </c>
-      <c r="BC9" s="14" t="n">
+      <c r="BF9" s="14" t="n">
         <v>26.17</v>
       </c>
-      <c r="BD9" s="14" t="n">
+      <c r="BG9" s="14" t="n">
+        <v>41.47</v>
+      </c>
+      <c r="BH9" s="14" t="n">
         <v>48.05</v>
       </c>
-      <c r="BE9" s="14" t="n">
+      <c r="BI9" s="14" t="n">
         <v>44.2</v>
       </c>
-      <c r="BF9" s="14" t="n">
+      <c r="BJ9" s="14" t="n">
         <v>29.84</v>
       </c>
-      <c r="BG9" s="14" t="n">
+      <c r="BK9" s="14" t="n">
         <v>40.78</v>
       </c>
-      <c r="BH9" s="14" t="n">
+      <c r="BL9" s="14" t="n">
         <v>42.13</v>
       </c>
-      <c r="BI9" s="14" t="n">
+      <c r="BM9" s="14" t="n">
         <v>32.94</v>
       </c>
-      <c r="BJ9" s="14" t="n">
+      <c r="BN9" s="14" t="n">
         <v>42.74</v>
       </c>
-      <c r="BK9" s="14" t="n">
+      <c r="BO9" s="14" t="n">
         <v>51.02</v>
       </c>
-      <c r="BL9" s="14" t="n">
+      <c r="BP9" s="14" t="n">
         <v>41.54</v>
       </c>
-      <c r="BM9" s="14" t="n">
+      <c r="BQ9" s="14" t="n">
         <v>35.69</v>
       </c>
-      <c r="BN9" s="14" t="n">
+      <c r="BR9" s="14" t="n">
         <v>37.53</v>
       </c>
-      <c r="BO9" s="14" t="n">
+      <c r="BS9" s="14" t="n">
         <v>43.07</v>
       </c>
-      <c r="BP9" s="14" t="n">
+      <c r="BT9" s="14" t="n">
         <v>38.49</v>
       </c>
-      <c r="BQ9" s="14" t="n">
+      <c r="BU9" s="14" t="n">
         <v>39.66</v>
       </c>
-      <c r="BR9" s="14" t="n">
+      <c r="BV9" s="14" t="n">
         <v>38.82</v>
       </c>
-      <c r="BS9" s="14" t="n">
+      <c r="BW9" s="14" t="n">
         <v>26.95</v>
       </c>
-      <c r="BT9" s="14" t="n">
+      <c r="BX9" s="14" t="n">
         <v>26.63</v>
       </c>
-      <c r="BU9" s="14" t="n">
+      <c r="BY9" s="14" t="n">
         <v>39.78</v>
       </c>
-      <c r="BV9" s="14" t="n">
+      <c r="BZ9" s="14" t="n">
+        <v>46.95</v>
+      </c>
+      <c r="CA9" s="14" t="n">
         <v>41.67</v>
       </c>
-      <c r="BW9" s="14" t="n">
+      <c r="CB9" s="14" t="n">
         <v>43.02</v>
       </c>
-      <c r="BX9" s="14" t="n">
+      <c r="CC9" s="14" t="n">
         <v>38.81</v>
       </c>
-      <c r="BY9" s="14" t="n">
+      <c r="CD9" s="14" t="n">
         <v>37.06</v>
       </c>
-      <c r="BZ9" s="14" t="n">
+      <c r="CE9" s="14" t="n">
         <v>40.47</v>
       </c>
-      <c r="CA9" s="14" t="n">
+      <c r="CF9" s="14" t="n">
         <v>40.41</v>
       </c>
-      <c r="CB9" s="14" t="n">
+      <c r="CG9" s="14" t="n">
         <v>38.32</v>
       </c>
-      <c r="CC9" s="14" t="n">
+      <c r="CH9" s="14" t="n">
         <v>46.31</v>
       </c>
-      <c r="CD9" s="14" t="n">
+      <c r="CI9" s="14" t="n">
         <v>48.76</v>
       </c>
-      <c r="CE9" s="14" t="n">
+      <c r="CJ9" s="14" t="n">
         <v>48.75</v>
       </c>
-      <c r="CF9" s="14" t="n">
+      <c r="CK9" s="14" t="n">
         <v>51.97</v>
       </c>
-      <c r="CG9" s="14" t="n">
+      <c r="CL9" s="14" t="n">
         <v>45.53</v>
       </c>
-      <c r="CH9" s="14" t="n">
+      <c r="CM9" s="14" t="n">
         <v>51.77</v>
       </c>
-      <c r="CI9" s="14" t="n">
+      <c r="CN9" s="14" t="n">
         <v>50.19</v>
       </c>
-      <c r="CJ9" s="14" t="n">
+      <c r="CO9" s="14" t="n">
         <v>50.14</v>
       </c>
-      <c r="CK9" s="14" t="n">
+      <c r="CP9" s="14" t="n">
         <v>40.02</v>
       </c>
-      <c r="CL9" s="14" t="n">
+      <c r="CQ9" s="14" t="n">
         <v>46.02</v>
       </c>
-      <c r="CM9" s="14" t="n">
+      <c r="CR9" s="14" t="n">
         <v>34.81</v>
       </c>
-      <c r="CN9" s="14" t="n">
+      <c r="CS9" s="14" t="n">
+        <v>40.37</v>
+      </c>
+      <c r="CT9" s="14" t="n">
         <v>42.9</v>
       </c>
-      <c r="CO9" s="14" t="n">
+      <c r="CU9" s="14" t="n">
         <v>42.6</v>
       </c>
-      <c r="CP9" s="14" t="n">
+      <c r="CV9" s="14" t="n">
         <v>46.46</v>
       </c>
-      <c r="CQ9" s="14" t="n">
+      <c r="CW9" s="14" t="n">
         <v>42.35</v>
       </c>
-      <c r="CR9" s="14" t="n">
+      <c r="CX9" s="14" t="n">
         <v>42.63</v>
       </c>
-      <c r="CS9" s="14" t="n">
+      <c r="CY9" s="14" t="n">
         <v>38.28</v>
       </c>
-      <c r="CT9" s="14" t="n">
+      <c r="CZ9" s="14" t="n">
         <v>41.83</v>
       </c>
-      <c r="CU9" s="14" t="n">
+      <c r="DA9" s="14" t="n">
         <v>44.61</v>
       </c>
-      <c r="CV9" s="14" t="n">
+      <c r="DB9" s="14" t="n">
         <v>45.05</v>
       </c>
-      <c r="CW9" s="14" t="n">
+      <c r="DC9" s="14" t="n">
         <v>45.21</v>
       </c>
-      <c r="CX9" s="14" t="n">
+      <c r="DD9" s="14" t="n">
         <v>48.31</v>
       </c>
-      <c r="CY9" s="14" t="n">
+      <c r="DE9" s="14" t="n">
         <v>40.87</v>
       </c>
-      <c r="CZ9" s="14" t="n">
+      <c r="DF9" s="14" t="n">
         <v>46.05</v>
       </c>
-      <c r="DA9" s="14" t="n">
+      <c r="DG9" s="14" t="n">
         <v>45.72</v>
       </c>
-      <c r="DB9" s="14" t="n">
+      <c r="DH9" s="14" t="n">
         <v>46.68</v>
       </c>
-      <c r="DC9" s="14" t="n">
+      <c r="DI9" s="14" t="n">
         <v>45.85</v>
       </c>
-      <c r="DD9" s="14" t="n">
+      <c r="DJ9" s="14" t="n">
         <v>38.63</v>
       </c>
-      <c r="DE9" s="14" t="n">
+      <c r="DK9" s="14" t="n">
         <v>40.29</v>
       </c>
-      <c r="DF9" s="14" t="n">
+      <c r="DL9" s="14" t="n">
+        <v>40.47</v>
+      </c>
+      <c r="DM9" s="14" t="n">
         <v>39.33</v>
       </c>
-      <c r="DG9" s="14" t="n">
+      <c r="DN9" s="14" t="n">
         <v>37.14</v>
       </c>
-      <c r="DH9" s="14" t="n">
+      <c r="DO9" s="14" t="n">
         <v>42.34</v>
       </c>
-      <c r="DI9" s="14" t="n">
+      <c r="DP9" s="14" t="n">
         <v>39.63</v>
       </c>
-      <c r="DJ9" s="14" t="n">
+      <c r="DQ9" s="14" t="n">
         <v>43.13</v>
       </c>
-      <c r="DK9" s="14" t="n">
+      <c r="DR9" s="14" t="n">
         <v>40.02</v>
       </c>
-      <c r="DL9" s="14" t="n">
+      <c r="DS9" s="14" t="n">
         <v>43.76</v>
       </c>
-      <c r="DM9" s="14" t="n">
+      <c r="DT9" s="14" t="n">
         <v>51.05</v>
       </c>
-      <c r="DN9" s="14" t="n">
+      <c r="DU9" s="14" t="n">
         <v>51.78</v>
       </c>
-      <c r="DO9" s="14" t="n">
+      <c r="DV9" s="14" t="n">
         <v>42.41</v>
       </c>
-      <c r="DP9" s="14" t="n">
+      <c r="DW9" s="14" t="n">
         <v>44.66</v>
       </c>
-      <c r="DQ9" s="14" t="n">
+      <c r="DX9" s="14" t="n">
         <v>42.09</v>
       </c>
-      <c r="DR9" s="14" t="n">
+      <c r="DY9" s="14" t="n">
         <v>40.34</v>
       </c>
-      <c r="DS9" s="14" t="n">
+      <c r="DZ9" s="14" t="n">
         <v>44.01</v>
       </c>
-      <c r="DT9" s="14" t="n">
+      <c r="EA9" s="14" t="n">
         <v>43.17</v>
       </c>
-      <c r="DU9" s="14" t="n">
+      <c r="EB9" s="14" t="n">
         <v>41.95</v>
       </c>
-      <c r="DV9" s="14" t="n">
+      <c r="EC9" s="14" t="n">
         <v>36.7</v>
       </c>
-      <c r="DW9" s="14" t="n">
+      <c r="ED9" s="14" t="n">
         <v>40.45</v>
       </c>
-      <c r="DX9" s="14" t="n">
+      <c r="EE9" s="14" t="n">
+        <v>29.19</v>
+      </c>
+      <c r="EF9" s="14" t="n">
         <v>31.22</v>
       </c>
-      <c r="DY9" s="14" t="n">
+      <c r="EG9" s="14" t="n">
         <v>29.37</v>
       </c>
-      <c r="DZ9" s="14" t="n">
+      <c r="EH9" s="14" t="n">
         <v>29.68</v>
       </c>
-      <c r="EA9" s="14" t="n">
+      <c r="EI9" s="14" t="n">
         <v>28.23</v>
       </c>
-      <c r="EB9" s="14" t="n">
+      <c r="EJ9" s="14" t="n">
         <v>26.65</v>
       </c>
-      <c r="EC9" s="14" t="n">
+      <c r="EK9" s="14" t="n">
         <v>29.86</v>
       </c>
-      <c r="ED9" s="14" t="n">
+      <c r="EL9" s="14" t="n">
         <v>24.99</v>
       </c>
-      <c r="EE9" s="14" t="n">
+      <c r="EM9" s="14" t="n">
         <v>24.36</v>
       </c>
-      <c r="EF9" s="14" t="n">
+      <c r="EN9" s="14" t="n">
         <v>26.18</v>
       </c>
-      <c r="EG9" s="14" t="n">
+      <c r="EO9" s="14" t="n">
         <v>25.58</v>
       </c>
-      <c r="EH9" s="14" t="n">
+      <c r="EP9" s="14" t="n">
         <v>26.32</v>
       </c>
-      <c r="EI9" s="14" t="n">
+      <c r="EQ9" s="14" t="n">
         <v>25.79</v>
       </c>
-      <c r="EJ9" s="14" t="n">
+      <c r="ER9" s="14" t="n">
         <v>25.33</v>
       </c>
-      <c r="EK9" s="14" t="n">
+      <c r="ES9" s="14" t="n">
         <v>26.03</v>
       </c>
-      <c r="EL9" s="14" t="n">
+      <c r="ET9" s="14" t="n">
         <v>26.03</v>
       </c>
-      <c r="EM9" s="14" t="n">
+      <c r="EU9" s="14" t="n">
         <v>22.24</v>
       </c>
-      <c r="EN9" s="14" t="n">
+      <c r="EV9" s="14" t="n">
         <v>27.89</v>
       </c>
-      <c r="EO9" s="14" t="n">
+      <c r="EW9" s="14" t="n">
         <v>26.88</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Primary education and first stage of secondary education (levels 1 and 2)</t>
         </is>
       </c>
       <c r="B10" s="14" t="n">
+        <v>51.79</v>
+      </c>
+      <c r="C10" s="14" t="n">
         <v>50.33</v>
       </c>
-      <c r="C10" s="14" t="n">
+      <c r="D10" s="14" t="n">
         <v>47.05</v>
       </c>
-      <c r="D10" s="14" t="n">
+      <c r="E10" s="14" t="n">
         <v>48.63</v>
       </c>
-      <c r="E10" s="14" t="n">
+      <c r="F10" s="14" t="n">
         <v>51.84</v>
       </c>
-      <c r="F10" s="14" t="n">
+      <c r="G10" s="14" t="n">
         <v>48.79</v>
       </c>
-      <c r="G10" s="14" t="n">
+      <c r="H10" s="14" t="n">
         <v>43.8</v>
       </c>
-      <c r="H10" s="14" t="n">
+      <c r="I10" s="14" t="n">
         <v>44.99</v>
       </c>
-      <c r="I10" s="14" t="n">
+      <c r="J10" s="14" t="n">
         <v>45.17</v>
       </c>
-      <c r="J10" s="14" t="n">
+      <c r="K10" s="14" t="n">
         <v>45.78</v>
       </c>
-      <c r="K10" s="14" t="n">
+      <c r="L10" s="14" t="n">
         <v>42.44</v>
       </c>
-      <c r="L10" s="14" t="n">
+      <c r="M10" s="14" t="n">
         <v>40.32</v>
       </c>
-      <c r="M10" s="14" t="n">
+      <c r="N10" s="14" t="n">
         <v>44.56</v>
       </c>
-      <c r="N10" s="14" t="n">
+      <c r="O10" s="14" t="n">
         <v>44.75</v>
       </c>
-      <c r="O10" s="14" t="n">
+      <c r="P10" s="14" t="n">
         <v>43.26</v>
       </c>
-      <c r="P10" s="14" t="n">
+      <c r="Q10" s="14" t="n">
         <v>40.15</v>
       </c>
-      <c r="Q10" s="14" t="n">
+      <c r="R10" s="14" t="n">
         <v>44.0</v>
       </c>
-      <c r="R10" s="14" t="n">
+      <c r="S10" s="14" t="n">
         <v>37.36</v>
       </c>
-      <c r="S10" s="14" t="n">
+      <c r="T10" s="14" t="n">
         <v>37.26</v>
       </c>
-      <c r="T10" s="14" t="n">
+      <c r="U10" s="14" t="n">
+        <v>61.71</v>
+      </c>
+      <c r="V10" s="14" t="n">
         <v>58.65</v>
       </c>
-      <c r="U10" s="14" t="n">
+      <c r="W10" s="14" t="n">
         <v>62.58</v>
       </c>
-      <c r="V10" s="14" t="n">
+      <c r="X10" s="14" t="n">
         <v>59.71</v>
       </c>
-      <c r="W10" s="14" t="n">
+      <c r="Y10" s="14" t="n">
         <v>61.84</v>
       </c>
-      <c r="X10" s="14" t="n">
+      <c r="Z10" s="14" t="n">
         <v>62.99</v>
       </c>
-      <c r="Y10" s="14" t="n">
+      <c r="AA10" s="14" t="n">
         <v>62.03</v>
       </c>
-      <c r="Z10" s="14" t="n">
+      <c r="AB10" s="14" t="n">
         <v>63.29</v>
       </c>
-      <c r="AA10" s="14" t="n">
+      <c r="AC10" s="14" t="n">
         <v>60.33</v>
       </c>
-      <c r="AB10" s="14" t="n">
+      <c r="AD10" s="14" t="n">
         <v>62.87</v>
       </c>
-      <c r="AC10" s="14" t="n">
+      <c r="AE10" s="14" t="n">
         <v>58.76</v>
       </c>
-      <c r="AD10" s="14" t="n">
+      <c r="AF10" s="14" t="n">
         <v>61.47</v>
       </c>
-      <c r="AE10" s="14" t="n">
+      <c r="AG10" s="14" t="n">
         <v>63.29</v>
       </c>
-      <c r="AF10" s="14" t="n">
+      <c r="AH10" s="14" t="n">
         <v>66.24</v>
       </c>
-      <c r="AG10" s="14" t="n">
+      <c r="AI10" s="14" t="n">
         <v>59.6</v>
       </c>
-      <c r="AH10" s="14" t="n">
+      <c r="AJ10" s="14" t="n">
         <v>57.42</v>
       </c>
-      <c r="AI10" s="14" t="n">
+      <c r="AK10" s="14" t="n">
         <v>54.61</v>
       </c>
-      <c r="AJ10" s="14" t="n">
+      <c r="AL10" s="14" t="n">
         <v>55.63</v>
       </c>
-      <c r="AK10" s="14" t="n">
+      <c r="AM10" s="14" t="n">
         <v>50.37</v>
       </c>
-      <c r="AL10" s="14" t="n">
+      <c r="AN10" s="14" t="n">
+        <v>68.91</v>
+      </c>
+      <c r="AO10" s="14" t="n">
         <v>69.01</v>
       </c>
-      <c r="AM10" s="14" t="n">
+      <c r="AP10" s="14" t="n">
         <v>66.36</v>
       </c>
-      <c r="AN10" s="14" t="n">
+      <c r="AQ10" s="14" t="n">
         <v>66.77</v>
       </c>
-      <c r="AO10" s="14" t="n">
+      <c r="AR10" s="14" t="n">
         <v>65.93</v>
       </c>
-      <c r="AP10" s="14" t="n">
+      <c r="AS10" s="14" t="n">
         <v>65.94</v>
       </c>
-      <c r="AQ10" s="14" t="n">
+      <c r="AT10" s="14" t="n">
         <v>66.26</v>
       </c>
-      <c r="AR10" s="14" t="n">
+      <c r="AU10" s="14" t="n">
         <v>67.95</v>
       </c>
-      <c r="AS10" s="14" t="n">
+      <c r="AV10" s="14" t="n">
         <v>67.57</v>
       </c>
-      <c r="AT10" s="14" t="n">
+      <c r="AW10" s="14" t="n">
         <v>68.69</v>
       </c>
-      <c r="AU10" s="14" t="n">
+      <c r="AX10" s="14" t="n">
         <v>64.18</v>
       </c>
-      <c r="AV10" s="14" t="n">
+      <c r="AY10" s="14" t="n">
         <v>65.49</v>
       </c>
-      <c r="AW10" s="14" t="n">
+      <c r="AZ10" s="14" t="n">
         <v>66.45</v>
       </c>
-      <c r="AX10" s="14" t="n">
+      <c r="BA10" s="14" t="n">
         <v>68.8</v>
       </c>
-      <c r="AY10" s="14" t="n">
+      <c r="BB10" s="14" t="n">
         <v>64.5</v>
       </c>
-      <c r="AZ10" s="14" t="n">
+      <c r="BC10" s="14" t="n">
         <v>63.97</v>
       </c>
-      <c r="BA10" s="14" t="n">
+      <c r="BD10" s="14" t="n">
         <v>65.11</v>
       </c>
-      <c r="BB10" s="14" t="n">
+      <c r="BE10" s="14" t="n">
         <v>63.69</v>
       </c>
-      <c r="BC10" s="14" t="n">
+      <c r="BF10" s="14" t="n">
         <v>62.21</v>
       </c>
-      <c r="BD10" s="14" t="n">
+      <c r="BG10" s="14" t="n">
+        <v>71.47</v>
+      </c>
+      <c r="BH10" s="14" t="n">
         <v>73.04</v>
       </c>
-      <c r="BE10" s="14" t="n">
+      <c r="BI10" s="14" t="n">
         <v>71.58</v>
       </c>
-      <c r="BF10" s="14" t="n">
+      <c r="BJ10" s="14" t="n">
         <v>72.28</v>
       </c>
-      <c r="BG10" s="14" t="n">
+      <c r="BK10" s="14" t="n">
         <v>72.26</v>
       </c>
-      <c r="BH10" s="14" t="n">
+      <c r="BL10" s="14" t="n">
         <v>72.71</v>
       </c>
-      <c r="BI10" s="14" t="n">
+      <c r="BM10" s="14" t="n">
         <v>69.94</v>
       </c>
-      <c r="BJ10" s="14" t="n">
+      <c r="BN10" s="14" t="n">
         <v>72.77</v>
       </c>
-      <c r="BK10" s="14" t="n">
+      <c r="BO10" s="14" t="n">
         <v>73.72</v>
       </c>
-      <c r="BL10" s="14" t="n">
+      <c r="BP10" s="14" t="n">
         <v>71.75</v>
       </c>
-      <c r="BM10" s="14" t="n">
+      <c r="BQ10" s="14" t="n">
         <v>69.54</v>
       </c>
-      <c r="BN10" s="14" t="n">
+      <c r="BR10" s="14" t="n">
         <v>71.11</v>
       </c>
-      <c r="BO10" s="14" t="n">
+      <c r="BS10" s="14" t="n">
         <v>70.45</v>
       </c>
-      <c r="BP10" s="14" t="n">
+      <c r="BT10" s="14" t="n">
         <v>70.25</v>
       </c>
-      <c r="BQ10" s="14" t="n">
+      <c r="BU10" s="14" t="n">
         <v>68.07</v>
       </c>
-      <c r="BR10" s="14" t="n">
+      <c r="BV10" s="14" t="n">
         <v>70.51</v>
       </c>
-      <c r="BS10" s="14" t="n">
+      <c r="BW10" s="14" t="n">
         <v>69.82</v>
       </c>
-      <c r="BT10" s="14" t="n">
+      <c r="BX10" s="14" t="n">
         <v>67.82</v>
       </c>
-      <c r="BU10" s="14" t="n">
+      <c r="BY10" s="14" t="n">
         <v>65.27</v>
       </c>
-      <c r="BV10" s="14" t="n">
+      <c r="BZ10" s="14" t="n">
+        <v>75.03</v>
+      </c>
+      <c r="CA10" s="14" t="n">
         <v>74.89</v>
       </c>
-      <c r="BW10" s="14" t="n">
+      <c r="CB10" s="14" t="n">
         <v>70.75</v>
       </c>
-      <c r="BX10" s="14" t="n">
+      <c r="CC10" s="14" t="n">
         <v>72.95</v>
       </c>
-      <c r="BY10" s="14" t="n">
+      <c r="CD10" s="14" t="n">
         <v>74.11</v>
       </c>
-      <c r="BZ10" s="14" t="n">
+      <c r="CE10" s="14" t="n">
         <v>72.75</v>
       </c>
-      <c r="CA10" s="14" t="n">
+      <c r="CF10" s="14" t="n">
         <v>71.59</v>
       </c>
-      <c r="CB10" s="14" t="n">
+      <c r="CG10" s="14" t="n">
         <v>74.54</v>
       </c>
-      <c r="CC10" s="14" t="n">
+      <c r="CH10" s="14" t="n">
         <v>73.92</v>
       </c>
-      <c r="CD10" s="14" t="n">
+      <c r="CI10" s="14" t="n">
         <v>73.19</v>
       </c>
-      <c r="CE10" s="14" t="n">
+      <c r="CJ10" s="14" t="n">
         <v>70.99</v>
       </c>
-      <c r="CF10" s="14" t="n">
+      <c r="CK10" s="14" t="n">
         <v>71.71</v>
       </c>
-      <c r="CG10" s="14" t="n">
+      <c r="CL10" s="14" t="n">
         <v>72.85</v>
       </c>
-      <c r="CH10" s="14" t="n">
+      <c r="CM10" s="14" t="n">
         <v>71.59</v>
       </c>
-      <c r="CI10" s="14" t="n">
+      <c r="CN10" s="14" t="n">
         <v>69.1</v>
       </c>
-      <c r="CJ10" s="14" t="n">
+      <c r="CO10" s="14" t="n">
         <v>71.08</v>
       </c>
-      <c r="CK10" s="14" t="n">
+      <c r="CP10" s="14" t="n">
         <v>71.83</v>
       </c>
-      <c r="CL10" s="14" t="n">
+      <c r="CQ10" s="14" t="n">
         <v>71.63</v>
       </c>
-      <c r="CM10" s="14" t="n">
+      <c r="CR10" s="14" t="n">
         <v>67.58</v>
       </c>
-      <c r="CN10" s="14" t="n">
+      <c r="CS10" s="14" t="n">
+        <v>75.84</v>
+      </c>
+      <c r="CT10" s="14" t="n">
         <v>74.03</v>
       </c>
-      <c r="CO10" s="14" t="n">
+      <c r="CU10" s="14" t="n">
         <v>71.84</v>
       </c>
-      <c r="CP10" s="14" t="n">
+      <c r="CV10" s="14" t="n">
         <v>73.59</v>
       </c>
-      <c r="CQ10" s="14" t="n">
+      <c r="CW10" s="14" t="n">
         <v>72.11</v>
       </c>
-      <c r="CR10" s="14" t="n">
+      <c r="CX10" s="14" t="n">
         <v>71.51</v>
       </c>
-      <c r="CS10" s="14" t="n">
+      <c r="CY10" s="14" t="n">
         <v>70.48</v>
       </c>
-      <c r="CT10" s="14" t="n">
+      <c r="CZ10" s="14" t="n">
         <v>71.94</v>
       </c>
-      <c r="CU10" s="14" t="n">
+      <c r="DA10" s="14" t="n">
         <v>70.55</v>
       </c>
-      <c r="CV10" s="14" t="n">
+      <c r="DB10" s="14" t="n">
         <v>70.82</v>
       </c>
-      <c r="CW10" s="14" t="n">
+      <c r="DC10" s="14" t="n">
         <v>68.3</v>
       </c>
-      <c r="CX10" s="14" t="n">
+      <c r="DD10" s="14" t="n">
         <v>69.0</v>
       </c>
-      <c r="CY10" s="14" t="n">
+      <c r="DE10" s="14" t="n">
         <v>69.21</v>
       </c>
-      <c r="CZ10" s="14" t="n">
+      <c r="DF10" s="14" t="n">
         <v>69.81</v>
       </c>
-      <c r="DA10" s="14" t="n">
+      <c r="DG10" s="14" t="n">
         <v>70.37</v>
       </c>
-      <c r="DB10" s="14" t="n">
+      <c r="DH10" s="14" t="n">
         <v>69.89</v>
       </c>
-      <c r="DC10" s="14" t="n">
+      <c r="DI10" s="14" t="n">
         <v>67.68</v>
       </c>
-      <c r="DD10" s="14" t="n">
+      <c r="DJ10" s="14" t="n">
         <v>67.67</v>
       </c>
-      <c r="DE10" s="14" t="n">
+      <c r="DK10" s="14" t="n">
         <v>65.82</v>
       </c>
-      <c r="DF10" s="14" t="n">
+      <c r="DL10" s="14" t="n">
+        <v>71.01</v>
+      </c>
+      <c r="DM10" s="14" t="n">
         <v>71.05</v>
       </c>
-      <c r="DG10" s="14" t="n">
+      <c r="DN10" s="14" t="n">
         <v>69.17</v>
       </c>
-      <c r="DH10" s="14" t="n">
+      <c r="DO10" s="14" t="n">
         <v>70.38</v>
       </c>
-      <c r="DI10" s="14" t="n">
+      <c r="DP10" s="14" t="n">
         <v>68.76</v>
       </c>
-      <c r="DJ10" s="14" t="n">
+      <c r="DQ10" s="14" t="n">
         <v>68.0</v>
       </c>
-      <c r="DK10" s="14" t="n">
+      <c r="DR10" s="14" t="n">
         <v>66.68</v>
       </c>
-      <c r="DL10" s="14" t="n">
+      <c r="DS10" s="14" t="n">
         <v>66.76</v>
       </c>
-      <c r="DM10" s="14" t="n">
+      <c r="DT10" s="14" t="n">
         <v>67.03</v>
       </c>
-      <c r="DN10" s="14" t="n">
+      <c r="DU10" s="14" t="n">
         <v>66.94</v>
       </c>
-      <c r="DO10" s="14" t="n">
+      <c r="DV10" s="14" t="n">
         <v>65.13</v>
       </c>
-      <c r="DP10" s="14" t="n">
+      <c r="DW10" s="14" t="n">
         <v>62.67</v>
       </c>
-      <c r="DQ10" s="14" t="n">
+      <c r="DX10" s="14" t="n">
         <v>62.97</v>
       </c>
-      <c r="DR10" s="14" t="n">
+      <c r="DY10" s="14" t="n">
         <v>63.55</v>
       </c>
-      <c r="DS10" s="14" t="n">
+      <c r="DZ10" s="14" t="n">
         <v>62.69</v>
       </c>
-      <c r="DT10" s="14" t="n">
+      <c r="EA10" s="14" t="n">
         <v>63.43</v>
       </c>
-      <c r="DU10" s="14" t="n">
+      <c r="EB10" s="14" t="n">
         <v>64.0</v>
       </c>
-      <c r="DV10" s="14" t="n">
+      <c r="EC10" s="14" t="n">
         <v>63.3</v>
       </c>
-      <c r="DW10" s="14" t="n">
+      <c r="ED10" s="14" t="n">
         <v>62.28</v>
       </c>
-      <c r="DX10" s="14" t="n">
+      <c r="EE10" s="14" t="n">
+        <v>53.31</v>
+      </c>
+      <c r="EF10" s="14" t="n">
         <v>52.71</v>
       </c>
-      <c r="DY10" s="14" t="n">
+      <c r="EG10" s="14" t="n">
         <v>52.71</v>
       </c>
-      <c r="DZ10" s="14" t="n">
+      <c r="EH10" s="14" t="n">
         <v>51.87</v>
       </c>
-      <c r="EA10" s="14" t="n">
+      <c r="EI10" s="14" t="n">
         <v>52.21</v>
       </c>
-      <c r="EB10" s="14" t="n">
+      <c r="EJ10" s="14" t="n">
         <v>52.65</v>
       </c>
-      <c r="EC10" s="14" t="n">
+      <c r="EK10" s="14" t="n">
         <v>51.85</v>
       </c>
-      <c r="ED10" s="14" t="n">
+      <c r="EL10" s="14" t="n">
         <v>52.03</v>
       </c>
-      <c r="EE10" s="14" t="n">
+      <c r="EM10" s="14" t="n">
         <v>51.27</v>
       </c>
-      <c r="EF10" s="14" t="n">
+      <c r="EN10" s="14" t="n">
         <v>50.14</v>
       </c>
-      <c r="EG10" s="14" t="n">
+      <c r="EO10" s="14" t="n">
         <v>48.82</v>
       </c>
-      <c r="EH10" s="14" t="n">
+      <c r="EP10" s="14" t="n">
         <v>48.95</v>
       </c>
-      <c r="EI10" s="14" t="n">
+      <c r="EQ10" s="14" t="n">
         <v>49.6</v>
       </c>
-      <c r="EJ10" s="14" t="n">
+      <c r="ER10" s="14" t="n">
         <v>48.62</v>
       </c>
-      <c r="EK10" s="14" t="n">
+      <c r="ES10" s="14" t="n">
         <v>47.52</v>
       </c>
-      <c r="EL10" s="14" t="n">
+      <c r="ET10" s="14" t="n">
         <v>47.73</v>
       </c>
-      <c r="EM10" s="14" t="n">
+      <c r="EU10" s="14" t="n">
         <v>46.17</v>
       </c>
-      <c r="EN10" s="14" t="n">
+      <c r="EV10" s="14" t="n">
         <v>46.04</v>
       </c>
-      <c r="EO10" s="14" t="n">
+      <c r="EW10" s="14" t="n">
         <v>45.28</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Second stage of secondary education and post-secondary non-higher education (levels 3 and 4)</t>
         </is>
       </c>
       <c r="B11" s="14" t="n">
+        <v>38.13</v>
+      </c>
+      <c r="C11" s="14" t="n">
         <v>34.48</v>
       </c>
-      <c r="C11" s="14" t="n">
+      <c r="D11" s="14" t="n">
         <v>31.2</v>
       </c>
-      <c r="D11" s="14" t="n">
+      <c r="E11" s="14" t="n">
         <v>32.29</v>
       </c>
-      <c r="E11" s="14" t="n">
+      <c r="F11" s="14" t="n">
         <v>37.88</v>
       </c>
-      <c r="F11" s="14" t="n">
+      <c r="G11" s="14" t="n">
         <v>32.98</v>
       </c>
-      <c r="G11" s="14" t="n">
+      <c r="H11" s="14" t="n">
         <v>31.15</v>
       </c>
-      <c r="H11" s="14" t="n">
+      <c r="I11" s="14" t="n">
         <v>32.3</v>
       </c>
-      <c r="I11" s="14" t="n">
+      <c r="J11" s="14" t="n">
         <v>37.47</v>
       </c>
-      <c r="J11" s="14" t="n">
+      <c r="K11" s="14" t="n">
         <v>31.18</v>
       </c>
-      <c r="K11" s="14" t="n">
+      <c r="L11" s="14" t="n">
         <v>27.9</v>
       </c>
-      <c r="L11" s="14" t="n">
+      <c r="M11" s="14" t="n">
         <v>29.73</v>
       </c>
-      <c r="M11" s="14" t="n">
+      <c r="N11" s="14" t="n">
         <v>32.68</v>
       </c>
-      <c r="N11" s="14" t="n">
+      <c r="O11" s="14" t="n">
         <v>32.52</v>
       </c>
-      <c r="O11" s="14" t="n">
+      <c r="P11" s="14" t="n">
         <v>28.48</v>
       </c>
-      <c r="P11" s="14" t="n">
+      <c r="Q11" s="14" t="n">
         <v>28.01</v>
       </c>
-      <c r="Q11" s="14" t="n">
+      <c r="R11" s="14" t="n">
         <v>32.44</v>
       </c>
-      <c r="R11" s="14" t="n">
+      <c r="S11" s="14" t="n">
         <v>26.5</v>
       </c>
-      <c r="S11" s="14" t="n">
+      <c r="T11" s="14" t="n">
         <v>22.88</v>
       </c>
-      <c r="T11" s="14" t="n">
+      <c r="U11" s="14" t="n">
+        <v>71.53</v>
+      </c>
+      <c r="V11" s="14" t="n">
         <v>70.69</v>
       </c>
-      <c r="U11" s="14" t="n">
+      <c r="W11" s="14" t="n">
         <v>65.01</v>
       </c>
-      <c r="V11" s="14" t="n">
+      <c r="X11" s="14" t="n">
         <v>67.36</v>
       </c>
-      <c r="W11" s="14" t="n">
+      <c r="Y11" s="14" t="n">
         <v>67.92</v>
       </c>
-      <c r="X11" s="14" t="n">
+      <c r="Z11" s="14" t="n">
         <v>70.73</v>
       </c>
-      <c r="Y11" s="14" t="n">
+      <c r="AA11" s="14" t="n">
         <v>63.95</v>
       </c>
-      <c r="Z11" s="14" t="n">
+      <c r="AB11" s="14" t="n">
         <v>64.49</v>
       </c>
-      <c r="AA11" s="14" t="n">
+      <c r="AC11" s="14" t="n">
         <v>65.35</v>
       </c>
-      <c r="AB11" s="14" t="n">
+      <c r="AD11" s="14" t="n">
         <v>65.98</v>
       </c>
-      <c r="AC11" s="14" t="n">
+      <c r="AE11" s="14" t="n">
         <v>65.62</v>
       </c>
-      <c r="AD11" s="14" t="n">
+      <c r="AF11" s="14" t="n">
         <v>65.66</v>
       </c>
-      <c r="AE11" s="14" t="n">
+      <c r="AG11" s="14" t="n">
         <v>68.88</v>
       </c>
-      <c r="AF11" s="14" t="n">
+      <c r="AH11" s="14" t="n">
         <v>65.39</v>
       </c>
-      <c r="AG11" s="14" t="n">
+      <c r="AI11" s="14" t="n">
         <v>64.11</v>
       </c>
-      <c r="AH11" s="14" t="n">
+      <c r="AJ11" s="14" t="n">
         <v>67.99</v>
       </c>
-      <c r="AI11" s="14" t="n">
+      <c r="AK11" s="14" t="n">
         <v>66.46</v>
       </c>
-      <c r="AJ11" s="14" t="n">
+      <c r="AL11" s="14" t="n">
         <v>61.47</v>
       </c>
-      <c r="AK11" s="14" t="n">
+      <c r="AM11" s="14" t="n">
         <v>57.7</v>
       </c>
-      <c r="AL11" s="14" t="n">
+      <c r="AN11" s="14" t="n">
+        <v>78.38</v>
+      </c>
+      <c r="AO11" s="14" t="n">
         <v>77.82</v>
       </c>
-      <c r="AM11" s="14" t="n">
+      <c r="AP11" s="14" t="n">
         <v>77.27</v>
       </c>
-      <c r="AN11" s="14" t="n">
+      <c r="AQ11" s="14" t="n">
         <v>77.7</v>
       </c>
-      <c r="AO11" s="14" t="n">
+      <c r="AR11" s="14" t="n">
         <v>78.08</v>
       </c>
-      <c r="AP11" s="14" t="n">
+      <c r="AS11" s="14" t="n">
         <v>78.51</v>
       </c>
-      <c r="AQ11" s="14" t="n">
+      <c r="AT11" s="14" t="n">
         <v>77.19</v>
       </c>
-      <c r="AR11" s="14" t="n">
+      <c r="AU11" s="14" t="n">
         <v>75.59</v>
       </c>
-      <c r="AS11" s="14" t="n">
+      <c r="AV11" s="14" t="n">
         <v>78.42</v>
       </c>
-      <c r="AT11" s="14" t="n">
+      <c r="AW11" s="14" t="n">
         <v>77.79</v>
       </c>
-      <c r="AU11" s="14" t="n">
+      <c r="AX11" s="14" t="n">
         <v>73.94</v>
       </c>
-      <c r="AV11" s="14" t="n">
+      <c r="AY11" s="14" t="n">
         <v>75.0</v>
       </c>
-      <c r="AW11" s="14" t="n">
+      <c r="AZ11" s="14" t="n">
         <v>75.6</v>
       </c>
-      <c r="AX11" s="14" t="n">
+      <c r="BA11" s="14" t="n">
         <v>73.01</v>
       </c>
-      <c r="AY11" s="14" t="n">
+      <c r="BB11" s="14" t="n">
         <v>72.32</v>
       </c>
-      <c r="AZ11" s="14" t="n">
+      <c r="BC11" s="14" t="n">
         <v>74.71</v>
       </c>
-      <c r="BA11" s="14" t="n">
+      <c r="BD11" s="14" t="n">
         <v>76.7</v>
       </c>
-      <c r="BB11" s="14" t="n">
+      <c r="BE11" s="14" t="n">
         <v>73.57</v>
       </c>
-      <c r="BC11" s="14" t="n">
+      <c r="BF11" s="14" t="n">
         <v>70.79</v>
       </c>
-      <c r="BD11" s="14" t="n">
+      <c r="BG11" s="14" t="n">
+        <v>79.34</v>
+      </c>
+      <c r="BH11" s="14" t="n">
         <v>79.42</v>
       </c>
-      <c r="BE11" s="14" t="n">
+      <c r="BI11" s="14" t="n">
         <v>78.2</v>
       </c>
-      <c r="BF11" s="14" t="n">
+      <c r="BJ11" s="14" t="n">
         <v>79.86</v>
       </c>
-      <c r="BG11" s="14" t="n">
+      <c r="BK11" s="14" t="n">
         <v>82.63</v>
       </c>
-      <c r="BH11" s="14" t="n">
+      <c r="BL11" s="14" t="n">
         <v>80.4</v>
       </c>
-      <c r="BI11" s="14" t="n">
+      <c r="BM11" s="14" t="n">
         <v>78.62</v>
       </c>
-      <c r="BJ11" s="14" t="n">
+      <c r="BN11" s="14" t="n">
         <v>80.34</v>
       </c>
-      <c r="BK11" s="14" t="n">
+      <c r="BO11" s="14" t="n">
         <v>81.72</v>
       </c>
-      <c r="BL11" s="14" t="n">
+      <c r="BP11" s="14" t="n">
         <v>80.73</v>
       </c>
-      <c r="BM11" s="14" t="n">
+      <c r="BQ11" s="14" t="n">
         <v>77.02</v>
       </c>
-      <c r="BN11" s="14" t="n">
+      <c r="BR11" s="14" t="n">
         <v>77.71</v>
       </c>
-      <c r="BO11" s="14" t="n">
+      <c r="BS11" s="14" t="n">
         <v>79.24</v>
       </c>
-      <c r="BP11" s="14" t="n">
+      <c r="BT11" s="14" t="n">
         <v>77.89</v>
       </c>
-      <c r="BQ11" s="14" t="n">
+      <c r="BU11" s="14" t="n">
         <v>77.52</v>
       </c>
-      <c r="BR11" s="14" t="n">
+      <c r="BV11" s="14" t="n">
         <v>79.21</v>
       </c>
-      <c r="BS11" s="14" t="n">
+      <c r="BW11" s="14" t="n">
         <v>78.77</v>
       </c>
-      <c r="BT11" s="14" t="n">
+      <c r="BX11" s="14" t="n">
         <v>74.24</v>
       </c>
-      <c r="BU11" s="14" t="n">
+      <c r="BY11" s="14" t="n">
         <v>73.84</v>
       </c>
-      <c r="BV11" s="14" t="n">
+      <c r="BZ11" s="14" t="n">
+        <v>82.96</v>
+      </c>
+      <c r="CA11" s="14" t="n">
         <v>81.53</v>
       </c>
-      <c r="BW11" s="14" t="n">
+      <c r="CB11" s="14" t="n">
         <v>81.58</v>
       </c>
-      <c r="BX11" s="14" t="n">
+      <c r="CC11" s="14" t="n">
         <v>81.42</v>
       </c>
-      <c r="BY11" s="14" t="n">
+      <c r="CD11" s="14" t="n">
         <v>81.34</v>
       </c>
-      <c r="BZ11" s="14" t="n">
+      <c r="CE11" s="14" t="n">
         <v>80.68</v>
       </c>
-      <c r="CA11" s="14" t="n">
+      <c r="CF11" s="14" t="n">
         <v>79.31</v>
       </c>
-      <c r="CB11" s="14" t="n">
+      <c r="CG11" s="14" t="n">
         <v>80.95</v>
       </c>
-      <c r="CC11" s="14" t="n">
+      <c r="CH11" s="14" t="n">
         <v>81.98</v>
       </c>
-      <c r="CD11" s="14" t="n">
+      <c r="CI11" s="14" t="n">
         <v>81.0</v>
       </c>
-      <c r="CE11" s="14" t="n">
+      <c r="CJ11" s="14" t="n">
         <v>79.98</v>
       </c>
-      <c r="CF11" s="14" t="n">
+      <c r="CK11" s="14" t="n">
         <v>80.54</v>
       </c>
-      <c r="CG11" s="14" t="n">
+      <c r="CL11" s="14" t="n">
         <v>79.37</v>
       </c>
-      <c r="CH11" s="14" t="n">
+      <c r="CM11" s="14" t="n">
         <v>77.88</v>
       </c>
-      <c r="CI11" s="14" t="n">
+      <c r="CN11" s="14" t="n">
         <v>78.46</v>
       </c>
-      <c r="CJ11" s="14" t="n">
+      <c r="CO11" s="14" t="n">
         <v>79.94</v>
       </c>
-      <c r="CK11" s="14" t="n">
+      <c r="CP11" s="14" t="n">
         <v>80.09</v>
       </c>
-      <c r="CL11" s="14" t="n">
+      <c r="CQ11" s="14" t="n">
         <v>77.29</v>
       </c>
-      <c r="CM11" s="14" t="n">
+      <c r="CR11" s="14" t="n">
         <v>73.82</v>
       </c>
-      <c r="CN11" s="14" t="n">
+      <c r="CS11" s="14" t="n">
+        <v>83.21</v>
+      </c>
+      <c r="CT11" s="14" t="n">
         <v>81.77</v>
       </c>
-      <c r="CO11" s="14" t="n">
+      <c r="CU11" s="14" t="n">
         <v>79.67</v>
       </c>
-      <c r="CP11" s="14" t="n">
+      <c r="CV11" s="14" t="n">
         <v>80.76</v>
       </c>
-      <c r="CQ11" s="14" t="n">
+      <c r="CW11" s="14" t="n">
         <v>81.86</v>
       </c>
-      <c r="CR11" s="14" t="n">
+      <c r="CX11" s="14" t="n">
         <v>80.24</v>
       </c>
-      <c r="CS11" s="14" t="n">
+      <c r="CY11" s="14" t="n">
         <v>77.32</v>
       </c>
-      <c r="CT11" s="14" t="n">
+      <c r="CZ11" s="14" t="n">
         <v>79.46</v>
       </c>
-      <c r="CU11" s="14" t="n">
+      <c r="DA11" s="14" t="n">
         <v>79.61</v>
       </c>
-      <c r="CV11" s="14" t="n">
+      <c r="DB11" s="14" t="n">
         <v>80.32</v>
       </c>
-      <c r="CW11" s="14" t="n">
+      <c r="DC11" s="14" t="n">
         <v>78.56</v>
       </c>
-      <c r="CX11" s="14" t="n">
+      <c r="DD11" s="14" t="n">
         <v>79.31</v>
       </c>
-      <c r="CY11" s="14" t="n">
+      <c r="DE11" s="14" t="n">
         <v>79.28</v>
       </c>
-      <c r="CZ11" s="14" t="n">
+      <c r="DF11" s="14" t="n">
         <v>79.92</v>
       </c>
-      <c r="DA11" s="14" t="n">
+      <c r="DG11" s="14" t="n">
         <v>78.36</v>
       </c>
-      <c r="DB11" s="14" t="n">
+      <c r="DH11" s="14" t="n">
         <v>78.61</v>
       </c>
-      <c r="DC11" s="14" t="n">
+      <c r="DI11" s="14" t="n">
         <v>79.04</v>
       </c>
-      <c r="DD11" s="14" t="n">
+      <c r="DJ11" s="14" t="n">
         <v>77.13</v>
       </c>
-      <c r="DE11" s="14" t="n">
+      <c r="DK11" s="14" t="n">
         <v>76.72</v>
       </c>
-      <c r="DF11" s="14" t="n">
+      <c r="DL11" s="14" t="n">
+        <v>80.0</v>
+      </c>
+      <c r="DM11" s="14" t="n">
         <v>78.03</v>
       </c>
-      <c r="DG11" s="14" t="n">
+      <c r="DN11" s="14" t="n">
         <v>78.28</v>
       </c>
-      <c r="DH11" s="14" t="n">
+      <c r="DO11" s="14" t="n">
         <v>78.84</v>
       </c>
-      <c r="DI11" s="14" t="n">
+      <c r="DP11" s="14" t="n">
         <v>79.44</v>
       </c>
-      <c r="DJ11" s="14" t="n">
+      <c r="DQ11" s="14" t="n">
         <v>79.44</v>
       </c>
-      <c r="DK11" s="14" t="n">
+      <c r="DR11" s="14" t="n">
         <v>79.17</v>
       </c>
-      <c r="DL11" s="14" t="n">
+      <c r="DS11" s="14" t="n">
         <v>78.19</v>
       </c>
-      <c r="DM11" s="14" t="n">
+      <c r="DT11" s="14" t="n">
         <v>77.9</v>
       </c>
-      <c r="DN11" s="14" t="n">
+      <c r="DU11" s="14" t="n">
         <v>76.97</v>
       </c>
-      <c r="DO11" s="14" t="n">
+      <c r="DV11" s="14" t="n">
         <v>74.63</v>
       </c>
-      <c r="DP11" s="14" t="n">
+      <c r="DW11" s="14" t="n">
         <v>75.14</v>
       </c>
-      <c r="DQ11" s="14" t="n">
+      <c r="DX11" s="14" t="n">
         <v>74.78</v>
       </c>
-      <c r="DR11" s="14" t="n">
+      <c r="DY11" s="14" t="n">
         <v>75.13</v>
       </c>
-      <c r="DS11" s="14" t="n">
+      <c r="DZ11" s="14" t="n">
         <v>73.38</v>
       </c>
-      <c r="DT11" s="14" t="n">
+      <c r="EA11" s="14" t="n">
         <v>74.15</v>
       </c>
-      <c r="DU11" s="14" t="n">
+      <c r="EB11" s="14" t="n">
         <v>73.81</v>
       </c>
-      <c r="DV11" s="14" t="n">
+      <c r="EC11" s="14" t="n">
         <v>73.58</v>
       </c>
-      <c r="DW11" s="14" t="n">
+      <c r="ED11" s="14" t="n">
         <v>73.09</v>
       </c>
-      <c r="DX11" s="14" t="n">
+      <c r="EE11" s="14" t="n">
+        <v>64.36</v>
+      </c>
+      <c r="EF11" s="14" t="n">
         <v>64.91</v>
       </c>
-      <c r="DY11" s="14" t="n">
+      <c r="EG11" s="14" t="n">
         <v>62.16</v>
       </c>
-      <c r="DZ11" s="14" t="n">
+      <c r="EH11" s="14" t="n">
         <v>63.16</v>
       </c>
-      <c r="EA11" s="14" t="n">
+      <c r="EI11" s="14" t="n">
         <v>62.89</v>
       </c>
-      <c r="EB11" s="14" t="n">
+      <c r="EJ11" s="14" t="n">
         <v>63.92</v>
       </c>
-      <c r="EC11" s="14" t="n">
+      <c r="EK11" s="14" t="n">
         <v>62.2</v>
       </c>
-      <c r="ED11" s="14" t="n">
+      <c r="EL11" s="14" t="n">
         <v>62.87</v>
       </c>
-      <c r="EE11" s="14" t="n">
+      <c r="EM11" s="14" t="n">
         <v>62.6</v>
       </c>
-      <c r="EF11" s="14" t="n">
+      <c r="EN11" s="14" t="n">
         <v>62.7</v>
       </c>
-      <c r="EG11" s="14" t="n">
+      <c r="EO11" s="14" t="n">
         <v>62.3</v>
       </c>
-      <c r="EH11" s="14" t="n">
+      <c r="EP11" s="14" t="n">
         <v>61.49</v>
       </c>
-      <c r="EI11" s="14" t="n">
+      <c r="EQ11" s="14" t="n">
         <v>61.95</v>
       </c>
-      <c r="EJ11" s="14" t="n">
+      <c r="ER11" s="14" t="n">
         <v>60.95</v>
       </c>
-      <c r="EK11" s="14" t="n">
+      <c r="ES11" s="14" t="n">
         <v>59.79</v>
       </c>
-      <c r="EL11" s="14" t="n">
+      <c r="ET11" s="14" t="n">
         <v>60.06</v>
       </c>
-      <c r="EM11" s="14" t="n">
+      <c r="EU11" s="14" t="n">
         <v>58.51</v>
       </c>
-      <c r="EN11" s="14" t="n">
+      <c r="EV11" s="14" t="n">
         <v>58.12</v>
       </c>
-      <c r="EO11" s="14" t="n">
+      <c r="EW11" s="14" t="n">
         <v>57.76</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Production of meat and poultry meat products</t>
         </is>
       </c>
       <c r="B12" s="14" t="n">
+        <v>55.16</v>
+      </c>
+      <c r="C12" s="14" t="n">
         <v>59.62</v>
       </c>
-      <c r="C12" s="14" t="n">
+      <c r="D12" s="14" t="n">
         <v>54.58</v>
       </c>
-      <c r="D12" s="14" t="n">
+      <c r="E12" s="14" t="n">
         <v>55.7</v>
       </c>
-      <c r="E12" s="14" t="n">
+      <c r="F12" s="14" t="n">
         <v>52.16</v>
       </c>
-      <c r="F12" s="14" t="n">
+      <c r="G12" s="14" t="n">
         <v>58.19</v>
       </c>
-      <c r="G12" s="14" t="n">
+      <c r="H12" s="14" t="n">
         <v>55.81</v>
       </c>
-      <c r="H12" s="14" t="n">
+      <c r="I12" s="14" t="n">
         <v>52.92</v>
       </c>
-      <c r="I12" s="14" t="n">
+      <c r="J12" s="14" t="n">
         <v>54.62</v>
       </c>
-      <c r="J12" s="14" t="n">
+      <c r="K12" s="14" t="n">
         <v>58.07</v>
       </c>
-      <c r="K12" s="14" t="n">
+      <c r="L12" s="14" t="n">
         <v>56.06</v>
       </c>
-      <c r="L12" s="14" t="n">
+      <c r="M12" s="14" t="n">
         <v>53.93</v>
       </c>
-      <c r="M12" s="14" t="n">
+      <c r="N12" s="14" t="n">
         <v>53.88</v>
       </c>
-      <c r="N12" s="14" t="n">
+      <c r="O12" s="14" t="n">
         <v>56.74</v>
       </c>
-      <c r="O12" s="14" t="n">
+      <c r="P12" s="14" t="n">
         <v>52.66</v>
       </c>
-      <c r="P12" s="14" t="n">
+      <c r="Q12" s="14" t="n">
         <v>52.72</v>
       </c>
-      <c r="Q12" s="14" t="n">
+      <c r="R12" s="14" t="n">
         <v>51.36</v>
       </c>
-      <c r="R12" s="14" t="n">
+      <c r="S12" s="14" t="n">
         <v>51.18</v>
       </c>
-      <c r="S12" s="14" t="n">
+      <c r="T12" s="14" t="n">
         <v>47.29</v>
       </c>
-      <c r="T12" s="14" t="n">
+      <c r="U12" s="14" t="n">
+        <v>79.28</v>
+      </c>
+      <c r="V12" s="14" t="n">
         <v>79.38</v>
       </c>
-      <c r="U12" s="14" t="n">
+      <c r="W12" s="14" t="n">
         <v>79.35</v>
       </c>
-      <c r="V12" s="14" t="n">
+      <c r="X12" s="14" t="n">
         <v>78.25</v>
       </c>
-      <c r="W12" s="14" t="n">
+      <c r="Y12" s="14" t="n">
         <v>77.02</v>
       </c>
-      <c r="X12" s="14" t="n">
+      <c r="Z12" s="14" t="n">
         <v>77.72</v>
       </c>
-      <c r="Y12" s="14" t="n">
+      <c r="AA12" s="14" t="n">
         <v>77.72</v>
       </c>
-      <c r="Z12" s="14" t="n">
+      <c r="AB12" s="14" t="n">
         <v>79.32</v>
       </c>
-      <c r="AA12" s="14" t="n">
+      <c r="AC12" s="14" t="n">
         <v>78.65</v>
       </c>
-      <c r="AB12" s="14" t="n">
+      <c r="AD12" s="14" t="n">
         <v>80.92</v>
       </c>
-      <c r="AC12" s="14" t="n">
+      <c r="AE12" s="14" t="n">
         <v>76.54</v>
       </c>
-      <c r="AD12" s="14" t="n">
+      <c r="AF12" s="14" t="n">
         <v>75.39</v>
       </c>
-      <c r="AE12" s="14" t="n">
+      <c r="AG12" s="14" t="n">
         <v>73.65</v>
       </c>
-      <c r="AF12" s="14" t="n">
+      <c r="AH12" s="14" t="n">
         <v>78.98</v>
       </c>
-      <c r="AG12" s="14" t="n">
+      <c r="AI12" s="14" t="n">
         <v>76.11</v>
       </c>
-      <c r="AH12" s="14" t="n">
+      <c r="AJ12" s="14" t="n">
         <v>74.69</v>
       </c>
-      <c r="AI12" s="14" t="n">
+      <c r="AK12" s="14" t="n">
         <v>74.14</v>
       </c>
-      <c r="AJ12" s="14" t="n">
+      <c r="AL12" s="14" t="n">
         <v>73.33</v>
       </c>
-      <c r="AK12" s="14" t="n">
+      <c r="AM12" s="14" t="n">
         <v>71.67</v>
       </c>
-      <c r="AL12" s="14" t="n">
+      <c r="AN12" s="14" t="n">
+        <v>87.48</v>
+      </c>
+      <c r="AO12" s="14" t="n">
         <v>88.63</v>
       </c>
-      <c r="AM12" s="14" t="n">
+      <c r="AP12" s="14" t="n">
         <v>87.92</v>
       </c>
-      <c r="AN12" s="14" t="n">
+      <c r="AQ12" s="14" t="n">
         <v>86.47</v>
       </c>
-      <c r="AO12" s="14" t="n">
+      <c r="AR12" s="14" t="n">
         <v>84.84</v>
       </c>
-      <c r="AP12" s="14" t="n">
+      <c r="AS12" s="14" t="n">
         <v>85.99</v>
       </c>
-      <c r="AQ12" s="14" t="n">
+      <c r="AT12" s="14" t="n">
         <v>86.16</v>
       </c>
-      <c r="AR12" s="14" t="n">
+      <c r="AU12" s="14" t="n">
         <v>86.08</v>
       </c>
-      <c r="AS12" s="14" t="n">
+      <c r="AV12" s="14" t="n">
         <v>86.23</v>
       </c>
-      <c r="AT12" s="14" t="n">
+      <c r="AW12" s="14" t="n">
         <v>87.67</v>
       </c>
-      <c r="AU12" s="14" t="n">
+      <c r="AX12" s="14" t="n">
         <v>85.9</v>
       </c>
-      <c r="AV12" s="14" t="n">
+      <c r="AY12" s="14" t="n">
         <v>85.25</v>
       </c>
-      <c r="AW12" s="14" t="n">
+      <c r="AZ12" s="14" t="n">
         <v>85.78</v>
       </c>
-      <c r="AX12" s="14" t="n">
+      <c r="BA12" s="14" t="n">
         <v>85.5</v>
       </c>
-      <c r="AY12" s="14" t="n">
+      <c r="BB12" s="14" t="n">
         <v>85.75</v>
       </c>
-      <c r="AZ12" s="14" t="n">
+      <c r="BC12" s="14" t="n">
         <v>83.83</v>
       </c>
-      <c r="BA12" s="14" t="n">
+      <c r="BD12" s="14" t="n">
         <v>82.01</v>
       </c>
-      <c r="BB12" s="14" t="n">
+      <c r="BE12" s="14" t="n">
         <v>82.31</v>
       </c>
-      <c r="BC12" s="14" t="n">
+      <c r="BF12" s="14" t="n">
         <v>80.97</v>
       </c>
-      <c r="BD12" s="14" t="n">
+      <c r="BG12" s="14" t="n">
+        <v>87.53</v>
+      </c>
+      <c r="BH12" s="14" t="n">
         <v>89.33</v>
       </c>
-      <c r="BE12" s="14" t="n">
+      <c r="BI12" s="14" t="n">
         <v>89.0</v>
       </c>
-      <c r="BF12" s="14" t="n">
+      <c r="BJ12" s="14" t="n">
         <v>89.85</v>
       </c>
-      <c r="BG12" s="14" t="n">
+      <c r="BK12" s="14" t="n">
         <v>88.72</v>
       </c>
-      <c r="BH12" s="14" t="n">
+      <c r="BL12" s="14" t="n">
         <v>89.15</v>
       </c>
-      <c r="BI12" s="14" t="n">
+      <c r="BM12" s="14" t="n">
         <v>87.27</v>
       </c>
-      <c r="BJ12" s="14" t="n">
+      <c r="BN12" s="14" t="n">
         <v>86.68</v>
       </c>
-      <c r="BK12" s="14" t="n">
+      <c r="BO12" s="14" t="n">
         <v>86.58</v>
       </c>
-      <c r="BL12" s="14" t="n">
+      <c r="BP12" s="14" t="n">
         <v>87.35</v>
       </c>
-      <c r="BM12" s="14" t="n">
+      <c r="BQ12" s="14" t="n">
         <v>86.71</v>
       </c>
-      <c r="BN12" s="14" t="n">
+      <c r="BR12" s="14" t="n">
         <v>86.14</v>
       </c>
-      <c r="BO12" s="14" t="n">
+      <c r="BS12" s="14" t="n">
         <v>85.62</v>
       </c>
-      <c r="BP12" s="14" t="n">
+      <c r="BT12" s="14" t="n">
         <v>85.37</v>
       </c>
-      <c r="BQ12" s="14" t="n">
+      <c r="BU12" s="14" t="n">
         <v>86.45</v>
       </c>
-      <c r="BR12" s="14" t="n">
+      <c r="BV12" s="14" t="n">
         <v>87.84</v>
       </c>
-      <c r="BS12" s="14" t="n">
+      <c r="BW12" s="14" t="n">
         <v>85.7</v>
       </c>
-      <c r="BT12" s="14" t="n">
+      <c r="BX12" s="14" t="n">
         <v>84.92</v>
       </c>
-      <c r="BU12" s="14" t="n">
+      <c r="BY12" s="14" t="n">
         <v>83.19</v>
       </c>
-      <c r="BV12" s="14" t="n">
+      <c r="BZ12" s="14" t="n">
+        <v>89.62</v>
+      </c>
+      <c r="CA12" s="14" t="n">
         <v>90.4</v>
       </c>
-      <c r="BW12" s="14" t="n">
+      <c r="CB12" s="14" t="n">
         <v>88.56</v>
       </c>
-      <c r="BX12" s="14" t="n">
+      <c r="CC12" s="14" t="n">
         <v>88.96</v>
       </c>
-      <c r="BY12" s="14" t="n">
+      <c r="CD12" s="14" t="n">
         <v>89.19</v>
       </c>
-      <c r="BZ12" s="14" t="n">
+      <c r="CE12" s="14" t="n">
         <v>90.04</v>
       </c>
-      <c r="CA12" s="14" t="n">
+      <c r="CF12" s="14" t="n">
         <v>88.96</v>
       </c>
-      <c r="CB12" s="14" t="n">
+      <c r="CG12" s="14" t="n">
         <v>88.97</v>
       </c>
-      <c r="CC12" s="14" t="n">
+      <c r="CH12" s="14" t="n">
         <v>87.91</v>
       </c>
-      <c r="CD12" s="14" t="n">
+      <c r="CI12" s="14" t="n">
         <v>88.29</v>
       </c>
-      <c r="CE12" s="14" t="n">
+      <c r="CJ12" s="14" t="n">
         <v>87.72</v>
       </c>
-      <c r="CF12" s="14" t="n">
+      <c r="CK12" s="14" t="n">
         <v>88.97</v>
       </c>
-      <c r="CG12" s="14" t="n">
+      <c r="CL12" s="14" t="n">
         <v>87.67</v>
       </c>
-      <c r="CH12" s="14" t="n">
+      <c r="CM12" s="14" t="n">
         <v>88.68</v>
       </c>
-      <c r="CI12" s="14" t="n">
+      <c r="CN12" s="14" t="n">
         <v>88.28</v>
       </c>
-      <c r="CJ12" s="14" t="n">
+      <c r="CO12" s="14" t="n">
         <v>88.09</v>
       </c>
-      <c r="CK12" s="14" t="n">
+      <c r="CP12" s="14" t="n">
         <v>86.5</v>
       </c>
-      <c r="CL12" s="14" t="n">
+      <c r="CQ12" s="14" t="n">
         <v>87.35</v>
       </c>
-      <c r="CM12" s="14" t="n">
+      <c r="CR12" s="14" t="n">
         <v>86.0</v>
       </c>
-      <c r="CN12" s="14" t="n">
+      <c r="CS12" s="14" t="n">
+        <v>88.39</v>
+      </c>
+      <c r="CT12" s="14" t="n">
         <v>89.78</v>
       </c>
-      <c r="CO12" s="14" t="n">
+      <c r="CU12" s="14" t="n">
         <v>89.63</v>
       </c>
-      <c r="CP12" s="14" t="n">
+      <c r="CV12" s="14" t="n">
         <v>89.12</v>
       </c>
-      <c r="CQ12" s="14" t="n">
+      <c r="CW12" s="14" t="n">
         <v>89.49</v>
       </c>
-      <c r="CR12" s="14" t="n">
+      <c r="CX12" s="14" t="n">
         <v>89.1</v>
       </c>
-      <c r="CS12" s="14" t="n">
+      <c r="CY12" s="14" t="n">
         <v>88.88</v>
       </c>
-      <c r="CT12" s="14" t="n">
+      <c r="CZ12" s="14" t="n">
         <v>89.05</v>
       </c>
-      <c r="CU12" s="14" t="n">
+      <c r="DA12" s="14" t="n">
         <v>88.45</v>
       </c>
-      <c r="CV12" s="14" t="n">
+      <c r="DB12" s="14" t="n">
         <v>89.54</v>
       </c>
-      <c r="CW12" s="14" t="n">
+      <c r="DC12" s="14" t="n">
         <v>87.66</v>
       </c>
-      <c r="CX12" s="14" t="n">
+      <c r="DD12" s="14" t="n">
         <v>88.13</v>
       </c>
-      <c r="CY12" s="14" t="n">
+      <c r="DE12" s="14" t="n">
         <v>88.72</v>
       </c>
-      <c r="CZ12" s="14" t="n">
+      <c r="DF12" s="14" t="n">
         <v>88.12</v>
       </c>
-      <c r="DA12" s="14" t="n">
+      <c r="DG12" s="14" t="n">
         <v>87.18</v>
       </c>
-      <c r="DB12" s="14" t="n">
+      <c r="DH12" s="14" t="n">
         <v>87.67</v>
       </c>
-      <c r="DC12" s="14" t="n">
+      <c r="DI12" s="14" t="n">
         <v>85.96</v>
       </c>
-      <c r="DD12" s="14" t="n">
+      <c r="DJ12" s="14" t="n">
         <v>85.76</v>
       </c>
-      <c r="DE12" s="14" t="n">
+      <c r="DK12" s="14" t="n">
         <v>84.94</v>
       </c>
-      <c r="DF12" s="14" t="n">
+      <c r="DL12" s="14" t="n">
+        <v>88.67</v>
+      </c>
+      <c r="DM12" s="14" t="n">
         <v>90.35</v>
       </c>
-      <c r="DG12" s="14" t="n">
+      <c r="DN12" s="14" t="n">
         <v>88.82</v>
       </c>
-      <c r="DH12" s="14" t="n">
+      <c r="DO12" s="14" t="n">
         <v>88.89</v>
       </c>
-      <c r="DI12" s="14" t="n">
+      <c r="DP12" s="14" t="n">
         <v>87.28</v>
       </c>
-      <c r="DJ12" s="14" t="n">
+      <c r="DQ12" s="14" t="n">
         <v>87.45</v>
       </c>
-      <c r="DK12" s="14" t="n">
+      <c r="DR12" s="14" t="n">
         <v>86.95</v>
       </c>
-      <c r="DL12" s="14" t="n">
+      <c r="DS12" s="14" t="n">
         <v>87.14</v>
       </c>
-      <c r="DM12" s="14" t="n">
+      <c r="DT12" s="14" t="n">
         <v>86.96</v>
       </c>
-      <c r="DN12" s="14" t="n">
+      <c r="DU12" s="14" t="n">
         <v>87.31</v>
       </c>
-      <c r="DO12" s="14" t="n">
+      <c r="DV12" s="14" t="n">
         <v>86.71</v>
       </c>
-      <c r="DP12" s="14" t="n">
+      <c r="DW12" s="14" t="n">
         <v>87.17</v>
       </c>
-      <c r="DQ12" s="14" t="n">
+      <c r="DX12" s="14" t="n">
         <v>86.25</v>
       </c>
-      <c r="DR12" s="14" t="n">
+      <c r="DY12" s="14" t="n">
         <v>86.57</v>
       </c>
-      <c r="DS12" s="14" t="n">
+      <c r="DZ12" s="14" t="n">
         <v>86.36</v>
       </c>
-      <c r="DT12" s="14" t="n">
+      <c r="EA12" s="14" t="n">
         <v>87.23</v>
       </c>
-      <c r="DU12" s="14" t="n">
+      <c r="EB12" s="14" t="n">
         <v>85.41</v>
       </c>
-      <c r="DV12" s="14" t="n">
+      <c r="EC12" s="14" t="n">
         <v>83.95</v>
       </c>
-      <c r="DW12" s="14" t="n">
+      <c r="ED12" s="14" t="n">
         <v>81.96</v>
       </c>
-      <c r="DX12" s="14" t="n">
+      <c r="EE12" s="14" t="n">
+        <v>75.67</v>
+      </c>
+      <c r="EF12" s="14" t="n">
         <v>76.01</v>
       </c>
-      <c r="DY12" s="14" t="n">
+      <c r="EG12" s="14" t="n">
         <v>75.08</v>
       </c>
-      <c r="DZ12" s="14" t="n">
+      <c r="EH12" s="14" t="n">
         <v>75.7</v>
       </c>
-      <c r="EA12" s="14" t="n">
+      <c r="EI12" s="14" t="n">
         <v>74.19</v>
       </c>
-      <c r="EB12" s="14" t="n">
+      <c r="EJ12" s="14" t="n">
         <v>74.67</v>
       </c>
-      <c r="EC12" s="14" t="n">
+      <c r="EK12" s="14" t="n">
         <v>73.55</v>
       </c>
-      <c r="ED12" s="14" t="n">
+      <c r="EL12" s="14" t="n">
         <v>73.17</v>
       </c>
-      <c r="EE12" s="14" t="n">
+      <c r="EM12" s="14" t="n">
         <v>73.19</v>
       </c>
-      <c r="EF12" s="14" t="n">
+      <c r="EN12" s="14" t="n">
         <v>72.55</v>
       </c>
-      <c r="EG12" s="14" t="n">
+      <c r="EO12" s="14" t="n">
         <v>72.21</v>
       </c>
-      <c r="EH12" s="14" t="n">
+      <c r="EP12" s="14" t="n">
         <v>71.95</v>
       </c>
-      <c r="EI12" s="14" t="n">
+      <c r="EQ12" s="14" t="n">
         <v>72.12</v>
       </c>
-      <c r="EJ12" s="14" t="n">
+      <c r="ER12" s="14" t="n">
         <v>71.31</v>
       </c>
-      <c r="EK12" s="14" t="n">
+      <c r="ES12" s="14" t="n">
         <v>71.39</v>
       </c>
-      <c r="EL12" s="14" t="n">
+      <c r="ET12" s="14" t="n">
         <v>72.07</v>
       </c>
-      <c r="EM12" s="14" t="n">
+      <c r="EU12" s="14" t="n">
         <v>71.32</v>
       </c>
-      <c r="EN12" s="14" t="n">
+      <c r="EV12" s="14" t="n">
         <v>70.82</v>
       </c>
-      <c r="EO12" s="14" t="n">
+      <c r="EW12" s="14" t="n">
         <v>70.95</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
           <t>Notas:</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
           <t xml:space="preserve">Fuente: </t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="14">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A5:K5"/>
     <mergeCell ref="A6:K6"/>
-    <mergeCell ref="B7:S7"/>
-[...6 lines deleted...]
-    <mergeCell ref="DX7:EO7"/>
+    <mergeCell ref="B7:T7"/>
+    <mergeCell ref="U7:AM7"/>
+    <mergeCell ref="AN7:BF7"/>
+    <mergeCell ref="BG7:BY7"/>
+    <mergeCell ref="BZ7:CR7"/>
+    <mergeCell ref="CS7:DK7"/>
+    <mergeCell ref="DL7:ED7"/>
+    <mergeCell ref="EE7:EW7"/>
   </mergeCells>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>