--- v1 (2025-12-13)
+++ v2 (2026-01-29)
@@ -244,51 +244,51 @@
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="8" xfId="0" applyFill="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="6" fillId="5" borderId="8" xfId="0" applyFill="true" applyBorder="true" applyFont="true"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="8" xfId="0" applyFill="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="5" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="4" fontId="7" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true" applyNumberFormat="true">
       <alignment horizontal="right"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:EW18"/>
+  <dimension ref="A1:FE18"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="39.0625" customWidth="true"/>
     <col min="2" max="2" width="19.53125" customWidth="true"/>
     <col min="3" max="3" width="19.53125" customWidth="true"/>
     <col min="4" max="4" width="19.53125" customWidth="true"/>
     <col min="5" max="5" width="19.53125" customWidth="true"/>
     <col min="6" max="6" width="19.53125" customWidth="true"/>
     <col min="7" max="7" width="19.53125" customWidth="true"/>
     <col min="8" max="8" width="19.53125" customWidth="true"/>
     <col min="9" max="9" width="19.53125" customWidth="true"/>
     <col min="10" max="10" width="19.53125" customWidth="true"/>
     <col min="11" max="11" width="19.53125" customWidth="true"/>
     <col min="12" max="12" width="19.53125" customWidth="true"/>
     <col min="13" max="13" width="19.53125" customWidth="true"/>
     <col min="14" max="14" width="19.53125" customWidth="true"/>
     <col min="15" max="15" width="19.53125" customWidth="true"/>
     <col min="16" max="16" width="19.53125" customWidth="true"/>
     <col min="17" max="17" width="19.53125" customWidth="true"/>
     <col min="18" max="18" width="19.53125" customWidth="true"/>
     <col min="19" max="19" width="19.53125" customWidth="true"/>
     <col min="20" max="20" width="19.53125" customWidth="true"/>
@@ -403,50 +403,58 @@
     <col min="129" max="129" width="19.53125" customWidth="true"/>
     <col min="130" max="130" width="19.53125" customWidth="true"/>
     <col min="131" max="131" width="19.53125" customWidth="true"/>
     <col min="132" max="132" width="19.53125" customWidth="true"/>
     <col min="133" max="133" width="19.53125" customWidth="true"/>
     <col min="134" max="134" width="19.53125" customWidth="true"/>
     <col min="135" max="135" width="19.53125" customWidth="true"/>
     <col min="136" max="136" width="19.53125" customWidth="true"/>
     <col min="137" max="137" width="19.53125" customWidth="true"/>
     <col min="138" max="138" width="19.53125" customWidth="true"/>
     <col min="139" max="139" width="19.53125" customWidth="true"/>
     <col min="140" max="140" width="19.53125" customWidth="true"/>
     <col min="141" max="141" width="19.53125" customWidth="true"/>
     <col min="142" max="142" width="19.53125" customWidth="true"/>
     <col min="143" max="143" width="19.53125" customWidth="true"/>
     <col min="144" max="144" width="19.53125" customWidth="true"/>
     <col min="145" max="145" width="19.53125" customWidth="true"/>
     <col min="146" max="146" width="19.53125" customWidth="true"/>
     <col min="147" max="147" width="19.53125" customWidth="true"/>
     <col min="148" max="148" width="19.53125" customWidth="true"/>
     <col min="149" max="149" width="19.53125" customWidth="true"/>
     <col min="150" max="150" width="19.53125" customWidth="true"/>
     <col min="151" max="151" width="19.53125" customWidth="true"/>
     <col min="152" max="152" width="19.53125" customWidth="true"/>
     <col min="153" max="153" width="19.53125" customWidth="true"/>
+    <col min="154" max="154" width="19.53125" customWidth="true"/>
+    <col min="155" max="155" width="19.53125" customWidth="true"/>
+    <col min="156" max="156" width="19.53125" customWidth="true"/>
+    <col min="157" max="157" width="19.53125" customWidth="true"/>
+    <col min="158" max="158" width="19.53125" customWidth="true"/>
+    <col min="159" max="159" width="19.53125" customWidth="true"/>
+    <col min="160" max="160" width="19.53125" customWidth="true"/>
+    <col min="161" max="161" width="19.53125" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Employment</t>
         </is>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
     </row>
     <row r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
           <t>Quarterly</t>
         </is>
       </c>
@@ -536,2860 +544,3004 @@
         </is>
       </c>
       <c r="B7" s="6" t="inlineStr">
         <is>
           <t>From 20 to 24 years</t>
         </is>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6"/>
       <c r="E7" s="6"/>
       <c r="F7" s="6"/>
       <c r="G7" s="6"/>
       <c r="H7" s="6"/>
       <c r="I7" s="6"/>
       <c r="J7" s="6"/>
       <c r="K7" s="6"/>
       <c r="L7" s="6"/>
       <c r="M7" s="6"/>
       <c r="N7" s="6"/>
       <c r="O7" s="6"/>
       <c r="P7" s="6"/>
       <c r="Q7" s="6"/>
       <c r="R7" s="6"/>
       <c r="S7" s="6"/>
       <c r="T7" s="6"/>
-      <c r="U7" s="6" t="inlineStr">
+      <c r="U7" s="6"/>
+      <c r="V7" s="6" t="inlineStr">
         <is>
           <t xml:space="preserve">From 25 to 29 years  </t>
         </is>
       </c>
-      <c r="V7" s="6"/>
       <c r="W7" s="6"/>
       <c r="X7" s="6"/>
       <c r="Y7" s="6"/>
       <c r="Z7" s="6"/>
       <c r="AA7" s="6"/>
       <c r="AB7" s="6"/>
       <c r="AC7" s="6"/>
       <c r="AD7" s="6"/>
       <c r="AE7" s="6"/>
       <c r="AF7" s="6"/>
       <c r="AG7" s="6"/>
       <c r="AH7" s="6"/>
       <c r="AI7" s="6"/>
       <c r="AJ7" s="6"/>
       <c r="AK7" s="6"/>
       <c r="AL7" s="6"/>
       <c r="AM7" s="6"/>
-      <c r="AN7" s="6" t="inlineStr">
+      <c r="AN7" s="6"/>
+      <c r="AO7" s="6"/>
+      <c r="AP7" s="6" t="inlineStr">
         <is>
           <t>From 30 to 34 years old</t>
         </is>
       </c>
-      <c r="AO7" s="6"/>
-      <c r="AP7" s="6"/>
       <c r="AQ7" s="6"/>
       <c r="AR7" s="6"/>
       <c r="AS7" s="6"/>
       <c r="AT7" s="6"/>
       <c r="AU7" s="6"/>
       <c r="AV7" s="6"/>
       <c r="AW7" s="6"/>
       <c r="AX7" s="6"/>
       <c r="AY7" s="6"/>
       <c r="AZ7" s="6"/>
       <c r="BA7" s="6"/>
       <c r="BB7" s="6"/>
       <c r="BC7" s="6"/>
       <c r="BD7" s="6"/>
       <c r="BE7" s="6"/>
       <c r="BF7" s="6"/>
-      <c r="BG7" s="6" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="BG7" s="6"/>
       <c r="BH7" s="6"/>
       <c r="BI7" s="6"/>
-      <c r="BJ7" s="6"/>
+      <c r="BJ7" s="6" t="inlineStr">
+        <is>
+          <t>From 35 to 39 years old</t>
+        </is>
+      </c>
       <c r="BK7" s="6"/>
       <c r="BL7" s="6"/>
       <c r="BM7" s="6"/>
       <c r="BN7" s="6"/>
       <c r="BO7" s="6"/>
       <c r="BP7" s="6"/>
       <c r="BQ7" s="6"/>
       <c r="BR7" s="6"/>
       <c r="BS7" s="6"/>
       <c r="BT7" s="6"/>
       <c r="BU7" s="6"/>
       <c r="BV7" s="6"/>
       <c r="BW7" s="6"/>
       <c r="BX7" s="6"/>
       <c r="BY7" s="6"/>
-      <c r="BZ7" s="6" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="BZ7" s="6"/>
       <c r="CA7" s="6"/>
       <c r="CB7" s="6"/>
       <c r="CC7" s="6"/>
-      <c r="CD7" s="6"/>
+      <c r="CD7" s="6" t="inlineStr">
+        <is>
+          <t xml:space="preserve">From 40 to 44 years  </t>
+        </is>
+      </c>
       <c r="CE7" s="6"/>
       <c r="CF7" s="6"/>
       <c r="CG7" s="6"/>
       <c r="CH7" s="6"/>
       <c r="CI7" s="6"/>
       <c r="CJ7" s="6"/>
       <c r="CK7" s="6"/>
       <c r="CL7" s="6"/>
       <c r="CM7" s="6"/>
       <c r="CN7" s="6"/>
       <c r="CO7" s="6"/>
       <c r="CP7" s="6"/>
       <c r="CQ7" s="6"/>
       <c r="CR7" s="6"/>
-      <c r="CS7" s="6" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="CS7" s="6"/>
       <c r="CT7" s="6"/>
       <c r="CU7" s="6"/>
       <c r="CV7" s="6"/>
       <c r="CW7" s="6"/>
-      <c r="CX7" s="6"/>
+      <c r="CX7" s="6" t="inlineStr">
+        <is>
+          <t>From 45 to 49 years old</t>
+        </is>
+      </c>
       <c r="CY7" s="6"/>
       <c r="CZ7" s="6"/>
       <c r="DA7" s="6"/>
       <c r="DB7" s="6"/>
       <c r="DC7" s="6"/>
       <c r="DD7" s="6"/>
       <c r="DE7" s="6"/>
       <c r="DF7" s="6"/>
       <c r="DG7" s="6"/>
       <c r="DH7" s="6"/>
       <c r="DI7" s="6"/>
       <c r="DJ7" s="6"/>
       <c r="DK7" s="6"/>
-      <c r="DL7" s="6" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="DL7" s="6"/>
       <c r="DM7" s="6"/>
       <c r="DN7" s="6"/>
       <c r="DO7" s="6"/>
       <c r="DP7" s="6"/>
       <c r="DQ7" s="6"/>
-      <c r="DR7" s="6"/>
+      <c r="DR7" s="6" t="inlineStr">
+        <is>
+          <t>From 50 to 54 years old</t>
+        </is>
+      </c>
       <c r="DS7" s="6"/>
       <c r="DT7" s="6"/>
       <c r="DU7" s="6"/>
       <c r="DV7" s="6"/>
       <c r="DW7" s="6"/>
       <c r="DX7" s="6"/>
       <c r="DY7" s="6"/>
       <c r="DZ7" s="6"/>
       <c r="EA7" s="6"/>
       <c r="EB7" s="6"/>
       <c r="EC7" s="6"/>
       <c r="ED7" s="6"/>
-      <c r="EE7" s="6" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="EE7" s="6"/>
       <c r="EF7" s="6"/>
       <c r="EG7" s="6"/>
       <c r="EH7" s="6"/>
       <c r="EI7" s="6"/>
       <c r="EJ7" s="6"/>
       <c r="EK7" s="6"/>
-      <c r="EL7" s="6"/>
+      <c r="EL7" s="6" t="inlineStr">
+        <is>
+          <t>From 55 to 64 years</t>
+        </is>
+      </c>
       <c r="EM7" s="6"/>
       <c r="EN7" s="6"/>
       <c r="EO7" s="6"/>
       <c r="EP7" s="6"/>
       <c r="EQ7" s="6"/>
       <c r="ER7" s="6"/>
       <c r="ES7" s="6"/>
       <c r="ET7" s="6"/>
       <c r="EU7" s="6"/>
       <c r="EV7" s="6"/>
       <c r="EW7" s="6"/>
+      <c r="EX7" s="6"/>
+      <c r="EY7" s="6"/>
+      <c r="EZ7" s="6"/>
+      <c r="FA7" s="6"/>
+      <c r="FB7" s="6"/>
+      <c r="FC7" s="6"/>
+      <c r="FD7" s="6"/>
+      <c r="FE7" s="6"/>
     </row>
     <row r="8">
       <c r="A8" s="12" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
+          <t>2025QIV</t>
+        </is>
+      </c>
+      <c r="C8" s="7" t="inlineStr">
+        <is>
           <t>2025QIII</t>
         </is>
       </c>
-      <c r="C8" s="7" t="inlineStr">
+      <c r="D8" s="7" t="inlineStr">
         <is>
           <t>2025QII</t>
         </is>
       </c>
-      <c r="D8" s="7" t="inlineStr">
+      <c r="E8" s="7" t="inlineStr">
         <is>
           <t>2025QI</t>
         </is>
       </c>
-      <c r="E8" s="7" t="inlineStr">
+      <c r="F8" s="7" t="inlineStr">
         <is>
           <t>2024QIV</t>
         </is>
       </c>
-      <c r="F8" s="7" t="inlineStr">
+      <c r="G8" s="7" t="inlineStr">
         <is>
           <t>2024QIII</t>
         </is>
       </c>
-      <c r="G8" s="7" t="inlineStr">
+      <c r="H8" s="7" t="inlineStr">
         <is>
           <t>2024QII</t>
         </is>
       </c>
-      <c r="H8" s="7" t="inlineStr">
+      <c r="I8" s="7" t="inlineStr">
         <is>
           <t>2024QI</t>
         </is>
       </c>
-      <c r="I8" s="7" t="inlineStr">
+      <c r="J8" s="7" t="inlineStr">
         <is>
           <t>2023QIV</t>
         </is>
       </c>
-      <c r="J8" s="7" t="inlineStr">
+      <c r="K8" s="7" t="inlineStr">
         <is>
           <t>2023QIII</t>
         </is>
       </c>
-      <c r="K8" s="7" t="inlineStr">
+      <c r="L8" s="7" t="inlineStr">
         <is>
           <t>2023QII</t>
         </is>
       </c>
-      <c r="L8" s="7" t="inlineStr">
+      <c r="M8" s="7" t="inlineStr">
         <is>
           <t>2023QI</t>
         </is>
       </c>
-      <c r="M8" s="7" t="inlineStr">
+      <c r="N8" s="7" t="inlineStr">
         <is>
           <t>2022QIV</t>
         </is>
       </c>
-      <c r="N8" s="7" t="inlineStr">
+      <c r="O8" s="7" t="inlineStr">
         <is>
           <t>2022QIII</t>
         </is>
       </c>
-      <c r="O8" s="7" t="inlineStr">
+      <c r="P8" s="7" t="inlineStr">
         <is>
           <t>2022QII</t>
         </is>
       </c>
-      <c r="P8" s="7" t="inlineStr">
+      <c r="Q8" s="7" t="inlineStr">
         <is>
           <t>2022QI</t>
         </is>
       </c>
-      <c r="Q8" s="7" t="inlineStr">
+      <c r="R8" s="7" t="inlineStr">
         <is>
           <t>2021QIV</t>
         </is>
       </c>
-      <c r="R8" s="7" t="inlineStr">
+      <c r="S8" s="7" t="inlineStr">
         <is>
           <t>2021QIII</t>
         </is>
       </c>
-      <c r="S8" s="7" t="inlineStr">
+      <c r="T8" s="7" t="inlineStr">
         <is>
           <t>2021QII</t>
         </is>
       </c>
-      <c r="T8" s="7" t="inlineStr">
+      <c r="U8" s="7" t="inlineStr">
         <is>
           <t>2021QI</t>
         </is>
       </c>
-      <c r="U8" s="7" t="inlineStr">
+      <c r="V8" s="7" t="inlineStr">
+        <is>
+          <t>2025QIV</t>
+        </is>
+      </c>
+      <c r="W8" s="7" t="inlineStr">
         <is>
           <t>2025QIII</t>
         </is>
       </c>
-      <c r="V8" s="7" t="inlineStr">
+      <c r="X8" s="7" t="inlineStr">
         <is>
           <t>2025QII</t>
         </is>
       </c>
-      <c r="W8" s="7" t="inlineStr">
+      <c r="Y8" s="7" t="inlineStr">
         <is>
           <t>2025QI</t>
         </is>
       </c>
-      <c r="X8" s="7" t="inlineStr">
+      <c r="Z8" s="7" t="inlineStr">
         <is>
           <t>2024QIV</t>
         </is>
       </c>
-      <c r="Y8" s="7" t="inlineStr">
+      <c r="AA8" s="7" t="inlineStr">
         <is>
           <t>2024QIII</t>
         </is>
       </c>
-      <c r="Z8" s="7" t="inlineStr">
+      <c r="AB8" s="7" t="inlineStr">
         <is>
           <t>2024QII</t>
         </is>
       </c>
-      <c r="AA8" s="7" t="inlineStr">
+      <c r="AC8" s="7" t="inlineStr">
         <is>
           <t>2024QI</t>
         </is>
       </c>
-      <c r="AB8" s="7" t="inlineStr">
+      <c r="AD8" s="7" t="inlineStr">
         <is>
           <t>2023QIV</t>
         </is>
       </c>
-      <c r="AC8" s="7" t="inlineStr">
+      <c r="AE8" s="7" t="inlineStr">
         <is>
           <t>2023QIII</t>
         </is>
       </c>
-      <c r="AD8" s="7" t="inlineStr">
+      <c r="AF8" s="7" t="inlineStr">
         <is>
           <t>2023QII</t>
         </is>
       </c>
-      <c r="AE8" s="7" t="inlineStr">
+      <c r="AG8" s="7" t="inlineStr">
         <is>
           <t>2023QI</t>
         </is>
       </c>
-      <c r="AF8" s="7" t="inlineStr">
+      <c r="AH8" s="7" t="inlineStr">
         <is>
           <t>2022QIV</t>
         </is>
       </c>
-      <c r="AG8" s="7" t="inlineStr">
+      <c r="AI8" s="7" t="inlineStr">
         <is>
           <t>2022QIII</t>
         </is>
       </c>
-      <c r="AH8" s="7" t="inlineStr">
+      <c r="AJ8" s="7" t="inlineStr">
         <is>
           <t>2022QII</t>
         </is>
       </c>
-      <c r="AI8" s="7" t="inlineStr">
+      <c r="AK8" s="7" t="inlineStr">
         <is>
           <t>2022QI</t>
         </is>
       </c>
-      <c r="AJ8" s="7" t="inlineStr">
+      <c r="AL8" s="7" t="inlineStr">
         <is>
           <t>2021QIV</t>
         </is>
       </c>
-      <c r="AK8" s="7" t="inlineStr">
+      <c r="AM8" s="7" t="inlineStr">
         <is>
           <t>2021QIII</t>
         </is>
       </c>
-      <c r="AL8" s="7" t="inlineStr">
+      <c r="AN8" s="7" t="inlineStr">
         <is>
           <t>2021QII</t>
         </is>
       </c>
-      <c r="AM8" s="7" t="inlineStr">
+      <c r="AO8" s="7" t="inlineStr">
         <is>
           <t>2021QI</t>
         </is>
       </c>
-      <c r="AN8" s="7" t="inlineStr">
+      <c r="AP8" s="7" t="inlineStr">
+        <is>
+          <t>2025QIV</t>
+        </is>
+      </c>
+      <c r="AQ8" s="7" t="inlineStr">
         <is>
           <t>2025QIII</t>
         </is>
       </c>
-      <c r="AO8" s="7" t="inlineStr">
+      <c r="AR8" s="7" t="inlineStr">
         <is>
           <t>2025QII</t>
         </is>
       </c>
-      <c r="AP8" s="7" t="inlineStr">
+      <c r="AS8" s="7" t="inlineStr">
         <is>
           <t>2025QI</t>
         </is>
       </c>
-      <c r="AQ8" s="7" t="inlineStr">
+      <c r="AT8" s="7" t="inlineStr">
         <is>
           <t>2024QIV</t>
         </is>
       </c>
-      <c r="AR8" s="7" t="inlineStr">
+      <c r="AU8" s="7" t="inlineStr">
         <is>
           <t>2024QIII</t>
         </is>
       </c>
-      <c r="AS8" s="7" t="inlineStr">
+      <c r="AV8" s="7" t="inlineStr">
         <is>
           <t>2024QII</t>
         </is>
       </c>
-      <c r="AT8" s="7" t="inlineStr">
+      <c r="AW8" s="7" t="inlineStr">
         <is>
           <t>2024QI</t>
         </is>
       </c>
-      <c r="AU8" s="7" t="inlineStr">
+      <c r="AX8" s="7" t="inlineStr">
         <is>
           <t>2023QIV</t>
         </is>
       </c>
-      <c r="AV8" s="7" t="inlineStr">
+      <c r="AY8" s="7" t="inlineStr">
         <is>
           <t>2023QIII</t>
         </is>
       </c>
-      <c r="AW8" s="7" t="inlineStr">
+      <c r="AZ8" s="7" t="inlineStr">
         <is>
           <t>2023QII</t>
         </is>
       </c>
-      <c r="AX8" s="7" t="inlineStr">
+      <c r="BA8" s="7" t="inlineStr">
         <is>
           <t>2023QI</t>
         </is>
       </c>
-      <c r="AY8" s="7" t="inlineStr">
+      <c r="BB8" s="7" t="inlineStr">
         <is>
           <t>2022QIV</t>
         </is>
       </c>
-      <c r="AZ8" s="7" t="inlineStr">
+      <c r="BC8" s="7" t="inlineStr">
         <is>
           <t>2022QIII</t>
         </is>
       </c>
-      <c r="BA8" s="7" t="inlineStr">
+      <c r="BD8" s="7" t="inlineStr">
         <is>
           <t>2022QII</t>
         </is>
       </c>
-      <c r="BB8" s="7" t="inlineStr">
+      <c r="BE8" s="7" t="inlineStr">
         <is>
           <t>2022QI</t>
         </is>
       </c>
-      <c r="BC8" s="7" t="inlineStr">
+      <c r="BF8" s="7" t="inlineStr">
         <is>
           <t>2021QIV</t>
         </is>
       </c>
-      <c r="BD8" s="7" t="inlineStr">
+      <c r="BG8" s="7" t="inlineStr">
         <is>
           <t>2021QIII</t>
         </is>
       </c>
-      <c r="BE8" s="7" t="inlineStr">
+      <c r="BH8" s="7" t="inlineStr">
         <is>
           <t>2021QII</t>
         </is>
       </c>
-      <c r="BF8" s="7" t="inlineStr">
+      <c r="BI8" s="7" t="inlineStr">
         <is>
           <t>2021QI</t>
         </is>
       </c>
-      <c r="BG8" s="7" t="inlineStr">
+      <c r="BJ8" s="7" t="inlineStr">
+        <is>
+          <t>2025QIV</t>
+        </is>
+      </c>
+      <c r="BK8" s="7" t="inlineStr">
         <is>
           <t>2025QIII</t>
         </is>
       </c>
-      <c r="BH8" s="7" t="inlineStr">
+      <c r="BL8" s="7" t="inlineStr">
         <is>
           <t>2025QII</t>
         </is>
       </c>
-      <c r="BI8" s="7" t="inlineStr">
+      <c r="BM8" s="7" t="inlineStr">
         <is>
           <t>2025QI</t>
         </is>
       </c>
-      <c r="BJ8" s="7" t="inlineStr">
+      <c r="BN8" s="7" t="inlineStr">
         <is>
           <t>2024QIV</t>
         </is>
       </c>
-      <c r="BK8" s="7" t="inlineStr">
+      <c r="BO8" s="7" t="inlineStr">
         <is>
           <t>2024QIII</t>
         </is>
       </c>
-      <c r="BL8" s="7" t="inlineStr">
+      <c r="BP8" s="7" t="inlineStr">
         <is>
           <t>2024QII</t>
         </is>
       </c>
-      <c r="BM8" s="7" t="inlineStr">
+      <c r="BQ8" s="7" t="inlineStr">
         <is>
           <t>2024QI</t>
         </is>
       </c>
-      <c r="BN8" s="7" t="inlineStr">
+      <c r="BR8" s="7" t="inlineStr">
         <is>
           <t>2023QIV</t>
         </is>
       </c>
-      <c r="BO8" s="7" t="inlineStr">
+      <c r="BS8" s="7" t="inlineStr">
         <is>
           <t>2023QIII</t>
         </is>
       </c>
-      <c r="BP8" s="7" t="inlineStr">
+      <c r="BT8" s="7" t="inlineStr">
         <is>
           <t>2023QII</t>
         </is>
       </c>
-      <c r="BQ8" s="7" t="inlineStr">
+      <c r="BU8" s="7" t="inlineStr">
         <is>
           <t>2023QI</t>
         </is>
       </c>
-      <c r="BR8" s="7" t="inlineStr">
+      <c r="BV8" s="7" t="inlineStr">
         <is>
           <t>2022QIV</t>
         </is>
       </c>
-      <c r="BS8" s="7" t="inlineStr">
+      <c r="BW8" s="7" t="inlineStr">
         <is>
           <t>2022QIII</t>
         </is>
       </c>
-      <c r="BT8" s="7" t="inlineStr">
+      <c r="BX8" s="7" t="inlineStr">
         <is>
           <t>2022QII</t>
         </is>
       </c>
-      <c r="BU8" s="7" t="inlineStr">
+      <c r="BY8" s="7" t="inlineStr">
         <is>
           <t>2022QI</t>
         </is>
       </c>
-      <c r="BV8" s="7" t="inlineStr">
+      <c r="BZ8" s="7" t="inlineStr">
         <is>
           <t>2021QIV</t>
         </is>
       </c>
-      <c r="BW8" s="7" t="inlineStr">
+      <c r="CA8" s="7" t="inlineStr">
         <is>
           <t>2021QIII</t>
         </is>
       </c>
-      <c r="BX8" s="7" t="inlineStr">
+      <c r="CB8" s="7" t="inlineStr">
         <is>
           <t>2021QII</t>
         </is>
       </c>
-      <c r="BY8" s="7" t="inlineStr">
+      <c r="CC8" s="7" t="inlineStr">
         <is>
           <t>2021QI</t>
         </is>
       </c>
-      <c r="BZ8" s="7" t="inlineStr">
+      <c r="CD8" s="7" t="inlineStr">
+        <is>
+          <t>2025QIV</t>
+        </is>
+      </c>
+      <c r="CE8" s="7" t="inlineStr">
         <is>
           <t>2025QIII</t>
         </is>
       </c>
-      <c r="CA8" s="7" t="inlineStr">
+      <c r="CF8" s="7" t="inlineStr">
         <is>
           <t>2025QII</t>
         </is>
       </c>
-      <c r="CB8" s="7" t="inlineStr">
+      <c r="CG8" s="7" t="inlineStr">
         <is>
           <t>2025QI</t>
         </is>
       </c>
-      <c r="CC8" s="7" t="inlineStr">
+      <c r="CH8" s="7" t="inlineStr">
         <is>
           <t>2024QIV</t>
         </is>
       </c>
-      <c r="CD8" s="7" t="inlineStr">
+      <c r="CI8" s="7" t="inlineStr">
         <is>
           <t>2024QIII</t>
         </is>
       </c>
-      <c r="CE8" s="7" t="inlineStr">
+      <c r="CJ8" s="7" t="inlineStr">
         <is>
           <t>2024QII</t>
         </is>
       </c>
-      <c r="CF8" s="7" t="inlineStr">
+      <c r="CK8" s="7" t="inlineStr">
         <is>
           <t>2024QI</t>
         </is>
       </c>
-      <c r="CG8" s="7" t="inlineStr">
+      <c r="CL8" s="7" t="inlineStr">
         <is>
           <t>2023QIV</t>
         </is>
       </c>
-      <c r="CH8" s="7" t="inlineStr">
+      <c r="CM8" s="7" t="inlineStr">
         <is>
           <t>2023QIII</t>
         </is>
       </c>
-      <c r="CI8" s="7" t="inlineStr">
+      <c r="CN8" s="7" t="inlineStr">
         <is>
           <t>2023QII</t>
         </is>
       </c>
-      <c r="CJ8" s="7" t="inlineStr">
+      <c r="CO8" s="7" t="inlineStr">
         <is>
           <t>2023QI</t>
         </is>
       </c>
-      <c r="CK8" s="7" t="inlineStr">
+      <c r="CP8" s="7" t="inlineStr">
         <is>
           <t>2022QIV</t>
         </is>
       </c>
-      <c r="CL8" s="7" t="inlineStr">
+      <c r="CQ8" s="7" t="inlineStr">
         <is>
           <t>2022QIII</t>
         </is>
       </c>
-      <c r="CM8" s="7" t="inlineStr">
+      <c r="CR8" s="7" t="inlineStr">
         <is>
           <t>2022QII</t>
         </is>
       </c>
-      <c r="CN8" s="7" t="inlineStr">
+      <c r="CS8" s="7" t="inlineStr">
         <is>
           <t>2022QI</t>
         </is>
       </c>
-      <c r="CO8" s="7" t="inlineStr">
+      <c r="CT8" s="7" t="inlineStr">
         <is>
           <t>2021QIV</t>
         </is>
       </c>
-      <c r="CP8" s="7" t="inlineStr">
+      <c r="CU8" s="7" t="inlineStr">
         <is>
           <t>2021QIII</t>
         </is>
       </c>
-      <c r="CQ8" s="7" t="inlineStr">
+      <c r="CV8" s="7" t="inlineStr">
         <is>
           <t>2021QII</t>
         </is>
       </c>
-      <c r="CR8" s="7" t="inlineStr">
+      <c r="CW8" s="7" t="inlineStr">
         <is>
           <t>2021QI</t>
         </is>
       </c>
-      <c r="CS8" s="7" t="inlineStr">
+      <c r="CX8" s="7" t="inlineStr">
+        <is>
+          <t>2025QIV</t>
+        </is>
+      </c>
+      <c r="CY8" s="7" t="inlineStr">
         <is>
           <t>2025QIII</t>
         </is>
       </c>
-      <c r="CT8" s="7" t="inlineStr">
+      <c r="CZ8" s="7" t="inlineStr">
         <is>
           <t>2025QII</t>
         </is>
       </c>
-      <c r="CU8" s="7" t="inlineStr">
+      <c r="DA8" s="7" t="inlineStr">
         <is>
           <t>2025QI</t>
         </is>
       </c>
-      <c r="CV8" s="7" t="inlineStr">
+      <c r="DB8" s="7" t="inlineStr">
         <is>
           <t>2024QIV</t>
         </is>
       </c>
-      <c r="CW8" s="7" t="inlineStr">
+      <c r="DC8" s="7" t="inlineStr">
         <is>
           <t>2024QIII</t>
         </is>
       </c>
-      <c r="CX8" s="7" t="inlineStr">
+      <c r="DD8" s="7" t="inlineStr">
         <is>
           <t>2024QII</t>
         </is>
       </c>
-      <c r="CY8" s="7" t="inlineStr">
+      <c r="DE8" s="7" t="inlineStr">
         <is>
           <t>2024QI</t>
         </is>
       </c>
-      <c r="CZ8" s="7" t="inlineStr">
+      <c r="DF8" s="7" t="inlineStr">
         <is>
           <t>2023QIV</t>
         </is>
       </c>
-      <c r="DA8" s="7" t="inlineStr">
+      <c r="DG8" s="7" t="inlineStr">
         <is>
           <t>2023QIII</t>
         </is>
       </c>
-      <c r="DB8" s="7" t="inlineStr">
+      <c r="DH8" s="7" t="inlineStr">
         <is>
           <t>2023QII</t>
         </is>
       </c>
-      <c r="DC8" s="7" t="inlineStr">
+      <c r="DI8" s="7" t="inlineStr">
         <is>
           <t>2023QI</t>
         </is>
       </c>
-      <c r="DD8" s="7" t="inlineStr">
+      <c r="DJ8" s="7" t="inlineStr">
         <is>
           <t>2022QIV</t>
         </is>
       </c>
-      <c r="DE8" s="7" t="inlineStr">
+      <c r="DK8" s="7" t="inlineStr">
         <is>
           <t>2022QIII</t>
         </is>
       </c>
-      <c r="DF8" s="7" t="inlineStr">
+      <c r="DL8" s="7" t="inlineStr">
         <is>
           <t>2022QII</t>
         </is>
       </c>
-      <c r="DG8" s="7" t="inlineStr">
+      <c r="DM8" s="7" t="inlineStr">
         <is>
           <t>2022QI</t>
         </is>
       </c>
-      <c r="DH8" s="7" t="inlineStr">
+      <c r="DN8" s="7" t="inlineStr">
         <is>
           <t>2021QIV</t>
         </is>
       </c>
-      <c r="DI8" s="7" t="inlineStr">
+      <c r="DO8" s="7" t="inlineStr">
         <is>
           <t>2021QIII</t>
         </is>
       </c>
-      <c r="DJ8" s="7" t="inlineStr">
+      <c r="DP8" s="7" t="inlineStr">
         <is>
           <t>2021QII</t>
         </is>
       </c>
-      <c r="DK8" s="7" t="inlineStr">
+      <c r="DQ8" s="7" t="inlineStr">
         <is>
           <t>2021QI</t>
         </is>
       </c>
-      <c r="DL8" s="7" t="inlineStr">
+      <c r="DR8" s="7" t="inlineStr">
+        <is>
+          <t>2025QIV</t>
+        </is>
+      </c>
+      <c r="DS8" s="7" t="inlineStr">
         <is>
           <t>2025QIII</t>
         </is>
       </c>
-      <c r="DM8" s="7" t="inlineStr">
+      <c r="DT8" s="7" t="inlineStr">
         <is>
           <t>2025QII</t>
         </is>
       </c>
-      <c r="DN8" s="7" t="inlineStr">
+      <c r="DU8" s="7" t="inlineStr">
         <is>
           <t>2025QI</t>
         </is>
       </c>
-      <c r="DO8" s="7" t="inlineStr">
+      <c r="DV8" s="7" t="inlineStr">
         <is>
           <t>2024QIV</t>
         </is>
       </c>
-      <c r="DP8" s="7" t="inlineStr">
+      <c r="DW8" s="7" t="inlineStr">
         <is>
           <t>2024QIII</t>
         </is>
       </c>
-      <c r="DQ8" s="7" t="inlineStr">
+      <c r="DX8" s="7" t="inlineStr">
         <is>
           <t>2024QII</t>
         </is>
       </c>
-      <c r="DR8" s="7" t="inlineStr">
+      <c r="DY8" s="7" t="inlineStr">
         <is>
           <t>2024QI</t>
         </is>
       </c>
-      <c r="DS8" s="7" t="inlineStr">
+      <c r="DZ8" s="7" t="inlineStr">
         <is>
           <t>2023QIV</t>
         </is>
       </c>
-      <c r="DT8" s="7" t="inlineStr">
+      <c r="EA8" s="7" t="inlineStr">
         <is>
           <t>2023QIII</t>
         </is>
       </c>
-      <c r="DU8" s="7" t="inlineStr">
+      <c r="EB8" s="7" t="inlineStr">
         <is>
           <t>2023QII</t>
         </is>
       </c>
-      <c r="DV8" s="7" t="inlineStr">
+      <c r="EC8" s="7" t="inlineStr">
         <is>
           <t>2023QI</t>
         </is>
       </c>
-      <c r="DW8" s="7" t="inlineStr">
+      <c r="ED8" s="7" t="inlineStr">
         <is>
           <t>2022QIV</t>
         </is>
       </c>
-      <c r="DX8" s="7" t="inlineStr">
+      <c r="EE8" s="7" t="inlineStr">
         <is>
           <t>2022QIII</t>
         </is>
       </c>
-      <c r="DY8" s="7" t="inlineStr">
+      <c r="EF8" s="7" t="inlineStr">
         <is>
           <t>2022QII</t>
         </is>
       </c>
-      <c r="DZ8" s="7" t="inlineStr">
+      <c r="EG8" s="7" t="inlineStr">
         <is>
           <t>2022QI</t>
         </is>
       </c>
-      <c r="EA8" s="7" t="inlineStr">
+      <c r="EH8" s="7" t="inlineStr">
         <is>
           <t>2021QIV</t>
         </is>
       </c>
-      <c r="EB8" s="7" t="inlineStr">
+      <c r="EI8" s="7" t="inlineStr">
         <is>
           <t>2021QIII</t>
         </is>
       </c>
-      <c r="EC8" s="7" t="inlineStr">
+      <c r="EJ8" s="7" t="inlineStr">
         <is>
           <t>2021QII</t>
         </is>
       </c>
-      <c r="ED8" s="7" t="inlineStr">
+      <c r="EK8" s="7" t="inlineStr">
         <is>
           <t>2021QI</t>
         </is>
       </c>
-      <c r="EE8" s="7" t="inlineStr">
+      <c r="EL8" s="7" t="inlineStr">
+        <is>
+          <t>2025QIV</t>
+        </is>
+      </c>
+      <c r="EM8" s="7" t="inlineStr">
         <is>
           <t>2025QIII</t>
         </is>
       </c>
-      <c r="EF8" s="7" t="inlineStr">
+      <c r="EN8" s="7" t="inlineStr">
         <is>
           <t>2025QII</t>
         </is>
       </c>
-      <c r="EG8" s="7" t="inlineStr">
+      <c r="EO8" s="7" t="inlineStr">
         <is>
           <t>2025QI</t>
         </is>
       </c>
-      <c r="EH8" s="7" t="inlineStr">
+      <c r="EP8" s="7" t="inlineStr">
         <is>
           <t>2024QIV</t>
         </is>
       </c>
-      <c r="EI8" s="7" t="inlineStr">
+      <c r="EQ8" s="7" t="inlineStr">
         <is>
           <t>2024QIII</t>
         </is>
       </c>
-      <c r="EJ8" s="7" t="inlineStr">
+      <c r="ER8" s="7" t="inlineStr">
         <is>
           <t>2024QII</t>
         </is>
       </c>
-      <c r="EK8" s="7" t="inlineStr">
+      <c r="ES8" s="7" t="inlineStr">
         <is>
           <t>2024QI</t>
         </is>
       </c>
-      <c r="EL8" s="7" t="inlineStr">
+      <c r="ET8" s="7" t="inlineStr">
         <is>
           <t>2023QIV</t>
         </is>
       </c>
-      <c r="EM8" s="7" t="inlineStr">
+      <c r="EU8" s="7" t="inlineStr">
         <is>
           <t>2023QIII</t>
         </is>
       </c>
-      <c r="EN8" s="7" t="inlineStr">
+      <c r="EV8" s="7" t="inlineStr">
         <is>
           <t>2023QII</t>
         </is>
       </c>
-      <c r="EO8" s="7" t="inlineStr">
+      <c r="EW8" s="7" t="inlineStr">
         <is>
           <t>2023QI</t>
         </is>
       </c>
-      <c r="EP8" s="7" t="inlineStr">
+      <c r="EX8" s="7" t="inlineStr">
         <is>
           <t>2022QIV</t>
         </is>
       </c>
-      <c r="EQ8" s="7" t="inlineStr">
+      <c r="EY8" s="7" t="inlineStr">
         <is>
           <t>2022QIII</t>
         </is>
       </c>
-      <c r="ER8" s="7" t="inlineStr">
+      <c r="EZ8" s="7" t="inlineStr">
         <is>
           <t>2022QII</t>
         </is>
       </c>
-      <c r="ES8" s="7" t="inlineStr">
+      <c r="FA8" s="7" t="inlineStr">
         <is>
           <t>2022QI</t>
         </is>
       </c>
-      <c r="ET8" s="7" t="inlineStr">
+      <c r="FB8" s="7" t="inlineStr">
         <is>
           <t>2021QIV</t>
         </is>
       </c>
-      <c r="EU8" s="7" t="inlineStr">
+      <c r="FC8" s="7" t="inlineStr">
         <is>
           <t>2021QIII</t>
         </is>
       </c>
-      <c r="EV8" s="7" t="inlineStr">
+      <c r="FD8" s="7" t="inlineStr">
         <is>
           <t>2021QII</t>
         </is>
       </c>
-      <c r="EW8" s="7" t="inlineStr">
+      <c r="FE8" s="7" t="inlineStr">
         <is>
           <t>2021QI</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Menos que primaria (nivel 0)</t>
         </is>
       </c>
       <c r="B9" s="14" t="n">
+        <v>36.91</v>
+      </c>
+      <c r="C9" s="14" t="n">
         <v>18.23</v>
       </c>
-      <c r="C9" s="14" t="n">
+      <c r="D9" s="14" t="n">
         <v>13.38</v>
       </c>
-      <c r="D9" s="14" t="n">
+      <c r="E9" s="14" t="n">
         <v>19.63</v>
       </c>
-      <c r="E9" s="14" t="n">
+      <c r="F9" s="14" t="n">
         <v>30.29</v>
       </c>
-      <c r="F9" s="14" t="n">
+      <c r="G9" s="14" t="n">
         <v>14.62</v>
       </c>
-      <c r="G9" s="14" t="n">
+      <c r="H9" s="14" t="n">
         <v>12.72</v>
       </c>
-      <c r="H9" s="14" t="n">
+      <c r="I9" s="14" t="n">
         <v>8.68</v>
       </c>
-      <c r="I9" s="14" t="n">
+      <c r="J9" s="14" t="n">
         <v>18.17</v>
       </c>
-      <c r="J9" s="14" t="n">
+      <c r="K9" s="14" t="n">
         <v>11.94</v>
       </c>
-      <c r="K9" s="14" t="n">
+      <c r="L9" s="14" t="n">
         <v>23.35</v>
       </c>
-      <c r="L9" s="14" t="n">
+      <c r="M9" s="14" t="n">
         <v>14.02</v>
       </c>
-      <c r="M9" s="14" t="n">
+      <c r="N9" s="14" t="n">
         <v>31.78</v>
       </c>
-      <c r="N9" s="14" t="n">
+      <c r="O9" s="14" t="n">
         <v>27.41</v>
       </c>
-      <c r="O9" s="14" t="n">
+      <c r="P9" s="14" t="n">
         <v>25.12</v>
       </c>
-      <c r="P9" s="14" t="n">
+      <c r="Q9" s="14" t="n">
         <v>30.34</v>
       </c>
-      <c r="Q9" s="14" t="n">
+      <c r="R9" s="14" t="n">
         <v>31.47</v>
       </c>
-      <c r="R9" s="14" t="n">
+      <c r="S9" s="14" t="n">
         <v>16.8</v>
       </c>
-      <c r="S9" s="14" t="n">
+      <c r="T9" s="14" t="n">
         <v>18.24</v>
       </c>
-      <c r="T9" s="14" t="n">
+      <c r="U9" s="14" t="n">
         <v>28.64</v>
       </c>
-      <c r="U9" s="14" t="n">
+      <c r="V9" s="14" t="n">
+        <v>20.64</v>
+      </c>
+      <c r="W9" s="14" t="n">
         <v>25.56</v>
       </c>
-      <c r="V9" s="14" t="n">
+      <c r="X9" s="14" t="n">
         <v>33.74</v>
       </c>
-      <c r="W9" s="14" t="n">
+      <c r="Y9" s="14" t="n">
         <v>29.31</v>
       </c>
-      <c r="X9" s="14" t="n">
+      <c r="Z9" s="14" t="n">
         <v>27.1</v>
       </c>
-      <c r="Y9" s="14" t="n">
+      <c r="AA9" s="14" t="n">
         <v>12.88</v>
       </c>
-      <c r="Z9" s="14" t="n">
+      <c r="AB9" s="14" t="n">
         <v>11.4</v>
       </c>
-      <c r="AA9" s="14" t="n">
+      <c r="AC9" s="14" t="n">
         <v>17.86</v>
       </c>
-      <c r="AB9" s="14" t="n">
+      <c r="AD9" s="14" t="n">
         <v>22.97</v>
       </c>
-      <c r="AC9" s="14" t="n">
+      <c r="AE9" s="14" t="n">
         <v>18.76</v>
       </c>
-      <c r="AD9" s="14" t="n">
+      <c r="AF9" s="14" t="n">
         <v>25.08</v>
       </c>
-      <c r="AE9" s="14" t="n">
+      <c r="AG9" s="14" t="n">
         <v>36.65</v>
       </c>
-      <c r="AF9" s="14" t="n">
+      <c r="AH9" s="14" t="n">
         <v>26.4</v>
       </c>
-      <c r="AG9" s="14" t="n">
+      <c r="AI9" s="14" t="n">
         <v>16.84</v>
       </c>
-      <c r="AH9" s="14" t="n">
+      <c r="AJ9" s="14" t="n">
         <v>38.66</v>
       </c>
-      <c r="AI9" s="14" t="n">
+      <c r="AK9" s="14" t="n">
         <v>27.31</v>
       </c>
-      <c r="AJ9" s="14" t="n">
+      <c r="AL9" s="14" t="n">
         <v>38.73</v>
       </c>
-      <c r="AK9" s="14" t="n">
+      <c r="AM9" s="14" t="n">
         <v>41.27</v>
       </c>
-      <c r="AL9" s="14" t="n">
+      <c r="AN9" s="14" t="n">
         <v>34.4</v>
       </c>
-      <c r="AM9" s="14" t="n">
+      <c r="AO9" s="14" t="n">
         <v>22.9</v>
       </c>
-      <c r="AN9" s="14" t="n">
+      <c r="AP9" s="14" t="n">
+        <v>42.51</v>
+      </c>
+      <c r="AQ9" s="14" t="n">
         <v>37.89</v>
       </c>
-      <c r="AO9" s="14" t="n">
+      <c r="AR9" s="14" t="n">
         <v>30.83</v>
       </c>
-      <c r="AP9" s="14" t="n">
+      <c r="AS9" s="14" t="n">
         <v>29.52</v>
       </c>
-      <c r="AQ9" s="14" t="n">
+      <c r="AT9" s="14" t="n">
         <v>24.11</v>
       </c>
-      <c r="AR9" s="14" t="n">
+      <c r="AU9" s="14" t="n">
         <v>37.67</v>
       </c>
-      <c r="AS9" s="14" t="n">
+      <c r="AV9" s="14" t="n">
         <v>36.4</v>
       </c>
-      <c r="AT9" s="14" t="n">
+      <c r="AW9" s="14" t="n">
         <v>26.37</v>
       </c>
-      <c r="AU9" s="14" t="n">
+      <c r="AX9" s="14" t="n">
         <v>28.05</v>
       </c>
-      <c r="AV9" s="14" t="n">
+      <c r="AY9" s="14" t="n">
         <v>36.31</v>
       </c>
-      <c r="AW9" s="14" t="n">
+      <c r="AZ9" s="14" t="n">
         <v>26.92</v>
       </c>
-      <c r="AX9" s="14" t="n">
+      <c r="BA9" s="14" t="n">
         <v>32.02</v>
       </c>
-      <c r="AY9" s="14" t="n">
+      <c r="BB9" s="14" t="n">
         <v>23.45</v>
       </c>
-      <c r="AZ9" s="14" t="n">
+      <c r="BC9" s="14" t="n">
         <v>29.42</v>
       </c>
-      <c r="BA9" s="14" t="n">
+      <c r="BD9" s="14" t="n">
         <v>36.59</v>
       </c>
-      <c r="BB9" s="14" t="n">
+      <c r="BE9" s="14" t="n">
         <v>45.23</v>
       </c>
-      <c r="BC9" s="14" t="n">
+      <c r="BF9" s="14" t="n">
         <v>26.95</v>
       </c>
-      <c r="BD9" s="14" t="n">
+      <c r="BG9" s="14" t="n">
         <v>23.54</v>
       </c>
-      <c r="BE9" s="14" t="n">
+      <c r="BH9" s="14" t="n">
         <v>30.43</v>
       </c>
-      <c r="BF9" s="14" t="n">
+      <c r="BI9" s="14" t="n">
         <v>26.17</v>
       </c>
-      <c r="BG9" s="14" t="n">
+      <c r="BJ9" s="14" t="n">
+        <v>47.61</v>
+      </c>
+      <c r="BK9" s="14" t="n">
         <v>41.47</v>
       </c>
-      <c r="BH9" s="14" t="n">
+      <c r="BL9" s="14" t="n">
         <v>48.05</v>
       </c>
-      <c r="BI9" s="14" t="n">
+      <c r="BM9" s="14" t="n">
         <v>44.2</v>
       </c>
-      <c r="BJ9" s="14" t="n">
+      <c r="BN9" s="14" t="n">
         <v>29.84</v>
       </c>
-      <c r="BK9" s="14" t="n">
+      <c r="BO9" s="14" t="n">
         <v>40.78</v>
       </c>
-      <c r="BL9" s="14" t="n">
+      <c r="BP9" s="14" t="n">
         <v>42.13</v>
       </c>
-      <c r="BM9" s="14" t="n">
+      <c r="BQ9" s="14" t="n">
         <v>32.94</v>
       </c>
-      <c r="BN9" s="14" t="n">
+      <c r="BR9" s="14" t="n">
         <v>42.74</v>
       </c>
-      <c r="BO9" s="14" t="n">
+      <c r="BS9" s="14" t="n">
         <v>51.02</v>
       </c>
-      <c r="BP9" s="14" t="n">
+      <c r="BT9" s="14" t="n">
         <v>41.54</v>
       </c>
-      <c r="BQ9" s="14" t="n">
+      <c r="BU9" s="14" t="n">
         <v>35.69</v>
       </c>
-      <c r="BR9" s="14" t="n">
+      <c r="BV9" s="14" t="n">
         <v>37.53</v>
       </c>
-      <c r="BS9" s="14" t="n">
+      <c r="BW9" s="14" t="n">
         <v>43.07</v>
       </c>
-      <c r="BT9" s="14" t="n">
+      <c r="BX9" s="14" t="n">
         <v>38.49</v>
       </c>
-      <c r="BU9" s="14" t="n">
+      <c r="BY9" s="14" t="n">
         <v>39.66</v>
       </c>
-      <c r="BV9" s="14" t="n">
+      <c r="BZ9" s="14" t="n">
         <v>38.82</v>
       </c>
-      <c r="BW9" s="14" t="n">
+      <c r="CA9" s="14" t="n">
         <v>26.95</v>
       </c>
-      <c r="BX9" s="14" t="n">
+      <c r="CB9" s="14" t="n">
         <v>26.63</v>
       </c>
-      <c r="BY9" s="14" t="n">
+      <c r="CC9" s="14" t="n">
         <v>39.78</v>
       </c>
-      <c r="BZ9" s="14" t="n">
+      <c r="CD9" s="14" t="n">
+        <v>52.51</v>
+      </c>
+      <c r="CE9" s="14" t="n">
         <v>46.95</v>
       </c>
-      <c r="CA9" s="14" t="n">
+      <c r="CF9" s="14" t="n">
         <v>41.67</v>
       </c>
-      <c r="CB9" s="14" t="n">
+      <c r="CG9" s="14" t="n">
         <v>43.02</v>
       </c>
-      <c r="CC9" s="14" t="n">
+      <c r="CH9" s="14" t="n">
         <v>38.81</v>
       </c>
-      <c r="CD9" s="14" t="n">
+      <c r="CI9" s="14" t="n">
         <v>37.06</v>
       </c>
-      <c r="CE9" s="14" t="n">
+      <c r="CJ9" s="14" t="n">
         <v>40.47</v>
       </c>
-      <c r="CF9" s="14" t="n">
+      <c r="CK9" s="14" t="n">
         <v>40.41</v>
       </c>
-      <c r="CG9" s="14" t="n">
+      <c r="CL9" s="14" t="n">
         <v>38.32</v>
       </c>
-      <c r="CH9" s="14" t="n">
+      <c r="CM9" s="14" t="n">
         <v>46.31</v>
       </c>
-      <c r="CI9" s="14" t="n">
+      <c r="CN9" s="14" t="n">
         <v>48.76</v>
       </c>
-      <c r="CJ9" s="14" t="n">
+      <c r="CO9" s="14" t="n">
         <v>48.75</v>
       </c>
-      <c r="CK9" s="14" t="n">
+      <c r="CP9" s="14" t="n">
         <v>51.97</v>
       </c>
-      <c r="CL9" s="14" t="n">
+      <c r="CQ9" s="14" t="n">
         <v>45.53</v>
       </c>
-      <c r="CM9" s="14" t="n">
+      <c r="CR9" s="14" t="n">
         <v>51.77</v>
       </c>
-      <c r="CN9" s="14" t="n">
+      <c r="CS9" s="14" t="n">
         <v>50.19</v>
       </c>
-      <c r="CO9" s="14" t="n">
+      <c r="CT9" s="14" t="n">
         <v>50.14</v>
       </c>
-      <c r="CP9" s="14" t="n">
+      <c r="CU9" s="14" t="n">
         <v>40.02</v>
       </c>
-      <c r="CQ9" s="14" t="n">
+      <c r="CV9" s="14" t="n">
         <v>46.02</v>
       </c>
-      <c r="CR9" s="14" t="n">
+      <c r="CW9" s="14" t="n">
         <v>34.81</v>
       </c>
-      <c r="CS9" s="14" t="n">
+      <c r="CX9" s="14" t="n">
+        <v>41.45</v>
+      </c>
+      <c r="CY9" s="14" t="n">
         <v>40.37</v>
       </c>
-      <c r="CT9" s="14" t="n">
+      <c r="CZ9" s="14" t="n">
         <v>42.9</v>
       </c>
-      <c r="CU9" s="14" t="n">
+      <c r="DA9" s="14" t="n">
         <v>42.6</v>
       </c>
-      <c r="CV9" s="14" t="n">
+      <c r="DB9" s="14" t="n">
         <v>46.46</v>
       </c>
-      <c r="CW9" s="14" t="n">
+      <c r="DC9" s="14" t="n">
         <v>42.35</v>
       </c>
-      <c r="CX9" s="14" t="n">
+      <c r="DD9" s="14" t="n">
         <v>42.63</v>
       </c>
-      <c r="CY9" s="14" t="n">
+      <c r="DE9" s="14" t="n">
         <v>38.28</v>
       </c>
-      <c r="CZ9" s="14" t="n">
+      <c r="DF9" s="14" t="n">
         <v>41.83</v>
       </c>
-      <c r="DA9" s="14" t="n">
+      <c r="DG9" s="14" t="n">
         <v>44.61</v>
       </c>
-      <c r="DB9" s="14" t="n">
+      <c r="DH9" s="14" t="n">
         <v>45.05</v>
       </c>
-      <c r="DC9" s="14" t="n">
+      <c r="DI9" s="14" t="n">
         <v>45.21</v>
       </c>
-      <c r="DD9" s="14" t="n">
+      <c r="DJ9" s="14" t="n">
         <v>48.31</v>
       </c>
-      <c r="DE9" s="14" t="n">
+      <c r="DK9" s="14" t="n">
         <v>40.87</v>
       </c>
-      <c r="DF9" s="14" t="n">
+      <c r="DL9" s="14" t="n">
         <v>46.05</v>
       </c>
-      <c r="DG9" s="14" t="n">
+      <c r="DM9" s="14" t="n">
         <v>45.72</v>
       </c>
-      <c r="DH9" s="14" t="n">
+      <c r="DN9" s="14" t="n">
         <v>46.68</v>
       </c>
-      <c r="DI9" s="14" t="n">
+      <c r="DO9" s="14" t="n">
         <v>45.85</v>
       </c>
-      <c r="DJ9" s="14" t="n">
+      <c r="DP9" s="14" t="n">
         <v>38.63</v>
       </c>
-      <c r="DK9" s="14" t="n">
+      <c r="DQ9" s="14" t="n">
         <v>40.29</v>
       </c>
-      <c r="DL9" s="14" t="n">
+      <c r="DR9" s="14" t="n">
+        <v>47.27</v>
+      </c>
+      <c r="DS9" s="14" t="n">
         <v>40.47</v>
       </c>
-      <c r="DM9" s="14" t="n">
+      <c r="DT9" s="14" t="n">
         <v>39.33</v>
       </c>
-      <c r="DN9" s="14" t="n">
+      <c r="DU9" s="14" t="n">
         <v>37.14</v>
       </c>
-      <c r="DO9" s="14" t="n">
+      <c r="DV9" s="14" t="n">
         <v>42.34</v>
       </c>
-      <c r="DP9" s="14" t="n">
+      <c r="DW9" s="14" t="n">
         <v>39.63</v>
       </c>
-      <c r="DQ9" s="14" t="n">
+      <c r="DX9" s="14" t="n">
         <v>43.13</v>
       </c>
-      <c r="DR9" s="14" t="n">
+      <c r="DY9" s="14" t="n">
         <v>40.02</v>
       </c>
-      <c r="DS9" s="14" t="n">
+      <c r="DZ9" s="14" t="n">
         <v>43.76</v>
       </c>
-      <c r="DT9" s="14" t="n">
+      <c r="EA9" s="14" t="n">
         <v>51.05</v>
       </c>
-      <c r="DU9" s="14" t="n">
+      <c r="EB9" s="14" t="n">
         <v>51.78</v>
       </c>
-      <c r="DV9" s="14" t="n">
+      <c r="EC9" s="14" t="n">
         <v>42.41</v>
       </c>
-      <c r="DW9" s="14" t="n">
+      <c r="ED9" s="14" t="n">
         <v>44.66</v>
       </c>
-      <c r="DX9" s="14" t="n">
+      <c r="EE9" s="14" t="n">
         <v>42.09</v>
       </c>
-      <c r="DY9" s="14" t="n">
+      <c r="EF9" s="14" t="n">
         <v>40.34</v>
       </c>
-      <c r="DZ9" s="14" t="n">
+      <c r="EG9" s="14" t="n">
         <v>44.01</v>
       </c>
-      <c r="EA9" s="14" t="n">
+      <c r="EH9" s="14" t="n">
         <v>43.17</v>
       </c>
-      <c r="EB9" s="14" t="n">
+      <c r="EI9" s="14" t="n">
         <v>41.95</v>
       </c>
-      <c r="EC9" s="14" t="n">
+      <c r="EJ9" s="14" t="n">
         <v>36.7</v>
       </c>
-      <c r="ED9" s="14" t="n">
+      <c r="EK9" s="14" t="n">
         <v>40.45</v>
       </c>
-      <c r="EE9" s="14" t="n">
+      <c r="EL9" s="14" t="n">
+        <v>33.64</v>
+      </c>
+      <c r="EM9" s="14" t="n">
         <v>29.19</v>
       </c>
-      <c r="EF9" s="14" t="n">
+      <c r="EN9" s="14" t="n">
         <v>31.22</v>
       </c>
-      <c r="EG9" s="14" t="n">
+      <c r="EO9" s="14" t="n">
         <v>29.37</v>
       </c>
-      <c r="EH9" s="14" t="n">
+      <c r="EP9" s="14" t="n">
         <v>29.68</v>
       </c>
-      <c r="EI9" s="14" t="n">
+      <c r="EQ9" s="14" t="n">
         <v>28.23</v>
       </c>
-      <c r="EJ9" s="14" t="n">
+      <c r="ER9" s="14" t="n">
         <v>26.65</v>
       </c>
-      <c r="EK9" s="14" t="n">
+      <c r="ES9" s="14" t="n">
         <v>29.86</v>
       </c>
-      <c r="EL9" s="14" t="n">
+      <c r="ET9" s="14" t="n">
         <v>24.99</v>
       </c>
-      <c r="EM9" s="14" t="n">
+      <c r="EU9" s="14" t="n">
         <v>24.36</v>
       </c>
-      <c r="EN9" s="14" t="n">
+      <c r="EV9" s="14" t="n">
         <v>26.18</v>
       </c>
-      <c r="EO9" s="14" t="n">
+      <c r="EW9" s="14" t="n">
         <v>25.58</v>
       </c>
-      <c r="EP9" s="14" t="n">
+      <c r="EX9" s="14" t="n">
         <v>26.32</v>
       </c>
-      <c r="EQ9" s="14" t="n">
+      <c r="EY9" s="14" t="n">
         <v>25.79</v>
       </c>
-      <c r="ER9" s="14" t="n">
+      <c r="EZ9" s="14" t="n">
         <v>25.33</v>
       </c>
-      <c r="ES9" s="14" t="n">
+      <c r="FA9" s="14" t="n">
         <v>26.03</v>
       </c>
-      <c r="ET9" s="14" t="n">
+      <c r="FB9" s="14" t="n">
         <v>26.03</v>
       </c>
-      <c r="EU9" s="14" t="n">
+      <c r="FC9" s="14" t="n">
         <v>22.24</v>
       </c>
-      <c r="EV9" s="14" t="n">
+      <c r="FD9" s="14" t="n">
         <v>27.89</v>
       </c>
-      <c r="EW9" s="14" t="n">
+      <c r="FE9" s="14" t="n">
         <v>26.88</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Primary education and first stage of secondary education (levels 1 and 2)</t>
         </is>
       </c>
       <c r="B10" s="14" t="n">
+        <v>48.17</v>
+      </c>
+      <c r="C10" s="14" t="n">
         <v>51.79</v>
       </c>
-      <c r="C10" s="14" t="n">
+      <c r="D10" s="14" t="n">
         <v>50.33</v>
       </c>
-      <c r="D10" s="14" t="n">
+      <c r="E10" s="14" t="n">
         <v>47.05</v>
       </c>
-      <c r="E10" s="14" t="n">
+      <c r="F10" s="14" t="n">
         <v>48.63</v>
       </c>
-      <c r="F10" s="14" t="n">
+      <c r="G10" s="14" t="n">
         <v>51.84</v>
       </c>
-      <c r="G10" s="14" t="n">
+      <c r="H10" s="14" t="n">
         <v>48.79</v>
       </c>
-      <c r="H10" s="14" t="n">
+      <c r="I10" s="14" t="n">
         <v>43.8</v>
       </c>
-      <c r="I10" s="14" t="n">
+      <c r="J10" s="14" t="n">
         <v>44.99</v>
       </c>
-      <c r="J10" s="14" t="n">
+      <c r="K10" s="14" t="n">
         <v>45.17</v>
       </c>
-      <c r="K10" s="14" t="n">
+      <c r="L10" s="14" t="n">
         <v>45.78</v>
       </c>
-      <c r="L10" s="14" t="n">
+      <c r="M10" s="14" t="n">
         <v>42.44</v>
       </c>
-      <c r="M10" s="14" t="n">
+      <c r="N10" s="14" t="n">
         <v>40.32</v>
       </c>
-      <c r="N10" s="14" t="n">
+      <c r="O10" s="14" t="n">
         <v>44.56</v>
       </c>
-      <c r="O10" s="14" t="n">
+      <c r="P10" s="14" t="n">
         <v>44.75</v>
       </c>
-      <c r="P10" s="14" t="n">
+      <c r="Q10" s="14" t="n">
         <v>43.26</v>
       </c>
-      <c r="Q10" s="14" t="n">
+      <c r="R10" s="14" t="n">
         <v>40.15</v>
       </c>
-      <c r="R10" s="14" t="n">
+      <c r="S10" s="14" t="n">
         <v>44.0</v>
       </c>
-      <c r="S10" s="14" t="n">
+      <c r="T10" s="14" t="n">
         <v>37.36</v>
       </c>
-      <c r="T10" s="14" t="n">
+      <c r="U10" s="14" t="n">
         <v>37.26</v>
       </c>
-      <c r="U10" s="14" t="n">
+      <c r="V10" s="14" t="n">
+        <v>63.95</v>
+      </c>
+      <c r="W10" s="14" t="n">
         <v>61.71</v>
       </c>
-      <c r="V10" s="14" t="n">
+      <c r="X10" s="14" t="n">
         <v>58.65</v>
       </c>
-      <c r="W10" s="14" t="n">
+      <c r="Y10" s="14" t="n">
         <v>62.58</v>
       </c>
-      <c r="X10" s="14" t="n">
+      <c r="Z10" s="14" t="n">
         <v>59.71</v>
       </c>
-      <c r="Y10" s="14" t="n">
+      <c r="AA10" s="14" t="n">
         <v>61.84</v>
       </c>
-      <c r="Z10" s="14" t="n">
+      <c r="AB10" s="14" t="n">
         <v>62.99</v>
       </c>
-      <c r="AA10" s="14" t="n">
+      <c r="AC10" s="14" t="n">
         <v>62.03</v>
       </c>
-      <c r="AB10" s="14" t="n">
+      <c r="AD10" s="14" t="n">
         <v>63.29</v>
       </c>
-      <c r="AC10" s="14" t="n">
+      <c r="AE10" s="14" t="n">
         <v>60.33</v>
       </c>
-      <c r="AD10" s="14" t="n">
+      <c r="AF10" s="14" t="n">
         <v>62.87</v>
       </c>
-      <c r="AE10" s="14" t="n">
+      <c r="AG10" s="14" t="n">
         <v>58.76</v>
       </c>
-      <c r="AF10" s="14" t="n">
+      <c r="AH10" s="14" t="n">
         <v>61.47</v>
       </c>
-      <c r="AG10" s="14" t="n">
+      <c r="AI10" s="14" t="n">
         <v>63.29</v>
       </c>
-      <c r="AH10" s="14" t="n">
+      <c r="AJ10" s="14" t="n">
         <v>66.24</v>
       </c>
-      <c r="AI10" s="14" t="n">
+      <c r="AK10" s="14" t="n">
         <v>59.6</v>
       </c>
-      <c r="AJ10" s="14" t="n">
+      <c r="AL10" s="14" t="n">
         <v>57.42</v>
       </c>
-      <c r="AK10" s="14" t="n">
+      <c r="AM10" s="14" t="n">
         <v>54.61</v>
       </c>
-      <c r="AL10" s="14" t="n">
+      <c r="AN10" s="14" t="n">
         <v>55.63</v>
       </c>
-      <c r="AM10" s="14" t="n">
+      <c r="AO10" s="14" t="n">
         <v>50.37</v>
       </c>
-      <c r="AN10" s="14" t="n">
+      <c r="AP10" s="14" t="n">
+        <v>69.3</v>
+      </c>
+      <c r="AQ10" s="14" t="n">
         <v>68.91</v>
       </c>
-      <c r="AO10" s="14" t="n">
+      <c r="AR10" s="14" t="n">
         <v>69.01</v>
       </c>
-      <c r="AP10" s="14" t="n">
+      <c r="AS10" s="14" t="n">
         <v>66.36</v>
       </c>
-      <c r="AQ10" s="14" t="n">
+      <c r="AT10" s="14" t="n">
         <v>66.77</v>
       </c>
-      <c r="AR10" s="14" t="n">
+      <c r="AU10" s="14" t="n">
         <v>65.93</v>
       </c>
-      <c r="AS10" s="14" t="n">
+      <c r="AV10" s="14" t="n">
         <v>65.94</v>
       </c>
-      <c r="AT10" s="14" t="n">
+      <c r="AW10" s="14" t="n">
         <v>66.26</v>
       </c>
-      <c r="AU10" s="14" t="n">
+      <c r="AX10" s="14" t="n">
         <v>67.95</v>
       </c>
-      <c r="AV10" s="14" t="n">
+      <c r="AY10" s="14" t="n">
         <v>67.57</v>
       </c>
-      <c r="AW10" s="14" t="n">
+      <c r="AZ10" s="14" t="n">
         <v>68.69</v>
       </c>
-      <c r="AX10" s="14" t="n">
+      <c r="BA10" s="14" t="n">
         <v>64.18</v>
       </c>
-      <c r="AY10" s="14" t="n">
+      <c r="BB10" s="14" t="n">
         <v>65.49</v>
       </c>
-      <c r="AZ10" s="14" t="n">
+      <c r="BC10" s="14" t="n">
         <v>66.45</v>
       </c>
-      <c r="BA10" s="14" t="n">
+      <c r="BD10" s="14" t="n">
         <v>68.8</v>
       </c>
-      <c r="BB10" s="14" t="n">
+      <c r="BE10" s="14" t="n">
         <v>64.5</v>
       </c>
-      <c r="BC10" s="14" t="n">
+      <c r="BF10" s="14" t="n">
         <v>63.97</v>
       </c>
-      <c r="BD10" s="14" t="n">
+      <c r="BG10" s="14" t="n">
         <v>65.11</v>
       </c>
-      <c r="BE10" s="14" t="n">
+      <c r="BH10" s="14" t="n">
         <v>63.69</v>
       </c>
-      <c r="BF10" s="14" t="n">
+      <c r="BI10" s="14" t="n">
         <v>62.21</v>
       </c>
-      <c r="BG10" s="14" t="n">
+      <c r="BJ10" s="14" t="n">
+        <v>71.24</v>
+      </c>
+      <c r="BK10" s="14" t="n">
         <v>71.47</v>
       </c>
-      <c r="BH10" s="14" t="n">
+      <c r="BL10" s="14" t="n">
         <v>73.04</v>
       </c>
-      <c r="BI10" s="14" t="n">
+      <c r="BM10" s="14" t="n">
         <v>71.58</v>
       </c>
-      <c r="BJ10" s="14" t="n">
+      <c r="BN10" s="14" t="n">
         <v>72.28</v>
       </c>
-      <c r="BK10" s="14" t="n">
+      <c r="BO10" s="14" t="n">
         <v>72.26</v>
       </c>
-      <c r="BL10" s="14" t="n">
+      <c r="BP10" s="14" t="n">
         <v>72.71</v>
       </c>
-      <c r="BM10" s="14" t="n">
+      <c r="BQ10" s="14" t="n">
         <v>69.94</v>
       </c>
-      <c r="BN10" s="14" t="n">
+      <c r="BR10" s="14" t="n">
         <v>72.77</v>
       </c>
-      <c r="BO10" s="14" t="n">
+      <c r="BS10" s="14" t="n">
         <v>73.72</v>
       </c>
-      <c r="BP10" s="14" t="n">
+      <c r="BT10" s="14" t="n">
         <v>71.75</v>
       </c>
-      <c r="BQ10" s="14" t="n">
+      <c r="BU10" s="14" t="n">
         <v>69.54</v>
       </c>
-      <c r="BR10" s="14" t="n">
+      <c r="BV10" s="14" t="n">
         <v>71.11</v>
       </c>
-      <c r="BS10" s="14" t="n">
+      <c r="BW10" s="14" t="n">
         <v>70.45</v>
       </c>
-      <c r="BT10" s="14" t="n">
+      <c r="BX10" s="14" t="n">
         <v>70.25</v>
       </c>
-      <c r="BU10" s="14" t="n">
+      <c r="BY10" s="14" t="n">
         <v>68.07</v>
       </c>
-      <c r="BV10" s="14" t="n">
+      <c r="BZ10" s="14" t="n">
         <v>70.51</v>
       </c>
-      <c r="BW10" s="14" t="n">
+      <c r="CA10" s="14" t="n">
         <v>69.82</v>
       </c>
-      <c r="BX10" s="14" t="n">
+      <c r="CB10" s="14" t="n">
         <v>67.82</v>
       </c>
-      <c r="BY10" s="14" t="n">
+      <c r="CC10" s="14" t="n">
         <v>65.27</v>
       </c>
-      <c r="BZ10" s="14" t="n">
+      <c r="CD10" s="14" t="n">
+        <v>74.97</v>
+      </c>
+      <c r="CE10" s="14" t="n">
         <v>75.03</v>
       </c>
-      <c r="CA10" s="14" t="n">
+      <c r="CF10" s="14" t="n">
         <v>74.89</v>
       </c>
-      <c r="CB10" s="14" t="n">
+      <c r="CG10" s="14" t="n">
         <v>70.75</v>
       </c>
-      <c r="CC10" s="14" t="n">
+      <c r="CH10" s="14" t="n">
         <v>72.95</v>
       </c>
-      <c r="CD10" s="14" t="n">
+      <c r="CI10" s="14" t="n">
         <v>74.11</v>
       </c>
-      <c r="CE10" s="14" t="n">
+      <c r="CJ10" s="14" t="n">
         <v>72.75</v>
       </c>
-      <c r="CF10" s="14" t="n">
+      <c r="CK10" s="14" t="n">
         <v>71.59</v>
       </c>
-      <c r="CG10" s="14" t="n">
+      <c r="CL10" s="14" t="n">
         <v>74.54</v>
       </c>
-      <c r="CH10" s="14" t="n">
+      <c r="CM10" s="14" t="n">
         <v>73.92</v>
       </c>
-      <c r="CI10" s="14" t="n">
+      <c r="CN10" s="14" t="n">
         <v>73.19</v>
       </c>
-      <c r="CJ10" s="14" t="n">
+      <c r="CO10" s="14" t="n">
         <v>70.99</v>
       </c>
-      <c r="CK10" s="14" t="n">
+      <c r="CP10" s="14" t="n">
         <v>71.71</v>
       </c>
-      <c r="CL10" s="14" t="n">
+      <c r="CQ10" s="14" t="n">
         <v>72.85</v>
       </c>
-      <c r="CM10" s="14" t="n">
+      <c r="CR10" s="14" t="n">
         <v>71.59</v>
       </c>
-      <c r="CN10" s="14" t="n">
+      <c r="CS10" s="14" t="n">
         <v>69.1</v>
       </c>
-      <c r="CO10" s="14" t="n">
+      <c r="CT10" s="14" t="n">
         <v>71.08</v>
       </c>
-      <c r="CP10" s="14" t="n">
+      <c r="CU10" s="14" t="n">
         <v>71.83</v>
       </c>
-      <c r="CQ10" s="14" t="n">
+      <c r="CV10" s="14" t="n">
         <v>71.63</v>
       </c>
-      <c r="CR10" s="14" t="n">
+      <c r="CW10" s="14" t="n">
         <v>67.58</v>
       </c>
-      <c r="CS10" s="14" t="n">
+      <c r="CX10" s="14" t="n">
+        <v>74.5</v>
+      </c>
+      <c r="CY10" s="14" t="n">
         <v>75.84</v>
       </c>
-      <c r="CT10" s="14" t="n">
+      <c r="CZ10" s="14" t="n">
         <v>74.03</v>
       </c>
-      <c r="CU10" s="14" t="n">
+      <c r="DA10" s="14" t="n">
         <v>71.84</v>
       </c>
-      <c r="CV10" s="14" t="n">
+      <c r="DB10" s="14" t="n">
         <v>73.59</v>
       </c>
-      <c r="CW10" s="14" t="n">
+      <c r="DC10" s="14" t="n">
         <v>72.11</v>
       </c>
-      <c r="CX10" s="14" t="n">
+      <c r="DD10" s="14" t="n">
         <v>71.51</v>
       </c>
-      <c r="CY10" s="14" t="n">
+      <c r="DE10" s="14" t="n">
         <v>70.48</v>
       </c>
-      <c r="CZ10" s="14" t="n">
+      <c r="DF10" s="14" t="n">
         <v>71.94</v>
       </c>
-      <c r="DA10" s="14" t="n">
+      <c r="DG10" s="14" t="n">
         <v>70.55</v>
       </c>
-      <c r="DB10" s="14" t="n">
+      <c r="DH10" s="14" t="n">
         <v>70.82</v>
       </c>
-      <c r="DC10" s="14" t="n">
+      <c r="DI10" s="14" t="n">
         <v>68.3</v>
       </c>
-      <c r="DD10" s="14" t="n">
+      <c r="DJ10" s="14" t="n">
         <v>69.0</v>
       </c>
-      <c r="DE10" s="14" t="n">
+      <c r="DK10" s="14" t="n">
         <v>69.21</v>
       </c>
-      <c r="DF10" s="14" t="n">
+      <c r="DL10" s="14" t="n">
         <v>69.81</v>
       </c>
-      <c r="DG10" s="14" t="n">
+      <c r="DM10" s="14" t="n">
         <v>70.37</v>
       </c>
-      <c r="DH10" s="14" t="n">
+      <c r="DN10" s="14" t="n">
         <v>69.89</v>
       </c>
-      <c r="DI10" s="14" t="n">
+      <c r="DO10" s="14" t="n">
         <v>67.68</v>
       </c>
-      <c r="DJ10" s="14" t="n">
+      <c r="DP10" s="14" t="n">
         <v>67.67</v>
       </c>
-      <c r="DK10" s="14" t="n">
+      <c r="DQ10" s="14" t="n">
         <v>65.82</v>
       </c>
-      <c r="DL10" s="14" t="n">
+      <c r="DR10" s="14" t="n">
+        <v>71.41</v>
+      </c>
+      <c r="DS10" s="14" t="n">
         <v>71.01</v>
       </c>
-      <c r="DM10" s="14" t="n">
+      <c r="DT10" s="14" t="n">
         <v>71.05</v>
       </c>
-      <c r="DN10" s="14" t="n">
+      <c r="DU10" s="14" t="n">
         <v>69.17</v>
       </c>
-      <c r="DO10" s="14" t="n">
+      <c r="DV10" s="14" t="n">
         <v>70.38</v>
       </c>
-      <c r="DP10" s="14" t="n">
+      <c r="DW10" s="14" t="n">
         <v>68.76</v>
       </c>
-      <c r="DQ10" s="14" t="n">
+      <c r="DX10" s="14" t="n">
         <v>68.0</v>
       </c>
-      <c r="DR10" s="14" t="n">
+      <c r="DY10" s="14" t="n">
         <v>66.68</v>
       </c>
-      <c r="DS10" s="14" t="n">
+      <c r="DZ10" s="14" t="n">
         <v>66.76</v>
       </c>
-      <c r="DT10" s="14" t="n">
+      <c r="EA10" s="14" t="n">
         <v>67.03</v>
       </c>
-      <c r="DU10" s="14" t="n">
+      <c r="EB10" s="14" t="n">
         <v>66.94</v>
       </c>
-      <c r="DV10" s="14" t="n">
+      <c r="EC10" s="14" t="n">
         <v>65.13</v>
       </c>
-      <c r="DW10" s="14" t="n">
+      <c r="ED10" s="14" t="n">
         <v>62.67</v>
       </c>
-      <c r="DX10" s="14" t="n">
+      <c r="EE10" s="14" t="n">
         <v>62.97</v>
       </c>
-      <c r="DY10" s="14" t="n">
+      <c r="EF10" s="14" t="n">
         <v>63.55</v>
       </c>
-      <c r="DZ10" s="14" t="n">
+      <c r="EG10" s="14" t="n">
         <v>62.69</v>
       </c>
-      <c r="EA10" s="14" t="n">
+      <c r="EH10" s="14" t="n">
         <v>63.43</v>
       </c>
-      <c r="EB10" s="14" t="n">
+      <c r="EI10" s="14" t="n">
         <v>64.0</v>
       </c>
-      <c r="EC10" s="14" t="n">
+      <c r="EJ10" s="14" t="n">
         <v>63.3</v>
       </c>
-      <c r="ED10" s="14" t="n">
+      <c r="EK10" s="14" t="n">
         <v>62.28</v>
       </c>
-      <c r="EE10" s="14" t="n">
+      <c r="EL10" s="14" t="n">
+        <v>54.85</v>
+      </c>
+      <c r="EM10" s="14" t="n">
         <v>53.31</v>
       </c>
-      <c r="EF10" s="14" t="n">
+      <c r="EN10" s="14" t="n">
         <v>52.71</v>
       </c>
-      <c r="EG10" s="14" t="n">
+      <c r="EO10" s="14" t="n">
         <v>52.71</v>
       </c>
-      <c r="EH10" s="14" t="n">
+      <c r="EP10" s="14" t="n">
         <v>51.87</v>
       </c>
-      <c r="EI10" s="14" t="n">
+      <c r="EQ10" s="14" t="n">
         <v>52.21</v>
       </c>
-      <c r="EJ10" s="14" t="n">
+      <c r="ER10" s="14" t="n">
         <v>52.65</v>
       </c>
-      <c r="EK10" s="14" t="n">
+      <c r="ES10" s="14" t="n">
         <v>51.85</v>
       </c>
-      <c r="EL10" s="14" t="n">
+      <c r="ET10" s="14" t="n">
         <v>52.03</v>
       </c>
-      <c r="EM10" s="14" t="n">
+      <c r="EU10" s="14" t="n">
         <v>51.27</v>
       </c>
-      <c r="EN10" s="14" t="n">
+      <c r="EV10" s="14" t="n">
         <v>50.14</v>
       </c>
-      <c r="EO10" s="14" t="n">
+      <c r="EW10" s="14" t="n">
         <v>48.82</v>
       </c>
-      <c r="EP10" s="14" t="n">
+      <c r="EX10" s="14" t="n">
         <v>48.95</v>
       </c>
-      <c r="EQ10" s="14" t="n">
+      <c r="EY10" s="14" t="n">
         <v>49.6</v>
       </c>
-      <c r="ER10" s="14" t="n">
+      <c r="EZ10" s="14" t="n">
         <v>48.62</v>
       </c>
-      <c r="ES10" s="14" t="n">
+      <c r="FA10" s="14" t="n">
         <v>47.52</v>
       </c>
-      <c r="ET10" s="14" t="n">
+      <c r="FB10" s="14" t="n">
         <v>47.73</v>
       </c>
-      <c r="EU10" s="14" t="n">
+      <c r="FC10" s="14" t="n">
         <v>46.17</v>
       </c>
-      <c r="EV10" s="14" t="n">
+      <c r="FD10" s="14" t="n">
         <v>46.04</v>
       </c>
-      <c r="EW10" s="14" t="n">
+      <c r="FE10" s="14" t="n">
         <v>45.28</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Second stage of secondary education and post-secondary non-higher education (levels 3 and 4)</t>
         </is>
       </c>
       <c r="B11" s="14" t="n">
+        <v>34.4</v>
+      </c>
+      <c r="C11" s="14" t="n">
         <v>38.13</v>
       </c>
-      <c r="C11" s="14" t="n">
+      <c r="D11" s="14" t="n">
         <v>34.48</v>
       </c>
-      <c r="D11" s="14" t="n">
+      <c r="E11" s="14" t="n">
         <v>31.2</v>
       </c>
-      <c r="E11" s="14" t="n">
+      <c r="F11" s="14" t="n">
         <v>32.29</v>
       </c>
-      <c r="F11" s="14" t="n">
+      <c r="G11" s="14" t="n">
         <v>37.88</v>
       </c>
-      <c r="G11" s="14" t="n">
+      <c r="H11" s="14" t="n">
         <v>32.98</v>
       </c>
-      <c r="H11" s="14" t="n">
+      <c r="I11" s="14" t="n">
         <v>31.15</v>
       </c>
-      <c r="I11" s="14" t="n">
+      <c r="J11" s="14" t="n">
         <v>32.3</v>
       </c>
-      <c r="J11" s="14" t="n">
+      <c r="K11" s="14" t="n">
         <v>37.47</v>
       </c>
-      <c r="K11" s="14" t="n">
+      <c r="L11" s="14" t="n">
         <v>31.18</v>
       </c>
-      <c r="L11" s="14" t="n">
+      <c r="M11" s="14" t="n">
         <v>27.9</v>
       </c>
-      <c r="M11" s="14" t="n">
+      <c r="N11" s="14" t="n">
         <v>29.73</v>
       </c>
-      <c r="N11" s="14" t="n">
+      <c r="O11" s="14" t="n">
         <v>32.68</v>
       </c>
-      <c r="O11" s="14" t="n">
+      <c r="P11" s="14" t="n">
         <v>32.52</v>
       </c>
-      <c r="P11" s="14" t="n">
+      <c r="Q11" s="14" t="n">
         <v>28.48</v>
       </c>
-      <c r="Q11" s="14" t="n">
+      <c r="R11" s="14" t="n">
         <v>28.01</v>
       </c>
-      <c r="R11" s="14" t="n">
+      <c r="S11" s="14" t="n">
         <v>32.44</v>
       </c>
-      <c r="S11" s="14" t="n">
+      <c r="T11" s="14" t="n">
         <v>26.5</v>
       </c>
-      <c r="T11" s="14" t="n">
+      <c r="U11" s="14" t="n">
         <v>22.88</v>
       </c>
-      <c r="U11" s="14" t="n">
+      <c r="V11" s="14" t="n">
+        <v>70.0</v>
+      </c>
+      <c r="W11" s="14" t="n">
         <v>71.53</v>
       </c>
-      <c r="V11" s="14" t="n">
+      <c r="X11" s="14" t="n">
         <v>70.69</v>
       </c>
-      <c r="W11" s="14" t="n">
+      <c r="Y11" s="14" t="n">
         <v>65.01</v>
       </c>
-      <c r="X11" s="14" t="n">
+      <c r="Z11" s="14" t="n">
         <v>67.36</v>
       </c>
-      <c r="Y11" s="14" t="n">
+      <c r="AA11" s="14" t="n">
         <v>67.92</v>
       </c>
-      <c r="Z11" s="14" t="n">
+      <c r="AB11" s="14" t="n">
         <v>70.73</v>
       </c>
-      <c r="AA11" s="14" t="n">
+      <c r="AC11" s="14" t="n">
         <v>63.95</v>
       </c>
-      <c r="AB11" s="14" t="n">
+      <c r="AD11" s="14" t="n">
         <v>64.49</v>
       </c>
-      <c r="AC11" s="14" t="n">
+      <c r="AE11" s="14" t="n">
         <v>65.35</v>
       </c>
-      <c r="AD11" s="14" t="n">
+      <c r="AF11" s="14" t="n">
         <v>65.98</v>
       </c>
-      <c r="AE11" s="14" t="n">
+      <c r="AG11" s="14" t="n">
         <v>65.62</v>
       </c>
-      <c r="AF11" s="14" t="n">
+      <c r="AH11" s="14" t="n">
         <v>65.66</v>
       </c>
-      <c r="AG11" s="14" t="n">
+      <c r="AI11" s="14" t="n">
         <v>68.88</v>
       </c>
-      <c r="AH11" s="14" t="n">
+      <c r="AJ11" s="14" t="n">
         <v>65.39</v>
       </c>
-      <c r="AI11" s="14" t="n">
+      <c r="AK11" s="14" t="n">
         <v>64.11</v>
       </c>
-      <c r="AJ11" s="14" t="n">
+      <c r="AL11" s="14" t="n">
         <v>67.99</v>
       </c>
-      <c r="AK11" s="14" t="n">
+      <c r="AM11" s="14" t="n">
         <v>66.46</v>
       </c>
-      <c r="AL11" s="14" t="n">
+      <c r="AN11" s="14" t="n">
         <v>61.47</v>
       </c>
-      <c r="AM11" s="14" t="n">
+      <c r="AO11" s="14" t="n">
         <v>57.7</v>
       </c>
-      <c r="AN11" s="14" t="n">
+      <c r="AP11" s="14" t="n">
+        <v>78.08</v>
+      </c>
+      <c r="AQ11" s="14" t="n">
         <v>78.38</v>
       </c>
-      <c r="AO11" s="14" t="n">
+      <c r="AR11" s="14" t="n">
         <v>77.82</v>
       </c>
-      <c r="AP11" s="14" t="n">
+      <c r="AS11" s="14" t="n">
         <v>77.27</v>
       </c>
-      <c r="AQ11" s="14" t="n">
+      <c r="AT11" s="14" t="n">
         <v>77.7</v>
       </c>
-      <c r="AR11" s="14" t="n">
+      <c r="AU11" s="14" t="n">
         <v>78.08</v>
       </c>
-      <c r="AS11" s="14" t="n">
+      <c r="AV11" s="14" t="n">
         <v>78.51</v>
       </c>
-      <c r="AT11" s="14" t="n">
+      <c r="AW11" s="14" t="n">
         <v>77.19</v>
       </c>
-      <c r="AU11" s="14" t="n">
+      <c r="AX11" s="14" t="n">
         <v>75.59</v>
       </c>
-      <c r="AV11" s="14" t="n">
+      <c r="AY11" s="14" t="n">
         <v>78.42</v>
       </c>
-      <c r="AW11" s="14" t="n">
+      <c r="AZ11" s="14" t="n">
         <v>77.79</v>
       </c>
-      <c r="AX11" s="14" t="n">
+      <c r="BA11" s="14" t="n">
         <v>73.94</v>
       </c>
-      <c r="AY11" s="14" t="n">
+      <c r="BB11" s="14" t="n">
         <v>75.0</v>
       </c>
-      <c r="AZ11" s="14" t="n">
+      <c r="BC11" s="14" t="n">
         <v>75.6</v>
       </c>
-      <c r="BA11" s="14" t="n">
+      <c r="BD11" s="14" t="n">
         <v>73.01</v>
       </c>
-      <c r="BB11" s="14" t="n">
+      <c r="BE11" s="14" t="n">
         <v>72.32</v>
       </c>
-      <c r="BC11" s="14" t="n">
+      <c r="BF11" s="14" t="n">
         <v>74.71</v>
       </c>
-      <c r="BD11" s="14" t="n">
+      <c r="BG11" s="14" t="n">
         <v>76.7</v>
       </c>
-      <c r="BE11" s="14" t="n">
+      <c r="BH11" s="14" t="n">
         <v>73.57</v>
       </c>
-      <c r="BF11" s="14" t="n">
+      <c r="BI11" s="14" t="n">
         <v>70.79</v>
       </c>
-      <c r="BG11" s="14" t="n">
+      <c r="BJ11" s="14" t="n">
+        <v>80.0</v>
+      </c>
+      <c r="BK11" s="14" t="n">
         <v>79.34</v>
       </c>
-      <c r="BH11" s="14" t="n">
+      <c r="BL11" s="14" t="n">
         <v>79.42</v>
       </c>
-      <c r="BI11" s="14" t="n">
+      <c r="BM11" s="14" t="n">
         <v>78.2</v>
       </c>
-      <c r="BJ11" s="14" t="n">
+      <c r="BN11" s="14" t="n">
         <v>79.86</v>
       </c>
-      <c r="BK11" s="14" t="n">
+      <c r="BO11" s="14" t="n">
         <v>82.63</v>
       </c>
-      <c r="BL11" s="14" t="n">
+      <c r="BP11" s="14" t="n">
         <v>80.4</v>
       </c>
-      <c r="BM11" s="14" t="n">
+      <c r="BQ11" s="14" t="n">
         <v>78.62</v>
       </c>
-      <c r="BN11" s="14" t="n">
+      <c r="BR11" s="14" t="n">
         <v>80.34</v>
       </c>
-      <c r="BO11" s="14" t="n">
+      <c r="BS11" s="14" t="n">
         <v>81.72</v>
       </c>
-      <c r="BP11" s="14" t="n">
+      <c r="BT11" s="14" t="n">
         <v>80.73</v>
       </c>
-      <c r="BQ11" s="14" t="n">
+      <c r="BU11" s="14" t="n">
         <v>77.02</v>
       </c>
-      <c r="BR11" s="14" t="n">
+      <c r="BV11" s="14" t="n">
         <v>77.71</v>
       </c>
-      <c r="BS11" s="14" t="n">
+      <c r="BW11" s="14" t="n">
         <v>79.24</v>
       </c>
-      <c r="BT11" s="14" t="n">
+      <c r="BX11" s="14" t="n">
         <v>77.89</v>
       </c>
-      <c r="BU11" s="14" t="n">
+      <c r="BY11" s="14" t="n">
         <v>77.52</v>
       </c>
-      <c r="BV11" s="14" t="n">
+      <c r="BZ11" s="14" t="n">
         <v>79.21</v>
       </c>
-      <c r="BW11" s="14" t="n">
+      <c r="CA11" s="14" t="n">
         <v>78.77</v>
       </c>
-      <c r="BX11" s="14" t="n">
+      <c r="CB11" s="14" t="n">
         <v>74.24</v>
       </c>
-      <c r="BY11" s="14" t="n">
+      <c r="CC11" s="14" t="n">
         <v>73.84</v>
       </c>
-      <c r="BZ11" s="14" t="n">
+      <c r="CD11" s="14" t="n">
+        <v>81.05</v>
+      </c>
+      <c r="CE11" s="14" t="n">
         <v>82.96</v>
       </c>
-      <c r="CA11" s="14" t="n">
+      <c r="CF11" s="14" t="n">
         <v>81.53</v>
       </c>
-      <c r="CB11" s="14" t="n">
+      <c r="CG11" s="14" t="n">
         <v>81.58</v>
       </c>
-      <c r="CC11" s="14" t="n">
+      <c r="CH11" s="14" t="n">
         <v>81.42</v>
       </c>
-      <c r="CD11" s="14" t="n">
+      <c r="CI11" s="14" t="n">
         <v>81.34</v>
       </c>
-      <c r="CE11" s="14" t="n">
+      <c r="CJ11" s="14" t="n">
         <v>80.68</v>
       </c>
-      <c r="CF11" s="14" t="n">
+      <c r="CK11" s="14" t="n">
         <v>79.31</v>
       </c>
-      <c r="CG11" s="14" t="n">
+      <c r="CL11" s="14" t="n">
         <v>80.95</v>
       </c>
-      <c r="CH11" s="14" t="n">
+      <c r="CM11" s="14" t="n">
         <v>81.98</v>
       </c>
-      <c r="CI11" s="14" t="n">
+      <c r="CN11" s="14" t="n">
         <v>81.0</v>
       </c>
-      <c r="CJ11" s="14" t="n">
+      <c r="CO11" s="14" t="n">
         <v>79.98</v>
       </c>
-      <c r="CK11" s="14" t="n">
+      <c r="CP11" s="14" t="n">
         <v>80.54</v>
       </c>
-      <c r="CL11" s="14" t="n">
+      <c r="CQ11" s="14" t="n">
         <v>79.37</v>
       </c>
-      <c r="CM11" s="14" t="n">
+      <c r="CR11" s="14" t="n">
         <v>77.88</v>
       </c>
-      <c r="CN11" s="14" t="n">
+      <c r="CS11" s="14" t="n">
         <v>78.46</v>
       </c>
-      <c r="CO11" s="14" t="n">
+      <c r="CT11" s="14" t="n">
         <v>79.94</v>
       </c>
-      <c r="CP11" s="14" t="n">
+      <c r="CU11" s="14" t="n">
         <v>80.09</v>
       </c>
-      <c r="CQ11" s="14" t="n">
+      <c r="CV11" s="14" t="n">
         <v>77.29</v>
       </c>
-      <c r="CR11" s="14" t="n">
+      <c r="CW11" s="14" t="n">
         <v>73.82</v>
       </c>
-      <c r="CS11" s="14" t="n">
+      <c r="CX11" s="14" t="n">
+        <v>81.55</v>
+      </c>
+      <c r="CY11" s="14" t="n">
         <v>83.21</v>
       </c>
-      <c r="CT11" s="14" t="n">
+      <c r="CZ11" s="14" t="n">
         <v>81.77</v>
       </c>
-      <c r="CU11" s="14" t="n">
+      <c r="DA11" s="14" t="n">
         <v>79.67</v>
       </c>
-      <c r="CV11" s="14" t="n">
+      <c r="DB11" s="14" t="n">
         <v>80.76</v>
       </c>
-      <c r="CW11" s="14" t="n">
+      <c r="DC11" s="14" t="n">
         <v>81.86</v>
       </c>
-      <c r="CX11" s="14" t="n">
+      <c r="DD11" s="14" t="n">
         <v>80.24</v>
       </c>
-      <c r="CY11" s="14" t="n">
+      <c r="DE11" s="14" t="n">
         <v>77.32</v>
       </c>
-      <c r="CZ11" s="14" t="n">
+      <c r="DF11" s="14" t="n">
         <v>79.46</v>
       </c>
-      <c r="DA11" s="14" t="n">
+      <c r="DG11" s="14" t="n">
         <v>79.61</v>
       </c>
-      <c r="DB11" s="14" t="n">
+      <c r="DH11" s="14" t="n">
         <v>80.32</v>
       </c>
-      <c r="DC11" s="14" t="n">
+      <c r="DI11" s="14" t="n">
         <v>78.56</v>
       </c>
-      <c r="DD11" s="14" t="n">
+      <c r="DJ11" s="14" t="n">
         <v>79.31</v>
       </c>
-      <c r="DE11" s="14" t="n">
+      <c r="DK11" s="14" t="n">
         <v>79.28</v>
       </c>
-      <c r="DF11" s="14" t="n">
+      <c r="DL11" s="14" t="n">
         <v>79.92</v>
       </c>
-      <c r="DG11" s="14" t="n">
+      <c r="DM11" s="14" t="n">
         <v>78.36</v>
       </c>
-      <c r="DH11" s="14" t="n">
+      <c r="DN11" s="14" t="n">
         <v>78.61</v>
       </c>
-      <c r="DI11" s="14" t="n">
+      <c r="DO11" s="14" t="n">
         <v>79.04</v>
       </c>
-      <c r="DJ11" s="14" t="n">
+      <c r="DP11" s="14" t="n">
         <v>77.13</v>
       </c>
-      <c r="DK11" s="14" t="n">
+      <c r="DQ11" s="14" t="n">
         <v>76.72</v>
       </c>
-      <c r="DL11" s="14" t="n">
+      <c r="DR11" s="14" t="n">
+        <v>80.77</v>
+      </c>
+      <c r="DS11" s="14" t="n">
         <v>80.0</v>
       </c>
-      <c r="DM11" s="14" t="n">
+      <c r="DT11" s="14" t="n">
         <v>78.03</v>
       </c>
-      <c r="DN11" s="14" t="n">
+      <c r="DU11" s="14" t="n">
         <v>78.28</v>
       </c>
-      <c r="DO11" s="14" t="n">
+      <c r="DV11" s="14" t="n">
         <v>78.84</v>
       </c>
-      <c r="DP11" s="14" t="n">
+      <c r="DW11" s="14" t="n">
         <v>79.44</v>
       </c>
-      <c r="DQ11" s="14" t="n">
+      <c r="DX11" s="14" t="n">
         <v>79.44</v>
       </c>
-      <c r="DR11" s="14" t="n">
+      <c r="DY11" s="14" t="n">
         <v>79.17</v>
       </c>
-      <c r="DS11" s="14" t="n">
+      <c r="DZ11" s="14" t="n">
         <v>78.19</v>
       </c>
-      <c r="DT11" s="14" t="n">
+      <c r="EA11" s="14" t="n">
         <v>77.9</v>
       </c>
-      <c r="DU11" s="14" t="n">
+      <c r="EB11" s="14" t="n">
         <v>76.97</v>
       </c>
-      <c r="DV11" s="14" t="n">
+      <c r="EC11" s="14" t="n">
         <v>74.63</v>
       </c>
-      <c r="DW11" s="14" t="n">
+      <c r="ED11" s="14" t="n">
         <v>75.14</v>
       </c>
-      <c r="DX11" s="14" t="n">
+      <c r="EE11" s="14" t="n">
         <v>74.78</v>
       </c>
-      <c r="DY11" s="14" t="n">
+      <c r="EF11" s="14" t="n">
         <v>75.13</v>
       </c>
-      <c r="DZ11" s="14" t="n">
+      <c r="EG11" s="14" t="n">
         <v>73.38</v>
       </c>
-      <c r="EA11" s="14" t="n">
+      <c r="EH11" s="14" t="n">
         <v>74.15</v>
       </c>
-      <c r="EB11" s="14" t="n">
+      <c r="EI11" s="14" t="n">
         <v>73.81</v>
       </c>
-      <c r="EC11" s="14" t="n">
+      <c r="EJ11" s="14" t="n">
         <v>73.58</v>
       </c>
-      <c r="ED11" s="14" t="n">
+      <c r="EK11" s="14" t="n">
         <v>73.09</v>
       </c>
-      <c r="EE11" s="14" t="n">
+      <c r="EL11" s="14" t="n">
+        <v>65.2</v>
+      </c>
+      <c r="EM11" s="14" t="n">
         <v>64.36</v>
       </c>
-      <c r="EF11" s="14" t="n">
+      <c r="EN11" s="14" t="n">
         <v>64.91</v>
       </c>
-      <c r="EG11" s="14" t="n">
+      <c r="EO11" s="14" t="n">
         <v>62.16</v>
       </c>
-      <c r="EH11" s="14" t="n">
+      <c r="EP11" s="14" t="n">
         <v>63.16</v>
       </c>
-      <c r="EI11" s="14" t="n">
+      <c r="EQ11" s="14" t="n">
         <v>62.89</v>
       </c>
-      <c r="EJ11" s="14" t="n">
+      <c r="ER11" s="14" t="n">
         <v>63.92</v>
       </c>
-      <c r="EK11" s="14" t="n">
+      <c r="ES11" s="14" t="n">
         <v>62.2</v>
       </c>
-      <c r="EL11" s="14" t="n">
+      <c r="ET11" s="14" t="n">
         <v>62.87</v>
       </c>
-      <c r="EM11" s="14" t="n">
+      <c r="EU11" s="14" t="n">
         <v>62.6</v>
       </c>
-      <c r="EN11" s="14" t="n">
+      <c r="EV11" s="14" t="n">
         <v>62.7</v>
       </c>
-      <c r="EO11" s="14" t="n">
+      <c r="EW11" s="14" t="n">
         <v>62.3</v>
       </c>
-      <c r="EP11" s="14" t="n">
+      <c r="EX11" s="14" t="n">
         <v>61.49</v>
       </c>
-      <c r="EQ11" s="14" t="n">
+      <c r="EY11" s="14" t="n">
         <v>61.95</v>
       </c>
-      <c r="ER11" s="14" t="n">
+      <c r="EZ11" s="14" t="n">
         <v>60.95</v>
       </c>
-      <c r="ES11" s="14" t="n">
+      <c r="FA11" s="14" t="n">
         <v>59.79</v>
       </c>
-      <c r="ET11" s="14" t="n">
+      <c r="FB11" s="14" t="n">
         <v>60.06</v>
       </c>
-      <c r="EU11" s="14" t="n">
+      <c r="FC11" s="14" t="n">
         <v>58.51</v>
       </c>
-      <c r="EV11" s="14" t="n">
+      <c r="FD11" s="14" t="n">
         <v>58.12</v>
       </c>
-      <c r="EW11" s="14" t="n">
+      <c r="FE11" s="14" t="n">
         <v>57.76</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Production of meat and poultry meat products</t>
         </is>
       </c>
       <c r="B12" s="14" t="n">
+        <v>55.68</v>
+      </c>
+      <c r="C12" s="14" t="n">
         <v>55.16</v>
       </c>
-      <c r="C12" s="14" t="n">
+      <c r="D12" s="14" t="n">
         <v>59.62</v>
       </c>
-      <c r="D12" s="14" t="n">
+      <c r="E12" s="14" t="n">
         <v>54.58</v>
       </c>
-      <c r="E12" s="14" t="n">
+      <c r="F12" s="14" t="n">
         <v>55.7</v>
       </c>
-      <c r="F12" s="14" t="n">
+      <c r="G12" s="14" t="n">
         <v>52.16</v>
       </c>
-      <c r="G12" s="14" t="n">
+      <c r="H12" s="14" t="n">
         <v>58.19</v>
       </c>
-      <c r="H12" s="14" t="n">
+      <c r="I12" s="14" t="n">
         <v>55.81</v>
       </c>
-      <c r="I12" s="14" t="n">
+      <c r="J12" s="14" t="n">
         <v>52.92</v>
       </c>
-      <c r="J12" s="14" t="n">
+      <c r="K12" s="14" t="n">
         <v>54.62</v>
       </c>
-      <c r="K12" s="14" t="n">
+      <c r="L12" s="14" t="n">
         <v>58.07</v>
       </c>
-      <c r="L12" s="14" t="n">
+      <c r="M12" s="14" t="n">
         <v>56.06</v>
       </c>
-      <c r="M12" s="14" t="n">
+      <c r="N12" s="14" t="n">
         <v>53.93</v>
       </c>
-      <c r="N12" s="14" t="n">
+      <c r="O12" s="14" t="n">
         <v>53.88</v>
       </c>
-      <c r="O12" s="14" t="n">
+      <c r="P12" s="14" t="n">
         <v>56.74</v>
       </c>
-      <c r="P12" s="14" t="n">
+      <c r="Q12" s="14" t="n">
         <v>52.66</v>
       </c>
-      <c r="Q12" s="14" t="n">
+      <c r="R12" s="14" t="n">
         <v>52.72</v>
       </c>
-      <c r="R12" s="14" t="n">
+      <c r="S12" s="14" t="n">
         <v>51.36</v>
       </c>
-      <c r="S12" s="14" t="n">
+      <c r="T12" s="14" t="n">
         <v>51.18</v>
       </c>
-      <c r="T12" s="14" t="n">
+      <c r="U12" s="14" t="n">
         <v>47.29</v>
       </c>
-      <c r="U12" s="14" t="n">
+      <c r="V12" s="14" t="n">
+        <v>80.26</v>
+      </c>
+      <c r="W12" s="14" t="n">
         <v>79.28</v>
       </c>
-      <c r="V12" s="14" t="n">
+      <c r="X12" s="14" t="n">
         <v>79.38</v>
       </c>
-      <c r="W12" s="14" t="n">
+      <c r="Y12" s="14" t="n">
         <v>79.35</v>
       </c>
-      <c r="X12" s="14" t="n">
+      <c r="Z12" s="14" t="n">
         <v>78.25</v>
       </c>
-      <c r="Y12" s="14" t="n">
+      <c r="AA12" s="14" t="n">
         <v>77.02</v>
       </c>
-      <c r="Z12" s="14" t="n">
+      <c r="AB12" s="14" t="n">
         <v>77.72</v>
       </c>
-      <c r="AA12" s="14" t="n">
+      <c r="AC12" s="14" t="n">
         <v>77.72</v>
       </c>
-      <c r="AB12" s="14" t="n">
+      <c r="AD12" s="14" t="n">
         <v>79.32</v>
       </c>
-      <c r="AC12" s="14" t="n">
+      <c r="AE12" s="14" t="n">
         <v>78.65</v>
       </c>
-      <c r="AD12" s="14" t="n">
+      <c r="AF12" s="14" t="n">
         <v>80.92</v>
       </c>
-      <c r="AE12" s="14" t="n">
+      <c r="AG12" s="14" t="n">
         <v>76.54</v>
       </c>
-      <c r="AF12" s="14" t="n">
+      <c r="AH12" s="14" t="n">
         <v>75.39</v>
       </c>
-      <c r="AG12" s="14" t="n">
+      <c r="AI12" s="14" t="n">
         <v>73.65</v>
       </c>
-      <c r="AH12" s="14" t="n">
+      <c r="AJ12" s="14" t="n">
         <v>78.98</v>
       </c>
-      <c r="AI12" s="14" t="n">
+      <c r="AK12" s="14" t="n">
         <v>76.11</v>
       </c>
-      <c r="AJ12" s="14" t="n">
+      <c r="AL12" s="14" t="n">
         <v>74.69</v>
       </c>
-      <c r="AK12" s="14" t="n">
+      <c r="AM12" s="14" t="n">
         <v>74.14</v>
       </c>
-      <c r="AL12" s="14" t="n">
+      <c r="AN12" s="14" t="n">
         <v>73.33</v>
       </c>
-      <c r="AM12" s="14" t="n">
+      <c r="AO12" s="14" t="n">
         <v>71.67</v>
       </c>
-      <c r="AN12" s="14" t="n">
+      <c r="AP12" s="14" t="n">
+        <v>87.79</v>
+      </c>
+      <c r="AQ12" s="14" t="n">
         <v>87.48</v>
       </c>
-      <c r="AO12" s="14" t="n">
+      <c r="AR12" s="14" t="n">
         <v>88.63</v>
       </c>
-      <c r="AP12" s="14" t="n">
+      <c r="AS12" s="14" t="n">
         <v>87.92</v>
       </c>
-      <c r="AQ12" s="14" t="n">
+      <c r="AT12" s="14" t="n">
         <v>86.47</v>
       </c>
-      <c r="AR12" s="14" t="n">
+      <c r="AU12" s="14" t="n">
         <v>84.84</v>
       </c>
-      <c r="AS12" s="14" t="n">
+      <c r="AV12" s="14" t="n">
         <v>85.99</v>
       </c>
-      <c r="AT12" s="14" t="n">
+      <c r="AW12" s="14" t="n">
         <v>86.16</v>
       </c>
-      <c r="AU12" s="14" t="n">
+      <c r="AX12" s="14" t="n">
         <v>86.08</v>
       </c>
-      <c r="AV12" s="14" t="n">
+      <c r="AY12" s="14" t="n">
         <v>86.23</v>
       </c>
-      <c r="AW12" s="14" t="n">
+      <c r="AZ12" s="14" t="n">
         <v>87.67</v>
       </c>
-      <c r="AX12" s="14" t="n">
+      <c r="BA12" s="14" t="n">
         <v>85.9</v>
       </c>
-      <c r="AY12" s="14" t="n">
+      <c r="BB12" s="14" t="n">
         <v>85.25</v>
       </c>
-      <c r="AZ12" s="14" t="n">
+      <c r="BC12" s="14" t="n">
         <v>85.78</v>
       </c>
-      <c r="BA12" s="14" t="n">
+      <c r="BD12" s="14" t="n">
         <v>85.5</v>
       </c>
-      <c r="BB12" s="14" t="n">
+      <c r="BE12" s="14" t="n">
         <v>85.75</v>
       </c>
-      <c r="BC12" s="14" t="n">
+      <c r="BF12" s="14" t="n">
         <v>83.83</v>
       </c>
-      <c r="BD12" s="14" t="n">
+      <c r="BG12" s="14" t="n">
         <v>82.01</v>
       </c>
-      <c r="BE12" s="14" t="n">
+      <c r="BH12" s="14" t="n">
         <v>82.31</v>
       </c>
-      <c r="BF12" s="14" t="n">
+      <c r="BI12" s="14" t="n">
         <v>80.97</v>
       </c>
-      <c r="BG12" s="14" t="n">
+      <c r="BJ12" s="14" t="n">
+        <v>89.55</v>
+      </c>
+      <c r="BK12" s="14" t="n">
         <v>87.53</v>
       </c>
-      <c r="BH12" s="14" t="n">
+      <c r="BL12" s="14" t="n">
         <v>89.33</v>
       </c>
-      <c r="BI12" s="14" t="n">
+      <c r="BM12" s="14" t="n">
         <v>89.0</v>
       </c>
-      <c r="BJ12" s="14" t="n">
+      <c r="BN12" s="14" t="n">
         <v>89.85</v>
       </c>
-      <c r="BK12" s="14" t="n">
+      <c r="BO12" s="14" t="n">
         <v>88.72</v>
       </c>
-      <c r="BL12" s="14" t="n">
+      <c r="BP12" s="14" t="n">
         <v>89.15</v>
       </c>
-      <c r="BM12" s="14" t="n">
+      <c r="BQ12" s="14" t="n">
         <v>87.27</v>
       </c>
-      <c r="BN12" s="14" t="n">
+      <c r="BR12" s="14" t="n">
         <v>86.68</v>
       </c>
-      <c r="BO12" s="14" t="n">
+      <c r="BS12" s="14" t="n">
         <v>86.58</v>
       </c>
-      <c r="BP12" s="14" t="n">
+      <c r="BT12" s="14" t="n">
         <v>87.35</v>
       </c>
-      <c r="BQ12" s="14" t="n">
+      <c r="BU12" s="14" t="n">
         <v>86.71</v>
       </c>
-      <c r="BR12" s="14" t="n">
+      <c r="BV12" s="14" t="n">
         <v>86.14</v>
       </c>
-      <c r="BS12" s="14" t="n">
+      <c r="BW12" s="14" t="n">
         <v>85.62</v>
       </c>
-      <c r="BT12" s="14" t="n">
+      <c r="BX12" s="14" t="n">
         <v>85.37</v>
       </c>
-      <c r="BU12" s="14" t="n">
+      <c r="BY12" s="14" t="n">
         <v>86.45</v>
       </c>
-      <c r="BV12" s="14" t="n">
+      <c r="BZ12" s="14" t="n">
         <v>87.84</v>
       </c>
-      <c r="BW12" s="14" t="n">
+      <c r="CA12" s="14" t="n">
         <v>85.7</v>
       </c>
-      <c r="BX12" s="14" t="n">
+      <c r="CB12" s="14" t="n">
         <v>84.92</v>
       </c>
-      <c r="BY12" s="14" t="n">
+      <c r="CC12" s="14" t="n">
         <v>83.19</v>
       </c>
-      <c r="BZ12" s="14" t="n">
+      <c r="CD12" s="14" t="n">
+        <v>90.87</v>
+      </c>
+      <c r="CE12" s="14" t="n">
         <v>89.62</v>
       </c>
-      <c r="CA12" s="14" t="n">
+      <c r="CF12" s="14" t="n">
         <v>90.4</v>
       </c>
-      <c r="CB12" s="14" t="n">
+      <c r="CG12" s="14" t="n">
         <v>88.56</v>
       </c>
-      <c r="CC12" s="14" t="n">
+      <c r="CH12" s="14" t="n">
         <v>88.96</v>
       </c>
-      <c r="CD12" s="14" t="n">
+      <c r="CI12" s="14" t="n">
         <v>89.19</v>
       </c>
-      <c r="CE12" s="14" t="n">
+      <c r="CJ12" s="14" t="n">
         <v>90.04</v>
       </c>
-      <c r="CF12" s="14" t="n">
+      <c r="CK12" s="14" t="n">
         <v>88.96</v>
       </c>
-      <c r="CG12" s="14" t="n">
+      <c r="CL12" s="14" t="n">
         <v>88.97</v>
       </c>
-      <c r="CH12" s="14" t="n">
+      <c r="CM12" s="14" t="n">
         <v>87.91</v>
       </c>
-      <c r="CI12" s="14" t="n">
+      <c r="CN12" s="14" t="n">
         <v>88.29</v>
       </c>
-      <c r="CJ12" s="14" t="n">
+      <c r="CO12" s="14" t="n">
         <v>87.72</v>
       </c>
-      <c r="CK12" s="14" t="n">
+      <c r="CP12" s="14" t="n">
         <v>88.97</v>
       </c>
-      <c r="CL12" s="14" t="n">
+      <c r="CQ12" s="14" t="n">
         <v>87.67</v>
       </c>
-      <c r="CM12" s="14" t="n">
+      <c r="CR12" s="14" t="n">
         <v>88.68</v>
       </c>
-      <c r="CN12" s="14" t="n">
+      <c r="CS12" s="14" t="n">
         <v>88.28</v>
       </c>
-      <c r="CO12" s="14" t="n">
+      <c r="CT12" s="14" t="n">
         <v>88.09</v>
       </c>
-      <c r="CP12" s="14" t="n">
+      <c r="CU12" s="14" t="n">
         <v>86.5</v>
       </c>
-      <c r="CQ12" s="14" t="n">
+      <c r="CV12" s="14" t="n">
         <v>87.35</v>
       </c>
-      <c r="CR12" s="14" t="n">
+      <c r="CW12" s="14" t="n">
         <v>86.0</v>
       </c>
-      <c r="CS12" s="14" t="n">
+      <c r="CX12" s="14" t="n">
+        <v>88.44</v>
+      </c>
+      <c r="CY12" s="14" t="n">
         <v>88.39</v>
       </c>
-      <c r="CT12" s="14" t="n">
+      <c r="CZ12" s="14" t="n">
         <v>89.78</v>
       </c>
-      <c r="CU12" s="14" t="n">
+      <c r="DA12" s="14" t="n">
         <v>89.63</v>
       </c>
-      <c r="CV12" s="14" t="n">
+      <c r="DB12" s="14" t="n">
         <v>89.12</v>
       </c>
-      <c r="CW12" s="14" t="n">
+      <c r="DC12" s="14" t="n">
         <v>89.49</v>
       </c>
-      <c r="CX12" s="14" t="n">
+      <c r="DD12" s="14" t="n">
         <v>89.1</v>
       </c>
-      <c r="CY12" s="14" t="n">
+      <c r="DE12" s="14" t="n">
         <v>88.88</v>
       </c>
-      <c r="CZ12" s="14" t="n">
+      <c r="DF12" s="14" t="n">
         <v>89.05</v>
       </c>
-      <c r="DA12" s="14" t="n">
+      <c r="DG12" s="14" t="n">
         <v>88.45</v>
       </c>
-      <c r="DB12" s="14" t="n">
+      <c r="DH12" s="14" t="n">
         <v>89.54</v>
       </c>
-      <c r="DC12" s="14" t="n">
+      <c r="DI12" s="14" t="n">
         <v>87.66</v>
       </c>
-      <c r="DD12" s="14" t="n">
+      <c r="DJ12" s="14" t="n">
         <v>88.13</v>
       </c>
-      <c r="DE12" s="14" t="n">
+      <c r="DK12" s="14" t="n">
         <v>88.72</v>
       </c>
-      <c r="DF12" s="14" t="n">
+      <c r="DL12" s="14" t="n">
         <v>88.12</v>
       </c>
-      <c r="DG12" s="14" t="n">
+      <c r="DM12" s="14" t="n">
         <v>87.18</v>
       </c>
-      <c r="DH12" s="14" t="n">
+      <c r="DN12" s="14" t="n">
         <v>87.67</v>
       </c>
-      <c r="DI12" s="14" t="n">
+      <c r="DO12" s="14" t="n">
         <v>85.96</v>
       </c>
-      <c r="DJ12" s="14" t="n">
+      <c r="DP12" s="14" t="n">
         <v>85.76</v>
       </c>
-      <c r="DK12" s="14" t="n">
+      <c r="DQ12" s="14" t="n">
         <v>84.94</v>
       </c>
-      <c r="DL12" s="14" t="n">
+      <c r="DR12" s="14" t="n">
+        <v>89.27</v>
+      </c>
+      <c r="DS12" s="14" t="n">
         <v>88.67</v>
       </c>
-      <c r="DM12" s="14" t="n">
+      <c r="DT12" s="14" t="n">
         <v>90.35</v>
       </c>
-      <c r="DN12" s="14" t="n">
+      <c r="DU12" s="14" t="n">
         <v>88.82</v>
       </c>
-      <c r="DO12" s="14" t="n">
+      <c r="DV12" s="14" t="n">
         <v>88.89</v>
       </c>
-      <c r="DP12" s="14" t="n">
+      <c r="DW12" s="14" t="n">
         <v>87.28</v>
       </c>
-      <c r="DQ12" s="14" t="n">
+      <c r="DX12" s="14" t="n">
         <v>87.45</v>
       </c>
-      <c r="DR12" s="14" t="n">
+      <c r="DY12" s="14" t="n">
         <v>86.95</v>
       </c>
-      <c r="DS12" s="14" t="n">
+      <c r="DZ12" s="14" t="n">
         <v>87.14</v>
       </c>
-      <c r="DT12" s="14" t="n">
+      <c r="EA12" s="14" t="n">
         <v>86.96</v>
       </c>
-      <c r="DU12" s="14" t="n">
+      <c r="EB12" s="14" t="n">
         <v>87.31</v>
       </c>
-      <c r="DV12" s="14" t="n">
+      <c r="EC12" s="14" t="n">
         <v>86.71</v>
       </c>
-      <c r="DW12" s="14" t="n">
+      <c r="ED12" s="14" t="n">
         <v>87.17</v>
       </c>
-      <c r="DX12" s="14" t="n">
+      <c r="EE12" s="14" t="n">
         <v>86.25</v>
       </c>
-      <c r="DY12" s="14" t="n">
+      <c r="EF12" s="14" t="n">
         <v>86.57</v>
       </c>
-      <c r="DZ12" s="14" t="n">
+      <c r="EG12" s="14" t="n">
         <v>86.36</v>
       </c>
-      <c r="EA12" s="14" t="n">
+      <c r="EH12" s="14" t="n">
         <v>87.23</v>
       </c>
-      <c r="EB12" s="14" t="n">
+      <c r="EI12" s="14" t="n">
         <v>85.41</v>
       </c>
-      <c r="EC12" s="14" t="n">
+      <c r="EJ12" s="14" t="n">
         <v>83.95</v>
       </c>
-      <c r="ED12" s="14" t="n">
+      <c r="EK12" s="14" t="n">
         <v>81.96</v>
       </c>
-      <c r="EE12" s="14" t="n">
+      <c r="EL12" s="14" t="n">
+        <v>74.48</v>
+      </c>
+      <c r="EM12" s="14" t="n">
         <v>75.67</v>
       </c>
-      <c r="EF12" s="14" t="n">
+      <c r="EN12" s="14" t="n">
         <v>76.01</v>
       </c>
-      <c r="EG12" s="14" t="n">
+      <c r="EO12" s="14" t="n">
         <v>75.08</v>
       </c>
-      <c r="EH12" s="14" t="n">
+      <c r="EP12" s="14" t="n">
         <v>75.7</v>
       </c>
-      <c r="EI12" s="14" t="n">
+      <c r="EQ12" s="14" t="n">
         <v>74.19</v>
       </c>
-      <c r="EJ12" s="14" t="n">
+      <c r="ER12" s="14" t="n">
         <v>74.67</v>
       </c>
-      <c r="EK12" s="14" t="n">
+      <c r="ES12" s="14" t="n">
         <v>73.55</v>
       </c>
-      <c r="EL12" s="14" t="n">
+      <c r="ET12" s="14" t="n">
         <v>73.17</v>
       </c>
-      <c r="EM12" s="14" t="n">
+      <c r="EU12" s="14" t="n">
         <v>73.19</v>
       </c>
-      <c r="EN12" s="14" t="n">
+      <c r="EV12" s="14" t="n">
         <v>72.55</v>
       </c>
-      <c r="EO12" s="14" t="n">
+      <c r="EW12" s="14" t="n">
         <v>72.21</v>
       </c>
-      <c r="EP12" s="14" t="n">
+      <c r="EX12" s="14" t="n">
         <v>71.95</v>
       </c>
-      <c r="EQ12" s="14" t="n">
+      <c r="EY12" s="14" t="n">
         <v>72.12</v>
       </c>
-      <c r="ER12" s="14" t="n">
+      <c r="EZ12" s="14" t="n">
         <v>71.31</v>
       </c>
-      <c r="ES12" s="14" t="n">
+      <c r="FA12" s="14" t="n">
         <v>71.39</v>
       </c>
-      <c r="ET12" s="14" t="n">
+      <c r="FB12" s="14" t="n">
         <v>72.07</v>
       </c>
-      <c r="EU12" s="14" t="n">
+      <c r="FC12" s="14" t="n">
         <v>71.32</v>
       </c>
-      <c r="EV12" s="14" t="n">
+      <c r="FD12" s="14" t="n">
         <v>70.82</v>
       </c>
-      <c r="EW12" s="14" t="n">
+      <c r="FE12" s="14" t="n">
         <v>70.95</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
           <t>Notas:</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
           <t xml:space="preserve">Fuente: </t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="14">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A5:K5"/>
     <mergeCell ref="A6:K6"/>
-    <mergeCell ref="B7:T7"/>
-[...6 lines deleted...]
-    <mergeCell ref="EE7:EW7"/>
+    <mergeCell ref="B7:U7"/>
+    <mergeCell ref="V7:AO7"/>
+    <mergeCell ref="AP7:BI7"/>
+    <mergeCell ref="BJ7:CC7"/>
+    <mergeCell ref="CD7:CW7"/>
+    <mergeCell ref="CX7:DQ7"/>
+    <mergeCell ref="DR7:EK7"/>
+    <mergeCell ref="EL7:FE7"/>
   </mergeCells>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>