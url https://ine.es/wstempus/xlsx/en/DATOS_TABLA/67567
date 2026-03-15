--- v0 (2025-10-23)
+++ v1 (2026-03-15)
@@ -244,73 +244,77 @@
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="8" xfId="0" applyFill="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="6" fillId="5" borderId="8" xfId="0" applyFill="true" applyBorder="true" applyFont="true"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="8" xfId="0" applyFill="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="5" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="4" fontId="7" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true" applyNumberFormat="true">
       <alignment horizontal="right"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:Q35"/>
+  <dimension ref="A1:U35"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="39.0625" customWidth="true"/>
     <col min="2" max="2" width="19.53125" customWidth="true"/>
     <col min="3" max="3" width="19.53125" customWidth="true"/>
     <col min="4" max="4" width="19.53125" customWidth="true"/>
     <col min="5" max="5" width="19.53125" customWidth="true"/>
     <col min="6" max="6" width="19.53125" customWidth="true"/>
     <col min="7" max="7" width="19.53125" customWidth="true"/>
     <col min="8" max="8" width="19.53125" customWidth="true"/>
     <col min="9" max="9" width="19.53125" customWidth="true"/>
     <col min="10" max="10" width="19.53125" customWidth="true"/>
     <col min="11" max="11" width="19.53125" customWidth="true"/>
     <col min="12" max="12" width="19.53125" customWidth="true"/>
     <col min="13" max="13" width="19.53125" customWidth="true"/>
     <col min="14" max="14" width="19.53125" customWidth="true"/>
     <col min="15" max="15" width="19.53125" customWidth="true"/>
     <col min="16" max="16" width="19.53125" customWidth="true"/>
     <col min="17" max="17" width="19.53125" customWidth="true"/>
+    <col min="18" max="18" width="19.53125" customWidth="true"/>
+    <col min="19" max="19" width="19.53125" customWidth="true"/>
+    <col min="20" max="20" width="19.53125" customWidth="true"/>
+    <col min="21" max="21" width="19.53125" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Unemployment</t>
         </is>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
     </row>
     <row r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
           <t>Annual</t>
         </is>
       </c>
@@ -340,1341 +344,1607 @@
       <c r="H3" s="11"/>
       <c r="I3" s="11"/>
       <c r="J3" s="11"/>
       <c r="K3" s="11"/>
     </row>
     <row r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Unemployment rate of people between 16 and 74 years old by educational level attained and Autonomous Community</t>
         </is>
       </c>
       <c r="B4" s="3"/>
       <c r="C4" s="3"/>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
       <c r="F4" s="3"/>
       <c r="G4" s="3"/>
       <c r="H4" s="3"/>
       <c r="I4" s="3"/>
       <c r="J4" s="3"/>
       <c r="K4" s="3"/>
     </row>
     <row r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
-          <t>Unidades: Tasas</t>
+          <t>Unidades: Rates</t>
         </is>
       </c>
       <c r="B5" s="4"/>
       <c r="C5" s="4"/>
       <c r="D5" s="4"/>
       <c r="E5" s="4"/>
       <c r="F5" s="4"/>
       <c r="G5" s="4"/>
       <c r="H5" s="4"/>
       <c r="I5" s="4"/>
       <c r="J5" s="4"/>
       <c r="K5" s="4"/>
     </row>
     <row r="6">
       <c r="A6" s="11" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="B6" s="11"/>
       <c r="C6" s="11"/>
       <c r="D6" s="11"/>
       <c r="E6" s="11"/>
       <c r="F6" s="11"/>
       <c r="G6" s="11"/>
       <c r="H6" s="11"/>
       <c r="I6" s="11"/>
       <c r="J6" s="11"/>
       <c r="K6" s="11"/>
     </row>
     <row r="7">
       <c r="A7" s="12" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="B7" s="6" t="inlineStr">
         <is>
           <t>Menos que primaria (nivel 0)</t>
         </is>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6"/>
       <c r="E7" s="6"/>
-      <c r="F7" s="6" t="inlineStr">
+      <c r="F7" s="6"/>
+      <c r="G7" s="6" t="inlineStr">
         <is>
           <t>Primary education and first stage of secondary education (levels 1 and 2)</t>
         </is>
       </c>
-      <c r="G7" s="6"/>
       <c r="H7" s="6"/>
       <c r="I7" s="6"/>
-      <c r="J7" s="6" t="inlineStr">
+      <c r="J7" s="6"/>
+      <c r="K7" s="6"/>
+      <c r="L7" s="6" t="inlineStr">
         <is>
           <t>Second stage of secondary education and post-secondary non-higher education (levels 3 and 4)</t>
         </is>
       </c>
-      <c r="K7" s="6"/>
-      <c r="L7" s="6"/>
       <c r="M7" s="6"/>
-      <c r="N7" s="6" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="N7" s="6"/>
       <c r="O7" s="6"/>
       <c r="P7" s="6"/>
-      <c r="Q7" s="6"/>
+      <c r="Q7" s="6" t="inlineStr">
+        <is>
+          <t>Production of meat and poultry meat products</t>
+        </is>
+      </c>
+      <c r="R7" s="6"/>
+      <c r="S7" s="6"/>
+      <c r="T7" s="6"/>
+      <c r="U7" s="6"/>
     </row>
     <row r="8">
       <c r="A8" s="12" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="C8" s="7" t="inlineStr">
+        <is>
           <t>2024</t>
         </is>
       </c>
-      <c r="C8" s="7" t="inlineStr">
+      <c r="D8" s="7" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
-      <c r="D8" s="7" t="inlineStr">
+      <c r="E8" s="7" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="E8" s="7" t="inlineStr">
+      <c r="F8" s="7" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="F8" s="7" t="inlineStr">
+      <c r="G8" s="7" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="H8" s="7" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
-      <c r="G8" s="7" t="inlineStr">
+      <c r="I8" s="7" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
-      <c r="H8" s="7" t="inlineStr">
+      <c r="J8" s="7" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="I8" s="7" t="inlineStr">
+      <c r="K8" s="7" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="J8" s="7" t="inlineStr">
+      <c r="L8" s="7" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="M8" s="7" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
-      <c r="K8" s="7" t="inlineStr">
+      <c r="N8" s="7" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
-      <c r="L8" s="7" t="inlineStr">
+      <c r="O8" s="7" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="M8" s="7" t="inlineStr">
+      <c r="P8" s="7" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="N8" s="7" t="inlineStr">
+      <c r="Q8" s="7" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="R8" s="7" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
-      <c r="O8" s="7" t="inlineStr">
+      <c r="S8" s="7" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
-      <c r="P8" s="7" t="inlineStr">
+      <c r="T8" s="7" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="Q8" s="7" t="inlineStr">
+      <c r="U8" s="7" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="6" t="inlineStr">
         <is>
           <t>National Total</t>
         </is>
       </c>
       <c r="B9" s="14" t="n">
+        <v>24.42</v>
+      </c>
+      <c r="C9" s="14" t="n">
         <v>28.23</v>
       </c>
-      <c r="C9" s="14" t="n">
+      <c r="D9" s="14" t="n">
         <v>25.04</v>
       </c>
-      <c r="D9" s="14" t="n">
+      <c r="E9" s="14" t="n">
         <v>27.77</v>
       </c>
-      <c r="E9" s="14" t="n">
+      <c r="F9" s="14" t="n">
         <v>30.21</v>
       </c>
-      <c r="F9" s="14" t="n">
+      <c r="G9" s="14" t="n">
+        <v>15.35</v>
+      </c>
+      <c r="H9" s="14" t="n">
         <v>16.52</v>
       </c>
-      <c r="G9" s="14" t="n">
+      <c r="I9" s="14" t="n">
         <v>17.66</v>
       </c>
-      <c r="H9" s="14" t="n">
+      <c r="J9" s="14" t="n">
         <v>18.94</v>
       </c>
-      <c r="I9" s="14" t="n">
+      <c r="K9" s="14" t="n">
         <v>21.12</v>
       </c>
-      <c r="J9" s="14" t="n">
+      <c r="L9" s="14" t="n">
+        <v>11.53</v>
+      </c>
+      <c r="M9" s="14" t="n">
         <v>12.28</v>
       </c>
-      <c r="K9" s="14" t="n">
+      <c r="N9" s="14" t="n">
         <v>13.28</v>
       </c>
-      <c r="L9" s="14" t="n">
+      <c r="O9" s="14" t="n">
         <v>14.16</v>
       </c>
-      <c r="M9" s="14" t="n">
+      <c r="P9" s="14" t="n">
         <v>16.14</v>
       </c>
-      <c r="N9" s="14" t="n">
+      <c r="Q9" s="14" t="n">
+        <v>6.37</v>
+      </c>
+      <c r="R9" s="14" t="n">
         <v>6.9</v>
       </c>
-      <c r="O9" s="14" t="n">
+      <c r="S9" s="14" t="n">
         <v>7.39</v>
       </c>
-      <c r="P9" s="14" t="n">
+      <c r="T9" s="14" t="n">
         <v>7.72</v>
       </c>
-      <c r="Q9" s="14" t="n">
+      <c r="U9" s="14" t="n">
         <v>9.29</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="6" t="inlineStr">
         <is>
           <t>Andalucía</t>
         </is>
       </c>
       <c r="B10" s="14" t="n">
+        <v>27.66</v>
+      </c>
+      <c r="C10" s="14" t="n">
         <v>35.39</v>
       </c>
-      <c r="C10" s="14" t="n">
+      <c r="D10" s="14" t="n">
         <v>30.53</v>
       </c>
-      <c r="D10" s="14" t="n">
+      <c r="E10" s="14" t="n">
         <v>32.41</v>
       </c>
-      <c r="E10" s="14" t="n">
+      <c r="F10" s="14" t="n">
         <v>30.22</v>
       </c>
-      <c r="F10" s="14" t="n">
+      <c r="G10" s="14" t="n">
+        <v>21.05</v>
+      </c>
+      <c r="H10" s="14" t="n">
         <v>22.44</v>
       </c>
-      <c r="G10" s="14" t="n">
+      <c r="I10" s="14" t="n">
         <v>25.13</v>
       </c>
-      <c r="H10" s="14" t="n">
+      <c r="J10" s="14" t="n">
         <v>26.03</v>
       </c>
-      <c r="I10" s="14" t="n">
+      <c r="K10" s="14" t="n">
         <v>28.64</v>
       </c>
-      <c r="J10" s="14" t="n">
+      <c r="L10" s="14" t="n">
+        <v>15.36</v>
+      </c>
+      <c r="M10" s="14" t="n">
         <v>16.84</v>
       </c>
-      <c r="K10" s="14" t="n">
+      <c r="N10" s="14" t="n">
         <v>18.06</v>
       </c>
-      <c r="L10" s="14" t="n">
+      <c r="O10" s="14" t="n">
         <v>19.27</v>
       </c>
-      <c r="M10" s="14" t="n">
+      <c r="P10" s="14" t="n">
         <v>21.95</v>
       </c>
-      <c r="N10" s="14" t="n">
+      <c r="Q10" s="14" t="n">
+        <v>9.4</v>
+      </c>
+      <c r="R10" s="14" t="n">
         <v>9.97</v>
       </c>
-      <c r="O10" s="14" t="n">
+      <c r="S10" s="14" t="n">
         <v>11.38</v>
       </c>
-      <c r="P10" s="14" t="n">
+      <c r="T10" s="14" t="n">
         <v>11.52</v>
       </c>
-      <c r="Q10" s="14" t="n">
+      <c r="U10" s="14" t="n">
         <v>14.19</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="6" t="inlineStr">
         <is>
           <t>Aragón</t>
         </is>
       </c>
       <c r="B11" s="14" t="n">
+        <v>14.6</v>
+      </c>
+      <c r="C11" s="14" t="n">
         <v>21.24</v>
       </c>
-      <c r="C11" s="14" t="n">
+      <c r="D11" s="14" t="n">
         <v>15.55</v>
       </c>
-      <c r="D11" s="14" t="n">
+      <c r="E11" s="14" t="n">
         <v>28.38</v>
       </c>
-      <c r="E11" s="14" t="n">
+      <c r="F11" s="14" t="n">
         <v>25.62</v>
       </c>
-      <c r="F11" s="14" t="n">
+      <c r="G11" s="14" t="n">
+        <v>12.35</v>
+      </c>
+      <c r="H11" s="14" t="n">
         <v>11.71</v>
       </c>
-      <c r="G11" s="14" t="n">
+      <c r="I11" s="14" t="n">
         <v>12.22</v>
       </c>
-      <c r="H11" s="14" t="n">
+      <c r="J11" s="14" t="n">
         <v>14.61</v>
       </c>
-      <c r="I11" s="14" t="n">
+      <c r="K11" s="14" t="n">
         <v>13.18</v>
       </c>
-      <c r="J11" s="14" t="n">
+      <c r="L11" s="14" t="n">
+        <v>8.68</v>
+      </c>
+      <c r="M11" s="14" t="n">
         <v>9.44</v>
       </c>
-      <c r="K11" s="14" t="n">
+      <c r="N11" s="14" t="n">
         <v>8.83</v>
       </c>
-      <c r="L11" s="14" t="n">
+      <c r="O11" s="14" t="n">
         <v>9.72</v>
       </c>
-      <c r="M11" s="14" t="n">
+      <c r="P11" s="14" t="n">
         <v>11.91</v>
       </c>
-      <c r="N11" s="14" t="n">
+      <c r="Q11" s="14" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="R11" s="14" t="n">
         <v>4.51</v>
       </c>
-      <c r="O11" s="14" t="n">
+      <c r="S11" s="14" t="n">
         <v>5.86</v>
       </c>
-      <c r="P11" s="14" t="n">
+      <c r="T11" s="14" t="n">
         <v>5.62</v>
       </c>
-      <c r="Q11" s="14" t="n">
+      <c r="U11" s="14" t="n">
         <v>7.12</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="6" t="inlineStr">
         <is>
           <t>Asturias, Principado de</t>
         </is>
       </c>
       <c r="B12" s="14" t="n">
+        <v>43.78</v>
+      </c>
+      <c r="C12" s="14" t="n">
         <v>59.93</v>
       </c>
-      <c r="C12" s="14" t="n">
+      <c r="D12" s="14" t="n">
         <v>49.05</v>
       </c>
-      <c r="D12" s="14" t="n">
+      <c r="E12" s="14" t="n">
         <v>42.35</v>
       </c>
-      <c r="E12" s="14" t="n">
+      <c r="F12" s="14" t="n">
         <v>15.93</v>
       </c>
-      <c r="F12" s="14" t="n">
+      <c r="G12" s="14" t="n">
+        <v>12.86</v>
+      </c>
+      <c r="H12" s="14" t="n">
         <v>15.54</v>
       </c>
-      <c r="G12" s="14" t="n">
+      <c r="I12" s="14" t="n">
         <v>17.28</v>
       </c>
-      <c r="H12" s="14" t="n">
+      <c r="J12" s="14" t="n">
         <v>17.47</v>
       </c>
-      <c r="I12" s="14" t="n">
+      <c r="K12" s="14" t="n">
         <v>16.4</v>
       </c>
-      <c r="J12" s="14" t="n">
+      <c r="L12" s="14" t="n">
+        <v>10.16</v>
+      </c>
+      <c r="M12" s="14" t="n">
         <v>11.44</v>
       </c>
-      <c r="K12" s="14" t="n">
+      <c r="N12" s="14" t="n">
         <v>14.76</v>
       </c>
-      <c r="L12" s="14" t="n">
+      <c r="O12" s="14" t="n">
         <v>13.81</v>
       </c>
-      <c r="M12" s="14" t="n">
+      <c r="P12" s="14" t="n">
         <v>14.68</v>
       </c>
-      <c r="N12" s="14" t="n">
+      <c r="Q12" s="14" t="n">
+        <v>6.05</v>
+      </c>
+      <c r="R12" s="14" t="n">
         <v>6.2</v>
       </c>
-      <c r="O12" s="14" t="n">
+      <c r="S12" s="14" t="n">
         <v>7.87</v>
       </c>
-      <c r="P12" s="14" t="n">
+      <c r="T12" s="14" t="n">
         <v>8.94</v>
       </c>
-      <c r="Q12" s="14" t="n">
+      <c r="U12" s="14" t="n">
         <v>9.04</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="6" t="inlineStr">
         <is>
           <t>Balears, Illes</t>
         </is>
       </c>
       <c r="B13" s="14" t="n">
+        <v>13.64</v>
+      </c>
+      <c r="C13" s="14" t="n">
         <v>16.06</v>
       </c>
-      <c r="C13" s="14" t="n">
+      <c r="D13" s="14" t="n">
         <v>20.1</v>
       </c>
-      <c r="D13" s="14" t="n">
+      <c r="E13" s="14" t="n">
         <v>7.87</v>
       </c>
-      <c r="E13" s="14" t="n">
+      <c r="F13" s="14" t="n">
         <v>35.39</v>
       </c>
-      <c r="F13" s="14" t="n">
+      <c r="G13" s="14" t="n">
+        <v>11.81</v>
+      </c>
+      <c r="H13" s="14" t="n">
         <v>11.91</v>
       </c>
-      <c r="G13" s="14" t="n">
+      <c r="I13" s="14" t="n">
         <v>13.02</v>
       </c>
-      <c r="H13" s="14" t="n">
+      <c r="J13" s="14" t="n">
         <v>14.54</v>
       </c>
-      <c r="I13" s="14" t="n">
+      <c r="K13" s="14" t="n">
         <v>18.88</v>
       </c>
-      <c r="J13" s="14" t="n">
+      <c r="L13" s="14" t="n">
+        <v>9.69</v>
+      </c>
+      <c r="M13" s="14" t="n">
         <v>10.72</v>
       </c>
-      <c r="K13" s="14" t="n">
+      <c r="N13" s="14" t="n">
         <v>10.13</v>
       </c>
-      <c r="L13" s="14" t="n">
+      <c r="O13" s="14" t="n">
         <v>10.68</v>
       </c>
-      <c r="M13" s="14" t="n">
+      <c r="P13" s="14" t="n">
         <v>15.13</v>
       </c>
-      <c r="N13" s="14" t="n">
+      <c r="Q13" s="14" t="n">
+        <v>5.43</v>
+      </c>
+      <c r="R13" s="14" t="n">
         <v>5.62</v>
       </c>
-      <c r="O13" s="14" t="n">
+      <c r="S13" s="14" t="n">
         <v>7.35</v>
       </c>
-      <c r="P13" s="14" t="n">
+      <c r="T13" s="14" t="n">
         <v>6.87</v>
       </c>
-      <c r="Q13" s="14" t="n">
+      <c r="U13" s="14" t="n">
         <v>9.46</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="6" t="inlineStr">
         <is>
           <t>Canarias</t>
         </is>
       </c>
       <c r="B14" s="14" t="n">
+        <v>19.56</v>
+      </c>
+      <c r="C14" s="14" t="n">
         <v>20.63</v>
       </c>
-      <c r="C14" s="14" t="n">
+      <c r="D14" s="14" t="n">
         <v>22.35</v>
       </c>
-      <c r="D14" s="14" t="n">
+      <c r="E14" s="14" t="n">
         <v>22.95</v>
       </c>
-      <c r="E14" s="14" t="n">
+      <c r="F14" s="14" t="n">
         <v>39.66</v>
       </c>
-      <c r="F14" s="14" t="n">
+      <c r="G14" s="14" t="n">
+        <v>17.73</v>
+      </c>
+      <c r="H14" s="14" t="n">
         <v>18.03</v>
       </c>
-      <c r="G14" s="14" t="n">
+      <c r="I14" s="14" t="n">
         <v>22.08</v>
       </c>
-      <c r="H14" s="14" t="n">
+      <c r="J14" s="14" t="n">
         <v>23.48</v>
       </c>
-      <c r="I14" s="14" t="n">
+      <c r="K14" s="14" t="n">
         <v>31.56</v>
       </c>
-      <c r="J14" s="14" t="n">
+      <c r="L14" s="14" t="n">
+        <v>15.36</v>
+      </c>
+      <c r="M14" s="14" t="n">
         <v>14.11</v>
       </c>
-      <c r="K14" s="14" t="n">
+      <c r="N14" s="14" t="n">
         <v>16.25</v>
       </c>
-      <c r="L14" s="14" t="n">
+      <c r="O14" s="14" t="n">
         <v>20.03</v>
       </c>
-      <c r="M14" s="14" t="n">
+      <c r="P14" s="14" t="n">
         <v>24.11</v>
       </c>
-      <c r="N14" s="14" t="n">
+      <c r="Q14" s="14" t="n">
+        <v>8.59</v>
+      </c>
+      <c r="R14" s="14" t="n">
         <v>9.66</v>
       </c>
-      <c r="O14" s="14" t="n">
+      <c r="S14" s="14" t="n">
         <v>10.37</v>
       </c>
-      <c r="P14" s="14" t="n">
+      <c r="T14" s="14" t="n">
         <v>11.03</v>
       </c>
-      <c r="Q14" s="14" t="n">
+      <c r="U14" s="14" t="n">
         <v>15.55</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="6" t="inlineStr">
         <is>
           <t>Cantabria</t>
         </is>
       </c>
-      <c r="B15" s="14" t="n">
+      <c r="B15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="C15" s="14" t="n">
         <v>15.5</v>
       </c>
-      <c r="C15" s="13" t="inlineStr">
+      <c r="D15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="D15" s="14" t="n">
+      <c r="E15" s="14" t="n">
         <v>4.99</v>
       </c>
-      <c r="E15" s="14" t="n">
+      <c r="F15" s="14" t="n">
         <v>22.55</v>
       </c>
-      <c r="F15" s="14" t="n">
+      <c r="G15" s="14" t="n">
+        <v>10.78</v>
+      </c>
+      <c r="H15" s="14" t="n">
         <v>10.17</v>
       </c>
-      <c r="G15" s="14" t="n">
+      <c r="I15" s="14" t="n">
         <v>10.34</v>
       </c>
-      <c r="H15" s="14" t="n">
+      <c r="J15" s="14" t="n">
         <v>14.21</v>
       </c>
-      <c r="I15" s="14" t="n">
+      <c r="K15" s="14" t="n">
         <v>17.6</v>
       </c>
-      <c r="J15" s="14" t="n">
+      <c r="L15" s="14" t="n">
+        <v>9.56</v>
+      </c>
+      <c r="M15" s="14" t="n">
         <v>9.54</v>
       </c>
-      <c r="K15" s="14" t="n">
+      <c r="N15" s="14" t="n">
         <v>10.15</v>
       </c>
-      <c r="L15" s="14" t="n">
+      <c r="O15" s="14" t="n">
         <v>10.15</v>
       </c>
-      <c r="M15" s="14" t="n">
+      <c r="P15" s="14" t="n">
         <v>10.34</v>
       </c>
-      <c r="N15" s="14" t="n">
+      <c r="Q15" s="14" t="n">
+        <v>4.57</v>
+      </c>
+      <c r="R15" s="14" t="n">
         <v>5.83</v>
       </c>
-      <c r="O15" s="14" t="n">
+      <c r="S15" s="14" t="n">
         <v>6.26</v>
       </c>
-      <c r="P15" s="14" t="n">
+      <c r="T15" s="14" t="n">
         <v>6.87</v>
       </c>
-      <c r="Q15" s="14" t="n">
+      <c r="U15" s="14" t="n">
         <v>8.05</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="6" t="inlineStr">
         <is>
           <t>Castilla y León</t>
         </is>
       </c>
       <c r="B16" s="14" t="n">
+        <v>38.14</v>
+      </c>
+      <c r="C16" s="14" t="n">
         <v>34.76</v>
       </c>
-      <c r="C16" s="14" t="n">
+      <c r="D16" s="14" t="n">
         <v>28.37</v>
       </c>
-      <c r="D16" s="14" t="n">
+      <c r="E16" s="14" t="n">
         <v>31.68</v>
       </c>
-      <c r="E16" s="14" t="n">
+      <c r="F16" s="14" t="n">
         <v>25.08</v>
       </c>
-      <c r="F16" s="14" t="n">
+      <c r="G16" s="14" t="n">
+        <v>15.56</v>
+      </c>
+      <c r="H16" s="14" t="n">
         <v>16.89</v>
       </c>
-      <c r="G16" s="14" t="n">
+      <c r="I16" s="14" t="n">
         <v>17.44</v>
       </c>
-      <c r="H16" s="14" t="n">
+      <c r="J16" s="14" t="n">
         <v>19.71</v>
       </c>
-      <c r="I16" s="14" t="n">
+      <c r="K16" s="14" t="n">
         <v>18.95</v>
       </c>
-      <c r="J16" s="14" t="n">
+      <c r="L16" s="14" t="n">
+        <v>13.64</v>
+      </c>
+      <c r="M16" s="14" t="n">
         <v>15.6</v>
       </c>
-      <c r="K16" s="14" t="n">
+      <c r="N16" s="14" t="n">
         <v>13.89</v>
       </c>
-      <c r="L16" s="14" t="n">
+      <c r="O16" s="14" t="n">
         <v>13.42</v>
       </c>
-      <c r="M16" s="14" t="n">
+      <c r="P16" s="14" t="n">
         <v>17.18</v>
       </c>
-      <c r="N16" s="14" t="n">
+      <c r="Q16" s="14" t="n">
+        <v>8.36</v>
+      </c>
+      <c r="R16" s="14" t="n">
         <v>7.14</v>
       </c>
-      <c r="O16" s="14" t="n">
+      <c r="S16" s="14" t="n">
         <v>7.42</v>
       </c>
-      <c r="P16" s="14" t="n">
+      <c r="T16" s="14" t="n">
         <v>8.74</v>
       </c>
-      <c r="Q16" s="14" t="n">
+      <c r="U16" s="14" t="n">
         <v>10.16</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="6" t="inlineStr">
         <is>
           <t>Castilla - La Mancha</t>
         </is>
       </c>
       <c r="B17" s="14" t="n">
+        <v>19.56</v>
+      </c>
+      <c r="C17" s="14" t="n">
         <v>24.18</v>
       </c>
-      <c r="C17" s="14" t="n">
+      <c r="D17" s="14" t="n">
         <v>14.11</v>
       </c>
-      <c r="D17" s="14" t="n">
+      <c r="E17" s="14" t="n">
         <v>24.7</v>
       </c>
-      <c r="E17" s="14" t="n">
+      <c r="F17" s="14" t="n">
         <v>23.81</v>
       </c>
-      <c r="F17" s="14" t="n">
+      <c r="G17" s="14" t="n">
+        <v>12.18</v>
+      </c>
+      <c r="H17" s="14" t="n">
         <v>13.64</v>
       </c>
-      <c r="G17" s="14" t="n">
+      <c r="I17" s="14" t="n">
         <v>13.25</v>
       </c>
-      <c r="H17" s="14" t="n">
+      <c r="J17" s="14" t="n">
         <v>13.83</v>
       </c>
-      <c r="I17" s="14" t="n">
+      <c r="K17" s="14" t="n">
         <v>16.08</v>
       </c>
-      <c r="J17" s="14" t="n">
+      <c r="L17" s="14" t="n">
+        <v>8.84</v>
+      </c>
+      <c r="M17" s="14" t="n">
         <v>9.44</v>
       </c>
-      <c r="K17" s="14" t="n">
+      <c r="N17" s="14" t="n">
         <v>9.42</v>
       </c>
-      <c r="L17" s="14" t="n">
+      <c r="O17" s="14" t="n">
         <v>10.75</v>
       </c>
-      <c r="M17" s="14" t="n">
+      <c r="P17" s="14" t="n">
         <v>12.3</v>
       </c>
-      <c r="N17" s="14" t="n">
+      <c r="Q17" s="14" t="n">
+        <v>5.77</v>
+      </c>
+      <c r="R17" s="14" t="n">
         <v>6.08</v>
       </c>
-      <c r="O17" s="14" t="n">
+      <c r="S17" s="14" t="n">
         <v>7.18</v>
       </c>
-      <c r="P17" s="14" t="n">
+      <c r="T17" s="14" t="n">
         <v>6.28</v>
       </c>
-      <c r="Q17" s="14" t="n">
+      <c r="U17" s="14" t="n">
         <v>7.66</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="6" t="inlineStr">
         <is>
           <t>Cataluña</t>
         </is>
       </c>
       <c r="B18" s="14" t="n">
+        <v>20.19</v>
+      </c>
+      <c r="C18" s="14" t="n">
         <v>25.32</v>
       </c>
-      <c r="C18" s="14" t="n">
+      <c r="D18" s="14" t="n">
         <v>18.11</v>
       </c>
-      <c r="D18" s="14" t="n">
+      <c r="E18" s="14" t="n">
         <v>21.27</v>
       </c>
-      <c r="E18" s="14" t="n">
+      <c r="F18" s="14" t="n">
         <v>29.95</v>
       </c>
-      <c r="F18" s="14" t="n">
+      <c r="G18" s="14" t="n">
+        <v>13.23</v>
+      </c>
+      <c r="H18" s="14" t="n">
         <v>14.37</v>
       </c>
-      <c r="G18" s="14" t="n">
+      <c r="I18" s="14" t="n">
         <v>14.23</v>
       </c>
-      <c r="H18" s="14" t="n">
+      <c r="J18" s="14" t="n">
         <v>15.98</v>
       </c>
-      <c r="I18" s="14" t="n">
+      <c r="K18" s="14" t="n">
         <v>16.92</v>
       </c>
-      <c r="J18" s="14" t="n">
+      <c r="L18" s="14" t="n">
+        <v>9.51</v>
+      </c>
+      <c r="M18" s="14" t="n">
         <v>9.72</v>
       </c>
-      <c r="K18" s="14" t="n">
+      <c r="N18" s="14" t="n">
         <v>10.74</v>
       </c>
-      <c r="L18" s="14" t="n">
+      <c r="O18" s="14" t="n">
         <v>11.27</v>
       </c>
-      <c r="M18" s="14" t="n">
+      <c r="P18" s="14" t="n">
         <v>13.74</v>
       </c>
-      <c r="N18" s="14" t="n">
+      <c r="Q18" s="14" t="n">
+        <v>4.9</v>
+      </c>
+      <c r="R18" s="14" t="n">
         <v>5.05</v>
       </c>
-      <c r="O18" s="14" t="n">
+      <c r="S18" s="14" t="n">
         <v>5.42</v>
       </c>
-      <c r="P18" s="14" t="n">
+      <c r="T18" s="14" t="n">
         <v>5.14</v>
       </c>
-      <c r="Q18" s="14" t="n">
+      <c r="U18" s="14" t="n">
         <v>6.67</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="6" t="inlineStr">
         <is>
           <t>Comunitat Valenciana</t>
         </is>
       </c>
       <c r="B19" s="14" t="n">
+        <v>27.33</v>
+      </c>
+      <c r="C19" s="14" t="n">
         <v>31.88</v>
       </c>
-      <c r="C19" s="14" t="n">
+      <c r="D19" s="14" t="n">
         <v>28.2</v>
       </c>
-      <c r="D19" s="14" t="n">
+      <c r="E19" s="14" t="n">
         <v>30.81</v>
       </c>
-      <c r="E19" s="14" t="n">
+      <c r="F19" s="14" t="n">
         <v>34.78</v>
       </c>
-      <c r="F19" s="14" t="n">
+      <c r="G19" s="14" t="n">
+        <v>15.09</v>
+      </c>
+      <c r="H19" s="14" t="n">
         <v>15.97</v>
       </c>
-      <c r="G19" s="14" t="n">
+      <c r="I19" s="14" t="n">
         <v>17.7</v>
       </c>
-      <c r="H19" s="14" t="n">
+      <c r="J19" s="14" t="n">
         <v>18.38</v>
       </c>
-      <c r="I19" s="14" t="n">
+      <c r="K19" s="14" t="n">
         <v>21.7</v>
       </c>
-      <c r="J19" s="14" t="n">
+      <c r="L19" s="14" t="n">
+        <v>13.36</v>
+      </c>
+      <c r="M19" s="14" t="n">
         <v>14.43</v>
       </c>
-      <c r="K19" s="14" t="n">
+      <c r="N19" s="14" t="n">
         <v>14.29</v>
       </c>
-      <c r="L19" s="14" t="n">
+      <c r="O19" s="14" t="n">
         <v>14.02</v>
       </c>
-      <c r="M19" s="14" t="n">
+      <c r="P19" s="14" t="n">
         <v>18.14</v>
       </c>
-      <c r="N19" s="14" t="n">
+      <c r="Q19" s="14" t="n">
+        <v>6.92</v>
+      </c>
+      <c r="R19" s="14" t="n">
         <v>8.12</v>
       </c>
-      <c r="O19" s="14" t="n">
+      <c r="S19" s="14" t="n">
         <v>7.28</v>
       </c>
-      <c r="P19" s="14" t="n">
+      <c r="T19" s="14" t="n">
         <v>7.49</v>
       </c>
-      <c r="Q19" s="14" t="n">
+      <c r="U19" s="14" t="n">
         <v>9.71</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="6" t="inlineStr">
         <is>
           <t>Extremadura</t>
         </is>
       </c>
       <c r="B20" s="14" t="n">
+        <v>37.15</v>
+      </c>
+      <c r="C20" s="14" t="n">
         <v>29.0</v>
       </c>
-      <c r="C20" s="14" t="n">
+      <c r="D20" s="14" t="n">
         <v>31.53</v>
       </c>
-      <c r="D20" s="14" t="n">
+      <c r="E20" s="14" t="n">
         <v>48.72</v>
       </c>
-      <c r="E20" s="14" t="n">
+      <c r="F20" s="14" t="n">
         <v>50.23</v>
       </c>
-      <c r="F20" s="14" t="n">
+      <c r="G20" s="14" t="n">
+        <v>19.73</v>
+      </c>
+      <c r="H20" s="14" t="n">
         <v>20.04</v>
       </c>
-      <c r="G20" s="14" t="n">
+      <c r="I20" s="14" t="n">
         <v>21.86</v>
       </c>
-      <c r="H20" s="14" t="n">
+      <c r="J20" s="14" t="n">
         <v>22.41</v>
       </c>
-      <c r="I20" s="14" t="n">
+      <c r="K20" s="14" t="n">
         <v>25.26</v>
       </c>
-      <c r="J20" s="14" t="n">
+      <c r="L20" s="14" t="n">
+        <v>13.78</v>
+      </c>
+      <c r="M20" s="14" t="n">
         <v>14.78</v>
       </c>
-      <c r="K20" s="14" t="n">
+      <c r="N20" s="14" t="n">
         <v>18.41</v>
       </c>
-      <c r="L20" s="14" t="n">
+      <c r="O20" s="14" t="n">
         <v>16.75</v>
       </c>
-      <c r="M20" s="14" t="n">
+      <c r="P20" s="14" t="n">
         <v>16.88</v>
       </c>
-      <c r="N20" s="14" t="n">
+      <c r="Q20" s="14" t="n">
+        <v>9.29</v>
+      </c>
+      <c r="R20" s="14" t="n">
         <v>11.03</v>
       </c>
-      <c r="O20" s="14" t="n">
+      <c r="S20" s="14" t="n">
         <v>11.58</v>
       </c>
-      <c r="P20" s="14" t="n">
+      <c r="T20" s="14" t="n">
         <v>10.61</v>
       </c>
-      <c r="Q20" s="14" t="n">
+      <c r="U20" s="14" t="n">
         <v>13.93</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="6" t="inlineStr">
         <is>
           <t>Galicia</t>
         </is>
       </c>
       <c r="B21" s="14" t="n">
+        <v>20.9</v>
+      </c>
+      <c r="C21" s="14" t="n">
         <v>35.52</v>
       </c>
-      <c r="C21" s="14" t="n">
+      <c r="D21" s="14" t="n">
         <v>38.78</v>
       </c>
-      <c r="D21" s="14" t="n">
+      <c r="E21" s="14" t="n">
         <v>24.92</v>
       </c>
-      <c r="E21" s="14" t="n">
+      <c r="F21" s="14" t="n">
         <v>38.79</v>
       </c>
-      <c r="F21" s="14" t="n">
+      <c r="G21" s="14" t="n">
+        <v>11.36</v>
+      </c>
+      <c r="H21" s="14" t="n">
         <v>12.5</v>
       </c>
-      <c r="G21" s="14" t="n">
+      <c r="I21" s="14" t="n">
         <v>11.8</v>
       </c>
-      <c r="H21" s="14" t="n">
+      <c r="J21" s="14" t="n">
         <v>13.75</v>
       </c>
-      <c r="I21" s="14" t="n">
+      <c r="K21" s="14" t="n">
         <v>13.91</v>
       </c>
-      <c r="J21" s="14" t="n">
+      <c r="L21" s="14" t="n">
+        <v>9.31</v>
+      </c>
+      <c r="M21" s="14" t="n">
         <v>10.27</v>
       </c>
-      <c r="K21" s="14" t="n">
+      <c r="N21" s="14" t="n">
         <v>11.32</v>
       </c>
-      <c r="L21" s="14" t="n">
+      <c r="O21" s="14" t="n">
         <v>12.72</v>
       </c>
-      <c r="M21" s="14" t="n">
+      <c r="P21" s="14" t="n">
         <v>12.95</v>
       </c>
-      <c r="N21" s="14" t="n">
+      <c r="Q21" s="14" t="n">
+        <v>5.88</v>
+      </c>
+      <c r="R21" s="14" t="n">
         <v>6.75</v>
       </c>
-      <c r="O21" s="14" t="n">
+      <c r="S21" s="14" t="n">
         <v>7.23</v>
       </c>
-      <c r="P21" s="14" t="n">
+      <c r="T21" s="14" t="n">
         <v>8.27</v>
       </c>
-      <c r="Q21" s="14" t="n">
+      <c r="U21" s="14" t="n">
         <v>9.01</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="6" t="inlineStr">
         <is>
           <t>Madrid, Comunidad de</t>
         </is>
       </c>
       <c r="B22" s="14" t="n">
+        <v>38.61</v>
+      </c>
+      <c r="C22" s="14" t="n">
         <v>21.31</v>
       </c>
-      <c r="C22" s="14" t="n">
+      <c r="D22" s="14" t="n">
         <v>21.4</v>
       </c>
-      <c r="D22" s="14" t="n">
+      <c r="E22" s="14" t="n">
         <v>21.18</v>
       </c>
-      <c r="E22" s="14" t="n">
+      <c r="F22" s="14" t="n">
         <v>21.9</v>
       </c>
-      <c r="F22" s="14" t="n">
+      <c r="G22" s="14" t="n">
+        <v>11.31</v>
+      </c>
+      <c r="H22" s="14" t="n">
         <v>13.73</v>
       </c>
-      <c r="G22" s="14" t="n">
+      <c r="I22" s="14" t="n">
         <v>15.4</v>
       </c>
-      <c r="H22" s="14" t="n">
+      <c r="J22" s="14" t="n">
         <v>16.11</v>
       </c>
-      <c r="I22" s="14" t="n">
+      <c r="K22" s="14" t="n">
         <v>17.53</v>
       </c>
-      <c r="J22" s="14" t="n">
+      <c r="L22" s="14" t="n">
+        <v>9.76</v>
+      </c>
+      <c r="M22" s="14" t="n">
         <v>10.31</v>
       </c>
-      <c r="K22" s="14" t="n">
+      <c r="N22" s="14" t="n">
         <v>12.58</v>
       </c>
-      <c r="L22" s="14" t="n">
+      <c r="O22" s="14" t="n">
         <v>14.0</v>
       </c>
-      <c r="M22" s="14" t="n">
+      <c r="P22" s="14" t="n">
         <v>14.19</v>
       </c>
-      <c r="N22" s="14" t="n">
+      <c r="Q22" s="14" t="n">
+        <v>5.27</v>
+      </c>
+      <c r="R22" s="14" t="n">
         <v>6.15</v>
       </c>
-      <c r="O22" s="14" t="n">
+      <c r="S22" s="14" t="n">
         <v>6.16</v>
       </c>
-      <c r="P22" s="14" t="n">
+      <c r="T22" s="14" t="n">
         <v>7.64</v>
       </c>
-      <c r="Q22" s="14" t="n">
+      <c r="U22" s="14" t="n">
         <v>7.76</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="6" t="inlineStr">
         <is>
           <t>Murcia, Región de</t>
         </is>
       </c>
       <c r="B23" s="14" t="n">
+        <v>13.15</v>
+      </c>
+      <c r="C23" s="14" t="n">
         <v>20.57</v>
       </c>
-      <c r="C23" s="14" t="n">
+      <c r="D23" s="14" t="n">
         <v>24.85</v>
       </c>
-      <c r="D23" s="14" t="n">
+      <c r="E23" s="14" t="n">
         <v>19.56</v>
       </c>
-      <c r="E23" s="14" t="n">
+      <c r="F23" s="14" t="n">
         <v>19.46</v>
       </c>
-      <c r="F23" s="14" t="n">
+      <c r="G23" s="14" t="n">
+        <v>17.59</v>
+      </c>
+      <c r="H23" s="14" t="n">
         <v>17.49</v>
       </c>
-      <c r="G23" s="14" t="n">
+      <c r="I23" s="14" t="n">
         <v>15.71</v>
       </c>
-      <c r="H23" s="14" t="n">
+      <c r="J23" s="14" t="n">
         <v>17.39</v>
       </c>
-      <c r="I23" s="14" t="n">
+      <c r="K23" s="14" t="n">
         <v>19.4</v>
       </c>
-      <c r="J23" s="14" t="n">
+      <c r="L23" s="14" t="n">
+        <v>11.61</v>
+      </c>
+      <c r="M23" s="14" t="n">
         <v>12.0</v>
       </c>
-      <c r="K23" s="14" t="n">
+      <c r="N23" s="14" t="n">
         <v>13.72</v>
       </c>
-      <c r="L23" s="14" t="n">
+      <c r="O23" s="14" t="n">
         <v>14.18</v>
       </c>
-      <c r="M23" s="14" t="n">
+      <c r="P23" s="14" t="n">
         <v>14.82</v>
       </c>
-      <c r="N23" s="14" t="n">
+      <c r="Q23" s="14" t="n">
+        <v>7.08</v>
+      </c>
+      <c r="R23" s="14" t="n">
         <v>7.27</v>
       </c>
-      <c r="O23" s="14" t="n">
+      <c r="S23" s="14" t="n">
         <v>7.78</v>
       </c>
-      <c r="P23" s="14" t="n">
+      <c r="T23" s="14" t="n">
         <v>7.93</v>
       </c>
-      <c r="Q23" s="14" t="n">
+      <c r="U23" s="14" t="n">
         <v>9.37</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="6" t="inlineStr">
         <is>
           <t>Navarra, Comunidad Foral de</t>
         </is>
       </c>
       <c r="B24" s="14" t="n">
+        <v>11.46</v>
+      </c>
+      <c r="C24" s="14" t="n">
         <v>19.04</v>
       </c>
-      <c r="C24" s="14" t="n">
+      <c r="D24" s="14" t="n">
         <v>35.5</v>
       </c>
-      <c r="D24" s="14" t="n">
+      <c r="E24" s="14" t="n">
         <v>38.74</v>
       </c>
-      <c r="E24" s="14" t="n">
+      <c r="F24" s="14" t="n">
         <v>48.81</v>
       </c>
-      <c r="F24" s="14" t="n">
+      <c r="G24" s="14" t="n">
+        <v>12.9</v>
+      </c>
+      <c r="H24" s="14" t="n">
         <v>12.66</v>
       </c>
-      <c r="G24" s="14" t="n">
+      <c r="I24" s="14" t="n">
         <v>13.35</v>
       </c>
-      <c r="H24" s="14" t="n">
+      <c r="J24" s="14" t="n">
         <v>17.19</v>
       </c>
-      <c r="I24" s="14" t="n">
+      <c r="K24" s="14" t="n">
         <v>17.54</v>
       </c>
-      <c r="J24" s="14" t="n">
+      <c r="L24" s="14" t="n">
+        <v>8.92</v>
+      </c>
+      <c r="M24" s="14" t="n">
         <v>8.73</v>
       </c>
-      <c r="K24" s="14" t="n">
+      <c r="N24" s="14" t="n">
         <v>12.09</v>
       </c>
-      <c r="L24" s="14" t="n">
+      <c r="O24" s="14" t="n">
         <v>11.45</v>
       </c>
-      <c r="M24" s="14" t="n">
+      <c r="P24" s="14" t="n">
         <v>11.56</v>
       </c>
-      <c r="N24" s="14" t="n">
+      <c r="Q24" s="14" t="n">
+        <v>5.08</v>
+      </c>
+      <c r="R24" s="14" t="n">
         <v>4.83</v>
       </c>
-      <c r="O24" s="14" t="n">
+      <c r="S24" s="14" t="n">
         <v>6.69</v>
       </c>
-      <c r="P24" s="14" t="n">
+      <c r="T24" s="14" t="n">
         <v>4.86</v>
       </c>
-      <c r="Q24" s="14" t="n">
+      <c r="U24" s="14" t="n">
         <v>6.24</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="6" t="inlineStr">
         <is>
           <t>País Vasco</t>
         </is>
       </c>
       <c r="B25" s="14" t="n">
+        <v>34.15</v>
+      </c>
+      <c r="C25" s="14" t="n">
         <v>18.16</v>
       </c>
-      <c r="C25" s="14" t="n">
+      <c r="D25" s="14" t="n">
         <v>13.15</v>
       </c>
-      <c r="D25" s="14" t="n">
+      <c r="E25" s="14" t="n">
         <v>40.02</v>
       </c>
-      <c r="E25" s="14" t="n">
+      <c r="F25" s="14" t="n">
         <v>12.15</v>
       </c>
-      <c r="F25" s="14" t="n">
+      <c r="G25" s="14" t="n">
+        <v>12.2</v>
+      </c>
+      <c r="H25" s="14" t="n">
         <v>13.82</v>
       </c>
-      <c r="G25" s="14" t="n">
+      <c r="I25" s="14" t="n">
         <v>12.52</v>
       </c>
-      <c r="H25" s="14" t="n">
+      <c r="J25" s="14" t="n">
         <v>15.5</v>
       </c>
-      <c r="I25" s="14" t="n">
+      <c r="K25" s="14" t="n">
         <v>20.13</v>
       </c>
-      <c r="J25" s="14" t="n">
+      <c r="L25" s="14" t="n">
+        <v>10.2</v>
+      </c>
+      <c r="M25" s="14" t="n">
         <v>11.57</v>
       </c>
-      <c r="K25" s="14" t="n">
+      <c r="N25" s="14" t="n">
         <v>10.93</v>
       </c>
-      <c r="L25" s="14" t="n">
+      <c r="O25" s="14" t="n">
         <v>12.19</v>
       </c>
-      <c r="M25" s="14" t="n">
+      <c r="P25" s="14" t="n">
         <v>12.05</v>
       </c>
-      <c r="N25" s="14" t="n">
+      <c r="Q25" s="14" t="n">
+        <v>4.66</v>
+      </c>
+      <c r="R25" s="14" t="n">
         <v>5.05</v>
       </c>
-      <c r="O25" s="14" t="n">
+      <c r="S25" s="14" t="n">
         <v>4.95</v>
       </c>
-      <c r="P25" s="14" t="n">
+      <c r="T25" s="14" t="n">
         <v>5.14</v>
       </c>
-      <c r="Q25" s="14" t="n">
+      <c r="U25" s="14" t="n">
         <v>6.39</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="6" t="inlineStr">
         <is>
           <t>Rioja, La</t>
         </is>
       </c>
       <c r="B26" s="14" t="n">
+        <v>20.15</v>
+      </c>
+      <c r="C26" s="14" t="n">
         <v>28.08</v>
       </c>
-      <c r="C26" s="14" t="n">
+      <c r="D26" s="14" t="n">
         <v>27.82</v>
       </c>
-      <c r="D26" s="14" t="n">
+      <c r="E26" s="14" t="n">
         <v>29.66</v>
       </c>
-      <c r="E26" s="14" t="n">
+      <c r="F26" s="14" t="n">
         <v>28.75</v>
       </c>
-      <c r="F26" s="14" t="n">
+      <c r="G26" s="14" t="n">
+        <v>10.46</v>
+      </c>
+      <c r="H26" s="14" t="n">
         <v>15.38</v>
       </c>
-      <c r="G26" s="14" t="n">
+      <c r="I26" s="14" t="n">
         <v>12.88</v>
       </c>
-      <c r="H26" s="14" t="n">
+      <c r="J26" s="14" t="n">
         <v>13.89</v>
       </c>
-      <c r="I26" s="14" t="n">
+      <c r="K26" s="14" t="n">
         <v>15.72</v>
       </c>
-      <c r="J26" s="14" t="n">
+      <c r="L26" s="14" t="n">
+        <v>8.65</v>
+      </c>
+      <c r="M26" s="14" t="n">
         <v>7.39</v>
       </c>
-      <c r="K26" s="14" t="n">
+      <c r="N26" s="14" t="n">
         <v>9.11</v>
       </c>
-      <c r="L26" s="14" t="n">
+      <c r="O26" s="14" t="n">
         <v>11.38</v>
       </c>
-      <c r="M26" s="14" t="n">
+      <c r="P26" s="14" t="n">
         <v>13.13</v>
       </c>
-      <c r="N26" s="14" t="n">
+      <c r="Q26" s="14" t="n">
+        <v>5.78</v>
+      </c>
+      <c r="R26" s="14" t="n">
         <v>5.94</v>
       </c>
-      <c r="O26" s="14" t="n">
+      <c r="S26" s="14" t="n">
         <v>6.06</v>
       </c>
-      <c r="P26" s="14" t="n">
+      <c r="T26" s="14" t="n">
         <v>5.0</v>
       </c>
-      <c r="Q26" s="14" t="n">
+      <c r="U26" s="14" t="n">
         <v>7.21</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="6" t="inlineStr">
         <is>
           <t>Ceuta</t>
         </is>
       </c>
       <c r="B27" s="14" t="n">
+        <v>60.51</v>
+      </c>
+      <c r="C27" s="14" t="n">
         <v>70.02</v>
       </c>
-      <c r="C27" s="14" t="n">
+      <c r="D27" s="14" t="n">
         <v>66.44</v>
       </c>
-      <c r="D27" s="14" t="n">
+      <c r="E27" s="14" t="n">
         <v>49.43</v>
       </c>
-      <c r="E27" s="14" t="n">
+      <c r="F27" s="14" t="n">
         <v>51.01</v>
       </c>
-      <c r="F27" s="14" t="n">
+      <c r="G27" s="14" t="n">
+        <v>37.32</v>
+      </c>
+      <c r="H27" s="14" t="n">
         <v>42.72</v>
       </c>
-      <c r="G27" s="14" t="n">
+      <c r="I27" s="14" t="n">
         <v>40.64</v>
       </c>
-      <c r="H27" s="14" t="n">
+      <c r="J27" s="14" t="n">
         <v>37.59</v>
       </c>
-      <c r="I27" s="14" t="n">
+      <c r="K27" s="14" t="n">
         <v>39.7</v>
       </c>
-      <c r="J27" s="14" t="n">
+      <c r="L27" s="14" t="n">
+        <v>20.74</v>
+      </c>
+      <c r="M27" s="14" t="n">
         <v>20.27</v>
       </c>
-      <c r="K27" s="14" t="n">
+      <c r="N27" s="14" t="n">
         <v>21.0</v>
       </c>
-      <c r="L27" s="14" t="n">
+      <c r="O27" s="14" t="n">
         <v>24.74</v>
       </c>
-      <c r="M27" s="14" t="n">
+      <c r="P27" s="14" t="n">
         <v>28.27</v>
       </c>
-      <c r="N27" s="14" t="n">
+      <c r="Q27" s="14" t="n">
+        <v>9.57</v>
+      </c>
+      <c r="R27" s="14" t="n">
         <v>13.25</v>
       </c>
-      <c r="O27" s="14" t="n">
+      <c r="S27" s="14" t="n">
         <v>10.49</v>
       </c>
-      <c r="P27" s="14" t="n">
+      <c r="T27" s="14" t="n">
         <v>17.7</v>
       </c>
-      <c r="Q27" s="14" t="n">
+      <c r="U27" s="14" t="n">
         <v>19.4</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="6" t="inlineStr">
         <is>
           <t>Melilla</t>
         </is>
       </c>
       <c r="B28" s="14" t="n">
+        <v>49.66</v>
+      </c>
+      <c r="C28" s="14" t="n">
         <v>70.14</v>
       </c>
-      <c r="C28" s="14" t="n">
+      <c r="D28" s="14" t="n">
         <v>59.72</v>
       </c>
-      <c r="D28" s="14" t="n">
+      <c r="E28" s="14" t="n">
         <v>49.58</v>
       </c>
-      <c r="E28" s="14" t="n">
+      <c r="F28" s="14" t="n">
         <v>56.71</v>
       </c>
-      <c r="F28" s="14" t="n">
+      <c r="G28" s="14" t="n">
+        <v>35.85</v>
+      </c>
+      <c r="H28" s="14" t="n">
         <v>40.49</v>
       </c>
-      <c r="G28" s="14" t="n">
+      <c r="I28" s="14" t="n">
         <v>43.67</v>
       </c>
-      <c r="H28" s="14" t="n">
+      <c r="J28" s="14" t="n">
         <v>35.8</v>
       </c>
-      <c r="I28" s="14" t="n">
+      <c r="K28" s="14" t="n">
         <v>37.57</v>
       </c>
-      <c r="J28" s="14" t="n">
+      <c r="L28" s="14" t="n">
+        <v>20.83</v>
+      </c>
+      <c r="M28" s="14" t="n">
         <v>27.66</v>
       </c>
-      <c r="K28" s="14" t="n">
+      <c r="N28" s="14" t="n">
         <v>22.38</v>
       </c>
-      <c r="L28" s="14" t="n">
+      <c r="O28" s="14" t="n">
         <v>29.03</v>
       </c>
-      <c r="M28" s="14" t="n">
+      <c r="P28" s="14" t="n">
         <v>25.41</v>
       </c>
-      <c r="N28" s="14" t="n">
+      <c r="Q28" s="14" t="n">
+        <v>13.93</v>
+      </c>
+      <c r="R28" s="14" t="n">
         <v>9.35</v>
       </c>
-      <c r="O28" s="14" t="n">
+      <c r="S28" s="14" t="n">
         <v>10.42</v>
       </c>
-      <c r="P28" s="14" t="n">
+      <c r="T28" s="14" t="n">
         <v>12.5</v>
       </c>
-      <c r="Q28" s="14" t="n">
+      <c r="U28" s="14" t="n">
         <v>10.98</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="inlineStr">
         <is>
           <t>Notas:</t>
         </is>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
           <t>High-value data indicators associated with the EPA are calculated for the population aged 16 and over because those aged 15 are excluded from the labour market</t>
         </is>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="5" t="inlineStr">
         <is>
           <t xml:space="preserve">Fuente: </t>
         </is>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="10">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A5:K5"/>
     <mergeCell ref="A6:K6"/>
-    <mergeCell ref="B7:E7"/>
-[...2 lines deleted...]
-    <mergeCell ref="N7:Q7"/>
+    <mergeCell ref="B7:F7"/>
+    <mergeCell ref="G7:K7"/>
+    <mergeCell ref="L7:P7"/>
+    <mergeCell ref="Q7:U7"/>
   </mergeCells>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>