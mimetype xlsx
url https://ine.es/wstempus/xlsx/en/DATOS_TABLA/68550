--- v0 (2025-10-24)
+++ v1 (2026-01-29)
@@ -252,51 +252,51 @@
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="8" xfId="0" applyFill="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="6" fillId="5" borderId="8" xfId="0" applyFill="true" applyBorder="true" applyFont="true"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="8" xfId="0" applyFill="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="5" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="7" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true" applyNumberFormat="true">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="4" fontId="8" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true" applyNumberFormat="true">
       <alignment horizontal="right"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:K43"/>
+  <dimension ref="A1:K46"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="39.0625" customWidth="true"/>
     <col min="2" max="2" width="19.53125" customWidth="true"/>
     <col min="3" max="3" width="19.53125" customWidth="true"/>
     <col min="4" max="4" width="19.53125" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Tourism Flows in Europe</t>
         </is>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
@@ -335,51 +335,51 @@
       <c r="H3" s="11"/>
       <c r="I3" s="11"/>
       <c r="J3" s="11"/>
       <c r="K3" s="11"/>
     </row>
     <row r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Trips, overnight stays and total expenditure by duration of trip</t>
         </is>
       </c>
       <c r="B4" s="3"/>
       <c r="C4" s="3"/>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
       <c r="F4" s="3"/>
       <c r="G4" s="3"/>
       <c r="H4" s="3"/>
       <c r="I4" s="3"/>
       <c r="J4" s="3"/>
       <c r="K4" s="3"/>
     </row>
     <row r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
-          <t>Unidades: Viajes, Pernoctaciones, Miles €</t>
+          <t>Unidades: Travels, Overnight stays, Thousands Euros</t>
         </is>
       </c>
       <c r="B5" s="4"/>
       <c r="C5" s="4"/>
       <c r="D5" s="4"/>
       <c r="E5" s="4"/>
       <c r="F5" s="4"/>
       <c r="G5" s="4"/>
       <c r="H5" s="4"/>
       <c r="I5" s="4"/>
       <c r="J5" s="4"/>
       <c r="K5" s="4"/>
     </row>
     <row r="6">
       <c r="A6" s="11" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="B6" s="11"/>
       <c r="C6" s="11"/>
       <c r="D6" s="11"/>
       <c r="E6" s="11"/>
       <c r="F6" s="11"/>
       <c r="G6" s="11"/>
@@ -398,509 +398,557 @@
         <is>
           <t>Travelling</t>
         </is>
       </c>
       <c r="C7" s="6" t="inlineStr">
         <is>
           <t>Overnight stays</t>
         </is>
       </c>
       <c r="D7" s="6" t="inlineStr">
         <is>
           <t>Total expenditure</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="6" t="inlineStr">
         <is>
-          <t xml:space="preserve">                2023</t>
+          <t xml:space="preserve">                2024</t>
         </is>
       </c>
       <c r="B9" s="14" t="n">
-        <v>1.46820193E8</v>
+        <v>1.49489825E8</v>
       </c>
       <c r="C9" s="14" t="n">
-        <v>6.3537664E8</v>
+        <v>6.56113949E8</v>
       </c>
       <c r="D9" s="15" t="n">
-        <v>5.090592388E7</v>
+        <v>5.495202185E7</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="6" t="inlineStr">
         <is>
-          <t xml:space="preserve">                2022</t>
+          <t xml:space="preserve">                2023</t>
         </is>
       </c>
       <c r="B10" s="14" t="n">
-        <v>1.38191592E8</v>
+        <v>1.46820193E8</v>
       </c>
       <c r="C10" s="14" t="n">
-        <v>6.05192168E8</v>
+        <v>6.3537664E8</v>
       </c>
       <c r="D10" s="15" t="n">
-        <v>4.341732212E7</v>
+        <v>5.090592388E7</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="6" t="inlineStr">
         <is>
-          <t xml:space="preserve">                2021</t>
+          <t xml:space="preserve">                2022</t>
         </is>
       </c>
       <c r="B11" s="14" t="n">
-        <v>1.13758799E8</v>
+        <v>1.38191592E8</v>
       </c>
       <c r="C11" s="14" t="n">
-        <v>4.97409766E8</v>
+        <v>6.05192168E8</v>
       </c>
       <c r="D11" s="15" t="n">
-        <v>2.747338905E7</v>
+        <v>4.341732212E7</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="6" t="inlineStr">
         <is>
-          <t xml:space="preserve">                2020</t>
+          <t xml:space="preserve">                2021</t>
         </is>
       </c>
       <c r="B12" s="14" t="n">
-        <v>7.9064139E7</v>
+        <v>1.13758799E8</v>
       </c>
       <c r="C12" s="14" t="n">
-        <v>3.88322337E8</v>
+        <v>4.97409766E8</v>
       </c>
       <c r="D12" s="15" t="n">
-        <v>1.769403778E7</v>
+        <v>2.747338905E7</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="6" t="inlineStr">
         <is>
-          <t xml:space="preserve">                2019</t>
+          <t xml:space="preserve">                2020</t>
         </is>
       </c>
       <c r="B13" s="14" t="n">
-        <v>1.54316607E8</v>
+        <v>7.9064139E7</v>
       </c>
       <c r="C13" s="14" t="n">
-        <v>6.3027472E8</v>
+        <v>3.88322337E8</v>
       </c>
       <c r="D13" s="15" t="n">
-        <v>4.159581319E7</v>
+        <v>1.769403778E7</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="6" t="inlineStr">
         <is>
-          <t xml:space="preserve">                2018</t>
+          <t xml:space="preserve">                2019</t>
         </is>
       </c>
       <c r="B14" s="14" t="n">
-        <v>1.55290174E8</v>
+        <v>1.54316607E8</v>
       </c>
       <c r="C14" s="14" t="n">
-        <v>6.27151621E8</v>
+        <v>6.3027472E8</v>
       </c>
       <c r="D14" s="15" t="n">
-        <v>4.059147425E7</v>
+        <v>4.159581319E7</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="6" t="inlineStr">
         <is>
-          <t xml:space="preserve">                2017</t>
+          <t xml:space="preserve">                2018</t>
         </is>
       </c>
       <c r="B15" s="14" t="n">
-        <v>1.52707811E8</v>
+        <v>1.55290174E8</v>
       </c>
       <c r="C15" s="14" t="n">
-        <v>6.29592329E8</v>
+        <v>6.27151621E8</v>
       </c>
       <c r="D15" s="15" t="n">
-        <v>3.806418739E7</v>
+        <v>4.059147425E7</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="6" t="inlineStr">
         <is>
-          <t xml:space="preserve">                2016</t>
+          <t xml:space="preserve">                2017</t>
         </is>
       </c>
       <c r="B16" s="14" t="n">
-        <v>1.45473304E8</v>
+        <v>1.52707811E8</v>
       </c>
       <c r="C16" s="14" t="n">
-        <v>6.21877918E8</v>
+        <v>6.29592329E8</v>
       </c>
       <c r="D16" s="15" t="n">
-        <v>3.603809044E7</v>
+        <v>3.806418739E7</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="6" t="inlineStr">
         <is>
+          <t xml:space="preserve">                2016</t>
+        </is>
+      </c>
+      <c r="B17" s="14" t="n">
+        <v>1.45473304E8</v>
+      </c>
+      <c r="C17" s="14" t="n">
+        <v>6.21877918E8</v>
+      </c>
+      <c r="D17" s="15" t="n">
+        <v>3.603809044E7</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="6" t="inlineStr">
+        <is>
           <t xml:space="preserve">                2015</t>
         </is>
       </c>
-      <c r="B17" s="14" t="n">
+      <c r="B18" s="14" t="n">
         <v>1.36411159E8</v>
       </c>
-      <c r="C17" s="14" t="n">
+      <c r="C18" s="14" t="n">
         <v>5.83440923E8</v>
       </c>
-      <c r="D17" s="15" t="n">
+      <c r="D18" s="15" t="n">
         <v>3.13741026E7</v>
       </c>
     </row>
-    <row r="18">
-      <c r="A18" s="7" t="inlineStr">
+    <row r="19">
+      <c r="A19" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    From 1 to 3 nights</t>
         </is>
-      </c>
-[...14 lines deleted...]
-        <v>1.780301887E7</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="6" t="inlineStr">
         <is>
-          <t xml:space="preserve">                2022</t>
+          <t xml:space="preserve">                2024</t>
         </is>
       </c>
       <c r="B20" s="14" t="n">
-        <v>9.398331E7</v>
+        <v>1.00174929E8</v>
       </c>
       <c r="C20" s="14" t="n">
-        <v>1.75343515E8</v>
+        <v>1.88359236E8</v>
       </c>
       <c r="D20" s="15" t="n">
-        <v>1.520328223E7</v>
+        <v>1.924948407E7</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="6" t="inlineStr">
         <is>
-          <t xml:space="preserve">                2021</t>
+          <t xml:space="preserve">                2023</t>
         </is>
       </c>
       <c r="B21" s="14" t="n">
-        <v>7.8734559E7</v>
+        <v>9.8449874E7</v>
       </c>
       <c r="C21" s="14" t="n">
-        <v>1.42872525E8</v>
+        <v>1.84311937E8</v>
       </c>
       <c r="D21" s="15" t="n">
-        <v>1.024782511E7</v>
+        <v>1.780301887E7</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="6" t="inlineStr">
         <is>
-          <t xml:space="preserve">                2020</t>
+          <t xml:space="preserve">                2022</t>
         </is>
       </c>
       <c r="B22" s="14" t="n">
-        <v>5.4433777E7</v>
+        <v>9.398331E7</v>
       </c>
       <c r="C22" s="14" t="n">
-        <v>9.7839332E7</v>
+        <v>1.75343515E8</v>
       </c>
       <c r="D22" s="15" t="n">
-        <v>6322491.02</v>
+        <v>1.520328223E7</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="6" t="inlineStr">
         <is>
-          <t xml:space="preserve">                2019</t>
+          <t xml:space="preserve">                2021</t>
         </is>
       </c>
       <c r="B23" s="14" t="n">
-        <v>1.07911243E8</v>
+        <v>7.8734559E7</v>
       </c>
       <c r="C23" s="14" t="n">
-        <v>1.96811244E8</v>
+        <v>1.42872525E8</v>
       </c>
       <c r="D23" s="15" t="n">
-        <v>1.552046372E7</v>
+        <v>1.024782511E7</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="6" t="inlineStr">
         <is>
-          <t xml:space="preserve">                2018</t>
+          <t xml:space="preserve">                2020</t>
         </is>
       </c>
       <c r="B24" s="14" t="n">
-        <v>1.09432008E8</v>
+        <v>5.4433777E7</v>
       </c>
       <c r="C24" s="14" t="n">
-        <v>1.98299303E8</v>
+        <v>9.7839332E7</v>
       </c>
       <c r="D24" s="15" t="n">
-        <v>1.473288474E7</v>
+        <v>6322491.02</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="6" t="inlineStr">
         <is>
-          <t xml:space="preserve">                2017</t>
+          <t xml:space="preserve">                2019</t>
         </is>
       </c>
       <c r="B25" s="14" t="n">
-        <v>1.08539025E8</v>
+        <v>1.07911243E8</v>
       </c>
       <c r="C25" s="14" t="n">
-        <v>1.96661236E8</v>
+        <v>1.96811244E8</v>
       </c>
       <c r="D25" s="15" t="n">
-        <v>1.382093452E7</v>
+        <v>1.552046372E7</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="6" t="inlineStr">
         <is>
-          <t xml:space="preserve">                2016</t>
+          <t xml:space="preserve">                2018</t>
         </is>
       </c>
       <c r="B26" s="14" t="n">
-        <v>1.02291611E8</v>
+        <v>1.09432008E8</v>
       </c>
       <c r="C26" s="14" t="n">
-        <v>1.86555651E8</v>
+        <v>1.98299303E8</v>
       </c>
       <c r="D26" s="15" t="n">
-        <v>1.270417489E7</v>
+        <v>1.473288474E7</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="6" t="inlineStr">
         <is>
-          <t xml:space="preserve">                2015</t>
+          <t xml:space="preserve">                2017</t>
         </is>
       </c>
       <c r="B27" s="14" t="n">
-        <v>9.6703572E7</v>
+        <v>1.08539025E8</v>
       </c>
       <c r="C27" s="14" t="n">
-        <v>1.77294265E8</v>
+        <v>1.96661236E8</v>
       </c>
       <c r="D27" s="15" t="n">
-        <v>1.098346491E7</v>
+        <v>1.382093452E7</v>
       </c>
     </row>
     <row r="28">
-      <c r="A28" s="7" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="A28" s="6" t="inlineStr">
+        <is>
+          <t xml:space="preserve">                2016</t>
+        </is>
+      </c>
+      <c r="B28" s="14" t="n">
+        <v>1.02291611E8</v>
+      </c>
+      <c r="C28" s="14" t="n">
+        <v>1.86555651E8</v>
+      </c>
+      <c r="D28" s="15" t="n">
+        <v>1.270417489E7</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="6" t="inlineStr">
         <is>
-          <t xml:space="preserve">                2023</t>
+          <t xml:space="preserve">                2015</t>
         </is>
       </c>
       <c r="B29" s="14" t="n">
-        <v>4.8370319E7</v>
+        <v>9.6703572E7</v>
       </c>
       <c r="C29" s="14" t="n">
-        <v>4.51064703E8</v>
+        <v>1.77294265E8</v>
       </c>
       <c r="D29" s="15" t="n">
-        <v>3.310290501E7</v>
+        <v>1.098346491E7</v>
       </c>
     </row>
     <row r="30">
-      <c r="A30" s="6" t="inlineStr">
-[...11 lines deleted...]
-        <v>2.821403989E7</v>
+      <c r="A30" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    4 nights or over</t>
+        </is>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="6" t="inlineStr">
         <is>
-          <t xml:space="preserve">                2021</t>
+          <t xml:space="preserve">                2024</t>
         </is>
       </c>
       <c r="B31" s="14" t="n">
-        <v>3.502424E7</v>
+        <v>4.9314896E7</v>
       </c>
       <c r="C31" s="14" t="n">
-        <v>3.54537241E8</v>
+        <v>4.67754713E8</v>
       </c>
       <c r="D31" s="15" t="n">
-        <v>1.722556394E7</v>
+        <v>3.570253778E7</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="6" t="inlineStr">
         <is>
-          <t xml:space="preserve">                2020</t>
+          <t xml:space="preserve">                2023</t>
         </is>
       </c>
       <c r="B32" s="14" t="n">
-        <v>2.4630362E7</v>
+        <v>4.8370319E7</v>
       </c>
       <c r="C32" s="14" t="n">
-        <v>2.90483006E8</v>
+        <v>4.51064703E8</v>
       </c>
       <c r="D32" s="15" t="n">
-        <v>1.137154676E7</v>
+        <v>3.310290501E7</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="6" t="inlineStr">
         <is>
-          <t xml:space="preserve">                2019</t>
+          <t xml:space="preserve">                2022</t>
         </is>
       </c>
       <c r="B33" s="14" t="n">
-        <v>4.6405365E7</v>
+        <v>4.4208281E7</v>
       </c>
       <c r="C33" s="14" t="n">
-        <v>4.33463477E8</v>
+        <v>4.29848653E8</v>
       </c>
       <c r="D33" s="15" t="n">
-        <v>2.607534947E7</v>
+        <v>2.821403989E7</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="6" t="inlineStr">
         <is>
-          <t xml:space="preserve">                2018</t>
+          <t xml:space="preserve">                2021</t>
         </is>
       </c>
       <c r="B34" s="14" t="n">
-        <v>4.5858166E7</v>
+        <v>3.502424E7</v>
       </c>
       <c r="C34" s="14" t="n">
-        <v>4.28852318E8</v>
+        <v>3.54537241E8</v>
       </c>
       <c r="D34" s="15" t="n">
-        <v>2.58585895E7</v>
+        <v>1.722556394E7</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="6" t="inlineStr">
         <is>
-          <t xml:space="preserve">                2017</t>
+          <t xml:space="preserve">                2020</t>
         </is>
       </c>
       <c r="B35" s="14" t="n">
-        <v>4.4168786E7</v>
+        <v>2.4630362E7</v>
       </c>
       <c r="C35" s="14" t="n">
-        <v>4.32931093E8</v>
+        <v>2.90483006E8</v>
       </c>
       <c r="D35" s="15" t="n">
-        <v>2.424325286E7</v>
+        <v>1.137154676E7</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="6" t="inlineStr">
         <is>
-          <t xml:space="preserve">                2016</t>
+          <t xml:space="preserve">                2019</t>
         </is>
       </c>
       <c r="B36" s="14" t="n">
-        <v>4.3181693E7</v>
+        <v>4.6405365E7</v>
       </c>
       <c r="C36" s="14" t="n">
-        <v>4.35322266E8</v>
+        <v>4.33463477E8</v>
       </c>
       <c r="D36" s="15" t="n">
-        <v>2.333391555E7</v>
+        <v>2.607534947E7</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="6" t="inlineStr">
         <is>
+          <t xml:space="preserve">                2018</t>
+        </is>
+      </c>
+      <c r="B37" s="14" t="n">
+        <v>4.5858166E7</v>
+      </c>
+      <c r="C37" s="14" t="n">
+        <v>4.28852318E8</v>
+      </c>
+      <c r="D37" s="15" t="n">
+        <v>2.58585895E7</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" s="6" t="inlineStr">
+        <is>
+          <t xml:space="preserve">                2017</t>
+        </is>
+      </c>
+      <c r="B38" s="14" t="n">
+        <v>4.4168786E7</v>
+      </c>
+      <c r="C38" s="14" t="n">
+        <v>4.32931093E8</v>
+      </c>
+      <c r="D38" s="15" t="n">
+        <v>2.424325286E7</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" s="6" t="inlineStr">
+        <is>
+          <t xml:space="preserve">                2016</t>
+        </is>
+      </c>
+      <c r="B39" s="14" t="n">
+        <v>4.3181693E7</v>
+      </c>
+      <c r="C39" s="14" t="n">
+        <v>4.35322266E8</v>
+      </c>
+      <c r="D39" s="15" t="n">
+        <v>2.333391555E7</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" s="6" t="inlineStr">
+        <is>
           <t xml:space="preserve">                2015</t>
         </is>
       </c>
-      <c r="B37" s="14" t="n">
+      <c r="B40" s="14" t="n">
         <v>3.9707586E7</v>
       </c>
-      <c r="C37" s="14" t="n">
+      <c r="C40" s="14" t="n">
         <v>4.06146658E8</v>
       </c>
-      <c r="D37" s="15" t="n">
+      <c r="D40" s="15" t="n">
         <v>2.039063768E7</v>
       </c>
     </row>
-    <row r="40">
-      <c r="A40" s="5" t="inlineStr">
+    <row r="43">
+      <c r="A43" s="5" t="inlineStr">
         <is>
           <t>Notas:</t>
         </is>
       </c>
     </row>
-    <row r="42">
-      <c r="A42" s="5" t="inlineStr">
+    <row r="45">
+      <c r="A45" s="5" t="inlineStr">
         <is>
           <t xml:space="preserve">Fuente: </t>
         </is>
       </c>
     </row>
-    <row r="43">
-      <c r="A43" t="inlineStr">
+    <row r="46">
+      <c r="A46" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A5:K5"/>
     <mergeCell ref="A6:K6"/>
   </mergeCells>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>