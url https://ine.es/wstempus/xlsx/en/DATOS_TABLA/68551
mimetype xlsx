--- v0 (2025-10-24)
+++ v1 (2026-01-29)
@@ -252,84 +252,87 @@
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="8" xfId="0" applyFill="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="6" fillId="5" borderId="8" xfId="0" applyFill="true" applyBorder="true" applyFont="true"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="8" xfId="0" applyFill="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="5" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="7" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true" applyNumberFormat="true">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="4" fontId="8" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true" applyNumberFormat="true">
       <alignment horizontal="right"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:AB17"/>
+  <dimension ref="A1:AE17"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="39.0625" customWidth="true"/>
     <col min="2" max="2" width="19.53125" customWidth="true"/>
     <col min="3" max="3" width="19.53125" customWidth="true"/>
     <col min="4" max="4" width="19.53125" customWidth="true"/>
     <col min="5" max="5" width="19.53125" customWidth="true"/>
     <col min="6" max="6" width="19.53125" customWidth="true"/>
     <col min="7" max="7" width="19.53125" customWidth="true"/>
     <col min="8" max="8" width="19.53125" customWidth="true"/>
     <col min="9" max="9" width="19.53125" customWidth="true"/>
     <col min="10" max="10" width="19.53125" customWidth="true"/>
     <col min="11" max="11" width="19.53125" customWidth="true"/>
     <col min="12" max="12" width="19.53125" customWidth="true"/>
     <col min="13" max="13" width="19.53125" customWidth="true"/>
     <col min="14" max="14" width="19.53125" customWidth="true"/>
     <col min="15" max="15" width="19.53125" customWidth="true"/>
     <col min="16" max="16" width="19.53125" customWidth="true"/>
     <col min="17" max="17" width="19.53125" customWidth="true"/>
     <col min="18" max="18" width="19.53125" customWidth="true"/>
     <col min="19" max="19" width="19.53125" customWidth="true"/>
     <col min="20" max="20" width="19.53125" customWidth="true"/>
     <col min="21" max="21" width="19.53125" customWidth="true"/>
     <col min="22" max="22" width="19.53125" customWidth="true"/>
     <col min="23" max="23" width="19.53125" customWidth="true"/>
     <col min="24" max="24" width="19.53125" customWidth="true"/>
     <col min="25" max="25" width="19.53125" customWidth="true"/>
     <col min="26" max="26" width="19.53125" customWidth="true"/>
     <col min="27" max="27" width="19.53125" customWidth="true"/>
     <col min="28" max="28" width="19.53125" customWidth="true"/>
+    <col min="29" max="29" width="19.53125" customWidth="true"/>
+    <col min="30" max="30" width="19.53125" customWidth="true"/>
+    <col min="31" max="31" width="19.53125" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Tourism Flows in Europe</t>
         </is>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
     </row>
     <row r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
           <t>Residents Tourism Survey</t>
         </is>
       </c>
@@ -359,557 +362,602 @@
       <c r="H3" s="11"/>
       <c r="I3" s="11"/>
       <c r="J3" s="11"/>
       <c r="K3" s="11"/>
     </row>
     <row r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Trips, overnight stays and total expenditure by type of main destination</t>
         </is>
       </c>
       <c r="B4" s="3"/>
       <c r="C4" s="3"/>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
       <c r="F4" s="3"/>
       <c r="G4" s="3"/>
       <c r="H4" s="3"/>
       <c r="I4" s="3"/>
       <c r="J4" s="3"/>
       <c r="K4" s="3"/>
     </row>
     <row r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
-          <t>Unidades: Viajes, Pernoctaciones, Miles €</t>
+          <t>Unidades: Travels, Overnight stays, Thousands Euros</t>
         </is>
       </c>
       <c r="B5" s="4"/>
       <c r="C5" s="4"/>
       <c r="D5" s="4"/>
       <c r="E5" s="4"/>
       <c r="F5" s="4"/>
       <c r="G5" s="4"/>
       <c r="H5" s="4"/>
       <c r="I5" s="4"/>
       <c r="J5" s="4"/>
       <c r="K5" s="4"/>
     </row>
     <row r="6">
       <c r="A6" s="11" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="B6" s="11"/>
       <c r="C6" s="11"/>
       <c r="D6" s="11"/>
       <c r="E6" s="11"/>
       <c r="F6" s="11"/>
       <c r="G6" s="11"/>
       <c r="H6" s="11"/>
       <c r="I6" s="11"/>
       <c r="J6" s="11"/>
       <c r="K6" s="11"/>
     </row>
     <row r="7">
       <c r="A7" s="12" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="B7" s="6" t="inlineStr">
         <is>
           <t>Travelling</t>
         </is>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6"/>
       <c r="E7" s="6"/>
       <c r="F7" s="6"/>
       <c r="G7" s="6"/>
       <c r="H7" s="6"/>
       <c r="I7" s="6"/>
       <c r="J7" s="6"/>
-      <c r="K7" s="6" t="inlineStr">
+      <c r="K7" s="6"/>
+      <c r="L7" s="6" t="inlineStr">
         <is>
           <t>Overnight stays</t>
         </is>
       </c>
-      <c r="L7" s="6"/>
       <c r="M7" s="6"/>
       <c r="N7" s="6"/>
       <c r="O7" s="6"/>
       <c r="P7" s="6"/>
       <c r="Q7" s="6"/>
       <c r="R7" s="6"/>
       <c r="S7" s="6"/>
-      <c r="T7" s="6" t="inlineStr">
+      <c r="T7" s="6"/>
+      <c r="U7" s="6"/>
+      <c r="V7" s="6" t="inlineStr">
         <is>
           <t>Total expenditure</t>
         </is>
       </c>
-      <c r="U7" s="6"/>
-      <c r="V7" s="6"/>
       <c r="W7" s="6"/>
       <c r="X7" s="6"/>
       <c r="Y7" s="6"/>
       <c r="Z7" s="6"/>
       <c r="AA7" s="6"/>
       <c r="AB7" s="6"/>
+      <c r="AC7" s="6"/>
+      <c r="AD7" s="6"/>
+      <c r="AE7" s="6"/>
     </row>
     <row r="8">
       <c r="A8" s="12" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="C8" s="7" t="inlineStr">
+        <is>
           <t>2023</t>
         </is>
       </c>
-      <c r="C8" s="7" t="inlineStr">
+      <c r="D8" s="7" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="D8" s="7" t="inlineStr">
+      <c r="E8" s="7" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="E8" s="7" t="inlineStr">
+      <c r="F8" s="7" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="F8" s="7" t="inlineStr">
+      <c r="G8" s="7" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="G8" s="7" t="inlineStr">
+      <c r="H8" s="7" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="H8" s="7" t="inlineStr">
+      <c r="I8" s="7" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="I8" s="7" t="inlineStr">
+      <c r="J8" s="7" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="J8" s="7" t="inlineStr">
+      <c r="K8" s="7" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
-      <c r="K8" s="7" t="inlineStr">
+      <c r="L8" s="7" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="M8" s="7" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
-      <c r="L8" s="7" t="inlineStr">
+      <c r="N8" s="7" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="M8" s="7" t="inlineStr">
+      <c r="O8" s="7" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="N8" s="7" t="inlineStr">
+      <c r="P8" s="7" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="O8" s="7" t="inlineStr">
+      <c r="Q8" s="7" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="P8" s="7" t="inlineStr">
+      <c r="R8" s="7" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="Q8" s="7" t="inlineStr">
+      <c r="S8" s="7" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="R8" s="7" t="inlineStr">
+      <c r="T8" s="7" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="S8" s="7" t="inlineStr">
+      <c r="U8" s="7" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
-      <c r="T8" s="7" t="inlineStr">
+      <c r="V8" s="7" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="W8" s="7" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
-      <c r="U8" s="7" t="inlineStr">
+      <c r="X8" s="7" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="V8" s="7" t="inlineStr">
+      <c r="Y8" s="7" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="W8" s="7" t="inlineStr">
+      <c r="Z8" s="7" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="X8" s="7" t="inlineStr">
+      <c r="AA8" s="7" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="Y8" s="7" t="inlineStr">
+      <c r="AB8" s="7" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="Z8" s="7" t="inlineStr">
+      <c r="AC8" s="7" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="AA8" s="7" t="inlineStr">
+      <c r="AD8" s="7" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="AB8" s="7" t="inlineStr">
+      <c r="AE8" s="7" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B9" s="14" t="n">
+        <v>1.49489825E8</v>
+      </c>
+      <c r="C9" s="14" t="n">
         <v>1.46820193E8</v>
       </c>
-      <c r="C9" s="14" t="n">
+      <c r="D9" s="14" t="n">
         <v>1.38191592E8</v>
       </c>
-      <c r="D9" s="14" t="n">
+      <c r="E9" s="14" t="n">
         <v>1.13758799E8</v>
       </c>
-      <c r="E9" s="14" t="n">
+      <c r="F9" s="14" t="n">
         <v>7.9064139E7</v>
       </c>
-      <c r="F9" s="14" t="n">
+      <c r="G9" s="14" t="n">
         <v>1.54316607E8</v>
       </c>
-      <c r="G9" s="14" t="n">
+      <c r="H9" s="14" t="n">
         <v>1.55290174E8</v>
       </c>
-      <c r="H9" s="14" t="n">
+      <c r="I9" s="14" t="n">
         <v>1.52707811E8</v>
       </c>
-      <c r="I9" s="14" t="n">
+      <c r="J9" s="14" t="n">
         <v>1.45473304E8</v>
       </c>
-      <c r="J9" s="14" t="n">
+      <c r="K9" s="14" t="n">
         <v>1.36411159E8</v>
       </c>
-      <c r="K9" s="14" t="n">
+      <c r="L9" s="14" t="n">
+        <v>6.56113949E8</v>
+      </c>
+      <c r="M9" s="14" t="n">
         <v>6.3537664E8</v>
       </c>
-      <c r="L9" s="14" t="n">
+      <c r="N9" s="14" t="n">
         <v>6.05192168E8</v>
       </c>
-      <c r="M9" s="14" t="n">
+      <c r="O9" s="14" t="n">
         <v>4.97409766E8</v>
       </c>
-      <c r="N9" s="14" t="n">
+      <c r="P9" s="14" t="n">
         <v>3.88322337E8</v>
       </c>
-      <c r="O9" s="14" t="n">
+      <c r="Q9" s="14" t="n">
         <v>6.3027472E8</v>
       </c>
-      <c r="P9" s="14" t="n">
+      <c r="R9" s="14" t="n">
         <v>6.27151621E8</v>
       </c>
-      <c r="Q9" s="14" t="n">
+      <c r="S9" s="14" t="n">
         <v>6.29592329E8</v>
       </c>
-      <c r="R9" s="14" t="n">
+      <c r="T9" s="14" t="n">
         <v>6.21877918E8</v>
       </c>
-      <c r="S9" s="14" t="n">
+      <c r="U9" s="14" t="n">
         <v>5.83440923E8</v>
       </c>
-      <c r="T9" s="15" t="n">
+      <c r="V9" s="15" t="n">
+        <v>5.495202185E7</v>
+      </c>
+      <c r="W9" s="15" t="n">
         <v>5.090592388E7</v>
       </c>
-      <c r="U9" s="15" t="n">
+      <c r="X9" s="15" t="n">
         <v>4.341732212E7</v>
       </c>
-      <c r="V9" s="15" t="n">
+      <c r="Y9" s="15" t="n">
         <v>2.747338905E7</v>
       </c>
-      <c r="W9" s="15" t="n">
+      <c r="Z9" s="15" t="n">
         <v>1.769403778E7</v>
       </c>
-      <c r="X9" s="15" t="n">
+      <c r="AA9" s="15" t="n">
         <v>4.159581319E7</v>
       </c>
-      <c r="Y9" s="15" t="n">
+      <c r="AB9" s="15" t="n">
         <v>4.059147425E7</v>
       </c>
-      <c r="Z9" s="15" t="n">
+      <c r="AC9" s="15" t="n">
         <v>3.806418739E7</v>
       </c>
-      <c r="AA9" s="15" t="n">
+      <c r="AD9" s="15" t="n">
         <v>3.603809044E7</v>
       </c>
-      <c r="AB9" s="15" t="n">
+      <c r="AE9" s="15" t="n">
         <v>3.13741026E7</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Spain</t>
         </is>
       </c>
       <c r="B10" s="14" t="n">
+        <v>1.31322212E8</v>
+      </c>
+      <c r="C10" s="14" t="n">
         <v>1.30877868E8</v>
       </c>
-      <c r="C10" s="14" t="n">
+      <c r="D10" s="14" t="n">
         <v>1.24602722E8</v>
       </c>
-      <c r="D10" s="14" t="n">
+      <c r="E10" s="14" t="n">
         <v>1.07727044E8</v>
       </c>
-      <c r="E10" s="14" t="n">
+      <c r="F10" s="14" t="n">
         <v>7.4749663E7</v>
       </c>
-      <c r="F10" s="14" t="n">
+      <c r="G10" s="14" t="n">
         <v>1.37191009E8</v>
       </c>
-      <c r="G10" s="14" t="n">
+      <c r="H10" s="14" t="n">
         <v>1.38937957E8</v>
       </c>
-      <c r="H10" s="14" t="n">
+      <c r="I10" s="14" t="n">
         <v>1.38356811E8</v>
       </c>
-      <c r="I10" s="14" t="n">
+      <c r="J10" s="14" t="n">
         <v>1.32200905E8</v>
       </c>
-      <c r="J10" s="14" t="n">
+      <c r="K10" s="14" t="n">
         <v>1.23922962E8</v>
       </c>
-      <c r="K10" s="14" t="n">
+      <c r="L10" s="14" t="n">
+        <v>5.12719921E8</v>
+      </c>
+      <c r="M10" s="14" t="n">
         <v>5.07669859E8</v>
       </c>
-      <c r="L10" s="14" t="n">
+      <c r="N10" s="14" t="n">
         <v>4.90333817E8</v>
       </c>
-      <c r="M10" s="14" t="n">
+      <c r="O10" s="14" t="n">
         <v>4.41404089E8</v>
       </c>
-      <c r="N10" s="14" t="n">
+      <c r="P10" s="14" t="n">
         <v>3.53020025E8</v>
       </c>
-      <c r="O10" s="14" t="n">
+      <c r="Q10" s="14" t="n">
         <v>5.10938424E8</v>
       </c>
-      <c r="P10" s="14" t="n">
+      <c r="R10" s="14" t="n">
         <v>5.04034228E8</v>
       </c>
-      <c r="Q10" s="14" t="n">
+      <c r="S10" s="14" t="n">
         <v>5.17501822E8</v>
       </c>
-      <c r="R10" s="14" t="n">
+      <c r="T10" s="14" t="n">
         <v>5.08758036E8</v>
       </c>
-      <c r="S10" s="14" t="n">
+      <c r="U10" s="14" t="n">
         <v>4.7645894E8</v>
       </c>
-      <c r="T10" s="15" t="n">
+      <c r="V10" s="15" t="n">
+        <v>3.510667617E7</v>
+      </c>
+      <c r="W10" s="15" t="n">
         <v>3.372385054E7</v>
       </c>
-      <c r="U10" s="15" t="n">
+      <c r="X10" s="15" t="n">
         <v>2.994029831E7</v>
       </c>
-      <c r="V10" s="15" t="n">
+      <c r="Y10" s="15" t="n">
         <v>2.271791965E7</v>
       </c>
-      <c r="W10" s="15" t="n">
+      <c r="Z10" s="15" t="n">
         <v>1.451547205E7</v>
       </c>
-      <c r="X10" s="15" t="n">
+      <c r="AA10" s="15" t="n">
         <v>2.69382402E7</v>
       </c>
-      <c r="Y10" s="15" t="n">
+      <c r="AB10" s="15" t="n">
         <v>2.598834034E7</v>
       </c>
-      <c r="Z10" s="15" t="n">
+      <c r="AC10" s="15" t="n">
         <v>2.526097847E7</v>
       </c>
-      <c r="AA10" s="15" t="n">
+      <c r="AD10" s="15" t="n">
         <v>2.402535651E7</v>
       </c>
-      <c r="AB10" s="15" t="n">
+      <c r="AE10" s="15" t="n">
         <v>2.113100614E7</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Foreign</t>
         </is>
       </c>
       <c r="B11" s="14" t="n">
+        <v>1.8167614E7</v>
+      </c>
+      <c r="C11" s="14" t="n">
         <v>1.5942325E7</v>
       </c>
-      <c r="C11" s="14" t="n">
+      <c r="D11" s="14" t="n">
         <v>1.358887E7</v>
       </c>
-      <c r="D11" s="14" t="n">
+      <c r="E11" s="14" t="n">
         <v>6031754.0</v>
       </c>
-      <c r="E11" s="14" t="n">
+      <c r="F11" s="14" t="n">
         <v>4314476.0</v>
       </c>
-      <c r="F11" s="14" t="n">
+      <c r="G11" s="14" t="n">
         <v>1.7125599E7</v>
       </c>
-      <c r="G11" s="14" t="n">
+      <c r="H11" s="14" t="n">
         <v>1.6352217E7</v>
       </c>
-      <c r="H11" s="14" t="n">
+      <c r="I11" s="14" t="n">
         <v>1.4351E7</v>
       </c>
-      <c r="I11" s="14" t="n">
+      <c r="J11" s="14" t="n">
         <v>1.3272399E7</v>
       </c>
-      <c r="J11" s="14" t="n">
+      <c r="K11" s="14" t="n">
         <v>1.2488197E7</v>
       </c>
-      <c r="K11" s="14" t="n">
+      <c r="L11" s="14" t="n">
+        <v>1.43394029E8</v>
+      </c>
+      <c r="M11" s="14" t="n">
         <v>1.27706781E8</v>
       </c>
-      <c r="L11" s="14" t="n">
+      <c r="N11" s="14" t="n">
         <v>1.14858352E8</v>
       </c>
-      <c r="M11" s="14" t="n">
+      <c r="O11" s="14" t="n">
         <v>5.6005677E7</v>
       </c>
-      <c r="N11" s="14" t="n">
+      <c r="P11" s="14" t="n">
         <v>3.5302313E7</v>
       </c>
-      <c r="O11" s="14" t="n">
+      <c r="Q11" s="14" t="n">
         <v>1.19336297E8</v>
       </c>
-      <c r="P11" s="14" t="n">
+      <c r="R11" s="14" t="n">
         <v>1.23117393E8</v>
       </c>
-      <c r="Q11" s="14" t="n">
+      <c r="S11" s="14" t="n">
         <v>1.12090507E8</v>
       </c>
-      <c r="R11" s="14" t="n">
+      <c r="T11" s="14" t="n">
         <v>1.13119882E8</v>
       </c>
-      <c r="S11" s="14" t="n">
+      <c r="U11" s="14" t="n">
         <v>1.06981983E8</v>
       </c>
-      <c r="T11" s="15" t="n">
+      <c r="V11" s="15" t="n">
+        <v>1.984534568E7</v>
+      </c>
+      <c r="W11" s="15" t="n">
         <v>1.718207334E7</v>
       </c>
-      <c r="U11" s="15" t="n">
+      <c r="X11" s="15" t="n">
         <v>1.347702381E7</v>
       </c>
-      <c r="V11" s="15" t="n">
+      <c r="Y11" s="15" t="n">
         <v>4755469.4</v>
       </c>
-      <c r="W11" s="15" t="n">
+      <c r="Z11" s="15" t="n">
         <v>3178565.72</v>
       </c>
-      <c r="X11" s="15" t="n">
+      <c r="AA11" s="15" t="n">
         <v>1.465757298E7</v>
       </c>
-      <c r="Y11" s="15" t="n">
+      <c r="AB11" s="15" t="n">
         <v>1.46031339E7</v>
       </c>
-      <c r="Z11" s="15" t="n">
+      <c r="AC11" s="15" t="n">
         <v>1.280320892E7</v>
       </c>
-      <c r="AA11" s="15" t="n">
+      <c r="AD11" s="15" t="n">
         <v>1.201273393E7</v>
       </c>
-      <c r="AB11" s="15" t="n">
+      <c r="AE11" s="15" t="n">
         <v>1.024309646E7</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
           <t>Notas:</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
           <t xml:space="preserve">Fuente: </t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="9">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A5:K5"/>
     <mergeCell ref="A6:K6"/>
-    <mergeCell ref="B7:J7"/>
-[...1 lines deleted...]
-    <mergeCell ref="T7:AB7"/>
+    <mergeCell ref="B7:K7"/>
+    <mergeCell ref="L7:U7"/>
+    <mergeCell ref="V7:AE7"/>
   </mergeCells>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>