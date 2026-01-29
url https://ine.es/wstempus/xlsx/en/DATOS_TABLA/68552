--- v0 (2025-10-24)
+++ v1 (2026-01-29)
@@ -252,84 +252,87 @@
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="8" xfId="0" applyFill="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="6" fillId="5" borderId="8" xfId="0" applyFill="true" applyBorder="true" applyFont="true"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="8" xfId="0" applyFill="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="5" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="7" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true" applyNumberFormat="true">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="4" fontId="8" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true" applyNumberFormat="true">
       <alignment horizontal="right"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:AB25"/>
+  <dimension ref="A1:AE25"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="39.0625" customWidth="true"/>
     <col min="2" max="2" width="19.53125" customWidth="true"/>
     <col min="3" max="3" width="19.53125" customWidth="true"/>
     <col min="4" max="4" width="19.53125" customWidth="true"/>
     <col min="5" max="5" width="19.53125" customWidth="true"/>
     <col min="6" max="6" width="19.53125" customWidth="true"/>
     <col min="7" max="7" width="19.53125" customWidth="true"/>
     <col min="8" max="8" width="19.53125" customWidth="true"/>
     <col min="9" max="9" width="19.53125" customWidth="true"/>
     <col min="10" max="10" width="19.53125" customWidth="true"/>
     <col min="11" max="11" width="19.53125" customWidth="true"/>
     <col min="12" max="12" width="19.53125" customWidth="true"/>
     <col min="13" max="13" width="19.53125" customWidth="true"/>
     <col min="14" max="14" width="19.53125" customWidth="true"/>
     <col min="15" max="15" width="19.53125" customWidth="true"/>
     <col min="16" max="16" width="19.53125" customWidth="true"/>
     <col min="17" max="17" width="19.53125" customWidth="true"/>
     <col min="18" max="18" width="19.53125" customWidth="true"/>
     <col min="19" max="19" width="19.53125" customWidth="true"/>
     <col min="20" max="20" width="19.53125" customWidth="true"/>
     <col min="21" max="21" width="19.53125" customWidth="true"/>
     <col min="22" max="22" width="19.53125" customWidth="true"/>
     <col min="23" max="23" width="19.53125" customWidth="true"/>
     <col min="24" max="24" width="19.53125" customWidth="true"/>
     <col min="25" max="25" width="19.53125" customWidth="true"/>
     <col min="26" max="26" width="19.53125" customWidth="true"/>
     <col min="27" max="27" width="19.53125" customWidth="true"/>
     <col min="28" max="28" width="19.53125" customWidth="true"/>
+    <col min="29" max="29" width="19.53125" customWidth="true"/>
+    <col min="30" max="30" width="19.53125" customWidth="true"/>
+    <col min="31" max="31" width="19.53125" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Tourism Flows in Europe</t>
         </is>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
     </row>
     <row r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
           <t>Residents Tourism Survey</t>
         </is>
       </c>
@@ -359,1381 +362,1498 @@
       <c r="H3" s="11"/>
       <c r="I3" s="11"/>
       <c r="J3" s="11"/>
       <c r="K3" s="11"/>
     </row>
     <row r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Trips, overnight stays and total expenditure by main means of transport</t>
         </is>
       </c>
       <c r="B4" s="3"/>
       <c r="C4" s="3"/>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
       <c r="F4" s="3"/>
       <c r="G4" s="3"/>
       <c r="H4" s="3"/>
       <c r="I4" s="3"/>
       <c r="J4" s="3"/>
       <c r="K4" s="3"/>
     </row>
     <row r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
-          <t>Unidades: Viajes, Pernoctaciones, Miles €</t>
+          <t>Units: Travels, Overnight stays, Thousands Euros</t>
         </is>
       </c>
       <c r="B5" s="4"/>
       <c r="C5" s="4"/>
       <c r="D5" s="4"/>
       <c r="E5" s="4"/>
       <c r="F5" s="4"/>
       <c r="G5" s="4"/>
       <c r="H5" s="4"/>
       <c r="I5" s="4"/>
       <c r="J5" s="4"/>
       <c r="K5" s="4"/>
     </row>
     <row r="6">
       <c r="A6" s="11" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="B6" s="11"/>
       <c r="C6" s="11"/>
       <c r="D6" s="11"/>
       <c r="E6" s="11"/>
       <c r="F6" s="11"/>
       <c r="G6" s="11"/>
       <c r="H6" s="11"/>
       <c r="I6" s="11"/>
       <c r="J6" s="11"/>
       <c r="K6" s="11"/>
     </row>
     <row r="7">
       <c r="A7" s="12" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="B7" s="6" t="inlineStr">
         <is>
           <t>Travelling</t>
         </is>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6"/>
       <c r="E7" s="6"/>
       <c r="F7" s="6"/>
       <c r="G7" s="6"/>
       <c r="H7" s="6"/>
       <c r="I7" s="6"/>
       <c r="J7" s="6"/>
-      <c r="K7" s="6" t="inlineStr">
+      <c r="K7" s="6"/>
+      <c r="L7" s="6" t="inlineStr">
         <is>
           <t>Overnight stays</t>
         </is>
       </c>
-      <c r="L7" s="6"/>
       <c r="M7" s="6"/>
       <c r="N7" s="6"/>
       <c r="O7" s="6"/>
       <c r="P7" s="6"/>
       <c r="Q7" s="6"/>
       <c r="R7" s="6"/>
       <c r="S7" s="6"/>
-      <c r="T7" s="6" t="inlineStr">
+      <c r="T7" s="6"/>
+      <c r="U7" s="6"/>
+      <c r="V7" s="6" t="inlineStr">
         <is>
           <t>Total expenditure</t>
         </is>
       </c>
-      <c r="U7" s="6"/>
-      <c r="V7" s="6"/>
       <c r="W7" s="6"/>
       <c r="X7" s="6"/>
       <c r="Y7" s="6"/>
       <c r="Z7" s="6"/>
       <c r="AA7" s="6"/>
       <c r="AB7" s="6"/>
+      <c r="AC7" s="6"/>
+      <c r="AD7" s="6"/>
+      <c r="AE7" s="6"/>
     </row>
     <row r="8">
       <c r="A8" s="12" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="C8" s="7" t="inlineStr">
+        <is>
           <t>2023</t>
         </is>
       </c>
-      <c r="C8" s="7" t="inlineStr">
+      <c r="D8" s="7" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="D8" s="7" t="inlineStr">
+      <c r="E8" s="7" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="E8" s="7" t="inlineStr">
+      <c r="F8" s="7" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="F8" s="7" t="inlineStr">
+      <c r="G8" s="7" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="G8" s="7" t="inlineStr">
+      <c r="H8" s="7" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="H8" s="7" t="inlineStr">
+      <c r="I8" s="7" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="I8" s="7" t="inlineStr">
+      <c r="J8" s="7" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="J8" s="7" t="inlineStr">
+      <c r="K8" s="7" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
-      <c r="K8" s="7" t="inlineStr">
+      <c r="L8" s="7" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="M8" s="7" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
-      <c r="L8" s="7" t="inlineStr">
+      <c r="N8" s="7" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="M8" s="7" t="inlineStr">
+      <c r="O8" s="7" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="N8" s="7" t="inlineStr">
+      <c r="P8" s="7" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="O8" s="7" t="inlineStr">
+      <c r="Q8" s="7" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="P8" s="7" t="inlineStr">
+      <c r="R8" s="7" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="Q8" s="7" t="inlineStr">
+      <c r="S8" s="7" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="R8" s="7" t="inlineStr">
+      <c r="T8" s="7" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="S8" s="7" t="inlineStr">
+      <c r="U8" s="7" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
-      <c r="T8" s="7" t="inlineStr">
+      <c r="V8" s="7" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="W8" s="7" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
-      <c r="U8" s="7" t="inlineStr">
+      <c r="X8" s="7" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="V8" s="7" t="inlineStr">
+      <c r="Y8" s="7" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="W8" s="7" t="inlineStr">
+      <c r="Z8" s="7" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="X8" s="7" t="inlineStr">
+      <c r="AA8" s="7" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="Y8" s="7" t="inlineStr">
+      <c r="AB8" s="7" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="Z8" s="7" t="inlineStr">
+      <c r="AC8" s="7" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="AA8" s="7" t="inlineStr">
+      <c r="AD8" s="7" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="AB8" s="7" t="inlineStr">
+      <c r="AE8" s="7" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B9" s="14" t="n">
+        <v>1.49489825E8</v>
+      </c>
+      <c r="C9" s="14" t="n">
         <v>1.46820193E8</v>
       </c>
-      <c r="C9" s="14" t="n">
+      <c r="D9" s="14" t="n">
         <v>1.38191592E8</v>
       </c>
-      <c r="D9" s="14" t="n">
+      <c r="E9" s="14" t="n">
         <v>1.13758799E8</v>
       </c>
-      <c r="E9" s="14" t="n">
+      <c r="F9" s="14" t="n">
         <v>7.9064139E7</v>
       </c>
-      <c r="F9" s="14" t="n">
+      <c r="G9" s="14" t="n">
         <v>1.54316607E8</v>
       </c>
-      <c r="G9" s="14" t="n">
+      <c r="H9" s="14" t="n">
         <v>1.55290174E8</v>
       </c>
-      <c r="H9" s="14" t="n">
+      <c r="I9" s="14" t="n">
         <v>1.52707811E8</v>
       </c>
-      <c r="I9" s="14" t="n">
+      <c r="J9" s="14" t="n">
         <v>1.45473304E8</v>
       </c>
-      <c r="J9" s="14" t="n">
+      <c r="K9" s="14" t="n">
         <v>1.36411159E8</v>
       </c>
-      <c r="K9" s="14" t="n">
+      <c r="L9" s="14" t="n">
+        <v>6.56113949E8</v>
+      </c>
+      <c r="M9" s="14" t="n">
         <v>6.3537664E8</v>
       </c>
-      <c r="L9" s="14" t="n">
+      <c r="N9" s="14" t="n">
         <v>6.05192168E8</v>
       </c>
-      <c r="M9" s="14" t="n">
+      <c r="O9" s="14" t="n">
         <v>4.97409766E8</v>
       </c>
-      <c r="N9" s="14" t="n">
+      <c r="P9" s="14" t="n">
         <v>3.88322337E8</v>
       </c>
-      <c r="O9" s="14" t="n">
+      <c r="Q9" s="14" t="n">
         <v>6.3027472E8</v>
       </c>
-      <c r="P9" s="14" t="n">
+      <c r="R9" s="14" t="n">
         <v>6.27151621E8</v>
       </c>
-      <c r="Q9" s="14" t="n">
+      <c r="S9" s="14" t="n">
         <v>6.29592329E8</v>
       </c>
-      <c r="R9" s="14" t="n">
+      <c r="T9" s="14" t="n">
         <v>6.21877918E8</v>
       </c>
-      <c r="S9" s="14" t="n">
+      <c r="U9" s="14" t="n">
         <v>5.83440923E8</v>
       </c>
-      <c r="T9" s="15" t="n">
+      <c r="V9" s="15" t="n">
+        <v>5.495202185E7</v>
+      </c>
+      <c r="W9" s="15" t="n">
         <v>5.090592388E7</v>
       </c>
-      <c r="U9" s="15" t="n">
+      <c r="X9" s="15" t="n">
         <v>4.341732212E7</v>
       </c>
-      <c r="V9" s="15" t="n">
+      <c r="Y9" s="15" t="n">
         <v>2.747338905E7</v>
       </c>
-      <c r="W9" s="15" t="n">
+      <c r="Z9" s="15" t="n">
         <v>1.769403778E7</v>
       </c>
-      <c r="X9" s="15" t="n">
+      <c r="AA9" s="15" t="n">
         <v>4.159581319E7</v>
       </c>
-      <c r="Y9" s="15" t="n">
+      <c r="AB9" s="15" t="n">
         <v>4.059147425E7</v>
       </c>
-      <c r="Z9" s="15" t="n">
+      <c r="AC9" s="15" t="n">
         <v>3.806418739E7</v>
       </c>
-      <c r="AA9" s="15" t="n">
+      <c r="AD9" s="15" t="n">
         <v>3.603809044E7</v>
       </c>
-      <c r="AB9" s="15" t="n">
+      <c r="AE9" s="15" t="n">
         <v>3.13741026E7</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Air (flight services, scheduled or chartered, or other air services)</t>
         </is>
       </c>
       <c r="B10" s="14" t="n">
+        <v>2.1450405E7</v>
+      </c>
+      <c r="C10" s="14" t="n">
         <v>1.9565753E7</v>
       </c>
-      <c r="C10" s="14" t="n">
+      <c r="D10" s="14" t="n">
         <v>1.6441322E7</v>
       </c>
-      <c r="D10" s="14" t="n">
+      <c r="E10" s="14" t="n">
         <v>8547830.0</v>
       </c>
-      <c r="E10" s="14" t="n">
+      <c r="F10" s="14" t="n">
         <v>5541040.0</v>
       </c>
-      <c r="F10" s="14" t="n">
+      <c r="G10" s="14" t="n">
         <v>1.9645789E7</v>
       </c>
-      <c r="G10" s="14" t="n">
+      <c r="H10" s="14" t="n">
         <v>1.870129E7</v>
       </c>
-      <c r="H10" s="14" t="n">
+      <c r="I10" s="14" t="n">
         <v>1.5860424E7</v>
       </c>
-      <c r="I10" s="14" t="n">
+      <c r="J10" s="14" t="n">
         <v>1.6000157E7</v>
       </c>
-      <c r="J10" s="14" t="n">
+      <c r="K10" s="14" t="n">
         <v>1.3898206E7</v>
       </c>
-      <c r="K10" s="14" t="n">
+      <c r="L10" s="14" t="n">
+        <v>1.51332489E8</v>
+      </c>
+      <c r="M10" s="14" t="n">
         <v>1.38012147E8</v>
       </c>
-      <c r="L10" s="14" t="n">
+      <c r="N10" s="14" t="n">
         <v>1.23574434E8</v>
       </c>
-      <c r="M10" s="14" t="n">
+      <c r="O10" s="14" t="n">
         <v>7.1817498E7</v>
       </c>
-      <c r="N10" s="14" t="n">
+      <c r="P10" s="14" t="n">
         <v>4.515151E7</v>
       </c>
-      <c r="O10" s="14" t="n">
+      <c r="Q10" s="14" t="n">
         <v>1.27367645E8</v>
       </c>
-      <c r="P10" s="14" t="n">
+      <c r="R10" s="14" t="n">
         <v>1.28323395E8</v>
       </c>
-      <c r="Q10" s="14" t="n">
+      <c r="S10" s="14" t="n">
         <v>1.14861581E8</v>
       </c>
-      <c r="R10" s="14" t="n">
+      <c r="T10" s="14" t="n">
         <v>1.24566219E8</v>
       </c>
-      <c r="S10" s="14" t="n">
+      <c r="U10" s="14" t="n">
         <v>1.12431539E8</v>
       </c>
-      <c r="T10" s="15" t="n">
+      <c r="V10" s="15" t="n">
+        <v>2.177557966E7</v>
+      </c>
+      <c r="W10" s="15" t="n">
         <v>1.926700607E7</v>
       </c>
-      <c r="U10" s="15" t="n">
+      <c r="X10" s="15" t="n">
         <v>1.525484229E7</v>
       </c>
-      <c r="V10" s="15" t="n">
+      <c r="Y10" s="15" t="n">
         <v>6450863.45</v>
       </c>
-      <c r="W10" s="15" t="n">
+      <c r="Z10" s="15" t="n">
         <v>4013301.85</v>
       </c>
-      <c r="X10" s="15" t="n">
+      <c r="AA10" s="15" t="n">
         <v>1.592986807E7</v>
       </c>
-      <c r="Y10" s="15" t="n">
+      <c r="AB10" s="15" t="n">
         <v>1.580196925E7</v>
       </c>
-      <c r="Z10" s="15" t="n">
+      <c r="AC10" s="15" t="n">
         <v>1.379086471E7</v>
       </c>
-      <c r="AA10" s="15" t="n">
+      <c r="AD10" s="15" t="n">
         <v>1.353134549E7</v>
       </c>
-      <c r="AB10" s="15" t="n">
+      <c r="AE10" s="15" t="n">
         <v>1.097927072E7</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Waterway (passenger lines and ferries, cruises, pleasure boat, rented vessel, etc.)</t>
         </is>
       </c>
       <c r="B11" s="14" t="n">
+        <v>2210139.0</v>
+      </c>
+      <c r="C11" s="14" t="n">
         <v>2096007.0</v>
       </c>
-      <c r="C11" s="14" t="n">
+      <c r="D11" s="14" t="n">
         <v>1825859.0</v>
       </c>
-      <c r="D11" s="14" t="n">
+      <c r="E11" s="14" t="n">
         <v>1189331.0</v>
       </c>
-      <c r="E11" s="14" t="n">
+      <c r="F11" s="14" t="n">
         <v>798799.0</v>
       </c>
-      <c r="F11" s="14" t="n">
+      <c r="G11" s="14" t="n">
         <v>1712272.0</v>
       </c>
-      <c r="G11" s="14" t="n">
+      <c r="H11" s="14" t="n">
         <v>1754590.0</v>
       </c>
-      <c r="H11" s="14" t="n">
+      <c r="I11" s="14" t="n">
         <v>1585110.0</v>
       </c>
-      <c r="I11" s="14" t="n">
+      <c r="J11" s="14" t="n">
         <v>1432172.0</v>
       </c>
-      <c r="J11" s="14" t="n">
+      <c r="K11" s="14" t="n">
         <v>1432100.0</v>
       </c>
-      <c r="K11" s="14" t="n">
+      <c r="L11" s="14" t="n">
+        <v>1.8679186E7</v>
+      </c>
+      <c r="M11" s="14" t="n">
         <v>1.5371304E7</v>
       </c>
-      <c r="L11" s="14" t="n">
+      <c r="N11" s="14" t="n">
         <v>1.303299E7</v>
       </c>
-      <c r="M11" s="14" t="n">
+      <c r="O11" s="14" t="n">
         <v>7660076.0</v>
       </c>
-      <c r="N11" s="14" t="n">
+      <c r="P11" s="14" t="n">
         <v>6721642.0</v>
       </c>
-      <c r="O11" s="14" t="n">
+      <c r="Q11" s="14" t="n">
         <v>1.0928526E7</v>
       </c>
-      <c r="P11" s="14" t="n">
+      <c r="R11" s="14" t="n">
         <v>1.2393497E7</v>
       </c>
-      <c r="Q11" s="14" t="n">
+      <c r="S11" s="14" t="n">
         <v>1.1771734E7</v>
       </c>
-      <c r="R11" s="14" t="n">
+      <c r="T11" s="14" t="n">
         <v>9598093.0</v>
       </c>
-      <c r="S11" s="14" t="n">
+      <c r="U11" s="14" t="n">
         <v>1.0075082E7</v>
       </c>
-      <c r="T11" s="15" t="n">
+      <c r="V11" s="15" t="n">
+        <v>1641576.38</v>
+      </c>
+      <c r="W11" s="15" t="n">
         <v>1410900.83</v>
       </c>
-      <c r="U11" s="15" t="n">
+      <c r="X11" s="15" t="n">
         <v>1158800.87</v>
       </c>
-      <c r="V11" s="15" t="n">
+      <c r="Y11" s="15" t="n">
         <v>589845.51</v>
       </c>
-      <c r="W11" s="15" t="n">
+      <c r="Z11" s="15" t="n">
         <v>392351.16</v>
       </c>
-      <c r="X11" s="15" t="n">
+      <c r="AA11" s="15" t="n">
         <v>1049619.98</v>
       </c>
-      <c r="Y11" s="15" t="n">
+      <c r="AB11" s="15" t="n">
         <v>1098227.99</v>
       </c>
-      <c r="Z11" s="15" t="n">
+      <c r="AC11" s="15" t="n">
         <v>949740.36</v>
       </c>
-      <c r="AA11" s="15" t="n">
+      <c r="AD11" s="15" t="n">
         <v>818028.08</v>
       </c>
-      <c r="AB11" s="15" t="n">
+      <c r="AE11" s="15" t="n">
         <v>728369.29</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Railway</t>
         </is>
       </c>
       <c r="B12" s="14" t="n">
+        <v>1.0256065E7</v>
+      </c>
+      <c r="C12" s="14" t="n">
         <v>9857543.0</v>
       </c>
-      <c r="C12" s="14" t="n">
+      <c r="D12" s="14" t="n">
         <v>7990399.0</v>
       </c>
-      <c r="D12" s="14" t="n">
+      <c r="E12" s="14" t="n">
         <v>5473272.0</v>
       </c>
-      <c r="E12" s="14" t="n">
+      <c r="F12" s="14" t="n">
         <v>3542938.0</v>
       </c>
-      <c r="F12" s="14" t="n">
+      <c r="G12" s="14" t="n">
         <v>8817245.0</v>
       </c>
-      <c r="G12" s="14" t="n">
+      <c r="H12" s="14" t="n">
         <v>8523270.0</v>
       </c>
-      <c r="H12" s="14" t="n">
+      <c r="I12" s="14" t="n">
         <v>8681269.0</v>
       </c>
-      <c r="I12" s="14" t="n">
+      <c r="J12" s="14" t="n">
         <v>8458744.0</v>
       </c>
-      <c r="J12" s="14" t="n">
+      <c r="K12" s="14" t="n">
         <v>7774960.0</v>
       </c>
-      <c r="K12" s="14" t="n">
+      <c r="L12" s="14" t="n">
+        <v>3.7105823E7</v>
+      </c>
+      <c r="M12" s="14" t="n">
         <v>3.6869376E7</v>
       </c>
-      <c r="L12" s="14" t="n">
+      <c r="N12" s="14" t="n">
         <v>2.9876724E7</v>
       </c>
-      <c r="M12" s="14" t="n">
+      <c r="O12" s="14" t="n">
         <v>2.198086E7</v>
       </c>
-      <c r="N12" s="14" t="n">
+      <c r="P12" s="14" t="n">
         <v>1.4982479E7</v>
       </c>
-      <c r="O12" s="14" t="n">
+      <c r="Q12" s="14" t="n">
         <v>3.436331E7</v>
       </c>
-      <c r="P12" s="14" t="n">
+      <c r="R12" s="14" t="n">
         <v>3.4510307E7</v>
       </c>
-      <c r="Q12" s="14" t="n">
+      <c r="S12" s="14" t="n">
         <v>3.5961322E7</v>
       </c>
-      <c r="R12" s="14" t="n">
+      <c r="T12" s="14" t="n">
         <v>3.6707607E7</v>
       </c>
-      <c r="S12" s="14" t="n">
+      <c r="U12" s="14" t="n">
         <v>3.1010991E7</v>
       </c>
-      <c r="T12" s="15" t="n">
+      <c r="V12" s="15" t="n">
+        <v>3456978.37</v>
+      </c>
+      <c r="W12" s="15" t="n">
         <v>3309851.92</v>
       </c>
-      <c r="U12" s="15" t="n">
+      <c r="X12" s="15" t="n">
         <v>2512290.17</v>
       </c>
-      <c r="V12" s="15" t="n">
+      <c r="Y12" s="15" t="n">
         <v>1475478.19</v>
       </c>
-      <c r="W12" s="15" t="n">
+      <c r="Z12" s="15" t="n">
         <v>839405.33</v>
       </c>
-      <c r="X12" s="15" t="n">
+      <c r="AA12" s="15" t="n">
         <v>2434523.51</v>
       </c>
-      <c r="Y12" s="15" t="n">
+      <c r="AB12" s="15" t="n">
         <v>2282612.24</v>
       </c>
-      <c r="Z12" s="15" t="n">
+      <c r="AC12" s="15" t="n">
         <v>2396881.98</v>
       </c>
-      <c r="AA12" s="15" t="n">
+      <c r="AD12" s="15" t="n">
         <v>2244429.35</v>
       </c>
-      <c r="AB12" s="15" t="n">
+      <c r="AE12" s="15" t="n">
         <v>1837630.24</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Bus, coach (scheduled or non-scheduled)</t>
         </is>
       </c>
       <c r="B13" s="14" t="n">
+        <v>7787898.0</v>
+      </c>
+      <c r="C13" s="14" t="n">
         <v>6542106.0</v>
       </c>
-      <c r="C13" s="14" t="n">
+      <c r="D13" s="14" t="n">
         <v>6796916.0</v>
       </c>
-      <c r="D13" s="14" t="n">
+      <c r="E13" s="14" t="n">
         <v>4731590.0</v>
       </c>
-      <c r="E13" s="14" t="n">
+      <c r="F13" s="14" t="n">
         <v>3106046.0</v>
       </c>
-      <c r="F13" s="14" t="n">
+      <c r="G13" s="14" t="n">
         <v>8752798.0</v>
       </c>
-      <c r="G13" s="14" t="n">
+      <c r="H13" s="14" t="n">
         <v>8674311.0</v>
       </c>
-      <c r="H13" s="14" t="n">
+      <c r="I13" s="14" t="n">
         <v>8586075.0</v>
       </c>
-      <c r="I13" s="14" t="n">
+      <c r="J13" s="14" t="n">
         <v>8041336.0</v>
       </c>
-      <c r="J13" s="14" t="n">
+      <c r="K13" s="14" t="n">
         <v>7727139.0</v>
       </c>
-      <c r="K13" s="14" t="n">
+      <c r="L13" s="14" t="n">
+        <v>2.7667989E7</v>
+      </c>
+      <c r="M13" s="14" t="n">
         <v>2.6821981E7</v>
       </c>
-      <c r="L13" s="14" t="n">
+      <c r="N13" s="14" t="n">
         <v>2.4279685E7</v>
       </c>
-      <c r="M13" s="14" t="n">
+      <c r="O13" s="14" t="n">
         <v>1.6612147E7</v>
       </c>
-      <c r="N13" s="14" t="n">
+      <c r="P13" s="14" t="n">
         <v>1.2020846E7</v>
       </c>
-      <c r="O13" s="14" t="n">
+      <c r="Q13" s="14" t="n">
         <v>3.6781684E7</v>
       </c>
-      <c r="P13" s="14" t="n">
+      <c r="R13" s="14" t="n">
         <v>3.3738573E7</v>
       </c>
-      <c r="Q13" s="14" t="n">
+      <c r="S13" s="14" t="n">
         <v>3.676047E7</v>
       </c>
-      <c r="R13" s="14" t="n">
+      <c r="T13" s="14" t="n">
         <v>3.6335766E7</v>
       </c>
-      <c r="S13" s="14" t="n">
+      <c r="U13" s="14" t="n">
         <v>3.4498774E7</v>
       </c>
-      <c r="T13" s="15" t="n">
+      <c r="V13" s="15" t="n">
+        <v>2061213.71</v>
+      </c>
+      <c r="W13" s="15" t="n">
         <v>1849761.21</v>
       </c>
-      <c r="U13" s="15" t="n">
+      <c r="X13" s="15" t="n">
         <v>1543669.07</v>
       </c>
-      <c r="V13" s="15" t="n">
+      <c r="Y13" s="15" t="n">
         <v>801581.26</v>
       </c>
-      <c r="W13" s="15" t="n">
+      <c r="Z13" s="15" t="n">
         <v>511764.35</v>
       </c>
-      <c r="X13" s="15" t="n">
+      <c r="AA13" s="15" t="n">
         <v>1903447.1</v>
       </c>
-      <c r="Y13" s="15" t="n">
+      <c r="AB13" s="15" t="n">
         <v>1813160.07</v>
       </c>
-      <c r="Z13" s="15" t="n">
+      <c r="AC13" s="15" t="n">
         <v>1729604.36</v>
       </c>
-      <c r="AA13" s="15" t="n">
+      <c r="AD13" s="15" t="n">
         <v>1685172.32</v>
       </c>
-      <c r="AB13" s="15" t="n">
+      <c r="AE13" s="15" t="n">
         <v>1544973.15</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Regular/scheduled bus or coach</t>
         </is>
       </c>
       <c r="B14" s="14" t="n">
+        <v>5351557.0</v>
+      </c>
+      <c r="C14" s="14" t="n">
         <v>4385315.0</v>
       </c>
-      <c r="C14" s="14" t="n">
+      <c r="D14" s="14" t="n">
         <v>4882364.0</v>
       </c>
-      <c r="D14" s="14" t="n">
+      <c r="E14" s="14" t="n">
         <v>3824707.0</v>
       </c>
-      <c r="E14" s="14" t="n">
+      <c r="F14" s="14" t="n">
         <v>2627850.0</v>
       </c>
-      <c r="F14" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="G14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="H14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="I14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="J14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="K14" s="14" t="n">
+      <c r="K14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="L14" s="14" t="n">
+        <v>1.7476651E7</v>
+      </c>
+      <c r="M14" s="14" t="n">
         <v>1.7886765E7</v>
       </c>
-      <c r="L14" s="14" t="n">
+      <c r="N14" s="14" t="n">
         <v>1.6354524E7</v>
       </c>
-      <c r="M14" s="14" t="n">
+      <c r="O14" s="14" t="n">
         <v>1.3676274E7</v>
       </c>
-      <c r="N14" s="14" t="n">
+      <c r="P14" s="14" t="n">
         <v>1.0293776E7</v>
       </c>
-      <c r="O14" s="13" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="Q14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="R14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="S14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="T14" s="15" t="n">
+      <c r="T14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="U14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="V14" s="15" t="n">
+        <v>958576.0</v>
+      </c>
+      <c r="W14" s="15" t="n">
         <v>874497.19</v>
       </c>
-      <c r="U14" s="15" t="n">
+      <c r="X14" s="15" t="n">
         <v>767926.8</v>
       </c>
-      <c r="V14" s="15" t="n">
+      <c r="Y14" s="15" t="n">
         <v>524735.14</v>
       </c>
-      <c r="W14" s="15" t="n">
+      <c r="Z14" s="15" t="n">
         <v>381182.8</v>
       </c>
-      <c r="X14" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="AA14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="AB14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AC14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AD14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AE14" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Occasional/non-scheduled bus or coach</t>
         </is>
       </c>
       <c r="B15" s="14" t="n">
+        <v>2356726.0</v>
+      </c>
+      <c r="C15" s="14" t="n">
         <v>2098391.0</v>
       </c>
-      <c r="C15" s="14" t="n">
+      <c r="D15" s="14" t="n">
         <v>1862627.0</v>
       </c>
-      <c r="D15" s="14" t="n">
+      <c r="E15" s="14" t="n">
         <v>824130.0</v>
       </c>
-      <c r="E15" s="14" t="n">
+      <c r="F15" s="14" t="n">
         <v>435705.0</v>
       </c>
-      <c r="F15" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="G15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="H15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="I15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="J15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="K15" s="14" t="n">
+      <c r="K15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="L15" s="14" t="n">
+        <v>9777211.0</v>
+      </c>
+      <c r="M15" s="14" t="n">
         <v>8724296.0</v>
       </c>
-      <c r="L15" s="14" t="n">
+      <c r="N15" s="14" t="n">
         <v>7641688.0</v>
       </c>
-      <c r="M15" s="14" t="n">
+      <c r="O15" s="14" t="n">
         <v>2753983.0</v>
       </c>
-      <c r="N15" s="14" t="n">
+      <c r="P15" s="14" t="n">
         <v>1626655.0</v>
       </c>
-      <c r="O15" s="13" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="Q15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="R15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="S15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="T15" s="15" t="n">
+      <c r="T15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="U15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="V15" s="15" t="n">
+        <v>1074918.69</v>
+      </c>
+      <c r="W15" s="15" t="n">
         <v>955527.31</v>
       </c>
-      <c r="U15" s="15" t="n">
+      <c r="X15" s="15" t="n">
         <v>758980.59</v>
       </c>
-      <c r="V15" s="15" t="n">
+      <c r="Y15" s="15" t="n">
         <v>263905.07</v>
       </c>
-      <c r="W15" s="15" t="n">
+      <c r="Z15" s="15" t="n">
         <v>124177.93</v>
       </c>
-      <c r="X15" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="AA15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="AB15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AC15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AD15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AE15" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Private motor vehicle (own or rented, including friends'/relatives' car)</t>
         </is>
       </c>
       <c r="B16" s="14" t="n">
+        <v>1.05837868E8</v>
+      </c>
+      <c r="C16" s="14" t="n">
         <v>1.06896374E8</v>
       </c>
-      <c r="C16" s="14" t="n">
+      <c r="D16" s="14" t="n">
         <v>1.03386896E8</v>
       </c>
-      <c r="D16" s="14" t="n">
+      <c r="E16" s="14" t="n">
         <v>9.2193382E7</v>
       </c>
-      <c r="E16" s="14" t="n">
+      <c r="F16" s="14" t="n">
         <v>6.4924564E7</v>
       </c>
-      <c r="F16" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="G16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="H16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="I16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="J16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="K16" s="14" t="n">
+      <c r="K16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="L16" s="14" t="n">
+        <v>4.12564453E8</v>
+      </c>
+      <c r="M16" s="14" t="n">
         <v>4.1080744E8</v>
       </c>
-      <c r="L16" s="14" t="n">
+      <c r="N16" s="14" t="n">
         <v>4.04809399E8</v>
       </c>
-      <c r="M16" s="14" t="n">
+      <c r="O16" s="14" t="n">
         <v>3.71170994E8</v>
       </c>
-      <c r="N16" s="14" t="n">
+      <c r="P16" s="14" t="n">
         <v>3.0337075E8</v>
       </c>
-      <c r="O16" s="13" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="Q16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="R16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="S16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="T16" s="15" t="n">
+      <c r="T16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="U16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="V16" s="15" t="n">
+        <v>2.532823032E7</v>
+      </c>
+      <c r="W16" s="15" t="n">
         <v>2.440475377E7</v>
       </c>
-      <c r="U16" s="15" t="n">
+      <c r="X16" s="15" t="n">
         <v>2.232402345E7</v>
       </c>
-      <c r="V16" s="15" t="n">
+      <c r="Y16" s="15" t="n">
         <v>1.768081213E7</v>
       </c>
-      <c r="W16" s="15" t="n">
+      <c r="Z16" s="15" t="n">
         <v>1.161598671E7</v>
       </c>
-      <c r="X16" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="AA16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="AB16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AC16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AD16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AE16" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rented motor vehicle (including ride-sharing or car-sharing platforms)</t>
         </is>
       </c>
       <c r="B17" s="14" t="n">
+        <v>1506965.0</v>
+      </c>
+      <c r="C17" s="14" t="n">
         <v>1519667.0</v>
       </c>
-      <c r="C17" s="14" t="n">
+      <c r="D17" s="14" t="n">
         <v>1387822.0</v>
       </c>
-      <c r="D17" s="14" t="n">
+      <c r="E17" s="14" t="n">
         <v>1176957.0</v>
       </c>
-      <c r="E17" s="14" t="n">
+      <c r="F17" s="14" t="n">
         <v>783321.0</v>
       </c>
-      <c r="F17" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="G17" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="H17" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="I17" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="J17" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="K17" s="14" t="n">
+      <c r="K17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="L17" s="14" t="n">
+        <v>6413301.0</v>
+      </c>
+      <c r="M17" s="14" t="n">
         <v>5927495.0</v>
       </c>
-      <c r="L17" s="14" t="n">
+      <c r="N17" s="14" t="n">
         <v>6437592.0</v>
       </c>
-      <c r="M17" s="14" t="n">
+      <c r="O17" s="14" t="n">
         <v>5375689.0</v>
       </c>
-      <c r="N17" s="14" t="n">
+      <c r="P17" s="14" t="n">
         <v>3559842.0</v>
       </c>
-      <c r="O17" s="13" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="Q17" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="R17" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="S17" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="T17" s="15" t="n">
+      <c r="T17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="U17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="V17" s="15" t="n">
+        <v>538192.34</v>
+      </c>
+      <c r="W17" s="15" t="n">
         <v>579260.11</v>
       </c>
-      <c r="U17" s="15" t="n">
+      <c r="X17" s="15" t="n">
         <v>501194.41</v>
       </c>
-      <c r="V17" s="15" t="n">
+      <c r="Y17" s="15" t="n">
         <v>380820.31</v>
       </c>
-      <c r="W17" s="15" t="n">
+      <c r="Z17" s="15" t="n">
         <v>256476.93</v>
       </c>
-      <c r="X17" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="AA17" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="AB17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AC17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AD17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AE17" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Motor vehicle (private or rented)</t>
         </is>
       </c>
       <c r="B18" s="14" t="n">
+        <v>1.07344833E8</v>
+      </c>
+      <c r="C18" s="14" t="n">
         <v>1.08416041E8</v>
       </c>
-      <c r="C18" s="14" t="n">
+      <c r="D18" s="14" t="n">
         <v>1.04774719E8</v>
       </c>
-      <c r="D18" s="14" t="n">
+      <c r="E18" s="14" t="n">
         <v>9.3370339E7</v>
       </c>
-      <c r="E18" s="14" t="n">
+      <c r="F18" s="14" t="n">
         <v>6.5707885E7</v>
       </c>
-      <c r="F18" s="14" t="n">
+      <c r="G18" s="14" t="n">
         <v>1.14840544E8</v>
       </c>
-      <c r="G18" s="14" t="n">
+      <c r="H18" s="14" t="n">
         <v>1.17047402E8</v>
       </c>
-      <c r="H18" s="14" t="n">
+      <c r="I18" s="14" t="n">
         <v>1.17636015E8</v>
       </c>
-      <c r="I18" s="14" t="n">
+      <c r="J18" s="14" t="n">
         <v>1.11060818E8</v>
       </c>
-      <c r="J18" s="14" t="n">
+      <c r="K18" s="14" t="n">
         <v>1.0509625E8</v>
       </c>
-      <c r="K18" s="14" t="n">
+      <c r="L18" s="14" t="n">
+        <v>4.18977755E8</v>
+      </c>
+      <c r="M18" s="14" t="n">
         <v>4.16734936E8</v>
       </c>
-      <c r="L18" s="14" t="n">
+      <c r="N18" s="14" t="n">
         <v>4.11246991E8</v>
       </c>
-      <c r="M18" s="14" t="n">
+      <c r="O18" s="14" t="n">
         <v>3.76546683E8</v>
       </c>
-      <c r="N18" s="14" t="n">
+      <c r="P18" s="14" t="n">
         <v>3.06930592E8</v>
       </c>
-      <c r="O18" s="14" t="n">
+      <c r="Q18" s="14" t="n">
         <v>4.17600052E8</v>
       </c>
-      <c r="P18" s="14" t="n">
+      <c r="R18" s="14" t="n">
         <v>4.15732215E8</v>
       </c>
-      <c r="Q18" s="14" t="n">
+      <c r="S18" s="14" t="n">
         <v>4.27559335E8</v>
       </c>
-      <c r="R18" s="14" t="n">
+      <c r="T18" s="14" t="n">
         <v>4.11623423E8</v>
       </c>
-      <c r="S18" s="14" t="n">
+      <c r="U18" s="14" t="n">
         <v>3.91427531E8</v>
       </c>
-      <c r="T18" s="15" t="n">
+      <c r="V18" s="15" t="n">
+        <v>2.586642266E7</v>
+      </c>
+      <c r="W18" s="15" t="n">
         <v>2.498401387E7</v>
       </c>
-      <c r="U18" s="15" t="n">
+      <c r="X18" s="15" t="n">
         <v>2.282521786E7</v>
       </c>
-      <c r="V18" s="15" t="n">
+      <c r="Y18" s="15" t="n">
         <v>1.806163244E7</v>
       </c>
-      <c r="W18" s="15" t="n">
+      <c r="Z18" s="15" t="n">
         <v>1.187246363E7</v>
       </c>
-      <c r="X18" s="15" t="n">
+      <c r="AA18" s="15" t="n">
         <v>2.014281116E7</v>
       </c>
-      <c r="Y18" s="15" t="n">
+      <c r="AB18" s="15" t="n">
         <v>1.951141456E7</v>
       </c>
-      <c r="Z18" s="15" t="n">
+      <c r="AC18" s="15" t="n">
         <v>1.912439863E7</v>
       </c>
-      <c r="AA18" s="15" t="n">
+      <c r="AD18" s="15" t="n">
         <v>1.767827012E7</v>
       </c>
-      <c r="AB18" s="15" t="n">
+      <c r="AE18" s="15" t="n">
         <v>1.617819787E7</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Others</t>
         </is>
       </c>
       <c r="B19" s="14" t="n">
+        <v>440484.0</v>
+      </c>
+      <c r="C19" s="14" t="n">
         <v>342743.0</v>
       </c>
-      <c r="C19" s="14" t="n">
+      <c r="D19" s="14" t="n">
         <v>362376.0</v>
       </c>
-      <c r="D19" s="14" t="n">
+      <c r="E19" s="14" t="n">
         <v>446437.0</v>
       </c>
-      <c r="E19" s="14" t="n">
+      <c r="F19" s="14" t="n">
         <v>367430.0</v>
       </c>
-      <c r="F19" s="14" t="n">
+      <c r="G19" s="14" t="n">
         <v>547961.0</v>
       </c>
-      <c r="G19" s="14" t="n">
+      <c r="H19" s="14" t="n">
         <v>589311.0</v>
       </c>
-      <c r="H19" s="14" t="n">
+      <c r="I19" s="14" t="n">
         <v>358917.0</v>
       </c>
-      <c r="I19" s="14" t="n">
+      <c r="J19" s="14" t="n">
         <v>480077.0</v>
       </c>
-      <c r="J19" s="14" t="n">
+      <c r="K19" s="14" t="n">
         <v>482503.0</v>
       </c>
-      <c r="K19" s="14" t="n">
+      <c r="L19" s="14" t="n">
+        <v>2350708.0</v>
+      </c>
+      <c r="M19" s="14" t="n">
         <v>1566896.0</v>
       </c>
-      <c r="L19" s="14" t="n">
+      <c r="N19" s="14" t="n">
         <v>3181344.0</v>
       </c>
-      <c r="M19" s="14" t="n">
+      <c r="O19" s="14" t="n">
         <v>2792502.0</v>
       </c>
-      <c r="N19" s="14" t="n">
+      <c r="P19" s="14" t="n">
         <v>2515269.0</v>
       </c>
-      <c r="O19" s="14" t="n">
+      <c r="Q19" s="14" t="n">
         <v>3233504.0</v>
       </c>
-      <c r="P19" s="14" t="n">
+      <c r="R19" s="14" t="n">
         <v>2453634.0</v>
       </c>
-      <c r="Q19" s="14" t="n">
+      <c r="S19" s="14" t="n">
         <v>2677887.0</v>
       </c>
-      <c r="R19" s="14" t="n">
+      <c r="T19" s="14" t="n">
         <v>3046809.0</v>
       </c>
-      <c r="S19" s="14" t="n">
+      <c r="U19" s="14" t="n">
         <v>3997005.0</v>
       </c>
-      <c r="T19" s="15" t="n">
+      <c r="V19" s="15" t="n">
+        <v>150251.06</v>
+      </c>
+      <c r="W19" s="15" t="n">
         <v>84389.98</v>
       </c>
-      <c r="U19" s="15" t="n">
+      <c r="X19" s="15" t="n">
         <v>122501.87</v>
       </c>
-      <c r="V19" s="15" t="n">
+      <c r="Y19" s="15" t="n">
         <v>93988.21</v>
       </c>
-      <c r="W19" s="15" t="n">
+      <c r="Z19" s="15" t="n">
         <v>64751.45</v>
       </c>
-      <c r="X19" s="15" t="n">
+      <c r="AA19" s="15" t="n">
         <v>135543.36</v>
       </c>
-      <c r="Y19" s="15" t="n">
+      <c r="AB19" s="15" t="n">
         <v>84090.15</v>
       </c>
-      <c r="Z19" s="15" t="n">
+      <c r="AC19" s="15" t="n">
         <v>72697.34</v>
       </c>
-      <c r="AA19" s="15" t="n">
+      <c r="AD19" s="15" t="n">
         <v>80845.09</v>
       </c>
-      <c r="AB19" s="15" t="n">
+      <c r="AE19" s="15" t="n">
         <v>105661.33</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="inlineStr">
         <is>
-          <t>Notas:</t>
+          <t>Notes:</t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="5" t="inlineStr">
         <is>
-          <t xml:space="preserve">Fuente: </t>
+          <t xml:space="preserve">Source: </t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
-          <t/>
+          <t>National Statistics Institute</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="9">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A5:K5"/>
     <mergeCell ref="A6:K6"/>
-    <mergeCell ref="B7:J7"/>
-[...1 lines deleted...]
-    <mergeCell ref="T7:AB7"/>
+    <mergeCell ref="B7:K7"/>
+    <mergeCell ref="L7:U7"/>
+    <mergeCell ref="V7:AE7"/>
   </mergeCells>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>