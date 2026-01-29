--- v0 (2025-10-24)
+++ v1 (2026-01-29)
@@ -252,84 +252,87 @@
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="8" xfId="0" applyFill="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="6" fillId="5" borderId="8" xfId="0" applyFill="true" applyBorder="true" applyFont="true"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="8" xfId="0" applyFill="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="5" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="7" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true" applyNumberFormat="true">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="4" fontId="8" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true" applyNumberFormat="true">
       <alignment horizontal="right"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:AB23"/>
+  <dimension ref="A1:AE23"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="39.0625" customWidth="true"/>
     <col min="2" max="2" width="19.53125" customWidth="true"/>
     <col min="3" max="3" width="19.53125" customWidth="true"/>
     <col min="4" max="4" width="19.53125" customWidth="true"/>
     <col min="5" max="5" width="19.53125" customWidth="true"/>
     <col min="6" max="6" width="19.53125" customWidth="true"/>
     <col min="7" max="7" width="19.53125" customWidth="true"/>
     <col min="8" max="8" width="19.53125" customWidth="true"/>
     <col min="9" max="9" width="19.53125" customWidth="true"/>
     <col min="10" max="10" width="19.53125" customWidth="true"/>
     <col min="11" max="11" width="19.53125" customWidth="true"/>
     <col min="12" max="12" width="19.53125" customWidth="true"/>
     <col min="13" max="13" width="19.53125" customWidth="true"/>
     <col min="14" max="14" width="19.53125" customWidth="true"/>
     <col min="15" max="15" width="19.53125" customWidth="true"/>
     <col min="16" max="16" width="19.53125" customWidth="true"/>
     <col min="17" max="17" width="19.53125" customWidth="true"/>
     <col min="18" max="18" width="19.53125" customWidth="true"/>
     <col min="19" max="19" width="19.53125" customWidth="true"/>
     <col min="20" max="20" width="19.53125" customWidth="true"/>
     <col min="21" max="21" width="19.53125" customWidth="true"/>
     <col min="22" max="22" width="19.53125" customWidth="true"/>
     <col min="23" max="23" width="19.53125" customWidth="true"/>
     <col min="24" max="24" width="19.53125" customWidth="true"/>
     <col min="25" max="25" width="19.53125" customWidth="true"/>
     <col min="26" max="26" width="19.53125" customWidth="true"/>
     <col min="27" max="27" width="19.53125" customWidth="true"/>
     <col min="28" max="28" width="19.53125" customWidth="true"/>
+    <col min="29" max="29" width="19.53125" customWidth="true"/>
+    <col min="30" max="30" width="19.53125" customWidth="true"/>
+    <col min="31" max="31" width="19.53125" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Tourism Flows in Europe</t>
         </is>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
     </row>
     <row r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
           <t>Residents Tourism Survey</t>
         </is>
       </c>
@@ -359,1145 +362,1244 @@
       <c r="H3" s="11"/>
       <c r="I3" s="11"/>
       <c r="J3" s="11"/>
       <c r="K3" s="11"/>
     </row>
     <row r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Trips, overnight stays and total expenditure by main accommodation</t>
         </is>
       </c>
       <c r="B4" s="3"/>
       <c r="C4" s="3"/>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
       <c r="F4" s="3"/>
       <c r="G4" s="3"/>
       <c r="H4" s="3"/>
       <c r="I4" s="3"/>
       <c r="J4" s="3"/>
       <c r="K4" s="3"/>
     </row>
     <row r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
-          <t>Unidades: Viajes, Pernoctaciones, Miles €</t>
+          <t>Unidades: Travels, Overnight stays, Thousands Euros</t>
         </is>
       </c>
       <c r="B5" s="4"/>
       <c r="C5" s="4"/>
       <c r="D5" s="4"/>
       <c r="E5" s="4"/>
       <c r="F5" s="4"/>
       <c r="G5" s="4"/>
       <c r="H5" s="4"/>
       <c r="I5" s="4"/>
       <c r="J5" s="4"/>
       <c r="K5" s="4"/>
     </row>
     <row r="6">
       <c r="A6" s="11" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="B6" s="11"/>
       <c r="C6" s="11"/>
       <c r="D6" s="11"/>
       <c r="E6" s="11"/>
       <c r="F6" s="11"/>
       <c r="G6" s="11"/>
       <c r="H6" s="11"/>
       <c r="I6" s="11"/>
       <c r="J6" s="11"/>
       <c r="K6" s="11"/>
     </row>
     <row r="7">
       <c r="A7" s="12" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="B7" s="6" t="inlineStr">
         <is>
           <t>Travelling</t>
         </is>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6"/>
       <c r="E7" s="6"/>
       <c r="F7" s="6"/>
       <c r="G7" s="6"/>
       <c r="H7" s="6"/>
       <c r="I7" s="6"/>
       <c r="J7" s="6"/>
-      <c r="K7" s="6" t="inlineStr">
+      <c r="K7" s="6"/>
+      <c r="L7" s="6" t="inlineStr">
         <is>
           <t>Overnight stays</t>
         </is>
       </c>
-      <c r="L7" s="6"/>
       <c r="M7" s="6"/>
       <c r="N7" s="6"/>
       <c r="O7" s="6"/>
       <c r="P7" s="6"/>
       <c r="Q7" s="6"/>
       <c r="R7" s="6"/>
       <c r="S7" s="6"/>
-      <c r="T7" s="6" t="inlineStr">
+      <c r="T7" s="6"/>
+      <c r="U7" s="6"/>
+      <c r="V7" s="6" t="inlineStr">
         <is>
           <t>Total expenditure</t>
         </is>
       </c>
-      <c r="U7" s="6"/>
-      <c r="V7" s="6"/>
       <c r="W7" s="6"/>
       <c r="X7" s="6"/>
       <c r="Y7" s="6"/>
       <c r="Z7" s="6"/>
       <c r="AA7" s="6"/>
       <c r="AB7" s="6"/>
+      <c r="AC7" s="6"/>
+      <c r="AD7" s="6"/>
+      <c r="AE7" s="6"/>
     </row>
     <row r="8">
       <c r="A8" s="12" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="C8" s="7" t="inlineStr">
+        <is>
           <t>2023</t>
         </is>
       </c>
-      <c r="C8" s="7" t="inlineStr">
+      <c r="D8" s="7" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="D8" s="7" t="inlineStr">
+      <c r="E8" s="7" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="E8" s="7" t="inlineStr">
+      <c r="F8" s="7" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="F8" s="7" t="inlineStr">
+      <c r="G8" s="7" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="G8" s="7" t="inlineStr">
+      <c r="H8" s="7" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="H8" s="7" t="inlineStr">
+      <c r="I8" s="7" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="I8" s="7" t="inlineStr">
+      <c r="J8" s="7" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="J8" s="7" t="inlineStr">
+      <c r="K8" s="7" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
-      <c r="K8" s="7" t="inlineStr">
+      <c r="L8" s="7" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="M8" s="7" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
-      <c r="L8" s="7" t="inlineStr">
+      <c r="N8" s="7" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="M8" s="7" t="inlineStr">
+      <c r="O8" s="7" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="N8" s="7" t="inlineStr">
+      <c r="P8" s="7" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="O8" s="7" t="inlineStr">
+      <c r="Q8" s="7" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="P8" s="7" t="inlineStr">
+      <c r="R8" s="7" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="Q8" s="7" t="inlineStr">
+      <c r="S8" s="7" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="R8" s="7" t="inlineStr">
+      <c r="T8" s="7" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="S8" s="7" t="inlineStr">
+      <c r="U8" s="7" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
-      <c r="T8" s="7" t="inlineStr">
+      <c r="V8" s="7" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="W8" s="7" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
-      <c r="U8" s="7" t="inlineStr">
+      <c r="X8" s="7" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="V8" s="7" t="inlineStr">
+      <c r="Y8" s="7" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="W8" s="7" t="inlineStr">
+      <c r="Z8" s="7" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="X8" s="7" t="inlineStr">
+      <c r="AA8" s="7" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="Y8" s="7" t="inlineStr">
+      <c r="AB8" s="7" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="Z8" s="7" t="inlineStr">
+      <c r="AC8" s="7" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="AA8" s="7" t="inlineStr">
+      <c r="AD8" s="7" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="AB8" s="7" t="inlineStr">
+      <c r="AE8" s="7" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B9" s="14" t="n">
+        <v>1.49489825E8</v>
+      </c>
+      <c r="C9" s="14" t="n">
         <v>1.46820193E8</v>
       </c>
-      <c r="C9" s="14" t="n">
+      <c r="D9" s="14" t="n">
         <v>1.38191592E8</v>
       </c>
-      <c r="D9" s="14" t="n">
+      <c r="E9" s="14" t="n">
         <v>1.13758799E8</v>
       </c>
-      <c r="E9" s="14" t="n">
+      <c r="F9" s="14" t="n">
         <v>7.9064139E7</v>
       </c>
-      <c r="F9" s="14" t="n">
+      <c r="G9" s="14" t="n">
         <v>1.54316607E8</v>
       </c>
-      <c r="G9" s="14" t="n">
+      <c r="H9" s="14" t="n">
         <v>1.55290174E8</v>
       </c>
-      <c r="H9" s="14" t="n">
+      <c r="I9" s="14" t="n">
         <v>1.52707811E8</v>
       </c>
-      <c r="I9" s="14" t="n">
+      <c r="J9" s="14" t="n">
         <v>1.45473304E8</v>
       </c>
-      <c r="J9" s="14" t="n">
+      <c r="K9" s="14" t="n">
         <v>1.36411159E8</v>
       </c>
-      <c r="K9" s="14" t="n">
+      <c r="L9" s="14" t="n">
+        <v>6.56113949E8</v>
+      </c>
+      <c r="M9" s="14" t="n">
         <v>6.3537664E8</v>
       </c>
-      <c r="L9" s="14" t="n">
+      <c r="N9" s="14" t="n">
         <v>6.05192168E8</v>
       </c>
-      <c r="M9" s="14" t="n">
+      <c r="O9" s="14" t="n">
         <v>4.97409766E8</v>
       </c>
-      <c r="N9" s="14" t="n">
+      <c r="P9" s="14" t="n">
         <v>3.88322337E8</v>
       </c>
-      <c r="O9" s="14" t="n">
+      <c r="Q9" s="14" t="n">
         <v>6.3027472E8</v>
       </c>
-      <c r="P9" s="14" t="n">
+      <c r="R9" s="14" t="n">
         <v>6.27151621E8</v>
       </c>
-      <c r="Q9" s="14" t="n">
+      <c r="S9" s="14" t="n">
         <v>6.29592329E8</v>
       </c>
-      <c r="R9" s="14" t="n">
+      <c r="T9" s="14" t="n">
         <v>6.21877918E8</v>
       </c>
-      <c r="S9" s="14" t="n">
+      <c r="U9" s="14" t="n">
         <v>5.83440923E8</v>
       </c>
-      <c r="T9" s="15" t="n">
+      <c r="V9" s="15" t="n">
+        <v>5.495202185E7</v>
+      </c>
+      <c r="W9" s="15" t="n">
         <v>5.090592388E7</v>
       </c>
-      <c r="U9" s="15" t="n">
+      <c r="X9" s="15" t="n">
         <v>4.341732212E7</v>
       </c>
-      <c r="V9" s="15" t="n">
+      <c r="Y9" s="15" t="n">
         <v>2.747338905E7</v>
       </c>
-      <c r="W9" s="15" t="n">
+      <c r="Z9" s="15" t="n">
         <v>1.769403778E7</v>
       </c>
-      <c r="X9" s="15" t="n">
+      <c r="AA9" s="15" t="n">
         <v>4.159581319E7</v>
       </c>
-      <c r="Y9" s="15" t="n">
+      <c r="AB9" s="15" t="n">
         <v>4.059147425E7</v>
       </c>
-      <c r="Z9" s="15" t="n">
+      <c r="AC9" s="15" t="n">
         <v>3.806418739E7</v>
       </c>
-      <c r="AA9" s="15" t="n">
+      <c r="AD9" s="15" t="n">
         <v>3.603809044E7</v>
       </c>
-      <c r="AB9" s="15" t="n">
+      <c r="AE9" s="15" t="n">
         <v>3.13741026E7</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rented accommodation: hotels or similar establishments</t>
         </is>
       </c>
       <c r="B10" s="14" t="n">
+        <v>3.9212329E7</v>
+      </c>
+      <c r="C10" s="14" t="n">
         <v>3.8152775E7</v>
       </c>
-      <c r="C10" s="14" t="n">
+      <c r="D10" s="14" t="n">
         <v>3.6004111E7</v>
       </c>
-      <c r="D10" s="14" t="n">
+      <c r="E10" s="14" t="n">
         <v>2.4381506E7</v>
       </c>
-      <c r="E10" s="14" t="n">
+      <c r="F10" s="14" t="n">
         <v>1.3908882E7</v>
       </c>
-      <c r="F10" s="14" t="n">
+      <c r="G10" s="14" t="n">
         <v>3.9009224E7</v>
       </c>
-      <c r="G10" s="14" t="n">
+      <c r="H10" s="14" t="n">
         <v>3.7779542E7</v>
       </c>
-      <c r="H10" s="14" t="n">
+      <c r="I10" s="14" t="n">
         <v>3.5229865E7</v>
       </c>
-      <c r="I10" s="14" t="n">
+      <c r="J10" s="14" t="n">
         <v>3.4802847E7</v>
       </c>
-      <c r="J10" s="14" t="n">
+      <c r="K10" s="14" t="n">
         <v>3.2464918E7</v>
       </c>
-      <c r="K10" s="14" t="n">
+      <c r="L10" s="14" t="n">
+        <v>1.45078146E8</v>
+      </c>
+      <c r="M10" s="14" t="n">
         <v>1.37895181E8</v>
       </c>
-      <c r="L10" s="14" t="n">
+      <c r="N10" s="14" t="n">
         <v>1.3309964E8</v>
       </c>
-      <c r="M10" s="14" t="n">
+      <c r="O10" s="14" t="n">
         <v>8.1440255E7</v>
       </c>
-      <c r="N10" s="14" t="n">
+      <c r="P10" s="14" t="n">
         <v>4.593356E7</v>
       </c>
-      <c r="O10" s="14" t="n">
+      <c r="Q10" s="14" t="n">
         <v>1.41816729E8</v>
       </c>
-      <c r="P10" s="14" t="n">
+      <c r="R10" s="14" t="n">
         <v>1.39393002E8</v>
       </c>
-      <c r="Q10" s="14" t="n">
+      <c r="S10" s="14" t="n">
         <v>1.3166673E8</v>
       </c>
-      <c r="R10" s="14" t="n">
+      <c r="T10" s="14" t="n">
         <v>1.30984853E8</v>
       </c>
-      <c r="S10" s="14" t="n">
+      <c r="U10" s="14" t="n">
         <v>1.20717915E8</v>
       </c>
-      <c r="T10" s="15" t="n">
+      <c r="V10" s="15" t="n">
+        <v>2.551485624E7</v>
+      </c>
+      <c r="W10" s="15" t="n">
         <v>2.358840672E7</v>
       </c>
-      <c r="U10" s="15" t="n">
+      <c r="X10" s="15" t="n">
         <v>2.036403148E7</v>
       </c>
-      <c r="V10" s="15" t="n">
+      <c r="Y10" s="15" t="n">
         <v>1.076266135E7</v>
       </c>
-      <c r="W10" s="15" t="n">
+      <c r="Z10" s="15" t="n">
         <v>5774034.08</v>
       </c>
-      <c r="X10" s="15" t="n">
+      <c r="AA10" s="15" t="n">
         <v>1.986399325E7</v>
       </c>
-      <c r="Y10" s="15" t="n">
+      <c r="AB10" s="15" t="n">
         <v>1.976015312E7</v>
       </c>
-      <c r="Z10" s="15" t="n">
+      <c r="AC10" s="15" t="n">
         <v>1.796814356E7</v>
       </c>
-      <c r="AA10" s="15" t="n">
+      <c r="AD10" s="15" t="n">
         <v>1.740624645E7</v>
       </c>
-      <c r="AB10" s="15" t="n">
+      <c r="AE10" s="15" t="n">
         <v>1.478550103E7</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rented accommodation: campsites, caravan or trailer park (non-residential)</t>
         </is>
       </c>
       <c r="B11" s="14" t="n">
+        <v>3280422.0</v>
+      </c>
+      <c r="C11" s="14" t="n">
         <v>3792265.0</v>
       </c>
-      <c r="C11" s="14" t="n">
+      <c r="D11" s="14" t="n">
         <v>3251600.0</v>
       </c>
-      <c r="D11" s="14" t="n">
+      <c r="E11" s="14" t="n">
         <v>2677109.0</v>
       </c>
-      <c r="E11" s="14" t="n">
+      <c r="F11" s="14" t="n">
         <v>1781343.0</v>
       </c>
-      <c r="F11" s="14" t="n">
+      <c r="G11" s="14" t="n">
         <v>3156158.0</v>
       </c>
-      <c r="G11" s="14" t="n">
+      <c r="H11" s="14" t="n">
         <v>3171823.0</v>
       </c>
-      <c r="H11" s="14" t="n">
+      <c r="I11" s="14" t="n">
         <v>3025038.0</v>
       </c>
-      <c r="I11" s="14" t="n">
+      <c r="J11" s="14" t="n">
         <v>2629830.0</v>
       </c>
-      <c r="J11" s="14" t="n">
+      <c r="K11" s="14" t="n">
         <v>2414534.0</v>
       </c>
-      <c r="K11" s="14" t="n">
+      <c r="L11" s="14" t="n">
+        <v>1.5559922E7</v>
+      </c>
+      <c r="M11" s="14" t="n">
         <v>1.7146404E7</v>
       </c>
-      <c r="L11" s="14" t="n">
+      <c r="N11" s="14" t="n">
         <v>1.5706327E7</v>
       </c>
-      <c r="M11" s="14" t="n">
+      <c r="O11" s="14" t="n">
         <v>1.3205562E7</v>
       </c>
-      <c r="N11" s="14" t="n">
+      <c r="P11" s="14" t="n">
         <v>8060460.0</v>
       </c>
-      <c r="O11" s="14" t="n">
+      <c r="Q11" s="14" t="n">
         <v>1.3480433E7</v>
       </c>
-      <c r="P11" s="14" t="n">
+      <c r="R11" s="14" t="n">
         <v>1.3818594E7</v>
       </c>
-      <c r="Q11" s="14" t="n">
+      <c r="S11" s="14" t="n">
         <v>1.3395015E7</v>
       </c>
-      <c r="R11" s="14" t="n">
+      <c r="T11" s="14" t="n">
         <v>1.2160715E7</v>
       </c>
-      <c r="S11" s="14" t="n">
+      <c r="U11" s="14" t="n">
         <v>9754109.0</v>
       </c>
-      <c r="T11" s="15" t="n">
+      <c r="V11" s="15" t="n">
+        <v>1262760.85</v>
+      </c>
+      <c r="W11" s="15" t="n">
         <v>1376994.78</v>
       </c>
-      <c r="U11" s="15" t="n">
+      <c r="X11" s="15" t="n">
         <v>1197095.39</v>
       </c>
-      <c r="V11" s="15" t="n">
+      <c r="Y11" s="15" t="n">
         <v>857207.87</v>
       </c>
-      <c r="W11" s="15" t="n">
+      <c r="Z11" s="15" t="n">
         <v>485452.4</v>
       </c>
-      <c r="X11" s="15" t="n">
+      <c r="AA11" s="15" t="n">
         <v>905055.99</v>
       </c>
-      <c r="Y11" s="15" t="n">
+      <c r="AB11" s="15" t="n">
         <v>832804.86</v>
       </c>
-      <c r="Z11" s="15" t="n">
+      <c r="AC11" s="15" t="n">
         <v>797792.99</v>
       </c>
-      <c r="AA11" s="15" t="n">
+      <c r="AD11" s="15" t="n">
         <v>700008.47</v>
       </c>
-      <c r="AB11" s="15" t="n">
+      <c r="AE11" s="15" t="n">
         <v>553556.83</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rented accommodation: such as a house, villa or apartment; rented room(s) in a dwelling</t>
         </is>
       </c>
       <c r="B12" s="14" t="n">
+        <v>1.8114675E7</v>
+      </c>
+      <c r="C12" s="14" t="n">
         <v>1.6920977E7</v>
       </c>
-      <c r="C12" s="14" t="n">
+      <c r="D12" s="14" t="n">
         <v>1.4664311E7</v>
       </c>
-      <c r="D12" s="14" t="n">
+      <c r="E12" s="14" t="n">
         <v>1.2088581E7</v>
       </c>
-      <c r="E12" s="14" t="n">
+      <c r="F12" s="14" t="n">
         <v>8488000.0</v>
       </c>
-      <c r="F12" s="13" t="inlineStr">
+      <c r="G12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="G12" s="13" t="inlineStr">
+      <c r="H12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="H12" s="13" t="inlineStr">
+      <c r="I12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="I12" s="13" t="inlineStr">
+      <c r="J12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="J12" s="13" t="inlineStr">
+      <c r="K12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="K12" s="14" t="n">
+      <c r="L12" s="14" t="n">
+        <v>8.631237E7</v>
+      </c>
+      <c r="M12" s="14" t="n">
         <v>8.2208214E7</v>
       </c>
-      <c r="L12" s="14" t="n">
+      <c r="N12" s="14" t="n">
         <v>7.3682573E7</v>
       </c>
-      <c r="M12" s="14" t="n">
+      <c r="O12" s="14" t="n">
         <v>6.4670672E7</v>
       </c>
-      <c r="N12" s="14" t="n">
+      <c r="P12" s="14" t="n">
         <v>4.6857535E7</v>
       </c>
-      <c r="O12" s="13" t="inlineStr">
+      <c r="Q12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="P12" s="13" t="inlineStr">
+      <c r="R12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="Q12" s="13" t="inlineStr">
+      <c r="S12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="R12" s="13" t="inlineStr">
+      <c r="T12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="S12" s="13" t="inlineStr">
+      <c r="U12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="T12" s="15" t="n">
+      <c r="V12" s="15" t="n">
+        <v>9728150.85</v>
+      </c>
+      <c r="W12" s="15" t="n">
         <v>8832636.81</v>
       </c>
-      <c r="U12" s="15" t="n">
+      <c r="X12" s="15" t="n">
         <v>6969936.1</v>
       </c>
-      <c r="V12" s="15" t="n">
+      <c r="Y12" s="15" t="n">
         <v>5135228.62</v>
       </c>
-      <c r="W12" s="15" t="n">
+      <c r="Z12" s="15" t="n">
         <v>3481021.54</v>
       </c>
-      <c r="X12" s="13" t="inlineStr">
+      <c r="AA12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="Y12" s="13" t="inlineStr">
+      <c r="AB12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="Z12" s="13" t="inlineStr">
+      <c r="AC12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AA12" s="13" t="inlineStr">
+      <c r="AD12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
-      <c r="AB12" s="13" t="inlineStr">
+      <c r="AE12" s="13" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rented accommodation: other rented accommodation (such as youth hostels, marinas, health stabilshments)</t>
         </is>
       </c>
       <c r="B13" s="14" t="n">
+        <v>3548560.0</v>
+      </c>
+      <c r="C13" s="14" t="n">
         <v>2708388.0</v>
       </c>
-      <c r="C13" s="14" t="n">
+      <c r="D13" s="14" t="n">
         <v>2276584.0</v>
       </c>
-      <c r="D13" s="14" t="n">
+      <c r="E13" s="14" t="n">
         <v>1736905.0</v>
       </c>
-      <c r="E13" s="14" t="n">
+      <c r="F13" s="14" t="n">
         <v>1522920.0</v>
       </c>
-      <c r="F13" s="13" t="inlineStr">
+      <c r="G13" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="G13" s="13" t="inlineStr">
+      <c r="H13" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="H13" s="13" t="inlineStr">
+      <c r="I13" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="I13" s="13" t="inlineStr">
+      <c r="J13" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="J13" s="13" t="inlineStr">
+      <c r="K13" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="K13" s="14" t="n">
+      <c r="L13" s="14" t="n">
+        <v>1.7892017E7</v>
+      </c>
+      <c r="M13" s="14" t="n">
         <v>1.4582301E7</v>
       </c>
-      <c r="L13" s="14" t="n">
+      <c r="N13" s="14" t="n">
         <v>1.49682E7</v>
       </c>
-      <c r="M13" s="14" t="n">
+      <c r="O13" s="14" t="n">
         <v>1.1073998E7</v>
       </c>
-      <c r="N13" s="14" t="n">
+      <c r="P13" s="14" t="n">
         <v>9047093.0</v>
       </c>
-      <c r="O13" s="13" t="inlineStr">
+      <c r="Q13" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="P13" s="13" t="inlineStr">
+      <c r="R13" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="Q13" s="13" t="inlineStr">
+      <c r="S13" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="R13" s="13" t="inlineStr">
+      <c r="T13" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="S13" s="13" t="inlineStr">
+      <c r="U13" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="T13" s="15" t="n">
+      <c r="V13" s="15" t="n">
+        <v>1984066.23</v>
+      </c>
+      <c r="W13" s="15" t="n">
         <v>1732725.68</v>
       </c>
-      <c r="U13" s="15" t="n">
+      <c r="X13" s="15" t="n">
         <v>1351392.81</v>
       </c>
-      <c r="V13" s="15" t="n">
+      <c r="Y13" s="15" t="n">
         <v>620588.12</v>
       </c>
-      <c r="W13" s="15" t="n">
+      <c r="Z13" s="15" t="n">
         <v>423903.85</v>
       </c>
-      <c r="X13" s="13" t="inlineStr">
+      <c r="AA13" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="Y13" s="13" t="inlineStr">
+      <c r="AB13" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="Z13" s="13" t="inlineStr">
+      <c r="AC13" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AA13" s="13" t="inlineStr">
+      <c r="AD13" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AB13" s="13" t="inlineStr">
+      <c r="AE13" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rented accommodation: other rented accommodation aggregated</t>
         </is>
       </c>
       <c r="B14" s="14" t="n">
+        <v>2.1663234E7</v>
+      </c>
+      <c r="C14" s="14" t="n">
         <v>1.9629364E7</v>
       </c>
-      <c r="C14" s="14" t="n">
+      <c r="D14" s="14" t="n">
         <v>1.6940895E7</v>
       </c>
-      <c r="D14" s="14" t="n">
+      <c r="E14" s="14" t="n">
         <v>1.3825486E7</v>
       </c>
-      <c r="E14" s="14" t="n">
+      <c r="F14" s="14" t="n">
         <v>1.001092E7</v>
       </c>
-      <c r="F14" s="14" t="n">
+      <c r="G14" s="14" t="n">
         <v>1.919536E7</v>
       </c>
-      <c r="G14" s="14" t="n">
+      <c r="H14" s="14" t="n">
         <v>1.6992952E7</v>
       </c>
-      <c r="H14" s="14" t="n">
+      <c r="I14" s="14" t="n">
         <v>1.6703523E7</v>
       </c>
-      <c r="I14" s="14" t="n">
+      <c r="J14" s="14" t="n">
         <v>1.4088851E7</v>
       </c>
-      <c r="J14" s="14" t="n">
+      <c r="K14" s="14" t="n">
         <v>1.1673248E7</v>
       </c>
-      <c r="K14" s="14" t="n">
+      <c r="L14" s="14" t="n">
+        <v>1.04204387E8</v>
+      </c>
+      <c r="M14" s="14" t="n">
         <v>9.6790515E7</v>
       </c>
-      <c r="L14" s="14" t="n">
+      <c r="N14" s="14" t="n">
         <v>8.8650774E7</v>
       </c>
-      <c r="M14" s="14" t="n">
+      <c r="O14" s="14" t="n">
         <v>7.574467E7</v>
       </c>
-      <c r="N14" s="14" t="n">
+      <c r="P14" s="14" t="n">
         <v>5.5904629E7</v>
       </c>
-      <c r="O14" s="14" t="n">
+      <c r="Q14" s="14" t="n">
         <v>9.253292E7</v>
       </c>
-      <c r="P14" s="14" t="n">
+      <c r="R14" s="14" t="n">
         <v>8.8155198E7</v>
       </c>
-      <c r="Q14" s="14" t="n">
+      <c r="S14" s="14" t="n">
         <v>9.0361677E7</v>
       </c>
-      <c r="R14" s="14" t="n">
+      <c r="T14" s="14" t="n">
         <v>7.7857408E7</v>
       </c>
-      <c r="S14" s="14" t="n">
+      <c r="U14" s="14" t="n">
         <v>7.1604402E7</v>
       </c>
-      <c r="T14" s="15" t="n">
+      <c r="V14" s="15" t="n">
+        <v>1.171221709E7</v>
+      </c>
+      <c r="W14" s="15" t="n">
         <v>1.056536249E7</v>
       </c>
-      <c r="U14" s="15" t="n">
+      <c r="X14" s="15" t="n">
         <v>8321328.91</v>
       </c>
-      <c r="V14" s="15" t="n">
+      <c r="Y14" s="15" t="n">
         <v>5755816.73</v>
       </c>
-      <c r="W14" s="15" t="n">
+      <c r="Z14" s="15" t="n">
         <v>3904925.39</v>
       </c>
-      <c r="X14" s="15" t="n">
+      <c r="AA14" s="15" t="n">
         <v>8003260.29</v>
       </c>
-      <c r="Y14" s="15" t="n">
+      <c r="AB14" s="15" t="n">
         <v>7271878.14</v>
       </c>
-      <c r="Z14" s="15" t="n">
+      <c r="AC14" s="15" t="n">
         <v>6739419.01</v>
       </c>
-      <c r="AA14" s="15" t="n">
+      <c r="AD14" s="15" t="n">
         <v>5677397.41</v>
       </c>
-      <c r="AB14" s="15" t="n">
+      <c r="AE14" s="15" t="n">
         <v>4877139.72</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Non-rented accommodation: own holiday home</t>
         </is>
       </c>
       <c r="B15" s="14" t="n">
+        <v>2.8433796E7</v>
+      </c>
+      <c r="C15" s="14" t="n">
         <v>2.4507856E7</v>
       </c>
-      <c r="C15" s="14" t="n">
+      <c r="D15" s="14" t="n">
         <v>2.5307345E7</v>
       </c>
-      <c r="D15" s="14" t="n">
+      <c r="E15" s="14" t="n">
         <v>2.311482E7</v>
       </c>
-      <c r="E15" s="14" t="n">
+      <c r="F15" s="14" t="n">
         <v>1.6181864E7</v>
       </c>
-      <c r="F15" s="14" t="n">
+      <c r="G15" s="14" t="n">
         <v>3.046817E7</v>
       </c>
-      <c r="G15" s="14" t="n">
+      <c r="H15" s="14" t="n">
         <v>3.0727611E7</v>
       </c>
-      <c r="H15" s="14" t="n">
+      <c r="I15" s="14" t="n">
         <v>3.1761594E7</v>
       </c>
-      <c r="I15" s="14" t="n">
+      <c r="J15" s="14" t="n">
         <v>2.9062852E7</v>
       </c>
-      <c r="J15" s="14" t="n">
+      <c r="K15" s="14" t="n">
         <v>2.5630334E7</v>
       </c>
-      <c r="K15" s="14" t="n">
+      <c r="L15" s="14" t="n">
+        <v>1.38778486E8</v>
+      </c>
+      <c r="M15" s="14" t="n">
         <v>1.16793482E8</v>
       </c>
-      <c r="L15" s="14" t="n">
+      <c r="N15" s="14" t="n">
         <v>1.28388933E8</v>
       </c>
-      <c r="M15" s="14" t="n">
+      <c r="O15" s="14" t="n">
         <v>1.1882669E8</v>
       </c>
-      <c r="N15" s="14" t="n">
+      <c r="P15" s="14" t="n">
         <v>1.05231028E8</v>
       </c>
-      <c r="O15" s="14" t="n">
+      <c r="Q15" s="14" t="n">
         <v>1.33920863E8</v>
       </c>
-      <c r="P15" s="14" t="n">
+      <c r="R15" s="14" t="n">
         <v>1.26883898E8</v>
       </c>
-      <c r="Q15" s="14" t="n">
+      <c r="S15" s="14" t="n">
         <v>1.35867573E8</v>
       </c>
-      <c r="R15" s="14" t="n">
+      <c r="T15" s="14" t="n">
         <v>1.33652772E8</v>
       </c>
-      <c r="S15" s="14" t="n">
+      <c r="U15" s="14" t="n">
         <v>1.1696806E8</v>
       </c>
-      <c r="T15" s="15" t="n">
+      <c r="V15" s="15" t="n">
+        <v>4283422.4</v>
+      </c>
+      <c r="W15" s="15" t="n">
         <v>3480086.16</v>
       </c>
-      <c r="U15" s="15" t="n">
+      <c r="X15" s="15" t="n">
         <v>3499414.93</v>
       </c>
-      <c r="V15" s="15" t="n">
+      <c r="Y15" s="15" t="n">
         <v>2887858.9</v>
       </c>
-      <c r="W15" s="15" t="n">
+      <c r="Z15" s="15" t="n">
         <v>2095297.37</v>
       </c>
-      <c r="X15" s="15" t="n">
+      <c r="AA15" s="15" t="n">
         <v>3342718.03</v>
       </c>
-      <c r="Y15" s="15" t="n">
+      <c r="AB15" s="15" t="n">
         <v>3195536.8</v>
       </c>
-      <c r="Z15" s="15" t="n">
+      <c r="AC15" s="15" t="n">
         <v>3181568.84</v>
       </c>
-      <c r="AA15" s="15" t="n">
+      <c r="AD15" s="15" t="n">
         <v>2899912.4</v>
       </c>
-      <c r="AB15" s="15" t="n">
+      <c r="AE15" s="15" t="n">
         <v>2476886.07</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Non-rented accommodation: accommodation provided free of charge by relatives or friends</t>
         </is>
       </c>
       <c r="B16" s="14" t="n">
+        <v>5.4687407E7</v>
+      </c>
+      <c r="C16" s="14" t="n">
         <v>5.82416E7</v>
       </c>
-      <c r="C16" s="14" t="n">
+      <c r="D16" s="14" t="n">
         <v>5.4718062E7</v>
       </c>
-      <c r="D16" s="14" t="n">
+      <c r="E16" s="14" t="n">
         <v>4.8323203E7</v>
       </c>
-      <c r="E16" s="14" t="n">
+      <c r="F16" s="14" t="n">
         <v>3.6201314E7</v>
       </c>
-      <c r="F16" s="14" t="n">
+      <c r="G16" s="14" t="n">
         <v>6.0570924E7</v>
       </c>
-      <c r="G16" s="14" t="n">
+      <c r="H16" s="14" t="n">
         <v>6.4824132E7</v>
       </c>
-      <c r="H16" s="14" t="n">
+      <c r="I16" s="14" t="n">
         <v>6.4437623E7</v>
       </c>
-      <c r="I16" s="14" t="n">
+      <c r="J16" s="14" t="n">
         <v>6.3423979E7</v>
       </c>
-      <c r="J16" s="14" t="n">
+      <c r="K16" s="14" t="n">
         <v>6.2384807E7</v>
       </c>
-      <c r="K16" s="14" t="n">
+      <c r="L16" s="14" t="n">
+        <v>2.43092567E8</v>
+      </c>
+      <c r="M16" s="14" t="n">
         <v>2.57702298E8</v>
       </c>
-      <c r="L16" s="14" t="n">
+      <c r="N16" s="14" t="n">
         <v>2.31823014E8</v>
       </c>
-      <c r="M16" s="14" t="n">
+      <c r="O16" s="14" t="n">
         <v>2.02933632E8</v>
       </c>
-      <c r="N16" s="14" t="n">
+      <c r="P16" s="14" t="n">
         <v>1.69928284E8</v>
       </c>
-      <c r="O16" s="14" t="n">
+      <c r="Q16" s="14" t="n">
         <v>2.41735548E8</v>
       </c>
-      <c r="P16" s="14" t="n">
+      <c r="R16" s="14" t="n">
         <v>2.52819352E8</v>
       </c>
-      <c r="Q16" s="14" t="n">
+      <c r="S16" s="14" t="n">
         <v>2.53382701E8</v>
       </c>
-      <c r="R16" s="14" t="n">
+      <c r="T16" s="14" t="n">
         <v>2.61984075E8</v>
       </c>
-      <c r="S16" s="14" t="n">
+      <c r="U16" s="14" t="n">
         <v>2.56780183E8</v>
       </c>
-      <c r="T16" s="15" t="n">
+      <c r="V16" s="15" t="n">
+        <v>1.165564054E7</v>
+      </c>
+      <c r="W16" s="15" t="n">
         <v>1.136888489E7</v>
       </c>
-      <c r="U16" s="15" t="n">
+      <c r="X16" s="15" t="n">
         <v>9629841.71</v>
       </c>
-      <c r="V16" s="15" t="n">
+      <c r="Y16" s="15" t="n">
         <v>6981564.11</v>
       </c>
-      <c r="W16" s="15" t="n">
+      <c r="Z16" s="15" t="n">
         <v>5291579.38</v>
       </c>
-      <c r="X16" s="15" t="n">
+      <c r="AA16" s="15" t="n">
         <v>9164759.26</v>
       </c>
-      <c r="Y16" s="15" t="n">
+      <c r="AB16" s="15" t="n">
         <v>9280030.08</v>
       </c>
-      <c r="Z16" s="15" t="n">
+      <c r="AC16" s="15" t="n">
         <v>9160324.7</v>
       </c>
-      <c r="AA16" s="15" t="n">
+      <c r="AD16" s="15" t="n">
         <v>9152283.74</v>
       </c>
-      <c r="AB16" s="15" t="n">
+      <c r="AE16" s="15" t="n">
         <v>8421234.09</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Non-rented accommodation: other non-rented accommodation</t>
         </is>
       </c>
       <c r="B17" s="14" t="n">
+        <v>2212637.0</v>
+      </c>
+      <c r="C17" s="14" t="n">
         <v>2496333.0</v>
       </c>
-      <c r="C17" s="14" t="n">
+      <c r="D17" s="14" t="n">
         <v>1969579.0</v>
       </c>
-      <c r="D17" s="14" t="n">
+      <c r="E17" s="14" t="n">
         <v>1436676.0</v>
       </c>
-      <c r="E17" s="14" t="n">
+      <c r="F17" s="14" t="n">
         <v>979816.0</v>
       </c>
-      <c r="F17" s="14" t="n">
+      <c r="G17" s="14" t="n">
         <v>1916771.0</v>
       </c>
-      <c r="G17" s="14" t="n">
+      <c r="H17" s="14" t="n">
         <v>1794115.0</v>
       </c>
-      <c r="H17" s="14" t="n">
+      <c r="I17" s="14" t="n">
         <v>1550168.0</v>
       </c>
-      <c r="I17" s="14" t="n">
+      <c r="J17" s="14" t="n">
         <v>1464946.0</v>
       </c>
-      <c r="J17" s="14" t="n">
+      <c r="K17" s="14" t="n">
         <v>1843318.0</v>
       </c>
-      <c r="K17" s="14" t="n">
+      <c r="L17" s="14" t="n">
+        <v>9400442.0</v>
+      </c>
+      <c r="M17" s="14" t="n">
         <v>9048761.0</v>
       </c>
-      <c r="L17" s="14" t="n">
+      <c r="N17" s="14" t="n">
         <v>7523481.0</v>
       </c>
-      <c r="M17" s="14" t="n">
+      <c r="O17" s="14" t="n">
         <v>5258957.0</v>
       </c>
-      <c r="N17" s="14" t="n">
+      <c r="P17" s="14" t="n">
         <v>3264377.0</v>
       </c>
-      <c r="O17" s="14" t="n">
+      <c r="Q17" s="14" t="n">
         <v>6788228.0</v>
       </c>
-      <c r="P17" s="14" t="n">
+      <c r="R17" s="14" t="n">
         <v>6081576.0</v>
       </c>
-      <c r="Q17" s="14" t="n">
+      <c r="S17" s="14" t="n">
         <v>4918633.0</v>
       </c>
-      <c r="R17" s="14" t="n">
+      <c r="T17" s="14" t="n">
         <v>5238095.0</v>
       </c>
-      <c r="S17" s="14" t="n">
+      <c r="U17" s="14" t="n">
         <v>7616253.0</v>
       </c>
-      <c r="T17" s="15" t="n">
+      <c r="V17" s="15" t="n">
+        <v>523124.74</v>
+      </c>
+      <c r="W17" s="15" t="n">
         <v>526188.83</v>
       </c>
-      <c r="U17" s="15" t="n">
+      <c r="X17" s="15" t="n">
         <v>405609.7</v>
       </c>
-      <c r="V17" s="15" t="n">
+      <c r="Y17" s="15" t="n">
         <v>228280.08</v>
       </c>
-      <c r="W17" s="15" t="n">
+      <c r="Z17" s="15" t="n">
         <v>142749.15</v>
       </c>
-      <c r="X17" s="15" t="n">
+      <c r="AA17" s="15" t="n">
         <v>316026.37</v>
       </c>
-      <c r="Y17" s="15" t="n">
+      <c r="AB17" s="15" t="n">
         <v>251071.25</v>
       </c>
-      <c r="Z17" s="15" t="n">
+      <c r="AC17" s="15" t="n">
         <v>216938.27</v>
       </c>
-      <c r="AA17" s="15" t="n">
+      <c r="AD17" s="15" t="n">
         <v>202241.97</v>
       </c>
-      <c r="AB17" s="15" t="n">
+      <c r="AE17" s="15" t="n">
         <v>259784.85</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="inlineStr">
         <is>
           <t>Notas:</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="inlineStr">
         <is>
           <t xml:space="preserve">Fuente: </t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="9">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A5:K5"/>
     <mergeCell ref="A6:K6"/>
-    <mergeCell ref="B7:J7"/>
-[...1 lines deleted...]
-    <mergeCell ref="T7:AB7"/>
+    <mergeCell ref="B7:K7"/>
+    <mergeCell ref="L7:U7"/>
+    <mergeCell ref="V7:AE7"/>
   </mergeCells>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>