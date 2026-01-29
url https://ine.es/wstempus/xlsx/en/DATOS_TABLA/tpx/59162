--- v0 (2025-10-24)
+++ v1 (2026-01-29)
@@ -337,51 +337,51 @@
       <c r="H3" s="11"/>
       <c r="I3" s="11"/>
       <c r="J3" s="11"/>
       <c r="K3" s="11"/>
     </row>
     <row r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t xml:space="preserve">Overnight stays of the travellers by Autonomous Communities, country of residence and months. </t>
         </is>
       </c>
       <c r="B4" s="3"/>
       <c r="C4" s="3"/>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
       <c r="F4" s="3"/>
       <c r="G4" s="3"/>
       <c r="H4" s="3"/>
       <c r="I4" s="3"/>
       <c r="J4" s="3"/>
       <c r="K4" s="3"/>
     </row>
     <row r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
-          <t>Unidades: number</t>
+          <t>Units: number</t>
         </is>
       </c>
       <c r="B5" s="4"/>
       <c r="C5" s="4"/>
       <c r="D5" s="4"/>
       <c r="E5" s="4"/>
       <c r="F5" s="4"/>
       <c r="G5" s="4"/>
       <c r="H5" s="4"/>
       <c r="I5" s="4"/>
       <c r="J5" s="4"/>
       <c r="K5" s="4"/>
     </row>
     <row r="6">
       <c r="A6" s="11" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="B6" s="11"/>
       <c r="C6" s="11"/>
       <c r="D6" s="11"/>
       <c r="E6" s="11"/>
       <c r="F6" s="11"/>
       <c r="G6" s="11"/>
@@ -443,4578 +443,4576 @@
       </c>
       <c r="K7" s="6" t="inlineStr">
         <is>
           <t>September</t>
         </is>
       </c>
       <c r="L7" s="6" t="inlineStr">
         <is>
           <t>October</t>
         </is>
       </c>
       <c r="M7" s="6" t="inlineStr">
         <is>
           <t>November</t>
         </is>
       </c>
       <c r="N7" s="6" t="inlineStr">
         <is>
           <t>December</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="6" t="inlineStr">
         <is>
-          <t>Total</t>
+          <t>National Total</t>
         </is>
       </c>
       <c r="B8" s="6"/>
       <c r="C8" s="6"/>
       <c r="D8" s="6"/>
       <c r="E8" s="6"/>
       <c r="F8" s="6"/>
       <c r="G8" s="6"/>
       <c r="H8" s="6"/>
       <c r="I8" s="6"/>
       <c r="J8" s="6"/>
       <c r="K8" s="6"/>
       <c r="L8" s="6"/>
       <c r="M8" s="6"/>
       <c r="N8" s="6"/>
     </row>
     <row r="9">
       <c r="A9" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B9" s="14" t="n">
-        <v>7.0154783E7</v>
+        <v>7.2065867E7</v>
       </c>
       <c r="C9" s="14" t="n">
-        <v>3916423.0</v>
+        <v>4104987.0</v>
       </c>
       <c r="D9" s="14" t="n">
-        <v>3916833.0</v>
+        <v>4191372.0</v>
       </c>
       <c r="E9" s="14" t="n">
-        <v>4109034.0</v>
+        <v>4902416.0</v>
       </c>
       <c r="F9" s="14" t="n">
-        <v>5100810.0</v>
+        <v>4541978.0</v>
       </c>
       <c r="G9" s="14" t="n">
-        <v>5446724.0</v>
+        <v>5748435.0</v>
       </c>
       <c r="H9" s="14" t="n">
-        <v>6539380.0</v>
+        <v>6900971.0</v>
       </c>
       <c r="I9" s="14" t="n">
-        <v>9421055.0</v>
+        <v>9420044.0</v>
       </c>
       <c r="J9" s="14" t="n">
-        <v>1.0870636E7</v>
+        <v>1.1033362E7</v>
       </c>
       <c r="K9" s="14" t="n">
-        <v>6797317.0</v>
+        <v>7079953.0</v>
       </c>
       <c r="L9" s="14" t="n">
-        <v>5684955.0</v>
+        <v>5743116.0</v>
       </c>
       <c r="M9" s="14" t="n">
-        <v>4039600.0</v>
+        <v>4202387.0</v>
       </c>
       <c r="N9" s="14" t="n">
-        <v>4312016.0</v>
+        <v>4196846.0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Spaniards</t>
         </is>
       </c>
       <c r="B10" s="14" t="n">
-        <v>2.2123549E7</v>
+        <v>2.1577776E7</v>
       </c>
       <c r="C10" s="14" t="n">
-        <v>866324.0</v>
+        <v>828460.0</v>
       </c>
       <c r="D10" s="14" t="n">
-        <v>899278.0</v>
+        <v>886828.0</v>
       </c>
       <c r="E10" s="14" t="n">
-        <v>943800.0</v>
+        <v>1323682.0</v>
       </c>
       <c r="F10" s="14" t="n">
-        <v>1735269.0</v>
+        <v>1096926.0</v>
       </c>
       <c r="G10" s="14" t="n">
-        <v>1393520.0</v>
+        <v>1476014.0</v>
       </c>
       <c r="H10" s="14" t="n">
-        <v>2191405.0</v>
+        <v>2298428.0</v>
       </c>
       <c r="I10" s="14" t="n">
-        <v>3791070.0</v>
+        <v>3612151.0</v>
       </c>
       <c r="J10" s="14" t="n">
-        <v>4807466.0</v>
+        <v>4578465.0</v>
       </c>
       <c r="K10" s="14" t="n">
-        <v>2170503.0</v>
+        <v>2282830.0</v>
       </c>
       <c r="L10" s="14" t="n">
-        <v>1331671.0</v>
+        <v>1190161.0</v>
       </c>
       <c r="M10" s="14" t="n">
-        <v>834871.0</v>
+        <v>913674.0</v>
       </c>
       <c r="N10" s="14" t="n">
-        <v>1158371.0</v>
+        <v>1090157.0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Foreigners</t>
         </is>
       </c>
       <c r="B11" s="14" t="n">
-        <v>4.8031234E7</v>
+        <v>5.0488091E7</v>
       </c>
       <c r="C11" s="14" t="n">
-        <v>3050099.0</v>
+        <v>3276527.0</v>
       </c>
       <c r="D11" s="14" t="n">
-        <v>3017555.0</v>
+        <v>3304544.0</v>
       </c>
       <c r="E11" s="14" t="n">
-        <v>3165233.0</v>
+        <v>3578734.0</v>
       </c>
       <c r="F11" s="14" t="n">
-        <v>3365542.0</v>
+        <v>3445052.0</v>
       </c>
       <c r="G11" s="14" t="n">
-        <v>4053204.0</v>
+        <v>4272421.0</v>
       </c>
       <c r="H11" s="14" t="n">
-        <v>4347975.0</v>
+        <v>4602542.0</v>
       </c>
       <c r="I11" s="14" t="n">
-        <v>5629985.0</v>
+        <v>5807893.0</v>
       </c>
       <c r="J11" s="14" t="n">
-        <v>6063169.0</v>
+        <v>6454897.0</v>
       </c>
       <c r="K11" s="14" t="n">
-        <v>4626814.0</v>
+        <v>4797124.0</v>
       </c>
       <c r="L11" s="14" t="n">
-        <v>4353283.0</v>
+        <v>4552955.0</v>
       </c>
       <c r="M11" s="14" t="n">
-        <v>3204729.0</v>
+        <v>3288714.0</v>
       </c>
       <c r="N11" s="14" t="n">
-        <v>3153645.0</v>
+        <v>3106688.0</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    European Union27 (without Spain)</t>
         </is>
       </c>
       <c r="B12" s="14" t="n">
-        <v>2.5286171E7</v>
+        <v>2.6848278E7</v>
       </c>
       <c r="C12" s="14" t="n">
-        <v>1650049.0</v>
+        <v>1803247.0</v>
       </c>
       <c r="D12" s="14" t="n">
-        <v>1602133.0</v>
+        <v>1823238.0</v>
       </c>
       <c r="E12" s="14" t="n">
-        <v>1580274.0</v>
+        <v>1903259.0</v>
       </c>
       <c r="F12" s="14" t="n">
-        <v>1720376.0</v>
+        <v>1758529.0</v>
       </c>
       <c r="G12" s="14" t="n">
-        <v>1986368.0</v>
+        <v>2194508.0</v>
       </c>
       <c r="H12" s="14" t="n">
-        <v>2124761.0</v>
+        <v>2276197.0</v>
       </c>
       <c r="I12" s="14" t="n">
-        <v>3103506.0</v>
+        <v>3227626.0</v>
       </c>
       <c r="J12" s="14" t="n">
-        <v>3535220.0</v>
+        <v>3714694.0</v>
       </c>
       <c r="K12" s="14" t="n">
-        <v>2346828.0</v>
+        <v>2475284.0</v>
       </c>
       <c r="L12" s="14" t="n">
-        <v>2230392.0</v>
+        <v>2305701.0</v>
       </c>
       <c r="M12" s="14" t="n">
-        <v>1720921.0</v>
+        <v>1729463.0</v>
       </c>
       <c r="N12" s="14" t="n">
-        <v>1685343.0</v>
+        <v>1636532.0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Germany</t>
         </is>
       </c>
       <c r="B13" s="14" t="n">
-        <v>5650839.0</v>
+        <v>5998593.0</v>
       </c>
       <c r="C13" s="14" t="n">
-        <v>425649.0</v>
+        <v>433969.0</v>
       </c>
       <c r="D13" s="14" t="n">
-        <v>398129.0</v>
+        <v>423005.0</v>
       </c>
       <c r="E13" s="14" t="n">
-        <v>385375.0</v>
+        <v>496905.0</v>
       </c>
       <c r="F13" s="14" t="n">
-        <v>385258.0</v>
+        <v>393147.0</v>
       </c>
       <c r="G13" s="14" t="n">
-        <v>430314.0</v>
+        <v>516197.0</v>
       </c>
       <c r="H13" s="14" t="n">
-        <v>505350.0</v>
+        <v>510679.0</v>
       </c>
       <c r="I13" s="14" t="n">
-        <v>570371.0</v>
+        <v>568912.0</v>
       </c>
       <c r="J13" s="14" t="n">
-        <v>511121.0</v>
+        <v>593682.0</v>
       </c>
       <c r="K13" s="14" t="n">
-        <v>602525.0</v>
+        <v>608749.0</v>
       </c>
       <c r="L13" s="14" t="n">
-        <v>581449.0</v>
+        <v>637761.0</v>
       </c>
       <c r="M13" s="14" t="n">
-        <v>427221.0</v>
+        <v>421187.0</v>
       </c>
       <c r="N13" s="14" t="n">
-        <v>428077.0</v>
+        <v>394399.0</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Austria</t>
         </is>
       </c>
       <c r="B14" s="14" t="n">
-        <v>280459.0</v>
+        <v>310650.0</v>
       </c>
       <c r="C14" s="14" t="n">
-        <v>24286.0</v>
+        <v>22805.0</v>
       </c>
       <c r="D14" s="14" t="n">
-        <v>24601.0</v>
+        <v>26072.0</v>
       </c>
       <c r="E14" s="14" t="n">
-        <v>18063.0</v>
+        <v>28223.0</v>
       </c>
       <c r="F14" s="14" t="n">
-        <v>16288.0</v>
+        <v>21319.0</v>
       </c>
       <c r="G14" s="14" t="n">
-        <v>19313.0</v>
+        <v>21907.0</v>
       </c>
       <c r="H14" s="14" t="n">
-        <v>21665.0</v>
+        <v>32246.0</v>
       </c>
       <c r="I14" s="14" t="n">
-        <v>30467.0</v>
+        <v>38353.0</v>
       </c>
       <c r="J14" s="14" t="n">
-        <v>28527.0</v>
+        <v>25816.0</v>
       </c>
       <c r="K14" s="14" t="n">
-        <v>23045.0</v>
+        <v>26979.0</v>
       </c>
       <c r="L14" s="14" t="n">
-        <v>28478.0</v>
+        <v>27439.0</v>
       </c>
       <c r="M14" s="14" t="n">
-        <v>23457.0</v>
+        <v>20693.0</v>
       </c>
       <c r="N14" s="14" t="n">
-        <v>22269.0</v>
+        <v>18798.0</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Belgium</t>
         </is>
       </c>
       <c r="B15" s="14" t="n">
-        <v>1053723.0</v>
+        <v>982817.0</v>
       </c>
       <c r="C15" s="14" t="n">
-        <v>59304.0</v>
+        <v>63899.0</v>
       </c>
       <c r="D15" s="14" t="n">
-        <v>55873.0</v>
+        <v>67676.0</v>
       </c>
       <c r="E15" s="14" t="n">
-        <v>47753.0</v>
+        <v>69389.0</v>
       </c>
       <c r="F15" s="14" t="n">
-        <v>86728.0</v>
+        <v>73176.0</v>
       </c>
       <c r="G15" s="14" t="n">
-        <v>95441.0</v>
+        <v>74327.0</v>
       </c>
       <c r="H15" s="14" t="n">
-        <v>69143.0</v>
+        <v>70133.0</v>
       </c>
       <c r="I15" s="14" t="n">
-        <v>203828.0</v>
+        <v>165831.0</v>
       </c>
       <c r="J15" s="14" t="n">
-        <v>113726.0</v>
+        <v>106407.0</v>
       </c>
       <c r="K15" s="14" t="n">
-        <v>95408.0</v>
+        <v>90487.0</v>
       </c>
       <c r="L15" s="14" t="n">
-        <v>95280.0</v>
+        <v>77938.0</v>
       </c>
       <c r="M15" s="14" t="n">
-        <v>65137.0</v>
+        <v>61853.0</v>
       </c>
       <c r="N15" s="14" t="n">
-        <v>66100.0</v>
+        <v>61702.0</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Denmark</t>
         </is>
       </c>
       <c r="B16" s="14" t="n">
-        <v>1078600.0</v>
+        <v>1160510.0</v>
       </c>
       <c r="C16" s="14" t="n">
-        <v>125718.0</v>
+        <v>134788.0</v>
       </c>
       <c r="D16" s="14" t="n">
-        <v>127404.0</v>
+        <v>140680.0</v>
       </c>
       <c r="E16" s="14" t="n">
-        <v>127254.0</v>
+        <v>146559.0</v>
       </c>
       <c r="F16" s="14" t="n">
-        <v>77575.0</v>
+        <v>63565.0</v>
       </c>
       <c r="G16" s="14" t="n">
-        <v>49470.0</v>
+        <v>57030.0</v>
       </c>
       <c r="H16" s="14" t="n">
-        <v>43208.0</v>
+        <v>34188.0</v>
       </c>
       <c r="I16" s="14" t="n">
-        <v>99833.0</v>
+        <v>129133.0</v>
       </c>
       <c r="J16" s="14" t="n">
-        <v>55518.0</v>
+        <v>59586.0</v>
       </c>
       <c r="K16" s="14" t="n">
-        <v>47793.0</v>
+        <v>61358.0</v>
       </c>
       <c r="L16" s="14" t="n">
-        <v>111225.0</v>
+        <v>118523.0</v>
       </c>
       <c r="M16" s="14" t="n">
-        <v>110063.0</v>
+        <v>115842.0</v>
       </c>
       <c r="N16" s="14" t="n">
-        <v>103538.0</v>
+        <v>99259.0</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Finland</t>
         </is>
       </c>
       <c r="B17" s="14" t="n">
-        <v>854595.0</v>
+        <v>822743.0</v>
       </c>
       <c r="C17" s="14" t="n">
-        <v>123246.0</v>
+        <v>122265.0</v>
       </c>
       <c r="D17" s="14" t="n">
-        <v>111458.0</v>
+        <v>117555.0</v>
       </c>
       <c r="E17" s="14" t="n">
-        <v>109543.0</v>
+        <v>112537.0</v>
       </c>
       <c r="F17" s="14" t="n">
-        <v>65749.0</v>
+        <v>36685.0</v>
       </c>
       <c r="G17" s="14" t="n">
-        <v>31487.0</v>
+        <v>23042.0</v>
       </c>
       <c r="H17" s="14" t="n">
-        <v>24676.0</v>
+        <v>20581.0</v>
       </c>
       <c r="I17" s="14" t="n">
-        <v>27881.0</v>
+        <v>17721.0</v>
       </c>
       <c r="J17" s="14" t="n">
-        <v>8822.0</v>
+        <v>9263.0</v>
       </c>
       <c r="K17" s="14" t="n">
-        <v>23057.0</v>
+        <v>20323.0</v>
       </c>
       <c r="L17" s="14" t="n">
-        <v>76208.0</v>
+        <v>63764.0</v>
       </c>
       <c r="M17" s="14" t="n">
-        <v>126864.0</v>
+        <v>142487.0</v>
       </c>
       <c r="N17" s="14" t="n">
-        <v>125604.0</v>
+        <v>136520.0</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    France</t>
         </is>
       </c>
       <c r="B18" s="14" t="n">
-        <v>3625503.0</v>
+        <v>3701604.0</v>
       </c>
       <c r="C18" s="14" t="n">
-        <v>87483.0</v>
+        <v>109361.0</v>
       </c>
       <c r="D18" s="14" t="n">
-        <v>129848.0</v>
+        <v>135358.0</v>
       </c>
       <c r="E18" s="14" t="n">
-        <v>112467.0</v>
+        <v>120963.0</v>
       </c>
       <c r="F18" s="14" t="n">
-        <v>224612.0</v>
+        <v>221849.0</v>
       </c>
       <c r="G18" s="14" t="n">
-        <v>305747.0</v>
+        <v>328158.0</v>
       </c>
       <c r="H18" s="14" t="n">
-        <v>264734.0</v>
+        <v>281692.0</v>
       </c>
       <c r="I18" s="14" t="n">
-        <v>639273.0</v>
+        <v>630573.0</v>
       </c>
       <c r="J18" s="14" t="n">
-        <v>1091373.0</v>
+        <v>1076206.0</v>
       </c>
       <c r="K18" s="14" t="n">
-        <v>292760.0</v>
+        <v>339339.0</v>
       </c>
       <c r="L18" s="14" t="n">
-        <v>246466.0</v>
+        <v>254268.0</v>
       </c>
       <c r="M18" s="14" t="n">
-        <v>119895.0</v>
+        <v>100279.0</v>
       </c>
       <c r="N18" s="14" t="n">
-        <v>110845.0</v>
+        <v>103558.0</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Greece</t>
         </is>
       </c>
       <c r="B19" s="14" t="n">
-        <v>52703.0</v>
+        <v>52126.0</v>
       </c>
       <c r="C19" s="14" t="n">
-        <v>2286.0</v>
+        <v>2091.0</v>
       </c>
       <c r="D19" s="14" t="n">
-        <v>2614.0</v>
+        <v>5008.0</v>
       </c>
       <c r="E19" s="14" t="n">
-        <v>3027.0</v>
+        <v>4185.0</v>
       </c>
       <c r="F19" s="14" t="n">
-        <v>3208.0</v>
+        <v>3670.0</v>
       </c>
       <c r="G19" s="14" t="n">
-        <v>7290.0</v>
+        <v>4418.0</v>
       </c>
       <c r="H19" s="14" t="n">
-        <v>6223.0</v>
+        <v>3840.0</v>
       </c>
       <c r="I19" s="14" t="n">
-        <v>7236.0</v>
+        <v>5129.0</v>
       </c>
       <c r="J19" s="14" t="n">
-        <v>5604.0</v>
+        <v>5224.0</v>
       </c>
       <c r="K19" s="14" t="n">
-        <v>5499.0</v>
+        <v>4613.0</v>
       </c>
       <c r="L19" s="14" t="n">
-        <v>4395.0</v>
+        <v>5910.0</v>
       </c>
       <c r="M19" s="14" t="n">
-        <v>2904.0</v>
+        <v>3463.0</v>
       </c>
       <c r="N19" s="14" t="n">
-        <v>2415.0</v>
+        <v>4574.0</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Ireland</t>
         </is>
       </c>
       <c r="B20" s="14" t="n">
-        <v>2943260.0</v>
+        <v>3087567.0</v>
       </c>
       <c r="C20" s="14" t="n">
-        <v>146825.0</v>
+        <v>166134.0</v>
       </c>
       <c r="D20" s="14" t="n">
-        <v>132530.0</v>
+        <v>156625.0</v>
       </c>
       <c r="E20" s="14" t="n">
-        <v>160391.0</v>
+        <v>178757.0</v>
       </c>
       <c r="F20" s="14" t="n">
-        <v>180830.0</v>
+        <v>200134.0</v>
       </c>
       <c r="G20" s="14" t="n">
-        <v>277144.0</v>
+        <v>301628.0</v>
       </c>
       <c r="H20" s="14" t="n">
-        <v>356837.0</v>
+        <v>371554.0</v>
       </c>
       <c r="I20" s="14" t="n">
-        <v>416630.0</v>
+        <v>417047.0</v>
       </c>
       <c r="J20" s="14" t="n">
-        <v>366453.0</v>
+        <v>367722.0</v>
       </c>
       <c r="K20" s="14" t="n">
-        <v>325639.0</v>
+        <v>346484.0</v>
       </c>
       <c r="L20" s="14" t="n">
-        <v>252899.0</v>
+        <v>275153.0</v>
       </c>
       <c r="M20" s="14" t="n">
-        <v>169330.0</v>
+        <v>166550.0</v>
       </c>
       <c r="N20" s="14" t="n">
-        <v>157751.0</v>
+        <v>139781.0</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Italy</t>
         </is>
       </c>
       <c r="B21" s="14" t="n">
-        <v>2079989.0</v>
+        <v>2481510.0</v>
       </c>
       <c r="C21" s="14" t="n">
-        <v>114838.0</v>
+        <v>112987.0</v>
       </c>
       <c r="D21" s="14" t="n">
-        <v>91514.0</v>
+        <v>104954.0</v>
       </c>
       <c r="E21" s="14" t="n">
-        <v>86478.0</v>
+        <v>111009.0</v>
       </c>
       <c r="F21" s="14" t="n">
-        <v>110493.0</v>
+        <v>133326.0</v>
       </c>
       <c r="G21" s="14" t="n">
-        <v>145639.0</v>
+        <v>196711.0</v>
       </c>
       <c r="H21" s="14" t="n">
-        <v>202599.0</v>
+        <v>267909.0</v>
       </c>
       <c r="I21" s="14" t="n">
-        <v>289647.0</v>
+        <v>360193.0</v>
       </c>
       <c r="J21" s="14" t="n">
-        <v>470355.0</v>
+        <v>532597.0</v>
       </c>
       <c r="K21" s="14" t="n">
-        <v>224826.0</v>
+        <v>266638.0</v>
       </c>
       <c r="L21" s="14" t="n">
-        <v>136638.0</v>
+        <v>161674.0</v>
       </c>
       <c r="M21" s="14" t="n">
-        <v>98579.0</v>
+        <v>112550.0</v>
       </c>
       <c r="N21" s="14" t="n">
-        <v>108381.0</v>
+        <v>120963.0</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Luxembourg</t>
         </is>
       </c>
       <c r="B22" s="14" t="n">
-        <v>46925.0</v>
+        <v>53963.0</v>
       </c>
       <c r="C22" s="14" t="n">
-        <v>3737.0</v>
+        <v>3177.0</v>
       </c>
       <c r="D22" s="14" t="n">
-        <v>3304.0</v>
+        <v>3347.0</v>
       </c>
       <c r="E22" s="14" t="n">
-        <v>3897.0</v>
+        <v>2948.0</v>
       </c>
       <c r="F22" s="14" t="n">
-        <v>2962.0</v>
+        <v>2856.0</v>
       </c>
       <c r="G22" s="14" t="n">
-        <v>3017.0</v>
+        <v>4042.0</v>
       </c>
       <c r="H22" s="14" t="n">
-        <v>2657.0</v>
+        <v>2618.0</v>
       </c>
       <c r="I22" s="14" t="n">
-        <v>5258.0</v>
+        <v>9753.0</v>
       </c>
       <c r="J22" s="14" t="n">
-        <v>6976.0</v>
+        <v>7419.0</v>
       </c>
       <c r="K22" s="14" t="n">
-        <v>5411.0</v>
+        <v>6664.0</v>
       </c>
       <c r="L22" s="14" t="n">
-        <v>2675.0</v>
+        <v>2586.0</v>
       </c>
       <c r="M22" s="14" t="n">
-        <v>2853.0</v>
+        <v>3059.0</v>
       </c>
       <c r="N22" s="14" t="n">
-        <v>4178.0</v>
+        <v>5493.0</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Netherlands</t>
         </is>
       </c>
       <c r="B23" s="14" t="n">
-        <v>3306382.0</v>
+        <v>3344847.0</v>
       </c>
       <c r="C23" s="14" t="n">
-        <v>211705.0</v>
+        <v>237118.0</v>
       </c>
       <c r="D23" s="14" t="n">
-        <v>205660.0</v>
+        <v>257199.0</v>
       </c>
       <c r="E23" s="14" t="n">
-        <v>192165.0</v>
+        <v>218768.0</v>
       </c>
       <c r="F23" s="14" t="n">
-        <v>218045.0</v>
+        <v>233092.0</v>
       </c>
       <c r="G23" s="14" t="n">
-        <v>313337.0</v>
+        <v>343692.0</v>
       </c>
       <c r="H23" s="14" t="n">
-        <v>276965.0</v>
+        <v>287398.0</v>
       </c>
       <c r="I23" s="14" t="n">
-        <v>363300.0</v>
+        <v>371963.0</v>
       </c>
       <c r="J23" s="14" t="n">
-        <v>453963.0</v>
+        <v>426315.0</v>
       </c>
       <c r="K23" s="14" t="n">
-        <v>329253.0</v>
+        <v>299471.0</v>
       </c>
       <c r="L23" s="14" t="n">
-        <v>346018.0</v>
+        <v>287537.0</v>
       </c>
       <c r="M23" s="14" t="n">
-        <v>199552.0</v>
+        <v>192814.0</v>
       </c>
       <c r="N23" s="14" t="n">
-        <v>196420.0</v>
+        <v>189479.0</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Poland</t>
         </is>
       </c>
       <c r="B24" s="14" t="n">
-        <v>878382.0</v>
+        <v>1059169.0</v>
       </c>
       <c r="C24" s="14" t="n">
-        <v>48082.0</v>
+        <v>89919.0</v>
       </c>
       <c r="D24" s="14" t="n">
-        <v>57775.0</v>
+        <v>87766.0</v>
       </c>
       <c r="E24" s="14" t="n">
-        <v>50985.0</v>
+        <v>70776.0</v>
       </c>
       <c r="F24" s="14" t="n">
-        <v>66199.0</v>
+        <v>78142.0</v>
       </c>
       <c r="G24" s="14" t="n">
-        <v>89700.0</v>
+        <v>99802.0</v>
       </c>
       <c r="H24" s="14" t="n">
-        <v>94617.0</v>
+        <v>106868.0</v>
       </c>
       <c r="I24" s="14" t="n">
-        <v>96048.0</v>
+        <v>107875.0</v>
       </c>
       <c r="J24" s="14" t="n">
-        <v>92695.0</v>
+        <v>106560.0</v>
       </c>
       <c r="K24" s="14" t="n">
-        <v>84024.0</v>
+        <v>98786.0</v>
       </c>
       <c r="L24" s="14" t="n">
-        <v>77973.0</v>
+        <v>87450.0</v>
       </c>
       <c r="M24" s="14" t="n">
-        <v>62747.0</v>
+        <v>65494.0</v>
       </c>
       <c r="N24" s="14" t="n">
-        <v>57537.0</v>
+        <v>59731.0</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Portugal</t>
         </is>
       </c>
       <c r="B25" s="14" t="n">
-        <v>661598.0</v>
+        <v>834329.0</v>
       </c>
       <c r="C25" s="14" t="n">
-        <v>21110.0</v>
+        <v>31144.0</v>
       </c>
       <c r="D25" s="14" t="n">
-        <v>27440.0</v>
+        <v>30291.0</v>
       </c>
       <c r="E25" s="14" t="n">
-        <v>22943.0</v>
+        <v>38109.0</v>
       </c>
       <c r="F25" s="14" t="n">
-        <v>52787.0</v>
+        <v>86196.0</v>
       </c>
       <c r="G25" s="14" t="n">
-        <v>43370.0</v>
+        <v>45637.0</v>
       </c>
       <c r="H25" s="14" t="n">
-        <v>63988.0</v>
+        <v>72747.0</v>
       </c>
       <c r="I25" s="14" t="n">
-        <v>95651.0</v>
+        <v>124688.0</v>
       </c>
       <c r="J25" s="14" t="n">
-        <v>143227.0</v>
+        <v>187630.0</v>
       </c>
       <c r="K25" s="14" t="n">
-        <v>90553.0</v>
+        <v>106047.0</v>
       </c>
       <c r="L25" s="14" t="n">
-        <v>40689.0</v>
+        <v>43028.0</v>
       </c>
       <c r="M25" s="14" t="n">
-        <v>24710.0</v>
+        <v>35223.0</v>
       </c>
       <c r="N25" s="14" t="n">
-        <v>35129.0</v>
+        <v>33589.0</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Czech Republic</t>
         </is>
       </c>
       <c r="B26" s="14" t="n">
-        <v>328842.0</v>
+        <v>343917.0</v>
       </c>
       <c r="C26" s="14" t="n">
-        <v>23286.0</v>
+        <v>19057.0</v>
       </c>
       <c r="D26" s="14" t="n">
-        <v>14430.0</v>
+        <v>20927.0</v>
       </c>
       <c r="E26" s="14" t="n">
-        <v>21381.0</v>
+        <v>22681.0</v>
       </c>
       <c r="F26" s="14" t="n">
-        <v>16735.0</v>
+        <v>22847.0</v>
       </c>
       <c r="G26" s="14" t="n">
-        <v>23231.0</v>
+        <v>24587.0</v>
       </c>
       <c r="H26" s="14" t="n">
-        <v>31866.0</v>
+        <v>35788.0</v>
       </c>
       <c r="I26" s="14" t="n">
-        <v>50321.0</v>
+        <v>48590.0</v>
       </c>
       <c r="J26" s="14" t="n">
-        <v>42505.0</v>
+        <v>34940.0</v>
       </c>
       <c r="K26" s="14" t="n">
-        <v>38653.0</v>
+        <v>43867.0</v>
       </c>
       <c r="L26" s="14" t="n">
-        <v>30900.0</v>
+        <v>34547.0</v>
       </c>
       <c r="M26" s="14" t="n">
-        <v>18335.0</v>
+        <v>18361.0</v>
       </c>
       <c r="N26" s="14" t="n">
-        <v>17199.0</v>
+        <v>17727.0</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Sweden</t>
         </is>
       </c>
       <c r="B27" s="14" t="n">
-        <v>1468416.0</v>
+        <v>1562989.0</v>
       </c>
       <c r="C27" s="14" t="n">
-        <v>170055.0</v>
+        <v>180395.0</v>
       </c>
       <c r="D27" s="14" t="n">
-        <v>158130.0</v>
+        <v>172285.0</v>
       </c>
       <c r="E27" s="14" t="n">
-        <v>168785.0</v>
+        <v>200669.0</v>
       </c>
       <c r="F27" s="14" t="n">
-        <v>120316.0</v>
+        <v>102435.0</v>
       </c>
       <c r="G27" s="14" t="n">
-        <v>67756.0</v>
+        <v>63182.0</v>
       </c>
       <c r="H27" s="14" t="n">
-        <v>68704.0</v>
+        <v>90948.0</v>
       </c>
       <c r="I27" s="14" t="n">
-        <v>87862.0</v>
+        <v>111003.0</v>
       </c>
       <c r="J27" s="14" t="n">
-        <v>54256.0</v>
+        <v>59082.0</v>
       </c>
       <c r="K27" s="14" t="n">
-        <v>76583.0</v>
+        <v>62974.0</v>
       </c>
       <c r="L27" s="14" t="n">
-        <v>121712.0</v>
+        <v>127266.0</v>
       </c>
       <c r="M27" s="14" t="n">
-        <v>190864.0</v>
+        <v>207185.0</v>
       </c>
       <c r="N27" s="14" t="n">
-        <v>183392.0</v>
+        <v>185567.0</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of EU</t>
         </is>
       </c>
       <c r="B28" s="14" t="n">
-        <v>975955.0</v>
+        <v>1050943.0</v>
       </c>
       <c r="C28" s="14" t="n">
-        <v>62439.0</v>
+        <v>74139.0</v>
       </c>
       <c r="D28" s="14" t="n">
-        <v>61423.0</v>
+        <v>74490.0</v>
       </c>
       <c r="E28" s="14" t="n">
-        <v>69766.0</v>
+        <v>80780.0</v>
       </c>
       <c r="F28" s="14" t="n">
-        <v>92589.0</v>
+        <v>86091.0</v>
       </c>
       <c r="G28" s="14" t="n">
-        <v>84111.0</v>
+        <v>90148.0</v>
       </c>
       <c r="H28" s="14" t="n">
-        <v>91528.0</v>
+        <v>87007.0</v>
       </c>
       <c r="I28" s="14" t="n">
-        <v>119900.0</v>
+        <v>120864.0</v>
       </c>
       <c r="J28" s="14" t="n">
-        <v>90097.0</v>
+        <v>116245.0</v>
       </c>
       <c r="K28" s="14" t="n">
-        <v>81802.0</v>
+        <v>92506.0</v>
       </c>
       <c r="L28" s="14" t="n">
-        <v>77385.0</v>
+        <v>100857.0</v>
       </c>
       <c r="M28" s="14" t="n">
-        <v>78408.0</v>
+        <v>62424.0</v>
       </c>
       <c r="N28" s="14" t="n">
-        <v>66506.0</v>
+        <v>65392.0</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Norway</t>
         </is>
       </c>
       <c r="B29" s="14" t="n">
-        <v>1628853.0</v>
+        <v>1590997.0</v>
       </c>
       <c r="C29" s="14" t="n">
-        <v>185478.0</v>
+        <v>184830.0</v>
       </c>
       <c r="D29" s="14" t="n">
-        <v>194868.0</v>
+        <v>224319.0</v>
       </c>
       <c r="E29" s="14" t="n">
-        <v>187016.0</v>
+        <v>204738.0</v>
       </c>
       <c r="F29" s="14" t="n">
-        <v>109513.0</v>
+        <v>74525.0</v>
       </c>
       <c r="G29" s="14" t="n">
-        <v>50792.0</v>
+        <v>48700.0</v>
       </c>
       <c r="H29" s="14" t="n">
-        <v>77070.0</v>
+        <v>65455.0</v>
       </c>
       <c r="I29" s="14" t="n">
-        <v>134161.0</v>
+        <v>116747.0</v>
       </c>
       <c r="J29" s="14" t="n">
-        <v>56396.0</v>
+        <v>47129.0</v>
       </c>
       <c r="K29" s="14" t="n">
-        <v>56981.0</v>
+        <v>49301.0</v>
       </c>
       <c r="L29" s="14" t="n">
-        <v>166566.0</v>
+        <v>169370.0</v>
       </c>
       <c r="M29" s="14" t="n">
-        <v>214796.0</v>
+        <v>225598.0</v>
       </c>
       <c r="N29" s="14" t="n">
-        <v>195216.0</v>
+        <v>180287.0</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    United Kingdom</t>
         </is>
       </c>
       <c r="B30" s="14" t="n">
-        <v>1.5806145E7</v>
+        <v>1.618245E7</v>
       </c>
       <c r="C30" s="14" t="n">
-        <v>897596.0</v>
+        <v>932977.0</v>
       </c>
       <c r="D30" s="14" t="n">
-        <v>905746.0</v>
+        <v>908307.0</v>
       </c>
       <c r="E30" s="14" t="n">
-        <v>1039264.0</v>
+        <v>1066427.0</v>
       </c>
       <c r="F30" s="14" t="n">
-        <v>1125271.0</v>
+        <v>1192882.0</v>
       </c>
       <c r="G30" s="14" t="n">
-        <v>1545570.0</v>
+        <v>1520366.0</v>
       </c>
       <c r="H30" s="14" t="n">
-        <v>1608747.0</v>
+        <v>1674617.0</v>
       </c>
       <c r="I30" s="14" t="n">
-        <v>1692879.0</v>
+        <v>1758425.0</v>
       </c>
       <c r="J30" s="14" t="n">
-        <v>1920258.0</v>
+        <v>2029633.0</v>
       </c>
       <c r="K30" s="14" t="n">
-        <v>1735467.0</v>
+        <v>1692154.0</v>
       </c>
       <c r="L30" s="14" t="n">
-        <v>1459599.0</v>
+        <v>1502092.0</v>
       </c>
       <c r="M30" s="14" t="n">
-        <v>941731.0</v>
+        <v>972382.0</v>
       </c>
       <c r="N30" s="14" t="n">
-        <v>934017.0</v>
+        <v>932190.0</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Switzerland</t>
         </is>
       </c>
       <c r="B31" s="14" t="n">
-        <v>636161.0</v>
+        <v>648662.0</v>
       </c>
       <c r="C31" s="14" t="n">
-        <v>32175.0</v>
+        <v>42074.0</v>
       </c>
       <c r="D31" s="14" t="n">
-        <v>33277.0</v>
+        <v>46620.0</v>
       </c>
       <c r="E31" s="14" t="n">
-        <v>30037.0</v>
+        <v>40947.0</v>
       </c>
       <c r="F31" s="14" t="n">
-        <v>54949.0</v>
+        <v>49325.0</v>
       </c>
       <c r="G31" s="14" t="n">
-        <v>51313.0</v>
+        <v>43378.0</v>
       </c>
       <c r="H31" s="14" t="n">
-        <v>53345.0</v>
+        <v>45710.0</v>
       </c>
       <c r="I31" s="14" t="n">
-        <v>99534.0</v>
+        <v>82771.0</v>
       </c>
       <c r="J31" s="14" t="n">
-        <v>60504.0</v>
+        <v>62113.0</v>
       </c>
       <c r="K31" s="14" t="n">
-        <v>59813.0</v>
+        <v>69691.0</v>
       </c>
       <c r="L31" s="14" t="n">
-        <v>83028.0</v>
+        <v>87159.0</v>
       </c>
       <c r="M31" s="14" t="n">
-        <v>40591.0</v>
+        <v>42021.0</v>
       </c>
       <c r="N31" s="14" t="n">
-        <v>37596.0</v>
+        <v>36853.0</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of Europe</t>
         </is>
       </c>
       <c r="B32" s="14" t="n">
-        <v>988345.0</v>
+        <v>1028169.0</v>
       </c>
       <c r="C32" s="14" t="n">
-        <v>64904.0</v>
+        <v>75613.0</v>
       </c>
       <c r="D32" s="14" t="n">
-        <v>57982.0</v>
+        <v>68757.0</v>
       </c>
       <c r="E32" s="14" t="n">
-        <v>71425.0</v>
+        <v>91241.0</v>
       </c>
       <c r="F32" s="14" t="n">
-        <v>80831.0</v>
+        <v>78570.0</v>
       </c>
       <c r="G32" s="14" t="n">
-        <v>79506.0</v>
+        <v>79887.0</v>
       </c>
       <c r="H32" s="14" t="n">
-        <v>94635.0</v>
+        <v>106985.0</v>
       </c>
       <c r="I32" s="14" t="n">
-        <v>117060.0</v>
+        <v>117113.0</v>
       </c>
       <c r="J32" s="14" t="n">
-        <v>94712.0</v>
+        <v>101591.0</v>
       </c>
       <c r="K32" s="14" t="n">
-        <v>95740.0</v>
+        <v>85493.0</v>
       </c>
       <c r="L32" s="14" t="n">
-        <v>107533.0</v>
+        <v>101727.0</v>
       </c>
       <c r="M32" s="14" t="n">
-        <v>59248.0</v>
+        <v>66235.0</v>
       </c>
       <c r="N32" s="14" t="n">
-        <v>64770.0</v>
+        <v>54957.0</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    United States</t>
         </is>
       </c>
       <c r="B33" s="14" t="n">
-        <v>825243.0</v>
+        <v>919755.0</v>
       </c>
       <c r="C33" s="14" t="n">
-        <v>39793.0</v>
+        <v>42491.0</v>
       </c>
       <c r="D33" s="14" t="n">
-        <v>35564.0</v>
+        <v>39608.0</v>
       </c>
       <c r="E33" s="14" t="n">
-        <v>71024.0</v>
+        <v>69024.0</v>
       </c>
       <c r="F33" s="14" t="n">
-        <v>70509.0</v>
+        <v>71667.0</v>
       </c>
       <c r="G33" s="14" t="n">
-        <v>76671.0</v>
+        <v>92267.0</v>
       </c>
       <c r="H33" s="14" t="n">
-        <v>115547.0</v>
+        <v>116651.0</v>
       </c>
       <c r="I33" s="14" t="n">
-        <v>103146.0</v>
+        <v>119359.0</v>
       </c>
       <c r="J33" s="14" t="n">
-        <v>61008.0</v>
+        <v>85154.0</v>
       </c>
       <c r="K33" s="14" t="n">
-        <v>71461.0</v>
+        <v>87568.0</v>
       </c>
       <c r="L33" s="14" t="n">
-        <v>66642.0</v>
+        <v>81854.0</v>
       </c>
       <c r="M33" s="14" t="n">
-        <v>55517.0</v>
+        <v>61190.0</v>
       </c>
       <c r="N33" s="14" t="n">
-        <v>58361.0</v>
+        <v>52920.0</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of America</t>
         </is>
       </c>
       <c r="B34" s="14" t="n">
-        <v>1256169.0</v>
+        <v>1434945.0</v>
       </c>
       <c r="C34" s="14" t="n">
-        <v>85891.0</v>
+        <v>90393.0</v>
       </c>
       <c r="D34" s="14" t="n">
-        <v>111058.0</v>
+        <v>101645.0</v>
       </c>
       <c r="E34" s="14" t="n">
-        <v>95069.0</v>
+        <v>113513.0</v>
       </c>
       <c r="F34" s="14" t="n">
-        <v>99402.0</v>
+        <v>109058.0</v>
       </c>
       <c r="G34" s="14" t="n">
-        <v>119667.0</v>
+        <v>137640.0</v>
       </c>
       <c r="H34" s="14" t="n">
-        <v>119781.0</v>
+        <v>125973.0</v>
       </c>
       <c r="I34" s="14" t="n">
-        <v>136078.0</v>
+        <v>147500.0</v>
       </c>
       <c r="J34" s="14" t="n">
-        <v>118514.0</v>
+        <v>142784.0</v>
       </c>
       <c r="K34" s="14" t="n">
-        <v>117107.0</v>
+        <v>150894.0</v>
       </c>
       <c r="L34" s="14" t="n">
-        <v>112386.0</v>
+        <v>142432.0</v>
       </c>
       <c r="M34" s="14" t="n">
-        <v>70074.0</v>
+        <v>87770.0</v>
       </c>
       <c r="N34" s="14" t="n">
-        <v>71142.0</v>
+        <v>85344.0</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    African Countries</t>
         </is>
       </c>
       <c r="B35" s="14" t="n">
-        <v>396239.0</v>
+        <v>512359.0</v>
       </c>
       <c r="C35" s="14" t="n">
-        <v>21342.0</v>
+        <v>30521.0</v>
       </c>
       <c r="D35" s="14" t="n">
-        <v>16869.0</v>
+        <v>23060.0</v>
       </c>
       <c r="E35" s="14" t="n">
-        <v>20295.0</v>
+        <v>20848.0</v>
       </c>
       <c r="F35" s="14" t="n">
-        <v>20764.0</v>
+        <v>26140.0</v>
       </c>
       <c r="G35" s="14" t="n">
-        <v>29618.0</v>
+        <v>35885.0</v>
       </c>
       <c r="H35" s="14" t="n">
-        <v>26761.0</v>
+        <v>49652.0</v>
       </c>
       <c r="I35" s="14" t="n">
-        <v>61616.0</v>
+        <v>74043.0</v>
       </c>
       <c r="J35" s="14" t="n">
-        <v>87653.0</v>
+        <v>117334.0</v>
       </c>
       <c r="K35" s="14" t="n">
-        <v>31392.0</v>
+        <v>43507.0</v>
       </c>
       <c r="L35" s="14" t="n">
-        <v>23223.0</v>
+        <v>34845.0</v>
       </c>
       <c r="M35" s="14" t="n">
-        <v>28222.0</v>
+        <v>25836.0</v>
       </c>
       <c r="N35" s="14" t="n">
-        <v>28485.0</v>
+        <v>30687.0</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of the world</t>
         </is>
       </c>
       <c r="B36" s="14" t="n">
-        <v>1043342.0</v>
+        <v>1182934.0</v>
       </c>
       <c r="C36" s="14" t="n">
-        <v>59790.0</v>
+        <v>62094.0</v>
       </c>
       <c r="D36" s="14" t="n">
-        <v>50297.0</v>
+        <v>61485.0</v>
       </c>
       <c r="E36" s="14" t="n">
-        <v>58553.0</v>
+        <v>57968.0</v>
       </c>
       <c r="F36" s="14" t="n">
-        <v>71863.0</v>
+        <v>74700.0</v>
       </c>
       <c r="G36" s="14" t="n">
-        <v>97129.0</v>
+        <v>106334.0</v>
       </c>
       <c r="H36" s="14" t="n">
-        <v>108793.0</v>
+        <v>125379.0</v>
       </c>
       <c r="I36" s="14" t="n">
-        <v>154162.0</v>
+        <v>148524.0</v>
       </c>
       <c r="J36" s="14" t="n">
-        <v>115317.0</v>
+        <v>143043.0</v>
       </c>
       <c r="K36" s="14" t="n">
-        <v>99238.0</v>
+        <v>133354.0</v>
       </c>
       <c r="L36" s="14" t="n">
-        <v>93913.0</v>
+        <v>114121.0</v>
       </c>
       <c r="M36" s="14" t="n">
-        <v>63329.0</v>
+        <v>69103.0</v>
       </c>
       <c r="N36" s="14" t="n">
-        <v>70956.0</v>
+        <v>86830.0</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="6" t="inlineStr">
         <is>
-          <t>Andalucía</t>
+          <t>01 Andalucía</t>
         </is>
       </c>
       <c r="B37" s="6"/>
       <c r="C37" s="6"/>
       <c r="D37" s="6"/>
       <c r="E37" s="6"/>
       <c r="F37" s="6"/>
       <c r="G37" s="6"/>
       <c r="H37" s="6"/>
       <c r="I37" s="6"/>
       <c r="J37" s="6"/>
       <c r="K37" s="6"/>
       <c r="L37" s="6"/>
       <c r="M37" s="6"/>
       <c r="N37" s="6"/>
     </row>
     <row r="38">
       <c r="A38" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B38" s="14" t="n">
-        <v>1.0867882E7</v>
+        <v>1.1407827E7</v>
       </c>
       <c r="C38" s="14" t="n">
-        <v>569996.0</v>
+        <v>657796.0</v>
       </c>
       <c r="D38" s="14" t="n">
-        <v>657558.0</v>
+        <v>721541.0</v>
       </c>
       <c r="E38" s="14" t="n">
-        <v>670158.0</v>
+        <v>797336.0</v>
       </c>
       <c r="F38" s="14" t="n">
-        <v>844593.0</v>
+        <v>848900.0</v>
       </c>
       <c r="G38" s="14" t="n">
-        <v>870560.0</v>
+        <v>972868.0</v>
       </c>
       <c r="H38" s="14" t="n">
-        <v>952831.0</v>
+        <v>1075860.0</v>
       </c>
       <c r="I38" s="14" t="n">
-        <v>1398857.0</v>
+        <v>1396635.0</v>
       </c>
       <c r="J38" s="14" t="n">
-        <v>1594191.0</v>
+        <v>1733941.0</v>
       </c>
       <c r="K38" s="14" t="n">
-        <v>1077794.0</v>
+        <v>1086783.0</v>
       </c>
       <c r="L38" s="14" t="n">
-        <v>903826.0</v>
+        <v>873413.0</v>
       </c>
       <c r="M38" s="14" t="n">
-        <v>623806.0</v>
+        <v>634346.0</v>
       </c>
       <c r="N38" s="14" t="n">
-        <v>703712.0</v>
+        <v>608409.0</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Spaniards</t>
         </is>
       </c>
       <c r="B39" s="14" t="n">
-        <v>4699634.0</v>
+        <v>4634834.0</v>
       </c>
       <c r="C39" s="14" t="n">
-        <v>223000.0</v>
+        <v>242571.0</v>
       </c>
       <c r="D39" s="14" t="n">
-        <v>253571.0</v>
+        <v>249795.0</v>
       </c>
       <c r="E39" s="14" t="n">
-        <v>234354.0</v>
+        <v>311375.0</v>
       </c>
       <c r="F39" s="14" t="n">
-        <v>364517.0</v>
+        <v>273214.0</v>
       </c>
       <c r="G39" s="14" t="n">
-        <v>303790.0</v>
+        <v>335422.0</v>
       </c>
       <c r="H39" s="14" t="n">
-        <v>422036.0</v>
+        <v>455692.0</v>
       </c>
       <c r="I39" s="14" t="n">
-        <v>732328.0</v>
+        <v>671884.0</v>
       </c>
       <c r="J39" s="14" t="n">
-        <v>897433.0</v>
+        <v>908225.0</v>
       </c>
       <c r="K39" s="14" t="n">
-        <v>470956.0</v>
+        <v>483830.0</v>
       </c>
       <c r="L39" s="14" t="n">
-        <v>273894.0</v>
+        <v>233006.0</v>
       </c>
       <c r="M39" s="14" t="n">
-        <v>201126.0</v>
+        <v>200014.0</v>
       </c>
       <c r="N39" s="14" t="n">
-        <v>322631.0</v>
+        <v>269805.0</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Foreigners</t>
         </is>
       </c>
       <c r="B40" s="14" t="n">
-        <v>6168249.0</v>
+        <v>6772992.0</v>
       </c>
       <c r="C40" s="14" t="n">
-        <v>346997.0</v>
+        <v>415225.0</v>
       </c>
       <c r="D40" s="14" t="n">
-        <v>403987.0</v>
+        <v>471745.0</v>
       </c>
       <c r="E40" s="14" t="n">
-        <v>435804.0</v>
+        <v>485961.0</v>
       </c>
       <c r="F40" s="14" t="n">
-        <v>480077.0</v>
+        <v>575686.0</v>
       </c>
       <c r="G40" s="14" t="n">
-        <v>566770.0</v>
+        <v>637446.0</v>
       </c>
       <c r="H40" s="14" t="n">
-        <v>530796.0</v>
+        <v>620168.0</v>
       </c>
       <c r="I40" s="14" t="n">
-        <v>666529.0</v>
+        <v>724751.0</v>
       </c>
       <c r="J40" s="14" t="n">
-        <v>696758.0</v>
+        <v>825716.0</v>
       </c>
       <c r="K40" s="14" t="n">
-        <v>606839.0</v>
+        <v>602953.0</v>
       </c>
       <c r="L40" s="14" t="n">
-        <v>629933.0</v>
+        <v>640406.0</v>
       </c>
       <c r="M40" s="14" t="n">
-        <v>422680.0</v>
+        <v>434332.0</v>
       </c>
       <c r="N40" s="14" t="n">
-        <v>381081.0</v>
+        <v>338603.0</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    European Union27 (without Spain)</t>
         </is>
       </c>
       <c r="B41" s="14" t="n">
-        <v>3367533.0</v>
+        <v>3792080.0</v>
       </c>
       <c r="C41" s="14" t="n">
-        <v>182236.0</v>
+        <v>242065.0</v>
       </c>
       <c r="D41" s="14" t="n">
-        <v>208604.0</v>
+        <v>263130.0</v>
       </c>
       <c r="E41" s="14" t="n">
-        <v>213961.0</v>
+        <v>257269.0</v>
       </c>
       <c r="F41" s="14" t="n">
-        <v>249454.0</v>
+        <v>315082.0</v>
       </c>
       <c r="G41" s="14" t="n">
-        <v>298315.0</v>
+        <v>343814.0</v>
       </c>
       <c r="H41" s="14" t="n">
-        <v>270624.0</v>
+        <v>326361.0</v>
       </c>
       <c r="I41" s="14" t="n">
-        <v>369927.0</v>
+        <v>440678.0</v>
       </c>
       <c r="J41" s="14" t="n">
-        <v>419940.0</v>
+        <v>473609.0</v>
       </c>
       <c r="K41" s="14" t="n">
-        <v>336432.0</v>
+        <v>335749.0</v>
       </c>
       <c r="L41" s="14" t="n">
-        <v>350792.0</v>
+        <v>354032.0</v>
       </c>
       <c r="M41" s="14" t="n">
-        <v>250890.0</v>
+        <v>249821.0</v>
       </c>
       <c r="N41" s="14" t="n">
-        <v>216359.0</v>
+        <v>190471.0</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Germany</t>
         </is>
       </c>
       <c r="B42" s="14" t="n">
-        <v>509599.0</v>
+        <v>481656.0</v>
       </c>
       <c r="C42" s="14" t="n">
-        <v>33863.0</v>
+        <v>42118.0</v>
       </c>
       <c r="D42" s="14" t="n">
-        <v>33738.0</v>
+        <v>41264.0</v>
       </c>
       <c r="E42" s="14" t="n">
-        <v>37243.0</v>
+        <v>41367.0</v>
       </c>
       <c r="F42" s="14" t="n">
-        <v>41513.0</v>
+        <v>39639.0</v>
       </c>
       <c r="G42" s="14" t="n">
-        <v>40341.0</v>
+        <v>43536.0</v>
       </c>
       <c r="H42" s="14" t="n">
-        <v>37351.0</v>
+        <v>31463.0</v>
       </c>
       <c r="I42" s="14" t="n">
-        <v>52458.0</v>
+        <v>29142.0</v>
       </c>
       <c r="J42" s="14" t="n">
-        <v>38832.0</v>
+        <v>37715.0</v>
       </c>
       <c r="K42" s="14" t="n">
-        <v>56372.0</v>
+        <v>44473.0</v>
       </c>
       <c r="L42" s="14" t="n">
-        <v>60598.0</v>
+        <v>60055.0</v>
       </c>
       <c r="M42" s="14" t="n">
-        <v>42624.0</v>
+        <v>43769.0</v>
       </c>
       <c r="N42" s="14" t="n">
-        <v>34663.0</v>
+        <v>27114.0</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Austria</t>
         </is>
       </c>
       <c r="B43" s="14" t="n">
-        <v>44485.0</v>
+        <v>52932.0</v>
       </c>
       <c r="C43" s="14" t="n">
-        <v>2605.0</v>
+        <v>1976.0</v>
       </c>
       <c r="D43" s="14" t="n">
-        <v>4243.0</v>
+        <v>4136.0</v>
       </c>
       <c r="E43" s="14" t="n">
-        <v>3500.0</v>
+        <v>3506.0</v>
       </c>
       <c r="F43" s="14" t="n">
-        <v>2784.0</v>
+        <v>2259.0</v>
       </c>
       <c r="G43" s="14" t="n">
-        <v>3854.0</v>
+        <v>3529.0</v>
       </c>
       <c r="H43" s="14" t="n">
-        <v>2420.0</v>
+        <v>3527.0</v>
       </c>
       <c r="I43" s="14" t="n">
-        <v>5050.0</v>
+        <v>11701.0</v>
       </c>
       <c r="J43" s="14" t="n">
-        <v>4218.0</v>
+        <v>5217.0</v>
       </c>
       <c r="K43" s="14" t="n">
-        <v>3146.0</v>
+        <v>4540.0</v>
       </c>
       <c r="L43" s="14" t="n">
-        <v>5803.0</v>
+        <v>6135.0</v>
       </c>
       <c r="M43" s="14" t="n">
-        <v>3868.0</v>
+        <v>2890.0</v>
       </c>
       <c r="N43" s="14" t="n">
-        <v>2995.0</v>
+        <v>3517.0</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Belgium</t>
         </is>
       </c>
       <c r="B44" s="14" t="n">
-        <v>138921.0</v>
+        <v>154919.0</v>
       </c>
       <c r="C44" s="14" t="n">
-        <v>9467.0</v>
+        <v>7963.0</v>
       </c>
       <c r="D44" s="14" t="n">
-        <v>9506.0</v>
+        <v>12532.0</v>
       </c>
       <c r="E44" s="14" t="n">
-        <v>5910.0</v>
+        <v>7988.0</v>
       </c>
       <c r="F44" s="14" t="n">
-        <v>8353.0</v>
+        <v>13162.0</v>
       </c>
       <c r="G44" s="14" t="n">
-        <v>18120.0</v>
+        <v>13111.0</v>
       </c>
       <c r="H44" s="14" t="n">
-        <v>6783.0</v>
+        <v>14725.0</v>
       </c>
       <c r="I44" s="14" t="n">
-        <v>20283.0</v>
+        <v>22440.0</v>
       </c>
       <c r="J44" s="14" t="n">
-        <v>16898.0</v>
+        <v>15647.0</v>
       </c>
       <c r="K44" s="14" t="n">
-        <v>9729.0</v>
+        <v>15460.0</v>
       </c>
       <c r="L44" s="14" t="n">
-        <v>12782.0</v>
+        <v>12638.0</v>
       </c>
       <c r="M44" s="14" t="n">
-        <v>11722.0</v>
+        <v>11765.0</v>
       </c>
       <c r="N44" s="14" t="n">
-        <v>9369.0</v>
+        <v>7486.0</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Denmark</t>
         </is>
       </c>
       <c r="B45" s="14" t="n">
-        <v>105650.0</v>
+        <v>121100.0</v>
       </c>
       <c r="C45" s="14" t="n">
-        <v>8038.0</v>
+        <v>9582.0</v>
       </c>
       <c r="D45" s="14" t="n">
-        <v>15321.0</v>
+        <v>17306.0</v>
       </c>
       <c r="E45" s="14" t="n">
-        <v>13688.0</v>
+        <v>19231.0</v>
       </c>
       <c r="F45" s="14" t="n">
-        <v>7021.0</v>
+        <v>7515.0</v>
       </c>
       <c r="G45" s="14" t="n">
-        <v>6182.0</v>
+        <v>7911.0</v>
       </c>
       <c r="H45" s="14" t="n">
-        <v>3461.0</v>
+        <v>4182.0</v>
       </c>
       <c r="I45" s="14" t="n">
-        <v>10582.0</v>
+        <v>14024.0</v>
       </c>
       <c r="J45" s="14" t="n">
-        <v>8475.0</v>
+        <v>4288.0</v>
       </c>
       <c r="K45" s="14" t="n">
-        <v>5825.0</v>
+        <v>9462.0</v>
       </c>
       <c r="L45" s="14" t="n">
-        <v>13906.0</v>
+        <v>14405.0</v>
       </c>
       <c r="M45" s="14" t="n">
-        <v>7146.0</v>
+        <v>9662.0</v>
       </c>
       <c r="N45" s="14" t="n">
-        <v>6006.0</v>
+        <v>3533.0</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Finland</t>
         </is>
       </c>
       <c r="B46" s="14" t="n">
-        <v>128624.0</v>
+        <v>112784.0</v>
       </c>
       <c r="C46" s="14" t="n">
-        <v>11370.0</v>
+        <v>8265.0</v>
       </c>
       <c r="D46" s="14" t="n">
-        <v>11254.0</v>
+        <v>8512.0</v>
       </c>
       <c r="E46" s="14" t="n">
-        <v>13358.0</v>
+        <v>11045.0</v>
       </c>
       <c r="F46" s="14" t="n">
-        <v>9449.0</v>
+        <v>10757.0</v>
       </c>
       <c r="G46" s="14" t="n">
-        <v>9596.0</v>
+        <v>7401.0</v>
       </c>
       <c r="H46" s="14" t="n">
-        <v>9707.0</v>
+        <v>7718.0</v>
       </c>
       <c r="I46" s="14" t="n">
-        <v>6898.0</v>
+        <v>5722.0</v>
       </c>
       <c r="J46" s="14" t="n">
-        <v>2634.0</v>
+        <v>2909.0</v>
       </c>
       <c r="K46" s="14" t="n">
-        <v>7740.0</v>
+        <v>7396.0</v>
       </c>
       <c r="L46" s="14" t="n">
-        <v>14048.0</v>
+        <v>15363.0</v>
       </c>
       <c r="M46" s="14" t="n">
-        <v>21445.0</v>
+        <v>19594.0</v>
       </c>
       <c r="N46" s="14" t="n">
-        <v>11123.0</v>
+        <v>8103.0</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    France</t>
         </is>
       </c>
       <c r="B47" s="14" t="n">
-        <v>429045.0</v>
+        <v>454745.0</v>
       </c>
       <c r="C47" s="14" t="n">
-        <v>11064.0</v>
+        <v>19975.0</v>
       </c>
       <c r="D47" s="14" t="n">
-        <v>24191.0</v>
+        <v>27330.0</v>
       </c>
       <c r="E47" s="14" t="n">
-        <v>22709.0</v>
+        <v>21218.0</v>
       </c>
       <c r="F47" s="14" t="n">
-        <v>36942.0</v>
+        <v>46106.0</v>
       </c>
       <c r="G47" s="14" t="n">
-        <v>43841.0</v>
+        <v>37856.0</v>
       </c>
       <c r="H47" s="14" t="n">
-        <v>26886.0</v>
+        <v>31938.0</v>
       </c>
       <c r="I47" s="14" t="n">
-        <v>54999.0</v>
+        <v>61369.0</v>
       </c>
       <c r="J47" s="14" t="n">
-        <v>96192.0</v>
+        <v>96656.0</v>
       </c>
       <c r="K47" s="14" t="n">
-        <v>29784.0</v>
+        <v>32059.0</v>
       </c>
       <c r="L47" s="14" t="n">
-        <v>40159.0</v>
+        <v>41619.0</v>
       </c>
       <c r="M47" s="14" t="n">
-        <v>20555.0</v>
+        <v>19843.0</v>
       </c>
       <c r="N47" s="14" t="n">
-        <v>21724.0</v>
+        <v>18775.0</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Greece</t>
         </is>
       </c>
       <c r="B48" s="14" t="n">
-        <v>10426.0</v>
+        <v>11142.0</v>
       </c>
       <c r="C48" s="14" t="n">
-        <v>261.0</v>
+        <v>285.0</v>
       </c>
       <c r="D48" s="14" t="n">
-        <v>487.0</v>
+        <v>2008.0</v>
       </c>
       <c r="E48" s="14" t="n">
-        <v>288.0</v>
+        <v>909.0</v>
       </c>
       <c r="F48" s="14" t="n">
-        <v>590.0</v>
+        <v>585.0</v>
       </c>
       <c r="G48" s="14" t="n">
-        <v>780.0</v>
+        <v>1274.0</v>
       </c>
       <c r="H48" s="14" t="n">
-        <v>1645.0</v>
+        <v>921.0</v>
       </c>
       <c r="I48" s="14" t="n">
-        <v>2187.0</v>
+        <v>416.0</v>
       </c>
       <c r="J48" s="14" t="n">
-        <v>1509.0</v>
+        <v>776.0</v>
       </c>
       <c r="K48" s="14" t="n">
-        <v>799.0</v>
+        <v>734.0</v>
       </c>
       <c r="L48" s="14" t="n">
-        <v>659.0</v>
+        <v>785.0</v>
       </c>
       <c r="M48" s="14" t="n">
-        <v>523.0</v>
+        <v>628.0</v>
       </c>
       <c r="N48" s="14" t="n">
-        <v>698.0</v>
+        <v>1821.0</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Ireland</t>
         </is>
       </c>
       <c r="B49" s="14" t="n">
-        <v>426579.0</v>
+        <v>522698.0</v>
       </c>
       <c r="C49" s="14" t="n">
-        <v>16624.0</v>
+        <v>15166.0</v>
       </c>
       <c r="D49" s="14" t="n">
-        <v>21112.0</v>
+        <v>22958.0</v>
       </c>
       <c r="E49" s="14" t="n">
-        <v>24492.0</v>
+        <v>29487.0</v>
       </c>
       <c r="F49" s="14" t="n">
-        <v>30454.0</v>
+        <v>36228.0</v>
       </c>
       <c r="G49" s="14" t="n">
-        <v>49044.0</v>
+        <v>58755.0</v>
       </c>
       <c r="H49" s="14" t="n">
-        <v>50430.0</v>
+        <v>71969.0</v>
       </c>
       <c r="I49" s="14" t="n">
-        <v>61148.0</v>
+        <v>78284.0</v>
       </c>
       <c r="J49" s="14" t="n">
-        <v>43056.0</v>
+        <v>47439.0</v>
       </c>
       <c r="K49" s="14" t="n">
-        <v>50493.0</v>
+        <v>70329.0</v>
       </c>
       <c r="L49" s="14" t="n">
-        <v>43462.0</v>
+        <v>55145.0</v>
       </c>
       <c r="M49" s="14" t="n">
-        <v>19123.0</v>
+        <v>21245.0</v>
       </c>
       <c r="N49" s="14" t="n">
-        <v>17141.0</v>
+        <v>15694.0</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Italy</t>
         </is>
       </c>
       <c r="B50" s="14" t="n">
-        <v>292891.0</v>
+        <v>386895.0</v>
       </c>
       <c r="C50" s="14" t="n">
-        <v>15986.0</v>
+        <v>17781.0</v>
       </c>
       <c r="D50" s="14" t="n">
-        <v>13141.0</v>
+        <v>14771.0</v>
       </c>
       <c r="E50" s="14" t="n">
-        <v>13746.0</v>
+        <v>16279.0</v>
       </c>
       <c r="F50" s="14" t="n">
-        <v>20495.0</v>
+        <v>29749.0</v>
       </c>
       <c r="G50" s="14" t="n">
-        <v>22865.0</v>
+        <v>28554.0</v>
       </c>
       <c r="H50" s="14" t="n">
-        <v>26848.0</v>
+        <v>45348.0</v>
       </c>
       <c r="I50" s="14" t="n">
-        <v>31161.0</v>
+        <v>56403.0</v>
       </c>
       <c r="J50" s="14" t="n">
-        <v>56524.0</v>
+        <v>69877.0</v>
       </c>
       <c r="K50" s="14" t="n">
-        <v>28424.0</v>
+        <v>32447.0</v>
       </c>
       <c r="L50" s="14" t="n">
-        <v>25658.0</v>
+        <v>25064.0</v>
       </c>
       <c r="M50" s="14" t="n">
-        <v>19366.0</v>
+        <v>24534.0</v>
       </c>
       <c r="N50" s="14" t="n">
-        <v>18676.0</v>
+        <v>26088.0</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Luxembourg</t>
         </is>
       </c>
       <c r="B51" s="14" t="n">
-        <v>6404.0</v>
+        <v>8812.0</v>
       </c>
       <c r="C51" s="14" t="n">
-        <v>278.0</v>
+        <v>547.0</v>
       </c>
       <c r="D51" s="14" t="n">
-        <v>286.0</v>
+        <v>605.0</v>
       </c>
       <c r="E51" s="14" t="n">
-        <v>538.0</v>
+        <v>328.0</v>
       </c>
       <c r="F51" s="14" t="n">
-        <v>320.0</v>
+        <v>816.0</v>
       </c>
       <c r="G51" s="14" t="n">
-        <v>580.0</v>
+        <v>751.0</v>
       </c>
       <c r="H51" s="14" t="n">
-        <v>328.0</v>
+        <v>442.0</v>
       </c>
       <c r="I51" s="14" t="n">
-        <v>137.0</v>
+        <v>464.0</v>
       </c>
       <c r="J51" s="14" t="n">
-        <v>678.0</v>
+        <v>1372.0</v>
       </c>
       <c r="K51" s="14" t="n">
-        <v>554.0</v>
+        <v>433.0</v>
       </c>
       <c r="L51" s="14" t="n">
-        <v>429.0</v>
+        <v>488.0</v>
       </c>
       <c r="M51" s="14" t="n">
-        <v>376.0</v>
+        <v>1186.0</v>
       </c>
       <c r="N51" s="14" t="n">
-        <v>1900.0</v>
+        <v>1379.0</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Netherlands</t>
         </is>
       </c>
       <c r="B52" s="14" t="n">
-        <v>622146.0</v>
+        <v>689214.0</v>
       </c>
       <c r="C52" s="14" t="n">
-        <v>36969.0</v>
+        <v>50865.0</v>
       </c>
       <c r="D52" s="14" t="n">
-        <v>36999.0</v>
+        <v>47871.0</v>
       </c>
       <c r="E52" s="14" t="n">
-        <v>38247.0</v>
+        <v>41452.0</v>
       </c>
       <c r="F52" s="14" t="n">
-        <v>46959.0</v>
+        <v>59014.0</v>
       </c>
       <c r="G52" s="14" t="n">
-        <v>62282.0</v>
+        <v>84009.0</v>
       </c>
       <c r="H52" s="14" t="n">
-        <v>53792.0</v>
+        <v>51119.0</v>
       </c>
       <c r="I52" s="14" t="n">
-        <v>60203.0</v>
+        <v>81011.0</v>
       </c>
       <c r="J52" s="14" t="n">
-        <v>71455.0</v>
+        <v>83514.0</v>
       </c>
       <c r="K52" s="14" t="n">
-        <v>72476.0</v>
+        <v>59263.0</v>
       </c>
       <c r="L52" s="14" t="n">
-        <v>69080.0</v>
+        <v>58127.0</v>
       </c>
       <c r="M52" s="14" t="n">
-        <v>37070.0</v>
+        <v>38406.0</v>
       </c>
       <c r="N52" s="14" t="n">
-        <v>36614.0</v>
+        <v>34564.0</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Poland</t>
         </is>
       </c>
       <c r="B53" s="14" t="n">
-        <v>124008.0</v>
+        <v>181531.0</v>
       </c>
       <c r="C53" s="14" t="n">
-        <v>7041.0</v>
+        <v>29167.0</v>
       </c>
       <c r="D53" s="14" t="n">
-        <v>6539.0</v>
+        <v>18780.0</v>
       </c>
       <c r="E53" s="14" t="n">
-        <v>9364.0</v>
+        <v>12172.0</v>
       </c>
       <c r="F53" s="14" t="n">
-        <v>7475.0</v>
+        <v>13561.0</v>
       </c>
       <c r="G53" s="14" t="n">
-        <v>10560.0</v>
+        <v>16311.0</v>
       </c>
       <c r="H53" s="14" t="n">
-        <v>9033.0</v>
+        <v>13428.0</v>
       </c>
       <c r="I53" s="14" t="n">
-        <v>6874.0</v>
+        <v>12423.0</v>
       </c>
       <c r="J53" s="14" t="n">
-        <v>10962.0</v>
+        <v>16324.0</v>
       </c>
       <c r="K53" s="14" t="n">
-        <v>12875.0</v>
+        <v>11740.0</v>
       </c>
       <c r="L53" s="14" t="n">
-        <v>12189.0</v>
+        <v>15472.0</v>
       </c>
       <c r="M53" s="14" t="n">
-        <v>19913.0</v>
+        <v>14353.0</v>
       </c>
       <c r="N53" s="14" t="n">
-        <v>11183.0</v>
+        <v>7799.0</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Portugal</t>
         </is>
       </c>
       <c r="B54" s="14" t="n">
-        <v>172581.0</v>
+        <v>194600.0</v>
       </c>
       <c r="C54" s="14" t="n">
-        <v>6557.0</v>
+        <v>7661.0</v>
       </c>
       <c r="D54" s="14" t="n">
-        <v>10695.0</v>
+        <v>7429.0</v>
       </c>
       <c r="E54" s="14" t="n">
-        <v>6927.0</v>
+        <v>8112.0</v>
       </c>
       <c r="F54" s="14" t="n">
-        <v>12934.0</v>
+        <v>15705.0</v>
       </c>
       <c r="G54" s="14" t="n">
-        <v>7551.0</v>
+        <v>9374.0</v>
       </c>
       <c r="H54" s="14" t="n">
-        <v>14124.0</v>
+        <v>18973.0</v>
       </c>
       <c r="I54" s="14" t="n">
-        <v>23186.0</v>
+        <v>25555.0</v>
       </c>
       <c r="J54" s="14" t="n">
-        <v>43649.0</v>
+        <v>58674.0</v>
       </c>
       <c r="K54" s="14" t="n">
-        <v>24115.0</v>
+        <v>24381.0</v>
       </c>
       <c r="L54" s="14" t="n">
-        <v>7607.0</v>
+        <v>6516.0</v>
       </c>
       <c r="M54" s="14" t="n">
-        <v>4170.0</v>
+        <v>5026.0</v>
       </c>
       <c r="N54" s="14" t="n">
-        <v>11066.0</v>
+        <v>7194.0</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Czech Republic</t>
         </is>
       </c>
       <c r="B55" s="14" t="n">
-        <v>43369.0</v>
+        <v>68037.0</v>
       </c>
       <c r="C55" s="14" t="n">
-        <v>1153.0</v>
+        <v>3369.0</v>
       </c>
       <c r="D55" s="14" t="n">
-        <v>987.0</v>
+        <v>4166.0</v>
       </c>
       <c r="E55" s="14" t="n">
-        <v>1911.0</v>
+        <v>3871.0</v>
       </c>
       <c r="F55" s="14" t="n">
-        <v>3640.0</v>
+        <v>6765.0</v>
       </c>
       <c r="G55" s="14" t="n">
-        <v>3526.0</v>
+        <v>5751.0</v>
       </c>
       <c r="H55" s="14" t="n">
-        <v>5378.0</v>
+        <v>4688.0</v>
       </c>
       <c r="I55" s="14" t="n">
-        <v>6666.0</v>
+        <v>11875.0</v>
       </c>
       <c r="J55" s="14" t="n">
-        <v>4806.0</v>
+        <v>8888.0</v>
       </c>
       <c r="K55" s="14" t="n">
-        <v>3937.0</v>
+        <v>6704.0</v>
       </c>
       <c r="L55" s="14" t="n">
-        <v>4415.0</v>
+        <v>6890.0</v>
       </c>
       <c r="M55" s="14" t="n">
-        <v>4646.0</v>
+        <v>2699.0</v>
       </c>
       <c r="N55" s="14" t="n">
-        <v>2304.0</v>
+        <v>2371.0</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Sweden</t>
         </is>
       </c>
       <c r="B56" s="14" t="n">
-        <v>166657.0</v>
+        <v>182120.0</v>
       </c>
       <c r="C56" s="14" t="n">
-        <v>12009.0</v>
+        <v>14755.0</v>
       </c>
       <c r="D56" s="14" t="n">
-        <v>11751.0</v>
+        <v>17476.0</v>
       </c>
       <c r="E56" s="14" t="n">
-        <v>13559.0</v>
+        <v>27506.0</v>
       </c>
       <c r="F56" s="14" t="n">
-        <v>8687.0</v>
+        <v>21529.0</v>
       </c>
       <c r="G56" s="14" t="n">
-        <v>6760.0</v>
+        <v>8999.0</v>
       </c>
       <c r="H56" s="14" t="n">
-        <v>8735.0</v>
+        <v>10869.0</v>
       </c>
       <c r="I56" s="14" t="n">
-        <v>12601.0</v>
+        <v>13335.0</v>
       </c>
       <c r="J56" s="14" t="n">
-        <v>8329.0</v>
+        <v>10435.0</v>
       </c>
       <c r="K56" s="14" t="n">
-        <v>16171.0</v>
+        <v>6502.0</v>
       </c>
       <c r="L56" s="14" t="n">
-        <v>27017.0</v>
+        <v>16004.0</v>
       </c>
       <c r="M56" s="14" t="n">
-        <v>23480.0</v>
+        <v>21071.0</v>
       </c>
       <c r="N56" s="14" t="n">
-        <v>17559.0</v>
+        <v>13640.0</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of EU</t>
         </is>
       </c>
       <c r="B57" s="14" t="n">
-        <v>146150.0</v>
+        <v>168894.0</v>
       </c>
       <c r="C57" s="14" t="n">
-        <v>8950.0</v>
+        <v>12589.0</v>
       </c>
       <c r="D57" s="14" t="n">
-        <v>8354.0</v>
+        <v>15986.0</v>
       </c>
       <c r="E57" s="14" t="n">
-        <v>8481.0</v>
+        <v>12797.0</v>
       </c>
       <c r="F57" s="14" t="n">
-        <v>11838.0</v>
+        <v>11692.0</v>
       </c>
       <c r="G57" s="14" t="n">
-        <v>12432.0</v>
+        <v>16695.0</v>
       </c>
       <c r="H57" s="14" t="n">
-        <v>13702.0</v>
+        <v>15050.0</v>
       </c>
       <c r="I57" s="14" t="n">
-        <v>15494.0</v>
+        <v>16511.0</v>
       </c>
       <c r="J57" s="14" t="n">
-        <v>11725.0</v>
+        <v>13878.0</v>
       </c>
       <c r="K57" s="14" t="n">
-        <v>13993.0</v>
+        <v>9827.0</v>
       </c>
       <c r="L57" s="14" t="n">
-        <v>12981.0</v>
+        <v>19327.0</v>
       </c>
       <c r="M57" s="14" t="n">
-        <v>14862.0</v>
+        <v>13147.0</v>
       </c>
       <c r="N57" s="14" t="n">
-        <v>13338.0</v>
+        <v>11393.0</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Norway</t>
         </is>
       </c>
       <c r="B58" s="14" t="n">
-        <v>117967.0</v>
+        <v>153317.0</v>
       </c>
       <c r="C58" s="14" t="n">
-        <v>8511.0</v>
+        <v>12047.0</v>
       </c>
       <c r="D58" s="14" t="n">
-        <v>13356.0</v>
+        <v>26592.0</v>
       </c>
       <c r="E58" s="14" t="n">
-        <v>16707.0</v>
+        <v>27692.0</v>
       </c>
       <c r="F58" s="14" t="n">
-        <v>9043.0</v>
+        <v>12888.0</v>
       </c>
       <c r="G58" s="14" t="n">
-        <v>4357.0</v>
+        <v>12081.0</v>
       </c>
       <c r="H58" s="14" t="n">
-        <v>5934.0</v>
+        <v>6712.0</v>
       </c>
       <c r="I58" s="14" t="n">
-        <v>11535.0</v>
+        <v>8417.0</v>
       </c>
       <c r="J58" s="14" t="n">
-        <v>6564.0</v>
+        <v>5636.0</v>
       </c>
       <c r="K58" s="14" t="n">
-        <v>6493.0</v>
+        <v>5957.0</v>
       </c>
       <c r="L58" s="14" t="n">
-        <v>19610.0</v>
+        <v>19183.0</v>
       </c>
       <c r="M58" s="14" t="n">
-        <v>9786.0</v>
+        <v>13191.0</v>
       </c>
       <c r="N58" s="14" t="n">
-        <v>6070.0</v>
+        <v>2922.0</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    United Kingdom</t>
         </is>
       </c>
       <c r="B59" s="14" t="n">
-        <v>1399295.0</v>
+        <v>1405674.0</v>
       </c>
       <c r="C59" s="14" t="n">
-        <v>69455.0</v>
+        <v>66745.0</v>
       </c>
       <c r="D59" s="14" t="n">
-        <v>92123.0</v>
+        <v>85932.0</v>
       </c>
       <c r="E59" s="14" t="n">
-        <v>98328.0</v>
+        <v>99345.0</v>
       </c>
       <c r="F59" s="14" t="n">
-        <v>118257.0</v>
+        <v>127065.0</v>
       </c>
       <c r="G59" s="14" t="n">
-        <v>150333.0</v>
+        <v>150566.0</v>
       </c>
       <c r="H59" s="14" t="n">
-        <v>138721.0</v>
+        <v>148438.0</v>
       </c>
       <c r="I59" s="14" t="n">
-        <v>126748.0</v>
+        <v>130597.0</v>
       </c>
       <c r="J59" s="14" t="n">
-        <v>148853.0</v>
+        <v>171422.0</v>
       </c>
       <c r="K59" s="14" t="n">
-        <v>162732.0</v>
+        <v>149285.0</v>
       </c>
       <c r="L59" s="14" t="n">
-        <v>141351.0</v>
+        <v>133905.0</v>
       </c>
       <c r="M59" s="14" t="n">
-        <v>80486.0</v>
+        <v>79835.0</v>
       </c>
       <c r="N59" s="14" t="n">
-        <v>71908.0</v>
+        <v>62540.0</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Switzerland</t>
         </is>
       </c>
       <c r="B60" s="14" t="n">
-        <v>106409.0</v>
+        <v>98950.0</v>
       </c>
       <c r="C60" s="14" t="n">
-        <v>6062.0</v>
+        <v>5364.0</v>
       </c>
       <c r="D60" s="14" t="n">
-        <v>4865.0</v>
+        <v>5242.0</v>
       </c>
       <c r="E60" s="14" t="n">
-        <v>6032.0</v>
+        <v>4444.0</v>
       </c>
       <c r="F60" s="14" t="n">
-        <v>11214.0</v>
+        <v>11939.0</v>
       </c>
       <c r="G60" s="14" t="n">
-        <v>12261.0</v>
+        <v>9549.0</v>
       </c>
       <c r="H60" s="14" t="n">
-        <v>7966.0</v>
+        <v>8042.0</v>
       </c>
       <c r="I60" s="14" t="n">
-        <v>10468.0</v>
+        <v>10718.0</v>
       </c>
       <c r="J60" s="14" t="n">
-        <v>9022.0</v>
+        <v>7621.0</v>
       </c>
       <c r="K60" s="14" t="n">
-        <v>8583.0</v>
+        <v>8913.0</v>
       </c>
       <c r="L60" s="14" t="n">
-        <v>16430.0</v>
+        <v>13802.0</v>
       </c>
       <c r="M60" s="14" t="n">
-        <v>8199.0</v>
+        <v>7179.0</v>
       </c>
       <c r="N60" s="14" t="n">
-        <v>5308.0</v>
+        <v>6136.0</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of Europe</t>
         </is>
       </c>
       <c r="B61" s="14" t="n">
-        <v>97988.0</v>
+        <v>125760.0</v>
       </c>
       <c r="C61" s="14" t="n">
-        <v>6101.0</v>
+        <v>13076.0</v>
       </c>
       <c r="D61" s="14" t="n">
-        <v>4960.0</v>
+        <v>7410.0</v>
       </c>
       <c r="E61" s="14" t="n">
-        <v>8582.0</v>
+        <v>9332.0</v>
       </c>
       <c r="F61" s="14" t="n">
-        <v>7996.0</v>
+        <v>13587.0</v>
       </c>
       <c r="G61" s="14" t="n">
-        <v>7189.0</v>
+        <v>9770.0</v>
       </c>
       <c r="H61" s="14" t="n">
-        <v>15016.0</v>
+        <v>12517.0</v>
       </c>
       <c r="I61" s="14" t="n">
-        <v>11255.0</v>
+        <v>10194.0</v>
       </c>
       <c r="J61" s="14" t="n">
-        <v>7292.0</v>
+        <v>12952.0</v>
       </c>
       <c r="K61" s="14" t="n">
-        <v>7519.0</v>
+        <v>6772.0</v>
       </c>
       <c r="L61" s="14" t="n">
-        <v>8466.0</v>
+        <v>10897.0</v>
       </c>
       <c r="M61" s="14" t="n">
-        <v>7050.0</v>
+        <v>14407.0</v>
       </c>
       <c r="N61" s="14" t="n">
-        <v>6562.0</v>
+        <v>4846.0</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    United States</t>
         </is>
       </c>
       <c r="B62" s="14" t="n">
-        <v>295614.0</v>
+        <v>331245.0</v>
       </c>
       <c r="C62" s="14" t="n">
-        <v>18450.0</v>
+        <v>20233.0</v>
       </c>
       <c r="D62" s="14" t="n">
-        <v>15869.0</v>
+        <v>17120.0</v>
       </c>
       <c r="E62" s="14" t="n">
-        <v>28129.0</v>
+        <v>26807.0</v>
       </c>
       <c r="F62" s="14" t="n">
-        <v>25277.0</v>
+        <v>30006.0</v>
       </c>
       <c r="G62" s="14" t="n">
-        <v>22672.0</v>
+        <v>36813.0</v>
       </c>
       <c r="H62" s="14" t="n">
-        <v>30295.0</v>
+        <v>37049.0</v>
       </c>
       <c r="I62" s="14" t="n">
-        <v>30427.0</v>
+        <v>30376.0</v>
       </c>
       <c r="J62" s="14" t="n">
-        <v>18428.0</v>
+        <v>25971.0</v>
       </c>
       <c r="K62" s="14" t="n">
-        <v>24701.0</v>
+        <v>26619.0</v>
       </c>
       <c r="L62" s="14" t="n">
-        <v>28354.0</v>
+        <v>28587.0</v>
       </c>
       <c r="M62" s="14" t="n">
-        <v>26042.0</v>
+        <v>29942.0</v>
       </c>
       <c r="N62" s="14" t="n">
-        <v>26971.0</v>
+        <v>21723.0</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of America</t>
         </is>
       </c>
       <c r="B63" s="14" t="n">
-        <v>314678.0</v>
+        <v>337908.0</v>
       </c>
       <c r="C63" s="14" t="n">
-        <v>25087.0</v>
+        <v>22062.0</v>
       </c>
       <c r="D63" s="14" t="n">
-        <v>44294.0</v>
+        <v>41731.0</v>
       </c>
       <c r="E63" s="14" t="n">
-        <v>39053.0</v>
+        <v>43044.0</v>
       </c>
       <c r="F63" s="14" t="n">
-        <v>27751.0</v>
+        <v>34686.0</v>
       </c>
       <c r="G63" s="14" t="n">
-        <v>29777.0</v>
+        <v>35167.0</v>
       </c>
       <c r="H63" s="14" t="n">
-        <v>26309.0</v>
+        <v>22150.0</v>
       </c>
       <c r="I63" s="14" t="n">
-        <v>20106.0</v>
+        <v>20663.0</v>
       </c>
       <c r="J63" s="14" t="n">
-        <v>17256.0</v>
+        <v>24526.0</v>
       </c>
       <c r="K63" s="14" t="n">
-        <v>21677.0</v>
+        <v>22853.0</v>
       </c>
       <c r="L63" s="14" t="n">
-        <v>31554.0</v>
+        <v>37019.0</v>
       </c>
       <c r="M63" s="14" t="n">
-        <v>15069.0</v>
+        <v>19033.0</v>
       </c>
       <c r="N63" s="14" t="n">
-        <v>16745.0</v>
+        <v>14974.0</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    African Countries</t>
         </is>
       </c>
       <c r="B64" s="14" t="n">
-        <v>166741.0</v>
+        <v>183002.0</v>
       </c>
       <c r="C64" s="14" t="n">
-        <v>9599.0</v>
+        <v>11856.0</v>
       </c>
       <c r="D64" s="14" t="n">
-        <v>6350.0</v>
+        <v>6794.0</v>
       </c>
       <c r="E64" s="14" t="n">
-        <v>7260.0</v>
+        <v>4221.0</v>
       </c>
       <c r="F64" s="14" t="n">
-        <v>9481.0</v>
+        <v>9198.0</v>
       </c>
       <c r="G64" s="14" t="n">
-        <v>12437.0</v>
+        <v>9050.0</v>
       </c>
       <c r="H64" s="14" t="n">
-        <v>8911.0</v>
+        <v>17867.0</v>
       </c>
       <c r="I64" s="14" t="n">
-        <v>31826.0</v>
+        <v>30241.0</v>
       </c>
       <c r="J64" s="14" t="n">
-        <v>43641.0</v>
+        <v>54527.0</v>
       </c>
       <c r="K64" s="14" t="n">
-        <v>13031.0</v>
+        <v>16458.0</v>
       </c>
       <c r="L64" s="14" t="n">
-        <v>7932.0</v>
+        <v>8053.0</v>
       </c>
       <c r="M64" s="14" t="n">
-        <v>5729.0</v>
+        <v>4070.0</v>
       </c>
       <c r="N64" s="14" t="n">
-        <v>10546.0</v>
+        <v>10667.0</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of the world</t>
         </is>
       </c>
       <c r="B65" s="14" t="n">
-        <v>274353.0</v>
+        <v>322161.0</v>
       </c>
       <c r="C65" s="14" t="n">
-        <v>19082.0</v>
+        <v>17758.0</v>
       </c>
       <c r="D65" s="14" t="n">
-        <v>11507.0</v>
+        <v>16877.0</v>
       </c>
       <c r="E65" s="14" t="n">
-        <v>13572.0</v>
+        <v>12704.0</v>
       </c>
       <c r="F65" s="14" t="n">
-        <v>18428.0</v>
+        <v>20060.0</v>
       </c>
       <c r="G65" s="14" t="n">
-        <v>27891.0</v>
+        <v>27545.0</v>
       </c>
       <c r="H65" s="14" t="n">
-        <v>25239.0</v>
+        <v>39144.0</v>
       </c>
       <c r="I65" s="14" t="n">
-        <v>51382.0</v>
+        <v>40425.0</v>
       </c>
       <c r="J65" s="14" t="n">
-        <v>23761.0</v>
+        <v>47662.0</v>
       </c>
       <c r="K65" s="14" t="n">
-        <v>22897.0</v>
+        <v>28935.0</v>
       </c>
       <c r="L65" s="14" t="n">
-        <v>23896.0</v>
+        <v>33410.0</v>
       </c>
       <c r="M65" s="14" t="n">
-        <v>17372.0</v>
+        <v>15557.0</v>
       </c>
       <c r="N65" s="14" t="n">
-        <v>19326.0</v>
+        <v>22083.0</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="6" t="inlineStr">
         <is>
-          <t>Aragón</t>
+          <t>02 Aragón</t>
         </is>
       </c>
       <c r="B66" s="6"/>
       <c r="C66" s="6"/>
       <c r="D66" s="6"/>
       <c r="E66" s="6"/>
       <c r="F66" s="6"/>
       <c r="G66" s="6"/>
       <c r="H66" s="6"/>
       <c r="I66" s="6"/>
       <c r="J66" s="6"/>
       <c r="K66" s="6"/>
       <c r="L66" s="6"/>
       <c r="M66" s="6"/>
       <c r="N66" s="6"/>
     </row>
     <row r="67">
       <c r="A67" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B67" s="14" t="n">
-        <v>599578.0</v>
+        <v>595767.0</v>
       </c>
       <c r="C67" s="14" t="n">
-        <v>35538.0</v>
+        <v>33125.0</v>
       </c>
       <c r="D67" s="14" t="n">
-        <v>47299.0</v>
+        <v>35687.0</v>
       </c>
       <c r="E67" s="14" t="n">
-        <v>39627.0</v>
+        <v>50534.0</v>
       </c>
       <c r="F67" s="14" t="n">
-        <v>61027.0</v>
+        <v>38278.0</v>
       </c>
       <c r="G67" s="14" t="n">
-        <v>31838.0</v>
+        <v>38708.0</v>
       </c>
       <c r="H67" s="14" t="n">
-        <v>36316.0</v>
+        <v>40147.0</v>
       </c>
       <c r="I67" s="14" t="n">
-        <v>73879.0</v>
+        <v>73203.0</v>
       </c>
       <c r="J67" s="14" t="n">
-        <v>112594.0</v>
+        <v>132706.0</v>
       </c>
       <c r="K67" s="14" t="n">
-        <v>43881.0</v>
+        <v>45703.0</v>
       </c>
       <c r="L67" s="14" t="n">
-        <v>47965.0</v>
+        <v>37129.0</v>
       </c>
       <c r="M67" s="14" t="n">
-        <v>25619.0</v>
+        <v>28425.0</v>
       </c>
       <c r="N67" s="14" t="n">
-        <v>43994.0</v>
+        <v>42121.0</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Spaniards</t>
         </is>
       </c>
       <c r="B68" s="14" t="n">
-        <v>498665.0</v>
+        <v>468483.0</v>
       </c>
       <c r="C68" s="14" t="n">
-        <v>31437.0</v>
+        <v>27918.0</v>
       </c>
       <c r="D68" s="14" t="n">
-        <v>40657.0</v>
+        <v>29754.0</v>
       </c>
       <c r="E68" s="14" t="n">
-        <v>32746.0</v>
+        <v>40977.0</v>
       </c>
       <c r="F68" s="14" t="n">
-        <v>51645.0</v>
+        <v>25339.0</v>
       </c>
       <c r="G68" s="14" t="n">
-        <v>21340.0</v>
+        <v>25555.0</v>
       </c>
       <c r="H68" s="14" t="n">
-        <v>27962.0</v>
+        <v>31704.0</v>
       </c>
       <c r="I68" s="14" t="n">
-        <v>61548.0</v>
+        <v>61061.0</v>
       </c>
       <c r="J68" s="14" t="n">
-        <v>100412.0</v>
+        <v>107354.0</v>
       </c>
       <c r="K68" s="14" t="n">
-        <v>33621.0</v>
+        <v>34967.0</v>
       </c>
       <c r="L68" s="14" t="n">
-        <v>37685.0</v>
+        <v>26297.0</v>
       </c>
       <c r="M68" s="14" t="n">
-        <v>20349.0</v>
+        <v>21755.0</v>
       </c>
       <c r="N68" s="14" t="n">
-        <v>39262.0</v>
+        <v>35803.0</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Foreigners</t>
         </is>
       </c>
       <c r="B69" s="14" t="n">
-        <v>100913.0</v>
+        <v>127283.0</v>
       </c>
       <c r="C69" s="14" t="n">
-        <v>4100.0</v>
+        <v>5207.0</v>
       </c>
       <c r="D69" s="14" t="n">
-        <v>6642.0</v>
+        <v>5933.0</v>
       </c>
       <c r="E69" s="14" t="n">
-        <v>6880.0</v>
+        <v>9557.0</v>
       </c>
       <c r="F69" s="14" t="n">
-        <v>9382.0</v>
+        <v>12939.0</v>
       </c>
       <c r="G69" s="14" t="n">
-        <v>10499.0</v>
+        <v>13154.0</v>
       </c>
       <c r="H69" s="14" t="n">
-        <v>8353.0</v>
+        <v>8443.0</v>
       </c>
       <c r="I69" s="14" t="n">
-        <v>12330.0</v>
+        <v>12142.0</v>
       </c>
       <c r="J69" s="14" t="n">
-        <v>12182.0</v>
+        <v>25352.0</v>
       </c>
       <c r="K69" s="14" t="n">
-        <v>10261.0</v>
+        <v>10736.0</v>
       </c>
       <c r="L69" s="14" t="n">
-        <v>10281.0</v>
+        <v>10832.0</v>
       </c>
       <c r="M69" s="14" t="n">
-        <v>5270.0</v>
+        <v>6669.0</v>
       </c>
       <c r="N69" s="14" t="n">
-        <v>4732.0</v>
+        <v>6318.0</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    European Union27 (without Spain)</t>
         </is>
       </c>
       <c r="B70" s="14" t="n">
-        <v>70894.0</v>
+        <v>90212.0</v>
       </c>
       <c r="C70" s="14" t="n">
-        <v>2750.0</v>
+        <v>3301.0</v>
       </c>
       <c r="D70" s="14" t="n">
-        <v>4877.0</v>
+        <v>4803.0</v>
       </c>
       <c r="E70" s="14" t="n">
-        <v>4655.0</v>
+        <v>7361.0</v>
       </c>
       <c r="F70" s="14" t="n">
-        <v>5744.0</v>
+        <v>9268.0</v>
       </c>
       <c r="G70" s="14" t="n">
-        <v>6831.0</v>
+        <v>9769.0</v>
       </c>
       <c r="H70" s="14" t="n">
-        <v>4838.0</v>
+        <v>5264.0</v>
       </c>
       <c r="I70" s="14" t="n">
-        <v>9666.0</v>
+        <v>8714.0</v>
       </c>
       <c r="J70" s="14" t="n">
-        <v>8502.0</v>
+        <v>19777.0</v>
       </c>
       <c r="K70" s="14" t="n">
-        <v>6969.0</v>
+        <v>7344.0</v>
       </c>
       <c r="L70" s="14" t="n">
-        <v>8355.0</v>
+        <v>7239.0</v>
       </c>
       <c r="M70" s="14" t="n">
-        <v>3885.0</v>
+        <v>3517.0</v>
       </c>
       <c r="N70" s="14" t="n">
-        <v>3820.0</v>
+        <v>3855.0</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Germany</t>
         </is>
       </c>
       <c r="B71" s="14" t="n">
-        <v>7109.0</v>
+        <v>12340.0</v>
       </c>
       <c r="C71" s="14" t="n">
-        <v>279.0</v>
+        <v>143.0</v>
       </c>
       <c r="D71" s="14" t="n">
-        <v>1194.0</v>
+        <v>701.0</v>
       </c>
       <c r="E71" s="14" t="n">
-        <v>258.0</v>
+        <v>1301.0</v>
       </c>
       <c r="F71" s="14" t="n">
-        <v>1186.0</v>
+        <v>1290.0</v>
       </c>
       <c r="G71" s="14" t="n">
-        <v>336.0</v>
+        <v>1313.0</v>
       </c>
       <c r="H71" s="14" t="n">
-        <v>479.0</v>
+        <v>715.0</v>
       </c>
       <c r="I71" s="14" t="n">
-        <v>448.0</v>
+        <v>852.0</v>
       </c>
       <c r="J71" s="14" t="n">
-        <v>671.0</v>
+        <v>1670.0</v>
       </c>
       <c r="K71" s="14" t="n">
-        <v>1346.0</v>
+        <v>1616.0</v>
       </c>
       <c r="L71" s="14" t="n">
-        <v>371.0</v>
+        <v>1396.0</v>
       </c>
       <c r="M71" s="14" t="n">
-        <v>436.0</v>
+        <v>533.0</v>
       </c>
       <c r="N71" s="14" t="n">
-        <v>106.0</v>
+        <v>810.0</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Austria</t>
         </is>
       </c>
       <c r="B72" s="14" t="n">
-        <v>1550.0</v>
+        <v>4740.0</v>
       </c>
       <c r="C72" s="14" t="n">
-        <v>91.0</v>
-[...2 lines deleted...]
-        <v>291.0</v>
+        <v>245.0</v>
+      </c>
+      <c r="D72" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="E72" s="14" t="n">
-        <v>210.0</v>
+        <v>817.0</v>
       </c>
       <c r="F72" s="14" t="n">
-        <v>207.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>871.0</v>
+      </c>
+      <c r="G72" s="14" t="n">
+        <v>1034.0</v>
       </c>
       <c r="H72" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="I72" s="14" t="n">
-[...5 lines deleted...]
-        </is>
+      <c r="I72" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="J72" s="14" t="n">
+        <v>164.0</v>
       </c>
       <c r="K72" s="14" t="n">
-        <v>207.0</v>
+        <v>304.0</v>
       </c>
       <c r="L72" s="14" t="n">
-        <v>268.0</v>
+        <v>688.0</v>
       </c>
       <c r="M72" s="14" t="n">
-        <v>124.0</v>
-[...2 lines deleted...]
-        <v>37.0</v>
+        <v>273.0</v>
+      </c>
+      <c r="N72" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Belgium</t>
         </is>
       </c>
       <c r="B73" s="14" t="n">
-        <v>2788.0</v>
+        <v>2335.0</v>
       </c>
       <c r="C73" s="14" t="n">
-        <v>165.0</v>
+        <v>82.0</v>
       </c>
       <c r="D73" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="E73" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E73" s="14" t="n">
+        <v>61.0</v>
       </c>
       <c r="F73" s="14" t="n">
-        <v>255.0</v>
+        <v>145.0</v>
       </c>
       <c r="G73" s="14" t="n">
-        <v>661.0</v>
+        <v>69.0</v>
       </c>
       <c r="H73" s="14" t="n">
-        <v>155.0</v>
+        <v>729.0</v>
       </c>
       <c r="I73" s="14" t="n">
-        <v>386.0</v>
+        <v>515.0</v>
       </c>
       <c r="J73" s="14" t="n">
-        <v>450.0</v>
+        <v>388.0</v>
       </c>
       <c r="K73" s="14" t="n">
-        <v>529.0</v>
+        <v>302.0</v>
       </c>
       <c r="L73" s="14" t="n">
-        <v>74.0</v>
-[...2 lines deleted...]
-        <v>70.0</v>
+        <v>37.0</v>
+      </c>
+      <c r="M73" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="N73" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Denmark</t>
         </is>
       </c>
       <c r="B74" s="14" t="n">
-        <v>2361.0</v>
-[...2 lines deleted...]
-        <v>492.0</v>
+        <v>1633.0</v>
+      </c>
+      <c r="C74" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="D74" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="E74" s="14" t="n">
-        <v>283.0</v>
+      <c r="E74" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="F74" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="G74" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G74" s="14" t="n">
+        <v>448.0</v>
       </c>
       <c r="H74" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="I74" s="13" t="inlineStr">
-[...5 lines deleted...]
-        <v>26.0</v>
+      <c r="I74" s="14" t="n">
+        <v>137.0</v>
+      </c>
+      <c r="J74" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="K74" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="L74" s="14" t="n">
-        <v>343.0</v>
-[...5 lines deleted...]
-        <v>431.0</v>
+        <v>1012.0</v>
+      </c>
+      <c r="M74" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="N74" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Finland</t>
         </is>
       </c>
       <c r="B75" s="14" t="n">
-        <v>1380.0</v>
+        <v>110.0</v>
       </c>
       <c r="C75" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D75" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="E75" s="13" t="inlineStr">
-[...5 lines deleted...]
-        <v>61.0</v>
+      <c r="E75" s="14" t="n">
+        <v>67.0</v>
+      </c>
+      <c r="F75" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="G75" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="H75" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="I75" s="14" t="n">
-[...6 lines deleted...]
-        <v>44.0</v>
+      <c r="I75" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="J75" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="K75" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="L75" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="M75" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="N75" s="14" t="n">
-        <v>241.0</v>
+      <c r="N75" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    France</t>
         </is>
       </c>
       <c r="B76" s="14" t="n">
-        <v>29825.0</v>
+        <v>25075.0</v>
       </c>
       <c r="C76" s="14" t="n">
-        <v>363.0</v>
+        <v>955.0</v>
       </c>
       <c r="D76" s="14" t="n">
-        <v>2009.0</v>
+        <v>1874.0</v>
       </c>
       <c r="E76" s="14" t="n">
-        <v>1335.0</v>
+        <v>711.0</v>
       </c>
       <c r="F76" s="14" t="n">
-        <v>1734.0</v>
+        <v>1857.0</v>
       </c>
       <c r="G76" s="14" t="n">
-        <v>4080.0</v>
+        <v>2430.0</v>
       </c>
       <c r="H76" s="14" t="n">
-        <v>1243.0</v>
+        <v>1085.0</v>
       </c>
       <c r="I76" s="14" t="n">
-        <v>5163.0</v>
+        <v>3789.0</v>
       </c>
       <c r="J76" s="14" t="n">
-        <v>4803.0</v>
+        <v>6470.0</v>
       </c>
       <c r="K76" s="14" t="n">
-        <v>2859.0</v>
+        <v>2854.0</v>
       </c>
       <c r="L76" s="14" t="n">
-        <v>4143.0</v>
+        <v>1598.0</v>
       </c>
       <c r="M76" s="14" t="n">
-        <v>1061.0</v>
+        <v>832.0</v>
       </c>
       <c r="N76" s="14" t="n">
-        <v>1033.0</v>
+        <v>621.0</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Greece</t>
         </is>
       </c>
       <c r="B77" s="14" t="n">
-        <v>122.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>374.0</v>
+      </c>
+      <c r="C77" s="14" t="n">
+        <v>48.0</v>
       </c>
       <c r="D77" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E77" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F77" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="G77" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="H77" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="I77" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="J77" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J77" s="14" t="n">
+        <v>37.0</v>
       </c>
       <c r="K77" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="L77" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="M77" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N77" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Ireland</t>
         </is>
       </c>
       <c r="B78" s="14" t="n">
-        <v>521.0</v>
+        <v>1479.0</v>
       </c>
       <c r="C78" s="14" t="n">
-        <v>49.0</v>
+        <v>35.0</v>
       </c>
       <c r="D78" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E78" s="14" t="n">
-        <v>55.0</v>
-[...17 lines deleted...]
-        </is>
+        <v>113.0</v>
+      </c>
+      <c r="F78" s="14" t="n">
+        <v>41.0</v>
+      </c>
+      <c r="G78" s="14" t="n">
+        <v>131.0</v>
+      </c>
+      <c r="H78" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="I78" s="14" t="n">
+        <v>363.0</v>
       </c>
       <c r="J78" s="14" t="n">
-        <v>169.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>62.0</v>
+      </c>
+      <c r="K78" s="14" t="n">
+        <v>68.0</v>
       </c>
       <c r="L78" s="14" t="n">
-        <v>45.0</v>
+        <v>283.0</v>
       </c>
       <c r="M78" s="14" t="n">
-        <v>104.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>340.0</v>
+      </c>
+      <c r="N78" s="14" t="n">
+        <v>31.0</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Italy</t>
         </is>
       </c>
       <c r="B79" s="14" t="n">
-        <v>3934.0</v>
+        <v>13403.0</v>
       </c>
       <c r="C79" s="14" t="n">
-        <v>320.0</v>
+        <v>188.0</v>
       </c>
       <c r="D79" s="14" t="n">
         <v>137.0</v>
       </c>
       <c r="E79" s="14" t="n">
-        <v>159.0</v>
+        <v>393.0</v>
       </c>
       <c r="F79" s="14" t="n">
-        <v>396.0</v>
+        <v>336.0</v>
       </c>
       <c r="G79" s="14" t="n">
-        <v>147.0</v>
+        <v>226.0</v>
       </c>
       <c r="H79" s="14" t="n">
-        <v>279.0</v>
+        <v>577.0</v>
       </c>
       <c r="I79" s="14" t="n">
-        <v>264.0</v>
+        <v>473.0</v>
       </c>
       <c r="J79" s="14" t="n">
-        <v>491.0</v>
+        <v>8420.0</v>
       </c>
       <c r="K79" s="14" t="n">
-        <v>201.0</v>
+        <v>795.0</v>
       </c>
       <c r="L79" s="14" t="n">
-        <v>656.0</v>
+        <v>473.0</v>
       </c>
       <c r="M79" s="14" t="n">
-        <v>278.0</v>
+        <v>165.0</v>
       </c>
       <c r="N79" s="14" t="n">
-        <v>606.0</v>
+        <v>1219.0</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Luxembourg</t>
         </is>
       </c>
       <c r="B80" s="14" t="n">
-        <v>79.0</v>
+        <v>219.0</v>
       </c>
       <c r="C80" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D80" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E80" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="F80" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F80" s="14" t="n">
+        <v>51.0</v>
       </c>
       <c r="G80" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="H80" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="I80" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="I80" s="14" t="n">
+        <v>149.0</v>
       </c>
       <c r="J80" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="K80" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="L80" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="M80" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N80" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Netherlands</t>
         </is>
       </c>
       <c r="B81" s="14" t="n">
-        <v>6670.0</v>
-[...2 lines deleted...]
-        <v>33.0</v>
+        <v>6970.0</v>
+      </c>
+      <c r="C81" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="D81" s="14" t="n">
-        <v>354.0</v>
+        <v>112.0</v>
       </c>
       <c r="E81" s="14" t="n">
-        <v>60.0</v>
+        <v>80.0</v>
       </c>
       <c r="F81" s="14" t="n">
-        <v>233.0</v>
+        <v>475.0</v>
       </c>
       <c r="G81" s="14" t="n">
-        <v>473.0</v>
+        <v>1729.0</v>
       </c>
       <c r="H81" s="14" t="n">
-        <v>1144.0</v>
+        <v>825.0</v>
       </c>
       <c r="I81" s="14" t="n">
-        <v>1363.0</v>
+        <v>998.0</v>
       </c>
       <c r="J81" s="14" t="n">
-        <v>593.0</v>
+        <v>886.0</v>
       </c>
       <c r="K81" s="14" t="n">
-        <v>460.0</v>
+        <v>661.0</v>
       </c>
       <c r="L81" s="14" t="n">
-        <v>1342.0</v>
-[...2 lines deleted...]
-        <v>31.0</v>
+        <v>521.0</v>
+      </c>
+      <c r="M81" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="N81" s="14" t="n">
-        <v>586.0</v>
+        <v>655.0</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Poland</t>
         </is>
       </c>
       <c r="B82" s="14" t="n">
-        <v>3013.0</v>
+        <v>4235.0</v>
       </c>
       <c r="C82" s="14" t="n">
-        <v>398.0</v>
+        <v>807.0</v>
       </c>
       <c r="D82" s="14" t="n">
+        <v>508.0</v>
+      </c>
+      <c r="E82" s="14" t="n">
+        <v>425.0</v>
+      </c>
+      <c r="F82" s="14" t="n">
+        <v>591.0</v>
+      </c>
+      <c r="G82" s="14" t="n">
+        <v>944.0</v>
+      </c>
+      <c r="H82" s="14" t="n">
+        <v>101.0</v>
+      </c>
+      <c r="I82" s="14" t="n">
+        <v>91.0</v>
+      </c>
+      <c r="J82" s="14" t="n">
+        <v>183.0</v>
+      </c>
+      <c r="K82" s="14" t="n">
         <v>291.0</v>
       </c>
-      <c r="E82" s="14" t="n">
-[...19 lines deleted...]
-      </c>
       <c r="L82" s="14" t="n">
-        <v>460.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>58.0</v>
+      </c>
+      <c r="M82" s="14" t="n">
+        <v>202.0</v>
       </c>
       <c r="N82" s="14" t="n">
-        <v>356.0</v>
+        <v>33.0</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Portugal</t>
         </is>
       </c>
       <c r="B83" s="14" t="n">
-        <v>2567.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>11260.0</v>
+      </c>
+      <c r="C83" s="14" t="n">
+        <v>382.0</v>
       </c>
       <c r="D83" s="14" t="n">
-        <v>138.0</v>
+        <v>1225.0</v>
       </c>
       <c r="E83" s="14" t="n">
-        <v>939.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>1908.0</v>
+      </c>
+      <c r="F83" s="14" t="n">
+        <v>1990.0</v>
       </c>
       <c r="G83" s="14" t="n">
-        <v>51.0</v>
+        <v>1063.0</v>
       </c>
       <c r="H83" s="14" t="n">
-        <v>141.0</v>
+        <v>572.0</v>
       </c>
       <c r="I83" s="14" t="n">
-        <v>237.0</v>
+        <v>750.0</v>
       </c>
       <c r="J83" s="14" t="n">
-        <v>185.0</v>
+        <v>1119.0</v>
       </c>
       <c r="K83" s="14" t="n">
-        <v>86.0</v>
+        <v>220.0</v>
       </c>
       <c r="L83" s="14" t="n">
-        <v>352.0</v>
+        <v>795.0</v>
       </c>
       <c r="M83" s="14" t="n">
-        <v>306.0</v>
+        <v>864.0</v>
       </c>
       <c r="N83" s="14" t="n">
-        <v>85.0</v>
+        <v>371.0</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Czech Republic</t>
         </is>
       </c>
       <c r="B84" s="14" t="n">
-        <v>3402.0</v>
+        <v>218.0</v>
       </c>
       <c r="C84" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="D84" s="14" t="n">
-        <v>260.0</v>
+      <c r="D84" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="E84" s="14" t="n">
-        <v>721.0</v>
-[...5 lines deleted...]
-        <v>461.0</v>
+        <v>21.0</v>
+      </c>
+      <c r="F84" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="G84" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="H84" s="14" t="n">
-        <v>320.0</v>
-[...10 lines deleted...]
-        <v>363.0</v>
+        <v>37.0</v>
+      </c>
+      <c r="I84" s="14" t="n">
+        <v>55.0</v>
+      </c>
+      <c r="J84" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="K84" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="L84" s="14" t="n">
-        <v>60.0</v>
-[...2 lines deleted...]
-        <v>159.0</v>
+        <v>14.0</v>
+      </c>
+      <c r="M84" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="N84" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Sweden</t>
         </is>
       </c>
       <c r="B85" s="14" t="n">
-        <v>383.0</v>
-[...2 lines deleted...]
-        <v>164.0</v>
+        <v>558.0</v>
+      </c>
+      <c r="C85" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="D85" s="14" t="n">
-        <v>94.0</v>
+        <v>47.0</v>
       </c>
       <c r="E85" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="F85" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F85" s="14" t="n">
+        <v>88.0</v>
       </c>
       <c r="G85" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="H85" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="I85" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="I85" s="14" t="n">
+        <v>43.0</v>
       </c>
       <c r="J85" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="K85" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="L85" s="13" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="L85" s="14" t="n">
+        <v>123.0</v>
+      </c>
+      <c r="M85" s="14" t="n">
+        <v>11.0</v>
       </c>
       <c r="N85" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of EU</t>
         </is>
       </c>
       <c r="B86" s="14" t="n">
-        <v>5191.0</v>
+        <v>5264.0</v>
       </c>
       <c r="C86" s="14" t="n">
-        <v>328.0</v>
+        <v>330.0</v>
       </c>
       <c r="D86" s="14" t="n">
+        <v>120.0</v>
+      </c>
+      <c r="E86" s="14" t="n">
+        <v>1401.0</v>
+      </c>
+      <c r="F86" s="14" t="n">
+        <v>1532.0</v>
+      </c>
+      <c r="G86" s="14" t="n">
+        <v>332.0</v>
+      </c>
+      <c r="H86" s="14" t="n">
+        <v>482.0</v>
+      </c>
+      <c r="I86" s="14" t="n">
+        <v>307.0</v>
+      </c>
+      <c r="J86" s="14" t="n">
+        <v>362.0</v>
+      </c>
+      <c r="K86" s="14" t="n">
+        <v>125.0</v>
+      </c>
+      <c r="L86" s="14" t="n">
+        <v>109.0</v>
+      </c>
+      <c r="M86" s="14" t="n">
+        <v>79.0</v>
+      </c>
+      <c r="N86" s="14" t="n">
         <v>84.0</v>
-      </c>
-[...28 lines deleted...]
-        <v>322.0</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Norway</t>
         </is>
       </c>
       <c r="B87" s="14" t="n">
-        <v>687.0</v>
+        <v>346.0</v>
       </c>
       <c r="C87" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D87" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="E87" s="14" t="n">
-[...3 lines deleted...]
-        <v>240.0</v>
+      <c r="E87" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="F87" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="G87" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="H87" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="I87" s="13" t="inlineStr">
-[...5 lines deleted...]
-        <v>13.0</v>
+      <c r="I87" s="14" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="J87" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="K87" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="L87" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="M87" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="N87" s="14" t="n">
-        <v>172.0</v>
+      <c r="N87" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    United Kingdom</t>
         </is>
       </c>
       <c r="B88" s="14" t="n">
-        <v>9648.0</v>
+        <v>8204.0</v>
       </c>
       <c r="C88" s="14" t="n">
-        <v>233.0</v>
+        <v>265.0</v>
       </c>
       <c r="D88" s="14" t="n">
-        <v>483.0</v>
+        <v>495.0</v>
       </c>
       <c r="E88" s="14" t="n">
-        <v>446.0</v>
+        <v>1023.0</v>
       </c>
       <c r="F88" s="14" t="n">
-        <v>1750.0</v>
+        <v>1713.0</v>
       </c>
       <c r="G88" s="14" t="n">
-        <v>1784.0</v>
+        <v>808.0</v>
       </c>
       <c r="H88" s="14" t="n">
-        <v>1318.0</v>
+        <v>222.0</v>
       </c>
       <c r="I88" s="14" t="n">
-        <v>748.0</v>
+        <v>310.0</v>
       </c>
       <c r="J88" s="14" t="n">
-        <v>365.0</v>
+        <v>1861.0</v>
       </c>
       <c r="K88" s="14" t="n">
-        <v>1425.0</v>
+        <v>437.0</v>
       </c>
       <c r="L88" s="14" t="n">
-        <v>585.0</v>
+        <v>629.0</v>
       </c>
       <c r="M88" s="14" t="n">
-        <v>421.0</v>
+        <v>385.0</v>
       </c>
       <c r="N88" s="14" t="n">
-        <v>88.0</v>
+        <v>55.0</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Switzerland</t>
         </is>
       </c>
       <c r="B89" s="14" t="n">
-        <v>656.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>1367.0</v>
+      </c>
+      <c r="C89" s="14" t="n">
+        <v>87.0</v>
       </c>
       <c r="D89" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E89" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F89" s="14" t="n">
-        <v>90.0</v>
+        <v>250.0</v>
       </c>
       <c r="G89" s="14" t="n">
-        <v>19.0</v>
+        <v>119.0</v>
       </c>
       <c r="H89" s="14" t="n">
+        <v>67.0</v>
+      </c>
+      <c r="I89" s="14" t="n">
+        <v>15.0</v>
+      </c>
+      <c r="J89" s="14" t="n">
+        <v>482.0</v>
+      </c>
+      <c r="K89" s="14" t="n">
+        <v>94.0</v>
+      </c>
+      <c r="L89" s="14" t="n">
         <v>137.0</v>
       </c>
-      <c r="I89" s="14" t="n">
-[...10 lines deleted...]
-      </c>
       <c r="M89" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="N89" s="14" t="n">
-        <v>64.0</v>
+      <c r="N89" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of Europe</t>
         </is>
       </c>
       <c r="B90" s="14" t="n">
-        <v>2783.0</v>
+        <v>1519.0</v>
       </c>
       <c r="C90" s="14" t="n">
-        <v>21.0</v>
+        <v>196.0</v>
       </c>
       <c r="D90" s="14" t="n">
-        <v>461.0</v>
+        <v>147.0</v>
       </c>
       <c r="E90" s="14" t="n">
-        <v>145.0</v>
+        <v>244.0</v>
       </c>
       <c r="F90" s="14" t="n">
-        <v>449.0</v>
+        <v>80.0</v>
       </c>
       <c r="G90" s="14" t="n">
-        <v>489.0</v>
+        <v>36.0</v>
       </c>
       <c r="H90" s="14" t="n">
-        <v>157.0</v>
+        <v>44.0</v>
       </c>
       <c r="I90" s="14" t="n">
-        <v>16.0</v>
-[...2 lines deleted...]
-        <v>56.0</v>
+        <v>70.0</v>
+      </c>
+      <c r="J90" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="K90" s="14" t="n">
-        <v>373.0</v>
+        <v>354.0</v>
       </c>
       <c r="L90" s="14" t="n">
-        <v>361.0</v>
+        <v>75.0</v>
       </c>
       <c r="M90" s="14" t="n">
-        <v>252.0</v>
+        <v>248.0</v>
       </c>
       <c r="N90" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    United States</t>
         </is>
       </c>
       <c r="B91" s="14" t="n">
-        <v>4253.0</v>
+        <v>4076.0</v>
       </c>
       <c r="C91" s="14" t="n">
-        <v>227.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>209.0</v>
+      </c>
+      <c r="D91" s="14" t="n">
+        <v>32.0</v>
       </c>
       <c r="E91" s="14" t="n">
-        <v>171.0</v>
+        <v>216.0</v>
       </c>
       <c r="F91" s="14" t="n">
-        <v>359.0</v>
+        <v>611.0</v>
       </c>
       <c r="G91" s="14" t="n">
-        <v>441.0</v>
+        <v>129.0</v>
       </c>
       <c r="H91" s="14" t="n">
-        <v>778.0</v>
+        <v>1028.0</v>
       </c>
       <c r="I91" s="14" t="n">
-        <v>671.0</v>
+        <v>1010.0</v>
       </c>
       <c r="J91" s="14" t="n">
-        <v>388.0</v>
+        <v>125.0</v>
       </c>
       <c r="K91" s="14" t="n">
-        <v>574.0</v>
+        <v>244.0</v>
       </c>
       <c r="L91" s="14" t="n">
-        <v>425.0</v>
+        <v>266.0</v>
       </c>
       <c r="M91" s="14" t="n">
-        <v>86.0</v>
+        <v>151.0</v>
       </c>
       <c r="N91" s="14" t="n">
-        <v>127.0</v>
+        <v>55.0</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of America</t>
         </is>
       </c>
       <c r="B92" s="14" t="n">
-        <v>6436.0</v>
+        <v>7892.0</v>
       </c>
       <c r="C92" s="14" t="n">
-        <v>339.0</v>
+        <v>950.0</v>
       </c>
       <c r="D92" s="14" t="n">
-        <v>368.0</v>
+        <v>364.0</v>
       </c>
       <c r="E92" s="14" t="n">
-        <v>990.0</v>
+        <v>481.0</v>
       </c>
       <c r="F92" s="14" t="n">
-        <v>251.0</v>
+        <v>842.0</v>
       </c>
       <c r="G92" s="14" t="n">
-        <v>367.0</v>
+        <v>700.0</v>
       </c>
       <c r="H92" s="14" t="n">
-        <v>333.0</v>
+        <v>248.0</v>
       </c>
       <c r="I92" s="14" t="n">
-        <v>858.0</v>
+        <v>473.0</v>
       </c>
       <c r="J92" s="14" t="n">
-        <v>1707.0</v>
+        <v>1203.0</v>
       </c>
       <c r="K92" s="14" t="n">
-        <v>351.0</v>
+        <v>577.0</v>
       </c>
       <c r="L92" s="14" t="n">
-        <v>178.0</v>
+        <v>806.0</v>
       </c>
       <c r="M92" s="14" t="n">
-        <v>343.0</v>
+        <v>547.0</v>
       </c>
       <c r="N92" s="14" t="n">
-        <v>349.0</v>
+        <v>699.0</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    African Countries</t>
         </is>
       </c>
       <c r="B93" s="14" t="n">
-        <v>311.0</v>
-[...7 lines deleted...]
-        <v>32.0</v>
+        <v>10647.0</v>
+      </c>
+      <c r="C93" s="14" t="n">
+        <v>25.0</v>
+      </c>
+      <c r="D93" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="E93" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="F93" s="13" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="F93" s="14" t="n">
+        <v>22.0</v>
+      </c>
+      <c r="G93" s="14" t="n">
+        <v>1254.0</v>
       </c>
       <c r="H93" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="I93" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="I93" s="14" t="n">
+        <v>1309.0</v>
       </c>
       <c r="J93" s="14" t="n">
-        <v>121.0</v>
+        <v>1605.0</v>
       </c>
       <c r="K93" s="14" t="n">
-        <v>113.0</v>
-[...9 lines deleted...]
-        </is>
+        <v>1222.0</v>
+      </c>
+      <c r="L93" s="14" t="n">
+        <v>1248.0</v>
+      </c>
+      <c r="M93" s="14" t="n">
+        <v>1314.0</v>
       </c>
       <c r="N93" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of the world</t>
         </is>
       </c>
       <c r="B94" s="14" t="n">
-        <v>4775.0</v>
+        <v>2755.0</v>
       </c>
       <c r="C94" s="14" t="n">
-        <v>462.0</v>
+        <v>100.0</v>
       </c>
       <c r="D94" s="14" t="n">
-        <v>408.0</v>
+        <v>85.0</v>
       </c>
       <c r="E94" s="14" t="n">
-        <v>377.0</v>
+        <v>147.0</v>
       </c>
       <c r="F94" s="14" t="n">
-        <v>488.0</v>
+        <v>133.0</v>
       </c>
       <c r="G94" s="14" t="n">
-        <v>514.0</v>
+        <v>293.0</v>
       </c>
       <c r="H94" s="14" t="n">
-        <v>722.0</v>
+        <v>303.0</v>
       </c>
       <c r="I94" s="14" t="n">
-        <v>147.0</v>
+        <v>163.0</v>
       </c>
       <c r="J94" s="14" t="n">
-        <v>877.0</v>
+        <v>246.0</v>
       </c>
       <c r="K94" s="14" t="n">
-        <v>163.0</v>
+        <v>433.0</v>
       </c>
       <c r="L94" s="14" t="n">
-        <v>235.0</v>
+        <v>340.0</v>
       </c>
       <c r="M94" s="14" t="n">
-        <v>278.0</v>
+        <v>396.0</v>
       </c>
       <c r="N94" s="14" t="n">
-        <v>105.0</v>
+        <v>115.0</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="6" t="inlineStr">
         <is>
-          <t>Asturias (Principado de)</t>
+          <t>03 Asturias, Principado de</t>
         </is>
       </c>
       <c r="B95" s="6"/>
       <c r="C95" s="6"/>
       <c r="D95" s="6"/>
       <c r="E95" s="6"/>
       <c r="F95" s="6"/>
       <c r="G95" s="6"/>
       <c r="H95" s="6"/>
       <c r="I95" s="6"/>
       <c r="J95" s="6"/>
       <c r="K95" s="6"/>
       <c r="L95" s="6"/>
       <c r="M95" s="6"/>
       <c r="N95" s="6"/>
     </row>
     <row r="96">
       <c r="A96" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B96" s="14" t="n">
-        <v>374315.0</v>
+        <v>387785.0</v>
       </c>
       <c r="C96" s="14" t="n">
-        <v>5357.0</v>
+        <v>6326.0</v>
       </c>
       <c r="D96" s="14" t="n">
-        <v>6500.0</v>
+        <v>5809.0</v>
       </c>
       <c r="E96" s="14" t="n">
-        <v>7390.0</v>
+        <v>22061.0</v>
       </c>
       <c r="F96" s="14" t="n">
-        <v>27333.0</v>
+        <v>9247.0</v>
       </c>
       <c r="G96" s="14" t="n">
-        <v>17166.0</v>
+        <v>12542.0</v>
       </c>
       <c r="H96" s="14" t="n">
-        <v>24129.0</v>
+        <v>24297.0</v>
       </c>
       <c r="I96" s="14" t="n">
-        <v>94803.0</v>
+        <v>100145.0</v>
       </c>
       <c r="J96" s="14" t="n">
-        <v>118388.0</v>
+        <v>123495.0</v>
       </c>
       <c r="K96" s="14" t="n">
-        <v>35340.0</v>
+        <v>36289.0</v>
       </c>
       <c r="L96" s="14" t="n">
-        <v>16061.0</v>
+        <v>18216.0</v>
       </c>
       <c r="M96" s="14" t="n">
-        <v>7516.0</v>
+        <v>16071.0</v>
       </c>
       <c r="N96" s="14" t="n">
-        <v>14331.0</v>
+        <v>13290.0</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Spaniards</t>
         </is>
       </c>
       <c r="B97" s="14" t="n">
-        <v>338373.0</v>
+        <v>349105.0</v>
       </c>
       <c r="C97" s="14" t="n">
-        <v>5232.0</v>
+        <v>6092.0</v>
       </c>
       <c r="D97" s="14" t="n">
-        <v>6234.0</v>
+        <v>5554.0</v>
       </c>
       <c r="E97" s="14" t="n">
-        <v>6955.0</v>
+        <v>21711.0</v>
       </c>
       <c r="F97" s="14" t="n">
-        <v>25411.0</v>
+        <v>7900.0</v>
       </c>
       <c r="G97" s="14" t="n">
-        <v>14498.0</v>
+        <v>9430.0</v>
       </c>
       <c r="H97" s="14" t="n">
-        <v>21829.0</v>
+        <v>20765.0</v>
       </c>
       <c r="I97" s="14" t="n">
-        <v>86557.0</v>
+        <v>93057.0</v>
       </c>
       <c r="J97" s="14" t="n">
-        <v>107106.0</v>
+        <v>110627.0</v>
       </c>
       <c r="K97" s="14" t="n">
-        <v>30770.0</v>
+        <v>31066.0</v>
       </c>
       <c r="L97" s="14" t="n">
-        <v>13648.0</v>
+        <v>16071.0</v>
       </c>
       <c r="M97" s="14" t="n">
-        <v>7085.0</v>
+        <v>14415.0</v>
       </c>
       <c r="N97" s="14" t="n">
-        <v>13048.0</v>
+        <v>12416.0</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Foreigners</t>
         </is>
       </c>
       <c r="B98" s="14" t="n">
-        <v>35942.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>38680.0</v>
+      </c>
+      <c r="C98" s="14" t="n">
+        <v>234.0</v>
       </c>
       <c r="D98" s="14" t="n">
-        <v>266.0</v>
+        <v>254.0</v>
       </c>
       <c r="E98" s="14" t="n">
-        <v>435.0</v>
+        <v>350.0</v>
       </c>
       <c r="F98" s="14" t="n">
-        <v>1923.0</v>
+        <v>1347.0</v>
       </c>
       <c r="G98" s="14" t="n">
-        <v>2668.0</v>
+        <v>3112.0</v>
       </c>
       <c r="H98" s="14" t="n">
-        <v>2299.0</v>
+        <v>3532.0</v>
       </c>
       <c r="I98" s="14" t="n">
-        <v>8245.0</v>
+        <v>7088.0</v>
       </c>
       <c r="J98" s="14" t="n">
-        <v>11282.0</v>
+        <v>12868.0</v>
       </c>
       <c r="K98" s="14" t="n">
-        <v>4571.0</v>
+        <v>5223.0</v>
       </c>
       <c r="L98" s="14" t="n">
-        <v>2413.0</v>
+        <v>2144.0</v>
       </c>
       <c r="M98" s="14" t="n">
-        <v>431.0</v>
+        <v>1656.0</v>
       </c>
       <c r="N98" s="14" t="n">
-        <v>1283.0</v>
+        <v>874.0</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    European Union27 (without Spain)</t>
         </is>
       </c>
       <c r="B99" s="14" t="n">
-        <v>24809.0</v>
-[...10 lines deleted...]
-        <v>398.0</v>
+        <v>25070.0</v>
+      </c>
+      <c r="C99" s="14" t="n">
+        <v>232.0</v>
+      </c>
+      <c r="D99" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="E99" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="F99" s="14" t="n">
-        <v>1219.0</v>
+        <v>960.0</v>
       </c>
       <c r="G99" s="14" t="n">
-        <v>1938.0</v>
+        <v>1993.0</v>
       </c>
       <c r="H99" s="14" t="n">
-        <v>1452.0</v>
+        <v>2162.0</v>
       </c>
       <c r="I99" s="14" t="n">
-        <v>4463.0</v>
+        <v>5379.0</v>
       </c>
       <c r="J99" s="14" t="n">
-        <v>9639.0</v>
+        <v>9322.0</v>
       </c>
       <c r="K99" s="14" t="n">
-        <v>3168.0</v>
+        <v>2818.0</v>
       </c>
       <c r="L99" s="14" t="n">
-        <v>1164.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>1110.0</v>
+      </c>
+      <c r="M99" s="14" t="n">
+        <v>506.0</v>
       </c>
       <c r="N99" s="14" t="n">
-        <v>1082.0</v>
+        <v>384.0</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Germany</t>
         </is>
       </c>
       <c r="B100" s="14" t="n">
-        <v>4084.0</v>
+        <v>7667.0</v>
       </c>
       <c r="C100" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D100" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="E100" s="13" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="E100" s="14" t="n">
+        <v>182.0</v>
+      </c>
+      <c r="F100" s="14" t="n">
+        <v>194.0</v>
       </c>
       <c r="G100" s="14" t="n">
-        <v>484.0</v>
+        <v>843.0</v>
       </c>
       <c r="H100" s="14" t="n">
-        <v>536.0</v>
+        <v>886.0</v>
       </c>
       <c r="I100" s="14" t="n">
-        <v>418.0</v>
+        <v>1922.0</v>
       </c>
       <c r="J100" s="14" t="n">
-        <v>1371.0</v>
+        <v>2396.0</v>
       </c>
       <c r="K100" s="14" t="n">
-        <v>684.0</v>
+        <v>1059.0</v>
       </c>
       <c r="L100" s="14" t="n">
-        <v>137.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>104.0</v>
+      </c>
+      <c r="M100" s="14" t="n">
+        <v>48.0</v>
       </c>
       <c r="N100" s="14" t="n">
-        <v>435.0</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Austria</t>
         </is>
       </c>
       <c r="B101" s="14" t="n">
-        <v>414.0</v>
+        <v>100.0</v>
       </c>
       <c r="C101" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D101" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E101" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F101" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="G101" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="H101" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="I101" s="13" t="inlineStr">
-[...11 lines deleted...]
-        <v>40.0</v>
+      <c r="I101" s="14" t="n">
+        <v>100.0</v>
+      </c>
+      <c r="J101" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="K101" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="L101" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="M101" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N101" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Belgium</t>
         </is>
       </c>
       <c r="B102" s="14" t="n">
-        <v>1295.0</v>
+        <v>855.0</v>
       </c>
       <c r="C102" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D102" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E102" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F102" s="14" t="n">
-        <v>782.0</v>
+        <v>297.0</v>
       </c>
       <c r="G102" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="H102" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="I102" s="14" t="n">
-[...3 lines deleted...]
-        <v>240.0</v>
+      <c r="I102" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="J102" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="K102" s="14" t="n">
-        <v>87.0</v>
+        <v>335.0</v>
       </c>
       <c r="L102" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="M102" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="N102" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="N102" s="14" t="n">
+        <v>184.0</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Denmark</t>
         </is>
       </c>
       <c r="B103" s="14" t="n">
-        <v>170.0</v>
+        <v>248.0</v>
       </c>
       <c r="C103" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D103" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E103" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F103" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="G103" s="14" t="n">
-        <v>35.0</v>
+      <c r="G103" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="H103" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="I103" s="14" t="n">
-        <v>135.0</v>
+        <v>234.0</v>
       </c>
       <c r="J103" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="K103" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="L103" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="M103" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N103" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
@@ -5077,97 +5075,93 @@
         </is>
       </c>
       <c r="L104" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="M104" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N104" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    France</t>
         </is>
       </c>
       <c r="B105" s="14" t="n">
-        <v>5830.0</v>
+        <v>7063.0</v>
       </c>
       <c r="C105" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D105" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E105" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F105" s="14" t="n">
-        <v>315.0</v>
+        <v>467.0</v>
       </c>
       <c r="G105" s="14" t="n">
-        <v>718.0</v>
+        <v>483.0</v>
       </c>
       <c r="H105" s="14" t="n">
-        <v>71.0</v>
+        <v>382.0</v>
       </c>
       <c r="I105" s="14" t="n">
-        <v>1652.0</v>
+        <v>988.0</v>
       </c>
       <c r="J105" s="14" t="n">
-        <v>1809.0</v>
+        <v>3520.0</v>
       </c>
       <c r="K105" s="14" t="n">
-        <v>659.0</v>
+        <v>616.0</v>
       </c>
       <c r="L105" s="14" t="n">
-        <v>405.0</v>
-[...9 lines deleted...]
-        </is>
+        <v>236.0</v>
+      </c>
+      <c r="M105" s="14" t="n">
+        <v>246.0</v>
+      </c>
+      <c r="N105" s="14" t="n">
+        <v>126.0</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Greece</t>
         </is>
       </c>
       <c r="B106" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C106" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D106" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E106" s="13" t="inlineStr">
         <is>
@@ -5205,4175 +5199,4219 @@
         </is>
       </c>
       <c r="L106" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="M106" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N106" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Ireland</t>
         </is>
       </c>
       <c r="B107" s="14" t="n">
-        <v>659.0</v>
+        <v>71.0</v>
       </c>
       <c r="C107" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D107" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E107" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F107" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="G107" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="H107" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="I107" s="14" t="n">
-[...8 lines deleted...]
-        </is>
+      <c r="I107" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="J107" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="K107" s="14" t="n">
+        <v>27.0</v>
       </c>
       <c r="L107" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="M107" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="N107" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="N107" s="14" t="n">
+        <v>36.0</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Italy</t>
         </is>
       </c>
       <c r="B108" s="14" t="n">
-        <v>3632.0</v>
+        <v>2456.0</v>
       </c>
       <c r="C108" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="D108" s="14" t="n">
-        <v>78.0</v>
+      <c r="D108" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="E108" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F108" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="G108" s="14" t="n">
-[...8 lines deleted...]
-        </is>
+      <c r="G108" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="H108" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="I108" s="14" t="n">
+        <v>670.0</v>
       </c>
       <c r="J108" s="14" t="n">
-        <v>1939.0</v>
+        <v>1301.0</v>
       </c>
       <c r="K108" s="14" t="n">
-        <v>666.0</v>
+        <v>135.0</v>
       </c>
       <c r="L108" s="14" t="n">
-        <v>158.0</v>
-[...7 lines deleted...]
-        <v>426.0</v>
+        <v>163.0</v>
+      </c>
+      <c r="M108" s="14" t="n">
+        <v>24.0</v>
+      </c>
+      <c r="N108" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Luxembourg</t>
         </is>
       </c>
       <c r="B109" s="14" t="n">
-        <v>616.0</v>
+        <v>374.0</v>
       </c>
       <c r="C109" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D109" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E109" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F109" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="G109" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G109" s="14" t="n">
+        <v>361.0</v>
       </c>
       <c r="H109" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="I109" s="14" t="n">
-[...3 lines deleted...]
-        <v>270.0</v>
+      <c r="I109" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="J109" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="K109" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="L109" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="L109" s="14" t="n">
+        <v>12.0</v>
       </c>
       <c r="M109" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N109" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Netherlands</t>
         </is>
       </c>
       <c r="B110" s="14" t="n">
-        <v>4042.0</v>
+        <v>3594.0</v>
       </c>
       <c r="C110" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D110" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="E110" s="14" t="n">
-[...3 lines deleted...]
-        <v>85.0</v>
+      <c r="E110" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="F110" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="G110" s="14" t="n">
-        <v>146.0</v>
+        <v>306.0</v>
       </c>
       <c r="H110" s="14" t="n">
-        <v>202.0</v>
+        <v>835.0</v>
       </c>
       <c r="I110" s="14" t="n">
-        <v>714.0</v>
+        <v>376.0</v>
       </c>
       <c r="J110" s="14" t="n">
-        <v>2115.0</v>
+        <v>1356.0</v>
       </c>
       <c r="K110" s="14" t="n">
-        <v>572.0</v>
+        <v>411.0</v>
       </c>
       <c r="L110" s="14" t="n">
-        <v>99.0</v>
+        <v>310.0</v>
       </c>
       <c r="M110" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N110" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Poland</t>
         </is>
       </c>
       <c r="B111" s="14" t="n">
-        <v>101.0</v>
+        <v>850.0</v>
       </c>
       <c r="C111" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D111" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E111" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F111" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="G111" s="14" t="n">
-        <v>99.0</v>
+      <c r="G111" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="H111" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="I111" s="13" t="inlineStr">
-[...22 lines deleted...]
-        </is>
+      <c r="I111" s="14" t="n">
+        <v>166.0</v>
+      </c>
+      <c r="J111" s="14" t="n">
+        <v>316.0</v>
+      </c>
+      <c r="K111" s="14" t="n">
+        <v>140.0</v>
+      </c>
+      <c r="L111" s="14" t="n">
+        <v>50.0</v>
+      </c>
+      <c r="M111" s="14" t="n">
+        <v>168.0</v>
       </c>
       <c r="N111" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Portugal</t>
         </is>
       </c>
       <c r="B112" s="14" t="n">
-        <v>1807.0</v>
-[...10 lines deleted...]
-        <v>180.0</v>
+        <v>962.0</v>
+      </c>
+      <c r="C112" s="14" t="n">
+        <v>61.0</v>
+      </c>
+      <c r="D112" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="E112" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="F112" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="G112" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="H112" s="14" t="n">
-[...5 lines deleted...]
-        </is>
+      <c r="H112" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="I112" s="14" t="n">
+        <v>177.0</v>
       </c>
       <c r="J112" s="14" t="n">
-        <v>413.0</v>
+        <v>427.0</v>
       </c>
       <c r="K112" s="14" t="n">
-        <v>267.0</v>
+        <v>86.0</v>
       </c>
       <c r="L112" s="14" t="n">
-        <v>282.0</v>
+        <v>191.0</v>
       </c>
       <c r="M112" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N112" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Czech Republic</t>
         </is>
       </c>
-      <c r="B113" s="14" t="n">
-        <v>468.0</v>
+      <c r="B113" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="C113" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D113" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E113" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F113" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="G113" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="H113" s="14" t="n">
-        <v>90.0</v>
+      <c r="H113" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="I113" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="J113" s="14" t="n">
-        <v>360.0</v>
+      <c r="J113" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="K113" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="L113" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="M113" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N113" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Sweden</t>
         </is>
       </c>
-      <c r="B114" s="14" t="n">
-        <v>304.0</v>
+      <c r="B114" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="C114" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D114" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E114" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F114" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="G114" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="H114" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="I114" s="14" t="n">
-        <v>288.0</v>
+      <c r="I114" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="J114" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="K114" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="L114" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="M114" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N114" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of EU</t>
         </is>
       </c>
       <c r="B115" s="14" t="n">
-        <v>1143.0</v>
+        <v>794.0</v>
       </c>
       <c r="C115" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D115" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="E115" s="14" t="n">
-        <v>112.0</v>
+      <c r="E115" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="F115" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="G115" s="14" t="n">
-        <v>177.0</v>
+      <c r="G115" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="H115" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="I115" s="14" t="n">
-        <v>259.0</v>
-[...10 lines deleted...]
-        </is>
+        <v>705.0</v>
+      </c>
+      <c r="J115" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="K115" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="L115" s="14" t="n">
+        <v>36.0</v>
       </c>
       <c r="M115" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N115" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Norway</t>
         </is>
       </c>
-      <c r="B116" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="B116" s="14" t="n">
+        <v>47.0</v>
       </c>
       <c r="C116" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D116" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E116" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F116" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="G116" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="H116" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="I116" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="J116" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="K116" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K116" s="14" t="n">
+        <v>47.0</v>
       </c>
       <c r="L116" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="M116" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N116" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    United Kingdom</t>
         </is>
       </c>
       <c r="B117" s="14" t="n">
-        <v>3365.0</v>
+        <v>4600.0</v>
       </c>
       <c r="C117" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D117" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="E117" s="13" t="inlineStr">
-[...5 lines deleted...]
-        <v>516.0</v>
+      <c r="E117" s="14" t="n">
+        <v>146.0</v>
+      </c>
+      <c r="F117" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="G117" s="14" t="n">
-        <v>128.0</v>
+        <v>163.0</v>
       </c>
       <c r="H117" s="14" t="n">
-        <v>281.0</v>
-[...2 lines deleted...]
-        <v>773.0</v>
+        <v>841.0</v>
+      </c>
+      <c r="I117" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="J117" s="14" t="n">
-        <v>222.0</v>
+        <v>466.0</v>
       </c>
       <c r="K117" s="14" t="n">
-        <v>592.0</v>
+        <v>1145.0</v>
       </c>
       <c r="L117" s="14" t="n">
-        <v>726.0</v>
-[...9 lines deleted...]
-        </is>
+        <v>548.0</v>
+      </c>
+      <c r="M117" s="14" t="n">
+        <v>840.0</v>
+      </c>
+      <c r="N117" s="14" t="n">
+        <v>418.0</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Switzerland</t>
         </is>
       </c>
       <c r="B118" s="14" t="n">
-        <v>815.0</v>
+        <v>871.0</v>
       </c>
       <c r="C118" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="D118" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="D118" s="14" t="n">
+        <v>254.0</v>
       </c>
       <c r="E118" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F118" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="G118" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="H118" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="I118" s="14" t="n">
-        <v>584.0</v>
+      <c r="I118" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="J118" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="K118" s="14" t="n">
-        <v>38.0</v>
+        <v>537.0</v>
       </c>
       <c r="L118" s="14" t="n">
-        <v>97.0</v>
-[...2 lines deleted...]
-        <v>41.0</v>
+        <v>68.0</v>
+      </c>
+      <c r="M118" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="N118" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of Europe</t>
         </is>
       </c>
       <c r="B119" s="14" t="n">
-        <v>1267.0</v>
+        <v>365.0</v>
       </c>
       <c r="C119" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D119" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E119" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F119" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="G119" s="14" t="n">
-[...3 lines deleted...]
-        <v>149.0</v>
+      <c r="G119" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="H119" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="I119" s="14" t="n">
-        <v>569.0</v>
+        <v>47.0</v>
       </c>
       <c r="J119" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="K119" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="L119" s="13" t="inlineStr">
-[...12 lines deleted...]
-        </is>
+      <c r="L119" s="14" t="n">
+        <v>73.0</v>
+      </c>
+      <c r="M119" s="14" t="n">
+        <v>214.0</v>
+      </c>
+      <c r="N119" s="14" t="n">
+        <v>24.0</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    United States</t>
         </is>
       </c>
       <c r="B120" s="14" t="n">
-        <v>1865.0</v>
+        <v>3499.0</v>
       </c>
       <c r="C120" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D120" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E120" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F120" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="G120" s="13" t="inlineStr">
-[...5 lines deleted...]
-        <v>37.0</v>
+      <c r="G120" s="14" t="n">
+        <v>813.0</v>
+      </c>
+      <c r="H120" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="I120" s="14" t="n">
-        <v>466.0</v>
+        <v>610.0</v>
       </c>
       <c r="J120" s="14" t="n">
-        <v>906.0</v>
+        <v>1644.0</v>
       </c>
       <c r="K120" s="14" t="n">
-        <v>165.0</v>
+        <v>214.0</v>
       </c>
       <c r="L120" s="14" t="n">
-        <v>209.0</v>
-[...7 lines deleted...]
-        </is>
+        <v>169.0</v>
+      </c>
+      <c r="M120" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="N120" s="14" t="n">
+        <v>48.0</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of America</t>
         </is>
       </c>
       <c r="B121" s="14" t="n">
-        <v>2247.0</v>
+        <v>3493.0</v>
       </c>
       <c r="C121" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D121" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="E121" s="14" t="n">
-[...3 lines deleted...]
-        <v>183.0</v>
+      <c r="E121" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="F121" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="G121" s="14" t="n">
-        <v>252.0</v>
+        <v>131.0</v>
       </c>
       <c r="H121" s="14" t="n">
-        <v>195.0</v>
+        <v>529.0</v>
       </c>
       <c r="I121" s="14" t="n">
-        <v>694.0</v>
+        <v>1002.0</v>
       </c>
       <c r="J121" s="14" t="n">
-        <v>392.0</v>
+        <v>1432.0</v>
       </c>
       <c r="K121" s="14" t="n">
-        <v>201.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>164.0</v>
+      </c>
+      <c r="L121" s="14" t="n">
+        <v>140.0</v>
       </c>
       <c r="M121" s="14" t="n">
-        <v>286.0</v>
+        <v>96.0</v>
       </c>
       <c r="N121" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    African Countries</t>
         </is>
       </c>
-      <c r="B122" s="14" t="n">
-        <v>108.0</v>
+      <c r="B122" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="C122" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D122" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E122" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F122" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="G122" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="H122" s="14" t="n">
-        <v>90.0</v>
+      <c r="H122" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="I122" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="J122" s="14" t="n">
-        <v>18.0</v>
+      <c r="J122" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="K122" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="L122" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="M122" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N122" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of the world</t>
         </is>
       </c>
       <c r="B123" s="14" t="n">
-        <v>1237.0</v>
+        <v>364.0</v>
       </c>
       <c r="C123" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D123" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E123" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F123" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="G123" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="H123" s="14" t="n">
-[...6 lines deleted...]
-        <v>92.0</v>
+      <c r="H123" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="I123" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="J123" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="K123" s="14" t="n">
-        <v>153.0</v>
+        <v>290.0</v>
       </c>
       <c r="L123" s="14" t="n">
-        <v>19.0</v>
+        <v>36.0</v>
       </c>
       <c r="M123" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="N123" s="14" t="n">
-        <v>189.0</v>
+      <c r="N123" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="6" t="inlineStr">
         <is>
-          <t>Balears (Illes)</t>
+          <t>04 Balears, Illes</t>
         </is>
       </c>
       <c r="B124" s="6"/>
       <c r="C124" s="6"/>
       <c r="D124" s="6"/>
       <c r="E124" s="6"/>
       <c r="F124" s="6"/>
       <c r="G124" s="6"/>
       <c r="H124" s="6"/>
       <c r="I124" s="6"/>
       <c r="J124" s="6"/>
       <c r="K124" s="6"/>
       <c r="L124" s="6"/>
       <c r="M124" s="6"/>
       <c r="N124" s="6"/>
     </row>
     <row r="125">
       <c r="A125" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B125" s="14" t="n">
-        <v>7806982.0</v>
+        <v>8722415.0</v>
       </c>
       <c r="C125" s="14" t="n">
-        <v>20315.0</v>
+        <v>23105.0</v>
       </c>
       <c r="D125" s="14" t="n">
-        <v>31566.0</v>
+        <v>27381.0</v>
       </c>
       <c r="E125" s="14" t="n">
-        <v>51572.0</v>
+        <v>107956.0</v>
       </c>
       <c r="F125" s="14" t="n">
-        <v>232521.0</v>
+        <v>254541.0</v>
       </c>
       <c r="G125" s="14" t="n">
-        <v>932553.0</v>
+        <v>1087017.0</v>
       </c>
       <c r="H125" s="14" t="n">
-        <v>1225178.0</v>
+        <v>1529145.0</v>
       </c>
       <c r="I125" s="14" t="n">
-        <v>1586315.0</v>
+        <v>1661301.0</v>
       </c>
       <c r="J125" s="14" t="n">
-        <v>1658823.0</v>
+        <v>1784696.0</v>
       </c>
       <c r="K125" s="14" t="n">
-        <v>1279975.0</v>
+        <v>1379604.0</v>
       </c>
       <c r="L125" s="14" t="n">
-        <v>719435.0</v>
+        <v>787857.0</v>
       </c>
       <c r="M125" s="14" t="n">
-        <v>35243.0</v>
+        <v>41366.0</v>
       </c>
       <c r="N125" s="14" t="n">
-        <v>33486.0</v>
+        <v>38446.0</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Spaniards</t>
         </is>
       </c>
       <c r="B126" s="14" t="n">
-        <v>1259558.0</v>
+        <v>1478576.0</v>
       </c>
       <c r="C126" s="14" t="n">
-        <v>4963.0</v>
+        <v>5739.0</v>
       </c>
       <c r="D126" s="14" t="n">
-        <v>6354.0</v>
+        <v>6327.0</v>
       </c>
       <c r="E126" s="14" t="n">
-        <v>9242.0</v>
+        <v>21243.0</v>
       </c>
       <c r="F126" s="14" t="n">
-        <v>26420.0</v>
+        <v>25772.0</v>
       </c>
       <c r="G126" s="14" t="n">
-        <v>95255.0</v>
+        <v>152227.0</v>
       </c>
       <c r="H126" s="14" t="n">
-        <v>205199.0</v>
+        <v>301261.0</v>
       </c>
       <c r="I126" s="14" t="n">
-        <v>298288.0</v>
+        <v>298160.0</v>
       </c>
       <c r="J126" s="14" t="n">
-        <v>317835.0</v>
+        <v>347245.0</v>
       </c>
       <c r="K126" s="14" t="n">
-        <v>192477.0</v>
+        <v>219944.0</v>
       </c>
       <c r="L126" s="14" t="n">
-        <v>89743.0</v>
+        <v>87561.0</v>
       </c>
       <c r="M126" s="14" t="n">
-        <v>5258.0</v>
+        <v>6006.0</v>
       </c>
       <c r="N126" s="14" t="n">
-        <v>8523.0</v>
+        <v>7091.0</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Foreigners</t>
         </is>
       </c>
       <c r="B127" s="14" t="n">
-        <v>6547424.0</v>
+        <v>7243838.0</v>
       </c>
       <c r="C127" s="14" t="n">
-        <v>15351.0</v>
+        <v>17366.0</v>
       </c>
       <c r="D127" s="14" t="n">
-        <v>25212.0</v>
+        <v>21055.0</v>
       </c>
       <c r="E127" s="14" t="n">
-        <v>42330.0</v>
+        <v>86714.0</v>
       </c>
       <c r="F127" s="14" t="n">
-        <v>206101.0</v>
+        <v>228769.0</v>
       </c>
       <c r="G127" s="14" t="n">
-        <v>837298.0</v>
+        <v>934790.0</v>
       </c>
       <c r="H127" s="14" t="n">
-        <v>1019979.0</v>
+        <v>1227884.0</v>
       </c>
       <c r="I127" s="14" t="n">
-        <v>1288026.0</v>
+        <v>1363141.0</v>
       </c>
       <c r="J127" s="14" t="n">
-        <v>1340988.0</v>
+        <v>1437450.0</v>
       </c>
       <c r="K127" s="14" t="n">
-        <v>1087497.0</v>
+        <v>1159660.0</v>
       </c>
       <c r="L127" s="14" t="n">
-        <v>629692.0</v>
+        <v>700296.0</v>
       </c>
       <c r="M127" s="14" t="n">
-        <v>29985.0</v>
+        <v>35360.0</v>
       </c>
       <c r="N127" s="14" t="n">
-        <v>24963.0</v>
+        <v>31355.0</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    European Union27 (without Spain)</t>
         </is>
       </c>
       <c r="B128" s="14" t="n">
-        <v>3661301.0</v>
+        <v>4211955.0</v>
       </c>
       <c r="C128" s="14" t="n">
-        <v>11106.0</v>
+        <v>12006.0</v>
       </c>
       <c r="D128" s="14" t="n">
-        <v>16788.0</v>
+        <v>12297.0</v>
       </c>
       <c r="E128" s="14" t="n">
-        <v>27039.0</v>
+        <v>54290.0</v>
       </c>
       <c r="F128" s="14" t="n">
-        <v>121101.0</v>
+        <v>147418.0</v>
       </c>
       <c r="G128" s="14" t="n">
-        <v>441716.0</v>
+        <v>534809.0</v>
       </c>
       <c r="H128" s="14" t="n">
-        <v>545863.0</v>
+        <v>705231.0</v>
       </c>
       <c r="I128" s="14" t="n">
-        <v>737551.0</v>
+        <v>795071.0</v>
       </c>
       <c r="J128" s="14" t="n">
-        <v>786026.0</v>
+        <v>849429.0</v>
       </c>
       <c r="K128" s="14" t="n">
-        <v>595889.0</v>
+        <v>672347.0</v>
       </c>
       <c r="L128" s="14" t="n">
-        <v>345399.0</v>
+        <v>395356.0</v>
       </c>
       <c r="M128" s="14" t="n">
-        <v>18900.0</v>
+        <v>19061.0</v>
       </c>
       <c r="N128" s="14" t="n">
-        <v>13924.0</v>
+        <v>14639.0</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Germany</t>
         </is>
       </c>
       <c r="B129" s="14" t="n">
-        <v>1049739.0</v>
+        <v>1255771.0</v>
       </c>
       <c r="C129" s="14" t="n">
-        <v>7640.0</v>
+        <v>7995.0</v>
       </c>
       <c r="D129" s="14" t="n">
-        <v>10098.0</v>
+        <v>6273.0</v>
       </c>
       <c r="E129" s="14" t="n">
-        <v>17217.0</v>
+        <v>30869.0</v>
       </c>
       <c r="F129" s="14" t="n">
-        <v>42431.0</v>
+        <v>37690.0</v>
       </c>
       <c r="G129" s="14" t="n">
-        <v>123791.0</v>
+        <v>160976.0</v>
       </c>
       <c r="H129" s="14" t="n">
-        <v>170519.0</v>
+        <v>209687.0</v>
       </c>
       <c r="I129" s="14" t="n">
-        <v>182128.0</v>
+        <v>202324.0</v>
       </c>
       <c r="J129" s="14" t="n">
-        <v>162376.0</v>
+        <v>208499.0</v>
       </c>
       <c r="K129" s="14" t="n">
-        <v>178163.0</v>
+        <v>198507.0</v>
       </c>
       <c r="L129" s="14" t="n">
-        <v>135893.0</v>
+        <v>173707.0</v>
       </c>
       <c r="M129" s="14" t="n">
-        <v>11595.0</v>
+        <v>10171.0</v>
       </c>
       <c r="N129" s="14" t="n">
-        <v>7889.0</v>
+        <v>9074.0</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Austria</t>
         </is>
       </c>
       <c r="B130" s="14" t="n">
-        <v>49839.0</v>
+        <v>57737.0</v>
       </c>
       <c r="C130" s="14" t="n">
-        <v>265.0</v>
+        <v>381.0</v>
       </c>
       <c r="D130" s="14" t="n">
-        <v>396.0</v>
+        <v>342.0</v>
       </c>
       <c r="E130" s="14" t="n">
-        <v>870.0</v>
+        <v>2973.0</v>
       </c>
       <c r="F130" s="14" t="n">
-        <v>1231.0</v>
+        <v>1267.0</v>
       </c>
       <c r="G130" s="14" t="n">
-        <v>3959.0</v>
+        <v>6134.0</v>
       </c>
       <c r="H130" s="14" t="n">
-        <v>6368.0</v>
+        <v>12394.0</v>
       </c>
       <c r="I130" s="14" t="n">
-        <v>11380.0</v>
+        <v>10039.0</v>
       </c>
       <c r="J130" s="14" t="n">
-        <v>10455.0</v>
+        <v>6889.0</v>
       </c>
       <c r="K130" s="14" t="n">
-        <v>7285.0</v>
+        <v>11225.0</v>
       </c>
       <c r="L130" s="14" t="n">
-        <v>6612.0</v>
+        <v>4822.0</v>
       </c>
       <c r="M130" s="14" t="n">
-        <v>589.0</v>
+        <v>774.0</v>
       </c>
       <c r="N130" s="14" t="n">
-        <v>428.0</v>
+        <v>496.0</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Belgium</t>
         </is>
       </c>
       <c r="B131" s="14" t="n">
-        <v>63362.0</v>
+        <v>78874.0</v>
       </c>
       <c r="C131" s="14" t="n">
-        <v>54.0</v>
+        <v>200.0</v>
       </c>
       <c r="D131" s="14" t="n">
-        <v>232.0</v>
+        <v>244.0</v>
       </c>
       <c r="E131" s="14" t="n">
-        <v>678.0</v>
+        <v>2603.0</v>
       </c>
       <c r="F131" s="14" t="n">
-        <v>5460.0</v>
+        <v>3255.0</v>
       </c>
       <c r="G131" s="14" t="n">
-        <v>9588.0</v>
+        <v>9401.0</v>
       </c>
       <c r="H131" s="14" t="n">
-        <v>6830.0</v>
+        <v>12272.0</v>
       </c>
       <c r="I131" s="14" t="n">
-        <v>11091.0</v>
+        <v>17160.0</v>
       </c>
       <c r="J131" s="14" t="n">
-        <v>12735.0</v>
+        <v>11387.0</v>
       </c>
       <c r="K131" s="14" t="n">
-        <v>10877.0</v>
+        <v>14828.0</v>
       </c>
       <c r="L131" s="14" t="n">
-        <v>5226.0</v>
+        <v>7012.0</v>
       </c>
       <c r="M131" s="14" t="n">
-        <v>318.0</v>
+        <v>241.0</v>
       </c>
       <c r="N131" s="14" t="n">
         <v>272.0</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Denmark</t>
         </is>
       </c>
       <c r="B132" s="14" t="n">
-        <v>68676.0</v>
-[...5 lines deleted...]
-        <v>480.0</v>
+        <v>108216.0</v>
+      </c>
+      <c r="C132" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="D132" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="E132" s="14" t="n">
-        <v>591.0</v>
+        <v>1416.0</v>
       </c>
       <c r="F132" s="14" t="n">
-        <v>3671.0</v>
+        <v>3377.0</v>
       </c>
       <c r="G132" s="14" t="n">
-        <v>7859.0</v>
+        <v>12224.0</v>
       </c>
       <c r="H132" s="14" t="n">
-        <v>6413.0</v>
+        <v>15177.0</v>
       </c>
       <c r="I132" s="14" t="n">
-        <v>24067.0</v>
+        <v>32992.0</v>
       </c>
       <c r="J132" s="14" t="n">
-        <v>10442.0</v>
+        <v>17280.0</v>
       </c>
       <c r="K132" s="14" t="n">
-        <v>6369.0</v>
+        <v>14588.0</v>
       </c>
       <c r="L132" s="14" t="n">
-        <v>7437.0</v>
+        <v>10096.0</v>
       </c>
       <c r="M132" s="14" t="n">
-        <v>344.0</v>
+        <v>656.0</v>
       </c>
       <c r="N132" s="14" t="n">
-        <v>720.0</v>
+        <v>147.0</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Finland</t>
         </is>
       </c>
       <c r="B133" s="14" t="n">
-        <v>18238.0</v>
-[...2 lines deleted...]
-        <v>130.0</v>
+        <v>19657.0</v>
+      </c>
+      <c r="C133" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="D133" s="14" t="n">
-        <v>186.0</v>
+        <v>122.0</v>
       </c>
       <c r="E133" s="14" t="n">
-        <v>183.0</v>
+        <v>730.0</v>
       </c>
       <c r="F133" s="14" t="n">
-        <v>838.0</v>
+        <v>1593.0</v>
       </c>
       <c r="G133" s="14" t="n">
-        <v>2975.0</v>
+        <v>2043.0</v>
       </c>
       <c r="H133" s="14" t="n">
-        <v>1326.0</v>
+        <v>3545.0</v>
       </c>
       <c r="I133" s="14" t="n">
-        <v>2905.0</v>
+        <v>2116.0</v>
       </c>
       <c r="J133" s="14" t="n">
-        <v>1715.0</v>
+        <v>1750.0</v>
       </c>
       <c r="K133" s="14" t="n">
-        <v>3507.0</v>
+        <v>3625.0</v>
       </c>
       <c r="L133" s="14" t="n">
-        <v>4271.0</v>
+        <v>3239.0</v>
       </c>
       <c r="M133" s="14" t="n">
-        <v>68.0</v>
-[...2 lines deleted...]
-        <v>134.0</v>
+        <v>750.0</v>
+      </c>
+      <c r="N133" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    France</t>
         </is>
       </c>
       <c r="B134" s="14" t="n">
-        <v>495558.0</v>
+        <v>594677.0</v>
       </c>
       <c r="C134" s="14" t="n">
-        <v>485.0</v>
+        <v>972.0</v>
       </c>
       <c r="D134" s="14" t="n">
-        <v>1424.0</v>
+        <v>929.0</v>
       </c>
       <c r="E134" s="14" t="n">
-        <v>1501.0</v>
+        <v>2353.0</v>
       </c>
       <c r="F134" s="14" t="n">
-        <v>16049.0</v>
+        <v>18068.0</v>
       </c>
       <c r="G134" s="14" t="n">
-        <v>59445.0</v>
+        <v>86612.0</v>
       </c>
       <c r="H134" s="14" t="n">
-        <v>65608.0</v>
+        <v>77300.0</v>
       </c>
       <c r="I134" s="14" t="n">
-        <v>101474.0</v>
+        <v>112862.0</v>
       </c>
       <c r="J134" s="14" t="n">
-        <v>140396.0</v>
+        <v>145943.0</v>
       </c>
       <c r="K134" s="14" t="n">
-        <v>70058.0</v>
+        <v>96529.0</v>
       </c>
       <c r="L134" s="14" t="n">
-        <v>36308.0</v>
+        <v>50896.0</v>
       </c>
       <c r="M134" s="14" t="n">
-        <v>1718.0</v>
+        <v>1108.0</v>
       </c>
       <c r="N134" s="14" t="n">
-        <v>1091.0</v>
+        <v>1105.0</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Greece</t>
         </is>
       </c>
       <c r="B135" s="14" t="n">
-        <v>9046.0</v>
+        <v>11690.0</v>
       </c>
       <c r="C135" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D135" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E135" s="14" t="n">
-        <v>326.0</v>
+        <v>61.0</v>
       </c>
       <c r="F135" s="14" t="n">
-        <v>202.0</v>
+        <v>229.0</v>
       </c>
       <c r="G135" s="14" t="n">
-        <v>939.0</v>
+        <v>1135.0</v>
       </c>
       <c r="H135" s="14" t="n">
-        <v>1443.0</v>
+        <v>1428.0</v>
       </c>
       <c r="I135" s="14" t="n">
-        <v>1484.0</v>
+        <v>2213.0</v>
       </c>
       <c r="J135" s="14" t="n">
-        <v>1611.0</v>
+        <v>1047.0</v>
       </c>
       <c r="K135" s="14" t="n">
-        <v>1772.0</v>
+        <v>2232.0</v>
       </c>
       <c r="L135" s="14" t="n">
-        <v>841.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>2337.0</v>
+      </c>
+      <c r="M135" s="14" t="n">
+        <v>367.0</v>
       </c>
       <c r="N135" s="14" t="n">
-        <v>26.0</v>
+        <v>637.0</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Ireland</t>
         </is>
       </c>
       <c r="B136" s="14" t="n">
-        <v>293972.0</v>
-[...2 lines deleted...]
-        <v>28.0</v>
+        <v>270876.0</v>
+      </c>
+      <c r="C136" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="D136" s="14" t="n">
-        <v>286.0</v>
+        <v>354.0</v>
       </c>
       <c r="E136" s="14" t="n">
-        <v>343.0</v>
+        <v>2033.0</v>
       </c>
       <c r="F136" s="14" t="n">
-        <v>8578.0</v>
+        <v>7843.0</v>
       </c>
       <c r="G136" s="14" t="n">
-        <v>40733.0</v>
+        <v>40975.0</v>
       </c>
       <c r="H136" s="14" t="n">
-        <v>53024.0</v>
+        <v>51691.0</v>
       </c>
       <c r="I136" s="14" t="n">
-        <v>67639.0</v>
+        <v>55623.0</v>
       </c>
       <c r="J136" s="14" t="n">
-        <v>56452.0</v>
+        <v>47413.0</v>
       </c>
       <c r="K136" s="14" t="n">
-        <v>46466.0</v>
+        <v>39528.0</v>
       </c>
       <c r="L136" s="14" t="n">
-        <v>19858.0</v>
+        <v>24936.0</v>
       </c>
       <c r="M136" s="14" t="n">
-        <v>508.0</v>
-[...2 lines deleted...]
-        <v>57.0</v>
+        <v>427.0</v>
+      </c>
+      <c r="N136" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Italy</t>
         </is>
       </c>
       <c r="B137" s="14" t="n">
-        <v>611155.0</v>
+        <v>767525.0</v>
       </c>
       <c r="C137" s="14" t="n">
-        <v>671.0</v>
+        <v>514.0</v>
       </c>
       <c r="D137" s="14" t="n">
-        <v>488.0</v>
+        <v>535.0</v>
       </c>
       <c r="E137" s="14" t="n">
-        <v>1124.0</v>
+        <v>1580.0</v>
       </c>
       <c r="F137" s="14" t="n">
-        <v>10113.0</v>
+        <v>10753.0</v>
       </c>
       <c r="G137" s="14" t="n">
-        <v>44636.0</v>
+        <v>68299.0</v>
       </c>
       <c r="H137" s="14" t="n">
-        <v>83848.0</v>
+        <v>123508.0</v>
       </c>
       <c r="I137" s="14" t="n">
-        <v>140246.0</v>
+        <v>169206.0</v>
       </c>
       <c r="J137" s="14" t="n">
-        <v>195581.0</v>
+        <v>227329.0</v>
       </c>
       <c r="K137" s="14" t="n">
-        <v>104694.0</v>
+        <v>123181.0</v>
       </c>
       <c r="L137" s="14" t="n">
-        <v>27978.0</v>
+        <v>41398.0</v>
       </c>
       <c r="M137" s="14" t="n">
-        <v>833.0</v>
+        <v>534.0</v>
       </c>
       <c r="N137" s="14" t="n">
-        <v>944.0</v>
+        <v>688.0</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Luxembourg</t>
         </is>
       </c>
       <c r="B138" s="14" t="n">
-        <v>5044.0</v>
+        <v>10651.0</v>
       </c>
       <c r="C138" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D138" s="14" t="n">
-        <v>334.0</v>
+        <v>232.0</v>
       </c>
       <c r="E138" s="14" t="n">
-        <v>143.0</v>
-[...2 lines deleted...]
-        <v>390.0</v>
+        <v>441.0</v>
+      </c>
+      <c r="F138" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="G138" s="14" t="n">
-        <v>617.0</v>
+        <v>286.0</v>
       </c>
       <c r="H138" s="14" t="n">
-        <v>374.0</v>
+        <v>347.0</v>
       </c>
       <c r="I138" s="14" t="n">
-        <v>606.0</v>
+        <v>6980.0</v>
       </c>
       <c r="J138" s="14" t="n">
-        <v>1224.0</v>
+        <v>583.0</v>
       </c>
       <c r="K138" s="14" t="n">
-        <v>1109.0</v>
+        <v>1479.0</v>
       </c>
       <c r="L138" s="14" t="n">
-        <v>168.0</v>
+        <v>210.0</v>
       </c>
       <c r="M138" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N138" s="14" t="n">
-        <v>16.0</v>
+        <v>53.0</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Netherlands</t>
         </is>
       </c>
       <c r="B139" s="14" t="n">
-        <v>461935.0</v>
+        <v>379873.0</v>
       </c>
       <c r="C139" s="14" t="n">
-        <v>290.0</v>
+        <v>422.0</v>
       </c>
       <c r="D139" s="14" t="n">
-        <v>558.0</v>
+        <v>729.0</v>
       </c>
       <c r="E139" s="14" t="n">
-        <v>1100.0</v>
+        <v>1172.0</v>
       </c>
       <c r="F139" s="14" t="n">
-        <v>10155.0</v>
+        <v>4223.0</v>
       </c>
       <c r="G139" s="14" t="n">
-        <v>78390.0</v>
+        <v>73403.0</v>
       </c>
       <c r="H139" s="14" t="n">
-        <v>73854.0</v>
+        <v>82146.0</v>
       </c>
       <c r="I139" s="14" t="n">
-        <v>76981.0</v>
+        <v>51568.0</v>
       </c>
       <c r="J139" s="14" t="n">
-        <v>92482.0</v>
+        <v>79159.0</v>
       </c>
       <c r="K139" s="14" t="n">
-        <v>67967.0</v>
+        <v>58842.0</v>
       </c>
       <c r="L139" s="14" t="n">
-        <v>59286.0</v>
+        <v>27370.0</v>
       </c>
       <c r="M139" s="14" t="n">
-        <v>358.0</v>
+        <v>503.0</v>
       </c>
       <c r="N139" s="14" t="n">
-        <v>513.0</v>
+        <v>336.0</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Poland</t>
         </is>
       </c>
       <c r="B140" s="14" t="n">
-        <v>153409.0</v>
+        <v>148483.0</v>
       </c>
       <c r="C140" s="14" t="n">
-        <v>312.0</v>
+        <v>458.0</v>
       </c>
       <c r="D140" s="14" t="n">
-        <v>600.0</v>
+        <v>463.0</v>
       </c>
       <c r="E140" s="14" t="n">
-        <v>380.0</v>
+        <v>3215.0</v>
       </c>
       <c r="F140" s="14" t="n">
-        <v>8029.0</v>
+        <v>8265.0</v>
       </c>
       <c r="G140" s="14" t="n">
-        <v>18799.0</v>
+        <v>20774.0</v>
       </c>
       <c r="H140" s="14" t="n">
-        <v>27694.0</v>
+        <v>29970.0</v>
       </c>
       <c r="I140" s="14" t="n">
-        <v>32140.0</v>
+        <v>24596.0</v>
       </c>
       <c r="J140" s="14" t="n">
-        <v>30285.0</v>
+        <v>24151.0</v>
       </c>
       <c r="K140" s="14" t="n">
-        <v>21445.0</v>
+        <v>21968.0</v>
       </c>
       <c r="L140" s="14" t="n">
-        <v>12758.0</v>
+        <v>13606.0</v>
       </c>
       <c r="M140" s="14" t="n">
-        <v>592.0</v>
+        <v>683.0</v>
       </c>
       <c r="N140" s="14" t="n">
-        <v>373.0</v>
+        <v>336.0</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Portugal</t>
         </is>
       </c>
       <c r="B141" s="14" t="n">
-        <v>89489.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>163093.0</v>
+      </c>
+      <c r="C141" s="14" t="n">
+        <v>119.0</v>
       </c>
       <c r="D141" s="14" t="n">
-        <v>114.0</v>
+        <v>151.0</v>
       </c>
       <c r="E141" s="14" t="n">
-        <v>286.0</v>
+        <v>535.0</v>
       </c>
       <c r="F141" s="14" t="n">
-        <v>2205.0</v>
+        <v>35831.0</v>
       </c>
       <c r="G141" s="14" t="n">
-        <v>7856.0</v>
+        <v>10553.0</v>
       </c>
       <c r="H141" s="14" t="n">
-        <v>13260.0</v>
+        <v>17056.0</v>
       </c>
       <c r="I141" s="14" t="n">
-        <v>19178.0</v>
+        <v>34646.0</v>
       </c>
       <c r="J141" s="14" t="n">
-        <v>17035.0</v>
+        <v>30179.0</v>
       </c>
       <c r="K141" s="14" t="n">
-        <v>23298.0</v>
+        <v>25153.0</v>
       </c>
       <c r="L141" s="14" t="n">
-        <v>5925.0</v>
+        <v>8569.0</v>
       </c>
       <c r="M141" s="14" t="n">
-        <v>126.0</v>
+        <v>83.0</v>
       </c>
       <c r="N141" s="14" t="n">
-        <v>106.0</v>
+        <v>218.0</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Czech Republic</t>
         </is>
       </c>
       <c r="B142" s="14" t="n">
-        <v>48754.0</v>
+        <v>67675.0</v>
       </c>
       <c r="C142" s="14" t="n">
-        <v>53.0</v>
+        <v>92.0</v>
       </c>
       <c r="D142" s="14" t="n">
-        <v>276.0</v>
+        <v>357.0</v>
       </c>
       <c r="E142" s="14" t="n">
-        <v>225.0</v>
+        <v>935.0</v>
       </c>
       <c r="F142" s="14" t="n">
-        <v>1262.0</v>
+        <v>2791.0</v>
       </c>
       <c r="G142" s="14" t="n">
-        <v>4089.0</v>
+        <v>4251.0</v>
       </c>
       <c r="H142" s="14" t="n">
-        <v>5141.0</v>
+        <v>11354.0</v>
       </c>
       <c r="I142" s="14" t="n">
-        <v>9059.0</v>
+        <v>15880.0</v>
       </c>
       <c r="J142" s="14" t="n">
-        <v>16627.0</v>
+        <v>11203.0</v>
       </c>
       <c r="K142" s="14" t="n">
-        <v>8749.0</v>
+        <v>16129.0</v>
       </c>
       <c r="L142" s="14" t="n">
-        <v>2838.0</v>
+        <v>3512.0</v>
       </c>
       <c r="M142" s="14" t="n">
-        <v>362.0</v>
+        <v>623.0</v>
       </c>
       <c r="N142" s="14" t="n">
-        <v>72.0</v>
+        <v>547.0</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Sweden</t>
         </is>
       </c>
       <c r="B143" s="14" t="n">
-        <v>153775.0</v>
+        <v>166827.0</v>
       </c>
       <c r="C143" s="14" t="n">
-        <v>374.0</v>
+        <v>328.0</v>
       </c>
       <c r="D143" s="14" t="n">
-        <v>626.0</v>
+        <v>762.0</v>
       </c>
       <c r="E143" s="14" t="n">
-        <v>958.0</v>
+        <v>1882.0</v>
       </c>
       <c r="F143" s="14" t="n">
-        <v>6272.0</v>
+        <v>7098.0</v>
       </c>
       <c r="G143" s="14" t="n">
-        <v>28397.0</v>
+        <v>22943.0</v>
       </c>
       <c r="H143" s="14" t="n">
-        <v>21046.0</v>
+        <v>39065.0</v>
       </c>
       <c r="I143" s="14" t="n">
-        <v>33090.0</v>
+        <v>35885.0</v>
       </c>
       <c r="J143" s="14" t="n">
-        <v>22955.0</v>
+        <v>20521.0</v>
       </c>
       <c r="K143" s="14" t="n">
-        <v>28624.0</v>
+        <v>21966.0</v>
       </c>
       <c r="L143" s="14" t="n">
-        <v>9488.0</v>
+        <v>14726.0</v>
       </c>
       <c r="M143" s="14" t="n">
-        <v>1324.0</v>
+        <v>1336.0</v>
       </c>
       <c r="N143" s="14" t="n">
-        <v>623.0</v>
+        <v>315.0</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of EU</t>
         </is>
       </c>
       <c r="B144" s="14" t="n">
-        <v>89311.0</v>
+        <v>110331.0</v>
       </c>
       <c r="C144" s="14" t="n">
-        <v>223.0</v>
+        <v>413.0</v>
       </c>
       <c r="D144" s="14" t="n">
-        <v>464.0</v>
+        <v>536.0</v>
       </c>
       <c r="E144" s="14" t="n">
-        <v>1114.0</v>
+        <v>1493.0</v>
       </c>
       <c r="F144" s="14" t="n">
-        <v>4215.0</v>
+        <v>5108.0</v>
       </c>
       <c r="G144" s="14" t="n">
-        <v>9641.0</v>
+        <v>14800.0</v>
       </c>
       <c r="H144" s="14" t="n">
-        <v>9114.0</v>
+        <v>18290.0</v>
       </c>
       <c r="I144" s="14" t="n">
-        <v>24082.0</v>
+        <v>20980.0</v>
       </c>
       <c r="J144" s="14" t="n">
-        <v>13656.0</v>
+        <v>16097.0</v>
       </c>
       <c r="K144" s="14" t="n">
-        <v>15506.0</v>
+        <v>22567.0</v>
       </c>
       <c r="L144" s="14" t="n">
-        <v>10511.0</v>
+        <v>8921.0</v>
       </c>
       <c r="M144" s="14" t="n">
-        <v>126.0</v>
+        <v>794.0</v>
       </c>
       <c r="N144" s="14" t="n">
-        <v>659.0</v>
+        <v>334.0</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Norway</t>
         </is>
       </c>
       <c r="B145" s="14" t="n">
-        <v>95373.0</v>
+        <v>119871.0</v>
       </c>
       <c r="C145" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D145" s="14" t="n">
-        <v>972.0</v>
+        <v>610.0</v>
       </c>
       <c r="E145" s="14" t="n">
-        <v>1026.0</v>
+        <v>1704.0</v>
       </c>
       <c r="F145" s="14" t="n">
-        <v>1450.0</v>
+        <v>3443.0</v>
       </c>
       <c r="G145" s="14" t="n">
-        <v>9800.0</v>
+        <v>13630.0</v>
       </c>
       <c r="H145" s="14" t="n">
-        <v>14853.0</v>
+        <v>23678.0</v>
       </c>
       <c r="I145" s="14" t="n">
-        <v>31755.0</v>
+        <v>32124.0</v>
       </c>
       <c r="J145" s="14" t="n">
-        <v>16476.0</v>
+        <v>16938.0</v>
       </c>
       <c r="K145" s="14" t="n">
-        <v>8880.0</v>
+        <v>15251.0</v>
       </c>
       <c r="L145" s="14" t="n">
-        <v>8524.0</v>
+        <v>11919.0</v>
       </c>
       <c r="M145" s="14" t="n">
-        <v>1016.0</v>
-[...2 lines deleted...]
-        <v>398.0</v>
+        <v>320.0</v>
+      </c>
+      <c r="N145" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    United Kingdom</t>
         </is>
       </c>
       <c r="B146" s="14" t="n">
-        <v>2341965.0</v>
+        <v>2283043.0</v>
       </c>
       <c r="C146" s="14" t="n">
-        <v>1647.0</v>
+        <v>1575.0</v>
       </c>
       <c r="D146" s="14" t="n">
-        <v>3796.0</v>
+        <v>3190.0</v>
       </c>
       <c r="E146" s="14" t="n">
-        <v>7725.0</v>
+        <v>20725.0</v>
       </c>
       <c r="F146" s="14" t="n">
-        <v>62152.0</v>
+        <v>59596.0</v>
       </c>
       <c r="G146" s="14" t="n">
-        <v>336858.0</v>
+        <v>317050.0</v>
       </c>
       <c r="H146" s="14" t="n">
-        <v>389477.0</v>
+        <v>396749.0</v>
       </c>
       <c r="I146" s="14" t="n">
-        <v>422061.0</v>
+        <v>408743.0</v>
       </c>
       <c r="J146" s="14" t="n">
-        <v>462762.0</v>
+        <v>458437.0</v>
       </c>
       <c r="K146" s="14" t="n">
-        <v>413161.0</v>
+        <v>373929.0</v>
       </c>
       <c r="L146" s="14" t="n">
-        <v>232679.0</v>
+        <v>225979.0</v>
       </c>
       <c r="M146" s="14" t="n">
-        <v>4853.0</v>
+        <v>10723.0</v>
       </c>
       <c r="N146" s="14" t="n">
-        <v>4792.0</v>
+        <v>6348.0</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Switzerland</t>
         </is>
       </c>
       <c r="B147" s="14" t="n">
-        <v>101208.0</v>
+        <v>112210.0</v>
       </c>
       <c r="C147" s="14" t="n">
-        <v>210.0</v>
+        <v>398.0</v>
       </c>
       <c r="D147" s="14" t="n">
-        <v>532.0</v>
+        <v>571.0</v>
       </c>
       <c r="E147" s="14" t="n">
-        <v>886.0</v>
+        <v>1326.0</v>
       </c>
       <c r="F147" s="14" t="n">
-        <v>6075.0</v>
+        <v>3440.0</v>
       </c>
       <c r="G147" s="14" t="n">
-        <v>10218.0</v>
+        <v>8709.0</v>
       </c>
       <c r="H147" s="14" t="n">
-        <v>17066.0</v>
+        <v>16237.0</v>
       </c>
       <c r="I147" s="14" t="n">
-        <v>25402.0</v>
+        <v>25447.0</v>
       </c>
       <c r="J147" s="14" t="n">
-        <v>13839.0</v>
+        <v>18697.0</v>
       </c>
       <c r="K147" s="14" t="n">
-        <v>11696.0</v>
+        <v>15482.0</v>
       </c>
       <c r="L147" s="14" t="n">
-        <v>13725.0</v>
+        <v>20689.0</v>
       </c>
       <c r="M147" s="14" t="n">
-        <v>822.0</v>
+        <v>453.0</v>
       </c>
       <c r="N147" s="14" t="n">
-        <v>738.0</v>
+        <v>761.0</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of Europe</t>
         </is>
       </c>
       <c r="B148" s="14" t="n">
-        <v>79702.0</v>
+        <v>113559.0</v>
       </c>
       <c r="C148" s="14" t="n">
-        <v>509.0</v>
+        <v>472.0</v>
       </c>
       <c r="D148" s="14" t="n">
-        <v>174.0</v>
+        <v>719.0</v>
       </c>
       <c r="E148" s="14" t="n">
-        <v>803.0</v>
+        <v>1154.0</v>
       </c>
       <c r="F148" s="14" t="n">
-        <v>1803.0</v>
+        <v>2376.0</v>
       </c>
       <c r="G148" s="14" t="n">
-        <v>7610.0</v>
+        <v>13191.0</v>
       </c>
       <c r="H148" s="14" t="n">
-        <v>8223.0</v>
+        <v>23063.0</v>
       </c>
       <c r="I148" s="14" t="n">
-        <v>14756.0</v>
+        <v>22193.0</v>
       </c>
       <c r="J148" s="14" t="n">
-        <v>13375.0</v>
+        <v>19944.0</v>
       </c>
       <c r="K148" s="14" t="n">
-        <v>19685.0</v>
+        <v>16409.0</v>
       </c>
       <c r="L148" s="14" t="n">
-        <v>11547.0</v>
+        <v>13323.0</v>
       </c>
       <c r="M148" s="14" t="n">
-        <v>640.0</v>
+        <v>135.0</v>
       </c>
       <c r="N148" s="14" t="n">
-        <v>577.0</v>
+        <v>581.0</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    United States</t>
         </is>
       </c>
       <c r="B149" s="14" t="n">
-        <v>53609.0</v>
+        <v>78457.0</v>
       </c>
       <c r="C149" s="14" t="n">
-        <v>548.0</v>
+        <v>536.0</v>
       </c>
       <c r="D149" s="14" t="n">
-        <v>638.0</v>
+        <v>1185.0</v>
       </c>
       <c r="E149" s="14" t="n">
-        <v>1787.0</v>
+        <v>2731.0</v>
       </c>
       <c r="F149" s="14" t="n">
-        <v>3414.0</v>
+        <v>3229.0</v>
       </c>
       <c r="G149" s="14" t="n">
-        <v>5411.0</v>
+        <v>8441.0</v>
       </c>
       <c r="H149" s="14" t="n">
-        <v>10091.0</v>
+        <v>11255.0</v>
       </c>
       <c r="I149" s="14" t="n">
-        <v>11150.0</v>
+        <v>18663.0</v>
       </c>
       <c r="J149" s="14" t="n">
-        <v>7352.0</v>
+        <v>12268.0</v>
       </c>
       <c r="K149" s="14" t="n">
-        <v>6274.0</v>
+        <v>12034.0</v>
       </c>
       <c r="L149" s="14" t="n">
-        <v>3948.0</v>
+        <v>4685.0</v>
       </c>
       <c r="M149" s="14" t="n">
-        <v>1324.0</v>
+        <v>1268.0</v>
       </c>
       <c r="N149" s="14" t="n">
-        <v>1672.0</v>
+        <v>2162.0</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of America</t>
         </is>
       </c>
       <c r="B150" s="14" t="n">
-        <v>85922.0</v>
+        <v>117804.0</v>
       </c>
       <c r="C150" s="14" t="n">
-        <v>475.0</v>
+        <v>1185.0</v>
       </c>
       <c r="D150" s="14" t="n">
-        <v>900.0</v>
+        <v>1018.0</v>
       </c>
       <c r="E150" s="14" t="n">
-        <v>1587.0</v>
+        <v>2514.0</v>
       </c>
       <c r="F150" s="14" t="n">
-        <v>5293.0</v>
+        <v>3485.0</v>
       </c>
       <c r="G150" s="14" t="n">
-        <v>10369.0</v>
+        <v>16918.0</v>
       </c>
       <c r="H150" s="14" t="n">
-        <v>15694.0</v>
+        <v>13934.0</v>
       </c>
       <c r="I150" s="14" t="n">
-        <v>15047.0</v>
+        <v>20225.0</v>
       </c>
       <c r="J150" s="14" t="n">
-        <v>16127.0</v>
+        <v>21317.0</v>
       </c>
       <c r="K150" s="14" t="n">
-        <v>12262.0</v>
+        <v>20172.0</v>
       </c>
       <c r="L150" s="14" t="n">
-        <v>5775.0</v>
+        <v>13999.0</v>
       </c>
       <c r="M150" s="14" t="n">
-        <v>1114.0</v>
+        <v>1375.0</v>
       </c>
       <c r="N150" s="14" t="n">
-        <v>1280.0</v>
+        <v>1660.0</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    African Countries</t>
         </is>
       </c>
       <c r="B151" s="14" t="n">
-        <v>16865.0</v>
+        <v>37463.0</v>
       </c>
       <c r="C151" s="14" t="n">
-        <v>124.0</v>
+        <v>153.0</v>
       </c>
       <c r="D151" s="14" t="n">
-        <v>316.0</v>
+        <v>252.0</v>
       </c>
       <c r="E151" s="14" t="n">
-        <v>246.0</v>
+        <v>200.0</v>
       </c>
       <c r="F151" s="14" t="n">
-        <v>477.0</v>
+        <v>856.0</v>
       </c>
       <c r="G151" s="14" t="n">
-        <v>1233.0</v>
+        <v>2718.0</v>
       </c>
       <c r="H151" s="14" t="n">
-        <v>3228.0</v>
+        <v>8999.0</v>
       </c>
       <c r="I151" s="14" t="n">
-        <v>3387.0</v>
+        <v>7458.0</v>
       </c>
       <c r="J151" s="14" t="n">
-        <v>3882.0</v>
+        <v>8238.0</v>
       </c>
       <c r="K151" s="14" t="n">
-        <v>2261.0</v>
+        <v>5453.0</v>
       </c>
       <c r="L151" s="14" t="n">
-        <v>1107.0</v>
+        <v>2612.0</v>
       </c>
       <c r="M151" s="14" t="n">
-        <v>274.0</v>
+        <v>154.0</v>
       </c>
       <c r="N151" s="14" t="n">
-        <v>330.0</v>
+        <v>370.0</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of the world</t>
         </is>
       </c>
       <c r="B152" s="14" t="n">
-        <v>102993.0</v>
+        <v>160705.0</v>
       </c>
       <c r="C152" s="14" t="n">
-        <v>434.0</v>
+        <v>822.0</v>
       </c>
       <c r="D152" s="14" t="n">
-        <v>1064.0</v>
+        <v>1158.0</v>
       </c>
       <c r="E152" s="14" t="n">
-        <v>1035.0</v>
+        <v>1984.0</v>
       </c>
       <c r="F152" s="14" t="n">
-        <v>4122.0</v>
+        <v>4605.0</v>
       </c>
       <c r="G152" s="14" t="n">
-        <v>13432.0</v>
+        <v>18783.0</v>
       </c>
       <c r="H152" s="14" t="n">
-        <v>14165.0</v>
+        <v>27116.0</v>
       </c>
       <c r="I152" s="14" t="n">
-        <v>25163.0</v>
+        <v>30974.0</v>
       </c>
       <c r="J152" s="14" t="n">
-        <v>18765.0</v>
+        <v>31392.0</v>
       </c>
       <c r="K152" s="14" t="n">
-        <v>16335.0</v>
+        <v>27503.0</v>
       </c>
       <c r="L152" s="14" t="n">
-        <v>6311.0</v>
+        <v>10019.0</v>
       </c>
       <c r="M152" s="14" t="n">
-        <v>1008.0</v>
+        <v>1800.0</v>
       </c>
       <c r="N152" s="14" t="n">
-        <v>1161.0</v>
+        <v>4549.0</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="6" t="inlineStr">
         <is>
-          <t>Canarias</t>
+          <t>05 Canarias</t>
         </is>
       </c>
       <c r="B153" s="6"/>
       <c r="C153" s="6"/>
       <c r="D153" s="6"/>
       <c r="E153" s="6"/>
       <c r="F153" s="6"/>
       <c r="G153" s="6"/>
       <c r="H153" s="6"/>
       <c r="I153" s="6"/>
       <c r="J153" s="6"/>
       <c r="K153" s="6"/>
       <c r="L153" s="6"/>
       <c r="M153" s="6"/>
       <c r="N153" s="6"/>
     </row>
     <row r="154">
       <c r="A154" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B154" s="14" t="n">
-        <v>2.5101669E7</v>
+        <v>2.5858466E7</v>
       </c>
       <c r="C154" s="14" t="n">
-        <v>2276651.0</v>
+        <v>2334620.0</v>
       </c>
       <c r="D154" s="14" t="n">
-        <v>2139842.0</v>
+        <v>2245824.0</v>
       </c>
       <c r="E154" s="14" t="n">
-        <v>2199034.0</v>
+        <v>2411588.0</v>
       </c>
       <c r="F154" s="14" t="n">
-        <v>1953088.0</v>
+        <v>1908345.0</v>
       </c>
       <c r="G154" s="14" t="n">
-        <v>1685125.0</v>
+        <v>1794783.0</v>
       </c>
       <c r="H154" s="14" t="n">
-        <v>1690338.0</v>
+        <v>1787749.0</v>
       </c>
       <c r="I154" s="14" t="n">
-        <v>2173621.0</v>
+        <v>2223134.0</v>
       </c>
       <c r="J154" s="14" t="n">
-        <v>2373837.0</v>
+        <v>2444552.0</v>
       </c>
       <c r="K154" s="14" t="n">
-        <v>1979095.0</v>
+        <v>1975641.0</v>
       </c>
       <c r="L154" s="14" t="n">
-        <v>2123288.0</v>
+        <v>2212523.0</v>
       </c>
       <c r="M154" s="14" t="n">
-        <v>2201216.0</v>
+        <v>2257478.0</v>
       </c>
       <c r="N154" s="14" t="n">
-        <v>2306532.0</v>
+        <v>2262230.0</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Spaniards</t>
         </is>
       </c>
       <c r="B155" s="14" t="n">
-        <v>2967028.0</v>
+        <v>2816707.0</v>
       </c>
       <c r="C155" s="14" t="n">
-        <v>138647.0</v>
+        <v>111123.0</v>
       </c>
       <c r="D155" s="14" t="n">
-        <v>122981.0</v>
+        <v>114415.0</v>
       </c>
       <c r="E155" s="14" t="n">
-        <v>151854.0</v>
+        <v>184363.0</v>
       </c>
       <c r="F155" s="14" t="n">
-        <v>270636.0</v>
+        <v>170432.0</v>
       </c>
       <c r="G155" s="14" t="n">
-        <v>225072.0</v>
+        <v>227548.0</v>
       </c>
       <c r="H155" s="14" t="n">
-        <v>265255.0</v>
+        <v>285884.0</v>
       </c>
       <c r="I155" s="14" t="n">
-        <v>437676.0</v>
+        <v>419642.0</v>
       </c>
       <c r="J155" s="14" t="n">
-        <v>542264.0</v>
+        <v>537157.0</v>
       </c>
       <c r="K155" s="14" t="n">
-        <v>340629.0</v>
+        <v>313152.0</v>
       </c>
       <c r="L155" s="14" t="n">
-        <v>214626.0</v>
+        <v>191665.0</v>
       </c>
       <c r="M155" s="14" t="n">
-        <v>122055.0</v>
+        <v>126610.0</v>
       </c>
       <c r="N155" s="14" t="n">
-        <v>135334.0</v>
+        <v>134717.0</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Foreigners</t>
         </is>
       </c>
       <c r="B156" s="14" t="n">
-        <v>2.2134641E7</v>
+        <v>2.3041758E7</v>
       </c>
       <c r="C156" s="14" t="n">
-        <v>2138004.0</v>
+        <v>2223497.0</v>
       </c>
       <c r="D156" s="14" t="n">
-        <v>2016861.0</v>
+        <v>2131408.0</v>
       </c>
       <c r="E156" s="14" t="n">
-        <v>2047181.0</v>
+        <v>2227225.0</v>
       </c>
       <c r="F156" s="14" t="n">
-        <v>1682453.0</v>
+        <v>1737913.0</v>
       </c>
       <c r="G156" s="14" t="n">
-        <v>1460053.0</v>
+        <v>1567235.0</v>
       </c>
       <c r="H156" s="14" t="n">
-        <v>1425083.0</v>
+        <v>1501865.0</v>
       </c>
       <c r="I156" s="14" t="n">
-        <v>1735945.0</v>
+        <v>1803492.0</v>
       </c>
       <c r="J156" s="14" t="n">
-        <v>1831573.0</v>
+        <v>1907396.0</v>
       </c>
       <c r="K156" s="14" t="n">
-        <v>1638467.0</v>
+        <v>1662489.0</v>
       </c>
       <c r="L156" s="14" t="n">
-        <v>1908663.0</v>
+        <v>2020858.0</v>
       </c>
       <c r="M156" s="14" t="n">
-        <v>2079161.0</v>
+        <v>2130867.0</v>
       </c>
       <c r="N156" s="14" t="n">
-        <v>2171199.0</v>
+        <v>2127513.0</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    European Union27 (without Spain)</t>
         </is>
       </c>
       <c r="B157" s="14" t="n">
-        <v>1.0709477E7</v>
+        <v>1.1020896E7</v>
       </c>
       <c r="C157" s="14" t="n">
-        <v>1182804.0</v>
+        <v>1221457.0</v>
       </c>
       <c r="D157" s="14" t="n">
-        <v>1075756.0</v>
+        <v>1164745.0</v>
       </c>
       <c r="E157" s="14" t="n">
-        <v>1034792.0</v>
+        <v>1155953.0</v>
       </c>
       <c r="F157" s="14" t="n">
-        <v>815174.0</v>
+        <v>820604.0</v>
       </c>
       <c r="G157" s="14" t="n">
-        <v>623881.0</v>
+        <v>670867.0</v>
       </c>
       <c r="H157" s="14" t="n">
-        <v>592673.0</v>
+        <v>583241.0</v>
       </c>
       <c r="I157" s="14" t="n">
-        <v>753161.0</v>
+        <v>755489.0</v>
       </c>
       <c r="J157" s="14" t="n">
-        <v>786743.0</v>
+        <v>802998.0</v>
       </c>
       <c r="K157" s="14" t="n">
-        <v>696772.0</v>
+        <v>700232.0</v>
       </c>
       <c r="L157" s="14" t="n">
-        <v>883398.0</v>
+        <v>931403.0</v>
       </c>
       <c r="M157" s="14" t="n">
-        <v>1111283.0</v>
+        <v>1108151.0</v>
       </c>
       <c r="N157" s="14" t="n">
-        <v>1153040.0</v>
+        <v>1105756.0</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Germany</t>
         </is>
       </c>
       <c r="B158" s="14" t="n">
-        <v>3108034.0</v>
+        <v>3125607.0</v>
       </c>
       <c r="C158" s="14" t="n">
-        <v>345734.0</v>
+        <v>339499.0</v>
       </c>
       <c r="D158" s="14" t="n">
-        <v>318216.0</v>
+        <v>329736.0</v>
       </c>
       <c r="E158" s="14" t="n">
-        <v>290940.0</v>
+        <v>345792.0</v>
       </c>
       <c r="F158" s="14" t="n">
-        <v>245524.0</v>
+        <v>257682.0</v>
       </c>
       <c r="G158" s="14" t="n">
-        <v>191104.0</v>
+        <v>213847.0</v>
       </c>
       <c r="H158" s="14" t="n">
-        <v>169663.0</v>
+        <v>161947.0</v>
       </c>
       <c r="I158" s="14" t="n">
-        <v>195584.0</v>
+        <v>183619.0</v>
       </c>
       <c r="J158" s="14" t="n">
-        <v>180521.0</v>
+        <v>176569.0</v>
       </c>
       <c r="K158" s="14" t="n">
-        <v>215626.0</v>
+        <v>207769.0</v>
       </c>
       <c r="L158" s="14" t="n">
-        <v>272625.0</v>
+        <v>266375.0</v>
       </c>
       <c r="M158" s="14" t="n">
-        <v>333998.0</v>
+        <v>327734.0</v>
       </c>
       <c r="N158" s="14" t="n">
-        <v>348499.0</v>
+        <v>315039.0</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Austria</t>
         </is>
       </c>
       <c r="B159" s="14" t="n">
-        <v>122875.0</v>
+        <v>124861.0</v>
       </c>
       <c r="C159" s="14" t="n">
-        <v>17832.0</v>
+        <v>16766.0</v>
       </c>
       <c r="D159" s="14" t="n">
-        <v>17081.0</v>
+        <v>18023.0</v>
       </c>
       <c r="E159" s="14" t="n">
-        <v>10143.0</v>
+        <v>14156.0</v>
       </c>
       <c r="F159" s="14" t="n">
-        <v>7215.0</v>
+        <v>8431.0</v>
       </c>
       <c r="G159" s="14" t="n">
-        <v>5925.0</v>
+        <v>5705.0</v>
       </c>
       <c r="H159" s="14" t="n">
-        <v>4042.0</v>
+        <v>8949.0</v>
       </c>
       <c r="I159" s="14" t="n">
-        <v>5467.0</v>
+        <v>6498.0</v>
       </c>
       <c r="J159" s="14" t="n">
-        <v>7011.0</v>
+        <v>6955.0</v>
       </c>
       <c r="K159" s="14" t="n">
-        <v>6422.0</v>
+        <v>4710.0</v>
       </c>
       <c r="L159" s="14" t="n">
-        <v>9484.0</v>
+        <v>9285.0</v>
       </c>
       <c r="M159" s="14" t="n">
-        <v>15790.0</v>
+        <v>13719.0</v>
       </c>
       <c r="N159" s="14" t="n">
-        <v>16463.0</v>
+        <v>11664.0</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Belgium</t>
         </is>
       </c>
       <c r="B160" s="14" t="n">
-        <v>271025.0</v>
+        <v>281468.0</v>
       </c>
       <c r="C160" s="14" t="n">
-        <v>24771.0</v>
+        <v>26153.0</v>
       </c>
       <c r="D160" s="14" t="n">
-        <v>23154.0</v>
+        <v>25192.0</v>
       </c>
       <c r="E160" s="14" t="n">
-        <v>19580.0</v>
+        <v>22818.0</v>
       </c>
       <c r="F160" s="14" t="n">
-        <v>25427.0</v>
+        <v>23224.0</v>
       </c>
       <c r="G160" s="14" t="n">
-        <v>18274.0</v>
+        <v>18186.0</v>
       </c>
       <c r="H160" s="14" t="n">
-        <v>12876.0</v>
+        <v>14377.0</v>
       </c>
       <c r="I160" s="14" t="n">
-        <v>32210.0</v>
+        <v>34815.0</v>
       </c>
       <c r="J160" s="14" t="n">
-        <v>22765.0</v>
+        <v>21055.0</v>
       </c>
       <c r="K160" s="14" t="n">
-        <v>19378.0</v>
+        <v>18839.0</v>
       </c>
       <c r="L160" s="14" t="n">
-        <v>19132.0</v>
+        <v>21350.0</v>
       </c>
       <c r="M160" s="14" t="n">
-        <v>25249.0</v>
+        <v>25490.0</v>
       </c>
       <c r="N160" s="14" t="n">
-        <v>28209.0</v>
+        <v>29969.0</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Denmark</t>
         </is>
       </c>
       <c r="B161" s="14" t="n">
-        <v>795493.0</v>
+        <v>819275.0</v>
       </c>
       <c r="C161" s="14" t="n">
-        <v>112146.0</v>
+        <v>121429.0</v>
       </c>
       <c r="D161" s="14" t="n">
-        <v>106793.0</v>
+        <v>117292.0</v>
       </c>
       <c r="E161" s="14" t="n">
-        <v>106732.0</v>
+        <v>118309.0</v>
       </c>
       <c r="F161" s="14" t="n">
-        <v>61488.0</v>
+        <v>47063.0</v>
       </c>
       <c r="G161" s="14" t="n">
-        <v>25278.0</v>
+        <v>26310.0</v>
       </c>
       <c r="H161" s="14" t="n">
-        <v>24938.0</v>
+        <v>9788.0</v>
       </c>
       <c r="I161" s="14" t="n">
-        <v>41483.0</v>
+        <v>52164.0</v>
       </c>
       <c r="J161" s="14" t="n">
-        <v>27318.0</v>
+        <v>31716.0</v>
       </c>
       <c r="K161" s="14" t="n">
-        <v>25986.0</v>
+        <v>30245.0</v>
       </c>
       <c r="L161" s="14" t="n">
-        <v>72545.0</v>
+        <v>72431.0</v>
       </c>
       <c r="M161" s="14" t="n">
-        <v>96791.0</v>
+        <v>100545.0</v>
       </c>
       <c r="N161" s="14" t="n">
-        <v>93994.0</v>
+        <v>91984.0</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Finland</t>
         </is>
       </c>
       <c r="B162" s="14" t="n">
-        <v>524020.0</v>
+        <v>539844.0</v>
       </c>
       <c r="C162" s="14" t="n">
-        <v>99103.0</v>
+        <v>98633.0</v>
       </c>
       <c r="D162" s="14" t="n">
-        <v>84858.0</v>
+        <v>89207.0</v>
       </c>
       <c r="E162" s="14" t="n">
-        <v>81638.0</v>
+        <v>93229.0</v>
       </c>
       <c r="F162" s="14" t="n">
-        <v>29055.0</v>
+        <v>18013.0</v>
       </c>
       <c r="G162" s="14" t="n">
-        <v>3912.0</v>
+        <v>8036.0</v>
       </c>
       <c r="H162" s="14" t="n">
-        <v>1464.0</v>
+        <v>1784.0</v>
       </c>
       <c r="I162" s="14" t="n">
-        <v>2746.0</v>
+        <v>2278.0</v>
       </c>
       <c r="J162" s="14" t="n">
-        <v>981.0</v>
+        <v>1219.0</v>
       </c>
       <c r="K162" s="14" t="n">
-        <v>2748.0</v>
+        <v>2735.0</v>
       </c>
       <c r="L162" s="14" t="n">
-        <v>34679.0</v>
+        <v>36720.0</v>
       </c>
       <c r="M162" s="14" t="n">
-        <v>84882.0</v>
+        <v>86921.0</v>
       </c>
       <c r="N162" s="14" t="n">
-        <v>97954.0</v>
+        <v>101070.0</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    France</t>
         </is>
       </c>
       <c r="B163" s="14" t="n">
-        <v>601664.0</v>
+        <v>608250.0</v>
       </c>
       <c r="C163" s="14" t="n">
-        <v>41058.0</v>
+        <v>47544.0</v>
       </c>
       <c r="D163" s="14" t="n">
-        <v>56628.0</v>
+        <v>56599.0</v>
       </c>
       <c r="E163" s="14" t="n">
-        <v>47372.0</v>
+        <v>56151.0</v>
       </c>
       <c r="F163" s="14" t="n">
-        <v>56066.0</v>
+        <v>59065.0</v>
       </c>
       <c r="G163" s="14" t="n">
-        <v>51403.0</v>
+        <v>46589.0</v>
       </c>
       <c r="H163" s="14" t="n">
-        <v>34578.0</v>
+        <v>31964.0</v>
       </c>
       <c r="I163" s="14" t="n">
-        <v>52248.0</v>
+        <v>51101.0</v>
       </c>
       <c r="J163" s="14" t="n">
-        <v>67299.0</v>
+        <v>73848.0</v>
       </c>
       <c r="K163" s="14" t="n">
-        <v>42999.0</v>
+        <v>41830.0</v>
       </c>
       <c r="L163" s="14" t="n">
-        <v>58879.0</v>
+        <v>59553.0</v>
       </c>
       <c r="M163" s="14" t="n">
-        <v>50995.0</v>
+        <v>43205.0</v>
       </c>
       <c r="N163" s="14" t="n">
-        <v>42137.0</v>
+        <v>40801.0</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Greece</t>
         </is>
       </c>
       <c r="B164" s="14" t="n">
-        <v>7701.0</v>
+        <v>4830.0</v>
       </c>
       <c r="C164" s="14" t="n">
-        <v>484.0</v>
+        <v>245.0</v>
       </c>
       <c r="D164" s="14" t="n">
-        <v>553.0</v>
+        <v>596.0</v>
       </c>
       <c r="E164" s="14" t="n">
-        <v>751.0</v>
+        <v>276.0</v>
       </c>
       <c r="F164" s="14" t="n">
-        <v>325.0</v>
+        <v>784.0</v>
       </c>
       <c r="G164" s="14" t="n">
-        <v>3133.0</v>
+        <v>366.0</v>
       </c>
       <c r="H164" s="14" t="n">
-        <v>356.0</v>
+        <v>200.0</v>
       </c>
       <c r="I164" s="14" t="n">
-        <v>296.0</v>
+        <v>560.0</v>
       </c>
       <c r="J164" s="14" t="n">
-        <v>504.0</v>
+        <v>821.0</v>
       </c>
       <c r="K164" s="14" t="n">
-        <v>280.0</v>
+        <v>223.0</v>
       </c>
       <c r="L164" s="14" t="n">
-        <v>479.0</v>
+        <v>165.0</v>
       </c>
       <c r="M164" s="14" t="n">
-        <v>280.0</v>
+        <v>185.0</v>
       </c>
       <c r="N164" s="14" t="n">
-        <v>259.0</v>
+        <v>409.0</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Ireland</t>
         </is>
       </c>
       <c r="B165" s="14" t="n">
-        <v>1651398.0</v>
+        <v>1710035.0</v>
       </c>
       <c r="C165" s="14" t="n">
-        <v>121745.0</v>
+        <v>143330.0</v>
       </c>
       <c r="D165" s="14" t="n">
-        <v>102571.0</v>
+        <v>123371.0</v>
       </c>
       <c r="E165" s="14" t="n">
-        <v>123882.0</v>
+        <v>128611.0</v>
       </c>
       <c r="F165" s="14" t="n">
-        <v>112334.0</v>
+        <v>126570.0</v>
       </c>
       <c r="G165" s="14" t="n">
-        <v>116937.0</v>
+        <v>122618.0</v>
       </c>
       <c r="H165" s="14" t="n">
-        <v>143749.0</v>
+        <v>151063.0</v>
       </c>
       <c r="I165" s="14" t="n">
-        <v>173463.0</v>
+        <v>170274.0</v>
       </c>
       <c r="J165" s="14" t="n">
-        <v>184401.0</v>
+        <v>188145.0</v>
       </c>
       <c r="K165" s="14" t="n">
-        <v>157320.0</v>
+        <v>153207.0</v>
       </c>
       <c r="L165" s="14" t="n">
-        <v>145134.0</v>
+        <v>157975.0</v>
       </c>
       <c r="M165" s="14" t="n">
-        <v>138036.0</v>
+        <v>129611.0</v>
       </c>
       <c r="N165" s="14" t="n">
-        <v>131826.0</v>
+        <v>115259.0</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Italy</t>
         </is>
       </c>
       <c r="B166" s="14" t="n">
-        <v>588172.0</v>
+        <v>659742.0</v>
       </c>
       <c r="C166" s="14" t="n">
-        <v>66287.0</v>
+        <v>64890.0</v>
       </c>
       <c r="D166" s="14" t="n">
-        <v>50373.0</v>
+        <v>57299.0</v>
       </c>
       <c r="E166" s="14" t="n">
-        <v>40679.0</v>
+        <v>53572.0</v>
       </c>
       <c r="F166" s="14" t="n">
-        <v>36753.0</v>
+        <v>44687.0</v>
       </c>
       <c r="G166" s="14" t="n">
-        <v>39146.0</v>
+        <v>49684.0</v>
       </c>
       <c r="H166" s="14" t="n">
-        <v>41575.0</v>
+        <v>39927.0</v>
       </c>
       <c r="I166" s="14" t="n">
-        <v>48136.0</v>
+        <v>51143.0</v>
       </c>
       <c r="J166" s="14" t="n">
-        <v>76798.0</v>
+        <v>89259.0</v>
       </c>
       <c r="K166" s="14" t="n">
-        <v>44501.0</v>
+        <v>55160.0</v>
       </c>
       <c r="L166" s="14" t="n">
-        <v>42741.0</v>
+        <v>49416.0</v>
       </c>
       <c r="M166" s="14" t="n">
-        <v>45938.0</v>
+        <v>48903.0</v>
       </c>
       <c r="N166" s="14" t="n">
-        <v>55245.0</v>
+        <v>55800.0</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Luxembourg</t>
         </is>
       </c>
       <c r="B167" s="14" t="n">
-        <v>15797.0</v>
+        <v>10621.0</v>
       </c>
       <c r="C167" s="14" t="n">
-        <v>2920.0</v>
+        <v>1484.0</v>
       </c>
       <c r="D167" s="14" t="n">
-        <v>1948.0</v>
+        <v>1016.0</v>
       </c>
       <c r="E167" s="14" t="n">
-        <v>1785.0</v>
+        <v>406.0</v>
       </c>
       <c r="F167" s="14" t="n">
-        <v>1232.0</v>
+        <v>824.0</v>
       </c>
       <c r="G167" s="14" t="n">
-        <v>478.0</v>
+        <v>598.0</v>
       </c>
       <c r="H167" s="14" t="n">
-        <v>520.0</v>
+        <v>530.0</v>
       </c>
       <c r="I167" s="14" t="n">
-        <v>599.0</v>
+        <v>799.0</v>
       </c>
       <c r="J167" s="14" t="n">
-        <v>1808.0</v>
+        <v>1072.0</v>
       </c>
       <c r="K167" s="14" t="n">
-        <v>1775.0</v>
+        <v>968.0</v>
       </c>
       <c r="L167" s="14" t="n">
-        <v>846.0</v>
+        <v>302.0</v>
       </c>
       <c r="M167" s="14" t="n">
-        <v>781.0</v>
+        <v>414.0</v>
       </c>
       <c r="N167" s="14" t="n">
-        <v>1105.0</v>
+        <v>2208.0</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Netherlands</t>
         </is>
       </c>
       <c r="B168" s="14" t="n">
-        <v>1237059.0</v>
+        <v>1187701.0</v>
       </c>
       <c r="C168" s="14" t="n">
-        <v>116940.0</v>
+        <v>109224.0</v>
       </c>
       <c r="D168" s="14" t="n">
-        <v>104302.0</v>
+        <v>121313.0</v>
       </c>
       <c r="E168" s="14" t="n">
-        <v>96709.0</v>
+        <v>95741.0</v>
       </c>
       <c r="F168" s="14" t="n">
-        <v>89664.0</v>
+        <v>98649.0</v>
       </c>
       <c r="G168" s="14" t="n">
-        <v>91671.0</v>
+        <v>94106.0</v>
       </c>
       <c r="H168" s="14" t="n">
-        <v>82786.0</v>
+        <v>78246.0</v>
       </c>
       <c r="I168" s="14" t="n">
-        <v>105812.0</v>
+        <v>93738.0</v>
       </c>
       <c r="J168" s="14" t="n">
-        <v>133430.0</v>
+        <v>108772.0</v>
       </c>
       <c r="K168" s="14" t="n">
-        <v>107763.0</v>
+        <v>92618.0</v>
       </c>
       <c r="L168" s="14" t="n">
-        <v>108146.0</v>
+        <v>108724.0</v>
       </c>
       <c r="M168" s="14" t="n">
-        <v>98724.0</v>
+        <v>93244.0</v>
       </c>
       <c r="N168" s="14" t="n">
-        <v>101113.0</v>
+        <v>93325.0</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Poland</t>
         </is>
       </c>
       <c r="B169" s="14" t="n">
-        <v>312457.0</v>
+        <v>383410.0</v>
       </c>
       <c r="C169" s="14" t="n">
-        <v>27089.0</v>
+        <v>34204.0</v>
       </c>
       <c r="D169" s="14" t="n">
-        <v>26052.0</v>
+        <v>34156.0</v>
       </c>
       <c r="E169" s="14" t="n">
-        <v>23273.0</v>
+        <v>25880.0</v>
       </c>
       <c r="F169" s="14" t="n">
-        <v>26129.0</v>
+        <v>29971.0</v>
       </c>
       <c r="G169" s="14" t="n">
-        <v>26858.0</v>
+        <v>28714.0</v>
       </c>
       <c r="H169" s="14" t="n">
-        <v>26203.0</v>
+        <v>28914.0</v>
       </c>
       <c r="I169" s="14" t="n">
-        <v>29413.0</v>
+        <v>35339.0</v>
       </c>
       <c r="J169" s="14" t="n">
-        <v>29810.0</v>
+        <v>36382.0</v>
       </c>
       <c r="K169" s="14" t="n">
-        <v>23757.0</v>
+        <v>33251.0</v>
       </c>
       <c r="L169" s="14" t="n">
-        <v>22060.0</v>
+        <v>31010.0</v>
       </c>
       <c r="M169" s="14" t="n">
-        <v>22056.0</v>
+        <v>30063.0</v>
       </c>
       <c r="N169" s="14" t="n">
-        <v>29757.0</v>
+        <v>35526.0</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Portugal</t>
         </is>
       </c>
       <c r="B170" s="14" t="n">
-        <v>65488.0</v>
+        <v>92913.0</v>
       </c>
       <c r="C170" s="14" t="n">
-        <v>1679.0</v>
+        <v>7917.0</v>
       </c>
       <c r="D170" s="14" t="n">
-        <v>2451.0</v>
+        <v>1851.0</v>
       </c>
       <c r="E170" s="14" t="n">
-        <v>2537.0</v>
+        <v>4100.0</v>
       </c>
       <c r="F170" s="14" t="n">
-        <v>5600.0</v>
+        <v>6446.0</v>
       </c>
       <c r="G170" s="14" t="n">
-        <v>5410.0</v>
+        <v>4148.0</v>
       </c>
       <c r="H170" s="14" t="n">
-        <v>8006.0</v>
+        <v>8046.0</v>
       </c>
       <c r="I170" s="14" t="n">
-        <v>9302.0</v>
+        <v>11555.0</v>
       </c>
       <c r="J170" s="14" t="n">
-        <v>14244.0</v>
+        <v>15102.0</v>
       </c>
       <c r="K170" s="14" t="n">
-        <v>8181.0</v>
+        <v>10862.0</v>
       </c>
       <c r="L170" s="14" t="n">
-        <v>3815.0</v>
+        <v>8055.0</v>
       </c>
       <c r="M170" s="14" t="n">
-        <v>2092.0</v>
+        <v>8875.0</v>
       </c>
       <c r="N170" s="14" t="n">
-        <v>2172.0</v>
+        <v>5957.0</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Czech Republic</t>
         </is>
       </c>
       <c r="B171" s="14" t="n">
-        <v>130923.0</v>
+        <v>115943.0</v>
       </c>
       <c r="C171" s="14" t="n">
-        <v>19232.0</v>
+        <v>11026.0</v>
       </c>
       <c r="D171" s="14" t="n">
-        <v>9605.0</v>
+        <v>11622.0</v>
       </c>
       <c r="E171" s="14" t="n">
-        <v>13055.0</v>
+        <v>10782.0</v>
       </c>
       <c r="F171" s="14" t="n">
-        <v>6745.0</v>
+        <v>7107.0</v>
       </c>
       <c r="G171" s="14" t="n">
-        <v>8756.0</v>
+        <v>7765.0</v>
       </c>
       <c r="H171" s="14" t="n">
-        <v>7947.0</v>
+        <v>7823.0</v>
       </c>
       <c r="I171" s="14" t="n">
-        <v>15728.0</v>
+        <v>11644.0</v>
       </c>
       <c r="J171" s="14" t="n">
-        <v>10783.0</v>
+        <v>8865.0</v>
       </c>
       <c r="K171" s="14" t="n">
-        <v>8822.0</v>
+        <v>7700.0</v>
       </c>
       <c r="L171" s="14" t="n">
-        <v>12003.0</v>
+        <v>12227.0</v>
       </c>
       <c r="M171" s="14" t="n">
-        <v>7953.0</v>
+        <v>10009.0</v>
       </c>
       <c r="N171" s="14" t="n">
-        <v>10295.0</v>
+        <v>9374.0</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Sweden</t>
         </is>
       </c>
       <c r="B172" s="14" t="n">
-        <v>916872.0</v>
+        <v>998615.0</v>
       </c>
       <c r="C172" s="14" t="n">
-        <v>148341.0</v>
+        <v>156657.0</v>
       </c>
       <c r="D172" s="14" t="n">
-        <v>135363.0</v>
+        <v>141549.0</v>
       </c>
       <c r="E172" s="14" t="n">
-        <v>138314.0</v>
+        <v>152673.0</v>
       </c>
       <c r="F172" s="14" t="n">
-        <v>78488.0</v>
+        <v>57323.0</v>
       </c>
       <c r="G172" s="14" t="n">
-        <v>10057.0</v>
+        <v>17712.0</v>
       </c>
       <c r="H172" s="14" t="n">
-        <v>9719.0</v>
+        <v>18576.0</v>
       </c>
       <c r="I172" s="14" t="n">
-        <v>14533.0</v>
+        <v>24187.0</v>
       </c>
       <c r="J172" s="14" t="n">
-        <v>8802.0</v>
+        <v>16933.0</v>
       </c>
       <c r="K172" s="14" t="n">
-        <v>13423.0</v>
+        <v>18312.0</v>
       </c>
       <c r="L172" s="14" t="n">
-        <v>56001.0</v>
+        <v>69746.0</v>
       </c>
       <c r="M172" s="14" t="n">
-        <v>146483.0</v>
+        <v>162462.0</v>
       </c>
       <c r="N172" s="14" t="n">
-        <v>157350.0</v>
+        <v>162486.0</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of EU</t>
         </is>
       </c>
       <c r="B173" s="14" t="n">
-        <v>360497.0</v>
+        <v>357780.0</v>
       </c>
       <c r="C173" s="14" t="n">
-        <v>37442.0</v>
+        <v>42457.0</v>
       </c>
       <c r="D173" s="14" t="n">
-        <v>35809.0</v>
+        <v>35922.0</v>
       </c>
       <c r="E173" s="14" t="n">
-        <v>37402.0</v>
+        <v>33456.0</v>
       </c>
       <c r="F173" s="14" t="n">
-        <v>33129.0</v>
+        <v>34765.0</v>
       </c>
       <c r="G173" s="14" t="n">
-        <v>25540.0</v>
+        <v>26483.0</v>
       </c>
       <c r="H173" s="14" t="n">
-        <v>24251.0</v>
+        <v>21107.0</v>
       </c>
       <c r="I173" s="14" t="n">
-        <v>26142.0</v>
+        <v>25776.0</v>
       </c>
       <c r="J173" s="14" t="n">
-        <v>20268.0</v>
+        <v>26285.0</v>
       </c>
       <c r="K173" s="14" t="n">
-        <v>17792.0</v>
+        <v>21802.0</v>
       </c>
       <c r="L173" s="14" t="n">
-        <v>24827.0</v>
+        <v>28068.0</v>
       </c>
       <c r="M173" s="14" t="n">
-        <v>41235.0</v>
+        <v>26773.0</v>
       </c>
       <c r="N173" s="14" t="n">
-        <v>36661.0</v>
+        <v>34886.0</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Norway</t>
         </is>
       </c>
       <c r="B174" s="14" t="n">
-        <v>1111635.0</v>
+        <v>1096712.0</v>
       </c>
       <c r="C174" s="14" t="n">
-        <v>165456.0</v>
+        <v>155272.0</v>
       </c>
       <c r="D174" s="14" t="n">
-        <v>167189.0</v>
+        <v>171920.0</v>
       </c>
       <c r="E174" s="14" t="n">
-        <v>154359.0</v>
+        <v>160441.0</v>
       </c>
       <c r="F174" s="14" t="n">
-        <v>74857.0</v>
+        <v>42107.0</v>
       </c>
       <c r="G174" s="14" t="n">
-        <v>15299.0</v>
+        <v>12267.0</v>
       </c>
       <c r="H174" s="14" t="n">
-        <v>11841.0</v>
+        <v>19855.0</v>
       </c>
       <c r="I174" s="14" t="n">
-        <v>39803.0</v>
+        <v>43949.0</v>
       </c>
       <c r="J174" s="14" t="n">
-        <v>14289.0</v>
+        <v>14290.0</v>
       </c>
       <c r="K174" s="14" t="n">
-        <v>16745.0</v>
+        <v>14880.0</v>
       </c>
       <c r="L174" s="14" t="n">
-        <v>102566.0</v>
+        <v>109793.0</v>
       </c>
       <c r="M174" s="14" t="n">
-        <v>179376.0</v>
+        <v>187854.0</v>
       </c>
       <c r="N174" s="14" t="n">
-        <v>169855.0</v>
+        <v>164083.0</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    United Kingdom</t>
         </is>
       </c>
       <c r="B175" s="14" t="n">
-        <v>9447774.0</v>
+        <v>1.0059289E7</v>
       </c>
       <c r="C175" s="14" t="n">
-        <v>715005.0</v>
+        <v>764045.0</v>
       </c>
       <c r="D175" s="14" t="n">
-        <v>696303.0</v>
+        <v>710015.0</v>
       </c>
       <c r="E175" s="14" t="n">
-        <v>783472.0</v>
+        <v>820617.0</v>
       </c>
       <c r="F175" s="14" t="n">
-        <v>722075.0</v>
+        <v>811577.0</v>
       </c>
       <c r="G175" s="14" t="n">
-        <v>762770.0</v>
+        <v>822551.0</v>
       </c>
       <c r="H175" s="14" t="n">
-        <v>760008.0</v>
+        <v>841016.0</v>
       </c>
       <c r="I175" s="14" t="n">
-        <v>847300.0</v>
+        <v>936983.0</v>
       </c>
       <c r="J175" s="14" t="n">
-        <v>963824.0</v>
+        <v>1020578.0</v>
       </c>
       <c r="K175" s="14" t="n">
-        <v>868753.0</v>
+        <v>885288.0</v>
       </c>
       <c r="L175" s="14" t="n">
-        <v>842524.0</v>
+        <v>898818.0</v>
       </c>
       <c r="M175" s="14" t="n">
-        <v>720963.0</v>
+        <v>762801.0</v>
       </c>
       <c r="N175" s="14" t="n">
-        <v>764778.0</v>
+        <v>784998.0</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Switzerland</t>
         </is>
       </c>
       <c r="B176" s="14" t="n">
-        <v>227443.0</v>
+        <v>252119.0</v>
       </c>
       <c r="C176" s="14" t="n">
-        <v>18867.0</v>
+        <v>26367.0</v>
       </c>
       <c r="D176" s="14" t="n">
-        <v>20769.0</v>
+        <v>29988.0</v>
       </c>
       <c r="E176" s="14" t="n">
-        <v>16409.0</v>
+        <v>23005.0</v>
       </c>
       <c r="F176" s="14" t="n">
-        <v>20418.0</v>
+        <v>18986.0</v>
       </c>
       <c r="G176" s="14" t="n">
-        <v>15100.0</v>
+        <v>15922.0</v>
       </c>
       <c r="H176" s="14" t="n">
-        <v>12884.0</v>
+        <v>10868.0</v>
       </c>
       <c r="I176" s="14" t="n">
-        <v>20453.0</v>
+        <v>13731.0</v>
       </c>
       <c r="J176" s="14" t="n">
-        <v>14428.0</v>
+        <v>12497.0</v>
       </c>
       <c r="K176" s="14" t="n">
-        <v>16004.0</v>
+        <v>22317.0</v>
       </c>
       <c r="L176" s="14" t="n">
-        <v>27131.0</v>
+        <v>31557.0</v>
       </c>
       <c r="M176" s="14" t="n">
-        <v>21786.0</v>
+        <v>27059.0</v>
       </c>
       <c r="N176" s="14" t="n">
-        <v>23194.0</v>
+        <v>19822.0</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of Europe</t>
         </is>
       </c>
       <c r="B177" s="14" t="n">
-        <v>310721.0</v>
+        <v>291152.0</v>
       </c>
       <c r="C177" s="14" t="n">
-        <v>31019.0</v>
+        <v>29791.0</v>
       </c>
       <c r="D177" s="14" t="n">
-        <v>31481.0</v>
+        <v>32056.0</v>
       </c>
       <c r="E177" s="14" t="n">
-        <v>30664.0</v>
+        <v>38055.0</v>
       </c>
       <c r="F177" s="14" t="n">
-        <v>24797.0</v>
+        <v>24613.0</v>
       </c>
       <c r="G177" s="14" t="n">
-        <v>17065.0</v>
+        <v>20712.0</v>
       </c>
       <c r="H177" s="14" t="n">
-        <v>23413.0</v>
+        <v>20627.0</v>
       </c>
       <c r="I177" s="14" t="n">
-        <v>33184.0</v>
+        <v>22287.0</v>
       </c>
       <c r="J177" s="14" t="n">
-        <v>16110.0</v>
+        <v>20048.0</v>
       </c>
       <c r="K177" s="14" t="n">
-        <v>18326.0</v>
+        <v>13755.0</v>
       </c>
       <c r="L177" s="14" t="n">
-        <v>27748.0</v>
+        <v>25167.0</v>
       </c>
       <c r="M177" s="14" t="n">
-        <v>24557.0</v>
+        <v>21738.0</v>
       </c>
       <c r="N177" s="14" t="n">
-        <v>32358.0</v>
+        <v>22302.0</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    United States</t>
         </is>
       </c>
       <c r="B178" s="14" t="n">
-        <v>37599.0</v>
+        <v>41952.0</v>
       </c>
       <c r="C178" s="14" t="n">
-        <v>3135.0</v>
+        <v>3993.0</v>
       </c>
       <c r="D178" s="14" t="n">
-        <v>3208.0</v>
+        <v>3418.0</v>
       </c>
       <c r="E178" s="14" t="n">
-        <v>3964.0</v>
+        <v>4921.0</v>
       </c>
       <c r="F178" s="14" t="n">
-        <v>4320.0</v>
+        <v>2178.0</v>
       </c>
       <c r="G178" s="14" t="n">
-        <v>3251.0</v>
+        <v>2829.0</v>
       </c>
       <c r="H178" s="14" t="n">
-        <v>3031.0</v>
+        <v>2679.0</v>
       </c>
       <c r="I178" s="14" t="n">
-        <v>3853.0</v>
+        <v>3395.0</v>
       </c>
       <c r="J178" s="14" t="n">
-        <v>2944.0</v>
+        <v>3575.0</v>
       </c>
       <c r="K178" s="14" t="n">
-        <v>2231.0</v>
+        <v>4455.0</v>
       </c>
       <c r="L178" s="14" t="n">
-        <v>1999.0</v>
+        <v>4025.0</v>
       </c>
       <c r="M178" s="14" t="n">
-        <v>2344.0</v>
+        <v>3224.0</v>
       </c>
       <c r="N178" s="14" t="n">
-        <v>3318.0</v>
+        <v>3259.0</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of America</t>
         </is>
       </c>
       <c r="B179" s="14" t="n">
-        <v>98900.0</v>
+        <v>97097.0</v>
       </c>
       <c r="C179" s="14" t="n">
-        <v>6540.0</v>
+        <v>7018.0</v>
       </c>
       <c r="D179" s="14" t="n">
-        <v>6154.0</v>
+        <v>7241.0</v>
       </c>
       <c r="E179" s="14" t="n">
-        <v>6127.0</v>
+        <v>7355.0</v>
       </c>
       <c r="F179" s="14" t="n">
-        <v>6774.0</v>
+        <v>5239.0</v>
       </c>
       <c r="G179" s="14" t="n">
-        <v>8240.0</v>
+        <v>9131.0</v>
       </c>
       <c r="H179" s="14" t="n">
-        <v>6918.0</v>
+        <v>8776.0</v>
       </c>
       <c r="I179" s="14" t="n">
-        <v>21659.0</v>
+        <v>9490.0</v>
       </c>
       <c r="J179" s="14" t="n">
-        <v>9424.0</v>
+        <v>10344.0</v>
       </c>
       <c r="K179" s="14" t="n">
-        <v>7365.0</v>
+        <v>8826.0</v>
       </c>
       <c r="L179" s="14" t="n">
-        <v>7306.0</v>
+        <v>7819.0</v>
       </c>
       <c r="M179" s="14" t="n">
-        <v>6005.0</v>
+        <v>8056.0</v>
       </c>
       <c r="N179" s="14" t="n">
-        <v>6387.0</v>
+        <v>7801.0</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    African Countries</t>
         </is>
       </c>
       <c r="B180" s="14" t="n">
-        <v>23579.0</v>
+        <v>26212.0</v>
       </c>
       <c r="C180" s="14" t="n">
-        <v>1202.0</v>
+        <v>1420.0</v>
       </c>
       <c r="D180" s="14" t="n">
-        <v>1741.0</v>
+        <v>1089.0</v>
       </c>
       <c r="E180" s="14" t="n">
-        <v>2070.0</v>
+        <v>1482.0</v>
       </c>
       <c r="F180" s="14" t="n">
-        <v>1376.0</v>
+        <v>1253.0</v>
       </c>
       <c r="G180" s="14" t="n">
-        <v>2018.0</v>
+        <v>1552.0</v>
       </c>
       <c r="H180" s="14" t="n">
-        <v>1923.0</v>
+        <v>2755.0</v>
       </c>
       <c r="I180" s="14" t="n">
-        <v>2827.0</v>
+        <v>3102.0</v>
       </c>
       <c r="J180" s="14" t="n">
-        <v>3716.0</v>
+        <v>6282.0</v>
       </c>
       <c r="K180" s="14" t="n">
-        <v>2059.0</v>
+        <v>2335.0</v>
       </c>
       <c r="L180" s="14" t="n">
-        <v>1699.0</v>
+        <v>2579.0</v>
       </c>
       <c r="M180" s="14" t="n">
-        <v>1211.0</v>
+        <v>1029.0</v>
       </c>
       <c r="N180" s="14" t="n">
-        <v>1736.0</v>
+        <v>1332.0</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of the world</t>
         </is>
       </c>
       <c r="B181" s="14" t="n">
-        <v>144398.0</v>
+        <v>133687.0</v>
       </c>
       <c r="C181" s="14" t="n">
-        <v>10789.0</v>
+        <v>10956.0</v>
       </c>
       <c r="D181" s="14" t="n">
-        <v>12253.0</v>
+        <v>9147.0</v>
       </c>
       <c r="E181" s="14" t="n">
-        <v>12969.0</v>
+        <v>13750.0</v>
       </c>
       <c r="F181" s="14" t="n">
-        <v>10785.0</v>
+        <v>9639.0</v>
       </c>
       <c r="G181" s="14" t="n">
-        <v>10441.0</v>
+        <v>9951.0</v>
       </c>
       <c r="H181" s="14" t="n">
-        <v>10674.0</v>
+        <v>10171.0</v>
       </c>
       <c r="I181" s="14" t="n">
-        <v>11823.0</v>
+        <v>13548.0</v>
       </c>
       <c r="J181" s="14" t="n">
-        <v>18966.0</v>
+        <v>15180.0</v>
       </c>
       <c r="K181" s="14" t="n">
-        <v>9466.0</v>
+        <v>9154.0</v>
       </c>
       <c r="L181" s="14" t="n">
-        <v>12963.0</v>
+        <v>7771.0</v>
       </c>
       <c r="M181" s="14" t="n">
-        <v>9616.0</v>
+        <v>8735.0</v>
       </c>
       <c r="N181" s="14" t="n">
-        <v>13654.0</v>
+        <v>15686.0</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="6" t="inlineStr">
         <is>
-          <t>Cantabria</t>
+          <t>06 Cantabria</t>
         </is>
       </c>
       <c r="B182" s="6"/>
       <c r="C182" s="6"/>
       <c r="D182" s="6"/>
       <c r="E182" s="6"/>
       <c r="F182" s="6"/>
       <c r="G182" s="6"/>
       <c r="H182" s="6"/>
       <c r="I182" s="6"/>
       <c r="J182" s="6"/>
       <c r="K182" s="6"/>
       <c r="L182" s="6"/>
       <c r="M182" s="6"/>
       <c r="N182" s="6"/>
     </row>
     <row r="183">
       <c r="A183" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B183" s="14" t="n">
-        <v>542592.0</v>
+        <v>535806.0</v>
       </c>
       <c r="C183" s="14" t="n">
-        <v>11948.0</v>
+        <v>19676.0</v>
       </c>
       <c r="D183" s="14" t="n">
-        <v>12986.0</v>
+        <v>18202.0</v>
       </c>
       <c r="E183" s="14" t="n">
-        <v>15724.0</v>
+        <v>33372.0</v>
       </c>
       <c r="F183" s="14" t="n">
-        <v>41266.0</v>
+        <v>32157.0</v>
       </c>
       <c r="G183" s="14" t="n">
-        <v>28994.0</v>
+        <v>35359.0</v>
       </c>
       <c r="H183" s="14" t="n">
-        <v>51442.0</v>
+        <v>52185.0</v>
       </c>
       <c r="I183" s="14" t="n">
-        <v>106840.0</v>
+        <v>99781.0</v>
       </c>
       <c r="J183" s="14" t="n">
-        <v>143337.0</v>
+        <v>115227.0</v>
       </c>
       <c r="K183" s="14" t="n">
-        <v>54846.0</v>
+        <v>53284.0</v>
       </c>
       <c r="L183" s="14" t="n">
-        <v>35788.0</v>
+        <v>26282.0</v>
       </c>
       <c r="M183" s="14" t="n">
-        <v>15816.0</v>
+        <v>24110.0</v>
       </c>
       <c r="N183" s="14" t="n">
-        <v>23605.0</v>
+        <v>26171.0</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Spaniards</t>
         </is>
       </c>
       <c r="B184" s="14" t="n">
-        <v>465386.0</v>
+        <v>474811.0</v>
       </c>
       <c r="C184" s="14" t="n">
-        <v>11128.0</v>
+        <v>17229.0</v>
       </c>
       <c r="D184" s="14" t="n">
-        <v>11495.0</v>
+        <v>15949.0</v>
       </c>
       <c r="E184" s="14" t="n">
-        <v>13856.0</v>
+        <v>29250.0</v>
       </c>
       <c r="F184" s="14" t="n">
-        <v>34300.0</v>
+        <v>28920.0</v>
       </c>
       <c r="G184" s="14" t="n">
-        <v>26207.0</v>
+        <v>29579.0</v>
       </c>
       <c r="H184" s="14" t="n">
-        <v>43119.0</v>
+        <v>46637.0</v>
       </c>
       <c r="I184" s="14" t="n">
-        <v>90028.0</v>
+        <v>89520.0</v>
       </c>
       <c r="J184" s="14" t="n">
-        <v>123994.0</v>
+        <v>104769.0</v>
       </c>
       <c r="K184" s="14" t="n">
-        <v>45116.0</v>
+        <v>44909.0</v>
       </c>
       <c r="L184" s="14" t="n">
-        <v>32354.0</v>
+        <v>21493.0</v>
       </c>
       <c r="M184" s="14" t="n">
-        <v>13450.0</v>
+        <v>21106.0</v>
       </c>
       <c r="N184" s="14" t="n">
-        <v>20341.0</v>
+        <v>25449.0</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Foreigners</t>
         </is>
       </c>
       <c r="B185" s="14" t="n">
-        <v>77206.0</v>
+        <v>60995.0</v>
       </c>
       <c r="C185" s="14" t="n">
-        <v>820.0</v>
+        <v>2447.0</v>
       </c>
       <c r="D185" s="14" t="n">
-        <v>1491.0</v>
+        <v>2254.0</v>
       </c>
       <c r="E185" s="14" t="n">
-        <v>1868.0</v>
+        <v>4122.0</v>
       </c>
       <c r="F185" s="14" t="n">
-        <v>6967.0</v>
+        <v>3237.0</v>
       </c>
       <c r="G185" s="14" t="n">
-        <v>2787.0</v>
+        <v>5780.0</v>
       </c>
       <c r="H185" s="14" t="n">
-        <v>8323.0</v>
+        <v>5548.0</v>
       </c>
       <c r="I185" s="14" t="n">
-        <v>16812.0</v>
+        <v>10261.0</v>
       </c>
       <c r="J185" s="14" t="n">
-        <v>19343.0</v>
+        <v>10458.0</v>
       </c>
       <c r="K185" s="14" t="n">
-        <v>9731.0</v>
+        <v>8376.0</v>
       </c>
       <c r="L185" s="14" t="n">
-        <v>3434.0</v>
+        <v>4789.0</v>
       </c>
       <c r="M185" s="14" t="n">
-        <v>2366.0</v>
+        <v>3004.0</v>
       </c>
       <c r="N185" s="14" t="n">
-        <v>3264.0</v>
+        <v>722.0</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    European Union27 (without Spain)</t>
         </is>
       </c>
       <c r="B186" s="14" t="n">
-        <v>54159.0</v>
+        <v>43560.0</v>
       </c>
       <c r="C186" s="14" t="n">
-        <v>543.0</v>
+        <v>2185.0</v>
       </c>
       <c r="D186" s="14" t="n">
-        <v>514.0</v>
+        <v>1995.0</v>
       </c>
       <c r="E186" s="14" t="n">
-        <v>547.0</v>
+        <v>2170.0</v>
       </c>
       <c r="F186" s="14" t="n">
-        <v>5765.0</v>
+        <v>3006.0</v>
       </c>
       <c r="G186" s="14" t="n">
-        <v>1888.0</v>
+        <v>4524.0</v>
       </c>
       <c r="H186" s="14" t="n">
-        <v>4795.0</v>
+        <v>4747.0</v>
       </c>
       <c r="I186" s="14" t="n">
-        <v>13645.0</v>
+        <v>6982.0</v>
       </c>
       <c r="J186" s="14" t="n">
-        <v>11097.0</v>
+        <v>8138.0</v>
       </c>
       <c r="K186" s="14" t="n">
-        <v>7948.0</v>
+        <v>4510.0</v>
       </c>
       <c r="L186" s="14" t="n">
-        <v>2499.0</v>
+        <v>2279.0</v>
       </c>
       <c r="M186" s="14" t="n">
-        <v>2147.0</v>
+        <v>2332.0</v>
       </c>
       <c r="N186" s="14" t="n">
-        <v>2772.0</v>
+        <v>692.0</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Germany</t>
         </is>
       </c>
       <c r="B187" s="14" t="n">
-        <v>7973.0</v>
+        <v>3025.0</v>
       </c>
       <c r="C187" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D187" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="E187" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E187" s="14" t="n">
+        <v>99.0</v>
       </c>
       <c r="F187" s="14" t="n">
-        <v>156.0</v>
+        <v>46.0</v>
       </c>
       <c r="G187" s="14" t="n">
-        <v>68.0</v>
+        <v>365.0</v>
       </c>
       <c r="H187" s="14" t="n">
-        <v>1513.0</v>
+        <v>115.0</v>
       </c>
       <c r="I187" s="14" t="n">
-        <v>1708.0</v>
+        <v>1796.0</v>
       </c>
       <c r="J187" s="14" t="n">
-        <v>1509.0</v>
+        <v>169.0</v>
       </c>
       <c r="K187" s="14" t="n">
-        <v>824.0</v>
+        <v>226.0</v>
       </c>
       <c r="L187" s="14" t="n">
-        <v>369.0</v>
-[...5 lines deleted...]
-        <v>1229.0</v>
+        <v>33.0</v>
+      </c>
+      <c r="M187" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="N187" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Austria</t>
         </is>
       </c>
       <c r="B188" s="14" t="n">
-        <v>925.0</v>
+        <v>1360.0</v>
       </c>
       <c r="C188" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D188" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="E188" s="14" t="n">
-        <v>173.0</v>
+      <c r="E188" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="F188" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="G188" s="13" t="inlineStr">
-[...5 lines deleted...]
-        <v>344.0</v>
+      <c r="G188" s="14" t="n">
+        <v>16.0</v>
+      </c>
+      <c r="H188" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="I188" s="14" t="n">
-        <v>307.0</v>
-[...5 lines deleted...]
-        <v>16.0</v>
+        <v>1242.0</v>
+      </c>
+      <c r="J188" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="K188" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="L188" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="M188" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N188" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Belgium</t>
         </is>
       </c>
       <c r="B189" s="14" t="n">
-        <v>981.0</v>
-[...2 lines deleted...]
-        <v>76.0</v>
+        <v>898.0</v>
+      </c>
+      <c r="C189" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="D189" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E189" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="F189" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F189" s="14" t="n">
+        <v>29.0</v>
       </c>
       <c r="G189" s="14" t="n">
-        <v>111.0</v>
+        <v>34.0</v>
       </c>
       <c r="H189" s="14" t="n">
-        <v>32.0</v>
+        <v>269.0</v>
       </c>
       <c r="I189" s="14" t="n">
-        <v>232.0</v>
+        <v>176.0</v>
       </c>
       <c r="J189" s="14" t="n">
-        <v>464.0</v>
+        <v>204.0</v>
       </c>
       <c r="K189" s="14" t="n">
-        <v>56.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>69.0</v>
+      </c>
+      <c r="L189" s="14" t="n">
+        <v>84.0</v>
       </c>
       <c r="M189" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N189" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Denmark</t>
         </is>
       </c>
       <c r="B190" s="14" t="n">
-        <v>594.0</v>
+        <v>162.0</v>
       </c>
       <c r="C190" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D190" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E190" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F190" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="G190" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="H190" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="I190" s="14" t="n">
-        <v>564.0</v>
+        <v>86.0</v>
       </c>
       <c r="J190" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="K190" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K190" s="14" t="n">
+        <v>42.0</v>
       </c>
       <c r="L190" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="M190" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N190" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Finland</t>
         </is>
       </c>
       <c r="B191" s="14" t="n">
-        <v>18.0</v>
+        <v>77.0</v>
       </c>
       <c r="C191" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D191" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E191" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F191" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="G191" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
@@ -9399,99 +9437,97 @@
         </is>
       </c>
       <c r="L191" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="M191" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N191" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    France</t>
         </is>
       </c>
       <c r="B192" s="14" t="n">
-        <v>12797.0</v>
+        <v>7172.0</v>
       </c>
       <c r="C192" s="14" t="n">
-        <v>60.0</v>
+        <v>139.0</v>
       </c>
       <c r="D192" s="14" t="n">
-        <v>173.0</v>
+        <v>264.0</v>
       </c>
       <c r="E192" s="14" t="n">
-        <v>132.0</v>
+        <v>99.0</v>
       </c>
       <c r="F192" s="14" t="n">
-        <v>3771.0</v>
+        <v>513.0</v>
       </c>
       <c r="G192" s="14" t="n">
-        <v>1368.0</v>
+        <v>1432.0</v>
       </c>
       <c r="H192" s="14" t="n">
-        <v>296.0</v>
+        <v>214.0</v>
       </c>
       <c r="I192" s="14" t="n">
-        <v>3403.0</v>
+        <v>953.0</v>
       </c>
       <c r="J192" s="14" t="n">
-        <v>2205.0</v>
+        <v>1271.0</v>
       </c>
       <c r="K192" s="14" t="n">
-        <v>930.0</v>
+        <v>1634.0</v>
       </c>
       <c r="L192" s="14" t="n">
-        <v>181.0</v>
+        <v>256.0</v>
       </c>
       <c r="M192" s="14" t="n">
-        <v>41.0</v>
+        <v>362.0</v>
       </c>
       <c r="N192" s="14" t="n">
-        <v>238.0</v>
+        <v>36.0</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Greece</t>
         </is>
       </c>
-      <c r="B193" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="B193" s="14" t="n">
+        <v>31.0</v>
       </c>
       <c r="C193" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D193" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E193" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F193" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="G193" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
@@ -9517,13035 +9553,12985 @@
         </is>
       </c>
       <c r="L193" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="M193" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N193" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Ireland</t>
         </is>
       </c>
       <c r="B194" s="14" t="n">
-        <v>1186.0</v>
+        <v>488.0</v>
       </c>
       <c r="C194" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="D194" s="13" t="inlineStr">
-[...8 lines deleted...]
-        <v>160.0</v>
+      <c r="D194" s="14" t="n">
+        <v>20.0</v>
+      </c>
+      <c r="E194" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="F194" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="G194" s="14" t="n">
-        <v>38.0</v>
+        <v>58.0</v>
       </c>
       <c r="H194" s="14" t="n">
-        <v>406.0</v>
+        <v>66.0</v>
       </c>
       <c r="I194" s="14" t="n">
-        <v>78.0</v>
+        <v>122.0</v>
       </c>
       <c r="J194" s="14" t="n">
-        <v>107.0</v>
+        <v>45.0</v>
       </c>
       <c r="K194" s="14" t="n">
-        <v>238.0</v>
-[...12 lines deleted...]
-        </is>
+        <v>72.0</v>
+      </c>
+      <c r="L194" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="M194" s="14" t="n">
+        <v>27.0</v>
+      </c>
+      <c r="N194" s="14" t="n">
+        <v>22.0</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Italy</t>
         </is>
       </c>
       <c r="B195" s="14" t="n">
-        <v>5326.0</v>
+        <v>6006.0</v>
       </c>
       <c r="C195" s="14" t="n">
-        <v>172.0</v>
+        <v>282.0</v>
       </c>
       <c r="D195" s="14" t="n">
-        <v>188.0</v>
+        <v>35.0</v>
       </c>
       <c r="E195" s="14" t="n">
-        <v>30.0</v>
+        <v>59.0</v>
       </c>
       <c r="F195" s="14" t="n">
-        <v>1427.0</v>
+        <v>163.0</v>
       </c>
       <c r="G195" s="14" t="n">
-        <v>123.0</v>
+        <v>581.0</v>
       </c>
       <c r="H195" s="14" t="n">
-        <v>93.0</v>
+        <v>365.0</v>
       </c>
       <c r="I195" s="14" t="n">
-        <v>997.0</v>
+        <v>260.0</v>
       </c>
       <c r="J195" s="14" t="n">
-        <v>1093.0</v>
+        <v>3852.0</v>
       </c>
       <c r="K195" s="14" t="n">
-        <v>473.0</v>
+        <v>153.0</v>
       </c>
       <c r="L195" s="14" t="n">
-        <v>459.0</v>
-[...9 lines deleted...]
-        </is>
+        <v>143.0</v>
+      </c>
+      <c r="M195" s="14" t="n">
+        <v>44.0</v>
+      </c>
+      <c r="N195" s="14" t="n">
+        <v>68.0</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Luxembourg</t>
         </is>
       </c>
-      <c r="B196" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="B196" s="14" t="n">
+        <v>256.0</v>
       </c>
       <c r="C196" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D196" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E196" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F196" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="G196" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="H196" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="I196" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="J196" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J196" s="14" t="n">
+        <v>256.0</v>
       </c>
       <c r="K196" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="L196" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="M196" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N196" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Netherlands</t>
         </is>
       </c>
       <c r="B197" s="14" t="n">
-        <v>6678.0</v>
-[...14 lines deleted...]
-        </is>
+        <v>19367.0</v>
+      </c>
+      <c r="C197" s="14" t="n">
+        <v>1681.0</v>
+      </c>
+      <c r="D197" s="14" t="n">
+        <v>1579.0</v>
+      </c>
+      <c r="E197" s="14" t="n">
+        <v>1770.0</v>
       </c>
       <c r="F197" s="14" t="n">
-        <v>76.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>1774.0</v>
+      </c>
+      <c r="G197" s="14" t="n">
+        <v>1717.0</v>
       </c>
       <c r="H197" s="14" t="n">
-        <v>353.0</v>
+        <v>2616.0</v>
       </c>
       <c r="I197" s="14" t="n">
-        <v>958.0</v>
+        <v>1662.0</v>
       </c>
       <c r="J197" s="14" t="n">
-        <v>352.0</v>
+        <v>1878.0</v>
       </c>
       <c r="K197" s="14" t="n">
-        <v>1158.0</v>
+        <v>1697.0</v>
       </c>
       <c r="L197" s="14" t="n">
-        <v>1336.0</v>
+        <v>1488.0</v>
       </c>
       <c r="M197" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="N197" s="14" t="n">
-        <v>1235.0</v>
+      <c r="N197" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Poland</t>
         </is>
       </c>
       <c r="B198" s="14" t="n">
-        <v>273.0</v>
+        <v>414.0</v>
       </c>
       <c r="C198" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D198" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E198" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F198" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="G198" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G198" s="14" t="n">
+        <v>48.0</v>
       </c>
       <c r="H198" s="14" t="n">
-        <v>36.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>89.0</v>
+      </c>
+      <c r="I198" s="14" t="n">
+        <v>47.0</v>
       </c>
       <c r="J198" s="14" t="n">
-        <v>101.0</v>
+        <v>69.0</v>
       </c>
       <c r="K198" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="L198" s="14" t="n">
-        <v>43.0</v>
+      <c r="L198" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="M198" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N198" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Portugal</t>
         </is>
       </c>
       <c r="B199" s="14" t="n">
-        <v>1078.0</v>
-[...2 lines deleted...]
-        <v>173.0</v>
+        <v>1284.0</v>
+      </c>
+      <c r="C199" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="D199" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="E199" s="14" t="n">
-        <v>14.0</v>
+      <c r="E199" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="F199" s="14" t="n">
-        <v>72.0</v>
+        <v>438.0</v>
       </c>
       <c r="G199" s="14" t="n">
-        <v>74.0</v>
+        <v>17.0</v>
       </c>
       <c r="H199" s="14" t="n">
-        <v>30.0</v>
+        <v>20.0</v>
       </c>
       <c r="I199" s="14" t="n">
+        <v>93.0</v>
+      </c>
+      <c r="J199" s="14" t="n">
+        <v>187.0</v>
+      </c>
+      <c r="K199" s="14" t="n">
+        <v>469.0</v>
+      </c>
+      <c r="L199" s="14" t="n">
         <v>38.0</v>
       </c>
-      <c r="J199" s="14" t="n">
-[...7 lines deleted...]
-      </c>
       <c r="M199" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="N199" s="14" t="n">
-        <v>66.0</v>
+      <c r="N199" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Czech Republic</t>
         </is>
       </c>
       <c r="B200" s="14" t="n">
-        <v>14584.0</v>
+        <v>121.0</v>
       </c>
       <c r="C200" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D200" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E200" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F200" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="G200" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="H200" s="14" t="n">
-[...9 lines deleted...]
-        <v>3857.0</v>
+      <c r="H200" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="I200" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="J200" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="K200" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="L200" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="M200" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N200" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Sweden</t>
         </is>
       </c>
       <c r="B201" s="14" t="n">
-        <v>202.0</v>
+        <v>875.0</v>
       </c>
       <c r="C201" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D201" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E201" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F201" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="G201" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="H201" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H201" s="14" t="n">
+        <v>454.0</v>
       </c>
       <c r="I201" s="14" t="n">
-        <v>111.0</v>
+        <v>391.0</v>
       </c>
       <c r="J201" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="K201" s="14" t="n">
-        <v>85.0</v>
+      <c r="K201" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="L201" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="M201" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N201" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of EU</t>
         </is>
       </c>
       <c r="B202" s="14" t="n">
-        <v>1530.0</v>
-[...2 lines deleted...]
-        <v>32.0</v>
+        <v>2022.0</v>
+      </c>
+      <c r="C202" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="D202" s="14" t="n">
-        <v>76.0</v>
-[...12 lines deleted...]
-        </is>
+        <v>55.0</v>
+      </c>
+      <c r="E202" s="14" t="n">
+        <v>81.0</v>
+      </c>
+      <c r="F202" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="G202" s="14" t="n">
+        <v>198.0</v>
       </c>
       <c r="H202" s="14" t="n">
-        <v>104.0</v>
+        <v>524.0</v>
       </c>
       <c r="I202" s="14" t="n">
-        <v>103.0</v>
+        <v>71.0</v>
       </c>
       <c r="J202" s="14" t="n">
-        <v>897.0</v>
+        <v>71.0</v>
       </c>
       <c r="K202" s="14" t="n">
-        <v>104.0</v>
+        <v>93.0</v>
       </c>
       <c r="L202" s="14" t="n">
-        <v>12.0</v>
+        <v>199.0</v>
       </c>
       <c r="M202" s="14" t="n">
-        <v>34.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>313.0</v>
+      </c>
+      <c r="N202" s="14" t="n">
+        <v>351.0</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Norway</t>
         </is>
       </c>
       <c r="B203" s="14" t="n">
-        <v>123.0</v>
+        <v>48.0</v>
       </c>
       <c r="C203" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D203" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E203" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F203" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="G203" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="H203" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="I203" s="14" t="n">
-        <v>103.0</v>
+      <c r="I203" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="J203" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="K203" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="L203" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="M203" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N203" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    United Kingdom</t>
         </is>
       </c>
       <c r="B204" s="14" t="n">
-        <v>4910.0</v>
-[...5 lines deleted...]
-        <v>176.0</v>
+        <v>5966.0</v>
+      </c>
+      <c r="C204" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="D204" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="E204" s="14" t="n">
-        <v>373.0</v>
+        <v>1336.0</v>
       </c>
       <c r="F204" s="14" t="n">
-        <v>172.0</v>
+        <v>61.0</v>
       </c>
       <c r="G204" s="14" t="n">
-        <v>567.0</v>
+        <v>940.0</v>
       </c>
       <c r="H204" s="14" t="n">
-        <v>288.0</v>
+        <v>323.0</v>
       </c>
       <c r="I204" s="14" t="n">
-        <v>776.0</v>
+        <v>587.0</v>
       </c>
       <c r="J204" s="14" t="n">
-        <v>1862.0</v>
+        <v>1486.0</v>
       </c>
       <c r="K204" s="14" t="n">
-        <v>442.0</v>
+        <v>734.0</v>
       </c>
       <c r="L204" s="14" t="n">
-        <v>106.0</v>
+        <v>338.0</v>
       </c>
       <c r="M204" s="14" t="n">
-        <v>47.0</v>
+        <v>112.0</v>
       </c>
       <c r="N204" s="14" t="n">
-        <v>26.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Switzerland</t>
         </is>
       </c>
       <c r="B205" s="14" t="n">
-        <v>339.0</v>
+        <v>855.0</v>
       </c>
       <c r="C205" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D205" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E205" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F205" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="G205" s="14" t="n">
-[...3 lines deleted...]
-        <v>56.0</v>
+      <c r="G205" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="H205" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="I205" s="14" t="n">
-        <v>174.0</v>
+        <v>474.0</v>
       </c>
       <c r="J205" s="14" t="n">
-        <v>63.0</v>
+        <v>187.0</v>
       </c>
       <c r="K205" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="L205" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="M205" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N205" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of Europe</t>
         </is>
       </c>
       <c r="B206" s="14" t="n">
-        <v>6586.0</v>
-[...5 lines deleted...]
-        <v>54.0</v>
+        <v>3389.0</v>
+      </c>
+      <c r="C206" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="D206" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="E206" s="14" t="n">
-        <v>205.0</v>
+        <v>120.0</v>
       </c>
       <c r="F206" s="14" t="n">
-        <v>100.0</v>
+        <v>61.0</v>
       </c>
       <c r="G206" s="14" t="n">
-        <v>167.0</v>
+        <v>97.0</v>
       </c>
       <c r="H206" s="14" t="n">
-        <v>43.0</v>
+        <v>34.0</v>
       </c>
       <c r="I206" s="14" t="n">
-        <v>106.0</v>
+        <v>1746.0</v>
       </c>
       <c r="J206" s="14" t="n">
-        <v>5239.0</v>
+        <v>328.0</v>
       </c>
       <c r="K206" s="14" t="n">
-        <v>160.0</v>
-[...10 lines deleted...]
-        <v>362.0</v>
+        <v>217.0</v>
+      </c>
+      <c r="L206" s="14" t="n">
+        <v>785.0</v>
+      </c>
+      <c r="M206" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="N206" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    United States</t>
         </is>
       </c>
       <c r="B207" s="14" t="n">
-        <v>6968.0</v>
-[...11 lines deleted...]
-        <v>76.0</v>
+        <v>2209.0</v>
+      </c>
+      <c r="C207" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="D207" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="E207" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="F207" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="G207" s="14" t="n">
-        <v>39.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>10.0</v>
+      </c>
+      <c r="H207" s="14" t="n">
+        <v>49.0</v>
       </c>
       <c r="I207" s="14" t="n">
-        <v>1824.0</v>
+        <v>110.0</v>
       </c>
       <c r="J207" s="14" t="n">
-        <v>587.0</v>
+        <v>165.0</v>
       </c>
       <c r="K207" s="14" t="n">
-        <v>822.0</v>
+        <v>1486.0</v>
       </c>
       <c r="L207" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="M207" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="M207" s="14" t="n">
+        <v>335.0</v>
       </c>
       <c r="N207" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of America</t>
         </is>
       </c>
       <c r="B208" s="14" t="n">
-        <v>3142.0</v>
-[...2 lines deleted...]
-        <v>81.0</v>
+        <v>2432.0</v>
+      </c>
+      <c r="C208" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="D208" s="14" t="n">
-        <v>534.0</v>
+        <v>170.0</v>
       </c>
       <c r="E208" s="14" t="n">
-        <v>691.0</v>
+        <v>387.0</v>
       </c>
       <c r="F208" s="14" t="n">
-        <v>733.0</v>
+        <v>52.0</v>
       </c>
       <c r="G208" s="14" t="n">
-        <v>93.0</v>
+        <v>155.0</v>
       </c>
       <c r="H208" s="14" t="n">
-        <v>112.0</v>
+        <v>349.0</v>
       </c>
       <c r="I208" s="14" t="n">
-        <v>160.0</v>
+        <v>173.0</v>
       </c>
       <c r="J208" s="14" t="n">
-        <v>108.0</v>
+        <v>45.0</v>
       </c>
       <c r="K208" s="14" t="n">
-        <v>263.0</v>
+        <v>436.0</v>
       </c>
       <c r="L208" s="14" t="n">
-        <v>158.0</v>
+        <v>489.0</v>
       </c>
       <c r="M208" s="14" t="n">
-        <v>112.0</v>
-[...2 lines deleted...]
-        <v>97.0</v>
+        <v>155.0</v>
+      </c>
+      <c r="N208" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    African Countries</t>
         </is>
       </c>
       <c r="B209" s="14" t="n">
-        <v>144.0</v>
+        <v>160.0</v>
       </c>
       <c r="C209" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D209" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="E209" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E209" s="14" t="n">
+        <v>27.0</v>
       </c>
       <c r="F209" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="G209" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="H209" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="I209" s="13" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="I209" s="14" t="n">
+        <v>58.0</v>
+      </c>
+      <c r="J209" s="14" t="n">
+        <v>60.0</v>
       </c>
       <c r="K209" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="L209" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="M209" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N209" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of the world</t>
         </is>
       </c>
       <c r="B210" s="14" t="n">
-        <v>822.0</v>
-[...9 lines deleted...]
-        </is>
+        <v>2270.0</v>
+      </c>
+      <c r="C210" s="14" t="n">
+        <v>212.0</v>
+      </c>
+      <c r="D210" s="14" t="n">
+        <v>71.0</v>
       </c>
       <c r="E210" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="F210" s="14" t="n">
-        <v>116.0</v>
+      <c r="F210" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="G210" s="14" t="n">
-        <v>18.0</v>
+        <v>41.0</v>
       </c>
       <c r="H210" s="14" t="n">
-        <v>324.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>16.0</v>
+      </c>
+      <c r="I210" s="14" t="n">
+        <v>84.0</v>
       </c>
       <c r="J210" s="14" t="n">
-        <v>254.0</v>
+        <v>38.0</v>
       </c>
       <c r="K210" s="14" t="n">
-        <v>68.0</v>
+        <v>907.0</v>
       </c>
       <c r="L210" s="14" t="n">
-        <v>16.0</v>
+        <v>737.0</v>
       </c>
       <c r="M210" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N210" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="6" t="inlineStr">
         <is>
-          <t>Castilla y León</t>
+          <t>07 Castilla y León</t>
         </is>
       </c>
       <c r="B211" s="6"/>
       <c r="C211" s="6"/>
       <c r="D211" s="6"/>
       <c r="E211" s="6"/>
       <c r="F211" s="6"/>
       <c r="G211" s="6"/>
       <c r="H211" s="6"/>
       <c r="I211" s="6"/>
       <c r="J211" s="6"/>
       <c r="K211" s="6"/>
       <c r="L211" s="6"/>
       <c r="M211" s="6"/>
       <c r="N211" s="6"/>
     </row>
     <row r="212">
       <c r="A212" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B212" s="14" t="n">
-        <v>772232.0</v>
+        <v>786788.0</v>
       </c>
       <c r="C212" s="14" t="n">
-        <v>32624.0</v>
+        <v>35379.0</v>
       </c>
       <c r="D212" s="14" t="n">
-        <v>38534.0</v>
+        <v>39806.0</v>
       </c>
       <c r="E212" s="14" t="n">
-        <v>40427.0</v>
+        <v>57471.0</v>
       </c>
       <c r="F212" s="14" t="n">
-        <v>69940.0</v>
+        <v>51778.0</v>
       </c>
       <c r="G212" s="14" t="n">
-        <v>52913.0</v>
+        <v>61987.0</v>
       </c>
       <c r="H212" s="14" t="n">
-        <v>59760.0</v>
+        <v>62433.0</v>
       </c>
       <c r="I212" s="14" t="n">
-        <v>96948.0</v>
+        <v>90569.0</v>
       </c>
       <c r="J212" s="14" t="n">
-        <v>120220.0</v>
+        <v>128336.0</v>
       </c>
       <c r="K212" s="14" t="n">
-        <v>73264.0</v>
+        <v>70282.0</v>
       </c>
       <c r="L212" s="14" t="n">
-        <v>71212.0</v>
+        <v>62347.0</v>
       </c>
       <c r="M212" s="14" t="n">
-        <v>51110.0</v>
+        <v>60307.0</v>
       </c>
       <c r="N212" s="14" t="n">
-        <v>65279.0</v>
+        <v>66093.0</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Spaniards</t>
         </is>
       </c>
       <c r="B213" s="14" t="n">
-        <v>645271.0</v>
+        <v>653440.0</v>
       </c>
       <c r="C213" s="14" t="n">
-        <v>27695.0</v>
+        <v>28954.0</v>
       </c>
       <c r="D213" s="14" t="n">
-        <v>33425.0</v>
+        <v>34499.0</v>
       </c>
       <c r="E213" s="14" t="n">
-        <v>36069.0</v>
+        <v>50908.0</v>
       </c>
       <c r="F213" s="14" t="n">
-        <v>60123.0</v>
+        <v>43489.0</v>
       </c>
       <c r="G213" s="14" t="n">
-        <v>43156.0</v>
+        <v>50105.0</v>
       </c>
       <c r="H213" s="14" t="n">
-        <v>50016.0</v>
+        <v>50317.0</v>
       </c>
       <c r="I213" s="14" t="n">
-        <v>80342.0</v>
+        <v>73584.0</v>
       </c>
       <c r="J213" s="14" t="n">
-        <v>100256.0</v>
+        <v>105124.0</v>
       </c>
       <c r="K213" s="14" t="n">
-        <v>57947.0</v>
+        <v>57591.0</v>
       </c>
       <c r="L213" s="14" t="n">
-        <v>57179.0</v>
+        <v>50951.0</v>
       </c>
       <c r="M213" s="14" t="n">
-        <v>42077.0</v>
+        <v>51033.0</v>
       </c>
       <c r="N213" s="14" t="n">
-        <v>56987.0</v>
+        <v>56886.0</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Foreigners</t>
         </is>
       </c>
       <c r="B214" s="14" t="n">
-        <v>126961.0</v>
+        <v>133349.0</v>
       </c>
       <c r="C214" s="14" t="n">
-        <v>4928.0</v>
+        <v>6424.0</v>
       </c>
       <c r="D214" s="14" t="n">
-        <v>5109.0</v>
+        <v>5307.0</v>
       </c>
       <c r="E214" s="14" t="n">
-        <v>4358.0</v>
+        <v>6563.0</v>
       </c>
       <c r="F214" s="14" t="n">
-        <v>9817.0</v>
+        <v>8290.0</v>
       </c>
       <c r="G214" s="14" t="n">
-        <v>9758.0</v>
+        <v>11882.0</v>
       </c>
       <c r="H214" s="14" t="n">
-        <v>9744.0</v>
+        <v>12116.0</v>
       </c>
       <c r="I214" s="14" t="n">
-        <v>16606.0</v>
+        <v>16986.0</v>
       </c>
       <c r="J214" s="14" t="n">
-        <v>19965.0</v>
+        <v>23213.0</v>
       </c>
       <c r="K214" s="14" t="n">
-        <v>15317.0</v>
+        <v>12691.0</v>
       </c>
       <c r="L214" s="14" t="n">
-        <v>14032.0</v>
+        <v>11396.0</v>
       </c>
       <c r="M214" s="14" t="n">
-        <v>9033.0</v>
+        <v>9274.0</v>
       </c>
       <c r="N214" s="14" t="n">
-        <v>8292.0</v>
+        <v>9208.0</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    European Union27 (without Spain)</t>
         </is>
       </c>
       <c r="B215" s="14" t="n">
-        <v>69459.0</v>
+        <v>72649.0</v>
       </c>
       <c r="C215" s="14" t="n">
-        <v>1831.0</v>
+        <v>3486.0</v>
       </c>
       <c r="D215" s="14" t="n">
-        <v>2849.0</v>
+        <v>2856.0</v>
       </c>
       <c r="E215" s="14" t="n">
-        <v>2524.0</v>
+        <v>3895.0</v>
       </c>
       <c r="F215" s="14" t="n">
-        <v>6313.0</v>
+        <v>4766.0</v>
       </c>
       <c r="G215" s="14" t="n">
-        <v>5714.0</v>
+        <v>5722.0</v>
       </c>
       <c r="H215" s="14" t="n">
-        <v>4432.0</v>
+        <v>5062.0</v>
       </c>
       <c r="I215" s="14" t="n">
-        <v>9403.0</v>
+        <v>9627.0</v>
       </c>
       <c r="J215" s="14" t="n">
-        <v>13692.0</v>
+        <v>17088.0</v>
       </c>
       <c r="K215" s="14" t="n">
-        <v>6720.0</v>
+        <v>6020.0</v>
       </c>
       <c r="L215" s="14" t="n">
-        <v>6861.0</v>
+        <v>5149.0</v>
       </c>
       <c r="M215" s="14" t="n">
-        <v>4387.0</v>
+        <v>4587.0</v>
       </c>
       <c r="N215" s="14" t="n">
-        <v>4733.0</v>
+        <v>4392.0</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Germany</t>
         </is>
       </c>
       <c r="B216" s="14" t="n">
-        <v>8075.0</v>
+        <v>5885.0</v>
       </c>
       <c r="C216" s="14" t="n">
-        <v>359.0</v>
+        <v>155.0</v>
       </c>
       <c r="D216" s="14" t="n">
-        <v>346.0</v>
+        <v>224.0</v>
       </c>
       <c r="E216" s="14" t="n">
-        <v>316.0</v>
+        <v>302.0</v>
       </c>
       <c r="F216" s="14" t="n">
-        <v>684.0</v>
+        <v>446.0</v>
       </c>
       <c r="G216" s="14" t="n">
-        <v>1072.0</v>
+        <v>786.0</v>
       </c>
       <c r="H216" s="14" t="n">
-        <v>672.0</v>
+        <v>430.0</v>
       </c>
       <c r="I216" s="14" t="n">
-        <v>991.0</v>
+        <v>680.0</v>
       </c>
       <c r="J216" s="14" t="n">
-        <v>458.0</v>
+        <v>759.0</v>
       </c>
       <c r="K216" s="14" t="n">
-        <v>1129.0</v>
+        <v>838.0</v>
       </c>
       <c r="L216" s="14" t="n">
-        <v>845.0</v>
+        <v>806.0</v>
       </c>
       <c r="M216" s="14" t="n">
-        <v>456.0</v>
+        <v>288.0</v>
       </c>
       <c r="N216" s="14" t="n">
-        <v>747.0</v>
+        <v>170.0</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Austria</t>
         </is>
       </c>
       <c r="B217" s="14" t="n">
-        <v>865.0</v>
+        <v>937.0</v>
       </c>
       <c r="C217" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="D217" s="14" t="n">
-[...3 lines deleted...]
-        <v>14.0</v>
+      <c r="D217" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="E217" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="F217" s="14" t="n">
-        <v>93.0</v>
+        <v>50.0</v>
       </c>
       <c r="G217" s="14" t="n">
-        <v>131.0</v>
+        <v>179.0</v>
       </c>
       <c r="H217" s="14" t="n">
-        <v>134.0</v>
+        <v>79.0</v>
       </c>
       <c r="I217" s="14" t="n">
-        <v>141.0</v>
+        <v>321.0</v>
       </c>
       <c r="J217" s="14" t="n">
-        <v>93.0</v>
+        <v>80.0</v>
       </c>
       <c r="K217" s="14" t="n">
-        <v>78.0</v>
+        <v>61.0</v>
       </c>
       <c r="L217" s="14" t="n">
-        <v>49.0</v>
+        <v>53.0</v>
       </c>
       <c r="M217" s="14" t="n">
-        <v>59.0</v>
+        <v>35.0</v>
       </c>
       <c r="N217" s="14" t="n">
-        <v>49.0</v>
+        <v>35.0</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Belgium</t>
         </is>
       </c>
       <c r="B218" s="14" t="n">
-        <v>4856.0</v>
+        <v>2867.0</v>
       </c>
       <c r="C218" s="14" t="n">
+        <v>101.0</v>
+      </c>
+      <c r="D218" s="14" t="n">
+        <v>239.0</v>
+      </c>
+      <c r="E218" s="14" t="n">
+        <v>72.0</v>
+      </c>
+      <c r="F218" s="14" t="n">
         <v>88.0</v>
       </c>
-      <c r="D218" s="14" t="n">
-[...7 lines deleted...]
-      </c>
       <c r="G218" s="14" t="n">
-        <v>346.0</v>
+        <v>310.0</v>
       </c>
       <c r="H218" s="14" t="n">
-        <v>346.0</v>
+        <v>179.0</v>
       </c>
       <c r="I218" s="14" t="n">
-        <v>736.0</v>
+        <v>705.0</v>
       </c>
       <c r="J218" s="14" t="n">
-        <v>1052.0</v>
+        <v>280.0</v>
       </c>
       <c r="K218" s="14" t="n">
-        <v>602.0</v>
+        <v>218.0</v>
       </c>
       <c r="L218" s="14" t="n">
-        <v>504.0</v>
+        <v>129.0</v>
       </c>
       <c r="M218" s="14" t="n">
-        <v>402.0</v>
+        <v>327.0</v>
       </c>
       <c r="N218" s="14" t="n">
-        <v>372.0</v>
+        <v>221.0</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Denmark</t>
         </is>
       </c>
       <c r="B219" s="14" t="n">
-        <v>830.0</v>
-[...23 lines deleted...]
-        <v>17.0</v>
+        <v>445.0</v>
+      </c>
+      <c r="C219" s="14" t="n">
+        <v>153.0</v>
+      </c>
+      <c r="D219" s="14" t="n">
+        <v>31.0</v>
+      </c>
+      <c r="E219" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="F219" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="G219" s="14" t="n">
+        <v>48.0</v>
+      </c>
+      <c r="H219" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="I219" s="14" t="n">
-        <v>112.0</v>
+        <v>47.0</v>
       </c>
       <c r="J219" s="14" t="n">
-        <v>404.0</v>
+        <v>21.0</v>
       </c>
       <c r="K219" s="14" t="n">
-        <v>135.0</v>
+        <v>36.0</v>
       </c>
       <c r="L219" s="14" t="n">
-        <v>63.0</v>
-[...7 lines deleted...]
-        </is>
+        <v>27.0</v>
+      </c>
+      <c r="M219" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="N219" s="14" t="n">
+        <v>22.0</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Finland</t>
         </is>
       </c>
       <c r="B220" s="14" t="n">
-        <v>339.0</v>
+        <v>963.0</v>
       </c>
       <c r="C220" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="D220" s="14" t="n">
-[...5 lines deleted...]
-        </is>
+      <c r="D220" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="E220" s="14" t="n">
+        <v>475.0</v>
       </c>
       <c r="F220" s="14" t="n">
-        <v>33.0</v>
-[...7 lines deleted...]
-        </is>
+        <v>38.0</v>
+      </c>
+      <c r="G220" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="H220" s="14" t="n">
+        <v>16.0</v>
       </c>
       <c r="I220" s="14" t="n">
-        <v>16.0</v>
-[...2 lines deleted...]
-        <v>73.0</v>
+        <v>108.0</v>
+      </c>
+      <c r="J220" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="K220" s="14" t="n">
-        <v>34.0</v>
+        <v>118.0</v>
       </c>
       <c r="L220" s="14" t="n">
-        <v>63.0</v>
-[...9 lines deleted...]
-        </is>
+        <v>39.0</v>
+      </c>
+      <c r="M220" s="14" t="n">
+        <v>49.0</v>
+      </c>
+      <c r="N220" s="14" t="n">
+        <v>102.0</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    France</t>
         </is>
       </c>
       <c r="B221" s="14" t="n">
-        <v>19552.0</v>
+        <v>20843.0</v>
       </c>
       <c r="C221" s="14" t="n">
-        <v>257.0</v>
+        <v>733.0</v>
       </c>
       <c r="D221" s="14" t="n">
-        <v>546.0</v>
+        <v>746.0</v>
       </c>
       <c r="E221" s="14" t="n">
-        <v>532.0</v>
+        <v>918.0</v>
       </c>
       <c r="F221" s="14" t="n">
-        <v>1245.0</v>
+        <v>1352.0</v>
       </c>
       <c r="G221" s="14" t="n">
-        <v>1488.0</v>
+        <v>1261.0</v>
       </c>
       <c r="H221" s="14" t="n">
-        <v>962.0</v>
+        <v>1092.0</v>
       </c>
       <c r="I221" s="14" t="n">
-        <v>3395.0</v>
+        <v>2763.0</v>
       </c>
       <c r="J221" s="14" t="n">
-        <v>5704.0</v>
+        <v>8792.0</v>
       </c>
       <c r="K221" s="14" t="n">
-        <v>1124.0</v>
+        <v>871.0</v>
       </c>
       <c r="L221" s="14" t="n">
-        <v>2287.0</v>
+        <v>1142.0</v>
       </c>
       <c r="M221" s="14" t="n">
-        <v>1186.0</v>
+        <v>666.0</v>
       </c>
       <c r="N221" s="14" t="n">
-        <v>825.0</v>
+        <v>507.0</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Greece</t>
         </is>
       </c>
       <c r="B222" s="14" t="n">
-        <v>845.0</v>
+        <v>1485.0</v>
       </c>
       <c r="C222" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D222" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E222" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F222" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="G222" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G222" s="14" t="n">
+        <v>42.0</v>
       </c>
       <c r="H222" s="14" t="n">
-        <v>20.0</v>
+        <v>43.0</v>
       </c>
       <c r="I222" s="14" t="n">
-        <v>47.0</v>
+        <v>180.0</v>
       </c>
       <c r="J222" s="14" t="n">
-        <v>132.0</v>
+        <v>172.0</v>
       </c>
       <c r="K222" s="14" t="n">
-        <v>214.0</v>
-[...10 lines deleted...]
-        </is>
+        <v>168.0</v>
+      </c>
+      <c r="L222" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="M222" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="N222" s="14" t="n">
+        <v>280.0</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Ireland</t>
         </is>
       </c>
       <c r="B223" s="14" t="n">
-        <v>1955.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>1617.0</v>
+      </c>
+      <c r="C223" s="14" t="n">
+        <v>157.0</v>
       </c>
       <c r="D223" s="14" t="n">
-        <v>69.0</v>
+        <v>18.0</v>
       </c>
       <c r="E223" s="14" t="n">
-        <v>94.0</v>
+        <v>148.0</v>
       </c>
       <c r="F223" s="14" t="n">
-        <v>173.0</v>
+        <v>92.0</v>
       </c>
       <c r="G223" s="14" t="n">
         <v>95.0</v>
       </c>
       <c r="H223" s="14" t="n">
-        <v>114.0</v>
+        <v>189.0</v>
       </c>
       <c r="I223" s="14" t="n">
-        <v>171.0</v>
+        <v>138.0</v>
       </c>
       <c r="J223" s="14" t="n">
-        <v>296.0</v>
+        <v>142.0</v>
       </c>
       <c r="K223" s="14" t="n">
-        <v>335.0</v>
+        <v>167.0</v>
       </c>
       <c r="L223" s="14" t="n">
-        <v>435.0</v>
+        <v>223.0</v>
       </c>
       <c r="M223" s="14" t="n">
-        <v>86.0</v>
+        <v>96.0</v>
       </c>
       <c r="N223" s="14" t="n">
-        <v>66.0</v>
+        <v>152.0</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Italy</t>
         </is>
       </c>
       <c r="B224" s="14" t="n">
-        <v>5134.0</v>
+        <v>7697.0</v>
       </c>
       <c r="C224" s="14" t="n">
-        <v>244.0</v>
+        <v>133.0</v>
       </c>
       <c r="D224" s="14" t="n">
-        <v>299.0</v>
+        <v>112.0</v>
       </c>
       <c r="E224" s="14" t="n">
-        <v>104.0</v>
+        <v>356.0</v>
       </c>
       <c r="F224" s="14" t="n">
+        <v>400.0</v>
+      </c>
+      <c r="G224" s="14" t="n">
         <v>379.0</v>
       </c>
-      <c r="G224" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="H224" s="14" t="n">
-        <v>283.0</v>
+        <v>424.0</v>
       </c>
       <c r="I224" s="14" t="n">
-        <v>309.0</v>
+        <v>683.0</v>
       </c>
       <c r="J224" s="14" t="n">
-        <v>1397.0</v>
+        <v>3228.0</v>
       </c>
       <c r="K224" s="14" t="n">
-        <v>515.0</v>
+        <v>740.0</v>
       </c>
       <c r="L224" s="14" t="n">
-        <v>494.0</v>
+        <v>531.0</v>
       </c>
       <c r="M224" s="14" t="n">
-        <v>384.0</v>
+        <v>347.0</v>
       </c>
       <c r="N224" s="14" t="n">
-        <v>333.0</v>
+        <v>364.0</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Luxembourg</t>
         </is>
       </c>
       <c r="B225" s="14" t="n">
-        <v>476.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>253.0</v>
+      </c>
+      <c r="C225" s="14" t="n">
+        <v>26.0</v>
       </c>
       <c r="D225" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="E225" s="14" t="n">
-[...8 lines deleted...]
-        </is>
+      <c r="E225" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="F225" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="G225" s="14" t="n">
+        <v>14.0</v>
       </c>
       <c r="H225" s="14" t="n">
-        <v>42.0</v>
-[...2 lines deleted...]
-        <v>24.0</v>
+        <v>87.0</v>
+      </c>
+      <c r="I225" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="J225" s="14" t="n">
-        <v>35.0</v>
+        <v>28.0</v>
       </c>
       <c r="K225" s="14" t="n">
-        <v>61.0</v>
+        <v>49.0</v>
       </c>
       <c r="L225" s="14" t="n">
-        <v>15.0</v>
-[...5 lines deleted...]
-        <v>146.0</v>
+        <v>20.0</v>
+      </c>
+      <c r="M225" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="N225" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Netherlands</t>
         </is>
       </c>
       <c r="B226" s="14" t="n">
-        <v>4710.0</v>
+        <v>5987.0</v>
       </c>
       <c r="C226" s="14" t="n">
-        <v>122.0</v>
+        <v>99.0</v>
       </c>
       <c r="D226" s="14" t="n">
         <v>105.0</v>
       </c>
       <c r="E226" s="14" t="n">
-        <v>160.0</v>
+        <v>143.0</v>
       </c>
       <c r="F226" s="14" t="n">
-        <v>307.0</v>
+        <v>369.0</v>
       </c>
       <c r="G226" s="14" t="n">
-        <v>765.0</v>
+        <v>920.0</v>
       </c>
       <c r="H226" s="14" t="n">
-        <v>334.0</v>
+        <v>661.0</v>
       </c>
       <c r="I226" s="14" t="n">
-        <v>816.0</v>
+        <v>947.0</v>
       </c>
       <c r="J226" s="14" t="n">
-        <v>479.0</v>
+        <v>1312.0</v>
       </c>
       <c r="K226" s="14" t="n">
-        <v>683.0</v>
+        <v>547.0</v>
       </c>
       <c r="L226" s="14" t="n">
-        <v>409.0</v>
+        <v>471.0</v>
       </c>
       <c r="M226" s="14" t="n">
-        <v>238.0</v>
+        <v>226.0</v>
       </c>
       <c r="N226" s="14" t="n">
-        <v>293.0</v>
+        <v>187.0</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Poland</t>
         </is>
       </c>
       <c r="B227" s="14" t="n">
-        <v>2451.0</v>
-[...7 lines deleted...]
-        </is>
+        <v>3468.0</v>
+      </c>
+      <c r="C227" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="D227" s="14" t="n">
+        <v>29.0</v>
       </c>
       <c r="E227" s="14" t="n">
-        <v>103.0</v>
-[...2 lines deleted...]
-        <v>234.0</v>
+        <v>84.0</v>
+      </c>
+      <c r="F227" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="G227" s="14" t="n">
-        <v>140.0</v>
+        <v>77.0</v>
       </c>
       <c r="H227" s="14" t="n">
-        <v>121.0</v>
+        <v>136.0</v>
       </c>
       <c r="I227" s="14" t="n">
-        <v>829.0</v>
+        <v>516.0</v>
       </c>
       <c r="J227" s="14" t="n">
-        <v>560.0</v>
+        <v>432.0</v>
       </c>
       <c r="K227" s="14" t="n">
-        <v>119.0</v>
+        <v>671.0</v>
       </c>
       <c r="L227" s="14" t="n">
-        <v>113.0</v>
+        <v>361.0</v>
       </c>
       <c r="M227" s="14" t="n">
-        <v>119.0</v>
+        <v>753.0</v>
       </c>
       <c r="N227" s="14" t="n">
-        <v>36.0</v>
+        <v>337.0</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Portugal</t>
         </is>
       </c>
       <c r="B228" s="14" t="n">
-        <v>15307.0</v>
+        <v>16299.0</v>
       </c>
       <c r="C228" s="14" t="n">
-        <v>586.0</v>
+        <v>1743.0</v>
       </c>
       <c r="D228" s="14" t="n">
-        <v>923.0</v>
+        <v>1245.0</v>
       </c>
       <c r="E228" s="14" t="n">
-        <v>657.0</v>
+        <v>1209.0</v>
       </c>
       <c r="F228" s="14" t="n">
-        <v>2239.0</v>
+        <v>1516.0</v>
       </c>
       <c r="G228" s="14" t="n">
-        <v>896.0</v>
+        <v>1054.0</v>
       </c>
       <c r="H228" s="14" t="n">
-        <v>1188.0</v>
+        <v>1403.0</v>
       </c>
       <c r="I228" s="14" t="n">
-        <v>1379.0</v>
+        <v>1892.0</v>
       </c>
       <c r="J228" s="14" t="n">
-        <v>2740.0</v>
+        <v>1480.0</v>
       </c>
       <c r="K228" s="14" t="n">
-        <v>1161.0</v>
+        <v>1128.0</v>
       </c>
       <c r="L228" s="14" t="n">
-        <v>1123.0</v>
+        <v>890.0</v>
       </c>
       <c r="M228" s="14" t="n">
-        <v>736.0</v>
+        <v>1112.0</v>
       </c>
       <c r="N228" s="14" t="n">
-        <v>1680.0</v>
+        <v>1627.0</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Czech Republic</t>
         </is>
       </c>
       <c r="B229" s="14" t="n">
-        <v>487.0</v>
+        <v>599.0</v>
       </c>
       <c r="C229" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D229" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E229" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F229" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="G229" s="14" t="n">
-        <v>79.0</v>
+        <v>140.0</v>
       </c>
       <c r="H229" s="14" t="n">
-        <v>69.0</v>
+        <v>75.0</v>
       </c>
       <c r="I229" s="14" t="n">
-        <v>137.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>126.0</v>
+      </c>
+      <c r="J229" s="14" t="n">
+        <v>128.0</v>
       </c>
       <c r="K229" s="14" t="n">
-        <v>85.0</v>
-[...10 lines deleted...]
-        </is>
+        <v>52.0</v>
+      </c>
+      <c r="L229" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="M229" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="N229" s="14" t="n">
+        <v>47.0</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Sweden</t>
         </is>
       </c>
       <c r="B230" s="14" t="n">
-        <v>762.0</v>
+        <v>287.0</v>
       </c>
       <c r="C230" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="D230" s="14" t="n">
-[...3 lines deleted...]
-        <v>14.0</v>
+      <c r="D230" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="E230" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="F230" s="14" t="n">
-        <v>29.0</v>
+        <v>19.0</v>
       </c>
       <c r="G230" s="14" t="n">
-        <v>51.0</v>
+        <v>24.0</v>
       </c>
       <c r="H230" s="14" t="n">
-        <v>52.0</v>
+        <v>42.0</v>
       </c>
       <c r="I230" s="14" t="n">
-        <v>142.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>34.0</v>
+      </c>
+      <c r="J230" s="14" t="n">
+        <v>19.0</v>
       </c>
       <c r="K230" s="14" t="n">
-        <v>73.0</v>
+        <v>72.0</v>
       </c>
       <c r="L230" s="14" t="n">
-        <v>19.0</v>
-[...7 lines deleted...]
-        </is>
+        <v>26.0</v>
+      </c>
+      <c r="M230" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="N230" s="14" t="n">
+        <v>33.0</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of EU</t>
         </is>
       </c>
       <c r="B231" s="14" t="n">
-        <v>2815.0</v>
+        <v>3017.0</v>
       </c>
       <c r="C231" s="14" t="n">
-        <v>87.0</v>
+        <v>109.0</v>
       </c>
       <c r="D231" s="14" t="n">
-        <v>47.0</v>
+        <v>93.0</v>
       </c>
       <c r="E231" s="14" t="n">
-        <v>282.0</v>
+        <v>112.0</v>
       </c>
       <c r="F231" s="14" t="n">
-        <v>618.0</v>
+        <v>345.0</v>
       </c>
       <c r="G231" s="14" t="n">
-        <v>147.0</v>
+        <v>384.0</v>
       </c>
       <c r="H231" s="14" t="n">
-        <v>79.0</v>
+        <v>178.0</v>
       </c>
       <c r="I231" s="14" t="n">
-        <v>158.0</v>
+        <v>485.0</v>
       </c>
       <c r="J231" s="14" t="n">
-        <v>238.0</v>
+        <v>215.0</v>
       </c>
       <c r="K231" s="14" t="n">
-        <v>372.0</v>
+        <v>283.0</v>
       </c>
       <c r="L231" s="14" t="n">
-        <v>222.0</v>
+        <v>254.0</v>
       </c>
       <c r="M231" s="14" t="n">
-        <v>403.0</v>
+        <v>262.0</v>
       </c>
       <c r="N231" s="14" t="n">
-        <v>161.0</v>
+        <v>298.0</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Norway</t>
         </is>
       </c>
       <c r="B232" s="14" t="n">
-        <v>302.0</v>
+        <v>443.0</v>
       </c>
       <c r="C232" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="D232" s="14" t="n">
-        <v>44.0</v>
+      <c r="D232" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="E232" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="F232" s="13" t="inlineStr">
-[...10 lines deleted...]
-        </is>
+      <c r="F232" s="14" t="n">
+        <v>55.0</v>
+      </c>
+      <c r="G232" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="H232" s="14" t="n">
+        <v>110.0</v>
       </c>
       <c r="I232" s="14" t="n">
-        <v>58.0</v>
-[...2 lines deleted...]
-        <v>81.0</v>
+        <v>55.0</v>
+      </c>
+      <c r="J232" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="K232" s="14" t="n">
-        <v>12.0</v>
+        <v>62.0</v>
       </c>
       <c r="L232" s="14" t="n">
-        <v>24.0</v>
-[...9 lines deleted...]
-        </is>
+        <v>103.0</v>
+      </c>
+      <c r="M232" s="14" t="n">
+        <v>27.0</v>
+      </c>
+      <c r="N232" s="14" t="n">
+        <v>22.0</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    United Kingdom</t>
         </is>
       </c>
       <c r="B233" s="14" t="n">
-        <v>9569.0</v>
+        <v>9782.0</v>
       </c>
       <c r="C233" s="14" t="n">
-        <v>186.0</v>
+        <v>267.0</v>
       </c>
       <c r="D233" s="14" t="n">
-        <v>331.0</v>
+        <v>242.0</v>
       </c>
       <c r="E233" s="14" t="n">
-        <v>506.0</v>
+        <v>911.0</v>
       </c>
       <c r="F233" s="14" t="n">
-        <v>1049.0</v>
+        <v>521.0</v>
       </c>
       <c r="G233" s="14" t="n">
-        <v>610.0</v>
+        <v>752.0</v>
       </c>
       <c r="H233" s="14" t="n">
-        <v>944.0</v>
+        <v>791.0</v>
       </c>
       <c r="I233" s="14" t="n">
-        <v>835.0</v>
+        <v>1185.0</v>
       </c>
       <c r="J233" s="14" t="n">
-        <v>1138.0</v>
+        <v>2376.0</v>
       </c>
       <c r="K233" s="14" t="n">
-        <v>1365.0</v>
+        <v>628.0</v>
       </c>
       <c r="L233" s="14" t="n">
-        <v>924.0</v>
+        <v>850.0</v>
       </c>
       <c r="M233" s="14" t="n">
-        <v>1340.0</v>
+        <v>910.0</v>
       </c>
       <c r="N233" s="14" t="n">
-        <v>340.0</v>
+        <v>349.0</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Switzerland</t>
         </is>
       </c>
       <c r="B234" s="14" t="n">
-        <v>1545.0</v>
-[...10 lines deleted...]
-        <v>22.0</v>
+        <v>2094.0</v>
+      </c>
+      <c r="C234" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="D234" s="14" t="n">
+        <v>158.0</v>
+      </c>
+      <c r="E234" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="F234" s="14" t="n">
-        <v>31.0</v>
+        <v>124.0</v>
       </c>
       <c r="G234" s="14" t="n">
-        <v>136.0</v>
+        <v>134.0</v>
       </c>
       <c r="H234" s="14" t="n">
-        <v>111.0</v>
+        <v>153.0</v>
       </c>
       <c r="I234" s="14" t="n">
-        <v>243.0</v>
+        <v>174.0</v>
       </c>
       <c r="J234" s="14" t="n">
-        <v>219.0</v>
+        <v>340.0</v>
       </c>
       <c r="K234" s="14" t="n">
-        <v>151.0</v>
+        <v>239.0</v>
       </c>
       <c r="L234" s="14" t="n">
-        <v>307.0</v>
+        <v>203.0</v>
       </c>
       <c r="M234" s="14" t="n">
-        <v>133.0</v>
+        <v>231.0</v>
       </c>
       <c r="N234" s="14" t="n">
-        <v>137.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of Europe</t>
         </is>
       </c>
       <c r="B235" s="14" t="n">
-        <v>3834.0</v>
+        <v>2305.0</v>
       </c>
       <c r="C235" s="14" t="n">
-        <v>373.0</v>
+        <v>53.0</v>
       </c>
       <c r="D235" s="14" t="n">
-        <v>396.0</v>
+        <v>100.0</v>
       </c>
       <c r="E235" s="14" t="n">
-        <v>344.0</v>
+        <v>45.0</v>
       </c>
       <c r="F235" s="14" t="n">
-        <v>360.0</v>
+        <v>56.0</v>
       </c>
       <c r="G235" s="14" t="n">
-        <v>66.0</v>
+        <v>150.0</v>
       </c>
       <c r="H235" s="14" t="n">
-        <v>137.0</v>
+        <v>478.0</v>
       </c>
       <c r="I235" s="14" t="n">
-        <v>760.0</v>
+        <v>246.0</v>
       </c>
       <c r="J235" s="14" t="n">
-        <v>409.0</v>
+        <v>225.0</v>
       </c>
       <c r="K235" s="14" t="n">
-        <v>130.0</v>
+        <v>233.0</v>
       </c>
       <c r="L235" s="14" t="n">
-        <v>416.0</v>
+        <v>251.0</v>
       </c>
       <c r="M235" s="14" t="n">
-        <v>143.0</v>
+        <v>323.0</v>
       </c>
       <c r="N235" s="14" t="n">
-        <v>299.0</v>
+        <v>144.0</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    United States</t>
         </is>
       </c>
       <c r="B236" s="14" t="n">
-        <v>13922.0</v>
+        <v>12978.0</v>
       </c>
       <c r="C236" s="14" t="n">
-        <v>398.0</v>
+        <v>266.0</v>
       </c>
       <c r="D236" s="14" t="n">
-        <v>321.0</v>
+        <v>365.0</v>
       </c>
       <c r="E236" s="14" t="n">
-        <v>272.0</v>
+        <v>278.0</v>
       </c>
       <c r="F236" s="14" t="n">
-        <v>684.0</v>
+        <v>438.0</v>
       </c>
       <c r="G236" s="14" t="n">
-        <v>1089.0</v>
+        <v>1545.0</v>
       </c>
       <c r="H236" s="14" t="n">
-        <v>1570.0</v>
+        <v>1681.0</v>
       </c>
       <c r="I236" s="14" t="n">
-        <v>1712.0</v>
+        <v>2400.0</v>
       </c>
       <c r="J236" s="14" t="n">
-        <v>1645.0</v>
+        <v>1264.0</v>
       </c>
       <c r="K236" s="14" t="n">
-        <v>2643.0</v>
+        <v>1671.0</v>
       </c>
       <c r="L236" s="14" t="n">
-        <v>1678.0</v>
+        <v>1234.0</v>
       </c>
       <c r="M236" s="14" t="n">
-        <v>841.0</v>
+        <v>528.0</v>
       </c>
       <c r="N236" s="14" t="n">
-        <v>1070.0</v>
+        <v>1307.0</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of America</t>
         </is>
       </c>
       <c r="B237" s="14" t="n">
-        <v>16116.0</v>
+        <v>18836.0</v>
       </c>
       <c r="C237" s="14" t="n">
-        <v>1777.0</v>
+        <v>1826.0</v>
       </c>
       <c r="D237" s="14" t="n">
-        <v>1062.0</v>
+        <v>653.0</v>
       </c>
       <c r="E237" s="14" t="n">
-        <v>438.0</v>
+        <v>637.0</v>
       </c>
       <c r="F237" s="14" t="n">
-        <v>736.0</v>
+        <v>1099.0</v>
       </c>
       <c r="G237" s="14" t="n">
-        <v>1179.0</v>
+        <v>1846.0</v>
       </c>
       <c r="H237" s="14" t="n">
-        <v>1572.0</v>
+        <v>2612.0</v>
       </c>
       <c r="I237" s="14" t="n">
-        <v>1652.0</v>
+        <v>1848.0</v>
       </c>
       <c r="J237" s="14" t="n">
-        <v>1619.0</v>
+        <v>971.0</v>
       </c>
       <c r="K237" s="14" t="n">
-        <v>2455.0</v>
+        <v>2217.0</v>
       </c>
       <c r="L237" s="14" t="n">
-        <v>1549.0</v>
+        <v>2179.0</v>
       </c>
       <c r="M237" s="14" t="n">
-        <v>1121.0</v>
+        <v>1195.0</v>
       </c>
       <c r="N237" s="14" t="n">
-        <v>958.0</v>
+        <v>1752.0</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    African Countries</t>
         </is>
       </c>
       <c r="B238" s="14" t="n">
-        <v>517.0</v>
-[...2 lines deleted...]
-        <v>17.0</v>
+        <v>2785.0</v>
+      </c>
+      <c r="C238" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="D238" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E238" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F238" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="G238" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G238" s="14" t="n">
+        <v>201.0</v>
       </c>
       <c r="H238" s="14" t="n">
+        <v>300.0</v>
+      </c>
+      <c r="I238" s="14" t="n">
         <v>81.0</v>
       </c>
-      <c r="I238" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="J238" s="14" t="n">
-        <v>49.0</v>
+        <v>32.0</v>
       </c>
       <c r="K238" s="14" t="n">
-        <v>73.0</v>
+        <v>568.0</v>
       </c>
       <c r="L238" s="14" t="n">
-        <v>85.0</v>
+        <v>616.0</v>
       </c>
       <c r="M238" s="14" t="n">
-        <v>16.0</v>
+        <v>512.0</v>
       </c>
       <c r="N238" s="14" t="n">
-        <v>114.0</v>
+        <v>365.0</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of the world</t>
         </is>
       </c>
       <c r="B239" s="14" t="n">
-        <v>11195.0</v>
+        <v>10787.0</v>
       </c>
       <c r="C239" s="14" t="n">
-        <v>290.0</v>
+        <v>360.0</v>
       </c>
       <c r="D239" s="14" t="n">
-        <v>93.0</v>
+        <v>824.0</v>
       </c>
       <c r="E239" s="14" t="n">
-        <v>236.0</v>
+        <v>701.0</v>
       </c>
       <c r="F239" s="14" t="n">
-        <v>625.0</v>
+        <v>1204.0</v>
       </c>
       <c r="G239" s="14" t="n">
-        <v>906.0</v>
+        <v>1530.0</v>
       </c>
       <c r="H239" s="14" t="n">
-        <v>860.0</v>
+        <v>895.0</v>
       </c>
       <c r="I239" s="14" t="n">
-        <v>1798.0</v>
+        <v>1197.0</v>
       </c>
       <c r="J239" s="14" t="n">
-        <v>1100.0</v>
+        <v>745.0</v>
       </c>
       <c r="K239" s="14" t="n">
-        <v>1708.0</v>
+        <v>1026.0</v>
       </c>
       <c r="L239" s="14" t="n">
-        <v>2013.0</v>
+        <v>725.0</v>
       </c>
       <c r="M239" s="14" t="n">
-        <v>1013.0</v>
+        <v>939.0</v>
       </c>
       <c r="N239" s="14" t="n">
-        <v>553.0</v>
+        <v>642.0</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" s="6" t="inlineStr">
         <is>
-          <t>Castilla - La Mancha</t>
+          <t>08 Castilla - La Mancha</t>
         </is>
       </c>
       <c r="B240" s="6"/>
       <c r="C240" s="6"/>
       <c r="D240" s="6"/>
       <c r="E240" s="6"/>
       <c r="F240" s="6"/>
       <c r="G240" s="6"/>
       <c r="H240" s="6"/>
       <c r="I240" s="6"/>
       <c r="J240" s="6"/>
       <c r="K240" s="6"/>
       <c r="L240" s="6"/>
       <c r="M240" s="6"/>
       <c r="N240" s="6"/>
     </row>
     <row r="241">
       <c r="A241" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B241" s="14" t="n">
-        <v>421085.0</v>
+        <v>419458.0</v>
       </c>
       <c r="C241" s="14" t="n">
-        <v>28785.0</v>
+        <v>20227.0</v>
       </c>
       <c r="D241" s="14" t="n">
-        <v>24606.0</v>
+        <v>23295.0</v>
       </c>
       <c r="E241" s="14" t="n">
-        <v>29483.0</v>
+        <v>34030.0</v>
       </c>
       <c r="F241" s="14" t="n">
-        <v>45622.0</v>
+        <v>31608.0</v>
       </c>
       <c r="G241" s="14" t="n">
-        <v>34778.0</v>
+        <v>31835.0</v>
       </c>
       <c r="H241" s="14" t="n">
-        <v>35978.0</v>
+        <v>32827.0</v>
       </c>
       <c r="I241" s="14" t="n">
-        <v>44176.0</v>
+        <v>44510.0</v>
       </c>
       <c r="J241" s="14" t="n">
-        <v>54682.0</v>
+        <v>51699.0</v>
       </c>
       <c r="K241" s="14" t="n">
-        <v>32548.0</v>
+        <v>34029.0</v>
       </c>
       <c r="L241" s="14" t="n">
-        <v>35813.0</v>
+        <v>50142.0</v>
       </c>
       <c r="M241" s="14" t="n">
-        <v>23110.0</v>
+        <v>26244.0</v>
       </c>
       <c r="N241" s="14" t="n">
-        <v>31504.0</v>
+        <v>39012.0</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Spaniards</t>
         </is>
       </c>
       <c r="B242" s="14" t="n">
-        <v>371468.0</v>
+        <v>365036.0</v>
       </c>
       <c r="C242" s="14" t="n">
-        <v>23863.0</v>
+        <v>18248.0</v>
       </c>
       <c r="D242" s="14" t="n">
-        <v>21323.0</v>
+        <v>21011.0</v>
       </c>
       <c r="E242" s="14" t="n">
-        <v>26068.0</v>
+        <v>31662.0</v>
       </c>
       <c r="F242" s="14" t="n">
-        <v>39409.0</v>
+        <v>27389.0</v>
       </c>
       <c r="G242" s="14" t="n">
-        <v>28920.0</v>
+        <v>27943.0</v>
       </c>
       <c r="H242" s="14" t="n">
-        <v>31018.0</v>
+        <v>29753.0</v>
       </c>
       <c r="I242" s="14" t="n">
-        <v>38768.0</v>
+        <v>38735.0</v>
       </c>
       <c r="J242" s="14" t="n">
-        <v>50314.0</v>
+        <v>46871.0</v>
       </c>
       <c r="K242" s="14" t="n">
-        <v>29059.0</v>
+        <v>28901.0</v>
       </c>
       <c r="L242" s="14" t="n">
-        <v>32721.0</v>
+        <v>41945.0</v>
       </c>
       <c r="M242" s="14" t="n">
-        <v>20884.0</v>
+        <v>21381.0</v>
       </c>
       <c r="N242" s="14" t="n">
-        <v>29121.0</v>
+        <v>31197.0</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Foreigners</t>
         </is>
       </c>
       <c r="B243" s="14" t="n">
-        <v>49617.0</v>
+        <v>54423.0</v>
       </c>
       <c r="C243" s="14" t="n">
-        <v>4922.0</v>
+        <v>1979.0</v>
       </c>
       <c r="D243" s="14" t="n">
-        <v>3283.0</v>
+        <v>2283.0</v>
       </c>
       <c r="E243" s="14" t="n">
-        <v>3414.0</v>
+        <v>2367.0</v>
       </c>
       <c r="F243" s="14" t="n">
-        <v>6213.0</v>
+        <v>4219.0</v>
       </c>
       <c r="G243" s="14" t="n">
-        <v>5859.0</v>
+        <v>3893.0</v>
       </c>
       <c r="H243" s="14" t="n">
-        <v>4960.0</v>
+        <v>3074.0</v>
       </c>
       <c r="I243" s="14" t="n">
-        <v>5408.0</v>
+        <v>5776.0</v>
       </c>
       <c r="J243" s="14" t="n">
-        <v>4368.0</v>
+        <v>4828.0</v>
       </c>
       <c r="K243" s="14" t="n">
-        <v>3489.0</v>
+        <v>5128.0</v>
       </c>
       <c r="L243" s="14" t="n">
-        <v>3093.0</v>
+        <v>8197.0</v>
       </c>
       <c r="M243" s="14" t="n">
-        <v>2226.0</v>
+        <v>4863.0</v>
       </c>
       <c r="N243" s="14" t="n">
-        <v>2383.0</v>
+        <v>7815.0</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    European Union27 (without Spain)</t>
         </is>
       </c>
       <c r="B244" s="14" t="n">
-        <v>16657.0</v>
+        <v>22046.0</v>
       </c>
       <c r="C244" s="14" t="n">
-        <v>1264.0</v>
+        <v>1081.0</v>
       </c>
       <c r="D244" s="14" t="n">
-        <v>264.0</v>
+        <v>1130.0</v>
       </c>
       <c r="E244" s="14" t="n">
-        <v>869.0</v>
+        <v>1463.0</v>
       </c>
       <c r="F244" s="14" t="n">
-        <v>1890.0</v>
+        <v>2153.0</v>
       </c>
       <c r="G244" s="14" t="n">
-        <v>2170.0</v>
+        <v>2002.0</v>
       </c>
       <c r="H244" s="14" t="n">
-        <v>1940.0</v>
+        <v>1191.0</v>
       </c>
       <c r="I244" s="14" t="n">
-        <v>1828.0</v>
+        <v>3370.0</v>
       </c>
       <c r="J244" s="14" t="n">
-        <v>1645.0</v>
+        <v>1865.0</v>
       </c>
       <c r="K244" s="14" t="n">
-        <v>2232.0</v>
+        <v>1720.0</v>
       </c>
       <c r="L244" s="14" t="n">
-        <v>1025.0</v>
+        <v>3314.0</v>
       </c>
       <c r="M244" s="14" t="n">
-        <v>926.0</v>
+        <v>1154.0</v>
       </c>
       <c r="N244" s="14" t="n">
-        <v>603.0</v>
+        <v>1604.0</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Germany</t>
         </is>
       </c>
       <c r="B245" s="14" t="n">
-        <v>2235.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>6277.0</v>
+      </c>
+      <c r="C245" s="14" t="n">
+        <v>259.0</v>
       </c>
       <c r="D245" s="14" t="n">
-        <v>80.0</v>
+        <v>247.0</v>
       </c>
       <c r="E245" s="14" t="n">
-        <v>89.0</v>
+        <v>892.0</v>
       </c>
       <c r="F245" s="14" t="n">
+        <v>473.0</v>
+      </c>
+      <c r="G245" s="14" t="n">
+        <v>686.0</v>
+      </c>
+      <c r="H245" s="14" t="n">
+        <v>228.0</v>
+      </c>
+      <c r="I245" s="14" t="n">
+        <v>397.0</v>
+      </c>
+      <c r="J245" s="14" t="n">
         <v>174.0</v>
       </c>
-      <c r="G245" s="14" t="n">
-[...10 lines deleted...]
-      </c>
       <c r="K245" s="14" t="n">
-        <v>202.0</v>
+        <v>558.0</v>
       </c>
       <c r="L245" s="14" t="n">
-        <v>295.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>1648.0</v>
+      </c>
+      <c r="M245" s="14" t="n">
+        <v>444.0</v>
       </c>
       <c r="N245" s="14" t="n">
-        <v>92.0</v>
+        <v>271.0</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Austria</t>
         </is>
       </c>
       <c r="B246" s="14" t="n">
-        <v>299.0</v>
+        <v>361.0</v>
       </c>
       <c r="C246" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="D246" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="D246" s="14" t="n">
+        <v>23.0</v>
       </c>
       <c r="E246" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F246" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="G246" s="14" t="n">
-[...3 lines deleted...]
-        <v>144.0</v>
+      <c r="G246" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="H246" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="I246" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="J246" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="K246" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K246" s="14" t="n">
+        <v>74.0</v>
       </c>
       <c r="L246" s="14" t="n">
-        <v>41.0</v>
-[...2 lines deleted...]
-        <v>14.0</v>
+        <v>132.0</v>
+      </c>
+      <c r="M246" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="N246" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="247">
       <c r="A247" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Belgium</t>
         </is>
       </c>
       <c r="B247" s="14" t="n">
-        <v>1168.0</v>
+        <v>1029.0</v>
       </c>
       <c r="C247" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D247" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="E247" s="14" t="n">
-[...6 lines deleted...]
-        <v>80.0</v>
+      <c r="E247" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="F247" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="G247" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="H247" s="14" t="n">
-        <v>52.0</v>
+        <v>53.0</v>
       </c>
       <c r="I247" s="14" t="n">
-        <v>615.0</v>
+        <v>409.0</v>
       </c>
       <c r="J247" s="14" t="n">
-        <v>49.0</v>
+        <v>201.0</v>
       </c>
       <c r="K247" s="14" t="n">
-        <v>127.0</v>
+        <v>61.0</v>
       </c>
       <c r="L247" s="14" t="n">
-        <v>49.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>92.0</v>
+      </c>
+      <c r="M247" s="14" t="n">
+        <v>158.0</v>
       </c>
       <c r="N247" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="248">
       <c r="A248" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Denmark</t>
         </is>
       </c>
       <c r="B248" s="14" t="n">
-        <v>110.0</v>
+        <v>158.0</v>
       </c>
       <c r="C248" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D248" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E248" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F248" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="G248" s="14" t="n">
-        <v>15.0</v>
+        <v>106.0</v>
       </c>
       <c r="H248" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="I248" s="14" t="n">
-        <v>51.0</v>
+        <v>53.0</v>
       </c>
       <c r="J248" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="K248" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="L248" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="M248" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N248" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="249">
       <c r="A249" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Finland</t>
         </is>
       </c>
       <c r="B249" s="14" t="n">
-        <v>178.0</v>
+        <v>173.0</v>
       </c>
       <c r="C249" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D249" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E249" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F249" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="G249" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="H249" s="14" t="n">
-[...3 lines deleted...]
-        <v>65.0</v>
+      <c r="H249" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="I249" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="J249" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="K249" s="14" t="n">
-        <v>57.0</v>
+      <c r="K249" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="L249" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="M249" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="N249" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="N249" s="14" t="n">
+        <v>148.0</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    France</t>
         </is>
       </c>
       <c r="B250" s="14" t="n">
-        <v>3801.0</v>
+        <v>3864.0</v>
       </c>
       <c r="C250" s="14" t="n">
-        <v>160.0</v>
+        <v>25.0</v>
       </c>
       <c r="D250" s="14" t="n">
-        <v>71.0</v>
+        <v>135.0</v>
       </c>
       <c r="E250" s="14" t="n">
-        <v>40.0</v>
+        <v>85.0</v>
       </c>
       <c r="F250" s="14" t="n">
-        <v>1052.0</v>
+        <v>299.0</v>
       </c>
       <c r="G250" s="14" t="n">
-        <v>404.0</v>
+        <v>228.0</v>
       </c>
       <c r="H250" s="14" t="n">
-        <v>308.0</v>
+        <v>199.0</v>
       </c>
       <c r="I250" s="14" t="n">
-        <v>212.0</v>
+        <v>1524.0</v>
       </c>
       <c r="J250" s="14" t="n">
-        <v>763.0</v>
+        <v>706.0</v>
       </c>
       <c r="K250" s="14" t="n">
-        <v>458.0</v>
+        <v>99.0</v>
       </c>
       <c r="L250" s="14" t="n">
-        <v>111.0</v>
+        <v>412.0</v>
       </c>
       <c r="M250" s="14" t="n">
-        <v>70.0</v>
+        <v>121.0</v>
       </c>
       <c r="N250" s="14" t="n">
-        <v>152.0</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Greece</t>
         </is>
       </c>
       <c r="B251" s="14" t="n">
-        <v>40.0</v>
-[...2 lines deleted...]
-        <v>12.0</v>
+        <v>52.0</v>
+      </c>
+      <c r="C251" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="D251" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E251" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F251" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="G251" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="H251" s="14" t="n">
-        <v>28.0</v>
+        <v>52.0</v>
       </c>
       <c r="I251" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="J251" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="K251" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="L251" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="M251" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N251" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="252">
       <c r="A252" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Ireland</t>
         </is>
       </c>
       <c r="B252" s="14" t="n">
-        <v>477.0</v>
+        <v>496.0</v>
       </c>
       <c r="C252" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="D252" s="14" t="n">
-        <v>12.0</v>
+      <c r="D252" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="E252" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F252" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="G252" s="14" t="n">
-        <v>66.0</v>
+        <v>80.0</v>
       </c>
       <c r="H252" s="14" t="n">
-        <v>14.0</v>
+        <v>35.0</v>
       </c>
       <c r="I252" s="14" t="n">
-        <v>198.0</v>
+        <v>184.0</v>
       </c>
       <c r="J252" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="K252" s="14" t="n">
-        <v>114.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>34.0</v>
+      </c>
+      <c r="L252" s="14" t="n">
+        <v>83.0</v>
       </c>
       <c r="M252" s="14" t="n">
+        <v>32.0</v>
+      </c>
+      <c r="N252" s="14" t="n">
         <v>25.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>29.0</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Italy</t>
         </is>
       </c>
       <c r="B253" s="14" t="n">
-        <v>1388.0</v>
+        <v>2140.0</v>
       </c>
       <c r="C253" s="14" t="n">
-        <v>133.0</v>
-[...9 lines deleted...]
-        </is>
+        <v>80.0</v>
+      </c>
+      <c r="D253" s="14" t="n">
+        <v>96.0</v>
+      </c>
+      <c r="E253" s="14" t="n">
+        <v>57.0</v>
       </c>
       <c r="F253" s="14" t="n">
-        <v>31.0</v>
+        <v>236.0</v>
       </c>
       <c r="G253" s="14" t="n">
-        <v>106.0</v>
+        <v>348.0</v>
       </c>
       <c r="H253" s="14" t="n">
-        <v>388.0</v>
+        <v>180.0</v>
       </c>
       <c r="I253" s="14" t="n">
-        <v>60.0</v>
+        <v>163.0</v>
       </c>
       <c r="J253" s="14" t="n">
-        <v>287.0</v>
+        <v>319.0</v>
       </c>
       <c r="K253" s="14" t="n">
-        <v>124.0</v>
+        <v>232.0</v>
       </c>
       <c r="L253" s="14" t="n">
-        <v>143.0</v>
+        <v>149.0</v>
       </c>
       <c r="M253" s="14" t="n">
-        <v>68.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>151.0</v>
+      </c>
+      <c r="N253" s="14" t="n">
+        <v>129.0</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Luxembourg</t>
         </is>
       </c>
       <c r="B254" s="14" t="n">
-        <v>49.0</v>
+        <v>87.0</v>
       </c>
       <c r="C254" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D254" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E254" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="F254" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F254" s="14" t="n">
+        <v>57.0</v>
       </c>
       <c r="G254" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="H254" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="I254" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="I254" s="14" t="n">
+        <v>24.0</v>
       </c>
       <c r="J254" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="K254" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="L254" s="14" t="n">
-        <v>15.0</v>
+      <c r="L254" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="M254" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="N254" s="14" t="n">
-        <v>15.0</v>
+      <c r="N254" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
     </row>
     <row r="255">
       <c r="A255" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Netherlands</t>
         </is>
       </c>
       <c r="B255" s="14" t="n">
-        <v>1622.0</v>
+        <v>1191.0</v>
       </c>
       <c r="C255" s="14" t="n">
-        <v>304.0</v>
-[...5 lines deleted...]
-        <v>284.0</v>
+        <v>353.0</v>
+      </c>
+      <c r="D255" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="E255" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="F255" s="14" t="n">
-        <v>101.0</v>
+        <v>248.0</v>
       </c>
       <c r="G255" s="14" t="n">
-        <v>136.0</v>
+        <v>261.0</v>
       </c>
       <c r="H255" s="14" t="n">
-        <v>100.0</v>
+        <v>80.0</v>
       </c>
       <c r="I255" s="14" t="n">
-        <v>89.0</v>
-[...2 lines deleted...]
-        <v>53.0</v>
+        <v>63.0</v>
+      </c>
+      <c r="J255" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="K255" s="14" t="n">
-        <v>372.0</v>
+        <v>58.0</v>
       </c>
       <c r="L255" s="14" t="n">
-        <v>73.0</v>
+        <v>42.0</v>
       </c>
       <c r="M255" s="14" t="n">
-        <v>64.0</v>
+        <v>32.0</v>
       </c>
       <c r="N255" s="14" t="n">
-        <v>34.0</v>
+        <v>52.0</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Poland</t>
         </is>
       </c>
       <c r="B256" s="14" t="n">
-        <v>652.0</v>
+        <v>757.0</v>
       </c>
       <c r="C256" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="D256" s="13" t="inlineStr">
-[...12 lines deleted...]
-        </is>
+      <c r="D256" s="14" t="n">
+        <v>23.0</v>
+      </c>
+      <c r="E256" s="14" t="n">
+        <v>135.0</v>
+      </c>
+      <c r="F256" s="14" t="n">
+        <v>183.0</v>
       </c>
       <c r="G256" s="14" t="n">
-        <v>53.0</v>
-[...2 lines deleted...]
-        <v>86.0</v>
+        <v>57.0</v>
+      </c>
+      <c r="H256" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="I256" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="J256" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="K256" s="14" t="n">
-        <v>87.0</v>
+        <v>63.0</v>
       </c>
       <c r="L256" s="14" t="n">
-        <v>58.0</v>
-[...7 lines deleted...]
-        </is>
+        <v>42.0</v>
+      </c>
+      <c r="M256" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="N256" s="14" t="n">
+        <v>107.0</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Portugal</t>
         </is>
       </c>
       <c r="B257" s="14" t="n">
-        <v>2625.0</v>
-[...10 lines deleted...]
-        <v>147.0</v>
+        <v>1906.0</v>
+      </c>
+      <c r="C257" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="D257" s="14" t="n">
+        <v>31.0</v>
+      </c>
+      <c r="E257" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="F257" s="14" t="n">
-        <v>331.0</v>
-[...2 lines deleted...]
-        <v>113.0</v>
+        <v>369.0</v>
+      </c>
+      <c r="G257" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="H257" s="14" t="n">
-        <v>258.0</v>
+        <v>81.0</v>
       </c>
       <c r="I257" s="14" t="n">
-        <v>199.0</v>
+        <v>84.0</v>
       </c>
       <c r="J257" s="14" t="n">
-        <v>237.0</v>
+        <v>205.0</v>
       </c>
       <c r="K257" s="14" t="n">
-        <v>508.0</v>
+        <v>336.0</v>
       </c>
       <c r="L257" s="14" t="n">
-        <v>88.0</v>
-[...2 lines deleted...]
-        <v>132.0</v>
+        <v>222.0</v>
+      </c>
+      <c r="M257" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="N257" s="14" t="n">
-        <v>120.0</v>
+        <v>537.0</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Czech Republic</t>
         </is>
       </c>
       <c r="B258" s="14" t="n">
-        <v>326.0</v>
+        <v>95.0</v>
       </c>
       <c r="C258" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D258" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="E258" s="14" t="n">
-        <v>135.0</v>
+      <c r="E258" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="F258" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="G258" s="14" t="n">
-        <v>49.0</v>
+      <c r="G258" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="H258" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="I258" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="J258" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="K258" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K258" s="14" t="n">
+        <v>35.0</v>
       </c>
       <c r="L258" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="M258" s="14" t="n">
-        <v>42.0</v>
+        <v>48.0</v>
       </c>
       <c r="N258" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="259">
       <c r="A259" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Sweden</t>
         </is>
       </c>
-      <c r="B259" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="B259" s="14" t="n">
+        <v>34.0</v>
       </c>
       <c r="C259" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D259" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E259" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F259" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="G259" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G259" s="14" t="n">
+        <v>34.0</v>
       </c>
       <c r="H259" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="I259" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="J259" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="K259" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="L259" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="M259" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N259" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="260">
       <c r="A260" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of EU</t>
         </is>
       </c>
       <c r="B260" s="14" t="n">
-        <v>1657.0</v>
+        <v>3426.0</v>
       </c>
       <c r="C260" s="14" t="n">
-        <v>94.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>311.0</v>
+      </c>
+      <c r="D260" s="14" t="n">
+        <v>574.0</v>
       </c>
       <c r="E260" s="14" t="n">
-        <v>27.0</v>
+        <v>270.0</v>
       </c>
       <c r="F260" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="G260" s="14" t="n">
-        <v>848.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>162.0</v>
+      </c>
+      <c r="H260" s="14" t="n">
+        <v>242.0</v>
       </c>
       <c r="I260" s="14" t="n">
-        <v>93.0</v>
+        <v>425.0</v>
       </c>
       <c r="J260" s="14" t="n">
-        <v>22.0</v>
+        <v>210.0</v>
       </c>
       <c r="K260" s="14" t="n">
-        <v>184.0</v>
+        <v>172.0</v>
       </c>
       <c r="L260" s="14" t="n">
-        <v>153.0</v>
-[...2 lines deleted...]
-        <v>148.0</v>
+        <v>487.0</v>
+      </c>
+      <c r="M260" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="N260" s="14" t="n">
-        <v>59.0</v>
+        <v>252.0</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Norway</t>
         </is>
       </c>
       <c r="B261" s="14" t="n">
-        <v>43.0</v>
+        <v>157.0</v>
       </c>
       <c r="C261" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D261" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E261" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F261" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="G261" s="13" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="G261" s="14" t="n">
+        <v>34.0</v>
+      </c>
+      <c r="H261" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="I261" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="J261" s="14" t="n">
+        <v>45.0</v>
       </c>
       <c r="K261" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="L261" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="L261" s="14" t="n">
+        <v>33.0</v>
       </c>
       <c r="M261" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="N261" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="N261" s="14" t="n">
+        <v>34.0</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    United Kingdom</t>
         </is>
       </c>
       <c r="B262" s="14" t="n">
-        <v>2450.0</v>
-[...2 lines deleted...]
-        <v>106.0</v>
+        <v>2053.0</v>
+      </c>
+      <c r="C262" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="D262" s="14" t="n">
-        <v>175.0</v>
-[...2 lines deleted...]
-        <v>69.0</v>
+        <v>75.0</v>
+      </c>
+      <c r="E262" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="F262" s="14" t="n">
-        <v>129.0</v>
+        <v>57.0</v>
       </c>
       <c r="G262" s="14" t="n">
-        <v>363.0</v>
+        <v>245.0</v>
       </c>
       <c r="H262" s="14" t="n">
-        <v>149.0</v>
+        <v>230.0</v>
       </c>
       <c r="I262" s="14" t="n">
-        <v>642.0</v>
+        <v>62.0</v>
       </c>
       <c r="J262" s="14" t="n">
-        <v>144.0</v>
+        <v>557.0</v>
       </c>
       <c r="K262" s="14" t="n">
-        <v>257.0</v>
+        <v>92.0</v>
       </c>
       <c r="L262" s="14" t="n">
-        <v>297.0</v>
+        <v>336.0</v>
       </c>
       <c r="M262" s="14" t="n">
-        <v>84.0</v>
+        <v>265.0</v>
       </c>
       <c r="N262" s="14" t="n">
-        <v>34.0</v>
+        <v>89.0</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Switzerland</t>
         </is>
       </c>
       <c r="B263" s="14" t="n">
-        <v>335.0</v>
+        <v>268.0</v>
       </c>
       <c r="C263" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="D263" s="14" t="n">
-[...5 lines deleted...]
-        </is>
+      <c r="D263" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="E263" s="14" t="n">
+        <v>11.0</v>
       </c>
       <c r="F263" s="14" t="n">
-        <v>169.0</v>
+        <v>44.0</v>
       </c>
       <c r="G263" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="H263" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="I263" s="13" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="I263" s="14" t="n">
+        <v>52.0</v>
+      </c>
+      <c r="J263" s="14" t="n">
+        <v>79.0</v>
       </c>
       <c r="K263" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="L263" s="14" t="n">
-        <v>41.0</v>
+        <v>76.0</v>
       </c>
       <c r="M263" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="N263" s="14" t="n">
-        <v>54.0</v>
+      <c r="N263" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
     </row>
     <row r="264">
       <c r="A264" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of Europe</t>
         </is>
       </c>
       <c r="B264" s="14" t="n">
-        <v>4339.0</v>
-[...2 lines deleted...]
-        <v>510.0</v>
+        <v>3048.0</v>
+      </c>
+      <c r="C264" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="D264" s="14" t="n">
-        <v>590.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>25.0</v>
+      </c>
+      <c r="E264" s="14" t="n">
+        <v>54.0</v>
       </c>
       <c r="F264" s="14" t="n">
-        <v>574.0</v>
-[...9 lines deleted...]
-        </is>
+        <v>479.0</v>
+      </c>
+      <c r="G264" s="14" t="n">
+        <v>291.0</v>
+      </c>
+      <c r="H264" s="14" t="n">
+        <v>220.0</v>
       </c>
       <c r="I264" s="14" t="n">
-        <v>391.0</v>
+        <v>548.0</v>
       </c>
       <c r="J264" s="14" t="n">
-        <v>345.0</v>
-[...2 lines deleted...]
-        <v>37.0</v>
+        <v>367.0</v>
+      </c>
+      <c r="K264" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="L264" s="14" t="n">
-        <v>197.0</v>
+        <v>297.0</v>
       </c>
       <c r="M264" s="14" t="n">
-        <v>178.0</v>
+        <v>122.0</v>
       </c>
       <c r="N264" s="14" t="n">
-        <v>1036.0</v>
+        <v>528.0</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    United States</t>
         </is>
       </c>
       <c r="B265" s="14" t="n">
-        <v>1476.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>3127.0</v>
+      </c>
+      <c r="C265" s="14" t="n">
+        <v>172.0</v>
       </c>
       <c r="D265" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="E265" s="14" t="n">
-        <v>217.0</v>
+      <c r="E265" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="F265" s="14" t="n">
-        <v>202.0</v>
+        <v>234.0</v>
       </c>
       <c r="G265" s="14" t="n">
-        <v>245.0</v>
+        <v>120.0</v>
       </c>
       <c r="H265" s="14" t="n">
-        <v>97.0</v>
+        <v>208.0</v>
       </c>
       <c r="I265" s="14" t="n">
-        <v>105.0</v>
+        <v>454.0</v>
       </c>
       <c r="J265" s="14" t="n">
-        <v>27.0</v>
+        <v>110.0</v>
       </c>
       <c r="K265" s="14" t="n">
-        <v>155.0</v>
+        <v>271.0</v>
       </c>
       <c r="L265" s="14" t="n">
-        <v>99.0</v>
+        <v>779.0</v>
       </c>
       <c r="M265" s="14" t="n">
-        <v>102.0</v>
+        <v>398.0</v>
       </c>
       <c r="N265" s="14" t="n">
-        <v>85.0</v>
+        <v>326.0</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of America</t>
         </is>
       </c>
       <c r="B266" s="14" t="n">
-        <v>11653.0</v>
+        <v>13298.0</v>
       </c>
       <c r="C266" s="14" t="n">
-        <v>1009.0</v>
+        <v>539.0</v>
       </c>
       <c r="D266" s="14" t="n">
-        <v>949.0</v>
+        <v>873.0</v>
       </c>
       <c r="E266" s="14" t="n">
-        <v>353.0</v>
+        <v>631.0</v>
       </c>
       <c r="F266" s="14" t="n">
-        <v>1253.0</v>
+        <v>745.0</v>
       </c>
       <c r="G266" s="14" t="n">
-        <v>1573.0</v>
+        <v>803.0</v>
       </c>
       <c r="H266" s="14" t="n">
-        <v>1452.0</v>
+        <v>910.0</v>
       </c>
       <c r="I266" s="14" t="n">
-        <v>1366.0</v>
+        <v>1032.0</v>
       </c>
       <c r="J266" s="14" t="n">
-        <v>1167.0</v>
+        <v>906.0</v>
       </c>
       <c r="K266" s="14" t="n">
-        <v>579.0</v>
+        <v>1474.0</v>
       </c>
       <c r="L266" s="14" t="n">
-        <v>934.0</v>
+        <v>1754.0</v>
       </c>
       <c r="M266" s="14" t="n">
-        <v>701.0</v>
+        <v>1210.0</v>
       </c>
       <c r="N266" s="14" t="n">
-        <v>316.0</v>
+        <v>2422.0</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    African Countries</t>
         </is>
       </c>
       <c r="B267" s="14" t="n">
-        <v>4888.0</v>
-[...2 lines deleted...]
-        <v>1502.0</v>
+        <v>308.0</v>
+      </c>
+      <c r="C267" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="D267" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="E267" s="14" t="n">
-        <v>963.0</v>
+      <c r="E267" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="F267" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="G267" s="13" t="inlineStr">
-[...19 lines deleted...]
-        <v>57.0</v>
+      <c r="G267" s="14" t="n">
+        <v>30.0</v>
+      </c>
+      <c r="H267" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="I267" s="14" t="n">
+        <v>61.0</v>
+      </c>
+      <c r="J267" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="K267" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="L267" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="M267" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N267" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="268">
       <c r="A268" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of the world</t>
         </is>
       </c>
       <c r="B268" s="14" t="n">
-        <v>7610.0</v>
+        <v>9844.0</v>
       </c>
       <c r="C268" s="14" t="n">
-        <v>469.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>163.0</v>
+      </c>
+      <c r="D268" s="14" t="n">
+        <v>103.0</v>
       </c>
       <c r="E268" s="14" t="n">
-        <v>751.0</v>
+        <v>115.0</v>
       </c>
       <c r="F268" s="14" t="n">
-        <v>1071.0</v>
+        <v>480.0</v>
       </c>
       <c r="G268" s="14" t="n">
-        <v>908.0</v>
+        <v>313.0</v>
       </c>
       <c r="H268" s="14" t="n">
-        <v>922.0</v>
+        <v>247.0</v>
       </c>
       <c r="I268" s="14" t="n">
-        <v>1038.0</v>
+        <v>147.0</v>
       </c>
       <c r="J268" s="14" t="n">
-        <v>1000.0</v>
+        <v>852.0</v>
       </c>
       <c r="K268" s="14" t="n">
-        <v>202.0</v>
+        <v>1416.0</v>
       </c>
       <c r="L268" s="14" t="n">
-        <v>430.0</v>
+        <v>1564.0</v>
       </c>
       <c r="M268" s="14" t="n">
-        <v>131.0</v>
+        <v>1693.0</v>
       </c>
       <c r="N268" s="14" t="n">
-        <v>241.0</v>
+        <v>2752.0</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" s="6" t="inlineStr">
         <is>
-          <t>Cataluña</t>
+          <t>09 Cataluña</t>
         </is>
       </c>
       <c r="B269" s="6"/>
       <c r="C269" s="6"/>
       <c r="D269" s="6"/>
       <c r="E269" s="6"/>
       <c r="F269" s="6"/>
       <c r="G269" s="6"/>
       <c r="H269" s="6"/>
       <c r="I269" s="6"/>
       <c r="J269" s="6"/>
       <c r="K269" s="6"/>
       <c r="L269" s="6"/>
       <c r="M269" s="6"/>
       <c r="N269" s="6"/>
     </row>
     <row r="270">
       <c r="A270" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B270" s="14" t="n">
-        <v>5586515.0</v>
+        <v>5481095.0</v>
       </c>
       <c r="C270" s="14" t="n">
-        <v>167236.0</v>
+        <v>166864.0</v>
       </c>
       <c r="D270" s="14" t="n">
-        <v>175895.0</v>
+        <v>184076.0</v>
       </c>
       <c r="E270" s="14" t="n">
-        <v>193921.0</v>
+        <v>253987.0</v>
       </c>
       <c r="F270" s="14" t="n">
-        <v>348927.0</v>
+        <v>293097.0</v>
       </c>
       <c r="G270" s="14" t="n">
-        <v>425790.0</v>
+        <v>474986.0</v>
       </c>
       <c r="H270" s="14" t="n">
-        <v>628762.0</v>
+        <v>628162.0</v>
       </c>
       <c r="I270" s="14" t="n">
-        <v>1049386.0</v>
+        <v>1002702.0</v>
       </c>
       <c r="J270" s="14" t="n">
-        <v>1262726.0</v>
+        <v>1157162.0</v>
       </c>
       <c r="K270" s="14" t="n">
-        <v>592732.0</v>
+        <v>635509.0</v>
       </c>
       <c r="L270" s="14" t="n">
-        <v>396819.0</v>
+        <v>339450.0</v>
       </c>
       <c r="M270" s="14" t="n">
-        <v>158556.0</v>
+        <v>164532.0</v>
       </c>
       <c r="N270" s="14" t="n">
-        <v>185766.0</v>
+        <v>180568.0</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Spaniards</t>
         </is>
       </c>
       <c r="B271" s="14" t="n">
-        <v>2158144.0</v>
+        <v>2071734.0</v>
       </c>
       <c r="C271" s="14" t="n">
-        <v>98368.0</v>
+        <v>89705.0</v>
       </c>
       <c r="D271" s="14" t="n">
-        <v>94226.0</v>
+        <v>90298.0</v>
       </c>
       <c r="E271" s="14" t="n">
-        <v>102985.0</v>
+        <v>139045.0</v>
       </c>
       <c r="F271" s="14" t="n">
-        <v>165159.0</v>
+        <v>105777.0</v>
       </c>
       <c r="G271" s="14" t="n">
-        <v>123468.0</v>
+        <v>129624.0</v>
       </c>
       <c r="H271" s="14" t="n">
-        <v>247401.0</v>
+        <v>260684.0</v>
       </c>
       <c r="I271" s="14" t="n">
-        <v>328297.0</v>
+        <v>315460.0</v>
       </c>
       <c r="J271" s="14" t="n">
-        <v>478349.0</v>
+        <v>436386.0</v>
       </c>
       <c r="K271" s="14" t="n">
-        <v>205716.0</v>
+        <v>219650.0</v>
       </c>
       <c r="L271" s="14" t="n">
-        <v>132586.0</v>
+        <v>105845.0</v>
       </c>
       <c r="M271" s="14" t="n">
-        <v>75911.0</v>
+        <v>80376.0</v>
       </c>
       <c r="N271" s="14" t="n">
-        <v>105678.0</v>
+        <v>98884.0</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Foreigners</t>
         </is>
       </c>
       <c r="B272" s="14" t="n">
-        <v>3428371.0</v>
+        <v>3409361.0</v>
       </c>
       <c r="C272" s="14" t="n">
-        <v>68868.0</v>
+        <v>77159.0</v>
       </c>
       <c r="D272" s="14" t="n">
-        <v>81670.0</v>
+        <v>93778.0</v>
       </c>
       <c r="E272" s="14" t="n">
-        <v>90936.0</v>
+        <v>114942.0</v>
       </c>
       <c r="F272" s="14" t="n">
-        <v>183768.0</v>
+        <v>187321.0</v>
       </c>
       <c r="G272" s="14" t="n">
-        <v>302322.0</v>
+        <v>345362.0</v>
       </c>
       <c r="H272" s="14" t="n">
-        <v>381361.0</v>
+        <v>367478.0</v>
       </c>
       <c r="I272" s="14" t="n">
-        <v>721089.0</v>
+        <v>687242.0</v>
       </c>
       <c r="J272" s="14" t="n">
-        <v>784377.0</v>
+        <v>720776.0</v>
       </c>
       <c r="K272" s="14" t="n">
-        <v>387015.0</v>
+        <v>415859.0</v>
       </c>
       <c r="L272" s="14" t="n">
-        <v>264232.0</v>
+        <v>233605.0</v>
       </c>
       <c r="M272" s="14" t="n">
-        <v>82645.0</v>
+        <v>84156.0</v>
       </c>
       <c r="N272" s="14" t="n">
-        <v>80087.0</v>
+        <v>81684.0</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    European Union27 (without Spain)</t>
         </is>
       </c>
       <c r="B273" s="14" t="n">
-        <v>2480412.0</v>
+        <v>2395495.0</v>
       </c>
       <c r="C273" s="14" t="n">
-        <v>39432.0</v>
+        <v>39571.0</v>
       </c>
       <c r="D273" s="14" t="n">
-        <v>50751.0</v>
+        <v>51829.0</v>
       </c>
       <c r="E273" s="14" t="n">
-        <v>50987.0</v>
+        <v>64389.0</v>
       </c>
       <c r="F273" s="14" t="n">
-        <v>126213.0</v>
+        <v>120055.0</v>
       </c>
       <c r="G273" s="14" t="n">
-        <v>213548.0</v>
+        <v>245261.0</v>
       </c>
       <c r="H273" s="14" t="n">
-        <v>263140.0</v>
+        <v>245746.0</v>
       </c>
       <c r="I273" s="14" t="n">
-        <v>565218.0</v>
+        <v>533776.0</v>
       </c>
       <c r="J273" s="14" t="n">
-        <v>646919.0</v>
+        <v>584559.0</v>
       </c>
       <c r="K273" s="14" t="n">
-        <v>262928.0</v>
+        <v>279306.0</v>
       </c>
       <c r="L273" s="14" t="n">
-        <v>165599.0</v>
+        <v>137474.0</v>
       </c>
       <c r="M273" s="14" t="n">
-        <v>49540.0</v>
+        <v>47823.0</v>
       </c>
       <c r="N273" s="14" t="n">
-        <v>46137.0</v>
+        <v>45707.0</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Germany</t>
         </is>
       </c>
       <c r="B274" s="14" t="n">
-        <v>293419.0</v>
+        <v>341946.0</v>
       </c>
       <c r="C274" s="14" t="n">
-        <v>3913.0</v>
+        <v>4002.0</v>
       </c>
       <c r="D274" s="14" t="n">
-        <v>4375.0</v>
+        <v>5686.0</v>
       </c>
       <c r="E274" s="14" t="n">
-        <v>7669.0</v>
+        <v>15606.0</v>
       </c>
       <c r="F274" s="14" t="n">
-        <v>12612.0</v>
+        <v>18075.0</v>
       </c>
       <c r="G274" s="14" t="n">
-        <v>19043.0</v>
+        <v>34768.0</v>
       </c>
       <c r="H274" s="14" t="n">
-        <v>41703.0</v>
+        <v>37162.0</v>
       </c>
       <c r="I274" s="14" t="n">
-        <v>62405.0</v>
+        <v>62075.0</v>
       </c>
       <c r="J274" s="14" t="n">
-        <v>56218.0</v>
+        <v>67818.0</v>
       </c>
       <c r="K274" s="14" t="n">
-        <v>48519.0</v>
+        <v>52615.0</v>
       </c>
       <c r="L274" s="14" t="n">
-        <v>26943.0</v>
+        <v>35018.0</v>
       </c>
       <c r="M274" s="14" t="n">
-        <v>5885.0</v>
+        <v>4195.0</v>
       </c>
       <c r="N274" s="14" t="n">
-        <v>4133.0</v>
+        <v>4925.0</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Austria</t>
         </is>
       </c>
       <c r="B275" s="14" t="n">
-        <v>17024.0</v>
+        <v>16277.0</v>
       </c>
       <c r="C275" s="14" t="n">
-        <v>516.0</v>
+        <v>713.0</v>
       </c>
       <c r="D275" s="14" t="n">
-        <v>909.0</v>
+        <v>793.0</v>
       </c>
       <c r="E275" s="14" t="n">
-        <v>929.0</v>
+        <v>1813.0</v>
       </c>
       <c r="F275" s="14" t="n">
-        <v>1488.0</v>
+        <v>1185.0</v>
       </c>
       <c r="G275" s="14" t="n">
-        <v>1321.0</v>
+        <v>1450.0</v>
       </c>
       <c r="H275" s="14" t="n">
-        <v>2705.0</v>
+        <v>2419.0</v>
       </c>
       <c r="I275" s="14" t="n">
-        <v>2342.0</v>
+        <v>2053.0</v>
       </c>
       <c r="J275" s="14" t="n">
-        <v>1788.0</v>
+        <v>1551.0</v>
       </c>
       <c r="K275" s="14" t="n">
-        <v>1528.0</v>
+        <v>1748.0</v>
       </c>
       <c r="L275" s="14" t="n">
-        <v>1990.0</v>
+        <v>1144.0</v>
       </c>
       <c r="M275" s="14" t="n">
-        <v>902.0</v>
+        <v>699.0</v>
       </c>
       <c r="N275" s="14" t="n">
-        <v>606.0</v>
+        <v>709.0</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Belgium</t>
         </is>
       </c>
       <c r="B276" s="14" t="n">
-        <v>119127.0</v>
+        <v>104462.0</v>
       </c>
       <c r="C276" s="14" t="n">
-        <v>1487.0</v>
+        <v>1018.0</v>
       </c>
       <c r="D276" s="14" t="n">
-        <v>808.0</v>
+        <v>1237.0</v>
       </c>
       <c r="E276" s="14" t="n">
-        <v>843.0</v>
+        <v>1332.0</v>
       </c>
       <c r="F276" s="14" t="n">
-        <v>3287.0</v>
+        <v>4363.0</v>
       </c>
       <c r="G276" s="14" t="n">
-        <v>8035.0</v>
+        <v>8021.0</v>
       </c>
       <c r="H276" s="14" t="n">
-        <v>13309.0</v>
+        <v>8166.0</v>
       </c>
       <c r="I276" s="14" t="n">
-        <v>50739.0</v>
+        <v>40707.0</v>
       </c>
       <c r="J276" s="14" t="n">
-        <v>19142.0</v>
+        <v>20046.0</v>
       </c>
       <c r="K276" s="14" t="n">
-        <v>12548.0</v>
+        <v>13245.0</v>
       </c>
       <c r="L276" s="14" t="n">
-        <v>5590.0</v>
+        <v>3940.0</v>
       </c>
       <c r="M276" s="14" t="n">
-        <v>1572.0</v>
+        <v>1164.0</v>
       </c>
       <c r="N276" s="14" t="n">
-        <v>1767.0</v>
+        <v>1224.0</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Denmark</t>
         </is>
       </c>
       <c r="B277" s="14" t="n">
-        <v>21924.0</v>
+        <v>19631.0</v>
       </c>
       <c r="C277" s="14" t="n">
-        <v>426.0</v>
+        <v>323.0</v>
       </c>
       <c r="D277" s="14" t="n">
-        <v>519.0</v>
+        <v>678.0</v>
       </c>
       <c r="E277" s="14" t="n">
-        <v>912.0</v>
+        <v>856.0</v>
       </c>
       <c r="F277" s="14" t="n">
-        <v>1643.0</v>
+        <v>1071.0</v>
       </c>
       <c r="G277" s="14" t="n">
-        <v>1726.0</v>
+        <v>1525.0</v>
       </c>
       <c r="H277" s="14" t="n">
-        <v>1083.0</v>
+        <v>1181.0</v>
       </c>
       <c r="I277" s="14" t="n">
-        <v>6518.0</v>
+        <v>7119.0</v>
       </c>
       <c r="J277" s="14" t="n">
-        <v>1923.0</v>
+        <v>1093.0</v>
       </c>
       <c r="K277" s="14" t="n">
-        <v>2697.0</v>
+        <v>1534.0</v>
       </c>
       <c r="L277" s="14" t="n">
-        <v>3769.0</v>
+        <v>3580.0</v>
       </c>
       <c r="M277" s="14" t="n">
-        <v>393.0</v>
+        <v>449.0</v>
       </c>
       <c r="N277" s="14" t="n">
-        <v>314.0</v>
+        <v>221.0</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Finland</t>
         </is>
       </c>
       <c r="B278" s="14" t="n">
-        <v>13745.0</v>
+        <v>9493.0</v>
       </c>
       <c r="C278" s="14" t="n">
-        <v>305.0</v>
+        <v>519.0</v>
       </c>
       <c r="D278" s="14" t="n">
         <v>428.0</v>
       </c>
       <c r="E278" s="14" t="n">
-        <v>661.0</v>
+        <v>551.0</v>
       </c>
       <c r="F278" s="14" t="n">
-        <v>928.0</v>
+        <v>531.0</v>
       </c>
       <c r="G278" s="14" t="n">
-        <v>2992.0</v>
+        <v>690.0</v>
       </c>
       <c r="H278" s="14" t="n">
-        <v>2796.0</v>
+        <v>1528.0</v>
       </c>
       <c r="I278" s="14" t="n">
-        <v>1970.0</v>
+        <v>922.0</v>
       </c>
       <c r="J278" s="14" t="n">
-        <v>371.0</v>
+        <v>220.0</v>
       </c>
       <c r="K278" s="14" t="n">
-        <v>1678.0</v>
+        <v>2457.0</v>
       </c>
       <c r="L278" s="14" t="n">
-        <v>1228.0</v>
+        <v>893.0</v>
       </c>
       <c r="M278" s="14" t="n">
-        <v>249.0</v>
+        <v>430.0</v>
       </c>
       <c r="N278" s="14" t="n">
-        <v>140.0</v>
+        <v>324.0</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    France</t>
         </is>
       </c>
       <c r="B279" s="14" t="n">
-        <v>976626.0</v>
+        <v>924180.0</v>
       </c>
       <c r="C279" s="14" t="n">
-        <v>10501.0</v>
+        <v>9818.0</v>
       </c>
       <c r="D279" s="14" t="n">
-        <v>16259.0</v>
+        <v>15564.0</v>
       </c>
       <c r="E279" s="14" t="n">
-        <v>13207.0</v>
+        <v>12975.0</v>
       </c>
       <c r="F279" s="14" t="n">
-        <v>55404.0</v>
+        <v>46085.0</v>
       </c>
       <c r="G279" s="14" t="n">
-        <v>78421.0</v>
+        <v>88738.0</v>
       </c>
       <c r="H279" s="14" t="n">
-        <v>65168.0</v>
+        <v>61875.0</v>
       </c>
       <c r="I279" s="14" t="n">
-        <v>226626.0</v>
+        <v>216707.0</v>
       </c>
       <c r="J279" s="14" t="n">
-        <v>352050.0</v>
+        <v>324425.0</v>
       </c>
       <c r="K279" s="14" t="n">
-        <v>78494.0</v>
+        <v>82607.0</v>
       </c>
       <c r="L279" s="14" t="n">
-        <v>51626.0</v>
+        <v>39916.0</v>
       </c>
       <c r="M279" s="14" t="n">
-        <v>13904.0</v>
+        <v>11865.0</v>
       </c>
       <c r="N279" s="14" t="n">
-        <v>14965.0</v>
+        <v>13605.0</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Greece</t>
         </is>
       </c>
       <c r="B280" s="14" t="n">
-        <v>5008.0</v>
+        <v>4556.0</v>
       </c>
       <c r="C280" s="14" t="n">
-        <v>258.0</v>
+        <v>572.0</v>
       </c>
       <c r="D280" s="14" t="n">
-        <v>302.0</v>
+        <v>586.0</v>
       </c>
       <c r="E280" s="14" t="n">
-        <v>503.0</v>
+        <v>586.0</v>
       </c>
       <c r="F280" s="14" t="n">
-        <v>712.0</v>
+        <v>541.0</v>
       </c>
       <c r="G280" s="14" t="n">
-        <v>428.0</v>
+        <v>272.0</v>
       </c>
       <c r="H280" s="14" t="n">
-        <v>413.0</v>
+        <v>436.0</v>
       </c>
       <c r="I280" s="14" t="n">
-        <v>295.0</v>
+        <v>267.0</v>
       </c>
       <c r="J280" s="14" t="n">
-        <v>227.0</v>
+        <v>176.0</v>
       </c>
       <c r="K280" s="14" t="n">
-        <v>310.0</v>
+        <v>421.0</v>
       </c>
       <c r="L280" s="14" t="n">
-        <v>533.0</v>
+        <v>259.0</v>
       </c>
       <c r="M280" s="14" t="n">
-        <v>446.0</v>
+        <v>219.0</v>
       </c>
       <c r="N280" s="14" t="n">
-        <v>580.0</v>
+        <v>222.0</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Ireland</t>
         </is>
       </c>
       <c r="B281" s="14" t="n">
-        <v>351640.0</v>
+        <v>338866.0</v>
       </c>
       <c r="C281" s="14" t="n">
-        <v>976.0</v>
+        <v>772.0</v>
       </c>
       <c r="D281" s="14" t="n">
-        <v>1669.0</v>
+        <v>1259.0</v>
       </c>
       <c r="E281" s="14" t="n">
-        <v>1164.0</v>
+        <v>1587.0</v>
       </c>
       <c r="F281" s="14" t="n">
-        <v>8922.0</v>
+        <v>9538.0</v>
       </c>
       <c r="G281" s="14" t="n">
-        <v>45387.0</v>
+        <v>54609.0</v>
       </c>
       <c r="H281" s="14" t="n">
-        <v>78011.0</v>
+        <v>71587.0</v>
       </c>
       <c r="I281" s="14" t="n">
-        <v>89349.0</v>
+        <v>82298.0</v>
       </c>
       <c r="J281" s="14" t="n">
-        <v>56152.0</v>
+        <v>56601.0</v>
       </c>
       <c r="K281" s="14" t="n">
-        <v>46021.0</v>
+        <v>49004.0</v>
       </c>
       <c r="L281" s="14" t="n">
-        <v>21896.0</v>
+        <v>9971.0</v>
       </c>
       <c r="M281" s="14" t="n">
-        <v>1408.0</v>
+        <v>826.0</v>
       </c>
       <c r="N281" s="14" t="n">
-        <v>685.0</v>
+        <v>814.0</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Italy</t>
         </is>
       </c>
       <c r="B282" s="14" t="n">
-        <v>194691.0</v>
+        <v>189443.0</v>
       </c>
       <c r="C282" s="14" t="n">
-        <v>9822.0</v>
+        <v>9424.0</v>
       </c>
       <c r="D282" s="14" t="n">
-        <v>8885.0</v>
+        <v>10023.0</v>
       </c>
       <c r="E282" s="14" t="n">
-        <v>11235.0</v>
+        <v>11534.0</v>
       </c>
       <c r="F282" s="14" t="n">
-        <v>13448.0</v>
+        <v>13626.0</v>
       </c>
       <c r="G282" s="14" t="n">
-        <v>10916.0</v>
+        <v>13194.0</v>
       </c>
       <c r="H282" s="14" t="n">
-        <v>14618.0</v>
+        <v>17089.0</v>
       </c>
       <c r="I282" s="14" t="n">
-        <v>21762.0</v>
+        <v>23636.0</v>
       </c>
       <c r="J282" s="14" t="n">
-        <v>52941.0</v>
+        <v>35775.0</v>
       </c>
       <c r="K282" s="14" t="n">
-        <v>18649.0</v>
+        <v>17058.0</v>
       </c>
       <c r="L282" s="14" t="n">
-        <v>12524.0</v>
+        <v>13489.0</v>
       </c>
       <c r="M282" s="14" t="n">
-        <v>9005.0</v>
+        <v>13568.0</v>
       </c>
       <c r="N282" s="14" t="n">
-        <v>10885.0</v>
+        <v>11028.0</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Luxembourg</t>
         </is>
       </c>
       <c r="B283" s="14" t="n">
-        <v>6890.0</v>
+        <v>8616.0</v>
       </c>
       <c r="C283" s="14" t="n">
-        <v>164.0</v>
+        <v>343.0</v>
       </c>
       <c r="D283" s="14" t="n">
-        <v>179.0</v>
+        <v>420.0</v>
       </c>
       <c r="E283" s="14" t="n">
-        <v>266.0</v>
+        <v>372.0</v>
       </c>
       <c r="F283" s="14" t="n">
-        <v>455.0</v>
+        <v>867.0</v>
       </c>
       <c r="G283" s="14" t="n">
-        <v>678.0</v>
+        <v>402.0</v>
       </c>
       <c r="H283" s="14" t="n">
-        <v>676.0</v>
+        <v>429.0</v>
       </c>
       <c r="I283" s="14" t="n">
-        <v>1128.0</v>
+        <v>441.0</v>
       </c>
       <c r="J283" s="14" t="n">
-        <v>1415.0</v>
+        <v>1116.0</v>
       </c>
       <c r="K283" s="14" t="n">
-        <v>942.0</v>
+        <v>1906.0</v>
       </c>
       <c r="L283" s="14" t="n">
-        <v>339.0</v>
+        <v>975.0</v>
       </c>
       <c r="M283" s="14" t="n">
-        <v>353.0</v>
+        <v>707.0</v>
       </c>
       <c r="N283" s="14" t="n">
-        <v>292.0</v>
+        <v>637.0</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Netherlands</t>
         </is>
       </c>
       <c r="B284" s="14" t="n">
-        <v>213195.0</v>
+        <v>190125.0</v>
       </c>
       <c r="C284" s="14" t="n">
-        <v>1929.0</v>
+        <v>1351.0</v>
       </c>
       <c r="D284" s="14" t="n">
-        <v>2536.0</v>
+        <v>2850.0</v>
       </c>
       <c r="E284" s="14" t="n">
-        <v>2571.0</v>
+        <v>2335.0</v>
       </c>
       <c r="F284" s="14" t="n">
-        <v>8188.0</v>
+        <v>7084.0</v>
       </c>
       <c r="G284" s="14" t="n">
-        <v>19832.0</v>
+        <v>18316.0</v>
       </c>
       <c r="H284" s="14" t="n">
-        <v>14221.0</v>
+        <v>18108.0</v>
       </c>
       <c r="I284" s="14" t="n">
-        <v>54333.0</v>
+        <v>57043.0</v>
       </c>
       <c r="J284" s="14" t="n">
-        <v>69668.0</v>
+        <v>47985.0</v>
       </c>
       <c r="K284" s="14" t="n">
-        <v>20189.0</v>
+        <v>23452.0</v>
       </c>
       <c r="L284" s="14" t="n">
-        <v>15368.0</v>
+        <v>7651.0</v>
       </c>
       <c r="M284" s="14" t="n">
-        <v>2161.0</v>
+        <v>1891.0</v>
       </c>
       <c r="N284" s="14" t="n">
-        <v>2200.0</v>
+        <v>2060.0</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Poland</t>
         </is>
       </c>
       <c r="B285" s="14" t="n">
-        <v>65064.0</v>
+        <v>57983.0</v>
       </c>
       <c r="C285" s="14" t="n">
-        <v>1942.0</v>
+        <v>2537.0</v>
       </c>
       <c r="D285" s="14" t="n">
-        <v>5079.0</v>
+        <v>4250.0</v>
       </c>
       <c r="E285" s="14" t="n">
-        <v>2066.0</v>
+        <v>3625.0</v>
       </c>
       <c r="F285" s="14" t="n">
-        <v>4397.0</v>
+        <v>4409.0</v>
       </c>
       <c r="G285" s="14" t="n">
-        <v>7900.0</v>
+        <v>6998.0</v>
       </c>
       <c r="H285" s="14" t="n">
-        <v>8100.0</v>
+        <v>6124.0</v>
       </c>
       <c r="I285" s="14" t="n">
-        <v>10884.0</v>
+        <v>7656.0</v>
       </c>
       <c r="J285" s="14" t="n">
-        <v>7721.0</v>
+        <v>6135.0</v>
       </c>
       <c r="K285" s="14" t="n">
-        <v>5740.0</v>
+        <v>7717.0</v>
       </c>
       <c r="L285" s="14" t="n">
-        <v>6293.0</v>
+        <v>4112.0</v>
       </c>
       <c r="M285" s="14" t="n">
-        <v>3140.0</v>
+        <v>2745.0</v>
       </c>
       <c r="N285" s="14" t="n">
-        <v>1801.0</v>
+        <v>1676.0</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Portugal</t>
         </is>
       </c>
       <c r="B286" s="14" t="n">
-        <v>48969.0</v>
+        <v>47933.0</v>
       </c>
       <c r="C286" s="14" t="n">
-        <v>2340.0</v>
+        <v>2445.0</v>
       </c>
       <c r="D286" s="14" t="n">
-        <v>2985.0</v>
+        <v>2224.0</v>
       </c>
       <c r="E286" s="14" t="n">
-        <v>1916.0</v>
+        <v>3144.0</v>
       </c>
       <c r="F286" s="14" t="n">
-        <v>4728.0</v>
+        <v>2588.0</v>
       </c>
       <c r="G286" s="14" t="n">
-        <v>4349.0</v>
+        <v>3323.0</v>
       </c>
       <c r="H286" s="14" t="n">
-        <v>3016.0</v>
+        <v>3771.0</v>
       </c>
       <c r="I286" s="14" t="n">
-        <v>5055.0</v>
+        <v>6531.0</v>
       </c>
       <c r="J286" s="14" t="n">
-        <v>7747.0</v>
+        <v>8550.0</v>
       </c>
       <c r="K286" s="14" t="n">
-        <v>7487.0</v>
+        <v>8442.0</v>
       </c>
       <c r="L286" s="14" t="n">
-        <v>3914.0</v>
+        <v>2637.0</v>
       </c>
       <c r="M286" s="14" t="n">
-        <v>2846.0</v>
+        <v>2117.0</v>
       </c>
       <c r="N286" s="14" t="n">
-        <v>2587.0</v>
+        <v>2161.0</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Czech Republic</t>
         </is>
       </c>
       <c r="B287" s="14" t="n">
-        <v>37609.0</v>
+        <v>43384.0</v>
       </c>
       <c r="C287" s="14" t="n">
-        <v>1283.0</v>
+        <v>2185.0</v>
       </c>
       <c r="D287" s="14" t="n">
-        <v>1688.0</v>
+        <v>2501.0</v>
       </c>
       <c r="E287" s="14" t="n">
-        <v>2087.0</v>
+        <v>3186.0</v>
       </c>
       <c r="F287" s="14" t="n">
-        <v>1426.0</v>
+        <v>3398.0</v>
       </c>
       <c r="G287" s="14" t="n">
-        <v>1954.0</v>
+        <v>3444.0</v>
       </c>
       <c r="H287" s="14" t="n">
-        <v>4554.0</v>
+        <v>4589.0</v>
       </c>
       <c r="I287" s="14" t="n">
-        <v>7251.0</v>
+        <v>2464.0</v>
       </c>
       <c r="J287" s="14" t="n">
-        <v>3294.0</v>
+        <v>3689.0</v>
       </c>
       <c r="K287" s="14" t="n">
-        <v>4639.0</v>
+        <v>6957.0</v>
       </c>
       <c r="L287" s="14" t="n">
-        <v>3783.0</v>
+        <v>4503.0</v>
       </c>
       <c r="M287" s="14" t="n">
-        <v>3131.0</v>
+        <v>3318.0</v>
       </c>
       <c r="N287" s="14" t="n">
-        <v>2519.0</v>
+        <v>3151.0</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Sweden</t>
         </is>
       </c>
       <c r="B288" s="14" t="n">
-        <v>22678.0</v>
+        <v>22396.0</v>
       </c>
       <c r="C288" s="14" t="n">
-        <v>801.0</v>
+        <v>272.0</v>
       </c>
       <c r="D288" s="14" t="n">
-        <v>725.0</v>
+        <v>656.0</v>
       </c>
       <c r="E288" s="14" t="n">
-        <v>1228.0</v>
+        <v>1255.0</v>
       </c>
       <c r="F288" s="14" t="n">
-        <v>1577.0</v>
+        <v>1333.0</v>
       </c>
       <c r="G288" s="14" t="n">
-        <v>2144.0</v>
+        <v>1423.0</v>
       </c>
       <c r="H288" s="14" t="n">
-        <v>2972.0</v>
+        <v>4045.0</v>
       </c>
       <c r="I288" s="14" t="n">
-        <v>4582.0</v>
+        <v>6668.0</v>
       </c>
       <c r="J288" s="14" t="n">
-        <v>2290.0</v>
+        <v>1431.0</v>
       </c>
       <c r="K288" s="14" t="n">
-        <v>3112.0</v>
+        <v>2605.0</v>
       </c>
       <c r="L288" s="14" t="n">
-        <v>1960.0</v>
+        <v>2084.0</v>
       </c>
       <c r="M288" s="14" t="n">
-        <v>836.0</v>
+        <v>440.0</v>
       </c>
       <c r="N288" s="14" t="n">
-        <v>450.0</v>
+        <v>185.0</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of EU</t>
         </is>
       </c>
       <c r="B289" s="14" t="n">
-        <v>92802.0</v>
+        <v>76201.0</v>
       </c>
       <c r="C289" s="14" t="n">
-        <v>2768.0</v>
+        <v>3277.0</v>
       </c>
       <c r="D289" s="14" t="n">
-        <v>3404.0</v>
+        <v>2673.0</v>
       </c>
       <c r="E289" s="14" t="n">
-        <v>3729.0</v>
+        <v>3631.0</v>
       </c>
       <c r="F289" s="14" t="n">
-        <v>6997.0</v>
+        <v>5362.0</v>
       </c>
       <c r="G289" s="14" t="n">
-        <v>8421.0</v>
+        <v>8087.0</v>
       </c>
       <c r="H289" s="14" t="n">
-        <v>9795.0</v>
+        <v>7238.0</v>
       </c>
       <c r="I289" s="14" t="n">
-        <v>19979.0</v>
+        <v>17190.0</v>
       </c>
       <c r="J289" s="14" t="n">
-        <v>13970.0</v>
+        <v>7950.0</v>
       </c>
       <c r="K289" s="14" t="n">
-        <v>10375.0</v>
+        <v>7536.0</v>
       </c>
       <c r="L289" s="14" t="n">
-        <v>7843.0</v>
+        <v>7302.0</v>
       </c>
       <c r="M289" s="14" t="n">
-        <v>3308.0</v>
+        <v>3192.0</v>
       </c>
       <c r="N289" s="14" t="n">
-        <v>2214.0</v>
+        <v>2765.0</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Norway</t>
         </is>
       </c>
       <c r="B290" s="14" t="n">
-        <v>17866.0</v>
+        <v>15447.0</v>
       </c>
       <c r="C290" s="14" t="n">
-        <v>346.0</v>
+        <v>145.0</v>
       </c>
       <c r="D290" s="14" t="n">
-        <v>494.0</v>
+        <v>360.0</v>
       </c>
       <c r="E290" s="14" t="n">
-        <v>836.0</v>
+        <v>592.0</v>
       </c>
       <c r="F290" s="14" t="n">
-        <v>2343.0</v>
+        <v>1020.0</v>
       </c>
       <c r="G290" s="14" t="n">
-        <v>1146.0</v>
+        <v>816.0</v>
       </c>
       <c r="H290" s="14" t="n">
-        <v>2563.0</v>
+        <v>2110.0</v>
       </c>
       <c r="I290" s="14" t="n">
-        <v>4785.0</v>
+        <v>4036.0</v>
       </c>
       <c r="J290" s="14" t="n">
-        <v>880.0</v>
+        <v>988.0</v>
       </c>
       <c r="K290" s="14" t="n">
-        <v>2539.0</v>
+        <v>1872.0</v>
       </c>
       <c r="L290" s="14" t="n">
-        <v>1216.0</v>
+        <v>1881.0</v>
       </c>
       <c r="M290" s="14" t="n">
-        <v>455.0</v>
+        <v>990.0</v>
       </c>
       <c r="N290" s="14" t="n">
-        <v>261.0</v>
+        <v>636.0</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    United Kingdom</t>
         </is>
       </c>
       <c r="B291" s="14" t="n">
-        <v>349258.0</v>
+        <v>340812.0</v>
       </c>
       <c r="C291" s="14" t="n">
-        <v>3178.0</v>
+        <v>2883.0</v>
       </c>
       <c r="D291" s="14" t="n">
-        <v>5436.0</v>
+        <v>5646.0</v>
       </c>
       <c r="E291" s="14" t="n">
-        <v>6107.0</v>
+        <v>5580.0</v>
       </c>
       <c r="F291" s="14" t="n">
-        <v>15138.0</v>
+        <v>17826.0</v>
       </c>
       <c r="G291" s="14" t="n">
-        <v>34981.0</v>
+        <v>42256.0</v>
       </c>
       <c r="H291" s="14" t="n">
-        <v>45278.0</v>
+        <v>41843.0</v>
       </c>
       <c r="I291" s="14" t="n">
-        <v>55223.0</v>
+        <v>48905.0</v>
       </c>
       <c r="J291" s="14" t="n">
-        <v>71642.0</v>
+        <v>70491.0</v>
       </c>
       <c r="K291" s="14" t="n">
-        <v>61479.0</v>
+        <v>56550.0</v>
       </c>
       <c r="L291" s="14" t="n">
-        <v>44259.0</v>
+        <v>43429.0</v>
       </c>
       <c r="M291" s="14" t="n">
-        <v>3148.0</v>
+        <v>2971.0</v>
       </c>
       <c r="N291" s="14" t="n">
-        <v>3389.0</v>
+        <v>2431.0</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Switzerland</t>
         </is>
       </c>
       <c r="B292" s="14" t="n">
-        <v>54693.0</v>
+        <v>43162.0</v>
       </c>
       <c r="C292" s="14" t="n">
-        <v>612.0</v>
+        <v>674.0</v>
       </c>
       <c r="D292" s="14" t="n">
-        <v>1065.0</v>
+        <v>1231.0</v>
       </c>
       <c r="E292" s="14" t="n">
-        <v>854.0</v>
+        <v>1038.0</v>
       </c>
       <c r="F292" s="14" t="n">
-        <v>4036.0</v>
+        <v>3020.0</v>
       </c>
       <c r="G292" s="14" t="n">
-        <v>3671.0</v>
+        <v>2478.0</v>
       </c>
       <c r="H292" s="14" t="n">
-        <v>4395.0</v>
+        <v>2918.0</v>
       </c>
       <c r="I292" s="14" t="n">
-        <v>16969.0</v>
+        <v>11958.0</v>
       </c>
       <c r="J292" s="14" t="n">
-        <v>8939.0</v>
+        <v>5425.0</v>
       </c>
       <c r="K292" s="14" t="n">
-        <v>5536.0</v>
+        <v>7417.0</v>
       </c>
       <c r="L292" s="14" t="n">
-        <v>6470.0</v>
+        <v>4740.0</v>
       </c>
       <c r="M292" s="14" t="n">
-        <v>935.0</v>
+        <v>851.0</v>
       </c>
       <c r="N292" s="14" t="n">
-        <v>1209.0</v>
+        <v>1412.0</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of Europe</t>
         </is>
       </c>
       <c r="B293" s="14" t="n">
-        <v>87977.0</v>
+        <v>94318.0</v>
       </c>
       <c r="C293" s="14" t="n">
-        <v>2791.0</v>
+        <v>4413.0</v>
       </c>
       <c r="D293" s="14" t="n">
-        <v>2551.0</v>
+        <v>4753.0</v>
       </c>
       <c r="E293" s="14" t="n">
-        <v>4238.0</v>
+        <v>8593.0</v>
       </c>
       <c r="F293" s="14" t="n">
-        <v>3983.0</v>
+        <v>4468.0</v>
       </c>
       <c r="G293" s="14" t="n">
-        <v>8972.0</v>
+        <v>6292.0</v>
       </c>
       <c r="H293" s="14" t="n">
-        <v>11000.0</v>
+        <v>14591.0</v>
       </c>
       <c r="I293" s="14" t="n">
-        <v>13409.0</v>
+        <v>18220.0</v>
       </c>
       <c r="J293" s="14" t="n">
-        <v>12951.0</v>
+        <v>11670.0</v>
       </c>
       <c r="K293" s="14" t="n">
-        <v>11883.0</v>
+        <v>11050.0</v>
       </c>
       <c r="L293" s="14" t="n">
-        <v>10789.0</v>
+        <v>5743.0</v>
       </c>
       <c r="M293" s="14" t="n">
-        <v>2861.0</v>
+        <v>2399.0</v>
       </c>
       <c r="N293" s="14" t="n">
-        <v>2549.0</v>
+        <v>2127.0</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    United States</t>
         </is>
       </c>
       <c r="B294" s="14" t="n">
-        <v>113495.0</v>
+        <v>107468.0</v>
       </c>
       <c r="C294" s="14" t="n">
-        <v>4681.0</v>
+        <v>3756.0</v>
       </c>
       <c r="D294" s="14" t="n">
-        <v>4991.0</v>
+        <v>4680.0</v>
       </c>
       <c r="E294" s="14" t="n">
-        <v>12101.0</v>
+        <v>8266.0</v>
       </c>
       <c r="F294" s="14" t="n">
-        <v>8853.0</v>
+        <v>9054.0</v>
       </c>
       <c r="G294" s="14" t="n">
-        <v>11150.0</v>
+        <v>11544.0</v>
       </c>
       <c r="H294" s="14" t="n">
-        <v>16880.0</v>
+        <v>16878.0</v>
       </c>
       <c r="I294" s="14" t="n">
-        <v>14263.0</v>
+        <v>15779.0</v>
       </c>
       <c r="J294" s="14" t="n">
-        <v>7990.0</v>
+        <v>9846.0</v>
       </c>
       <c r="K294" s="14" t="n">
-        <v>10470.0</v>
+        <v>9829.0</v>
       </c>
       <c r="L294" s="14" t="n">
-        <v>7589.0</v>
+        <v>7541.0</v>
       </c>
       <c r="M294" s="14" t="n">
-        <v>6664.0</v>
+        <v>4700.0</v>
       </c>
       <c r="N294" s="14" t="n">
-        <v>7862.0</v>
+        <v>5594.0</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of America</t>
         </is>
       </c>
       <c r="B295" s="14" t="n">
-        <v>122789.0</v>
+        <v>163437.0</v>
       </c>
       <c r="C295" s="14" t="n">
-        <v>7284.0</v>
+        <v>9820.0</v>
       </c>
       <c r="D295" s="14" t="n">
-        <v>6649.0</v>
+        <v>9049.0</v>
       </c>
       <c r="E295" s="14" t="n">
-        <v>7106.0</v>
+        <v>12560.0</v>
       </c>
       <c r="F295" s="14" t="n">
-        <v>9855.0</v>
+        <v>13835.0</v>
       </c>
       <c r="G295" s="14" t="n">
-        <v>12084.0</v>
+        <v>15678.0</v>
       </c>
       <c r="H295" s="14" t="n">
-        <v>14939.0</v>
+        <v>17876.0</v>
       </c>
       <c r="I295" s="14" t="n">
-        <v>12424.0</v>
+        <v>18306.0</v>
       </c>
       <c r="J295" s="14" t="n">
-        <v>11975.0</v>
+        <v>16897.0</v>
       </c>
       <c r="K295" s="14" t="n">
-        <v>15307.0</v>
+        <v>17899.0</v>
       </c>
       <c r="L295" s="14" t="n">
-        <v>11896.0</v>
+        <v>13206.0</v>
       </c>
       <c r="M295" s="14" t="n">
-        <v>6962.0</v>
+        <v>9827.0</v>
       </c>
       <c r="N295" s="14" t="n">
-        <v>6309.0</v>
+        <v>8482.0</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    African Countries</t>
         </is>
       </c>
       <c r="B296" s="14" t="n">
-        <v>36192.0</v>
+        <v>61101.0</v>
       </c>
       <c r="C296" s="14" t="n">
-        <v>1614.0</v>
+        <v>4660.0</v>
       </c>
       <c r="D296" s="14" t="n">
-        <v>1759.0</v>
+        <v>4247.0</v>
       </c>
       <c r="E296" s="14" t="n">
-        <v>1709.0</v>
+        <v>4082.0</v>
       </c>
       <c r="F296" s="14" t="n">
-        <v>2141.0</v>
+        <v>4243.0</v>
       </c>
       <c r="G296" s="14" t="n">
-        <v>3641.0</v>
+        <v>4655.0</v>
       </c>
       <c r="H296" s="14" t="n">
-        <v>2355.0</v>
+        <v>5541.0</v>
       </c>
       <c r="I296" s="14" t="n">
-        <v>5382.0</v>
+        <v>8488.0</v>
       </c>
       <c r="J296" s="14" t="n">
-        <v>9070.0</v>
+        <v>7338.0</v>
       </c>
       <c r="K296" s="14" t="n">
-        <v>2803.0</v>
+        <v>5007.0</v>
       </c>
       <c r="L296" s="14" t="n">
-        <v>2599.0</v>
+        <v>4955.0</v>
       </c>
       <c r="M296" s="14" t="n">
-        <v>1804.0</v>
+        <v>3998.0</v>
       </c>
       <c r="N296" s="14" t="n">
-        <v>1316.0</v>
+        <v>3886.0</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of the world</t>
         </is>
       </c>
       <c r="B297" s="14" t="n">
-        <v>136647.0</v>
+        <v>163544.0</v>
       </c>
       <c r="C297" s="14" t="n">
-        <v>7626.0</v>
+        <v>10167.0</v>
       </c>
       <c r="D297" s="14" t="n">
-        <v>6958.0</v>
+        <v>10974.0</v>
       </c>
       <c r="E297" s="14" t="n">
-        <v>6067.0</v>
+        <v>8304.0</v>
       </c>
       <c r="F297" s="14" t="n">
-        <v>9639.0</v>
+        <v>11380.0</v>
       </c>
       <c r="G297" s="14" t="n">
-        <v>11144.0</v>
+        <v>12871.0</v>
       </c>
       <c r="H297" s="14" t="n">
-        <v>17130.0</v>
+        <v>16128.0</v>
       </c>
       <c r="I297" s="14" t="n">
-        <v>24075.0</v>
+        <v>24932.0</v>
       </c>
       <c r="J297" s="14" t="n">
-        <v>11468.0</v>
+        <v>11157.0</v>
       </c>
       <c r="K297" s="14" t="n">
-        <v>11400.0</v>
+        <v>24474.0</v>
       </c>
       <c r="L297" s="14" t="n">
-        <v>12181.0</v>
+        <v>12990.0</v>
       </c>
       <c r="M297" s="14" t="n">
-        <v>8670.0</v>
+        <v>9422.0</v>
       </c>
       <c r="N297" s="14" t="n">
-        <v>10289.0</v>
+        <v>10745.0</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" s="6" t="inlineStr">
         <is>
-          <t>Comunitat Valenciana</t>
+          <t>10 Comunitat Valenciana</t>
         </is>
       </c>
       <c r="B298" s="6"/>
       <c r="C298" s="6"/>
       <c r="D298" s="6"/>
       <c r="E298" s="6"/>
       <c r="F298" s="6"/>
       <c r="G298" s="6"/>
       <c r="H298" s="6"/>
       <c r="I298" s="6"/>
       <c r="J298" s="6"/>
       <c r="K298" s="6"/>
       <c r="L298" s="6"/>
       <c r="M298" s="6"/>
       <c r="N298" s="6"/>
     </row>
     <row r="299">
       <c r="A299" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B299" s="14" t="n">
-        <v>1.2363028E7</v>
+        <v>1.1575245E7</v>
       </c>
       <c r="C299" s="14" t="n">
-        <v>454022.0</v>
+        <v>480764.0</v>
       </c>
       <c r="D299" s="14" t="n">
-        <v>466954.0</v>
+        <v>534684.0</v>
       </c>
       <c r="E299" s="14" t="n">
-        <v>505795.0</v>
+        <v>665832.0</v>
       </c>
       <c r="F299" s="14" t="n">
-        <v>987923.0</v>
+        <v>615218.0</v>
       </c>
       <c r="G299" s="14" t="n">
-        <v>909724.0</v>
+        <v>748482.0</v>
       </c>
       <c r="H299" s="14" t="n">
-        <v>1327445.0</v>
+        <v>1145115.0</v>
       </c>
       <c r="I299" s="14" t="n">
-        <v>2106174.0</v>
+        <v>1964864.0</v>
       </c>
       <c r="J299" s="14" t="n">
-        <v>2601140.0</v>
+        <v>2468640.0</v>
       </c>
       <c r="K299" s="14" t="n">
-        <v>1113504.0</v>
+        <v>1186568.0</v>
       </c>
       <c r="L299" s="14" t="n">
-        <v>869147.0</v>
+        <v>806235.0</v>
       </c>
       <c r="M299" s="14" t="n">
-        <v>530000.0</v>
+        <v>490428.0</v>
       </c>
       <c r="N299" s="14" t="n">
-        <v>491199.0</v>
+        <v>468414.0</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Spaniards</t>
         </is>
       </c>
       <c r="B300" s="14" t="n">
-        <v>5315671.0</v>
+        <v>4633276.0</v>
       </c>
       <c r="C300" s="14" t="n">
-        <v>115964.0</v>
+        <v>98523.0</v>
       </c>
       <c r="D300" s="14" t="n">
-        <v>123737.0</v>
+        <v>116395.0</v>
       </c>
       <c r="E300" s="14" t="n">
-        <v>136656.0</v>
+        <v>228915.0</v>
       </c>
       <c r="F300" s="14" t="n">
-        <v>413231.0</v>
+        <v>158201.0</v>
       </c>
       <c r="G300" s="14" t="n">
-        <v>276629.0</v>
+        <v>231756.0</v>
       </c>
       <c r="H300" s="14" t="n">
-        <v>599206.0</v>
+        <v>512754.0</v>
       </c>
       <c r="I300" s="14" t="n">
-        <v>1185981.0</v>
+        <v>1084343.0</v>
       </c>
       <c r="J300" s="14" t="n">
-        <v>1514302.0</v>
+        <v>1286065.0</v>
       </c>
       <c r="K300" s="14" t="n">
-        <v>470810.0</v>
+        <v>531730.0</v>
       </c>
       <c r="L300" s="14" t="n">
-        <v>202588.0</v>
+        <v>139075.0</v>
       </c>
       <c r="M300" s="14" t="n">
-        <v>120117.0</v>
+        <v>108236.0</v>
       </c>
       <c r="N300" s="14" t="n">
-        <v>156451.0</v>
+        <v>137284.0</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Foreigners</t>
         </is>
       </c>
       <c r="B301" s="14" t="n">
-        <v>7047357.0</v>
+        <v>6941969.0</v>
       </c>
       <c r="C301" s="14" t="n">
-        <v>338058.0</v>
+        <v>382242.0</v>
       </c>
       <c r="D301" s="14" t="n">
-        <v>343217.0</v>
+        <v>418289.0</v>
       </c>
       <c r="E301" s="14" t="n">
-        <v>369139.0</v>
+        <v>436916.0</v>
       </c>
       <c r="F301" s="14" t="n">
-        <v>574693.0</v>
+        <v>457017.0</v>
       </c>
       <c r="G301" s="14" t="n">
-        <v>633095.0</v>
+        <v>516726.0</v>
       </c>
       <c r="H301" s="14" t="n">
-        <v>728240.0</v>
+        <v>632362.0</v>
       </c>
       <c r="I301" s="14" t="n">
-        <v>920193.0</v>
+        <v>880522.0</v>
       </c>
       <c r="J301" s="14" t="n">
-        <v>1086838.0</v>
+        <v>1182575.0</v>
       </c>
       <c r="K301" s="14" t="n">
-        <v>642694.0</v>
+        <v>654838.0</v>
       </c>
       <c r="L301" s="14" t="n">
-        <v>666559.0</v>
+        <v>667160.0</v>
       </c>
       <c r="M301" s="14" t="n">
-        <v>409883.0</v>
+        <v>382192.0</v>
       </c>
       <c r="N301" s="14" t="n">
-        <v>334748.0</v>
+        <v>331130.0</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    European Union27 (without Spain)</t>
         </is>
       </c>
       <c r="B302" s="14" t="n">
-        <v>3832070.0</v>
+        <v>4030376.0</v>
       </c>
       <c r="C302" s="14" t="n">
-        <v>178816.0</v>
+        <v>219970.0</v>
       </c>
       <c r="D302" s="14" t="n">
-        <v>190759.0</v>
+        <v>250261.0</v>
       </c>
       <c r="E302" s="14" t="n">
-        <v>178793.0</v>
+        <v>260656.0</v>
       </c>
       <c r="F302" s="14" t="n">
-        <v>292188.0</v>
+        <v>235694.0</v>
       </c>
       <c r="G302" s="14" t="n">
-        <v>294017.0</v>
+        <v>276394.0</v>
       </c>
       <c r="H302" s="14" t="n">
-        <v>343732.0</v>
+        <v>312935.0</v>
       </c>
       <c r="I302" s="14" t="n">
-        <v>530827.0</v>
+        <v>544898.0</v>
       </c>
       <c r="J302" s="14" t="n">
-        <v>718542.0</v>
+        <v>793357.0</v>
       </c>
       <c r="K302" s="14" t="n">
-        <v>337302.0</v>
+        <v>360990.0</v>
       </c>
       <c r="L302" s="14" t="n">
-        <v>374479.0</v>
+        <v>364601.0</v>
       </c>
       <c r="M302" s="14" t="n">
-        <v>208449.0</v>
+        <v>209010.0</v>
       </c>
       <c r="N302" s="14" t="n">
-        <v>184166.0</v>
+        <v>201611.0</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Germany</t>
         </is>
       </c>
       <c r="B303" s="14" t="n">
-        <v>560007.0</v>
+        <v>633922.0</v>
       </c>
       <c r="C303" s="14" t="n">
-        <v>28632.0</v>
+        <v>34047.0</v>
       </c>
       <c r="D303" s="14" t="n">
-        <v>25854.0</v>
+        <v>33846.0</v>
       </c>
       <c r="E303" s="14" t="n">
-        <v>23567.0</v>
+        <v>51077.0</v>
       </c>
       <c r="F303" s="14" t="n">
-        <v>32610.0</v>
+        <v>28912.0</v>
       </c>
       <c r="G303" s="14" t="n">
-        <v>41217.0</v>
+        <v>46781.0</v>
       </c>
       <c r="H303" s="14" t="n">
-        <v>71735.0</v>
+        <v>55599.0</v>
       </c>
       <c r="I303" s="14" t="n">
-        <v>64347.0</v>
+        <v>74052.0</v>
       </c>
       <c r="J303" s="14" t="n">
-        <v>60173.0</v>
+        <v>84637.0</v>
       </c>
       <c r="K303" s="14" t="n">
-        <v>88033.0</v>
+        <v>83898.0</v>
       </c>
       <c r="L303" s="14" t="n">
-        <v>71640.0</v>
+        <v>83773.0</v>
       </c>
       <c r="M303" s="14" t="n">
-        <v>26212.0</v>
+        <v>26043.0</v>
       </c>
       <c r="N303" s="14" t="n">
-        <v>25987.0</v>
+        <v>31258.0</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Austria</t>
         </is>
       </c>
       <c r="B304" s="14" t="n">
-        <v>27135.0</v>
+        <v>31625.0</v>
       </c>
       <c r="C304" s="14" t="n">
-        <v>1781.0</v>
+        <v>1525.0</v>
       </c>
       <c r="D304" s="14" t="n">
-        <v>1084.0</v>
+        <v>1325.0</v>
       </c>
       <c r="E304" s="14" t="n">
-        <v>1189.0</v>
+        <v>3052.0</v>
       </c>
       <c r="F304" s="14" t="n">
-        <v>2123.0</v>
+        <v>5383.0</v>
       </c>
       <c r="G304" s="14" t="n">
-        <v>1554.0</v>
+        <v>2777.0</v>
       </c>
       <c r="H304" s="14" t="n">
-        <v>3690.0</v>
+        <v>4028.0</v>
       </c>
       <c r="I304" s="14" t="n">
-        <v>4457.0</v>
+        <v>2868.0</v>
       </c>
       <c r="J304" s="14" t="n">
-        <v>2989.0</v>
+        <v>2729.0</v>
       </c>
       <c r="K304" s="14" t="n">
-        <v>2962.0</v>
+        <v>2847.0</v>
       </c>
       <c r="L304" s="14" t="n">
-        <v>2827.0</v>
+        <v>2403.0</v>
       </c>
       <c r="M304" s="14" t="n">
-        <v>1164.0</v>
+        <v>1219.0</v>
       </c>
       <c r="N304" s="14" t="n">
-        <v>1314.0</v>
+        <v>1469.0</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Belgium</t>
         </is>
       </c>
       <c r="B305" s="14" t="n">
-        <v>414781.0</v>
+        <v>315263.0</v>
       </c>
       <c r="C305" s="14" t="n">
-        <v>21383.0</v>
+        <v>26982.0</v>
       </c>
       <c r="D305" s="14" t="n">
-        <v>20402.0</v>
+        <v>25816.0</v>
       </c>
       <c r="E305" s="14" t="n">
-        <v>19159.0</v>
+        <v>32474.0</v>
       </c>
       <c r="F305" s="14" t="n">
-        <v>39779.0</v>
+        <v>25200.0</v>
       </c>
       <c r="G305" s="14" t="n">
-        <v>37231.0</v>
+        <v>21205.0</v>
       </c>
       <c r="H305" s="14" t="n">
-        <v>26180.0</v>
+        <v>17162.0</v>
       </c>
       <c r="I305" s="14" t="n">
-        <v>81962.0</v>
+        <v>43378.0</v>
       </c>
       <c r="J305" s="14" t="n">
-        <v>33573.0</v>
+        <v>31567.0</v>
       </c>
       <c r="K305" s="14" t="n">
-        <v>36696.0</v>
+        <v>23052.0</v>
       </c>
       <c r="L305" s="14" t="n">
-        <v>49438.0</v>
+        <v>29483.0</v>
       </c>
       <c r="M305" s="14" t="n">
-        <v>24233.0</v>
+        <v>19548.0</v>
       </c>
       <c r="N305" s="14" t="n">
-        <v>24746.0</v>
+        <v>19396.0</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Denmark</t>
         </is>
       </c>
       <c r="B306" s="14" t="n">
-        <v>67468.0</v>
+        <v>70792.0</v>
       </c>
       <c r="C306" s="14" t="n">
-        <v>3769.0</v>
+        <v>2385.0</v>
       </c>
       <c r="D306" s="14" t="n">
-        <v>3857.0</v>
+        <v>3432.0</v>
       </c>
       <c r="E306" s="14" t="n">
-        <v>3915.0</v>
+        <v>5081.0</v>
       </c>
       <c r="F306" s="14" t="n">
-        <v>2346.0</v>
+        <v>2820.0</v>
       </c>
       <c r="G306" s="14" t="n">
-        <v>6935.0</v>
+        <v>7212.0</v>
       </c>
       <c r="H306" s="14" t="n">
-        <v>5604.0</v>
+        <v>2727.0</v>
       </c>
       <c r="I306" s="14" t="n">
-        <v>13270.0</v>
+        <v>18099.0</v>
       </c>
       <c r="J306" s="14" t="n">
-        <v>6000.0</v>
+        <v>4194.0</v>
       </c>
       <c r="K306" s="14" t="n">
-        <v>4957.0</v>
+        <v>4224.0</v>
       </c>
       <c r="L306" s="14" t="n">
-        <v>11508.0</v>
+        <v>15077.0</v>
       </c>
       <c r="M306" s="14" t="n">
-        <v>3767.0</v>
+        <v>3339.0</v>
       </c>
       <c r="N306" s="14" t="n">
-        <v>1541.0</v>
+        <v>2204.0</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Finland</t>
         </is>
       </c>
       <c r="B307" s="14" t="n">
-        <v>146537.0</v>
+        <v>125066.0</v>
       </c>
       <c r="C307" s="14" t="n">
-        <v>10450.0</v>
+        <v>12561.0</v>
       </c>
       <c r="D307" s="14" t="n">
-        <v>12232.0</v>
+        <v>17331.0</v>
       </c>
       <c r="E307" s="14" t="n">
-        <v>11519.0</v>
+        <v>4401.0</v>
       </c>
       <c r="F307" s="14" t="n">
-        <v>22771.0</v>
+        <v>4295.0</v>
       </c>
       <c r="G307" s="14" t="n">
-        <v>10940.0</v>
+        <v>4101.0</v>
       </c>
       <c r="H307" s="14" t="n">
-        <v>7710.0</v>
+        <v>5427.0</v>
       </c>
       <c r="I307" s="14" t="n">
-        <v>11292.0</v>
+        <v>4994.0</v>
       </c>
       <c r="J307" s="14" t="n">
-        <v>2536.0</v>
+        <v>2746.0</v>
       </c>
       <c r="K307" s="14" t="n">
-        <v>6451.0</v>
+        <v>3154.0</v>
       </c>
       <c r="L307" s="14" t="n">
-        <v>20453.0</v>
+        <v>6514.0</v>
       </c>
       <c r="M307" s="14" t="n">
-        <v>16111.0</v>
+        <v>33992.0</v>
       </c>
       <c r="N307" s="14" t="n">
-        <v>14071.0</v>
+        <v>25551.0</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    France</t>
         </is>
       </c>
       <c r="B308" s="14" t="n">
-        <v>846597.0</v>
+        <v>838301.0</v>
       </c>
       <c r="C308" s="14" t="n">
-        <v>16108.0</v>
+        <v>18351.0</v>
       </c>
       <c r="D308" s="14" t="n">
-        <v>16378.0</v>
+        <v>19256.0</v>
       </c>
       <c r="E308" s="14" t="n">
-        <v>14370.0</v>
+        <v>13334.0</v>
       </c>
       <c r="F308" s="14" t="n">
-        <v>32751.0</v>
+        <v>27794.0</v>
       </c>
       <c r="G308" s="14" t="n">
-        <v>40264.0</v>
+        <v>36627.0</v>
       </c>
       <c r="H308" s="14" t="n">
-        <v>54296.0</v>
+        <v>62798.0</v>
       </c>
       <c r="I308" s="14" t="n">
-        <v>167067.0</v>
+        <v>157006.0</v>
       </c>
       <c r="J308" s="14" t="n">
-        <v>385046.0</v>
+        <v>373551.0</v>
       </c>
       <c r="K308" s="14" t="n">
-        <v>52351.0</v>
+        <v>66570.0</v>
       </c>
       <c r="L308" s="14" t="n">
-        <v>35050.0</v>
+        <v>39038.0</v>
       </c>
       <c r="M308" s="14" t="n">
-        <v>18105.0</v>
+        <v>9170.0</v>
       </c>
       <c r="N308" s="14" t="n">
-        <v>14811.0</v>
+        <v>14807.0</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Greece</t>
         </is>
       </c>
       <c r="B309" s="14" t="n">
-        <v>4445.0</v>
+        <v>4493.0</v>
       </c>
       <c r="C309" s="14" t="n">
-        <v>309.0</v>
+        <v>236.0</v>
       </c>
       <c r="D309" s="14" t="n">
+        <v>456.0</v>
+      </c>
+      <c r="E309" s="14" t="n">
+        <v>635.0</v>
+      </c>
+      <c r="F309" s="14" t="n">
+        <v>540.0</v>
+      </c>
+      <c r="G309" s="14" t="n">
+        <v>40.0</v>
+      </c>
+      <c r="H309" s="14" t="n">
+        <v>313.0</v>
+      </c>
+      <c r="I309" s="14" t="n">
+        <v>93.0</v>
+      </c>
+      <c r="J309" s="14" t="n">
+        <v>655.0</v>
+      </c>
+      <c r="K309" s="14" t="n">
+        <v>210.0</v>
+      </c>
+      <c r="L309" s="14" t="n">
         <v>558.0</v>
       </c>
-      <c r="E309" s="14" t="n">
-[...22 lines deleted...]
-      </c>
       <c r="M309" s="14" t="n">
-        <v>333.0</v>
+        <v>290.0</v>
       </c>
       <c r="N309" s="14" t="n">
-        <v>176.0</v>
+        <v>468.0</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Ireland</t>
         </is>
       </c>
       <c r="B310" s="14" t="n">
-        <v>178624.0</v>
+        <v>176545.0</v>
       </c>
       <c r="C310" s="14" t="n">
-        <v>5871.0</v>
+        <v>4541.0</v>
       </c>
       <c r="D310" s="14" t="n">
-        <v>4994.0</v>
+        <v>5840.0</v>
       </c>
       <c r="E310" s="14" t="n">
-        <v>8098.0</v>
+        <v>10989.0</v>
       </c>
       <c r="F310" s="14" t="n">
-        <v>17530.0</v>
+        <v>13446.0</v>
       </c>
       <c r="G310" s="14" t="n">
-        <v>21758.0</v>
+        <v>21393.0</v>
       </c>
       <c r="H310" s="14" t="n">
-        <v>25966.0</v>
+        <v>20780.0</v>
       </c>
       <c r="I310" s="14" t="n">
-        <v>17954.0</v>
+        <v>20205.0</v>
       </c>
       <c r="J310" s="14" t="n">
-        <v>20555.0</v>
+        <v>18373.0</v>
       </c>
       <c r="K310" s="14" t="n">
-        <v>21022.0</v>
+        <v>28253.0</v>
       </c>
       <c r="L310" s="14" t="n">
-        <v>19754.0</v>
+        <v>19315.0</v>
       </c>
       <c r="M310" s="14" t="n">
-        <v>8205.0</v>
+        <v>8988.0</v>
       </c>
       <c r="N310" s="14" t="n">
-        <v>6917.0</v>
+        <v>4423.0</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Italy</t>
         </is>
       </c>
       <c r="B311" s="14" t="n">
-        <v>238425.0</v>
+        <v>291083.0</v>
       </c>
       <c r="C311" s="14" t="n">
-        <v>11734.0</v>
+        <v>10744.0</v>
       </c>
       <c r="D311" s="14" t="n">
-        <v>10475.0</v>
+        <v>12336.0</v>
       </c>
       <c r="E311" s="14" t="n">
-        <v>8807.0</v>
+        <v>14390.0</v>
       </c>
       <c r="F311" s="14" t="n">
-        <v>15192.0</v>
+        <v>18579.0</v>
       </c>
       <c r="G311" s="14" t="n">
-        <v>16662.0</v>
+        <v>21009.0</v>
       </c>
       <c r="H311" s="14" t="n">
-        <v>23252.0</v>
+        <v>29445.0</v>
       </c>
       <c r="I311" s="14" t="n">
-        <v>34525.0</v>
+        <v>43390.0</v>
       </c>
       <c r="J311" s="14" t="n">
-        <v>64980.0</v>
+        <v>73089.0</v>
       </c>
       <c r="K311" s="14" t="n">
-        <v>15974.0</v>
+        <v>24675.0</v>
       </c>
       <c r="L311" s="14" t="n">
-        <v>13713.0</v>
+        <v>18237.0</v>
       </c>
       <c r="M311" s="14" t="n">
-        <v>11341.0</v>
+        <v>10251.0</v>
       </c>
       <c r="N311" s="14" t="n">
-        <v>11770.0</v>
+        <v>14939.0</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Luxembourg</t>
         </is>
       </c>
       <c r="B312" s="14" t="n">
-        <v>7132.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>9350.0</v>
+      </c>
+      <c r="C312" s="14" t="n">
+        <v>490.0</v>
       </c>
       <c r="D312" s="14" t="n">
-        <v>430.0</v>
+        <v>737.0</v>
       </c>
       <c r="E312" s="14" t="n">
-        <v>833.0</v>
+        <v>995.0</v>
       </c>
       <c r="F312" s="14" t="n">
+        <v>97.0</v>
+      </c>
+      <c r="G312" s="14" t="n">
+        <v>1170.0</v>
+      </c>
+      <c r="H312" s="14" t="n">
+        <v>578.0</v>
+      </c>
+      <c r="I312" s="14" t="n">
         <v>191.0</v>
       </c>
-      <c r="G312" s="14" t="n">
-[...7 lines deleted...]
-      </c>
       <c r="J312" s="14" t="n">
-        <v>1095.0</v>
+        <v>2553.0</v>
       </c>
       <c r="K312" s="14" t="n">
-        <v>541.0</v>
+        <v>1551.0</v>
       </c>
       <c r="L312" s="14" t="n">
-        <v>667.0</v>
+        <v>123.0</v>
       </c>
       <c r="M312" s="14" t="n">
-        <v>763.0</v>
+        <v>141.0</v>
       </c>
       <c r="N312" s="14" t="n">
-        <v>635.0</v>
+        <v>724.0</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Netherlands</t>
         </is>
       </c>
       <c r="B313" s="14" t="n">
-        <v>682963.0</v>
+        <v>784960.0</v>
       </c>
       <c r="C313" s="14" t="n">
-        <v>53275.0</v>
+        <v>71096.0</v>
       </c>
       <c r="D313" s="14" t="n">
-        <v>59325.0</v>
+        <v>79560.0</v>
       </c>
       <c r="E313" s="14" t="n">
-        <v>50006.0</v>
+        <v>71515.0</v>
       </c>
       <c r="F313" s="14" t="n">
-        <v>57595.0</v>
+        <v>55031.0</v>
       </c>
       <c r="G313" s="14" t="n">
-        <v>51818.0</v>
+        <v>61208.0</v>
       </c>
       <c r="H313" s="14" t="n">
-        <v>42685.0</v>
+        <v>46397.0</v>
       </c>
       <c r="I313" s="14" t="n">
-        <v>52159.0</v>
+        <v>74600.0</v>
       </c>
       <c r="J313" s="14" t="n">
-        <v>72943.0</v>
+        <v>90112.0</v>
       </c>
       <c r="K313" s="14" t="n">
-        <v>51475.0</v>
+        <v>54300.0</v>
       </c>
       <c r="L313" s="14" t="n">
-        <v>84316.0</v>
+        <v>75831.0</v>
       </c>
       <c r="M313" s="14" t="n">
-        <v>56359.0</v>
+        <v>51377.0</v>
       </c>
       <c r="N313" s="14" t="n">
-        <v>51006.0</v>
+        <v>53935.0</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Poland</t>
         </is>
       </c>
       <c r="B314" s="14" t="n">
-        <v>184732.0</v>
+        <v>235812.0</v>
       </c>
       <c r="C314" s="14" t="n">
-        <v>10050.0</v>
+        <v>20147.0</v>
       </c>
       <c r="D314" s="14" t="n">
-        <v>16392.0</v>
+        <v>26598.0</v>
       </c>
       <c r="E314" s="14" t="n">
-        <v>13154.0</v>
+        <v>20466.0</v>
       </c>
       <c r="F314" s="14" t="n">
-        <v>16291.0</v>
+        <v>18002.0</v>
       </c>
       <c r="G314" s="14" t="n">
-        <v>22210.0</v>
+        <v>21658.0</v>
       </c>
       <c r="H314" s="14" t="n">
-        <v>19542.0</v>
+        <v>23917.0</v>
       </c>
       <c r="I314" s="14" t="n">
-        <v>12423.0</v>
+        <v>23403.0</v>
       </c>
       <c r="J314" s="14" t="n">
-        <v>10115.0</v>
+        <v>18317.0</v>
       </c>
       <c r="K314" s="14" t="n">
-        <v>16767.0</v>
+        <v>18001.0</v>
       </c>
       <c r="L314" s="14" t="n">
-        <v>21220.0</v>
+        <v>19779.0</v>
       </c>
       <c r="M314" s="14" t="n">
-        <v>14018.0</v>
+        <v>14142.0</v>
       </c>
       <c r="N314" s="14" t="n">
-        <v>12550.0</v>
+        <v>11382.0</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Portugal</t>
         </is>
       </c>
       <c r="B315" s="14" t="n">
-        <v>84749.0</v>
+        <v>94756.0</v>
       </c>
       <c r="C315" s="14" t="n">
-        <v>1175.0</v>
+        <v>838.0</v>
       </c>
       <c r="D315" s="14" t="n">
-        <v>1528.0</v>
+        <v>1464.0</v>
       </c>
       <c r="E315" s="14" t="n">
-        <v>1245.0</v>
+        <v>1801.0</v>
       </c>
       <c r="F315" s="14" t="n">
-        <v>8011.0</v>
+        <v>4115.0</v>
       </c>
       <c r="G315" s="14" t="n">
-        <v>2902.0</v>
+        <v>2257.0</v>
       </c>
       <c r="H315" s="14" t="n">
-        <v>6926.0</v>
+        <v>4893.0</v>
       </c>
       <c r="I315" s="14" t="n">
-        <v>17689.0</v>
+        <v>20406.0</v>
       </c>
       <c r="J315" s="14" t="n">
-        <v>26380.0</v>
+        <v>38535.0</v>
       </c>
       <c r="K315" s="14" t="n">
-        <v>6723.0</v>
+        <v>14220.0</v>
       </c>
       <c r="L315" s="14" t="n">
-        <v>6064.0</v>
+        <v>2274.0</v>
       </c>
       <c r="M315" s="14" t="n">
-        <v>3696.0</v>
+        <v>2099.0</v>
       </c>
       <c r="N315" s="14" t="n">
-        <v>2409.0</v>
+        <v>1854.0</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Czech Republic</t>
         </is>
       </c>
       <c r="B316" s="14" t="n">
-        <v>31433.0</v>
+        <v>33076.0</v>
       </c>
       <c r="C316" s="14" t="n">
-        <v>880.0</v>
+        <v>1669.0</v>
       </c>
       <c r="D316" s="14" t="n">
-        <v>1243.0</v>
+        <v>1520.0</v>
       </c>
       <c r="E316" s="14" t="n">
-        <v>2007.0</v>
+        <v>2262.0</v>
       </c>
       <c r="F316" s="14" t="n">
-        <v>2072.0</v>
+        <v>1765.0</v>
       </c>
       <c r="G316" s="14" t="n">
-        <v>2596.0</v>
+        <v>2087.0</v>
       </c>
       <c r="H316" s="14" t="n">
-        <v>3383.0</v>
+        <v>4942.0</v>
       </c>
       <c r="I316" s="14" t="n">
-        <v>3941.0</v>
+        <v>4723.0</v>
       </c>
       <c r="J316" s="14" t="n">
-        <v>1799.0</v>
+        <v>1506.0</v>
       </c>
       <c r="K316" s="14" t="n">
-        <v>4897.0</v>
+        <v>3984.0</v>
       </c>
       <c r="L316" s="14" t="n">
-        <v>5879.0</v>
+        <v>5427.0</v>
       </c>
       <c r="M316" s="14" t="n">
-        <v>1194.0</v>
+        <v>1309.0</v>
       </c>
       <c r="N316" s="14" t="n">
-        <v>1543.0</v>
+        <v>1879.0</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Sweden</t>
         </is>
       </c>
       <c r="B317" s="14" t="n">
-        <v>163774.0</v>
+        <v>148696.0</v>
       </c>
       <c r="C317" s="14" t="n">
-        <v>5783.0</v>
+        <v>5789.0</v>
       </c>
       <c r="D317" s="14" t="n">
-        <v>6716.0</v>
+        <v>8293.0</v>
       </c>
       <c r="E317" s="14" t="n">
-        <v>9238.0</v>
+        <v>10542.0</v>
       </c>
       <c r="F317" s="14" t="n">
-        <v>21609.0</v>
+        <v>11990.0</v>
       </c>
       <c r="G317" s="14" t="n">
-        <v>18377.0</v>
+        <v>9855.0</v>
       </c>
       <c r="H317" s="14" t="n">
-        <v>23489.0</v>
+        <v>16701.0</v>
       </c>
       <c r="I317" s="14" t="n">
-        <v>19732.0</v>
+        <v>27818.0</v>
       </c>
       <c r="J317" s="14" t="n">
-        <v>10372.0</v>
+        <v>8594.0</v>
       </c>
       <c r="K317" s="14" t="n">
-        <v>12720.0</v>
+        <v>10843.0</v>
       </c>
       <c r="L317" s="14" t="n">
-        <v>18635.0</v>
+        <v>17010.0</v>
       </c>
       <c r="M317" s="14" t="n">
-        <v>11587.0</v>
+        <v>14690.0</v>
       </c>
       <c r="N317" s="14" t="n">
-        <v>5515.0</v>
+        <v>6571.0</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of EU</t>
         </is>
       </c>
       <c r="B318" s="14" t="n">
-        <v>193268.0</v>
+        <v>236635.0</v>
       </c>
       <c r="C318" s="14" t="n">
-        <v>7441.0</v>
+        <v>8571.0</v>
       </c>
       <c r="D318" s="14" t="n">
-        <v>9288.0</v>
+        <v>12452.0</v>
       </c>
       <c r="E318" s="14" t="n">
-        <v>11183.0</v>
+        <v>17642.0</v>
       </c>
       <c r="F318" s="14" t="n">
-        <v>21154.0</v>
+        <v>17725.0</v>
       </c>
       <c r="G318" s="14" t="n">
-        <v>19048.0</v>
+        <v>17014.0</v>
       </c>
       <c r="H318" s="14" t="n">
-        <v>28801.0</v>
+        <v>17228.0</v>
       </c>
       <c r="I318" s="14" t="n">
-        <v>28103.0</v>
+        <v>29671.0</v>
       </c>
       <c r="J318" s="14" t="n">
-        <v>19706.0</v>
+        <v>42201.0</v>
       </c>
       <c r="K318" s="14" t="n">
-        <v>15140.0</v>
+        <v>21210.0</v>
       </c>
       <c r="L318" s="14" t="n">
-        <v>12870.0</v>
+        <v>29759.0</v>
       </c>
       <c r="M318" s="14" t="n">
-        <v>11360.0</v>
+        <v>12412.0</v>
       </c>
       <c r="N318" s="14" t="n">
-        <v>9173.0</v>
+        <v>10751.0</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Norway</t>
         </is>
       </c>
       <c r="B319" s="14" t="n">
-        <v>269380.0</v>
+        <v>185381.0</v>
       </c>
       <c r="C319" s="14" t="n">
-        <v>10224.0</v>
+        <v>16272.0</v>
       </c>
       <c r="D319" s="14" t="n">
-        <v>12137.0</v>
+        <v>24074.0</v>
       </c>
       <c r="E319" s="14" t="n">
-        <v>13403.0</v>
+        <v>11304.0</v>
       </c>
       <c r="F319" s="14" t="n">
-        <v>20413.0</v>
+        <v>13959.0</v>
       </c>
       <c r="G319" s="14" t="n">
-        <v>18595.0</v>
+        <v>8468.0</v>
       </c>
       <c r="H319" s="14" t="n">
-        <v>39443.0</v>
+        <v>12049.0</v>
       </c>
       <c r="I319" s="14" t="n">
-        <v>43519.0</v>
+        <v>24575.0</v>
       </c>
       <c r="J319" s="14" t="n">
-        <v>17057.0</v>
+        <v>7451.0</v>
       </c>
       <c r="K319" s="14" t="n">
-        <v>20332.0</v>
+        <v>9602.0</v>
       </c>
       <c r="L319" s="14" t="n">
-        <v>33384.0</v>
+        <v>24145.0</v>
       </c>
       <c r="M319" s="14" t="n">
-        <v>23560.0</v>
+        <v>22381.0</v>
       </c>
       <c r="N319" s="14" t="n">
-        <v>17315.0</v>
+        <v>11101.0</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    United Kingdom</t>
         </is>
       </c>
       <c r="B320" s="14" t="n">
-        <v>2056225.0</v>
+        <v>1860173.0</v>
       </c>
       <c r="C320" s="14" t="n">
-        <v>102659.0</v>
+        <v>89128.0</v>
       </c>
       <c r="D320" s="14" t="n">
-        <v>99407.0</v>
+        <v>93597.0</v>
       </c>
       <c r="E320" s="14" t="n">
-        <v>133127.0</v>
+        <v>104336.0</v>
       </c>
       <c r="F320" s="14" t="n">
-        <v>187445.0</v>
+        <v>152362.0</v>
       </c>
       <c r="G320" s="14" t="n">
-        <v>237694.0</v>
+        <v>166102.0</v>
       </c>
       <c r="H320" s="14" t="n">
-        <v>250580.0</v>
+        <v>223074.0</v>
       </c>
       <c r="I320" s="14" t="n">
-        <v>218473.0</v>
+        <v>208262.0</v>
       </c>
       <c r="J320" s="14" t="n">
-        <v>245284.0</v>
+        <v>273330.0</v>
       </c>
       <c r="K320" s="14" t="n">
-        <v>201584.0</v>
+        <v>199967.0</v>
       </c>
       <c r="L320" s="14" t="n">
-        <v>176135.0</v>
+        <v>178807.0</v>
       </c>
       <c r="M320" s="14" t="n">
-        <v>120472.0</v>
+        <v>104940.0</v>
       </c>
       <c r="N320" s="14" t="n">
-        <v>83365.0</v>
+        <v>66267.0</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Switzerland</t>
         </is>
       </c>
       <c r="B321" s="14" t="n">
-        <v>119586.0</v>
+        <v>105737.0</v>
       </c>
       <c r="C321" s="14" t="n">
-        <v>5209.0</v>
+        <v>8203.0</v>
       </c>
       <c r="D321" s="14" t="n">
-        <v>5276.0</v>
+        <v>7858.0</v>
       </c>
       <c r="E321" s="14" t="n">
-        <v>4672.0</v>
+        <v>8979.0</v>
       </c>
       <c r="F321" s="14" t="n">
-        <v>10413.0</v>
+        <v>9008.0</v>
       </c>
       <c r="G321" s="14" t="n">
-        <v>7424.0</v>
+        <v>4166.0</v>
       </c>
       <c r="H321" s="14" t="n">
-        <v>8727.0</v>
+        <v>5257.0</v>
       </c>
       <c r="I321" s="14" t="n">
-        <v>21653.0</v>
+        <v>14040.0</v>
       </c>
       <c r="J321" s="14" t="n">
-        <v>11212.0</v>
+        <v>13421.0</v>
       </c>
       <c r="K321" s="14" t="n">
-        <v>15429.0</v>
+        <v>11704.0</v>
       </c>
       <c r="L321" s="14" t="n">
-        <v>16239.0</v>
+        <v>12533.0</v>
       </c>
       <c r="M321" s="14" t="n">
-        <v>7232.0</v>
+        <v>4571.0</v>
       </c>
       <c r="N321" s="14" t="n">
-        <v>6099.0</v>
+        <v>5998.0</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of Europe</t>
         </is>
       </c>
       <c r="B322" s="14" t="n">
-        <v>282351.0</v>
+        <v>259405.0</v>
       </c>
       <c r="C322" s="14" t="n">
-        <v>15964.0</v>
+        <v>18401.0</v>
       </c>
       <c r="D322" s="14" t="n">
-        <v>13206.0</v>
+        <v>15052.0</v>
       </c>
       <c r="E322" s="14" t="n">
-        <v>14285.0</v>
+        <v>21752.0</v>
       </c>
       <c r="F322" s="14" t="n">
-        <v>27037.0</v>
+        <v>18158.0</v>
       </c>
       <c r="G322" s="14" t="n">
-        <v>28800.0</v>
+        <v>19101.0</v>
       </c>
       <c r="H322" s="14" t="n">
-        <v>28564.0</v>
+        <v>24994.0</v>
       </c>
       <c r="I322" s="14" t="n">
-        <v>35271.0</v>
+        <v>27171.0</v>
       </c>
       <c r="J322" s="14" t="n">
-        <v>28045.0</v>
+        <v>23299.0</v>
       </c>
       <c r="K322" s="14" t="n">
-        <v>27949.0</v>
+        <v>26786.0</v>
       </c>
       <c r="L322" s="14" t="n">
-        <v>33665.0</v>
+        <v>35133.0</v>
       </c>
       <c r="M322" s="14" t="n">
-        <v>16312.0</v>
+        <v>15792.0</v>
       </c>
       <c r="N322" s="14" t="n">
-        <v>13254.0</v>
+        <v>13766.0</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    United States</t>
         </is>
       </c>
       <c r="B323" s="14" t="n">
-        <v>89823.0</v>
+        <v>101580.0</v>
       </c>
       <c r="C323" s="14" t="n">
-        <v>4002.0</v>
+        <v>5330.0</v>
       </c>
       <c r="D323" s="14" t="n">
-        <v>3348.0</v>
+        <v>5042.0</v>
       </c>
       <c r="E323" s="14" t="n">
-        <v>3911.0</v>
+        <v>6833.0</v>
       </c>
       <c r="F323" s="14" t="n">
-        <v>10769.0</v>
+        <v>6911.0</v>
       </c>
       <c r="G323" s="14" t="n">
-        <v>12407.0</v>
+        <v>7685.0</v>
       </c>
       <c r="H323" s="14" t="n">
-        <v>17544.0</v>
+        <v>14420.0</v>
       </c>
       <c r="I323" s="14" t="n">
-        <v>12499.0</v>
+        <v>12938.0</v>
       </c>
       <c r="J323" s="14" t="n">
-        <v>6616.0</v>
+        <v>10840.0</v>
       </c>
       <c r="K323" s="14" t="n">
-        <v>5363.0</v>
+        <v>10834.0</v>
       </c>
       <c r="L323" s="14" t="n">
-        <v>3409.0</v>
+        <v>11406.0</v>
       </c>
       <c r="M323" s="14" t="n">
-        <v>5526.0</v>
+        <v>4561.0</v>
       </c>
       <c r="N323" s="14" t="n">
-        <v>4430.0</v>
+        <v>4780.0</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of America</t>
         </is>
       </c>
       <c r="B324" s="14" t="n">
-        <v>141136.0</v>
+        <v>156219.0</v>
       </c>
       <c r="C324" s="14" t="n">
-        <v>9033.0</v>
+        <v>9436.0</v>
       </c>
       <c r="D324" s="14" t="n">
-        <v>7763.0</v>
+        <v>9445.0</v>
       </c>
       <c r="E324" s="14" t="n">
-        <v>8104.0</v>
+        <v>11096.0</v>
       </c>
       <c r="F324" s="14" t="n">
-        <v>9516.0</v>
+        <v>9584.0</v>
       </c>
       <c r="G324" s="14" t="n">
-        <v>11504.0</v>
+        <v>14887.0</v>
       </c>
       <c r="H324" s="14" t="n">
-        <v>11410.0</v>
+        <v>14473.0</v>
       </c>
       <c r="I324" s="14" t="n">
-        <v>21989.0</v>
+        <v>18172.0</v>
       </c>
       <c r="J324" s="14" t="n">
-        <v>20398.0</v>
+        <v>20295.0</v>
       </c>
       <c r="K324" s="14" t="n">
-        <v>14383.0</v>
+        <v>16705.0</v>
       </c>
       <c r="L324" s="14" t="n">
-        <v>10525.0</v>
+        <v>13885.0</v>
       </c>
       <c r="M324" s="14" t="n">
-        <v>8889.0</v>
+        <v>7559.0</v>
       </c>
       <c r="N324" s="14" t="n">
-        <v>7621.0</v>
+        <v>10683.0</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    African Countries</t>
         </is>
       </c>
       <c r="B325" s="14" t="n">
-        <v>72886.0</v>
+        <v>85085.0</v>
       </c>
       <c r="C325" s="14" t="n">
-        <v>2072.0</v>
+        <v>5633.0</v>
       </c>
       <c r="D325" s="14" t="n">
-        <v>2015.0</v>
+        <v>3677.0</v>
       </c>
       <c r="E325" s="14" t="n">
-        <v>1711.0</v>
+        <v>1701.0</v>
       </c>
       <c r="F325" s="14" t="n">
-        <v>1984.0</v>
+        <v>3240.0</v>
       </c>
       <c r="G325" s="14" t="n">
-        <v>3735.0</v>
+        <v>3451.0</v>
       </c>
       <c r="H325" s="14" t="n">
-        <v>3430.0</v>
+        <v>7379.0</v>
       </c>
       <c r="I325" s="14" t="n">
-        <v>12064.0</v>
+        <v>13521.0</v>
       </c>
       <c r="J325" s="14" t="n">
-        <v>18762.0</v>
+        <v>25126.0</v>
       </c>
       <c r="K325" s="14" t="n">
-        <v>5886.0</v>
+        <v>7925.0</v>
       </c>
       <c r="L325" s="14" t="n">
-        <v>3440.0</v>
+        <v>3600.0</v>
       </c>
       <c r="M325" s="14" t="n">
-        <v>8727.0</v>
+        <v>4167.0</v>
       </c>
       <c r="N325" s="14" t="n">
-        <v>9060.0</v>
+        <v>5666.0</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of the world</t>
         </is>
       </c>
       <c r="B326" s="14" t="n">
-        <v>124466.0</v>
+        <v>115728.0</v>
       </c>
       <c r="C326" s="14" t="n">
-        <v>5647.0</v>
+        <v>6906.0</v>
       </c>
       <c r="D326" s="14" t="n">
-        <v>5503.0</v>
+        <v>6832.0</v>
       </c>
       <c r="E326" s="14" t="n">
-        <v>7353.0</v>
+        <v>5320.0</v>
       </c>
       <c r="F326" s="14" t="n">
-        <v>10660.0</v>
+        <v>5705.0</v>
       </c>
       <c r="G326" s="14" t="n">
-        <v>9746.0</v>
+        <v>12667.0</v>
       </c>
       <c r="H326" s="14" t="n">
-        <v>16856.0</v>
+        <v>12322.0</v>
       </c>
       <c r="I326" s="14" t="n">
-        <v>14124.0</v>
+        <v>13125.0</v>
       </c>
       <c r="J326" s="14" t="n">
-        <v>17206.0</v>
+        <v>12402.0</v>
       </c>
       <c r="K326" s="14" t="n">
-        <v>10610.0</v>
+        <v>8187.0</v>
       </c>
       <c r="L326" s="14" t="n">
-        <v>12174.0</v>
+        <v>17865.0</v>
       </c>
       <c r="M326" s="14" t="n">
-        <v>7231.0</v>
+        <v>5765.0</v>
       </c>
       <c r="N326" s="14" t="n">
-        <v>7358.0</v>
+        <v>8631.0</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" s="6" t="inlineStr">
         <is>
-          <t>Extremadura</t>
+          <t>11 Extremadura</t>
         </is>
       </c>
       <c r="B327" s="6"/>
       <c r="C327" s="6"/>
       <c r="D327" s="6"/>
       <c r="E327" s="6"/>
       <c r="F327" s="6"/>
       <c r="G327" s="6"/>
       <c r="H327" s="6"/>
       <c r="I327" s="6"/>
       <c r="J327" s="6"/>
       <c r="K327" s="6"/>
       <c r="L327" s="6"/>
       <c r="M327" s="6"/>
       <c r="N327" s="6"/>
     </row>
     <row r="328">
       <c r="A328" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B328" s="14" t="n">
-        <v>396728.0</v>
+        <v>502291.0</v>
       </c>
       <c r="C328" s="14" t="n">
-        <v>20408.0</v>
+        <v>21445.0</v>
       </c>
       <c r="D328" s="14" t="n">
-        <v>23486.0</v>
+        <v>27108.0</v>
       </c>
       <c r="E328" s="14" t="n">
-        <v>28932.0</v>
+        <v>39668.0</v>
       </c>
       <c r="F328" s="14" t="n">
-        <v>45276.0</v>
+        <v>44380.0</v>
       </c>
       <c r="G328" s="14" t="n">
-        <v>33323.0</v>
+        <v>46294.0</v>
       </c>
       <c r="H328" s="14" t="n">
-        <v>28584.0</v>
+        <v>41831.0</v>
       </c>
       <c r="I328" s="14" t="n">
-        <v>37087.0</v>
+        <v>47939.0</v>
       </c>
       <c r="J328" s="14" t="n">
-        <v>51049.0</v>
+        <v>61472.0</v>
       </c>
       <c r="K328" s="14" t="n">
-        <v>33543.0</v>
+        <v>49900.0</v>
       </c>
       <c r="L328" s="14" t="n">
-        <v>32692.0</v>
+        <v>46803.0</v>
       </c>
       <c r="M328" s="14" t="n">
-        <v>25649.0</v>
+        <v>36033.0</v>
       </c>
       <c r="N328" s="14" t="n">
-        <v>36699.0</v>
+        <v>39420.0</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Spaniards</t>
         </is>
       </c>
       <c r="B329" s="14" t="n">
-        <v>326844.0</v>
+        <v>436394.0</v>
       </c>
       <c r="C329" s="14" t="n">
-        <v>18203.0</v>
+        <v>18464.0</v>
       </c>
       <c r="D329" s="14" t="n">
-        <v>19938.0</v>
+        <v>23763.0</v>
       </c>
       <c r="E329" s="14" t="n">
-        <v>24379.0</v>
+        <v>35348.0</v>
       </c>
       <c r="F329" s="14" t="n">
-        <v>36140.0</v>
+        <v>36714.0</v>
       </c>
       <c r="G329" s="14" t="n">
-        <v>25070.0</v>
+        <v>38658.0</v>
       </c>
       <c r="H329" s="14" t="n">
-        <v>20287.0</v>
+        <v>35164.0</v>
       </c>
       <c r="I329" s="14" t="n">
-        <v>32587.0</v>
+        <v>42820.0</v>
       </c>
       <c r="J329" s="14" t="n">
-        <v>43366.0</v>
+        <v>53518.0</v>
       </c>
       <c r="K329" s="14" t="n">
-        <v>25334.0</v>
+        <v>43034.0</v>
       </c>
       <c r="L329" s="14" t="n">
-        <v>25684.0</v>
+        <v>40610.0</v>
       </c>
       <c r="M329" s="14" t="n">
-        <v>23179.0</v>
+        <v>31897.0</v>
       </c>
       <c r="N329" s="14" t="n">
-        <v>32677.0</v>
+        <v>36404.0</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Foreigners</t>
         </is>
       </c>
       <c r="B330" s="14" t="n">
-        <v>69884.0</v>
+        <v>65897.0</v>
       </c>
       <c r="C330" s="14" t="n">
-        <v>2204.0</v>
+        <v>2981.0</v>
       </c>
       <c r="D330" s="14" t="n">
-        <v>3548.0</v>
+        <v>3344.0</v>
       </c>
       <c r="E330" s="14" t="n">
-        <v>4554.0</v>
+        <v>4320.0</v>
       </c>
       <c r="F330" s="14" t="n">
-        <v>9137.0</v>
+        <v>7666.0</v>
       </c>
       <c r="G330" s="14" t="n">
-        <v>8253.0</v>
+        <v>7636.0</v>
       </c>
       <c r="H330" s="14" t="n">
-        <v>8297.0</v>
+        <v>6666.0</v>
       </c>
       <c r="I330" s="14" t="n">
-        <v>4500.0</v>
+        <v>5118.0</v>
       </c>
       <c r="J330" s="14" t="n">
-        <v>7683.0</v>
+        <v>7954.0</v>
       </c>
       <c r="K330" s="14" t="n">
-        <v>8209.0</v>
+        <v>6866.0</v>
       </c>
       <c r="L330" s="14" t="n">
-        <v>7008.0</v>
+        <v>6193.0</v>
       </c>
       <c r="M330" s="14" t="n">
-        <v>2470.0</v>
+        <v>4136.0</v>
       </c>
       <c r="N330" s="14" t="n">
-        <v>4022.0</v>
+        <v>3017.0</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    European Union27 (without Spain)</t>
         </is>
       </c>
       <c r="B331" s="14" t="n">
-        <v>40140.0</v>
+        <v>47481.0</v>
       </c>
       <c r="C331" s="14" t="n">
-        <v>1378.0</v>
+        <v>1333.0</v>
       </c>
       <c r="D331" s="14" t="n">
-        <v>1293.0</v>
+        <v>1687.0</v>
       </c>
       <c r="E331" s="14" t="n">
-        <v>2633.0</v>
+        <v>2985.0</v>
       </c>
       <c r="F331" s="14" t="n">
-        <v>5559.0</v>
+        <v>5959.0</v>
       </c>
       <c r="G331" s="14" t="n">
-        <v>5765.0</v>
+        <v>5519.0</v>
       </c>
       <c r="H331" s="14" t="n">
-        <v>4563.0</v>
+        <v>5157.0</v>
       </c>
       <c r="I331" s="14" t="n">
-        <v>3060.0</v>
+        <v>4187.0</v>
       </c>
       <c r="J331" s="14" t="n">
-        <v>3829.0</v>
+        <v>6879.0</v>
       </c>
       <c r="K331" s="14" t="n">
-        <v>4211.0</v>
+        <v>5306.0</v>
       </c>
       <c r="L331" s="14" t="n">
-        <v>3964.0</v>
+        <v>3967.0</v>
       </c>
       <c r="M331" s="14" t="n">
-        <v>1789.0</v>
+        <v>2224.0</v>
       </c>
       <c r="N331" s="14" t="n">
-        <v>2096.0</v>
+        <v>2280.0</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Germany</t>
         </is>
       </c>
       <c r="B332" s="14" t="n">
-        <v>3669.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>6183.0</v>
+      </c>
+      <c r="C332" s="14" t="n">
+        <v>484.0</v>
       </c>
       <c r="D332" s="14" t="n">
-        <v>65.0</v>
+        <v>391.0</v>
       </c>
       <c r="E332" s="14" t="n">
-        <v>668.0</v>
+        <v>848.0</v>
       </c>
       <c r="F332" s="14" t="n">
-        <v>505.0</v>
+        <v>502.0</v>
       </c>
       <c r="G332" s="14" t="n">
-        <v>435.0</v>
+        <v>1001.0</v>
       </c>
       <c r="H332" s="14" t="n">
-        <v>82.0</v>
+        <v>338.0</v>
       </c>
       <c r="I332" s="14" t="n">
-        <v>247.0</v>
+        <v>285.0</v>
       </c>
       <c r="J332" s="14" t="n">
-        <v>80.0</v>
+        <v>471.0</v>
       </c>
       <c r="K332" s="14" t="n">
-        <v>720.0</v>
+        <v>656.0</v>
       </c>
       <c r="L332" s="14" t="n">
-        <v>228.0</v>
+        <v>567.0</v>
       </c>
       <c r="M332" s="14" t="n">
-        <v>156.0</v>
+        <v>429.0</v>
       </c>
       <c r="N332" s="14" t="n">
-        <v>482.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Austria</t>
         </is>
       </c>
       <c r="B333" s="14" t="n">
-        <v>466.0</v>
+        <v>452.0</v>
       </c>
       <c r="C333" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D333" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E333" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="F333" s="13" t="inlineStr">
-[...5 lines deleted...]
-        <v>204.0</v>
+      <c r="F333" s="14" t="n">
+        <v>25.0</v>
+      </c>
+      <c r="G333" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="H333" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="I333" s="13" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="I333" s="14" t="n">
+        <v>46.0</v>
+      </c>
+      <c r="J333" s="14" t="n">
+        <v>159.0</v>
       </c>
       <c r="K333" s="14" t="n">
-        <v>171.0</v>
+        <v>61.0</v>
       </c>
       <c r="L333" s="14" t="n">
-        <v>60.0</v>
+        <v>161.0</v>
       </c>
       <c r="M333" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N333" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="334">
       <c r="A334" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Belgium</t>
         </is>
       </c>
       <c r="B334" s="14" t="n">
-        <v>2182.0</v>
+        <v>2516.0</v>
       </c>
       <c r="C334" s="14" t="n">
-        <v>94.0</v>
+        <v>14.0</v>
       </c>
       <c r="D334" s="14" t="n">
-        <v>38.0</v>
+        <v>15.0</v>
       </c>
       <c r="E334" s="14" t="n">
-        <v>254.0</v>
+        <v>215.0</v>
       </c>
       <c r="F334" s="14" t="n">
-        <v>537.0</v>
+        <v>714.0</v>
       </c>
       <c r="G334" s="14" t="n">
-        <v>117.0</v>
+        <v>359.0</v>
       </c>
       <c r="H334" s="14" t="n">
-        <v>65.0</v>
+        <v>147.0</v>
       </c>
       <c r="I334" s="14" t="n">
-        <v>178.0</v>
+        <v>250.0</v>
       </c>
       <c r="J334" s="14" t="n">
-        <v>563.0</v>
+        <v>182.0</v>
       </c>
       <c r="K334" s="14" t="n">
-        <v>159.0</v>
+        <v>85.0</v>
       </c>
       <c r="L334" s="14" t="n">
-        <v>177.0</v>
-[...9 lines deleted...]
-        </is>
+        <v>340.0</v>
+      </c>
+      <c r="M334" s="14" t="n">
+        <v>55.0</v>
+      </c>
+      <c r="N334" s="14" t="n">
+        <v>141.0</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Denmark</t>
         </is>
       </c>
       <c r="B335" s="14" t="n">
-        <v>102.0</v>
+        <v>209.0</v>
       </c>
       <c r="C335" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D335" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E335" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F335" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="G335" s="14" t="n">
-        <v>63.0</v>
-[...2 lines deleted...]
-        <v>39.0</v>
+        <v>163.0</v>
+      </c>
+      <c r="H335" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="I335" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="J335" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="K335" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="L335" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="L335" s="14" t="n">
+        <v>46.0</v>
       </c>
       <c r="M335" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N335" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="336">
       <c r="A336" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Finland</t>
         </is>
       </c>
       <c r="B336" s="14" t="n">
-        <v>358.0</v>
+        <v>279.0</v>
       </c>
       <c r="C336" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D336" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="E336" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E336" s="14" t="n">
+        <v>26.0</v>
       </c>
       <c r="F336" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="G336" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="H336" s="14" t="n">
-        <v>287.0</v>
+        <v>36.0</v>
       </c>
       <c r="I336" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="J336" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="K336" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="L336" s="13" t="inlineStr">
-[...5 lines deleted...]
-        <v>31.0</v>
+      <c r="L336" s="14" t="n">
+        <v>15.0</v>
+      </c>
+      <c r="M336" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="N336" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="337">
       <c r="A337" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    France</t>
         </is>
       </c>
       <c r="B337" s="14" t="n">
-        <v>8496.0</v>
-[...2 lines deleted...]
-        <v>48.0</v>
+        <v>7383.0</v>
+      </c>
+      <c r="C337" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="D337" s="14" t="n">
-        <v>284.0</v>
+        <v>260.0</v>
       </c>
       <c r="E337" s="14" t="n">
-        <v>235.0</v>
+        <v>310.0</v>
       </c>
       <c r="F337" s="14" t="n">
-        <v>1241.0</v>
+        <v>777.0</v>
       </c>
       <c r="G337" s="14" t="n">
-        <v>931.0</v>
+        <v>642.0</v>
       </c>
       <c r="H337" s="14" t="n">
-        <v>798.0</v>
+        <v>552.0</v>
       </c>
       <c r="I337" s="14" t="n">
-        <v>1089.0</v>
+        <v>1204.0</v>
       </c>
       <c r="J337" s="14" t="n">
-        <v>1172.0</v>
+        <v>1876.0</v>
       </c>
       <c r="K337" s="14" t="n">
-        <v>1051.0</v>
+        <v>448.0</v>
       </c>
       <c r="L337" s="14" t="n">
-        <v>1111.0</v>
+        <v>563.0</v>
       </c>
       <c r="M337" s="14" t="n">
-        <v>193.0</v>
-[...2 lines deleted...]
-        <v>345.0</v>
+        <v>500.0</v>
+      </c>
+      <c r="N337" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
     </row>
     <row r="338">
       <c r="A338" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Greece</t>
         </is>
       </c>
       <c r="B338" s="14" t="n">
-        <v>170.0</v>
+        <v>46.0</v>
       </c>
       <c r="C338" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="D338" s="14" t="n">
-        <v>48.0</v>
+      <c r="D338" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="E338" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="F338" s="14" t="n">
-        <v>48.0</v>
+      <c r="F338" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="G338" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="H338" s="14" t="n">
-        <v>26.0</v>
+      <c r="H338" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="I338" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="J338" s="14" t="n">
-        <v>48.0</v>
+        <v>46.0</v>
       </c>
       <c r="K338" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="L338" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="M338" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N338" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="339">
       <c r="A339" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Ireland</t>
         </is>
       </c>
       <c r="B339" s="14" t="n">
-        <v>1079.0</v>
-[...2 lines deleted...]
-        <v>206.0</v>
+        <v>761.0</v>
+      </c>
+      <c r="C339" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="D339" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="E339" s="13" t="inlineStr">
-[...10 lines deleted...]
-        </is>
+      <c r="E339" s="14" t="n">
+        <v>187.0</v>
+      </c>
+      <c r="F339" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="G339" s="14" t="n">
+        <v>79.0</v>
       </c>
       <c r="H339" s="14" t="n">
-        <v>282.0</v>
+        <v>33.0</v>
       </c>
       <c r="I339" s="14" t="n">
-        <v>323.0</v>
+        <v>31.0</v>
       </c>
       <c r="J339" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="K339" s="14" t="n">
-[...8 lines deleted...]
-        <v>55.0</v>
+      <c r="K339" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="L339" s="14" t="n">
+        <v>416.0</v>
+      </c>
+      <c r="M339" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="N339" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="340">
       <c r="A340" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Italy</t>
         </is>
       </c>
       <c r="B340" s="14" t="n">
-        <v>2386.0</v>
+        <v>1403.0</v>
       </c>
       <c r="C340" s="14" t="n">
-        <v>71.0</v>
+        <v>45.0</v>
       </c>
       <c r="D340" s="14" t="n">
-        <v>180.0</v>
+        <v>31.0</v>
       </c>
       <c r="E340" s="14" t="n">
-        <v>145.0</v>
+        <v>151.0</v>
       </c>
       <c r="F340" s="14" t="n">
-        <v>138.0</v>
+        <v>64.0</v>
       </c>
       <c r="G340" s="14" t="n">
-        <v>541.0</v>
+        <v>198.0</v>
       </c>
       <c r="H340" s="14" t="n">
-        <v>26.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>60.0</v>
+      </c>
+      <c r="I340" s="14" t="n">
+        <v>60.0</v>
       </c>
       <c r="J340" s="14" t="n">
-        <v>292.0</v>
+        <v>60.0</v>
       </c>
       <c r="K340" s="14" t="n">
-        <v>62.0</v>
+        <v>200.0</v>
       </c>
       <c r="L340" s="14" t="n">
-        <v>734.0</v>
+        <v>204.0</v>
       </c>
       <c r="M340" s="14" t="n">
-        <v>157.0</v>
+        <v>179.0</v>
       </c>
       <c r="N340" s="14" t="n">
-        <v>33.0</v>
+        <v>151.0</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Luxembourg</t>
         </is>
       </c>
       <c r="B341" s="14" t="n">
-        <v>195.0</v>
+        <v>64.0</v>
       </c>
       <c r="C341" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D341" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E341" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="F341" s="13" t="inlineStr">
-[...5 lines deleted...]
-        <v>26.0</v>
+      <c r="F341" s="14" t="n">
+        <v>33.0</v>
+      </c>
+      <c r="G341" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="H341" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="I341" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="J341" s="14" t="n">
-[...13 lines deleted...]
-        <v>125.0</v>
+      <c r="J341" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="K341" s="14" t="n">
+        <v>15.0</v>
+      </c>
+      <c r="L341" s="14" t="n">
+        <v>15.0</v>
+      </c>
+      <c r="M341" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="N341" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="342">
       <c r="A342" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Netherlands</t>
         </is>
       </c>
       <c r="B342" s="14" t="n">
-        <v>5104.0</v>
-[...2 lines deleted...]
-        <v>404.0</v>
+        <v>5489.0</v>
+      </c>
+      <c r="C342" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="D342" s="14" t="n">
-        <v>32.0</v>
+        <v>98.0</v>
       </c>
       <c r="E342" s="14" t="n">
-        <v>610.0</v>
+        <v>315.0</v>
       </c>
       <c r="F342" s="14" t="n">
-        <v>571.0</v>
+        <v>1336.0</v>
       </c>
       <c r="G342" s="14" t="n">
-        <v>1362.0</v>
+        <v>794.0</v>
       </c>
       <c r="H342" s="14" t="n">
-        <v>734.0</v>
+        <v>1062.0</v>
       </c>
       <c r="I342" s="14" t="n">
-        <v>113.0</v>
+        <v>90.0</v>
       </c>
       <c r="J342" s="14" t="n">
-        <v>237.0</v>
+        <v>350.0</v>
       </c>
       <c r="K342" s="14" t="n">
-        <v>501.0</v>
+        <v>1009.0</v>
       </c>
       <c r="L342" s="14" t="n">
-        <v>208.0</v>
+        <v>309.0</v>
       </c>
       <c r="M342" s="14" t="n">
-        <v>334.0</v>
+        <v>109.0</v>
       </c>
       <c r="N342" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="343">
       <c r="A343" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Poland</t>
         </is>
       </c>
       <c r="B343" s="14" t="n">
-        <v>799.0</v>
-[...22 lines deleted...]
-        <v>144.0</v>
+        <v>5144.0</v>
+      </c>
+      <c r="C343" s="14" t="n">
+        <v>175.0</v>
+      </c>
+      <c r="D343" s="14" t="n">
+        <v>204.0</v>
+      </c>
+      <c r="E343" s="14" t="n">
+        <v>207.0</v>
+      </c>
+      <c r="F343" s="14" t="n">
+        <v>433.0</v>
+      </c>
+      <c r="G343" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="H343" s="14" t="n">
-        <v>13.0</v>
+        <v>982.0</v>
       </c>
       <c r="I343" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="J343" s="14" t="n">
-        <v>203.0</v>
+        <v>1024.0</v>
       </c>
       <c r="K343" s="14" t="n">
-        <v>198.0</v>
+        <v>734.0</v>
       </c>
       <c r="L343" s="14" t="n">
-        <v>203.0</v>
-[...9 lines deleted...]
-        </is>
+        <v>236.0</v>
+      </c>
+      <c r="M343" s="14" t="n">
+        <v>62.0</v>
+      </c>
+      <c r="N343" s="14" t="n">
+        <v>185.0</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Portugal</t>
         </is>
       </c>
       <c r="B344" s="14" t="n">
-        <v>14055.0</v>
+        <v>16102.0</v>
       </c>
       <c r="C344" s="14" t="n">
-        <v>556.0</v>
+        <v>489.0</v>
       </c>
       <c r="D344" s="14" t="n">
-        <v>634.0</v>
+        <v>629.0</v>
       </c>
       <c r="E344" s="14" t="n">
-        <v>459.0</v>
+        <v>726.0</v>
       </c>
       <c r="F344" s="14" t="n">
-        <v>2279.0</v>
+        <v>1792.0</v>
       </c>
       <c r="G344" s="14" t="n">
-        <v>1881.0</v>
+        <v>1617.0</v>
       </c>
       <c r="H344" s="14" t="n">
-        <v>2017.0</v>
+        <v>1871.0</v>
       </c>
       <c r="I344" s="14" t="n">
-        <v>939.0</v>
+        <v>1358.0</v>
       </c>
       <c r="J344" s="14" t="n">
-        <v>1150.0</v>
+        <v>2573.0</v>
       </c>
       <c r="K344" s="14" t="n">
-        <v>1218.0</v>
+        <v>2036.0</v>
       </c>
       <c r="L344" s="14" t="n">
-        <v>1015.0</v>
+        <v>940.0</v>
       </c>
       <c r="M344" s="14" t="n">
-        <v>683.0</v>
+        <v>827.0</v>
       </c>
       <c r="N344" s="14" t="n">
-        <v>1224.0</v>
+        <v>1243.0</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Czech Republic</t>
         </is>
       </c>
       <c r="B345" s="14" t="n">
-        <v>318.0</v>
+        <v>297.0</v>
       </c>
       <c r="C345" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="D345" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="D345" s="14" t="n">
+        <v>58.0</v>
       </c>
       <c r="E345" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="F345" s="13" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G345" s="14" t="n">
+      <c r="F345" s="14" t="n">
+        <v>33.0</v>
+      </c>
+      <c r="G345" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="H345" s="14" t="n">
+        <v>24.0</v>
+      </c>
+      <c r="I345" s="14" t="n">
+        <v>56.0</v>
+      </c>
+      <c r="J345" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="K345" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="L345" s="14" t="n">
+        <v>94.0</v>
+      </c>
+      <c r="M345" s="14" t="n">
         <v>31.0</v>
-      </c>
-[...22 lines deleted...]
-        </is>
       </c>
       <c r="N345" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="346">
       <c r="A346" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Sweden</t>
         </is>
       </c>
       <c r="B346" s="14" t="n">
-        <v>204.0</v>
+        <v>141.0</v>
       </c>
       <c r="C346" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D346" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="E346" s="14" t="n">
-[...8 lines deleted...]
-        </is>
+      <c r="E346" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="F346" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="G346" s="14" t="n">
+        <v>111.0</v>
       </c>
       <c r="H346" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="I346" s="14" t="n">
-[...8 lines deleted...]
-        </is>
+      <c r="I346" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="J346" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="K346" s="14" t="n">
+        <v>31.0</v>
       </c>
       <c r="L346" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="M346" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N346" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="347">
       <c r="A347" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of EU</t>
         </is>
       </c>
       <c r="B347" s="14" t="n">
-        <v>558.0</v>
+        <v>1015.0</v>
       </c>
       <c r="C347" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="D347" s="14" t="n">
-[...3 lines deleted...]
-        <v>127.0</v>
+      <c r="D347" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="E347" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="F347" s="14" t="n">
-        <v>60.0</v>
+        <v>250.0</v>
       </c>
       <c r="G347" s="14" t="n">
+        <v>90.0</v>
+      </c>
+      <c r="H347" s="14" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="I347" s="14" t="n">
+        <v>346.0</v>
+      </c>
+      <c r="J347" s="14" t="n">
+        <v>138.0</v>
+      </c>
+      <c r="K347" s="14" t="n">
+        <v>30.0</v>
+      </c>
+      <c r="L347" s="14" t="n">
+        <v>61.0</v>
+      </c>
+      <c r="M347" s="14" t="n">
+        <v>16.0</v>
+      </c>
+      <c r="N347" s="14" t="n">
         <v>31.0</v>
-      </c>
-[...29 lines deleted...]
-        </is>
       </c>
     </row>
     <row r="348">
       <c r="A348" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Norway</t>
         </is>
       </c>
-      <c r="B348" s="14" t="n">
-        <v>185.0</v>
+      <c r="B348" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="C348" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D348" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E348" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="F348" s="14" t="n">
-        <v>16.0</v>
+      <c r="F348" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="G348" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="H348" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="I348" s="14" t="n">
-        <v>76.0</v>
+      <c r="I348" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="J348" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="K348" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="L348" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="M348" s="14" t="n">
-        <v>94.0</v>
+      <c r="M348" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="N348" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="349">
       <c r="A349" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    United Kingdom</t>
         </is>
       </c>
       <c r="B349" s="14" t="n">
-        <v>5057.0</v>
+        <v>4869.0</v>
       </c>
       <c r="C349" s="14" t="n">
-        <v>109.0</v>
+        <v>84.0</v>
       </c>
       <c r="D349" s="14" t="n">
-        <v>275.0</v>
+        <v>287.0</v>
       </c>
       <c r="E349" s="14" t="n">
-        <v>275.0</v>
+        <v>286.0</v>
       </c>
       <c r="F349" s="14" t="n">
-        <v>719.0</v>
+        <v>430.0</v>
       </c>
       <c r="G349" s="14" t="n">
-        <v>1197.0</v>
+        <v>541.0</v>
       </c>
       <c r="H349" s="14" t="n">
-        <v>526.0</v>
+        <v>520.0</v>
       </c>
       <c r="I349" s="14" t="n">
-        <v>398.0</v>
+        <v>353.0</v>
       </c>
       <c r="J349" s="14" t="n">
-        <v>355.0</v>
+        <v>524.0</v>
       </c>
       <c r="K349" s="14" t="n">
-        <v>311.0</v>
+        <v>941.0</v>
       </c>
       <c r="L349" s="14" t="n">
-        <v>375.0</v>
+        <v>496.0</v>
       </c>
       <c r="M349" s="14" t="n">
-        <v>204.0</v>
+        <v>344.0</v>
       </c>
       <c r="N349" s="14" t="n">
-        <v>315.0</v>
+        <v>63.0</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Switzerland</t>
         </is>
       </c>
       <c r="B350" s="14" t="n">
-        <v>566.0</v>
+        <v>538.0</v>
       </c>
       <c r="C350" s="14" t="n">
+        <v>16.0</v>
+      </c>
+      <c r="D350" s="14" t="n">
+        <v>77.0</v>
+      </c>
+      <c r="E350" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="F350" s="14" t="n">
         <v>33.0</v>
       </c>
-      <c r="D350" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="G350" s="14" t="n">
-        <v>341.0</v>
+        <v>59.0</v>
       </c>
       <c r="H350" s="14" t="n">
-        <v>34.0</v>
-[...11 lines deleted...]
-      <c r="K350" s="14" t="n">
+        <v>36.0</v>
+      </c>
+      <c r="I350" s="14" t="n">
+        <v>37.0</v>
+      </c>
+      <c r="J350" s="14" t="n">
         <v>62.0</v>
       </c>
+      <c r="K350" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
       <c r="L350" s="14" t="n">
-        <v>57.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>131.0</v>
+      </c>
+      <c r="M350" s="14" t="n">
+        <v>16.0</v>
       </c>
       <c r="N350" s="14" t="n">
-        <v>14.0</v>
+        <v>56.0</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of Europe</t>
         </is>
       </c>
       <c r="B351" s="14" t="n">
-        <v>812.0</v>
-[...18 lines deleted...]
-        </is>
+        <v>979.0</v>
+      </c>
+      <c r="C351" s="14" t="n">
+        <v>14.0</v>
+      </c>
+      <c r="D351" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="E351" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="F351" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="G351" s="14" t="n">
+        <v>200.0</v>
       </c>
       <c r="H351" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="I351" s="14" t="n">
+        <v>15.0</v>
+      </c>
+      <c r="J351" s="14" t="n">
+        <v>88.0</v>
+      </c>
+      <c r="K351" s="14" t="n">
         <v>38.0</v>
       </c>
-      <c r="J351" s="14" t="n">
-[...6 lines deleted...]
-      </c>
       <c r="L351" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="M351" s="13" t="inlineStr">
-[...5 lines deleted...]
-        <v>56.0</v>
+      <c r="M351" s="14" t="n">
+        <v>586.0</v>
+      </c>
+      <c r="N351" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
     </row>
     <row r="352">
       <c r="A352" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    United States</t>
         </is>
       </c>
       <c r="B352" s="14" t="n">
-        <v>5232.0</v>
+        <v>2509.0</v>
       </c>
       <c r="C352" s="14" t="n">
-        <v>211.0</v>
+        <v>327.0</v>
       </c>
       <c r="D352" s="14" t="n">
+        <v>205.0</v>
+      </c>
+      <c r="E352" s="14" t="n">
+        <v>317.0</v>
+      </c>
+      <c r="F352" s="14" t="n">
+        <v>183.0</v>
+      </c>
+      <c r="G352" s="14" t="n">
+        <v>172.0</v>
+      </c>
+      <c r="H352" s="14" t="n">
+        <v>215.0</v>
+      </c>
+      <c r="I352" s="14" t="n">
+        <v>78.0</v>
+      </c>
+      <c r="J352" s="14" t="n">
+        <v>72.0</v>
+      </c>
+      <c r="K352" s="14" t="n">
+        <v>183.0</v>
+      </c>
+      <c r="L352" s="14" t="n">
+        <v>388.0</v>
+      </c>
+      <c r="M352" s="14" t="n">
+        <v>242.0</v>
+      </c>
+      <c r="N352" s="14" t="n">
         <v>129.0</v>
-      </c>
-[...28 lines deleted...]
-        <v>307.0</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of America</t>
         </is>
       </c>
       <c r="B353" s="14" t="n">
-        <v>15277.0</v>
+        <v>6245.0</v>
       </c>
       <c r="C353" s="14" t="n">
-        <v>469.0</v>
+        <v>1091.0</v>
       </c>
       <c r="D353" s="14" t="n">
-        <v>1779.0</v>
+        <v>846.0</v>
       </c>
       <c r="E353" s="14" t="n">
-        <v>696.0</v>
+        <v>320.0</v>
       </c>
       <c r="F353" s="14" t="n">
-        <v>2328.0</v>
+        <v>683.0</v>
       </c>
       <c r="G353" s="14" t="n">
-        <v>535.0</v>
+        <v>791.0</v>
       </c>
       <c r="H353" s="14" t="n">
-        <v>573.0</v>
+        <v>401.0</v>
       </c>
       <c r="I353" s="14" t="n">
-        <v>290.0</v>
+        <v>245.0</v>
       </c>
       <c r="J353" s="14" t="n">
-        <v>2699.0</v>
+        <v>102.0</v>
       </c>
       <c r="K353" s="14" t="n">
-        <v>2933.0</v>
+        <v>169.0</v>
       </c>
       <c r="L353" s="14" t="n">
-        <v>2082.0</v>
+        <v>863.0</v>
       </c>
       <c r="M353" s="14" t="n">
-        <v>109.0</v>
+        <v>359.0</v>
       </c>
       <c r="N353" s="14" t="n">
-        <v>785.0</v>
+        <v>374.0</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    African Countries</t>
         </is>
       </c>
       <c r="B354" s="14" t="n">
-        <v>229.0</v>
+        <v>684.0</v>
       </c>
       <c r="C354" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D354" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="E354" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E354" s="14" t="n">
+        <v>166.0</v>
       </c>
       <c r="F354" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="G354" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="H354" s="13" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="H354" s="14" t="n">
+        <v>156.0</v>
+      </c>
+      <c r="I354" s="14" t="n">
+        <v>133.0</v>
       </c>
       <c r="J354" s="14" t="n">
-        <v>168.0</v>
-[...7 lines deleted...]
-        </is>
+        <v>181.0</v>
+      </c>
+      <c r="K354" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="L354" s="14" t="n">
+        <v>32.0</v>
       </c>
       <c r="M354" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N354" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="355">
       <c r="A355" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of the world</t>
         </is>
       </c>
       <c r="B355" s="14" t="n">
-        <v>2164.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>2477.0</v>
+      </c>
+      <c r="C355" s="14" t="n">
+        <v>102.0</v>
       </c>
       <c r="D355" s="14" t="n">
-        <v>32.0</v>
+        <v>227.0</v>
       </c>
       <c r="E355" s="14" t="n">
-        <v>236.0</v>
+        <v>217.0</v>
       </c>
       <c r="F355" s="14" t="n">
-        <v>126.0</v>
+        <v>350.0</v>
       </c>
       <c r="G355" s="14" t="n">
-        <v>229.0</v>
+        <v>354.0</v>
       </c>
       <c r="H355" s="14" t="n">
-        <v>126.0</v>
+        <v>181.0</v>
       </c>
       <c r="I355" s="14" t="n">
-        <v>229.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>71.0</v>
+      </c>
+      <c r="J355" s="14" t="n">
+        <v>46.0</v>
       </c>
       <c r="K355" s="14" t="n">
-        <v>332.0</v>
+        <v>213.0</v>
       </c>
       <c r="L355" s="14" t="n">
-        <v>339.0</v>
+        <v>315.0</v>
       </c>
       <c r="M355" s="14" t="n">
-        <v>62.0</v>
+        <v>320.0</v>
       </c>
       <c r="N355" s="14" t="n">
-        <v>449.0</v>
+        <v>82.0</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" s="6" t="inlineStr">
         <is>
-          <t>Galicia</t>
+          <t>12 Galicia</t>
         </is>
       </c>
       <c r="B356" s="6"/>
       <c r="C356" s="6"/>
       <c r="D356" s="6"/>
       <c r="E356" s="6"/>
       <c r="F356" s="6"/>
       <c r="G356" s="6"/>
       <c r="H356" s="6"/>
       <c r="I356" s="6"/>
       <c r="J356" s="6"/>
       <c r="K356" s="6"/>
       <c r="L356" s="6"/>
       <c r="M356" s="6"/>
       <c r="N356" s="6"/>
     </row>
     <row r="357">
       <c r="A357" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B357" s="14" t="n">
-        <v>812244.0</v>
+        <v>815705.0</v>
       </c>
       <c r="C357" s="14" t="n">
-        <v>31080.0</v>
+        <v>28426.0</v>
       </c>
       <c r="D357" s="14" t="n">
-        <v>27633.0</v>
+        <v>27573.0</v>
       </c>
       <c r="E357" s="14" t="n">
-        <v>25681.0</v>
+        <v>39363.0</v>
       </c>
       <c r="F357" s="14" t="n">
-        <v>60122.0</v>
+        <v>36892.0</v>
       </c>
       <c r="G357" s="14" t="n">
-        <v>49258.0</v>
+        <v>52656.0</v>
       </c>
       <c r="H357" s="14" t="n">
-        <v>64436.0</v>
+        <v>65534.0</v>
       </c>
       <c r="I357" s="14" t="n">
-        <v>142567.0</v>
+        <v>143066.0</v>
       </c>
       <c r="J357" s="14" t="n">
-        <v>196207.0</v>
+        <v>204389.0</v>
       </c>
       <c r="K357" s="14" t="n">
-        <v>81593.0</v>
+        <v>79830.0</v>
       </c>
       <c r="L357" s="14" t="n">
-        <v>53694.0</v>
+        <v>55015.0</v>
       </c>
       <c r="M357" s="14" t="n">
-        <v>33017.0</v>
+        <v>40768.0</v>
       </c>
       <c r="N357" s="14" t="n">
-        <v>46954.0</v>
+        <v>42192.0</v>
       </c>
     </row>
     <row r="358">
       <c r="A358" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Spaniards</t>
         </is>
       </c>
       <c r="B358" s="14" t="n">
-        <v>650981.0</v>
+        <v>622193.0</v>
       </c>
       <c r="C358" s="14" t="n">
-        <v>24862.0</v>
+        <v>20391.0</v>
       </c>
       <c r="D358" s="14" t="n">
-        <v>20964.0</v>
+        <v>20903.0</v>
       </c>
       <c r="E358" s="14" t="n">
-        <v>20446.0</v>
+        <v>30582.0</v>
       </c>
       <c r="F358" s="14" t="n">
-        <v>49383.0</v>
+        <v>24380.0</v>
       </c>
       <c r="G358" s="14" t="n">
-        <v>35711.0</v>
+        <v>34163.0</v>
       </c>
       <c r="H358" s="14" t="n">
-        <v>48043.0</v>
+        <v>44515.0</v>
       </c>
       <c r="I358" s="14" t="n">
-        <v>122675.0</v>
+        <v>119754.0</v>
       </c>
       <c r="J358" s="14" t="n">
-        <v>167139.0</v>
+        <v>174317.0</v>
       </c>
       <c r="K358" s="14" t="n">
-        <v>60083.0</v>
+        <v>56562.0</v>
       </c>
       <c r="L358" s="14" t="n">
-        <v>39420.0</v>
+        <v>32602.0</v>
       </c>
       <c r="M358" s="14" t="n">
-        <v>25485.0</v>
+        <v>30131.0</v>
       </c>
       <c r="N358" s="14" t="n">
-        <v>36771.0</v>
+        <v>33895.0</v>
       </c>
     </row>
     <row r="359">
       <c r="A359" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Foreigners</t>
         </is>
       </c>
       <c r="B359" s="14" t="n">
-        <v>161263.0</v>
+        <v>193512.0</v>
       </c>
       <c r="C359" s="14" t="n">
-        <v>6219.0</v>
+        <v>8036.0</v>
       </c>
       <c r="D359" s="14" t="n">
-        <v>6669.0</v>
+        <v>6670.0</v>
       </c>
       <c r="E359" s="14" t="n">
-        <v>5235.0</v>
+        <v>8780.0</v>
       </c>
       <c r="F359" s="14" t="n">
-        <v>10739.0</v>
+        <v>12513.0</v>
       </c>
       <c r="G359" s="14" t="n">
-        <v>13547.0</v>
+        <v>18493.0</v>
       </c>
       <c r="H359" s="14" t="n">
-        <v>16393.0</v>
+        <v>21019.0</v>
       </c>
       <c r="I359" s="14" t="n">
-        <v>19892.0</v>
+        <v>23313.0</v>
       </c>
       <c r="J359" s="14" t="n">
-        <v>29068.0</v>
+        <v>30072.0</v>
       </c>
       <c r="K359" s="14" t="n">
-        <v>21510.0</v>
+        <v>23268.0</v>
       </c>
       <c r="L359" s="14" t="n">
-        <v>14274.0</v>
+        <v>22413.0</v>
       </c>
       <c r="M359" s="14" t="n">
-        <v>7532.0</v>
+        <v>10638.0</v>
       </c>
       <c r="N359" s="14" t="n">
-        <v>10184.0</v>
+        <v>8297.0</v>
       </c>
     </row>
     <row r="360">
       <c r="A360" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    European Union27 (without Spain)</t>
         </is>
       </c>
       <c r="B360" s="14" t="n">
-        <v>95519.0</v>
+        <v>106951.0</v>
       </c>
       <c r="C360" s="14" t="n">
-        <v>2153.0</v>
+        <v>3537.0</v>
       </c>
       <c r="D360" s="14" t="n">
-        <v>2573.0</v>
+        <v>3386.0</v>
       </c>
       <c r="E360" s="14" t="n">
-        <v>2272.0</v>
+        <v>4874.0</v>
       </c>
       <c r="F360" s="14" t="n">
-        <v>6019.0</v>
+        <v>6772.0</v>
       </c>
       <c r="G360" s="14" t="n">
-        <v>7206.0</v>
+        <v>10018.0</v>
       </c>
       <c r="H360" s="14" t="n">
-        <v>10895.0</v>
+        <v>12011.0</v>
       </c>
       <c r="I360" s="14" t="n">
-        <v>13170.0</v>
+        <v>14498.0</v>
       </c>
       <c r="J360" s="14" t="n">
-        <v>22097.0</v>
+        <v>20614.0</v>
       </c>
       <c r="K360" s="14" t="n">
-        <v>12700.0</v>
+        <v>14088.0</v>
       </c>
       <c r="L360" s="14" t="n">
-        <v>6987.0</v>
+        <v>8957.0</v>
       </c>
       <c r="M360" s="14" t="n">
-        <v>3046.0</v>
+        <v>4603.0</v>
       </c>
       <c r="N360" s="14" t="n">
-        <v>6400.0</v>
+        <v>3594.0</v>
       </c>
     </row>
     <row r="361">
       <c r="A361" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Germany</t>
         </is>
       </c>
       <c r="B361" s="14" t="n">
-        <v>8773.0</v>
+        <v>20075.0</v>
       </c>
       <c r="C361" s="14" t="n">
-        <v>143.0</v>
+        <v>658.0</v>
       </c>
       <c r="D361" s="14" t="n">
-        <v>52.0</v>
+        <v>559.0</v>
       </c>
       <c r="E361" s="14" t="n">
+        <v>1100.0</v>
+      </c>
+      <c r="F361" s="14" t="n">
+        <v>1420.0</v>
+      </c>
+      <c r="G361" s="14" t="n">
+        <v>2100.0</v>
+      </c>
+      <c r="H361" s="14" t="n">
+        <v>1979.0</v>
+      </c>
+      <c r="I361" s="14" t="n">
+        <v>2764.0</v>
+      </c>
+      <c r="J361" s="14" t="n">
+        <v>2220.0</v>
+      </c>
+      <c r="K361" s="14" t="n">
+        <v>3988.0</v>
+      </c>
+      <c r="L361" s="14" t="n">
+        <v>2346.0</v>
+      </c>
+      <c r="M361" s="14" t="n">
+        <v>599.0</v>
+      </c>
+      <c r="N361" s="14" t="n">
         <v>342.0</v>
-      </c>
-[...25 lines deleted...]
-        <v>398.0</v>
       </c>
     </row>
     <row r="362">
       <c r="A362" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Austria</t>
         </is>
       </c>
       <c r="B362" s="14" t="n">
-        <v>524.0</v>
+        <v>1622.0</v>
       </c>
       <c r="C362" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D362" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E362" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F362" s="14" t="n">
-        <v>52.0</v>
+        <v>69.0</v>
       </c>
       <c r="G362" s="14" t="n">
-        <v>158.0</v>
+        <v>185.0</v>
       </c>
       <c r="H362" s="14" t="n">
-        <v>31.0</v>
+        <v>170.0</v>
       </c>
       <c r="I362" s="14" t="n">
-        <v>14.0</v>
+        <v>477.0</v>
       </c>
       <c r="J362" s="14" t="n">
-        <v>151.0</v>
+        <v>112.0</v>
       </c>
       <c r="K362" s="14" t="n">
-        <v>28.0</v>
+        <v>184.0</v>
       </c>
       <c r="L362" s="14" t="n">
-        <v>61.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>216.0</v>
+      </c>
+      <c r="M362" s="14" t="n">
+        <v>16.0</v>
       </c>
       <c r="N362" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="363">
       <c r="A363" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Belgium</t>
         </is>
       </c>
       <c r="B363" s="14" t="n">
-        <v>2748.0</v>
-[...7 lines deleted...]
-        <v>216.0</v>
+        <v>2258.0</v>
+      </c>
+      <c r="C363" s="14" t="n">
+        <v>47.0</v>
+      </c>
+      <c r="D363" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="E363" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F363" s="14" t="n">
-        <v>88.0</v>
+        <v>46.0</v>
       </c>
       <c r="G363" s="14" t="n">
-        <v>167.0</v>
+        <v>740.0</v>
       </c>
       <c r="H363" s="14" t="n">
-        <v>310.0</v>
+        <v>99.0</v>
       </c>
       <c r="I363" s="14" t="n">
-        <v>644.0</v>
+        <v>210.0</v>
       </c>
       <c r="J363" s="14" t="n">
-        <v>459.0</v>
+        <v>238.0</v>
       </c>
       <c r="K363" s="14" t="n">
-        <v>391.0</v>
+        <v>506.0</v>
       </c>
       <c r="L363" s="14" t="n">
-        <v>328.0</v>
+        <v>249.0</v>
       </c>
       <c r="M363" s="14" t="n">
-        <v>98.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>29.0</v>
+      </c>
+      <c r="N363" s="14" t="n">
+        <v>30.0</v>
       </c>
     </row>
     <row r="364">
       <c r="A364" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Denmark</t>
         </is>
       </c>
       <c r="B364" s="14" t="n">
-        <v>909.0</v>
+        <v>1756.0</v>
       </c>
       <c r="C364" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D364" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E364" s="14" t="n">
-        <v>19.0</v>
+        <v>29.0</v>
       </c>
       <c r="F364" s="14" t="n">
-        <v>94.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>245.0</v>
+      </c>
+      <c r="G364" s="14" t="n">
+        <v>66.0</v>
       </c>
       <c r="H364" s="14" t="n">
-        <v>154.0</v>
+        <v>300.0</v>
       </c>
       <c r="I364" s="14" t="n">
-        <v>408.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>664.0</v>
+      </c>
+      <c r="J364" s="14" t="n">
+        <v>57.0</v>
       </c>
       <c r="K364" s="14" t="n">
-        <v>81.0</v>
+        <v>93.0</v>
       </c>
       <c r="L364" s="14" t="n">
-        <v>104.0</v>
+        <v>204.0</v>
       </c>
       <c r="M364" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="N364" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="N364" s="14" t="n">
+        <v>90.0</v>
       </c>
     </row>
     <row r="365">
       <c r="A365" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Finland</t>
         </is>
       </c>
       <c r="B365" s="14" t="n">
-        <v>349.0</v>
+        <v>551.0</v>
       </c>
       <c r="C365" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D365" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E365" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F365" s="14" t="n">
-        <v>32.0</v>
-[...7 lines deleted...]
-        </is>
+        <v>119.0</v>
+      </c>
+      <c r="G365" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="H365" s="14" t="n">
+        <v>41.0</v>
       </c>
       <c r="I365" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="J365" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="K365" s="14" t="n">
-        <v>62.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>164.0</v>
+      </c>
+      <c r="L365" s="14" t="n">
+        <v>47.0</v>
       </c>
       <c r="M365" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N365" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="366">
       <c r="A366" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    France</t>
         </is>
       </c>
       <c r="B366" s="14" t="n">
-        <v>9196.0</v>
+        <v>10427.0</v>
       </c>
       <c r="C366" s="14" t="n">
-        <v>50.0</v>
+        <v>119.0</v>
       </c>
       <c r="D366" s="14" t="n">
-        <v>418.0</v>
+        <v>183.0</v>
       </c>
       <c r="E366" s="14" t="n">
-        <v>583.0</v>
+        <v>615.0</v>
       </c>
       <c r="F366" s="14" t="n">
-        <v>644.0</v>
+        <v>603.0</v>
       </c>
       <c r="G366" s="14" t="n">
-        <v>1009.0</v>
+        <v>1745.0</v>
       </c>
       <c r="H366" s="14" t="n">
-        <v>868.0</v>
+        <v>618.0</v>
       </c>
       <c r="I366" s="14" t="n">
-        <v>1403.0</v>
+        <v>1256.0</v>
       </c>
       <c r="J366" s="14" t="n">
-        <v>2776.0</v>
+        <v>3150.0</v>
       </c>
       <c r="K366" s="14" t="n">
-        <v>735.0</v>
+        <v>784.0</v>
       </c>
       <c r="L366" s="14" t="n">
-        <v>578.0</v>
+        <v>612.0</v>
       </c>
       <c r="M366" s="14" t="n">
-        <v>73.0</v>
+        <v>556.0</v>
       </c>
       <c r="N366" s="14" t="n">
-        <v>59.0</v>
+        <v>185.0</v>
       </c>
     </row>
     <row r="367">
       <c r="A367" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Greece</t>
         </is>
       </c>
       <c r="B367" s="14" t="n">
-        <v>386.0</v>
+        <v>78.0</v>
       </c>
       <c r="C367" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D367" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E367" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F367" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="G367" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="H367" s="14" t="n">
-[...5 lines deleted...]
-        </is>
+      <c r="H367" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="I367" s="14" t="n">
+        <v>43.0</v>
       </c>
       <c r="J367" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="K367" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K367" s="14" t="n">
+        <v>17.0</v>
       </c>
       <c r="L367" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="M367" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N367" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="368">
       <c r="A368" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Ireland</t>
         </is>
       </c>
       <c r="B368" s="14" t="n">
-        <v>2683.0</v>
+        <v>4393.0</v>
       </c>
       <c r="C368" s="14" t="n">
-        <v>63.0</v>
+        <v>33.0</v>
       </c>
       <c r="D368" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E368" s="14" t="n">
-        <v>94.0</v>
+        <v>69.0</v>
       </c>
       <c r="F368" s="14" t="n">
-        <v>125.0</v>
+        <v>321.0</v>
       </c>
       <c r="G368" s="14" t="n">
-        <v>234.0</v>
+        <v>379.0</v>
       </c>
       <c r="H368" s="14" t="n">
-        <v>354.0</v>
+        <v>745.0</v>
       </c>
       <c r="I368" s="14" t="n">
-        <v>536.0</v>
+        <v>900.0</v>
       </c>
       <c r="J368" s="14" t="n">
-        <v>776.0</v>
+        <v>848.0</v>
       </c>
       <c r="K368" s="14" t="n">
-        <v>254.0</v>
+        <v>513.0</v>
       </c>
       <c r="L368" s="14" t="n">
-        <v>142.0</v>
+        <v>534.0</v>
       </c>
       <c r="M368" s="14" t="n">
-        <v>58.0</v>
-[...2 lines deleted...]
-        <v>28.0</v>
+        <v>34.0</v>
+      </c>
+      <c r="N368" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
     </row>
     <row r="369">
       <c r="A369" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Italy</t>
         </is>
       </c>
       <c r="B369" s="14" t="n">
-        <v>8241.0</v>
-[...5 lines deleted...]
-        <v>276.0</v>
+        <v>8291.0</v>
+      </c>
+      <c r="C369" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="D369" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="E369" s="14" t="n">
-        <v>181.0</v>
+        <v>222.0</v>
       </c>
       <c r="F369" s="14" t="n">
-        <v>511.0</v>
+        <v>355.0</v>
       </c>
       <c r="G369" s="14" t="n">
-        <v>778.0</v>
+        <v>951.0</v>
       </c>
       <c r="H369" s="14" t="n">
-        <v>477.0</v>
+        <v>856.0</v>
       </c>
       <c r="I369" s="14" t="n">
-        <v>629.0</v>
+        <v>1368.0</v>
       </c>
       <c r="J369" s="14" t="n">
-        <v>2410.0</v>
+        <v>2201.0</v>
       </c>
       <c r="K369" s="14" t="n">
-        <v>837.0</v>
+        <v>567.0</v>
       </c>
       <c r="L369" s="14" t="n">
-        <v>1116.0</v>
+        <v>972.0</v>
       </c>
       <c r="M369" s="14" t="n">
-        <v>637.0</v>
+        <v>351.0</v>
       </c>
       <c r="N369" s="14" t="n">
-        <v>248.0</v>
+        <v>187.0</v>
       </c>
     </row>
     <row r="370">
       <c r="A370" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Luxembourg</t>
         </is>
       </c>
       <c r="B370" s="14" t="n">
-        <v>181.0</v>
+        <v>86.0</v>
       </c>
       <c r="C370" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D370" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="E370" s="14" t="n">
-        <v>60.0</v>
+      <c r="E370" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="F370" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="G370" s="13" t="inlineStr">
-[...5 lines deleted...]
-        <v>14.0</v>
+      <c r="G370" s="14" t="n">
+        <v>24.0</v>
+      </c>
+      <c r="H370" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="I370" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="J370" s="13" t="inlineStr">
-[...5 lines deleted...]
-        <v>107.0</v>
+      <c r="J370" s="14" t="n">
+        <v>54.0</v>
+      </c>
+      <c r="K370" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="L370" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="M370" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N370" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="371">
       <c r="A371" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Netherlands</t>
         </is>
       </c>
       <c r="B371" s="14" t="n">
-        <v>3238.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>4230.0</v>
+      </c>
+      <c r="C371" s="14" t="n">
+        <v>183.0</v>
       </c>
       <c r="D371" s="14" t="n">
-        <v>36.0</v>
+        <v>235.0</v>
       </c>
       <c r="E371" s="14" t="n">
-        <v>30.0</v>
+        <v>196.0</v>
       </c>
       <c r="F371" s="14" t="n">
-        <v>83.0</v>
+        <v>177.0</v>
       </c>
       <c r="G371" s="14" t="n">
+        <v>572.0</v>
+      </c>
+      <c r="H371" s="14" t="n">
         <v>554.0</v>
       </c>
-      <c r="H371" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="I371" s="14" t="n">
-        <v>674.0</v>
+        <v>879.0</v>
       </c>
       <c r="J371" s="14" t="n">
-        <v>346.0</v>
+        <v>540.0</v>
       </c>
       <c r="K371" s="14" t="n">
-        <v>398.0</v>
+        <v>507.0</v>
       </c>
       <c r="L371" s="14" t="n">
-        <v>199.0</v>
+        <v>352.0</v>
       </c>
       <c r="M371" s="14" t="n">
-        <v>182.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>13.0</v>
+      </c>
+      <c r="N371" s="14" t="n">
+        <v>22.0</v>
       </c>
     </row>
     <row r="372">
       <c r="A372" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Poland</t>
         </is>
       </c>
       <c r="B372" s="14" t="n">
-        <v>1329.0</v>
+        <v>1922.0</v>
       </c>
       <c r="C372" s="14" t="n">
-        <v>69.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>163.0</v>
+      </c>
+      <c r="D372" s="14" t="n">
+        <v>20.0</v>
       </c>
       <c r="E372" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F372" s="14" t="n">
-        <v>56.0</v>
+        <v>221.0</v>
       </c>
       <c r="G372" s="14" t="n">
-        <v>312.0</v>
+        <v>107.0</v>
       </c>
       <c r="H372" s="14" t="n">
-        <v>256.0</v>
+        <v>106.0</v>
       </c>
       <c r="I372" s="14" t="n">
-        <v>52.0</v>
+        <v>44.0</v>
       </c>
       <c r="J372" s="14" t="n">
-        <v>313.0</v>
+        <v>277.0</v>
       </c>
       <c r="K372" s="14" t="n">
-        <v>60.0</v>
+        <v>646.0</v>
       </c>
       <c r="L372" s="14" t="n">
-        <v>96.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>232.0</v>
+      </c>
+      <c r="M372" s="14" t="n">
+        <v>80.0</v>
       </c>
       <c r="N372" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="373">
       <c r="A373" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Portugal</t>
         </is>
       </c>
       <c r="B373" s="14" t="n">
-        <v>51730.0</v>
+        <v>45347.0</v>
       </c>
       <c r="C373" s="14" t="n">
-        <v>1504.0</v>
+        <v>1554.0</v>
       </c>
       <c r="D373" s="14" t="n">
-        <v>1475.0</v>
+        <v>2079.0</v>
       </c>
       <c r="E373" s="14" t="n">
-        <v>691.0</v>
+        <v>2221.0</v>
       </c>
       <c r="F373" s="14" t="n">
-        <v>3501.0</v>
+        <v>2987.0</v>
       </c>
       <c r="G373" s="14" t="n">
-        <v>2225.0</v>
+        <v>2673.0</v>
       </c>
       <c r="H373" s="14" t="n">
-        <v>5870.0</v>
+        <v>5518.0</v>
       </c>
       <c r="I373" s="14" t="n">
-        <v>7036.0</v>
+        <v>5137.0</v>
       </c>
       <c r="J373" s="14" t="n">
-        <v>13139.0</v>
+        <v>10536.0</v>
       </c>
       <c r="K373" s="14" t="n">
-        <v>7314.0</v>
+        <v>5459.0</v>
       </c>
       <c r="L373" s="14" t="n">
-        <v>2828.0</v>
+        <v>2271.0</v>
       </c>
       <c r="M373" s="14" t="n">
-        <v>1155.0</v>
+        <v>2626.0</v>
       </c>
       <c r="N373" s="14" t="n">
-        <v>4993.0</v>
+        <v>2285.0</v>
       </c>
     </row>
     <row r="374">
       <c r="A374" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Czech Republic</t>
         </is>
       </c>
       <c r="B374" s="14" t="n">
-        <v>547.0</v>
+        <v>635.0</v>
       </c>
       <c r="C374" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D374" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="E374" s="13" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="E374" s="14" t="n">
+        <v>37.0</v>
+      </c>
+      <c r="F374" s="14" t="n">
+        <v>19.0</v>
       </c>
       <c r="G374" s="14" t="n">
-        <v>123.0</v>
+        <v>229.0</v>
       </c>
       <c r="H374" s="14" t="n">
-        <v>38.0</v>
+        <v>58.0</v>
       </c>
       <c r="I374" s="14" t="n">
-        <v>279.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>13.0</v>
+      </c>
+      <c r="J374" s="14" t="n">
+        <v>16.0</v>
       </c>
       <c r="K374" s="14" t="n">
-        <v>12.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>29.0</v>
+      </c>
+      <c r="L374" s="14" t="n">
+        <v>220.0</v>
       </c>
       <c r="M374" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="N374" s="14" t="n">
-        <v>78.0</v>
+      <c r="N374" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
     </row>
     <row r="375">
       <c r="A375" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Sweden</t>
         </is>
       </c>
       <c r="B375" s="14" t="n">
-        <v>447.0</v>
+        <v>476.0</v>
       </c>
       <c r="C375" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D375" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="E375" s="14" t="n">
-        <v>26.0</v>
+      <c r="E375" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="F375" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="G375" s="14" t="n">
-        <v>140.0</v>
+      <c r="G375" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="H375" s="14" t="n">
-        <v>43.0</v>
+        <v>33.0</v>
       </c>
       <c r="I375" s="14" t="n">
-        <v>89.0</v>
+        <v>79.0</v>
       </c>
       <c r="J375" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="K375" s="14" t="n">
-        <v>70.0</v>
+        <v>61.0</v>
       </c>
       <c r="L375" s="14" t="n">
-        <v>57.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>50.0</v>
+      </c>
+      <c r="M375" s="14" t="n">
+        <v>29.0</v>
       </c>
       <c r="N375" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="376">
       <c r="A376" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of EU</t>
         </is>
       </c>
       <c r="B376" s="14" t="n">
-        <v>4239.0</v>
+        <v>4802.0</v>
       </c>
       <c r="C376" s="14" t="n">
-        <v>167.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>528.0</v>
+      </c>
+      <c r="D376" s="14" t="n">
+        <v>143.0</v>
       </c>
       <c r="E376" s="14" t="n">
-        <v>211.0</v>
+        <v>121.0</v>
       </c>
       <c r="F376" s="14" t="n">
-        <v>188.0</v>
+        <v>127.0</v>
       </c>
       <c r="G376" s="14" t="n">
-        <v>142.0</v>
+        <v>227.0</v>
       </c>
       <c r="H376" s="14" t="n">
-        <v>429.0</v>
+        <v>934.0</v>
       </c>
       <c r="I376" s="14" t="n">
-        <v>68.0</v>
+        <v>500.0</v>
       </c>
       <c r="J376" s="14" t="n">
-        <v>742.0</v>
+        <v>354.0</v>
       </c>
       <c r="K376" s="14" t="n">
-        <v>545.0</v>
+        <v>571.0</v>
       </c>
       <c r="L376" s="14" t="n">
-        <v>801.0</v>
+        <v>639.0</v>
       </c>
       <c r="M376" s="14" t="n">
-        <v>492.0</v>
+        <v>252.0</v>
       </c>
       <c r="N376" s="14" t="n">
-        <v>415.0</v>
+        <v>405.0</v>
       </c>
     </row>
     <row r="377">
       <c r="A377" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Norway</t>
         </is>
       </c>
       <c r="B377" s="14" t="n">
-        <v>339.0</v>
+        <v>596.0</v>
       </c>
       <c r="C377" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D377" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E377" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F377" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="G377" s="14" t="n">
-        <v>37.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>83.0</v>
+      </c>
+      <c r="H377" s="14" t="n">
+        <v>19.0</v>
       </c>
       <c r="I377" s="14" t="n">
-        <v>93.0</v>
+        <v>171.0</v>
       </c>
       <c r="J377" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="K377" s="14" t="n">
-        <v>96.0</v>
+      <c r="K377" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="L377" s="14" t="n">
-        <v>82.0</v>
+        <v>169.0</v>
       </c>
       <c r="M377" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N377" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="378">
       <c r="A378" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    United Kingdom</t>
         </is>
       </c>
       <c r="B378" s="14" t="n">
-        <v>9012.0</v>
+        <v>11253.0</v>
       </c>
       <c r="C378" s="14" t="n">
-        <v>169.0</v>
+        <v>299.0</v>
       </c>
       <c r="D378" s="14" t="n">
-        <v>324.0</v>
+        <v>152.0</v>
       </c>
       <c r="E378" s="14" t="n">
-        <v>245.0</v>
+        <v>270.0</v>
       </c>
       <c r="F378" s="14" t="n">
-        <v>481.0</v>
+        <v>713.0</v>
       </c>
       <c r="G378" s="14" t="n">
-        <v>1221.0</v>
+        <v>1265.0</v>
       </c>
       <c r="H378" s="14" t="n">
-        <v>873.0</v>
+        <v>1505.0</v>
       </c>
       <c r="I378" s="14" t="n">
-        <v>1078.0</v>
+        <v>1157.0</v>
       </c>
       <c r="J378" s="14" t="n">
-        <v>1773.0</v>
+        <v>2265.0</v>
       </c>
       <c r="K378" s="14" t="n">
-        <v>1409.0</v>
+        <v>1284.0</v>
       </c>
       <c r="L378" s="14" t="n">
-        <v>930.0</v>
+        <v>1342.0</v>
       </c>
       <c r="M378" s="14" t="n">
-        <v>393.0</v>
+        <v>779.0</v>
       </c>
       <c r="N378" s="14" t="n">
-        <v>117.0</v>
+        <v>221.0</v>
       </c>
     </row>
     <row r="379">
       <c r="A379" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Switzerland</t>
         </is>
       </c>
       <c r="B379" s="14" t="n">
-        <v>2797.0</v>
+        <v>4317.0</v>
       </c>
       <c r="C379" s="14" t="n">
-        <v>48.0</v>
-[...9 lines deleted...]
-        </is>
+        <v>13.0</v>
+      </c>
+      <c r="D379" s="14" t="n">
+        <v>115.0</v>
+      </c>
+      <c r="E379" s="14" t="n">
+        <v>117.0</v>
       </c>
       <c r="F379" s="14" t="n">
-        <v>204.0</v>
+        <v>158.0</v>
       </c>
       <c r="G379" s="14" t="n">
-        <v>297.0</v>
+        <v>336.0</v>
       </c>
       <c r="H379" s="14" t="n">
-        <v>182.0</v>
+        <v>223.0</v>
       </c>
       <c r="I379" s="14" t="n">
-        <v>713.0</v>
+        <v>1558.0</v>
       </c>
       <c r="J379" s="14" t="n">
-        <v>744.0</v>
+        <v>701.0</v>
       </c>
       <c r="K379" s="14" t="n">
-        <v>426.0</v>
+        <v>368.0</v>
       </c>
       <c r="L379" s="14" t="n">
-        <v>131.0</v>
-[...9 lines deleted...]
-        </is>
+        <v>388.0</v>
+      </c>
+      <c r="M379" s="14" t="n">
+        <v>139.0</v>
+      </c>
+      <c r="N379" s="14" t="n">
+        <v>201.0</v>
       </c>
     </row>
     <row r="380">
       <c r="A380" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of Europe</t>
         </is>
       </c>
       <c r="B380" s="14" t="n">
-        <v>7210.0</v>
+        <v>7780.0</v>
       </c>
       <c r="C380" s="14" t="n">
-        <v>1026.0</v>
+        <v>503.0</v>
       </c>
       <c r="D380" s="14" t="n">
-        <v>1277.0</v>
+        <v>353.0</v>
       </c>
       <c r="E380" s="14" t="n">
-        <v>397.0</v>
+        <v>501.0</v>
       </c>
       <c r="F380" s="14" t="n">
-        <v>653.0</v>
+        <v>477.0</v>
       </c>
       <c r="G380" s="14" t="n">
-        <v>171.0</v>
+        <v>561.0</v>
       </c>
       <c r="H380" s="14" t="n">
-        <v>639.0</v>
+        <v>659.0</v>
       </c>
       <c r="I380" s="14" t="n">
-        <v>542.0</v>
+        <v>808.0</v>
       </c>
       <c r="J380" s="14" t="n">
-        <v>793.0</v>
+        <v>850.0</v>
       </c>
       <c r="K380" s="14" t="n">
-        <v>670.0</v>
+        <v>928.0</v>
       </c>
       <c r="L380" s="14" t="n">
-        <v>511.0</v>
+        <v>848.0</v>
       </c>
       <c r="M380" s="14" t="n">
-        <v>279.0</v>
+        <v>746.0</v>
       </c>
       <c r="N380" s="14" t="n">
-        <v>253.0</v>
+        <v>547.0</v>
       </c>
     </row>
     <row r="381">
       <c r="A381" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    United States</t>
         </is>
       </c>
       <c r="B381" s="14" t="n">
-        <v>10826.0</v>
+        <v>17932.0</v>
       </c>
       <c r="C381" s="14" t="n">
-        <v>365.0</v>
+        <v>481.0</v>
       </c>
       <c r="D381" s="14" t="n">
-        <v>421.0</v>
+        <v>467.0</v>
       </c>
       <c r="E381" s="14" t="n">
-        <v>524.0</v>
+        <v>500.0</v>
       </c>
       <c r="F381" s="14" t="n">
-        <v>1074.0</v>
+        <v>1456.0</v>
       </c>
       <c r="G381" s="14" t="n">
-        <v>1440.0</v>
+        <v>2164.0</v>
       </c>
       <c r="H381" s="14" t="n">
-        <v>1100.0</v>
+        <v>2907.0</v>
       </c>
       <c r="I381" s="14" t="n">
-        <v>935.0</v>
+        <v>1535.0</v>
       </c>
       <c r="J381" s="14" t="n">
-        <v>374.0</v>
+        <v>1594.0</v>
       </c>
       <c r="K381" s="14" t="n">
-        <v>2176.0</v>
+        <v>1870.0</v>
       </c>
       <c r="L381" s="14" t="n">
-        <v>1486.0</v>
+        <v>3456.0</v>
       </c>
       <c r="M381" s="14" t="n">
-        <v>633.0</v>
+        <v>1080.0</v>
       </c>
       <c r="N381" s="14" t="n">
-        <v>299.0</v>
+        <v>423.0</v>
       </c>
     </row>
     <row r="382">
       <c r="A382" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of America</t>
         </is>
       </c>
       <c r="B382" s="14" t="n">
-        <v>26516.0</v>
+        <v>31460.0</v>
       </c>
       <c r="C382" s="14" t="n">
-        <v>1873.0</v>
+        <v>3065.0</v>
       </c>
       <c r="D382" s="14" t="n">
-        <v>1114.0</v>
+        <v>1889.0</v>
       </c>
       <c r="E382" s="14" t="n">
-        <v>1253.0</v>
+        <v>2006.0</v>
       </c>
       <c r="F382" s="14" t="n">
-        <v>1899.0</v>
+        <v>2163.0</v>
       </c>
       <c r="G382" s="14" t="n">
-        <v>2147.0</v>
+        <v>2200.0</v>
       </c>
       <c r="H382" s="14" t="n">
-        <v>1809.0</v>
+        <v>2219.0</v>
       </c>
       <c r="I382" s="14" t="n">
-        <v>2350.0</v>
+        <v>2122.0</v>
       </c>
       <c r="J382" s="14" t="n">
-        <v>2527.0</v>
+        <v>2236.0</v>
       </c>
       <c r="K382" s="14" t="n">
-        <v>2861.0</v>
+        <v>3019.0</v>
       </c>
       <c r="L382" s="14" t="n">
-        <v>3069.0</v>
+        <v>4723.0</v>
       </c>
       <c r="M382" s="14" t="n">
-        <v>2679.0</v>
+        <v>2882.0</v>
       </c>
       <c r="N382" s="14" t="n">
-        <v>2936.0</v>
+        <v>2935.0</v>
       </c>
     </row>
     <row r="383">
       <c r="A383" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    African Countries</t>
         </is>
       </c>
       <c r="B383" s="14" t="n">
-        <v>1420.0</v>
-[...19 lines deleted...]
-        </is>
+        <v>2431.0</v>
+      </c>
+      <c r="C383" s="14" t="n">
+        <v>62.0</v>
+      </c>
+      <c r="D383" s="14" t="n">
+        <v>130.0</v>
+      </c>
+      <c r="E383" s="14" t="n">
+        <v>23.0</v>
+      </c>
+      <c r="F383" s="14" t="n">
+        <v>156.0</v>
       </c>
       <c r="G383" s="14" t="n">
-        <v>31.0</v>
-[...5 lines deleted...]
-        <v>371.0</v>
+        <v>564.0</v>
+      </c>
+      <c r="H383" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="I383" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="J383" s="14" t="n">
-        <v>16.0</v>
+        <v>39.0</v>
       </c>
       <c r="K383" s="14" t="n">
-        <v>145.0</v>
+        <v>142.0</v>
       </c>
       <c r="L383" s="14" t="n">
-        <v>125.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>315.0</v>
+      </c>
+      <c r="M383" s="14" t="n">
+        <v>71.0</v>
       </c>
       <c r="N383" s="14" t="n">
-        <v>26.0</v>
+        <v>34.0</v>
       </c>
     </row>
     <row r="384">
       <c r="A384" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of the world</t>
         </is>
       </c>
       <c r="B384" s="14" t="n">
-        <v>7149.0</v>
+        <v>10207.0</v>
       </c>
       <c r="C384" s="14" t="n">
-        <v>398.0</v>
+        <v>64.0</v>
       </c>
       <c r="D384" s="14" t="n">
-        <v>761.0</v>
+        <v>137.0</v>
       </c>
       <c r="E384" s="14" t="n">
-        <v>493.0</v>
+        <v>463.0</v>
       </c>
       <c r="F384" s="14" t="n">
-        <v>272.0</v>
+        <v>569.0</v>
       </c>
       <c r="G384" s="14" t="n">
-        <v>912.0</v>
+        <v>1258.0</v>
       </c>
       <c r="H384" s="14" t="n">
-        <v>635.0</v>
+        <v>1007.0</v>
       </c>
       <c r="I384" s="14" t="n">
-        <v>531.0</v>
+        <v>820.0</v>
       </c>
       <c r="J384" s="14" t="n">
-        <v>686.0</v>
+        <v>1632.0</v>
       </c>
       <c r="K384" s="14" t="n">
-        <v>1006.0</v>
+        <v>1419.0</v>
       </c>
       <c r="L384" s="14" t="n">
-        <v>929.0</v>
+        <v>2207.0</v>
       </c>
       <c r="M384" s="14" t="n">
-        <v>417.0</v>
+        <v>324.0</v>
       </c>
       <c r="N384" s="14" t="n">
-        <v>107.0</v>
+        <v>308.0</v>
       </c>
     </row>
     <row r="385">
       <c r="A385" s="6" t="inlineStr">
         <is>
-          <t>Madrid (Comunidad de)</t>
+          <t>13 Madrid, Comunidad de</t>
         </is>
       </c>
       <c r="B385" s="6"/>
       <c r="C385" s="6"/>
       <c r="D385" s="6"/>
       <c r="E385" s="6"/>
       <c r="F385" s="6"/>
       <c r="G385" s="6"/>
       <c r="H385" s="6"/>
       <c r="I385" s="6"/>
       <c r="J385" s="6"/>
       <c r="K385" s="6"/>
       <c r="L385" s="6"/>
       <c r="M385" s="6"/>
       <c r="N385" s="6"/>
     </row>
     <row r="386">
       <c r="A386" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B386" s="14" t="n">
-        <v>2393832.0</v>
+        <v>2790815.0</v>
       </c>
       <c r="C386" s="14" t="n">
-        <v>172173.0</v>
+        <v>186976.0</v>
       </c>
       <c r="D386" s="14" t="n">
-        <v>166105.0</v>
+        <v>192840.0</v>
       </c>
       <c r="E386" s="14" t="n">
-        <v>189493.0</v>
+        <v>240556.0</v>
       </c>
       <c r="F386" s="14" t="n">
-        <v>219313.0</v>
+        <v>247088.0</v>
       </c>
       <c r="G386" s="14" t="n">
-        <v>217162.0</v>
+        <v>226198.0</v>
       </c>
       <c r="H386" s="14" t="n">
-        <v>218337.0</v>
+        <v>229243.0</v>
       </c>
       <c r="I386" s="14" t="n">
-        <v>207953.0</v>
+        <v>246728.0</v>
       </c>
       <c r="J386" s="14" t="n">
-        <v>194453.0</v>
+        <v>226597.0</v>
       </c>
       <c r="K386" s="14" t="n">
-        <v>199001.0</v>
+        <v>249757.0</v>
       </c>
       <c r="L386" s="14" t="n">
-        <v>212914.0</v>
+        <v>258322.0</v>
       </c>
       <c r="M386" s="14" t="n">
-        <v>193084.0</v>
+        <v>247166.0</v>
       </c>
       <c r="N386" s="14" t="n">
-        <v>203844.0</v>
+        <v>239343.0</v>
       </c>
     </row>
     <row r="387">
       <c r="A387" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Spaniards</t>
         </is>
       </c>
       <c r="B387" s="14" t="n">
-        <v>975877.0</v>
+        <v>1145151.0</v>
       </c>
       <c r="C387" s="14" t="n">
-        <v>80290.0</v>
+        <v>81478.0</v>
       </c>
       <c r="D387" s="14" t="n">
-        <v>77721.0</v>
+        <v>85013.0</v>
       </c>
       <c r="E387" s="14" t="n">
-        <v>74076.0</v>
+        <v>96729.0</v>
       </c>
       <c r="F387" s="14" t="n">
-        <v>84227.0</v>
+        <v>92007.0</v>
       </c>
       <c r="G387" s="14" t="n">
-        <v>79285.0</v>
+        <v>86138.0</v>
       </c>
       <c r="H387" s="14" t="n">
-        <v>83128.0</v>
+        <v>102776.0</v>
       </c>
       <c r="I387" s="14" t="n">
-        <v>81955.0</v>
+        <v>93478.0</v>
       </c>
       <c r="J387" s="14" t="n">
-        <v>73745.0</v>
+        <v>90611.0</v>
       </c>
       <c r="K387" s="14" t="n">
-        <v>78405.0</v>
+        <v>93428.0</v>
       </c>
       <c r="L387" s="14" t="n">
-        <v>77500.0</v>
+        <v>103468.0</v>
       </c>
       <c r="M387" s="14" t="n">
-        <v>78323.0</v>
+        <v>109097.0</v>
       </c>
       <c r="N387" s="14" t="n">
-        <v>107221.0</v>
+        <v>110928.0</v>
       </c>
     </row>
     <row r="388">
       <c r="A388" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Foreigners</t>
         </is>
       </c>
       <c r="B388" s="14" t="n">
-        <v>1417954.0</v>
+        <v>1645664.0</v>
       </c>
       <c r="C388" s="14" t="n">
-        <v>91882.0</v>
+        <v>105498.0</v>
       </c>
       <c r="D388" s="14" t="n">
-        <v>88384.0</v>
+        <v>107827.0</v>
       </c>
       <c r="E388" s="14" t="n">
-        <v>115416.0</v>
+        <v>143828.0</v>
       </c>
       <c r="F388" s="14" t="n">
-        <v>135086.0</v>
+        <v>155080.0</v>
       </c>
       <c r="G388" s="14" t="n">
-        <v>137877.0</v>
+        <v>140061.0</v>
       </c>
       <c r="H388" s="14" t="n">
-        <v>135210.0</v>
+        <v>126468.0</v>
       </c>
       <c r="I388" s="14" t="n">
-        <v>125998.0</v>
+        <v>153250.0</v>
       </c>
       <c r="J388" s="14" t="n">
-        <v>120708.0</v>
+        <v>135986.0</v>
       </c>
       <c r="K388" s="14" t="n">
-        <v>120596.0</v>
+        <v>156329.0</v>
       </c>
       <c r="L388" s="14" t="n">
-        <v>135413.0</v>
+        <v>154854.0</v>
       </c>
       <c r="M388" s="14" t="n">
-        <v>114761.0</v>
+        <v>138069.0</v>
       </c>
       <c r="N388" s="14" t="n">
-        <v>96623.0</v>
+        <v>128415.0</v>
       </c>
     </row>
     <row r="389">
       <c r="A389" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    European Union27 (without Spain)</t>
         </is>
       </c>
       <c r="B389" s="14" t="n">
-        <v>528098.0</v>
+        <v>580456.0</v>
       </c>
       <c r="C389" s="14" t="n">
-        <v>33115.0</v>
+        <v>37578.0</v>
       </c>
       <c r="D389" s="14" t="n">
-        <v>30639.0</v>
+        <v>43575.0</v>
       </c>
       <c r="E389" s="14" t="n">
-        <v>42268.0</v>
+        <v>57653.0</v>
       </c>
       <c r="F389" s="14" t="n">
-        <v>57936.0</v>
+        <v>58365.0</v>
       </c>
       <c r="G389" s="14" t="n">
-        <v>57788.0</v>
+        <v>49519.0</v>
       </c>
       <c r="H389" s="14" t="n">
-        <v>48282.0</v>
+        <v>37944.0</v>
       </c>
       <c r="I389" s="14" t="n">
-        <v>44682.0</v>
+        <v>45527.0</v>
       </c>
       <c r="J389" s="14" t="n">
-        <v>45066.0</v>
+        <v>47916.0</v>
       </c>
       <c r="K389" s="14" t="n">
-        <v>41879.0</v>
+        <v>50893.0</v>
       </c>
       <c r="L389" s="14" t="n">
-        <v>47200.0</v>
+        <v>55353.0</v>
       </c>
       <c r="M389" s="14" t="n">
-        <v>44131.0</v>
+        <v>51558.0</v>
       </c>
       <c r="N389" s="14" t="n">
-        <v>35115.0</v>
+        <v>44574.0</v>
       </c>
     </row>
     <row r="390">
       <c r="A390" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Germany</t>
         </is>
       </c>
       <c r="B390" s="14" t="n">
-        <v>48864.0</v>
+        <v>50638.0</v>
       </c>
       <c r="C390" s="14" t="n">
-        <v>3556.0</v>
+        <v>3349.0</v>
       </c>
       <c r="D390" s="14" t="n">
-        <v>2849.0</v>
+        <v>2738.0</v>
       </c>
       <c r="E390" s="14" t="n">
-        <v>4689.0</v>
+        <v>4662.0</v>
       </c>
       <c r="F390" s="14" t="n">
-        <v>5119.0</v>
+        <v>4155.0</v>
       </c>
       <c r="G390" s="14" t="n">
-        <v>7709.0</v>
+        <v>4935.0</v>
       </c>
       <c r="H390" s="14" t="n">
-        <v>4725.0</v>
+        <v>4321.0</v>
       </c>
       <c r="I390" s="14" t="n">
-        <v>3259.0</v>
+        <v>3356.0</v>
       </c>
       <c r="J390" s="14" t="n">
-        <v>1878.0</v>
+        <v>2605.0</v>
       </c>
       <c r="K390" s="14" t="n">
-        <v>4311.0</v>
+        <v>5048.0</v>
       </c>
       <c r="L390" s="14" t="n">
-        <v>5315.0</v>
+        <v>7133.0</v>
       </c>
       <c r="M390" s="14" t="n">
-        <v>3164.0</v>
+        <v>5088.0</v>
       </c>
       <c r="N390" s="14" t="n">
-        <v>2290.0</v>
+        <v>3248.0</v>
       </c>
     </row>
     <row r="391">
       <c r="A391" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Austria</t>
         </is>
       </c>
       <c r="B391" s="14" t="n">
-        <v>10043.0</v>
+        <v>10809.0</v>
       </c>
       <c r="C391" s="14" t="n">
-        <v>1037.0</v>
+        <v>1025.0</v>
       </c>
       <c r="D391" s="14" t="n">
-        <v>527.0</v>
+        <v>1246.0</v>
       </c>
       <c r="E391" s="14" t="n">
-        <v>929.0</v>
+        <v>1653.0</v>
       </c>
       <c r="F391" s="14" t="n">
-        <v>845.0</v>
+        <v>1467.0</v>
       </c>
       <c r="G391" s="14" t="n">
-        <v>1199.0</v>
+        <v>631.0</v>
       </c>
       <c r="H391" s="14" t="n">
-        <v>1350.0</v>
+        <v>369.0</v>
       </c>
       <c r="I391" s="14" t="n">
-        <v>500.0</v>
+        <v>756.0</v>
       </c>
       <c r="J391" s="14" t="n">
-        <v>963.0</v>
+        <v>514.0</v>
       </c>
       <c r="K391" s="14" t="n">
-        <v>726.0</v>
+        <v>710.0</v>
       </c>
       <c r="L391" s="14" t="n">
-        <v>1004.0</v>
+        <v>1216.0</v>
       </c>
       <c r="M391" s="14" t="n">
-        <v>681.0</v>
+        <v>737.0</v>
       </c>
       <c r="N391" s="14" t="n">
-        <v>282.0</v>
+        <v>483.0</v>
       </c>
     </row>
     <row r="392">
       <c r="A392" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Belgium</t>
         </is>
       </c>
       <c r="B392" s="14" t="n">
-        <v>16208.0</v>
+        <v>19003.0</v>
       </c>
       <c r="C392" s="14" t="n">
-        <v>1079.0</v>
+        <v>1022.0</v>
       </c>
       <c r="D392" s="14" t="n">
-        <v>817.0</v>
+        <v>1868.0</v>
       </c>
       <c r="E392" s="14" t="n">
-        <v>819.0</v>
+        <v>1303.0</v>
       </c>
       <c r="F392" s="14" t="n">
-        <v>1513.0</v>
+        <v>1814.0</v>
       </c>
       <c r="G392" s="14" t="n">
-        <v>1973.0</v>
+        <v>1660.0</v>
       </c>
       <c r="H392" s="14" t="n">
-        <v>1542.0</v>
+        <v>1142.0</v>
       </c>
       <c r="I392" s="14" t="n">
-        <v>1496.0</v>
+        <v>1336.0</v>
       </c>
       <c r="J392" s="14" t="n">
-        <v>1466.0</v>
+        <v>1333.0</v>
       </c>
       <c r="K392" s="14" t="n">
-        <v>2151.0</v>
+        <v>2083.0</v>
       </c>
       <c r="L392" s="14" t="n">
-        <v>1323.0</v>
+        <v>1462.0</v>
       </c>
       <c r="M392" s="14" t="n">
-        <v>1038.0</v>
+        <v>2139.0</v>
       </c>
       <c r="N392" s="14" t="n">
-        <v>992.0</v>
+        <v>1842.0</v>
       </c>
     </row>
     <row r="393">
       <c r="A393" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Denmark</t>
         </is>
       </c>
       <c r="B393" s="14" t="n">
-        <v>9283.0</v>
+        <v>9357.0</v>
       </c>
       <c r="C393" s="14" t="n">
-        <v>484.0</v>
+        <v>599.0</v>
       </c>
       <c r="D393" s="14" t="n">
-        <v>295.0</v>
+        <v>1209.0</v>
       </c>
       <c r="E393" s="14" t="n">
-        <v>777.0</v>
+        <v>828.0</v>
       </c>
       <c r="F393" s="14" t="n">
-        <v>970.0</v>
+        <v>578.0</v>
       </c>
       <c r="G393" s="14" t="n">
-        <v>1086.0</v>
+        <v>629.0</v>
       </c>
       <c r="H393" s="14" t="n">
-        <v>1117.0</v>
+        <v>366.0</v>
       </c>
       <c r="I393" s="14" t="n">
-        <v>1213.0</v>
+        <v>1404.0</v>
       </c>
       <c r="J393" s="14" t="n">
-        <v>485.0</v>
+        <v>555.0</v>
       </c>
       <c r="K393" s="14" t="n">
-        <v>853.0</v>
+        <v>534.0</v>
       </c>
       <c r="L393" s="14" t="n">
-        <v>925.0</v>
+        <v>829.0</v>
       </c>
       <c r="M393" s="14" t="n">
-        <v>743.0</v>
+        <v>960.0</v>
       </c>
       <c r="N393" s="14" t="n">
-        <v>336.0</v>
+        <v>867.0</v>
       </c>
     </row>
     <row r="394">
       <c r="A394" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Finland</t>
         </is>
       </c>
       <c r="B394" s="14" t="n">
-        <v>5828.0</v>
+        <v>5536.0</v>
       </c>
       <c r="C394" s="14" t="n">
-        <v>468.0</v>
+        <v>863.0</v>
       </c>
       <c r="D394" s="14" t="n">
-        <v>192.0</v>
+        <v>392.0</v>
       </c>
       <c r="E394" s="14" t="n">
-        <v>278.0</v>
+        <v>691.0</v>
       </c>
       <c r="F394" s="14" t="n">
-        <v>623.0</v>
+        <v>545.0</v>
       </c>
       <c r="G394" s="14" t="n">
-        <v>405.0</v>
+        <v>586.0</v>
       </c>
       <c r="H394" s="14" t="n">
-        <v>1164.0</v>
+        <v>150.0</v>
       </c>
       <c r="I394" s="14" t="n">
-        <v>654.0</v>
+        <v>791.0</v>
       </c>
       <c r="J394" s="14" t="n">
-        <v>233.0</v>
+        <v>338.0</v>
       </c>
       <c r="K394" s="14" t="n">
-        <v>382.0</v>
+        <v>379.0</v>
       </c>
       <c r="L394" s="14" t="n">
-        <v>569.0</v>
+        <v>361.0</v>
       </c>
       <c r="M394" s="14" t="n">
-        <v>726.0</v>
+        <v>154.0</v>
       </c>
       <c r="N394" s="14" t="n">
-        <v>134.0</v>
+        <v>285.0</v>
       </c>
     </row>
     <row r="395">
       <c r="A395" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    France</t>
         </is>
       </c>
       <c r="B395" s="14" t="n">
-        <v>97720.0</v>
+        <v>91760.0</v>
       </c>
       <c r="C395" s="14" t="n">
-        <v>4773.0</v>
+        <v>6136.0</v>
       </c>
       <c r="D395" s="14" t="n">
-        <v>6465.0</v>
+        <v>5347.0</v>
       </c>
       <c r="E395" s="14" t="n">
-        <v>7430.0</v>
+        <v>7619.0</v>
       </c>
       <c r="F395" s="14" t="n">
-        <v>10286.0</v>
+        <v>9459.0</v>
       </c>
       <c r="G395" s="14" t="n">
-        <v>12609.0</v>
+        <v>8538.0</v>
       </c>
       <c r="H395" s="14" t="n">
-        <v>7195.0</v>
+        <v>5864.0</v>
       </c>
       <c r="I395" s="14" t="n">
-        <v>7591.0</v>
+        <v>6042.0</v>
       </c>
       <c r="J395" s="14" t="n">
-        <v>10792.0</v>
+        <v>10194.0</v>
       </c>
       <c r="K395" s="14" t="n">
-        <v>6099.0</v>
+        <v>7429.0</v>
       </c>
       <c r="L395" s="14" t="n">
-        <v>7848.0</v>
+        <v>9983.0</v>
       </c>
       <c r="M395" s="14" t="n">
-        <v>8546.0</v>
+        <v>6783.0</v>
       </c>
       <c r="N395" s="14" t="n">
-        <v>8086.0</v>
+        <v>8366.0</v>
       </c>
     </row>
     <row r="396">
       <c r="A396" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Greece</t>
         </is>
       </c>
       <c r="B396" s="14" t="n">
-        <v>12899.0</v>
+        <v>10053.0</v>
       </c>
       <c r="C396" s="14" t="n">
-        <v>782.0</v>
+        <v>650.0</v>
       </c>
       <c r="D396" s="14" t="n">
-        <v>432.0</v>
+        <v>1276.0</v>
       </c>
       <c r="E396" s="14" t="n">
-        <v>491.0</v>
+        <v>1427.0</v>
       </c>
       <c r="F396" s="14" t="n">
-        <v>1024.0</v>
+        <v>760.0</v>
       </c>
       <c r="G396" s="14" t="n">
-        <v>1663.0</v>
+        <v>921.0</v>
       </c>
       <c r="H396" s="14" t="n">
-        <v>1811.0</v>
+        <v>277.0</v>
       </c>
       <c r="I396" s="14" t="n">
-        <v>2180.0</v>
+        <v>1042.0</v>
       </c>
       <c r="J396" s="14" t="n">
-        <v>707.0</v>
+        <v>935.0</v>
       </c>
       <c r="K396" s="14" t="n">
-        <v>1171.0</v>
+        <v>399.0</v>
       </c>
       <c r="L396" s="14" t="n">
-        <v>1013.0</v>
+        <v>783.0</v>
       </c>
       <c r="M396" s="14" t="n">
-        <v>969.0</v>
+        <v>928.0</v>
       </c>
       <c r="N396" s="14" t="n">
-        <v>655.0</v>
+        <v>654.0</v>
       </c>
     </row>
     <row r="397">
       <c r="A397" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Ireland</t>
         </is>
       </c>
       <c r="B397" s="14" t="n">
-        <v>18191.0</v>
+        <v>43979.0</v>
       </c>
       <c r="C397" s="14" t="n">
-        <v>1013.0</v>
+        <v>1928.0</v>
       </c>
       <c r="D397" s="14" t="n">
-        <v>1277.0</v>
+        <v>2307.0</v>
       </c>
       <c r="E397" s="14" t="n">
-        <v>1564.0</v>
+        <v>5107.0</v>
       </c>
       <c r="F397" s="14" t="n">
-        <v>1203.0</v>
+        <v>5324.0</v>
       </c>
       <c r="G397" s="14" t="n">
-        <v>1362.0</v>
+        <v>1420.0</v>
       </c>
       <c r="H397" s="14" t="n">
-        <v>2253.0</v>
+        <v>1053.0</v>
       </c>
       <c r="I397" s="14" t="n">
-        <v>3111.0</v>
+        <v>5432.0</v>
       </c>
       <c r="J397" s="14" t="n">
-        <v>1416.0</v>
+        <v>4668.0</v>
       </c>
       <c r="K397" s="14" t="n">
-        <v>1621.0</v>
+        <v>4058.0</v>
       </c>
       <c r="L397" s="14" t="n">
-        <v>1194.0</v>
+        <v>5023.0</v>
       </c>
       <c r="M397" s="14" t="n">
-        <v>1474.0</v>
+        <v>4621.0</v>
       </c>
       <c r="N397" s="14" t="n">
-        <v>704.0</v>
+        <v>3037.0</v>
       </c>
     </row>
     <row r="398">
       <c r="A398" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Italy</t>
         </is>
       </c>
       <c r="B398" s="14" t="n">
-        <v>102002.0</v>
+        <v>110579.0</v>
       </c>
       <c r="C398" s="14" t="n">
-        <v>8262.0</v>
+        <v>7926.0</v>
       </c>
       <c r="D398" s="14" t="n">
-        <v>6253.0</v>
+        <v>8187.0</v>
       </c>
       <c r="E398" s="14" t="n">
-        <v>9343.0</v>
+        <v>9739.0</v>
       </c>
       <c r="F398" s="14" t="n">
-        <v>10242.0</v>
+        <v>11735.0</v>
       </c>
       <c r="G398" s="14" t="n">
-        <v>7443.0</v>
+        <v>11036.0</v>
       </c>
       <c r="H398" s="14" t="n">
-        <v>8795.0</v>
+        <v>7552.0</v>
       </c>
       <c r="I398" s="14" t="n">
-        <v>8723.0</v>
+        <v>7991.0</v>
       </c>
       <c r="J398" s="14" t="n">
-        <v>8832.0</v>
+        <v>8005.0</v>
       </c>
       <c r="K398" s="14" t="n">
-        <v>7787.0</v>
+        <v>9393.0</v>
       </c>
       <c r="L398" s="14" t="n">
-        <v>8537.0</v>
+        <v>9246.0</v>
       </c>
       <c r="M398" s="14" t="n">
-        <v>9486.0</v>
+        <v>10538.0</v>
       </c>
       <c r="N398" s="14" t="n">
-        <v>8300.0</v>
+        <v>9229.0</v>
       </c>
     </row>
     <row r="399">
       <c r="A399" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Luxembourg</t>
         </is>
       </c>
       <c r="B399" s="14" t="n">
-        <v>3529.0</v>
+        <v>3413.0</v>
       </c>
       <c r="C399" s="14" t="n">
-        <v>176.0</v>
+        <v>269.0</v>
       </c>
       <c r="D399" s="14" t="n">
-        <v>75.0</v>
+        <v>315.0</v>
       </c>
       <c r="E399" s="14" t="n">
-        <v>171.0</v>
+        <v>365.0</v>
       </c>
       <c r="F399" s="14" t="n">
-        <v>263.0</v>
+        <v>38.0</v>
       </c>
       <c r="G399" s="14" t="n">
-        <v>315.0</v>
+        <v>303.0</v>
       </c>
       <c r="H399" s="14" t="n">
-        <v>433.0</v>
+        <v>169.0</v>
       </c>
       <c r="I399" s="14" t="n">
-        <v>917.0</v>
+        <v>549.0</v>
       </c>
       <c r="J399" s="14" t="n">
-        <v>307.0</v>
+        <v>267.0</v>
       </c>
       <c r="K399" s="14" t="n">
-        <v>239.0</v>
+        <v>174.0</v>
       </c>
       <c r="L399" s="14" t="n">
-        <v>198.0</v>
+        <v>317.0</v>
       </c>
       <c r="M399" s="14" t="n">
-        <v>372.0</v>
+        <v>375.0</v>
       </c>
       <c r="N399" s="14" t="n">
-        <v>63.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="400">
       <c r="A400" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Netherlands</t>
         </is>
       </c>
       <c r="B400" s="14" t="n">
-        <v>25380.0</v>
+        <v>31758.0</v>
       </c>
       <c r="C400" s="14" t="n">
-        <v>748.0</v>
+        <v>1230.0</v>
       </c>
       <c r="D400" s="14" t="n">
-        <v>806.0</v>
+        <v>1815.0</v>
       </c>
       <c r="E400" s="14" t="n">
-        <v>1027.0</v>
+        <v>2321.0</v>
       </c>
       <c r="F400" s="14" t="n">
-        <v>2381.0</v>
+        <v>3015.0</v>
       </c>
       <c r="G400" s="14" t="n">
-        <v>3136.0</v>
+        <v>2731.0</v>
       </c>
       <c r="H400" s="14" t="n">
-        <v>3485.0</v>
+        <v>2027.0</v>
       </c>
       <c r="I400" s="14" t="n">
-        <v>2183.0</v>
+        <v>2206.0</v>
       </c>
       <c r="J400" s="14" t="n">
-        <v>2164.0</v>
+        <v>2408.0</v>
       </c>
       <c r="K400" s="14" t="n">
-        <v>1744.0</v>
+        <v>2774.0</v>
       </c>
       <c r="L400" s="14" t="n">
-        <v>3935.0</v>
+        <v>4672.0</v>
       </c>
       <c r="M400" s="14" t="n">
-        <v>1946.0</v>
+        <v>3843.0</v>
       </c>
       <c r="N400" s="14" t="n">
-        <v>1824.0</v>
+        <v>2715.0</v>
       </c>
     </row>
     <row r="401">
       <c r="A401" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Poland</t>
         </is>
       </c>
       <c r="B401" s="14" t="n">
-        <v>22094.0</v>
+        <v>24418.0</v>
       </c>
       <c r="C401" s="14" t="n">
-        <v>870.0</v>
+        <v>1504.0</v>
       </c>
       <c r="D401" s="14" t="n">
-        <v>2362.0</v>
+        <v>2504.0</v>
       </c>
       <c r="E401" s="14" t="n">
-        <v>1637.0</v>
+        <v>3282.0</v>
       </c>
       <c r="F401" s="14" t="n">
-        <v>2611.0</v>
+        <v>1556.0</v>
       </c>
       <c r="G401" s="14" t="n">
-        <v>1833.0</v>
+        <v>2612.0</v>
       </c>
       <c r="H401" s="14" t="n">
-        <v>2148.0</v>
+        <v>2333.0</v>
       </c>
       <c r="I401" s="14" t="n">
-        <v>2164.0</v>
+        <v>1555.0</v>
       </c>
       <c r="J401" s="14" t="n">
-        <v>1633.0</v>
+        <v>1248.0</v>
       </c>
       <c r="K401" s="14" t="n">
-        <v>1974.0</v>
+        <v>2182.0</v>
       </c>
       <c r="L401" s="14" t="n">
-        <v>1868.0</v>
+        <v>1860.0</v>
       </c>
       <c r="M401" s="14" t="n">
-        <v>1986.0</v>
+        <v>1774.0</v>
       </c>
       <c r="N401" s="14" t="n">
-        <v>1008.0</v>
+        <v>2009.0</v>
       </c>
     </row>
     <row r="402">
       <c r="A402" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Portugal</t>
         </is>
       </c>
       <c r="B402" s="14" t="n">
-        <v>78722.0</v>
+        <v>91216.0</v>
       </c>
       <c r="C402" s="14" t="n">
-        <v>4890.0</v>
+        <v>5284.0</v>
       </c>
       <c r="D402" s="14" t="n">
-        <v>4461.0</v>
+        <v>7839.0</v>
       </c>
       <c r="E402" s="14" t="n">
-        <v>5440.0</v>
+        <v>7762.0</v>
       </c>
       <c r="F402" s="14" t="n">
-        <v>9078.0</v>
+        <v>9037.0</v>
       </c>
       <c r="G402" s="14" t="n">
-        <v>8753.0</v>
+        <v>7428.0</v>
       </c>
       <c r="H402" s="14" t="n">
-        <v>6665.0</v>
+        <v>7341.0</v>
       </c>
       <c r="I402" s="14" t="n">
-        <v>5752.0</v>
+        <v>6994.0</v>
       </c>
       <c r="J402" s="14" t="n">
-        <v>8032.0</v>
+        <v>8701.0</v>
       </c>
       <c r="K402" s="14" t="n">
-        <v>6241.0</v>
+        <v>8185.0</v>
       </c>
       <c r="L402" s="14" t="n">
-        <v>6184.0</v>
+        <v>6570.0</v>
       </c>
       <c r="M402" s="14" t="n">
-        <v>6424.0</v>
+        <v>8243.0</v>
       </c>
       <c r="N402" s="14" t="n">
-        <v>6802.0</v>
+        <v>7832.0</v>
       </c>
     </row>
     <row r="403">
       <c r="A403" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Czech Republic</t>
         </is>
       </c>
       <c r="B403" s="14" t="n">
-        <v>7398.0</v>
+        <v>6578.0</v>
       </c>
       <c r="C403" s="14" t="n">
-        <v>611.0</v>
+        <v>636.0</v>
       </c>
       <c r="D403" s="14" t="n">
-        <v>324.0</v>
+        <v>520.0</v>
       </c>
       <c r="E403" s="14" t="n">
-        <v>789.0</v>
+        <v>1537.0</v>
       </c>
       <c r="F403" s="14" t="n">
-        <v>677.0</v>
+        <v>851.0</v>
       </c>
       <c r="G403" s="14" t="n">
-        <v>1478.0</v>
+        <v>711.0</v>
       </c>
       <c r="H403" s="14" t="n">
-        <v>720.0</v>
+        <v>285.0</v>
       </c>
       <c r="I403" s="14" t="n">
-        <v>701.0</v>
+        <v>411.0</v>
       </c>
       <c r="J403" s="14" t="n">
-        <v>337.0</v>
+        <v>321.0</v>
       </c>
       <c r="K403" s="14" t="n">
-        <v>567.0</v>
+        <v>458.0</v>
       </c>
       <c r="L403" s="14" t="n">
-        <v>443.0</v>
+        <v>398.0</v>
       </c>
       <c r="M403" s="14" t="n">
-        <v>496.0</v>
+        <v>203.0</v>
       </c>
       <c r="N403" s="14" t="n">
-        <v>256.0</v>
+        <v>247.0</v>
       </c>
     </row>
     <row r="404">
       <c r="A404" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Sweden</t>
         </is>
       </c>
       <c r="B404" s="14" t="n">
-        <v>8776.0</v>
+        <v>9966.0</v>
       </c>
       <c r="C404" s="14" t="n">
-        <v>594.0</v>
+        <v>574.0</v>
       </c>
       <c r="D404" s="14" t="n">
-        <v>259.0</v>
+        <v>664.0</v>
       </c>
       <c r="E404" s="14" t="n">
-        <v>493.0</v>
+        <v>912.0</v>
       </c>
       <c r="F404" s="14" t="n">
-        <v>731.0</v>
+        <v>769.0</v>
       </c>
       <c r="G404" s="14" t="n">
-        <v>646.0</v>
+        <v>1103.0</v>
       </c>
       <c r="H404" s="14" t="n">
-        <v>1259.0</v>
+        <v>510.0</v>
       </c>
       <c r="I404" s="14" t="n">
-        <v>954.0</v>
+        <v>596.0</v>
       </c>
       <c r="J404" s="14" t="n">
-        <v>577.0</v>
+        <v>325.0</v>
       </c>
       <c r="K404" s="14" t="n">
-        <v>768.0</v>
+        <v>1206.0</v>
       </c>
       <c r="L404" s="14" t="n">
-        <v>1442.0</v>
+        <v>1546.0</v>
       </c>
       <c r="M404" s="14" t="n">
-        <v>675.0</v>
+        <v>1154.0</v>
       </c>
       <c r="N404" s="14" t="n">
-        <v>378.0</v>
+        <v>607.0</v>
       </c>
     </row>
     <row r="405">
       <c r="A405" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of EU</t>
         </is>
       </c>
       <c r="B405" s="14" t="n">
-        <v>61160.0</v>
+        <v>61391.0</v>
       </c>
       <c r="C405" s="14" t="n">
-        <v>3773.0</v>
+        <v>4581.0</v>
       </c>
       <c r="D405" s="14" t="n">
-        <v>3246.0</v>
+        <v>5346.0</v>
       </c>
       <c r="E405" s="14" t="n">
-        <v>6391.0</v>
+        <v>8444.0</v>
       </c>
       <c r="F405" s="14" t="n">
-        <v>10371.0</v>
+        <v>7263.0</v>
       </c>
       <c r="G405" s="14" t="n">
-        <v>6177.0</v>
+        <v>4277.0</v>
       </c>
       <c r="H405" s="14" t="n">
-        <v>3619.0</v>
+        <v>4185.0</v>
       </c>
       <c r="I405" s="14" t="n">
-        <v>3282.0</v>
+        <v>5064.0</v>
       </c>
       <c r="J405" s="14" t="n">
-        <v>5243.0</v>
+        <v>5500.0</v>
       </c>
       <c r="K405" s="14" t="n">
-        <v>5246.0</v>
+        <v>5880.0</v>
       </c>
       <c r="L405" s="14" t="n">
-        <v>5403.0</v>
+        <v>3954.0</v>
       </c>
       <c r="M405" s="14" t="n">
-        <v>5404.0</v>
+        <v>4018.0</v>
       </c>
       <c r="N405" s="14" t="n">
-        <v>3006.0</v>
+        <v>2880.0</v>
       </c>
     </row>
     <row r="406">
       <c r="A406" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Norway</t>
         </is>
       </c>
       <c r="B406" s="14" t="n">
-        <v>7557.0</v>
+        <v>8710.0</v>
       </c>
       <c r="C406" s="14" t="n">
-        <v>368.0</v>
+        <v>635.0</v>
       </c>
       <c r="D406" s="14" t="n">
-        <v>415.0</v>
+        <v>526.0</v>
       </c>
       <c r="E406" s="14" t="n">
-        <v>505.0</v>
+        <v>948.0</v>
       </c>
       <c r="F406" s="14" t="n">
-        <v>654.0</v>
+        <v>685.0</v>
       </c>
       <c r="G406" s="14" t="n">
-        <v>815.0</v>
+        <v>743.0</v>
       </c>
       <c r="H406" s="14" t="n">
-        <v>1430.0</v>
+        <v>353.0</v>
       </c>
       <c r="I406" s="14" t="n">
-        <v>662.0</v>
+        <v>1407.0</v>
       </c>
       <c r="J406" s="14" t="n">
-        <v>422.0</v>
+        <v>320.0</v>
       </c>
       <c r="K406" s="14" t="n">
-        <v>458.0</v>
+        <v>641.0</v>
       </c>
       <c r="L406" s="14" t="n">
-        <v>485.0</v>
+        <v>921.0</v>
       </c>
       <c r="M406" s="14" t="n">
-        <v>312.0</v>
+        <v>440.0</v>
       </c>
       <c r="N406" s="14" t="n">
-        <v>1032.0</v>
+        <v>1091.0</v>
       </c>
     </row>
     <row r="407">
       <c r="A407" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    United Kingdom</t>
         </is>
       </c>
       <c r="B407" s="14" t="n">
-        <v>69539.0</v>
+        <v>83941.0</v>
       </c>
       <c r="C407" s="14" t="n">
-        <v>3171.0</v>
+        <v>5070.0</v>
       </c>
       <c r="D407" s="14" t="n">
-        <v>4176.0</v>
+        <v>5373.0</v>
       </c>
       <c r="E407" s="14" t="n">
-        <v>5056.0</v>
+        <v>7982.0</v>
       </c>
       <c r="F407" s="14" t="n">
+        <v>11525.0</v>
+      </c>
+      <c r="G407" s="14" t="n">
+        <v>5979.0</v>
+      </c>
+      <c r="H407" s="14" t="n">
+        <v>6257.0</v>
+      </c>
+      <c r="I407" s="14" t="n">
         <v>8232.0</v>
       </c>
-      <c r="G407" s="14" t="n">
-[...7 lines deleted...]
-      </c>
       <c r="J407" s="14" t="n">
-        <v>5630.0</v>
+        <v>7489.0</v>
       </c>
       <c r="K407" s="14" t="n">
-        <v>7260.0</v>
+        <v>9529.0</v>
       </c>
       <c r="L407" s="14" t="n">
-        <v>7759.0</v>
+        <v>6409.0</v>
       </c>
       <c r="M407" s="14" t="n">
-        <v>6261.0</v>
+        <v>3702.0</v>
       </c>
       <c r="N407" s="14" t="n">
-        <v>2953.0</v>
+        <v>6394.0</v>
       </c>
     </row>
     <row r="408">
       <c r="A408" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Switzerland</t>
         </is>
       </c>
       <c r="B408" s="14" t="n">
-        <v>12690.0</v>
+        <v>16208.0</v>
       </c>
       <c r="C408" s="14" t="n">
-        <v>834.0</v>
+        <v>474.0</v>
       </c>
       <c r="D408" s="14" t="n">
-        <v>591.0</v>
+        <v>925.0</v>
       </c>
       <c r="E408" s="14" t="n">
-        <v>905.0</v>
+        <v>1524.0</v>
       </c>
       <c r="F408" s="14" t="n">
-        <v>1662.0</v>
+        <v>1602.0</v>
       </c>
       <c r="G408" s="14" t="n">
-        <v>1257.0</v>
+        <v>1240.0</v>
       </c>
       <c r="H408" s="14" t="n">
-        <v>1111.0</v>
+        <v>996.0</v>
       </c>
       <c r="I408" s="14" t="n">
-        <v>1346.0</v>
+        <v>2146.0</v>
       </c>
       <c r="J408" s="14" t="n">
-        <v>997.0</v>
+        <v>891.0</v>
       </c>
       <c r="K408" s="14" t="n">
-        <v>1034.0</v>
+        <v>1633.0</v>
       </c>
       <c r="L408" s="14" t="n">
-        <v>1390.0</v>
+        <v>1596.0</v>
       </c>
       <c r="M408" s="14" t="n">
-        <v>1146.0</v>
+        <v>1217.0</v>
       </c>
       <c r="N408" s="14" t="n">
-        <v>416.0</v>
+        <v>1965.0</v>
       </c>
     </row>
     <row r="409">
       <c r="A409" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of Europe</t>
         </is>
       </c>
       <c r="B409" s="14" t="n">
-        <v>90381.0</v>
+        <v>105205.0</v>
       </c>
       <c r="C409" s="14" t="n">
-        <v>5228.0</v>
+        <v>8292.0</v>
       </c>
       <c r="D409" s="14" t="n">
-        <v>2210.0</v>
+        <v>7300.0</v>
       </c>
       <c r="E409" s="14" t="n">
-        <v>11132.0</v>
+        <v>10632.0</v>
       </c>
       <c r="F409" s="14" t="n">
-        <v>12133.0</v>
+        <v>13540.0</v>
       </c>
       <c r="G409" s="14" t="n">
-        <v>6272.0</v>
+        <v>7551.0</v>
       </c>
       <c r="H409" s="14" t="n">
-        <v>6185.0</v>
+        <v>6365.0</v>
       </c>
       <c r="I409" s="14" t="n">
-        <v>5975.0</v>
+        <v>11213.0</v>
       </c>
       <c r="J409" s="14" t="n">
-        <v>7667.0</v>
+        <v>7532.0</v>
       </c>
       <c r="K409" s="14" t="n">
-        <v>7506.0</v>
+        <v>6987.0</v>
       </c>
       <c r="L409" s="14" t="n">
-        <v>13084.0</v>
+        <v>7802.0</v>
       </c>
       <c r="M409" s="14" t="n">
-        <v>6189.0</v>
+        <v>8388.0</v>
       </c>
       <c r="N409" s="14" t="n">
-        <v>6800.0</v>
+        <v>9603.0</v>
       </c>
     </row>
     <row r="410">
       <c r="A410" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    United States</t>
         </is>
       </c>
       <c r="B410" s="14" t="n">
-        <v>130912.0</v>
+        <v>150120.0</v>
       </c>
       <c r="C410" s="14" t="n">
-        <v>6709.0</v>
+        <v>6327.0</v>
       </c>
       <c r="D410" s="14" t="n">
-        <v>4510.0</v>
+        <v>5848.0</v>
       </c>
       <c r="E410" s="14" t="n">
-        <v>15665.0</v>
+        <v>16034.0</v>
       </c>
       <c r="F410" s="14" t="n">
-        <v>11563.0</v>
+        <v>13966.0</v>
       </c>
       <c r="G410" s="14" t="n">
-        <v>12785.0</v>
+        <v>13325.0</v>
       </c>
       <c r="H410" s="14" t="n">
-        <v>19426.0</v>
+        <v>20465.0</v>
       </c>
       <c r="I410" s="14" t="n">
-        <v>13414.0</v>
+        <v>16434.0</v>
       </c>
       <c r="J410" s="14" t="n">
-        <v>7732.0</v>
+        <v>9179.0</v>
       </c>
       <c r="K410" s="14" t="n">
-        <v>9823.0</v>
+        <v>11189.0</v>
       </c>
       <c r="L410" s="14" t="n">
-        <v>10808.0</v>
+        <v>14053.0</v>
       </c>
       <c r="M410" s="14" t="n">
-        <v>9144.0</v>
+        <v>11953.0</v>
       </c>
       <c r="N410" s="14" t="n">
-        <v>9334.0</v>
+        <v>11347.0</v>
       </c>
     </row>
     <row r="411">
       <c r="A411" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of America</t>
         </is>
       </c>
       <c r="B411" s="14" t="n">
-        <v>331452.0</v>
+        <v>394276.0</v>
       </c>
       <c r="C411" s="14" t="n">
-        <v>24618.0</v>
+        <v>27512.0</v>
       </c>
       <c r="D411" s="14" t="n">
-        <v>31764.0</v>
+        <v>24243.0</v>
       </c>
       <c r="E411" s="14" t="n">
-        <v>21559.0</v>
+        <v>26873.0</v>
       </c>
       <c r="F411" s="14" t="n">
-        <v>25726.0</v>
+        <v>31173.0</v>
       </c>
       <c r="G411" s="14" t="n">
-        <v>31356.0</v>
+        <v>32520.0</v>
       </c>
       <c r="H411" s="14" t="n">
-        <v>29113.0</v>
+        <v>35666.0</v>
       </c>
       <c r="I411" s="14" t="n">
-        <v>31901.0</v>
+        <v>43418.0</v>
       </c>
       <c r="J411" s="14" t="n">
-        <v>29229.0</v>
+        <v>32459.0</v>
       </c>
       <c r="K411" s="14" t="n">
-        <v>29334.0</v>
+        <v>46885.0</v>
       </c>
       <c r="L411" s="14" t="n">
-        <v>31805.0</v>
+        <v>36125.0</v>
       </c>
       <c r="M411" s="14" t="n">
-        <v>22910.0</v>
+        <v>29439.0</v>
       </c>
       <c r="N411" s="14" t="n">
-        <v>22137.0</v>
+        <v>27964.0</v>
       </c>
     </row>
     <row r="412">
       <c r="A412" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    African Countries</t>
         </is>
       </c>
       <c r="B412" s="14" t="n">
-        <v>62008.0</v>
+        <v>92606.0</v>
       </c>
       <c r="C412" s="14" t="n">
-        <v>4464.0</v>
+        <v>5914.0</v>
       </c>
       <c r="D412" s="14" t="n">
-        <v>3172.0</v>
+        <v>6072.0</v>
       </c>
       <c r="E412" s="14" t="n">
-        <v>5346.0</v>
+        <v>8459.0</v>
       </c>
       <c r="F412" s="14" t="n">
-        <v>3685.0</v>
+        <v>5939.0</v>
       </c>
       <c r="G412" s="14" t="n">
-        <v>5293.0</v>
+        <v>11907.0</v>
       </c>
       <c r="H412" s="14" t="n">
-        <v>5660.0</v>
+        <v>4599.0</v>
       </c>
       <c r="I412" s="14" t="n">
-        <v>4778.0</v>
+        <v>7502.0</v>
       </c>
       <c r="J412" s="14" t="n">
-        <v>6927.0</v>
+        <v>12596.0</v>
       </c>
       <c r="K412" s="14" t="n">
-        <v>4105.0</v>
+        <v>3810.0</v>
       </c>
       <c r="L412" s="14" t="n">
-        <v>5249.0</v>
+        <v>9840.0</v>
       </c>
       <c r="M412" s="14" t="n">
-        <v>9663.0</v>
+        <v>9789.0</v>
       </c>
       <c r="N412" s="14" t="n">
-        <v>3665.0</v>
+        <v>6179.0</v>
       </c>
     </row>
     <row r="413">
       <c r="A413" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of the world</t>
         </is>
       </c>
       <c r="B413" s="14" t="n">
-        <v>175705.0</v>
+        <v>203403.0</v>
       </c>
       <c r="C413" s="14" t="n">
-        <v>12743.0</v>
+        <v>13090.0</v>
       </c>
       <c r="D413" s="14" t="n">
-        <v>10148.0</v>
+        <v>13036.0</v>
       </c>
       <c r="E413" s="14" t="n">
-        <v>12283.0</v>
+        <v>12445.0</v>
       </c>
       <c r="F413" s="14" t="n">
-        <v>12948.0</v>
+        <v>17393.0</v>
       </c>
       <c r="G413" s="14" t="n">
-        <v>15495.0</v>
+        <v>16482.0</v>
       </c>
       <c r="H413" s="14" t="n">
-        <v>15989.0</v>
+        <v>13266.0</v>
       </c>
       <c r="I413" s="14" t="n">
-        <v>16107.0</v>
+        <v>15708.0</v>
       </c>
       <c r="J413" s="14" t="n">
-        <v>16148.0</v>
+        <v>17082.0</v>
       </c>
       <c r="K413" s="14" t="n">
-        <v>18142.0</v>
+        <v>23970.0</v>
       </c>
       <c r="L413" s="14" t="n">
-        <v>16731.0</v>
+        <v>21953.0</v>
       </c>
       <c r="M413" s="14" t="n">
-        <v>14253.0</v>
+        <v>20969.0</v>
       </c>
       <c r="N413" s="14" t="n">
-        <v>14718.0</v>
+        <v>18009.0</v>
       </c>
     </row>
     <row r="414">
       <c r="A414" s="6" t="inlineStr">
         <is>
-          <t>Murcia (Región de)</t>
+          <t>14 Murcia, Región de</t>
         </is>
       </c>
       <c r="B414" s="6"/>
       <c r="C414" s="6"/>
       <c r="D414" s="6"/>
       <c r="E414" s="6"/>
       <c r="F414" s="6"/>
       <c r="G414" s="6"/>
       <c r="H414" s="6"/>
       <c r="I414" s="6"/>
       <c r="J414" s="6"/>
       <c r="K414" s="6"/>
       <c r="L414" s="6"/>
       <c r="M414" s="6"/>
       <c r="N414" s="6"/>
     </row>
     <row r="415">
       <c r="A415" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B415" s="14" t="n">
-        <v>825786.0</v>
+        <v>730449.0</v>
       </c>
       <c r="C415" s="14" t="n">
-        <v>27620.0</v>
+        <v>25959.0</v>
       </c>
       <c r="D415" s="14" t="n">
-        <v>28749.0</v>
+        <v>34470.0</v>
       </c>
       <c r="E415" s="14" t="n">
-        <v>33034.0</v>
+        <v>47355.0</v>
       </c>
       <c r="F415" s="14" t="n">
-        <v>52039.0</v>
+        <v>32987.0</v>
       </c>
       <c r="G415" s="14" t="n">
-        <v>54954.0</v>
+        <v>43483.0</v>
       </c>
       <c r="H415" s="14" t="n">
-        <v>83773.0</v>
+        <v>72467.0</v>
       </c>
       <c r="I415" s="14" t="n">
-        <v>149285.0</v>
+        <v>141342.0</v>
       </c>
       <c r="J415" s="14" t="n">
-        <v>202463.0</v>
+        <v>180661.0</v>
       </c>
       <c r="K415" s="14" t="n">
-        <v>73366.0</v>
+        <v>58908.0</v>
       </c>
       <c r="L415" s="14" t="n">
-        <v>55753.0</v>
+        <v>41853.0</v>
       </c>
       <c r="M415" s="14" t="n">
-        <v>36590.0</v>
+        <v>28714.0</v>
       </c>
       <c r="N415" s="14" t="n">
-        <v>28160.0</v>
+        <v>22250.0</v>
       </c>
     </row>
     <row r="416">
       <c r="A416" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Spaniards</t>
         </is>
       </c>
       <c r="B416" s="14" t="n">
-        <v>607288.0</v>
+        <v>512748.0</v>
       </c>
       <c r="C416" s="14" t="n">
-        <v>17147.0</v>
+        <v>16271.0</v>
       </c>
       <c r="D416" s="14" t="n">
-        <v>16535.0</v>
+        <v>22420.0</v>
       </c>
       <c r="E416" s="14" t="n">
-        <v>18185.0</v>
+        <v>29391.0</v>
       </c>
       <c r="F416" s="14" t="n">
-        <v>36078.0</v>
+        <v>18823.0</v>
       </c>
       <c r="G416" s="14" t="n">
-        <v>38288.0</v>
+        <v>27880.0</v>
       </c>
       <c r="H416" s="14" t="n">
-        <v>65200.0</v>
+        <v>52455.0</v>
       </c>
       <c r="I416" s="14" t="n">
-        <v>125308.0</v>
+        <v>113987.0</v>
       </c>
       <c r="J416" s="14" t="n">
-        <v>167321.0</v>
+        <v>144009.0</v>
       </c>
       <c r="K416" s="14" t="n">
-        <v>50698.0</v>
+        <v>39722.0</v>
       </c>
       <c r="L416" s="14" t="n">
-        <v>32743.0</v>
+        <v>19988.0</v>
       </c>
       <c r="M416" s="14" t="n">
-        <v>20519.0</v>
+        <v>14549.0</v>
       </c>
       <c r="N416" s="14" t="n">
-        <v>19266.0</v>
+        <v>13253.0</v>
       </c>
     </row>
     <row r="417">
       <c r="A417" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Foreigners</t>
         </is>
       </c>
       <c r="B417" s="14" t="n">
-        <v>218498.0</v>
+        <v>217700.0</v>
       </c>
       <c r="C417" s="14" t="n">
-        <v>10473.0</v>
+        <v>9688.0</v>
       </c>
       <c r="D417" s="14" t="n">
-        <v>12215.0</v>
+        <v>12051.0</v>
       </c>
       <c r="E417" s="14" t="n">
-        <v>14849.0</v>
+        <v>17964.0</v>
       </c>
       <c r="F417" s="14" t="n">
-        <v>15961.0</v>
+        <v>14164.0</v>
       </c>
       <c r="G417" s="14" t="n">
-        <v>16666.0</v>
+        <v>15603.0</v>
       </c>
       <c r="H417" s="14" t="n">
-        <v>18573.0</v>
+        <v>20012.0</v>
       </c>
       <c r="I417" s="14" t="n">
-        <v>23976.0</v>
+        <v>27354.0</v>
       </c>
       <c r="J417" s="14" t="n">
-        <v>35143.0</v>
+        <v>36651.0</v>
       </c>
       <c r="K417" s="14" t="n">
-        <v>22668.0</v>
+        <v>19186.0</v>
       </c>
       <c r="L417" s="14" t="n">
-        <v>23010.0</v>
+        <v>21865.0</v>
       </c>
       <c r="M417" s="14" t="n">
-        <v>16071.0</v>
+        <v>14165.0</v>
       </c>
       <c r="N417" s="14" t="n">
-        <v>8894.0</v>
+        <v>8997.0</v>
       </c>
     </row>
     <row r="418">
       <c r="A418" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    European Union27 (without Spain)</t>
         </is>
       </c>
       <c r="B418" s="14" t="n">
-        <v>126715.0</v>
+        <v>124561.0</v>
       </c>
       <c r="C418" s="14" t="n">
-        <v>6818.0</v>
+        <v>6387.0</v>
       </c>
       <c r="D418" s="14" t="n">
-        <v>8391.0</v>
+        <v>7916.0</v>
       </c>
       <c r="E418" s="14" t="n">
-        <v>10500.0</v>
+        <v>12195.0</v>
       </c>
       <c r="F418" s="14" t="n">
-        <v>9166.0</v>
+        <v>7301.0</v>
       </c>
       <c r="G418" s="14" t="n">
-        <v>6167.0</v>
+        <v>7048.0</v>
       </c>
       <c r="H418" s="14" t="n">
-        <v>8313.0</v>
+        <v>10493.0</v>
       </c>
       <c r="I418" s="14" t="n">
-        <v>12949.0</v>
+        <v>14832.0</v>
       </c>
       <c r="J418" s="14" t="n">
-        <v>20330.0</v>
+        <v>20435.0</v>
       </c>
       <c r="K418" s="14" t="n">
-        <v>11696.0</v>
+        <v>9754.0</v>
       </c>
       <c r="L418" s="14" t="n">
-        <v>13715.0</v>
+        <v>12341.0</v>
       </c>
       <c r="M418" s="14" t="n">
-        <v>12823.0</v>
+        <v>10001.0</v>
       </c>
       <c r="N418" s="14" t="n">
-        <v>5848.0</v>
+        <v>5857.0</v>
       </c>
     </row>
     <row r="419">
       <c r="A419" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Germany</t>
         </is>
       </c>
       <c r="B419" s="14" t="n">
-        <v>13331.0</v>
+        <v>13107.0</v>
       </c>
       <c r="C419" s="14" t="n">
-        <v>1022.0</v>
+        <v>828.0</v>
       </c>
       <c r="D419" s="14" t="n">
-        <v>700.0</v>
+        <v>731.0</v>
       </c>
       <c r="E419" s="14" t="n">
-        <v>956.0</v>
+        <v>768.0</v>
       </c>
       <c r="F419" s="14" t="n">
-        <v>473.0</v>
+        <v>581.0</v>
       </c>
       <c r="G419" s="14" t="n">
-        <v>974.0</v>
+        <v>1260.0</v>
       </c>
       <c r="H419" s="14" t="n">
-        <v>1446.0</v>
+        <v>2653.0</v>
       </c>
       <c r="I419" s="14" t="n">
-        <v>887.0</v>
+        <v>855.0</v>
       </c>
       <c r="J419" s="14" t="n">
-        <v>1288.0</v>
+        <v>894.0</v>
       </c>
       <c r="K419" s="14" t="n">
-        <v>1618.0</v>
+        <v>1072.0</v>
       </c>
       <c r="L419" s="14" t="n">
-        <v>2461.0</v>
+        <v>1738.0</v>
       </c>
       <c r="M419" s="14" t="n">
-        <v>944.0</v>
+        <v>871.0</v>
       </c>
       <c r="N419" s="14" t="n">
-        <v>562.0</v>
+        <v>857.0</v>
       </c>
     </row>
     <row r="420">
       <c r="A420" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Austria</t>
         </is>
       </c>
       <c r="B420" s="14" t="n">
-        <v>783.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>916.0</v>
+      </c>
+      <c r="C420" s="14" t="n">
+        <v>93.0</v>
       </c>
       <c r="D420" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E420" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F420" s="14" t="n">
-        <v>64.0</v>
+        <v>136.0</v>
       </c>
       <c r="G420" s="14" t="n">
-        <v>314.0</v>
-[...2 lines deleted...]
-        <v>43.0</v>
+        <v>40.0</v>
+      </c>
+      <c r="H420" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="I420" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="J420" s="14" t="n">
-        <v>89.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>102.0</v>
+      </c>
+      <c r="K420" s="14" t="n">
+        <v>118.0</v>
       </c>
       <c r="L420" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="M420" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="M420" s="14" t="n">
+        <v>169.0</v>
       </c>
       <c r="N420" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="421">
       <c r="A421" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Belgium</t>
         </is>
       </c>
       <c r="B421" s="14" t="n">
-        <v>4549.0</v>
+        <v>3966.0</v>
       </c>
       <c r="C421" s="14" t="n">
-        <v>546.0</v>
+        <v>241.0</v>
       </c>
       <c r="D421" s="14" t="n">
-        <v>401.0</v>
+        <v>322.0</v>
       </c>
       <c r="E421" s="14" t="n">
-        <v>195.0</v>
+        <v>45.0</v>
       </c>
       <c r="F421" s="14" t="n">
-        <v>142.0</v>
+        <v>89.0</v>
       </c>
       <c r="G421" s="14" t="n">
-        <v>190.0</v>
+        <v>434.0</v>
       </c>
       <c r="H421" s="14" t="n">
-        <v>288.0</v>
+        <v>335.0</v>
       </c>
       <c r="I421" s="14" t="n">
-        <v>735.0</v>
+        <v>314.0</v>
       </c>
       <c r="J421" s="14" t="n">
-        <v>1111.0</v>
+        <v>861.0</v>
       </c>
       <c r="K421" s="14" t="n">
-        <v>297.0</v>
+        <v>311.0</v>
       </c>
       <c r="L421" s="14" t="n">
-        <v>208.0</v>
+        <v>232.0</v>
       </c>
       <c r="M421" s="14" t="n">
-        <v>182.0</v>
+        <v>163.0</v>
       </c>
       <c r="N421" s="14" t="n">
-        <v>254.0</v>
+        <v>616.0</v>
       </c>
     </row>
     <row r="422">
       <c r="A422" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Denmark</t>
         </is>
       </c>
       <c r="B422" s="14" t="n">
-        <v>1116.0</v>
-[...9 lines deleted...]
-        </is>
+        <v>2504.0</v>
+      </c>
+      <c r="C422" s="14" t="n">
+        <v>221.0</v>
+      </c>
+      <c r="D422" s="14" t="n">
+        <v>355.0</v>
       </c>
       <c r="E422" s="14" t="n">
-        <v>245.0</v>
-[...7 lines deleted...]
-        </is>
+        <v>397.0</v>
+      </c>
+      <c r="F422" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="G422" s="14" t="n">
+        <v>102.0</v>
       </c>
       <c r="H422" s="14" t="n">
-        <v>76.0</v>
+        <v>95.0</v>
       </c>
       <c r="I422" s="14" t="n">
-        <v>199.0</v>
-[...7 lines deleted...]
-        <v>84.0</v>
+        <v>229.0</v>
+      </c>
+      <c r="J422" s="14" t="n">
+        <v>80.0</v>
+      </c>
+      <c r="K422" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="L422" s="14" t="n">
-        <v>219.0</v>
+        <v>196.0</v>
       </c>
       <c r="M422" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="N422" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="N422" s="14" t="n">
+        <v>113.0</v>
       </c>
     </row>
     <row r="423">
       <c r="A423" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Finland</t>
         </is>
       </c>
       <c r="B423" s="14" t="n">
-        <v>11401.0</v>
+        <v>5593.0</v>
       </c>
       <c r="C423" s="14" t="n">
-        <v>888.0</v>
+        <v>1133.0</v>
       </c>
       <c r="D423" s="14" t="n">
-        <v>2252.0</v>
+        <v>1514.0</v>
       </c>
       <c r="E423" s="14" t="n">
-        <v>1814.0</v>
+        <v>943.0</v>
       </c>
       <c r="F423" s="14" t="n">
-        <v>584.0</v>
+        <v>316.0</v>
       </c>
       <c r="G423" s="14" t="n">
-        <v>342.0</v>
+        <v>78.0</v>
       </c>
       <c r="H423" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="I423" s="14" t="n">
-        <v>186.0</v>
+        <v>123.0</v>
       </c>
       <c r="J423" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="K423" s="14" t="n">
+        <v>147.0</v>
+      </c>
+      <c r="L423" s="14" t="n">
         <v>240.0</v>
       </c>
-      <c r="L423" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="M423" s="14" t="n">
-        <v>3252.0</v>
+        <v>515.0</v>
       </c>
       <c r="N423" s="14" t="n">
-        <v>1195.0</v>
+        <v>450.0</v>
       </c>
     </row>
     <row r="424">
       <c r="A424" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    France</t>
         </is>
       </c>
       <c r="B424" s="14" t="n">
-        <v>16972.0</v>
+        <v>15575.0</v>
       </c>
       <c r="C424" s="14" t="n">
-        <v>777.0</v>
+        <v>766.0</v>
       </c>
       <c r="D424" s="14" t="n">
-        <v>1209.0</v>
+        <v>1044.0</v>
       </c>
       <c r="E424" s="14" t="n">
-        <v>788.0</v>
+        <v>715.0</v>
       </c>
       <c r="F424" s="14" t="n">
-        <v>839.0</v>
+        <v>646.0</v>
       </c>
       <c r="G424" s="14" t="n">
-        <v>1067.0</v>
+        <v>1182.0</v>
       </c>
       <c r="H424" s="14" t="n">
-        <v>887.0</v>
+        <v>975.0</v>
       </c>
       <c r="I424" s="14" t="n">
-        <v>2724.0</v>
+        <v>2123.0</v>
       </c>
       <c r="J424" s="14" t="n">
-        <v>5348.0</v>
+        <v>4353.0</v>
       </c>
       <c r="K424" s="14" t="n">
-        <v>918.0</v>
+        <v>1229.0</v>
       </c>
       <c r="L424" s="14" t="n">
-        <v>913.0</v>
+        <v>1301.0</v>
       </c>
       <c r="M424" s="14" t="n">
-        <v>916.0</v>
+        <v>727.0</v>
       </c>
       <c r="N424" s="14" t="n">
-        <v>587.0</v>
+        <v>514.0</v>
       </c>
     </row>
     <row r="425">
       <c r="A425" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Greece</t>
         </is>
       </c>
       <c r="B425" s="14" t="n">
-        <v>263.0</v>
+        <v>426.0</v>
       </c>
       <c r="C425" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D425" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="E425" s="14" t="n">
-        <v>21.0</v>
+      <c r="E425" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="F425" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="G425" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="H425" s="14" t="n">
-[...5 lines deleted...]
-        </is>
+      <c r="H425" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="I425" s="14" t="n">
+        <v>31.0</v>
       </c>
       <c r="J425" s="14" t="n">
-        <v>109.0</v>
+        <v>211.0</v>
       </c>
       <c r="K425" s="14" t="n">
-        <v>18.0</v>
+        <v>96.0</v>
       </c>
       <c r="L425" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="M425" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N425" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="426">
       <c r="A426" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Ireland</t>
         </is>
       </c>
       <c r="B426" s="14" t="n">
-        <v>5120.0</v>
+        <v>6044.0</v>
       </c>
       <c r="C426" s="14" t="n">
-        <v>88.0</v>
+        <v>121.0</v>
       </c>
       <c r="D426" s="14" t="n">
-        <v>408.0</v>
+        <v>361.0</v>
       </c>
       <c r="E426" s="14" t="n">
-        <v>171.0</v>
+        <v>123.0</v>
       </c>
       <c r="F426" s="14" t="n">
-        <v>354.0</v>
+        <v>180.0</v>
       </c>
       <c r="G426" s="14" t="n">
-        <v>453.0</v>
+        <v>314.0</v>
       </c>
       <c r="H426" s="14" t="n">
-        <v>893.0</v>
+        <v>969.0</v>
       </c>
       <c r="I426" s="14" t="n">
-        <v>883.0</v>
+        <v>1451.0</v>
       </c>
       <c r="J426" s="14" t="n">
-        <v>1033.0</v>
+        <v>1781.0</v>
       </c>
       <c r="K426" s="14" t="n">
-        <v>648.0</v>
+        <v>173.0</v>
       </c>
       <c r="L426" s="14" t="n">
-        <v>89.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>258.0</v>
+      </c>
+      <c r="M426" s="14" t="n">
+        <v>122.0</v>
       </c>
       <c r="N426" s="14" t="n">
-        <v>82.0</v>
+        <v>191.0</v>
       </c>
     </row>
     <row r="427">
       <c r="A427" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Italy</t>
         </is>
       </c>
       <c r="B427" s="14" t="n">
-        <v>4658.0</v>
+        <v>3876.0</v>
       </c>
       <c r="C427" s="14" t="n">
-        <v>275.0</v>
+        <v>69.0</v>
       </c>
       <c r="D427" s="14" t="n">
-        <v>130.0</v>
+        <v>103.0</v>
       </c>
       <c r="E427" s="14" t="n">
-        <v>304.0</v>
+        <v>400.0</v>
       </c>
       <c r="F427" s="14" t="n">
-        <v>72.0</v>
+        <v>690.0</v>
       </c>
       <c r="G427" s="14" t="n">
-        <v>595.0</v>
+        <v>395.0</v>
       </c>
       <c r="H427" s="14" t="n">
-        <v>362.0</v>
+        <v>787.0</v>
       </c>
       <c r="I427" s="14" t="n">
-        <v>411.0</v>
+        <v>253.0</v>
       </c>
       <c r="J427" s="14" t="n">
-        <v>1412.0</v>
+        <v>536.0</v>
       </c>
       <c r="K427" s="14" t="n">
-        <v>455.0</v>
+        <v>314.0</v>
       </c>
       <c r="L427" s="14" t="n">
-        <v>326.0</v>
+        <v>225.0</v>
       </c>
       <c r="M427" s="14" t="n">
-        <v>106.0</v>
+        <v>80.0</v>
       </c>
       <c r="N427" s="14" t="n">
-        <v>211.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="428">
       <c r="A428" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Luxembourg</t>
         </is>
       </c>
       <c r="B428" s="14" t="n">
-        <v>103.0</v>
+        <v>552.0</v>
       </c>
       <c r="C428" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D428" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E428" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F428" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="G428" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="H428" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="I428" s="14" t="n">
-        <v>66.0</v>
+        <v>37.0</v>
       </c>
       <c r="J428" s="14" t="n">
-        <v>26.0</v>
-[...9 lines deleted...]
-        </is>
+        <v>46.0</v>
+      </c>
+      <c r="K428" s="14" t="n">
+        <v>82.0</v>
+      </c>
+      <c r="L428" s="14" t="n">
+        <v>72.0</v>
       </c>
       <c r="M428" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N428" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="429">
       <c r="A429" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Netherlands</t>
         </is>
       </c>
       <c r="B429" s="14" t="n">
-        <v>6175.0</v>
+        <v>5436.0</v>
       </c>
       <c r="C429" s="14" t="n">
-        <v>432.0</v>
+        <v>194.0</v>
       </c>
       <c r="D429" s="14" t="n">
-        <v>310.0</v>
+        <v>272.0</v>
       </c>
       <c r="E429" s="14" t="n">
-        <v>310.0</v>
+        <v>796.0</v>
       </c>
       <c r="F429" s="14" t="n">
-        <v>350.0</v>
+        <v>154.0</v>
       </c>
       <c r="G429" s="14" t="n">
-        <v>850.0</v>
+        <v>562.0</v>
       </c>
       <c r="H429" s="14" t="n">
-        <v>151.0</v>
+        <v>321.0</v>
       </c>
       <c r="I429" s="14" t="n">
-        <v>620.0</v>
+        <v>188.0</v>
       </c>
       <c r="J429" s="14" t="n">
-        <v>1477.0</v>
+        <v>1154.0</v>
       </c>
       <c r="K429" s="14" t="n">
-        <v>324.0</v>
+        <v>164.0</v>
       </c>
       <c r="L429" s="14" t="n">
-        <v>547.0</v>
+        <v>514.0</v>
       </c>
       <c r="M429" s="14" t="n">
-        <v>318.0</v>
+        <v>506.0</v>
       </c>
       <c r="N429" s="14" t="n">
-        <v>488.0</v>
+        <v>611.0</v>
       </c>
     </row>
     <row r="430">
       <c r="A430" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Poland</t>
         </is>
       </c>
       <c r="B430" s="14" t="n">
-        <v>4442.0</v>
+        <v>4304.0</v>
       </c>
       <c r="C430" s="14" t="n">
-        <v>248.0</v>
+        <v>169.0</v>
       </c>
       <c r="D430" s="14" t="n">
-        <v>189.0</v>
+        <v>149.0</v>
       </c>
       <c r="E430" s="14" t="n">
-        <v>384.0</v>
+        <v>980.0</v>
       </c>
       <c r="F430" s="14" t="n">
-        <v>219.0</v>
+        <v>592.0</v>
       </c>
       <c r="G430" s="14" t="n">
-        <v>232.0</v>
+        <v>424.0</v>
       </c>
       <c r="H430" s="14" t="n">
-        <v>488.0</v>
+        <v>364.0</v>
       </c>
       <c r="I430" s="14" t="n">
-        <v>603.0</v>
+        <v>190.0</v>
       </c>
       <c r="J430" s="14" t="n">
-        <v>520.0</v>
+        <v>373.0</v>
       </c>
       <c r="K430" s="14" t="n">
-        <v>445.0</v>
+        <v>242.0</v>
       </c>
       <c r="L430" s="14" t="n">
-        <v>206.0</v>
+        <v>421.0</v>
       </c>
       <c r="M430" s="14" t="n">
-        <v>512.0</v>
+        <v>275.0</v>
       </c>
       <c r="N430" s="14" t="n">
-        <v>396.0</v>
+        <v>126.0</v>
       </c>
     </row>
     <row r="431">
       <c r="A431" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Portugal</t>
         </is>
       </c>
       <c r="B431" s="14" t="n">
-        <v>13036.0</v>
+        <v>19780.0</v>
       </c>
       <c r="C431" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D431" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E431" s="14" t="n">
-        <v>163.0</v>
+        <v>302.0</v>
       </c>
       <c r="F431" s="14" t="n">
-        <v>227.0</v>
+        <v>240.0</v>
       </c>
       <c r="G431" s="14" t="n">
-        <v>153.0</v>
+        <v>434.0</v>
       </c>
       <c r="H431" s="14" t="n">
-        <v>935.0</v>
+        <v>1058.0</v>
       </c>
       <c r="I431" s="14" t="n">
-        <v>3271.0</v>
+        <v>6422.0</v>
       </c>
       <c r="J431" s="14" t="n">
-        <v>5497.0</v>
+        <v>8235.0</v>
       </c>
       <c r="K431" s="14" t="n">
-        <v>2393.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>2317.0</v>
+      </c>
+      <c r="L431" s="14" t="n">
+        <v>244.0</v>
       </c>
       <c r="M431" s="14" t="n">
-        <v>102.0</v>
-[...2 lines deleted...]
-        <v>190.0</v>
+        <v>250.0</v>
+      </c>
+      <c r="N431" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
     </row>
     <row r="432">
       <c r="A432" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Czech Republic</t>
         </is>
       </c>
       <c r="B432" s="14" t="n">
-        <v>7444.0</v>
+        <v>5599.0</v>
       </c>
       <c r="C432" s="14" t="n">
-        <v>13.0</v>
-[...17 lines deleted...]
-        </is>
+        <v>26.0</v>
+      </c>
+      <c r="D432" s="14" t="n">
+        <v>92.0</v>
+      </c>
+      <c r="E432" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="F432" s="14" t="n">
+        <v>34.0</v>
+      </c>
+      <c r="G432" s="14" t="n">
+        <v>96.0</v>
       </c>
       <c r="H432" s="14" t="n">
-        <v>2118.0</v>
+        <v>1855.0</v>
       </c>
       <c r="I432" s="14" t="n">
-        <v>1255.0</v>
+        <v>978.0</v>
       </c>
       <c r="J432" s="14" t="n">
-        <v>132.0</v>
+        <v>116.0</v>
       </c>
       <c r="K432" s="14" t="n">
-        <v>2373.0</v>
+        <v>1663.0</v>
       </c>
       <c r="L432" s="14" t="n">
-        <v>1334.0</v>
+        <v>670.0</v>
       </c>
       <c r="M432" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N432" s="14" t="n">
-        <v>78.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="433">
       <c r="A433" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Sweden</t>
         </is>
       </c>
       <c r="B433" s="14" t="n">
-        <v>28818.0</v>
+        <v>26788.0</v>
       </c>
       <c r="C433" s="14" t="n">
-        <v>1919.0</v>
+        <v>1883.0</v>
       </c>
       <c r="D433" s="14" t="n">
-        <v>2283.0</v>
+        <v>2723.0</v>
       </c>
       <c r="E433" s="14" t="n">
-        <v>4758.0</v>
+        <v>5738.0</v>
       </c>
       <c r="F433" s="14" t="n">
-        <v>2697.0</v>
+        <v>2005.0</v>
       </c>
       <c r="G433" s="14" t="n">
-        <v>664.0</v>
-[...2 lines deleted...]
-        <v>343.0</v>
+        <v>774.0</v>
+      </c>
+      <c r="H433" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="I433" s="14" t="n">
-        <v>775.0</v>
-[...2 lines deleted...]
-        <v>358.0</v>
+        <v>179.0</v>
+      </c>
+      <c r="J433" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="K433" s="14" t="n">
-        <v>914.0</v>
+        <v>600.0</v>
       </c>
       <c r="L433" s="14" t="n">
-        <v>6380.0</v>
+        <v>5449.0</v>
       </c>
       <c r="M433" s="14" t="n">
-        <v>6279.0</v>
+        <v>5585.0</v>
       </c>
       <c r="N433" s="14" t="n">
-        <v>1447.0</v>
+        <v>1639.0</v>
       </c>
     </row>
     <row r="434">
       <c r="A434" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of EU</t>
         </is>
       </c>
       <c r="B434" s="14" t="n">
-        <v>8506.0</v>
+        <v>10095.0</v>
       </c>
       <c r="C434" s="14" t="n">
-        <v>450.0</v>
+        <v>484.0</v>
       </c>
       <c r="D434" s="14" t="n">
-        <v>448.0</v>
+        <v>141.0</v>
       </c>
       <c r="E434" s="14" t="n">
-        <v>312.0</v>
+        <v>939.0</v>
       </c>
       <c r="F434" s="14" t="n">
-        <v>3077.0</v>
+        <v>1000.0</v>
       </c>
       <c r="G434" s="14" t="n">
-        <v>241.0</v>
+        <v>954.0</v>
       </c>
       <c r="H434" s="14" t="n">
-        <v>203.0</v>
+        <v>868.0</v>
       </c>
       <c r="I434" s="14" t="n">
-        <v>207.0</v>
+        <v>1407.0</v>
       </c>
       <c r="J434" s="14" t="n">
-        <v>1793.0</v>
+        <v>1559.0</v>
       </c>
       <c r="K434" s="14" t="n">
-        <v>958.0</v>
+        <v>1199.0</v>
       </c>
       <c r="L434" s="14" t="n">
-        <v>422.0</v>
+        <v>621.0</v>
       </c>
       <c r="M434" s="14" t="n">
-        <v>137.0</v>
+        <v>471.0</v>
       </c>
       <c r="N434" s="14" t="n">
-        <v>257.0</v>
+        <v>455.0</v>
       </c>
     </row>
     <row r="435">
       <c r="A435" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Norway</t>
         </is>
       </c>
       <c r="B435" s="14" t="n">
-        <v>5252.0</v>
+        <v>7324.0</v>
       </c>
       <c r="C435" s="14" t="n">
-        <v>351.0</v>
+        <v>235.0</v>
       </c>
       <c r="D435" s="14" t="n">
-        <v>260.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>231.0</v>
+      </c>
+      <c r="E435" s="14" t="n">
+        <v>1801.0</v>
       </c>
       <c r="F435" s="14" t="n">
-        <v>368.0</v>
+        <v>208.0</v>
       </c>
       <c r="G435" s="14" t="n">
-        <v>537.0</v>
+        <v>436.0</v>
       </c>
       <c r="H435" s="14" t="n">
-        <v>684.0</v>
+        <v>256.0</v>
       </c>
       <c r="I435" s="14" t="n">
-        <v>1096.0</v>
+        <v>1120.0</v>
       </c>
       <c r="J435" s="14" t="n">
-        <v>306.0</v>
+        <v>1004.0</v>
       </c>
       <c r="K435" s="14" t="n">
-        <v>832.0</v>
+        <v>652.0</v>
       </c>
       <c r="L435" s="14" t="n">
-        <v>539.0</v>
+        <v>910.0</v>
       </c>
       <c r="M435" s="14" t="n">
-        <v>144.0</v>
+        <v>294.0</v>
       </c>
       <c r="N435" s="14" t="n">
-        <v>103.0</v>
+        <v>177.0</v>
       </c>
     </row>
     <row r="436">
       <c r="A436" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    United Kingdom</t>
         </is>
       </c>
       <c r="B436" s="14" t="n">
-        <v>58549.0</v>
+        <v>56660.0</v>
       </c>
       <c r="C436" s="14" t="n">
-        <v>938.0</v>
+        <v>1780.0</v>
       </c>
       <c r="D436" s="14" t="n">
-        <v>1943.0</v>
+        <v>2213.0</v>
       </c>
       <c r="E436" s="14" t="n">
-        <v>2844.0</v>
+        <v>2466.0</v>
       </c>
       <c r="F436" s="14" t="n">
-        <v>4406.0</v>
+        <v>4649.0</v>
       </c>
       <c r="G436" s="14" t="n">
-        <v>6780.0</v>
+        <v>6256.0</v>
       </c>
       <c r="H436" s="14" t="n">
-        <v>7593.0</v>
+        <v>6731.0</v>
       </c>
       <c r="I436" s="14" t="n">
-        <v>6494.0</v>
+        <v>7913.0</v>
       </c>
       <c r="J436" s="14" t="n">
-        <v>10553.0</v>
+        <v>10006.0</v>
       </c>
       <c r="K436" s="14" t="n">
-        <v>7655.0</v>
+        <v>6154.0</v>
       </c>
       <c r="L436" s="14" t="n">
-        <v>6474.0</v>
+        <v>5623.0</v>
       </c>
       <c r="M436" s="14" t="n">
-        <v>1723.0</v>
+        <v>1798.0</v>
       </c>
       <c r="N436" s="14" t="n">
-        <v>1146.0</v>
+        <v>1073.0</v>
       </c>
     </row>
     <row r="437">
       <c r="A437" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Switzerland</t>
         </is>
       </c>
       <c r="B437" s="14" t="n">
-        <v>1649.0</v>
+        <v>2745.0</v>
       </c>
       <c r="C437" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D437" s="14" t="n">
-        <v>94.0</v>
-[...2 lines deleted...]
-        <v>100.0</v>
+        <v>178.0</v>
+      </c>
+      <c r="E437" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="F437" s="14" t="n">
-        <v>36.0</v>
+        <v>103.0</v>
       </c>
       <c r="G437" s="14" t="n">
-        <v>109.0</v>
+        <v>156.0</v>
       </c>
       <c r="H437" s="14" t="n">
-        <v>99.0</v>
+        <v>249.0</v>
       </c>
       <c r="I437" s="14" t="n">
-        <v>205.0</v>
+        <v>571.0</v>
       </c>
       <c r="J437" s="14" t="n">
+        <v>431.0</v>
+      </c>
+      <c r="K437" s="14" t="n">
+        <v>220.0</v>
+      </c>
+      <c r="L437" s="14" t="n">
         <v>213.0</v>
       </c>
-      <c r="K437" s="14" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="M437" s="14" t="n">
-        <v>119.0</v>
+        <v>113.0</v>
       </c>
       <c r="N437" s="14" t="n">
-        <v>111.0</v>
+        <v>158.0</v>
       </c>
     </row>
     <row r="438">
       <c r="A438" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of Europe</t>
         </is>
       </c>
       <c r="B438" s="14" t="n">
-        <v>6312.0</v>
+        <v>9638.0</v>
       </c>
       <c r="C438" s="14" t="n">
+        <v>178.0</v>
+      </c>
+      <c r="D438" s="14" t="n">
+        <v>602.0</v>
+      </c>
+      <c r="E438" s="14" t="n">
+        <v>401.0</v>
+      </c>
+      <c r="F438" s="14" t="n">
+        <v>163.0</v>
+      </c>
+      <c r="G438" s="14" t="n">
         <v>708.0</v>
       </c>
-      <c r="D438" s="14" t="n">
-[...10 lines deleted...]
-      </c>
       <c r="H438" s="14" t="n">
-        <v>448.0</v>
+        <v>1226.0</v>
       </c>
       <c r="I438" s="14" t="n">
-        <v>295.0</v>
+        <v>1755.0</v>
       </c>
       <c r="J438" s="14" t="n">
-        <v>980.0</v>
+        <v>2448.0</v>
       </c>
       <c r="K438" s="14" t="n">
-        <v>788.0</v>
+        <v>743.0</v>
       </c>
       <c r="L438" s="14" t="n">
-        <v>493.0</v>
+        <v>815.0</v>
       </c>
       <c r="M438" s="14" t="n">
-        <v>279.0</v>
+        <v>499.0</v>
       </c>
       <c r="N438" s="14" t="n">
-        <v>395.0</v>
+        <v>99.0</v>
       </c>
     </row>
     <row r="439">
       <c r="A439" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    United States</t>
         </is>
       </c>
       <c r="B439" s="14" t="n">
-        <v>2134.0</v>
+        <v>2957.0</v>
       </c>
       <c r="C439" s="14" t="n">
-        <v>184.0</v>
+        <v>35.0</v>
       </c>
       <c r="D439" s="14" t="n">
-        <v>255.0</v>
+        <v>105.0</v>
       </c>
       <c r="E439" s="14" t="n">
-        <v>133.0</v>
+        <v>179.0</v>
       </c>
       <c r="F439" s="14" t="n">
-        <v>171.0</v>
+        <v>572.0</v>
       </c>
       <c r="G439" s="14" t="n">
+        <v>208.0</v>
+      </c>
+      <c r="H439" s="14" t="n">
+        <v>208.0</v>
+      </c>
+      <c r="I439" s="14" t="n">
         <v>243.0</v>
       </c>
-      <c r="H439" s="14" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="J439" s="14" t="n">
-        <v>269.0</v>
+        <v>260.0</v>
       </c>
       <c r="K439" s="14" t="n">
-        <v>40.0</v>
+        <v>322.0</v>
       </c>
       <c r="L439" s="14" t="n">
-        <v>206.0</v>
+        <v>409.0</v>
       </c>
       <c r="M439" s="14" t="n">
-        <v>98.0</v>
+        <v>225.0</v>
       </c>
       <c r="N439" s="14" t="n">
-        <v>158.0</v>
+        <v>190.0</v>
       </c>
     </row>
     <row r="440">
       <c r="A440" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of America</t>
         </is>
       </c>
       <c r="B440" s="14" t="n">
-        <v>7488.0</v>
+        <v>5324.0</v>
       </c>
       <c r="C440" s="14" t="n">
-        <v>831.0</v>
+        <v>331.0</v>
       </c>
       <c r="D440" s="14" t="n">
-        <v>611.0</v>
+        <v>220.0</v>
       </c>
       <c r="E440" s="14" t="n">
-        <v>777.0</v>
+        <v>302.0</v>
       </c>
       <c r="F440" s="14" t="n">
-        <v>1061.0</v>
+        <v>262.0</v>
       </c>
       <c r="G440" s="14" t="n">
-        <v>568.0</v>
+        <v>380.0</v>
       </c>
       <c r="H440" s="14" t="n">
-        <v>528.0</v>
+        <v>316.0</v>
       </c>
       <c r="I440" s="14" t="n">
-        <v>576.0</v>
+        <v>375.0</v>
       </c>
       <c r="J440" s="14" t="n">
-        <v>657.0</v>
+        <v>825.0</v>
       </c>
       <c r="K440" s="14" t="n">
-        <v>509.0</v>
+        <v>652.0</v>
       </c>
       <c r="L440" s="14" t="n">
-        <v>653.0</v>
+        <v>901.0</v>
       </c>
       <c r="M440" s="14" t="n">
-        <v>261.0</v>
+        <v>383.0</v>
       </c>
       <c r="N440" s="14" t="n">
-        <v>455.0</v>
+        <v>376.0</v>
       </c>
     </row>
     <row r="441">
       <c r="A441" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    African Countries</t>
         </is>
       </c>
       <c r="B441" s="14" t="n">
-        <v>2864.0</v>
+        <v>2651.0</v>
       </c>
       <c r="C441" s="14" t="n">
-        <v>140.0</v>
+        <v>176.0</v>
       </c>
       <c r="D441" s="14" t="n">
-        <v>110.0</v>
-[...2 lines deleted...]
-        <v>92.0</v>
+        <v>181.0</v>
+      </c>
+      <c r="E441" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="F441" s="14" t="n">
-        <v>143.0</v>
+        <v>488.0</v>
       </c>
       <c r="G441" s="14" t="n">
-        <v>129.0</v>
+        <v>45.0</v>
       </c>
       <c r="H441" s="14" t="n">
-        <v>270.0</v>
+        <v>77.0</v>
       </c>
       <c r="I441" s="14" t="n">
-        <v>392.0</v>
+        <v>235.0</v>
       </c>
       <c r="J441" s="14" t="n">
-        <v>578.0</v>
+        <v>686.0</v>
       </c>
       <c r="K441" s="14" t="n">
-        <v>279.0</v>
+        <v>224.0</v>
       </c>
       <c r="L441" s="14" t="n">
-        <v>259.0</v>
+        <v>307.0</v>
       </c>
       <c r="M441" s="14" t="n">
-        <v>226.0</v>
-[...2 lines deleted...]
-        <v>245.0</v>
+        <v>180.0</v>
+      </c>
+      <c r="N441" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
     </row>
     <row r="442">
       <c r="A442" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of the world</t>
         </is>
       </c>
       <c r="B442" s="14" t="n">
-        <v>5932.0</v>
-[...2 lines deleted...]
-        <v>315.0</v>
+        <v>4534.0</v>
+      </c>
+      <c r="C442" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="D442" s="14" t="n">
-        <v>127.0</v>
-[...2 lines deleted...]
-        <v>274.0</v>
+        <v>319.0</v>
+      </c>
+      <c r="E442" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="F442" s="14" t="n">
-        <v>214.0</v>
+        <v>402.0</v>
       </c>
       <c r="G442" s="14" t="n">
-        <v>573.0</v>
+        <v>293.0</v>
       </c>
       <c r="H442" s="14" t="n">
-        <v>162.0</v>
+        <v>279.0</v>
       </c>
       <c r="I442" s="14" t="n">
-        <v>1637.0</v>
+        <v>191.0</v>
       </c>
       <c r="J442" s="14" t="n">
-        <v>999.0</v>
+        <v>313.0</v>
       </c>
       <c r="K442" s="14" t="n">
-        <v>511.0</v>
+        <v>288.0</v>
       </c>
       <c r="L442" s="14" t="n">
-        <v>417.0</v>
+        <v>80.0</v>
       </c>
       <c r="M442" s="14" t="n">
-        <v>338.0</v>
+        <v>651.0</v>
       </c>
       <c r="N442" s="14" t="n">
-        <v>365.0</v>
+        <v>1024.0</v>
       </c>
     </row>
     <row r="443">
       <c r="A443" s="6" t="inlineStr">
         <is>
-          <t>Navarra (Comunidad Foral de)</t>
+          <t>15 Navarra, Comunidad Foral de</t>
         </is>
       </c>
       <c r="B443" s="6"/>
       <c r="C443" s="6"/>
       <c r="D443" s="6"/>
       <c r="E443" s="6"/>
       <c r="F443" s="6"/>
       <c r="G443" s="6"/>
       <c r="H443" s="6"/>
       <c r="I443" s="6"/>
       <c r="J443" s="6"/>
       <c r="K443" s="6"/>
       <c r="L443" s="6"/>
       <c r="M443" s="6"/>
       <c r="N443" s="6"/>
     </row>
     <row r="444">
       <c r="A444" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B444" s="14" t="n">
-        <v>362653.0</v>
+        <v>466921.0</v>
       </c>
       <c r="C444" s="14" t="n">
-        <v>20820.0</v>
+        <v>21703.0</v>
       </c>
       <c r="D444" s="14" t="n">
-        <v>20585.0</v>
+        <v>22901.0</v>
       </c>
       <c r="E444" s="14" t="n">
-        <v>26149.0</v>
+        <v>26600.0</v>
       </c>
       <c r="F444" s="14" t="n">
-        <v>32348.0</v>
+        <v>28795.0</v>
       </c>
       <c r="G444" s="14" t="n">
-        <v>29668.0</v>
+        <v>33610.0</v>
       </c>
       <c r="H444" s="14" t="n">
-        <v>29705.0</v>
+        <v>26650.0</v>
       </c>
       <c r="I444" s="14" t="n">
-        <v>39555.0</v>
+        <v>67174.0</v>
       </c>
       <c r="J444" s="14" t="n">
-        <v>44072.0</v>
+        <v>67545.0</v>
       </c>
       <c r="K444" s="14" t="n">
-        <v>33183.0</v>
+        <v>50341.0</v>
       </c>
       <c r="L444" s="14" t="n">
-        <v>31152.0</v>
+        <v>47166.0</v>
       </c>
       <c r="M444" s="14" t="n">
-        <v>24737.0</v>
+        <v>37320.0</v>
       </c>
       <c r="N444" s="14" t="n">
-        <v>30680.0</v>
+        <v>37115.0</v>
       </c>
     </row>
     <row r="445">
       <c r="A445" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Spaniards</t>
         </is>
       </c>
       <c r="B445" s="14" t="n">
-        <v>256702.0</v>
+        <v>322402.0</v>
       </c>
       <c r="C445" s="14" t="n">
-        <v>14577.0</v>
+        <v>16205.0</v>
       </c>
       <c r="D445" s="14" t="n">
-        <v>14654.0</v>
+        <v>17212.0</v>
       </c>
       <c r="E445" s="14" t="n">
-        <v>18397.0</v>
+        <v>19397.0</v>
       </c>
       <c r="F445" s="14" t="n">
-        <v>22991.0</v>
+        <v>17002.0</v>
       </c>
       <c r="G445" s="14" t="n">
-        <v>16488.0</v>
+        <v>23824.0</v>
       </c>
       <c r="H445" s="14" t="n">
-        <v>19829.0</v>
+        <v>21455.0</v>
       </c>
       <c r="I445" s="14" t="n">
-        <v>24657.0</v>
+        <v>34973.0</v>
       </c>
       <c r="J445" s="14" t="n">
-        <v>32381.0</v>
+        <v>40412.0</v>
       </c>
       <c r="K445" s="14" t="n">
-        <v>24652.0</v>
+        <v>36490.0</v>
       </c>
       <c r="L445" s="14" t="n">
-        <v>22456.0</v>
+        <v>35658.0</v>
       </c>
       <c r="M445" s="14" t="n">
-        <v>21177.0</v>
+        <v>28250.0</v>
       </c>
       <c r="N445" s="14" t="n">
-        <v>24444.0</v>
+        <v>31523.0</v>
       </c>
     </row>
     <row r="446">
       <c r="A446" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Foreigners</t>
         </is>
       </c>
       <c r="B446" s="14" t="n">
-        <v>105951.0</v>
+        <v>144519.0</v>
       </c>
       <c r="C446" s="14" t="n">
-        <v>6243.0</v>
+        <v>5498.0</v>
       </c>
       <c r="D446" s="14" t="n">
-        <v>5931.0</v>
+        <v>5689.0</v>
       </c>
       <c r="E446" s="14" t="n">
-        <v>7752.0</v>
+        <v>7203.0</v>
       </c>
       <c r="F446" s="14" t="n">
-        <v>9357.0</v>
+        <v>11793.0</v>
       </c>
       <c r="G446" s="14" t="n">
-        <v>13180.0</v>
+        <v>9786.0</v>
       </c>
       <c r="H446" s="14" t="n">
-        <v>9876.0</v>
+        <v>5195.0</v>
       </c>
       <c r="I446" s="14" t="n">
-        <v>14898.0</v>
+        <v>32201.0</v>
       </c>
       <c r="J446" s="14" t="n">
-        <v>11691.0</v>
+        <v>27134.0</v>
       </c>
       <c r="K446" s="14" t="n">
-        <v>8530.0</v>
+        <v>13852.0</v>
       </c>
       <c r="L446" s="14" t="n">
-        <v>8696.0</v>
+        <v>11508.0</v>
       </c>
       <c r="M446" s="14" t="n">
-        <v>3560.0</v>
+        <v>9069.0</v>
       </c>
       <c r="N446" s="14" t="n">
-        <v>6236.0</v>
+        <v>5592.0</v>
       </c>
     </row>
     <row r="447">
       <c r="A447" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    European Union27 (without Spain)</t>
         </is>
       </c>
       <c r="B447" s="14" t="n">
-        <v>46849.0</v>
+        <v>83235.0</v>
       </c>
       <c r="C447" s="14" t="n">
-        <v>1164.0</v>
+        <v>3396.0</v>
       </c>
       <c r="D447" s="14" t="n">
-        <v>1094.0</v>
+        <v>4914.0</v>
       </c>
       <c r="E447" s="14" t="n">
-        <v>1584.0</v>
+        <v>5894.0</v>
       </c>
       <c r="F447" s="14" t="n">
-        <v>4678.0</v>
+        <v>7585.0</v>
       </c>
       <c r="G447" s="14" t="n">
-        <v>4566.0</v>
+        <v>6013.0</v>
       </c>
       <c r="H447" s="14" t="n">
-        <v>2930.0</v>
+        <v>1850.0</v>
       </c>
       <c r="I447" s="14" t="n">
-        <v>9314.0</v>
+        <v>15956.0</v>
       </c>
       <c r="J447" s="14" t="n">
-        <v>9145.0</v>
+        <v>16878.0</v>
       </c>
       <c r="K447" s="14" t="n">
-        <v>4252.0</v>
+        <v>6674.0</v>
       </c>
       <c r="L447" s="14" t="n">
-        <v>4547.0</v>
+        <v>5175.0</v>
       </c>
       <c r="M447" s="14" t="n">
-        <v>1283.0</v>
+        <v>5784.0</v>
       </c>
       <c r="N447" s="14" t="n">
-        <v>2292.0</v>
+        <v>3115.0</v>
       </c>
     </row>
     <row r="448">
       <c r="A448" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Germany</t>
         </is>
       </c>
       <c r="B448" s="14" t="n">
-        <v>3325.0</v>
+        <v>8602.0</v>
       </c>
       <c r="C448" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D448" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E448" s="14" t="n">
-        <v>512.0</v>
+        <v>539.0</v>
       </c>
       <c r="F448" s="14" t="n">
+        <v>773.0</v>
+      </c>
+      <c r="G448" s="14" t="n">
+        <v>187.0</v>
+      </c>
+      <c r="H448" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="I448" s="14" t="n">
+        <v>1809.0</v>
+      </c>
+      <c r="J448" s="14" t="n">
+        <v>1564.0</v>
+      </c>
+      <c r="K448" s="14" t="n">
+        <v>2521.0</v>
+      </c>
+      <c r="L448" s="14" t="n">
+        <v>554.0</v>
+      </c>
+      <c r="M448" s="14" t="n">
+        <v>334.0</v>
+      </c>
+      <c r="N448" s="14" t="n">
         <v>321.0</v>
-      </c>
-[...24 lines deleted...]
-        </is>
       </c>
     </row>
     <row r="449">
       <c r="A449" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Austria</t>
         </is>
       </c>
       <c r="B449" s="14" t="n">
-        <v>611.0</v>
+        <v>2763.0</v>
       </c>
       <c r="C449" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D449" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E449" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="F449" s="14" t="n">
-[...3 lines deleted...]
-        <v>489.0</v>
+      <c r="F449" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="G449" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="H449" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="I449" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="I449" s="14" t="n">
+        <v>1516.0</v>
       </c>
       <c r="J449" s="14" t="n">
-        <v>96.0</v>
+        <v>290.0</v>
       </c>
       <c r="K449" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="L449" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="L449" s="14" t="n">
+        <v>724.0</v>
       </c>
       <c r="M449" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="N449" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="N449" s="14" t="n">
+        <v>232.0</v>
       </c>
     </row>
     <row r="450">
       <c r="A450" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Belgium</t>
         </is>
       </c>
       <c r="B450" s="14" t="n">
-        <v>3487.0</v>
+        <v>3276.0</v>
       </c>
       <c r="C450" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D450" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E450" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F450" s="14" t="n">
-        <v>535.0</v>
-[...5 lines deleted...]
-        <v>101.0</v>
+        <v>229.0</v>
+      </c>
+      <c r="G450" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="H450" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="I450" s="14" t="n">
-        <v>793.0</v>
+        <v>909.0</v>
       </c>
       <c r="J450" s="14" t="n">
-        <v>1113.0</v>
+        <v>1622.0</v>
       </c>
       <c r="K450" s="14" t="n">
-        <v>600.0</v>
-[...2 lines deleted...]
-        <v>150.0</v>
+        <v>480.0</v>
+      </c>
+      <c r="L450" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="M450" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="N450" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="N450" s="14" t="n">
+        <v>36.0</v>
       </c>
     </row>
     <row r="451">
       <c r="A451" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Denmark</t>
         </is>
       </c>
       <c r="B451" s="14" t="n">
-        <v>647.0</v>
+        <v>841.0</v>
       </c>
       <c r="C451" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D451" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E451" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F451" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="G451" s="14" t="n">
-        <v>52.0</v>
+        <v>60.0</v>
       </c>
       <c r="H451" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="I451" s="14" t="n">
-        <v>178.0</v>
+        <v>685.0</v>
       </c>
       <c r="J451" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="K451" s="14" t="n">
-[...5 lines deleted...]
-        </is>
+      <c r="K451" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="L451" s="14" t="n">
+        <v>97.0</v>
       </c>
       <c r="M451" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N451" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="452">
       <c r="A452" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Finland</t>
         </is>
       </c>
       <c r="B452" s="14" t="n">
-        <v>2176.0</v>
-[...2 lines deleted...]
-        <v>473.0</v>
+        <v>797.0</v>
+      </c>
+      <c r="C452" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="D452" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E452" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F452" s="14" t="n">
-        <v>1203.0</v>
+        <v>343.0</v>
       </c>
       <c r="G452" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="H452" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="I452" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="J452" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="K452" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="L452" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="L452" s="14" t="n">
+        <v>97.0</v>
       </c>
       <c r="M452" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N452" s="14" t="n">
-        <v>500.0</v>
+        <v>357.0</v>
       </c>
     </row>
     <row r="453">
       <c r="A453" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    France</t>
         </is>
       </c>
       <c r="B453" s="14" t="n">
-        <v>25443.0</v>
+        <v>34066.0</v>
       </c>
       <c r="C453" s="14" t="n">
-        <v>573.0</v>
+        <v>1767.0</v>
       </c>
       <c r="D453" s="14" t="n">
-        <v>1094.0</v>
+        <v>1917.0</v>
       </c>
       <c r="E453" s="14" t="n">
-        <v>290.0</v>
+        <v>589.0</v>
       </c>
       <c r="F453" s="14" t="n">
-        <v>2112.0</v>
+        <v>4065.0</v>
       </c>
       <c r="G453" s="14" t="n">
-        <v>3135.0</v>
+        <v>5138.0</v>
       </c>
       <c r="H453" s="14" t="n">
-        <v>1313.0</v>
+        <v>1139.0</v>
       </c>
       <c r="I453" s="14" t="n">
-        <v>5275.0</v>
+        <v>5844.0</v>
       </c>
       <c r="J453" s="14" t="n">
-        <v>5679.0</v>
+        <v>7333.0</v>
       </c>
       <c r="K453" s="14" t="n">
-        <v>1643.0</v>
+        <v>1416.0</v>
       </c>
       <c r="L453" s="14" t="n">
-        <v>2886.0</v>
+        <v>1462.0</v>
       </c>
       <c r="M453" s="14" t="n">
-        <v>183.0</v>
+        <v>2282.0</v>
       </c>
       <c r="N453" s="14" t="n">
-        <v>1259.0</v>
+        <v>1116.0</v>
       </c>
     </row>
     <row r="454">
       <c r="A454" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Greece</t>
         </is>
       </c>
       <c r="B454" s="14" t="n">
-        <v>197.0</v>
+        <v>721.0</v>
       </c>
       <c r="C454" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D454" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="E454" s="14" t="n">
-        <v>120.0</v>
+      <c r="E454" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="F454" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="G454" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G454" s="14" t="n">
+        <v>127.0</v>
       </c>
       <c r="H454" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="I454" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="J454" s="14" t="n">
-        <v>77.0</v>
+      <c r="J454" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="K454" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="L454" s="13" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="L454" s="14" t="n">
+        <v>456.0</v>
+      </c>
+      <c r="M454" s="14" t="n">
+        <v>138.0</v>
       </c>
       <c r="N454" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="455">
       <c r="A455" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Ireland</t>
         </is>
       </c>
       <c r="B455" s="14" t="n">
-        <v>581.0</v>
+        <v>2550.0</v>
       </c>
       <c r="C455" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D455" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E455" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F455" s="14" t="n">
-        <v>53.0</v>
+        <v>114.0</v>
       </c>
       <c r="G455" s="14" t="n">
-        <v>293.0</v>
+        <v>90.0</v>
       </c>
       <c r="H455" s="14" t="n">
-        <v>101.0</v>
-[...19 lines deleted...]
-        </is>
+        <v>142.0</v>
+      </c>
+      <c r="I455" s="14" t="n">
+        <v>342.0</v>
+      </c>
+      <c r="J455" s="14" t="n">
+        <v>1234.0</v>
+      </c>
+      <c r="K455" s="14" t="n">
+        <v>144.0</v>
+      </c>
+      <c r="L455" s="14" t="n">
+        <v>483.0</v>
       </c>
       <c r="M455" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="N455" s="14" t="n">
-        <v>133.0</v>
+      <c r="N455" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
     </row>
     <row r="456">
       <c r="A456" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Italy</t>
         </is>
       </c>
       <c r="B456" s="14" t="n">
-        <v>2332.0</v>
-[...7 lines deleted...]
-        </is>
+        <v>9863.0</v>
+      </c>
+      <c r="C456" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="D456" s="14" t="n">
+        <v>585.0</v>
       </c>
       <c r="E456" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F456" s="14" t="n">
-        <v>214.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>343.0</v>
+      </c>
+      <c r="G456" s="14" t="n">
+        <v>157.0</v>
       </c>
       <c r="H456" s="14" t="n">
+        <v>142.0</v>
+      </c>
+      <c r="I456" s="14" t="n">
+        <v>1956.0</v>
+      </c>
+      <c r="J456" s="14" t="n">
+        <v>2690.0</v>
+      </c>
+      <c r="K456" s="14" t="n">
+        <v>456.0</v>
+      </c>
+      <c r="L456" s="14" t="n">
+        <v>628.0</v>
+      </c>
+      <c r="M456" s="14" t="n">
+        <v>1908.0</v>
+      </c>
+      <c r="N456" s="14" t="n">
         <v>303.0</v>
-      </c>
-[...18 lines deleted...]
-        </is>
       </c>
     </row>
     <row r="457">
       <c r="A457" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Luxembourg</t>
         </is>
       </c>
       <c r="B457" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C457" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D457" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E457" s="13" t="inlineStr">
         <is>
@@ -22583,2989 +22569,2967 @@
         </is>
       </c>
       <c r="L457" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="M457" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N457" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="458">
       <c r="A458" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Netherlands</t>
         </is>
       </c>
       <c r="B458" s="14" t="n">
-        <v>5354.0</v>
+        <v>3816.0</v>
       </c>
       <c r="C458" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D458" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="E458" s="14" t="n">
-        <v>361.0</v>
+      <c r="E458" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="F458" s="14" t="n">
-        <v>214.0</v>
+        <v>200.0</v>
       </c>
       <c r="G458" s="14" t="n">
-        <v>147.0</v>
+        <v>191.0</v>
       </c>
       <c r="H458" s="14" t="n">
-        <v>556.0</v>
+        <v>213.0</v>
       </c>
       <c r="I458" s="14" t="n">
-        <v>2174.0</v>
+        <v>764.0</v>
       </c>
       <c r="J458" s="14" t="n">
-        <v>759.0</v>
+        <v>1613.0</v>
       </c>
       <c r="K458" s="14" t="n">
-        <v>887.0</v>
-[...12 lines deleted...]
-        </is>
+        <v>240.0</v>
+      </c>
+      <c r="L458" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="M458" s="14" t="n">
+        <v>59.0</v>
+      </c>
+      <c r="N458" s="14" t="n">
+        <v>536.0</v>
       </c>
     </row>
     <row r="459">
       <c r="A459" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Poland</t>
         </is>
       </c>
       <c r="B459" s="14" t="n">
-        <v>158.0</v>
+        <v>1009.0</v>
       </c>
       <c r="C459" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D459" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E459" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F459" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="G459" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="H459" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="I459" s="14" t="n">
-        <v>51.0</v>
+        <v>391.0</v>
       </c>
       <c r="J459" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="K459" s="13" t="inlineStr">
-[...5 lines deleted...]
-        <v>107.0</v>
+      <c r="K459" s="14" t="n">
+        <v>528.0</v>
+      </c>
+      <c r="L459" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="M459" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="N459" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="N459" s="14" t="n">
+        <v>89.0</v>
       </c>
     </row>
     <row r="460">
       <c r="A460" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Portugal</t>
         </is>
       </c>
       <c r="B460" s="14" t="n">
-        <v>1719.0</v>
-[...19 lines deleted...]
-        </is>
+        <v>12287.0</v>
+      </c>
+      <c r="C460" s="14" t="n">
+        <v>1473.0</v>
+      </c>
+      <c r="D460" s="14" t="n">
+        <v>2412.0</v>
+      </c>
+      <c r="E460" s="14" t="n">
+        <v>4073.0</v>
+      </c>
+      <c r="F460" s="14" t="n">
+        <v>1403.0</v>
       </c>
       <c r="G460" s="14" t="n">
-        <v>98.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>64.0</v>
+      </c>
+      <c r="H460" s="14" t="n">
+        <v>213.0</v>
       </c>
       <c r="I460" s="14" t="n">
-        <v>102.0</v>
+        <v>831.0</v>
       </c>
       <c r="J460" s="14" t="n">
-        <v>335.0</v>
-[...9 lines deleted...]
-        </is>
+        <v>266.0</v>
+      </c>
+      <c r="K460" s="14" t="n">
+        <v>264.0</v>
+      </c>
+      <c r="L460" s="14" t="n">
+        <v>314.0</v>
       </c>
       <c r="M460" s="14" t="n">
-        <v>785.0</v>
+        <v>885.0</v>
       </c>
       <c r="N460" s="14" t="n">
-        <v>400.0</v>
+        <v>89.0</v>
       </c>
     </row>
     <row r="461">
       <c r="A461" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Czech Republic</t>
         </is>
       </c>
-      <c r="B461" s="14" t="n">
-        <v>505.0</v>
+      <c r="B461" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="C461" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D461" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="E461" s="14" t="n">
-        <v>301.0</v>
+      <c r="E461" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="F461" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="G461" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="H461" s="14" t="n">
-        <v>152.0</v>
+      <c r="H461" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="I461" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="J461" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="K461" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="L461" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="M461" s="14" t="n">
-        <v>52.0</v>
+      <c r="M461" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="N461" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="462">
       <c r="A462" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Sweden</t>
         </is>
       </c>
-      <c r="B462" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="B462" s="14" t="n">
+        <v>1253.0</v>
       </c>
       <c r="C462" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D462" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E462" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F462" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="G462" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="H462" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="I462" s="13" t="inlineStr">
-[...12 lines deleted...]
-        </is>
+      <c r="I462" s="14" t="n">
+        <v>859.0</v>
+      </c>
+      <c r="J462" s="14" t="n">
+        <v>121.0</v>
+      </c>
+      <c r="K462" s="14" t="n">
+        <v>96.0</v>
       </c>
       <c r="L462" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="M462" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="M462" s="14" t="n">
+        <v>177.0</v>
       </c>
       <c r="N462" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="463">
       <c r="A463" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of EU</t>
         </is>
       </c>
       <c r="B463" s="14" t="n">
-        <v>313.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>1391.0</v>
+      </c>
+      <c r="C463" s="14" t="n">
+        <v>157.0</v>
       </c>
       <c r="D463" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E463" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="F463" s="13" t="inlineStr">
-[...5 lines deleted...]
-        <v>104.0</v>
+      <c r="F463" s="14" t="n">
+        <v>114.0</v>
+      </c>
+      <c r="G463" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="H463" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="I463" s="13" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="I463" s="14" t="n">
+        <v>49.0</v>
+      </c>
+      <c r="J463" s="14" t="n">
+        <v>145.0</v>
       </c>
       <c r="K463" s="14" t="n">
-        <v>209.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>528.0</v>
+      </c>
+      <c r="L463" s="14" t="n">
+        <v>362.0</v>
       </c>
       <c r="M463" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="N463" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="N463" s="14" t="n">
+        <v>36.0</v>
       </c>
     </row>
     <row r="464">
       <c r="A464" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Norway</t>
         </is>
       </c>
-      <c r="B464" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="B464" s="14" t="n">
+        <v>49.0</v>
       </c>
       <c r="C464" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D464" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E464" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F464" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="G464" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="H464" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="I464" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="I464" s="14" t="n">
+        <v>49.0</v>
       </c>
       <c r="J464" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="K464" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="L464" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="M464" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N464" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="465">
       <c r="A465" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    United Kingdom</t>
         </is>
       </c>
       <c r="B465" s="14" t="n">
-        <v>4980.0</v>
-[...8 lines deleted...]
-        <v>28.0</v>
+        <v>5368.0</v>
+      </c>
+      <c r="C465" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="D465" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="E465" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="F465" s="14" t="n">
-        <v>454.0</v>
+        <v>1374.0</v>
       </c>
       <c r="G465" s="14" t="n">
-        <v>261.0</v>
+        <v>191.0</v>
       </c>
       <c r="H465" s="14" t="n">
-        <v>354.0</v>
+        <v>285.0</v>
       </c>
       <c r="I465" s="14" t="n">
-        <v>858.0</v>
+        <v>391.0</v>
       </c>
       <c r="J465" s="14" t="n">
-        <v>306.0</v>
+        <v>1380.0</v>
       </c>
       <c r="K465" s="14" t="n">
-        <v>1252.0</v>
+        <v>1032.0</v>
       </c>
       <c r="L465" s="14" t="n">
-        <v>866.0</v>
+        <v>362.0</v>
       </c>
       <c r="M465" s="14" t="n">
-        <v>26.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>197.0</v>
+      </c>
+      <c r="N465" s="14" t="n">
+        <v>156.0</v>
       </c>
     </row>
     <row r="466">
       <c r="A466" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Switzerland</t>
         </is>
       </c>
       <c r="B466" s="14" t="n">
-        <v>737.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>714.0</v>
+      </c>
+      <c r="C466" s="14" t="n">
+        <v>157.0</v>
       </c>
       <c r="D466" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E466" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F466" s="14" t="n">
-        <v>107.0</v>
+        <v>57.0</v>
       </c>
       <c r="G466" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="H466" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="I466" s="14" t="n">
-        <v>153.0</v>
-[...7 lines deleted...]
-        </is>
+        <v>147.0</v>
+      </c>
+      <c r="J466" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="K466" s="14" t="n">
+        <v>144.0</v>
       </c>
       <c r="L466" s="14" t="n">
-        <v>375.0</v>
+        <v>210.0</v>
       </c>
       <c r="M466" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N466" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="467">
       <c r="A467" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of Europe</t>
         </is>
       </c>
       <c r="B467" s="14" t="n">
-        <v>2007.0</v>
+        <v>2659.0</v>
       </c>
       <c r="C467" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D467" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E467" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="F467" s="14" t="n">
-        <v>321.0</v>
+      <c r="F467" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="G467" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="H467" s="13" t="inlineStr">
-[...5 lines deleted...]
-        <v>102.0</v>
+      <c r="H467" s="14" t="n">
+        <v>1103.0</v>
+      </c>
+      <c r="I467" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="J467" s="14" t="n">
-        <v>102.0</v>
+        <v>762.0</v>
       </c>
       <c r="K467" s="14" t="n">
+        <v>576.0</v>
+      </c>
+      <c r="L467" s="14" t="n">
+        <v>24.0</v>
+      </c>
+      <c r="M467" s="14" t="n">
         <v>157.0</v>
       </c>
-      <c r="L467" s="13" t="inlineStr">
-[...12 lines deleted...]
-        </is>
+      <c r="N467" s="14" t="n">
+        <v>36.0</v>
       </c>
     </row>
     <row r="468">
       <c r="A468" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    United States</t>
         </is>
       </c>
       <c r="B468" s="14" t="n">
-        <v>12346.0</v>
+        <v>13463.0</v>
       </c>
       <c r="C468" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D468" s="14" t="n">
-        <v>230.0</v>
-[...2 lines deleted...]
-        <v>1353.0</v>
+        <v>31.0</v>
+      </c>
+      <c r="E468" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="F468" s="14" t="n">
-        <v>1256.0</v>
+        <v>515.0</v>
       </c>
       <c r="G468" s="14" t="n">
-        <v>1114.0</v>
+        <v>1870.0</v>
       </c>
       <c r="H468" s="14" t="n">
-        <v>1667.0</v>
+        <v>498.0</v>
       </c>
       <c r="I468" s="14" t="n">
-        <v>2851.0</v>
+        <v>5422.0</v>
       </c>
       <c r="J468" s="14" t="n">
-        <v>368.0</v>
+        <v>1458.0</v>
       </c>
       <c r="K468" s="14" t="n">
-        <v>261.0</v>
+        <v>1897.0</v>
       </c>
       <c r="L468" s="14" t="n">
-        <v>971.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>990.0</v>
+      </c>
+      <c r="M468" s="14" t="n">
+        <v>728.0</v>
       </c>
       <c r="N468" s="14" t="n">
-        <v>1489.0</v>
+        <v>54.0</v>
       </c>
     </row>
     <row r="469">
       <c r="A469" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of America</t>
         </is>
       </c>
       <c r="B469" s="14" t="n">
-        <v>24184.0</v>
+        <v>24486.0</v>
       </c>
       <c r="C469" s="14" t="n">
-        <v>3103.0</v>
+        <v>1788.0</v>
       </c>
       <c r="D469" s="14" t="n">
-        <v>4117.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>117.0</v>
+      </c>
+      <c r="E469" s="14" t="n">
+        <v>1308.0</v>
       </c>
       <c r="F469" s="14" t="n">
-        <v>2112.0</v>
+        <v>1030.0</v>
       </c>
       <c r="G469" s="14" t="n">
-        <v>4473.0</v>
+        <v>788.0</v>
       </c>
       <c r="H469" s="14" t="n">
-        <v>4117.0</v>
+        <v>1032.0</v>
       </c>
       <c r="I469" s="14" t="n">
-        <v>915.0</v>
+        <v>5355.0</v>
       </c>
       <c r="J469" s="14" t="n">
-        <v>223.0</v>
+        <v>5301.0</v>
       </c>
       <c r="K469" s="14" t="n">
-        <v>1043.0</v>
+        <v>2617.0</v>
       </c>
       <c r="L469" s="14" t="n">
-        <v>212.0</v>
+        <v>3091.0</v>
       </c>
       <c r="M469" s="14" t="n">
-        <v>131.0</v>
+        <v>1220.0</v>
       </c>
       <c r="N469" s="14" t="n">
-        <v>576.0</v>
+        <v>839.0</v>
       </c>
     </row>
     <row r="470">
       <c r="A470" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    African Countries</t>
         </is>
       </c>
       <c r="B470" s="14" t="n">
-        <v>1012.0</v>
+        <v>1978.0</v>
       </c>
       <c r="C470" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D470" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E470" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="F470" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F470" s="14" t="n">
+        <v>343.0</v>
       </c>
       <c r="G470" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="H470" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="I470" s="13" t="inlineStr">
-[...20 lines deleted...]
-        </is>
+      <c r="I470" s="14" t="n">
+        <v>954.0</v>
+      </c>
+      <c r="J470" s="14" t="n">
+        <v>48.0</v>
+      </c>
+      <c r="K470" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="L470" s="14" t="n">
+        <v>241.0</v>
+      </c>
+      <c r="M470" s="14" t="n">
+        <v>177.0</v>
       </c>
       <c r="N470" s="14" t="n">
-        <v>959.0</v>
+        <v>214.0</v>
       </c>
     </row>
     <row r="471">
       <c r="A471" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of the world</t>
         </is>
       </c>
       <c r="B471" s="14" t="n">
-        <v>12744.0</v>
-[...2 lines deleted...]
-        <v>473.0</v>
+        <v>11091.0</v>
+      </c>
+      <c r="C471" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="D471" s="14" t="n">
-        <v>144.0</v>
-[...2 lines deleted...]
-        <v>1626.0</v>
+        <v>627.0</v>
+      </c>
+      <c r="E471" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="F471" s="14" t="n">
-        <v>428.0</v>
+        <v>716.0</v>
       </c>
       <c r="G471" s="14" t="n">
-        <v>1828.0</v>
+        <v>923.0</v>
       </c>
       <c r="H471" s="14" t="n">
-        <v>808.0</v>
+        <v>427.0</v>
       </c>
       <c r="I471" s="14" t="n">
-        <v>705.0</v>
+        <v>3634.0</v>
       </c>
       <c r="J471" s="14" t="n">
-        <v>1291.0</v>
+        <v>1112.0</v>
       </c>
       <c r="K471" s="14" t="n">
-        <v>1461.0</v>
+        <v>816.0</v>
       </c>
       <c r="L471" s="14" t="n">
-        <v>1725.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>1246.0</v>
+      </c>
+      <c r="M471" s="14" t="n">
+        <v>787.0</v>
       </c>
       <c r="N471" s="14" t="n">
-        <v>919.0</v>
+        <v>803.0</v>
       </c>
     </row>
     <row r="472">
       <c r="A472" s="6" t="inlineStr">
         <is>
-          <t>País Vasco</t>
+          <t>16 País Vasco</t>
         </is>
       </c>
       <c r="B472" s="6"/>
       <c r="C472" s="6"/>
       <c r="D472" s="6"/>
       <c r="E472" s="6"/>
       <c r="F472" s="6"/>
       <c r="G472" s="6"/>
       <c r="H472" s="6"/>
       <c r="I472" s="6"/>
       <c r="J472" s="6"/>
       <c r="K472" s="6"/>
       <c r="L472" s="6"/>
       <c r="M472" s="6"/>
       <c r="N472" s="6"/>
     </row>
     <row r="473">
       <c r="A473" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B473" s="14" t="n">
-        <v>731680.0</v>
+        <v>827928.0</v>
       </c>
       <c r="C473" s="14" t="n">
-        <v>36100.0</v>
+        <v>38390.0</v>
       </c>
       <c r="D473" s="14" t="n">
-        <v>39526.0</v>
+        <v>44803.0</v>
       </c>
       <c r="E473" s="14" t="n">
-        <v>43189.0</v>
+        <v>63395.0</v>
       </c>
       <c r="F473" s="14" t="n">
-        <v>62190.0</v>
+        <v>60569.0</v>
       </c>
       <c r="G473" s="14" t="n">
-        <v>61554.0</v>
+        <v>77089.0</v>
       </c>
       <c r="H473" s="14" t="n">
-        <v>66664.0</v>
+        <v>74712.0</v>
       </c>
       <c r="I473" s="14" t="n">
-        <v>89893.0</v>
+        <v>94079.0</v>
       </c>
       <c r="J473" s="14" t="n">
-        <v>99964.0</v>
+        <v>112323.0</v>
       </c>
       <c r="K473" s="14" t="n">
-        <v>75278.0</v>
+        <v>75979.0</v>
       </c>
       <c r="L473" s="14" t="n">
-        <v>62570.0</v>
+        <v>70334.0</v>
       </c>
       <c r="M473" s="14" t="n">
-        <v>44354.0</v>
+        <v>57967.0</v>
       </c>
       <c r="N473" s="14" t="n">
-        <v>50398.0</v>
+        <v>58289.0</v>
       </c>
     </row>
     <row r="474">
       <c r="A474" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Spaniards</t>
         </is>
       </c>
       <c r="B474" s="14" t="n">
-        <v>414557.0</v>
+        <v>457177.0</v>
       </c>
       <c r="C474" s="14" t="n">
-        <v>25692.0</v>
+        <v>26217.0</v>
       </c>
       <c r="D474" s="14" t="n">
-        <v>26903.0</v>
+        <v>28903.0</v>
       </c>
       <c r="E474" s="14" t="n">
-        <v>28963.0</v>
+        <v>42324.0</v>
       </c>
       <c r="F474" s="14" t="n">
-        <v>39186.0</v>
+        <v>34476.0</v>
       </c>
       <c r="G474" s="14" t="n">
-        <v>30651.0</v>
+        <v>37920.0</v>
       </c>
       <c r="H474" s="14" t="n">
-        <v>29664.0</v>
+        <v>36174.0</v>
       </c>
       <c r="I474" s="14" t="n">
-        <v>44102.0</v>
+        <v>42852.0</v>
       </c>
       <c r="J474" s="14" t="n">
-        <v>53343.0</v>
+        <v>54254.0</v>
       </c>
       <c r="K474" s="14" t="n">
-        <v>39840.0</v>
+        <v>39199.0</v>
       </c>
       <c r="L474" s="14" t="n">
-        <v>32126.0</v>
+        <v>35183.0</v>
       </c>
       <c r="M474" s="14" t="n">
-        <v>28612.0</v>
+        <v>38363.0</v>
       </c>
       <c r="N474" s="14" t="n">
-        <v>35474.0</v>
+        <v>41314.0</v>
       </c>
     </row>
     <row r="475">
       <c r="A475" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Foreigners</t>
         </is>
       </c>
       <c r="B475" s="14" t="n">
-        <v>317123.0</v>
+        <v>370751.0</v>
       </c>
       <c r="C475" s="14" t="n">
-        <v>10408.0</v>
+        <v>12174.0</v>
       </c>
       <c r="D475" s="14" t="n">
-        <v>12623.0</v>
+        <v>15900.0</v>
       </c>
       <c r="E475" s="14" t="n">
-        <v>14226.0</v>
+        <v>21071.0</v>
       </c>
       <c r="F475" s="14" t="n">
-        <v>23004.0</v>
+        <v>26092.0</v>
       </c>
       <c r="G475" s="14" t="n">
-        <v>30903.0</v>
+        <v>39169.0</v>
       </c>
       <c r="H475" s="14" t="n">
-        <v>37000.0</v>
+        <v>38538.0</v>
       </c>
       <c r="I475" s="14" t="n">
-        <v>45791.0</v>
+        <v>51227.0</v>
       </c>
       <c r="J475" s="14" t="n">
-        <v>46621.0</v>
+        <v>58069.0</v>
       </c>
       <c r="K475" s="14" t="n">
-        <v>35438.0</v>
+        <v>36780.0</v>
       </c>
       <c r="L475" s="14" t="n">
-        <v>30444.0</v>
+        <v>35151.0</v>
       </c>
       <c r="M475" s="14" t="n">
-        <v>15742.0</v>
+        <v>19604.0</v>
       </c>
       <c r="N475" s="14" t="n">
-        <v>14924.0</v>
+        <v>16974.0</v>
       </c>
     </row>
     <row r="476">
       <c r="A476" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    European Union27 (without Spain)</t>
         </is>
       </c>
       <c r="B476" s="14" t="n">
-        <v>151504.0</v>
+        <v>185772.0</v>
       </c>
       <c r="C476" s="14" t="n">
-        <v>4341.0</v>
+        <v>5154.0</v>
       </c>
       <c r="D476" s="14" t="n">
-        <v>6394.0</v>
+        <v>8217.0</v>
       </c>
       <c r="E476" s="14" t="n">
-        <v>6210.0</v>
+        <v>11401.0</v>
       </c>
       <c r="F476" s="14" t="n">
-        <v>11692.0</v>
+        <v>13099.0</v>
       </c>
       <c r="G476" s="14" t="n">
-        <v>14150.0</v>
+        <v>19662.0</v>
       </c>
       <c r="H476" s="14" t="n">
-        <v>15598.0</v>
+        <v>16367.0</v>
       </c>
       <c r="I476" s="14" t="n">
-        <v>22529.0</v>
+        <v>26234.0</v>
       </c>
       <c r="J476" s="14" t="n">
-        <v>29889.0</v>
+        <v>35779.0</v>
       </c>
       <c r="K476" s="14" t="n">
-        <v>13938.0</v>
+        <v>15583.0</v>
       </c>
       <c r="L476" s="14" t="n">
-        <v>13445.0</v>
+        <v>17406.0</v>
       </c>
       <c r="M476" s="14" t="n">
-        <v>6851.0</v>
+        <v>8967.0</v>
       </c>
       <c r="N476" s="14" t="n">
-        <v>6467.0</v>
+        <v>7903.0</v>
       </c>
     </row>
     <row r="477">
       <c r="A477" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Germany</t>
         </is>
       </c>
       <c r="B477" s="14" t="n">
-        <v>20299.0</v>
+        <v>23346.0</v>
       </c>
       <c r="C477" s="14" t="n">
-        <v>440.0</v>
+        <v>387.0</v>
       </c>
       <c r="D477" s="14" t="n">
-        <v>557.0</v>
+        <v>595.0</v>
       </c>
       <c r="E477" s="14" t="n">
-        <v>903.0</v>
+        <v>1500.0</v>
       </c>
       <c r="F477" s="14" t="n">
-        <v>1204.0</v>
+        <v>1108.0</v>
       </c>
       <c r="G477" s="14" t="n">
-        <v>2046.0</v>
+        <v>2549.0</v>
       </c>
       <c r="H477" s="14" t="n">
-        <v>2577.0</v>
+        <v>3025.0</v>
       </c>
       <c r="I477" s="14" t="n">
-        <v>3311.0</v>
+        <v>2865.0</v>
       </c>
       <c r="J477" s="14" t="n">
-        <v>3610.0</v>
+        <v>4844.0</v>
       </c>
       <c r="K477" s="14" t="n">
-        <v>2450.0</v>
+        <v>2883.0</v>
       </c>
       <c r="L477" s="14" t="n">
-        <v>2108.0</v>
+        <v>2357.0</v>
       </c>
       <c r="M477" s="14" t="n">
-        <v>659.0</v>
+        <v>614.0</v>
       </c>
       <c r="N477" s="14" t="n">
-        <v>432.0</v>
+        <v>619.0</v>
       </c>
     </row>
     <row r="478">
       <c r="A478" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Austria</t>
         </is>
       </c>
       <c r="B478" s="14" t="n">
-        <v>2394.0</v>
+        <v>2863.0</v>
       </c>
       <c r="C478" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D478" s="14" t="n">
-        <v>32.0</v>
+        <v>68.0</v>
       </c>
       <c r="E478" s="14" t="n">
-        <v>54.0</v>
+        <v>88.0</v>
       </c>
       <c r="F478" s="14" t="n">
-        <v>133.0</v>
+        <v>176.0</v>
       </c>
       <c r="G478" s="14" t="n">
-        <v>99.0</v>
+        <v>225.0</v>
       </c>
       <c r="H478" s="14" t="n">
-        <v>275.0</v>
+        <v>180.0</v>
       </c>
       <c r="I478" s="14" t="n">
-        <v>679.0</v>
+        <v>525.0</v>
       </c>
       <c r="J478" s="14" t="n">
-        <v>413.0</v>
+        <v>702.0</v>
       </c>
       <c r="K478" s="14" t="n">
-        <v>258.0</v>
+        <v>379.0</v>
       </c>
       <c r="L478" s="14" t="n">
-        <v>210.0</v>
-[...2 lines deleted...]
-        <v>199.0</v>
+        <v>320.0</v>
+      </c>
+      <c r="M478" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="N478" s="14" t="n">
-        <v>31.0</v>
+        <v>53.0</v>
       </c>
     </row>
     <row r="479">
       <c r="A479" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Belgium</t>
         </is>
       </c>
       <c r="B479" s="14" t="n">
-        <v>5681.0</v>
+        <v>7981.0</v>
       </c>
       <c r="C479" s="14" t="n">
-        <v>93.0</v>
+        <v>65.0</v>
       </c>
       <c r="D479" s="14" t="n">
-        <v>175.0</v>
+        <v>197.0</v>
       </c>
       <c r="E479" s="14" t="n">
-        <v>40.0</v>
+        <v>412.0</v>
       </c>
       <c r="F479" s="14" t="n">
-        <v>288.0</v>
+        <v>486.0</v>
       </c>
       <c r="G479" s="14" t="n">
-        <v>261.0</v>
+        <v>675.0</v>
       </c>
       <c r="H479" s="14" t="n">
-        <v>274.0</v>
+        <v>394.0</v>
       </c>
       <c r="I479" s="14" t="n">
-        <v>1556.0</v>
+        <v>2284.0</v>
       </c>
       <c r="J479" s="14" t="n">
-        <v>1515.0</v>
+        <v>1206.0</v>
       </c>
       <c r="K479" s="14" t="n">
-        <v>879.0</v>
+        <v>601.0</v>
       </c>
       <c r="L479" s="14" t="n">
-        <v>275.0</v>
+        <v>890.0</v>
       </c>
       <c r="M479" s="14" t="n">
-        <v>215.0</v>
+        <v>492.0</v>
       </c>
       <c r="N479" s="14" t="n">
-        <v>110.0</v>
+        <v>281.0</v>
       </c>
     </row>
     <row r="480">
       <c r="A480" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Denmark</t>
         </is>
       </c>
       <c r="B480" s="14" t="n">
-        <v>3233.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>3691.0</v>
+      </c>
+      <c r="C480" s="14" t="n">
+        <v>87.0</v>
       </c>
       <c r="D480" s="14" t="n">
-        <v>104.0</v>
+        <v>112.0</v>
       </c>
       <c r="E480" s="14" t="n">
-        <v>44.0</v>
+        <v>383.0</v>
       </c>
       <c r="F480" s="14" t="n">
-        <v>230.0</v>
+        <v>299.0</v>
       </c>
       <c r="G480" s="14" t="n">
-        <v>169.0</v>
+        <v>227.0</v>
       </c>
       <c r="H480" s="14" t="n">
-        <v>295.0</v>
+        <v>315.0</v>
       </c>
       <c r="I480" s="14" t="n">
-        <v>1042.0</v>
+        <v>881.0</v>
       </c>
       <c r="J480" s="14" t="n">
-        <v>382.0</v>
+        <v>280.0</v>
       </c>
       <c r="K480" s="14" t="n">
-        <v>342.0</v>
+        <v>401.0</v>
       </c>
       <c r="L480" s="14" t="n">
-        <v>397.0</v>
+        <v>517.0</v>
       </c>
       <c r="M480" s="14" t="n">
-        <v>121.0</v>
+        <v>110.0</v>
       </c>
       <c r="N480" s="14" t="n">
-        <v>99.0</v>
+        <v>79.0</v>
       </c>
     </row>
     <row r="481">
       <c r="A481" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Finland</t>
         </is>
       </c>
       <c r="B481" s="14" t="n">
-        <v>1308.0</v>
-[...2 lines deleted...]
-        <v>53.0</v>
+        <v>1766.0</v>
+      </c>
+      <c r="C481" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="D481" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="E481" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E481" s="14" t="n">
+        <v>345.0</v>
       </c>
       <c r="F481" s="14" t="n">
-        <v>139.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>128.0</v>
+      </c>
+      <c r="G481" s="14" t="n">
+        <v>48.0</v>
       </c>
       <c r="H481" s="14" t="n">
-        <v>135.0</v>
+        <v>247.0</v>
       </c>
       <c r="I481" s="14" t="n">
-        <v>236.0</v>
+        <v>437.0</v>
       </c>
       <c r="J481" s="14" t="n">
-        <v>34.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>20.0</v>
+      </c>
+      <c r="K481" s="14" t="n">
+        <v>109.0</v>
       </c>
       <c r="L481" s="14" t="n">
-        <v>332.0</v>
+        <v>215.0</v>
       </c>
       <c r="M481" s="14" t="n">
-        <v>56.0</v>
+        <v>82.0</v>
       </c>
       <c r="N481" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="482">
       <c r="A482" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    France</t>
         </is>
       </c>
       <c r="B482" s="14" t="n">
-        <v>44007.0</v>
+        <v>52201.0</v>
       </c>
       <c r="C482" s="14" t="n">
-        <v>1048.0</v>
+        <v>1751.0</v>
       </c>
       <c r="D482" s="14" t="n">
-        <v>2651.0</v>
+        <v>3412.0</v>
       </c>
       <c r="E482" s="14" t="n">
-        <v>1847.0</v>
+        <v>3271.0</v>
       </c>
       <c r="F482" s="14" t="n">
-        <v>4092.0</v>
+        <v>4560.0</v>
       </c>
       <c r="G482" s="14" t="n">
-        <v>5412.0</v>
+        <v>7847.0</v>
       </c>
       <c r="H482" s="14" t="n">
-        <v>4182.0</v>
+        <v>3672.0</v>
       </c>
       <c r="I482" s="14" t="n">
-        <v>4549.0</v>
+        <v>4583.0</v>
       </c>
       <c r="J482" s="14" t="n">
-        <v>8804.0</v>
+        <v>10980.0</v>
       </c>
       <c r="K482" s="14" t="n">
-        <v>2340.0</v>
+        <v>2052.0</v>
       </c>
       <c r="L482" s="14" t="n">
-        <v>3856.0</v>
+        <v>5453.0</v>
       </c>
       <c r="M482" s="14" t="n">
-        <v>2207.0</v>
+        <v>2010.0</v>
       </c>
       <c r="N482" s="14" t="n">
-        <v>3018.0</v>
+        <v>2612.0</v>
       </c>
     </row>
     <row r="483">
       <c r="A483" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Greece</t>
         </is>
       </c>
       <c r="B483" s="14" t="n">
-        <v>858.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>2149.0</v>
+      </c>
+      <c r="C483" s="14" t="n">
+        <v>47.0</v>
       </c>
       <c r="D483" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="E483" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E483" s="14" t="n">
+        <v>265.0</v>
       </c>
       <c r="F483" s="14" t="n">
-        <v>134.0</v>
+        <v>188.0</v>
       </c>
       <c r="G483" s="14" t="n">
-        <v>58.0</v>
+        <v>242.0</v>
       </c>
       <c r="H483" s="14" t="n">
-        <v>88.0</v>
+        <v>165.0</v>
       </c>
       <c r="I483" s="14" t="n">
-        <v>70.0</v>
+        <v>276.0</v>
       </c>
       <c r="J483" s="14" t="n">
-        <v>150.0</v>
+        <v>340.0</v>
       </c>
       <c r="K483" s="14" t="n">
-        <v>135.0</v>
+        <v>101.0</v>
       </c>
       <c r="L483" s="14" t="n">
-        <v>120.0</v>
-[...7 lines deleted...]
-        </is>
+        <v>232.0</v>
+      </c>
+      <c r="M483" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="N483" s="14" t="n">
+        <v>84.0</v>
       </c>
     </row>
     <row r="484">
       <c r="A484" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Ireland</t>
         </is>
       </c>
       <c r="B484" s="14" t="n">
-        <v>8021.0</v>
+        <v>6510.0</v>
       </c>
       <c r="C484" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D484" s="14" t="n">
-        <v>103.0</v>
+        <v>135.0</v>
       </c>
       <c r="E484" s="14" t="n">
-        <v>231.0</v>
+        <v>263.0</v>
       </c>
       <c r="F484" s="14" t="n">
-        <v>813.0</v>
+        <v>414.0</v>
       </c>
       <c r="G484" s="14" t="n">
-        <v>722.0</v>
+        <v>606.0</v>
       </c>
       <c r="H484" s="14" t="n">
-        <v>1105.0</v>
+        <v>1197.0</v>
       </c>
       <c r="I484" s="14" t="n">
-        <v>1211.0</v>
+        <v>1353.0</v>
       </c>
       <c r="J484" s="14" t="n">
-        <v>1806.0</v>
+        <v>888.0</v>
       </c>
       <c r="K484" s="14" t="n">
-        <v>977.0</v>
+        <v>907.0</v>
       </c>
       <c r="L484" s="14" t="n">
-        <v>660.0</v>
+        <v>502.0</v>
       </c>
       <c r="M484" s="14" t="n">
-        <v>185.0</v>
-[...2 lines deleted...]
-        <v>84.0</v>
+        <v>164.0</v>
+      </c>
+      <c r="N484" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
     </row>
     <row r="485">
       <c r="A485" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Italy</t>
         </is>
       </c>
       <c r="B485" s="14" t="n">
-        <v>15254.0</v>
+        <v>19835.0</v>
       </c>
       <c r="C485" s="14" t="n">
-        <v>548.0</v>
+        <v>536.0</v>
       </c>
       <c r="D485" s="14" t="n">
-        <v>605.0</v>
+        <v>649.0</v>
       </c>
       <c r="E485" s="14" t="n">
-        <v>600.0</v>
+        <v>1036.0</v>
       </c>
       <c r="F485" s="14" t="n">
-        <v>1073.0</v>
+        <v>1546.0</v>
       </c>
       <c r="G485" s="14" t="n">
-        <v>989.0</v>
+        <v>1699.0</v>
       </c>
       <c r="H485" s="14" t="n">
-        <v>1364.0</v>
+        <v>1596.0</v>
       </c>
       <c r="I485" s="14" t="n">
-        <v>1892.0</v>
+        <v>2396.0</v>
       </c>
       <c r="J485" s="14" t="n">
-        <v>4894.0</v>
+        <v>6346.0</v>
       </c>
       <c r="K485" s="14" t="n">
-        <v>1301.0</v>
+        <v>1132.0</v>
       </c>
       <c r="L485" s="14" t="n">
-        <v>840.0</v>
+        <v>1270.0</v>
       </c>
       <c r="M485" s="14" t="n">
-        <v>521.0</v>
+        <v>886.0</v>
       </c>
       <c r="N485" s="14" t="n">
-        <v>627.0</v>
+        <v>742.0</v>
       </c>
     </row>
     <row r="486">
       <c r="A486" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Luxembourg</t>
         </is>
       </c>
       <c r="B486" s="14" t="n">
-        <v>402.0</v>
+        <v>603.0</v>
       </c>
       <c r="C486" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D486" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E486" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F486" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="G486" s="14" t="n">
-        <v>61.0</v>
+        <v>133.0</v>
       </c>
       <c r="H486" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="I486" s="14" t="n">
-        <v>116.0</v>
-[...2 lines deleted...]
-        <v>62.0</v>
+        <v>112.0</v>
+      </c>
+      <c r="J486" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="K486" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="L486" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="L486" s="14" t="n">
+        <v>43.0</v>
       </c>
       <c r="M486" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="N486" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="N486" s="14" t="n">
+        <v>80.0</v>
       </c>
     </row>
     <row r="487">
       <c r="A487" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Netherlands</t>
         </is>
       </c>
       <c r="B487" s="14" t="n">
-        <v>17922.0</v>
+        <v>23291.0</v>
       </c>
       <c r="C487" s="14" t="n">
-        <v>255.0</v>
+        <v>278.0</v>
       </c>
       <c r="D487" s="14" t="n">
-        <v>285.0</v>
+        <v>662.0</v>
       </c>
       <c r="E487" s="14" t="n">
-        <v>567.0</v>
+        <v>885.0</v>
       </c>
       <c r="F487" s="14" t="n">
-        <v>1025.0</v>
+        <v>1318.0</v>
       </c>
       <c r="G487" s="14" t="n">
-        <v>1734.0</v>
+        <v>2524.0</v>
       </c>
       <c r="H487" s="14" t="n">
-        <v>1717.0</v>
+        <v>2121.0</v>
       </c>
       <c r="I487" s="14" t="n">
-        <v>3581.0</v>
+        <v>5268.0</v>
       </c>
       <c r="J487" s="14" t="n">
-        <v>4519.0</v>
+        <v>5004.0</v>
       </c>
       <c r="K487" s="14" t="n">
-        <v>2034.0</v>
+        <v>2557.0</v>
       </c>
       <c r="L487" s="14" t="n">
-        <v>1334.0</v>
+        <v>1136.0</v>
       </c>
       <c r="M487" s="14" t="n">
-        <v>486.0</v>
+        <v>1075.0</v>
       </c>
       <c r="N487" s="14" t="n">
-        <v>385.0</v>
+        <v>463.0</v>
       </c>
     </row>
     <row r="488">
       <c r="A488" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Poland</t>
         </is>
       </c>
       <c r="B488" s="14" t="n">
-        <v>3262.0</v>
-[...7 lines deleted...]
-        <v>157.0</v>
+        <v>4788.0</v>
+      </c>
+      <c r="C488" s="14" t="n">
+        <v>487.0</v>
+      </c>
+      <c r="D488" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="E488" s="14" t="n">
-        <v>147.0</v>
+        <v>302.0</v>
       </c>
       <c r="F488" s="14" t="n">
-        <v>332.0</v>
+        <v>329.0</v>
       </c>
       <c r="G488" s="14" t="n">
-        <v>424.0</v>
+        <v>618.0</v>
       </c>
       <c r="H488" s="14" t="n">
-        <v>531.0</v>
+        <v>365.0</v>
       </c>
       <c r="I488" s="14" t="n">
-        <v>456.0</v>
+        <v>821.0</v>
       </c>
       <c r="J488" s="14" t="n">
-        <v>368.0</v>
+        <v>828.0</v>
       </c>
       <c r="K488" s="14" t="n">
-        <v>418.0</v>
+        <v>586.0</v>
       </c>
       <c r="L488" s="14" t="n">
-        <v>282.0</v>
+        <v>207.0</v>
       </c>
       <c r="M488" s="14" t="n">
-        <v>59.0</v>
-[...2 lines deleted...]
-        <v>71.0</v>
+        <v>142.0</v>
+      </c>
+      <c r="N488" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
     </row>
     <row r="489">
       <c r="A489" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Portugal</t>
         </is>
       </c>
       <c r="B489" s="14" t="n">
-        <v>17113.0</v>
+        <v>24360.0</v>
       </c>
       <c r="C489" s="14" t="n">
-        <v>1066.0</v>
+        <v>1022.0</v>
       </c>
       <c r="D489" s="14" t="n">
-        <v>1468.0</v>
+        <v>1607.0</v>
       </c>
       <c r="E489" s="14" t="n">
-        <v>1278.0</v>
+        <v>2182.0</v>
       </c>
       <c r="F489" s="14" t="n">
-        <v>1539.0</v>
+        <v>1737.0</v>
       </c>
       <c r="G489" s="14" t="n">
-        <v>1049.0</v>
+        <v>1606.0</v>
       </c>
       <c r="H489" s="14" t="n">
-        <v>1120.0</v>
+        <v>1929.0</v>
       </c>
       <c r="I489" s="14" t="n">
-        <v>2161.0</v>
+        <v>2189.0</v>
       </c>
       <c r="J489" s="14" t="n">
-        <v>2073.0</v>
+        <v>2798.0</v>
       </c>
       <c r="K489" s="14" t="n">
-        <v>1382.0</v>
+        <v>2479.0</v>
       </c>
       <c r="L489" s="14" t="n">
-        <v>1354.0</v>
+        <v>2451.0</v>
       </c>
       <c r="M489" s="14" t="n">
-        <v>1418.0</v>
+        <v>2166.0</v>
       </c>
       <c r="N489" s="14" t="n">
-        <v>1205.0</v>
+        <v>2193.0</v>
       </c>
     </row>
     <row r="490">
       <c r="A490" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Czech Republic</t>
         </is>
       </c>
       <c r="B490" s="14" t="n">
-        <v>1178.0</v>
-[...9 lines deleted...]
-        </is>
+        <v>1538.0</v>
+      </c>
+      <c r="C490" s="14" t="n">
+        <v>41.0</v>
+      </c>
+      <c r="D490" s="14" t="n">
+        <v>69.0</v>
       </c>
       <c r="E490" s="14" t="n">
-        <v>62.0</v>
+        <v>26.0</v>
       </c>
       <c r="F490" s="14" t="n">
-        <v>79.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>73.0</v>
+      </c>
+      <c r="G490" s="14" t="n">
+        <v>66.0</v>
       </c>
       <c r="H490" s="14" t="n">
-        <v>162.0</v>
+        <v>52.0</v>
       </c>
       <c r="I490" s="14" t="n">
-        <v>149.0</v>
+        <v>200.0</v>
       </c>
       <c r="J490" s="14" t="n">
-        <v>149.0</v>
+        <v>187.0</v>
       </c>
       <c r="K490" s="14" t="n">
-        <v>229.0</v>
+        <v>115.0</v>
       </c>
       <c r="L490" s="14" t="n">
-        <v>120.0</v>
+        <v>566.0</v>
       </c>
       <c r="M490" s="14" t="n">
-        <v>168.0</v>
+        <v>77.0</v>
       </c>
       <c r="N490" s="14" t="n">
-        <v>20.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="491">
       <c r="A491" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Sweden</t>
         </is>
       </c>
       <c r="B491" s="14" t="n">
-        <v>4236.0</v>
-[...9 lines deleted...]
-        </is>
+        <v>3857.0</v>
+      </c>
+      <c r="C491" s="14" t="n">
+        <v>30.0</v>
+      </c>
+      <c r="D491" s="14" t="n">
+        <v>73.0</v>
       </c>
       <c r="E491" s="14" t="n">
-        <v>110.0</v>
+        <v>34.0</v>
       </c>
       <c r="F491" s="14" t="n">
-        <v>112.0</v>
+        <v>185.0</v>
       </c>
       <c r="G491" s="14" t="n">
-        <v>517.0</v>
+        <v>154.0</v>
       </c>
       <c r="H491" s="14" t="n">
-        <v>1024.0</v>
+        <v>455.0</v>
       </c>
       <c r="I491" s="14" t="n">
-        <v>625.0</v>
+        <v>916.0</v>
       </c>
       <c r="J491" s="14" t="n">
-        <v>470.0</v>
+        <v>602.0</v>
       </c>
       <c r="K491" s="14" t="n">
-        <v>462.0</v>
+        <v>606.0</v>
       </c>
       <c r="L491" s="14" t="n">
-        <v>681.0</v>
+        <v>501.0</v>
       </c>
       <c r="M491" s="14" t="n">
-        <v>123.0</v>
+        <v>225.0</v>
       </c>
       <c r="N491" s="14" t="n">
-        <v>37.0</v>
+        <v>76.0</v>
       </c>
     </row>
     <row r="492">
       <c r="A492" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of EU</t>
         </is>
       </c>
       <c r="B492" s="14" t="n">
-        <v>6336.0</v>
+        <v>6993.0</v>
       </c>
       <c r="C492" s="14" t="n">
-        <v>639.0</v>
+        <v>260.0</v>
       </c>
       <c r="D492" s="14" t="n">
-        <v>119.0</v>
+        <v>449.0</v>
       </c>
       <c r="E492" s="14" t="n">
-        <v>210.0</v>
+        <v>377.0</v>
       </c>
       <c r="F492" s="14" t="n">
-        <v>448.0</v>
+        <v>522.0</v>
       </c>
       <c r="G492" s="14" t="n">
-        <v>593.0</v>
+        <v>444.0</v>
       </c>
       <c r="H492" s="14" t="n">
-        <v>712.0</v>
+        <v>625.0</v>
       </c>
       <c r="I492" s="14" t="n">
-        <v>895.0</v>
+        <v>1130.0</v>
       </c>
       <c r="J492" s="14" t="n">
-        <v>641.0</v>
+        <v>682.0</v>
       </c>
       <c r="K492" s="14" t="n">
-        <v>636.0</v>
+        <v>669.0</v>
       </c>
       <c r="L492" s="14" t="n">
-        <v>875.0</v>
+        <v>747.0</v>
       </c>
       <c r="M492" s="14" t="n">
-        <v>330.0</v>
+        <v>632.0</v>
       </c>
       <c r="N492" s="14" t="n">
-        <v>237.0</v>
+        <v>456.0</v>
       </c>
     </row>
     <row r="493">
       <c r="A493" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Norway</t>
         </is>
       </c>
       <c r="B493" s="14" t="n">
-        <v>2080.0</v>
+        <v>2493.0</v>
       </c>
       <c r="C493" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D493" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E493" s="14" t="n">
-        <v>74.0</v>
+        <v>195.0</v>
       </c>
       <c r="F493" s="14" t="n">
-        <v>113.0</v>
+        <v>137.0</v>
       </c>
       <c r="G493" s="14" t="n">
-        <v>121.0</v>
+        <v>56.0</v>
       </c>
       <c r="H493" s="14" t="n">
-        <v>233.0</v>
+        <v>271.0</v>
       </c>
       <c r="I493" s="14" t="n">
-        <v>631.0</v>
+        <v>739.0</v>
       </c>
       <c r="J493" s="14" t="n">
-        <v>292.0</v>
+        <v>391.0</v>
       </c>
       <c r="K493" s="14" t="n">
-        <v>441.0</v>
+        <v>276.0</v>
       </c>
       <c r="L493" s="14" t="n">
-        <v>130.0</v>
+        <v>263.0</v>
       </c>
       <c r="M493" s="14" t="n">
-        <v>45.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>73.0</v>
+      </c>
+      <c r="N493" s="14" t="n">
+        <v>52.0</v>
       </c>
     </row>
     <row r="494">
       <c r="A494" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    United Kingdom</t>
         </is>
       </c>
       <c r="B494" s="14" t="n">
-        <v>28329.0</v>
+        <v>36357.0</v>
       </c>
       <c r="C494" s="14" t="n">
-        <v>316.0</v>
+        <v>490.0</v>
       </c>
       <c r="D494" s="14" t="n">
-        <v>453.0</v>
+        <v>992.0</v>
       </c>
       <c r="E494" s="14" t="n">
-        <v>562.0</v>
+        <v>1328.0</v>
       </c>
       <c r="F494" s="14" t="n">
-        <v>2088.0</v>
+        <v>3042.0</v>
       </c>
       <c r="G494" s="14" t="n">
-        <v>3541.0</v>
+        <v>4536.0</v>
       </c>
       <c r="H494" s="14" t="n">
-        <v>3480.0</v>
+        <v>4411.0</v>
       </c>
       <c r="I494" s="14" t="n">
-        <v>3634.0</v>
+        <v>4303.0</v>
       </c>
       <c r="J494" s="14" t="n">
-        <v>4383.0</v>
+        <v>5897.0</v>
       </c>
       <c r="K494" s="14" t="n">
-        <v>4802.0</v>
+        <v>4733.0</v>
       </c>
       <c r="L494" s="14" t="n">
-        <v>3196.0</v>
+        <v>4098.0</v>
       </c>
       <c r="M494" s="14" t="n">
-        <v>1235.0</v>
+        <v>1762.0</v>
       </c>
       <c r="N494" s="14" t="n">
-        <v>640.0</v>
+        <v>765.0</v>
       </c>
     </row>
     <row r="495">
       <c r="A495" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Switzerland</t>
         </is>
       </c>
       <c r="B495" s="14" t="n">
-        <v>4362.0</v>
-[...9 lines deleted...]
-        </is>
+        <v>6015.0</v>
+      </c>
+      <c r="C495" s="14" t="n">
+        <v>71.0</v>
+      </c>
+      <c r="D495" s="14" t="n">
+        <v>24.0</v>
       </c>
       <c r="E495" s="14" t="n">
-        <v>74.0</v>
+        <v>185.0</v>
       </c>
       <c r="F495" s="14" t="n">
-        <v>451.0</v>
+        <v>535.0</v>
       </c>
       <c r="G495" s="14" t="n">
-        <v>423.0</v>
+        <v>507.0</v>
       </c>
       <c r="H495" s="14" t="n">
-        <v>538.0</v>
+        <v>572.0</v>
       </c>
       <c r="I495" s="14" t="n">
-        <v>1082.0</v>
+        <v>1385.0</v>
       </c>
       <c r="J495" s="14" t="n">
-        <v>582.0</v>
+        <v>1230.0</v>
       </c>
       <c r="K495" s="14" t="n">
-        <v>480.0</v>
+        <v>521.0</v>
       </c>
       <c r="L495" s="14" t="n">
-        <v>386.0</v>
+        <v>696.0</v>
       </c>
       <c r="M495" s="14" t="n">
-        <v>77.0</v>
+        <v>131.0</v>
       </c>
       <c r="N495" s="14" t="n">
-        <v>175.0</v>
+        <v>158.0</v>
       </c>
     </row>
     <row r="496">
       <c r="A496" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of Europe</t>
         </is>
       </c>
       <c r="B496" s="14" t="n">
-        <v>3791.0</v>
+        <v>6851.0</v>
       </c>
       <c r="C496" s="14" t="n">
-        <v>173.0</v>
+        <v>208.0</v>
       </c>
       <c r="D496" s="14" t="n">
-        <v>174.0</v>
+        <v>240.0</v>
       </c>
       <c r="E496" s="14" t="n">
-        <v>237.0</v>
+        <v>242.0</v>
       </c>
       <c r="F496" s="14" t="n">
-        <v>289.0</v>
+        <v>512.0</v>
       </c>
       <c r="G496" s="14" t="n">
-        <v>160.0</v>
+        <v>1183.0</v>
       </c>
       <c r="H496" s="14" t="n">
-        <v>352.0</v>
+        <v>1063.0</v>
       </c>
       <c r="I496" s="14" t="n">
-        <v>373.0</v>
+        <v>589.0</v>
       </c>
       <c r="J496" s="14" t="n">
-        <v>868.0</v>
+        <v>1052.0</v>
       </c>
       <c r="K496" s="14" t="n">
-        <v>325.0</v>
+        <v>467.0</v>
       </c>
       <c r="L496" s="14" t="n">
-        <v>238.0</v>
+        <v>485.0</v>
       </c>
       <c r="M496" s="14" t="n">
-        <v>430.0</v>
+        <v>481.0</v>
       </c>
       <c r="N496" s="14" t="n">
-        <v>171.0</v>
+        <v>328.0</v>
       </c>
     </row>
     <row r="497">
       <c r="A497" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    United States</t>
         </is>
       </c>
       <c r="B497" s="14" t="n">
-        <v>41409.0</v>
+        <v>44296.0</v>
       </c>
       <c r="C497" s="14" t="n">
-        <v>615.0</v>
+        <v>818.0</v>
       </c>
       <c r="D497" s="14" t="n">
-        <v>1223.0</v>
+        <v>986.0</v>
       </c>
       <c r="E497" s="14" t="n">
-        <v>1799.0</v>
+        <v>1782.0</v>
       </c>
       <c r="F497" s="14" t="n">
-        <v>2207.0</v>
+        <v>2198.0</v>
       </c>
       <c r="G497" s="14" t="n">
-        <v>3938.0</v>
+        <v>4440.0</v>
       </c>
       <c r="H497" s="14" t="n">
-        <v>7195.0</v>
+        <v>6987.0</v>
       </c>
       <c r="I497" s="14" t="n">
-        <v>8118.0</v>
+        <v>9576.0</v>
       </c>
       <c r="J497" s="14" t="n">
-        <v>4129.0</v>
+        <v>6516.0</v>
       </c>
       <c r="K497" s="14" t="n">
-        <v>4945.0</v>
+        <v>4250.0</v>
       </c>
       <c r="L497" s="14" t="n">
-        <v>4348.0</v>
+        <v>3551.0</v>
       </c>
       <c r="M497" s="14" t="n">
-        <v>1657.0</v>
+        <v>1669.0</v>
       </c>
       <c r="N497" s="14" t="n">
-        <v>1235.0</v>
+        <v>1522.0</v>
       </c>
     </row>
     <row r="498">
       <c r="A498" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of America</t>
         </is>
       </c>
       <c r="B498" s="14" t="n">
-        <v>47060.0</v>
+        <v>53650.0</v>
       </c>
       <c r="C498" s="14" t="n">
-        <v>3372.0</v>
+        <v>3717.0</v>
       </c>
       <c r="D498" s="14" t="n">
-        <v>3000.0</v>
+        <v>3787.0</v>
       </c>
       <c r="E498" s="14" t="n">
-        <v>3088.0</v>
+        <v>3981.0</v>
       </c>
       <c r="F498" s="14" t="n">
-        <v>3798.0</v>
+        <v>4160.0</v>
       </c>
       <c r="G498" s="14" t="n">
-        <v>5077.0</v>
+        <v>5442.0</v>
       </c>
       <c r="H498" s="14" t="n">
-        <v>4659.0</v>
+        <v>4383.0</v>
       </c>
       <c r="I498" s="14" t="n">
-        <v>3954.0</v>
+        <v>4255.0</v>
       </c>
       <c r="J498" s="14" t="n">
-        <v>2888.0</v>
+        <v>3751.0</v>
       </c>
       <c r="K498" s="14" t="n">
-        <v>5228.0</v>
+        <v>6164.0</v>
       </c>
       <c r="L498" s="14" t="n">
-        <v>4456.0</v>
+        <v>5328.0</v>
       </c>
       <c r="M498" s="14" t="n">
-        <v>3348.0</v>
+        <v>4356.0</v>
       </c>
       <c r="N498" s="14" t="n">
-        <v>4192.0</v>
+        <v>4326.0</v>
       </c>
     </row>
     <row r="499">
       <c r="A499" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    African Countries</t>
         </is>
       </c>
       <c r="B499" s="14" t="n">
-        <v>6181.0</v>
+        <v>4992.0</v>
       </c>
       <c r="C499" s="14" t="n">
-        <v>446.0</v>
+        <v>582.0</v>
       </c>
       <c r="D499" s="14" t="n">
-        <v>420.0</v>
+        <v>472.0</v>
       </c>
       <c r="E499" s="14" t="n">
-        <v>836.0</v>
+        <v>461.0</v>
       </c>
       <c r="F499" s="14" t="n">
-        <v>429.0</v>
+        <v>386.0</v>
       </c>
       <c r="G499" s="14" t="n">
-        <v>455.0</v>
+        <v>460.0</v>
       </c>
       <c r="H499" s="14" t="n">
-        <v>447.0</v>
+        <v>347.0</v>
       </c>
       <c r="I499" s="14" t="n">
-        <v>512.0</v>
+        <v>365.0</v>
       </c>
       <c r="J499" s="14" t="n">
-        <v>566.0</v>
+        <v>377.0</v>
       </c>
       <c r="K499" s="14" t="n">
-        <v>474.0</v>
+        <v>314.0</v>
       </c>
       <c r="L499" s="14" t="n">
-        <v>594.0</v>
+        <v>426.0</v>
       </c>
       <c r="M499" s="14" t="n">
-        <v>518.0</v>
+        <v>354.0</v>
       </c>
       <c r="N499" s="14" t="n">
-        <v>486.0</v>
+        <v>449.0</v>
       </c>
     </row>
     <row r="500">
       <c r="A500" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of the world</t>
         </is>
       </c>
       <c r="B500" s="14" t="n">
-        <v>30030.0</v>
+        <v>27927.0</v>
       </c>
       <c r="C500" s="14" t="n">
-        <v>1053.0</v>
+        <v>1071.0</v>
       </c>
       <c r="D500" s="14" t="n">
-        <v>853.0</v>
+        <v>1025.0</v>
       </c>
       <c r="E500" s="14" t="n">
-        <v>1282.0</v>
+        <v>1370.0</v>
       </c>
       <c r="F500" s="14" t="n">
-        <v>1806.0</v>
+        <v>1962.0</v>
       </c>
       <c r="G500" s="14" t="n">
-        <v>2860.0</v>
+        <v>2804.0</v>
       </c>
       <c r="H500" s="14" t="n">
-        <v>4005.0</v>
+        <v>3805.0</v>
       </c>
       <c r="I500" s="14" t="n">
-        <v>4447.0</v>
+        <v>3385.0</v>
       </c>
       <c r="J500" s="14" t="n">
-        <v>2664.0</v>
+        <v>2603.0</v>
       </c>
       <c r="K500" s="14" t="n">
-        <v>4589.0</v>
+        <v>4139.0</v>
       </c>
       <c r="L500" s="14" t="n">
-        <v>3421.0</v>
+        <v>2697.0</v>
       </c>
       <c r="M500" s="14" t="n">
-        <v>1529.0</v>
+        <v>1685.0</v>
       </c>
       <c r="N500" s="14" t="n">
-        <v>1522.0</v>
+        <v>1382.0</v>
       </c>
     </row>
     <row r="501">
       <c r="A501" s="6" t="inlineStr">
         <is>
-          <t>Rioja (La)</t>
+          <t>17 Rioja, La</t>
         </is>
       </c>
       <c r="B501" s="6"/>
       <c r="C501" s="6"/>
       <c r="D501" s="6"/>
       <c r="E501" s="6"/>
       <c r="F501" s="6"/>
       <c r="G501" s="6"/>
       <c r="H501" s="6"/>
       <c r="I501" s="6"/>
       <c r="J501" s="6"/>
       <c r="K501" s="6"/>
       <c r="L501" s="6"/>
       <c r="M501" s="6"/>
       <c r="N501" s="6"/>
     </row>
     <row r="502">
       <c r="A502" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B502" s="14" t="n">
-        <v>195983.0</v>
+        <v>161107.0</v>
       </c>
       <c r="C502" s="14" t="n">
-        <v>5751.0</v>
+        <v>4206.0</v>
       </c>
       <c r="D502" s="14" t="n">
-        <v>9008.0</v>
+        <v>5372.0</v>
       </c>
       <c r="E502" s="14" t="n">
-        <v>9425.0</v>
+        <v>11313.0</v>
       </c>
       <c r="F502" s="14" t="n">
-        <v>17280.0</v>
+        <v>8097.0</v>
       </c>
       <c r="G502" s="14" t="n">
-        <v>11366.0</v>
+        <v>10538.0</v>
       </c>
       <c r="H502" s="14" t="n">
-        <v>15700.0</v>
+        <v>12614.0</v>
       </c>
       <c r="I502" s="14" t="n">
-        <v>23716.0</v>
+        <v>22871.0</v>
       </c>
       <c r="J502" s="14" t="n">
-        <v>42488.0</v>
+        <v>39920.0</v>
       </c>
       <c r="K502" s="14" t="n">
-        <v>18373.0</v>
+        <v>11547.0</v>
       </c>
       <c r="L502" s="14" t="n">
-        <v>16826.0</v>
+        <v>10030.0</v>
       </c>
       <c r="M502" s="14" t="n">
-        <v>10178.0</v>
+        <v>11115.0</v>
       </c>
       <c r="N502" s="14" t="n">
-        <v>15872.0</v>
+        <v>13484.0</v>
       </c>
     </row>
     <row r="503">
       <c r="A503" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Spaniards</t>
         </is>
       </c>
       <c r="B503" s="14" t="n">
-        <v>172103.0</v>
+        <v>135707.0</v>
       </c>
       <c r="C503" s="14" t="n">
-        <v>5256.0</v>
+        <v>3334.0</v>
       </c>
       <c r="D503" s="14" t="n">
-        <v>8559.0</v>
+        <v>4617.0</v>
       </c>
       <c r="E503" s="14" t="n">
-        <v>8569.0</v>
+        <v>10462.0</v>
       </c>
       <c r="F503" s="14" t="n">
-        <v>16414.0</v>
+        <v>7091.0</v>
       </c>
       <c r="G503" s="14" t="n">
-        <v>9694.0</v>
+        <v>8244.0</v>
       </c>
       <c r="H503" s="14" t="n">
-        <v>12214.0</v>
+        <v>10438.0</v>
       </c>
       <c r="I503" s="14" t="n">
-        <v>19972.0</v>
+        <v>18841.0</v>
       </c>
       <c r="J503" s="14" t="n">
-        <v>37907.0</v>
+        <v>31520.0</v>
       </c>
       <c r="K503" s="14" t="n">
-        <v>14390.0</v>
+        <v>8655.0</v>
       </c>
       <c r="L503" s="14" t="n">
-        <v>14719.0</v>
+        <v>8743.0</v>
       </c>
       <c r="M503" s="14" t="n">
-        <v>9265.0</v>
+        <v>10454.0</v>
       </c>
       <c r="N503" s="14" t="n">
-        <v>15143.0</v>
+        <v>13308.0</v>
       </c>
     </row>
     <row r="504">
       <c r="A504" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Foreigners</t>
         </is>
       </c>
       <c r="B504" s="14" t="n">
-        <v>23880.0</v>
+        <v>25400.0</v>
       </c>
       <c r="C504" s="14" t="n">
-        <v>495.0</v>
+        <v>872.0</v>
       </c>
       <c r="D504" s="14" t="n">
-        <v>449.0</v>
+        <v>756.0</v>
       </c>
       <c r="E504" s="14" t="n">
-        <v>856.0</v>
+        <v>851.0</v>
       </c>
       <c r="F504" s="14" t="n">
-        <v>866.0</v>
+        <v>1007.0</v>
       </c>
       <c r="G504" s="14" t="n">
-        <v>1672.0</v>
+        <v>2294.0</v>
       </c>
       <c r="H504" s="14" t="n">
-        <v>3486.0</v>
+        <v>2176.0</v>
       </c>
       <c r="I504" s="14" t="n">
-        <v>3743.0</v>
+        <v>4030.0</v>
       </c>
       <c r="J504" s="14" t="n">
-        <v>4581.0</v>
+        <v>8399.0</v>
       </c>
       <c r="K504" s="14" t="n">
-        <v>3983.0</v>
+        <v>2892.0</v>
       </c>
       <c r="L504" s="14" t="n">
-        <v>2107.0</v>
+        <v>1287.0</v>
       </c>
       <c r="M504" s="14" t="n">
-        <v>913.0</v>
+        <v>661.0</v>
       </c>
       <c r="N504" s="14" t="n">
-        <v>729.0</v>
+        <v>176.0</v>
       </c>
     </row>
     <row r="505">
       <c r="A505" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    European Union27 (without Spain)</t>
         </is>
       </c>
       <c r="B505" s="14" t="n">
-        <v>10576.0</v>
+        <v>15482.0</v>
       </c>
       <c r="C505" s="14" t="n">
-        <v>295.0</v>
+        <v>507.0</v>
       </c>
       <c r="D505" s="14" t="n">
-        <v>321.0</v>
+        <v>498.0</v>
       </c>
       <c r="E505" s="14" t="n">
-        <v>242.0</v>
+        <v>607.0</v>
       </c>
       <c r="F505" s="14" t="n">
-        <v>265.0</v>
+        <v>441.0</v>
       </c>
       <c r="G505" s="14" t="n">
-        <v>710.0</v>
+        <v>1573.0</v>
       </c>
       <c r="H505" s="14" t="n">
-        <v>691.0</v>
+        <v>437.0</v>
       </c>
       <c r="I505" s="14" t="n">
-        <v>2114.0</v>
+        <v>2410.0</v>
       </c>
       <c r="J505" s="14" t="n">
-        <v>2119.0</v>
+        <v>6052.0</v>
       </c>
       <c r="K505" s="14" t="n">
-        <v>1792.0</v>
+        <v>1950.0</v>
       </c>
       <c r="L505" s="14" t="n">
-        <v>963.0</v>
+        <v>543.0</v>
       </c>
       <c r="M505" s="14" t="n">
-        <v>576.0</v>
+        <v>366.0</v>
       </c>
       <c r="N505" s="14" t="n">
-        <v>488.0</v>
+        <v>97.0</v>
       </c>
     </row>
     <row r="506">
       <c r="A506" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Germany</t>
         </is>
       </c>
       <c r="B506" s="14" t="n">
-        <v>2305.0</v>
+        <v>2546.0</v>
       </c>
       <c r="C506" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D506" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E506" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F506" s="14" t="n">
-        <v>82.0</v>
+        <v>162.0</v>
       </c>
       <c r="G506" s="14" t="n">
-        <v>261.0</v>
+        <v>265.0</v>
       </c>
       <c r="H506" s="14" t="n">
-        <v>179.0</v>
+        <v>132.0</v>
       </c>
       <c r="I506" s="14" t="n">
-        <v>402.0</v>
+        <v>116.0</v>
       </c>
       <c r="J506" s="14" t="n">
-        <v>364.0</v>
+        <v>678.0</v>
       </c>
       <c r="K506" s="14" t="n">
-        <v>538.0</v>
+        <v>1023.0</v>
       </c>
       <c r="L506" s="14" t="n">
-        <v>282.0</v>
-[...5 lines deleted...]
-        <v>131.0</v>
+        <v>152.0</v>
+      </c>
+      <c r="M506" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="N506" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
     </row>
     <row r="507">
       <c r="A507" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Austria</t>
         </is>
       </c>
       <c r="B507" s="14" t="n">
-        <v>228.0</v>
+        <v>295.0</v>
       </c>
       <c r="C507" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D507" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E507" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="F507" s="14" t="n">
-[...17 lines deleted...]
-        <v>65.0</v>
+      <c r="F507" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="G507" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="H507" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="I507" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="J507" s="14" t="n">
+        <v>271.0</v>
+      </c>
+      <c r="K507" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="L507" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="M507" s="14" t="n">
-        <v>41.0</v>
+      <c r="M507" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="N507" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="508">
       <c r="A508" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Belgium</t>
         </is>
       </c>
       <c r="B508" s="14" t="n">
-        <v>565.0</v>
+        <v>845.0</v>
       </c>
       <c r="C508" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D508" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E508" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F508" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="G508" s="14" t="n">
-        <v>93.0</v>
-[...9 lines deleted...]
-        </is>
+        <v>89.0</v>
+      </c>
+      <c r="H508" s="14" t="n">
+        <v>83.0</v>
+      </c>
+      <c r="I508" s="14" t="n">
+        <v>183.0</v>
       </c>
       <c r="J508" s="14" t="n">
-        <v>128.0</v>
-[...2 lines deleted...]
-        <v>303.0</v>
+        <v>192.0</v>
+      </c>
+      <c r="K508" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="L508" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="M508" s="14" t="n">
-        <v>33.0</v>
+        <v>274.0</v>
       </c>
       <c r="N508" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="509">
       <c r="A509" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Denmark</t>
         </is>
       </c>
       <c r="B509" s="14" t="n">
-        <v>33.0</v>
+        <v>493.0</v>
       </c>
       <c r="C509" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D509" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E509" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="F509" s="14" t="n">
-        <v>16.0</v>
+      <c r="F509" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="G509" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="H509" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="I509" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="I509" s="14" t="n">
+        <v>317.0</v>
       </c>
       <c r="J509" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="K509" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K509" s="14" t="n">
+        <v>172.0</v>
       </c>
       <c r="L509" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="M509" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N509" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="510">
       <c r="A510" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Finland</t>
         </is>
       </c>
       <c r="B510" s="14" t="n">
-        <v>97.0</v>
+        <v>45.0</v>
       </c>
       <c r="C510" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D510" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E510" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="F510" s="14" t="n">
-        <v>16.0</v>
+      <c r="F510" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="G510" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="H510" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="I510" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="J510" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="K510" s="14" t="n">
-[...3 lines deleted...]
-        <v>48.0</v>
+      <c r="K510" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="L510" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="M510" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N510" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="511">
       <c r="A511" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    France</t>
         </is>
       </c>
       <c r="B511" s="14" t="n">
-        <v>2372.0</v>
+        <v>6024.0</v>
       </c>
       <c r="C511" s="14" t="n">
-        <v>158.0</v>
+        <v>313.0</v>
       </c>
       <c r="D511" s="14" t="n">
-        <v>48.0</v>
-[...2 lines deleted...]
-        <v>96.0</v>
+        <v>498.0</v>
+      </c>
+      <c r="E511" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="F511" s="14" t="n">
-        <v>70.0</v>
+        <v>133.0</v>
       </c>
       <c r="G511" s="14" t="n">
-        <v>152.0</v>
+        <v>811.0</v>
       </c>
       <c r="H511" s="14" t="n">
-        <v>73.0</v>
+        <v>28.0</v>
       </c>
       <c r="I511" s="14" t="n">
-        <v>401.0</v>
+        <v>459.0</v>
       </c>
       <c r="J511" s="14" t="n">
-        <v>537.0</v>
+        <v>3139.0</v>
       </c>
       <c r="K511" s="14" t="n">
-        <v>258.0</v>
+        <v>312.0</v>
       </c>
       <c r="L511" s="14" t="n">
-        <v>125.0</v>
-[...2 lines deleted...]
-        <v>137.0</v>
+        <v>230.0</v>
+      </c>
+      <c r="M511" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="N511" s="14" t="n">
-        <v>317.0</v>
+        <v>97.0</v>
       </c>
     </row>
     <row r="512">
       <c r="A512" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Greece</t>
         </is>
       </c>
-      <c r="B512" s="14" t="n">
-        <v>49.0</v>
+      <c r="B512" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="C512" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D512" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E512" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F512" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="G512" s="14" t="n">
-        <v>16.0</v>
+      <c r="G512" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="H512" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="I512" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="J512" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="K512" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="L512" s="14" t="n">
-        <v>25.0</v>
+      <c r="L512" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="M512" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N512" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="513">
       <c r="A513" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Ireland</t>
         </is>
       </c>
       <c r="B513" s="14" t="n">
-        <v>575.0</v>
-[...2 lines deleted...]
-        <v>17.0</v>
+        <v>160.0</v>
+      </c>
+      <c r="C513" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="D513" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="E513" s="14" t="n">
-        <v>34.0</v>
+      <c r="E513" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="F513" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="G513" s="14" t="n">
-        <v>16.0</v>
-[...2 lines deleted...]
-        <v>49.0</v>
+        <v>27.0</v>
+      </c>
+      <c r="H513" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="I513" s="14" t="n">
-        <v>111.0</v>
+        <v>43.0</v>
       </c>
       <c r="J513" s="14" t="n">
-        <v>99.0</v>
-[...8 lines deleted...]
-        <v>33.0</v>
+        <v>56.0</v>
+      </c>
+      <c r="K513" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="L513" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="M513" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="N513" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="514">
       <c r="A514" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Italy</t>
         </is>
       </c>
       <c r="B514" s="14" t="n">
-        <v>368.0</v>
-[...2 lines deleted...]
-        <v>50.0</v>
+        <v>1272.0</v>
+      </c>
+      <c r="C514" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="D514" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E514" s="14" t="n">
-        <v>17.0</v>
-[...17 lines deleted...]
-        </is>
+        <v>546.0</v>
+      </c>
+      <c r="F514" s="14" t="n">
+        <v>63.0</v>
+      </c>
+      <c r="G514" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="H514" s="14" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="I514" s="14" t="n">
+        <v>140.0</v>
       </c>
       <c r="J514" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="K514" s="14" t="n">
-        <v>33.0</v>
+      <c r="K514" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="L514" s="14" t="n">
-        <v>160.0</v>
+        <v>66.0</v>
       </c>
       <c r="M514" s="14" t="n">
-        <v>33.0</v>
-[...2 lines deleted...]
-        <v>39.0</v>
+        <v>88.0</v>
+      </c>
+      <c r="N514" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
     </row>
     <row r="515">
       <c r="A515" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Luxembourg</t>
         </is>
       </c>
-      <c r="B515" s="14" t="n">
-        <v>20.0</v>
+      <c r="B515" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="C515" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D515" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E515" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F515" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="G515" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
@@ -25591,851 +25555,879 @@
         </is>
       </c>
       <c r="L515" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="M515" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N515" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="516">
       <c r="A516" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Netherlands</t>
         </is>
       </c>
       <c r="B516" s="14" t="n">
-        <v>2187.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>1844.0</v>
+      </c>
+      <c r="C516" s="14" t="n">
+        <v>142.0</v>
       </c>
       <c r="D516" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="E516" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E516" s="14" t="n">
+        <v>44.0</v>
       </c>
       <c r="F516" s="14" t="n">
-        <v>59.0</v>
+        <v>23.0</v>
       </c>
       <c r="G516" s="14" t="n">
-        <v>17.0</v>
+        <v>342.0</v>
       </c>
       <c r="H516" s="14" t="n">
-        <v>244.0</v>
+        <v>67.0</v>
       </c>
       <c r="I516" s="14" t="n">
-        <v>527.0</v>
+        <v>562.0</v>
       </c>
       <c r="J516" s="14" t="n">
-        <v>893.0</v>
+        <v>272.0</v>
       </c>
       <c r="K516" s="14" t="n">
-        <v>250.0</v>
+        <v>371.0</v>
       </c>
       <c r="L516" s="14" t="n">
-        <v>84.0</v>
-[...2 lines deleted...]
-        <v>114.0</v>
+        <v>20.0</v>
+      </c>
+      <c r="M516" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="N516" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="517">
       <c r="A517" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Poland</t>
         </is>
       </c>
       <c r="B517" s="14" t="n">
-        <v>140.0</v>
+        <v>642.0</v>
       </c>
       <c r="C517" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D517" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E517" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F517" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="G517" s="14" t="n">
-        <v>16.0</v>
-[...12 lines deleted...]
-        </is>
+        <v>17.0</v>
+      </c>
+      <c r="H517" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="I517" s="14" t="n">
+        <v>144.0</v>
+      </c>
+      <c r="J517" s="14" t="n">
+        <v>471.0</v>
       </c>
       <c r="K517" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="L517" s="14" t="n">
-[...3 lines deleted...]
-        <v>24.0</v>
+      <c r="L517" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="M517" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="N517" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="518">
       <c r="A518" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Portugal</t>
         </is>
       </c>
       <c r="B518" s="14" t="n">
-        <v>562.0</v>
+        <v>232.0</v>
       </c>
       <c r="C518" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="D518" s="14" t="n">
-        <v>240.0</v>
+      <c r="D518" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="E518" s="14" t="n">
-        <v>64.0</v>
+        <v>17.0</v>
       </c>
       <c r="F518" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="G518" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G518" s="14" t="n">
+        <v>21.0</v>
       </c>
       <c r="H518" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="I518" s="14" t="n">
-        <v>118.0</v>
+        <v>67.0</v>
       </c>
       <c r="J518" s="14" t="n">
-        <v>90.0</v>
+        <v>63.0</v>
       </c>
       <c r="K518" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="L518" s="13" t="inlineStr">
-[...5 lines deleted...]
-        <v>16.0</v>
+      <c r="L518" s="14" t="n">
+        <v>52.0</v>
+      </c>
+      <c r="M518" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="N518" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="519">
       <c r="A519" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Czech Republic</t>
         </is>
       </c>
       <c r="B519" s="14" t="n">
-        <v>98.0</v>
+        <v>120.0</v>
       </c>
       <c r="C519" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D519" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E519" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F519" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="G519" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="H519" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="I519" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="I519" s="14" t="n">
+        <v>106.0</v>
       </c>
       <c r="J519" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="K519" s="14" t="n">
-        <v>33.0</v>
+      <c r="K519" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="L519" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="M519" s="14" t="n">
-        <v>57.0</v>
+      <c r="M519" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="N519" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="520">
       <c r="A520" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Sweden</t>
         </is>
       </c>
       <c r="B520" s="14" t="n">
-        <v>496.0</v>
+        <v>68.0</v>
       </c>
       <c r="C520" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D520" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E520" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="F520" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F520" s="14" t="n">
+        <v>36.0</v>
       </c>
       <c r="G520" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="H520" s="14" t="n">
-[...3 lines deleted...]
-        <v>286.0</v>
+      <c r="H520" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="I520" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="J520" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="K520" s="14" t="n">
-[...6 lines deleted...]
-        <v>16.0</v>
+      <c r="K520" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="L520" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="M520" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="N520" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="521">
       <c r="A521" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of EU</t>
         </is>
       </c>
       <c r="B521" s="14" t="n">
-        <v>480.0</v>
+        <v>891.0</v>
       </c>
       <c r="C521" s="14" t="n">
-        <v>47.0</v>
-[...5 lines deleted...]
-        <v>32.0</v>
+        <v>28.0</v>
+      </c>
+      <c r="D521" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="E521" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="F521" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="G521" s="14" t="n">
-        <v>67.0</v>
+      <c r="G521" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="H521" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="I521" s="14" t="n">
-        <v>237.0</v>
-[...12 lines deleted...]
-        </is>
+        <v>247.0</v>
+      </c>
+      <c r="J521" s="14" t="n">
+        <v>599.0</v>
+      </c>
+      <c r="K521" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="L521" s="14" t="n">
+        <v>12.0</v>
       </c>
       <c r="M521" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N521" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="522">
       <c r="A522" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Norway</t>
         </is>
       </c>
       <c r="B522" s="14" t="n">
-        <v>65.0</v>
+        <v>56.0</v>
       </c>
       <c r="C522" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D522" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E522" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F522" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="G522" s="13" t="inlineStr">
-[...5 lines deleted...]
-        <v>16.0</v>
+      <c r="G522" s="14" t="n">
+        <v>35.0</v>
+      </c>
+      <c r="H522" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="I522" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="J522" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="K522" s="14" t="n">
-        <v>49.0</v>
+      <c r="K522" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="L522" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="M522" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N522" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="523">
       <c r="A523" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    United Kingdom</t>
         </is>
       </c>
       <c r="B523" s="14" t="n">
-        <v>6220.0</v>
-[...9 lines deleted...]
-        </is>
+        <v>4406.0</v>
+      </c>
+      <c r="C523" s="14" t="n">
+        <v>313.0</v>
+      </c>
+      <c r="D523" s="14" t="n">
+        <v>88.0</v>
       </c>
       <c r="E523" s="14" t="n">
-        <v>102.0</v>
+        <v>38.0</v>
       </c>
       <c r="F523" s="14" t="n">
-        <v>205.0</v>
+        <v>364.0</v>
       </c>
       <c r="G523" s="14" t="n">
-        <v>287.0</v>
+        <v>166.0</v>
       </c>
       <c r="H523" s="14" t="n">
-        <v>2072.0</v>
+        <v>1380.0</v>
       </c>
       <c r="I523" s="14" t="n">
-        <v>795.0</v>
+        <v>411.0</v>
       </c>
       <c r="J523" s="14" t="n">
-        <v>1161.0</v>
+        <v>1070.0</v>
       </c>
       <c r="K523" s="14" t="n">
-        <v>988.0</v>
+        <v>425.0</v>
       </c>
       <c r="L523" s="14" t="n">
-        <v>415.0</v>
-[...5 lines deleted...]
-        <v>126.0</v>
+        <v>122.0</v>
+      </c>
+      <c r="M523" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="N523" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
     </row>
     <row r="524">
       <c r="A524" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Switzerland</t>
         </is>
       </c>
       <c r="B524" s="14" t="n">
-        <v>332.0</v>
+        <v>491.0</v>
       </c>
       <c r="C524" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D524" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="E524" s="14" t="n">
+      <c r="E524" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="F524" s="14" t="n">
+        <v>18.0</v>
+      </c>
+      <c r="G524" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="H524" s="14" t="n">
         <v>68.0</v>
       </c>
-      <c r="F524" s="14" t="n">
-[...13 lines deleted...]
-        </is>
+      <c r="I524" s="14" t="n">
+        <v>311.0</v>
       </c>
       <c r="J524" s="14" t="n">
-        <v>42.0</v>
-[...13 lines deleted...]
-        <v>16.0</v>
+        <v>48.0</v>
+      </c>
+      <c r="K524" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="L524" s="14" t="n">
+        <v>44.0</v>
+      </c>
+      <c r="M524" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="N524" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
     </row>
     <row r="525">
       <c r="A525" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of Europe</t>
         </is>
       </c>
       <c r="B525" s="14" t="n">
-        <v>284.0</v>
+        <v>236.0</v>
       </c>
       <c r="C525" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D525" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E525" s="14" t="n">
-        <v>51.0</v>
+        <v>85.0</v>
       </c>
       <c r="F525" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="G525" s="14" t="n">
-        <v>33.0</v>
+        <v>45.0</v>
       </c>
       <c r="H525" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="I525" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="J525" s="14" t="n">
-        <v>31.0</v>
+      <c r="J525" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="K525" s="14" t="n">
-        <v>16.0</v>
-[...8 lines deleted...]
-        <v>95.0</v>
+        <v>67.0</v>
+      </c>
+      <c r="L525" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="M525" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="N525" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
     </row>
     <row r="526">
       <c r="A526" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    United States</t>
         </is>
       </c>
       <c r="B526" s="14" t="n">
-        <v>3758.0</v>
-[...2 lines deleted...]
-        <v>183.0</v>
+        <v>1889.0</v>
+      </c>
+      <c r="C526" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="D526" s="14" t="n">
-        <v>128.0</v>
+        <v>125.0</v>
       </c>
       <c r="E526" s="14" t="n">
-        <v>344.0</v>
+        <v>102.0</v>
       </c>
       <c r="F526" s="14" t="n">
-        <v>100.0</v>
+        <v>108.0</v>
       </c>
       <c r="G526" s="14" t="n">
-        <v>260.0</v>
+        <v>158.0</v>
       </c>
       <c r="H526" s="14" t="n">
-        <v>406.0</v>
+        <v>124.0</v>
       </c>
       <c r="I526" s="14" t="n">
-        <v>409.0</v>
+        <v>335.0</v>
       </c>
       <c r="J526" s="14" t="n">
-        <v>1069.0</v>
+        <v>267.0</v>
       </c>
       <c r="K526" s="14" t="n">
-        <v>510.0</v>
+        <v>201.0</v>
       </c>
       <c r="L526" s="14" t="n">
-        <v>286.0</v>
+        <v>283.0</v>
       </c>
       <c r="M526" s="14" t="n">
-        <v>57.0</v>
+        <v>186.0</v>
       </c>
       <c r="N526" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="527">
       <c r="A527" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of America</t>
         </is>
       </c>
       <c r="B527" s="14" t="n">
-        <v>1174.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>1088.0</v>
+      </c>
+      <c r="C527" s="14" t="n">
+        <v>52.0</v>
       </c>
       <c r="D527" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="E527" s="14" t="n">
-        <v>48.0</v>
+      <c r="E527" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="F527" s="14" t="n">
-        <v>132.0</v>
+        <v>18.0</v>
       </c>
       <c r="G527" s="14" t="n">
-        <v>73.0</v>
+        <v>102.0</v>
       </c>
       <c r="H527" s="14" t="n">
-        <v>49.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>97.0</v>
+      </c>
+      <c r="I527" s="14" t="n">
+        <v>344.0</v>
       </c>
       <c r="J527" s="14" t="n">
-        <v>118.0</v>
+        <v>173.0</v>
       </c>
       <c r="K527" s="14" t="n">
-        <v>358.0</v>
+        <v>64.0</v>
       </c>
       <c r="L527" s="14" t="n">
-        <v>230.0</v>
+        <v>101.0</v>
       </c>
       <c r="M527" s="14" t="n">
-        <v>33.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>78.0</v>
+      </c>
+      <c r="N527" s="14" t="n">
+        <v>40.0</v>
       </c>
     </row>
     <row r="528">
       <c r="A528" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    African Countries</t>
         </is>
       </c>
       <c r="B528" s="14" t="n">
-        <v>293.0</v>
-[...2 lines deleted...]
-        <v>17.0</v>
+        <v>255.0</v>
+      </c>
+      <c r="C528" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="D528" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E528" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F528" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="G528" s="14" t="n">
+      <c r="G528" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="H528" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="I528" s="14" t="n">
         <v>62.0</v>
       </c>
-      <c r="H528" s="14" t="n">
-[...16 lines deleted...]
-        <v>76.0</v>
+      <c r="J528" s="14" t="n">
+        <v>193.0</v>
+      </c>
+      <c r="K528" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="L528" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="M528" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N528" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="529">
       <c r="A529" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of the world</t>
         </is>
       </c>
       <c r="B529" s="14" t="n">
-        <v>1122.0</v>
+        <v>1449.0</v>
       </c>
       <c r="C529" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="D529" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="D529" s="14" t="n">
+        <v>44.0</v>
       </c>
       <c r="E529" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F529" s="14" t="n">
-        <v>132.0</v>
+        <v>54.0</v>
       </c>
       <c r="G529" s="14" t="n">
-        <v>229.0</v>
+        <v>215.0</v>
       </c>
       <c r="H529" s="14" t="n">
-        <v>98.0</v>
+        <v>71.0</v>
       </c>
       <c r="I529" s="14" t="n">
-        <v>241.0</v>
+        <v>105.0</v>
       </c>
       <c r="J529" s="14" t="n">
-        <v>41.0</v>
+        <v>579.0</v>
       </c>
       <c r="K529" s="14" t="n">
-        <v>195.0</v>
+        <v>183.0</v>
       </c>
       <c r="L529" s="14" t="n">
-        <v>113.0</v>
+        <v>166.0</v>
       </c>
       <c r="M529" s="14" t="n">
-        <v>73.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>12.0</v>
+      </c>
+      <c r="N529" s="14" t="n">
+        <v>21.0</v>
       </c>
     </row>
     <row r="530">
       <c r="A530" s="6" t="inlineStr">
         <is>
-          <t>Ceuta</t>
+          <t>18 Ceuta</t>
         </is>
       </c>
       <c r="B530" s="6"/>
       <c r="C530" s="6"/>
       <c r="D530" s="6"/>
       <c r="E530" s="6"/>
       <c r="F530" s="6"/>
       <c r="G530" s="6"/>
       <c r="H530" s="6"/>
       <c r="I530" s="6"/>
       <c r="J530" s="6"/>
       <c r="K530" s="6"/>
       <c r="L530" s="6"/>
       <c r="M530" s="6"/>
       <c r="N530" s="6"/>
     </row>
     <row r="531">
       <c r="A531" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B531" s="14" t="n">
         <v>0.0</v>
       </c>
@@ -27699,51 +27691,51 @@
       <c r="H558" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="I558" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="J558" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="K558" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="L558" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="M558" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="N558" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="559">
       <c r="A559" s="6" t="inlineStr">
         <is>
-          <t>Melilla</t>
+          <t>19 Melilla</t>
         </is>
       </c>
       <c r="B559" s="6"/>
       <c r="C559" s="6"/>
       <c r="D559" s="6"/>
       <c r="E559" s="6"/>
       <c r="F559" s="6"/>
       <c r="G559" s="6"/>
       <c r="H559" s="6"/>
       <c r="I559" s="6"/>
       <c r="J559" s="6"/>
       <c r="K559" s="6"/>
       <c r="L559" s="6"/>
       <c r="M559" s="6"/>
       <c r="N559" s="6"/>
     </row>
     <row r="560">
       <c r="A560" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B560" s="14" t="n">
         <v>0.0</v>
       </c>
@@ -29007,65 +28999,65 @@
       <c r="H587" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="I587" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="J587" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="K587" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="L587" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="M587" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="N587" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="590">
       <c r="A590" s="5" t="inlineStr">
         <is>
-          <t>Notas:</t>
+          <t>Notes:</t>
         </is>
       </c>
     </row>
     <row r="591">
       <c r="A591" t="inlineStr">
         <is>
-          <t>Symbol '..' means non-significant data</t>
+          <t>1) Symbol '..' means non-significant data</t>
         </is>
       </c>
     </row>
     <row r="593">
       <c r="A593" s="5" t="inlineStr">
         <is>
-          <t xml:space="preserve">Fuente: </t>
+          <t xml:space="preserve">Source: </t>
         </is>
       </c>
     </row>
     <row r="594">
       <c r="A594" t="inlineStr">
         <is>
           <t>National Statistics Institute</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="26">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A5:K5"/>
     <mergeCell ref="A6:K6"/>
     <mergeCell ref="A8:N8"/>
     <mergeCell ref="A37:N37"/>
     <mergeCell ref="A66:N66"/>
     <mergeCell ref="A95:N95"/>
     <mergeCell ref="A124:N124"/>
     <mergeCell ref="A153:N153"/>
     <mergeCell ref="A182:N182"/>