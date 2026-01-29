--- v0 (2025-10-24)
+++ v1 (2026-01-29)
@@ -337,51 +337,51 @@
       <c r="H3" s="11"/>
       <c r="I3" s="11"/>
       <c r="J3" s="11"/>
       <c r="K3" s="11"/>
     </row>
     <row r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Overnight stays of the travellers by Autonomous Communities, country of residence and months.</t>
         </is>
       </c>
       <c r="B4" s="3"/>
       <c r="C4" s="3"/>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
       <c r="F4" s="3"/>
       <c r="G4" s="3"/>
       <c r="H4" s="3"/>
       <c r="I4" s="3"/>
       <c r="J4" s="3"/>
       <c r="K4" s="3"/>
     </row>
     <row r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
-          <t>Unidades: number</t>
+          <t>Units: number</t>
         </is>
       </c>
       <c r="B5" s="4"/>
       <c r="C5" s="4"/>
       <c r="D5" s="4"/>
       <c r="E5" s="4"/>
       <c r="F5" s="4"/>
       <c r="G5" s="4"/>
       <c r="H5" s="4"/>
       <c r="I5" s="4"/>
       <c r="J5" s="4"/>
       <c r="K5" s="4"/>
     </row>
     <row r="6">
       <c r="A6" s="11" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="B6" s="11"/>
       <c r="C6" s="11"/>
       <c r="D6" s="11"/>
       <c r="E6" s="11"/>
       <c r="F6" s="11"/>
       <c r="G6" s="11"/>
@@ -467,20979 +467,21179 @@
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B8" s="6"/>
       <c r="C8" s="6"/>
       <c r="D8" s="6"/>
       <c r="E8" s="6"/>
       <c r="F8" s="6"/>
       <c r="G8" s="6"/>
       <c r="H8" s="6"/>
       <c r="I8" s="6"/>
       <c r="J8" s="6"/>
       <c r="K8" s="6"/>
       <c r="L8" s="6"/>
       <c r="M8" s="6"/>
       <c r="N8" s="6"/>
     </row>
     <row r="9">
       <c r="A9" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B9" s="14" t="n">
-        <v>4.7076021E7</v>
+        <v>4.9091785E7</v>
       </c>
       <c r="C9" s="14" t="n">
-        <v>1349630.0</v>
+        <v>1466685.0</v>
       </c>
       <c r="D9" s="14" t="n">
-        <v>1414424.0</v>
+        <v>1559752.0</v>
       </c>
       <c r="E9" s="14" t="n">
-        <v>1757298.0</v>
+        <v>2746255.0</v>
       </c>
       <c r="F9" s="14" t="n">
-        <v>3829030.0</v>
+        <v>2913363.0</v>
       </c>
       <c r="G9" s="14" t="n">
-        <v>3320157.0</v>
+        <v>3877222.0</v>
       </c>
       <c r="H9" s="14" t="n">
-        <v>4910365.0</v>
+        <v>5187161.0</v>
       </c>
       <c r="I9" s="14" t="n">
-        <v>8886391.0</v>
+        <v>9315756.0</v>
       </c>
       <c r="J9" s="14" t="n">
-        <v>1.1369465E7</v>
+        <v>1.1522692E7</v>
       </c>
       <c r="K9" s="14" t="n">
-        <v>4599370.0</v>
+        <v>4837761.0</v>
       </c>
       <c r="L9" s="14" t="n">
-        <v>2726367.0</v>
+        <v>2659131.0</v>
       </c>
       <c r="M9" s="14" t="n">
-        <v>1431467.0</v>
+        <v>1473207.0</v>
       </c>
       <c r="N9" s="14" t="n">
-        <v>1482057.0</v>
+        <v>1532800.0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Spaniards</t>
         </is>
       </c>
       <c r="B10" s="14" t="n">
-        <v>2.58802E7</v>
+        <v>2.6397566E7</v>
       </c>
       <c r="C10" s="14" t="n">
-        <v>283873.0</v>
+        <v>338259.0</v>
       </c>
       <c r="D10" s="14" t="n">
-        <v>367902.0</v>
+        <v>410227.0</v>
       </c>
       <c r="E10" s="14" t="n">
-        <v>701196.0</v>
+        <v>1537883.0</v>
       </c>
       <c r="F10" s="14" t="n">
-        <v>2459620.0</v>
+        <v>1438965.0</v>
       </c>
       <c r="G10" s="14" t="n">
-        <v>1603687.0</v>
+        <v>1939907.0</v>
       </c>
       <c r="H10" s="14" t="n">
-        <v>3085629.0</v>
+        <v>3279754.0</v>
       </c>
       <c r="I10" s="14" t="n">
-        <v>5310714.0</v>
+        <v>5535866.0</v>
       </c>
       <c r="J10" s="14" t="n">
-        <v>7341234.0</v>
+        <v>7427461.0</v>
       </c>
       <c r="K10" s="14" t="n">
-        <v>2455456.0</v>
+        <v>2462268.0</v>
       </c>
       <c r="L10" s="14" t="n">
-        <v>1263899.0</v>
+        <v>998873.0</v>
       </c>
       <c r="M10" s="14" t="n">
-        <v>498634.0</v>
+        <v>509140.0</v>
       </c>
       <c r="N10" s="14" t="n">
-        <v>508357.0</v>
+        <v>518963.0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Foreigners</t>
         </is>
       </c>
       <c r="B11" s="14" t="n">
-        <v>2.1195821E7</v>
+        <v>2.2694219E7</v>
       </c>
       <c r="C11" s="14" t="n">
-        <v>1065757.0</v>
+        <v>1128426.0</v>
       </c>
       <c r="D11" s="14" t="n">
-        <v>1046523.0</v>
+        <v>1149525.0</v>
       </c>
       <c r="E11" s="14" t="n">
-        <v>1056102.0</v>
+        <v>1208372.0</v>
       </c>
       <c r="F11" s="14" t="n">
-        <v>1369410.0</v>
+        <v>1474398.0</v>
       </c>
       <c r="G11" s="14" t="n">
-        <v>1716470.0</v>
+        <v>1937315.0</v>
       </c>
       <c r="H11" s="14" t="n">
-        <v>1824736.0</v>
+        <v>1907407.0</v>
       </c>
       <c r="I11" s="14" t="n">
-        <v>3575677.0</v>
+        <v>3779890.0</v>
       </c>
       <c r="J11" s="14" t="n">
-        <v>4028230.0</v>
+        <v>4095231.0</v>
       </c>
       <c r="K11" s="14" t="n">
-        <v>2143913.0</v>
+        <v>2375492.0</v>
       </c>
       <c r="L11" s="14" t="n">
-        <v>1462468.0</v>
+        <v>1660258.0</v>
       </c>
       <c r="M11" s="14" t="n">
-        <v>932833.0</v>
+        <v>964067.0</v>
       </c>
       <c r="N11" s="14" t="n">
-        <v>973700.0</v>
+        <v>1013837.0</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    European Union 27 (without Spain)</t>
         </is>
       </c>
       <c r="B12" s="14" t="n">
-        <v>1.6698679E7</v>
+        <v>1.8052803E7</v>
       </c>
       <c r="C12" s="14" t="n">
-        <v>784693.0</v>
+        <v>849913.0</v>
       </c>
       <c r="D12" s="14" t="n">
-        <v>781366.0</v>
+        <v>852262.0</v>
       </c>
       <c r="E12" s="14" t="n">
-        <v>765039.0</v>
+        <v>890859.0</v>
       </c>
       <c r="F12" s="14" t="n">
-        <v>997127.0</v>
+        <v>1075202.0</v>
       </c>
       <c r="G12" s="14" t="n">
-        <v>1282735.0</v>
+        <v>1488715.0</v>
       </c>
       <c r="H12" s="14" t="n">
-        <v>1393249.0</v>
+        <v>1460395.0</v>
       </c>
       <c r="I12" s="14" t="n">
-        <v>3072044.0</v>
+        <v>3310519.0</v>
       </c>
       <c r="J12" s="14" t="n">
-        <v>3524646.0</v>
+        <v>3600715.0</v>
       </c>
       <c r="K12" s="14" t="n">
-        <v>1674117.0</v>
+        <v>1846835.0</v>
       </c>
       <c r="L12" s="14" t="n">
-        <v>1018716.0</v>
+        <v>1201236.0</v>
       </c>
       <c r="M12" s="14" t="n">
-        <v>681577.0</v>
+        <v>717011.0</v>
       </c>
       <c r="N12" s="14" t="n">
-        <v>723368.0</v>
+        <v>759141.0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Germany</t>
         </is>
       </c>
       <c r="B13" s="14" t="n">
-        <v>4857473.0</v>
+        <v>5400203.0</v>
       </c>
       <c r="C13" s="14" t="n">
-        <v>411750.0</v>
+        <v>453440.0</v>
       </c>
       <c r="D13" s="14" t="n">
-        <v>380042.0</v>
+        <v>428300.0</v>
       </c>
       <c r="E13" s="14" t="n">
-        <v>367119.0</v>
+        <v>441774.0</v>
       </c>
       <c r="F13" s="14" t="n">
-        <v>349660.0</v>
+        <v>379117.0</v>
       </c>
       <c r="G13" s="14" t="n">
-        <v>374658.0</v>
+        <v>489131.0</v>
       </c>
       <c r="H13" s="14" t="n">
-        <v>383406.0</v>
+        <v>313147.0</v>
       </c>
       <c r="I13" s="14" t="n">
-        <v>392692.0</v>
+        <v>454915.0</v>
       </c>
       <c r="J13" s="14" t="n">
-        <v>471632.0</v>
+        <v>537091.0</v>
       </c>
       <c r="K13" s="14" t="n">
-        <v>558986.0</v>
+        <v>590457.0</v>
       </c>
       <c r="L13" s="14" t="n">
-        <v>451779.0</v>
+        <v>546002.0</v>
       </c>
       <c r="M13" s="14" t="n">
-        <v>336932.0</v>
+        <v>355185.0</v>
       </c>
       <c r="N13" s="14" t="n">
-        <v>378817.0</v>
+        <v>411642.0</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Austria</t>
         </is>
       </c>
       <c r="B14" s="14" t="n">
-        <v>120067.0</v>
+        <v>132240.0</v>
       </c>
       <c r="C14" s="14" t="n">
-        <v>11081.0</v>
+        <v>11864.0</v>
       </c>
       <c r="D14" s="14" t="n">
-        <v>9607.0</v>
+        <v>11277.0</v>
       </c>
       <c r="E14" s="14" t="n">
-        <v>9019.0</v>
+        <v>13651.0</v>
       </c>
       <c r="F14" s="14" t="n">
-        <v>10802.0</v>
+        <v>11397.0</v>
       </c>
       <c r="G14" s="14" t="n">
-        <v>11350.0</v>
+        <v>11234.0</v>
       </c>
       <c r="H14" s="14" t="n">
-        <v>8712.0</v>
+        <v>8475.0</v>
       </c>
       <c r="I14" s="14" t="n">
-        <v>9271.0</v>
+        <v>10559.0</v>
       </c>
       <c r="J14" s="14" t="n">
-        <v>11046.0</v>
+        <v>10448.0</v>
       </c>
       <c r="K14" s="14" t="n">
-        <v>11424.0</v>
+        <v>13912.0</v>
       </c>
       <c r="L14" s="14" t="n">
-        <v>9043.0</v>
+        <v>10643.0</v>
       </c>
       <c r="M14" s="14" t="n">
-        <v>8588.0</v>
+        <v>8677.0</v>
       </c>
       <c r="N14" s="14" t="n">
-        <v>10124.0</v>
+        <v>10102.0</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Belgium</t>
         </is>
       </c>
       <c r="B15" s="14" t="n">
-        <v>1137895.0</v>
+        <v>1228953.0</v>
       </c>
       <c r="C15" s="14" t="n">
-        <v>49855.0</v>
+        <v>50360.0</v>
       </c>
       <c r="D15" s="14" t="n">
-        <v>51457.0</v>
+        <v>51111.0</v>
       </c>
       <c r="E15" s="14" t="n">
-        <v>50181.0</v>
+        <v>60738.0</v>
       </c>
       <c r="F15" s="14" t="n">
-        <v>61721.0</v>
+        <v>69672.0</v>
       </c>
       <c r="G15" s="14" t="n">
-        <v>83121.0</v>
+        <v>81511.0</v>
       </c>
       <c r="H15" s="14" t="n">
-        <v>88023.0</v>
+        <v>101460.0</v>
       </c>
       <c r="I15" s="14" t="n">
-        <v>327205.0</v>
+        <v>364235.0</v>
       </c>
       <c r="J15" s="14" t="n">
-        <v>157948.0</v>
+        <v>161688.0</v>
       </c>
       <c r="K15" s="14" t="n">
-        <v>111069.0</v>
+        <v>123541.0</v>
       </c>
       <c r="L15" s="14" t="n">
-        <v>61952.0</v>
+        <v>68391.0</v>
       </c>
       <c r="M15" s="14" t="n">
-        <v>47166.0</v>
+        <v>48953.0</v>
       </c>
       <c r="N15" s="14" t="n">
-        <v>48198.0</v>
+        <v>47294.0</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Denmark</t>
         </is>
       </c>
       <c r="B16" s="14" t="n">
-        <v>104752.0</v>
+        <v>117302.0</v>
       </c>
       <c r="C16" s="14" t="n">
-        <v>7343.0</v>
+        <v>7555.0</v>
       </c>
       <c r="D16" s="14" t="n">
-        <v>8675.0</v>
+        <v>10720.0</v>
       </c>
       <c r="E16" s="14" t="n">
-        <v>7703.0</v>
+        <v>10464.0</v>
       </c>
       <c r="F16" s="14" t="n">
-        <v>5638.0</v>
+        <v>6623.0</v>
       </c>
       <c r="G16" s="14" t="n">
-        <v>5135.0</v>
+        <v>5318.0</v>
       </c>
       <c r="H16" s="14" t="n">
-        <v>5849.0</v>
+        <v>8263.0</v>
       </c>
       <c r="I16" s="14" t="n">
-        <v>30623.0</v>
+        <v>33453.0</v>
       </c>
       <c r="J16" s="14" t="n">
-        <v>5798.0</v>
+        <v>3212.0</v>
       </c>
       <c r="K16" s="14" t="n">
-        <v>10755.0</v>
+        <v>10572.0</v>
       </c>
       <c r="L16" s="14" t="n">
-        <v>8367.0</v>
+        <v>10905.0</v>
       </c>
       <c r="M16" s="14" t="n">
-        <v>4554.0</v>
+        <v>5783.0</v>
       </c>
       <c r="N16" s="14" t="n">
-        <v>4312.0</v>
+        <v>4434.0</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Finland</t>
         </is>
       </c>
       <c r="B17" s="14" t="n">
-        <v>87626.0</v>
+        <v>94826.0</v>
       </c>
       <c r="C17" s="14" t="n">
-        <v>10037.0</v>
+        <v>10494.0</v>
       </c>
       <c r="D17" s="14" t="n">
-        <v>10587.0</v>
+        <v>13525.0</v>
       </c>
       <c r="E17" s="14" t="n">
-        <v>9317.0</v>
+        <v>9149.0</v>
       </c>
       <c r="F17" s="14" t="n">
-        <v>5210.0</v>
+        <v>4963.0</v>
       </c>
       <c r="G17" s="14" t="n">
-        <v>3449.0</v>
+        <v>1915.0</v>
       </c>
       <c r="H17" s="14" t="n">
-        <v>3110.0</v>
+        <v>3159.0</v>
       </c>
       <c r="I17" s="14" t="n">
-        <v>1564.0</v>
+        <v>3065.0</v>
       </c>
       <c r="J17" s="14" t="n">
-        <v>2260.0</v>
+        <v>1093.0</v>
       </c>
       <c r="K17" s="14" t="n">
-        <v>3340.0</v>
+        <v>4035.0</v>
       </c>
       <c r="L17" s="14" t="n">
-        <v>9041.0</v>
+        <v>13420.0</v>
       </c>
       <c r="M17" s="14" t="n">
-        <v>15370.0</v>
+        <v>12340.0</v>
       </c>
       <c r="N17" s="14" t="n">
-        <v>14341.0</v>
+        <v>17668.0</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    France</t>
         </is>
       </c>
       <c r="B18" s="14" t="n">
-        <v>4154038.0</v>
+        <v>4294761.0</v>
       </c>
       <c r="C18" s="14" t="n">
-        <v>89454.0</v>
+        <v>93889.0</v>
       </c>
       <c r="D18" s="14" t="n">
-        <v>111591.0</v>
+        <v>104158.0</v>
       </c>
       <c r="E18" s="14" t="n">
-        <v>110059.0</v>
+        <v>115815.0</v>
       </c>
       <c r="F18" s="14" t="n">
-        <v>256632.0</v>
+        <v>269253.0</v>
       </c>
       <c r="G18" s="14" t="n">
-        <v>308107.0</v>
+        <v>353730.0</v>
       </c>
       <c r="H18" s="14" t="n">
-        <v>282303.0</v>
+        <v>308292.0</v>
       </c>
       <c r="I18" s="14" t="n">
-        <v>949272.0</v>
+        <v>896786.0</v>
       </c>
       <c r="J18" s="14" t="n">
-        <v>1346579.0</v>
+        <v>1379275.0</v>
       </c>
       <c r="K18" s="14" t="n">
-        <v>375859.0</v>
+        <v>415910.0</v>
       </c>
       <c r="L18" s="14" t="n">
-        <v>172718.0</v>
+        <v>209231.0</v>
       </c>
       <c r="M18" s="14" t="n">
-        <v>79161.0</v>
+        <v>80760.0</v>
       </c>
       <c r="N18" s="14" t="n">
-        <v>72304.0</v>
+        <v>67661.0</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Greece</t>
         </is>
       </c>
       <c r="B19" s="14" t="n">
-        <v>7224.0</v>
+        <v>5165.0</v>
       </c>
       <c r="C19" s="14" t="n">
-        <v>64.0</v>
+        <v>29.0</v>
       </c>
       <c r="D19" s="14" t="n">
-        <v>198.0</v>
+        <v>289.0</v>
       </c>
       <c r="E19" s="14" t="n">
-        <v>1396.0</v>
+        <v>220.0</v>
       </c>
       <c r="F19" s="14" t="n">
-        <v>209.0</v>
+        <v>164.0</v>
       </c>
       <c r="G19" s="14" t="n">
-        <v>350.0</v>
+        <v>468.0</v>
       </c>
       <c r="H19" s="14" t="n">
-        <v>288.0</v>
+        <v>1045.0</v>
       </c>
       <c r="I19" s="14" t="n">
-        <v>1062.0</v>
+        <v>475.0</v>
       </c>
       <c r="J19" s="14" t="n">
-        <v>721.0</v>
+        <v>1654.0</v>
       </c>
       <c r="K19" s="14" t="n">
-        <v>235.0</v>
+        <v>245.0</v>
       </c>
       <c r="L19" s="14" t="n">
-        <v>2523.0</v>
-[...9 lines deleted...]
-        </is>
+        <v>504.0</v>
+      </c>
+      <c r="M19" s="14" t="n">
+        <v>25.0</v>
+      </c>
+      <c r="N19" s="14" t="n">
+        <v>47.0</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Ireland</t>
         </is>
       </c>
       <c r="B20" s="14" t="n">
-        <v>562204.0</v>
+        <v>633466.0</v>
       </c>
       <c r="C20" s="14" t="n">
-        <v>8534.0</v>
+        <v>10550.0</v>
       </c>
       <c r="D20" s="14" t="n">
-        <v>7954.0</v>
+        <v>10806.0</v>
       </c>
       <c r="E20" s="14" t="n">
-        <v>9948.0</v>
+        <v>12475.0</v>
       </c>
       <c r="F20" s="14" t="n">
-        <v>24200.0</v>
+        <v>34288.0</v>
       </c>
       <c r="G20" s="14" t="n">
-        <v>58311.0</v>
+        <v>60858.0</v>
       </c>
       <c r="H20" s="14" t="n">
-        <v>134005.0</v>
+        <v>137080.0</v>
       </c>
       <c r="I20" s="14" t="n">
-        <v>123874.0</v>
+        <v>123885.0</v>
       </c>
       <c r="J20" s="14" t="n">
-        <v>93811.0</v>
+        <v>110185.0</v>
       </c>
       <c r="K20" s="14" t="n">
-        <v>49819.0</v>
+        <v>70197.0</v>
       </c>
       <c r="L20" s="14" t="n">
-        <v>33502.0</v>
+        <v>41452.0</v>
       </c>
       <c r="M20" s="14" t="n">
-        <v>9647.0</v>
+        <v>12033.0</v>
       </c>
       <c r="N20" s="14" t="n">
-        <v>8600.0</v>
+        <v>9656.0</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Italy</t>
         </is>
       </c>
       <c r="B21" s="14" t="n">
-        <v>324157.0</v>
+        <v>352758.0</v>
       </c>
       <c r="C21" s="14" t="n">
-        <v>11861.0</v>
+        <v>11201.0</v>
       </c>
       <c r="D21" s="14" t="n">
-        <v>8401.0</v>
+        <v>9719.0</v>
       </c>
       <c r="E21" s="14" t="n">
-        <v>9292.0</v>
+        <v>14262.0</v>
       </c>
       <c r="F21" s="14" t="n">
-        <v>14810.0</v>
+        <v>13521.0</v>
       </c>
       <c r="G21" s="14" t="n">
-        <v>15542.0</v>
+        <v>20959.0</v>
       </c>
       <c r="H21" s="14" t="n">
-        <v>27813.0</v>
+        <v>33246.0</v>
       </c>
       <c r="I21" s="14" t="n">
-        <v>54760.0</v>
+        <v>56393.0</v>
       </c>
       <c r="J21" s="14" t="n">
-        <v>125723.0</v>
+        <v>128838.0</v>
       </c>
       <c r="K21" s="14" t="n">
-        <v>24769.0</v>
+        <v>30353.0</v>
       </c>
       <c r="L21" s="14" t="n">
-        <v>11171.0</v>
+        <v>12909.0</v>
       </c>
       <c r="M21" s="14" t="n">
-        <v>7444.0</v>
+        <v>8549.0</v>
       </c>
       <c r="N21" s="14" t="n">
-        <v>12571.0</v>
+        <v>12807.0</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Luxembourg</t>
         </is>
       </c>
       <c r="B22" s="14" t="n">
-        <v>43486.0</v>
+        <v>45131.0</v>
       </c>
       <c r="C22" s="14" t="n">
-        <v>3602.0</v>
+        <v>4011.0</v>
       </c>
       <c r="D22" s="14" t="n">
-        <v>3901.0</v>
+        <v>4275.0</v>
       </c>
       <c r="E22" s="14" t="n">
-        <v>2758.0</v>
+        <v>3919.0</v>
       </c>
       <c r="F22" s="14" t="n">
-        <v>3459.0</v>
+        <v>2652.0</v>
       </c>
       <c r="G22" s="14" t="n">
-        <v>3223.0</v>
+        <v>2598.0</v>
       </c>
       <c r="H22" s="14" t="n">
-        <v>2513.0</v>
+        <v>2481.0</v>
       </c>
       <c r="I22" s="14" t="n">
-        <v>3090.0</v>
+        <v>4445.0</v>
       </c>
       <c r="J22" s="14" t="n">
-        <v>6313.0</v>
+        <v>6338.0</v>
       </c>
       <c r="K22" s="14" t="n">
-        <v>4413.0</v>
+        <v>4477.0</v>
       </c>
       <c r="L22" s="14" t="n">
-        <v>2747.0</v>
+        <v>2769.0</v>
       </c>
       <c r="M22" s="14" t="n">
-        <v>3738.0</v>
+        <v>3519.0</v>
       </c>
       <c r="N22" s="14" t="n">
-        <v>3727.0</v>
+        <v>3646.0</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Netherlands</t>
         </is>
       </c>
       <c r="B23" s="14" t="n">
-        <v>4584062.0</v>
+        <v>4969884.0</v>
       </c>
       <c r="C23" s="14" t="n">
-        <v>146605.0</v>
+        <v>157174.0</v>
       </c>
       <c r="D23" s="14" t="n">
-        <v>155100.0</v>
+        <v>165594.0</v>
       </c>
       <c r="E23" s="14" t="n">
-        <v>154007.0</v>
+        <v>168316.0</v>
       </c>
       <c r="F23" s="14" t="n">
-        <v>228667.0</v>
+        <v>246280.0</v>
       </c>
       <c r="G23" s="14" t="n">
-        <v>383554.0</v>
+        <v>418632.0</v>
       </c>
       <c r="H23" s="14" t="n">
-        <v>401006.0</v>
+        <v>467252.0</v>
       </c>
       <c r="I23" s="14" t="n">
-        <v>1071415.0</v>
+        <v>1251879.0</v>
       </c>
       <c r="J23" s="14" t="n">
-        <v>1146212.0</v>
+        <v>1099505.0</v>
       </c>
       <c r="K23" s="14" t="n">
-        <v>432044.0</v>
+        <v>487464.0</v>
       </c>
       <c r="L23" s="14" t="n">
-        <v>202679.0</v>
+        <v>232249.0</v>
       </c>
       <c r="M23" s="14" t="n">
-        <v>130573.0</v>
+        <v>140312.0</v>
       </c>
       <c r="N23" s="14" t="n">
-        <v>132199.0</v>
+        <v>135226.0</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Poland</t>
         </is>
       </c>
       <c r="B24" s="14" t="n">
-        <v>103729.0</v>
+        <v>134571.0</v>
       </c>
       <c r="C24" s="14" t="n">
-        <v>2762.0</v>
+        <v>3415.0</v>
       </c>
       <c r="D24" s="14" t="n">
-        <v>1342.0</v>
+        <v>7000.0</v>
       </c>
       <c r="E24" s="14" t="n">
-        <v>2461.0</v>
+        <v>6046.0</v>
       </c>
       <c r="F24" s="14" t="n">
-        <v>5116.0</v>
+        <v>8358.0</v>
       </c>
       <c r="G24" s="14" t="n">
-        <v>9912.0</v>
+        <v>14831.0</v>
       </c>
       <c r="H24" s="14" t="n">
-        <v>11918.0</v>
+        <v>21262.0</v>
       </c>
       <c r="I24" s="14" t="n">
-        <v>19838.0</v>
+        <v>22327.0</v>
       </c>
       <c r="J24" s="14" t="n">
-        <v>17669.0</v>
+        <v>19203.0</v>
       </c>
       <c r="K24" s="14" t="n">
-        <v>17083.0</v>
+        <v>17152.0</v>
       </c>
       <c r="L24" s="14" t="n">
-        <v>7542.0</v>
+        <v>7189.0</v>
       </c>
       <c r="M24" s="14" t="n">
-        <v>4179.0</v>
+        <v>4208.0</v>
       </c>
       <c r="N24" s="14" t="n">
-        <v>3907.0</v>
+        <v>3580.0</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Portugal</t>
         </is>
       </c>
       <c r="B25" s="14" t="n">
-        <v>250546.0</v>
+        <v>263792.0</v>
       </c>
       <c r="C25" s="14" t="n">
-        <v>1750.0</v>
+        <v>1889.0</v>
       </c>
       <c r="D25" s="14" t="n">
-        <v>1409.0</v>
+        <v>1956.0</v>
       </c>
       <c r="E25" s="14" t="n">
-        <v>3315.0</v>
+        <v>4951.0</v>
       </c>
       <c r="F25" s="14" t="n">
-        <v>11351.0</v>
+        <v>7645.0</v>
       </c>
       <c r="G25" s="14" t="n">
-        <v>6645.0</v>
+        <v>8288.0</v>
       </c>
       <c r="H25" s="14" t="n">
-        <v>22601.0</v>
+        <v>26316.0</v>
       </c>
       <c r="I25" s="14" t="n">
-        <v>48984.0</v>
+        <v>50470.0</v>
       </c>
       <c r="J25" s="14" t="n">
-        <v>101644.0</v>
+        <v>108210.0</v>
       </c>
       <c r="K25" s="14" t="n">
-        <v>41070.0</v>
+        <v>44513.0</v>
       </c>
       <c r="L25" s="14" t="n">
-        <v>6432.0</v>
+        <v>3886.0</v>
       </c>
       <c r="M25" s="14" t="n">
-        <v>2299.0</v>
+        <v>3245.0</v>
       </c>
       <c r="N25" s="14" t="n">
-        <v>3046.0</v>
+        <v>2423.0</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Czech Republic</t>
         </is>
       </c>
       <c r="B26" s="14" t="n">
-        <v>57349.0</v>
+        <v>45474.0</v>
       </c>
       <c r="C26" s="14" t="n">
-        <v>1509.0</v>
+        <v>3836.0</v>
       </c>
       <c r="D26" s="14" t="n">
-        <v>4210.0</v>
+        <v>2545.0</v>
       </c>
       <c r="E26" s="14" t="n">
-        <v>2639.0</v>
+        <v>2442.0</v>
       </c>
       <c r="F26" s="14" t="n">
-        <v>3767.0</v>
+        <v>1844.0</v>
       </c>
       <c r="G26" s="14" t="n">
-        <v>3159.0</v>
+        <v>3258.0</v>
       </c>
       <c r="H26" s="14" t="n">
-        <v>6177.0</v>
+        <v>4832.0</v>
       </c>
       <c r="I26" s="14" t="n">
-        <v>9364.0</v>
+        <v>8360.0</v>
       </c>
       <c r="J26" s="14" t="n">
-        <v>8246.0</v>
+        <v>4806.0</v>
       </c>
       <c r="K26" s="14" t="n">
-        <v>8235.0</v>
+        <v>5049.0</v>
       </c>
       <c r="L26" s="14" t="n">
-        <v>6030.0</v>
+        <v>3975.0</v>
       </c>
       <c r="M26" s="14" t="n">
-        <v>1381.0</v>
+        <v>1558.0</v>
       </c>
       <c r="N26" s="14" t="n">
-        <v>2632.0</v>
+        <v>2970.0</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Sweden</t>
         </is>
       </c>
       <c r="B27" s="14" t="n">
-        <v>203350.0</v>
+        <v>209144.0</v>
       </c>
       <c r="C27" s="14" t="n">
-        <v>25473.0</v>
+        <v>25227.0</v>
       </c>
       <c r="D27" s="14" t="n">
-        <v>23768.0</v>
+        <v>25426.0</v>
       </c>
       <c r="E27" s="14" t="n">
-        <v>22352.0</v>
+        <v>20596.0</v>
       </c>
       <c r="F27" s="14" t="n">
-        <v>9332.0</v>
+        <v>12479.0</v>
       </c>
       <c r="G27" s="14" t="n">
-        <v>6604.0</v>
+        <v>6152.0</v>
       </c>
       <c r="H27" s="14" t="n">
-        <v>5379.0</v>
+        <v>7859.0</v>
       </c>
       <c r="I27" s="14" t="n">
-        <v>13231.0</v>
+        <v>11906.0</v>
       </c>
       <c r="J27" s="14" t="n">
-        <v>6555.0</v>
+        <v>6108.0</v>
       </c>
       <c r="K27" s="14" t="n">
-        <v>13807.0</v>
+        <v>14887.0</v>
       </c>
       <c r="L27" s="14" t="n">
-        <v>25039.0</v>
+        <v>27518.0</v>
       </c>
       <c r="M27" s="14" t="n">
-        <v>27608.0</v>
+        <v>26134.0</v>
       </c>
       <c r="N27" s="14" t="n">
-        <v>24203.0</v>
+        <v>24852.0</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of EU</t>
         </is>
       </c>
       <c r="B28" s="14" t="n">
-        <v>100721.0</v>
+        <v>125137.0</v>
       </c>
       <c r="C28" s="14" t="n">
-        <v>3015.0</v>
+        <v>4979.0</v>
       </c>
       <c r="D28" s="14" t="n">
-        <v>3125.0</v>
+        <v>5561.0</v>
       </c>
       <c r="E28" s="14" t="n">
-        <v>3473.0</v>
+        <v>6040.0</v>
       </c>
       <c r="F28" s="14" t="n">
-        <v>6554.0</v>
+        <v>6945.0</v>
       </c>
       <c r="G28" s="14" t="n">
-        <v>9615.0</v>
+        <v>9832.0</v>
       </c>
       <c r="H28" s="14" t="n">
-        <v>10147.0</v>
+        <v>16224.0</v>
       </c>
       <c r="I28" s="14" t="n">
-        <v>15800.0</v>
+        <v>17366.0</v>
       </c>
       <c r="J28" s="14" t="n">
-        <v>22490.0</v>
+        <v>23060.0</v>
       </c>
       <c r="K28" s="14" t="n">
-        <v>11207.0</v>
+        <v>14073.0</v>
       </c>
       <c r="L28" s="14" t="n">
-        <v>8152.0</v>
+        <v>10193.0</v>
       </c>
       <c r="M28" s="14" t="n">
-        <v>2893.0</v>
+        <v>5731.0</v>
       </c>
       <c r="N28" s="14" t="n">
-        <v>4251.0</v>
+        <v>5132.0</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Norway</t>
         </is>
       </c>
       <c r="B29" s="14" t="n">
-        <v>97621.0</v>
+        <v>103842.0</v>
       </c>
       <c r="C29" s="14" t="n">
-        <v>11333.0</v>
+        <v>12891.0</v>
       </c>
       <c r="D29" s="14" t="n">
-        <v>10346.0</v>
+        <v>12909.0</v>
       </c>
       <c r="E29" s="14" t="n">
-        <v>10627.0</v>
+        <v>10410.0</v>
       </c>
       <c r="F29" s="14" t="n">
-        <v>6354.0</v>
+        <v>5848.0</v>
       </c>
       <c r="G29" s="14" t="n">
-        <v>3941.0</v>
+        <v>3030.0</v>
       </c>
       <c r="H29" s="14" t="n">
-        <v>4122.0</v>
+        <v>5296.0</v>
       </c>
       <c r="I29" s="14" t="n">
-        <v>9874.0</v>
+        <v>7011.0</v>
       </c>
       <c r="J29" s="14" t="n">
-        <v>3564.0</v>
+        <v>3639.0</v>
       </c>
       <c r="K29" s="14" t="n">
-        <v>6354.0</v>
+        <v>7059.0</v>
       </c>
       <c r="L29" s="14" t="n">
-        <v>11455.0</v>
+        <v>11871.0</v>
       </c>
       <c r="M29" s="14" t="n">
-        <v>9394.0</v>
+        <v>12632.0</v>
       </c>
       <c r="N29" s="14" t="n">
-        <v>10258.0</v>
+        <v>11245.0</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    United Kingdom</t>
         </is>
       </c>
       <c r="B30" s="14" t="n">
-        <v>3389598.0</v>
+        <v>3479022.0</v>
       </c>
       <c r="C30" s="14" t="n">
-        <v>229469.0</v>
+        <v>221974.0</v>
       </c>
       <c r="D30" s="14" t="n">
-        <v>215854.0</v>
+        <v>236913.0</v>
       </c>
       <c r="E30" s="14" t="n">
-        <v>223581.0</v>
+        <v>251463.0</v>
       </c>
       <c r="F30" s="14" t="n">
-        <v>284664.0</v>
+        <v>314978.0</v>
       </c>
       <c r="G30" s="14" t="n">
-        <v>349485.0</v>
+        <v>352657.0</v>
       </c>
       <c r="H30" s="14" t="n">
-        <v>339969.0</v>
+        <v>338538.0</v>
       </c>
       <c r="I30" s="14" t="n">
-        <v>303131.0</v>
+        <v>300323.0</v>
       </c>
       <c r="J30" s="14" t="n">
-        <v>386647.0</v>
+        <v>377974.0</v>
       </c>
       <c r="K30" s="14" t="n">
-        <v>329495.0</v>
+        <v>355569.0</v>
       </c>
       <c r="L30" s="14" t="n">
-        <v>338512.0</v>
+        <v>343428.0</v>
       </c>
       <c r="M30" s="14" t="n">
-        <v>194253.0</v>
+        <v>187687.0</v>
       </c>
       <c r="N30" s="14" t="n">
-        <v>194538.0</v>
+        <v>197518.0</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Switzerland</t>
         </is>
       </c>
       <c r="B31" s="14" t="n">
-        <v>512144.0</v>
+        <v>556522.0</v>
       </c>
       <c r="C31" s="14" t="n">
-        <v>31256.0</v>
+        <v>30845.0</v>
       </c>
       <c r="D31" s="14" t="n">
-        <v>27790.0</v>
+        <v>29491.0</v>
       </c>
       <c r="E31" s="14" t="n">
-        <v>28496.0</v>
+        <v>33365.0</v>
       </c>
       <c r="F31" s="14" t="n">
-        <v>45956.0</v>
+        <v>46365.0</v>
       </c>
       <c r="G31" s="14" t="n">
-        <v>48399.0</v>
+        <v>46116.0</v>
       </c>
       <c r="H31" s="14" t="n">
-        <v>35235.0</v>
+        <v>39786.0</v>
       </c>
       <c r="I31" s="14" t="n">
-        <v>72668.0</v>
+        <v>77390.0</v>
       </c>
       <c r="J31" s="14" t="n">
-        <v>28157.0</v>
+        <v>27758.0</v>
       </c>
       <c r="K31" s="14" t="n">
-        <v>77875.0</v>
+        <v>100305.0</v>
       </c>
       <c r="L31" s="14" t="n">
-        <v>62410.0</v>
+        <v>65441.0</v>
       </c>
       <c r="M31" s="14" t="n">
-        <v>26618.0</v>
+        <v>29845.0</v>
       </c>
       <c r="N31" s="14" t="n">
-        <v>27283.0</v>
+        <v>29817.0</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of Europe</t>
         </is>
       </c>
       <c r="B32" s="14" t="n">
-        <v>117878.0</v>
+        <v>125549.0</v>
       </c>
       <c r="C32" s="14" t="n">
-        <v>1806.0</v>
+        <v>3019.0</v>
       </c>
       <c r="D32" s="14" t="n">
-        <v>2780.0</v>
+        <v>2225.0</v>
       </c>
       <c r="E32" s="14" t="n">
-        <v>2944.0</v>
+        <v>2816.0</v>
       </c>
       <c r="F32" s="14" t="n">
-        <v>8415.0</v>
+        <v>4746.0</v>
       </c>
       <c r="G32" s="14" t="n">
-        <v>6659.0</v>
+        <v>9502.0</v>
       </c>
       <c r="H32" s="14" t="n">
-        <v>17361.0</v>
+        <v>16090.0</v>
       </c>
       <c r="I32" s="14" t="n">
-        <v>19574.0</v>
+        <v>25181.0</v>
       </c>
       <c r="J32" s="14" t="n">
-        <v>17442.0</v>
+        <v>19189.0</v>
       </c>
       <c r="K32" s="14" t="n">
-        <v>19059.0</v>
+        <v>23059.0</v>
       </c>
       <c r="L32" s="14" t="n">
-        <v>12473.0</v>
+        <v>14620.0</v>
       </c>
       <c r="M32" s="14" t="n">
-        <v>4324.0</v>
+        <v>2182.0</v>
       </c>
       <c r="N32" s="14" t="n">
-        <v>5043.0</v>
+        <v>2919.0</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    United States</t>
         </is>
       </c>
       <c r="B33" s="14" t="n">
-        <v>26012.0</v>
+        <v>29864.0</v>
       </c>
       <c r="C33" s="14" t="n">
-        <v>1160.0</v>
+        <v>991.0</v>
       </c>
       <c r="D33" s="14" t="n">
-        <v>1789.0</v>
+        <v>937.0</v>
       </c>
       <c r="E33" s="14" t="n">
-        <v>1082.0</v>
+        <v>1351.0</v>
       </c>
       <c r="F33" s="14" t="n">
-        <v>2065.0</v>
+        <v>1795.0</v>
       </c>
       <c r="G33" s="14" t="n">
-        <v>2829.0</v>
+        <v>2932.0</v>
       </c>
       <c r="H33" s="14" t="n">
-        <v>3805.0</v>
+        <v>5487.0</v>
       </c>
       <c r="I33" s="14" t="n">
-        <v>5128.0</v>
+        <v>5265.0</v>
       </c>
       <c r="J33" s="14" t="n">
-        <v>2552.0</v>
+        <v>3276.0</v>
       </c>
       <c r="K33" s="14" t="n">
-        <v>2004.0</v>
+        <v>3835.0</v>
       </c>
       <c r="L33" s="14" t="n">
-        <v>1923.0</v>
+        <v>1706.0</v>
       </c>
       <c r="M33" s="14" t="n">
-        <v>928.0</v>
+        <v>1283.0</v>
       </c>
       <c r="N33" s="14" t="n">
-        <v>748.0</v>
+        <v>1005.0</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of America</t>
         </is>
       </c>
       <c r="B34" s="14" t="n">
-        <v>67536.0</v>
+        <v>82784.0</v>
       </c>
       <c r="C34" s="14" t="n">
-        <v>1136.0</v>
+        <v>1642.0</v>
       </c>
       <c r="D34" s="14" t="n">
-        <v>1058.0</v>
+        <v>2337.0</v>
       </c>
       <c r="E34" s="14" t="n">
-        <v>1400.0</v>
+        <v>3710.0</v>
       </c>
       <c r="F34" s="14" t="n">
-        <v>4379.0</v>
+        <v>4516.0</v>
       </c>
       <c r="G34" s="14" t="n">
-        <v>5191.0</v>
+        <v>7473.0</v>
       </c>
       <c r="H34" s="14" t="n">
-        <v>7381.0</v>
+        <v>10173.0</v>
       </c>
       <c r="I34" s="14" t="n">
-        <v>12013.0</v>
+        <v>12105.0</v>
       </c>
       <c r="J34" s="14" t="n">
-        <v>16411.0</v>
+        <v>18295.0</v>
       </c>
       <c r="K34" s="14" t="n">
-        <v>8520.0</v>
+        <v>10799.0</v>
       </c>
       <c r="L34" s="14" t="n">
-        <v>3991.0</v>
+        <v>5875.0</v>
       </c>
       <c r="M34" s="14" t="n">
-        <v>3097.0</v>
+        <v>3310.0</v>
       </c>
       <c r="N34" s="14" t="n">
-        <v>2958.0</v>
+        <v>2549.0</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    African Countries</t>
         </is>
       </c>
       <c r="B35" s="14" t="n">
-        <v>13287.0</v>
+        <v>15108.0</v>
       </c>
       <c r="C35" s="14" t="n">
-        <v>143.0</v>
+        <v>162.0</v>
       </c>
       <c r="D35" s="14" t="n">
-        <v>530.0</v>
+        <v>360.0</v>
       </c>
       <c r="E35" s="14" t="n">
-        <v>518.0</v>
+        <v>85.0</v>
       </c>
       <c r="F35" s="14" t="n">
-        <v>517.0</v>
+        <v>817.0</v>
       </c>
       <c r="G35" s="14" t="n">
-        <v>694.0</v>
+        <v>902.0</v>
       </c>
       <c r="H35" s="14" t="n">
-        <v>1024.0</v>
+        <v>1092.0</v>
       </c>
       <c r="I35" s="14" t="n">
-        <v>1756.0</v>
+        <v>1788.0</v>
       </c>
       <c r="J35" s="14" t="n">
-        <v>3121.0</v>
+        <v>4118.0</v>
       </c>
       <c r="K35" s="14" t="n">
-        <v>1195.0</v>
+        <v>1204.0</v>
       </c>
       <c r="L35" s="14" t="n">
-        <v>378.0</v>
+        <v>2721.0</v>
       </c>
       <c r="M35" s="14" t="n">
-        <v>1689.0</v>
+        <v>632.0</v>
       </c>
       <c r="N35" s="14" t="n">
-        <v>1722.0</v>
+        <v>1226.0</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of the world</t>
         </is>
       </c>
       <c r="B36" s="14" t="n">
-        <v>246880.0</v>
+        <v>237380.0</v>
       </c>
       <c r="C36" s="14" t="n">
-        <v>4349.0</v>
+        <v>6463.0</v>
       </c>
       <c r="D36" s="14" t="n">
-        <v>4770.0</v>
+        <v>11592.0</v>
       </c>
       <c r="E36" s="14" t="n">
-        <v>6847.0</v>
+        <v>13732.0</v>
       </c>
       <c r="F36" s="14" t="n">
-        <v>19181.0</v>
+        <v>19052.0</v>
       </c>
       <c r="G36" s="14" t="n">
-        <v>16084.0</v>
+        <v>25019.0</v>
       </c>
       <c r="H36" s="14" t="n">
-        <v>20386.0</v>
+        <v>28483.0</v>
       </c>
       <c r="I36" s="14" t="n">
-        <v>77230.0</v>
+        <v>38631.0</v>
       </c>
       <c r="J36" s="14" t="n">
-        <v>44225.0</v>
+        <v>38641.0</v>
       </c>
       <c r="K36" s="14" t="n">
-        <v>24194.0</v>
+        <v>25925.0</v>
       </c>
       <c r="L36" s="14" t="n">
-        <v>11985.0</v>
+        <v>12803.0</v>
       </c>
       <c r="M36" s="14" t="n">
-        <v>10469.0</v>
+        <v>9074.0</v>
       </c>
       <c r="N36" s="14" t="n">
-        <v>7159.0</v>
+        <v>7966.0</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="6" t="inlineStr">
         <is>
           <t>Andalucía</t>
         </is>
       </c>
       <c r="B37" s="6"/>
       <c r="C37" s="6"/>
       <c r="D37" s="6"/>
       <c r="E37" s="6"/>
       <c r="F37" s="6"/>
       <c r="G37" s="6"/>
       <c r="H37" s="6"/>
       <c r="I37" s="6"/>
       <c r="J37" s="6"/>
       <c r="K37" s="6"/>
       <c r="L37" s="6"/>
       <c r="M37" s="6"/>
       <c r="N37" s="6"/>
     </row>
     <row r="38">
       <c r="A38" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B38" s="14" t="n">
-        <v>6128326.0</v>
+        <v>6674581.0</v>
       </c>
       <c r="C38" s="14" t="n">
-        <v>338115.0</v>
+        <v>373056.0</v>
       </c>
       <c r="D38" s="14" t="n">
-        <v>377175.0</v>
+        <v>399948.0</v>
       </c>
       <c r="E38" s="14" t="n">
-        <v>357375.0</v>
+        <v>464301.0</v>
       </c>
       <c r="F38" s="14" t="n">
-        <v>542802.0</v>
+        <v>439247.0</v>
       </c>
       <c r="G38" s="14" t="n">
-        <v>397316.0</v>
+        <v>516642.0</v>
       </c>
       <c r="H38" s="14" t="n">
-        <v>509787.0</v>
+        <v>582904.0</v>
       </c>
       <c r="I38" s="14" t="n">
-        <v>936953.0</v>
+        <v>963126.0</v>
       </c>
       <c r="J38" s="14" t="n">
-        <v>1152718.0</v>
+        <v>1210452.0</v>
       </c>
       <c r="K38" s="14" t="n">
-        <v>533893.0</v>
+        <v>625240.0</v>
       </c>
       <c r="L38" s="14" t="n">
-        <v>378161.0</v>
+        <v>404665.0</v>
       </c>
       <c r="M38" s="14" t="n">
-        <v>295647.0</v>
+        <v>314854.0</v>
       </c>
       <c r="N38" s="14" t="n">
-        <v>308383.0</v>
+        <v>380148.0</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Spaniards</t>
         </is>
       </c>
       <c r="B39" s="14" t="n">
-        <v>3801951.0</v>
+        <v>4138901.0</v>
       </c>
       <c r="C39" s="14" t="n">
-        <v>56810.0</v>
+        <v>81796.0</v>
       </c>
       <c r="D39" s="14" t="n">
-        <v>108771.0</v>
+        <v>110952.0</v>
       </c>
       <c r="E39" s="14" t="n">
-        <v>119827.0</v>
+        <v>206511.0</v>
       </c>
       <c r="F39" s="14" t="n">
-        <v>341813.0</v>
+        <v>236164.0</v>
       </c>
       <c r="G39" s="14" t="n">
-        <v>209014.0</v>
+        <v>317537.0</v>
       </c>
       <c r="H39" s="14" t="n">
-        <v>404638.0</v>
+        <v>448956.0</v>
       </c>
       <c r="I39" s="14" t="n">
-        <v>789241.0</v>
+        <v>834163.0</v>
       </c>
       <c r="J39" s="14" t="n">
-        <v>1020149.0</v>
+        <v>1068208.0</v>
       </c>
       <c r="K39" s="14" t="n">
-        <v>382371.0</v>
+        <v>434441.0</v>
       </c>
       <c r="L39" s="14" t="n">
-        <v>196346.0</v>
+        <v>176195.0</v>
       </c>
       <c r="M39" s="14" t="n">
-        <v>100338.0</v>
+        <v>103647.0</v>
       </c>
       <c r="N39" s="14" t="n">
-        <v>72632.0</v>
+        <v>120331.0</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Foreigners</t>
         </is>
       </c>
       <c r="B40" s="14" t="n">
-        <v>2326374.0</v>
+        <v>2535680.0</v>
       </c>
       <c r="C40" s="14" t="n">
-        <v>281305.0</v>
+        <v>291259.0</v>
       </c>
       <c r="D40" s="14" t="n">
-        <v>268405.0</v>
+        <v>288996.0</v>
       </c>
       <c r="E40" s="14" t="n">
-        <v>237548.0</v>
+        <v>257790.0</v>
       </c>
       <c r="F40" s="14" t="n">
-        <v>200988.0</v>
+        <v>203083.0</v>
       </c>
       <c r="G40" s="14" t="n">
-        <v>188302.0</v>
+        <v>199104.0</v>
       </c>
       <c r="H40" s="14" t="n">
-        <v>105149.0</v>
+        <v>133948.0</v>
       </c>
       <c r="I40" s="14" t="n">
-        <v>147712.0</v>
+        <v>128963.0</v>
       </c>
       <c r="J40" s="14" t="n">
-        <v>132569.0</v>
+        <v>142244.0</v>
       </c>
       <c r="K40" s="14" t="n">
-        <v>151522.0</v>
+        <v>190798.0</v>
       </c>
       <c r="L40" s="14" t="n">
-        <v>181815.0</v>
+        <v>228470.0</v>
       </c>
       <c r="M40" s="14" t="n">
-        <v>195309.0</v>
+        <v>211207.0</v>
       </c>
       <c r="N40" s="14" t="n">
-        <v>235751.0</v>
+        <v>259817.0</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    European Union 27 (without Spain)</t>
         </is>
       </c>
       <c r="B41" s="14" t="n">
-        <v>1699881.0</v>
+        <v>1888093.0</v>
       </c>
       <c r="C41" s="14" t="n">
-        <v>219832.0</v>
+        <v>229065.0</v>
       </c>
       <c r="D41" s="14" t="n">
-        <v>209068.0</v>
+        <v>225442.0</v>
       </c>
       <c r="E41" s="14" t="n">
-        <v>183829.0</v>
+        <v>196229.0</v>
       </c>
       <c r="F41" s="14" t="n">
-        <v>152703.0</v>
+        <v>147994.0</v>
       </c>
       <c r="G41" s="14" t="n">
-        <v>134684.0</v>
+        <v>141432.0</v>
       </c>
       <c r="H41" s="14" t="n">
-        <v>71253.0</v>
+        <v>86986.0</v>
       </c>
       <c r="I41" s="14" t="n">
-        <v>65190.0</v>
+        <v>82831.0</v>
       </c>
       <c r="J41" s="14" t="n">
-        <v>90474.0</v>
+        <v>101648.0</v>
       </c>
       <c r="K41" s="14" t="n">
-        <v>104877.0</v>
+        <v>137818.0</v>
       </c>
       <c r="L41" s="14" t="n">
-        <v>131277.0</v>
+        <v>167020.0</v>
       </c>
       <c r="M41" s="14" t="n">
-        <v>150165.0</v>
+        <v>166121.0</v>
       </c>
       <c r="N41" s="14" t="n">
-        <v>186529.0</v>
+        <v>205508.0</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Germany</t>
         </is>
       </c>
       <c r="B42" s="14" t="n">
-        <v>846360.0</v>
+        <v>923213.0</v>
       </c>
       <c r="C42" s="14" t="n">
-        <v>133156.0</v>
+        <v>140402.0</v>
       </c>
       <c r="D42" s="14" t="n">
-        <v>119870.0</v>
+        <v>128407.0</v>
       </c>
       <c r="E42" s="14" t="n">
-        <v>99394.0</v>
+        <v>109563.0</v>
       </c>
       <c r="F42" s="14" t="n">
-        <v>68912.0</v>
+        <v>69376.0</v>
       </c>
       <c r="G42" s="14" t="n">
-        <v>59296.0</v>
+        <v>60284.0</v>
       </c>
       <c r="H42" s="14" t="n">
-        <v>27674.0</v>
+        <v>29625.0</v>
       </c>
       <c r="I42" s="14" t="n">
-        <v>16233.0</v>
+        <v>21113.0</v>
       </c>
       <c r="J42" s="14" t="n">
-        <v>16457.0</v>
+        <v>18445.0</v>
       </c>
       <c r="K42" s="14" t="n">
-        <v>36513.0</v>
+        <v>45298.0</v>
       </c>
       <c r="L42" s="14" t="n">
-        <v>66714.0</v>
+        <v>77942.0</v>
       </c>
       <c r="M42" s="14" t="n">
-        <v>89215.0</v>
+        <v>97211.0</v>
       </c>
       <c r="N42" s="14" t="n">
-        <v>112926.0</v>
+        <v>125547.0</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Austria</t>
         </is>
       </c>
       <c r="B43" s="14" t="n">
-        <v>29314.0</v>
+        <v>31689.0</v>
       </c>
       <c r="C43" s="14" t="n">
-        <v>4869.0</v>
+        <v>4708.0</v>
       </c>
       <c r="D43" s="14" t="n">
-        <v>3283.0</v>
+        <v>4424.0</v>
       </c>
       <c r="E43" s="14" t="n">
-        <v>2869.0</v>
+        <v>3518.0</v>
       </c>
       <c r="F43" s="14" t="n">
-        <v>2892.0</v>
+        <v>2651.0</v>
       </c>
       <c r="G43" s="14" t="n">
-        <v>2689.0</v>
+        <v>2511.0</v>
       </c>
       <c r="H43" s="14" t="n">
-        <v>1277.0</v>
+        <v>1071.0</v>
       </c>
       <c r="I43" s="14" t="n">
-        <v>915.0</v>
+        <v>890.0</v>
       </c>
       <c r="J43" s="14" t="n">
-        <v>399.0</v>
+        <v>831.0</v>
       </c>
       <c r="K43" s="14" t="n">
-        <v>1764.0</v>
+        <v>2379.0</v>
       </c>
       <c r="L43" s="14" t="n">
-        <v>2263.0</v>
+        <v>2498.0</v>
       </c>
       <c r="M43" s="14" t="n">
-        <v>2562.0</v>
+        <v>2811.0</v>
       </c>
       <c r="N43" s="14" t="n">
-        <v>3531.0</v>
+        <v>3398.0</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Belgium</t>
         </is>
       </c>
       <c r="B44" s="14" t="n">
-        <v>63259.0</v>
+        <v>64614.0</v>
       </c>
       <c r="C44" s="14" t="n">
-        <v>7885.0</v>
+        <v>5908.0</v>
       </c>
       <c r="D44" s="14" t="n">
-        <v>7831.0</v>
+        <v>6660.0</v>
       </c>
       <c r="E44" s="14" t="n">
-        <v>7984.0</v>
+        <v>8170.0</v>
       </c>
       <c r="F44" s="14" t="n">
-        <v>5399.0</v>
+        <v>5322.0</v>
       </c>
       <c r="G44" s="14" t="n">
-        <v>5478.0</v>
+        <v>6021.0</v>
       </c>
       <c r="H44" s="14" t="n">
-        <v>2573.0</v>
+        <v>3369.0</v>
       </c>
       <c r="I44" s="14" t="n">
-        <v>2808.0</v>
+        <v>3661.0</v>
       </c>
       <c r="J44" s="14" t="n">
-        <v>3024.0</v>
+        <v>3030.0</v>
       </c>
       <c r="K44" s="14" t="n">
-        <v>3527.0</v>
+        <v>5333.0</v>
       </c>
       <c r="L44" s="14" t="n">
-        <v>5038.0</v>
+        <v>5504.0</v>
       </c>
       <c r="M44" s="14" t="n">
-        <v>5470.0</v>
+        <v>5291.0</v>
       </c>
       <c r="N44" s="14" t="n">
-        <v>6240.0</v>
+        <v>6346.0</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Denmark</t>
         </is>
       </c>
       <c r="B45" s="14" t="n">
-        <v>15328.0</v>
+        <v>20765.0</v>
       </c>
       <c r="C45" s="14" t="n">
-        <v>1669.0</v>
+        <v>2202.0</v>
       </c>
       <c r="D45" s="14" t="n">
-        <v>2037.0</v>
+        <v>3855.0</v>
       </c>
       <c r="E45" s="14" t="n">
-        <v>1856.0</v>
+        <v>2728.0</v>
       </c>
       <c r="F45" s="14" t="n">
-        <v>953.0</v>
+        <v>1626.0</v>
       </c>
       <c r="G45" s="14" t="n">
-        <v>667.0</v>
+        <v>882.0</v>
       </c>
       <c r="H45" s="14" t="n">
-        <v>571.0</v>
+        <v>990.0</v>
       </c>
       <c r="I45" s="14" t="n">
-        <v>918.0</v>
+        <v>832.0</v>
       </c>
       <c r="J45" s="14" t="n">
-        <v>630.0</v>
+        <v>414.0</v>
       </c>
       <c r="K45" s="14" t="n">
-        <v>1248.0</v>
+        <v>1634.0</v>
       </c>
       <c r="L45" s="14" t="n">
-        <v>2076.0</v>
+        <v>2047.0</v>
       </c>
       <c r="M45" s="14" t="n">
-        <v>1032.0</v>
+        <v>1565.0</v>
       </c>
       <c r="N45" s="14" t="n">
-        <v>1672.0</v>
+        <v>1990.0</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Finland</t>
         </is>
       </c>
       <c r="B46" s="14" t="n">
-        <v>38759.0</v>
+        <v>42144.0</v>
       </c>
       <c r="C46" s="14" t="n">
-        <v>4838.0</v>
+        <v>4660.0</v>
       </c>
       <c r="D46" s="14" t="n">
-        <v>4200.0</v>
+        <v>7371.0</v>
       </c>
       <c r="E46" s="14" t="n">
-        <v>3859.0</v>
+        <v>4116.0</v>
       </c>
       <c r="F46" s="14" t="n">
-        <v>2435.0</v>
+        <v>1469.0</v>
       </c>
       <c r="G46" s="14" t="n">
-        <v>2414.0</v>
+        <v>405.0</v>
       </c>
       <c r="H46" s="14" t="n">
-        <v>868.0</v>
+        <v>512.0</v>
       </c>
       <c r="I46" s="14" t="n">
-        <v>637.0</v>
+        <v>555.0</v>
       </c>
       <c r="J46" s="14" t="n">
-        <v>851.0</v>
+        <v>257.0</v>
       </c>
       <c r="K46" s="14" t="n">
-        <v>885.0</v>
+        <v>898.0</v>
       </c>
       <c r="L46" s="14" t="n">
-        <v>3315.0</v>
+        <v>6647.0</v>
       </c>
       <c r="M46" s="14" t="n">
-        <v>6943.0</v>
+        <v>4451.0</v>
       </c>
       <c r="N46" s="14" t="n">
-        <v>7513.0</v>
+        <v>10803.0</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    France</t>
         </is>
       </c>
       <c r="B47" s="14" t="n">
-        <v>238570.0</v>
+        <v>277033.0</v>
       </c>
       <c r="C47" s="14" t="n">
-        <v>23655.0</v>
+        <v>21785.0</v>
       </c>
       <c r="D47" s="14" t="n">
-        <v>24213.0</v>
+        <v>22753.0</v>
       </c>
       <c r="E47" s="14" t="n">
-        <v>22045.0</v>
+        <v>23519.0</v>
       </c>
       <c r="F47" s="14" t="n">
-        <v>29041.0</v>
+        <v>27547.0</v>
       </c>
       <c r="G47" s="14" t="n">
-        <v>25999.0</v>
+        <v>25851.0</v>
       </c>
       <c r="H47" s="14" t="n">
-        <v>9500.0</v>
+        <v>16424.0</v>
       </c>
       <c r="I47" s="14" t="n">
-        <v>15286.0</v>
+        <v>20473.0</v>
       </c>
       <c r="J47" s="14" t="n">
-        <v>20530.0</v>
+        <v>27336.0</v>
       </c>
       <c r="K47" s="14" t="n">
-        <v>20564.0</v>
+        <v>31469.0</v>
       </c>
       <c r="L47" s="14" t="n">
-        <v>19822.0</v>
+        <v>29748.0</v>
       </c>
       <c r="M47" s="14" t="n">
-        <v>12256.0</v>
+        <v>15993.0</v>
       </c>
       <c r="N47" s="14" t="n">
-        <v>15658.0</v>
+        <v>14136.0</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Greece</t>
         </is>
       </c>
       <c r="B48" s="14" t="n">
-        <v>752.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>668.0</v>
+      </c>
+      <c r="C48" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="D48" s="14" t="n">
-        <v>28.0</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>56.0</v>
+      </c>
+      <c r="E48" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="F48" s="14" t="n">
-        <v>31.0</v>
+        <v>37.0</v>
       </c>
       <c r="G48" s="14" t="n">
-        <v>18.0</v>
+        <v>154.0</v>
       </c>
       <c r="H48" s="14" t="n">
-        <v>0.0</v>
+        <v>29.0</v>
       </c>
       <c r="I48" s="14" t="n">
-        <v>394.0</v>
+        <v>47.0</v>
       </c>
       <c r="J48" s="14" t="n">
-        <v>40.0</v>
+        <v>227.0</v>
       </c>
       <c r="K48" s="14" t="n">
-        <v>79.0</v>
-[...7 lines deleted...]
-        </is>
+        <v>0.0</v>
+      </c>
+      <c r="L48" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="M48" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="N48" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Ireland</t>
         </is>
       </c>
       <c r="B49" s="14" t="n">
-        <v>15524.0</v>
+        <v>28061.0</v>
       </c>
       <c r="C49" s="14" t="n">
-        <v>1591.0</v>
+        <v>2408.0</v>
       </c>
       <c r="D49" s="14" t="n">
-        <v>1752.0</v>
+        <v>2491.0</v>
       </c>
       <c r="E49" s="14" t="n">
-        <v>2166.0</v>
+        <v>2954.0</v>
       </c>
       <c r="F49" s="14" t="n">
-        <v>1714.0</v>
+        <v>2396.0</v>
       </c>
       <c r="G49" s="14" t="n">
-        <v>1372.0</v>
+        <v>1716.0</v>
       </c>
       <c r="H49" s="14" t="n">
-        <v>751.0</v>
+        <v>1992.0</v>
       </c>
       <c r="I49" s="14" t="n">
-        <v>384.0</v>
+        <v>1502.0</v>
       </c>
       <c r="J49" s="14" t="n">
-        <v>501.0</v>
+        <v>1706.0</v>
       </c>
       <c r="K49" s="14" t="n">
-        <v>857.0</v>
+        <v>1996.0</v>
       </c>
       <c r="L49" s="14" t="n">
-        <v>1764.0</v>
+        <v>3522.0</v>
       </c>
       <c r="M49" s="14" t="n">
-        <v>1389.0</v>
+        <v>3078.0</v>
       </c>
       <c r="N49" s="14" t="n">
-        <v>1283.0</v>
+        <v>2301.0</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Italy</t>
         </is>
       </c>
       <c r="B50" s="14" t="n">
-        <v>58937.0</v>
+        <v>66904.0</v>
       </c>
       <c r="C50" s="14" t="n">
-        <v>4693.0</v>
+        <v>4409.0</v>
       </c>
       <c r="D50" s="14" t="n">
-        <v>3608.0</v>
+        <v>4650.0</v>
       </c>
       <c r="E50" s="14" t="n">
-        <v>4267.0</v>
+        <v>4702.0</v>
       </c>
       <c r="F50" s="14" t="n">
-        <v>4845.0</v>
+        <v>4064.0</v>
       </c>
       <c r="G50" s="14" t="n">
-        <v>3336.0</v>
+        <v>6916.0</v>
       </c>
       <c r="H50" s="14" t="n">
-        <v>4208.0</v>
+        <v>4856.0</v>
       </c>
       <c r="I50" s="14" t="n">
-        <v>5911.0</v>
+        <v>7529.0</v>
       </c>
       <c r="J50" s="14" t="n">
-        <v>14027.0</v>
+        <v>13651.0</v>
       </c>
       <c r="K50" s="14" t="n">
-        <v>4366.0</v>
+        <v>5570.0</v>
       </c>
       <c r="L50" s="14" t="n">
-        <v>2827.0</v>
+        <v>3810.0</v>
       </c>
       <c r="M50" s="14" t="n">
-        <v>2579.0</v>
+        <v>2599.0</v>
       </c>
       <c r="N50" s="14" t="n">
-        <v>4271.0</v>
+        <v>4146.0</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Luxembourg</t>
         </is>
       </c>
       <c r="B51" s="14" t="n">
-        <v>4595.0</v>
+        <v>5136.0</v>
       </c>
       <c r="C51" s="14" t="n">
-        <v>617.0</v>
+        <v>666.0</v>
       </c>
       <c r="D51" s="14" t="n">
-        <v>846.0</v>
-[...2 lines deleted...]
-        <v>454.0</v>
+        <v>943.0</v>
+      </c>
+      <c r="E51" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="F51" s="14" t="n">
-        <v>456.0</v>
+        <v>423.0</v>
       </c>
       <c r="G51" s="14" t="n">
-        <v>104.0</v>
+        <v>328.0</v>
       </c>
       <c r="H51" s="14" t="n">
-        <v>138.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>59.0</v>
+      </c>
+      <c r="I51" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="J51" s="14" t="n">
-        <v>252.0</v>
+        <v>51.0</v>
       </c>
       <c r="K51" s="14" t="n">
-        <v>193.0</v>
-[...2 lines deleted...]
-        <v>177.0</v>
+        <v>136.0</v>
+      </c>
+      <c r="L51" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="M51" s="14" t="n">
-        <v>436.0</v>
+        <v>601.0</v>
       </c>
       <c r="N51" s="14" t="n">
-        <v>915.0</v>
+        <v>1027.0</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Netherlands</t>
         </is>
       </c>
       <c r="B52" s="14" t="n">
-        <v>264996.0</v>
+        <v>281247.0</v>
       </c>
       <c r="C52" s="14" t="n">
-        <v>29453.0</v>
+        <v>31413.0</v>
       </c>
       <c r="D52" s="14" t="n">
-        <v>34041.0</v>
+        <v>33903.0</v>
       </c>
       <c r="E52" s="14" t="n">
-        <v>30174.0</v>
+        <v>27792.0</v>
       </c>
       <c r="F52" s="14" t="n">
-        <v>28023.0</v>
+        <v>25038.0</v>
       </c>
       <c r="G52" s="14" t="n">
-        <v>28874.0</v>
+        <v>29522.0</v>
       </c>
       <c r="H52" s="14" t="n">
-        <v>16486.0</v>
+        <v>18880.0</v>
       </c>
       <c r="I52" s="14" t="n">
-        <v>5681.0</v>
+        <v>10324.0</v>
       </c>
       <c r="J52" s="14" t="n">
-        <v>6317.0</v>
+        <v>7105.0</v>
       </c>
       <c r="K52" s="14" t="n">
-        <v>19762.0</v>
+        <v>20395.0</v>
       </c>
       <c r="L52" s="14" t="n">
-        <v>21703.0</v>
+        <v>26010.0</v>
       </c>
       <c r="M52" s="14" t="n">
-        <v>20799.0</v>
+        <v>24531.0</v>
       </c>
       <c r="N52" s="14" t="n">
-        <v>23683.0</v>
+        <v>26333.0</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Poland</t>
         </is>
       </c>
       <c r="B53" s="14" t="n">
-        <v>11853.0</v>
+        <v>17158.0</v>
       </c>
       <c r="C53" s="14" t="n">
-        <v>286.0</v>
+        <v>1187.0</v>
       </c>
       <c r="D53" s="14" t="n">
-        <v>147.0</v>
+        <v>1222.0</v>
       </c>
       <c r="E53" s="14" t="n">
-        <v>278.0</v>
+        <v>1754.0</v>
       </c>
       <c r="F53" s="14" t="n">
-        <v>1021.0</v>
+        <v>1457.0</v>
       </c>
       <c r="G53" s="14" t="n">
-        <v>1474.0</v>
+        <v>1748.0</v>
       </c>
       <c r="H53" s="14" t="n">
-        <v>1230.0</v>
+        <v>1303.0</v>
       </c>
       <c r="I53" s="14" t="n">
-        <v>1593.0</v>
+        <v>2081.0</v>
       </c>
       <c r="J53" s="14" t="n">
-        <v>1849.0</v>
+        <v>1337.0</v>
       </c>
       <c r="K53" s="14" t="n">
-        <v>1465.0</v>
+        <v>1536.0</v>
       </c>
       <c r="L53" s="14" t="n">
-        <v>549.0</v>
+        <v>1273.0</v>
       </c>
       <c r="M53" s="14" t="n">
-        <v>995.0</v>
+        <v>906.0</v>
       </c>
       <c r="N53" s="14" t="n">
-        <v>965.0</v>
+        <v>1355.0</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Portugal</t>
         </is>
       </c>
       <c r="B54" s="14" t="n">
-        <v>54604.0</v>
+        <v>67110.0</v>
       </c>
       <c r="C54" s="14" t="n">
+        <v>284.0</v>
+      </c>
+      <c r="D54" s="14" t="n">
         <v>401.0</v>
       </c>
-      <c r="D54" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="E54" s="14" t="n">
-        <v>663.0</v>
+        <v>911.0</v>
       </c>
       <c r="F54" s="14" t="n">
-        <v>4254.0</v>
+        <v>3581.0</v>
       </c>
       <c r="G54" s="14" t="n">
-        <v>767.0</v>
+        <v>1969.0</v>
       </c>
       <c r="H54" s="14" t="n">
-        <v>3263.0</v>
+        <v>5700.0</v>
       </c>
       <c r="I54" s="14" t="n">
-        <v>10807.0</v>
+        <v>11335.0</v>
       </c>
       <c r="J54" s="14" t="n">
-        <v>21692.0</v>
+        <v>24967.0</v>
       </c>
       <c r="K54" s="14" t="n">
-        <v>10123.0</v>
+        <v>15879.0</v>
       </c>
       <c r="L54" s="14" t="n">
-        <v>1017.0</v>
+        <v>1314.0</v>
       </c>
       <c r="M54" s="14" t="n">
-        <v>683.0</v>
+        <v>355.0</v>
       </c>
       <c r="N54" s="14" t="n">
-        <v>399.0</v>
+        <v>414.0</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Czech Republic</t>
         </is>
       </c>
       <c r="B55" s="14" t="n">
-        <v>9681.0</v>
+        <v>11411.0</v>
       </c>
       <c r="C55" s="14" t="n">
-        <v>394.0</v>
+        <v>3225.0</v>
       </c>
       <c r="D55" s="14" t="n">
-        <v>127.0</v>
+        <v>619.0</v>
       </c>
       <c r="E55" s="14" t="n">
-        <v>1843.0</v>
+        <v>901.0</v>
       </c>
       <c r="F55" s="14" t="n">
-        <v>701.0</v>
+        <v>433.0</v>
       </c>
       <c r="G55" s="14" t="n">
-        <v>665.0</v>
+        <v>896.0</v>
       </c>
       <c r="H55" s="14" t="n">
-        <v>263.0</v>
+        <v>787.0</v>
       </c>
       <c r="I55" s="14" t="n">
-        <v>912.0</v>
+        <v>765.0</v>
       </c>
       <c r="J55" s="14" t="n">
-        <v>413.0</v>
+        <v>345.0</v>
       </c>
       <c r="K55" s="14" t="n">
-        <v>1323.0</v>
+        <v>811.0</v>
       </c>
       <c r="L55" s="14" t="n">
-        <v>616.0</v>
+        <v>757.0</v>
       </c>
       <c r="M55" s="14" t="n">
-        <v>669.0</v>
+        <v>774.0</v>
       </c>
       <c r="N55" s="14" t="n">
-        <v>1755.0</v>
+        <v>1097.0</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Sweden</t>
         </is>
       </c>
       <c r="B56" s="14" t="n">
-        <v>31933.0</v>
+        <v>36857.0</v>
       </c>
       <c r="C56" s="14" t="n">
-        <v>5502.0</v>
+        <v>5217.0</v>
       </c>
       <c r="D56" s="14" t="n">
-        <v>5368.0</v>
+        <v>6233.0</v>
       </c>
       <c r="E56" s="14" t="n">
-        <v>5004.0</v>
+        <v>4143.0</v>
       </c>
       <c r="F56" s="14" t="n">
-        <v>724.0</v>
+        <v>1652.0</v>
       </c>
       <c r="G56" s="14" t="n">
-        <v>695.0</v>
+        <v>1309.0</v>
       </c>
       <c r="H56" s="14" t="n">
-        <v>454.0</v>
+        <v>538.0</v>
       </c>
       <c r="I56" s="14" t="n">
-        <v>642.0</v>
+        <v>761.0</v>
       </c>
       <c r="J56" s="14" t="n">
-        <v>502.0</v>
+        <v>207.0</v>
       </c>
       <c r="K56" s="14" t="n">
-        <v>1194.0</v>
+        <v>1507.0</v>
       </c>
       <c r="L56" s="14" t="n">
-        <v>2482.0</v>
+        <v>3836.0</v>
       </c>
       <c r="M56" s="14" t="n">
-        <v>4574.0</v>
+        <v>5599.0</v>
       </c>
       <c r="N56" s="14" t="n">
-        <v>4790.0</v>
+        <v>5855.0</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of EU</t>
         </is>
       </c>
       <c r="B57" s="14" t="n">
-        <v>15417.0</v>
+        <v>14086.0</v>
       </c>
       <c r="C57" s="14" t="n">
-        <v>813.0</v>
+        <v>592.0</v>
       </c>
       <c r="D57" s="14" t="n">
-        <v>1180.0</v>
+        <v>1456.0</v>
       </c>
       <c r="E57" s="14" t="n">
-        <v>972.0</v>
+        <v>723.0</v>
       </c>
       <c r="F57" s="14" t="n">
-        <v>1303.0</v>
+        <v>923.0</v>
       </c>
       <c r="G57" s="14" t="n">
-        <v>834.0</v>
+        <v>919.0</v>
       </c>
       <c r="H57" s="14" t="n">
-        <v>1998.0</v>
+        <v>851.0</v>
       </c>
       <c r="I57" s="14" t="n">
-        <v>2064.0</v>
+        <v>964.0</v>
       </c>
       <c r="J57" s="14" t="n">
-        <v>2990.0</v>
+        <v>1739.0</v>
       </c>
       <c r="K57" s="14" t="n">
-        <v>1014.0</v>
+        <v>2977.0</v>
       </c>
       <c r="L57" s="14" t="n">
-        <v>769.0</v>
+        <v>1827.0</v>
       </c>
       <c r="M57" s="14" t="n">
-        <v>554.0</v>
+        <v>355.0</v>
       </c>
       <c r="N57" s="14" t="n">
-        <v>926.0</v>
+        <v>761.0</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Norway</t>
         </is>
       </c>
       <c r="B58" s="14" t="n">
-        <v>9797.0</v>
+        <v>7948.0</v>
       </c>
       <c r="C58" s="14" t="n">
-        <v>1195.0</v>
+        <v>1208.0</v>
       </c>
       <c r="D58" s="14" t="n">
-        <v>1046.0</v>
+        <v>1262.0</v>
       </c>
       <c r="E58" s="14" t="n">
-        <v>977.0</v>
+        <v>914.0</v>
       </c>
       <c r="F58" s="14" t="n">
-        <v>447.0</v>
+        <v>264.0</v>
       </c>
       <c r="G58" s="14" t="n">
-        <v>279.0</v>
+        <v>290.0</v>
       </c>
       <c r="H58" s="14" t="n">
-        <v>150.0</v>
+        <v>389.0</v>
       </c>
       <c r="I58" s="14" t="n">
-        <v>3019.0</v>
+        <v>588.0</v>
       </c>
       <c r="J58" s="14" t="n">
-        <v>65.0</v>
+        <v>312.0</v>
       </c>
       <c r="K58" s="14" t="n">
-        <v>432.0</v>
+        <v>648.0</v>
       </c>
       <c r="L58" s="14" t="n">
-        <v>679.0</v>
+        <v>340.0</v>
       </c>
       <c r="M58" s="14" t="n">
-        <v>833.0</v>
+        <v>721.0</v>
       </c>
       <c r="N58" s="14" t="n">
-        <v>675.0</v>
+        <v>1012.0</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    United Kingdom</t>
         </is>
       </c>
       <c r="B59" s="14" t="n">
-        <v>409325.0</v>
+        <v>456110.0</v>
       </c>
       <c r="C59" s="14" t="n">
-        <v>46203.0</v>
+        <v>45817.0</v>
       </c>
       <c r="D59" s="14" t="n">
-        <v>45325.0</v>
+        <v>47232.0</v>
       </c>
       <c r="E59" s="14" t="n">
-        <v>41284.0</v>
+        <v>45648.0</v>
       </c>
       <c r="F59" s="14" t="n">
-        <v>32489.0</v>
+        <v>38993.0</v>
       </c>
       <c r="G59" s="14" t="n">
-        <v>38570.0</v>
+        <v>38779.0</v>
       </c>
       <c r="H59" s="14" t="n">
-        <v>24903.0</v>
+        <v>32487.0</v>
       </c>
       <c r="I59" s="14" t="n">
-        <v>23024.0</v>
+        <v>28548.0</v>
       </c>
       <c r="J59" s="14" t="n">
-        <v>24261.0</v>
+        <v>24997.0</v>
       </c>
       <c r="K59" s="14" t="n">
-        <v>28957.0</v>
+        <v>36906.0</v>
       </c>
       <c r="L59" s="14" t="n">
-        <v>36343.0</v>
+        <v>44359.0</v>
       </c>
       <c r="M59" s="14" t="n">
-        <v>32471.0</v>
+        <v>32091.0</v>
       </c>
       <c r="N59" s="14" t="n">
-        <v>35495.0</v>
+        <v>40254.0</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Switzerland</t>
         </is>
       </c>
       <c r="B60" s="14" t="n">
-        <v>80355.0</v>
+        <v>91349.0</v>
       </c>
       <c r="C60" s="14" t="n">
-        <v>10408.0</v>
+        <v>9851.0</v>
       </c>
       <c r="D60" s="14" t="n">
-        <v>8752.0</v>
+        <v>9026.0</v>
       </c>
       <c r="E60" s="14" t="n">
-        <v>7333.0</v>
+        <v>9422.0</v>
       </c>
       <c r="F60" s="14" t="n">
-        <v>9468.0</v>
+        <v>8836.0</v>
       </c>
       <c r="G60" s="14" t="n">
-        <v>9588.0</v>
+        <v>9499.0</v>
       </c>
       <c r="H60" s="14" t="n">
-        <v>2983.0</v>
+        <v>4874.0</v>
       </c>
       <c r="I60" s="14" t="n">
-        <v>2900.0</v>
+        <v>3782.0</v>
       </c>
       <c r="J60" s="14" t="n">
-        <v>1013.0</v>
+        <v>1494.0</v>
       </c>
       <c r="K60" s="14" t="n">
-        <v>5426.0</v>
+        <v>6998.0</v>
       </c>
       <c r="L60" s="14" t="n">
-        <v>7599.0</v>
+        <v>10160.0</v>
       </c>
       <c r="M60" s="14" t="n">
-        <v>6850.0</v>
+        <v>8551.0</v>
       </c>
       <c r="N60" s="14" t="n">
-        <v>8035.0</v>
+        <v>8857.0</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of Europe</t>
         </is>
       </c>
       <c r="B61" s="14" t="n">
-        <v>9686.0</v>
+        <v>17215.0</v>
       </c>
       <c r="C61" s="14" t="n">
-        <v>662.0</v>
+        <v>1258.0</v>
       </c>
       <c r="D61" s="14" t="n">
-        <v>573.0</v>
+        <v>485.0</v>
       </c>
       <c r="E61" s="14" t="n">
-        <v>504.0</v>
+        <v>529.0</v>
       </c>
       <c r="F61" s="14" t="n">
-        <v>798.0</v>
+        <v>1105.0</v>
       </c>
       <c r="G61" s="14" t="n">
-        <v>408.0</v>
+        <v>1548.0</v>
       </c>
       <c r="H61" s="14" t="n">
-        <v>792.0</v>
+        <v>2821.0</v>
       </c>
       <c r="I61" s="14" t="n">
-        <v>1114.0</v>
+        <v>4444.0</v>
       </c>
       <c r="J61" s="14" t="n">
-        <v>1140.0</v>
+        <v>2716.0</v>
       </c>
       <c r="K61" s="14" t="n">
-        <v>1446.0</v>
+        <v>725.0</v>
       </c>
       <c r="L61" s="14" t="n">
-        <v>329.0</v>
+        <v>302.0</v>
       </c>
       <c r="M61" s="14" t="n">
-        <v>653.0</v>
+        <v>747.0</v>
       </c>
       <c r="N61" s="14" t="n">
-        <v>1266.0</v>
+        <v>535.0</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    United States</t>
         </is>
       </c>
       <c r="B62" s="14" t="n">
-        <v>5555.0</v>
+        <v>4690.0</v>
       </c>
       <c r="C62" s="14" t="n">
-        <v>539.0</v>
+        <v>139.0</v>
       </c>
       <c r="D62" s="14" t="n">
-        <v>1361.0</v>
+        <v>85.0</v>
       </c>
       <c r="E62" s="14" t="n">
-        <v>149.0</v>
+        <v>142.0</v>
       </c>
       <c r="F62" s="14" t="n">
-        <v>419.0</v>
+        <v>284.0</v>
       </c>
       <c r="G62" s="14" t="n">
-        <v>777.0</v>
+        <v>350.0</v>
       </c>
       <c r="H62" s="14" t="n">
-        <v>471.0</v>
+        <v>979.0</v>
       </c>
       <c r="I62" s="14" t="n">
-        <v>615.0</v>
+        <v>388.0</v>
       </c>
       <c r="J62" s="14" t="n">
-        <v>219.0</v>
+        <v>360.0</v>
       </c>
       <c r="K62" s="14" t="n">
-        <v>241.0</v>
+        <v>1259.0</v>
       </c>
       <c r="L62" s="14" t="n">
-        <v>448.0</v>
+        <v>222.0</v>
       </c>
       <c r="M62" s="14" t="n">
-        <v>148.0</v>
+        <v>264.0</v>
       </c>
       <c r="N62" s="14" t="n">
-        <v>169.0</v>
+        <v>218.0</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of America</t>
         </is>
       </c>
       <c r="B63" s="14" t="n">
-        <v>10106.0</v>
+        <v>15049.0</v>
       </c>
       <c r="C63" s="14" t="n">
-        <v>374.0</v>
+        <v>385.0</v>
       </c>
       <c r="D63" s="14" t="n">
-        <v>166.0</v>
+        <v>665.0</v>
       </c>
       <c r="E63" s="14" t="n">
-        <v>308.0</v>
+        <v>647.0</v>
       </c>
       <c r="F63" s="14" t="n">
-        <v>589.0</v>
+        <v>844.0</v>
       </c>
       <c r="G63" s="14" t="n">
-        <v>669.0</v>
+        <v>1532.0</v>
       </c>
       <c r="H63" s="14" t="n">
-        <v>687.0</v>
+        <v>1125.0</v>
       </c>
       <c r="I63" s="14" t="n">
-        <v>1429.0</v>
+        <v>2022.0</v>
       </c>
       <c r="J63" s="14" t="n">
-        <v>2099.0</v>
+        <v>3856.0</v>
       </c>
       <c r="K63" s="14" t="n">
-        <v>1474.0</v>
+        <v>1995.0</v>
       </c>
       <c r="L63" s="14" t="n">
-        <v>960.0</v>
+        <v>1289.0</v>
       </c>
       <c r="M63" s="14" t="n">
-        <v>579.0</v>
+        <v>493.0</v>
       </c>
       <c r="N63" s="14" t="n">
-        <v>774.0</v>
+        <v>198.0</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    African Countries</t>
         </is>
       </c>
       <c r="B64" s="14" t="n">
-        <v>2607.0</v>
+        <v>2998.0</v>
       </c>
       <c r="C64" s="14" t="n">
-        <v>28.0</v>
+        <v>0.0</v>
       </c>
       <c r="D64" s="14" t="n">
-        <v>476.0</v>
+        <v>0.0</v>
       </c>
       <c r="E64" s="14" t="n">
-        <v>50.0</v>
+        <v>32.0</v>
       </c>
       <c r="F64" s="14" t="n">
-        <v>192.0</v>
+        <v>149.0</v>
       </c>
       <c r="G64" s="14" t="n">
-        <v>25.0</v>
+        <v>112.0</v>
       </c>
       <c r="H64" s="14" t="n">
-        <v>134.0</v>
+        <v>341.0</v>
       </c>
       <c r="I64" s="14" t="n">
-        <v>530.0</v>
+        <v>183.0</v>
       </c>
       <c r="J64" s="14" t="n">
-        <v>724.0</v>
+        <v>935.0</v>
       </c>
       <c r="K64" s="14" t="n">
-        <v>359.0</v>
+        <v>235.0</v>
       </c>
       <c r="L64" s="14" t="n">
-        <v>66.0</v>
-[...9 lines deleted...]
-        </is>
+        <v>694.0</v>
+      </c>
+      <c r="M64" s="14" t="n">
+        <v>43.0</v>
+      </c>
+      <c r="N64" s="14" t="n">
+        <v>275.0</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of the world</t>
         </is>
       </c>
       <c r="B65" s="14" t="n">
-        <v>96775.0</v>
+        <v>50730.0</v>
       </c>
       <c r="C65" s="14" t="n">
-        <v>2065.0</v>
+        <v>3228.0</v>
       </c>
       <c r="D65" s="14" t="n">
-        <v>1630.0</v>
+        <v>4617.0</v>
       </c>
       <c r="E65" s="14" t="n">
-        <v>2508.0</v>
+        <v>4082.0</v>
       </c>
       <c r="F65" s="14" t="n">
-        <v>3863.0</v>
+        <v>4405.0</v>
       </c>
       <c r="G65" s="14" t="n">
-        <v>3232.0</v>
+        <v>5365.0</v>
       </c>
       <c r="H65" s="14" t="n">
-        <v>3428.0</v>
+        <v>3709.0</v>
       </c>
       <c r="I65" s="14" t="n">
-        <v>49670.0</v>
+        <v>6157.0</v>
       </c>
       <c r="J65" s="14" t="n">
-        <v>12243.0</v>
+        <v>5877.0</v>
       </c>
       <c r="K65" s="14" t="n">
-        <v>8138.0</v>
+        <v>4134.0</v>
       </c>
       <c r="L65" s="14" t="n">
-        <v>3936.0</v>
+        <v>4066.0</v>
       </c>
       <c r="M65" s="14" t="n">
-        <v>3431.0</v>
+        <v>2162.0</v>
       </c>
       <c r="N65" s="14" t="n">
-        <v>2633.0</v>
+        <v>2929.0</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="6" t="inlineStr">
         <is>
           <t>Aragón</t>
         </is>
       </c>
       <c r="B66" s="6"/>
       <c r="C66" s="6"/>
       <c r="D66" s="6"/>
       <c r="E66" s="6"/>
       <c r="F66" s="6"/>
       <c r="G66" s="6"/>
       <c r="H66" s="6"/>
       <c r="I66" s="6"/>
       <c r="J66" s="6"/>
       <c r="K66" s="6"/>
       <c r="L66" s="6"/>
       <c r="M66" s="6"/>
       <c r="N66" s="6"/>
     </row>
     <row r="67">
       <c r="A67" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B67" s="14" t="n">
-        <v>1375098.0</v>
+        <v>1394687.0</v>
       </c>
       <c r="C67" s="14" t="n">
-        <v>13598.0</v>
+        <v>19150.0</v>
       </c>
       <c r="D67" s="14" t="n">
-        <v>16944.0</v>
+        <v>21086.0</v>
       </c>
       <c r="E67" s="14" t="n">
-        <v>30410.0</v>
+        <v>57338.0</v>
       </c>
       <c r="F67" s="14" t="n">
-        <v>123642.0</v>
+        <v>71848.0</v>
       </c>
       <c r="G67" s="14" t="n">
-        <v>77047.0</v>
+        <v>95991.0</v>
       </c>
       <c r="H67" s="14" t="n">
-        <v>99881.0</v>
+        <v>123966.0</v>
       </c>
       <c r="I67" s="14" t="n">
-        <v>297274.0</v>
+        <v>296885.0</v>
       </c>
       <c r="J67" s="14" t="n">
-        <v>475729.0</v>
+        <v>482720.0</v>
       </c>
       <c r="K67" s="14" t="n">
-        <v>112420.0</v>
+        <v>106704.0</v>
       </c>
       <c r="L67" s="14" t="n">
-        <v>80989.0</v>
+        <v>59455.0</v>
       </c>
       <c r="M67" s="14" t="n">
-        <v>19439.0</v>
+        <v>28561.0</v>
       </c>
       <c r="N67" s="14" t="n">
-        <v>27726.0</v>
+        <v>30982.0</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Spaniards</t>
         </is>
       </c>
       <c r="B68" s="14" t="n">
-        <v>945427.0</v>
+        <v>963432.0</v>
       </c>
       <c r="C68" s="14" t="n">
-        <v>11983.0</v>
+        <v>17525.0</v>
       </c>
       <c r="D68" s="14" t="n">
-        <v>14470.0</v>
+        <v>17592.0</v>
       </c>
       <c r="E68" s="14" t="n">
-        <v>19362.0</v>
+        <v>48315.0</v>
       </c>
       <c r="F68" s="14" t="n">
-        <v>87508.0</v>
+        <v>39197.0</v>
       </c>
       <c r="G68" s="14" t="n">
-        <v>25571.0</v>
+        <v>46024.0</v>
       </c>
       <c r="H68" s="14" t="n">
-        <v>62750.0</v>
+        <v>75213.0</v>
       </c>
       <c r="I68" s="14" t="n">
-        <v>197140.0</v>
+        <v>197353.0</v>
       </c>
       <c r="J68" s="14" t="n">
-        <v>357560.0</v>
+        <v>371719.0</v>
       </c>
       <c r="K68" s="14" t="n">
-        <v>72100.0</v>
+        <v>61481.0</v>
       </c>
       <c r="L68" s="14" t="n">
-        <v>56317.0</v>
+        <v>37913.0</v>
       </c>
       <c r="M68" s="14" t="n">
-        <v>14630.0</v>
+        <v>23280.0</v>
       </c>
       <c r="N68" s="14" t="n">
-        <v>26034.0</v>
+        <v>27821.0</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Foreigners</t>
         </is>
       </c>
       <c r="B69" s="14" t="n">
-        <v>429671.0</v>
+        <v>431254.0</v>
       </c>
       <c r="C69" s="14" t="n">
-        <v>1614.0</v>
+        <v>1625.0</v>
       </c>
       <c r="D69" s="14" t="n">
-        <v>2474.0</v>
+        <v>3495.0</v>
       </c>
       <c r="E69" s="14" t="n">
-        <v>11048.0</v>
+        <v>9023.0</v>
       </c>
       <c r="F69" s="14" t="n">
-        <v>36134.0</v>
+        <v>32651.0</v>
       </c>
       <c r="G69" s="14" t="n">
-        <v>51476.0</v>
+        <v>49968.0</v>
       </c>
       <c r="H69" s="14" t="n">
-        <v>37130.0</v>
+        <v>48753.0</v>
       </c>
       <c r="I69" s="14" t="n">
-        <v>100134.0</v>
+        <v>99532.0</v>
       </c>
       <c r="J69" s="14" t="n">
-        <v>118168.0</v>
+        <v>111001.0</v>
       </c>
       <c r="K69" s="14" t="n">
-        <v>40321.0</v>
+        <v>45223.0</v>
       </c>
       <c r="L69" s="14" t="n">
-        <v>24672.0</v>
+        <v>21542.0</v>
       </c>
       <c r="M69" s="14" t="n">
-        <v>4808.0</v>
+        <v>5281.0</v>
       </c>
       <c r="N69" s="14" t="n">
-        <v>1691.0</v>
+        <v>3161.0</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    European Union 27 (without Spain)</t>
         </is>
       </c>
       <c r="B70" s="14" t="n">
-        <v>376151.0</v>
+        <v>369837.0</v>
       </c>
       <c r="C70" s="14" t="n">
-        <v>858.0</v>
+        <v>827.0</v>
       </c>
       <c r="D70" s="14" t="n">
-        <v>1512.0</v>
+        <v>2184.0</v>
       </c>
       <c r="E70" s="14" t="n">
-        <v>8871.0</v>
+        <v>6816.0</v>
       </c>
       <c r="F70" s="14" t="n">
-        <v>31211.0</v>
+        <v>26517.0</v>
       </c>
       <c r="G70" s="14" t="n">
-        <v>45822.0</v>
+        <v>42047.0</v>
       </c>
       <c r="H70" s="14" t="n">
-        <v>31511.0</v>
+        <v>41126.0</v>
       </c>
       <c r="I70" s="14" t="n">
-        <v>91202.0</v>
+        <v>89340.0</v>
       </c>
       <c r="J70" s="14" t="n">
-        <v>107808.0</v>
+        <v>99668.0</v>
       </c>
       <c r="K70" s="14" t="n">
-        <v>33676.0</v>
+        <v>37703.0</v>
       </c>
       <c r="L70" s="14" t="n">
-        <v>19191.0</v>
+        <v>17344.0</v>
       </c>
       <c r="M70" s="14" t="n">
-        <v>3530.0</v>
+        <v>4140.0</v>
       </c>
       <c r="N70" s="14" t="n">
-        <v>959.0</v>
+        <v>2124.0</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Germany</t>
         </is>
       </c>
       <c r="B71" s="14" t="n">
-        <v>54532.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>51484.0</v>
+      </c>
+      <c r="C71" s="14" t="n">
+        <v>178.0</v>
       </c>
       <c r="D71" s="14" t="n">
-        <v>262.0</v>
+        <v>359.0</v>
       </c>
       <c r="E71" s="14" t="n">
-        <v>2452.0</v>
+        <v>2039.0</v>
       </c>
       <c r="F71" s="14" t="n">
-        <v>5969.0</v>
+        <v>5081.0</v>
       </c>
       <c r="G71" s="14" t="n">
-        <v>6354.0</v>
+        <v>6993.0</v>
       </c>
       <c r="H71" s="14" t="n">
-        <v>7243.0</v>
+        <v>6868.0</v>
       </c>
       <c r="I71" s="14" t="n">
-        <v>6842.0</v>
+        <v>6413.0</v>
       </c>
       <c r="J71" s="14" t="n">
-        <v>9626.0</v>
+        <v>10386.0</v>
       </c>
       <c r="K71" s="14" t="n">
-        <v>8707.0</v>
+        <v>7918.0</v>
       </c>
       <c r="L71" s="14" t="n">
-        <v>5629.0</v>
+        <v>3888.0</v>
       </c>
       <c r="M71" s="14" t="n">
-        <v>926.0</v>
+        <v>1029.0</v>
       </c>
       <c r="N71" s="14" t="n">
-        <v>484.0</v>
+        <v>334.0</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Austria</t>
         </is>
       </c>
       <c r="B72" s="14" t="n">
-        <v>4490.0</v>
+        <v>3173.0</v>
       </c>
       <c r="C72" s="14" t="n">
-        <v>0.0</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>47.0</v>
+      </c>
+      <c r="D72" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="E72" s="14" t="n">
-        <v>215.0</v>
+        <v>295.0</v>
       </c>
       <c r="F72" s="14" t="n">
-        <v>1093.0</v>
+        <v>612.0</v>
       </c>
       <c r="G72" s="14" t="n">
-        <v>637.0</v>
+        <v>316.0</v>
       </c>
       <c r="H72" s="14" t="n">
-        <v>474.0</v>
+        <v>492.0</v>
       </c>
       <c r="I72" s="14" t="n">
-        <v>281.0</v>
+        <v>317.0</v>
       </c>
       <c r="J72" s="14" t="n">
-        <v>416.0</v>
+        <v>170.0</v>
       </c>
       <c r="K72" s="14" t="n">
-        <v>945.0</v>
+        <v>454.0</v>
       </c>
       <c r="L72" s="14" t="n">
-        <v>286.0</v>
+        <v>264.0</v>
       </c>
       <c r="M72" s="14" t="n">
-        <v>144.0</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>47.0</v>
+      </c>
+      <c r="N72" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Belgium</t>
         </is>
       </c>
       <c r="B73" s="14" t="n">
-        <v>40578.0</v>
-[...5 lines deleted...]
-        <v>48.0</v>
+        <v>37503.0</v>
+      </c>
+      <c r="C73" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="D73" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="E73" s="14" t="n">
-        <v>311.0</v>
+        <v>242.0</v>
       </c>
       <c r="F73" s="14" t="n">
-        <v>2940.0</v>
+        <v>2044.0</v>
       </c>
       <c r="G73" s="14" t="n">
-        <v>2021.0</v>
+        <v>1210.0</v>
       </c>
       <c r="H73" s="14" t="n">
-        <v>1485.0</v>
+        <v>2550.0</v>
       </c>
       <c r="I73" s="14" t="n">
-        <v>17097.0</v>
+        <v>18266.0</v>
       </c>
       <c r="J73" s="14" t="n">
-        <v>12902.0</v>
+        <v>9030.0</v>
       </c>
       <c r="K73" s="14" t="n">
-        <v>2855.0</v>
+        <v>3232.0</v>
       </c>
       <c r="L73" s="14" t="n">
-        <v>780.0</v>
+        <v>612.0</v>
       </c>
       <c r="M73" s="14" t="n">
-        <v>60.0</v>
+        <v>95.0</v>
       </c>
       <c r="N73" s="14" t="n">
-        <v>0.0</v>
+        <v>66.0</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Denmark</t>
         </is>
       </c>
       <c r="B74" s="14" t="n">
-        <v>1501.0</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>1019.0</v>
+      </c>
+      <c r="C74" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="D74" s="14" t="n">
-        <v>0.0</v>
+        <v>14.0</v>
       </c>
       <c r="E74" s="14" t="n">
-        <v>60.0</v>
+        <v>41.0</v>
       </c>
       <c r="F74" s="14" t="n">
-        <v>239.0</v>
+        <v>117.0</v>
       </c>
       <c r="G74" s="14" t="n">
-        <v>45.0</v>
+        <v>95.0</v>
       </c>
       <c r="H74" s="14" t="n">
-        <v>28.0</v>
+        <v>139.0</v>
       </c>
       <c r="I74" s="14" t="n">
-        <v>203.0</v>
-[...5 lines deleted...]
-        <v>160.0</v>
+        <v>349.0</v>
+      </c>
+      <c r="J74" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="K74" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="L74" s="14" t="n">
-        <v>148.0</v>
+        <v>70.0</v>
       </c>
       <c r="M74" s="14" t="n">
-        <v>0.0</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>47.0</v>
+      </c>
+      <c r="N74" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Finland</t>
         </is>
       </c>
       <c r="B75" s="14" t="n">
-        <v>674.0</v>
+        <v>595.0</v>
       </c>
       <c r="C75" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="D75" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="E75" s="14" t="n">
-        <v>41.0</v>
-[...5 lines deleted...]
-        <v>22.0</v>
+        <v>99.0</v>
+      </c>
+      <c r="F75" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
+      </c>
+      <c r="G75" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="H75" s="14" t="n">
-        <v>115.0</v>
-[...9 lines deleted...]
-        </is>
+        <v>50.0</v>
+      </c>
+      <c r="I75" s="14" t="n">
+        <v>103.0</v>
+      </c>
+      <c r="J75" s="14" t="n">
+        <v>83.0</v>
       </c>
       <c r="K75" s="14" t="n">
-        <v>99.0</v>
+        <v>60.0</v>
       </c>
       <c r="L75" s="14" t="n">
-        <v>157.0</v>
+        <v>73.0</v>
       </c>
       <c r="M75" s="14" t="n">
-        <v>118.0</v>
+        <v>50.0</v>
       </c>
       <c r="N75" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    France</t>
         </is>
       </c>
       <c r="B76" s="14" t="n">
-        <v>163552.0</v>
+        <v>159974.0</v>
       </c>
       <c r="C76" s="14" t="n">
-        <v>210.0</v>
+        <v>291.0</v>
       </c>
       <c r="D76" s="14" t="n">
-        <v>535.0</v>
+        <v>944.0</v>
       </c>
       <c r="E76" s="14" t="n">
-        <v>3411.0</v>
+        <v>2076.0</v>
       </c>
       <c r="F76" s="14" t="n">
-        <v>11393.0</v>
+        <v>11628.0</v>
       </c>
       <c r="G76" s="14" t="n">
-        <v>22653.0</v>
+        <v>20087.0</v>
       </c>
       <c r="H76" s="14" t="n">
-        <v>11009.0</v>
+        <v>15130.0</v>
       </c>
       <c r="I76" s="14" t="n">
-        <v>42990.0</v>
+        <v>35684.0</v>
       </c>
       <c r="J76" s="14" t="n">
-        <v>54223.0</v>
+        <v>52192.0</v>
       </c>
       <c r="K76" s="14" t="n">
-        <v>8904.0</v>
+        <v>11597.0</v>
       </c>
       <c r="L76" s="14" t="n">
-        <v>6625.0</v>
+        <v>7733.0</v>
       </c>
       <c r="M76" s="14" t="n">
-        <v>1213.0</v>
+        <v>1694.0</v>
       </c>
       <c r="N76" s="14" t="n">
-        <v>386.0</v>
+        <v>918.0</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Greece</t>
         </is>
       </c>
       <c r="B77" s="14" t="n">
-        <v>82.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>197.0</v>
+      </c>
+      <c r="C77" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="D77" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="E77" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="F77" s="13" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="F77" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="G77" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="H77" s="14" t="n">
-        <v>0.0</v>
+        <v>97.0</v>
       </c>
       <c r="I77" s="14" t="n">
-        <v>16.0</v>
+        <v>68.0</v>
       </c>
       <c r="J77" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t>.</t>
         </is>
       </c>
       <c r="K77" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="L77" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="M77" s="14" t="n">
-        <v>0.0</v>
+      <c r="M77" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="N77" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Ireland</t>
         </is>
       </c>
       <c r="B78" s="14" t="n">
-        <v>2780.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>3870.0</v>
+      </c>
+      <c r="C78" s="14" t="n">
+        <v>43.0</v>
       </c>
       <c r="D78" s="14" t="n">
-        <v>13.0</v>
+        <v>96.0</v>
       </c>
       <c r="E78" s="14" t="n">
-        <v>37.0</v>
+        <v>65.0</v>
       </c>
       <c r="F78" s="14" t="n">
-        <v>93.0</v>
+        <v>209.0</v>
       </c>
       <c r="G78" s="14" t="n">
-        <v>175.0</v>
+        <v>438.0</v>
       </c>
       <c r="H78" s="14" t="n">
-        <v>191.0</v>
+        <v>430.0</v>
       </c>
       <c r="I78" s="14" t="n">
-        <v>662.0</v>
+        <v>986.0</v>
       </c>
       <c r="J78" s="14" t="n">
-        <v>634.0</v>
+        <v>630.0</v>
       </c>
       <c r="K78" s="14" t="n">
-        <v>462.0</v>
+        <v>629.0</v>
       </c>
       <c r="L78" s="14" t="n">
-        <v>363.0</v>
+        <v>274.0</v>
       </c>
       <c r="M78" s="14" t="n">
-        <v>113.0</v>
+        <v>50.0</v>
       </c>
       <c r="N78" s="14" t="n">
-        <v>0.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Italy</t>
         </is>
       </c>
       <c r="B79" s="14" t="n">
-        <v>9027.0</v>
-[...5 lines deleted...]
-        <v>13.0</v>
+        <v>7536.0</v>
+      </c>
+      <c r="C79" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="D79" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="E79" s="14" t="n">
-        <v>360.0</v>
+        <v>98.0</v>
       </c>
       <c r="F79" s="14" t="n">
-        <v>671.0</v>
+        <v>281.0</v>
       </c>
       <c r="G79" s="14" t="n">
-        <v>284.0</v>
+        <v>262.0</v>
       </c>
       <c r="H79" s="14" t="n">
-        <v>522.0</v>
+        <v>523.0</v>
       </c>
       <c r="I79" s="14" t="n">
-        <v>1330.0</v>
+        <v>1237.0</v>
       </c>
       <c r="J79" s="14" t="n">
-        <v>4604.0</v>
+        <v>3451.0</v>
       </c>
       <c r="K79" s="14" t="n">
-        <v>493.0</v>
+        <v>479.0</v>
       </c>
       <c r="L79" s="14" t="n">
-        <v>660.0</v>
+        <v>418.0</v>
       </c>
       <c r="M79" s="14" t="n">
-        <v>90.0</v>
+        <v>287.0</v>
       </c>
       <c r="N79" s="14" t="n">
-        <v>0.0</v>
+        <v>468.0</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Luxembourg</t>
         </is>
       </c>
       <c r="B80" s="14" t="n">
-        <v>244.0</v>
+        <v>484.0</v>
       </c>
       <c r="C80" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="D80" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="E80" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E80" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="F80" s="14" t="n">
-        <v>23.0</v>
-[...7 lines deleted...]
-        </is>
+        <v>49.0</v>
+      </c>
+      <c r="G80" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
+      </c>
+      <c r="H80" s="14" t="n">
+        <v>99.0</v>
       </c>
       <c r="I80" s="14" t="n">
-        <v>12.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>89.0</v>
+      </c>
+      <c r="J80" s="14" t="n">
+        <v>95.0</v>
       </c>
       <c r="K80" s="14" t="n">
-        <v>79.0</v>
-[...7 lines deleted...]
-        <v>0.0</v>
+        <v>112.0</v>
+      </c>
+      <c r="L80" s="14" t="n">
+        <v>33.0</v>
+      </c>
+      <c r="M80" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="N80" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Netherlands</t>
         </is>
       </c>
       <c r="B81" s="14" t="n">
-        <v>82412.0</v>
+        <v>89859.0</v>
       </c>
       <c r="C81" s="14" t="n">
-        <v>66.0</v>
+        <v>128.0</v>
       </c>
       <c r="D81" s="14" t="n">
-        <v>314.0</v>
+        <v>117.0</v>
       </c>
       <c r="E81" s="14" t="n">
-        <v>1429.0</v>
+        <v>1436.0</v>
       </c>
       <c r="F81" s="14" t="n">
-        <v>7403.0</v>
+        <v>5173.0</v>
       </c>
       <c r="G81" s="14" t="n">
-        <v>12619.0</v>
+        <v>11926.0</v>
       </c>
       <c r="H81" s="14" t="n">
-        <v>9285.0</v>
+        <v>13423.0</v>
       </c>
       <c r="I81" s="14" t="n">
-        <v>19156.0</v>
+        <v>22954.0</v>
       </c>
       <c r="J81" s="14" t="n">
-        <v>20056.0</v>
+        <v>20292.0</v>
       </c>
       <c r="K81" s="14" t="n">
-        <v>8783.0</v>
+        <v>10704.0</v>
       </c>
       <c r="L81" s="14" t="n">
-        <v>2663.0</v>
+        <v>3140.0</v>
       </c>
       <c r="M81" s="14" t="n">
-        <v>625.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>441.0</v>
+      </c>
+      <c r="N81" s="14" t="n">
+        <v>125.0</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Poland</t>
         </is>
       </c>
       <c r="B82" s="14" t="n">
-        <v>3600.0</v>
+        <v>3167.0</v>
       </c>
       <c r="C82" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="D82" s="14" t="n">
-        <v>0.0</v>
+        <v>88.0</v>
       </c>
       <c r="E82" s="14" t="n">
-        <v>88.0</v>
+        <v>152.0</v>
       </c>
       <c r="F82" s="14" t="n">
-        <v>272.0</v>
+        <v>337.0</v>
       </c>
       <c r="G82" s="14" t="n">
-        <v>240.0</v>
+        <v>407.0</v>
       </c>
       <c r="H82" s="14" t="n">
-        <v>242.0</v>
+        <v>371.0</v>
       </c>
       <c r="I82" s="14" t="n">
-        <v>427.0</v>
+        <v>511.0</v>
       </c>
       <c r="J82" s="14" t="n">
-        <v>697.0</v>
+        <v>542.0</v>
       </c>
       <c r="K82" s="14" t="n">
-        <v>660.0</v>
+        <v>450.0</v>
       </c>
       <c r="L82" s="14" t="n">
-        <v>964.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>209.0</v>
+      </c>
+      <c r="M82" s="14" t="n">
+        <v>101.0</v>
       </c>
       <c r="N82" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Portugal</t>
         </is>
       </c>
       <c r="B83" s="14" t="n">
-        <v>3688.0</v>
-[...2 lines deleted...]
-        <v>94.0</v>
+        <v>4609.0</v>
+      </c>
+      <c r="C83" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="D83" s="14" t="n">
-        <v>89.0</v>
+        <v>299.0</v>
       </c>
       <c r="E83" s="14" t="n">
-        <v>245.0</v>
+        <v>83.0</v>
       </c>
       <c r="F83" s="14" t="n">
-        <v>277.0</v>
+        <v>384.0</v>
       </c>
       <c r="G83" s="14" t="n">
-        <v>107.0</v>
+        <v>64.0</v>
       </c>
       <c r="H83" s="14" t="n">
-        <v>101.0</v>
+        <v>409.0</v>
       </c>
       <c r="I83" s="14" t="n">
-        <v>604.0</v>
+        <v>836.0</v>
       </c>
       <c r="J83" s="14" t="n">
-        <v>1434.0</v>
+        <v>1550.0</v>
       </c>
       <c r="K83" s="14" t="n">
-        <v>540.0</v>
+        <v>572.0</v>
       </c>
       <c r="L83" s="14" t="n">
-        <v>184.0</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>129.0</v>
+      </c>
+      <c r="M83" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="N83" s="14" t="n">
-        <v>13.0</v>
+        <v>74.0</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Czech Republic</t>
         </is>
       </c>
       <c r="B84" s="14" t="n">
-        <v>1933.0</v>
+        <v>1507.0</v>
       </c>
       <c r="C84" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="D84" s="14" t="n">
-[...8 lines deleted...]
-        <v>229.0</v>
+      <c r="D84" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="E84" s="14" t="n">
+        <v>84.0</v>
+      </c>
+      <c r="F84" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="G84" s="14" t="n">
-        <v>241.0</v>
+        <v>47.0</v>
       </c>
       <c r="H84" s="14" t="n">
-        <v>108.0</v>
+        <v>78.0</v>
       </c>
       <c r="I84" s="14" t="n">
-        <v>664.0</v>
+        <v>236.0</v>
       </c>
       <c r="J84" s="14" t="n">
-        <v>173.0</v>
+        <v>125.0</v>
       </c>
       <c r="K84" s="14" t="n">
-        <v>148.0</v>
+        <v>691.0</v>
       </c>
       <c r="L84" s="14" t="n">
-        <v>281.0</v>
+        <v>186.0</v>
       </c>
       <c r="M84" s="14" t="n">
-        <v>70.0</v>
+        <v>0.0</v>
       </c>
       <c r="N84" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Sweden</t>
         </is>
       </c>
       <c r="B85" s="14" t="n">
-        <v>640.0</v>
+        <v>1019.0</v>
       </c>
       <c r="C85" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="D85" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="E85" s="14" t="n">
-        <v>37.0</v>
+        <v>47.0</v>
       </c>
       <c r="F85" s="14" t="n">
-        <v>41.0</v>
+        <v>450.0</v>
       </c>
       <c r="G85" s="14" t="n">
-        <v>69.0</v>
+        <v>74.0</v>
       </c>
       <c r="H85" s="14" t="n">
-        <v>42.0</v>
+        <v>0.0</v>
       </c>
       <c r="I85" s="14" t="n">
-        <v>112.0</v>
+        <v>91.0</v>
       </c>
       <c r="J85" s="14" t="n">
-        <v>93.0</v>
+        <v>134.0</v>
       </c>
       <c r="K85" s="14" t="n">
-        <v>108.0</v>
+        <v>19.0</v>
       </c>
       <c r="L85" s="14" t="n">
-        <v>18.0</v>
+        <v>114.0</v>
       </c>
       <c r="M85" s="14" t="n">
-        <v>120.0</v>
+        <v>90.0</v>
       </c>
       <c r="N85" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of EU</t>
         </is>
       </c>
       <c r="B86" s="14" t="n">
-        <v>6416.0</v>
+        <v>3841.0</v>
       </c>
       <c r="C86" s="14" t="n">
-        <v>323.0</v>
+        <v>84.0</v>
       </c>
       <c r="D86" s="14" t="n">
-        <v>225.0</v>
-[...2 lines deleted...]
-        <v>148.0</v>
+        <v>29.0</v>
+      </c>
+      <c r="E86" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="F86" s="14" t="n">
-        <v>447.0</v>
+        <v>55.0</v>
       </c>
       <c r="G86" s="14" t="n">
-        <v>302.0</v>
+        <v>104.0</v>
       </c>
       <c r="H86" s="14" t="n">
-        <v>656.0</v>
+        <v>466.0</v>
       </c>
       <c r="I86" s="14" t="n">
-        <v>795.0</v>
+        <v>1198.0</v>
       </c>
       <c r="J86" s="14" t="n">
-        <v>2261.0</v>
+        <v>915.0</v>
       </c>
       <c r="K86" s="14" t="n">
-        <v>732.0</v>
+        <v>704.0</v>
       </c>
       <c r="L86" s="14" t="n">
-        <v>424.0</v>
+        <v>201.0</v>
       </c>
       <c r="M86" s="14" t="n">
-        <v>42.0</v>
-[...2 lines deleted...]
-        <v>63.0</v>
+        <v>0.0</v>
+      </c>
+      <c r="N86" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Norway</t>
         </is>
       </c>
       <c r="B87" s="14" t="n">
-        <v>478.0</v>
-[...2 lines deleted...]
-        <v>48.0</v>
+        <v>388.0</v>
+      </c>
+      <c r="C87" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="D87" s="14" t="n">
-        <v>29.0</v>
+        <v>0.0</v>
       </c>
       <c r="E87" s="14" t="n">
-        <v>31.0</v>
+        <v>26.0</v>
       </c>
       <c r="F87" s="14" t="n">
-        <v>20.0</v>
-[...9 lines deleted...]
-        </is>
+        <v>34.0</v>
+      </c>
+      <c r="G87" s="14" t="n">
+        <v>64.0</v>
+      </c>
+      <c r="H87" s="14" t="n">
+        <v>33.0</v>
       </c>
       <c r="I87" s="14" t="n">
-        <v>50.0</v>
-[...7 lines deleted...]
-        <v>0.0</v>
+        <v>137.0</v>
+      </c>
+      <c r="J87" s="14" t="n">
+        <v>77.0</v>
+      </c>
+      <c r="K87" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="L87" s="14" t="n">
-        <v>157.0</v>
+        <v>0.0</v>
       </c>
       <c r="M87" s="14" t="n">
-        <v>68.0</v>
+        <v>0.0</v>
       </c>
       <c r="N87" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    United Kingdom</t>
         </is>
       </c>
       <c r="B88" s="14" t="n">
-        <v>27344.0</v>
+        <v>32197.0</v>
       </c>
       <c r="C88" s="14" t="n">
-        <v>470.0</v>
+        <v>504.0</v>
       </c>
       <c r="D88" s="14" t="n">
-        <v>673.0</v>
+        <v>675.0</v>
       </c>
       <c r="E88" s="14" t="n">
-        <v>1311.0</v>
+        <v>1494.0</v>
       </c>
       <c r="F88" s="14" t="n">
-        <v>2792.0</v>
+        <v>3169.0</v>
       </c>
       <c r="G88" s="14" t="n">
-        <v>2809.0</v>
+        <v>3860.0</v>
       </c>
       <c r="H88" s="14" t="n">
-        <v>3148.0</v>
+        <v>4897.0</v>
       </c>
       <c r="I88" s="14" t="n">
-        <v>3904.0</v>
+        <v>4443.0</v>
       </c>
       <c r="J88" s="14" t="n">
-        <v>4555.0</v>
+        <v>5360.0</v>
       </c>
       <c r="K88" s="14" t="n">
-        <v>3745.0</v>
+        <v>4749.0</v>
       </c>
       <c r="L88" s="14" t="n">
-        <v>2855.0</v>
+        <v>2066.0</v>
       </c>
       <c r="M88" s="14" t="n">
-        <v>914.0</v>
+        <v>346.0</v>
       </c>
       <c r="N88" s="14" t="n">
-        <v>170.0</v>
+        <v>635.0</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Switzerland</t>
         </is>
       </c>
       <c r="B89" s="14" t="n">
-        <v>8989.0</v>
+        <v>9084.0</v>
       </c>
       <c r="C89" s="14" t="n">
-        <v>51.0</v>
+        <v>54.0</v>
       </c>
       <c r="D89" s="14" t="n">
-        <v>61.0</v>
+        <v>47.0</v>
       </c>
       <c r="E89" s="14" t="n">
-        <v>370.0</v>
+        <v>318.0</v>
       </c>
       <c r="F89" s="14" t="n">
-        <v>1465.0</v>
+        <v>1707.0</v>
       </c>
       <c r="G89" s="14" t="n">
-        <v>1518.0</v>
+        <v>1709.0</v>
       </c>
       <c r="H89" s="14" t="n">
-        <v>986.0</v>
+        <v>1203.0</v>
       </c>
       <c r="I89" s="14" t="n">
-        <v>1463.0</v>
+        <v>1612.0</v>
       </c>
       <c r="J89" s="14" t="n">
-        <v>837.0</v>
+        <v>581.0</v>
       </c>
       <c r="K89" s="14" t="n">
-        <v>1086.0</v>
+        <v>663.0</v>
       </c>
       <c r="L89" s="14" t="n">
-        <v>999.0</v>
+        <v>993.0</v>
       </c>
       <c r="M89" s="14" t="n">
-        <v>152.0</v>
+        <v>131.0</v>
       </c>
       <c r="N89" s="14" t="n">
-        <v>0.0</v>
+        <v>66.0</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of Europe</t>
         </is>
       </c>
       <c r="B90" s="14" t="n">
-        <v>5316.0</v>
-[...5 lines deleted...]
-        <v>0.0</v>
+        <v>3438.0</v>
+      </c>
+      <c r="C90" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="D90" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="E90" s="14" t="n">
-        <v>290.0</v>
+        <v>42.0</v>
       </c>
       <c r="F90" s="14" t="n">
-        <v>118.0</v>
+        <v>224.0</v>
       </c>
       <c r="G90" s="14" t="n">
-        <v>616.0</v>
+        <v>933.0</v>
       </c>
       <c r="H90" s="14" t="n">
-        <v>675.0</v>
+        <v>737.0</v>
       </c>
       <c r="I90" s="14" t="n">
-        <v>1500.0</v>
+        <v>464.0</v>
       </c>
       <c r="J90" s="14" t="n">
-        <v>960.0</v>
+        <v>386.0</v>
       </c>
       <c r="K90" s="14" t="n">
-        <v>627.0</v>
+        <v>280.0</v>
       </c>
       <c r="L90" s="14" t="n">
-        <v>477.0</v>
+        <v>262.0</v>
       </c>
       <c r="M90" s="14" t="n">
-        <v>0.0</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>40.0</v>
+      </c>
+      <c r="N90" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    United States</t>
         </is>
       </c>
       <c r="B91" s="14" t="n">
-        <v>1185.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>1107.0</v>
+      </c>
+      <c r="C91" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="D91" s="14" t="n">
-        <v>29.0</v>
+        <v>71.0</v>
       </c>
       <c r="E91" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F91" s="14" t="n">
-        <v>56.0</v>
-[...9 lines deleted...]
-        </is>
+        <v>69.0</v>
+      </c>
+      <c r="G91" s="14" t="n">
+        <v>95.0</v>
+      </c>
+      <c r="H91" s="14" t="n">
+        <v>25.0</v>
       </c>
       <c r="I91" s="14" t="n">
-        <v>572.0</v>
+        <v>689.0</v>
       </c>
       <c r="J91" s="14" t="n">
-        <v>131.0</v>
+        <v>62.0</v>
       </c>
       <c r="K91" s="14" t="n">
-        <v>138.0</v>
-[...2 lines deleted...]
-        <v>141.0</v>
+        <v>65.0</v>
+      </c>
+      <c r="L91" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="M91" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="N91" s="14" t="n">
-        <v>15.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of America</t>
         </is>
       </c>
       <c r="B92" s="14" t="n">
-        <v>2063.0</v>
-[...5 lines deleted...]
-        <v>26.0</v>
+        <v>2776.0</v>
+      </c>
+      <c r="C92" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="D92" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="E92" s="14" t="n">
-        <v>25.0</v>
+        <v>62.0</v>
       </c>
       <c r="F92" s="14" t="n">
-        <v>72.0</v>
+        <v>167.0</v>
       </c>
       <c r="G92" s="14" t="n">
-        <v>176.0</v>
+        <v>112.0</v>
       </c>
       <c r="H92" s="14" t="n">
-        <v>81.0</v>
+        <v>224.0</v>
       </c>
       <c r="I92" s="14" t="n">
-        <v>307.0</v>
+        <v>422.0</v>
       </c>
       <c r="J92" s="14" t="n">
-        <v>623.0</v>
+        <v>1133.0</v>
       </c>
       <c r="K92" s="14" t="n">
-        <v>369.0</v>
+        <v>228.0</v>
       </c>
       <c r="L92" s="14" t="n">
-        <v>272.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>116.0</v>
+      </c>
+      <c r="M92" s="14" t="n">
+        <v>27.0</v>
       </c>
       <c r="N92" s="14" t="n">
-        <v>88.0</v>
+        <v>201.0</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    African Countries</t>
         </is>
       </c>
       <c r="B93" s="14" t="n">
-        <v>110.0</v>
+        <v>85.0</v>
       </c>
       <c r="C93" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="D93" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="E93" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="F93" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="G93" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="H93" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="I93" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="J93" s="14" t="n">
-        <v>48.0</v>
+        <v>33.0</v>
       </c>
       <c r="K93" s="14" t="n">
-        <v>18.0</v>
+        <v>0.0</v>
       </c>
       <c r="L93" s="14" t="n">
-        <v>28.0</v>
+        <v>38.0</v>
       </c>
       <c r="M93" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="N93" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of the world</t>
         </is>
       </c>
       <c r="B94" s="14" t="n">
-        <v>7727.0</v>
+        <v>12160.0</v>
       </c>
       <c r="C94" s="14" t="n">
-        <v>109.0</v>
+        <v>204.0</v>
       </c>
       <c r="D94" s="14" t="n">
-        <v>144.0</v>
+        <v>442.0</v>
       </c>
       <c r="E94" s="14" t="n">
-        <v>100.0</v>
+        <v>245.0</v>
       </c>
       <c r="F94" s="14" t="n">
-        <v>394.0</v>
+        <v>750.0</v>
       </c>
       <c r="G94" s="14" t="n">
-        <v>505.0</v>
+        <v>1148.0</v>
       </c>
       <c r="H94" s="14" t="n">
-        <v>670.0</v>
+        <v>471.0</v>
       </c>
       <c r="I94" s="14" t="n">
-        <v>1126.0</v>
+        <v>2365.0</v>
       </c>
       <c r="J94" s="14" t="n">
-        <v>3161.0</v>
+        <v>3631.0</v>
       </c>
       <c r="K94" s="14" t="n">
-        <v>662.0</v>
+        <v>1525.0</v>
       </c>
       <c r="L94" s="14" t="n">
-        <v>531.0</v>
+        <v>696.0</v>
       </c>
       <c r="M94" s="14" t="n">
-        <v>120.0</v>
+        <v>597.0</v>
       </c>
       <c r="N94" s="14" t="n">
-        <v>202.0</v>
+        <v>85.0</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="6" t="inlineStr">
         <is>
           <t>Asturias (Principado de)</t>
         </is>
       </c>
       <c r="B95" s="6"/>
       <c r="C95" s="6"/>
       <c r="D95" s="6"/>
       <c r="E95" s="6"/>
       <c r="F95" s="6"/>
       <c r="G95" s="6"/>
       <c r="H95" s="6"/>
       <c r="I95" s="6"/>
       <c r="J95" s="6"/>
       <c r="K95" s="6"/>
       <c r="L95" s="6"/>
       <c r="M95" s="6"/>
       <c r="N95" s="6"/>
     </row>
     <row r="96">
       <c r="A96" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B96" s="14" t="n">
-        <v>1143667.0</v>
+        <v>1102522.0</v>
       </c>
       <c r="C96" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D96" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="E96" s="13" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="E96" s="14" t="n">
+        <v>25652.0</v>
+      </c>
+      <c r="F96" s="14" t="n">
+        <v>16039.0</v>
       </c>
       <c r="G96" s="14" t="n">
-        <v>43526.0</v>
+        <v>36859.0</v>
       </c>
       <c r="H96" s="14" t="n">
-        <v>118643.0</v>
+        <v>99271.0</v>
       </c>
       <c r="I96" s="14" t="n">
-        <v>319874.0</v>
+        <v>319894.0</v>
       </c>
       <c r="J96" s="14" t="n">
-        <v>447301.0</v>
+        <v>462927.0</v>
       </c>
       <c r="K96" s="14" t="n">
-        <v>126903.0</v>
+        <v>111516.0</v>
       </c>
       <c r="L96" s="14" t="n">
-        <v>38023.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>23259.0</v>
+      </c>
+      <c r="M96" s="14" t="n">
+        <v>2842.0</v>
       </c>
       <c r="N96" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Spaniards</t>
         </is>
       </c>
       <c r="B97" s="14" t="n">
-        <v>899416.0</v>
+        <v>842295.0</v>
       </c>
       <c r="C97" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D97" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="E97" s="13" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="E97" s="14" t="n">
+        <v>23107.0</v>
+      </c>
+      <c r="F97" s="14" t="n">
+        <v>9187.0</v>
       </c>
       <c r="G97" s="14" t="n">
-        <v>26823.0</v>
+        <v>19510.0</v>
       </c>
       <c r="H97" s="14" t="n">
-        <v>86486.0</v>
+        <v>76612.0</v>
       </c>
       <c r="I97" s="14" t="n">
-        <v>254118.0</v>
+        <v>242182.0</v>
       </c>
       <c r="J97" s="14" t="n">
-        <v>369106.0</v>
+        <v>372931.0</v>
       </c>
       <c r="K97" s="14" t="n">
-        <v>93025.0</v>
+        <v>79194.0</v>
       </c>
       <c r="L97" s="14" t="n">
-        <v>33233.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>14007.0</v>
+      </c>
+      <c r="M97" s="14" t="n">
+        <v>1916.0</v>
       </c>
       <c r="N97" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Foreigners</t>
         </is>
       </c>
       <c r="B98" s="14" t="n">
-        <v>244251.0</v>
+        <v>260227.0</v>
       </c>
       <c r="C98" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D98" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="E98" s="13" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="E98" s="14" t="n">
+        <v>2545.0</v>
+      </c>
+      <c r="F98" s="14" t="n">
+        <v>6852.0</v>
       </c>
       <c r="G98" s="14" t="n">
-        <v>16703.0</v>
+        <v>17349.0</v>
       </c>
       <c r="H98" s="14" t="n">
-        <v>32157.0</v>
+        <v>22659.0</v>
       </c>
       <c r="I98" s="14" t="n">
-        <v>65756.0</v>
+        <v>77712.0</v>
       </c>
       <c r="J98" s="14" t="n">
-        <v>78195.0</v>
+        <v>89996.0</v>
       </c>
       <c r="K98" s="14" t="n">
-        <v>33878.0</v>
+        <v>32322.0</v>
       </c>
       <c r="L98" s="14" t="n">
-        <v>4790.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>9252.0</v>
+      </c>
+      <c r="M98" s="14" t="n">
+        <v>926.0</v>
       </c>
       <c r="N98" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    European Union 27 (without Spain)</t>
         </is>
       </c>
       <c r="B99" s="14" t="n">
-        <v>201998.0</v>
+        <v>214237.0</v>
       </c>
       <c r="C99" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D99" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="E99" s="13" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="E99" s="14" t="n">
+        <v>1821.0</v>
+      </c>
+      <c r="F99" s="14" t="n">
+        <v>5249.0</v>
       </c>
       <c r="G99" s="14" t="n">
-        <v>12680.0</v>
+        <v>13399.0</v>
       </c>
       <c r="H99" s="14" t="n">
-        <v>27079.0</v>
+        <v>16667.0</v>
       </c>
       <c r="I99" s="14" t="n">
-        <v>55195.0</v>
+        <v>65473.0</v>
       </c>
       <c r="J99" s="14" t="n">
-        <v>67271.0</v>
+        <v>77381.0</v>
       </c>
       <c r="K99" s="14" t="n">
-        <v>26788.0</v>
+        <v>24838.0</v>
       </c>
       <c r="L99" s="14" t="n">
-        <v>3149.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>8161.0</v>
+      </c>
+      <c r="M99" s="14" t="n">
+        <v>766.0</v>
       </c>
       <c r="N99" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Germany</t>
         </is>
       </c>
       <c r="B100" s="14" t="n">
-        <v>65480.0</v>
+        <v>71466.0</v>
       </c>
       <c r="C100" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D100" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="E100" s="13" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="E100" s="14" t="n">
+        <v>1177.0</v>
+      </c>
+      <c r="F100" s="14" t="n">
+        <v>1650.0</v>
       </c>
       <c r="G100" s="14" t="n">
-        <v>5555.0</v>
+        <v>5949.0</v>
       </c>
       <c r="H100" s="14" t="n">
-        <v>10715.0</v>
+        <v>6009.0</v>
       </c>
       <c r="I100" s="14" t="n">
-        <v>15844.0</v>
+        <v>21126.0</v>
       </c>
       <c r="J100" s="14" t="n">
-        <v>16225.0</v>
+        <v>19614.0</v>
       </c>
       <c r="K100" s="14" t="n">
-        <v>11945.0</v>
+        <v>10992.0</v>
       </c>
       <c r="L100" s="14" t="n">
-        <v>1446.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>4254.0</v>
+      </c>
+      <c r="M100" s="14" t="n">
+        <v>423.0</v>
       </c>
       <c r="N100" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Austria</t>
         </is>
       </c>
       <c r="B101" s="14" t="n">
-        <v>3161.0</v>
+        <v>2552.0</v>
       </c>
       <c r="C101" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D101" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="E101" s="13" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="E101" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="F101" s="14" t="n">
+        <v>68.0</v>
       </c>
       <c r="G101" s="14" t="n">
-        <v>412.0</v>
+        <v>260.0</v>
       </c>
       <c r="H101" s="14" t="n">
-        <v>868.0</v>
+        <v>139.0</v>
       </c>
       <c r="I101" s="14" t="n">
-        <v>497.0</v>
+        <v>773.0</v>
       </c>
       <c r="J101" s="14" t="n">
-        <v>741.0</v>
+        <v>858.0</v>
       </c>
       <c r="K101" s="14" t="n">
-        <v>388.0</v>
+        <v>353.0</v>
       </c>
       <c r="L101" s="14" t="n">
-        <v>92.0</v>
+        <v>65.0</v>
       </c>
       <c r="M101" s="13" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>..</t>
         </is>
       </c>
       <c r="N101" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Belgium</t>
         </is>
       </c>
       <c r="B102" s="14" t="n">
-        <v>9464.0</v>
+        <v>9984.0</v>
       </c>
       <c r="C102" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D102" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="E102" s="13" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="E102" s="14" t="n">
+        <v>18.0</v>
+      </c>
+      <c r="F102" s="14" t="n">
+        <v>201.0</v>
       </c>
       <c r="G102" s="14" t="n">
-        <v>95.0</v>
+        <v>450.0</v>
       </c>
       <c r="H102" s="14" t="n">
-        <v>784.0</v>
+        <v>749.0</v>
       </c>
       <c r="I102" s="14" t="n">
-        <v>3510.0</v>
+        <v>4721.0</v>
       </c>
       <c r="J102" s="14" t="n">
-        <v>4003.0</v>
+        <v>2793.0</v>
       </c>
       <c r="K102" s="14" t="n">
-        <v>795.0</v>
+        <v>744.0</v>
       </c>
       <c r="L102" s="14" t="n">
-        <v>128.0</v>
+        <v>255.0</v>
       </c>
       <c r="M102" s="13" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>..</t>
         </is>
       </c>
       <c r="N102" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Denmark</t>
         </is>
       </c>
       <c r="B103" s="14" t="n">
-        <v>955.0</v>
+        <v>662.0</v>
       </c>
       <c r="C103" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D103" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="E103" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E103" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="F103" s="13" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>..</t>
         </is>
       </c>
       <c r="G103" s="14" t="n">
-        <v>261.0</v>
+        <v>62.0</v>
       </c>
       <c r="H103" s="14" t="n">
-        <v>86.0</v>
+        <v>100.0</v>
       </c>
       <c r="I103" s="14" t="n">
-        <v>206.0</v>
+        <v>236.0</v>
       </c>
       <c r="J103" s="14" t="n">
-        <v>126.0</v>
+        <v>105.0</v>
       </c>
       <c r="K103" s="14" t="n">
-        <v>143.0</v>
+        <v>60.0</v>
       </c>
       <c r="L103" s="14" t="n">
-        <v>0.0</v>
+        <v>73.0</v>
       </c>
       <c r="M103" s="13" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>..</t>
         </is>
       </c>
       <c r="N103" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Finland</t>
         </is>
       </c>
       <c r="B104" s="14" t="n">
-        <v>803.0</v>
+        <v>274.0</v>
       </c>
       <c r="C104" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D104" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="E104" s="13" t="inlineStr">
-[...23 lines deleted...]
-        </is>
+      <c r="E104" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="F104" s="14" t="n">
+        <v>46.0</v>
+      </c>
+      <c r="G104" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="H104" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="I104" s="14" t="n">
+        <v>53.0</v>
+      </c>
+      <c r="J104" s="14" t="n">
+        <v>75.0</v>
       </c>
       <c r="K104" s="14" t="n">
-        <v>31.0</v>
+        <v>83.0</v>
       </c>
       <c r="L104" s="14" t="n">
-        <v>12.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>0.0</v>
+      </c>
+      <c r="M104" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="N104" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    France</t>
         </is>
       </c>
       <c r="B105" s="14" t="n">
-        <v>49641.0</v>
+        <v>55318.0</v>
       </c>
       <c r="C105" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D105" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="E105" s="13" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="E105" s="14" t="n">
+        <v>304.0</v>
+      </c>
+      <c r="F105" s="14" t="n">
+        <v>1359.0</v>
       </c>
       <c r="G105" s="14" t="n">
-        <v>1933.0</v>
+        <v>1735.0</v>
       </c>
       <c r="H105" s="14" t="n">
-        <v>3703.0</v>
+        <v>2315.0</v>
       </c>
       <c r="I105" s="14" t="n">
-        <v>14729.0</v>
+        <v>14616.0</v>
       </c>
       <c r="J105" s="14" t="n">
-        <v>22302.0</v>
+        <v>28982.0</v>
       </c>
       <c r="K105" s="14" t="n">
-        <v>4747.0</v>
+        <v>4322.0</v>
       </c>
       <c r="L105" s="14" t="n">
-        <v>359.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>1459.0</v>
+      </c>
+      <c r="M105" s="14" t="n">
+        <v>123.0</v>
       </c>
       <c r="N105" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Greece</t>
         </is>
       </c>
       <c r="B106" s="14" t="n">
-        <v>239.0</v>
+        <v>595.0</v>
       </c>
       <c r="C106" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D106" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="E106" s="13" t="inlineStr">
-[...16 lines deleted...]
-        <v>0.0</v>
+      <c r="E106" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="F106" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="G106" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
+      </c>
+      <c r="H106" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
+      </c>
+      <c r="I106" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="J106" s="14" t="n">
-        <v>155.0</v>
-[...10 lines deleted...]
-        </is>
+        <v>589.0</v>
+      </c>
+      <c r="K106" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="L106" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
+      </c>
+      <c r="M106" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="N106" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Ireland</t>
         </is>
       </c>
       <c r="B107" s="14" t="n">
-        <v>3450.0</v>
+        <v>5314.0</v>
       </c>
       <c r="C107" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D107" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="E107" s="13" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="E107" s="14" t="n">
+        <v>92.0</v>
+      </c>
+      <c r="F107" s="14" t="n">
+        <v>195.0</v>
       </c>
       <c r="G107" s="14" t="n">
-        <v>99.0</v>
+        <v>586.0</v>
       </c>
       <c r="H107" s="14" t="n">
-        <v>644.0</v>
+        <v>378.0</v>
       </c>
       <c r="I107" s="14" t="n">
-        <v>924.0</v>
+        <v>1644.0</v>
       </c>
       <c r="J107" s="14" t="n">
-        <v>741.0</v>
+        <v>1206.0</v>
       </c>
       <c r="K107" s="14" t="n">
-        <v>689.0</v>
+        <v>1029.0</v>
       </c>
       <c r="L107" s="14" t="n">
-        <v>152.0</v>
+        <v>163.0</v>
       </c>
       <c r="M107" s="13" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>..</t>
         </is>
       </c>
       <c r="N107" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Italy</t>
         </is>
       </c>
       <c r="B108" s="14" t="n">
-        <v>7908.0</v>
+        <v>7655.0</v>
       </c>
       <c r="C108" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D108" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="E108" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="F108" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F108" s="14" t="n">
+        <v>71.0</v>
       </c>
       <c r="G108" s="14" t="n">
-        <v>295.0</v>
+        <v>119.0</v>
       </c>
       <c r="H108" s="14" t="n">
-        <v>369.0</v>
+        <v>375.0</v>
       </c>
       <c r="I108" s="14" t="n">
-        <v>1816.0</v>
+        <v>2113.0</v>
       </c>
       <c r="J108" s="14" t="n">
-        <v>4856.0</v>
+        <v>4429.0</v>
       </c>
       <c r="K108" s="14" t="n">
-        <v>291.0</v>
-[...2 lines deleted...]
-        <v>83.0</v>
+        <v>461.0</v>
+      </c>
+      <c r="L108" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="M108" s="13" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>..</t>
         </is>
       </c>
       <c r="N108" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Luxembourg</t>
         </is>
       </c>
       <c r="B109" s="14" t="n">
-        <v>1603.0</v>
+        <v>300.0</v>
       </c>
       <c r="C109" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D109" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="E109" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E109" s="14" t="n">
+        <v>55.0</v>
       </c>
       <c r="F109" s="13" t="inlineStr">
         <is>
-          <t>.</t>
-[...5 lines deleted...]
-        </is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="G109" s="14" t="n">
+        <v>36.0</v>
       </c>
       <c r="H109" s="14" t="n">
-        <v>693.0</v>
-[...2 lines deleted...]
-        <v>82.0</v>
+        <v>30.0</v>
+      </c>
+      <c r="I109" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="J109" s="14" t="n">
-        <v>129.0</v>
+        <v>122.0</v>
       </c>
       <c r="K109" s="14" t="n">
-        <v>50.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>0.0</v>
+      </c>
+      <c r="L109" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="M109" s="13" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>..</t>
         </is>
       </c>
       <c r="N109" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Netherlands</t>
         </is>
       </c>
       <c r="B110" s="14" t="n">
-        <v>42966.0</v>
+        <v>44027.0</v>
       </c>
       <c r="C110" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D110" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="E110" s="13" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="E110" s="14" t="n">
+        <v>165.0</v>
+      </c>
+      <c r="F110" s="14" t="n">
+        <v>1243.0</v>
       </c>
       <c r="G110" s="14" t="n">
-        <v>3502.0</v>
+        <v>3669.0</v>
       </c>
       <c r="H110" s="14" t="n">
-        <v>7076.0</v>
+        <v>5349.0</v>
       </c>
       <c r="I110" s="14" t="n">
-        <v>14062.0</v>
+        <v>15749.0</v>
       </c>
       <c r="J110" s="14" t="n">
-        <v>10089.0</v>
+        <v>11075.0</v>
       </c>
       <c r="K110" s="14" t="n">
-        <v>5246.0</v>
+        <v>5362.0</v>
       </c>
       <c r="L110" s="14" t="n">
-        <v>769.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>1249.0</v>
+      </c>
+      <c r="M110" s="14" t="n">
+        <v>134.0</v>
       </c>
       <c r="N110" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Poland</t>
         </is>
       </c>
       <c r="B111" s="14" t="n">
-        <v>1237.0</v>
+        <v>2266.0</v>
       </c>
       <c r="C111" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D111" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="E111" s="13" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>..</t>
         </is>
       </c>
       <c r="F111" s="13" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>..</t>
         </is>
       </c>
       <c r="G111" s="14" t="n">
-        <v>63.0</v>
+        <v>147.0</v>
       </c>
       <c r="H111" s="14" t="n">
-        <v>114.0</v>
+        <v>227.0</v>
       </c>
       <c r="I111" s="14" t="n">
-        <v>385.0</v>
+        <v>764.0</v>
       </c>
       <c r="J111" s="14" t="n">
-        <v>386.0</v>
+        <v>704.0</v>
       </c>
       <c r="K111" s="14" t="n">
-        <v>260.0</v>
+        <v>189.0</v>
       </c>
       <c r="L111" s="14" t="n">
-        <v>0.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>218.0</v>
+      </c>
+      <c r="M111" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="N111" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Portugal</t>
         </is>
       </c>
       <c r="B112" s="14" t="n">
-        <v>9918.0</v>
+        <v>7594.0</v>
       </c>
       <c r="C112" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D112" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="E112" s="13" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="E112" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="F112" s="14" t="n">
+        <v>108.0</v>
       </c>
       <c r="G112" s="14" t="n">
-        <v>155.0</v>
+        <v>215.0</v>
       </c>
       <c r="H112" s="14" t="n">
-        <v>1171.0</v>
+        <v>662.0</v>
       </c>
       <c r="I112" s="14" t="n">
-        <v>1225.0</v>
+        <v>2144.0</v>
       </c>
       <c r="J112" s="14" t="n">
-        <v>5139.0</v>
+        <v>3763.0</v>
       </c>
       <c r="K112" s="14" t="n">
-        <v>1801.0</v>
+        <v>622.0</v>
       </c>
       <c r="L112" s="14" t="n">
-        <v>63.0</v>
+        <v>65.0</v>
       </c>
       <c r="M112" s="13" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>..</t>
         </is>
       </c>
       <c r="N112" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Czech Republic</t>
         </is>
       </c>
       <c r="B113" s="14" t="n">
-        <v>1508.0</v>
+        <v>2742.0</v>
       </c>
       <c r="C113" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D113" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="E113" s="13" t="inlineStr">
-[...12 lines deleted...]
-        </is>
+      <c r="E113" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="F113" s="14" t="n">
+        <v>24.0</v>
+      </c>
+      <c r="G113" s="14" t="n">
+        <v>28.0</v>
       </c>
       <c r="H113" s="14" t="n">
-        <v>34.0</v>
+        <v>117.0</v>
       </c>
       <c r="I113" s="14" t="n">
-        <v>446.0</v>
+        <v>676.0</v>
       </c>
       <c r="J113" s="14" t="n">
-        <v>831.0</v>
+        <v>1282.0</v>
       </c>
       <c r="K113" s="14" t="n">
-        <v>163.0</v>
+        <v>391.0</v>
       </c>
       <c r="L113" s="14" t="n">
-        <v>0.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>223.0</v>
+      </c>
+      <c r="M113" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="N113" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Sweden</t>
         </is>
       </c>
       <c r="B114" s="14" t="n">
-        <v>598.0</v>
+        <v>539.0</v>
       </c>
       <c r="C114" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D114" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="E114" s="13" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="E114" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="F114" s="14" t="n">
+        <v>75.0</v>
       </c>
       <c r="G114" s="14" t="n">
-        <v>46.0</v>
+        <v>34.0</v>
       </c>
       <c r="H114" s="14" t="n">
-        <v>38.0</v>
+        <v>58.0</v>
       </c>
       <c r="I114" s="14" t="n">
-        <v>250.0</v>
+        <v>163.0</v>
       </c>
       <c r="J114" s="14" t="n">
-        <v>118.0</v>
+        <v>89.0</v>
       </c>
       <c r="K114" s="14" t="n">
-        <v>126.0</v>
-[...9 lines deleted...]
-        </is>
+        <v>119.0</v>
+      </c>
+      <c r="L114" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M114" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="N114" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of EU</t>
         </is>
       </c>
       <c r="B115" s="14" t="n">
-        <v>3066.0</v>
+        <v>2948.0</v>
       </c>
       <c r="C115" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D115" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="E115" s="13" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="E115" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="F115" s="14" t="n">
+        <v>146.0</v>
       </c>
       <c r="G115" s="14" t="n">
-        <v>207.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>99.0</v>
+      </c>
+      <c r="H115" s="14" t="n">
+        <v>149.0</v>
       </c>
       <c r="I115" s="14" t="n">
-        <v>1187.0</v>
+        <v>678.0</v>
       </c>
       <c r="J115" s="14" t="n">
-        <v>1410.0</v>
+        <v>1697.0</v>
       </c>
       <c r="K115" s="14" t="n">
-        <v>113.0</v>
-[...9 lines deleted...]
-        </is>
+        <v>106.0</v>
+      </c>
+      <c r="L115" s="14" t="n">
+        <v>73.0</v>
+      </c>
+      <c r="M115" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="N115" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Norway</t>
         </is>
       </c>
       <c r="B116" s="14" t="n">
-        <v>235.0</v>
+        <v>347.0</v>
       </c>
       <c r="C116" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D116" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="E116" s="13" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="E116" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="F116" s="14" t="n">
+        <v>15.0</v>
       </c>
       <c r="G116" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="H116" s="14" t="n">
-        <v>83.0</v>
+      <c r="H116" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="I116" s="14" t="n">
-        <v>126.0</v>
+        <v>106.0</v>
       </c>
       <c r="J116" s="14" t="n">
-        <v>0.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>205.0</v>
+      </c>
+      <c r="K116" s="14" t="n">
+        <v>11.0</v>
       </c>
       <c r="L116" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="M116" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="M116" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="N116" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    United Kingdom</t>
         </is>
       </c>
       <c r="B117" s="14" t="n">
-        <v>21915.0</v>
+        <v>26317.0</v>
       </c>
       <c r="C117" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D117" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="E117" s="13" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="E117" s="14" t="n">
+        <v>429.0</v>
+      </c>
+      <c r="F117" s="14" t="n">
+        <v>965.0</v>
       </c>
       <c r="G117" s="14" t="n">
-        <v>2163.0</v>
+        <v>1934.0</v>
       </c>
       <c r="H117" s="14" t="n">
-        <v>2762.0</v>
+        <v>4043.0</v>
       </c>
       <c r="I117" s="14" t="n">
-        <v>4551.0</v>
+        <v>6746.0</v>
       </c>
       <c r="J117" s="14" t="n">
-        <v>5569.0</v>
+        <v>6121.0</v>
       </c>
       <c r="K117" s="14" t="n">
-        <v>4167.0</v>
+        <v>5500.0</v>
       </c>
       <c r="L117" s="14" t="n">
-        <v>856.0</v>
+        <v>503.0</v>
       </c>
       <c r="M117" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N117" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Switzerland</t>
         </is>
       </c>
       <c r="B118" s="14" t="n">
-        <v>8153.0</v>
+        <v>8340.0</v>
       </c>
       <c r="C118" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D118" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="E118" s="13" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="E118" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="F118" s="14" t="n">
+        <v>495.0</v>
       </c>
       <c r="G118" s="14" t="n">
-        <v>1131.0</v>
+        <v>1083.0</v>
       </c>
       <c r="H118" s="14" t="n">
-        <v>983.0</v>
+        <v>1067.0</v>
       </c>
       <c r="I118" s="14" t="n">
-        <v>2850.0</v>
+        <v>2715.0</v>
       </c>
       <c r="J118" s="14" t="n">
-        <v>970.0</v>
+        <v>1186.0</v>
       </c>
       <c r="K118" s="14" t="n">
-        <v>1586.0</v>
+        <v>1247.0</v>
       </c>
       <c r="L118" s="14" t="n">
-        <v>246.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>384.0</v>
+      </c>
+      <c r="M118" s="14" t="n">
+        <v>102.0</v>
       </c>
       <c r="N118" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of Europe</t>
         </is>
       </c>
       <c r="B119" s="14" t="n">
-        <v>2242.0</v>
+        <v>1859.0</v>
       </c>
       <c r="C119" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D119" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="E119" s="13" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>..</t>
         </is>
       </c>
       <c r="F119" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="G119" s="14" t="n">
-        <v>442.0</v>
+        <v>39.0</v>
       </c>
       <c r="H119" s="14" t="n">
-        <v>327.0</v>
+        <v>155.0</v>
       </c>
       <c r="I119" s="14" t="n">
-        <v>526.0</v>
+        <v>312.0</v>
       </c>
       <c r="J119" s="14" t="n">
-        <v>428.0</v>
-[...2 lines deleted...]
-        <v>380.0</v>
+        <v>1014.0</v>
+      </c>
+      <c r="K119" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="L119" s="14" t="n">
-        <v>130.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>38.0</v>
+      </c>
+      <c r="M119" s="14" t="n">
+        <v>51.0</v>
       </c>
       <c r="N119" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    United States</t>
         </is>
       </c>
       <c r="B120" s="14" t="n">
-        <v>1167.0</v>
+        <v>1086.0</v>
       </c>
       <c r="C120" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D120" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="E120" s="13" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="E120" s="14" t="n">
+        <v>55.0</v>
+      </c>
+      <c r="F120" s="14" t="n">
+        <v>43.0</v>
       </c>
       <c r="G120" s="14" t="n">
-        <v>207.0</v>
-[...2 lines deleted...]
-        <v>144.0</v>
+        <v>46.0</v>
+      </c>
+      <c r="H120" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="I120" s="14" t="n">
-        <v>270.0</v>
+        <v>266.0</v>
       </c>
       <c r="J120" s="14" t="n">
-        <v>177.0</v>
+        <v>348.0</v>
       </c>
       <c r="K120" s="14" t="n">
-        <v>165.0</v>
+        <v>173.0</v>
       </c>
       <c r="L120" s="14" t="n">
-        <v>50.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>146.0</v>
+      </c>
+      <c r="M120" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="N120" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of America</t>
         </is>
       </c>
       <c r="B121" s="14" t="n">
-        <v>1942.0</v>
+        <v>2063.0</v>
       </c>
       <c r="C121" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D121" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="E121" s="13" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="E121" s="14" t="n">
+        <v>138.0</v>
+      </c>
+      <c r="F121" s="14" t="n">
+        <v>20.0</v>
       </c>
       <c r="G121" s="14" t="n">
-        <v>0.0</v>
+        <v>150.0</v>
       </c>
       <c r="H121" s="14" t="n">
-        <v>201.0</v>
+        <v>277.0</v>
       </c>
       <c r="I121" s="14" t="n">
-        <v>532.0</v>
+        <v>672.0</v>
       </c>
       <c r="J121" s="14" t="n">
-        <v>858.0</v>
+        <v>706.0</v>
       </c>
       <c r="K121" s="14" t="n">
-        <v>192.0</v>
+        <v>100.0</v>
       </c>
       <c r="L121" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="M121" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="M121" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="N121" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    African Countries</t>
         </is>
       </c>
       <c r="B122" s="14" t="n">
-        <v>162.0</v>
+        <v>215.0</v>
       </c>
       <c r="C122" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D122" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="E122" s="13" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="E122" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="F122" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="G122" s="14" t="n">
-        <v>0.0</v>
+        <v>123.0</v>
       </c>
       <c r="H122" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="I122" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="I122" s="14" t="n">
+        <v>57.0</v>
       </c>
       <c r="J122" s="14" t="n">
-        <v>64.0</v>
+        <v>35.0</v>
       </c>
       <c r="K122" s="14" t="n">
-        <v>82.0</v>
+        <v>0.0</v>
       </c>
       <c r="L122" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="M122" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="M122" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="N122" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of the world</t>
         </is>
       </c>
       <c r="B123" s="14" t="n">
-        <v>6401.0</v>
+        <v>5719.0</v>
       </c>
       <c r="C123" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D123" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="E123" s="13" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="E123" s="14" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="F123" s="14" t="n">
+        <v>34.0</v>
       </c>
       <c r="G123" s="14" t="n">
-        <v>81.0</v>
+        <v>575.0</v>
       </c>
       <c r="H123" s="14" t="n">
-        <v>551.0</v>
+        <v>431.0</v>
       </c>
       <c r="I123" s="14" t="n">
-        <v>1681.0</v>
+        <v>1343.0</v>
       </c>
       <c r="J123" s="14" t="n">
-        <v>2858.0</v>
+        <v>2984.0</v>
       </c>
       <c r="K123" s="14" t="n">
-        <v>510.0</v>
+        <v>276.0</v>
       </c>
       <c r="L123" s="14" t="n">
-        <v>360.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>19.0</v>
+      </c>
+      <c r="M123" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="N123" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="6" t="inlineStr">
         <is>
           <t>Balears (Illes)</t>
         </is>
       </c>
       <c r="B124" s="6"/>
       <c r="C124" s="6"/>
       <c r="D124" s="6"/>
       <c r="E124" s="6"/>
       <c r="F124" s="6"/>
       <c r="G124" s="6"/>
       <c r="H124" s="6"/>
       <c r="I124" s="6"/>
       <c r="J124" s="6"/>
       <c r="K124" s="6"/>
       <c r="L124" s="6"/>
       <c r="M124" s="6"/>
       <c r="N124" s="6"/>
     </row>
     <row r="125">
       <c r="A125" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B125" s="14" t="n">
-        <v>258941.0</v>
+        <v>260186.0</v>
       </c>
       <c r="C125" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D125" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E125" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F125" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="G125" s="14" t="n">
-        <v>20997.0</v>
+        <v>22872.0</v>
       </c>
       <c r="H125" s="14" t="n">
-        <v>39810.0</v>
+        <v>38643.0</v>
       </c>
       <c r="I125" s="14" t="n">
-        <v>65463.0</v>
+        <v>64660.0</v>
       </c>
       <c r="J125" s="14" t="n">
-        <v>75405.0</v>
+        <v>72383.0</v>
       </c>
       <c r="K125" s="14" t="n">
-        <v>37356.0</v>
-[...2 lines deleted...]
-        <v>11003.0</v>
+        <v>41296.0</v>
+      </c>
+      <c r="L125" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="M125" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N125" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Spaniards</t>
         </is>
       </c>
       <c r="B126" s="14" t="n">
-        <v>97534.0</v>
+        <v>98850.0</v>
       </c>
       <c r="C126" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D126" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E126" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F126" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="G126" s="14" t="n">
-        <v>7651.0</v>
+        <v>7587.0</v>
       </c>
       <c r="H126" s="14" t="n">
-        <v>18238.0</v>
+        <v>16530.0</v>
       </c>
       <c r="I126" s="14" t="n">
-        <v>22138.0</v>
+        <v>22166.0</v>
       </c>
       <c r="J126" s="14" t="n">
-        <v>34342.0</v>
+        <v>32401.0</v>
       </c>
       <c r="K126" s="14" t="n">
-        <v>12575.0</v>
-[...2 lines deleted...]
-        <v>525.0</v>
+        <v>16028.0</v>
+      </c>
+      <c r="L126" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="M126" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N126" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Foreigners</t>
         </is>
       </c>
       <c r="B127" s="14" t="n">
-        <v>161407.0</v>
+        <v>161336.0</v>
       </c>
       <c r="C127" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D127" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E127" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F127" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="G127" s="14" t="n">
-        <v>13346.0</v>
+        <v>15285.0</v>
       </c>
       <c r="H127" s="14" t="n">
-        <v>21572.0</v>
+        <v>22113.0</v>
       </c>
       <c r="I127" s="14" t="n">
-        <v>43325.0</v>
+        <v>42493.0</v>
       </c>
       <c r="J127" s="14" t="n">
-        <v>41063.0</v>
+        <v>39982.0</v>
       </c>
       <c r="K127" s="14" t="n">
-        <v>24781.0</v>
-[...2 lines deleted...]
-        <v>10478.0</v>
+        <v>25268.0</v>
+      </c>
+      <c r="L127" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="M127" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N127" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    European Union 27 (without Spain)</t>
         </is>
       </c>
       <c r="B128" s="14" t="n">
-        <v>149128.0</v>
+        <v>148376.0</v>
       </c>
       <c r="C128" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D128" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E128" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F128" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="G128" s="14" t="n">
-        <v>12055.0</v>
+        <v>14283.0</v>
       </c>
       <c r="H128" s="14" t="n">
-        <v>19686.0</v>
+        <v>21222.0</v>
       </c>
       <c r="I128" s="14" t="n">
-        <v>40512.0</v>
+        <v>39850.0</v>
       </c>
       <c r="J128" s="14" t="n">
-        <v>37688.0</v>
+        <v>35364.0</v>
       </c>
       <c r="K128" s="14" t="n">
-        <v>22978.0</v>
-[...2 lines deleted...]
-        <v>9447.0</v>
+        <v>22663.0</v>
+      </c>
+      <c r="L128" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="M128" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N128" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Germany</t>
         </is>
       </c>
       <c r="B129" s="14" t="n">
-        <v>63658.0</v>
+        <v>63175.0</v>
       </c>
       <c r="C129" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D129" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E129" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F129" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="G129" s="14" t="n">
-        <v>7689.0</v>
+        <v>8330.0</v>
       </c>
       <c r="H129" s="14" t="n">
-        <v>9299.0</v>
+        <v>8993.0</v>
       </c>
       <c r="I129" s="14" t="n">
-        <v>11554.0</v>
+        <v>11617.0</v>
       </c>
       <c r="J129" s="14" t="n">
-        <v>12138.0</v>
+        <v>11589.0</v>
       </c>
       <c r="K129" s="14" t="n">
-        <v>9919.0</v>
-[...2 lines deleted...]
-        <v>6838.0</v>
+        <v>9653.0</v>
+      </c>
+      <c r="L129" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="M129" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N129" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Austria</t>
         </is>
       </c>
       <c r="B130" s="14" t="n">
-        <v>271.0</v>
+        <v>201.0</v>
       </c>
       <c r="C130" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D130" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E130" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F130" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="G130" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="H130" s="14" t="n">
-        <v>0.0</v>
+        <v>59.0</v>
       </c>
       <c r="I130" s="14" t="n">
-        <v>108.0</v>
+        <v>105.0</v>
       </c>
       <c r="J130" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="K130" s="14" t="n">
-[...3 lines deleted...]
-        <v>0.0</v>
+      <c r="K130" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="L130" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="M130" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N130" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Belgium</t>
         </is>
       </c>
       <c r="B131" s="14" t="n">
-        <v>2607.0</v>
+        <v>3459.0</v>
       </c>
       <c r="C131" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D131" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E131" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F131" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="G131" s="14" t="n">
-        <v>224.0</v>
+        <v>220.0</v>
       </c>
       <c r="H131" s="14" t="n">
-        <v>162.0</v>
+        <v>670.0</v>
       </c>
       <c r="I131" s="14" t="n">
-        <v>654.0</v>
+        <v>1114.0</v>
       </c>
       <c r="J131" s="14" t="n">
-        <v>576.0</v>
+        <v>200.0</v>
       </c>
       <c r="K131" s="14" t="n">
-        <v>791.0</v>
-[...2 lines deleted...]
-        <v>200.0</v>
+        <v>1129.0</v>
+      </c>
+      <c r="L131" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="M131" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N131" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Denmark</t>
         </is>
       </c>
       <c r="B132" s="14" t="n">
-        <v>212.0</v>
+        <v>25.0</v>
       </c>
       <c r="C132" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D132" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E132" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F132" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="G132" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="H132" s="14" t="n">
-        <v>163.0</v>
+      <c r="H132" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="I132" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="J132" s="14" t="n">
-[...6 lines deleted...]
-        <v>0.0</v>
+      <c r="J132" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
+      </c>
+      <c r="K132" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="L132" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="M132" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N132" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Finland</t>
         </is>
       </c>
       <c r="B133" s="14" t="n">
-        <v>51.0</v>
+        <v>234.0</v>
       </c>
       <c r="C133" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D133" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E133" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F133" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="G133" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="H133" s="14" t="n">
-        <v>0.0</v>
+      <c r="H133" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="I133" s="14" t="n">
-        <v>0.0</v>
+        <v>110.0</v>
       </c>
       <c r="J133" s="14" t="n">
-        <v>0.0</v>
+        <v>30.0</v>
       </c>
       <c r="K133" s="14" t="n">
-        <v>22.0</v>
-[...2 lines deleted...]
-        <v>28.0</v>
+        <v>45.0</v>
+      </c>
+      <c r="L133" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="M133" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N133" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    France</t>
         </is>
       </c>
       <c r="B134" s="14" t="n">
-        <v>45932.0</v>
+        <v>45763.0</v>
       </c>
       <c r="C134" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D134" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E134" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F134" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="G134" s="14" t="n">
-        <v>2296.0</v>
+        <v>3035.0</v>
       </c>
       <c r="H134" s="14" t="n">
-        <v>4836.0</v>
+        <v>6140.0</v>
       </c>
       <c r="I134" s="14" t="n">
-        <v>19625.0</v>
+        <v>17334.0</v>
       </c>
       <c r="J134" s="14" t="n">
-        <v>12021.0</v>
+        <v>11885.0</v>
       </c>
       <c r="K134" s="14" t="n">
-        <v>6038.0</v>
-[...2 lines deleted...]
-        <v>576.0</v>
+        <v>6773.0</v>
+      </c>
+      <c r="L134" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="M134" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N134" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Greece</t>
         </is>
       </c>
       <c r="B135" s="14" t="n">
-        <v>56.0</v>
+        <v>334.0</v>
       </c>
       <c r="C135" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D135" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E135" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F135" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="G135" s="14" t="n">
-[...8 lines deleted...]
-        </is>
+      <c r="G135" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="H135" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="I135" s="14" t="n">
+        <v>183.0</v>
       </c>
       <c r="J135" s="14" t="n">
-        <v>0.0</v>
+        <v>98.0</v>
       </c>
       <c r="K135" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="L135" s="14" t="n">
-        <v>0.0</v>
+      <c r="L135" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="M135" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N135" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Ireland</t>
         </is>
       </c>
       <c r="B136" s="14" t="n">
-        <v>277.0</v>
+        <v>300.0</v>
       </c>
       <c r="C136" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D136" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E136" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F136" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="G136" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="H136" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H136" s="14" t="n">
+        <v>56.0</v>
       </c>
       <c r="I136" s="14" t="n">
-        <v>171.0</v>
+        <v>152.0</v>
       </c>
       <c r="J136" s="14" t="n">
-        <v>54.0</v>
+        <v>0.0</v>
       </c>
       <c r="K136" s="14" t="n">
-        <v>17.0</v>
+        <v>60.0</v>
       </c>
       <c r="L136" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t>.</t>
         </is>
       </c>
       <c r="M136" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N136" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Italy</t>
         </is>
       </c>
       <c r="B137" s="14" t="n">
-        <v>11136.0</v>
+        <v>9569.0</v>
       </c>
       <c r="C137" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D137" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E137" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F137" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="G137" s="14" t="n">
-        <v>749.0</v>
+        <v>720.0</v>
       </c>
       <c r="H137" s="14" t="n">
-        <v>2333.0</v>
+        <v>1528.0</v>
       </c>
       <c r="I137" s="14" t="n">
-        <v>2008.0</v>
+        <v>2184.0</v>
       </c>
       <c r="J137" s="14" t="n">
-        <v>3997.0</v>
+        <v>3167.0</v>
       </c>
       <c r="K137" s="14" t="n">
-        <v>1934.0</v>
-[...2 lines deleted...]
-        <v>115.0</v>
+        <v>1754.0</v>
+      </c>
+      <c r="L137" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="M137" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N137" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Luxembourg</t>
         </is>
       </c>
       <c r="B138" s="14" t="n">
-        <v>47.0</v>
+        <v>124.0</v>
       </c>
       <c r="C138" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D138" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E138" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F138" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="G138" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="H138" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="I138" s="14" t="n">
-        <v>0.0</v>
+      <c r="I138" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="J138" s="14" t="n">
-        <v>0.0</v>
+        <v>68.0</v>
       </c>
       <c r="K138" s="14" t="n">
-        <v>47.0</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>44.0</v>
+      </c>
+      <c r="L138" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="M138" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N138" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Netherlands</t>
         </is>
       </c>
       <c r="B139" s="14" t="n">
-        <v>22410.0</v>
+        <v>22684.0</v>
       </c>
       <c r="C139" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D139" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E139" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F139" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="G139" s="14" t="n">
-        <v>924.0</v>
+        <v>1744.0</v>
       </c>
       <c r="H139" s="14" t="n">
-        <v>2675.0</v>
+        <v>3539.0</v>
       </c>
       <c r="I139" s="14" t="n">
-        <v>5798.0</v>
+        <v>6595.0</v>
       </c>
       <c r="J139" s="14" t="n">
-        <v>7706.0</v>
+        <v>7255.0</v>
       </c>
       <c r="K139" s="14" t="n">
-        <v>3631.0</v>
-[...2 lines deleted...]
-        <v>1677.0</v>
+        <v>2772.0</v>
+      </c>
+      <c r="L139" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="M139" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N139" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Poland</t>
         </is>
       </c>
       <c r="B140" s="14" t="n">
-        <v>357.0</v>
+        <v>509.0</v>
       </c>
       <c r="C140" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D140" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E140" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F140" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="G140" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G140" s="14" t="n">
+        <v>61.0</v>
       </c>
       <c r="H140" s="14" t="n">
-        <v>78.0</v>
-[...2 lines deleted...]
-        <v>53.0</v>
+        <v>0.0</v>
+      </c>
+      <c r="I140" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="J140" s="14" t="n">
-        <v>104.0</v>
+        <v>61.0</v>
       </c>
       <c r="K140" s="14" t="n">
-        <v>111.0</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>165.0</v>
+      </c>
+      <c r="L140" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="M140" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N140" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Portugal</t>
         </is>
       </c>
       <c r="B141" s="14" t="n">
-        <v>1700.0</v>
+        <v>1499.0</v>
       </c>
       <c r="C141" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D141" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E141" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F141" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="G141" s="14" t="n">
-        <v>36.0</v>
+        <v>79.0</v>
       </c>
       <c r="H141" s="14" t="n">
-        <v>84.0</v>
+        <v>92.0</v>
       </c>
       <c r="I141" s="14" t="n">
-        <v>435.0</v>
+        <v>248.0</v>
       </c>
       <c r="J141" s="14" t="n">
-        <v>858.0</v>
+        <v>857.0</v>
       </c>
       <c r="K141" s="14" t="n">
-        <v>287.0</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>224.0</v>
+      </c>
+      <c r="L141" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="M141" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N141" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Czech Republic</t>
         </is>
       </c>
       <c r="B142" s="14" t="n">
-        <v>107.0</v>
+        <v>142.0</v>
       </c>
       <c r="C142" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D142" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E142" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F142" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="G142" s="14" t="n">
-        <v>21.0</v>
+        <v>0.0</v>
       </c>
       <c r="H142" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="I142" s="14" t="n">
-        <v>37.0</v>
+        <v>0.0</v>
       </c>
       <c r="J142" s="14" t="n">
-        <v>42.0</v>
-[...5 lines deleted...]
-        <v>0.0</v>
+        <v>0.0</v>
+      </c>
+      <c r="K142" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="L142" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="M142" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N142" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Sweden</t>
         </is>
       </c>
       <c r="B143" s="14" t="n">
-        <v>139.0</v>
+        <v>152.0</v>
       </c>
       <c r="C143" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D143" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E143" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F143" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="G143" s="14" t="n">
-        <v>37.0</v>
+        <v>0.0</v>
       </c>
       <c r="H143" s="14" t="n">
-        <v>0.0</v>
+        <v>83.0</v>
       </c>
       <c r="I143" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="J143" s="14" t="n">
-        <v>43.0</v>
+        <v>69.0</v>
       </c>
       <c r="K143" s="14" t="n">
-        <v>59.0</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>0.0</v>
+      </c>
+      <c r="L143" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="M143" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N143" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of EU</t>
         </is>
       </c>
       <c r="B144" s="14" t="n">
-        <v>168.0</v>
+        <v>205.0</v>
       </c>
       <c r="C144" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D144" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E144" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F144" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="G144" s="13" t="inlineStr">
-[...10 lines deleted...]
-        <v>49.0</v>
+      <c r="G144" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="H144" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="I144" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="J144" s="14" t="n">
-        <v>30.0</v>
-[...7 lines deleted...]
-        <v>0.0</v>
+        <v>76.0</v>
+      </c>
+      <c r="K144" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L144" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="M144" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N144" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Norway</t>
         </is>
       </c>
       <c r="B145" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t>.</t>
         </is>
       </c>
       <c r="C145" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D145" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E145" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F145" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="G145" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="H145" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="I145" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="J145" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="K145" s="13" t="inlineStr">
-[...5 lines deleted...]
-        <v>0.0</v>
+      <c r="K145" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L145" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="M145" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N145" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    United Kingdom</t>
         </is>
       </c>
       <c r="B146" s="14" t="n">
-        <v>5763.0</v>
+        <v>6298.0</v>
       </c>
       <c r="C146" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D146" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E146" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F146" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="G146" s="14" t="n">
-        <v>482.0</v>
+        <v>234.0</v>
       </c>
       <c r="H146" s="14" t="n">
-        <v>612.0</v>
+        <v>635.0</v>
       </c>
       <c r="I146" s="14" t="n">
-        <v>789.0</v>
+        <v>1189.0</v>
       </c>
       <c r="J146" s="14" t="n">
-        <v>2295.0</v>
+        <v>2484.0</v>
       </c>
       <c r="K146" s="14" t="n">
-        <v>803.0</v>
-[...2 lines deleted...]
-        <v>707.0</v>
+        <v>1057.0</v>
+      </c>
+      <c r="L146" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="M146" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N146" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Switzerland</t>
         </is>
       </c>
       <c r="B147" s="14" t="n">
-        <v>1844.0</v>
+        <v>1707.0</v>
       </c>
       <c r="C147" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D147" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E147" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F147" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="G147" s="14" t="n">
-        <v>252.0</v>
+        <v>311.0</v>
       </c>
       <c r="H147" s="14" t="n">
-        <v>148.0</v>
+        <v>216.0</v>
       </c>
       <c r="I147" s="14" t="n">
-        <v>666.0</v>
+        <v>540.0</v>
       </c>
       <c r="J147" s="14" t="n">
-        <v>203.0</v>
+        <v>225.0</v>
       </c>
       <c r="K147" s="14" t="n">
-        <v>377.0</v>
-[...2 lines deleted...]
-        <v>198.0</v>
+        <v>348.0</v>
+      </c>
+      <c r="L147" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="M147" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N147" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of Europe</t>
         </is>
       </c>
       <c r="B148" s="14" t="n">
-        <v>195.0</v>
+        <v>924.0</v>
       </c>
       <c r="C148" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D148" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E148" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F148" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="G148" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G148" s="14" t="n">
+        <v>65.0</v>
       </c>
       <c r="H148" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="I148" s="14" t="n">
-        <v>0.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>24.0</v>
+      </c>
+      <c r="J148" s="14" t="n">
+        <v>594.0</v>
       </c>
       <c r="K148" s="14" t="n">
-        <v>71.0</v>
+        <v>183.0</v>
       </c>
       <c r="L148" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t>.</t>
         </is>
       </c>
       <c r="M148" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N148" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    United States</t>
         </is>
       </c>
       <c r="B149" s="14" t="n">
-        <v>221.0</v>
+        <v>266.0</v>
       </c>
       <c r="C149" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D149" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E149" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F149" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="G149" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="H149" s="14" t="n">
-        <v>11.0</v>
+      <c r="H149" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="I149" s="14" t="n">
-        <v>69.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>121.0</v>
+      </c>
+      <c r="J149" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="K149" s="14" t="n">
-        <v>81.0</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>126.0</v>
+      </c>
+      <c r="L149" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="M149" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N149" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of America</t>
         </is>
       </c>
       <c r="B150" s="14" t="n">
-        <v>3186.0</v>
+        <v>2807.0</v>
       </c>
       <c r="C150" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D150" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E150" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F150" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="G150" s="14" t="n">
-[...3 lines deleted...]
-        <v>951.0</v>
+      <c r="G150" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="H150" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="I150" s="14" t="n">
-        <v>617.0</v>
+        <v>454.0</v>
       </c>
       <c r="J150" s="14" t="n">
-        <v>688.0</v>
+        <v>1072.0</v>
       </c>
       <c r="K150" s="14" t="n">
-        <v>432.0</v>
-[...2 lines deleted...]
-        <v>57.0</v>
+        <v>711.0</v>
+      </c>
+      <c r="L150" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="M150" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N150" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    African Countries</t>
         </is>
       </c>
       <c r="B151" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t>.</t>
         </is>
       </c>
       <c r="C151" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D151" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E151" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F151" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="G151" s="14" t="n">
-        <v>0.0</v>
+        <v>31.0</v>
       </c>
       <c r="H151" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="I151" s="14" t="n">
-        <v>0.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>37.0</v>
+      </c>
+      <c r="J151" s="14" t="n">
+        <v>30.0</v>
       </c>
       <c r="K151" s="14" t="n">
-        <v>0.0</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>45.0</v>
+      </c>
+      <c r="L151" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="M151" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N151" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of the world</t>
         </is>
       </c>
       <c r="B152" s="14" t="n">
-        <v>662.0</v>
+        <v>787.0</v>
       </c>
       <c r="C152" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D152" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E152" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F152" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="G152" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="H152" s="14" t="n">
-        <v>163.0</v>
+      <c r="H152" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="I152" s="14" t="n">
-        <v>318.0</v>
+        <v>278.0</v>
       </c>
       <c r="J152" s="14" t="n">
-        <v>39.0</v>
-[...7 lines deleted...]
-        <v>57.0</v>
+        <v>214.0</v>
+      </c>
+      <c r="K152" s="14" t="n">
+        <v>135.0</v>
+      </c>
+      <c r="L152" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="M152" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N152" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="6" t="inlineStr">
         <is>
           <t>Canarias</t>
         </is>
       </c>
       <c r="B153" s="6"/>
       <c r="C153" s="6"/>
       <c r="D153" s="6"/>
       <c r="E153" s="6"/>
       <c r="F153" s="6"/>
       <c r="G153" s="6"/>
       <c r="H153" s="6"/>
       <c r="I153" s="6"/>
       <c r="J153" s="6"/>
       <c r="K153" s="6"/>
       <c r="L153" s="6"/>
       <c r="M153" s="6"/>
       <c r="N153" s="6"/>
     </row>
     <row r="154">
       <c r="A154" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B154" s="14" t="n">
-        <v>181487.0</v>
+        <v>152143.0</v>
       </c>
       <c r="C154" s="14" t="n">
-        <v>14211.0</v>
+        <v>14739.0</v>
       </c>
       <c r="D154" s="14" t="n">
-        <v>13940.0</v>
+        <v>13995.0</v>
       </c>
       <c r="E154" s="14" t="n">
-        <v>13615.0</v>
+        <v>16469.0</v>
       </c>
       <c r="F154" s="14" t="n">
-        <v>16918.0</v>
+        <v>11950.0</v>
       </c>
       <c r="G154" s="14" t="n">
-        <v>13596.0</v>
+        <v>10733.0</v>
       </c>
       <c r="H154" s="14" t="n">
-        <v>14132.0</v>
+        <v>12576.0</v>
       </c>
       <c r="I154" s="14" t="n">
-        <v>16490.0</v>
+        <v>17138.0</v>
       </c>
       <c r="J154" s="14" t="n">
-        <v>23185.0</v>
+        <v>19263.0</v>
       </c>
       <c r="K154" s="14" t="n">
-        <v>13680.0</v>
-[...8 lines deleted...]
-        <v>15923.0</v>
+        <v>9557.0</v>
+      </c>
+      <c r="L154" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="M154" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="N154" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Spaniards</t>
         </is>
       </c>
       <c r="B155" s="14" t="n">
-        <v>85081.0</v>
+        <v>74839.0</v>
       </c>
       <c r="C155" s="14" t="n">
-        <v>3088.0</v>
+        <v>3604.0</v>
       </c>
       <c r="D155" s="14" t="n">
-        <v>3009.0</v>
+        <v>5885.0</v>
       </c>
       <c r="E155" s="14" t="n">
-        <v>4378.0</v>
+        <v>7327.0</v>
       </c>
       <c r="F155" s="14" t="n">
-        <v>8455.0</v>
+        <v>5464.0</v>
       </c>
       <c r="G155" s="14" t="n">
-        <v>6340.0</v>
+        <v>5875.0</v>
       </c>
       <c r="H155" s="14" t="n">
-        <v>7716.0</v>
+        <v>8123.0</v>
       </c>
       <c r="I155" s="14" t="n">
-        <v>10648.0</v>
+        <v>10253.0</v>
       </c>
       <c r="J155" s="14" t="n">
-        <v>16130.0</v>
+        <v>13667.0</v>
       </c>
       <c r="K155" s="14" t="n">
-        <v>7754.0</v>
-[...8 lines deleted...]
-        <v>6473.0</v>
+        <v>4986.0</v>
+      </c>
+      <c r="L155" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="M155" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="N155" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Foreigners</t>
         </is>
       </c>
       <c r="B156" s="14" t="n">
-        <v>96406.0</v>
+        <v>77303.0</v>
       </c>
       <c r="C156" s="14" t="n">
-        <v>11123.0</v>
+        <v>11135.0</v>
       </c>
       <c r="D156" s="14" t="n">
-        <v>10931.0</v>
+        <v>8110.0</v>
       </c>
       <c r="E156" s="14" t="n">
-        <v>9237.0</v>
+        <v>9142.0</v>
       </c>
       <c r="F156" s="14" t="n">
-        <v>8463.0</v>
+        <v>6486.0</v>
       </c>
       <c r="G156" s="14" t="n">
-        <v>7256.0</v>
+        <v>4858.0</v>
       </c>
       <c r="H156" s="14" t="n">
-        <v>6416.0</v>
+        <v>4453.0</v>
       </c>
       <c r="I156" s="14" t="n">
-        <v>5842.0</v>
+        <v>6885.0</v>
       </c>
       <c r="J156" s="14" t="n">
-        <v>7054.0</v>
+        <v>5597.0</v>
       </c>
       <c r="K156" s="14" t="n">
-        <v>5926.0</v>
-[...8 lines deleted...]
-        <v>9450.0</v>
+        <v>4571.0</v>
+      </c>
+      <c r="L156" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="M156" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="N156" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    European Union 27 (without Spain)</t>
         </is>
       </c>
       <c r="B157" s="14" t="n">
-        <v>52270.0</v>
+        <v>37794.0</v>
       </c>
       <c r="C157" s="14" t="n">
-        <v>7494.0</v>
+        <v>7500.0</v>
       </c>
       <c r="D157" s="14" t="n">
-        <v>7242.0</v>
+        <v>4350.0</v>
       </c>
       <c r="E157" s="14" t="n">
-        <v>3782.0</v>
+        <v>4406.0</v>
       </c>
       <c r="F157" s="14" t="n">
-        <v>5302.0</v>
+        <v>3320.0</v>
       </c>
       <c r="G157" s="14" t="n">
-        <v>4097.0</v>
+        <v>1830.0</v>
       </c>
       <c r="H157" s="14" t="n">
-        <v>3174.0</v>
+        <v>1531.0</v>
       </c>
       <c r="I157" s="14" t="n">
-        <v>3001.0</v>
+        <v>4138.0</v>
       </c>
       <c r="J157" s="14" t="n">
-        <v>3174.0</v>
+        <v>2640.0</v>
       </c>
       <c r="K157" s="14" t="n">
-        <v>2885.0</v>
-[...8 lines deleted...]
-        <v>6059.0</v>
+        <v>1671.0</v>
+      </c>
+      <c r="L157" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="M157" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="N157" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Germany</t>
         </is>
       </c>
       <c r="B158" s="14" t="n">
-        <v>19656.0</v>
+        <v>12579.0</v>
       </c>
       <c r="C158" s="14" t="n">
-        <v>3650.0</v>
+        <v>2612.0</v>
       </c>
       <c r="D158" s="14" t="n">
-        <v>2937.0</v>
+        <v>2236.0</v>
       </c>
       <c r="E158" s="14" t="n">
-        <v>1565.0</v>
+        <v>1909.0</v>
       </c>
       <c r="F158" s="14" t="n">
-        <v>970.0</v>
+        <v>1216.0</v>
       </c>
       <c r="G158" s="14" t="n">
-        <v>1524.0</v>
+        <v>473.0</v>
       </c>
       <c r="H158" s="14" t="n">
-        <v>947.0</v>
+        <v>590.0</v>
       </c>
       <c r="I158" s="14" t="n">
-        <v>368.0</v>
+        <v>328.0</v>
       </c>
       <c r="J158" s="14" t="n">
-        <v>918.0</v>
+        <v>516.0</v>
       </c>
       <c r="K158" s="14" t="n">
-        <v>1984.0</v>
-[...8 lines deleted...]
-        <v>2013.0</v>
+        <v>457.0</v>
+      </c>
+      <c r="L158" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="M158" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="N158" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Austria</t>
         </is>
       </c>
       <c r="B159" s="14" t="n">
-        <v>2113.0</v>
+        <v>403.0</v>
       </c>
       <c r="C159" s="14" t="n">
-        <v>128.0</v>
-[...2 lines deleted...]
-        <v>353.0</v>
+        <v>244.0</v>
+      </c>
+      <c r="D159" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="E159" s="14" t="n">
-        <v>204.0</v>
+        <v>132.0</v>
       </c>
       <c r="F159" s="14" t="n">
-        <v>139.0</v>
-[...31 lines deleted...]
-        <v>1175.0</v>
+        <v>0.0</v>
+      </c>
+      <c r="G159" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="H159" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="I159" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="J159" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K159" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L159" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="M159" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="N159" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Belgium</t>
         </is>
       </c>
       <c r="B160" s="14" t="n">
-        <v>2334.0</v>
+        <v>1461.0</v>
       </c>
       <c r="C160" s="14" t="n">
-        <v>164.0</v>
+        <v>448.0</v>
       </c>
       <c r="D160" s="14" t="n">
-        <v>198.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>142.0</v>
+      </c>
+      <c r="E160" s="14" t="n">
+        <v>262.0</v>
       </c>
       <c r="F160" s="14" t="n">
-        <v>659.0</v>
+        <v>89.0</v>
       </c>
       <c r="G160" s="14" t="n">
-        <v>408.0</v>
-[...2 lines deleted...]
-        <v>84.0</v>
+        <v>93.0</v>
+      </c>
+      <c r="H160" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="I160" s="14" t="n">
-        <v>92.0</v>
+        <v>58.0</v>
       </c>
       <c r="J160" s="14" t="n">
-        <v>56.0</v>
-[...5 lines deleted...]
-        <v>0.0</v>
+        <v>67.0</v>
+      </c>
+      <c r="K160" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="L160" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="M160" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="N160" s="14" t="n">
-        <v>357.0</v>
+      <c r="N160" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Denmark</t>
         </is>
       </c>
       <c r="B161" s="14" t="n">
-        <v>525.0</v>
-[...2 lines deleted...]
-        <v>202.0</v>
+        <v>89.0</v>
+      </c>
+      <c r="C161" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="D161" s="14" t="n">
-        <v>123.0</v>
+        <v>0.0</v>
       </c>
       <c r="E161" s="14" t="n">
-        <v>130.0</v>
+        <v>72.0</v>
       </c>
       <c r="F161" s="14" t="n">
-        <v>53.0</v>
+        <v>0.0</v>
       </c>
       <c r="G161" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="H161" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="I161" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="J161" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="K161" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="L161" s="14" t="n">
-[...3 lines deleted...]
-        <v>0.0</v>
+      <c r="L161" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="M161" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="N161" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Finland</t>
         </is>
       </c>
       <c r="B162" s="14" t="n">
-        <v>574.0</v>
+        <v>749.0</v>
       </c>
       <c r="C162" s="14" t="n">
-        <v>57.0</v>
+        <v>89.0</v>
       </c>
       <c r="D162" s="14" t="n">
-        <v>52.0</v>
+        <v>47.0</v>
       </c>
       <c r="E162" s="14" t="n">
-        <v>65.0</v>
+        <v>74.0</v>
       </c>
       <c r="F162" s="14" t="n">
-        <v>61.0</v>
+        <v>0.0</v>
       </c>
       <c r="G162" s="14" t="n">
-        <v>61.0</v>
+        <v>123.0</v>
       </c>
       <c r="H162" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="I162" s="13" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="I162" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J162" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="K162" s="14" t="n">
-        <v>63.0</v>
-[...5 lines deleted...]
-        <v>61.0</v>
+        <v>140.0</v>
+      </c>
+      <c r="L162" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="M162" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="N162" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    France</t>
         </is>
       </c>
       <c r="B163" s="14" t="n">
-        <v>6959.0</v>
+        <v>4040.0</v>
       </c>
       <c r="C163" s="14" t="n">
-        <v>236.0</v>
+        <v>233.0</v>
       </c>
       <c r="D163" s="14" t="n">
-        <v>963.0</v>
+        <v>30.0</v>
       </c>
       <c r="E163" s="14" t="n">
-        <v>267.0</v>
+        <v>0.0</v>
       </c>
       <c r="F163" s="14" t="n">
-        <v>949.0</v>
+        <v>724.0</v>
       </c>
       <c r="G163" s="14" t="n">
-        <v>505.0</v>
+        <v>38.0</v>
       </c>
       <c r="H163" s="14" t="n">
-        <v>278.0</v>
+        <v>0.0</v>
       </c>
       <c r="I163" s="14" t="n">
-        <v>1865.0</v>
+        <v>1863.0</v>
       </c>
       <c r="J163" s="14" t="n">
-        <v>1510.0</v>
+        <v>1133.0</v>
       </c>
       <c r="K163" s="14" t="n">
-        <v>63.0</v>
+        <v>19.0</v>
       </c>
       <c r="L163" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="M163" s="14" t="n">
-[...3 lines deleted...]
-        <v>137.0</v>
+      <c r="M163" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="N163" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Greece</t>
         </is>
       </c>
-      <c r="B164" s="14" t="n">
-        <v>0.0</v>
+      <c r="B164" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="C164" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="D164" s="14" t="n">
-        <v>0.0</v>
+      <c r="D164" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="E164" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="F164" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="G164" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="H164" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="I164" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="J164" s="14" t="n">
-[...12 lines deleted...]
-        <v>0.0</v>
+      <c r="J164" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
+      </c>
+      <c r="K164" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
+      </c>
+      <c r="L164" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="M164" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="N164" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Ireland</t>
         </is>
       </c>
       <c r="B165" s="14" t="n">
-        <v>1326.0</v>
+        <v>2193.0</v>
       </c>
       <c r="C165" s="14" t="n">
-        <v>140.0</v>
+        <v>947.0</v>
       </c>
       <c r="D165" s="14" t="n">
-        <v>191.0</v>
+        <v>208.0</v>
       </c>
       <c r="E165" s="14" t="n">
-        <v>269.0</v>
+        <v>112.0</v>
       </c>
       <c r="F165" s="14" t="n">
-        <v>0.0</v>
+        <v>89.0</v>
       </c>
       <c r="G165" s="14" t="n">
-        <v>61.0</v>
+        <v>153.0</v>
       </c>
       <c r="H165" s="14" t="n">
-        <v>56.0</v>
+        <v>84.0</v>
       </c>
       <c r="I165" s="14" t="n">
-        <v>61.0</v>
+        <v>87.0</v>
       </c>
       <c r="J165" s="14" t="n">
-        <v>0.0</v>
+        <v>101.0</v>
       </c>
       <c r="K165" s="14" t="n">
-        <v>63.0</v>
-[...5 lines deleted...]
-        <v>61.0</v>
+        <v>105.0</v>
+      </c>
+      <c r="L165" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="M165" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="N165" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Italy</t>
         </is>
       </c>
       <c r="B166" s="14" t="n">
-        <v>11481.0</v>
+        <v>11145.0</v>
       </c>
       <c r="C166" s="14" t="n">
-        <v>1884.0</v>
+        <v>1032.0</v>
       </c>
       <c r="D166" s="14" t="n">
-        <v>1257.0</v>
+        <v>785.0</v>
       </c>
       <c r="E166" s="14" t="n">
-        <v>651.0</v>
+        <v>1150.0</v>
       </c>
       <c r="F166" s="14" t="n">
-        <v>899.0</v>
+        <v>810.0</v>
       </c>
       <c r="G166" s="14" t="n">
-        <v>1387.0</v>
+        <v>689.0</v>
       </c>
       <c r="H166" s="14" t="n">
-        <v>1087.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>610.0</v>
+      </c>
+      <c r="I166" s="14" t="n">
+        <v>1640.0</v>
       </c>
       <c r="J166" s="14" t="n">
-        <v>568.0</v>
+        <v>715.0</v>
       </c>
       <c r="K166" s="14" t="n">
-        <v>594.0</v>
-[...8 lines deleted...]
-        <v>1010.0</v>
+        <v>772.0</v>
+      </c>
+      <c r="L166" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="M166" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="N166" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Luxembourg</t>
         </is>
       </c>
-      <c r="B167" s="14" t="n">
-[...3 lines deleted...]
-        <v>29.0</v>
+      <c r="B167" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
+      </c>
+      <c r="C167" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="D167" s="14" t="n">
-        <v>26.0</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>0.0</v>
+      </c>
+      <c r="E167" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="F167" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="G167" s="14" t="n">
-        <v>61.0</v>
-[...5 lines deleted...]
-        <v>61.0</v>
+        <v>0.0</v>
+      </c>
+      <c r="H167" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
+      </c>
+      <c r="I167" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="J167" s="14" t="n">
-        <v>56.0</v>
+        <v>0.0</v>
       </c>
       <c r="K167" s="14" t="n">
-        <v>32.0</v>
-[...8 lines deleted...]
-        <v>61.0</v>
+        <v>0.0</v>
+      </c>
+      <c r="L167" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="M167" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="N167" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Netherlands</t>
         </is>
       </c>
       <c r="B168" s="14" t="n">
-        <v>1232.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>1419.0</v>
+      </c>
+      <c r="C168" s="14" t="n">
+        <v>715.0</v>
       </c>
       <c r="D168" s="14" t="n">
-        <v>133.0</v>
+        <v>24.0</v>
       </c>
       <c r="E168" s="14" t="n">
-        <v>81.0</v>
+        <v>213.0</v>
       </c>
       <c r="F168" s="14" t="n">
-        <v>623.0</v>
+        <v>111.0</v>
       </c>
       <c r="G168" s="14" t="n">
-        <v>30.0</v>
+        <v>31.0</v>
       </c>
       <c r="H168" s="14" t="n">
         <v>28.0</v>
       </c>
       <c r="I168" s="14" t="n">
-        <v>18.0</v>
+        <v>46.0</v>
       </c>
       <c r="J168" s="14" t="n">
-        <v>0.0</v>
+        <v>34.0</v>
       </c>
       <c r="K168" s="14" t="n">
-        <v>0.0</v>
+        <v>35.0</v>
       </c>
       <c r="L168" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="M168" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="N168" s="14" t="n">
-        <v>127.0</v>
+      <c r="N168" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Poland</t>
         </is>
       </c>
       <c r="B169" s="14" t="n">
-        <v>1067.0</v>
+        <v>944.0</v>
       </c>
       <c r="C169" s="14" t="n">
-        <v>185.0</v>
-[...2 lines deleted...]
-        <v>213.0</v>
+        <v>198.0</v>
+      </c>
+      <c r="D169" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="E169" s="14" t="n">
-        <v>150.0</v>
+        <v>60.0</v>
       </c>
       <c r="F169" s="14" t="n">
-        <v>162.0</v>
+        <v>59.0</v>
       </c>
       <c r="G169" s="14" t="n">
-        <v>0.0</v>
+        <v>61.0</v>
       </c>
       <c r="H169" s="14" t="n">
-        <v>0.0</v>
+        <v>56.0</v>
       </c>
       <c r="I169" s="14" t="n">
-        <v>0.0</v>
+        <v>67.0</v>
       </c>
       <c r="J169" s="14" t="n">
-        <v>32.0</v>
+        <v>67.0</v>
       </c>
       <c r="K169" s="14" t="n">
-        <v>0.0</v>
+        <v>70.0</v>
       </c>
       <c r="L169" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="M169" s="14" t="n">
-[...3 lines deleted...]
-        <v>223.0</v>
+      <c r="M169" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="N169" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Portugal</t>
         </is>
       </c>
       <c r="B170" s="14" t="n">
-        <v>285.0</v>
+        <v>136.0</v>
       </c>
       <c r="C170" s="14" t="n">
-        <v>77.0</v>
+        <v>0.0</v>
       </c>
       <c r="D170" s="14" t="n">
-        <v>0.0</v>
+        <v>47.0</v>
       </c>
       <c r="E170" s="14" t="n">
-        <v>0.0</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>60.0</v>
+      </c>
+      <c r="F170" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="G170" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="H170" s="14" t="n">
-        <v>207.0</v>
+        <v>0.0</v>
       </c>
       <c r="I170" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="J170" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="K170" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="L170" s="14" t="n">
-[...6 lines deleted...]
-        <v>0.0</v>
+      <c r="L170" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="M170" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="N170" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Czech Republic</t>
         </is>
       </c>
       <c r="B171" s="14" t="n">
-        <v>3264.0</v>
+        <v>1408.0</v>
       </c>
       <c r="C171" s="14" t="n">
-        <v>539.0</v>
+        <v>333.0</v>
       </c>
       <c r="D171" s="14" t="n">
-        <v>384.0</v>
+        <v>546.0</v>
       </c>
       <c r="E171" s="14" t="n">
-        <v>208.0</v>
+        <v>168.0</v>
       </c>
       <c r="F171" s="14" t="n">
-        <v>780.0</v>
+        <v>154.0</v>
       </c>
       <c r="G171" s="14" t="n">
-        <v>0.0</v>
+        <v>170.0</v>
       </c>
       <c r="H171" s="14" t="n">
-        <v>423.0</v>
-[...7 lines deleted...]
-        <v>0.0</v>
+        <v>0.0</v>
+      </c>
+      <c r="I171" s="14" t="n">
+        <v>32.0</v>
+      </c>
+      <c r="J171" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="K171" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="L171" s="14" t="n">
-[...6 lines deleted...]
-        <v>353.0</v>
+      <c r="L171" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="M171" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="N171" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Sweden</t>
         </is>
       </c>
       <c r="B172" s="14" t="n">
-        <v>725.0</v>
+        <v>633.0</v>
       </c>
       <c r="C172" s="14" t="n">
-        <v>45.0</v>
+        <v>124.0</v>
       </c>
       <c r="D172" s="14" t="n">
-        <v>361.0</v>
-[...7 lines deleted...]
-        <v>0.0</v>
+        <v>185.0</v>
+      </c>
+      <c r="E172" s="14" t="n">
+        <v>181.0</v>
+      </c>
+      <c r="F172" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="G172" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="H172" s="14" t="n">
-        <v>0.0</v>
+        <v>106.0</v>
       </c>
       <c r="I172" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="J172" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="K172" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="L172" s="14" t="n">
-[...6 lines deleted...]
-        <v>305.0</v>
+      <c r="L172" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="M172" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="N172" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of EU</t>
         </is>
       </c>
       <c r="B173" s="14" t="n">
-        <v>318.0</v>
+        <v>585.0</v>
       </c>
       <c r="C173" s="14" t="n">
-        <v>57.0</v>
+        <v>510.0</v>
       </c>
       <c r="D173" s="14" t="n">
-        <v>52.0</v>
-[...7 lines deleted...]
-        </is>
+        <v>47.0</v>
+      </c>
+      <c r="E173" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="F173" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="G173" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="H173" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="I173" s="14" t="n">
-        <v>0.0</v>
+        <v>12.0</v>
       </c>
       <c r="J173" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="K173" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="L173" s="14" t="n">
-[...6 lines deleted...]
-        <v>114.0</v>
+      <c r="L173" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="M173" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="N173" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Norway</t>
         </is>
       </c>
       <c r="B174" s="14" t="n">
-        <v>78.0</v>
-[...2 lines deleted...]
-        <v>63.0</v>
+        <v>53.0</v>
+      </c>
+      <c r="C174" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="D174" s="14" t="n">
-        <v>15.0</v>
+        <v>0.0</v>
       </c>
       <c r="E174" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="F174" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="G174" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="H174" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="I174" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="J174" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="K174" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="L174" s="14" t="n">
-[...6 lines deleted...]
-        <v>0.0</v>
+      <c r="L174" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="M174" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="N174" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    United Kingdom</t>
         </is>
       </c>
       <c r="B175" s="14" t="n">
-        <v>37563.0</v>
+        <v>34607.0</v>
       </c>
       <c r="C175" s="14" t="n">
-        <v>3193.0</v>
+        <v>2949.0</v>
       </c>
       <c r="D175" s="14" t="n">
-        <v>3294.0</v>
+        <v>2622.0</v>
       </c>
       <c r="E175" s="14" t="n">
-        <v>5108.0</v>
+        <v>4127.0</v>
       </c>
       <c r="F175" s="14" t="n">
-        <v>3038.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>2818.0</v>
+      </c>
+      <c r="G175" s="14" t="n">
+        <v>2783.0</v>
       </c>
       <c r="H175" s="14" t="n">
-        <v>2534.0</v>
-[...9 lines deleted...]
-        </is>
+        <v>2593.0</v>
+      </c>
+      <c r="I175" s="14" t="n">
+        <v>2516.0</v>
+      </c>
+      <c r="J175" s="14" t="n">
+        <v>2689.0</v>
       </c>
       <c r="K175" s="14" t="n">
-        <v>2914.0</v>
-[...8 lines deleted...]
-        <v>2970.0</v>
+        <v>2691.0</v>
+      </c>
+      <c r="L175" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="M175" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="N175" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Switzerland</t>
         </is>
       </c>
       <c r="B176" s="14" t="n">
-        <v>717.0</v>
+        <v>558.0</v>
       </c>
       <c r="C176" s="14" t="n">
-        <v>101.0</v>
+        <v>227.0</v>
       </c>
       <c r="D176" s="14" t="n">
-        <v>96.0</v>
+        <v>156.0</v>
       </c>
       <c r="E176" s="14" t="n">
-        <v>184.0</v>
+        <v>175.0</v>
       </c>
       <c r="F176" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="G176" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G176" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="H176" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="I176" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="I176" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="J176" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="K176" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="L176" s="14" t="n">
-[...6 lines deleted...]
-        <v>109.0</v>
+      <c r="L176" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="M176" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="N176" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of Europe</t>
         </is>
       </c>
       <c r="B177" s="14" t="n">
-        <v>660.0</v>
+        <v>279.0</v>
       </c>
       <c r="C177" s="14" t="n">
-        <v>29.0</v>
+        <v>216.0</v>
       </c>
       <c r="D177" s="14" t="n">
-        <v>26.0</v>
+        <v>44.0</v>
       </c>
       <c r="E177" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="F177" s="14" t="n">
-        <v>0.0</v>
+        <v>19.0</v>
       </c>
       <c r="G177" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="H177" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="I177" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="J177" s="14" t="n">
-        <v>591.0</v>
+        <v>0.0</v>
       </c>
       <c r="K177" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="L177" s="14" t="n">
-[...3 lines deleted...]
-        <v>0.0</v>
+      <c r="L177" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="M177" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="N177" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    United States</t>
         </is>
       </c>
-      <c r="B178" s="14" t="n">
-[...8 lines deleted...]
-        </is>
+      <c r="B178" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="C178" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="D178" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="E178" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="F178" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="G178" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="H178" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="I178" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="J178" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="K178" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="L178" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="M178" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="N178" s="14" t="n">
-        <v>0.0</v>
+      <c r="N178" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of America</t>
         </is>
       </c>
       <c r="B179" s="14" t="n">
-        <v>1665.0</v>
+        <v>1782.0</v>
       </c>
       <c r="C179" s="14" t="n">
-        <v>144.0</v>
+        <v>118.0</v>
       </c>
       <c r="D179" s="14" t="n">
-        <v>227.0</v>
+        <v>117.0</v>
       </c>
       <c r="E179" s="14" t="n">
-        <v>163.0</v>
-[...2 lines deleted...]
-        <v>123.0</v>
+        <v>239.0</v>
+      </c>
+      <c r="F179" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="G179" s="14" t="n">
-        <v>91.0</v>
+        <v>153.0</v>
       </c>
       <c r="H179" s="14" t="n">
-        <v>317.0</v>
+        <v>139.0</v>
       </c>
       <c r="I179" s="14" t="n">
-        <v>92.0</v>
+        <v>145.0</v>
       </c>
       <c r="J179" s="14" t="n">
-        <v>114.0</v>
+        <v>168.0</v>
       </c>
       <c r="K179" s="14" t="n">
-        <v>95.0</v>
-[...8 lines deleted...]
-        <v>123.0</v>
+        <v>140.0</v>
+      </c>
+      <c r="L179" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="M179" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="N179" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    African Countries</t>
         </is>
       </c>
-      <c r="B180" s="14" t="n">
-        <v>0.0</v>
+      <c r="B180" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="C180" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="D180" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="E180" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="F180" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="G180" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="H180" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="I180" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="J180" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="K180" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="L180" s="14" t="n">
-[...6 lines deleted...]
-        <v>0.0</v>
+      <c r="L180" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="M180" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="N180" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of the world</t>
         </is>
       </c>
       <c r="B181" s="14" t="n">
-        <v>3156.0</v>
+        <v>1199.0</v>
       </c>
       <c r="C181" s="14" t="n">
-        <v>67.0</v>
+        <v>34.0</v>
       </c>
       <c r="D181" s="14" t="n">
-        <v>0.0</v>
+        <v>750.0</v>
       </c>
       <c r="E181" s="14" t="n">
-        <v>0.0</v>
+        <v>84.0</v>
       </c>
       <c r="F181" s="14" t="n">
-        <v>0.0</v>
+        <v>89.0</v>
       </c>
       <c r="G181" s="14" t="n">
-        <v>300.0</v>
-[...2 lines deleted...]
-        <v>363.0</v>
+        <v>0.0</v>
+      </c>
+      <c r="H181" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="I181" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="J181" s="14" t="n">
-        <v>827.0</v>
+        <v>0.0</v>
       </c>
       <c r="K181" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="L181" s="14" t="n">
-[...6 lines deleted...]
-        <v>144.0</v>
+      <c r="L181" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="M181" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="N181" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="6" t="inlineStr">
         <is>
           <t>Cantabria</t>
         </is>
       </c>
       <c r="B182" s="6"/>
       <c r="C182" s="6"/>
       <c r="D182" s="6"/>
       <c r="E182" s="6"/>
       <c r="F182" s="6"/>
       <c r="G182" s="6"/>
       <c r="H182" s="6"/>
       <c r="I182" s="6"/>
       <c r="J182" s="6"/>
       <c r="K182" s="6"/>
       <c r="L182" s="6"/>
       <c r="M182" s="6"/>
       <c r="N182" s="6"/>
     </row>
     <row r="183">
       <c r="A183" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B183" s="14" t="n">
-        <v>1565104.0</v>
+        <v>1852635.0</v>
       </c>
       <c r="C183" s="14" t="n">
-        <v>1034.0</v>
+        <v>1202.0</v>
       </c>
       <c r="D183" s="14" t="n">
-        <v>1467.0</v>
+        <v>1360.0</v>
       </c>
       <c r="E183" s="14" t="n">
-        <v>24879.0</v>
+        <v>67083.0</v>
       </c>
       <c r="F183" s="14" t="n">
-        <v>147388.0</v>
+        <v>94126.0</v>
       </c>
       <c r="G183" s="14" t="n">
-        <v>109777.0</v>
+        <v>135700.0</v>
       </c>
       <c r="H183" s="14" t="n">
-        <v>193123.0</v>
+        <v>192710.0</v>
       </c>
       <c r="I183" s="14" t="n">
-        <v>390702.0</v>
+        <v>537159.0</v>
       </c>
       <c r="J183" s="14" t="n">
-        <v>445800.0</v>
+        <v>584193.0</v>
       </c>
       <c r="K183" s="14" t="n">
-        <v>207887.0</v>
+        <v>203604.0</v>
       </c>
       <c r="L183" s="14" t="n">
-        <v>40498.0</v>
+        <v>27350.0</v>
       </c>
       <c r="M183" s="14" t="n">
-        <v>1471.0</v>
+        <v>6901.0</v>
       </c>
       <c r="N183" s="14" t="n">
-        <v>1078.0</v>
+        <v>1247.0</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Spaniards</t>
         </is>
       </c>
       <c r="B184" s="14" t="n">
-        <v>1236313.0</v>
+        <v>1449742.0</v>
       </c>
       <c r="C184" s="14" t="n">
-        <v>821.0</v>
+        <v>710.0</v>
       </c>
       <c r="D184" s="14" t="n">
-        <v>983.0</v>
+        <v>870.0</v>
       </c>
       <c r="E184" s="14" t="n">
-        <v>22745.0</v>
+        <v>58330.0</v>
       </c>
       <c r="F184" s="14" t="n">
-        <v>128185.0</v>
+        <v>79699.0</v>
       </c>
       <c r="G184" s="14" t="n">
-        <v>84320.0</v>
+        <v>93549.0</v>
       </c>
       <c r="H184" s="14" t="n">
-        <v>152172.0</v>
+        <v>156082.0</v>
       </c>
       <c r="I184" s="14" t="n">
-        <v>312731.0</v>
+        <v>415738.0</v>
       </c>
       <c r="J184" s="14" t="n">
-        <v>358588.0</v>
+        <v>469920.0</v>
       </c>
       <c r="K184" s="14" t="n">
-        <v>148641.0</v>
+        <v>147386.0</v>
       </c>
       <c r="L184" s="14" t="n">
-        <v>25288.0</v>
+        <v>21191.0</v>
       </c>
       <c r="M184" s="14" t="n">
-        <v>993.0</v>
+        <v>5441.0</v>
       </c>
       <c r="N184" s="14" t="n">
-        <v>847.0</v>
+        <v>826.0</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Foreigners</t>
         </is>
       </c>
       <c r="B185" s="14" t="n">
-        <v>328791.0</v>
+        <v>402894.0</v>
       </c>
       <c r="C185" s="14" t="n">
-        <v>214.0</v>
+        <v>492.0</v>
       </c>
       <c r="D185" s="14" t="n">
-        <v>484.0</v>
+        <v>490.0</v>
       </c>
       <c r="E185" s="14" t="n">
-        <v>2134.0</v>
+        <v>8753.0</v>
       </c>
       <c r="F185" s="14" t="n">
-        <v>19203.0</v>
+        <v>14427.0</v>
       </c>
       <c r="G185" s="14" t="n">
-        <v>25457.0</v>
+        <v>42151.0</v>
       </c>
       <c r="H185" s="14" t="n">
-        <v>40951.0</v>
+        <v>36628.0</v>
       </c>
       <c r="I185" s="14" t="n">
-        <v>77971.0</v>
+        <v>121421.0</v>
       </c>
       <c r="J185" s="14" t="n">
-        <v>87212.0</v>
+        <v>114273.0</v>
       </c>
       <c r="K185" s="14" t="n">
-        <v>59246.0</v>
+        <v>56217.0</v>
       </c>
       <c r="L185" s="14" t="n">
-        <v>15210.0</v>
+        <v>6159.0</v>
       </c>
       <c r="M185" s="14" t="n">
-        <v>478.0</v>
+        <v>1461.0</v>
       </c>
       <c r="N185" s="14" t="n">
-        <v>231.0</v>
+        <v>421.0</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    European Union 27 (without Spain)</t>
         </is>
       </c>
       <c r="B186" s="14" t="n">
-        <v>247140.0</v>
+        <v>312388.0</v>
       </c>
       <c r="C186" s="14" t="n">
-        <v>136.0</v>
+        <v>422.0</v>
       </c>
       <c r="D186" s="14" t="n">
-        <v>408.0</v>
+        <v>368.0</v>
       </c>
       <c r="E186" s="14" t="n">
-        <v>1211.0</v>
+        <v>4228.0</v>
       </c>
       <c r="F186" s="14" t="n">
-        <v>11770.0</v>
+        <v>9677.0</v>
       </c>
       <c r="G186" s="14" t="n">
-        <v>17295.0</v>
+        <v>31537.0</v>
       </c>
       <c r="H186" s="14" t="n">
-        <v>27649.0</v>
+        <v>24303.0</v>
       </c>
       <c r="I186" s="14" t="n">
-        <v>65226.0</v>
+        <v>101626.0</v>
       </c>
       <c r="J186" s="14" t="n">
-        <v>69607.0</v>
+        <v>92869.0</v>
       </c>
       <c r="K186" s="14" t="n">
-        <v>44018.0</v>
+        <v>41606.0</v>
       </c>
       <c r="L186" s="14" t="n">
-        <v>9267.0</v>
+        <v>4439.0</v>
       </c>
       <c r="M186" s="14" t="n">
-        <v>354.0</v>
+        <v>964.0</v>
       </c>
       <c r="N186" s="14" t="n">
-        <v>198.0</v>
+        <v>351.0</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Germany</t>
         </is>
       </c>
       <c r="B187" s="14" t="n">
-        <v>82548.0</v>
+        <v>102819.0</v>
       </c>
       <c r="C187" s="14" t="n">
-        <v>64.0</v>
+        <v>115.0</v>
       </c>
       <c r="D187" s="14" t="n">
-        <v>132.0</v>
+        <v>140.0</v>
       </c>
       <c r="E187" s="14" t="n">
-        <v>523.0</v>
+        <v>1686.0</v>
       </c>
       <c r="F187" s="14" t="n">
-        <v>4216.0</v>
+        <v>3557.0</v>
       </c>
       <c r="G187" s="14" t="n">
-        <v>5951.0</v>
+        <v>13625.0</v>
       </c>
       <c r="H187" s="14" t="n">
-        <v>9753.0</v>
+        <v>9820.0</v>
       </c>
       <c r="I187" s="14" t="n">
-        <v>17020.0</v>
+        <v>25833.0</v>
       </c>
       <c r="J187" s="14" t="n">
-        <v>19456.0</v>
+        <v>26417.0</v>
       </c>
       <c r="K187" s="14" t="n">
-        <v>21130.0</v>
+        <v>19060.0</v>
       </c>
       <c r="L187" s="14" t="n">
-        <v>4002.0</v>
+        <v>1786.0</v>
       </c>
       <c r="M187" s="14" t="n">
-        <v>213.0</v>
+        <v>603.0</v>
       </c>
       <c r="N187" s="14" t="n">
-        <v>88.0</v>
+        <v>178.0</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Austria</t>
         </is>
       </c>
       <c r="B188" s="14" t="n">
-        <v>2810.0</v>
+        <v>5116.0</v>
       </c>
       <c r="C188" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="D188" s="13" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D188" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="E188" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="F188" s="14" t="n">
-        <v>148.0</v>
+        <v>135.0</v>
       </c>
       <c r="G188" s="14" t="n">
-        <v>321.0</v>
+        <v>485.0</v>
       </c>
       <c r="H188" s="14" t="n">
-        <v>329.0</v>
+        <v>513.0</v>
       </c>
       <c r="I188" s="14" t="n">
-        <v>887.0</v>
+        <v>1799.0</v>
       </c>
       <c r="J188" s="14" t="n">
-        <v>677.0</v>
+        <v>1479.0</v>
       </c>
       <c r="K188" s="14" t="n">
-        <v>331.0</v>
-[...5 lines deleted...]
-        <v>0.0</v>
+        <v>689.0</v>
+      </c>
+      <c r="L188" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="M188" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="N188" s="14" t="n">
-        <v>11.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Belgium</t>
         </is>
       </c>
       <c r="B189" s="14" t="n">
-        <v>20102.0</v>
+        <v>27659.0</v>
       </c>
       <c r="C189" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D189" s="14" t="n">
+        <v>32.0</v>
+      </c>
+      <c r="E189" s="14" t="n">
+        <v>109.0</v>
+      </c>
+      <c r="F189" s="14" t="n">
+        <v>239.0</v>
+      </c>
+      <c r="G189" s="14" t="n">
+        <v>607.0</v>
+      </c>
+      <c r="H189" s="14" t="n">
+        <v>903.0</v>
+      </c>
+      <c r="I189" s="14" t="n">
+        <v>16906.0</v>
+      </c>
+      <c r="J189" s="14" t="n">
+        <v>7713.0</v>
+      </c>
+      <c r="K189" s="14" t="n">
+        <v>1053.0</v>
+      </c>
+      <c r="L189" s="14" t="n">
+        <v>64.0</v>
+      </c>
+      <c r="M189" s="14" t="n">
         <v>25.0</v>
       </c>
-      <c r="E189" s="14" t="n">
-[...27 lines deleted...]
-        <v>0.0</v>
+      <c r="N189" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Denmark</t>
         </is>
       </c>
       <c r="B190" s="14" t="n">
-        <v>1034.0</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>1322.0</v>
+      </c>
+      <c r="C190" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="D190" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="E190" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="F190" s="14" t="n">
-        <v>75.0</v>
+        <v>38.0</v>
       </c>
       <c r="G190" s="14" t="n">
-        <v>96.0</v>
+        <v>268.0</v>
       </c>
       <c r="H190" s="14" t="n">
-        <v>52.0</v>
+        <v>265.0</v>
       </c>
       <c r="I190" s="14" t="n">
-        <v>631.0</v>
+        <v>590.0</v>
       </c>
       <c r="J190" s="14" t="n">
-        <v>66.0</v>
+        <v>55.0</v>
       </c>
       <c r="K190" s="14" t="n">
-        <v>113.0</v>
+        <v>98.0</v>
       </c>
       <c r="L190" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="M190" s="14" t="n">
-        <v>0.0</v>
+      <c r="M190" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="N190" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Finland</t>
         </is>
       </c>
       <c r="B191" s="14" t="n">
-        <v>291.0</v>
+        <v>256.0</v>
       </c>
       <c r="C191" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="D191" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="E191" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E191" s="14" t="n">
+        <v>44.0</v>
       </c>
       <c r="F191" s="14" t="n">
-        <v>87.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>0.0</v>
+      </c>
+      <c r="G191" s="14" t="n">
+        <v>88.0</v>
       </c>
       <c r="H191" s="14" t="n">
-        <v>35.0</v>
-[...2 lines deleted...]
-        <v>112.0</v>
+        <v>59.0</v>
+      </c>
+      <c r="I191" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="J191" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="K191" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="L191" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="M191" s="14" t="n">
-[...3 lines deleted...]
-        <v>11.0</v>
+      <c r="M191" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="N191" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    France</t>
         </is>
       </c>
       <c r="B192" s="14" t="n">
-        <v>54161.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>64988.0</v>
+      </c>
+      <c r="C192" s="14" t="n">
+        <v>65.0</v>
       </c>
       <c r="D192" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E192" s="14" t="n">
-        <v>222.0</v>
+        <v>1598.0</v>
       </c>
       <c r="F192" s="14" t="n">
-        <v>2062.0</v>
+        <v>2305.0</v>
       </c>
       <c r="G192" s="14" t="n">
-        <v>2534.0</v>
+        <v>4503.0</v>
       </c>
       <c r="H192" s="14" t="n">
-        <v>4511.0</v>
+        <v>3022.0</v>
       </c>
       <c r="I192" s="14" t="n">
-        <v>14876.0</v>
+        <v>19098.0</v>
       </c>
       <c r="J192" s="14" t="n">
-        <v>21547.0</v>
+        <v>26473.0</v>
       </c>
       <c r="K192" s="14" t="n">
-        <v>6735.0</v>
+        <v>6660.0</v>
       </c>
       <c r="L192" s="14" t="n">
-        <v>1565.0</v>
+        <v>1080.0</v>
       </c>
       <c r="M192" s="14" t="n">
-        <v>50.0</v>
-[...2 lines deleted...]
-        <v>11.0</v>
+        <v>135.0</v>
+      </c>
+      <c r="N192" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Greece</t>
         </is>
       </c>
-      <c r="B193" s="14" t="n">
-        <v>132.0</v>
+      <c r="B193" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="C193" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="D193" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="E193" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="F193" s="14" t="n">
-        <v>13.0</v>
+      <c r="F193" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="G193" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="H193" s="14" t="n">
-        <v>57.0</v>
+      <c r="H193" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="I193" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t>.</t>
         </is>
       </c>
       <c r="J193" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="K193" s="14" t="n">
-        <v>0.0</v>
+      <c r="K193" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="L193" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="M193" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="N193" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Ireland</t>
         </is>
       </c>
       <c r="B194" s="14" t="n">
-        <v>8529.0</v>
-[...5 lines deleted...]
-        <v>16.0</v>
+        <v>10765.0</v>
+      </c>
+      <c r="C194" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="D194" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="E194" s="14" t="n">
-        <v>86.0</v>
+        <v>104.0</v>
       </c>
       <c r="F194" s="14" t="n">
-        <v>334.0</v>
+        <v>280.0</v>
       </c>
       <c r="G194" s="14" t="n">
-        <v>455.0</v>
+        <v>1081.0</v>
       </c>
       <c r="H194" s="14" t="n">
-        <v>2012.0</v>
+        <v>983.0</v>
       </c>
       <c r="I194" s="14" t="n">
-        <v>3632.0</v>
+        <v>5021.0</v>
       </c>
       <c r="J194" s="14" t="n">
-        <v>805.0</v>
+        <v>1868.0</v>
       </c>
       <c r="K194" s="14" t="n">
-        <v>1181.0</v>
+        <v>1269.0</v>
       </c>
       <c r="L194" s="14" t="n">
-        <v>0.0</v>
-[...7 lines deleted...]
-        <v>0.0</v>
+        <v>109.0</v>
+      </c>
+      <c r="M194" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="N194" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Italy</t>
         </is>
       </c>
       <c r="B195" s="14" t="n">
-        <v>6430.0</v>
+        <v>9820.0</v>
       </c>
       <c r="C195" s="14" t="n">
-        <v>0.0</v>
-[...9 lines deleted...]
-        </is>
+        <v>84.0</v>
+      </c>
+      <c r="D195" s="14" t="n">
+        <v>30.0</v>
+      </c>
+      <c r="E195" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="F195" s="14" t="n">
-        <v>173.0</v>
+        <v>64.0</v>
       </c>
       <c r="G195" s="14" t="n">
-        <v>190.0</v>
+        <v>426.0</v>
       </c>
       <c r="H195" s="14" t="n">
-        <v>519.0</v>
+        <v>314.0</v>
       </c>
       <c r="I195" s="14" t="n">
-        <v>1344.0</v>
+        <v>1857.0</v>
       </c>
       <c r="J195" s="14" t="n">
-        <v>3700.0</v>
+        <v>5911.0</v>
       </c>
       <c r="K195" s="14" t="n">
-        <v>426.0</v>
+        <v>860.0</v>
       </c>
       <c r="L195" s="14" t="n">
-        <v>51.0</v>
+        <v>265.0</v>
       </c>
       <c r="M195" s="13" t="inlineStr">
         <is>
-          <t>..</t>
-[...3 lines deleted...]
-        <v>0.0</v>
+          <t>.</t>
+        </is>
+      </c>
+      <c r="N195" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Luxembourg</t>
         </is>
       </c>
-      <c r="B196" s="14" t="n">
-[...5 lines deleted...]
-        </is>
+      <c r="B196" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
+      </c>
+      <c r="C196" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="D196" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="E196" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t>.</t>
         </is>
       </c>
       <c r="F196" s="14" t="n">
-        <v>26.0</v>
-[...7 lines deleted...]
-        </is>
+        <v>20.0</v>
+      </c>
+      <c r="G196" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
+      </c>
+      <c r="H196" s="14" t="n">
+        <v>27.0</v>
       </c>
       <c r="I196" s="14" t="n">
-        <v>49.0</v>
-[...2 lines deleted...]
-        <v>267.0</v>
+        <v>73.0</v>
+      </c>
+      <c r="J196" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="K196" s="14" t="n">
-        <v>92.0</v>
-[...9 lines deleted...]
-        </is>
+        <v>36.0</v>
+      </c>
+      <c r="L196" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M196" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="N196" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Netherlands</t>
         </is>
       </c>
       <c r="B197" s="14" t="n">
-        <v>61601.0</v>
+        <v>80345.0</v>
       </c>
       <c r="C197" s="14" t="n">
-        <v>24.0</v>
+        <v>129.0</v>
       </c>
       <c r="D197" s="14" t="n">
-        <v>185.0</v>
+        <v>109.0</v>
       </c>
       <c r="E197" s="14" t="n">
-        <v>285.0</v>
+        <v>567.0</v>
       </c>
       <c r="F197" s="14" t="n">
-        <v>3792.0</v>
+        <v>2880.0</v>
       </c>
       <c r="G197" s="14" t="n">
-        <v>5875.0</v>
+        <v>9907.0</v>
       </c>
       <c r="H197" s="14" t="n">
-        <v>8931.0</v>
+        <v>7139.0</v>
       </c>
       <c r="I197" s="14" t="n">
-        <v>15466.0</v>
+        <v>27826.0</v>
       </c>
       <c r="J197" s="14" t="n">
-        <v>14574.0</v>
+        <v>19500.0</v>
       </c>
       <c r="K197" s="14" t="n">
-        <v>9193.0</v>
+        <v>10970.0</v>
       </c>
       <c r="L197" s="14" t="n">
-        <v>3159.0</v>
+        <v>1050.0</v>
       </c>
       <c r="M197" s="14" t="n">
-        <v>41.0</v>
+        <v>159.0</v>
       </c>
       <c r="N197" s="14" t="n">
-        <v>77.0</v>
+        <v>108.0</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Poland</t>
         </is>
       </c>
       <c r="B198" s="14" t="n">
-        <v>1308.0</v>
+        <v>1664.0</v>
       </c>
       <c r="C198" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="D198" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="E198" s="14" t="n">
-        <v>0.0</v>
+      <c r="E198" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="F198" s="14" t="n">
-        <v>48.0</v>
+        <v>81.0</v>
       </c>
       <c r="G198" s="14" t="n">
-        <v>49.0</v>
+        <v>371.0</v>
       </c>
       <c r="H198" s="14" t="n">
-        <v>69.0</v>
+        <v>58.0</v>
       </c>
       <c r="I198" s="14" t="n">
-        <v>442.0</v>
+        <v>378.0</v>
       </c>
       <c r="J198" s="14" t="n">
-        <v>504.0</v>
+        <v>587.0</v>
       </c>
       <c r="K198" s="14" t="n">
-        <v>188.0</v>
-[...7 lines deleted...]
-        </is>
+        <v>145.0</v>
+      </c>
+      <c r="L198" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="M198" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="N198" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Portugal</t>
         </is>
       </c>
       <c r="B199" s="14" t="n">
-        <v>3195.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>3530.0</v>
+      </c>
+      <c r="C199" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="D199" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="E199" s="14" t="n">
-        <v>0.0</v>
+        <v>40.0</v>
       </c>
       <c r="F199" s="14" t="n">
-        <v>177.0</v>
+        <v>43.0</v>
       </c>
       <c r="G199" s="14" t="n">
-        <v>167.0</v>
+        <v>15.0</v>
       </c>
       <c r="H199" s="14" t="n">
-        <v>304.0</v>
+        <v>530.0</v>
       </c>
       <c r="I199" s="14" t="n">
-        <v>996.0</v>
+        <v>918.0</v>
       </c>
       <c r="J199" s="14" t="n">
-        <v>1219.0</v>
+        <v>1727.0</v>
       </c>
       <c r="K199" s="14" t="n">
-        <v>282.0</v>
-[...5 lines deleted...]
-        <v>0.0</v>
+        <v>241.0</v>
+      </c>
+      <c r="L199" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="M199" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="N199" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Czech Republic</t>
         </is>
       </c>
       <c r="B200" s="14" t="n">
-        <v>747.0</v>
-[...5 lines deleted...]
-        <v>0.0</v>
+        <v>1470.0</v>
+      </c>
+      <c r="C200" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="D200" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="E200" s="14" t="n">
-        <v>0.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>46.0</v>
+      </c>
+      <c r="F200" s="14" t="n">
+        <v>14.0</v>
       </c>
       <c r="G200" s="14" t="n">
-        <v>67.0</v>
+        <v>82.0</v>
       </c>
       <c r="H200" s="14" t="n">
-        <v>113.0</v>
+        <v>179.0</v>
       </c>
       <c r="I200" s="14" t="n">
-        <v>291.0</v>
+        <v>750.0</v>
       </c>
       <c r="J200" s="14" t="n">
-        <v>126.0</v>
+        <v>285.0</v>
       </c>
       <c r="K200" s="14" t="n">
-        <v>124.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>51.0</v>
+      </c>
+      <c r="L200" s="14" t="n">
+        <v>35.0</v>
       </c>
       <c r="M200" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="N200" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Sweden</t>
         </is>
       </c>
       <c r="B201" s="14" t="n">
-        <v>962.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>561.0</v>
+      </c>
+      <c r="C201" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="D201" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="E201" s="13" t="inlineStr">
-[...5 lines deleted...]
-        <v>205.0</v>
+      <c r="E201" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="F201" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="G201" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="H201" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H201" s="14" t="n">
+        <v>26.0</v>
       </c>
       <c r="I201" s="14" t="n">
-        <v>445.0</v>
+        <v>277.0</v>
       </c>
       <c r="J201" s="14" t="n">
-        <v>148.0</v>
+        <v>78.0</v>
       </c>
       <c r="K201" s="14" t="n">
-        <v>71.0</v>
+        <v>94.0</v>
       </c>
       <c r="L201" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="M201" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="M201" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="N201" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of EU</t>
         </is>
       </c>
       <c r="B202" s="14" t="n">
-        <v>2446.0</v>
+        <v>1900.0</v>
       </c>
       <c r="C202" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="D202" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="E202" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="F202" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F202" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="G202" s="14" t="n">
-        <v>620.0</v>
+        <v>29.0</v>
       </c>
       <c r="H202" s="14" t="n">
-        <v>94.0</v>
+        <v>465.0</v>
       </c>
       <c r="I202" s="14" t="n">
-        <v>288.0</v>
+        <v>295.0</v>
       </c>
       <c r="J202" s="14" t="n">
-        <v>812.0</v>
+        <v>756.0</v>
       </c>
       <c r="K202" s="14" t="n">
-        <v>443.0</v>
+        <v>355.0</v>
       </c>
       <c r="L202" s="14" t="n">
-        <v>181.0</v>
+        <v>0.0</v>
       </c>
       <c r="M202" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="N202" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Norway</t>
         </is>
       </c>
       <c r="B203" s="14" t="n">
-        <v>279.0</v>
+        <v>328.0</v>
       </c>
       <c r="C203" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="D203" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="D203" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="E203" s="14" t="n">
-        <v>28.0</v>
+        <v>0.0</v>
       </c>
       <c r="F203" s="14" t="n">
-        <v>34.0</v>
-[...2 lines deleted...]
-        <v>12.0</v>
+        <v>0.0</v>
+      </c>
+      <c r="G203" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="H203" s="14" t="n">
-        <v>14.0</v>
+        <v>107.0</v>
       </c>
       <c r="I203" s="14" t="n">
-        <v>152.0</v>
+        <v>183.0</v>
       </c>
       <c r="J203" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="K203" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K203" s="14" t="n">
+        <v>23.0</v>
       </c>
       <c r="L203" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="M203" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="N203" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    United Kingdom</t>
         </is>
       </c>
       <c r="B204" s="14" t="n">
-        <v>56758.0</v>
+        <v>66381.0</v>
       </c>
       <c r="C204" s="14" t="n">
-        <v>71.0</v>
+        <v>63.0</v>
       </c>
       <c r="D204" s="14" t="n">
-        <v>68.0</v>
+        <v>123.0</v>
       </c>
       <c r="E204" s="14" t="n">
-        <v>787.0</v>
+        <v>4120.0</v>
       </c>
       <c r="F204" s="14" t="n">
-        <v>5520.0</v>
+        <v>4060.0</v>
       </c>
       <c r="G204" s="14" t="n">
-        <v>6203.0</v>
+        <v>8772.0</v>
       </c>
       <c r="H204" s="14" t="n">
-        <v>10335.0</v>
+        <v>9959.0</v>
       </c>
       <c r="I204" s="14" t="n">
-        <v>7027.0</v>
+        <v>11726.0</v>
       </c>
       <c r="J204" s="14" t="n">
-        <v>11399.0</v>
+        <v>14079.0</v>
       </c>
       <c r="K204" s="14" t="n">
-        <v>9749.0</v>
+        <v>11828.0</v>
       </c>
       <c r="L204" s="14" t="n">
-        <v>5524.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>1185.0</v>
+      </c>
+      <c r="M204" s="14" t="n">
+        <v>409.0</v>
       </c>
       <c r="N204" s="14" t="n">
-        <v>33.0</v>
+        <v>56.0</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Switzerland</t>
         </is>
       </c>
       <c r="B205" s="14" t="n">
-        <v>9021.0</v>
+        <v>12392.0</v>
       </c>
       <c r="C205" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D205" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="E205" s="14" t="n">
-        <v>63.0</v>
+        <v>362.0</v>
       </c>
       <c r="F205" s="14" t="n">
-        <v>899.0</v>
+        <v>522.0</v>
       </c>
       <c r="G205" s="14" t="n">
-        <v>824.0</v>
+        <v>1147.0</v>
       </c>
       <c r="H205" s="14" t="n">
-        <v>1195.0</v>
+        <v>1504.0</v>
       </c>
       <c r="I205" s="14" t="n">
-        <v>2519.0</v>
+        <v>4110.0</v>
       </c>
       <c r="J205" s="14" t="n">
-        <v>973.0</v>
+        <v>2213.0</v>
       </c>
       <c r="K205" s="14" t="n">
-        <v>2165.0</v>
+        <v>2220.0</v>
       </c>
       <c r="L205" s="14" t="n">
-        <v>310.0</v>
-[...5 lines deleted...]
-        <v>0.0</v>
+        <v>261.0</v>
+      </c>
+      <c r="M205" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="N205" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of Europe</t>
         </is>
       </c>
       <c r="B206" s="14" t="n">
-        <v>3535.0</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>4646.0</v>
+      </c>
+      <c r="C206" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="D206" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="E206" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E206" s="14" t="n">
+        <v>44.0</v>
       </c>
       <c r="F206" s="14" t="n">
-        <v>133.0</v>
-[...7 lines deleted...]
-        <v>1263.0</v>
+        <v>68.0</v>
+      </c>
+      <c r="G206" s="14" t="n">
+        <v>134.0</v>
+      </c>
+      <c r="H206" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="I206" s="14" t="n">
-        <v>279.0</v>
+        <v>2032.0</v>
       </c>
       <c r="J206" s="14" t="n">
-        <v>1498.0</v>
+        <v>2128.0</v>
       </c>
       <c r="K206" s="14" t="n">
-        <v>310.0</v>
+        <v>0.0</v>
       </c>
       <c r="L206" s="14" t="n">
-        <v>0.0</v>
+        <v>219.0</v>
       </c>
       <c r="M206" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="N206" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    United States</t>
         </is>
       </c>
       <c r="B207" s="14" t="n">
-        <v>540.0</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>1069.0</v>
+      </c>
+      <c r="C207" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="D207" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="E207" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E207" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="F207" s="14" t="n">
-        <v>35.0</v>
+        <v>0.0</v>
       </c>
       <c r="G207" s="14" t="n">
-        <v>27.0</v>
-[...2 lines deleted...]
-        <v>132.0</v>
+        <v>169.0</v>
+      </c>
+      <c r="H207" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="I207" s="14" t="n">
-        <v>166.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>358.0</v>
+      </c>
+      <c r="J207" s="14" t="n">
+        <v>280.0</v>
       </c>
       <c r="K207" s="14" t="n">
-        <v>73.0</v>
+        <v>99.0</v>
       </c>
       <c r="L207" s="14" t="n">
-        <v>18.0</v>
+        <v>55.0</v>
       </c>
       <c r="M207" s="14" t="n">
-        <v>0.0</v>
+        <v>55.0</v>
       </c>
       <c r="N207" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of America</t>
         </is>
       </c>
       <c r="B208" s="14" t="n">
-        <v>1507.0</v>
+        <v>1353.0</v>
       </c>
       <c r="C208" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="D208" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="E208" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="F208" s="14" t="n">
-        <v>65.0</v>
+        <v>13.0</v>
       </c>
       <c r="G208" s="14" t="n">
-        <v>37.0</v>
+        <v>40.0</v>
       </c>
       <c r="H208" s="14" t="n">
-        <v>127.0</v>
+        <v>96.0</v>
       </c>
       <c r="I208" s="14" t="n">
-        <v>248.0</v>
+        <v>233.0</v>
       </c>
       <c r="J208" s="14" t="n">
-        <v>731.0</v>
+        <v>833.0</v>
       </c>
       <c r="K208" s="14" t="n">
-        <v>239.0</v>
+        <v>139.0</v>
       </c>
       <c r="L208" s="14" t="n">
-        <v>43.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>0.0</v>
+      </c>
+      <c r="M208" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="N208" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    African Countries</t>
         </is>
       </c>
       <c r="B209" s="14" t="n">
-        <v>50.0</v>
+        <v>289.0</v>
       </c>
       <c r="C209" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="D209" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="E209" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="F209" s="14" t="n">
-        <v>0.0</v>
+        <v>40.0</v>
       </c>
       <c r="G209" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="H209" s="14" t="n">
-        <v>0.0</v>
+        <v>54.0</v>
       </c>
       <c r="I209" s="14" t="n">
-        <v>16.0</v>
+        <v>92.0</v>
       </c>
       <c r="J209" s="14" t="n">
-        <v>25.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>104.0</v>
+      </c>
+      <c r="K209" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="L209" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="M209" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="N209" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of the world</t>
         </is>
       </c>
       <c r="B210" s="14" t="n">
-        <v>9807.0</v>
+        <v>3746.0</v>
       </c>
       <c r="C210" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="D210" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="E210" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E210" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="F210" s="14" t="n">
-        <v>746.0</v>
+        <v>47.0</v>
       </c>
       <c r="G210" s="14" t="n">
-        <v>1025.0</v>
+        <v>342.0</v>
       </c>
       <c r="H210" s="14" t="n">
-        <v>222.0</v>
+        <v>467.0</v>
       </c>
       <c r="I210" s="14" t="n">
-        <v>2305.0</v>
+        <v>824.0</v>
       </c>
       <c r="J210" s="14" t="n">
-        <v>2856.0</v>
+        <v>1764.0</v>
       </c>
       <c r="K210" s="14" t="n">
-        <v>2596.0</v>
+        <v>303.0</v>
       </c>
       <c r="L210" s="14" t="n">
-        <v>47.0</v>
+        <v>0.0</v>
       </c>
       <c r="M210" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="N210" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="6" t="inlineStr">
         <is>
           <t>Castilla y León</t>
         </is>
       </c>
       <c r="B211" s="6"/>
       <c r="C211" s="6"/>
       <c r="D211" s="6"/>
       <c r="E211" s="6"/>
       <c r="F211" s="6"/>
       <c r="G211" s="6"/>
       <c r="H211" s="6"/>
       <c r="I211" s="6"/>
       <c r="J211" s="6"/>
       <c r="K211" s="6"/>
       <c r="L211" s="6"/>
       <c r="M211" s="6"/>
       <c r="N211" s="6"/>
     </row>
     <row r="212">
       <c r="A212" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B212" s="14" t="n">
-        <v>914186.0</v>
+        <v>897505.0</v>
       </c>
       <c r="C212" s="14" t="n">
-        <v>5072.0</v>
+        <v>5748.0</v>
       </c>
       <c r="D212" s="14" t="n">
-        <v>8326.0</v>
+        <v>8971.0</v>
       </c>
       <c r="E212" s="14" t="n">
-        <v>20267.0</v>
+        <v>37561.0</v>
       </c>
       <c r="F212" s="14" t="n">
-        <v>85355.0</v>
+        <v>44821.0</v>
       </c>
       <c r="G212" s="14" t="n">
-        <v>70429.0</v>
+        <v>70705.0</v>
       </c>
       <c r="H212" s="14" t="n">
-        <v>101560.0</v>
+        <v>84481.0</v>
       </c>
       <c r="I212" s="14" t="n">
-        <v>200849.0</v>
+        <v>229316.0</v>
       </c>
       <c r="J212" s="14" t="n">
-        <v>275704.0</v>
+        <v>246496.0</v>
       </c>
       <c r="K212" s="14" t="n">
-        <v>90692.0</v>
+        <v>100918.0</v>
       </c>
       <c r="L212" s="14" t="n">
-        <v>39013.0</v>
+        <v>40454.0</v>
       </c>
       <c r="M212" s="14" t="n">
-        <v>8767.0</v>
+        <v>18494.0</v>
       </c>
       <c r="N212" s="14" t="n">
-        <v>8151.0</v>
+        <v>9541.0</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Spaniards</t>
         </is>
       </c>
       <c r="B213" s="14" t="n">
-        <v>700802.0</v>
+        <v>655895.0</v>
       </c>
       <c r="C213" s="14" t="n">
-        <v>2254.0</v>
+        <v>3241.0</v>
       </c>
       <c r="D213" s="14" t="n">
-        <v>3773.0</v>
+        <v>4164.0</v>
       </c>
       <c r="E213" s="14" t="n">
-        <v>10344.0</v>
+        <v>24817.0</v>
       </c>
       <c r="F213" s="14" t="n">
-        <v>61923.0</v>
+        <v>22366.0</v>
       </c>
       <c r="G213" s="14" t="n">
-        <v>39529.0</v>
+        <v>34919.0</v>
       </c>
       <c r="H213" s="14" t="n">
-        <v>76271.0</v>
+        <v>53327.0</v>
       </c>
       <c r="I213" s="14" t="n">
-        <v>171379.0</v>
+        <v>201833.0</v>
       </c>
       <c r="J213" s="14" t="n">
-        <v>236831.0</v>
+        <v>207405.0</v>
       </c>
       <c r="K213" s="14" t="n">
-        <v>60910.0</v>
+        <v>61526.0</v>
       </c>
       <c r="L213" s="14" t="n">
-        <v>27152.0</v>
+        <v>25352.0</v>
       </c>
       <c r="M213" s="14" t="n">
-        <v>5996.0</v>
+        <v>10870.0</v>
       </c>
       <c r="N213" s="14" t="n">
-        <v>4440.0</v>
+        <v>6075.0</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Foreigners</t>
         </is>
       </c>
       <c r="B214" s="14" t="n">
-        <v>213384.0</v>
+        <v>241610.0</v>
       </c>
       <c r="C214" s="14" t="n">
-        <v>2818.0</v>
+        <v>2507.0</v>
       </c>
       <c r="D214" s="14" t="n">
-        <v>4553.0</v>
+        <v>4807.0</v>
       </c>
       <c r="E214" s="14" t="n">
-        <v>9923.0</v>
+        <v>12744.0</v>
       </c>
       <c r="F214" s="14" t="n">
-        <v>23432.0</v>
+        <v>22454.0</v>
       </c>
       <c r="G214" s="14" t="n">
-        <v>30900.0</v>
+        <v>35786.0</v>
       </c>
       <c r="H214" s="14" t="n">
-        <v>25289.0</v>
+        <v>31154.0</v>
       </c>
       <c r="I214" s="14" t="n">
-        <v>29470.0</v>
+        <v>27482.0</v>
       </c>
       <c r="J214" s="14" t="n">
-        <v>38873.0</v>
+        <v>39091.0</v>
       </c>
       <c r="K214" s="14" t="n">
-        <v>29783.0</v>
+        <v>39391.0</v>
       </c>
       <c r="L214" s="14" t="n">
-        <v>11861.0</v>
+        <v>15102.0</v>
       </c>
       <c r="M214" s="14" t="n">
-        <v>2770.0</v>
+        <v>7624.0</v>
       </c>
       <c r="N214" s="14" t="n">
-        <v>3711.0</v>
+        <v>3466.0</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    European Union 27 (without Spain)</t>
         </is>
       </c>
       <c r="B215" s="14" t="n">
-        <v>168797.0</v>
+        <v>188317.0</v>
       </c>
       <c r="C215" s="14" t="n">
-        <v>1916.0</v>
+        <v>1629.0</v>
       </c>
       <c r="D215" s="14" t="n">
-        <v>3226.0</v>
+        <v>3445.0</v>
       </c>
       <c r="E215" s="14" t="n">
-        <v>6728.0</v>
+        <v>8866.0</v>
       </c>
       <c r="F215" s="14" t="n">
-        <v>18014.0</v>
+        <v>17034.0</v>
       </c>
       <c r="G215" s="14" t="n">
-        <v>25435.0</v>
+        <v>28661.0</v>
       </c>
       <c r="H215" s="14" t="n">
-        <v>20012.0</v>
+        <v>25650.0</v>
       </c>
       <c r="I215" s="14" t="n">
-        <v>25643.0</v>
+        <v>23442.0</v>
       </c>
       <c r="J215" s="14" t="n">
-        <v>32221.0</v>
+        <v>30759.0</v>
       </c>
       <c r="K215" s="14" t="n">
-        <v>23461.0</v>
+        <v>29806.0</v>
       </c>
       <c r="L215" s="14" t="n">
-        <v>7792.0</v>
+        <v>10693.0</v>
       </c>
       <c r="M215" s="14" t="n">
-        <v>1959.0</v>
+        <v>5810.0</v>
       </c>
       <c r="N215" s="14" t="n">
-        <v>2389.0</v>
+        <v>2520.0</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Germany</t>
         </is>
       </c>
       <c r="B216" s="14" t="n">
-        <v>34306.0</v>
+        <v>38274.0</v>
       </c>
       <c r="C216" s="14" t="n">
-        <v>481.0</v>
+        <v>304.0</v>
       </c>
       <c r="D216" s="14" t="n">
-        <v>523.0</v>
+        <v>484.0</v>
       </c>
       <c r="E216" s="14" t="n">
-        <v>1659.0</v>
+        <v>2327.0</v>
       </c>
       <c r="F216" s="14" t="n">
-        <v>4121.0</v>
+        <v>4084.0</v>
       </c>
       <c r="G216" s="14" t="n">
-        <v>4904.0</v>
+        <v>5639.0</v>
       </c>
       <c r="H216" s="14" t="n">
-        <v>3871.0</v>
+        <v>4916.0</v>
       </c>
       <c r="I216" s="14" t="n">
-        <v>5054.0</v>
+        <v>3219.0</v>
       </c>
       <c r="J216" s="14" t="n">
-        <v>5832.0</v>
+        <v>5578.0</v>
       </c>
       <c r="K216" s="14" t="n">
-        <v>5026.0</v>
+        <v>6155.0</v>
       </c>
       <c r="L216" s="14" t="n">
-        <v>1887.0</v>
+        <v>3108.0</v>
       </c>
       <c r="M216" s="14" t="n">
-        <v>552.0</v>
+        <v>1676.0</v>
       </c>
       <c r="N216" s="14" t="n">
-        <v>396.0</v>
+        <v>784.0</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Austria</t>
         </is>
       </c>
       <c r="B217" s="14" t="n">
-        <v>1547.0</v>
+        <v>1578.0</v>
       </c>
       <c r="C217" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="D217" s="14" t="n">
-        <v>0.0</v>
+        <v>45.0</v>
       </c>
       <c r="E217" s="14" t="n">
-        <v>78.0</v>
+        <v>43.0</v>
       </c>
       <c r="F217" s="14" t="n">
-        <v>79.0</v>
+        <v>88.0</v>
       </c>
       <c r="G217" s="14" t="n">
-        <v>492.0</v>
+        <v>530.0</v>
       </c>
       <c r="H217" s="14" t="n">
-        <v>276.0</v>
+        <v>236.0</v>
       </c>
       <c r="I217" s="14" t="n">
-        <v>116.0</v>
+        <v>67.0</v>
       </c>
       <c r="J217" s="14" t="n">
-        <v>285.0</v>
+        <v>308.0</v>
       </c>
       <c r="K217" s="14" t="n">
-        <v>129.0</v>
+        <v>118.0</v>
       </c>
       <c r="L217" s="14" t="n">
-        <v>47.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>90.0</v>
+      </c>
+      <c r="M217" s="14" t="n">
+        <v>52.0</v>
       </c>
       <c r="N217" s="14" t="n">
-        <v>21.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Belgium</t>
         </is>
       </c>
       <c r="B218" s="14" t="n">
-        <v>11272.0</v>
+        <v>12702.0</v>
       </c>
       <c r="C218" s="14" t="n">
-        <v>0.0</v>
+        <v>173.0</v>
       </c>
       <c r="D218" s="14" t="n">
-        <v>218.0</v>
+        <v>91.0</v>
       </c>
       <c r="E218" s="14" t="n">
-        <v>262.0</v>
+        <v>906.0</v>
       </c>
       <c r="F218" s="14" t="n">
-        <v>627.0</v>
+        <v>1584.0</v>
       </c>
       <c r="G218" s="14" t="n">
-        <v>1449.0</v>
+        <v>1140.0</v>
       </c>
       <c r="H218" s="14" t="n">
-        <v>1215.0</v>
+        <v>1217.0</v>
       </c>
       <c r="I218" s="14" t="n">
-        <v>2718.0</v>
+        <v>2418.0</v>
       </c>
       <c r="J218" s="14" t="n">
-        <v>1858.0</v>
+        <v>1695.0</v>
       </c>
       <c r="K218" s="14" t="n">
-        <v>2470.0</v>
+        <v>2305.0</v>
       </c>
       <c r="L218" s="14" t="n">
-        <v>379.0</v>
+        <v>744.0</v>
       </c>
       <c r="M218" s="14" t="n">
-        <v>48.0</v>
+        <v>364.0</v>
       </c>
       <c r="N218" s="14" t="n">
-        <v>28.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Denmark</t>
         </is>
       </c>
       <c r="B219" s="14" t="n">
-        <v>1169.0</v>
+        <v>947.0</v>
       </c>
       <c r="C219" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="D219" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E219" s="14" t="n">
-        <v>90.0</v>
+        <v>76.0</v>
       </c>
       <c r="F219" s="14" t="n">
-        <v>144.0</v>
+        <v>34.0</v>
       </c>
       <c r="G219" s="14" t="n">
-        <v>108.0</v>
+        <v>112.0</v>
       </c>
       <c r="H219" s="14" t="n">
-        <v>65.0</v>
+        <v>125.0</v>
       </c>
       <c r="I219" s="14" t="n">
-        <v>141.0</v>
+        <v>110.0</v>
       </c>
       <c r="J219" s="14" t="n">
-        <v>189.0</v>
+        <v>131.0</v>
       </c>
       <c r="K219" s="14" t="n">
-        <v>196.0</v>
+        <v>292.0</v>
       </c>
       <c r="L219" s="14" t="n">
-        <v>118.0</v>
+        <v>43.0</v>
       </c>
       <c r="M219" s="14" t="n">
-        <v>51.0</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>19.0</v>
+      </c>
+      <c r="N219" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Finland</t>
         </is>
       </c>
       <c r="B220" s="14" t="n">
-        <v>352.0</v>
+        <v>566.0</v>
       </c>
       <c r="C220" s="14" t="n">
-        <v>0.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>10.0</v>
+      </c>
+      <c r="D220" s="14" t="n">
+        <v>84.0</v>
       </c>
       <c r="E220" s="14" t="n">
-        <v>118.0</v>
+        <v>113.0</v>
       </c>
       <c r="F220" s="14" t="n">
-        <v>43.0</v>
-[...13 lines deleted...]
-        <v>71.0</v>
+        <v>144.0</v>
+      </c>
+      <c r="G220" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="H220" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="I220" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J220" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="K220" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="L220" s="14" t="n">
-        <v>0.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>61.0</v>
+      </c>
+      <c r="M220" s="14" t="n">
+        <v>67.0</v>
       </c>
       <c r="N220" s="14" t="n">
-        <v>0.0</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    France</t>
         </is>
       </c>
       <c r="B221" s="14" t="n">
-        <v>39665.0</v>
+        <v>41481.0</v>
       </c>
       <c r="C221" s="14" t="n">
-        <v>474.0</v>
+        <v>334.0</v>
       </c>
       <c r="D221" s="14" t="n">
-        <v>559.0</v>
+        <v>823.0</v>
       </c>
       <c r="E221" s="14" t="n">
-        <v>1511.0</v>
+        <v>2033.0</v>
       </c>
       <c r="F221" s="14" t="n">
-        <v>3156.0</v>
+        <v>3322.0</v>
       </c>
       <c r="G221" s="14" t="n">
-        <v>4513.0</v>
+        <v>4299.0</v>
       </c>
       <c r="H221" s="14" t="n">
-        <v>3952.0</v>
+        <v>4969.0</v>
       </c>
       <c r="I221" s="14" t="n">
-        <v>8283.0</v>
+        <v>6514.0</v>
       </c>
       <c r="J221" s="14" t="n">
-        <v>8965.0</v>
+        <v>9147.0</v>
       </c>
       <c r="K221" s="14" t="n">
-        <v>4905.0</v>
+        <v>6183.0</v>
       </c>
       <c r="L221" s="14" t="n">
-        <v>1938.0</v>
+        <v>2144.0</v>
       </c>
       <c r="M221" s="14" t="n">
-        <v>409.0</v>
+        <v>1207.0</v>
       </c>
       <c r="N221" s="14" t="n">
-        <v>999.0</v>
+        <v>505.0</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Greece</t>
         </is>
       </c>
-      <c r="B222" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="B222" s="14" t="n">
+        <v>859.0</v>
       </c>
       <c r="C222" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="D222" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="E222" s="14" t="n">
-        <v>0.0</v>
+        <v>42.0</v>
       </c>
       <c r="F222" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="G222" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="H222" s="14" t="n">
-        <v>20.0</v>
+        <v>795.0</v>
       </c>
       <c r="I222" s="14" t="n">
-        <v>0.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>22.0</v>
+      </c>
+      <c r="J222" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="K222" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="L222" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="M222" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="M222" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="N222" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Ireland</t>
         </is>
       </c>
       <c r="B223" s="14" t="n">
-        <v>3637.0</v>
+        <v>7013.0</v>
       </c>
       <c r="C223" s="14" t="n">
-        <v>41.0</v>
+        <v>117.0</v>
       </c>
       <c r="D223" s="14" t="n">
-        <v>51.0</v>
+        <v>173.0</v>
       </c>
       <c r="E223" s="14" t="n">
-        <v>74.0</v>
+        <v>108.0</v>
       </c>
       <c r="F223" s="14" t="n">
-        <v>401.0</v>
+        <v>638.0</v>
       </c>
       <c r="G223" s="14" t="n">
+        <v>610.0</v>
+      </c>
+      <c r="H223" s="14" t="n">
+        <v>618.0</v>
+      </c>
+      <c r="I223" s="14" t="n">
+        <v>1660.0</v>
+      </c>
+      <c r="J223" s="14" t="n">
+        <v>954.0</v>
+      </c>
+      <c r="K223" s="14" t="n">
+        <v>1513.0</v>
+      </c>
+      <c r="L223" s="14" t="n">
         <v>416.0</v>
       </c>
-      <c r="H223" s="14" t="n">
-[...13 lines deleted...]
-      </c>
       <c r="M223" s="14" t="n">
-        <v>41.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>154.0</v>
+      </c>
+      <c r="N223" s="14" t="n">
+        <v>55.0</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Italy</t>
         </is>
       </c>
       <c r="B224" s="14" t="n">
-        <v>3773.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>4179.0</v>
+      </c>
+      <c r="C224" s="14" t="n">
+        <v>75.0</v>
       </c>
       <c r="D224" s="14" t="n">
-        <v>30.0</v>
+        <v>48.0</v>
       </c>
       <c r="E224" s="14" t="n">
-        <v>124.0</v>
+        <v>97.0</v>
       </c>
       <c r="F224" s="14" t="n">
-        <v>366.0</v>
+        <v>215.0</v>
       </c>
       <c r="G224" s="14" t="n">
-        <v>366.0</v>
+        <v>416.0</v>
       </c>
       <c r="H224" s="14" t="n">
-        <v>479.0</v>
+        <v>685.0</v>
       </c>
       <c r="I224" s="14" t="n">
-        <v>584.0</v>
+        <v>425.0</v>
       </c>
       <c r="J224" s="14" t="n">
-        <v>1344.0</v>
+        <v>1629.0</v>
       </c>
       <c r="K224" s="14" t="n">
-        <v>365.0</v>
+        <v>272.0</v>
       </c>
       <c r="L224" s="14" t="n">
-        <v>65.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>130.0</v>
+      </c>
+      <c r="M224" s="14" t="n">
+        <v>52.0</v>
       </c>
       <c r="N224" s="14" t="n">
-        <v>14.0</v>
+        <v>133.0</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Luxembourg</t>
         </is>
       </c>
-      <c r="B225" s="14" t="n">
-[...5 lines deleted...]
-        </is>
+      <c r="B225" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="C225" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="D225" s="14" t="n">
-        <v>17.0</v>
-[...23 lines deleted...]
-        <v>103.0</v>
+        <v>0.0</v>
+      </c>
+      <c r="E225" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="F225" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
+      </c>
+      <c r="G225" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
+      </c>
+      <c r="H225" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="I225" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="J225" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="K225" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="L225" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="M225" s="14" t="n">
-        <v>238.0</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>0.0</v>
+      </c>
+      <c r="N225" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Netherlands</t>
         </is>
       </c>
       <c r="B226" s="14" t="n">
-        <v>61412.0</v>
+        <v>68148.0</v>
       </c>
       <c r="C226" s="14" t="n">
-        <v>854.0</v>
+        <v>520.0</v>
       </c>
       <c r="D226" s="14" t="n">
-        <v>1650.0</v>
+        <v>1635.0</v>
       </c>
       <c r="E226" s="14" t="n">
-        <v>2533.0</v>
+        <v>2636.0</v>
       </c>
       <c r="F226" s="14" t="n">
-        <v>8348.0</v>
+        <v>6113.0</v>
       </c>
       <c r="G226" s="14" t="n">
-        <v>12574.0</v>
+        <v>14985.0</v>
       </c>
       <c r="H226" s="14" t="n">
-        <v>8243.0</v>
+        <v>11023.0</v>
       </c>
       <c r="I226" s="14" t="n">
-        <v>6122.0</v>
+        <v>7360.0</v>
       </c>
       <c r="J226" s="14" t="n">
-        <v>8947.0</v>
+        <v>6796.0</v>
       </c>
       <c r="K226" s="14" t="n">
-        <v>8421.0</v>
+        <v>11420.0</v>
       </c>
       <c r="L226" s="14" t="n">
-        <v>2500.0</v>
+        <v>3613.0</v>
       </c>
       <c r="M226" s="14" t="n">
-        <v>387.0</v>
+        <v>1685.0</v>
       </c>
       <c r="N226" s="14" t="n">
-        <v>833.0</v>
+        <v>362.0</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Poland</t>
         </is>
       </c>
       <c r="B227" s="14" t="n">
-        <v>830.0</v>
+        <v>622.0</v>
       </c>
       <c r="C227" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="D227" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="E227" s="14" t="n">
-        <v>12.0</v>
+      <c r="E227" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="F227" s="14" t="n">
-        <v>42.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>178.0</v>
+      </c>
+      <c r="G227" s="14" t="n">
+        <v>65.0</v>
       </c>
       <c r="H227" s="14" t="n">
-        <v>26.0</v>
-[...2 lines deleted...]
-        <v>419.0</v>
+        <v>68.0</v>
+      </c>
+      <c r="I227" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="J227" s="14" t="n">
-        <v>154.0</v>
-[...2 lines deleted...]
-        <v>63.0</v>
+        <v>246.0</v>
+      </c>
+      <c r="K227" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="L227" s="14" t="n">
-        <v>16.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>0.0</v>
+      </c>
+      <c r="M227" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="N227" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Portugal</t>
         </is>
       </c>
       <c r="B228" s="14" t="n">
-        <v>7982.0</v>
+        <v>8896.0</v>
       </c>
       <c r="C228" s="14" t="n">
-        <v>45.0</v>
-[...2 lines deleted...]
-        <v>21.0</v>
+        <v>95.0</v>
+      </c>
+      <c r="D228" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="E228" s="14" t="n">
-        <v>172.0</v>
+        <v>320.0</v>
       </c>
       <c r="F228" s="14" t="n">
-        <v>557.0</v>
+        <v>452.0</v>
       </c>
       <c r="G228" s="14" t="n">
-        <v>328.0</v>
+        <v>468.0</v>
       </c>
       <c r="H228" s="14" t="n">
-        <v>788.0</v>
+        <v>752.0</v>
       </c>
       <c r="I228" s="14" t="n">
-        <v>1204.0</v>
+        <v>1188.0</v>
       </c>
       <c r="J228" s="14" t="n">
-        <v>3391.0</v>
+        <v>3233.0</v>
       </c>
       <c r="K228" s="14" t="n">
-        <v>1147.0</v>
-[...7 lines deleted...]
-        </is>
+        <v>1228.0</v>
+      </c>
+      <c r="L228" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="M228" s="14" t="n">
+        <v>372.0</v>
       </c>
       <c r="N228" s="14" t="n">
-        <v>69.0</v>
+        <v>573.0</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Czech Republic</t>
         </is>
       </c>
-      <c r="B229" s="14" t="n">
-        <v>218.0</v>
+      <c r="B229" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="C229" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="D229" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t>.</t>
         </is>
       </c>
       <c r="E229" s="14" t="n">
-        <v>24.0</v>
+        <v>36.0</v>
       </c>
       <c r="F229" s="14" t="n">
-        <v>0.0</v>
+        <v>58.0</v>
       </c>
       <c r="G229" s="14" t="n">
-        <v>25.0</v>
+        <v>154.0</v>
       </c>
       <c r="H229" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="I229" s="14" t="n">
-        <v>41.0</v>
-[...7 lines deleted...]
-        <v>22.0</v>
+        <v>32.0</v>
+      </c>
+      <c r="J229" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K229" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="L229" s="14" t="n">
-        <v>23.0</v>
+        <v>0.0</v>
       </c>
       <c r="M229" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="N229" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Sweden</t>
         </is>
       </c>
       <c r="B230" s="14" t="n">
-        <v>751.0</v>
+        <v>870.0</v>
       </c>
       <c r="C230" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="D230" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="D230" s="14" t="n">
+        <v>33.0</v>
       </c>
       <c r="E230" s="14" t="n">
-        <v>44.0</v>
+        <v>54.0</v>
       </c>
       <c r="F230" s="14" t="n">
-        <v>85.0</v>
+        <v>115.0</v>
       </c>
       <c r="G230" s="14" t="n">
-        <v>124.0</v>
+        <v>128.0</v>
       </c>
       <c r="H230" s="14" t="n">
-        <v>55.0</v>
-[...2 lines deleted...]
-        <v>41.0</v>
+        <v>51.0</v>
+      </c>
+      <c r="I230" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="J230" s="14" t="n">
-        <v>55.0</v>
+        <v>155.0</v>
       </c>
       <c r="K230" s="14" t="n">
-        <v>96.0</v>
+        <v>99.0</v>
       </c>
       <c r="L230" s="14" t="n">
-        <v>177.0</v>
-[...7 lines deleted...]
-        <v>24.0</v>
+        <v>123.0</v>
+      </c>
+      <c r="M230" s="14" t="n">
+        <v>94.0</v>
+      </c>
+      <c r="N230" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of EU</t>
         </is>
       </c>
       <c r="B231" s="14" t="n">
-        <v>1210.0</v>
+        <v>1470.0</v>
       </c>
       <c r="C231" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="D231" s="14" t="n">
-        <v>18.0</v>
+        <v>0.0</v>
       </c>
       <c r="E231" s="14" t="n">
-        <v>16.0</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>38.0</v>
+      </c>
+      <c r="F231" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="G231" s="14" t="n">
-        <v>72.0</v>
+        <v>52.0</v>
       </c>
       <c r="H231" s="14" t="n">
-        <v>272.0</v>
+        <v>113.0</v>
       </c>
       <c r="I231" s="14" t="n">
-        <v>483.0</v>
+        <v>292.0</v>
       </c>
       <c r="J231" s="14" t="n">
-        <v>205.0</v>
+        <v>847.0</v>
       </c>
       <c r="K231" s="14" t="n">
-        <v>98.0</v>
+        <v>47.0</v>
       </c>
       <c r="L231" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="M231" s="14" t="n">
-        <v>32.0</v>
+        <v>68.0</v>
       </c>
       <c r="N231" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Norway</t>
         </is>
       </c>
       <c r="B232" s="14" t="n">
-        <v>112.0</v>
+        <v>342.0</v>
       </c>
       <c r="C232" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="D232" s="14" t="n">
-        <v>0.0</v>
+        <v>12.0</v>
       </c>
       <c r="E232" s="14" t="n">
         <v>28.0</v>
       </c>
       <c r="F232" s="14" t="n">
+        <v>19.0</v>
+      </c>
+      <c r="G232" s="14" t="n">
+        <v>56.0</v>
+      </c>
+      <c r="H232" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="I232" s="14" t="n">
         <v>18.0</v>
       </c>
-      <c r="G232" s="14" t="n">
-[...2 lines deleted...]
-      <c r="H232" s="14" t="n">
+      <c r="J232" s="14" t="n">
+        <v>73.0</v>
+      </c>
+      <c r="K232" s="14" t="n">
+        <v>85.0</v>
+      </c>
+      <c r="L232" s="14" t="n">
+        <v>15.0</v>
+      </c>
+      <c r="M232" s="14" t="n">
         <v>23.0</v>
       </c>
-      <c r="I232" s="13" t="inlineStr">
-[...17 lines deleted...]
-        <v>0.0</v>
+      <c r="N232" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    United Kingdom</t>
         </is>
       </c>
       <c r="B233" s="14" t="n">
-        <v>35840.0</v>
+        <v>41017.0</v>
       </c>
       <c r="C233" s="14" t="n">
-        <v>854.0</v>
+        <v>819.0</v>
       </c>
       <c r="D233" s="14" t="n">
-        <v>1184.0</v>
+        <v>1300.0</v>
       </c>
       <c r="E233" s="14" t="n">
-        <v>2895.0</v>
+        <v>3167.0</v>
       </c>
       <c r="F233" s="14" t="n">
-        <v>4296.0</v>
+        <v>4748.0</v>
       </c>
       <c r="G233" s="14" t="n">
-        <v>4325.0</v>
+        <v>5350.0</v>
       </c>
       <c r="H233" s="14" t="n">
-        <v>4009.0</v>
+        <v>4022.0</v>
       </c>
       <c r="I233" s="14" t="n">
-        <v>2531.0</v>
+        <v>2522.0</v>
       </c>
       <c r="J233" s="14" t="n">
-        <v>5274.0</v>
+        <v>5827.0</v>
       </c>
       <c r="K233" s="14" t="n">
-        <v>5320.0</v>
+        <v>7469.0</v>
       </c>
       <c r="L233" s="14" t="n">
-        <v>3267.0</v>
+        <v>3678.0</v>
       </c>
       <c r="M233" s="14" t="n">
-        <v>694.0</v>
+        <v>1397.0</v>
       </c>
       <c r="N233" s="14" t="n">
-        <v>1190.0</v>
+        <v>718.0</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Switzerland</t>
         </is>
       </c>
       <c r="B234" s="14" t="n">
-        <v>5087.0</v>
+        <v>6069.0</v>
       </c>
       <c r="C234" s="14" t="n">
-        <v>48.0</v>
+        <v>21.0</v>
       </c>
       <c r="D234" s="14" t="n">
-        <v>96.0</v>
+        <v>32.0</v>
       </c>
       <c r="E234" s="14" t="n">
-        <v>187.0</v>
+        <v>380.0</v>
       </c>
       <c r="F234" s="14" t="n">
-        <v>795.0</v>
+        <v>479.0</v>
       </c>
       <c r="G234" s="14" t="n">
-        <v>856.0</v>
+        <v>1287.0</v>
       </c>
       <c r="H234" s="14" t="n">
-        <v>867.0</v>
+        <v>1075.0</v>
       </c>
       <c r="I234" s="14" t="n">
-        <v>593.0</v>
+        <v>606.0</v>
       </c>
       <c r="J234" s="14" t="n">
-        <v>596.0</v>
+        <v>652.0</v>
       </c>
       <c r="K234" s="14" t="n">
-        <v>563.0</v>
+        <v>854.0</v>
       </c>
       <c r="L234" s="14" t="n">
-        <v>421.0</v>
+        <v>411.0</v>
       </c>
       <c r="M234" s="14" t="n">
-        <v>43.0</v>
+        <v>180.0</v>
       </c>
       <c r="N234" s="14" t="n">
-        <v>22.0</v>
+        <v>91.0</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of Europe</t>
         </is>
       </c>
       <c r="B235" s="14" t="n">
-        <v>790.0</v>
+        <v>1848.0</v>
       </c>
       <c r="C235" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="D235" s="14" t="n">
-        <v>27.0</v>
+        <v>0.0</v>
       </c>
       <c r="E235" s="14" t="n">
-        <v>48.0</v>
+        <v>0.0</v>
       </c>
       <c r="F235" s="14" t="n">
-        <v>80.0</v>
+        <v>0.0</v>
       </c>
       <c r="G235" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="H235" s="14" t="n">
-        <v>181.0</v>
+        <v>110.0</v>
       </c>
       <c r="I235" s="14" t="n">
-        <v>141.0</v>
+        <v>160.0</v>
       </c>
       <c r="J235" s="14" t="n">
-        <v>198.0</v>
+        <v>755.0</v>
       </c>
       <c r="K235" s="14" t="n">
-        <v>32.0</v>
-[...12 lines deleted...]
-        <v>0.0</v>
+        <v>712.0</v>
+      </c>
+      <c r="L235" s="14" t="n">
+        <v>47.0</v>
+      </c>
+      <c r="M235" s="14" t="n">
+        <v>39.0</v>
+      </c>
+      <c r="N235" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    United States</t>
         </is>
       </c>
       <c r="B236" s="14" t="n">
-        <v>421.0</v>
+        <v>419.0</v>
       </c>
       <c r="C236" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="D236" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="E236" s="14" t="n">
-        <v>0.0</v>
-[...6 lines deleted...]
-      <c r="G236" s="14" t="n">
+        <v>55.0</v>
+      </c>
+      <c r="F236" s="14" t="n">
         <v>13.0</v>
       </c>
+      <c r="G236" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
       <c r="H236" s="14" t="n">
-        <v>59.0</v>
+        <v>69.0</v>
       </c>
       <c r="I236" s="14" t="n">
-        <v>80.0</v>
+        <v>29.0</v>
       </c>
       <c r="J236" s="14" t="n">
-        <v>138.0</v>
-[...7 lines deleted...]
-        <v>72.0</v>
+        <v>101.0</v>
+      </c>
+      <c r="K236" s="14" t="n">
+        <v>89.0</v>
+      </c>
+      <c r="L236" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="M236" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="N236" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of America</t>
         </is>
       </c>
       <c r="B237" s="14" t="n">
-        <v>798.0</v>
+        <v>1296.0</v>
       </c>
       <c r="C237" s="14" t="n">
-        <v>0.0</v>
+        <v>17.0</v>
       </c>
       <c r="D237" s="14" t="n">
-        <v>0.0</v>
+        <v>18.0</v>
       </c>
       <c r="E237" s="14" t="n">
-        <v>18.0</v>
-[...2 lines deleted...]
-        <v>160.0</v>
+        <v>126.0</v>
+      </c>
+      <c r="F237" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="G237" s="14" t="n">
-        <v>146.0</v>
+        <v>69.0</v>
       </c>
       <c r="H237" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="I237" s="14" t="n">
-        <v>62.0</v>
+        <v>218.0</v>
       </c>
       <c r="J237" s="14" t="n">
-        <v>160.0</v>
+        <v>348.0</v>
       </c>
       <c r="K237" s="14" t="n">
-        <v>108.0</v>
-[...7 lines deleted...]
-        </is>
+        <v>217.0</v>
+      </c>
+      <c r="L237" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="M237" s="14" t="n">
+        <v>66.0</v>
       </c>
       <c r="N237" s="14" t="n">
-        <v>55.0</v>
+        <v>106.0</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    African Countries</t>
         </is>
       </c>
-      <c r="B238" s="14" t="n">
-        <v>67.0</v>
+      <c r="B238" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="C238" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="D238" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="E238" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E238" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="F238" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="G238" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="H238" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="I238" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="J238" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="K238" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="L238" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="M238" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N238" s="14" t="n">
-        <v>28.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of the world</t>
         </is>
       </c>
       <c r="B239" s="14" t="n">
-        <v>1322.0</v>
+        <v>2245.0</v>
       </c>
       <c r="C239" s="14" t="n">
-        <v>0.0</v>
+        <v>21.0</v>
       </c>
       <c r="D239" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t>.</t>
         </is>
       </c>
       <c r="E239" s="14" t="n">
-        <v>0.0</v>
+        <v>122.0</v>
       </c>
       <c r="F239" s="14" t="n">
-        <v>61.0</v>
+        <v>126.0</v>
       </c>
       <c r="G239" s="14" t="n">
-        <v>60.0</v>
+        <v>274.0</v>
       </c>
       <c r="H239" s="14" t="n">
-        <v>102.0</v>
+        <v>159.0</v>
       </c>
       <c r="I239" s="14" t="n">
-        <v>362.0</v>
+        <v>470.0</v>
       </c>
       <c r="J239" s="14" t="n">
-        <v>199.0</v>
-[...2 lines deleted...]
-        <v>246.0</v>
+        <v>576.0</v>
+      </c>
+      <c r="K239" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="L239" s="14" t="n">
-        <v>230.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>217.0</v>
+      </c>
+      <c r="M239" s="14" t="n">
+        <v>99.0</v>
       </c>
       <c r="N239" s="14" t="n">
-        <v>28.0</v>
+        <v>31.0</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" s="6" t="inlineStr">
         <is>
           <t>Castilla - La Mancha</t>
         </is>
       </c>
       <c r="B240" s="6"/>
       <c r="C240" s="6"/>
       <c r="D240" s="6"/>
       <c r="E240" s="6"/>
       <c r="F240" s="6"/>
       <c r="G240" s="6"/>
       <c r="H240" s="6"/>
       <c r="I240" s="6"/>
       <c r="J240" s="6"/>
       <c r="K240" s="6"/>
       <c r="L240" s="6"/>
       <c r="M240" s="6"/>
       <c r="N240" s="6"/>
     </row>
     <row r="241">
       <c r="A241" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B241" s="14" t="n">
-        <v>419506.0</v>
+        <v>362974.0</v>
       </c>
       <c r="C241" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="D241" s="14" t="n">
-        <v>9617.0</v>
+        <v>9604.0</v>
       </c>
       <c r="E241" s="14" t="n">
-        <v>17801.0</v>
+        <v>24191.0</v>
       </c>
       <c r="F241" s="14" t="n">
-        <v>53826.0</v>
+        <v>19133.0</v>
       </c>
       <c r="G241" s="14" t="n">
-        <v>28704.0</v>
+        <v>33651.0</v>
       </c>
       <c r="H241" s="14" t="n">
-        <v>33083.0</v>
+        <v>32751.0</v>
       </c>
       <c r="I241" s="14" t="n">
-        <v>75275.0</v>
+        <v>69906.0</v>
       </c>
       <c r="J241" s="14" t="n">
-        <v>124005.0</v>
+        <v>97434.0</v>
       </c>
       <c r="K241" s="14" t="n">
-        <v>23970.0</v>
+        <v>27976.0</v>
       </c>
       <c r="L241" s="14" t="n">
-        <v>24480.0</v>
+        <v>20204.0</v>
       </c>
       <c r="M241" s="14" t="n">
-        <v>12850.0</v>
+        <v>16726.0</v>
       </c>
       <c r="N241" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
     </row>
     <row r="242">
       <c r="A242" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Spaniards</t>
         </is>
       </c>
       <c r="B242" s="14" t="n">
-        <v>370960.0</v>
+        <v>310092.0</v>
       </c>
       <c r="C242" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="D242" s="14" t="n">
-        <v>7944.0</v>
+        <v>6995.0</v>
       </c>
       <c r="E242" s="14" t="n">
-        <v>14927.0</v>
+        <v>19690.0</v>
       </c>
       <c r="F242" s="14" t="n">
-        <v>45953.0</v>
+        <v>13973.0</v>
       </c>
       <c r="G242" s="14" t="n">
-        <v>19978.0</v>
+        <v>23363.0</v>
       </c>
       <c r="H242" s="14" t="n">
-        <v>27041.0</v>
+        <v>27858.0</v>
       </c>
       <c r="I242" s="14" t="n">
-        <v>70299.0</v>
+        <v>66228.0</v>
       </c>
       <c r="J242" s="14" t="n">
-        <v>118672.0</v>
+        <v>92010.0</v>
       </c>
       <c r="K242" s="14" t="n">
-        <v>19897.0</v>
+        <v>21330.0</v>
       </c>
       <c r="L242" s="14" t="n">
-        <v>20621.0</v>
+        <v>15330.0</v>
       </c>
       <c r="M242" s="14" t="n">
-        <v>11332.0</v>
+        <v>13698.0</v>
       </c>
       <c r="N242" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
     </row>
     <row r="243">
       <c r="A243" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Foreigners</t>
         </is>
       </c>
       <c r="B243" s="14" t="n">
-        <v>48546.0</v>
+        <v>52882.0</v>
       </c>
       <c r="C243" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="D243" s="14" t="n">
-        <v>1673.0</v>
+        <v>2609.0</v>
       </c>
       <c r="E243" s="14" t="n">
-        <v>2874.0</v>
+        <v>4501.0</v>
       </c>
       <c r="F243" s="14" t="n">
-        <v>7873.0</v>
+        <v>5160.0</v>
       </c>
       <c r="G243" s="14" t="n">
-        <v>8726.0</v>
+        <v>10288.0</v>
       </c>
       <c r="H243" s="14" t="n">
-        <v>6042.0</v>
+        <v>4893.0</v>
       </c>
       <c r="I243" s="14" t="n">
-        <v>4976.0</v>
+        <v>3678.0</v>
       </c>
       <c r="J243" s="14" t="n">
-        <v>5333.0</v>
+        <v>5425.0</v>
       </c>
       <c r="K243" s="14" t="n">
-        <v>4073.0</v>
+        <v>6647.0</v>
       </c>
       <c r="L243" s="14" t="n">
-        <v>3860.0</v>
+        <v>4875.0</v>
       </c>
       <c r="M243" s="14" t="n">
-        <v>1518.0</v>
+        <v>3028.0</v>
       </c>
       <c r="N243" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
     </row>
     <row r="244">
       <c r="A244" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    European Union 27 (without Spain)</t>
         </is>
       </c>
       <c r="B244" s="14" t="n">
-        <v>39344.0</v>
+        <v>41627.0</v>
       </c>
       <c r="C244" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="D244" s="14" t="n">
-        <v>1402.0</v>
+        <v>1969.0</v>
       </c>
       <c r="E244" s="14" t="n">
+        <v>3248.0</v>
+      </c>
+      <c r="F244" s="14" t="n">
+        <v>4086.0</v>
+      </c>
+      <c r="G244" s="14" t="n">
+        <v>8748.0</v>
+      </c>
+      <c r="H244" s="14" t="n">
+        <v>4044.0</v>
+      </c>
+      <c r="I244" s="14" t="n">
         <v>2461.0</v>
       </c>
-      <c r="F244" s="14" t="n">
-[...10 lines deleted...]
-      </c>
       <c r="J244" s="14" t="n">
-        <v>4696.0</v>
+        <v>3910.0</v>
       </c>
       <c r="K244" s="14" t="n">
-        <v>3375.0</v>
+        <v>5671.0</v>
       </c>
       <c r="L244" s="14" t="n">
-        <v>2973.0</v>
+        <v>3705.0</v>
       </c>
       <c r="M244" s="14" t="n">
-        <v>1156.0</v>
+        <v>2601.0</v>
       </c>
       <c r="N244" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
     </row>
     <row r="245">
       <c r="A245" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Germany</t>
         </is>
       </c>
       <c r="B245" s="14" t="n">
-        <v>8698.0</v>
+        <v>10798.0</v>
       </c>
       <c r="C245" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="D245" s="14" t="n">
-        <v>390.0</v>
+        <v>699.0</v>
       </c>
       <c r="E245" s="14" t="n">
-        <v>886.0</v>
+        <v>1286.0</v>
       </c>
       <c r="F245" s="14" t="n">
-        <v>1781.0</v>
+        <v>1135.0</v>
       </c>
       <c r="G245" s="14" t="n">
-        <v>1723.0</v>
+        <v>2628.0</v>
       </c>
       <c r="H245" s="14" t="n">
-        <v>1087.0</v>
+        <v>922.0</v>
       </c>
       <c r="I245" s="14" t="n">
-        <v>367.0</v>
+        <v>249.0</v>
       </c>
       <c r="J245" s="14" t="n">
-        <v>525.0</v>
+        <v>395.0</v>
       </c>
       <c r="K245" s="14" t="n">
-        <v>528.0</v>
+        <v>1126.0</v>
       </c>
       <c r="L245" s="14" t="n">
-        <v>1062.0</v>
+        <v>1186.0</v>
       </c>
       <c r="M245" s="14" t="n">
-        <v>313.0</v>
+        <v>979.0</v>
       </c>
       <c r="N245" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
     </row>
     <row r="246">
       <c r="A246" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Austria</t>
         </is>
       </c>
       <c r="B246" s="14" t="n">
-        <v>777.0</v>
+        <v>530.0</v>
       </c>
       <c r="C246" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="D246" s="13" t="inlineStr">
-[...10 lines deleted...]
-        <v>147.0</v>
+      <c r="D246" s="14" t="n">
+        <v>52.0</v>
+      </c>
+      <c r="E246" s="14" t="n">
+        <v>44.0</v>
+      </c>
+      <c r="F246" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="G246" s="14" t="n">
-        <v>142.0</v>
+        <v>156.0</v>
       </c>
       <c r="H246" s="14" t="n">
-        <v>163.0</v>
+        <v>96.0</v>
       </c>
       <c r="I246" s="14" t="n">
-        <v>74.0</v>
+        <v>12.0</v>
       </c>
       <c r="J246" s="14" t="n">
-        <v>0.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>34.0</v>
+      </c>
+      <c r="K246" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="L246" s="14" t="n">
-        <v>132.0</v>
+        <v>40.0</v>
       </c>
       <c r="M246" s="14" t="n">
-        <v>28.0</v>
+        <v>67.0</v>
       </c>
       <c r="N246" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
     </row>
     <row r="247">
       <c r="A247" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Belgium</t>
         </is>
       </c>
       <c r="B247" s="14" t="n">
-        <v>1433.0</v>
+        <v>1250.0</v>
       </c>
       <c r="C247" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="D247" s="14" t="n">
-        <v>36.0</v>
+      <c r="D247" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="E247" s="14" t="n">
-        <v>55.0</v>
+        <v>106.0</v>
       </c>
       <c r="F247" s="14" t="n">
-        <v>207.0</v>
+        <v>75.0</v>
       </c>
       <c r="G247" s="14" t="n">
-        <v>383.0</v>
+        <v>399.0</v>
       </c>
       <c r="H247" s="14" t="n">
-        <v>92.0</v>
-[...2 lines deleted...]
-        <v>160.0</v>
+        <v>61.0</v>
+      </c>
+      <c r="I247" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="J247" s="14" t="n">
-        <v>89.0</v>
+        <v>63.0</v>
       </c>
       <c r="K247" s="14" t="n">
-        <v>113.0</v>
+        <v>218.0</v>
       </c>
       <c r="L247" s="14" t="n">
-        <v>228.0</v>
-[...2 lines deleted...]
-        <v>56.0</v>
+        <v>134.0</v>
+      </c>
+      <c r="M247" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="N247" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
     </row>
     <row r="248">
       <c r="A248" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Denmark</t>
         </is>
       </c>
       <c r="B248" s="14" t="n">
-        <v>346.0</v>
+        <v>299.0</v>
       </c>
       <c r="C248" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="D248" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="E248" s="14" t="n">
-        <v>0.0</v>
+        <v>41.0</v>
       </c>
       <c r="F248" s="14" t="n">
-        <v>0.0</v>
+        <v>19.0</v>
       </c>
       <c r="G248" s="14" t="n">
-        <v>0.0</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>37.0</v>
+      </c>
+      <c r="H248" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="I248" s="14" t="n">
-        <v>21.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>62.0</v>
+      </c>
+      <c r="J248" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="K248" s="14" t="n">
-        <v>221.0</v>
+        <v>44.0</v>
       </c>
       <c r="L248" s="14" t="n">
+        <v>64.0</v>
+      </c>
+      <c r="M248" s="14" t="n">
         <v>27.0</v>
-      </c>
-[...3 lines deleted...]
-        </is>
       </c>
       <c r="N248" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
     </row>
     <row r="249">
       <c r="A249" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Finland</t>
         </is>
       </c>
       <c r="B249" s="14" t="n">
-        <v>76.0</v>
+        <v>77.0</v>
       </c>
       <c r="C249" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="D249" s="14" t="n">
-        <v>36.0</v>
+        <v>0.0</v>
       </c>
       <c r="E249" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="F249" s="14" t="n">
-        <v>0.0</v>
+        <v>31.0</v>
       </c>
       <c r="G249" s="14" t="n">
-        <v>19.0</v>
+        <v>0.0</v>
       </c>
       <c r="H249" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="I249" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="J249" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="K249" s="14" t="n">
-        <v>0.0</v>
+        <v>21.0</v>
       </c>
       <c r="L249" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="M249" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="M249" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="N249" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
     </row>
     <row r="250">
       <c r="A250" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    France</t>
         </is>
       </c>
       <c r="B250" s="14" t="n">
-        <v>7882.0</v>
+        <v>9343.0</v>
       </c>
       <c r="C250" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="D250" s="14" t="n">
-        <v>202.0</v>
+        <v>266.0</v>
       </c>
       <c r="E250" s="14" t="n">
-        <v>314.0</v>
+        <v>610.0</v>
       </c>
       <c r="F250" s="14" t="n">
-        <v>1024.0</v>
+        <v>1043.0</v>
       </c>
       <c r="G250" s="14" t="n">
-        <v>1002.0</v>
+        <v>1402.0</v>
       </c>
       <c r="H250" s="14" t="n">
-        <v>852.0</v>
+        <v>850.0</v>
       </c>
       <c r="I250" s="14" t="n">
-        <v>1147.0</v>
+        <v>972.0</v>
       </c>
       <c r="J250" s="14" t="n">
-        <v>1722.0</v>
+        <v>1067.0</v>
       </c>
       <c r="K250" s="14" t="n">
-        <v>738.0</v>
+        <v>1352.0</v>
       </c>
       <c r="L250" s="14" t="n">
-        <v>607.0</v>
+        <v>822.0</v>
       </c>
       <c r="M250" s="14" t="n">
-        <v>189.0</v>
+        <v>479.0</v>
       </c>
       <c r="N250" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
     </row>
     <row r="251">
       <c r="A251" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Greece</t>
         </is>
       </c>
-      <c r="B251" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="B251" s="14" t="n">
+        <v>232.0</v>
       </c>
       <c r="C251" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="D251" s="14" t="n">
-        <v>0.0</v>
+      <c r="D251" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="E251" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="F251" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F251" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="G251" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="H251" s="14" t="n">
-        <v>0.0</v>
+      <c r="H251" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="I251" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="J251" s="14" t="n">
-        <v>0.0</v>
+        <v>224.0</v>
       </c>
       <c r="K251" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="L251" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="M251" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="N251" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
     </row>
     <row r="252">
       <c r="A252" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Ireland</t>
         </is>
       </c>
       <c r="B252" s="14" t="n">
-        <v>479.0</v>
+        <v>409.0</v>
       </c>
       <c r="C252" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="D252" s="13" t="inlineStr">
-[...5 lines deleted...]
-        <v>90.0</v>
+      <c r="D252" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="E252" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="F252" s="14" t="n">
-        <v>21.0</v>
+        <v>25.0</v>
       </c>
       <c r="G252" s="14" t="n">
-        <v>50.0</v>
+        <v>39.0</v>
       </c>
       <c r="H252" s="14" t="n">
-        <v>71.0</v>
+        <v>78.0</v>
       </c>
       <c r="I252" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="J252" s="14" t="n">
-[...3 lines deleted...]
-        <v>107.0</v>
+      <c r="J252" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
+      </c>
+      <c r="K252" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="L252" s="14" t="n">
-        <v>37.0</v>
+        <v>82.0</v>
       </c>
       <c r="M252" s="14" t="n">
-        <v>31.0</v>
+        <v>99.0</v>
       </c>
       <c r="N252" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
     </row>
     <row r="253">
       <c r="A253" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Italy</t>
         </is>
       </c>
       <c r="B253" s="14" t="n">
-        <v>1882.0</v>
+        <v>1622.0</v>
       </c>
       <c r="C253" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="D253" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="D253" s="14" t="n">
+        <v>129.0</v>
       </c>
       <c r="E253" s="14" t="n">
-        <v>32.0</v>
+        <v>107.0</v>
       </c>
       <c r="F253" s="14" t="n">
-        <v>121.0</v>
+        <v>53.0</v>
       </c>
       <c r="G253" s="14" t="n">
-        <v>210.0</v>
+        <v>181.0</v>
       </c>
       <c r="H253" s="14" t="n">
-        <v>225.0</v>
+        <v>229.0</v>
       </c>
       <c r="I253" s="14" t="n">
-        <v>379.0</v>
+        <v>209.0</v>
       </c>
       <c r="J253" s="14" t="n">
-        <v>620.0</v>
+        <v>202.0</v>
       </c>
       <c r="K253" s="14" t="n">
-        <v>145.0</v>
+        <v>288.0</v>
       </c>
       <c r="L253" s="14" t="n">
-        <v>91.0</v>
+        <v>83.0</v>
       </c>
       <c r="M253" s="14" t="n">
-        <v>26.0</v>
+        <v>72.0</v>
       </c>
       <c r="N253" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
     </row>
     <row r="254">
       <c r="A254" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Luxembourg</t>
         </is>
       </c>
       <c r="B254" s="14" t="n">
-        <v>76.0</v>
+        <v>65.0</v>
       </c>
       <c r="C254" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="D254" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="E254" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E254" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="F254" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="G254" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="H254" s="14" t="n">
-        <v>0.0</v>
+      <c r="H254" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="I254" s="14" t="n">
-        <v>46.0</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>23.0</v>
+      </c>
+      <c r="J254" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="K254" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="L254" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="M254" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="N254" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
     </row>
     <row r="255">
       <c r="A255" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Netherlands</t>
         </is>
       </c>
       <c r="B255" s="14" t="n">
-        <v>12609.0</v>
+        <v>12175.0</v>
       </c>
       <c r="C255" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="D255" s="14" t="n">
-        <v>648.0</v>
+        <v>683.0</v>
       </c>
       <c r="E255" s="14" t="n">
-        <v>929.0</v>
+        <v>857.0</v>
       </c>
       <c r="F255" s="14" t="n">
-        <v>2464.0</v>
+        <v>1448.0</v>
       </c>
       <c r="G255" s="14" t="n">
-        <v>3516.0</v>
+        <v>3610.0</v>
       </c>
       <c r="H255" s="14" t="n">
-        <v>1953.0</v>
+        <v>1238.0</v>
       </c>
       <c r="I255" s="14" t="n">
-        <v>410.0</v>
+        <v>323.0</v>
       </c>
       <c r="J255" s="14" t="n">
-        <v>430.0</v>
+        <v>504.0</v>
       </c>
       <c r="K255" s="14" t="n">
-        <v>1254.0</v>
+        <v>1843.0</v>
       </c>
       <c r="L255" s="14" t="n">
-        <v>661.0</v>
+        <v>894.0</v>
       </c>
       <c r="M255" s="14" t="n">
-        <v>206.0</v>
+        <v>604.0</v>
       </c>
       <c r="N255" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
     </row>
     <row r="256">
       <c r="A256" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Poland</t>
         </is>
       </c>
       <c r="B256" s="14" t="n">
-        <v>263.0</v>
+        <v>363.0</v>
       </c>
       <c r="C256" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="D256" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="E256" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E256" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="F256" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="G256" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G256" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="H256" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="I256" s="14" t="n">
-        <v>180.0</v>
+        <v>15.0</v>
       </c>
       <c r="J256" s="14" t="n">
-        <v>0.0</v>
+        <v>153.0</v>
       </c>
       <c r="K256" s="14" t="n">
-        <v>0.0</v>
+        <v>50.0</v>
       </c>
       <c r="L256" s="14" t="n">
-        <v>0.0</v>
+        <v>139.0</v>
       </c>
       <c r="M256" s="14" t="n">
-        <v>38.0</v>
+        <v>0.0</v>
       </c>
       <c r="N256" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
     </row>
     <row r="257">
       <c r="A257" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Portugal</t>
         </is>
       </c>
       <c r="B257" s="14" t="n">
-        <v>2384.0</v>
+        <v>2067.0</v>
       </c>
       <c r="C257" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="D257" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="E257" s="14" t="n">
-        <v>32.0</v>
+        <v>0.0</v>
       </c>
       <c r="F257" s="14" t="n">
-        <v>171.0</v>
+        <v>78.0</v>
       </c>
       <c r="G257" s="14" t="n">
-        <v>98.0</v>
+        <v>92.0</v>
       </c>
       <c r="H257" s="14" t="n">
-        <v>83.0</v>
-[...2 lines deleted...]
-        <v>369.0</v>
+        <v>177.0</v>
+      </c>
+      <c r="I257" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="J257" s="14" t="n">
-        <v>522.0</v>
+        <v>744.0</v>
       </c>
       <c r="K257" s="14" t="n">
-        <v>76.0</v>
+        <v>447.0</v>
       </c>
       <c r="L257" s="14" t="n">
-        <v>0.0</v>
-[...2 lines deleted...]
-        <v>52.0</v>
+        <v>67.0</v>
+      </c>
+      <c r="M257" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="N257" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
     </row>
     <row r="258">
       <c r="A258" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Czech Republic</t>
         </is>
       </c>
       <c r="B258" s="14" t="n">
-        <v>152.0</v>
+        <v>252.0</v>
       </c>
       <c r="C258" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="D258" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="E258" s="14" t="n">
-[...14 lines deleted...]
-        <v>0.0</v>
+      <c r="E258" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="F258" s="14" t="n">
+        <v>43.0</v>
+      </c>
+      <c r="G258" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="H258" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="I258" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="J258" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="K258" s="14" t="n">
-        <v>39.0</v>
-[...9 lines deleted...]
-        </is>
+        <v>137.0</v>
+      </c>
+      <c r="L258" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M258" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="N258" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
     </row>
     <row r="259">
       <c r="A259" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Sweden</t>
         </is>
       </c>
       <c r="B259" s="14" t="n">
-        <v>92.0</v>
+        <v>374.0</v>
       </c>
       <c r="C259" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="D259" s="13" t="inlineStr">
-[...5 lines deleted...]
-        <v>59.0</v>
+      <c r="D259" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="E259" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="F259" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="G259" s="14" t="n">
-        <v>0.0</v>
+      <c r="G259" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="H259" s="14" t="n">
-        <v>0.0</v>
+        <v>85.0</v>
       </c>
       <c r="I259" s="14" t="n">
-        <v>0.0</v>
+        <v>28.0</v>
       </c>
       <c r="J259" s="14" t="n">
         <v>24.0</v>
       </c>
       <c r="K259" s="14" t="n">
-        <v>0.0</v>
+        <v>55.0</v>
       </c>
       <c r="L259" s="14" t="n">
-        <v>0.0</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>42.0</v>
+      </c>
+      <c r="M259" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="N259" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
     </row>
     <row r="260">
       <c r="A260" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of EU</t>
         </is>
       </c>
       <c r="B260" s="14" t="n">
-        <v>2187.0</v>
+        <v>1770.0</v>
       </c>
       <c r="C260" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="D260" s="14" t="n">
-        <v>48.0</v>
+        <v>89.0</v>
       </c>
       <c r="E260" s="14" t="n">
-        <v>18.0</v>
+        <v>145.0</v>
       </c>
       <c r="F260" s="14" t="n">
-        <v>601.0</v>
+        <v>105.0</v>
       </c>
       <c r="G260" s="14" t="n">
-        <v>81.0</v>
+        <v>154.0</v>
       </c>
       <c r="H260" s="14" t="n">
-        <v>284.0</v>
+        <v>271.0</v>
       </c>
       <c r="I260" s="14" t="n">
-        <v>110.0</v>
+        <v>98.0</v>
       </c>
       <c r="J260" s="14" t="n">
-        <v>733.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>492.0</v>
+      </c>
+      <c r="K260" s="14" t="n">
+        <v>59.0</v>
       </c>
       <c r="L260" s="14" t="n">
-        <v>99.0</v>
+        <v>153.0</v>
       </c>
       <c r="M260" s="14" t="n">
-        <v>129.0</v>
+        <v>159.0</v>
       </c>
       <c r="N260" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
     </row>
     <row r="261">
       <c r="A261" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Norway</t>
         </is>
       </c>
       <c r="B261" s="14" t="n">
-        <v>176.0</v>
+        <v>121.0</v>
       </c>
       <c r="C261" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="D261" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="E261" s="14" t="n">
-        <v>43.0</v>
-[...7 lines deleted...]
-        </is>
+        <v>0.0</v>
+      </c>
+      <c r="F261" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="G261" s="14" t="n">
+        <v>27.0</v>
       </c>
       <c r="H261" s="14" t="n">
-        <v>54.0</v>
+        <v>41.0</v>
       </c>
       <c r="I261" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="J261" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="K261" s="14" t="n">
-        <v>0.0</v>
+      <c r="K261" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="L261" s="14" t="n">
-        <v>38.0</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>0.0</v>
+      </c>
+      <c r="M261" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="N261" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
     </row>
     <row r="262">
       <c r="A262" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    United Kingdom</t>
         </is>
       </c>
       <c r="B262" s="14" t="n">
-        <v>4029.0</v>
+        <v>5296.0</v>
       </c>
       <c r="C262" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="D262" s="14" t="n">
-        <v>127.0</v>
+        <v>478.0</v>
       </c>
       <c r="E262" s="14" t="n">
-        <v>221.0</v>
+        <v>641.0</v>
       </c>
       <c r="F262" s="14" t="n">
-        <v>436.0</v>
+        <v>472.0</v>
       </c>
       <c r="G262" s="14" t="n">
-        <v>742.0</v>
+        <v>737.0</v>
       </c>
       <c r="H262" s="14" t="n">
-        <v>616.0</v>
-[...2 lines deleted...]
-        <v>251.0</v>
+        <v>435.0</v>
+      </c>
+      <c r="I262" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="J262" s="14" t="n">
-        <v>217.0</v>
+        <v>704.0</v>
       </c>
       <c r="K262" s="14" t="n">
-        <v>430.0</v>
+        <v>597.0</v>
       </c>
       <c r="L262" s="14" t="n">
-        <v>532.0</v>
+        <v>634.0</v>
       </c>
       <c r="M262" s="14" t="n">
-        <v>254.0</v>
+        <v>260.0</v>
       </c>
       <c r="N262" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
     </row>
     <row r="263">
       <c r="A263" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Switzerland</t>
         </is>
       </c>
       <c r="B263" s="14" t="n">
-        <v>1853.0</v>
+        <v>1918.0</v>
       </c>
       <c r="C263" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="D263" s="14" t="n">
-        <v>95.0</v>
+      <c r="D263" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="E263" s="14" t="n">
-        <v>71.0</v>
+        <v>249.0</v>
       </c>
       <c r="F263" s="14" t="n">
-        <v>491.0</v>
+        <v>340.0</v>
       </c>
       <c r="G263" s="14" t="n">
-        <v>484.0</v>
+        <v>482.0</v>
       </c>
       <c r="H263" s="14" t="n">
-        <v>367.0</v>
+        <v>120.0</v>
       </c>
       <c r="I263" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="J263" s="14" t="n">
-        <v>148.0</v>
+        <v>66.0</v>
       </c>
       <c r="K263" s="14" t="n">
-        <v>89.0</v>
+        <v>208.0</v>
       </c>
       <c r="L263" s="14" t="n">
-        <v>84.0</v>
+        <v>299.0</v>
       </c>
       <c r="M263" s="14" t="n">
-        <v>16.0</v>
+        <v>43.0</v>
       </c>
       <c r="N263" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
     </row>
     <row r="264">
       <c r="A264" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of Europe</t>
         </is>
       </c>
       <c r="B264" s="14" t="n">
-        <v>539.0</v>
+        <v>61.0</v>
       </c>
       <c r="C264" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="D264" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="E264" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="F264" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="G264" s="14" t="n">
-        <v>62.0</v>
-[...2 lines deleted...]
-        <v>38.0</v>
+        <v>0.0</v>
+      </c>
+      <c r="H264" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="I264" s="14" t="n">
-        <v>257.0</v>
+        <v>0.0</v>
       </c>
       <c r="J264" s="14" t="n">
-        <v>62.0</v>
+        <v>27.0</v>
       </c>
       <c r="K264" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="L264" s="14" t="n">
-        <v>28.0</v>
+        <v>0.0</v>
       </c>
       <c r="M264" s="14" t="n">
-        <v>0.0</v>
+        <v>27.0</v>
       </c>
       <c r="N264" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
     </row>
     <row r="265">
       <c r="A265" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    United States</t>
         </is>
       </c>
       <c r="B265" s="14" t="n">
-        <v>124.0</v>
+        <v>309.0</v>
       </c>
       <c r="C265" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="D265" s="14" t="n">
-        <v>40.0</v>
+      <c r="D265" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="E265" s="14" t="n">
-        <v>22.0</v>
-[...12 lines deleted...]
-        <v>0.0</v>
+        <v>156.0</v>
+      </c>
+      <c r="F265" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="G265" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="H265" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="I265" s="14" t="n">
-        <v>0.0</v>
+        <v>16.0</v>
       </c>
       <c r="J265" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="K265" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="L265" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="L265" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="M265" s="14" t="n">
-        <v>0.0</v>
+        <v>54.0</v>
       </c>
       <c r="N265" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
     </row>
     <row r="266">
       <c r="A266" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of America</t>
         </is>
       </c>
       <c r="B266" s="14" t="n">
-        <v>547.0</v>
+        <v>1391.0</v>
       </c>
       <c r="C266" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="D266" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="E266" s="14" t="n">
-        <v>35.0</v>
+        <v>139.0</v>
       </c>
       <c r="F266" s="14" t="n">
-        <v>75.0</v>
-[...5 lines deleted...]
-        <v>38.0</v>
+        <v>46.0</v>
+      </c>
+      <c r="G266" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="H266" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="I266" s="14" t="n">
-        <v>157.0</v>
+        <v>239.0</v>
       </c>
       <c r="J266" s="14" t="n">
-        <v>41.0</v>
-[...2 lines deleted...]
-        <v>97.0</v>
+        <v>424.0</v>
+      </c>
+      <c r="K266" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="L266" s="14" t="n">
-        <v>82.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>154.0</v>
+      </c>
+      <c r="M266" s="14" t="n">
+        <v>31.0</v>
       </c>
       <c r="N266" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
     </row>
     <row r="267">
       <c r="A267" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    African Countries</t>
         </is>
       </c>
       <c r="B267" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C267" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="D267" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="E267" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="F267" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="G267" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="H267" s="14" t="n">
-        <v>0.0</v>
+      <c r="H267" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="I267" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="J267" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J267" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="K267" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="L267" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="M267" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="N267" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
     </row>
     <row r="268">
       <c r="A268" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of the world</t>
         </is>
       </c>
       <c r="B268" s="14" t="n">
-        <v>1922.0</v>
+        <v>2153.0</v>
       </c>
       <c r="C268" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="D268" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E268" s="14" t="n">
-        <v>22.0</v>
+        <v>67.0</v>
       </c>
       <c r="F268" s="14" t="n">
-        <v>263.0</v>
+        <v>183.0</v>
       </c>
       <c r="G268" s="14" t="n">
-        <v>157.0</v>
+        <v>219.0</v>
       </c>
       <c r="H268" s="14" t="n">
-        <v>71.0</v>
+        <v>183.0</v>
       </c>
       <c r="I268" s="14" t="n">
-        <v>1004.0</v>
+        <v>787.0</v>
       </c>
       <c r="J268" s="14" t="n">
-        <v>159.0</v>
+        <v>294.0</v>
       </c>
       <c r="K268" s="14" t="n">
-        <v>82.0</v>
+        <v>143.0</v>
       </c>
       <c r="L268" s="14" t="n">
-        <v>82.0</v>
+        <v>83.0</v>
       </c>
       <c r="M268" s="14" t="n">
-        <v>72.0</v>
+        <v>0.0</v>
       </c>
       <c r="N268" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
     </row>
     <row r="269">
       <c r="A269" s="6" t="inlineStr">
         <is>
           <t>Cataluña</t>
         </is>
       </c>
       <c r="B269" s="6"/>
       <c r="C269" s="6"/>
       <c r="D269" s="6"/>
       <c r="E269" s="6"/>
       <c r="F269" s="6"/>
       <c r="G269" s="6"/>
       <c r="H269" s="6"/>
       <c r="I269" s="6"/>
       <c r="J269" s="6"/>
       <c r="K269" s="6"/>
       <c r="L269" s="6"/>
       <c r="M269" s="6"/>
       <c r="N269" s="6"/>
     </row>
     <row r="270">
       <c r="A270" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B270" s="14" t="n">
-        <v>1.9078406E7</v>
+        <v>2.0287212E7</v>
       </c>
       <c r="C270" s="14" t="n">
-        <v>108487.0</v>
+        <v>136886.0</v>
       </c>
       <c r="D270" s="14" t="n">
-        <v>137227.0</v>
+        <v>184627.0</v>
       </c>
       <c r="E270" s="14" t="n">
-        <v>359723.0</v>
+        <v>879437.0</v>
       </c>
       <c r="F270" s="14" t="n">
-        <v>1521778.0</v>
+        <v>1162562.0</v>
       </c>
       <c r="G270" s="14" t="n">
-        <v>1512088.0</v>
+        <v>1806662.0</v>
       </c>
       <c r="H270" s="14" t="n">
-        <v>2438899.0</v>
+        <v>2617254.0</v>
       </c>
       <c r="I270" s="14" t="n">
-        <v>4222916.0</v>
+        <v>4523302.0</v>
       </c>
       <c r="J270" s="14" t="n">
-        <v>5335545.0</v>
+        <v>5422147.0</v>
       </c>
       <c r="K270" s="14" t="n">
-        <v>2164194.0</v>
+        <v>2277308.0</v>
       </c>
       <c r="L270" s="14" t="n">
-        <v>870822.0</v>
+        <v>868519.0</v>
       </c>
       <c r="M270" s="14" t="n">
-        <v>199385.0</v>
+        <v>230925.0</v>
       </c>
       <c r="N270" s="14" t="n">
-        <v>207343.0</v>
+        <v>177582.0</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Spaniards</t>
         </is>
       </c>
       <c r="B271" s="14" t="n">
-        <v>9460461.0</v>
+        <v>1.0040053E7</v>
       </c>
       <c r="C271" s="14" t="n">
-        <v>60773.0</v>
+        <v>81426.0</v>
       </c>
       <c r="D271" s="14" t="n">
-        <v>85663.0</v>
+        <v>114565.0</v>
       </c>
       <c r="E271" s="14" t="n">
-        <v>249123.0</v>
+        <v>675530.0</v>
       </c>
       <c r="F271" s="14" t="n">
-        <v>1023544.0</v>
+        <v>644288.0</v>
       </c>
       <c r="G271" s="14" t="n">
-        <v>717216.0</v>
+        <v>874083.0</v>
       </c>
       <c r="H271" s="14" t="n">
-        <v>1373996.0</v>
+        <v>1545205.0</v>
       </c>
       <c r="I271" s="14" t="n">
-        <v>1721666.0</v>
+        <v>1888560.0</v>
       </c>
       <c r="J271" s="14" t="n">
-        <v>2511319.0</v>
+        <v>2585433.0</v>
       </c>
       <c r="K271" s="14" t="n">
-        <v>984218.0</v>
+        <v>985507.0</v>
       </c>
       <c r="L271" s="14" t="n">
-        <v>453817.0</v>
+        <v>366142.0</v>
       </c>
       <c r="M271" s="14" t="n">
-        <v>130950.0</v>
+        <v>157099.0</v>
       </c>
       <c r="N271" s="14" t="n">
-        <v>148176.0</v>
+        <v>122216.0</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Foreigners</t>
         </is>
       </c>
       <c r="B272" s="14" t="n">
-        <v>9617945.0</v>
+        <v>1.0247159E7</v>
       </c>
       <c r="C272" s="14" t="n">
-        <v>47714.0</v>
+        <v>55460.0</v>
       </c>
       <c r="D272" s="14" t="n">
-        <v>51564.0</v>
+        <v>70061.0</v>
       </c>
       <c r="E272" s="14" t="n">
-        <v>110600.0</v>
+        <v>203907.0</v>
       </c>
       <c r="F272" s="14" t="n">
-        <v>498234.0</v>
+        <v>518274.0</v>
       </c>
       <c r="G272" s="14" t="n">
-        <v>794872.0</v>
+        <v>932579.0</v>
       </c>
       <c r="H272" s="14" t="n">
-        <v>1064903.0</v>
+        <v>1072050.0</v>
       </c>
       <c r="I272" s="14" t="n">
-        <v>2501250.0</v>
+        <v>2634742.0</v>
       </c>
       <c r="J272" s="14" t="n">
-        <v>2824226.0</v>
+        <v>2836715.0</v>
       </c>
       <c r="K272" s="14" t="n">
-        <v>1179976.0</v>
+        <v>1291801.0</v>
       </c>
       <c r="L272" s="14" t="n">
-        <v>417005.0</v>
+        <v>502377.0</v>
       </c>
       <c r="M272" s="14" t="n">
-        <v>68435.0</v>
+        <v>73825.0</v>
       </c>
       <c r="N272" s="14" t="n">
-        <v>59167.0</v>
+        <v>55367.0</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    European Union 27 (without Spain)</t>
         </is>
       </c>
       <c r="B273" s="14" t="n">
-        <v>8734447.0</v>
+        <v>9287359.0</v>
       </c>
       <c r="C273" s="14" t="n">
-        <v>42346.0</v>
+        <v>47079.0</v>
       </c>
       <c r="D273" s="14" t="n">
-        <v>44498.0</v>
+        <v>56651.0</v>
       </c>
       <c r="E273" s="14" t="n">
-        <v>95902.0</v>
+        <v>177113.0</v>
       </c>
       <c r="F273" s="14" t="n">
-        <v>437189.0</v>
+        <v>454386.0</v>
       </c>
       <c r="G273" s="14" t="n">
-        <v>700486.0</v>
+        <v>830966.0</v>
       </c>
       <c r="H273" s="14" t="n">
-        <v>936720.0</v>
+        <v>947992.0</v>
       </c>
       <c r="I273" s="14" t="n">
-        <v>2348266.0</v>
+        <v>2482783.0</v>
       </c>
       <c r="J273" s="14" t="n">
-        <v>2653416.0</v>
+        <v>2664760.0</v>
       </c>
       <c r="K273" s="14" t="n">
-        <v>1029602.0</v>
+        <v>1096584.0</v>
       </c>
       <c r="L273" s="14" t="n">
-        <v>337996.0</v>
+        <v>421706.0</v>
       </c>
       <c r="M273" s="14" t="n">
-        <v>57989.0</v>
+        <v>60696.0</v>
       </c>
       <c r="N273" s="14" t="n">
-        <v>50037.0</v>
+        <v>46643.0</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Germany</t>
         </is>
       </c>
       <c r="B274" s="14" t="n">
-        <v>1751898.0</v>
+        <v>1958626.0</v>
       </c>
       <c r="C274" s="14" t="n">
-        <v>18504.0</v>
+        <v>19028.0</v>
       </c>
       <c r="D274" s="14" t="n">
-        <v>15168.0</v>
+        <v>21880.0</v>
       </c>
       <c r="E274" s="14" t="n">
-        <v>42550.0</v>
+        <v>93195.0</v>
       </c>
       <c r="F274" s="14" t="n">
-        <v>125169.0</v>
+        <v>120949.0</v>
       </c>
       <c r="G274" s="14" t="n">
-        <v>178781.0</v>
+        <v>261406.0</v>
       </c>
       <c r="H274" s="14" t="n">
-        <v>246303.0</v>
+        <v>174869.0</v>
       </c>
       <c r="I274" s="14" t="n">
-        <v>260875.0</v>
+        <v>299552.0</v>
       </c>
       <c r="J274" s="14" t="n">
-        <v>316343.0</v>
+        <v>357224.0</v>
       </c>
       <c r="K274" s="14" t="n">
-        <v>343196.0</v>
+        <v>350609.0</v>
       </c>
       <c r="L274" s="14" t="n">
-        <v>161872.0</v>
+        <v>214241.0</v>
       </c>
       <c r="M274" s="14" t="n">
-        <v>22910.0</v>
+        <v>23433.0</v>
       </c>
       <c r="N274" s="14" t="n">
-        <v>20228.0</v>
+        <v>22239.0</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Austria</t>
         </is>
       </c>
       <c r="B275" s="14" t="n">
-        <v>24784.0</v>
+        <v>29463.0</v>
       </c>
       <c r="C275" s="14" t="n">
-        <v>316.0</v>
+        <v>560.0</v>
       </c>
       <c r="D275" s="14" t="n">
-        <v>238.0</v>
+        <v>440.0</v>
       </c>
       <c r="E275" s="14" t="n">
-        <v>804.0</v>
+        <v>2070.0</v>
       </c>
       <c r="F275" s="14" t="n">
-        <v>2191.0</v>
+        <v>3241.0</v>
       </c>
       <c r="G275" s="14" t="n">
-        <v>2451.0</v>
+        <v>3312.0</v>
       </c>
       <c r="H275" s="14" t="n">
-        <v>1944.0</v>
+        <v>3510.0</v>
       </c>
       <c r="I275" s="14" t="n">
-        <v>4045.0</v>
+        <v>3434.0</v>
       </c>
       <c r="J275" s="14" t="n">
-        <v>4481.0</v>
+        <v>4603.0</v>
       </c>
       <c r="K275" s="14" t="n">
-        <v>4623.0</v>
+        <v>3857.0</v>
       </c>
       <c r="L275" s="14" t="n">
-        <v>2574.0</v>
+        <v>2909.0</v>
       </c>
       <c r="M275" s="14" t="n">
-        <v>591.0</v>
+        <v>1000.0</v>
       </c>
       <c r="N275" s="14" t="n">
-        <v>526.0</v>
+        <v>527.0</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Belgium</t>
         </is>
       </c>
       <c r="B276" s="14" t="n">
-        <v>581873.0</v>
+        <v>626432.0</v>
       </c>
       <c r="C276" s="14" t="n">
-        <v>1985.0</v>
+        <v>3024.0</v>
       </c>
       <c r="D276" s="14" t="n">
-        <v>4166.0</v>
+        <v>2461.0</v>
       </c>
       <c r="E276" s="14" t="n">
-        <v>4707.0</v>
+        <v>10516.0</v>
       </c>
       <c r="F276" s="14" t="n">
-        <v>23815.0</v>
+        <v>28236.0</v>
       </c>
       <c r="G276" s="14" t="n">
-        <v>45579.0</v>
+        <v>43258.0</v>
       </c>
       <c r="H276" s="14" t="n">
-        <v>62258.0</v>
+        <v>68454.0</v>
       </c>
       <c r="I276" s="14" t="n">
-        <v>253142.0</v>
+        <v>271103.0</v>
       </c>
       <c r="J276" s="14" t="n">
-        <v>101728.0</v>
+        <v>105482.0</v>
       </c>
       <c r="K276" s="14" t="n">
-        <v>64513.0</v>
+        <v>72204.0</v>
       </c>
       <c r="L276" s="14" t="n">
-        <v>13027.0</v>
+        <v>15809.0</v>
       </c>
       <c r="M276" s="14" t="n">
-        <v>3057.0</v>
+        <v>2865.0</v>
       </c>
       <c r="N276" s="14" t="n">
-        <v>3895.0</v>
+        <v>3019.0</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Denmark</t>
         </is>
       </c>
       <c r="B277" s="14" t="n">
-        <v>47725.0</v>
+        <v>56549.0</v>
       </c>
       <c r="C277" s="14" t="n">
-        <v>478.0</v>
+        <v>396.0</v>
       </c>
       <c r="D277" s="14" t="n">
-        <v>1047.0</v>
+        <v>1409.0</v>
       </c>
       <c r="E277" s="14" t="n">
-        <v>1468.0</v>
+        <v>3157.0</v>
       </c>
       <c r="F277" s="14" t="n">
-        <v>1232.0</v>
+        <v>2358.0</v>
       </c>
       <c r="G277" s="14" t="n">
-        <v>2069.0</v>
+        <v>2332.0</v>
       </c>
       <c r="H277" s="14" t="n">
-        <v>3524.0</v>
+        <v>5725.0</v>
       </c>
       <c r="I277" s="14" t="n">
-        <v>26014.0</v>
+        <v>28396.0</v>
       </c>
       <c r="J277" s="14" t="n">
-        <v>2817.0</v>
+        <v>1843.0</v>
       </c>
       <c r="K277" s="14" t="n">
-        <v>5831.0</v>
+        <v>5340.0</v>
       </c>
       <c r="L277" s="14" t="n">
-        <v>2327.0</v>
+        <v>4289.0</v>
       </c>
       <c r="M277" s="14" t="n">
-        <v>676.0</v>
+        <v>1106.0</v>
       </c>
       <c r="N277" s="14" t="n">
-        <v>243.0</v>
+        <v>197.0</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Finland</t>
         </is>
       </c>
       <c r="B278" s="14" t="n">
-        <v>6015.0</v>
+        <v>10103.0</v>
       </c>
       <c r="C278" s="14" t="n">
-        <v>146.0</v>
+        <v>334.0</v>
       </c>
       <c r="D278" s="14" t="n">
-        <v>419.0</v>
+        <v>327.0</v>
       </c>
       <c r="E278" s="14" t="n">
-        <v>634.0</v>
+        <v>1446.0</v>
       </c>
       <c r="F278" s="14" t="n">
-        <v>1013.0</v>
+        <v>680.0</v>
       </c>
       <c r="G278" s="14" t="n">
-        <v>355.0</v>
+        <v>626.0</v>
       </c>
       <c r="H278" s="14" t="n">
-        <v>741.0</v>
-[...2 lines deleted...]
-        <v>488.0</v>
+        <v>1847.0</v>
+      </c>
+      <c r="I278" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="J278" s="14" t="n">
-        <v>255.0</v>
+        <v>206.0</v>
       </c>
       <c r="K278" s="14" t="n">
-        <v>465.0</v>
-[...5 lines deleted...]
-        <v>397.0</v>
+        <v>900.0</v>
+      </c>
+      <c r="L278" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
+      </c>
+      <c r="M278" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="N278" s="14" t="n">
-        <v>203.0</v>
+        <v>242.0</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    France</t>
         </is>
       </c>
       <c r="B279" s="14" t="n">
-        <v>2646780.0</v>
+        <v>2668879.0</v>
       </c>
       <c r="C279" s="14" t="n">
-        <v>9936.0</v>
+        <v>10988.0</v>
       </c>
       <c r="D279" s="14" t="n">
-        <v>11348.0</v>
+        <v>13535.0</v>
       </c>
       <c r="E279" s="14" t="n">
-        <v>20756.0</v>
+        <v>26692.0</v>
       </c>
       <c r="F279" s="14" t="n">
-        <v>155684.0</v>
+        <v>155621.0</v>
       </c>
       <c r="G279" s="14" t="n">
-        <v>189389.0</v>
+        <v>221334.0</v>
       </c>
       <c r="H279" s="14" t="n">
-        <v>191827.0</v>
+        <v>200481.0</v>
       </c>
       <c r="I279" s="14" t="n">
-        <v>695547.0</v>
+        <v>639110.0</v>
       </c>
       <c r="J279" s="14" t="n">
-        <v>1045694.0</v>
+        <v>1058011.0</v>
       </c>
       <c r="K279" s="14" t="n">
-        <v>240593.0</v>
+        <v>250205.0</v>
       </c>
       <c r="L279" s="14" t="n">
-        <v>61924.0</v>
+        <v>68305.0</v>
       </c>
       <c r="M279" s="14" t="n">
-        <v>13572.0</v>
+        <v>15727.0</v>
       </c>
       <c r="N279" s="14" t="n">
-        <v>10510.0</v>
+        <v>8870.0</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Greece</t>
         </is>
       </c>
       <c r="B280" s="14" t="n">
-        <v>2048.0</v>
+        <v>766.0</v>
       </c>
       <c r="C280" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="D280" s="14" t="n">
-        <v>43.0</v>
+        <v>0.0</v>
       </c>
       <c r="E280" s="14" t="n">
-        <v>810.0</v>
+        <v>47.0</v>
       </c>
       <c r="F280" s="14" t="n">
-        <v>123.0</v>
+        <v>0.0</v>
       </c>
       <c r="G280" s="14" t="n">
-        <v>295.0</v>
+        <v>55.0</v>
       </c>
       <c r="H280" s="14" t="n">
-        <v>65.0</v>
-[...1 lines deleted...]
-      <c r="I280" s="14" t="n">
+        <v>73.0</v>
+      </c>
+      <c r="I280" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="J280" s="14" t="n">
+        <v>148.0</v>
+      </c>
+      <c r="K280" s="14" t="n">
         <v>188.0</v>
       </c>
-      <c r="J280" s="14" t="n">
-[...14 lines deleted...]
-        </is>
+      <c r="L280" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="M280" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="N280" s="14" t="n">
+        <v>13.0</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Ireland</t>
         </is>
       </c>
       <c r="B281" s="14" t="n">
-        <v>410575.0</v>
+        <v>438987.0</v>
       </c>
       <c r="C281" s="14" t="n">
-        <v>90.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>37.0</v>
+      </c>
+      <c r="D281" s="14" t="n">
+        <v>368.0</v>
       </c>
       <c r="E281" s="14" t="n">
-        <v>333.0</v>
+        <v>1332.0</v>
       </c>
       <c r="F281" s="14" t="n">
-        <v>12681.0</v>
+        <v>17938.0</v>
       </c>
       <c r="G281" s="14" t="n">
-        <v>44074.0</v>
+        <v>42354.0</v>
       </c>
       <c r="H281" s="14" t="n">
-        <v>116993.0</v>
+        <v>115584.0</v>
       </c>
       <c r="I281" s="14" t="n">
-        <v>104901.0</v>
+        <v>95335.0</v>
       </c>
       <c r="J281" s="14" t="n">
-        <v>81324.0</v>
+        <v>92323.0</v>
       </c>
       <c r="K281" s="14" t="n">
-        <v>36330.0</v>
+        <v>49245.0</v>
       </c>
       <c r="L281" s="14" t="n">
-        <v>13378.0</v>
+        <v>24036.0</v>
       </c>
       <c r="M281" s="14" t="n">
-        <v>332.0</v>
+        <v>343.0</v>
       </c>
       <c r="N281" s="14" t="n">
-        <v>94.0</v>
+        <v>92.0</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Italy</t>
         </is>
       </c>
       <c r="B282" s="14" t="n">
-        <v>130564.0</v>
+        <v>139059.0</v>
       </c>
       <c r="C282" s="14" t="n">
-        <v>993.0</v>
+        <v>634.0</v>
       </c>
       <c r="D282" s="14" t="n">
-        <v>481.0</v>
+        <v>714.0</v>
       </c>
       <c r="E282" s="14" t="n">
-        <v>1152.0</v>
+        <v>3773.0</v>
       </c>
       <c r="F282" s="14" t="n">
-        <v>3866.0</v>
+        <v>3678.0</v>
       </c>
       <c r="G282" s="14" t="n">
-        <v>4778.0</v>
+        <v>6098.0</v>
       </c>
       <c r="H282" s="14" t="n">
-        <v>11376.0</v>
+        <v>16263.0</v>
       </c>
       <c r="I282" s="14" t="n">
-        <v>28157.0</v>
+        <v>23472.0</v>
       </c>
       <c r="J282" s="14" t="n">
-        <v>61062.0</v>
+        <v>63724.0</v>
       </c>
       <c r="K282" s="14" t="n">
-        <v>10840.0</v>
+        <v>13346.0</v>
       </c>
       <c r="L282" s="14" t="n">
-        <v>2515.0</v>
+        <v>2827.0</v>
       </c>
       <c r="M282" s="14" t="n">
-        <v>1338.0</v>
+        <v>1719.0</v>
       </c>
       <c r="N282" s="14" t="n">
-        <v>4006.0</v>
+        <v>2810.0</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Luxembourg</t>
         </is>
       </c>
       <c r="B283" s="14" t="n">
-        <v>14901.0</v>
+        <v>18702.0</v>
       </c>
       <c r="C283" s="14" t="n">
-        <v>293.0</v>
+        <v>191.0</v>
       </c>
       <c r="D283" s="14" t="n">
-        <v>384.0</v>
+        <v>298.0</v>
       </c>
       <c r="E283" s="14" t="n">
-        <v>233.0</v>
+        <v>1293.0</v>
       </c>
       <c r="F283" s="14" t="n">
-        <v>968.0</v>
+        <v>1061.0</v>
       </c>
       <c r="G283" s="14" t="n">
-        <v>1187.0</v>
+        <v>1454.0</v>
       </c>
       <c r="H283" s="14" t="n">
-        <v>1220.0</v>
+        <v>1541.0</v>
       </c>
       <c r="I283" s="14" t="n">
-        <v>2281.0</v>
+        <v>3508.0</v>
       </c>
       <c r="J283" s="14" t="n">
-        <v>4403.0</v>
+        <v>5067.0</v>
       </c>
       <c r="K283" s="14" t="n">
-        <v>2751.0</v>
+        <v>2886.0</v>
       </c>
       <c r="L283" s="14" t="n">
-        <v>654.0</v>
+        <v>1037.0</v>
       </c>
       <c r="M283" s="14" t="n">
-        <v>312.0</v>
+        <v>146.0</v>
       </c>
       <c r="N283" s="14" t="n">
-        <v>215.0</v>
+        <v>221.0</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Netherlands</t>
         </is>
       </c>
       <c r="B284" s="14" t="n">
-        <v>2939282.0</v>
+        <v>3137998.0</v>
       </c>
       <c r="C284" s="14" t="n">
-        <v>8737.0</v>
+        <v>9520.0</v>
       </c>
       <c r="D284" s="14" t="n">
-        <v>10493.0</v>
+        <v>8654.0</v>
       </c>
       <c r="E284" s="14" t="n">
-        <v>19147.0</v>
+        <v>27319.0</v>
       </c>
       <c r="F284" s="14" t="n">
-        <v>102555.0</v>
+        <v>111145.0</v>
       </c>
       <c r="G284" s="14" t="n">
-        <v>217059.0</v>
+        <v>230903.0</v>
       </c>
       <c r="H284" s="14" t="n">
-        <v>278820.0</v>
+        <v>324824.0</v>
       </c>
       <c r="I284" s="14" t="n">
-        <v>932095.0</v>
+        <v>1074301.0</v>
       </c>
       <c r="J284" s="14" t="n">
-        <v>995770.0</v>
+        <v>939803.0</v>
       </c>
       <c r="K284" s="14" t="n">
-        <v>288606.0</v>
+        <v>319589.0</v>
       </c>
       <c r="L284" s="14" t="n">
-        <v>66529.0</v>
+        <v>75347.0</v>
       </c>
       <c r="M284" s="14" t="n">
-        <v>11461.0</v>
+        <v>10362.0</v>
       </c>
       <c r="N284" s="14" t="n">
-        <v>8009.0</v>
+        <v>6231.0</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Poland</t>
         </is>
       </c>
       <c r="B285" s="14" t="n">
-        <v>58906.0</v>
+        <v>79792.0</v>
       </c>
       <c r="C285" s="14" t="n">
-        <v>518.0</v>
+        <v>534.0</v>
       </c>
       <c r="D285" s="14" t="n">
-        <v>78.0</v>
+        <v>4112.0</v>
       </c>
       <c r="E285" s="14" t="n">
-        <v>1013.0</v>
+        <v>2004.0</v>
       </c>
       <c r="F285" s="14" t="n">
-        <v>1600.0</v>
+        <v>4035.0</v>
       </c>
       <c r="G285" s="14" t="n">
-        <v>5834.0</v>
+        <v>8991.0</v>
       </c>
       <c r="H285" s="14" t="n">
-        <v>9007.0</v>
+        <v>16428.0</v>
       </c>
       <c r="I285" s="14" t="n">
-        <v>12007.0</v>
+        <v>14765.0</v>
       </c>
       <c r="J285" s="14" t="n">
-        <v>11565.0</v>
+        <v>12107.0</v>
       </c>
       <c r="K285" s="14" t="n">
-        <v>12312.0</v>
+        <v>12025.0</v>
       </c>
       <c r="L285" s="14" t="n">
-        <v>3396.0</v>
+        <v>2785.0</v>
       </c>
       <c r="M285" s="14" t="n">
-        <v>864.0</v>
+        <v>1329.0</v>
       </c>
       <c r="N285" s="14" t="n">
-        <v>712.0</v>
+        <v>677.0</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Portugal</t>
         </is>
       </c>
       <c r="B286" s="14" t="n">
-        <v>36038.0</v>
+        <v>41081.0</v>
       </c>
       <c r="C286" s="14" t="n">
-        <v>106.0</v>
+        <v>930.0</v>
       </c>
       <c r="D286" s="14" t="n">
-        <v>64.0</v>
+        <v>401.0</v>
       </c>
       <c r="E286" s="14" t="n">
-        <v>367.0</v>
+        <v>1228.0</v>
       </c>
       <c r="F286" s="14" t="n">
-        <v>1973.0</v>
+        <v>1278.0</v>
       </c>
       <c r="G286" s="14" t="n">
-        <v>2045.0</v>
+        <v>3041.0</v>
       </c>
       <c r="H286" s="14" t="n">
-        <v>3164.0</v>
+        <v>4224.0</v>
       </c>
       <c r="I286" s="14" t="n">
-        <v>8681.0</v>
+        <v>11017.0</v>
       </c>
       <c r="J286" s="14" t="n">
-        <v>12549.0</v>
+        <v>13481.0</v>
       </c>
       <c r="K286" s="14" t="n">
-        <v>5459.0</v>
+        <v>4038.0</v>
       </c>
       <c r="L286" s="14" t="n">
-        <v>951.0</v>
+        <v>765.0</v>
       </c>
       <c r="M286" s="14" t="n">
-        <v>259.0</v>
+        <v>165.0</v>
       </c>
       <c r="N286" s="14" t="n">
-        <v>419.0</v>
+        <v>512.0</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Czech Republic</t>
         </is>
       </c>
       <c r="B287" s="14" t="n">
-        <v>25539.0</v>
+        <v>15299.0</v>
       </c>
       <c r="C287" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="D287" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="D287" s="14" t="n">
+        <v>1036.0</v>
       </c>
       <c r="E287" s="14" t="n">
-        <v>241.0</v>
+        <v>633.0</v>
       </c>
       <c r="F287" s="14" t="n">
-        <v>1342.0</v>
+        <v>421.0</v>
       </c>
       <c r="G287" s="14" t="n">
-        <v>1284.0</v>
+        <v>1121.0</v>
       </c>
       <c r="H287" s="14" t="n">
-        <v>4182.0</v>
+        <v>2552.0</v>
       </c>
       <c r="I287" s="14" t="n">
-        <v>4508.0</v>
+        <v>3746.0</v>
       </c>
       <c r="J287" s="14" t="n">
-        <v>5238.0</v>
+        <v>2013.0</v>
       </c>
       <c r="K287" s="14" t="n">
-        <v>4796.0</v>
+        <v>1610.0</v>
       </c>
       <c r="L287" s="14" t="n">
-        <v>3626.0</v>
+        <v>1783.0</v>
       </c>
       <c r="M287" s="14" t="n">
-        <v>180.0</v>
+        <v>216.0</v>
       </c>
       <c r="N287" s="14" t="n">
-        <v>120.0</v>
+        <v>168.0</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Sweden</t>
         </is>
       </c>
       <c r="B288" s="14" t="n">
-        <v>26287.0</v>
+        <v>25838.0</v>
       </c>
       <c r="C288" s="14" t="n">
-        <v>135.0</v>
+        <v>567.0</v>
       </c>
       <c r="D288" s="14" t="n">
-        <v>308.0</v>
+        <v>461.0</v>
       </c>
       <c r="E288" s="14" t="n">
-        <v>1419.0</v>
+        <v>1333.0</v>
       </c>
       <c r="F288" s="14" t="n">
-        <v>1683.0</v>
+        <v>1873.0</v>
       </c>
       <c r="G288" s="14" t="n">
-        <v>1653.0</v>
+        <v>1482.0</v>
       </c>
       <c r="H288" s="14" t="n">
-        <v>1891.0</v>
+        <v>3772.0</v>
       </c>
       <c r="I288" s="14" t="n">
-        <v>8557.0</v>
+        <v>6595.0</v>
       </c>
       <c r="J288" s="14" t="n">
-        <v>2514.0</v>
+        <v>1921.0</v>
       </c>
       <c r="K288" s="14" t="n">
-        <v>3922.0</v>
+        <v>4386.0</v>
       </c>
       <c r="L288" s="14" t="n">
-        <v>2348.0</v>
+        <v>2456.0</v>
       </c>
       <c r="M288" s="14" t="n">
-        <v>1503.0</v>
+        <v>745.0</v>
       </c>
       <c r="N288" s="14" t="n">
-        <v>356.0</v>
+        <v>248.0</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of EU</t>
         </is>
       </c>
       <c r="B289" s="14" t="n">
-        <v>31234.0</v>
+        <v>39784.0</v>
       </c>
       <c r="C289" s="14" t="n">
-        <v>108.0</v>
+        <v>336.0</v>
       </c>
       <c r="D289" s="14" t="n">
-        <v>195.0</v>
+        <v>556.0</v>
       </c>
       <c r="E289" s="14" t="n">
-        <v>268.0</v>
+        <v>1077.0</v>
       </c>
       <c r="F289" s="14" t="n">
-        <v>1292.0</v>
+        <v>1871.0</v>
       </c>
       <c r="G289" s="14" t="n">
-        <v>3655.0</v>
+        <v>3198.0</v>
       </c>
       <c r="H289" s="14" t="n">
-        <v>3405.0</v>
+        <v>7845.0</v>
       </c>
       <c r="I289" s="14" t="n">
-        <v>6780.0</v>
+        <v>6848.0</v>
       </c>
       <c r="J289" s="14" t="n">
-        <v>7459.0</v>
+        <v>6803.0</v>
       </c>
       <c r="K289" s="14" t="n">
-        <v>5219.0</v>
+        <v>6153.0</v>
       </c>
       <c r="L289" s="14" t="n">
-        <v>1872.0</v>
+        <v>3344.0</v>
       </c>
       <c r="M289" s="14" t="n">
-        <v>526.0</v>
+        <v>1176.0</v>
       </c>
       <c r="N289" s="14" t="n">
-        <v>456.0</v>
+        <v>578.0</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Norway</t>
         </is>
       </c>
       <c r="B290" s="14" t="n">
-        <v>8193.0</v>
+        <v>9305.0</v>
       </c>
       <c r="C290" s="14" t="n">
-        <v>78.0</v>
+        <v>33.0</v>
       </c>
       <c r="D290" s="14" t="n">
-        <v>90.0</v>
+        <v>129.0</v>
       </c>
       <c r="E290" s="14" t="n">
-        <v>304.0</v>
+        <v>715.0</v>
       </c>
       <c r="F290" s="14" t="n">
-        <v>705.0</v>
+        <v>597.0</v>
       </c>
       <c r="G290" s="14" t="n">
-        <v>418.0</v>
+        <v>479.0</v>
       </c>
       <c r="H290" s="14" t="n">
-        <v>887.0</v>
+        <v>1878.0</v>
       </c>
       <c r="I290" s="14" t="n">
-        <v>3083.0</v>
+        <v>3069.0</v>
       </c>
       <c r="J290" s="14" t="n">
-        <v>567.0</v>
+        <v>380.0</v>
       </c>
       <c r="K290" s="14" t="n">
-        <v>1280.0</v>
+        <v>1227.0</v>
       </c>
       <c r="L290" s="14" t="n">
-        <v>518.0</v>
+        <v>514.0</v>
       </c>
       <c r="M290" s="14" t="n">
-        <v>165.0</v>
+        <v>75.0</v>
       </c>
       <c r="N290" s="14" t="n">
-        <v>98.0</v>
+        <v>208.0</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    United Kingdom</t>
         </is>
       </c>
       <c r="B291" s="14" t="n">
-        <v>495326.0</v>
+        <v>505051.0</v>
       </c>
       <c r="C291" s="14" t="n">
-        <v>2913.0</v>
+        <v>4365.0</v>
       </c>
       <c r="D291" s="14" t="n">
-        <v>2548.0</v>
+        <v>6171.0</v>
       </c>
       <c r="E291" s="14" t="n">
-        <v>6761.0</v>
+        <v>13147.0</v>
       </c>
       <c r="F291" s="14" t="n">
-        <v>26352.0</v>
+        <v>30395.0</v>
       </c>
       <c r="G291" s="14" t="n">
-        <v>63566.0</v>
+        <v>63807.0</v>
       </c>
       <c r="H291" s="14" t="n">
-        <v>82399.0</v>
+        <v>71247.0</v>
       </c>
       <c r="I291" s="14" t="n">
-        <v>71027.0</v>
+        <v>63400.0</v>
       </c>
       <c r="J291" s="14" t="n">
-        <v>127882.0</v>
+        <v>127215.0</v>
       </c>
       <c r="K291" s="14" t="n">
-        <v>74766.0</v>
+        <v>88810.0</v>
       </c>
       <c r="L291" s="14" t="n">
-        <v>31556.0</v>
+        <v>31327.0</v>
       </c>
       <c r="M291" s="14" t="n">
-        <v>3249.0</v>
+        <v>3525.0</v>
       </c>
       <c r="N291" s="14" t="n">
-        <v>2307.0</v>
+        <v>1640.0</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Switzerland</t>
         </is>
       </c>
       <c r="B292" s="14" t="n">
-        <v>210160.0</v>
+        <v>234743.0</v>
       </c>
       <c r="C292" s="14" t="n">
-        <v>1523.0</v>
+        <v>2530.0</v>
       </c>
       <c r="D292" s="14" t="n">
-        <v>1452.0</v>
+        <v>2430.0</v>
       </c>
       <c r="E292" s="14" t="n">
-        <v>4218.0</v>
+        <v>7005.0</v>
       </c>
       <c r="F292" s="14" t="n">
-        <v>18207.0</v>
+        <v>18422.0</v>
       </c>
       <c r="G292" s="14" t="n">
-        <v>18753.0</v>
+        <v>16369.0</v>
       </c>
       <c r="H292" s="14" t="n">
-        <v>16948.0</v>
+        <v>18961.0</v>
       </c>
       <c r="I292" s="14" t="n">
-        <v>46495.0</v>
+        <v>47396.0</v>
       </c>
       <c r="J292" s="14" t="n">
-        <v>15945.0</v>
+        <v>14237.0</v>
       </c>
       <c r="K292" s="14" t="n">
-        <v>48684.0</v>
+        <v>69402.0</v>
       </c>
       <c r="L292" s="14" t="n">
-        <v>31512.0</v>
+        <v>29683.0</v>
       </c>
       <c r="M292" s="14" t="n">
-        <v>2781.0</v>
+        <v>4381.0</v>
       </c>
       <c r="N292" s="14" t="n">
-        <v>3643.0</v>
+        <v>3928.0</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of Europe</t>
         </is>
       </c>
       <c r="B293" s="14" t="n">
-        <v>71435.0</v>
+        <v>71375.0</v>
       </c>
       <c r="C293" s="14" t="n">
-        <v>126.0</v>
+        <v>191.0</v>
       </c>
       <c r="D293" s="14" t="n">
-        <v>1322.0</v>
+        <v>308.0</v>
       </c>
       <c r="E293" s="14" t="n">
-        <v>984.0</v>
+        <v>1561.0</v>
       </c>
       <c r="F293" s="14" t="n">
-        <v>5935.0</v>
+        <v>1611.0</v>
       </c>
       <c r="G293" s="14" t="n">
-        <v>2864.0</v>
+        <v>4946.0</v>
       </c>
       <c r="H293" s="14" t="n">
-        <v>12754.0</v>
+        <v>9685.0</v>
       </c>
       <c r="I293" s="14" t="n">
-        <v>13030.0</v>
+        <v>15063.0</v>
       </c>
       <c r="J293" s="14" t="n">
-        <v>9053.0</v>
+        <v>8043.0</v>
       </c>
       <c r="K293" s="14" t="n">
-        <v>14166.0</v>
+        <v>18163.0</v>
       </c>
       <c r="L293" s="14" t="n">
-        <v>10548.0</v>
+        <v>11049.0</v>
       </c>
       <c r="M293" s="14" t="n">
-        <v>440.0</v>
+        <v>482.0</v>
       </c>
       <c r="N293" s="14" t="n">
-        <v>213.0</v>
+        <v>272.0</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    United States</t>
         </is>
       </c>
       <c r="B294" s="14" t="n">
-        <v>9190.0</v>
+        <v>13144.0</v>
       </c>
       <c r="C294" s="14" t="n">
-        <v>91.0</v>
+        <v>69.0</v>
       </c>
       <c r="D294" s="14" t="n">
-        <v>61.0</v>
+        <v>397.0</v>
       </c>
       <c r="E294" s="14" t="n">
-        <v>394.0</v>
+        <v>673.0</v>
       </c>
       <c r="F294" s="14" t="n">
-        <v>580.0</v>
+        <v>803.0</v>
       </c>
       <c r="G294" s="14" t="n">
-        <v>1014.0</v>
+        <v>1623.0</v>
       </c>
       <c r="H294" s="14" t="n">
-        <v>1696.0</v>
+        <v>3589.0</v>
       </c>
       <c r="I294" s="14" t="n">
-        <v>2471.0</v>
+        <v>2198.0</v>
       </c>
       <c r="J294" s="14" t="n">
-        <v>684.0</v>
+        <v>998.0</v>
       </c>
       <c r="K294" s="14" t="n">
-        <v>782.0</v>
+        <v>1168.0</v>
       </c>
       <c r="L294" s="14" t="n">
-        <v>603.0</v>
+        <v>828.0</v>
       </c>
       <c r="M294" s="14" t="n">
-        <v>459.0</v>
+        <v>495.0</v>
       </c>
       <c r="N294" s="14" t="n">
-        <v>354.0</v>
+        <v>302.0</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of America</t>
         </is>
       </c>
       <c r="B295" s="14" t="n">
-        <v>23296.0</v>
+        <v>26480.0</v>
       </c>
       <c r="C295" s="14" t="n">
-        <v>19.0</v>
+        <v>132.0</v>
       </c>
       <c r="D295" s="14" t="n">
-        <v>88.0</v>
+        <v>313.0</v>
       </c>
       <c r="E295" s="14" t="n">
-        <v>242.0</v>
+        <v>1285.0</v>
       </c>
       <c r="F295" s="14" t="n">
-        <v>1713.0</v>
+        <v>1296.0</v>
       </c>
       <c r="G295" s="14" t="n">
-        <v>2038.0</v>
+        <v>2496.0</v>
       </c>
       <c r="H295" s="14" t="n">
-        <v>3458.0</v>
+        <v>4944.0</v>
       </c>
       <c r="I295" s="14" t="n">
-        <v>5273.0</v>
+        <v>4519.0</v>
       </c>
       <c r="J295" s="14" t="n">
-        <v>5699.0</v>
+        <v>5138.0</v>
       </c>
       <c r="K295" s="14" t="n">
-        <v>3143.0</v>
+        <v>4199.0</v>
       </c>
       <c r="L295" s="14" t="n">
-        <v>687.0</v>
+        <v>1230.0</v>
       </c>
       <c r="M295" s="14" t="n">
-        <v>375.0</v>
+        <v>626.0</v>
       </c>
       <c r="N295" s="14" t="n">
-        <v>562.0</v>
+        <v>302.0</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    African Countries</t>
         </is>
       </c>
       <c r="B296" s="14" t="n">
-        <v>3102.0</v>
-[...7 lines deleted...]
-        </is>
+        <v>5258.0</v>
+      </c>
+      <c r="C296" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="D296" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="E296" s="14" t="n">
-        <v>37.0</v>
+        <v>20.0</v>
       </c>
       <c r="F296" s="14" t="n">
-        <v>161.0</v>
+        <v>187.0</v>
       </c>
       <c r="G296" s="14" t="n">
-        <v>400.0</v>
+        <v>275.0</v>
       </c>
       <c r="H296" s="14" t="n">
-        <v>515.0</v>
+        <v>245.0</v>
       </c>
       <c r="I296" s="14" t="n">
-        <v>650.0</v>
+        <v>488.0</v>
       </c>
       <c r="J296" s="14" t="n">
-        <v>996.0</v>
+        <v>1528.0</v>
       </c>
       <c r="K296" s="14" t="n">
-        <v>284.0</v>
+        <v>404.0</v>
       </c>
       <c r="L296" s="14" t="n">
-        <v>27.0</v>
+        <v>1829.0</v>
       </c>
       <c r="M296" s="13" t="inlineStr">
         <is>
-          <t>..</t>
-[...5 lines deleted...]
-        </is>
+          <t>.</t>
+        </is>
+      </c>
+      <c r="N296" s="14" t="n">
+        <v>171.0</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of the world</t>
         </is>
       </c>
       <c r="B297" s="14" t="n">
-        <v>57741.0</v>
+        <v>89780.0</v>
       </c>
       <c r="C297" s="14" t="n">
-        <v>490.0</v>
+        <v>1004.0</v>
       </c>
       <c r="D297" s="14" t="n">
-        <v>1497.0</v>
+        <v>3577.0</v>
       </c>
       <c r="E297" s="14" t="n">
-        <v>1567.0</v>
+        <v>2238.0</v>
       </c>
       <c r="F297" s="14" t="n">
-        <v>6910.0</v>
+        <v>10026.0</v>
       </c>
       <c r="G297" s="14" t="n">
-        <v>5171.0</v>
+        <v>11200.0</v>
       </c>
       <c r="H297" s="14" t="n">
-        <v>7957.0</v>
+        <v>12228.0</v>
       </c>
       <c r="I297" s="14" t="n">
-        <v>9711.0</v>
+        <v>15159.0</v>
       </c>
       <c r="J297" s="14" t="n">
-        <v>9599.0</v>
+        <v>13737.0</v>
       </c>
       <c r="K297" s="14" t="n">
-        <v>6639.0</v>
+        <v>11380.0</v>
       </c>
       <c r="L297" s="14" t="n">
-        <v>3357.0</v>
+        <v>4000.0</v>
       </c>
       <c r="M297" s="14" t="n">
-        <v>2908.0</v>
+        <v>3333.0</v>
       </c>
       <c r="N297" s="14" t="n">
-        <v>1934.0</v>
+        <v>1900.0</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" s="6" t="inlineStr">
         <is>
           <t>Comunitat Valenciana</t>
         </is>
       </c>
       <c r="B298" s="6"/>
       <c r="C298" s="6"/>
       <c r="D298" s="6"/>
       <c r="E298" s="6"/>
       <c r="F298" s="6"/>
       <c r="G298" s="6"/>
       <c r="H298" s="6"/>
       <c r="I298" s="6"/>
       <c r="J298" s="6"/>
       <c r="K298" s="6"/>
       <c r="L298" s="6"/>
       <c r="M298" s="6"/>
       <c r="N298" s="6"/>
     </row>
     <row r="299">
       <c r="A299" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B299" s="14" t="n">
-        <v>9966001.0</v>
+        <v>1.0107253E7</v>
       </c>
       <c r="C299" s="14" t="n">
-        <v>681097.0</v>
+        <v>720293.0</v>
       </c>
       <c r="D299" s="14" t="n">
-        <v>670405.0</v>
+        <v>719738.0</v>
       </c>
       <c r="E299" s="14" t="n">
-        <v>689152.0</v>
+        <v>822007.0</v>
       </c>
       <c r="F299" s="14" t="n">
-        <v>854670.0</v>
+        <v>743368.0</v>
       </c>
       <c r="G299" s="14" t="n">
-        <v>705299.0</v>
+        <v>774825.0</v>
       </c>
       <c r="H299" s="14" t="n">
-        <v>776026.0</v>
+        <v>830638.0</v>
       </c>
       <c r="I299" s="14" t="n">
-        <v>1145638.0</v>
+        <v>1127431.0</v>
       </c>
       <c r="J299" s="14" t="n">
-        <v>1441576.0</v>
+        <v>1380393.0</v>
       </c>
       <c r="K299" s="14" t="n">
-        <v>791322.0</v>
+        <v>810015.0</v>
       </c>
       <c r="L299" s="14" t="n">
-        <v>860248.0</v>
+        <v>871872.0</v>
       </c>
       <c r="M299" s="14" t="n">
-        <v>666165.0</v>
+        <v>610794.0</v>
       </c>
       <c r="N299" s="14" t="n">
-        <v>684402.0</v>
+        <v>695878.0</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Spaniards</t>
         </is>
       </c>
       <c r="B300" s="14" t="n">
-        <v>4084343.0</v>
+        <v>3812029.0</v>
       </c>
       <c r="C300" s="14" t="n">
-        <v>82312.0</v>
+        <v>89261.0</v>
       </c>
       <c r="D300" s="14" t="n">
-        <v>77563.0</v>
+        <v>83272.0</v>
       </c>
       <c r="E300" s="14" t="n">
-        <v>130437.0</v>
+        <v>253966.0</v>
       </c>
       <c r="F300" s="14" t="n">
-        <v>414931.0</v>
+        <v>215981.0</v>
       </c>
       <c r="G300" s="14" t="n">
-        <v>261727.0</v>
+        <v>290644.0</v>
       </c>
       <c r="H300" s="14" t="n">
-        <v>440860.0</v>
+        <v>454788.0</v>
       </c>
       <c r="I300" s="14" t="n">
-        <v>794413.0</v>
+        <v>749319.0</v>
       </c>
       <c r="J300" s="14" t="n">
-        <v>1041581.0</v>
+        <v>978059.0</v>
       </c>
       <c r="K300" s="14" t="n">
-        <v>347665.0</v>
+        <v>316425.0</v>
       </c>
       <c r="L300" s="14" t="n">
-        <v>222342.0</v>
+        <v>165195.0</v>
       </c>
       <c r="M300" s="14" t="n">
-        <v>128206.0</v>
+        <v>81828.0</v>
       </c>
       <c r="N300" s="14" t="n">
-        <v>142306.0</v>
+        <v>133292.0</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Foreigners</t>
         </is>
       </c>
       <c r="B301" s="14" t="n">
-        <v>5881658.0</v>
+        <v>6295223.0</v>
       </c>
       <c r="C301" s="14" t="n">
-        <v>598786.0</v>
+        <v>631033.0</v>
       </c>
       <c r="D301" s="14" t="n">
-        <v>592842.0</v>
+        <v>636466.0</v>
       </c>
       <c r="E301" s="14" t="n">
-        <v>558715.0</v>
+        <v>568041.0</v>
       </c>
       <c r="F301" s="14" t="n">
-        <v>439739.0</v>
+        <v>527387.0</v>
       </c>
       <c r="G301" s="14" t="n">
-        <v>443572.0</v>
+        <v>484181.0</v>
       </c>
       <c r="H301" s="14" t="n">
-        <v>335166.0</v>
+        <v>375851.0</v>
       </c>
       <c r="I301" s="14" t="n">
-        <v>351225.0</v>
+        <v>378112.0</v>
       </c>
       <c r="J301" s="14" t="n">
-        <v>399996.0</v>
+        <v>402333.0</v>
       </c>
       <c r="K301" s="14" t="n">
-        <v>443657.0</v>
+        <v>493590.0</v>
       </c>
       <c r="L301" s="14" t="n">
-        <v>637906.0</v>
+        <v>706677.0</v>
       </c>
       <c r="M301" s="14" t="n">
-        <v>537959.0</v>
+        <v>528965.0</v>
       </c>
       <c r="N301" s="14" t="n">
-        <v>542095.0</v>
+        <v>562586.0</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    European Union 27 (without Spain)</t>
         </is>
       </c>
       <c r="B302" s="14" t="n">
-        <v>3527058.0</v>
+        <v>3934394.0</v>
       </c>
       <c r="C302" s="14" t="n">
-        <v>413991.0</v>
+        <v>453358.0</v>
       </c>
       <c r="D302" s="14" t="n">
-        <v>423675.0</v>
+        <v>450762.0</v>
       </c>
       <c r="E302" s="14" t="n">
-        <v>372526.0</v>
+        <v>381706.0</v>
       </c>
       <c r="F302" s="14" t="n">
-        <v>229774.0</v>
+        <v>296873.0</v>
       </c>
       <c r="G302" s="14" t="n">
-        <v>217156.0</v>
+        <v>259982.0</v>
       </c>
       <c r="H302" s="14" t="n">
-        <v>137481.0</v>
+        <v>174722.0</v>
       </c>
       <c r="I302" s="14" t="n">
-        <v>164209.0</v>
+        <v>199017.0</v>
       </c>
       <c r="J302" s="14" t="n">
-        <v>199099.0</v>
+        <v>218892.0</v>
       </c>
       <c r="K302" s="14" t="n">
-        <v>245242.0</v>
+        <v>294009.0</v>
       </c>
       <c r="L302" s="14" t="n">
-        <v>378083.0</v>
+        <v>440720.0</v>
       </c>
       <c r="M302" s="14" t="n">
-        <v>369181.0</v>
+        <v>368777.0</v>
       </c>
       <c r="N302" s="14" t="n">
-        <v>376642.0</v>
+        <v>395576.0</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Germany</t>
         </is>
       </c>
       <c r="B303" s="14" t="n">
-        <v>1359127.0</v>
+        <v>1554671.0</v>
       </c>
       <c r="C303" s="14" t="n">
-        <v>195219.0</v>
+        <v>223179.0</v>
       </c>
       <c r="D303" s="14" t="n">
-        <v>185683.0</v>
+        <v>211247.0</v>
       </c>
       <c r="E303" s="14" t="n">
-        <v>165822.0</v>
+        <v>171367.0</v>
       </c>
       <c r="F303" s="14" t="n">
-        <v>92440.0</v>
+        <v>122819.0</v>
       </c>
       <c r="G303" s="14" t="n">
-        <v>67011.0</v>
+        <v>86658.0</v>
       </c>
       <c r="H303" s="14" t="n">
-        <v>33437.0</v>
+        <v>38953.0</v>
       </c>
       <c r="I303" s="14" t="n">
-        <v>21820.0</v>
+        <v>27676.0</v>
       </c>
       <c r="J303" s="14" t="n">
-        <v>26556.0</v>
+        <v>37312.0</v>
       </c>
       <c r="K303" s="14" t="n">
-        <v>73794.0</v>
+        <v>89175.0</v>
       </c>
       <c r="L303" s="14" t="n">
-        <v>150136.0</v>
+        <v>180064.0</v>
       </c>
       <c r="M303" s="14" t="n">
-        <v>165867.0</v>
+        <v>169164.0</v>
       </c>
       <c r="N303" s="14" t="n">
-        <v>181343.0</v>
+        <v>197057.0</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Austria</t>
         </is>
       </c>
       <c r="B304" s="14" t="n">
-        <v>30718.0</v>
+        <v>36605.0</v>
       </c>
       <c r="C304" s="14" t="n">
-        <v>3769.0</v>
+        <v>4582.0</v>
       </c>
       <c r="D304" s="14" t="n">
-        <v>4290.0</v>
+        <v>4328.0</v>
       </c>
       <c r="E304" s="14" t="n">
-        <v>3797.0</v>
+        <v>5928.0</v>
       </c>
       <c r="F304" s="14" t="n">
-        <v>2584.0</v>
+        <v>3309.0</v>
       </c>
       <c r="G304" s="14" t="n">
-        <v>2491.0</v>
+        <v>1785.0</v>
       </c>
       <c r="H304" s="14" t="n">
-        <v>1488.0</v>
+        <v>997.0</v>
       </c>
       <c r="I304" s="14" t="n">
-        <v>720.0</v>
+        <v>736.0</v>
       </c>
       <c r="J304" s="14" t="n">
-        <v>741.0</v>
+        <v>519.0</v>
       </c>
       <c r="K304" s="14" t="n">
-        <v>1494.0</v>
+        <v>4267.0</v>
       </c>
       <c r="L304" s="14" t="n">
-        <v>2305.0</v>
+        <v>2854.0</v>
       </c>
       <c r="M304" s="14" t="n">
-        <v>3471.0</v>
+        <v>3089.0</v>
       </c>
       <c r="N304" s="14" t="n">
-        <v>3570.0</v>
+        <v>4210.0</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Belgium</t>
         </is>
       </c>
       <c r="B305" s="14" t="n">
-        <v>334263.0</v>
+        <v>360705.0</v>
       </c>
       <c r="C305" s="14" t="n">
-        <v>36596.0</v>
+        <v>37080.0</v>
       </c>
       <c r="D305" s="14" t="n">
-        <v>35297.0</v>
+        <v>38129.0</v>
       </c>
       <c r="E305" s="14" t="n">
-        <v>33326.0</v>
+        <v>36018.0</v>
       </c>
       <c r="F305" s="14" t="n">
-        <v>23211.0</v>
+        <v>26850.0</v>
       </c>
       <c r="G305" s="14" t="n">
-        <v>23005.0</v>
+        <v>24274.0</v>
       </c>
       <c r="H305" s="14" t="n">
-        <v>14822.0</v>
+        <v>18251.0</v>
       </c>
       <c r="I305" s="14" t="n">
-        <v>18870.0</v>
+        <v>24997.0</v>
       </c>
       <c r="J305" s="14" t="n">
-        <v>17257.0</v>
+        <v>15586.0</v>
       </c>
       <c r="K305" s="14" t="n">
-        <v>26163.0</v>
+        <v>29951.0</v>
       </c>
       <c r="L305" s="14" t="n">
-        <v>36523.0</v>
+        <v>40221.0</v>
       </c>
       <c r="M305" s="14" t="n">
-        <v>34483.0</v>
+        <v>35057.0</v>
       </c>
       <c r="N305" s="14" t="n">
-        <v>34711.0</v>
+        <v>34291.0</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Denmark</t>
         </is>
       </c>
       <c r="B306" s="14" t="n">
-        <v>28332.0</v>
+        <v>28098.0</v>
       </c>
       <c r="C306" s="14" t="n">
-        <v>4549.0</v>
+        <v>4209.0</v>
       </c>
       <c r="D306" s="14" t="n">
-        <v>4898.0</v>
+        <v>4637.0</v>
       </c>
       <c r="E306" s="14" t="n">
-        <v>3535.0</v>
+        <v>3474.0</v>
       </c>
       <c r="F306" s="14" t="n">
-        <v>1898.0</v>
+        <v>1561.0</v>
       </c>
       <c r="G306" s="14" t="n">
-        <v>1503.0</v>
+        <v>1012.0</v>
       </c>
       <c r="H306" s="14" t="n">
-        <v>981.0</v>
+        <v>496.0</v>
       </c>
       <c r="I306" s="14" t="n">
-        <v>1056.0</v>
+        <v>1429.0</v>
       </c>
       <c r="J306" s="14" t="n">
-        <v>784.0</v>
+        <v>370.0</v>
       </c>
       <c r="K306" s="14" t="n">
-        <v>1940.0</v>
+        <v>2471.0</v>
       </c>
       <c r="L306" s="14" t="n">
-        <v>3175.0</v>
+        <v>3591.0</v>
       </c>
       <c r="M306" s="14" t="n">
-        <v>1986.0</v>
+        <v>2624.0</v>
       </c>
       <c r="N306" s="14" t="n">
-        <v>2026.0</v>
+        <v>2224.0</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Finland</t>
         </is>
       </c>
       <c r="B307" s="14" t="n">
-        <v>35649.0</v>
+        <v>35783.0</v>
       </c>
       <c r="C307" s="14" t="n">
-        <v>4654.0</v>
+        <v>5027.0</v>
       </c>
       <c r="D307" s="14" t="n">
-        <v>5522.0</v>
+        <v>5263.0</v>
       </c>
       <c r="E307" s="14" t="n">
-        <v>4236.0</v>
+        <v>2707.0</v>
       </c>
       <c r="F307" s="14" t="n">
-        <v>1097.0</v>
+        <v>2059.0</v>
       </c>
       <c r="G307" s="14" t="n">
-        <v>417.0</v>
+        <v>486.0</v>
       </c>
       <c r="H307" s="14" t="n">
-        <v>323.0</v>
+        <v>441.0</v>
       </c>
       <c r="I307" s="14" t="n">
-        <v>162.0</v>
+        <v>377.0</v>
       </c>
       <c r="J307" s="14" t="n">
-        <v>393.0</v>
+        <v>318.0</v>
       </c>
       <c r="K307" s="14" t="n">
-        <v>1315.0</v>
+        <v>1468.0</v>
       </c>
       <c r="L307" s="14" t="n">
-        <v>4173.0</v>
+        <v>4705.0</v>
       </c>
       <c r="M307" s="14" t="n">
-        <v>7225.0</v>
+        <v>6712.0</v>
       </c>
       <c r="N307" s="14" t="n">
-        <v>6132.0</v>
+        <v>6219.0</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    France</t>
         </is>
       </c>
       <c r="B308" s="14" t="n">
-        <v>571628.0</v>
+        <v>608597.0</v>
       </c>
       <c r="C308" s="14" t="n">
-        <v>41444.0</v>
+        <v>44506.0</v>
       </c>
       <c r="D308" s="14" t="n">
-        <v>61354.0</v>
+        <v>50152.0</v>
       </c>
       <c r="E308" s="14" t="n">
-        <v>48141.0</v>
+        <v>42480.0</v>
       </c>
       <c r="F308" s="14" t="n">
-        <v>31402.0</v>
+        <v>40779.0</v>
       </c>
       <c r="G308" s="14" t="n">
-        <v>35258.0</v>
+        <v>43295.0</v>
       </c>
       <c r="H308" s="14" t="n">
-        <v>27144.0</v>
+        <v>35008.0</v>
       </c>
       <c r="I308" s="14" t="n">
-        <v>64744.0</v>
+        <v>70040.0</v>
       </c>
       <c r="J308" s="14" t="n">
-        <v>80272.0</v>
+        <v>88215.0</v>
       </c>
       <c r="K308" s="14" t="n">
-        <v>54337.0</v>
+        <v>64890.0</v>
       </c>
       <c r="L308" s="14" t="n">
-        <v>56826.0</v>
+        <v>68532.0</v>
       </c>
       <c r="M308" s="14" t="n">
-        <v>39010.0</v>
+        <v>31077.0</v>
       </c>
       <c r="N308" s="14" t="n">
-        <v>31697.0</v>
+        <v>29625.0</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Greece</t>
         </is>
       </c>
       <c r="B309" s="14" t="n">
-        <v>3434.0</v>
-[...7 lines deleted...]
-        <v>102.0</v>
+        <v>353.0</v>
+      </c>
+      <c r="C309" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="D309" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="E309" s="14" t="n">
-        <v>570.0</v>
+        <v>107.0</v>
       </c>
       <c r="F309" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="G309" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="H309" s="14" t="n">
-        <v>0.0</v>
+      <c r="H309" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="I309" s="14" t="n">
-        <v>379.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>0.0</v>
+      </c>
+      <c r="J309" s="14" t="n">
+        <v>128.0</v>
       </c>
       <c r="K309" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="L309" s="14" t="n">
-        <v>2228.0</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>57.0</v>
+      </c>
+      <c r="M309" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="N309" s="14" t="n">
-        <v>90.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Ireland</t>
         </is>
       </c>
       <c r="B310" s="14" t="n">
-        <v>89494.0</v>
+        <v>111160.0</v>
       </c>
       <c r="C310" s="14" t="n">
-        <v>6013.0</v>
+        <v>5980.0</v>
       </c>
       <c r="D310" s="14" t="n">
-        <v>5314.0</v>
+        <v>6749.0</v>
       </c>
       <c r="E310" s="14" t="n">
-        <v>5958.0</v>
+        <v>6468.0</v>
       </c>
       <c r="F310" s="14" t="n">
-        <v>7648.0</v>
+        <v>10560.0</v>
       </c>
       <c r="G310" s="14" t="n">
-        <v>9999.0</v>
+        <v>11237.0</v>
       </c>
       <c r="H310" s="14" t="n">
-        <v>9142.0</v>
+        <v>13942.0</v>
       </c>
       <c r="I310" s="14" t="n">
-        <v>10349.0</v>
+        <v>13450.0</v>
       </c>
       <c r="J310" s="14" t="n">
-        <v>6527.0</v>
+        <v>7544.0</v>
       </c>
       <c r="K310" s="14" t="n">
-        <v>7106.0</v>
+        <v>11039.0</v>
       </c>
       <c r="L310" s="14" t="n">
-        <v>8803.0</v>
+        <v>10576.0</v>
       </c>
       <c r="M310" s="14" t="n">
-        <v>6690.0</v>
+        <v>7247.0</v>
       </c>
       <c r="N310" s="14" t="n">
-        <v>5944.0</v>
+        <v>6367.0</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Italy</t>
         </is>
       </c>
       <c r="B311" s="14" t="n">
-        <v>45630.0</v>
+        <v>53348.0</v>
       </c>
       <c r="C311" s="14" t="n">
-        <v>2983.0</v>
+        <v>3223.0</v>
       </c>
       <c r="D311" s="14" t="n">
-        <v>2391.0</v>
+        <v>2479.0</v>
       </c>
       <c r="E311" s="14" t="n">
-        <v>2278.0</v>
+        <v>3507.0</v>
       </c>
       <c r="F311" s="14" t="n">
-        <v>2360.0</v>
+        <v>2630.0</v>
       </c>
       <c r="G311" s="14" t="n">
-        <v>2672.0</v>
+        <v>2806.0</v>
       </c>
       <c r="H311" s="14" t="n">
-        <v>3526.0</v>
+        <v>4391.0</v>
       </c>
       <c r="I311" s="14" t="n">
-        <v>5872.0</v>
+        <v>7327.0</v>
       </c>
       <c r="J311" s="14" t="n">
-        <v>13804.0</v>
+        <v>15362.0</v>
       </c>
       <c r="K311" s="14" t="n">
-        <v>2933.0</v>
+        <v>3554.0</v>
       </c>
       <c r="L311" s="14" t="n">
-        <v>2717.0</v>
+        <v>2810.0</v>
       </c>
       <c r="M311" s="14" t="n">
-        <v>1773.0</v>
+        <v>2356.0</v>
       </c>
       <c r="N311" s="14" t="n">
-        <v>2321.0</v>
+        <v>2904.0</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Luxembourg</t>
         </is>
       </c>
       <c r="B312" s="14" t="n">
-        <v>15878.0</v>
+        <v>16073.0</v>
       </c>
       <c r="C312" s="14" t="n">
-        <v>2089.0</v>
+        <v>2496.0</v>
       </c>
       <c r="D312" s="14" t="n">
-        <v>2234.0</v>
+        <v>2316.0</v>
       </c>
       <c r="E312" s="14" t="n">
-        <v>1553.0</v>
+        <v>1465.0</v>
       </c>
       <c r="F312" s="14" t="n">
-        <v>1092.0</v>
+        <v>944.0</v>
       </c>
       <c r="G312" s="14" t="n">
-        <v>1264.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>642.0</v>
+      </c>
+      <c r="H312" s="14" t="n">
+        <v>609.0</v>
       </c>
       <c r="I312" s="14" t="n">
-        <v>434.0</v>
+        <v>418.0</v>
       </c>
       <c r="J312" s="14" t="n">
-        <v>502.0</v>
+        <v>617.0</v>
       </c>
       <c r="K312" s="14" t="n">
-        <v>860.0</v>
+        <v>907.0</v>
       </c>
       <c r="L312" s="14" t="n">
-        <v>1331.0</v>
+        <v>1244.0</v>
       </c>
       <c r="M312" s="14" t="n">
-        <v>2194.0</v>
+        <v>2494.0</v>
       </c>
       <c r="N312" s="14" t="n">
-        <v>2145.0</v>
+        <v>1921.0</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Netherlands</t>
         </is>
       </c>
       <c r="B313" s="14" t="n">
-        <v>822477.0</v>
+        <v>925664.0</v>
       </c>
       <c r="C313" s="14" t="n">
-        <v>97699.0</v>
+        <v>102500.0</v>
       </c>
       <c r="D313" s="14" t="n">
-        <v>97062.0</v>
+        <v>105702.0</v>
       </c>
       <c r="E313" s="14" t="n">
-        <v>87109.0</v>
+        <v>90620.0</v>
       </c>
       <c r="F313" s="14" t="n">
-        <v>56062.0</v>
+        <v>72483.0</v>
       </c>
       <c r="G313" s="14" t="n">
-        <v>64934.0</v>
+        <v>77997.0</v>
       </c>
       <c r="H313" s="14" t="n">
-        <v>39161.0</v>
+        <v>49406.0</v>
       </c>
       <c r="I313" s="14" t="n">
-        <v>27710.0</v>
+        <v>38825.0</v>
       </c>
       <c r="J313" s="14" t="n">
-        <v>34730.0</v>
+        <v>34461.0</v>
       </c>
       <c r="K313" s="14" t="n">
-        <v>59718.0</v>
+        <v>70691.0</v>
       </c>
       <c r="L313" s="14" t="n">
-        <v>85080.0</v>
+        <v>101482.0</v>
       </c>
       <c r="M313" s="14" t="n">
-        <v>85665.0</v>
+        <v>88818.0</v>
       </c>
       <c r="N313" s="14" t="n">
-        <v>87545.0</v>
+        <v>92679.0</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Poland</t>
         </is>
       </c>
       <c r="B314" s="14" t="n">
-        <v>16796.0</v>
+        <v>20371.0</v>
       </c>
       <c r="C314" s="14" t="n">
-        <v>1676.0</v>
+        <v>1336.0</v>
       </c>
       <c r="D314" s="14" t="n">
-        <v>737.0</v>
+        <v>1417.0</v>
       </c>
       <c r="E314" s="14" t="n">
-        <v>791.0</v>
+        <v>1607.0</v>
       </c>
       <c r="F314" s="14" t="n">
-        <v>1134.0</v>
+        <v>1813.0</v>
       </c>
       <c r="G314" s="14" t="n">
-        <v>1803.0</v>
+        <v>1980.0</v>
       </c>
       <c r="H314" s="14" t="n">
-        <v>750.0</v>
+        <v>2136.0</v>
       </c>
       <c r="I314" s="14" t="n">
-        <v>1752.0</v>
+        <v>2435.0</v>
       </c>
       <c r="J314" s="14" t="n">
-        <v>1121.0</v>
+        <v>1689.0</v>
       </c>
       <c r="K314" s="14" t="n">
-        <v>1409.0</v>
+        <v>1587.0</v>
       </c>
       <c r="L314" s="14" t="n">
-        <v>2211.0</v>
+        <v>1656.0</v>
       </c>
       <c r="M314" s="14" t="n">
-        <v>1812.0</v>
+        <v>1375.0</v>
       </c>
       <c r="N314" s="14" t="n">
-        <v>1599.0</v>
+        <v>1340.0</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Portugal</t>
         </is>
       </c>
       <c r="B315" s="14" t="n">
-        <v>23111.0</v>
+        <v>25307.0</v>
       </c>
       <c r="C315" s="14" t="n">
-        <v>201.0</v>
-[...2 lines deleted...]
-        <v>141.0</v>
+        <v>289.0</v>
+      </c>
+      <c r="D315" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="E315" s="14" t="n">
-        <v>120.0</v>
+        <v>1404.0</v>
       </c>
       <c r="F315" s="14" t="n">
-        <v>529.0</v>
-[...5 lines deleted...]
-        <v>1796.0</v>
+        <v>270.0</v>
+      </c>
+      <c r="G315" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
+      </c>
+      <c r="H315" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="I315" s="14" t="n">
-        <v>4306.0</v>
+        <v>5195.0</v>
       </c>
       <c r="J315" s="14" t="n">
-        <v>8987.0</v>
+        <v>10726.0</v>
       </c>
       <c r="K315" s="14" t="n">
-        <v>4498.0</v>
+        <v>3789.0</v>
       </c>
       <c r="L315" s="14" t="n">
-        <v>1048.0</v>
-[...7 lines deleted...]
-        </is>
+        <v>344.0</v>
+      </c>
+      <c r="M315" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
+      </c>
+      <c r="N315" s="14" t="n">
+        <v>160.0</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Czech Republic</t>
         </is>
       </c>
       <c r="B316" s="14" t="n">
-        <v>9264.0</v>
+        <v>5558.0</v>
       </c>
       <c r="C316" s="14" t="n">
-        <v>407.0</v>
+        <v>217.0</v>
       </c>
       <c r="D316" s="14" t="n">
-        <v>3377.0</v>
+        <v>239.0</v>
       </c>
       <c r="E316" s="14" t="n">
-        <v>99.0</v>
+        <v>434.0</v>
       </c>
       <c r="F316" s="14" t="n">
-        <v>456.0</v>
+        <v>324.0</v>
       </c>
       <c r="G316" s="14" t="n">
-        <v>474.0</v>
+        <v>501.0</v>
       </c>
       <c r="H316" s="14" t="n">
-        <v>462.0</v>
+        <v>497.0</v>
       </c>
       <c r="I316" s="14" t="n">
-        <v>1364.0</v>
+        <v>689.0</v>
       </c>
       <c r="J316" s="14" t="n">
-        <v>648.0</v>
+        <v>224.0</v>
       </c>
       <c r="K316" s="14" t="n">
-        <v>821.0</v>
+        <v>574.0</v>
       </c>
       <c r="L316" s="14" t="n">
-        <v>674.0</v>
+        <v>531.0</v>
       </c>
       <c r="M316" s="14" t="n">
-        <v>222.0</v>
+        <v>434.0</v>
       </c>
       <c r="N316" s="14" t="n">
-        <v>259.0</v>
+        <v>892.0</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Sweden</t>
         </is>
       </c>
       <c r="B317" s="14" t="n">
-        <v>114389.0</v>
+        <v>115873.0</v>
       </c>
       <c r="C317" s="14" t="n">
-        <v>15477.0</v>
+        <v>15435.0</v>
       </c>
       <c r="D317" s="14" t="n">
-        <v>14024.0</v>
+        <v>15114.0</v>
       </c>
       <c r="E317" s="14" t="n">
-        <v>13199.0</v>
+        <v>11039.0</v>
       </c>
       <c r="F317" s="14" t="n">
-        <v>5627.0</v>
+        <v>7426.0</v>
       </c>
       <c r="G317" s="14" t="n">
-        <v>3251.0</v>
+        <v>2534.0</v>
       </c>
       <c r="H317" s="14" t="n">
-        <v>2354.0</v>
+        <v>2618.0</v>
       </c>
       <c r="I317" s="14" t="n">
-        <v>2392.0</v>
+        <v>3129.0</v>
       </c>
       <c r="J317" s="14" t="n">
-        <v>2510.0</v>
+        <v>2332.0</v>
       </c>
       <c r="K317" s="14" t="n">
-        <v>6883.0</v>
+        <v>7474.0</v>
       </c>
       <c r="L317" s="14" t="n">
-        <v>16956.0</v>
+        <v>18003.0</v>
       </c>
       <c r="M317" s="14" t="n">
-        <v>17014.0</v>
+        <v>16204.0</v>
       </c>
       <c r="N317" s="14" t="n">
-        <v>14701.0</v>
+        <v>14564.0</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of EU</t>
         </is>
       </c>
       <c r="B318" s="14" t="n">
-        <v>26868.0</v>
+        <v>36229.0</v>
       </c>
       <c r="C318" s="14" t="n">
-        <v>1175.0</v>
+        <v>3297.0</v>
       </c>
       <c r="D318" s="14" t="n">
-        <v>1248.0</v>
+        <v>2599.0</v>
       </c>
       <c r="E318" s="14" t="n">
-        <v>1992.0</v>
+        <v>3081.0</v>
       </c>
       <c r="F318" s="14" t="n">
-        <v>2233.0</v>
+        <v>3048.0</v>
       </c>
       <c r="G318" s="14" t="n">
-        <v>2452.0</v>
+        <v>4310.0</v>
       </c>
       <c r="H318" s="14" t="n">
-        <v>1914.0</v>
+        <v>4866.0</v>
       </c>
       <c r="I318" s="14" t="n">
-        <v>2279.0</v>
+        <v>2294.0</v>
       </c>
       <c r="J318" s="14" t="n">
-        <v>4250.0</v>
+        <v>3490.0</v>
       </c>
       <c r="K318" s="14" t="n">
-        <v>1971.0</v>
+        <v>2171.0</v>
       </c>
       <c r="L318" s="14" t="n">
-        <v>3896.0</v>
+        <v>4050.0</v>
       </c>
       <c r="M318" s="14" t="n">
-        <v>1144.0</v>
+        <v>1899.0</v>
       </c>
       <c r="N318" s="14" t="n">
-        <v>2314.0</v>
+        <v>1123.0</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Norway</t>
         </is>
       </c>
       <c r="B319" s="14" t="n">
-        <v>74036.0</v>
+        <v>81389.0</v>
       </c>
       <c r="C319" s="14" t="n">
-        <v>9697.0</v>
+        <v>11193.0</v>
       </c>
       <c r="D319" s="14" t="n">
-        <v>9002.0</v>
+        <v>11156.0</v>
       </c>
       <c r="E319" s="14" t="n">
-        <v>8983.0</v>
+        <v>8315.0</v>
       </c>
       <c r="F319" s="14" t="n">
-        <v>4759.0</v>
+        <v>4609.0</v>
       </c>
       <c r="G319" s="14" t="n">
-        <v>3116.0</v>
+        <v>2018.0</v>
       </c>
       <c r="H319" s="14" t="n">
-        <v>2681.0</v>
+        <v>2623.0</v>
       </c>
       <c r="I319" s="14" t="n">
-        <v>2462.0</v>
+        <v>2632.0</v>
       </c>
       <c r="J319" s="14" t="n">
-        <v>2572.0</v>
+        <v>2331.0</v>
       </c>
       <c r="K319" s="14" t="n">
-        <v>4328.0</v>
+        <v>4864.0</v>
       </c>
       <c r="L319" s="14" t="n">
-        <v>9433.0</v>
+        <v>10699.0</v>
       </c>
       <c r="M319" s="14" t="n">
-        <v>7857.0</v>
+        <v>11547.0</v>
       </c>
       <c r="N319" s="14" t="n">
-        <v>9147.0</v>
+        <v>9401.0</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    United Kingdom</t>
         </is>
       </c>
       <c r="B320" s="14" t="n">
-        <v>2071891.0</v>
+        <v>2073791.0</v>
       </c>
       <c r="C320" s="14" t="n">
-        <v>158073.0</v>
+        <v>148381.0</v>
       </c>
       <c r="D320" s="14" t="n">
-        <v>143959.0</v>
+        <v>156914.0</v>
       </c>
       <c r="E320" s="14" t="n">
-        <v>146393.0</v>
+        <v>161054.0</v>
       </c>
       <c r="F320" s="14" t="n">
-        <v>189747.0</v>
+        <v>210455.0</v>
       </c>
       <c r="G320" s="14" t="n">
-        <v>208432.0</v>
+        <v>207060.0</v>
       </c>
       <c r="H320" s="14" t="n">
-        <v>183812.0</v>
+        <v>181298.0</v>
       </c>
       <c r="I320" s="14" t="n">
-        <v>170230.0</v>
+        <v>161071.0</v>
       </c>
       <c r="J320" s="14" t="n">
-        <v>183169.0</v>
+        <v>167321.0</v>
       </c>
       <c r="K320" s="14" t="n">
-        <v>177498.0</v>
+        <v>174065.0</v>
       </c>
       <c r="L320" s="14" t="n">
-        <v>231422.0</v>
+        <v>233191.0</v>
       </c>
       <c r="M320" s="14" t="n">
-        <v>141032.0</v>
+        <v>133099.0</v>
       </c>
       <c r="N320" s="14" t="n">
-        <v>138124.0</v>
+        <v>139882.0</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Switzerland</t>
         </is>
       </c>
       <c r="B321" s="14" t="n">
-        <v>122782.0</v>
+        <v>123071.0</v>
       </c>
       <c r="C321" s="14" t="n">
-        <v>14234.0</v>
+        <v>14302.0</v>
       </c>
       <c r="D321" s="14" t="n">
-        <v>13793.0</v>
+        <v>13500.0</v>
       </c>
       <c r="E321" s="14" t="n">
-        <v>12163.0</v>
+        <v>10827.0</v>
       </c>
       <c r="F321" s="14" t="n">
-        <v>9210.0</v>
+        <v>10200.0</v>
       </c>
       <c r="G321" s="14" t="n">
-        <v>9705.0</v>
+        <v>8720.0</v>
       </c>
       <c r="H321" s="14" t="n">
-        <v>4789.0</v>
+        <v>5040.0</v>
       </c>
       <c r="I321" s="14" t="n">
-        <v>6429.0</v>
+        <v>6394.0</v>
       </c>
       <c r="J321" s="14" t="n">
-        <v>3072.0</v>
+        <v>2806.0</v>
       </c>
       <c r="K321" s="14" t="n">
-        <v>11329.0</v>
+        <v>11922.0</v>
       </c>
       <c r="L321" s="14" t="n">
-        <v>14288.0</v>
+        <v>15775.0</v>
       </c>
       <c r="M321" s="14" t="n">
-        <v>12362.0</v>
+        <v>11587.0</v>
       </c>
       <c r="N321" s="14" t="n">
-        <v>11410.0</v>
+        <v>11999.0</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of Europe</t>
         </is>
       </c>
       <c r="B322" s="14" t="n">
-        <v>15013.0</v>
+        <v>16690.0</v>
       </c>
       <c r="C322" s="14" t="n">
-        <v>609.0</v>
+        <v>857.0</v>
       </c>
       <c r="D322" s="14" t="n">
-        <v>490.0</v>
+        <v>1341.0</v>
       </c>
       <c r="E322" s="14" t="n">
-        <v>540.0</v>
+        <v>479.0</v>
       </c>
       <c r="F322" s="14" t="n">
-        <v>909.0</v>
+        <v>881.0</v>
       </c>
       <c r="G322" s="14" t="n">
-        <v>1408.0</v>
+        <v>1177.0</v>
       </c>
       <c r="H322" s="14" t="n">
-        <v>609.0</v>
+        <v>1906.0</v>
       </c>
       <c r="I322" s="14" t="n">
-        <v>942.0</v>
+        <v>1558.0</v>
       </c>
       <c r="J322" s="14" t="n">
-        <v>2260.0</v>
+        <v>2158.0</v>
       </c>
       <c r="K322" s="14" t="n">
-        <v>861.0</v>
+        <v>1570.0</v>
       </c>
       <c r="L322" s="14" t="n">
-        <v>678.0</v>
+        <v>2341.0</v>
       </c>
       <c r="M322" s="14" t="n">
-        <v>2766.0</v>
+        <v>652.0</v>
       </c>
       <c r="N322" s="14" t="n">
-        <v>2940.0</v>
+        <v>1769.0</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    United States</t>
         </is>
       </c>
       <c r="B323" s="14" t="n">
-        <v>3672.0</v>
+        <v>3433.0</v>
       </c>
       <c r="C323" s="14" t="n">
-        <v>309.0</v>
+        <v>692.0</v>
       </c>
       <c r="D323" s="14" t="n">
-        <v>230.0</v>
+        <v>226.0</v>
       </c>
       <c r="E323" s="14" t="n">
-        <v>402.0</v>
+        <v>250.0</v>
       </c>
       <c r="F323" s="14" t="n">
-        <v>474.0</v>
+        <v>397.0</v>
       </c>
       <c r="G323" s="14" t="n">
-        <v>317.0</v>
+        <v>144.0</v>
       </c>
       <c r="H323" s="14" t="n">
-        <v>415.0</v>
+        <v>167.0</v>
       </c>
       <c r="I323" s="14" t="n">
-        <v>349.0</v>
+        <v>282.0</v>
       </c>
       <c r="J323" s="14" t="n">
-        <v>263.0</v>
+        <v>128.0</v>
       </c>
       <c r="K323" s="14" t="n">
-        <v>106.0</v>
+        <v>421.0</v>
       </c>
       <c r="L323" s="14" t="n">
-        <v>327.0</v>
+        <v>226.0</v>
       </c>
       <c r="M323" s="14" t="n">
-        <v>270.0</v>
+        <v>149.0</v>
       </c>
       <c r="N323" s="14" t="n">
-        <v>209.0</v>
+        <v>352.0</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of America</t>
         </is>
       </c>
       <c r="B324" s="14" t="n">
-        <v>11039.0</v>
+        <v>13219.0</v>
       </c>
       <c r="C324" s="14" t="n">
-        <v>399.0</v>
+        <v>835.0</v>
       </c>
       <c r="D324" s="14" t="n">
-        <v>226.0</v>
+        <v>679.0</v>
       </c>
       <c r="E324" s="14" t="n">
-        <v>448.0</v>
+        <v>766.0</v>
       </c>
       <c r="F324" s="14" t="n">
-        <v>962.0</v>
+        <v>1285.0</v>
       </c>
       <c r="G324" s="14" t="n">
-        <v>1083.0</v>
+        <v>1024.0</v>
       </c>
       <c r="H324" s="14" t="n">
-        <v>612.0</v>
+        <v>1597.0</v>
       </c>
       <c r="I324" s="14" t="n">
-        <v>1183.0</v>
+        <v>1747.0</v>
       </c>
       <c r="J324" s="14" t="n">
-        <v>2172.0</v>
+        <v>1396.0</v>
       </c>
       <c r="K324" s="14" t="n">
-        <v>1143.0</v>
+        <v>1457.0</v>
       </c>
       <c r="L324" s="14" t="n">
-        <v>1192.0</v>
+        <v>1157.0</v>
       </c>
       <c r="M324" s="14" t="n">
-        <v>742.0</v>
+        <v>600.0</v>
       </c>
       <c r="N324" s="14" t="n">
-        <v>876.0</v>
+        <v>677.0</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    African Countries</t>
         </is>
       </c>
       <c r="B325" s="14" t="n">
-        <v>5555.0</v>
+        <v>3400.0</v>
       </c>
       <c r="C325" s="14" t="n">
-        <v>92.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>73.0</v>
+      </c>
+      <c r="D325" s="14" t="n">
+        <v>65.0</v>
       </c>
       <c r="E325" s="14" t="n">
-        <v>424.0</v>
+        <v>29.0</v>
       </c>
       <c r="F325" s="14" t="n">
-        <v>123.0</v>
-[...2 lines deleted...]
-        <v>115.0</v>
+        <v>301.0</v>
+      </c>
+      <c r="G325" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="H325" s="14" t="n">
-        <v>262.0</v>
+        <v>352.0</v>
       </c>
       <c r="I325" s="14" t="n">
-        <v>318.0</v>
+        <v>524.0</v>
       </c>
       <c r="J325" s="14" t="n">
-        <v>1089.0</v>
+        <v>979.0</v>
       </c>
       <c r="K325" s="14" t="n">
-        <v>268.0</v>
+        <v>214.0</v>
       </c>
       <c r="L325" s="14" t="n">
-        <v>103.0</v>
-[...2 lines deleted...]
-        <v>1333.0</v>
+        <v>82.0</v>
+      </c>
+      <c r="M325" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="N325" s="14" t="n">
-        <v>1395.0</v>
+        <v>348.0</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of the world</t>
         </is>
       </c>
       <c r="B326" s="14" t="n">
-        <v>33904.0</v>
+        <v>43610.0</v>
       </c>
       <c r="C326" s="14" t="n">
-        <v>1111.0</v>
+        <v>1203.0</v>
       </c>
       <c r="D326" s="14" t="n">
-        <v>1225.0</v>
+        <v>1663.0</v>
       </c>
       <c r="E326" s="14" t="n">
-        <v>2077.0</v>
+        <v>4498.0</v>
       </c>
       <c r="F326" s="14" t="n">
-        <v>3536.0</v>
+        <v>2204.0</v>
       </c>
       <c r="G326" s="14" t="n">
-        <v>2098.0</v>
+        <v>3765.0</v>
       </c>
       <c r="H326" s="14" t="n">
-        <v>4317.0</v>
+        <v>7856.0</v>
       </c>
       <c r="I326" s="14" t="n">
-        <v>5039.0</v>
+        <v>4709.0</v>
       </c>
       <c r="J326" s="14" t="n">
-        <v>6199.0</v>
+        <v>6070.0</v>
       </c>
       <c r="K326" s="14" t="n">
-        <v>2710.0</v>
+        <v>4858.0</v>
       </c>
       <c r="L326" s="14" t="n">
-        <v>2198.0</v>
+        <v>2285.0</v>
       </c>
       <c r="M326" s="14" t="n">
-        <v>2222.0</v>
+        <v>2039.0</v>
       </c>
       <c r="N326" s="14" t="n">
-        <v>1172.0</v>
+        <v>2461.0</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" s="6" t="inlineStr">
         <is>
           <t>Extremadura</t>
         </is>
       </c>
       <c r="B327" s="6"/>
       <c r="C327" s="6"/>
       <c r="D327" s="6"/>
       <c r="E327" s="6"/>
       <c r="F327" s="6"/>
       <c r="G327" s="6"/>
       <c r="H327" s="6"/>
       <c r="I327" s="6"/>
       <c r="J327" s="6"/>
       <c r="K327" s="6"/>
       <c r="L327" s="6"/>
       <c r="M327" s="6"/>
       <c r="N327" s="6"/>
     </row>
     <row r="328">
       <c r="A328" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B328" s="14" t="n">
-        <v>268455.0</v>
+        <v>327153.0</v>
       </c>
       <c r="C328" s="14" t="n">
-        <v>3736.0</v>
+        <v>3687.0</v>
       </c>
       <c r="D328" s="14" t="n">
-        <v>5693.0</v>
+        <v>5604.0</v>
       </c>
       <c r="E328" s="14" t="n">
-        <v>8985.0</v>
+        <v>18800.0</v>
       </c>
       <c r="F328" s="14" t="n">
-        <v>34218.0</v>
+        <v>26739.0</v>
       </c>
       <c r="G328" s="14" t="n">
-        <v>21532.0</v>
+        <v>35422.0</v>
       </c>
       <c r="H328" s="14" t="n">
-        <v>25123.0</v>
+        <v>35202.0</v>
       </c>
       <c r="I328" s="14" t="n">
-        <v>53178.0</v>
+        <v>58765.0</v>
       </c>
       <c r="J328" s="14" t="n">
-        <v>73755.0</v>
+        <v>86360.0</v>
       </c>
       <c r="K328" s="14" t="n">
-        <v>21631.0</v>
+        <v>31867.0</v>
       </c>
       <c r="L328" s="14" t="n">
-        <v>10134.0</v>
+        <v>9941.0</v>
       </c>
       <c r="M328" s="14" t="n">
-        <v>5053.0</v>
+        <v>7808.0</v>
       </c>
       <c r="N328" s="14" t="n">
-        <v>5417.0</v>
+        <v>6959.0</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Spaniards</t>
         </is>
       </c>
       <c r="B329" s="14" t="n">
-        <v>214037.0</v>
+        <v>261632.0</v>
       </c>
       <c r="C329" s="14" t="n">
-        <v>2599.0</v>
+        <v>1986.0</v>
       </c>
       <c r="D329" s="14" t="n">
-        <v>3733.0</v>
+        <v>3697.0</v>
       </c>
       <c r="E329" s="14" t="n">
-        <v>6500.0</v>
+        <v>13189.0</v>
       </c>
       <c r="F329" s="14" t="n">
-        <v>25776.0</v>
+        <v>18954.0</v>
       </c>
       <c r="G329" s="14" t="n">
-        <v>11784.0</v>
+        <v>21382.0</v>
       </c>
       <c r="H329" s="14" t="n">
-        <v>17574.0</v>
+        <v>26156.0</v>
       </c>
       <c r="I329" s="14" t="n">
-        <v>47434.0</v>
+        <v>54683.0</v>
       </c>
       <c r="J329" s="14" t="n">
-        <v>69672.0</v>
+        <v>82474.0</v>
       </c>
       <c r="K329" s="14" t="n">
-        <v>15890.0</v>
+        <v>24415.0</v>
       </c>
       <c r="L329" s="14" t="n">
-        <v>6085.0</v>
+        <v>4451.0</v>
       </c>
       <c r="M329" s="14" t="n">
-        <v>3416.0</v>
+        <v>4991.0</v>
       </c>
       <c r="N329" s="14" t="n">
-        <v>3574.0</v>
+        <v>5253.0</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Foreigners</t>
         </is>
       </c>
       <c r="B330" s="14" t="n">
-        <v>54418.0</v>
+        <v>65522.0</v>
       </c>
       <c r="C330" s="14" t="n">
-        <v>1137.0</v>
+        <v>1701.0</v>
       </c>
       <c r="D330" s="14" t="n">
-        <v>1960.0</v>
+        <v>1907.0</v>
       </c>
       <c r="E330" s="14" t="n">
-        <v>2485.0</v>
+        <v>5612.0</v>
       </c>
       <c r="F330" s="14" t="n">
-        <v>8442.0</v>
+        <v>7785.0</v>
       </c>
       <c r="G330" s="14" t="n">
-        <v>9748.0</v>
+        <v>14040.0</v>
       </c>
       <c r="H330" s="14" t="n">
-        <v>7549.0</v>
+        <v>9046.0</v>
       </c>
       <c r="I330" s="14" t="n">
-        <v>5744.0</v>
+        <v>4082.0</v>
       </c>
       <c r="J330" s="14" t="n">
-        <v>4083.0</v>
+        <v>3885.0</v>
       </c>
       <c r="K330" s="14" t="n">
-        <v>5741.0</v>
+        <v>7452.0</v>
       </c>
       <c r="L330" s="14" t="n">
-        <v>4049.0</v>
+        <v>5490.0</v>
       </c>
       <c r="M330" s="14" t="n">
-        <v>1637.0</v>
+        <v>2816.0</v>
       </c>
       <c r="N330" s="14" t="n">
-        <v>1843.0</v>
+        <v>1706.0</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    European Union 27 (without Spain)</t>
         </is>
       </c>
       <c r="B331" s="14" t="n">
-        <v>40454.0</v>
+        <v>47707.0</v>
       </c>
       <c r="C331" s="14" t="n">
-        <v>610.0</v>
+        <v>1073.0</v>
       </c>
       <c r="D331" s="14" t="n">
-        <v>1079.0</v>
+        <v>1195.0</v>
       </c>
       <c r="E331" s="14" t="n">
-        <v>1769.0</v>
+        <v>3832.0</v>
       </c>
       <c r="F331" s="14" t="n">
-        <v>6367.0</v>
+        <v>6152.0</v>
       </c>
       <c r="G331" s="14" t="n">
-        <v>8101.0</v>
+        <v>10974.0</v>
       </c>
       <c r="H331" s="14" t="n">
-        <v>5597.0</v>
+        <v>6924.0</v>
       </c>
       <c r="I331" s="14" t="n">
-        <v>4294.0</v>
+        <v>3317.0</v>
       </c>
       <c r="J331" s="14" t="n">
-        <v>3368.0</v>
+        <v>2754.0</v>
       </c>
       <c r="K331" s="14" t="n">
-        <v>4487.0</v>
+        <v>5348.0</v>
       </c>
       <c r="L331" s="14" t="n">
-        <v>2826.0</v>
+        <v>3119.0</v>
       </c>
       <c r="M331" s="14" t="n">
-        <v>1081.0</v>
+        <v>1941.0</v>
       </c>
       <c r="N331" s="14" t="n">
-        <v>877.0</v>
+        <v>1078.0</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Germany</t>
         </is>
       </c>
       <c r="B332" s="14" t="n">
-        <v>7604.0</v>
+        <v>8716.0</v>
       </c>
       <c r="C332" s="14" t="n">
-        <v>169.0</v>
+        <v>175.0</v>
       </c>
       <c r="D332" s="14" t="n">
-        <v>206.0</v>
+        <v>343.0</v>
       </c>
       <c r="E332" s="14" t="n">
-        <v>380.0</v>
+        <v>1259.0</v>
       </c>
       <c r="F332" s="14" t="n">
-        <v>1601.0</v>
+        <v>1593.0</v>
       </c>
       <c r="G332" s="14" t="n">
-        <v>1511.0</v>
+        <v>1924.0</v>
       </c>
       <c r="H332" s="14" t="n">
-        <v>642.0</v>
+        <v>936.0</v>
       </c>
       <c r="I332" s="14" t="n">
-        <v>349.0</v>
+        <v>230.0</v>
       </c>
       <c r="J332" s="14" t="n">
-        <v>361.0</v>
+        <v>285.0</v>
       </c>
       <c r="K332" s="14" t="n">
-        <v>909.0</v>
+        <v>692.0</v>
       </c>
       <c r="L332" s="14" t="n">
-        <v>814.0</v>
+        <v>557.0</v>
       </c>
       <c r="M332" s="14" t="n">
-        <v>372.0</v>
+        <v>438.0</v>
       </c>
       <c r="N332" s="14" t="n">
-        <v>290.0</v>
+        <v>283.0</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Austria</t>
         </is>
       </c>
       <c r="B333" s="14" t="n">
-        <v>275.0</v>
+        <v>108.0</v>
       </c>
       <c r="C333" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="D333" s="14" t="n">
-        <v>0.0</v>
+      <c r="D333" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="E333" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="F333" s="14" t="n">
-        <v>131.0</v>
+        <v>29.0</v>
       </c>
       <c r="G333" s="14" t="n">
-        <v>56.0</v>
-[...7 lines deleted...]
-        <v>24.0</v>
+        <v>34.0</v>
+      </c>
+      <c r="H333" s="14" t="n">
+        <v>39.0</v>
+      </c>
+      <c r="I333" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="J333" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="K333" s="14" t="n">
-        <v>50.0</v>
+        <v>0.0</v>
       </c>
       <c r="L333" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="M333" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="M333" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="N333" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Belgium</t>
         </is>
       </c>
       <c r="B334" s="14" t="n">
-        <v>3373.0</v>
+        <v>3238.0</v>
       </c>
       <c r="C334" s="14" t="n">
-        <v>25.0</v>
+        <v>63.0</v>
       </c>
       <c r="D334" s="14" t="n">
-        <v>47.0</v>
+        <v>51.0</v>
       </c>
       <c r="E334" s="14" t="n">
-        <v>178.0</v>
+        <v>212.0</v>
       </c>
       <c r="F334" s="14" t="n">
-        <v>703.0</v>
+        <v>486.0</v>
       </c>
       <c r="G334" s="14" t="n">
-        <v>563.0</v>
+        <v>891.0</v>
       </c>
       <c r="H334" s="14" t="n">
-        <v>489.0</v>
+        <v>405.0</v>
       </c>
       <c r="I334" s="14" t="n">
-        <v>485.0</v>
+        <v>198.0</v>
       </c>
       <c r="J334" s="14" t="n">
-        <v>274.0</v>
+        <v>172.0</v>
       </c>
       <c r="K334" s="14" t="n">
-        <v>280.0</v>
+        <v>490.0</v>
       </c>
       <c r="L334" s="14" t="n">
-        <v>225.0</v>
+        <v>86.0</v>
       </c>
       <c r="M334" s="14" t="n">
-        <v>48.0</v>
+        <v>124.0</v>
       </c>
       <c r="N334" s="14" t="n">
-        <v>57.0</v>
+        <v>62.0</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Denmark</t>
         </is>
       </c>
       <c r="B335" s="14" t="n">
-        <v>213.0</v>
+        <v>65.0</v>
       </c>
       <c r="C335" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="D335" s="14" t="n">
-        <v>0.0</v>
+      <c r="D335" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="E335" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="F335" s="14" t="n">
-        <v>72.0</v>
+        <v>0.0</v>
       </c>
       <c r="G335" s="14" t="n">
-        <v>11.0</v>
+        <v>0.0</v>
       </c>
       <c r="H335" s="14" t="n">
-        <v>41.0</v>
+        <v>0.0</v>
       </c>
       <c r="I335" s="14" t="n">
-        <v>38.0</v>
+        <v>52.0</v>
       </c>
       <c r="J335" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="K335" s="14" t="n">
-[...5 lines deleted...]
-        </is>
+      <c r="K335" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="L335" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="M335" s="14" t="n">
-        <v>27.0</v>
+        <v>0.0</v>
       </c>
       <c r="N335" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Finland</t>
         </is>
       </c>
-      <c r="B336" s="14" t="n">
-        <v>65.0</v>
+      <c r="B336" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="C336" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="D336" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="D336" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="E336" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="F336" s="14" t="n">
-        <v>34.0</v>
+      <c r="F336" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="G336" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="H336" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="I336" s="14" t="n">
-        <v>0.0</v>
+      <c r="I336" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="J336" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="K336" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="L336" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="M336" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="N336" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    France</t>
         </is>
       </c>
       <c r="B337" s="14" t="n">
-        <v>6688.0</v>
+        <v>8889.0</v>
       </c>
       <c r="C337" s="14" t="n">
-        <v>191.0</v>
+        <v>371.0</v>
       </c>
       <c r="D337" s="14" t="n">
-        <v>365.0</v>
+        <v>331.0</v>
       </c>
       <c r="E337" s="14" t="n">
-        <v>343.0</v>
+        <v>649.0</v>
       </c>
       <c r="F337" s="14" t="n">
-        <v>1117.0</v>
+        <v>907.0</v>
       </c>
       <c r="G337" s="14" t="n">
-        <v>1005.0</v>
+        <v>1194.0</v>
       </c>
       <c r="H337" s="14" t="n">
-        <v>552.0</v>
+        <v>1195.0</v>
       </c>
       <c r="I337" s="14" t="n">
-        <v>733.0</v>
+        <v>960.0</v>
       </c>
       <c r="J337" s="14" t="n">
-        <v>774.0</v>
+        <v>551.0</v>
       </c>
       <c r="K337" s="14" t="n">
-        <v>901.0</v>
+        <v>1087.0</v>
       </c>
       <c r="L337" s="14" t="n">
-        <v>295.0</v>
+        <v>823.0</v>
       </c>
       <c r="M337" s="14" t="n">
-        <v>164.0</v>
+        <v>527.0</v>
       </c>
       <c r="N337" s="14" t="n">
-        <v>248.0</v>
+        <v>296.0</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Greece</t>
         </is>
       </c>
-      <c r="B338" s="14" t="n">
-        <v>0.0</v>
+      <c r="B338" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="C338" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="D338" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="E338" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="F338" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="G338" s="14" t="n">
-        <v>0.0</v>
+      <c r="G338" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="H338" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="I338" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="J338" s="14" t="n">
-[...3 lines deleted...]
-        <v>0.0</v>
+      <c r="J338" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
+      </c>
+      <c r="K338" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="L338" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="M338" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="N338" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="339">
       <c r="A339" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Ireland</t>
         </is>
       </c>
       <c r="B339" s="14" t="n">
-        <v>1413.0</v>
+        <v>251.0</v>
       </c>
       <c r="C339" s="14" t="n">
-        <v>42.0</v>
-[...5 lines deleted...]
-        <v>165.0</v>
+        <v>0.0</v>
+      </c>
+      <c r="D339" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="E339" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="F339" s="14" t="n">
-        <v>269.0</v>
+        <v>79.0</v>
       </c>
       <c r="G339" s="14" t="n">
-        <v>168.0</v>
+        <v>49.0</v>
       </c>
       <c r="H339" s="14" t="n">
-        <v>168.0</v>
+        <v>39.0</v>
       </c>
       <c r="I339" s="14" t="n">
-        <v>158.0</v>
+        <v>11.0</v>
       </c>
       <c r="J339" s="14" t="n">
-        <v>10.0</v>
+        <v>0.0</v>
       </c>
       <c r="K339" s="14" t="n">
-        <v>194.0</v>
+        <v>20.0</v>
       </c>
       <c r="L339" s="14" t="n">
-        <v>191.0</v>
+        <v>16.0</v>
       </c>
       <c r="M339" s="14" t="n">
-        <v>24.0</v>
+        <v>0.0</v>
       </c>
       <c r="N339" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Italy</t>
         </is>
       </c>
       <c r="B340" s="14" t="n">
-        <v>475.0</v>
+        <v>726.0</v>
       </c>
       <c r="C340" s="14" t="n">
-        <v>0.0</v>
+        <v>31.0</v>
       </c>
       <c r="D340" s="14" t="n">
-        <v>0.0</v>
-[...5 lines deleted...]
-        <v>95.0</v>
+        <v>26.0</v>
+      </c>
+      <c r="E340" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="F340" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="G340" s="14" t="n">
-        <v>24.0</v>
+        <v>148.0</v>
       </c>
       <c r="H340" s="14" t="n">
         <v>28.0</v>
       </c>
       <c r="I340" s="14" t="n">
-        <v>29.0</v>
-[...2 lines deleted...]
-        <v>210.0</v>
+        <v>217.0</v>
+      </c>
+      <c r="J340" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="K340" s="14" t="n">
-        <v>30.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>55.0</v>
+      </c>
+      <c r="L340" s="14" t="n">
+        <v>59.0</v>
       </c>
       <c r="M340" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="N340" s="14" t="n">
-        <v>14.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Luxembourg</t>
         </is>
       </c>
-      <c r="B341" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="B341" s="14" t="n">
+        <v>89.0</v>
       </c>
       <c r="C341" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="D341" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="E341" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="F341" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="G341" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="H341" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="I341" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="J341" s="14" t="n">
-        <v>0.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>89.0</v>
+      </c>
+      <c r="K341" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="L341" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="M341" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="N341" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Netherlands</t>
         </is>
       </c>
       <c r="B342" s="14" t="n">
-        <v>17406.0</v>
+        <v>22248.0</v>
       </c>
       <c r="C342" s="14" t="n">
-        <v>182.0</v>
+        <v>434.0</v>
       </c>
       <c r="D342" s="14" t="n">
-        <v>353.0</v>
+        <v>373.0</v>
       </c>
       <c r="E342" s="14" t="n">
-        <v>649.0</v>
+        <v>1511.0</v>
       </c>
       <c r="F342" s="14" t="n">
-        <v>2217.0</v>
+        <v>2863.0</v>
       </c>
       <c r="G342" s="14" t="n">
-        <v>4496.0</v>
+        <v>6462.0</v>
       </c>
       <c r="H342" s="14" t="n">
-        <v>3446.0</v>
+        <v>4099.0</v>
       </c>
       <c r="I342" s="14" t="n">
-        <v>2270.0</v>
+        <v>960.0</v>
       </c>
       <c r="J342" s="14" t="n">
-        <v>792.0</v>
+        <v>384.0</v>
       </c>
       <c r="K342" s="14" t="n">
-        <v>1277.0</v>
+        <v>2641.0</v>
       </c>
       <c r="L342" s="14" t="n">
-        <v>1107.0</v>
+        <v>1442.0</v>
       </c>
       <c r="M342" s="14" t="n">
-        <v>395.0</v>
+        <v>691.0</v>
       </c>
       <c r="N342" s="14" t="n">
-        <v>221.0</v>
+        <v>388.0</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Poland</t>
         </is>
       </c>
-      <c r="B343" s="14" t="n">
-        <v>0.0</v>
+      <c r="B343" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="C343" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="D343" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="E343" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="F343" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="G343" s="14" t="n">
-        <v>0.0</v>
+      <c r="G343" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="H343" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="I343" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="J343" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="K343" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="L343" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="M343" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="N343" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Portugal</t>
         </is>
       </c>
       <c r="B344" s="14" t="n">
-        <v>2355.0</v>
+        <v>2716.0</v>
       </c>
       <c r="C344" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="D344" s="14" t="n">
-        <v>47.0</v>
+        <v>57.0</v>
       </c>
       <c r="E344" s="14" t="n">
-        <v>0.0</v>
+        <v>80.0</v>
       </c>
       <c r="F344" s="14" t="n">
-        <v>129.0</v>
+        <v>167.0</v>
       </c>
       <c r="G344" s="14" t="n">
-        <v>0.0</v>
+        <v>121.0</v>
       </c>
       <c r="H344" s="14" t="n">
-        <v>132.0</v>
+        <v>134.0</v>
       </c>
       <c r="I344" s="14" t="n">
-        <v>183.0</v>
+        <v>605.0</v>
       </c>
       <c r="J344" s="14" t="n">
-        <v>937.0</v>
+        <v>895.0</v>
       </c>
       <c r="K344" s="14" t="n">
-        <v>771.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>334.0</v>
+      </c>
+      <c r="L344" s="14" t="n">
+        <v>113.0</v>
       </c>
       <c r="M344" s="14" t="n">
-        <v>44.0</v>
+        <v>161.0</v>
       </c>
       <c r="N344" s="14" t="n">
-        <v>46.0</v>
+        <v>49.0</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Czech Republic</t>
         </is>
       </c>
       <c r="B345" s="14" t="n">
-        <v>76.0</v>
+        <v>11.0</v>
       </c>
       <c r="C345" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="D345" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="D345" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="E345" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="F345" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="G345" s="14" t="n">
-        <v>37.0</v>
+        <v>0.0</v>
       </c>
       <c r="H345" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="I345" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="J345" s="14" t="n">
-        <v>10.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>0.0</v>
+      </c>
+      <c r="K345" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="L345" s="14" t="n">
-        <v>0.0</v>
+        <v>11.0</v>
       </c>
       <c r="M345" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="N345" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Sweden</t>
         </is>
       </c>
       <c r="B346" s="14" t="n">
-        <v>142.0</v>
+        <v>127.0</v>
       </c>
       <c r="C346" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="D346" s="14" t="n">
-[...5 lines deleted...]
-        </is>
+      <c r="D346" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
+      </c>
+      <c r="E346" s="14" t="n">
+        <v>79.0</v>
       </c>
       <c r="F346" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="G346" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="H346" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="I346" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="I346" s="14" t="n">
+        <v>26.0</v>
       </c>
       <c r="J346" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="K346" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K346" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="L346" s="14" t="n">
-        <v>85.0</v>
+        <v>11.0</v>
       </c>
       <c r="M346" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="N346" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of EU</t>
         </is>
       </c>
       <c r="B347" s="14" t="n">
-        <v>359.0</v>
+        <v>490.0</v>
       </c>
       <c r="C347" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="D347" s="14" t="n">
-        <v>0.0</v>
+      <c r="D347" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="E347" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="F347" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="G347" s="14" t="n">
-        <v>228.0</v>
-[...2 lines deleted...]
-        <v>82.0</v>
+        <v>130.0</v>
+      </c>
+      <c r="H347" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="I347" s="14" t="n">
-        <v>15.0</v>
+        <v>52.0</v>
       </c>
       <c r="J347" s="14" t="n">
-        <v>0.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>249.0</v>
+      </c>
+      <c r="K347" s="14" t="n">
+        <v>20.0</v>
       </c>
       <c r="L347" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="M347" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="N347" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Norway</t>
         </is>
       </c>
       <c r="B348" s="14" t="n">
-        <v>112.0</v>
+        <v>0.0</v>
       </c>
       <c r="C348" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="D348" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="E348" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="F348" s="14" t="n">
-        <v>34.0</v>
+        <v>0.0</v>
       </c>
       <c r="G348" s="14" t="n">
-        <v>13.0</v>
+        <v>0.0</v>
       </c>
       <c r="H348" s="14" t="n">
-        <v>48.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>0.0</v>
+      </c>
+      <c r="I348" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="J348" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="K348" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="L348" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="L348" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="M348" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="N348" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    United Kingdom</t>
         </is>
       </c>
       <c r="B349" s="14" t="n">
-        <v>10543.0</v>
+        <v>12085.0</v>
       </c>
       <c r="C349" s="14" t="n">
-        <v>411.0</v>
+        <v>601.0</v>
       </c>
       <c r="D349" s="14" t="n">
-        <v>722.0</v>
+        <v>590.0</v>
       </c>
       <c r="E349" s="14" t="n">
-        <v>696.0</v>
+        <v>1233.0</v>
       </c>
       <c r="F349" s="14" t="n">
-        <v>1775.0</v>
+        <v>1266.0</v>
       </c>
       <c r="G349" s="14" t="n">
-        <v>1291.0</v>
+        <v>2053.0</v>
       </c>
       <c r="H349" s="14" t="n">
-        <v>1647.0</v>
+        <v>1360.0</v>
       </c>
       <c r="I349" s="14" t="n">
-        <v>954.0</v>
+        <v>434.0</v>
       </c>
       <c r="J349" s="14" t="n">
-        <v>155.0</v>
+        <v>551.0</v>
       </c>
       <c r="K349" s="14" t="n">
-        <v>952.0</v>
+        <v>1417.0</v>
       </c>
       <c r="L349" s="14" t="n">
-        <v>1025.0</v>
+        <v>1888.0</v>
       </c>
       <c r="M349" s="14" t="n">
-        <v>400.0</v>
+        <v>335.0</v>
       </c>
       <c r="N349" s="14" t="n">
-        <v>517.0</v>
+        <v>357.0</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Switzerland</t>
         </is>
       </c>
       <c r="B350" s="14" t="n">
-        <v>919.0</v>
-[...2 lines deleted...]
-        <v>17.0</v>
+        <v>1811.0</v>
+      </c>
+      <c r="C350" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="D350" s="14" t="n">
-        <v>43.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>57.0</v>
+      </c>
+      <c r="E350" s="14" t="n">
+        <v>151.0</v>
       </c>
       <c r="F350" s="14" t="n">
-        <v>202.0</v>
+        <v>247.0</v>
       </c>
       <c r="G350" s="14" t="n">
-        <v>171.0</v>
+        <v>524.0</v>
       </c>
       <c r="H350" s="14" t="n">
-        <v>163.0</v>
-[...2 lines deleted...]
-        <v>134.0</v>
+        <v>237.0</v>
+      </c>
+      <c r="I350" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="J350" s="14" t="n">
-        <v>10.0</v>
+        <v>65.0</v>
       </c>
       <c r="K350" s="14" t="n">
-        <v>62.0</v>
+        <v>253.0</v>
       </c>
       <c r="L350" s="14" t="n">
-        <v>97.0</v>
+        <v>165.0</v>
       </c>
       <c r="M350" s="14" t="n">
-        <v>14.0</v>
+        <v>58.0</v>
       </c>
       <c r="N350" s="14" t="n">
-        <v>0.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of Europe</t>
         </is>
       </c>
       <c r="B351" s="14" t="n">
-        <v>427.0</v>
-[...12 lines deleted...]
-        </is>
+        <v>166.0</v>
+      </c>
+      <c r="C351" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
+      </c>
+      <c r="D351" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="E351" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="F351" s="14" t="n">
         <v>32.0</v>
       </c>
-      <c r="G351" s="14" t="n">
-        <v>84.0</v>
+      <c r="G351" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="H351" s="14" t="n">
-        <v>48.0</v>
+        <v>69.0</v>
       </c>
       <c r="I351" s="14" t="n">
-        <v>68.0</v>
+        <v>0.0</v>
       </c>
       <c r="J351" s="14" t="n">
-        <v>36.0</v>
+        <v>0.0</v>
       </c>
       <c r="K351" s="14" t="n">
-        <v>44.0</v>
+        <v>60.0</v>
       </c>
       <c r="L351" s="14" t="n">
-        <v>83.0</v>
+        <v>0.0</v>
       </c>
       <c r="M351" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="N351" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="N351" s="14" t="n">
+        <v>0.0</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    United States</t>
         </is>
       </c>
       <c r="B352" s="14" t="n">
-        <v>88.0</v>
-[...2 lines deleted...]
-        <v>25.0</v>
+        <v>103.0</v>
+      </c>
+      <c r="C352" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="D352" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="E352" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="F352" s="14" t="n">
-        <v>0.0</v>
+      <c r="F352" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="G352" s="14" t="n">
-        <v>0.0</v>
+        <v>47.0</v>
       </c>
       <c r="H352" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="I352" s="14" t="n">
-        <v>19.0</v>
+        <v>0.0</v>
       </c>
       <c r="J352" s="14" t="n">
-        <v>44.0</v>
+        <v>30.0</v>
       </c>
       <c r="K352" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="L352" s="14" t="n">
-        <v>0.0</v>
+        <v>16.0</v>
       </c>
       <c r="M352" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="N352" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of America</t>
         </is>
       </c>
       <c r="B353" s="14" t="n">
-        <v>642.0</v>
-[...2 lines deleted...]
-        <v>21.0</v>
+        <v>535.0</v>
+      </c>
+      <c r="C353" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="D353" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="E353" s="14" t="n">
-        <v>0.0</v>
+      <c r="E353" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="F353" s="14" t="n">
-        <v>32.0</v>
+        <v>78.0</v>
       </c>
       <c r="G353" s="14" t="n">
-        <v>47.0</v>
+        <v>0.0</v>
       </c>
       <c r="H353" s="14" t="n">
-        <v>48.0</v>
+        <v>15.0</v>
       </c>
       <c r="I353" s="14" t="n">
-        <v>198.0</v>
+        <v>124.0</v>
       </c>
       <c r="J353" s="14" t="n">
-        <v>245.0</v>
+        <v>286.0</v>
       </c>
       <c r="K353" s="14" t="n">
-        <v>44.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>0.0</v>
+      </c>
+      <c r="L353" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="M353" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="N353" s="14" t="n">
-        <v>0.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    African Countries</t>
         </is>
       </c>
       <c r="B354" s="14" t="n">
-        <v>38.0</v>
+        <v>39.0</v>
       </c>
       <c r="C354" s="14" t="n">
-        <v>23.0</v>
+        <v>0.0</v>
       </c>
       <c r="D354" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="E354" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="F354" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="G354" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="H354" s="14" t="n">
-        <v>0.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>39.0</v>
+      </c>
+      <c r="I354" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="J354" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="K354" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="L354" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="M354" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="N354" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of the world</t>
         </is>
       </c>
       <c r="B355" s="14" t="n">
-        <v>1161.0</v>
-[...2 lines deleted...]
-        <v>30.0</v>
+        <v>3036.0</v>
+      </c>
+      <c r="C355" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="D355" s="14" t="n">
-        <v>109.0</v>
+        <v>66.0</v>
       </c>
       <c r="E355" s="14" t="n">
-        <v>0.0</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>383.0</v>
+      </c>
+      <c r="F355" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="G355" s="14" t="n">
-        <v>40.0</v>
+        <v>435.0</v>
       </c>
       <c r="H355" s="14" t="n">
-        <v>0.0</v>
+        <v>383.0</v>
       </c>
       <c r="I355" s="14" t="n">
-        <v>58.0</v>
+        <v>186.0</v>
       </c>
       <c r="J355" s="14" t="n">
-        <v>225.0</v>
+        <v>179.0</v>
       </c>
       <c r="K355" s="14" t="n">
-        <v>131.0</v>
+        <v>375.0</v>
       </c>
       <c r="L355" s="14" t="n">
-        <v>0.0</v>
+        <v>302.0</v>
       </c>
       <c r="M355" s="14" t="n">
-        <v>130.0</v>
+        <v>482.0</v>
       </c>
       <c r="N355" s="14" t="n">
-        <v>439.0</v>
+        <v>240.0</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" s="6" t="inlineStr">
         <is>
           <t>Galicia</t>
         </is>
       </c>
       <c r="B356" s="6"/>
       <c r="C356" s="6"/>
       <c r="D356" s="6"/>
       <c r="E356" s="6"/>
       <c r="F356" s="6"/>
       <c r="G356" s="6"/>
       <c r="H356" s="6"/>
       <c r="I356" s="6"/>
       <c r="J356" s="6"/>
       <c r="K356" s="6"/>
       <c r="L356" s="6"/>
       <c r="M356" s="6"/>
       <c r="N356" s="6"/>
     </row>
     <row r="357">
       <c r="A357" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B357" s="14" t="n">
-        <v>1257378.0</v>
+        <v>1166764.0</v>
       </c>
       <c r="C357" s="14" t="n">
-        <v>1626.0</v>
+        <v>2254.0</v>
       </c>
       <c r="D357" s="14" t="n">
-        <v>2315.0</v>
+        <v>2499.0</v>
       </c>
       <c r="E357" s="14" t="n">
-        <v>12624.0</v>
+        <v>11023.0</v>
       </c>
       <c r="F357" s="14" t="n">
-        <v>38006.0</v>
+        <v>13557.0</v>
       </c>
       <c r="G357" s="14" t="n">
-        <v>39171.0</v>
+        <v>21246.0</v>
       </c>
       <c r="H357" s="14" t="n">
-        <v>134423.0</v>
+        <v>130998.0</v>
       </c>
       <c r="I357" s="14" t="n">
-        <v>371241.0</v>
+        <v>362718.0</v>
       </c>
       <c r="J357" s="14" t="n">
-        <v>519046.0</v>
+        <v>492049.0</v>
       </c>
       <c r="K357" s="14" t="n">
-        <v>111086.0</v>
+        <v>108885.0</v>
       </c>
       <c r="L357" s="14" t="n">
-        <v>21195.0</v>
+        <v>10226.0</v>
       </c>
       <c r="M357" s="14" t="n">
-        <v>3470.0</v>
+        <v>6820.0</v>
       </c>
       <c r="N357" s="14" t="n">
-        <v>3174.0</v>
+        <v>4491.0</v>
       </c>
     </row>
     <row r="358">
       <c r="A358" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Spaniards</t>
         </is>
       </c>
       <c r="B358" s="14" t="n">
-        <v>1001230.0</v>
+        <v>923697.0</v>
       </c>
       <c r="C358" s="14" t="n">
-        <v>1392.0</v>
+        <v>1881.0</v>
       </c>
       <c r="D358" s="14" t="n">
-        <v>1582.0</v>
+        <v>2068.0</v>
       </c>
       <c r="E358" s="14" t="n">
-        <v>10510.0</v>
+        <v>9140.0</v>
       </c>
       <c r="F358" s="14" t="n">
-        <v>30737.0</v>
+        <v>6711.0</v>
       </c>
       <c r="G358" s="14" t="n">
-        <v>25313.0</v>
+        <v>8936.0</v>
       </c>
       <c r="H358" s="14" t="n">
-        <v>99531.0</v>
+        <v>98947.0</v>
       </c>
       <c r="I358" s="14" t="n">
-        <v>314198.0</v>
+        <v>307406.0</v>
       </c>
       <c r="J358" s="14" t="n">
-        <v>422087.0</v>
+        <v>403296.0</v>
       </c>
       <c r="K358" s="14" t="n">
-        <v>76773.0</v>
+        <v>71214.0</v>
       </c>
       <c r="L358" s="14" t="n">
-        <v>13868.0</v>
+        <v>5642.0</v>
       </c>
       <c r="M358" s="14" t="n">
-        <v>2529.0</v>
+        <v>4602.0</v>
       </c>
       <c r="N358" s="14" t="n">
-        <v>2711.0</v>
+        <v>3855.0</v>
       </c>
     </row>
     <row r="359">
       <c r="A359" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Foreigners</t>
         </is>
       </c>
       <c r="B359" s="14" t="n">
-        <v>256148.0</v>
+        <v>243068.0</v>
       </c>
       <c r="C359" s="14" t="n">
-        <v>234.0</v>
+        <v>373.0</v>
       </c>
       <c r="D359" s="14" t="n">
-        <v>734.0</v>
+        <v>431.0</v>
       </c>
       <c r="E359" s="14" t="n">
-        <v>2114.0</v>
+        <v>1882.0</v>
       </c>
       <c r="F359" s="14" t="n">
-        <v>7269.0</v>
+        <v>6846.0</v>
       </c>
       <c r="G359" s="14" t="n">
-        <v>13858.0</v>
+        <v>12310.0</v>
       </c>
       <c r="H359" s="14" t="n">
-        <v>34892.0</v>
+        <v>32051.0</v>
       </c>
       <c r="I359" s="14" t="n">
-        <v>57043.0</v>
+        <v>55312.0</v>
       </c>
       <c r="J359" s="14" t="n">
-        <v>96958.0</v>
+        <v>88753.0</v>
       </c>
       <c r="K359" s="14" t="n">
-        <v>34313.0</v>
+        <v>37671.0</v>
       </c>
       <c r="L359" s="14" t="n">
-        <v>7328.0</v>
+        <v>4583.0</v>
       </c>
       <c r="M359" s="14" t="n">
-        <v>941.0</v>
+        <v>2218.0</v>
       </c>
       <c r="N359" s="14" t="n">
-        <v>463.0</v>
+        <v>636.0</v>
       </c>
     </row>
     <row r="360">
       <c r="A360" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    European Union 27 (without Spain)</t>
         </is>
       </c>
       <c r="B360" s="14" t="n">
-        <v>219696.0</v>
+        <v>200291.0</v>
       </c>
       <c r="C360" s="14" t="n">
-        <v>166.0</v>
+        <v>262.0</v>
       </c>
       <c r="D360" s="14" t="n">
-        <v>520.0</v>
+        <v>306.0</v>
       </c>
       <c r="E360" s="14" t="n">
-        <v>1767.0</v>
+        <v>1412.0</v>
       </c>
       <c r="F360" s="14" t="n">
-        <v>5901.0</v>
+        <v>5367.0</v>
       </c>
       <c r="G360" s="14" t="n">
-        <v>11290.0</v>
+        <v>9402.0</v>
       </c>
       <c r="H360" s="14" t="n">
-        <v>28729.0</v>
+        <v>25000.0</v>
       </c>
       <c r="I360" s="14" t="n">
-        <v>47062.0</v>
+        <v>42889.0</v>
       </c>
       <c r="J360" s="14" t="n">
-        <v>87471.0</v>
+        <v>77660.0</v>
       </c>
       <c r="K360" s="14" t="n">
-        <v>29531.0</v>
+        <v>32290.0</v>
       </c>
       <c r="L360" s="14" t="n">
-        <v>6132.0</v>
+        <v>3399.0</v>
       </c>
       <c r="M360" s="14" t="n">
-        <v>784.0</v>
+        <v>1741.0</v>
       </c>
       <c r="N360" s="14" t="n">
-        <v>344.0</v>
+        <v>563.0</v>
       </c>
     </row>
     <row r="361">
       <c r="A361" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Germany</t>
         </is>
       </c>
       <c r="B361" s="14" t="n">
-        <v>50409.0</v>
+        <v>45363.0</v>
       </c>
       <c r="C361" s="14" t="n">
-        <v>52.0</v>
+        <v>77.0</v>
       </c>
       <c r="D361" s="14" t="n">
-        <v>292.0</v>
+        <v>153.0</v>
       </c>
       <c r="E361" s="14" t="n">
-        <v>364.0</v>
+        <v>600.0</v>
       </c>
       <c r="F361" s="14" t="n">
-        <v>1511.0</v>
+        <v>2258.0</v>
       </c>
       <c r="G361" s="14" t="n">
-        <v>4730.0</v>
+        <v>4465.0</v>
       </c>
       <c r="H361" s="14" t="n">
-        <v>7718.0</v>
+        <v>6442.0</v>
       </c>
       <c r="I361" s="14" t="n">
-        <v>10135.0</v>
+        <v>9272.0</v>
       </c>
       <c r="J361" s="14" t="n">
-        <v>15846.0</v>
+        <v>11720.0</v>
       </c>
       <c r="K361" s="14" t="n">
-        <v>7293.0</v>
+        <v>7188.0</v>
       </c>
       <c r="L361" s="14" t="n">
-        <v>2134.0</v>
+        <v>1994.0</v>
       </c>
       <c r="M361" s="14" t="n">
-        <v>225.0</v>
+        <v>934.0</v>
       </c>
       <c r="N361" s="14" t="n">
-        <v>108.0</v>
+        <v>261.0</v>
       </c>
     </row>
     <row r="362">
       <c r="A362" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Austria</t>
         </is>
       </c>
       <c r="B362" s="14" t="n">
-        <v>2623.0</v>
+        <v>2232.0</v>
       </c>
       <c r="C362" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="D362" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="E362" s="14" t="n">
-        <v>20.0</v>
+        <v>24.0</v>
       </c>
       <c r="F362" s="14" t="n">
-        <v>81.0</v>
+        <v>71.0</v>
       </c>
       <c r="G362" s="14" t="n">
-        <v>252.0</v>
+        <v>297.0</v>
       </c>
       <c r="H362" s="14" t="n">
-        <v>480.0</v>
+        <v>209.0</v>
       </c>
       <c r="I362" s="14" t="n">
-        <v>298.0</v>
+        <v>816.0</v>
       </c>
       <c r="J362" s="14" t="n">
-        <v>1193.0</v>
+        <v>468.0</v>
       </c>
       <c r="K362" s="14" t="n">
-        <v>210.0</v>
+        <v>296.0</v>
       </c>
       <c r="L362" s="14" t="n">
-        <v>68.0</v>
+        <v>29.0</v>
       </c>
       <c r="M362" s="14" t="n">
-        <v>21.0</v>
+        <v>23.0</v>
       </c>
       <c r="N362" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="363">
       <c r="A363" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Belgium</t>
         </is>
       </c>
       <c r="B363" s="14" t="n">
-        <v>5138.0</v>
+        <v>3824.0</v>
       </c>
       <c r="C363" s="14" t="n">
-        <v>24.0</v>
+        <v>0.0</v>
       </c>
       <c r="D363" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E363" s="14" t="n">
+        <v>25.0</v>
+      </c>
+      <c r="F363" s="14" t="n">
+        <v>123.0</v>
+      </c>
+      <c r="G363" s="14" t="n">
+        <v>103.0</v>
+      </c>
+      <c r="H363" s="14" t="n">
+        <v>291.0</v>
+      </c>
+      <c r="I363" s="14" t="n">
+        <v>1218.0</v>
+      </c>
+      <c r="J363" s="14" t="n">
+        <v>1285.0</v>
+      </c>
+      <c r="K363" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
+      </c>
+      <c r="L363" s="14" t="n">
         <v>20.0</v>
       </c>
-      <c r="F363" s="14" t="n">
-[...19 lines deleted...]
-      </c>
       <c r="M363" s="14" t="n">
-        <v>26.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>50.0</v>
+      </c>
+      <c r="N363" s="14" t="n">
+        <v>0.0</v>
       </c>
     </row>
     <row r="364">
       <c r="A364" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Denmark</t>
         </is>
       </c>
       <c r="B364" s="14" t="n">
-        <v>857.0</v>
+        <v>615.0</v>
       </c>
       <c r="C364" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="D364" s="14" t="n">
-        <v>0.0</v>
+      <c r="D364" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="E364" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="F364" s="14" t="n">
-        <v>126.0</v>
+        <v>19.0</v>
       </c>
       <c r="G364" s="14" t="n">
-        <v>90.0</v>
+        <v>79.0</v>
       </c>
       <c r="H364" s="14" t="n">
-        <v>97.0</v>
+        <v>106.0</v>
       </c>
       <c r="I364" s="14" t="n">
-        <v>173.0</v>
-[...2 lines deleted...]
-        <v>224.0</v>
+        <v>160.0</v>
+      </c>
+      <c r="J364" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="K364" s="14" t="n">
-        <v>143.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>110.0</v>
+      </c>
+      <c r="L364" s="14" t="n">
+        <v>23.0</v>
       </c>
       <c r="M364" s="14" t="n">
-        <v>0.0</v>
+        <v>14.0</v>
       </c>
       <c r="N364" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="365">
       <c r="A365" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Finland</t>
         </is>
       </c>
       <c r="B365" s="14" t="n">
-        <v>636.0</v>
+        <v>149.0</v>
       </c>
       <c r="C365" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="D365" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="E365" s="14" t="n">
-        <v>17.0</v>
+        <v>0.0</v>
       </c>
       <c r="F365" s="14" t="n">
-        <v>39.0</v>
+        <v>0.0</v>
       </c>
       <c r="G365" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="H365" s="14" t="n">
-        <v>72.0</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>0.0</v>
+      </c>
+      <c r="I365" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="J365" s="14" t="n">
-        <v>493.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>101.0</v>
+      </c>
+      <c r="K365" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="L365" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="M365" s="14" t="n">
-[...3 lines deleted...]
-        <v>0.0</v>
+      <c r="M365" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="N365" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
     </row>
     <row r="366">
       <c r="A366" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    France</t>
         </is>
       </c>
       <c r="B366" s="14" t="n">
-        <v>34170.0</v>
+        <v>32284.0</v>
       </c>
       <c r="C366" s="14" t="n">
-        <v>56.0</v>
-[...2 lines deleted...]
-        <v>140.0</v>
+        <v>40.0</v>
+      </c>
+      <c r="D366" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="E366" s="14" t="n">
-        <v>238.0</v>
+        <v>310.0</v>
       </c>
       <c r="F366" s="14" t="n">
-        <v>892.0</v>
+        <v>1224.0</v>
       </c>
       <c r="G366" s="14" t="n">
-        <v>1068.0</v>
+        <v>1512.0</v>
       </c>
       <c r="H366" s="14" t="n">
-        <v>3405.0</v>
+        <v>2899.0</v>
       </c>
       <c r="I366" s="14" t="n">
-        <v>9107.0</v>
+        <v>8140.0</v>
       </c>
       <c r="J366" s="14" t="n">
-        <v>14882.0</v>
+        <v>13924.0</v>
       </c>
       <c r="K366" s="14" t="n">
-        <v>3440.0</v>
+        <v>3355.0</v>
       </c>
       <c r="L366" s="14" t="n">
-        <v>741.0</v>
+        <v>545.0</v>
       </c>
       <c r="M366" s="14" t="n">
-        <v>194.0</v>
+        <v>224.0</v>
       </c>
       <c r="N366" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t>.</t>
         </is>
       </c>
     </row>
     <row r="367">
       <c r="A367" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Greece</t>
         </is>
       </c>
       <c r="B367" s="14" t="n">
-        <v>222.0</v>
+        <v>113.0</v>
       </c>
       <c r="C367" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="D367" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="E367" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="F367" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="G367" s="14" t="n">
-[...8 lines deleted...]
-        <v>35.0</v>
+      <c r="G367" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="H367" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="I367" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="J367" s="14" t="n">
-        <v>170.0</v>
+        <v>0.0</v>
       </c>
       <c r="K367" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="L367" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="M367" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="N367" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="368">
       <c r="A368" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Ireland</t>
         </is>
       </c>
       <c r="B368" s="14" t="n">
-        <v>3264.0</v>
+        <v>4290.0</v>
       </c>
       <c r="C368" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="D368" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="E368" s="13" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="E368" s="14" t="n">
+        <v>22.0</v>
+      </c>
+      <c r="F368" s="14" t="n">
+        <v>152.0</v>
       </c>
       <c r="G368" s="14" t="n">
-        <v>261.0</v>
+        <v>247.0</v>
       </c>
       <c r="H368" s="14" t="n">
-        <v>590.0</v>
+        <v>525.0</v>
       </c>
       <c r="I368" s="14" t="n">
-        <v>1248.0</v>
+        <v>1141.0</v>
       </c>
       <c r="J368" s="14" t="n">
-        <v>718.0</v>
+        <v>1413.0</v>
       </c>
       <c r="K368" s="14" t="n">
-        <v>294.0</v>
+        <v>667.0</v>
       </c>
       <c r="L368" s="14" t="n">
-        <v>119.0</v>
+        <v>123.0</v>
       </c>
       <c r="M368" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="N368" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="369">
       <c r="A369" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Italy</t>
         </is>
       </c>
       <c r="B369" s="14" t="n">
-        <v>8204.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>7170.0</v>
+      </c>
+      <c r="C369" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="D369" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="E369" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E369" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="F369" s="14" t="n">
-        <v>160.0</v>
+        <v>79.0</v>
       </c>
       <c r="G369" s="14" t="n">
-        <v>336.0</v>
+        <v>285.0</v>
       </c>
       <c r="H369" s="14" t="n">
-        <v>653.0</v>
+        <v>651.0</v>
       </c>
       <c r="I369" s="14" t="n">
-        <v>1620.0</v>
+        <v>1780.0</v>
       </c>
       <c r="J369" s="14" t="n">
-        <v>4824.0</v>
+        <v>3290.0</v>
       </c>
       <c r="K369" s="14" t="n">
-        <v>444.0</v>
+        <v>908.0</v>
       </c>
       <c r="L369" s="14" t="n">
-        <v>143.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>176.0</v>
+      </c>
+      <c r="M369" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="N369" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="370">
       <c r="A370" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Luxembourg</t>
         </is>
       </c>
       <c r="B370" s="14" t="n">
-        <v>431.0</v>
+        <v>191.0</v>
       </c>
       <c r="C370" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="D370" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="E370" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="F370" s="14" t="n">
-        <v>37.0</v>
+        <v>0.0</v>
       </c>
       <c r="G370" s="14" t="n">
-        <v>32.0</v>
+        <v>0.0</v>
       </c>
       <c r="H370" s="14" t="n">
-        <v>36.0</v>
+        <v>60.0</v>
       </c>
       <c r="I370" s="14" t="n">
-        <v>76.0</v>
-[...2 lines deleted...]
-        <v>109.0</v>
+        <v>118.0</v>
+      </c>
+      <c r="J370" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="K370" s="13" t="inlineStr">
         <is>
-          <t>..</t>
-[...5 lines deleted...]
-        </is>
+          <t>.</t>
+        </is>
+      </c>
+      <c r="L370" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="M370" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="N370" s="14" t="n">
-        <v>18.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="371">
       <c r="A371" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Netherlands</t>
         </is>
       </c>
       <c r="B371" s="14" t="n">
-        <v>23759.0</v>
+        <v>21184.0</v>
       </c>
       <c r="C371" s="14" t="n">
-        <v>23.0</v>
+        <v>85.0</v>
       </c>
       <c r="D371" s="14" t="n">
-        <v>33.0</v>
+        <v>93.0</v>
       </c>
       <c r="E371" s="14" t="n">
-        <v>232.0</v>
+        <v>203.0</v>
       </c>
       <c r="F371" s="14" t="n">
-        <v>591.0</v>
+        <v>751.0</v>
       </c>
       <c r="G371" s="14" t="n">
-        <v>2522.0</v>
+        <v>1412.0</v>
       </c>
       <c r="H371" s="14" t="n">
-        <v>4481.0</v>
+        <v>3378.0</v>
       </c>
       <c r="I371" s="14" t="n">
-        <v>5065.0</v>
+        <v>5158.0</v>
       </c>
       <c r="J371" s="14" t="n">
-        <v>6603.0</v>
+        <v>5298.0</v>
       </c>
       <c r="K371" s="14" t="n">
-        <v>2913.0</v>
+        <v>4039.0</v>
       </c>
       <c r="L371" s="14" t="n">
-        <v>1007.0</v>
+        <v>310.0</v>
       </c>
       <c r="M371" s="14" t="n">
-        <v>220.0</v>
+        <v>335.0</v>
       </c>
       <c r="N371" s="14" t="n">
-        <v>70.0</v>
+        <v>122.0</v>
       </c>
     </row>
     <row r="372">
       <c r="A372" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Poland</t>
         </is>
       </c>
       <c r="B372" s="14" t="n">
-        <v>1349.0</v>
+        <v>1230.0</v>
       </c>
       <c r="C372" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="D372" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="E372" s="14" t="n">
-        <v>0.0</v>
-[...2 lines deleted...]
-        <v>180.0</v>
+        <v>16.0</v>
+      </c>
+      <c r="F372" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="G372" s="14" t="n">
-        <v>55.0</v>
+        <v>130.0</v>
       </c>
       <c r="H372" s="14" t="n">
-        <v>87.0</v>
+        <v>98.0</v>
       </c>
       <c r="I372" s="14" t="n">
-        <v>486.0</v>
+        <v>226.0</v>
       </c>
       <c r="J372" s="14" t="n">
-        <v>345.0</v>
+        <v>529.0</v>
       </c>
       <c r="K372" s="14" t="n">
-        <v>107.0</v>
-[...5 lines deleted...]
-        <v>20.0</v>
+        <v>142.0</v>
+      </c>
+      <c r="L372" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="M372" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="N372" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="373">
       <c r="A373" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Portugal</t>
         </is>
       </c>
       <c r="B373" s="14" t="n">
-        <v>84608.0</v>
+        <v>77496.0</v>
       </c>
       <c r="C373" s="14" t="n">
-        <v>0.0</v>
-[...8 lines deleted...]
-        <v>1965.0</v>
+        <v>59.0</v>
+      </c>
+      <c r="D373" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="E373" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="F373" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="G373" s="14" t="n">
-        <v>1369.0</v>
+        <v>618.0</v>
       </c>
       <c r="H373" s="14" t="n">
-        <v>9641.0</v>
+        <v>9848.0</v>
       </c>
       <c r="I373" s="14" t="n">
-        <v>16081.0</v>
+        <v>12794.0</v>
       </c>
       <c r="J373" s="14" t="n">
-        <v>39236.0</v>
+        <v>38752.0</v>
       </c>
       <c r="K373" s="14" t="n">
-        <v>13708.0</v>
+        <v>14474.0</v>
       </c>
       <c r="L373" s="14" t="n">
-        <v>1564.0</v>
+        <v>109.0</v>
       </c>
       <c r="M373" s="14" t="n">
-        <v>76.0</v>
+        <v>92.0</v>
       </c>
       <c r="N373" s="14" t="n">
-        <v>133.0</v>
+        <v>50.0</v>
       </c>
     </row>
     <row r="374">
       <c r="A374" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Czech Republic</t>
         </is>
       </c>
       <c r="B374" s="14" t="n">
-        <v>601.0</v>
+        <v>668.0</v>
       </c>
       <c r="C374" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="D374" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="E374" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="F374" s="14" t="n">
-[...3 lines deleted...]
-        <v>52.0</v>
+      <c r="F374" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="G374" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="H374" s="14" t="n">
-        <v>20.0</v>
+        <v>86.0</v>
       </c>
       <c r="I374" s="14" t="n">
-        <v>199.0</v>
+        <v>105.0</v>
       </c>
       <c r="J374" s="14" t="n">
-        <v>129.0</v>
+        <v>269.0</v>
       </c>
       <c r="K374" s="14" t="n">
-        <v>138.0</v>
-[...2 lines deleted...]
-        <v>41.0</v>
+        <v>126.0</v>
+      </c>
+      <c r="L374" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="M374" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="N374" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="375">
       <c r="A375" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Sweden</t>
         </is>
       </c>
       <c r="B375" s="14" t="n">
-        <v>645.0</v>
+        <v>777.0</v>
       </c>
       <c r="C375" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="D375" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="E375" s="14" t="n">
-[...10 lines deleted...]
-        </is>
+      <c r="E375" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="F375" s="14" t="n">
+        <v>71.0</v>
+      </c>
+      <c r="G375" s="14" t="n">
+        <v>25.0</v>
       </c>
       <c r="H375" s="14" t="n">
-        <v>110.0</v>
+        <v>159.0</v>
       </c>
       <c r="I375" s="14" t="n">
-        <v>221.0</v>
+        <v>312.0</v>
       </c>
       <c r="J375" s="14" t="n">
-        <v>160.0</v>
-[...2 lines deleted...]
-        <v>52.0</v>
+        <v>48.0</v>
+      </c>
+      <c r="K375" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="L375" s="14" t="n">
-        <v>0.0</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>36.0</v>
+      </c>
+      <c r="M375" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="N375" s="14" t="n">
-        <v>0.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="376">
       <c r="A376" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of EU</t>
         </is>
       </c>
       <c r="B376" s="14" t="n">
-        <v>2781.0</v>
+        <v>2705.0</v>
       </c>
       <c r="C376" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="D376" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="E376" s="14" t="n">
-        <v>0.0</v>
-[...5 lines deleted...]
-        <v>230.0</v>
+        <v>64.0</v>
+      </c>
+      <c r="F376" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="G376" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="H376" s="14" t="n">
-        <v>786.0</v>
+        <v>249.0</v>
       </c>
       <c r="I376" s="14" t="n">
-        <v>504.0</v>
+        <v>1534.0</v>
       </c>
       <c r="J376" s="14" t="n">
-        <v>1109.0</v>
+        <v>458.0</v>
       </c>
       <c r="K376" s="14" t="n">
-        <v>93.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>224.0</v>
+      </c>
+      <c r="L376" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="M376" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="N376" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="377">
       <c r="A377" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Norway</t>
         </is>
       </c>
       <c r="B377" s="14" t="n">
-        <v>572.0</v>
+        <v>402.0</v>
       </c>
       <c r="C377" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="D377" s="14" t="n">
-        <v>26.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>0.0</v>
+      </c>
+      <c r="E377" s="14" t="n">
+        <v>103.0</v>
       </c>
       <c r="F377" s="14" t="n">
-        <v>0.0</v>
-[...2 lines deleted...]
-        <v>20.0</v>
+        <v>30.0</v>
+      </c>
+      <c r="G377" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="H377" s="14" t="n">
-        <v>77.0</v>
+        <v>85.0</v>
       </c>
       <c r="I377" s="14" t="n">
-        <v>196.0</v>
-[...5 lines deleted...]
-        <v>79.0</v>
+        <v>108.0</v>
+      </c>
+      <c r="J377" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="K377" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="L377" s="14" t="n">
-        <v>0.0</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>25.0</v>
+      </c>
+      <c r="M377" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="N377" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="378">
       <c r="A378" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    United Kingdom</t>
         </is>
       </c>
       <c r="B378" s="14" t="n">
-        <v>15148.0</v>
+        <v>18788.0</v>
       </c>
       <c r="C378" s="14" t="n">
-        <v>51.0</v>
+        <v>75.0</v>
       </c>
       <c r="D378" s="14" t="n">
-        <v>141.0</v>
+        <v>97.0</v>
       </c>
       <c r="E378" s="14" t="n">
-        <v>229.0</v>
+        <v>237.0</v>
       </c>
       <c r="F378" s="14" t="n">
-        <v>536.0</v>
+        <v>674.0</v>
       </c>
       <c r="G378" s="14" t="n">
-        <v>1056.0</v>
+        <v>1161.0</v>
       </c>
       <c r="H378" s="14" t="n">
-        <v>2482.0</v>
+        <v>3300.0</v>
       </c>
       <c r="I378" s="14" t="n">
-        <v>3770.0</v>
+        <v>4087.0</v>
       </c>
       <c r="J378" s="14" t="n">
-        <v>3568.0</v>
+        <v>5557.0</v>
       </c>
       <c r="K378" s="14" t="n">
-        <v>2390.0</v>
+        <v>2740.0</v>
       </c>
       <c r="L378" s="14" t="n">
-        <v>746.0</v>
+        <v>520.0</v>
       </c>
       <c r="M378" s="14" t="n">
-        <v>104.0</v>
+        <v>281.0</v>
       </c>
       <c r="N378" s="14" t="n">
-        <v>74.0</v>
+        <v>58.0</v>
       </c>
     </row>
     <row r="379">
       <c r="A379" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Switzerland</t>
         </is>
       </c>
       <c r="B379" s="14" t="n">
-        <v>9585.0</v>
+        <v>8660.0</v>
       </c>
       <c r="C379" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D379" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t>.</t>
         </is>
       </c>
       <c r="E379" s="14" t="n">
-        <v>90.0</v>
+        <v>69.0</v>
       </c>
       <c r="F379" s="14" t="n">
-        <v>356.0</v>
+        <v>412.0</v>
       </c>
       <c r="G379" s="14" t="n">
-        <v>874.0</v>
+        <v>556.0</v>
       </c>
       <c r="H379" s="14" t="n">
-        <v>1834.0</v>
+        <v>1257.0</v>
       </c>
       <c r="I379" s="14" t="n">
-        <v>2910.0</v>
+        <v>3492.0</v>
       </c>
       <c r="J379" s="14" t="n">
-        <v>1728.0</v>
+        <v>1418.0</v>
       </c>
       <c r="K379" s="14" t="n">
-        <v>1335.0</v>
+        <v>930.0</v>
       </c>
       <c r="L379" s="14" t="n">
-        <v>379.0</v>
+        <v>392.0</v>
       </c>
       <c r="M379" s="14" t="n">
-        <v>20.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>109.0</v>
+      </c>
+      <c r="N379" s="14" t="n">
+        <v>15.0</v>
       </c>
     </row>
     <row r="380">
       <c r="A380" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of Europe</t>
         </is>
       </c>
       <c r="B380" s="14" t="n">
-        <v>2154.0</v>
+        <v>2120.0</v>
       </c>
       <c r="C380" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="D380" s="14" t="n">
-        <v>0.0</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>29.0</v>
+      </c>
+      <c r="E380" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="F380" s="14" t="n">
-        <v>190.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>165.0</v>
+      </c>
+      <c r="G380" s="14" t="n">
+        <v>144.0</v>
       </c>
       <c r="H380" s="14" t="n">
-        <v>326.0</v>
+        <v>112.0</v>
       </c>
       <c r="I380" s="14" t="n">
-        <v>827.0</v>
+        <v>511.0</v>
       </c>
       <c r="J380" s="14" t="n">
-        <v>585.0</v>
+        <v>1062.0</v>
       </c>
       <c r="K380" s="14" t="n">
-        <v>220.0</v>
+        <v>58.0</v>
       </c>
       <c r="L380" s="14" t="n">
-        <v>0.0</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>35.0</v>
+      </c>
+      <c r="M380" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="N380" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="381">
       <c r="A381" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    United States</t>
         </is>
       </c>
       <c r="B381" s="14" t="n">
-        <v>1832.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>2181.0</v>
+      </c>
+      <c r="C381" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="D381" s="14" t="n">
-        <v>19.0</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>0.0</v>
+      </c>
+      <c r="E381" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="F381" s="14" t="n">
-        <v>28.0</v>
+        <v>61.0</v>
       </c>
       <c r="G381" s="14" t="n">
-        <v>305.0</v>
+        <v>276.0</v>
       </c>
       <c r="H381" s="14" t="n">
-        <v>643.0</v>
+        <v>335.0</v>
       </c>
       <c r="I381" s="14" t="n">
-        <v>221.0</v>
+        <v>642.0</v>
       </c>
       <c r="J381" s="14" t="n">
-        <v>392.0</v>
+        <v>529.0</v>
       </c>
       <c r="K381" s="14" t="n">
-        <v>212.0</v>
+        <v>264.0</v>
       </c>
       <c r="L381" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="M381" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="N381" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="382">
       <c r="A382" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of America</t>
         </is>
       </c>
       <c r="B382" s="14" t="n">
-        <v>2888.0</v>
-[...7 lines deleted...]
-        </is>
+        <v>3572.0</v>
+      </c>
+      <c r="C382" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="D382" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="E382" s="14" t="n">
-        <v>0.0</v>
-[...2 lines deleted...]
-        <v>67.0</v>
+        <v>32.0</v>
+      </c>
+      <c r="F382" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="G382" s="14" t="n">
-        <v>84.0</v>
+        <v>352.0</v>
       </c>
       <c r="H382" s="14" t="n">
-        <v>164.0</v>
+        <v>804.0</v>
       </c>
       <c r="I382" s="14" t="n">
-        <v>1114.0</v>
+        <v>314.0</v>
       </c>
       <c r="J382" s="14" t="n">
-        <v>1188.0</v>
+        <v>1216.0</v>
       </c>
       <c r="K382" s="14" t="n">
-        <v>214.0</v>
+        <v>663.0</v>
       </c>
       <c r="L382" s="14" t="n">
-        <v>32.0</v>
+        <v>68.0</v>
       </c>
       <c r="M382" s="14" t="n">
-        <v>12.0</v>
+        <v>70.0</v>
       </c>
       <c r="N382" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="383">
       <c r="A383" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    African Countries</t>
         </is>
       </c>
       <c r="B383" s="14" t="n">
-        <v>130.0</v>
+        <v>446.0</v>
       </c>
       <c r="C383" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="D383" s="14" t="n">
-        <v>0.0</v>
+      <c r="D383" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="E383" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="F383" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F383" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="G383" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="H383" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H383" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="I383" s="14" t="n">
-        <v>77.0</v>
-[...12 lines deleted...]
-        </is>
+        <v>276.0</v>
+      </c>
+      <c r="J383" s="14" t="n">
+        <v>162.0</v>
+      </c>
+      <c r="K383" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="L383" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="M383" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="N383" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="384">
       <c r="A384" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of the world</t>
         </is>
       </c>
       <c r="B384" s="14" t="n">
-        <v>4053.0</v>
-[...5 lines deleted...]
-        <v>0.0</v>
+        <v>6136.0</v>
+      </c>
+      <c r="C384" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="D384" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="E384" s="14" t="n">
-        <v>21.0</v>
+        <v>29.0</v>
       </c>
       <c r="F384" s="14" t="n">
-        <v>187.0</v>
+        <v>78.0</v>
       </c>
       <c r="G384" s="14" t="n">
-        <v>223.0</v>
+        <v>404.0</v>
       </c>
       <c r="H384" s="14" t="n">
-        <v>630.0</v>
+        <v>1158.0</v>
       </c>
       <c r="I384" s="14" t="n">
-        <v>866.0</v>
+        <v>2884.0</v>
       </c>
       <c r="J384" s="14" t="n">
-        <v>1759.0</v>
+        <v>794.0</v>
       </c>
       <c r="K384" s="14" t="n">
-        <v>311.0</v>
+        <v>702.0</v>
       </c>
       <c r="L384" s="14" t="n">
-        <v>24.0</v>
+        <v>71.0</v>
       </c>
       <c r="M384" s="14" t="n">
-        <v>20.0</v>
+        <v>0.0</v>
       </c>
       <c r="N384" s="14" t="n">
-        <v>12.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="385">
       <c r="A385" s="6" t="inlineStr">
         <is>
           <t>Madrid (Comunidad de)</t>
         </is>
       </c>
       <c r="B385" s="6"/>
       <c r="C385" s="6"/>
       <c r="D385" s="6"/>
       <c r="E385" s="6"/>
       <c r="F385" s="6"/>
       <c r="G385" s="6"/>
       <c r="H385" s="6"/>
       <c r="I385" s="6"/>
       <c r="J385" s="6"/>
       <c r="K385" s="6"/>
       <c r="L385" s="6"/>
       <c r="M385" s="6"/>
       <c r="N385" s="6"/>
     </row>
     <row r="386">
       <c r="A386" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B386" s="14" t="n">
-        <v>1089507.0</v>
+        <v>1101909.0</v>
       </c>
       <c r="C386" s="14" t="n">
-        <v>38144.0</v>
+        <v>36080.0</v>
       </c>
       <c r="D386" s="14" t="n">
-        <v>40525.0</v>
+        <v>46256.0</v>
       </c>
       <c r="E386" s="14" t="n">
-        <v>54740.0</v>
+        <v>70760.0</v>
       </c>
       <c r="F386" s="14" t="n">
-        <v>93624.0</v>
+        <v>69824.0</v>
       </c>
       <c r="G386" s="14" t="n">
-        <v>77770.0</v>
+        <v>97231.0</v>
       </c>
       <c r="H386" s="14" t="n">
-        <v>118587.0</v>
+        <v>120062.0</v>
       </c>
       <c r="I386" s="14" t="n">
-        <v>183825.0</v>
+        <v>168759.0</v>
       </c>
       <c r="J386" s="14" t="n">
-        <v>213814.0</v>
+        <v>194934.0</v>
       </c>
       <c r="K386" s="14" t="n">
-        <v>81404.0</v>
+        <v>103050.0</v>
       </c>
       <c r="L386" s="14" t="n">
-        <v>82089.0</v>
+        <v>80277.0</v>
       </c>
       <c r="M386" s="14" t="n">
-        <v>48042.0</v>
+        <v>53573.0</v>
       </c>
       <c r="N386" s="14" t="n">
-        <v>56944.0</v>
+        <v>61103.0</v>
       </c>
     </row>
     <row r="387">
       <c r="A387" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Spaniards</t>
         </is>
       </c>
       <c r="B387" s="14" t="n">
-        <v>953558.0</v>
+        <v>957907.0</v>
       </c>
       <c r="C387" s="14" t="n">
-        <v>35117.0</v>
+        <v>31825.0</v>
       </c>
       <c r="D387" s="14" t="n">
-        <v>38304.0</v>
+        <v>40613.0</v>
       </c>
       <c r="E387" s="14" t="n">
-        <v>50171.0</v>
+        <v>64574.0</v>
       </c>
       <c r="F387" s="14" t="n">
-        <v>85586.0</v>
+        <v>57176.0</v>
       </c>
       <c r="G387" s="14" t="n">
-        <v>61365.0</v>
+        <v>84112.0</v>
       </c>
       <c r="H387" s="14" t="n">
-        <v>105373.0</v>
+        <v>107699.0</v>
       </c>
       <c r="I387" s="14" t="n">
-        <v>150355.0</v>
+        <v>137759.0</v>
       </c>
       <c r="J387" s="14" t="n">
-        <v>192386.0</v>
+        <v>177034.0</v>
       </c>
       <c r="K387" s="14" t="n">
-        <v>69288.0</v>
+        <v>91696.0</v>
       </c>
       <c r="L387" s="14" t="n">
-        <v>70372.0</v>
+        <v>64984.0</v>
       </c>
       <c r="M387" s="14" t="n">
-        <v>42291.0</v>
+        <v>46095.0</v>
       </c>
       <c r="N387" s="14" t="n">
-        <v>52951.0</v>
+        <v>54341.0</v>
       </c>
     </row>
     <row r="388">
       <c r="A388" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Foreigners</t>
         </is>
       </c>
       <c r="B388" s="14" t="n">
-        <v>135949.0</v>
+        <v>144001.0</v>
       </c>
       <c r="C388" s="14" t="n">
-        <v>3027.0</v>
+        <v>4255.0</v>
       </c>
       <c r="D388" s="14" t="n">
-        <v>2220.0</v>
+        <v>5643.0</v>
       </c>
       <c r="E388" s="14" t="n">
-        <v>4569.0</v>
+        <v>6186.0</v>
       </c>
       <c r="F388" s="14" t="n">
-        <v>8038.0</v>
+        <v>12648.0</v>
       </c>
       <c r="G388" s="14" t="n">
-        <v>16405.0</v>
+        <v>13119.0</v>
       </c>
       <c r="H388" s="14" t="n">
-        <v>13214.0</v>
+        <v>12363.0</v>
       </c>
       <c r="I388" s="14" t="n">
-        <v>33470.0</v>
+        <v>31000.0</v>
       </c>
       <c r="J388" s="14" t="n">
-        <v>21428.0</v>
+        <v>17900.0</v>
       </c>
       <c r="K388" s="14" t="n">
-        <v>12116.0</v>
+        <v>11354.0</v>
       </c>
       <c r="L388" s="14" t="n">
-        <v>11717.0</v>
+        <v>15293.0</v>
       </c>
       <c r="M388" s="14" t="n">
-        <v>5751.0</v>
+        <v>7478.0</v>
       </c>
       <c r="N388" s="14" t="n">
-        <v>3993.0</v>
+        <v>6762.0</v>
       </c>
     </row>
     <row r="389">
       <c r="A389" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    European Union 27 (without Spain)</t>
         </is>
       </c>
       <c r="B389" s="14" t="n">
-        <v>115878.0</v>
+        <v>120985.0</v>
       </c>
       <c r="C389" s="14" t="n">
-        <v>1611.0</v>
+        <v>2895.0</v>
       </c>
       <c r="D389" s="14" t="n">
-        <v>1398.0</v>
+        <v>3525.0</v>
       </c>
       <c r="E389" s="14" t="n">
-        <v>2804.0</v>
+        <v>5008.0</v>
       </c>
       <c r="F389" s="14" t="n">
-        <v>6736.0</v>
+        <v>9970.0</v>
       </c>
       <c r="G389" s="14" t="n">
-        <v>13770.0</v>
+        <v>10970.0</v>
       </c>
       <c r="H389" s="14" t="n">
-        <v>10287.0</v>
+        <v>9572.0</v>
       </c>
       <c r="I389" s="14" t="n">
-        <v>32065.0</v>
+        <v>29457.0</v>
       </c>
       <c r="J389" s="14" t="n">
-        <v>20302.0</v>
+        <v>16231.0</v>
       </c>
       <c r="K389" s="14" t="n">
-        <v>9416.0</v>
+        <v>9587.0</v>
       </c>
       <c r="L389" s="14" t="n">
-        <v>9568.0</v>
+        <v>12899.0</v>
       </c>
       <c r="M389" s="14" t="n">
-        <v>4450.0</v>
+        <v>5716.0</v>
       </c>
       <c r="N389" s="14" t="n">
-        <v>3470.0</v>
+        <v>5154.0</v>
       </c>
     </row>
     <row r="390">
       <c r="A390" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Germany</t>
         </is>
       </c>
       <c r="B390" s="14" t="n">
-        <v>16048.0</v>
+        <v>18610.0</v>
       </c>
       <c r="C390" s="14" t="n">
-        <v>162.0</v>
+        <v>637.0</v>
       </c>
       <c r="D390" s="14" t="n">
-        <v>152.0</v>
+        <v>862.0</v>
       </c>
       <c r="E390" s="14" t="n">
-        <v>686.0</v>
+        <v>1456.0</v>
       </c>
       <c r="F390" s="14" t="n">
-        <v>1724.0</v>
+        <v>2539.0</v>
       </c>
       <c r="G390" s="14" t="n">
-        <v>2264.0</v>
+        <v>3032.0</v>
       </c>
       <c r="H390" s="14" t="n">
-        <v>2335.0</v>
+        <v>1384.0</v>
       </c>
       <c r="I390" s="14" t="n">
-        <v>1650.0</v>
+        <v>1401.0</v>
       </c>
       <c r="J390" s="14" t="n">
-        <v>1596.0</v>
+        <v>1033.0</v>
       </c>
       <c r="K390" s="14" t="n">
-        <v>1575.0</v>
+        <v>1636.0</v>
       </c>
       <c r="L390" s="14" t="n">
-        <v>2238.0</v>
+        <v>2425.0</v>
       </c>
       <c r="M390" s="14" t="n">
-        <v>926.0</v>
+        <v>1205.0</v>
       </c>
       <c r="N390" s="14" t="n">
-        <v>741.0</v>
+        <v>999.0</v>
       </c>
     </row>
     <row r="391">
       <c r="A391" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Austria</t>
         </is>
       </c>
       <c r="B391" s="14" t="n">
-        <v>986.0</v>
+        <v>810.0</v>
       </c>
       <c r="C391" s="14" t="n">
-        <v>0.0</v>
+        <v>70.0</v>
       </c>
       <c r="D391" s="14" t="n">
-        <v>0.0</v>
-[...2 lines deleted...]
-        <v>36.0</v>
+        <v>67.0</v>
+      </c>
+      <c r="E391" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="F391" s="14" t="n">
-        <v>79.0</v>
+        <v>188.0</v>
       </c>
       <c r="G391" s="14" t="n">
-        <v>85.0</v>
+        <v>164.0</v>
       </c>
       <c r="H391" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="I391" s="14" t="n">
-        <v>109.0</v>
+      <c r="I391" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="J391" s="14" t="n">
-        <v>53.0</v>
+        <v>57.0</v>
       </c>
       <c r="K391" s="14" t="n">
-        <v>160.0</v>
+        <v>66.0</v>
       </c>
       <c r="L391" s="14" t="n">
-        <v>140.0</v>
+        <v>60.0</v>
       </c>
       <c r="M391" s="14" t="n">
-        <v>162.0</v>
+        <v>77.0</v>
       </c>
       <c r="N391" s="14" t="n">
-        <v>60.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="392">
       <c r="A392" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Belgium</t>
         </is>
       </c>
       <c r="B392" s="14" t="n">
-        <v>4686.0</v>
+        <v>3680.0</v>
       </c>
       <c r="C392" s="14" t="n">
-        <v>79.0</v>
+        <v>103.0</v>
       </c>
       <c r="D392" s="14" t="n">
-        <v>37.0</v>
+        <v>54.0</v>
       </c>
       <c r="E392" s="14" t="n">
-        <v>56.0</v>
+        <v>13.0</v>
       </c>
       <c r="F392" s="14" t="n">
-        <v>231.0</v>
+        <v>193.0</v>
       </c>
       <c r="G392" s="14" t="n">
-        <v>303.0</v>
+        <v>208.0</v>
       </c>
       <c r="H392" s="14" t="n">
-        <v>171.0</v>
+        <v>288.0</v>
       </c>
       <c r="I392" s="14" t="n">
-        <v>2488.0</v>
+        <v>1915.0</v>
       </c>
       <c r="J392" s="14" t="n">
-        <v>499.0</v>
+        <v>206.0</v>
       </c>
       <c r="K392" s="14" t="n">
-        <v>302.0</v>
+        <v>138.0</v>
       </c>
       <c r="L392" s="14" t="n">
-        <v>346.0</v>
+        <v>213.0</v>
       </c>
       <c r="M392" s="14" t="n">
-        <v>137.0</v>
+        <v>181.0</v>
       </c>
       <c r="N392" s="14" t="n">
-        <v>37.0</v>
+        <v>168.0</v>
       </c>
     </row>
     <row r="393">
       <c r="A393" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Denmark</t>
         </is>
       </c>
       <c r="B393" s="14" t="n">
-        <v>737.0</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>286.0</v>
+      </c>
+      <c r="C393" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="D393" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="E393" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E393" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="F393" s="14" t="n">
-        <v>47.0</v>
+        <v>45.0</v>
       </c>
       <c r="G393" s="14" t="n">
-        <v>43.0</v>
+        <v>10.0</v>
       </c>
       <c r="H393" s="14" t="n">
-        <v>99.0</v>
-[...7 lines deleted...]
-        <v>136.0</v>
+        <v>0.0</v>
+      </c>
+      <c r="I393" s="14" t="n">
+        <v>54.0</v>
+      </c>
+      <c r="J393" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="K393" s="14" t="n">
-        <v>118.0</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>51.0</v>
+      </c>
+      <c r="L393" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="M393" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N393" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="394">
       <c r="A394" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Finland</t>
         </is>
       </c>
       <c r="B394" s="14" t="n">
-        <v>448.0</v>
+        <v>323.0</v>
       </c>
       <c r="C394" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="D394" s="14" t="n">
-        <v>0.0</v>
+        <v>10.0</v>
       </c>
       <c r="E394" s="14" t="n">
-        <v>55.0</v>
-[...2 lines deleted...]
-        <v>126.0</v>
+        <v>0.0</v>
+      </c>
+      <c r="F394" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="G394" s="14" t="n">
-        <v>26.0</v>
+        <v>25.0</v>
       </c>
       <c r="H394" s="14" t="n">
-        <v>60.0</v>
+        <v>18.0</v>
       </c>
       <c r="I394" s="14" t="n">
-        <v>88.0</v>
+        <v>82.0</v>
       </c>
       <c r="J394" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="K394" s="14" t="n">
-[...5 lines deleted...]
-        </is>
+      <c r="K394" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="L394" s="14" t="n">
+        <v>51.0</v>
       </c>
       <c r="M394" s="14" t="n">
-        <v>40.0</v>
+        <v>59.0</v>
       </c>
       <c r="N394" s="14" t="n">
-        <v>10.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="395">
       <c r="A395" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    France</t>
         </is>
       </c>
       <c r="B395" s="14" t="n">
-        <v>54426.0</v>
+        <v>59192.0</v>
       </c>
       <c r="C395" s="14" t="n">
-        <v>177.0</v>
+        <v>468.0</v>
       </c>
       <c r="D395" s="14" t="n">
-        <v>431.0</v>
+        <v>1205.0</v>
       </c>
       <c r="E395" s="14" t="n">
-        <v>602.0</v>
+        <v>2219.0</v>
       </c>
       <c r="F395" s="14" t="n">
-        <v>1826.0</v>
+        <v>3824.0</v>
       </c>
       <c r="G395" s="14" t="n">
-        <v>4515.0</v>
+        <v>3814.0</v>
       </c>
       <c r="H395" s="14" t="n">
-        <v>3312.0</v>
+        <v>4641.0</v>
       </c>
       <c r="I395" s="14" t="n">
-        <v>21251.0</v>
+        <v>19712.0</v>
       </c>
       <c r="J395" s="14" t="n">
-        <v>12510.0</v>
+        <v>9650.0</v>
       </c>
       <c r="K395" s="14" t="n">
-        <v>3621.0</v>
+        <v>4316.0</v>
       </c>
       <c r="L395" s="14" t="n">
-        <v>3271.0</v>
+        <v>6305.0</v>
       </c>
       <c r="M395" s="14" t="n">
-        <v>1669.0</v>
+        <v>1106.0</v>
       </c>
       <c r="N395" s="14" t="n">
-        <v>1240.0</v>
+        <v>1933.0</v>
       </c>
     </row>
     <row r="396">
       <c r="A396" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Greece</t>
         </is>
       </c>
       <c r="B396" s="14" t="n">
-        <v>46.0</v>
+        <v>80.0</v>
       </c>
       <c r="C396" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="D396" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="E396" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E396" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="F396" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="G396" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="H396" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H396" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="I396" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="J396" s="14" t="n">
-        <v>0.0</v>
+      <c r="J396" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="K396" s="14" t="n">
-        <v>0.0</v>
-[...7 lines deleted...]
-        <v>0.0</v>
+        <v>42.0</v>
+      </c>
+      <c r="L396" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M396" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="N396" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="397">
       <c r="A397" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Ireland</t>
         </is>
       </c>
       <c r="B397" s="14" t="n">
-        <v>917.0</v>
+        <v>1867.0</v>
       </c>
       <c r="C397" s="14" t="n">
-        <v>0.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>73.0</v>
+      </c>
+      <c r="D397" s="14" t="n">
+        <v>86.0</v>
       </c>
       <c r="E397" s="14" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="F397" s="14" t="n">
+        <v>49.0</v>
+      </c>
+      <c r="G397" s="14" t="n">
+        <v>809.0</v>
+      </c>
+      <c r="H397" s="14" t="n">
+        <v>161.0</v>
+      </c>
+      <c r="I397" s="14" t="n">
+        <v>85.0</v>
+      </c>
+      <c r="J397" s="14" t="n">
         <v>35.0</v>
       </c>
-      <c r="F397" s="14" t="n">
-[...13 lines deleted...]
-      </c>
       <c r="K397" s="14" t="n">
-        <v>123.0</v>
+        <v>146.0</v>
       </c>
       <c r="L397" s="14" t="n">
-        <v>193.0</v>
+        <v>182.0</v>
       </c>
       <c r="M397" s="14" t="n">
-        <v>86.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>85.0</v>
+      </c>
+      <c r="N397" s="14" t="n">
+        <v>98.0</v>
       </c>
     </row>
     <row r="398">
       <c r="A398" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Italy</t>
         </is>
       </c>
       <c r="B398" s="14" t="n">
-        <v>5372.0</v>
+        <v>6635.0</v>
       </c>
       <c r="C398" s="14" t="n">
-        <v>39.0</v>
+        <v>836.0</v>
       </c>
       <c r="D398" s="14" t="n">
-        <v>55.0</v>
+        <v>144.0</v>
       </c>
       <c r="E398" s="14" t="n">
-        <v>96.0</v>
+        <v>75.0</v>
       </c>
       <c r="F398" s="14" t="n">
-        <v>559.0</v>
+        <v>591.0</v>
       </c>
       <c r="G398" s="14" t="n">
-        <v>238.0</v>
+        <v>139.0</v>
       </c>
       <c r="H398" s="14" t="n">
-        <v>453.0</v>
+        <v>426.0</v>
       </c>
       <c r="I398" s="14" t="n">
-        <v>967.0</v>
+        <v>993.0</v>
       </c>
       <c r="J398" s="14" t="n">
-        <v>1944.0</v>
+        <v>2092.0</v>
       </c>
       <c r="K398" s="14" t="n">
-        <v>279.0</v>
+        <v>232.0</v>
       </c>
       <c r="L398" s="14" t="n">
-        <v>237.0</v>
+        <v>344.0</v>
       </c>
       <c r="M398" s="14" t="n">
-        <v>140.0</v>
+        <v>224.0</v>
       </c>
       <c r="N398" s="14" t="n">
-        <v>366.0</v>
+        <v>539.0</v>
       </c>
     </row>
     <row r="399">
       <c r="A399" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Luxembourg</t>
         </is>
       </c>
       <c r="B399" s="14" t="n">
-        <v>41.0</v>
+        <v>53.0</v>
       </c>
       <c r="C399" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="D399" s="14" t="n">
-        <v>0.0</v>
+      <c r="D399" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="E399" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="F399" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="G399" s="14" t="n">
-[...3 lines deleted...]
-        <v>0.0</v>
+      <c r="G399" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="H399" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="I399" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="J399" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="K399" s="14" t="n">
-[...5 lines deleted...]
-        </is>
+      <c r="K399" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
+      </c>
+      <c r="L399" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="M399" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="N399" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="400">
       <c r="A400" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Netherlands</t>
         </is>
       </c>
       <c r="B400" s="14" t="n">
-        <v>21414.0</v>
+        <v>19161.0</v>
       </c>
       <c r="C400" s="14" t="n">
-        <v>108.0</v>
+        <v>396.0</v>
       </c>
       <c r="D400" s="14" t="n">
-        <v>234.0</v>
+        <v>809.0</v>
       </c>
       <c r="E400" s="14" t="n">
-        <v>979.0</v>
+        <v>646.0</v>
       </c>
       <c r="F400" s="14" t="n">
-        <v>1415.0</v>
+        <v>1966.0</v>
       </c>
       <c r="G400" s="14" t="n">
-        <v>5110.0</v>
+        <v>2283.0</v>
       </c>
       <c r="H400" s="14" t="n">
-        <v>2870.0</v>
+        <v>2007.0</v>
       </c>
       <c r="I400" s="14" t="n">
-        <v>3543.0</v>
+        <v>3557.0</v>
       </c>
       <c r="J400" s="14" t="n">
-        <v>2127.0</v>
+        <v>1352.0</v>
       </c>
       <c r="K400" s="14" t="n">
-        <v>1853.0</v>
+        <v>1758.0</v>
       </c>
       <c r="L400" s="14" t="n">
-        <v>2063.0</v>
+        <v>2637.0</v>
       </c>
       <c r="M400" s="14" t="n">
-        <v>611.0</v>
+        <v>1008.0</v>
       </c>
       <c r="N400" s="14" t="n">
-        <v>499.0</v>
+        <v>742.0</v>
       </c>
     </row>
     <row r="401">
       <c r="A401" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Poland</t>
         </is>
       </c>
       <c r="B401" s="14" t="n">
-        <v>479.0</v>
-[...7 lines deleted...]
-        </is>
+        <v>438.0</v>
+      </c>
+      <c r="C401" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="D401" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="E401" s="14" t="n">
-        <v>33.0</v>
+        <v>64.0</v>
       </c>
       <c r="F401" s="14" t="n">
-        <v>0.0</v>
-[...2 lines deleted...]
-        <v>35.0</v>
+        <v>67.0</v>
+      </c>
+      <c r="G401" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="H401" s="14" t="n">
-        <v>29.0</v>
+        <v>0.0</v>
       </c>
       <c r="I401" s="14" t="n">
-        <v>240.0</v>
+        <v>105.0</v>
       </c>
       <c r="J401" s="14" t="n">
-        <v>0.0</v>
+        <v>87.0</v>
       </c>
       <c r="K401" s="14" t="n">
-        <v>70.0</v>
+        <v>0.0</v>
       </c>
       <c r="L401" s="14" t="n">
-        <v>57.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>83.0</v>
+      </c>
+      <c r="M401" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="N401" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="402">
       <c r="A402" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Portugal</t>
         </is>
       </c>
       <c r="B402" s="14" t="n">
-        <v>7565.0</v>
+        <v>7222.0</v>
       </c>
       <c r="C402" s="14" t="n">
-        <v>648.0</v>
+        <v>140.0</v>
       </c>
       <c r="D402" s="14" t="n">
-        <v>409.0</v>
+        <v>62.0</v>
       </c>
       <c r="E402" s="14" t="n">
-        <v>137.0</v>
+        <v>219.0</v>
       </c>
       <c r="F402" s="14" t="n">
-        <v>500.0</v>
+        <v>340.0</v>
       </c>
       <c r="G402" s="14" t="n">
-        <v>656.0</v>
+        <v>304.0</v>
       </c>
       <c r="H402" s="14" t="n">
-        <v>632.0</v>
+        <v>533.0</v>
       </c>
       <c r="I402" s="14" t="n">
-        <v>1212.0</v>
+        <v>1245.0</v>
       </c>
       <c r="J402" s="14" t="n">
-        <v>1256.0</v>
+        <v>1558.0</v>
       </c>
       <c r="K402" s="14" t="n">
-        <v>788.0</v>
+        <v>601.0</v>
       </c>
       <c r="L402" s="14" t="n">
-        <v>733.0</v>
+        <v>332.0</v>
       </c>
       <c r="M402" s="14" t="n">
-        <v>264.0</v>
+        <v>1394.0</v>
       </c>
       <c r="N402" s="14" t="n">
-        <v>330.0</v>
+        <v>493.0</v>
       </c>
     </row>
     <row r="403">
       <c r="A403" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Czech Republic</t>
         </is>
       </c>
       <c r="B403" s="14" t="n">
-        <v>69.0</v>
+        <v>258.0</v>
       </c>
       <c r="C403" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="D403" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="E403" s="14" t="n">
-        <v>13.0</v>
+        <v>0.0</v>
       </c>
       <c r="F403" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="G403" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="H403" s="14" t="n">
-[...3 lines deleted...]
-        <v>0.0</v>
+      <c r="H403" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="I403" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="J403" s="14" t="n">
-        <v>0.0</v>
+        <v>57.0</v>
       </c>
       <c r="K403" s="14" t="n">
-        <v>29.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>0.0</v>
+      </c>
+      <c r="L403" s="14" t="n">
+        <v>60.0</v>
       </c>
       <c r="M403" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="N403" s="14" t="n">
-        <v>0.0</v>
+        <v>97.0</v>
       </c>
     </row>
     <row r="404">
       <c r="A404" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Sweden</t>
         </is>
       </c>
       <c r="B404" s="14" t="n">
-        <v>419.0</v>
+        <v>213.0</v>
       </c>
       <c r="C404" s="14" t="n">
-        <v>0.0</v>
+        <v>61.0</v>
       </c>
       <c r="D404" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="E404" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E404" s="14" t="n">
+        <v>26.0</v>
       </c>
       <c r="F404" s="14" t="n">
-        <v>17.0</v>
+        <v>0.0</v>
       </c>
       <c r="G404" s="14" t="n">
-        <v>70.0</v>
+        <v>0.0</v>
       </c>
       <c r="H404" s="14" t="n">
-        <v>104.0</v>
+        <v>0.0</v>
       </c>
       <c r="I404" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="J404" s="14" t="n">
-        <v>54.0</v>
+        <v>0.0</v>
       </c>
       <c r="K404" s="14" t="n">
-        <v>39.0</v>
+        <v>0.0</v>
       </c>
       <c r="L404" s="14" t="n">
-        <v>43.0</v>
+        <v>28.0</v>
       </c>
       <c r="M404" s="14" t="n">
-        <v>54.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>98.0</v>
+      </c>
+      <c r="N404" s="14" t="n">
+        <v>0.0</v>
       </c>
     </row>
     <row r="405">
       <c r="A405" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of EU</t>
         </is>
       </c>
       <c r="B405" s="14" t="n">
-        <v>2223.0</v>
+        <v>2155.0</v>
       </c>
       <c r="C405" s="14" t="n">
-        <v>398.0</v>
+        <v>74.0</v>
       </c>
       <c r="D405" s="14" t="n">
-        <v>56.0</v>
-[...1 lines deleted...]
-      <c r="E405" s="14" t="n">
+        <v>180.0</v>
+      </c>
+      <c r="E405" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
+      </c>
+      <c r="F405" s="14" t="n">
+        <v>108.0</v>
+      </c>
+      <c r="G405" s="14" t="n">
+        <v>157.0</v>
+      </c>
+      <c r="H405" s="14" t="n">
+        <v>63.0</v>
+      </c>
+      <c r="I405" s="14" t="n">
+        <v>249.0</v>
+      </c>
+      <c r="J405" s="14" t="n">
         <v>38.0</v>
       </c>
-      <c r="F405" s="14" t="n">
-[...13 lines deleted...]
-      </c>
       <c r="K405" s="14" t="n">
-        <v>426.0</v>
-[...2 lines deleted...]
-        <v>199.0</v>
+        <v>573.0</v>
+      </c>
+      <c r="L405" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="M405" s="14" t="n">
-        <v>329.0</v>
+        <v>263.0</v>
       </c>
       <c r="N405" s="14" t="n">
-        <v>135.0</v>
+        <v>85.0</v>
       </c>
     </row>
     <row r="406">
       <c r="A406" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Norway</t>
         </is>
       </c>
       <c r="B406" s="14" t="n">
-        <v>126.0</v>
+        <v>148.0</v>
       </c>
       <c r="C406" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="D406" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="D406" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="E406" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="F406" s="14" t="n">
-        <v>0.0</v>
+      <c r="F406" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="G406" s="14" t="n">
-        <v>18.0</v>
+        <v>0.0</v>
       </c>
       <c r="H406" s="14" t="n">
-        <v>15.0</v>
+        <v>0.0</v>
       </c>
       <c r="I406" s="14" t="n">
-        <v>0.0</v>
+        <v>55.0</v>
       </c>
       <c r="J406" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="K406" s="14" t="n">
-        <v>15.0</v>
+      <c r="K406" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="L406" s="14" t="n">
-        <v>19.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>0.0</v>
+      </c>
+      <c r="M406" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="N406" s="14" t="n">
-        <v>0.0</v>
+        <v>73.0</v>
       </c>
     </row>
     <row r="407">
       <c r="A407" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    United Kingdom</t>
         </is>
       </c>
       <c r="B407" s="14" t="n">
-        <v>12058.0</v>
+        <v>13841.0</v>
       </c>
       <c r="C407" s="14" t="n">
-        <v>905.0</v>
+        <v>975.0</v>
       </c>
       <c r="D407" s="14" t="n">
-        <v>528.0</v>
+        <v>1831.0</v>
       </c>
       <c r="E407" s="14" t="n">
-        <v>1218.0</v>
+        <v>720.0</v>
       </c>
       <c r="F407" s="14" t="n">
-        <v>737.0</v>
+        <v>1918.0</v>
       </c>
       <c r="G407" s="14" t="n">
-        <v>1779.0</v>
+        <v>1413.0</v>
       </c>
       <c r="H407" s="14" t="n">
-        <v>1662.0</v>
+        <v>2050.0</v>
       </c>
       <c r="I407" s="14" t="n">
-        <v>634.0</v>
+        <v>655.0</v>
       </c>
       <c r="J407" s="14" t="n">
-        <v>559.0</v>
+        <v>593.0</v>
       </c>
       <c r="K407" s="14" t="n">
-        <v>1526.0</v>
+        <v>729.0</v>
       </c>
       <c r="L407" s="14" t="n">
-        <v>1457.0</v>
+        <v>1394.0</v>
       </c>
       <c r="M407" s="14" t="n">
-        <v>650.0</v>
+        <v>703.0</v>
       </c>
       <c r="N407" s="14" t="n">
-        <v>402.0</v>
+        <v>859.0</v>
       </c>
     </row>
     <row r="408">
       <c r="A408" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Switzerland</t>
         </is>
       </c>
       <c r="B408" s="14" t="n">
-        <v>1218.0</v>
-[...12 lines deleted...]
-        </is>
+        <v>1330.0</v>
+      </c>
+      <c r="C408" s="14" t="n">
+        <v>73.0</v>
+      </c>
+      <c r="D408" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="E408" s="14" t="n">
+        <v>66.0</v>
       </c>
       <c r="F408" s="14" t="n">
-        <v>116.0</v>
+        <v>114.0</v>
       </c>
       <c r="G408" s="14" t="n">
-        <v>64.0</v>
+        <v>121.0</v>
       </c>
       <c r="H408" s="14" t="n">
-        <v>431.0</v>
+        <v>176.0</v>
       </c>
       <c r="I408" s="14" t="n">
-        <v>194.0</v>
-[...2 lines deleted...]
-        <v>66.0</v>
+        <v>125.0</v>
+      </c>
+      <c r="J408" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="K408" s="14" t="n">
-        <v>137.0</v>
+        <v>188.0</v>
       </c>
       <c r="L408" s="14" t="n">
-        <v>53.0</v>
+        <v>196.0</v>
       </c>
       <c r="M408" s="14" t="n">
-        <v>110.0</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>95.0</v>
+      </c>
+      <c r="N408" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
     </row>
     <row r="409">
       <c r="A409" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of Europe</t>
         </is>
       </c>
       <c r="B409" s="14" t="n">
-        <v>1231.0</v>
+        <v>550.0</v>
       </c>
       <c r="C409" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D409" s="14" t="n">
-        <v>52.0</v>
+        <v>0.0</v>
       </c>
       <c r="E409" s="14" t="n">
-        <v>120.0</v>
+        <v>0.0</v>
       </c>
       <c r="F409" s="14" t="n">
-        <v>65.0</v>
+        <v>54.0</v>
       </c>
       <c r="G409" s="14" t="n">
-        <v>166.0</v>
-[...2 lines deleted...]
-        <v>150.0</v>
+        <v>75.0</v>
+      </c>
+      <c r="H409" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="I409" s="14" t="n">
-        <v>180.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>0.0</v>
+      </c>
+      <c r="J409" s="14" t="n">
+        <v>53.0</v>
       </c>
       <c r="K409" s="14" t="n">
-        <v>30.0</v>
-[...2 lines deleted...]
-        <v>126.0</v>
+        <v>276.0</v>
+      </c>
+      <c r="L409" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="M409" s="14" t="n">
-        <v>276.0</v>
+        <v>0.0</v>
       </c>
       <c r="N409" s="14" t="n">
-        <v>0.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="410">
       <c r="A410" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    United States</t>
         </is>
       </c>
       <c r="B410" s="14" t="n">
-        <v>155.0</v>
+        <v>355.0</v>
       </c>
       <c r="C410" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="D410" s="14" t="n">
-        <v>0.0</v>
+      <c r="D410" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="E410" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="F410" s="14" t="n">
-        <v>0.0</v>
+      <c r="F410" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="G410" s="14" t="n">
-        <v>47.0</v>
-[...2 lines deleted...]
-        <v>60.0</v>
+        <v>0.0</v>
+      </c>
+      <c r="H410" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="I410" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="J410" s="14" t="n">
-        <v>0.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>132.0</v>
+      </c>
+      <c r="K410" s="14" t="n">
+        <v>52.0</v>
       </c>
       <c r="L410" s="14" t="n">
-        <v>28.0</v>
+        <v>50.0</v>
       </c>
       <c r="M410" s="14" t="n">
-        <v>0.0</v>
+        <v>52.0</v>
       </c>
       <c r="N410" s="14" t="n">
-        <v>0.0</v>
+        <v>31.0</v>
       </c>
     </row>
     <row r="411">
       <c r="A411" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of America</t>
         </is>
       </c>
       <c r="B411" s="14" t="n">
-        <v>2418.0</v>
+        <v>3494.0</v>
       </c>
       <c r="C411" s="14" t="n">
-        <v>113.0</v>
+        <v>17.0</v>
       </c>
       <c r="D411" s="14" t="n">
-        <v>193.0</v>
+        <v>133.0</v>
       </c>
       <c r="E411" s="14" t="n">
-        <v>104.0</v>
+        <v>93.0</v>
       </c>
       <c r="F411" s="14" t="n">
-        <v>156.0</v>
+        <v>128.0</v>
       </c>
       <c r="G411" s="14" t="n">
-        <v>153.0</v>
+        <v>185.0</v>
       </c>
       <c r="H411" s="14" t="n">
-        <v>271.0</v>
+        <v>285.0</v>
       </c>
       <c r="I411" s="14" t="n">
-        <v>147.0</v>
+        <v>260.0</v>
       </c>
       <c r="J411" s="14" t="n">
-        <v>222.0</v>
+        <v>369.0</v>
       </c>
       <c r="K411" s="14" t="n">
-        <v>569.0</v>
+        <v>229.0</v>
       </c>
       <c r="L411" s="14" t="n">
-        <v>176.0</v>
+        <v>664.0</v>
       </c>
       <c r="M411" s="14" t="n">
-        <v>199.0</v>
+        <v>720.0</v>
       </c>
       <c r="N411" s="14" t="n">
-        <v>115.0</v>
+        <v>409.0</v>
       </c>
     </row>
     <row r="412">
       <c r="A412" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    African Countries</t>
         </is>
       </c>
       <c r="B412" s="14" t="n">
-        <v>29.0</v>
+        <v>215.0</v>
       </c>
       <c r="C412" s="14" t="n">
-        <v>0.0</v>
+        <v>17.0</v>
       </c>
       <c r="D412" s="14" t="n">
-        <v>14.0</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>31.0</v>
+      </c>
+      <c r="E412" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="F412" s="14" t="n">
-        <v>0.0</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>20.0</v>
+      </c>
+      <c r="G412" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="H412" s="14" t="n">
-        <v>0.0</v>
+        <v>17.0</v>
       </c>
       <c r="I412" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="J412" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="K412" s="14" t="n">
-        <v>15.0</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>47.0</v>
+      </c>
+      <c r="L412" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="M412" s="14" t="n">
-        <v>0.0</v>
+        <v>39.0</v>
       </c>
       <c r="N412" s="14" t="n">
-        <v>0.0</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="413">
       <c r="A413" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of the world</t>
         </is>
       </c>
       <c r="B413" s="14" t="n">
-        <v>2732.0</v>
+        <v>3023.0</v>
       </c>
       <c r="C413" s="14" t="n">
+        <v>268.0</v>
+      </c>
+      <c r="D413" s="14" t="n">
+        <v>92.0</v>
+      </c>
+      <c r="E413" s="14" t="n">
+        <v>286.0</v>
+      </c>
+      <c r="F413" s="14" t="n">
+        <v>419.0</v>
+      </c>
+      <c r="G413" s="14" t="n">
         <v>349.0</v>
       </c>
-      <c r="D413" s="14" t="n">
-[...10 lines deleted...]
-      </c>
       <c r="H413" s="14" t="n">
-        <v>338.0</v>
+        <v>246.0</v>
       </c>
       <c r="I413" s="14" t="n">
-        <v>146.0</v>
+        <v>449.0</v>
       </c>
       <c r="J413" s="14" t="n">
-        <v>253.0</v>
+        <v>427.0</v>
       </c>
       <c r="K413" s="14" t="n">
-        <v>388.0</v>
+        <v>178.0</v>
       </c>
       <c r="L413" s="14" t="n">
-        <v>289.0</v>
+        <v>70.0</v>
       </c>
       <c r="M413" s="14" t="n">
-        <v>43.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>153.0</v>
+      </c>
+      <c r="N413" s="14" t="n">
+        <v>86.0</v>
       </c>
     </row>
     <row r="414">
       <c r="A414" s="6" t="inlineStr">
         <is>
           <t>Murcia (Región de)</t>
         </is>
       </c>
       <c r="B414" s="6"/>
       <c r="C414" s="6"/>
       <c r="D414" s="6"/>
       <c r="E414" s="6"/>
       <c r="F414" s="6"/>
       <c r="G414" s="6"/>
       <c r="H414" s="6"/>
       <c r="I414" s="6"/>
       <c r="J414" s="6"/>
       <c r="K414" s="6"/>
       <c r="L414" s="6"/>
       <c r="M414" s="6"/>
       <c r="N414" s="6"/>
     </row>
     <row r="415">
       <c r="A415" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B415" s="14" t="n">
-        <v>1312101.0</v>
+        <v>1355165.0</v>
       </c>
       <c r="C415" s="14" t="n">
-        <v>122594.0</v>
+        <v>131872.0</v>
       </c>
       <c r="D415" s="14" t="n">
-        <v>109119.0</v>
+        <v>126558.0</v>
       </c>
       <c r="E415" s="14" t="n">
-        <v>106347.0</v>
+        <v>133386.0</v>
       </c>
       <c r="F415" s="14" t="n">
-        <v>97046.0</v>
+        <v>75070.0</v>
       </c>
       <c r="G415" s="14" t="n">
-        <v>56923.0</v>
+        <v>57259.0</v>
       </c>
       <c r="H415" s="14" t="n">
-        <v>82701.0</v>
+        <v>70216.0</v>
       </c>
       <c r="I415" s="14" t="n">
-        <v>139971.0</v>
+        <v>142013.0</v>
       </c>
       <c r="J415" s="14" t="n">
-        <v>188385.0</v>
+        <v>207763.0</v>
       </c>
       <c r="K415" s="14" t="n">
-        <v>76643.0</v>
+        <v>86618.0</v>
       </c>
       <c r="L415" s="14" t="n">
-        <v>101426.0</v>
+        <v>97734.0</v>
       </c>
       <c r="M415" s="14" t="n">
-        <v>108620.0</v>
+        <v>110994.0</v>
       </c>
       <c r="N415" s="14" t="n">
-        <v>122326.0</v>
+        <v>115683.0</v>
       </c>
     </row>
     <row r="416">
       <c r="A416" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Spaniards</t>
         </is>
       </c>
       <c r="B416" s="14" t="n">
-        <v>477585.0</v>
+        <v>497919.0</v>
       </c>
       <c r="C416" s="14" t="n">
-        <v>8228.0</v>
+        <v>7980.0</v>
       </c>
       <c r="D416" s="14" t="n">
-        <v>5973.0</v>
+        <v>7239.0</v>
       </c>
       <c r="E416" s="14" t="n">
-        <v>12628.0</v>
+        <v>39632.0</v>
       </c>
       <c r="F416" s="14" t="n">
-        <v>39888.0</v>
+        <v>15717.0</v>
       </c>
       <c r="G416" s="14" t="n">
-        <v>16169.0</v>
+        <v>22306.0</v>
       </c>
       <c r="H416" s="14" t="n">
-        <v>55853.0</v>
+        <v>43385.0</v>
       </c>
       <c r="I416" s="14" t="n">
-        <v>106418.0</v>
+        <v>105148.0</v>
       </c>
       <c r="J416" s="14" t="n">
-        <v>154991.0</v>
+        <v>176164.0</v>
       </c>
       <c r="K416" s="14" t="n">
-        <v>35409.0</v>
+        <v>42564.0</v>
       </c>
       <c r="L416" s="14" t="n">
-        <v>18681.0</v>
+        <v>14562.0</v>
       </c>
       <c r="M416" s="14" t="n">
-        <v>10963.0</v>
+        <v>11423.0</v>
       </c>
       <c r="N416" s="14" t="n">
-        <v>12382.0</v>
+        <v>11799.0</v>
       </c>
     </row>
     <row r="417">
       <c r="A417" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Foreigners</t>
         </is>
       </c>
       <c r="B417" s="14" t="n">
-        <v>834516.0</v>
+        <v>857246.0</v>
       </c>
       <c r="C417" s="14" t="n">
-        <v>114366.0</v>
+        <v>123892.0</v>
       </c>
       <c r="D417" s="14" t="n">
-        <v>103146.0</v>
+        <v>119319.0</v>
       </c>
       <c r="E417" s="14" t="n">
-        <v>93719.0</v>
+        <v>93753.0</v>
       </c>
       <c r="F417" s="14" t="n">
-        <v>57157.0</v>
+        <v>59353.0</v>
       </c>
       <c r="G417" s="14" t="n">
-        <v>40754.0</v>
+        <v>34953.0</v>
       </c>
       <c r="H417" s="14" t="n">
-        <v>26848.0</v>
+        <v>26831.0</v>
       </c>
       <c r="I417" s="14" t="n">
-        <v>33553.0</v>
+        <v>36865.0</v>
       </c>
       <c r="J417" s="14" t="n">
-        <v>33394.0</v>
+        <v>31600.0</v>
       </c>
       <c r="K417" s="14" t="n">
-        <v>41234.0</v>
+        <v>44054.0</v>
       </c>
       <c r="L417" s="14" t="n">
-        <v>82745.0</v>
+        <v>83172.0</v>
       </c>
       <c r="M417" s="14" t="n">
-        <v>97657.0</v>
+        <v>99570.0</v>
       </c>
       <c r="N417" s="14" t="n">
-        <v>109944.0</v>
+        <v>103884.0</v>
       </c>
     </row>
     <row r="418">
       <c r="A418" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    European Union 27 (without Spain)</t>
         </is>
       </c>
       <c r="B418" s="14" t="n">
-        <v>661161.0</v>
+        <v>695607.0</v>
       </c>
       <c r="C418" s="14" t="n">
-        <v>93118.0</v>
+        <v>102193.0</v>
       </c>
       <c r="D418" s="14" t="n">
-        <v>82990.0</v>
+        <v>96933.0</v>
       </c>
       <c r="E418" s="14" t="n">
-        <v>74783.0</v>
+        <v>79135.0</v>
       </c>
       <c r="F418" s="14" t="n">
-        <v>41691.0</v>
+        <v>44226.0</v>
       </c>
       <c r="G418" s="14" t="n">
-        <v>28633.0</v>
+        <v>25249.0</v>
       </c>
       <c r="H418" s="14" t="n">
-        <v>16970.0</v>
+        <v>17567.0</v>
       </c>
       <c r="I418" s="14" t="n">
-        <v>26911.0</v>
+        <v>29743.0</v>
       </c>
       <c r="J418" s="14" t="n">
-        <v>25339.0</v>
+        <v>25714.0</v>
       </c>
       <c r="K418" s="14" t="n">
-        <v>30107.0</v>
+        <v>34032.0</v>
       </c>
       <c r="L418" s="14" t="n">
-        <v>65733.0</v>
+        <v>67059.0</v>
       </c>
       <c r="M418" s="14" t="n">
-        <v>83253.0</v>
+        <v>84453.0</v>
       </c>
       <c r="N418" s="14" t="n">
-        <v>91633.0</v>
+        <v>89303.0</v>
       </c>
     </row>
     <row r="419">
       <c r="A419" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Germany</t>
         </is>
       </c>
       <c r="B419" s="14" t="n">
-        <v>367910.0</v>
+        <v>380440.0</v>
       </c>
       <c r="C419" s="14" t="n">
-        <v>59434.0</v>
+        <v>65581.0</v>
       </c>
       <c r="D419" s="14" t="n">
-        <v>52882.0</v>
+        <v>59741.0</v>
       </c>
       <c r="E419" s="14" t="n">
-        <v>47049.0</v>
+        <v>47349.0</v>
       </c>
       <c r="F419" s="14" t="n">
-        <v>23902.0</v>
+        <v>22905.0</v>
       </c>
       <c r="G419" s="14" t="n">
-        <v>13802.0</v>
+        <v>10668.0</v>
       </c>
       <c r="H419" s="14" t="n">
-        <v>6934.0</v>
+        <v>5448.0</v>
       </c>
       <c r="I419" s="14" t="n">
-        <v>3814.0</v>
+        <v>3704.0</v>
       </c>
       <c r="J419" s="14" t="n">
-        <v>4102.0</v>
+        <v>2438.0</v>
       </c>
       <c r="K419" s="14" t="n">
-        <v>11320.0</v>
+        <v>11967.0</v>
       </c>
       <c r="L419" s="14" t="n">
-        <v>33111.0</v>
+        <v>35949.0</v>
       </c>
       <c r="M419" s="14" t="n">
-        <v>52244.0</v>
+        <v>53350.0</v>
       </c>
       <c r="N419" s="14" t="n">
-        <v>59316.0</v>
+        <v>61340.0</v>
       </c>
     </row>
     <row r="420">
       <c r="A420" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Austria</t>
         </is>
       </c>
       <c r="B420" s="14" t="n">
-        <v>9992.0</v>
+        <v>11012.0</v>
       </c>
       <c r="C420" s="14" t="n">
-        <v>1973.0</v>
+        <v>1635.0</v>
       </c>
       <c r="D420" s="14" t="n">
-        <v>1411.0</v>
+        <v>1801.0</v>
       </c>
       <c r="E420" s="14" t="n">
-        <v>903.0</v>
+        <v>1486.0</v>
       </c>
       <c r="F420" s="14" t="n">
-        <v>878.0</v>
+        <v>610.0</v>
       </c>
       <c r="G420" s="14" t="n">
-        <v>571.0</v>
+        <v>556.0</v>
       </c>
       <c r="H420" s="14" t="n">
-        <v>357.0</v>
+        <v>333.0</v>
       </c>
       <c r="I420" s="14" t="n">
-        <v>178.0</v>
+        <v>132.0</v>
       </c>
       <c r="J420" s="14" t="n">
-        <v>157.0</v>
+        <v>61.0</v>
       </c>
       <c r="K420" s="14" t="n">
-        <v>232.0</v>
+        <v>370.0</v>
       </c>
       <c r="L420" s="14" t="n">
-        <v>628.0</v>
+        <v>1158.0</v>
       </c>
       <c r="M420" s="14" t="n">
-        <v>1492.0</v>
+        <v>1264.0</v>
       </c>
       <c r="N420" s="14" t="n">
-        <v>1212.0</v>
+        <v>1606.0</v>
       </c>
     </row>
     <row r="421">
       <c r="A421" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Belgium</t>
         </is>
       </c>
       <c r="B421" s="14" t="n">
-        <v>27355.0</v>
+        <v>29781.0</v>
       </c>
       <c r="C421" s="14" t="n">
-        <v>2889.0</v>
+        <v>3382.0</v>
       </c>
       <c r="D421" s="14" t="n">
-        <v>3368.0</v>
+        <v>3022.0</v>
       </c>
       <c r="E421" s="14" t="n">
-        <v>2871.0</v>
+        <v>3379.0</v>
       </c>
       <c r="F421" s="14" t="n">
-        <v>1958.0</v>
+        <v>2756.0</v>
       </c>
       <c r="G421" s="14" t="n">
-        <v>1232.0</v>
+        <v>1178.0</v>
       </c>
       <c r="H421" s="14" t="n">
-        <v>886.0</v>
+        <v>765.0</v>
       </c>
       <c r="I421" s="14" t="n">
-        <v>2044.0</v>
+        <v>2342.0</v>
       </c>
       <c r="J421" s="14" t="n">
-        <v>576.0</v>
+        <v>508.0</v>
       </c>
       <c r="K421" s="14" t="n">
-        <v>1779.0</v>
+        <v>1810.0</v>
       </c>
       <c r="L421" s="14" t="n">
-        <v>3348.0</v>
+        <v>3131.0</v>
       </c>
       <c r="M421" s="14" t="n">
-        <v>3624.0</v>
+        <v>4417.0</v>
       </c>
       <c r="N421" s="14" t="n">
-        <v>2780.0</v>
+        <v>3091.0</v>
       </c>
     </row>
     <row r="422">
       <c r="A422" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Denmark</t>
         </is>
       </c>
       <c r="B422" s="14" t="n">
-        <v>3394.0</v>
+        <v>3457.0</v>
       </c>
       <c r="C422" s="14" t="n">
-        <v>433.0</v>
+        <v>677.0</v>
       </c>
       <c r="D422" s="14" t="n">
-        <v>453.0</v>
+        <v>589.0</v>
       </c>
       <c r="E422" s="14" t="n">
-        <v>475.0</v>
+        <v>694.0</v>
       </c>
       <c r="F422" s="14" t="n">
-        <v>444.0</v>
+        <v>638.0</v>
       </c>
       <c r="G422" s="14" t="n">
-        <v>77.0</v>
+        <v>70.0</v>
       </c>
       <c r="H422" s="14" t="n">
-        <v>33.0</v>
+        <v>78.0</v>
       </c>
       <c r="I422" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t>.</t>
         </is>
       </c>
       <c r="J422" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="K422" s="14" t="n">
-        <v>220.0</v>
+        <v>102.0</v>
       </c>
       <c r="L422" s="14" t="n">
-        <v>260.0</v>
-[...2 lines deleted...]
-        <v>613.0</v>
+        <v>412.0</v>
+      </c>
+      <c r="M422" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="N422" s="14" t="n">
-        <v>336.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="423">
       <c r="A423" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Finland</t>
         </is>
       </c>
       <c r="B423" s="14" t="n">
-        <v>2182.0</v>
+        <v>1962.0</v>
       </c>
       <c r="C423" s="14" t="n">
-        <v>335.0</v>
+        <v>349.0</v>
       </c>
       <c r="D423" s="14" t="n">
+        <v>356.0</v>
+      </c>
+      <c r="E423" s="14" t="n">
+        <v>279.0</v>
+      </c>
+      <c r="F423" s="14" t="n">
         <v>295.0</v>
       </c>
-      <c r="E423" s="14" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="G423" s="14" t="n">
-        <v>0.0</v>
+        <v>51.0</v>
       </c>
       <c r="H423" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="I423" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="J423" s="14" t="n">
-        <v>55.0</v>
+        <v>0.0</v>
       </c>
       <c r="K423" s="14" t="n">
-        <v>174.0</v>
+        <v>142.0</v>
       </c>
       <c r="L423" s="14" t="n">
-        <v>241.0</v>
+        <v>132.0</v>
       </c>
       <c r="M423" s="14" t="n">
-        <v>462.0</v>
+        <v>172.0</v>
       </c>
       <c r="N423" s="14" t="n">
-        <v>393.0</v>
+        <v>185.0</v>
       </c>
     </row>
     <row r="424">
       <c r="A424" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    France</t>
         </is>
       </c>
       <c r="B424" s="14" t="n">
-        <v>120898.0</v>
+        <v>132473.0</v>
       </c>
       <c r="C424" s="14" t="n">
-        <v>12521.0</v>
+        <v>14064.0</v>
       </c>
       <c r="D424" s="14" t="n">
-        <v>10491.0</v>
+        <v>12752.0</v>
       </c>
       <c r="E424" s="14" t="n">
-        <v>10304.0</v>
+        <v>10677.0</v>
       </c>
       <c r="F424" s="14" t="n">
-        <v>6431.0</v>
+        <v>8052.0</v>
       </c>
       <c r="G424" s="14" t="n">
-        <v>5203.0</v>
+        <v>4801.0</v>
       </c>
       <c r="H424" s="14" t="n">
-        <v>4269.0</v>
+        <v>5057.0</v>
       </c>
       <c r="I424" s="14" t="n">
-        <v>16568.0</v>
+        <v>18012.0</v>
       </c>
       <c r="J424" s="14" t="n">
-        <v>15153.0</v>
+        <v>12741.0</v>
       </c>
       <c r="K424" s="14" t="n">
-        <v>9331.0</v>
+        <v>11293.0</v>
       </c>
       <c r="L424" s="14" t="n">
-        <v>10580.0</v>
+        <v>13599.0</v>
       </c>
       <c r="M424" s="14" t="n">
-        <v>9339.0</v>
+        <v>11166.0</v>
       </c>
       <c r="N424" s="14" t="n">
-        <v>10708.0</v>
+        <v>10258.0</v>
       </c>
     </row>
     <row r="425">
       <c r="A425" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Greece</t>
         </is>
       </c>
       <c r="B425" s="14" t="n">
-        <v>0.0</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>232.0</v>
+      </c>
+      <c r="C425" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="D425" s="14" t="n">
-        <v>0.0</v>
+        <v>194.0</v>
       </c>
       <c r="E425" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="F425" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="G425" s="14" t="n">
-        <v>0.0</v>
+      <c r="G425" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="H425" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="I425" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="J425" s="14" t="n">
-        <v>0.0</v>
+      <c r="J425" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="K425" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="L425" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="M425" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="N425" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="426">
       <c r="A426" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Ireland</t>
         </is>
       </c>
       <c r="B426" s="14" t="n">
-        <v>11059.0</v>
-[...2 lines deleted...]
-        <v>440.0</v>
+        <v>6396.0</v>
+      </c>
+      <c r="C426" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="D426" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E426" s="14" t="n">
-        <v>444.0</v>
+        <v>692.0</v>
       </c>
       <c r="F426" s="14" t="n">
-        <v>439.0</v>
+        <v>745.0</v>
       </c>
       <c r="G426" s="14" t="n">
-        <v>212.0</v>
+        <v>300.0</v>
       </c>
       <c r="H426" s="14" t="n">
-        <v>327.0</v>
+        <v>225.0</v>
       </c>
       <c r="I426" s="14" t="n">
-        <v>62.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>519.0</v>
+      </c>
+      <c r="J426" s="14" t="n">
+        <v>144.0</v>
       </c>
       <c r="K426" s="14" t="n">
-        <v>121.0</v>
+        <v>581.0</v>
       </c>
       <c r="L426" s="14" t="n">
-        <v>7101.0</v>
+        <v>730.0</v>
       </c>
       <c r="M426" s="14" t="n">
-        <v>560.0</v>
+        <v>605.0</v>
       </c>
       <c r="N426" s="14" t="n">
-        <v>875.0</v>
+        <v>465.0</v>
       </c>
     </row>
     <row r="427">
       <c r="A427" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Italy</t>
         </is>
       </c>
       <c r="B427" s="14" t="n">
-        <v>5336.0</v>
+        <v>5149.0</v>
       </c>
       <c r="C427" s="14" t="n">
-        <v>1105.0</v>
+        <v>665.0</v>
       </c>
       <c r="D427" s="14" t="n">
+        <v>638.0</v>
+      </c>
+      <c r="E427" s="14" t="n">
         <v>493.0</v>
       </c>
-      <c r="E427" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="F427" s="14" t="n">
-        <v>154.0</v>
+        <v>137.0</v>
       </c>
       <c r="G427" s="14" t="n">
-        <v>0.0</v>
+        <v>187.0</v>
       </c>
       <c r="H427" s="14" t="n">
-        <v>513.0</v>
+        <v>656.0</v>
       </c>
       <c r="I427" s="14" t="n">
-        <v>637.0</v>
+        <v>327.0</v>
       </c>
       <c r="J427" s="14" t="n">
-        <v>938.0</v>
+        <v>985.0</v>
       </c>
       <c r="K427" s="14" t="n">
-        <v>337.0</v>
+        <v>263.0</v>
       </c>
       <c r="L427" s="14" t="n">
-        <v>266.0</v>
+        <v>182.0</v>
       </c>
       <c r="M427" s="14" t="n">
-        <v>322.0</v>
+        <v>114.0</v>
       </c>
       <c r="N427" s="14" t="n">
-        <v>355.0</v>
+        <v>503.0</v>
       </c>
     </row>
     <row r="428">
       <c r="A428" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Luxembourg</t>
         </is>
       </c>
       <c r="B428" s="14" t="n">
-        <v>3018.0</v>
+        <v>2836.0</v>
       </c>
       <c r="C428" s="14" t="n">
-        <v>556.0</v>
+        <v>632.0</v>
       </c>
       <c r="D428" s="14" t="n">
-        <v>394.0</v>
+        <v>708.0</v>
       </c>
       <c r="E428" s="14" t="n">
-        <v>454.0</v>
+        <v>389.0</v>
       </c>
       <c r="F428" s="14" t="n">
-        <v>171.0</v>
+        <v>45.0</v>
       </c>
       <c r="G428" s="14" t="n">
-        <v>98.0</v>
+        <v>51.0</v>
       </c>
       <c r="H428" s="14" t="n">
-        <v>68.0</v>
+        <v>0.0</v>
       </c>
       <c r="I428" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="J428" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="K428" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K428" s="14" t="n">
+        <v>87.0</v>
       </c>
       <c r="L428" s="14" t="n">
-        <v>340.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>206.0</v>
+      </c>
+      <c r="M428" s="14" t="n">
+        <v>250.0</v>
       </c>
       <c r="N428" s="14" t="n">
-        <v>354.0</v>
+        <v>468.0</v>
       </c>
     </row>
     <row r="429">
       <c r="A429" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Netherlands</t>
         </is>
       </c>
       <c r="B429" s="14" t="n">
-        <v>74971.0</v>
+        <v>82562.0</v>
       </c>
       <c r="C429" s="14" t="n">
-        <v>8763.0</v>
+        <v>10312.0</v>
       </c>
       <c r="D429" s="14" t="n">
-        <v>8629.0</v>
+        <v>12601.0</v>
       </c>
       <c r="E429" s="14" t="n">
-        <v>8648.0</v>
+        <v>9713.0</v>
       </c>
       <c r="F429" s="14" t="n">
-        <v>5631.0</v>
+        <v>6846.0</v>
       </c>
       <c r="G429" s="14" t="n">
-        <v>6534.0</v>
+        <v>6406.0</v>
       </c>
       <c r="H429" s="14" t="n">
-        <v>2447.0</v>
+        <v>3954.0</v>
       </c>
       <c r="I429" s="14" t="n">
-        <v>1727.0</v>
+        <v>2287.0</v>
       </c>
       <c r="J429" s="14" t="n">
-        <v>1224.0</v>
+        <v>1216.0</v>
       </c>
       <c r="K429" s="14" t="n">
-        <v>4437.0</v>
+        <v>5033.0</v>
       </c>
       <c r="L429" s="14" t="n">
-        <v>6882.0</v>
+        <v>7931.0</v>
       </c>
       <c r="M429" s="14" t="n">
-        <v>9490.0</v>
+        <v>9160.0</v>
       </c>
       <c r="N429" s="14" t="n">
-        <v>10559.0</v>
+        <v>7103.0</v>
       </c>
     </row>
     <row r="430">
       <c r="A430" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Poland</t>
         </is>
       </c>
       <c r="B430" s="14" t="n">
-        <v>2086.0</v>
+        <v>2510.0</v>
       </c>
       <c r="C430" s="14" t="n">
-        <v>97.0</v>
+        <v>128.0</v>
       </c>
       <c r="D430" s="14" t="n">
-        <v>163.0</v>
+        <v>102.0</v>
       </c>
       <c r="E430" s="14" t="n">
-        <v>58.0</v>
+        <v>284.0</v>
       </c>
       <c r="F430" s="14" t="n">
-        <v>327.0</v>
+        <v>105.0</v>
       </c>
       <c r="G430" s="14" t="n">
-        <v>105.0</v>
+        <v>378.0</v>
       </c>
       <c r="H430" s="14" t="n">
-        <v>44.0</v>
+        <v>143.0</v>
       </c>
       <c r="I430" s="14" t="n">
-        <v>289.0</v>
+        <v>316.0</v>
       </c>
       <c r="J430" s="14" t="n">
-        <v>272.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>87.0</v>
+      </c>
+      <c r="K430" s="14" t="n">
+        <v>126.0</v>
       </c>
       <c r="L430" s="14" t="n">
-        <v>104.0</v>
+        <v>490.0</v>
       </c>
       <c r="M430" s="14" t="n">
-        <v>270.0</v>
+        <v>277.0</v>
       </c>
       <c r="N430" s="14" t="n">
-        <v>348.0</v>
+        <v>74.0</v>
       </c>
     </row>
     <row r="431">
       <c r="A431" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Portugal</t>
         </is>
       </c>
       <c r="B431" s="14" t="n">
-        <v>5761.0</v>
+        <v>7033.0</v>
       </c>
       <c r="C431" s="14" t="n">
-        <v>64.0</v>
+        <v>0.0</v>
       </c>
       <c r="D431" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="E431" s="14" t="n">
-        <v>633.0</v>
+        <v>262.0</v>
       </c>
       <c r="F431" s="14" t="n">
-        <v>323.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>65.0</v>
+      </c>
+      <c r="G431" s="14" t="n">
+        <v>182.0</v>
       </c>
       <c r="H431" s="14" t="n">
-        <v>693.0</v>
+        <v>566.0</v>
       </c>
       <c r="I431" s="14" t="n">
-        <v>1108.0</v>
+        <v>1195.0</v>
       </c>
       <c r="J431" s="14" t="n">
-        <v>2257.0</v>
+        <v>3347.0</v>
       </c>
       <c r="K431" s="14" t="n">
-        <v>509.0</v>
+        <v>1255.0</v>
       </c>
       <c r="L431" s="14" t="n">
-        <v>60.0</v>
+        <v>153.0</v>
       </c>
       <c r="M431" s="13" t="inlineStr">
         <is>
-          <t>..</t>
-[...3 lines deleted...]
-        <v>65.0</v>
+          <t>.</t>
+        </is>
+      </c>
+      <c r="N431" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
     </row>
     <row r="432">
       <c r="A432" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Czech Republic</t>
         </is>
       </c>
       <c r="B432" s="14" t="n">
-        <v>2078.0</v>
+        <v>1573.0</v>
       </c>
       <c r="C432" s="14" t="n">
-        <v>168.0</v>
-[...2 lines deleted...]
-        <v>208.0</v>
+        <v>54.0</v>
+      </c>
+      <c r="D432" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="E432" s="14" t="n">
-        <v>203.0</v>
+        <v>131.0</v>
       </c>
       <c r="F432" s="14" t="n">
-        <v>166.0</v>
-[...5 lines deleted...]
-        <v>150.0</v>
+        <v>210.0</v>
+      </c>
+      <c r="G432" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="H432" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="I432" s="14" t="n">
-        <v>277.0</v>
+        <v>238.0</v>
       </c>
       <c r="J432" s="14" t="n">
-        <v>118.0</v>
+        <v>61.0</v>
       </c>
       <c r="K432" s="14" t="n">
-        <v>366.0</v>
+        <v>236.0</v>
       </c>
       <c r="L432" s="14" t="n">
-        <v>180.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>181.0</v>
+      </c>
+      <c r="M432" s="14" t="n">
+        <v>87.0</v>
       </c>
       <c r="N432" s="14" t="n">
-        <v>145.0</v>
+        <v>140.0</v>
       </c>
     </row>
     <row r="433">
       <c r="A433" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Sweden</t>
         </is>
       </c>
       <c r="B433" s="14" t="n">
-        <v>23435.0</v>
+        <v>21932.0</v>
       </c>
       <c r="C433" s="14" t="n">
-        <v>4276.0</v>
+        <v>3764.0</v>
       </c>
       <c r="D433" s="14" t="n">
-        <v>3650.0</v>
+        <v>3390.0</v>
       </c>
       <c r="E433" s="14" t="n">
-        <v>2353.0</v>
+        <v>3156.0</v>
       </c>
       <c r="F433" s="14" t="n">
-        <v>637.0</v>
+        <v>613.0</v>
       </c>
       <c r="G433" s="14" t="n">
-        <v>426.0</v>
-[...2 lines deleted...]
-        <v>241.0</v>
+        <v>290.0</v>
+      </c>
+      <c r="H433" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="I433" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="J433" s="14" t="n">
-        <v>112.0</v>
+      <c r="J433" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="K433" s="14" t="n">
-        <v>908.0</v>
+        <v>746.0</v>
       </c>
       <c r="L433" s="14" t="n">
-        <v>2464.0</v>
+        <v>2650.0</v>
       </c>
       <c r="M433" s="14" t="n">
-        <v>4287.0</v>
+        <v>3100.0</v>
       </c>
       <c r="N433" s="14" t="n">
-        <v>3985.0</v>
+        <v>3986.0</v>
       </c>
     </row>
     <row r="434">
       <c r="A434" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of EU</t>
         </is>
       </c>
       <c r="B434" s="14" t="n">
-        <v>1685.0</v>
+        <v>6259.0</v>
       </c>
       <c r="C434" s="14" t="n">
-        <v>64.0</v>
+        <v>41.0</v>
       </c>
       <c r="D434" s="14" t="n">
-        <v>76.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>468.0</v>
+      </c>
+      <c r="E434" s="14" t="n">
+        <v>151.0</v>
       </c>
       <c r="F434" s="14" t="n">
-        <v>153.0</v>
+        <v>205.0</v>
       </c>
       <c r="G434" s="14" t="n">
-        <v>289.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>102.0</v>
+      </c>
+      <c r="H434" s="14" t="n">
+        <v>115.0</v>
       </c>
       <c r="I434" s="14" t="n">
-        <v>62.0</v>
+        <v>590.0</v>
       </c>
       <c r="J434" s="14" t="n">
-        <v>371.0</v>
+        <v>4042.0</v>
       </c>
       <c r="K434" s="14" t="n">
-        <v>268.0</v>
+        <v>21.0</v>
       </c>
       <c r="L434" s="14" t="n">
-        <v>167.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>155.0</v>
+      </c>
+      <c r="M434" s="14" t="n">
+        <v>311.0</v>
       </c>
       <c r="N434" s="14" t="n">
-        <v>202.0</v>
+        <v>57.0</v>
       </c>
     </row>
     <row r="435">
       <c r="A435" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Norway</t>
         </is>
       </c>
       <c r="B435" s="14" t="n">
-        <v>2534.0</v>
-[...10 lines deleted...]
-        <v>165.0</v>
+        <v>2088.0</v>
+      </c>
+      <c r="C435" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
+      </c>
+      <c r="D435" s="14" t="n">
+        <v>350.0</v>
+      </c>
+      <c r="E435" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="F435" s="14" t="n">
-        <v>261.0</v>
+        <v>180.0</v>
       </c>
       <c r="G435" s="14" t="n">
-        <v>0.0</v>
+        <v>29.0</v>
       </c>
       <c r="H435" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="I435" s="14" t="n">
-        <v>384.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>0.0</v>
+      </c>
+      <c r="J435" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="K435" s="14" t="n">
-        <v>68.0</v>
+        <v>0.0</v>
       </c>
       <c r="L435" s="14" t="n">
-        <v>536.0</v>
+        <v>123.0</v>
       </c>
       <c r="M435" s="14" t="n">
-        <v>400.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>202.0</v>
+      </c>
+      <c r="N435" s="14" t="n">
+        <v>551.0</v>
       </c>
     </row>
     <row r="436">
       <c r="A436" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    United Kingdom</t>
         </is>
       </c>
       <c r="B436" s="14" t="n">
-        <v>131915.0</v>
+        <v>122320.0</v>
       </c>
       <c r="C436" s="14" t="n">
-        <v>15876.0</v>
+        <v>16989.0</v>
       </c>
       <c r="D436" s="14" t="n">
-        <v>16346.0</v>
+        <v>17716.0</v>
       </c>
       <c r="E436" s="14" t="n">
-        <v>14897.0</v>
+        <v>10603.0</v>
       </c>
       <c r="F436" s="14" t="n">
-        <v>11867.0</v>
+        <v>11754.0</v>
       </c>
       <c r="G436" s="14" t="n">
-        <v>9908.0</v>
+        <v>7777.0</v>
       </c>
       <c r="H436" s="14" t="n">
-        <v>8188.0</v>
+        <v>8286.0</v>
       </c>
       <c r="I436" s="14" t="n">
-        <v>4802.0</v>
+        <v>5120.0</v>
       </c>
       <c r="J436" s="14" t="n">
-        <v>5705.0</v>
+        <v>4674.0</v>
       </c>
       <c r="K436" s="14" t="n">
-        <v>8175.0</v>
+        <v>7509.0</v>
       </c>
       <c r="L436" s="14" t="n">
-        <v>13022.0</v>
+        <v>11997.0</v>
       </c>
       <c r="M436" s="14" t="n">
-        <v>9946.0</v>
+        <v>10695.0</v>
       </c>
       <c r="N436" s="14" t="n">
-        <v>13182.0</v>
+        <v>9199.0</v>
       </c>
     </row>
     <row r="437">
       <c r="A437" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Switzerland</t>
         </is>
       </c>
       <c r="B437" s="14" t="n">
-        <v>30360.0</v>
+        <v>30116.0</v>
       </c>
       <c r="C437" s="14" t="n">
-        <v>4744.0</v>
+        <v>3643.0</v>
       </c>
       <c r="D437" s="14" t="n">
-        <v>3291.0</v>
+        <v>3982.0</v>
       </c>
       <c r="E437" s="14" t="n">
-        <v>3362.0</v>
+        <v>3564.0</v>
       </c>
       <c r="F437" s="14" t="n">
-        <v>2777.0</v>
+        <v>2426.0</v>
       </c>
       <c r="G437" s="14" t="n">
-        <v>2116.0</v>
+        <v>1541.0</v>
       </c>
       <c r="H437" s="14" t="n">
-        <v>865.0</v>
+        <v>742.0</v>
       </c>
       <c r="I437" s="14" t="n">
-        <v>358.0</v>
+        <v>608.0</v>
       </c>
       <c r="J437" s="14" t="n">
-        <v>429.0</v>
+        <v>314.0</v>
       </c>
       <c r="K437" s="14" t="n">
-        <v>1390.0</v>
+        <v>1401.0</v>
       </c>
       <c r="L437" s="14" t="n">
-        <v>3274.0</v>
+        <v>3441.0</v>
       </c>
       <c r="M437" s="14" t="n">
-        <v>3759.0</v>
+        <v>4026.0</v>
       </c>
       <c r="N437" s="14" t="n">
-        <v>3996.0</v>
+        <v>4430.0</v>
       </c>
     </row>
     <row r="438">
       <c r="A438" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of Europe</t>
         </is>
       </c>
       <c r="B438" s="14" t="n">
-        <v>1973.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>2297.0</v>
+      </c>
+      <c r="C438" s="14" t="n">
+        <v>473.0</v>
       </c>
       <c r="D438" s="14" t="n">
-        <v>267.0</v>
+        <v>0.0</v>
       </c>
       <c r="E438" s="14" t="n">
-        <v>426.0</v>
+        <v>63.0</v>
       </c>
       <c r="F438" s="14" t="n">
-        <v>72.0</v>
-[...9 lines deleted...]
-        </is>
+        <v>522.0</v>
+      </c>
+      <c r="G438" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="H438" s="14" t="n">
+        <v>17.0</v>
       </c>
       <c r="I438" s="14" t="n">
-        <v>120.0</v>
+        <v>137.0</v>
       </c>
       <c r="J438" s="14" t="n">
-        <v>109.0</v>
+        <v>44.0</v>
       </c>
       <c r="K438" s="14" t="n">
-        <v>580.0</v>
+        <v>667.0</v>
       </c>
       <c r="L438" s="14" t="n">
-        <v>0.0</v>
-[...9 lines deleted...]
-        </is>
+        <v>115.0</v>
+      </c>
+      <c r="M438" s="14" t="n">
+        <v>52.0</v>
+      </c>
+      <c r="N438" s="14" t="n">
+        <v>205.0</v>
       </c>
     </row>
     <row r="439">
       <c r="A439" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    United States</t>
         </is>
       </c>
       <c r="B439" s="14" t="n">
-        <v>289.0</v>
+        <v>254.0</v>
       </c>
       <c r="C439" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="D439" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="D439" s="14" t="n">
+        <v>14.0</v>
       </c>
       <c r="E439" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="F439" s="13" t="inlineStr">
-[...18 lines deleted...]
-        </is>
+      <c r="F439" s="14" t="n">
+        <v>18.0</v>
+      </c>
+      <c r="G439" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="H439" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="I439" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="J439" s="14" t="n">
+        <v>44.0</v>
       </c>
       <c r="K439" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="L439" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="M439" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="M439" s="14" t="n">
+        <v>32.0</v>
       </c>
       <c r="N439" s="14" t="n">
-        <v>0.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="440">
       <c r="A440" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of America</t>
         </is>
       </c>
       <c r="B440" s="14" t="n">
-        <v>1260.0</v>
+        <v>916.0</v>
       </c>
       <c r="C440" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="D440" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="D440" s="14" t="n">
+        <v>70.0</v>
       </c>
       <c r="E440" s="14" t="n">
-        <v>21.0</v>
+        <v>0.0</v>
       </c>
       <c r="F440" s="14" t="n">
-        <v>107.0</v>
+        <v>33.0</v>
       </c>
       <c r="G440" s="14" t="n">
-        <v>48.0</v>
+        <v>170.0</v>
       </c>
       <c r="H440" s="14" t="n">
-        <v>59.0</v>
+        <v>0.0</v>
       </c>
       <c r="I440" s="14" t="n">
-        <v>265.0</v>
+        <v>130.0</v>
       </c>
       <c r="J440" s="14" t="n">
-        <v>455.0</v>
-[...15 lines deleted...]
-        <v>169.0</v>
+        <v>348.0</v>
+      </c>
+      <c r="K440" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="L440" s="14" t="n">
+        <v>120.0</v>
+      </c>
+      <c r="M440" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="N440" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
     </row>
     <row r="441">
       <c r="A441" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    African Countries</t>
         </is>
       </c>
       <c r="B441" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C441" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="D441" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="E441" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="F441" s="14" t="n">
         <v>0.0</v>
       </c>
@@ -21455,4304 +21655,4484 @@
       <c r="J441" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="K441" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="L441" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="M441" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="N441" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="442">
       <c r="A442" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of the world</t>
         </is>
       </c>
       <c r="B442" s="14" t="n">
-        <v>4991.0</v>
+        <v>3602.0</v>
       </c>
       <c r="C442" s="14" t="n">
-        <v>106.0</v>
+        <v>135.0</v>
       </c>
       <c r="D442" s="14" t="n">
-        <v>104.0</v>
+        <v>255.0</v>
       </c>
       <c r="E442" s="14" t="n">
-        <v>64.0</v>
+        <v>144.0</v>
       </c>
       <c r="F442" s="14" t="n">
-        <v>378.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>194.0</v>
+      </c>
+      <c r="G442" s="14" t="n">
+        <v>186.0</v>
       </c>
       <c r="H442" s="14" t="n">
-        <v>679.0</v>
+        <v>214.0</v>
       </c>
       <c r="I442" s="14" t="n">
-        <v>659.0</v>
+        <v>1118.0</v>
       </c>
       <c r="J442" s="14" t="n">
-        <v>1309.0</v>
+        <v>445.0</v>
       </c>
       <c r="K442" s="14" t="n">
-        <v>834.0</v>
+        <v>394.0</v>
       </c>
       <c r="L442" s="14" t="n">
-        <v>143.0</v>
+        <v>316.0</v>
       </c>
       <c r="M442" s="14" t="n">
-        <v>129.0</v>
+        <v>109.0</v>
       </c>
       <c r="N442" s="14" t="n">
-        <v>560.0</v>
+        <v>92.0</v>
       </c>
     </row>
     <row r="443">
       <c r="A443" s="6" t="inlineStr">
         <is>
           <t>Navarra (Comunidad Foral de)</t>
         </is>
       </c>
       <c r="B443" s="6"/>
       <c r="C443" s="6"/>
       <c r="D443" s="6"/>
       <c r="E443" s="6"/>
       <c r="F443" s="6"/>
       <c r="G443" s="6"/>
       <c r="H443" s="6"/>
       <c r="I443" s="6"/>
       <c r="J443" s="6"/>
       <c r="K443" s="6"/>
       <c r="L443" s="6"/>
       <c r="M443" s="6"/>
       <c r="N443" s="6"/>
     </row>
     <row r="444">
       <c r="A444" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B444" s="14" t="n">
-        <v>769651.0</v>
-[...2 lines deleted...]
-        <v>4252.0</v>
+        <v>710340.0</v>
+      </c>
+      <c r="C444" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="D444" s="14" t="n">
-        <v>6870.0</v>
+        <v>4558.0</v>
       </c>
       <c r="E444" s="14" t="n">
-        <v>17132.0</v>
+        <v>39699.0</v>
       </c>
       <c r="F444" s="14" t="n">
-        <v>74722.0</v>
+        <v>42682.0</v>
       </c>
       <c r="G444" s="14" t="n">
-        <v>59028.0</v>
+        <v>63211.0</v>
       </c>
       <c r="H444" s="14" t="n">
-        <v>78202.0</v>
+        <v>83181.0</v>
       </c>
       <c r="I444" s="14" t="n">
-        <v>158713.0</v>
+        <v>132259.0</v>
       </c>
       <c r="J444" s="14" t="n">
-        <v>223150.0</v>
+        <v>200041.0</v>
       </c>
       <c r="K444" s="14" t="n">
-        <v>68983.0</v>
+        <v>68391.0</v>
       </c>
       <c r="L444" s="14" t="n">
-        <v>63959.0</v>
+        <v>55717.0</v>
       </c>
       <c r="M444" s="14" t="n">
-        <v>9086.0</v>
-[...2 lines deleted...]
-        <v>5553.0</v>
+        <v>14166.0</v>
+      </c>
+      <c r="N444" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
     </row>
     <row r="445">
       <c r="A445" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Spaniards</t>
         </is>
       </c>
       <c r="B445" s="14" t="n">
-        <v>666401.0</v>
-[...2 lines deleted...]
-        <v>4120.0</v>
+        <v>590708.0</v>
+      </c>
+      <c r="C445" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="D445" s="14" t="n">
-        <v>6573.0</v>
+        <v>4254.0</v>
       </c>
       <c r="E445" s="14" t="n">
-        <v>16224.0</v>
+        <v>36146.0</v>
       </c>
       <c r="F445" s="14" t="n">
-        <v>64974.0</v>
+        <v>34637.0</v>
       </c>
       <c r="G445" s="14" t="n">
-        <v>46082.0</v>
+        <v>43404.0</v>
       </c>
       <c r="H445" s="14" t="n">
-        <v>68672.0</v>
+        <v>68911.0</v>
       </c>
       <c r="I445" s="14" t="n">
-        <v>138017.0</v>
+        <v>114386.0</v>
       </c>
       <c r="J445" s="14" t="n">
-        <v>197945.0</v>
+        <v>173980.0</v>
       </c>
       <c r="K445" s="14" t="n">
-        <v>53987.0</v>
+        <v>48696.0</v>
       </c>
       <c r="L445" s="14" t="n">
-        <v>56346.0</v>
+        <v>47030.0</v>
       </c>
       <c r="M445" s="14" t="n">
-        <v>8143.0</v>
-[...2 lines deleted...]
-        <v>5317.0</v>
+        <v>13418.0</v>
+      </c>
+      <c r="N445" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
     </row>
     <row r="446">
       <c r="A446" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Foreigners</t>
         </is>
       </c>
       <c r="B446" s="14" t="n">
-        <v>103249.0</v>
-[...2 lines deleted...]
-        <v>132.0</v>
+        <v>119632.0</v>
+      </c>
+      <c r="C446" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="D446" s="14" t="n">
-        <v>297.0</v>
+        <v>304.0</v>
       </c>
       <c r="E446" s="14" t="n">
-        <v>908.0</v>
+        <v>3553.0</v>
       </c>
       <c r="F446" s="14" t="n">
-        <v>9748.0</v>
+        <v>8045.0</v>
       </c>
       <c r="G446" s="14" t="n">
-        <v>12946.0</v>
+        <v>19807.0</v>
       </c>
       <c r="H446" s="14" t="n">
-        <v>9530.0</v>
+        <v>14270.0</v>
       </c>
       <c r="I446" s="14" t="n">
-        <v>20696.0</v>
+        <v>17873.0</v>
       </c>
       <c r="J446" s="14" t="n">
-        <v>25205.0</v>
+        <v>26061.0</v>
       </c>
       <c r="K446" s="14" t="n">
-        <v>14996.0</v>
+        <v>19695.0</v>
       </c>
       <c r="L446" s="14" t="n">
-        <v>7613.0</v>
+        <v>8687.0</v>
       </c>
       <c r="M446" s="14" t="n">
-        <v>943.0</v>
-[...2 lines deleted...]
-        <v>236.0</v>
+        <v>747.0</v>
+      </c>
+      <c r="N446" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
     </row>
     <row r="447">
       <c r="A447" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    European Union 27 (without Spain)</t>
         </is>
       </c>
       <c r="B447" s="14" t="n">
-        <v>86647.0</v>
-[...2 lines deleted...]
-        <v>80.0</v>
+        <v>101969.0</v>
+      </c>
+      <c r="C447" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="D447" s="14" t="n">
-        <v>217.0</v>
+        <v>185.0</v>
       </c>
       <c r="E447" s="14" t="n">
-        <v>610.0</v>
+        <v>2474.0</v>
       </c>
       <c r="F447" s="14" t="n">
-        <v>7156.0</v>
+        <v>6840.0</v>
       </c>
       <c r="G447" s="14" t="n">
-        <v>11338.0</v>
+        <v>17556.0</v>
       </c>
       <c r="H447" s="14" t="n">
-        <v>7349.0</v>
+        <v>11992.0</v>
       </c>
       <c r="I447" s="14" t="n">
-        <v>17779.0</v>
+        <v>15261.0</v>
       </c>
       <c r="J447" s="14" t="n">
-        <v>22657.0</v>
+        <v>23854.0</v>
       </c>
       <c r="K447" s="14" t="n">
-        <v>12661.0</v>
+        <v>16308.0</v>
       </c>
       <c r="L447" s="14" t="n">
-        <v>5883.0</v>
+        <v>6730.0</v>
       </c>
       <c r="M447" s="14" t="n">
-        <v>748.0</v>
-[...2 lines deleted...]
-        <v>167.0</v>
+        <v>520.0</v>
+      </c>
+      <c r="N447" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
     </row>
     <row r="448">
       <c r="A448" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Germany</t>
         </is>
       </c>
       <c r="B448" s="14" t="n">
-        <v>13207.0</v>
-[...7 lines deleted...]
-        </is>
+        <v>16312.0</v>
+      </c>
+      <c r="C448" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
+      </c>
+      <c r="D448" s="14" t="n">
+        <v>37.0</v>
       </c>
       <c r="E448" s="14" t="n">
-        <v>56.0</v>
+        <v>348.0</v>
       </c>
       <c r="F448" s="14" t="n">
-        <v>935.0</v>
+        <v>724.0</v>
       </c>
       <c r="G448" s="14" t="n">
-        <v>1856.0</v>
+        <v>2995.0</v>
       </c>
       <c r="H448" s="14" t="n">
-        <v>1517.0</v>
+        <v>1937.0</v>
       </c>
       <c r="I448" s="14" t="n">
-        <v>1803.0</v>
+        <v>1843.0</v>
       </c>
       <c r="J448" s="14" t="n">
-        <v>3291.0</v>
+        <v>3455.0</v>
       </c>
       <c r="K448" s="14" t="n">
-        <v>2708.0</v>
+        <v>3770.0</v>
       </c>
       <c r="L448" s="14" t="n">
-        <v>931.0</v>
+        <v>1117.0</v>
       </c>
       <c r="M448" s="14" t="n">
-        <v>89.0</v>
+        <v>67.0</v>
       </c>
       <c r="N448" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t>.</t>
         </is>
       </c>
     </row>
     <row r="449">
       <c r="A449" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Austria</t>
         </is>
       </c>
       <c r="B449" s="14" t="n">
-        <v>835.0</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>659.0</v>
+      </c>
+      <c r="C449" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="D449" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="E449" s="14" t="n">
-        <v>0.0</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>13.0</v>
+      </c>
+      <c r="F449" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="G449" s="14" t="n">
-        <v>95.0</v>
+        <v>126.0</v>
       </c>
       <c r="H449" s="14" t="n">
-        <v>204.0</v>
+        <v>113.0</v>
       </c>
       <c r="I449" s="14" t="n">
-        <v>67.0</v>
+        <v>85.0</v>
       </c>
       <c r="J449" s="14" t="n">
-        <v>224.0</v>
+        <v>90.0</v>
       </c>
       <c r="K449" s="14" t="n">
-        <v>192.0</v>
+        <v>148.0</v>
       </c>
       <c r="L449" s="14" t="n">
-        <v>31.0</v>
-[...5 lines deleted...]
-        <v>0.0</v>
+        <v>35.0</v>
+      </c>
+      <c r="M449" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="N449" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
     </row>
     <row r="450">
       <c r="A450" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Belgium</t>
         </is>
       </c>
       <c r="B450" s="14" t="n">
-        <v>6649.0</v>
-[...10 lines deleted...]
-        </is>
+        <v>6569.0</v>
+      </c>
+      <c r="C450" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
+      </c>
+      <c r="D450" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="E450" s="14" t="n">
+        <v>95.0</v>
       </c>
       <c r="F450" s="14" t="n">
-        <v>65.0</v>
+        <v>428.0</v>
       </c>
       <c r="G450" s="14" t="n">
-        <v>336.0</v>
+        <v>431.0</v>
       </c>
       <c r="H450" s="14" t="n">
-        <v>505.0</v>
+        <v>733.0</v>
       </c>
       <c r="I450" s="14" t="n">
-        <v>2751.0</v>
+        <v>1323.0</v>
       </c>
       <c r="J450" s="14" t="n">
-        <v>1986.0</v>
+        <v>1848.0</v>
       </c>
       <c r="K450" s="14" t="n">
-        <v>801.0</v>
+        <v>1326.0</v>
       </c>
       <c r="L450" s="14" t="n">
-        <v>188.0</v>
-[...7 lines deleted...]
-        <v>0.0</v>
+        <v>320.0</v>
+      </c>
+      <c r="M450" s="14" t="n">
+        <v>35.0</v>
+      </c>
+      <c r="N450" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
     </row>
     <row r="451">
       <c r="A451" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Denmark</t>
         </is>
       </c>
       <c r="B451" s="14" t="n">
-        <v>349.0</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>198.0</v>
+      </c>
+      <c r="C451" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="D451" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="E451" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="F451" s="14" t="n">
-        <v>58.0</v>
+        <v>0.0</v>
       </c>
       <c r="G451" s="14" t="n">
-        <v>42.0</v>
+        <v>31.0</v>
       </c>
       <c r="H451" s="14" t="n">
-        <v>0.0</v>
-[...2 lines deleted...]
-        <v>167.0</v>
+        <v>29.0</v>
+      </c>
+      <c r="I451" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="J451" s="14" t="n">
         <v>30.0</v>
       </c>
       <c r="K451" s="14" t="n">
-        <v>40.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>0.0</v>
+      </c>
+      <c r="L451" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="M451" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="N451" s="14" t="n">
-        <v>0.0</v>
+      <c r="N451" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
     </row>
     <row r="452">
       <c r="A452" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Finland</t>
         </is>
       </c>
       <c r="B452" s="14" t="n">
-        <v>129.0</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>162.0</v>
+      </c>
+      <c r="C452" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="D452" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="E452" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="F452" s="14" t="n">
-        <v>18.0</v>
+        <v>19.0</v>
       </c>
       <c r="G452" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="H452" s="14" t="n">
-        <v>47.0</v>
+        <v>0.0</v>
       </c>
       <c r="I452" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="J452" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="K452" s="14" t="n">
-        <v>64.0</v>
+        <v>20.0</v>
       </c>
       <c r="L452" s="14" t="n">
-        <v>0.0</v>
+        <v>94.0</v>
       </c>
       <c r="M452" s="14" t="n">
-        <v>0.0</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>29.0</v>
+      </c>
+      <c r="N452" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
     </row>
     <row r="453">
       <c r="A453" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    France</t>
         </is>
       </c>
       <c r="B453" s="14" t="n">
-        <v>32665.0</v>
-[...2 lines deleted...]
-        <v>69.0</v>
+        <v>38903.0</v>
+      </c>
+      <c r="C453" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="D453" s="14" t="n">
-        <v>138.0</v>
+        <v>139.0</v>
       </c>
       <c r="E453" s="14" t="n">
-        <v>402.0</v>
+        <v>759.0</v>
       </c>
       <c r="F453" s="14" t="n">
-        <v>3365.0</v>
+        <v>3503.0</v>
       </c>
       <c r="G453" s="14" t="n">
-        <v>3541.0</v>
+        <v>6548.0</v>
       </c>
       <c r="H453" s="14" t="n">
-        <v>1875.0</v>
+        <v>3482.0</v>
       </c>
       <c r="I453" s="14" t="n">
-        <v>6620.0</v>
+        <v>6122.0</v>
       </c>
       <c r="J453" s="14" t="n">
-        <v>10350.0</v>
+        <v>9836.0</v>
       </c>
       <c r="K453" s="14" t="n">
-        <v>3336.0</v>
+        <v>5151.0</v>
       </c>
       <c r="L453" s="14" t="n">
-        <v>2383.0</v>
+        <v>3071.0</v>
       </c>
       <c r="M453" s="14" t="n">
-        <v>443.0</v>
-[...2 lines deleted...]
-        <v>145.0</v>
+        <v>193.0</v>
+      </c>
+      <c r="N453" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
     </row>
     <row r="454">
       <c r="A454" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Greece</t>
         </is>
       </c>
       <c r="B454" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="C454" s="14" t="n">
-        <v>0.0</v>
+      <c r="C454" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="D454" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="E454" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="F454" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="G454" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="H454" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="I454" s="13" t="inlineStr">
-[...5 lines deleted...]
-        <v>0.0</v>
+      <c r="I454" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J454" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="K454" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="L454" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="M454" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="N454" s="14" t="n">
-        <v>0.0</v>
+      <c r="N454" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
     </row>
     <row r="455">
       <c r="A455" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Ireland</t>
         </is>
       </c>
       <c r="B455" s="14" t="n">
-        <v>915.0</v>
+        <v>1093.0</v>
       </c>
       <c r="C455" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t>.</t>
         </is>
       </c>
       <c r="D455" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="E455" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="F455" s="13" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="F455" s="14" t="n">
+        <v>77.0</v>
+      </c>
+      <c r="G455" s="14" t="n">
+        <v>257.0</v>
       </c>
       <c r="H455" s="14" t="n">
-        <v>126.0</v>
+        <v>239.0</v>
       </c>
       <c r="I455" s="14" t="n">
-        <v>69.0</v>
+        <v>168.0</v>
       </c>
       <c r="J455" s="14" t="n">
-        <v>233.0</v>
+        <v>63.0</v>
       </c>
       <c r="K455" s="14" t="n">
-        <v>384.0</v>
+        <v>225.0</v>
       </c>
       <c r="L455" s="14" t="n">
-        <v>31.0</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>56.0</v>
+      </c>
+      <c r="M455" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="N455" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t>.</t>
         </is>
       </c>
     </row>
     <row r="456">
       <c r="A456" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Italy</t>
         </is>
       </c>
       <c r="B456" s="14" t="n">
-        <v>2439.0</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>2527.0</v>
+      </c>
+      <c r="C456" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="D456" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="E456" s="14" t="n">
-        <v>29.0</v>
-[...2 lines deleted...]
-        <v>115.0</v>
+        <v>56.0</v>
+      </c>
+      <c r="F456" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="G456" s="14" t="n">
-        <v>297.0</v>
+        <v>298.0</v>
       </c>
       <c r="H456" s="14" t="n">
-        <v>214.0</v>
+        <v>250.0</v>
       </c>
       <c r="I456" s="14" t="n">
-        <v>185.0</v>
+        <v>218.0</v>
       </c>
       <c r="J456" s="14" t="n">
-        <v>1321.0</v>
+        <v>1521.0</v>
       </c>
       <c r="K456" s="14" t="n">
-        <v>219.0</v>
+        <v>143.0</v>
       </c>
       <c r="L456" s="14" t="n">
-        <v>60.0</v>
+        <v>0.0</v>
       </c>
       <c r="M456" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="N456" s="14" t="n">
-        <v>0.0</v>
+      <c r="N456" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
     </row>
     <row r="457">
       <c r="A457" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Luxembourg</t>
         </is>
       </c>
       <c r="B457" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="C457" s="14" t="n">
-        <v>0.0</v>
+      <c r="C457" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="D457" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="E457" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="F457" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="G457" s="14" t="n">
-        <v>0.0</v>
+      <c r="G457" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="H457" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="I457" s="14" t="n">
-        <v>0.0</v>
+      <c r="I457" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="J457" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="K457" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K457" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="L457" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="M457" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="N457" s="14" t="n">
-        <v>0.0</v>
+      <c r="N457" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
     </row>
     <row r="458">
       <c r="A458" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Netherlands</t>
         </is>
       </c>
       <c r="B458" s="14" t="n">
-        <v>26134.0</v>
-[...5 lines deleted...]
-        <v>62.0</v>
+        <v>32528.0</v>
+      </c>
+      <c r="C458" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
+      </c>
+      <c r="D458" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="E458" s="14" t="n">
-        <v>113.0</v>
+        <v>938.0</v>
       </c>
       <c r="F458" s="14" t="n">
-        <v>2301.0</v>
+        <v>1789.0</v>
       </c>
       <c r="G458" s="14" t="n">
-        <v>4899.0</v>
+        <v>6719.0</v>
       </c>
       <c r="H458" s="14" t="n">
-        <v>2565.0</v>
+        <v>4981.0</v>
       </c>
       <c r="I458" s="14" t="n">
-        <v>5344.0</v>
+        <v>4820.0</v>
       </c>
       <c r="J458" s="14" t="n">
-        <v>4829.0</v>
+        <v>6121.0</v>
       </c>
       <c r="K458" s="14" t="n">
-        <v>3946.0</v>
+        <v>5137.0</v>
       </c>
       <c r="L458" s="14" t="n">
-        <v>1907.0</v>
+        <v>1793.0</v>
       </c>
       <c r="M458" s="14" t="n">
-        <v>160.0</v>
+        <v>118.0</v>
       </c>
       <c r="N458" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t>.</t>
         </is>
       </c>
     </row>
     <row r="459">
       <c r="A459" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Poland</t>
         </is>
       </c>
       <c r="B459" s="14" t="n">
-        <v>724.0</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>457.0</v>
+      </c>
+      <c r="C459" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="D459" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="E459" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="F459" s="14" t="n">
-        <v>179.0</v>
+        <v>38.0</v>
       </c>
       <c r="G459" s="14" t="n">
-        <v>74.0</v>
-[...7 lines deleted...]
-        <v>363.0</v>
+        <v>44.0</v>
+      </c>
+      <c r="H459" s="14" t="n">
+        <v>106.0</v>
+      </c>
+      <c r="I459" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="J459" s="14" t="n">
-        <v>51.0</v>
+        <v>196.0</v>
       </c>
       <c r="K459" s="14" t="n">
-        <v>23.0</v>
-[...9 lines deleted...]
-        </is>
+        <v>67.0</v>
+      </c>
+      <c r="L459" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M459" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="N459" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t>.</t>
         </is>
       </c>
     </row>
     <row r="460">
       <c r="A460" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Portugal</t>
         </is>
       </c>
       <c r="B460" s="14" t="n">
-        <v>1878.0</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>852.0</v>
+      </c>
+      <c r="C460" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="D460" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="E460" s="14" t="n">
-        <v>0.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>28.0</v>
+      </c>
+      <c r="F460" s="14" t="n">
+        <v>135.0</v>
       </c>
       <c r="G460" s="14" t="n">
-        <v>0.0</v>
-[...2 lines deleted...]
-        <v>197.0</v>
+        <v>24.0</v>
+      </c>
+      <c r="H460" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="I460" s="14" t="n">
-        <v>306.0</v>
+        <v>30.0</v>
       </c>
       <c r="J460" s="14" t="n">
-        <v>223.0</v>
+        <v>200.0</v>
       </c>
       <c r="K460" s="14" t="n">
-        <v>819.0</v>
+        <v>207.0</v>
       </c>
       <c r="L460" s="14" t="n">
-        <v>315.0</v>
+        <v>220.0</v>
       </c>
       <c r="M460" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="N460" s="14" t="n">
-        <v>0.0</v>
+      <c r="N460" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
     </row>
     <row r="461">
       <c r="A461" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Czech Republic</t>
         </is>
       </c>
       <c r="B461" s="14" t="n">
-        <v>202.0</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>285.0</v>
+      </c>
+      <c r="C461" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="D461" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="E461" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="F461" s="14" t="n">
-        <v>0.0</v>
+        <v>47.0</v>
       </c>
       <c r="G461" s="14" t="n">
-        <v>89.0</v>
+        <v>40.0</v>
       </c>
       <c r="H461" s="14" t="n">
-        <v>19.0</v>
+        <v>21.0</v>
       </c>
       <c r="I461" s="14" t="n">
-        <v>28.0</v>
-[...5 lines deleted...]
-        <v>26.0</v>
+        <v>156.0</v>
+      </c>
+      <c r="J461" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="K461" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="L461" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="M461" s="13" t="inlineStr">
-[...5 lines deleted...]
-        <v>0.0</v>
+      <c r="M461" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="N461" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
     </row>
     <row r="462">
       <c r="A462" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Sweden</t>
         </is>
       </c>
       <c r="B462" s="14" t="n">
-        <v>118.0</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>333.0</v>
+      </c>
+      <c r="C462" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="D462" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="E462" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E462" s="14" t="n">
+        <v>237.0</v>
       </c>
       <c r="F462" s="14" t="n">
-        <v>39.0</v>
-[...1 lines deleted...]
-      <c r="G462" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="G462" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="H462" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
+      </c>
+      <c r="I462" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J462" s="14" t="n">
         <v>45.0</v>
       </c>
-      <c r="H462" s="14" t="n">
-[...7 lines deleted...]
-      </c>
       <c r="K462" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="L462" s="14" t="n">
-        <v>0.0</v>
+        <v>24.0</v>
       </c>
       <c r="M462" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="N462" s="14" t="n">
-        <v>0.0</v>
+      <c r="N462" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
     </row>
     <row r="463">
       <c r="A463" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of EU</t>
         </is>
       </c>
       <c r="B463" s="14" t="n">
-        <v>360.0</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>1054.0</v>
+      </c>
+      <c r="C463" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="D463" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="E463" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="F463" s="14" t="n">
-        <v>37.0</v>
+        <v>0.0</v>
       </c>
       <c r="G463" s="14" t="n">
-        <v>39.0</v>
+        <v>32.0</v>
       </c>
       <c r="H463" s="14" t="n">
-        <v>70.0</v>
+        <v>95.0</v>
       </c>
       <c r="I463" s="14" t="n">
-        <v>31.0</v>
+        <v>429.0</v>
       </c>
       <c r="J463" s="14" t="n">
-        <v>85.0</v>
+        <v>413.0</v>
       </c>
       <c r="K463" s="14" t="n">
-        <v>78.0</v>
+        <v>84.0</v>
       </c>
       <c r="L463" s="14" t="n">
-        <v>21.0</v>
+        <v>0.0</v>
       </c>
       <c r="M463" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="N463" s="14" t="n">
-        <v>0.0</v>
+      <c r="N463" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
     </row>
     <row r="464">
       <c r="A464" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Norway</t>
         </is>
       </c>
       <c r="B464" s="14" t="n">
-        <v>99.0</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>153.0</v>
+      </c>
+      <c r="C464" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="D464" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="E464" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E464" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="F464" s="14" t="n">
-        <v>0.0</v>
+        <v>23.0</v>
       </c>
       <c r="G464" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="H464" s="14" t="n">
-        <v>0.0</v>
+        <v>54.0</v>
       </c>
       <c r="I464" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="J464" s="14" t="n">
-        <v>94.0</v>
+      <c r="J464" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="K464" s="14" t="n">
-        <v>0.0</v>
+        <v>67.0</v>
       </c>
       <c r="L464" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="M464" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="N464" s="14" t="n">
-        <v>0.0</v>
+      <c r="N464" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
     </row>
     <row r="465">
       <c r="A465" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    United Kingdom</t>
         </is>
       </c>
       <c r="B465" s="14" t="n">
-        <v>8456.0</v>
+        <v>10349.0</v>
       </c>
       <c r="C465" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t>.</t>
         </is>
       </c>
       <c r="D465" s="14" t="n">
-        <v>65.0</v>
+        <v>98.0</v>
       </c>
       <c r="E465" s="14" t="n">
-        <v>262.0</v>
+        <v>542.0</v>
       </c>
       <c r="F465" s="14" t="n">
-        <v>461.0</v>
+        <v>837.0</v>
       </c>
       <c r="G465" s="14" t="n">
-        <v>795.0</v>
+        <v>1302.0</v>
       </c>
       <c r="H465" s="14" t="n">
-        <v>1512.0</v>
+        <v>1262.0</v>
       </c>
       <c r="I465" s="14" t="n">
-        <v>1252.0</v>
+        <v>1266.0</v>
       </c>
       <c r="J465" s="14" t="n">
-        <v>1211.0</v>
+        <v>1624.0</v>
       </c>
       <c r="K465" s="14" t="n">
-        <v>1399.0</v>
+        <v>2022.0</v>
       </c>
       <c r="L465" s="14" t="n">
-        <v>1306.0</v>
-[...5 lines deleted...]
-        <v>34.0</v>
+        <v>1258.0</v>
+      </c>
+      <c r="M465" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="N465" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
     </row>
     <row r="466">
       <c r="A466" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Switzerland</t>
         </is>
       </c>
       <c r="B466" s="14" t="n">
-        <v>2331.0</v>
-[...12 lines deleted...]
-        </is>
+        <v>2750.0</v>
+      </c>
+      <c r="C466" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
+      </c>
+      <c r="D466" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="E466" s="14" t="n">
+        <v>28.0</v>
       </c>
       <c r="F466" s="14" t="n">
-        <v>147.0</v>
+        <v>118.0</v>
       </c>
       <c r="G466" s="14" t="n">
-        <v>291.0</v>
+        <v>484.0</v>
       </c>
       <c r="H466" s="14" t="n">
-        <v>414.0</v>
+        <v>596.0</v>
       </c>
       <c r="I466" s="14" t="n">
-        <v>402.0</v>
+        <v>421.0</v>
       </c>
       <c r="J466" s="14" t="n">
-        <v>137.0</v>
+        <v>171.0</v>
       </c>
       <c r="K466" s="14" t="n">
-        <v>600.0</v>
+        <v>506.0</v>
       </c>
       <c r="L466" s="14" t="n">
-        <v>247.0</v>
+        <v>426.0</v>
       </c>
       <c r="M466" s="14" t="n">
-        <v>73.0</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>0.0</v>
+      </c>
+      <c r="N466" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
     </row>
     <row r="467">
       <c r="A467" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of Europe</t>
         </is>
       </c>
       <c r="B467" s="14" t="n">
-        <v>298.0</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>403.0</v>
+      </c>
+      <c r="C467" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="D467" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="E467" s="14" t="n">
-        <v>0.0</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>13.0</v>
+      </c>
+      <c r="F467" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="G467" s="14" t="n">
-        <v>98.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>38.0</v>
+      </c>
+      <c r="H467" s="14" t="n">
+        <v>100.0</v>
       </c>
       <c r="I467" s="14" t="n">
-        <v>93.0</v>
+        <v>0.0</v>
       </c>
       <c r="J467" s="14" t="n">
-        <v>0.0</v>
+        <v>75.0</v>
       </c>
       <c r="K467" s="14" t="n">
-        <v>79.0</v>
+        <v>67.0</v>
       </c>
       <c r="L467" s="14" t="n">
-        <v>23.0</v>
+        <v>29.0</v>
       </c>
       <c r="M467" s="14" t="n">
-        <v>0.0</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>69.0</v>
+      </c>
+      <c r="N467" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
     </row>
     <row r="468">
       <c r="A468" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    United States</t>
         </is>
       </c>
       <c r="B468" s="14" t="n">
-        <v>365.0</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>107.0</v>
+      </c>
+      <c r="C468" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="D468" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="E468" s="13" t="inlineStr">
-[...8 lines deleted...]
-        <v>40.0</v>
+      <c r="E468" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="F468" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="G468" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="H468" s="14" t="n">
-        <v>0.0</v>
+        <v>36.0</v>
       </c>
       <c r="I468" s="14" t="n">
-        <v>67.0</v>
+        <v>0.0</v>
       </c>
       <c r="J468" s="14" t="n">
-        <v>98.0</v>
+        <v>38.0</v>
       </c>
       <c r="K468" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="L468" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="L468" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="M468" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="N468" s="14" t="n">
-        <v>0.0</v>
+      <c r="N468" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
     </row>
     <row r="469">
       <c r="A469" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of America</t>
         </is>
       </c>
       <c r="B469" s="14" t="n">
-        <v>500.0</v>
-[...5 lines deleted...]
-        <v>0.0</v>
+        <v>1282.0</v>
+      </c>
+      <c r="C469" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
+      </c>
+      <c r="D469" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="E469" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="F469" s="14" t="n">
-        <v>60.0</v>
+      <c r="F469" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="G469" s="14" t="n">
-        <v>42.0</v>
+        <v>158.0</v>
       </c>
       <c r="H469" s="14" t="n">
-        <v>106.0</v>
+        <v>53.0</v>
       </c>
       <c r="I469" s="14" t="n">
-        <v>30.0</v>
+        <v>136.0</v>
       </c>
       <c r="J469" s="14" t="n">
-        <v>133.0</v>
+        <v>210.0</v>
       </c>
       <c r="K469" s="14" t="n">
-        <v>58.0</v>
+        <v>264.0</v>
       </c>
       <c r="L469" s="14" t="n">
-        <v>37.0</v>
+        <v>208.0</v>
       </c>
       <c r="M469" s="14" t="n">
-        <v>0.0</v>
-[...2 lines deleted...]
-        <v>34.0</v>
+        <v>150.0</v>
+      </c>
+      <c r="N469" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
     </row>
     <row r="470">
       <c r="A470" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    African Countries</t>
         </is>
       </c>
       <c r="B470" s="14" t="n">
-        <v>84.0</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>65.0</v>
+      </c>
+      <c r="C470" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="D470" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="E470" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="F470" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="G470" s="14" t="n">
-        <v>54.0</v>
+        <v>0.0</v>
       </c>
       <c r="H470" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="I470" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="I470" s="14" t="n">
+        <v>65.0</v>
       </c>
       <c r="J470" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="K470" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="L470" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="M470" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="N470" s="14" t="n">
-        <v>0.0</v>
+      <c r="N470" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
     </row>
     <row r="471">
       <c r="A471" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of the world</t>
         </is>
       </c>
       <c r="B471" s="14" t="n">
-        <v>4452.0</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>2366.0</v>
+      </c>
+      <c r="C471" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="D471" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="E471" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E471" s="14" t="n">
+        <v>469.0</v>
       </c>
       <c r="F471" s="14" t="n">
-        <v>1800.0</v>
+        <v>187.0</v>
       </c>
       <c r="G471" s="14" t="n">
-        <v>288.0</v>
+        <v>260.0</v>
       </c>
       <c r="H471" s="14" t="n">
-        <v>144.0</v>
+        <v>177.0</v>
       </c>
       <c r="I471" s="14" t="n">
-        <v>1042.0</v>
+        <v>705.0</v>
       </c>
       <c r="J471" s="14" t="n">
-        <v>876.0</v>
+        <v>80.0</v>
       </c>
       <c r="K471" s="14" t="n">
-        <v>186.0</v>
-[...2 lines deleted...]
-        <v>106.0</v>
+        <v>452.0</v>
+      </c>
+      <c r="L471" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="M471" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="N471" s="14" t="n">
-        <v>0.0</v>
+      <c r="N471" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
     </row>
     <row r="472">
       <c r="A472" s="6" t="inlineStr">
         <is>
           <t>País Vasco</t>
         </is>
       </c>
       <c r="B472" s="6"/>
       <c r="C472" s="6"/>
       <c r="D472" s="6"/>
       <c r="E472" s="6"/>
       <c r="F472" s="6"/>
       <c r="G472" s="6"/>
       <c r="H472" s="6"/>
       <c r="I472" s="6"/>
       <c r="J472" s="6"/>
       <c r="K472" s="6"/>
       <c r="L472" s="6"/>
       <c r="M472" s="6"/>
       <c r="N472" s="6"/>
     </row>
     <row r="473">
       <c r="A473" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B473" s="14" t="n">
-        <v>983490.0</v>
+        <v>996431.0</v>
       </c>
       <c r="C473" s="14" t="n">
-        <v>6155.0</v>
+        <v>11685.0</v>
       </c>
       <c r="D473" s="14" t="n">
-        <v>8212.0</v>
+        <v>9469.0</v>
       </c>
       <c r="E473" s="14" t="n">
-        <v>28863.0</v>
+        <v>47702.0</v>
       </c>
       <c r="F473" s="14" t="n">
-        <v>65846.0</v>
+        <v>55536.0</v>
       </c>
       <c r="G473" s="14" t="n">
-        <v>65306.0</v>
+        <v>77326.0</v>
       </c>
       <c r="H473" s="14" t="n">
-        <v>114068.0</v>
+        <v>100616.0</v>
       </c>
       <c r="I473" s="14" t="n">
-        <v>217192.0</v>
+        <v>217520.0</v>
       </c>
       <c r="J473" s="14" t="n">
-        <v>251522.0</v>
+        <v>264606.0</v>
       </c>
       <c r="K473" s="14" t="n">
-        <v>106196.0</v>
+        <v>99691.0</v>
       </c>
       <c r="L473" s="14" t="n">
-        <v>70943.0</v>
+        <v>56179.0</v>
       </c>
       <c r="M473" s="14" t="n">
-        <v>26239.0</v>
+        <v>31832.0</v>
       </c>
       <c r="N473" s="14" t="n">
-        <v>22948.0</v>
+        <v>24269.0</v>
       </c>
     </row>
     <row r="474">
       <c r="A474" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Spaniards</t>
         </is>
       </c>
       <c r="B474" s="14" t="n">
-        <v>558920.0</v>
+        <v>485423.0</v>
       </c>
       <c r="C474" s="14" t="n">
-        <v>3703.0</v>
+        <v>7999.0</v>
       </c>
       <c r="D474" s="14" t="n">
-        <v>4167.0</v>
+        <v>3917.0</v>
       </c>
       <c r="E474" s="14" t="n">
-        <v>21229.0</v>
+        <v>29739.0</v>
       </c>
       <c r="F474" s="14" t="n">
-        <v>41442.0</v>
+        <v>26469.0</v>
       </c>
       <c r="G474" s="14" t="n">
-        <v>27737.0</v>
+        <v>32174.0</v>
       </c>
       <c r="H474" s="14" t="n">
-        <v>62387.0</v>
+        <v>47621.0</v>
       </c>
       <c r="I474" s="14" t="n">
-        <v>125525.0</v>
+        <v>109113.0</v>
       </c>
       <c r="J474" s="14" t="n">
-        <v>143911.0</v>
+        <v>131242.0</v>
       </c>
       <c r="K474" s="14" t="n">
-        <v>49142.0</v>
+        <v>36298.0</v>
       </c>
       <c r="L474" s="14" t="n">
-        <v>39176.0</v>
+        <v>25803.0</v>
       </c>
       <c r="M474" s="14" t="n">
-        <v>21483.0</v>
+        <v>19144.0</v>
       </c>
       <c r="N474" s="14" t="n">
-        <v>19019.0</v>
+        <v>15904.0</v>
       </c>
     </row>
     <row r="475">
       <c r="A475" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Foreigners</t>
         </is>
       </c>
       <c r="B475" s="14" t="n">
-        <v>424570.0</v>
+        <v>511008.0</v>
       </c>
       <c r="C475" s="14" t="n">
-        <v>2452.0</v>
+        <v>3686.0</v>
       </c>
       <c r="D475" s="14" t="n">
-        <v>4045.0</v>
+        <v>5552.0</v>
       </c>
       <c r="E475" s="14" t="n">
-        <v>7634.0</v>
+        <v>17963.0</v>
       </c>
       <c r="F475" s="14" t="n">
-        <v>24404.0</v>
+        <v>29067.0</v>
       </c>
       <c r="G475" s="14" t="n">
-        <v>37569.0</v>
+        <v>45153.0</v>
       </c>
       <c r="H475" s="14" t="n">
-        <v>51681.0</v>
+        <v>52995.0</v>
       </c>
       <c r="I475" s="14" t="n">
-        <v>91667.0</v>
+        <v>108407.0</v>
       </c>
       <c r="J475" s="14" t="n">
-        <v>107611.0</v>
+        <v>133365.0</v>
       </c>
       <c r="K475" s="14" t="n">
-        <v>57054.0</v>
+        <v>63393.0</v>
       </c>
       <c r="L475" s="14" t="n">
-        <v>31768.0</v>
+        <v>30376.0</v>
       </c>
       <c r="M475" s="14" t="n">
-        <v>4755.0</v>
+        <v>12687.0</v>
       </c>
       <c r="N475" s="14" t="n">
-        <v>3929.0</v>
+        <v>8365.0</v>
       </c>
     </row>
     <row r="476">
       <c r="A476" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    European Union 27 (without Spain)</t>
         </is>
       </c>
       <c r="B476" s="14" t="n">
-        <v>353976.0</v>
+        <v>432949.0</v>
       </c>
       <c r="C476" s="14" t="n">
-        <v>2039.0</v>
+        <v>3037.0</v>
       </c>
       <c r="D476" s="14" t="n">
-        <v>3524.0</v>
+        <v>4340.0</v>
       </c>
       <c r="E476" s="14" t="n">
-        <v>6304.0</v>
+        <v>13828.0</v>
       </c>
       <c r="F476" s="14" t="n">
-        <v>20528.0</v>
+        <v>24639.0</v>
       </c>
       <c r="G476" s="14" t="n">
-        <v>29774.0</v>
+        <v>37583.0</v>
       </c>
       <c r="H476" s="14" t="n">
-        <v>41091.0</v>
+        <v>40721.0</v>
       </c>
       <c r="I476" s="14" t="n">
-        <v>77861.0</v>
+        <v>95086.0</v>
       </c>
       <c r="J476" s="14" t="n">
-        <v>94839.0</v>
+        <v>121192.0</v>
       </c>
       <c r="K476" s="14" t="n">
-        <v>47262.0</v>
+        <v>52960.0</v>
       </c>
       <c r="L476" s="14" t="n">
-        <v>25028.0</v>
+        <v>22842.0</v>
       </c>
       <c r="M476" s="14" t="n">
-        <v>2858.0</v>
+        <v>10066.0</v>
       </c>
       <c r="N476" s="14" t="n">
-        <v>2868.0</v>
+        <v>6654.0</v>
       </c>
     </row>
     <row r="477">
       <c r="A477" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Germany</t>
         </is>
       </c>
       <c r="B477" s="14" t="n">
-        <v>110174.0</v>
+        <v>133232.0</v>
       </c>
       <c r="C477" s="14" t="n">
-        <v>724.0</v>
+        <v>1068.0</v>
       </c>
       <c r="D477" s="14" t="n">
-        <v>1411.0</v>
+        <v>1466.0</v>
       </c>
       <c r="E477" s="14" t="n">
-        <v>2806.0</v>
+        <v>6064.0</v>
       </c>
       <c r="F477" s="14" t="n">
-        <v>7014.0</v>
+        <v>7342.0</v>
       </c>
       <c r="G477" s="14" t="n">
-        <v>10907.0</v>
+        <v>12794.0</v>
       </c>
       <c r="H477" s="14" t="n">
-        <v>12706.0</v>
+        <v>14288.0</v>
       </c>
       <c r="I477" s="14" t="n">
-        <v>18339.0</v>
+        <v>20846.0</v>
       </c>
       <c r="J477" s="14" t="n">
-        <v>21644.0</v>
+        <v>30134.0</v>
       </c>
       <c r="K477" s="14" t="n">
-        <v>21416.0</v>
+        <v>23907.0</v>
       </c>
       <c r="L477" s="14" t="n">
-        <v>11461.0</v>
+        <v>10119.0</v>
       </c>
       <c r="M477" s="14" t="n">
-        <v>877.0</v>
+        <v>3862.0</v>
       </c>
       <c r="N477" s="14" t="n">
-        <v>870.0</v>
+        <v>1342.0</v>
       </c>
     </row>
     <row r="478">
       <c r="A478" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Austria</t>
         </is>
       </c>
       <c r="B478" s="14" t="n">
-        <v>5192.0</v>
+        <v>5855.0</v>
       </c>
       <c r="C478" s="14" t="n">
-        <v>26.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>18.0</v>
+      </c>
+      <c r="D478" s="14" t="n">
+        <v>29.0</v>
       </c>
       <c r="E478" s="14" t="n">
-        <v>62.0</v>
+        <v>56.0</v>
       </c>
       <c r="F478" s="14" t="n">
-        <v>210.0</v>
+        <v>333.0</v>
       </c>
       <c r="G478" s="14" t="n">
-        <v>586.0</v>
+        <v>616.0</v>
       </c>
       <c r="H478" s="14" t="n">
-        <v>709.0</v>
+        <v>616.0</v>
       </c>
       <c r="I478" s="14" t="n">
-        <v>847.0</v>
+        <v>1308.0</v>
       </c>
       <c r="J478" s="14" t="n">
-        <v>1523.0</v>
+        <v>936.0</v>
       </c>
       <c r="K478" s="14" t="n">
-        <v>781.0</v>
+        <v>874.0</v>
       </c>
       <c r="L478" s="14" t="n">
-        <v>365.0</v>
+        <v>614.0</v>
       </c>
       <c r="M478" s="14" t="n">
-        <v>51.0</v>
+        <v>195.0</v>
       </c>
       <c r="N478" s="14" t="n">
-        <v>18.0</v>
+        <v>259.0</v>
       </c>
     </row>
     <row r="479">
       <c r="A479" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Belgium</t>
         </is>
       </c>
       <c r="B479" s="14" t="n">
-        <v>21748.0</v>
-[...2 lines deleted...]
-        <v>112.0</v>
+        <v>33795.0</v>
+      </c>
+      <c r="C479" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="D479" s="14" t="n">
-        <v>162.0</v>
+        <v>241.0</v>
       </c>
       <c r="E479" s="14" t="n">
-        <v>181.0</v>
+        <v>631.0</v>
       </c>
       <c r="F479" s="14" t="n">
-        <v>974.0</v>
+        <v>1012.0</v>
       </c>
       <c r="G479" s="14" t="n">
-        <v>1060.0</v>
+        <v>850.0</v>
       </c>
       <c r="H479" s="14" t="n">
-        <v>958.0</v>
+        <v>2284.0</v>
       </c>
       <c r="I479" s="14" t="n">
-        <v>9116.0</v>
+        <v>13475.0</v>
       </c>
       <c r="J479" s="14" t="n">
-        <v>5863.0</v>
+        <v>11264.0</v>
       </c>
       <c r="K479" s="14" t="n">
-        <v>2070.0</v>
+        <v>2448.0</v>
       </c>
       <c r="L479" s="14" t="n">
-        <v>1096.0</v>
+        <v>1016.0</v>
       </c>
       <c r="M479" s="14" t="n">
-        <v>71.0</v>
-[...2 lines deleted...]
-        <v>84.0</v>
+        <v>337.0</v>
+      </c>
+      <c r="N479" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
     </row>
     <row r="480">
       <c r="A480" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Denmark</t>
         </is>
       </c>
       <c r="B480" s="14" t="n">
-        <v>1829.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>2732.0</v>
+      </c>
+      <c r="C480" s="14" t="n">
+        <v>31.0</v>
       </c>
       <c r="D480" s="14" t="n">
-        <v>36.0</v>
+        <v>157.0</v>
       </c>
       <c r="E480" s="14" t="n">
-        <v>76.0</v>
+        <v>140.0</v>
       </c>
       <c r="F480" s="14" t="n">
-        <v>164.0</v>
+        <v>148.0</v>
       </c>
       <c r="G480" s="14" t="n">
-        <v>110.0</v>
+        <v>329.0</v>
       </c>
       <c r="H480" s="14" t="n">
-        <v>111.0</v>
+        <v>186.0</v>
       </c>
       <c r="I480" s="14" t="n">
-        <v>622.0</v>
+        <v>1108.0</v>
       </c>
       <c r="J480" s="14" t="n">
-        <v>118.0</v>
+        <v>85.0</v>
       </c>
       <c r="K480" s="14" t="n">
-        <v>275.0</v>
+        <v>175.0</v>
       </c>
       <c r="L480" s="14" t="n">
-        <v>199.0</v>
+        <v>264.0</v>
       </c>
       <c r="M480" s="14" t="n">
-        <v>90.0</v>
+        <v>107.0</v>
       </c>
       <c r="N480" s="14" t="n">
-        <v>17.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="481">
       <c r="A481" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Finland</t>
         </is>
       </c>
       <c r="B481" s="14" t="n">
-        <v>830.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>1406.0</v>
+      </c>
+      <c r="C481" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="D481" s="14" t="n">
-        <v>0.0</v>
+        <v>66.0</v>
       </c>
       <c r="E481" s="14" t="n">
-        <v>100.0</v>
+        <v>245.0</v>
       </c>
       <c r="F481" s="14" t="n">
-        <v>42.0</v>
+        <v>110.0</v>
       </c>
       <c r="G481" s="14" t="n">
-        <v>102.0</v>
+        <v>69.0</v>
       </c>
       <c r="H481" s="14" t="n">
-        <v>147.0</v>
-[...7 lines deleted...]
-        <v>83.0</v>
+        <v>178.0</v>
+      </c>
+      <c r="I481" s="14" t="n">
+        <v>219.0</v>
+      </c>
+      <c r="J481" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="K481" s="14" t="n">
-        <v>137.0</v>
+        <v>171.0</v>
       </c>
       <c r="L481" s="14" t="n">
-        <v>119.0</v>
+        <v>37.0</v>
       </c>
       <c r="M481" s="14" t="n">
-        <v>77.0</v>
+        <v>265.0</v>
       </c>
       <c r="N481" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="482">
       <c r="A482" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    France</t>
         </is>
       </c>
       <c r="B482" s="14" t="n">
-        <v>75944.0</v>
+        <v>82934.0</v>
       </c>
       <c r="C482" s="14" t="n">
-        <v>338.0</v>
+        <v>550.0</v>
       </c>
       <c r="D482" s="14" t="n">
-        <v>668.0</v>
+        <v>1090.0</v>
       </c>
       <c r="E482" s="14" t="n">
-        <v>1327.0</v>
+        <v>1813.0</v>
       </c>
       <c r="F482" s="14" t="n">
-        <v>5705.0</v>
+        <v>7152.0</v>
       </c>
       <c r="G482" s="14" t="n">
-        <v>6143.0</v>
+        <v>9711.0</v>
       </c>
       <c r="H482" s="14" t="n">
-        <v>10636.0</v>
+        <v>5959.0</v>
       </c>
       <c r="I482" s="14" t="n">
-        <v>15154.0</v>
+        <v>17566.0</v>
       </c>
       <c r="J482" s="14" t="n">
-        <v>23001.0</v>
+        <v>26455.0</v>
       </c>
       <c r="K482" s="14" t="n">
-        <v>7109.0</v>
+        <v>6787.0</v>
       </c>
       <c r="L482" s="14" t="n">
-        <v>4893.0</v>
+        <v>4236.0</v>
       </c>
       <c r="M482" s="14" t="n">
-        <v>413.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>1048.0</v>
+      </c>
+      <c r="N482" s="14" t="n">
+        <v>568.0</v>
       </c>
     </row>
     <row r="483">
       <c r="A483" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Greece</t>
         </is>
       </c>
       <c r="B483" s="14" t="n">
-        <v>93.0</v>
+        <v>685.0</v>
       </c>
       <c r="C483" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="D483" s="14" t="n">
-        <v>26.0</v>
+        <v>0.0</v>
       </c>
       <c r="E483" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="F483" s="14" t="n">
-        <v>0.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>127.0</v>
+      </c>
+      <c r="G483" s="14" t="n">
+        <v>197.0</v>
       </c>
       <c r="H483" s="14" t="n">
-        <v>0.0</v>
+        <v>13.0</v>
       </c>
       <c r="I483" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="J483" s="14" t="n">
-[...8 lines deleted...]
-        </is>
+      <c r="J483" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
+      </c>
+      <c r="K483" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="L483" s="14" t="n">
+        <v>165.0</v>
       </c>
       <c r="M483" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="N483" s="14" t="n">
-        <v>0.0</v>
+      <c r="N483" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
     </row>
     <row r="484">
       <c r="A484" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Ireland</t>
         </is>
       </c>
       <c r="B484" s="14" t="n">
-        <v>7156.0</v>
+        <v>9430.0</v>
       </c>
       <c r="C484" s="14" t="n">
-        <v>104.0</v>
-[...5 lines deleted...]
-        <v>231.0</v>
+        <v>50.0</v>
+      </c>
+      <c r="D484" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="E484" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="F484" s="14" t="n">
-        <v>264.0</v>
+        <v>682.0</v>
       </c>
       <c r="G484" s="14" t="n">
-        <v>635.0</v>
+        <v>691.0</v>
       </c>
       <c r="H484" s="14" t="n">
-        <v>1931.0</v>
+        <v>1439.0</v>
       </c>
       <c r="I484" s="14" t="n">
-        <v>648.0</v>
+        <v>1826.0</v>
       </c>
       <c r="J484" s="14" t="n">
-        <v>952.0</v>
+        <v>1846.0</v>
       </c>
       <c r="K484" s="14" t="n">
-        <v>1293.0</v>
+        <v>1452.0</v>
       </c>
       <c r="L484" s="14" t="n">
-        <v>563.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>882.0</v>
+      </c>
+      <c r="M484" s="14" t="n">
+        <v>126.0</v>
       </c>
       <c r="N484" s="14" t="n">
-        <v>276.0</v>
+        <v>126.0</v>
       </c>
     </row>
     <row r="485">
       <c r="A485" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Italy</t>
         </is>
       </c>
       <c r="B485" s="14" t="n">
-        <v>15035.0</v>
+        <v>19375.0</v>
       </c>
       <c r="C485" s="14" t="n">
-        <v>121.0</v>
+        <v>165.0</v>
       </c>
       <c r="D485" s="14" t="n">
-        <v>45.0</v>
+        <v>69.0</v>
       </c>
       <c r="E485" s="14" t="n">
-        <v>27.0</v>
+        <v>189.0</v>
       </c>
       <c r="F485" s="14" t="n">
-        <v>199.0</v>
+        <v>722.0</v>
       </c>
       <c r="G485" s="14" t="n">
-        <v>338.0</v>
+        <v>1268.0</v>
       </c>
       <c r="H485" s="14" t="n">
-        <v>1286.0</v>
+        <v>1422.0</v>
       </c>
       <c r="I485" s="14" t="n">
-        <v>3275.0</v>
+        <v>4836.0</v>
       </c>
       <c r="J485" s="14" t="n">
-        <v>7722.0</v>
+        <v>8471.0</v>
       </c>
       <c r="K485" s="14" t="n">
-        <v>1002.0</v>
+        <v>1295.0</v>
       </c>
       <c r="L485" s="14" t="n">
-        <v>559.0</v>
+        <v>644.0</v>
       </c>
       <c r="M485" s="14" t="n">
-        <v>249.0</v>
+        <v>98.0</v>
       </c>
       <c r="N485" s="14" t="n">
-        <v>214.0</v>
+        <v>196.0</v>
       </c>
     </row>
     <row r="486">
       <c r="A486" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Luxembourg</t>
         </is>
       </c>
       <c r="B486" s="14" t="n">
-        <v>747.0</v>
+        <v>549.0</v>
       </c>
       <c r="C486" s="14" t="n">
-        <v>0.0</v>
+        <v>15.0</v>
       </c>
       <c r="D486" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="E486" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E486" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="F486" s="14" t="n">
-        <v>43.0</v>
+        <v>69.0</v>
       </c>
       <c r="G486" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="H486" s="14" t="n">
-        <v>83.0</v>
+      <c r="H486" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="I486" s="14" t="n">
-        <v>0.0</v>
+        <v>44.0</v>
       </c>
       <c r="J486" s="14" t="n">
-        <v>467.0</v>
-[...10 lines deleted...]
-        <v>55.0</v>
+        <v>150.0</v>
+      </c>
+      <c r="K486" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
+      </c>
+      <c r="L486" s="14" t="n">
+        <v>29.0</v>
+      </c>
+      <c r="M486" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="N486" s="14" t="n">
-        <v>18.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="487">
       <c r="A487" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Netherlands</t>
         </is>
       </c>
       <c r="B487" s="14" t="n">
-        <v>99841.0</v>
+        <v>118779.0</v>
       </c>
       <c r="C487" s="14" t="n">
-        <v>447.0</v>
+        <v>853.0</v>
       </c>
       <c r="D487" s="14" t="n">
-        <v>960.0</v>
+        <v>777.0</v>
       </c>
       <c r="E487" s="14" t="n">
-        <v>1212.0</v>
+        <v>3467.0</v>
       </c>
       <c r="F487" s="14" t="n">
-        <v>5276.0</v>
+        <v>6039.0</v>
       </c>
       <c r="G487" s="14" t="n">
-        <v>8942.0</v>
+        <v>9396.0</v>
       </c>
       <c r="H487" s="14" t="n">
-        <v>11154.0</v>
+        <v>12319.0</v>
       </c>
       <c r="I487" s="14" t="n">
-        <v>25484.0</v>
+        <v>28912.0</v>
       </c>
       <c r="J487" s="14" t="n">
-        <v>29714.0</v>
+        <v>36658.0</v>
       </c>
       <c r="K487" s="14" t="n">
-        <v>11352.0</v>
+        <v>13267.0</v>
       </c>
       <c r="L487" s="14" t="n">
-        <v>4494.0</v>
+        <v>4224.0</v>
       </c>
       <c r="M487" s="14" t="n">
-        <v>409.0</v>
+        <v>2026.0</v>
       </c>
       <c r="N487" s="14" t="n">
-        <v>396.0</v>
+        <v>840.0</v>
       </c>
     </row>
     <row r="488">
       <c r="A488" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Poland</t>
         </is>
       </c>
       <c r="B488" s="14" t="n">
-        <v>2676.0</v>
+        <v>2992.0</v>
       </c>
       <c r="C488" s="14" t="n">
-        <v>0.0</v>
+        <v>10.0</v>
       </c>
       <c r="D488" s="14" t="n">
-        <v>0.0</v>
-[...2 lines deleted...]
-        <v>25.0</v>
+        <v>19.0</v>
+      </c>
+      <c r="E488" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="F488" s="14" t="n">
-        <v>121.0</v>
+        <v>137.0</v>
       </c>
       <c r="G488" s="14" t="n">
-        <v>119.0</v>
-[...2 lines deleted...]
-        <v>208.0</v>
+        <v>416.0</v>
+      </c>
+      <c r="H488" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="I488" s="14" t="n">
-        <v>1111.0</v>
+        <v>531.0</v>
       </c>
       <c r="J488" s="14" t="n">
-        <v>560.0</v>
+        <v>803.0</v>
       </c>
       <c r="K488" s="14" t="n">
-        <v>393.0</v>
+        <v>574.0</v>
       </c>
       <c r="L488" s="14" t="n">
-        <v>140.0</v>
+        <v>116.0</v>
       </c>
       <c r="M488" s="14" t="n">
-        <v>0.0</v>
+        <v>99.0</v>
       </c>
       <c r="N488" s="14" t="n">
-        <v>0.0</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="489">
       <c r="A489" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Portugal</t>
         </is>
       </c>
       <c r="B489" s="14" t="n">
-        <v>5244.0</v>
-[...2 lines deleted...]
-        <v>59.0</v>
+        <v>6373.0</v>
+      </c>
+      <c r="C489" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="D489" s="14" t="n">
-        <v>52.0</v>
+        <v>269.0</v>
       </c>
       <c r="E489" s="14" t="n">
-        <v>152.0</v>
+        <v>165.0</v>
       </c>
       <c r="F489" s="14" t="n">
-        <v>94.0</v>
+        <v>164.0</v>
       </c>
       <c r="G489" s="14" t="n">
-        <v>241.0</v>
+        <v>643.0</v>
       </c>
       <c r="H489" s="14" t="n">
-        <v>332.0</v>
+        <v>581.0</v>
       </c>
       <c r="I489" s="14" t="n">
-        <v>1436.0</v>
+        <v>1324.0</v>
       </c>
       <c r="J489" s="14" t="n">
-        <v>1812.0</v>
+        <v>2249.0</v>
       </c>
       <c r="K489" s="14" t="n">
-        <v>262.0</v>
+        <v>601.0</v>
       </c>
       <c r="L489" s="14" t="n">
-        <v>139.0</v>
+        <v>57.0</v>
       </c>
       <c r="M489" s="14" t="n">
-        <v>274.0</v>
-[...2 lines deleted...]
-        <v>390.0</v>
+        <v>223.0</v>
+      </c>
+      <c r="N489" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
     </row>
     <row r="490">
       <c r="A490" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Czech Republic</t>
         </is>
       </c>
       <c r="B490" s="14" t="n">
-        <v>1860.0</v>
+        <v>2503.0</v>
       </c>
       <c r="C490" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="D490" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E490" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="F490" s="14" t="n">
-        <v>21.0</v>
-[...2 lines deleted...]
-        <v>89.0</v>
+        <v>43.0</v>
+      </c>
+      <c r="G490" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="H490" s="14" t="n">
-        <v>303.0</v>
+        <v>287.0</v>
       </c>
       <c r="I490" s="14" t="n">
-        <v>588.0</v>
+        <v>904.0</v>
       </c>
       <c r="J490" s="14" t="n">
-        <v>476.0</v>
+        <v>128.0</v>
       </c>
       <c r="K490" s="14" t="n">
-        <v>209.0</v>
+        <v>330.0</v>
       </c>
       <c r="L490" s="14" t="n">
-        <v>120.0</v>
+        <v>97.0</v>
       </c>
       <c r="M490" s="14" t="n">
-        <v>0.0</v>
+        <v>47.0</v>
       </c>
       <c r="N490" s="14" t="n">
-        <v>0.0</v>
+        <v>576.0</v>
       </c>
     </row>
     <row r="491">
       <c r="A491" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Sweden</t>
         </is>
       </c>
       <c r="B491" s="14" t="n">
-        <v>1961.0</v>
+        <v>2932.0</v>
       </c>
       <c r="C491" s="14" t="n">
-        <v>30.0</v>
-[...2 lines deleted...]
-        <v>22.0</v>
+        <v>59.0</v>
+      </c>
+      <c r="D491" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="E491" s="14" t="n">
-        <v>97.0</v>
+        <v>275.0</v>
       </c>
       <c r="F491" s="14" t="n">
-        <v>231.0</v>
+        <v>128.0</v>
       </c>
       <c r="G491" s="14" t="n">
-        <v>157.0</v>
+        <v>204.0</v>
       </c>
       <c r="H491" s="14" t="n">
-        <v>53.0</v>
+        <v>255.0</v>
       </c>
       <c r="I491" s="14" t="n">
-        <v>413.0</v>
+        <v>432.0</v>
       </c>
       <c r="J491" s="14" t="n">
-        <v>177.0</v>
+        <v>924.0</v>
       </c>
       <c r="K491" s="14" t="n">
-        <v>330.0</v>
+        <v>292.0</v>
       </c>
       <c r="L491" s="14" t="n">
-        <v>417.0</v>
+        <v>159.0</v>
       </c>
       <c r="M491" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="N491" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="N491" s="14" t="n">
+        <v>74.0</v>
       </c>
     </row>
     <row r="492">
       <c r="A492" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of EU</t>
         </is>
       </c>
       <c r="B492" s="14" t="n">
-        <v>3645.0</v>
-[...5 lines deleted...]
-        <v>26.0</v>
+        <v>9375.0</v>
+      </c>
+      <c r="C492" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="D492" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="E492" s="14" t="n">
-        <v>0.0</v>
+        <v>473.0</v>
       </c>
       <c r="F492" s="14" t="n">
-        <v>171.0</v>
+        <v>431.0</v>
       </c>
       <c r="G492" s="14" t="n">
-        <v>307.0</v>
+        <v>302.0</v>
       </c>
       <c r="H492" s="14" t="n">
-        <v>474.0</v>
+        <v>635.0</v>
       </c>
       <c r="I492" s="14" t="n">
-        <v>821.0</v>
+        <v>1754.0</v>
       </c>
       <c r="J492" s="14" t="n">
-        <v>682.0</v>
+        <v>923.0</v>
       </c>
       <c r="K492" s="14" t="n">
-        <v>599.0</v>
+        <v>578.0</v>
       </c>
       <c r="L492" s="14" t="n">
-        <v>441.0</v>
+        <v>182.0</v>
       </c>
       <c r="M492" s="14" t="n">
-        <v>60.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>1499.0</v>
+      </c>
+      <c r="N492" s="14" t="n">
+        <v>2461.0</v>
       </c>
     </row>
     <row r="493">
       <c r="A493" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Norway</t>
         </is>
       </c>
       <c r="B493" s="14" t="n">
-        <v>645.0</v>
+        <v>730.0</v>
       </c>
       <c r="C493" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="D493" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="E493" s="14" t="n">
-        <v>15.0</v>
+        <v>56.0</v>
       </c>
       <c r="F493" s="14" t="n">
-        <v>44.0</v>
+        <v>38.0</v>
       </c>
       <c r="G493" s="14" t="n">
-        <v>44.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>48.0</v>
+      </c>
+      <c r="H493" s="14" t="n">
+        <v>64.0</v>
       </c>
       <c r="I493" s="14" t="n">
-        <v>311.0</v>
+        <v>79.0</v>
       </c>
       <c r="J493" s="14" t="n">
-        <v>45.0</v>
+        <v>223.0</v>
       </c>
       <c r="K493" s="14" t="n">
-        <v>79.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>88.0</v>
+      </c>
+      <c r="L493" s="14" t="n">
+        <v>104.0</v>
       </c>
       <c r="M493" s="14" t="n">
-        <v>11.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>29.0</v>
+      </c>
+      <c r="N493" s="14" t="n">
+        <v>0.0</v>
       </c>
     </row>
     <row r="494">
       <c r="A494" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    United Kingdom</t>
         </is>
       </c>
       <c r="B494" s="14" t="n">
-        <v>34582.0</v>
+        <v>39989.0</v>
       </c>
       <c r="C494" s="14" t="n">
-        <v>209.0</v>
+        <v>163.0</v>
       </c>
       <c r="D494" s="14" t="n">
-        <v>331.0</v>
+        <v>421.0</v>
       </c>
       <c r="E494" s="14" t="n">
-        <v>758.0</v>
+        <v>2216.0</v>
       </c>
       <c r="F494" s="14" t="n">
-        <v>1665.0</v>
+        <v>1736.0</v>
       </c>
       <c r="G494" s="14" t="n">
-        <v>3213.0</v>
+        <v>3844.0</v>
       </c>
       <c r="H494" s="14" t="n">
-        <v>7466.0</v>
+        <v>8219.0</v>
       </c>
       <c r="I494" s="14" t="n">
-        <v>4643.0</v>
+        <v>5077.0</v>
       </c>
       <c r="J494" s="14" t="n">
-        <v>7175.0</v>
+        <v>6814.0</v>
       </c>
       <c r="K494" s="14" t="n">
-        <v>5527.0</v>
+        <v>5845.0</v>
       </c>
       <c r="L494" s="14" t="n">
-        <v>3295.0</v>
+        <v>3808.0</v>
       </c>
       <c r="M494" s="14" t="n">
-        <v>260.0</v>
+        <v>1267.0</v>
       </c>
       <c r="N494" s="14" t="n">
-        <v>39.0</v>
+        <v>579.0</v>
       </c>
     </row>
     <row r="495">
       <c r="A495" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Switzerland</t>
         </is>
       </c>
       <c r="B495" s="14" t="n">
-        <v>17184.0</v>
+        <v>20782.0</v>
       </c>
       <c r="C495" s="14" t="n">
-        <v>103.0</v>
+        <v>95.0</v>
       </c>
       <c r="D495" s="14" t="n">
-        <v>56.0</v>
+        <v>119.0</v>
       </c>
       <c r="E495" s="14" t="n">
-        <v>303.0</v>
+        <v>628.0</v>
       </c>
       <c r="F495" s="14" t="n">
-        <v>1368.0</v>
+        <v>1939.0</v>
       </c>
       <c r="G495" s="14" t="n">
-        <v>1525.0</v>
+        <v>1849.0</v>
       </c>
       <c r="H495" s="14" t="n">
-        <v>1882.0</v>
+        <v>2296.0</v>
       </c>
       <c r="I495" s="14" t="n">
-        <v>4488.0</v>
+        <v>5441.0</v>
       </c>
       <c r="J495" s="14" t="n">
-        <v>1912.0</v>
+        <v>2150.0</v>
       </c>
       <c r="K495" s="14" t="n">
-        <v>2761.0</v>
+        <v>2867.0</v>
       </c>
       <c r="L495" s="14" t="n">
-        <v>2533.0</v>
+        <v>2526.0</v>
       </c>
       <c r="M495" s="14" t="n">
-        <v>218.0</v>
+        <v>525.0</v>
       </c>
       <c r="N495" s="14" t="n">
-        <v>36.0</v>
+        <v>346.0</v>
       </c>
     </row>
     <row r="496">
       <c r="A496" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of Europe</t>
         </is>
       </c>
       <c r="B496" s="14" t="n">
-        <v>2145.0</v>
-[...2 lines deleted...]
-        <v>21.0</v>
+        <v>1559.0</v>
+      </c>
+      <c r="C496" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="D496" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E496" s="14" t="n">
-        <v>0.0</v>
+        <v>33.0</v>
       </c>
       <c r="F496" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="G496" s="14" t="n">
-        <v>355.0</v>
+        <v>376.0</v>
       </c>
       <c r="H496" s="14" t="n">
-        <v>106.0</v>
+        <v>330.0</v>
       </c>
       <c r="I496" s="14" t="n">
-        <v>474.0</v>
+        <v>475.0</v>
       </c>
       <c r="J496" s="14" t="n">
-        <v>354.0</v>
+        <v>81.0</v>
       </c>
       <c r="K496" s="14" t="n">
-        <v>212.0</v>
+        <v>121.0</v>
       </c>
       <c r="L496" s="14" t="n">
-        <v>34.0</v>
-[...1 lines deleted...]
-      <c r="M496" s="14" t="n">
+        <v>85.0</v>
+      </c>
+      <c r="M496" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="N496" s="14" t="n">
         <v>23.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>525.0</v>
       </c>
     </row>
     <row r="497">
       <c r="A497" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    United States</t>
         </is>
       </c>
       <c r="B497" s="14" t="n">
-        <v>1136.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>1248.0</v>
+      </c>
+      <c r="C497" s="14" t="n">
+        <v>20.0</v>
       </c>
       <c r="D497" s="14" t="n">
-        <v>0.0</v>
-[...2 lines deleted...]
-        <v>18.0</v>
+        <v>56.0</v>
+      </c>
+      <c r="E497" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="F497" s="14" t="n">
-        <v>201.0</v>
+        <v>50.0</v>
       </c>
       <c r="G497" s="14" t="n">
-        <v>52.0</v>
+        <v>117.0</v>
       </c>
       <c r="H497" s="14" t="n">
-        <v>83.0</v>
+        <v>175.0</v>
       </c>
       <c r="I497" s="14" t="n">
-        <v>194.0</v>
+        <v>264.0</v>
       </c>
       <c r="J497" s="14" t="n">
-        <v>257.0</v>
-[...2 lines deleted...]
-        <v>120.0</v>
+        <v>196.0</v>
+      </c>
+      <c r="K497" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="L497" s="14" t="n">
-        <v>175.0</v>
+        <v>58.0</v>
       </c>
       <c r="M497" s="14" t="n">
-        <v>0.0</v>
+        <v>182.0</v>
       </c>
       <c r="N497" s="14" t="n">
-        <v>0.0</v>
+        <v>36.0</v>
       </c>
     </row>
     <row r="498">
       <c r="A498" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of America</t>
         </is>
       </c>
       <c r="B498" s="14" t="n">
-        <v>3420.0</v>
+        <v>4402.0</v>
       </c>
       <c r="C498" s="14" t="n">
-        <v>32.0</v>
+        <v>38.0</v>
       </c>
       <c r="D498" s="14" t="n">
-        <v>112.0</v>
+        <v>246.0</v>
       </c>
       <c r="E498" s="14" t="n">
-        <v>28.0</v>
+        <v>155.0</v>
       </c>
       <c r="F498" s="14" t="n">
-        <v>117.0</v>
+        <v>212.0</v>
       </c>
       <c r="G498" s="14" t="n">
-        <v>114.0</v>
+        <v>601.0</v>
       </c>
       <c r="H498" s="14" t="n">
-        <v>217.0</v>
+        <v>489.0</v>
       </c>
       <c r="I498" s="14" t="n">
-        <v>359.0</v>
+        <v>467.0</v>
       </c>
       <c r="J498" s="14" t="n">
-        <v>891.0</v>
+        <v>782.0</v>
       </c>
       <c r="K498" s="14" t="n">
-        <v>249.0</v>
+        <v>309.0</v>
       </c>
       <c r="L498" s="14" t="n">
-        <v>273.0</v>
+        <v>465.0</v>
       </c>
       <c r="M498" s="14" t="n">
-        <v>868.0</v>
+        <v>392.0</v>
       </c>
       <c r="N498" s="14" t="n">
-        <v>161.0</v>
+        <v>245.0</v>
       </c>
     </row>
     <row r="499">
       <c r="A499" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    African Countries</t>
         </is>
       </c>
       <c r="B499" s="14" t="n">
-        <v>1306.0</v>
+        <v>1878.0</v>
       </c>
       <c r="C499" s="14" t="n">
-        <v>0.0</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>64.0</v>
+      </c>
+      <c r="D499" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="E499" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="F499" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F499" s="14" t="n">
+        <v>121.0</v>
       </c>
       <c r="G499" s="14" t="n">
-        <v>94.0</v>
+        <v>274.0</v>
       </c>
       <c r="H499" s="14" t="n">
-        <v>102.0</v>
+        <v>33.0</v>
       </c>
       <c r="I499" s="14" t="n">
-        <v>70.0</v>
+        <v>43.0</v>
       </c>
       <c r="J499" s="14" t="n">
-        <v>125.0</v>
-[...7 lines deleted...]
-        <v>143.0</v>
+        <v>295.0</v>
+      </c>
+      <c r="K499" s="14" t="n">
+        <v>251.0</v>
+      </c>
+      <c r="L499" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="M499" s="14" t="n">
-        <v>334.0</v>
-[...2 lines deleted...]
-        <v>262.0</v>
+        <v>84.0</v>
+      </c>
+      <c r="N499" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
     </row>
     <row r="500">
       <c r="A500" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of the world</t>
         </is>
       </c>
       <c r="B500" s="14" t="n">
-        <v>9723.0</v>
-[...9 lines deleted...]
-        </is>
+        <v>6872.0</v>
+      </c>
+      <c r="C500" s="14" t="n">
+        <v>265.0</v>
+      </c>
+      <c r="D500" s="14" t="n">
+        <v>96.0</v>
       </c>
       <c r="E500" s="14" t="n">
-        <v>208.0</v>
+        <v>1015.0</v>
       </c>
       <c r="F500" s="14" t="n">
-        <v>422.0</v>
+        <v>310.0</v>
       </c>
       <c r="G500" s="14" t="n">
-        <v>2385.0</v>
+        <v>437.0</v>
       </c>
       <c r="H500" s="14" t="n">
-        <v>673.0</v>
+        <v>609.0</v>
       </c>
       <c r="I500" s="14" t="n">
-        <v>3244.0</v>
+        <v>1188.0</v>
       </c>
       <c r="J500" s="14" t="n">
-        <v>1637.0</v>
+        <v>1533.0</v>
       </c>
       <c r="K500" s="14" t="n">
-        <v>704.0</v>
+        <v>857.0</v>
       </c>
       <c r="L500" s="14" t="n">
-        <v>230.0</v>
+        <v>409.0</v>
       </c>
       <c r="M500" s="14" t="n">
-        <v>170.0</v>
+        <v>101.0</v>
       </c>
       <c r="N500" s="14" t="n">
-        <v>30.0</v>
+        <v>53.0</v>
       </c>
     </row>
     <row r="501">
       <c r="A501" s="6" t="inlineStr">
         <is>
           <t>Rioja (La)</t>
         </is>
       </c>
       <c r="B501" s="6"/>
       <c r="C501" s="6"/>
       <c r="D501" s="6"/>
       <c r="E501" s="6"/>
       <c r="F501" s="6"/>
       <c r="G501" s="6"/>
       <c r="H501" s="6"/>
       <c r="I501" s="6"/>
       <c r="J501" s="6"/>
       <c r="K501" s="6"/>
       <c r="L501" s="6"/>
       <c r="M501" s="6"/>
       <c r="N501" s="6"/>
     </row>
     <row r="502">
       <c r="A502" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B502" s="14" t="n">
-        <v>364718.0</v>
+        <v>342324.0</v>
       </c>
       <c r="C502" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="D502" s="14" t="n">
-        <v>5086.0</v>
-[...2 lines deleted...]
-        <v>8876.0</v>
+        <v>4051.0</v>
+      </c>
+      <c r="E502" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="F502" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="G502" s="14" t="n">
-        <v>21647.0</v>
+        <v>20887.0</v>
       </c>
       <c r="H502" s="14" t="n">
-        <v>32316.0</v>
+        <v>31692.0</v>
       </c>
       <c r="I502" s="14" t="n">
-        <v>90837.0</v>
+        <v>84906.0</v>
       </c>
       <c r="J502" s="14" t="n">
-        <v>102825.0</v>
+        <v>98529.0</v>
       </c>
       <c r="K502" s="14" t="n">
-        <v>31108.0</v>
+        <v>25126.0</v>
       </c>
       <c r="L502" s="14" t="n">
-        <v>20449.0</v>
+        <v>14528.0</v>
       </c>
       <c r="M502" s="14" t="n">
-        <v>12379.0</v>
+        <v>9611.0</v>
       </c>
       <c r="N502" s="14" t="n">
-        <v>4105.0</v>
+        <v>3488.0</v>
       </c>
     </row>
     <row r="503">
       <c r="A503" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Spaniards</t>
         </is>
       </c>
       <c r="B503" s="14" t="n">
-        <v>326180.0</v>
+        <v>294151.0</v>
       </c>
       <c r="C503" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="D503" s="14" t="n">
-        <v>4358.0</v>
-[...2 lines deleted...]
-        <v>7774.0</v>
+        <v>3125.0</v>
+      </c>
+      <c r="E503" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="F503" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="G503" s="14" t="n">
-        <v>17068.0</v>
+        <v>14502.0</v>
       </c>
       <c r="H503" s="14" t="n">
-        <v>26070.0</v>
+        <v>24344.0</v>
       </c>
       <c r="I503" s="14" t="n">
-        <v>84992.0</v>
+        <v>79575.0</v>
       </c>
       <c r="J503" s="14" t="n">
-        <v>95963.0</v>
+        <v>91519.0</v>
       </c>
       <c r="K503" s="14" t="n">
-        <v>25811.0</v>
+        <v>19082.0</v>
       </c>
       <c r="L503" s="14" t="n">
-        <v>17100.0</v>
+        <v>10672.0</v>
       </c>
       <c r="M503" s="14" t="n">
-        <v>11536.0</v>
+        <v>8667.0</v>
       </c>
       <c r="N503" s="14" t="n">
-        <v>4043.0</v>
+        <v>3453.0</v>
       </c>
     </row>
     <row r="504">
       <c r="A504" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Foreigners</t>
         </is>
       </c>
       <c r="B504" s="14" t="n">
-        <v>38538.0</v>
+        <v>48173.0</v>
       </c>
       <c r="C504" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="D504" s="14" t="n">
-        <v>728.0</v>
-[...2 lines deleted...]
-        <v>1102.0</v>
+        <v>926.0</v>
+      </c>
+      <c r="E504" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="F504" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="G504" s="14" t="n">
-        <v>4579.0</v>
+        <v>6385.0</v>
       </c>
       <c r="H504" s="14" t="n">
-        <v>6246.0</v>
+        <v>7348.0</v>
       </c>
       <c r="I504" s="14" t="n">
-        <v>5845.0</v>
+        <v>5331.0</v>
       </c>
       <c r="J504" s="14" t="n">
-        <v>6862.0</v>
+        <v>7010.0</v>
       </c>
       <c r="K504" s="14" t="n">
-        <v>5297.0</v>
+        <v>6044.0</v>
       </c>
       <c r="L504" s="14" t="n">
-        <v>3349.0</v>
+        <v>3856.0</v>
       </c>
       <c r="M504" s="14" t="n">
-        <v>843.0</v>
+        <v>944.0</v>
       </c>
       <c r="N504" s="14" t="n">
-        <v>62.0</v>
+        <v>35.0</v>
       </c>
     </row>
     <row r="505">
       <c r="A505" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    European Union 27 (without Spain)</t>
         </is>
       </c>
       <c r="B505" s="14" t="n">
-        <v>24653.0</v>
+        <v>30874.0</v>
       </c>
       <c r="C505" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="D505" s="14" t="n">
-        <v>190.0</v>
-[...2 lines deleted...]
-        <v>489.0</v>
+        <v>313.0</v>
+      </c>
+      <c r="E505" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="F505" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="G505" s="14" t="n">
-        <v>2859.0</v>
+        <v>4097.0</v>
       </c>
       <c r="H505" s="14" t="n">
-        <v>3805.0</v>
+        <v>4375.0</v>
       </c>
       <c r="I505" s="14" t="n">
-        <v>4331.0</v>
+        <v>3806.0</v>
       </c>
       <c r="J505" s="14" t="n">
-        <v>5217.0</v>
+        <v>5421.0</v>
       </c>
       <c r="K505" s="14" t="n">
-        <v>3750.0</v>
+        <v>3941.0</v>
       </c>
       <c r="L505" s="14" t="n">
-        <v>1684.0</v>
+        <v>1387.0</v>
       </c>
       <c r="M505" s="14" t="n">
-        <v>281.0</v>
+        <v>486.0</v>
       </c>
       <c r="N505" s="14" t="n">
-        <v>62.0</v>
+        <v>35.0</v>
       </c>
     </row>
     <row r="506">
       <c r="A506" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Germany</t>
         </is>
       </c>
       <c r="B506" s="14" t="n">
-        <v>5858.0</v>
+        <v>10423.0</v>
       </c>
       <c r="C506" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="D506" s="13" t="inlineStr">
-[...5 lines deleted...]
-        <v>263.0</v>
+      <c r="D506" s="14" t="n">
+        <v>68.0</v>
+      </c>
+      <c r="E506" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="F506" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="G506" s="14" t="n">
-        <v>802.0</v>
+        <v>1268.0</v>
       </c>
       <c r="H506" s="14" t="n">
-        <v>1224.0</v>
+        <v>1148.0</v>
       </c>
       <c r="I506" s="14" t="n">
-        <v>624.0</v>
+        <v>492.0</v>
       </c>
       <c r="J506" s="14" t="n">
-        <v>715.0</v>
+        <v>549.0</v>
       </c>
       <c r="K506" s="14" t="n">
-        <v>1023.0</v>
+        <v>856.0</v>
       </c>
       <c r="L506" s="14" t="n">
-        <v>493.0</v>
-[...7 lines deleted...]
-        </is>
+        <v>489.0</v>
+      </c>
+      <c r="M506" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="N506" s="14" t="n">
+        <v>21.0</v>
       </c>
     </row>
     <row r="507">
       <c r="A507" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Austria</t>
         </is>
       </c>
       <c r="B507" s="14" t="n">
-        <v>178.0</v>
+        <v>253.0</v>
       </c>
       <c r="C507" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="D507" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="E507" s="14" t="n">
-        <v>0.0</v>
+      <c r="E507" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="F507" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="G507" s="14" t="n">
-        <v>0.0</v>
+        <v>68.0</v>
       </c>
       <c r="H507" s="14" t="n">
+        <v>35.0</v>
+      </c>
+      <c r="I507" s="14" t="n">
+        <v>48.0</v>
+      </c>
+      <c r="J507" s="14" t="n">
         <v>26.0</v>
       </c>
-      <c r="I507" s="14" t="n">
-[...6 lines deleted...]
-      </c>
       <c r="K507" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="L507" s="14" t="n">
-        <v>0.0</v>
+        <v>20.0</v>
       </c>
       <c r="M507" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="N507" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="508">
       <c r="A508" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Belgium</t>
         </is>
       </c>
       <c r="B508" s="14" t="n">
-        <v>1761.0</v>
+        <v>2295.0</v>
       </c>
       <c r="C508" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="D508" s="14" t="n">
-        <v>11.0</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>0.0</v>
+      </c>
+      <c r="E508" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="F508" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="G508" s="14" t="n">
-        <v>119.0</v>
+        <v>178.0</v>
       </c>
       <c r="H508" s="14" t="n">
-        <v>169.0</v>
+        <v>409.0</v>
       </c>
       <c r="I508" s="14" t="n">
-        <v>710.0</v>
+        <v>423.0</v>
       </c>
       <c r="J508" s="14" t="n">
-        <v>181.0</v>
+        <v>746.0</v>
       </c>
       <c r="K508" s="14" t="n">
-        <v>263.0</v>
+        <v>386.0</v>
       </c>
       <c r="L508" s="14" t="n">
-        <v>110.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>68.0</v>
+      </c>
+      <c r="M508" s="14" t="n">
+        <v>17.0</v>
       </c>
       <c r="N508" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="509">
       <c r="A509" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Denmark</t>
         </is>
       </c>
       <c r="B509" s="14" t="n">
-        <v>247.0</v>
+        <v>174.0</v>
       </c>
       <c r="C509" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="D509" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="E509" s="14" t="n">
-        <v>0.0</v>
+      <c r="E509" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="F509" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="G509" s="14" t="n">
-        <v>15.0</v>
+        <v>0.0</v>
       </c>
       <c r="H509" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="I509" s="14" t="n">
-[...3 lines deleted...]
-        <v>29.0</v>
+      <c r="I509" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="J509" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="K509" s="14" t="n">
-        <v>58.0</v>
+        <v>95.0</v>
       </c>
       <c r="L509" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="M509" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N509" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="510">
       <c r="A510" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Finland</t>
         </is>
       </c>
       <c r="B510" s="14" t="n">
-        <v>94.0</v>
+        <v>34.0</v>
       </c>
       <c r="C510" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="D510" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="E510" s="14" t="n">
-        <v>33.0</v>
+      <c r="E510" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="F510" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="G510" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="H510" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="I510" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="J510" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="K510" s="14" t="n">
-[...5 lines deleted...]
-        </is>
+      <c r="K510" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="L510" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="M510" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="N510" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="511">
       <c r="A511" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    France</t>
         </is>
       </c>
       <c r="B511" s="14" t="n">
-        <v>4473.0</v>
+        <v>4669.0</v>
       </c>
       <c r="C511" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="D511" s="13" t="inlineStr">
-[...5 lines deleted...]
-        <v>28.0</v>
+      <c r="D511" s="14" t="n">
+        <v>45.0</v>
+      </c>
+      <c r="E511" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="F511" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="G511" s="14" t="n">
-        <v>552.0</v>
+        <v>572.0</v>
       </c>
       <c r="H511" s="14" t="n">
-        <v>641.0</v>
+        <v>721.0</v>
       </c>
       <c r="I511" s="14" t="n">
-        <v>746.0</v>
+        <v>570.0</v>
       </c>
       <c r="J511" s="14" t="n">
-        <v>1121.0</v>
+        <v>1676.0</v>
       </c>
       <c r="K511" s="14" t="n">
-        <v>496.0</v>
+        <v>450.0</v>
       </c>
       <c r="L511" s="14" t="n">
-        <v>302.0</v>
+        <v>264.0</v>
       </c>
       <c r="M511" s="14" t="n">
-        <v>64.0</v>
+        <v>60.0</v>
       </c>
       <c r="N511" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="512">
       <c r="A512" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Greece</t>
         </is>
       </c>
       <c r="B512" s="14" t="n">
-        <v>36.0</v>
+        <v>12.0</v>
       </c>
       <c r="C512" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="D512" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="E512" s="14" t="n">
-        <v>0.0</v>
+      <c r="E512" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="F512" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="G512" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="H512" s="14" t="n">
-        <v>0.0</v>
+        <v>12.0</v>
       </c>
       <c r="I512" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="J512" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="K512" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K512" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="L512" s="14" t="n">
-        <v>27.0</v>
+        <v>0.0</v>
       </c>
       <c r="M512" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="N512" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="513">
       <c r="A513" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Ireland</t>
         </is>
       </c>
       <c r="B513" s="14" t="n">
-        <v>1409.0</v>
+        <v>2067.0</v>
       </c>
       <c r="C513" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="D513" s="13" t="inlineStr">
-[...5 lines deleted...]
-        <v>49.0</v>
+      <c r="D513" s="14" t="n">
+        <v>95.0</v>
+      </c>
+      <c r="E513" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="F513" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="G513" s="14" t="n">
-        <v>100.0</v>
+        <v>260.0</v>
       </c>
       <c r="H513" s="14" t="n">
-        <v>275.0</v>
+        <v>308.0</v>
       </c>
       <c r="I513" s="14" t="n">
-        <v>78.0</v>
+        <v>270.0</v>
       </c>
       <c r="J513" s="14" t="n">
-        <v>458.0</v>
+        <v>352.0</v>
       </c>
       <c r="K513" s="14" t="n">
-        <v>129.0</v>
+        <v>195.0</v>
       </c>
       <c r="L513" s="14" t="n">
-        <v>190.0</v>
+        <v>182.0</v>
       </c>
       <c r="M513" s="14" t="n">
-        <v>69.0</v>
+        <v>116.0</v>
       </c>
       <c r="N513" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="514">
       <c r="A514" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Italy</t>
         </is>
       </c>
       <c r="B514" s="14" t="n">
-        <v>528.0</v>
+        <v>340.0</v>
       </c>
       <c r="C514" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="D514" s="13" t="inlineStr">
-[...5 lines deleted...]
-        <v>0.0</v>
+      <c r="D514" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="E514" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="F514" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="G514" s="14" t="n">
-        <v>42.0</v>
-[...8 lines deleted...]
-        <v>182.0</v>
+        <v>0.0</v>
+      </c>
+      <c r="H514" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="I514" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="J514" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="K514" s="14" t="n">
-        <v>71.0</v>
+        <v>100.0</v>
       </c>
       <c r="L514" s="14" t="n">
-        <v>27.0</v>
+        <v>0.0</v>
       </c>
       <c r="M514" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="N514" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="515">
       <c r="A515" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Luxembourg</t>
         </is>
       </c>
-      <c r="B515" s="14" t="n">
-        <v>0.0</v>
+      <c r="B515" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="C515" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="D515" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="E515" s="14" t="n">
-        <v>0.0</v>
+      <c r="E515" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="F515" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="G515" s="14" t="n">
-        <v>0.0</v>
+      <c r="G515" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="H515" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="I515" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="J515" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="K515" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="L515" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="M515" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="N515" s="14" t="n">
-        <v>0.0</v>
+      <c r="N515" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
     </row>
     <row r="516">
       <c r="A516" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Netherlands</t>
         </is>
       </c>
       <c r="B516" s="14" t="n">
-        <v>9140.0</v>
+        <v>9855.0</v>
       </c>
       <c r="C516" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="D516" s="14" t="n">
-        <v>123.0</v>
-[...2 lines deleted...]
-        <v>109.0</v>
+        <v>77.0</v>
+      </c>
+      <c r="E516" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="F516" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="G516" s="14" t="n">
-        <v>1145.0</v>
+        <v>1660.0</v>
       </c>
       <c r="H516" s="14" t="n">
-        <v>1384.0</v>
+        <v>1663.0</v>
       </c>
       <c r="I516" s="14" t="n">
-        <v>1464.0</v>
+        <v>1881.0</v>
       </c>
       <c r="J516" s="14" t="n">
-        <v>2304.0</v>
+        <v>1653.0</v>
       </c>
       <c r="K516" s="14" t="n">
-        <v>1652.0</v>
+        <v>1809.0</v>
       </c>
       <c r="L516" s="14" t="n">
-        <v>454.0</v>
-[...7 lines deleted...]
-        <v>0.0</v>
+        <v>314.0</v>
+      </c>
+      <c r="M516" s="14" t="n">
+        <v>160.0</v>
+      </c>
+      <c r="N516" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
     </row>
     <row r="517">
       <c r="A517" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Poland</t>
         </is>
       </c>
       <c r="B517" s="14" t="n">
-        <v>199.0</v>
+        <v>66.0</v>
       </c>
       <c r="C517" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="D517" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="E517" s="14" t="n">
-        <v>0.0</v>
+      <c r="E517" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="F517" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="G517" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="H517" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H517" s="14" t="n">
+        <v>12.0</v>
       </c>
       <c r="I517" s="14" t="n">
-        <v>92.0</v>
+        <v>0.0</v>
       </c>
       <c r="J517" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="K517" s="14" t="n">
-        <v>12.0</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>0.0</v>
+      </c>
+      <c r="L517" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="M517" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="N517" s="14" t="n">
-        <v>55.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="518">
       <c r="A518" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Portugal</t>
         </is>
       </c>
       <c r="B518" s="14" t="n">
-        <v>230.0</v>
+        <v>271.0</v>
       </c>
       <c r="C518" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="D518" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="E518" s="14" t="n">
-        <v>0.0</v>
+      <c r="E518" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="F518" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="G518" s="14" t="n">
-        <v>25.0</v>
+        <v>0.0</v>
       </c>
       <c r="H518" s="14" t="n">
-        <v>13.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>0.0</v>
+      </c>
+      <c r="I518" s="14" t="n">
+        <v>68.0</v>
       </c>
       <c r="J518" s="14" t="n">
-        <v>131.0</v>
+        <v>162.0</v>
       </c>
       <c r="K518" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="L518" s="14" t="n">
-        <v>0.0</v>
+      <c r="L518" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="M518" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="N518" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="519">
       <c r="A519" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Czech Republic</t>
         </is>
       </c>
-      <c r="B519" s="14" t="n">
-        <v>51.0</v>
+      <c r="B519" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="C519" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="D519" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="E519" s="14" t="n">
-        <v>0.0</v>
+      <c r="E519" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="F519" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="G519" s="14" t="n">
-        <v>35.0</v>
+        <v>0.0</v>
       </c>
       <c r="H519" s="14" t="n">
-        <v>0.0</v>
+        <v>12.0</v>
       </c>
       <c r="I519" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="J519" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="K519" s="14" t="n">
-        <v>12.0</v>
+        <v>0.0</v>
       </c>
       <c r="L519" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="M519" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="M519" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="N519" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="520">
       <c r="A520" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Sweden</t>
         </is>
       </c>
       <c r="B520" s="14" t="n">
-        <v>112.0</v>
+        <v>114.0</v>
       </c>
       <c r="C520" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="D520" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="E520" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t>.</t>
         </is>
       </c>
       <c r="F520" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="G520" s="14" t="n">
-[...3 lines deleted...]
-        <v>0.0</v>
+      <c r="G520" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="H520" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="I520" s="14" t="n">
-        <v>32.0</v>
-[...5 lines deleted...]
-        <v>0.0</v>
+        <v>0.0</v>
+      </c>
+      <c r="J520" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="K520" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="L520" s="14" t="n">
-        <v>27.0</v>
+        <v>20.0</v>
       </c>
       <c r="M520" s="14" t="n">
-        <v>0.0</v>
+        <v>30.0</v>
       </c>
       <c r="N520" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="521">
       <c r="A521" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of EU</t>
         </is>
       </c>
       <c r="B521" s="14" t="n">
-        <v>337.0</v>
+        <v>281.0</v>
       </c>
       <c r="C521" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="D521" s="14" t="n">
-[...3 lines deleted...]
-        <v>0.0</v>
+      <c r="D521" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="E521" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="F521" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="G521" s="14" t="n">
-        <v>25.0</v>
+        <v>86.0</v>
       </c>
       <c r="H521" s="14" t="n">
-        <v>39.0</v>
+        <v>0.0</v>
       </c>
       <c r="I521" s="14" t="n">
-        <v>181.0</v>
+        <v>0.0</v>
       </c>
       <c r="J521" s="14" t="n">
-        <v>0.0</v>
+        <v>124.0</v>
       </c>
       <c r="K521" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="L521" s="13" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="L521" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M521" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="N521" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="522">
       <c r="A522" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Norway</t>
         </is>
       </c>
       <c r="B522" s="14" t="n">
-        <v>138.0</v>
+        <v>99.0</v>
       </c>
       <c r="C522" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="D522" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="E522" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t>.</t>
         </is>
       </c>
       <c r="F522" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="G522" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="H522" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="I522" s="14" t="n">
-        <v>67.0</v>
-[...5 lines deleted...]
-        <v>36.0</v>
+        <v>37.0</v>
+      </c>
+      <c r="J522" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="K522" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="L522" s="14" t="n">
-        <v>0.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>44.0</v>
+      </c>
+      <c r="M522" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="N522" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="523">
       <c r="A523" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    United Kingdom</t>
         </is>
       </c>
       <c r="B523" s="14" t="n">
-        <v>11141.0</v>
+        <v>14586.0</v>
       </c>
       <c r="C523" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="D523" s="14" t="n">
-        <v>521.0</v>
-[...2 lines deleted...]
-        <v>549.0</v>
+        <v>594.0</v>
+      </c>
+      <c r="E523" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="F523" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="G523" s="14" t="n">
-        <v>1425.0</v>
+        <v>1791.0</v>
       </c>
       <c r="H523" s="14" t="n">
-        <v>1879.0</v>
+        <v>2446.0</v>
       </c>
       <c r="I523" s="14" t="n">
-        <v>1034.0</v>
+        <v>1385.0</v>
       </c>
       <c r="J523" s="14" t="n">
-        <v>1304.0</v>
+        <v>1364.0</v>
       </c>
       <c r="K523" s="14" t="n">
-        <v>1178.0</v>
+        <v>1637.0</v>
       </c>
       <c r="L523" s="14" t="n">
-        <v>1422.0</v>
+        <v>2136.0</v>
       </c>
       <c r="M523" s="14" t="n">
-        <v>517.0</v>
+        <v>432.0</v>
       </c>
       <c r="N523" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="524">
       <c r="A524" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Switzerland</t>
         </is>
       </c>
       <c r="B524" s="14" t="n">
-        <v>1586.0</v>
+        <v>1841.0</v>
       </c>
       <c r="C524" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="D524" s="13" t="inlineStr">
-[...5 lines deleted...]
-        <v>41.0</v>
+      <c r="D524" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="E524" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="F524" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="G524" s="14" t="n">
-        <v>233.0</v>
+        <v>435.0</v>
       </c>
       <c r="H524" s="14" t="n">
-        <v>381.0</v>
+        <v>421.0</v>
       </c>
       <c r="I524" s="14" t="n">
-        <v>250.0</v>
-[...2 lines deleted...]
-        <v>120.0</v>
+        <v>88.0</v>
+      </c>
+      <c r="J524" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="K524" s="14" t="n">
-        <v>286.0</v>
+        <v>297.0</v>
       </c>
       <c r="L524" s="14" t="n">
-        <v>98.0</v>
-[...2 lines deleted...]
-        <v>19.0</v>
+        <v>262.0</v>
+      </c>
+      <c r="M524" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="N524" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="525">
       <c r="A525" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of Europe</t>
         </is>
       </c>
       <c r="B525" s="14" t="n">
-        <v>240.0</v>
+        <v>120.0</v>
       </c>
       <c r="C525" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="D525" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="E525" s="14" t="n">
-        <v>0.0</v>
+      <c r="E525" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="F525" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="G525" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="H525" s="14" t="n">
-[...5 lines deleted...]
-        </is>
+      <c r="H525" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="I525" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="J525" s="14" t="n">
-        <v>93.0</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>52.0</v>
+      </c>
+      <c r="K525" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="L525" s="14" t="n">
-        <v>0.0</v>
+        <v>28.0</v>
       </c>
       <c r="M525" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="N525" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="526">
       <c r="A526" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    United States</t>
         </is>
       </c>
       <c r="B526" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C526" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="D526" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="E526" s="14" t="n">
-        <v>0.0</v>
+      <c r="E526" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="F526" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="G526" s="14" t="n">
-        <v>0.0</v>
+      <c r="G526" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="H526" s="14" t="n">
-        <v>0.0</v>
+        <v>12.0</v>
       </c>
       <c r="I526" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="J526" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="K526" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="L526" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="M526" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="N526" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="527">
       <c r="A527" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of America</t>
         </is>
       </c>
-      <c r="B527" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="B527" s="14" t="n">
+        <v>368.0</v>
       </c>
       <c r="C527" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="D527" s="14" t="n">
-        <v>0.0</v>
+      <c r="D527" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="E527" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t>.</t>
         </is>
       </c>
       <c r="F527" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="G527" s="14" t="n">
-        <v>31.0</v>
+        <v>41.0</v>
       </c>
       <c r="H527" s="14" t="n">
-        <v>13.0</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>12.0</v>
+      </c>
+      <c r="I527" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="J527" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="K527" s="14" t="n">
-        <v>17.0</v>
+        <v>91.0</v>
       </c>
       <c r="L527" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="M527" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="N527" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="528">
       <c r="A528" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    African Countries</t>
         </is>
       </c>
-      <c r="B528" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="B528" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="C528" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="D528" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="E528" s="14" t="n">
-        <v>0.0</v>
+      <c r="E528" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="F528" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="G528" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G528" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="H528" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="I528" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="J528" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="K528" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="L528" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="M528" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="N528" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="529">
       <c r="A529" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Rest of the world</t>
         </is>
       </c>
       <c r="B529" s="14" t="n">
-        <v>351.0</v>
+        <v>215.0</v>
       </c>
       <c r="C529" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
-      <c r="D529" s="14" t="n">
-[...3 lines deleted...]
-        <v>0.0</v>
+      <c r="D529" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="E529" s="13" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
       </c>
       <c r="F529" s="13" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="G529" s="14" t="n">
-        <v>23.0</v>
+        <v>11.0</v>
       </c>
       <c r="H529" s="14" t="n">
-        <v>79.0</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>71.0</v>
+      </c>
+      <c r="I529" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="J529" s="14" t="n">
-        <v>26.0</v>
+        <v>36.0</v>
       </c>
       <c r="K529" s="14" t="n">
-        <v>30.0</v>
+        <v>65.0</v>
       </c>
       <c r="L529" s="14" t="n">
-        <v>145.0</v>
-[...4 lines deleted...]
-        </is>
+        <v>0.0</v>
+      </c>
+      <c r="M529" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="N529" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="530">
       <c r="A530" s="6" t="inlineStr">
         <is>
           <t>Ceuta</t>
         </is>
       </c>
       <c r="B530" s="6"/>
       <c r="C530" s="6"/>
       <c r="D530" s="6"/>
       <c r="E530" s="6"/>
       <c r="F530" s="6"/>
       <c r="G530" s="6"/>
       <c r="H530" s="6"/>
       <c r="I530" s="6"/>
       <c r="J530" s="6"/>
       <c r="K530" s="6"/>
       <c r="L530" s="6"/>
       <c r="M530" s="6"/>
       <c r="N530" s="6"/>
     </row>
@@ -28333,72 +28713,72 @@
       <c r="H587" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="I587" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="J587" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="K587" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="L587" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="M587" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="N587" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="590">
       <c r="A590" s="5" t="inlineStr">
         <is>
-          <t>Notas:</t>
+          <t>Notes:</t>
         </is>
       </c>
     </row>
     <row r="591">
       <c r="A591" t="inlineStr">
         <is>
-          <t xml:space="preserve">The symbol '.' indicates statistical secrecy </t>
+          <t xml:space="preserve">1) The symbol '.' indicates statistical secrecy </t>
         </is>
       </c>
     </row>
     <row r="592">
       <c r="A592" t="inlineStr">
         <is>
           <t xml:space="preserve"> Symbol '..' means non-significant data</t>
         </is>
       </c>
     </row>
     <row r="594">
       <c r="A594" s="5" t="inlineStr">
         <is>
-          <t xml:space="preserve">Fuente: </t>
+          <t xml:space="preserve">Source: </t>
         </is>
       </c>
     </row>
     <row r="595">
       <c r="A595" t="inlineStr">
         <is>
           <t>National Statistics Institute</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="26">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A5:K5"/>
     <mergeCell ref="A6:K6"/>
     <mergeCell ref="A8:N8"/>
     <mergeCell ref="A37:N37"/>
     <mergeCell ref="A66:N66"/>
     <mergeCell ref="A95:N95"/>
     <mergeCell ref="A124:N124"/>
     <mergeCell ref="A153:N153"/>
     <mergeCell ref="A182:N182"/>