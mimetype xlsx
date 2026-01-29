--- v0 (2025-10-24)
+++ v1 (2026-01-29)
@@ -330,51 +330,51 @@
       <c r="H3" s="11"/>
       <c r="I3" s="11"/>
       <c r="J3" s="11"/>
       <c r="K3" s="11"/>
     </row>
     <row r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Travelers and overnight stays by type of establishment</t>
         </is>
       </c>
       <c r="B4" s="3"/>
       <c r="C4" s="3"/>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
       <c r="F4" s="3"/>
       <c r="G4" s="3"/>
       <c r="H4" s="3"/>
       <c r="I4" s="3"/>
       <c r="J4" s="3"/>
       <c r="K4" s="3"/>
     </row>
     <row r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
-          <t>Unidades: Absolute value</t>
+          <t>Units: Absolute value</t>
         </is>
       </c>
       <c r="B5" s="4"/>
       <c r="C5" s="4"/>
       <c r="D5" s="4"/>
       <c r="E5" s="4"/>
       <c r="F5" s="4"/>
       <c r="G5" s="4"/>
       <c r="H5" s="4"/>
       <c r="I5" s="4"/>
       <c r="J5" s="4"/>
       <c r="K5" s="4"/>
     </row>
     <row r="6">
       <c r="A6" s="11" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="B6" s="11"/>
       <c r="C6" s="11"/>
       <c r="D6" s="11"/>
       <c r="E6" s="11"/>
       <c r="F6" s="11"/>
       <c r="G6" s="11"/>
@@ -426,154 +426,154 @@
         </is>
       </c>
       <c r="E8" s="7" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="F8" s="7" t="inlineStr">
         <is>
           <t>Residents in Spain</t>
         </is>
       </c>
       <c r="G8" s="7" t="inlineStr">
         <is>
           <t>Residents abroad</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="6" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="B9" s="14" t="n">
-        <v>4754543.0</v>
+        <v>4342625.0</v>
       </c>
       <c r="C9" s="14" t="n">
-        <v>2149467.0</v>
+        <v>2074084.0</v>
       </c>
       <c r="D9" s="14" t="n">
-        <v>2605075.0</v>
+        <v>2268541.0</v>
       </c>
       <c r="E9" s="14" t="n">
-        <v>8630443.0</v>
+        <v>8226197.0</v>
       </c>
       <c r="F9" s="14" t="n">
-        <v>4322042.0</v>
+        <v>4144582.0</v>
       </c>
       <c r="G9" s="14" t="n">
-        <v>4308401.0</v>
+        <v>4081615.0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="6" t="inlineStr">
         <is>
           <t>Youth Hostel</t>
         </is>
       </c>
       <c r="B10" s="14" t="n">
-        <v>960929.0</v>
+        <v>960116.0</v>
       </c>
       <c r="C10" s="14" t="n">
-        <v>661693.0</v>
+        <v>571979.0</v>
       </c>
       <c r="D10" s="14" t="n">
-        <v>299236.0</v>
+        <v>388137.0</v>
       </c>
       <c r="E10" s="14" t="n">
-        <v>2641584.0</v>
+        <v>2734771.0</v>
       </c>
       <c r="F10" s="14" t="n">
-        <v>1896537.0</v>
+        <v>1705269.0</v>
       </c>
       <c r="G10" s="14" t="n">
-        <v>745046.0</v>
+        <v>1029502.0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="6" t="inlineStr">
         <is>
           <t>Pilgrims of the Camino de Santiago</t>
         </is>
       </c>
       <c r="B11" s="14" t="n">
-        <v>508376.0</v>
+        <v>383797.0</v>
       </c>
       <c r="C11" s="14" t="n">
-        <v>159140.0</v>
+        <v>119606.0</v>
       </c>
       <c r="D11" s="14" t="n">
-        <v>349236.0</v>
+        <v>264192.0</v>
       </c>
       <c r="E11" s="14" t="n">
-        <v>508442.0</v>
+        <v>383856.0</v>
       </c>
       <c r="F11" s="14" t="n">
-        <v>159156.0</v>
+        <v>119652.0</v>
       </c>
       <c r="G11" s="14" t="n">
-        <v>349286.0</v>
+        <v>264204.0</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="6" t="inlineStr">
         <is>
           <t>Tourist Hostel</t>
         </is>
       </c>
       <c r="B12" s="14" t="n">
-        <v>3285238.0</v>
+        <v>2998711.0</v>
       </c>
       <c r="C12" s="14" t="n">
-        <v>1328634.0</v>
+        <v>1382499.0</v>
       </c>
       <c r="D12" s="14" t="n">
-        <v>1956604.0</v>
+        <v>1616212.0</v>
       </c>
       <c r="E12" s="14" t="n">
-        <v>5480417.0</v>
+        <v>5107570.0</v>
       </c>
       <c r="F12" s="14" t="n">
-        <v>2266349.0</v>
+        <v>2319660.0</v>
       </c>
       <c r="G12" s="14" t="n">
-        <v>3214068.0</v>
+        <v>2787909.0</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
-          <t>Notas:</t>
+          <t>Notes:</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
-          <t xml:space="preserve">Fuente: </t>
+          <t xml:space="preserve">Source: </t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
           <t>Statistics National Institute</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="8">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A5:K5"/>
     <mergeCell ref="A6:K6"/>
     <mergeCell ref="B7:D7"/>
     <mergeCell ref="E7:G7"/>
   </mergeCells>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 