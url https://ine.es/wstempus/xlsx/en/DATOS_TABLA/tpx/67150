--- v1 (2026-01-29)
+++ v2 (2026-03-15)
@@ -330,51 +330,51 @@
       <c r="H3" s="11"/>
       <c r="I3" s="11"/>
       <c r="J3" s="11"/>
       <c r="K3" s="11"/>
     </row>
     <row r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Travelers and overnight stays by type of establishment</t>
         </is>
       </c>
       <c r="B4" s="3"/>
       <c r="C4" s="3"/>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
       <c r="F4" s="3"/>
       <c r="G4" s="3"/>
       <c r="H4" s="3"/>
       <c r="I4" s="3"/>
       <c r="J4" s="3"/>
       <c r="K4" s="3"/>
     </row>
     <row r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
-          <t>Units: Absolute value</t>
+          <t>Unidades: Absolute value</t>
         </is>
       </c>
       <c r="B5" s="4"/>
       <c r="C5" s="4"/>
       <c r="D5" s="4"/>
       <c r="E5" s="4"/>
       <c r="F5" s="4"/>
       <c r="G5" s="4"/>
       <c r="H5" s="4"/>
       <c r="I5" s="4"/>
       <c r="J5" s="4"/>
       <c r="K5" s="4"/>
     </row>
     <row r="6">
       <c r="A6" s="11" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="B6" s="11"/>
       <c r="C6" s="11"/>
       <c r="D6" s="11"/>
       <c r="E6" s="11"/>
       <c r="F6" s="11"/>
       <c r="G6" s="11"/>
@@ -522,58 +522,58 @@
           <t>Tourist Hostel</t>
         </is>
       </c>
       <c r="B12" s="14" t="n">
         <v>2998711.0</v>
       </c>
       <c r="C12" s="14" t="n">
         <v>1382499.0</v>
       </c>
       <c r="D12" s="14" t="n">
         <v>1616212.0</v>
       </c>
       <c r="E12" s="14" t="n">
         <v>5107570.0</v>
       </c>
       <c r="F12" s="14" t="n">
         <v>2319660.0</v>
       </c>
       <c r="G12" s="14" t="n">
         <v>2787909.0</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
-          <t>Notes:</t>
+          <t>Notas:</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
-          <t xml:space="preserve">Source: </t>
+          <t xml:space="preserve">Fuente: </t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
           <t>Statistics National Institute</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="8">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A5:K5"/>
     <mergeCell ref="A6:K6"/>
     <mergeCell ref="B7:D7"/>
     <mergeCell ref="E7:G7"/>
   </mergeCells>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 