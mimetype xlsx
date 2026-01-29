--- v0 (2025-10-23)
+++ v1 (2026-01-29)
@@ -337,51 +337,51 @@
       <c r="H3" s="11"/>
       <c r="I3" s="11"/>
       <c r="J3" s="11"/>
       <c r="K3" s="11"/>
     </row>
     <row r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t xml:space="preserve">Overnight stays of the travellers by Autonomous Community , origin of the travellers and month.                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                            </t>
         </is>
       </c>
       <c r="B4" s="3"/>
       <c r="C4" s="3"/>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
       <c r="F4" s="3"/>
       <c r="G4" s="3"/>
       <c r="H4" s="3"/>
       <c r="I4" s="3"/>
       <c r="J4" s="3"/>
       <c r="K4" s="3"/>
     </row>
     <row r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
-          <t>Unidades: number</t>
+          <t>Units: number</t>
         </is>
       </c>
       <c r="B5" s="4"/>
       <c r="C5" s="4"/>
       <c r="D5" s="4"/>
       <c r="E5" s="4"/>
       <c r="F5" s="4"/>
       <c r="G5" s="4"/>
       <c r="H5" s="4"/>
       <c r="I5" s="4"/>
       <c r="J5" s="4"/>
       <c r="K5" s="4"/>
     </row>
     <row r="6">
       <c r="A6" s="11" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="B6" s="11"/>
       <c r="C6" s="11"/>
       <c r="D6" s="11"/>
       <c r="E6" s="11"/>
       <c r="F6" s="11"/>
       <c r="G6" s="11"/>
@@ -443,2737 +443,2737 @@
       </c>
       <c r="K7" s="6" t="inlineStr">
         <is>
           <t>September</t>
         </is>
       </c>
       <c r="L7" s="6" t="inlineStr">
         <is>
           <t>October</t>
         </is>
       </c>
       <c r="M7" s="6" t="inlineStr">
         <is>
           <t>November</t>
         </is>
       </c>
       <c r="N7" s="6" t="inlineStr">
         <is>
           <t>December</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="6" t="inlineStr">
         <is>
-          <t>Andalucía</t>
+          <t>01 Andalucía</t>
         </is>
       </c>
       <c r="B8" s="6"/>
       <c r="C8" s="6"/>
       <c r="D8" s="6"/>
       <c r="E8" s="6"/>
       <c r="F8" s="6"/>
       <c r="G8" s="6"/>
       <c r="H8" s="6"/>
       <c r="I8" s="6"/>
       <c r="J8" s="6"/>
       <c r="K8" s="6"/>
       <c r="L8" s="6"/>
       <c r="M8" s="6"/>
       <c r="N8" s="6"/>
     </row>
     <row r="9">
       <c r="A9" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B9" s="14" t="n">
-        <v>1458876.0</v>
+        <v>1439053.0</v>
       </c>
       <c r="C9" s="14" t="n">
-        <v>54237.0</v>
+        <v>45417.0</v>
       </c>
       <c r="D9" s="14" t="n">
-        <v>67801.0</v>
+        <v>57105.0</v>
       </c>
       <c r="E9" s="14" t="n">
-        <v>75917.0</v>
+        <v>97819.0</v>
       </c>
       <c r="F9" s="14" t="n">
-        <v>124347.0</v>
+        <v>109787.0</v>
       </c>
       <c r="G9" s="14" t="n">
-        <v>108793.0</v>
+        <v>119476.0</v>
       </c>
       <c r="H9" s="14" t="n">
-        <v>126502.0</v>
+        <v>127147.0</v>
       </c>
       <c r="I9" s="14" t="n">
-        <v>211968.0</v>
+        <v>192264.0</v>
       </c>
       <c r="J9" s="14" t="n">
-        <v>263761.0</v>
+        <v>271000.0</v>
       </c>
       <c r="K9" s="14" t="n">
-        <v>136248.0</v>
+        <v>141237.0</v>
       </c>
       <c r="L9" s="14" t="n">
-        <v>116019.0</v>
+        <v>116274.0</v>
       </c>
       <c r="M9" s="14" t="n">
-        <v>71330.0</v>
+        <v>78194.0</v>
       </c>
       <c r="N9" s="14" t="n">
-        <v>101952.0</v>
+        <v>83332.0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Residents in Spain</t>
         </is>
       </c>
       <c r="B10" s="14" t="n">
-        <v>789486.0</v>
+        <v>679637.0</v>
       </c>
       <c r="C10" s="14" t="n">
-        <v>36575.0</v>
+        <v>26359.0</v>
       </c>
       <c r="D10" s="14" t="n">
-        <v>42879.0</v>
+        <v>34591.0</v>
       </c>
       <c r="E10" s="14" t="n">
-        <v>40266.0</v>
+        <v>53610.0</v>
       </c>
       <c r="F10" s="14" t="n">
-        <v>66368.0</v>
+        <v>35372.0</v>
       </c>
       <c r="G10" s="14" t="n">
-        <v>43247.0</v>
+        <v>42421.0</v>
       </c>
       <c r="H10" s="14" t="n">
-        <v>65140.0</v>
+        <v>52501.0</v>
       </c>
       <c r="I10" s="14" t="n">
-        <v>106911.0</v>
+        <v>85859.0</v>
       </c>
       <c r="J10" s="14" t="n">
-        <v>152178.0</v>
+        <v>139521.0</v>
       </c>
       <c r="K10" s="14" t="n">
-        <v>62719.0</v>
+        <v>57734.0</v>
       </c>
       <c r="L10" s="14" t="n">
-        <v>45737.0</v>
+        <v>42333.0</v>
       </c>
       <c r="M10" s="14" t="n">
-        <v>43149.0</v>
+        <v>46514.0</v>
       </c>
       <c r="N10" s="14" t="n">
-        <v>84318.0</v>
+        <v>62822.0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Non-residents in Spain</t>
         </is>
       </c>
       <c r="B11" s="14" t="n">
-        <v>669389.0</v>
+        <v>759415.0</v>
       </c>
       <c r="C11" s="14" t="n">
-        <v>17663.0</v>
+        <v>19058.0</v>
       </c>
       <c r="D11" s="14" t="n">
-        <v>24922.0</v>
+        <v>22514.0</v>
       </c>
       <c r="E11" s="14" t="n">
-        <v>35651.0</v>
+        <v>44209.0</v>
       </c>
       <c r="F11" s="14" t="n">
-        <v>57980.0</v>
+        <v>74415.0</v>
       </c>
       <c r="G11" s="14" t="n">
-        <v>65546.0</v>
+        <v>77055.0</v>
       </c>
       <c r="H11" s="14" t="n">
-        <v>61361.0</v>
+        <v>74646.0</v>
       </c>
       <c r="I11" s="14" t="n">
-        <v>105057.0</v>
+        <v>106405.0</v>
       </c>
       <c r="J11" s="14" t="n">
-        <v>111583.0</v>
+        <v>131480.0</v>
       </c>
       <c r="K11" s="14" t="n">
-        <v>73529.0</v>
+        <v>83503.0</v>
       </c>
       <c r="L11" s="14" t="n">
-        <v>70282.0</v>
+        <v>73940.0</v>
       </c>
       <c r="M11" s="14" t="n">
-        <v>28181.0</v>
+        <v>31680.0</v>
       </c>
       <c r="N11" s="14" t="n">
-        <v>17634.0</v>
+        <v>20510.0</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="6" t="inlineStr">
         <is>
-          <t>Aragón</t>
+          <t>02 Aragón</t>
         </is>
       </c>
       <c r="B12" s="6"/>
       <c r="C12" s="6"/>
       <c r="D12" s="6"/>
       <c r="E12" s="6"/>
       <c r="F12" s="6"/>
       <c r="G12" s="6"/>
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="6"/>
       <c r="N12" s="6"/>
     </row>
     <row r="13">
       <c r="A13" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B13" s="14" t="n">
-        <v>665155.0</v>
+        <v>646988.0</v>
       </c>
       <c r="C13" s="14" t="n">
-        <v>28050.0</v>
+        <v>27514.0</v>
       </c>
       <c r="D13" s="14" t="n">
-        <v>34326.0</v>
+        <v>33489.0</v>
       </c>
       <c r="E13" s="14" t="n">
-        <v>34125.0</v>
+        <v>54383.0</v>
       </c>
       <c r="F13" s="14" t="n">
-        <v>67995.0</v>
+        <v>42670.0</v>
       </c>
       <c r="G13" s="14" t="n">
-        <v>39521.0</v>
+        <v>45241.0</v>
       </c>
       <c r="H13" s="14" t="n">
-        <v>44856.0</v>
+        <v>49776.0</v>
       </c>
       <c r="I13" s="14" t="n">
-        <v>84329.0</v>
+        <v>82473.0</v>
       </c>
       <c r="J13" s="14" t="n">
-        <v>124051.0</v>
+        <v>122609.0</v>
       </c>
       <c r="K13" s="14" t="n">
-        <v>55542.0</v>
+        <v>52799.0</v>
       </c>
       <c r="L13" s="14" t="n">
-        <v>51944.0</v>
+        <v>46923.0</v>
       </c>
       <c r="M13" s="14" t="n">
-        <v>35904.0</v>
+        <v>36679.0</v>
       </c>
       <c r="N13" s="14" t="n">
-        <v>64512.0</v>
+        <v>52432.0</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Residents in Spain</t>
         </is>
       </c>
       <c r="B14" s="14" t="n">
-        <v>589650.0</v>
+        <v>554555.0</v>
       </c>
       <c r="C14" s="14" t="n">
-        <v>26551.0</v>
+        <v>26086.0</v>
       </c>
       <c r="D14" s="14" t="n">
-        <v>32221.0</v>
+        <v>31240.0</v>
       </c>
       <c r="E14" s="14" t="n">
-        <v>31026.0</v>
+        <v>51088.0</v>
       </c>
       <c r="F14" s="14" t="n">
-        <v>61693.0</v>
+        <v>37339.0</v>
       </c>
       <c r="G14" s="14" t="n">
-        <v>31449.0</v>
+        <v>35494.0</v>
       </c>
       <c r="H14" s="14" t="n">
-        <v>39686.0</v>
+        <v>43073.0</v>
       </c>
       <c r="I14" s="14" t="n">
-        <v>68665.0</v>
+        <v>66161.0</v>
       </c>
       <c r="J14" s="14" t="n">
-        <v>107083.0</v>
+        <v>101672.0</v>
       </c>
       <c r="K14" s="14" t="n">
-        <v>48564.0</v>
+        <v>43675.0</v>
       </c>
       <c r="L14" s="14" t="n">
-        <v>47161.0</v>
+        <v>40146.0</v>
       </c>
       <c r="M14" s="14" t="n">
-        <v>32705.0</v>
+        <v>30150.0</v>
       </c>
       <c r="N14" s="14" t="n">
-        <v>62846.0</v>
+        <v>48430.0</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Non-residents in Spain</t>
         </is>
       </c>
       <c r="B15" s="14" t="n">
-        <v>75505.0</v>
+        <v>92434.0</v>
       </c>
       <c r="C15" s="14" t="n">
-        <v>1499.0</v>
+        <v>1429.0</v>
       </c>
       <c r="D15" s="14" t="n">
-        <v>2105.0</v>
+        <v>2248.0</v>
       </c>
       <c r="E15" s="14" t="n">
-        <v>3099.0</v>
+        <v>3294.0</v>
       </c>
       <c r="F15" s="14" t="n">
-        <v>6301.0</v>
+        <v>5332.0</v>
       </c>
       <c r="G15" s="14" t="n">
-        <v>8072.0</v>
+        <v>9747.0</v>
       </c>
       <c r="H15" s="14" t="n">
-        <v>5170.0</v>
+        <v>6703.0</v>
       </c>
       <c r="I15" s="14" t="n">
-        <v>15664.0</v>
+        <v>16311.0</v>
       </c>
       <c r="J15" s="14" t="n">
-        <v>16968.0</v>
+        <v>20936.0</v>
       </c>
       <c r="K15" s="14" t="n">
-        <v>6978.0</v>
+        <v>9124.0</v>
       </c>
       <c r="L15" s="14" t="n">
-        <v>4782.0</v>
+        <v>6778.0</v>
       </c>
       <c r="M15" s="14" t="n">
-        <v>3199.0</v>
+        <v>6529.0</v>
       </c>
       <c r="N15" s="14" t="n">
-        <v>1666.0</v>
+        <v>4002.0</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="6" t="inlineStr">
         <is>
-          <t>Asturias, Principado de</t>
+          <t>03 Asturias, Principado de</t>
         </is>
       </c>
       <c r="B16" s="6"/>
       <c r="C16" s="6"/>
       <c r="D16" s="6"/>
       <c r="E16" s="6"/>
       <c r="F16" s="6"/>
       <c r="G16" s="6"/>
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="6"/>
       <c r="N16" s="6"/>
     </row>
     <row r="17">
       <c r="A17" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B17" s="14" t="n">
-        <v>954918.0</v>
+        <v>929320.0</v>
       </c>
       <c r="C17" s="14" t="n">
-        <v>14148.0</v>
+        <v>12947.0</v>
       </c>
       <c r="D17" s="14" t="n">
-        <v>18371.0</v>
+        <v>14305.0</v>
       </c>
       <c r="E17" s="14" t="n">
-        <v>18700.0</v>
+        <v>59435.0</v>
       </c>
       <c r="F17" s="14" t="n">
-        <v>82897.0</v>
+        <v>34740.0</v>
       </c>
       <c r="G17" s="14" t="n">
-        <v>43131.0</v>
+        <v>60702.0</v>
       </c>
       <c r="H17" s="14" t="n">
-        <v>68269.0</v>
+        <v>68864.0</v>
       </c>
       <c r="I17" s="14" t="n">
-        <v>205921.0</v>
+        <v>186044.0</v>
       </c>
       <c r="J17" s="14" t="n">
-        <v>293499.0</v>
+        <v>271175.0</v>
       </c>
       <c r="K17" s="14" t="n">
-        <v>95076.0</v>
+        <v>99055.0</v>
       </c>
       <c r="L17" s="14" t="n">
-        <v>57080.0</v>
+        <v>47930.0</v>
       </c>
       <c r="M17" s="14" t="n">
-        <v>20615.0</v>
+        <v>35792.0</v>
       </c>
       <c r="N17" s="14" t="n">
-        <v>37209.0</v>
+        <v>38330.0</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Residents in Spain</t>
         </is>
       </c>
       <c r="B18" s="14" t="n">
-        <v>834279.0</v>
+        <v>793084.0</v>
       </c>
       <c r="C18" s="14" t="n">
-        <v>12943.0</v>
+        <v>11598.0</v>
       </c>
       <c r="D18" s="14" t="n">
-        <v>15350.0</v>
+        <v>12502.0</v>
       </c>
       <c r="E18" s="14" t="n">
-        <v>16190.0</v>
+        <v>50745.0</v>
       </c>
       <c r="F18" s="14" t="n">
-        <v>74737.0</v>
+        <v>27274.0</v>
       </c>
       <c r="G18" s="14" t="n">
-        <v>33910.0</v>
+        <v>47442.0</v>
       </c>
       <c r="H18" s="14" t="n">
-        <v>56200.0</v>
+        <v>52781.0</v>
       </c>
       <c r="I18" s="14" t="n">
-        <v>180251.0</v>
+        <v>163873.0</v>
       </c>
       <c r="J18" s="14" t="n">
-        <v>267883.0</v>
+        <v>247259.0</v>
       </c>
       <c r="K18" s="14" t="n">
-        <v>77143.0</v>
+        <v>79669.0</v>
       </c>
       <c r="L18" s="14" t="n">
-        <v>46488.0</v>
+        <v>38790.0</v>
       </c>
       <c r="M18" s="14" t="n">
-        <v>18650.0</v>
+        <v>28146.0</v>
       </c>
       <c r="N18" s="14" t="n">
-        <v>34535.0</v>
+        <v>33003.0</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Non-residents in Spain</t>
         </is>
       </c>
       <c r="B19" s="14" t="n">
-        <v>120639.0</v>
+        <v>136236.0</v>
       </c>
       <c r="C19" s="14" t="n">
-        <v>1205.0</v>
+        <v>1349.0</v>
       </c>
       <c r="D19" s="14" t="n">
-        <v>3021.0</v>
+        <v>1803.0</v>
       </c>
       <c r="E19" s="14" t="n">
-        <v>2510.0</v>
+        <v>8690.0</v>
       </c>
       <c r="F19" s="14" t="n">
-        <v>8160.0</v>
+        <v>7466.0</v>
       </c>
       <c r="G19" s="14" t="n">
-        <v>9221.0</v>
+        <v>13260.0</v>
       </c>
       <c r="H19" s="14" t="n">
-        <v>12070.0</v>
+        <v>16083.0</v>
       </c>
       <c r="I19" s="14" t="n">
-        <v>25671.0</v>
+        <v>22171.0</v>
       </c>
       <c r="J19" s="14" t="n">
-        <v>25616.0</v>
+        <v>23915.0</v>
       </c>
       <c r="K19" s="14" t="n">
-        <v>17934.0</v>
+        <v>19386.0</v>
       </c>
       <c r="L19" s="14" t="n">
-        <v>10592.0</v>
+        <v>9139.0</v>
       </c>
       <c r="M19" s="14" t="n">
-        <v>1965.0</v>
+        <v>7646.0</v>
       </c>
       <c r="N19" s="14" t="n">
-        <v>2675.0</v>
+        <v>5327.0</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="6" t="inlineStr">
         <is>
-          <t>Balears, Illes</t>
+          <t>04 Balears, Illes</t>
         </is>
       </c>
       <c r="B20" s="6"/>
       <c r="C20" s="6"/>
       <c r="D20" s="6"/>
       <c r="E20" s="6"/>
       <c r="F20" s="6"/>
       <c r="G20" s="6"/>
       <c r="H20" s="6"/>
       <c r="I20" s="6"/>
       <c r="J20" s="6"/>
       <c r="K20" s="6"/>
       <c r="L20" s="6"/>
       <c r="M20" s="6"/>
       <c r="N20" s="6"/>
     </row>
     <row r="21">
       <c r="A21" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B21" s="14" t="n">
-        <v>1546137.0</v>
+        <v>1688708.0</v>
       </c>
       <c r="C21" s="14" t="n">
-        <v>23746.0</v>
+        <v>20475.0</v>
       </c>
       <c r="D21" s="14" t="n">
-        <v>34400.0</v>
+        <v>32967.0</v>
       </c>
       <c r="E21" s="14" t="n">
-        <v>60297.0</v>
+        <v>78155.0</v>
       </c>
       <c r="F21" s="14" t="n">
-        <v>127098.0</v>
+        <v>141112.0</v>
       </c>
       <c r="G21" s="14" t="n">
-        <v>172503.0</v>
+        <v>204804.0</v>
       </c>
       <c r="H21" s="14" t="n">
-        <v>201284.0</v>
+        <v>225601.0</v>
       </c>
       <c r="I21" s="14" t="n">
-        <v>234361.0</v>
+        <v>239272.0</v>
       </c>
       <c r="J21" s="14" t="n">
-        <v>259899.0</v>
+        <v>262731.0</v>
       </c>
       <c r="K21" s="14" t="n">
-        <v>223976.0</v>
+        <v>237092.0</v>
       </c>
       <c r="L21" s="14" t="n">
-        <v>152625.0</v>
+        <v>176723.0</v>
       </c>
       <c r="M21" s="14" t="n">
-        <v>28880.0</v>
+        <v>38315.0</v>
       </c>
       <c r="N21" s="14" t="n">
-        <v>27069.0</v>
+        <v>31462.0</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Residents in Spain</t>
         </is>
       </c>
       <c r="B22" s="14" t="n">
-        <v>211527.0</v>
+        <v>207053.0</v>
       </c>
       <c r="C22" s="14" t="n">
-        <v>8576.0</v>
+        <v>7626.0</v>
       </c>
       <c r="D22" s="14" t="n">
-        <v>10403.0</v>
+        <v>10139.0</v>
       </c>
       <c r="E22" s="14" t="n">
-        <v>9181.0</v>
+        <v>12301.0</v>
       </c>
       <c r="F22" s="14" t="n">
-        <v>15880.0</v>
+        <v>11616.0</v>
       </c>
       <c r="G22" s="14" t="n">
-        <v>18131.0</v>
+        <v>16993.0</v>
       </c>
       <c r="H22" s="14" t="n">
-        <v>23126.0</v>
+        <v>24732.0</v>
       </c>
       <c r="I22" s="14" t="n">
-        <v>30516.0</v>
+        <v>26233.0</v>
       </c>
       <c r="J22" s="14" t="n">
-        <v>38270.0</v>
+        <v>34640.0</v>
       </c>
       <c r="K22" s="14" t="n">
-        <v>20460.0</v>
+        <v>24363.0</v>
       </c>
       <c r="L22" s="14" t="n">
-        <v>15660.0</v>
+        <v>16368.0</v>
       </c>
       <c r="M22" s="14" t="n">
-        <v>10275.0</v>
+        <v>10987.0</v>
       </c>
       <c r="N22" s="14" t="n">
-        <v>11049.0</v>
+        <v>11055.0</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Non-residents in Spain</t>
         </is>
       </c>
       <c r="B23" s="14" t="n">
-        <v>1334611.0</v>
+        <v>1481655.0</v>
       </c>
       <c r="C23" s="14" t="n">
-        <v>15170.0</v>
+        <v>12849.0</v>
       </c>
       <c r="D23" s="14" t="n">
-        <v>23997.0</v>
+        <v>22828.0</v>
       </c>
       <c r="E23" s="14" t="n">
-        <v>51116.0</v>
+        <v>65854.0</v>
       </c>
       <c r="F23" s="14" t="n">
-        <v>111218.0</v>
+        <v>129496.0</v>
       </c>
       <c r="G23" s="14" t="n">
-        <v>154372.0</v>
+        <v>187811.0</v>
       </c>
       <c r="H23" s="14" t="n">
-        <v>178158.0</v>
+        <v>200869.0</v>
       </c>
       <c r="I23" s="14" t="n">
-        <v>203845.0</v>
+        <v>213040.0</v>
       </c>
       <c r="J23" s="14" t="n">
-        <v>221630.0</v>
+        <v>228091.0</v>
       </c>
       <c r="K23" s="14" t="n">
-        <v>203516.0</v>
+        <v>212729.0</v>
       </c>
       <c r="L23" s="14" t="n">
-        <v>136964.0</v>
+        <v>160355.0</v>
       </c>
       <c r="M23" s="14" t="n">
-        <v>18605.0</v>
+        <v>27327.0</v>
       </c>
       <c r="N23" s="14" t="n">
-        <v>16020.0</v>
+        <v>20407.0</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="6" t="inlineStr">
         <is>
-          <t>Canarias</t>
+          <t>05 Canarias</t>
         </is>
       </c>
       <c r="B24" s="6"/>
       <c r="C24" s="6"/>
       <c r="D24" s="6"/>
       <c r="E24" s="6"/>
       <c r="F24" s="6"/>
       <c r="G24" s="6"/>
       <c r="H24" s="6"/>
       <c r="I24" s="6"/>
       <c r="J24" s="6"/>
       <c r="K24" s="6"/>
       <c r="L24" s="6"/>
       <c r="M24" s="6"/>
       <c r="N24" s="6"/>
     </row>
     <row r="25">
       <c r="A25" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B25" s="14" t="n">
-        <v>393652.0</v>
+        <v>398032.0</v>
       </c>
       <c r="C25" s="14" t="n">
-        <v>39654.0</v>
+        <v>46518.0</v>
       </c>
       <c r="D25" s="14" t="n">
-        <v>39442.0</v>
+        <v>42798.0</v>
       </c>
       <c r="E25" s="14" t="n">
-        <v>38064.0</v>
+        <v>39786.0</v>
       </c>
       <c r="F25" s="14" t="n">
-        <v>31664.0</v>
+        <v>31198.0</v>
       </c>
       <c r="G25" s="14" t="n">
-        <v>22957.0</v>
+        <v>24384.0</v>
       </c>
       <c r="H25" s="14" t="n">
-        <v>21216.0</v>
+        <v>18893.0</v>
       </c>
       <c r="I25" s="14" t="n">
-        <v>28671.0</v>
+        <v>25931.0</v>
       </c>
       <c r="J25" s="14" t="n">
-        <v>34181.0</v>
+        <v>31749.0</v>
       </c>
       <c r="K25" s="14" t="n">
-        <v>28538.0</v>
+        <v>26007.0</v>
       </c>
       <c r="L25" s="14" t="n">
-        <v>29597.0</v>
+        <v>30731.0</v>
       </c>
       <c r="M25" s="14" t="n">
-        <v>37626.0</v>
+        <v>42809.0</v>
       </c>
       <c r="N25" s="14" t="n">
-        <v>42043.0</v>
+        <v>37227.0</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Residents in Spain</t>
         </is>
       </c>
       <c r="B26" s="14" t="n">
-        <v>143984.0</v>
+        <v>119040.0</v>
       </c>
       <c r="C26" s="14" t="n">
-        <v>9565.0</v>
+        <v>9147.0</v>
       </c>
       <c r="D26" s="14" t="n">
-        <v>8651.0</v>
+        <v>9143.0</v>
       </c>
       <c r="E26" s="14" t="n">
-        <v>8990.0</v>
+        <v>8488.0</v>
       </c>
       <c r="F26" s="14" t="n">
-        <v>12610.0</v>
+        <v>7626.0</v>
       </c>
       <c r="G26" s="14" t="n">
-        <v>10398.0</v>
+        <v>8796.0</v>
       </c>
       <c r="H26" s="14" t="n">
-        <v>10553.0</v>
+        <v>8754.0</v>
       </c>
       <c r="I26" s="14" t="n">
-        <v>14585.0</v>
+        <v>12722.0</v>
       </c>
       <c r="J26" s="14" t="n">
-        <v>20684.0</v>
+        <v>16513.0</v>
       </c>
       <c r="K26" s="14" t="n">
-        <v>15048.0</v>
+        <v>11344.0</v>
       </c>
       <c r="L26" s="14" t="n">
-        <v>11384.0</v>
+        <v>9286.0</v>
       </c>
       <c r="M26" s="14" t="n">
-        <v>8517.0</v>
+        <v>9555.0</v>
       </c>
       <c r="N26" s="14" t="n">
-        <v>12999.0</v>
+        <v>7667.0</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Non-residents in Spain</t>
         </is>
       </c>
       <c r="B27" s="14" t="n">
-        <v>249668.0</v>
+        <v>278992.0</v>
       </c>
       <c r="C27" s="14" t="n">
-        <v>30088.0</v>
+        <v>37371.0</v>
       </c>
       <c r="D27" s="14" t="n">
-        <v>30791.0</v>
+        <v>33654.0</v>
       </c>
       <c r="E27" s="14" t="n">
-        <v>29074.0</v>
+        <v>31298.0</v>
       </c>
       <c r="F27" s="14" t="n">
-        <v>19053.0</v>
+        <v>23571.0</v>
       </c>
       <c r="G27" s="14" t="n">
-        <v>12559.0</v>
+        <v>15588.0</v>
       </c>
       <c r="H27" s="14" t="n">
-        <v>10663.0</v>
+        <v>10139.0</v>
       </c>
       <c r="I27" s="14" t="n">
-        <v>14087.0</v>
+        <v>13210.0</v>
       </c>
       <c r="J27" s="14" t="n">
-        <v>13497.0</v>
+        <v>15237.0</v>
       </c>
       <c r="K27" s="14" t="n">
-        <v>13490.0</v>
+        <v>14664.0</v>
       </c>
       <c r="L27" s="14" t="n">
-        <v>18213.0</v>
+        <v>21445.0</v>
       </c>
       <c r="M27" s="14" t="n">
-        <v>29108.0</v>
+        <v>33254.0</v>
       </c>
       <c r="N27" s="14" t="n">
-        <v>29044.0</v>
+        <v>29560.0</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="6" t="inlineStr">
         <is>
-          <t>Cantabria</t>
+          <t>06 Cantabria</t>
         </is>
       </c>
       <c r="B28" s="6"/>
       <c r="C28" s="6"/>
       <c r="D28" s="6"/>
       <c r="E28" s="6"/>
       <c r="F28" s="6"/>
       <c r="G28" s="6"/>
       <c r="H28" s="6"/>
       <c r="I28" s="6"/>
       <c r="J28" s="6"/>
       <c r="K28" s="6"/>
       <c r="L28" s="6"/>
       <c r="M28" s="6"/>
       <c r="N28" s="6"/>
     </row>
     <row r="29">
       <c r="A29" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B29" s="14" t="n">
-        <v>711021.0</v>
+        <v>696365.0</v>
       </c>
       <c r="C29" s="14" t="n">
-        <v>11198.0</v>
+        <v>10606.0</v>
       </c>
       <c r="D29" s="14" t="n">
-        <v>16341.0</v>
+        <v>13768.0</v>
       </c>
       <c r="E29" s="14" t="n">
-        <v>24014.0</v>
+        <v>43298.0</v>
       </c>
       <c r="F29" s="14" t="n">
-        <v>52692.0</v>
+        <v>30293.0</v>
       </c>
       <c r="G29" s="14" t="n">
-        <v>35727.0</v>
+        <v>47503.0</v>
       </c>
       <c r="H29" s="14" t="n">
-        <v>56743.0</v>
+        <v>56636.0</v>
       </c>
       <c r="I29" s="14" t="n">
-        <v>135720.0</v>
+        <v>129475.0</v>
       </c>
       <c r="J29" s="14" t="n">
-        <v>200064.0</v>
+        <v>197812.0</v>
       </c>
       <c r="K29" s="14" t="n">
-        <v>81971.0</v>
+        <v>75794.0</v>
       </c>
       <c r="L29" s="14" t="n">
-        <v>48968.0</v>
+        <v>37237.0</v>
       </c>
       <c r="M29" s="14" t="n">
-        <v>18769.0</v>
+        <v>23971.0</v>
       </c>
       <c r="N29" s="14" t="n">
-        <v>28814.0</v>
+        <v>29971.0</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Residents in Spain</t>
         </is>
       </c>
       <c r="B30" s="14" t="n">
-        <v>612172.0</v>
+        <v>576301.0</v>
       </c>
       <c r="C30" s="14" t="n">
-        <v>9593.0</v>
+        <v>9232.0</v>
       </c>
       <c r="D30" s="14" t="n">
-        <v>14657.0</v>
+        <v>12101.0</v>
       </c>
       <c r="E30" s="14" t="n">
-        <v>22152.0</v>
+        <v>40517.0</v>
       </c>
       <c r="F30" s="14" t="n">
-        <v>47341.0</v>
+        <v>24478.0</v>
       </c>
       <c r="G30" s="14" t="n">
-        <v>28085.0</v>
+        <v>36385.0</v>
       </c>
       <c r="H30" s="14" t="n">
-        <v>44931.0</v>
+        <v>41843.0</v>
       </c>
       <c r="I30" s="14" t="n">
-        <v>115599.0</v>
+        <v>105542.0</v>
       </c>
       <c r="J30" s="14" t="n">
-        <v>177374.0</v>
+        <v>171582.0</v>
       </c>
       <c r="K30" s="14" t="n">
-        <v>66632.0</v>
+        <v>58116.0</v>
       </c>
       <c r="L30" s="14" t="n">
-        <v>42237.0</v>
+        <v>29062.0</v>
       </c>
       <c r="M30" s="14" t="n">
-        <v>16577.0</v>
+        <v>20779.0</v>
       </c>
       <c r="N30" s="14" t="n">
-        <v>26994.0</v>
+        <v>26666.0</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Non-residents in Spain</t>
         </is>
       </c>
       <c r="B31" s="14" t="n">
-        <v>98849.0</v>
+        <v>120064.0</v>
       </c>
       <c r="C31" s="14" t="n">
-        <v>1605.0</v>
+        <v>1374.0</v>
       </c>
       <c r="D31" s="14" t="n">
-        <v>1684.0</v>
+        <v>1667.0</v>
       </c>
       <c r="E31" s="14" t="n">
-        <v>1862.0</v>
+        <v>2781.0</v>
       </c>
       <c r="F31" s="14" t="n">
-        <v>5351.0</v>
+        <v>5816.0</v>
       </c>
       <c r="G31" s="14" t="n">
-        <v>7642.0</v>
+        <v>11117.0</v>
       </c>
       <c r="H31" s="14" t="n">
-        <v>11812.0</v>
+        <v>14793.0</v>
       </c>
       <c r="I31" s="14" t="n">
-        <v>20121.0</v>
+        <v>23933.0</v>
       </c>
       <c r="J31" s="14" t="n">
-        <v>22690.0</v>
+        <v>26231.0</v>
       </c>
       <c r="K31" s="14" t="n">
-        <v>15339.0</v>
+        <v>17678.0</v>
       </c>
       <c r="L31" s="14" t="n">
-        <v>6731.0</v>
+        <v>8175.0</v>
       </c>
       <c r="M31" s="14" t="n">
-        <v>2192.0</v>
+        <v>3192.0</v>
       </c>
       <c r="N31" s="14" t="n">
-        <v>1820.0</v>
+        <v>3306.0</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="6" t="inlineStr">
         <is>
-          <t>Castilla y León</t>
+          <t>07 Castilla y León</t>
         </is>
       </c>
       <c r="B32" s="6"/>
       <c r="C32" s="6"/>
       <c r="D32" s="6"/>
       <c r="E32" s="6"/>
       <c r="F32" s="6"/>
       <c r="G32" s="6"/>
       <c r="H32" s="6"/>
       <c r="I32" s="6"/>
       <c r="J32" s="6"/>
       <c r="K32" s="6"/>
       <c r="L32" s="6"/>
       <c r="M32" s="6"/>
       <c r="N32" s="6"/>
     </row>
     <row r="33">
       <c r="A33" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B33" s="14" t="n">
-        <v>1898641.0</v>
+        <v>1923346.0</v>
       </c>
       <c r="C33" s="14" t="n">
-        <v>58759.0</v>
+        <v>64394.0</v>
       </c>
       <c r="D33" s="14" t="n">
-        <v>85645.0</v>
+        <v>81200.0</v>
       </c>
       <c r="E33" s="14" t="n">
-        <v>107137.0</v>
+        <v>168635.0</v>
       </c>
       <c r="F33" s="14" t="n">
-        <v>203240.0</v>
+        <v>125434.0</v>
       </c>
       <c r="G33" s="14" t="n">
-        <v>123563.0</v>
+        <v>148968.0</v>
       </c>
       <c r="H33" s="14" t="n">
-        <v>144622.0</v>
+        <v>149873.0</v>
       </c>
       <c r="I33" s="14" t="n">
-        <v>221852.0</v>
+        <v>231563.0</v>
       </c>
       <c r="J33" s="14" t="n">
-        <v>339094.0</v>
+        <v>341579.0</v>
       </c>
       <c r="K33" s="14" t="n">
-        <v>160085.0</v>
+        <v>159486.0</v>
       </c>
       <c r="L33" s="14" t="n">
-        <v>156897.0</v>
+        <v>155781.0</v>
       </c>
       <c r="M33" s="14" t="n">
-        <v>113412.0</v>
+        <v>136069.0</v>
       </c>
       <c r="N33" s="14" t="n">
-        <v>184337.0</v>
+        <v>160363.0</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Residents in Spain</t>
         </is>
       </c>
       <c r="B34" s="14" t="n">
-        <v>1736371.0</v>
+        <v>1747895.0</v>
       </c>
       <c r="C34" s="14" t="n">
-        <v>52754.0</v>
+        <v>59310.0</v>
       </c>
       <c r="D34" s="14" t="n">
-        <v>75365.0</v>
+        <v>72666.0</v>
       </c>
       <c r="E34" s="14" t="n">
-        <v>99635.0</v>
+        <v>158316.0</v>
       </c>
       <c r="F34" s="14" t="n">
-        <v>189524.0</v>
+        <v>112432.0</v>
       </c>
       <c r="G34" s="14" t="n">
-        <v>108083.0</v>
+        <v>130872.0</v>
       </c>
       <c r="H34" s="14" t="n">
-        <v>127967.0</v>
+        <v>132092.0</v>
       </c>
       <c r="I34" s="14" t="n">
-        <v>199166.0</v>
+        <v>205258.0</v>
       </c>
       <c r="J34" s="14" t="n">
-        <v>309863.0</v>
+        <v>309761.0</v>
       </c>
       <c r="K34" s="14" t="n">
-        <v>141932.0</v>
+        <v>140452.0</v>
       </c>
       <c r="L34" s="14" t="n">
-        <v>146143.0</v>
+        <v>143738.0</v>
       </c>
       <c r="M34" s="14" t="n">
-        <v>108126.0</v>
+        <v>128919.0</v>
       </c>
       <c r="N34" s="14" t="n">
-        <v>177813.0</v>
+        <v>154079.0</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Non-residents in Spain</t>
         </is>
       </c>
       <c r="B35" s="14" t="n">
-        <v>162270.0</v>
+        <v>175450.0</v>
       </c>
       <c r="C35" s="14" t="n">
-        <v>6004.0</v>
+        <v>5085.0</v>
       </c>
       <c r="D35" s="14" t="n">
-        <v>10280.0</v>
+        <v>8534.0</v>
       </c>
       <c r="E35" s="14" t="n">
-        <v>7502.0</v>
+        <v>10320.0</v>
       </c>
       <c r="F35" s="14" t="n">
-        <v>13716.0</v>
+        <v>13002.0</v>
       </c>
       <c r="G35" s="14" t="n">
-        <v>15480.0</v>
+        <v>18095.0</v>
       </c>
       <c r="H35" s="14" t="n">
-        <v>16655.0</v>
+        <v>17780.0</v>
       </c>
       <c r="I35" s="14" t="n">
-        <v>22686.0</v>
+        <v>26305.0</v>
       </c>
       <c r="J35" s="14" t="n">
-        <v>29231.0</v>
+        <v>31818.0</v>
       </c>
       <c r="K35" s="14" t="n">
-        <v>18153.0</v>
+        <v>19035.0</v>
       </c>
       <c r="L35" s="14" t="n">
-        <v>10754.0</v>
+        <v>12043.0</v>
       </c>
       <c r="M35" s="14" t="n">
-        <v>5286.0</v>
+        <v>7150.0</v>
       </c>
       <c r="N35" s="14" t="n">
-        <v>6524.0</v>
+        <v>6284.0</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="6" t="inlineStr">
         <is>
-          <t>Castilla - La Mancha</t>
+          <t>08 Castilla - La Mancha</t>
         </is>
       </c>
       <c r="B36" s="6"/>
       <c r="C36" s="6"/>
       <c r="D36" s="6"/>
       <c r="E36" s="6"/>
       <c r="F36" s="6"/>
       <c r="G36" s="6"/>
       <c r="H36" s="6"/>
       <c r="I36" s="6"/>
       <c r="J36" s="6"/>
       <c r="K36" s="6"/>
       <c r="L36" s="6"/>
       <c r="M36" s="6"/>
       <c r="N36" s="6"/>
     </row>
     <row r="37">
       <c r="A37" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B37" s="14" t="n">
-        <v>928412.0</v>
+        <v>948384.0</v>
       </c>
       <c r="C37" s="14" t="n">
-        <v>40280.0</v>
+        <v>38590.0</v>
       </c>
       <c r="D37" s="14" t="n">
-        <v>47230.0</v>
+        <v>49978.0</v>
       </c>
       <c r="E37" s="14" t="n">
-        <v>57577.0</v>
+        <v>80475.0</v>
       </c>
       <c r="F37" s="14" t="n">
-        <v>95533.0</v>
+        <v>62863.0</v>
       </c>
       <c r="G37" s="14" t="n">
-        <v>64390.0</v>
+        <v>72615.0</v>
       </c>
       <c r="H37" s="14" t="n">
-        <v>72607.0</v>
+        <v>81595.0</v>
       </c>
       <c r="I37" s="14" t="n">
-        <v>104701.0</v>
+        <v>107159.0</v>
       </c>
       <c r="J37" s="14" t="n">
-        <v>141945.0</v>
+        <v>142983.0</v>
       </c>
       <c r="K37" s="14" t="n">
-        <v>75319.0</v>
+        <v>69843.0</v>
       </c>
       <c r="L37" s="14" t="n">
-        <v>77034.0</v>
+        <v>73352.0</v>
       </c>
       <c r="M37" s="14" t="n">
-        <v>55993.0</v>
+        <v>73784.0</v>
       </c>
       <c r="N37" s="14" t="n">
-        <v>95803.0</v>
+        <v>95148.0</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Residents in Spain</t>
         </is>
       </c>
       <c r="B38" s="14" t="n">
-        <v>891177.0</v>
+        <v>909273.0</v>
       </c>
       <c r="C38" s="14" t="n">
-        <v>38662.0</v>
+        <v>36541.0</v>
       </c>
       <c r="D38" s="14" t="n">
-        <v>43824.0</v>
+        <v>45611.0</v>
       </c>
       <c r="E38" s="14" t="n">
-        <v>55783.0</v>
+        <v>78203.0</v>
       </c>
       <c r="F38" s="14" t="n">
-        <v>92667.0</v>
+        <v>59646.0</v>
       </c>
       <c r="G38" s="14" t="n">
-        <v>60677.0</v>
+        <v>69237.0</v>
       </c>
       <c r="H38" s="14" t="n">
-        <v>69376.0</v>
+        <v>79626.0</v>
       </c>
       <c r="I38" s="14" t="n">
-        <v>101056.0</v>
+        <v>103626.0</v>
       </c>
       <c r="J38" s="14" t="n">
-        <v>134977.0</v>
+        <v>138403.0</v>
       </c>
       <c r="K38" s="14" t="n">
-        <v>71810.0</v>
+        <v>66645.0</v>
       </c>
       <c r="L38" s="14" t="n">
-        <v>74571.0</v>
+        <v>68828.0</v>
       </c>
       <c r="M38" s="14" t="n">
-        <v>54081.0</v>
+        <v>70831.0</v>
       </c>
       <c r="N38" s="14" t="n">
-        <v>93693.0</v>
+        <v>92076.0</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Non-residents in Spain</t>
         </is>
       </c>
       <c r="B39" s="14" t="n">
-        <v>37235.0</v>
+        <v>39111.0</v>
       </c>
       <c r="C39" s="14" t="n">
-        <v>1619.0</v>
+        <v>2049.0</v>
       </c>
       <c r="D39" s="14" t="n">
-        <v>3406.0</v>
+        <v>4367.0</v>
       </c>
       <c r="E39" s="14" t="n">
-        <v>1794.0</v>
+        <v>2272.0</v>
       </c>
       <c r="F39" s="14" t="n">
-        <v>2866.0</v>
+        <v>3218.0</v>
       </c>
       <c r="G39" s="14" t="n">
-        <v>3713.0</v>
+        <v>3378.0</v>
       </c>
       <c r="H39" s="14" t="n">
-        <v>3231.0</v>
+        <v>1968.0</v>
       </c>
       <c r="I39" s="14" t="n">
-        <v>3644.0</v>
+        <v>3533.0</v>
       </c>
       <c r="J39" s="14" t="n">
-        <v>6968.0</v>
+        <v>4581.0</v>
       </c>
       <c r="K39" s="14" t="n">
-        <v>3509.0</v>
+        <v>3198.0</v>
       </c>
       <c r="L39" s="14" t="n">
-        <v>2463.0</v>
+        <v>4523.0</v>
       </c>
       <c r="M39" s="14" t="n">
-        <v>1912.0</v>
+        <v>2952.0</v>
       </c>
       <c r="N39" s="14" t="n">
-        <v>2110.0</v>
+        <v>3071.0</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="6" t="inlineStr">
         <is>
-          <t>Cataluña</t>
+          <t>09 Cataluña</t>
         </is>
       </c>
       <c r="B40" s="6"/>
       <c r="C40" s="6"/>
       <c r="D40" s="6"/>
       <c r="E40" s="6"/>
       <c r="F40" s="6"/>
       <c r="G40" s="6"/>
       <c r="H40" s="6"/>
       <c r="I40" s="6"/>
       <c r="J40" s="6"/>
       <c r="K40" s="6"/>
       <c r="L40" s="6"/>
       <c r="M40" s="6"/>
       <c r="N40" s="6"/>
     </row>
     <row r="41">
       <c r="A41" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B41" s="14" t="n">
-        <v>1345157.0</v>
+        <v>1320861.0</v>
       </c>
       <c r="C41" s="14" t="n">
-        <v>50784.0</v>
+        <v>41897.0</v>
       </c>
       <c r="D41" s="14" t="n">
-        <v>59711.0</v>
+        <v>62378.0</v>
       </c>
       <c r="E41" s="14" t="n">
-        <v>62188.0</v>
+        <v>102131.0</v>
       </c>
       <c r="F41" s="14" t="n">
-        <v>120534.0</v>
+        <v>68367.0</v>
       </c>
       <c r="G41" s="14" t="n">
-        <v>86379.0</v>
+        <v>91374.0</v>
       </c>
       <c r="H41" s="14" t="n">
-        <v>109367.0</v>
+        <v>114355.0</v>
       </c>
       <c r="I41" s="14" t="n">
-        <v>179043.0</v>
+        <v>172298.0</v>
       </c>
       <c r="J41" s="14" t="n">
-        <v>277010.0</v>
+        <v>258418.0</v>
       </c>
       <c r="K41" s="14" t="n">
-        <v>114642.0</v>
+        <v>109431.0</v>
       </c>
       <c r="L41" s="14" t="n">
-        <v>92585.0</v>
+        <v>100285.0</v>
       </c>
       <c r="M41" s="14" t="n">
-        <v>69737.0</v>
+        <v>84990.0</v>
       </c>
       <c r="N41" s="14" t="n">
-        <v>123176.0</v>
+        <v>114937.0</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Residents in Spain</t>
         </is>
       </c>
       <c r="B42" s="14" t="n">
-        <v>1050241.0</v>
+        <v>1014938.0</v>
       </c>
       <c r="C42" s="14" t="n">
-        <v>44529.0</v>
+        <v>38055.0</v>
       </c>
       <c r="D42" s="14" t="n">
-        <v>53292.0</v>
+        <v>56134.0</v>
       </c>
       <c r="E42" s="14" t="n">
-        <v>56552.0</v>
+        <v>94390.0</v>
       </c>
       <c r="F42" s="14" t="n">
-        <v>100119.0</v>
+        <v>53445.0</v>
       </c>
       <c r="G42" s="14" t="n">
-        <v>66722.0</v>
+        <v>68290.0</v>
       </c>
       <c r="H42" s="14" t="n">
-        <v>89589.0</v>
+        <v>94000.0</v>
       </c>
       <c r="I42" s="14" t="n">
-        <v>103571.0</v>
+        <v>95852.0</v>
       </c>
       <c r="J42" s="14" t="n">
-        <v>189475.0</v>
+        <v>170549.0</v>
       </c>
       <c r="K42" s="14" t="n">
-        <v>93708.0</v>
+        <v>85247.0</v>
       </c>
       <c r="L42" s="14" t="n">
-        <v>76114.0</v>
+        <v>78817.0</v>
       </c>
       <c r="M42" s="14" t="n">
-        <v>60812.0</v>
+        <v>74906.0</v>
       </c>
       <c r="N42" s="14" t="n">
-        <v>115759.0</v>
+        <v>105254.0</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Non-residents in Spain</t>
         </is>
       </c>
       <c r="B43" s="14" t="n">
-        <v>294916.0</v>
+        <v>305923.0</v>
       </c>
       <c r="C43" s="14" t="n">
-        <v>6255.0</v>
+        <v>3842.0</v>
       </c>
       <c r="D43" s="14" t="n">
-        <v>6419.0</v>
+        <v>6244.0</v>
       </c>
       <c r="E43" s="14" t="n">
-        <v>5637.0</v>
+        <v>7741.0</v>
       </c>
       <c r="F43" s="14" t="n">
-        <v>20414.0</v>
+        <v>14921.0</v>
       </c>
       <c r="G43" s="14" t="n">
-        <v>19657.0</v>
+        <v>23085.0</v>
       </c>
       <c r="H43" s="14" t="n">
-        <v>19779.0</v>
+        <v>20355.0</v>
       </c>
       <c r="I43" s="14" t="n">
-        <v>75472.0</v>
+        <v>76447.0</v>
       </c>
       <c r="J43" s="14" t="n">
-        <v>87534.0</v>
+        <v>87870.0</v>
       </c>
       <c r="K43" s="14" t="n">
-        <v>20934.0</v>
+        <v>24183.0</v>
       </c>
       <c r="L43" s="14" t="n">
-        <v>16472.0</v>
+        <v>21468.0</v>
       </c>
       <c r="M43" s="14" t="n">
-        <v>8925.0</v>
+        <v>10083.0</v>
       </c>
       <c r="N43" s="14" t="n">
-        <v>7417.0</v>
+        <v>9683.0</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="6" t="inlineStr">
         <is>
-          <t>Comunitat Valenciana</t>
+          <t>10 Comunitat Valenciana</t>
         </is>
       </c>
       <c r="B44" s="6"/>
       <c r="C44" s="6"/>
       <c r="D44" s="6"/>
       <c r="E44" s="6"/>
       <c r="F44" s="6"/>
       <c r="G44" s="6"/>
       <c r="H44" s="6"/>
       <c r="I44" s="6"/>
       <c r="J44" s="6"/>
       <c r="K44" s="6"/>
       <c r="L44" s="6"/>
       <c r="M44" s="6"/>
       <c r="N44" s="6"/>
     </row>
     <row r="45">
       <c r="A45" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B45" s="14" t="n">
-        <v>370499.0</v>
+        <v>393173.0</v>
       </c>
       <c r="C45" s="14" t="n">
-        <v>16270.0</v>
+        <v>12774.0</v>
       </c>
       <c r="D45" s="14" t="n">
-        <v>17742.0</v>
+        <v>20015.0</v>
       </c>
       <c r="E45" s="14" t="n">
-        <v>25203.0</v>
+        <v>31769.0</v>
       </c>
       <c r="F45" s="14" t="n">
-        <v>37748.0</v>
+        <v>26223.0</v>
       </c>
       <c r="G45" s="14" t="n">
-        <v>24520.0</v>
+        <v>31937.0</v>
       </c>
       <c r="H45" s="14" t="n">
-        <v>27524.0</v>
+        <v>32586.0</v>
       </c>
       <c r="I45" s="14" t="n">
-        <v>38444.0</v>
+        <v>48303.0</v>
       </c>
       <c r="J45" s="14" t="n">
-        <v>62894.0</v>
+        <v>71052.0</v>
       </c>
       <c r="K45" s="14" t="n">
-        <v>31279.0</v>
+        <v>33047.0</v>
       </c>
       <c r="L45" s="14" t="n">
-        <v>29792.0</v>
+        <v>28996.0</v>
       </c>
       <c r="M45" s="14" t="n">
-        <v>23954.0</v>
+        <v>22440.0</v>
       </c>
       <c r="N45" s="14" t="n">
-        <v>35128.0</v>
+        <v>34030.0</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Residents in Spain</t>
         </is>
       </c>
       <c r="B46" s="14" t="n">
-        <v>304375.0</v>
+        <v>311261.0</v>
       </c>
       <c r="C46" s="14" t="n">
-        <v>13261.0</v>
+        <v>10396.0</v>
       </c>
       <c r="D46" s="14" t="n">
-        <v>15083.0</v>
+        <v>17048.0</v>
       </c>
       <c r="E46" s="14" t="n">
-        <v>18672.0</v>
+        <v>27838.0</v>
       </c>
       <c r="F46" s="14" t="n">
-        <v>32818.0</v>
+        <v>20601.0</v>
       </c>
       <c r="G46" s="14" t="n">
-        <v>19251.0</v>
+        <v>25311.0</v>
       </c>
       <c r="H46" s="14" t="n">
-        <v>22331.0</v>
+        <v>27337.0</v>
       </c>
       <c r="I46" s="14" t="n">
-        <v>30311.0</v>
+        <v>36283.0</v>
       </c>
       <c r="J46" s="14" t="n">
-        <v>49415.0</v>
+        <v>52888.0</v>
       </c>
       <c r="K46" s="14" t="n">
-        <v>25695.0</v>
+        <v>25857.0</v>
       </c>
       <c r="L46" s="14" t="n">
-        <v>24087.0</v>
+        <v>20512.0</v>
       </c>
       <c r="M46" s="14" t="n">
-        <v>20432.0</v>
+        <v>17498.0</v>
       </c>
       <c r="N46" s="14" t="n">
-        <v>33019.0</v>
+        <v>29691.0</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Non-residents in Spain</t>
         </is>
       </c>
       <c r="B47" s="14" t="n">
-        <v>66123.0</v>
+        <v>81912.0</v>
       </c>
       <c r="C47" s="14" t="n">
-        <v>3010.0</v>
+        <v>2378.0</v>
       </c>
       <c r="D47" s="14" t="n">
-        <v>2659.0</v>
+        <v>2967.0</v>
       </c>
       <c r="E47" s="14" t="n">
-        <v>6531.0</v>
+        <v>3932.0</v>
       </c>
       <c r="F47" s="14" t="n">
-        <v>4930.0</v>
+        <v>5622.0</v>
       </c>
       <c r="G47" s="14" t="n">
-        <v>5268.0</v>
+        <v>6625.0</v>
       </c>
       <c r="H47" s="14" t="n">
-        <v>5193.0</v>
+        <v>5249.0</v>
       </c>
       <c r="I47" s="14" t="n">
-        <v>8134.0</v>
+        <v>12021.0</v>
       </c>
       <c r="J47" s="14" t="n">
-        <v>13479.0</v>
+        <v>18164.0</v>
       </c>
       <c r="K47" s="14" t="n">
-        <v>5584.0</v>
+        <v>7190.0</v>
       </c>
       <c r="L47" s="14" t="n">
-        <v>5705.0</v>
+        <v>8485.0</v>
       </c>
       <c r="M47" s="14" t="n">
-        <v>3522.0</v>
+        <v>4942.0</v>
       </c>
       <c r="N47" s="14" t="n">
-        <v>2108.0</v>
+        <v>4338.0</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="6" t="inlineStr">
         <is>
-          <t>Extremadura</t>
+          <t>11 Extremadura</t>
         </is>
       </c>
       <c r="B48" s="6"/>
       <c r="C48" s="6"/>
       <c r="D48" s="6"/>
       <c r="E48" s="6"/>
       <c r="F48" s="6"/>
       <c r="G48" s="6"/>
       <c r="H48" s="6"/>
       <c r="I48" s="6"/>
       <c r="J48" s="6"/>
       <c r="K48" s="6"/>
       <c r="L48" s="6"/>
       <c r="M48" s="6"/>
       <c r="N48" s="6"/>
     </row>
     <row r="49">
       <c r="A49" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B49" s="14" t="n">
-        <v>534898.0</v>
+        <v>571206.0</v>
       </c>
       <c r="C49" s="14" t="n">
-        <v>18543.0</v>
+        <v>19336.0</v>
       </c>
       <c r="D49" s="14" t="n">
-        <v>27375.0</v>
+        <v>24310.0</v>
       </c>
       <c r="E49" s="14" t="n">
-        <v>37564.0</v>
+        <v>54550.0</v>
       </c>
       <c r="F49" s="14" t="n">
-        <v>69348.0</v>
+        <v>45398.0</v>
       </c>
       <c r="G49" s="14" t="n">
-        <v>39386.0</v>
+        <v>48927.0</v>
       </c>
       <c r="H49" s="14" t="n">
-        <v>37544.0</v>
+        <v>41541.0</v>
       </c>
       <c r="I49" s="14" t="n">
-        <v>56545.0</v>
+        <v>69291.0</v>
       </c>
       <c r="J49" s="14" t="n">
-        <v>88919.0</v>
+        <v>101237.0</v>
       </c>
       <c r="K49" s="14" t="n">
-        <v>42041.0</v>
+        <v>46568.0</v>
       </c>
       <c r="L49" s="14" t="n">
-        <v>39645.0</v>
+        <v>38533.0</v>
       </c>
       <c r="M49" s="14" t="n">
-        <v>33870.0</v>
+        <v>38661.0</v>
       </c>
       <c r="N49" s="14" t="n">
-        <v>44118.0</v>
+        <v>42853.0</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Residents in Spain</t>
         </is>
       </c>
       <c r="B50" s="14" t="n">
-        <v>468214.0</v>
+        <v>482970.0</v>
       </c>
       <c r="C50" s="14" t="n">
-        <v>17126.0</v>
+        <v>17797.0</v>
       </c>
       <c r="D50" s="14" t="n">
-        <v>24527.0</v>
+        <v>21012.0</v>
       </c>
       <c r="E50" s="14" t="n">
-        <v>33541.0</v>
+        <v>47047.0</v>
       </c>
       <c r="F50" s="14" t="n">
-        <v>58984.0</v>
+        <v>33068.0</v>
       </c>
       <c r="G50" s="14" t="n">
-        <v>30979.0</v>
+        <v>38876.0</v>
       </c>
       <c r="H50" s="14" t="n">
-        <v>32935.0</v>
+        <v>36382.0</v>
       </c>
       <c r="I50" s="14" t="n">
-        <v>50980.0</v>
+        <v>58076.0</v>
       </c>
       <c r="J50" s="14" t="n">
-        <v>80054.0</v>
+        <v>86830.0</v>
       </c>
       <c r="K50" s="14" t="n">
-        <v>35695.0</v>
+        <v>39506.0</v>
       </c>
       <c r="L50" s="14" t="n">
-        <v>34150.0</v>
+        <v>32066.0</v>
       </c>
       <c r="M50" s="14" t="n">
-        <v>29680.0</v>
+        <v>33546.0</v>
       </c>
       <c r="N50" s="14" t="n">
-        <v>39561.0</v>
+        <v>38765.0</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Non-residents in Spain</t>
         </is>
       </c>
       <c r="B51" s="14" t="n">
-        <v>66684.0</v>
+        <v>88237.0</v>
       </c>
       <c r="C51" s="14" t="n">
-        <v>1417.0</v>
+        <v>1539.0</v>
       </c>
       <c r="D51" s="14" t="n">
-        <v>2847.0</v>
+        <v>3298.0</v>
       </c>
       <c r="E51" s="14" t="n">
-        <v>4023.0</v>
+        <v>7504.0</v>
       </c>
       <c r="F51" s="14" t="n">
-        <v>10363.0</v>
+        <v>12330.0</v>
       </c>
       <c r="G51" s="14" t="n">
-        <v>8407.0</v>
+        <v>10051.0</v>
       </c>
       <c r="H51" s="14" t="n">
-        <v>4609.0</v>
+        <v>5159.0</v>
       </c>
       <c r="I51" s="14" t="n">
-        <v>5565.0</v>
+        <v>11214.0</v>
       </c>
       <c r="J51" s="14" t="n">
-        <v>8865.0</v>
+        <v>14407.0</v>
       </c>
       <c r="K51" s="14" t="n">
-        <v>6345.0</v>
+        <v>7063.0</v>
       </c>
       <c r="L51" s="14" t="n">
-        <v>5495.0</v>
+        <v>6468.0</v>
       </c>
       <c r="M51" s="14" t="n">
-        <v>4190.0</v>
+        <v>5115.0</v>
       </c>
       <c r="N51" s="14" t="n">
-        <v>4557.0</v>
+        <v>4088.0</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="6" t="inlineStr">
         <is>
-          <t>Galicia</t>
+          <t>12 Galicia</t>
         </is>
       </c>
       <c r="B52" s="6"/>
       <c r="C52" s="6"/>
       <c r="D52" s="6"/>
       <c r="E52" s="6"/>
       <c r="F52" s="6"/>
       <c r="G52" s="6"/>
       <c r="H52" s="6"/>
       <c r="I52" s="6"/>
       <c r="J52" s="6"/>
       <c r="K52" s="6"/>
       <c r="L52" s="6"/>
       <c r="M52" s="6"/>
       <c r="N52" s="6"/>
     </row>
     <row r="53">
       <c r="A53" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B53" s="14" t="n">
-        <v>385833.0</v>
+        <v>385155.0</v>
       </c>
       <c r="C53" s="14" t="n">
-        <v>5723.0</v>
+        <v>6272.0</v>
       </c>
       <c r="D53" s="14" t="n">
-        <v>7214.0</v>
+        <v>6972.0</v>
       </c>
       <c r="E53" s="14" t="n">
-        <v>9399.0</v>
+        <v>18955.0</v>
       </c>
       <c r="F53" s="14" t="n">
-        <v>29249.0</v>
+        <v>20029.0</v>
       </c>
       <c r="G53" s="14" t="n">
-        <v>26838.0</v>
+        <v>33857.0</v>
       </c>
       <c r="H53" s="14" t="n">
-        <v>35986.0</v>
+        <v>36978.0</v>
       </c>
       <c r="I53" s="14" t="n">
-        <v>65312.0</v>
+        <v>60976.0</v>
       </c>
       <c r="J53" s="14" t="n">
-        <v>105191.0</v>
+        <v>101063.0</v>
       </c>
       <c r="K53" s="14" t="n">
-        <v>43755.0</v>
+        <v>48041.0</v>
       </c>
       <c r="L53" s="14" t="n">
-        <v>27491.0</v>
+        <v>27177.0</v>
       </c>
       <c r="M53" s="14" t="n">
-        <v>11539.0</v>
+        <v>12822.0</v>
       </c>
       <c r="N53" s="14" t="n">
-        <v>18138.0</v>
+        <v>12014.0</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Residents in Spain</t>
         </is>
       </c>
       <c r="B54" s="14" t="n">
-        <v>292946.0</v>
+        <v>272399.0</v>
       </c>
       <c r="C54" s="14" t="n">
-        <v>5222.0</v>
+        <v>5361.0</v>
       </c>
       <c r="D54" s="14" t="n">
-        <v>6264.0</v>
+        <v>6034.0</v>
       </c>
       <c r="E54" s="14" t="n">
-        <v>7757.0</v>
+        <v>15565.0</v>
       </c>
       <c r="F54" s="14" t="n">
-        <v>21858.0</v>
+        <v>10792.0</v>
       </c>
       <c r="G54" s="14" t="n">
-        <v>15011.0</v>
+        <v>18956.0</v>
       </c>
       <c r="H54" s="14" t="n">
-        <v>24331.0</v>
+        <v>23054.0</v>
       </c>
       <c r="I54" s="14" t="n">
-        <v>51302.0</v>
+        <v>45936.0</v>
       </c>
       <c r="J54" s="14" t="n">
-        <v>85705.0</v>
+        <v>80788.0</v>
       </c>
       <c r="K54" s="14" t="n">
-        <v>29333.0</v>
+        <v>29312.0</v>
       </c>
       <c r="L54" s="14" t="n">
-        <v>19731.0</v>
+        <v>15551.0</v>
       </c>
       <c r="M54" s="14" t="n">
-        <v>10077.0</v>
+        <v>10747.0</v>
       </c>
       <c r="N54" s="14" t="n">
-        <v>16357.0</v>
+        <v>10305.0</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Non-residents in Spain</t>
         </is>
       </c>
       <c r="B55" s="14" t="n">
-        <v>92887.0</v>
+        <v>112755.0</v>
       </c>
       <c r="C55" s="14" t="n">
-        <v>501.0</v>
+        <v>910.0</v>
       </c>
       <c r="D55" s="14" t="n">
-        <v>950.0</v>
+        <v>938.0</v>
       </c>
       <c r="E55" s="14" t="n">
-        <v>1642.0</v>
+        <v>3390.0</v>
       </c>
       <c r="F55" s="14" t="n">
-        <v>7391.0</v>
+        <v>9237.0</v>
       </c>
       <c r="G55" s="14" t="n">
-        <v>11826.0</v>
+        <v>14901.0</v>
       </c>
       <c r="H55" s="14" t="n">
-        <v>11655.0</v>
+        <v>13924.0</v>
       </c>
       <c r="I55" s="14" t="n">
-        <v>14010.0</v>
+        <v>15040.0</v>
       </c>
       <c r="J55" s="14" t="n">
-        <v>19486.0</v>
+        <v>20276.0</v>
       </c>
       <c r="K55" s="14" t="n">
-        <v>14422.0</v>
+        <v>18730.0</v>
       </c>
       <c r="L55" s="14" t="n">
-        <v>7760.0</v>
+        <v>11626.0</v>
       </c>
       <c r="M55" s="14" t="n">
-        <v>1462.0</v>
+        <v>2075.0</v>
       </c>
       <c r="N55" s="14" t="n">
-        <v>1781.0</v>
+        <v>1709.0</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="6" t="inlineStr">
         <is>
-          <t>Madrid, Comunidad de</t>
+          <t>13 Madrid, Comunidad de</t>
         </is>
       </c>
       <c r="B56" s="6"/>
       <c r="C56" s="6"/>
       <c r="D56" s="6"/>
       <c r="E56" s="6"/>
       <c r="F56" s="6"/>
       <c r="G56" s="6"/>
       <c r="H56" s="6"/>
       <c r="I56" s="6"/>
       <c r="J56" s="6"/>
       <c r="K56" s="6"/>
       <c r="L56" s="6"/>
       <c r="M56" s="6"/>
       <c r="N56" s="6"/>
     </row>
     <row r="57">
       <c r="A57" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B57" s="14" t="n">
-        <v>264182.0</v>
+        <v>275366.0</v>
       </c>
       <c r="C57" s="14" t="n">
-        <v>13246.0</v>
+        <v>13491.0</v>
       </c>
       <c r="D57" s="14" t="n">
-        <v>15524.0</v>
+        <v>19046.0</v>
       </c>
       <c r="E57" s="14" t="n">
-        <v>16628.0</v>
+        <v>20937.0</v>
       </c>
       <c r="F57" s="14" t="n">
-        <v>24443.0</v>
+        <v>18824.0</v>
       </c>
       <c r="G57" s="14" t="n">
-        <v>21093.0</v>
+        <v>23439.0</v>
       </c>
       <c r="H57" s="14" t="n">
-        <v>26404.0</v>
+        <v>26649.0</v>
       </c>
       <c r="I57" s="14" t="n">
-        <v>27016.0</v>
+        <v>27169.0</v>
       </c>
       <c r="J57" s="14" t="n">
-        <v>29789.0</v>
+        <v>32063.0</v>
       </c>
       <c r="K57" s="14" t="n">
-        <v>24887.0</v>
+        <v>22856.0</v>
       </c>
       <c r="L57" s="14" t="n">
-        <v>22949.0</v>
+        <v>23769.0</v>
       </c>
       <c r="M57" s="14" t="n">
-        <v>16682.0</v>
+        <v>22597.0</v>
       </c>
       <c r="N57" s="14" t="n">
-        <v>25522.0</v>
+        <v>24526.0</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Residents in Spain</t>
         </is>
       </c>
       <c r="B58" s="14" t="n">
-        <v>240511.0</v>
+        <v>253052.0</v>
       </c>
       <c r="C58" s="14" t="n">
-        <v>12215.0</v>
+        <v>12925.0</v>
       </c>
       <c r="D58" s="14" t="n">
-        <v>14309.0</v>
+        <v>18274.0</v>
       </c>
       <c r="E58" s="14" t="n">
-        <v>15636.0</v>
+        <v>19768.0</v>
       </c>
       <c r="F58" s="14" t="n">
-        <v>22169.0</v>
+        <v>17949.0</v>
       </c>
       <c r="G58" s="14" t="n">
-        <v>18376.0</v>
+        <v>21103.0</v>
       </c>
       <c r="H58" s="14" t="n">
-        <v>24201.0</v>
+        <v>24798.0</v>
       </c>
       <c r="I58" s="14" t="n">
-        <v>24059.0</v>
+        <v>25133.0</v>
       </c>
       <c r="J58" s="14" t="n">
-        <v>26665.0</v>
+        <v>28498.0</v>
       </c>
       <c r="K58" s="14" t="n">
-        <v>22802.0</v>
+        <v>20190.0</v>
       </c>
       <c r="L58" s="14" t="n">
-        <v>20707.0</v>
+        <v>20606.0</v>
       </c>
       <c r="M58" s="14" t="n">
-        <v>15262.0</v>
+        <v>20727.0</v>
       </c>
       <c r="N58" s="14" t="n">
-        <v>24111.0</v>
+        <v>23081.0</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Non-residents in Spain</t>
         </is>
       </c>
       <c r="B59" s="14" t="n">
-        <v>23671.0</v>
+        <v>22313.0</v>
       </c>
       <c r="C59" s="14" t="n">
-        <v>1031.0</v>
+        <v>566.0</v>
       </c>
       <c r="D59" s="14" t="n">
-        <v>1215.0</v>
+        <v>773.0</v>
       </c>
       <c r="E59" s="14" t="n">
-        <v>992.0</v>
+        <v>1169.0</v>
       </c>
       <c r="F59" s="14" t="n">
-        <v>2274.0</v>
+        <v>875.0</v>
       </c>
       <c r="G59" s="14" t="n">
-        <v>2717.0</v>
+        <v>2336.0</v>
       </c>
       <c r="H59" s="14" t="n">
-        <v>2203.0</v>
+        <v>1850.0</v>
       </c>
       <c r="I59" s="14" t="n">
-        <v>2957.0</v>
+        <v>2036.0</v>
       </c>
       <c r="J59" s="14" t="n">
-        <v>3124.0</v>
+        <v>3566.0</v>
       </c>
       <c r="K59" s="14" t="n">
-        <v>2085.0</v>
+        <v>2666.0</v>
       </c>
       <c r="L59" s="14" t="n">
-        <v>2242.0</v>
+        <v>3163.0</v>
       </c>
       <c r="M59" s="14" t="n">
-        <v>1420.0</v>
+        <v>1869.0</v>
       </c>
       <c r="N59" s="14" t="n">
-        <v>1411.0</v>
+        <v>1445.0</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="6" t="inlineStr">
         <is>
-          <t>Murcia, Región de</t>
+          <t>14 Murcia, Región de</t>
         </is>
       </c>
       <c r="B60" s="6"/>
       <c r="C60" s="6"/>
       <c r="D60" s="6"/>
       <c r="E60" s="6"/>
       <c r="F60" s="6"/>
       <c r="G60" s="6"/>
       <c r="H60" s="6"/>
       <c r="I60" s="6"/>
       <c r="J60" s="6"/>
       <c r="K60" s="6"/>
       <c r="L60" s="6"/>
       <c r="M60" s="6"/>
       <c r="N60" s="6"/>
     </row>
     <row r="61">
       <c r="A61" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B61" s="14" t="n">
-        <v>96417.0</v>
+        <v>127804.0</v>
       </c>
       <c r="C61" s="14" t="n">
-        <v>3647.0</v>
+        <v>5356.0</v>
       </c>
       <c r="D61" s="14" t="n">
-        <v>4497.0</v>
+        <v>6510.0</v>
       </c>
       <c r="E61" s="14" t="n">
-        <v>3737.0</v>
+        <v>9494.0</v>
       </c>
       <c r="F61" s="14" t="n">
-        <v>6392.0</v>
+        <v>6280.0</v>
       </c>
       <c r="G61" s="14" t="n">
-        <v>3713.0</v>
+        <v>7464.0</v>
       </c>
       <c r="H61" s="14" t="n">
-        <v>6691.0</v>
+        <v>8725.0</v>
       </c>
       <c r="I61" s="14" t="n">
-        <v>14672.0</v>
+        <v>18150.0</v>
       </c>
       <c r="J61" s="14" t="n">
-        <v>24181.0</v>
+        <v>26476.0</v>
       </c>
       <c r="K61" s="14" t="n">
-        <v>7082.0</v>
+        <v>9137.0</v>
       </c>
       <c r="L61" s="14" t="n">
-        <v>5271.0</v>
+        <v>8432.0</v>
       </c>
       <c r="M61" s="14" t="n">
-        <v>5135.0</v>
+        <v>9375.0</v>
       </c>
       <c r="N61" s="14" t="n">
-        <v>11400.0</v>
+        <v>12402.0</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Residents in Spain</t>
         </is>
       </c>
       <c r="B62" s="14" t="n">
-        <v>86346.0</v>
+        <v>109458.0</v>
       </c>
       <c r="C62" s="14" t="n">
-        <v>3437.0</v>
+        <v>4394.0</v>
       </c>
       <c r="D62" s="14" t="n">
-        <v>3798.0</v>
+        <v>5672.0</v>
       </c>
       <c r="E62" s="14" t="n">
-        <v>3385.0</v>
+        <v>8463.0</v>
       </c>
       <c r="F62" s="14" t="n">
-        <v>6051.0</v>
+        <v>5172.0</v>
       </c>
       <c r="G62" s="14" t="n">
-        <v>3113.0</v>
+        <v>5289.0</v>
       </c>
       <c r="H62" s="14" t="n">
-        <v>5994.0</v>
+        <v>7731.0</v>
       </c>
       <c r="I62" s="14" t="n">
-        <v>12780.0</v>
+        <v>15360.0</v>
       </c>
       <c r="J62" s="14" t="n">
-        <v>21554.0</v>
+        <v>24275.0</v>
       </c>
       <c r="K62" s="14" t="n">
-        <v>6099.0</v>
+        <v>7764.0</v>
       </c>
       <c r="L62" s="14" t="n">
-        <v>4525.0</v>
+        <v>6129.0</v>
       </c>
       <c r="M62" s="14" t="n">
-        <v>4597.0</v>
+        <v>8136.0</v>
       </c>
       <c r="N62" s="14" t="n">
-        <v>11013.0</v>
+        <v>11072.0</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Non-residents in Spain</t>
         </is>
       </c>
       <c r="B63" s="14" t="n">
-        <v>10071.0</v>
+        <v>18346.0</v>
       </c>
       <c r="C63" s="14" t="n">
-        <v>210.0</v>
+        <v>962.0</v>
       </c>
       <c r="D63" s="14" t="n">
-        <v>699.0</v>
+        <v>838.0</v>
       </c>
       <c r="E63" s="14" t="n">
-        <v>352.0</v>
+        <v>1031.0</v>
       </c>
       <c r="F63" s="14" t="n">
-        <v>341.0</v>
+        <v>1107.0</v>
       </c>
       <c r="G63" s="14" t="n">
-        <v>600.0</v>
+        <v>2175.0</v>
       </c>
       <c r="H63" s="14" t="n">
-        <v>697.0</v>
+        <v>994.0</v>
       </c>
       <c r="I63" s="14" t="n">
-        <v>1892.0</v>
+        <v>2791.0</v>
       </c>
       <c r="J63" s="14" t="n">
-        <v>2626.0</v>
+        <v>2201.0</v>
       </c>
       <c r="K63" s="14" t="n">
-        <v>984.0</v>
+        <v>1373.0</v>
       </c>
       <c r="L63" s="14" t="n">
-        <v>746.0</v>
+        <v>2303.0</v>
       </c>
       <c r="M63" s="14" t="n">
-        <v>537.0</v>
+        <v>1240.0</v>
       </c>
       <c r="N63" s="14" t="n">
-        <v>387.0</v>
+        <v>1330.0</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="6" t="inlineStr">
         <is>
-          <t>Navarra, Comunidad Foral de</t>
+          <t>15 Navarra, Comunidad Foral de</t>
         </is>
       </c>
       <c r="B64" s="6"/>
       <c r="C64" s="6"/>
       <c r="D64" s="6"/>
       <c r="E64" s="6"/>
       <c r="F64" s="6"/>
       <c r="G64" s="6"/>
       <c r="H64" s="6"/>
       <c r="I64" s="6"/>
       <c r="J64" s="6"/>
       <c r="K64" s="6"/>
       <c r="L64" s="6"/>
       <c r="M64" s="6"/>
       <c r="N64" s="6"/>
     </row>
     <row r="65">
       <c r="A65" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B65" s="14" t="n">
-        <v>488339.0</v>
+        <v>441816.0</v>
       </c>
       <c r="C65" s="14" t="n">
-        <v>16753.0</v>
+        <v>14427.0</v>
       </c>
       <c r="D65" s="14" t="n">
-        <v>17832.0</v>
+        <v>12383.0</v>
       </c>
       <c r="E65" s="14" t="n">
-        <v>23288.0</v>
+        <v>26367.0</v>
       </c>
       <c r="F65" s="14" t="n">
-        <v>44719.0</v>
+        <v>28648.0</v>
       </c>
       <c r="G65" s="14" t="n">
-        <v>30475.0</v>
+        <v>34574.0</v>
       </c>
       <c r="H65" s="14" t="n">
-        <v>30922.0</v>
+        <v>29980.0</v>
       </c>
       <c r="I65" s="14" t="n">
-        <v>71629.0</v>
+        <v>67410.0</v>
       </c>
       <c r="J65" s="14" t="n">
-        <v>90563.0</v>
+        <v>94293.0</v>
       </c>
       <c r="K65" s="14" t="n">
-        <v>44795.0</v>
+        <v>41916.0</v>
       </c>
       <c r="L65" s="14" t="n">
-        <v>42594.0</v>
+        <v>32136.0</v>
       </c>
       <c r="M65" s="14" t="n">
-        <v>28424.0</v>
+        <v>26863.0</v>
       </c>
       <c r="N65" s="14" t="n">
-        <v>46345.0</v>
+        <v>32817.0</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Residents in Spain</t>
         </is>
       </c>
       <c r="B66" s="14" t="n">
-        <v>385578.0</v>
+        <v>373332.0</v>
       </c>
       <c r="C66" s="14" t="n">
-        <v>13532.0</v>
+        <v>12827.0</v>
       </c>
       <c r="D66" s="14" t="n">
-        <v>14926.0</v>
+        <v>11687.0</v>
       </c>
       <c r="E66" s="14" t="n">
-        <v>19297.0</v>
+        <v>24807.0</v>
       </c>
       <c r="F66" s="14" t="n">
-        <v>35304.0</v>
+        <v>20713.0</v>
       </c>
       <c r="G66" s="14" t="n">
-        <v>21351.0</v>
+        <v>21359.0</v>
       </c>
       <c r="H66" s="14" t="n">
-        <v>22871.0</v>
+        <v>23355.0</v>
       </c>
       <c r="I66" s="14" t="n">
-        <v>52570.0</v>
+        <v>53297.0</v>
       </c>
       <c r="J66" s="14" t="n">
-        <v>75188.0</v>
+        <v>85478.0</v>
       </c>
       <c r="K66" s="14" t="n">
-        <v>30955.0</v>
+        <v>35995.0</v>
       </c>
       <c r="L66" s="14" t="n">
-        <v>32461.0</v>
+        <v>28478.0</v>
       </c>
       <c r="M66" s="14" t="n">
-        <v>24634.0</v>
+        <v>24313.0</v>
       </c>
       <c r="N66" s="14" t="n">
-        <v>42488.0</v>
+        <v>31023.0</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Non-residents in Spain</t>
         </is>
       </c>
       <c r="B67" s="14" t="n">
-        <v>102760.0</v>
+        <v>68484.0</v>
       </c>
       <c r="C67" s="14" t="n">
-        <v>3221.0</v>
+        <v>1601.0</v>
       </c>
       <c r="D67" s="14" t="n">
-        <v>2906.0</v>
+        <v>696.0</v>
       </c>
       <c r="E67" s="14" t="n">
-        <v>3990.0</v>
+        <v>1559.0</v>
       </c>
       <c r="F67" s="14" t="n">
-        <v>9415.0</v>
+        <v>7935.0</v>
       </c>
       <c r="G67" s="14" t="n">
-        <v>9124.0</v>
+        <v>13216.0</v>
       </c>
       <c r="H67" s="14" t="n">
-        <v>8051.0</v>
+        <v>6625.0</v>
       </c>
       <c r="I67" s="14" t="n">
-        <v>19059.0</v>
+        <v>14113.0</v>
       </c>
       <c r="J67" s="14" t="n">
-        <v>15375.0</v>
+        <v>8816.0</v>
       </c>
       <c r="K67" s="14" t="n">
-        <v>13840.0</v>
+        <v>5921.0</v>
       </c>
       <c r="L67" s="14" t="n">
-        <v>10132.0</v>
+        <v>3658.0</v>
       </c>
       <c r="M67" s="14" t="n">
-        <v>3790.0</v>
+        <v>2550.0</v>
       </c>
       <c r="N67" s="14" t="n">
-        <v>3857.0</v>
+        <v>1794.0</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="6" t="inlineStr">
         <is>
-          <t>País Vasco</t>
+          <t>16 País Vasco</t>
         </is>
       </c>
       <c r="B68" s="6"/>
       <c r="C68" s="6"/>
       <c r="D68" s="6"/>
       <c r="E68" s="6"/>
       <c r="F68" s="6"/>
       <c r="G68" s="6"/>
       <c r="H68" s="6"/>
       <c r="I68" s="6"/>
       <c r="J68" s="6"/>
       <c r="K68" s="6"/>
       <c r="L68" s="6"/>
       <c r="M68" s="6"/>
       <c r="N68" s="6"/>
     </row>
     <row r="69">
       <c r="A69" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B69" s="14" t="n">
-        <v>486228.0</v>
+        <v>454190.0</v>
       </c>
       <c r="C69" s="14" t="n">
-        <v>12867.0</v>
+        <v>13439.0</v>
       </c>
       <c r="D69" s="14" t="n">
-        <v>15662.0</v>
+        <v>16542.0</v>
       </c>
       <c r="E69" s="14" t="n">
-        <v>23927.0</v>
+        <v>33880.0</v>
       </c>
       <c r="F69" s="14" t="n">
-        <v>41491.0</v>
+        <v>29568.0</v>
       </c>
       <c r="G69" s="14" t="n">
-        <v>32528.0</v>
+        <v>36809.0</v>
       </c>
       <c r="H69" s="14" t="n">
-        <v>42204.0</v>
+        <v>41153.0</v>
       </c>
       <c r="I69" s="14" t="n">
-        <v>77383.0</v>
+        <v>68497.0</v>
       </c>
       <c r="J69" s="14" t="n">
-        <v>95685.0</v>
+        <v>87639.0</v>
       </c>
       <c r="K69" s="14" t="n">
-        <v>51141.0</v>
+        <v>41276.0</v>
       </c>
       <c r="L69" s="14" t="n">
-        <v>38701.0</v>
+        <v>32777.0</v>
       </c>
       <c r="M69" s="14" t="n">
-        <v>22755.0</v>
+        <v>26260.0</v>
       </c>
       <c r="N69" s="14" t="n">
-        <v>31884.0</v>
+        <v>26350.0</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Residents in Spain</t>
         </is>
       </c>
       <c r="B70" s="14" t="n">
-        <v>366872.0</v>
+        <v>328452.0</v>
       </c>
       <c r="C70" s="14" t="n">
-        <v>11092.0</v>
+        <v>11299.0</v>
       </c>
       <c r="D70" s="14" t="n">
-        <v>13568.0</v>
+        <v>13052.0</v>
       </c>
       <c r="E70" s="14" t="n">
-        <v>21109.0</v>
+        <v>27983.0</v>
       </c>
       <c r="F70" s="14" t="n">
-        <v>33661.0</v>
+        <v>21203.0</v>
       </c>
       <c r="G70" s="14" t="n">
-        <v>22013.0</v>
+        <v>22791.0</v>
       </c>
       <c r="H70" s="14" t="n">
-        <v>29669.0</v>
+        <v>26712.0</v>
       </c>
       <c r="I70" s="14" t="n">
-        <v>54494.0</v>
+        <v>45812.0</v>
       </c>
       <c r="J70" s="14" t="n">
-        <v>68898.0</v>
+        <v>65245.0</v>
       </c>
       <c r="K70" s="14" t="n">
-        <v>34990.0</v>
+        <v>27200.0</v>
       </c>
       <c r="L70" s="14" t="n">
-        <v>29069.0</v>
+        <v>22939.0</v>
       </c>
       <c r="M70" s="14" t="n">
-        <v>19362.0</v>
+        <v>21585.0</v>
       </c>
       <c r="N70" s="14" t="n">
-        <v>28947.0</v>
+        <v>22631.0</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Non-residents in Spain</t>
         </is>
       </c>
       <c r="B71" s="14" t="n">
-        <v>119356.0</v>
+        <v>125738.0</v>
       </c>
       <c r="C71" s="14" t="n">
-        <v>1774.0</v>
+        <v>2140.0</v>
       </c>
       <c r="D71" s="14" t="n">
-        <v>2094.0</v>
+        <v>3490.0</v>
       </c>
       <c r="E71" s="14" t="n">
-        <v>2818.0</v>
+        <v>5898.0</v>
       </c>
       <c r="F71" s="14" t="n">
-        <v>7830.0</v>
+        <v>8365.0</v>
       </c>
       <c r="G71" s="14" t="n">
-        <v>10515.0</v>
+        <v>14018.0</v>
       </c>
       <c r="H71" s="14" t="n">
-        <v>12535.0</v>
+        <v>14441.0</v>
       </c>
       <c r="I71" s="14" t="n">
-        <v>22889.0</v>
+        <v>22685.0</v>
       </c>
       <c r="J71" s="14" t="n">
-        <v>26788.0</v>
+        <v>22393.0</v>
       </c>
       <c r="K71" s="14" t="n">
-        <v>16151.0</v>
+        <v>14076.0</v>
       </c>
       <c r="L71" s="14" t="n">
-        <v>9633.0</v>
+        <v>9838.0</v>
       </c>
       <c r="M71" s="14" t="n">
-        <v>3393.0</v>
+        <v>4675.0</v>
       </c>
       <c r="N71" s="14" t="n">
-        <v>2937.0</v>
+        <v>3719.0</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="6" t="inlineStr">
         <is>
-          <t>Rioja, La</t>
+          <t>17 Rioja, La</t>
         </is>
       </c>
       <c r="B72" s="6"/>
       <c r="C72" s="6"/>
       <c r="D72" s="6"/>
       <c r="E72" s="6"/>
       <c r="F72" s="6"/>
       <c r="G72" s="6"/>
       <c r="H72" s="6"/>
       <c r="I72" s="6"/>
       <c r="J72" s="6"/>
       <c r="K72" s="6"/>
       <c r="L72" s="6"/>
       <c r="M72" s="6"/>
       <c r="N72" s="6"/>
     </row>
     <row r="73">
       <c r="A73" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B73" s="14" t="n">
-        <v>85136.0</v>
+        <v>80365.0</v>
       </c>
       <c r="C73" s="14" t="n">
-        <v>2650.0</v>
+        <v>1906.0</v>
       </c>
       <c r="D73" s="14" t="n">
-        <v>3922.0</v>
+        <v>3302.0</v>
       </c>
       <c r="E73" s="14" t="n">
-        <v>4810.0</v>
+        <v>7158.0</v>
       </c>
       <c r="F73" s="14" t="n">
-        <v>9345.0</v>
+        <v>5368.0</v>
       </c>
       <c r="G73" s="14" t="n">
-        <v>6557.0</v>
+        <v>7006.0</v>
       </c>
       <c r="H73" s="14" t="n">
-        <v>6327.0</v>
+        <v>5937.0</v>
       </c>
       <c r="I73" s="14" t="n">
-        <v>8269.0</v>
+        <v>8682.0</v>
       </c>
       <c r="J73" s="14" t="n">
-        <v>13055.0</v>
+        <v>14329.0</v>
       </c>
       <c r="K73" s="14" t="n">
-        <v>7460.0</v>
+        <v>7286.0</v>
       </c>
       <c r="L73" s="14" t="n">
-        <v>8512.0</v>
+        <v>7344.0</v>
       </c>
       <c r="M73" s="14" t="n">
-        <v>5347.0</v>
+        <v>5428.0</v>
       </c>
       <c r="N73" s="14" t="n">
-        <v>8881.0</v>
+        <v>6619.0</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Residents in Spain</t>
         </is>
       </c>
       <c r="B74" s="14" t="n">
-        <v>76879.0</v>
+        <v>62877.0</v>
       </c>
       <c r="C74" s="14" t="n">
-        <v>2385.0</v>
+        <v>1432.0</v>
       </c>
       <c r="D74" s="14" t="n">
-        <v>3829.0</v>
+        <v>2244.0</v>
       </c>
       <c r="E74" s="14" t="n">
-        <v>4614.0</v>
+        <v>6303.0</v>
       </c>
       <c r="F74" s="14" t="n">
-        <v>8748.0</v>
+        <v>4196.0</v>
       </c>
       <c r="G74" s="14" t="n">
-        <v>5607.0</v>
+        <v>4909.0</v>
       </c>
       <c r="H74" s="14" t="n">
-        <v>5209.0</v>
+        <v>3812.0</v>
       </c>
       <c r="I74" s="14" t="n">
-        <v>6903.0</v>
+        <v>6291.0</v>
       </c>
       <c r="J74" s="14" t="n">
-        <v>11791.0</v>
+        <v>11637.0</v>
       </c>
       <c r="K74" s="14" t="n">
-        <v>5983.0</v>
+        <v>5006.0</v>
       </c>
       <c r="L74" s="14" t="n">
-        <v>7891.0</v>
+        <v>6015.0</v>
       </c>
       <c r="M74" s="14" t="n">
-        <v>5206.0</v>
+        <v>4852.0</v>
       </c>
       <c r="N74" s="14" t="n">
-        <v>8712.0</v>
+        <v>6180.0</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Non-residents in Spain</t>
         </is>
       </c>
       <c r="B75" s="14" t="n">
-        <v>8257.0</v>
+        <v>17488.0</v>
       </c>
       <c r="C75" s="14" t="n">
-        <v>266.0</v>
+        <v>474.0</v>
       </c>
       <c r="D75" s="14" t="n">
-        <v>93.0</v>
+        <v>1058.0</v>
       </c>
       <c r="E75" s="14" t="n">
-        <v>195.0</v>
+        <v>855.0</v>
       </c>
       <c r="F75" s="14" t="n">
-        <v>596.0</v>
+        <v>1171.0</v>
       </c>
       <c r="G75" s="14" t="n">
-        <v>949.0</v>
+        <v>2097.0</v>
       </c>
       <c r="H75" s="14" t="n">
-        <v>1119.0</v>
+        <v>2125.0</v>
       </c>
       <c r="I75" s="14" t="n">
-        <v>1366.0</v>
+        <v>2391.0</v>
       </c>
       <c r="J75" s="14" t="n">
-        <v>1264.0</v>
+        <v>2692.0</v>
       </c>
       <c r="K75" s="14" t="n">
-        <v>1477.0</v>
+        <v>2280.0</v>
       </c>
       <c r="L75" s="14" t="n">
-        <v>621.0</v>
+        <v>1329.0</v>
       </c>
       <c r="M75" s="14" t="n">
-        <v>141.0</v>
+        <v>576.0</v>
       </c>
       <c r="N75" s="14" t="n">
-        <v>169.0</v>
+        <v>439.0</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="6" t="inlineStr">
         <is>
-          <t>Ceuta</t>
+          <t>18 Ceuta</t>
         </is>
       </c>
       <c r="B76" s="6"/>
       <c r="C76" s="6"/>
       <c r="D76" s="6"/>
       <c r="E76" s="6"/>
       <c r="F76" s="6"/>
       <c r="G76" s="6"/>
       <c r="H76" s="6"/>
       <c r="I76" s="6"/>
       <c r="J76" s="6"/>
       <c r="K76" s="6"/>
       <c r="L76" s="6"/>
       <c r="M76" s="6"/>
       <c r="N76" s="6"/>
     </row>
     <row r="77">
       <c r="A77" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B77" s="14" t="n">
         <v>0.0</v>
       </c>
@@ -3287,51 +3287,51 @@
       <c r="H79" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="I79" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="J79" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="K79" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="L79" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="M79" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="N79" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="6" t="inlineStr">
         <is>
-          <t>Melilla</t>
+          <t>19 Melilla</t>
         </is>
       </c>
       <c r="B80" s="6"/>
       <c r="C80" s="6"/>
       <c r="D80" s="6"/>
       <c r="E80" s="6"/>
       <c r="F80" s="6"/>
       <c r="G80" s="6"/>
       <c r="H80" s="6"/>
       <c r="I80" s="6"/>
       <c r="J80" s="6"/>
       <c r="K80" s="6"/>
       <c r="L80" s="6"/>
       <c r="M80" s="6"/>
       <c r="N80" s="6"/>
     </row>
     <row r="81">
       <c r="A81" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B81" s="14" t="n">
         <v>0.0</v>
       </c>
@@ -3445,65 +3445,65 @@
       <c r="H83" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="I83" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="J83" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="K83" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="L83" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="M83" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="N83" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="5" t="inlineStr">
         <is>
-          <t>Notas:</t>
+          <t>Notes:</t>
         </is>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="inlineStr">
         <is>
-          <t>Symbol '..' means data protected by statistical secret</t>
+          <t>1) Symbol '..' means data protected by statistical secret</t>
         </is>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="5" t="inlineStr">
         <is>
-          <t xml:space="preserve">Fuente: </t>
+          <t xml:space="preserve">Source: </t>
         </is>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="inlineStr">
         <is>
           <t>National Statistics Institute</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="25">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A5:K5"/>
     <mergeCell ref="A6:K6"/>
     <mergeCell ref="A8:N8"/>
     <mergeCell ref="A12:N12"/>
     <mergeCell ref="A16:N16"/>
     <mergeCell ref="A20:N20"/>
     <mergeCell ref="A24:N24"/>
     <mergeCell ref="A28:N28"/>
     <mergeCell ref="A32:N32"/>