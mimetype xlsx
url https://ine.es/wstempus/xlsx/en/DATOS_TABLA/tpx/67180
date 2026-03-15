--- v1 (2026-01-29)
+++ v2 (2026-03-15)
@@ -337,51 +337,51 @@
       <c r="H3" s="11"/>
       <c r="I3" s="11"/>
       <c r="J3" s="11"/>
       <c r="K3" s="11"/>
     </row>
     <row r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t xml:space="preserve">Overnight stays of the travellers by Autonomous Community , origin of the travellers and month.                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                                            </t>
         </is>
       </c>
       <c r="B4" s="3"/>
       <c r="C4" s="3"/>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
       <c r="F4" s="3"/>
       <c r="G4" s="3"/>
       <c r="H4" s="3"/>
       <c r="I4" s="3"/>
       <c r="J4" s="3"/>
       <c r="K4" s="3"/>
     </row>
     <row r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
-          <t>Units: number</t>
+          <t>Unidades: number</t>
         </is>
       </c>
       <c r="B5" s="4"/>
       <c r="C5" s="4"/>
       <c r="D5" s="4"/>
       <c r="E5" s="4"/>
       <c r="F5" s="4"/>
       <c r="G5" s="4"/>
       <c r="H5" s="4"/>
       <c r="I5" s="4"/>
       <c r="J5" s="4"/>
       <c r="K5" s="4"/>
     </row>
     <row r="6">
       <c r="A6" s="11" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="B6" s="11"/>
       <c r="C6" s="11"/>
       <c r="D6" s="11"/>
       <c r="E6" s="11"/>
       <c r="F6" s="11"/>
       <c r="G6" s="11"/>
@@ -443,51 +443,51 @@
       </c>
       <c r="K7" s="6" t="inlineStr">
         <is>
           <t>September</t>
         </is>
       </c>
       <c r="L7" s="6" t="inlineStr">
         <is>
           <t>October</t>
         </is>
       </c>
       <c r="M7" s="6" t="inlineStr">
         <is>
           <t>November</t>
         </is>
       </c>
       <c r="N7" s="6" t="inlineStr">
         <is>
           <t>December</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="6" t="inlineStr">
         <is>
-          <t>01 Andalucía</t>
+          <t>Andalucía</t>
         </is>
       </c>
       <c r="B8" s="6"/>
       <c r="C8" s="6"/>
       <c r="D8" s="6"/>
       <c r="E8" s="6"/>
       <c r="F8" s="6"/>
       <c r="G8" s="6"/>
       <c r="H8" s="6"/>
       <c r="I8" s="6"/>
       <c r="J8" s="6"/>
       <c r="K8" s="6"/>
       <c r="L8" s="6"/>
       <c r="M8" s="6"/>
       <c r="N8" s="6"/>
     </row>
     <row r="9">
       <c r="A9" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B9" s="14" t="n">
         <v>1439053.0</v>
       </c>
@@ -601,51 +601,51 @@
       <c r="H11" s="14" t="n">
         <v>74646.0</v>
       </c>
       <c r="I11" s="14" t="n">
         <v>106405.0</v>
       </c>
       <c r="J11" s="14" t="n">
         <v>131480.0</v>
       </c>
       <c r="K11" s="14" t="n">
         <v>83503.0</v>
       </c>
       <c r="L11" s="14" t="n">
         <v>73940.0</v>
       </c>
       <c r="M11" s="14" t="n">
         <v>31680.0</v>
       </c>
       <c r="N11" s="14" t="n">
         <v>20510.0</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="6" t="inlineStr">
         <is>
-          <t>02 Aragón</t>
+          <t>Aragón</t>
         </is>
       </c>
       <c r="B12" s="6"/>
       <c r="C12" s="6"/>
       <c r="D12" s="6"/>
       <c r="E12" s="6"/>
       <c r="F12" s="6"/>
       <c r="G12" s="6"/>
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="6"/>
       <c r="N12" s="6"/>
     </row>
     <row r="13">
       <c r="A13" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B13" s="14" t="n">
         <v>646988.0</v>
       </c>
@@ -759,51 +759,51 @@
       <c r="H15" s="14" t="n">
         <v>6703.0</v>
       </c>
       <c r="I15" s="14" t="n">
         <v>16311.0</v>
       </c>
       <c r="J15" s="14" t="n">
         <v>20936.0</v>
       </c>
       <c r="K15" s="14" t="n">
         <v>9124.0</v>
       </c>
       <c r="L15" s="14" t="n">
         <v>6778.0</v>
       </c>
       <c r="M15" s="14" t="n">
         <v>6529.0</v>
       </c>
       <c r="N15" s="14" t="n">
         <v>4002.0</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="6" t="inlineStr">
         <is>
-          <t>03 Asturias, Principado de</t>
+          <t>Asturias, Principado de</t>
         </is>
       </c>
       <c r="B16" s="6"/>
       <c r="C16" s="6"/>
       <c r="D16" s="6"/>
       <c r="E16" s="6"/>
       <c r="F16" s="6"/>
       <c r="G16" s="6"/>
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="6"/>
       <c r="N16" s="6"/>
     </row>
     <row r="17">
       <c r="A17" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B17" s="14" t="n">
         <v>929320.0</v>
       </c>
@@ -917,51 +917,51 @@
       <c r="H19" s="14" t="n">
         <v>16083.0</v>
       </c>
       <c r="I19" s="14" t="n">
         <v>22171.0</v>
       </c>
       <c r="J19" s="14" t="n">
         <v>23915.0</v>
       </c>
       <c r="K19" s="14" t="n">
         <v>19386.0</v>
       </c>
       <c r="L19" s="14" t="n">
         <v>9139.0</v>
       </c>
       <c r="M19" s="14" t="n">
         <v>7646.0</v>
       </c>
       <c r="N19" s="14" t="n">
         <v>5327.0</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="6" t="inlineStr">
         <is>
-          <t>04 Balears, Illes</t>
+          <t>Balears, Illes</t>
         </is>
       </c>
       <c r="B20" s="6"/>
       <c r="C20" s="6"/>
       <c r="D20" s="6"/>
       <c r="E20" s="6"/>
       <c r="F20" s="6"/>
       <c r="G20" s="6"/>
       <c r="H20" s="6"/>
       <c r="I20" s="6"/>
       <c r="J20" s="6"/>
       <c r="K20" s="6"/>
       <c r="L20" s="6"/>
       <c r="M20" s="6"/>
       <c r="N20" s="6"/>
     </row>
     <row r="21">
       <c r="A21" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B21" s="14" t="n">
         <v>1688708.0</v>
       </c>
@@ -1075,51 +1075,51 @@
       <c r="H23" s="14" t="n">
         <v>200869.0</v>
       </c>
       <c r="I23" s="14" t="n">
         <v>213040.0</v>
       </c>
       <c r="J23" s="14" t="n">
         <v>228091.0</v>
       </c>
       <c r="K23" s="14" t="n">
         <v>212729.0</v>
       </c>
       <c r="L23" s="14" t="n">
         <v>160355.0</v>
       </c>
       <c r="M23" s="14" t="n">
         <v>27327.0</v>
       </c>
       <c r="N23" s="14" t="n">
         <v>20407.0</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="6" t="inlineStr">
         <is>
-          <t>05 Canarias</t>
+          <t>Canarias</t>
         </is>
       </c>
       <c r="B24" s="6"/>
       <c r="C24" s="6"/>
       <c r="D24" s="6"/>
       <c r="E24" s="6"/>
       <c r="F24" s="6"/>
       <c r="G24" s="6"/>
       <c r="H24" s="6"/>
       <c r="I24" s="6"/>
       <c r="J24" s="6"/>
       <c r="K24" s="6"/>
       <c r="L24" s="6"/>
       <c r="M24" s="6"/>
       <c r="N24" s="6"/>
     </row>
     <row r="25">
       <c r="A25" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B25" s="14" t="n">
         <v>398032.0</v>
       </c>
@@ -1233,51 +1233,51 @@
       <c r="H27" s="14" t="n">
         <v>10139.0</v>
       </c>
       <c r="I27" s="14" t="n">
         <v>13210.0</v>
       </c>
       <c r="J27" s="14" t="n">
         <v>15237.0</v>
       </c>
       <c r="K27" s="14" t="n">
         <v>14664.0</v>
       </c>
       <c r="L27" s="14" t="n">
         <v>21445.0</v>
       </c>
       <c r="M27" s="14" t="n">
         <v>33254.0</v>
       </c>
       <c r="N27" s="14" t="n">
         <v>29560.0</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="6" t="inlineStr">
         <is>
-          <t>06 Cantabria</t>
+          <t>Cantabria</t>
         </is>
       </c>
       <c r="B28" s="6"/>
       <c r="C28" s="6"/>
       <c r="D28" s="6"/>
       <c r="E28" s="6"/>
       <c r="F28" s="6"/>
       <c r="G28" s="6"/>
       <c r="H28" s="6"/>
       <c r="I28" s="6"/>
       <c r="J28" s="6"/>
       <c r="K28" s="6"/>
       <c r="L28" s="6"/>
       <c r="M28" s="6"/>
       <c r="N28" s="6"/>
     </row>
     <row r="29">
       <c r="A29" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B29" s="14" t="n">
         <v>696365.0</v>
       </c>
@@ -1391,51 +1391,51 @@
       <c r="H31" s="14" t="n">
         <v>14793.0</v>
       </c>
       <c r="I31" s="14" t="n">
         <v>23933.0</v>
       </c>
       <c r="J31" s="14" t="n">
         <v>26231.0</v>
       </c>
       <c r="K31" s="14" t="n">
         <v>17678.0</v>
       </c>
       <c r="L31" s="14" t="n">
         <v>8175.0</v>
       </c>
       <c r="M31" s="14" t="n">
         <v>3192.0</v>
       </c>
       <c r="N31" s="14" t="n">
         <v>3306.0</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="6" t="inlineStr">
         <is>
-          <t>07 Castilla y León</t>
+          <t>Castilla y León</t>
         </is>
       </c>
       <c r="B32" s="6"/>
       <c r="C32" s="6"/>
       <c r="D32" s="6"/>
       <c r="E32" s="6"/>
       <c r="F32" s="6"/>
       <c r="G32" s="6"/>
       <c r="H32" s="6"/>
       <c r="I32" s="6"/>
       <c r="J32" s="6"/>
       <c r="K32" s="6"/>
       <c r="L32" s="6"/>
       <c r="M32" s="6"/>
       <c r="N32" s="6"/>
     </row>
     <row r="33">
       <c r="A33" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B33" s="14" t="n">
         <v>1923346.0</v>
       </c>
@@ -1549,51 +1549,51 @@
       <c r="H35" s="14" t="n">
         <v>17780.0</v>
       </c>
       <c r="I35" s="14" t="n">
         <v>26305.0</v>
       </c>
       <c r="J35" s="14" t="n">
         <v>31818.0</v>
       </c>
       <c r="K35" s="14" t="n">
         <v>19035.0</v>
       </c>
       <c r="L35" s="14" t="n">
         <v>12043.0</v>
       </c>
       <c r="M35" s="14" t="n">
         <v>7150.0</v>
       </c>
       <c r="N35" s="14" t="n">
         <v>6284.0</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="6" t="inlineStr">
         <is>
-          <t>08 Castilla - La Mancha</t>
+          <t>Castilla - La Mancha</t>
         </is>
       </c>
       <c r="B36" s="6"/>
       <c r="C36" s="6"/>
       <c r="D36" s="6"/>
       <c r="E36" s="6"/>
       <c r="F36" s="6"/>
       <c r="G36" s="6"/>
       <c r="H36" s="6"/>
       <c r="I36" s="6"/>
       <c r="J36" s="6"/>
       <c r="K36" s="6"/>
       <c r="L36" s="6"/>
       <c r="M36" s="6"/>
       <c r="N36" s="6"/>
     </row>
     <row r="37">
       <c r="A37" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B37" s="14" t="n">
         <v>948384.0</v>
       </c>
@@ -1707,51 +1707,51 @@
       <c r="H39" s="14" t="n">
         <v>1968.0</v>
       </c>
       <c r="I39" s="14" t="n">
         <v>3533.0</v>
       </c>
       <c r="J39" s="14" t="n">
         <v>4581.0</v>
       </c>
       <c r="K39" s="14" t="n">
         <v>3198.0</v>
       </c>
       <c r="L39" s="14" t="n">
         <v>4523.0</v>
       </c>
       <c r="M39" s="14" t="n">
         <v>2952.0</v>
       </c>
       <c r="N39" s="14" t="n">
         <v>3071.0</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="6" t="inlineStr">
         <is>
-          <t>09 Cataluña</t>
+          <t>Cataluña</t>
         </is>
       </c>
       <c r="B40" s="6"/>
       <c r="C40" s="6"/>
       <c r="D40" s="6"/>
       <c r="E40" s="6"/>
       <c r="F40" s="6"/>
       <c r="G40" s="6"/>
       <c r="H40" s="6"/>
       <c r="I40" s="6"/>
       <c r="J40" s="6"/>
       <c r="K40" s="6"/>
       <c r="L40" s="6"/>
       <c r="M40" s="6"/>
       <c r="N40" s="6"/>
     </row>
     <row r="41">
       <c r="A41" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B41" s="14" t="n">
         <v>1320861.0</v>
       </c>
@@ -1865,51 +1865,51 @@
       <c r="H43" s="14" t="n">
         <v>20355.0</v>
       </c>
       <c r="I43" s="14" t="n">
         <v>76447.0</v>
       </c>
       <c r="J43" s="14" t="n">
         <v>87870.0</v>
       </c>
       <c r="K43" s="14" t="n">
         <v>24183.0</v>
       </c>
       <c r="L43" s="14" t="n">
         <v>21468.0</v>
       </c>
       <c r="M43" s="14" t="n">
         <v>10083.0</v>
       </c>
       <c r="N43" s="14" t="n">
         <v>9683.0</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="6" t="inlineStr">
         <is>
-          <t>10 Comunitat Valenciana</t>
+          <t>Comunitat Valenciana</t>
         </is>
       </c>
       <c r="B44" s="6"/>
       <c r="C44" s="6"/>
       <c r="D44" s="6"/>
       <c r="E44" s="6"/>
       <c r="F44" s="6"/>
       <c r="G44" s="6"/>
       <c r="H44" s="6"/>
       <c r="I44" s="6"/>
       <c r="J44" s="6"/>
       <c r="K44" s="6"/>
       <c r="L44" s="6"/>
       <c r="M44" s="6"/>
       <c r="N44" s="6"/>
     </row>
     <row r="45">
       <c r="A45" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B45" s="14" t="n">
         <v>393173.0</v>
       </c>
@@ -2023,51 +2023,51 @@
       <c r="H47" s="14" t="n">
         <v>5249.0</v>
       </c>
       <c r="I47" s="14" t="n">
         <v>12021.0</v>
       </c>
       <c r="J47" s="14" t="n">
         <v>18164.0</v>
       </c>
       <c r="K47" s="14" t="n">
         <v>7190.0</v>
       </c>
       <c r="L47" s="14" t="n">
         <v>8485.0</v>
       </c>
       <c r="M47" s="14" t="n">
         <v>4942.0</v>
       </c>
       <c r="N47" s="14" t="n">
         <v>4338.0</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="6" t="inlineStr">
         <is>
-          <t>11 Extremadura</t>
+          <t>Extremadura</t>
         </is>
       </c>
       <c r="B48" s="6"/>
       <c r="C48" s="6"/>
       <c r="D48" s="6"/>
       <c r="E48" s="6"/>
       <c r="F48" s="6"/>
       <c r="G48" s="6"/>
       <c r="H48" s="6"/>
       <c r="I48" s="6"/>
       <c r="J48" s="6"/>
       <c r="K48" s="6"/>
       <c r="L48" s="6"/>
       <c r="M48" s="6"/>
       <c r="N48" s="6"/>
     </row>
     <row r="49">
       <c r="A49" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B49" s="14" t="n">
         <v>571206.0</v>
       </c>
@@ -2181,51 +2181,51 @@
       <c r="H51" s="14" t="n">
         <v>5159.0</v>
       </c>
       <c r="I51" s="14" t="n">
         <v>11214.0</v>
       </c>
       <c r="J51" s="14" t="n">
         <v>14407.0</v>
       </c>
       <c r="K51" s="14" t="n">
         <v>7063.0</v>
       </c>
       <c r="L51" s="14" t="n">
         <v>6468.0</v>
       </c>
       <c r="M51" s="14" t="n">
         <v>5115.0</v>
       </c>
       <c r="N51" s="14" t="n">
         <v>4088.0</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="6" t="inlineStr">
         <is>
-          <t>12 Galicia</t>
+          <t>Galicia</t>
         </is>
       </c>
       <c r="B52" s="6"/>
       <c r="C52" s="6"/>
       <c r="D52" s="6"/>
       <c r="E52" s="6"/>
       <c r="F52" s="6"/>
       <c r="G52" s="6"/>
       <c r="H52" s="6"/>
       <c r="I52" s="6"/>
       <c r="J52" s="6"/>
       <c r="K52" s="6"/>
       <c r="L52" s="6"/>
       <c r="M52" s="6"/>
       <c r="N52" s="6"/>
     </row>
     <row r="53">
       <c r="A53" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B53" s="14" t="n">
         <v>385155.0</v>
       </c>
@@ -2339,51 +2339,51 @@
       <c r="H55" s="14" t="n">
         <v>13924.0</v>
       </c>
       <c r="I55" s="14" t="n">
         <v>15040.0</v>
       </c>
       <c r="J55" s="14" t="n">
         <v>20276.0</v>
       </c>
       <c r="K55" s="14" t="n">
         <v>18730.0</v>
       </c>
       <c r="L55" s="14" t="n">
         <v>11626.0</v>
       </c>
       <c r="M55" s="14" t="n">
         <v>2075.0</v>
       </c>
       <c r="N55" s="14" t="n">
         <v>1709.0</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="6" t="inlineStr">
         <is>
-          <t>13 Madrid, Comunidad de</t>
+          <t>Madrid, Comunidad de</t>
         </is>
       </c>
       <c r="B56" s="6"/>
       <c r="C56" s="6"/>
       <c r="D56" s="6"/>
       <c r="E56" s="6"/>
       <c r="F56" s="6"/>
       <c r="G56" s="6"/>
       <c r="H56" s="6"/>
       <c r="I56" s="6"/>
       <c r="J56" s="6"/>
       <c r="K56" s="6"/>
       <c r="L56" s="6"/>
       <c r="M56" s="6"/>
       <c r="N56" s="6"/>
     </row>
     <row r="57">
       <c r="A57" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B57" s="14" t="n">
         <v>275366.0</v>
       </c>
@@ -2497,51 +2497,51 @@
       <c r="H59" s="14" t="n">
         <v>1850.0</v>
       </c>
       <c r="I59" s="14" t="n">
         <v>2036.0</v>
       </c>
       <c r="J59" s="14" t="n">
         <v>3566.0</v>
       </c>
       <c r="K59" s="14" t="n">
         <v>2666.0</v>
       </c>
       <c r="L59" s="14" t="n">
         <v>3163.0</v>
       </c>
       <c r="M59" s="14" t="n">
         <v>1869.0</v>
       </c>
       <c r="N59" s="14" t="n">
         <v>1445.0</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="6" t="inlineStr">
         <is>
-          <t>14 Murcia, Región de</t>
+          <t>Murcia, Región de</t>
         </is>
       </c>
       <c r="B60" s="6"/>
       <c r="C60" s="6"/>
       <c r="D60" s="6"/>
       <c r="E60" s="6"/>
       <c r="F60" s="6"/>
       <c r="G60" s="6"/>
       <c r="H60" s="6"/>
       <c r="I60" s="6"/>
       <c r="J60" s="6"/>
       <c r="K60" s="6"/>
       <c r="L60" s="6"/>
       <c r="M60" s="6"/>
       <c r="N60" s="6"/>
     </row>
     <row r="61">
       <c r="A61" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B61" s="14" t="n">
         <v>127804.0</v>
       </c>
@@ -2655,51 +2655,51 @@
       <c r="H63" s="14" t="n">
         <v>994.0</v>
       </c>
       <c r="I63" s="14" t="n">
         <v>2791.0</v>
       </c>
       <c r="J63" s="14" t="n">
         <v>2201.0</v>
       </c>
       <c r="K63" s="14" t="n">
         <v>1373.0</v>
       </c>
       <c r="L63" s="14" t="n">
         <v>2303.0</v>
       </c>
       <c r="M63" s="14" t="n">
         <v>1240.0</v>
       </c>
       <c r="N63" s="14" t="n">
         <v>1330.0</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="6" t="inlineStr">
         <is>
-          <t>15 Navarra, Comunidad Foral de</t>
+          <t>Navarra, Comunidad Foral de</t>
         </is>
       </c>
       <c r="B64" s="6"/>
       <c r="C64" s="6"/>
       <c r="D64" s="6"/>
       <c r="E64" s="6"/>
       <c r="F64" s="6"/>
       <c r="G64" s="6"/>
       <c r="H64" s="6"/>
       <c r="I64" s="6"/>
       <c r="J64" s="6"/>
       <c r="K64" s="6"/>
       <c r="L64" s="6"/>
       <c r="M64" s="6"/>
       <c r="N64" s="6"/>
     </row>
     <row r="65">
       <c r="A65" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B65" s="14" t="n">
         <v>441816.0</v>
       </c>
@@ -2813,51 +2813,51 @@
       <c r="H67" s="14" t="n">
         <v>6625.0</v>
       </c>
       <c r="I67" s="14" t="n">
         <v>14113.0</v>
       </c>
       <c r="J67" s="14" t="n">
         <v>8816.0</v>
       </c>
       <c r="K67" s="14" t="n">
         <v>5921.0</v>
       </c>
       <c r="L67" s="14" t="n">
         <v>3658.0</v>
       </c>
       <c r="M67" s="14" t="n">
         <v>2550.0</v>
       </c>
       <c r="N67" s="14" t="n">
         <v>1794.0</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="6" t="inlineStr">
         <is>
-          <t>16 País Vasco</t>
+          <t>País Vasco</t>
         </is>
       </c>
       <c r="B68" s="6"/>
       <c r="C68" s="6"/>
       <c r="D68" s="6"/>
       <c r="E68" s="6"/>
       <c r="F68" s="6"/>
       <c r="G68" s="6"/>
       <c r="H68" s="6"/>
       <c r="I68" s="6"/>
       <c r="J68" s="6"/>
       <c r="K68" s="6"/>
       <c r="L68" s="6"/>
       <c r="M68" s="6"/>
       <c r="N68" s="6"/>
     </row>
     <row r="69">
       <c r="A69" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B69" s="14" t="n">
         <v>454190.0</v>
       </c>
@@ -2971,51 +2971,51 @@
       <c r="H71" s="14" t="n">
         <v>14441.0</v>
       </c>
       <c r="I71" s="14" t="n">
         <v>22685.0</v>
       </c>
       <c r="J71" s="14" t="n">
         <v>22393.0</v>
       </c>
       <c r="K71" s="14" t="n">
         <v>14076.0</v>
       </c>
       <c r="L71" s="14" t="n">
         <v>9838.0</v>
       </c>
       <c r="M71" s="14" t="n">
         <v>4675.0</v>
       </c>
       <c r="N71" s="14" t="n">
         <v>3719.0</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="6" t="inlineStr">
         <is>
-          <t>17 Rioja, La</t>
+          <t>Rioja, La</t>
         </is>
       </c>
       <c r="B72" s="6"/>
       <c r="C72" s="6"/>
       <c r="D72" s="6"/>
       <c r="E72" s="6"/>
       <c r="F72" s="6"/>
       <c r="G72" s="6"/>
       <c r="H72" s="6"/>
       <c r="I72" s="6"/>
       <c r="J72" s="6"/>
       <c r="K72" s="6"/>
       <c r="L72" s="6"/>
       <c r="M72" s="6"/>
       <c r="N72" s="6"/>
     </row>
     <row r="73">
       <c r="A73" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B73" s="14" t="n">
         <v>80365.0</v>
       </c>
@@ -3129,51 +3129,51 @@
       <c r="H75" s="14" t="n">
         <v>2125.0</v>
       </c>
       <c r="I75" s="14" t="n">
         <v>2391.0</v>
       </c>
       <c r="J75" s="14" t="n">
         <v>2692.0</v>
       </c>
       <c r="K75" s="14" t="n">
         <v>2280.0</v>
       </c>
       <c r="L75" s="14" t="n">
         <v>1329.0</v>
       </c>
       <c r="M75" s="14" t="n">
         <v>576.0</v>
       </c>
       <c r="N75" s="14" t="n">
         <v>439.0</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="6" t="inlineStr">
         <is>
-          <t>18 Ceuta</t>
+          <t>Ceuta</t>
         </is>
       </c>
       <c r="B76" s="6"/>
       <c r="C76" s="6"/>
       <c r="D76" s="6"/>
       <c r="E76" s="6"/>
       <c r="F76" s="6"/>
       <c r="G76" s="6"/>
       <c r="H76" s="6"/>
       <c r="I76" s="6"/>
       <c r="J76" s="6"/>
       <c r="K76" s="6"/>
       <c r="L76" s="6"/>
       <c r="M76" s="6"/>
       <c r="N76" s="6"/>
     </row>
     <row r="77">
       <c r="A77" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B77" s="14" t="n">
         <v>0.0</v>
       </c>
@@ -3287,51 +3287,51 @@
       <c r="H79" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="I79" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="J79" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="K79" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="L79" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="M79" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="N79" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="6" t="inlineStr">
         <is>
-          <t>19 Melilla</t>
+          <t>Melilla</t>
         </is>
       </c>
       <c r="B80" s="6"/>
       <c r="C80" s="6"/>
       <c r="D80" s="6"/>
       <c r="E80" s="6"/>
       <c r="F80" s="6"/>
       <c r="G80" s="6"/>
       <c r="H80" s="6"/>
       <c r="I80" s="6"/>
       <c r="J80" s="6"/>
       <c r="K80" s="6"/>
       <c r="L80" s="6"/>
       <c r="M80" s="6"/>
       <c r="N80" s="6"/>
     </row>
     <row r="81">
       <c r="A81" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Total</t>
         </is>
       </c>
       <c r="B81" s="14" t="n">
         <v>0.0</v>
       </c>
@@ -3445,65 +3445,65 @@
       <c r="H83" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="I83" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="J83" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="K83" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="L83" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="M83" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="N83" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="5" t="inlineStr">
         <is>
-          <t>Notes:</t>
+          <t>Notas:</t>
         </is>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="inlineStr">
         <is>
-          <t>1) Symbol '..' means data protected by statistical secret</t>
+          <t>Symbol '..' means data protected by statistical secret</t>
         </is>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="5" t="inlineStr">
         <is>
-          <t xml:space="preserve">Source: </t>
+          <t xml:space="preserve">Fuente: </t>
         </is>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="inlineStr">
         <is>
           <t>National Statistics Institute</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="25">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A5:K5"/>
     <mergeCell ref="A6:K6"/>
     <mergeCell ref="A8:N8"/>
     <mergeCell ref="A12:N12"/>
     <mergeCell ref="A16:N16"/>
     <mergeCell ref="A20:N20"/>
     <mergeCell ref="A24:N24"/>
     <mergeCell ref="A28:N28"/>
     <mergeCell ref="A32:N32"/>