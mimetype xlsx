--- v0 (2025-10-23)
+++ v1 (2026-01-29)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="tabla-33014" r:id="rId3" sheetId="1"/>
+    <sheet name="tabla-67250" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
   </numFmts>
   <fonts count="8">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="11.0"/>
       <color indexed="8"/>
@@ -246,51 +246,51 @@
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="8" xfId="0" applyFill="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="6" fillId="5" borderId="8" xfId="0" applyFill="true" applyBorder="true" applyFont="true"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="8" xfId="0" applyFill="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="5" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true" applyNumberFormat="true">
       <alignment horizontal="right"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:FM69"/>
+  <dimension ref="A1:GH69"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="39.0625" customWidth="true"/>
     <col min="2" max="2" width="19.53125" customWidth="true"/>
     <col min="3" max="3" width="19.53125" customWidth="true"/>
     <col min="4" max="4" width="19.53125" customWidth="true"/>
     <col min="5" max="5" width="19.53125" customWidth="true"/>
     <col min="6" max="6" width="19.53125" customWidth="true"/>
     <col min="7" max="7" width="19.53125" customWidth="true"/>
     <col min="8" max="8" width="19.53125" customWidth="true"/>
     <col min="9" max="9" width="19.53125" customWidth="true"/>
     <col min="10" max="10" width="19.53125" customWidth="true"/>
     <col min="11" max="11" width="19.53125" customWidth="true"/>
     <col min="12" max="12" width="19.53125" customWidth="true"/>
     <col min="13" max="13" width="19.53125" customWidth="true"/>
     <col min="14" max="14" width="19.53125" customWidth="true"/>
     <col min="15" max="15" width="19.53125" customWidth="true"/>
     <col min="16" max="16" width="19.53125" customWidth="true"/>
     <col min="17" max="17" width="19.53125" customWidth="true"/>
     <col min="18" max="18" width="19.53125" customWidth="true"/>
     <col min="19" max="19" width="19.53125" customWidth="true"/>
     <col min="20" max="20" width="19.53125" customWidth="true"/>
@@ -421,73 +421,94 @@
     <col min="145" max="145" width="19.53125" customWidth="true"/>
     <col min="146" max="146" width="19.53125" customWidth="true"/>
     <col min="147" max="147" width="19.53125" customWidth="true"/>
     <col min="148" max="148" width="19.53125" customWidth="true"/>
     <col min="149" max="149" width="19.53125" customWidth="true"/>
     <col min="150" max="150" width="19.53125" customWidth="true"/>
     <col min="151" max="151" width="19.53125" customWidth="true"/>
     <col min="152" max="152" width="19.53125" customWidth="true"/>
     <col min="153" max="153" width="19.53125" customWidth="true"/>
     <col min="154" max="154" width="19.53125" customWidth="true"/>
     <col min="155" max="155" width="19.53125" customWidth="true"/>
     <col min="156" max="156" width="19.53125" customWidth="true"/>
     <col min="157" max="157" width="19.53125" customWidth="true"/>
     <col min="158" max="158" width="19.53125" customWidth="true"/>
     <col min="159" max="159" width="19.53125" customWidth="true"/>
     <col min="160" max="160" width="19.53125" customWidth="true"/>
     <col min="161" max="161" width="19.53125" customWidth="true"/>
     <col min="162" max="162" width="19.53125" customWidth="true"/>
     <col min="163" max="163" width="19.53125" customWidth="true"/>
     <col min="164" max="164" width="19.53125" customWidth="true"/>
     <col min="165" max="165" width="19.53125" customWidth="true"/>
     <col min="166" max="166" width="19.53125" customWidth="true"/>
     <col min="167" max="167" width="19.53125" customWidth="true"/>
     <col min="168" max="168" width="19.53125" customWidth="true"/>
     <col min="169" max="169" width="19.53125" customWidth="true"/>
+    <col min="170" max="170" width="19.53125" customWidth="true"/>
+    <col min="171" max="171" width="19.53125" customWidth="true"/>
+    <col min="172" max="172" width="19.53125" customWidth="true"/>
+    <col min="173" max="173" width="19.53125" customWidth="true"/>
+    <col min="174" max="174" width="19.53125" customWidth="true"/>
+    <col min="175" max="175" width="19.53125" customWidth="true"/>
+    <col min="176" max="176" width="19.53125" customWidth="true"/>
+    <col min="177" max="177" width="19.53125" customWidth="true"/>
+    <col min="178" max="178" width="19.53125" customWidth="true"/>
+    <col min="179" max="179" width="19.53125" customWidth="true"/>
+    <col min="180" max="180" width="19.53125" customWidth="true"/>
+    <col min="181" max="181" width="19.53125" customWidth="true"/>
+    <col min="182" max="182" width="19.53125" customWidth="true"/>
+    <col min="183" max="183" width="19.53125" customWidth="true"/>
+    <col min="184" max="184" width="19.53125" customWidth="true"/>
+    <col min="185" max="185" width="19.53125" customWidth="true"/>
+    <col min="186" max="186" width="19.53125" customWidth="true"/>
+    <col min="187" max="187" width="19.53125" customWidth="true"/>
+    <col min="188" max="188" width="19.53125" customWidth="true"/>
+    <col min="189" max="189" width="19.53125" customWidth="true"/>
+    <col min="190" max="190" width="19.53125" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
-          <t>National results. 2015-2022 series</t>
+          <t>Environmental Accounts and Statistics</t>
         </is>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
     </row>
     <row r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
-          <t>Waste generation by sector of activity and households</t>
+          <t>Waste Account</t>
         </is>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
     </row>
     <row r="3">
       <c r="A3" s="11" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="B3" s="11"/>
       <c r="C3" s="11"/>
       <c r="D3" s="11"/>
       <c r="E3" s="11"/>
       <c r="F3" s="11"/>
       <c r="G3" s="11"/>
@@ -543,5996 +564,6725 @@
       <c r="F6" s="11"/>
       <c r="G6" s="11"/>
       <c r="H6" s="11"/>
       <c r="I6" s="11"/>
       <c r="J6" s="11"/>
       <c r="K6" s="11"/>
     </row>
     <row r="7">
       <c r="A7" s="12" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="B7" s="6" t="inlineStr">
         <is>
           <t>A. Agriculture, livestock, forestry and fishing (01 to 03)</t>
         </is>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6"/>
       <c r="E7" s="6"/>
       <c r="F7" s="6"/>
       <c r="G7" s="6"/>
       <c r="H7" s="6"/>
       <c r="I7" s="6"/>
-      <c r="J7" s="6" t="inlineStr">
+      <c r="J7" s="6"/>
+      <c r="K7" s="6" t="inlineStr">
         <is>
           <t>B. Extractive industries (05 to 09)</t>
         </is>
       </c>
-      <c r="K7" s="6"/>
       <c r="L7" s="6"/>
       <c r="M7" s="6"/>
       <c r="N7" s="6"/>
       <c r="O7" s="6"/>
       <c r="P7" s="6"/>
       <c r="Q7" s="6"/>
-      <c r="R7" s="6" t="inlineStr">
+      <c r="R7" s="6"/>
+      <c r="S7" s="6"/>
+      <c r="T7" s="6" t="inlineStr">
         <is>
           <t>C. Food industries, beverage manufacturing and tobacco industry (10 to 12)</t>
         </is>
       </c>
-      <c r="S7" s="6"/>
-      <c r="T7" s="6"/>
       <c r="U7" s="6"/>
       <c r="V7" s="6"/>
       <c r="W7" s="6"/>
       <c r="X7" s="6"/>
       <c r="Y7" s="6"/>
-      <c r="Z7" s="6" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="Z7" s="6"/>
       <c r="AA7" s="6"/>
       <c r="AB7" s="6"/>
-      <c r="AC7" s="6"/>
+      <c r="AC7" s="6" t="inlineStr">
+        <is>
+          <t>C. Textile industry, clothing manufacturing, leather and footwear industry (13 to 15)</t>
+        </is>
+      </c>
       <c r="AD7" s="6"/>
       <c r="AE7" s="6"/>
       <c r="AF7" s="6"/>
       <c r="AG7" s="6"/>
-      <c r="AH7" s="6" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="AH7" s="6"/>
       <c r="AI7" s="6"/>
       <c r="AJ7" s="6"/>
       <c r="AK7" s="6"/>
-      <c r="AL7" s="6"/>
+      <c r="AL7" s="6" t="inlineStr">
+        <is>
+          <t>C. Wood and cork industry (16)</t>
+        </is>
+      </c>
       <c r="AM7" s="6"/>
       <c r="AN7" s="6"/>
       <c r="AO7" s="6"/>
-      <c r="AP7" s="6" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="AP7" s="6"/>
       <c r="AQ7" s="6"/>
       <c r="AR7" s="6"/>
       <c r="AS7" s="6"/>
       <c r="AT7" s="6"/>
-      <c r="AU7" s="6"/>
+      <c r="AU7" s="6" t="inlineStr">
+        <is>
+          <t>C. Paper industry. Graphic arts and reproduction of engraved media (17 and 18)</t>
+        </is>
+      </c>
       <c r="AV7" s="6"/>
       <c r="AW7" s="6"/>
-      <c r="AX7" s="6" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="AX7" s="6"/>
       <c r="AY7" s="6"/>
       <c r="AZ7" s="6"/>
       <c r="BA7" s="6"/>
       <c r="BB7" s="6"/>
       <c r="BC7" s="6"/>
-      <c r="BD7" s="6"/>
+      <c r="BD7" s="6" t="inlineStr">
+        <is>
+          <t>C. Communal coke and petroleum refining (19)</t>
+        </is>
+      </c>
       <c r="BE7" s="6"/>
-      <c r="BF7" s="6" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="BF7" s="6"/>
       <c r="BG7" s="6"/>
       <c r="BH7" s="6"/>
       <c r="BI7" s="6"/>
       <c r="BJ7" s="6"/>
       <c r="BK7" s="6"/>
       <c r="BL7" s="6"/>
-      <c r="BM7" s="6"/>
-[...4 lines deleted...]
-      </c>
+      <c r="BM7" s="6" t="inlineStr">
+        <is>
+          <t>C. Chemical industry. Manufacturing of pharmaceutical products. Manufacturing of rubber and plastic products (20 to 22)</t>
+        </is>
+      </c>
+      <c r="BN7" s="6"/>
       <c r="BO7" s="6"/>
       <c r="BP7" s="6"/>
       <c r="BQ7" s="6"/>
       <c r="BR7" s="6"/>
       <c r="BS7" s="6"/>
       <c r="BT7" s="6"/>
       <c r="BU7" s="6"/>
       <c r="BV7" s="6" t="inlineStr">
         <is>
-          <t>C. Metallurgy, manufacture of iron, steel and ferroalloy products. Manufacture of metal products, except machinery and equipment (24 and 25)</t>
+          <t>C. Manufacture of other non-metallic mineral products (23)</t>
         </is>
       </c>
       <c r="BW7" s="6"/>
       <c r="BX7" s="6"/>
       <c r="BY7" s="6"/>
       <c r="BZ7" s="6"/>
       <c r="CA7" s="6"/>
       <c r="CB7" s="6"/>
       <c r="CC7" s="6"/>
-      <c r="CD7" s="6" t="inlineStr">
-[...4 lines deleted...]
-      <c r="CE7" s="6"/>
+      <c r="CD7" s="6"/>
+      <c r="CE7" s="6" t="inlineStr">
+        <is>
+          <t>C. Metallurgy, manufacture of iron, steel and ferroalloy products. Manufacture of metal products, except machinery and equipment (24 and 25)</t>
+        </is>
+      </c>
       <c r="CF7" s="6"/>
       <c r="CG7" s="6"/>
       <c r="CH7" s="6"/>
       <c r="CI7" s="6"/>
       <c r="CJ7" s="6"/>
       <c r="CK7" s="6"/>
-      <c r="CL7" s="6" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="CL7" s="6"/>
       <c r="CM7" s="6"/>
-      <c r="CN7" s="6"/>
+      <c r="CN7" s="6" t="inlineStr">
+        <is>
+          <t>C. Manufacturing of computer, electronic and optical products. Manufacturing of electrical material and equipment, machinery and equipment nec. Manufacturing of motor vehicles, trailers and semi-trailers and other transport material (26 to 30)</t>
+        </is>
+      </c>
       <c r="CO7" s="6"/>
       <c r="CP7" s="6"/>
       <c r="CQ7" s="6"/>
       <c r="CR7" s="6"/>
       <c r="CS7" s="6"/>
-      <c r="CT7" s="6" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="CT7" s="6"/>
       <c r="CU7" s="6"/>
       <c r="CV7" s="6"/>
-      <c r="CW7" s="6"/>
+      <c r="CW7" s="6" t="inlineStr">
+        <is>
+          <t>C. Furniture manufacturing. Other manufacturing industries. Repair and installation of machinery and equipment (31 to 33)</t>
+        </is>
+      </c>
       <c r="CX7" s="6"/>
       <c r="CY7" s="6"/>
       <c r="CZ7" s="6"/>
       <c r="DA7" s="6"/>
-      <c r="DB7" s="6" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="DB7" s="6"/>
       <c r="DC7" s="6"/>
       <c r="DD7" s="6"/>
       <c r="DE7" s="6"/>
-      <c r="DF7" s="6"/>
+      <c r="DF7" s="6" t="inlineStr">
+        <is>
+          <t>D. Supply of electricity, gas, steam and air conditioning (35)</t>
+        </is>
+      </c>
       <c r="DG7" s="6"/>
       <c r="DH7" s="6"/>
       <c r="DI7" s="6"/>
-      <c r="DJ7" s="6" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="DJ7" s="6"/>
       <c r="DK7" s="6"/>
       <c r="DL7" s="6"/>
       <c r="DM7" s="6"/>
       <c r="DN7" s="6"/>
-      <c r="DO7" s="6"/>
+      <c r="DO7" s="6" t="inlineStr">
+        <is>
+          <t>E. Water collection, purification and distribution. Wastewater collection and treatment. Decontamination activities and other waste management activities (36, 37 and 39)</t>
+        </is>
+      </c>
       <c r="DP7" s="6"/>
       <c r="DQ7" s="6"/>
-      <c r="DR7" s="6" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="DR7" s="6"/>
       <c r="DS7" s="6"/>
       <c r="DT7" s="6"/>
       <c r="DU7" s="6"/>
       <c r="DV7" s="6"/>
       <c r="DW7" s="6"/>
-      <c r="DX7" s="6"/>
+      <c r="DX7" s="6" t="inlineStr">
+        <is>
+          <t>E. Collection, treatment and disposal of waste. Recovery (38)</t>
+        </is>
+      </c>
       <c r="DY7" s="6"/>
-      <c r="DZ7" s="6" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="DZ7" s="6"/>
       <c r="EA7" s="6"/>
       <c r="EB7" s="6"/>
       <c r="EC7" s="6"/>
       <c r="ED7" s="6"/>
       <c r="EE7" s="6"/>
       <c r="EF7" s="6"/>
-      <c r="EG7" s="6"/>
-[...4 lines deleted...]
-      </c>
+      <c r="EG7" s="6" t="inlineStr">
+        <is>
+          <t>F. Construction (41 to 43)</t>
+        </is>
+      </c>
+      <c r="EH7" s="6"/>
       <c r="EI7" s="6"/>
       <c r="EJ7" s="6"/>
       <c r="EK7" s="6"/>
       <c r="EL7" s="6"/>
       <c r="EM7" s="6"/>
       <c r="EN7" s="6"/>
       <c r="EO7" s="6"/>
       <c r="EP7" s="6" t="inlineStr">
         <is>
-          <t>O,P,Q,R,S,U. Public administration and defense. Compulsory social security. Education. Health and social services, artistic, recreational and entertainment activities. Repair of household goods and other services (84 to 88, 90 to 96)</t>
+          <t>G, H, I. Wholesale and retail trade. Repair of motor vehicles and motorcycles. Transport and storage. Hospitality. (45-56)</t>
         </is>
       </c>
       <c r="EQ7" s="6"/>
       <c r="ER7" s="6"/>
       <c r="ES7" s="6"/>
       <c r="ET7" s="6"/>
       <c r="EU7" s="6"/>
       <c r="EV7" s="6"/>
       <c r="EW7" s="6"/>
-      <c r="EX7" s="6" t="inlineStr">
-[...4 lines deleted...]
-      <c r="EY7" s="6"/>
+      <c r="EX7" s="6"/>
+      <c r="EY7" s="6" t="inlineStr">
+        <is>
+          <t>J,K,L,M,N. Information and communications. Financial and insurance activities. Real estate activities. Professional, scientific and technical activities. Administrative activities and support services (58 to 82)</t>
+        </is>
+      </c>
       <c r="EZ7" s="6"/>
       <c r="FA7" s="6"/>
       <c r="FB7" s="6"/>
       <c r="FC7" s="6"/>
       <c r="FD7" s="6"/>
       <c r="FE7" s="6"/>
-      <c r="FF7" s="6" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="FF7" s="6"/>
       <c r="FG7" s="6"/>
-      <c r="FH7" s="6"/>
+      <c r="FH7" s="6" t="inlineStr">
+        <is>
+          <t>O,P,Q,R,S,U. Public administration and defense. Compulsory social security. Education. Health and social services, artistic, recreational and entertainment activities. Repair of household goods and other services (84 to 88, 90 to 96)</t>
+        </is>
+      </c>
       <c r="FI7" s="6"/>
       <c r="FJ7" s="6"/>
       <c r="FK7" s="6"/>
       <c r="FL7" s="6"/>
       <c r="FM7" s="6"/>
+      <c r="FN7" s="6"/>
+      <c r="FO7" s="6"/>
+      <c r="FP7" s="6"/>
+      <c r="FQ7" s="6" t="inlineStr">
+        <is>
+          <t>HH: Households</t>
+        </is>
+      </c>
+      <c r="FR7" s="6"/>
+      <c r="FS7" s="6"/>
+      <c r="FT7" s="6"/>
+      <c r="FU7" s="6"/>
+      <c r="FV7" s="6"/>
+      <c r="FW7" s="6"/>
+      <c r="FX7" s="6"/>
+      <c r="FY7" s="6"/>
+      <c r="FZ7" s="6" t="inlineStr">
+        <is>
+          <t>Total generation</t>
+        </is>
+      </c>
+      <c r="GA7" s="6"/>
+      <c r="GB7" s="6"/>
+      <c r="GC7" s="6"/>
+      <c r="GD7" s="6"/>
+      <c r="GE7" s="6"/>
+      <c r="GF7" s="6"/>
+      <c r="GG7" s="6"/>
+      <c r="GH7" s="6"/>
     </row>
     <row r="8">
       <c r="A8" s="12" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="C8" s="7" t="inlineStr">
+        <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="C8" s="7" t="inlineStr">
+      <c r="D8" s="7" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="D8" s="7" t="inlineStr">
+      <c r="E8" s="7" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="E8" s="7" t="inlineStr">
+      <c r="F8" s="7" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="F8" s="7" t="inlineStr">
+      <c r="G8" s="7" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="G8" s="7" t="inlineStr">
+      <c r="H8" s="7" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="H8" s="7" t="inlineStr">
+      <c r="I8" s="7" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="I8" s="7" t="inlineStr">
+      <c r="J8" s="7" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
-      <c r="J8" s="7" t="inlineStr">
+      <c r="K8" s="7" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="L8" s="7" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="K8" s="7" t="inlineStr">
+      <c r="M8" s="7" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="L8" s="7" t="inlineStr">
+      <c r="N8" s="7" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="M8" s="7" t="inlineStr">
+      <c r="O8" s="7" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="N8" s="7" t="inlineStr">
+      <c r="P8" s="7" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="O8" s="7" t="inlineStr">
+      <c r="Q8" s="7" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="P8" s="7" t="inlineStr">
+      <c r="R8" s="7" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="Q8" s="7" t="inlineStr">
+      <c r="S8" s="7" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
-      <c r="R8" s="7" t="inlineStr">
+      <c r="T8" s="7" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="U8" s="7" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="S8" s="7" t="inlineStr">
+      <c r="V8" s="7" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="T8" s="7" t="inlineStr">
+      <c r="W8" s="7" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="U8" s="7" t="inlineStr">
+      <c r="X8" s="7" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="V8" s="7" t="inlineStr">
+      <c r="Y8" s="7" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="W8" s="7" t="inlineStr">
+      <c r="Z8" s="7" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="X8" s="7" t="inlineStr">
+      <c r="AA8" s="7" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="Y8" s="7" t="inlineStr">
+      <c r="AB8" s="7" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
-      <c r="Z8" s="7" t="inlineStr">
+      <c r="AC8" s="7" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="AD8" s="7" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="AA8" s="7" t="inlineStr">
+      <c r="AE8" s="7" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="AB8" s="7" t="inlineStr">
+      <c r="AF8" s="7" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="AC8" s="7" t="inlineStr">
+      <c r="AG8" s="7" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="AD8" s="7" t="inlineStr">
+      <c r="AH8" s="7" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="AE8" s="7" t="inlineStr">
+      <c r="AI8" s="7" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="AF8" s="7" t="inlineStr">
+      <c r="AJ8" s="7" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="AG8" s="7" t="inlineStr">
+      <c r="AK8" s="7" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
-      <c r="AH8" s="7" t="inlineStr">
+      <c r="AL8" s="7" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="AM8" s="7" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="AI8" s="7" t="inlineStr">
+      <c r="AN8" s="7" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="AJ8" s="7" t="inlineStr">
+      <c r="AO8" s="7" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="AK8" s="7" t="inlineStr">
+      <c r="AP8" s="7" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="AL8" s="7" t="inlineStr">
+      <c r="AQ8" s="7" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="AM8" s="7" t="inlineStr">
+      <c r="AR8" s="7" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="AN8" s="7" t="inlineStr">
+      <c r="AS8" s="7" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="AO8" s="7" t="inlineStr">
+      <c r="AT8" s="7" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
-      <c r="AP8" s="7" t="inlineStr">
+      <c r="AU8" s="7" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="AV8" s="7" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="AQ8" s="7" t="inlineStr">
+      <c r="AW8" s="7" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="AR8" s="7" t="inlineStr">
+      <c r="AX8" s="7" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="AS8" s="7" t="inlineStr">
+      <c r="AY8" s="7" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="AT8" s="7" t="inlineStr">
+      <c r="AZ8" s="7" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="AU8" s="7" t="inlineStr">
+      <c r="BA8" s="7" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="AV8" s="7" t="inlineStr">
+      <c r="BB8" s="7" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="AW8" s="7" t="inlineStr">
+      <c r="BC8" s="7" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
-      <c r="AX8" s="7" t="inlineStr">
+      <c r="BD8" s="7" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="BE8" s="7" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="AY8" s="7" t="inlineStr">
+      <c r="BF8" s="7" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="AZ8" s="7" t="inlineStr">
+      <c r="BG8" s="7" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="BA8" s="7" t="inlineStr">
+      <c r="BH8" s="7" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="BB8" s="7" t="inlineStr">
+      <c r="BI8" s="7" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="BC8" s="7" t="inlineStr">
+      <c r="BJ8" s="7" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="BD8" s="7" t="inlineStr">
+      <c r="BK8" s="7" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="BE8" s="7" t="inlineStr">
+      <c r="BL8" s="7" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
-      <c r="BF8" s="7" t="inlineStr">
+      <c r="BM8" s="7" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="BN8" s="7" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="BG8" s="7" t="inlineStr">
+      <c r="BO8" s="7" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="BH8" s="7" t="inlineStr">
+      <c r="BP8" s="7" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="BI8" s="7" t="inlineStr">
+      <c r="BQ8" s="7" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="BJ8" s="7" t="inlineStr">
+      <c r="BR8" s="7" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="BK8" s="7" t="inlineStr">
+      <c r="BS8" s="7" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="BL8" s="7" t="inlineStr">
+      <c r="BT8" s="7" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="BM8" s="7" t="inlineStr">
+      <c r="BU8" s="7" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
-      <c r="BN8" s="7" t="inlineStr">
+      <c r="BV8" s="7" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="BW8" s="7" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="BO8" s="7" t="inlineStr">
+      <c r="BX8" s="7" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="BP8" s="7" t="inlineStr">
+      <c r="BY8" s="7" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="BQ8" s="7" t="inlineStr">
+      <c r="BZ8" s="7" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="BR8" s="7" t="inlineStr">
+      <c r="CA8" s="7" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="BS8" s="7" t="inlineStr">
+      <c r="CB8" s="7" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="BT8" s="7" t="inlineStr">
+      <c r="CC8" s="7" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="BU8" s="7" t="inlineStr">
+      <c r="CD8" s="7" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
-      <c r="BV8" s="7" t="inlineStr">
+      <c r="CE8" s="7" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="CF8" s="7" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="BW8" s="7" t="inlineStr">
+      <c r="CG8" s="7" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="BX8" s="7" t="inlineStr">
+      <c r="CH8" s="7" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="BY8" s="7" t="inlineStr">
+      <c r="CI8" s="7" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="BZ8" s="7" t="inlineStr">
+      <c r="CJ8" s="7" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="CA8" s="7" t="inlineStr">
+      <c r="CK8" s="7" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="CB8" s="7" t="inlineStr">
+      <c r="CL8" s="7" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="CC8" s="7" t="inlineStr">
+      <c r="CM8" s="7" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
-      <c r="CD8" s="7" t="inlineStr">
+      <c r="CN8" s="7" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="CO8" s="7" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="CE8" s="7" t="inlineStr">
+      <c r="CP8" s="7" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="CF8" s="7" t="inlineStr">
+      <c r="CQ8" s="7" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="CG8" s="7" t="inlineStr">
+      <c r="CR8" s="7" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="CH8" s="7" t="inlineStr">
+      <c r="CS8" s="7" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="CI8" s="7" t="inlineStr">
+      <c r="CT8" s="7" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="CJ8" s="7" t="inlineStr">
+      <c r="CU8" s="7" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="CK8" s="7" t="inlineStr">
+      <c r="CV8" s="7" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
-      <c r="CL8" s="7" t="inlineStr">
+      <c r="CW8" s="7" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="CX8" s="7" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="CM8" s="7" t="inlineStr">
+      <c r="CY8" s="7" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="CN8" s="7" t="inlineStr">
+      <c r="CZ8" s="7" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="CO8" s="7" t="inlineStr">
+      <c r="DA8" s="7" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="CP8" s="7" t="inlineStr">
+      <c r="DB8" s="7" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="CQ8" s="7" t="inlineStr">
+      <c r="DC8" s="7" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="CR8" s="7" t="inlineStr">
+      <c r="DD8" s="7" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="CS8" s="7" t="inlineStr">
+      <c r="DE8" s="7" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
-      <c r="CT8" s="7" t="inlineStr">
+      <c r="DF8" s="7" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="DG8" s="7" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="CU8" s="7" t="inlineStr">
+      <c r="DH8" s="7" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="CV8" s="7" t="inlineStr">
+      <c r="DI8" s="7" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="CW8" s="7" t="inlineStr">
+      <c r="DJ8" s="7" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="CX8" s="7" t="inlineStr">
+      <c r="DK8" s="7" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="CY8" s="7" t="inlineStr">
+      <c r="DL8" s="7" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="CZ8" s="7" t="inlineStr">
+      <c r="DM8" s="7" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="DA8" s="7" t="inlineStr">
+      <c r="DN8" s="7" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
-      <c r="DB8" s="7" t="inlineStr">
+      <c r="DO8" s="7" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="DP8" s="7" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="DC8" s="7" t="inlineStr">
+      <c r="DQ8" s="7" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="DD8" s="7" t="inlineStr">
+      <c r="DR8" s="7" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="DE8" s="7" t="inlineStr">
+      <c r="DS8" s="7" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="DF8" s="7" t="inlineStr">
+      <c r="DT8" s="7" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="DG8" s="7" t="inlineStr">
+      <c r="DU8" s="7" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="DH8" s="7" t="inlineStr">
+      <c r="DV8" s="7" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="DI8" s="7" t="inlineStr">
+      <c r="DW8" s="7" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
-      <c r="DJ8" s="7" t="inlineStr">
+      <c r="DX8" s="7" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="DY8" s="7" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="DK8" s="7" t="inlineStr">
+      <c r="DZ8" s="7" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="DL8" s="7" t="inlineStr">
+      <c r="EA8" s="7" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="DM8" s="7" t="inlineStr">
+      <c r="EB8" s="7" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="DN8" s="7" t="inlineStr">
+      <c r="EC8" s="7" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="DO8" s="7" t="inlineStr">
+      <c r="ED8" s="7" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="DP8" s="7" t="inlineStr">
+      <c r="EE8" s="7" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="DQ8" s="7" t="inlineStr">
+      <c r="EF8" s="7" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
-      <c r="DR8" s="7" t="inlineStr">
+      <c r="EG8" s="7" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="EH8" s="7" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="DS8" s="7" t="inlineStr">
+      <c r="EI8" s="7" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="DT8" s="7" t="inlineStr">
+      <c r="EJ8" s="7" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="DU8" s="7" t="inlineStr">
+      <c r="EK8" s="7" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="DV8" s="7" t="inlineStr">
+      <c r="EL8" s="7" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="DW8" s="7" t="inlineStr">
+      <c r="EM8" s="7" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="DX8" s="7" t="inlineStr">
+      <c r="EN8" s="7" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="DY8" s="7" t="inlineStr">
+      <c r="EO8" s="7" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
-      <c r="DZ8" s="7" t="inlineStr">
+      <c r="EP8" s="7" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="EQ8" s="7" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="EA8" s="7" t="inlineStr">
+      <c r="ER8" s="7" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="EB8" s="7" t="inlineStr">
+      <c r="ES8" s="7" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="EC8" s="7" t="inlineStr">
+      <c r="ET8" s="7" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="ED8" s="7" t="inlineStr">
+      <c r="EU8" s="7" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="EE8" s="7" t="inlineStr">
+      <c r="EV8" s="7" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="EF8" s="7" t="inlineStr">
+      <c r="EW8" s="7" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="EG8" s="7" t="inlineStr">
+      <c r="EX8" s="7" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
-      <c r="EH8" s="7" t="inlineStr">
+      <c r="EY8" s="7" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="EZ8" s="7" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="EI8" s="7" t="inlineStr">
+      <c r="FA8" s="7" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="EJ8" s="7" t="inlineStr">
+      <c r="FB8" s="7" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="EK8" s="7" t="inlineStr">
+      <c r="FC8" s="7" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="EL8" s="7" t="inlineStr">
+      <c r="FD8" s="7" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="EM8" s="7" t="inlineStr">
+      <c r="FE8" s="7" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="EN8" s="7" t="inlineStr">
+      <c r="FF8" s="7" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="EO8" s="7" t="inlineStr">
+      <c r="FG8" s="7" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
-      <c r="EP8" s="7" t="inlineStr">
+      <c r="FH8" s="7" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="FI8" s="7" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="EQ8" s="7" t="inlineStr">
+      <c r="FJ8" s="7" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="ER8" s="7" t="inlineStr">
+      <c r="FK8" s="7" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="ES8" s="7" t="inlineStr">
+      <c r="FL8" s="7" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="ET8" s="7" t="inlineStr">
+      <c r="FM8" s="7" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="EU8" s="7" t="inlineStr">
+      <c r="FN8" s="7" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="EV8" s="7" t="inlineStr">
+      <c r="FO8" s="7" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="EW8" s="7" t="inlineStr">
+      <c r="FP8" s="7" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
-      <c r="EX8" s="7" t="inlineStr">
+      <c r="FQ8" s="7" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="FR8" s="7" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="EY8" s="7" t="inlineStr">
+      <c r="FS8" s="7" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="EZ8" s="7" t="inlineStr">
+      <c r="FT8" s="7" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="FA8" s="7" t="inlineStr">
+      <c r="FU8" s="7" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="FB8" s="7" t="inlineStr">
+      <c r="FV8" s="7" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="FC8" s="7" t="inlineStr">
+      <c r="FW8" s="7" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="FD8" s="7" t="inlineStr">
+      <c r="FX8" s="7" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="FE8" s="7" t="inlineStr">
+      <c r="FY8" s="7" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
-      <c r="FF8" s="7" t="inlineStr">
+      <c r="FZ8" s="7" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="GA8" s="7" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="FG8" s="7" t="inlineStr">
+      <c r="GB8" s="7" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="FH8" s="7" t="inlineStr">
+      <c r="GC8" s="7" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="FI8" s="7" t="inlineStr">
+      <c r="GD8" s="7" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="FJ8" s="7" t="inlineStr">
+      <c r="GE8" s="7" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="FK8" s="7" t="inlineStr">
+      <c r="GF8" s="7" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="FL8" s="7" t="inlineStr">
+      <c r="GG8" s="7" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="FM8" s="7" t="inlineStr">
+      <c r="GH8" s="7" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="6" t="inlineStr">
         <is>
           <t>01.1 Used solvents P</t>
         </is>
       </c>
       <c r="B9" s="14" t="n">
+        <v>154.5</v>
+      </c>
+      <c r="C9" s="14" t="n">
         <v>158.5</v>
       </c>
-      <c r="C9" s="14" t="n">
+      <c r="D9" s="14" t="n">
         <v>163.5</v>
       </c>
-      <c r="D9" s="14" t="n">
+      <c r="E9" s="14" t="n">
         <v>163.4</v>
       </c>
-      <c r="E9" s="14" t="n">
+      <c r="F9" s="14" t="n">
         <v>162.0</v>
       </c>
-      <c r="F9" s="14" t="n">
+      <c r="G9" s="14" t="n">
         <v>163.5</v>
       </c>
-      <c r="G9" s="14" t="n">
+      <c r="H9" s="14" t="n">
         <v>151.0</v>
       </c>
-      <c r="H9" s="14" t="n">
+      <c r="I9" s="14" t="n">
         <v>165.9</v>
       </c>
-      <c r="I9" s="14" t="n">
+      <c r="J9" s="14" t="n">
         <v>164.6</v>
       </c>
-      <c r="J9" s="14" t="n">
+      <c r="K9" s="14" t="n">
+        <v>23.7</v>
+      </c>
+      <c r="L9" s="14" t="n">
         <v>22.2</v>
       </c>
-      <c r="K9" s="14" t="n">
+      <c r="M9" s="14" t="n">
         <v>22.1</v>
       </c>
-      <c r="L9" s="14" t="n">
+      <c r="N9" s="14" t="n">
         <v>18.3</v>
       </c>
-      <c r="M9" s="14" t="n">
+      <c r="O9" s="14" t="n">
         <v>22.9</v>
       </c>
-      <c r="N9" s="14" t="n">
+      <c r="P9" s="14" t="n">
         <v>26.0</v>
       </c>
-      <c r="O9" s="14" t="n">
+      <c r="Q9" s="14" t="n">
         <v>33.2</v>
       </c>
-      <c r="P9" s="14" t="n">
+      <c r="R9" s="14" t="n">
         <v>30.4</v>
       </c>
-      <c r="Q9" s="14" t="n">
+      <c r="S9" s="14" t="n">
         <v>21.2</v>
       </c>
-      <c r="R9" s="14" t="n">
+      <c r="T9" s="14" t="n">
+        <v>320.9</v>
+      </c>
+      <c r="U9" s="14" t="n">
         <v>334.3</v>
       </c>
-      <c r="S9" s="14" t="n">
+      <c r="V9" s="14" t="n">
         <v>185.0</v>
       </c>
-      <c r="T9" s="14" t="n">
+      <c r="W9" s="14" t="n">
         <v>179.4</v>
       </c>
-      <c r="U9" s="14" t="n">
+      <c r="X9" s="14" t="n">
         <v>113.9</v>
       </c>
-      <c r="V9" s="14" t="n">
+      <c r="Y9" s="14" t="n">
         <v>109.6</v>
       </c>
-      <c r="W9" s="14" t="n">
+      <c r="Z9" s="14" t="n">
         <v>186.4</v>
       </c>
-      <c r="X9" s="14" t="n">
+      <c r="AA9" s="14" t="n">
         <v>164.9</v>
       </c>
-      <c r="Y9" s="14" t="n">
+      <c r="AB9" s="14" t="n">
         <v>117.0</v>
       </c>
-      <c r="Z9" s="14" t="n">
+      <c r="AC9" s="14" t="n">
+        <v>132.6</v>
+      </c>
+      <c r="AD9" s="14" t="n">
         <v>154.2</v>
       </c>
-      <c r="AA9" s="14" t="n">
+      <c r="AE9" s="14" t="n">
         <v>125.2</v>
       </c>
-      <c r="AB9" s="14" t="n">
+      <c r="AF9" s="14" t="n">
         <v>117.2</v>
       </c>
-      <c r="AC9" s="14" t="n">
+      <c r="AG9" s="14" t="n">
         <v>190.0</v>
       </c>
-      <c r="AD9" s="14" t="n">
+      <c r="AH9" s="14" t="n">
         <v>191.5</v>
       </c>
-      <c r="AE9" s="14" t="n">
+      <c r="AI9" s="14" t="n">
         <v>152.9</v>
       </c>
-      <c r="AF9" s="14" t="n">
+      <c r="AJ9" s="14" t="n">
         <v>158.0</v>
       </c>
-      <c r="AG9" s="14" t="n">
+      <c r="AK9" s="14" t="n">
         <v>163.5</v>
       </c>
-      <c r="AH9" s="14" t="n">
+      <c r="AL9" s="14" t="n">
+        <v>299.0</v>
+      </c>
+      <c r="AM9" s="14" t="n">
         <v>333.7</v>
       </c>
-      <c r="AI9" s="14" t="n">
+      <c r="AN9" s="14" t="n">
         <v>243.7</v>
       </c>
-      <c r="AJ9" s="14" t="n">
+      <c r="AO9" s="14" t="n">
         <v>225.4</v>
       </c>
-      <c r="AK9" s="14" t="n">
+      <c r="AP9" s="14" t="n">
         <v>112.2</v>
       </c>
-      <c r="AL9" s="14" t="n">
+      <c r="AQ9" s="14" t="n">
         <v>109.5</v>
       </c>
-      <c r="AM9" s="14" t="n">
+      <c r="AR9" s="14" t="n">
         <v>408.3</v>
       </c>
-      <c r="AN9" s="14" t="n">
+      <c r="AS9" s="14" t="n">
         <v>380.3</v>
       </c>
-      <c r="AO9" s="14" t="n">
+      <c r="AT9" s="14" t="n">
         <v>350.8</v>
       </c>
-      <c r="AP9" s="14" t="n">
+      <c r="AU9" s="14" t="n">
+        <v>993.2</v>
+      </c>
+      <c r="AV9" s="14" t="n">
         <v>1055.9</v>
       </c>
-      <c r="AQ9" s="14" t="n">
+      <c r="AW9" s="14" t="n">
         <v>1106.1</v>
       </c>
-      <c r="AR9" s="14" t="n">
+      <c r="AX9" s="14" t="n">
         <v>1084.2</v>
       </c>
-      <c r="AS9" s="14" t="n">
+      <c r="AY9" s="14" t="n">
         <v>1737.3</v>
       </c>
-      <c r="AT9" s="14" t="n">
+      <c r="AZ9" s="14" t="n">
         <v>1727.7</v>
       </c>
-      <c r="AU9" s="14" t="n">
+      <c r="BA9" s="14" t="n">
         <v>1973.7</v>
       </c>
-      <c r="AV9" s="14" t="n">
+      <c r="BB9" s="14" t="n">
         <v>1723.9</v>
       </c>
-      <c r="AW9" s="14" t="n">
+      <c r="BC9" s="14" t="n">
         <v>2693.6</v>
       </c>
-      <c r="AX9" s="14" t="n">
+      <c r="BD9" s="14" t="n">
+        <v>49.2</v>
+      </c>
+      <c r="BE9" s="14" t="n">
         <v>52.3</v>
       </c>
-      <c r="AY9" s="14" t="n">
+      <c r="BF9" s="14" t="n">
         <v>63.5</v>
       </c>
-      <c r="AZ9" s="14" t="n">
+      <c r="BG9" s="14" t="n">
         <v>35.2</v>
       </c>
-      <c r="BA9" s="14" t="n">
+      <c r="BH9" s="14" t="n">
         <v>65.9</v>
       </c>
-      <c r="BB9" s="14" t="n">
+      <c r="BI9" s="14" t="n">
         <v>152.4</v>
       </c>
-      <c r="BC9" s="14" t="n">
+      <c r="BJ9" s="14" t="n">
         <v>153.3</v>
       </c>
-      <c r="BD9" s="14" t="n">
+      <c r="BK9" s="14" t="n">
         <v>107.4</v>
       </c>
-      <c r="BE9" s="14" t="n">
+      <c r="BL9" s="14" t="n">
         <v>45.6</v>
       </c>
-      <c r="BF9" s="14" t="n">
+      <c r="BM9" s="14" t="n">
+        <v>100394.0</v>
+      </c>
+      <c r="BN9" s="14" t="n">
         <v>104722.4</v>
       </c>
-      <c r="BG9" s="14" t="n">
+      <c r="BO9" s="14" t="n">
         <v>121958.1</v>
       </c>
-      <c r="BH9" s="14" t="n">
+      <c r="BP9" s="14" t="n">
         <v>119278.5</v>
       </c>
-      <c r="BI9" s="14" t="n">
+      <c r="BQ9" s="14" t="n">
         <v>126261.3</v>
       </c>
-      <c r="BJ9" s="14" t="n">
+      <c r="BR9" s="14" t="n">
         <v>124893.7</v>
       </c>
-      <c r="BK9" s="14" t="n">
+      <c r="BS9" s="14" t="n">
         <v>122782.2</v>
       </c>
-      <c r="BL9" s="14" t="n">
+      <c r="BT9" s="14" t="n">
         <v>127727.3</v>
       </c>
-      <c r="BM9" s="14" t="n">
+      <c r="BU9" s="14" t="n">
         <v>114896.1</v>
       </c>
-      <c r="BN9" s="14" t="n">
+      <c r="BV9" s="14" t="n">
+        <v>730.1</v>
+      </c>
+      <c r="BW9" s="14" t="n">
         <v>792.9</v>
       </c>
-      <c r="BO9" s="14" t="n">
+      <c r="BX9" s="14" t="n">
         <v>637.8</v>
       </c>
-      <c r="BP9" s="14" t="n">
+      <c r="BY9" s="14" t="n">
         <v>583.6</v>
       </c>
-      <c r="BQ9" s="14" t="n">
+      <c r="BZ9" s="14" t="n">
         <v>735.8</v>
       </c>
-      <c r="BR9" s="14" t="n">
+      <c r="CA9" s="14" t="n">
         <v>691.9</v>
       </c>
-      <c r="BS9" s="14" t="n">
+      <c r="CB9" s="14" t="n">
         <v>528.2</v>
       </c>
-      <c r="BT9" s="14" t="n">
+      <c r="CC9" s="14" t="n">
         <v>527.7</v>
       </c>
-      <c r="BU9" s="14" t="n">
+      <c r="CD9" s="14" t="n">
         <v>578.6</v>
       </c>
-      <c r="BV9" s="14" t="n">
+      <c r="CE9" s="14" t="n">
+        <v>2461.7</v>
+      </c>
+      <c r="CF9" s="14" t="n">
         <v>2521.5</v>
       </c>
-      <c r="BW9" s="14" t="n">
+      <c r="CG9" s="14" t="n">
         <v>3921.6</v>
       </c>
-      <c r="BX9" s="14" t="n">
+      <c r="CH9" s="14" t="n">
         <v>4038.3</v>
       </c>
-      <c r="BY9" s="14" t="n">
+      <c r="CI9" s="14" t="n">
         <v>2368.3</v>
       </c>
-      <c r="BZ9" s="14" t="n">
+      <c r="CJ9" s="14" t="n">
         <v>2448.5</v>
       </c>
-      <c r="CA9" s="14" t="n">
+      <c r="CK9" s="14" t="n">
         <v>3314.9</v>
       </c>
-      <c r="CB9" s="14" t="n">
+      <c r="CL9" s="14" t="n">
         <v>3200.0</v>
       </c>
-      <c r="CC9" s="14" t="n">
+      <c r="CM9" s="14" t="n">
         <v>2701.5</v>
       </c>
-      <c r="CD9" s="14" t="n">
+      <c r="CN9" s="14" t="n">
+        <v>2785.5</v>
+      </c>
+      <c r="CO9" s="14" t="n">
         <v>2871.8</v>
       </c>
-      <c r="CE9" s="14" t="n">
+      <c r="CP9" s="14" t="n">
         <v>3393.5</v>
       </c>
-      <c r="CF9" s="14" t="n">
+      <c r="CQ9" s="14" t="n">
         <v>3457.1</v>
       </c>
-      <c r="CG9" s="14" t="n">
+      <c r="CR9" s="14" t="n">
         <v>3307.3</v>
       </c>
-      <c r="CH9" s="14" t="n">
+      <c r="CS9" s="14" t="n">
         <v>3220.7</v>
       </c>
-      <c r="CI9" s="14" t="n">
+      <c r="CT9" s="14" t="n">
         <v>3778.2</v>
       </c>
-      <c r="CJ9" s="14" t="n">
+      <c r="CU9" s="14" t="n">
         <v>3978.3</v>
       </c>
-      <c r="CK9" s="14" t="n">
+      <c r="CV9" s="14" t="n">
         <v>4266.9</v>
       </c>
-      <c r="CL9" s="14" t="n">
+      <c r="CW9" s="14" t="n">
+        <v>923.1</v>
+      </c>
+      <c r="CX9" s="14" t="n">
         <v>847.1</v>
       </c>
-      <c r="CM9" s="14" t="n">
+      <c r="CY9" s="14" t="n">
         <v>822.4</v>
       </c>
-      <c r="CN9" s="14" t="n">
+      <c r="CZ9" s="14" t="n">
         <v>838.8</v>
       </c>
-      <c r="CO9" s="14" t="n">
+      <c r="DA9" s="14" t="n">
         <v>681.6</v>
       </c>
-      <c r="CP9" s="14" t="n">
+      <c r="DB9" s="14" t="n">
         <v>638.6</v>
       </c>
-      <c r="CQ9" s="14" t="n">
+      <c r="DC9" s="14" t="n">
         <v>1151.8</v>
       </c>
-      <c r="CR9" s="14" t="n">
+      <c r="DD9" s="14" t="n">
         <v>1083.9</v>
       </c>
-      <c r="CS9" s="14" t="n">
+      <c r="DE9" s="14" t="n">
         <v>1379.8</v>
       </c>
-      <c r="CT9" s="14" t="n">
+      <c r="DF9" s="14" t="n">
+        <v>49.8</v>
+      </c>
+      <c r="DG9" s="14" t="n">
         <v>51.1</v>
       </c>
-      <c r="CU9" s="14" t="n">
+      <c r="DH9" s="14" t="n">
         <v>80.2</v>
       </c>
-      <c r="CV9" s="14" t="n">
+      <c r="DI9" s="14" t="n">
         <v>79.8</v>
       </c>
-      <c r="CW9" s="14" t="n">
+      <c r="DJ9" s="14" t="n">
         <v>93.6</v>
       </c>
-      <c r="CX9" s="14" t="n">
+      <c r="DK9" s="14" t="n">
         <v>91.1</v>
       </c>
-      <c r="CY9" s="14" t="n">
+      <c r="DL9" s="14" t="n">
         <v>59.3</v>
       </c>
-      <c r="CZ9" s="14" t="n">
+      <c r="DM9" s="14" t="n">
         <v>59.4</v>
       </c>
-      <c r="DA9" s="14" t="n">
+      <c r="DN9" s="14" t="n">
         <v>39.4</v>
       </c>
-      <c r="DB9" s="14" t="n">
+      <c r="DO9" s="14" t="n">
+        <v>605.0</v>
+      </c>
+      <c r="DP9" s="14" t="n">
         <v>279.5</v>
       </c>
-      <c r="DC9" s="14" t="n">
+      <c r="DQ9" s="14" t="n">
         <v>393.6</v>
       </c>
-      <c r="DD9" s="14" t="n">
+      <c r="DR9" s="14" t="n">
         <v>388.2</v>
       </c>
-      <c r="DE9" s="14" t="n">
+      <c r="DS9" s="14" t="n">
         <v>421.1</v>
       </c>
-      <c r="DF9" s="14" t="n">
+      <c r="DT9" s="14" t="n">
         <v>1915.4</v>
       </c>
-      <c r="DG9" s="14" t="n">
+      <c r="DU9" s="14" t="n">
         <v>3888.5</v>
       </c>
-      <c r="DH9" s="14" t="n">
+      <c r="DV9" s="14" t="n">
         <v>2872.7</v>
       </c>
-      <c r="DI9" s="14" t="n">
+      <c r="DW9" s="14" t="n">
         <v>723.7</v>
       </c>
-      <c r="DJ9" s="14" t="n">
+      <c r="DX9" s="14" t="n">
+        <v>26254.9</v>
+      </c>
+      <c r="DY9" s="14" t="n">
         <v>30124.8</v>
       </c>
-      <c r="DK9" s="14" t="n">
+      <c r="DZ9" s="14" t="n">
         <v>24107.9</v>
       </c>
-      <c r="DL9" s="14" t="n">
+      <c r="EA9" s="14" t="n">
         <v>25942.4</v>
       </c>
-      <c r="DM9" s="14" t="n">
+      <c r="EB9" s="14" t="n">
         <v>24470.1</v>
       </c>
-      <c r="DN9" s="14" t="n">
+      <c r="EC9" s="14" t="n">
         <v>29040.3</v>
       </c>
-      <c r="DO9" s="14" t="n">
+      <c r="ED9" s="14" t="n">
         <v>30437.3</v>
       </c>
-      <c r="DP9" s="14" t="n">
+      <c r="EE9" s="14" t="n">
         <v>29729.0</v>
       </c>
-      <c r="DQ9" s="14" t="n">
+      <c r="EF9" s="14" t="n">
         <v>28439.8</v>
       </c>
-      <c r="DR9" s="14" t="n">
+      <c r="EG9" s="14" t="n">
+        <v>86.9</v>
+      </c>
+      <c r="EH9" s="14" t="n">
         <v>369.5</v>
       </c>
-      <c r="DS9" s="14" t="n">
+      <c r="EI9" s="14" t="n">
         <v>375.8</v>
       </c>
-      <c r="DT9" s="14" t="n">
+      <c r="EJ9" s="14" t="n">
         <v>109.6</v>
       </c>
-      <c r="DU9" s="14" t="n">
+      <c r="EK9" s="14" t="n">
         <v>118.5</v>
       </c>
-      <c r="DV9" s="14" t="n">
+      <c r="EL9" s="14" t="n">
         <v>409.8</v>
       </c>
-      <c r="DW9" s="14" t="n">
+      <c r="EM9" s="14" t="n">
         <v>378.3</v>
       </c>
-      <c r="DX9" s="14" t="n">
+      <c r="EN9" s="14" t="n">
         <v>138.8</v>
       </c>
-      <c r="DY9" s="14" t="n">
+      <c r="EO9" s="14" t="n">
         <v>141.3</v>
       </c>
-      <c r="DZ9" s="14" t="n">
+      <c r="EP9" s="14" t="n">
+        <v>5108.3</v>
+      </c>
+      <c r="EQ9" s="14" t="n">
         <v>5639.4</v>
       </c>
-      <c r="EA9" s="14" t="n">
+      <c r="ER9" s="14" t="n">
         <v>5000.1</v>
       </c>
-      <c r="EB9" s="14" t="n">
+      <c r="ES9" s="14" t="n">
         <v>5215.9</v>
       </c>
-      <c r="EC9" s="14" t="n">
+      <c r="ET9" s="14" t="n">
         <v>6036.7</v>
       </c>
-      <c r="ED9" s="14" t="n">
+      <c r="EU9" s="14" t="n">
         <v>5983.7</v>
       </c>
-      <c r="EE9" s="14" t="n">
+      <c r="EV9" s="14" t="n">
         <v>5954.8</v>
       </c>
-      <c r="EF9" s="14" t="n">
+      <c r="EW9" s="14" t="n">
         <v>4930.4</v>
       </c>
-      <c r="EG9" s="14" t="n">
+      <c r="EX9" s="14" t="n">
         <v>4763.7</v>
       </c>
-      <c r="EH9" s="14" t="n">
+      <c r="EY9" s="14" t="n">
+        <v>610.6</v>
+      </c>
+      <c r="EZ9" s="14" t="n">
         <v>703.3</v>
       </c>
-      <c r="EI9" s="14" t="n">
+      <c r="FA9" s="14" t="n">
         <v>669.9</v>
       </c>
-      <c r="EJ9" s="14" t="n">
+      <c r="FB9" s="14" t="n">
         <v>722.4</v>
       </c>
-      <c r="EK9" s="14" t="n">
+      <c r="FC9" s="14" t="n">
         <v>749.1</v>
       </c>
-      <c r="EL9" s="14" t="n">
+      <c r="FD9" s="14" t="n">
         <v>577.1</v>
       </c>
-      <c r="EM9" s="14" t="n">
+      <c r="FE9" s="14" t="n">
         <v>549.9</v>
       </c>
-      <c r="EN9" s="14" t="n">
+      <c r="FF9" s="14" t="n">
         <v>910.9</v>
       </c>
-      <c r="EO9" s="14" t="n">
+      <c r="FG9" s="14" t="n">
         <v>889.0</v>
       </c>
-      <c r="EP9" s="14" t="n">
+      <c r="FH9" s="14" t="n">
+        <v>1032.3</v>
+      </c>
+      <c r="FI9" s="14" t="n">
         <v>947.0</v>
       </c>
-      <c r="EQ9" s="14" t="n">
+      <c r="FJ9" s="14" t="n">
         <v>950.1</v>
       </c>
-      <c r="ER9" s="14" t="n">
+      <c r="FK9" s="14" t="n">
         <v>1111.1</v>
       </c>
-      <c r="ES9" s="14" t="n">
+      <c r="FL9" s="14" t="n">
         <v>1195.8</v>
       </c>
-      <c r="ET9" s="14" t="n">
+      <c r="FM9" s="14" t="n">
         <v>731.8</v>
       </c>
-      <c r="EU9" s="14" t="n">
+      <c r="FN9" s="14" t="n">
         <v>698.1</v>
       </c>
-      <c r="EV9" s="14" t="n">
+      <c r="FO9" s="14" t="n">
         <v>2308.2</v>
       </c>
-      <c r="EW9" s="14" t="n">
+      <c r="FP9" s="14" t="n">
         <v>2220.4</v>
       </c>
-      <c r="EX9" s="13" t="inlineStr">
-[...39 lines deleted...]
-      <c r="FF9" s="14" t="n">
+      <c r="FQ9" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FR9" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FS9" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FT9" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FU9" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FV9" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FW9" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FX9" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FY9" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FZ9" s="14" t="n">
+        <v>143015.3</v>
+      </c>
+      <c r="GA9" s="14" t="n">
         <v>151981.4</v>
       </c>
-      <c r="FG9" s="14" t="n">
+      <c r="GB9" s="14" t="n">
         <v>164220.1</v>
       </c>
-      <c r="FH9" s="14" t="n">
+      <c r="GC9" s="14" t="n">
         <v>163588.8</v>
       </c>
-      <c r="FI9" s="14" t="n">
+      <c r="GD9" s="14" t="n">
         <v>168843.4</v>
       </c>
-      <c r="FJ9" s="14" t="n">
+      <c r="GE9" s="14" t="n">
         <v>173122.8</v>
       </c>
-      <c r="FK9" s="14" t="n">
+      <c r="GF9" s="14" t="n">
         <v>176580.3</v>
       </c>
-      <c r="FL9" s="14" t="n">
+      <c r="GG9" s="14" t="n">
         <v>180197.4</v>
       </c>
-      <c r="FM9" s="14" t="n">
+      <c r="GH9" s="14" t="n">
         <v>164596.5</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="6" t="inlineStr">
         <is>
           <t>01.2 Acidic, alkaline or saline waste NP</t>
         </is>
       </c>
       <c r="B10" s="14" t="n">
+        <v>747.9</v>
+      </c>
+      <c r="C10" s="14" t="n">
         <v>790.8</v>
       </c>
-      <c r="C10" s="14" t="n">
+      <c r="D10" s="14" t="n">
         <v>860.1</v>
       </c>
-      <c r="D10" s="14" t="n">
+      <c r="E10" s="14" t="n">
         <v>862.4</v>
       </c>
-      <c r="E10" s="14" t="n">
+      <c r="F10" s="14" t="n">
         <v>821.7</v>
       </c>
-      <c r="F10" s="14" t="n">
+      <c r="G10" s="14" t="n">
         <v>855.1</v>
       </c>
-      <c r="G10" s="14" t="n">
+      <c r="H10" s="14" t="n">
         <v>792.5</v>
       </c>
-      <c r="H10" s="14" t="n">
+      <c r="I10" s="14" t="n">
         <v>849.3</v>
       </c>
-      <c r="I10" s="14" t="n">
+      <c r="J10" s="14" t="n">
         <v>819.7</v>
       </c>
-      <c r="J10" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="K10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="L10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="M10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="O10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="P10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="Q10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="R10" s="14" t="n">
+      <c r="R10" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="S10" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="T10" s="14" t="n">
+        <v>3.4</v>
+      </c>
+      <c r="U10" s="14" t="n">
         <v>3.5</v>
       </c>
-      <c r="S10" s="14" t="n">
+      <c r="V10" s="14" t="n">
         <v>5.3</v>
       </c>
-      <c r="T10" s="14" t="n">
+      <c r="W10" s="14" t="n">
         <v>5.2</v>
       </c>
-      <c r="U10" s="14" t="n">
+      <c r="X10" s="14" t="n">
         <v>407.8</v>
       </c>
-      <c r="V10" s="14" t="n">
+      <c r="Y10" s="14" t="n">
         <v>392.4</v>
       </c>
-      <c r="W10" s="14" t="n">
+      <c r="Z10" s="14" t="n">
         <v>391.6</v>
       </c>
-      <c r="X10" s="14" t="n">
+      <c r="AA10" s="14" t="n">
         <v>379.3</v>
       </c>
-      <c r="Y10" s="14" t="n">
+      <c r="AB10" s="14" t="n">
         <v>276.8</v>
       </c>
-      <c r="Z10" s="13" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA10" s="14" t="n">
+      <c r="AC10" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AD10" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AE10" s="14" t="n">
         <v>0.5</v>
       </c>
-      <c r="AB10" s="14" t="n">
+      <c r="AF10" s="14" t="n">
         <v>0.5</v>
       </c>
-      <c r="AC10" s="13" t="inlineStr">
-[...19 lines deleted...]
-      <c r="AG10" s="14" t="n">
+      <c r="AG10" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AH10" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AI10" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AJ10" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AK10" s="14" t="n">
         <v>148.2</v>
       </c>
-      <c r="AH10" s="13" t="inlineStr">
-[...18 lines deleted...]
-      </c>
       <c r="AL10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AM10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AN10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AO10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AP10" s="14" t="n">
+      <c r="AP10" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AQ10" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AR10" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AS10" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AT10" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AU10" s="14" t="n">
+        <v>90954.9</v>
+      </c>
+      <c r="AV10" s="14" t="n">
         <v>96700.5</v>
       </c>
-      <c r="AQ10" s="14" t="n">
+      <c r="AW10" s="14" t="n">
         <v>106814.1</v>
       </c>
-      <c r="AR10" s="14" t="n">
+      <c r="AX10" s="14" t="n">
         <v>104703.2</v>
       </c>
-      <c r="AS10" s="14" t="n">
+      <c r="AY10" s="14" t="n">
         <v>124599.3</v>
       </c>
-      <c r="AT10" s="14" t="n">
+      <c r="AZ10" s="14" t="n">
         <v>123910.6</v>
       </c>
-      <c r="AU10" s="14" t="n">
+      <c r="BA10" s="14" t="n">
         <v>120030.1</v>
       </c>
-      <c r="AV10" s="14" t="n">
+      <c r="BB10" s="14" t="n">
         <v>103949.6</v>
       </c>
-      <c r="AW10" s="14" t="n">
+      <c r="BC10" s="14" t="n">
         <v>107065.2</v>
       </c>
-      <c r="AX10" s="14" t="n">
+      <c r="BD10" s="14" t="n">
+        <v>656.7</v>
+      </c>
+      <c r="BE10" s="14" t="n">
         <v>698.2</v>
       </c>
-      <c r="AY10" s="14" t="n">
+      <c r="BF10" s="14" t="n">
         <v>861.7</v>
       </c>
-      <c r="AZ10" s="14" t="n">
+      <c r="BG10" s="14" t="n">
         <v>488.5</v>
       </c>
-      <c r="BA10" s="14" t="n">
+      <c r="BH10" s="14" t="n">
         <v>464.3</v>
       </c>
-      <c r="BB10" s="14" t="n">
+      <c r="BI10" s="14" t="n">
         <v>683.5</v>
       </c>
-      <c r="BC10" s="14" t="n">
+      <c r="BJ10" s="14" t="n">
         <v>630.3</v>
       </c>
-      <c r="BD10" s="14" t="n">
+      <c r="BK10" s="14" t="n">
         <v>260.8</v>
       </c>
-      <c r="BE10" s="14" t="n">
+      <c r="BL10" s="14" t="n">
         <v>626.5</v>
       </c>
-      <c r="BF10" s="14" t="n">
+      <c r="BM10" s="14" t="n">
+        <v>19091.8</v>
+      </c>
+      <c r="BN10" s="14" t="n">
         <v>19915.0</v>
       </c>
-      <c r="BG10" s="14" t="n">
+      <c r="BO10" s="14" t="n">
         <v>5302.5</v>
       </c>
-      <c r="BH10" s="14" t="n">
+      <c r="BP10" s="14" t="n">
         <v>5186.0</v>
       </c>
-      <c r="BI10" s="14" t="n">
+      <c r="BQ10" s="14" t="n">
         <v>8765.2</v>
       </c>
-      <c r="BJ10" s="14" t="n">
+      <c r="BR10" s="14" t="n">
         <v>8670.2</v>
       </c>
-      <c r="BK10" s="14" t="n">
+      <c r="BS10" s="14" t="n">
         <v>4638.1</v>
       </c>
-      <c r="BL10" s="14" t="n">
+      <c r="BT10" s="14" t="n">
         <v>5731.1</v>
       </c>
-      <c r="BM10" s="14" t="n">
+      <c r="BU10" s="14" t="n">
         <v>10142.2</v>
       </c>
-      <c r="BN10" s="14" t="n">
+      <c r="BV10" s="14" t="n">
         <v>0.1</v>
       </c>
-      <c r="BO10" s="13" t="inlineStr">
-[...9 lines deleted...]
-      <c r="BQ10" s="14" t="n">
+      <c r="BW10" s="14" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="BX10" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BY10" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BZ10" s="14" t="n">
         <v>0.4</v>
       </c>
-      <c r="BR10" s="14" t="n">
+      <c r="CA10" s="14" t="n">
         <v>0.4</v>
       </c>
-      <c r="BS10" s="13" t="inlineStr">
-[...14 lines deleted...]
-      <c r="BV10" s="14" t="n">
+      <c r="CB10" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CC10" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CD10" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CE10" s="14" t="n">
         <v>0.7</v>
       </c>
-      <c r="BW10" s="14" t="n">
+      <c r="CF10" s="14" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="CG10" s="14" t="n">
         <v>10.3</v>
       </c>
-      <c r="BX10" s="14" t="n">
+      <c r="CH10" s="14" t="n">
         <v>10.6</v>
       </c>
-      <c r="BY10" s="14" t="n">
+      <c r="CI10" s="14" t="n">
         <v>10.3</v>
       </c>
-      <c r="BZ10" s="14" t="n">
+      <c r="CJ10" s="14" t="n">
         <v>10.6</v>
       </c>
-      <c r="CA10" s="14" t="n">
+      <c r="CK10" s="14" t="n">
         <v>268.4</v>
       </c>
-      <c r="CB10" s="14" t="n">
+      <c r="CL10" s="14" t="n">
         <v>258.2</v>
       </c>
-      <c r="CC10" s="14" t="n">
+      <c r="CM10" s="14" t="n">
         <v>214.3</v>
       </c>
-      <c r="CD10" s="14" t="n">
+      <c r="CN10" s="14" t="n">
+        <v>25.6</v>
+      </c>
+      <c r="CO10" s="14" t="n">
         <v>26.4</v>
       </c>
-      <c r="CE10" s="13" t="inlineStr">
-[...9 lines deleted...]
-      <c r="CG10" s="14" t="n">
+      <c r="CP10" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CQ10" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CR10" s="14" t="n">
         <v>7.1</v>
       </c>
-      <c r="CH10" s="14" t="n">
+      <c r="CS10" s="14" t="n">
         <v>6.9</v>
       </c>
-      <c r="CI10" s="14" t="n">
+      <c r="CT10" s="14" t="n">
         <v>83.0</v>
       </c>
-      <c r="CJ10" s="14" t="n">
+      <c r="CU10" s="14" t="n">
         <v>59.8</v>
       </c>
-      <c r="CK10" s="14" t="n">
+      <c r="CV10" s="14" t="n">
         <v>431.1</v>
       </c>
-      <c r="CL10" s="14" t="n">
+      <c r="CW10" s="14" t="n">
+        <v>5.3</v>
+      </c>
+      <c r="CX10" s="14" t="n">
         <v>4.8</v>
       </c>
-      <c r="CM10" s="14" t="n">
+      <c r="CY10" s="14" t="n">
         <v>3.7</v>
       </c>
-      <c r="CN10" s="14" t="n">
+      <c r="CZ10" s="14" t="n">
         <v>3.8</v>
       </c>
-      <c r="CO10" s="14" t="n">
+      <c r="DA10" s="14" t="n">
         <v>6.3</v>
       </c>
-      <c r="CP10" s="14" t="n">
+      <c r="DB10" s="14" t="n">
         <v>5.9</v>
       </c>
-      <c r="CQ10" s="14" t="n">
+      <c r="DC10" s="14" t="n">
         <v>21.3</v>
       </c>
-      <c r="CR10" s="14" t="n">
+      <c r="DD10" s="14" t="n">
         <v>19.6</v>
       </c>
-      <c r="CS10" s="14" t="n">
+      <c r="DE10" s="14" t="n">
         <v>31.7</v>
       </c>
-      <c r="CT10" s="13" t="inlineStr">
-[...4 lines deleted...]
-      <c r="CU10" s="14" t="n">
+      <c r="DF10" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DG10" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DH10" s="14" t="n">
         <v>3.5</v>
       </c>
-      <c r="CV10" s="14" t="n">
+      <c r="DI10" s="14" t="n">
         <v>3.5</v>
       </c>
-      <c r="CW10" s="14" t="n">
+      <c r="DJ10" s="14" t="n">
         <v>75.1</v>
       </c>
-      <c r="CX10" s="14" t="n">
+      <c r="DK10" s="14" t="n">
         <v>73.1</v>
       </c>
-      <c r="CY10" s="14" t="n">
+      <c r="DL10" s="14" t="n">
         <v>55.4</v>
       </c>
-      <c r="CZ10" s="14" t="n">
+      <c r="DM10" s="14" t="n">
         <v>55.4</v>
       </c>
-      <c r="DA10" s="14" t="n">
+      <c r="DN10" s="14" t="n">
         <v>2.2</v>
       </c>
-      <c r="DB10" s="14" t="n">
+      <c r="DO10" s="14" t="n">
         <v>0.1</v>
       </c>
-      <c r="DC10" s="13" t="inlineStr">
-[...9 lines deleted...]
-      <c r="DE10" s="14" t="n">
+      <c r="DP10" s="14" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="DQ10" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DR10" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DS10" s="14" t="n">
         <v>1.0</v>
       </c>
-      <c r="DF10" s="14" t="n">
+      <c r="DT10" s="14" t="n">
         <v>3.4</v>
       </c>
-      <c r="DG10" s="14" t="n">
+      <c r="DU10" s="14" t="n">
         <v>3.3</v>
       </c>
-      <c r="DH10" s="14" t="n">
+      <c r="DV10" s="14" t="n">
         <v>3.0</v>
       </c>
-      <c r="DI10" s="13" t="inlineStr">
-[...4 lines deleted...]
-      <c r="DJ10" s="14" t="n">
+      <c r="DW10" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DX10" s="14" t="n">
+        <v>2769.6</v>
+      </c>
+      <c r="DY10" s="14" t="n">
         <v>2215.5</v>
       </c>
-      <c r="DK10" s="14" t="n">
+      <c r="DZ10" s="14" t="n">
         <v>1477.4</v>
       </c>
-      <c r="DL10" s="14" t="n">
+      <c r="EA10" s="14" t="n">
         <v>1216.1</v>
       </c>
-      <c r="DM10" s="14" t="n">
+      <c r="EB10" s="14" t="n">
         <v>1347.3</v>
       </c>
-      <c r="DN10" s="14" t="n">
+      <c r="EC10" s="14" t="n">
         <v>1344.0</v>
       </c>
-      <c r="DO10" s="14" t="n">
+      <c r="ED10" s="14" t="n">
         <v>541.3</v>
       </c>
-      <c r="DP10" s="14" t="n">
+      <c r="EE10" s="14" t="n">
         <v>553.0</v>
       </c>
-      <c r="DQ10" s="14" t="n">
+      <c r="EF10" s="14" t="n">
         <v>134.2</v>
       </c>
-      <c r="DR10" s="13" t="inlineStr">
-[...9 lines deleted...]
-      <c r="DT10" s="14" t="n">
+      <c r="EG10" s="14" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="EH10" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EI10" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EJ10" s="14" t="n">
         <v>2.1</v>
       </c>
-      <c r="DU10" s="14" t="n">
+      <c r="EK10" s="14" t="n">
         <v>2.2</v>
       </c>
-      <c r="DV10" s="14" t="n">
+      <c r="EL10" s="14" t="n">
         <v>99.2</v>
       </c>
-      <c r="DW10" s="14" t="n">
+      <c r="EM10" s="14" t="n">
         <v>94.0</v>
       </c>
-      <c r="DX10" s="14" t="n">
+      <c r="EN10" s="14" t="n">
         <v>3.4</v>
       </c>
-      <c r="DY10" s="14" t="n">
+      <c r="EO10" s="14" t="n">
         <v>3.6</v>
       </c>
-      <c r="DZ10" s="14" t="n">
+      <c r="EP10" s="14" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="EQ10" s="14" t="n">
         <v>16.9</v>
       </c>
-      <c r="EA10" s="14" t="n">
+      <c r="ER10" s="14" t="n">
         <v>15.1</v>
       </c>
-      <c r="EB10" s="14" t="n">
+      <c r="ES10" s="14" t="n">
         <v>0.6</v>
       </c>
-      <c r="EC10" s="14" t="n">
+      <c r="ET10" s="14" t="n">
         <v>0.9</v>
       </c>
-      <c r="ED10" s="14" t="n">
+      <c r="EU10" s="14" t="n">
         <v>46.3</v>
       </c>
-      <c r="EE10" s="14" t="n">
+      <c r="EV10" s="14" t="n">
         <v>45.7</v>
       </c>
-      <c r="EF10" s="14" t="n">
+      <c r="EW10" s="14" t="n">
         <v>259.9</v>
       </c>
-      <c r="EG10" s="14" t="n">
+      <c r="EX10" s="14" t="n">
         <v>252.4</v>
       </c>
-      <c r="EH10" s="14" t="n">
+      <c r="EY10" s="14" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="EZ10" s="14" t="n">
         <v>2.2</v>
       </c>
-      <c r="EI10" s="14" t="n">
+      <c r="FA10" s="14" t="n">
         <v>2.1</v>
       </c>
-      <c r="EJ10" s="14" t="n">
+      <c r="FB10" s="14" t="n">
         <v>0.3</v>
       </c>
-      <c r="EK10" s="14" t="n">
+      <c r="FC10" s="14" t="n">
         <v>0.3</v>
       </c>
-      <c r="EL10" s="14" t="n">
+      <c r="FD10" s="14" t="n">
         <v>4.2</v>
       </c>
-      <c r="EM10" s="14" t="n">
+      <c r="FE10" s="14" t="n">
         <v>4.2</v>
       </c>
-      <c r="EN10" s="14" t="n">
+      <c r="FF10" s="14" t="n">
         <v>11.3</v>
       </c>
-      <c r="EO10" s="14" t="n">
+      <c r="FG10" s="14" t="n">
         <v>11.1</v>
       </c>
-      <c r="EP10" s="14" t="n">
+      <c r="FH10" s="14" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="FI10" s="14" t="n">
         <v>9.6</v>
       </c>
-      <c r="EQ10" s="14" t="n">
+      <c r="FJ10" s="14" t="n">
         <v>14.4</v>
       </c>
-      <c r="ER10" s="14" t="n">
+      <c r="FK10" s="14" t="n">
         <v>34.7</v>
       </c>
-      <c r="ES10" s="14" t="n">
+      <c r="FL10" s="14" t="n">
         <v>30.2</v>
       </c>
-      <c r="ET10" s="14" t="n">
+      <c r="FM10" s="14" t="n">
         <v>37.1</v>
       </c>
-      <c r="EU10" s="14" t="n">
+      <c r="FN10" s="14" t="n">
         <v>19.4</v>
       </c>
-      <c r="EV10" s="14" t="n">
+      <c r="FO10" s="14" t="n">
         <v>1549.6</v>
       </c>
-      <c r="EW10" s="14" t="n">
+      <c r="FP10" s="14" t="n">
         <v>1470.4</v>
       </c>
-      <c r="EX10" s="13" t="inlineStr">
-[...39 lines deleted...]
-      <c r="FF10" s="14" t="n">
+      <c r="FQ10" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FR10" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FS10" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FT10" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FU10" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FV10" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FW10" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FX10" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FY10" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FZ10" s="14" t="n">
+        <v>114261.1</v>
+      </c>
+      <c r="GA10" s="14" t="n">
         <v>120384.3</v>
       </c>
-      <c r="FG10" s="14" t="n">
+      <c r="GB10" s="14" t="n">
         <v>115370.7</v>
       </c>
-      <c r="FH10" s="14" t="n">
+      <c r="GC10" s="14" t="n">
         <v>112517.5</v>
       </c>
-      <c r="FI10" s="14" t="n">
+      <c r="GD10" s="14" t="n">
         <v>136539.4</v>
       </c>
-      <c r="FJ10" s="14" t="n">
+      <c r="GE10" s="14" t="n">
         <v>136142.9</v>
       </c>
-      <c r="FK10" s="14" t="n">
+      <c r="GF10" s="14" t="n">
         <v>127618.6</v>
       </c>
-      <c r="FL10" s="14" t="n">
+      <c r="GG10" s="14" t="n">
         <v>113943.3</v>
       </c>
-      <c r="FM10" s="14" t="n">
+      <c r="GH10" s="14" t="n">
         <v>121629.6</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="6" t="inlineStr">
         <is>
           <t>01.2 Acidic, alkaline or saline waste P</t>
         </is>
       </c>
       <c r="B11" s="14" t="n">
+        <v>360.3</v>
+      </c>
+      <c r="C11" s="14" t="n">
         <v>360.1</v>
       </c>
-      <c r="C11" s="14" t="n">
+      <c r="D11" s="14" t="n">
         <v>443.8</v>
       </c>
-      <c r="D11" s="14" t="n">
+      <c r="E11" s="14" t="n">
         <v>450.3</v>
       </c>
-      <c r="E11" s="14" t="n">
+      <c r="F11" s="14" t="n">
         <v>407.9</v>
       </c>
-      <c r="F11" s="14" t="n">
+      <c r="G11" s="14" t="n">
         <v>469.0</v>
       </c>
-      <c r="G11" s="14" t="n">
+      <c r="H11" s="14" t="n">
         <v>374.9</v>
       </c>
-      <c r="H11" s="14" t="n">
+      <c r="I11" s="14" t="n">
         <v>427.3</v>
       </c>
-      <c r="I11" s="14" t="n">
+      <c r="J11" s="14" t="n">
         <v>409.1</v>
       </c>
-      <c r="J11" s="14" t="n">
+      <c r="K11" s="14" t="n">
+        <v>6.3</v>
+      </c>
+      <c r="L11" s="14" t="n">
         <v>5.9</v>
       </c>
-      <c r="K11" s="14" t="n">
+      <c r="M11" s="14" t="n">
         <v>1.9</v>
       </c>
-      <c r="L11" s="14" t="n">
+      <c r="N11" s="14" t="n">
         <v>1.6</v>
       </c>
-      <c r="M11" s="14" t="n">
+      <c r="O11" s="14" t="n">
         <v>9.2</v>
       </c>
-      <c r="N11" s="14" t="n">
+      <c r="P11" s="14" t="n">
         <v>10.1</v>
       </c>
-      <c r="O11" s="14" t="n">
+      <c r="Q11" s="14" t="n">
         <v>22.1</v>
       </c>
-      <c r="P11" s="14" t="n">
+      <c r="R11" s="14" t="n">
         <v>20.3</v>
       </c>
-      <c r="Q11" s="14" t="n">
+      <c r="S11" s="14" t="n">
         <v>5.6</v>
       </c>
-      <c r="R11" s="14" t="n">
+      <c r="T11" s="14" t="n">
+        <v>373.8</v>
+      </c>
+      <c r="U11" s="14" t="n">
         <v>389.5</v>
       </c>
-      <c r="S11" s="14" t="n">
+      <c r="V11" s="14" t="n">
         <v>420.5</v>
       </c>
-      <c r="T11" s="14" t="n">
+      <c r="W11" s="14" t="n">
         <v>407.8</v>
       </c>
-      <c r="U11" s="14" t="n">
+      <c r="X11" s="14" t="n">
         <v>202.4</v>
       </c>
-      <c r="V11" s="14" t="n">
+      <c r="Y11" s="14" t="n">
         <v>194.7</v>
       </c>
-      <c r="W11" s="14" t="n">
+      <c r="Z11" s="14" t="n">
         <v>302.8</v>
       </c>
-      <c r="X11" s="14" t="n">
+      <c r="AA11" s="14" t="n">
         <v>281.2</v>
       </c>
-      <c r="Y11" s="14" t="n">
+      <c r="AB11" s="14" t="n">
         <v>302.6</v>
       </c>
-      <c r="Z11" s="14" t="n">
+      <c r="AC11" s="14" t="n">
+        <v>51.7</v>
+      </c>
+      <c r="AD11" s="14" t="n">
         <v>60.2</v>
       </c>
-      <c r="AA11" s="14" t="n">
+      <c r="AE11" s="14" t="n">
         <v>132.2</v>
       </c>
-      <c r="AB11" s="14" t="n">
+      <c r="AF11" s="14" t="n">
         <v>123.7</v>
       </c>
-      <c r="AC11" s="14" t="n">
+      <c r="AG11" s="14" t="n">
         <v>97.6</v>
       </c>
-      <c r="AD11" s="14" t="n">
+      <c r="AH11" s="14" t="n">
         <v>98.4</v>
       </c>
-      <c r="AE11" s="14" t="n">
+      <c r="AI11" s="14" t="n">
         <v>100.7</v>
       </c>
-      <c r="AF11" s="14" t="n">
+      <c r="AJ11" s="14" t="n">
         <v>85.7</v>
       </c>
-      <c r="AG11" s="14" t="n">
+      <c r="AK11" s="14" t="n">
         <v>29.0</v>
       </c>
-      <c r="AH11" s="14" t="n">
+      <c r="AL11" s="14" t="n">
+        <v>22.6</v>
+      </c>
+      <c r="AM11" s="14" t="n">
         <v>25.3</v>
       </c>
-      <c r="AI11" s="14" t="n">
+      <c r="AN11" s="14" t="n">
         <v>2.4</v>
       </c>
-      <c r="AJ11" s="14" t="n">
+      <c r="AO11" s="14" t="n">
         <v>2.2</v>
       </c>
-      <c r="AK11" s="14" t="n">
+      <c r="AP11" s="14" t="n">
         <v>12.9</v>
       </c>
-      <c r="AL11" s="14" t="n">
+      <c r="AQ11" s="14" t="n">
         <v>12.6</v>
       </c>
-      <c r="AM11" s="14" t="n">
+      <c r="AR11" s="14" t="n">
         <v>17.8</v>
       </c>
-      <c r="AN11" s="14" t="n">
+      <c r="AS11" s="14" t="n">
         <v>19.6</v>
       </c>
-      <c r="AO11" s="14" t="n">
+      <c r="AT11" s="14" t="n">
         <v>7.4</v>
       </c>
-      <c r="AP11" s="14" t="n">
+      <c r="AU11" s="14" t="n">
+        <v>1255.4</v>
+      </c>
+      <c r="AV11" s="14" t="n">
         <v>1334.7</v>
       </c>
-      <c r="AQ11" s="14" t="n">
+      <c r="AW11" s="14" t="n">
         <v>1006.9</v>
       </c>
-      <c r="AR11" s="14" t="n">
+      <c r="AX11" s="14" t="n">
         <v>987.0</v>
       </c>
-      <c r="AS11" s="14" t="n">
+      <c r="AY11" s="14" t="n">
         <v>1552.0</v>
       </c>
-      <c r="AT11" s="14" t="n">
+      <c r="AZ11" s="14" t="n">
         <v>1543.4</v>
       </c>
-      <c r="AU11" s="14" t="n">
+      <c r="BA11" s="14" t="n">
         <v>1768.0</v>
       </c>
-      <c r="AV11" s="14" t="n">
+      <c r="BB11" s="14" t="n">
         <v>1671.9</v>
       </c>
-      <c r="AW11" s="14" t="n">
+      <c r="BC11" s="14" t="n">
         <v>1200.3</v>
       </c>
-      <c r="AX11" s="14" t="n">
+      <c r="BD11" s="14" t="n">
+        <v>278.6</v>
+      </c>
+      <c r="BE11" s="14" t="n">
         <v>296.2</v>
       </c>
-      <c r="AY11" s="14" t="n">
+      <c r="BF11" s="14" t="n">
         <v>268.7</v>
       </c>
-      <c r="AZ11" s="14" t="n">
+      <c r="BG11" s="14" t="n">
         <v>376.0</v>
       </c>
-      <c r="BA11" s="14" t="n">
+      <c r="BH11" s="14" t="n">
         <v>275.3</v>
       </c>
-      <c r="BB11" s="14" t="n">
+      <c r="BI11" s="14" t="n">
         <v>479.2</v>
       </c>
-      <c r="BC11" s="14" t="n">
+      <c r="BJ11" s="14" t="n">
         <v>693.8</v>
       </c>
-      <c r="BD11" s="14" t="n">
+      <c r="BK11" s="14" t="n">
         <v>409.8</v>
       </c>
-      <c r="BE11" s="14" t="n">
+      <c r="BL11" s="14" t="n">
         <v>427.2</v>
       </c>
-      <c r="BF11" s="14" t="n">
+      <c r="BM11" s="14" t="n">
+        <v>15771.8</v>
+      </c>
+      <c r="BN11" s="14" t="n">
         <v>16451.8</v>
       </c>
-      <c r="BG11" s="14" t="n">
+      <c r="BO11" s="14" t="n">
         <v>7054.6</v>
       </c>
-      <c r="BH11" s="14" t="n">
+      <c r="BP11" s="14" t="n">
         <v>6899.6</v>
       </c>
-      <c r="BI11" s="14" t="n">
+      <c r="BQ11" s="14" t="n">
         <v>12278.2</v>
       </c>
-      <c r="BJ11" s="14" t="n">
+      <c r="BR11" s="14" t="n">
         <v>12145.2</v>
       </c>
-      <c r="BK11" s="14" t="n">
+      <c r="BS11" s="14" t="n">
         <v>24004.7</v>
       </c>
-      <c r="BL11" s="14" t="n">
+      <c r="BT11" s="14" t="n">
         <v>21937.3</v>
       </c>
-      <c r="BM11" s="14" t="n">
+      <c r="BU11" s="14" t="n">
         <v>28238.3</v>
       </c>
-      <c r="BN11" s="14" t="n">
+      <c r="BV11" s="14" t="n">
+        <v>112.3</v>
+      </c>
+      <c r="BW11" s="14" t="n">
         <v>121.9</v>
       </c>
-      <c r="BO11" s="14" t="n">
+      <c r="BX11" s="14" t="n">
         <v>108.4</v>
       </c>
-      <c r="BP11" s="14" t="n">
+      <c r="BY11" s="14" t="n">
         <v>99.2</v>
       </c>
-      <c r="BQ11" s="14" t="n">
+      <c r="BZ11" s="14" t="n">
         <v>153.2</v>
       </c>
-      <c r="BR11" s="14" t="n">
+      <c r="CA11" s="14" t="n">
         <v>144.1</v>
       </c>
-      <c r="BS11" s="14" t="n">
+      <c r="CB11" s="14" t="n">
         <v>602.1</v>
       </c>
-      <c r="BT11" s="14" t="n">
+      <c r="CC11" s="14" t="n">
         <v>601.5</v>
       </c>
-      <c r="BU11" s="14" t="n">
+      <c r="CD11" s="14" t="n">
         <v>271.6</v>
       </c>
-      <c r="BV11" s="14" t="n">
+      <c r="CE11" s="14" t="n">
+        <v>285722.1</v>
+      </c>
+      <c r="CF11" s="14" t="n">
         <v>292658.4</v>
       </c>
-      <c r="BW11" s="14" t="n">
+      <c r="CG11" s="14" t="n">
         <v>282535.5</v>
       </c>
-      <c r="BX11" s="14" t="n">
+      <c r="CH11" s="14" t="n">
         <v>290947.2</v>
       </c>
-      <c r="BY11" s="14" t="n">
+      <c r="CI11" s="14" t="n">
         <v>270138.3</v>
       </c>
-      <c r="BZ11" s="14" t="n">
+      <c r="CJ11" s="14" t="n">
         <v>279289.3</v>
       </c>
-      <c r="CA11" s="14" t="n">
+      <c r="CK11" s="14" t="n">
         <v>375797.5</v>
       </c>
-      <c r="CB11" s="14" t="n">
+      <c r="CL11" s="14" t="n">
         <v>375200.6</v>
       </c>
-      <c r="CC11" s="14" t="n">
+      <c r="CM11" s="14" t="n">
         <v>369309.8</v>
       </c>
-      <c r="CD11" s="14" t="n">
+      <c r="CN11" s="14" t="n">
+        <v>8386.6</v>
+      </c>
+      <c r="CO11" s="14" t="n">
         <v>8646.4</v>
       </c>
-      <c r="CE11" s="14" t="n">
+      <c r="CP11" s="14" t="n">
         <v>8299.7</v>
       </c>
-      <c r="CF11" s="14" t="n">
+      <c r="CQ11" s="14" t="n">
         <v>8455.2</v>
       </c>
-      <c r="CG11" s="14" t="n">
+      <c r="CR11" s="14" t="n">
         <v>8088.5</v>
       </c>
-      <c r="CH11" s="14" t="n">
+      <c r="CS11" s="14" t="n">
         <v>7876.7</v>
       </c>
-      <c r="CI11" s="14" t="n">
+      <c r="CT11" s="14" t="n">
         <v>8729.7</v>
       </c>
-      <c r="CJ11" s="14" t="n">
+      <c r="CU11" s="14" t="n">
         <v>8182.5</v>
       </c>
-      <c r="CK11" s="14" t="n">
+      <c r="CV11" s="14" t="n">
         <v>11108.4</v>
       </c>
-      <c r="CL11" s="14" t="n">
+      <c r="CW11" s="14" t="n">
+        <v>686.0</v>
+      </c>
+      <c r="CX11" s="14" t="n">
         <v>629.5</v>
       </c>
-      <c r="CM11" s="14" t="n">
+      <c r="CY11" s="14" t="n">
         <v>580.3</v>
       </c>
-      <c r="CN11" s="14" t="n">
+      <c r="CZ11" s="14" t="n">
         <v>591.8</v>
       </c>
-      <c r="CO11" s="14" t="n">
+      <c r="DA11" s="14" t="n">
         <v>641.2</v>
       </c>
-      <c r="CP11" s="14" t="n">
+      <c r="DB11" s="14" t="n">
         <v>600.6</v>
       </c>
-      <c r="CQ11" s="14" t="n">
+      <c r="DC11" s="14" t="n">
         <v>418.8</v>
       </c>
-      <c r="CR11" s="14" t="n">
+      <c r="DD11" s="14" t="n">
         <v>475.1</v>
       </c>
-      <c r="CS11" s="14" t="n">
+      <c r="DE11" s="14" t="n">
         <v>335.2</v>
       </c>
-      <c r="CT11" s="14" t="n">
+      <c r="DF11" s="14" t="n">
+        <v>88.8</v>
+      </c>
+      <c r="DG11" s="14" t="n">
         <v>91.1</v>
       </c>
-      <c r="CU11" s="14" t="n">
+      <c r="DH11" s="14" t="n">
         <v>59.6</v>
       </c>
-      <c r="CV11" s="14" t="n">
+      <c r="DI11" s="14" t="n">
         <v>59.4</v>
       </c>
-      <c r="CW11" s="14" t="n">
+      <c r="DJ11" s="14" t="n">
         <v>55.6</v>
       </c>
-      <c r="CX11" s="14" t="n">
+      <c r="DK11" s="14" t="n">
         <v>54.1</v>
       </c>
-      <c r="CY11" s="14" t="n">
+      <c r="DL11" s="14" t="n">
         <v>49.9</v>
       </c>
-      <c r="CZ11" s="14" t="n">
+      <c r="DM11" s="14" t="n">
         <v>49.9</v>
       </c>
-      <c r="DA11" s="14" t="n">
+      <c r="DN11" s="14" t="n">
         <v>52.5</v>
       </c>
-      <c r="DB11" s="14" t="n">
+      <c r="DO11" s="14" t="n">
+        <v>738.3</v>
+      </c>
+      <c r="DP11" s="14" t="n">
         <v>369.5</v>
       </c>
-      <c r="DC11" s="14" t="n">
+      <c r="DQ11" s="14" t="n">
         <v>702.0</v>
       </c>
-      <c r="DD11" s="14" t="n">
+      <c r="DR11" s="14" t="n">
         <v>699.2</v>
       </c>
-      <c r="DE11" s="14" t="n">
+      <c r="DS11" s="14" t="n">
         <v>492.2</v>
       </c>
-      <c r="DF11" s="14" t="n">
+      <c r="DT11" s="14" t="n">
         <v>1340.0</v>
       </c>
-      <c r="DG11" s="14" t="n">
+      <c r="DU11" s="14" t="n">
         <v>1899.1</v>
       </c>
-      <c r="DH11" s="14" t="n">
+      <c r="DV11" s="14" t="n">
         <v>1415.7</v>
       </c>
-      <c r="DI11" s="14" t="n">
+      <c r="DW11" s="14" t="n">
         <v>1253.3</v>
       </c>
-      <c r="DJ11" s="14" t="n">
+      <c r="DX11" s="14" t="n">
+        <v>19823.6</v>
+      </c>
+      <c r="DY11" s="14" t="n">
         <v>16839.5</v>
       </c>
-      <c r="DK11" s="14" t="n">
+      <c r="DZ11" s="14" t="n">
         <v>15319.9</v>
       </c>
-      <c r="DL11" s="14" t="n">
+      <c r="EA11" s="14" t="n">
         <v>12831.9</v>
       </c>
-      <c r="DM11" s="14" t="n">
+      <c r="EB11" s="14" t="n">
         <v>17170.0</v>
       </c>
-      <c r="DN11" s="14" t="n">
+      <c r="EC11" s="14" t="n">
         <v>15716.2</v>
       </c>
-      <c r="DO11" s="14" t="n">
+      <c r="ED11" s="14" t="n">
         <v>14112.3</v>
       </c>
-      <c r="DP11" s="14" t="n">
+      <c r="EE11" s="14" t="n">
         <v>13389.0</v>
       </c>
-      <c r="DQ11" s="14" t="n">
+      <c r="EF11" s="14" t="n">
         <v>11329.9</v>
       </c>
-      <c r="DR11" s="14" t="n">
+      <c r="EG11" s="14" t="n">
+        <v>621.3</v>
+      </c>
+      <c r="EH11" s="14" t="n">
         <v>4.3</v>
       </c>
-      <c r="DS11" s="14" t="n">
+      <c r="EI11" s="14" t="n">
         <v>4.3</v>
       </c>
-      <c r="DT11" s="14" t="n">
+      <c r="EJ11" s="14" t="n">
         <v>9.9</v>
       </c>
-      <c r="DU11" s="14" t="n">
+      <c r="EK11" s="14" t="n">
         <v>10.6</v>
       </c>
-      <c r="DV11" s="14" t="n">
+      <c r="EL11" s="14" t="n">
         <v>55.3</v>
       </c>
-      <c r="DW11" s="14" t="n">
+      <c r="EM11" s="14" t="n">
         <v>52.0</v>
       </c>
-      <c r="DX11" s="14" t="n">
+      <c r="EN11" s="14" t="n">
         <v>20.8</v>
       </c>
-      <c r="DY11" s="14" t="n">
+      <c r="EO11" s="14" t="n">
         <v>21.0</v>
       </c>
-      <c r="DZ11" s="14" t="n">
+      <c r="EP11" s="14" t="n">
+        <v>467.2</v>
+      </c>
+      <c r="EQ11" s="14" t="n">
         <v>1971.1</v>
       </c>
-      <c r="EA11" s="14" t="n">
+      <c r="ER11" s="14" t="n">
         <v>1797.5</v>
       </c>
-      <c r="EB11" s="14" t="n">
+      <c r="ES11" s="14" t="n">
         <v>672.9</v>
       </c>
-      <c r="EC11" s="14" t="n">
+      <c r="ET11" s="14" t="n">
         <v>800.4</v>
       </c>
-      <c r="ED11" s="14" t="n">
+      <c r="EU11" s="14" t="n">
         <v>879.2</v>
       </c>
-      <c r="EE11" s="14" t="n">
+      <c r="EV11" s="14" t="n">
         <v>874.0</v>
       </c>
-      <c r="EF11" s="14" t="n">
+      <c r="EW11" s="14" t="n">
         <v>1698.1</v>
       </c>
-      <c r="EG11" s="14" t="n">
+      <c r="EX11" s="14" t="n">
         <v>1637.1</v>
       </c>
-      <c r="EH11" s="14" t="n">
+      <c r="EY11" s="14" t="n">
+        <v>470.5</v>
+      </c>
+      <c r="EZ11" s="14" t="n">
         <v>467.3</v>
       </c>
-      <c r="EI11" s="14" t="n">
+      <c r="FA11" s="14" t="n">
         <v>445.9</v>
       </c>
-      <c r="EJ11" s="14" t="n">
+      <c r="FB11" s="14" t="n">
         <v>902.5</v>
       </c>
-      <c r="EK11" s="14" t="n">
+      <c r="FC11" s="14" t="n">
         <v>935.8</v>
       </c>
-      <c r="EL11" s="14" t="n">
+      <c r="FD11" s="14" t="n">
         <v>144.4</v>
       </c>
-      <c r="EM11" s="14" t="n">
+      <c r="FE11" s="14" t="n">
         <v>138.1</v>
       </c>
-      <c r="EN11" s="14" t="n">
+      <c r="FF11" s="14" t="n">
         <v>2724.5</v>
       </c>
-      <c r="EO11" s="14" t="n">
+      <c r="FG11" s="14" t="n">
         <v>2655.4</v>
       </c>
-      <c r="EP11" s="14" t="n">
+      <c r="FH11" s="14" t="n">
+        <v>199.1</v>
+      </c>
+      <c r="FI11" s="14" t="n">
         <v>182.0</v>
       </c>
-      <c r="EQ11" s="14" t="n">
+      <c r="FJ11" s="14" t="n">
         <v>175.7</v>
       </c>
-      <c r="ER11" s="14" t="n">
+      <c r="FK11" s="14" t="n">
         <v>144.5</v>
       </c>
-      <c r="ES11" s="14" t="n">
+      <c r="FL11" s="14" t="n">
         <v>153.0</v>
       </c>
-      <c r="ET11" s="14" t="n">
+      <c r="FM11" s="14" t="n">
         <v>207.7</v>
       </c>
-      <c r="EU11" s="14" t="n">
+      <c r="FN11" s="14" t="n">
         <v>190.1</v>
       </c>
-      <c r="EV11" s="14" t="n">
+      <c r="FO11" s="14" t="n">
         <v>3909.7</v>
       </c>
-      <c r="EW11" s="14" t="n">
+      <c r="FP11" s="14" t="n">
         <v>3714.7</v>
       </c>
-      <c r="EX11" s="13" t="inlineStr">
-[...39 lines deleted...]
-      <c r="FF11" s="14" t="n">
+      <c r="FQ11" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FR11" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FS11" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FT11" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FU11" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FV11" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FW11" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FX11" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FY11" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FZ11" s="14" t="n">
+        <v>335436.3</v>
+      </c>
+      <c r="GA11" s="14" t="n">
         <v>340904.7</v>
       </c>
-      <c r="FG11" s="14" t="n">
+      <c r="GB11" s="14" t="n">
         <v>319359.8</v>
       </c>
-      <c r="FH11" s="14" t="n">
+      <c r="GC11" s="14" t="n">
         <v>324661.9</v>
       </c>
-      <c r="FI11" s="14" t="n">
+      <c r="GD11" s="14" t="n">
         <v>313474.3</v>
       </c>
-      <c r="FJ11" s="14" t="n">
+      <c r="GE11" s="14" t="n">
         <v>321260.2</v>
       </c>
-      <c r="FK11" s="14" t="n">
+      <c r="GF11" s="14" t="n">
         <v>430148.4</v>
       </c>
-      <c r="FL11" s="14" t="n">
+      <c r="GG11" s="14" t="n">
         <v>432520.5</v>
       </c>
-      <c r="FM11" s="14" t="n">
+      <c r="GH11" s="14" t="n">
         <v>432308.4</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="6" t="inlineStr">
         <is>
           <t>01.3 Used oils P</t>
         </is>
       </c>
       <c r="B12" s="14" t="n">
+        <v>10517.9</v>
+      </c>
+      <c r="C12" s="14" t="n">
         <v>11619.1</v>
       </c>
-      <c r="C12" s="14" t="n">
+      <c r="D12" s="14" t="n">
         <v>13357.8</v>
       </c>
-      <c r="D12" s="14" t="n">
+      <c r="E12" s="14" t="n">
         <v>13405.6</v>
       </c>
-      <c r="E12" s="14" t="n">
+      <c r="F12" s="14" t="n">
         <v>12299.0</v>
       </c>
-      <c r="F12" s="14" t="n">
+      <c r="G12" s="14" t="n">
         <v>13285.8</v>
       </c>
-      <c r="G12" s="14" t="n">
+      <c r="H12" s="14" t="n">
         <v>10903.1</v>
       </c>
-      <c r="H12" s="14" t="n">
+      <c r="I12" s="14" t="n">
         <v>13178.3</v>
       </c>
-      <c r="I12" s="14" t="n">
+      <c r="J12" s="14" t="n">
         <v>12162.9</v>
       </c>
-      <c r="J12" s="14" t="n">
+      <c r="K12" s="14" t="n">
+        <v>1203.4</v>
+      </c>
+      <c r="L12" s="14" t="n">
         <v>1125.8</v>
       </c>
-      <c r="K12" s="14" t="n">
+      <c r="M12" s="14" t="n">
         <v>1642.3</v>
       </c>
-      <c r="L12" s="14" t="n">
+      <c r="N12" s="14" t="n">
         <v>1366.5</v>
       </c>
-      <c r="M12" s="14" t="n">
+      <c r="O12" s="14" t="n">
         <v>905.7</v>
       </c>
-      <c r="N12" s="14" t="n">
+      <c r="P12" s="14" t="n">
         <v>990.5</v>
       </c>
-      <c r="O12" s="14" t="n">
+      <c r="Q12" s="14" t="n">
         <v>1250.7</v>
       </c>
-      <c r="P12" s="14" t="n">
+      <c r="R12" s="14" t="n">
         <v>1147.1</v>
       </c>
-      <c r="Q12" s="14" t="n">
+      <c r="S12" s="14" t="n">
         <v>1390.0</v>
       </c>
-      <c r="R12" s="14" t="n">
+      <c r="T12" s="14" t="n">
+        <v>1151.0</v>
+      </c>
+      <c r="U12" s="14" t="n">
         <v>1199.3</v>
       </c>
-      <c r="S12" s="14" t="n">
+      <c r="V12" s="14" t="n">
         <v>1810.2</v>
       </c>
-      <c r="T12" s="14" t="n">
+      <c r="W12" s="14" t="n">
         <v>1755.5</v>
       </c>
-      <c r="U12" s="14" t="n">
+      <c r="X12" s="14" t="n">
         <v>1363.9</v>
       </c>
-      <c r="V12" s="14" t="n">
+      <c r="Y12" s="14" t="n">
         <v>1312.2</v>
       </c>
-      <c r="W12" s="14" t="n">
+      <c r="Z12" s="14" t="n">
         <v>1512.4</v>
       </c>
-      <c r="X12" s="14" t="n">
+      <c r="AA12" s="14" t="n">
         <v>1306.3</v>
       </c>
-      <c r="Y12" s="14" t="n">
+      <c r="AB12" s="14" t="n">
         <v>2925.6</v>
       </c>
-      <c r="Z12" s="14" t="n">
+      <c r="AC12" s="14" t="n">
+        <v>134.5</v>
+      </c>
+      <c r="AD12" s="14" t="n">
         <v>156.5</v>
       </c>
-      <c r="AA12" s="14" t="n">
+      <c r="AE12" s="14" t="n">
         <v>190.9</v>
       </c>
-      <c r="AB12" s="14" t="n">
+      <c r="AF12" s="14" t="n">
         <v>178.5</v>
       </c>
-      <c r="AC12" s="14" t="n">
+      <c r="AG12" s="14" t="n">
         <v>130.4</v>
       </c>
-      <c r="AD12" s="14" t="n">
+      <c r="AH12" s="14" t="n">
         <v>131.5</v>
       </c>
-      <c r="AE12" s="14" t="n">
+      <c r="AI12" s="14" t="n">
         <v>226.9</v>
       </c>
-      <c r="AF12" s="14" t="n">
+      <c r="AJ12" s="14" t="n">
         <v>226.9</v>
       </c>
-      <c r="AG12" s="14" t="n">
+      <c r="AK12" s="14" t="n">
         <v>144.6</v>
       </c>
-      <c r="AH12" s="14" t="n">
+      <c r="AL12" s="14" t="n">
+        <v>622.6</v>
+      </c>
+      <c r="AM12" s="14" t="n">
         <v>694.9</v>
       </c>
-      <c r="AI12" s="14" t="n">
+      <c r="AN12" s="14" t="n">
         <v>679.6</v>
       </c>
-      <c r="AJ12" s="14" t="n">
+      <c r="AO12" s="14" t="n">
         <v>628.5</v>
       </c>
-      <c r="AK12" s="14" t="n">
+      <c r="AP12" s="14" t="n">
         <v>853.1</v>
       </c>
-      <c r="AL12" s="14" t="n">
+      <c r="AQ12" s="14" t="n">
         <v>832.5</v>
       </c>
-      <c r="AM12" s="14" t="n">
+      <c r="AR12" s="14" t="n">
         <v>480.5</v>
       </c>
-      <c r="AN12" s="14" t="n">
+      <c r="AS12" s="14" t="n">
         <v>477.9</v>
       </c>
-      <c r="AO12" s="14" t="n">
+      <c r="AT12" s="14" t="n">
         <v>512.1</v>
       </c>
-      <c r="AP12" s="14" t="n">
+      <c r="AU12" s="14" t="n">
+        <v>594.6</v>
+      </c>
+      <c r="AV12" s="14" t="n">
         <v>632.2</v>
       </c>
-      <c r="AQ12" s="14" t="n">
+      <c r="AW12" s="14" t="n">
         <v>576.5</v>
       </c>
-      <c r="AR12" s="14" t="n">
+      <c r="AX12" s="14" t="n">
         <v>565.1</v>
       </c>
-      <c r="AS12" s="14" t="n">
+      <c r="AY12" s="14" t="n">
         <v>603.4</v>
       </c>
-      <c r="AT12" s="14" t="n">
+      <c r="AZ12" s="14" t="n">
         <v>600.1</v>
       </c>
-      <c r="AU12" s="14" t="n">
+      <c r="BA12" s="14" t="n">
         <v>715.6</v>
       </c>
-      <c r="AV12" s="14" t="n">
+      <c r="BB12" s="14" t="n">
         <v>713.5</v>
       </c>
-      <c r="AW12" s="14" t="n">
+      <c r="BC12" s="14" t="n">
         <v>728.7</v>
       </c>
-      <c r="AX12" s="14" t="n">
+      <c r="BD12" s="14" t="n">
+        <v>4289.0</v>
+      </c>
+      <c r="BE12" s="14" t="n">
         <v>4559.9</v>
       </c>
-      <c r="AY12" s="14" t="n">
+      <c r="BF12" s="14" t="n">
         <v>3651.6</v>
       </c>
-      <c r="AZ12" s="14" t="n">
+      <c r="BG12" s="14" t="n">
         <v>3776.0</v>
       </c>
-      <c r="BA12" s="14" t="n">
+      <c r="BH12" s="14" t="n">
         <v>4169.2</v>
       </c>
-      <c r="BB12" s="14" t="n">
+      <c r="BI12" s="14" t="n">
         <v>1759.0</v>
       </c>
-      <c r="BC12" s="14" t="n">
+      <c r="BJ12" s="14" t="n">
         <v>8938.8</v>
       </c>
-      <c r="BD12" s="14" t="n">
+      <c r="BK12" s="14" t="n">
         <v>3613.9</v>
       </c>
-      <c r="BE12" s="14" t="n">
+      <c r="BL12" s="14" t="n">
         <v>3665.0</v>
       </c>
-      <c r="BF12" s="14" t="n">
+      <c r="BM12" s="14" t="n">
+        <v>4727.8</v>
+      </c>
+      <c r="BN12" s="14" t="n">
         <v>4931.6</v>
       </c>
-      <c r="BG12" s="14" t="n">
+      <c r="BO12" s="14" t="n">
         <v>3919.3</v>
       </c>
-      <c r="BH12" s="14" t="n">
+      <c r="BP12" s="14" t="n">
         <v>3833.2</v>
       </c>
-      <c r="BI12" s="14" t="n">
+      <c r="BQ12" s="14" t="n">
         <v>5197.8</v>
       </c>
-      <c r="BJ12" s="14" t="n">
+      <c r="BR12" s="14" t="n">
         <v>5141.5</v>
       </c>
-      <c r="BK12" s="14" t="n">
+      <c r="BS12" s="14" t="n">
         <v>4267.7</v>
       </c>
-      <c r="BL12" s="14" t="n">
+      <c r="BT12" s="14" t="n">
         <v>4129.9</v>
       </c>
-      <c r="BM12" s="14" t="n">
+      <c r="BU12" s="14" t="n">
         <v>5061.9</v>
       </c>
-      <c r="BN12" s="14" t="n">
+      <c r="BV12" s="14" t="n">
+        <v>1204.1</v>
+      </c>
+      <c r="BW12" s="14" t="n">
         <v>1307.6</v>
       </c>
-      <c r="BO12" s="14" t="n">
+      <c r="BX12" s="14" t="n">
         <v>1485.5</v>
       </c>
-      <c r="BP12" s="14" t="n">
+      <c r="BY12" s="14" t="n">
         <v>1359.1</v>
       </c>
-      <c r="BQ12" s="14" t="n">
+      <c r="BZ12" s="14" t="n">
         <v>1728.7</v>
       </c>
-      <c r="BR12" s="14" t="n">
+      <c r="CA12" s="14" t="n">
         <v>1625.7</v>
       </c>
-      <c r="BS12" s="14" t="n">
+      <c r="CB12" s="14" t="n">
         <v>2792.9</v>
       </c>
-      <c r="BT12" s="14" t="n">
+      <c r="CC12" s="14" t="n">
         <v>2790.0</v>
       </c>
-      <c r="BU12" s="14" t="n">
+      <c r="CD12" s="14" t="n">
         <v>1609.0</v>
       </c>
-      <c r="BV12" s="14" t="n">
+      <c r="CE12" s="14" t="n">
+        <v>34617.8</v>
+      </c>
+      <c r="CF12" s="14" t="n">
         <v>35458.2</v>
       </c>
-      <c r="BW12" s="14" t="n">
+      <c r="CG12" s="14" t="n">
         <v>35083.8</v>
       </c>
-      <c r="BX12" s="14" t="n">
+      <c r="CH12" s="14" t="n">
         <v>36128.3</v>
       </c>
-      <c r="BY12" s="14" t="n">
+      <c r="CI12" s="14" t="n">
         <v>28611.5</v>
       </c>
-      <c r="BZ12" s="14" t="n">
+      <c r="CJ12" s="14" t="n">
         <v>29580.7</v>
       </c>
-      <c r="CA12" s="14" t="n">
+      <c r="CK12" s="14" t="n">
         <v>32651.2</v>
       </c>
-      <c r="CB12" s="14" t="n">
+      <c r="CL12" s="14" t="n">
         <v>29030.6</v>
       </c>
-      <c r="CC12" s="14" t="n">
+      <c r="CM12" s="14" t="n">
         <v>27448.4</v>
       </c>
-      <c r="CD12" s="14" t="n">
+      <c r="CN12" s="14" t="n">
+        <v>13622.9</v>
+      </c>
+      <c r="CO12" s="14" t="n">
         <v>14044.9</v>
       </c>
-      <c r="CE12" s="14" t="n">
+      <c r="CP12" s="14" t="n">
         <v>14476.7</v>
       </c>
-      <c r="CF12" s="14" t="n">
+      <c r="CQ12" s="14" t="n">
         <v>14747.8</v>
       </c>
-      <c r="CG12" s="14" t="n">
+      <c r="CR12" s="14" t="n">
         <v>17195.1</v>
       </c>
-      <c r="CH12" s="14" t="n">
+      <c r="CS12" s="14" t="n">
         <v>16744.6</v>
       </c>
-      <c r="CI12" s="14" t="n">
+      <c r="CT12" s="14" t="n">
         <v>21407.6</v>
       </c>
-      <c r="CJ12" s="14" t="n">
+      <c r="CU12" s="14" t="n">
         <v>18907.9</v>
       </c>
-      <c r="CK12" s="14" t="n">
+      <c r="CV12" s="14" t="n">
         <v>17305.1</v>
       </c>
-      <c r="CL12" s="14" t="n">
+      <c r="CW12" s="14" t="n">
+        <v>3240.9</v>
+      </c>
+      <c r="CX12" s="14" t="n">
         <v>2973.9</v>
       </c>
-      <c r="CM12" s="14" t="n">
+      <c r="CY12" s="14" t="n">
         <v>3128.5</v>
       </c>
-      <c r="CN12" s="14" t="n">
+      <c r="CZ12" s="14" t="n">
         <v>3190.8</v>
       </c>
-      <c r="CO12" s="14" t="n">
+      <c r="DA12" s="14" t="n">
         <v>2490.4</v>
       </c>
-      <c r="CP12" s="14" t="n">
+      <c r="DB12" s="14" t="n">
         <v>2333.0</v>
       </c>
-      <c r="CQ12" s="14" t="n">
+      <c r="DC12" s="14" t="n">
         <v>2301.0</v>
       </c>
-      <c r="CR12" s="14" t="n">
+      <c r="DD12" s="14" t="n">
         <v>2153.6</v>
       </c>
-      <c r="CS12" s="14" t="n">
+      <c r="DE12" s="14" t="n">
         <v>3138.6</v>
       </c>
-      <c r="CT12" s="14" t="n">
+      <c r="DF12" s="14" t="n">
+        <v>4306.8</v>
+      </c>
+      <c r="DG12" s="14" t="n">
         <v>4418.2</v>
       </c>
-      <c r="CU12" s="14" t="n">
+      <c r="DH12" s="14" t="n">
         <v>3155.2</v>
       </c>
-      <c r="CV12" s="14" t="n">
+      <c r="DI12" s="14" t="n">
         <v>3142.6</v>
       </c>
-      <c r="CW12" s="14" t="n">
+      <c r="DJ12" s="14" t="n">
         <v>2192.5</v>
       </c>
-      <c r="CX12" s="14" t="n">
+      <c r="DK12" s="14" t="n">
         <v>2133.9</v>
       </c>
-      <c r="CY12" s="14" t="n">
+      <c r="DL12" s="14" t="n">
         <v>2464.4</v>
       </c>
-      <c r="CZ12" s="14" t="n">
+      <c r="DM12" s="14" t="n">
         <v>2467.4</v>
       </c>
-      <c r="DA12" s="14" t="n">
+      <c r="DN12" s="14" t="n">
         <v>3083.1</v>
       </c>
-      <c r="DB12" s="14" t="n">
+      <c r="DO12" s="14" t="n">
+        <v>9367.2</v>
+      </c>
+      <c r="DP12" s="14" t="n">
         <v>8483.3</v>
       </c>
-      <c r="DC12" s="14" t="n">
+      <c r="DQ12" s="14" t="n">
         <v>8938.4</v>
       </c>
-      <c r="DD12" s="14" t="n">
+      <c r="DR12" s="14" t="n">
         <v>8258.6</v>
       </c>
-      <c r="DE12" s="14" t="n">
+      <c r="DS12" s="14" t="n">
         <v>9853.5</v>
       </c>
-      <c r="DF12" s="14" t="n">
+      <c r="DT12" s="14" t="n">
         <v>11640.2</v>
       </c>
-      <c r="DG12" s="14" t="n">
+      <c r="DU12" s="14" t="n">
         <v>19625.6</v>
       </c>
-      <c r="DH12" s="14" t="n">
+      <c r="DV12" s="14" t="n">
         <v>14533.5</v>
       </c>
-      <c r="DI12" s="14" t="n">
+      <c r="DW12" s="14" t="n">
         <v>6064.8</v>
       </c>
-      <c r="DJ12" s="14" t="n">
+      <c r="DX12" s="14" t="n">
+        <v>95391.9</v>
+      </c>
+      <c r="DY12" s="14" t="n">
         <v>93956.7</v>
       </c>
-      <c r="DK12" s="14" t="n">
+      <c r="DZ12" s="14" t="n">
         <v>110226.6</v>
       </c>
-      <c r="DL12" s="14" t="n">
+      <c r="EA12" s="14" t="n">
         <v>82870.1</v>
       </c>
-      <c r="DM12" s="14" t="n">
+      <c r="EB12" s="14" t="n">
         <v>77932.3</v>
       </c>
-      <c r="DN12" s="14" t="n">
+      <c r="EC12" s="14" t="n">
         <v>72106.4</v>
       </c>
-      <c r="DO12" s="14" t="n">
+      <c r="ED12" s="14" t="n">
         <v>53526.8</v>
       </c>
-      <c r="DP12" s="14" t="n">
+      <c r="EE12" s="14" t="n">
         <v>54105.0</v>
       </c>
-      <c r="DQ12" s="14" t="n">
+      <c r="EF12" s="14" t="n">
         <v>35961.9</v>
       </c>
-      <c r="DR12" s="14" t="n">
+      <c r="EG12" s="14" t="n">
+        <v>2604.4</v>
+      </c>
+      <c r="EH12" s="14" t="n">
         <v>2616.5</v>
       </c>
-      <c r="DS12" s="14" t="n">
+      <c r="EI12" s="14" t="n">
         <v>2702.4</v>
       </c>
-      <c r="DT12" s="14" t="n">
+      <c r="EJ12" s="14" t="n">
         <v>4858.9</v>
       </c>
-      <c r="DU12" s="14" t="n">
+      <c r="EK12" s="14" t="n">
         <v>5250.0</v>
       </c>
-      <c r="DV12" s="14" t="n">
+      <c r="EL12" s="14" t="n">
         <v>3080.9</v>
       </c>
-      <c r="DW12" s="14" t="n">
+      <c r="EM12" s="14" t="n">
         <v>2881.3</v>
       </c>
-      <c r="DX12" s="14" t="n">
+      <c r="EN12" s="14" t="n">
         <v>6255.8</v>
       </c>
-      <c r="DY12" s="14" t="n">
+      <c r="EO12" s="14" t="n">
         <v>6524.2</v>
       </c>
-      <c r="DZ12" s="14" t="n">
+      <c r="EP12" s="14" t="n">
+        <v>77982.6</v>
+      </c>
+      <c r="EQ12" s="14" t="n">
         <v>66913.0</v>
       </c>
-      <c r="EA12" s="14" t="n">
+      <c r="ER12" s="14" t="n">
         <v>59795.2</v>
       </c>
-      <c r="EB12" s="14" t="n">
+      <c r="ES12" s="14" t="n">
         <v>61299.9</v>
       </c>
-      <c r="EC12" s="14" t="n">
+      <c r="ET12" s="14" t="n">
         <v>73279.8</v>
       </c>
-      <c r="ED12" s="14" t="n">
+      <c r="EU12" s="14" t="n">
         <v>57263.7</v>
       </c>
-      <c r="EE12" s="14" t="n">
+      <c r="EV12" s="14" t="n">
         <v>56314.1</v>
       </c>
-      <c r="EF12" s="14" t="n">
+      <c r="EW12" s="14" t="n">
         <v>79494.1</v>
       </c>
-      <c r="EG12" s="14" t="n">
+      <c r="EX12" s="14" t="n">
         <v>77205.1</v>
       </c>
-      <c r="EH12" s="14" t="n">
+      <c r="EY12" s="14" t="n">
+        <v>1158.2</v>
+      </c>
+      <c r="EZ12" s="14" t="n">
         <v>816.9</v>
       </c>
-      <c r="EI12" s="14" t="n">
+      <c r="FA12" s="14" t="n">
         <v>784.4</v>
       </c>
-      <c r="EJ12" s="14" t="n">
+      <c r="FB12" s="14" t="n">
         <v>1992.1</v>
       </c>
-      <c r="EK12" s="14" t="n">
+      <c r="FC12" s="14" t="n">
         <v>2074.4</v>
       </c>
-      <c r="EL12" s="14" t="n">
+      <c r="FD12" s="14" t="n">
         <v>930.8</v>
       </c>
-      <c r="EM12" s="14" t="n">
+      <c r="FE12" s="14" t="n">
         <v>894.6</v>
       </c>
-      <c r="EN12" s="14" t="n">
+      <c r="FF12" s="14" t="n">
         <v>4036.1</v>
       </c>
-      <c r="EO12" s="14" t="n">
+      <c r="FG12" s="14" t="n">
         <v>3931.9</v>
       </c>
-      <c r="EP12" s="14" t="n">
+      <c r="FH12" s="14" t="n">
+        <v>1055.1</v>
+      </c>
+      <c r="FI12" s="14" t="n">
         <v>830.1</v>
       </c>
-      <c r="EQ12" s="14" t="n">
+      <c r="FJ12" s="14" t="n">
         <v>860.6</v>
       </c>
-      <c r="ER12" s="14" t="n">
+      <c r="FK12" s="14" t="n">
         <v>1086.1</v>
       </c>
-      <c r="ES12" s="14" t="n">
+      <c r="FL12" s="14" t="n">
         <v>904.4</v>
       </c>
-      <c r="ET12" s="14" t="n">
+      <c r="FM12" s="14" t="n">
         <v>1611.9</v>
       </c>
-      <c r="EU12" s="14" t="n">
+      <c r="FN12" s="14" t="n">
         <v>1387.0</v>
       </c>
-      <c r="EV12" s="14" t="n">
+      <c r="FO12" s="14" t="n">
         <v>2038.6</v>
       </c>
-      <c r="EW12" s="14" t="n">
+      <c r="FP12" s="14" t="n">
         <v>2028.7</v>
       </c>
-      <c r="EX12" s="13" t="inlineStr">
-[...19 lines deleted...]
-      <c r="FB12" s="14" t="n">
+      <c r="FQ12" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FR12" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FS12" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FT12" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FU12" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FV12" s="14" t="n">
         <v>1641.2</v>
       </c>
-      <c r="FC12" s="13" t="inlineStr">
-[...14 lines deleted...]
-      <c r="FF12" s="14" t="n">
+      <c r="FW12" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FX12" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FY12" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FZ12" s="14" t="n">
+        <v>267792.7</v>
+      </c>
+      <c r="GA12" s="14" t="n">
         <v>256738.6</v>
       </c>
-      <c r="FG12" s="14" t="n">
+      <c r="GB12" s="14" t="n">
         <v>266465.5</v>
       </c>
-      <c r="FH12" s="14" t="n">
+      <c r="GC12" s="14" t="n">
         <v>244443.2</v>
       </c>
-      <c r="FI12" s="14" t="n">
+      <c r="GD12" s="14" t="n">
         <v>247035.1</v>
       </c>
-      <c r="FJ12" s="14" t="n">
+      <c r="GE12" s="14" t="n">
         <v>224746.1</v>
       </c>
-      <c r="FK12" s="14" t="n">
+      <c r="GF12" s="14" t="n">
         <v>224542.2</v>
       </c>
-      <c r="FL12" s="14" t="n">
+      <c r="GG12" s="14" t="n">
         <v>240606.4</v>
       </c>
-      <c r="FM12" s="14" t="n">
+      <c r="GH12" s="14" t="n">
         <v>210891.6</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="6" t="inlineStr">
         <is>
           <t>01.4, 02, 03.1 Chemical waste NP</t>
         </is>
       </c>
       <c r="B13" s="14" t="n">
+        <v>4530.1</v>
+      </c>
+      <c r="C13" s="14" t="n">
         <v>4820.4</v>
       </c>
-      <c r="C13" s="14" t="n">
+      <c r="D13" s="14" t="n">
         <v>5740.2</v>
       </c>
-      <c r="D13" s="14" t="n">
+      <c r="E13" s="14" t="n">
         <v>5776.7</v>
       </c>
-      <c r="E13" s="14" t="n">
+      <c r="F13" s="14" t="n">
         <v>5283.8</v>
       </c>
-      <c r="F13" s="14" t="n">
+      <c r="G13" s="14" t="n">
         <v>5825.0</v>
       </c>
-      <c r="G13" s="14" t="n">
+      <c r="H13" s="14" t="n">
         <v>4706.7</v>
       </c>
-      <c r="H13" s="14" t="n">
+      <c r="I13" s="14" t="n">
         <v>5596.9</v>
       </c>
-      <c r="I13" s="14" t="n">
+      <c r="J13" s="14" t="n">
         <v>5215.6</v>
       </c>
-      <c r="J13" s="14" t="n">
+      <c r="K13" s="14" t="n">
+        <v>22.0</v>
+      </c>
+      <c r="L13" s="14" t="n">
         <v>20.6</v>
       </c>
-      <c r="K13" s="14" t="n">
+      <c r="M13" s="14" t="n">
         <v>49.2</v>
       </c>
-      <c r="L13" s="14" t="n">
+      <c r="N13" s="14" t="n">
         <v>40.9</v>
       </c>
-      <c r="M13" s="14" t="n">
+      <c r="O13" s="14" t="n">
         <v>32.3</v>
       </c>
-      <c r="N13" s="14" t="n">
+      <c r="P13" s="14" t="n">
         <v>35.3</v>
       </c>
-      <c r="O13" s="14" t="n">
+      <c r="Q13" s="14" t="n">
         <v>2.6</v>
       </c>
-      <c r="P13" s="14" t="n">
+      <c r="R13" s="14" t="n">
         <v>2.4</v>
       </c>
-      <c r="Q13" s="14" t="n">
+      <c r="S13" s="14" t="n">
         <v>11.4</v>
       </c>
-      <c r="R13" s="14" t="n">
+      <c r="T13" s="14" t="n">
+        <v>13374.8</v>
+      </c>
+      <c r="U13" s="14" t="n">
         <v>13935.7</v>
       </c>
-      <c r="S13" s="14" t="n">
+      <c r="V13" s="14" t="n">
         <v>11907.9</v>
       </c>
-      <c r="T13" s="14" t="n">
+      <c r="W13" s="14" t="n">
         <v>11548.2</v>
       </c>
-      <c r="U13" s="14" t="n">
+      <c r="X13" s="14" t="n">
         <v>15353.4</v>
       </c>
-      <c r="V13" s="14" t="n">
+      <c r="Y13" s="14" t="n">
         <v>14772.1</v>
       </c>
-      <c r="W13" s="14" t="n">
+      <c r="Z13" s="14" t="n">
         <v>17831.2</v>
       </c>
-      <c r="X13" s="14" t="n">
+      <c r="AA13" s="14" t="n">
         <v>13018.0</v>
       </c>
-      <c r="Y13" s="14" t="n">
+      <c r="AB13" s="14" t="n">
         <v>13573.1</v>
       </c>
-      <c r="Z13" s="14" t="n">
+      <c r="AC13" s="14" t="n">
+        <v>2421.2</v>
+      </c>
+      <c r="AD13" s="14" t="n">
         <v>2816.4</v>
       </c>
-      <c r="AA13" s="14" t="n">
+      <c r="AE13" s="14" t="n">
         <v>2675.9</v>
       </c>
-      <c r="AB13" s="14" t="n">
+      <c r="AF13" s="14" t="n">
         <v>2503.2</v>
       </c>
-      <c r="AC13" s="14" t="n">
+      <c r="AG13" s="14" t="n">
         <v>3601.2</v>
       </c>
-      <c r="AD13" s="14" t="n">
+      <c r="AH13" s="14" t="n">
         <v>3630.9</v>
       </c>
-      <c r="AE13" s="14" t="n">
+      <c r="AI13" s="14" t="n">
         <v>780.9</v>
       </c>
-      <c r="AF13" s="14" t="n">
+      <c r="AJ13" s="14" t="n">
         <v>800.2</v>
       </c>
-      <c r="AG13" s="14" t="n">
+      <c r="AK13" s="14" t="n">
         <v>560.4</v>
       </c>
-      <c r="AH13" s="14" t="n">
+      <c r="AL13" s="14" t="n">
+        <v>3065.7</v>
+      </c>
+      <c r="AM13" s="14" t="n">
         <v>3421.6</v>
       </c>
-      <c r="AI13" s="14" t="n">
+      <c r="AN13" s="14" t="n">
         <v>3995.7</v>
       </c>
-      <c r="AJ13" s="14" t="n">
+      <c r="AO13" s="14" t="n">
         <v>3695.2</v>
       </c>
-      <c r="AK13" s="14" t="n">
+      <c r="AP13" s="14" t="n">
         <v>3939.3</v>
       </c>
-      <c r="AL13" s="14" t="n">
+      <c r="AQ13" s="14" t="n">
         <v>3844.3</v>
       </c>
-      <c r="AM13" s="14" t="n">
+      <c r="AR13" s="14" t="n">
         <v>1796.9</v>
       </c>
-      <c r="AN13" s="14" t="n">
+      <c r="AS13" s="14" t="n">
         <v>1360.8</v>
       </c>
-      <c r="AO13" s="14" t="n">
+      <c r="AT13" s="14" t="n">
         <v>1795.1</v>
       </c>
-      <c r="AP13" s="14" t="n">
+      <c r="AU13" s="14" t="n">
+        <v>26750.4</v>
+      </c>
+      <c r="AV13" s="14" t="n">
         <v>28440.2</v>
       </c>
-      <c r="AQ13" s="14" t="n">
+      <c r="AW13" s="14" t="n">
         <v>32473.3</v>
       </c>
-      <c r="AR13" s="14" t="n">
+      <c r="AX13" s="14" t="n">
         <v>31831.6</v>
       </c>
-      <c r="AS13" s="14" t="n">
+      <c r="AY13" s="14" t="n">
         <v>25188.5</v>
       </c>
-      <c r="AT13" s="14" t="n">
+      <c r="AZ13" s="14" t="n">
         <v>25049.2</v>
       </c>
-      <c r="AU13" s="14" t="n">
+      <c r="BA13" s="14" t="n">
         <v>31686.0</v>
       </c>
-      <c r="AV13" s="14" t="n">
+      <c r="BB13" s="14" t="n">
         <v>33383.9</v>
       </c>
-      <c r="AW13" s="14" t="n">
+      <c r="BC13" s="14" t="n">
         <v>45776.2</v>
       </c>
-      <c r="AX13" s="14" t="n">
+      <c r="BD13" s="14" t="n">
+        <v>4700.7</v>
+      </c>
+      <c r="BE13" s="14" t="n">
         <v>4997.6</v>
       </c>
-      <c r="AY13" s="14" t="n">
+      <c r="BF13" s="14" t="n">
         <v>3291.0</v>
       </c>
-      <c r="AZ13" s="14" t="n">
+      <c r="BG13" s="14" t="n">
         <v>4396.9</v>
       </c>
-      <c r="BA13" s="14" t="n">
+      <c r="BH13" s="14" t="n">
         <v>3577.2</v>
       </c>
-      <c r="BB13" s="14" t="n">
+      <c r="BI13" s="14" t="n">
         <v>4240.2</v>
       </c>
-      <c r="BC13" s="14" t="n">
+      <c r="BJ13" s="14" t="n">
         <v>5777.2</v>
       </c>
-      <c r="BD13" s="14" t="n">
+      <c r="BK13" s="14" t="n">
         <v>6776.2</v>
       </c>
-      <c r="BE13" s="14" t="n">
+      <c r="BL13" s="14" t="n">
         <v>6442.9</v>
       </c>
-      <c r="BF13" s="14" t="n">
+      <c r="BM13" s="14" t="n">
+        <v>29455.2</v>
+      </c>
+      <c r="BN13" s="14" t="n">
         <v>30725.2</v>
       </c>
-      <c r="BG13" s="14" t="n">
+      <c r="BO13" s="14" t="n">
         <v>30784.1</v>
       </c>
-      <c r="BH13" s="14" t="n">
+      <c r="BP13" s="14" t="n">
         <v>30107.7</v>
       </c>
-      <c r="BI13" s="14" t="n">
+      <c r="BQ13" s="14" t="n">
         <v>28520.2</v>
       </c>
-      <c r="BJ13" s="14" t="n">
+      <c r="BR13" s="14" t="n">
         <v>28211.3</v>
       </c>
-      <c r="BK13" s="14" t="n">
+      <c r="BS13" s="14" t="n">
         <v>21189.1</v>
       </c>
-      <c r="BL13" s="14" t="n">
+      <c r="BT13" s="14" t="n">
         <v>25200.6</v>
       </c>
-      <c r="BM13" s="14" t="n">
+      <c r="BU13" s="14" t="n">
         <v>17021.3</v>
       </c>
-      <c r="BN13" s="14" t="n">
+      <c r="BV13" s="14" t="n">
+        <v>882.8</v>
+      </c>
+      <c r="BW13" s="14" t="n">
         <v>958.7</v>
       </c>
-      <c r="BO13" s="14" t="n">
+      <c r="BX13" s="14" t="n">
         <v>1457.5</v>
       </c>
-      <c r="BP13" s="14" t="n">
+      <c r="BY13" s="14" t="n">
         <v>1333.5</v>
       </c>
-      <c r="BQ13" s="14" t="n">
+      <c r="BZ13" s="14" t="n">
         <v>395.8</v>
       </c>
-      <c r="BR13" s="14" t="n">
+      <c r="CA13" s="14" t="n">
         <v>372.2</v>
       </c>
-      <c r="BS13" s="14" t="n">
+      <c r="CB13" s="14" t="n">
         <v>510.1</v>
       </c>
-      <c r="BT13" s="14" t="n">
+      <c r="CC13" s="14" t="n">
         <v>509.6</v>
       </c>
-      <c r="BU13" s="14" t="n">
+      <c r="CD13" s="14" t="n">
         <v>615.2</v>
       </c>
-      <c r="BV13" s="14" t="n">
+      <c r="CE13" s="14" t="n">
+        <v>7011.8</v>
+      </c>
+      <c r="CF13" s="14" t="n">
         <v>7182.0</v>
       </c>
-      <c r="BW13" s="14" t="n">
+      <c r="CG13" s="14" t="n">
         <v>6115.7</v>
       </c>
-      <c r="BX13" s="14" t="n">
+      <c r="CH13" s="14" t="n">
         <v>6297.8</v>
       </c>
-      <c r="BY13" s="14" t="n">
+      <c r="CI13" s="14" t="n">
         <v>6645.2</v>
       </c>
-      <c r="BZ13" s="14" t="n">
+      <c r="CJ13" s="14" t="n">
         <v>6870.3</v>
       </c>
-      <c r="CA13" s="14" t="n">
+      <c r="CK13" s="14" t="n">
         <v>4166.3</v>
       </c>
-      <c r="CB13" s="14" t="n">
+      <c r="CL13" s="14" t="n">
         <v>3995.8</v>
       </c>
-      <c r="CC13" s="14" t="n">
+      <c r="CM13" s="14" t="n">
         <v>4158.3</v>
       </c>
-      <c r="CD13" s="14" t="n">
+      <c r="CN13" s="14" t="n">
+        <v>4469.7</v>
+      </c>
+      <c r="CO13" s="14" t="n">
         <v>4608.2</v>
       </c>
-      <c r="CE13" s="14" t="n">
+      <c r="CP13" s="14" t="n">
         <v>4527.8</v>
       </c>
-      <c r="CF13" s="14" t="n">
+      <c r="CQ13" s="14" t="n">
         <v>4612.6</v>
       </c>
-      <c r="CG13" s="14" t="n">
+      <c r="CR13" s="14" t="n">
         <v>5442.6</v>
       </c>
-      <c r="CH13" s="14" t="n">
+      <c r="CS13" s="14" t="n">
         <v>5300.0</v>
       </c>
-      <c r="CI13" s="14" t="n">
+      <c r="CT13" s="14" t="n">
         <v>5626.0</v>
       </c>
-      <c r="CJ13" s="14" t="n">
+      <c r="CU13" s="14" t="n">
         <v>5193.1</v>
       </c>
-      <c r="CK13" s="14" t="n">
+      <c r="CV13" s="14" t="n">
         <v>4394.2</v>
       </c>
-      <c r="CL13" s="14" t="n">
+      <c r="CW13" s="14" t="n">
+        <v>660.0</v>
+      </c>
+      <c r="CX13" s="14" t="n">
         <v>605.7</v>
       </c>
-      <c r="CM13" s="14" t="n">
+      <c r="CY13" s="14" t="n">
         <v>449.1</v>
       </c>
-      <c r="CN13" s="14" t="n">
+      <c r="CZ13" s="14" t="n">
         <v>458.0</v>
       </c>
-      <c r="CO13" s="14" t="n">
+      <c r="DA13" s="14" t="n">
         <v>464.7</v>
       </c>
-      <c r="CP13" s="14" t="n">
+      <c r="DB13" s="14" t="n">
         <v>435.3</v>
       </c>
-      <c r="CQ13" s="14" t="n">
+      <c r="DC13" s="14" t="n">
         <v>842.9</v>
       </c>
-      <c r="CR13" s="14" t="n">
+      <c r="DD13" s="14" t="n">
         <v>763.8</v>
       </c>
-      <c r="CS13" s="14" t="n">
+      <c r="DE13" s="14" t="n">
         <v>841.7</v>
       </c>
-      <c r="CT13" s="14" t="n">
+      <c r="DF13" s="14" t="n">
+        <v>22889.3</v>
+      </c>
+      <c r="DG13" s="14" t="n">
         <v>23481.7</v>
       </c>
-      <c r="CU13" s="14" t="n">
+      <c r="DH13" s="14" t="n">
         <v>1109.6</v>
       </c>
-      <c r="CV13" s="14" t="n">
+      <c r="DI13" s="14" t="n">
         <v>1105.2</v>
       </c>
-      <c r="CW13" s="14" t="n">
+      <c r="DJ13" s="14" t="n">
         <v>5039.0</v>
       </c>
-      <c r="CX13" s="14" t="n">
+      <c r="DK13" s="14" t="n">
         <v>4904.5</v>
       </c>
-      <c r="CY13" s="14" t="n">
+      <c r="DL13" s="14" t="n">
         <v>6153.3</v>
       </c>
-      <c r="CZ13" s="14" t="n">
+      <c r="DM13" s="14" t="n">
         <v>6160.7</v>
       </c>
-      <c r="DA13" s="14" t="n">
+      <c r="DN13" s="14" t="n">
         <v>5702.4</v>
       </c>
-      <c r="DB13" s="14" t="n">
+      <c r="DO13" s="14" t="n">
+        <v>799.8</v>
+      </c>
+      <c r="DP13" s="14" t="n">
         <v>639.0</v>
       </c>
-      <c r="DC13" s="14" t="n">
+      <c r="DQ13" s="14" t="n">
         <v>844.2</v>
       </c>
-      <c r="DD13" s="14" t="n">
+      <c r="DR13" s="14" t="n">
         <v>448.2</v>
       </c>
-      <c r="DE13" s="14" t="n">
+      <c r="DS13" s="14" t="n">
         <v>399.9</v>
       </c>
-      <c r="DF13" s="14" t="n">
+      <c r="DT13" s="14" t="n">
         <v>671.6</v>
       </c>
-      <c r="DG13" s="14" t="n">
+      <c r="DU13" s="14" t="n">
         <v>931.8</v>
       </c>
-      <c r="DH13" s="14" t="n">
+      <c r="DV13" s="14" t="n">
         <v>716.7</v>
       </c>
-      <c r="DI13" s="14" t="n">
+      <c r="DW13" s="14" t="n">
         <v>645.0</v>
       </c>
-      <c r="DJ13" s="14" t="n">
+      <c r="DX13" s="14" t="n">
+        <v>11308.1</v>
+      </c>
+      <c r="DY13" s="14" t="n">
         <v>10865.1</v>
       </c>
-      <c r="DK13" s="14" t="n">
+      <c r="DZ13" s="14" t="n">
         <v>8040.5</v>
       </c>
-      <c r="DL13" s="14" t="n">
+      <c r="EA13" s="14" t="n">
         <v>6395.0</v>
       </c>
-      <c r="DM13" s="14" t="n">
+      <c r="EB13" s="14" t="n">
         <v>7603.9</v>
       </c>
-      <c r="DN13" s="14" t="n">
+      <c r="EC13" s="14" t="n">
         <v>7233.6</v>
       </c>
-      <c r="DO13" s="14" t="n">
+      <c r="ED13" s="14" t="n">
         <v>7619.6</v>
       </c>
-      <c r="DP13" s="14" t="n">
+      <c r="EE13" s="14" t="n">
         <v>7876.0</v>
       </c>
-      <c r="DQ13" s="14" t="n">
+      <c r="EF13" s="14" t="n">
         <v>11195.6</v>
       </c>
-      <c r="DR13" s="14" t="n">
+      <c r="EG13" s="14" t="n">
+        <v>626.0</v>
+      </c>
+      <c r="EH13" s="14" t="n">
         <v>304.7</v>
       </c>
-      <c r="DS13" s="14" t="n">
+      <c r="EI13" s="14" t="n">
         <v>327.5</v>
       </c>
-      <c r="DT13" s="14" t="n">
+      <c r="EJ13" s="14" t="n">
         <v>526.0</v>
       </c>
-      <c r="DU13" s="14" t="n">
+      <c r="EK13" s="14" t="n">
         <v>561.6</v>
       </c>
-      <c r="DV13" s="14" t="n">
+      <c r="EL13" s="14" t="n">
         <v>1722.2</v>
       </c>
-      <c r="DW13" s="14" t="n">
+      <c r="EM13" s="14" t="n">
         <v>1600.4</v>
       </c>
-      <c r="DX13" s="14" t="n">
+      <c r="EN13" s="14" t="n">
         <v>331.8</v>
       </c>
-      <c r="DY13" s="14" t="n">
+      <c r="EO13" s="14" t="n">
         <v>340.1</v>
       </c>
-      <c r="DZ13" s="14" t="n">
+      <c r="EP13" s="14" t="n">
+        <v>5244.8</v>
+      </c>
+      <c r="EQ13" s="14" t="n">
         <v>6334.5</v>
       </c>
-      <c r="EA13" s="14" t="n">
+      <c r="ER13" s="14" t="n">
         <v>5722.1</v>
       </c>
-      <c r="EB13" s="14" t="n">
+      <c r="ES13" s="14" t="n">
         <v>5841.9</v>
       </c>
-      <c r="EC13" s="14" t="n">
+      <c r="ET13" s="14" t="n">
         <v>6559.2</v>
       </c>
-      <c r="ED13" s="14" t="n">
+      <c r="EU13" s="14" t="n">
         <v>3570.6</v>
       </c>
-      <c r="EE13" s="14" t="n">
+      <c r="EV13" s="14" t="n">
         <v>3569.0</v>
       </c>
-      <c r="EF13" s="14" t="n">
+      <c r="EW13" s="14" t="n">
         <v>7007.1</v>
       </c>
-      <c r="EG13" s="14" t="n">
+      <c r="EX13" s="14" t="n">
         <v>6795.1</v>
       </c>
-      <c r="EH13" s="14" t="n">
+      <c r="EY13" s="14" t="n">
+        <v>408.2</v>
+      </c>
+      <c r="EZ13" s="14" t="n">
         <v>271.0</v>
       </c>
-      <c r="EI13" s="14" t="n">
+      <c r="FA13" s="14" t="n">
         <v>263.5</v>
       </c>
-      <c r="EJ13" s="14" t="n">
+      <c r="FB13" s="14" t="n">
         <v>253.2</v>
       </c>
-      <c r="EK13" s="14" t="n">
+      <c r="FC13" s="14" t="n">
         <v>261.8</v>
       </c>
-      <c r="EL13" s="14" t="n">
+      <c r="FD13" s="14" t="n">
         <v>420.2</v>
       </c>
-      <c r="EM13" s="14" t="n">
+      <c r="FE13" s="14" t="n">
         <v>403.4</v>
       </c>
-      <c r="EN13" s="14" t="n">
+      <c r="FF13" s="14" t="n">
         <v>550.0</v>
       </c>
-      <c r="EO13" s="14" t="n">
+      <c r="FG13" s="14" t="n">
         <v>535.8</v>
       </c>
-      <c r="EP13" s="14" t="n">
+      <c r="FH13" s="14" t="n">
+        <v>1408.1</v>
+      </c>
+      <c r="FI13" s="14" t="n">
         <v>1094.4</v>
       </c>
-      <c r="EQ13" s="14" t="n">
+      <c r="FJ13" s="14" t="n">
         <v>1026.5</v>
       </c>
-      <c r="ER13" s="14" t="n">
+      <c r="FK13" s="14" t="n">
         <v>1610.1</v>
       </c>
-      <c r="ES13" s="14" t="n">
+      <c r="FL13" s="14" t="n">
         <v>1556.9</v>
       </c>
-      <c r="ET13" s="14" t="n">
+      <c r="FM13" s="14" t="n">
         <v>888.7</v>
       </c>
-      <c r="EU13" s="14" t="n">
+      <c r="FN13" s="14" t="n">
         <v>858.2</v>
       </c>
-      <c r="EV13" s="14" t="n">
+      <c r="FO13" s="14" t="n">
         <v>1011.8</v>
       </c>
-      <c r="EW13" s="14" t="n">
+      <c r="FP13" s="14" t="n">
         <v>966.6</v>
       </c>
-      <c r="EX13" s="14" t="n">
+      <c r="FQ13" s="14" t="n">
+        <v>4951.9</v>
+      </c>
+      <c r="FR13" s="14" t="n">
         <v>4988.4</v>
       </c>
-      <c r="EY13" s="14" t="n">
+      <c r="FS13" s="14" t="n">
         <v>4718.4</v>
       </c>
-      <c r="EZ13" s="14" t="n">
+      <c r="FT13" s="14" t="n">
         <v>4356.5</v>
       </c>
-      <c r="FA13" s="14" t="n">
+      <c r="FU13" s="14" t="n">
         <v>4851.9</v>
       </c>
-      <c r="FB13" s="14" t="n">
+      <c r="FV13" s="14" t="n">
         <v>7630.6</v>
       </c>
-      <c r="FC13" s="13" t="inlineStr">
-[...14 lines deleted...]
-      <c r="FF13" s="14" t="n">
+      <c r="FW13" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FX13" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FY13" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FZ13" s="14" t="n">
+        <v>144980.6</v>
+      </c>
+      <c r="GA13" s="14" t="n">
         <v>150511.1</v>
       </c>
-      <c r="FG13" s="14" t="n">
+      <c r="GB13" s="14" t="n">
         <v>125519.7</v>
       </c>
-      <c r="FH13" s="14" t="n">
+      <c r="GC13" s="14" t="n">
         <v>123138.4</v>
       </c>
-      <c r="FI13" s="14" t="n">
+      <c r="GD13" s="14" t="n">
         <v>125278.4</v>
       </c>
-      <c r="FJ13" s="14" t="n">
+      <c r="GE13" s="14" t="n">
         <v>125628.1</v>
       </c>
-      <c r="FK13" s="14" t="n">
+      <c r="GF13" s="14" t="n">
         <v>116051.6</v>
       </c>
-      <c r="FL13" s="14" t="n">
+      <c r="GG13" s="14" t="n">
         <v>120255.4</v>
       </c>
-      <c r="FM13" s="14" t="n">
+      <c r="GH13" s="14" t="n">
         <v>126586.0</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="6" t="inlineStr">
         <is>
           <t>01.4, 02, 03.1 Chemical waste P</t>
         </is>
       </c>
       <c r="B14" s="14" t="n">
+        <v>9386.7</v>
+      </c>
+      <c r="C14" s="14" t="n">
         <v>10120.8</v>
       </c>
-      <c r="C14" s="14" t="n">
+      <c r="D14" s="14" t="n">
         <v>11919.8</v>
       </c>
-      <c r="D14" s="14" t="n">
+      <c r="E14" s="14" t="n">
         <v>12010.2</v>
       </c>
-      <c r="E14" s="14" t="n">
+      <c r="F14" s="14" t="n">
         <v>10948.9</v>
       </c>
-      <c r="F14" s="14" t="n">
+      <c r="G14" s="14" t="n">
         <v>12065.2</v>
       </c>
-      <c r="G14" s="14" t="n">
+      <c r="H14" s="14" t="n">
         <v>9659.4</v>
       </c>
-      <c r="H14" s="14" t="n">
+      <c r="I14" s="14" t="n">
         <v>11730.9</v>
       </c>
-      <c r="I14" s="14" t="n">
+      <c r="J14" s="14" t="n">
         <v>10881.3</v>
       </c>
-      <c r="J14" s="14" t="n">
+      <c r="K14" s="14" t="n">
+        <v>503.0</v>
+      </c>
+      <c r="L14" s="14" t="n">
         <v>470.6</v>
       </c>
-      <c r="K14" s="14" t="n">
+      <c r="M14" s="14" t="n">
         <v>778.1</v>
       </c>
-      <c r="L14" s="14" t="n">
+      <c r="N14" s="14" t="n">
         <v>647.4</v>
       </c>
-      <c r="M14" s="14" t="n">
+      <c r="O14" s="14" t="n">
         <v>549.2</v>
       </c>
-      <c r="N14" s="14" t="n">
+      <c r="P14" s="14" t="n">
         <v>600.7</v>
       </c>
-      <c r="O14" s="14" t="n">
+      <c r="Q14" s="14" t="n">
         <v>448.7</v>
       </c>
-      <c r="P14" s="14" t="n">
+      <c r="R14" s="14" t="n">
         <v>411.5</v>
       </c>
-      <c r="Q14" s="14" t="n">
+      <c r="S14" s="14" t="n">
         <v>570.4</v>
       </c>
-      <c r="R14" s="14" t="n">
+      <c r="T14" s="14" t="n">
+        <v>4933.2</v>
+      </c>
+      <c r="U14" s="14" t="n">
         <v>5140.1</v>
       </c>
-      <c r="S14" s="14" t="n">
+      <c r="V14" s="14" t="n">
         <v>4497.5</v>
       </c>
-      <c r="T14" s="14" t="n">
+      <c r="W14" s="14" t="n">
         <v>4361.6</v>
       </c>
-      <c r="U14" s="14" t="n">
+      <c r="X14" s="14" t="n">
         <v>3560.5</v>
       </c>
-      <c r="V14" s="14" t="n">
+      <c r="Y14" s="14" t="n">
         <v>3425.7</v>
       </c>
-      <c r="W14" s="14" t="n">
+      <c r="Z14" s="14" t="n">
         <v>3899.3</v>
       </c>
-      <c r="X14" s="14" t="n">
+      <c r="AA14" s="14" t="n">
         <v>3777.8</v>
       </c>
-      <c r="Y14" s="14" t="n">
+      <c r="AB14" s="14" t="n">
         <v>4456.9</v>
       </c>
-      <c r="Z14" s="14" t="n">
+      <c r="AC14" s="14" t="n">
+        <v>5946.2</v>
+      </c>
+      <c r="AD14" s="14" t="n">
         <v>6916.8</v>
       </c>
-      <c r="AA14" s="14" t="n">
+      <c r="AE14" s="14" t="n">
         <v>5077.8</v>
       </c>
-      <c r="AB14" s="14" t="n">
+      <c r="AF14" s="14" t="n">
         <v>4750.0</v>
       </c>
-      <c r="AC14" s="14" t="n">
+      <c r="AG14" s="14" t="n">
         <v>2527.2</v>
       </c>
-      <c r="AD14" s="14" t="n">
+      <c r="AH14" s="14" t="n">
         <v>2548.0</v>
       </c>
-      <c r="AE14" s="14" t="n">
+      <c r="AI14" s="14" t="n">
         <v>3574.0</v>
       </c>
-      <c r="AF14" s="14" t="n">
+      <c r="AJ14" s="14" t="n">
         <v>3665.5</v>
       </c>
-      <c r="AG14" s="14" t="n">
+      <c r="AK14" s="14" t="n">
         <v>2799.4</v>
       </c>
-      <c r="AH14" s="14" t="n">
+      <c r="AL14" s="14" t="n">
+        <v>5057.0</v>
+      </c>
+      <c r="AM14" s="14" t="n">
         <v>5643.9</v>
       </c>
-      <c r="AI14" s="14" t="n">
+      <c r="AN14" s="14" t="n">
         <v>5348.3</v>
       </c>
-      <c r="AJ14" s="14" t="n">
+      <c r="AO14" s="14" t="n">
         <v>4945.9</v>
       </c>
-      <c r="AK14" s="14" t="n">
+      <c r="AP14" s="14" t="n">
         <v>3637.3</v>
       </c>
-      <c r="AL14" s="14" t="n">
+      <c r="AQ14" s="14" t="n">
         <v>3549.5</v>
       </c>
-      <c r="AM14" s="14" t="n">
+      <c r="AR14" s="14" t="n">
         <v>3135.6</v>
       </c>
-      <c r="AN14" s="14" t="n">
+      <c r="AS14" s="14" t="n">
         <v>2847.0</v>
       </c>
-      <c r="AO14" s="14" t="n">
+      <c r="AT14" s="14" t="n">
         <v>2848.4</v>
       </c>
-      <c r="AP14" s="14" t="n">
+      <c r="AU14" s="14" t="n">
+        <v>15645.2</v>
+      </c>
+      <c r="AV14" s="14" t="n">
         <v>16633.5</v>
       </c>
-      <c r="AQ14" s="14" t="n">
+      <c r="AW14" s="14" t="n">
         <v>14071.9</v>
       </c>
-      <c r="AR14" s="14" t="n">
+      <c r="AX14" s="14" t="n">
         <v>13793.8</v>
       </c>
-      <c r="AS14" s="14" t="n">
+      <c r="AY14" s="14" t="n">
         <v>12696.2</v>
       </c>
-      <c r="AT14" s="14" t="n">
+      <c r="AZ14" s="14" t="n">
         <v>12626.0</v>
       </c>
-      <c r="AU14" s="14" t="n">
+      <c r="BA14" s="14" t="n">
         <v>12123.3</v>
       </c>
-      <c r="AV14" s="14" t="n">
+      <c r="BB14" s="14" t="n">
         <v>10777.8</v>
       </c>
-      <c r="AW14" s="14" t="n">
+      <c r="BC14" s="14" t="n">
         <v>10878.6</v>
       </c>
-      <c r="AX14" s="14" t="n">
+      <c r="BD14" s="14" t="n">
+        <v>8187.1</v>
+      </c>
+      <c r="BE14" s="14" t="n">
         <v>8704.3</v>
       </c>
-      <c r="AY14" s="14" t="n">
+      <c r="BF14" s="14" t="n">
         <v>9950.4</v>
       </c>
-      <c r="AZ14" s="14" t="n">
+      <c r="BG14" s="14" t="n">
         <v>7950.0</v>
       </c>
-      <c r="BA14" s="14" t="n">
+      <c r="BH14" s="14" t="n">
         <v>11973.5</v>
       </c>
-      <c r="BB14" s="14" t="n">
+      <c r="BI14" s="14" t="n">
         <v>15000.8</v>
       </c>
-      <c r="BC14" s="14" t="n">
+      <c r="BJ14" s="14" t="n">
         <v>25234.5</v>
       </c>
-      <c r="BD14" s="14" t="n">
+      <c r="BK14" s="14" t="n">
         <v>21400.0</v>
       </c>
-      <c r="BE14" s="14" t="n">
+      <c r="BL14" s="14" t="n">
         <v>25768.7</v>
       </c>
-      <c r="BF14" s="14" t="n">
+      <c r="BM14" s="14" t="n">
+        <v>217975.7</v>
+      </c>
+      <c r="BN14" s="14" t="n">
         <v>227373.6</v>
       </c>
-      <c r="BG14" s="14" t="n">
+      <c r="BO14" s="14" t="n">
         <v>237962.1</v>
       </c>
-      <c r="BH14" s="14" t="n">
+      <c r="BP14" s="14" t="n">
         <v>232733.5</v>
       </c>
-      <c r="BI14" s="14" t="n">
+      <c r="BQ14" s="14" t="n">
         <v>197872.6</v>
       </c>
-      <c r="BJ14" s="14" t="n">
+      <c r="BR14" s="14" t="n">
         <v>195729.4</v>
       </c>
-      <c r="BK14" s="14" t="n">
+      <c r="BS14" s="14" t="n">
         <v>225261.0</v>
       </c>
-      <c r="BL14" s="14" t="n">
+      <c r="BT14" s="14" t="n">
         <v>205038.1</v>
       </c>
-      <c r="BM14" s="14" t="n">
+      <c r="BU14" s="14" t="n">
         <v>187272.3</v>
       </c>
-      <c r="BN14" s="14" t="n">
+      <c r="BV14" s="14" t="n">
+        <v>8636.3</v>
+      </c>
+      <c r="BW14" s="14" t="n">
         <v>9378.5</v>
       </c>
-      <c r="BO14" s="14" t="n">
+      <c r="BX14" s="14" t="n">
         <v>6068.1</v>
       </c>
-      <c r="BP14" s="14" t="n">
+      <c r="BY14" s="14" t="n">
         <v>5551.8</v>
       </c>
-      <c r="BQ14" s="14" t="n">
+      <c r="BZ14" s="14" t="n">
         <v>5580.1</v>
       </c>
-      <c r="BR14" s="14" t="n">
+      <c r="CA14" s="14" t="n">
         <v>5247.6</v>
       </c>
-      <c r="BS14" s="14" t="n">
+      <c r="CB14" s="14" t="n">
         <v>6100.0</v>
       </c>
-      <c r="BT14" s="14" t="n">
+      <c r="CC14" s="14" t="n">
         <v>6093.8</v>
       </c>
-      <c r="BU14" s="14" t="n">
+      <c r="CD14" s="14" t="n">
         <v>5453.6</v>
       </c>
-      <c r="BV14" s="14" t="n">
+      <c r="CE14" s="14" t="n">
+        <v>42984.2</v>
+      </c>
+      <c r="CF14" s="14" t="n">
         <v>44027.7</v>
       </c>
-      <c r="BW14" s="14" t="n">
+      <c r="CG14" s="14" t="n">
         <v>41937.8</v>
       </c>
-      <c r="BX14" s="14" t="n">
+      <c r="CH14" s="14" t="n">
         <v>43186.4</v>
       </c>
-      <c r="BY14" s="14" t="n">
+      <c r="CI14" s="14" t="n">
         <v>29647.0</v>
       </c>
-      <c r="BZ14" s="14" t="n">
+      <c r="CJ14" s="14" t="n">
         <v>30651.3</v>
       </c>
-      <c r="CA14" s="14" t="n">
+      <c r="CK14" s="14" t="n">
         <v>44866.7</v>
       </c>
-      <c r="CB14" s="14" t="n">
+      <c r="CL14" s="14" t="n">
         <v>36000.3</v>
       </c>
-      <c r="CC14" s="14" t="n">
+      <c r="CM14" s="14" t="n">
         <v>36652.3</v>
       </c>
-      <c r="CD14" s="14" t="n">
+      <c r="CN14" s="14" t="n">
+        <v>32688.0</v>
+      </c>
+      <c r="CO14" s="14" t="n">
         <v>33700.6</v>
       </c>
-      <c r="CE14" s="14" t="n">
+      <c r="CP14" s="14" t="n">
         <v>30736.0</v>
       </c>
-      <c r="CF14" s="14" t="n">
+      <c r="CQ14" s="14" t="n">
         <v>31311.7</v>
       </c>
-      <c r="CG14" s="14" t="n">
+      <c r="CR14" s="14" t="n">
         <v>37918.2</v>
       </c>
-      <c r="CH14" s="14" t="n">
+      <c r="CS14" s="14" t="n">
         <v>36924.9</v>
       </c>
-      <c r="CI14" s="14" t="n">
+      <c r="CT14" s="14" t="n">
         <v>39221.5</v>
       </c>
-      <c r="CJ14" s="14" t="n">
+      <c r="CU14" s="14" t="n">
         <v>36930.5</v>
       </c>
-      <c r="CK14" s="14" t="n">
+      <c r="CV14" s="14" t="n">
         <v>38427.3</v>
       </c>
-      <c r="CL14" s="14" t="n">
+      <c r="CW14" s="14" t="n">
+        <v>9488.2</v>
+      </c>
+      <c r="CX14" s="14" t="n">
         <v>8706.4</v>
       </c>
-      <c r="CM14" s="14" t="n">
+      <c r="CY14" s="14" t="n">
         <v>8635.8</v>
       </c>
-      <c r="CN14" s="14" t="n">
+      <c r="CZ14" s="14" t="n">
         <v>8807.8</v>
       </c>
-      <c r="CO14" s="14" t="n">
+      <c r="DA14" s="14" t="n">
         <v>6684.6</v>
       </c>
-      <c r="CP14" s="14" t="n">
+      <c r="DB14" s="14" t="n">
         <v>6262.1</v>
       </c>
-      <c r="CQ14" s="14" t="n">
+      <c r="DC14" s="14" t="n">
         <v>8745.0</v>
       </c>
-      <c r="CR14" s="14" t="n">
+      <c r="DD14" s="14" t="n">
         <v>7908.7</v>
       </c>
-      <c r="CS14" s="14" t="n">
+      <c r="DE14" s="14" t="n">
         <v>7218.0</v>
       </c>
-      <c r="CT14" s="14" t="n">
+      <c r="DF14" s="14" t="n">
+        <v>7223.9</v>
+      </c>
+      <c r="DG14" s="14" t="n">
         <v>7410.8</v>
       </c>
-      <c r="CU14" s="14" t="n">
+      <c r="DH14" s="14" t="n">
         <v>2904.5</v>
       </c>
-      <c r="CV14" s="14" t="n">
+      <c r="DI14" s="14" t="n">
         <v>2892.9</v>
       </c>
-      <c r="CW14" s="14" t="n">
+      <c r="DJ14" s="14" t="n">
         <v>2753.4</v>
       </c>
-      <c r="CX14" s="14" t="n">
+      <c r="DK14" s="14" t="n">
         <v>2679.9</v>
       </c>
-      <c r="CY14" s="14" t="n">
+      <c r="DL14" s="14" t="n">
         <v>4439.8</v>
       </c>
-      <c r="CZ14" s="14" t="n">
+      <c r="DM14" s="14" t="n">
         <v>4445.1</v>
       </c>
-      <c r="DA14" s="14" t="n">
+      <c r="DN14" s="14" t="n">
         <v>3792.2</v>
       </c>
-      <c r="DB14" s="14" t="n">
+      <c r="DO14" s="14" t="n">
+        <v>18225.3</v>
+      </c>
+      <c r="DP14" s="14" t="n">
         <v>12403.6</v>
       </c>
-      <c r="DC14" s="14" t="n">
+      <c r="DQ14" s="14" t="n">
         <v>11854.0</v>
       </c>
-      <c r="DD14" s="14" t="n">
+      <c r="DR14" s="14" t="n">
         <v>10370.3</v>
       </c>
-      <c r="DE14" s="14" t="n">
+      <c r="DS14" s="14" t="n">
         <v>9029.6</v>
       </c>
-      <c r="DF14" s="14" t="n">
+      <c r="DT14" s="14" t="n">
         <v>12561.6</v>
       </c>
-      <c r="DG14" s="14" t="n">
+      <c r="DU14" s="14" t="n">
         <v>12172.3</v>
       </c>
-      <c r="DH14" s="14" t="n">
+      <c r="DV14" s="14" t="n">
         <v>9016.4</v>
       </c>
-      <c r="DI14" s="14" t="n">
+      <c r="DW14" s="14" t="n">
         <v>5987.6</v>
       </c>
-      <c r="DJ14" s="14" t="n">
+      <c r="DX14" s="14" t="n">
+        <v>131958.7</v>
+      </c>
+      <c r="DY14" s="14" t="n">
         <v>151551.2</v>
       </c>
-      <c r="DK14" s="14" t="n">
+      <c r="DZ14" s="14" t="n">
         <v>156462.8</v>
       </c>
-      <c r="DL14" s="14" t="n">
+      <c r="EA14" s="14" t="n">
         <v>157096.9</v>
       </c>
-      <c r="DM14" s="14" t="n">
+      <c r="EB14" s="14" t="n">
         <v>106717.3</v>
       </c>
-      <c r="DN14" s="14" t="n">
+      <c r="EC14" s="14" t="n">
         <v>89911.3</v>
       </c>
-      <c r="DO14" s="14" t="n">
+      <c r="ED14" s="14" t="n">
         <v>72772.7</v>
       </c>
-      <c r="DP14" s="14" t="n">
+      <c r="EE14" s="14" t="n">
         <v>75409.0</v>
       </c>
-      <c r="DQ14" s="14" t="n">
+      <c r="EF14" s="14" t="n">
         <v>76601.6</v>
       </c>
-      <c r="DR14" s="14" t="n">
+      <c r="EG14" s="14" t="n">
+        <v>3843.1</v>
+      </c>
+      <c r="EH14" s="14" t="n">
         <v>5338.7</v>
       </c>
-      <c r="DS14" s="14" t="n">
+      <c r="EI14" s="14" t="n">
         <v>5419.6</v>
       </c>
-      <c r="DT14" s="14" t="n">
+      <c r="EJ14" s="14" t="n">
         <v>3734.0</v>
       </c>
-      <c r="DU14" s="14" t="n">
+      <c r="EK14" s="14" t="n">
         <v>4020.5</v>
       </c>
-      <c r="DV14" s="14" t="n">
+      <c r="EL14" s="14" t="n">
         <v>2908.6</v>
       </c>
-      <c r="DW14" s="14" t="n">
+      <c r="EM14" s="14" t="n">
         <v>2705.4</v>
       </c>
-      <c r="DX14" s="14" t="n">
+      <c r="EN14" s="14" t="n">
         <v>2206.2</v>
       </c>
-      <c r="DY14" s="14" t="n">
+      <c r="EO14" s="14" t="n">
         <v>2281.6</v>
       </c>
-      <c r="DZ14" s="14" t="n">
+      <c r="EP14" s="14" t="n">
+        <v>50618.6</v>
+      </c>
+      <c r="EQ14" s="14" t="n">
         <v>86581.3</v>
       </c>
-      <c r="EA14" s="14" t="n">
+      <c r="ER14" s="14" t="n">
         <v>77766.6</v>
       </c>
-      <c r="EB14" s="14" t="n">
+      <c r="ES14" s="14" t="n">
         <v>59288.4</v>
       </c>
-      <c r="EC14" s="14" t="n">
+      <c r="ET14" s="14" t="n">
         <v>68172.7</v>
       </c>
-      <c r="ED14" s="14" t="n">
+      <c r="EU14" s="14" t="n">
         <v>69644.4</v>
       </c>
-      <c r="EE14" s="14" t="n">
+      <c r="EV14" s="14" t="n">
         <v>68921.9</v>
       </c>
-      <c r="EF14" s="14" t="n">
+      <c r="EW14" s="14" t="n">
         <v>50517.2</v>
       </c>
-      <c r="EG14" s="14" t="n">
+      <c r="EX14" s="14" t="n">
         <v>48733.7</v>
       </c>
-      <c r="EH14" s="14" t="n">
+      <c r="EY14" s="14" t="n">
+        <v>9290.5</v>
+      </c>
+      <c r="EZ14" s="14" t="n">
         <v>9204.5</v>
       </c>
-      <c r="EI14" s="14" t="n">
+      <c r="FA14" s="14" t="n">
         <v>8909.0</v>
       </c>
-      <c r="EJ14" s="14" t="n">
+      <c r="FB14" s="14" t="n">
         <v>7069.8</v>
       </c>
-      <c r="EK14" s="14" t="n">
+      <c r="FC14" s="14" t="n">
         <v>7409.1</v>
       </c>
-      <c r="EL14" s="14" t="n">
+      <c r="FD14" s="14" t="n">
         <v>5945.0</v>
       </c>
-      <c r="EM14" s="14" t="n">
+      <c r="FE14" s="14" t="n">
         <v>5740.8</v>
       </c>
-      <c r="EN14" s="14" t="n">
+      <c r="FF14" s="14" t="n">
         <v>4147.2</v>
       </c>
-      <c r="EO14" s="14" t="n">
+      <c r="FG14" s="14" t="n">
         <v>4041.5</v>
       </c>
-      <c r="EP14" s="14" t="n">
+      <c r="FH14" s="14" t="n">
+        <v>9864.0</v>
+      </c>
+      <c r="FI14" s="14" t="n">
         <v>16226.7</v>
       </c>
-      <c r="EQ14" s="14" t="n">
+      <c r="FJ14" s="14" t="n">
         <v>15673.4</v>
       </c>
-      <c r="ER14" s="14" t="n">
+      <c r="FK14" s="14" t="n">
         <v>10319.1</v>
       </c>
-      <c r="ES14" s="14" t="n">
+      <c r="FL14" s="14" t="n">
         <v>10075.7</v>
       </c>
-      <c r="ET14" s="14" t="n">
+      <c r="FM14" s="14" t="n">
         <v>9814.6</v>
       </c>
-      <c r="EU14" s="14" t="n">
+      <c r="FN14" s="14" t="n">
         <v>9390.2</v>
       </c>
-      <c r="EV14" s="14" t="n">
+      <c r="FO14" s="14" t="n">
         <v>10824.5</v>
       </c>
-      <c r="EW14" s="14" t="n">
+      <c r="FP14" s="14" t="n">
         <v>10506.7</v>
       </c>
-      <c r="EX14" s="13" t="inlineStr">
-[...24 lines deleted...]
-      <c r="FC14" s="14" t="n">
+      <c r="FQ14" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FR14" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FS14" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FT14" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FU14" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FV14" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FW14" s="14" t="n">
         <v>4270.2</v>
       </c>
-      <c r="FD14" s="14" t="n">
+      <c r="FX14" s="14" t="n">
         <v>4238.2</v>
       </c>
-      <c r="FE14" s="14" t="n">
+      <c r="FY14" s="14" t="n">
         <v>4111.6</v>
       </c>
-      <c r="FF14" s="14" t="n">
+      <c r="FZ14" s="14" t="n">
+        <v>592454.9</v>
+      </c>
+      <c r="GA14" s="14" t="n">
         <v>665533.6</v>
       </c>
-      <c r="FG14" s="14" t="n">
+      <c r="GB14" s="14" t="n">
         <v>655973.5</v>
       </c>
-      <c r="FH14" s="14" t="n">
+      <c r="GC14" s="14" t="n">
         <v>620821.5</v>
       </c>
-      <c r="FI14" s="14" t="n">
+      <c r="GD14" s="14" t="n">
         <v>531773.6</v>
       </c>
-      <c r="FJ14" s="14" t="n">
+      <c r="GE14" s="14" t="n">
         <v>518096.6</v>
       </c>
-      <c r="FK14" s="14" t="n">
+      <c r="GF14" s="14" t="n">
         <v>562682.3</v>
       </c>
-      <c r="FL14" s="14" t="n">
+      <c r="GG14" s="14" t="n">
         <v>507385.7</v>
       </c>
-      <c r="FM14" s="14" t="n">
+      <c r="GH14" s="14" t="n">
         <v>489283.7</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="6" t="inlineStr">
         <is>
           <t>03.2 Dry industrial effluent sludge NP</t>
         </is>
       </c>
       <c r="B15" s="14" t="n">
         <v>99.4</v>
       </c>
       <c r="C15" s="14" t="n">
+        <v>99.4</v>
+      </c>
+      <c r="D15" s="14" t="n">
         <v>101.8</v>
       </c>
-      <c r="D15" s="14" t="n">
+      <c r="E15" s="14" t="n">
         <v>100.3</v>
       </c>
-      <c r="E15" s="14" t="n">
+      <c r="F15" s="14" t="n">
         <v>103.4</v>
       </c>
-      <c r="F15" s="14" t="n">
+      <c r="G15" s="14" t="n">
         <v>99.8</v>
-      </c>
-[...1 lines deleted...]
-        <v>100.4</v>
       </c>
       <c r="H15" s="14" t="n">
         <v>100.4</v>
       </c>
       <c r="I15" s="14" t="n">
+        <v>100.4</v>
+      </c>
+      <c r="J15" s="14" t="n">
         <v>100.8</v>
       </c>
-      <c r="J15" s="14" t="n">
+      <c r="K15" s="14" t="n">
         <v>1.1</v>
       </c>
-      <c r="K15" s="14" t="n">
+      <c r="L15" s="14" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="M15" s="14" t="n">
         <v>0.5</v>
       </c>
-      <c r="L15" s="14" t="n">
+      <c r="N15" s="14" t="n">
         <v>0.4</v>
       </c>
-      <c r="M15" s="14" t="n">
+      <c r="O15" s="14" t="n">
         <v>1.5</v>
       </c>
-      <c r="N15" s="14" t="n">
+      <c r="P15" s="14" t="n">
         <v>1.6</v>
       </c>
-      <c r="O15" s="14" t="n">
+      <c r="Q15" s="14" t="n">
         <v>1.3</v>
       </c>
-      <c r="P15" s="14" t="n">
+      <c r="R15" s="14" t="n">
         <v>1.2</v>
       </c>
-      <c r="Q15" s="14" t="n">
+      <c r="S15" s="14" t="n">
         <v>3.2</v>
       </c>
-      <c r="R15" s="14" t="n">
+      <c r="T15" s="14" t="n">
+        <v>16634.6</v>
+      </c>
+      <c r="U15" s="14" t="n">
         <v>17332.2</v>
       </c>
-      <c r="S15" s="14" t="n">
+      <c r="V15" s="14" t="n">
         <v>9894.2</v>
       </c>
-      <c r="T15" s="14" t="n">
+      <c r="W15" s="14" t="n">
         <v>9595.3</v>
       </c>
-      <c r="U15" s="14" t="n">
+      <c r="X15" s="14" t="n">
         <v>2057.4</v>
       </c>
-      <c r="V15" s="14" t="n">
+      <c r="Y15" s="14" t="n">
         <v>1979.5</v>
       </c>
-      <c r="W15" s="14" t="n">
+      <c r="Z15" s="14" t="n">
         <v>2941.9</v>
       </c>
-      <c r="X15" s="14" t="n">
+      <c r="AA15" s="14" t="n">
         <v>2670.3</v>
       </c>
-      <c r="Y15" s="14" t="n">
+      <c r="AB15" s="14" t="n">
         <v>3515.2</v>
       </c>
-      <c r="Z15" s="14" t="n">
+      <c r="AC15" s="14" t="n">
+        <v>10161.3</v>
+      </c>
+      <c r="AD15" s="14" t="n">
         <v>11819.9</v>
       </c>
-      <c r="AA15" s="14" t="n">
+      <c r="AE15" s="14" t="n">
         <v>6896.5</v>
       </c>
-      <c r="AB15" s="14" t="n">
+      <c r="AF15" s="14" t="n">
         <v>6451.4</v>
       </c>
-      <c r="AC15" s="14" t="n">
+      <c r="AG15" s="14" t="n">
         <v>5526.4</v>
       </c>
-      <c r="AD15" s="14" t="n">
+      <c r="AH15" s="14" t="n">
         <v>5572.0</v>
       </c>
-      <c r="AE15" s="14" t="n">
+      <c r="AI15" s="14" t="n">
         <v>2545.1</v>
       </c>
-      <c r="AF15" s="14" t="n">
+      <c r="AJ15" s="14" t="n">
         <v>2850.6</v>
       </c>
-      <c r="AG15" s="14" t="n">
+      <c r="AK15" s="14" t="n">
         <v>2891.9</v>
       </c>
-      <c r="AH15" s="14" t="n">
+      <c r="AL15" s="14" t="n">
+        <v>1486.4</v>
+      </c>
+      <c r="AM15" s="14" t="n">
         <v>1659.0</v>
       </c>
-      <c r="AI15" s="14" t="n">
+      <c r="AN15" s="14" t="n">
         <v>2842.0</v>
       </c>
-      <c r="AJ15" s="14" t="n">
+      <c r="AO15" s="14" t="n">
         <v>2628.2</v>
       </c>
-      <c r="AK15" s="14" t="n">
+      <c r="AP15" s="14" t="n">
         <v>3694.1</v>
       </c>
-      <c r="AL15" s="14" t="n">
+      <c r="AQ15" s="14" t="n">
         <v>3605.0</v>
       </c>
-      <c r="AM15" s="14" t="n">
+      <c r="AR15" s="14" t="n">
         <v>3323.8</v>
       </c>
-      <c r="AN15" s="14" t="n">
+      <c r="AS15" s="14" t="n">
         <v>2682.9</v>
       </c>
-      <c r="AO15" s="14" t="n">
+      <c r="AT15" s="14" t="n">
         <v>1946.1</v>
       </c>
-      <c r="AP15" s="14" t="n">
+      <c r="AU15" s="14" t="n">
+        <v>31632.5</v>
+      </c>
+      <c r="AV15" s="14" t="n">
         <v>33630.7</v>
       </c>
-      <c r="AQ15" s="14" t="n">
+      <c r="AW15" s="14" t="n">
         <v>32537.8</v>
       </c>
-      <c r="AR15" s="14" t="n">
+      <c r="AX15" s="14" t="n">
         <v>31894.8</v>
       </c>
-      <c r="AS15" s="14" t="n">
+      <c r="AY15" s="14" t="n">
         <v>63165.2</v>
       </c>
-      <c r="AT15" s="14" t="n">
+      <c r="AZ15" s="14" t="n">
         <v>62816.1</v>
       </c>
-      <c r="AU15" s="14" t="n">
+      <c r="BA15" s="14" t="n">
         <v>87025.8</v>
       </c>
-      <c r="AV15" s="14" t="n">
+      <c r="BB15" s="14" t="n">
         <v>140737.7</v>
       </c>
-      <c r="AW15" s="14" t="n">
+      <c r="BC15" s="14" t="n">
         <v>148832.5</v>
       </c>
-      <c r="AX15" s="14" t="n">
+      <c r="BD15" s="14" t="n">
+        <v>620.0</v>
+      </c>
+      <c r="BE15" s="14" t="n">
         <v>659.1</v>
       </c>
-      <c r="AY15" s="14" t="n">
+      <c r="BF15" s="14" t="n">
         <v>2401.1</v>
       </c>
-      <c r="AZ15" s="14" t="n">
+      <c r="BG15" s="14" t="n">
         <v>547.0</v>
       </c>
-      <c r="BA15" s="14" t="n">
+      <c r="BH15" s="14" t="n">
         <v>2710.0</v>
       </c>
-      <c r="BB15" s="14" t="n">
+      <c r="BI15" s="14" t="n">
         <v>1062.0</v>
       </c>
-      <c r="BC15" s="14" t="n">
+      <c r="BJ15" s="14" t="n">
         <v>2681.5</v>
       </c>
-      <c r="BD15" s="14" t="n">
+      <c r="BK15" s="14" t="n">
         <v>64.0</v>
       </c>
-      <c r="BE15" s="14" t="n">
+      <c r="BL15" s="14" t="n">
         <v>2664.2</v>
       </c>
-      <c r="BF15" s="14" t="n">
+      <c r="BM15" s="14" t="n">
+        <v>82919.7</v>
+      </c>
+      <c r="BN15" s="14" t="n">
         <v>86494.7</v>
       </c>
-      <c r="BG15" s="14" t="n">
+      <c r="BO15" s="14" t="n">
         <v>71793.4</v>
       </c>
-      <c r="BH15" s="14" t="n">
+      <c r="BP15" s="14" t="n">
         <v>70215.9</v>
       </c>
-      <c r="BI15" s="14" t="n">
+      <c r="BQ15" s="14" t="n">
         <v>31934.5</v>
       </c>
-      <c r="BJ15" s="14" t="n">
+      <c r="BR15" s="14" t="n">
         <v>31588.6</v>
       </c>
-      <c r="BK15" s="14" t="n">
+      <c r="BS15" s="14" t="n">
         <v>53221.1</v>
       </c>
-      <c r="BL15" s="14" t="n">
+      <c r="BT15" s="14" t="n">
         <v>55661.8</v>
       </c>
-      <c r="BM15" s="14" t="n">
+      <c r="BU15" s="14" t="n">
         <v>65834.8</v>
       </c>
-      <c r="BN15" s="14" t="n">
+      <c r="BV15" s="14" t="n">
+        <v>5558.2</v>
+      </c>
+      <c r="BW15" s="14" t="n">
         <v>6035.9</v>
       </c>
-      <c r="BO15" s="14" t="n">
+      <c r="BX15" s="14" t="n">
         <v>11859.3</v>
       </c>
-      <c r="BP15" s="14" t="n">
+      <c r="BY15" s="14" t="n">
         <v>10850.2</v>
       </c>
-      <c r="BQ15" s="14" t="n">
+      <c r="BZ15" s="14" t="n">
         <v>13578.5</v>
       </c>
-      <c r="BR15" s="14" t="n">
+      <c r="CA15" s="14" t="n">
         <v>12769.5</v>
       </c>
-      <c r="BS15" s="14" t="n">
+      <c r="CB15" s="14" t="n">
         <v>16865.6</v>
       </c>
-      <c r="BT15" s="14" t="n">
+      <c r="CC15" s="14" t="n">
         <v>16848.2</v>
       </c>
-      <c r="BU15" s="14" t="n">
+      <c r="CD15" s="14" t="n">
         <v>10186.6</v>
       </c>
-      <c r="BV15" s="14" t="n">
+      <c r="CE15" s="14" t="n">
+        <v>358038.3</v>
+      </c>
+      <c r="CF15" s="14" t="n">
         <v>366730.0</v>
       </c>
-      <c r="BW15" s="14" t="n">
+      <c r="CG15" s="14" t="n">
         <v>377682.8</v>
       </c>
-      <c r="BX15" s="14" t="n">
+      <c r="CH15" s="14" t="n">
         <v>388927.3</v>
       </c>
-      <c r="BY15" s="14" t="n">
+      <c r="CI15" s="14" t="n">
         <v>360446.0</v>
       </c>
-      <c r="BZ15" s="14" t="n">
+      <c r="CJ15" s="14" t="n">
         <v>372656.2</v>
       </c>
-      <c r="CA15" s="14" t="n">
+      <c r="CK15" s="14" t="n">
         <v>374325.9</v>
       </c>
-      <c r="CB15" s="14" t="n">
+      <c r="CL15" s="14" t="n">
         <v>368040.1</v>
       </c>
-      <c r="CC15" s="14" t="n">
+      <c r="CM15" s="14" t="n">
         <v>374454.6</v>
       </c>
-      <c r="CD15" s="14" t="n">
+      <c r="CN15" s="14" t="n">
+        <v>2651.5</v>
+      </c>
+      <c r="CO15" s="14" t="n">
         <v>2733.6</v>
       </c>
-      <c r="CE15" s="14" t="n">
+      <c r="CP15" s="14" t="n">
         <v>2108.8</v>
       </c>
-      <c r="CF15" s="14" t="n">
+      <c r="CQ15" s="14" t="n">
         <v>2148.3</v>
       </c>
-      <c r="CG15" s="14" t="n">
+      <c r="CR15" s="14" t="n">
         <v>2341.8</v>
       </c>
-      <c r="CH15" s="14" t="n">
+      <c r="CS15" s="14" t="n">
         <v>2280.5</v>
       </c>
-      <c r="CI15" s="14" t="n">
+      <c r="CT15" s="14" t="n">
         <v>2872.9</v>
       </c>
-      <c r="CJ15" s="14" t="n">
+      <c r="CU15" s="14" t="n">
         <v>2985.0</v>
       </c>
-      <c r="CK15" s="14" t="n">
+      <c r="CV15" s="14" t="n">
         <v>3565.0</v>
       </c>
-      <c r="CL15" s="14" t="n">
+      <c r="CW15" s="14" t="n">
+        <v>614.0</v>
+      </c>
+      <c r="CX15" s="14" t="n">
         <v>563.4</v>
       </c>
-      <c r="CM15" s="14" t="n">
+      <c r="CY15" s="14" t="n">
         <v>381.4</v>
       </c>
-      <c r="CN15" s="14" t="n">
+      <c r="CZ15" s="14" t="n">
         <v>389.0</v>
       </c>
-      <c r="CO15" s="14" t="n">
+      <c r="DA15" s="14" t="n">
         <v>300.9</v>
       </c>
-      <c r="CP15" s="14" t="n">
+      <c r="DB15" s="14" t="n">
         <v>281.9</v>
       </c>
-      <c r="CQ15" s="14" t="n">
+      <c r="DC15" s="14" t="n">
         <v>258.0</v>
       </c>
-      <c r="CR15" s="14" t="n">
+      <c r="DD15" s="14" t="n">
         <v>239.9</v>
       </c>
-      <c r="CS15" s="14" t="n">
+      <c r="DE15" s="14" t="n">
         <v>213.6</v>
       </c>
-      <c r="CT15" s="14" t="n">
+      <c r="DF15" s="14" t="n">
+        <v>1406.5</v>
+      </c>
+      <c r="DG15" s="14" t="n">
         <v>1442.9</v>
       </c>
-      <c r="CU15" s="14" t="n">
+      <c r="DH15" s="14" t="n">
         <v>6441.2</v>
       </c>
-      <c r="CV15" s="14" t="n">
+      <c r="DI15" s="14" t="n">
         <v>6415.6</v>
       </c>
-      <c r="CW15" s="14" t="n">
+      <c r="DJ15" s="14" t="n">
         <v>6869.3</v>
       </c>
-      <c r="CX15" s="14" t="n">
+      <c r="DK15" s="14" t="n">
         <v>6686.0</v>
       </c>
-      <c r="CY15" s="14" t="n">
+      <c r="DL15" s="14" t="n">
         <v>6547.0</v>
       </c>
-      <c r="CZ15" s="14" t="n">
+      <c r="DM15" s="14" t="n">
         <v>6554.9</v>
       </c>
-      <c r="DA15" s="14" t="n">
+      <c r="DN15" s="14" t="n">
         <v>9882.3</v>
       </c>
-      <c r="DB15" s="14" t="n">
+      <c r="DO15" s="14" t="n">
+        <v>390.9</v>
+      </c>
+      <c r="DP15" s="14" t="n">
         <v>414.6</v>
       </c>
-      <c r="DC15" s="14" t="n">
+      <c r="DQ15" s="14" t="n">
         <v>23258.6</v>
       </c>
-      <c r="DD15" s="14" t="n">
+      <c r="DR15" s="14" t="n">
         <v>23285.6</v>
       </c>
-      <c r="DE15" s="14" t="n">
+      <c r="DS15" s="14" t="n">
         <v>5757.3</v>
       </c>
-      <c r="DF15" s="14" t="n">
+      <c r="DT15" s="14" t="n">
         <v>15266.2</v>
       </c>
-      <c r="DG15" s="14" t="n">
+      <c r="DU15" s="14" t="n">
         <v>15418.9</v>
       </c>
-      <c r="DH15" s="14" t="n">
+      <c r="DV15" s="14" t="n">
         <v>17787.5</v>
       </c>
-      <c r="DI15" s="14" t="n">
+      <c r="DW15" s="14" t="n">
         <v>18005.8</v>
       </c>
-      <c r="DJ15" s="14" t="n">
+      <c r="DX15" s="14" t="n">
+        <v>37458.8</v>
+      </c>
+      <c r="DY15" s="14" t="n">
         <v>30622.3</v>
       </c>
-      <c r="DK15" s="14" t="n">
+      <c r="DZ15" s="14" t="n">
         <v>20814.8</v>
       </c>
-      <c r="DL15" s="14" t="n">
+      <c r="EA15" s="14" t="n">
         <v>27396.2</v>
       </c>
-      <c r="DM15" s="14" t="n">
+      <c r="EB15" s="14" t="n">
         <v>19079.1</v>
       </c>
-      <c r="DN15" s="14" t="n">
+      <c r="EC15" s="14" t="n">
         <v>23128.7</v>
       </c>
-      <c r="DO15" s="14" t="n">
+      <c r="ED15" s="14" t="n">
         <v>10620.0</v>
       </c>
-      <c r="DP15" s="14" t="n">
+      <c r="EE15" s="14" t="n">
         <v>8122.0</v>
       </c>
-      <c r="DQ15" s="14" t="n">
+      <c r="EF15" s="14" t="n">
         <v>10954.2</v>
       </c>
-      <c r="DR15" s="14" t="n">
+      <c r="EG15" s="14" t="n">
+        <v>799.8</v>
+      </c>
+      <c r="EH15" s="14" t="n">
         <v>36.8</v>
       </c>
-      <c r="DS15" s="14" t="n">
+      <c r="EI15" s="14" t="n">
         <v>41.4</v>
       </c>
-      <c r="DT15" s="14" t="n">
+      <c r="EJ15" s="14" t="n">
         <v>31.2</v>
       </c>
-      <c r="DU15" s="14" t="n">
+      <c r="EK15" s="14" t="n">
         <v>33.7</v>
       </c>
-      <c r="DV15" s="14" t="n">
+      <c r="EL15" s="14" t="n">
         <v>166.5</v>
       </c>
-      <c r="DW15" s="14" t="n">
+      <c r="EM15" s="14" t="n">
         <v>159.6</v>
       </c>
-      <c r="DX15" s="14" t="n">
+      <c r="EN15" s="14" t="n">
         <v>17.3</v>
       </c>
-      <c r="DY15" s="14" t="n">
+      <c r="EO15" s="14" t="n">
         <v>18.7</v>
       </c>
-      <c r="DZ15" s="14" t="n">
+      <c r="EP15" s="14" t="n">
+        <v>300.1</v>
+      </c>
+      <c r="EQ15" s="14" t="n">
         <v>132.2</v>
       </c>
-      <c r="EA15" s="14" t="n">
+      <c r="ER15" s="14" t="n">
         <v>119.8</v>
       </c>
-      <c r="EB15" s="14" t="n">
+      <c r="ES15" s="14" t="n">
         <v>766.4</v>
       </c>
-      <c r="EC15" s="14" t="n">
+      <c r="ET15" s="14" t="n">
         <v>854.8</v>
       </c>
-      <c r="ED15" s="14" t="n">
+      <c r="EU15" s="14" t="n">
         <v>2571.4</v>
       </c>
-      <c r="EE15" s="14" t="n">
+      <c r="EV15" s="14" t="n">
         <v>2573.4</v>
       </c>
-      <c r="EF15" s="14" t="n">
+      <c r="EW15" s="14" t="n">
         <v>334.5</v>
       </c>
-      <c r="EG15" s="14" t="n">
+      <c r="EX15" s="14" t="n">
         <v>315.5</v>
       </c>
-      <c r="EH15" s="14" t="n">
+      <c r="EY15" s="14" t="n">
+        <v>10.4</v>
+      </c>
+      <c r="EZ15" s="14" t="n">
         <v>7.1</v>
       </c>
-      <c r="EI15" s="14" t="n">
+      <c r="FA15" s="14" t="n">
         <v>6.9</v>
       </c>
-      <c r="EJ15" s="14" t="n">
+      <c r="FB15" s="14" t="n">
         <v>10.3</v>
       </c>
-      <c r="EK15" s="14" t="n">
+      <c r="FC15" s="14" t="n">
         <v>10.7</v>
       </c>
-      <c r="EL15" s="14" t="n">
+      <c r="FD15" s="14" t="n">
         <v>17.1</v>
       </c>
-      <c r="EM15" s="14" t="n">
+      <c r="FE15" s="14" t="n">
         <v>17.1</v>
       </c>
-      <c r="EN15" s="14" t="n">
+      <c r="FF15" s="14" t="n">
         <v>60.9</v>
       </c>
-      <c r="EO15" s="14" t="n">
+      <c r="FG15" s="14" t="n">
         <v>59.3</v>
       </c>
-      <c r="EP15" s="14" t="n">
+      <c r="FH15" s="14" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="FI15" s="14" t="n">
         <v>5.4</v>
       </c>
-      <c r="EQ15" s="14" t="n">
+      <c r="FJ15" s="14" t="n">
         <v>38.7</v>
       </c>
-      <c r="ER15" s="14" t="n">
+      <c r="FK15" s="14" t="n">
         <v>36.0</v>
       </c>
-      <c r="ES15" s="14" t="n">
+      <c r="FL15" s="14" t="n">
         <v>45.9</v>
       </c>
-      <c r="ET15" s="14" t="n">
+      <c r="FM15" s="14" t="n">
         <v>48.6</v>
       </c>
-      <c r="EU15" s="14" t="n">
+      <c r="FN15" s="14" t="n">
         <v>48.4</v>
       </c>
-      <c r="EV15" s="14" t="n">
+      <c r="FO15" s="14" t="n">
         <v>126.0</v>
       </c>
-      <c r="EW15" s="14" t="n">
+      <c r="FP15" s="14" t="n">
         <v>122.3</v>
       </c>
-      <c r="EX15" s="13" t="inlineStr">
-[...39 lines deleted...]
-      <c r="FF15" s="14" t="n">
+      <c r="FQ15" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FR15" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FS15" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FT15" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FU15" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FV15" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FW15" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FX15" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FY15" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FZ15" s="14" t="n">
+        <v>550787.5</v>
+      </c>
+      <c r="GA15" s="14" t="n">
         <v>560420.3</v>
       </c>
-      <c r="FG15" s="14" t="n">
+      <c r="GB15" s="14" t="n">
         <v>569221.0</v>
       </c>
-      <c r="FH15" s="14" t="n">
+      <c r="GC15" s="14" t="n">
         <v>581689.4</v>
       </c>
-      <c r="FI15" s="14" t="n">
+      <c r="GD15" s="14" t="n">
         <v>518510.5</v>
       </c>
-      <c r="FJ15" s="14" t="n">
+      <c r="GE15" s="14" t="n">
         <v>542597.2</v>
       </c>
-      <c r="FK15" s="14" t="n">
+      <c r="GF15" s="14" t="n">
         <v>581547.7</v>
       </c>
-      <c r="FL15" s="14" t="n">
+      <c r="GG15" s="14" t="n">
         <v>625885.2</v>
       </c>
-      <c r="FM15" s="14" t="n">
+      <c r="GH15" s="14" t="n">
         <v>653566.6</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="6" t="inlineStr">
         <is>
           <t>03.2 Dry industrial effluent sludge P</t>
         </is>
       </c>
       <c r="B16" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C16" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D16" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E16" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F16" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="G16" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="H16" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="I16" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="J16" s="14" t="n">
+      <c r="J16" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="K16" s="14" t="n">
+        <v>24.4</v>
+      </c>
+      <c r="L16" s="14" t="n">
         <v>22.9</v>
       </c>
-      <c r="K16" s="14" t="n">
+      <c r="M16" s="14" t="n">
         <v>18.3</v>
       </c>
-      <c r="L16" s="14" t="n">
+      <c r="N16" s="14" t="n">
         <v>15.2</v>
       </c>
-      <c r="M16" s="14" t="n">
+      <c r="O16" s="14" t="n">
         <v>63.2</v>
       </c>
-      <c r="N16" s="14" t="n">
+      <c r="P16" s="14" t="n">
         <v>69.1</v>
       </c>
-      <c r="O16" s="14" t="n">
+      <c r="Q16" s="14" t="n">
         <v>40.8</v>
       </c>
-      <c r="P16" s="14" t="n">
+      <c r="R16" s="14" t="n">
         <v>37.4</v>
       </c>
-      <c r="Q16" s="14" t="n">
+      <c r="S16" s="14" t="n">
         <v>56.7</v>
       </c>
-      <c r="R16" s="14" t="n">
+      <c r="T16" s="14" t="n">
+        <v>344.7</v>
+      </c>
+      <c r="U16" s="14" t="n">
         <v>359.1</v>
       </c>
-      <c r="S16" s="14" t="n">
+      <c r="V16" s="14" t="n">
         <v>450.4</v>
       </c>
-      <c r="T16" s="14" t="n">
+      <c r="W16" s="14" t="n">
         <v>436.8</v>
       </c>
-      <c r="U16" s="14" t="n">
+      <c r="X16" s="14" t="n">
         <v>227.2</v>
       </c>
-      <c r="V16" s="14" t="n">
+      <c r="Y16" s="14" t="n">
         <v>218.6</v>
       </c>
-      <c r="W16" s="14" t="n">
+      <c r="Z16" s="14" t="n">
         <v>146.0</v>
       </c>
-      <c r="X16" s="14" t="n">
+      <c r="AA16" s="14" t="n">
         <v>146.5</v>
       </c>
-      <c r="Y16" s="14" t="n">
+      <c r="AB16" s="14" t="n">
         <v>242.3</v>
       </c>
-      <c r="Z16" s="14" t="n">
+      <c r="AC16" s="14" t="n">
+        <v>194.6</v>
+      </c>
+      <c r="AD16" s="14" t="n">
         <v>226.4</v>
       </c>
-      <c r="AA16" s="14" t="n">
+      <c r="AE16" s="14" t="n">
         <v>387.4</v>
       </c>
-      <c r="AB16" s="14" t="n">
+      <c r="AF16" s="14" t="n">
         <v>362.4</v>
       </c>
-      <c r="AC16" s="14" t="n">
+      <c r="AG16" s="14" t="n">
         <v>205.1</v>
       </c>
-      <c r="AD16" s="14" t="n">
+      <c r="AH16" s="14" t="n">
         <v>206.8</v>
       </c>
-      <c r="AE16" s="14" t="n">
+      <c r="AI16" s="14" t="n">
         <v>117.2</v>
       </c>
-      <c r="AF16" s="14" t="n">
+      <c r="AJ16" s="14" t="n">
         <v>214.8</v>
       </c>
-      <c r="AG16" s="14" t="n">
+      <c r="AK16" s="14" t="n">
         <v>352.2</v>
       </c>
-      <c r="AH16" s="14" t="n">
+      <c r="AL16" s="14" t="n">
+        <v>416.6</v>
+      </c>
+      <c r="AM16" s="14" t="n">
         <v>465.0</v>
       </c>
-      <c r="AI16" s="14" t="n">
+      <c r="AN16" s="14" t="n">
         <v>434.3</v>
       </c>
-      <c r="AJ16" s="14" t="n">
+      <c r="AO16" s="14" t="n">
         <v>401.6</v>
       </c>
-      <c r="AK16" s="14" t="n">
+      <c r="AP16" s="14" t="n">
         <v>334.7</v>
       </c>
-      <c r="AL16" s="14" t="n">
+      <c r="AQ16" s="14" t="n">
         <v>326.7</v>
       </c>
-      <c r="AM16" s="14" t="n">
+      <c r="AR16" s="14" t="n">
         <v>402.6</v>
       </c>
-      <c r="AN16" s="14" t="n">
+      <c r="AS16" s="14" t="n">
         <v>299.0</v>
       </c>
-      <c r="AO16" s="14" t="n">
+      <c r="AT16" s="14" t="n">
         <v>233.4</v>
       </c>
-      <c r="AP16" s="14" t="n">
+      <c r="AU16" s="14" t="n">
+        <v>626.0</v>
+      </c>
+      <c r="AV16" s="14" t="n">
         <v>665.5</v>
       </c>
-      <c r="AQ16" s="14" t="n">
+      <c r="AW16" s="14" t="n">
         <v>618.4</v>
       </c>
-      <c r="AR16" s="14" t="n">
+      <c r="AX16" s="14" t="n">
         <v>606.2</v>
       </c>
-      <c r="AS16" s="14" t="n">
+      <c r="AY16" s="14" t="n">
         <v>607.9</v>
       </c>
-      <c r="AT16" s="14" t="n">
+      <c r="AZ16" s="14" t="n">
         <v>604.5</v>
       </c>
-      <c r="AU16" s="14" t="n">
+      <c r="BA16" s="14" t="n">
         <v>786.5</v>
       </c>
-      <c r="AV16" s="14" t="n">
+      <c r="BB16" s="14" t="n">
         <v>689.6</v>
       </c>
-      <c r="AW16" s="14" t="n">
+      <c r="BC16" s="14" t="n">
         <v>964.7</v>
       </c>
-      <c r="AX16" s="14" t="n">
+      <c r="BD16" s="14" t="n">
+        <v>3639.3</v>
+      </c>
+      <c r="BE16" s="14" t="n">
         <v>3869.2</v>
       </c>
-      <c r="AY16" s="14" t="n">
+      <c r="BF16" s="14" t="n">
         <v>2211.7</v>
       </c>
-      <c r="AZ16" s="14" t="n">
+      <c r="BG16" s="14" t="n">
         <v>3423.2</v>
       </c>
-      <c r="BA16" s="14" t="n">
+      <c r="BH16" s="14" t="n">
         <v>4431.2</v>
       </c>
-      <c r="BB16" s="14" t="n">
+      <c r="BI16" s="14" t="n">
         <v>2246.2</v>
       </c>
-      <c r="BC16" s="14" t="n">
+      <c r="BJ16" s="14" t="n">
         <v>3817.2</v>
       </c>
-      <c r="BD16" s="14" t="n">
+      <c r="BK16" s="14" t="n">
         <v>3734.9</v>
       </c>
-      <c r="BE16" s="14" t="n">
+      <c r="BL16" s="14" t="n">
         <v>5150.5</v>
       </c>
-      <c r="BF16" s="14" t="n">
+      <c r="BM16" s="14" t="n">
+        <v>8916.0</v>
+      </c>
+      <c r="BN16" s="14" t="n">
         <v>9300.4</v>
       </c>
-      <c r="BG16" s="14" t="n">
+      <c r="BO16" s="14" t="n">
         <v>5546.9</v>
       </c>
-      <c r="BH16" s="14" t="n">
+      <c r="BP16" s="14" t="n">
         <v>5425.0</v>
       </c>
-      <c r="BI16" s="14" t="n">
+      <c r="BQ16" s="14" t="n">
         <v>4543.8</v>
       </c>
-      <c r="BJ16" s="14" t="n">
+      <c r="BR16" s="14" t="n">
         <v>4494.6</v>
       </c>
-      <c r="BK16" s="14" t="n">
+      <c r="BS16" s="14" t="n">
         <v>5369.2</v>
       </c>
-      <c r="BL16" s="14" t="n">
+      <c r="BT16" s="14" t="n">
         <v>7398.5</v>
       </c>
-      <c r="BM16" s="14" t="n">
+      <c r="BU16" s="14" t="n">
         <v>8178.0</v>
       </c>
-      <c r="BN16" s="14" t="n">
+      <c r="BV16" s="14" t="n">
+        <v>1371.2</v>
+      </c>
+      <c r="BW16" s="14" t="n">
         <v>1489.1</v>
       </c>
-      <c r="BO16" s="14" t="n">
+      <c r="BX16" s="14" t="n">
         <v>835.2</v>
       </c>
-      <c r="BP16" s="14" t="n">
+      <c r="BY16" s="14" t="n">
         <v>764.1</v>
       </c>
-      <c r="BQ16" s="14" t="n">
+      <c r="BZ16" s="14" t="n">
         <v>1281.2</v>
       </c>
-      <c r="BR16" s="14" t="n">
+      <c r="CA16" s="14" t="n">
         <v>1204.8</v>
       </c>
-      <c r="BS16" s="14" t="n">
+      <c r="CB16" s="14" t="n">
         <v>935.5</v>
       </c>
-      <c r="BT16" s="14" t="n">
+      <c r="CC16" s="14" t="n">
         <v>934.6</v>
       </c>
-      <c r="BU16" s="14" t="n">
+      <c r="CD16" s="14" t="n">
         <v>1467.9</v>
       </c>
-      <c r="BV16" s="14" t="n">
+      <c r="CE16" s="14" t="n">
+        <v>17929.6</v>
+      </c>
+      <c r="CF16" s="14" t="n">
         <v>18364.9</v>
       </c>
-      <c r="BW16" s="14" t="n">
+      <c r="CG16" s="14" t="n">
         <v>17224.9</v>
       </c>
-      <c r="BX16" s="14" t="n">
+      <c r="CH16" s="14" t="n">
         <v>17737.7</v>
       </c>
-      <c r="BY16" s="14" t="n">
+      <c r="CI16" s="14" t="n">
         <v>15326.9</v>
       </c>
-      <c r="BZ16" s="14" t="n">
+      <c r="CJ16" s="14" t="n">
         <v>15846.1</v>
       </c>
-      <c r="CA16" s="14" t="n">
+      <c r="CK16" s="14" t="n">
         <v>25282.0</v>
       </c>
-      <c r="CB16" s="14" t="n">
+      <c r="CL16" s="14" t="n">
         <v>19412.2</v>
       </c>
-      <c r="CC16" s="14" t="n">
+      <c r="CM16" s="14" t="n">
         <v>12311.0</v>
       </c>
-      <c r="CD16" s="14" t="n">
+      <c r="CN16" s="14" t="n">
+        <v>4082.9</v>
+      </c>
+      <c r="CO16" s="14" t="n">
         <v>4209.4</v>
       </c>
-      <c r="CE16" s="14" t="n">
+      <c r="CP16" s="14" t="n">
         <v>4396.6</v>
       </c>
-      <c r="CF16" s="14" t="n">
+      <c r="CQ16" s="14" t="n">
         <v>4478.9</v>
       </c>
-      <c r="CG16" s="14" t="n">
+      <c r="CR16" s="14" t="n">
         <v>5275.4</v>
       </c>
-      <c r="CH16" s="14" t="n">
+      <c r="CS16" s="14" t="n">
         <v>5137.2</v>
       </c>
-      <c r="CI16" s="14" t="n">
+      <c r="CT16" s="14" t="n">
         <v>4852.5</v>
       </c>
-      <c r="CJ16" s="14" t="n">
+      <c r="CU16" s="14" t="n">
         <v>5012.2</v>
       </c>
-      <c r="CK16" s="14" t="n">
+      <c r="CV16" s="14" t="n">
         <v>4574.8</v>
       </c>
-      <c r="CL16" s="14" t="n">
+      <c r="CW16" s="14" t="n">
+        <v>398.8</v>
+      </c>
+      <c r="CX16" s="14" t="n">
         <v>365.9</v>
       </c>
-      <c r="CM16" s="14" t="n">
+      <c r="CY16" s="14" t="n">
         <v>402.8</v>
       </c>
-      <c r="CN16" s="14" t="n">
+      <c r="CZ16" s="14" t="n">
         <v>410.8</v>
       </c>
-      <c r="CO16" s="14" t="n">
+      <c r="DA16" s="14" t="n">
         <v>297.1</v>
       </c>
-      <c r="CP16" s="14" t="n">
+      <c r="DB16" s="14" t="n">
         <v>278.3</v>
       </c>
-      <c r="CQ16" s="14" t="n">
+      <c r="DC16" s="14" t="n">
         <v>469.4</v>
       </c>
-      <c r="CR16" s="14" t="n">
+      <c r="DD16" s="14" t="n">
         <v>360.7</v>
       </c>
-      <c r="CS16" s="14" t="n">
+      <c r="DE16" s="14" t="n">
         <v>418.0</v>
       </c>
-      <c r="CT16" s="14" t="n">
+      <c r="DF16" s="14" t="n">
+        <v>3961.1</v>
+      </c>
+      <c r="DG16" s="14" t="n">
         <v>4063.6</v>
       </c>
-      <c r="CU16" s="14" t="n">
+      <c r="DH16" s="14" t="n">
         <v>1365.1</v>
       </c>
-      <c r="CV16" s="14" t="n">
+      <c r="DI16" s="14" t="n">
         <v>1359.7</v>
       </c>
-      <c r="CW16" s="14" t="n">
+      <c r="DJ16" s="14" t="n">
         <v>1004.6</v>
       </c>
-      <c r="CX16" s="14" t="n">
+      <c r="DK16" s="14" t="n">
         <v>977.8</v>
       </c>
-      <c r="CY16" s="14" t="n">
+      <c r="DL16" s="14" t="n">
         <v>1668.2</v>
       </c>
-      <c r="CZ16" s="14" t="n">
+      <c r="DM16" s="14" t="n">
         <v>1670.2</v>
       </c>
-      <c r="DA16" s="14" t="n">
+      <c r="DN16" s="14" t="n">
         <v>1202.5</v>
       </c>
-      <c r="DB16" s="14" t="n">
+      <c r="DO16" s="14" t="n">
+        <v>5668.5</v>
+      </c>
+      <c r="DP16" s="14" t="n">
         <v>2835.8</v>
       </c>
-      <c r="DC16" s="14" t="n">
+      <c r="DQ16" s="14" t="n">
         <v>19415.4</v>
       </c>
-      <c r="DD16" s="14" t="n">
+      <c r="DR16" s="14" t="n">
         <v>18829.0</v>
       </c>
-      <c r="DE16" s="14" t="n">
+      <c r="DS16" s="14" t="n">
         <v>2799.7</v>
       </c>
-      <c r="DF16" s="14" t="n">
+      <c r="DT16" s="14" t="n">
         <v>2988.6</v>
       </c>
-      <c r="DG16" s="14" t="n">
+      <c r="DU16" s="14" t="n">
         <v>2991.8</v>
       </c>
-      <c r="DH16" s="14" t="n">
+      <c r="DV16" s="14" t="n">
         <v>2206.3</v>
       </c>
-      <c r="DI16" s="14" t="n">
+      <c r="DW16" s="14" t="n">
         <v>2730.7</v>
       </c>
-      <c r="DJ16" s="14" t="n">
+      <c r="DX16" s="14" t="n">
+        <v>13439.5</v>
+      </c>
+      <c r="DY16" s="14" t="n">
         <v>13549.2</v>
       </c>
-      <c r="DK16" s="14" t="n">
+      <c r="DZ16" s="14" t="n">
         <v>15631.7</v>
       </c>
-      <c r="DL16" s="14" t="n">
+      <c r="EA16" s="14" t="n">
         <v>25287.7</v>
       </c>
-      <c r="DM16" s="14" t="n">
+      <c r="EB16" s="14" t="n">
         <v>13614.3</v>
       </c>
-      <c r="DN16" s="14" t="n">
+      <c r="EC16" s="14" t="n">
         <v>14538.7</v>
       </c>
-      <c r="DO16" s="14" t="n">
+      <c r="ED16" s="14" t="n">
         <v>12338.7</v>
       </c>
-      <c r="DP16" s="14" t="n">
+      <c r="EE16" s="14" t="n">
         <v>11472.0</v>
       </c>
-      <c r="DQ16" s="14" t="n">
+      <c r="EF16" s="14" t="n">
         <v>38009.5</v>
       </c>
-      <c r="DR16" s="14" t="n">
+      <c r="EG16" s="14" t="n">
+        <v>124.9</v>
+      </c>
+      <c r="EH16" s="14" t="n">
         <v>112.2</v>
       </c>
-      <c r="DS16" s="14" t="n">
+      <c r="EI16" s="14" t="n">
         <v>122.9</v>
       </c>
-      <c r="DT16" s="14" t="n">
+      <c r="EJ16" s="14" t="n">
         <v>114.5</v>
       </c>
-      <c r="DU16" s="14" t="n">
+      <c r="EK16" s="14" t="n">
         <v>123.4</v>
       </c>
-      <c r="DV16" s="14" t="n">
+      <c r="EL16" s="14" t="n">
         <v>168.0</v>
       </c>
-      <c r="DW16" s="14" t="n">
+      <c r="EM16" s="14" t="n">
         <v>154.3</v>
       </c>
-      <c r="DX16" s="14" t="n">
+      <c r="EN16" s="14" t="n">
         <v>95.6</v>
       </c>
-      <c r="DY16" s="14" t="n">
+      <c r="EO16" s="14" t="n">
         <v>100.1</v>
       </c>
-      <c r="DZ16" s="14" t="n">
+      <c r="EP16" s="14" t="n">
+        <v>2603.2</v>
+      </c>
+      <c r="EQ16" s="14" t="n">
         <v>3525.2</v>
       </c>
-      <c r="EA16" s="14" t="n">
+      <c r="ER16" s="14" t="n">
         <v>3205.6</v>
       </c>
-      <c r="EB16" s="14" t="n">
+      <c r="ES16" s="14" t="n">
         <v>1729.6</v>
       </c>
-      <c r="EC16" s="14" t="n">
+      <c r="ET16" s="14" t="n">
         <v>1985.2</v>
       </c>
-      <c r="ED16" s="14" t="n">
+      <c r="EU16" s="14" t="n">
         <v>2408.4</v>
       </c>
-      <c r="EE16" s="14" t="n">
+      <c r="EV16" s="14" t="n">
         <v>2359.0</v>
       </c>
-      <c r="EF16" s="14" t="n">
+      <c r="EW16" s="14" t="n">
         <v>1809.1</v>
       </c>
-      <c r="EG16" s="14" t="n">
+      <c r="EX16" s="14" t="n">
         <v>1708.7</v>
       </c>
-      <c r="EH16" s="14" t="n">
+      <c r="EY16" s="14" t="n">
+        <v>252.5</v>
+      </c>
+      <c r="EZ16" s="14" t="n">
         <v>228.9</v>
       </c>
-      <c r="EI16" s="14" t="n">
+      <c r="FA16" s="14" t="n">
         <v>218.2</v>
       </c>
-      <c r="EJ16" s="14" t="n">
+      <c r="FB16" s="14" t="n">
         <v>302.1</v>
       </c>
-      <c r="EK16" s="14" t="n">
+      <c r="FC16" s="14" t="n">
         <v>317.5</v>
       </c>
-      <c r="EL16" s="14" t="n">
+      <c r="FD16" s="14" t="n">
         <v>196.3</v>
       </c>
-      <c r="EM16" s="14" t="n">
+      <c r="FE16" s="14" t="n">
         <v>187.4</v>
       </c>
-      <c r="EN16" s="14" t="n">
+      <c r="FF16" s="14" t="n">
         <v>36.6</v>
       </c>
-      <c r="EO16" s="14" t="n">
+      <c r="FG16" s="14" t="n">
         <v>35.6</v>
       </c>
-      <c r="EP16" s="14" t="n">
+      <c r="FH16" s="14" t="n">
+        <v>392.8</v>
+      </c>
+      <c r="FI16" s="14" t="n">
         <v>256.0</v>
       </c>
-      <c r="EQ16" s="14" t="n">
+      <c r="FJ16" s="14" t="n">
         <v>755.3</v>
       </c>
-      <c r="ER16" s="14" t="n">
+      <c r="FK16" s="14" t="n">
         <v>791.9</v>
       </c>
-      <c r="ES16" s="14" t="n">
+      <c r="FL16" s="14" t="n">
         <v>666.4</v>
       </c>
-      <c r="ET16" s="14" t="n">
+      <c r="FM16" s="14" t="n">
         <v>127.8</v>
       </c>
-      <c r="EU16" s="14" t="n">
+      <c r="FN16" s="14" t="n">
         <v>123.6</v>
       </c>
-      <c r="EV16" s="14" t="n">
+      <c r="FO16" s="14" t="n">
         <v>79.0</v>
       </c>
-      <c r="EW16" s="14" t="n">
+      <c r="FP16" s="14" t="n">
         <v>179.3</v>
       </c>
-      <c r="EX16" s="13" t="inlineStr">
-[...39 lines deleted...]
-      <c r="FF16" s="14" t="n">
+      <c r="FQ16" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FR16" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FS16" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FT16" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FU16" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FV16" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FW16" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FX16" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FY16" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FZ16" s="14" t="n">
+        <v>64386.6</v>
+      </c>
+      <c r="GA16" s="14" t="n">
         <v>63908.7</v>
       </c>
-      <c r="FG16" s="14" t="n">
+      <c r="GB16" s="14" t="n">
         <v>73241.1</v>
       </c>
-      <c r="FH16" s="14" t="n">
+      <c r="GC16" s="14" t="n">
         <v>82476.4</v>
       </c>
-      <c r="FI16" s="14" t="n">
+      <c r="GD16" s="14" t="n">
         <v>53104.8</v>
       </c>
-      <c r="FJ16" s="14" t="n">
+      <c r="GE16" s="14" t="n">
         <v>52038.5</v>
       </c>
-      <c r="FK16" s="14" t="n">
+      <c r="GF16" s="14" t="n">
         <v>62041.9</v>
       </c>
-      <c r="FL16" s="14" t="n">
+      <c r="GG16" s="14" t="n">
         <v>55609.2</v>
       </c>
-      <c r="FM16" s="14" t="n">
+      <c r="GH16" s="14" t="n">
         <v>77915.9</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="6" t="inlineStr">
         <is>
           <t>03.3 Sludge and liquid waste from dry waste treatment NP</t>
         </is>
       </c>
       <c r="B17" s="14" t="n">
         <v>56.8</v>
       </c>
       <c r="C17" s="14" t="n">
+        <v>56.8</v>
+      </c>
+      <c r="D17" s="14" t="n">
         <v>58.2</v>
       </c>
-      <c r="D17" s="14" t="n">
+      <c r="E17" s="14" t="n">
         <v>57.3</v>
       </c>
-      <c r="E17" s="14" t="n">
+      <c r="F17" s="14" t="n">
         <v>59.1</v>
       </c>
-      <c r="F17" s="14" t="n">
+      <c r="G17" s="14" t="n">
         <v>57.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>57.4</v>
       </c>
       <c r="H17" s="14" t="n">
         <v>57.4</v>
       </c>
       <c r="I17" s="14" t="n">
+        <v>57.4</v>
+      </c>
+      <c r="J17" s="14" t="n">
         <v>57.6</v>
       </c>
-      <c r="J17" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="K17" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="L17" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="M17" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N17" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="O17" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="P17" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="Q17" s="14" t="n">
+      <c r="Q17" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="R17" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="S17" s="14" t="n">
         <v>13.3</v>
       </c>
-      <c r="R17" s="14" t="n">
+      <c r="T17" s="14" t="n">
+        <v>314.2</v>
+      </c>
+      <c r="U17" s="14" t="n">
         <v>327.4</v>
       </c>
-      <c r="S17" s="14" t="n">
+      <c r="V17" s="14" t="n">
         <v>881.3</v>
       </c>
-      <c r="T17" s="14" t="n">
+      <c r="W17" s="14" t="n">
         <v>854.7</v>
       </c>
-      <c r="U17" s="14" t="n">
+      <c r="X17" s="14" t="n">
         <v>376.0</v>
       </c>
-      <c r="V17" s="14" t="n">
+      <c r="Y17" s="14" t="n">
         <v>361.7</v>
       </c>
-      <c r="W17" s="14" t="n">
+      <c r="Z17" s="14" t="n">
         <v>191.7</v>
       </c>
-      <c r="X17" s="14" t="n">
+      <c r="AA17" s="14" t="n">
         <v>448.7</v>
       </c>
-      <c r="Y17" s="14" t="n">
+      <c r="AB17" s="14" t="n">
         <v>34.9</v>
       </c>
-      <c r="Z17" s="14" t="n">
+      <c r="AC17" s="14" t="n">
+        <v>497.7</v>
+      </c>
+      <c r="AD17" s="14" t="n">
         <v>578.9</v>
       </c>
-      <c r="AA17" s="14" t="n">
+      <c r="AE17" s="14" t="n">
         <v>1031.8</v>
       </c>
-      <c r="AB17" s="14" t="n">
+      <c r="AF17" s="14" t="n">
         <v>965.2</v>
       </c>
-      <c r="AC17" s="14" t="n">
+      <c r="AG17" s="14" t="n">
         <v>875.8</v>
       </c>
-      <c r="AD17" s="14" t="n">
+      <c r="AH17" s="14" t="n">
         <v>883.0</v>
       </c>
-      <c r="AE17" s="14" t="n">
+      <c r="AI17" s="14" t="n">
         <v>1336.8</v>
       </c>
-      <c r="AF17" s="14" t="n">
+      <c r="AJ17" s="14" t="n">
         <v>1341.7</v>
       </c>
-      <c r="AG17" s="14" t="n">
+      <c r="AK17" s="14" t="n">
         <v>1128.2</v>
       </c>
-      <c r="AH17" s="13" t="inlineStr">
-[...18 lines deleted...]
-      </c>
       <c r="AL17" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AM17" s="14" t="n">
+      <c r="AM17" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AN17" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AO17" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AP17" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AQ17" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AR17" s="14" t="n">
         <v>9.9</v>
       </c>
-      <c r="AN17" s="14" t="n">
+      <c r="AS17" s="14" t="n">
         <v>9.5</v>
       </c>
-      <c r="AO17" s="14" t="n">
+      <c r="AT17" s="14" t="n">
         <v>2.5</v>
       </c>
-      <c r="AP17" s="14" t="n">
+      <c r="AU17" s="14" t="n">
+        <v>233.2</v>
+      </c>
+      <c r="AV17" s="14" t="n">
         <v>247.9</v>
       </c>
-      <c r="AQ17" s="14" t="n">
+      <c r="AW17" s="14" t="n">
         <v>316.9</v>
       </c>
-      <c r="AR17" s="14" t="n">
+      <c r="AX17" s="14" t="n">
         <v>310.6</v>
       </c>
-      <c r="AS17" s="14" t="n">
+      <c r="AY17" s="14" t="n">
         <v>388.5</v>
       </c>
-      <c r="AT17" s="14" t="n">
+      <c r="AZ17" s="14" t="n">
         <v>386.3</v>
       </c>
-      <c r="AU17" s="14" t="n">
+      <c r="BA17" s="14" t="n">
         <v>1210.7</v>
       </c>
-      <c r="AV17" s="14" t="n">
+      <c r="BB17" s="14" t="n">
         <v>2635.8</v>
       </c>
-      <c r="AW17" s="14" t="n">
+      <c r="BC17" s="14" t="n">
         <v>3291.0</v>
       </c>
-      <c r="AX17" s="13" t="inlineStr">
-[...28 lines deleted...]
-      </c>
       <c r="BD17" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BE17" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="BF17" s="14" t="n">
+      <c r="BF17" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BG17" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BH17" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BI17" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BJ17" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BK17" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BL17" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BM17" s="14" t="n">
+        <v>337.6</v>
+      </c>
+      <c r="BN17" s="14" t="n">
         <v>352.2</v>
       </c>
-      <c r="BG17" s="14" t="n">
+      <c r="BO17" s="14" t="n">
         <v>1962.9</v>
       </c>
-      <c r="BH17" s="14" t="n">
+      <c r="BP17" s="14" t="n">
         <v>1919.8</v>
       </c>
-      <c r="BI17" s="14" t="n">
+      <c r="BQ17" s="14" t="n">
         <v>3346.5</v>
       </c>
-      <c r="BJ17" s="14" t="n">
+      <c r="BR17" s="14" t="n">
         <v>3310.2</v>
       </c>
-      <c r="BK17" s="14" t="n">
+      <c r="BS17" s="14" t="n">
         <v>453.0</v>
       </c>
-      <c r="BL17" s="14" t="n">
+      <c r="BT17" s="14" t="n">
         <v>1782.3</v>
       </c>
-      <c r="BM17" s="14" t="n">
+      <c r="BU17" s="14" t="n">
         <v>345.8</v>
       </c>
-      <c r="BN17" s="14" t="n">
+      <c r="BV17" s="14" t="n">
+        <v>23.5</v>
+      </c>
+      <c r="BW17" s="14" t="n">
         <v>25.5</v>
       </c>
-      <c r="BO17" s="14" t="n">
+      <c r="BX17" s="14" t="n">
         <v>532.4</v>
       </c>
-      <c r="BP17" s="14" t="n">
+      <c r="BY17" s="14" t="n">
         <v>487.1</v>
       </c>
-      <c r="BQ17" s="14" t="n">
+      <c r="BZ17" s="14" t="n">
         <v>317.0</v>
       </c>
-      <c r="BR17" s="14" t="n">
+      <c r="CA17" s="14" t="n">
         <v>298.1</v>
       </c>
-      <c r="BS17" s="14" t="n">
+      <c r="CB17" s="14" t="n">
         <v>225.1</v>
       </c>
-      <c r="BT17" s="14" t="n">
+      <c r="CC17" s="14" t="n">
         <v>224.9</v>
       </c>
-      <c r="BU17" s="14" t="n">
+      <c r="CD17" s="14" t="n">
         <v>370.1</v>
       </c>
-      <c r="BV17" s="14" t="n">
+      <c r="CE17" s="14" t="n">
+        <v>2143.2</v>
+      </c>
+      <c r="CF17" s="14" t="n">
         <v>2195.2</v>
       </c>
-      <c r="BW17" s="14" t="n">
+      <c r="CG17" s="14" t="n">
         <v>1650.4</v>
       </c>
-      <c r="BX17" s="14" t="n">
+      <c r="CH17" s="14" t="n">
         <v>1699.5</v>
       </c>
-      <c r="BY17" s="14" t="n">
+      <c r="CI17" s="14" t="n">
         <v>2864.4</v>
       </c>
-      <c r="BZ17" s="14" t="n">
+      <c r="CJ17" s="14" t="n">
         <v>2961.4</v>
       </c>
-      <c r="CA17" s="14" t="n">
+      <c r="CK17" s="14" t="n">
         <v>2703.1</v>
       </c>
-      <c r="CB17" s="14" t="n">
+      <c r="CL17" s="14" t="n">
         <v>3566.1</v>
       </c>
-      <c r="CC17" s="14" t="n">
+      <c r="CM17" s="14" t="n">
         <v>880.6</v>
       </c>
-      <c r="CD17" s="14" t="n">
+      <c r="CN17" s="14" t="n">
+        <v>549.2</v>
+      </c>
+      <c r="CO17" s="14" t="n">
         <v>566.2</v>
       </c>
-      <c r="CE17" s="14" t="n">
+      <c r="CP17" s="14" t="n">
         <v>639.3</v>
       </c>
-      <c r="CF17" s="14" t="n">
+      <c r="CQ17" s="14" t="n">
         <v>651.3</v>
       </c>
-      <c r="CG17" s="14" t="n">
+      <c r="CR17" s="14" t="n">
         <v>355.7</v>
       </c>
-      <c r="CH17" s="14" t="n">
+      <c r="CS17" s="14" t="n">
         <v>346.4</v>
       </c>
-      <c r="CI17" s="14" t="n">
+      <c r="CT17" s="14" t="n">
         <v>271.5</v>
       </c>
-      <c r="CJ17" s="14" t="n">
+      <c r="CU17" s="14" t="n">
         <v>583.5</v>
       </c>
-      <c r="CK17" s="14" t="n">
+      <c r="CV17" s="14" t="n">
         <v>412.5</v>
       </c>
-      <c r="CL17" s="13" t="inlineStr">
-[...4 lines deleted...]
-      <c r="CM17" s="14" t="n">
+      <c r="CW17" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CX17" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CY17" s="14" t="n">
         <v>13.1</v>
       </c>
-      <c r="CN17" s="14" t="n">
+      <c r="CZ17" s="14" t="n">
         <v>13.3</v>
       </c>
-      <c r="CO17" s="14" t="n">
+      <c r="DA17" s="14" t="n">
         <v>126.2</v>
       </c>
-      <c r="CP17" s="14" t="n">
+      <c r="DB17" s="14" t="n">
         <v>118.2</v>
       </c>
-      <c r="CQ17" s="14" t="n">
+      <c r="DC17" s="14" t="n">
         <v>6.2</v>
       </c>
-      <c r="CR17" s="14" t="n">
+      <c r="DD17" s="14" t="n">
         <v>7.3</v>
       </c>
-      <c r="CS17" s="14" t="n">
+      <c r="DE17" s="14" t="n">
         <v>184.2</v>
       </c>
-      <c r="CT17" s="14" t="n">
+      <c r="DF17" s="14" t="n">
+        <v>309.1</v>
+      </c>
+      <c r="DG17" s="14" t="n">
         <v>317.1</v>
       </c>
-      <c r="CU17" s="13" t="inlineStr">
-[...9 lines deleted...]
-      <c r="CW17" s="14" t="n">
+      <c r="DH17" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DI17" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DJ17" s="14" t="n">
         <v>2.0</v>
       </c>
-      <c r="CX17" s="14" t="n">
+      <c r="DK17" s="14" t="n">
         <v>2.0</v>
       </c>
-      <c r="CY17" s="14" t="n">
+      <c r="DL17" s="14" t="n">
         <v>236.8</v>
       </c>
-      <c r="CZ17" s="14" t="n">
+      <c r="DM17" s="14" t="n">
         <v>237.1</v>
       </c>
-      <c r="DA17" s="13" t="inlineStr">
-[...4 lines deleted...]
-      <c r="DB17" s="14" t="n">
+      <c r="DN17" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DO17" s="14" t="n">
+        <v>21099.2</v>
+      </c>
+      <c r="DP17" s="14" t="n">
         <v>21003.8</v>
       </c>
-      <c r="DC17" s="14" t="n">
+      <c r="DQ17" s="14" t="n">
         <v>3246.1</v>
       </c>
-      <c r="DD17" s="14" t="n">
+      <c r="DR17" s="14" t="n">
         <v>3706.4</v>
       </c>
-      <c r="DE17" s="14" t="n">
+      <c r="DS17" s="14" t="n">
         <v>1482.3</v>
       </c>
-      <c r="DF17" s="14" t="n">
+      <c r="DT17" s="14" t="n">
         <v>1423.4</v>
       </c>
-      <c r="DG17" s="14" t="n">
+      <c r="DU17" s="14" t="n">
         <v>1398.7</v>
       </c>
-      <c r="DH17" s="14" t="n">
+      <c r="DV17" s="14" t="n">
         <v>1242.5</v>
       </c>
-      <c r="DI17" s="14" t="n">
+      <c r="DW17" s="14" t="n">
         <v>1874.7</v>
       </c>
-      <c r="DJ17" s="14" t="n">
+      <c r="DX17" s="14" t="n">
+        <v>189398.5</v>
+      </c>
+      <c r="DY17" s="14" t="n">
         <v>226787.0</v>
       </c>
-      <c r="DK17" s="14" t="n">
+      <c r="DZ17" s="14" t="n">
         <v>206793.2</v>
       </c>
-      <c r="DL17" s="14" t="n">
+      <c r="EA17" s="14" t="n">
         <v>199560.9</v>
       </c>
-      <c r="DM17" s="14" t="n">
+      <c r="EB17" s="14" t="n">
         <v>196515.0</v>
       </c>
-      <c r="DN17" s="14" t="n">
+      <c r="EC17" s="14" t="n">
         <v>166087.3</v>
       </c>
-      <c r="DO17" s="14" t="n">
+      <c r="ED17" s="14" t="n">
         <v>91003.3</v>
       </c>
-      <c r="DP17" s="14" t="n">
+      <c r="EE17" s="14" t="n">
         <v>115755.0</v>
       </c>
-      <c r="DQ17" s="14" t="n">
+      <c r="EF17" s="14" t="n">
         <v>148405.1</v>
       </c>
-      <c r="DR17" s="13" t="inlineStr">
-[...9 lines deleted...]
-      <c r="DT17" s="14" t="n">
+      <c r="EG17" s="14" t="n">
+        <v>4.1</v>
+      </c>
+      <c r="EH17" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EI17" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EJ17" s="14" t="n">
         <v>65.7</v>
       </c>
-      <c r="DU17" s="14" t="n">
+      <c r="EK17" s="14" t="n">
         <v>69.2</v>
       </c>
-      <c r="DV17" s="14" t="n">
+      <c r="EL17" s="14" t="n">
         <v>23.9</v>
       </c>
-      <c r="DW17" s="14" t="n">
+      <c r="EM17" s="14" t="n">
         <v>22.9</v>
       </c>
-      <c r="DX17" s="14" t="n">
+      <c r="EN17" s="14" t="n">
         <v>5.4</v>
       </c>
-      <c r="DY17" s="14" t="n">
+      <c r="EO17" s="14" t="n">
         <v>5.3</v>
       </c>
-      <c r="DZ17" s="14" t="n">
+      <c r="EP17" s="14" t="n">
+        <v>255.6</v>
+      </c>
+      <c r="EQ17" s="14" t="n">
         <v>940.3</v>
       </c>
-      <c r="EA17" s="14" t="n">
+      <c r="ER17" s="14" t="n">
         <v>854.3</v>
       </c>
-      <c r="EB17" s="14" t="n">
+      <c r="ES17" s="14" t="n">
         <v>342.5</v>
       </c>
-      <c r="EC17" s="14" t="n">
+      <c r="ET17" s="14" t="n">
         <v>400.0</v>
       </c>
-      <c r="ED17" s="14" t="n">
+      <c r="EU17" s="14" t="n">
         <v>536.9</v>
       </c>
-      <c r="EE17" s="14" t="n">
+      <c r="EV17" s="14" t="n">
         <v>517.7</v>
       </c>
-      <c r="EF17" s="14" t="n">
+      <c r="EW17" s="14" t="n">
         <v>23.7</v>
       </c>
-      <c r="EG17" s="14" t="n">
+      <c r="EX17" s="14" t="n">
         <v>22.7</v>
       </c>
-      <c r="EH17" s="14" t="n">
+      <c r="EY17" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EZ17" s="14" t="n">
         <v>2.6</v>
       </c>
-      <c r="EI17" s="14" t="n">
+      <c r="FA17" s="14" t="n">
         <v>2.5</v>
       </c>
-      <c r="EJ17" s="14" t="n">
+      <c r="FB17" s="14" t="n">
         <v>5.6</v>
       </c>
-      <c r="EK17" s="14" t="n">
+      <c r="FC17" s="14" t="n">
         <v>5.8</v>
       </c>
-      <c r="EL17" s="14" t="n">
+      <c r="FD17" s="14" t="n">
         <v>20.1</v>
       </c>
-      <c r="EM17" s="14" t="n">
+      <c r="FE17" s="14" t="n">
         <v>19.1</v>
       </c>
-      <c r="EN17" s="14" t="n">
+      <c r="FF17" s="14" t="n">
         <v>82.0</v>
       </c>
-      <c r="EO17" s="14" t="n">
+      <c r="FG17" s="14" t="n">
         <v>80.0</v>
       </c>
-      <c r="EP17" s="14" t="n">
+      <c r="FH17" s="14" t="n">
+        <v>6.5</v>
+      </c>
+      <c r="FI17" s="14" t="n">
         <v>4.1</v>
       </c>
-      <c r="EQ17" s="14" t="n">
+      <c r="FJ17" s="14" t="n">
         <v>4.1</v>
       </c>
-      <c r="ER17" s="14" t="n">
+      <c r="FK17" s="14" t="n">
         <v>8.1</v>
       </c>
-      <c r="ES17" s="14" t="n">
+      <c r="FL17" s="14" t="n">
         <v>8.2</v>
       </c>
-      <c r="ET17" s="14" t="n">
+      <c r="FM17" s="14" t="n">
         <v>226.5</v>
       </c>
-      <c r="EU17" s="14" t="n">
+      <c r="FN17" s="14" t="n">
         <v>220.5</v>
       </c>
-      <c r="EV17" s="14" t="n">
+      <c r="FO17" s="14" t="n">
         <v>60.4</v>
       </c>
-      <c r="EW17" s="14" t="n">
+      <c r="FP17" s="14" t="n">
         <v>58.2</v>
       </c>
-      <c r="EX17" s="13" t="inlineStr">
-[...39 lines deleted...]
-      <c r="FF17" s="14" t="n">
+      <c r="FQ17" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FR17" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FS17" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FT17" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FU17" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FV17" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FW17" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FX17" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FY17" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FZ17" s="14" t="n">
+        <v>215228.4</v>
+      </c>
+      <c r="GA17" s="14" t="n">
         <v>253405.0</v>
       </c>
-      <c r="FG17" s="14" t="n">
+      <c r="GB17" s="14" t="n">
         <v>217986.5</v>
       </c>
-      <c r="FH17" s="14" t="n">
+      <c r="GC17" s="14" t="n">
         <v>210648.0</v>
       </c>
-      <c r="FI17" s="14" t="n">
+      <c r="GD17" s="14" t="n">
         <v>207191.7</v>
       </c>
-      <c r="FJ17" s="14" t="n">
+      <c r="GE17" s="14" t="n">
         <v>177042.4</v>
       </c>
-      <c r="FK17" s="14" t="n">
+      <c r="GF17" s="14" t="n">
         <v>99884.4</v>
       </c>
-      <c r="FL17" s="14" t="n">
+      <c r="GG17" s="14" t="n">
         <v>128063.3</v>
       </c>
-      <c r="FM17" s="14" t="n">
+      <c r="GH17" s="14" t="n">
         <v>157166.7</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="6" t="inlineStr">
         <is>
           <t>03.3 Sludge and liquid waste from dry waste treatment P</t>
         </is>
       </c>
       <c r="B18" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C18" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D18" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E18" s="13" t="inlineStr">
@@ -6553,3824 +7303,4289 @@
       <c r="H18" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="I18" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="J18" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="K18" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="L18" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="M18" s="14" t="n">
+      <c r="M18" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="N18" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="O18" s="14" t="n">
         <v>4.2</v>
       </c>
-      <c r="N18" s="14" t="n">
+      <c r="P18" s="14" t="n">
         <v>4.6</v>
       </c>
-      <c r="O18" s="13" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="Q18" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="R18" s="14" t="n">
+      <c r="R18" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="S18" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="T18" s="14" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="U18" s="14" t="n">
         <v>1.6</v>
       </c>
-      <c r="S18" s="14" t="n">
+      <c r="V18" s="14" t="n">
         <v>21.2</v>
       </c>
-      <c r="T18" s="14" t="n">
+      <c r="W18" s="14" t="n">
         <v>20.6</v>
       </c>
-      <c r="U18" s="14" t="n">
+      <c r="X18" s="14" t="n">
         <v>26.8</v>
       </c>
-      <c r="V18" s="14" t="n">
+      <c r="Y18" s="14" t="n">
         <v>25.8</v>
       </c>
-      <c r="W18" s="14" t="n">
+      <c r="Z18" s="14" t="n">
         <v>51.9</v>
       </c>
-      <c r="X18" s="14" t="n">
+      <c r="AA18" s="14" t="n">
         <v>29.6</v>
       </c>
-      <c r="Y18" s="14" t="n">
+      <c r="AB18" s="14" t="n">
         <v>13.9</v>
       </c>
-      <c r="Z18" s="14" t="n">
+      <c r="AC18" s="14" t="n">
+        <v>151.3</v>
+      </c>
+      <c r="AD18" s="14" t="n">
         <v>176.0</v>
       </c>
-      <c r="AA18" s="14" t="n">
+      <c r="AE18" s="14" t="n">
         <v>242.4</v>
       </c>
-      <c r="AB18" s="14" t="n">
+      <c r="AF18" s="14" t="n">
         <v>226.7</v>
       </c>
-      <c r="AC18" s="14" t="n">
+      <c r="AG18" s="14" t="n">
         <v>5.9</v>
       </c>
-      <c r="AD18" s="14" t="n">
+      <c r="AH18" s="14" t="n">
         <v>6.0</v>
       </c>
-      <c r="AE18" s="14" t="n">
+      <c r="AI18" s="14" t="n">
         <v>46.2</v>
       </c>
-      <c r="AF18" s="14" t="n">
+      <c r="AJ18" s="14" t="n">
         <v>44.8</v>
       </c>
-      <c r="AG18" s="14" t="n">
+      <c r="AK18" s="14" t="n">
         <v>38.5</v>
       </c>
-      <c r="AH18" s="14" t="n">
-[...14 lines deleted...]
-      </c>
       <c r="AL18" s="14" t="n">
-        <v>16.8</v>
+        <v>1.4</v>
       </c>
       <c r="AM18" s="14" t="n">
         <v>1.6</v>
       </c>
-      <c r="AN18" s="14" t="n">
+      <c r="AN18" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AO18" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AP18" s="14" t="n">
+        <v>17.2</v>
+      </c>
+      <c r="AQ18" s="14" t="n">
+        <v>16.8</v>
+      </c>
+      <c r="AR18" s="14" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="AS18" s="14" t="n">
         <v>1.8</v>
       </c>
-      <c r="AO18" s="14" t="n">
+      <c r="AT18" s="14" t="n">
         <v>38.9</v>
       </c>
-      <c r="AP18" s="14" t="n">
+      <c r="AU18" s="14" t="n">
+        <v>132.7</v>
+      </c>
+      <c r="AV18" s="14" t="n">
         <v>141.0</v>
       </c>
-      <c r="AQ18" s="14" t="n">
+      <c r="AW18" s="14" t="n">
         <v>264.0</v>
       </c>
-      <c r="AR18" s="14" t="n">
+      <c r="AX18" s="14" t="n">
         <v>258.8</v>
       </c>
-      <c r="AS18" s="14" t="n">
+      <c r="AY18" s="14" t="n">
         <v>348.0</v>
       </c>
-      <c r="AT18" s="14" t="n">
+      <c r="AZ18" s="14" t="n">
         <v>346.1</v>
       </c>
-      <c r="AU18" s="14" t="n">
+      <c r="BA18" s="14" t="n">
         <v>533.7</v>
       </c>
-      <c r="AV18" s="14" t="n">
+      <c r="BB18" s="14" t="n">
         <v>582.3</v>
       </c>
-      <c r="AW18" s="14" t="n">
+      <c r="BC18" s="14" t="n">
         <v>337.9</v>
       </c>
-      <c r="AX18" s="13" t="inlineStr">
-[...28 lines deleted...]
-      </c>
       <c r="BD18" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="BE18" s="14" t="n">
+      <c r="BE18" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BF18" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BG18" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BH18" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BI18" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BJ18" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BK18" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BL18" s="14" t="n">
         <v>235.5</v>
       </c>
-      <c r="BF18" s="14" t="n">
+      <c r="BM18" s="14" t="n">
+        <v>1535.6</v>
+      </c>
+      <c r="BN18" s="14" t="n">
         <v>1601.8</v>
       </c>
-      <c r="BG18" s="14" t="n">
+      <c r="BO18" s="14" t="n">
         <v>2225.7</v>
       </c>
-      <c r="BH18" s="14" t="n">
+      <c r="BP18" s="14" t="n">
         <v>2176.8</v>
       </c>
-      <c r="BI18" s="14" t="n">
+      <c r="BQ18" s="14" t="n">
         <v>703.8</v>
       </c>
-      <c r="BJ18" s="14" t="n">
+      <c r="BR18" s="14" t="n">
         <v>696.2</v>
       </c>
-      <c r="BK18" s="14" t="n">
+      <c r="BS18" s="14" t="n">
         <v>1343.8</v>
       </c>
-      <c r="BL18" s="14" t="n">
+      <c r="BT18" s="14" t="n">
         <v>3276.4</v>
       </c>
-      <c r="BM18" s="14" t="n">
+      <c r="BU18" s="14" t="n">
         <v>2745.4</v>
       </c>
-      <c r="BN18" s="14" t="n">
+      <c r="BV18" s="14" t="n">
+        <v>71.7</v>
+      </c>
+      <c r="BW18" s="14" t="n">
         <v>77.9</v>
       </c>
-      <c r="BO18" s="14" t="n">
+      <c r="BX18" s="14" t="n">
         <v>74.4</v>
       </c>
-      <c r="BP18" s="14" t="n">
+      <c r="BY18" s="14" t="n">
         <v>68.1</v>
       </c>
-      <c r="BQ18" s="14" t="n">
+      <c r="BZ18" s="14" t="n">
         <v>48.5</v>
       </c>
-      <c r="BR18" s="14" t="n">
+      <c r="CA18" s="14" t="n">
         <v>45.6</v>
       </c>
-      <c r="BS18" s="14" t="n">
+      <c r="CB18" s="14" t="n">
         <v>103.5</v>
       </c>
-      <c r="BT18" s="14" t="n">
+      <c r="CC18" s="14" t="n">
         <v>103.4</v>
       </c>
-      <c r="BU18" s="14" t="n">
+      <c r="CD18" s="14" t="n">
         <v>1334.3</v>
       </c>
-      <c r="BV18" s="14" t="n">
+      <c r="CE18" s="14" t="n">
+        <v>4586.9</v>
+      </c>
+      <c r="CF18" s="14" t="n">
         <v>4698.2</v>
       </c>
-      <c r="BW18" s="14" t="n">
+      <c r="CG18" s="14" t="n">
         <v>4261.3</v>
       </c>
-      <c r="BX18" s="14" t="n">
+      <c r="CH18" s="14" t="n">
         <v>4388.1</v>
       </c>
-      <c r="BY18" s="14" t="n">
+      <c r="CI18" s="14" t="n">
         <v>4123.9</v>
       </c>
-      <c r="BZ18" s="14" t="n">
+      <c r="CJ18" s="14" t="n">
         <v>4263.6</v>
       </c>
-      <c r="CA18" s="14" t="n">
+      <c r="CK18" s="14" t="n">
         <v>4481.3</v>
       </c>
-      <c r="CB18" s="14" t="n">
+      <c r="CL18" s="14" t="n">
         <v>5964.3</v>
       </c>
-      <c r="CC18" s="14" t="n">
+      <c r="CM18" s="14" t="n">
         <v>2204.6</v>
       </c>
-      <c r="CD18" s="14" t="n">
+      <c r="CN18" s="14" t="n">
+        <v>1077.5</v>
+      </c>
+      <c r="CO18" s="14" t="n">
         <v>1110.9</v>
       </c>
-      <c r="CE18" s="14" t="n">
+      <c r="CP18" s="14" t="n">
         <v>1012.9</v>
       </c>
-      <c r="CF18" s="14" t="n">
+      <c r="CQ18" s="14" t="n">
         <v>1031.9</v>
       </c>
-      <c r="CG18" s="14" t="n">
+      <c r="CR18" s="14" t="n">
         <v>1209.7</v>
       </c>
-      <c r="CH18" s="14" t="n">
+      <c r="CS18" s="14" t="n">
         <v>1178.0</v>
       </c>
-      <c r="CI18" s="14" t="n">
+      <c r="CT18" s="14" t="n">
         <v>974.7</v>
       </c>
-      <c r="CJ18" s="14" t="n">
+      <c r="CU18" s="14" t="n">
         <v>1104.0</v>
       </c>
-      <c r="CK18" s="14" t="n">
+      <c r="CV18" s="14" t="n">
         <v>1942.8</v>
       </c>
-      <c r="CL18" s="14" t="n">
+      <c r="CW18" s="14" t="n">
+        <v>93.1</v>
+      </c>
+      <c r="CX18" s="14" t="n">
         <v>85.5</v>
       </c>
-      <c r="CM18" s="14" t="n">
+      <c r="CY18" s="14" t="n">
         <v>83.1</v>
       </c>
-      <c r="CN18" s="14" t="n">
+      <c r="CZ18" s="14" t="n">
         <v>84.8</v>
       </c>
-      <c r="CO18" s="14" t="n">
+      <c r="DA18" s="14" t="n">
         <v>9.2</v>
       </c>
-      <c r="CP18" s="14" t="n">
+      <c r="DB18" s="14" t="n">
         <v>8.6</v>
       </c>
-      <c r="CQ18" s="14" t="n">
+      <c r="DC18" s="14" t="n">
         <v>74.4</v>
       </c>
-      <c r="CR18" s="14" t="n">
+      <c r="DD18" s="14" t="n">
         <v>76.8</v>
       </c>
-      <c r="CS18" s="14" t="n">
+      <c r="DE18" s="14" t="n">
         <v>55.1</v>
       </c>
-      <c r="CT18" s="14" t="n">
+      <c r="DF18" s="14" t="n">
+        <v>5.5</v>
+      </c>
+      <c r="DG18" s="14" t="n">
         <v>5.7</v>
       </c>
-      <c r="CU18" s="14" t="n">
+      <c r="DH18" s="14" t="n">
         <v>29.6</v>
       </c>
-      <c r="CV18" s="14" t="n">
+      <c r="DI18" s="14" t="n">
         <v>29.5</v>
       </c>
-      <c r="CW18" s="14" t="n">
+      <c r="DJ18" s="14" t="n">
         <v>30.0</v>
       </c>
-      <c r="CX18" s="14" t="n">
+      <c r="DK18" s="14" t="n">
         <v>29.2</v>
       </c>
-      <c r="CY18" s="14" t="n">
+      <c r="DL18" s="14" t="n">
         <v>59.2</v>
       </c>
-      <c r="CZ18" s="14" t="n">
+      <c r="DM18" s="14" t="n">
         <v>59.3</v>
       </c>
-      <c r="DA18" s="14" t="n">
+      <c r="DN18" s="14" t="n">
         <v>37.6</v>
       </c>
-      <c r="DB18" s="14" t="n">
+      <c r="DO18" s="14" t="n">
+        <v>1934.8</v>
+      </c>
+      <c r="DP18" s="14" t="n">
         <v>2948.8</v>
       </c>
-      <c r="DC18" s="14" t="n">
+      <c r="DQ18" s="14" t="n">
         <v>3501.3</v>
       </c>
-      <c r="DD18" s="14" t="n">
+      <c r="DR18" s="14" t="n">
         <v>2833.4</v>
       </c>
-      <c r="DE18" s="14" t="n">
+      <c r="DS18" s="14" t="n">
         <v>591.4</v>
       </c>
-      <c r="DF18" s="14" t="n">
+      <c r="DT18" s="14" t="n">
         <v>1933.4</v>
       </c>
-      <c r="DG18" s="14" t="n">
+      <c r="DU18" s="14" t="n">
         <v>2266.2</v>
       </c>
-      <c r="DH18" s="14" t="n">
+      <c r="DV18" s="14" t="n">
         <v>1866.2</v>
       </c>
-      <c r="DI18" s="14" t="n">
+      <c r="DW18" s="14" t="n">
         <v>1567.6</v>
       </c>
-      <c r="DJ18" s="14" t="n">
+      <c r="DX18" s="14" t="n">
+        <v>43625.0</v>
+      </c>
+      <c r="DY18" s="14" t="n">
         <v>37372.4</v>
       </c>
-      <c r="DK18" s="14" t="n">
+      <c r="DZ18" s="14" t="n">
         <v>39941.8</v>
       </c>
-      <c r="DL18" s="14" t="n">
+      <c r="EA18" s="14" t="n">
         <v>42131.8</v>
       </c>
-      <c r="DM18" s="14" t="n">
+      <c r="EB18" s="14" t="n">
         <v>53129.4</v>
       </c>
-      <c r="DN18" s="14" t="n">
+      <c r="EC18" s="14" t="n">
         <v>45186.3</v>
       </c>
-      <c r="DO18" s="14" t="n">
+      <c r="ED18" s="14" t="n">
         <v>45146.3</v>
       </c>
-      <c r="DP18" s="14" t="n">
+      <c r="EE18" s="14" t="n">
         <v>44543.0</v>
       </c>
-      <c r="DQ18" s="14" t="n">
+      <c r="EF18" s="14" t="n">
         <v>122712.0</v>
       </c>
-      <c r="DR18" s="13" t="inlineStr">
-[...9 lines deleted...]
-      <c r="DT18" s="14" t="n">
+      <c r="EG18" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EH18" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EI18" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EJ18" s="14" t="n">
         <v>0.2</v>
       </c>
-      <c r="DU18" s="14" t="n">
+      <c r="EK18" s="14" t="n">
         <v>0.2</v>
       </c>
-      <c r="DV18" s="14" t="n">
+      <c r="EL18" s="14" t="n">
         <v>117.3</v>
       </c>
-      <c r="DW18" s="14" t="n">
+      <c r="EM18" s="14" t="n">
         <v>112.4</v>
       </c>
-      <c r="DX18" s="14" t="n">
+      <c r="EN18" s="14" t="n">
         <v>25.9</v>
       </c>
-      <c r="DY18" s="14" t="n">
+      <c r="EO18" s="14" t="n">
         <v>28.0</v>
       </c>
-      <c r="DZ18" s="14" t="n">
+      <c r="EP18" s="14" t="n">
+        <v>20.6</v>
+      </c>
+      <c r="EQ18" s="14" t="n">
         <v>117.4</v>
       </c>
-      <c r="EA18" s="14" t="n">
+      <c r="ER18" s="14" t="n">
         <v>106.1</v>
       </c>
-      <c r="EB18" s="14" t="n">
+      <c r="ES18" s="14" t="n">
         <v>31.9</v>
       </c>
-      <c r="EC18" s="14" t="n">
+      <c r="ET18" s="14" t="n">
         <v>37.8</v>
       </c>
-      <c r="ED18" s="14" t="n">
+      <c r="EU18" s="14" t="n">
         <v>124.7</v>
       </c>
-      <c r="EE18" s="14" t="n">
+      <c r="EV18" s="14" t="n">
         <v>120.2</v>
       </c>
-      <c r="EF18" s="14" t="n">
+      <c r="EW18" s="14" t="n">
         <v>341.0</v>
       </c>
-      <c r="EG18" s="14" t="n">
+      <c r="EX18" s="14" t="n">
         <v>334.7</v>
       </c>
-      <c r="EH18" s="13" t="inlineStr">
-[...29 lines deleted...]
-      <c r="EN18" s="14" t="n">
+      <c r="EY18" s="14" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="EZ18" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FA18" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FB18" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FC18" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FD18" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FE18" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FF18" s="14" t="n">
         <v>4.3</v>
       </c>
-      <c r="EO18" s="14" t="n">
+      <c r="FG18" s="14" t="n">
         <v>4.1</v>
       </c>
-      <c r="EP18" s="14" t="n">
+      <c r="FH18" s="14" t="n">
+        <v>550.0</v>
+      </c>
+      <c r="FI18" s="14" t="n">
         <v>2.6</v>
       </c>
-      <c r="EQ18" s="14" t="n">
+      <c r="FJ18" s="14" t="n">
         <v>2.6</v>
       </c>
-      <c r="ER18" s="14" t="n">
+      <c r="FK18" s="14" t="n">
         <v>14.2</v>
       </c>
-      <c r="ES18" s="14" t="n">
+      <c r="FL18" s="14" t="n">
         <v>34.1</v>
       </c>
-      <c r="ET18" s="14" t="n">
+      <c r="FM18" s="14" t="n">
         <v>370.8</v>
       </c>
-      <c r="EU18" s="14" t="n">
+      <c r="FN18" s="14" t="n">
         <v>358.5</v>
       </c>
-      <c r="EV18" s="14" t="n">
+      <c r="FO18" s="14" t="n">
         <v>22.5</v>
       </c>
-      <c r="EW18" s="14" t="n">
+      <c r="FP18" s="14" t="n">
         <v>21.4</v>
       </c>
-      <c r="EX18" s="13" t="inlineStr">
-[...39 lines deleted...]
-      <c r="FF18" s="14" t="n">
+      <c r="FQ18" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FR18" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FS18" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FT18" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FU18" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FV18" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FW18" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FX18" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FY18" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FZ18" s="14" t="n">
+        <v>53788.7</v>
+      </c>
+      <c r="GA18" s="14" t="n">
         <v>48341.4</v>
       </c>
-      <c r="FG18" s="14" t="n">
+      <c r="GB18" s="14" t="n">
         <v>51766.4</v>
       </c>
-      <c r="FH18" s="14" t="n">
+      <c r="GC18" s="14" t="n">
         <v>53296.8</v>
       </c>
-      <c r="FI18" s="14" t="n">
+      <c r="GD18" s="14" t="n">
         <v>60320.1</v>
       </c>
-      <c r="FJ18" s="14" t="n">
+      <c r="GE18" s="14" t="n">
         <v>54353.0</v>
       </c>
-      <c r="FK18" s="14" t="n">
+      <c r="GF18" s="14" t="n">
         <v>55673.9</v>
       </c>
-      <c r="FL18" s="14" t="n">
+      <c r="GG18" s="14" t="n">
         <v>58045.6</v>
       </c>
-      <c r="FM18" s="14" t="n">
+      <c r="GH18" s="14" t="n">
         <v>133652.3</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="6" t="inlineStr">
         <is>
           <t>05 Sanitary and biological waste NP</t>
         </is>
       </c>
       <c r="B19" s="14" t="n">
+        <v>5237.4</v>
+      </c>
+      <c r="C19" s="14" t="n">
         <v>5396.8</v>
       </c>
-      <c r="C19" s="14" t="n">
+      <c r="D19" s="14" t="n">
         <v>5555.8</v>
       </c>
-      <c r="D19" s="14" t="n">
+      <c r="E19" s="14" t="n">
         <v>5539.6</v>
       </c>
-      <c r="E19" s="14" t="n">
+      <c r="F19" s="14" t="n">
         <v>5495.2</v>
       </c>
-      <c r="F19" s="14" t="n">
+      <c r="G19" s="14" t="n">
         <v>5490.2</v>
       </c>
-      <c r="G19" s="14" t="n">
+      <c r="H19" s="14" t="n">
         <v>5027.1</v>
       </c>
-      <c r="H19" s="14" t="n">
+      <c r="I19" s="14" t="n">
         <v>5517.4</v>
       </c>
-      <c r="I19" s="14" t="n">
+      <c r="J19" s="14" t="n">
         <v>5488.2</v>
       </c>
-      <c r="J19" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="K19" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="L19" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="M19" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N19" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="O19" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="P19" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="Q19" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="R19" s="14" t="n">
+      <c r="R19" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="S19" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="T19" s="14" t="n">
+        <v>6.4</v>
+      </c>
+      <c r="U19" s="14" t="n">
         <v>6.6</v>
       </c>
-      <c r="S19" s="14" t="n">
+      <c r="V19" s="14" t="n">
         <v>2.3</v>
       </c>
-      <c r="T19" s="14" t="n">
+      <c r="W19" s="14" t="n">
         <v>2.2</v>
       </c>
-      <c r="U19" s="14" t="n">
+      <c r="X19" s="14" t="n">
         <v>5.9</v>
       </c>
-      <c r="V19" s="14" t="n">
+      <c r="Y19" s="14" t="n">
         <v>5.7</v>
       </c>
-      <c r="W19" s="14" t="n">
+      <c r="Z19" s="14" t="n">
         <v>6.6</v>
       </c>
-      <c r="X19" s="14" t="n">
+      <c r="AA19" s="14" t="n">
         <v>6.1</v>
       </c>
-      <c r="Y19" s="14" t="n">
+      <c r="AB19" s="14" t="n">
         <v>541.2</v>
       </c>
-      <c r="Z19" s="14" t="n">
+      <c r="AC19" s="14" t="n">
         <v>0.4</v>
       </c>
-      <c r="AA19" s="13" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AC19" s="14" t="n">
+      <c r="AD19" s="14" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="AE19" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AF19" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AG19" s="14" t="n">
         <v>0.2</v>
       </c>
-      <c r="AD19" s="14" t="n">
+      <c r="AH19" s="14" t="n">
         <v>0.2</v>
       </c>
-      <c r="AE19" s="14" t="n">
+      <c r="AI19" s="14" t="n">
         <v>0.7</v>
       </c>
-      <c r="AF19" s="14" t="n">
+      <c r="AJ19" s="14" t="n">
         <v>0.7</v>
       </c>
-      <c r="AG19" s="14" t="n">
+      <c r="AK19" s="14" t="n">
         <v>0.9</v>
       </c>
-      <c r="AH19" s="13" t="inlineStr">
-[...18 lines deleted...]
-      </c>
       <c r="AL19" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AM19" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AN19" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AO19" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AP19" s="14" t="n">
+      <c r="AP19" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AQ19" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AR19" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AS19" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AT19" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AU19" s="14" t="n">
         <v>0.1</v>
       </c>
-      <c r="AQ19" s="14" t="n">
+      <c r="AV19" s="14" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="AW19" s="14" t="n">
         <v>2.3</v>
       </c>
-      <c r="AR19" s="14" t="n">
+      <c r="AX19" s="14" t="n">
         <v>2.3</v>
       </c>
-      <c r="AS19" s="14" t="n">
+      <c r="AY19" s="14" t="n">
         <v>1.0</v>
       </c>
-      <c r="AT19" s="14" t="n">
+      <c r="AZ19" s="14" t="n">
         <v>1.0</v>
       </c>
-      <c r="AU19" s="13" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AW19" s="14" t="n">
+      <c r="BA19" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BB19" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BC19" s="14" t="n">
         <v>0.6</v>
       </c>
-      <c r="AX19" s="13" t="inlineStr">
-[...28 lines deleted...]
-      </c>
       <c r="BD19" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BE19" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="BF19" s="14" t="n">
+      <c r="BF19" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BG19" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BH19" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BI19" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BJ19" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BK19" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BL19" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BM19" s="14" t="n">
+        <v>133.3</v>
+      </c>
+      <c r="BN19" s="14" t="n">
         <v>139.0</v>
       </c>
-      <c r="BG19" s="14" t="n">
+      <c r="BO19" s="14" t="n">
         <v>97.9</v>
       </c>
-      <c r="BH19" s="14" t="n">
+      <c r="BP19" s="14" t="n">
         <v>95.7</v>
       </c>
-      <c r="BI19" s="14" t="n">
+      <c r="BQ19" s="14" t="n">
         <v>117.8</v>
       </c>
-      <c r="BJ19" s="14" t="n">
+      <c r="BR19" s="14" t="n">
         <v>116.5</v>
       </c>
-      <c r="BK19" s="14" t="n">
+      <c r="BS19" s="14" t="n">
         <v>192.1</v>
       </c>
-      <c r="BL19" s="14" t="n">
+      <c r="BT19" s="14" t="n">
         <v>181.5</v>
       </c>
-      <c r="BM19" s="14" t="n">
+      <c r="BU19" s="14" t="n">
         <v>348.4</v>
       </c>
-      <c r="BN19" s="14" t="n">
+      <c r="BV19" s="14" t="n">
+        <v>84.5</v>
+      </c>
+      <c r="BW19" s="14" t="n">
         <v>91.8</v>
       </c>
-      <c r="BO19" s="14" t="n">
+      <c r="BX19" s="14" t="n">
         <v>92.2</v>
       </c>
-      <c r="BP19" s="14" t="n">
+      <c r="BY19" s="14" t="n">
         <v>84.4</v>
       </c>
-      <c r="BQ19" s="14" t="n">
+      <c r="BZ19" s="14" t="n">
         <v>139.5</v>
       </c>
-      <c r="BR19" s="14" t="n">
+      <c r="CA19" s="14" t="n">
         <v>131.2</v>
       </c>
-      <c r="BS19" s="14" t="n">
+      <c r="CB19" s="14" t="n">
         <v>557.7</v>
       </c>
-      <c r="BT19" s="14" t="n">
+      <c r="CC19" s="14" t="n">
         <v>557.1</v>
       </c>
-      <c r="BU19" s="14" t="n">
+      <c r="CD19" s="14" t="n">
         <v>12.9</v>
-      </c>
-[...29 lines deleted...]
-        <v>16.9</v>
       </c>
       <c r="CE19" s="14" t="n">
         <v>1.5</v>
       </c>
       <c r="CF19" s="14" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="CG19" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CH19" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CI19" s="14" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="CJ19" s="14" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="CK19" s="14" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="CL19" s="14" t="n">
+        <v>27.9</v>
+      </c>
+      <c r="CM19" s="14" t="n">
+        <v>31.9</v>
+      </c>
+      <c r="CN19" s="14" t="n">
+        <v>16.4</v>
+      </c>
+      <c r="CO19" s="14" t="n">
+        <v>16.9</v>
+      </c>
+      <c r="CP19" s="14" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="CQ19" s="14" t="n">
         <v>1.6</v>
       </c>
-      <c r="CG19" s="14" t="n">
+      <c r="CR19" s="14" t="n">
         <v>36.6</v>
       </c>
-      <c r="CH19" s="14" t="n">
+      <c r="CS19" s="14" t="n">
         <v>35.7</v>
       </c>
-      <c r="CI19" s="14" t="n">
+      <c r="CT19" s="14" t="n">
         <v>17.7</v>
       </c>
-      <c r="CJ19" s="14" t="n">
+      <c r="CU19" s="14" t="n">
         <v>19.0</v>
       </c>
-      <c r="CK19" s="14" t="n">
+      <c r="CV19" s="14" t="n">
         <v>68.2</v>
       </c>
-      <c r="CL19" s="14" t="n">
+      <c r="CW19" s="14" t="n">
+        <v>22.5</v>
+      </c>
+      <c r="CX19" s="14" t="n">
         <v>20.6</v>
       </c>
-      <c r="CM19" s="14" t="n">
+      <c r="CY19" s="14" t="n">
         <v>0.1</v>
       </c>
-      <c r="CN19" s="14" t="n">
+      <c r="CZ19" s="14" t="n">
         <v>0.1</v>
       </c>
-      <c r="CO19" s="14" t="n">
+      <c r="DA19" s="14" t="n">
         <v>8.3</v>
       </c>
-      <c r="CP19" s="14" t="n">
+      <c r="DB19" s="14" t="n">
         <v>7.8</v>
       </c>
-      <c r="CQ19" s="14" t="n">
+      <c r="DC19" s="14" t="n">
         <v>1.4</v>
       </c>
-      <c r="CR19" s="14" t="n">
+      <c r="DD19" s="14" t="n">
         <v>2.1</v>
       </c>
-      <c r="CS19" s="14" t="n">
+      <c r="DE19" s="14" t="n">
         <v>208.4</v>
       </c>
-      <c r="CT19" s="14" t="n">
+      <c r="DF19" s="14" t="n">
+        <v>20.5</v>
+      </c>
+      <c r="DG19" s="14" t="n">
         <v>21.1</v>
       </c>
-      <c r="CU19" s="13" t="inlineStr">
-[...19 lines deleted...]
-      <c r="CY19" s="14" t="n">
+      <c r="DH19" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DI19" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DJ19" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DK19" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DL19" s="14" t="n">
         <v>1.0</v>
       </c>
-      <c r="CZ19" s="14" t="n">
+      <c r="DM19" s="14" t="n">
         <v>1.0</v>
       </c>
-      <c r="DA19" s="14" t="n">
+      <c r="DN19" s="14" t="n">
         <v>53.3</v>
       </c>
-      <c r="DB19" s="13" t="inlineStr">
-[...4 lines deleted...]
-      <c r="DC19" s="14" t="n">
+      <c r="DO19" s="14" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="DP19" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DQ19" s="14" t="n">
         <v>1.6</v>
       </c>
-      <c r="DD19" s="14" t="n">
+      <c r="DR19" s="14" t="n">
         <v>1.6</v>
       </c>
-      <c r="DE19" s="14" t="n">
+      <c r="DS19" s="14" t="n">
         <v>392.5</v>
       </c>
-      <c r="DF19" s="14" t="n">
+      <c r="DT19" s="14" t="n">
         <v>613.6</v>
       </c>
-      <c r="DG19" s="14" t="n">
+      <c r="DU19" s="14" t="n">
         <v>604.2</v>
       </c>
-      <c r="DH19" s="14" t="n">
+      <c r="DV19" s="14" t="n">
         <v>537.1</v>
       </c>
-      <c r="DI19" s="14" t="n">
+      <c r="DW19" s="14" t="n">
         <v>522.8</v>
       </c>
-      <c r="DJ19" s="14" t="n">
+      <c r="DX19" s="14" t="n">
+        <v>3812.6</v>
+      </c>
+      <c r="DY19" s="14" t="n">
         <v>4070.8</v>
       </c>
-      <c r="DK19" s="14" t="n">
+      <c r="DZ19" s="14" t="n">
         <v>4696.9</v>
       </c>
-      <c r="DL19" s="14" t="n">
+      <c r="EA19" s="14" t="n">
         <v>4338.9</v>
       </c>
-      <c r="DM19" s="14" t="n">
+      <c r="EB19" s="14" t="n">
         <v>2538.8</v>
       </c>
-      <c r="DN19" s="14" t="n">
+      <c r="EC19" s="14" t="n">
         <v>3056.9</v>
       </c>
-      <c r="DO19" s="14" t="n">
+      <c r="ED19" s="14" t="n">
         <v>2120.9</v>
       </c>
-      <c r="DP19" s="14" t="n">
+      <c r="EE19" s="14" t="n">
         <v>2308.0</v>
       </c>
-      <c r="DQ19" s="14" t="n">
+      <c r="EF19" s="14" t="n">
         <v>4160.9</v>
       </c>
-      <c r="DR19" s="14" t="n">
+      <c r="EG19" s="14" t="n">
+        <v>93.6</v>
+      </c>
+      <c r="EH19" s="14" t="n">
         <v>11.1</v>
       </c>
-      <c r="DS19" s="14" t="n">
+      <c r="EI19" s="14" t="n">
         <v>13.1</v>
       </c>
-      <c r="DT19" s="14" t="n">
+      <c r="EJ19" s="14" t="n">
         <v>445.1</v>
       </c>
-      <c r="DU19" s="14" t="n">
+      <c r="EK19" s="14" t="n">
         <v>482.4</v>
       </c>
-      <c r="DV19" s="14" t="n">
+      <c r="EL19" s="14" t="n">
         <v>74.2</v>
       </c>
-      <c r="DW19" s="14" t="n">
+      <c r="EM19" s="14" t="n">
         <v>70.6</v>
       </c>
-      <c r="DX19" s="14" t="n">
+      <c r="EN19" s="14" t="n">
         <v>14.8</v>
       </c>
-      <c r="DY19" s="14" t="n">
+      <c r="EO19" s="14" t="n">
         <v>14.9</v>
       </c>
-      <c r="DZ19" s="14" t="n">
+      <c r="EP19" s="14" t="n">
+        <v>101.8</v>
+      </c>
+      <c r="EQ19" s="14" t="n">
         <v>512.3</v>
       </c>
-      <c r="EA19" s="14" t="n">
+      <c r="ER19" s="14" t="n">
         <v>452.0</v>
       </c>
-      <c r="EB19" s="14" t="n">
+      <c r="ES19" s="14" t="n">
         <v>51.1</v>
       </c>
-      <c r="EC19" s="14" t="n">
+      <c r="ET19" s="14" t="n">
         <v>66.8</v>
       </c>
-      <c r="ED19" s="14" t="n">
+      <c r="EU19" s="14" t="n">
         <v>1429.2</v>
       </c>
-      <c r="EE19" s="14" t="n">
+      <c r="EV19" s="14" t="n">
         <v>1422.5</v>
       </c>
-      <c r="EF19" s="14" t="n">
+      <c r="EW19" s="14" t="n">
         <v>1421.6</v>
       </c>
-      <c r="EG19" s="14" t="n">
+      <c r="EX19" s="14" t="n">
         <v>1349.6</v>
       </c>
-      <c r="EH19" s="14" t="n">
+      <c r="EY19" s="14" t="n">
+        <v>825.2</v>
+      </c>
+      <c r="EZ19" s="14" t="n">
         <v>1666.7</v>
       </c>
-      <c r="EI19" s="14" t="n">
+      <c r="FA19" s="14" t="n">
         <v>1586.7</v>
       </c>
-      <c r="EJ19" s="14" t="n">
+      <c r="FB19" s="14" t="n">
         <v>1033.0</v>
       </c>
-      <c r="EK19" s="14" t="n">
+      <c r="FC19" s="14" t="n">
         <v>1070.9</v>
       </c>
-      <c r="EL19" s="14" t="n">
+      <c r="FD19" s="14" t="n">
         <v>73.0</v>
       </c>
-      <c r="EM19" s="14" t="n">
+      <c r="FE19" s="14" t="n">
         <v>71.3</v>
       </c>
-      <c r="EN19" s="14" t="n">
+      <c r="FF19" s="14" t="n">
         <v>1321.8</v>
       </c>
-      <c r="EO19" s="14" t="n">
+      <c r="FG19" s="14" t="n">
         <v>1288.2</v>
       </c>
-      <c r="EP19" s="14" t="n">
+      <c r="FH19" s="14" t="n">
+        <v>72513.1</v>
+      </c>
+      <c r="FI19" s="14" t="n">
         <v>49326.6</v>
       </c>
-      <c r="EQ19" s="14" t="n">
+      <c r="FJ19" s="14" t="n">
         <v>49874.0</v>
       </c>
-      <c r="ER19" s="14" t="n">
+      <c r="FK19" s="14" t="n">
         <v>69823.7</v>
       </c>
-      <c r="ES19" s="14" t="n">
+      <c r="FL19" s="14" t="n">
         <v>62490.8</v>
       </c>
-      <c r="ET19" s="14" t="n">
+      <c r="FM19" s="14" t="n">
         <v>82586.7</v>
       </c>
-      <c r="EU19" s="14" t="n">
+      <c r="FN19" s="14" t="n">
         <v>79866.7</v>
       </c>
-      <c r="EV19" s="14" t="n">
+      <c r="FO19" s="14" t="n">
         <v>116827.0</v>
       </c>
-      <c r="EW19" s="14" t="n">
+      <c r="FP19" s="14" t="n">
         <v>114249.7</v>
       </c>
-      <c r="EX19" s="13" t="inlineStr">
-[...39 lines deleted...]
-      <c r="FF19" s="14" t="n">
+      <c r="FQ19" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FR19" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FS19" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FT19" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FU19" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FV19" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FW19" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FX19" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FY19" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FZ19" s="14" t="n">
+        <v>82869.5</v>
+      </c>
+      <c r="GA19" s="14" t="n">
         <v>61282.3</v>
       </c>
-      <c r="FG19" s="14" t="n">
+      <c r="GB19" s="14" t="n">
         <v>62376.4</v>
       </c>
-      <c r="FH19" s="14" t="n">
+      <c r="GC19" s="14" t="n">
         <v>81419.3</v>
       </c>
-      <c r="FI19" s="14" t="n">
+      <c r="GD19" s="14" t="n">
         <v>72847.0</v>
       </c>
-      <c r="FJ19" s="14" t="n">
+      <c r="GE19" s="14" t="n">
         <v>93622.2</v>
       </c>
-      <c r="FK19" s="14" t="n">
+      <c r="GF19" s="14" t="n">
         <v>89961.3</v>
       </c>
-      <c r="FL19" s="14" t="n">
+      <c r="GG19" s="14" t="n">
         <v>128743.1</v>
       </c>
-      <c r="FM19" s="14" t="n">
+      <c r="GH19" s="14" t="n">
         <v>128340.1</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="6" t="inlineStr">
         <is>
           <t>05 Sanitary and biological waste P</t>
         </is>
       </c>
       <c r="B20" s="14" t="n">
+        <v>1236.6</v>
+      </c>
+      <c r="C20" s="14" t="n">
         <v>1270.8</v>
       </c>
-      <c r="C20" s="14" t="n">
+      <c r="D20" s="14" t="n">
         <v>1301.0</v>
       </c>
-      <c r="D20" s="14" t="n">
+      <c r="E20" s="14" t="n">
         <v>1299.8</v>
       </c>
-      <c r="E20" s="14" t="n">
+      <c r="F20" s="14" t="n">
         <v>1290.3</v>
       </c>
-      <c r="F20" s="14" t="n">
+      <c r="G20" s="14" t="n">
         <v>1284.9</v>
       </c>
-      <c r="G20" s="14" t="n">
+      <c r="H20" s="14" t="n">
         <v>1264.6</v>
       </c>
-      <c r="H20" s="14" t="n">
+      <c r="I20" s="14" t="n">
         <v>1292.8</v>
       </c>
-      <c r="I20" s="14" t="n">
+      <c r="J20" s="14" t="n">
         <v>1293.9</v>
       </c>
-      <c r="J20" s="14" t="n">
+      <c r="K20" s="14" t="n">
         <v>0.2</v>
       </c>
-      <c r="K20" s="14" t="n">
+      <c r="L20" s="14" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="M20" s="14" t="n">
         <v>0.1</v>
       </c>
-      <c r="L20" s="14" t="n">
+      <c r="N20" s="14" t="n">
         <v>0.1</v>
       </c>
-      <c r="M20" s="14" t="n">
+      <c r="O20" s="14" t="n">
         <v>3.2</v>
       </c>
-      <c r="N20" s="14" t="n">
+      <c r="P20" s="14" t="n">
         <v>3.5</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.3</v>
       </c>
       <c r="Q20" s="14" t="n">
         <v>0.3</v>
       </c>
       <c r="R20" s="14" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="S20" s="14" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="T20" s="14" t="n">
+        <v>1250.9</v>
+      </c>
+      <c r="U20" s="14" t="n">
         <v>1303.3</v>
       </c>
-      <c r="S20" s="14" t="n">
+      <c r="V20" s="14" t="n">
         <v>840.4</v>
       </c>
-      <c r="T20" s="14" t="n">
+      <c r="W20" s="14" t="n">
         <v>815.0</v>
       </c>
-      <c r="U20" s="14" t="n">
+      <c r="X20" s="14" t="n">
         <v>261.4</v>
       </c>
-      <c r="V20" s="14" t="n">
+      <c r="Y20" s="14" t="n">
         <v>251.5</v>
       </c>
-      <c r="W20" s="14" t="n">
+      <c r="Z20" s="14" t="n">
         <v>215.4</v>
       </c>
-      <c r="X20" s="14" t="n">
+      <c r="AA20" s="14" t="n">
         <v>253.1</v>
       </c>
-      <c r="Y20" s="14" t="n">
+      <c r="AB20" s="14" t="n">
         <v>488.3</v>
       </c>
-      <c r="Z20" s="14" t="n">
+      <c r="AC20" s="14" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="AD20" s="14" t="n">
         <v>1.5</v>
       </c>
-      <c r="AA20" s="13" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AC20" s="14" t="n">
+      <c r="AE20" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AF20" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AG20" s="14" t="n">
         <v>0.5</v>
       </c>
-      <c r="AD20" s="14" t="n">
+      <c r="AH20" s="14" t="n">
         <v>0.6</v>
       </c>
-      <c r="AE20" s="14" t="n">
+      <c r="AI20" s="14" t="n">
         <v>1.5</v>
       </c>
-      <c r="AF20" s="14" t="n">
+      <c r="AJ20" s="14" t="n">
         <v>1.5</v>
       </c>
-      <c r="AG20" s="14" t="n">
+      <c r="AK20" s="14" t="n">
         <v>0.1</v>
-      </c>
-[...16 lines deleted...]
-        </is>
       </c>
       <c r="AL20" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AM20" s="14" t="n">
         <v>0.1</v>
       </c>
-      <c r="AN20" s="14" t="n">
+      <c r="AN20" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AO20" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AP20" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AQ20" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AR20" s="14" t="n">
         <v>0.1</v>
       </c>
-      <c r="AO20" s="13" t="inlineStr">
-[...12 lines deleted...]
-      </c>
       <c r="AS20" s="14" t="n">
-        <v>0.4</v>
-[...2 lines deleted...]
-        <v>0.4</v>
+        <v>0.1</v>
+      </c>
+      <c r="AT20" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="AU20" s="14" t="n">
         <v>1.2</v>
       </c>
       <c r="AV20" s="14" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="AW20" s="14" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="AX20" s="14" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="AY20" s="14" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="AZ20" s="14" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="BA20" s="14" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="BB20" s="14" t="n">
         <v>1.0</v>
       </c>
-      <c r="AW20" s="14" t="n">
+      <c r="BC20" s="14" t="n">
         <v>0.4</v>
       </c>
-      <c r="AX20" s="14" t="n">
+      <c r="BD20" s="14" t="n">
         <v>0.4</v>
       </c>
-      <c r="AY20" s="14" t="n">
+      <c r="BE20" s="14" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="BF20" s="14" t="n">
         <v>0.6</v>
       </c>
-      <c r="AZ20" s="14" t="n">
+      <c r="BG20" s="14" t="n">
         <v>0.6</v>
       </c>
-      <c r="BA20" s="14" t="n">
+      <c r="BH20" s="14" t="n">
         <v>4.3</v>
       </c>
-      <c r="BB20" s="14" t="n">
+      <c r="BI20" s="14" t="n">
         <v>4.2</v>
       </c>
-      <c r="BC20" s="14" t="n">
+      <c r="BJ20" s="14" t="n">
         <v>0.5</v>
       </c>
-      <c r="BD20" s="14" t="n">
+      <c r="BK20" s="14" t="n">
         <v>0.6</v>
       </c>
-      <c r="BE20" s="14" t="n">
+      <c r="BL20" s="14" t="n">
         <v>5.6</v>
       </c>
-      <c r="BF20" s="14" t="n">
+      <c r="BM20" s="14" t="n">
+        <v>711.7</v>
+      </c>
+      <c r="BN20" s="14" t="n">
         <v>742.3</v>
       </c>
-      <c r="BG20" s="14" t="n">
+      <c r="BO20" s="14" t="n">
         <v>534.6</v>
       </c>
-      <c r="BH20" s="14" t="n">
+      <c r="BP20" s="14" t="n">
         <v>522.9</v>
       </c>
-      <c r="BI20" s="14" t="n">
+      <c r="BQ20" s="14" t="n">
         <v>445.5</v>
       </c>
-      <c r="BJ20" s="14" t="n">
+      <c r="BR20" s="14" t="n">
         <v>440.7</v>
       </c>
-      <c r="BK20" s="14" t="n">
+      <c r="BS20" s="14" t="n">
         <v>715.5</v>
       </c>
-      <c r="BL20" s="14" t="n">
+      <c r="BT20" s="14" t="n">
         <v>665.7</v>
       </c>
-      <c r="BM20" s="14" t="n">
+      <c r="BU20" s="14" t="n">
         <v>580.0</v>
       </c>
-      <c r="BN20" s="14" t="n">
+      <c r="BV20" s="14" t="n">
         <v>0.8</v>
       </c>
-      <c r="BO20" s="14" t="n">
+      <c r="BW20" s="14" t="n">
         <v>0.8</v>
       </c>
-      <c r="BP20" s="14" t="n">
+      <c r="BX20" s="14" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="BY20" s="14" t="n">
         <v>0.7</v>
       </c>
-      <c r="BQ20" s="14" t="n">
+      <c r="BZ20" s="14" t="n">
         <v>0.2</v>
       </c>
-      <c r="BR20" s="14" t="n">
+      <c r="CA20" s="14" t="n">
         <v>0.2</v>
       </c>
-      <c r="BS20" s="14" t="n">
+      <c r="CB20" s="14" t="n">
         <v>0.6</v>
       </c>
-      <c r="BT20" s="14" t="n">
+      <c r="CC20" s="14" t="n">
         <v>0.6</v>
       </c>
-      <c r="BU20" s="14" t="n">
+      <c r="CD20" s="14" t="n">
         <v>0.4</v>
       </c>
-      <c r="BV20" s="14" t="n">
+      <c r="CE20" s="14" t="n">
         <v>2.4</v>
       </c>
-      <c r="BW20" s="14" t="n">
+      <c r="CF20" s="14" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="CG20" s="14" t="n">
         <v>10.0</v>
       </c>
-      <c r="BX20" s="14" t="n">
+      <c r="CH20" s="14" t="n">
         <v>10.3</v>
       </c>
-      <c r="BY20" s="14" t="n">
+      <c r="CI20" s="14" t="n">
         <v>1.2</v>
       </c>
-      <c r="BZ20" s="14" t="n">
+      <c r="CJ20" s="14" t="n">
         <v>1.3</v>
       </c>
-      <c r="CA20" s="14" t="n">
+      <c r="CK20" s="14" t="n">
         <v>4.5</v>
       </c>
-      <c r="CB20" s="14" t="n">
+      <c r="CL20" s="14" t="n">
         <v>4.7</v>
       </c>
-      <c r="CC20" s="14" t="n">
+      <c r="CM20" s="14" t="n">
         <v>2.3</v>
       </c>
-      <c r="CD20" s="14" t="n">
+      <c r="CN20" s="14" t="n">
+        <v>8.5</v>
+      </c>
+      <c r="CO20" s="14" t="n">
         <v>8.7</v>
       </c>
-      <c r="CE20" s="14" t="n">
+      <c r="CP20" s="14" t="n">
         <v>30.9</v>
       </c>
-      <c r="CF20" s="14" t="n">
+      <c r="CQ20" s="14" t="n">
         <v>31.5</v>
       </c>
-      <c r="CG20" s="14" t="n">
+      <c r="CR20" s="14" t="n">
         <v>25.5</v>
       </c>
-      <c r="CH20" s="14" t="n">
+      <c r="CS20" s="14" t="n">
         <v>24.9</v>
       </c>
-      <c r="CI20" s="14" t="n">
+      <c r="CT20" s="14" t="n">
         <v>46.3</v>
       </c>
-      <c r="CJ20" s="14" t="n">
+      <c r="CU20" s="14" t="n">
         <v>52.8</v>
       </c>
-      <c r="CK20" s="14" t="n">
+      <c r="CV20" s="14" t="n">
         <v>107.3</v>
       </c>
-      <c r="CL20" s="14" t="n">
+      <c r="CW20" s="14" t="n">
+        <v>9.5</v>
+      </c>
+      <c r="CX20" s="14" t="n">
         <v>8.7</v>
       </c>
-      <c r="CM20" s="14" t="n">
+      <c r="CY20" s="14" t="n">
         <v>12.0</v>
       </c>
-      <c r="CN20" s="14" t="n">
+      <c r="CZ20" s="14" t="n">
         <v>12.2</v>
       </c>
-      <c r="CO20" s="14" t="n">
+      <c r="DA20" s="14" t="n">
         <v>4.5</v>
       </c>
-      <c r="CP20" s="14" t="n">
+      <c r="DB20" s="14" t="n">
         <v>4.2</v>
       </c>
-      <c r="CQ20" s="14" t="n">
+      <c r="DC20" s="14" t="n">
         <v>2.7</v>
       </c>
-      <c r="CR20" s="14" t="n">
+      <c r="DD20" s="14" t="n">
         <v>2.9</v>
       </c>
-      <c r="CS20" s="14" t="n">
+      <c r="DE20" s="14" t="n">
         <v>26.6</v>
       </c>
-      <c r="CT20" s="14" t="n">
+      <c r="DF20" s="14" t="n">
         <v>0.5</v>
       </c>
-      <c r="CU20" s="14" t="n">
+      <c r="DG20" s="14" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="DH20" s="14" t="n">
         <v>2.2</v>
       </c>
-      <c r="CV20" s="14" t="n">
+      <c r="DI20" s="14" t="n">
         <v>2.2</v>
       </c>
-      <c r="CW20" s="14" t="n">
+      <c r="DJ20" s="14" t="n">
         <v>1.1</v>
       </c>
-      <c r="CX20" s="14" t="n">
+      <c r="DK20" s="14" t="n">
         <v>1.1</v>
       </c>
-      <c r="CY20" s="14" t="n">
+      <c r="DL20" s="14" t="n">
         <v>0.7</v>
       </c>
-      <c r="CZ20" s="14" t="n">
+      <c r="DM20" s="14" t="n">
         <v>0.7</v>
       </c>
-      <c r="DA20" s="14" t="n">
+      <c r="DN20" s="14" t="n">
         <v>58.2</v>
       </c>
-      <c r="DB20" s="14" t="n">
+      <c r="DO20" s="14" t="n">
+        <v>162.6</v>
+      </c>
+      <c r="DP20" s="14" t="n">
         <v>143.8</v>
       </c>
-      <c r="DC20" s="14" t="n">
+      <c r="DQ20" s="14" t="n">
         <v>22.1</v>
       </c>
-      <c r="DD20" s="14" t="n">
+      <c r="DR20" s="14" t="n">
         <v>32.0</v>
       </c>
-      <c r="DE20" s="14" t="n">
+      <c r="DS20" s="14" t="n">
         <v>8.2</v>
       </c>
-      <c r="DF20" s="14" t="n">
+      <c r="DT20" s="14" t="n">
         <v>24.5</v>
       </c>
-      <c r="DG20" s="14" t="n">
+      <c r="DU20" s="14" t="n">
         <v>47.1</v>
       </c>
-      <c r="DH20" s="14" t="n">
+      <c r="DV20" s="14" t="n">
         <v>37.7</v>
       </c>
-      <c r="DI20" s="13" t="inlineStr">
-[...4 lines deleted...]
-      <c r="DJ20" s="14" t="n">
+      <c r="DW20" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DX20" s="14" t="n">
+        <v>303.5</v>
+      </c>
+      <c r="DY20" s="14" t="n">
         <v>694.1</v>
       </c>
-      <c r="DK20" s="14" t="n">
+      <c r="DZ20" s="14" t="n">
         <v>741.1</v>
       </c>
-      <c r="DL20" s="14" t="n">
+      <c r="EA20" s="14" t="n">
         <v>1931.3</v>
       </c>
-      <c r="DM20" s="14" t="n">
+      <c r="EB20" s="14" t="n">
         <v>988.4</v>
       </c>
-      <c r="DN20" s="14" t="n">
+      <c r="EC20" s="14" t="n">
         <v>1240.7</v>
       </c>
-      <c r="DO20" s="14" t="n">
+      <c r="ED20" s="14" t="n">
         <v>1232.4</v>
       </c>
-      <c r="DP20" s="14" t="n">
+      <c r="EE20" s="14" t="n">
         <v>1146.0</v>
       </c>
-      <c r="DQ20" s="14" t="n">
+      <c r="EF20" s="14" t="n">
         <v>300.3</v>
       </c>
-      <c r="DR20" s="14" t="n">
+      <c r="EG20" s="14" t="n">
+        <v>12.1</v>
+      </c>
+      <c r="EH20" s="14" t="n">
         <v>45.2</v>
       </c>
-      <c r="DS20" s="14" t="n">
+      <c r="EI20" s="14" t="n">
         <v>45.2</v>
       </c>
-      <c r="DT20" s="14" t="n">
+      <c r="EJ20" s="14" t="n">
         <v>1.1</v>
       </c>
-      <c r="DU20" s="14" t="n">
+      <c r="EK20" s="14" t="n">
         <v>1.2</v>
       </c>
-      <c r="DV20" s="14" t="n">
+      <c r="EL20" s="14" t="n">
         <v>0.5</v>
       </c>
-      <c r="DW20" s="14" t="n">
+      <c r="EM20" s="14" t="n">
         <v>0.5</v>
       </c>
-      <c r="DX20" s="14" t="n">
+      <c r="EN20" s="14" t="n">
         <v>0.6</v>
       </c>
-      <c r="DY20" s="14" t="n">
+      <c r="EO20" s="14" t="n">
         <v>0.6</v>
       </c>
-      <c r="DZ20" s="14" t="n">
+      <c r="EP20" s="14" t="n">
+        <v>81.0</v>
+      </c>
+      <c r="EQ20" s="14" t="n">
         <v>163.2</v>
       </c>
-      <c r="EA20" s="14" t="n">
+      <c r="ER20" s="14" t="n">
         <v>147.9</v>
       </c>
-      <c r="EB20" s="14" t="n">
+      <c r="ES20" s="14" t="n">
         <v>36.3</v>
       </c>
-      <c r="EC20" s="14" t="n">
+      <c r="ET20" s="14" t="n">
         <v>41.0</v>
       </c>
-      <c r="ED20" s="14" t="n">
+      <c r="EU20" s="14" t="n">
         <v>180.7</v>
       </c>
-      <c r="EE20" s="14" t="n">
+      <c r="EV20" s="14" t="n">
         <v>179.0</v>
       </c>
-      <c r="EF20" s="14" t="n">
+      <c r="EW20" s="14" t="n">
         <v>712.0</v>
       </c>
-      <c r="EG20" s="14" t="n">
+      <c r="EX20" s="14" t="n">
         <v>669.6</v>
       </c>
-      <c r="EH20" s="14" t="n">
+      <c r="EY20" s="14" t="n">
+        <v>1690.4</v>
+      </c>
+      <c r="EZ20" s="14" t="n">
         <v>1522.3</v>
       </c>
-      <c r="EI20" s="14" t="n">
+      <c r="FA20" s="14" t="n">
         <v>1453.3</v>
       </c>
-      <c r="EJ20" s="14" t="n">
+      <c r="FB20" s="14" t="n">
         <v>1722.5</v>
       </c>
-      <c r="EK20" s="14" t="n">
+      <c r="FC20" s="14" t="n">
         <v>1785.8</v>
       </c>
-      <c r="EL20" s="14" t="n">
+      <c r="FD20" s="14" t="n">
         <v>1369.1</v>
       </c>
-      <c r="EM20" s="14" t="n">
+      <c r="FE20" s="14" t="n">
         <v>1304.3</v>
       </c>
-      <c r="EN20" s="14" t="n">
+      <c r="FF20" s="14" t="n">
         <v>2854.4</v>
       </c>
-      <c r="EO20" s="14" t="n">
+      <c r="FG20" s="14" t="n">
         <v>2781.6</v>
       </c>
-      <c r="EP20" s="14" t="n">
+      <c r="FH20" s="14" t="n">
+        <v>28646.2</v>
+      </c>
+      <c r="FI20" s="14" t="n">
         <v>54353.7</v>
       </c>
-      <c r="EQ20" s="14" t="n">
+      <c r="FJ20" s="14" t="n">
         <v>54450.3</v>
       </c>
-      <c r="ER20" s="14" t="n">
+      <c r="FK20" s="14" t="n">
         <v>28572.1</v>
       </c>
-      <c r="ES20" s="14" t="n">
+      <c r="FL20" s="14" t="n">
         <v>25576.1</v>
       </c>
-      <c r="ET20" s="14" t="n">
+      <c r="FM20" s="14" t="n">
         <v>27496.5</v>
       </c>
-      <c r="EU20" s="14" t="n">
+      <c r="FN20" s="14" t="n">
         <v>26604.9</v>
       </c>
-      <c r="EV20" s="14" t="n">
+      <c r="FO20" s="14" t="n">
         <v>61935.0</v>
       </c>
-      <c r="EW20" s="14" t="n">
+      <c r="FP20" s="14" t="n">
         <v>59078.4</v>
       </c>
-      <c r="EX20" s="13" t="inlineStr">
-[...39 lines deleted...]
-      <c r="FF20" s="14" t="n">
+      <c r="FQ20" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FR20" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FS20" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FT20" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FU20" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FV20" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FW20" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FX20" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FY20" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FZ20" s="14" t="n">
+        <v>34119.8</v>
+      </c>
+      <c r="GA20" s="14" t="n">
         <v>60263.3</v>
       </c>
-      <c r="FG20" s="14" t="n">
+      <c r="GB20" s="14" t="n">
         <v>59594.0</v>
       </c>
-      <c r="FH20" s="14" t="n">
+      <c r="GC20" s="14" t="n">
         <v>34992.0</v>
       </c>
-      <c r="FI20" s="14" t="n">
+      <c r="GD20" s="14" t="n">
         <v>30438.8</v>
       </c>
-      <c r="FJ20" s="14" t="n">
+      <c r="GE20" s="14" t="n">
         <v>32329.5</v>
       </c>
-      <c r="FK20" s="14" t="n">
+      <c r="GF20" s="14" t="n">
         <v>31622.1</v>
       </c>
-      <c r="FL20" s="14" t="n">
+      <c r="GG20" s="14" t="n">
         <v>68962.5</v>
       </c>
-      <c r="FM20" s="14" t="n">
+      <c r="GH20" s="14" t="n">
         <v>65393.9</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="6" t="inlineStr">
         <is>
           <t>06.1 Metallic waste, ferrous NP</t>
         </is>
       </c>
       <c r="B21" s="14" t="n">
+        <v>2565.5</v>
+      </c>
+      <c r="C21" s="14" t="n">
         <v>2697.0</v>
       </c>
-      <c r="C21" s="14" t="n">
+      <c r="D21" s="14" t="n">
         <v>3017.8</v>
       </c>
-      <c r="D21" s="14" t="n">
+      <c r="E21" s="14" t="n">
         <v>3010.0</v>
       </c>
-      <c r="E21" s="14" t="n">
+      <c r="F21" s="14" t="n">
         <v>2883.1</v>
       </c>
-      <c r="F21" s="14" t="n">
+      <c r="G21" s="14" t="n">
         <v>2984.8</v>
       </c>
-      <c r="G21" s="14" t="n">
+      <c r="H21" s="14" t="n">
         <v>2611.4</v>
       </c>
-      <c r="H21" s="14" t="n">
+      <c r="I21" s="14" t="n">
         <v>2959.2</v>
       </c>
-      <c r="I21" s="14" t="n">
+      <c r="J21" s="14" t="n">
         <v>2822.5</v>
       </c>
-      <c r="J21" s="14" t="n">
+      <c r="K21" s="14" t="n">
+        <v>7260.0</v>
+      </c>
+      <c r="L21" s="14" t="n">
         <v>6791.4</v>
       </c>
-      <c r="K21" s="14" t="n">
+      <c r="M21" s="14" t="n">
         <v>3006.0</v>
       </c>
-      <c r="L21" s="14" t="n">
+      <c r="N21" s="14" t="n">
         <v>2501.1</v>
       </c>
-      <c r="M21" s="14" t="n">
+      <c r="O21" s="14" t="n">
         <v>1072.3</v>
       </c>
-      <c r="N21" s="14" t="n">
+      <c r="P21" s="14" t="n">
         <v>1172.7</v>
       </c>
-      <c r="O21" s="14" t="n">
+      <c r="Q21" s="14" t="n">
         <v>4304.9</v>
       </c>
-      <c r="P21" s="14" t="n">
+      <c r="R21" s="14" t="n">
         <v>3948.3</v>
       </c>
-      <c r="Q21" s="14" t="n">
+      <c r="S21" s="14" t="n">
         <v>9540.2</v>
       </c>
-      <c r="R21" s="14" t="n">
+      <c r="T21" s="14" t="n">
+        <v>11567.0</v>
+      </c>
+      <c r="U21" s="14" t="n">
         <v>12052.1</v>
       </c>
-      <c r="S21" s="14" t="n">
+      <c r="V21" s="14" t="n">
         <v>10371.1</v>
       </c>
-      <c r="T21" s="14" t="n">
+      <c r="W21" s="14" t="n">
         <v>10057.8</v>
       </c>
-      <c r="U21" s="14" t="n">
+      <c r="X21" s="14" t="n">
         <v>4508.3</v>
       </c>
-      <c r="V21" s="14" t="n">
+      <c r="Y21" s="14" t="n">
         <v>4337.6</v>
       </c>
-      <c r="W21" s="14" t="n">
+      <c r="Z21" s="14" t="n">
         <v>7479.0</v>
       </c>
-      <c r="X21" s="14" t="n">
+      <c r="AA21" s="14" t="n">
         <v>6585.7</v>
       </c>
-      <c r="Y21" s="14" t="n">
+      <c r="AB21" s="14" t="n">
         <v>7606.8</v>
       </c>
-      <c r="Z21" s="14" t="n">
+      <c r="AC21" s="14" t="n">
+        <v>519.7</v>
+      </c>
+      <c r="AD21" s="14" t="n">
         <v>604.5</v>
       </c>
-      <c r="AA21" s="14" t="n">
+      <c r="AE21" s="14" t="n">
         <v>399.2</v>
       </c>
-      <c r="AB21" s="14" t="n">
+      <c r="AF21" s="14" t="n">
         <v>373.4</v>
       </c>
-      <c r="AC21" s="14" t="n">
+      <c r="AG21" s="14" t="n">
         <v>313.0</v>
       </c>
-      <c r="AD21" s="14" t="n">
+      <c r="AH21" s="14" t="n">
         <v>315.6</v>
       </c>
-      <c r="AE21" s="14" t="n">
+      <c r="AI21" s="14" t="n">
         <v>452.8</v>
       </c>
-      <c r="AF21" s="14" t="n">
+      <c r="AJ21" s="14" t="n">
         <v>489.2</v>
       </c>
-      <c r="AG21" s="14" t="n">
+      <c r="AK21" s="14" t="n">
         <v>303.2</v>
       </c>
-      <c r="AH21" s="14" t="n">
+      <c r="AL21" s="14" t="n">
+        <v>10394.8</v>
+      </c>
+      <c r="AM21" s="14" t="n">
         <v>11601.4</v>
       </c>
-      <c r="AI21" s="14" t="n">
+      <c r="AN21" s="14" t="n">
         <v>6124.3</v>
       </c>
-      <c r="AJ21" s="14" t="n">
+      <c r="AO21" s="14" t="n">
         <v>5663.5</v>
       </c>
-      <c r="AK21" s="14" t="n">
+      <c r="AP21" s="14" t="n">
         <v>8872.6</v>
       </c>
-      <c r="AL21" s="14" t="n">
+      <c r="AQ21" s="14" t="n">
         <v>8658.5</v>
       </c>
-      <c r="AM21" s="14" t="n">
+      <c r="AR21" s="14" t="n">
         <v>3919.0</v>
       </c>
-      <c r="AN21" s="14" t="n">
+      <c r="AS21" s="14" t="n">
         <v>4745.8</v>
       </c>
-      <c r="AO21" s="14" t="n">
+      <c r="AT21" s="14" t="n">
         <v>3599.3</v>
       </c>
-      <c r="AP21" s="14" t="n">
+      <c r="AU21" s="14" t="n">
+        <v>9164.1</v>
+      </c>
+      <c r="AV21" s="14" t="n">
         <v>9742.9</v>
       </c>
-      <c r="AQ21" s="14" t="n">
+      <c r="AW21" s="14" t="n">
         <v>5621.5</v>
       </c>
-      <c r="AR21" s="14" t="n">
+      <c r="AX21" s="14" t="n">
         <v>5510.4</v>
       </c>
-      <c r="AS21" s="14" t="n">
+      <c r="AY21" s="14" t="n">
         <v>4896.4</v>
       </c>
-      <c r="AT21" s="14" t="n">
+      <c r="AZ21" s="14" t="n">
         <v>4869.3</v>
       </c>
-      <c r="AU21" s="14" t="n">
+      <c r="BA21" s="14" t="n">
         <v>5208.7</v>
       </c>
-      <c r="AV21" s="14" t="n">
+      <c r="BB21" s="14" t="n">
         <v>4550.5</v>
       </c>
-      <c r="AW21" s="14" t="n">
+      <c r="BC21" s="14" t="n">
         <v>5854.3</v>
       </c>
-      <c r="AX21" s="14" t="n">
+      <c r="BD21" s="14" t="n">
+        <v>1370.1</v>
+      </c>
+      <c r="BE21" s="14" t="n">
         <v>1456.7</v>
       </c>
-      <c r="AY21" s="14" t="n">
+      <c r="BF21" s="14" t="n">
         <v>8203.2</v>
       </c>
-      <c r="AZ21" s="14" t="n">
+      <c r="BG21" s="14" t="n">
         <v>2893.4</v>
       </c>
-      <c r="BA21" s="14" t="n">
+      <c r="BH21" s="14" t="n">
         <v>3010.9</v>
       </c>
-      <c r="BB21" s="14" t="n">
+      <c r="BI21" s="14" t="n">
         <v>3039.6</v>
       </c>
-      <c r="BC21" s="14" t="n">
+      <c r="BJ21" s="14" t="n">
         <v>2579.4</v>
       </c>
-      <c r="BD21" s="14" t="n">
+      <c r="BK21" s="14" t="n">
         <v>1198.8</v>
       </c>
-      <c r="BE21" s="14" t="n">
+      <c r="BL21" s="14" t="n">
         <v>569.6</v>
       </c>
-      <c r="BF21" s="14" t="n">
+      <c r="BM21" s="14" t="n">
+        <v>16605.3</v>
+      </c>
+      <c r="BN21" s="14" t="n">
         <v>17321.2</v>
       </c>
-      <c r="BG21" s="14" t="n">
+      <c r="BO21" s="14" t="n">
         <v>14994.7</v>
       </c>
-      <c r="BH21" s="14" t="n">
+      <c r="BP21" s="14" t="n">
         <v>14665.2</v>
       </c>
-      <c r="BI21" s="14" t="n">
+      <c r="BQ21" s="14" t="n">
         <v>16960.2</v>
       </c>
-      <c r="BJ21" s="14" t="n">
+      <c r="BR21" s="14" t="n">
         <v>16776.5</v>
       </c>
-      <c r="BK21" s="14" t="n">
+      <c r="BS21" s="14" t="n">
         <v>11073.8</v>
       </c>
-      <c r="BL21" s="14" t="n">
+      <c r="BT21" s="14" t="n">
         <v>14626.7</v>
       </c>
-      <c r="BM21" s="14" t="n">
+      <c r="BU21" s="14" t="n">
         <v>11074.3</v>
       </c>
-      <c r="BN21" s="14" t="n">
+      <c r="BV21" s="14" t="n">
+        <v>13267.3</v>
+      </c>
+      <c r="BW21" s="14" t="n">
         <v>14407.6</v>
       </c>
-      <c r="BO21" s="14" t="n">
+      <c r="BX21" s="14" t="n">
         <v>10670.4</v>
       </c>
-      <c r="BP21" s="14" t="n">
+      <c r="BY21" s="14" t="n">
         <v>9762.5</v>
       </c>
-      <c r="BQ21" s="14" t="n">
+      <c r="BZ21" s="14" t="n">
         <v>8113.3</v>
       </c>
-      <c r="BR21" s="14" t="n">
+      <c r="CA21" s="14" t="n">
         <v>7629.9</v>
       </c>
-      <c r="BS21" s="14" t="n">
+      <c r="CB21" s="14" t="n">
         <v>9637.8</v>
       </c>
-      <c r="BT21" s="14" t="n">
+      <c r="CC21" s="14" t="n">
         <v>9627.8</v>
       </c>
-      <c r="BU21" s="14" t="n">
+      <c r="CD21" s="14" t="n">
         <v>11628.1</v>
       </c>
-      <c r="BV21" s="14" t="n">
+      <c r="CE21" s="14" t="n">
+        <v>1068559.7</v>
+      </c>
+      <c r="CF21" s="14" t="n">
         <v>1094500.2</v>
       </c>
-      <c r="BW21" s="14" t="n">
+      <c r="CG21" s="14" t="n">
         <v>826698.1</v>
       </c>
-      <c r="BX21" s="14" t="n">
+      <c r="CH21" s="14" t="n">
         <v>851310.9</v>
       </c>
-      <c r="BY21" s="14" t="n">
+      <c r="CI21" s="14" t="n">
         <v>699917.8</v>
       </c>
-      <c r="BZ21" s="14" t="n">
+      <c r="CJ21" s="14" t="n">
         <v>723627.8</v>
       </c>
-      <c r="CA21" s="14" t="n">
+      <c r="CK21" s="14" t="n">
         <v>731332.3</v>
       </c>
-      <c r="CB21" s="14" t="n">
+      <c r="CL21" s="14" t="n">
         <v>595841.6</v>
       </c>
-      <c r="CC21" s="14" t="n">
+      <c r="CM21" s="14" t="n">
         <v>738201.1</v>
       </c>
-      <c r="CD21" s="14" t="n">
+      <c r="CN21" s="14" t="n">
+        <v>601051.3</v>
+      </c>
+      <c r="CO21" s="14" t="n">
         <v>619670.9</v>
       </c>
-      <c r="CE21" s="14" t="n">
+      <c r="CP21" s="14" t="n">
         <v>560073.5</v>
       </c>
-      <c r="CF21" s="14" t="n">
+      <c r="CQ21" s="14" t="n">
         <v>570563.6</v>
       </c>
-      <c r="CG21" s="14" t="n">
+      <c r="CR21" s="14" t="n">
         <v>691703.1</v>
       </c>
-      <c r="CH21" s="14" t="n">
+      <c r="CS21" s="14" t="n">
         <v>673583.3</v>
       </c>
-      <c r="CI21" s="14" t="n">
+      <c r="CT21" s="14" t="n">
         <v>714559.2</v>
       </c>
-      <c r="CJ21" s="14" t="n">
+      <c r="CU21" s="14" t="n">
         <v>654519.1</v>
       </c>
-      <c r="CK21" s="14" t="n">
+      <c r="CV21" s="14" t="n">
         <v>862552.8</v>
       </c>
-      <c r="CL21" s="14" t="n">
+      <c r="CW21" s="14" t="n">
+        <v>18498.4</v>
+      </c>
+      <c r="CX21" s="14" t="n">
         <v>16974.0</v>
       </c>
-      <c r="CM21" s="14" t="n">
+      <c r="CY21" s="14" t="n">
         <v>9927.7</v>
       </c>
-      <c r="CN21" s="14" t="n">
+      <c r="CZ21" s="14" t="n">
         <v>10125.4</v>
       </c>
-      <c r="CO21" s="14" t="n">
+      <c r="DA21" s="14" t="n">
         <v>17902.3</v>
       </c>
-      <c r="CP21" s="14" t="n">
+      <c r="DB21" s="14" t="n">
         <v>16770.9</v>
       </c>
-      <c r="CQ21" s="14" t="n">
+      <c r="DC21" s="14" t="n">
         <v>17673.2</v>
       </c>
-      <c r="CR21" s="14" t="n">
+      <c r="DD21" s="14" t="n">
         <v>15074.2</v>
       </c>
-      <c r="CS21" s="14" t="n">
+      <c r="DE21" s="14" t="n">
         <v>23416.7</v>
       </c>
-      <c r="CT21" s="14" t="n">
+      <c r="DF21" s="14" t="n">
+        <v>41254.7</v>
+      </c>
+      <c r="DG21" s="14" t="n">
         <v>42322.3</v>
       </c>
-      <c r="CU21" s="14" t="n">
+      <c r="DH21" s="14" t="n">
         <v>3365.0</v>
       </c>
-      <c r="CV21" s="14" t="n">
+      <c r="DI21" s="14" t="n">
         <v>3351.6</v>
       </c>
-      <c r="CW21" s="14" t="n">
+      <c r="DJ21" s="14" t="n">
         <v>6862.9</v>
       </c>
-      <c r="CX21" s="14" t="n">
+      <c r="DK21" s="14" t="n">
         <v>6679.7</v>
       </c>
-      <c r="CY21" s="14" t="n">
+      <c r="DL21" s="14" t="n">
         <v>6841.1</v>
       </c>
-      <c r="CZ21" s="14" t="n">
+      <c r="DM21" s="14" t="n">
         <v>6849.3</v>
       </c>
-      <c r="DA21" s="14" t="n">
+      <c r="DN21" s="14" t="n">
         <v>14295.0</v>
       </c>
-      <c r="DB21" s="14" t="n">
+      <c r="DO21" s="14" t="n">
+        <v>1061.7</v>
+      </c>
+      <c r="DP21" s="14" t="n">
         <v>591.0</v>
       </c>
-      <c r="DC21" s="14" t="n">
+      <c r="DQ21" s="14" t="n">
         <v>695.3</v>
       </c>
-      <c r="DD21" s="14" t="n">
+      <c r="DR21" s="14" t="n">
         <v>1492.4</v>
       </c>
-      <c r="DE21" s="14" t="n">
+      <c r="DS21" s="14" t="n">
         <v>1345.2</v>
       </c>
-      <c r="DF21" s="14" t="n">
+      <c r="DT21" s="14" t="n">
         <v>1478.6</v>
       </c>
-      <c r="DG21" s="14" t="n">
+      <c r="DU21" s="14" t="n">
         <v>833.9</v>
       </c>
-      <c r="DH21" s="14" t="n">
+      <c r="DV21" s="14" t="n">
         <v>635.0</v>
       </c>
-      <c r="DI21" s="14" t="n">
+      <c r="DW21" s="14" t="n">
         <v>2981.4</v>
       </c>
-      <c r="DJ21" s="14" t="n">
+      <c r="DX21" s="14" t="n">
+        <v>2657094.1</v>
+      </c>
+      <c r="DY21" s="14" t="n">
         <v>2757131.3</v>
       </c>
-      <c r="DK21" s="14" t="n">
+      <c r="DZ21" s="14" t="n">
         <v>3313667.8</v>
       </c>
-      <c r="DL21" s="14" t="n">
+      <c r="EA21" s="14" t="n">
         <v>2823531.9</v>
       </c>
-      <c r="DM21" s="14" t="n">
+      <c r="EB21" s="14" t="n">
         <v>3256297.3</v>
       </c>
-      <c r="DN21" s="14" t="n">
+      <c r="EC21" s="14" t="n">
         <v>3195696.2</v>
       </c>
-      <c r="DO21" s="14" t="n">
+      <c r="ED21" s="14" t="n">
         <v>2874510.6</v>
       </c>
-      <c r="DP21" s="14" t="n">
+      <c r="EE21" s="14" t="n">
         <v>2672507.0</v>
       </c>
-      <c r="DQ21" s="14" t="n">
+      <c r="EF21" s="14" t="n">
         <v>3391179.3</v>
       </c>
-      <c r="DR21" s="14" t="n">
+      <c r="EG21" s="14" t="n">
+        <v>71626.5</v>
+      </c>
+      <c r="EH21" s="14" t="n">
         <v>31695.3</v>
       </c>
-      <c r="DS21" s="14" t="n">
+      <c r="EI21" s="14" t="n">
         <v>32813.1</v>
       </c>
-      <c r="DT21" s="14" t="n">
+      <c r="EJ21" s="14" t="n">
         <v>49960.2</v>
       </c>
-      <c r="DU21" s="14" t="n">
+      <c r="EK21" s="14" t="n">
         <v>54159.5</v>
       </c>
-      <c r="DV21" s="14" t="n">
+      <c r="EL21" s="14" t="n">
         <v>41830.7</v>
       </c>
-      <c r="DW21" s="14" t="n">
+      <c r="EM21" s="14" t="n">
         <v>38354.5</v>
       </c>
-      <c r="DX21" s="14" t="n">
+      <c r="EN21" s="14" t="n">
         <v>57975.2</v>
       </c>
-      <c r="DY21" s="14" t="n">
+      <c r="EO21" s="14" t="n">
         <v>58147.7</v>
       </c>
-      <c r="DZ21" s="14" t="n">
+      <c r="EP21" s="14" t="n">
+        <v>97329.9</v>
+      </c>
+      <c r="EQ21" s="14" t="n">
         <v>168331.5</v>
       </c>
-      <c r="EA21" s="14" t="n">
+      <c r="ER21" s="14" t="n">
         <v>153810.3</v>
       </c>
-      <c r="EB21" s="14" t="n">
+      <c r="ES21" s="14" t="n">
         <v>288438.4</v>
       </c>
-      <c r="EC21" s="14" t="n">
+      <c r="ET21" s="14" t="n">
         <v>322195.4</v>
       </c>
-      <c r="ED21" s="14" t="n">
+      <c r="EU21" s="14" t="n">
         <v>144999.0</v>
       </c>
-      <c r="EE21" s="14" t="n">
+      <c r="EV21" s="14" t="n">
         <v>146294.9</v>
       </c>
-      <c r="EF21" s="14" t="n">
+      <c r="EW21" s="14" t="n">
         <v>296647.2</v>
       </c>
-      <c r="EG21" s="14" t="n">
+      <c r="EX21" s="14" t="n">
         <v>301193.2</v>
       </c>
-      <c r="EH21" s="14" t="n">
+      <c r="EY21" s="14" t="n">
+        <v>1562.6</v>
+      </c>
+      <c r="EZ21" s="14" t="n">
         <v>3788.5</v>
       </c>
-      <c r="EI21" s="14" t="n">
+      <c r="FA21" s="14" t="n">
         <v>3611.2</v>
       </c>
-      <c r="EJ21" s="14" t="n">
+      <c r="FB21" s="14" t="n">
         <v>8223.8</v>
       </c>
-      <c r="EK21" s="14" t="n">
+      <c r="FC21" s="14" t="n">
         <v>8529.7</v>
       </c>
-      <c r="EL21" s="14" t="n">
+      <c r="FD21" s="14" t="n">
         <v>5653.7</v>
       </c>
-      <c r="EM21" s="14" t="n">
+      <c r="FE21" s="14" t="n">
         <v>5416.4</v>
       </c>
-      <c r="EN21" s="14" t="n">
+      <c r="FF21" s="14" t="n">
         <v>13824.5</v>
       </c>
-      <c r="EO21" s="14" t="n">
+      <c r="FG21" s="14" t="n">
         <v>13471.6</v>
       </c>
-      <c r="EP21" s="14" t="n">
+      <c r="FH21" s="14" t="n">
+        <v>1269.6</v>
+      </c>
+      <c r="FI21" s="14" t="n">
         <v>2398.5</v>
       </c>
-      <c r="EQ21" s="14" t="n">
+      <c r="FJ21" s="14" t="n">
         <v>2232.2</v>
       </c>
-      <c r="ER21" s="14" t="n">
+      <c r="FK21" s="14" t="n">
         <v>1183.1</v>
       </c>
-      <c r="ES21" s="14" t="n">
+      <c r="FL21" s="14" t="n">
         <v>1142.0</v>
       </c>
-      <c r="ET21" s="14" t="n">
+      <c r="FM21" s="14" t="n">
         <v>2304.3</v>
       </c>
-      <c r="EU21" s="14" t="n">
+      <c r="FN21" s="14" t="n">
         <v>2258.3</v>
       </c>
-      <c r="EV21" s="14" t="n">
+      <c r="FO21" s="14" t="n">
         <v>1030.0</v>
       </c>
-      <c r="EW21" s="14" t="n">
+      <c r="FP21" s="14" t="n">
         <v>992.0</v>
       </c>
-      <c r="EX21" s="13" t="inlineStr">
-[...29 lines deleted...]
-      <c r="FD21" s="14" t="n">
+      <c r="FQ21" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FR21" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FS21" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FT21" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FU21" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FV21" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FW21" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FX21" s="14" t="n">
         <v>0.4</v>
       </c>
-      <c r="FE21" s="14" t="n">
+      <c r="FY21" s="14" t="n">
         <v>0.4</v>
       </c>
-      <c r="FF21" s="14" t="n">
+      <c r="FZ21" s="14" t="n">
+        <v>4632022.3</v>
+      </c>
+      <c r="GA21" s="14" t="n">
         <v>4814078.3</v>
       </c>
-      <c r="FG21" s="14" t="n">
+      <c r="GB21" s="14" t="n">
         <v>4969302.4</v>
       </c>
-      <c r="FH21" s="14" t="n">
+      <c r="GC21" s="14" t="n">
         <v>4662618.6</v>
       </c>
-      <c r="FI21" s="14" t="n">
+      <c r="GD21" s="14" t="n">
         <v>5110685.3</v>
       </c>
-      <c r="FJ21" s="14" t="n">
+      <c r="GE21" s="14" t="n">
         <v>4862408.7</v>
       </c>
-      <c r="FK21" s="14" t="n">
+      <c r="GF21" s="14" t="n">
         <v>4585341.2</v>
       </c>
-      <c r="FL21" s="14" t="n">
+      <c r="GG21" s="14" t="n">
         <v>4363635.5</v>
       </c>
-      <c r="FM21" s="14" t="n">
+      <c r="GH21" s="14" t="n">
         <v>5459429.5</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="6" t="inlineStr">
         <is>
           <t>06.2 Non-ferrous metallic waste NP</t>
         </is>
       </c>
       <c r="B22" s="14" t="n">
+        <v>622.8</v>
+      </c>
+      <c r="C22" s="14" t="n">
         <v>680.7</v>
       </c>
-      <c r="C22" s="14" t="n">
+      <c r="D22" s="14" t="n">
         <v>764.5</v>
       </c>
-      <c r="D22" s="14" t="n">
+      <c r="E22" s="14" t="n">
         <v>765.1</v>
       </c>
-      <c r="E22" s="14" t="n">
+      <c r="F22" s="14" t="n">
         <v>714.3</v>
       </c>
-      <c r="F22" s="14" t="n">
+      <c r="G22" s="14" t="n">
         <v>763.4</v>
       </c>
-      <c r="G22" s="14" t="n">
+      <c r="H22" s="14" t="n">
         <v>658.4</v>
       </c>
-      <c r="H22" s="14" t="n">
+      <c r="I22" s="14" t="n">
         <v>768.2</v>
       </c>
-      <c r="I22" s="14" t="n">
+      <c r="J22" s="14" t="n">
         <v>717.6</v>
       </c>
-      <c r="J22" s="14" t="n">
+      <c r="K22" s="14" t="n">
+        <v>348.3</v>
+      </c>
+      <c r="L22" s="14" t="n">
         <v>325.8</v>
       </c>
-      <c r="K22" s="14" t="n">
+      <c r="M22" s="14" t="n">
         <v>108.4</v>
       </c>
-      <c r="L22" s="14" t="n">
+      <c r="N22" s="14" t="n">
         <v>90.2</v>
       </c>
-      <c r="M22" s="14" t="n">
+      <c r="O22" s="14" t="n">
         <v>125.4</v>
       </c>
-      <c r="N22" s="14" t="n">
+      <c r="P22" s="14" t="n">
         <v>137.2</v>
       </c>
-      <c r="O22" s="14" t="n">
+      <c r="Q22" s="14" t="n">
         <v>49.2</v>
       </c>
-      <c r="P22" s="14" t="n">
+      <c r="R22" s="14" t="n">
         <v>45.1</v>
       </c>
-      <c r="Q22" s="14" t="n">
+      <c r="S22" s="14" t="n">
         <v>54.0</v>
       </c>
-      <c r="R22" s="14" t="n">
+      <c r="T22" s="14" t="n">
+        <v>790.6</v>
+      </c>
+      <c r="U22" s="14" t="n">
         <v>823.7</v>
       </c>
-      <c r="S22" s="14" t="n">
+      <c r="V22" s="14" t="n">
         <v>727.2</v>
       </c>
-      <c r="T22" s="14" t="n">
+      <c r="W22" s="14" t="n">
         <v>705.2</v>
       </c>
-      <c r="U22" s="14" t="n">
+      <c r="X22" s="14" t="n">
         <v>553.5</v>
       </c>
-      <c r="V22" s="14" t="n">
+      <c r="Y22" s="14" t="n">
         <v>532.5</v>
       </c>
-      <c r="W22" s="14" t="n">
+      <c r="Z22" s="14" t="n">
         <v>663.0</v>
       </c>
-      <c r="X22" s="14" t="n">
+      <c r="AA22" s="14" t="n">
         <v>684.7</v>
       </c>
-      <c r="Y22" s="14" t="n">
+      <c r="AB22" s="14" t="n">
         <v>873.6</v>
       </c>
-      <c r="Z22" s="14" t="n">
+      <c r="AC22" s="14" t="n">
+        <v>220.7</v>
+      </c>
+      <c r="AD22" s="14" t="n">
         <v>256.8</v>
       </c>
-      <c r="AA22" s="14" t="n">
+      <c r="AE22" s="14" t="n">
         <v>152.6</v>
       </c>
-      <c r="AB22" s="14" t="n">
+      <c r="AF22" s="14" t="n">
         <v>142.7</v>
       </c>
-      <c r="AC22" s="14" t="n">
+      <c r="AG22" s="14" t="n">
         <v>201.7</v>
       </c>
-      <c r="AD22" s="14" t="n">
+      <c r="AH22" s="14" t="n">
         <v>203.3</v>
       </c>
-      <c r="AE22" s="14" t="n">
+      <c r="AI22" s="14" t="n">
         <v>215.8</v>
       </c>
-      <c r="AF22" s="14" t="n">
+      <c r="AJ22" s="14" t="n">
         <v>183.1</v>
       </c>
-      <c r="AG22" s="14" t="n">
+      <c r="AK22" s="14" t="n">
         <v>203.3</v>
       </c>
-      <c r="AH22" s="14" t="n">
+      <c r="AL22" s="14" t="n">
+        <v>2558.3</v>
+      </c>
+      <c r="AM22" s="14" t="n">
         <v>2855.2</v>
       </c>
-      <c r="AI22" s="14" t="n">
+      <c r="AN22" s="14" t="n">
         <v>3465.6</v>
       </c>
-      <c r="AJ22" s="14" t="n">
+      <c r="AO22" s="14" t="n">
         <v>3204.9</v>
       </c>
-      <c r="AK22" s="14" t="n">
+      <c r="AP22" s="14" t="n">
         <v>226.5</v>
       </c>
-      <c r="AL22" s="14" t="n">
+      <c r="AQ22" s="14" t="n">
         <v>221.0</v>
       </c>
-      <c r="AM22" s="14" t="n">
+      <c r="AR22" s="14" t="n">
         <v>131.8</v>
       </c>
-      <c r="AN22" s="14" t="n">
+      <c r="AS22" s="14" t="n">
         <v>194.4</v>
       </c>
-      <c r="AO22" s="14" t="n">
+      <c r="AT22" s="14" t="n">
         <v>69.3</v>
       </c>
-      <c r="AP22" s="14" t="n">
+      <c r="AU22" s="14" t="n">
+        <v>3740.6</v>
+      </c>
+      <c r="AV22" s="14" t="n">
         <v>3976.9</v>
       </c>
-      <c r="AQ22" s="14" t="n">
+      <c r="AW22" s="14" t="n">
         <v>1803.0</v>
       </c>
-      <c r="AR22" s="14" t="n">
+      <c r="AX22" s="14" t="n">
         <v>1767.4</v>
       </c>
-      <c r="AS22" s="14" t="n">
+      <c r="AY22" s="14" t="n">
         <v>2237.2</v>
       </c>
-      <c r="AT22" s="14" t="n">
+      <c r="AZ22" s="14" t="n">
         <v>2224.8</v>
       </c>
-      <c r="AU22" s="14" t="n">
+      <c r="BA22" s="14" t="n">
         <v>2605.0</v>
       </c>
-      <c r="AV22" s="14" t="n">
+      <c r="BB22" s="14" t="n">
         <v>2384.9</v>
       </c>
-      <c r="AW22" s="14" t="n">
+      <c r="BC22" s="14" t="n">
         <v>2353.0</v>
       </c>
-      <c r="AX22" s="14" t="n">
+      <c r="BD22" s="14" t="n">
+        <v>66.2</v>
+      </c>
+      <c r="BE22" s="14" t="n">
         <v>70.3</v>
       </c>
-      <c r="AY22" s="14" t="n">
+      <c r="BF22" s="14" t="n">
         <v>83.4</v>
       </c>
-      <c r="AZ22" s="14" t="n">
+      <c r="BG22" s="14" t="n">
         <v>48.2</v>
       </c>
-      <c r="BA22" s="14" t="n">
+      <c r="BH22" s="14" t="n">
         <v>25.9</v>
       </c>
-      <c r="BB22" s="14" t="n">
+      <c r="BI22" s="14" t="n">
         <v>40.3</v>
       </c>
-      <c r="BC22" s="14" t="n">
+      <c r="BJ22" s="14" t="n">
         <v>49.4</v>
       </c>
-      <c r="BD22" s="14" t="n">
+      <c r="BK22" s="14" t="n">
         <v>45.6</v>
       </c>
-      <c r="BE22" s="14" t="n">
+      <c r="BL22" s="14" t="n">
         <v>260.8</v>
       </c>
-      <c r="BF22" s="14" t="n">
+      <c r="BM22" s="14" t="n">
+        <v>1504.8</v>
+      </c>
+      <c r="BN22" s="14" t="n">
         <v>1569.7</v>
       </c>
-      <c r="BG22" s="14" t="n">
+      <c r="BO22" s="14" t="n">
         <v>988.0</v>
       </c>
-      <c r="BH22" s="14" t="n">
+      <c r="BP22" s="14" t="n">
         <v>966.3</v>
       </c>
-      <c r="BI22" s="14" t="n">
+      <c r="BQ22" s="14" t="n">
         <v>1222.3</v>
       </c>
-      <c r="BJ22" s="14" t="n">
+      <c r="BR22" s="14" t="n">
         <v>1209.1</v>
       </c>
-      <c r="BK22" s="14" t="n">
+      <c r="BS22" s="14" t="n">
         <v>814.2</v>
       </c>
-      <c r="BL22" s="14" t="n">
+      <c r="BT22" s="14" t="n">
         <v>754.3</v>
       </c>
-      <c r="BM22" s="14" t="n">
+      <c r="BU22" s="14" t="n">
         <v>1884.5</v>
       </c>
-      <c r="BN22" s="14" t="n">
+      <c r="BV22" s="14" t="n">
+        <v>162.6</v>
+      </c>
+      <c r="BW22" s="14" t="n">
         <v>176.6</v>
       </c>
-      <c r="BO22" s="14" t="n">
+      <c r="BX22" s="14" t="n">
         <v>222.7</v>
       </c>
-      <c r="BP22" s="14" t="n">
+      <c r="BY22" s="14" t="n">
         <v>203.7</v>
       </c>
-      <c r="BQ22" s="14" t="n">
+      <c r="BZ22" s="14" t="n">
         <v>1997.5</v>
       </c>
-      <c r="BR22" s="14" t="n">
+      <c r="CA22" s="14" t="n">
         <v>1878.5</v>
       </c>
-      <c r="BS22" s="14" t="n">
+      <c r="CB22" s="14" t="n">
         <v>1032.3</v>
       </c>
-      <c r="BT22" s="14" t="n">
+      <c r="CC22" s="14" t="n">
         <v>1031.2</v>
       </c>
-      <c r="BU22" s="14" t="n">
+      <c r="CD22" s="14" t="n">
         <v>504.4</v>
       </c>
-      <c r="BV22" s="14" t="n">
+      <c r="CE22" s="14" t="n">
+        <v>77371.8</v>
+      </c>
+      <c r="CF22" s="14" t="n">
         <v>79250.1</v>
       </c>
-      <c r="BW22" s="14" t="n">
+      <c r="CG22" s="14" t="n">
         <v>83428.9</v>
       </c>
-      <c r="BX22" s="14" t="n">
+      <c r="CH22" s="14" t="n">
         <v>85912.8</v>
       </c>
-      <c r="BY22" s="14" t="n">
+      <c r="CI22" s="14" t="n">
         <v>73717.7</v>
       </c>
-      <c r="BZ22" s="14" t="n">
+      <c r="CJ22" s="14" t="n">
         <v>76214.9</v>
       </c>
-      <c r="CA22" s="14" t="n">
+      <c r="CK22" s="14" t="n">
         <v>78697.5</v>
       </c>
-      <c r="CB22" s="14" t="n">
+      <c r="CL22" s="14" t="n">
         <v>46931.0</v>
       </c>
-      <c r="CC22" s="14" t="n">
+      <c r="CM22" s="14" t="n">
         <v>43794.5</v>
       </c>
-      <c r="CD22" s="14" t="n">
+      <c r="CN22" s="14" t="n">
+        <v>34746.4</v>
+      </c>
+      <c r="CO22" s="14" t="n">
         <v>35822.8</v>
       </c>
-      <c r="CE22" s="14" t="n">
+      <c r="CP22" s="14" t="n">
         <v>28956.1</v>
       </c>
-      <c r="CF22" s="14" t="n">
+      <c r="CQ22" s="14" t="n">
         <v>29498.5</v>
       </c>
-      <c r="CG22" s="14" t="n">
+      <c r="CR22" s="14" t="n">
         <v>34326.4</v>
       </c>
-      <c r="CH22" s="14" t="n">
+      <c r="CS22" s="14" t="n">
         <v>33427.2</v>
       </c>
-      <c r="CI22" s="14" t="n">
+      <c r="CT22" s="14" t="n">
         <v>53469.4</v>
       </c>
-      <c r="CJ22" s="14" t="n">
+      <c r="CU22" s="14" t="n">
         <v>39079.5</v>
       </c>
-      <c r="CK22" s="14" t="n">
+      <c r="CV22" s="14" t="n">
         <v>36048.8</v>
       </c>
-      <c r="CL22" s="14" t="n">
+      <c r="CW22" s="14" t="n">
+        <v>1599.5</v>
+      </c>
+      <c r="CX22" s="14" t="n">
         <v>1467.7</v>
       </c>
-      <c r="CM22" s="14" t="n">
+      <c r="CY22" s="14" t="n">
         <v>1356.3</v>
       </c>
-      <c r="CN22" s="14" t="n">
+      <c r="CZ22" s="14" t="n">
         <v>1383.3</v>
       </c>
-      <c r="CO22" s="14" t="n">
+      <c r="DA22" s="14" t="n">
         <v>928.3</v>
       </c>
-      <c r="CP22" s="14" t="n">
+      <c r="DB22" s="14" t="n">
         <v>869.6</v>
       </c>
-      <c r="CQ22" s="14" t="n">
+      <c r="DC22" s="14" t="n">
         <v>1208.0</v>
       </c>
-      <c r="CR22" s="14" t="n">
+      <c r="DD22" s="14" t="n">
         <v>991.8</v>
       </c>
-      <c r="CS22" s="14" t="n">
+      <c r="DE22" s="14" t="n">
         <v>1339.9</v>
       </c>
-      <c r="CT22" s="14" t="n">
+      <c r="DF22" s="14" t="n">
+        <v>3857.5</v>
+      </c>
+      <c r="DG22" s="14" t="n">
         <v>3957.3</v>
       </c>
-      <c r="CU22" s="14" t="n">
+      <c r="DH22" s="14" t="n">
         <v>477.1</v>
       </c>
-      <c r="CV22" s="14" t="n">
+      <c r="DI22" s="14" t="n">
         <v>475.2</v>
       </c>
-      <c r="CW22" s="14" t="n">
+      <c r="DJ22" s="14" t="n">
         <v>367.3</v>
       </c>
-      <c r="CX22" s="14" t="n">
+      <c r="DK22" s="14" t="n">
         <v>357.5</v>
       </c>
-      <c r="CY22" s="14" t="n">
+      <c r="DL22" s="14" t="n">
         <v>1293.6</v>
       </c>
-      <c r="CZ22" s="14" t="n">
+      <c r="DM22" s="14" t="n">
         <v>1295.2</v>
       </c>
-      <c r="DA22" s="14" t="n">
+      <c r="DN22" s="14" t="n">
         <v>932.8</v>
       </c>
-      <c r="DB22" s="14" t="n">
+      <c r="DO22" s="14" t="n">
+        <v>39.5</v>
+      </c>
+      <c r="DP22" s="14" t="n">
         <v>69.5</v>
       </c>
-      <c r="DC22" s="14" t="n">
+      <c r="DQ22" s="14" t="n">
         <v>43.9</v>
       </c>
-      <c r="DD22" s="14" t="n">
+      <c r="DR22" s="14" t="n">
         <v>39.9</v>
       </c>
-      <c r="DE22" s="14" t="n">
+      <c r="DS22" s="14" t="n">
         <v>39.2</v>
       </c>
-      <c r="DF22" s="14" t="n">
+      <c r="DT22" s="14" t="n">
         <v>14.5</v>
       </c>
-      <c r="DG22" s="14" t="n">
+      <c r="DU22" s="14" t="n">
         <v>27.2</v>
       </c>
-      <c r="DH22" s="14" t="n">
+      <c r="DV22" s="14" t="n">
         <v>21.4</v>
       </c>
-      <c r="DI22" s="14" t="n">
+      <c r="DW22" s="14" t="n">
         <v>2218.9</v>
       </c>
-      <c r="DJ22" s="14" t="n">
+      <c r="DX22" s="14" t="n">
+        <v>257613.7</v>
+      </c>
+      <c r="DY22" s="14" t="n">
         <v>289613.3</v>
       </c>
-      <c r="DK22" s="14" t="n">
+      <c r="DZ22" s="14" t="n">
         <v>362393.1</v>
       </c>
-      <c r="DL22" s="14" t="n">
+      <c r="EA22" s="14" t="n">
         <v>277333.6</v>
       </c>
-      <c r="DM22" s="14" t="n">
+      <c r="EB22" s="14" t="n">
         <v>389709.6</v>
       </c>
-      <c r="DN22" s="14" t="n">
+      <c r="EC22" s="14" t="n">
         <v>382457.0</v>
       </c>
-      <c r="DO22" s="14" t="n">
+      <c r="ED22" s="14" t="n">
         <v>344017.9</v>
       </c>
-      <c r="DP22" s="14" t="n">
+      <c r="EE22" s="14" t="n">
         <v>319842.0</v>
       </c>
-      <c r="DQ22" s="14" t="n">
+      <c r="EF22" s="14" t="n">
         <v>318244.4</v>
       </c>
-      <c r="DR22" s="14" t="n">
+      <c r="EG22" s="14" t="n">
+        <v>5359.7</v>
+      </c>
+      <c r="EH22" s="14" t="n">
         <v>4288.3</v>
       </c>
-      <c r="DS22" s="14" t="n">
+      <c r="EI22" s="14" t="n">
         <v>4246.9</v>
       </c>
-      <c r="DT22" s="14" t="n">
+      <c r="EJ22" s="14" t="n">
         <v>9420.3</v>
       </c>
-      <c r="DU22" s="14" t="n">
+      <c r="EK22" s="14" t="n">
         <v>10071.4</v>
       </c>
-      <c r="DV22" s="14" t="n">
+      <c r="EL22" s="14" t="n">
         <v>13204.5</v>
       </c>
-      <c r="DW22" s="14" t="n">
+      <c r="EM22" s="14" t="n">
         <v>12149.5</v>
       </c>
-      <c r="DX22" s="14" t="n">
+      <c r="EN22" s="14" t="n">
         <v>7700.6</v>
       </c>
-      <c r="DY22" s="14" t="n">
+      <c r="EO22" s="14" t="n">
         <v>7707.2</v>
       </c>
-      <c r="DZ22" s="14" t="n">
+      <c r="EP22" s="14" t="n">
+        <v>12400.2</v>
+      </c>
+      <c r="EQ22" s="14" t="n">
         <v>39103.6</v>
       </c>
-      <c r="EA22" s="14" t="n">
+      <c r="ER22" s="14" t="n">
         <v>35796.9</v>
       </c>
-      <c r="EB22" s="14" t="n">
+      <c r="ES22" s="14" t="n">
         <v>23349.6</v>
       </c>
-      <c r="EC22" s="14" t="n">
+      <c r="ET22" s="14" t="n">
         <v>26034.7</v>
       </c>
-      <c r="ED22" s="14" t="n">
+      <c r="EU22" s="14" t="n">
         <v>13293.0</v>
       </c>
-      <c r="EE22" s="14" t="n">
+      <c r="EV22" s="14" t="n">
         <v>13482.2</v>
       </c>
-      <c r="EF22" s="14" t="n">
+      <c r="EW22" s="14" t="n">
         <v>18445.9</v>
       </c>
-      <c r="EG22" s="14" t="n">
+      <c r="EX22" s="14" t="n">
         <v>18829.9</v>
       </c>
-      <c r="EH22" s="14" t="n">
+      <c r="EY22" s="14" t="n">
+        <v>406.4</v>
+      </c>
+      <c r="EZ22" s="14" t="n">
         <v>5732.0</v>
       </c>
-      <c r="EI22" s="14" t="n">
+      <c r="FA22" s="14" t="n">
         <v>5218.6</v>
       </c>
-      <c r="EJ22" s="14" t="n">
+      <c r="FB22" s="14" t="n">
         <v>1891.4</v>
       </c>
-      <c r="EK22" s="14" t="n">
+      <c r="FC22" s="14" t="n">
         <v>1969.6</v>
       </c>
-      <c r="EL22" s="14" t="n">
+      <c r="FD22" s="14" t="n">
         <v>5979.4</v>
       </c>
-      <c r="EM22" s="14" t="n">
+      <c r="FE22" s="14" t="n">
         <v>5974.8</v>
       </c>
-      <c r="EN22" s="14" t="n">
+      <c r="FF22" s="14" t="n">
         <v>9049.4</v>
       </c>
-      <c r="EO22" s="14" t="n">
+      <c r="FG22" s="14" t="n">
         <v>8816.8</v>
       </c>
-      <c r="EP22" s="14" t="n">
+      <c r="FH22" s="14" t="n">
+        <v>132.9</v>
+      </c>
+      <c r="FI22" s="14" t="n">
         <v>122.7</v>
       </c>
-      <c r="EQ22" s="14" t="n">
+      <c r="FJ22" s="14" t="n">
         <v>116.1</v>
       </c>
-      <c r="ER22" s="14" t="n">
+      <c r="FK22" s="14" t="n">
         <v>211.1</v>
       </c>
-      <c r="ES22" s="14" t="n">
+      <c r="FL22" s="14" t="n">
         <v>210.4</v>
       </c>
-      <c r="ET22" s="14" t="n">
+      <c r="FM22" s="14" t="n">
         <v>1265.9</v>
       </c>
-      <c r="EU22" s="14" t="n">
+      <c r="FN22" s="14" t="n">
         <v>1259.3</v>
       </c>
-      <c r="EV22" s="14" t="n">
+      <c r="FO22" s="14" t="n">
         <v>1244.1</v>
       </c>
-      <c r="EW22" s="14" t="n">
+      <c r="FP22" s="14" t="n">
         <v>1255.1</v>
       </c>
-      <c r="EX22" s="13" t="inlineStr">
-[...39 lines deleted...]
-      <c r="FF22" s="14" t="n">
+      <c r="FQ22" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FR22" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FS22" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FT22" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FU22" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FV22" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FW22" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FX22" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FY22" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FZ22" s="14" t="n">
+        <v>403542.5</v>
+      </c>
+      <c r="GA22" s="14" t="n">
         <v>470163.0</v>
       </c>
-      <c r="FG22" s="14" t="n">
+      <c r="GB22" s="14" t="n">
         <v>530349.3</v>
       </c>
-      <c r="FH22" s="14" t="n">
+      <c r="GC22" s="14" t="n">
         <v>437409.4</v>
       </c>
-      <c r="FI22" s="14" t="n">
+      <c r="GD22" s="14" t="n">
         <v>544678.9</v>
       </c>
-      <c r="FJ22" s="14" t="n">
+      <c r="GE22" s="14" t="n">
         <v>534293.6</v>
       </c>
-      <c r="FK22" s="14" t="n">
+      <c r="GF22" s="14" t="n">
         <v>517798.5</v>
       </c>
-      <c r="FL22" s="14" t="n">
+      <c r="GG22" s="14" t="n">
         <v>450692.4</v>
       </c>
-      <c r="FM22" s="14" t="n">
+      <c r="GH22" s="14" t="n">
         <v>446108.8</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="6" t="inlineStr">
         <is>
           <t>06.3 Mixed metallic, ferrous and non-ferrous waste NP</t>
         </is>
       </c>
       <c r="B23" s="14" t="n">
+        <v>4621.7</v>
+      </c>
+      <c r="C23" s="14" t="n">
         <v>4830.7</v>
       </c>
-      <c r="C23" s="14" t="n">
+      <c r="D23" s="14" t="n">
         <v>5221.2</v>
       </c>
-      <c r="D23" s="14" t="n">
+      <c r="E23" s="14" t="n">
         <v>5218.6</v>
       </c>
-      <c r="E23" s="14" t="n">
+      <c r="F23" s="14" t="n">
         <v>5036.1</v>
       </c>
-      <c r="F23" s="14" t="n">
+      <c r="G23" s="14" t="n">
         <v>5191.5</v>
       </c>
-      <c r="G23" s="14" t="n">
+      <c r="H23" s="14" t="n">
         <v>3141.6</v>
       </c>
-      <c r="H23" s="14" t="n">
+      <c r="I23" s="14" t="n">
         <v>5130.5</v>
       </c>
-      <c r="I23" s="14" t="n">
+      <c r="J23" s="14" t="n">
         <v>4919.8</v>
       </c>
-      <c r="J23" s="14" t="n">
+      <c r="K23" s="14" t="n">
+        <v>4849.6</v>
+      </c>
+      <c r="L23" s="14" t="n">
         <v>4536.6</v>
       </c>
-      <c r="K23" s="14" t="n">
+      <c r="M23" s="14" t="n">
         <v>4939.0</v>
       </c>
-      <c r="L23" s="14" t="n">
+      <c r="N23" s="14" t="n">
         <v>4109.4</v>
       </c>
-      <c r="M23" s="14" t="n">
+      <c r="O23" s="14" t="n">
         <v>1283.3</v>
       </c>
-      <c r="N23" s="14" t="n">
+      <c r="P23" s="14" t="n">
         <v>1403.5</v>
       </c>
-      <c r="O23" s="14" t="n">
+      <c r="Q23" s="14" t="n">
         <v>891.6</v>
       </c>
-      <c r="P23" s="14" t="n">
+      <c r="R23" s="14" t="n">
         <v>817.8</v>
       </c>
-      <c r="Q23" s="14" t="n">
+      <c r="S23" s="14" t="n">
         <v>1829.1</v>
       </c>
-      <c r="R23" s="14" t="n">
+      <c r="T23" s="14" t="n">
+        <v>16417.7</v>
+      </c>
+      <c r="U23" s="14" t="n">
         <v>17106.2</v>
       </c>
-      <c r="S23" s="14" t="n">
+      <c r="V23" s="14" t="n">
         <v>18415.2</v>
       </c>
-      <c r="T23" s="14" t="n">
+      <c r="W23" s="14" t="n">
         <v>17858.8</v>
       </c>
-      <c r="U23" s="14" t="n">
+      <c r="X23" s="14" t="n">
         <v>16385.6</v>
       </c>
-      <c r="V23" s="14" t="n">
+      <c r="Y23" s="14" t="n">
         <v>15765.3</v>
       </c>
-      <c r="W23" s="14" t="n">
+      <c r="Z23" s="14" t="n">
         <v>17951.9</v>
       </c>
-      <c r="X23" s="14" t="n">
+      <c r="AA23" s="14" t="n">
         <v>16973.5</v>
       </c>
-      <c r="Y23" s="14" t="n">
+      <c r="AB23" s="14" t="n">
         <v>18172.8</v>
       </c>
-      <c r="Z23" s="14" t="n">
+      <c r="AC23" s="14" t="n">
+        <v>778.9</v>
+      </c>
+      <c r="AD23" s="14" t="n">
         <v>906.0</v>
       </c>
-      <c r="AA23" s="14" t="n">
+      <c r="AE23" s="14" t="n">
         <v>437.9</v>
       </c>
-      <c r="AB23" s="14" t="n">
+      <c r="AF23" s="14" t="n">
         <v>409.6</v>
       </c>
-      <c r="AC23" s="14" t="n">
+      <c r="AG23" s="14" t="n">
         <v>662.0</v>
       </c>
-      <c r="AD23" s="14" t="n">
+      <c r="AH23" s="14" t="n">
         <v>667.5</v>
       </c>
-      <c r="AE23" s="14" t="n">
+      <c r="AI23" s="14" t="n">
         <v>962.8</v>
       </c>
-      <c r="AF23" s="14" t="n">
+      <c r="AJ23" s="14" t="n">
         <v>1112.5</v>
       </c>
-      <c r="AG23" s="14" t="n">
+      <c r="AK23" s="14" t="n">
         <v>976.8</v>
       </c>
-      <c r="AH23" s="14" t="n">
+      <c r="AL23" s="14" t="n">
+        <v>1145.3</v>
+      </c>
+      <c r="AM23" s="14" t="n">
         <v>1278.2</v>
       </c>
-      <c r="AI23" s="14" t="n">
+      <c r="AN23" s="14" t="n">
         <v>859.3</v>
       </c>
-      <c r="AJ23" s="14" t="n">
+      <c r="AO23" s="14" t="n">
         <v>794.6</v>
       </c>
-      <c r="AK23" s="14" t="n">
+      <c r="AP23" s="14" t="n">
         <v>623.3</v>
       </c>
-      <c r="AL23" s="14" t="n">
+      <c r="AQ23" s="14" t="n">
         <v>608.2</v>
       </c>
-      <c r="AM23" s="14" t="n">
+      <c r="AR23" s="14" t="n">
         <v>1099.7</v>
       </c>
-      <c r="AN23" s="14" t="n">
+      <c r="AS23" s="14" t="n">
         <v>1791.4</v>
       </c>
-      <c r="AO23" s="14" t="n">
+      <c r="AT23" s="14" t="n">
         <v>1476.3</v>
       </c>
-      <c r="AP23" s="14" t="n">
+      <c r="AU23" s="14" t="n">
+        <v>8252.5</v>
+      </c>
+      <c r="AV23" s="14" t="n">
         <v>8773.8</v>
       </c>
-      <c r="AQ23" s="14" t="n">
+      <c r="AW23" s="14" t="n">
         <v>8580.6</v>
       </c>
-      <c r="AR23" s="14" t="n">
+      <c r="AX23" s="14" t="n">
         <v>8411.0</v>
       </c>
-      <c r="AS23" s="14" t="n">
+      <c r="AY23" s="14" t="n">
         <v>8154.7</v>
       </c>
-      <c r="AT23" s="14" t="n">
+      <c r="AZ23" s="14" t="n">
         <v>8109.6</v>
       </c>
-      <c r="AU23" s="14" t="n">
+      <c r="BA23" s="14" t="n">
         <v>10168.6</v>
       </c>
-      <c r="AV23" s="14" t="n">
+      <c r="BB23" s="14" t="n">
         <v>10351.9</v>
       </c>
-      <c r="AW23" s="14" t="n">
+      <c r="BC23" s="14" t="n">
         <v>7913.5</v>
       </c>
-      <c r="AX23" s="14" t="n">
+      <c r="BD23" s="14" t="n">
+        <v>4265.8</v>
+      </c>
+      <c r="BE23" s="14" t="n">
         <v>4535.2</v>
       </c>
-      <c r="AY23" s="14" t="n">
+      <c r="BF23" s="14" t="n">
         <v>4804.9</v>
       </c>
-      <c r="AZ23" s="14" t="n">
+      <c r="BG23" s="14" t="n">
         <v>3113.9</v>
       </c>
-      <c r="BA23" s="14" t="n">
+      <c r="BH23" s="14" t="n">
         <v>6038.9</v>
       </c>
-      <c r="BB23" s="14" t="n">
+      <c r="BI23" s="14" t="n">
         <v>5463.0</v>
       </c>
-      <c r="BC23" s="14" t="n">
+      <c r="BJ23" s="14" t="n">
         <v>2582.9</v>
       </c>
-      <c r="BD23" s="14" t="n">
+      <c r="BK23" s="14" t="n">
         <v>4147.9</v>
       </c>
-      <c r="BE23" s="14" t="n">
+      <c r="BL23" s="14" t="n">
         <v>2703.6</v>
       </c>
-      <c r="BF23" s="14" t="n">
+      <c r="BM23" s="14" t="n">
+        <v>16048.2</v>
+      </c>
+      <c r="BN23" s="14" t="n">
         <v>16740.1</v>
       </c>
-      <c r="BG23" s="14" t="n">
+      <c r="BO23" s="14" t="n">
         <v>22153.4</v>
       </c>
-      <c r="BH23" s="14" t="n">
+      <c r="BP23" s="14" t="n">
         <v>21666.7</v>
       </c>
-      <c r="BI23" s="14" t="n">
+      <c r="BQ23" s="14" t="n">
         <v>26593.6</v>
       </c>
-      <c r="BJ23" s="14" t="n">
+      <c r="BR23" s="14" t="n">
         <v>26305.6</v>
       </c>
-      <c r="BK23" s="14" t="n">
+      <c r="BS23" s="14" t="n">
         <v>20614.8</v>
       </c>
-      <c r="BL23" s="14" t="n">
+      <c r="BT23" s="14" t="n">
         <v>18517.1</v>
       </c>
-      <c r="BM23" s="14" t="n">
+      <c r="BU23" s="14" t="n">
         <v>19116.3</v>
       </c>
-      <c r="BN23" s="14" t="n">
+      <c r="BV23" s="14" t="n">
+        <v>9910.2</v>
+      </c>
+      <c r="BW23" s="14" t="n">
         <v>10761.9</v>
       </c>
-      <c r="BO23" s="14" t="n">
+      <c r="BX23" s="14" t="n">
         <v>11142.1</v>
       </c>
-      <c r="BP23" s="14" t="n">
+      <c r="BY23" s="14" t="n">
         <v>10194.1</v>
       </c>
-      <c r="BQ23" s="14" t="n">
+      <c r="BZ23" s="14" t="n">
         <v>11625.9</v>
       </c>
-      <c r="BR23" s="14" t="n">
+      <c r="CA23" s="14" t="n">
         <v>10933.3</v>
       </c>
-      <c r="BS23" s="14" t="n">
+      <c r="CB23" s="14" t="n">
         <v>13739.1</v>
       </c>
-      <c r="BT23" s="14" t="n">
+      <c r="CC23" s="14" t="n">
         <v>13725.0</v>
       </c>
-      <c r="BU23" s="14" t="n">
+      <c r="CD23" s="14" t="n">
         <v>12106.8</v>
       </c>
-      <c r="BV23" s="14" t="n">
+      <c r="CE23" s="14" t="n">
+        <v>231587.7</v>
+      </c>
+      <c r="CF23" s="14" t="n">
         <v>237209.8</v>
       </c>
-      <c r="BW23" s="14" t="n">
+      <c r="CG23" s="14" t="n">
         <v>229185.7</v>
       </c>
-      <c r="BX23" s="14" t="n">
+      <c r="CH23" s="14" t="n">
         <v>236009.1</v>
       </c>
-      <c r="BY23" s="14" t="n">
+      <c r="CI23" s="14" t="n">
         <v>218536.8</v>
       </c>
-      <c r="BZ23" s="14" t="n">
+      <c r="CJ23" s="14" t="n">
         <v>225939.9</v>
       </c>
-      <c r="CA23" s="14" t="n">
+      <c r="CK23" s="14" t="n">
         <v>406157.5</v>
       </c>
-      <c r="CB23" s="14" t="n">
+      <c r="CL23" s="14" t="n">
         <v>388416.2</v>
       </c>
-      <c r="CC23" s="14" t="n">
+      <c r="CM23" s="14" t="n">
         <v>312601.7</v>
       </c>
-      <c r="CD23" s="14" t="n">
+      <c r="CN23" s="14" t="n">
+        <v>56732.3</v>
+      </c>
+      <c r="CO23" s="14" t="n">
         <v>58489.7</v>
       </c>
-      <c r="CE23" s="14" t="n">
+      <c r="CP23" s="14" t="n">
         <v>59769.3</v>
       </c>
-      <c r="CF23" s="14" t="n">
+      <c r="CQ23" s="14" t="n">
         <v>60888.8</v>
       </c>
-      <c r="CG23" s="14" t="n">
+      <c r="CR23" s="14" t="n">
         <v>82394.3</v>
       </c>
-      <c r="CH23" s="14" t="n">
+      <c r="CS23" s="14" t="n">
         <v>80235.9</v>
       </c>
-      <c r="CI23" s="14" t="n">
+      <c r="CT23" s="14" t="n">
         <v>64384.3</v>
       </c>
-      <c r="CJ23" s="14" t="n">
+      <c r="CU23" s="14" t="n">
         <v>70902.3</v>
       </c>
-      <c r="CK23" s="14" t="n">
+      <c r="CV23" s="14" t="n">
         <v>77262.8</v>
       </c>
-      <c r="CL23" s="14" t="n">
+      <c r="CW23" s="14" t="n">
+        <v>7117.8</v>
+      </c>
+      <c r="CX23" s="14" t="n">
         <v>6531.2</v>
       </c>
-      <c r="CM23" s="14" t="n">
+      <c r="CY23" s="14" t="n">
         <v>6931.8</v>
       </c>
-      <c r="CN23" s="14" t="n">
+      <c r="CZ23" s="14" t="n">
         <v>7069.9</v>
       </c>
-      <c r="CO23" s="14" t="n">
+      <c r="DA23" s="14" t="n">
         <v>3597.5</v>
       </c>
-      <c r="CP23" s="14" t="n">
+      <c r="DB23" s="14" t="n">
         <v>3370.1</v>
       </c>
-      <c r="CQ23" s="14" t="n">
+      <c r="DC23" s="14" t="n">
         <v>4649.4</v>
       </c>
-      <c r="CR23" s="14" t="n">
+      <c r="DD23" s="14" t="n">
         <v>4528.8</v>
       </c>
-      <c r="CS23" s="14" t="n">
+      <c r="DE23" s="14" t="n">
         <v>4696.4</v>
       </c>
-      <c r="CT23" s="14" t="n">
+      <c r="DF23" s="14" t="n">
+        <v>2094.0</v>
+      </c>
+      <c r="DG23" s="14" t="n">
         <v>2148.2</v>
       </c>
-      <c r="CU23" s="14" t="n">
+      <c r="DH23" s="14" t="n">
         <v>10915.7</v>
       </c>
-      <c r="CV23" s="14" t="n">
+      <c r="DI23" s="14" t="n">
         <v>10872.2</v>
       </c>
-      <c r="CW23" s="14" t="n">
+      <c r="DJ23" s="14" t="n">
         <v>7740.1</v>
       </c>
-      <c r="CX23" s="14" t="n">
+      <c r="DK23" s="14" t="n">
         <v>7533.4</v>
       </c>
-      <c r="CY23" s="14" t="n">
+      <c r="DL23" s="14" t="n">
         <v>11452.9</v>
       </c>
-      <c r="CZ23" s="14" t="n">
+      <c r="DM23" s="14" t="n">
         <v>11466.6</v>
       </c>
-      <c r="DA23" s="14" t="n">
+      <c r="DN23" s="14" t="n">
         <v>15510.4</v>
       </c>
-      <c r="DB23" s="14" t="n">
+      <c r="DO23" s="14" t="n">
+        <v>1092.4</v>
+      </c>
+      <c r="DP23" s="14" t="n">
         <v>608.7</v>
       </c>
-      <c r="DC23" s="14" t="n">
+      <c r="DQ23" s="14" t="n">
         <v>774.1</v>
       </c>
-      <c r="DD23" s="14" t="n">
+      <c r="DR23" s="14" t="n">
         <v>848.5</v>
       </c>
-      <c r="DE23" s="14" t="n">
+      <c r="DS23" s="14" t="n">
         <v>2967.7</v>
       </c>
-      <c r="DF23" s="14" t="n">
+      <c r="DT23" s="14" t="n">
         <v>2806.0</v>
       </c>
-      <c r="DG23" s="14" t="n">
+      <c r="DU23" s="14" t="n">
         <v>2712.8</v>
       </c>
-      <c r="DH23" s="14" t="n">
+      <c r="DV23" s="14" t="n">
         <v>2370.7</v>
       </c>
-      <c r="DI23" s="14" t="n">
+      <c r="DW23" s="14" t="n">
         <v>6381.4</v>
       </c>
-      <c r="DJ23" s="14" t="n">
+      <c r="DX23" s="14" t="n">
+        <v>51434.1</v>
+      </c>
+      <c r="DY23" s="14" t="n">
         <v>40169.7</v>
       </c>
-      <c r="DK23" s="14" t="n">
+      <c r="DZ23" s="14" t="n">
         <v>48512.5</v>
       </c>
-      <c r="DL23" s="14" t="n">
+      <c r="EA23" s="14" t="n">
         <v>60358.6</v>
       </c>
-      <c r="DM23" s="14" t="n">
+      <c r="EB23" s="14" t="n">
         <v>45811.7</v>
       </c>
-      <c r="DN23" s="14" t="n">
+      <c r="EC23" s="14" t="n">
         <v>64017.1</v>
       </c>
-      <c r="DO23" s="14" t="n">
+      <c r="ED23" s="14" t="n">
         <v>65203.2</v>
       </c>
-      <c r="DP23" s="14" t="n">
+      <c r="EE23" s="14" t="n">
         <v>65901.0</v>
       </c>
-      <c r="DQ23" s="14" t="n">
+      <c r="EF23" s="14" t="n">
         <v>41609.6</v>
       </c>
-      <c r="DR23" s="14" t="n">
+      <c r="EG23" s="14" t="n">
+        <v>33958.8</v>
+      </c>
+      <c r="EH23" s="14" t="n">
         <v>45804.5</v>
       </c>
-      <c r="DS23" s="14" t="n">
+      <c r="EI23" s="14" t="n">
         <v>46073.7</v>
       </c>
-      <c r="DT23" s="14" t="n">
+      <c r="EJ23" s="14" t="n">
         <v>27353.1</v>
       </c>
-      <c r="DU23" s="14" t="n">
+      <c r="EK23" s="14" t="n">
         <v>29808.1</v>
       </c>
-      <c r="DV23" s="14" t="n">
+      <c r="EL23" s="14" t="n">
         <v>19632.0</v>
       </c>
-      <c r="DW23" s="14" t="n">
+      <c r="EM23" s="14" t="n">
         <v>18125.2</v>
       </c>
-      <c r="DX23" s="14" t="n">
+      <c r="EN23" s="14" t="n">
         <v>66986.0</v>
       </c>
-      <c r="DY23" s="14" t="n">
+      <c r="EO23" s="14" t="n">
         <v>66446.7</v>
       </c>
-      <c r="DZ23" s="14" t="n">
+      <c r="EP23" s="14" t="n">
+        <v>39387.1</v>
+      </c>
+      <c r="EQ23" s="14" t="n">
         <v>33470.6</v>
       </c>
-      <c r="EA23" s="14" t="n">
+      <c r="ER23" s="14" t="n">
         <v>30208.0</v>
       </c>
-      <c r="EB23" s="14" t="n">
+      <c r="ES23" s="14" t="n">
         <v>100965.2</v>
       </c>
-      <c r="EC23" s="14" t="n">
+      <c r="ET23" s="14" t="n">
         <v>113099.3</v>
       </c>
-      <c r="ED23" s="14" t="n">
+      <c r="EU23" s="14" t="n">
         <v>71698.4</v>
       </c>
-      <c r="EE23" s="14" t="n">
+      <c r="EV23" s="14" t="n">
         <v>71943.7</v>
       </c>
-      <c r="EF23" s="14" t="n">
+      <c r="EW23" s="14" t="n">
         <v>178287.9</v>
       </c>
-      <c r="EG23" s="14" t="n">
+      <c r="EX23" s="14" t="n">
         <v>180903.7</v>
       </c>
-      <c r="EH23" s="14" t="n">
+      <c r="EY23" s="14" t="n">
+        <v>3848.1</v>
+      </c>
+      <c r="EZ23" s="14" t="n">
         <v>3801.2</v>
       </c>
-      <c r="EI23" s="14" t="n">
+      <c r="FA23" s="14" t="n">
         <v>3633.4</v>
       </c>
-      <c r="EJ23" s="14" t="n">
+      <c r="FB23" s="14" t="n">
         <v>2361.4</v>
       </c>
-      <c r="EK23" s="14" t="n">
+      <c r="FC23" s="14" t="n">
         <v>2409.3</v>
       </c>
-      <c r="EL23" s="14" t="n">
+      <c r="FD23" s="14" t="n">
         <v>849.1</v>
       </c>
-      <c r="EM23" s="14" t="n">
+      <c r="FE23" s="14" t="n">
         <v>826.8</v>
       </c>
-      <c r="EN23" s="14" t="n">
+      <c r="FF23" s="14" t="n">
         <v>701.6</v>
       </c>
-      <c r="EO23" s="14" t="n">
+      <c r="FG23" s="14" t="n">
         <v>681.8</v>
       </c>
-      <c r="EP23" s="14" t="n">
+      <c r="FH23" s="14" t="n">
+        <v>6157.6</v>
+      </c>
+      <c r="FI23" s="14" t="n">
         <v>4611.5</v>
       </c>
-      <c r="EQ23" s="14" t="n">
+      <c r="FJ23" s="14" t="n">
         <v>4181.0</v>
       </c>
-      <c r="ER23" s="14" t="n">
+      <c r="FK23" s="14" t="n">
         <v>3388.1</v>
       </c>
-      <c r="ES23" s="14" t="n">
+      <c r="FL23" s="14" t="n">
         <v>3322.0</v>
       </c>
-      <c r="ET23" s="14" t="n">
+      <c r="FM23" s="14" t="n">
         <v>2185.6</v>
       </c>
-      <c r="EU23" s="14" t="n">
+      <c r="FN23" s="14" t="n">
         <v>2002.5</v>
       </c>
-      <c r="EV23" s="14" t="n">
+      <c r="FO23" s="14" t="n">
         <v>2772.7</v>
       </c>
-      <c r="EW23" s="14" t="n">
+      <c r="FP23" s="14" t="n">
         <v>2704.7</v>
       </c>
-      <c r="EX23" s="14" t="n">
-[...5 lines deleted...]
-      <c r="EZ23" s="14" t="n">
+      <c r="FQ23" s="14" t="n">
+        <v>19058.7</v>
+      </c>
+      <c r="FR23" s="14" t="n">
+        <v>17107.3</v>
+      </c>
+      <c r="FS23" s="14" t="n">
+        <v>21110.8</v>
+      </c>
+      <c r="FT23" s="14" t="n">
         <v>23051.3</v>
       </c>
-      <c r="FA23" s="14" t="n">
+      <c r="FU23" s="14" t="n">
         <v>21887.5</v>
       </c>
-      <c r="FB23" s="14" t="n">
+      <c r="FV23" s="14" t="n">
         <v>27875.3</v>
       </c>
-      <c r="FC23" s="14" t="n">
+      <c r="FW23" s="14" t="n">
         <v>20939.9</v>
       </c>
-      <c r="FD23" s="14" t="n">
+      <c r="FX23" s="14" t="n">
         <v>20375.9</v>
       </c>
-      <c r="FE23" s="14" t="n">
+      <c r="FY23" s="14" t="n">
         <v>22429.8</v>
       </c>
-      <c r="FF23" s="14" t="n">
-[...5 lines deleted...]
-      <c r="FH23" s="14" t="n">
+      <c r="FZ23" s="14" t="n">
+        <v>518758.5</v>
+      </c>
+      <c r="GA23" s="14" t="n">
+        <v>519421.1</v>
+      </c>
+      <c r="GB23" s="14" t="n">
+        <v>537849.6</v>
+      </c>
+      <c r="GC23" s="14" t="n">
         <v>604942.9</v>
       </c>
-      <c r="FI23" s="14" t="n">
+      <c r="GD23" s="14" t="n">
         <v>607977.7</v>
       </c>
-      <c r="FJ23" s="14" t="n">
+      <c r="GE23" s="14" t="n">
         <v>580590.3</v>
       </c>
-      <c r="FK23" s="14" t="n">
+      <c r="GF23" s="14" t="n">
         <v>739551.2</v>
       </c>
-      <c r="FL23" s="14" t="n">
+      <c r="GG23" s="14" t="n">
         <v>885277.3</v>
       </c>
-      <c r="FM23" s="14" t="n">
+      <c r="GH23" s="14" t="n">
         <v>800444.0</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="6" t="inlineStr">
         <is>
           <t>07.1 Glass waste NP</t>
         </is>
       </c>
       <c r="B24" s="14" t="n">
+        <v>980.4</v>
+      </c>
+      <c r="C24" s="14" t="n">
         <v>985.2</v>
       </c>
-      <c r="C24" s="14" t="n">
+      <c r="D24" s="14" t="n">
         <v>1201.1</v>
       </c>
-      <c r="D24" s="14" t="n">
+      <c r="E24" s="14" t="n">
         <v>1214.0</v>
       </c>
-      <c r="E24" s="14" t="n">
+      <c r="F24" s="14" t="n">
         <v>1110.8</v>
       </c>
-      <c r="F24" s="14" t="n">
+      <c r="G24" s="14" t="n">
         <v>1257.8</v>
       </c>
-      <c r="G24" s="14" t="n">
+      <c r="H24" s="14" t="n">
         <v>1085.2</v>
       </c>
-      <c r="H24" s="14" t="n">
+      <c r="I24" s="14" t="n">
         <v>1159.7</v>
       </c>
-      <c r="I24" s="14" t="n">
+      <c r="J24" s="14" t="n">
         <v>1112.2</v>
       </c>
-      <c r="J24" s="14" t="n">
+      <c r="K24" s="14" t="n">
         <v>0.4</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.5</v>
       </c>
       <c r="L24" s="14" t="n">
         <v>0.4</v>
       </c>
       <c r="M24" s="14" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="N24" s="14" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="O24" s="14" t="n">
         <v>5.5</v>
       </c>
-      <c r="N24" s="14" t="n">
+      <c r="P24" s="14" t="n">
         <v>6.1</v>
       </c>
-      <c r="O24" s="14" t="n">
+      <c r="Q24" s="14" t="n">
         <v>4.9</v>
       </c>
-      <c r="P24" s="14" t="n">
+      <c r="R24" s="14" t="n">
         <v>4.5</v>
       </c>
-      <c r="Q24" s="14" t="n">
+      <c r="S24" s="14" t="n">
         <v>1.4</v>
       </c>
-      <c r="R24" s="14" t="n">
+      <c r="T24" s="14" t="n">
+        <v>65557.7</v>
+      </c>
+      <c r="U24" s="14" t="n">
         <v>68307.1</v>
       </c>
-      <c r="S24" s="14" t="n">
+      <c r="V24" s="14" t="n">
         <v>46566.2</v>
       </c>
-      <c r="T24" s="14" t="n">
+      <c r="W24" s="14" t="n">
         <v>45159.5</v>
       </c>
-      <c r="U24" s="14" t="n">
+      <c r="X24" s="14" t="n">
         <v>48638.4</v>
       </c>
-      <c r="V24" s="14" t="n">
+      <c r="Y24" s="14" t="n">
         <v>46797.0</v>
       </c>
-      <c r="W24" s="14" t="n">
+      <c r="Z24" s="14" t="n">
         <v>63997.7</v>
       </c>
-      <c r="X24" s="14" t="n">
+      <c r="AA24" s="14" t="n">
         <v>57517.3</v>
       </c>
-      <c r="Y24" s="14" t="n">
+      <c r="AB24" s="14" t="n">
         <v>66051.6</v>
       </c>
-      <c r="Z24" s="14" t="n">
+      <c r="AC24" s="14" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="AD24" s="14" t="n">
         <v>0.7</v>
       </c>
-      <c r="AA24" s="14" t="n">
+      <c r="AE24" s="14" t="n">
         <v>2.3</v>
       </c>
-      <c r="AB24" s="14" t="n">
+      <c r="AF24" s="14" t="n">
         <v>2.2</v>
       </c>
-      <c r="AC24" s="14" t="n">
+      <c r="AG24" s="14" t="n">
         <v>7.0</v>
       </c>
-      <c r="AD24" s="14" t="n">
+      <c r="AH24" s="14" t="n">
         <v>7.0</v>
       </c>
-      <c r="AE24" s="14" t="n">
+      <c r="AI24" s="14" t="n">
         <v>0.8</v>
       </c>
-      <c r="AF24" s="14" t="n">
+      <c r="AJ24" s="14" t="n">
         <v>0.9</v>
       </c>
-      <c r="AG24" s="14" t="n">
+      <c r="AK24" s="14" t="n">
         <v>1.6</v>
       </c>
-      <c r="AH24" s="14" t="n">
+      <c r="AL24" s="14" t="n">
+        <v>21.4</v>
+      </c>
+      <c r="AM24" s="14" t="n">
         <v>23.9</v>
       </c>
-      <c r="AI24" s="14" t="n">
+      <c r="AN24" s="14" t="n">
         <v>7.6</v>
       </c>
-      <c r="AJ24" s="14" t="n">
+      <c r="AO24" s="14" t="n">
         <v>7.0</v>
       </c>
-      <c r="AK24" s="14" t="n">
+      <c r="AP24" s="14" t="n">
         <v>1.9</v>
       </c>
-      <c r="AL24" s="14" t="n">
+      <c r="AQ24" s="14" t="n">
         <v>1.9</v>
       </c>
-      <c r="AM24" s="14" t="n">
+      <c r="AR24" s="14" t="n">
         <v>10.8</v>
       </c>
-      <c r="AN24" s="14" t="n">
+      <c r="AS24" s="14" t="n">
         <v>9.0</v>
       </c>
-      <c r="AO24" s="14" t="n">
+      <c r="AT24" s="14" t="n">
         <v>4.6</v>
       </c>
-      <c r="AP24" s="14" t="n">
+      <c r="AU24" s="14" t="n">
+        <v>80.8</v>
+      </c>
+      <c r="AV24" s="14" t="n">
         <v>85.9</v>
       </c>
-      <c r="AQ24" s="14" t="n">
+      <c r="AW24" s="14" t="n">
         <v>4.6</v>
       </c>
-      <c r="AR24" s="14" t="n">
+      <c r="AX24" s="14" t="n">
         <v>4.5</v>
       </c>
-      <c r="AS24" s="14" t="n">
+      <c r="AY24" s="14" t="n">
         <v>26.0</v>
       </c>
-      <c r="AT24" s="14" t="n">
+      <c r="AZ24" s="14" t="n">
         <v>25.9</v>
       </c>
-      <c r="AU24" s="14" t="n">
+      <c r="BA24" s="14" t="n">
         <v>4.1</v>
       </c>
-      <c r="AV24" s="14" t="n">
+      <c r="BB24" s="14" t="n">
         <v>3.6</v>
       </c>
-      <c r="AW24" s="14" t="n">
+      <c r="BC24" s="14" t="n">
         <v>41.7</v>
       </c>
-      <c r="AX24" s="14" t="n">
+      <c r="BD24" s="14" t="n">
         <v>0.5</v>
       </c>
-      <c r="AY24" s="14" t="n">
+      <c r="BE24" s="14" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="BF24" s="14" t="n">
         <v>2.0</v>
       </c>
-      <c r="AZ24" s="14" t="n">
+      <c r="BG24" s="14" t="n">
         <v>20.6</v>
       </c>
-      <c r="BA24" s="14" t="n">
+      <c r="BH24" s="14" t="n">
         <v>41.8</v>
       </c>
-      <c r="BB24" s="14" t="n">
+      <c r="BI24" s="14" t="n">
         <v>37.6</v>
       </c>
-      <c r="BC24" s="14" t="n">
+      <c r="BJ24" s="14" t="n">
         <v>56.1</v>
       </c>
-      <c r="BD24" s="14" t="n">
+      <c r="BK24" s="14" t="n">
         <v>58.2</v>
       </c>
-      <c r="BE24" s="14" t="n">
+      <c r="BL24" s="14" t="n">
         <v>63.5</v>
       </c>
-      <c r="BF24" s="14" t="n">
+      <c r="BM24" s="14" t="n">
+        <v>2057.4</v>
+      </c>
+      <c r="BN24" s="14" t="n">
         <v>2146.1</v>
       </c>
-      <c r="BG24" s="14" t="n">
+      <c r="BO24" s="14" t="n">
         <v>1874.5</v>
       </c>
-      <c r="BH24" s="14" t="n">
+      <c r="BP24" s="14" t="n">
         <v>1833.3</v>
       </c>
-      <c r="BI24" s="14" t="n">
+      <c r="BQ24" s="14" t="n">
         <v>2078.5</v>
       </c>
-      <c r="BJ24" s="14" t="n">
+      <c r="BR24" s="14" t="n">
         <v>2056.0</v>
       </c>
-      <c r="BK24" s="14" t="n">
+      <c r="BS24" s="14" t="n">
         <v>1483.0</v>
       </c>
-      <c r="BL24" s="14" t="n">
+      <c r="BT24" s="14" t="n">
         <v>1817.3</v>
       </c>
-      <c r="BM24" s="14" t="n">
+      <c r="BU24" s="14" t="n">
         <v>2313.9</v>
       </c>
-      <c r="BN24" s="14" t="n">
+      <c r="BV24" s="14" t="n">
+        <v>73313.2</v>
+      </c>
+      <c r="BW24" s="14" t="n">
         <v>79614.1</v>
       </c>
-      <c r="BO24" s="14" t="n">
+      <c r="BX24" s="14" t="n">
         <v>80414.8</v>
       </c>
-      <c r="BP24" s="14" t="n">
+      <c r="BY24" s="14" t="n">
         <v>73572.5</v>
       </c>
-      <c r="BQ24" s="14" t="n">
+      <c r="BZ24" s="14" t="n">
         <v>71318.2</v>
       </c>
-      <c r="BR24" s="14" t="n">
+      <c r="CA24" s="14" t="n">
         <v>67069.0</v>
       </c>
-      <c r="BS24" s="14" t="n">
+      <c r="CB24" s="14" t="n">
         <v>59570.3</v>
       </c>
-      <c r="BT24" s="14" t="n">
+      <c r="CC24" s="14" t="n">
         <v>59509.1</v>
       </c>
-      <c r="BU24" s="14" t="n">
+      <c r="CD24" s="14" t="n">
         <v>90890.9</v>
       </c>
-      <c r="BV24" s="14" t="n">
+      <c r="CE24" s="14" t="n">
+        <v>2862.0</v>
+      </c>
+      <c r="CF24" s="14" t="n">
         <v>2931.4</v>
       </c>
-      <c r="BW24" s="14" t="n">
+      <c r="CG24" s="14" t="n">
         <v>4064.8</v>
       </c>
-      <c r="BX24" s="14" t="n">
+      <c r="CH24" s="14" t="n">
         <v>4185.8</v>
       </c>
-      <c r="BY24" s="14" t="n">
+      <c r="CI24" s="14" t="n">
         <v>3201.3</v>
       </c>
-      <c r="BZ24" s="14" t="n">
+      <c r="CJ24" s="14" t="n">
         <v>3309.7</v>
       </c>
-      <c r="CA24" s="14" t="n">
+      <c r="CK24" s="14" t="n">
         <v>3489.9</v>
       </c>
-      <c r="CB24" s="14" t="n">
+      <c r="CL24" s="14" t="n">
         <v>3359.0</v>
       </c>
-      <c r="CC24" s="14" t="n">
+      <c r="CM24" s="14" t="n">
         <v>171.2</v>
       </c>
-      <c r="CD24" s="14" t="n">
+      <c r="CN24" s="14" t="n">
+        <v>878.5</v>
+      </c>
+      <c r="CO24" s="14" t="n">
         <v>905.8</v>
       </c>
-      <c r="CE24" s="14" t="n">
+      <c r="CP24" s="14" t="n">
         <v>682.2</v>
       </c>
-      <c r="CF24" s="14" t="n">
+      <c r="CQ24" s="14" t="n">
         <v>694.9</v>
       </c>
-      <c r="CG24" s="14" t="n">
+      <c r="CR24" s="14" t="n">
         <v>907.3</v>
       </c>
-      <c r="CH24" s="14" t="n">
+      <c r="CS24" s="14" t="n">
         <v>883.5</v>
       </c>
-      <c r="CI24" s="14" t="n">
+      <c r="CT24" s="14" t="n">
         <v>1100.9</v>
       </c>
-      <c r="CJ24" s="14" t="n">
+      <c r="CU24" s="14" t="n">
         <v>1001.1</v>
       </c>
-      <c r="CK24" s="14" t="n">
+      <c r="CV24" s="14" t="n">
         <v>1565.2</v>
       </c>
-      <c r="CL24" s="14" t="n">
+      <c r="CW24" s="14" t="n">
+        <v>178.3</v>
+      </c>
+      <c r="CX24" s="14" t="n">
         <v>163.6</v>
       </c>
-      <c r="CM24" s="14" t="n">
+      <c r="CY24" s="14" t="n">
         <v>98.5</v>
       </c>
-      <c r="CN24" s="14" t="n">
+      <c r="CZ24" s="14" t="n">
         <v>100.5</v>
       </c>
-      <c r="CO24" s="14" t="n">
+      <c r="DA24" s="14" t="n">
         <v>265.4</v>
       </c>
-      <c r="CP24" s="14" t="n">
+      <c r="DB24" s="14" t="n">
         <v>248.7</v>
       </c>
-      <c r="CQ24" s="14" t="n">
+      <c r="DC24" s="14" t="n">
         <v>293.9</v>
       </c>
-      <c r="CR24" s="14" t="n">
+      <c r="DD24" s="14" t="n">
         <v>280.0</v>
       </c>
-      <c r="CS24" s="14" t="n">
+      <c r="DE24" s="14" t="n">
         <v>265.2</v>
       </c>
-      <c r="CT24" s="14" t="n">
+      <c r="DF24" s="14" t="n">
+        <v>1308.7</v>
+      </c>
+      <c r="DG24" s="14" t="n">
         <v>1342.6</v>
       </c>
-      <c r="CU24" s="14" t="n">
+      <c r="DH24" s="14" t="n">
         <v>32.0</v>
       </c>
-      <c r="CV24" s="14" t="n">
+      <c r="DI24" s="14" t="n">
         <v>31.9</v>
       </c>
-      <c r="CW24" s="14" t="n">
+      <c r="DJ24" s="14" t="n">
         <v>109.8</v>
       </c>
-      <c r="CX24" s="14" t="n">
+      <c r="DK24" s="14" t="n">
         <v>106.9</v>
       </c>
-      <c r="CY24" s="14" t="n">
+      <c r="DL24" s="14" t="n">
         <v>349.3</v>
       </c>
-      <c r="CZ24" s="14" t="n">
+      <c r="DM24" s="14" t="n">
         <v>349.8</v>
       </c>
-      <c r="DA24" s="14" t="n">
+      <c r="DN24" s="14" t="n">
         <v>299.7</v>
       </c>
-      <c r="DB24" s="14" t="n">
+      <c r="DO24" s="14" t="n">
+        <v>78.2</v>
+      </c>
+      <c r="DP24" s="14" t="n">
         <v>65.6</v>
       </c>
-      <c r="DC24" s="14" t="n">
+      <c r="DQ24" s="14" t="n">
         <v>54.8</v>
       </c>
-      <c r="DD24" s="14" t="n">
+      <c r="DR24" s="14" t="n">
         <v>40.5</v>
       </c>
-      <c r="DE24" s="14" t="n">
+      <c r="DS24" s="14" t="n">
         <v>77.6</v>
       </c>
-      <c r="DF24" s="14" t="n">
+      <c r="DT24" s="14" t="n">
         <v>134.5</v>
       </c>
-      <c r="DG24" s="14" t="n">
+      <c r="DU24" s="14" t="n">
         <v>54.2</v>
       </c>
-      <c r="DH24" s="14" t="n">
+      <c r="DV24" s="14" t="n">
         <v>41.0</v>
       </c>
-      <c r="DI24" s="14" t="n">
+      <c r="DW24" s="14" t="n">
         <v>945.0</v>
       </c>
-      <c r="DJ24" s="14" t="n">
+      <c r="DX24" s="14" t="n">
+        <v>179335.5</v>
+      </c>
+      <c r="DY24" s="14" t="n">
         <v>174926.8</v>
       </c>
-      <c r="DK24" s="14" t="n">
+      <c r="DZ24" s="14" t="n">
         <v>160244.5</v>
       </c>
-      <c r="DL24" s="14" t="n">
+      <c r="EA24" s="14" t="n">
         <v>165276.8</v>
       </c>
-      <c r="DM24" s="14" t="n">
+      <c r="EB24" s="14" t="n">
         <v>85308.2</v>
       </c>
-      <c r="DN24" s="14" t="n">
+      <c r="EC24" s="14" t="n">
         <v>73519.7</v>
       </c>
-      <c r="DO24" s="14" t="n">
+      <c r="ED24" s="14" t="n">
         <v>40614.2</v>
       </c>
-      <c r="DP24" s="14" t="n">
+      <c r="EE24" s="14" t="n">
         <v>40766.0</v>
       </c>
-      <c r="DQ24" s="14" t="n">
+      <c r="EF24" s="14" t="n">
         <v>22099.8</v>
       </c>
-      <c r="DR24" s="14" t="n">
+      <c r="EG24" s="14" t="n">
+        <v>4056.3</v>
+      </c>
+      <c r="EH24" s="14" t="n">
         <v>4332.0</v>
       </c>
-      <c r="DS24" s="14" t="n">
+      <c r="EI24" s="14" t="n">
         <v>4188.8</v>
       </c>
-      <c r="DT24" s="14" t="n">
+      <c r="EJ24" s="14" t="n">
         <v>5572.1</v>
       </c>
-      <c r="DU24" s="14" t="n">
+      <c r="EK24" s="14" t="n">
         <v>6117.4</v>
       </c>
-      <c r="DV24" s="14" t="n">
+      <c r="EL24" s="14" t="n">
         <v>8834.8</v>
       </c>
-      <c r="DW24" s="14" t="n">
+      <c r="EM24" s="14" t="n">
         <v>7963.6</v>
       </c>
-      <c r="DX24" s="14" t="n">
+      <c r="EN24" s="14" t="n">
         <v>9098.4</v>
       </c>
-      <c r="DY24" s="14" t="n">
+      <c r="EO24" s="14" t="n">
         <v>8967.3</v>
       </c>
-      <c r="DZ24" s="14" t="n">
+      <c r="EP24" s="14" t="n">
+        <v>110686.8</v>
+      </c>
+      <c r="EQ24" s="14" t="n">
         <v>129913.4</v>
       </c>
-      <c r="EA24" s="14" t="n">
+      <c r="ER24" s="14" t="n">
         <v>99442.4</v>
       </c>
-      <c r="EB24" s="14" t="n">
+      <c r="ES24" s="14" t="n">
         <v>88858.8</v>
       </c>
-      <c r="EC24" s="14" t="n">
+      <c r="ET24" s="14" t="n">
         <v>136736.1</v>
       </c>
-      <c r="ED24" s="14" t="n">
+      <c r="EU24" s="14" t="n">
         <v>120013.4</v>
       </c>
-      <c r="EE24" s="14" t="n">
+      <c r="EV24" s="14" t="n">
         <v>115378.8</v>
       </c>
-      <c r="EF24" s="14" t="n">
+      <c r="EW24" s="14" t="n">
         <v>186377.9</v>
       </c>
-      <c r="EG24" s="14" t="n">
+      <c r="EX24" s="14" t="n">
         <v>176393.4</v>
       </c>
-      <c r="EH24" s="14" t="n">
+      <c r="EY24" s="14" t="n">
+        <v>1389.4</v>
+      </c>
+      <c r="EZ24" s="14" t="n">
         <v>1391.2</v>
       </c>
-      <c r="EI24" s="14" t="n">
+      <c r="FA24" s="14" t="n">
         <v>1325.6</v>
       </c>
-      <c r="EJ24" s="14" t="n">
+      <c r="FB24" s="14" t="n">
         <v>1324.4</v>
       </c>
-      <c r="EK24" s="14" t="n">
+      <c r="FC24" s="14" t="n">
         <v>1370.4</v>
       </c>
-      <c r="EL24" s="14" t="n">
+      <c r="FD24" s="14" t="n">
         <v>514.3</v>
       </c>
-      <c r="EM24" s="14" t="n">
+      <c r="FE24" s="14" t="n">
         <v>506.3</v>
       </c>
-      <c r="EN24" s="14" t="n">
+      <c r="FF24" s="14" t="n">
         <v>683.9</v>
       </c>
-      <c r="EO24" s="14" t="n">
+      <c r="FG24" s="14" t="n">
         <v>665.6</v>
       </c>
-      <c r="EP24" s="14" t="n">
+      <c r="FH24" s="14" t="n">
+        <v>5610.0</v>
+      </c>
+      <c r="FI24" s="14" t="n">
         <v>4632.5</v>
       </c>
-      <c r="EQ24" s="14" t="n">
+      <c r="FJ24" s="14" t="n">
         <v>4588.7</v>
       </c>
-      <c r="ER24" s="14" t="n">
+      <c r="FK24" s="14" t="n">
         <v>9916.7</v>
       </c>
-      <c r="ES24" s="14" t="n">
+      <c r="FL24" s="14" t="n">
         <v>9910.4</v>
       </c>
-      <c r="ET24" s="14" t="n">
+      <c r="FM24" s="14" t="n">
         <v>10820.7</v>
       </c>
-      <c r="EU24" s="14" t="n">
+      <c r="FN24" s="14" t="n">
         <v>10634.2</v>
       </c>
-      <c r="EV24" s="14" t="n">
+      <c r="FO24" s="14" t="n">
         <v>13978.5</v>
       </c>
-      <c r="EW24" s="14" t="n">
+      <c r="FP24" s="14" t="n">
         <v>13412.1</v>
       </c>
-      <c r="EX24" s="14" t="n">
-[...5 lines deleted...]
-      <c r="EZ24" s="14" t="n">
+      <c r="FQ24" s="14" t="n">
+        <v>874870.9</v>
+      </c>
+      <c r="FR24" s="14" t="n">
+        <v>919291.7</v>
+      </c>
+      <c r="FS24" s="14" t="n">
+        <v>829239.5</v>
+      </c>
+      <c r="FT24" s="14" t="n">
         <v>828865.4</v>
       </c>
-      <c r="FA24" s="14" t="n">
+      <c r="FU24" s="14" t="n">
         <v>904986.0</v>
       </c>
-      <c r="FB24" s="14" t="n">
+      <c r="FV24" s="14" t="n">
         <v>834763.7</v>
       </c>
-      <c r="FC24" s="14" t="n">
+      <c r="FW24" s="14" t="n">
         <v>815882.6</v>
       </c>
-      <c r="FD24" s="14" t="n">
+      <c r="FX24" s="14" t="n">
         <v>797927.9</v>
       </c>
-      <c r="FE24" s="14" t="n">
+      <c r="FY24" s="14" t="n">
         <v>755608.1</v>
       </c>
-      <c r="FF24" s="14" t="n">
-[...5 lines deleted...]
-      <c r="FH24" s="14" t="n">
+      <c r="FZ24" s="14" t="n">
+        <v>1323267.0</v>
+      </c>
+      <c r="GA24" s="14" t="n">
+        <v>1391060.5</v>
+      </c>
+      <c r="GB24" s="14" t="n">
+        <v>1234035.4</v>
+      </c>
+      <c r="GC24" s="14" t="n">
         <v>1226681.8</v>
       </c>
-      <c r="FI24" s="14" t="n">
+      <c r="GD24" s="14" t="n">
         <v>1272218.0</v>
       </c>
-      <c r="FJ24" s="14" t="n">
+      <c r="GE24" s="14" t="n">
         <v>1170408.2</v>
       </c>
-      <c r="FK24" s="14" t="n">
+      <c r="GF24" s="14" t="n">
         <v>1122480.8</v>
       </c>
-      <c r="FL24" s="14" t="n">
+      <c r="GG24" s="14" t="n">
         <v>1173943.1</v>
       </c>
-      <c r="FM24" s="14" t="n">
+      <c r="GH24" s="14" t="n">
         <v>1140874.0</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="6" t="inlineStr">
         <is>
           <t>07.1 Glass waste P</t>
         </is>
       </c>
       <c r="B25" s="14" t="n">
+        <v>6.4</v>
+      </c>
+      <c r="C25" s="14" t="n">
         <v>6.6</v>
-      </c>
-[...1 lines deleted...]
-        <v>6.7</v>
       </c>
       <c r="D25" s="14" t="n">
         <v>6.7</v>
       </c>
       <c r="E25" s="14" t="n">
         <v>6.7</v>
       </c>
       <c r="F25" s="14" t="n">
-        <v>6.6</v>
+        <v>6.7</v>
       </c>
       <c r="G25" s="14" t="n">
         <v>6.6</v>
       </c>
       <c r="H25" s="14" t="n">
-        <v>6.7</v>
+        <v>6.6</v>
       </c>
       <c r="I25" s="14" t="n">
         <v>6.7</v>
       </c>
-      <c r="J25" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J25" s="14" t="n">
+        <v>6.7</v>
       </c>
       <c r="K25" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="L25" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="M25" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N25" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="O25" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
@@ -10388,74 +11603,74 @@
       <c r="R25" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="S25" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="T25" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="U25" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="V25" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="W25" s="14" t="n">
+      <c r="W25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="X25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="Y25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="Z25" s="14" t="n">
         <v>0.4</v>
       </c>
-      <c r="X25" s="14" t="n">
+      <c r="AA25" s="14" t="n">
         <v>0.4</v>
       </c>
-      <c r="Y25" s="14" t="n">
+      <c r="AB25" s="14" t="n">
         <v>0.5</v>
       </c>
-      <c r="Z25" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="AC25" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AD25" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AE25" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AF25" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AG25" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
@@ -10512,253 +11727,251 @@
       <c r="AR25" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AS25" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AT25" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AU25" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AV25" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AW25" s="14" t="n">
+      <c r="AW25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AX25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AY25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AZ25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BA25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BB25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BC25" s="14" t="n">
         <v>0.1</v>
       </c>
-      <c r="AX25" s="13" t="inlineStr">
-[...28 lines deleted...]
-      </c>
       <c r="BD25" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BE25" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BF25" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BG25" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BH25" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BI25" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BJ25" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="BK25" s="14" t="n">
+      <c r="BK25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BL25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BM25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BN25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BO25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BP25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BQ25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BR25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BS25" s="14" t="n">
         <v>7.2</v>
       </c>
-      <c r="BL25" s="14" t="n">
+      <c r="BT25" s="14" t="n">
         <v>6.6</v>
       </c>
-      <c r="BM25" s="14" t="n">
+      <c r="BU25" s="14" t="n">
         <v>4.4</v>
       </c>
-      <c r="BN25" s="14" t="n">
+      <c r="BV25" s="14" t="n">
+        <v>835.7</v>
+      </c>
+      <c r="BW25" s="14" t="n">
         <v>907.5</v>
       </c>
-      <c r="BO25" s="13" t="inlineStr">
-[...43 lines deleted...]
-      </c>
       <c r="BX25" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BY25" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BZ25" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="CA25" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="CB25" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="CC25" s="14" t="n">
+      <c r="CC25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CD25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CE25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CF25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CG25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CH25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CI25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CJ25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CK25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CL25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CM25" s="14" t="n">
         <v>1.7</v>
       </c>
-      <c r="CD25" s="13" t="inlineStr">
-[...48 lines deleted...]
-      </c>
       <c r="CN25" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="CO25" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="CP25" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="CQ25" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="CR25" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
@@ -10770,2435 +11983,2788 @@
       <c r="CT25" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="CU25" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="CV25" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="CW25" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="CX25" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="CY25" s="14" t="n">
+      <c r="CY25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CZ25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DA25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DB25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DC25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DD25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DE25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DF25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DG25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DH25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DI25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DJ25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DK25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DL25" s="14" t="n">
         <v>0.1</v>
       </c>
-      <c r="CZ25" s="14" t="n">
+      <c r="DM25" s="14" t="n">
         <v>0.1</v>
       </c>
-      <c r="DA25" s="14" t="n">
+      <c r="DN25" s="14" t="n">
         <v>0.1</v>
       </c>
-      <c r="DB25" s="14" t="n">
+      <c r="DO25" s="14" t="n">
         <v>1.6</v>
       </c>
-      <c r="DC25" s="14" t="n">
+      <c r="DP25" s="14" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="DQ25" s="14" t="n">
         <v>0.7</v>
       </c>
-      <c r="DD25" s="14" t="n">
+      <c r="DR25" s="14" t="n">
         <v>0.7</v>
       </c>
-      <c r="DE25" s="14" t="n">
+      <c r="DS25" s="14" t="n">
         <v>1.5</v>
       </c>
-      <c r="DF25" s="14" t="n">
+      <c r="DT25" s="14" t="n">
         <v>2.3</v>
       </c>
-      <c r="DG25" s="14" t="n">
+      <c r="DU25" s="14" t="n">
         <v>1.8</v>
       </c>
-      <c r="DH25" s="14" t="n">
+      <c r="DV25" s="14" t="n">
         <v>1.6</v>
       </c>
-      <c r="DI25" s="13" t="inlineStr">
-[...9 lines deleted...]
-      <c r="DK25" s="14" t="n">
+      <c r="DW25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DX25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DY25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DZ25" s="14" t="n">
         <v>0.2</v>
       </c>
-      <c r="DL25" s="13" t="inlineStr">
-[...4 lines deleted...]
-      <c r="DM25" s="14" t="n">
+      <c r="EA25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EB25" s="14" t="n">
         <v>0.3</v>
       </c>
-      <c r="DN25" s="13" t="inlineStr">
-[...49 lines deleted...]
-      <c r="DX25" s="14" t="n">
+      <c r="EC25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="ED25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EE25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EF25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EG25" s="14" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="EH25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EI25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EJ25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EK25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EL25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EM25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EN25" s="14" t="n">
         <v>1.5</v>
       </c>
-      <c r="DY25" s="14" t="n">
+      <c r="EO25" s="14" t="n">
         <v>1.5</v>
       </c>
-      <c r="DZ25" s="13" t="inlineStr">
-[...29 lines deleted...]
-      <c r="EF25" s="14" t="n">
+      <c r="EP25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EQ25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="ER25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="ES25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="ET25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EU25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EV25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EW25" s="14" t="n">
         <v>104.7</v>
       </c>
-      <c r="EG25" s="14" t="n">
+      <c r="EX25" s="14" t="n">
         <v>81.8</v>
       </c>
-      <c r="EH25" s="13" t="inlineStr">
-[...9 lines deleted...]
-      <c r="EJ25" s="14" t="n">
+      <c r="EY25" s="14" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="EZ25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FA25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FB25" s="14" t="n">
         <v>0.2</v>
       </c>
-      <c r="EK25" s="14" t="n">
+      <c r="FC25" s="14" t="n">
         <v>0.2</v>
       </c>
-      <c r="EL25" s="13" t="inlineStr">
-[...9 lines deleted...]
-      <c r="EN25" s="14" t="n">
+      <c r="FD25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FE25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FF25" s="14" t="n">
         <v>21.6</v>
       </c>
-      <c r="EO25" s="14" t="n">
+      <c r="FG25" s="14" t="n">
         <v>21.1</v>
       </c>
-      <c r="EP25" s="13" t="inlineStr">
-[...29 lines deleted...]
-      <c r="EV25" s="14" t="n">
+      <c r="FH25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FI25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FJ25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FK25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FL25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FM25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FN25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FO25" s="14" t="n">
         <v>152.9</v>
       </c>
-      <c r="EW25" s="14" t="n">
+      <c r="FP25" s="14" t="n">
         <v>146.0</v>
       </c>
-      <c r="EX25" s="13" t="inlineStr">
-[...39 lines deleted...]
-      <c r="FF25" s="14" t="n">
+      <c r="FQ25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FR25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FS25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FT25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FU25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FV25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FW25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FX25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FY25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FZ25" s="14" t="n">
+        <v>845.8</v>
+      </c>
+      <c r="GA25" s="14" t="n">
         <v>915.7</v>
       </c>
-      <c r="FG25" s="14" t="n">
+      <c r="GB25" s="14" t="n">
         <v>7.6</v>
       </c>
-      <c r="FH25" s="14" t="n">
+      <c r="GC25" s="14" t="n">
         <v>7.6</v>
       </c>
-      <c r="FI25" s="14" t="n">
+      <c r="GD25" s="14" t="n">
         <v>8.7</v>
       </c>
-      <c r="FJ25" s="14" t="n">
+      <c r="GE25" s="14" t="n">
         <v>8.9</v>
       </c>
-      <c r="FK25" s="14" t="n">
+      <c r="GF25" s="14" t="n">
         <v>16.1</v>
       </c>
-      <c r="FL25" s="14" t="n">
+      <c r="GG25" s="14" t="n">
         <v>296.1</v>
       </c>
-      <c r="FM25" s="14" t="n">
+      <c r="GH25" s="14" t="n">
         <v>263.9</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="6" t="inlineStr">
         <is>
           <t>07.2 Waste paper and cardboard NP</t>
         </is>
       </c>
       <c r="B26" s="14" t="n">
+        <v>12270.5</v>
+      </c>
+      <c r="C26" s="14" t="n">
         <v>13042.0</v>
       </c>
-      <c r="C26" s="14" t="n">
+      <c r="D26" s="14" t="n">
         <v>14450.8</v>
       </c>
-      <c r="D26" s="14" t="n">
+      <c r="E26" s="14" t="n">
         <v>14464.3</v>
       </c>
-      <c r="E26" s="14" t="n">
+      <c r="F26" s="14" t="n">
         <v>13721.4</v>
       </c>
-      <c r="F26" s="14" t="n">
+      <c r="G26" s="14" t="n">
         <v>14344.4</v>
       </c>
-      <c r="G26" s="14" t="n">
+      <c r="H26" s="14" t="n">
         <v>12952.0</v>
       </c>
-      <c r="H26" s="14" t="n">
+      <c r="I26" s="14" t="n">
         <v>14247.9</v>
       </c>
-      <c r="I26" s="14" t="n">
+      <c r="J26" s="14" t="n">
         <v>13600.8</v>
       </c>
-      <c r="J26" s="14" t="n">
+      <c r="K26" s="14" t="n">
+        <v>322.5</v>
+      </c>
+      <c r="L26" s="14" t="n">
         <v>301.7</v>
       </c>
-      <c r="K26" s="14" t="n">
+      <c r="M26" s="14" t="n">
         <v>428.0</v>
       </c>
-      <c r="L26" s="14" t="n">
+      <c r="N26" s="14" t="n">
         <v>356.1</v>
       </c>
-      <c r="M26" s="14" t="n">
+      <c r="O26" s="14" t="n">
         <v>231.1</v>
       </c>
-      <c r="N26" s="14" t="n">
+      <c r="P26" s="14" t="n">
         <v>252.8</v>
       </c>
-      <c r="O26" s="14" t="n">
+      <c r="Q26" s="14" t="n">
         <v>233.2</v>
       </c>
-      <c r="P26" s="14" t="n">
+      <c r="R26" s="14" t="n">
         <v>213.8</v>
       </c>
-      <c r="Q26" s="14" t="n">
+      <c r="S26" s="14" t="n">
         <v>465.7</v>
       </c>
-      <c r="R26" s="14" t="n">
+      <c r="T26" s="14" t="n">
+        <v>139917.8</v>
+      </c>
+      <c r="U26" s="14" t="n">
         <v>145785.7</v>
       </c>
-      <c r="S26" s="14" t="n">
+      <c r="V26" s="14" t="n">
         <v>132838.8</v>
       </c>
-      <c r="T26" s="14" t="n">
+      <c r="W26" s="14" t="n">
         <v>128825.8</v>
       </c>
-      <c r="U26" s="14" t="n">
+      <c r="X26" s="14" t="n">
         <v>104679.8</v>
       </c>
-      <c r="V26" s="14" t="n">
+      <c r="Y26" s="14" t="n">
         <v>100716.5</v>
       </c>
-      <c r="W26" s="14" t="n">
+      <c r="Z26" s="14" t="n">
         <v>140682.9</v>
       </c>
-      <c r="X26" s="14" t="n">
+      <c r="AA26" s="14" t="n">
         <v>131141.8</v>
       </c>
-      <c r="Y26" s="14" t="n">
+      <c r="AB26" s="14" t="n">
         <v>129005.1</v>
       </c>
-      <c r="Z26" s="14" t="n">
+      <c r="AC26" s="14" t="n">
+        <v>11725.0</v>
+      </c>
+      <c r="AD26" s="14" t="n">
         <v>13638.9</v>
       </c>
-      <c r="AA26" s="14" t="n">
+      <c r="AE26" s="14" t="n">
         <v>12318.7</v>
       </c>
-      <c r="AB26" s="14" t="n">
+      <c r="AF26" s="14" t="n">
         <v>11523.6</v>
       </c>
-      <c r="AC26" s="14" t="n">
+      <c r="AG26" s="14" t="n">
         <v>12256.4</v>
       </c>
-      <c r="AD26" s="14" t="n">
+      <c r="AH26" s="14" t="n">
         <v>12357.5</v>
       </c>
-      <c r="AE26" s="14" t="n">
+      <c r="AI26" s="14" t="n">
         <v>15733.0</v>
       </c>
-      <c r="AF26" s="14" t="n">
+      <c r="AJ26" s="14" t="n">
         <v>16111.5</v>
       </c>
-      <c r="AG26" s="14" t="n">
+      <c r="AK26" s="14" t="n">
         <v>15393.2</v>
       </c>
-      <c r="AH26" s="14" t="n">
+      <c r="AL26" s="14" t="n">
+        <v>2597.8</v>
+      </c>
+      <c r="AM26" s="14" t="n">
         <v>2899.3</v>
       </c>
-      <c r="AI26" s="14" t="n">
+      <c r="AN26" s="14" t="n">
         <v>3496.3</v>
       </c>
-      <c r="AJ26" s="14" t="n">
+      <c r="AO26" s="14" t="n">
         <v>3233.2</v>
       </c>
-      <c r="AK26" s="14" t="n">
+      <c r="AP26" s="14" t="n">
         <v>2421.6</v>
       </c>
-      <c r="AL26" s="14" t="n">
+      <c r="AQ26" s="14" t="n">
         <v>2363.2</v>
       </c>
-      <c r="AM26" s="14" t="n">
+      <c r="AR26" s="14" t="n">
         <v>2252.8</v>
       </c>
-      <c r="AN26" s="14" t="n">
+      <c r="AS26" s="14" t="n">
         <v>2136.8</v>
       </c>
-      <c r="AO26" s="14" t="n">
+      <c r="AT26" s="14" t="n">
         <v>3978.7</v>
       </c>
-      <c r="AP26" s="14" t="n">
+      <c r="AU26" s="14" t="n">
+        <v>487248.0</v>
+      </c>
+      <c r="AV26" s="14" t="n">
         <v>518027.6</v>
       </c>
-      <c r="AQ26" s="14" t="n">
+      <c r="AW26" s="14" t="n">
         <v>579202.9</v>
       </c>
-      <c r="AR26" s="14" t="n">
+      <c r="AX26" s="14" t="n">
         <v>567756.4</v>
       </c>
-      <c r="AS26" s="14" t="n">
+      <c r="AY26" s="14" t="n">
         <v>408796.1</v>
       </c>
-      <c r="AT26" s="14" t="n">
+      <c r="AZ26" s="14" t="n">
         <v>406536.5</v>
       </c>
-      <c r="AU26" s="14" t="n">
+      <c r="BA26" s="14" t="n">
         <v>605594.2</v>
       </c>
-      <c r="AV26" s="14" t="n">
+      <c r="BB26" s="14" t="n">
         <v>617376.7</v>
       </c>
-      <c r="AW26" s="14" t="n">
+      <c r="BC26" s="14" t="n">
         <v>562661.3</v>
       </c>
-      <c r="AX26" s="14" t="n">
+      <c r="BD26" s="14" t="n">
+        <v>150.6</v>
+      </c>
+      <c r="BE26" s="14" t="n">
         <v>160.2</v>
       </c>
-      <c r="AY26" s="14" t="n">
+      <c r="BF26" s="14" t="n">
         <v>210.1</v>
       </c>
-      <c r="AZ26" s="14" t="n">
+      <c r="BG26" s="14" t="n">
         <v>430.0</v>
       </c>
-      <c r="BA26" s="14" t="n">
+      <c r="BH26" s="14" t="n">
         <v>473.6</v>
       </c>
-      <c r="BB26" s="14" t="n">
+      <c r="BI26" s="14" t="n">
         <v>501.6</v>
       </c>
-      <c r="BC26" s="14" t="n">
+      <c r="BJ26" s="14" t="n">
         <v>487.8</v>
       </c>
-      <c r="BD26" s="14" t="n">
+      <c r="BK26" s="14" t="n">
         <v>501.9</v>
       </c>
-      <c r="BE26" s="14" t="n">
+      <c r="BL26" s="14" t="n">
         <v>422.8</v>
       </c>
-      <c r="BF26" s="14" t="n">
+      <c r="BM26" s="14" t="n">
+        <v>67024.9</v>
+      </c>
+      <c r="BN26" s="14" t="n">
         <v>69914.6</v>
       </c>
-      <c r="BG26" s="14" t="n">
+      <c r="BO26" s="14" t="n">
         <v>61799.0</v>
       </c>
-      <c r="BH26" s="14" t="n">
+      <c r="BP26" s="14" t="n">
         <v>60441.1</v>
       </c>
-      <c r="BI26" s="14" t="n">
+      <c r="BQ26" s="14" t="n">
         <v>48651.8</v>
       </c>
-      <c r="BJ26" s="14" t="n">
+      <c r="BR26" s="14" t="n">
         <v>48124.8</v>
       </c>
-      <c r="BK26" s="14" t="n">
+      <c r="BS26" s="14" t="n">
         <v>50619.2</v>
       </c>
-      <c r="BL26" s="14" t="n">
+      <c r="BT26" s="14" t="n">
         <v>49033.5</v>
       </c>
-      <c r="BM26" s="14" t="n">
+      <c r="BU26" s="14" t="n">
         <v>57394.9</v>
       </c>
-      <c r="BN26" s="14" t="n">
+      <c r="BV26" s="14" t="n">
+        <v>14005.9</v>
+      </c>
+      <c r="BW26" s="14" t="n">
         <v>15209.7</v>
       </c>
-      <c r="BO26" s="14" t="n">
+      <c r="BX26" s="14" t="n">
         <v>13095.9</v>
       </c>
-      <c r="BP26" s="14" t="n">
+      <c r="BY26" s="14" t="n">
         <v>11981.6</v>
       </c>
-      <c r="BQ26" s="14" t="n">
+      <c r="BZ26" s="14" t="n">
         <v>12075.9</v>
       </c>
-      <c r="BR26" s="14" t="n">
+      <c r="CA26" s="14" t="n">
         <v>11356.4</v>
       </c>
-      <c r="BS26" s="14" t="n">
+      <c r="CB26" s="14" t="n">
         <v>9924.7</v>
       </c>
-      <c r="BT26" s="14" t="n">
+      <c r="CC26" s="14" t="n">
         <v>9914.5</v>
       </c>
-      <c r="BU26" s="14" t="n">
+      <c r="CD26" s="14" t="n">
         <v>10289.1</v>
       </c>
-      <c r="BV26" s="14" t="n">
+      <c r="CE26" s="14" t="n">
+        <v>20192.9</v>
+      </c>
+      <c r="CF26" s="14" t="n">
         <v>20683.1</v>
       </c>
-      <c r="BW26" s="14" t="n">
+      <c r="CG26" s="14" t="n">
         <v>18785.7</v>
       </c>
-      <c r="BX26" s="14" t="n">
+      <c r="CH26" s="14" t="n">
         <v>19345.0</v>
       </c>
-      <c r="BY26" s="14" t="n">
+      <c r="CI26" s="14" t="n">
         <v>16414.0</v>
       </c>
-      <c r="BZ26" s="14" t="n">
+      <c r="CJ26" s="14" t="n">
         <v>16970.1</v>
       </c>
-      <c r="CA26" s="14" t="n">
+      <c r="CK26" s="14" t="n">
         <v>14193.6</v>
       </c>
-      <c r="CB26" s="14" t="n">
+      <c r="CL26" s="14" t="n">
         <v>13222.1</v>
       </c>
-      <c r="CC26" s="14" t="n">
+      <c r="CM26" s="14" t="n">
         <v>14598.1</v>
       </c>
-      <c r="CD26" s="14" t="n">
+      <c r="CN26" s="14" t="n">
+        <v>62212.3</v>
+      </c>
+      <c r="CO26" s="14" t="n">
         <v>64139.5</v>
       </c>
-      <c r="CE26" s="14" t="n">
+      <c r="CP26" s="14" t="n">
         <v>57956.1</v>
       </c>
-      <c r="CF26" s="14" t="n">
+      <c r="CQ26" s="14" t="n">
         <v>59041.6</v>
       </c>
-      <c r="CG26" s="14" t="n">
+      <c r="CR26" s="14" t="n">
         <v>63696.7</v>
       </c>
-      <c r="CH26" s="14" t="n">
+      <c r="CS26" s="14" t="n">
         <v>62028.1</v>
       </c>
-      <c r="CI26" s="14" t="n">
+      <c r="CT26" s="14" t="n">
         <v>64821.8</v>
       </c>
-      <c r="CJ26" s="14" t="n">
+      <c r="CU26" s="14" t="n">
         <v>66081.9</v>
       </c>
-      <c r="CK26" s="14" t="n">
+      <c r="CV26" s="14" t="n">
         <v>63244.0</v>
       </c>
-      <c r="CL26" s="14" t="n">
+      <c r="CW26" s="14" t="n">
+        <v>13525.1</v>
+      </c>
+      <c r="CX26" s="14" t="n">
         <v>12410.5</v>
       </c>
-      <c r="CM26" s="14" t="n">
+      <c r="CY26" s="14" t="n">
         <v>10580.0</v>
       </c>
-      <c r="CN26" s="14" t="n">
+      <c r="CZ26" s="14" t="n">
         <v>10790.8</v>
       </c>
-      <c r="CO26" s="14" t="n">
+      <c r="DA26" s="14" t="n">
         <v>7397.3</v>
       </c>
-      <c r="CP26" s="14" t="n">
+      <c r="DB26" s="14" t="n">
         <v>6929.8</v>
       </c>
-      <c r="CQ26" s="14" t="n">
+      <c r="DC26" s="14" t="n">
         <v>9637.9</v>
       </c>
-      <c r="CR26" s="14" t="n">
+      <c r="DD26" s="14" t="n">
         <v>9154.7</v>
       </c>
-      <c r="CS26" s="14" t="n">
+      <c r="DE26" s="14" t="n">
         <v>10608.3</v>
       </c>
-      <c r="CT26" s="14" t="n">
+      <c r="DF26" s="14" t="n">
+        <v>750.3</v>
+      </c>
+      <c r="DG26" s="14" t="n">
         <v>769.7</v>
       </c>
-      <c r="CU26" s="14" t="n">
+      <c r="DH26" s="14" t="n">
         <v>605.8</v>
       </c>
-      <c r="CV26" s="14" t="n">
+      <c r="DI26" s="14" t="n">
         <v>603.4</v>
       </c>
-      <c r="CW26" s="14" t="n">
+      <c r="DJ26" s="14" t="n">
         <v>692.3</v>
       </c>
-      <c r="CX26" s="14" t="n">
+      <c r="DK26" s="14" t="n">
         <v>673.9</v>
       </c>
-      <c r="CY26" s="14" t="n">
+      <c r="DL26" s="14" t="n">
         <v>1133.7</v>
       </c>
-      <c r="CZ26" s="14" t="n">
+      <c r="DM26" s="14" t="n">
         <v>1135.1</v>
       </c>
-      <c r="DA26" s="14" t="n">
+      <c r="DN26" s="14" t="n">
         <v>1301.4</v>
       </c>
-      <c r="DB26" s="14" t="n">
+      <c r="DO26" s="14" t="n">
+        <v>891.9</v>
+      </c>
+      <c r="DP26" s="14" t="n">
         <v>776.5</v>
       </c>
-      <c r="DC26" s="14" t="n">
+      <c r="DQ26" s="14" t="n">
         <v>649.7</v>
       </c>
-      <c r="DD26" s="14" t="n">
+      <c r="DR26" s="14" t="n">
         <v>582.2</v>
       </c>
-      <c r="DE26" s="14" t="n">
+      <c r="DS26" s="14" t="n">
         <v>1703.8</v>
       </c>
-      <c r="DF26" s="14" t="n">
+      <c r="DT26" s="14" t="n">
         <v>710.7</v>
       </c>
-      <c r="DG26" s="14" t="n">
+      <c r="DU26" s="14" t="n">
         <v>710.0</v>
       </c>
-      <c r="DH26" s="14" t="n">
+      <c r="DV26" s="14" t="n">
         <v>611.9</v>
       </c>
-      <c r="DI26" s="14" t="n">
+      <c r="DW26" s="14" t="n">
         <v>1990.1</v>
       </c>
-      <c r="DJ26" s="14" t="n">
+      <c r="DX26" s="14" t="n">
+        <v>241837.7</v>
+      </c>
+      <c r="DY26" s="14" t="n">
         <v>217587.7</v>
       </c>
-      <c r="DK26" s="14" t="n">
+      <c r="DZ26" s="14" t="n">
         <v>242240.6</v>
       </c>
-      <c r="DL26" s="14" t="n">
+      <c r="EA26" s="14" t="n">
         <v>239019.9</v>
       </c>
-      <c r="DM26" s="14" t="n">
+      <c r="EB26" s="14" t="n">
         <v>211409.9</v>
       </c>
-      <c r="DN26" s="14" t="n">
+      <c r="EC26" s="14" t="n">
         <v>226749.2</v>
       </c>
-      <c r="DO26" s="14" t="n">
+      <c r="ED26" s="14" t="n">
         <v>254661.2</v>
       </c>
-      <c r="DP26" s="14" t="n">
+      <c r="EE26" s="14" t="n">
         <v>236765.0</v>
       </c>
-      <c r="DQ26" s="14" t="n">
+      <c r="EF26" s="14" t="n">
         <v>276716.7</v>
       </c>
-      <c r="DR26" s="14" t="n">
+      <c r="EG26" s="14" t="n">
+        <v>27984.1</v>
+      </c>
+      <c r="EH26" s="14" t="n">
         <v>20865.8</v>
       </c>
-      <c r="DS26" s="14" t="n">
+      <c r="EI26" s="14" t="n">
         <v>20742.0</v>
       </c>
-      <c r="DT26" s="14" t="n">
+      <c r="EJ26" s="14" t="n">
         <v>45942.1</v>
       </c>
-      <c r="DU26" s="14" t="n">
+      <c r="EK26" s="14" t="n">
         <v>49821.4</v>
       </c>
-      <c r="DV26" s="14" t="n">
+      <c r="EL26" s="14" t="n">
         <v>63637.0</v>
       </c>
-      <c r="DW26" s="14" t="n">
+      <c r="EM26" s="14" t="n">
         <v>57455.1</v>
       </c>
-      <c r="DX26" s="14" t="n">
+      <c r="EN26" s="14" t="n">
         <v>35327.7</v>
       </c>
-      <c r="DY26" s="14" t="n">
+      <c r="EO26" s="14" t="n">
         <v>35069.5</v>
       </c>
-      <c r="DZ26" s="14" t="n">
+      <c r="EP26" s="14" t="n">
+        <v>1494473.1</v>
+      </c>
+      <c r="EQ26" s="14" t="n">
         <v>1254643.7</v>
       </c>
-      <c r="EA26" s="14" t="n">
+      <c r="ER26" s="14" t="n">
         <v>1137120.0</v>
       </c>
-      <c r="EB26" s="14" t="n">
+      <c r="ES26" s="14" t="n">
         <v>1588833.5</v>
       </c>
-      <c r="EC26" s="14" t="n">
+      <c r="ET26" s="14" t="n">
         <v>1786291.7</v>
       </c>
-      <c r="ED26" s="14" t="n">
+      <c r="EU26" s="14" t="n">
         <v>1169646.0</v>
       </c>
-      <c r="EE26" s="14" t="n">
+      <c r="EV26" s="14" t="n">
         <v>1158681.0</v>
       </c>
-      <c r="EF26" s="14" t="n">
+      <c r="EW26" s="14" t="n">
         <v>1028223.5</v>
       </c>
-      <c r="EG26" s="14" t="n">
+      <c r="EX26" s="14" t="n">
         <v>1012015.5</v>
       </c>
-      <c r="EH26" s="14" t="n">
+      <c r="EY26" s="14" t="n">
+        <v>45393.7</v>
+      </c>
+      <c r="EZ26" s="14" t="n">
         <v>66202.8</v>
       </c>
-      <c r="EI26" s="14" t="n">
+      <c r="FA26" s="14" t="n">
         <v>62846.2</v>
       </c>
-      <c r="EJ26" s="14" t="n">
+      <c r="FB26" s="14" t="n">
         <v>74650.6</v>
       </c>
-      <c r="EK26" s="14" t="n">
+      <c r="FC26" s="14" t="n">
         <v>76580.1</v>
       </c>
-      <c r="EL26" s="14" t="n">
+      <c r="FD26" s="14" t="n">
         <v>48651.7</v>
       </c>
-      <c r="EM26" s="14" t="n">
+      <c r="FE26" s="14" t="n">
         <v>47773.6</v>
       </c>
-      <c r="EN26" s="14" t="n">
+      <c r="FF26" s="14" t="n">
         <v>153356.4</v>
       </c>
-      <c r="EO26" s="14" t="n">
+      <c r="FG26" s="14" t="n">
         <v>149523.1</v>
       </c>
-      <c r="EP26" s="14" t="n">
+      <c r="FH26" s="14" t="n">
+        <v>78921.4</v>
+      </c>
+      <c r="FI26" s="14" t="n">
         <v>83961.6</v>
       </c>
-      <c r="EQ26" s="14" t="n">
+      <c r="FJ26" s="14" t="n">
         <v>81418.1</v>
       </c>
-      <c r="ER26" s="14" t="n">
+      <c r="FK26" s="14" t="n">
         <v>111092.4</v>
       </c>
-      <c r="ES26" s="14" t="n">
+      <c r="FL26" s="14" t="n">
         <v>108199.2</v>
       </c>
-      <c r="ET26" s="14" t="n">
+      <c r="FM26" s="14" t="n">
         <v>119416.8</v>
       </c>
-      <c r="EU26" s="14" t="n">
+      <c r="FN26" s="14" t="n">
         <v>115796.3</v>
       </c>
-      <c r="EV26" s="14" t="n">
+      <c r="FO26" s="14" t="n">
         <v>125413.5</v>
       </c>
-      <c r="EW26" s="14" t="n">
+      <c r="FP26" s="14" t="n">
         <v>120489.6</v>
       </c>
-      <c r="EX26" s="14" t="n">
-[...5 lines deleted...]
-      <c r="EZ26" s="14" t="n">
+      <c r="FQ26" s="14" t="n">
+        <v>878550.0</v>
+      </c>
+      <c r="FR26" s="14" t="n">
+        <v>822938.1</v>
+      </c>
+      <c r="FS26" s="14" t="n">
+        <v>878732.7</v>
+      </c>
+      <c r="FT26" s="14" t="n">
         <v>1340017.0</v>
       </c>
-      <c r="FA26" s="14" t="n">
+      <c r="FU26" s="14" t="n">
         <v>1287417.7</v>
       </c>
-      <c r="FB26" s="14" t="n">
+      <c r="FV26" s="14" t="n">
         <v>1067384.5</v>
       </c>
-      <c r="FC26" s="14" t="n">
+      <c r="FW26" s="14" t="n">
         <v>1061379.7</v>
       </c>
-      <c r="FD26" s="14" t="n">
+      <c r="FX26" s="14" t="n">
         <v>1021166.2</v>
       </c>
-      <c r="FE26" s="14" t="n">
+      <c r="FY26" s="14" t="n">
         <v>1008958.6</v>
       </c>
-      <c r="FF26" s="14" t="n">
-[...5 lines deleted...]
-      <c r="FH26" s="14" t="n">
+      <c r="FZ26" s="14" t="n">
+        <v>3599995.5</v>
+      </c>
+      <c r="GA26" s="14" t="n">
+        <v>3343958.7</v>
+      </c>
+      <c r="GB26" s="14" t="n">
+        <v>3329517.4</v>
+      </c>
+      <c r="GC26" s="14" t="n">
         <v>4288930.6</v>
       </c>
-      <c r="FI26" s="14" t="n">
+      <c r="GD26" s="14" t="n">
         <v>4212931.8</v>
       </c>
-      <c r="FJ26" s="14" t="n">
+      <c r="GE26" s="14" t="n">
         <v>3379351.5</v>
       </c>
-      <c r="FK26" s="14" t="n">
+      <c r="GF26" s="14" t="n">
         <v>3624723.7</v>
       </c>
-      <c r="FL26" s="14" t="n">
+      <c r="GG26" s="14" t="n">
         <v>3531136.4</v>
       </c>
-      <c r="FM26" s="14" t="n">
+      <c r="GH26" s="14" t="n">
         <v>3487726.5</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="6" t="inlineStr">
         <is>
           <t>07.3 Rubber waste NP</t>
         </is>
       </c>
       <c r="B27" s="14" t="n">
+        <v>1985.7</v>
+      </c>
+      <c r="C27" s="14" t="n">
         <v>2117.6</v>
       </c>
-      <c r="C27" s="14" t="n">
+      <c r="D27" s="14" t="n">
         <v>2452.5</v>
       </c>
-      <c r="D27" s="14" t="n">
+      <c r="E27" s="14" t="n">
         <v>2467.8</v>
       </c>
-      <c r="E27" s="14" t="n">
+      <c r="F27" s="14" t="n">
         <v>2276.5</v>
       </c>
-      <c r="F27" s="14" t="n">
+      <c r="G27" s="14" t="n">
         <v>2473.9</v>
       </c>
-      <c r="G27" s="14" t="n">
+      <c r="H27" s="14" t="n">
         <v>2013.1</v>
       </c>
-      <c r="H27" s="14" t="n">
+      <c r="I27" s="14" t="n">
         <v>2400.6</v>
       </c>
-      <c r="I27" s="14" t="n">
+      <c r="J27" s="14" t="n">
         <v>2253.7</v>
       </c>
-      <c r="J27" s="14" t="n">
+      <c r="K27" s="14" t="n">
+        <v>141.6</v>
+      </c>
+      <c r="L27" s="14" t="n">
         <v>132.5</v>
       </c>
-      <c r="K27" s="14" t="n">
+      <c r="M27" s="14" t="n">
         <v>148.8</v>
       </c>
-      <c r="L27" s="14" t="n">
+      <c r="N27" s="14" t="n">
         <v>123.8</v>
       </c>
-      <c r="M27" s="14" t="n">
+      <c r="O27" s="14" t="n">
         <v>143.5</v>
       </c>
-      <c r="N27" s="14" t="n">
+      <c r="P27" s="14" t="n">
         <v>156.9</v>
       </c>
-      <c r="O27" s="14" t="n">
+      <c r="Q27" s="14" t="n">
         <v>149.6</v>
       </c>
-      <c r="P27" s="14" t="n">
+      <c r="R27" s="14" t="n">
         <v>137.2</v>
       </c>
-      <c r="Q27" s="14" t="n">
+      <c r="S27" s="14" t="n">
         <v>173.3</v>
       </c>
-      <c r="R27" s="14" t="n">
+      <c r="T27" s="14" t="n">
+        <v>104.9</v>
+      </c>
+      <c r="U27" s="14" t="n">
         <v>109.3</v>
       </c>
-      <c r="S27" s="14" t="n">
+      <c r="V27" s="14" t="n">
         <v>93.0</v>
       </c>
-      <c r="T27" s="14" t="n">
+      <c r="W27" s="14" t="n">
         <v>90.2</v>
       </c>
-      <c r="U27" s="14" t="n">
+      <c r="X27" s="14" t="n">
         <v>82.1</v>
       </c>
-      <c r="V27" s="14" t="n">
+      <c r="Y27" s="14" t="n">
         <v>79.0</v>
       </c>
-      <c r="W27" s="14" t="n">
+      <c r="Z27" s="14" t="n">
         <v>151.6</v>
       </c>
-      <c r="X27" s="14" t="n">
+      <c r="AA27" s="14" t="n">
         <v>135.8</v>
       </c>
-      <c r="Y27" s="14" t="n">
+      <c r="AB27" s="14" t="n">
         <v>77.4</v>
       </c>
-      <c r="Z27" s="14" t="n">
+      <c r="AC27" s="14" t="n">
+        <v>64.1</v>
+      </c>
+      <c r="AD27" s="14" t="n">
         <v>74.6</v>
       </c>
-      <c r="AA27" s="14" t="n">
+      <c r="AE27" s="14" t="n">
         <v>112.9</v>
       </c>
-      <c r="AB27" s="14" t="n">
+      <c r="AF27" s="14" t="n">
         <v>105.6</v>
       </c>
-      <c r="AC27" s="14" t="n">
+      <c r="AG27" s="14" t="n">
         <v>607.7</v>
       </c>
-      <c r="AD27" s="14" t="n">
+      <c r="AH27" s="14" t="n">
         <v>612.7</v>
       </c>
-      <c r="AE27" s="14" t="n">
+      <c r="AI27" s="14" t="n">
         <v>651.5</v>
       </c>
-      <c r="AF27" s="14" t="n">
+      <c r="AJ27" s="14" t="n">
         <v>568.1</v>
       </c>
-      <c r="AG27" s="14" t="n">
+      <c r="AK27" s="14" t="n">
         <v>1243.7</v>
       </c>
-      <c r="AH27" s="14" t="n">
+      <c r="AL27" s="14" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="AM27" s="14" t="n">
         <v>1.5</v>
       </c>
-      <c r="AI27" s="14" t="n">
+      <c r="AN27" s="14" t="n">
         <v>4.1</v>
       </c>
-      <c r="AJ27" s="14" t="n">
+      <c r="AO27" s="14" t="n">
         <v>3.8</v>
       </c>
-      <c r="AK27" s="14" t="n">
+      <c r="AP27" s="14" t="n">
         <v>4.2</v>
       </c>
-      <c r="AL27" s="14" t="n">
+      <c r="AQ27" s="14" t="n">
         <v>4.1</v>
       </c>
-      <c r="AM27" s="14" t="n">
+      <c r="AR27" s="14" t="n">
         <v>11.0</v>
       </c>
-      <c r="AN27" s="14" t="n">
+      <c r="AS27" s="14" t="n">
         <v>9.5</v>
       </c>
-      <c r="AO27" s="14" t="n">
+      <c r="AT27" s="14" t="n">
         <v>10.8</v>
       </c>
-      <c r="AP27" s="14" t="n">
+      <c r="AU27" s="14" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="AV27" s="14" t="n">
         <v>1.5</v>
       </c>
-      <c r="AQ27" s="14" t="n">
+      <c r="AW27" s="14" t="n">
         <v>5.6</v>
       </c>
-      <c r="AR27" s="14" t="n">
+      <c r="AX27" s="14" t="n">
         <v>5.5</v>
       </c>
-      <c r="AS27" s="14" t="n">
+      <c r="AY27" s="14" t="n">
         <v>40.3</v>
       </c>
-      <c r="AT27" s="14" t="n">
+      <c r="AZ27" s="14" t="n">
         <v>40.1</v>
       </c>
-      <c r="AU27" s="14" t="n">
+      <c r="BA27" s="14" t="n">
         <v>38.1</v>
       </c>
-      <c r="AV27" s="14" t="n">
+      <c r="BB27" s="14" t="n">
         <v>33.5</v>
       </c>
-      <c r="AW27" s="14" t="n">
+      <c r="BC27" s="14" t="n">
         <v>13.9</v>
       </c>
-      <c r="AX27" s="13" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AY27" s="14" t="n">
+      <c r="BD27" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BE27" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BF27" s="14" t="n">
         <v>0.3</v>
       </c>
-      <c r="AZ27" s="13" t="inlineStr">
-[...4 lines deleted...]
-      <c r="BA27" s="14" t="n">
+      <c r="BG27" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BH27" s="14" t="n">
         <v>0.3</v>
       </c>
-      <c r="BB27" s="13" t="inlineStr">
-[...4 lines deleted...]
-      <c r="BC27" s="14" t="n">
+      <c r="BI27" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BJ27" s="14" t="n">
         <v>9.9</v>
       </c>
-      <c r="BD27" s="14" t="n">
+      <c r="BK27" s="14" t="n">
         <v>8.1</v>
       </c>
-      <c r="BE27" s="13" t="inlineStr">
-[...4 lines deleted...]
-      <c r="BF27" s="14" t="n">
+      <c r="BL27" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BM27" s="14" t="n">
+        <v>11974.1</v>
+      </c>
+      <c r="BN27" s="14" t="n">
         <v>12490.3</v>
       </c>
-      <c r="BG27" s="14" t="n">
+      <c r="BO27" s="14" t="n">
         <v>25357.6</v>
       </c>
-      <c r="BH27" s="14" t="n">
+      <c r="BP27" s="14" t="n">
         <v>24800.5</v>
       </c>
-      <c r="BI27" s="14" t="n">
+      <c r="BQ27" s="14" t="n">
         <v>27082.6</v>
       </c>
-      <c r="BJ27" s="14" t="n">
+      <c r="BR27" s="14" t="n">
         <v>26789.3</v>
       </c>
-      <c r="BK27" s="14" t="n">
+      <c r="BS27" s="14" t="n">
         <v>17490.4</v>
       </c>
-      <c r="BL27" s="14" t="n">
+      <c r="BT27" s="14" t="n">
         <v>20676.8</v>
       </c>
-      <c r="BM27" s="14" t="n">
+      <c r="BU27" s="14" t="n">
         <v>21874.6</v>
       </c>
-      <c r="BN27" s="14" t="n">
+      <c r="BV27" s="14" t="n">
+        <v>71.8</v>
+      </c>
+      <c r="BW27" s="14" t="n">
         <v>78.0</v>
       </c>
-      <c r="BO27" s="14" t="n">
+      <c r="BX27" s="14" t="n">
         <v>41.4</v>
       </c>
-      <c r="BP27" s="14" t="n">
+      <c r="BY27" s="14" t="n">
         <v>37.9</v>
       </c>
-      <c r="BQ27" s="14" t="n">
+      <c r="BZ27" s="14" t="n">
         <v>39.7</v>
       </c>
-      <c r="BR27" s="14" t="n">
+      <c r="CA27" s="14" t="n">
         <v>37.4</v>
       </c>
-      <c r="BS27" s="14" t="n">
+      <c r="CB27" s="14" t="n">
         <v>9.2</v>
       </c>
-      <c r="BT27" s="14" t="n">
+      <c r="CC27" s="14" t="n">
         <v>9.2</v>
       </c>
-      <c r="BU27" s="14" t="n">
+      <c r="CD27" s="14" t="n">
         <v>169.4</v>
       </c>
-      <c r="BV27" s="14" t="n">
+      <c r="CE27" s="14" t="n">
+        <v>42.2</v>
+      </c>
+      <c r="CF27" s="14" t="n">
         <v>43.2</v>
       </c>
-      <c r="BW27" s="14" t="n">
+      <c r="CG27" s="14" t="n">
         <v>29.2</v>
       </c>
-      <c r="BX27" s="14" t="n">
+      <c r="CH27" s="14" t="n">
         <v>30.1</v>
       </c>
-      <c r="BY27" s="14" t="n">
+      <c r="CI27" s="14" t="n">
         <v>36.7</v>
       </c>
-      <c r="BZ27" s="14" t="n">
+      <c r="CJ27" s="14" t="n">
         <v>38.0</v>
       </c>
-      <c r="CA27" s="14" t="n">
+      <c r="CK27" s="14" t="n">
         <v>24.9</v>
       </c>
-      <c r="CB27" s="14" t="n">
+      <c r="CL27" s="14" t="n">
         <v>42.0</v>
       </c>
-      <c r="CC27" s="14" t="n">
+      <c r="CM27" s="14" t="n">
         <v>13.8</v>
       </c>
-      <c r="CD27" s="14" t="n">
+      <c r="CN27" s="14" t="n">
+        <v>189.9</v>
+      </c>
+      <c r="CO27" s="14" t="n">
         <v>195.8</v>
       </c>
-      <c r="CE27" s="14" t="n">
+      <c r="CP27" s="14" t="n">
         <v>322.8</v>
       </c>
-      <c r="CF27" s="14" t="n">
+      <c r="CQ27" s="14" t="n">
         <v>328.9</v>
       </c>
-      <c r="CG27" s="14" t="n">
+      <c r="CR27" s="14" t="n">
         <v>469.0</v>
       </c>
-      <c r="CH27" s="14" t="n">
+      <c r="CS27" s="14" t="n">
         <v>456.7</v>
       </c>
-      <c r="CI27" s="14" t="n">
+      <c r="CT27" s="14" t="n">
         <v>364.2</v>
       </c>
-      <c r="CJ27" s="14" t="n">
+      <c r="CU27" s="14" t="n">
         <v>376.2</v>
       </c>
-      <c r="CK27" s="14" t="n">
+      <c r="CV27" s="14" t="n">
         <v>482.8</v>
       </c>
-      <c r="CL27" s="14" t="n">
+      <c r="CW27" s="14" t="n">
+        <v>326.3</v>
+      </c>
+      <c r="CX27" s="14" t="n">
         <v>299.4</v>
       </c>
-      <c r="CM27" s="14" t="n">
+      <c r="CY27" s="14" t="n">
         <v>248.4</v>
       </c>
-      <c r="CN27" s="14" t="n">
+      <c r="CZ27" s="14" t="n">
         <v>253.3</v>
       </c>
-      <c r="CO27" s="14" t="n">
+      <c r="DA27" s="14" t="n">
         <v>490.5</v>
       </c>
-      <c r="CP27" s="14" t="n">
+      <c r="DB27" s="14" t="n">
         <v>459.5</v>
       </c>
-      <c r="CQ27" s="14" t="n">
+      <c r="DC27" s="14" t="n">
         <v>709.2</v>
       </c>
-      <c r="CR27" s="14" t="n">
+      <c r="DD27" s="14" t="n">
         <v>732.5</v>
       </c>
-      <c r="CS27" s="14" t="n">
+      <c r="DE27" s="14" t="n">
         <v>395.7</v>
       </c>
-      <c r="CT27" s="13" t="inlineStr">
-[...14 lines deleted...]
-      <c r="CW27" s="14" t="n">
+      <c r="DF27" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DG27" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DH27" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DI27" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DJ27" s="14" t="n">
         <v>0.2</v>
       </c>
-      <c r="CX27" s="14" t="n">
+      <c r="DK27" s="14" t="n">
         <v>0.2</v>
       </c>
-      <c r="CY27" s="14" t="n">
+      <c r="DL27" s="14" t="n">
         <v>35.8</v>
       </c>
-      <c r="CZ27" s="14" t="n">
+      <c r="DM27" s="14" t="n">
         <v>35.8</v>
       </c>
-      <c r="DA27" s="14" t="n">
+      <c r="DN27" s="14" t="n">
         <v>33.1</v>
       </c>
-      <c r="DB27" s="14" t="n">
+      <c r="DO27" s="14" t="n">
+        <v>5.8</v>
+      </c>
+      <c r="DP27" s="14" t="n">
         <v>10.6</v>
       </c>
-      <c r="DC27" s="14" t="n">
+      <c r="DQ27" s="14" t="n">
         <v>30.0</v>
       </c>
-      <c r="DD27" s="14" t="n">
+      <c r="DR27" s="14" t="n">
         <v>1.4</v>
       </c>
-      <c r="DE27" s="14" t="n">
+      <c r="DS27" s="14" t="n">
         <v>0.4</v>
       </c>
-      <c r="DF27" s="14" t="n">
+      <c r="DT27" s="14" t="n">
         <v>1.6</v>
       </c>
-      <c r="DG27" s="14" t="n">
+      <c r="DU27" s="14" t="n">
         <v>0.6</v>
       </c>
-      <c r="DH27" s="14" t="n">
+      <c r="DV27" s="14" t="n">
         <v>0.4</v>
       </c>
-      <c r="DI27" s="14" t="n">
+      <c r="DW27" s="14" t="n">
         <v>2474.3</v>
       </c>
-      <c r="DJ27" s="14" t="n">
+      <c r="DX27" s="14" t="n">
+        <v>2261.1</v>
+      </c>
+      <c r="DY27" s="14" t="n">
         <v>3517.5</v>
       </c>
-      <c r="DK27" s="14" t="n">
+      <c r="DZ27" s="14" t="n">
         <v>6312.9</v>
       </c>
-      <c r="DL27" s="14" t="n">
+      <c r="EA27" s="14" t="n">
         <v>2595.3</v>
       </c>
-      <c r="DM27" s="14" t="n">
+      <c r="EB27" s="14" t="n">
         <v>2495.3</v>
       </c>
-      <c r="DN27" s="14" t="n">
+      <c r="EC27" s="14" t="n">
         <v>1413.7</v>
       </c>
-      <c r="DO27" s="14" t="n">
+      <c r="ED27" s="14" t="n">
         <v>3862.1</v>
       </c>
-      <c r="DP27" s="14" t="n">
+      <c r="EE27" s="14" t="n">
         <v>3591.0</v>
       </c>
-      <c r="DQ27" s="14" t="n">
+      <c r="EF27" s="14" t="n">
         <v>484.3</v>
       </c>
-      <c r="DR27" s="14" t="n">
+      <c r="EG27" s="14" t="n">
+        <v>1075.0</v>
+      </c>
+      <c r="EH27" s="14" t="n">
         <v>535.1</v>
       </c>
-      <c r="DS27" s="14" t="n">
+      <c r="EI27" s="14" t="n">
         <v>573.1</v>
       </c>
-      <c r="DT27" s="14" t="n">
+      <c r="EJ27" s="14" t="n">
         <v>1435.5</v>
       </c>
-      <c r="DU27" s="14" t="n">
+      <c r="EK27" s="14" t="n">
         <v>1538.0</v>
       </c>
-      <c r="DV27" s="14" t="n">
+      <c r="EL27" s="14" t="n">
         <v>1422.3</v>
       </c>
-      <c r="DW27" s="14" t="n">
+      <c r="EM27" s="14" t="n">
         <v>1333.5</v>
       </c>
-      <c r="DX27" s="14" t="n">
+      <c r="EN27" s="14" t="n">
         <v>425.9</v>
       </c>
-      <c r="DY27" s="14" t="n">
+      <c r="EO27" s="14" t="n">
         <v>448.6</v>
       </c>
-      <c r="DZ27" s="14" t="n">
+      <c r="EP27" s="14" t="n">
+        <v>385355.3</v>
+      </c>
+      <c r="EQ27" s="14" t="n">
         <v>286954.0</v>
       </c>
-      <c r="EA27" s="14" t="n">
+      <c r="ER27" s="14" t="n">
         <v>284793.8</v>
       </c>
-      <c r="EB27" s="14" t="n">
+      <c r="ES27" s="14" t="n">
         <v>243662.9</v>
       </c>
-      <c r="EC27" s="14" t="n">
+      <c r="ET27" s="14" t="n">
         <v>266769.4</v>
       </c>
-      <c r="ED27" s="14" t="n">
+      <c r="EU27" s="14" t="n">
         <v>214309.1</v>
       </c>
-      <c r="EE27" s="14" t="n">
+      <c r="EV27" s="14" t="n">
         <v>228683.5</v>
       </c>
-      <c r="EF27" s="14" t="n">
+      <c r="EW27" s="14" t="n">
         <v>223392.3</v>
       </c>
-      <c r="EG27" s="14" t="n">
+      <c r="EX27" s="14" t="n">
         <v>214267.0</v>
       </c>
-      <c r="EH27" s="14" t="n">
+      <c r="EY27" s="14" t="n">
+        <v>388.1</v>
+      </c>
+      <c r="EZ27" s="14" t="n">
         <v>294.1</v>
       </c>
-      <c r="EI27" s="14" t="n">
+      <c r="FA27" s="14" t="n">
         <v>280.7</v>
       </c>
-      <c r="EJ27" s="14" t="n">
+      <c r="FB27" s="14" t="n">
         <v>492.8</v>
       </c>
-      <c r="EK27" s="14" t="n">
+      <c r="FC27" s="14" t="n">
         <v>512.8</v>
       </c>
-      <c r="EL27" s="14" t="n">
+      <c r="FD27" s="14" t="n">
         <v>759.4</v>
       </c>
-      <c r="EM27" s="14" t="n">
+      <c r="FE27" s="14" t="n">
         <v>724.3</v>
       </c>
-      <c r="EN27" s="14" t="n">
+      <c r="FF27" s="14" t="n">
         <v>985.2</v>
       </c>
-      <c r="EO27" s="14" t="n">
+      <c r="FG27" s="14" t="n">
         <v>960.1</v>
       </c>
-      <c r="EP27" s="14" t="n">
+      <c r="FH27" s="14" t="n">
+        <v>511.8</v>
+      </c>
+      <c r="FI27" s="14" t="n">
         <v>355.9</v>
       </c>
-      <c r="EQ27" s="14" t="n">
+      <c r="FJ27" s="14" t="n">
         <v>393.5</v>
       </c>
-      <c r="ER27" s="14" t="n">
+      <c r="FK27" s="14" t="n">
         <v>326.5</v>
       </c>
-      <c r="ES27" s="14" t="n">
+      <c r="FL27" s="14" t="n">
         <v>375.8</v>
       </c>
-      <c r="ET27" s="14" t="n">
+      <c r="FM27" s="14" t="n">
         <v>329.9</v>
       </c>
-      <c r="EU27" s="14" t="n">
+      <c r="FN27" s="14" t="n">
         <v>235.5</v>
       </c>
-      <c r="EV27" s="14" t="n">
+      <c r="FO27" s="14" t="n">
         <v>1196.1</v>
       </c>
-      <c r="EW27" s="14" t="n">
+      <c r="FP27" s="14" t="n">
         <v>1203.6</v>
       </c>
-      <c r="EX27" s="13" t="inlineStr">
-[...39 lines deleted...]
-      <c r="FF27" s="14" t="n">
+      <c r="FQ27" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FR27" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FS27" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FT27" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FU27" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FV27" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FW27" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FX27" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FY27" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FZ27" s="14" t="n">
+        <v>404500.5</v>
+      </c>
+      <c r="GA27" s="14" t="n">
         <v>307210.9</v>
       </c>
-      <c r="FG27" s="14" t="n">
+      <c r="GB27" s="14" t="n">
         <v>321200.6</v>
       </c>
-      <c r="FH27" s="14" t="n">
+      <c r="GC27" s="14" t="n">
         <v>276761.8</v>
       </c>
-      <c r="FI27" s="14" t="n">
+      <c r="GD27" s="14" t="n">
         <v>302965.0</v>
       </c>
-      <c r="FJ27" s="14" t="n">
+      <c r="GE27" s="14" t="n">
         <v>249383.8</v>
       </c>
-      <c r="FK27" s="14" t="n">
+      <c r="GF27" s="14" t="n">
         <v>256498.0</v>
       </c>
-      <c r="FL27" s="14" t="n">
+      <c r="GG27" s="14" t="n">
         <v>254756.2</v>
       </c>
-      <c r="FM27" s="14" t="n">
+      <c r="GH27" s="14" t="n">
         <v>246580.1</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="6" t="inlineStr">
         <is>
           <t>07.4 Plastic waste NP</t>
         </is>
       </c>
       <c r="B28" s="14" t="n">
+        <v>30084.8</v>
+      </c>
+      <c r="C28" s="14" t="n">
         <v>32719.2</v>
       </c>
-      <c r="C28" s="14" t="n">
+      <c r="D28" s="14" t="n">
         <v>39610.9</v>
       </c>
-      <c r="D28" s="14" t="n">
+      <c r="E28" s="14" t="n">
         <v>39897.6</v>
       </c>
-      <c r="E28" s="14" t="n">
+      <c r="F28" s="14" t="n">
         <v>35968.9</v>
       </c>
-      <c r="F28" s="14" t="n">
+      <c r="G28" s="14" t="n">
         <v>39957.0</v>
       </c>
-      <c r="G28" s="14" t="n">
+      <c r="H28" s="14" t="n">
         <v>33963.8</v>
       </c>
-      <c r="H28" s="14" t="n">
+      <c r="I28" s="14" t="n">
         <v>38535.5</v>
       </c>
-      <c r="I28" s="14" t="n">
+      <c r="J28" s="14" t="n">
         <v>35399.7</v>
       </c>
-      <c r="J28" s="14" t="n">
+      <c r="K28" s="14" t="n">
+        <v>751.8</v>
+      </c>
+      <c r="L28" s="14" t="n">
         <v>703.3</v>
       </c>
-      <c r="K28" s="14" t="n">
+      <c r="M28" s="14" t="n">
         <v>889.3</v>
       </c>
-      <c r="L28" s="14" t="n">
+      <c r="N28" s="14" t="n">
         <v>739.9</v>
       </c>
-      <c r="M28" s="14" t="n">
+      <c r="O28" s="14" t="n">
         <v>461.7</v>
       </c>
-      <c r="N28" s="14" t="n">
+      <c r="P28" s="14" t="n">
         <v>504.9</v>
       </c>
-      <c r="O28" s="14" t="n">
+      <c r="Q28" s="14" t="n">
         <v>359.1</v>
       </c>
-      <c r="P28" s="14" t="n">
+      <c r="R28" s="14" t="n">
         <v>329.4</v>
       </c>
-      <c r="Q28" s="14" t="n">
+      <c r="S28" s="14" t="n">
         <v>275.9</v>
       </c>
-      <c r="R28" s="14" t="n">
+      <c r="T28" s="14" t="n">
+        <v>80114.4</v>
+      </c>
+      <c r="U28" s="14" t="n">
         <v>83474.2</v>
       </c>
-      <c r="S28" s="14" t="n">
+      <c r="V28" s="14" t="n">
         <v>63369.2</v>
       </c>
-      <c r="T28" s="14" t="n">
+      <c r="W28" s="14" t="n">
         <v>61454.8</v>
       </c>
-      <c r="U28" s="14" t="n">
+      <c r="X28" s="14" t="n">
         <v>57957.2</v>
       </c>
-      <c r="V28" s="14" t="n">
+      <c r="Y28" s="14" t="n">
         <v>55762.9</v>
       </c>
-      <c r="W28" s="14" t="n">
+      <c r="Z28" s="14" t="n">
         <v>71160.2</v>
       </c>
-      <c r="X28" s="14" t="n">
+      <c r="AA28" s="14" t="n">
         <v>61837.6</v>
       </c>
-      <c r="Y28" s="14" t="n">
+      <c r="AB28" s="14" t="n">
         <v>71455.3</v>
       </c>
-      <c r="Z28" s="14" t="n">
+      <c r="AC28" s="14" t="n">
+        <v>7066.3</v>
+      </c>
+      <c r="AD28" s="14" t="n">
         <v>8219.7</v>
       </c>
-      <c r="AA28" s="14" t="n">
+      <c r="AE28" s="14" t="n">
         <v>11789.6</v>
       </c>
-      <c r="AB28" s="14" t="n">
+      <c r="AF28" s="14" t="n">
         <v>11028.6</v>
       </c>
-      <c r="AC28" s="14" t="n">
+      <c r="AG28" s="14" t="n">
         <v>5401.9</v>
       </c>
-      <c r="AD28" s="14" t="n">
+      <c r="AH28" s="14" t="n">
         <v>5446.5</v>
       </c>
-      <c r="AE28" s="14" t="n">
+      <c r="AI28" s="14" t="n">
         <v>6758.0</v>
       </c>
-      <c r="AF28" s="14" t="n">
+      <c r="AJ28" s="14" t="n">
         <v>6877.8</v>
       </c>
-      <c r="AG28" s="14" t="n">
+      <c r="AK28" s="14" t="n">
         <v>6608.3</v>
       </c>
-      <c r="AH28" s="14" t="n">
+      <c r="AL28" s="14" t="n">
+        <v>2169.8</v>
+      </c>
+      <c r="AM28" s="14" t="n">
         <v>2421.7</v>
       </c>
-      <c r="AI28" s="14" t="n">
+      <c r="AN28" s="14" t="n">
         <v>1841.1</v>
       </c>
-      <c r="AJ28" s="14" t="n">
+      <c r="AO28" s="14" t="n">
         <v>1702.6</v>
       </c>
-      <c r="AK28" s="14" t="n">
+      <c r="AP28" s="14" t="n">
         <v>1341.5</v>
       </c>
-      <c r="AL28" s="14" t="n">
+      <c r="AQ28" s="14" t="n">
         <v>1309.1</v>
       </c>
-      <c r="AM28" s="14" t="n">
+      <c r="AR28" s="14" t="n">
         <v>1058.1</v>
       </c>
-      <c r="AN28" s="14" t="n">
+      <c r="AS28" s="14" t="n">
         <v>1253.3</v>
       </c>
-      <c r="AO28" s="14" t="n">
+      <c r="AT28" s="14" t="n">
         <v>1567.0</v>
       </c>
-      <c r="AP28" s="14" t="n">
+      <c r="AU28" s="14" t="n">
+        <v>24097.1</v>
+      </c>
+      <c r="AV28" s="14" t="n">
         <v>25619.3</v>
       </c>
-      <c r="AQ28" s="14" t="n">
+      <c r="AW28" s="14" t="n">
         <v>28418.4</v>
       </c>
-      <c r="AR28" s="14" t="n">
+      <c r="AX28" s="14" t="n">
         <v>27856.8</v>
       </c>
-      <c r="AS28" s="14" t="n">
+      <c r="AY28" s="14" t="n">
         <v>46769.3</v>
       </c>
-      <c r="AT28" s="14" t="n">
+      <c r="AZ28" s="14" t="n">
         <v>46510.7</v>
       </c>
-      <c r="AU28" s="14" t="n">
+      <c r="BA28" s="14" t="n">
         <v>38415.4</v>
       </c>
-      <c r="AV28" s="14" t="n">
+      <c r="BB28" s="14" t="n">
         <v>40817.2</v>
       </c>
-      <c r="AW28" s="14" t="n">
+      <c r="BC28" s="14" t="n">
         <v>43895.1</v>
       </c>
-      <c r="AX28" s="14" t="n">
+      <c r="BD28" s="14" t="n">
+        <v>17.2</v>
+      </c>
+      <c r="BE28" s="14" t="n">
         <v>18.3</v>
       </c>
-      <c r="AY28" s="14" t="n">
+      <c r="BF28" s="14" t="n">
         <v>22.9</v>
       </c>
-      <c r="AZ28" s="14" t="n">
+      <c r="BG28" s="14" t="n">
         <v>151.6</v>
       </c>
-      <c r="BA28" s="14" t="n">
+      <c r="BH28" s="14" t="n">
         <v>137.4</v>
       </c>
-      <c r="BB28" s="14" t="n">
+      <c r="BI28" s="14" t="n">
         <v>124.2</v>
       </c>
-      <c r="BC28" s="14" t="n">
+      <c r="BJ28" s="14" t="n">
         <v>140.4</v>
       </c>
-      <c r="BD28" s="14" t="n">
+      <c r="BK28" s="14" t="n">
         <v>102.8</v>
       </c>
-      <c r="BE28" s="14" t="n">
+      <c r="BL28" s="14" t="n">
         <v>173.0</v>
       </c>
-      <c r="BF28" s="14" t="n">
+      <c r="BM28" s="14" t="n">
+        <v>164512.0</v>
+      </c>
+      <c r="BN28" s="14" t="n">
         <v>171604.8</v>
       </c>
-      <c r="BG28" s="14" t="n">
+      <c r="BO28" s="14" t="n">
         <v>102805.5</v>
       </c>
-      <c r="BH28" s="14" t="n">
+      <c r="BP28" s="14" t="n">
         <v>100546.7</v>
       </c>
-      <c r="BI28" s="14" t="n">
+      <c r="BQ28" s="14" t="n">
         <v>86162.7</v>
       </c>
-      <c r="BJ28" s="14" t="n">
+      <c r="BR28" s="14" t="n">
         <v>85229.5</v>
       </c>
-      <c r="BK28" s="14" t="n">
+      <c r="BS28" s="14" t="n">
         <v>96993.7</v>
       </c>
-      <c r="BL28" s="14" t="n">
+      <c r="BT28" s="14" t="n">
         <v>94748.8</v>
       </c>
-      <c r="BM28" s="14" t="n">
+      <c r="BU28" s="14" t="n">
         <v>88335.5</v>
       </c>
-      <c r="BN28" s="14" t="n">
+      <c r="BV28" s="14" t="n">
+        <v>6399.9</v>
+      </c>
+      <c r="BW28" s="14" t="n">
         <v>6949.9</v>
       </c>
-      <c r="BO28" s="14" t="n">
+      <c r="BX28" s="14" t="n">
         <v>6261.9</v>
       </c>
-      <c r="BP28" s="14" t="n">
+      <c r="BY28" s="14" t="n">
         <v>5729.1</v>
       </c>
-      <c r="BQ28" s="14" t="n">
+      <c r="BZ28" s="14" t="n">
         <v>4523.4</v>
       </c>
-      <c r="BR28" s="14" t="n">
+      <c r="CA28" s="14" t="n">
         <v>4253.9</v>
       </c>
-      <c r="BS28" s="14" t="n">
+      <c r="CB28" s="14" t="n">
         <v>4615.4</v>
       </c>
-      <c r="BT28" s="14" t="n">
+      <c r="CC28" s="14" t="n">
         <v>4610.7</v>
       </c>
-      <c r="BU28" s="14" t="n">
+      <c r="CD28" s="14" t="n">
         <v>5239.1</v>
       </c>
-      <c r="BV28" s="14" t="n">
+      <c r="CE28" s="14" t="n">
+        <v>8277.8</v>
+      </c>
+      <c r="CF28" s="14" t="n">
         <v>8478.7</v>
       </c>
-      <c r="BW28" s="14" t="n">
+      <c r="CG28" s="14" t="n">
         <v>8330.6</v>
       </c>
-      <c r="BX28" s="14" t="n">
+      <c r="CH28" s="14" t="n">
         <v>8578.6</v>
       </c>
-      <c r="BY28" s="14" t="n">
+      <c r="CI28" s="14" t="n">
         <v>7435.9</v>
       </c>
-      <c r="BZ28" s="14" t="n">
+      <c r="CJ28" s="14" t="n">
         <v>7687.8</v>
       </c>
-      <c r="CA28" s="14" t="n">
+      <c r="CK28" s="14" t="n">
         <v>9002.9</v>
       </c>
-      <c r="CB28" s="14" t="n">
+      <c r="CL28" s="14" t="n">
         <v>8191.7</v>
       </c>
-      <c r="CC28" s="14" t="n">
+      <c r="CM28" s="14" t="n">
         <v>7052.9</v>
       </c>
-      <c r="CD28" s="14" t="n">
+      <c r="CN28" s="14" t="n">
+        <v>40208.1</v>
+      </c>
+      <c r="CO28" s="14" t="n">
         <v>41453.7</v>
       </c>
-      <c r="CE28" s="14" t="n">
+      <c r="CP28" s="14" t="n">
         <v>43457.8</v>
       </c>
-      <c r="CF28" s="14" t="n">
+      <c r="CQ28" s="14" t="n">
         <v>44271.7</v>
       </c>
-      <c r="CG28" s="14" t="n">
+      <c r="CR28" s="14" t="n">
         <v>36373.2</v>
       </c>
-      <c r="CH28" s="14" t="n">
+      <c r="CS28" s="14" t="n">
         <v>35420.4</v>
       </c>
-      <c r="CI28" s="14" t="n">
+      <c r="CT28" s="14" t="n">
         <v>37585.9</v>
       </c>
-      <c r="CJ28" s="14" t="n">
+      <c r="CU28" s="14" t="n">
         <v>34998.8</v>
       </c>
-      <c r="CK28" s="14" t="n">
+      <c r="CV28" s="14" t="n">
         <v>30436.6</v>
       </c>
-      <c r="CL28" s="14" t="n">
+      <c r="CW28" s="14" t="n">
+        <v>6525.8</v>
+      </c>
+      <c r="CX28" s="14" t="n">
         <v>5988.0</v>
       </c>
-      <c r="CM28" s="14" t="n">
+      <c r="CY28" s="14" t="n">
         <v>5534.2</v>
       </c>
-      <c r="CN28" s="14" t="n">
+      <c r="CZ28" s="14" t="n">
         <v>5644.5</v>
       </c>
-      <c r="CO28" s="14" t="n">
+      <c r="DA28" s="14" t="n">
         <v>6210.8</v>
       </c>
-      <c r="CP28" s="14" t="n">
+      <c r="DB28" s="14" t="n">
         <v>5818.2</v>
       </c>
-      <c r="CQ28" s="14" t="n">
+      <c r="DC28" s="14" t="n">
         <v>6205.3</v>
       </c>
-      <c r="CR28" s="14" t="n">
+      <c r="DD28" s="14" t="n">
         <v>5520.1</v>
       </c>
-      <c r="CS28" s="14" t="n">
+      <c r="DE28" s="14" t="n">
         <v>4385.2</v>
       </c>
-      <c r="CT28" s="14" t="n">
+      <c r="DF28" s="14" t="n">
+        <v>727.1</v>
+      </c>
+      <c r="DG28" s="14" t="n">
         <v>746.0</v>
       </c>
-      <c r="CU28" s="14" t="n">
+      <c r="DH28" s="14" t="n">
         <v>709.8</v>
       </c>
-      <c r="CV28" s="14" t="n">
+      <c r="DI28" s="14" t="n">
         <v>707.0</v>
       </c>
-      <c r="CW28" s="14" t="n">
+      <c r="DJ28" s="14" t="n">
         <v>774.4</v>
       </c>
-      <c r="CX28" s="14" t="n">
+      <c r="DK28" s="14" t="n">
         <v>753.7</v>
       </c>
-      <c r="CY28" s="14" t="n">
+      <c r="DL28" s="14" t="n">
         <v>1540.8</v>
       </c>
-      <c r="CZ28" s="14" t="n">
+      <c r="DM28" s="14" t="n">
         <v>1542.6</v>
       </c>
-      <c r="DA28" s="14" t="n">
+      <c r="DN28" s="14" t="n">
         <v>638.6</v>
       </c>
-      <c r="DB28" s="14" t="n">
+      <c r="DO28" s="14" t="n">
+        <v>882.7</v>
+      </c>
+      <c r="DP28" s="14" t="n">
         <v>2650.3</v>
       </c>
-      <c r="DC28" s="14" t="n">
+      <c r="DQ28" s="14" t="n">
         <v>2307.4</v>
       </c>
-      <c r="DD28" s="14" t="n">
+      <c r="DR28" s="14" t="n">
         <v>2090.5</v>
       </c>
-      <c r="DE28" s="14" t="n">
+      <c r="DS28" s="14" t="n">
         <v>2025.4</v>
       </c>
-      <c r="DF28" s="14" t="n">
+      <c r="DT28" s="14" t="n">
         <v>1326.6</v>
       </c>
-      <c r="DG28" s="14" t="n">
+      <c r="DU28" s="14" t="n">
         <v>1450.7</v>
       </c>
-      <c r="DH28" s="14" t="n">
+      <c r="DV28" s="14" t="n">
         <v>1106.4</v>
       </c>
-      <c r="DI28" s="14" t="n">
+      <c r="DW28" s="14" t="n">
         <v>1217.0</v>
       </c>
-      <c r="DJ28" s="14" t="n">
+      <c r="DX28" s="14" t="n">
+        <v>408133.7</v>
+      </c>
+      <c r="DY28" s="14" t="n">
         <v>386103.5</v>
       </c>
-      <c r="DK28" s="14" t="n">
+      <c r="DZ28" s="14" t="n">
         <v>339659.3</v>
       </c>
-      <c r="DL28" s="14" t="n">
+      <c r="EA28" s="14" t="n">
         <v>266169.8</v>
       </c>
-      <c r="DM28" s="14" t="n">
+      <c r="EB28" s="14" t="n">
         <v>271500.2</v>
       </c>
-      <c r="DN28" s="14" t="n">
+      <c r="EC28" s="14" t="n">
         <v>212037.1</v>
       </c>
-      <c r="DO28" s="14" t="n">
+      <c r="ED28" s="14" t="n">
         <v>142317.3</v>
       </c>
-      <c r="DP28" s="14" t="n">
+      <c r="EE28" s="14" t="n">
         <v>148454.0</v>
       </c>
-      <c r="DQ28" s="14" t="n">
+      <c r="EF28" s="14" t="n">
         <v>84213.4</v>
       </c>
-      <c r="DR28" s="14" t="n">
+      <c r="EG28" s="14" t="n">
+        <v>29540.8</v>
+      </c>
+      <c r="EH28" s="14" t="n">
         <v>21661.3</v>
       </c>
-      <c r="DS28" s="14" t="n">
+      <c r="EI28" s="14" t="n">
         <v>21927.9</v>
       </c>
-      <c r="DT28" s="14" t="n">
+      <c r="EJ28" s="14" t="n">
         <v>22787.9</v>
       </c>
-      <c r="DU28" s="14" t="n">
+      <c r="EK28" s="14" t="n">
         <v>24746.8</v>
       </c>
-      <c r="DV28" s="14" t="n">
+      <c r="EL28" s="14" t="n">
         <v>22680.0</v>
       </c>
-      <c r="DW28" s="14" t="n">
+      <c r="EM28" s="14" t="n">
         <v>20766.2</v>
       </c>
-      <c r="DX28" s="14" t="n">
+      <c r="EN28" s="14" t="n">
         <v>39685.0</v>
       </c>
-      <c r="DY28" s="14" t="n">
+      <c r="EO28" s="14" t="n">
         <v>39297.6</v>
       </c>
-      <c r="DZ28" s="14" t="n">
+      <c r="EP28" s="14" t="n">
+        <v>237828.3</v>
+      </c>
+      <c r="EQ28" s="14" t="n">
         <v>265950.6</v>
       </c>
-      <c r="EA28" s="14" t="n">
+      <c r="ER28" s="14" t="n">
         <v>231653.8</v>
       </c>
-      <c r="EB28" s="14" t="n">
+      <c r="ES28" s="14" t="n">
         <v>206862.5</v>
       </c>
-      <c r="EC28" s="14" t="n">
+      <c r="ET28" s="14" t="n">
         <v>249516.3</v>
       </c>
-      <c r="ED28" s="14" t="n">
+      <c r="EU28" s="14" t="n">
         <v>222155.2</v>
       </c>
-      <c r="EE28" s="14" t="n">
+      <c r="EV28" s="14" t="n">
         <v>218587.2</v>
       </c>
-      <c r="EF28" s="14" t="n">
+      <c r="EW28" s="14" t="n">
         <v>161251.9</v>
       </c>
-      <c r="EG28" s="14" t="n">
+      <c r="EX28" s="14" t="n">
         <v>155453.2</v>
       </c>
-      <c r="EH28" s="14" t="n">
+      <c r="EY28" s="14" t="n">
+        <v>13631.0</v>
+      </c>
+      <c r="EZ28" s="14" t="n">
         <v>11197.4</v>
       </c>
-      <c r="EI28" s="14" t="n">
+      <c r="FA28" s="14" t="n">
         <v>10731.8</v>
       </c>
-      <c r="EJ28" s="14" t="n">
+      <c r="FB28" s="14" t="n">
         <v>22168.5</v>
       </c>
-      <c r="EK28" s="14" t="n">
+      <c r="FC28" s="14" t="n">
         <v>22969.3</v>
       </c>
-      <c r="EL28" s="14" t="n">
+      <c r="FD28" s="14" t="n">
         <v>7995.0</v>
       </c>
-      <c r="EM28" s="14" t="n">
+      <c r="FE28" s="14" t="n">
         <v>7789.8</v>
       </c>
-      <c r="EN28" s="14" t="n">
+      <c r="FF28" s="14" t="n">
         <v>17028.7</v>
       </c>
-      <c r="EO28" s="14" t="n">
+      <c r="FG28" s="14" t="n">
         <v>16630.4</v>
       </c>
-      <c r="EP28" s="14" t="n">
+      <c r="FH28" s="14" t="n">
+        <v>26840.1</v>
+      </c>
+      <c r="FI28" s="14" t="n">
         <v>21888.6</v>
       </c>
-      <c r="EQ28" s="14" t="n">
+      <c r="FJ28" s="14" t="n">
         <v>21253.5</v>
       </c>
-      <c r="ER28" s="14" t="n">
+      <c r="FK28" s="14" t="n">
         <v>34164.2</v>
       </c>
-      <c r="ES28" s="14" t="n">
+      <c r="FL28" s="14" t="n">
         <v>33491.2</v>
       </c>
-      <c r="ET28" s="14" t="n">
+      <c r="FM28" s="14" t="n">
         <v>36258.7</v>
       </c>
-      <c r="EU28" s="14" t="n">
+      <c r="FN28" s="14" t="n">
         <v>35166.0</v>
       </c>
-      <c r="EV28" s="14" t="n">
+      <c r="FO28" s="14" t="n">
         <v>39052.5</v>
       </c>
-      <c r="EW28" s="14" t="n">
+      <c r="FP28" s="14" t="n">
         <v>37516.5</v>
       </c>
-      <c r="EX28" s="14" t="n">
-[...2 lines deleted...]
-      <c r="EY28" s="14" t="n">
+      <c r="FQ28" s="14" t="n">
+        <v>24766.7</v>
+      </c>
+      <c r="FR28" s="14" t="n">
+        <v>36432.7</v>
+      </c>
+      <c r="FS28" s="14" t="n">
         <v>20679.8</v>
       </c>
-      <c r="EZ28" s="14" t="n">
+      <c r="FT28" s="14" t="n">
         <v>8712.8</v>
       </c>
-      <c r="FA28" s="14" t="n">
+      <c r="FU28" s="14" t="n">
         <v>39506.5</v>
       </c>
-      <c r="FB28" s="14" t="n">
+      <c r="FV28" s="14" t="n">
         <v>24050.4</v>
       </c>
-      <c r="FC28" s="14" t="n">
+      <c r="FW28" s="14" t="n">
         <v>24571.2</v>
       </c>
-      <c r="FD28" s="14" t="n">
+      <c r="FX28" s="14" t="n">
         <v>25119.1</v>
       </c>
-      <c r="FE28" s="14" t="n">
+      <c r="FY28" s="14" t="n">
         <v>39453.0</v>
       </c>
-      <c r="FF28" s="14" t="n">
-[...2 lines deleted...]
-      <c r="FG28" s="14" t="n">
+      <c r="FZ28" s="14" t="n">
+        <v>1112575.4</v>
+      </c>
+      <c r="GA28" s="14" t="n">
+        <v>1134281.2</v>
+      </c>
+      <c r="GB28" s="14" t="n">
         <v>961254.7</v>
       </c>
-      <c r="FH28" s="14" t="n">
+      <c r="GC28" s="14" t="n">
         <v>871265.7</v>
       </c>
-      <c r="FI28" s="14" t="n">
+      <c r="GD28" s="14" t="n">
         <v>933274.0</v>
       </c>
-      <c r="FJ28" s="14" t="n">
+      <c r="GE28" s="14" t="n">
         <v>815281.8</v>
       </c>
-      <c r="FK28" s="14" t="n">
+      <c r="GF28" s="14" t="n">
         <v>758447.4</v>
       </c>
-      <c r="FL28" s="14" t="n">
+      <c r="GG28" s="14" t="n">
         <v>731063.9</v>
       </c>
-      <c r="FM28" s="14" t="n">
+      <c r="GH28" s="14" t="n">
         <v>669243.3</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="6" t="inlineStr">
         <is>
           <t>07.5 Wood waste NP</t>
         </is>
       </c>
       <c r="B29" s="14" t="n">
+        <v>19601.3</v>
+      </c>
+      <c r="C29" s="14" t="n">
         <v>21016.9</v>
       </c>
-      <c r="C29" s="14" t="n">
+      <c r="D29" s="14" t="n">
         <v>22018.9</v>
       </c>
-      <c r="D29" s="14" t="n">
+      <c r="E29" s="14" t="n">
         <v>20316.7</v>
       </c>
-      <c r="E29" s="14" t="n">
+      <c r="F29" s="14" t="n">
         <v>21279.5</v>
       </c>
-      <c r="F29" s="14" t="n">
+      <c r="G29" s="14" t="n">
         <v>20197.8</v>
       </c>
-      <c r="G29" s="14" t="n">
+      <c r="H29" s="14" t="n">
         <v>19388.0</v>
       </c>
-      <c r="H29" s="14" t="n">
+      <c r="I29" s="14" t="n">
         <v>19900.2</v>
       </c>
-      <c r="I29" s="14" t="n">
+      <c r="J29" s="14" t="n">
         <v>19551.1</v>
       </c>
-      <c r="J29" s="14" t="n">
+      <c r="K29" s="14" t="n">
+        <v>1249.7</v>
+      </c>
+      <c r="L29" s="14" t="n">
         <v>1169.0</v>
       </c>
-      <c r="K29" s="14" t="n">
+      <c r="M29" s="14" t="n">
         <v>1035.9</v>
       </c>
-      <c r="L29" s="14" t="n">
+      <c r="N29" s="14" t="n">
         <v>861.9</v>
       </c>
-      <c r="M29" s="14" t="n">
+      <c r="O29" s="14" t="n">
         <v>463.8</v>
       </c>
-      <c r="N29" s="14" t="n">
+      <c r="P29" s="14" t="n">
         <v>507.2</v>
       </c>
-      <c r="O29" s="14" t="n">
+      <c r="Q29" s="14" t="n">
         <v>627.1</v>
       </c>
-      <c r="P29" s="14" t="n">
+      <c r="R29" s="14" t="n">
         <v>575.2</v>
       </c>
-      <c r="Q29" s="14" t="n">
+      <c r="S29" s="14" t="n">
         <v>810.2</v>
       </c>
-      <c r="R29" s="14" t="n">
+      <c r="T29" s="14" t="n">
+        <v>24660.4</v>
+      </c>
+      <c r="U29" s="14" t="n">
         <v>25694.6</v>
       </c>
-      <c r="S29" s="14" t="n">
+      <c r="V29" s="14" t="n">
         <v>26752.4</v>
       </c>
-      <c r="T29" s="14" t="n">
+      <c r="W29" s="14" t="n">
         <v>25944.3</v>
       </c>
-      <c r="U29" s="14" t="n">
+      <c r="X29" s="14" t="n">
         <v>24618.3</v>
       </c>
-      <c r="V29" s="14" t="n">
+      <c r="Y29" s="14" t="n">
         <v>23686.2</v>
       </c>
-      <c r="W29" s="14" t="n">
+      <c r="Z29" s="14" t="n">
         <v>38925.2</v>
       </c>
-      <c r="X29" s="14" t="n">
+      <c r="AA29" s="14" t="n">
         <v>36279.7</v>
       </c>
-      <c r="Y29" s="14" t="n">
+      <c r="AB29" s="14" t="n">
         <v>67102.4</v>
       </c>
-      <c r="Z29" s="14" t="n">
+      <c r="AC29" s="14" t="n">
+        <v>3041.5</v>
+      </c>
+      <c r="AD29" s="14" t="n">
         <v>3538.0</v>
       </c>
-      <c r="AA29" s="14" t="n">
+      <c r="AE29" s="14" t="n">
         <v>3102.6</v>
       </c>
-      <c r="AB29" s="14" t="n">
+      <c r="AF29" s="14" t="n">
         <v>2902.3</v>
       </c>
-      <c r="AC29" s="14" t="n">
+      <c r="AG29" s="14" t="n">
         <v>2799.3</v>
       </c>
-      <c r="AD29" s="14" t="n">
+      <c r="AH29" s="14" t="n">
         <v>2822.4</v>
       </c>
-      <c r="AE29" s="14" t="n">
+      <c r="AI29" s="14" t="n">
         <v>4524.0</v>
       </c>
-      <c r="AF29" s="14" t="n">
+      <c r="AJ29" s="14" t="n">
         <v>4233.0</v>
       </c>
-      <c r="AG29" s="14" t="n">
+      <c r="AK29" s="14" t="n">
         <v>3416.5</v>
       </c>
-      <c r="AH29" s="14" t="n">
+      <c r="AL29" s="14" t="n">
+        <v>239396.2</v>
+      </c>
+      <c r="AM29" s="14" t="n">
         <v>267183.3</v>
       </c>
-      <c r="AI29" s="14" t="n">
+      <c r="AN29" s="14" t="n">
         <v>264973.0</v>
       </c>
-      <c r="AJ29" s="14" t="n">
+      <c r="AO29" s="14" t="n">
         <v>245039.7</v>
       </c>
-      <c r="AK29" s="14" t="n">
+      <c r="AP29" s="14" t="n">
         <v>330796.4</v>
       </c>
-      <c r="AL29" s="14" t="n">
+      <c r="AQ29" s="14" t="n">
         <v>322814.0</v>
       </c>
-      <c r="AM29" s="14" t="n">
+      <c r="AR29" s="14" t="n">
         <v>310171.2</v>
       </c>
-      <c r="AN29" s="14" t="n">
+      <c r="AS29" s="14" t="n">
         <v>300760.1</v>
       </c>
-      <c r="AO29" s="14" t="n">
+      <c r="AT29" s="14" t="n">
         <v>322766.1</v>
       </c>
-      <c r="AP29" s="14" t="n">
+      <c r="AU29" s="14" t="n">
+        <v>39765.8</v>
+      </c>
+      <c r="AV29" s="14" t="n">
         <v>42277.8</v>
       </c>
-      <c r="AQ29" s="14" t="n">
+      <c r="AW29" s="14" t="n">
         <v>38143.3</v>
       </c>
-      <c r="AR29" s="14" t="n">
+      <c r="AX29" s="14" t="n">
         <v>37389.5</v>
       </c>
-      <c r="AS29" s="14" t="n">
+      <c r="AY29" s="14" t="n">
         <v>43981.4</v>
       </c>
-      <c r="AT29" s="14" t="n">
+      <c r="AZ29" s="14" t="n">
         <v>43738.3</v>
       </c>
-      <c r="AU29" s="14" t="n">
+      <c r="BA29" s="14" t="n">
         <v>54812.3</v>
       </c>
-      <c r="AV29" s="14" t="n">
+      <c r="BB29" s="14" t="n">
         <v>51452.8</v>
       </c>
-      <c r="AW29" s="14" t="n">
+      <c r="BC29" s="14" t="n">
         <v>49184.0</v>
       </c>
-      <c r="AX29" s="14" t="n">
+      <c r="BD29" s="14" t="n">
+        <v>921.0</v>
+      </c>
+      <c r="BE29" s="14" t="n">
         <v>979.2</v>
       </c>
-      <c r="AY29" s="14" t="n">
+      <c r="BF29" s="14" t="n">
         <v>949.0</v>
       </c>
-      <c r="AZ29" s="14" t="n">
+      <c r="BG29" s="14" t="n">
         <v>951.4</v>
       </c>
-      <c r="BA29" s="14" t="n">
+      <c r="BH29" s="14" t="n">
         <v>1150.0</v>
       </c>
-      <c r="BB29" s="14" t="n">
+      <c r="BI29" s="14" t="n">
         <v>1445.9</v>
       </c>
-      <c r="BC29" s="14" t="n">
+      <c r="BJ29" s="14" t="n">
         <v>965.2</v>
       </c>
-      <c r="BD29" s="14" t="n">
+      <c r="BK29" s="14" t="n">
         <v>1015.0</v>
       </c>
-      <c r="BE29" s="14" t="n">
+      <c r="BL29" s="14" t="n">
         <v>1045.2</v>
       </c>
-      <c r="BF29" s="14" t="n">
+      <c r="BM29" s="14" t="n">
+        <v>40310.7</v>
+      </c>
+      <c r="BN29" s="14" t="n">
         <v>42048.7</v>
       </c>
-      <c r="BG29" s="14" t="n">
+      <c r="BO29" s="14" t="n">
         <v>42861.5</v>
       </c>
-      <c r="BH29" s="14" t="n">
+      <c r="BP29" s="14" t="n">
         <v>41919.7</v>
       </c>
-      <c r="BI29" s="14" t="n">
+      <c r="BQ29" s="14" t="n">
         <v>36280.2</v>
       </c>
-      <c r="BJ29" s="14" t="n">
+      <c r="BR29" s="14" t="n">
         <v>35887.2</v>
       </c>
-      <c r="BK29" s="14" t="n">
+      <c r="BS29" s="14" t="n">
         <v>34390.9</v>
       </c>
-      <c r="BL29" s="14" t="n">
+      <c r="BT29" s="14" t="n">
         <v>35652.2</v>
       </c>
-      <c r="BM29" s="14" t="n">
+      <c r="BU29" s="14" t="n">
         <v>29076.0</v>
       </c>
-      <c r="BN29" s="14" t="n">
+      <c r="BV29" s="14" t="n">
+        <v>15171.5</v>
+      </c>
+      <c r="BW29" s="14" t="n">
         <v>16475.4</v>
       </c>
-      <c r="BO29" s="14" t="n">
+      <c r="BX29" s="14" t="n">
         <v>13086.9</v>
       </c>
-      <c r="BP29" s="14" t="n">
+      <c r="BY29" s="14" t="n">
         <v>11973.4</v>
       </c>
-      <c r="BQ29" s="14" t="n">
+      <c r="BZ29" s="14" t="n">
         <v>12971.3</v>
       </c>
-      <c r="BR29" s="14" t="n">
+      <c r="CA29" s="14" t="n">
         <v>12198.4</v>
       </c>
-      <c r="BS29" s="14" t="n">
+      <c r="CB29" s="14" t="n">
         <v>9817.2</v>
       </c>
-      <c r="BT29" s="14" t="n">
+      <c r="CC29" s="14" t="n">
         <v>9807.1</v>
       </c>
-      <c r="BU29" s="14" t="n">
+      <c r="CD29" s="14" t="n">
         <v>7618.4</v>
       </c>
-      <c r="BV29" s="14" t="n">
+      <c r="CE29" s="14" t="n">
+        <v>28359.6</v>
+      </c>
+      <c r="CF29" s="14" t="n">
         <v>29048.1</v>
       </c>
-      <c r="BW29" s="14" t="n">
+      <c r="CG29" s="14" t="n">
         <v>25331.5</v>
       </c>
-      <c r="BX29" s="14" t="n">
+      <c r="CH29" s="14" t="n">
         <v>26085.6</v>
       </c>
-      <c r="BY29" s="14" t="n">
+      <c r="CI29" s="14" t="n">
         <v>24296.1</v>
       </c>
-      <c r="BZ29" s="14" t="n">
+      <c r="CJ29" s="14" t="n">
         <v>25119.2</v>
       </c>
-      <c r="CA29" s="14" t="n">
+      <c r="CK29" s="14" t="n">
         <v>25025.7</v>
       </c>
-      <c r="CB29" s="14" t="n">
+      <c r="CL29" s="14" t="n">
         <v>22668.5</v>
       </c>
-      <c r="CC29" s="14" t="n">
+      <c r="CM29" s="14" t="n">
         <v>22246.0</v>
       </c>
-      <c r="CD29" s="14" t="n">
+      <c r="CN29" s="14" t="n">
+        <v>64383.1</v>
+      </c>
+      <c r="CO29" s="14" t="n">
         <v>66377.6</v>
       </c>
-      <c r="CE29" s="14" t="n">
+      <c r="CP29" s="14" t="n">
         <v>65524.2</v>
       </c>
-      <c r="CF29" s="14" t="n">
+      <c r="CQ29" s="14" t="n">
         <v>66751.4</v>
       </c>
-      <c r="CG29" s="14" t="n">
+      <c r="CR29" s="14" t="n">
         <v>75351.8</v>
       </c>
-      <c r="CH29" s="14" t="n">
+      <c r="CS29" s="14" t="n">
         <v>73377.9</v>
       </c>
-      <c r="CI29" s="14" t="n">
+      <c r="CT29" s="14" t="n">
         <v>68811.6</v>
       </c>
-      <c r="CJ29" s="14" t="n">
+      <c r="CU29" s="14" t="n">
         <v>66903.8</v>
       </c>
-      <c r="CK29" s="14" t="n">
+      <c r="CV29" s="14" t="n">
         <v>67069.6</v>
       </c>
-      <c r="CL29" s="14" t="n">
+      <c r="CW29" s="14" t="n">
+        <v>69455.9</v>
+      </c>
+      <c r="CX29" s="14" t="n">
         <v>63732.4</v>
       </c>
-      <c r="CM29" s="14" t="n">
+      <c r="CY29" s="14" t="n">
         <v>53744.6</v>
       </c>
-      <c r="CN29" s="14" t="n">
+      <c r="CZ29" s="14" t="n">
         <v>54815.1</v>
       </c>
-      <c r="CO29" s="14" t="n">
+      <c r="DA29" s="14" t="n">
         <v>47636.8</v>
       </c>
-      <c r="CP29" s="14" t="n">
+      <c r="DB29" s="14" t="n">
         <v>44626.2</v>
       </c>
-      <c r="CQ29" s="14" t="n">
+      <c r="DC29" s="14" t="n">
         <v>61319.9</v>
       </c>
-      <c r="CR29" s="14" t="n">
+      <c r="DD29" s="14" t="n">
         <v>55042.9</v>
       </c>
-      <c r="CS29" s="14" t="n">
+      <c r="DE29" s="14" t="n">
         <v>62661.1</v>
       </c>
-      <c r="CT29" s="14" t="n">
+      <c r="DF29" s="14" t="n">
+        <v>744.6</v>
+      </c>
+      <c r="DG29" s="14" t="n">
         <v>763.9</v>
       </c>
-      <c r="CU29" s="14" t="n">
+      <c r="DH29" s="14" t="n">
         <v>915.0</v>
       </c>
-      <c r="CV29" s="14" t="n">
+      <c r="DI29" s="14" t="n">
         <v>911.4</v>
       </c>
-      <c r="CW29" s="14" t="n">
+      <c r="DJ29" s="14" t="n">
         <v>1170.0</v>
       </c>
-      <c r="CX29" s="14" t="n">
+      <c r="DK29" s="14" t="n">
         <v>1138.8</v>
       </c>
-      <c r="CY29" s="14" t="n">
+      <c r="DL29" s="14" t="n">
         <v>1557.2</v>
       </c>
-      <c r="CZ29" s="14" t="n">
+      <c r="DM29" s="14" t="n">
         <v>1559.0</v>
       </c>
-      <c r="DA29" s="14" t="n">
+      <c r="DN29" s="14" t="n">
         <v>3089.3</v>
       </c>
-      <c r="DB29" s="14" t="n">
+      <c r="DO29" s="14" t="n">
+        <v>606.8</v>
+      </c>
+      <c r="DP29" s="14" t="n">
         <v>537.4</v>
       </c>
-      <c r="DC29" s="14" t="n">
+      <c r="DQ29" s="14" t="n">
         <v>662.8</v>
       </c>
-      <c r="DD29" s="14" t="n">
+      <c r="DR29" s="14" t="n">
         <v>278.5</v>
       </c>
-      <c r="DE29" s="14" t="n">
+      <c r="DS29" s="14" t="n">
         <v>1289.0</v>
       </c>
-      <c r="DF29" s="14" t="n">
+      <c r="DT29" s="14" t="n">
         <v>890.5</v>
       </c>
-      <c r="DG29" s="14" t="n">
+      <c r="DU29" s="14" t="n">
         <v>800.3</v>
       </c>
-      <c r="DH29" s="14" t="n">
+      <c r="DV29" s="14" t="n">
         <v>674.6</v>
       </c>
-      <c r="DI29" s="14" t="n">
+      <c r="DW29" s="14" t="n">
         <v>1515.4</v>
       </c>
-      <c r="DJ29" s="14" t="n">
+      <c r="DX29" s="14" t="n">
+        <v>89744.8</v>
+      </c>
+      <c r="DY29" s="14" t="n">
         <v>69354.3</v>
       </c>
-      <c r="DK29" s="14" t="n">
+      <c r="DZ29" s="14" t="n">
         <v>76686.5</v>
       </c>
-      <c r="DL29" s="14" t="n">
+      <c r="EA29" s="14" t="n">
         <v>62152.9</v>
       </c>
-      <c r="DM29" s="14" t="n">
+      <c r="EB29" s="14" t="n">
         <v>54637.0</v>
       </c>
-      <c r="DN29" s="14" t="n">
+      <c r="EC29" s="14" t="n">
         <v>46403.8</v>
       </c>
-      <c r="DO29" s="14" t="n">
+      <c r="ED29" s="14" t="n">
         <v>43222.3</v>
       </c>
-      <c r="DP29" s="14" t="n">
+      <c r="EE29" s="14" t="n">
         <v>44225.0</v>
       </c>
-      <c r="DQ29" s="14" t="n">
+      <c r="EF29" s="14" t="n">
         <v>90217.7</v>
       </c>
-      <c r="DR29" s="14" t="n">
+      <c r="EG29" s="14" t="n">
+        <v>106464.8</v>
+      </c>
+      <c r="EH29" s="14" t="n">
         <v>100700.2</v>
       </c>
-      <c r="DS29" s="14" t="n">
+      <c r="EI29" s="14" t="n">
         <v>99548.2</v>
       </c>
-      <c r="DT29" s="14" t="n">
+      <c r="EJ29" s="14" t="n">
         <v>65754.2</v>
       </c>
-      <c r="DU29" s="14" t="n">
+      <c r="EK29" s="14" t="n">
         <v>71903.6</v>
       </c>
-      <c r="DV29" s="14" t="n">
+      <c r="EL29" s="14" t="n">
         <v>144109.6</v>
       </c>
-      <c r="DW29" s="14" t="n">
+      <c r="EM29" s="14" t="n">
         <v>130551.9</v>
       </c>
-      <c r="DX29" s="14" t="n">
+      <c r="EN29" s="14" t="n">
         <v>141556.7</v>
       </c>
-      <c r="DY29" s="14" t="n">
+      <c r="EO29" s="14" t="n">
         <v>140327.3</v>
       </c>
-      <c r="DZ29" s="14" t="n">
+      <c r="EP29" s="14" t="n">
+        <v>161366.3</v>
+      </c>
+      <c r="EQ29" s="14" t="n">
         <v>159052.1</v>
       </c>
-      <c r="EA29" s="14" t="n">
+      <c r="ER29" s="14" t="n">
         <v>144741.9</v>
       </c>
-      <c r="EB29" s="14" t="n">
+      <c r="ES29" s="14" t="n">
         <v>156181.6</v>
       </c>
-      <c r="EC29" s="14" t="n">
+      <c r="ET29" s="14" t="n">
         <v>174304.5</v>
       </c>
-      <c r="ED29" s="14" t="n">
+      <c r="EU29" s="14" t="n">
         <v>162579.6</v>
       </c>
-      <c r="EE29" s="14" t="n">
+      <c r="EV29" s="14" t="n">
         <v>161054.7</v>
       </c>
-      <c r="EF29" s="14" t="n">
+      <c r="EW29" s="14" t="n">
         <v>105913.6</v>
       </c>
-      <c r="EG29" s="14" t="n">
+      <c r="EX29" s="14" t="n">
         <v>103125.6</v>
       </c>
-      <c r="EH29" s="14" t="n">
+      <c r="EY29" s="14" t="n">
+        <v>5657.4</v>
+      </c>
+      <c r="EZ29" s="14" t="n">
         <v>9499.8</v>
       </c>
-      <c r="EI29" s="14" t="n">
+      <c r="FA29" s="14" t="n">
         <v>9029.3</v>
       </c>
-      <c r="EJ29" s="14" t="n">
+      <c r="FB29" s="14" t="n">
         <v>19011.6</v>
       </c>
-      <c r="EK29" s="14" t="n">
+      <c r="FC29" s="14" t="n">
         <v>19707.6</v>
       </c>
-      <c r="EL29" s="14" t="n">
+      <c r="FD29" s="14" t="n">
         <v>13122.2</v>
       </c>
-      <c r="EM29" s="14" t="n">
+      <c r="FE29" s="14" t="n">
         <v>12557.9</v>
       </c>
-      <c r="EN29" s="14" t="n">
+      <c r="FF29" s="14" t="n">
         <v>70305.1</v>
       </c>
-      <c r="EO29" s="14" t="n">
+      <c r="FG29" s="14" t="n">
         <v>68519.7</v>
       </c>
-      <c r="EP29" s="14" t="n">
+      <c r="FH29" s="14" t="n">
+        <v>4649.6</v>
+      </c>
+      <c r="FI29" s="14" t="n">
         <v>4117.4</v>
       </c>
-      <c r="EQ29" s="14" t="n">
+      <c r="FJ29" s="14" t="n">
         <v>4041.5</v>
       </c>
-      <c r="ER29" s="14" t="n">
+      <c r="FK29" s="14" t="n">
         <v>4414.0</v>
       </c>
-      <c r="ES29" s="14" t="n">
+      <c r="FL29" s="14" t="n">
         <v>3684.8</v>
       </c>
-      <c r="ET29" s="14" t="n">
+      <c r="FM29" s="14" t="n">
         <v>4044.2</v>
       </c>
-      <c r="EU29" s="14" t="n">
+      <c r="FN29" s="14" t="n">
         <v>3978.3</v>
       </c>
-      <c r="EV29" s="14" t="n">
+      <c r="FO29" s="14" t="n">
         <v>4510.6</v>
       </c>
-      <c r="EW29" s="14" t="n">
+      <c r="FP29" s="14" t="n">
         <v>4387.8</v>
       </c>
-      <c r="EX29" s="14" t="n">
-[...5 lines deleted...]
-      <c r="EZ29" s="14" t="n">
+      <c r="FQ29" s="14" t="n">
+        <v>131653.3</v>
+      </c>
+      <c r="FR29" s="14" t="n">
+        <v>136069.1</v>
+      </c>
+      <c r="FS29" s="14" t="n">
+        <v>142437.4</v>
+      </c>
+      <c r="FT29" s="14" t="n">
         <v>137532.5</v>
       </c>
-      <c r="FA29" s="14" t="n">
+      <c r="FU29" s="14" t="n">
         <v>139473.2</v>
       </c>
-      <c r="FB29" s="14" t="n">
+      <c r="FV29" s="14" t="n">
         <v>136153.2</v>
       </c>
-      <c r="FC29" s="14" t="n">
+      <c r="FW29" s="14" t="n">
         <v>189733.4</v>
       </c>
-      <c r="FD29" s="14" t="n">
+      <c r="FX29" s="14" t="n">
         <v>95080.7</v>
       </c>
-      <c r="FE29" s="14" t="n">
+      <c r="FY29" s="14" t="n">
         <v>87764.9</v>
       </c>
-      <c r="FF29" s="14" t="n">
-[...5 lines deleted...]
-      <c r="FH29" s="14" t="n">
+      <c r="FZ29" s="14" t="n">
+        <v>1047204.3</v>
+      </c>
+      <c r="GA29" s="14" t="n">
+        <v>1059635.2</v>
+      </c>
+      <c r="GB29" s="14" t="n">
+        <v>1035586.4</v>
+      </c>
+      <c r="GC29" s="14" t="n">
         <v>981187.7</v>
       </c>
-      <c r="FI29" s="14" t="n">
+      <c r="GD29" s="14" t="n">
         <v>1087794.6</v>
       </c>
-      <c r="FJ29" s="14" t="n">
+      <c r="GE29" s="14" t="n">
         <v>1114862.6</v>
       </c>
-      <c r="FK29" s="14" t="n">
+      <c r="GF29" s="14" t="n">
         <v>1172234.3</v>
       </c>
-      <c r="FL29" s="14" t="n">
+      <c r="GG29" s="14" t="n">
         <v>1068115.8</v>
       </c>
-      <c r="FM29" s="14" t="n">
+      <c r="GH29" s="14" t="n">
         <v>1151494.3</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="6" t="inlineStr">
         <is>
           <t>07.5 Wood waste P</t>
         </is>
       </c>
       <c r="B30" s="14" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="C30" s="14" t="n">
         <v>1.3</v>
       </c>
-      <c r="C30" s="14" t="n">
+      <c r="D30" s="14" t="n">
         <v>1.8</v>
       </c>
-      <c r="D30" s="14" t="n">
+      <c r="E30" s="14" t="n">
         <v>1.9</v>
       </c>
-      <c r="E30" s="14" t="n">
+      <c r="F30" s="14" t="n">
         <v>1.6</v>
       </c>
-      <c r="F30" s="14" t="n">
+      <c r="G30" s="14" t="n">
         <v>2.0</v>
       </c>
-      <c r="G30" s="14" t="n">
+      <c r="H30" s="14" t="n">
         <v>1.6</v>
       </c>
-      <c r="H30" s="14" t="n">
+      <c r="I30" s="14" t="n">
         <v>1.7</v>
       </c>
-      <c r="I30" s="14" t="n">
+      <c r="J30" s="14" t="n">
         <v>1.6</v>
       </c>
-      <c r="J30" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="K30" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="L30" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="M30" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N30" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="O30" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
@@ -13270,2811 +14836,3142 @@
       <c r="AC30" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AD30" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AE30" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AF30" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AG30" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AH30" s="14" t="n">
+      <c r="AH30" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AI30" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AJ30" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AK30" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AL30" s="14" t="n">
+        <v>70.3</v>
+      </c>
+      <c r="AM30" s="14" t="n">
         <v>78.5</v>
       </c>
-      <c r="AI30" s="13" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AK30" s="14" t="n">
+      <c r="AN30" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AO30" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AP30" s="14" t="n">
         <v>9.4</v>
       </c>
-      <c r="AL30" s="14" t="n">
+      <c r="AQ30" s="14" t="n">
         <v>9.1</v>
       </c>
-      <c r="AM30" s="14" t="n">
+      <c r="AR30" s="14" t="n">
         <v>61.6</v>
       </c>
-      <c r="AN30" s="14" t="n">
+      <c r="AS30" s="14" t="n">
         <v>18.8</v>
       </c>
-      <c r="AO30" s="14" t="n">
+      <c r="AT30" s="14" t="n">
         <v>72.7</v>
       </c>
-      <c r="AP30" s="14" t="n">
+      <c r="AU30" s="14" t="n">
         <v>0.2</v>
       </c>
-      <c r="AQ30" s="13" t="inlineStr">
-[...19 lines deleted...]
-      <c r="AU30" s="14" t="n">
+      <c r="AV30" s="14" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="AW30" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AX30" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AY30" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AZ30" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BA30" s="14" t="n">
         <v>85.8</v>
       </c>
-      <c r="AV30" s="13" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AW30" s="14" t="n">
+      <c r="BB30" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BC30" s="14" t="n">
         <v>51.0</v>
       </c>
-      <c r="AX30" s="13" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AZ30" s="14" t="n">
+      <c r="BD30" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BE30" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BF30" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BG30" s="14" t="n">
         <v>1.1</v>
       </c>
-      <c r="BA30" s="13" t="inlineStr">
-[...4 lines deleted...]
-      <c r="BB30" s="14" t="n">
+      <c r="BH30" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BI30" s="14" t="n">
         <v>1.4</v>
       </c>
-      <c r="BC30" s="14" t="n">
+      <c r="BJ30" s="14" t="n">
         <v>2.5</v>
       </c>
-      <c r="BD30" s="13" t="inlineStr">
-[...4 lines deleted...]
-      <c r="BE30" s="14" t="n">
+      <c r="BK30" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BL30" s="14" t="n">
         <v>0.3</v>
       </c>
-      <c r="BF30" s="14" t="n">
+      <c r="BM30" s="14" t="n">
+        <v>8.7</v>
+      </c>
+      <c r="BN30" s="14" t="n">
         <v>9.1</v>
       </c>
-      <c r="BG30" s="14" t="n">
+      <c r="BO30" s="14" t="n">
         <v>9.2</v>
       </c>
-      <c r="BH30" s="14" t="n">
+      <c r="BP30" s="14" t="n">
         <v>9.0</v>
       </c>
-      <c r="BI30" s="14" t="n">
+      <c r="BQ30" s="14" t="n">
         <v>37.5</v>
       </c>
-      <c r="BJ30" s="14" t="n">
+      <c r="BR30" s="14" t="n">
         <v>37.1</v>
       </c>
-      <c r="BK30" s="14" t="n">
+      <c r="BS30" s="14" t="n">
         <v>28.4</v>
       </c>
-      <c r="BL30" s="14" t="n">
+      <c r="BT30" s="14" t="n">
         <v>29.7</v>
       </c>
-      <c r="BM30" s="14" t="n">
+      <c r="BU30" s="14" t="n">
         <v>31.7</v>
       </c>
-      <c r="BN30" s="13" t="inlineStr">
-[...24 lines deleted...]
-      <c r="BS30" s="14" t="n">
+      <c r="BV30" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BW30" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BX30" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BY30" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BZ30" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CA30" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CB30" s="14" t="n">
         <v>5.3</v>
       </c>
-      <c r="BT30" s="14" t="n">
+      <c r="CC30" s="14" t="n">
         <v>5.3</v>
       </c>
-      <c r="BU30" s="13" t="inlineStr">
-[...4 lines deleted...]
-      <c r="BV30" s="14" t="n">
+      <c r="CD30" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CE30" s="14" t="n">
+        <v>34.3</v>
+      </c>
+      <c r="CF30" s="14" t="n">
         <v>35.1</v>
       </c>
-      <c r="BW30" s="14" t="n">
+      <c r="CG30" s="14" t="n">
         <v>17.6</v>
       </c>
-      <c r="BX30" s="14" t="n">
+      <c r="CH30" s="14" t="n">
         <v>18.1</v>
       </c>
-      <c r="BY30" s="14" t="n">
+      <c r="CI30" s="14" t="n">
         <v>56.6</v>
       </c>
-      <c r="BZ30" s="14" t="n">
+      <c r="CJ30" s="14" t="n">
         <v>58.5</v>
       </c>
-      <c r="CA30" s="14" t="n">
+      <c r="CK30" s="14" t="n">
         <v>76.6</v>
       </c>
-      <c r="CB30" s="14" t="n">
+      <c r="CL30" s="14" t="n">
         <v>61.6</v>
       </c>
-      <c r="CC30" s="14" t="n">
+      <c r="CM30" s="14" t="n">
         <v>32.0</v>
       </c>
-      <c r="CD30" s="14" t="n">
+      <c r="CN30" s="14" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="CO30" s="14" t="n">
         <v>0.6</v>
       </c>
-      <c r="CE30" s="14" t="n">
+      <c r="CP30" s="14" t="n">
         <v>0.3</v>
       </c>
-      <c r="CF30" s="14" t="n">
+      <c r="CQ30" s="14" t="n">
         <v>0.3</v>
       </c>
-      <c r="CG30" s="13" t="inlineStr">
-[...9 lines deleted...]
-      <c r="CI30" s="14" t="n">
+      <c r="CR30" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CS30" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CT30" s="14" t="n">
         <v>7.8</v>
       </c>
-      <c r="CJ30" s="14" t="n">
+      <c r="CU30" s="14" t="n">
         <v>0.5</v>
       </c>
-      <c r="CK30" s="14" t="n">
+      <c r="CV30" s="14" t="n">
         <v>0.3</v>
       </c>
-      <c r="CL30" s="14" t="n">
+      <c r="CW30" s="14" t="n">
+        <v>74.7</v>
+      </c>
+      <c r="CX30" s="14" t="n">
         <v>68.5</v>
       </c>
-      <c r="CM30" s="14" t="n">
+      <c r="CY30" s="14" t="n">
         <v>158.2</v>
       </c>
-      <c r="CN30" s="14" t="n">
+      <c r="CZ30" s="14" t="n">
         <v>161.3</v>
       </c>
-      <c r="CO30" s="14" t="n">
+      <c r="DA30" s="14" t="n">
         <v>82.6</v>
       </c>
-      <c r="CP30" s="14" t="n">
+      <c r="DB30" s="14" t="n">
         <v>77.4</v>
       </c>
-      <c r="CQ30" s="14" t="n">
+      <c r="DC30" s="14" t="n">
         <v>13.1</v>
       </c>
-      <c r="CR30" s="14" t="n">
+      <c r="DD30" s="14" t="n">
         <v>13.3</v>
       </c>
-      <c r="CS30" s="14" t="n">
+      <c r="DE30" s="14" t="n">
         <v>58.2</v>
       </c>
-      <c r="CT30" s="14" t="n">
+      <c r="DF30" s="14" t="n">
+        <v>217.8</v>
+      </c>
+      <c r="DG30" s="14" t="n">
         <v>223.5</v>
       </c>
-      <c r="CU30" s="14" t="n">
+      <c r="DH30" s="14" t="n">
         <v>548.7</v>
       </c>
-      <c r="CV30" s="14" t="n">
+      <c r="DI30" s="14" t="n">
         <v>546.5</v>
       </c>
-      <c r="CW30" s="14" t="n">
+      <c r="DJ30" s="14" t="n">
         <v>599.2</v>
       </c>
-      <c r="CX30" s="14" t="n">
+      <c r="DK30" s="14" t="n">
         <v>583.3</v>
       </c>
-      <c r="CY30" s="14" t="n">
+      <c r="DL30" s="14" t="n">
         <v>590.7</v>
       </c>
-      <c r="CZ30" s="14" t="n">
+      <c r="DM30" s="14" t="n">
         <v>591.4</v>
       </c>
-      <c r="DA30" s="14" t="n">
+      <c r="DN30" s="14" t="n">
         <v>515.5</v>
       </c>
-      <c r="DB30" s="14" t="n">
+      <c r="DO30" s="14" t="n">
+        <v>29.7</v>
+      </c>
+      <c r="DP30" s="14" t="n">
         <v>3.0</v>
       </c>
-      <c r="DC30" s="14" t="n">
+      <c r="DQ30" s="14" t="n">
         <v>10.4</v>
       </c>
-      <c r="DD30" s="14" t="n">
+      <c r="DR30" s="14" t="n">
         <v>12.7</v>
       </c>
-      <c r="DE30" s="14" t="n">
+      <c r="DS30" s="14" t="n">
         <v>2.3</v>
       </c>
-      <c r="DF30" s="14" t="n">
+      <c r="DT30" s="14" t="n">
         <v>26.6</v>
       </c>
-      <c r="DG30" s="14" t="n">
+      <c r="DU30" s="14" t="n">
         <v>41.7</v>
       </c>
-      <c r="DH30" s="14" t="n">
+      <c r="DV30" s="14" t="n">
         <v>34.7</v>
       </c>
-      <c r="DI30" s="13" t="inlineStr">
-[...4 lines deleted...]
-      <c r="DJ30" s="14" t="n">
+      <c r="DW30" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DX30" s="14" t="n">
+        <v>106.7</v>
+      </c>
+      <c r="DY30" s="14" t="n">
         <v>51.6</v>
       </c>
-      <c r="DK30" s="14" t="n">
+      <c r="DZ30" s="14" t="n">
         <v>25.0</v>
       </c>
-      <c r="DL30" s="14" t="n">
+      <c r="EA30" s="14" t="n">
         <v>74.4</v>
       </c>
-      <c r="DM30" s="14" t="n">
+      <c r="EB30" s="14" t="n">
         <v>95.2</v>
       </c>
-      <c r="DN30" s="14" t="n">
+      <c r="EC30" s="14" t="n">
         <v>59.7</v>
       </c>
-      <c r="DO30" s="14" t="n">
+      <c r="ED30" s="14" t="n">
         <v>27.5</v>
       </c>
-      <c r="DP30" s="14" t="n">
+      <c r="EE30" s="14" t="n">
         <v>26.0</v>
       </c>
-      <c r="DQ30" s="14" t="n">
+      <c r="EF30" s="14" t="n">
         <v>0.2</v>
       </c>
-      <c r="DR30" s="14" t="n">
+      <c r="EG30" s="14" t="n">
+        <v>41.7</v>
+      </c>
+      <c r="EH30" s="14" t="n">
         <v>9.4</v>
       </c>
-      <c r="DS30" s="14" t="n">
+      <c r="EI30" s="14" t="n">
         <v>9.4</v>
       </c>
-      <c r="DT30" s="14" t="n">
+      <c r="EJ30" s="14" t="n">
         <v>3.7</v>
       </c>
-      <c r="DU30" s="14" t="n">
+      <c r="EK30" s="14" t="n">
         <v>3.9</v>
       </c>
-      <c r="DV30" s="13" t="inlineStr">
-[...9 lines deleted...]
-      <c r="DX30" s="14" t="n">
+      <c r="EL30" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EM30" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EN30" s="14" t="n">
         <v>0.1</v>
       </c>
-      <c r="DY30" s="14" t="n">
+      <c r="EO30" s="14" t="n">
         <v>0.1</v>
       </c>
-      <c r="DZ30" s="14" t="n">
+      <c r="EP30" s="14" t="n">
+        <v>315.4</v>
+      </c>
+      <c r="EQ30" s="14" t="n">
         <v>4.1</v>
       </c>
-      <c r="EA30" s="14" t="n">
+      <c r="ER30" s="14" t="n">
         <v>3.8</v>
       </c>
-      <c r="EB30" s="14" t="n">
+      <c r="ES30" s="14" t="n">
         <v>28.9</v>
       </c>
-      <c r="EC30" s="14" t="n">
+      <c r="ET30" s="14" t="n">
         <v>31.9</v>
       </c>
-      <c r="ED30" s="14" t="n">
+      <c r="EU30" s="14" t="n">
         <v>142.4</v>
       </c>
-      <c r="EE30" s="14" t="n">
+      <c r="EV30" s="14" t="n">
         <v>140.9</v>
       </c>
-      <c r="EF30" s="14" t="n">
+      <c r="EW30" s="14" t="n">
         <v>719.0</v>
       </c>
-      <c r="EG30" s="14" t="n">
+      <c r="EX30" s="14" t="n">
         <v>718.0</v>
       </c>
-      <c r="EH30" s="14" t="n">
+      <c r="EY30" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EZ30" s="14" t="n">
         <v>0.4</v>
       </c>
-      <c r="EI30" s="14" t="n">
+      <c r="FA30" s="14" t="n">
         <v>0.4</v>
       </c>
-      <c r="EJ30" s="14" t="n">
+      <c r="FB30" s="14" t="n">
         <v>5.8</v>
       </c>
-      <c r="EK30" s="14" t="n">
+      <c r="FC30" s="14" t="n">
         <v>5.6</v>
       </c>
-      <c r="EL30" s="14" t="n">
+      <c r="FD30" s="14" t="n">
         <v>1.3</v>
       </c>
-      <c r="EM30" s="14" t="n">
+      <c r="FE30" s="14" t="n">
         <v>1.2</v>
       </c>
-      <c r="EN30" s="14" t="n">
+      <c r="FF30" s="14" t="n">
         <v>0.3</v>
       </c>
-      <c r="EO30" s="14" t="n">
+      <c r="FG30" s="14" t="n">
         <v>0.2</v>
       </c>
-      <c r="EP30" s="13" t="inlineStr">
-[...9 lines deleted...]
-      <c r="ER30" s="14" t="n">
+      <c r="FH30" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FI30" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FJ30" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FK30" s="14" t="n">
         <v>18.8</v>
       </c>
-      <c r="ES30" s="14" t="n">
+      <c r="FL30" s="14" t="n">
         <v>18.4</v>
       </c>
-      <c r="ET30" s="14" t="n">
+      <c r="FM30" s="14" t="n">
         <v>0.6</v>
       </c>
-      <c r="EU30" s="14" t="n">
+      <c r="FN30" s="14" t="n">
         <v>0.3</v>
       </c>
-      <c r="EV30" s="14" t="n">
+      <c r="FO30" s="14" t="n">
         <v>2.6</v>
       </c>
-      <c r="EW30" s="14" t="n">
+      <c r="FP30" s="14" t="n">
         <v>2.5</v>
       </c>
-      <c r="EX30" s="13" t="inlineStr">
-[...39 lines deleted...]
-      <c r="FF30" s="14" t="n">
+      <c r="FQ30" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FR30" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FS30" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FT30" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FU30" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FV30" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FW30" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FX30" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FY30" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FZ30" s="14" t="n">
+        <v>901.4</v>
+      </c>
+      <c r="GA30" s="14" t="n">
         <v>485.3</v>
       </c>
-      <c r="FG30" s="14" t="n">
+      <c r="GB30" s="14" t="n">
         <v>784.8</v>
       </c>
-      <c r="FH30" s="14" t="n">
+      <c r="GC30" s="14" t="n">
         <v>882.5</v>
       </c>
-      <c r="FI30" s="14" t="n">
+      <c r="GD30" s="14" t="n">
         <v>944.2</v>
       </c>
-      <c r="FJ30" s="14" t="n">
+      <c r="GE30" s="14" t="n">
         <v>999.4</v>
       </c>
-      <c r="FK30" s="14" t="n">
+      <c r="GF30" s="14" t="n">
         <v>1085.0</v>
       </c>
-      <c r="FL30" s="14" t="n">
+      <c r="GG30" s="14" t="n">
         <v>1505.0</v>
       </c>
-      <c r="FM30" s="14" t="n">
+      <c r="GH30" s="14" t="n">
         <v>1484.3</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="6" t="inlineStr">
         <is>
           <t>07.6 Textile waste NP</t>
         </is>
       </c>
       <c r="B31" s="14" t="n">
+        <v>748.8</v>
+      </c>
+      <c r="C31" s="14" t="n">
         <v>867.1</v>
       </c>
-      <c r="C31" s="14" t="n">
+      <c r="D31" s="14" t="n">
         <v>1012.2</v>
       </c>
-      <c r="D31" s="14" t="n">
+      <c r="E31" s="14" t="n">
         <v>1014.0</v>
       </c>
-      <c r="E31" s="14" t="n">
+      <c r="F31" s="14" t="n">
         <v>914.0</v>
       </c>
-      <c r="F31" s="14" t="n">
+      <c r="G31" s="14" t="n">
         <v>989.1</v>
       </c>
-      <c r="G31" s="14" t="n">
+      <c r="H31" s="14" t="n">
         <v>847.3</v>
       </c>
-      <c r="H31" s="14" t="n">
+      <c r="I31" s="14" t="n">
         <v>997.6</v>
       </c>
-      <c r="I31" s="14" t="n">
+      <c r="J31" s="14" t="n">
         <v>895.8</v>
       </c>
-      <c r="J31" s="14" t="n">
+      <c r="K31" s="14" t="n">
         <v>0.2</v>
       </c>
-      <c r="K31" s="14" t="n">
+      <c r="L31" s="14" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="M31" s="14" t="n">
         <v>0.4</v>
       </c>
-      <c r="L31" s="14" t="n">
+      <c r="N31" s="14" t="n">
         <v>0.3</v>
       </c>
-      <c r="M31" s="14" t="n">
+      <c r="O31" s="14" t="n">
         <v>6.2</v>
       </c>
-      <c r="N31" s="14" t="n">
+      <c r="P31" s="14" t="n">
         <v>6.7</v>
       </c>
-      <c r="O31" s="14" t="n">
+      <c r="Q31" s="14" t="n">
         <v>3.2</v>
       </c>
-      <c r="P31" s="14" t="n">
+      <c r="R31" s="14" t="n">
         <v>2.9</v>
       </c>
-      <c r="Q31" s="14" t="n">
+      <c r="S31" s="14" t="n">
         <v>1.7</v>
       </c>
-      <c r="R31" s="14" t="n">
+      <c r="T31" s="14" t="n">
+        <v>310.2</v>
+      </c>
+      <c r="U31" s="14" t="n">
         <v>323.2</v>
       </c>
-      <c r="S31" s="14" t="n">
+      <c r="V31" s="14" t="n">
         <v>288.7</v>
       </c>
-      <c r="T31" s="14" t="n">
+      <c r="W31" s="14" t="n">
         <v>279.9</v>
       </c>
-      <c r="U31" s="14" t="n">
+      <c r="X31" s="14" t="n">
         <v>118.4</v>
       </c>
-      <c r="V31" s="14" t="n">
+      <c r="Y31" s="14" t="n">
         <v>113.9</v>
       </c>
-      <c r="W31" s="14" t="n">
+      <c r="Z31" s="14" t="n">
         <v>287.5</v>
       </c>
-      <c r="X31" s="14" t="n">
+      <c r="AA31" s="14" t="n">
         <v>255.2</v>
       </c>
-      <c r="Y31" s="14" t="n">
+      <c r="AB31" s="14" t="n">
         <v>398.7</v>
       </c>
-      <c r="Z31" s="14" t="n">
+      <c r="AC31" s="14" t="n">
+        <v>29494.1</v>
+      </c>
+      <c r="AD31" s="14" t="n">
         <v>34308.3</v>
       </c>
-      <c r="AA31" s="14" t="n">
+      <c r="AE31" s="14" t="n">
         <v>33358.9</v>
       </c>
-      <c r="AB31" s="14" t="n">
+      <c r="AF31" s="14" t="n">
         <v>31205.7</v>
       </c>
-      <c r="AC31" s="14" t="n">
+      <c r="AG31" s="14" t="n">
         <v>29710.9</v>
       </c>
-      <c r="AD31" s="14" t="n">
+      <c r="AH31" s="14" t="n">
         <v>29956.0</v>
       </c>
-      <c r="AE31" s="14" t="n">
+      <c r="AI31" s="14" t="n">
         <v>45040.5</v>
       </c>
-      <c r="AF31" s="14" t="n">
+      <c r="AJ31" s="14" t="n">
         <v>39072.4</v>
       </c>
-      <c r="AG31" s="14" t="n">
+      <c r="AK31" s="14" t="n">
         <v>39951.6</v>
       </c>
-      <c r="AH31" s="14" t="n">
+      <c r="AL31" s="14" t="n">
+        <v>6.8</v>
+      </c>
+      <c r="AM31" s="14" t="n">
         <v>7.6</v>
       </c>
-      <c r="AI31" s="14" t="n">
+      <c r="AN31" s="14" t="n">
         <v>5.4</v>
       </c>
-      <c r="AJ31" s="14" t="n">
+      <c r="AO31" s="14" t="n">
         <v>5.0</v>
       </c>
-      <c r="AK31" s="14" t="n">
+      <c r="AP31" s="14" t="n">
         <v>1.5</v>
       </c>
-      <c r="AL31" s="14" t="n">
+      <c r="AQ31" s="14" t="n">
         <v>1.5</v>
       </c>
-      <c r="AM31" s="14" t="n">
+      <c r="AR31" s="14" t="n">
         <v>1.9</v>
       </c>
-      <c r="AN31" s="14" t="n">
+      <c r="AS31" s="14" t="n">
         <v>1.5</v>
       </c>
-      <c r="AO31" s="14" t="n">
+      <c r="AT31" s="14" t="n">
         <v>0.9</v>
       </c>
-      <c r="AP31" s="14" t="n">
+      <c r="AU31" s="14" t="n">
+        <v>1290.3</v>
+      </c>
+      <c r="AV31" s="14" t="n">
         <v>1371.9</v>
       </c>
-      <c r="AQ31" s="14" t="n">
+      <c r="AW31" s="14" t="n">
         <v>2509.5</v>
       </c>
-      <c r="AR31" s="14" t="n">
+      <c r="AX31" s="14" t="n">
         <v>2459.9</v>
       </c>
-      <c r="AS31" s="14" t="n">
+      <c r="AY31" s="14" t="n">
         <v>1896.1</v>
       </c>
-      <c r="AT31" s="14" t="n">
+      <c r="AZ31" s="14" t="n">
         <v>1885.6</v>
       </c>
-      <c r="AU31" s="14" t="n">
+      <c r="BA31" s="14" t="n">
         <v>1736.4</v>
       </c>
-      <c r="AV31" s="14" t="n">
+      <c r="BB31" s="14" t="n">
         <v>1650.4</v>
       </c>
-      <c r="AW31" s="14" t="n">
+      <c r="BC31" s="14" t="n">
         <v>1087.0</v>
       </c>
-      <c r="AX31" s="13" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AY31" s="14" t="n">
+      <c r="BD31" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BE31" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BF31" s="14" t="n">
         <v>1.4</v>
       </c>
-      <c r="AZ31" s="13" t="inlineStr">
-[...29 lines deleted...]
-      <c r="BF31" s="14" t="n">
+      <c r="BG31" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BH31" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BI31" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BJ31" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BK31" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BL31" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BM31" s="14" t="n">
+        <v>3440.7</v>
+      </c>
+      <c r="BN31" s="14" t="n">
         <v>3589.0</v>
       </c>
-      <c r="BG31" s="14" t="n">
+      <c r="BO31" s="14" t="n">
         <v>6131.9</v>
       </c>
-      <c r="BH31" s="14" t="n">
+      <c r="BP31" s="14" t="n">
         <v>5997.2</v>
       </c>
-      <c r="BI31" s="14" t="n">
+      <c r="BQ31" s="14" t="n">
         <v>2273.7</v>
       </c>
-      <c r="BJ31" s="14" t="n">
+      <c r="BR31" s="14" t="n">
         <v>2249.1</v>
       </c>
-      <c r="BK31" s="14" t="n">
+      <c r="BS31" s="14" t="n">
         <v>1881.5</v>
       </c>
-      <c r="BL31" s="14" t="n">
+      <c r="BT31" s="14" t="n">
         <v>1600.9</v>
       </c>
-      <c r="BM31" s="14" t="n">
+      <c r="BU31" s="14" t="n">
         <v>3286.1</v>
       </c>
-      <c r="BN31" s="14" t="n">
+      <c r="BV31" s="14" t="n">
+        <v>7.2</v>
+      </c>
+      <c r="BW31" s="14" t="n">
         <v>7.8</v>
       </c>
-      <c r="BO31" s="14" t="n">
+      <c r="BX31" s="14" t="n">
         <v>4.7</v>
       </c>
-      <c r="BP31" s="14" t="n">
+      <c r="BY31" s="14" t="n">
         <v>4.3</v>
       </c>
-      <c r="BQ31" s="14" t="n">
+      <c r="BZ31" s="14" t="n">
         <v>11.1</v>
       </c>
-      <c r="BR31" s="14" t="n">
+      <c r="CA31" s="14" t="n">
         <v>10.5</v>
       </c>
-      <c r="BS31" s="14" t="n">
+      <c r="CB31" s="14" t="n">
         <v>4.2</v>
       </c>
-      <c r="BT31" s="14" t="n">
+      <c r="CC31" s="14" t="n">
         <v>4.2</v>
       </c>
-      <c r="BU31" s="14" t="n">
+      <c r="CD31" s="14" t="n">
         <v>110.1</v>
       </c>
-      <c r="BV31" s="14" t="n">
+      <c r="CE31" s="14" t="n">
+        <v>54.7</v>
+      </c>
+      <c r="CF31" s="14" t="n">
         <v>56.0</v>
       </c>
-      <c r="BW31" s="14" t="n">
+      <c r="CG31" s="14" t="n">
         <v>94.5</v>
       </c>
-      <c r="BX31" s="14" t="n">
+      <c r="CH31" s="14" t="n">
         <v>97.3</v>
       </c>
-      <c r="BY31" s="14" t="n">
+      <c r="CI31" s="14" t="n">
         <v>71.7</v>
       </c>
-      <c r="BZ31" s="14" t="n">
+      <c r="CJ31" s="14" t="n">
         <v>74.1</v>
       </c>
-      <c r="CA31" s="14" t="n">
+      <c r="CK31" s="14" t="n">
         <v>296.5</v>
       </c>
-      <c r="CB31" s="14" t="n">
+      <c r="CL31" s="14" t="n">
         <v>266.5</v>
       </c>
-      <c r="CC31" s="14" t="n">
+      <c r="CM31" s="14" t="n">
         <v>25.2</v>
       </c>
-      <c r="CD31" s="14" t="n">
+      <c r="CN31" s="14" t="n">
+        <v>6082.5</v>
+      </c>
+      <c r="CO31" s="14" t="n">
         <v>6270.9</v>
       </c>
-      <c r="CE31" s="14" t="n">
+      <c r="CP31" s="14" t="n">
         <v>8751.2</v>
       </c>
-      <c r="CF31" s="14" t="n">
+      <c r="CQ31" s="14" t="n">
         <v>8915.2</v>
       </c>
-      <c r="CG31" s="14" t="n">
+      <c r="CR31" s="14" t="n">
         <v>10767.9</v>
       </c>
-      <c r="CH31" s="14" t="n">
+      <c r="CS31" s="14" t="n">
         <v>10485.9</v>
       </c>
-      <c r="CI31" s="14" t="n">
+      <c r="CT31" s="14" t="n">
         <v>8499.5</v>
       </c>
-      <c r="CJ31" s="14" t="n">
+      <c r="CU31" s="14" t="n">
         <v>9267.9</v>
       </c>
-      <c r="CK31" s="14" t="n">
+      <c r="CV31" s="14" t="n">
         <v>10199.4</v>
       </c>
-      <c r="CL31" s="14" t="n">
+      <c r="CW31" s="14" t="n">
+        <v>2609.3</v>
+      </c>
+      <c r="CX31" s="14" t="n">
         <v>2394.3</v>
       </c>
-      <c r="CM31" s="14" t="n">
+      <c r="CY31" s="14" t="n">
         <v>4378.4</v>
       </c>
-      <c r="CN31" s="14" t="n">
+      <c r="CZ31" s="14" t="n">
         <v>4465.6</v>
       </c>
-      <c r="CO31" s="14" t="n">
+      <c r="DA31" s="14" t="n">
         <v>1786.6</v>
       </c>
-      <c r="CP31" s="14" t="n">
+      <c r="DB31" s="14" t="n">
         <v>1673.7</v>
       </c>
-      <c r="CQ31" s="14" t="n">
+      <c r="DC31" s="14" t="n">
         <v>5884.9</v>
       </c>
-      <c r="CR31" s="14" t="n">
+      <c r="DD31" s="14" t="n">
         <v>4932.3</v>
       </c>
-      <c r="CS31" s="14" t="n">
+      <c r="DE31" s="14" t="n">
         <v>1714.5</v>
       </c>
-      <c r="CT31" s="14" t="n">
+      <c r="DF31" s="14" t="n">
+        <v>12.2</v>
+      </c>
+      <c r="DG31" s="14" t="n">
         <v>12.5</v>
       </c>
-      <c r="CU31" s="14" t="n">
+      <c r="DH31" s="14" t="n">
         <v>1.8</v>
       </c>
-      <c r="CV31" s="14" t="n">
+      <c r="DI31" s="14" t="n">
         <v>1.8</v>
       </c>
-      <c r="CW31" s="14" t="n">
+      <c r="DJ31" s="14" t="n">
         <v>41.4</v>
       </c>
-      <c r="CX31" s="14" t="n">
+      <c r="DK31" s="14" t="n">
         <v>40.3</v>
       </c>
-      <c r="CY31" s="14" t="n">
+      <c r="DL31" s="14" t="n">
         <v>13.5</v>
       </c>
-      <c r="CZ31" s="14" t="n">
+      <c r="DM31" s="14" t="n">
         <v>13.5</v>
       </c>
-      <c r="DA31" s="14" t="n">
+      <c r="DN31" s="14" t="n">
         <v>93.3</v>
       </c>
-      <c r="DB31" s="14" t="n">
+      <c r="DO31" s="14" t="n">
+        <v>36.8</v>
+      </c>
+      <c r="DP31" s="14" t="n">
         <v>17.7</v>
       </c>
-      <c r="DC31" s="14" t="n">
+      <c r="DQ31" s="14" t="n">
         <v>187.7</v>
       </c>
-      <c r="DD31" s="14" t="n">
+      <c r="DR31" s="14" t="n">
         <v>129.8</v>
       </c>
-      <c r="DE31" s="14" t="n">
+      <c r="DS31" s="14" t="n">
         <v>2.6</v>
       </c>
-      <c r="DF31" s="14" t="n">
+      <c r="DT31" s="14" t="n">
         <v>1.6</v>
       </c>
-      <c r="DG31" s="14" t="n">
+      <c r="DU31" s="14" t="n">
         <v>1.6</v>
       </c>
-      <c r="DH31" s="14" t="n">
+      <c r="DV31" s="14" t="n">
         <v>1.4</v>
       </c>
-      <c r="DI31" s="14" t="n">
+      <c r="DW31" s="14" t="n">
         <v>229.0</v>
       </c>
-      <c r="DJ31" s="14" t="n">
+      <c r="DX31" s="14" t="n">
+        <v>1396.5</v>
+      </c>
+      <c r="DY31" s="14" t="n">
         <v>1450.9</v>
       </c>
-      <c r="DK31" s="14" t="n">
+      <c r="DZ31" s="14" t="n">
         <v>1571.5</v>
       </c>
-      <c r="DL31" s="14" t="n">
+      <c r="EA31" s="14" t="n">
         <v>1867.2</v>
       </c>
-      <c r="DM31" s="14" t="n">
+      <c r="EB31" s="14" t="n">
         <v>673.6</v>
       </c>
-      <c r="DN31" s="14" t="n">
+      <c r="EC31" s="14" t="n">
         <v>605.7</v>
       </c>
-      <c r="DO31" s="14" t="n">
+      <c r="ED31" s="14" t="n">
         <v>121.9</v>
       </c>
-      <c r="DP31" s="14" t="n">
+      <c r="EE31" s="14" t="n">
         <v>119.0</v>
       </c>
-      <c r="DQ31" s="14" t="n">
+      <c r="EF31" s="14" t="n">
         <v>80.3</v>
       </c>
-      <c r="DR31" s="14" t="n">
+      <c r="EG31" s="14" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="EH31" s="14" t="n">
         <v>15.2</v>
       </c>
-      <c r="DS31" s="14" t="n">
+      <c r="EI31" s="14" t="n">
         <v>15.3</v>
       </c>
-      <c r="DT31" s="14" t="n">
+      <c r="EJ31" s="14" t="n">
         <v>102.6</v>
       </c>
-      <c r="DU31" s="14" t="n">
+      <c r="EK31" s="14" t="n">
         <v>110.9</v>
       </c>
-      <c r="DV31" s="14" t="n">
+      <c r="EL31" s="14" t="n">
         <v>131.0</v>
       </c>
-      <c r="DW31" s="14" t="n">
+      <c r="EM31" s="14" t="n">
         <v>119.7</v>
       </c>
-      <c r="DX31" s="14" t="n">
+      <c r="EN31" s="14" t="n">
         <v>9.5</v>
       </c>
-      <c r="DY31" s="14" t="n">
+      <c r="EO31" s="14" t="n">
         <v>10.0</v>
       </c>
-      <c r="DZ31" s="14" t="n">
+      <c r="EP31" s="14" t="n">
+        <v>2841.9</v>
+      </c>
+      <c r="EQ31" s="14" t="n">
         <v>3006.0</v>
       </c>
-      <c r="EA31" s="14" t="n">
+      <c r="ER31" s="14" t="n">
         <v>2660.2</v>
       </c>
-      <c r="EB31" s="14" t="n">
+      <c r="ES31" s="14" t="n">
         <v>3581.8</v>
       </c>
-      <c r="EC31" s="14" t="n">
+      <c r="ET31" s="14" t="n">
         <v>4008.2</v>
       </c>
-      <c r="ED31" s="14" t="n">
+      <c r="EU31" s="14" t="n">
         <v>4549.9</v>
       </c>
-      <c r="EE31" s="14" t="n">
+      <c r="EV31" s="14" t="n">
         <v>4507.6</v>
       </c>
-      <c r="EF31" s="14" t="n">
+      <c r="EW31" s="14" t="n">
         <v>4544.4</v>
       </c>
-      <c r="EG31" s="14" t="n">
+      <c r="EX31" s="14" t="n">
         <v>4388.9</v>
       </c>
-      <c r="EH31" s="14" t="n">
+      <c r="EY31" s="14" t="n">
+        <v>152.1</v>
+      </c>
+      <c r="EZ31" s="14" t="n">
         <v>82.6</v>
       </c>
-      <c r="EI31" s="14" t="n">
+      <c r="FA31" s="14" t="n">
         <v>79.8</v>
       </c>
-      <c r="EJ31" s="14" t="n">
+      <c r="FB31" s="14" t="n">
         <v>82.8</v>
       </c>
-      <c r="EK31" s="14" t="n">
+      <c r="FC31" s="14" t="n">
         <v>86.6</v>
       </c>
-      <c r="EL31" s="14" t="n">
+      <c r="FD31" s="14" t="n">
         <v>46.9</v>
       </c>
-      <c r="EM31" s="14" t="n">
+      <c r="FE31" s="14" t="n">
         <v>45.0</v>
       </c>
-      <c r="EN31" s="14" t="n">
+      <c r="FF31" s="14" t="n">
         <v>641.0</v>
       </c>
-      <c r="EO31" s="14" t="n">
+      <c r="FG31" s="14" t="n">
         <v>625.5</v>
       </c>
-      <c r="EP31" s="14" t="n">
+      <c r="FH31" s="14" t="n">
+        <v>1189.2</v>
+      </c>
+      <c r="FI31" s="14" t="n">
         <v>1343.6</v>
       </c>
-      <c r="EQ31" s="14" t="n">
+      <c r="FJ31" s="14" t="n">
         <v>1235.5</v>
       </c>
-      <c r="ER31" s="14" t="n">
+      <c r="FK31" s="14" t="n">
         <v>438.7</v>
       </c>
-      <c r="ES31" s="14" t="n">
+      <c r="FL31" s="14" t="n">
         <v>429.8</v>
       </c>
-      <c r="ET31" s="14" t="n">
+      <c r="FM31" s="14" t="n">
         <v>1167.9</v>
       </c>
-      <c r="EU31" s="14" t="n">
+      <c r="FN31" s="14" t="n">
         <v>1153.0</v>
       </c>
-      <c r="EV31" s="14" t="n">
+      <c r="FO31" s="14" t="n">
         <v>884.7</v>
       </c>
-      <c r="EW31" s="14" t="n">
+      <c r="FP31" s="14" t="n">
         <v>859.1</v>
       </c>
-      <c r="EX31" s="14" t="n">
-[...5 lines deleted...]
-      <c r="EZ31" s="14" t="n">
+      <c r="FQ31" s="14" t="n">
+        <v>69696.9</v>
+      </c>
+      <c r="FR31" s="14" t="n">
+        <v>46769.1</v>
+      </c>
+      <c r="FS31" s="14" t="n">
+        <v>51999.6</v>
+      </c>
+      <c r="FT31" s="14" t="n">
         <v>35823.1</v>
       </c>
-      <c r="FA31" s="14" t="n">
+      <c r="FU31" s="14" t="n">
         <v>47257.9</v>
       </c>
-      <c r="FB31" s="14" t="n">
+      <c r="FV31" s="14" t="n">
         <v>40344.4</v>
       </c>
-      <c r="FC31" s="14" t="n">
+      <c r="FW31" s="14" t="n">
         <v>39234.9</v>
       </c>
-      <c r="FD31" s="14" t="n">
+      <c r="FX31" s="14" t="n">
         <v>34615.6</v>
       </c>
-      <c r="FE31" s="14" t="n">
+      <c r="FY31" s="14" t="n">
         <v>40766.8</v>
       </c>
-      <c r="FF31" s="14" t="n">
-[...5 lines deleted...]
-      <c r="FH31" s="14" t="n">
+      <c r="FZ31" s="14" t="n">
+        <v>119374.4</v>
+      </c>
+      <c r="GA31" s="14" t="n">
+        <v>101893.9</v>
+      </c>
+      <c r="GB31" s="14" t="n">
+        <v>114288.6</v>
+      </c>
+      <c r="GC31" s="14" t="n">
         <v>96472.2</v>
       </c>
-      <c r="FI31" s="14" t="n">
+      <c r="GD31" s="14" t="n">
         <v>100169.1</v>
       </c>
-      <c r="FJ31" s="14" t="n">
+      <c r="GE31" s="14" t="n">
         <v>94333.8</v>
       </c>
-      <c r="FK31" s="14" t="n">
+      <c r="GF31" s="14" t="n">
         <v>109680.6</v>
       </c>
-      <c r="FL31" s="14" t="n">
+      <c r="GG31" s="14" t="n">
         <v>98880.9</v>
       </c>
-      <c r="FM31" s="14" t="n">
+      <c r="GH31" s="14" t="n">
         <v>104723.9</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="6" t="inlineStr">
         <is>
           <t>07.7 Waste containing PCB P</t>
         </is>
       </c>
       <c r="B32" s="14" t="n">
+        <v>25.9</v>
+      </c>
+      <c r="C32" s="14" t="n">
         <v>26.6</v>
       </c>
-      <c r="C32" s="14" t="n">
+      <c r="D32" s="14" t="n">
         <v>29.4</v>
       </c>
-      <c r="D32" s="14" t="n">
+      <c r="E32" s="14" t="n">
         <v>29.6</v>
       </c>
-      <c r="E32" s="14" t="n">
+      <c r="F32" s="14" t="n">
         <v>28.1</v>
       </c>
-      <c r="F32" s="14" t="n">
+      <c r="G32" s="14" t="n">
         <v>29.7</v>
       </c>
-      <c r="G32" s="14" t="n">
+      <c r="H32" s="14" t="n">
         <v>10.5</v>
       </c>
-      <c r="H32" s="14" t="n">
+      <c r="I32" s="14" t="n">
         <v>28.6</v>
       </c>
-      <c r="I32" s="14" t="n">
+      <c r="J32" s="14" t="n">
         <v>27.3</v>
       </c>
-      <c r="J32" s="13" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K32" s="14" t="n">
+      <c r="K32" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="L32" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="M32" s="14" t="n">
         <v>1.3</v>
       </c>
-      <c r="L32" s="14" t="n">
+      <c r="N32" s="14" t="n">
         <v>1.1</v>
       </c>
-      <c r="M32" s="14" t="n">
+      <c r="O32" s="14" t="n">
         <v>10.9</v>
       </c>
-      <c r="N32" s="14" t="n">
+      <c r="P32" s="14" t="n">
         <v>12.0</v>
       </c>
-      <c r="O32" s="13" t="inlineStr">
-[...9 lines deleted...]
-      <c r="Q32" s="14" t="n">
+      <c r="Q32" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="R32" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="S32" s="14" t="n">
         <v>108.2</v>
       </c>
-      <c r="R32" s="14" t="n">
+      <c r="T32" s="14" t="n">
+        <v>23.4</v>
+      </c>
+      <c r="U32" s="14" t="n">
         <v>24.4</v>
       </c>
-      <c r="S32" s="14" t="n">
+      <c r="V32" s="14" t="n">
         <v>18.2</v>
       </c>
-      <c r="T32" s="14" t="n">
+      <c r="W32" s="14" t="n">
         <v>17.7</v>
       </c>
-      <c r="U32" s="14" t="n">
+      <c r="X32" s="14" t="n">
         <v>0.9</v>
       </c>
-      <c r="V32" s="14" t="n">
+      <c r="Y32" s="14" t="n">
         <v>0.9</v>
       </c>
-      <c r="W32" s="14" t="n">
+      <c r="Z32" s="14" t="n">
         <v>12.9</v>
       </c>
-      <c r="X32" s="14" t="n">
+      <c r="AA32" s="14" t="n">
         <v>15.9</v>
       </c>
-      <c r="Y32" s="14" t="n">
+      <c r="AB32" s="14" t="n">
         <v>19.0</v>
       </c>
-      <c r="Z32" s="14" t="n">
+      <c r="AC32" s="14" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="AD32" s="14" t="n">
         <v>1.1</v>
       </c>
-      <c r="AA32" s="14" t="n">
+      <c r="AE32" s="14" t="n">
         <v>1.1</v>
       </c>
-      <c r="AB32" s="14" t="n">
+      <c r="AF32" s="14" t="n">
         <v>1.0</v>
       </c>
-      <c r="AC32" s="13" t="inlineStr">
-[...18 lines deleted...]
-      </c>
       <c r="AG32" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AH32" s="14" t="n">
+      <c r="AH32" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AI32" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AJ32" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AK32" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AL32" s="14" t="n">
+        <v>12.5</v>
+      </c>
+      <c r="AM32" s="14" t="n">
         <v>14.0</v>
       </c>
-      <c r="AI32" s="13" t="inlineStr">
-[...23 lines deleted...]
-      </c>
       <c r="AN32" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AO32" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AP32" s="14" t="n">
+      <c r="AP32" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AQ32" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AR32" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AS32" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AT32" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AU32" s="14" t="n">
+        <v>4.1</v>
+      </c>
+      <c r="AV32" s="14" t="n">
         <v>4.3</v>
       </c>
-      <c r="AQ32" s="14" t="n">
+      <c r="AW32" s="14" t="n">
         <v>14.8</v>
       </c>
-      <c r="AR32" s="14" t="n">
+      <c r="AX32" s="14" t="n">
         <v>14.5</v>
       </c>
-      <c r="AS32" s="14" t="n">
+      <c r="AY32" s="14" t="n">
         <v>9.6</v>
       </c>
-      <c r="AT32" s="14" t="n">
+      <c r="AZ32" s="14" t="n">
         <v>9.5</v>
       </c>
-      <c r="AU32" s="14" t="n">
+      <c r="BA32" s="14" t="n">
         <v>4.8</v>
       </c>
-      <c r="AV32" s="14" t="n">
+      <c r="BB32" s="14" t="n">
         <v>7.5</v>
       </c>
-      <c r="AW32" s="14" t="n">
+      <c r="BC32" s="14" t="n">
         <v>7.2</v>
       </c>
-      <c r="AX32" s="14" t="n">
+      <c r="BD32" s="14" t="n">
+        <v>7.9</v>
+      </c>
+      <c r="BE32" s="14" t="n">
         <v>8.4</v>
       </c>
-      <c r="AY32" s="13" t="inlineStr">
-[...9 lines deleted...]
-      <c r="BA32" s="14" t="n">
+      <c r="BF32" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BG32" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BH32" s="14" t="n">
         <v>7.0</v>
       </c>
-      <c r="BB32" s="14" t="n">
+      <c r="BI32" s="14" t="n">
         <v>29.1</v>
       </c>
-      <c r="BC32" s="14" t="n">
+      <c r="BJ32" s="14" t="n">
         <v>11.4</v>
       </c>
-      <c r="BD32" s="14" t="n">
+      <c r="BK32" s="14" t="n">
         <v>12.0</v>
       </c>
-      <c r="BE32" s="14" t="n">
+      <c r="BL32" s="14" t="n">
         <v>5.8</v>
       </c>
-      <c r="BF32" s="14" t="n">
+      <c r="BM32" s="14" t="n">
+        <v>12.8</v>
+      </c>
+      <c r="BN32" s="14" t="n">
         <v>13.4</v>
       </c>
-      <c r="BG32" s="14" t="n">
+      <c r="BO32" s="14" t="n">
         <v>58.1</v>
       </c>
-      <c r="BH32" s="14" t="n">
+      <c r="BP32" s="14" t="n">
         <v>56.8</v>
       </c>
-      <c r="BI32" s="14" t="n">
+      <c r="BQ32" s="14" t="n">
         <v>4.2</v>
       </c>
-      <c r="BJ32" s="14" t="n">
+      <c r="BR32" s="14" t="n">
         <v>4.1</v>
       </c>
-      <c r="BK32" s="14" t="n">
+      <c r="BS32" s="14" t="n">
         <v>12.4</v>
       </c>
-      <c r="BL32" s="14" t="n">
+      <c r="BT32" s="14" t="n">
         <v>10.9</v>
       </c>
-      <c r="BM32" s="14" t="n">
+      <c r="BU32" s="14" t="n">
         <v>52.5</v>
       </c>
-      <c r="BN32" s="14" t="n">
+      <c r="BV32" s="14" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="BW32" s="14" t="n">
         <v>1.5</v>
       </c>
-      <c r="BO32" s="13" t="inlineStr">
-[...19 lines deleted...]
-      <c r="BS32" s="14" t="n">
+      <c r="BX32" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BY32" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BZ32" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CA32" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CB32" s="14" t="n">
         <v>2.4</v>
       </c>
-      <c r="BT32" s="14" t="n">
+      <c r="CC32" s="14" t="n">
         <v>2.4</v>
       </c>
-      <c r="BU32" s="14" t="n">
+      <c r="CD32" s="14" t="n">
         <v>1.6</v>
       </c>
-      <c r="BV32" s="14" t="n">
+      <c r="CE32" s="14" t="n">
+        <v>31.5</v>
+      </c>
+      <c r="CF32" s="14" t="n">
         <v>32.3</v>
       </c>
-      <c r="BW32" s="14" t="n">
+      <c r="CG32" s="14" t="n">
         <v>106.9</v>
       </c>
-      <c r="BX32" s="14" t="n">
+      <c r="CH32" s="14" t="n">
         <v>110.1</v>
       </c>
-      <c r="BY32" s="14" t="n">
+      <c r="CI32" s="14" t="n">
         <v>37.3</v>
       </c>
-      <c r="BZ32" s="14" t="n">
+      <c r="CJ32" s="14" t="n">
         <v>38.6</v>
       </c>
-      <c r="CA32" s="14" t="n">
+      <c r="CK32" s="14" t="n">
         <v>15.2</v>
       </c>
-      <c r="CB32" s="14" t="n">
+      <c r="CL32" s="14" t="n">
         <v>19.2</v>
       </c>
-      <c r="CC32" s="14" t="n">
+      <c r="CM32" s="14" t="n">
         <v>95.3</v>
       </c>
-      <c r="CD32" s="14" t="n">
+      <c r="CN32" s="14" t="n">
+        <v>77.8</v>
+      </c>
+      <c r="CO32" s="14" t="n">
         <v>80.2</v>
       </c>
-      <c r="CE32" s="14" t="n">
+      <c r="CP32" s="14" t="n">
         <v>81.7</v>
       </c>
-      <c r="CF32" s="14" t="n">
+      <c r="CQ32" s="14" t="n">
         <v>83.2</v>
       </c>
-      <c r="CG32" s="14" t="n">
+      <c r="CR32" s="14" t="n">
         <v>28.3</v>
       </c>
-      <c r="CH32" s="14" t="n">
+      <c r="CS32" s="14" t="n">
         <v>27.6</v>
       </c>
-      <c r="CI32" s="14" t="n">
+      <c r="CT32" s="14" t="n">
         <v>28.1</v>
       </c>
-      <c r="CJ32" s="14" t="n">
+      <c r="CU32" s="14" t="n">
         <v>23.1</v>
       </c>
-      <c r="CK32" s="14" t="n">
+      <c r="CV32" s="14" t="n">
         <v>22.1</v>
       </c>
-      <c r="CL32" s="14" t="n">
+      <c r="CW32" s="14" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="CX32" s="14" t="n">
         <v>2.3</v>
       </c>
-      <c r="CM32" s="14" t="n">
+      <c r="CY32" s="14" t="n">
         <v>16.6</v>
       </c>
-      <c r="CN32" s="14" t="n">
+      <c r="CZ32" s="14" t="n">
         <v>17.0</v>
       </c>
-      <c r="CO32" s="14" t="n">
+      <c r="DA32" s="14" t="n">
         <v>7.7</v>
       </c>
-      <c r="CP32" s="14" t="n">
+      <c r="DB32" s="14" t="n">
         <v>7.2</v>
       </c>
-      <c r="CQ32" s="14" t="n">
+      <c r="DC32" s="14" t="n">
         <v>3.0</v>
       </c>
-      <c r="CR32" s="14" t="n">
+      <c r="DD32" s="14" t="n">
         <v>2.9</v>
       </c>
-      <c r="CS32" s="14" t="n">
+      <c r="DE32" s="14" t="n">
         <v>2.2</v>
       </c>
-      <c r="CT32" s="14" t="n">
+      <c r="DF32" s="14" t="n">
+        <v>2862.3</v>
+      </c>
+      <c r="DG32" s="14" t="n">
         <v>2936.4</v>
       </c>
-      <c r="CU32" s="14" t="n">
+      <c r="DH32" s="14" t="n">
         <v>1741.3</v>
       </c>
-      <c r="CV32" s="14" t="n">
+      <c r="DI32" s="14" t="n">
         <v>1734.3</v>
       </c>
-      <c r="CW32" s="14" t="n">
+      <c r="DJ32" s="14" t="n">
         <v>1016.1</v>
       </c>
-      <c r="CX32" s="14" t="n">
+      <c r="DK32" s="14" t="n">
         <v>989.0</v>
       </c>
-      <c r="CY32" s="14" t="n">
+      <c r="DL32" s="14" t="n">
         <v>643.7</v>
       </c>
-      <c r="CZ32" s="14" t="n">
+      <c r="DM32" s="14" t="n">
         <v>644.5</v>
       </c>
-      <c r="DA32" s="14" t="n">
+      <c r="DN32" s="14" t="n">
         <v>1112.3</v>
       </c>
-      <c r="DB32" s="14" t="n">
+      <c r="DO32" s="14" t="n">
+        <v>191.1</v>
+      </c>
+      <c r="DP32" s="14" t="n">
         <v>9.1</v>
       </c>
-      <c r="DC32" s="14" t="n">
+      <c r="DQ32" s="14" t="n">
         <v>5.3</v>
       </c>
-      <c r="DD32" s="14" t="n">
+      <c r="DR32" s="14" t="n">
         <v>5.7</v>
       </c>
-      <c r="DE32" s="14" t="n">
+      <c r="DS32" s="14" t="n">
         <v>367.7</v>
       </c>
-      <c r="DF32" s="14" t="n">
+      <c r="DT32" s="14" t="n">
         <v>41.1</v>
       </c>
-      <c r="DG32" s="14" t="n">
+      <c r="DU32" s="14" t="n">
         <v>113.1</v>
       </c>
-      <c r="DH32" s="14" t="n">
+      <c r="DV32" s="14" t="n">
         <v>83.5</v>
       </c>
-      <c r="DI32" s="14" t="n">
+      <c r="DW32" s="14" t="n">
         <v>0.4</v>
       </c>
-      <c r="DJ32" s="14" t="n">
+      <c r="DX32" s="14" t="n">
+        <v>660.3</v>
+      </c>
+      <c r="DY32" s="14" t="n">
         <v>608.8</v>
       </c>
-      <c r="DK32" s="14" t="n">
+      <c r="DZ32" s="14" t="n">
         <v>843.1</v>
       </c>
-      <c r="DL32" s="14" t="n">
+      <c r="EA32" s="14" t="n">
         <v>683.7</v>
       </c>
-      <c r="DM32" s="14" t="n">
+      <c r="EB32" s="14" t="n">
         <v>289.3</v>
       </c>
-      <c r="DN32" s="14" t="n">
+      <c r="EC32" s="14" t="n">
         <v>245.5</v>
       </c>
-      <c r="DO32" s="14" t="n">
+      <c r="ED32" s="14" t="n">
         <v>693.6</v>
       </c>
-      <c r="DP32" s="14" t="n">
+      <c r="EE32" s="14" t="n">
         <v>691.0</v>
       </c>
-      <c r="DQ32" s="14" t="n">
+      <c r="EF32" s="14" t="n">
         <v>767.1</v>
       </c>
-      <c r="DR32" s="14" t="n">
+      <c r="EG32" s="14" t="n">
+        <v>41.4</v>
+      </c>
+      <c r="EH32" s="14" t="n">
         <v>15.2</v>
       </c>
-      <c r="DS32" s="14" t="n">
+      <c r="EI32" s="14" t="n">
         <v>15.1</v>
       </c>
-      <c r="DT32" s="14" t="n">
+      <c r="EJ32" s="14" t="n">
         <v>3.5</v>
       </c>
-      <c r="DU32" s="14" t="n">
+      <c r="EK32" s="14" t="n">
         <v>3.7</v>
       </c>
-      <c r="DV32" s="14" t="n">
+      <c r="EL32" s="14" t="n">
         <v>20.3</v>
       </c>
-      <c r="DW32" s="14" t="n">
+      <c r="EM32" s="14" t="n">
         <v>18.3</v>
       </c>
-      <c r="DX32" s="14" t="n">
+      <c r="EN32" s="14" t="n">
         <v>3.1</v>
       </c>
-      <c r="DY32" s="14" t="n">
+      <c r="EO32" s="14" t="n">
         <v>3.3</v>
       </c>
-      <c r="DZ32" s="14" t="n">
+      <c r="EP32" s="14" t="n">
+        <v>57.2</v>
+      </c>
+      <c r="EQ32" s="14" t="n">
         <v>58.9</v>
       </c>
-      <c r="EA32" s="14" t="n">
+      <c r="ER32" s="14" t="n">
         <v>51.8</v>
       </c>
-      <c r="EB32" s="14" t="n">
+      <c r="ES32" s="14" t="n">
         <v>14.6</v>
       </c>
-      <c r="EC32" s="14" t="n">
+      <c r="ET32" s="14" t="n">
         <v>16.9</v>
       </c>
-      <c r="ED32" s="14" t="n">
+      <c r="EU32" s="14" t="n">
         <v>82.7</v>
       </c>
-      <c r="EE32" s="14" t="n">
+      <c r="EV32" s="14" t="n">
         <v>80.1</v>
       </c>
-      <c r="EF32" s="14" t="n">
+      <c r="EW32" s="14" t="n">
         <v>60.7</v>
       </c>
-      <c r="EG32" s="14" t="n">
+      <c r="EX32" s="14" t="n">
         <v>58.1</v>
       </c>
-      <c r="EH32" s="14" t="n">
+      <c r="EY32" s="14" t="n">
+        <v>8.8</v>
+      </c>
+      <c r="EZ32" s="14" t="n">
         <v>2.7</v>
       </c>
-      <c r="EI32" s="14" t="n">
+      <c r="FA32" s="14" t="n">
         <v>2.5</v>
       </c>
-      <c r="EJ32" s="14" t="n">
+      <c r="FB32" s="14" t="n">
         <v>3.6</v>
       </c>
-      <c r="EK32" s="14" t="n">
+      <c r="FC32" s="14" t="n">
         <v>3.9</v>
       </c>
-      <c r="EL32" s="14" t="n">
+      <c r="FD32" s="14" t="n">
         <v>10.8</v>
       </c>
-      <c r="EM32" s="14" t="n">
+      <c r="FE32" s="14" t="n">
         <v>10.5</v>
       </c>
-      <c r="EN32" s="14" t="n">
+      <c r="FF32" s="14" t="n">
         <v>3.0</v>
       </c>
-      <c r="EO32" s="14" t="n">
+      <c r="FG32" s="14" t="n">
         <v>2.9</v>
       </c>
-      <c r="EP32" s="14" t="n">
+      <c r="FH32" s="14" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="FI32" s="14" t="n">
         <v>4.4</v>
       </c>
-      <c r="EQ32" s="14" t="n">
+      <c r="FJ32" s="14" t="n">
         <v>4.4</v>
       </c>
-      <c r="ER32" s="14" t="n">
+      <c r="FK32" s="14" t="n">
         <v>2.9</v>
       </c>
-      <c r="ES32" s="14" t="n">
+      <c r="FL32" s="14" t="n">
         <v>4.5</v>
       </c>
-      <c r="ET32" s="14" t="n">
+      <c r="FM32" s="14" t="n">
         <v>1.2</v>
       </c>
-      <c r="EU32" s="14" t="n">
+      <c r="FN32" s="14" t="n">
         <v>1.2</v>
       </c>
-      <c r="EV32" s="14" t="n">
+      <c r="FO32" s="14" t="n">
         <v>1.0</v>
       </c>
-      <c r="EW32" s="14" t="n">
+      <c r="FP32" s="14" t="n">
         <v>1.0</v>
       </c>
-      <c r="EX32" s="13" t="inlineStr">
-[...39 lines deleted...]
-      <c r="FF32" s="14" t="n">
+      <c r="FQ32" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FR32" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FS32" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FT32" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FU32" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FV32" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FW32" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FX32" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FY32" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FZ32" s="14" t="n">
+        <v>4022.7</v>
+      </c>
+      <c r="GA32" s="14" t="n">
         <v>3844.0</v>
       </c>
-      <c r="FG32" s="14" t="n">
+      <c r="GB32" s="14" t="n">
         <v>2991.6</v>
       </c>
-      <c r="FH32" s="14" t="n">
+      <c r="GC32" s="14" t="n">
         <v>2779.3</v>
       </c>
-      <c r="FI32" s="14" t="n">
+      <c r="GD32" s="14" t="n">
         <v>1836.1</v>
       </c>
-      <c r="FJ32" s="14" t="n">
+      <c r="GE32" s="14" t="n">
         <v>1549.3</v>
       </c>
-      <c r="FK32" s="14" t="n">
+      <c r="GF32" s="14" t="n">
         <v>1661.2</v>
       </c>
-      <c r="FL32" s="14" t="n">
+      <c r="GG32" s="14" t="n">
         <v>1609.3</v>
       </c>
-      <c r="FM32" s="14" t="n">
+      <c r="GH32" s="14" t="n">
         <v>2286.3</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="6" t="inlineStr">
         <is>
           <t>08 (except 08.1 and 08.41) Discarded equipment (except discarded vehicles and waste batteries and accumulators) NP</t>
         </is>
       </c>
       <c r="B33" s="14" t="n">
+        <v>1054.7</v>
+      </c>
+      <c r="C33" s="14" t="n">
         <v>1089.4</v>
       </c>
-      <c r="C33" s="14" t="n">
+      <c r="D33" s="14" t="n">
         <v>1138.2</v>
       </c>
-      <c r="D33" s="14" t="n">
+      <c r="E33" s="14" t="n">
         <v>1138.5</v>
       </c>
-      <c r="E33" s="14" t="n">
+      <c r="F33" s="14" t="n">
         <v>1116.7</v>
       </c>
-      <c r="F33" s="14" t="n">
+      <c r="G33" s="14" t="n">
         <v>1129.5</v>
       </c>
-      <c r="G33" s="14" t="n">
+      <c r="H33" s="14" t="n">
         <v>1095.3</v>
       </c>
-      <c r="H33" s="14" t="n">
+      <c r="I33" s="14" t="n">
         <v>1130.8</v>
       </c>
-      <c r="I33" s="14" t="n">
+      <c r="J33" s="14" t="n">
         <v>1120.4</v>
       </c>
-      <c r="J33" s="14" t="n">
+      <c r="K33" s="14" t="n">
+        <v>29.1</v>
+      </c>
+      <c r="L33" s="14" t="n">
         <v>27.2</v>
       </c>
-      <c r="K33" s="14" t="n">
+      <c r="M33" s="14" t="n">
         <v>6.4</v>
       </c>
-      <c r="L33" s="14" t="n">
+      <c r="N33" s="14" t="n">
         <v>5.3</v>
       </c>
-      <c r="M33" s="14" t="n">
+      <c r="O33" s="14" t="n">
         <v>2.2</v>
       </c>
-      <c r="N33" s="14" t="n">
+      <c r="P33" s="14" t="n">
         <v>2.4</v>
       </c>
-      <c r="O33" s="14" t="n">
+      <c r="Q33" s="14" t="n">
         <v>2.1</v>
       </c>
-      <c r="P33" s="14" t="n">
+      <c r="R33" s="14" t="n">
         <v>1.9</v>
       </c>
-      <c r="Q33" s="14" t="n">
+      <c r="S33" s="14" t="n">
         <v>3.7</v>
       </c>
-      <c r="R33" s="14" t="n">
+      <c r="T33" s="14" t="n">
+        <v>296.7</v>
+      </c>
+      <c r="U33" s="14" t="n">
         <v>309.2</v>
       </c>
-      <c r="S33" s="14" t="n">
+      <c r="V33" s="14" t="n">
         <v>366.1</v>
       </c>
-      <c r="T33" s="14" t="n">
+      <c r="W33" s="14" t="n">
         <v>355.1</v>
       </c>
-      <c r="U33" s="14" t="n">
+      <c r="X33" s="14" t="n">
         <v>413.8</v>
       </c>
-      <c r="V33" s="14" t="n">
+      <c r="Y33" s="14" t="n">
         <v>398.1</v>
       </c>
-      <c r="W33" s="14" t="n">
+      <c r="Z33" s="14" t="n">
         <v>318.3</v>
       </c>
-      <c r="X33" s="14" t="n">
+      <c r="AA33" s="14" t="n">
         <v>331.7</v>
       </c>
-      <c r="Y33" s="14" t="n">
+      <c r="AB33" s="14" t="n">
         <v>296.9</v>
       </c>
-      <c r="Z33" s="14" t="n">
+      <c r="AC33" s="14" t="n">
+        <v>32.2</v>
+      </c>
+      <c r="AD33" s="14" t="n">
         <v>37.4</v>
       </c>
-      <c r="AA33" s="14" t="n">
+      <c r="AE33" s="14" t="n">
         <v>47.2</v>
       </c>
-      <c r="AB33" s="14" t="n">
+      <c r="AF33" s="14" t="n">
         <v>44.2</v>
       </c>
-      <c r="AC33" s="14" t="n">
+      <c r="AG33" s="14" t="n">
         <v>75.6</v>
       </c>
-      <c r="AD33" s="14" t="n">
+      <c r="AH33" s="14" t="n">
         <v>76.2</v>
       </c>
-      <c r="AE33" s="14" t="n">
+      <c r="AI33" s="14" t="n">
         <v>55.0</v>
       </c>
-      <c r="AF33" s="14" t="n">
+      <c r="AJ33" s="14" t="n">
         <v>54.4</v>
       </c>
-      <c r="AG33" s="14" t="n">
+      <c r="AK33" s="14" t="n">
         <v>45.5</v>
       </c>
-      <c r="AH33" s="14" t="n">
+      <c r="AL33" s="14" t="n">
+        <v>18.9</v>
+      </c>
+      <c r="AM33" s="14" t="n">
         <v>21.1</v>
       </c>
-      <c r="AI33" s="14" t="n">
+      <c r="AN33" s="14" t="n">
         <v>7.9</v>
       </c>
-      <c r="AJ33" s="14" t="n">
+      <c r="AO33" s="14" t="n">
         <v>7.3</v>
       </c>
-      <c r="AK33" s="14" t="n">
+      <c r="AP33" s="14" t="n">
         <v>4.3</v>
       </c>
-      <c r="AL33" s="14" t="n">
+      <c r="AQ33" s="14" t="n">
         <v>4.2</v>
       </c>
-      <c r="AM33" s="14" t="n">
+      <c r="AR33" s="14" t="n">
         <v>5.7</v>
       </c>
-      <c r="AN33" s="14" t="n">
+      <c r="AS33" s="14" t="n">
         <v>6.3</v>
       </c>
-      <c r="AO33" s="14" t="n">
+      <c r="AT33" s="14" t="n">
         <v>12.7</v>
       </c>
-      <c r="AP33" s="14" t="n">
+      <c r="AU33" s="14" t="n">
+        <v>133.3</v>
+      </c>
+      <c r="AV33" s="14" t="n">
         <v>141.7</v>
       </c>
-      <c r="AQ33" s="14" t="n">
+      <c r="AW33" s="14" t="n">
         <v>89.1</v>
       </c>
-      <c r="AR33" s="14" t="n">
+      <c r="AX33" s="14" t="n">
         <v>87.3</v>
       </c>
-      <c r="AS33" s="14" t="n">
+      <c r="AY33" s="14" t="n">
         <v>47.5</v>
       </c>
-      <c r="AT33" s="14" t="n">
+      <c r="AZ33" s="14" t="n">
         <v>47.2</v>
       </c>
-      <c r="AU33" s="14" t="n">
+      <c r="BA33" s="14" t="n">
         <v>105.3</v>
       </c>
-      <c r="AV33" s="14" t="n">
+      <c r="BB33" s="14" t="n">
         <v>105.1</v>
       </c>
-      <c r="AW33" s="14" t="n">
+      <c r="BC33" s="14" t="n">
         <v>49.2</v>
       </c>
-      <c r="AX33" s="14" t="n">
+      <c r="BD33" s="14" t="n">
+        <v>8.6</v>
+      </c>
+      <c r="BE33" s="14" t="n">
         <v>9.2</v>
       </c>
-      <c r="AY33" s="14" t="n">
+      <c r="BF33" s="14" t="n">
         <v>18.6</v>
       </c>
-      <c r="AZ33" s="14" t="n">
+      <c r="BG33" s="14" t="n">
         <v>19.5</v>
       </c>
-      <c r="BA33" s="14" t="n">
+      <c r="BH33" s="14" t="n">
         <v>11.3</v>
       </c>
-      <c r="BB33" s="14" t="n">
+      <c r="BI33" s="14" t="n">
         <v>6.3</v>
       </c>
-      <c r="BC33" s="14" t="n">
+      <c r="BJ33" s="14" t="n">
         <v>10.5</v>
       </c>
-      <c r="BD33" s="14" t="n">
+      <c r="BK33" s="14" t="n">
         <v>5.1</v>
       </c>
-      <c r="BE33" s="14" t="n">
+      <c r="BL33" s="14" t="n">
         <v>11.5</v>
       </c>
-      <c r="BF33" s="14" t="n">
+      <c r="BM33" s="14" t="n">
+        <v>413.7</v>
+      </c>
+      <c r="BN33" s="14" t="n">
         <v>431.5</v>
       </c>
-      <c r="BG33" s="14" t="n">
+      <c r="BO33" s="14" t="n">
         <v>243.8</v>
       </c>
-      <c r="BH33" s="14" t="n">
+      <c r="BP33" s="14" t="n">
         <v>238.4</v>
       </c>
-      <c r="BI33" s="14" t="n">
+      <c r="BQ33" s="14" t="n">
         <v>212.9</v>
       </c>
-      <c r="BJ33" s="14" t="n">
+      <c r="BR33" s="14" t="n">
         <v>210.6</v>
       </c>
-      <c r="BK33" s="14" t="n">
+      <c r="BS33" s="14" t="n">
         <v>296.1</v>
       </c>
-      <c r="BL33" s="14" t="n">
+      <c r="BT33" s="14" t="n">
         <v>276.1</v>
       </c>
-      <c r="BM33" s="14" t="n">
+      <c r="BU33" s="14" t="n">
         <v>314.9</v>
       </c>
-      <c r="BN33" s="14" t="n">
+      <c r="BV33" s="14" t="n">
+        <v>116.5</v>
+      </c>
+      <c r="BW33" s="14" t="n">
         <v>126.6</v>
       </c>
-      <c r="BO33" s="14" t="n">
+      <c r="BX33" s="14" t="n">
         <v>272.1</v>
       </c>
-      <c r="BP33" s="14" t="n">
+      <c r="BY33" s="14" t="n">
         <v>249.0</v>
       </c>
-      <c r="BQ33" s="14" t="n">
+      <c r="BZ33" s="14" t="n">
         <v>50.2</v>
       </c>
-      <c r="BR33" s="14" t="n">
+      <c r="CA33" s="14" t="n">
         <v>47.2</v>
       </c>
-      <c r="BS33" s="14" t="n">
+      <c r="CB33" s="14" t="n">
         <v>356.9</v>
       </c>
-      <c r="BT33" s="14" t="n">
+      <c r="CC33" s="14" t="n">
         <v>356.5</v>
       </c>
-      <c r="BU33" s="14" t="n">
+      <c r="CD33" s="14" t="n">
         <v>25.4</v>
       </c>
-      <c r="BV33" s="14" t="n">
+      <c r="CE33" s="14" t="n">
+        <v>1052.5</v>
+      </c>
+      <c r="CF33" s="14" t="n">
         <v>1078.0</v>
       </c>
-      <c r="BW33" s="14" t="n">
+      <c r="CG33" s="14" t="n">
         <v>224.1</v>
       </c>
-      <c r="BX33" s="14" t="n">
+      <c r="CH33" s="14" t="n">
         <v>230.7</v>
       </c>
-      <c r="BY33" s="14" t="n">
+      <c r="CI33" s="14" t="n">
         <v>186.2</v>
       </c>
-      <c r="BZ33" s="14" t="n">
+      <c r="CJ33" s="14" t="n">
         <v>192.5</v>
       </c>
-      <c r="CA33" s="14" t="n">
+      <c r="CK33" s="14" t="n">
         <v>198.7</v>
       </c>
-      <c r="CB33" s="14" t="n">
+      <c r="CL33" s="14" t="n">
         <v>171.7</v>
       </c>
-      <c r="CC33" s="14" t="n">
+      <c r="CM33" s="14" t="n">
         <v>353.7</v>
       </c>
-      <c r="CD33" s="14" t="n">
+      <c r="CN33" s="14" t="n">
+        <v>2822.8</v>
+      </c>
+      <c r="CO33" s="14" t="n">
         <v>2910.2</v>
       </c>
-      <c r="CE33" s="14" t="n">
+      <c r="CP33" s="14" t="n">
         <v>3702.0</v>
       </c>
-      <c r="CF33" s="14" t="n">
+      <c r="CQ33" s="14" t="n">
         <v>3771.3</v>
       </c>
-      <c r="CG33" s="14" t="n">
+      <c r="CR33" s="14" t="n">
         <v>3287.2</v>
       </c>
-      <c r="CH33" s="14" t="n">
+      <c r="CS33" s="14" t="n">
         <v>3201.1</v>
       </c>
-      <c r="CI33" s="14" t="n">
+      <c r="CT33" s="14" t="n">
         <v>1548.4</v>
       </c>
-      <c r="CJ33" s="14" t="n">
+      <c r="CU33" s="14" t="n">
         <v>1640.0</v>
       </c>
-      <c r="CK33" s="14" t="n">
+      <c r="CV33" s="14" t="n">
         <v>2262.9</v>
       </c>
-      <c r="CL33" s="14" t="n">
+      <c r="CW33" s="14" t="n">
+        <v>1405.2</v>
+      </c>
+      <c r="CX33" s="14" t="n">
         <v>1289.4</v>
       </c>
-      <c r="CM33" s="14" t="n">
+      <c r="CY33" s="14" t="n">
         <v>874.4</v>
       </c>
-      <c r="CN33" s="14" t="n">
+      <c r="CZ33" s="14" t="n">
         <v>891.8</v>
       </c>
-      <c r="CO33" s="14" t="n">
+      <c r="DA33" s="14" t="n">
         <v>507.0</v>
       </c>
-      <c r="CP33" s="14" t="n">
+      <c r="DB33" s="14" t="n">
         <v>475.0</v>
       </c>
-      <c r="CQ33" s="14" t="n">
+      <c r="DC33" s="14" t="n">
         <v>394.4</v>
       </c>
-      <c r="CR33" s="14" t="n">
+      <c r="DD33" s="14" t="n">
         <v>321.7</v>
       </c>
-      <c r="CS33" s="14" t="n">
+      <c r="DE33" s="14" t="n">
         <v>485.9</v>
       </c>
-      <c r="CT33" s="14" t="n">
+      <c r="DF33" s="14" t="n">
+        <v>1855.1</v>
+      </c>
+      <c r="DG33" s="14" t="n">
         <v>1903.1</v>
       </c>
-      <c r="CU33" s="14" t="n">
+      <c r="DH33" s="14" t="n">
         <v>1251.9</v>
       </c>
-      <c r="CV33" s="14" t="n">
+      <c r="DI33" s="14" t="n">
         <v>1246.9</v>
       </c>
-      <c r="CW33" s="14" t="n">
+      <c r="DJ33" s="14" t="n">
         <v>2195.3</v>
       </c>
-      <c r="CX33" s="14" t="n">
+      <c r="DK33" s="14" t="n">
         <v>4211.1</v>
       </c>
-      <c r="CY33" s="14" t="n">
+      <c r="DL33" s="14" t="n">
         <v>4550.2</v>
       </c>
-      <c r="CZ33" s="14" t="n">
+      <c r="DM33" s="14" t="n">
         <v>4555.7</v>
       </c>
-      <c r="DA33" s="14" t="n">
+      <c r="DN33" s="14" t="n">
         <v>3755.9</v>
       </c>
-      <c r="DB33" s="14" t="n">
+      <c r="DO33" s="14" t="n">
+        <v>167.6</v>
+      </c>
+      <c r="DP33" s="14" t="n">
         <v>110.3</v>
       </c>
-      <c r="DC33" s="14" t="n">
+      <c r="DQ33" s="14" t="n">
         <v>77.2</v>
       </c>
-      <c r="DD33" s="14" t="n">
+      <c r="DR33" s="14" t="n">
         <v>49.0</v>
       </c>
-      <c r="DE33" s="14" t="n">
+      <c r="DS33" s="14" t="n">
         <v>71.9</v>
       </c>
-      <c r="DF33" s="14" t="n">
+      <c r="DT33" s="14" t="n">
         <v>147.7</v>
       </c>
-      <c r="DG33" s="14" t="n">
+      <c r="DU33" s="14" t="n">
         <v>156.8</v>
       </c>
-      <c r="DH33" s="14" t="n">
+      <c r="DV33" s="14" t="n">
         <v>131.1</v>
       </c>
-      <c r="DI33" s="14" t="n">
+      <c r="DW33" s="14" t="n">
         <v>362.5</v>
       </c>
-      <c r="DJ33" s="14" t="n">
+      <c r="DX33" s="14" t="n">
+        <v>32913.2</v>
+      </c>
+      <c r="DY33" s="14" t="n">
         <v>26954.5</v>
       </c>
-      <c r="DK33" s="14" t="n">
+      <c r="DZ33" s="14" t="n">
         <v>36864.9</v>
       </c>
-      <c r="DL33" s="14" t="n">
+      <c r="EA33" s="14" t="n">
         <v>36486.9</v>
       </c>
-      <c r="DM33" s="14" t="n">
+      <c r="EB33" s="14" t="n">
         <v>27332.5</v>
       </c>
-      <c r="DN33" s="14" t="n">
+      <c r="EC33" s="14" t="n">
         <v>26823.9</v>
       </c>
-      <c r="DO33" s="14" t="n">
+      <c r="ED33" s="14" t="n">
         <v>24127.9</v>
       </c>
-      <c r="DP33" s="14" t="n">
+      <c r="EE33" s="14" t="n">
         <v>22432.0</v>
       </c>
-      <c r="DQ33" s="14" t="n">
+      <c r="EF33" s="14" t="n">
         <v>5991.8</v>
       </c>
-      <c r="DR33" s="14" t="n">
+      <c r="EG33" s="14" t="n">
+        <v>3593.0</v>
+      </c>
+      <c r="EH33" s="14" t="n">
         <v>3613.8</v>
       </c>
-      <c r="DS33" s="14" t="n">
+      <c r="EI33" s="14" t="n">
         <v>3638.8</v>
       </c>
-      <c r="DT33" s="14" t="n">
+      <c r="EJ33" s="14" t="n">
         <v>7066.6</v>
       </c>
-      <c r="DU33" s="14" t="n">
+      <c r="EK33" s="14" t="n">
         <v>7457.3</v>
       </c>
-      <c r="DV33" s="14" t="n">
+      <c r="EL33" s="14" t="n">
         <v>1536.0</v>
       </c>
-      <c r="DW33" s="14" t="n">
+      <c r="EM33" s="14" t="n">
         <v>1439.8</v>
       </c>
-      <c r="DX33" s="14" t="n">
+      <c r="EN33" s="14" t="n">
         <v>1368.9</v>
       </c>
-      <c r="DY33" s="14" t="n">
+      <c r="EO33" s="14" t="n">
         <v>1370.6</v>
       </c>
-      <c r="DZ33" s="14" t="n">
+      <c r="EP33" s="14" t="n">
+        <v>37670.9</v>
+      </c>
+      <c r="EQ33" s="14" t="n">
         <v>46305.7</v>
       </c>
-      <c r="EA33" s="14" t="n">
+      <c r="ER33" s="14" t="n">
         <v>42684.3</v>
       </c>
-      <c r="EB33" s="14" t="n">
+      <c r="ES33" s="14" t="n">
         <v>78067.9</v>
       </c>
-      <c r="EC33" s="14" t="n">
+      <c r="ET33" s="14" t="n">
         <v>85211.7</v>
       </c>
-      <c r="ED33" s="14" t="n">
+      <c r="EU33" s="14" t="n">
         <v>144747.6</v>
       </c>
-      <c r="EE33" s="14" t="n">
+      <c r="EV33" s="14" t="n">
         <v>124267.5</v>
       </c>
-      <c r="EF33" s="14" t="n">
+      <c r="EW33" s="14" t="n">
         <v>132351.7</v>
       </c>
-      <c r="EG33" s="14" t="n">
+      <c r="EX33" s="14" t="n">
         <v>79854.1</v>
       </c>
-      <c r="EH33" s="14" t="n">
+      <c r="EY33" s="14" t="n">
+        <v>4272.5</v>
+      </c>
+      <c r="EZ33" s="14" t="n">
         <v>7957.2</v>
       </c>
-      <c r="EI33" s="14" t="n">
+      <c r="FA33" s="14" t="n">
         <v>7419.3</v>
       </c>
-      <c r="EJ33" s="14" t="n">
+      <c r="FB33" s="14" t="n">
         <v>5626.2</v>
       </c>
-      <c r="EK33" s="14" t="n">
+      <c r="FC33" s="14" t="n">
         <v>5745.9</v>
       </c>
-      <c r="EL33" s="14" t="n">
+      <c r="FD33" s="14" t="n">
         <v>5554.3</v>
       </c>
-      <c r="EM33" s="14" t="n">
+      <c r="FE33" s="14" t="n">
         <v>5535.2</v>
       </c>
-      <c r="EN33" s="14" t="n">
+      <c r="FF33" s="14" t="n">
         <v>4363.1</v>
       </c>
-      <c r="EO33" s="14" t="n">
+      <c r="FG33" s="14" t="n">
         <v>4245.4</v>
       </c>
-      <c r="EP33" s="14" t="n">
+      <c r="FH33" s="14" t="n">
+        <v>5707.4</v>
+      </c>
+      <c r="FI33" s="14" t="n">
         <v>6332.8</v>
       </c>
-      <c r="EQ33" s="14" t="n">
+      <c r="FJ33" s="14" t="n">
         <v>6064.1</v>
       </c>
-      <c r="ER33" s="14" t="n">
+      <c r="FK33" s="14" t="n">
         <v>5909.5</v>
       </c>
-      <c r="ES33" s="14" t="n">
+      <c r="FL33" s="14" t="n">
         <v>5744.8</v>
       </c>
-      <c r="ET33" s="14" t="n">
+      <c r="FM33" s="14" t="n">
         <v>5609.9</v>
       </c>
-      <c r="EU33" s="14" t="n">
+      <c r="FN33" s="14" t="n">
         <v>5436.2</v>
       </c>
-      <c r="EV33" s="14" t="n">
+      <c r="FO33" s="14" t="n">
         <v>5009.6</v>
       </c>
-      <c r="EW33" s="14" t="n">
+      <c r="FP33" s="14" t="n">
         <v>4910.5</v>
       </c>
-      <c r="EX33" s="14" t="n">
-[...2 lines deleted...]
-      <c r="EY33" s="14" t="n">
+      <c r="FQ33" s="14" t="n">
+        <v>130746.5</v>
+      </c>
+      <c r="FR33" s="14" t="n">
+        <v>93084.6</v>
+      </c>
+      <c r="FS33" s="14" t="n">
         <v>119185.1</v>
       </c>
-      <c r="EZ33" s="14" t="n">
+      <c r="FT33" s="14" t="n">
         <v>82084.6</v>
       </c>
-      <c r="FA33" s="14" t="n">
+      <c r="FU33" s="14" t="n">
         <v>28860.1</v>
       </c>
-      <c r="FB33" s="14" t="n">
+      <c r="FV33" s="14" t="n">
         <v>31318.4</v>
       </c>
-      <c r="FC33" s="14" t="n">
+      <c r="FW33" s="14" t="n">
         <v>30332.4</v>
       </c>
-      <c r="FD33" s="14" t="n">
+      <c r="FX33" s="14" t="n">
         <v>26183.4</v>
       </c>
-      <c r="FE33" s="14" t="n">
+      <c r="FY33" s="14" t="n">
         <v>24794.0</v>
       </c>
-      <c r="FF33" s="14" t="n">
-[...2 lines deleted...]
-      <c r="FG33" s="14" t="n">
+      <c r="FZ33" s="14" t="n">
+        <v>224310.4</v>
+      </c>
+      <c r="GA33" s="14" t="n">
+        <v>193732.9</v>
+      </c>
+      <c r="GB33" s="14" t="n">
         <v>224175.5</v>
       </c>
-      <c r="FH33" s="14" t="n">
+      <c r="GC33" s="14" t="n">
         <v>223576.1</v>
       </c>
-      <c r="FI33" s="14" t="n">
+      <c r="GD33" s="14" t="n">
         <v>168534.4</v>
       </c>
-      <c r="FJ33" s="14" t="n">
+      <c r="GE33" s="14" t="n">
         <v>225739.2</v>
       </c>
-      <c r="FK33" s="14" t="n">
+      <c r="GF33" s="14" t="n">
         <v>200232.7</v>
       </c>
-      <c r="FL33" s="14" t="n">
+      <c r="GG33" s="14" t="n">
         <v>200796.8</v>
       </c>
-      <c r="FM33" s="14" t="n">
+      <c r="GH33" s="14" t="n">
         <v>130267.5</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="6" t="inlineStr">
         <is>
           <t>08 (except 08.1 and 08.41)Scrapped equipment (except scrap vehicles and waste batteries and accumulators)P</t>
         </is>
       </c>
       <c r="B34" s="14" t="n">
+        <v>104.6</v>
+      </c>
+      <c r="C34" s="14" t="n">
         <v>107.8</v>
       </c>
-      <c r="C34" s="14" t="n">
+      <c r="D34" s="14" t="n">
         <v>122.2</v>
       </c>
-      <c r="D34" s="14" t="n">
+      <c r="E34" s="14" t="n">
         <v>123.1</v>
       </c>
-      <c r="E34" s="14" t="n">
+      <c r="F34" s="14" t="n">
         <v>115.9</v>
       </c>
-      <c r="F34" s="14" t="n">
+      <c r="G34" s="14" t="n">
         <v>125.4</v>
       </c>
-      <c r="G34" s="14" t="n">
+      <c r="H34" s="14" t="n">
         <v>113.8</v>
       </c>
-      <c r="H34" s="14" t="n">
+      <c r="I34" s="14" t="n">
         <v>122.1</v>
       </c>
-      <c r="I34" s="14" t="n">
+      <c r="J34" s="14" t="n">
         <v>117.7</v>
       </c>
-      <c r="J34" s="14" t="n">
+      <c r="K34" s="14" t="n">
+        <v>115.6</v>
+      </c>
+      <c r="L34" s="14" t="n">
         <v>108.1</v>
       </c>
-      <c r="K34" s="14" t="n">
+      <c r="M34" s="14" t="n">
         <v>120.6</v>
       </c>
-      <c r="L34" s="14" t="n">
+      <c r="N34" s="14" t="n">
         <v>100.4</v>
       </c>
-      <c r="M34" s="14" t="n">
+      <c r="O34" s="14" t="n">
         <v>61.8</v>
       </c>
-      <c r="N34" s="14" t="n">
+      <c r="P34" s="14" t="n">
         <v>66.5</v>
       </c>
-      <c r="O34" s="14" t="n">
+      <c r="Q34" s="14" t="n">
         <v>77.4</v>
       </c>
-      <c r="P34" s="14" t="n">
+      <c r="R34" s="14" t="n">
         <v>71.0</v>
       </c>
-      <c r="Q34" s="14" t="n">
+      <c r="S34" s="14" t="n">
         <v>83.3</v>
       </c>
-      <c r="R34" s="14" t="n">
+      <c r="T34" s="14" t="n">
+        <v>321.0</v>
+      </c>
+      <c r="U34" s="14" t="n">
         <v>334.4</v>
       </c>
-      <c r="S34" s="14" t="n">
+      <c r="V34" s="14" t="n">
         <v>324.2</v>
       </c>
-      <c r="T34" s="14" t="n">
+      <c r="W34" s="14" t="n">
         <v>314.4</v>
       </c>
-      <c r="U34" s="14" t="n">
+      <c r="X34" s="14" t="n">
         <v>495.7</v>
       </c>
-      <c r="V34" s="14" t="n">
+      <c r="Y34" s="14" t="n">
         <v>476.9</v>
       </c>
-      <c r="W34" s="14" t="n">
+      <c r="Z34" s="14" t="n">
         <v>373.9</v>
       </c>
-      <c r="X34" s="14" t="n">
+      <c r="AA34" s="14" t="n">
         <v>371.6</v>
       </c>
-      <c r="Y34" s="14" t="n">
+      <c r="AB34" s="14" t="n">
         <v>274.5</v>
       </c>
-      <c r="Z34" s="14" t="n">
+      <c r="AC34" s="14" t="n">
+        <v>20.0</v>
+      </c>
+      <c r="AD34" s="14" t="n">
         <v>23.3</v>
       </c>
-      <c r="AA34" s="14" t="n">
+      <c r="AE34" s="14" t="n">
         <v>19.5</v>
       </c>
-      <c r="AB34" s="14" t="n">
+      <c r="AF34" s="14" t="n">
         <v>18.2</v>
       </c>
-      <c r="AC34" s="14" t="n">
+      <c r="AG34" s="14" t="n">
         <v>23.8</v>
       </c>
-      <c r="AD34" s="14" t="n">
+      <c r="AH34" s="14" t="n">
         <v>24.0</v>
       </c>
-      <c r="AE34" s="14" t="n">
+      <c r="AI34" s="14" t="n">
         <v>68.2</v>
       </c>
-      <c r="AF34" s="14" t="n">
+      <c r="AJ34" s="14" t="n">
         <v>65.6</v>
       </c>
-      <c r="AG34" s="14" t="n">
+      <c r="AK34" s="14" t="n">
         <v>20.6</v>
       </c>
-      <c r="AH34" s="14" t="n">
+      <c r="AL34" s="14" t="n">
+        <v>31.8</v>
+      </c>
+      <c r="AM34" s="14" t="n">
         <v>35.5</v>
       </c>
-      <c r="AI34" s="14" t="n">
+      <c r="AN34" s="14" t="n">
         <v>39.8</v>
       </c>
-      <c r="AJ34" s="14" t="n">
+      <c r="AO34" s="14" t="n">
         <v>36.8</v>
       </c>
-      <c r="AK34" s="14" t="n">
+      <c r="AP34" s="14" t="n">
         <v>32.8</v>
       </c>
-      <c r="AL34" s="14" t="n">
+      <c r="AQ34" s="14" t="n">
         <v>32.0</v>
       </c>
-      <c r="AM34" s="14" t="n">
+      <c r="AR34" s="14" t="n">
         <v>35.2</v>
       </c>
-      <c r="AN34" s="14" t="n">
+      <c r="AS34" s="14" t="n">
         <v>33.3</v>
       </c>
-      <c r="AO34" s="14" t="n">
+      <c r="AT34" s="14" t="n">
         <v>15.8</v>
       </c>
-      <c r="AP34" s="14" t="n">
+      <c r="AU34" s="14" t="n">
+        <v>76.5</v>
+      </c>
+      <c r="AV34" s="14" t="n">
         <v>81.3</v>
       </c>
-      <c r="AQ34" s="14" t="n">
+      <c r="AW34" s="14" t="n">
         <v>91.8</v>
       </c>
-      <c r="AR34" s="14" t="n">
+      <c r="AX34" s="14" t="n">
         <v>90.0</v>
       </c>
-      <c r="AS34" s="14" t="n">
+      <c r="AY34" s="14" t="n">
         <v>93.5</v>
       </c>
-      <c r="AT34" s="14" t="n">
+      <c r="AZ34" s="14" t="n">
         <v>93.0</v>
       </c>
-      <c r="AU34" s="14" t="n">
+      <c r="BA34" s="14" t="n">
         <v>107.4</v>
       </c>
-      <c r="AV34" s="14" t="n">
+      <c r="BB34" s="14" t="n">
         <v>109.2</v>
       </c>
-      <c r="AW34" s="14" t="n">
+      <c r="BC34" s="14" t="n">
         <v>84.2</v>
       </c>
-      <c r="AX34" s="14" t="n">
+      <c r="BD34" s="14" t="n">
+        <v>80.5</v>
+      </c>
+      <c r="BE34" s="14" t="n">
         <v>85.6</v>
       </c>
-      <c r="AY34" s="14" t="n">
+      <c r="BF34" s="14" t="n">
         <v>113.3</v>
       </c>
-      <c r="AZ34" s="14" t="n">
+      <c r="BG34" s="14" t="n">
         <v>31.6</v>
       </c>
-      <c r="BA34" s="14" t="n">
+      <c r="BH34" s="14" t="n">
         <v>20.4</v>
       </c>
-      <c r="BB34" s="14" t="n">
+      <c r="BI34" s="14" t="n">
         <v>14.8</v>
       </c>
-      <c r="BC34" s="14" t="n">
+      <c r="BJ34" s="14" t="n">
         <v>26.1</v>
       </c>
-      <c r="BD34" s="14" t="n">
+      <c r="BK34" s="14" t="n">
         <v>18.9</v>
       </c>
-      <c r="BE34" s="14" t="n">
+      <c r="BL34" s="14" t="n">
         <v>12.7</v>
       </c>
-      <c r="BF34" s="14" t="n">
+      <c r="BM34" s="14" t="n">
+        <v>352.2</v>
+      </c>
+      <c r="BN34" s="14" t="n">
         <v>367.4</v>
       </c>
-      <c r="BG34" s="14" t="n">
+      <c r="BO34" s="14" t="n">
         <v>275.1</v>
       </c>
-      <c r="BH34" s="14" t="n">
+      <c r="BP34" s="14" t="n">
         <v>269.1</v>
       </c>
-      <c r="BI34" s="14" t="n">
+      <c r="BQ34" s="14" t="n">
         <v>342.1</v>
       </c>
-      <c r="BJ34" s="14" t="n">
+      <c r="BR34" s="14" t="n">
         <v>338.4</v>
       </c>
-      <c r="BK34" s="14" t="n">
+      <c r="BS34" s="14" t="n">
         <v>281.5</v>
       </c>
-      <c r="BL34" s="14" t="n">
+      <c r="BT34" s="14" t="n">
         <v>251.4</v>
       </c>
-      <c r="BM34" s="14" t="n">
+      <c r="BU34" s="14" t="n">
         <v>276.2</v>
       </c>
-      <c r="BN34" s="14" t="n">
+      <c r="BV34" s="14" t="n">
+        <v>124.1</v>
+      </c>
+      <c r="BW34" s="14" t="n">
         <v>134.7</v>
       </c>
-      <c r="BO34" s="14" t="n">
+      <c r="BX34" s="14" t="n">
         <v>187.4</v>
       </c>
-      <c r="BP34" s="14" t="n">
+      <c r="BY34" s="14" t="n">
         <v>171.5</v>
       </c>
-      <c r="BQ34" s="14" t="n">
+      <c r="BZ34" s="14" t="n">
         <v>150.2</v>
       </c>
-      <c r="BR34" s="14" t="n">
+      <c r="CA34" s="14" t="n">
         <v>141.3</v>
       </c>
-      <c r="BS34" s="14" t="n">
+      <c r="CB34" s="14" t="n">
         <v>112.8</v>
       </c>
-      <c r="BT34" s="14" t="n">
+      <c r="CC34" s="14" t="n">
         <v>112.7</v>
       </c>
-      <c r="BU34" s="14" t="n">
+      <c r="CD34" s="14" t="n">
         <v>124.8</v>
       </c>
-      <c r="BV34" s="14" t="n">
+      <c r="CE34" s="14" t="n">
+        <v>627.0</v>
+      </c>
+      <c r="CF34" s="14" t="n">
         <v>642.2</v>
       </c>
-      <c r="BW34" s="14" t="n">
+      <c r="CG34" s="14" t="n">
         <v>659.8</v>
       </c>
-      <c r="BX34" s="14" t="n">
+      <c r="CH34" s="14" t="n">
         <v>679.4</v>
       </c>
-      <c r="BY34" s="14" t="n">
+      <c r="CI34" s="14" t="n">
         <v>555.7</v>
       </c>
-      <c r="BZ34" s="14" t="n">
+      <c r="CJ34" s="14" t="n">
         <v>574.5</v>
       </c>
-      <c r="CA34" s="14" t="n">
+      <c r="CK34" s="14" t="n">
         <v>613.1</v>
       </c>
-      <c r="CB34" s="14" t="n">
+      <c r="CL34" s="14" t="n">
         <v>612.0</v>
       </c>
-      <c r="CC34" s="14" t="n">
+      <c r="CM34" s="14" t="n">
         <v>438.0</v>
       </c>
-      <c r="CD34" s="14" t="n">
+      <c r="CN34" s="14" t="n">
+        <v>1126.7</v>
+      </c>
+      <c r="CO34" s="14" t="n">
         <v>1161.6</v>
       </c>
-      <c r="CE34" s="14" t="n">
+      <c r="CP34" s="14" t="n">
         <v>1149.6</v>
       </c>
-      <c r="CF34" s="14" t="n">
+      <c r="CQ34" s="14" t="n">
         <v>1171.2</v>
       </c>
-      <c r="CG34" s="14" t="n">
+      <c r="CR34" s="14" t="n">
         <v>1189.0</v>
       </c>
-      <c r="CH34" s="14" t="n">
+      <c r="CS34" s="14" t="n">
         <v>1157.9</v>
       </c>
-      <c r="CI34" s="14" t="n">
+      <c r="CT34" s="14" t="n">
         <v>1338.6</v>
       </c>
-      <c r="CJ34" s="14" t="n">
+      <c r="CU34" s="14" t="n">
         <v>1266.6</v>
       </c>
-      <c r="CK34" s="14" t="n">
+      <c r="CV34" s="14" t="n">
         <v>1576.7</v>
       </c>
-      <c r="CL34" s="14" t="n">
+      <c r="CW34" s="14" t="n">
+        <v>1004.4</v>
+      </c>
+      <c r="CX34" s="14" t="n">
         <v>921.6</v>
       </c>
-      <c r="CM34" s="14" t="n">
+      <c r="CY34" s="14" t="n">
         <v>958.8</v>
       </c>
-      <c r="CN34" s="14" t="n">
+      <c r="CZ34" s="14" t="n">
         <v>977.9</v>
       </c>
-      <c r="CO34" s="14" t="n">
+      <c r="DA34" s="14" t="n">
         <v>1766.0</v>
       </c>
-      <c r="CP34" s="14" t="n">
+      <c r="DB34" s="14" t="n">
         <v>1654.4</v>
       </c>
-      <c r="CQ34" s="14" t="n">
+      <c r="DC34" s="14" t="n">
         <v>2174.8</v>
       </c>
-      <c r="CR34" s="14" t="n">
+      <c r="DD34" s="14" t="n">
         <v>2170.3</v>
       </c>
-      <c r="CS34" s="14" t="n">
+      <c r="DE34" s="14" t="n">
         <v>2017.8</v>
       </c>
-      <c r="CT34" s="14" t="n">
+      <c r="DF34" s="14" t="n">
+        <v>10128.5</v>
+      </c>
+      <c r="DG34" s="14" t="n">
         <v>10390.6</v>
       </c>
-      <c r="CU34" s="14" t="n">
+      <c r="DH34" s="14" t="n">
         <v>6566.0</v>
       </c>
-      <c r="CV34" s="14" t="n">
+      <c r="DI34" s="14" t="n">
         <v>6539.9</v>
       </c>
-      <c r="CW34" s="14" t="n">
+      <c r="DJ34" s="14" t="n">
         <v>8416.7</v>
       </c>
-      <c r="CX34" s="14" t="n">
+      <c r="DK34" s="14" t="n">
         <v>5223.4</v>
       </c>
-      <c r="CY34" s="14" t="n">
+      <c r="DL34" s="14" t="n">
         <v>4397.3</v>
       </c>
-      <c r="CZ34" s="14" t="n">
+      <c r="DM34" s="14" t="n">
         <v>4402.5</v>
       </c>
-      <c r="DA34" s="14" t="n">
+      <c r="DN34" s="14" t="n">
         <v>5189.6</v>
       </c>
-      <c r="DB34" s="14" t="n">
+      <c r="DO34" s="14" t="n">
+        <v>742.6</v>
+      </c>
+      <c r="DP34" s="14" t="n">
         <v>477.6</v>
       </c>
-      <c r="DC34" s="14" t="n">
+      <c r="DQ34" s="14" t="n">
         <v>691.0</v>
       </c>
-      <c r="DD34" s="14" t="n">
+      <c r="DR34" s="14" t="n">
         <v>533.7</v>
       </c>
-      <c r="DE34" s="14" t="n">
+      <c r="DS34" s="14" t="n">
         <v>2784.9</v>
       </c>
-      <c r="DF34" s="14" t="n">
+      <c r="DT34" s="14" t="n">
         <v>2122.4</v>
       </c>
-      <c r="DG34" s="14" t="n">
+      <c r="DU34" s="14" t="n">
         <v>1170.0</v>
       </c>
-      <c r="DH34" s="14" t="n">
+      <c r="DV34" s="14" t="n">
         <v>866.2</v>
       </c>
-      <c r="DI34" s="14" t="n">
+      <c r="DW34" s="14" t="n">
         <v>915.9</v>
       </c>
-      <c r="DJ34" s="14" t="n">
+      <c r="DX34" s="14" t="n">
+        <v>21772.2</v>
+      </c>
+      <c r="DY34" s="14" t="n">
         <v>15677.2</v>
       </c>
-      <c r="DK34" s="14" t="n">
+      <c r="DZ34" s="14" t="n">
         <v>17488.3</v>
       </c>
-      <c r="DL34" s="14" t="n">
+      <c r="EA34" s="14" t="n">
         <v>19067.3</v>
       </c>
-      <c r="DM34" s="14" t="n">
+      <c r="EB34" s="14" t="n">
         <v>11948.9</v>
       </c>
-      <c r="DN34" s="14" t="n">
+      <c r="EC34" s="14" t="n">
         <v>11210.7</v>
       </c>
-      <c r="DO34" s="14" t="n">
+      <c r="ED34" s="14" t="n">
         <v>7842.7</v>
       </c>
-      <c r="DP34" s="14" t="n">
+      <c r="EE34" s="14" t="n">
         <v>8635.0</v>
       </c>
-      <c r="DQ34" s="14" t="n">
+      <c r="EF34" s="14" t="n">
         <v>2873.2</v>
       </c>
-      <c r="DR34" s="14" t="n">
+      <c r="EG34" s="14" t="n">
+        <v>2164.5</v>
+      </c>
+      <c r="EH34" s="14" t="n">
         <v>1338.3</v>
       </c>
-      <c r="DS34" s="14" t="n">
+      <c r="EI34" s="14" t="n">
         <v>1344.5</v>
       </c>
-      <c r="DT34" s="14" t="n">
+      <c r="EJ34" s="14" t="n">
         <v>3083.2</v>
       </c>
-      <c r="DU34" s="14" t="n">
+      <c r="EK34" s="14" t="n">
         <v>3259.3</v>
       </c>
-      <c r="DV34" s="14" t="n">
+      <c r="EL34" s="14" t="n">
         <v>1880.8</v>
       </c>
-      <c r="DW34" s="14" t="n">
+      <c r="EM34" s="14" t="n">
         <v>1764.6</v>
       </c>
-      <c r="DX34" s="14" t="n">
+      <c r="EN34" s="14" t="n">
         <v>2312.6</v>
       </c>
-      <c r="DY34" s="14" t="n">
+      <c r="EO34" s="14" t="n">
         <v>2321.9</v>
       </c>
-      <c r="DZ34" s="14" t="n">
+      <c r="EP34" s="14" t="n">
+        <v>25643.9</v>
+      </c>
+      <c r="EQ34" s="14" t="n">
         <v>25261.5</v>
       </c>
-      <c r="EA34" s="14" t="n">
+      <c r="ER34" s="14" t="n">
         <v>23003.2</v>
       </c>
-      <c r="EB34" s="14" t="n">
+      <c r="ES34" s="14" t="n">
         <v>24714.0</v>
       </c>
-      <c r="EC34" s="14" t="n">
+      <c r="ET34" s="14" t="n">
         <v>27739.6</v>
       </c>
-      <c r="ED34" s="14" t="n">
+      <c r="EU34" s="14" t="n">
         <v>80397.5</v>
       </c>
-      <c r="EE34" s="14" t="n">
+      <c r="EV34" s="14" t="n">
         <v>69399.4</v>
       </c>
-      <c r="EF34" s="14" t="n">
+      <c r="EW34" s="14" t="n">
         <v>37438.8</v>
       </c>
-      <c r="EG34" s="14" t="n">
+      <c r="EX34" s="14" t="n">
         <v>21776.7</v>
       </c>
-      <c r="EH34" s="14" t="n">
+      <c r="EY34" s="14" t="n">
+        <v>1887.9</v>
+      </c>
+      <c r="EZ34" s="14" t="n">
         <v>1937.4</v>
       </c>
-      <c r="EI34" s="14" t="n">
+      <c r="FA34" s="14" t="n">
         <v>1826.4</v>
       </c>
-      <c r="EJ34" s="14" t="n">
+      <c r="FB34" s="14" t="n">
         <v>2288.7</v>
       </c>
-      <c r="EK34" s="14" t="n">
+      <c r="FC34" s="14" t="n">
         <v>2382.8</v>
       </c>
-      <c r="EL34" s="14" t="n">
+      <c r="FD34" s="14" t="n">
         <v>2901.0</v>
       </c>
-      <c r="EM34" s="14" t="n">
+      <c r="FE34" s="14" t="n">
         <v>2876.9</v>
       </c>
-      <c r="EN34" s="14" t="n">
+      <c r="FF34" s="14" t="n">
         <v>2067.2</v>
       </c>
-      <c r="EO34" s="14" t="n">
+      <c r="FG34" s="14" t="n">
         <v>2014.8</v>
       </c>
-      <c r="EP34" s="14" t="n">
+      <c r="FH34" s="14" t="n">
+        <v>3069.1</v>
+      </c>
+      <c r="FI34" s="14" t="n">
         <v>1788.0</v>
       </c>
-      <c r="EQ34" s="14" t="n">
+      <c r="FJ34" s="14" t="n">
         <v>1737.1</v>
       </c>
-      <c r="ER34" s="14" t="n">
+      <c r="FK34" s="14" t="n">
         <v>2424.5</v>
       </c>
-      <c r="ES34" s="14" t="n">
+      <c r="FL34" s="14" t="n">
         <v>2361.2</v>
       </c>
-      <c r="ET34" s="14" t="n">
+      <c r="FM34" s="14" t="n">
         <v>1926.2</v>
       </c>
-      <c r="EU34" s="14" t="n">
+      <c r="FN34" s="14" t="n">
         <v>1899.3</v>
       </c>
-      <c r="EV34" s="14" t="n">
+      <c r="FO34" s="14" t="n">
         <v>1493.8</v>
       </c>
-      <c r="EW34" s="14" t="n">
+      <c r="FP34" s="14" t="n">
         <v>1454.9</v>
       </c>
-      <c r="EX34" s="14" t="n">
-[...2 lines deleted...]
-      <c r="EY34" s="14" t="n">
+      <c r="FQ34" s="14" t="n">
+        <v>133082.5</v>
+      </c>
+      <c r="FR34" s="14" t="n">
+        <v>109194.0</v>
+      </c>
+      <c r="FS34" s="14" t="n">
         <v>132398.5</v>
       </c>
-      <c r="EZ34" s="14" t="n">
+      <c r="FT34" s="14" t="n">
         <v>92715.5</v>
       </c>
-      <c r="FA34" s="14" t="n">
+      <c r="FU34" s="14" t="n">
         <v>28849.9</v>
       </c>
-      <c r="FB34" s="14" t="n">
+      <c r="FV34" s="14" t="n">
         <v>27415.0</v>
       </c>
-      <c r="FC34" s="14" t="n">
+      <c r="FW34" s="14" t="n">
         <v>24266.7</v>
       </c>
-      <c r="FD34" s="14" t="n">
+      <c r="FX34" s="14" t="n">
         <v>19885.0</v>
       </c>
-      <c r="FE34" s="14" t="n">
+      <c r="FY34" s="14" t="n">
         <v>32816.9</v>
       </c>
-      <c r="FF34" s="14" t="n">
-[...2 lines deleted...]
-      <c r="FG34" s="14" t="n">
+      <c r="FZ34" s="14" t="n">
+        <v>202475.6</v>
+      </c>
+      <c r="GA34" s="14" t="n">
+        <v>170068.1</v>
+      </c>
+      <c r="GB34" s="14" t="n">
         <v>189117.2</v>
       </c>
-      <c r="FH34" s="14" t="n">
+      <c r="GC34" s="14" t="n">
         <v>155350.3</v>
       </c>
-      <c r="FI34" s="14" t="n">
+      <c r="GD34" s="14" t="n">
         <v>92590.2</v>
       </c>
-      <c r="FJ34" s="14" t="n">
+      <c r="GE34" s="14" t="n">
         <v>137776.1</v>
       </c>
-      <c r="FK34" s="14" t="n">
+      <c r="GF34" s="14" t="n">
         <v>118939.7</v>
       </c>
-      <c r="FL34" s="14" t="n">
+      <c r="GG34" s="14" t="n">
         <v>82305.8</v>
       </c>
-      <c r="FM34" s="14" t="n">
+      <c r="GH34" s="14" t="n">
         <v>74406.2</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="6" t="inlineStr">
         <is>
           <t>08.1 Discarded Vehicles NP</t>
         </is>
       </c>
       <c r="B35" s="14" t="n">
+        <v>4713.2</v>
+      </c>
+      <c r="C35" s="14" t="n">
         <v>4913.3</v>
       </c>
-      <c r="C35" s="14" t="n">
+      <c r="D35" s="14" t="n">
         <v>5466.1</v>
       </c>
-      <c r="D35" s="14" t="n">
+      <c r="E35" s="14" t="n">
         <v>5467.6</v>
       </c>
-      <c r="E35" s="14" t="n">
+      <c r="F35" s="14" t="n">
         <v>5239.1</v>
       </c>
-      <c r="F35" s="14" t="n">
+      <c r="G35" s="14" t="n">
         <v>5468.5</v>
       </c>
-      <c r="G35" s="14" t="n">
+      <c r="H35" s="14" t="n">
         <v>4197.5</v>
       </c>
-      <c r="H35" s="14" t="n">
+      <c r="I35" s="14" t="n">
         <v>5425.6</v>
       </c>
-      <c r="I35" s="14" t="n">
+      <c r="J35" s="14" t="n">
         <v>5180.1</v>
       </c>
-      <c r="J35" s="14" t="n">
+      <c r="K35" s="14" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="L35" s="14" t="n">
         <v>3.3</v>
       </c>
-      <c r="K35" s="13" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="M35" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N35" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="O35" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="P35" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="Q35" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="R35" s="14" t="n">
+      <c r="R35" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="S35" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="T35" s="14" t="n">
+        <v>33.7</v>
+      </c>
+      <c r="U35" s="14" t="n">
         <v>35.1</v>
       </c>
-      <c r="S35" s="14" t="n">
+      <c r="V35" s="14" t="n">
         <v>258.8</v>
       </c>
-      <c r="T35" s="14" t="n">
+      <c r="W35" s="14" t="n">
         <v>251.0</v>
       </c>
-      <c r="U35" s="14" t="n">
+      <c r="X35" s="14" t="n">
         <v>2.6</v>
       </c>
-      <c r="V35" s="14" t="n">
+      <c r="Y35" s="14" t="n">
         <v>2.5</v>
       </c>
-      <c r="W35" s="14" t="n">
+      <c r="Z35" s="14" t="n">
         <v>28.5</v>
       </c>
-      <c r="X35" s="14" t="n">
+      <c r="AA35" s="14" t="n">
         <v>21.8</v>
       </c>
-      <c r="Y35" s="14" t="n">
+      <c r="AB35" s="14" t="n">
         <v>160.1</v>
       </c>
-      <c r="Z35" s="13" t="inlineStr">
-[...14 lines deleted...]
-      <c r="AC35" s="14" t="n">
+      <c r="AC35" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AD35" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AE35" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AF35" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AG35" s="14" t="n">
         <v>1.4</v>
       </c>
-      <c r="AD35" s="14" t="n">
+      <c r="AH35" s="14" t="n">
         <v>1.4</v>
       </c>
-      <c r="AE35" s="13" t="inlineStr">
-[...14 lines deleted...]
-      <c r="AH35" s="14" t="n">
+      <c r="AI35" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AJ35" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AK35" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AL35" s="14" t="n">
+        <v>16.3</v>
+      </c>
+      <c r="AM35" s="14" t="n">
         <v>18.2</v>
       </c>
-      <c r="AI35" s="13" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AK35" s="14" t="n">
+      <c r="AN35" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AO35" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AP35" s="14" t="n">
         <v>5.3</v>
       </c>
-      <c r="AL35" s="14" t="n">
+      <c r="AQ35" s="14" t="n">
         <v>5.1</v>
       </c>
-      <c r="AM35" s="13" t="inlineStr">
-[...23 lines deleted...]
-      </c>
       <c r="AR35" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AS35" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AT35" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AU35" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AV35" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
@@ -16101,566 +17998,653 @@
       <c r="BA35" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BB35" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BC35" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BD35" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BE35" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="BF35" s="14" t="n">
+      <c r="BF35" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BG35" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BH35" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BI35" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BJ35" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BK35" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BL35" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BM35" s="14" t="n">
+        <v>6.1</v>
+      </c>
+      <c r="BN35" s="14" t="n">
         <v>6.4</v>
       </c>
-      <c r="BG35" s="13" t="inlineStr">
-[...9 lines deleted...]
-      <c r="BI35" s="14" t="n">
+      <c r="BO35" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BP35" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BQ35" s="14" t="n">
         <v>3.6</v>
       </c>
-      <c r="BJ35" s="14" t="n">
+      <c r="BR35" s="14" t="n">
         <v>3.6</v>
       </c>
-      <c r="BK35" s="14" t="n">
+      <c r="BS35" s="14" t="n">
         <v>14.4</v>
       </c>
-      <c r="BL35" s="14" t="n">
+      <c r="BT35" s="14" t="n">
         <v>11.7</v>
       </c>
-      <c r="BM35" s="14" t="n">
+      <c r="BU35" s="14" t="n">
         <v>45.3</v>
       </c>
-      <c r="BN35" s="13" t="inlineStr">
-[...34 lines deleted...]
-      <c r="BU35" s="14" t="n">
+      <c r="BV35" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BW35" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BX35" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BY35" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BZ35" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CA35" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CB35" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CC35" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CD35" s="14" t="n">
         <v>8.2</v>
       </c>
-      <c r="BV35" s="13" t="inlineStr">
-[...14 lines deleted...]
-      <c r="BY35" s="14" t="n">
+      <c r="CE35" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CF35" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CG35" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CH35" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CI35" s="14" t="n">
         <v>13.9</v>
       </c>
-      <c r="BZ35" s="14" t="n">
+      <c r="CJ35" s="14" t="n">
         <v>14.4</v>
       </c>
-      <c r="CA35" s="14" t="n">
+      <c r="CK35" s="14" t="n">
         <v>4.0</v>
       </c>
-      <c r="CB35" s="14" t="n">
+      <c r="CL35" s="14" t="n">
         <v>3.8</v>
       </c>
-      <c r="CC35" s="14" t="n">
+      <c r="CM35" s="14" t="n">
         <v>8.0</v>
       </c>
-      <c r="CD35" s="14" t="n">
+      <c r="CN35" s="14" t="n">
+        <v>47.3</v>
+      </c>
+      <c r="CO35" s="14" t="n">
         <v>48.8</v>
       </c>
-      <c r="CE35" s="14" t="n">
+      <c r="CP35" s="14" t="n">
         <v>28.4</v>
       </c>
-      <c r="CF35" s="14" t="n">
+      <c r="CQ35" s="14" t="n">
         <v>29.0</v>
       </c>
-      <c r="CG35" s="14" t="n">
+      <c r="CR35" s="14" t="n">
         <v>151.5</v>
       </c>
-      <c r="CH35" s="14" t="n">
+      <c r="CS35" s="14" t="n">
         <v>147.6</v>
       </c>
-      <c r="CI35" s="14" t="n">
+      <c r="CT35" s="14" t="n">
         <v>18.0</v>
       </c>
-      <c r="CJ35" s="14" t="n">
+      <c r="CU35" s="14" t="n">
         <v>147.7</v>
       </c>
-      <c r="CK35" s="14" t="n">
+      <c r="CV35" s="14" t="n">
         <v>172.6</v>
       </c>
-      <c r="CL35" s="13" t="inlineStr">
-[...4 lines deleted...]
-      <c r="CM35" s="14" t="n">
+      <c r="CW35" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CX35" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CY35" s="14" t="n">
         <v>10.9</v>
       </c>
-      <c r="CN35" s="14" t="n">
+      <c r="CZ35" s="14" t="n">
         <v>11.2</v>
       </c>
-      <c r="CO35" s="13" t="inlineStr">
-[...19 lines deleted...]
-      <c r="CS35" s="14" t="n">
+      <c r="DA35" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DB35" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DC35" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DD35" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DE35" s="14" t="n">
         <v>17.3</v>
       </c>
-      <c r="CT35" s="13" t="inlineStr">
-[...14 lines deleted...]
-      <c r="CW35" s="14" t="n">
+      <c r="DF35" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DG35" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DH35" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DI35" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DJ35" s="14" t="n">
         <v>0.2</v>
       </c>
-      <c r="CX35" s="14" t="n">
+      <c r="DK35" s="14" t="n">
         <v>0.2</v>
       </c>
-      <c r="CY35" s="13" t="inlineStr">
-[...19 lines deleted...]
-      <c r="DC35" s="14" t="n">
+      <c r="DL35" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DM35" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DN35" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DO35" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DP35" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DQ35" s="14" t="n">
         <v>0.1</v>
       </c>
-      <c r="DD35" s="14" t="n">
+      <c r="DR35" s="14" t="n">
         <v>0.1</v>
       </c>
-      <c r="DE35" s="14" t="n">
+      <c r="DS35" s="14" t="n">
         <v>3.9</v>
       </c>
-      <c r="DF35" s="14" t="n">
+      <c r="DT35" s="14" t="n">
         <v>9.0</v>
       </c>
-      <c r="DG35" s="14" t="n">
+      <c r="DU35" s="14" t="n">
         <v>8.9</v>
       </c>
-      <c r="DH35" s="14" t="n">
+      <c r="DV35" s="14" t="n">
         <v>7.9</v>
       </c>
-      <c r="DI35" s="14" t="n">
+      <c r="DW35" s="14" t="n">
         <v>2333.0</v>
       </c>
-      <c r="DJ35" s="14" t="n">
+      <c r="DX35" s="14" t="n">
+        <v>12916.7</v>
+      </c>
+      <c r="DY35" s="14" t="n">
         <v>25533.2</v>
       </c>
-      <c r="DK35" s="14" t="n">
+      <c r="DZ35" s="14" t="n">
         <v>26116.1</v>
       </c>
-      <c r="DL35" s="14" t="n">
+      <c r="EA35" s="14" t="n">
         <v>26922.6</v>
       </c>
-      <c r="DM35" s="14" t="n">
+      <c r="EB35" s="14" t="n">
         <v>31904.9</v>
       </c>
-      <c r="DN35" s="14" t="n">
+      <c r="EC35" s="14" t="n">
         <v>67645.7</v>
       </c>
-      <c r="DO35" s="14" t="n">
+      <c r="ED35" s="14" t="n">
         <v>37399.0</v>
       </c>
-      <c r="DP35" s="14" t="n">
+      <c r="EE35" s="14" t="n">
         <v>34771.0</v>
       </c>
-      <c r="DQ35" s="14" t="n">
+      <c r="EF35" s="14" t="n">
         <v>30.3</v>
       </c>
-      <c r="DR35" s="14" t="n">
+      <c r="EG35" s="14" t="n">
+        <v>7.1</v>
+      </c>
+      <c r="EH35" s="14" t="n">
         <v>74.9</v>
       </c>
-      <c r="DS35" s="14" t="n">
+      <c r="EI35" s="14" t="n">
         <v>79.1</v>
       </c>
-      <c r="DT35" s="14" t="n">
+      <c r="EJ35" s="14" t="n">
         <v>55.8</v>
       </c>
-      <c r="DU35" s="14" t="n">
+      <c r="EK35" s="14" t="n">
         <v>60.0</v>
       </c>
-      <c r="DV35" s="14" t="n">
+      <c r="EL35" s="14" t="n">
         <v>28.2</v>
       </c>
-      <c r="DW35" s="14" t="n">
+      <c r="EM35" s="14" t="n">
         <v>26.9</v>
       </c>
-      <c r="DX35" s="14" t="n">
+      <c r="EN35" s="14" t="n">
         <v>28.8</v>
       </c>
-      <c r="DY35" s="14" t="n">
+      <c r="EO35" s="14" t="n">
         <v>30.2</v>
       </c>
-      <c r="DZ35" s="14" t="n">
+      <c r="EP35" s="14" t="n">
+        <v>385.9</v>
+      </c>
+      <c r="EQ35" s="14" t="n">
         <v>458.7</v>
       </c>
-      <c r="EA35" s="14" t="n">
+      <c r="ER35" s="14" t="n">
         <v>409.5</v>
       </c>
-      <c r="EB35" s="14" t="n">
+      <c r="ES35" s="14" t="n">
         <v>1867.7</v>
       </c>
-      <c r="EC35" s="14" t="n">
+      <c r="ET35" s="14" t="n">
         <v>2124.5</v>
       </c>
-      <c r="ED35" s="14" t="n">
+      <c r="EU35" s="14" t="n">
         <v>1110.7</v>
       </c>
-      <c r="EE35" s="14" t="n">
+      <c r="EV35" s="14" t="n">
         <v>1076.6</v>
       </c>
-      <c r="EF35" s="14" t="n">
+      <c r="EW35" s="14" t="n">
         <v>3154.4</v>
       </c>
-      <c r="EG35" s="14" t="n">
+      <c r="EX35" s="14" t="n">
         <v>2953.2</v>
       </c>
-      <c r="EH35" s="14" t="n">
+      <c r="EY35" s="14" t="n">
+        <v>25.1</v>
+      </c>
+      <c r="EZ35" s="14" t="n">
         <v>33.8</v>
       </c>
-      <c r="EI35" s="14" t="n">
+      <c r="FA35" s="14" t="n">
         <v>32.3</v>
       </c>
-      <c r="EJ35" s="13" t="inlineStr">
-[...9 lines deleted...]
-      <c r="EL35" s="14" t="n">
+      <c r="FB35" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FC35" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FD35" s="14" t="n">
         <v>33.6</v>
       </c>
-      <c r="EM35" s="14" t="n">
+      <c r="FE35" s="14" t="n">
         <v>33.8</v>
       </c>
-      <c r="EN35" s="14" t="n">
+      <c r="FF35" s="14" t="n">
         <v>1743.3</v>
       </c>
-      <c r="EO35" s="14" t="n">
+      <c r="FG35" s="14" t="n">
         <v>1699.0</v>
       </c>
-      <c r="EP35" s="14" t="n">
+      <c r="FH35" s="14" t="n">
+        <v>34.4</v>
+      </c>
+      <c r="FI35" s="14" t="n">
         <v>46.5</v>
       </c>
-      <c r="EQ35" s="14" t="n">
+      <c r="FJ35" s="14" t="n">
         <v>40.8</v>
       </c>
-      <c r="ER35" s="14" t="n">
+      <c r="FK35" s="14" t="n">
         <v>26.9</v>
       </c>
-      <c r="ES35" s="14" t="n">
+      <c r="FL35" s="14" t="n">
         <v>26.6</v>
       </c>
-      <c r="ET35" s="14" t="n">
+      <c r="FM35" s="14" t="n">
         <v>21.4</v>
       </c>
-      <c r="EU35" s="14" t="n">
+      <c r="FN35" s="14" t="n">
         <v>21.2</v>
       </c>
-      <c r="EV35" s="14" t="n">
+      <c r="FO35" s="14" t="n">
         <v>128.9</v>
       </c>
-      <c r="EW35" s="14" t="n">
+      <c r="FP35" s="14" t="n">
         <v>126.9</v>
       </c>
-      <c r="EX35" s="13" t="inlineStr">
-[...39 lines deleted...]
-      <c r="FF35" s="14" t="n">
+      <c r="FQ35" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FR35" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FS35" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FT35" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FU35" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FV35" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FW35" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FX35" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FY35" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FZ35" s="14" t="n">
+        <v>18189.4</v>
+      </c>
+      <c r="GA35" s="14" t="n">
         <v>31172.2</v>
       </c>
-      <c r="FG35" s="14" t="n">
+      <c r="GB35" s="14" t="n">
         <v>32442.1</v>
       </c>
-      <c r="FH35" s="14" t="n">
+      <c r="GC35" s="14" t="n">
         <v>34631.9</v>
       </c>
-      <c r="FI35" s="14" t="n">
+      <c r="GD35" s="14" t="n">
         <v>39537.5</v>
       </c>
-      <c r="FJ35" s="14" t="n">
+      <c r="GE35" s="14" t="n">
         <v>74491.9</v>
       </c>
-      <c r="FK35" s="14" t="n">
+      <c r="GF35" s="14" t="n">
         <v>42828.8</v>
       </c>
-      <c r="FL35" s="14" t="n">
+      <c r="GG35" s="14" t="n">
         <v>45444.9</v>
       </c>
-      <c r="FM35" s="14" t="n">
+      <c r="GH35" s="14" t="n">
         <v>12764.2</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="6" t="inlineStr">
         <is>
           <t>08.1 Scrapped Vehicles P</t>
         </is>
       </c>
       <c r="B36" s="14" t="n">
+        <v>213.1</v>
+      </c>
+      <c r="C36" s="14" t="n">
         <v>250.2</v>
       </c>
-      <c r="C36" s="14" t="n">
+      <c r="D36" s="14" t="n">
         <v>296.2</v>
       </c>
-      <c r="D36" s="14" t="n">
+      <c r="E36" s="14" t="n">
         <v>296.8</v>
       </c>
-      <c r="E36" s="14" t="n">
+      <c r="F36" s="14" t="n">
         <v>264.4</v>
       </c>
-      <c r="F36" s="14" t="n">
+      <c r="G36" s="14" t="n">
         <v>289.3</v>
       </c>
-      <c r="G36" s="14" t="n">
+      <c r="H36" s="14" t="n">
         <v>246.7</v>
       </c>
-      <c r="H36" s="14" t="n">
+      <c r="I36" s="14" t="n">
         <v>290.9</v>
       </c>
-      <c r="I36" s="14" t="n">
+      <c r="J36" s="14" t="n">
         <v>258.7</v>
       </c>
-      <c r="J36" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="K36" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="L36" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="M36" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N36" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="O36" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="P36" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="Q36" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="R36" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="S36" s="14" t="n">
+      <c r="S36" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="T36" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="U36" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="V36" s="14" t="n">
         <v>43.2</v>
       </c>
-      <c r="T36" s="14" t="n">
+      <c r="W36" s="14" t="n">
         <v>41.9</v>
       </c>
-      <c r="U36" s="14" t="n">
+      <c r="X36" s="14" t="n">
         <v>28.4</v>
       </c>
-      <c r="V36" s="14" t="n">
+      <c r="Y36" s="14" t="n">
         <v>27.3</v>
       </c>
-      <c r="W36" s="14" t="n">
+      <c r="Z36" s="14" t="n">
         <v>29.5</v>
       </c>
-      <c r="X36" s="14" t="n">
+      <c r="AA36" s="14" t="n">
         <v>28.5</v>
       </c>
-      <c r="Y36" s="14" t="n">
+      <c r="AB36" s="14" t="n">
         <v>11.7</v>
       </c>
-      <c r="Z36" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="AC36" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AD36" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AE36" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AF36" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AG36" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
@@ -16787,2627 +18771,2968 @@
       <c r="BF36" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BG36" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BH36" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BI36" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BJ36" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="BK36" s="14" t="n">
+      <c r="BK36" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BL36" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BM36" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BN36" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BO36" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BP36" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BQ36" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BR36" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BS36" s="14" t="n">
         <v>2.1</v>
       </c>
-      <c r="BL36" s="14" t="n">
+      <c r="BT36" s="14" t="n">
         <v>1.8</v>
       </c>
-      <c r="BM36" s="14" t="n">
+      <c r="BU36" s="14" t="n">
         <v>3.2</v>
       </c>
-      <c r="BN36" s="13" t="inlineStr">
-[...4 lines deleted...]
-      <c r="BO36" s="14" t="n">
+      <c r="BV36" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BW36" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BX36" s="14" t="n">
         <v>0.4</v>
       </c>
-      <c r="BP36" s="14" t="n">
+      <c r="BY36" s="14" t="n">
         <v>0.3</v>
       </c>
-      <c r="BQ36" s="14" t="n">
+      <c r="BZ36" s="14" t="n">
         <v>51.9</v>
       </c>
-      <c r="BR36" s="14" t="n">
+      <c r="CA36" s="14" t="n">
         <v>48.8</v>
       </c>
-      <c r="BS36" s="13" t="inlineStr">
-[...9 lines deleted...]
-      <c r="BU36" s="14" t="n">
+      <c r="CB36" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CC36" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CD36" s="14" t="n">
         <v>49.3</v>
       </c>
-      <c r="BV36" s="13" t="inlineStr">
-[...24 lines deleted...]
-      <c r="CA36" s="14" t="n">
+      <c r="CE36" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CF36" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CG36" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CH36" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CI36" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CJ36" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CK36" s="14" t="n">
         <v>13.8</v>
       </c>
-      <c r="CB36" s="14" t="n">
+      <c r="CL36" s="14" t="n">
         <v>12.0</v>
       </c>
-      <c r="CC36" s="14" t="n">
+      <c r="CM36" s="14" t="n">
         <v>11.9</v>
       </c>
-      <c r="CD36" s="14" t="n">
+      <c r="CN36" s="14" t="n">
+        <v>1049.2</v>
+      </c>
+      <c r="CO36" s="14" t="n">
         <v>1081.7</v>
       </c>
-      <c r="CE36" s="14" t="n">
+      <c r="CP36" s="14" t="n">
         <v>1194.9</v>
       </c>
-      <c r="CF36" s="14" t="n">
+      <c r="CQ36" s="14" t="n">
         <v>1217.3</v>
       </c>
-      <c r="CG36" s="14" t="n">
+      <c r="CR36" s="14" t="n">
         <v>655.3</v>
       </c>
-      <c r="CH36" s="14" t="n">
+      <c r="CS36" s="14" t="n">
         <v>638.1</v>
       </c>
-      <c r="CI36" s="14" t="n">
+      <c r="CT36" s="14" t="n">
         <v>456.6</v>
       </c>
-      <c r="CJ36" s="14" t="n">
+      <c r="CU36" s="14" t="n">
         <v>463.2</v>
       </c>
-      <c r="CK36" s="14" t="n">
+      <c r="CV36" s="14" t="n">
         <v>471.2</v>
       </c>
-      <c r="CL36" s="14" t="n">
+      <c r="CW36" s="14" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="CX36" s="14" t="n">
         <v>3.6</v>
       </c>
-      <c r="CM36" s="14" t="n">
+      <c r="CY36" s="14" t="n">
         <v>15.3</v>
       </c>
-      <c r="CN36" s="14" t="n">
+      <c r="CZ36" s="14" t="n">
         <v>15.6</v>
       </c>
-      <c r="CO36" s="14" t="n">
+      <c r="DA36" s="14" t="n">
         <v>61.7</v>
       </c>
-      <c r="CP36" s="14" t="n">
+      <c r="DB36" s="14" t="n">
         <v>57.8</v>
       </c>
-      <c r="CQ36" s="14" t="n">
+      <c r="DC36" s="14" t="n">
         <v>2.7</v>
       </c>
-      <c r="CR36" s="14" t="n">
+      <c r="DD36" s="14" t="n">
         <v>2.4</v>
       </c>
-      <c r="CS36" s="14" t="n">
+      <c r="DE36" s="14" t="n">
         <v>162.8</v>
       </c>
-      <c r="CT36" s="14" t="n">
+      <c r="DF36" s="14" t="n">
         <v>0.3</v>
       </c>
-      <c r="CU36" s="14" t="n">
+      <c r="DG36" s="14" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="DH36" s="14" t="n">
         <v>1.2</v>
       </c>
-      <c r="CV36" s="14" t="n">
+      <c r="DI36" s="14" t="n">
         <v>1.2</v>
       </c>
-      <c r="CW36" s="13" t="inlineStr">
-[...63 lines deleted...]
-      </c>
       <c r="DJ36" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="DK36" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="DL36" s="14" t="n">
+      <c r="DL36" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DM36" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DN36" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DO36" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DP36" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DQ36" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DR36" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DS36" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DT36" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DU36" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DV36" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DW36" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DX36" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DY36" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DZ36" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EA36" s="14" t="n">
         <v>0.1</v>
       </c>
-      <c r="DM36" s="14" t="n">
+      <c r="EB36" s="14" t="n">
         <v>1.6</v>
       </c>
-      <c r="DN36" s="13" t="inlineStr">
-[...14 lines deleted...]
-      <c r="DQ36" s="14" t="n">
+      <c r="EC36" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="ED36" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EE36" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EF36" s="14" t="n">
         <v>10244.5</v>
       </c>
-      <c r="DR36" s="14" t="n">
+      <c r="EG36" s="14" t="n">
+        <v>140.7</v>
+      </c>
+      <c r="EH36" s="14" t="n">
         <v>50.0</v>
       </c>
-      <c r="DS36" s="14" t="n">
+      <c r="EI36" s="14" t="n">
         <v>50.5</v>
       </c>
-      <c r="DT36" s="14" t="n">
+      <c r="EJ36" s="14" t="n">
         <v>237.5</v>
       </c>
-      <c r="DU36" s="14" t="n">
+      <c r="EK36" s="14" t="n">
         <v>259.4</v>
       </c>
-      <c r="DV36" s="14" t="n">
+      <c r="EL36" s="14" t="n">
         <v>5.6</v>
       </c>
-      <c r="DW36" s="14" t="n">
+      <c r="EM36" s="14" t="n">
         <v>5.4</v>
       </c>
-      <c r="DX36" s="14" t="n">
+      <c r="EN36" s="14" t="n">
         <v>1365.2</v>
       </c>
-      <c r="DY36" s="14" t="n">
+      <c r="EO36" s="14" t="n">
         <v>1366.6</v>
       </c>
-      <c r="DZ36" s="14" t="n">
+      <c r="EP36" s="14" t="n">
+        <v>708755.5</v>
+      </c>
+      <c r="EQ36" s="14" t="n">
         <v>732900.8</v>
       </c>
-      <c r="EA36" s="14" t="n">
+      <c r="ER36" s="14" t="n">
         <v>829180.1</v>
       </c>
-      <c r="EB36" s="14" t="n">
+      <c r="ES36" s="14" t="n">
         <v>778603.3</v>
       </c>
-      <c r="EC36" s="14" t="n">
+      <c r="ET36" s="14" t="n">
         <v>908223.5</v>
       </c>
-      <c r="ED36" s="14" t="n">
+      <c r="EU36" s="14" t="n">
         <v>782709.1</v>
       </c>
-      <c r="EE36" s="14" t="n">
+      <c r="EV36" s="14" t="n">
         <v>611849.1</v>
       </c>
-      <c r="EF36" s="14" t="n">
+      <c r="EW36" s="14" t="n">
         <v>639837.1</v>
       </c>
-      <c r="EG36" s="14" t="n">
+      <c r="EX36" s="14" t="n">
         <v>711749.7</v>
       </c>
-      <c r="EH36" s="14" t="n">
+      <c r="EY36" s="14" t="n">
+        <v>969.4</v>
+      </c>
+      <c r="EZ36" s="14" t="n">
         <v>407.7</v>
       </c>
-      <c r="EI36" s="14" t="n">
+      <c r="FA36" s="14" t="n">
         <v>389.1</v>
       </c>
-      <c r="EJ36" s="14" t="n">
+      <c r="FB36" s="14" t="n">
         <v>676.9</v>
       </c>
-      <c r="EK36" s="14" t="n">
+      <c r="FC36" s="14" t="n">
         <v>702.9</v>
       </c>
-      <c r="EL36" s="14" t="n">
+      <c r="FD36" s="14" t="n">
         <v>379.4</v>
       </c>
-      <c r="EM36" s="14" t="n">
+      <c r="FE36" s="14" t="n">
         <v>361.3</v>
       </c>
-      <c r="EN36" s="14" t="n">
+      <c r="FF36" s="14" t="n">
         <v>474.8</v>
       </c>
-      <c r="EO36" s="14" t="n">
+      <c r="FG36" s="14" t="n">
         <v>462.6</v>
       </c>
-      <c r="EP36" s="14" t="n">
+      <c r="FH36" s="14" t="n">
+        <v>6.9</v>
+      </c>
+      <c r="FI36" s="14" t="n">
         <v>114.6</v>
       </c>
-      <c r="EQ36" s="14" t="n">
+      <c r="FJ36" s="14" t="n">
         <v>119.9</v>
       </c>
-      <c r="ER36" s="14" t="n">
+      <c r="FK36" s="14" t="n">
         <v>138.4</v>
       </c>
-      <c r="ES36" s="14" t="n">
+      <c r="FL36" s="14" t="n">
         <v>129.6</v>
       </c>
-      <c r="ET36" s="14" t="n">
+      <c r="FM36" s="14" t="n">
         <v>38.5</v>
       </c>
-      <c r="EU36" s="14" t="n">
+      <c r="FN36" s="14" t="n">
         <v>26.5</v>
       </c>
-      <c r="EV36" s="14" t="n">
+      <c r="FO36" s="14" t="n">
         <v>36.4</v>
       </c>
-      <c r="EW36" s="14" t="n">
+      <c r="FP36" s="14" t="n">
         <v>35.3</v>
       </c>
-      <c r="EX36" s="13" t="inlineStr">
-[...29 lines deleted...]
-      <c r="FD36" s="14" t="n">
+      <c r="FQ36" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FR36" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FS36" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FT36" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FU36" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FV36" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FW36" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FX36" s="14" t="n">
         <v>1.3</v>
       </c>
-      <c r="FE36" s="13" t="inlineStr">
-[...4 lines deleted...]
-      <c r="FF36" s="14" t="n">
+      <c r="FY36" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FZ36" s="14" t="n">
+        <v>711139.0</v>
+      </c>
+      <c r="GA36" s="14" t="n">
         <v>734808.9</v>
       </c>
-      <c r="FG36" s="14" t="n">
+      <c r="GB36" s="14" t="n">
         <v>831290.8</v>
       </c>
-      <c r="FH36" s="14" t="n">
+      <c r="GC36" s="14" t="n">
         <v>781229.3</v>
       </c>
-      <c r="FI36" s="14" t="n">
+      <c r="GD36" s="14" t="n">
         <v>910378.8</v>
       </c>
-      <c r="FJ36" s="14" t="n">
+      <c r="GE36" s="14" t="n">
         <v>784193.9</v>
       </c>
-      <c r="FK36" s="14" t="n">
+      <c r="GF36" s="14" t="n">
         <v>612993.7</v>
       </c>
-      <c r="FL36" s="14" t="n">
+      <c r="GG36" s="14" t="n">
         <v>642513.6</v>
       </c>
-      <c r="FM36" s="14" t="n">
+      <c r="GH36" s="14" t="n">
         <v>724827.5</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="6" t="inlineStr">
         <is>
           <t>08.41 Waste batteries and accumulators NP</t>
         </is>
       </c>
       <c r="B37" s="14" t="n">
+        <v>214.6</v>
+      </c>
+      <c r="C37" s="14" t="n">
         <v>223.1</v>
       </c>
-      <c r="C37" s="14" t="n">
+      <c r="D37" s="14" t="n">
         <v>256.9</v>
       </c>
-      <c r="D37" s="14" t="n">
+      <c r="E37" s="14" t="n">
         <v>259.0</v>
       </c>
-      <c r="E37" s="14" t="n">
+      <c r="F37" s="14" t="n">
         <v>240.9</v>
       </c>
-      <c r="F37" s="14" t="n">
+      <c r="G37" s="14" t="n">
         <v>264.1</v>
       </c>
-      <c r="G37" s="14" t="n">
+      <c r="H37" s="14" t="n">
         <v>232.6</v>
       </c>
-      <c r="H37" s="14" t="n">
+      <c r="I37" s="14" t="n">
         <v>256.5</v>
       </c>
-      <c r="I37" s="14" t="n">
+      <c r="J37" s="14" t="n">
         <v>244.6</v>
       </c>
-      <c r="J37" s="14" t="n">
+      <c r="K37" s="14" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="L37" s="14" t="n">
         <v>5.6</v>
       </c>
-      <c r="K37" s="14" t="n">
+      <c r="M37" s="14" t="n">
         <v>9.0</v>
       </c>
-      <c r="L37" s="14" t="n">
+      <c r="N37" s="14" t="n">
         <v>7.5</v>
       </c>
-      <c r="M37" s="14" t="n">
+      <c r="O37" s="14" t="n">
         <v>2.4</v>
       </c>
-      <c r="N37" s="14" t="n">
+      <c r="P37" s="14" t="n">
         <v>2.6</v>
       </c>
-      <c r="O37" s="14" t="n">
+      <c r="Q37" s="14" t="n">
         <v>0.2</v>
       </c>
-      <c r="P37" s="14" t="n">
+      <c r="R37" s="14" t="n">
         <v>0.2</v>
       </c>
-      <c r="Q37" s="14" t="n">
+      <c r="S37" s="14" t="n">
         <v>0.1</v>
       </c>
-      <c r="R37" s="14" t="n">
+      <c r="T37" s="14" t="n">
+        <v>5.6</v>
+      </c>
+      <c r="U37" s="14" t="n">
         <v>5.8</v>
       </c>
-      <c r="S37" s="14" t="n">
+      <c r="V37" s="14" t="n">
         <v>4.9</v>
       </c>
-      <c r="T37" s="14" t="n">
+      <c r="W37" s="14" t="n">
         <v>4.8</v>
       </c>
-      <c r="U37" s="14" t="n">
+      <c r="X37" s="14" t="n">
         <v>3.9</v>
       </c>
-      <c r="V37" s="14" t="n">
+      <c r="Y37" s="14" t="n">
         <v>3.8</v>
       </c>
-      <c r="W37" s="14" t="n">
+      <c r="Z37" s="14" t="n">
         <v>11.5</v>
       </c>
-      <c r="X37" s="14" t="n">
+      <c r="AA37" s="14" t="n">
         <v>11.0</v>
       </c>
-      <c r="Y37" s="14" t="n">
+      <c r="AB37" s="14" t="n">
         <v>6.2</v>
       </c>
-      <c r="Z37" s="14" t="n">
+      <c r="AC37" s="14" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="AD37" s="14" t="n">
         <v>0.6</v>
       </c>
-      <c r="AA37" s="14" t="n">
+      <c r="AE37" s="14" t="n">
         <v>0.2</v>
       </c>
-      <c r="AB37" s="14" t="n">
+      <c r="AF37" s="14" t="n">
         <v>0.2</v>
       </c>
-      <c r="AC37" s="14" t="n">
+      <c r="AG37" s="14" t="n">
         <v>0.9</v>
       </c>
-      <c r="AD37" s="14" t="n">
+      <c r="AH37" s="14" t="n">
         <v>0.9</v>
       </c>
-      <c r="AE37" s="14" t="n">
+      <c r="AI37" s="14" t="n">
         <v>1.9</v>
       </c>
-      <c r="AF37" s="14" t="n">
+      <c r="AJ37" s="14" t="n">
         <v>1.7</v>
       </c>
-      <c r="AG37" s="14" t="n">
+      <c r="AK37" s="14" t="n">
         <v>0.7</v>
       </c>
-      <c r="AH37" s="14" t="n">
+      <c r="AL37" s="14" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="AM37" s="14" t="n">
         <v>0.3</v>
       </c>
-      <c r="AI37" s="14" t="n">
+      <c r="AN37" s="14" t="n">
         <v>0.9</v>
       </c>
-      <c r="AJ37" s="14" t="n">
+      <c r="AO37" s="14" t="n">
         <v>0.8</v>
       </c>
-      <c r="AK37" s="14" t="n">
+      <c r="AP37" s="14" t="n">
         <v>0.1</v>
       </c>
-      <c r="AL37" s="14" t="n">
+      <c r="AQ37" s="14" t="n">
         <v>0.1</v>
       </c>
-      <c r="AM37" s="14" t="n">
+      <c r="AR37" s="14" t="n">
         <v>0.1</v>
       </c>
-      <c r="AN37" s="14" t="n">
+      <c r="AS37" s="14" t="n">
         <v>0.1</v>
       </c>
-      <c r="AO37" s="14" t="n">
+      <c r="AT37" s="14" t="n">
         <v>0.2</v>
       </c>
-      <c r="AP37" s="14" t="n">
+      <c r="AU37" s="14" t="n">
         <v>0.3</v>
       </c>
-      <c r="AQ37" s="14" t="n">
+      <c r="AV37" s="14" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="AW37" s="14" t="n">
         <v>1.2</v>
       </c>
-      <c r="AR37" s="14" t="n">
+      <c r="AX37" s="14" t="n">
         <v>1.2</v>
       </c>
-      <c r="AS37" s="14" t="n">
+      <c r="AY37" s="14" t="n">
         <v>3.5</v>
       </c>
-      <c r="AT37" s="14" t="n">
+      <c r="AZ37" s="14" t="n">
         <v>3.5</v>
       </c>
-      <c r="AU37" s="14" t="n">
+      <c r="BA37" s="14" t="n">
         <v>4.4</v>
       </c>
-      <c r="AV37" s="14" t="n">
+      <c r="BB37" s="14" t="n">
         <v>4.0</v>
       </c>
-      <c r="AW37" s="14" t="n">
+      <c r="BC37" s="14" t="n">
         <v>4.8</v>
       </c>
-      <c r="AX37" s="13" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AY37" s="14" t="n">
+      <c r="BD37" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BE37" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BF37" s="14" t="n">
         <v>0.9</v>
       </c>
-      <c r="AZ37" s="14" t="n">
+      <c r="BG37" s="14" t="n">
         <v>0.1</v>
       </c>
-      <c r="BA37" s="13" t="inlineStr">
-[...9 lines deleted...]
-      <c r="BC37" s="14" t="n">
+      <c r="BH37" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BI37" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BJ37" s="14" t="n">
         <v>0.3</v>
       </c>
-      <c r="BD37" s="14" t="n">
+      <c r="BK37" s="14" t="n">
         <v>0.3</v>
       </c>
-      <c r="BE37" s="14" t="n">
+      <c r="BL37" s="14" t="n">
         <v>0.3</v>
       </c>
-      <c r="BF37" s="14" t="n">
+      <c r="BM37" s="14" t="n">
+        <v>7.2</v>
+      </c>
+      <c r="BN37" s="14" t="n">
         <v>7.5</v>
       </c>
-      <c r="BG37" s="14" t="n">
+      <c r="BO37" s="14" t="n">
         <v>5.0</v>
       </c>
-      <c r="BH37" s="14" t="n">
+      <c r="BP37" s="14" t="n">
         <v>4.9</v>
       </c>
-      <c r="BI37" s="14" t="n">
+      <c r="BQ37" s="14" t="n">
         <v>2.9</v>
       </c>
-      <c r="BJ37" s="14" t="n">
+      <c r="BR37" s="14" t="n">
         <v>2.8</v>
       </c>
-      <c r="BK37" s="14" t="n">
+      <c r="BS37" s="14" t="n">
         <v>3.4</v>
       </c>
-      <c r="BL37" s="14" t="n">
+      <c r="BT37" s="14" t="n">
         <v>3.5</v>
       </c>
-      <c r="BM37" s="14" t="n">
+      <c r="BU37" s="14" t="n">
         <v>5.3</v>
       </c>
-      <c r="BN37" s="14" t="n">
+      <c r="BV37" s="14" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="BW37" s="14" t="n">
         <v>2.6</v>
       </c>
-      <c r="BO37" s="14" t="n">
+      <c r="BX37" s="14" t="n">
         <v>1.3</v>
       </c>
-      <c r="BP37" s="14" t="n">
+      <c r="BY37" s="14" t="n">
         <v>1.2</v>
       </c>
-      <c r="BQ37" s="14" t="n">
+      <c r="BZ37" s="14" t="n">
         <v>0.9</v>
       </c>
-      <c r="BR37" s="14" t="n">
+      <c r="CA37" s="14" t="n">
         <v>0.9</v>
       </c>
-      <c r="BS37" s="14" t="n">
+      <c r="CB37" s="14" t="n">
         <v>5.7</v>
       </c>
-      <c r="BT37" s="14" t="n">
+      <c r="CC37" s="14" t="n">
         <v>5.7</v>
       </c>
-      <c r="BU37" s="14" t="n">
+      <c r="CD37" s="14" t="n">
         <v>4.3</v>
       </c>
-      <c r="BV37" s="14" t="n">
+      <c r="CE37" s="14" t="n">
         <v>3.0</v>
       </c>
-      <c r="BW37" s="14" t="n">
+      <c r="CF37" s="14" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="CG37" s="14" t="n">
         <v>7.2</v>
       </c>
-      <c r="BX37" s="14" t="n">
+      <c r="CH37" s="14" t="n">
         <v>7.4</v>
       </c>
-      <c r="BY37" s="14" t="n">
+      <c r="CI37" s="14" t="n">
         <v>4.0</v>
       </c>
-      <c r="BZ37" s="14" t="n">
+      <c r="CJ37" s="14" t="n">
         <v>4.2</v>
       </c>
-      <c r="CA37" s="14" t="n">
+      <c r="CK37" s="14" t="n">
         <v>9.6</v>
-      </c>
-[...28 lines deleted...]
-        <v>17.3</v>
       </c>
       <c r="CL37" s="14" t="n">
         <v>8.5</v>
       </c>
       <c r="CM37" s="14" t="n">
+        <v>8.1</v>
+      </c>
+      <c r="CN37" s="14" t="n">
+        <v>13.1</v>
+      </c>
+      <c r="CO37" s="14" t="n">
+        <v>13.5</v>
+      </c>
+      <c r="CP37" s="14" t="n">
+        <v>50.8</v>
+      </c>
+      <c r="CQ37" s="14" t="n">
+        <v>51.7</v>
+      </c>
+      <c r="CR37" s="14" t="n">
+        <v>26.3</v>
+      </c>
+      <c r="CS37" s="14" t="n">
+        <v>25.6</v>
+      </c>
+      <c r="CT37" s="14" t="n">
+        <v>74.8</v>
+      </c>
+      <c r="CU37" s="14" t="n">
+        <v>85.1</v>
+      </c>
+      <c r="CV37" s="14" t="n">
+        <v>17.3</v>
+      </c>
+      <c r="CW37" s="14" t="n">
+        <v>9.2</v>
+      </c>
+      <c r="CX37" s="14" t="n">
+        <v>8.5</v>
+      </c>
+      <c r="CY37" s="14" t="n">
         <v>14.9</v>
       </c>
-      <c r="CN37" s="14" t="n">
+      <c r="CZ37" s="14" t="n">
         <v>15.2</v>
       </c>
-      <c r="CO37" s="14" t="n">
+      <c r="DA37" s="14" t="n">
         <v>57.6</v>
       </c>
-      <c r="CP37" s="14" t="n">
+      <c r="DB37" s="14" t="n">
         <v>54.0</v>
       </c>
-      <c r="CQ37" s="14" t="n">
+      <c r="DC37" s="14" t="n">
         <v>226.4</v>
       </c>
-      <c r="CR37" s="14" t="n">
+      <c r="DD37" s="14" t="n">
         <v>220.5</v>
       </c>
-      <c r="CS37" s="14" t="n">
+      <c r="DE37" s="14" t="n">
         <v>235.5</v>
       </c>
-      <c r="CT37" s="14" t="n">
+      <c r="DF37" s="14" t="n">
         <v>0.9</v>
       </c>
-      <c r="CU37" s="14" t="n">
+      <c r="DG37" s="14" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="DH37" s="14" t="n">
         <v>0.8</v>
       </c>
-      <c r="CV37" s="14" t="n">
+      <c r="DI37" s="14" t="n">
         <v>0.8</v>
       </c>
-      <c r="CW37" s="14" t="n">
+      <c r="DJ37" s="14" t="n">
         <v>0.6</v>
       </c>
-      <c r="CX37" s="14" t="n">
+      <c r="DK37" s="14" t="n">
         <v>0.6</v>
       </c>
-      <c r="CY37" s="14" t="n">
+      <c r="DL37" s="14" t="n">
         <v>4.4</v>
       </c>
-      <c r="CZ37" s="14" t="n">
+      <c r="DM37" s="14" t="n">
         <v>4.4</v>
       </c>
-      <c r="DA37" s="14" t="n">
+      <c r="DN37" s="14" t="n">
         <v>12.0</v>
       </c>
-      <c r="DB37" s="14" t="n">
+      <c r="DO37" s="14" t="n">
+        <v>12.8</v>
+      </c>
+      <c r="DP37" s="14" t="n">
         <v>4.3</v>
       </c>
-      <c r="DC37" s="14" t="n">
+      <c r="DQ37" s="14" t="n">
         <v>12.8</v>
       </c>
-      <c r="DD37" s="14" t="n">
+      <c r="DR37" s="14" t="n">
         <v>12.4</v>
       </c>
-      <c r="DE37" s="14" t="n">
+      <c r="DS37" s="14" t="n">
         <v>18.0</v>
       </c>
-      <c r="DF37" s="14" t="n">
+      <c r="DT37" s="14" t="n">
         <v>18.4</v>
       </c>
-      <c r="DG37" s="14" t="n">
+      <c r="DU37" s="14" t="n">
         <v>31.2</v>
       </c>
-      <c r="DH37" s="14" t="n">
+      <c r="DV37" s="14" t="n">
         <v>23.5</v>
       </c>
-      <c r="DI37" s="14" t="n">
+      <c r="DW37" s="14" t="n">
         <v>1346.6</v>
       </c>
-      <c r="DJ37" s="14" t="n">
+      <c r="DX37" s="14" t="n">
+        <v>1327.5</v>
+      </c>
+      <c r="DY37" s="14" t="n">
         <v>789.6</v>
       </c>
-      <c r="DK37" s="14" t="n">
+      <c r="DZ37" s="14" t="n">
         <v>2668.0</v>
       </c>
-      <c r="DL37" s="14" t="n">
+      <c r="EA37" s="14" t="n">
         <v>2339.1</v>
       </c>
-      <c r="DM37" s="14" t="n">
+      <c r="EB37" s="14" t="n">
         <v>2275.6</v>
       </c>
-      <c r="DN37" s="14" t="n">
+      <c r="EC37" s="14" t="n">
         <v>1824.0</v>
       </c>
-      <c r="DO37" s="14" t="n">
+      <c r="ED37" s="14" t="n">
         <v>2174.9</v>
       </c>
-      <c r="DP37" s="14" t="n">
+      <c r="EE37" s="14" t="n">
         <v>2506.0</v>
       </c>
-      <c r="DQ37" s="14" t="n">
+      <c r="EF37" s="14" t="n">
         <v>2734.0</v>
       </c>
-      <c r="DR37" s="14" t="n">
+      <c r="EG37" s="14" t="n">
+        <v>32.7</v>
+      </c>
+      <c r="EH37" s="14" t="n">
         <v>140.0</v>
       </c>
-      <c r="DS37" s="14" t="n">
+      <c r="EI37" s="14" t="n">
         <v>140.2</v>
       </c>
-      <c r="DT37" s="14" t="n">
+      <c r="EJ37" s="14" t="n">
         <v>153.3</v>
       </c>
-      <c r="DU37" s="14" t="n">
+      <c r="EK37" s="14" t="n">
         <v>163.3</v>
       </c>
-      <c r="DV37" s="14" t="n">
+      <c r="EL37" s="14" t="n">
         <v>109.2</v>
       </c>
-      <c r="DW37" s="14" t="n">
+      <c r="EM37" s="14" t="n">
         <v>100.2</v>
       </c>
-      <c r="DX37" s="14" t="n">
+      <c r="EN37" s="14" t="n">
         <v>56.1</v>
       </c>
-      <c r="DY37" s="14" t="n">
+      <c r="EO37" s="14" t="n">
         <v>57.1</v>
       </c>
-      <c r="DZ37" s="14" t="n">
+      <c r="EP37" s="14" t="n">
+        <v>883.0</v>
+      </c>
+      <c r="EQ37" s="14" t="n">
         <v>1329.6</v>
       </c>
-      <c r="EA37" s="14" t="n">
+      <c r="ER37" s="14" t="n">
         <v>1190.9</v>
       </c>
-      <c r="EB37" s="14" t="n">
+      <c r="ES37" s="14" t="n">
         <v>1656.1</v>
       </c>
-      <c r="EC37" s="14" t="n">
+      <c r="ET37" s="14" t="n">
         <v>1933.4</v>
       </c>
-      <c r="ED37" s="14" t="n">
+      <c r="EU37" s="14" t="n">
         <v>1958.9</v>
       </c>
-      <c r="EE37" s="14" t="n">
+      <c r="EV37" s="14" t="n">
         <v>1935.0</v>
       </c>
-      <c r="EF37" s="14" t="n">
+      <c r="EW37" s="14" t="n">
         <v>2647.5</v>
       </c>
-      <c r="EG37" s="14" t="n">
+      <c r="EX37" s="14" t="n">
         <v>2544.3</v>
       </c>
-      <c r="EH37" s="14" t="n">
+      <c r="EY37" s="14" t="n">
+        <v>329.9</v>
+      </c>
+      <c r="EZ37" s="14" t="n">
         <v>374.0</v>
       </c>
-      <c r="EI37" s="14" t="n">
+      <c r="FA37" s="14" t="n">
         <v>355.9</v>
       </c>
-      <c r="EJ37" s="14" t="n">
+      <c r="FB37" s="14" t="n">
         <v>117.6</v>
       </c>
-      <c r="EK37" s="14" t="n">
+      <c r="FC37" s="14" t="n">
         <v>122.2</v>
       </c>
-      <c r="EL37" s="14" t="n">
+      <c r="FD37" s="14" t="n">
         <v>106.8</v>
       </c>
-      <c r="EM37" s="14" t="n">
+      <c r="FE37" s="14" t="n">
         <v>104.9</v>
       </c>
-      <c r="EN37" s="14" t="n">
+      <c r="FF37" s="14" t="n">
         <v>156.2</v>
       </c>
-      <c r="EO37" s="14" t="n">
+      <c r="FG37" s="14" t="n">
         <v>152.3</v>
       </c>
-      <c r="EP37" s="14" t="n">
+      <c r="FH37" s="14" t="n">
+        <v>274.7</v>
+      </c>
+      <c r="FI37" s="14" t="n">
         <v>142.8</v>
       </c>
-      <c r="EQ37" s="14" t="n">
+      <c r="FJ37" s="14" t="n">
         <v>140.3</v>
       </c>
-      <c r="ER37" s="14" t="n">
+      <c r="FK37" s="14" t="n">
         <v>178.3</v>
       </c>
-      <c r="ES37" s="14" t="n">
+      <c r="FL37" s="14" t="n">
         <v>173.8</v>
       </c>
-      <c r="ET37" s="14" t="n">
+      <c r="FM37" s="14" t="n">
         <v>213.9</v>
       </c>
-      <c r="EU37" s="14" t="n">
+      <c r="FN37" s="14" t="n">
         <v>210.9</v>
       </c>
-      <c r="EV37" s="14" t="n">
+      <c r="FO37" s="14" t="n">
         <v>644.5</v>
       </c>
-      <c r="EW37" s="14" t="n">
+      <c r="FP37" s="14" t="n">
         <v>632.5</v>
       </c>
-      <c r="EX37" s="14" t="n">
-[...5 lines deleted...]
-      <c r="EZ37" s="14" t="n">
+      <c r="FQ37" s="14" t="n">
+        <v>486.3</v>
+      </c>
+      <c r="FR37" s="14" t="n">
+        <v>507.8</v>
+      </c>
+      <c r="FS37" s="14" t="n">
+        <v>687.0</v>
+      </c>
+      <c r="FT37" s="14" t="n">
         <v>638.0</v>
       </c>
-      <c r="FA37" s="14" t="n">
+      <c r="FU37" s="14" t="n">
         <v>439.1</v>
       </c>
-      <c r="FB37" s="14" t="n">
+      <c r="FV37" s="14" t="n">
         <v>865.8</v>
       </c>
-      <c r="FC37" s="14" t="n">
+      <c r="FW37" s="14" t="n">
         <v>645.3</v>
       </c>
-      <c r="FD37" s="14" t="n">
+      <c r="FX37" s="14" t="n">
         <v>614.6</v>
       </c>
-      <c r="FE37" s="14" t="n">
+      <c r="FY37" s="14" t="n">
         <v>3686.5</v>
       </c>
-      <c r="FF37" s="14" t="n">
-[...5 lines deleted...]
-      <c r="FH37" s="14" t="n">
+      <c r="FZ37" s="14" t="n">
+        <v>3609.9</v>
+      </c>
+      <c r="GA37" s="14" t="n">
+        <v>3559.8</v>
+      </c>
+      <c r="GB37" s="14" t="n">
+        <v>5549.1</v>
+      </c>
+      <c r="GC37" s="14" t="n">
         <v>5449.6</v>
       </c>
-      <c r="FI37" s="14" t="n">
+      <c r="GD37" s="14" t="n">
         <v>5469.4</v>
       </c>
-      <c r="FJ37" s="14" t="n">
+      <c r="GE37" s="14" t="n">
         <v>5460.1</v>
       </c>
-      <c r="FK37" s="14" t="n">
+      <c r="GF37" s="14" t="n">
         <v>5777.7</v>
       </c>
-      <c r="FL37" s="14" t="n">
+      <c r="GG37" s="14" t="n">
         <v>7249.9</v>
       </c>
-      <c r="FM37" s="14" t="n">
+      <c r="GH37" s="14" t="n">
         <v>11692.7</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="6" t="inlineStr">
         <is>
           <t>08.41 Waste batteries and accumulators P</t>
         </is>
       </c>
       <c r="B38" s="14" t="n">
+        <v>349.8</v>
+      </c>
+      <c r="C38" s="14" t="n">
         <v>373.3</v>
       </c>
-      <c r="C38" s="14" t="n">
+      <c r="D38" s="14" t="n">
         <v>428.0</v>
       </c>
-      <c r="D38" s="14" t="n">
+      <c r="E38" s="14" t="n">
         <v>429.6</v>
       </c>
-      <c r="E38" s="14" t="n">
+      <c r="F38" s="14" t="n">
         <v>399.4</v>
       </c>
-      <c r="F38" s="14" t="n">
+      <c r="G38" s="14" t="n">
         <v>431.0</v>
       </c>
-      <c r="G38" s="14" t="n">
+      <c r="H38" s="14" t="n">
         <v>347.4</v>
       </c>
-      <c r="H38" s="14" t="n">
+      <c r="I38" s="14" t="n">
         <v>421.3</v>
       </c>
-      <c r="I38" s="14" t="n">
+      <c r="J38" s="14" t="n">
         <v>396.1</v>
       </c>
-      <c r="J38" s="14" t="n">
+      <c r="K38" s="14" t="n">
+        <v>292.2</v>
+      </c>
+      <c r="L38" s="14" t="n">
         <v>311.8</v>
       </c>
-      <c r="K38" s="14" t="n">
+      <c r="M38" s="14" t="n">
         <v>254.8</v>
       </c>
-      <c r="L38" s="14" t="n">
+      <c r="N38" s="14" t="n">
         <v>117.8</v>
       </c>
-      <c r="M38" s="14" t="n">
+      <c r="O38" s="14" t="n">
         <v>55.1</v>
       </c>
-      <c r="N38" s="14" t="n">
+      <c r="P38" s="14" t="n">
         <v>44.8</v>
       </c>
-      <c r="O38" s="14" t="n">
+      <c r="Q38" s="14" t="n">
         <v>76.0</v>
       </c>
-      <c r="P38" s="14" t="n">
+      <c r="R38" s="14" t="n">
         <v>69.7</v>
       </c>
-      <c r="Q38" s="14" t="n">
+      <c r="S38" s="14" t="n">
         <v>140.3</v>
       </c>
-      <c r="R38" s="14" t="n">
+      <c r="T38" s="14" t="n">
+        <v>463.3</v>
+      </c>
+      <c r="U38" s="14" t="n">
         <v>566.2</v>
       </c>
-      <c r="S38" s="14" t="n">
+      <c r="V38" s="14" t="n">
         <v>294.2</v>
       </c>
-      <c r="T38" s="14" t="n">
+      <c r="W38" s="14" t="n">
         <v>158.4</v>
       </c>
-      <c r="U38" s="14" t="n">
+      <c r="X38" s="14" t="n">
         <v>173.3</v>
       </c>
-      <c r="V38" s="14" t="n">
+      <c r="Y38" s="14" t="n">
         <v>127.7</v>
       </c>
-      <c r="W38" s="14" t="n">
+      <c r="Z38" s="14" t="n">
         <v>183.5</v>
       </c>
-      <c r="X38" s="14" t="n">
+      <c r="AA38" s="14" t="n">
         <v>123.7</v>
       </c>
-      <c r="Y38" s="14" t="n">
+      <c r="AB38" s="14" t="n">
         <v>431.9</v>
       </c>
-      <c r="Z38" s="14" t="n">
+      <c r="AC38" s="14" t="n">
+        <v>65.7</v>
+      </c>
+      <c r="AD38" s="14" t="n">
         <v>90.9</v>
       </c>
-      <c r="AA38" s="14" t="n">
+      <c r="AE38" s="14" t="n">
         <v>14.6</v>
       </c>
-      <c r="AB38" s="14" t="n">
+      <c r="AF38" s="14" t="n">
         <v>7.6</v>
       </c>
-      <c r="AC38" s="14" t="n">
+      <c r="AG38" s="14" t="n">
         <v>28.8</v>
       </c>
-      <c r="AD38" s="14" t="n">
+      <c r="AH38" s="14" t="n">
         <v>22.0</v>
       </c>
-      <c r="AE38" s="14" t="n">
+      <c r="AI38" s="14" t="n">
         <v>13.6</v>
       </c>
-      <c r="AF38" s="14" t="n">
+      <c r="AJ38" s="14" t="n">
         <v>11.5</v>
       </c>
-      <c r="AG38" s="14" t="n">
+      <c r="AK38" s="14" t="n">
         <v>3.0</v>
       </c>
-      <c r="AH38" s="14" t="n">
+      <c r="AL38" s="14" t="n">
+        <v>73.1</v>
+      </c>
+      <c r="AM38" s="14" t="n">
         <v>101.9</v>
       </c>
-      <c r="AI38" s="14" t="n">
+      <c r="AN38" s="14" t="n">
         <v>26.6</v>
       </c>
-      <c r="AJ38" s="14" t="n">
+      <c r="AO38" s="14" t="n">
         <v>13.8</v>
       </c>
-      <c r="AK38" s="14" t="n">
+      <c r="AP38" s="14" t="n">
         <v>12.8</v>
       </c>
-      <c r="AL38" s="14" t="n">
+      <c r="AQ38" s="14" t="n">
         <v>9.5</v>
       </c>
-      <c r="AM38" s="14" t="n">
+      <c r="AR38" s="14" t="n">
         <v>10.6</v>
       </c>
-      <c r="AN38" s="14" t="n">
+      <c r="AS38" s="14" t="n">
         <v>8.2</v>
       </c>
-      <c r="AO38" s="14" t="n">
+      <c r="AT38" s="14" t="n">
         <v>7.4</v>
       </c>
-      <c r="AP38" s="14" t="n">
+      <c r="AU38" s="14" t="n">
+        <v>148.0</v>
+      </c>
+      <c r="AV38" s="14" t="n">
         <v>186.5</v>
       </c>
-      <c r="AQ38" s="14" t="n">
+      <c r="AW38" s="14" t="n">
         <v>87.0</v>
       </c>
-      <c r="AR38" s="14" t="n">
+      <c r="AX38" s="14" t="n">
         <v>51.9</v>
       </c>
-      <c r="AS38" s="14" t="n">
+      <c r="AY38" s="14" t="n">
         <v>37.1</v>
       </c>
-      <c r="AT38" s="14" t="n">
+      <c r="AZ38" s="14" t="n">
         <v>28.1</v>
       </c>
-      <c r="AU38" s="14" t="n">
+      <c r="BA38" s="14" t="n">
         <v>93.5</v>
       </c>
-      <c r="AV38" s="14" t="n">
+      <c r="BB38" s="14" t="n">
         <v>81.1</v>
       </c>
-      <c r="AW38" s="14" t="n">
+      <c r="BC38" s="14" t="n">
         <v>45.7</v>
       </c>
-      <c r="AX38" s="14" t="n">
+      <c r="BD38" s="14" t="n">
+        <v>181.7</v>
+      </c>
+      <c r="BE38" s="14" t="n">
         <v>253.1</v>
       </c>
-      <c r="AY38" s="14" t="n">
+      <c r="BF38" s="14" t="n">
         <v>65.0</v>
       </c>
-      <c r="AZ38" s="14" t="n">
+      <c r="BG38" s="14" t="n">
         <v>37.2</v>
       </c>
-      <c r="BA38" s="14" t="n">
+      <c r="BH38" s="14" t="n">
         <v>38.4</v>
       </c>
-      <c r="BB38" s="14" t="n">
+      <c r="BI38" s="14" t="n">
         <v>37.6</v>
       </c>
-      <c r="BC38" s="14" t="n">
+      <c r="BJ38" s="14" t="n">
         <v>9.5</v>
       </c>
-      <c r="BD38" s="14" t="n">
+      <c r="BK38" s="14" t="n">
         <v>25.0</v>
       </c>
-      <c r="BE38" s="14" t="n">
+      <c r="BL38" s="14" t="n">
         <v>46.0</v>
       </c>
-      <c r="BF38" s="14" t="n">
+      <c r="BM38" s="14" t="n">
+        <v>784.2</v>
+      </c>
+      <c r="BN38" s="14" t="n">
         <v>933.2</v>
       </c>
-      <c r="BG38" s="14" t="n">
+      <c r="BO38" s="14" t="n">
         <v>192.6</v>
       </c>
-      <c r="BH38" s="14" t="n">
+      <c r="BP38" s="14" t="n">
         <v>104.6</v>
       </c>
-      <c r="BI38" s="14" t="n">
+      <c r="BQ38" s="14" t="n">
         <v>213.2</v>
       </c>
-      <c r="BJ38" s="14" t="n">
+      <c r="BR38" s="14" t="n">
         <v>160.5</v>
       </c>
-      <c r="BK38" s="14" t="n">
+      <c r="BS38" s="14" t="n">
         <v>159.0</v>
       </c>
-      <c r="BL38" s="14" t="n">
+      <c r="BT38" s="14" t="n">
         <v>143.5</v>
       </c>
-      <c r="BM38" s="14" t="n">
+      <c r="BU38" s="14" t="n">
         <v>174.1</v>
       </c>
-      <c r="BN38" s="14" t="n">
+      <c r="BV38" s="14" t="n">
+        <v>405.4</v>
+      </c>
+      <c r="BW38" s="14" t="n">
         <v>526.2</v>
       </c>
-      <c r="BO38" s="14" t="n">
+      <c r="BX38" s="14" t="n">
         <v>193.2</v>
       </c>
-      <c r="BP38" s="14" t="n">
+      <c r="BY38" s="14" t="n">
         <v>98.2</v>
       </c>
-      <c r="BQ38" s="14" t="n">
+      <c r="BZ38" s="14" t="n">
         <v>146.8</v>
       </c>
-      <c r="BR38" s="14" t="n">
+      <c r="CA38" s="14" t="n">
         <v>106.3</v>
       </c>
-      <c r="BS38" s="14" t="n">
+      <c r="CB38" s="14" t="n">
         <v>111.5</v>
       </c>
-      <c r="BT38" s="14" t="n">
+      <c r="CC38" s="14" t="n">
         <v>111.4</v>
       </c>
-      <c r="BU38" s="14" t="n">
+      <c r="CD38" s="14" t="n">
         <v>113.5</v>
       </c>
-      <c r="BV38" s="14" t="n">
+      <c r="CE38" s="14" t="n">
+        <v>292.5</v>
+      </c>
+      <c r="CF38" s="14" t="n">
         <v>361.8</v>
       </c>
-      <c r="BW38" s="14" t="n">
+      <c r="CG38" s="14" t="n">
         <v>141.4</v>
       </c>
-      <c r="BX38" s="14" t="n">
+      <c r="CH38" s="14" t="n">
         <v>80.9</v>
       </c>
-      <c r="BY38" s="14" t="n">
+      <c r="CI38" s="14" t="n">
         <v>267.8</v>
       </c>
-      <c r="BZ38" s="14" t="n">
+      <c r="CJ38" s="14" t="n">
         <v>208.5</v>
       </c>
-      <c r="CA38" s="14" t="n">
+      <c r="CK38" s="14" t="n">
         <v>430.3</v>
       </c>
-      <c r="CB38" s="14" t="n">
+      <c r="CL38" s="14" t="n">
         <v>381.9</v>
       </c>
-      <c r="CC38" s="14" t="n">
+      <c r="CM38" s="14" t="n">
         <v>3888.0</v>
       </c>
-      <c r="CD38" s="14" t="n">
+      <c r="CN38" s="14" t="n">
+        <v>16567.3</v>
+      </c>
+      <c r="CO38" s="14" t="n">
         <v>20097.3</v>
       </c>
-      <c r="CE38" s="14" t="n">
+      <c r="CP38" s="14" t="n">
         <v>9977.7</v>
       </c>
-      <c r="CF38" s="14" t="n">
+      <c r="CQ38" s="14" t="n">
         <v>5644.1</v>
       </c>
-      <c r="CG38" s="14" t="n">
+      <c r="CR38" s="14" t="n">
         <v>8536.5</v>
       </c>
-      <c r="CH38" s="14" t="n">
+      <c r="CS38" s="14" t="n">
         <v>6348.8</v>
       </c>
-      <c r="CI38" s="14" t="n">
+      <c r="CT38" s="14" t="n">
         <v>6978.9</v>
       </c>
-      <c r="CJ38" s="14" t="n">
+      <c r="CU38" s="14" t="n">
         <v>6896.2</v>
       </c>
-      <c r="CK38" s="14" t="n">
+      <c r="CV38" s="14" t="n">
         <v>7037.6</v>
       </c>
-      <c r="CL38" s="14" t="n">
+      <c r="CW38" s="14" t="n">
+        <v>10613.4</v>
+      </c>
+      <c r="CX38" s="14" t="n">
         <v>12232.2</v>
       </c>
-      <c r="CM38" s="14" t="n">
+      <c r="CY38" s="14" t="n">
         <v>3176.2</v>
       </c>
-      <c r="CN38" s="14" t="n">
+      <c r="CZ38" s="14" t="n">
         <v>1798.7</v>
       </c>
-      <c r="CO38" s="14" t="n">
+      <c r="DA38" s="14" t="n">
         <v>720.6</v>
       </c>
-      <c r="CP38" s="14" t="n">
+      <c r="DB38" s="14" t="n">
         <v>520.2</v>
       </c>
-      <c r="CQ38" s="14" t="n">
+      <c r="DC38" s="14" t="n">
         <v>1048.3</v>
       </c>
-      <c r="CR38" s="14" t="n">
+      <c r="DD38" s="14" t="n">
         <v>1095.5</v>
       </c>
-      <c r="CS38" s="14" t="n">
+      <c r="DE38" s="14" t="n">
         <v>1119.4</v>
       </c>
-      <c r="CT38" s="14" t="n">
+      <c r="DF38" s="14" t="n">
+        <v>2074.5</v>
+      </c>
+      <c r="DG38" s="14" t="n">
         <v>2428.0</v>
       </c>
-      <c r="CU38" s="14" t="n">
+      <c r="DH38" s="14" t="n">
         <v>610.2</v>
       </c>
-      <c r="CV38" s="14" t="n">
+      <c r="DI38" s="14" t="n">
         <v>337.2</v>
       </c>
-      <c r="CW38" s="14" t="n">
+      <c r="DJ38" s="14" t="n">
         <v>597.6</v>
       </c>
-      <c r="CX38" s="14" t="n">
+      <c r="DK38" s="14" t="n">
         <v>444.3</v>
       </c>
-      <c r="CY38" s="14" t="n">
+      <c r="DL38" s="14" t="n">
         <v>313.1</v>
       </c>
-      <c r="CZ38" s="14" t="n">
+      <c r="DM38" s="14" t="n">
         <v>313.5</v>
       </c>
-      <c r="DA38" s="14" t="n">
+      <c r="DN38" s="14" t="n">
         <v>191.8</v>
       </c>
-      <c r="DB38" s="14" t="n">
+      <c r="DO38" s="14" t="n">
+        <v>780.7</v>
+      </c>
+      <c r="DP38" s="14" t="n">
         <v>409.6</v>
       </c>
-      <c r="DC38" s="14" t="n">
+      <c r="DQ38" s="14" t="n">
         <v>2205.4</v>
       </c>
-      <c r="DD38" s="14" t="n">
+      <c r="DR38" s="14" t="n">
         <v>1663.9</v>
       </c>
-      <c r="DE38" s="14" t="n">
+      <c r="DS38" s="14" t="n">
         <v>1339.3</v>
       </c>
-      <c r="DF38" s="14" t="n">
+      <c r="DT38" s="14" t="n">
         <v>619.7</v>
       </c>
-      <c r="DG38" s="14" t="n">
+      <c r="DU38" s="14" t="n">
         <v>537.5</v>
       </c>
-      <c r="DH38" s="14" t="n">
+      <c r="DV38" s="14" t="n">
         <v>398.6</v>
       </c>
-      <c r="DI38" s="14" t="n">
+      <c r="DW38" s="14" t="n">
         <v>730.7</v>
       </c>
-      <c r="DJ38" s="14" t="n">
+      <c r="DX38" s="14" t="n">
+        <v>41938.4</v>
+      </c>
+      <c r="DY38" s="14" t="n">
         <v>42475.6</v>
       </c>
-      <c r="DK38" s="14" t="n">
+      <c r="DZ38" s="14" t="n">
         <v>158601.2</v>
       </c>
-      <c r="DL38" s="14" t="n">
+      <c r="EA38" s="14" t="n">
         <v>120766.4</v>
       </c>
-      <c r="DM38" s="14" t="n">
+      <c r="EB38" s="14" t="n">
         <v>109633.2</v>
       </c>
-      <c r="DN38" s="14" t="n">
+      <c r="EC38" s="14" t="n">
         <v>29738.0</v>
       </c>
-      <c r="DO38" s="14" t="n">
+      <c r="ED38" s="14" t="n">
         <v>20495.9</v>
       </c>
-      <c r="DP38" s="14" t="n">
+      <c r="EE38" s="14" t="n">
         <v>19631.0</v>
       </c>
-      <c r="DQ38" s="14" t="n">
+      <c r="EF38" s="14" t="n">
         <v>4570.5</v>
       </c>
-      <c r="DR38" s="14" t="n">
+      <c r="EG38" s="14" t="n">
+        <v>725.1</v>
+      </c>
+      <c r="EH38" s="14" t="n">
         <v>1060.3</v>
       </c>
-      <c r="DS38" s="14" t="n">
+      <c r="EI38" s="14" t="n">
         <v>4259.4</v>
       </c>
-      <c r="DT38" s="14" t="n">
+      <c r="EJ38" s="14" t="n">
         <v>2085.9</v>
       </c>
-      <c r="DU38" s="14" t="n">
+      <c r="EK38" s="14" t="n">
         <v>2108.2</v>
       </c>
-      <c r="DV38" s="14" t="n">
+      <c r="EL38" s="14" t="n">
         <v>1193.2</v>
       </c>
-      <c r="DW38" s="14" t="n">
+      <c r="EM38" s="14" t="n">
         <v>1118.7</v>
       </c>
-      <c r="DX38" s="14" t="n">
+      <c r="EN38" s="14" t="n">
         <v>176.1</v>
       </c>
-      <c r="DY38" s="14" t="n">
+      <c r="EO38" s="14" t="n">
         <v>179.0</v>
       </c>
-      <c r="DZ38" s="14" t="n">
+      <c r="EP38" s="14" t="n">
+        <v>82805.9</v>
+      </c>
+      <c r="EQ38" s="14" t="n">
         <v>135026.3</v>
       </c>
-      <c r="EA38" s="14" t="n">
+      <c r="ER38" s="14" t="n">
         <v>132877.2</v>
       </c>
-      <c r="EB38" s="14" t="n">
+      <c r="ES38" s="14" t="n">
         <v>128195.0</v>
       </c>
-      <c r="EC38" s="14" t="n">
+      <c r="ET38" s="14" t="n">
         <v>125403.9</v>
       </c>
-      <c r="ED38" s="14" t="n">
+      <c r="EU38" s="14" t="n">
         <v>201514.1</v>
       </c>
-      <c r="EE38" s="14" t="n">
+      <c r="EV38" s="14" t="n">
         <v>199997.2</v>
       </c>
-      <c r="EF38" s="14" t="n">
+      <c r="EW38" s="14" t="n">
         <v>192312.4</v>
       </c>
-      <c r="EG38" s="14" t="n">
+      <c r="EX38" s="14" t="n">
         <v>264816.9</v>
       </c>
-      <c r="EH38" s="14" t="n">
+      <c r="EY38" s="14" t="n">
+        <v>810.4</v>
+      </c>
+      <c r="EZ38" s="14" t="n">
         <v>1415.9</v>
       </c>
-      <c r="EI38" s="14" t="n">
+      <c r="FA38" s="14" t="n">
         <v>4681.6</v>
       </c>
-      <c r="EJ38" s="14" t="n">
+      <c r="FB38" s="14" t="n">
         <v>3885.4</v>
       </c>
-      <c r="EK38" s="14" t="n">
+      <c r="FC38" s="14" t="n">
         <v>3864.7</v>
       </c>
-      <c r="EL38" s="14" t="n">
+      <c r="FD38" s="14" t="n">
         <v>10912.4</v>
       </c>
-      <c r="EM38" s="14" t="n">
+      <c r="FE38" s="14" t="n">
         <v>1297.3</v>
       </c>
-      <c r="EN38" s="14" t="n">
+      <c r="FF38" s="14" t="n">
         <v>1487.2</v>
       </c>
-      <c r="EO38" s="14" t="n">
+      <c r="FG38" s="14" t="n">
         <v>1446.1</v>
       </c>
-      <c r="EP38" s="14" t="n">
+      <c r="FH38" s="14" t="n">
+        <v>458.6</v>
+      </c>
+      <c r="FI38" s="14" t="n">
         <v>587.9</v>
       </c>
-      <c r="EQ38" s="14" t="n">
+      <c r="FJ38" s="14" t="n">
         <v>757.0</v>
       </c>
-      <c r="ER38" s="14" t="n">
+      <c r="FK38" s="14" t="n">
         <v>909.3</v>
       </c>
-      <c r="ES38" s="14" t="n">
+      <c r="FL38" s="14" t="n">
         <v>1015.6</v>
       </c>
-      <c r="ET38" s="14" t="n">
+      <c r="FM38" s="14" t="n">
         <v>1821.8</v>
       </c>
-      <c r="EU38" s="14" t="n">
+      <c r="FN38" s="14" t="n">
         <v>572.1</v>
       </c>
-      <c r="EV38" s="14" t="n">
+      <c r="FO38" s="14" t="n">
         <v>626.0</v>
       </c>
-      <c r="EW38" s="14" t="n">
+      <c r="FP38" s="14" t="n">
         <v>620.0</v>
       </c>
-      <c r="EX38" s="14" t="n">
-[...5 lines deleted...]
-      <c r="EZ38" s="14" t="n">
+      <c r="FQ38" s="14" t="n">
+        <v>202.5</v>
+      </c>
+      <c r="FR38" s="14" t="n">
+        <v>182.8</v>
+      </c>
+      <c r="FS38" s="14" t="n">
+        <v>4054.6</v>
+      </c>
+      <c r="FT38" s="14" t="n">
         <v>4400.1</v>
       </c>
-      <c r="FA38" s="14" t="n">
+      <c r="FU38" s="14" t="n">
         <v>4417.7</v>
       </c>
-      <c r="FB38" s="14" t="n">
+      <c r="FV38" s="14" t="n">
         <v>1024.1</v>
       </c>
-      <c r="FC38" s="14" t="n">
+      <c r="FW38" s="14" t="n">
         <v>1135.1</v>
       </c>
-      <c r="FD38" s="14" t="n">
+      <c r="FX38" s="14" t="n">
         <v>1305.0</v>
       </c>
-      <c r="FE38" s="13" t="inlineStr">
-[...10 lines deleted...]
-      <c r="FH38" s="14" t="n">
+      <c r="FY38" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FZ38" s="14" t="n">
+        <v>160032.7</v>
+      </c>
+      <c r="GA38" s="14" t="n">
+        <v>219620.8</v>
+      </c>
+      <c r="GB38" s="14" t="n">
+        <v>322897.9</v>
+      </c>
+      <c r="GC38" s="14" t="n">
         <v>270786.0</v>
       </c>
-      <c r="FI38" s="14" t="n">
+      <c r="GD38" s="14" t="n">
         <v>259010.0</v>
       </c>
-      <c r="FJ38" s="14" t="n">
+      <c r="GE38" s="14" t="n">
         <v>255312.6</v>
       </c>
-      <c r="FK38" s="14" t="n">
+      <c r="GF38" s="14" t="n">
         <v>234929.0</v>
       </c>
-      <c r="FL38" s="14" t="n">
+      <c r="GG38" s="14" t="n">
         <v>225618.8</v>
       </c>
-      <c r="FM38" s="14" t="n">
+      <c r="GH38" s="14" t="n">
         <v>285958.0</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="6" t="inlineStr">
         <is>
           <t>09.1 Mixed animal and food waste NP</t>
         </is>
       </c>
       <c r="B39" s="14" t="n">
+        <v>181715.9</v>
+      </c>
+      <c r="C39" s="14" t="n">
         <v>187257.6</v>
       </c>
-      <c r="C39" s="14" t="n">
+      <c r="D39" s="14" t="n">
         <v>193327.3</v>
       </c>
-      <c r="D39" s="14" t="n">
+      <c r="E39" s="14" t="n">
         <v>193114.0</v>
       </c>
-      <c r="E39" s="14" t="n">
+      <c r="F39" s="14" t="n">
         <v>190918.2</v>
       </c>
-      <c r="F39" s="14" t="n">
+      <c r="G39" s="14" t="n">
         <v>191091.7</v>
       </c>
-      <c r="G39" s="14" t="n">
+      <c r="H39" s="14" t="n">
         <v>172613.0</v>
       </c>
-      <c r="H39" s="14" t="n">
+      <c r="I39" s="14" t="n">
         <v>191730.8</v>
       </c>
-      <c r="I39" s="14" t="n">
+      <c r="J39" s="14" t="n">
         <v>190380.4</v>
       </c>
-      <c r="J39" s="14" t="n">
+      <c r="K39" s="14" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="L39" s="14" t="n">
         <v>2.4</v>
       </c>
-      <c r="K39" s="14" t="n">
+      <c r="M39" s="14" t="n">
         <v>0.7</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.6</v>
       </c>
       <c r="N39" s="14" t="n">
         <v>0.6</v>
       </c>
       <c r="O39" s="14" t="n">
-        <v>0.7</v>
+        <v>0.6</v>
       </c>
       <c r="P39" s="14" t="n">
         <v>0.6</v>
       </c>
       <c r="Q39" s="14" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="R39" s="14" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="S39" s="14" t="n">
         <v>0.3</v>
       </c>
-      <c r="R39" s="14" t="n">
+      <c r="T39" s="14" t="n">
+        <v>528161.2</v>
+      </c>
+      <c r="U39" s="14" t="n">
         <v>550311.3</v>
       </c>
-      <c r="S39" s="14" t="n">
+      <c r="V39" s="14" t="n">
         <v>720193.6</v>
       </c>
-      <c r="T39" s="14" t="n">
+      <c r="W39" s="14" t="n">
         <v>698437.0</v>
       </c>
-      <c r="U39" s="14" t="n">
+      <c r="X39" s="14" t="n">
         <v>819930.0</v>
       </c>
-      <c r="V39" s="14" t="n">
+      <c r="Y39" s="14" t="n">
         <v>788887.0</v>
       </c>
-      <c r="W39" s="14" t="n">
+      <c r="Z39" s="14" t="n">
         <v>637109.3</v>
       </c>
-      <c r="X39" s="14" t="n">
+      <c r="AA39" s="14" t="n">
         <v>719904.5</v>
       </c>
-      <c r="Y39" s="14" t="n">
+      <c r="AB39" s="14" t="n">
         <v>833675.3</v>
       </c>
-      <c r="Z39" s="14" t="n">
+      <c r="AC39" s="14" t="n">
+        <v>2792.8</v>
+      </c>
+      <c r="AD39" s="14" t="n">
         <v>3248.6</v>
       </c>
-      <c r="AA39" s="14" t="n">
+      <c r="AE39" s="14" t="n">
         <v>1552.3</v>
       </c>
-      <c r="AB39" s="14" t="n">
+      <c r="AF39" s="14" t="n">
         <v>1452.1</v>
       </c>
-      <c r="AC39" s="14" t="n">
+      <c r="AG39" s="14" t="n">
         <v>1838.3</v>
       </c>
-      <c r="AD39" s="14" t="n">
+      <c r="AH39" s="14" t="n">
         <v>1853.4</v>
       </c>
-      <c r="AE39" s="14" t="n">
+      <c r="AI39" s="14" t="n">
         <v>454.1</v>
       </c>
-      <c r="AF39" s="14" t="n">
+      <c r="AJ39" s="14" t="n">
         <v>399.4</v>
       </c>
-      <c r="AG39" s="14" t="n">
+      <c r="AK39" s="14" t="n">
         <v>235.4</v>
       </c>
-      <c r="AH39" s="13" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AI39" s="14" t="n">
+      <c r="AL39" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AM39" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AN39" s="14" t="n">
         <v>0.1</v>
       </c>
-      <c r="AJ39" s="14" t="n">
+      <c r="AO39" s="14" t="n">
         <v>0.1</v>
       </c>
-      <c r="AK39" s="13" t="inlineStr">
-[...19 lines deleted...]
-      <c r="AO39" s="14" t="n">
+      <c r="AP39" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AQ39" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AR39" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AS39" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AT39" s="14" t="n">
         <v>12.9</v>
       </c>
-      <c r="AP39" s="14" t="n">
+      <c r="AU39" s="14" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="AV39" s="14" t="n">
         <v>4.6</v>
       </c>
-      <c r="AQ39" s="14" t="n">
+      <c r="AW39" s="14" t="n">
         <v>2.0</v>
       </c>
-      <c r="AR39" s="14" t="n">
+      <c r="AX39" s="14" t="n">
         <v>2.0</v>
       </c>
-      <c r="AS39" s="14" t="n">
+      <c r="AY39" s="14" t="n">
         <v>6.6</v>
       </c>
-      <c r="AT39" s="14" t="n">
+      <c r="AZ39" s="14" t="n">
         <v>6.6</v>
       </c>
-      <c r="AU39" s="14" t="n">
+      <c r="BA39" s="14" t="n">
         <v>6.6</v>
       </c>
-      <c r="AV39" s="14" t="n">
+      <c r="BB39" s="14" t="n">
         <v>6.3</v>
       </c>
-      <c r="AW39" s="14" t="n">
+      <c r="BC39" s="14" t="n">
         <v>7.9</v>
       </c>
-      <c r="AX39" s="14" t="n">
+      <c r="BD39" s="14" t="n">
+        <v>47.4</v>
+      </c>
+      <c r="BE39" s="14" t="n">
         <v>50.4</v>
       </c>
-      <c r="AY39" s="14" t="n">
+      <c r="BF39" s="14" t="n">
         <v>30.6</v>
       </c>
-      <c r="AZ39" s="13" t="inlineStr">
-[...24 lines deleted...]
-      <c r="BE39" s="14" t="n">
+      <c r="BG39" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BH39" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BI39" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BJ39" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BK39" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BL39" s="14" t="n">
         <v>5.6</v>
       </c>
-      <c r="BF39" s="14" t="n">
+      <c r="BM39" s="14" t="n">
+        <v>32065.3</v>
+      </c>
+      <c r="BN39" s="14" t="n">
         <v>33447.8</v>
       </c>
-      <c r="BG39" s="14" t="n">
+      <c r="BO39" s="14" t="n">
         <v>6718.7</v>
       </c>
-      <c r="BH39" s="14" t="n">
+      <c r="BP39" s="14" t="n">
         <v>6571.0</v>
       </c>
-      <c r="BI39" s="14" t="n">
+      <c r="BQ39" s="14" t="n">
         <v>3646.7</v>
       </c>
-      <c r="BJ39" s="14" t="n">
+      <c r="BR39" s="14" t="n">
         <v>3607.2</v>
       </c>
-      <c r="BK39" s="14" t="n">
+      <c r="BS39" s="14" t="n">
         <v>1839.9</v>
       </c>
-      <c r="BL39" s="14" t="n">
+      <c r="BT39" s="14" t="n">
         <v>2902.5</v>
       </c>
-      <c r="BM39" s="14" t="n">
+      <c r="BU39" s="14" t="n">
         <v>11711.2</v>
       </c>
-      <c r="BN39" s="14" t="n">
+      <c r="BV39" s="14" t="n">
+        <v>32.1</v>
+      </c>
+      <c r="BW39" s="14" t="n">
         <v>34.8</v>
       </c>
-      <c r="BO39" s="14" t="n">
+      <c r="BX39" s="14" t="n">
         <v>22.0</v>
       </c>
-      <c r="BP39" s="14" t="n">
+      <c r="BY39" s="14" t="n">
         <v>20.2</v>
       </c>
-      <c r="BQ39" s="14" t="n">
+      <c r="BZ39" s="14" t="n">
         <v>30.8</v>
       </c>
-      <c r="BR39" s="14" t="n">
+      <c r="CA39" s="14" t="n">
         <v>28.9</v>
       </c>
-      <c r="BS39" s="14" t="n">
+      <c r="CB39" s="14" t="n">
         <v>50.7</v>
       </c>
-      <c r="BT39" s="14" t="n">
+      <c r="CC39" s="14" t="n">
         <v>50.6</v>
       </c>
-      <c r="BU39" s="14" t="n">
+      <c r="CD39" s="14" t="n">
         <v>23.6</v>
       </c>
-      <c r="BV39" s="14" t="n">
+      <c r="CE39" s="14" t="n">
+        <v>276.8</v>
+      </c>
+      <c r="CF39" s="14" t="n">
         <v>283.5</v>
       </c>
-      <c r="BW39" s="14" t="n">
+      <c r="CG39" s="14" t="n">
         <v>150.7</v>
       </c>
-      <c r="BX39" s="14" t="n">
+      <c r="CH39" s="14" t="n">
         <v>155.2</v>
       </c>
-      <c r="BY39" s="14" t="n">
+      <c r="CI39" s="14" t="n">
         <v>249.0</v>
       </c>
-      <c r="BZ39" s="14" t="n">
+      <c r="CJ39" s="14" t="n">
         <v>257.4</v>
       </c>
-      <c r="CA39" s="14" t="n">
+      <c r="CK39" s="14" t="n">
         <v>375.8</v>
       </c>
-      <c r="CB39" s="14" t="n">
+      <c r="CL39" s="14" t="n">
         <v>326.5</v>
       </c>
-      <c r="CC39" s="14" t="n">
+      <c r="CM39" s="14" t="n">
         <v>296.0</v>
       </c>
-      <c r="CD39" s="14" t="n">
+      <c r="CN39" s="14" t="n">
+        <v>503.5</v>
+      </c>
+      <c r="CO39" s="14" t="n">
         <v>519.1</v>
       </c>
-      <c r="CE39" s="14" t="n">
+      <c r="CP39" s="14" t="n">
         <v>322.6</v>
       </c>
-      <c r="CF39" s="14" t="n">
+      <c r="CQ39" s="14" t="n">
         <v>328.6</v>
       </c>
-      <c r="CG39" s="14" t="n">
+      <c r="CR39" s="14" t="n">
         <v>434.5</v>
       </c>
-      <c r="CH39" s="14" t="n">
+      <c r="CS39" s="14" t="n">
         <v>423.1</v>
       </c>
-      <c r="CI39" s="14" t="n">
+      <c r="CT39" s="14" t="n">
         <v>922.3</v>
       </c>
-      <c r="CJ39" s="14" t="n">
+      <c r="CU39" s="14" t="n">
         <v>746.2</v>
       </c>
-      <c r="CK39" s="14" t="n">
+      <c r="CV39" s="14" t="n">
         <v>553.8</v>
       </c>
-      <c r="CL39" s="14" t="n">
+      <c r="CW39" s="14" t="n">
+        <v>17.1</v>
+      </c>
+      <c r="CX39" s="14" t="n">
         <v>15.7</v>
       </c>
-      <c r="CM39" s="14" t="n">
+      <c r="CY39" s="14" t="n">
         <v>2.6</v>
       </c>
-      <c r="CN39" s="14" t="n">
+      <c r="CZ39" s="14" t="n">
         <v>2.7</v>
       </c>
-      <c r="CO39" s="14" t="n">
+      <c r="DA39" s="14" t="n">
         <v>40.4</v>
       </c>
-      <c r="CP39" s="14" t="n">
+      <c r="DB39" s="14" t="n">
         <v>37.9</v>
       </c>
-      <c r="CQ39" s="14" t="n">
+      <c r="DC39" s="14" t="n">
         <v>7.5</v>
       </c>
-      <c r="CR39" s="14" t="n">
+      <c r="DD39" s="14" t="n">
         <v>7.9</v>
       </c>
-      <c r="CS39" s="14" t="n">
+      <c r="DE39" s="14" t="n">
         <v>5.0</v>
       </c>
-      <c r="CT39" s="14" t="n">
+      <c r="DF39" s="14" t="n">
+        <v>385.9</v>
+      </c>
+      <c r="DG39" s="14" t="n">
         <v>395.9</v>
       </c>
-      <c r="CU39" s="14" t="n">
+      <c r="DH39" s="14" t="n">
         <v>144.5</v>
       </c>
-      <c r="CV39" s="14" t="n">
+      <c r="DI39" s="14" t="n">
         <v>143.9</v>
       </c>
-      <c r="CW39" s="14" t="n">
+      <c r="DJ39" s="14" t="n">
         <v>219.2</v>
       </c>
-      <c r="CX39" s="14" t="n">
+      <c r="DK39" s="14" t="n">
         <v>213.3</v>
       </c>
-      <c r="CY39" s="14" t="n">
+      <c r="DL39" s="14" t="n">
         <v>287.5</v>
       </c>
-      <c r="CZ39" s="14" t="n">
+      <c r="DM39" s="14" t="n">
         <v>287.9</v>
       </c>
-      <c r="DA39" s="14" t="n">
+      <c r="DN39" s="14" t="n">
         <v>723.3</v>
       </c>
-      <c r="DB39" s="14" t="n">
+      <c r="DO39" s="14" t="n">
+        <v>568.2</v>
+      </c>
+      <c r="DP39" s="14" t="n">
         <v>518.7</v>
       </c>
-      <c r="DC39" s="14" t="n">
+      <c r="DQ39" s="14" t="n">
         <v>973.1</v>
       </c>
-      <c r="DD39" s="14" t="n">
+      <c r="DR39" s="14" t="n">
         <v>960.6</v>
       </c>
-      <c r="DE39" s="14" t="n">
+      <c r="DS39" s="14" t="n">
         <v>621.0</v>
       </c>
-      <c r="DF39" s="14" t="n">
+      <c r="DT39" s="14" t="n">
         <v>350.6</v>
       </c>
-      <c r="DG39" s="14" t="n">
+      <c r="DU39" s="14" t="n">
         <v>360.3</v>
       </c>
-      <c r="DH39" s="14" t="n">
+      <c r="DV39" s="14" t="n">
         <v>314.5</v>
       </c>
-      <c r="DI39" s="14" t="n">
+      <c r="DW39" s="14" t="n">
         <v>155.4</v>
       </c>
-      <c r="DJ39" s="14" t="n">
+      <c r="DX39" s="14" t="n">
+        <v>18305.4</v>
+      </c>
+      <c r="DY39" s="14" t="n">
         <v>16012.5</v>
       </c>
-      <c r="DK39" s="14" t="n">
+      <c r="DZ39" s="14" t="n">
         <v>10562.4</v>
       </c>
-      <c r="DL39" s="14" t="n">
+      <c r="EA39" s="14" t="n">
         <v>10012.1</v>
       </c>
-      <c r="DM39" s="14" t="n">
+      <c r="EB39" s="14" t="n">
         <v>7574.1</v>
       </c>
-      <c r="DN39" s="14" t="n">
+      <c r="EC39" s="14" t="n">
         <v>7433.1</v>
       </c>
-      <c r="DO39" s="14" t="n">
+      <c r="ED39" s="14" t="n">
         <v>6509.0</v>
       </c>
-      <c r="DP39" s="14" t="n">
+      <c r="EE39" s="14" t="n">
         <v>6052.0</v>
       </c>
-      <c r="DQ39" s="14" t="n">
+      <c r="EF39" s="14" t="n">
         <v>12648.1</v>
       </c>
-      <c r="DR39" s="14" t="n">
+      <c r="EG39" s="14" t="n">
+        <v>1242.6</v>
+      </c>
+      <c r="EH39" s="14" t="n">
         <v>968.0</v>
       </c>
-      <c r="DS39" s="14" t="n">
+      <c r="EI39" s="14" t="n">
         <v>1047.4</v>
       </c>
-      <c r="DT39" s="14" t="n">
+      <c r="EJ39" s="14" t="n">
         <v>33.9</v>
       </c>
-      <c r="DU39" s="14" t="n">
+      <c r="EK39" s="14" t="n">
         <v>36.7</v>
       </c>
-      <c r="DV39" s="14" t="n">
+      <c r="EL39" s="14" t="n">
         <v>141.2</v>
       </c>
-      <c r="DW39" s="14" t="n">
+      <c r="EM39" s="14" t="n">
         <v>128.7</v>
       </c>
-      <c r="DX39" s="14" t="n">
+      <c r="EN39" s="14" t="n">
         <v>76.7</v>
       </c>
-      <c r="DY39" s="14" t="n">
+      <c r="EO39" s="14" t="n">
         <v>81.5</v>
       </c>
-      <c r="DZ39" s="14" t="n">
+      <c r="EP39" s="14" t="n">
+        <v>322451.9</v>
+      </c>
+      <c r="EQ39" s="14" t="n">
         <v>294778.6</v>
       </c>
-      <c r="EA39" s="14" t="n">
+      <c r="ER39" s="14" t="n">
         <v>234545.5</v>
       </c>
-      <c r="EB39" s="14" t="n">
+      <c r="ES39" s="14" t="n">
         <v>157265.4</v>
       </c>
-      <c r="EC39" s="14" t="n">
+      <c r="ET39" s="14" t="n">
         <v>197613.7</v>
       </c>
-      <c r="ED39" s="14" t="n">
+      <c r="EU39" s="14" t="n">
         <v>366368.6</v>
       </c>
-      <c r="EE39" s="14" t="n">
+      <c r="EV39" s="14" t="n">
         <v>356073.6</v>
       </c>
-      <c r="EF39" s="14" t="n">
+      <c r="EW39" s="14" t="n">
         <v>482045.4</v>
       </c>
-      <c r="EG39" s="14" t="n">
+      <c r="EX39" s="14" t="n">
         <v>460171.5</v>
       </c>
-      <c r="EH39" s="14" t="n">
+      <c r="EY39" s="14" t="n">
+        <v>5714.1</v>
+      </c>
+      <c r="EZ39" s="14" t="n">
         <v>2759.1</v>
       </c>
-      <c r="EI39" s="14" t="n">
+      <c r="FA39" s="14" t="n">
         <v>2637.9</v>
       </c>
-      <c r="EJ39" s="14" t="n">
+      <c r="FB39" s="14" t="n">
         <v>1559.4</v>
       </c>
-      <c r="EK39" s="14" t="n">
+      <c r="FC39" s="14" t="n">
         <v>1590.9</v>
       </c>
-      <c r="EL39" s="14" t="n">
+      <c r="FD39" s="14" t="n">
         <v>4121.8</v>
       </c>
-      <c r="EM39" s="14" t="n">
+      <c r="FE39" s="14" t="n">
         <v>3963.9</v>
       </c>
-      <c r="EN39" s="14" t="n">
+      <c r="FF39" s="14" t="n">
         <v>24209.6</v>
       </c>
-      <c r="EO39" s="14" t="n">
+      <c r="FG39" s="14" t="n">
         <v>23605.8</v>
       </c>
-      <c r="EP39" s="14" t="n">
+      <c r="FH39" s="14" t="n">
+        <v>42617.0</v>
+      </c>
+      <c r="FI39" s="14" t="n">
         <v>31674.1</v>
       </c>
-      <c r="EQ39" s="14" t="n">
+      <c r="FJ39" s="14" t="n">
         <v>32945.3</v>
       </c>
-      <c r="ER39" s="14" t="n">
+      <c r="FK39" s="14" t="n">
         <v>20296.5</v>
       </c>
-      <c r="ES39" s="14" t="n">
+      <c r="FL39" s="14" t="n">
         <v>19643.4</v>
       </c>
-      <c r="ET39" s="14" t="n">
+      <c r="FM39" s="14" t="n">
         <v>37466.9</v>
       </c>
-      <c r="EU39" s="14" t="n">
+      <c r="FN39" s="14" t="n">
         <v>37899.5</v>
       </c>
-      <c r="EV39" s="14" t="n">
+      <c r="FO39" s="14" t="n">
         <v>71528.3</v>
       </c>
-      <c r="EW39" s="14" t="n">
+      <c r="FP39" s="14" t="n">
         <v>68275.0</v>
       </c>
-      <c r="EX39" s="14" t="n">
-[...5 lines deleted...]
-      <c r="EZ39" s="14" t="n">
+      <c r="FQ39" s="14" t="n">
+        <v>1006742.7</v>
+      </c>
+      <c r="FR39" s="14" t="n">
+        <v>970160.6</v>
+      </c>
+      <c r="FS39" s="14" t="n">
+        <v>904464.4</v>
+      </c>
+      <c r="FT39" s="14" t="n">
         <v>890479.0</v>
       </c>
-      <c r="FA39" s="14" t="n">
+      <c r="FU39" s="14" t="n">
         <v>879693.1</v>
       </c>
-      <c r="FB39" s="14" t="n">
+      <c r="FV39" s="14" t="n">
         <v>736376.6</v>
       </c>
-      <c r="FC39" s="14" t="n">
+      <c r="FW39" s="14" t="n">
         <v>610043.3</v>
       </c>
-      <c r="FD39" s="14" t="n">
+      <c r="FX39" s="14" t="n">
         <v>596984.5</v>
       </c>
-      <c r="FE39" s="14" t="n">
+      <c r="FY39" s="14" t="n">
         <v>543454.5</v>
       </c>
-      <c r="FF39" s="14" t="n">
-[...5 lines deleted...]
-      <c r="FH39" s="14" t="n">
+      <c r="FZ39" s="14" t="n">
+        <v>2143646.8</v>
+      </c>
+      <c r="GA39" s="14" t="n">
+        <v>2092443.3</v>
+      </c>
+      <c r="GB39" s="14" t="n">
+        <v>2109643.7</v>
+      </c>
+      <c r="GC39" s="14" t="n">
         <v>1980834.3</v>
       </c>
-      <c r="FI39" s="14" t="n">
+      <c r="GD39" s="14" t="n">
         <v>2124087.2</v>
       </c>
-      <c r="FJ39" s="14" t="n">
+      <c r="GE39" s="14" t="n">
         <v>2138665.9</v>
       </c>
-      <c r="FK39" s="14" t="n">
+      <c r="GF39" s="14" t="n">
         <v>1828645.7</v>
       </c>
-      <c r="FL39" s="14" t="n">
+      <c r="GG39" s="14" t="n">
         <v>2097574.2</v>
       </c>
-      <c r="FM39" s="14" t="n">
+      <c r="GH39" s="14" t="n">
         <v>2146022.5</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="6" t="inlineStr">
         <is>
           <t>09.2 Vegetable waste NP</t>
         </is>
       </c>
       <c r="B40" s="14" t="n">
+        <v>647676.6</v>
+      </c>
+      <c r="C40" s="14" t="n">
         <v>719044.1</v>
       </c>
-      <c r="C40" s="14" t="n">
+      <c r="D40" s="14" t="n">
         <v>828626.8</v>
       </c>
-      <c r="D40" s="14" t="n">
+      <c r="E40" s="14" t="n">
         <v>819553.8</v>
       </c>
-      <c r="E40" s="14" t="n">
+      <c r="F40" s="14" t="n">
         <v>759593.7</v>
       </c>
-      <c r="F40" s="14" t="n">
+      <c r="G40" s="14" t="n">
         <v>815508.4</v>
       </c>
-      <c r="G40" s="14" t="n">
+      <c r="H40" s="14" t="n">
         <v>709785.8</v>
       </c>
-      <c r="H40" s="14" t="n">
+      <c r="I40" s="14" t="n">
         <v>796416.2</v>
       </c>
-      <c r="I40" s="14" t="n">
+      <c r="J40" s="14" t="n">
         <v>737667.1</v>
       </c>
-      <c r="J40" s="14" t="n">
+      <c r="K40" s="14" t="n">
+        <v>38.1</v>
+      </c>
+      <c r="L40" s="14" t="n">
         <v>35.7</v>
       </c>
-      <c r="K40" s="13" t="inlineStr">
-[...9 lines deleted...]
-      <c r="M40" s="14" t="n">
+      <c r="M40" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="N40" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="O40" s="14" t="n">
         <v>4.4</v>
       </c>
-      <c r="N40" s="14" t="n">
+      <c r="P40" s="14" t="n">
         <v>4.9</v>
       </c>
-      <c r="O40" s="14" t="n">
+      <c r="Q40" s="14" t="n">
         <v>19.7</v>
       </c>
-      <c r="P40" s="14" t="n">
+      <c r="R40" s="14" t="n">
         <v>18.1</v>
       </c>
-      <c r="Q40" s="14" t="n">
+      <c r="S40" s="14" t="n">
         <v>11.2</v>
       </c>
-      <c r="R40" s="14" t="n">
+      <c r="T40" s="14" t="n">
+        <v>566735.9</v>
+      </c>
+      <c r="U40" s="14" t="n">
         <v>590503.8</v>
       </c>
-      <c r="S40" s="14" t="n">
+      <c r="V40" s="14" t="n">
         <v>655931.5</v>
       </c>
-      <c r="T40" s="14" t="n">
+      <c r="W40" s="14" t="n">
         <v>636116.3</v>
       </c>
-      <c r="U40" s="14" t="n">
+      <c r="X40" s="14" t="n">
         <v>757816.4</v>
       </c>
-      <c r="V40" s="14" t="n">
+      <c r="Y40" s="14" t="n">
         <v>729125.1</v>
       </c>
-      <c r="W40" s="14" t="n">
+      <c r="Z40" s="14" t="n">
         <v>816692.2</v>
       </c>
-      <c r="X40" s="14" t="n">
+      <c r="AA40" s="14" t="n">
         <v>732059.2</v>
       </c>
-      <c r="Y40" s="14" t="n">
+      <c r="AB40" s="14" t="n">
         <v>883972.7</v>
       </c>
-      <c r="Z40" s="14" t="n">
+      <c r="AC40" s="14" t="n">
+        <v>76.1</v>
+      </c>
+      <c r="AD40" s="14" t="n">
         <v>88.5</v>
       </c>
-      <c r="AA40" s="14" t="n">
+      <c r="AE40" s="14" t="n">
         <v>24.6</v>
       </c>
-      <c r="AB40" s="14" t="n">
+      <c r="AF40" s="14" t="n">
         <v>23.1</v>
       </c>
-      <c r="AC40" s="14" t="n">
+      <c r="AG40" s="14" t="n">
         <v>1009.3</v>
       </c>
-      <c r="AD40" s="14" t="n">
+      <c r="AH40" s="14" t="n">
         <v>1017.6</v>
       </c>
-      <c r="AE40" s="14" t="n">
+      <c r="AI40" s="14" t="n">
         <v>1086.6</v>
       </c>
-      <c r="AF40" s="14" t="n">
+      <c r="AJ40" s="14" t="n">
         <v>1003.8</v>
       </c>
-      <c r="AG40" s="14" t="n">
+      <c r="AK40" s="14" t="n">
         <v>753.9</v>
       </c>
-      <c r="AH40" s="14" t="n">
+      <c r="AL40" s="14" t="n">
+        <v>21.9</v>
+      </c>
+      <c r="AM40" s="14" t="n">
         <v>24.4</v>
       </c>
-      <c r="AI40" s="14" t="n">
+      <c r="AN40" s="14" t="n">
         <v>7.1</v>
       </c>
-      <c r="AJ40" s="14" t="n">
+      <c r="AO40" s="14" t="n">
         <v>6.6</v>
       </c>
-      <c r="AK40" s="13" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AM40" s="14" t="n">
+      <c r="AP40" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AQ40" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AR40" s="14" t="n">
         <v>12.6</v>
       </c>
-      <c r="AN40" s="14" t="n">
+      <c r="AS40" s="14" t="n">
         <v>14.5</v>
       </c>
-      <c r="AO40" s="14" t="n">
+      <c r="AT40" s="14" t="n">
         <v>0.5</v>
       </c>
-      <c r="AP40" s="14" t="n">
+      <c r="AU40" s="14" t="n">
+        <v>32.2</v>
+      </c>
+      <c r="AV40" s="14" t="n">
         <v>34.3</v>
       </c>
-      <c r="AQ40" s="14" t="n">
+      <c r="AW40" s="14" t="n">
         <v>50.4</v>
       </c>
-      <c r="AR40" s="14" t="n">
+      <c r="AX40" s="14" t="n">
         <v>49.4</v>
       </c>
-      <c r="AS40" s="14" t="n">
+      <c r="AY40" s="14" t="n">
         <v>74.5</v>
       </c>
-      <c r="AT40" s="14" t="n">
+      <c r="AZ40" s="14" t="n">
         <v>74.1</v>
       </c>
-      <c r="AU40" s="14" t="n">
+      <c r="BA40" s="14" t="n">
         <v>41.9</v>
       </c>
-      <c r="AV40" s="14" t="n">
+      <c r="BB40" s="14" t="n">
         <v>34.8</v>
       </c>
-      <c r="AW40" s="14" t="n">
+      <c r="BC40" s="14" t="n">
         <v>21.4</v>
       </c>
-      <c r="AX40" s="14" t="n">
+      <c r="BD40" s="14" t="n">
+        <v>66.3</v>
+      </c>
+      <c r="BE40" s="14" t="n">
         <v>70.5</v>
       </c>
-      <c r="AY40" s="14" t="n">
+      <c r="BF40" s="14" t="n">
         <v>140.2</v>
       </c>
-      <c r="AZ40" s="14" t="n">
+      <c r="BG40" s="14" t="n">
         <v>84.3</v>
       </c>
-      <c r="BA40" s="14" t="n">
+      <c r="BH40" s="14" t="n">
         <v>54.8</v>
       </c>
-      <c r="BB40" s="14" t="n">
+      <c r="BI40" s="14" t="n">
         <v>23.4</v>
       </c>
-      <c r="BC40" s="14" t="n">
+      <c r="BJ40" s="14" t="n">
         <v>30.9</v>
       </c>
-      <c r="BD40" s="14" t="n">
+      <c r="BK40" s="14" t="n">
         <v>182.3</v>
       </c>
-      <c r="BE40" s="14" t="n">
+      <c r="BL40" s="14" t="n">
         <v>64.5</v>
       </c>
-      <c r="BF40" s="14" t="n">
+      <c r="BM40" s="14" t="n">
+        <v>75576.9</v>
+      </c>
+      <c r="BN40" s="14" t="n">
         <v>78835.4</v>
       </c>
-      <c r="BG40" s="14" t="n">
+      <c r="BO40" s="14" t="n">
         <v>49472.0</v>
       </c>
-      <c r="BH40" s="14" t="n">
+      <c r="BP40" s="14" t="n">
         <v>48385.0</v>
       </c>
-      <c r="BI40" s="14" t="n">
+      <c r="BQ40" s="14" t="n">
         <v>25911.0</v>
       </c>
-      <c r="BJ40" s="14" t="n">
+      <c r="BR40" s="14" t="n">
         <v>25630.3</v>
       </c>
-      <c r="BK40" s="14" t="n">
+      <c r="BS40" s="14" t="n">
         <v>21282.5</v>
       </c>
-      <c r="BL40" s="14" t="n">
+      <c r="BT40" s="14" t="n">
         <v>24272.0</v>
       </c>
-      <c r="BM40" s="14" t="n">
+      <c r="BU40" s="14" t="n">
         <v>25184.6</v>
       </c>
-      <c r="BN40" s="14" t="n">
+      <c r="BV40" s="14" t="n">
+        <v>246.8</v>
+      </c>
+      <c r="BW40" s="14" t="n">
         <v>268.0</v>
       </c>
-      <c r="BO40" s="14" t="n">
+      <c r="BX40" s="14" t="n">
         <v>414.0</v>
       </c>
-      <c r="BP40" s="14" t="n">
+      <c r="BY40" s="14" t="n">
         <v>378.8</v>
       </c>
-      <c r="BQ40" s="14" t="n">
+      <c r="BZ40" s="14" t="n">
         <v>227.4</v>
       </c>
-      <c r="BR40" s="14" t="n">
+      <c r="CA40" s="14" t="n">
         <v>213.9</v>
       </c>
-      <c r="BS40" s="14" t="n">
+      <c r="CB40" s="14" t="n">
         <v>2145.1</v>
       </c>
-      <c r="BT40" s="14" t="n">
+      <c r="CC40" s="14" t="n">
         <v>2142.9</v>
       </c>
-      <c r="BU40" s="14" t="n">
+      <c r="CD40" s="14" t="n">
         <v>166.6</v>
       </c>
-      <c r="BV40" s="14" t="n">
+      <c r="CE40" s="14" t="n">
+        <v>140.4</v>
+      </c>
+      <c r="CF40" s="14" t="n">
         <v>143.8</v>
       </c>
-      <c r="BW40" s="14" t="n">
+      <c r="CG40" s="14" t="n">
         <v>261.7</v>
       </c>
-      <c r="BX40" s="14" t="n">
+      <c r="CH40" s="14" t="n">
         <v>269.5</v>
       </c>
-      <c r="BY40" s="14" t="n">
+      <c r="CI40" s="14" t="n">
         <v>244.4</v>
       </c>
-      <c r="BZ40" s="14" t="n">
+      <c r="CJ40" s="14" t="n">
         <v>252.7</v>
       </c>
-      <c r="CA40" s="14" t="n">
+      <c r="CK40" s="14" t="n">
         <v>341.6</v>
       </c>
-      <c r="CB40" s="14" t="n">
+      <c r="CL40" s="14" t="n">
         <v>401.0</v>
       </c>
-      <c r="CC40" s="14" t="n">
+      <c r="CM40" s="14" t="n">
         <v>186.0</v>
       </c>
-      <c r="CD40" s="14" t="n">
+      <c r="CN40" s="14" t="n">
+        <v>1241.4</v>
+      </c>
+      <c r="CO40" s="14" t="n">
         <v>1279.9</v>
       </c>
-      <c r="CE40" s="14" t="n">
+      <c r="CP40" s="14" t="n">
         <v>860.1</v>
       </c>
-      <c r="CF40" s="14" t="n">
+      <c r="CQ40" s="14" t="n">
         <v>876.2</v>
       </c>
-      <c r="CG40" s="14" t="n">
+      <c r="CR40" s="14" t="n">
         <v>918.8</v>
       </c>
-      <c r="CH40" s="14" t="n">
+      <c r="CS40" s="14" t="n">
         <v>894.7</v>
       </c>
-      <c r="CI40" s="14" t="n">
+      <c r="CT40" s="14" t="n">
         <v>727.9</v>
       </c>
-      <c r="CJ40" s="14" t="n">
+      <c r="CU40" s="14" t="n">
         <v>913.2</v>
       </c>
-      <c r="CK40" s="14" t="n">
+      <c r="CV40" s="14" t="n">
         <v>479.8</v>
       </c>
-      <c r="CL40" s="14" t="n">
+      <c r="CW40" s="14" t="n">
+        <v>546.2</v>
+      </c>
+      <c r="CX40" s="14" t="n">
         <v>501.2</v>
       </c>
-      <c r="CM40" s="14" t="n">
+      <c r="CY40" s="14" t="n">
         <v>485.4</v>
       </c>
-      <c r="CN40" s="14" t="n">
+      <c r="CZ40" s="14" t="n">
         <v>495.1</v>
       </c>
-      <c r="CO40" s="14" t="n">
+      <c r="DA40" s="14" t="n">
         <v>159.6</v>
       </c>
-      <c r="CP40" s="14" t="n">
+      <c r="DB40" s="14" t="n">
         <v>149.5</v>
       </c>
-      <c r="CQ40" s="14" t="n">
+      <c r="DC40" s="14" t="n">
         <v>146.3</v>
       </c>
-      <c r="CR40" s="14" t="n">
+      <c r="DD40" s="14" t="n">
         <v>189.6</v>
       </c>
-      <c r="CS40" s="14" t="n">
+      <c r="DE40" s="14" t="n">
         <v>49.6</v>
       </c>
-      <c r="CT40" s="14" t="n">
+      <c r="DF40" s="14" t="n">
+        <v>1343.4</v>
+      </c>
+      <c r="DG40" s="14" t="n">
         <v>1378.2</v>
       </c>
-      <c r="CU40" s="14" t="n">
+      <c r="DH40" s="14" t="n">
         <v>3891.9</v>
       </c>
-      <c r="CV40" s="14" t="n">
+      <c r="DI40" s="14" t="n">
         <v>3876.4</v>
       </c>
-      <c r="CW40" s="14" t="n">
+      <c r="DJ40" s="14" t="n">
         <v>1345.7</v>
       </c>
-      <c r="CX40" s="14" t="n">
+      <c r="DK40" s="14" t="n">
         <v>1309.8</v>
       </c>
-      <c r="CY40" s="14" t="n">
+      <c r="DL40" s="14" t="n">
         <v>810.0</v>
       </c>
-      <c r="CZ40" s="14" t="n">
+      <c r="DM40" s="14" t="n">
         <v>811.0</v>
       </c>
-      <c r="DA40" s="14" t="n">
+      <c r="DN40" s="14" t="n">
         <v>1847.1</v>
       </c>
-      <c r="DB40" s="14" t="n">
+      <c r="DO40" s="14" t="n">
+        <v>1052.0</v>
+      </c>
+      <c r="DP40" s="14" t="n">
         <v>1064.8</v>
       </c>
-      <c r="DC40" s="14" t="n">
+      <c r="DQ40" s="14" t="n">
         <v>972.2</v>
       </c>
-      <c r="DD40" s="14" t="n">
+      <c r="DR40" s="14" t="n">
         <v>1080.0</v>
       </c>
-      <c r="DE40" s="14" t="n">
+      <c r="DS40" s="14" t="n">
         <v>784.3</v>
       </c>
-      <c r="DF40" s="14" t="n">
+      <c r="DT40" s="14" t="n">
         <v>514.7</v>
       </c>
-      <c r="DG40" s="14" t="n">
+      <c r="DU40" s="14" t="n">
         <v>461.5</v>
       </c>
-      <c r="DH40" s="14" t="n">
+      <c r="DV40" s="14" t="n">
         <v>407.4</v>
       </c>
-      <c r="DI40" s="14" t="n">
+      <c r="DW40" s="14" t="n">
         <v>2013.9</v>
       </c>
-      <c r="DJ40" s="14" t="n">
+      <c r="DX40" s="14" t="n">
+        <v>39664.7</v>
+      </c>
+      <c r="DY40" s="14" t="n">
         <v>34206.7</v>
       </c>
-      <c r="DK40" s="14" t="n">
+      <c r="DZ40" s="14" t="n">
         <v>42012.1</v>
       </c>
-      <c r="DL40" s="14" t="n">
+      <c r="EA40" s="14" t="n">
         <v>22482.0</v>
       </c>
-      <c r="DM40" s="14" t="n">
+      <c r="EB40" s="14" t="n">
         <v>10103.9</v>
       </c>
-      <c r="DN40" s="14" t="n">
+      <c r="EC40" s="14" t="n">
         <v>11040.4</v>
       </c>
-      <c r="DO40" s="14" t="n">
+      <c r="ED40" s="14" t="n">
         <v>5237.3</v>
       </c>
-      <c r="DP40" s="14" t="n">
+      <c r="EE40" s="14" t="n">
         <v>5605.0</v>
       </c>
-      <c r="DQ40" s="14" t="n">
+      <c r="EF40" s="14" t="n">
         <v>3874.8</v>
       </c>
-      <c r="DR40" s="14" t="n">
+      <c r="EG40" s="14" t="n">
+        <v>46134.5</v>
+      </c>
+      <c r="EH40" s="14" t="n">
         <v>28405.2</v>
       </c>
-      <c r="DS40" s="14" t="n">
+      <c r="EI40" s="14" t="n">
         <v>31360.8</v>
       </c>
-      <c r="DT40" s="14" t="n">
+      <c r="EJ40" s="14" t="n">
         <v>29231.9</v>
       </c>
-      <c r="DU40" s="14" t="n">
+      <c r="EK40" s="14" t="n">
         <v>31596.7</v>
       </c>
-      <c r="DV40" s="14" t="n">
+      <c r="EL40" s="14" t="n">
         <v>62210.1</v>
       </c>
-      <c r="DW40" s="14" t="n">
+      <c r="EM40" s="14" t="n">
         <v>58440.6</v>
       </c>
-      <c r="DX40" s="14" t="n">
+      <c r="EN40" s="14" t="n">
         <v>12242.4</v>
       </c>
-      <c r="DY40" s="14" t="n">
+      <c r="EO40" s="14" t="n">
         <v>12500.0</v>
       </c>
-      <c r="DZ40" s="14" t="n">
+      <c r="EP40" s="14" t="n">
+        <v>397452.4</v>
+      </c>
+      <c r="EQ40" s="14" t="n">
         <v>456158.9</v>
       </c>
-      <c r="EA40" s="14" t="n">
+      <c r="ER40" s="14" t="n">
         <v>411469.5</v>
       </c>
-      <c r="EB40" s="14" t="n">
+      <c r="ES40" s="14" t="n">
         <v>315320.6</v>
       </c>
-      <c r="EC40" s="14" t="n">
+      <c r="ET40" s="14" t="n">
         <v>360079.1</v>
       </c>
-      <c r="ED40" s="14" t="n">
+      <c r="EU40" s="14" t="n">
         <v>393726.5</v>
       </c>
-      <c r="EE40" s="14" t="n">
+      <c r="EV40" s="14" t="n">
         <v>391201.5</v>
       </c>
-      <c r="EF40" s="14" t="n">
+      <c r="EW40" s="14" t="n">
         <v>589491.2</v>
       </c>
-      <c r="EG40" s="14" t="n">
+      <c r="EX40" s="14" t="n">
         <v>562719.9</v>
       </c>
-      <c r="EH40" s="14" t="n">
+      <c r="EY40" s="14" t="n">
+        <v>57993.1</v>
+      </c>
+      <c r="EZ40" s="14" t="n">
         <v>48298.7</v>
       </c>
-      <c r="EI40" s="14" t="n">
+      <c r="FA40" s="14" t="n">
         <v>47778.5</v>
       </c>
-      <c r="EJ40" s="14" t="n">
+      <c r="FB40" s="14" t="n">
         <v>53264.7</v>
       </c>
-      <c r="EK40" s="14" t="n">
+      <c r="FC40" s="14" t="n">
         <v>58015.9</v>
       </c>
-      <c r="EL40" s="14" t="n">
+      <c r="FD40" s="14" t="n">
         <v>49925.2</v>
       </c>
-      <c r="EM40" s="14" t="n">
+      <c r="FE40" s="14" t="n">
         <v>50487.7</v>
       </c>
-      <c r="EN40" s="14" t="n">
+      <c r="FF40" s="14" t="n">
         <v>43828.9</v>
       </c>
-      <c r="EO40" s="14" t="n">
+      <c r="FG40" s="14" t="n">
         <v>42365.9</v>
       </c>
-      <c r="EP40" s="14" t="n">
+      <c r="FH40" s="14" t="n">
+        <v>16846.2</v>
+      </c>
+      <c r="FI40" s="14" t="n">
         <v>18758.5</v>
       </c>
-      <c r="EQ40" s="14" t="n">
+      <c r="FJ40" s="14" t="n">
         <v>20186.8</v>
       </c>
-      <c r="ER40" s="14" t="n">
+      <c r="FK40" s="14" t="n">
         <v>15798.0</v>
       </c>
-      <c r="ES40" s="14" t="n">
+      <c r="FL40" s="14" t="n">
         <v>15258.0</v>
       </c>
-      <c r="ET40" s="14" t="n">
+      <c r="FM40" s="14" t="n">
         <v>18366.6</v>
       </c>
-      <c r="EU40" s="14" t="n">
+      <c r="FN40" s="14" t="n">
         <v>18093.4</v>
       </c>
-      <c r="EV40" s="14" t="n">
+      <c r="FO40" s="14" t="n">
         <v>28486.2</v>
       </c>
-      <c r="EW40" s="14" t="n">
+      <c r="FP40" s="14" t="n">
         <v>27522.3</v>
       </c>
-      <c r="EX40" s="14" t="n">
-[...5 lines deleted...]
-      <c r="EZ40" s="14" t="n">
+      <c r="FQ40" s="14" t="n">
+        <v>383188.1</v>
+      </c>
+      <c r="FR40" s="14" t="n">
+        <v>291284.2</v>
+      </c>
+      <c r="FS40" s="14" t="n">
+        <v>359946.5</v>
+      </c>
+      <c r="FT40" s="14" t="n">
         <v>362733.4</v>
       </c>
-      <c r="FA40" s="14" t="n">
+      <c r="FU40" s="14" t="n">
         <v>288966.0</v>
       </c>
-      <c r="FB40" s="14" t="n">
+      <c r="FV40" s="14" t="n">
         <v>273639.8</v>
       </c>
-      <c r="FC40" s="14" t="n">
+      <c r="FW40" s="14" t="n">
         <v>266778.6</v>
       </c>
-      <c r="FD40" s="14" t="n">
+      <c r="FX40" s="14" t="n">
         <v>238718.5</v>
       </c>
-      <c r="FE40" s="14" t="n">
+      <c r="FY40" s="14" t="n">
         <v>243966.9</v>
       </c>
-      <c r="FF40" s="14" t="n">
-[...5 lines deleted...]
-      <c r="FH40" s="14" t="n">
+      <c r="FZ40" s="14" t="n">
+        <v>2236073.2</v>
+      </c>
+      <c r="GA40" s="14" t="n">
+        <v>2270384.8</v>
+      </c>
+      <c r="GB40" s="14" t="n">
+        <v>2453892.1</v>
+      </c>
+      <c r="GC40" s="14" t="n">
         <v>2310025.1</v>
       </c>
-      <c r="FI40" s="14" t="n">
+      <c r="GD40" s="14" t="n">
         <v>2312163.9</v>
       </c>
-      <c r="FJ40" s="14" t="n">
+      <c r="GE40" s="14" t="n">
         <v>2383627.7</v>
       </c>
-      <c r="FK40" s="14" t="n">
+      <c r="GF40" s="14" t="n">
         <v>2343823.7</v>
       </c>
-      <c r="FL40" s="14" t="n">
+      <c r="GG40" s="14" t="n">
         <v>2477238.2</v>
       </c>
-      <c r="FM40" s="14" t="n">
+      <c r="GH40" s="14" t="n">
         <v>2545368.7</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="6" t="inlineStr">
         <is>
           <t>09.3 Feces, urine and manure NP</t>
         </is>
       </c>
       <c r="B41" s="14" t="n">
+        <v>4539818.6</v>
+      </c>
+      <c r="C41" s="14" t="n">
         <v>4663173.9</v>
       </c>
-      <c r="C41" s="14" t="n">
+      <c r="D41" s="14" t="n">
         <v>4770388.3</v>
       </c>
-      <c r="D41" s="14" t="n">
+      <c r="E41" s="14" t="n">
         <v>4766113.4</v>
       </c>
-      <c r="E41" s="14" t="n">
+      <c r="F41" s="14" t="n">
         <v>4733473.8</v>
-      </c>
-[...1 lines deleted...]
-        <v>4711772.7</v>
       </c>
       <c r="G41" s="14" t="n">
         <v>4711772.7</v>
       </c>
       <c r="H41" s="14" t="n">
+        <v>4711772.7</v>
+      </c>
+      <c r="I41" s="14" t="n">
         <v>4741935.3</v>
       </c>
-      <c r="I41" s="14" t="n">
+      <c r="J41" s="14" t="n">
         <v>4751764.7</v>
       </c>
-      <c r="J41" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="K41" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="L41" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="M41" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N41" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="O41" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="P41" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="Q41" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="R41" s="14" t="n">
+      <c r="R41" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="S41" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="T41" s="14" t="n">
+        <v>54755.3</v>
+      </c>
+      <c r="U41" s="14" t="n">
         <v>57051.6</v>
       </c>
-      <c r="S41" s="14" t="n">
+      <c r="V41" s="14" t="n">
         <v>38138.3</v>
       </c>
-      <c r="T41" s="14" t="n">
+      <c r="W41" s="14" t="n">
         <v>36986.2</v>
       </c>
-      <c r="U41" s="14" t="n">
+      <c r="X41" s="14" t="n">
         <v>51528.6</v>
       </c>
-      <c r="V41" s="14" t="n">
+      <c r="Y41" s="14" t="n">
         <v>49577.7</v>
       </c>
-      <c r="W41" s="14" t="n">
+      <c r="Z41" s="14" t="n">
         <v>20515.2</v>
       </c>
-      <c r="X41" s="14" t="n">
+      <c r="AA41" s="14" t="n">
         <v>41111.7</v>
       </c>
-      <c r="Y41" s="14" t="n">
+      <c r="AB41" s="14" t="n">
         <v>61798.0</v>
       </c>
-      <c r="Z41" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="AC41" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AD41" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AE41" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AF41" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AG41" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
@@ -19454,273 +21779,269 @@
       <c r="AP41" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AQ41" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AR41" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AS41" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AT41" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AU41" s="14" t="n">
+      <c r="AU41" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AV41" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AW41" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AX41" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AY41" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AZ41" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BA41" s="14" t="n">
         <v>4.6</v>
       </c>
-      <c r="AV41" s="14" t="n">
+      <c r="BB41" s="14" t="n">
         <v>4.4</v>
       </c>
-      <c r="AW41" s="13" t="inlineStr">
-[...19 lines deleted...]
-      <c r="BA41" s="14" t="n">
+      <c r="BC41" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BD41" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BE41" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BF41" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BG41" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BH41" s="14" t="n">
         <v>23.6</v>
       </c>
-      <c r="BB41" s="14" t="n">
+      <c r="BI41" s="14" t="n">
         <v>23.4</v>
       </c>
-      <c r="BC41" s="13" t="inlineStr">
-[...14 lines deleted...]
-      <c r="BF41" s="14" t="n">
+      <c r="BJ41" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BK41" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BL41" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BM41" s="14" t="n">
+        <v>344.1</v>
+      </c>
+      <c r="BN41" s="14" t="n">
         <v>358.9</v>
       </c>
-      <c r="BG41" s="14" t="n">
+      <c r="BO41" s="14" t="n">
         <v>191.7</v>
       </c>
-      <c r="BH41" s="14" t="n">
+      <c r="BP41" s="14" t="n">
         <v>187.5</v>
       </c>
-      <c r="BI41" s="14" t="n">
+      <c r="BQ41" s="14" t="n">
         <v>231.5</v>
       </c>
-      <c r="BJ41" s="14" t="n">
+      <c r="BR41" s="14" t="n">
         <v>229.0</v>
       </c>
-      <c r="BK41" s="14" t="n">
+      <c r="BS41" s="14" t="n">
         <v>696.0</v>
       </c>
-      <c r="BL41" s="14" t="n">
+      <c r="BT41" s="14" t="n">
         <v>776.7</v>
       </c>
-      <c r="BM41" s="14" t="n">
+      <c r="BU41" s="14" t="n">
         <v>32.4</v>
       </c>
-      <c r="BN41" s="13" t="inlineStr">
-[...34 lines deleted...]
-      <c r="BU41" s="14" t="n">
+      <c r="BV41" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BW41" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BX41" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BY41" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BZ41" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CA41" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CB41" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CC41" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CD41" s="14" t="n">
         <v>0.3</v>
       </c>
-      <c r="BV41" s="13" t="inlineStr">
-[...39 lines deleted...]
-      <c r="CD41" s="14" t="n">
+      <c r="CE41" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CF41" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CG41" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CH41" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CI41" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CJ41" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CK41" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CL41" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CM41" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CN41" s="14" t="n">
         <v>0.2</v>
       </c>
-      <c r="CE41" s="13" t="inlineStr">
-[...9 lines deleted...]
-      <c r="CG41" s="14" t="n">
+      <c r="CO41" s="14" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="CP41" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CQ41" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CR41" s="14" t="n">
         <v>0.1</v>
       </c>
-      <c r="CH41" s="14" t="n">
+      <c r="CS41" s="14" t="n">
         <v>0.1</v>
       </c>
-      <c r="CI41" s="13" t="inlineStr">
-[...53 lines deleted...]
-      </c>
       <c r="CT41" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="CU41" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="CV41" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="CW41" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="CX41" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
@@ -19757,2342 +22078,2691 @@
       <c r="DE41" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="DF41" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="DG41" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="DH41" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="DI41" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="DJ41" s="14" t="n">
+      <c r="DJ41" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DK41" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DL41" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DM41" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DN41" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DO41" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DP41" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DQ41" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DR41" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DS41" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DT41" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DU41" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DV41" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DW41" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DX41" s="14" t="n">
+        <v>2426.8</v>
+      </c>
+      <c r="DY41" s="14" t="n">
         <v>2083.3</v>
       </c>
-      <c r="DK41" s="14" t="n">
+      <c r="DZ41" s="14" t="n">
         <v>1951.0</v>
       </c>
-      <c r="DL41" s="14" t="n">
+      <c r="EA41" s="14" t="n">
         <v>1513.3</v>
       </c>
-      <c r="DM41" s="13" t="inlineStr">
-[...54 lines deleted...]
-      <c r="DX41" s="14" t="n">
+      <c r="EB41" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EC41" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="ED41" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EE41" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EF41" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EG41" s="14" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="EH41" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EI41" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EJ41" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EK41" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EL41" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EM41" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EN41" s="14" t="n">
         <v>4.6</v>
       </c>
-      <c r="DY41" s="14" t="n">
+      <c r="EO41" s="14" t="n">
         <v>4.7</v>
       </c>
-      <c r="DZ41" s="14" t="n">
+      <c r="EP41" s="14" t="n">
+        <v>801.0</v>
+      </c>
+      <c r="EQ41" s="14" t="n">
         <v>799.4</v>
       </c>
-      <c r="EA41" s="14" t="n">
+      <c r="ER41" s="14" t="n">
         <v>703.8</v>
       </c>
-      <c r="EB41" s="14" t="n">
+      <c r="ES41" s="14" t="n">
         <v>577.4</v>
       </c>
-      <c r="EC41" s="14" t="n">
+      <c r="ET41" s="14" t="n">
         <v>687.7</v>
       </c>
-      <c r="ED41" s="14" t="n">
+      <c r="EU41" s="14" t="n">
         <v>997.7</v>
       </c>
-      <c r="EE41" s="14" t="n">
+      <c r="EV41" s="14" t="n">
         <v>953.1</v>
       </c>
-      <c r="EF41" s="14" t="n">
+      <c r="EW41" s="14" t="n">
         <v>346.2</v>
       </c>
-      <c r="EG41" s="14" t="n">
+      <c r="EX41" s="14" t="n">
         <v>323.8</v>
       </c>
-      <c r="EH41" s="14" t="n">
+      <c r="EY41" s="14" t="n">
+        <v>1996.2</v>
+      </c>
+      <c r="EZ41" s="14" t="n">
         <v>2834.6</v>
       </c>
-      <c r="EI41" s="14" t="n">
+      <c r="FA41" s="14" t="n">
         <v>2699.2</v>
       </c>
-      <c r="EJ41" s="14" t="n">
+      <c r="FB41" s="14" t="n">
         <v>965.4</v>
       </c>
-      <c r="EK41" s="14" t="n">
+      <c r="FC41" s="14" t="n">
         <v>1000.8</v>
       </c>
-      <c r="EL41" s="14" t="n">
+      <c r="FD41" s="14" t="n">
         <v>729.9</v>
       </c>
-      <c r="EM41" s="14" t="n">
+      <c r="FE41" s="14" t="n">
         <v>695.3</v>
       </c>
-      <c r="EN41" s="14" t="n">
+      <c r="FF41" s="14" t="n">
         <v>578.1</v>
       </c>
-      <c r="EO41" s="14" t="n">
+      <c r="FG41" s="14" t="n">
         <v>563.4</v>
       </c>
-      <c r="EP41" s="14" t="n">
+      <c r="FH41" s="14" t="n">
+        <v>8383.2</v>
+      </c>
+      <c r="FI41" s="14" t="n">
         <v>9074.7</v>
       </c>
-      <c r="EQ41" s="14" t="n">
+      <c r="FJ41" s="14" t="n">
         <v>6338.3</v>
       </c>
-      <c r="ER41" s="14" t="n">
+      <c r="FK41" s="14" t="n">
         <v>5410.3</v>
       </c>
-      <c r="ES41" s="14" t="n">
+      <c r="FL41" s="14" t="n">
         <v>6881.3</v>
       </c>
-      <c r="ET41" s="14" t="n">
+      <c r="FM41" s="14" t="n">
         <v>6117.2</v>
       </c>
-      <c r="EU41" s="14" t="n">
+      <c r="FN41" s="14" t="n">
         <v>3049.7</v>
       </c>
-      <c r="EV41" s="14" t="n">
+      <c r="FO41" s="14" t="n">
         <v>14897.7</v>
       </c>
-      <c r="EW41" s="14" t="n">
+      <c r="FP41" s="14" t="n">
         <v>14945.2</v>
       </c>
-      <c r="EX41" s="13" t="inlineStr">
-[...39 lines deleted...]
-      <c r="FF41" s="14" t="n">
+      <c r="FQ41" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FR41" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FS41" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FT41" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FU41" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FV41" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FW41" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FX41" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FY41" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FZ41" s="14" t="n">
+        <v>4608529.7</v>
+      </c>
+      <c r="GA41" s="14" t="n">
         <v>4735376.6</v>
       </c>
-      <c r="FG41" s="14" t="n">
+      <c r="GB41" s="14" t="n">
         <v>4820410.6</v>
       </c>
-      <c r="FH41" s="14" t="n">
+      <c r="GC41" s="14" t="n">
         <v>4811753.5</v>
       </c>
-      <c r="FI41" s="14" t="n">
+      <c r="GD41" s="14" t="n">
         <v>4793827.4</v>
       </c>
-      <c r="FJ41" s="14" t="n">
+      <c r="GE41" s="14" t="n">
         <v>4769447.7</v>
       </c>
-      <c r="FK41" s="14" t="n">
+      <c r="GF41" s="14" t="n">
         <v>4737686.6</v>
       </c>
-      <c r="FL41" s="14" t="n">
+      <c r="GG41" s="14" t="n">
         <v>4799654.7</v>
       </c>
-      <c r="FM41" s="14" t="n">
+      <c r="GH41" s="14" t="n">
         <v>4829432.5</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="6" t="inlineStr">
         <is>
           <t>10.1 Household and similar waste NP</t>
         </is>
       </c>
       <c r="B42" s="14" t="n">
+        <v>11094.5</v>
+      </c>
+      <c r="C42" s="14" t="n">
         <v>12384.9</v>
       </c>
-      <c r="C42" s="14" t="n">
+      <c r="D42" s="14" t="n">
         <v>14240.1</v>
       </c>
-      <c r="D42" s="14" t="n">
+      <c r="E42" s="14" t="n">
         <v>14221.5</v>
       </c>
-      <c r="E42" s="14" t="n">
+      <c r="F42" s="14" t="n">
         <v>13088.9</v>
       </c>
-      <c r="F42" s="14" t="n">
+      <c r="G42" s="14" t="n">
         <v>14072.3</v>
       </c>
-      <c r="G42" s="14" t="n">
+      <c r="H42" s="14" t="n">
         <v>11713.2</v>
       </c>
-      <c r="H42" s="14" t="n">
+      <c r="I42" s="14" t="n">
         <v>14041.4</v>
       </c>
-      <c r="I42" s="14" t="n">
+      <c r="J42" s="14" t="n">
         <v>12895.0</v>
       </c>
-      <c r="J42" s="14" t="n">
+      <c r="K42" s="14" t="n">
+        <v>1275.8</v>
+      </c>
+      <c r="L42" s="14" t="n">
         <v>1193.5</v>
       </c>
-      <c r="K42" s="14" t="n">
+      <c r="M42" s="14" t="n">
         <v>2253.6</v>
       </c>
-      <c r="L42" s="14" t="n">
+      <c r="N42" s="14" t="n">
         <v>1875.1</v>
       </c>
-      <c r="M42" s="14" t="n">
+      <c r="O42" s="14" t="n">
         <v>1522.3</v>
       </c>
-      <c r="N42" s="14" t="n">
+      <c r="P42" s="14" t="n">
         <v>1664.9</v>
       </c>
-      <c r="O42" s="14" t="n">
+      <c r="Q42" s="14" t="n">
         <v>598.3</v>
       </c>
-      <c r="P42" s="14" t="n">
+      <c r="R42" s="14" t="n">
         <v>548.8</v>
       </c>
-      <c r="Q42" s="14" t="n">
+      <c r="S42" s="14" t="n">
         <v>475.7</v>
       </c>
-      <c r="R42" s="14" t="n">
+      <c r="T42" s="14" t="n">
+        <v>100715.8</v>
+      </c>
+      <c r="U42" s="14" t="n">
         <v>104939.7</v>
       </c>
-      <c r="S42" s="14" t="n">
+      <c r="V42" s="14" t="n">
         <v>114890.9</v>
       </c>
-      <c r="T42" s="14" t="n">
+      <c r="W42" s="14" t="n">
         <v>111420.1</v>
       </c>
-      <c r="U42" s="14" t="n">
+      <c r="X42" s="14" t="n">
         <v>90691.9</v>
       </c>
-      <c r="V42" s="14" t="n">
+      <c r="Y42" s="14" t="n">
         <v>87258.3</v>
       </c>
-      <c r="W42" s="14" t="n">
+      <c r="Z42" s="14" t="n">
         <v>102174.9</v>
       </c>
-      <c r="X42" s="14" t="n">
+      <c r="AA42" s="14" t="n">
         <v>100643.7</v>
       </c>
-      <c r="Y42" s="14" t="n">
+      <c r="AB42" s="14" t="n">
         <v>80319.0</v>
       </c>
-      <c r="Z42" s="14" t="n">
+      <c r="AC42" s="14" t="n">
+        <v>8246.3</v>
+      </c>
+      <c r="AD42" s="14" t="n">
         <v>9592.4</v>
       </c>
-      <c r="AA42" s="14" t="n">
+      <c r="AE42" s="14" t="n">
         <v>10901.9</v>
       </c>
-      <c r="AB42" s="14" t="n">
+      <c r="AF42" s="14" t="n">
         <v>10198.3</v>
       </c>
-      <c r="AC42" s="14" t="n">
+      <c r="AG42" s="14" t="n">
         <v>9326.9</v>
       </c>
-      <c r="AD42" s="14" t="n">
+      <c r="AH42" s="14" t="n">
         <v>9403.8</v>
       </c>
-      <c r="AE42" s="14" t="n">
+      <c r="AI42" s="14" t="n">
         <v>9938.4</v>
       </c>
-      <c r="AF42" s="14" t="n">
+      <c r="AJ42" s="14" t="n">
         <v>9397.2</v>
       </c>
-      <c r="AG42" s="14" t="n">
+      <c r="AK42" s="14" t="n">
         <v>6415.8</v>
       </c>
-      <c r="AH42" s="14" t="n">
+      <c r="AL42" s="14" t="n">
+        <v>2731.4</v>
+      </c>
+      <c r="AM42" s="14" t="n">
         <v>3048.4</v>
       </c>
-      <c r="AI42" s="14" t="n">
+      <c r="AN42" s="14" t="n">
         <v>2435.9</v>
       </c>
-      <c r="AJ42" s="14" t="n">
+      <c r="AO42" s="14" t="n">
         <v>2252.7</v>
       </c>
-      <c r="AK42" s="14" t="n">
+      <c r="AP42" s="14" t="n">
         <v>2930.2</v>
       </c>
-      <c r="AL42" s="14" t="n">
+      <c r="AQ42" s="14" t="n">
         <v>2859.5</v>
       </c>
-      <c r="AM42" s="14" t="n">
+      <c r="AR42" s="14" t="n">
         <v>2605.6</v>
       </c>
-      <c r="AN42" s="14" t="n">
+      <c r="AS42" s="14" t="n">
         <v>2398.7</v>
       </c>
-      <c r="AO42" s="14" t="n">
+      <c r="AT42" s="14" t="n">
         <v>3627.8</v>
       </c>
-      <c r="AP42" s="14" t="n">
+      <c r="AU42" s="14" t="n">
+        <v>33203.6</v>
+      </c>
+      <c r="AV42" s="14" t="n">
         <v>35301.1</v>
       </c>
-      <c r="AQ42" s="14" t="n">
+      <c r="AW42" s="14" t="n">
         <v>26254.0</v>
       </c>
-      <c r="AR42" s="14" t="n">
+      <c r="AX42" s="14" t="n">
         <v>25735.1</v>
       </c>
-      <c r="AS42" s="14" t="n">
+      <c r="AY42" s="14" t="n">
         <v>20282.0</v>
       </c>
-      <c r="AT42" s="14" t="n">
+      <c r="AZ42" s="14" t="n">
         <v>20169.9</v>
       </c>
-      <c r="AU42" s="14" t="n">
+      <c r="BA42" s="14" t="n">
         <v>23390.4</v>
       </c>
-      <c r="AV42" s="14" t="n">
+      <c r="BB42" s="14" t="n">
         <v>17329.3</v>
       </c>
-      <c r="AW42" s="14" t="n">
+      <c r="BC42" s="14" t="n">
         <v>14110.4</v>
       </c>
-      <c r="AX42" s="14" t="n">
+      <c r="BD42" s="14" t="n">
+        <v>1484.1</v>
+      </c>
+      <c r="BE42" s="14" t="n">
         <v>1577.9</v>
       </c>
-      <c r="AY42" s="14" t="n">
+      <c r="BF42" s="14" t="n">
         <v>1683.9</v>
       </c>
-      <c r="AZ42" s="14" t="n">
+      <c r="BG42" s="14" t="n">
         <v>1965.1</v>
       </c>
-      <c r="BA42" s="14" t="n">
+      <c r="BH42" s="14" t="n">
         <v>1719.3</v>
       </c>
-      <c r="BB42" s="14" t="n">
+      <c r="BI42" s="14" t="n">
         <v>2163.8</v>
       </c>
-      <c r="BC42" s="14" t="n">
+      <c r="BJ42" s="14" t="n">
         <v>2074.0</v>
       </c>
-      <c r="BD42" s="14" t="n">
+      <c r="BK42" s="14" t="n">
         <v>2130.3</v>
       </c>
-      <c r="BE42" s="14" t="n">
+      <c r="BL42" s="14" t="n">
         <v>2037.2</v>
       </c>
-      <c r="BF42" s="14" t="n">
+      <c r="BM42" s="14" t="n">
+        <v>60637.8</v>
+      </c>
+      <c r="BN42" s="14" t="n">
         <v>63252.1</v>
       </c>
-      <c r="BG42" s="14" t="n">
+      <c r="BO42" s="14" t="n">
         <v>62271.7</v>
       </c>
-      <c r="BH42" s="14" t="n">
+      <c r="BP42" s="14" t="n">
         <v>60903.4</v>
       </c>
-      <c r="BI42" s="14" t="n">
+      <c r="BQ42" s="14" t="n">
         <v>50886.9</v>
       </c>
-      <c r="BJ42" s="14" t="n">
+      <c r="BR42" s="14" t="n">
         <v>50335.7</v>
       </c>
-      <c r="BK42" s="14" t="n">
+      <c r="BS42" s="14" t="n">
         <v>55619.0</v>
       </c>
-      <c r="BL42" s="14" t="n">
+      <c r="BT42" s="14" t="n">
         <v>54489.3</v>
       </c>
-      <c r="BM42" s="14" t="n">
+      <c r="BU42" s="14" t="n">
         <v>50246.1</v>
       </c>
-      <c r="BN42" s="14" t="n">
+      <c r="BV42" s="14" t="n">
+        <v>12407.8</v>
+      </c>
+      <c r="BW42" s="14" t="n">
         <v>13474.2</v>
       </c>
-      <c r="BO42" s="14" t="n">
+      <c r="BX42" s="14" t="n">
         <v>10943.3</v>
       </c>
-      <c r="BP42" s="14" t="n">
+      <c r="BY42" s="14" t="n">
         <v>10012.2</v>
       </c>
-      <c r="BQ42" s="14" t="n">
+      <c r="BZ42" s="14" t="n">
         <v>8747.2</v>
       </c>
-      <c r="BR42" s="14" t="n">
+      <c r="CA42" s="14" t="n">
         <v>8226.0</v>
       </c>
-      <c r="BS42" s="14" t="n">
+      <c r="CB42" s="14" t="n">
         <v>9118.0</v>
       </c>
-      <c r="BT42" s="14" t="n">
+      <c r="CC42" s="14" t="n">
         <v>9108.6</v>
       </c>
-      <c r="BU42" s="14" t="n">
+      <c r="CD42" s="14" t="n">
         <v>11128.8</v>
       </c>
-      <c r="BV42" s="14" t="n">
+      <c r="CE42" s="14" t="n">
+        <v>18828.9</v>
+      </c>
+      <c r="CF42" s="14" t="n">
         <v>19285.9</v>
       </c>
-      <c r="BW42" s="14" t="n">
+      <c r="CG42" s="14" t="n">
         <v>21032.3</v>
       </c>
-      <c r="BX42" s="14" t="n">
+      <c r="CH42" s="14" t="n">
         <v>21658.4</v>
       </c>
-      <c r="BY42" s="14" t="n">
+      <c r="CI42" s="14" t="n">
         <v>19472.7</v>
       </c>
-      <c r="BZ42" s="14" t="n">
+      <c r="CJ42" s="14" t="n">
         <v>20132.4</v>
       </c>
-      <c r="CA42" s="14" t="n">
+      <c r="CK42" s="14" t="n">
         <v>26620.9</v>
       </c>
-      <c r="CB42" s="14" t="n">
+      <c r="CL42" s="14" t="n">
         <v>21505.0</v>
       </c>
-      <c r="CC42" s="14" t="n">
+      <c r="CM42" s="14" t="n">
         <v>19119.3</v>
       </c>
-      <c r="CD42" s="14" t="n">
+      <c r="CN42" s="14" t="n">
+        <v>30769.9</v>
+      </c>
+      <c r="CO42" s="14" t="n">
         <v>31723.1</v>
       </c>
-      <c r="CE42" s="14" t="n">
+      <c r="CP42" s="14" t="n">
         <v>42015.7</v>
       </c>
-      <c r="CF42" s="14" t="n">
+      <c r="CQ42" s="14" t="n">
         <v>42802.7</v>
       </c>
-      <c r="CG42" s="14" t="n">
+      <c r="CR42" s="14" t="n">
         <v>39969.0</v>
       </c>
-      <c r="CH42" s="14" t="n">
+      <c r="CS42" s="14" t="n">
         <v>38921.9</v>
       </c>
-      <c r="CI42" s="14" t="n">
+      <c r="CT42" s="14" t="n">
         <v>45721.5</v>
       </c>
-      <c r="CJ42" s="14" t="n">
+      <c r="CU42" s="14" t="n">
         <v>44478.3</v>
       </c>
-      <c r="CK42" s="14" t="n">
+      <c r="CV42" s="14" t="n">
         <v>45412.0</v>
       </c>
-      <c r="CL42" s="14" t="n">
+      <c r="CW42" s="14" t="n">
+        <v>13752.8</v>
+      </c>
+      <c r="CX42" s="14" t="n">
         <v>12619.5</v>
       </c>
-      <c r="CM42" s="14" t="n">
+      <c r="CY42" s="14" t="n">
         <v>9777.0</v>
       </c>
-      <c r="CN42" s="14" t="n">
+      <c r="CZ42" s="14" t="n">
         <v>9971.8</v>
       </c>
-      <c r="CO42" s="14" t="n">
+      <c r="DA42" s="14" t="n">
         <v>7318.2</v>
       </c>
-      <c r="CP42" s="14" t="n">
+      <c r="DB42" s="14" t="n">
         <v>6855.6</v>
       </c>
-      <c r="CQ42" s="14" t="n">
+      <c r="DC42" s="14" t="n">
         <v>8055.2</v>
       </c>
-      <c r="CR42" s="14" t="n">
+      <c r="DD42" s="14" t="n">
         <v>8130.2</v>
       </c>
-      <c r="CS42" s="14" t="n">
+      <c r="DE42" s="14" t="n">
         <v>6403.6</v>
       </c>
-      <c r="CT42" s="14" t="n">
+      <c r="DF42" s="14" t="n">
+        <v>702.6</v>
+      </c>
+      <c r="DG42" s="14" t="n">
         <v>720.7</v>
       </c>
-      <c r="CU42" s="14" t="n">
+      <c r="DH42" s="14" t="n">
         <v>1814.0</v>
       </c>
-      <c r="CV42" s="14" t="n">
+      <c r="DI42" s="14" t="n">
         <v>1806.8</v>
       </c>
-      <c r="CW42" s="14" t="n">
+      <c r="DJ42" s="14" t="n">
         <v>1543.0</v>
       </c>
-      <c r="CX42" s="14" t="n">
+      <c r="DK42" s="14" t="n">
         <v>1501.8</v>
       </c>
-      <c r="CY42" s="14" t="n">
+      <c r="DL42" s="14" t="n">
         <v>2628.3</v>
       </c>
-      <c r="CZ42" s="14" t="n">
+      <c r="DM42" s="14" t="n">
         <v>2631.5</v>
       </c>
-      <c r="DA42" s="14" t="n">
+      <c r="DN42" s="14" t="n">
         <v>3040.0</v>
       </c>
-      <c r="DB42" s="14" t="n">
+      <c r="DO42" s="14" t="n">
+        <v>9459.5</v>
+      </c>
+      <c r="DP42" s="14" t="n">
         <v>9376.0</v>
       </c>
-      <c r="DC42" s="14" t="n">
+      <c r="DQ42" s="14" t="n">
         <v>15435.1</v>
       </c>
-      <c r="DD42" s="14" t="n">
+      <c r="DR42" s="14" t="n">
         <v>15234.8</v>
       </c>
-      <c r="DE42" s="14" t="n">
+      <c r="DS42" s="14" t="n">
         <v>15569.7</v>
       </c>
-      <c r="DF42" s="14" t="n">
+      <c r="DT42" s="14" t="n">
         <v>34765.9</v>
       </c>
-      <c r="DG42" s="14" t="n">
+      <c r="DU42" s="14" t="n">
         <v>34006.2</v>
       </c>
-      <c r="DH42" s="14" t="n">
+      <c r="DV42" s="14" t="n">
         <v>30214.4</v>
       </c>
-      <c r="DI42" s="14" t="n">
+      <c r="DW42" s="14" t="n">
         <v>29398.0</v>
       </c>
-      <c r="DJ42" s="14" t="n">
+      <c r="DX42" s="14" t="n">
+        <v>120959.7</v>
+      </c>
+      <c r="DY42" s="14" t="n">
         <v>140474.9</v>
       </c>
-      <c r="DK42" s="14" t="n">
+      <c r="DZ42" s="14" t="n">
         <v>202603.0</v>
       </c>
-      <c r="DL42" s="14" t="n">
+      <c r="EA42" s="14" t="n">
         <v>29080.4</v>
       </c>
-      <c r="DM42" s="14" t="n">
+      <c r="EB42" s="14" t="n">
         <v>28724.0</v>
       </c>
-      <c r="DN42" s="14" t="n">
+      <c r="EC42" s="14" t="n">
         <v>28189.4</v>
       </c>
-      <c r="DO42" s="14" t="n">
+      <c r="ED42" s="14" t="n">
         <v>28684.3</v>
       </c>
-      <c r="DP42" s="14" t="n">
+      <c r="EE42" s="14" t="n">
         <v>26757.0</v>
       </c>
-      <c r="DQ42" s="14" t="n">
+      <c r="EF42" s="14" t="n">
         <v>3286.4</v>
       </c>
-      <c r="DR42" s="14" t="n">
+      <c r="EG42" s="14" t="n">
+        <v>29116.1</v>
+      </c>
+      <c r="EH42" s="14" t="n">
         <v>33606.5</v>
       </c>
-      <c r="DS42" s="14" t="n">
+      <c r="EI42" s="14" t="n">
         <v>35743.8</v>
       </c>
-      <c r="DT42" s="14" t="n">
+      <c r="EJ42" s="14" t="n">
         <v>34693.6</v>
       </c>
-      <c r="DU42" s="14" t="n">
+      <c r="EK42" s="14" t="n">
         <v>37632.1</v>
       </c>
-      <c r="DV42" s="14" t="n">
+      <c r="EL42" s="14" t="n">
         <v>31931.5</v>
       </c>
-      <c r="DW42" s="14" t="n">
+      <c r="EM42" s="14" t="n">
         <v>30008.2</v>
       </c>
-      <c r="DX42" s="14" t="n">
+      <c r="EN42" s="14" t="n">
         <v>24273.2</v>
       </c>
-      <c r="DY42" s="14" t="n">
+      <c r="EO42" s="14" t="n">
         <v>25113.5</v>
       </c>
-      <c r="DZ42" s="14" t="n">
+      <c r="EP42" s="14" t="n">
+        <v>693692.3</v>
+      </c>
+      <c r="EQ42" s="14" t="n">
         <v>601698.3</v>
       </c>
-      <c r="EA42" s="14" t="n">
+      <c r="ER42" s="14" t="n">
         <v>511862.1</v>
       </c>
-      <c r="EB42" s="14" t="n">
+      <c r="ES42" s="14" t="n">
         <v>468166.8</v>
       </c>
-      <c r="EC42" s="14" t="n">
+      <c r="ET42" s="14" t="n">
         <v>557758.2</v>
       </c>
-      <c r="ED42" s="14" t="n">
+      <c r="EU42" s="14" t="n">
         <v>602357.2</v>
       </c>
-      <c r="EE42" s="14" t="n">
+      <c r="EV42" s="14" t="n">
         <v>585489.4</v>
       </c>
-      <c r="EF42" s="14" t="n">
+      <c r="EW42" s="14" t="n">
         <v>587776.2</v>
       </c>
-      <c r="EG42" s="14" t="n">
+      <c r="EX42" s="14" t="n">
         <v>567760.7</v>
       </c>
-      <c r="EH42" s="14" t="n">
+      <c r="EY42" s="14" t="n">
+        <v>44682.1</v>
+      </c>
+      <c r="EZ42" s="14" t="n">
         <v>51045.1</v>
       </c>
-      <c r="EI42" s="14" t="n">
+      <c r="FA42" s="14" t="n">
         <v>48803.3</v>
       </c>
-      <c r="EJ42" s="14" t="n">
+      <c r="FB42" s="14" t="n">
         <v>41162.9</v>
       </c>
-      <c r="EK42" s="14" t="n">
+      <c r="FC42" s="14" t="n">
         <v>42633.7</v>
       </c>
-      <c r="EL42" s="14" t="n">
+      <c r="FD42" s="14" t="n">
         <v>26818.3</v>
       </c>
-      <c r="EM42" s="14" t="n">
+      <c r="FE42" s="14" t="n">
         <v>25988.7</v>
       </c>
-      <c r="EN42" s="14" t="n">
+      <c r="FF42" s="14" t="n">
         <v>41828.5</v>
       </c>
-      <c r="EO42" s="14" t="n">
+      <c r="FG42" s="14" t="n">
         <v>40778.2</v>
       </c>
-      <c r="EP42" s="14" t="n">
+      <c r="FH42" s="14" t="n">
+        <v>215009.8</v>
+      </c>
+      <c r="FI42" s="14" t="n">
         <v>208154.2</v>
       </c>
-      <c r="EQ42" s="14" t="n">
+      <c r="FJ42" s="14" t="n">
         <v>203207.3</v>
       </c>
-      <c r="ER42" s="14" t="n">
+      <c r="FK42" s="14" t="n">
         <v>206953.1</v>
       </c>
-      <c r="ES42" s="14" t="n">
+      <c r="FL42" s="14" t="n">
         <v>202151.9</v>
       </c>
-      <c r="ET42" s="14" t="n">
+      <c r="FM42" s="14" t="n">
         <v>228519.9</v>
       </c>
-      <c r="EU42" s="14" t="n">
+      <c r="FN42" s="14" t="n">
         <v>222800.6</v>
       </c>
-      <c r="EV42" s="14" t="n">
+      <c r="FO42" s="14" t="n">
         <v>430825.0</v>
       </c>
-      <c r="EW42" s="14" t="n">
+      <c r="FP42" s="14" t="n">
         <v>411009.2</v>
       </c>
-      <c r="EX42" s="14" t="n">
-[...5 lines deleted...]
-      <c r="EZ42" s="14" t="n">
+      <c r="FQ42" s="14" t="n">
+        <v>1.66405772E7</v>
+      </c>
+      <c r="FR42" s="14" t="n">
+        <v>1.75898023E7</v>
+      </c>
+      <c r="FS42" s="14" t="n">
+        <v>1.75432101E7</v>
+      </c>
+      <c r="FT42" s="14" t="n">
         <v>1.73297683E7</v>
       </c>
-      <c r="FA42" s="14" t="n">
+      <c r="FU42" s="14" t="n">
         <v>1.77647803E7</v>
       </c>
-      <c r="FB42" s="14" t="n">
+      <c r="FV42" s="14" t="n">
         <v>1.82845634E7</v>
       </c>
-      <c r="FC42" s="14" t="n">
+      <c r="FW42" s="14" t="n">
         <v>1.82719897E7</v>
       </c>
-      <c r="FD42" s="14" t="n">
+      <c r="FX42" s="14" t="n">
         <v>1.80520745E7</v>
       </c>
-      <c r="FE42" s="14" t="n">
+      <c r="FY42" s="14" t="n">
         <v>1.71061761E7</v>
       </c>
-      <c r="FF42" s="14" t="n">
-[...5 lines deleted...]
-      <c r="FH42" s="14" t="n">
+      <c r="FZ42" s="14" t="n">
+        <v>1.8049348E7</v>
+      </c>
+      <c r="GA42" s="14" t="n">
+        <v>1.89432707E7</v>
+      </c>
+      <c r="GB42" s="14" t="n">
+        <v>1.8881379E7</v>
+      </c>
+      <c r="GC42" s="14" t="n">
         <v>1.84398831E7</v>
       </c>
-      <c r="FI42" s="14" t="n">
+      <c r="GD42" s="14" t="n">
         <v>1.89167484E7</v>
       </c>
-      <c r="FJ42" s="14" t="n">
+      <c r="GE42" s="14" t="n">
         <v>1.95007115E7</v>
       </c>
-      <c r="FK42" s="14" t="n">
+      <c r="GF42" s="14" t="n">
         <v>1.94992248E7</v>
       </c>
-      <c r="FL42" s="14" t="n">
+      <c r="GG42" s="14" t="n">
         <v>1.94805811E7</v>
       </c>
-      <c r="FM42" s="14" t="n">
+      <c r="GH42" s="14" t="n">
         <v>1.84387528E7</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="6" t="inlineStr">
         <is>
           <t>10.2 Mixed and undifferentiated materials NP</t>
         </is>
       </c>
       <c r="B43" s="14" t="n">
+        <v>272249.7</v>
+      </c>
+      <c r="C43" s="14" t="n">
         <v>322835.1</v>
       </c>
-      <c r="C43" s="14" t="n">
+      <c r="D43" s="14" t="n">
         <v>380525.0</v>
       </c>
-      <c r="D43" s="14" t="n">
+      <c r="E43" s="14" t="n">
         <v>381485.7</v>
       </c>
-      <c r="E43" s="14" t="n">
+      <c r="F43" s="14" t="n">
         <v>339520.2</v>
       </c>
-      <c r="F43" s="14" t="n">
+      <c r="G43" s="14" t="n">
         <v>369879.9</v>
       </c>
-      <c r="G43" s="14" t="n">
+      <c r="H43" s="14" t="n">
         <v>315588.8</v>
       </c>
-      <c r="H43" s="14" t="n">
+      <c r="I43" s="14" t="n">
         <v>374826.7</v>
       </c>
-      <c r="I43" s="14" t="n">
+      <c r="J43" s="14" t="n">
         <v>331912.8</v>
       </c>
-      <c r="J43" s="14" t="n">
+      <c r="K43" s="14" t="n">
+        <v>1069.2</v>
+      </c>
+      <c r="L43" s="14" t="n">
         <v>1000.2</v>
       </c>
-      <c r="K43" s="14" t="n">
+      <c r="M43" s="14" t="n">
         <v>166.2</v>
       </c>
-      <c r="L43" s="14" t="n">
+      <c r="N43" s="14" t="n">
         <v>138.3</v>
       </c>
-      <c r="M43" s="14" t="n">
+      <c r="O43" s="14" t="n">
         <v>476.8</v>
       </c>
-      <c r="N43" s="14" t="n">
+      <c r="P43" s="14" t="n">
         <v>521.4</v>
       </c>
-      <c r="O43" s="14" t="n">
+      <c r="Q43" s="14" t="n">
         <v>419.8</v>
       </c>
-      <c r="P43" s="14" t="n">
+      <c r="R43" s="14" t="n">
         <v>385.1</v>
       </c>
-      <c r="Q43" s="14" t="n">
+      <c r="S43" s="14" t="n">
         <v>450.7</v>
       </c>
-      <c r="R43" s="14" t="n">
+      <c r="T43" s="14" t="n">
+        <v>95003.2</v>
+      </c>
+      <c r="U43" s="14" t="n">
         <v>98987.5</v>
       </c>
-      <c r="S43" s="14" t="n">
+      <c r="V43" s="14" t="n">
         <v>106529.1</v>
       </c>
-      <c r="T43" s="14" t="n">
+      <c r="W43" s="14" t="n">
         <v>103310.9</v>
       </c>
-      <c r="U43" s="14" t="n">
+      <c r="X43" s="14" t="n">
         <v>82055.1</v>
       </c>
-      <c r="V43" s="14" t="n">
+      <c r="Y43" s="14" t="n">
         <v>78948.4</v>
       </c>
-      <c r="W43" s="14" t="n">
+      <c r="Z43" s="14" t="n">
         <v>81656.2</v>
       </c>
-      <c r="X43" s="14" t="n">
+      <c r="AA43" s="14" t="n">
         <v>77050.8</v>
       </c>
-      <c r="Y43" s="14" t="n">
+      <c r="AB43" s="14" t="n">
         <v>78766.5</v>
       </c>
-      <c r="Z43" s="14" t="n">
+      <c r="AC43" s="14" t="n">
+        <v>7790.6</v>
+      </c>
+      <c r="AD43" s="14" t="n">
         <v>9062.3</v>
       </c>
-      <c r="AA43" s="14" t="n">
+      <c r="AE43" s="14" t="n">
         <v>9121.6</v>
       </c>
-      <c r="AB43" s="14" t="n">
+      <c r="AF43" s="14" t="n">
         <v>8532.9</v>
       </c>
-      <c r="AC43" s="14" t="n">
+      <c r="AG43" s="14" t="n">
         <v>2898.9</v>
       </c>
-      <c r="AD43" s="14" t="n">
+      <c r="AH43" s="14" t="n">
         <v>2922.8</v>
       </c>
-      <c r="AE43" s="14" t="n">
+      <c r="AI43" s="14" t="n">
         <v>7665.4</v>
       </c>
-      <c r="AF43" s="14" t="n">
+      <c r="AJ43" s="14" t="n">
         <v>7115.5</v>
       </c>
-      <c r="AG43" s="14" t="n">
+      <c r="AK43" s="14" t="n">
         <v>5944.7</v>
       </c>
-      <c r="AH43" s="14" t="n">
+      <c r="AL43" s="14" t="n">
+        <v>4652.8</v>
+      </c>
+      <c r="AM43" s="14" t="n">
         <v>5192.9</v>
       </c>
-      <c r="AI43" s="14" t="n">
+      <c r="AN43" s="14" t="n">
         <v>4636.1</v>
       </c>
-      <c r="AJ43" s="14" t="n">
+      <c r="AO43" s="14" t="n">
         <v>4287.4</v>
       </c>
-      <c r="AK43" s="14" t="n">
+      <c r="AP43" s="14" t="n">
         <v>2390.0</v>
       </c>
-      <c r="AL43" s="14" t="n">
+      <c r="AQ43" s="14" t="n">
         <v>2332.4</v>
       </c>
-      <c r="AM43" s="14" t="n">
+      <c r="AR43" s="14" t="n">
         <v>2216.4</v>
       </c>
-      <c r="AN43" s="14" t="n">
+      <c r="AS43" s="14" t="n">
         <v>1972.4</v>
       </c>
-      <c r="AO43" s="14" t="n">
+      <c r="AT43" s="14" t="n">
         <v>3556.4</v>
       </c>
-      <c r="AP43" s="14" t="n">
+      <c r="AU43" s="14" t="n">
+        <v>386731.9</v>
+      </c>
+      <c r="AV43" s="14" t="n">
         <v>411161.9</v>
       </c>
-      <c r="AQ43" s="14" t="n">
+      <c r="AW43" s="14" t="n">
         <v>393168.5</v>
       </c>
-      <c r="AR43" s="14" t="n">
+      <c r="AX43" s="14" t="n">
         <v>385398.5</v>
       </c>
-      <c r="AS43" s="14" t="n">
+      <c r="AY43" s="14" t="n">
         <v>261620.1</v>
       </c>
-      <c r="AT43" s="14" t="n">
+      <c r="AZ43" s="14" t="n">
         <v>260174.1</v>
       </c>
-      <c r="AU43" s="14" t="n">
+      <c r="BA43" s="14" t="n">
         <v>518956.7</v>
       </c>
-      <c r="AV43" s="14" t="n">
+      <c r="BB43" s="14" t="n">
         <v>419508.8</v>
       </c>
-      <c r="AW43" s="14" t="n">
+      <c r="BC43" s="14" t="n">
         <v>403706.3</v>
       </c>
-      <c r="AX43" s="14" t="n">
+      <c r="BD43" s="14" t="n">
+        <v>2876.1</v>
+      </c>
+      <c r="BE43" s="14" t="n">
         <v>3057.8</v>
       </c>
-      <c r="AY43" s="14" t="n">
+      <c r="BF43" s="14" t="n">
         <v>1625.8</v>
       </c>
-      <c r="AZ43" s="14" t="n">
+      <c r="BG43" s="14" t="n">
         <v>1565.0</v>
       </c>
-      <c r="BA43" s="14" t="n">
+      <c r="BH43" s="14" t="n">
         <v>2204.4</v>
       </c>
-      <c r="BB43" s="14" t="n">
+      <c r="BI43" s="14" t="n">
         <v>1705.1</v>
       </c>
-      <c r="BC43" s="14" t="n">
+      <c r="BJ43" s="14" t="n">
         <v>110.8</v>
       </c>
-      <c r="BD43" s="14" t="n">
+      <c r="BK43" s="14" t="n">
         <v>151.1</v>
       </c>
-      <c r="BE43" s="14" t="n">
+      <c r="BL43" s="14" t="n">
         <v>1580.1</v>
       </c>
-      <c r="BF43" s="14" t="n">
+      <c r="BM43" s="14" t="n">
+        <v>83313.5</v>
+      </c>
+      <c r="BN43" s="14" t="n">
         <v>86905.5</v>
       </c>
-      <c r="BG43" s="14" t="n">
+      <c r="BO43" s="14" t="n">
         <v>81619.5</v>
       </c>
-      <c r="BH43" s="14" t="n">
+      <c r="BP43" s="14" t="n">
         <v>79826.2</v>
       </c>
-      <c r="BI43" s="14" t="n">
+      <c r="BQ43" s="14" t="n">
         <v>90561.2</v>
       </c>
-      <c r="BJ43" s="14" t="n">
+      <c r="BR43" s="14" t="n">
         <v>89580.3</v>
       </c>
-      <c r="BK43" s="14" t="n">
+      <c r="BS43" s="14" t="n">
         <v>95853.2</v>
       </c>
-      <c r="BL43" s="14" t="n">
+      <c r="BT43" s="14" t="n">
         <v>89777.2</v>
       </c>
-      <c r="BM43" s="14" t="n">
+      <c r="BU43" s="14" t="n">
         <v>79332.0</v>
       </c>
-      <c r="BN43" s="14" t="n">
+      <c r="BV43" s="14" t="n">
+        <v>8989.0</v>
+      </c>
+      <c r="BW43" s="14" t="n">
         <v>9761.5</v>
       </c>
-      <c r="BO43" s="14" t="n">
+      <c r="BX43" s="14" t="n">
         <v>7931.2</v>
       </c>
-      <c r="BP43" s="14" t="n">
+      <c r="BY43" s="14" t="n">
         <v>7256.4</v>
       </c>
-      <c r="BQ43" s="14" t="n">
+      <c r="BZ43" s="14" t="n">
         <v>6781.9</v>
       </c>
-      <c r="BR43" s="14" t="n">
+      <c r="CA43" s="14" t="n">
         <v>6377.8</v>
       </c>
-      <c r="BS43" s="14" t="n">
+      <c r="CB43" s="14" t="n">
         <v>8602.9</v>
       </c>
-      <c r="BT43" s="14" t="n">
+      <c r="CC43" s="14" t="n">
         <v>8594.0</v>
       </c>
-      <c r="BU43" s="14" t="n">
+      <c r="CD43" s="14" t="n">
         <v>8568.1</v>
       </c>
-      <c r="BV43" s="14" t="n">
+      <c r="CE43" s="14" t="n">
+        <v>86510.9</v>
+      </c>
+      <c r="CF43" s="14" t="n">
         <v>88611.1</v>
       </c>
-      <c r="BW43" s="14" t="n">
+      <c r="CG43" s="14" t="n">
         <v>43458.3</v>
       </c>
-      <c r="BX43" s="14" t="n">
+      <c r="CH43" s="14" t="n">
         <v>44752.2</v>
       </c>
-      <c r="BY43" s="14" t="n">
+      <c r="CI43" s="14" t="n">
         <v>65346.5</v>
       </c>
-      <c r="BZ43" s="14" t="n">
+      <c r="CJ43" s="14" t="n">
         <v>67560.2</v>
       </c>
-      <c r="CA43" s="14" t="n">
+      <c r="CK43" s="14" t="n">
         <v>120219.2</v>
       </c>
-      <c r="CB43" s="14" t="n">
+      <c r="CL43" s="14" t="n">
         <v>104632.8</v>
       </c>
-      <c r="CC43" s="14" t="n">
+      <c r="CM43" s="14" t="n">
         <v>132028.9</v>
       </c>
-      <c r="CD43" s="14" t="n">
+      <c r="CN43" s="14" t="n">
+        <v>56760.4</v>
+      </c>
+      <c r="CO43" s="14" t="n">
         <v>58518.7</v>
       </c>
-      <c r="CE43" s="14" t="n">
+      <c r="CP43" s="14" t="n">
         <v>34004.4</v>
       </c>
-      <c r="CF43" s="14" t="n">
+      <c r="CQ43" s="14" t="n">
         <v>34641.3</v>
       </c>
-      <c r="CG43" s="14" t="n">
+      <c r="CR43" s="14" t="n">
         <v>36774.1</v>
       </c>
-      <c r="CH43" s="14" t="n">
+      <c r="CS43" s="14" t="n">
         <v>35810.8</v>
       </c>
-      <c r="CI43" s="14" t="n">
+      <c r="CT43" s="14" t="n">
         <v>56433.7</v>
       </c>
-      <c r="CJ43" s="14" t="n">
+      <c r="CU43" s="14" t="n">
         <v>43787.1</v>
       </c>
-      <c r="CK43" s="14" t="n">
+      <c r="CV43" s="14" t="n">
         <v>41969.3</v>
       </c>
-      <c r="CL43" s="14" t="n">
+      <c r="CW43" s="14" t="n">
+        <v>9655.4</v>
+      </c>
+      <c r="CX43" s="14" t="n">
         <v>8859.7</v>
       </c>
-      <c r="CM43" s="14" t="n">
+      <c r="CY43" s="14" t="n">
         <v>10264.8</v>
       </c>
-      <c r="CN43" s="14" t="n">
+      <c r="CZ43" s="14" t="n">
         <v>10469.3</v>
       </c>
-      <c r="CO43" s="14" t="n">
+      <c r="DA43" s="14" t="n">
         <v>10576.4</v>
       </c>
-      <c r="CP43" s="14" t="n">
+      <c r="DB43" s="14" t="n">
         <v>9908.0</v>
       </c>
-      <c r="CQ43" s="14" t="n">
+      <c r="DC43" s="14" t="n">
         <v>9590.9</v>
       </c>
-      <c r="CR43" s="14" t="n">
+      <c r="DD43" s="14" t="n">
         <v>8314.2</v>
       </c>
-      <c r="CS43" s="14" t="n">
+      <c r="DE43" s="14" t="n">
         <v>5352.4</v>
       </c>
-      <c r="CT43" s="14" t="n">
+      <c r="DF43" s="14" t="n">
+        <v>404.5</v>
+      </c>
+      <c r="DG43" s="14" t="n">
         <v>415.0</v>
       </c>
-      <c r="CU43" s="14" t="n">
+      <c r="DH43" s="14" t="n">
         <v>1608.3</v>
       </c>
-      <c r="CV43" s="14" t="n">
+      <c r="DI43" s="14" t="n">
         <v>1601.9</v>
       </c>
-      <c r="CW43" s="14" t="n">
+      <c r="DJ43" s="14" t="n">
         <v>1697.4</v>
       </c>
-      <c r="CX43" s="14" t="n">
+      <c r="DK43" s="14" t="n">
         <v>1652.1</v>
       </c>
-      <c r="CY43" s="14" t="n">
+      <c r="DL43" s="14" t="n">
         <v>1822.9</v>
       </c>
-      <c r="CZ43" s="14" t="n">
+      <c r="DM43" s="14" t="n">
         <v>1825.1</v>
       </c>
-      <c r="DA43" s="14" t="n">
+      <c r="DN43" s="14" t="n">
         <v>1078.5</v>
       </c>
-      <c r="DB43" s="14" t="n">
+      <c r="DO43" s="14" t="n">
+        <v>17536.8</v>
+      </c>
+      <c r="DP43" s="14" t="n">
         <v>17205.5</v>
       </c>
-      <c r="DC43" s="14" t="n">
+      <c r="DQ43" s="14" t="n">
         <v>15786.7</v>
       </c>
-      <c r="DD43" s="14" t="n">
+      <c r="DR43" s="14" t="n">
         <v>15832.3</v>
       </c>
-      <c r="DE43" s="14" t="n">
+      <c r="DS43" s="14" t="n">
         <v>19520.3</v>
       </c>
-      <c r="DF43" s="14" t="n">
+      <c r="DT43" s="14" t="n">
         <v>39906.7</v>
       </c>
-      <c r="DG43" s="14" t="n">
+      <c r="DU43" s="14" t="n">
         <v>39178.4</v>
       </c>
-      <c r="DH43" s="14" t="n">
+      <c r="DV43" s="14" t="n">
         <v>34807.7</v>
       </c>
-      <c r="DI43" s="14" t="n">
+      <c r="DW43" s="14" t="n">
         <v>29894.9</v>
       </c>
-      <c r="DJ43" s="14" t="n">
+      <c r="DX43" s="14" t="n">
+        <v>77370.5</v>
+      </c>
+      <c r="DY43" s="14" t="n">
         <v>60423.6</v>
       </c>
-      <c r="DK43" s="14" t="n">
+      <c r="DZ43" s="14" t="n">
         <v>85202.9</v>
       </c>
-      <c r="DL43" s="14" t="n">
+      <c r="EA43" s="14" t="n">
         <v>78084.3</v>
       </c>
-      <c r="DM43" s="14" t="n">
+      <c r="EB43" s="14" t="n">
         <v>68501.0</v>
       </c>
-      <c r="DN43" s="14" t="n">
+      <c r="EC43" s="14" t="n">
         <v>80228.5</v>
       </c>
-      <c r="DO43" s="14" t="n">
+      <c r="ED43" s="14" t="n">
         <v>117652.8</v>
       </c>
-      <c r="DP43" s="14" t="n">
+      <c r="EE43" s="14" t="n">
         <v>58695.0</v>
       </c>
-      <c r="DQ43" s="14" t="n">
+      <c r="EF43" s="14" t="n">
         <v>114847.1</v>
       </c>
-      <c r="DR43" s="14" t="n">
+      <c r="EG43" s="14" t="n">
+        <v>5909.5</v>
+      </c>
+      <c r="EH43" s="14" t="n">
         <v>6741.0</v>
       </c>
-      <c r="DS43" s="14" t="n">
+      <c r="EI43" s="14" t="n">
         <v>6915.6</v>
       </c>
-      <c r="DT43" s="14" t="n">
+      <c r="EJ43" s="14" t="n">
         <v>8096.6</v>
       </c>
-      <c r="DU43" s="14" t="n">
+      <c r="EK43" s="14" t="n">
         <v>8813.3</v>
       </c>
-      <c r="DV43" s="14" t="n">
+      <c r="EL43" s="14" t="n">
         <v>3343.8</v>
       </c>
-      <c r="DW43" s="14" t="n">
+      <c r="EM43" s="14" t="n">
         <v>3129.9</v>
       </c>
-      <c r="DX43" s="14" t="n">
+      <c r="EN43" s="14" t="n">
         <v>713.3</v>
       </c>
-      <c r="DY43" s="14" t="n">
+      <c r="EO43" s="14" t="n">
         <v>733.7</v>
       </c>
-      <c r="DZ43" s="14" t="n">
+      <c r="EP43" s="14" t="n">
+        <v>108554.4</v>
+      </c>
+      <c r="EQ43" s="14" t="n">
         <v>105147.5</v>
       </c>
-      <c r="EA43" s="14" t="n">
+      <c r="ER43" s="14" t="n">
         <v>90350.1</v>
       </c>
-      <c r="EB43" s="14" t="n">
+      <c r="ES43" s="14" t="n">
         <v>68650.1</v>
       </c>
-      <c r="EC43" s="14" t="n">
+      <c r="ET43" s="14" t="n">
         <v>82672.7</v>
       </c>
-      <c r="ED43" s="14" t="n">
+      <c r="EU43" s="14" t="n">
         <v>76217.4</v>
       </c>
-      <c r="EE43" s="14" t="n">
+      <c r="EV43" s="14" t="n">
         <v>74535.4</v>
       </c>
-      <c r="EF43" s="14" t="n">
+      <c r="EW43" s="14" t="n">
         <v>28429.3</v>
       </c>
-      <c r="EG43" s="14" t="n">
+      <c r="EX43" s="14" t="n">
         <v>27222.7</v>
       </c>
-      <c r="EH43" s="14" t="n">
+      <c r="EY43" s="14" t="n">
+        <v>5522.1</v>
+      </c>
+      <c r="EZ43" s="14" t="n">
         <v>7194.5</v>
       </c>
-      <c r="EI43" s="14" t="n">
+      <c r="FA43" s="14" t="n">
         <v>6935.0</v>
       </c>
-      <c r="EJ43" s="14" t="n">
+      <c r="FB43" s="14" t="n">
         <v>3997.8</v>
       </c>
-      <c r="EK43" s="14" t="n">
+      <c r="FC43" s="14" t="n">
         <v>4119.2</v>
       </c>
-      <c r="EL43" s="14" t="n">
+      <c r="FD43" s="14" t="n">
         <v>3663.0</v>
       </c>
-      <c r="EM43" s="14" t="n">
+      <c r="FE43" s="14" t="n">
         <v>3555.9</v>
       </c>
-      <c r="EN43" s="14" t="n">
+      <c r="FF43" s="14" t="n">
         <v>1277.7</v>
       </c>
-      <c r="EO43" s="14" t="n">
+      <c r="FG43" s="14" t="n">
         <v>1245.0</v>
       </c>
-      <c r="EP43" s="14" t="n">
+      <c r="FH43" s="14" t="n">
+        <v>12849.6</v>
+      </c>
+      <c r="FI43" s="14" t="n">
         <v>18775.0</v>
       </c>
-      <c r="EQ43" s="14" t="n">
+      <c r="FJ43" s="14" t="n">
         <v>17740.9</v>
       </c>
-      <c r="ER43" s="14" t="n">
+      <c r="FK43" s="14" t="n">
         <v>20655.0</v>
       </c>
-      <c r="ES43" s="14" t="n">
+      <c r="FL43" s="14" t="n">
         <v>20058.5</v>
       </c>
-      <c r="ET43" s="14" t="n">
+      <c r="FM43" s="14" t="n">
         <v>33461.8</v>
       </c>
-      <c r="EU43" s="14" t="n">
+      <c r="FN43" s="14" t="n">
         <v>32400.8</v>
       </c>
-      <c r="EV43" s="14" t="n">
+      <c r="FO43" s="14" t="n">
         <v>4605.8</v>
       </c>
-      <c r="EW43" s="14" t="n">
+      <c r="FP43" s="14" t="n">
         <v>4427.8</v>
       </c>
-      <c r="EX43" s="14" t="n">
-[...5 lines deleted...]
-      <c r="EZ43" s="14" t="n">
+      <c r="FQ43" s="14" t="n">
+        <v>1031709.3</v>
+      </c>
+      <c r="FR43" s="14" t="n">
+        <v>939693.6</v>
+      </c>
+      <c r="FS43" s="14" t="n">
+        <v>870890.2</v>
+      </c>
+      <c r="FT43" s="14" t="n">
         <v>887731.3</v>
       </c>
-      <c r="FA43" s="14" t="n">
+      <c r="FU43" s="14" t="n">
         <v>827965.0</v>
       </c>
-      <c r="FB43" s="14" t="n">
+      <c r="FV43" s="14" t="n">
         <v>731667.5</v>
       </c>
-      <c r="FC43" s="14" t="n">
+      <c r="FW43" s="14" t="n">
         <v>714845.2</v>
       </c>
-      <c r="FD43" s="14" t="n">
+      <c r="FX43" s="14" t="n">
         <v>698722.6</v>
       </c>
-      <c r="FE43" s="14" t="n">
+      <c r="FY43" s="14" t="n">
         <v>647116.0</v>
       </c>
-      <c r="FF43" s="14" t="n">
-[...5 lines deleted...]
-      <c r="FH43" s="14" t="n">
+      <c r="FZ43" s="14" t="n">
+        <v>2275459.4</v>
+      </c>
+      <c r="GA43" s="14" t="n">
+        <v>2259549.9</v>
+      </c>
+      <c r="GB43" s="14" t="n">
+        <v>2168480.2</v>
+      </c>
+      <c r="GC43" s="14" t="n">
         <v>2146313.4</v>
       </c>
-      <c r="FI43" s="14" t="n">
+      <c r="GD43" s="14" t="n">
         <v>1934553.0</v>
       </c>
-      <c r="FJ43" s="14" t="n">
+      <c r="GE43" s="14" t="n">
         <v>1895862.0</v>
       </c>
-      <c r="FK43" s="14" t="n">
+      <c r="GF43" s="14" t="n">
         <v>2204435.3</v>
       </c>
-      <c r="FL43" s="14" t="n">
+      <c r="GG43" s="14" t="n">
         <v>1965192.2</v>
       </c>
-      <c r="FM43" s="14" t="n">
+      <c r="GH43" s="14" t="n">
         <v>1919733.9</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="6" t="inlineStr">
         <is>
           <t>10.2 Mixed and undifferentiated materials P</t>
         </is>
       </c>
       <c r="B44" s="14" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="C44" s="14" t="n">
         <v>0.6</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.5</v>
       </c>
       <c r="D44" s="14" t="n">
         <v>0.5</v>
       </c>
       <c r="E44" s="14" t="n">
         <v>0.5</v>
       </c>
       <c r="F44" s="14" t="n">
         <v>0.5</v>
       </c>
       <c r="G44" s="14" t="n">
         <v>0.5</v>
       </c>
       <c r="H44" s="14" t="n">
         <v>0.5</v>
       </c>
       <c r="I44" s="14" t="n">
         <v>0.5</v>
       </c>
       <c r="J44" s="14" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="K44" s="14" t="n">
+        <v>10.9</v>
+      </c>
+      <c r="L44" s="14" t="n">
         <v>10.2</v>
       </c>
-      <c r="K44" s="14" t="n">
+      <c r="M44" s="14" t="n">
         <v>0.5</v>
       </c>
-      <c r="L44" s="14" t="n">
+      <c r="N44" s="14" t="n">
         <v>0.4</v>
       </c>
-      <c r="M44" s="14" t="n">
+      <c r="O44" s="14" t="n">
         <v>1.0</v>
       </c>
-      <c r="N44" s="14" t="n">
+      <c r="P44" s="14" t="n">
         <v>1.1</v>
       </c>
-      <c r="O44" s="14" t="n">
+      <c r="Q44" s="14" t="n">
         <v>9.7</v>
       </c>
-      <c r="P44" s="14" t="n">
+      <c r="R44" s="14" t="n">
         <v>8.9</v>
       </c>
-      <c r="Q44" s="14" t="n">
+      <c r="S44" s="14" t="n">
         <v>13.4</v>
       </c>
-      <c r="R44" s="14" t="n">
+      <c r="T44" s="14" t="n">
+        <v>412.9</v>
+      </c>
+      <c r="U44" s="14" t="n">
         <v>430.2</v>
       </c>
-      <c r="S44" s="14" t="n">
+      <c r="V44" s="14" t="n">
         <v>133.1</v>
       </c>
-      <c r="T44" s="14" t="n">
+      <c r="W44" s="14" t="n">
         <v>129.1</v>
       </c>
-      <c r="U44" s="14" t="n">
+      <c r="X44" s="14" t="n">
         <v>123.7</v>
       </c>
-      <c r="V44" s="14" t="n">
+      <c r="Y44" s="14" t="n">
         <v>119.0</v>
       </c>
-      <c r="W44" s="14" t="n">
+      <c r="Z44" s="14" t="n">
         <v>330.0</v>
       </c>
-      <c r="X44" s="14" t="n">
+      <c r="AA44" s="14" t="n">
         <v>336.1</v>
       </c>
-      <c r="Y44" s="14" t="n">
+      <c r="AB44" s="14" t="n">
         <v>280.7</v>
       </c>
-      <c r="Z44" s="14" t="n">
+      <c r="AC44" s="14" t="n">
+        <v>62.0</v>
+      </c>
+      <c r="AD44" s="14" t="n">
         <v>72.2</v>
       </c>
-      <c r="AA44" s="14" t="n">
+      <c r="AE44" s="14" t="n">
         <v>96.9</v>
       </c>
-      <c r="AB44" s="14" t="n">
+      <c r="AF44" s="14" t="n">
         <v>90.6</v>
       </c>
-      <c r="AC44" s="14" t="n">
+      <c r="AG44" s="14" t="n">
         <v>502.1</v>
       </c>
-      <c r="AD44" s="14" t="n">
+      <c r="AH44" s="14" t="n">
         <v>506.3</v>
       </c>
-      <c r="AE44" s="14" t="n">
+      <c r="AI44" s="14" t="n">
         <v>492.9</v>
       </c>
-      <c r="AF44" s="14" t="n">
+      <c r="AJ44" s="14" t="n">
         <v>442.9</v>
       </c>
-      <c r="AG44" s="14" t="n">
+      <c r="AK44" s="14" t="n">
         <v>609.0</v>
       </c>
-      <c r="AH44" s="14" t="n">
+      <c r="AL44" s="14" t="n">
+        <v>6.6</v>
+      </c>
+      <c r="AM44" s="14" t="n">
         <v>7.4</v>
       </c>
-      <c r="AI44" s="13" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AK44" s="14" t="n">
+      <c r="AN44" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AO44" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AP44" s="14" t="n">
         <v>2.7</v>
       </c>
-      <c r="AL44" s="14" t="n">
+      <c r="AQ44" s="14" t="n">
         <v>2.6</v>
       </c>
-      <c r="AM44" s="14" t="n">
+      <c r="AR44" s="14" t="n">
         <v>1.3</v>
       </c>
-      <c r="AN44" s="14" t="n">
+      <c r="AS44" s="14" t="n">
         <v>1.4</v>
       </c>
-      <c r="AO44" s="14" t="n">
+      <c r="AT44" s="14" t="n">
         <v>25.6</v>
       </c>
-      <c r="AP44" s="14" t="n">
+      <c r="AU44" s="14" t="n">
+        <v>103.6</v>
+      </c>
+      <c r="AV44" s="14" t="n">
         <v>110.2</v>
       </c>
-      <c r="AQ44" s="14" t="n">
+      <c r="AW44" s="14" t="n">
         <v>102.5</v>
       </c>
-      <c r="AR44" s="14" t="n">
+      <c r="AX44" s="14" t="n">
         <v>100.4</v>
       </c>
-      <c r="AS44" s="14" t="n">
+      <c r="AY44" s="14" t="n">
         <v>47.0</v>
       </c>
-      <c r="AT44" s="14" t="n">
+      <c r="AZ44" s="14" t="n">
         <v>46.8</v>
       </c>
-      <c r="AU44" s="14" t="n">
+      <c r="BA44" s="14" t="n">
         <v>174.7</v>
       </c>
-      <c r="AV44" s="14" t="n">
+      <c r="BB44" s="14" t="n">
         <v>164.4</v>
       </c>
-      <c r="AW44" s="14" t="n">
+      <c r="BC44" s="14" t="n">
         <v>29.1</v>
       </c>
-      <c r="AX44" s="14" t="n">
+      <c r="BD44" s="14" t="n">
+        <v>113.1</v>
+      </c>
+      <c r="BE44" s="14" t="n">
         <v>120.2</v>
       </c>
-      <c r="AY44" s="14" t="n">
+      <c r="BF44" s="14" t="n">
         <v>167.2</v>
       </c>
-      <c r="AZ44" s="14" t="n">
+      <c r="BG44" s="14" t="n">
         <v>277.1</v>
       </c>
-      <c r="BA44" s="14" t="n">
+      <c r="BH44" s="14" t="n">
         <v>503.8</v>
       </c>
-      <c r="BB44" s="14" t="n">
+      <c r="BI44" s="14" t="n">
         <v>263.0</v>
       </c>
-      <c r="BC44" s="14" t="n">
+      <c r="BJ44" s="14" t="n">
         <v>337.1</v>
       </c>
-      <c r="BD44" s="14" t="n">
+      <c r="BK44" s="14" t="n">
         <v>448.6</v>
       </c>
-      <c r="BE44" s="14" t="n">
+      <c r="BL44" s="14" t="n">
         <v>201.3</v>
       </c>
-      <c r="BF44" s="14" t="n">
+      <c r="BM44" s="14" t="n">
+        <v>5685.7</v>
+      </c>
+      <c r="BN44" s="14" t="n">
         <v>5930.8</v>
       </c>
-      <c r="BG44" s="14" t="n">
+      <c r="BO44" s="14" t="n">
         <v>4645.1</v>
       </c>
-      <c r="BH44" s="14" t="n">
+      <c r="BP44" s="14" t="n">
         <v>4543.1</v>
       </c>
-      <c r="BI44" s="14" t="n">
+      <c r="BQ44" s="14" t="n">
         <v>4631.5</v>
       </c>
-      <c r="BJ44" s="14" t="n">
+      <c r="BR44" s="14" t="n">
         <v>4581.4</v>
       </c>
-      <c r="BK44" s="14" t="n">
+      <c r="BS44" s="14" t="n">
         <v>3276.8</v>
       </c>
-      <c r="BL44" s="14" t="n">
+      <c r="BT44" s="14" t="n">
         <v>2969.8</v>
       </c>
-      <c r="BM44" s="14" t="n">
+      <c r="BU44" s="14" t="n">
         <v>4933.7</v>
       </c>
-      <c r="BN44" s="14" t="n">
+      <c r="BV44" s="14" t="n">
+        <v>404.1</v>
+      </c>
+      <c r="BW44" s="14" t="n">
         <v>438.8</v>
       </c>
-      <c r="BO44" s="14" t="n">
+      <c r="BX44" s="14" t="n">
         <v>652.0</v>
       </c>
-      <c r="BP44" s="14" t="n">
+      <c r="BY44" s="14" t="n">
         <v>596.5</v>
       </c>
-      <c r="BQ44" s="14" t="n">
+      <c r="BZ44" s="14" t="n">
         <v>803.5</v>
       </c>
-      <c r="BR44" s="14" t="n">
+      <c r="CA44" s="14" t="n">
         <v>755.7</v>
       </c>
-      <c r="BS44" s="14" t="n">
+      <c r="CB44" s="14" t="n">
         <v>193.2</v>
       </c>
-      <c r="BT44" s="14" t="n">
+      <c r="CC44" s="14" t="n">
         <v>193.0</v>
       </c>
-      <c r="BU44" s="14" t="n">
+      <c r="CD44" s="14" t="n">
         <v>398.4</v>
       </c>
-      <c r="BV44" s="14" t="n">
+      <c r="CE44" s="14" t="n">
+        <v>541.1</v>
+      </c>
+      <c r="CF44" s="14" t="n">
         <v>554.2</v>
       </c>
-      <c r="BW44" s="14" t="n">
+      <c r="CG44" s="14" t="n">
         <v>282.2</v>
       </c>
-      <c r="BX44" s="14" t="n">
+      <c r="CH44" s="14" t="n">
         <v>290.6</v>
       </c>
-      <c r="BY44" s="14" t="n">
+      <c r="CI44" s="14" t="n">
         <v>1199.4</v>
       </c>
-      <c r="BZ44" s="14" t="n">
+      <c r="CJ44" s="14" t="n">
         <v>1240.0</v>
       </c>
-      <c r="CA44" s="14" t="n">
+      <c r="CK44" s="14" t="n">
         <v>955.1</v>
       </c>
-      <c r="CB44" s="14" t="n">
+      <c r="CL44" s="14" t="n">
         <v>583.5</v>
       </c>
-      <c r="CC44" s="14" t="n">
+      <c r="CM44" s="14" t="n">
         <v>426.7</v>
       </c>
-      <c r="CD44" s="14" t="n">
+      <c r="CN44" s="14" t="n">
+        <v>324.6</v>
+      </c>
+      <c r="CO44" s="14" t="n">
         <v>334.6</v>
       </c>
-      <c r="CE44" s="14" t="n">
+      <c r="CP44" s="14" t="n">
         <v>504.9</v>
       </c>
-      <c r="CF44" s="14" t="n">
+      <c r="CQ44" s="14" t="n">
         <v>514.3</v>
       </c>
-      <c r="CG44" s="14" t="n">
+      <c r="CR44" s="14" t="n">
         <v>348.0</v>
       </c>
-      <c r="CH44" s="14" t="n">
+      <c r="CS44" s="14" t="n">
         <v>338.9</v>
       </c>
-      <c r="CI44" s="14" t="n">
+      <c r="CT44" s="14" t="n">
         <v>985.7</v>
       </c>
-      <c r="CJ44" s="14" t="n">
+      <c r="CU44" s="14" t="n">
         <v>1045.0</v>
       </c>
-      <c r="CK44" s="14" t="n">
+      <c r="CV44" s="14" t="n">
         <v>1461.1</v>
       </c>
-      <c r="CL44" s="14" t="n">
+      <c r="CW44" s="14" t="n">
+        <v>36.6</v>
+      </c>
+      <c r="CX44" s="14" t="n">
         <v>33.6</v>
       </c>
-      <c r="CM44" s="14" t="n">
+      <c r="CY44" s="14" t="n">
         <v>140.5</v>
       </c>
-      <c r="CN44" s="14" t="n">
+      <c r="CZ44" s="14" t="n">
         <v>143.3</v>
       </c>
-      <c r="CO44" s="14" t="n">
+      <c r="DA44" s="14" t="n">
         <v>164.9</v>
       </c>
-      <c r="CP44" s="14" t="n">
+      <c r="DB44" s="14" t="n">
         <v>154.5</v>
       </c>
-      <c r="CQ44" s="14" t="n">
+      <c r="DC44" s="14" t="n">
         <v>81.4</v>
       </c>
-      <c r="CR44" s="14" t="n">
+      <c r="DD44" s="14" t="n">
         <v>76.5</v>
       </c>
-      <c r="CS44" s="14" t="n">
+      <c r="DE44" s="14" t="n">
         <v>158.1</v>
       </c>
-      <c r="CT44" s="14" t="n">
+      <c r="DF44" s="14" t="n">
+        <v>169.2</v>
+      </c>
+      <c r="DG44" s="14" t="n">
         <v>173.5</v>
       </c>
-      <c r="CU44" s="14" t="n">
+      <c r="DH44" s="14" t="n">
         <v>56.7</v>
       </c>
-      <c r="CV44" s="14" t="n">
+      <c r="DI44" s="14" t="n">
         <v>56.4</v>
       </c>
-      <c r="CW44" s="14" t="n">
+      <c r="DJ44" s="14" t="n">
         <v>173.4</v>
       </c>
-      <c r="CX44" s="14" t="n">
+      <c r="DK44" s="14" t="n">
         <v>168.7</v>
       </c>
-      <c r="CY44" s="14" t="n">
+      <c r="DL44" s="14" t="n">
         <v>118.0</v>
       </c>
-      <c r="CZ44" s="14" t="n">
+      <c r="DM44" s="14" t="n">
         <v>118.2</v>
       </c>
-      <c r="DA44" s="14" t="n">
+      <c r="DN44" s="14" t="n">
         <v>276.8</v>
       </c>
-      <c r="DB44" s="14" t="n">
+      <c r="DO44" s="14" t="n">
+        <v>2483.4</v>
+      </c>
+      <c r="DP44" s="14" t="n">
         <v>2488.4</v>
       </c>
-      <c r="DC44" s="14" t="n">
+      <c r="DQ44" s="14" t="n">
         <v>3276.1</v>
       </c>
-      <c r="DD44" s="14" t="n">
+      <c r="DR44" s="14" t="n">
         <v>3007.4</v>
       </c>
-      <c r="DE44" s="14" t="n">
+      <c r="DS44" s="14" t="n">
         <v>4265.5</v>
       </c>
-      <c r="DF44" s="14" t="n">
+      <c r="DT44" s="14" t="n">
         <v>7434.6</v>
       </c>
-      <c r="DG44" s="14" t="n">
+      <c r="DU44" s="14" t="n">
         <v>7211.1</v>
       </c>
-      <c r="DH44" s="14" t="n">
+      <c r="DV44" s="14" t="n">
         <v>6356.0</v>
       </c>
-      <c r="DI44" s="14" t="n">
+      <c r="DW44" s="14" t="n">
         <v>6298.0</v>
       </c>
-      <c r="DJ44" s="14" t="n">
+      <c r="DX44" s="14" t="n">
+        <v>4154.9</v>
+      </c>
+      <c r="DY44" s="14" t="n">
         <v>4312.0</v>
       </c>
-      <c r="DK44" s="14" t="n">
+      <c r="DZ44" s="14" t="n">
         <v>3309.8</v>
       </c>
-      <c r="DL44" s="14" t="n">
+      <c r="EA44" s="14" t="n">
         <v>2917.4</v>
       </c>
-      <c r="DM44" s="14" t="n">
+      <c r="EB44" s="14" t="n">
         <v>4277.5</v>
       </c>
-      <c r="DN44" s="14" t="n">
+      <c r="EC44" s="14" t="n">
         <v>3203.2</v>
       </c>
-      <c r="DO44" s="14" t="n">
+      <c r="ED44" s="14" t="n">
         <v>3601.5</v>
       </c>
-      <c r="DP44" s="14" t="n">
+      <c r="EE44" s="14" t="n">
         <v>3975.0</v>
       </c>
-      <c r="DQ44" s="14" t="n">
+      <c r="EF44" s="14" t="n">
         <v>2448.0</v>
       </c>
-      <c r="DR44" s="14" t="n">
+      <c r="EG44" s="14" t="n">
+        <v>76.7</v>
+      </c>
+      <c r="EH44" s="14" t="n">
         <v>41.2</v>
       </c>
-      <c r="DS44" s="14" t="n">
+      <c r="EI44" s="14" t="n">
         <v>41.4</v>
       </c>
-      <c r="DT44" s="14" t="n">
+      <c r="EJ44" s="14" t="n">
         <v>37.9</v>
       </c>
-      <c r="DU44" s="14" t="n">
+      <c r="EK44" s="14" t="n">
         <v>41.0</v>
       </c>
-      <c r="DV44" s="14" t="n">
+      <c r="EL44" s="14" t="n">
         <v>21.4</v>
       </c>
-      <c r="DW44" s="14" t="n">
+      <c r="EM44" s="14" t="n">
         <v>19.7</v>
       </c>
-      <c r="DX44" s="14" t="n">
+      <c r="EN44" s="14" t="n">
         <v>62.0</v>
       </c>
-      <c r="DY44" s="14" t="n">
+      <c r="EO44" s="14" t="n">
         <v>61.2</v>
       </c>
-      <c r="DZ44" s="14" t="n">
+      <c r="EP44" s="14" t="n">
+        <v>673.8</v>
+      </c>
+      <c r="EQ44" s="14" t="n">
         <v>1113.7</v>
       </c>
-      <c r="EA44" s="14" t="n">
+      <c r="ER44" s="14" t="n">
         <v>1008.1</v>
       </c>
-      <c r="EB44" s="14" t="n">
+      <c r="ES44" s="14" t="n">
         <v>901.2</v>
       </c>
-      <c r="EC44" s="14" t="n">
+      <c r="ET44" s="14" t="n">
         <v>1015.4</v>
       </c>
-      <c r="ED44" s="14" t="n">
+      <c r="EU44" s="14" t="n">
         <v>1280.2</v>
       </c>
-      <c r="EE44" s="14" t="n">
+      <c r="EV44" s="14" t="n">
         <v>1253.3</v>
       </c>
-      <c r="EF44" s="14" t="n">
+      <c r="EW44" s="14" t="n">
         <v>1140.3</v>
       </c>
-      <c r="EG44" s="14" t="n">
+      <c r="EX44" s="14" t="n">
         <v>1089.0</v>
       </c>
-      <c r="EH44" s="14" t="n">
+      <c r="EY44" s="14" t="n">
+        <v>34.7</v>
+      </c>
+      <c r="EZ44" s="14" t="n">
         <v>18.0</v>
       </c>
-      <c r="EI44" s="14" t="n">
+      <c r="FA44" s="14" t="n">
         <v>17.2</v>
       </c>
-      <c r="EJ44" s="14" t="n">
+      <c r="FB44" s="14" t="n">
         <v>14.9</v>
       </c>
-      <c r="EK44" s="14" t="n">
+      <c r="FC44" s="14" t="n">
         <v>15.4</v>
       </c>
-      <c r="EL44" s="14" t="n">
+      <c r="FD44" s="14" t="n">
         <v>267.6</v>
       </c>
-      <c r="EM44" s="14" t="n">
+      <c r="FE44" s="14" t="n">
         <v>267.4</v>
       </c>
-      <c r="EN44" s="14" t="n">
+      <c r="FF44" s="14" t="n">
         <v>2786.8</v>
       </c>
-      <c r="EO44" s="14" t="n">
+      <c r="FG44" s="14" t="n">
         <v>2708.3</v>
       </c>
-      <c r="EP44" s="14" t="n">
+      <c r="FH44" s="14" t="n">
+        <v>76.0</v>
+      </c>
+      <c r="FI44" s="14" t="n">
         <v>86.0</v>
       </c>
-      <c r="EQ44" s="14" t="n">
+      <c r="FJ44" s="14" t="n">
         <v>86.0</v>
       </c>
-      <c r="ER44" s="14" t="n">
+      <c r="FK44" s="14" t="n">
         <v>94.3</v>
       </c>
-      <c r="ES44" s="14" t="n">
+      <c r="FL44" s="14" t="n">
         <v>76.0</v>
       </c>
-      <c r="ET44" s="14" t="n">
+      <c r="FM44" s="14" t="n">
         <v>18.2</v>
       </c>
-      <c r="EU44" s="14" t="n">
+      <c r="FN44" s="14" t="n">
         <v>17.4</v>
       </c>
-      <c r="EV44" s="14" t="n">
+      <c r="FO44" s="14" t="n">
         <v>55.5</v>
       </c>
-      <c r="EW44" s="14" t="n">
+      <c r="FP44" s="14" t="n">
         <v>53.1</v>
       </c>
-      <c r="EX44" s="13" t="inlineStr">
-[...39 lines deleted...]
-      <c r="FF44" s="14" t="n">
+      <c r="FQ44" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FR44" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FS44" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FT44" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FU44" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FV44" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FW44" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FX44" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FY44" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FZ44" s="14" t="n">
+        <v>15370.4</v>
+      </c>
+      <c r="GA44" s="14" t="n">
         <v>16275.8</v>
       </c>
-      <c r="FG44" s="14" t="n">
+      <c r="GB44" s="14" t="n">
         <v>14520.7</v>
       </c>
-      <c r="FH44" s="14" t="n">
+      <c r="GC44" s="14" t="n">
         <v>13715.4</v>
       </c>
-      <c r="FI44" s="14" t="n">
+      <c r="GD44" s="14" t="n">
         <v>18192.3</v>
       </c>
-      <c r="FJ44" s="14" t="n">
+      <c r="GE44" s="14" t="n">
         <v>20403.7</v>
       </c>
-      <c r="FK44" s="14" t="n">
+      <c r="GF44" s="14" t="n">
         <v>19326.8</v>
       </c>
-      <c r="FL44" s="14" t="n">
+      <c r="GG44" s="14" t="n">
         <v>20764.4</v>
       </c>
-      <c r="FM44" s="14" t="n">
+      <c r="GH44" s="14" t="n">
         <v>21472.0</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="6" t="inlineStr">
         <is>
           <t>10.3 Waste from separation NP</t>
         </is>
       </c>
       <c r="B45" s="14" t="n">
+        <v>1539.8</v>
+      </c>
+      <c r="C45" s="14" t="n">
         <v>1802.6</v>
       </c>
-      <c r="C45" s="14" t="n">
+      <c r="D45" s="14" t="n">
         <v>2108.1</v>
       </c>
-      <c r="D45" s="14" t="n">
+      <c r="E45" s="14" t="n">
         <v>2113.8</v>
       </c>
-      <c r="E45" s="14" t="n">
+      <c r="F45" s="14" t="n">
         <v>1893.5</v>
       </c>
-      <c r="F45" s="14" t="n">
+      <c r="G45" s="14" t="n">
         <v>2054.6</v>
       </c>
-      <c r="G45" s="14" t="n">
+      <c r="H45" s="14" t="n">
         <v>1769.3</v>
       </c>
-      <c r="H45" s="14" t="n">
+      <c r="I45" s="14" t="n">
         <v>2077.2</v>
       </c>
-      <c r="I45" s="14" t="n">
+      <c r="J45" s="14" t="n">
         <v>1855.7</v>
       </c>
-      <c r="J45" s="14" t="n">
+      <c r="K45" s="14" t="n">
+        <v>41.2</v>
+      </c>
+      <c r="L45" s="14" t="n">
         <v>38.6</v>
       </c>
-      <c r="K45" s="14" t="n">
+      <c r="M45" s="14" t="n">
         <v>1.0</v>
       </c>
-      <c r="L45" s="14" t="n">
+      <c r="N45" s="14" t="n">
         <v>0.9</v>
       </c>
-      <c r="M45" s="14" t="n">
+      <c r="O45" s="14" t="n">
         <v>58.0</v>
       </c>
-      <c r="N45" s="14" t="n">
+      <c r="P45" s="14" t="n">
         <v>63.4</v>
       </c>
-      <c r="O45" s="13" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="Q45" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="R45" s="14" t="n">
+      <c r="R45" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="S45" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="T45" s="14" t="n">
+        <v>6723.7</v>
+      </c>
+      <c r="U45" s="14" t="n">
         <v>7005.6</v>
       </c>
-      <c r="S45" s="14" t="n">
+      <c r="V45" s="14" t="n">
         <v>5466.6</v>
       </c>
-      <c r="T45" s="14" t="n">
+      <c r="W45" s="14" t="n">
         <v>5301.4</v>
       </c>
-      <c r="U45" s="14" t="n">
+      <c r="X45" s="14" t="n">
         <v>3653.2</v>
       </c>
-      <c r="V45" s="14" t="n">
+      <c r="Y45" s="14" t="n">
         <v>3514.9</v>
       </c>
-      <c r="W45" s="14" t="n">
+      <c r="Z45" s="14" t="n">
         <v>14605.1</v>
       </c>
-      <c r="X45" s="14" t="n">
+      <c r="AA45" s="14" t="n">
         <v>11689.7</v>
       </c>
-      <c r="Y45" s="14" t="n">
+      <c r="AB45" s="14" t="n">
         <v>5786.8</v>
       </c>
-      <c r="Z45" s="14" t="n">
+      <c r="AC45" s="14" t="n">
+        <v>2477.1</v>
+      </c>
+      <c r="AD45" s="14" t="n">
         <v>2881.4</v>
       </c>
-      <c r="AA45" s="14" t="n">
+      <c r="AE45" s="14" t="n">
         <v>1511.6</v>
       </c>
-      <c r="AB45" s="14" t="n">
+      <c r="AF45" s="14" t="n">
         <v>1414.1</v>
       </c>
-      <c r="AC45" s="14" t="n">
+      <c r="AG45" s="14" t="n">
         <v>836.1</v>
       </c>
-      <c r="AD45" s="14" t="n">
+      <c r="AH45" s="14" t="n">
         <v>843.0</v>
       </c>
-      <c r="AE45" s="14" t="n">
+      <c r="AI45" s="14" t="n">
         <v>255.5</v>
       </c>
-      <c r="AF45" s="14" t="n">
+      <c r="AJ45" s="14" t="n">
         <v>258.4</v>
       </c>
-      <c r="AG45" s="14" t="n">
+      <c r="AK45" s="14" t="n">
         <v>260.2</v>
       </c>
-      <c r="AH45" s="14" t="n">
+      <c r="AL45" s="14" t="n">
+        <v>3780.0</v>
+      </c>
+      <c r="AM45" s="14" t="n">
         <v>4218.7</v>
       </c>
-      <c r="AI45" s="14" t="n">
+      <c r="AN45" s="14" t="n">
         <v>466.6</v>
       </c>
-      <c r="AJ45" s="14" t="n">
+      <c r="AO45" s="14" t="n">
         <v>431.5</v>
       </c>
-      <c r="AK45" s="14" t="n">
+      <c r="AP45" s="14" t="n">
         <v>314.3</v>
       </c>
-      <c r="AL45" s="14" t="n">
+      <c r="AQ45" s="14" t="n">
         <v>306.7</v>
       </c>
-      <c r="AM45" s="14" t="n">
+      <c r="AR45" s="14" t="n">
         <v>180.8</v>
       </c>
-      <c r="AN45" s="14" t="n">
+      <c r="AS45" s="14" t="n">
         <v>118.5</v>
       </c>
-      <c r="AO45" s="14" t="n">
+      <c r="AT45" s="14" t="n">
         <v>9.0</v>
       </c>
-      <c r="AP45" s="14" t="n">
+      <c r="AU45" s="14" t="n">
+        <v>25439.2</v>
+      </c>
+      <c r="AV45" s="14" t="n">
         <v>27046.2</v>
       </c>
-      <c r="AQ45" s="14" t="n">
+      <c r="AW45" s="14" t="n">
         <v>51580.2</v>
       </c>
-      <c r="AR45" s="14" t="n">
+      <c r="AX45" s="14" t="n">
         <v>50560.9</v>
       </c>
-      <c r="AS45" s="14" t="n">
+      <c r="AY45" s="14" t="n">
         <v>48179.1</v>
       </c>
-      <c r="AT45" s="14" t="n">
+      <c r="AZ45" s="14" t="n">
         <v>47912.8</v>
       </c>
-      <c r="AU45" s="14" t="n">
+      <c r="BA45" s="14" t="n">
         <v>4447.0</v>
       </c>
-      <c r="AV45" s="14" t="n">
+      <c r="BB45" s="14" t="n">
         <v>1513.9</v>
       </c>
-      <c r="AW45" s="14" t="n">
+      <c r="BC45" s="14" t="n">
         <v>41265.6</v>
       </c>
-      <c r="AX45" s="14" t="n">
+      <c r="BD45" s="14" t="n">
+        <v>103.4</v>
+      </c>
+      <c r="BE45" s="14" t="n">
         <v>110.0</v>
       </c>
-      <c r="AY45" s="14" t="n">
+      <c r="BF45" s="14" t="n">
         <v>112.6</v>
       </c>
-      <c r="AZ45" s="14" t="n">
+      <c r="BG45" s="14" t="n">
         <v>55.9</v>
       </c>
-      <c r="BA45" s="14" t="n">
+      <c r="BH45" s="14" t="n">
         <v>70.8</v>
       </c>
-      <c r="BB45" s="14" t="n">
+      <c r="BI45" s="14" t="n">
         <v>172.3</v>
       </c>
-      <c r="BC45" s="13" t="inlineStr">
-[...4 lines deleted...]
-      <c r="BD45" s="14" t="n">
+      <c r="BJ45" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BK45" s="14" t="n">
         <v>57.1</v>
       </c>
-      <c r="BE45" s="14" t="n">
+      <c r="BL45" s="14" t="n">
         <v>68.3</v>
       </c>
-      <c r="BF45" s="14" t="n">
+      <c r="BM45" s="14" t="n">
+        <v>9260.1</v>
+      </c>
+      <c r="BN45" s="14" t="n">
         <v>9659.4</v>
       </c>
-      <c r="BG45" s="14" t="n">
+      <c r="BO45" s="14" t="n">
         <v>10479.8</v>
       </c>
-      <c r="BH45" s="14" t="n">
+      <c r="BP45" s="14" t="n">
         <v>10249.6</v>
       </c>
-      <c r="BI45" s="14" t="n">
+      <c r="BQ45" s="14" t="n">
         <v>2366.7</v>
       </c>
-      <c r="BJ45" s="14" t="n">
+      <c r="BR45" s="14" t="n">
         <v>2341.1</v>
       </c>
-      <c r="BK45" s="14" t="n">
+      <c r="BS45" s="14" t="n">
         <v>3266.2</v>
       </c>
-      <c r="BL45" s="14" t="n">
+      <c r="BT45" s="14" t="n">
         <v>2875.9</v>
       </c>
-      <c r="BM45" s="14" t="n">
+      <c r="BU45" s="14" t="n">
         <v>2226.0</v>
       </c>
-      <c r="BN45" s="14" t="n">
+      <c r="BV45" s="14" t="n">
+        <v>819.8</v>
+      </c>
+      <c r="BW45" s="14" t="n">
         <v>890.3</v>
       </c>
-      <c r="BO45" s="14" t="n">
+      <c r="BX45" s="14" t="n">
         <v>874.9</v>
       </c>
-      <c r="BP45" s="14" t="n">
+      <c r="BY45" s="14" t="n">
         <v>800.5</v>
       </c>
-      <c r="BQ45" s="14" t="n">
+      <c r="BZ45" s="14" t="n">
         <v>118.1</v>
       </c>
-      <c r="BR45" s="14" t="n">
+      <c r="CA45" s="14" t="n">
         <v>111.0</v>
       </c>
-      <c r="BS45" s="14" t="n">
+      <c r="CB45" s="14" t="n">
         <v>1490.2</v>
       </c>
-      <c r="BT45" s="14" t="n">
+      <c r="CC45" s="14" t="n">
         <v>1488.7</v>
       </c>
-      <c r="BU45" s="14" t="n">
+      <c r="CD45" s="14" t="n">
         <v>404.4</v>
       </c>
-      <c r="BV45" s="14" t="n">
+      <c r="CE45" s="14" t="n">
+        <v>48096.8</v>
+      </c>
+      <c r="CF45" s="14" t="n">
         <v>49264.4</v>
       </c>
-      <c r="BW45" s="14" t="n">
+      <c r="CG45" s="14" t="n">
         <v>70335.5</v>
       </c>
-      <c r="BX45" s="14" t="n">
+      <c r="CH45" s="14" t="n">
         <v>72429.6</v>
       </c>
-      <c r="BY45" s="14" t="n">
+      <c r="CI45" s="14" t="n">
         <v>55121.2</v>
       </c>
-      <c r="BZ45" s="14" t="n">
+      <c r="CJ45" s="14" t="n">
         <v>56988.5</v>
       </c>
-      <c r="CA45" s="14" t="n">
+      <c r="CK45" s="14" t="n">
         <v>48562.5</v>
       </c>
-      <c r="CB45" s="14" t="n">
+      <c r="CL45" s="14" t="n">
         <v>42367.7</v>
       </c>
-      <c r="CC45" s="14" t="n">
+      <c r="CM45" s="14" t="n">
         <v>22081.3</v>
       </c>
-      <c r="CD45" s="14" t="n">
+      <c r="CN45" s="14" t="n">
+        <v>1911.0</v>
+      </c>
+      <c r="CO45" s="14" t="n">
         <v>1970.2</v>
       </c>
-      <c r="CE45" s="14" t="n">
+      <c r="CP45" s="14" t="n">
         <v>1041.0</v>
       </c>
-      <c r="CF45" s="14" t="n">
+      <c r="CQ45" s="14" t="n">
         <v>1060.5</v>
       </c>
-      <c r="CG45" s="14" t="n">
+      <c r="CR45" s="14" t="n">
         <v>3038.4</v>
       </c>
-      <c r="CH45" s="14" t="n">
+      <c r="CS45" s="14" t="n">
         <v>2958.9</v>
       </c>
-      <c r="CI45" s="14" t="n">
+      <c r="CT45" s="14" t="n">
         <v>9593.4</v>
       </c>
-      <c r="CJ45" s="14" t="n">
+      <c r="CU45" s="14" t="n">
         <v>8720.9</v>
       </c>
-      <c r="CK45" s="14" t="n">
+      <c r="CV45" s="14" t="n">
         <v>1553.5</v>
       </c>
-      <c r="CL45" s="14" t="n">
+      <c r="CW45" s="14" t="n">
+        <v>2277.3</v>
+      </c>
+      <c r="CX45" s="14" t="n">
         <v>2089.6</v>
       </c>
-      <c r="CM45" s="14" t="n">
+      <c r="CY45" s="14" t="n">
         <v>1046.8</v>
       </c>
-      <c r="CN45" s="14" t="n">
+      <c r="CZ45" s="14" t="n">
         <v>1067.6</v>
       </c>
-      <c r="CO45" s="14" t="n">
+      <c r="DA45" s="14" t="n">
         <v>999.0</v>
       </c>
-      <c r="CP45" s="14" t="n">
+      <c r="DB45" s="14" t="n">
         <v>935.8</v>
       </c>
-      <c r="CQ45" s="14" t="n">
+      <c r="DC45" s="14" t="n">
         <v>511.0</v>
       </c>
-      <c r="CR45" s="14" t="n">
+      <c r="DD45" s="14" t="n">
         <v>599.6</v>
       </c>
-      <c r="CS45" s="14" t="n">
+      <c r="DE45" s="14" t="n">
         <v>175.5</v>
       </c>
-      <c r="CT45" s="14" t="n">
+      <c r="DF45" s="14" t="n">
+        <v>129.3</v>
+      </c>
+      <c r="DG45" s="14" t="n">
         <v>132.7</v>
       </c>
-      <c r="CU45" s="14" t="n">
+      <c r="DH45" s="14" t="n">
         <v>125.9</v>
       </c>
-      <c r="CV45" s="14" t="n">
+      <c r="DI45" s="14" t="n">
         <v>125.4</v>
       </c>
-      <c r="CW45" s="14" t="n">
+      <c r="DJ45" s="14" t="n">
         <v>141.9</v>
       </c>
-      <c r="CX45" s="14" t="n">
+      <c r="DK45" s="14" t="n">
         <v>138.2</v>
       </c>
-      <c r="CY45" s="14" t="n">
+      <c r="DL45" s="14" t="n">
         <v>15.8</v>
       </c>
-      <c r="CZ45" s="14" t="n">
+      <c r="DM45" s="14" t="n">
         <v>15.8</v>
       </c>
-      <c r="DA45" s="14" t="n">
+      <c r="DN45" s="14" t="n">
         <v>16.6</v>
       </c>
-      <c r="DB45" s="14" t="n">
+      <c r="DO45" s="14" t="n">
+        <v>10740.2</v>
+      </c>
+      <c r="DP45" s="14" t="n">
         <v>10228.6</v>
       </c>
-      <c r="DC45" s="14" t="n">
+      <c r="DQ45" s="14" t="n">
         <v>14780.7</v>
       </c>
-      <c r="DD45" s="14" t="n">
+      <c r="DR45" s="14" t="n">
         <v>14769.9</v>
       </c>
-      <c r="DE45" s="14" t="n">
+      <c r="DS45" s="14" t="n">
         <v>5928.2</v>
       </c>
-      <c r="DF45" s="14" t="n">
+      <c r="DT45" s="14" t="n">
         <v>6271.6</v>
       </c>
-      <c r="DG45" s="14" t="n">
+      <c r="DU45" s="14" t="n">
         <v>6032.2</v>
       </c>
-      <c r="DH45" s="14" t="n">
+      <c r="DV45" s="14" t="n">
         <v>5339.7</v>
       </c>
-      <c r="DI45" s="14" t="n">
+      <c r="DW45" s="14" t="n">
         <v>5894.0</v>
       </c>
-      <c r="DJ45" s="14" t="n">
+      <c r="DX45" s="14" t="n">
+        <v>1.52328042E7</v>
+      </c>
+      <c r="DY45" s="14" t="n">
         <v>1.64034093E7</v>
       </c>
-      <c r="DK45" s="14" t="n">
+      <c r="DZ45" s="14" t="n">
         <v>1.92196444E7</v>
       </c>
-      <c r="DL45" s="14" t="n">
+      <c r="EA45" s="14" t="n">
         <v>1.53126441E7</v>
       </c>
-      <c r="DM45" s="14" t="n">
+      <c r="EB45" s="14" t="n">
         <v>1.64522236E7</v>
       </c>
-      <c r="DN45" s="14" t="n">
+      <c r="EC45" s="14" t="n">
         <v>1.61269505E7</v>
       </c>
-      <c r="DO45" s="14" t="n">
+      <c r="ED45" s="14" t="n">
         <v>1.38982248E7</v>
       </c>
-      <c r="DP45" s="14" t="n">
+      <c r="EE45" s="14" t="n">
         <v>1.3292075E7</v>
       </c>
-      <c r="DQ45" s="14" t="n">
+      <c r="EF45" s="14" t="n">
         <v>1.40991989E7</v>
       </c>
-      <c r="DR45" s="14" t="n">
+      <c r="EG45" s="14" t="n">
+        <v>1391.8</v>
+      </c>
+      <c r="EH45" s="14" t="n">
         <v>272.0</v>
       </c>
-      <c r="DS45" s="14" t="n">
+      <c r="EI45" s="14" t="n">
         <v>282.1</v>
       </c>
-      <c r="DT45" s="14" t="n">
+      <c r="EJ45" s="14" t="n">
         <v>2111.4</v>
       </c>
-      <c r="DU45" s="14" t="n">
+      <c r="EK45" s="14" t="n">
         <v>2290.3</v>
       </c>
-      <c r="DV45" s="14" t="n">
+      <c r="EL45" s="14" t="n">
         <v>211.2</v>
       </c>
-      <c r="DW45" s="14" t="n">
+      <c r="EM45" s="14" t="n">
         <v>195.1</v>
       </c>
-      <c r="DX45" s="14" t="n">
+      <c r="EN45" s="14" t="n">
         <v>2346.8</v>
       </c>
-      <c r="DY45" s="14" t="n">
+      <c r="EO45" s="14" t="n">
         <v>2297.8</v>
       </c>
-      <c r="DZ45" s="14" t="n">
+      <c r="EP45" s="14" t="n">
+        <v>16985.8</v>
+      </c>
+      <c r="EQ45" s="14" t="n">
         <v>16131.6</v>
       </c>
-      <c r="EA45" s="14" t="n">
+      <c r="ER45" s="14" t="n">
         <v>14713.9</v>
       </c>
-      <c r="EB45" s="14" t="n">
+      <c r="ES45" s="14" t="n">
         <v>10158.2</v>
       </c>
-      <c r="EC45" s="14" t="n">
+      <c r="ET45" s="14" t="n">
         <v>11563.4</v>
       </c>
-      <c r="ED45" s="14" t="n">
+      <c r="EU45" s="14" t="n">
         <v>116030.3</v>
       </c>
-      <c r="EE45" s="14" t="n">
+      <c r="EV45" s="14" t="n">
         <v>118049.6</v>
       </c>
-      <c r="EF45" s="14" t="n">
+      <c r="EW45" s="14" t="n">
         <v>9723.4</v>
       </c>
-      <c r="EG45" s="14" t="n">
+      <c r="EX45" s="14" t="n">
         <v>9848.1</v>
       </c>
-      <c r="EH45" s="14" t="n">
+      <c r="EY45" s="14" t="n">
+        <v>76.4</v>
+      </c>
+      <c r="EZ45" s="14" t="n">
         <v>90.6</v>
       </c>
-      <c r="EI45" s="14" t="n">
+      <c r="FA45" s="14" t="n">
         <v>88.0</v>
       </c>
-      <c r="EJ45" s="14" t="n">
+      <c r="FB45" s="14" t="n">
         <v>61.3</v>
       </c>
-      <c r="EK45" s="14" t="n">
+      <c r="FC45" s="14" t="n">
         <v>59.8</v>
       </c>
-      <c r="EL45" s="14" t="n">
+      <c r="FD45" s="14" t="n">
         <v>182.8</v>
       </c>
-      <c r="EM45" s="14" t="n">
+      <c r="FE45" s="14" t="n">
         <v>185.3</v>
       </c>
-      <c r="EN45" s="14" t="n">
+      <c r="FF45" s="14" t="n">
         <v>11.1</v>
       </c>
-      <c r="EO45" s="14" t="n">
+      <c r="FG45" s="14" t="n">
         <v>10.8</v>
       </c>
-      <c r="EP45" s="14" t="n">
+      <c r="FH45" s="14" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="FI45" s="14" t="n">
         <v>334.2</v>
       </c>
-      <c r="EQ45" s="14" t="n">
+      <c r="FJ45" s="14" t="n">
         <v>329.6</v>
       </c>
-      <c r="ER45" s="14" t="n">
+      <c r="FK45" s="14" t="n">
         <v>556.2</v>
       </c>
-      <c r="ES45" s="14" t="n">
+      <c r="FL45" s="14" t="n">
         <v>542.7</v>
       </c>
-      <c r="ET45" s="14" t="n">
+      <c r="FM45" s="14" t="n">
         <v>649.0</v>
       </c>
-      <c r="EU45" s="14" t="n">
+      <c r="FN45" s="14" t="n">
         <v>624.0</v>
       </c>
-      <c r="EV45" s="14" t="n">
+      <c r="FO45" s="14" t="n">
         <v>1174.0</v>
       </c>
-      <c r="EW45" s="14" t="n">
+      <c r="FP45" s="14" t="n">
         <v>1132.7</v>
       </c>
-      <c r="EX45" s="13" t="inlineStr">
-[...39 lines deleted...]
-      <c r="FF45" s="14" t="n">
+      <c r="FQ45" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FR45" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FS45" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FT45" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FU45" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FV45" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FW45" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FX45" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FY45" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FZ45" s="14" t="n">
+        <v>1.5364598E7</v>
+      </c>
+      <c r="GA45" s="14" t="n">
         <v>1.6537576E7</v>
       </c>
-      <c r="FG45" s="14" t="n">
+      <c r="GB45" s="14" t="n">
         <v>1.93949893E7</v>
       </c>
-      <c r="FH45" s="14" t="n">
+      <c r="GC45" s="14" t="n">
         <v>1.54859128E7</v>
       </c>
-      <c r="FI45" s="14" t="n">
+      <c r="GD45" s="14" t="n">
         <v>1.65893983E7</v>
       </c>
-      <c r="FJ45" s="14" t="n">
+      <c r="GE45" s="14" t="n">
         <v>1.63686366E7</v>
       </c>
-      <c r="FK45" s="14" t="n">
+      <c r="GF45" s="14" t="n">
         <v>1.41080078E7</v>
       </c>
-      <c r="FL45" s="14" t="n">
+      <c r="GG45" s="14" t="n">
         <v>1.33824534E7</v>
       </c>
-      <c r="FM45" s="14" t="n">
+      <c r="GH45" s="14" t="n">
         <v>1.41940852E7</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="6" t="inlineStr">
         <is>
           <t>10.3 Waste from separation P</t>
         </is>
       </c>
       <c r="B46" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C46" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D46" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E46" s="13" t="inlineStr">
@@ -22103,202 +24773,198 @@
       <c r="F46" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="G46" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="H46" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="I46" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="J46" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="K46" s="14" t="n">
+      <c r="K46" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="L46" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="M46" s="14" t="n">
         <v>0.1</v>
       </c>
-      <c r="L46" s="14" t="n">
+      <c r="N46" s="14" t="n">
         <v>0.1</v>
       </c>
-      <c r="M46" s="13" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="O46" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="P46" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="Q46" s="14" t="n">
+      <c r="Q46" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="R46" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="S46" s="14" t="n">
         <v>0.6</v>
       </c>
-      <c r="R46" s="14" t="n">
+      <c r="T46" s="14" t="n">
+        <v>6.4</v>
+      </c>
+      <c r="U46" s="14" t="n">
         <v>6.7</v>
       </c>
-      <c r="S46" s="14" t="n">
+      <c r="V46" s="14" t="n">
         <v>1.9</v>
       </c>
-      <c r="T46" s="14" t="n">
+      <c r="W46" s="14" t="n">
         <v>1.8</v>
       </c>
-      <c r="U46" s="14" t="n">
+      <c r="X46" s="14" t="n">
         <v>3.4</v>
       </c>
-      <c r="V46" s="14" t="n">
+      <c r="Y46" s="14" t="n">
         <v>3.3</v>
       </c>
-      <c r="W46" s="13" t="inlineStr">
-[...9 lines deleted...]
-      <c r="Y46" s="14" t="n">
+      <c r="Z46" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AA46" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AB46" s="14" t="n">
         <v>0.1</v>
       </c>
-      <c r="Z46" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="AC46" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AD46" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AE46" s="14" t="n">
+      <c r="AE46" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AF46" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AG46" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AH46" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AI46" s="14" t="n">
         <v>2.8</v>
       </c>
-      <c r="AF46" s="14" t="n">
+      <c r="AJ46" s="14" t="n">
         <v>3.3</v>
       </c>
-      <c r="AG46" s="14" t="n">
+      <c r="AK46" s="14" t="n">
         <v>19.4</v>
       </c>
-      <c r="AH46" s="14" t="n">
+      <c r="AL46" s="14" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="AM46" s="14" t="n">
         <v>2.5</v>
       </c>
-      <c r="AI46" s="13" t="inlineStr">
-[...23 lines deleted...]
-      </c>
       <c r="AN46" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AO46" s="14" t="n">
+      <c r="AO46" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AP46" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AQ46" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AR46" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AS46" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AT46" s="14" t="n">
         <v>20.6</v>
       </c>
-      <c r="AP46" s="13" t="inlineStr">
-[...23 lines deleted...]
-      </c>
       <c r="AU46" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AV46" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AW46" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AX46" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AY46" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
@@ -22310,3662 +24976,4151 @@
       <c r="BA46" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BB46" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BC46" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BD46" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BE46" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="BF46" s="14" t="n">
+      <c r="BF46" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BG46" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BH46" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BI46" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BJ46" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BK46" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BL46" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BM46" s="14" t="n">
+        <v>10.6</v>
+      </c>
+      <c r="BN46" s="14" t="n">
         <v>11.1</v>
       </c>
-      <c r="BG46" s="14" t="n">
+      <c r="BO46" s="14" t="n">
         <v>48.2</v>
       </c>
-      <c r="BH46" s="14" t="n">
+      <c r="BP46" s="14" t="n">
         <v>47.1</v>
       </c>
-      <c r="BI46" s="13" t="inlineStr">
-[...9 lines deleted...]
-      <c r="BK46" s="14" t="n">
+      <c r="BQ46" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BR46" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BS46" s="14" t="n">
         <v>57.5</v>
       </c>
-      <c r="BL46" s="14" t="n">
+      <c r="BT46" s="14" t="n">
         <v>54.4</v>
       </c>
-      <c r="BM46" s="14" t="n">
+      <c r="BU46" s="14" t="n">
         <v>262.5</v>
       </c>
-      <c r="BN46" s="14" t="n">
+      <c r="BV46" s="14" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="BW46" s="14" t="n">
         <v>1.5</v>
       </c>
-      <c r="BO46" s="14" t="n">
+      <c r="BX46" s="14" t="n">
         <v>17.1</v>
       </c>
-      <c r="BP46" s="14" t="n">
+      <c r="BY46" s="14" t="n">
         <v>15.6</v>
       </c>
-      <c r="BQ46" s="14" t="n">
+      <c r="BZ46" s="14" t="n">
         <v>0.6</v>
       </c>
-      <c r="BR46" s="14" t="n">
+      <c r="CA46" s="14" t="n">
         <v>0.6</v>
       </c>
-      <c r="BS46" s="14" t="n">
+      <c r="CB46" s="14" t="n">
         <v>4.8</v>
       </c>
-      <c r="BT46" s="14" t="n">
+      <c r="CC46" s="14" t="n">
         <v>4.8</v>
       </c>
-      <c r="BU46" s="14" t="n">
+      <c r="CD46" s="14" t="n">
         <v>2.5</v>
       </c>
-      <c r="BV46" s="14" t="n">
+      <c r="CE46" s="14" t="n">
+        <v>211.4</v>
+      </c>
+      <c r="CF46" s="14" t="n">
         <v>216.5</v>
       </c>
-      <c r="BW46" s="14" t="n">
+      <c r="CG46" s="14" t="n">
         <v>3244.0</v>
       </c>
-      <c r="BX46" s="14" t="n">
+      <c r="CH46" s="14" t="n">
         <v>3340.6</v>
       </c>
-      <c r="BY46" s="14" t="n">
+      <c r="CI46" s="14" t="n">
         <v>3714.5</v>
       </c>
-      <c r="BZ46" s="14" t="n">
+      <c r="CJ46" s="14" t="n">
         <v>3840.3</v>
       </c>
-      <c r="CA46" s="14" t="n">
+      <c r="CK46" s="14" t="n">
         <v>3585.1</v>
       </c>
-      <c r="CB46" s="14" t="n">
+      <c r="CL46" s="14" t="n">
         <v>3544.3</v>
       </c>
-      <c r="CC46" s="14" t="n">
+      <c r="CM46" s="14" t="n">
         <v>3653.2</v>
       </c>
-      <c r="CD46" s="14" t="n">
+      <c r="CN46" s="14" t="n">
+        <v>30.2</v>
+      </c>
+      <c r="CO46" s="14" t="n">
         <v>31.1</v>
       </c>
-      <c r="CE46" s="14" t="n">
+      <c r="CP46" s="14" t="n">
         <v>24.9</v>
       </c>
-      <c r="CF46" s="14" t="n">
+      <c r="CQ46" s="14" t="n">
         <v>25.4</v>
       </c>
-      <c r="CG46" s="14" t="n">
+      <c r="CR46" s="14" t="n">
         <v>113.1</v>
       </c>
-      <c r="CH46" s="14" t="n">
+      <c r="CS46" s="14" t="n">
         <v>110.1</v>
       </c>
-      <c r="CI46" s="14" t="n">
+      <c r="CT46" s="14" t="n">
         <v>51.4</v>
       </c>
-      <c r="CJ46" s="14" t="n">
+      <c r="CU46" s="14" t="n">
         <v>85.0</v>
       </c>
-      <c r="CK46" s="14" t="n">
+      <c r="CV46" s="14" t="n">
         <v>91.4</v>
       </c>
-      <c r="CL46" s="13" t="inlineStr">
-[...14 lines deleted...]
-      <c r="CO46" s="14" t="n">
+      <c r="CW46" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CX46" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CY46" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CZ46" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DA46" s="14" t="n">
         <v>0.5</v>
       </c>
-      <c r="CP46" s="14" t="n">
+      <c r="DB46" s="14" t="n">
         <v>0.5</v>
       </c>
-      <c r="CQ46" s="14" t="n">
+      <c r="DC46" s="14" t="n">
         <v>13.4</v>
       </c>
-      <c r="CR46" s="14" t="n">
+      <c r="DD46" s="14" t="n">
         <v>8.0</v>
       </c>
-      <c r="CS46" s="14" t="n">
+      <c r="DE46" s="14" t="n">
         <v>11.8</v>
       </c>
-      <c r="CT46" s="13" t="inlineStr">
-[...4 lines deleted...]
-      <c r="CU46" s="14" t="n">
+      <c r="DF46" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DG46" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DH46" s="14" t="n">
         <v>0.6</v>
       </c>
-      <c r="CV46" s="14" t="n">
+      <c r="DI46" s="14" t="n">
         <v>0.6</v>
       </c>
-      <c r="CW46" s="13" t="inlineStr">
-[...19 lines deleted...]
-      <c r="DA46" s="14" t="n">
+      <c r="DJ46" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DK46" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DL46" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DM46" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DN46" s="14" t="n">
         <v>39.5</v>
       </c>
-      <c r="DB46" s="14" t="n">
+      <c r="DO46" s="14" t="n">
+        <v>38.1</v>
+      </c>
+      <c r="DP46" s="14" t="n">
         <v>67.8</v>
       </c>
-      <c r="DC46" s="14" t="n">
+      <c r="DQ46" s="14" t="n">
         <v>505.3</v>
       </c>
-      <c r="DD46" s="14" t="n">
+      <c r="DR46" s="14" t="n">
         <v>752.0</v>
       </c>
-      <c r="DE46" s="14" t="n">
+      <c r="DS46" s="14" t="n">
         <v>389.6</v>
       </c>
-      <c r="DF46" s="14" t="n">
+      <c r="DT46" s="14" t="n">
         <v>301.6</v>
       </c>
-      <c r="DG46" s="14" t="n">
+      <c r="DU46" s="14" t="n">
         <v>104.3</v>
       </c>
-      <c r="DH46" s="14" t="n">
+      <c r="DV46" s="14" t="n">
         <v>92.7</v>
       </c>
-      <c r="DI46" s="14" t="n">
+      <c r="DW46" s="14" t="n">
         <v>225.3</v>
       </c>
-      <c r="DJ46" s="14" t="n">
+      <c r="DX46" s="14" t="n">
+        <v>59363.2</v>
+      </c>
+      <c r="DY46" s="14" t="n">
         <v>61306.0</v>
       </c>
-      <c r="DK46" s="14" t="n">
+      <c r="DZ46" s="14" t="n">
         <v>75061.0</v>
       </c>
-      <c r="DL46" s="14" t="n">
+      <c r="EA46" s="14" t="n">
         <v>71446.9</v>
       </c>
-      <c r="DM46" s="14" t="n">
+      <c r="EB46" s="14" t="n">
         <v>69991.7</v>
       </c>
-      <c r="DN46" s="14" t="n">
+      <c r="EC46" s="14" t="n">
         <v>59270.1</v>
       </c>
-      <c r="DO46" s="14" t="n">
+      <c r="ED46" s="14" t="n">
         <v>51601.3</v>
       </c>
-      <c r="DP46" s="14" t="n">
+      <c r="EE46" s="14" t="n">
         <v>52710.0</v>
       </c>
-      <c r="DQ46" s="14" t="n">
+      <c r="EF46" s="14" t="n">
         <v>45040.3</v>
       </c>
-      <c r="DR46" s="13" t="inlineStr">
-[...9 lines deleted...]
-      <c r="DT46" s="14" t="n">
+      <c r="EG46" s="14" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="EH46" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EI46" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EJ46" s="14" t="n">
         <v>0.6</v>
       </c>
-      <c r="DU46" s="14" t="n">
+      <c r="EK46" s="14" t="n">
         <v>0.6</v>
       </c>
-      <c r="DV46" s="13" t="inlineStr">
-[...9 lines deleted...]
-      <c r="DX46" s="14" t="n">
+      <c r="EL46" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EM46" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EN46" s="14" t="n">
         <v>19.0</v>
       </c>
-      <c r="DY46" s="14" t="n">
+      <c r="EO46" s="14" t="n">
         <v>20.5</v>
       </c>
-      <c r="DZ46" s="14" t="n">
+      <c r="EP46" s="14" t="n">
+        <v>9.3</v>
+      </c>
+      <c r="EQ46" s="14" t="n">
         <v>19.2</v>
       </c>
-      <c r="EA46" s="14" t="n">
+      <c r="ER46" s="14" t="n">
         <v>17.1</v>
       </c>
-      <c r="EB46" s="14" t="n">
+      <c r="ES46" s="14" t="n">
         <v>8.1</v>
       </c>
-      <c r="EC46" s="14" t="n">
+      <c r="ET46" s="14" t="n">
         <v>9.8</v>
       </c>
-      <c r="ED46" s="14" t="n">
+      <c r="EU46" s="14" t="n">
         <v>25.0</v>
       </c>
-      <c r="EE46" s="14" t="n">
+      <c r="EV46" s="14" t="n">
         <v>24.2</v>
       </c>
-      <c r="EF46" s="14" t="n">
+      <c r="EW46" s="14" t="n">
         <v>329.1</v>
       </c>
-      <c r="EG46" s="14" t="n">
+      <c r="EX46" s="14" t="n">
         <v>326.9</v>
       </c>
-      <c r="EH46" s="14" t="n">
+      <c r="EY46" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EZ46" s="14" t="n">
         <v>0.3</v>
       </c>
-      <c r="EI46" s="14" t="n">
+      <c r="FA46" s="14" t="n">
         <v>0.3</v>
       </c>
-      <c r="EJ46" s="14" t="n">
+      <c r="FB46" s="14" t="n">
         <v>0.3</v>
       </c>
-      <c r="EK46" s="14" t="n">
+      <c r="FC46" s="14" t="n">
         <v>0.3</v>
       </c>
-      <c r="EL46" s="14" t="n">
+      <c r="FD46" s="14" t="n">
         <v>19.4</v>
       </c>
-      <c r="EM46" s="14" t="n">
+      <c r="FE46" s="14" t="n">
         <v>19.4</v>
       </c>
-      <c r="EN46" s="14" t="n">
+      <c r="FF46" s="14" t="n">
         <v>751.7</v>
       </c>
-      <c r="EO46" s="14" t="n">
+      <c r="FG46" s="14" t="n">
         <v>732.6</v>
       </c>
-      <c r="EP46" s="13" t="inlineStr">
-[...19 lines deleted...]
-      <c r="ET46" s="14" t="n">
+      <c r="FH46" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FI46" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FJ46" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FK46" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FL46" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FM46" s="14" t="n">
         <v>0.1</v>
       </c>
-      <c r="EU46" s="14" t="n">
+      <c r="FN46" s="14" t="n">
         <v>0.1</v>
       </c>
-      <c r="EV46" s="14" t="n">
+      <c r="FO46" s="14" t="n">
         <v>1.0</v>
       </c>
-      <c r="EW46" s="14" t="n">
+      <c r="FP46" s="14" t="n">
         <v>1.0</v>
       </c>
-      <c r="EX46" s="13" t="inlineStr">
-[...39 lines deleted...]
-      <c r="FF46" s="14" t="n">
+      <c r="FQ46" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FR46" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FS46" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FT46" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FU46" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FV46" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FW46" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FX46" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FY46" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FZ46" s="14" t="n">
+        <v>59673.1</v>
+      </c>
+      <c r="GA46" s="14" t="n">
         <v>61662.7</v>
       </c>
-      <c r="FG46" s="14" t="n">
+      <c r="GB46" s="14" t="n">
         <v>78920.5</v>
       </c>
-      <c r="FH46" s="14" t="n">
+      <c r="GC46" s="14" t="n">
         <v>75639.1</v>
       </c>
-      <c r="FI46" s="14" t="n">
+      <c r="GD46" s="14" t="n">
         <v>74224.1</v>
       </c>
-      <c r="FJ46" s="14" t="n">
+      <c r="GE46" s="14" t="n">
         <v>63571.0</v>
       </c>
-      <c r="FK46" s="14" t="n">
+      <c r="GF46" s="14" t="n">
         <v>55464.3</v>
       </c>
-      <c r="FL46" s="14" t="n">
+      <c r="GG46" s="14" t="n">
         <v>57603.3</v>
       </c>
-      <c r="FM46" s="14" t="n">
+      <c r="GH46" s="14" t="n">
         <v>50448.2</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="6" t="inlineStr">
         <is>
           <t>11 Common dry sludge NP</t>
         </is>
       </c>
       <c r="B47" s="14" t="n">
+        <v>4239.4</v>
+      </c>
+      <c r="C47" s="14" t="n">
         <v>4291.6</v>
       </c>
-      <c r="C47" s="14" t="n">
+      <c r="D47" s="14" t="n">
         <v>5107.3</v>
       </c>
-      <c r="D47" s="14" t="n">
+      <c r="E47" s="14" t="n">
         <v>5179.8</v>
       </c>
-      <c r="E47" s="14" t="n">
+      <c r="F47" s="14" t="n">
         <v>4748.6</v>
       </c>
-      <c r="F47" s="14" t="n">
+      <c r="G47" s="14" t="n">
         <v>5327.2</v>
       </c>
-      <c r="G47" s="14" t="n">
+      <c r="H47" s="14" t="n">
         <v>4711.7</v>
       </c>
-      <c r="H47" s="14" t="n">
+      <c r="I47" s="14" t="n">
         <v>4962.2</v>
       </c>
-      <c r="I47" s="14" t="n">
+      <c r="J47" s="14" t="n">
         <v>4780.6</v>
       </c>
-      <c r="J47" s="14" t="n">
+      <c r="K47" s="14" t="n">
+        <v>58.3</v>
+      </c>
+      <c r="L47" s="14" t="n">
         <v>54.5</v>
       </c>
-      <c r="K47" s="14" t="n">
+      <c r="M47" s="14" t="n">
         <v>274.5</v>
       </c>
-      <c r="L47" s="14" t="n">
+      <c r="N47" s="14" t="n">
         <v>228.4</v>
       </c>
-      <c r="M47" s="14" t="n">
+      <c r="O47" s="14" t="n">
         <v>195.0</v>
       </c>
-      <c r="N47" s="14" t="n">
+      <c r="P47" s="14" t="n">
         <v>213.3</v>
       </c>
-      <c r="O47" s="14" t="n">
+      <c r="Q47" s="14" t="n">
         <v>82.6</v>
       </c>
-      <c r="P47" s="14" t="n">
+      <c r="R47" s="14" t="n">
         <v>75.7</v>
       </c>
-      <c r="Q47" s="14" t="n">
+      <c r="S47" s="14" t="n">
         <v>64.2</v>
       </c>
-      <c r="R47" s="14" t="n">
+      <c r="T47" s="14" t="n">
+        <v>182125.7</v>
+      </c>
+      <c r="U47" s="14" t="n">
         <v>189763.7</v>
       </c>
-      <c r="S47" s="14" t="n">
+      <c r="V47" s="14" t="n">
         <v>135393.7</v>
       </c>
-      <c r="T47" s="14" t="n">
+      <c r="W47" s="14" t="n">
         <v>131303.5</v>
       </c>
-      <c r="U47" s="14" t="n">
+      <c r="X47" s="14" t="n">
         <v>145592.7</v>
       </c>
-      <c r="V47" s="14" t="n">
+      <c r="Y47" s="14" t="n">
         <v>140080.5</v>
       </c>
-      <c r="W47" s="14" t="n">
+      <c r="Z47" s="14" t="n">
         <v>123737.7</v>
       </c>
-      <c r="X47" s="14" t="n">
+      <c r="AA47" s="14" t="n">
         <v>149551.5</v>
       </c>
-      <c r="Y47" s="14" t="n">
+      <c r="AB47" s="14" t="n">
         <v>123012.9</v>
       </c>
-      <c r="Z47" s="14" t="n">
+      <c r="AC47" s="14" t="n">
+        <v>364.8</v>
+      </c>
+      <c r="AD47" s="14" t="n">
         <v>424.3</v>
       </c>
-      <c r="AA47" s="14" t="n">
+      <c r="AE47" s="14" t="n">
         <v>576.4</v>
       </c>
-      <c r="AB47" s="14" t="n">
+      <c r="AF47" s="14" t="n">
         <v>539.2</v>
       </c>
-      <c r="AC47" s="14" t="n">
+      <c r="AG47" s="14" t="n">
         <v>221.4</v>
       </c>
-      <c r="AD47" s="14" t="n">
+      <c r="AH47" s="14" t="n">
         <v>223.3</v>
       </c>
-      <c r="AE47" s="14" t="n">
+      <c r="AI47" s="14" t="n">
         <v>146.5</v>
       </c>
-      <c r="AF47" s="14" t="n">
+      <c r="AJ47" s="14" t="n">
         <v>300.0</v>
       </c>
-      <c r="AG47" s="14" t="n">
+      <c r="AK47" s="14" t="n">
         <v>124.9</v>
       </c>
-      <c r="AH47" s="14" t="n">
+      <c r="AL47" s="14" t="n">
+        <v>248.8</v>
+      </c>
+      <c r="AM47" s="14" t="n">
         <v>277.7</v>
       </c>
-      <c r="AI47" s="14" t="n">
+      <c r="AN47" s="14" t="n">
         <v>96.0</v>
       </c>
-      <c r="AJ47" s="14" t="n">
+      <c r="AO47" s="14" t="n">
         <v>88.8</v>
       </c>
-      <c r="AK47" s="14" t="n">
+      <c r="AP47" s="14" t="n">
         <v>93.6</v>
       </c>
-      <c r="AL47" s="14" t="n">
+      <c r="AQ47" s="14" t="n">
         <v>91.4</v>
       </c>
-      <c r="AM47" s="14" t="n">
+      <c r="AR47" s="14" t="n">
         <v>26.1</v>
       </c>
-      <c r="AN47" s="14" t="n">
+      <c r="AS47" s="14" t="n">
         <v>55.5</v>
       </c>
-      <c r="AO47" s="14" t="n">
+      <c r="AT47" s="14" t="n">
         <v>17.1</v>
       </c>
-      <c r="AP47" s="14" t="n">
+      <c r="AU47" s="14" t="n">
+        <v>120252.1</v>
+      </c>
+      <c r="AV47" s="14" t="n">
         <v>127848.5</v>
       </c>
-      <c r="AQ47" s="14" t="n">
+      <c r="AW47" s="14" t="n">
         <v>132727.1</v>
       </c>
-      <c r="AR47" s="14" t="n">
+      <c r="AX47" s="14" t="n">
         <v>130104.1</v>
       </c>
-      <c r="AS47" s="14" t="n">
+      <c r="AY47" s="14" t="n">
         <v>133403.7</v>
       </c>
-      <c r="AT47" s="14" t="n">
+      <c r="AZ47" s="14" t="n">
         <v>132666.4</v>
       </c>
-      <c r="AU47" s="14" t="n">
+      <c r="BA47" s="14" t="n">
         <v>150387.8</v>
       </c>
-      <c r="AV47" s="14" t="n">
+      <c r="BB47" s="14" t="n">
         <v>139522.8</v>
       </c>
-      <c r="AW47" s="14" t="n">
+      <c r="BC47" s="14" t="n">
         <v>128017.3</v>
       </c>
-      <c r="AX47" s="14" t="n">
+      <c r="BD47" s="14" t="n">
+        <v>310.6</v>
+      </c>
+      <c r="BE47" s="14" t="n">
         <v>330.2</v>
       </c>
-      <c r="AY47" s="14" t="n">
+      <c r="BF47" s="14" t="n">
         <v>988.0</v>
       </c>
-      <c r="AZ47" s="14" t="n">
+      <c r="BG47" s="14" t="n">
         <v>291.6</v>
       </c>
-      <c r="BA47" s="13" t="inlineStr">
-[...4 lines deleted...]
-      <c r="BB47" s="14" t="n">
+      <c r="BH47" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BI47" s="14" t="n">
         <v>118.4</v>
       </c>
-      <c r="BC47" s="14" t="n">
+      <c r="BJ47" s="14" t="n">
         <v>103.6</v>
       </c>
-      <c r="BD47" s="14" t="n">
+      <c r="BK47" s="14" t="n">
         <v>104.7</v>
       </c>
-      <c r="BE47" s="14" t="n">
+      <c r="BL47" s="14" t="n">
         <v>87.2</v>
       </c>
-      <c r="BF47" s="14" t="n">
+      <c r="BM47" s="14" t="n">
+        <v>14839.0</v>
+      </c>
+      <c r="BN47" s="14" t="n">
         <v>15478.8</v>
       </c>
-      <c r="BG47" s="14" t="n">
+      <c r="BO47" s="14" t="n">
         <v>5650.4</v>
       </c>
-      <c r="BH47" s="14" t="n">
+      <c r="BP47" s="14" t="n">
         <v>5526.3</v>
       </c>
-      <c r="BI47" s="14" t="n">
+      <c r="BQ47" s="14" t="n">
         <v>7454.5</v>
       </c>
-      <c r="BJ47" s="14" t="n">
+      <c r="BR47" s="14" t="n">
         <v>7373.8</v>
       </c>
-      <c r="BK47" s="14" t="n">
+      <c r="BS47" s="14" t="n">
         <v>8650.6</v>
       </c>
-      <c r="BL47" s="14" t="n">
+      <c r="BT47" s="14" t="n">
         <v>9993.8</v>
       </c>
-      <c r="BM47" s="14" t="n">
+      <c r="BU47" s="14" t="n">
         <v>7509.7</v>
       </c>
-      <c r="BN47" s="14" t="n">
+      <c r="BV47" s="14" t="n">
+        <v>837.6</v>
+      </c>
+      <c r="BW47" s="14" t="n">
         <v>909.6</v>
       </c>
-      <c r="BO47" s="14" t="n">
+      <c r="BX47" s="14" t="n">
         <v>5894.4</v>
       </c>
-      <c r="BP47" s="14" t="n">
+      <c r="BY47" s="14" t="n">
         <v>5392.8</v>
       </c>
-      <c r="BQ47" s="14" t="n">
+      <c r="BZ47" s="14" t="n">
         <v>2298.9</v>
       </c>
-      <c r="BR47" s="14" t="n">
+      <c r="CA47" s="14" t="n">
         <v>2161.9</v>
       </c>
-      <c r="BS47" s="14" t="n">
+      <c r="CB47" s="14" t="n">
         <v>622.2</v>
       </c>
-      <c r="BT47" s="14" t="n">
+      <c r="CC47" s="14" t="n">
         <v>621.5</v>
       </c>
-      <c r="BU47" s="14" t="n">
+      <c r="CD47" s="14" t="n">
         <v>212.2</v>
       </c>
-      <c r="BV47" s="14" t="n">
+      <c r="CE47" s="14" t="n">
+        <v>2056.2</v>
+      </c>
+      <c r="CF47" s="14" t="n">
         <v>2106.2</v>
       </c>
-      <c r="BW47" s="14" t="n">
+      <c r="CG47" s="14" t="n">
         <v>1485.9</v>
       </c>
-      <c r="BX47" s="14" t="n">
+      <c r="CH47" s="14" t="n">
         <v>1530.2</v>
       </c>
-      <c r="BY47" s="14" t="n">
+      <c r="CI47" s="14" t="n">
         <v>1939.5</v>
       </c>
-      <c r="BZ47" s="14" t="n">
+      <c r="CJ47" s="14" t="n">
         <v>2005.2</v>
       </c>
-      <c r="CA47" s="14" t="n">
+      <c r="CK47" s="14" t="n">
         <v>1889.6</v>
       </c>
-      <c r="CB47" s="14" t="n">
+      <c r="CL47" s="14" t="n">
         <v>2363.6</v>
       </c>
-      <c r="CC47" s="14" t="n">
+      <c r="CM47" s="14" t="n">
         <v>1945.4</v>
       </c>
-      <c r="CD47" s="14" t="n">
+      <c r="CN47" s="14" t="n">
+        <v>382.4</v>
+      </c>
+      <c r="CO47" s="14" t="n">
         <v>394.3</v>
       </c>
-      <c r="CE47" s="14" t="n">
+      <c r="CP47" s="14" t="n">
         <v>548.9</v>
       </c>
-      <c r="CF47" s="14" t="n">
+      <c r="CQ47" s="14" t="n">
         <v>559.2</v>
       </c>
-      <c r="CG47" s="14" t="n">
+      <c r="CR47" s="14" t="n">
         <v>415.0</v>
       </c>
-      <c r="CH47" s="14" t="n">
+      <c r="CS47" s="14" t="n">
         <v>404.1</v>
       </c>
-      <c r="CI47" s="14" t="n">
+      <c r="CT47" s="14" t="n">
         <v>436.8</v>
       </c>
-      <c r="CJ47" s="14" t="n">
+      <c r="CU47" s="14" t="n">
         <v>508.3</v>
       </c>
-      <c r="CK47" s="14" t="n">
+      <c r="CV47" s="14" t="n">
         <v>542.7</v>
       </c>
-      <c r="CL47" s="14" t="n">
+      <c r="CW47" s="14" t="n">
+        <v>172.2</v>
+      </c>
+      <c r="CX47" s="14" t="n">
         <v>158.1</v>
       </c>
-      <c r="CM47" s="14" t="n">
+      <c r="CY47" s="14" t="n">
         <v>71.1</v>
       </c>
-      <c r="CN47" s="14" t="n">
+      <c r="CZ47" s="14" t="n">
         <v>72.5</v>
       </c>
-      <c r="CO47" s="14" t="n">
+      <c r="DA47" s="14" t="n">
         <v>37.1</v>
       </c>
-      <c r="CP47" s="14" t="n">
+      <c r="DB47" s="14" t="n">
         <v>34.8</v>
       </c>
-      <c r="CQ47" s="14" t="n">
+      <c r="DC47" s="14" t="n">
         <v>58.0</v>
       </c>
-      <c r="CR47" s="14" t="n">
+      <c r="DD47" s="14" t="n">
         <v>64.1</v>
       </c>
-      <c r="CS47" s="14" t="n">
+      <c r="DE47" s="14" t="n">
         <v>56.0</v>
       </c>
-      <c r="CT47" s="14" t="n">
+      <c r="DF47" s="14" t="n">
+        <v>963.6</v>
+      </c>
+      <c r="DG47" s="14" t="n">
         <v>988.6</v>
       </c>
-      <c r="CU47" s="14" t="n">
+      <c r="DH47" s="14" t="n">
         <v>1870.2</v>
       </c>
-      <c r="CV47" s="14" t="n">
+      <c r="DI47" s="14" t="n">
         <v>1862.8</v>
       </c>
-      <c r="CW47" s="14" t="n">
+      <c r="DJ47" s="14" t="n">
         <v>1455.0</v>
       </c>
-      <c r="CX47" s="14" t="n">
+      <c r="DK47" s="14" t="n">
         <v>1416.2</v>
       </c>
-      <c r="CY47" s="14" t="n">
+      <c r="DL47" s="14" t="n">
         <v>1592.9</v>
       </c>
-      <c r="CZ47" s="14" t="n">
+      <c r="DM47" s="14" t="n">
         <v>1594.8</v>
       </c>
-      <c r="DA47" s="14" t="n">
+      <c r="DN47" s="14" t="n">
         <v>2386.4</v>
       </c>
-      <c r="DB47" s="14" t="n">
+      <c r="DO47" s="14" t="n">
+        <v>969423.9</v>
+      </c>
+      <c r="DP47" s="14" t="n">
         <v>964961.1</v>
       </c>
-      <c r="DC47" s="14" t="n">
+      <c r="DQ47" s="14" t="n">
         <v>570280.2</v>
       </c>
-      <c r="DD47" s="14" t="n">
+      <c r="DR47" s="14" t="n">
         <v>567721.1</v>
       </c>
-      <c r="DE47" s="14" t="n">
+      <c r="DS47" s="14" t="n">
         <v>1019416.0</v>
       </c>
-      <c r="DF47" s="14" t="n">
+      <c r="DT47" s="14" t="n">
         <v>1277763.9</v>
       </c>
-      <c r="DG47" s="14" t="n">
+      <c r="DU47" s="14" t="n">
         <v>1258115.9</v>
       </c>
-      <c r="DH47" s="14" t="n">
+      <c r="DV47" s="14" t="n">
         <v>1118285.1</v>
       </c>
-      <c r="DI47" s="14" t="n">
+      <c r="DW47" s="14" t="n">
         <v>1185282.2</v>
       </c>
-      <c r="DJ47" s="14" t="n">
+      <c r="DX47" s="14" t="n">
+        <v>32002.4</v>
+      </c>
+      <c r="DY47" s="14" t="n">
         <v>24733.8</v>
       </c>
-      <c r="DK47" s="14" t="n">
+      <c r="DZ47" s="14" t="n">
         <v>10285.9</v>
       </c>
-      <c r="DL47" s="14" t="n">
+      <c r="EA47" s="14" t="n">
         <v>19570.7</v>
       </c>
-      <c r="DM47" s="14" t="n">
+      <c r="EB47" s="14" t="n">
         <v>9534.4</v>
       </c>
-      <c r="DN47" s="14" t="n">
+      <c r="EC47" s="14" t="n">
         <v>24488.0</v>
       </c>
-      <c r="DO47" s="14" t="n">
+      <c r="ED47" s="14" t="n">
         <v>20331.2</v>
       </c>
-      <c r="DP47" s="14" t="n">
+      <c r="EE47" s="14" t="n">
         <v>20281.0</v>
       </c>
-      <c r="DQ47" s="14" t="n">
+      <c r="EF47" s="14" t="n">
         <v>9565.2</v>
       </c>
-      <c r="DR47" s="14" t="n">
+      <c r="EG47" s="14" t="n">
+        <v>18062.8</v>
+      </c>
+      <c r="EH47" s="14" t="n">
         <v>5519.2</v>
       </c>
-      <c r="DS47" s="14" t="n">
+      <c r="EI47" s="14" t="n">
         <v>6353.8</v>
       </c>
-      <c r="DT47" s="14" t="n">
+      <c r="EJ47" s="14" t="n">
         <v>2873.8</v>
       </c>
-      <c r="DU47" s="14" t="n">
+      <c r="EK47" s="14" t="n">
         <v>3122.2</v>
       </c>
-      <c r="DV47" s="14" t="n">
+      <c r="EL47" s="14" t="n">
         <v>4184.4</v>
       </c>
-      <c r="DW47" s="14" t="n">
+      <c r="EM47" s="14" t="n">
         <v>3919.3</v>
       </c>
-      <c r="DX47" s="14" t="n">
+      <c r="EN47" s="14" t="n">
         <v>2056.5</v>
       </c>
-      <c r="DY47" s="14" t="n">
+      <c r="EO47" s="14" t="n">
         <v>2145.0</v>
       </c>
-      <c r="DZ47" s="14" t="n">
+      <c r="EP47" s="14" t="n">
+        <v>3793.0</v>
+      </c>
+      <c r="EQ47" s="14" t="n">
         <v>5232.2</v>
       </c>
-      <c r="EA47" s="14" t="n">
+      <c r="ER47" s="14" t="n">
         <v>4582.7</v>
       </c>
-      <c r="EB47" s="14" t="n">
+      <c r="ES47" s="14" t="n">
         <v>4396.4</v>
       </c>
-      <c r="EC47" s="14" t="n">
+      <c r="ET47" s="14" t="n">
         <v>5224.0</v>
       </c>
-      <c r="ED47" s="14" t="n">
+      <c r="EU47" s="14" t="n">
         <v>4396.6</v>
       </c>
-      <c r="EE47" s="14" t="n">
+      <c r="EV47" s="14" t="n">
         <v>4304.5</v>
       </c>
-      <c r="EF47" s="14" t="n">
+      <c r="EW47" s="14" t="n">
         <v>5074.7</v>
       </c>
-      <c r="EG47" s="14" t="n">
+      <c r="EX47" s="14" t="n">
         <v>4799.3</v>
       </c>
-      <c r="EH47" s="14" t="n">
+      <c r="EY47" s="14" t="n">
+        <v>673.0</v>
+      </c>
+      <c r="EZ47" s="14" t="n">
         <v>997.6</v>
       </c>
-      <c r="EI47" s="14" t="n">
+      <c r="FA47" s="14" t="n">
         <v>949.0</v>
       </c>
-      <c r="EJ47" s="14" t="n">
+      <c r="FB47" s="14" t="n">
         <v>331.5</v>
       </c>
-      <c r="EK47" s="14" t="n">
+      <c r="FC47" s="14" t="n">
         <v>352.0</v>
       </c>
-      <c r="EL47" s="14" t="n">
+      <c r="FD47" s="14" t="n">
         <v>162.6</v>
       </c>
-      <c r="EM47" s="14" t="n">
+      <c r="FE47" s="14" t="n">
         <v>158.0</v>
       </c>
-      <c r="EN47" s="14" t="n">
+      <c r="FF47" s="14" t="n">
         <v>141.1</v>
       </c>
-      <c r="EO47" s="14" t="n">
+      <c r="FG47" s="14" t="n">
         <v>137.3</v>
       </c>
-      <c r="EP47" s="14" t="n">
+      <c r="FH47" s="14" t="n">
+        <v>521.5</v>
+      </c>
+      <c r="FI47" s="14" t="n">
         <v>778.1</v>
       </c>
-      <c r="EQ47" s="14" t="n">
+      <c r="FJ47" s="14" t="n">
         <v>662.7</v>
       </c>
-      <c r="ER47" s="14" t="n">
+      <c r="FK47" s="14" t="n">
         <v>1066.0</v>
       </c>
-      <c r="ES47" s="14" t="n">
+      <c r="FL47" s="14" t="n">
         <v>1767.5</v>
       </c>
-      <c r="ET47" s="14" t="n">
+      <c r="FM47" s="14" t="n">
         <v>148.9</v>
       </c>
-      <c r="EU47" s="14" t="n">
+      <c r="FN47" s="14" t="n">
         <v>145.8</v>
       </c>
-      <c r="EV47" s="14" t="n">
+      <c r="FO47" s="14" t="n">
         <v>2607.8</v>
       </c>
-      <c r="EW47" s="14" t="n">
+      <c r="FP47" s="14" t="n">
         <v>2727.3</v>
       </c>
-      <c r="EX47" s="13" t="inlineStr">
-[...39 lines deleted...]
-      <c r="FF47" s="14" t="n">
+      <c r="FQ47" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FR47" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FS47" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FT47" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FU47" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FV47" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FW47" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FX47" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FY47" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FZ47" s="14" t="n">
+        <v>1351327.3</v>
+      </c>
+      <c r="GA47" s="14" t="n">
         <v>1345248.1</v>
       </c>
-      <c r="FG47" s="14" t="n">
+      <c r="GB47" s="14" t="n">
         <v>883798.2</v>
       </c>
-      <c r="FH47" s="14" t="n">
+      <c r="GC47" s="14" t="n">
         <v>878638.7</v>
       </c>
-      <c r="FI47" s="14" t="n">
+      <c r="GD47" s="14" t="n">
         <v>1337271.1</v>
       </c>
-      <c r="FJ47" s="14" t="n">
+      <c r="GE47" s="14" t="n">
         <v>1603260.9</v>
       </c>
-      <c r="FK47" s="14" t="n">
+      <c r="GF47" s="14" t="n">
         <v>1579420.8</v>
       </c>
-      <c r="FL47" s="14" t="n">
+      <c r="GG47" s="14" t="n">
         <v>1458164.7</v>
       </c>
-      <c r="FM47" s="14" t="n">
+      <c r="GH47" s="14" t="n">
         <v>1473412.9</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="6" t="inlineStr">
         <is>
           <t>12.1 Mineral waste from construction and demolition NP</t>
         </is>
       </c>
       <c r="B48" s="14" t="n">
+        <v>6053.3</v>
+      </c>
+      <c r="C48" s="14" t="n">
         <v>6486.9</v>
       </c>
-      <c r="C48" s="14" t="n">
+      <c r="D48" s="14" t="n">
         <v>7184.1</v>
       </c>
-      <c r="D48" s="14" t="n">
+      <c r="E48" s="14" t="n">
         <v>7154.2</v>
       </c>
-      <c r="E48" s="14" t="n">
+      <c r="F48" s="14" t="n">
         <v>6832.9</v>
       </c>
-      <c r="F48" s="14" t="n">
+      <c r="G48" s="14" t="n">
         <v>7023.5</v>
       </c>
-      <c r="G48" s="14" t="n">
+      <c r="H48" s="14" t="n">
         <v>5552.1</v>
       </c>
-      <c r="H48" s="14" t="n">
+      <c r="I48" s="14" t="n">
         <v>7001.4</v>
       </c>
-      <c r="I48" s="14" t="n">
+      <c r="J48" s="14" t="n">
         <v>6618.9</v>
       </c>
-      <c r="J48" s="14" t="n">
+      <c r="K48" s="14" t="n">
+        <v>6928.9</v>
+      </c>
+      <c r="L48" s="14" t="n">
         <v>6481.6</v>
       </c>
-      <c r="K48" s="14" t="n">
+      <c r="M48" s="14" t="n">
         <v>9047.3</v>
       </c>
-      <c r="L48" s="14" t="n">
+      <c r="N48" s="14" t="n">
         <v>7527.7</v>
       </c>
-      <c r="M48" s="14" t="n">
+      <c r="O48" s="14" t="n">
         <v>5124.0</v>
       </c>
-      <c r="N48" s="14" t="n">
+      <c r="P48" s="14" t="n">
         <v>5604.0</v>
       </c>
-      <c r="O48" s="14" t="n">
+      <c r="Q48" s="14" t="n">
         <v>3572.2</v>
       </c>
-      <c r="P48" s="14" t="n">
+      <c r="R48" s="14" t="n">
         <v>3276.3</v>
       </c>
-      <c r="Q48" s="14" t="n">
+      <c r="S48" s="14" t="n">
         <v>2367.6</v>
       </c>
-      <c r="R48" s="14" t="n">
+      <c r="T48" s="14" t="n">
+        <v>3830.5</v>
+      </c>
+      <c r="U48" s="14" t="n">
         <v>3991.1</v>
       </c>
-      <c r="S48" s="14" t="n">
+      <c r="V48" s="14" t="n">
         <v>7779.7</v>
       </c>
-      <c r="T48" s="14" t="n">
+      <c r="W48" s="14" t="n">
         <v>7544.7</v>
       </c>
-      <c r="U48" s="14" t="n">
+      <c r="X48" s="14" t="n">
         <v>7279.8</v>
       </c>
-      <c r="V48" s="14" t="n">
+      <c r="Y48" s="14" t="n">
         <v>7004.2</v>
       </c>
-      <c r="W48" s="14" t="n">
+      <c r="Z48" s="14" t="n">
         <v>46827.9</v>
       </c>
-      <c r="X48" s="14" t="n">
+      <c r="AA48" s="14" t="n">
         <v>22485.3</v>
       </c>
-      <c r="Y48" s="14" t="n">
+      <c r="AB48" s="14" t="n">
         <v>9857.8</v>
       </c>
-      <c r="Z48" s="14" t="n">
+      <c r="AC48" s="14" t="n">
+        <v>251.3</v>
+      </c>
+      <c r="AD48" s="14" t="n">
         <v>292.3</v>
       </c>
-      <c r="AA48" s="14" t="n">
+      <c r="AE48" s="14" t="n">
         <v>153.9</v>
       </c>
-      <c r="AB48" s="14" t="n">
+      <c r="AF48" s="14" t="n">
         <v>144.0</v>
       </c>
-      <c r="AC48" s="14" t="n">
+      <c r="AG48" s="14" t="n">
         <v>73.1</v>
       </c>
-      <c r="AD48" s="14" t="n">
+      <c r="AH48" s="14" t="n">
         <v>73.7</v>
       </c>
-      <c r="AE48" s="14" t="n">
+      <c r="AI48" s="14" t="n">
         <v>160.9</v>
       </c>
-      <c r="AF48" s="14" t="n">
+      <c r="AJ48" s="14" t="n">
         <v>201.5</v>
       </c>
-      <c r="AG48" s="14" t="n">
+      <c r="AK48" s="14" t="n">
         <v>56.7</v>
       </c>
-      <c r="AH48" s="14" t="n">
+      <c r="AL48" s="14" t="n">
+        <v>1409.8</v>
+      </c>
+      <c r="AM48" s="14" t="n">
         <v>1573.4</v>
       </c>
-      <c r="AI48" s="14" t="n">
+      <c r="AN48" s="14" t="n">
         <v>2573.2</v>
       </c>
-      <c r="AJ48" s="14" t="n">
+      <c r="AO48" s="14" t="n">
         <v>2379.6</v>
       </c>
-      <c r="AK48" s="14" t="n">
+      <c r="AP48" s="14" t="n">
         <v>1334.3</v>
       </c>
-      <c r="AL48" s="14" t="n">
+      <c r="AQ48" s="14" t="n">
         <v>1302.1</v>
       </c>
-      <c r="AM48" s="14" t="n">
+      <c r="AR48" s="14" t="n">
         <v>837.3</v>
       </c>
-      <c r="AN48" s="14" t="n">
+      <c r="AS48" s="14" t="n">
         <v>5389.6</v>
       </c>
-      <c r="AO48" s="14" t="n">
+      <c r="AT48" s="14" t="n">
         <v>641.5</v>
       </c>
-      <c r="AP48" s="14" t="n">
+      <c r="AU48" s="14" t="n">
+        <v>4199.5</v>
+      </c>
+      <c r="AV48" s="14" t="n">
         <v>4464.8</v>
       </c>
-      <c r="AQ48" s="14" t="n">
+      <c r="AW48" s="14" t="n">
         <v>2069.5</v>
       </c>
-      <c r="AR48" s="14" t="n">
+      <c r="AX48" s="14" t="n">
         <v>2028.6</v>
       </c>
-      <c r="AS48" s="14" t="n">
+      <c r="AY48" s="14" t="n">
         <v>653.6</v>
       </c>
-      <c r="AT48" s="14" t="n">
+      <c r="AZ48" s="14" t="n">
         <v>650.0</v>
       </c>
-      <c r="AU48" s="14" t="n">
+      <c r="BA48" s="14" t="n">
         <v>14124.8</v>
       </c>
-      <c r="AV48" s="14" t="n">
+      <c r="BB48" s="14" t="n">
         <v>2092.4</v>
       </c>
-      <c r="AW48" s="14" t="n">
+      <c r="BC48" s="14" t="n">
         <v>2339.3</v>
       </c>
-      <c r="AX48" s="14" t="n">
+      <c r="BD48" s="14" t="n">
+        <v>20126.4</v>
+      </c>
+      <c r="BE48" s="14" t="n">
         <v>21397.8</v>
       </c>
-      <c r="AY48" s="14" t="n">
+      <c r="BF48" s="14" t="n">
         <v>21909.0</v>
       </c>
-      <c r="AZ48" s="14" t="n">
+      <c r="BG48" s="14" t="n">
         <v>13469.1</v>
       </c>
-      <c r="BA48" s="14" t="n">
+      <c r="BH48" s="14" t="n">
         <v>23453.7</v>
       </c>
-      <c r="BB48" s="14" t="n">
+      <c r="BI48" s="14" t="n">
         <v>30292.1</v>
       </c>
-      <c r="BC48" s="14" t="n">
+      <c r="BJ48" s="14" t="n">
         <v>25775.0</v>
       </c>
-      <c r="BD48" s="14" t="n">
+      <c r="BK48" s="14" t="n">
         <v>11275.1</v>
       </c>
-      <c r="BE48" s="14" t="n">
+      <c r="BL48" s="14" t="n">
         <v>10099.9</v>
       </c>
-      <c r="BF48" s="14" t="n">
+      <c r="BM48" s="14" t="n">
+        <v>29162.8</v>
+      </c>
+      <c r="BN48" s="14" t="n">
         <v>30420.1</v>
       </c>
-      <c r="BG48" s="14" t="n">
+      <c r="BO48" s="14" t="n">
         <v>45191.8</v>
       </c>
-      <c r="BH48" s="14" t="n">
+      <c r="BP48" s="14" t="n">
         <v>44198.9</v>
       </c>
-      <c r="BI48" s="14" t="n">
+      <c r="BQ48" s="14" t="n">
         <v>21568.1</v>
       </c>
-      <c r="BJ48" s="14" t="n">
+      <c r="BR48" s="14" t="n">
         <v>21334.5</v>
       </c>
-      <c r="BK48" s="14" t="n">
+      <c r="BS48" s="14" t="n">
         <v>32822.4</v>
       </c>
-      <c r="BL48" s="14" t="n">
+      <c r="BT48" s="14" t="n">
         <v>23349.1</v>
       </c>
-      <c r="BM48" s="14" t="n">
+      <c r="BU48" s="14" t="n">
         <v>28712.4</v>
       </c>
-      <c r="BN48" s="14" t="n">
+      <c r="BV48" s="14" t="n">
+        <v>164030.5</v>
+      </c>
+      <c r="BW48" s="14" t="n">
         <v>178128.1</v>
       </c>
-      <c r="BO48" s="14" t="n">
+      <c r="BX48" s="14" t="n">
         <v>120103.8</v>
       </c>
-      <c r="BP48" s="14" t="n">
+      <c r="BY48" s="14" t="n">
         <v>109884.5</v>
       </c>
-      <c r="BQ48" s="14" t="n">
+      <c r="BZ48" s="14" t="n">
         <v>55718.4</v>
       </c>
-      <c r="BR48" s="14" t="n">
+      <c r="CA48" s="14" t="n">
         <v>52398.6</v>
       </c>
-      <c r="BS48" s="14" t="n">
+      <c r="CB48" s="14" t="n">
         <v>34545.8</v>
       </c>
-      <c r="BT48" s="14" t="n">
+      <c r="CC48" s="14" t="n">
         <v>34510.2</v>
       </c>
-      <c r="BU48" s="14" t="n">
+      <c r="CD48" s="14" t="n">
         <v>45267.9</v>
       </c>
-      <c r="BV48" s="14" t="n">
+      <c r="CE48" s="14" t="n">
+        <v>19115.7</v>
+      </c>
+      <c r="CF48" s="14" t="n">
         <v>19579.8</v>
       </c>
-      <c r="BW48" s="14" t="n">
+      <c r="CG48" s="14" t="n">
         <v>20045.5</v>
       </c>
-      <c r="BX48" s="14" t="n">
+      <c r="CH48" s="14" t="n">
         <v>20642.3</v>
       </c>
-      <c r="BY48" s="14" t="n">
+      <c r="CI48" s="14" t="n">
         <v>20292.4</v>
       </c>
-      <c r="BZ48" s="14" t="n">
+      <c r="CJ48" s="14" t="n">
         <v>20979.8</v>
       </c>
-      <c r="CA48" s="14" t="n">
+      <c r="CK48" s="14" t="n">
         <v>28920.3</v>
       </c>
-      <c r="CB48" s="14" t="n">
+      <c r="CL48" s="14" t="n">
         <v>22886.3</v>
       </c>
-      <c r="CC48" s="14" t="n">
+      <c r="CM48" s="14" t="n">
         <v>19226.5</v>
       </c>
-      <c r="CD48" s="14" t="n">
+      <c r="CN48" s="14" t="n">
+        <v>16572.6</v>
+      </c>
+      <c r="CO48" s="14" t="n">
         <v>17085.9</v>
       </c>
-      <c r="CE48" s="14" t="n">
+      <c r="CP48" s="14" t="n">
         <v>18963.0</v>
       </c>
-      <c r="CF48" s="14" t="n">
+      <c r="CQ48" s="14" t="n">
         <v>19318.2</v>
       </c>
-      <c r="CG48" s="14" t="n">
+      <c r="CR48" s="14" t="n">
         <v>19127.5</v>
       </c>
-      <c r="CH48" s="14" t="n">
+      <c r="CS48" s="14" t="n">
         <v>18626.5</v>
       </c>
-      <c r="CI48" s="14" t="n">
+      <c r="CT48" s="14" t="n">
         <v>217732.3</v>
       </c>
-      <c r="CJ48" s="14" t="n">
+      <c r="CU48" s="14" t="n">
         <v>48692.1</v>
       </c>
-      <c r="CK48" s="14" t="n">
+      <c r="CV48" s="14" t="n">
         <v>36278.1</v>
       </c>
-      <c r="CL48" s="14" t="n">
+      <c r="CW48" s="14" t="n">
+        <v>6840.9</v>
+      </c>
+      <c r="CX48" s="14" t="n">
         <v>6277.2</v>
       </c>
-      <c r="CM48" s="14" t="n">
+      <c r="CY48" s="14" t="n">
         <v>2304.7</v>
       </c>
-      <c r="CN48" s="14" t="n">
+      <c r="CZ48" s="14" t="n">
         <v>2350.6</v>
       </c>
-      <c r="CO48" s="14" t="n">
+      <c r="DA48" s="14" t="n">
         <v>4607.2</v>
       </c>
-      <c r="CP48" s="14" t="n">
+      <c r="DB48" s="14" t="n">
         <v>4316.0</v>
       </c>
-      <c r="CQ48" s="14" t="n">
+      <c r="DC48" s="14" t="n">
         <v>3981.3</v>
       </c>
-      <c r="CR48" s="14" t="n">
+      <c r="DD48" s="14" t="n">
         <v>3922.8</v>
       </c>
-      <c r="CS48" s="14" t="n">
+      <c r="DE48" s="14" t="n">
         <v>1567.5</v>
       </c>
-      <c r="CT48" s="14" t="n">
+      <c r="DF48" s="14" t="n">
+        <v>56768.0</v>
+      </c>
+      <c r="DG48" s="14" t="n">
         <v>58237.1</v>
       </c>
-      <c r="CU48" s="14" t="n">
+      <c r="DH48" s="14" t="n">
         <v>115636.1</v>
       </c>
-      <c r="CV48" s="14" t="n">
+      <c r="DI48" s="14" t="n">
         <v>115175.4</v>
       </c>
-      <c r="CW48" s="14" t="n">
+      <c r="DJ48" s="14" t="n">
         <v>192432.2</v>
       </c>
-      <c r="CX48" s="14" t="n">
+      <c r="DK48" s="14" t="n">
         <v>187295.4</v>
       </c>
-      <c r="CY48" s="14" t="n">
+      <c r="DL48" s="14" t="n">
         <v>455135.5</v>
       </c>
-      <c r="CZ48" s="14" t="n">
+      <c r="DM48" s="14" t="n">
         <v>455680.4</v>
       </c>
-      <c r="DA48" s="14" t="n">
+      <c r="DN48" s="14" t="n">
         <v>652832.4</v>
       </c>
-      <c r="DB48" s="14" t="n">
+      <c r="DO48" s="14" t="n">
+        <v>20729.2</v>
+      </c>
+      <c r="DP48" s="14" t="n">
         <v>20605.6</v>
       </c>
-      <c r="DC48" s="14" t="n">
+      <c r="DQ48" s="14" t="n">
         <v>24910.1</v>
       </c>
-      <c r="DD48" s="14" t="n">
+      <c r="DR48" s="14" t="n">
         <v>24696.7</v>
       </c>
-      <c r="DE48" s="14" t="n">
+      <c r="DS48" s="14" t="n">
         <v>106281.6</v>
       </c>
-      <c r="DF48" s="14" t="n">
+      <c r="DT48" s="14" t="n">
         <v>471596.0</v>
       </c>
-      <c r="DG48" s="14" t="n">
+      <c r="DU48" s="14" t="n">
         <v>464350.8</v>
       </c>
-      <c r="DH48" s="14" t="n">
+      <c r="DV48" s="14" t="n">
         <v>412737.8</v>
       </c>
-      <c r="DI48" s="14" t="n">
+      <c r="DW48" s="14" t="n">
         <v>137886.9</v>
       </c>
-      <c r="DJ48" s="14" t="n">
+      <c r="DX48" s="14" t="n">
+        <v>38659.8</v>
+      </c>
+      <c r="DY48" s="14" t="n">
         <v>27320.6</v>
       </c>
-      <c r="DK48" s="14" t="n">
+      <c r="DZ48" s="14" t="n">
         <v>28531.1</v>
       </c>
-      <c r="DL48" s="14" t="n">
+      <c r="EA48" s="14" t="n">
         <v>35155.8</v>
       </c>
-      <c r="DM48" s="14" t="n">
+      <c r="EB48" s="14" t="n">
         <v>22097.2</v>
       </c>
-      <c r="DN48" s="14" t="n">
+      <c r="EC48" s="14" t="n">
         <v>23832.4</v>
       </c>
-      <c r="DO48" s="14" t="n">
+      <c r="ED48" s="14" t="n">
         <v>21227.9</v>
       </c>
-      <c r="DP48" s="14" t="n">
+      <c r="EE48" s="14" t="n">
         <v>19736.0</v>
       </c>
-      <c r="DQ48" s="14" t="n">
+      <c r="EF48" s="14" t="n">
         <v>10919.2</v>
       </c>
-      <c r="DR48" s="14" t="n">
+      <c r="EG48" s="14" t="n">
+        <v>1.30847009E7</v>
+      </c>
+      <c r="EH48" s="14" t="n">
         <v>1.35645889E7</v>
       </c>
-      <c r="DS48" s="14" t="n">
+      <c r="EI48" s="14" t="n">
         <v>1.38540436E7</v>
       </c>
-      <c r="DT48" s="14" t="n">
+      <c r="EJ48" s="14" t="n">
         <v>1.34237639E7</v>
       </c>
-      <c r="DU48" s="14" t="n">
+      <c r="EK48" s="14" t="n">
         <v>1.44885718E7</v>
       </c>
-      <c r="DV48" s="14" t="n">
+      <c r="EL48" s="14" t="n">
         <v>1.30460146E7</v>
       </c>
-      <c r="DW48" s="14" t="n">
+      <c r="EM48" s="14" t="n">
         <v>1.2080283E7</v>
       </c>
-      <c r="DX48" s="14" t="n">
+      <c r="EN48" s="14" t="n">
         <v>1.21168021E7</v>
       </c>
-      <c r="DY48" s="14" t="n">
+      <c r="EO48" s="14" t="n">
         <v>1.22733746E7</v>
       </c>
-      <c r="DZ48" s="14" t="n">
+      <c r="EP48" s="14" t="n">
+        <v>17880.2</v>
+      </c>
+      <c r="EQ48" s="14" t="n">
         <v>38617.1</v>
       </c>
-      <c r="EA48" s="14" t="n">
+      <c r="ER48" s="14" t="n">
         <v>35343.1</v>
       </c>
-      <c r="EB48" s="14" t="n">
+      <c r="ES48" s="14" t="n">
         <v>46020.5</v>
       </c>
-      <c r="EC48" s="14" t="n">
+      <c r="ET48" s="14" t="n">
         <v>53460.7</v>
       </c>
-      <c r="ED48" s="14" t="n">
+      <c r="EU48" s="14" t="n">
         <v>58310.1</v>
       </c>
-      <c r="EE48" s="14" t="n">
+      <c r="EV48" s="14" t="n">
         <v>56173.0</v>
       </c>
-      <c r="EF48" s="14" t="n">
+      <c r="EW48" s="14" t="n">
         <v>16815.4</v>
       </c>
-      <c r="EG48" s="14" t="n">
+      <c r="EX48" s="14" t="n">
         <v>16074.0</v>
       </c>
-      <c r="EH48" s="14" t="n">
+      <c r="EY48" s="14" t="n">
+        <v>34674.7</v>
+      </c>
+      <c r="EZ48" s="14" t="n">
         <v>26510.0</v>
       </c>
-      <c r="EI48" s="14" t="n">
+      <c r="FA48" s="14" t="n">
         <v>25817.4</v>
       </c>
-      <c r="EJ48" s="14" t="n">
+      <c r="FB48" s="14" t="n">
         <v>18676.2</v>
       </c>
-      <c r="EK48" s="14" t="n">
+      <c r="FC48" s="14" t="n">
         <v>20002.7</v>
       </c>
-      <c r="EL48" s="14" t="n">
+      <c r="FD48" s="14" t="n">
         <v>13725.9</v>
       </c>
-      <c r="EM48" s="14" t="n">
+      <c r="FE48" s="14" t="n">
         <v>13504.9</v>
       </c>
-      <c r="EN48" s="14" t="n">
+      <c r="FF48" s="14" t="n">
         <v>4817.8</v>
       </c>
-      <c r="EO48" s="14" t="n">
+      <c r="FG48" s="14" t="n">
         <v>4690.4</v>
       </c>
-      <c r="EP48" s="14" t="n">
+      <c r="FH48" s="14" t="n">
+        <v>6897.4</v>
+      </c>
+      <c r="FI48" s="14" t="n">
         <v>8533.2</v>
       </c>
-      <c r="EQ48" s="14" t="n">
+      <c r="FJ48" s="14" t="n">
         <v>8281.3</v>
       </c>
-      <c r="ER48" s="14" t="n">
+      <c r="FK48" s="14" t="n">
         <v>3728.4</v>
       </c>
-      <c r="ES48" s="14" t="n">
+      <c r="FL48" s="14" t="n">
         <v>1303.7</v>
       </c>
-      <c r="ET48" s="14" t="n">
+      <c r="FM48" s="14" t="n">
         <v>7131.8</v>
       </c>
-      <c r="EU48" s="14" t="n">
+      <c r="FN48" s="14" t="n">
         <v>12384.6</v>
       </c>
-      <c r="EV48" s="14" t="n">
+      <c r="FO48" s="14" t="n">
         <v>9284.2</v>
       </c>
-      <c r="EW48" s="14" t="n">
+      <c r="FP48" s="14" t="n">
         <v>9052.1</v>
       </c>
-      <c r="EX48" s="14" t="n">
-[...5 lines deleted...]
-      <c r="EZ48" s="14" t="n">
+      <c r="FQ48" s="14" t="n">
+        <v>505865.8</v>
+      </c>
+      <c r="FR48" s="14" t="n">
+        <v>488778.1</v>
+      </c>
+      <c r="FS48" s="14" t="n">
+        <v>531392.6</v>
+      </c>
+      <c r="FT48" s="14" t="n">
         <v>451652.3</v>
       </c>
-      <c r="FA48" s="14" t="n">
+      <c r="FU48" s="14" t="n">
         <v>521572.2</v>
       </c>
-      <c r="FB48" s="14" t="n">
+      <c r="FV48" s="14" t="n">
         <v>472548.3</v>
       </c>
-      <c r="FC48" s="14" t="n">
+      <c r="FW48" s="14" t="n">
         <v>495597.4</v>
       </c>
-      <c r="FD48" s="14" t="n">
+      <c r="FX48" s="14" t="n">
         <v>295080.1</v>
       </c>
-      <c r="FE48" s="14" t="n">
+      <c r="FY48" s="14" t="n">
         <v>429528.3</v>
       </c>
-      <c r="FF48" s="14" t="n">
-[...5 lines deleted...]
-      <c r="FH48" s="14" t="n">
+      <c r="FZ48" s="14" t="n">
+        <v>1.40446982E7</v>
+      </c>
+      <c r="GA48" s="14" t="n">
+        <v>1.45293696E7</v>
+      </c>
+      <c r="GB48" s="14" t="n">
+        <v>1.48812808E7</v>
+      </c>
+      <c r="GC48" s="14" t="n">
         <v>1.43555116E7</v>
       </c>
-      <c r="FI48" s="14" t="n">
+      <c r="GD48" s="14" t="n">
         <v>1.55717871E7</v>
       </c>
-      <c r="FJ48" s="14" t="n">
+      <c r="GE48" s="14" t="n">
         <v>1.44500595E7</v>
       </c>
-      <c r="FK48" s="14" t="n">
+      <c r="GF48" s="14" t="n">
         <v>1.40135094E7</v>
       </c>
-      <c r="FL48" s="14" t="n">
+      <c r="GG48" s="14" t="n">
         <v>1.35160359E7</v>
       </c>
-      <c r="FM48" s="14" t="n">
+      <c r="GH48" s="14" t="n">
         <v>1.3697392E7</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="6" t="inlineStr">
         <is>
           <t>12.1 Mineral waste from construction and demolition P</t>
         </is>
       </c>
       <c r="B49" s="14" t="n">
-        <v>0.3</v>
+        <v>0.2</v>
       </c>
       <c r="C49" s="14" t="n">
         <v>0.3</v>
       </c>
       <c r="D49" s="14" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="E49" s="14" t="n">
         <v>0.2</v>
       </c>
-      <c r="E49" s="14" t="n">
+      <c r="F49" s="14" t="n">
         <v>0.3</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.2</v>
       </c>
       <c r="G49" s="14" t="n">
         <v>0.2</v>
       </c>
       <c r="H49" s="14" t="n">
         <v>0.2</v>
       </c>
       <c r="I49" s="14" t="n">
         <v>0.2</v>
       </c>
-      <c r="J49" s="13" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K49" s="14" t="n">
+      <c r="J49" s="14" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="K49" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="L49" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="M49" s="14" t="n">
         <v>0.1</v>
       </c>
-      <c r="L49" s="14" t="n">
+      <c r="N49" s="14" t="n">
         <v>0.1</v>
       </c>
-      <c r="M49" s="14" t="n">
+      <c r="O49" s="14" t="n">
         <v>0.6</v>
       </c>
-      <c r="N49" s="14" t="n">
+      <c r="P49" s="14" t="n">
         <v>0.7</v>
       </c>
-      <c r="O49" s="14" t="n">
+      <c r="Q49" s="14" t="n">
         <v>0.1</v>
       </c>
-      <c r="P49" s="14" t="n">
+      <c r="R49" s="14" t="n">
         <v>0.1</v>
       </c>
-      <c r="Q49" s="14" t="n">
+      <c r="S49" s="14" t="n">
         <v>0.4</v>
       </c>
-      <c r="R49" s="14" t="n">
+      <c r="T49" s="14" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="U49" s="14" t="n">
         <v>1.6</v>
       </c>
-      <c r="S49" s="14" t="n">
+      <c r="V49" s="14" t="n">
         <v>0.2</v>
       </c>
-      <c r="T49" s="14" t="n">
+      <c r="W49" s="14" t="n">
         <v>0.2</v>
       </c>
-      <c r="U49" s="14" t="n">
+      <c r="X49" s="14" t="n">
         <v>4.6</v>
       </c>
-      <c r="V49" s="14" t="n">
+      <c r="Y49" s="14" t="n">
         <v>4.4</v>
       </c>
-      <c r="W49" s="14" t="n">
+      <c r="Z49" s="14" t="n">
         <v>6.0</v>
       </c>
-      <c r="X49" s="14" t="n">
+      <c r="AA49" s="14" t="n">
         <v>6.0</v>
       </c>
-      <c r="Y49" s="14" t="n">
+      <c r="AB49" s="14" t="n">
         <v>38.1</v>
       </c>
-      <c r="Z49" s="13" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA49" s="14" t="n">
+      <c r="AC49" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AD49" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AE49" s="14" t="n">
         <v>0.2</v>
       </c>
-      <c r="AB49" s="14" t="n">
+      <c r="AF49" s="14" t="n">
         <v>0.2</v>
       </c>
-      <c r="AC49" s="13" t="inlineStr">
-[...18 lines deleted...]
-      </c>
       <c r="AG49" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AH49" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AI49" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AJ49" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AK49" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AL49" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AM49" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AN49" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AO49" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AP49" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AQ49" s="14" t="n">
+      <c r="AQ49" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AR49" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AS49" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AT49" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AU49" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AV49" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AW49" s="14" t="n">
         <v>2.1</v>
       </c>
-      <c r="AR49" s="14" t="n">
+      <c r="AX49" s="14" t="n">
         <v>2.0</v>
       </c>
-      <c r="AS49" s="14" t="n">
+      <c r="AY49" s="14" t="n">
         <v>0.6</v>
       </c>
-      <c r="AT49" s="14" t="n">
+      <c r="AZ49" s="14" t="n">
         <v>0.6</v>
       </c>
-      <c r="AU49" s="13" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AW49" s="14" t="n">
+      <c r="BA49" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BB49" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BC49" s="14" t="n">
         <v>27.2</v>
       </c>
-      <c r="AX49" s="14" t="n">
+      <c r="BD49" s="14" t="n">
+        <v>474.3</v>
+      </c>
+      <c r="BE49" s="14" t="n">
         <v>504.3</v>
       </c>
-      <c r="AY49" s="14" t="n">
+      <c r="BF49" s="14" t="n">
         <v>683.2</v>
       </c>
-      <c r="AZ49" s="14" t="n">
+      <c r="BG49" s="14" t="n">
         <v>902.5</v>
       </c>
-      <c r="BA49" s="14" t="n">
+      <c r="BH49" s="14" t="n">
         <v>458.7</v>
       </c>
-      <c r="BB49" s="14" t="n">
+      <c r="BI49" s="14" t="n">
         <v>444.6</v>
       </c>
-      <c r="BC49" s="14" t="n">
+      <c r="BJ49" s="14" t="n">
         <v>4819.1</v>
       </c>
-      <c r="BD49" s="14" t="n">
+      <c r="BK49" s="14" t="n">
         <v>4065.2</v>
       </c>
-      <c r="BE49" s="14" t="n">
+      <c r="BL49" s="14" t="n">
         <v>300.7</v>
       </c>
-      <c r="BF49" s="14" t="n">
+      <c r="BM49" s="14" t="n">
+        <v>2604.2</v>
+      </c>
+      <c r="BN49" s="14" t="n">
         <v>2716.5</v>
       </c>
-      <c r="BG49" s="14" t="n">
+      <c r="BO49" s="14" t="n">
         <v>2389.7</v>
       </c>
-      <c r="BH49" s="14" t="n">
+      <c r="BP49" s="14" t="n">
         <v>2337.2</v>
       </c>
-      <c r="BI49" s="14" t="n">
+      <c r="BQ49" s="14" t="n">
         <v>427.2</v>
       </c>
-      <c r="BJ49" s="14" t="n">
+      <c r="BR49" s="14" t="n">
         <v>422.6</v>
       </c>
-      <c r="BK49" s="14" t="n">
+      <c r="BS49" s="14" t="n">
         <v>26.1</v>
       </c>
-      <c r="BL49" s="14" t="n">
+      <c r="BT49" s="14" t="n">
         <v>545.3</v>
       </c>
-      <c r="BM49" s="14" t="n">
+      <c r="BU49" s="14" t="n">
         <v>64.3</v>
       </c>
-      <c r="BN49" s="14" t="n">
+      <c r="BV49" s="14" t="n">
+        <v>98.3</v>
+      </c>
+      <c r="BW49" s="14" t="n">
         <v>106.8</v>
       </c>
-      <c r="BO49" s="14" t="n">
+      <c r="BX49" s="14" t="n">
         <v>47.2</v>
       </c>
-      <c r="BP49" s="14" t="n">
+      <c r="BY49" s="14" t="n">
         <v>43.1</v>
       </c>
-      <c r="BQ49" s="14" t="n">
+      <c r="BZ49" s="14" t="n">
         <v>72.5</v>
       </c>
-      <c r="BR49" s="14" t="n">
+      <c r="CA49" s="14" t="n">
         <v>68.2</v>
       </c>
-      <c r="BS49" s="14" t="n">
+      <c r="CB49" s="14" t="n">
         <v>402.7</v>
       </c>
-      <c r="BT49" s="14" t="n">
+      <c r="CC49" s="14" t="n">
         <v>402.3</v>
       </c>
-      <c r="BU49" s="14" t="n">
+      <c r="CD49" s="14" t="n">
         <v>513.2</v>
       </c>
-      <c r="BV49" s="14" t="n">
+      <c r="CE49" s="14" t="n">
+        <v>254.6</v>
+      </c>
+      <c r="CF49" s="14" t="n">
         <v>260.8</v>
       </c>
-      <c r="BW49" s="14" t="n">
+      <c r="CG49" s="14" t="n">
         <v>372.9</v>
       </c>
-      <c r="BX49" s="14" t="n">
+      <c r="CH49" s="14" t="n">
         <v>384.0</v>
       </c>
-      <c r="BY49" s="14" t="n">
+      <c r="CI49" s="14" t="n">
         <v>639.4</v>
       </c>
-      <c r="BZ49" s="14" t="n">
+      <c r="CJ49" s="14" t="n">
         <v>661.0</v>
       </c>
-      <c r="CA49" s="14" t="n">
+      <c r="CK49" s="14" t="n">
         <v>280.3</v>
       </c>
-      <c r="CB49" s="14" t="n">
+      <c r="CL49" s="14" t="n">
         <v>108.7</v>
       </c>
-      <c r="CC49" s="14" t="n">
+      <c r="CM49" s="14" t="n">
         <v>1586.2</v>
       </c>
-      <c r="CD49" s="14" t="n">
+      <c r="CN49" s="14" t="n">
+        <v>50.1</v>
+      </c>
+      <c r="CO49" s="14" t="n">
         <v>51.7</v>
       </c>
-      <c r="CE49" s="14" t="n">
+      <c r="CP49" s="14" t="n">
         <v>91.1</v>
       </c>
-      <c r="CF49" s="14" t="n">
+      <c r="CQ49" s="14" t="n">
         <v>92.8</v>
       </c>
-      <c r="CG49" s="14" t="n">
+      <c r="CR49" s="14" t="n">
         <v>42.2</v>
       </c>
-      <c r="CH49" s="14" t="n">
+      <c r="CS49" s="14" t="n">
         <v>41.1</v>
       </c>
-      <c r="CI49" s="14" t="n">
+      <c r="CT49" s="14" t="n">
         <v>118.0</v>
       </c>
-      <c r="CJ49" s="14" t="n">
+      <c r="CU49" s="14" t="n">
         <v>31.0</v>
       </c>
-      <c r="CK49" s="14" t="n">
+      <c r="CV49" s="14" t="n">
         <v>31.9</v>
       </c>
-      <c r="CL49" s="14" t="n">
+      <c r="CW49" s="14" t="n">
+        <v>10.8</v>
+      </c>
+      <c r="CX49" s="14" t="n">
         <v>9.9</v>
       </c>
-      <c r="CM49" s="14" t="n">
+      <c r="CY49" s="14" t="n">
         <v>7.9</v>
       </c>
-      <c r="CN49" s="14" t="n">
+      <c r="CZ49" s="14" t="n">
         <v>8.1</v>
       </c>
-      <c r="CO49" s="14" t="n">
+      <c r="DA49" s="14" t="n">
         <v>2.1</v>
       </c>
-      <c r="CP49" s="14" t="n">
+      <c r="DB49" s="14" t="n">
         <v>2.0</v>
       </c>
-      <c r="CQ49" s="14" t="n">
+      <c r="DC49" s="14" t="n">
         <v>4.0</v>
       </c>
-      <c r="CR49" s="14" t="n">
+      <c r="DD49" s="14" t="n">
         <v>3.6</v>
       </c>
-      <c r="CS49" s="14" t="n">
+      <c r="DE49" s="14" t="n">
         <v>16.1</v>
       </c>
-      <c r="CT49" s="14" t="n">
+      <c r="DF49" s="14" t="n">
+        <v>105.8</v>
+      </c>
+      <c r="DG49" s="14" t="n">
         <v>108.6</v>
       </c>
-      <c r="CU49" s="14" t="n">
+      <c r="DH49" s="14" t="n">
         <v>16.0</v>
       </c>
-      <c r="CV49" s="14" t="n">
+      <c r="DI49" s="14" t="n">
         <v>16.0</v>
       </c>
-      <c r="CW49" s="14" t="n">
+      <c r="DJ49" s="14" t="n">
         <v>215.3</v>
       </c>
-      <c r="CX49" s="14" t="n">
+      <c r="DK49" s="14" t="n">
         <v>209.5</v>
       </c>
-      <c r="CY49" s="14" t="n">
+      <c r="DL49" s="14" t="n">
         <v>174.4</v>
       </c>
-      <c r="CZ49" s="14" t="n">
+      <c r="DM49" s="14" t="n">
         <v>174.6</v>
       </c>
-      <c r="DA49" s="14" t="n">
+      <c r="DN49" s="14" t="n">
         <v>250.5</v>
       </c>
-      <c r="DB49" s="14" t="n">
+      <c r="DO49" s="14" t="n">
+        <v>22.9</v>
+      </c>
+      <c r="DP49" s="14" t="n">
         <v>24.6</v>
       </c>
-      <c r="DC49" s="14" t="n">
+      <c r="DQ49" s="14" t="n">
         <v>1257.7</v>
       </c>
-      <c r="DD49" s="14" t="n">
+      <c r="DR49" s="14" t="n">
         <v>1230.4</v>
       </c>
-      <c r="DE49" s="14" t="n">
+      <c r="DS49" s="14" t="n">
         <v>2390.0</v>
       </c>
-      <c r="DF49" s="14" t="n">
+      <c r="DT49" s="14" t="n">
         <v>27149.4</v>
       </c>
-      <c r="DG49" s="14" t="n">
+      <c r="DU49" s="14" t="n">
         <v>26701.8</v>
       </c>
-      <c r="DH49" s="14" t="n">
+      <c r="DV49" s="14" t="n">
         <v>23734.3</v>
       </c>
-      <c r="DI49" s="14" t="n">
+      <c r="DW49" s="14" t="n">
         <v>7567.6</v>
       </c>
-      <c r="DJ49" s="14" t="n">
+      <c r="DX49" s="14" t="n">
+        <v>194.7</v>
+      </c>
+      <c r="DY49" s="14" t="n">
         <v>403.9</v>
       </c>
-      <c r="DK49" s="14" t="n">
+      <c r="DZ49" s="14" t="n">
         <v>372.6</v>
       </c>
-      <c r="DL49" s="14" t="n">
+      <c r="EA49" s="14" t="n">
         <v>404.9</v>
       </c>
-      <c r="DM49" s="14" t="n">
+      <c r="EB49" s="14" t="n">
         <v>418.6</v>
       </c>
-      <c r="DN49" s="14" t="n">
+      <c r="EC49" s="14" t="n">
         <v>252.4</v>
       </c>
-      <c r="DO49" s="14" t="n">
+      <c r="ED49" s="14" t="n">
         <v>170.9</v>
       </c>
-      <c r="DP49" s="14" t="n">
+      <c r="EE49" s="14" t="n">
         <v>161.0</v>
       </c>
-      <c r="DQ49" s="14" t="n">
+      <c r="EF49" s="14" t="n">
         <v>80.1</v>
       </c>
-      <c r="DR49" s="14" t="n">
+      <c r="EG49" s="14" t="n">
+        <v>139077.2</v>
+      </c>
+      <c r="EH49" s="14" t="n">
         <v>18806.3</v>
       </c>
-      <c r="DS49" s="14" t="n">
+      <c r="EI49" s="14" t="n">
         <v>18076.6</v>
       </c>
-      <c r="DT49" s="14" t="n">
+      <c r="EJ49" s="14" t="n">
         <v>10802.4</v>
       </c>
-      <c r="DU49" s="14" t="n">
+      <c r="EK49" s="14" t="n">
         <v>11898.3</v>
       </c>
-      <c r="DV49" s="14" t="n">
+      <c r="EL49" s="14" t="n">
         <v>15314.5</v>
       </c>
-      <c r="DW49" s="14" t="n">
+      <c r="EM49" s="14" t="n">
         <v>13816.0</v>
       </c>
-      <c r="DX49" s="14" t="n">
+      <c r="EN49" s="14" t="n">
         <v>39301.8</v>
       </c>
-      <c r="DY49" s="14" t="n">
+      <c r="EO49" s="14" t="n">
         <v>38553.4</v>
       </c>
-      <c r="DZ49" s="14" t="n">
+      <c r="EP49" s="14" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="EQ49" s="14" t="n">
         <v>206.1</v>
       </c>
-      <c r="EA49" s="14" t="n">
+      <c r="ER49" s="14" t="n">
         <v>184.4</v>
       </c>
-      <c r="EB49" s="14" t="n">
+      <c r="ES49" s="14" t="n">
         <v>1.1</v>
       </c>
-      <c r="EC49" s="14" t="n">
+      <c r="ET49" s="14" t="n">
         <v>1.3</v>
       </c>
-      <c r="ED49" s="14" t="n">
+      <c r="EU49" s="14" t="n">
         <v>21.7</v>
       </c>
-      <c r="EE49" s="14" t="n">
+      <c r="EV49" s="14" t="n">
         <v>20.7</v>
       </c>
-      <c r="EF49" s="14" t="n">
+      <c r="EW49" s="14" t="n">
         <v>131.4</v>
       </c>
-      <c r="EG49" s="14" t="n">
+      <c r="EX49" s="14" t="n">
         <v>125.3</v>
       </c>
-      <c r="EH49" s="14" t="n">
+      <c r="EY49" s="14" t="n">
+        <v>47.2</v>
+      </c>
+      <c r="EZ49" s="14" t="n">
         <v>29.2</v>
       </c>
-      <c r="EI49" s="14" t="n">
+      <c r="FA49" s="14" t="n">
         <v>27.8</v>
       </c>
-      <c r="EJ49" s="14" t="n">
+      <c r="FB49" s="14" t="n">
         <v>56.6</v>
       </c>
-      <c r="EK49" s="14" t="n">
+      <c r="FC49" s="14" t="n">
         <v>59.2</v>
       </c>
-      <c r="EL49" s="14" t="n">
+      <c r="FD49" s="14" t="n">
         <v>149.5</v>
       </c>
-      <c r="EM49" s="14" t="n">
+      <c r="FE49" s="14" t="n">
         <v>142.4</v>
       </c>
-      <c r="EN49" s="14" t="n">
+      <c r="FF49" s="14" t="n">
         <v>482.9</v>
       </c>
-      <c r="EO49" s="14" t="n">
+      <c r="FG49" s="14" t="n">
         <v>469.4</v>
       </c>
-      <c r="EP49" s="14" t="n">
+      <c r="FH49" s="14" t="n">
+        <v>10.6</v>
+      </c>
+      <c r="FI49" s="14" t="n">
         <v>94.6</v>
       </c>
-      <c r="EQ49" s="14" t="n">
+      <c r="FJ49" s="14" t="n">
         <v>103.0</v>
       </c>
-      <c r="ER49" s="14" t="n">
+      <c r="FK49" s="14" t="n">
         <v>63.0</v>
       </c>
-      <c r="ES49" s="14" t="n">
+      <c r="FL49" s="14" t="n">
         <v>38.8</v>
       </c>
-      <c r="ET49" s="14" t="n">
+      <c r="FM49" s="14" t="n">
         <v>1006.1</v>
       </c>
-      <c r="EU49" s="14" t="n">
+      <c r="FN49" s="14" t="n">
         <v>898.0</v>
       </c>
-      <c r="EV49" s="14" t="n">
+      <c r="FO49" s="14" t="n">
         <v>392.1</v>
       </c>
-      <c r="EW49" s="14" t="n">
+      <c r="FP49" s="14" t="n">
         <v>384.4</v>
       </c>
-      <c r="EX49" s="13" t="inlineStr">
-[...39 lines deleted...]
-      <c r="FF49" s="14" t="n">
+      <c r="FQ49" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FR49" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FS49" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FT49" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FU49" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FV49" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FW49" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FX49" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FY49" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FZ49" s="14" t="n">
+        <v>142957.5</v>
+      </c>
+      <c r="GA49" s="14" t="n">
         <v>23325.2</v>
       </c>
-      <c r="FG49" s="14" t="n">
+      <c r="GB49" s="14" t="n">
         <v>23633.0</v>
       </c>
-      <c r="FH49" s="14" t="n">
+      <c r="GC49" s="14" t="n">
         <v>16344.8</v>
       </c>
-      <c r="FI49" s="14" t="n">
+      <c r="GD49" s="14" t="n">
         <v>16669.7</v>
       </c>
-      <c r="FJ49" s="14" t="n">
+      <c r="GE49" s="14" t="n">
         <v>45748.5</v>
       </c>
-      <c r="FK49" s="14" t="n">
+      <c r="GF49" s="14" t="n">
         <v>47580.7</v>
       </c>
-      <c r="FL49" s="14" t="n">
+      <c r="GG49" s="14" t="n">
         <v>69540.5</v>
       </c>
-      <c r="FM49" s="14" t="n">
+      <c r="GH49" s="14" t="n">
         <v>50009.0</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="6" t="inlineStr">
         <is>
           <t>12.2, 12.3, 12.5 Other mineral waste NP</t>
         </is>
       </c>
       <c r="B50" s="14" t="n">
+        <v>647.8</v>
+      </c>
+      <c r="C50" s="14" t="n">
         <v>672.4</v>
       </c>
-      <c r="C50" s="14" t="n">
+      <c r="D50" s="14" t="n">
         <v>711.0</v>
       </c>
-      <c r="D50" s="14" t="n">
+      <c r="E50" s="14" t="n">
         <v>712.1</v>
       </c>
-      <c r="E50" s="14" t="n">
+      <c r="F50" s="14" t="n">
         <v>692.2</v>
       </c>
-      <c r="F50" s="14" t="n">
+      <c r="G50" s="14" t="n">
         <v>706.5</v>
       </c>
-      <c r="G50" s="14" t="n">
+      <c r="H50" s="14" t="n">
         <v>685.3</v>
       </c>
-      <c r="H50" s="14" t="n">
+      <c r="I50" s="14" t="n">
         <v>704.0</v>
       </c>
-      <c r="I50" s="14" t="n">
+      <c r="J50" s="14" t="n">
         <v>693.5</v>
       </c>
-      <c r="J50" s="14" t="n">
+      <c r="K50" s="14" t="n">
+        <v>162055.4</v>
+      </c>
+      <c r="L50" s="14" t="n">
         <v>151595.4</v>
       </c>
-      <c r="K50" s="14" t="n">
+      <c r="M50" s="14" t="n">
         <v>2916199.6</v>
       </c>
-      <c r="L50" s="14" t="n">
+      <c r="N50" s="14" t="n">
         <v>2426391.2</v>
       </c>
-      <c r="M50" s="14" t="n">
+      <c r="O50" s="14" t="n">
         <v>2.15516365E7</v>
       </c>
-      <c r="N50" s="14" t="n">
+      <c r="P50" s="14" t="n">
         <v>2.35707463E7</v>
       </c>
-      <c r="O50" s="14" t="n">
+      <c r="Q50" s="14" t="n">
         <v>2.21190822E7</v>
       </c>
-      <c r="P50" s="14" t="n">
+      <c r="R50" s="14" t="n">
         <v>2.02869293E7</v>
       </c>
-      <c r="Q50" s="14" t="n">
+      <c r="S50" s="14" t="n">
         <v>1.71544375E7</v>
       </c>
-      <c r="R50" s="14" t="n">
+      <c r="T50" s="14" t="n">
+        <v>24987.6</v>
+      </c>
+      <c r="U50" s="14" t="n">
         <v>26035.5</v>
       </c>
-      <c r="S50" s="14" t="n">
+      <c r="V50" s="14" t="n">
         <v>224433.0</v>
       </c>
-      <c r="T50" s="14" t="n">
+      <c r="W50" s="14" t="n">
         <v>217653.0</v>
       </c>
-      <c r="U50" s="14" t="n">
+      <c r="X50" s="14" t="n">
         <v>184306.2</v>
       </c>
-      <c r="V50" s="14" t="n">
+      <c r="Y50" s="14" t="n">
         <v>177328.3</v>
       </c>
-      <c r="W50" s="14" t="n">
+      <c r="Z50" s="14" t="n">
         <v>128212.0</v>
       </c>
-      <c r="X50" s="14" t="n">
+      <c r="AA50" s="14" t="n">
         <v>131293.7</v>
       </c>
-      <c r="Y50" s="14" t="n">
+      <c r="AB50" s="14" t="n">
         <v>135924.9</v>
       </c>
-      <c r="Z50" s="14" t="n">
+      <c r="AC50" s="14" t="n">
+        <v>589.8</v>
+      </c>
+      <c r="AD50" s="14" t="n">
         <v>686.1</v>
       </c>
-      <c r="AA50" s="14" t="n">
+      <c r="AE50" s="14" t="n">
         <v>1973.9</v>
       </c>
-      <c r="AB50" s="14" t="n">
+      <c r="AF50" s="14" t="n">
         <v>1846.5</v>
       </c>
-      <c r="AC50" s="14" t="n">
+      <c r="AG50" s="14" t="n">
         <v>336.4</v>
       </c>
-      <c r="AD50" s="14" t="n">
+      <c r="AH50" s="14" t="n">
         <v>339.1</v>
       </c>
-      <c r="AE50" s="14" t="n">
+      <c r="AI50" s="14" t="n">
         <v>604.8</v>
       </c>
-      <c r="AF50" s="14" t="n">
+      <c r="AJ50" s="14" t="n">
         <v>575.4</v>
       </c>
-      <c r="AG50" s="14" t="n">
+      <c r="AK50" s="14" t="n">
         <v>1032.8</v>
       </c>
-      <c r="AH50" s="14" t="n">
+      <c r="AL50" s="14" t="n">
+        <v>27.4</v>
+      </c>
+      <c r="AM50" s="14" t="n">
         <v>30.6</v>
       </c>
-      <c r="AI50" s="14" t="n">
+      <c r="AN50" s="14" t="n">
         <v>52.6</v>
       </c>
-      <c r="AJ50" s="14" t="n">
+      <c r="AO50" s="14" t="n">
         <v>48.6</v>
       </c>
-      <c r="AK50" s="14" t="n">
+      <c r="AP50" s="14" t="n">
         <v>14.4</v>
       </c>
-      <c r="AL50" s="14" t="n">
+      <c r="AQ50" s="14" t="n">
         <v>14.1</v>
       </c>
-      <c r="AM50" s="14" t="n">
+      <c r="AR50" s="14" t="n">
         <v>63.9</v>
       </c>
-      <c r="AN50" s="14" t="n">
+      <c r="AS50" s="14" t="n">
         <v>68.7</v>
       </c>
-      <c r="AO50" s="14" t="n">
+      <c r="AT50" s="14" t="n">
         <v>4.8</v>
       </c>
-      <c r="AP50" s="14" t="n">
+      <c r="AU50" s="14" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="AV50" s="14" t="n">
         <v>4.7</v>
       </c>
-      <c r="AQ50" s="14" t="n">
+      <c r="AW50" s="14" t="n">
         <v>0.1</v>
       </c>
-      <c r="AR50" s="14" t="n">
+      <c r="AX50" s="14" t="n">
         <v>0.1</v>
       </c>
-      <c r="AS50" s="14" t="n">
+      <c r="AY50" s="14" t="n">
         <v>0.6</v>
       </c>
-      <c r="AT50" s="14" t="n">
+      <c r="AZ50" s="14" t="n">
         <v>0.5</v>
       </c>
-      <c r="AU50" s="14" t="n">
+      <c r="BA50" s="14" t="n">
         <v>36.9</v>
       </c>
-      <c r="AV50" s="14" t="n">
+      <c r="BB50" s="14" t="n">
         <v>41.6</v>
       </c>
-      <c r="AW50" s="14" t="n">
+      <c r="BC50" s="14" t="n">
         <v>856.3</v>
       </c>
-      <c r="AX50" s="14" t="n">
+      <c r="BD50" s="14" t="n">
+        <v>136.5</v>
+      </c>
+      <c r="BE50" s="14" t="n">
         <v>145.1</v>
       </c>
-      <c r="AY50" s="14" t="n">
+      <c r="BF50" s="14" t="n">
         <v>406.2</v>
       </c>
-      <c r="AZ50" s="14" t="n">
+      <c r="BG50" s="14" t="n">
         <v>641.8</v>
       </c>
-      <c r="BA50" s="14" t="n">
+      <c r="BH50" s="14" t="n">
         <v>273.8</v>
       </c>
-      <c r="BB50" s="14" t="n">
+      <c r="BI50" s="14" t="n">
         <v>572.6</v>
       </c>
-      <c r="BC50" s="14" t="n">
+      <c r="BJ50" s="14" t="n">
         <v>603.4</v>
       </c>
-      <c r="BD50" s="14" t="n">
+      <c r="BK50" s="14" t="n">
         <v>1561.1</v>
       </c>
-      <c r="BE50" s="14" t="n">
+      <c r="BL50" s="14" t="n">
         <v>1410.7</v>
       </c>
-      <c r="BF50" s="14" t="n">
+      <c r="BM50" s="14" t="n">
+        <v>115993.5</v>
+      </c>
+      <c r="BN50" s="14" t="n">
         <v>120994.5</v>
       </c>
-      <c r="BG50" s="14" t="n">
+      <c r="BO50" s="14" t="n">
         <v>40447.4</v>
       </c>
-      <c r="BH50" s="14" t="n">
+      <c r="BP50" s="14" t="n">
         <v>39558.6</v>
       </c>
-      <c r="BI50" s="14" t="n">
+      <c r="BQ50" s="14" t="n">
         <v>106577.7</v>
       </c>
-      <c r="BJ50" s="14" t="n">
+      <c r="BR50" s="14" t="n">
         <v>105423.3</v>
       </c>
-      <c r="BK50" s="14" t="n">
+      <c r="BS50" s="14" t="n">
         <v>84051.0</v>
       </c>
-      <c r="BL50" s="14" t="n">
+      <c r="BT50" s="14" t="n">
         <v>109068.5</v>
       </c>
-      <c r="BM50" s="14" t="n">
+      <c r="BU50" s="14" t="n">
         <v>71971.6</v>
       </c>
-      <c r="BN50" s="14" t="n">
+      <c r="BV50" s="14" t="n">
+        <v>1659286.7</v>
+      </c>
+      <c r="BW50" s="14" t="n">
         <v>1801893.7</v>
       </c>
-      <c r="BO50" s="14" t="n">
+      <c r="BX50" s="14" t="n">
         <v>2069119.7</v>
       </c>
-      <c r="BP50" s="14" t="n">
+      <c r="BY50" s="14" t="n">
         <v>1893064.7</v>
       </c>
-      <c r="BQ50" s="14" t="n">
+      <c r="BZ50" s="14" t="n">
         <v>2194165.3</v>
       </c>
-      <c r="BR50" s="14" t="n">
+      <c r="CA50" s="14" t="n">
         <v>2063435.4</v>
       </c>
-      <c r="BS50" s="14" t="n">
+      <c r="CB50" s="14" t="n">
         <v>2053270.3</v>
       </c>
-      <c r="BT50" s="14" t="n">
+      <c r="CC50" s="14" t="n">
         <v>2051158.9</v>
       </c>
-      <c r="BU50" s="14" t="n">
+      <c r="CD50" s="14" t="n">
         <v>2686428.1</v>
       </c>
-      <c r="BV50" s="14" t="n">
+      <c r="CE50" s="14" t="n">
+        <v>386359.2</v>
+      </c>
+      <c r="CF50" s="14" t="n">
         <v>395738.5</v>
       </c>
-      <c r="BW50" s="14" t="n">
+      <c r="CG50" s="14" t="n">
         <v>301537.7</v>
       </c>
-      <c r="BX50" s="14" t="n">
+      <c r="CH50" s="14" t="n">
         <v>310515.1</v>
       </c>
-      <c r="BY50" s="14" t="n">
+      <c r="CI50" s="14" t="n">
         <v>318796.1</v>
       </c>
-      <c r="BZ50" s="14" t="n">
+      <c r="CJ50" s="14" t="n">
         <v>329595.4</v>
       </c>
-      <c r="CA50" s="14" t="n">
+      <c r="CK50" s="14" t="n">
         <v>329163.5</v>
       </c>
-      <c r="CB50" s="14" t="n">
+      <c r="CL50" s="14" t="n">
         <v>229282.6</v>
       </c>
-      <c r="CC50" s="14" t="n">
+      <c r="CM50" s="14" t="n">
         <v>324376.7</v>
       </c>
-      <c r="CD50" s="14" t="n">
+      <c r="CN50" s="14" t="n">
+        <v>44021.6</v>
+      </c>
+      <c r="CO50" s="14" t="n">
         <v>45385.3</v>
       </c>
-      <c r="CE50" s="14" t="n">
+      <c r="CP50" s="14" t="n">
         <v>28465.7</v>
       </c>
-      <c r="CF50" s="14" t="n">
+      <c r="CQ50" s="14" t="n">
         <v>28998.9</v>
       </c>
-      <c r="CG50" s="14" t="n">
+      <c r="CR50" s="14" t="n">
         <v>43454.4</v>
       </c>
-      <c r="CH50" s="14" t="n">
+      <c r="CS50" s="14" t="n">
         <v>42316.1</v>
       </c>
-      <c r="CI50" s="14" t="n">
+      <c r="CT50" s="14" t="n">
         <v>61295.2</v>
       </c>
-      <c r="CJ50" s="14" t="n">
+      <c r="CU50" s="14" t="n">
         <v>47068.3</v>
       </c>
-      <c r="CK50" s="14" t="n">
+      <c r="CV50" s="14" t="n">
         <v>49019.9</v>
       </c>
-      <c r="CL50" s="14" t="n">
+      <c r="CW50" s="14" t="n">
+        <v>2975.9</v>
+      </c>
+      <c r="CX50" s="14" t="n">
         <v>2730.7</v>
       </c>
-      <c r="CM50" s="14" t="n">
+      <c r="CY50" s="14" t="n">
         <v>3537.1</v>
       </c>
-      <c r="CN50" s="14" t="n">
+      <c r="CZ50" s="14" t="n">
         <v>3607.5</v>
       </c>
-      <c r="CO50" s="14" t="n">
+      <c r="DA50" s="14" t="n">
         <v>2113.5</v>
       </c>
-      <c r="CP50" s="14" t="n">
+      <c r="DB50" s="14" t="n">
         <v>1979.9</v>
       </c>
-      <c r="CQ50" s="14" t="n">
+      <c r="DC50" s="14" t="n">
         <v>110.4</v>
       </c>
-      <c r="CR50" s="14" t="n">
+      <c r="DD50" s="14" t="n">
         <v>70.7</v>
       </c>
-      <c r="CS50" s="14" t="n">
+      <c r="DE50" s="14" t="n">
         <v>12526.7</v>
       </c>
-      <c r="CT50" s="14" t="n">
+      <c r="DF50" s="14" t="n">
+        <v>43.0</v>
+      </c>
+      <c r="DG50" s="14" t="n">
         <v>44.2</v>
       </c>
-      <c r="CU50" s="14" t="n">
+      <c r="DH50" s="14" t="n">
         <v>217.2</v>
       </c>
-      <c r="CV50" s="14" t="n">
+      <c r="DI50" s="14" t="n">
         <v>216.3</v>
       </c>
-      <c r="CW50" s="14" t="n">
+      <c r="DJ50" s="14" t="n">
         <v>50.8</v>
       </c>
-      <c r="CX50" s="14" t="n">
+      <c r="DK50" s="14" t="n">
         <v>49.5</v>
       </c>
-      <c r="CY50" s="14" t="n">
+      <c r="DL50" s="14" t="n">
         <v>380.8</v>
       </c>
-      <c r="CZ50" s="14" t="n">
+      <c r="DM50" s="14" t="n">
         <v>381.2</v>
       </c>
-      <c r="DA50" s="14" t="n">
+      <c r="DN50" s="14" t="n">
         <v>203.2</v>
       </c>
-      <c r="DB50" s="14" t="n">
+      <c r="DO50" s="14" t="n">
+        <v>48461.7</v>
+      </c>
+      <c r="DP50" s="14" t="n">
         <v>48241.3</v>
       </c>
-      <c r="DC50" s="14" t="n">
+      <c r="DQ50" s="14" t="n">
         <v>51760.3</v>
       </c>
-      <c r="DD50" s="14" t="n">
+      <c r="DR50" s="14" t="n">
         <v>51539.5</v>
       </c>
-      <c r="DE50" s="14" t="n">
+      <c r="DS50" s="14" t="n">
         <v>42725.2</v>
       </c>
-      <c r="DF50" s="14" t="n">
+      <c r="DT50" s="14" t="n">
         <v>88894.2</v>
       </c>
-      <c r="DG50" s="14" t="n">
+      <c r="DU50" s="14" t="n">
         <v>87563.7</v>
       </c>
-      <c r="DH50" s="14" t="n">
+      <c r="DV50" s="14" t="n">
         <v>77825.6</v>
       </c>
-      <c r="DI50" s="14" t="n">
+      <c r="DW50" s="14" t="n">
         <v>63257.8</v>
       </c>
-      <c r="DJ50" s="14" t="n">
+      <c r="DX50" s="14" t="n">
+        <v>5407.8</v>
+      </c>
+      <c r="DY50" s="14" t="n">
         <v>7090.8</v>
       </c>
-      <c r="DK50" s="14" t="n">
+      <c r="DZ50" s="14" t="n">
         <v>7337.1</v>
       </c>
-      <c r="DL50" s="14" t="n">
+      <c r="EA50" s="14" t="n">
         <v>7572.2</v>
       </c>
-      <c r="DM50" s="14" t="n">
+      <c r="EB50" s="14" t="n">
         <v>7898.5</v>
       </c>
-      <c r="DN50" s="14" t="n">
+      <c r="EC50" s="14" t="n">
         <v>7069.8</v>
       </c>
-      <c r="DO50" s="14" t="n">
+      <c r="ED50" s="14" t="n">
         <v>4789.8</v>
       </c>
-      <c r="DP50" s="14" t="n">
+      <c r="EE50" s="14" t="n">
         <v>4453.0</v>
       </c>
-      <c r="DQ50" s="14" t="n">
+      <c r="EF50" s="14" t="n">
         <v>621.2</v>
       </c>
-      <c r="DR50" s="14" t="n">
+      <c r="EG50" s="14" t="n">
+        <v>15464.2</v>
+      </c>
+      <c r="EH50" s="14" t="n">
         <v>5382.6</v>
       </c>
-      <c r="DS50" s="14" t="n">
+      <c r="EI50" s="14" t="n">
         <v>6009.8</v>
       </c>
-      <c r="DT50" s="14" t="n">
+      <c r="EJ50" s="14" t="n">
         <v>67869.4</v>
       </c>
-      <c r="DU50" s="14" t="n">
+      <c r="EK50" s="14" t="n">
         <v>72493.6</v>
       </c>
-      <c r="DV50" s="14" t="n">
+      <c r="EL50" s="14" t="n">
         <v>34168.8</v>
       </c>
-      <c r="DW50" s="14" t="n">
+      <c r="EM50" s="14" t="n">
         <v>32024.6</v>
       </c>
-      <c r="DX50" s="14" t="n">
+      <c r="EN50" s="14" t="n">
         <v>125023.1</v>
       </c>
-      <c r="DY50" s="14" t="n">
+      <c r="EO50" s="14" t="n">
         <v>123071.1</v>
       </c>
-      <c r="DZ50" s="14" t="n">
+      <c r="EP50" s="14" t="n">
+        <v>2528.3</v>
+      </c>
+      <c r="EQ50" s="14" t="n">
         <v>63.2</v>
       </c>
-      <c r="EA50" s="14" t="n">
+      <c r="ER50" s="14" t="n">
         <v>57.8</v>
       </c>
-      <c r="EB50" s="14" t="n">
+      <c r="ES50" s="14" t="n">
         <v>3905.5</v>
       </c>
-      <c r="EC50" s="14" t="n">
+      <c r="ET50" s="14" t="n">
         <v>4469.0</v>
       </c>
-      <c r="ED50" s="14" t="n">
+      <c r="EU50" s="14" t="n">
         <v>5467.6</v>
       </c>
-      <c r="EE50" s="14" t="n">
+      <c r="EV50" s="14" t="n">
         <v>5553.0</v>
       </c>
-      <c r="EF50" s="14" t="n">
+      <c r="EW50" s="14" t="n">
         <v>1771.9</v>
       </c>
-      <c r="EG50" s="14" t="n">
+      <c r="EX50" s="14" t="n">
         <v>1664.1</v>
       </c>
-      <c r="EH50" s="14" t="n">
+      <c r="EY50" s="14" t="n">
+        <v>60.6</v>
+      </c>
+      <c r="EZ50" s="14" t="n">
         <v>91.7</v>
       </c>
-      <c r="EI50" s="14" t="n">
+      <c r="FA50" s="14" t="n">
         <v>87.1</v>
       </c>
-      <c r="EJ50" s="14" t="n">
+      <c r="FB50" s="14" t="n">
         <v>79.9</v>
       </c>
-      <c r="EK50" s="14" t="n">
+      <c r="FC50" s="14" t="n">
         <v>83.6</v>
       </c>
-      <c r="EL50" s="14" t="n">
+      <c r="FD50" s="14" t="n">
         <v>34.0</v>
       </c>
-      <c r="EM50" s="14" t="n">
+      <c r="FE50" s="14" t="n">
         <v>34.4</v>
       </c>
-      <c r="EN50" s="14" t="n">
+      <c r="FF50" s="14" t="n">
         <v>849.0</v>
       </c>
-      <c r="EO50" s="14" t="n">
+      <c r="FG50" s="14" t="n">
         <v>841.9</v>
       </c>
-      <c r="EP50" s="14" t="n">
+      <c r="FH50" s="14" t="n">
+        <v>41.5</v>
+      </c>
+      <c r="FI50" s="14" t="n">
         <v>184.7</v>
       </c>
-      <c r="EQ50" s="14" t="n">
+      <c r="FJ50" s="14" t="n">
         <v>182.4</v>
       </c>
-      <c r="ER50" s="14" t="n">
+      <c r="FK50" s="14" t="n">
         <v>82.2</v>
       </c>
-      <c r="ES50" s="14" t="n">
+      <c r="FL50" s="14" t="n">
         <v>82.0</v>
       </c>
-      <c r="ET50" s="14" t="n">
+      <c r="FM50" s="14" t="n">
         <v>139.6</v>
       </c>
-      <c r="EU50" s="14" t="n">
+      <c r="FN50" s="14" t="n">
         <v>101.5</v>
       </c>
-      <c r="EV50" s="14" t="n">
+      <c r="FO50" s="14" t="n">
         <v>2416.2</v>
       </c>
-      <c r="EW50" s="14" t="n">
+      <c r="FP50" s="14" t="n">
         <v>2431.8</v>
       </c>
-      <c r="EX50" s="13" t="inlineStr">
-[...39 lines deleted...]
-      <c r="FF50" s="14" t="n">
+      <c r="FQ50" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FR50" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FS50" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FT50" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FU50" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FV50" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FW50" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FX50" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FY50" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FZ50" s="14" t="n">
+        <v>2469093.0</v>
+      </c>
+      <c r="GA50" s="14" t="n">
         <v>2607011.0</v>
       </c>
-      <c r="FG50" s="14" t="n">
+      <c r="GB50" s="14" t="n">
         <v>5652535.7</v>
       </c>
-      <c r="FH50" s="14" t="n">
+      <c r="GC50" s="14" t="n">
         <v>5054303.1</v>
       </c>
-      <c r="FI50" s="14" t="n">
+      <c r="GD50" s="14" t="n">
         <v>2.45301698E7</v>
       </c>
-      <c r="FJ50" s="14" t="n">
+      <c r="GE50" s="14" t="n">
         <v>2.6428281E7</v>
       </c>
-      <c r="FK50" s="14" t="n">
+      <c r="GF50" s="14" t="n">
         <v>2.49076267E7</v>
       </c>
-      <c r="FL50" s="14" t="n">
+      <c r="GG50" s="14" t="n">
         <v>2.30705428E7</v>
       </c>
-      <c r="FM50" s="14" t="n">
+      <c r="GH50" s="14" t="n">
         <v>2.06307746E7</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="6" t="inlineStr">
         <is>
           <t>12.2, 12.3, 12.5 Other mineral waste P</t>
         </is>
       </c>
       <c r="B51" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="C51" s="14" t="n">
-        <v>0.0</v>
+      <c r="C51" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="D51" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="E51" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="F51" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F51" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="G51" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="H51" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="I51" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="J51" s="14" t="n">
+      <c r="J51" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="K51" s="14" t="n">
+        <v>20.0</v>
+      </c>
+      <c r="L51" s="14" t="n">
         <v>18.7</v>
       </c>
-      <c r="K51" s="14" t="n">
+      <c r="M51" s="14" t="n">
         <v>171.1</v>
       </c>
-      <c r="L51" s="14" t="n">
+      <c r="N51" s="14" t="n">
         <v>142.4</v>
       </c>
-      <c r="M51" s="14" t="n">
+      <c r="O51" s="14" t="n">
         <v>308.9</v>
       </c>
-      <c r="N51" s="14" t="n">
+      <c r="P51" s="14" t="n">
         <v>337.8</v>
       </c>
-      <c r="O51" s="14" t="n">
+      <c r="Q51" s="14" t="n">
         <v>181.9</v>
       </c>
-      <c r="P51" s="14" t="n">
+      <c r="R51" s="14" t="n">
         <v>166.8</v>
       </c>
-      <c r="Q51" s="14" t="n">
+      <c r="S51" s="14" t="n">
         <v>69.0</v>
       </c>
-      <c r="R51" s="14" t="n">
+      <c r="T51" s="14" t="n">
+        <v>254.8</v>
+      </c>
+      <c r="U51" s="14" t="n">
         <v>265.5</v>
       </c>
-      <c r="S51" s="14" t="n">
+      <c r="V51" s="14" t="n">
         <v>139.3</v>
       </c>
-      <c r="T51" s="14" t="n">
+      <c r="W51" s="14" t="n">
         <v>135.1</v>
       </c>
-      <c r="U51" s="14" t="n">
+      <c r="X51" s="14" t="n">
         <v>111.2</v>
       </c>
-      <c r="V51" s="14" t="n">
+      <c r="Y51" s="14" t="n">
         <v>106.9</v>
       </c>
-      <c r="W51" s="14" t="n">
+      <c r="Z51" s="14" t="n">
         <v>326.5</v>
       </c>
-      <c r="X51" s="14" t="n">
+      <c r="AA51" s="14" t="n">
         <v>179.4</v>
       </c>
-      <c r="Y51" s="14" t="n">
+      <c r="AB51" s="14" t="n">
         <v>280.1</v>
       </c>
-      <c r="Z51" s="14" t="n">
+      <c r="AC51" s="14" t="n">
+        <v>82.4</v>
+      </c>
+      <c r="AD51" s="14" t="n">
         <v>95.9</v>
       </c>
-      <c r="AA51" s="14" t="n">
+      <c r="AE51" s="14" t="n">
         <v>54.4</v>
       </c>
-      <c r="AB51" s="14" t="n">
+      <c r="AF51" s="14" t="n">
         <v>50.9</v>
       </c>
-      <c r="AC51" s="14" t="n">
+      <c r="AG51" s="14" t="n">
         <v>7.1</v>
       </c>
-      <c r="AD51" s="14" t="n">
+      <c r="AH51" s="14" t="n">
         <v>7.2</v>
       </c>
-      <c r="AE51" s="14" t="n">
+      <c r="AI51" s="14" t="n">
         <v>0.7</v>
       </c>
-      <c r="AF51" s="14" t="n">
+      <c r="AJ51" s="14" t="n">
         <v>3.0</v>
       </c>
-      <c r="AG51" s="14" t="n">
+      <c r="AK51" s="14" t="n">
         <v>3.1</v>
       </c>
-      <c r="AH51" s="14" t="n">
+      <c r="AL51" s="14" t="n">
+        <v>6.4</v>
+      </c>
+      <c r="AM51" s="14" t="n">
         <v>7.1</v>
       </c>
-      <c r="AI51" s="14" t="n">
+      <c r="AN51" s="14" t="n">
         <v>7.7</v>
       </c>
-      <c r="AJ51" s="14" t="n">
+      <c r="AO51" s="14" t="n">
         <v>7.1</v>
       </c>
-      <c r="AK51" s="14" t="n">
+      <c r="AP51" s="14" t="n">
         <v>2.7</v>
       </c>
-      <c r="AL51" s="14" t="n">
+      <c r="AQ51" s="14" t="n">
         <v>2.6</v>
       </c>
-      <c r="AM51" s="14" t="n">
+      <c r="AR51" s="14" t="n">
         <v>3.0</v>
       </c>
-      <c r="AN51" s="14" t="n">
+      <c r="AS51" s="14" t="n">
         <v>4.3</v>
       </c>
-      <c r="AO51" s="14" t="n">
+      <c r="AT51" s="14" t="n">
         <v>4.2</v>
       </c>
-      <c r="AP51" s="14" t="n">
+      <c r="AU51" s="14" t="n">
+        <v>124.5</v>
+      </c>
+      <c r="AV51" s="14" t="n">
         <v>132.4</v>
       </c>
-      <c r="AQ51" s="14" t="n">
+      <c r="AW51" s="14" t="n">
         <v>105.5</v>
       </c>
-      <c r="AR51" s="14" t="n">
+      <c r="AX51" s="14" t="n">
         <v>103.4</v>
       </c>
-      <c r="AS51" s="14" t="n">
+      <c r="AY51" s="14" t="n">
         <v>98.2</v>
       </c>
-      <c r="AT51" s="14" t="n">
+      <c r="AZ51" s="14" t="n">
         <v>97.6</v>
       </c>
-      <c r="AU51" s="14" t="n">
+      <c r="BA51" s="14" t="n">
         <v>83.5</v>
       </c>
-      <c r="AV51" s="14" t="n">
+      <c r="BB51" s="14" t="n">
         <v>119.5</v>
       </c>
-      <c r="AW51" s="14" t="n">
+      <c r="BC51" s="14" t="n">
         <v>25.3</v>
       </c>
-      <c r="AX51" s="14" t="n">
+      <c r="BD51" s="14" t="n">
+        <v>1478.2</v>
+      </c>
+      <c r="BE51" s="14" t="n">
         <v>1571.6</v>
       </c>
-      <c r="AY51" s="14" t="n">
+      <c r="BF51" s="14" t="n">
         <v>3184.4</v>
       </c>
-      <c r="AZ51" s="14" t="n">
+      <c r="BG51" s="14" t="n">
         <v>2295.0</v>
       </c>
-      <c r="BA51" s="14" t="n">
+      <c r="BH51" s="14" t="n">
         <v>1573.0</v>
       </c>
-      <c r="BB51" s="14" t="n">
+      <c r="BI51" s="14" t="n">
         <v>2501.0</v>
       </c>
-      <c r="BC51" s="14" t="n">
+      <c r="BJ51" s="14" t="n">
         <v>1131.2</v>
       </c>
-      <c r="BD51" s="14" t="n">
+      <c r="BK51" s="14" t="n">
         <v>962.0</v>
       </c>
-      <c r="BE51" s="14" t="n">
+      <c r="BL51" s="14" t="n">
         <v>1508.6</v>
       </c>
-      <c r="BF51" s="14" t="n">
+      <c r="BM51" s="14" t="n">
+        <v>19059.6</v>
+      </c>
+      <c r="BN51" s="14" t="n">
         <v>19881.3</v>
       </c>
-      <c r="BG51" s="14" t="n">
+      <c r="BO51" s="14" t="n">
         <v>3182.4</v>
       </c>
-      <c r="BH51" s="14" t="n">
+      <c r="BP51" s="14" t="n">
         <v>3112.5</v>
       </c>
-      <c r="BI51" s="14" t="n">
+      <c r="BQ51" s="14" t="n">
         <v>4608.5</v>
       </c>
-      <c r="BJ51" s="14" t="n">
+      <c r="BR51" s="14" t="n">
         <v>4558.6</v>
       </c>
-      <c r="BK51" s="14" t="n">
+      <c r="BS51" s="14" t="n">
         <v>2922.7</v>
       </c>
-      <c r="BL51" s="14" t="n">
+      <c r="BT51" s="14" t="n">
         <v>2995.2</v>
       </c>
-      <c r="BM51" s="14" t="n">
+      <c r="BU51" s="14" t="n">
         <v>2773.5</v>
       </c>
-      <c r="BN51" s="14" t="n">
+      <c r="BV51" s="14" t="n">
+        <v>3459.2</v>
+      </c>
+      <c r="BW51" s="14" t="n">
         <v>3756.5</v>
       </c>
-      <c r="BO51" s="14" t="n">
+      <c r="BX51" s="14" t="n">
         <v>3188.0</v>
       </c>
-      <c r="BP51" s="14" t="n">
+      <c r="BY51" s="14" t="n">
         <v>2916.8</v>
       </c>
-      <c r="BQ51" s="14" t="n">
+      <c r="BZ51" s="14" t="n">
         <v>2623.6</v>
       </c>
-      <c r="BR51" s="14" t="n">
+      <c r="CA51" s="14" t="n">
         <v>2467.3</v>
       </c>
-      <c r="BS51" s="14" t="n">
+      <c r="CB51" s="14" t="n">
         <v>1207.5</v>
       </c>
-      <c r="BT51" s="14" t="n">
+      <c r="CC51" s="14" t="n">
         <v>1206.2</v>
       </c>
-      <c r="BU51" s="14" t="n">
+      <c r="CD51" s="14" t="n">
         <v>1786.3</v>
       </c>
-      <c r="BV51" s="14" t="n">
+      <c r="CE51" s="14" t="n">
+        <v>6420.6</v>
+      </c>
+      <c r="CF51" s="14" t="n">
         <v>6576.4</v>
       </c>
-      <c r="BW51" s="14" t="n">
+      <c r="CG51" s="14" t="n">
         <v>7501.1</v>
       </c>
-      <c r="BX51" s="14" t="n">
+      <c r="CH51" s="14" t="n">
         <v>7724.4</v>
       </c>
-      <c r="BY51" s="14" t="n">
+      <c r="CI51" s="14" t="n">
         <v>18416.5</v>
       </c>
-      <c r="BZ51" s="14" t="n">
+      <c r="CJ51" s="14" t="n">
         <v>19040.3</v>
       </c>
-      <c r="CA51" s="14" t="n">
+      <c r="CK51" s="14" t="n">
         <v>22261.9</v>
       </c>
-      <c r="CB51" s="14" t="n">
+      <c r="CL51" s="14" t="n">
         <v>17677.3</v>
       </c>
-      <c r="CC51" s="14" t="n">
+      <c r="CM51" s="14" t="n">
         <v>29506.8</v>
       </c>
-      <c r="CD51" s="14" t="n">
+      <c r="CN51" s="14" t="n">
+        <v>3900.5</v>
+      </c>
+      <c r="CO51" s="14" t="n">
         <v>4021.3</v>
       </c>
-      <c r="CE51" s="14" t="n">
+      <c r="CP51" s="14" t="n">
         <v>2089.1</v>
       </c>
-      <c r="CF51" s="14" t="n">
+      <c r="CQ51" s="14" t="n">
         <v>2128.2</v>
       </c>
-      <c r="CG51" s="14" t="n">
+      <c r="CR51" s="14" t="n">
         <v>1972.8</v>
       </c>
-      <c r="CH51" s="14" t="n">
+      <c r="CS51" s="14" t="n">
         <v>1921.1</v>
       </c>
-      <c r="CI51" s="14" t="n">
+      <c r="CT51" s="14" t="n">
         <v>1385.3</v>
       </c>
-      <c r="CJ51" s="14" t="n">
+      <c r="CU51" s="14" t="n">
         <v>1343.7</v>
       </c>
-      <c r="CK51" s="14" t="n">
+      <c r="CV51" s="14" t="n">
         <v>1342.7</v>
       </c>
-      <c r="CL51" s="14" t="n">
+      <c r="CW51" s="14" t="n">
+        <v>163.0</v>
+      </c>
+      <c r="CX51" s="14" t="n">
         <v>149.5</v>
       </c>
-      <c r="CM51" s="14" t="n">
+      <c r="CY51" s="14" t="n">
         <v>158.8</v>
       </c>
-      <c r="CN51" s="14" t="n">
+      <c r="CZ51" s="14" t="n">
         <v>162.0</v>
       </c>
-      <c r="CO51" s="14" t="n">
+      <c r="DA51" s="14" t="n">
         <v>176.2</v>
       </c>
-      <c r="CP51" s="14" t="n">
+      <c r="DB51" s="14" t="n">
         <v>165.0</v>
       </c>
-      <c r="CQ51" s="14" t="n">
+      <c r="DC51" s="14" t="n">
         <v>35.9</v>
       </c>
-      <c r="CR51" s="14" t="n">
+      <c r="DD51" s="14" t="n">
         <v>34.5</v>
       </c>
-      <c r="CS51" s="14" t="n">
+      <c r="DE51" s="14" t="n">
         <v>35.9</v>
       </c>
-      <c r="CT51" s="14" t="n">
+      <c r="DF51" s="14" t="n">
+        <v>4847.7</v>
+      </c>
+      <c r="DG51" s="14" t="n">
         <v>4973.1</v>
       </c>
-      <c r="CU51" s="14" t="n">
+      <c r="DH51" s="14" t="n">
         <v>227.7</v>
       </c>
-      <c r="CV51" s="14" t="n">
+      <c r="DI51" s="14" t="n">
         <v>226.8</v>
       </c>
-      <c r="CW51" s="14" t="n">
+      <c r="DJ51" s="14" t="n">
         <v>257.9</v>
       </c>
-      <c r="CX51" s="14" t="n">
+      <c r="DK51" s="14" t="n">
         <v>251.0</v>
       </c>
-      <c r="CY51" s="14" t="n">
+      <c r="DL51" s="14" t="n">
         <v>857.2</v>
       </c>
-      <c r="CZ51" s="14" t="n">
+      <c r="DM51" s="14" t="n">
         <v>858.3</v>
       </c>
-      <c r="DA51" s="14" t="n">
+      <c r="DN51" s="14" t="n">
         <v>4228.8</v>
       </c>
-      <c r="DB51" s="14" t="n">
+      <c r="DO51" s="14" t="n">
+        <v>1783.2</v>
+      </c>
+      <c r="DP51" s="14" t="n">
         <v>2084.0</v>
       </c>
-      <c r="DC51" s="14" t="n">
+      <c r="DQ51" s="14" t="n">
         <v>2361.7</v>
       </c>
-      <c r="DD51" s="14" t="n">
+      <c r="DR51" s="14" t="n">
         <v>1609.4</v>
       </c>
-      <c r="DE51" s="14" t="n">
+      <c r="DS51" s="14" t="n">
         <v>5992.0</v>
       </c>
-      <c r="DF51" s="14" t="n">
+      <c r="DT51" s="14" t="n">
         <v>32006.4</v>
       </c>
-      <c r="DG51" s="14" t="n">
+      <c r="DU51" s="14" t="n">
         <v>32805.7</v>
       </c>
-      <c r="DH51" s="14" t="n">
+      <c r="DV51" s="14" t="n">
         <v>28737.7</v>
       </c>
-      <c r="DI51" s="14" t="n">
+      <c r="DW51" s="14" t="n">
         <v>6023.8</v>
       </c>
-      <c r="DJ51" s="14" t="n">
+      <c r="DX51" s="14" t="n">
+        <v>8662.3</v>
+      </c>
+      <c r="DY51" s="14" t="n">
         <v>4015.5</v>
       </c>
-      <c r="DK51" s="14" t="n">
+      <c r="DZ51" s="14" t="n">
         <v>5625.1</v>
       </c>
-      <c r="DL51" s="14" t="n">
+      <c r="EA51" s="14" t="n">
         <v>7195.3</v>
       </c>
-      <c r="DM51" s="14" t="n">
+      <c r="EB51" s="14" t="n">
         <v>7095.8</v>
       </c>
-      <c r="DN51" s="14" t="n">
+      <c r="EC51" s="14" t="n">
         <v>7880.4</v>
       </c>
-      <c r="DO51" s="14" t="n">
+      <c r="ED51" s="14" t="n">
         <v>6019.9</v>
       </c>
-      <c r="DP51" s="14" t="n">
+      <c r="EE51" s="14" t="n">
         <v>6187.0</v>
       </c>
-      <c r="DQ51" s="14" t="n">
+      <c r="EF51" s="14" t="n">
         <v>2386.5</v>
       </c>
-      <c r="DR51" s="14" t="n">
+      <c r="EG51" s="14" t="n">
+        <v>17852.1</v>
+      </c>
+      <c r="EH51" s="14" t="n">
         <v>41108.9</v>
       </c>
-      <c r="DS51" s="14" t="n">
+      <c r="EI51" s="14" t="n">
         <v>40797.9</v>
       </c>
-      <c r="DT51" s="14" t="n">
+      <c r="EJ51" s="14" t="n">
         <v>56620.5</v>
       </c>
-      <c r="DU51" s="14" t="n">
+      <c r="EK51" s="14" t="n">
         <v>60255.3</v>
       </c>
-      <c r="DV51" s="14" t="n">
+      <c r="EL51" s="14" t="n">
         <v>26757.2</v>
       </c>
-      <c r="DW51" s="14" t="n">
+      <c r="EM51" s="14" t="n">
         <v>24259.5</v>
       </c>
-      <c r="DX51" s="14" t="n">
+      <c r="EN51" s="14" t="n">
         <v>24710.2</v>
       </c>
-      <c r="DY51" s="14" t="n">
+      <c r="EO51" s="14" t="n">
         <v>24639.7</v>
       </c>
-      <c r="DZ51" s="14" t="n">
+      <c r="EP51" s="14" t="n">
+        <v>455.1</v>
+      </c>
+      <c r="EQ51" s="14" t="n">
         <v>589.7</v>
       </c>
-      <c r="EA51" s="14" t="n">
+      <c r="ER51" s="14" t="n">
         <v>519.2</v>
       </c>
-      <c r="EB51" s="14" t="n">
+      <c r="ES51" s="14" t="n">
         <v>461.2</v>
       </c>
-      <c r="EC51" s="14" t="n">
+      <c r="ET51" s="14" t="n">
         <v>541.1</v>
       </c>
-      <c r="ED51" s="14" t="n">
+      <c r="EU51" s="14" t="n">
         <v>257.5</v>
       </c>
-      <c r="EE51" s="14" t="n">
+      <c r="EV51" s="14" t="n">
         <v>253.9</v>
       </c>
-      <c r="EF51" s="14" t="n">
+      <c r="EW51" s="14" t="n">
         <v>1105.8</v>
       </c>
-      <c r="EG51" s="14" t="n">
+      <c r="EX51" s="14" t="n">
         <v>1045.6</v>
       </c>
-      <c r="EH51" s="14" t="n">
+      <c r="EY51" s="14" t="n">
+        <v>24.0</v>
+      </c>
+      <c r="EZ51" s="14" t="n">
         <v>27.7</v>
       </c>
-      <c r="EI51" s="14" t="n">
+      <c r="FA51" s="14" t="n">
         <v>26.5</v>
       </c>
-      <c r="EJ51" s="14" t="n">
+      <c r="FB51" s="14" t="n">
         <v>54.6</v>
       </c>
-      <c r="EK51" s="14" t="n">
+      <c r="FC51" s="14" t="n">
         <v>56.6</v>
       </c>
-      <c r="EL51" s="14" t="n">
+      <c r="FD51" s="14" t="n">
         <v>12.3</v>
       </c>
-      <c r="EM51" s="14" t="n">
+      <c r="FE51" s="14" t="n">
         <v>11.9</v>
       </c>
-      <c r="EN51" s="14" t="n">
+      <c r="FF51" s="14" t="n">
         <v>9.3</v>
       </c>
-      <c r="EO51" s="14" t="n">
+      <c r="FG51" s="14" t="n">
         <v>9.1</v>
       </c>
-      <c r="EP51" s="14" t="n">
+      <c r="FH51" s="14" t="n">
+        <v>81.5</v>
+      </c>
+      <c r="FI51" s="14" t="n">
         <v>106.3</v>
       </c>
-      <c r="EQ51" s="14" t="n">
+      <c r="FJ51" s="14" t="n">
         <v>49.7</v>
       </c>
-      <c r="ER51" s="14" t="n">
+      <c r="FK51" s="14" t="n">
         <v>286.4</v>
       </c>
-      <c r="ES51" s="14" t="n">
+      <c r="FL51" s="14" t="n">
         <v>2.9</v>
       </c>
-      <c r="ET51" s="14" t="n">
+      <c r="FM51" s="14" t="n">
         <v>136.2</v>
       </c>
-      <c r="EU51" s="14" t="n">
+      <c r="FN51" s="14" t="n">
         <v>49.3</v>
       </c>
-      <c r="EV51" s="14" t="n">
+      <c r="FO51" s="14" t="n">
         <v>302.9</v>
       </c>
-      <c r="EW51" s="14" t="n">
+      <c r="FP51" s="14" t="n">
         <v>304.8</v>
       </c>
-      <c r="EX51" s="13" t="inlineStr">
-[...29 lines deleted...]
-      <c r="FD51" s="14" t="n">
+      <c r="FQ51" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FR51" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FS51" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FT51" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FU51" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FV51" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FW51" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FX51" s="14" t="n">
         <v>61.5</v>
       </c>
-      <c r="FE51" s="14" t="n">
+      <c r="FY51" s="14" t="n">
         <v>724.6</v>
       </c>
-      <c r="FF51" s="14" t="n">
+      <c r="FZ51" s="14" t="n">
+        <v>68675.1</v>
+      </c>
+      <c r="GA51" s="14" t="n">
         <v>89381.4</v>
       </c>
-      <c r="FG51" s="14" t="n">
+      <c r="GB51" s="14" t="n">
         <v>69389.6</v>
       </c>
-      <c r="FH51" s="14" t="n">
+      <c r="GC51" s="14" t="n">
         <v>85232.0</v>
       </c>
-      <c r="FI51" s="14" t="n">
+      <c r="GD51" s="14" t="n">
         <v>104100.3</v>
       </c>
-      <c r="FJ51" s="14" t="n">
+      <c r="GE51" s="14" t="n">
         <v>98506.4</v>
       </c>
-      <c r="FK51" s="14" t="n">
+      <c r="GF51" s="14" t="n">
         <v>93797.5</v>
       </c>
-      <c r="FL51" s="14" t="n">
+      <c r="GG51" s="14" t="n">
         <v>86664.6</v>
       </c>
-      <c r="FM51" s="14" t="n">
+      <c r="GH51" s="14" t="n">
         <v>76698.4</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="6" t="inlineStr">
         <is>
           <t>12.4 Combustion residues NP</t>
         </is>
       </c>
       <c r="B52" s="14" t="n">
+        <v>1995.6</v>
+      </c>
+      <c r="C52" s="14" t="n">
         <v>2026.1</v>
       </c>
-      <c r="C52" s="14" t="n">
+      <c r="D52" s="14" t="n">
         <v>2575.5</v>
       </c>
-      <c r="D52" s="14" t="n">
+      <c r="E52" s="14" t="n">
         <v>2607.5</v>
       </c>
-      <c r="E52" s="14" t="n">
+      <c r="F52" s="14" t="n">
         <v>2323.9</v>
       </c>
-      <c r="F52" s="14" t="n">
+      <c r="G52" s="14" t="n">
         <v>2718.7</v>
       </c>
-      <c r="G52" s="14" t="n">
+      <c r="H52" s="14" t="n">
         <v>2211.7</v>
       </c>
-      <c r="H52" s="14" t="n">
+      <c r="I52" s="14" t="n">
         <v>2460.6</v>
       </c>
-      <c r="I52" s="14" t="n">
+      <c r="J52" s="14" t="n">
         <v>2319.1</v>
       </c>
-      <c r="J52" s="14" t="n">
+      <c r="K52" s="14" t="n">
+        <v>5593.1</v>
+      </c>
+      <c r="L52" s="14" t="n">
         <v>5232.0</v>
       </c>
-      <c r="K52" s="14" t="n">
+      <c r="M52" s="14" t="n">
         <v>9168.7</v>
       </c>
-      <c r="L52" s="14" t="n">
+      <c r="N52" s="14" t="n">
         <v>7628.7</v>
       </c>
-      <c r="M52" s="14" t="n">
+      <c r="O52" s="14" t="n">
         <v>2904.0</v>
       </c>
-      <c r="N52" s="14" t="n">
+      <c r="P52" s="14" t="n">
         <v>3176.1</v>
       </c>
-      <c r="O52" s="13" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="Q52" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="R52" s="14" t="n">
+      <c r="R52" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="S52" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="T52" s="14" t="n">
+        <v>3780.3</v>
+      </c>
+      <c r="U52" s="14" t="n">
         <v>3938.8</v>
       </c>
-      <c r="S52" s="14" t="n">
+      <c r="V52" s="14" t="n">
         <v>2076.6</v>
       </c>
-      <c r="T52" s="14" t="n">
+      <c r="W52" s="14" t="n">
         <v>2013.9</v>
       </c>
-      <c r="U52" s="14" t="n">
+      <c r="X52" s="14" t="n">
         <v>1672.0</v>
       </c>
-      <c r="V52" s="14" t="n">
+      <c r="Y52" s="14" t="n">
         <v>1608.7</v>
       </c>
-      <c r="W52" s="14" t="n">
+      <c r="Z52" s="14" t="n">
         <v>2892.4</v>
       </c>
-      <c r="X52" s="14" t="n">
+      <c r="AA52" s="14" t="n">
         <v>1336.1</v>
       </c>
-      <c r="Y52" s="14" t="n">
+      <c r="AB52" s="14" t="n">
         <v>1195.9</v>
       </c>
-      <c r="Z52" s="14" t="n">
+      <c r="AC52" s="14" t="n">
+        <v>31.7</v>
+      </c>
+      <c r="AD52" s="14" t="n">
         <v>36.9</v>
       </c>
-      <c r="AA52" s="14" t="n">
+      <c r="AE52" s="14" t="n">
         <v>46.5</v>
       </c>
-      <c r="AB52" s="14" t="n">
+      <c r="AF52" s="14" t="n">
         <v>43.5</v>
       </c>
-      <c r="AC52" s="14" t="n">
+      <c r="AG52" s="14" t="n">
         <v>92.9</v>
       </c>
-      <c r="AD52" s="14" t="n">
+      <c r="AH52" s="14" t="n">
         <v>93.6</v>
       </c>
-      <c r="AE52" s="14" t="n">
+      <c r="AI52" s="14" t="n">
         <v>76.3</v>
       </c>
-      <c r="AF52" s="14" t="n">
+      <c r="AJ52" s="14" t="n">
         <v>81.2</v>
       </c>
-      <c r="AG52" s="13" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AH52" s="14" t="n">
+      <c r="AK52" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AL52" s="14" t="n">
+        <v>45622.7</v>
+      </c>
+      <c r="AM52" s="14" t="n">
         <v>50918.2</v>
       </c>
-      <c r="AI52" s="14" t="n">
+      <c r="AN52" s="14" t="n">
         <v>40168.8</v>
       </c>
-      <c r="AJ52" s="14" t="n">
+      <c r="AO52" s="14" t="n">
         <v>37147.0</v>
       </c>
-      <c r="AK52" s="14" t="n">
+      <c r="AP52" s="14" t="n">
         <v>38895.3</v>
       </c>
-      <c r="AL52" s="14" t="n">
+      <c r="AQ52" s="14" t="n">
         <v>37956.7</v>
       </c>
-      <c r="AM52" s="14" t="n">
+      <c r="AR52" s="14" t="n">
         <v>44637.4</v>
       </c>
-      <c r="AN52" s="14" t="n">
+      <c r="AS52" s="14" t="n">
         <v>42438.6</v>
       </c>
-      <c r="AO52" s="14" t="n">
+      <c r="AT52" s="14" t="n">
         <v>25618.7</v>
       </c>
-      <c r="AP52" s="14" t="n">
+      <c r="AU52" s="14" t="n">
+        <v>41715.3</v>
+      </c>
+      <c r="AV52" s="14" t="n">
         <v>44350.5</v>
       </c>
-      <c r="AQ52" s="14" t="n">
+      <c r="AW52" s="14" t="n">
         <v>40655.2</v>
       </c>
-      <c r="AR52" s="14" t="n">
+      <c r="AX52" s="14" t="n">
         <v>39851.8</v>
       </c>
-      <c r="AS52" s="14" t="n">
+      <c r="AY52" s="14" t="n">
         <v>33283.7</v>
       </c>
-      <c r="AT52" s="14" t="n">
+      <c r="AZ52" s="14" t="n">
         <v>33099.7</v>
       </c>
-      <c r="AU52" s="14" t="n">
+      <c r="BA52" s="14" t="n">
         <v>41107.7</v>
       </c>
-      <c r="AV52" s="14" t="n">
+      <c r="BB52" s="14" t="n">
         <v>38481.7</v>
       </c>
-      <c r="AW52" s="14" t="n">
+      <c r="BC52" s="14" t="n">
         <v>70309.9</v>
       </c>
-      <c r="AX52" s="13" t="inlineStr">
-[...24 lines deleted...]
-      <c r="BC52" s="14" t="n">
+      <c r="BD52" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BE52" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BF52" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BG52" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BH52" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BI52" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BJ52" s="14" t="n">
         <v>1.3</v>
       </c>
-      <c r="BD52" s="13" t="inlineStr">
-[...4 lines deleted...]
-      <c r="BE52" s="14" t="n">
+      <c r="BK52" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BL52" s="14" t="n">
         <v>16.2</v>
       </c>
-      <c r="BF52" s="14" t="n">
+      <c r="BM52" s="14" t="n">
+        <v>31050.7</v>
+      </c>
+      <c r="BN52" s="14" t="n">
         <v>32389.5</v>
       </c>
-      <c r="BG52" s="14" t="n">
+      <c r="BO52" s="14" t="n">
         <v>27568.9</v>
       </c>
-      <c r="BH52" s="14" t="n">
+      <c r="BP52" s="14" t="n">
         <v>26963.2</v>
       </c>
-      <c r="BI52" s="14" t="n">
+      <c r="BQ52" s="14" t="n">
         <v>27989.2</v>
       </c>
-      <c r="BJ52" s="14" t="n">
+      <c r="BR52" s="14" t="n">
         <v>27686.1</v>
       </c>
-      <c r="BK52" s="14" t="n">
+      <c r="BS52" s="14" t="n">
         <v>29176.0</v>
       </c>
-      <c r="BL52" s="14" t="n">
+      <c r="BT52" s="14" t="n">
         <v>29390.3</v>
       </c>
-      <c r="BM52" s="14" t="n">
+      <c r="BU52" s="14" t="n">
         <v>33904.5</v>
       </c>
-      <c r="BN52" s="14" t="n">
+      <c r="BV52" s="14" t="n">
+        <v>72032.0</v>
+      </c>
+      <c r="BW52" s="14" t="n">
         <v>78222.8</v>
       </c>
-      <c r="BO52" s="14" t="n">
+      <c r="BX52" s="14" t="n">
         <v>51960.3</v>
       </c>
-      <c r="BP52" s="14" t="n">
+      <c r="BY52" s="14" t="n">
         <v>47539.2</v>
       </c>
-      <c r="BQ52" s="14" t="n">
+      <c r="BZ52" s="14" t="n">
         <v>49745.2</v>
       </c>
-      <c r="BR52" s="14" t="n">
+      <c r="CA52" s="14" t="n">
         <v>46781.4</v>
       </c>
-      <c r="BS52" s="14" t="n">
+      <c r="CB52" s="14" t="n">
         <v>44937.5</v>
       </c>
-      <c r="BT52" s="14" t="n">
+      <c r="CC52" s="14" t="n">
         <v>44891.3</v>
       </c>
-      <c r="BU52" s="14" t="n">
+      <c r="CD52" s="14" t="n">
         <v>12447.5</v>
       </c>
-      <c r="BV52" s="14" t="n">
+      <c r="CE52" s="14" t="n">
+        <v>1845566.0</v>
+      </c>
+      <c r="CF52" s="14" t="n">
         <v>1890369.2</v>
       </c>
-      <c r="BW52" s="14" t="n">
+      <c r="CG52" s="14" t="n">
         <v>1548921.4</v>
       </c>
-      <c r="BX52" s="14" t="n">
+      <c r="CH52" s="14" t="n">
         <v>1595036.5</v>
       </c>
-      <c r="BY52" s="14" t="n">
+      <c r="CI52" s="14" t="n">
         <v>2117289.6</v>
       </c>
-      <c r="BZ52" s="14" t="n">
+      <c r="CJ52" s="14" t="n">
         <v>2189013.8</v>
       </c>
-      <c r="CA52" s="14" t="n">
+      <c r="CK52" s="14" t="n">
         <v>2275015.7</v>
       </c>
-      <c r="CB52" s="14" t="n">
+      <c r="CL52" s="14" t="n">
         <v>2212031.1</v>
       </c>
-      <c r="CC52" s="14" t="n">
+      <c r="CM52" s="14" t="n">
         <v>2303363.3</v>
       </c>
-      <c r="CD52" s="14" t="n">
+      <c r="CN52" s="14" t="n">
+        <v>10769.4</v>
+      </c>
+      <c r="CO52" s="14" t="n">
         <v>11103.0</v>
       </c>
-      <c r="CE52" s="14" t="n">
+      <c r="CP52" s="14" t="n">
         <v>11619.5</v>
       </c>
-      <c r="CF52" s="14" t="n">
+      <c r="CQ52" s="14" t="n">
         <v>11837.1</v>
       </c>
-      <c r="CG52" s="14" t="n">
+      <c r="CR52" s="14" t="n">
         <v>15416.0</v>
       </c>
-      <c r="CH52" s="14" t="n">
+      <c r="CS52" s="14" t="n">
         <v>15012.2</v>
       </c>
-      <c r="CI52" s="14" t="n">
+      <c r="CT52" s="14" t="n">
         <v>16733.5</v>
       </c>
-      <c r="CJ52" s="14" t="n">
+      <c r="CU52" s="14" t="n">
         <v>15482.4</v>
       </c>
-      <c r="CK52" s="14" t="n">
+      <c r="CV52" s="14" t="n">
         <v>28495.3</v>
       </c>
-      <c r="CL52" s="14" t="n">
+      <c r="CW52" s="14" t="n">
+        <v>124.9</v>
+      </c>
+      <c r="CX52" s="14" t="n">
         <v>114.6</v>
       </c>
-      <c r="CM52" s="14" t="n">
+      <c r="CY52" s="14" t="n">
         <v>24.0</v>
       </c>
-      <c r="CN52" s="14" t="n">
+      <c r="CZ52" s="14" t="n">
         <v>24.4</v>
       </c>
-      <c r="CO52" s="14" t="n">
+      <c r="DA52" s="14" t="n">
         <v>34.5</v>
       </c>
-      <c r="CP52" s="14" t="n">
+      <c r="DB52" s="14" t="n">
         <v>32.3</v>
       </c>
-      <c r="CQ52" s="14" t="n">
+      <c r="DC52" s="14" t="n">
         <v>14.7</v>
       </c>
-      <c r="CR52" s="14" t="n">
+      <c r="DD52" s="14" t="n">
         <v>5.0</v>
       </c>
-      <c r="CS52" s="14" t="n">
+      <c r="DE52" s="14" t="n">
         <v>0.8</v>
       </c>
-      <c r="CT52" s="14" t="n">
+      <c r="DF52" s="14" t="n">
+        <v>421956.5</v>
+      </c>
+      <c r="DG52" s="14" t="n">
         <v>432876.3</v>
       </c>
-      <c r="CU52" s="14" t="n">
+      <c r="DH52" s="14" t="n">
         <v>651534.1</v>
       </c>
-      <c r="CV52" s="14" t="n">
+      <c r="DI52" s="14" t="n">
         <v>648938.4</v>
       </c>
-      <c r="CW52" s="14" t="n">
+      <c r="DJ52" s="14" t="n">
         <v>3086880.9</v>
       </c>
-      <c r="CX52" s="14" t="n">
+      <c r="DK52" s="14" t="n">
         <v>3004478.7</v>
       </c>
-      <c r="CY52" s="14" t="n">
+      <c r="DL52" s="14" t="n">
         <v>3345639.2</v>
       </c>
-      <c r="CZ52" s="14" t="n">
+      <c r="DM52" s="14" t="n">
         <v>3349644.8</v>
       </c>
-      <c r="DA52" s="14" t="n">
+      <c r="DN52" s="14" t="n">
         <v>4527439.2</v>
       </c>
-      <c r="DB52" s="14" t="n">
+      <c r="DO52" s="14" t="n">
+        <v>3838.7</v>
+      </c>
+      <c r="DP52" s="14" t="n">
         <v>3821.0</v>
       </c>
-      <c r="DC52" s="14" t="n">
+      <c r="DQ52" s="14" t="n">
         <v>3914.5</v>
       </c>
-      <c r="DD52" s="14" t="n">
+      <c r="DR52" s="14" t="n">
         <v>3897.0</v>
       </c>
-      <c r="DE52" s="13" t="inlineStr">
-[...4 lines deleted...]
-      <c r="DF52" s="14" t="n">
+      <c r="DS52" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DT52" s="14" t="n">
         <v>0.2</v>
       </c>
-      <c r="DG52" s="13" t="inlineStr">
-[...14 lines deleted...]
-      <c r="DJ52" s="14" t="n">
+      <c r="DU52" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DV52" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DW52" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DX52" s="14" t="n">
+        <v>29051.7</v>
+      </c>
+      <c r="DY52" s="14" t="n">
         <v>34469.1</v>
       </c>
-      <c r="DK52" s="14" t="n">
+      <c r="DZ52" s="14" t="n">
         <v>36927.8</v>
       </c>
-      <c r="DL52" s="14" t="n">
+      <c r="EA52" s="14" t="n">
         <v>35106.8</v>
       </c>
-      <c r="DM52" s="14" t="n">
+      <c r="EB52" s="14" t="n">
         <v>139999.4</v>
       </c>
-      <c r="DN52" s="14" t="n">
+      <c r="EC52" s="14" t="n">
         <v>114652.4</v>
       </c>
-      <c r="DO52" s="14" t="n">
+      <c r="ED52" s="14" t="n">
         <v>107551.3</v>
       </c>
-      <c r="DP52" s="14" t="n">
+      <c r="EE52" s="14" t="n">
         <v>106540.0</v>
       </c>
-      <c r="DQ52" s="14" t="n">
+      <c r="EF52" s="14" t="n">
         <v>104203.8</v>
       </c>
-      <c r="DR52" s="14" t="n">
+      <c r="EG52" s="14" t="n">
+        <v>36.7</v>
+      </c>
+      <c r="EH52" s="14" t="n">
         <v>51.5</v>
       </c>
-      <c r="DS52" s="14" t="n">
+      <c r="EI52" s="14" t="n">
         <v>51.3</v>
       </c>
-      <c r="DT52" s="14" t="n">
+      <c r="EJ52" s="14" t="n">
         <v>133.1</v>
       </c>
-      <c r="DU52" s="14" t="n">
+      <c r="EK52" s="14" t="n">
         <v>140.3</v>
       </c>
-      <c r="DV52" s="14" t="n">
+      <c r="EL52" s="14" t="n">
         <v>21.5</v>
       </c>
-      <c r="DW52" s="14" t="n">
+      <c r="EM52" s="14" t="n">
         <v>20.4</v>
       </c>
-      <c r="DX52" s="13" t="inlineStr">
-[...9 lines deleted...]
-      <c r="DZ52" s="14" t="n">
+      <c r="EN52" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EO52" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EP52" s="14" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="EQ52" s="14" t="n">
         <v>1.6</v>
       </c>
-      <c r="EA52" s="14" t="n">
+      <c r="ER52" s="14" t="n">
         <v>1.5</v>
       </c>
-      <c r="EB52" s="14" t="n">
+      <c r="ES52" s="14" t="n">
         <v>1.7</v>
       </c>
-      <c r="EC52" s="14" t="n">
+      <c r="ET52" s="14" t="n">
         <v>2.9</v>
       </c>
-      <c r="ED52" s="14" t="n">
+      <c r="EU52" s="14" t="n">
         <v>2.9</v>
       </c>
-      <c r="EE52" s="14" t="n">
+      <c r="EV52" s="14" t="n">
         <v>2.8</v>
       </c>
-      <c r="EF52" s="14" t="n">
+      <c r="EW52" s="14" t="n">
         <v>44.2</v>
       </c>
-      <c r="EG52" s="14" t="n">
+      <c r="EX52" s="14" t="n">
         <v>43.2</v>
       </c>
-      <c r="EH52" s="13" t="inlineStr">
-[...9 lines deleted...]
-      <c r="EJ52" s="14" t="n">
+      <c r="EY52" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EZ52" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FA52" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FB52" s="14" t="n">
         <v>738.8</v>
       </c>
-      <c r="EK52" s="14" t="n">
+      <c r="FC52" s="14" t="n">
         <v>765.9</v>
       </c>
-      <c r="EL52" s="14" t="n">
+      <c r="FD52" s="14" t="n">
         <v>1631.4</v>
       </c>
-      <c r="EM52" s="14" t="n">
+      <c r="FE52" s="14" t="n">
         <v>1553.3</v>
       </c>
-      <c r="EN52" s="14" t="n">
+      <c r="FF52" s="14" t="n">
         <v>21588.9</v>
       </c>
-      <c r="EO52" s="14" t="n">
+      <c r="FG52" s="14" t="n">
         <v>21040.0</v>
       </c>
-      <c r="EP52" s="14" t="n">
+      <c r="FH52" s="14" t="n">
+        <v>20.4</v>
+      </c>
+      <c r="FI52" s="14" t="n">
         <v>9.4</v>
       </c>
-      <c r="EQ52" s="14" t="n">
+      <c r="FJ52" s="14" t="n">
         <v>8.3</v>
       </c>
-      <c r="ER52" s="14" t="n">
+      <c r="FK52" s="14" t="n">
         <v>5.0</v>
       </c>
-      <c r="ES52" s="14" t="n">
+      <c r="FL52" s="14" t="n">
         <v>5.1</v>
       </c>
-      <c r="ET52" s="14" t="n">
+      <c r="FM52" s="14" t="n">
         <v>2.0</v>
       </c>
-      <c r="EU52" s="14" t="n">
+      <c r="FN52" s="14" t="n">
         <v>1.7</v>
       </c>
-      <c r="EV52" s="14" t="n">
+      <c r="FO52" s="14" t="n">
         <v>6.6</v>
       </c>
-      <c r="EW52" s="14" t="n">
+      <c r="FP52" s="14" t="n">
         <v>6.3</v>
       </c>
-      <c r="EX52" s="13" t="inlineStr">
-[...39 lines deleted...]
-      <c r="FF52" s="14" t="n">
+      <c r="FQ52" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FR52" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FS52" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FT52" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FU52" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FV52" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FW52" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FX52" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FY52" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FZ52" s="14" t="n">
+        <v>2513189.2</v>
+      </c>
+      <c r="GA52" s="14" t="n">
         <v>2589930.5</v>
       </c>
-      <c r="FG52" s="14" t="n">
+      <c r="GB52" s="14" t="n">
         <v>2427222.9</v>
       </c>
-      <c r="FH52" s="14" t="n">
+      <c r="GC52" s="14" t="n">
         <v>2459513.6</v>
       </c>
-      <c r="FI52" s="14" t="n">
+      <c r="GD52" s="14" t="n">
         <v>5517440.8</v>
       </c>
-      <c r="FJ52" s="14" t="n">
+      <c r="GE52" s="14" t="n">
         <v>5477968.4</v>
       </c>
-      <c r="FK52" s="14" t="n">
+      <c r="GF52" s="14" t="n">
         <v>5911572.9</v>
       </c>
-      <c r="FL52" s="14" t="n">
+      <c r="GG52" s="14" t="n">
         <v>5864422.8</v>
       </c>
-      <c r="FM52" s="14" t="n">
+      <c r="GH52" s="14" t="n">
         <v>7130403.7</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="6" t="inlineStr">
         <is>
           <t>12.4 Combustion residues P</t>
         </is>
       </c>
       <c r="B53" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C53" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D53" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E53" s="13" t="inlineStr">
@@ -25986,1807 +29141,2016 @@
       <c r="H53" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="I53" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="J53" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="K53" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="L53" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="M53" s="14" t="n">
+      <c r="M53" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="N53" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="O53" s="14" t="n">
         <v>0.6</v>
       </c>
-      <c r="N53" s="14" t="n">
+      <c r="P53" s="14" t="n">
         <v>0.7</v>
       </c>
-      <c r="O53" s="14" t="n">
+      <c r="Q53" s="14" t="n">
         <v>2.1</v>
       </c>
-      <c r="P53" s="14" t="n">
+      <c r="R53" s="14" t="n">
         <v>1.9</v>
       </c>
-      <c r="Q53" s="13" t="inlineStr">
-[...4 lines deleted...]
-      <c r="R53" s="14" t="n">
+      <c r="S53" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="T53" s="14" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="U53" s="14" t="n">
         <v>0.3</v>
       </c>
-      <c r="S53" s="14" t="n">
+      <c r="V53" s="14" t="n">
         <v>18.0</v>
       </c>
-      <c r="T53" s="14" t="n">
+      <c r="W53" s="14" t="n">
         <v>17.5</v>
       </c>
-      <c r="U53" s="14" t="n">
+      <c r="X53" s="14" t="n">
         <v>11.2</v>
       </c>
-      <c r="V53" s="14" t="n">
+      <c r="Y53" s="14" t="n">
         <v>10.8</v>
       </c>
-      <c r="W53" s="14" t="n">
+      <c r="Z53" s="14" t="n">
         <v>1.3</v>
       </c>
-      <c r="X53" s="14" t="n">
+      <c r="AA53" s="14" t="n">
         <v>2.7</v>
       </c>
-      <c r="Y53" s="14" t="n">
+      <c r="AB53" s="14" t="n">
         <v>4.7</v>
       </c>
-      <c r="Z53" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="AC53" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AD53" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AE53" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AF53" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AG53" s="14" t="n">
+      <c r="AG53" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AH53" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AI53" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AJ53" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AK53" s="14" t="n">
         <v>0.9</v>
       </c>
-      <c r="AH53" s="13" t="inlineStr">
-[...18 lines deleted...]
-      </c>
       <c r="AL53" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AM53" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AN53" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AO53" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AP53" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AQ53" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AR53" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AS53" s="14" t="n">
+      <c r="AS53" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AT53" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AU53" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AV53" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AW53" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AX53" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AY53" s="14" t="n">
         <v>0.1</v>
       </c>
-      <c r="AT53" s="14" t="n">
+      <c r="AZ53" s="14" t="n">
         <v>0.1</v>
       </c>
-      <c r="AU53" s="14" t="n">
+      <c r="BA53" s="14" t="n">
         <v>0.4</v>
       </c>
-      <c r="AV53" s="14" t="n">
+      <c r="BB53" s="14" t="n">
         <v>0.6</v>
       </c>
-      <c r="AW53" s="14" t="n">
+      <c r="BC53" s="14" t="n">
         <v>0.1</v>
       </c>
-      <c r="AX53" s="14" t="n">
+      <c r="BD53" s="14" t="n">
+        <v>1014.2</v>
+      </c>
+      <c r="BE53" s="14" t="n">
         <v>1078.3</v>
       </c>
-      <c r="AY53" s="14" t="n">
+      <c r="BF53" s="14" t="n">
         <v>39.8</v>
       </c>
-      <c r="AZ53" s="14" t="n">
+      <c r="BG53" s="14" t="n">
         <v>32.1</v>
       </c>
-      <c r="BA53" s="14" t="n">
+      <c r="BH53" s="14" t="n">
         <v>0.1</v>
       </c>
-      <c r="BB53" s="14" t="n">
+      <c r="BI53" s="14" t="n">
         <v>0.8</v>
       </c>
-      <c r="BC53" s="14" t="n">
+      <c r="BJ53" s="14" t="n">
         <v>57.6</v>
       </c>
-      <c r="BD53" s="14" t="n">
+      <c r="BK53" s="14" t="n">
         <v>14.6</v>
       </c>
-      <c r="BE53" s="14" t="n">
+      <c r="BL53" s="14" t="n">
         <v>34.8</v>
       </c>
-      <c r="BF53" s="14" t="n">
+      <c r="BM53" s="14" t="n">
+        <v>345.0</v>
+      </c>
+      <c r="BN53" s="14" t="n">
         <v>359.9</v>
       </c>
-      <c r="BG53" s="14" t="n">
+      <c r="BO53" s="14" t="n">
         <v>1760.1</v>
       </c>
-      <c r="BH53" s="14" t="n">
+      <c r="BP53" s="14" t="n">
         <v>1721.4</v>
       </c>
-      <c r="BI53" s="14" t="n">
+      <c r="BQ53" s="14" t="n">
         <v>73.8</v>
       </c>
-      <c r="BJ53" s="14" t="n">
+      <c r="BR53" s="14" t="n">
         <v>73.0</v>
       </c>
-      <c r="BK53" s="14" t="n">
+      <c r="BS53" s="14" t="n">
         <v>825.9</v>
       </c>
-      <c r="BL53" s="14" t="n">
+      <c r="BT53" s="14" t="n">
         <v>2983.6</v>
       </c>
-      <c r="BM53" s="14" t="n">
+      <c r="BU53" s="14" t="n">
         <v>11.0</v>
       </c>
-      <c r="BN53" s="14" t="n">
+      <c r="BV53" s="14" t="n">
+        <v>1803.2</v>
+      </c>
+      <c r="BW53" s="14" t="n">
         <v>1958.1</v>
       </c>
-      <c r="BO53" s="14" t="n">
+      <c r="BX53" s="14" t="n">
         <v>3144.0</v>
       </c>
-      <c r="BP53" s="14" t="n">
+      <c r="BY53" s="14" t="n">
         <v>2876.4</v>
       </c>
-      <c r="BQ53" s="14" t="n">
+      <c r="BZ53" s="14" t="n">
         <v>1857.7</v>
       </c>
-      <c r="BR53" s="14" t="n">
+      <c r="CA53" s="14" t="n">
         <v>1747.0</v>
       </c>
-      <c r="BS53" s="14" t="n">
+      <c r="CB53" s="14" t="n">
         <v>618.5</v>
       </c>
-      <c r="BT53" s="14" t="n">
+      <c r="CC53" s="14" t="n">
         <v>617.9</v>
       </c>
-      <c r="BU53" s="14" t="n">
+      <c r="CD53" s="14" t="n">
         <v>355.3</v>
       </c>
-      <c r="BV53" s="14" t="n">
+      <c r="CE53" s="14" t="n">
+        <v>193977.0</v>
+      </c>
+      <c r="CF53" s="14" t="n">
         <v>198686.0</v>
       </c>
-      <c r="BW53" s="14" t="n">
+      <c r="CG53" s="14" t="n">
         <v>187760.3</v>
       </c>
-      <c r="BX53" s="14" t="n">
+      <c r="CH53" s="14" t="n">
         <v>193350.4</v>
       </c>
-      <c r="BY53" s="14" t="n">
+      <c r="CI53" s="14" t="n">
         <v>233294.7</v>
       </c>
-      <c r="BZ53" s="14" t="n">
+      <c r="CJ53" s="14" t="n">
         <v>241197.6</v>
       </c>
-      <c r="CA53" s="14" t="n">
+      <c r="CK53" s="14" t="n">
         <v>305914.6</v>
       </c>
-      <c r="CB53" s="14" t="n">
+      <c r="CL53" s="14" t="n">
         <v>268209.4</v>
       </c>
-      <c r="CC53" s="14" t="n">
+      <c r="CM53" s="14" t="n">
         <v>278446.1</v>
       </c>
-      <c r="CD53" s="14" t="n">
+      <c r="CN53" s="14" t="n">
+        <v>8587.4</v>
+      </c>
+      <c r="CO53" s="14" t="n">
         <v>8853.4</v>
       </c>
-      <c r="CE53" s="14" t="n">
+      <c r="CP53" s="14" t="n">
         <v>9514.1</v>
       </c>
-      <c r="CF53" s="14" t="n">
+      <c r="CQ53" s="14" t="n">
         <v>9692.3</v>
       </c>
-      <c r="CG53" s="14" t="n">
+      <c r="CR53" s="14" t="n">
         <v>13270.9</v>
       </c>
-      <c r="CH53" s="14" t="n">
+      <c r="CS53" s="14" t="n">
         <v>12923.2</v>
       </c>
-      <c r="CI53" s="14" t="n">
+      <c r="CT53" s="14" t="n">
         <v>11812.1</v>
       </c>
-      <c r="CJ53" s="14" t="n">
+      <c r="CU53" s="14" t="n">
         <v>11204.1</v>
       </c>
-      <c r="CK53" s="14" t="n">
+      <c r="CV53" s="14" t="n">
         <v>9766.9</v>
       </c>
-      <c r="CL53" s="14" t="n">
+      <c r="CW53" s="14" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="CX53" s="14" t="n">
         <v>2.7</v>
       </c>
-      <c r="CM53" s="14" t="n">
+      <c r="CY53" s="14" t="n">
         <v>3.1</v>
       </c>
-      <c r="CN53" s="14" t="n">
+      <c r="CZ53" s="14" t="n">
         <v>3.1</v>
       </c>
-      <c r="CO53" s="14" t="n">
+      <c r="DA53" s="14" t="n">
         <v>0.1</v>
       </c>
-      <c r="CP53" s="14" t="n">
+      <c r="DB53" s="14" t="n">
         <v>0.1</v>
       </c>
-      <c r="CQ53" s="14" t="n">
+      <c r="DC53" s="14" t="n">
         <v>41.9</v>
       </c>
-      <c r="CR53" s="14" t="n">
+      <c r="DD53" s="14" t="n">
         <v>48.4</v>
       </c>
-      <c r="CS53" s="13" t="inlineStr">
-[...4 lines deleted...]
-      <c r="CT53" s="14" t="n">
+      <c r="DE53" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DF53" s="14" t="n">
+        <v>1428.3</v>
+      </c>
+      <c r="DG53" s="14" t="n">
         <v>1465.3</v>
       </c>
-      <c r="CU53" s="14" t="n">
+      <c r="DH53" s="14" t="n">
         <v>1256.8</v>
       </c>
-      <c r="CV53" s="14" t="n">
+      <c r="DI53" s="14" t="n">
         <v>1251.8</v>
       </c>
-      <c r="CW53" s="14" t="n">
+      <c r="DJ53" s="14" t="n">
         <v>1330.8</v>
       </c>
-      <c r="CX53" s="14" t="n">
+      <c r="DK53" s="14" t="n">
         <v>1295.3</v>
       </c>
-      <c r="CY53" s="14" t="n">
+      <c r="DL53" s="14" t="n">
         <v>1175.4</v>
       </c>
-      <c r="CZ53" s="14" t="n">
+      <c r="DM53" s="14" t="n">
         <v>1176.8</v>
       </c>
-      <c r="DA53" s="14" t="n">
+      <c r="DN53" s="14" t="n">
         <v>5084.7</v>
       </c>
-      <c r="DB53" s="13" t="inlineStr">
-[...19 lines deleted...]
-      <c r="DF53" s="14" t="n">
+      <c r="DO53" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DP53" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DQ53" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DR53" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DS53" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DT53" s="14" t="n">
         <v>93.1</v>
       </c>
-      <c r="DG53" s="14" t="n">
+      <c r="DU53" s="14" t="n">
         <v>98.1</v>
       </c>
-      <c r="DH53" s="14" t="n">
+      <c r="DV53" s="14" t="n">
         <v>86.2</v>
       </c>
-      <c r="DI53" s="14" t="n">
+      <c r="DW53" s="14" t="n">
         <v>79.4</v>
       </c>
-      <c r="DJ53" s="14" t="n">
+      <c r="DX53" s="14" t="n">
+        <v>23453.3</v>
+      </c>
+      <c r="DY53" s="14" t="n">
         <v>23686.0</v>
       </c>
-      <c r="DK53" s="14" t="n">
+      <c r="DZ53" s="14" t="n">
         <v>24785.1</v>
       </c>
-      <c r="DL53" s="14" t="n">
+      <c r="EA53" s="14" t="n">
         <v>32298.4</v>
       </c>
-      <c r="DM53" s="14" t="n">
+      <c r="EB53" s="14" t="n">
         <v>25108.8</v>
       </c>
-      <c r="DN53" s="14" t="n">
+      <c r="EC53" s="14" t="n">
         <v>27474.9</v>
       </c>
-      <c r="DO53" s="14" t="n">
+      <c r="ED53" s="14" t="n">
         <v>28842.0</v>
       </c>
-      <c r="DP53" s="14" t="n">
+      <c r="EE53" s="14" t="n">
         <v>25101.0</v>
       </c>
-      <c r="DQ53" s="14" t="n">
+      <c r="EF53" s="14" t="n">
         <v>27032.7</v>
       </c>
-      <c r="DR53" s="14" t="n">
+      <c r="EG53" s="14" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="EH53" s="14" t="n">
         <v>31.8</v>
       </c>
-      <c r="DS53" s="14" t="n">
+      <c r="EI53" s="14" t="n">
         <v>31.6</v>
       </c>
-      <c r="DT53" s="13" t="inlineStr">
-[...9 lines deleted...]
-      <c r="DV53" s="14" t="n">
+      <c r="EJ53" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EK53" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EL53" s="14" t="n">
         <v>1.1</v>
       </c>
-      <c r="DW53" s="14" t="n">
+      <c r="EM53" s="14" t="n">
         <v>1.0</v>
       </c>
-      <c r="DX53" s="13" t="inlineStr">
-[...9 lines deleted...]
-      <c r="DZ53" s="14" t="n">
+      <c r="EN53" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EO53" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EP53" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EQ53" s="14" t="n">
         <v>125.0</v>
       </c>
-      <c r="EA53" s="14" t="n">
+      <c r="ER53" s="14" t="n">
         <v>114.4</v>
       </c>
-      <c r="EB53" s="14" t="n">
+      <c r="ES53" s="14" t="n">
         <v>11.6</v>
       </c>
-      <c r="EC53" s="14" t="n">
+      <c r="ET53" s="14" t="n">
         <v>13.7</v>
       </c>
-      <c r="ED53" s="14" t="n">
+      <c r="EU53" s="14" t="n">
         <v>7.7</v>
       </c>
-      <c r="EE53" s="14" t="n">
+      <c r="EV53" s="14" t="n">
         <v>7.6</v>
       </c>
-      <c r="EF53" s="14" t="n">
+      <c r="EW53" s="14" t="n">
         <v>42.6</v>
       </c>
-      <c r="EG53" s="14" t="n">
+      <c r="EX53" s="14" t="n">
         <v>36.5</v>
       </c>
-      <c r="EH53" s="14" t="n">
+      <c r="EY53" s="14" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="EZ53" s="14" t="n">
         <v>4.2</v>
       </c>
-      <c r="EI53" s="14" t="n">
+      <c r="FA53" s="14" t="n">
         <v>3.9</v>
       </c>
-      <c r="EJ53" s="14" t="n">
+      <c r="FB53" s="14" t="n">
         <v>2.3</v>
       </c>
-      <c r="EK53" s="14" t="n">
+      <c r="FC53" s="14" t="n">
         <v>2.4</v>
       </c>
-      <c r="EL53" s="14" t="n">
+      <c r="FD53" s="14" t="n">
         <v>2.5</v>
       </c>
-      <c r="EM53" s="14" t="n">
+      <c r="FE53" s="14" t="n">
         <v>2.4</v>
       </c>
-      <c r="EN53" s="14" t="n">
+      <c r="FF53" s="14" t="n">
         <v>11.1</v>
       </c>
-      <c r="EO53" s="14" t="n">
+      <c r="FG53" s="14" t="n">
         <v>10.8</v>
       </c>
-      <c r="EP53" s="14" t="n">
+      <c r="FH53" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FI53" s="14" t="n">
         <v>0.8</v>
       </c>
-      <c r="EQ53" s="14" t="n">
+      <c r="FJ53" s="14" t="n">
         <v>0.7</v>
       </c>
-      <c r="ER53" s="13" t="inlineStr">
-[...9 lines deleted...]
-      <c r="ET53" s="14" t="n">
+      <c r="FK53" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FL53" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FM53" s="14" t="n">
         <v>7.2</v>
       </c>
-      <c r="EU53" s="14" t="n">
+      <c r="FN53" s="14" t="n">
         <v>7.3</v>
       </c>
-      <c r="EV53" s="14" t="n">
+      <c r="FO53" s="14" t="n">
         <v>1.6</v>
       </c>
-      <c r="EW53" s="14" t="n">
+      <c r="FP53" s="14" t="n">
         <v>1.6</v>
       </c>
-      <c r="EX53" s="13" t="inlineStr">
-[...39 lines deleted...]
-      <c r="FF53" s="14" t="n">
+      <c r="FQ53" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FR53" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FS53" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FT53" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FU53" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FV53" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FW53" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FX53" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FY53" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FZ53" s="14" t="n">
+        <v>230618.0</v>
+      </c>
+      <c r="GA53" s="14" t="n">
         <v>236251.8</v>
       </c>
-      <c r="FG53" s="14" t="n">
+      <c r="GB53" s="14" t="n">
         <v>228431.9</v>
       </c>
-      <c r="FH53" s="14" t="n">
+      <c r="GC53" s="14" t="n">
         <v>241257.3</v>
       </c>
-      <c r="FI53" s="14" t="n">
+      <c r="GD53" s="14" t="n">
         <v>274964.9</v>
       </c>
-      <c r="FJ53" s="14" t="n">
+      <c r="GE53" s="14" t="n">
         <v>284835.1</v>
       </c>
-      <c r="FK53" s="14" t="n">
+      <c r="GF53" s="14" t="n">
         <v>349408.2</v>
       </c>
-      <c r="FL53" s="14" t="n">
+      <c r="GG53" s="14" t="n">
         <v>309502.5</v>
       </c>
-      <c r="FM53" s="14" t="n">
+      <c r="GH53" s="14" t="n">
         <v>320865.5</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="6" t="inlineStr">
         <is>
           <t>12.6 Soils NP</t>
         </is>
       </c>
       <c r="B54" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C54" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D54" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E54" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="F54" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="G54" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="H54" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="I54" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="J54" s="14" t="n">
+      <c r="J54" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="K54" s="14" t="n">
+        <v>1080.9</v>
+      </c>
+      <c r="L54" s="14" t="n">
         <v>1011.1</v>
       </c>
-      <c r="K54" s="14" t="n">
+      <c r="M54" s="14" t="n">
         <v>2683.3</v>
       </c>
-      <c r="L54" s="14" t="n">
+      <c r="N54" s="14" t="n">
         <v>2232.6</v>
       </c>
-      <c r="M54" s="14" t="n">
+      <c r="O54" s="14" t="n">
         <v>5522.3</v>
       </c>
-      <c r="N54" s="14" t="n">
+      <c r="P54" s="14" t="n">
         <v>6039.6</v>
       </c>
-      <c r="O54" s="14" t="n">
+      <c r="Q54" s="14" t="n">
         <v>185.6</v>
       </c>
-      <c r="P54" s="14" t="n">
+      <c r="R54" s="14" t="n">
         <v>170.2</v>
       </c>
-      <c r="Q54" s="14" t="n">
+      <c r="S54" s="14" t="n">
         <v>43.9</v>
       </c>
-      <c r="R54" s="14" t="n">
+      <c r="T54" s="14" t="n">
+        <v>1530.1</v>
+      </c>
+      <c r="U54" s="14" t="n">
         <v>1594.2</v>
       </c>
-      <c r="S54" s="14" t="n">
+      <c r="V54" s="14" t="n">
         <v>4448.9</v>
       </c>
-      <c r="T54" s="14" t="n">
+      <c r="W54" s="14" t="n">
         <v>4314.5</v>
       </c>
-      <c r="U54" s="14" t="n">
+      <c r="X54" s="14" t="n">
         <v>1026.2</v>
       </c>
-      <c r="V54" s="14" t="n">
+      <c r="Y54" s="14" t="n">
         <v>987.4</v>
       </c>
-      <c r="W54" s="14" t="n">
+      <c r="Z54" s="14" t="n">
         <v>8160.9</v>
       </c>
-      <c r="X54" s="14" t="n">
+      <c r="AA54" s="14" t="n">
         <v>3050.2</v>
       </c>
-      <c r="Y54" s="14" t="n">
+      <c r="AB54" s="14" t="n">
         <v>1290.4</v>
       </c>
-      <c r="Z54" s="14" t="n">
+      <c r="AC54" s="14" t="n">
+        <v>6.7</v>
+      </c>
+      <c r="AD54" s="14" t="n">
         <v>7.8</v>
       </c>
-      <c r="AA54" s="13" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AC54" s="14" t="n">
+      <c r="AE54" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AF54" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AG54" s="14" t="n">
         <v>77.7</v>
       </c>
-      <c r="AD54" s="14" t="n">
+      <c r="AH54" s="14" t="n">
         <v>78.4</v>
       </c>
-      <c r="AE54" s="14" t="n">
+      <c r="AI54" s="14" t="n">
         <v>10.9</v>
       </c>
-      <c r="AF54" s="14" t="n">
+      <c r="AJ54" s="14" t="n">
         <v>10.0</v>
       </c>
-      <c r="AG54" s="14" t="n">
+      <c r="AK54" s="14" t="n">
         <v>6.5</v>
       </c>
-      <c r="AH54" s="14" t="n">
+      <c r="AL54" s="14" t="n">
+        <v>20.8</v>
+      </c>
+      <c r="AM54" s="14" t="n">
         <v>23.2</v>
       </c>
-      <c r="AI54" s="13" t="inlineStr">
-[...23 lines deleted...]
-      </c>
       <c r="AN54" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AO54" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AP54" s="14" t="n">
+      <c r="AP54" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AQ54" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AR54" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AS54" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AT54" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AU54" s="14" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="AV54" s="14" t="n">
         <v>8.5</v>
       </c>
-      <c r="AQ54" s="14" t="n">
+      <c r="AW54" s="14" t="n">
         <v>1207.1</v>
       </c>
-      <c r="AR54" s="14" t="n">
+      <c r="AX54" s="14" t="n">
         <v>1183.2</v>
       </c>
-      <c r="AS54" s="14" t="n">
+      <c r="AY54" s="14" t="n">
         <v>755.6</v>
       </c>
-      <c r="AT54" s="14" t="n">
+      <c r="AZ54" s="14" t="n">
         <v>751.4</v>
       </c>
-      <c r="AU54" s="14" t="n">
+      <c r="BA54" s="14" t="n">
         <v>13795.1</v>
       </c>
-      <c r="AV54" s="14" t="n">
+      <c r="BB54" s="14" t="n">
         <v>2655.6</v>
       </c>
-      <c r="AW54" s="14" t="n">
+      <c r="BC54" s="14" t="n">
         <v>274.2</v>
       </c>
-      <c r="AX54" s="14" t="n">
+      <c r="BD54" s="14" t="n">
+        <v>17190.1</v>
+      </c>
+      <c r="BE54" s="14" t="n">
         <v>18276.0</v>
       </c>
-      <c r="AY54" s="14" t="n">
+      <c r="BF54" s="14" t="n">
         <v>69316.2</v>
       </c>
-      <c r="AZ54" s="14" t="n">
+      <c r="BG54" s="14" t="n">
         <v>15643.7</v>
       </c>
-      <c r="BA54" s="14" t="n">
+      <c r="BH54" s="14" t="n">
         <v>27359.5</v>
       </c>
-      <c r="BB54" s="14" t="n">
+      <c r="BI54" s="14" t="n">
         <v>22274.6</v>
       </c>
-      <c r="BC54" s="14" t="n">
+      <c r="BJ54" s="14" t="n">
         <v>18523.3</v>
       </c>
-      <c r="BD54" s="14" t="n">
+      <c r="BK54" s="14" t="n">
         <v>18204.0</v>
       </c>
-      <c r="BE54" s="14" t="n">
+      <c r="BL54" s="14" t="n">
         <v>7554.8</v>
       </c>
-      <c r="BF54" s="14" t="n">
+      <c r="BM54" s="14" t="n">
+        <v>8444.6</v>
+      </c>
+      <c r="BN54" s="14" t="n">
         <v>8808.7</v>
       </c>
-      <c r="BG54" s="14" t="n">
+      <c r="BO54" s="14" t="n">
         <v>8942.3</v>
       </c>
-      <c r="BH54" s="14" t="n">
+      <c r="BP54" s="14" t="n">
         <v>8745.9</v>
       </c>
-      <c r="BI54" s="14" t="n">
+      <c r="BQ54" s="14" t="n">
         <v>4114.9</v>
       </c>
-      <c r="BJ54" s="14" t="n">
+      <c r="BR54" s="14" t="n">
         <v>4070.4</v>
       </c>
-      <c r="BK54" s="14" t="n">
+      <c r="BS54" s="14" t="n">
         <v>27534.1</v>
       </c>
-      <c r="BL54" s="14" t="n">
+      <c r="BT54" s="14" t="n">
         <v>11674.5</v>
       </c>
-      <c r="BM54" s="14" t="n">
+      <c r="BU54" s="14" t="n">
         <v>10809.8</v>
       </c>
-      <c r="BN54" s="14" t="n">
+      <c r="BV54" s="14" t="n">
+        <v>4501.9</v>
+      </c>
+      <c r="BW54" s="14" t="n">
         <v>4888.8</v>
       </c>
-      <c r="BO54" s="14" t="n">
+      <c r="BX54" s="14" t="n">
         <v>3342.8</v>
       </c>
-      <c r="BP54" s="14" t="n">
+      <c r="BY54" s="14" t="n">
         <v>3058.3</v>
       </c>
-      <c r="BQ54" s="14" t="n">
+      <c r="BZ54" s="14" t="n">
         <v>799.2</v>
       </c>
-      <c r="BR54" s="14" t="n">
+      <c r="CA54" s="14" t="n">
         <v>751.6</v>
       </c>
-      <c r="BS54" s="14" t="n">
+      <c r="CB54" s="14" t="n">
         <v>4642.3</v>
       </c>
-      <c r="BT54" s="14" t="n">
+      <c r="CC54" s="14" t="n">
         <v>4637.6</v>
       </c>
-      <c r="BU54" s="14" t="n">
+      <c r="CD54" s="14" t="n">
         <v>5156.5</v>
       </c>
-      <c r="BV54" s="14" t="n">
+      <c r="CE54" s="14" t="n">
+        <v>14928.4</v>
+      </c>
+      <c r="CF54" s="14" t="n">
         <v>15290.9</v>
       </c>
-      <c r="BW54" s="14" t="n">
+      <c r="CG54" s="14" t="n">
         <v>17561.0</v>
       </c>
-      <c r="BX54" s="14" t="n">
+      <c r="CH54" s="14" t="n">
         <v>18083.9</v>
       </c>
-      <c r="BY54" s="14" t="n">
+      <c r="CI54" s="14" t="n">
         <v>16807.6</v>
       </c>
-      <c r="BZ54" s="14" t="n">
+      <c r="CJ54" s="14" t="n">
         <v>17377.0</v>
       </c>
-      <c r="CA54" s="14" t="n">
+      <c r="CK54" s="14" t="n">
         <v>18917.6</v>
       </c>
-      <c r="CB54" s="14" t="n">
+      <c r="CL54" s="14" t="n">
         <v>25792.9</v>
       </c>
-      <c r="CC54" s="14" t="n">
+      <c r="CM54" s="14" t="n">
         <v>23146.0</v>
       </c>
-      <c r="CD54" s="14" t="n">
+      <c r="CN54" s="14" t="n">
+        <v>2600.1</v>
+      </c>
+      <c r="CO54" s="14" t="n">
         <v>2680.6</v>
       </c>
-      <c r="CE54" s="14" t="n">
+      <c r="CP54" s="14" t="n">
         <v>15659.5</v>
       </c>
-      <c r="CF54" s="14" t="n">
+      <c r="CQ54" s="14" t="n">
         <v>15952.8</v>
       </c>
-      <c r="CG54" s="14" t="n">
+      <c r="CR54" s="14" t="n">
         <v>29576.3</v>
       </c>
-      <c r="CH54" s="14" t="n">
+      <c r="CS54" s="14" t="n">
         <v>28801.5</v>
       </c>
-      <c r="CI54" s="14" t="n">
+      <c r="CT54" s="14" t="n">
         <v>4623.7</v>
       </c>
-      <c r="CJ54" s="14" t="n">
+      <c r="CU54" s="14" t="n">
         <v>56739.8</v>
       </c>
-      <c r="CK54" s="14" t="n">
+      <c r="CV54" s="14" t="n">
         <v>29601.6</v>
       </c>
-      <c r="CL54" s="14" t="n">
+      <c r="CW54" s="14" t="n">
+        <v>200.3</v>
+      </c>
+      <c r="CX54" s="14" t="n">
         <v>183.8</v>
       </c>
-      <c r="CM54" s="14" t="n">
+      <c r="CY54" s="14" t="n">
         <v>5.8</v>
       </c>
-      <c r="CN54" s="14" t="n">
+      <c r="CZ54" s="14" t="n">
         <v>5.9</v>
       </c>
-      <c r="CO54" s="14" t="n">
+      <c r="DA54" s="14" t="n">
         <v>2.6</v>
       </c>
-      <c r="CP54" s="14" t="n">
+      <c r="DB54" s="14" t="n">
         <v>2.4</v>
       </c>
-      <c r="CQ54" s="14" t="n">
+      <c r="DC54" s="14" t="n">
         <v>35.0</v>
       </c>
-      <c r="CR54" s="14" t="n">
+      <c r="DD54" s="14" t="n">
         <v>33.6</v>
       </c>
-      <c r="CS54" s="14" t="n">
+      <c r="DE54" s="14" t="n">
         <v>963.6</v>
       </c>
-      <c r="CT54" s="14" t="n">
+      <c r="DF54" s="14" t="n">
+        <v>22960.0</v>
+      </c>
+      <c r="DG54" s="14" t="n">
         <v>23554.2</v>
       </c>
-      <c r="CU54" s="14" t="n">
+      <c r="DH54" s="14" t="n">
         <v>23671.6</v>
       </c>
-      <c r="CV54" s="14" t="n">
+      <c r="DI54" s="14" t="n">
         <v>23577.3</v>
       </c>
-      <c r="CW54" s="14" t="n">
+      <c r="DJ54" s="14" t="n">
         <v>34656.2</v>
       </c>
-      <c r="CX54" s="14" t="n">
+      <c r="DK54" s="14" t="n">
         <v>33731.1</v>
       </c>
-      <c r="CY54" s="14" t="n">
+      <c r="DL54" s="14" t="n">
         <v>1418.1</v>
       </c>
-      <c r="CZ54" s="14" t="n">
+      <c r="DM54" s="14" t="n">
         <v>1419.8</v>
       </c>
-      <c r="DA54" s="14" t="n">
+      <c r="DN54" s="14" t="n">
         <v>8622.7</v>
       </c>
-      <c r="DB54" s="14" t="n">
+      <c r="DO54" s="14" t="n">
+        <v>131213.9</v>
+      </c>
+      <c r="DP54" s="14" t="n">
         <v>130609.9</v>
       </c>
-      <c r="DC54" s="14" t="n">
+      <c r="DQ54" s="14" t="n">
         <v>71489.4</v>
       </c>
-      <c r="DD54" s="14" t="n">
+      <c r="DR54" s="14" t="n">
         <v>71143.1</v>
       </c>
-      <c r="DE54" s="14" t="n">
+      <c r="DS54" s="14" t="n">
         <v>83898.2</v>
       </c>
-      <c r="DF54" s="14" t="n">
+      <c r="DT54" s="14" t="n">
         <v>45411.5</v>
       </c>
-      <c r="DG54" s="14" t="n">
+      <c r="DU54" s="14" t="n">
         <v>45203.7</v>
       </c>
-      <c r="DH54" s="14" t="n">
+      <c r="DV54" s="14" t="n">
         <v>40104.1</v>
       </c>
-      <c r="DI54" s="14" t="n">
+      <c r="DW54" s="14" t="n">
         <v>38956.1</v>
       </c>
-      <c r="DJ54" s="14" t="n">
+      <c r="DX54" s="14" t="n">
+        <v>5482.3</v>
+      </c>
+      <c r="DY54" s="14" t="n">
         <v>4420.6</v>
       </c>
-      <c r="DK54" s="14" t="n">
+      <c r="DZ54" s="14" t="n">
         <v>6505.9</v>
       </c>
-      <c r="DL54" s="14" t="n">
+      <c r="EA54" s="14" t="n">
         <v>11018.0</v>
       </c>
-      <c r="DM54" s="14" t="n">
+      <c r="EB54" s="14" t="n">
         <v>9052.0</v>
       </c>
-      <c r="DN54" s="14" t="n">
+      <c r="EC54" s="14" t="n">
         <v>8883.5</v>
       </c>
-      <c r="DO54" s="14" t="n">
+      <c r="ED54" s="14" t="n">
         <v>7990.7</v>
       </c>
-      <c r="DP54" s="14" t="n">
+      <c r="EE54" s="14" t="n">
         <v>7429.0</v>
       </c>
-      <c r="DQ54" s="14" t="n">
+      <c r="EF54" s="14" t="n">
         <v>3317.6</v>
       </c>
-      <c r="DR54" s="14" t="n">
+      <c r="EG54" s="14" t="n">
+        <v>2.8905537E7</v>
+      </c>
+      <c r="EH54" s="14" t="n">
         <v>2.21617852E7</v>
       </c>
-      <c r="DS54" s="14" t="n">
+      <c r="EI54" s="14" t="n">
         <v>2.26700022E7</v>
       </c>
-      <c r="DT54" s="14" t="n">
+      <c r="EJ54" s="14" t="n">
         <v>1.86522695E7</v>
       </c>
-      <c r="DU54" s="14" t="n">
+      <c r="EK54" s="14" t="n">
         <v>2.00512591E7</v>
       </c>
-      <c r="DV54" s="14" t="n">
+      <c r="EL54" s="14" t="n">
         <v>2.45178855E7</v>
       </c>
-      <c r="DW54" s="14" t="n">
+      <c r="EM54" s="14" t="n">
         <v>2.27970701E7</v>
       </c>
-      <c r="DX54" s="14" t="n">
+      <c r="EN54" s="14" t="n">
         <v>2.31039399E7</v>
       </c>
-      <c r="DY54" s="14" t="n">
+      <c r="EO54" s="14" t="n">
         <v>2.31695085E7</v>
       </c>
-      <c r="DZ54" s="14" t="n">
+      <c r="EP54" s="14" t="n">
+        <v>875.2</v>
+      </c>
+      <c r="EQ54" s="14" t="n">
         <v>2106.1</v>
       </c>
-      <c r="EA54" s="14" t="n">
+      <c r="ER54" s="14" t="n">
         <v>1915.8</v>
       </c>
-      <c r="EB54" s="14" t="n">
+      <c r="ES54" s="14" t="n">
         <v>141.7</v>
       </c>
-      <c r="EC54" s="14" t="n">
+      <c r="ET54" s="14" t="n">
         <v>158.9</v>
       </c>
-      <c r="ED54" s="14" t="n">
+      <c r="EU54" s="14" t="n">
         <v>573.1</v>
       </c>
-      <c r="EE54" s="14" t="n">
+      <c r="EV54" s="14" t="n">
         <v>563.1</v>
       </c>
-      <c r="EF54" s="14" t="n">
+      <c r="EW54" s="14" t="n">
         <v>1541.7</v>
       </c>
-      <c r="EG54" s="14" t="n">
+      <c r="EX54" s="14" t="n">
         <v>1459.9</v>
       </c>
-      <c r="EH54" s="14" t="n">
+      <c r="EY54" s="14" t="n">
+        <v>45117.8</v>
+      </c>
+      <c r="EZ54" s="14" t="n">
         <v>2487.9</v>
       </c>
-      <c r="EI54" s="14" t="n">
+      <c r="FA54" s="14" t="n">
         <v>2463.9</v>
       </c>
-      <c r="EJ54" s="14" t="n">
+      <c r="FB54" s="14" t="n">
         <v>2026.1</v>
       </c>
-      <c r="EK54" s="14" t="n">
+      <c r="FC54" s="14" t="n">
         <v>2192.9</v>
       </c>
-      <c r="EL54" s="14" t="n">
+      <c r="FD54" s="14" t="n">
         <v>1990.3</v>
       </c>
-      <c r="EM54" s="14" t="n">
+      <c r="FE54" s="14" t="n">
         <v>2006.6</v>
       </c>
-      <c r="EN54" s="14" t="n">
+      <c r="FF54" s="14" t="n">
         <v>89467.9</v>
       </c>
-      <c r="EO54" s="14" t="n">
+      <c r="FG54" s="14" t="n">
         <v>86468.3</v>
       </c>
-      <c r="EP54" s="14" t="n">
+      <c r="FH54" s="14" t="n">
+        <v>47.7</v>
+      </c>
+      <c r="FI54" s="14" t="n">
         <v>166.5</v>
       </c>
-      <c r="EQ54" s="14" t="n">
+      <c r="FJ54" s="14" t="n">
         <v>132.4</v>
       </c>
-      <c r="ER54" s="14" t="n">
+      <c r="FK54" s="14" t="n">
         <v>220.6</v>
       </c>
-      <c r="ES54" s="14" t="n">
+      <c r="FL54" s="14" t="n">
         <v>219.0</v>
       </c>
-      <c r="ET54" s="14" t="n">
+      <c r="FM54" s="14" t="n">
         <v>419.1</v>
       </c>
-      <c r="EU54" s="14" t="n">
+      <c r="FN54" s="14" t="n">
         <v>400.4</v>
       </c>
-      <c r="EV54" s="14" t="n">
+      <c r="FO54" s="14" t="n">
         <v>755.7</v>
       </c>
-      <c r="EW54" s="14" t="n">
+      <c r="FP54" s="14" t="n">
         <v>720.7</v>
       </c>
-      <c r="EX54" s="13" t="inlineStr">
-[...39 lines deleted...]
-      <c r="FF54" s="14" t="n">
+      <c r="FQ54" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FR54" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FS54" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FT54" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FU54" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FV54" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FW54" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FX54" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FY54" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FZ54" s="14" t="n">
+        <v>2.91617458E7</v>
+      </c>
+      <c r="GA54" s="14" t="n">
         <v>2.2377904E7</v>
       </c>
-      <c r="FG54" s="14" t="n">
+      <c r="GB54" s="14" t="n">
         <v>2.28993481E7</v>
       </c>
-      <c r="FH54" s="14" t="n">
+      <c r="GC54" s="14" t="n">
         <v>1.88296171E7</v>
       </c>
-      <c r="FI54" s="14" t="n">
+      <c r="GD54" s="14" t="n">
         <v>2.02674782E7</v>
       </c>
-      <c r="FJ54" s="14" t="n">
+      <c r="GE54" s="14" t="n">
         <v>2.46900284E7</v>
       </c>
-      <c r="FK54" s="14" t="n">
+      <c r="GF54" s="14" t="n">
         <v>2.29510812E7</v>
       </c>
-      <c r="FL54" s="14" t="n">
+      <c r="GG54" s="14" t="n">
         <v>2.33676265E7</v>
       </c>
-      <c r="FM54" s="14" t="n">
+      <c r="GH54" s="14" t="n">
         <v>2.33879011E7</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="6" t="inlineStr">
         <is>
           <t>12.6 Soils P</t>
         </is>
       </c>
       <c r="B55" s="14" t="n">
         <v>0.1</v>
       </c>
       <c r="C55" s="14" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="D55" s="14" t="n">
         <v>0.2</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.1</v>
       </c>
       <c r="E55" s="14" t="n">
         <v>0.1</v>
       </c>
       <c r="F55" s="14" t="n">
-        <v>0.2</v>
+        <v>0.1</v>
       </c>
       <c r="G55" s="14" t="n">
         <v>0.2</v>
       </c>
       <c r="H55" s="14" t="n">
         <v>0.2</v>
       </c>
       <c r="I55" s="14" t="n">
         <v>0.2</v>
       </c>
       <c r="J55" s="14" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="K55" s="14" t="n">
+        <v>1566.3</v>
+      </c>
+      <c r="L55" s="14" t="n">
         <v>1465.2</v>
       </c>
-      <c r="K55" s="14" t="n">
+      <c r="M55" s="14" t="n">
         <v>576.8</v>
       </c>
-      <c r="L55" s="14" t="n">
+      <c r="N55" s="14" t="n">
         <v>479.9</v>
       </c>
-      <c r="M55" s="14" t="n">
+      <c r="O55" s="14" t="n">
         <v>43.9</v>
       </c>
-      <c r="N55" s="14" t="n">
+      <c r="P55" s="14" t="n">
         <v>48.0</v>
       </c>
-      <c r="O55" s="14" t="n">
+      <c r="Q55" s="14" t="n">
         <v>26.9</v>
       </c>
-      <c r="P55" s="14" t="n">
+      <c r="R55" s="14" t="n">
         <v>24.7</v>
       </c>
-      <c r="Q55" s="14" t="n">
+      <c r="S55" s="14" t="n">
         <v>86.8</v>
       </c>
-      <c r="R55" s="14" t="n">
+      <c r="T55" s="14" t="n">
+        <v>5.7</v>
+      </c>
+      <c r="U55" s="14" t="n">
         <v>5.9</v>
       </c>
-      <c r="S55" s="14" t="n">
+      <c r="V55" s="14" t="n">
         <v>3.3</v>
       </c>
-      <c r="T55" s="14" t="n">
+      <c r="W55" s="14" t="n">
         <v>3.2</v>
       </c>
-      <c r="U55" s="14" t="n">
+      <c r="X55" s="14" t="n">
         <v>12.5</v>
       </c>
-      <c r="V55" s="14" t="n">
+      <c r="Y55" s="14" t="n">
         <v>12.0</v>
       </c>
-      <c r="W55" s="14" t="n">
+      <c r="Z55" s="14" t="n">
         <v>3.8</v>
       </c>
-      <c r="X55" s="14" t="n">
+      <c r="AA55" s="14" t="n">
         <v>13.6</v>
       </c>
-      <c r="Y55" s="14" t="n">
+      <c r="AB55" s="14" t="n">
         <v>14.5</v>
       </c>
-      <c r="Z55" s="14" t="n">
+      <c r="AC55" s="14" t="n">
+        <v>24.9</v>
+      </c>
+      <c r="AD55" s="14" t="n">
         <v>29.0</v>
       </c>
-      <c r="AA55" s="14" t="n">
+      <c r="AE55" s="14" t="n">
         <v>0.1</v>
       </c>
-      <c r="AB55" s="14" t="n">
+      <c r="AF55" s="14" t="n">
         <v>0.1</v>
       </c>
-      <c r="AC55" s="13" t="inlineStr">
-[...19 lines deleted...]
-      <c r="AG55" s="14" t="n">
+      <c r="AG55" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AH55" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AI55" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AJ55" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AK55" s="14" t="n">
         <v>792.1</v>
       </c>
-      <c r="AH55" s="14" t="n">
+      <c r="AL55" s="14" t="n">
+        <v>191.3</v>
+      </c>
+      <c r="AM55" s="14" t="n">
         <v>213.6</v>
       </c>
-      <c r="AI55" s="14" t="n">
+      <c r="AN55" s="14" t="n">
         <v>3.6</v>
       </c>
-      <c r="AJ55" s="14" t="n">
+      <c r="AO55" s="14" t="n">
         <v>3.4</v>
       </c>
-      <c r="AK55" s="14" t="n">
+      <c r="AP55" s="14" t="n">
         <v>3.3</v>
       </c>
-      <c r="AL55" s="14" t="n">
+      <c r="AQ55" s="14" t="n">
         <v>3.2</v>
       </c>
-      <c r="AM55" s="14" t="n">
+      <c r="AR55" s="14" t="n">
         <v>2.8</v>
       </c>
-      <c r="AN55" s="14" t="n">
+      <c r="AS55" s="14" t="n">
         <v>2.5</v>
       </c>
-      <c r="AO55" s="14" t="n">
+      <c r="AT55" s="14" t="n">
         <v>1.0</v>
       </c>
-      <c r="AP55" s="14" t="n">
+      <c r="AU55" s="14" t="n">
+        <v>152.8</v>
+      </c>
+      <c r="AV55" s="14" t="n">
         <v>162.4</v>
       </c>
-      <c r="AQ55" s="14" t="n">
+      <c r="AW55" s="14" t="n">
         <v>0.2</v>
       </c>
-      <c r="AR55" s="14" t="n">
+      <c r="AX55" s="14" t="n">
         <v>0.2</v>
       </c>
-      <c r="AS55" s="14" t="n">
+      <c r="AY55" s="14" t="n">
         <v>2.0</v>
       </c>
-      <c r="AT55" s="14" t="n">
+      <c r="AZ55" s="14" t="n">
         <v>2.0</v>
       </c>
-      <c r="AU55" s="13" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AV55" s="14" t="n">
+      <c r="BA55" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BB55" s="14" t="n">
         <v>0.2</v>
       </c>
-      <c r="AW55" s="14" t="n">
+      <c r="BC55" s="14" t="n">
         <v>2.3</v>
       </c>
-      <c r="AX55" s="14" t="n">
+      <c r="BD55" s="14" t="n">
+        <v>2910.4</v>
+      </c>
+      <c r="BE55" s="14" t="n">
         <v>3094.2</v>
       </c>
-      <c r="AY55" s="14" t="n">
+      <c r="BF55" s="14" t="n">
         <v>25216.1</v>
       </c>
-      <c r="AZ55" s="14" t="n">
+      <c r="BG55" s="14" t="n">
         <v>14718.8</v>
       </c>
-      <c r="BA55" s="14" t="n">
+      <c r="BH55" s="14" t="n">
         <v>12290.1</v>
       </c>
-      <c r="BB55" s="14" t="n">
+      <c r="BI55" s="14" t="n">
         <v>10660.1</v>
       </c>
-      <c r="BC55" s="14" t="n">
+      <c r="BJ55" s="14" t="n">
         <v>6039.9</v>
       </c>
-      <c r="BD55" s="14" t="n">
+      <c r="BK55" s="14" t="n">
         <v>7714.7</v>
       </c>
-      <c r="BE55" s="14" t="n">
+      <c r="BL55" s="14" t="n">
         <v>8377.1</v>
       </c>
-      <c r="BF55" s="14" t="n">
+      <c r="BM55" s="14" t="n">
+        <v>5165.2</v>
+      </c>
+      <c r="BN55" s="14" t="n">
         <v>5387.9</v>
       </c>
-      <c r="BG55" s="14" t="n">
+      <c r="BO55" s="14" t="n">
         <v>2453.9</v>
       </c>
-      <c r="BH55" s="14" t="n">
+      <c r="BP55" s="14" t="n">
         <v>2399.9</v>
       </c>
-      <c r="BI55" s="14" t="n">
+      <c r="BQ55" s="14" t="n">
         <v>1452.9</v>
       </c>
-      <c r="BJ55" s="14" t="n">
+      <c r="BR55" s="14" t="n">
         <v>1437.2</v>
       </c>
-      <c r="BK55" s="14" t="n">
+      <c r="BS55" s="14" t="n">
         <v>2890.3</v>
       </c>
-      <c r="BL55" s="14" t="n">
+      <c r="BT55" s="14" t="n">
         <v>1430.7</v>
       </c>
-      <c r="BM55" s="14" t="n">
+      <c r="BU55" s="14" t="n">
         <v>2432.1</v>
       </c>
-      <c r="BN55" s="14" t="n">
+      <c r="BV55" s="14" t="n">
+        <v>89.1</v>
+      </c>
+      <c r="BW55" s="14" t="n">
         <v>96.7</v>
       </c>
-      <c r="BO55" s="14" t="n">
+      <c r="BX55" s="14" t="n">
         <v>41.5</v>
       </c>
-      <c r="BP55" s="14" t="n">
+      <c r="BY55" s="14" t="n">
         <v>37.9</v>
       </c>
-      <c r="BQ55" s="14" t="n">
+      <c r="BZ55" s="14" t="n">
         <v>51.4</v>
       </c>
-      <c r="BR55" s="14" t="n">
+      <c r="CA55" s="14" t="n">
         <v>48.3</v>
       </c>
-      <c r="BS55" s="14" t="n">
+      <c r="CB55" s="14" t="n">
         <v>153.7</v>
       </c>
-      <c r="BT55" s="14" t="n">
+      <c r="CC55" s="14" t="n">
         <v>153.6</v>
       </c>
-      <c r="BU55" s="14" t="n">
+      <c r="CD55" s="14" t="n">
         <v>467.9</v>
       </c>
-      <c r="BV55" s="14" t="n">
+      <c r="CE55" s="14" t="n">
+        <v>1220.3</v>
+      </c>
+      <c r="CF55" s="14" t="n">
         <v>1249.9</v>
       </c>
-      <c r="BW55" s="14" t="n">
+      <c r="CG55" s="14" t="n">
         <v>586.5</v>
       </c>
-      <c r="BX55" s="14" t="n">
+      <c r="CH55" s="14" t="n">
         <v>604.0</v>
       </c>
-      <c r="BY55" s="14" t="n">
+      <c r="CI55" s="14" t="n">
         <v>2643.1</v>
       </c>
-      <c r="BZ55" s="14" t="n">
+      <c r="CJ55" s="14" t="n">
         <v>2732.6</v>
       </c>
-      <c r="CA55" s="14" t="n">
+      <c r="CK55" s="14" t="n">
         <v>1580.0</v>
       </c>
-      <c r="CB55" s="14" t="n">
+      <c r="CL55" s="14" t="n">
         <v>2136.0</v>
       </c>
-      <c r="CC55" s="14" t="n">
+      <c r="CM55" s="14" t="n">
         <v>622.2</v>
       </c>
-      <c r="CD55" s="14" t="n">
+      <c r="CN55" s="14" t="n">
+        <v>241.7</v>
+      </c>
+      <c r="CO55" s="14" t="n">
         <v>249.2</v>
       </c>
-      <c r="CE55" s="14" t="n">
+      <c r="CP55" s="14" t="n">
         <v>125.1</v>
       </c>
-      <c r="CF55" s="14" t="n">
+      <c r="CQ55" s="14" t="n">
         <v>127.4</v>
       </c>
-      <c r="CG55" s="14" t="n">
+      <c r="CR55" s="14" t="n">
         <v>668.0</v>
       </c>
-      <c r="CH55" s="14" t="n">
+      <c r="CS55" s="14" t="n">
         <v>650.5</v>
       </c>
-      <c r="CI55" s="14" t="n">
+      <c r="CT55" s="14" t="n">
         <v>2253.1</v>
       </c>
-      <c r="CJ55" s="14" t="n">
+      <c r="CU55" s="14" t="n">
         <v>534.4</v>
       </c>
-      <c r="CK55" s="14" t="n">
+      <c r="CV55" s="14" t="n">
         <v>393.6</v>
       </c>
-      <c r="CL55" s="14" t="n">
+      <c r="CW55" s="14" t="n">
+        <v>287.1</v>
+      </c>
+      <c r="CX55" s="14" t="n">
         <v>263.5</v>
       </c>
-      <c r="CM55" s="14" t="n">
+      <c r="CY55" s="14" t="n">
         <v>14.1</v>
       </c>
-      <c r="CN55" s="14" t="n">
+      <c r="CZ55" s="14" t="n">
         <v>14.4</v>
       </c>
-      <c r="CO55" s="14" t="n">
+      <c r="DA55" s="14" t="n">
         <v>166.4</v>
       </c>
-      <c r="CP55" s="14" t="n">
+      <c r="DB55" s="14" t="n">
         <v>155.9</v>
       </c>
-      <c r="CQ55" s="14" t="n">
+      <c r="DC55" s="14" t="n">
         <v>34.4</v>
       </c>
-      <c r="CR55" s="14" t="n">
+      <c r="DD55" s="14" t="n">
         <v>11.7</v>
       </c>
-      <c r="CS55" s="14" t="n">
+      <c r="DE55" s="14" t="n">
         <v>363.6</v>
       </c>
-      <c r="CT55" s="14" t="n">
+      <c r="DF55" s="14" t="n">
+        <v>1541.3</v>
+      </c>
+      <c r="DG55" s="14" t="n">
         <v>1581.2</v>
       </c>
-      <c r="CU55" s="14" t="n">
+      <c r="DH55" s="14" t="n">
         <v>1444.4</v>
       </c>
-      <c r="CV55" s="14" t="n">
+      <c r="DI55" s="14" t="n">
         <v>1438.6</v>
       </c>
-      <c r="CW55" s="14" t="n">
+      <c r="DJ55" s="14" t="n">
         <v>3470.2</v>
       </c>
-      <c r="CX55" s="14" t="n">
+      <c r="DK55" s="14" t="n">
         <v>3377.6</v>
       </c>
-      <c r="CY55" s="14" t="n">
+      <c r="DL55" s="14" t="n">
         <v>904.2</v>
       </c>
-      <c r="CZ55" s="14" t="n">
+      <c r="DM55" s="14" t="n">
         <v>905.3</v>
       </c>
-      <c r="DA55" s="14" t="n">
+      <c r="DN55" s="14" t="n">
         <v>3049.9</v>
       </c>
-      <c r="DB55" s="14" t="n">
+      <c r="DO55" s="14" t="n">
+        <v>5986.5</v>
+      </c>
+      <c r="DP55" s="14" t="n">
         <v>5901.7</v>
       </c>
-      <c r="DC55" s="14" t="n">
+      <c r="DQ55" s="14" t="n">
         <v>1391.3</v>
       </c>
-      <c r="DD55" s="14" t="n">
+      <c r="DR55" s="14" t="n">
         <v>1667.7</v>
       </c>
-      <c r="DE55" s="14" t="n">
+      <c r="DS55" s="14" t="n">
         <v>3910.2</v>
       </c>
-      <c r="DF55" s="14" t="n">
+      <c r="DT55" s="14" t="n">
         <v>10225.2</v>
       </c>
-      <c r="DG55" s="14" t="n">
+      <c r="DU55" s="14" t="n">
         <v>14353.4</v>
       </c>
-      <c r="DH55" s="14" t="n">
+      <c r="DV55" s="14" t="n">
         <v>11860.4</v>
       </c>
-      <c r="DI55" s="14" t="n">
+      <c r="DW55" s="14" t="n">
         <v>7246.6</v>
       </c>
-      <c r="DJ55" s="14" t="n">
+      <c r="DX55" s="14" t="n">
+        <v>3245.5</v>
+      </c>
+      <c r="DY55" s="14" t="n">
         <v>5468.2</v>
       </c>
-      <c r="DK55" s="14" t="n">
+      <c r="DZ55" s="14" t="n">
         <v>2618.2</v>
       </c>
-      <c r="DL55" s="14" t="n">
+      <c r="EA55" s="14" t="n">
         <v>8129.3</v>
       </c>
-      <c r="DM55" s="14" t="n">
+      <c r="EB55" s="14" t="n">
         <v>5601.3</v>
       </c>
-      <c r="DN55" s="14" t="n">
+      <c r="EC55" s="14" t="n">
         <v>6050.1</v>
       </c>
-      <c r="DO55" s="14" t="n">
+      <c r="ED55" s="14" t="n">
         <v>18307.0</v>
       </c>
-      <c r="DP55" s="14" t="n">
+      <c r="EE55" s="14" t="n">
         <v>17861.0</v>
       </c>
-      <c r="DQ55" s="14" t="n">
+      <c r="EF55" s="14" t="n">
         <v>4031.1</v>
       </c>
-      <c r="DR55" s="14" t="n">
+      <c r="EG55" s="14" t="n">
+        <v>29053.1</v>
+      </c>
+      <c r="EH55" s="14" t="n">
         <v>124954.1</v>
       </c>
-      <c r="DS55" s="14" t="n">
+      <c r="EI55" s="14" t="n">
         <v>143803.4</v>
       </c>
-      <c r="DT55" s="14" t="n">
+      <c r="EJ55" s="14" t="n">
         <v>3045.8</v>
       </c>
-      <c r="DU55" s="14" t="n">
+      <c r="EK55" s="14" t="n">
         <v>3311.5</v>
       </c>
-      <c r="DV55" s="14" t="n">
+      <c r="EL55" s="14" t="n">
         <v>3603.2</v>
       </c>
-      <c r="DW55" s="14" t="n">
+      <c r="EM55" s="14" t="n">
         <v>3282.2</v>
       </c>
-      <c r="DX55" s="14" t="n">
+      <c r="EN55" s="14" t="n">
         <v>2381.7</v>
       </c>
-      <c r="DY55" s="14" t="n">
+      <c r="EO55" s="14" t="n">
         <v>2374.9</v>
       </c>
-      <c r="DZ55" s="14" t="n">
+      <c r="EP55" s="14" t="n">
+        <v>104.1</v>
+      </c>
+      <c r="EQ55" s="14" t="n">
         <v>49.4</v>
       </c>
-      <c r="EA55" s="14" t="n">
+      <c r="ER55" s="14" t="n">
         <v>43.6</v>
       </c>
-      <c r="EB55" s="14" t="n">
+      <c r="ES55" s="14" t="n">
         <v>14.1</v>
       </c>
-      <c r="EC55" s="14" t="n">
+      <c r="ET55" s="14" t="n">
         <v>16.3</v>
       </c>
-      <c r="ED55" s="14" t="n">
+      <c r="EU55" s="14" t="n">
         <v>147.9</v>
       </c>
-      <c r="EE55" s="14" t="n">
+      <c r="EV55" s="14" t="n">
         <v>141.3</v>
       </c>
-      <c r="EF55" s="14" t="n">
+      <c r="EW55" s="14" t="n">
         <v>111.4</v>
       </c>
-      <c r="EG55" s="14" t="n">
+      <c r="EX55" s="14" t="n">
         <v>107.9</v>
       </c>
-      <c r="EH55" s="14" t="n">
+      <c r="EY55" s="14" t="n">
+        <v>93.2</v>
+      </c>
+      <c r="EZ55" s="14" t="n">
         <v>4.3</v>
       </c>
-      <c r="EI55" s="14" t="n">
+      <c r="FA55" s="14" t="n">
         <v>4.1</v>
       </c>
-      <c r="EJ55" s="14" t="n">
+      <c r="FB55" s="14" t="n">
         <v>70.2</v>
       </c>
-      <c r="EK55" s="14" t="n">
+      <c r="FC55" s="14" t="n">
         <v>72.8</v>
       </c>
-      <c r="EL55" s="14" t="n">
+      <c r="FD55" s="14" t="n">
         <v>116.0</v>
       </c>
-      <c r="EM55" s="14" t="n">
+      <c r="FE55" s="14" t="n">
         <v>111.0</v>
       </c>
-      <c r="EN55" s="14" t="n">
+      <c r="FF55" s="14" t="n">
         <v>98.1</v>
       </c>
-      <c r="EO55" s="14" t="n">
+      <c r="FG55" s="14" t="n">
         <v>95.6</v>
       </c>
-      <c r="EP55" s="14" t="n">
+      <c r="FH55" s="14" t="n">
+        <v>27.8</v>
+      </c>
+      <c r="FI55" s="14" t="n">
         <v>21.5</v>
       </c>
-      <c r="EQ55" s="14" t="n">
+      <c r="FJ55" s="14" t="n">
         <v>15.0</v>
       </c>
-      <c r="ER55" s="14" t="n">
+      <c r="FK55" s="14" t="n">
         <v>47.2</v>
       </c>
-      <c r="ES55" s="13" t="inlineStr">
-[...4 lines deleted...]
-      <c r="ET55" s="14" t="n">
+      <c r="FL55" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FM55" s="14" t="n">
         <v>62.0</v>
       </c>
-      <c r="EU55" s="14" t="n">
+      <c r="FN55" s="14" t="n">
         <v>34.6</v>
       </c>
-      <c r="EV55" s="14" t="n">
+      <c r="FO55" s="14" t="n">
         <v>81.7</v>
       </c>
-      <c r="EW55" s="14" t="n">
+      <c r="FP55" s="14" t="n">
         <v>82.0</v>
       </c>
-      <c r="EX55" s="13" t="inlineStr">
-[...39 lines deleted...]
-      <c r="FF55" s="14" t="n">
+      <c r="FQ55" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FR55" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FS55" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FT55" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FU55" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FV55" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FW55" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FX55" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FY55" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FZ55" s="14" t="n">
+        <v>51906.4</v>
+      </c>
+      <c r="GA55" s="14" t="n">
         <v>150198.0</v>
       </c>
-      <c r="FG55" s="14" t="n">
+      <c r="GB55" s="14" t="n">
         <v>178341.4</v>
       </c>
-      <c r="FH55" s="14" t="n">
+      <c r="GC55" s="14" t="n">
         <v>32802.2</v>
       </c>
-      <c r="FI55" s="14" t="n">
+      <c r="GD55" s="14" t="n">
         <v>33716.0</v>
       </c>
-      <c r="FJ55" s="14" t="n">
+      <c r="GE55" s="14" t="n">
         <v>39332.0</v>
       </c>
-      <c r="FK55" s="14" t="n">
+      <c r="GF55" s="14" t="n">
         <v>50118.8</v>
       </c>
-      <c r="FL55" s="14" t="n">
+      <c r="GG55" s="14" t="n">
         <v>45321.9</v>
       </c>
-      <c r="FM55" s="14" t="n">
+      <c r="GH55" s="14" t="n">
         <v>30541.4</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="6" t="inlineStr">
         <is>
           <t>12.7 Dry dredging sludge NP</t>
         </is>
       </c>
       <c r="B56" s="14" t="n">
+        <v>329.6</v>
+      </c>
+      <c r="C56" s="14" t="n">
         <v>335.5</v>
       </c>
-      <c r="C56" s="14" t="n">
+      <c r="D56" s="14" t="n">
         <v>349.6</v>
       </c>
-      <c r="D56" s="14" t="n">
+      <c r="E56" s="14" t="n">
         <v>345.0</v>
       </c>
-      <c r="E56" s="14" t="n">
+      <c r="F56" s="14" t="n">
         <v>349.5</v>
       </c>
-      <c r="F56" s="14" t="n">
+      <c r="G56" s="14" t="n">
         <v>342.1</v>
       </c>
-      <c r="G56" s="14" t="n">
+      <c r="H56" s="14" t="n">
         <v>337.5</v>
       </c>
-      <c r="H56" s="14" t="n">
+      <c r="I56" s="14" t="n">
         <v>344.4</v>
       </c>
-      <c r="I56" s="14" t="n">
+      <c r="J56" s="14" t="n">
         <v>340.8</v>
       </c>
-      <c r="J56" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="K56" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="L56" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="M56" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N56" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="O56" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="P56" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="Q56" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="R56" s="14" t="n">
+      <c r="R56" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="S56" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="T56" s="14" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="U56" s="14" t="n">
         <v>8.4</v>
       </c>
-      <c r="S56" s="14" t="n">
+      <c r="V56" s="14" t="n">
         <v>29.9</v>
       </c>
-      <c r="T56" s="14" t="n">
+      <c r="W56" s="14" t="n">
         <v>29.0</v>
       </c>
-      <c r="U56" s="14" t="n">
+      <c r="X56" s="14" t="n">
         <v>242.9</v>
       </c>
-      <c r="V56" s="14" t="n">
+      <c r="Y56" s="14" t="n">
         <v>233.7</v>
       </c>
-      <c r="W56" s="14" t="n">
+      <c r="Z56" s="14" t="n">
         <v>107.6</v>
       </c>
-      <c r="X56" s="14" t="n">
+      <c r="AA56" s="14" t="n">
         <v>211.2</v>
       </c>
-      <c r="Y56" s="14" t="n">
+      <c r="AB56" s="14" t="n">
         <v>233.9</v>
       </c>
-      <c r="Z56" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="AC56" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AD56" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AE56" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AF56" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AG56" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
@@ -27893,471 +31257,562 @@
       <c r="BB56" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BC56" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BD56" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BE56" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BF56" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="BG56" s="14" t="n">
+      <c r="BG56" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BH56" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BI56" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BJ56" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BK56" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BL56" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BM56" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BN56" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BO56" s="14" t="n">
         <v>3.6</v>
       </c>
-      <c r="BH56" s="14" t="n">
+      <c r="BP56" s="14" t="n">
         <v>3.6</v>
       </c>
-      <c r="BI56" s="14" t="n">
+      <c r="BQ56" s="14" t="n">
         <v>79.1</v>
       </c>
-      <c r="BJ56" s="14" t="n">
+      <c r="BR56" s="14" t="n">
         <v>78.3</v>
       </c>
-      <c r="BK56" s="14" t="n">
+      <c r="BS56" s="14" t="n">
         <v>3.9</v>
       </c>
-      <c r="BL56" s="14" t="n">
+      <c r="BT56" s="14" t="n">
         <v>3.9</v>
       </c>
-      <c r="BM56" s="14" t="n">
+      <c r="BU56" s="14" t="n">
         <v>73.3</v>
       </c>
-      <c r="BN56" s="14" t="n">
+      <c r="BV56" s="14" t="n">
+        <v>25.6</v>
+      </c>
+      <c r="BW56" s="14" t="n">
         <v>27.9</v>
       </c>
-      <c r="BO56" s="14" t="n">
+      <c r="BX56" s="14" t="n">
         <v>160.4</v>
       </c>
-      <c r="BP56" s="14" t="n">
+      <c r="BY56" s="14" t="n">
         <v>146.8</v>
       </c>
-      <c r="BQ56" s="14" t="n">
+      <c r="BZ56" s="14" t="n">
         <v>45.2</v>
       </c>
-      <c r="BR56" s="14" t="n">
+      <c r="CA56" s="14" t="n">
         <v>42.5</v>
       </c>
-      <c r="BS56" s="14" t="n">
+      <c r="CB56" s="14" t="n">
         <v>576.2</v>
       </c>
-      <c r="BT56" s="14" t="n">
+      <c r="CC56" s="14" t="n">
         <v>575.6</v>
       </c>
-      <c r="BU56" s="14" t="n">
+      <c r="CD56" s="14" t="n">
         <v>264.7</v>
       </c>
-      <c r="BV56" s="13" t="inlineStr">
-[...24 lines deleted...]
-      <c r="CA56" s="14" t="n">
+      <c r="CE56" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CF56" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CG56" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CH56" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CI56" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CJ56" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CK56" s="14" t="n">
         <v>23.2</v>
       </c>
-      <c r="CB56" s="14" t="n">
+      <c r="CL56" s="14" t="n">
         <v>86.3</v>
       </c>
-      <c r="CC56" s="14" t="n">
+      <c r="CM56" s="14" t="n">
         <v>21.9</v>
       </c>
-      <c r="CD56" s="13" t="inlineStr">
-[...14 lines deleted...]
-      <c r="CG56" s="14" t="n">
+      <c r="CN56" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CO56" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CP56" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CQ56" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CR56" s="14" t="n">
         <v>0.6</v>
       </c>
-      <c r="CH56" s="14" t="n">
+      <c r="CS56" s="14" t="n">
         <v>0.5</v>
       </c>
-      <c r="CI56" s="13" t="inlineStr">
-[...9 lines deleted...]
-      <c r="CK56" s="14" t="n">
+      <c r="CT56" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CU56" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CV56" s="14" t="n">
         <v>51.2</v>
       </c>
-      <c r="CL56" s="13" t="inlineStr">
-[...54 lines deleted...]
-      <c r="CW56" s="14" t="n">
+      <c r="CW56" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CX56" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CY56" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CZ56" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DA56" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DB56" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DC56" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DD56" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DE56" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DF56" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DG56" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DH56" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DI56" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DJ56" s="14" t="n">
         <v>15.6</v>
       </c>
-      <c r="CX56" s="14" t="n">
+      <c r="DK56" s="14" t="n">
         <v>15.2</v>
       </c>
-      <c r="CY56" s="14" t="n">
+      <c r="DL56" s="14" t="n">
         <v>22.3</v>
       </c>
-      <c r="CZ56" s="14" t="n">
+      <c r="DM56" s="14" t="n">
         <v>22.3</v>
       </c>
-      <c r="DA56" s="14" t="n">
+      <c r="DN56" s="14" t="n">
         <v>68.6</v>
       </c>
-      <c r="DB56" s="14" t="n">
+      <c r="DO56" s="14" t="n">
+        <v>2179.1</v>
+      </c>
+      <c r="DP56" s="14" t="n">
         <v>2169.0</v>
       </c>
-      <c r="DC56" s="14" t="n">
+      <c r="DQ56" s="14" t="n">
         <v>3033.8</v>
       </c>
-      <c r="DD56" s="14" t="n">
+      <c r="DR56" s="14" t="n">
         <v>3020.1</v>
       </c>
-      <c r="DE56" s="14" t="n">
+      <c r="DS56" s="14" t="n">
         <v>73.7</v>
       </c>
-      <c r="DF56" s="14" t="n">
+      <c r="DT56" s="14" t="n">
         <v>2356.1</v>
       </c>
-      <c r="DG56" s="14" t="n">
+      <c r="DU56" s="14" t="n">
         <v>2319.8</v>
       </c>
-      <c r="DH56" s="14" t="n">
+      <c r="DV56" s="14" t="n">
         <v>2062.0</v>
       </c>
-      <c r="DI56" s="13" t="inlineStr">
-[...4 lines deleted...]
-      <c r="DJ56" s="14" t="n">
+      <c r="DW56" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DX56" s="14" t="n">
+        <v>1156.8</v>
+      </c>
+      <c r="DY56" s="14" t="n">
         <v>1148.5</v>
       </c>
-      <c r="DK56" s="14" t="n">
+      <c r="DZ56" s="14" t="n">
         <v>1821.3</v>
       </c>
-      <c r="DL56" s="14" t="n">
+      <c r="EA56" s="14" t="n">
         <v>6369.1</v>
       </c>
-      <c r="DM56" s="13" t="inlineStr">
-[...24 lines deleted...]
-      <c r="DR56" s="14" t="n">
+      <c r="EB56" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EC56" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="ED56" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EE56" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EF56" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EG56" s="14" t="n">
+        <v>614.7</v>
+      </c>
+      <c r="EH56" s="14" t="n">
         <v>901.0</v>
       </c>
-      <c r="DS56" s="14" t="n">
+      <c r="EI56" s="14" t="n">
         <v>921.9</v>
       </c>
-      <c r="DT56" s="14" t="n">
+      <c r="EJ56" s="14" t="n">
         <v>23.7</v>
       </c>
-      <c r="DU56" s="14" t="n">
+      <c r="EK56" s="14" t="n">
         <v>25.0</v>
       </c>
-      <c r="DV56" s="14" t="n">
+      <c r="EL56" s="14" t="n">
         <v>186.9</v>
       </c>
-      <c r="DW56" s="14" t="n">
+      <c r="EM56" s="14" t="n">
         <v>173.9</v>
       </c>
-      <c r="DX56" s="13" t="inlineStr">
-[...9 lines deleted...]
-      <c r="DZ56" s="14" t="n">
+      <c r="EN56" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EO56" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EP56" s="14" t="n">
+        <v>20.0</v>
+      </c>
+      <c r="EQ56" s="14" t="n">
         <v>3.1</v>
       </c>
-      <c r="EA56" s="14" t="n">
+      <c r="ER56" s="14" t="n">
         <v>2.8</v>
       </c>
-      <c r="EB56" s="14" t="n">
+      <c r="ES56" s="14" t="n">
         <v>7.3</v>
       </c>
-      <c r="EC56" s="14" t="n">
+      <c r="ET56" s="14" t="n">
         <v>8.7</v>
       </c>
-      <c r="ED56" s="14" t="n">
+      <c r="EU56" s="14" t="n">
         <v>13.8</v>
       </c>
-      <c r="EE56" s="14" t="n">
+      <c r="EV56" s="14" t="n">
         <v>13.2</v>
       </c>
-      <c r="EF56" s="13" t="inlineStr">
-[...9 lines deleted...]
-      <c r="EH56" s="14" t="n">
+      <c r="EW56" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EX56" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EY56" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EZ56" s="14" t="n">
         <v>0.4</v>
       </c>
-      <c r="EI56" s="14" t="n">
+      <c r="FA56" s="14" t="n">
         <v>0.4</v>
       </c>
-      <c r="EJ56" s="13" t="inlineStr">
-[...29 lines deleted...]
-      <c r="EP56" s="14" t="n">
+      <c r="FB56" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FC56" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FD56" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FE56" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FF56" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FG56" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FH56" s="14" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="FI56" s="14" t="n">
         <v>27.2</v>
       </c>
-      <c r="EQ56" s="14" t="n">
+      <c r="FJ56" s="14" t="n">
         <v>27.0</v>
       </c>
-      <c r="ER56" s="14" t="n">
+      <c r="FK56" s="14" t="n">
         <v>10.8</v>
       </c>
-      <c r="ES56" s="14" t="n">
+      <c r="FL56" s="14" t="n">
         <v>10.6</v>
       </c>
-      <c r="ET56" s="14" t="n">
+      <c r="FM56" s="14" t="n">
         <v>1.9</v>
       </c>
-      <c r="EU56" s="14" t="n">
+      <c r="FN56" s="14" t="n">
         <v>1.8</v>
       </c>
-      <c r="EV56" s="14" t="n">
+      <c r="FO56" s="14" t="n">
         <v>5.2</v>
       </c>
-      <c r="EW56" s="14" t="n">
+      <c r="FP56" s="14" t="n">
         <v>4.9</v>
       </c>
-      <c r="EX56" s="13" t="inlineStr">
-[...39 lines deleted...]
-      <c r="FF56" s="14" t="n">
+      <c r="FQ56" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FR56" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FS56" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FT56" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FU56" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FV56" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FW56" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FX56" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FY56" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FZ56" s="14" t="n">
+        <v>4336.3</v>
+      </c>
+      <c r="GA56" s="14" t="n">
         <v>4621.0</v>
       </c>
-      <c r="FG56" s="14" t="n">
+      <c r="GB56" s="14" t="n">
         <v>6350.7</v>
       </c>
-      <c r="FH56" s="14" t="n">
+      <c r="GC56" s="14" t="n">
         <v>9955.4</v>
       </c>
-      <c r="FI56" s="14" t="n">
+      <c r="GD56" s="14" t="n">
         <v>850.9</v>
       </c>
-      <c r="FJ56" s="14" t="n">
+      <c r="GE56" s="14" t="n">
         <v>3271.0</v>
       </c>
-      <c r="FK56" s="14" t="n">
+      <c r="GF56" s="14" t="n">
         <v>3579.4</v>
       </c>
-      <c r="FL56" s="14" t="n">
+      <c r="GG56" s="14" t="n">
         <v>3310.9</v>
       </c>
-      <c r="FM56" s="14" t="n">
+      <c r="GH56" s="14" t="n">
         <v>1059.3</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="6" t="inlineStr">
         <is>
           <t>12.7 Dry dredging sludge P</t>
         </is>
       </c>
       <c r="B57" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C57" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D57" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E57" s="13" t="inlineStr">
@@ -28403,1303 +31858,1477 @@
       <c r="M57" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N57" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="O57" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="P57" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="Q57" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="R57" s="14" t="n">
+      <c r="R57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="S57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="T57" s="14" t="n">
+        <v>7.3</v>
+      </c>
+      <c r="U57" s="14" t="n">
         <v>7.6</v>
       </c>
-      <c r="S57" s="13" t="inlineStr">
-[...9 lines deleted...]
-      <c r="U57" s="14" t="n">
+      <c r="V57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="W57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="X57" s="14" t="n">
         <v>8.9</v>
       </c>
-      <c r="V57" s="14" t="n">
+      <c r="Y57" s="14" t="n">
         <v>8.6</v>
       </c>
-      <c r="W57" s="14" t="n">
+      <c r="Z57" s="14" t="n">
         <v>2.2</v>
       </c>
-      <c r="X57" s="14" t="n">
+      <c r="AA57" s="14" t="n">
         <v>2.1</v>
       </c>
-      <c r="Y57" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="AB57" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AC57" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AD57" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AE57" s="14" t="n">
+      <c r="AE57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AF57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AG57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AH57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AI57" s="14" t="n">
         <v>0.1</v>
       </c>
-      <c r="AF57" s="14" t="n">
+      <c r="AJ57" s="14" t="n">
         <v>0.1</v>
       </c>
-      <c r="AG57" s="13" t="inlineStr">
-[...18 lines deleted...]
-      </c>
       <c r="AK57" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AL57" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AM57" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AN57" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AO57" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AP57" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AQ57" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AR57" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AS57" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AT57" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AU57" s="14" t="n">
+      <c r="AU57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AV57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AW57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AX57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AY57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AZ57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BA57" s="14" t="n">
         <v>5.3</v>
       </c>
-      <c r="AV57" s="14" t="n">
+      <c r="BB57" s="14" t="n">
         <v>4.8</v>
       </c>
-      <c r="AW57" s="13" t="inlineStr">
-[...28 lines deleted...]
-      </c>
       <c r="BC57" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BD57" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BE57" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BF57" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BG57" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BH57" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BI57" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BJ57" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="BK57" s="14" t="n">
+      <c r="BK57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BL57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BM57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BN57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BO57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BP57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BQ57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BR57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BS57" s="14" t="n">
         <v>184.5</v>
       </c>
-      <c r="BL57" s="14" t="n">
+      <c r="BT57" s="14" t="n">
         <v>167.6</v>
       </c>
-      <c r="BM57" s="14" t="n">
+      <c r="BU57" s="14" t="n">
         <v>7.3</v>
       </c>
-      <c r="BN57" s="13" t="inlineStr">
-[...4 lines deleted...]
-      <c r="BO57" s="14" t="n">
+      <c r="BV57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BW57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BX57" s="14" t="n">
         <v>0.6</v>
       </c>
-      <c r="BP57" s="14" t="n">
+      <c r="BY57" s="14" t="n">
         <v>0.6</v>
       </c>
-      <c r="BQ57" s="13" t="inlineStr">
-[...19 lines deleted...]
-      <c r="BU57" s="14" t="n">
+      <c r="BZ57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CA57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CB57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CC57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CD57" s="14" t="n">
         <v>1.0</v>
       </c>
-      <c r="BV57" s="13" t="inlineStr">
-[...4 lines deleted...]
-      <c r="BW57" s="14" t="n">
+      <c r="CE57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CF57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CG57" s="14" t="n">
         <v>12.3</v>
       </c>
-      <c r="BX57" s="14" t="n">
+      <c r="CH57" s="14" t="n">
         <v>12.6</v>
       </c>
-      <c r="BY57" s="14" t="n">
+      <c r="CI57" s="14" t="n">
         <v>18.0</v>
       </c>
-      <c r="BZ57" s="14" t="n">
+      <c r="CJ57" s="14" t="n">
         <v>18.6</v>
       </c>
-      <c r="CA57" s="14" t="n">
+      <c r="CK57" s="14" t="n">
         <v>25.2</v>
       </c>
-      <c r="CB57" s="14" t="n">
+      <c r="CL57" s="14" t="n">
         <v>41.4</v>
       </c>
-      <c r="CC57" s="14" t="n">
+      <c r="CM57" s="14" t="n">
         <v>67.6</v>
       </c>
-      <c r="CD57" s="14" t="n">
+      <c r="CN57" s="14" t="n">
         <v>1.2</v>
       </c>
-      <c r="CE57" s="13" t="inlineStr">
-[...29 lines deleted...]
-      <c r="CK57" s="14" t="n">
+      <c r="CO57" s="14" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="CP57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CQ57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CR57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CS57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CT57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CU57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CV57" s="14" t="n">
         <v>64.0</v>
       </c>
-      <c r="CL57" s="13" t="inlineStr">
-[...34 lines deleted...]
-      <c r="CS57" s="14" t="n">
+      <c r="CW57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CX57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CY57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CZ57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DA57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DB57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DC57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DD57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DE57" s="14" t="n">
         <v>2.2</v>
       </c>
-      <c r="CT57" s="13" t="inlineStr">
-[...34 lines deleted...]
-      <c r="DA57" s="14" t="n">
+      <c r="DF57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DG57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DH57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DI57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DJ57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DK57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DL57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DM57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DN57" s="14" t="n">
         <v>16.2</v>
       </c>
-      <c r="DB57" s="13" t="inlineStr">
-[...14 lines deleted...]
-      <c r="DE57" s="14" t="n">
+      <c r="DO57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DP57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DQ57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DR57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DS57" s="14" t="n">
         <v>23.3</v>
       </c>
-      <c r="DF57" s="14" t="n">
+      <c r="DT57" s="14" t="n">
         <v>43.3</v>
       </c>
-      <c r="DG57" s="14" t="n">
+      <c r="DU57" s="14" t="n">
         <v>42.6</v>
       </c>
-      <c r="DH57" s="14" t="n">
+      <c r="DV57" s="14" t="n">
         <v>37.9</v>
       </c>
-      <c r="DI57" s="13" t="inlineStr">
-[...14 lines deleted...]
-      <c r="DL57" s="14" t="n">
+      <c r="DW57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DX57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DY57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DZ57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EA57" s="14" t="n">
         <v>12.9</v>
       </c>
-      <c r="DM57" s="13" t="inlineStr">
-[...24 lines deleted...]
-      <c r="DR57" s="14" t="n">
+      <c r="EB57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EC57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="ED57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EE57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EF57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EG57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EH57" s="14" t="n">
         <v>24.5</v>
       </c>
-      <c r="DS57" s="14" t="n">
+      <c r="EI57" s="14" t="n">
         <v>27.5</v>
       </c>
-      <c r="DT57" s="13" t="inlineStr">
-[...9 lines deleted...]
-      <c r="DV57" s="14" t="n">
+      <c r="EJ57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EK57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EL57" s="14" t="n">
         <v>4.2</v>
       </c>
-      <c r="DW57" s="14" t="n">
+      <c r="EM57" s="14" t="n">
         <v>4.0</v>
       </c>
-      <c r="DX57" s="13" t="inlineStr">
-[...9 lines deleted...]
-      <c r="DZ57" s="14" t="n">
+      <c r="EN57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EO57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EP57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EQ57" s="14" t="n">
         <v>51.5</v>
       </c>
-      <c r="EA57" s="14" t="n">
+      <c r="ER57" s="14" t="n">
         <v>45.3</v>
       </c>
-      <c r="EB57" s="14" t="n">
+      <c r="ES57" s="14" t="n">
         <v>0.1</v>
       </c>
-      <c r="EC57" s="14" t="n">
+      <c r="ET57" s="14" t="n">
         <v>0.1</v>
       </c>
-      <c r="ED57" s="14" t="n">
+      <c r="EU57" s="14" t="n">
         <v>12.5</v>
       </c>
-      <c r="EE57" s="14" t="n">
+      <c r="EV57" s="14" t="n">
         <v>12.0</v>
       </c>
-      <c r="EF57" s="14" t="n">
+      <c r="EW57" s="14" t="n">
         <v>10.4</v>
       </c>
-      <c r="EG57" s="14" t="n">
+      <c r="EX57" s="14" t="n">
         <v>10.2</v>
       </c>
-      <c r="EH57" s="13" t="inlineStr">
-[...29 lines deleted...]
-      <c r="EN57" s="14" t="n">
+      <c r="EY57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EZ57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FA57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FB57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FC57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FD57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FE57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FF57" s="14" t="n">
         <v>0.1</v>
       </c>
-      <c r="EO57" s="14" t="n">
+      <c r="FG57" s="14" t="n">
         <v>0.1</v>
       </c>
-      <c r="EP57" s="14" t="n">
+      <c r="FH57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FI57" s="14" t="n">
         <v>0.6</v>
       </c>
-      <c r="EQ57" s="14" t="n">
+      <c r="FJ57" s="14" t="n">
         <v>0.5</v>
       </c>
-      <c r="ER57" s="13" t="inlineStr">
-[...69 lines deleted...]
-      <c r="FF57" s="14" t="n">
+      <c r="FK57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FL57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FM57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FN57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FO57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FP57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FQ57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FR57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FS57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FT57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FU57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FV57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FW57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FX57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FY57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FZ57" s="14" t="n">
+        <v>8.5</v>
+      </c>
+      <c r="GA57" s="14" t="n">
         <v>85.4</v>
       </c>
-      <c r="FG57" s="14" t="n">
+      <c r="GB57" s="14" t="n">
         <v>86.2</v>
       </c>
-      <c r="FH57" s="14" t="n">
+      <c r="GC57" s="14" t="n">
         <v>26.2</v>
       </c>
-      <c r="FI57" s="14" t="n">
+      <c r="GD57" s="14" t="n">
         <v>50.3</v>
       </c>
-      <c r="FJ57" s="14" t="n">
+      <c r="GE57" s="14" t="n">
         <v>87.2</v>
       </c>
-      <c r="FK57" s="14" t="n">
+      <c r="GF57" s="14" t="n">
         <v>275.9</v>
       </c>
-      <c r="FL57" s="14" t="n">
+      <c r="GG57" s="14" t="n">
         <v>264.4</v>
       </c>
-      <c r="FM57" s="14" t="n">
+      <c r="GH57" s="14" t="n">
         <v>168.6</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="6" t="inlineStr">
         <is>
           <t>12.8, 13 Mineral waste from waste treatment and stabilized waste NP</t>
         </is>
       </c>
       <c r="B58" s="14" t="n">
         <v>2242.9</v>
       </c>
       <c r="C58" s="14" t="n">
+        <v>2242.9</v>
+      </c>
+      <c r="D58" s="14" t="n">
         <v>2298.4</v>
       </c>
-      <c r="D58" s="14" t="n">
+      <c r="E58" s="14" t="n">
         <v>2262.9</v>
       </c>
-      <c r="E58" s="14" t="n">
+      <c r="F58" s="14" t="n">
         <v>2333.8</v>
       </c>
-      <c r="F58" s="14" t="n">
+      <c r="G58" s="14" t="n">
         <v>2250.9</v>
-      </c>
-[...1 lines deleted...]
-        <v>2264.2</v>
       </c>
       <c r="H58" s="14" t="n">
         <v>2264.2</v>
       </c>
       <c r="I58" s="14" t="n">
+        <v>2264.2</v>
+      </c>
+      <c r="J58" s="14" t="n">
         <v>2274.9</v>
       </c>
-      <c r="J58" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="K58" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="L58" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="M58" s="14" t="n">
+      <c r="M58" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="N58" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="O58" s="14" t="n">
         <v>0.1</v>
       </c>
-      <c r="N58" s="14" t="n">
+      <c r="P58" s="14" t="n">
         <v>0.1</v>
       </c>
-      <c r="O58" s="13" t="inlineStr">
-[...9 lines deleted...]
-      <c r="Q58" s="14" t="n">
+      <c r="Q58" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="R58" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="S58" s="14" t="n">
         <v>0.1</v>
       </c>
-      <c r="R58" s="14" t="n">
+      <c r="T58" s="14" t="n">
+        <v>330.4</v>
+      </c>
+      <c r="U58" s="14" t="n">
         <v>344.2</v>
       </c>
-      <c r="S58" s="14" t="n">
+      <c r="V58" s="14" t="n">
         <v>660.7</v>
       </c>
-      <c r="T58" s="14" t="n">
+      <c r="W58" s="14" t="n">
         <v>640.7</v>
       </c>
-      <c r="U58" s="14" t="n">
+      <c r="X58" s="14" t="n">
         <v>1.0</v>
       </c>
-      <c r="V58" s="14" t="n">
+      <c r="Y58" s="14" t="n">
         <v>0.9</v>
       </c>
-      <c r="W58" s="14" t="n">
+      <c r="Z58" s="14" t="n">
         <v>4.7</v>
       </c>
-      <c r="X58" s="14" t="n">
+      <c r="AA58" s="14" t="n">
         <v>7.3</v>
       </c>
-      <c r="Y58" s="14" t="n">
+      <c r="AB58" s="14" t="n">
         <v>0.1</v>
       </c>
-      <c r="Z58" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="AC58" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AD58" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AE58" s="14" t="n">
+      <c r="AE58" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AF58" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AG58" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AH58" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AI58" s="14" t="n">
         <v>67.3</v>
       </c>
-      <c r="AF58" s="14" t="n">
+      <c r="AJ58" s="14" t="n">
         <v>66.9</v>
       </c>
-      <c r="AG58" s="13" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AH58" s="14" t="n">
+      <c r="AK58" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AL58" s="14" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="AM58" s="14" t="n">
         <v>1.2</v>
       </c>
-      <c r="AI58" s="13" t="inlineStr">
-[...19 lines deleted...]
-      <c r="AM58" s="14" t="n">
+      <c r="AN58" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AO58" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AP58" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AQ58" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AR58" s="14" t="n">
         <v>21.8</v>
       </c>
-      <c r="AN58" s="14" t="n">
+      <c r="AS58" s="14" t="n">
         <v>20.0</v>
       </c>
-      <c r="AO58" s="14" t="n">
+      <c r="AT58" s="14" t="n">
         <v>13.4</v>
       </c>
-      <c r="AP58" s="14" t="n">
+      <c r="AU58" s="14" t="n">
+        <v>1927.3</v>
+      </c>
+      <c r="AV58" s="14" t="n">
         <v>2049.1</v>
       </c>
-      <c r="AQ58" s="14" t="n">
+      <c r="AW58" s="14" t="n">
         <v>819.4</v>
       </c>
-      <c r="AR58" s="14" t="n">
+      <c r="AX58" s="14" t="n">
         <v>803.2</v>
       </c>
-      <c r="AS58" s="14" t="n">
+      <c r="AY58" s="14" t="n">
         <v>44.7</v>
       </c>
-      <c r="AT58" s="14" t="n">
+      <c r="AZ58" s="14" t="n">
         <v>44.5</v>
       </c>
-      <c r="AU58" s="14" t="n">
+      <c r="BA58" s="14" t="n">
         <v>52.0</v>
       </c>
-      <c r="AV58" s="14" t="n">
+      <c r="BB58" s="14" t="n">
         <v>49.4</v>
       </c>
-      <c r="AW58" s="14" t="n">
+      <c r="BC58" s="14" t="n">
         <v>115.3</v>
       </c>
-      <c r="AX58" s="13" t="inlineStr">
-[...14 lines deleted...]
-      <c r="BA58" s="14" t="n">
+      <c r="BD58" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BE58" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BF58" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BG58" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BH58" s="14" t="n">
         <v>162.6</v>
       </c>
-      <c r="BB58" s="14" t="n">
+      <c r="BI58" s="14" t="n">
         <v>161.2</v>
       </c>
-      <c r="BC58" s="13" t="inlineStr">
-[...4 lines deleted...]
-      <c r="BD58" s="14" t="n">
+      <c r="BJ58" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BK58" s="14" t="n">
         <v>296.8</v>
       </c>
-      <c r="BE58" s="14" t="n">
+      <c r="BL58" s="14" t="n">
         <v>81.5</v>
       </c>
-      <c r="BF58" s="14" t="n">
+      <c r="BM58" s="14" t="n">
+        <v>655.8</v>
+      </c>
+      <c r="BN58" s="14" t="n">
         <v>684.1</v>
       </c>
-      <c r="BG58" s="14" t="n">
+      <c r="BO58" s="14" t="n">
         <v>908.3</v>
       </c>
-      <c r="BH58" s="14" t="n">
+      <c r="BP58" s="14" t="n">
         <v>888.4</v>
       </c>
-      <c r="BI58" s="14" t="n">
+      <c r="BQ58" s="14" t="n">
         <v>782.5</v>
       </c>
-      <c r="BJ58" s="14" t="n">
+      <c r="BR58" s="14" t="n">
         <v>774.0</v>
       </c>
-      <c r="BK58" s="14" t="n">
+      <c r="BS58" s="14" t="n">
         <v>113.8</v>
       </c>
-      <c r="BL58" s="14" t="n">
+      <c r="BT58" s="14" t="n">
         <v>348.6</v>
       </c>
-      <c r="BM58" s="14" t="n">
+      <c r="BU58" s="14" t="n">
         <v>1608.6</v>
       </c>
-      <c r="BN58" s="14" t="n">
+      <c r="BV58" s="14" t="n">
+        <v>507.4</v>
+      </c>
+      <c r="BW58" s="14" t="n">
         <v>551.0</v>
       </c>
-      <c r="BO58" s="14" t="n">
+      <c r="BX58" s="14" t="n">
         <v>635.4</v>
       </c>
-      <c r="BP58" s="14" t="n">
+      <c r="BY58" s="14" t="n">
         <v>581.4</v>
       </c>
-      <c r="BQ58" s="13" t="inlineStr">
-[...9 lines deleted...]
-      <c r="BS58" s="14" t="n">
+      <c r="BZ58" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CA58" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CB58" s="14" t="n">
         <v>6318.7</v>
       </c>
-      <c r="BT58" s="14" t="n">
+      <c r="CC58" s="14" t="n">
         <v>6312.2</v>
       </c>
-      <c r="BU58" s="14" t="n">
+      <c r="CD58" s="14" t="n">
         <v>2720.6</v>
       </c>
-      <c r="BV58" s="14" t="n">
+      <c r="CE58" s="14" t="n">
+        <v>13904.4</v>
+      </c>
+      <c r="CF58" s="14" t="n">
         <v>14241.9</v>
       </c>
-      <c r="BW58" s="14" t="n">
+      <c r="CG58" s="14" t="n">
         <v>20940.4</v>
       </c>
-      <c r="BX58" s="14" t="n">
+      <c r="CH58" s="14" t="n">
         <v>21563.8</v>
       </c>
-      <c r="BY58" s="14" t="n">
+      <c r="CI58" s="14" t="n">
         <v>33368.0</v>
       </c>
-      <c r="BZ58" s="14" t="n">
+      <c r="CJ58" s="14" t="n">
         <v>34498.3</v>
       </c>
-      <c r="CA58" s="14" t="n">
+      <c r="CK58" s="14" t="n">
         <v>27684.5</v>
       </c>
-      <c r="CB58" s="14" t="n">
+      <c r="CL58" s="14" t="n">
         <v>26090.4</v>
       </c>
-      <c r="CC58" s="14" t="n">
+      <c r="CM58" s="14" t="n">
         <v>25583.6</v>
       </c>
-      <c r="CD58" s="14" t="n">
+      <c r="CN58" s="14" t="n">
+        <v>51.7</v>
+      </c>
+      <c r="CO58" s="14" t="n">
         <v>53.3</v>
       </c>
-      <c r="CE58" s="14" t="n">
+      <c r="CP58" s="14" t="n">
         <v>612.1</v>
       </c>
-      <c r="CF58" s="14" t="n">
+      <c r="CQ58" s="14" t="n">
         <v>623.5</v>
       </c>
-      <c r="CG58" s="14" t="n">
+      <c r="CR58" s="14" t="n">
         <v>2711.0</v>
       </c>
-      <c r="CH58" s="14" t="n">
+      <c r="CS58" s="14" t="n">
         <v>2640.0</v>
       </c>
-      <c r="CI58" s="14" t="n">
+      <c r="CT58" s="14" t="n">
         <v>2586.4</v>
       </c>
-      <c r="CJ58" s="14" t="n">
+      <c r="CU58" s="14" t="n">
         <v>3104.9</v>
       </c>
-      <c r="CK58" s="14" t="n">
+      <c r="CV58" s="14" t="n">
         <v>3552.3</v>
       </c>
-      <c r="CL58" s="14" t="n">
+      <c r="CW58" s="14" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="CX58" s="14" t="n">
         <v>0.3</v>
       </c>
-      <c r="CM58" s="13" t="inlineStr">
-[...9 lines deleted...]
-      <c r="CO58" s="14" t="n">
+      <c r="CY58" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CZ58" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DA58" s="14" t="n">
         <v>11.7</v>
       </c>
-      <c r="CP58" s="14" t="n">
+      <c r="DB58" s="14" t="n">
         <v>11.0</v>
       </c>
-      <c r="CQ58" s="14" t="n">
+      <c r="DC58" s="14" t="n">
         <v>23.6</v>
       </c>
-      <c r="CR58" s="14" t="n">
+      <c r="DD58" s="14" t="n">
         <v>22.1</v>
       </c>
-      <c r="CS58" s="14" t="n">
+      <c r="DE58" s="14" t="n">
         <v>60.5</v>
       </c>
-      <c r="CT58" s="13" t="inlineStr">
-[...39 lines deleted...]
-      <c r="DB58" s="14" t="n">
+      <c r="DF58" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DG58" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DH58" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DI58" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DJ58" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DK58" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DL58" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DM58" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DN58" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DO58" s="14" t="n">
+        <v>134.1</v>
+      </c>
+      <c r="DP58" s="14" t="n">
         <v>133.5</v>
       </c>
-      <c r="DC58" s="14" t="n">
+      <c r="DQ58" s="14" t="n">
         <v>93.6</v>
       </c>
-      <c r="DD58" s="14" t="n">
+      <c r="DR58" s="14" t="n">
         <v>93.1</v>
       </c>
-      <c r="DE58" s="14" t="n">
+      <c r="DS58" s="14" t="n">
         <v>2355.6</v>
       </c>
-      <c r="DF58" s="14" t="n">
+      <c r="DT58" s="14" t="n">
         <v>2593.0</v>
       </c>
-      <c r="DG58" s="14" t="n">
+      <c r="DU58" s="14" t="n">
         <v>3073.6</v>
       </c>
-      <c r="DH58" s="14" t="n">
+      <c r="DV58" s="14" t="n">
         <v>2647.7</v>
       </c>
-      <c r="DI58" s="14" t="n">
+      <c r="DW58" s="14" t="n">
         <v>3765.7</v>
       </c>
-      <c r="DJ58" s="14" t="n">
+      <c r="DX58" s="14" t="n">
+        <v>621590.9</v>
+      </c>
+      <c r="DY58" s="14" t="n">
         <v>636950.1</v>
       </c>
-      <c r="DK58" s="14" t="n">
+      <c r="DZ58" s="14" t="n">
         <v>487134.8</v>
       </c>
-      <c r="DL58" s="14" t="n">
+      <c r="EA58" s="14" t="n">
         <v>595494.8</v>
       </c>
-      <c r="DM58" s="14" t="n">
+      <c r="EB58" s="14" t="n">
         <v>564261.4</v>
       </c>
-      <c r="DN58" s="14" t="n">
+      <c r="EC58" s="14" t="n">
         <v>664181.7</v>
       </c>
-      <c r="DO58" s="14" t="n">
+      <c r="ED58" s="14" t="n">
         <v>603057.7</v>
       </c>
-      <c r="DP58" s="14" t="n">
+      <c r="EE58" s="14" t="n">
         <v>560678.0</v>
       </c>
-      <c r="DQ58" s="14" t="n">
+      <c r="EF58" s="14" t="n">
         <v>675948.8</v>
       </c>
-      <c r="DR58" s="14" t="n">
+      <c r="EG58" s="14" t="n">
+        <v>214.7</v>
+      </c>
+      <c r="EH58" s="14" t="n">
         <v>9.2</v>
       </c>
-      <c r="DS58" s="14" t="n">
+      <c r="EI58" s="14" t="n">
         <v>9.2</v>
       </c>
-      <c r="DT58" s="14" t="n">
+      <c r="EJ58" s="14" t="n">
         <v>48.7</v>
       </c>
-      <c r="DU58" s="14" t="n">
+      <c r="EK58" s="14" t="n">
         <v>51.4</v>
       </c>
-      <c r="DV58" s="14" t="n">
+      <c r="EL58" s="14" t="n">
         <v>120.9</v>
       </c>
-      <c r="DW58" s="14" t="n">
+      <c r="EM58" s="14" t="n">
         <v>111.1</v>
       </c>
-      <c r="DX58" s="14" t="n">
+      <c r="EN58" s="14" t="n">
         <v>775.2</v>
       </c>
-      <c r="DY58" s="14" t="n">
+      <c r="EO58" s="14" t="n">
         <v>775.5</v>
       </c>
-      <c r="DZ58" s="14" t="n">
+      <c r="EP58" s="14" t="n">
+        <v>8.1</v>
+      </c>
+      <c r="EQ58" s="14" t="n">
         <v>27.6</v>
       </c>
-      <c r="EA58" s="14" t="n">
+      <c r="ER58" s="14" t="n">
         <v>25.3</v>
       </c>
-      <c r="EB58" s="14" t="n">
+      <c r="ES58" s="14" t="n">
         <v>1.5</v>
       </c>
-      <c r="EC58" s="14" t="n">
+      <c r="ET58" s="14" t="n">
         <v>1.7</v>
       </c>
-      <c r="ED58" s="14" t="n">
+      <c r="EU58" s="14" t="n">
         <v>0.1</v>
       </c>
-      <c r="EE58" s="14" t="n">
+      <c r="EV58" s="14" t="n">
         <v>0.1</v>
       </c>
-      <c r="EF58" s="13" t="inlineStr">
-[...9 lines deleted...]
-      <c r="EH58" s="14" t="n">
+      <c r="EW58" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EX58" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EY58" s="14" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="EZ58" s="14" t="n">
         <v>1.5</v>
       </c>
-      <c r="EI58" s="14" t="n">
+      <c r="FA58" s="14" t="n">
         <v>1.4</v>
       </c>
-      <c r="EJ58" s="13" t="inlineStr">
-[...9 lines deleted...]
-      <c r="EL58" s="14" t="n">
+      <c r="FB58" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FC58" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FD58" s="14" t="n">
         <v>1.9</v>
       </c>
-      <c r="EM58" s="14" t="n">
+      <c r="FE58" s="14" t="n">
         <v>1.8</v>
       </c>
-      <c r="EN58" s="13" t="inlineStr">
-[...19 lines deleted...]
-      <c r="ER58" s="14" t="n">
+      <c r="FF58" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FG58" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FH58" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FI58" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FJ58" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FK58" s="14" t="n">
         <v>0.3</v>
       </c>
-      <c r="ES58" s="14" t="n">
+      <c r="FL58" s="14" t="n">
         <v>0.6</v>
       </c>
-      <c r="ET58" s="14" t="n">
+      <c r="FM58" s="14" t="n">
         <v>0.8</v>
       </c>
-      <c r="EU58" s="14" t="n">
+      <c r="FN58" s="14" t="n">
         <v>0.7</v>
       </c>
-      <c r="EV58" s="14" t="n">
+      <c r="FO58" s="14" t="n">
         <v>28.8</v>
       </c>
-      <c r="EW58" s="14" t="n">
+      <c r="FP58" s="14" t="n">
         <v>27.6</v>
       </c>
-      <c r="EX58" s="13" t="inlineStr">
-[...39 lines deleted...]
-      <c r="FF58" s="14" t="n">
+      <c r="FQ58" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FR58" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FS58" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FT58" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FU58" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FV58" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FW58" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FX58" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FY58" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FZ58" s="14" t="n">
+        <v>641569.7</v>
+      </c>
+      <c r="GA58" s="14" t="n">
         <v>657289.9</v>
       </c>
-      <c r="FG58" s="14" t="n">
+      <c r="GB58" s="14" t="n">
         <v>514139.0</v>
       </c>
-      <c r="FH58" s="14" t="n">
+      <c r="GC58" s="14" t="n">
         <v>623002.3</v>
       </c>
-      <c r="FI58" s="14" t="n">
+      <c r="GD58" s="14" t="n">
         <v>606086.1</v>
       </c>
-      <c r="FJ58" s="14" t="n">
+      <c r="GE58" s="14" t="n">
         <v>707279.3</v>
       </c>
-      <c r="FK58" s="14" t="n">
+      <c r="GF58" s="14" t="n">
         <v>645382.0</v>
       </c>
-      <c r="FL58" s="14" t="n">
+      <c r="GG58" s="14" t="n">
         <v>602712.5</v>
       </c>
-      <c r="FM58" s="14" t="n">
+      <c r="GH58" s="14" t="n">
         <v>716528.5</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="6" t="inlineStr">
         <is>
           <t>12.8, 13 Mineral waste from waste treatment and stabilized waste P</t>
         </is>
       </c>
       <c r="B59" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C59" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D59" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E59" s="13" t="inlineStr">
@@ -29740,2194 +33369,2466 @@
       <c r="L59" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="M59" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N59" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="O59" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="P59" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="Q59" s="14" t="n">
+      <c r="Q59" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="R59" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="S59" s="14" t="n">
         <v>4.3</v>
       </c>
-      <c r="R59" s="14" t="n">
+      <c r="T59" s="14" t="n">
         <v>0.9</v>
       </c>
-      <c r="S59" s="14" t="n">
+      <c r="U59" s="14" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="V59" s="14" t="n">
         <v>21.7</v>
       </c>
-      <c r="T59" s="14" t="n">
+      <c r="W59" s="14" t="n">
         <v>21.0</v>
       </c>
-      <c r="U59" s="13" t="inlineStr">
-[...9 lines deleted...]
-      <c r="W59" s="14" t="n">
+      <c r="X59" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="Y59" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="Z59" s="14" t="n">
         <v>1.0</v>
       </c>
-      <c r="X59" s="14" t="n">
+      <c r="AA59" s="14" t="n">
         <v>1.0</v>
       </c>
-      <c r="Y59" s="14" t="n">
+      <c r="AB59" s="14" t="n">
         <v>0.1</v>
       </c>
-      <c r="Z59" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="AC59" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AD59" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AE59" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AF59" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AG59" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AH59" s="14" t="n">
+      <c r="AH59" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AI59" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AJ59" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AK59" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AL59" s="14" t="n">
         <v>0.3</v>
       </c>
-      <c r="AI59" s="13" t="inlineStr">
-[...18 lines deleted...]
-      </c>
       <c r="AM59" s="14" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="AN59" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AO59" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AP59" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AQ59" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AR59" s="14" t="n">
         <v>58.3</v>
       </c>
-      <c r="AN59" s="13" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AO59" s="14" t="n">
+      <c r="AS59" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AT59" s="14" t="n">
         <v>53.0</v>
       </c>
-      <c r="AP59" s="14" t="n">
+      <c r="AU59" s="14" t="n">
         <v>0.3</v>
       </c>
-      <c r="AQ59" s="14" t="n">
+      <c r="AV59" s="14" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="AW59" s="14" t="n">
         <v>6.9</v>
       </c>
-      <c r="AR59" s="14" t="n">
+      <c r="AX59" s="14" t="n">
         <v>6.7</v>
       </c>
-      <c r="AS59" s="13" t="inlineStr">
-[...19 lines deleted...]
-      <c r="AW59" s="14" t="n">
+      <c r="AY59" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AZ59" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BA59" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BB59" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BC59" s="14" t="n">
         <v>26.0</v>
       </c>
-      <c r="AX59" s="13" t="inlineStr">
-[...29 lines deleted...]
-      <c r="BD59" s="14" t="n">
+      <c r="BD59" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BE59" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BF59" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BG59" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BH59" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BI59" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BJ59" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BK59" s="14" t="n">
         <v>4.3</v>
       </c>
-      <c r="BE59" s="14" t="n">
+      <c r="BL59" s="14" t="n">
         <v>1.6</v>
       </c>
-      <c r="BF59" s="14" t="n">
+      <c r="BM59" s="14" t="n">
+        <v>187.7</v>
+      </c>
+      <c r="BN59" s="14" t="n">
         <v>195.8</v>
       </c>
-      <c r="BG59" s="14" t="n">
+      <c r="BO59" s="14" t="n">
         <v>868.2</v>
       </c>
-      <c r="BH59" s="14" t="n">
+      <c r="BP59" s="14" t="n">
         <v>849.1</v>
       </c>
-      <c r="BI59" s="14" t="n">
+      <c r="BQ59" s="14" t="n">
         <v>185.2</v>
       </c>
-      <c r="BJ59" s="14" t="n">
+      <c r="BR59" s="14" t="n">
         <v>183.2</v>
       </c>
-      <c r="BK59" s="14" t="n">
+      <c r="BS59" s="14" t="n">
         <v>4035.7</v>
       </c>
-      <c r="BL59" s="14" t="n">
+      <c r="BT59" s="14" t="n">
         <v>3204.4</v>
       </c>
-      <c r="BM59" s="14" t="n">
+      <c r="BU59" s="14" t="n">
         <v>1024.9</v>
       </c>
-      <c r="BN59" s="13" t="inlineStr">
-[...4 lines deleted...]
-      <c r="BO59" s="14" t="n">
+      <c r="BV59" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BW59" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BX59" s="14" t="n">
         <v>46.8</v>
       </c>
-      <c r="BP59" s="14" t="n">
+      <c r="BY59" s="14" t="n">
         <v>42.8</v>
       </c>
-      <c r="BQ59" s="13" t="inlineStr">
-[...9 lines deleted...]
-      <c r="BS59" s="14" t="n">
+      <c r="BZ59" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CA59" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CB59" s="14" t="n">
         <v>5.2</v>
       </c>
-      <c r="BT59" s="14" t="n">
+      <c r="CC59" s="14" t="n">
         <v>5.2</v>
       </c>
-      <c r="BU59" s="14" t="n">
+      <c r="CD59" s="14" t="n">
         <v>342.8</v>
       </c>
-      <c r="BV59" s="14" t="n">
+      <c r="CE59" s="14" t="n">
+        <v>8.7</v>
+      </c>
+      <c r="CF59" s="14" t="n">
         <v>8.9</v>
       </c>
-      <c r="BW59" s="14" t="n">
+      <c r="CG59" s="14" t="n">
         <v>90.2</v>
       </c>
-      <c r="BX59" s="14" t="n">
+      <c r="CH59" s="14" t="n">
         <v>92.8</v>
       </c>
-      <c r="BY59" s="14" t="n">
+      <c r="CI59" s="14" t="n">
         <v>25.0</v>
       </c>
-      <c r="BZ59" s="14" t="n">
+      <c r="CJ59" s="14" t="n">
         <v>25.8</v>
       </c>
-      <c r="CA59" s="14" t="n">
+      <c r="CK59" s="14" t="n">
         <v>16.8</v>
       </c>
-      <c r="CB59" s="14" t="n">
+      <c r="CL59" s="14" t="n">
         <v>12.7</v>
       </c>
-      <c r="CC59" s="14" t="n">
+      <c r="CM59" s="14" t="n">
         <v>46.5</v>
       </c>
-      <c r="CD59" s="13" t="inlineStr">
-[...4 lines deleted...]
-      <c r="CE59" s="14" t="n">
+      <c r="CN59" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CO59" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CP59" s="14" t="n">
         <v>3.4</v>
       </c>
-      <c r="CF59" s="14" t="n">
+      <c r="CQ59" s="14" t="n">
         <v>3.5</v>
       </c>
-      <c r="CG59" s="14" t="n">
+      <c r="CR59" s="14" t="n">
         <v>13.9</v>
       </c>
-      <c r="CH59" s="14" t="n">
+      <c r="CS59" s="14" t="n">
         <v>13.5</v>
       </c>
-      <c r="CI59" s="14" t="n">
+      <c r="CT59" s="14" t="n">
         <v>2.0</v>
       </c>
-      <c r="CJ59" s="14" t="n">
+      <c r="CU59" s="14" t="n">
         <v>6.5</v>
       </c>
-      <c r="CK59" s="14" t="n">
+      <c r="CV59" s="14" t="n">
         <v>41.2</v>
       </c>
-      <c r="CL59" s="14" t="n">
+      <c r="CW59" s="14" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="CX59" s="14" t="n">
         <v>4.1</v>
       </c>
-      <c r="CM59" s="14" t="n">
+      <c r="CY59" s="14" t="n">
         <v>36.4</v>
       </c>
-      <c r="CN59" s="14" t="n">
+      <c r="CZ59" s="14" t="n">
         <v>37.1</v>
       </c>
-      <c r="CO59" s="14" t="n">
+      <c r="DA59" s="14" t="n">
         <v>31.4</v>
       </c>
-      <c r="CP59" s="14" t="n">
+      <c r="DB59" s="14" t="n">
         <v>29.4</v>
       </c>
-      <c r="CQ59" s="13" t="inlineStr">
-[...9 lines deleted...]
-      <c r="CS59" s="14" t="n">
+      <c r="DC59" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DD59" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DE59" s="14" t="n">
         <v>2.6</v>
       </c>
-      <c r="CT59" s="13" t="inlineStr">
-[...4 lines deleted...]
-      <c r="CU59" s="14" t="n">
+      <c r="DF59" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DG59" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DH59" s="14" t="n">
         <v>8.7</v>
       </c>
-      <c r="CV59" s="14" t="n">
+      <c r="DI59" s="14" t="n">
         <v>8.7</v>
       </c>
-      <c r="CW59" s="13" t="inlineStr">
-[...24 lines deleted...]
-      <c r="DB59" s="14" t="n">
+      <c r="DJ59" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DK59" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DL59" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DM59" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DN59" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DO59" s="14" t="n">
+        <v>5107.3</v>
+      </c>
+      <c r="DP59" s="14" t="n">
         <v>2872.2</v>
       </c>
-      <c r="DC59" s="14" t="n">
+      <c r="DQ59" s="14" t="n">
         <v>3622.5</v>
       </c>
-      <c r="DD59" s="14" t="n">
+      <c r="DR59" s="14" t="n">
         <v>3447.7</v>
       </c>
-      <c r="DE59" s="14" t="n">
+      <c r="DS59" s="14" t="n">
         <v>5901.8</v>
       </c>
-      <c r="DF59" s="14" t="n">
+      <c r="DT59" s="14" t="n">
         <v>3596.2</v>
       </c>
-      <c r="DG59" s="14" t="n">
+      <c r="DU59" s="14" t="n">
         <v>867.1</v>
       </c>
-      <c r="DH59" s="14" t="n">
+      <c r="DV59" s="14" t="n">
         <v>639.0</v>
       </c>
-      <c r="DI59" s="14" t="n">
+      <c r="DW59" s="14" t="n">
         <v>0.8</v>
       </c>
-      <c r="DJ59" s="14" t="n">
+      <c r="DX59" s="14" t="n">
+        <v>170590.0</v>
+      </c>
+      <c r="DY59" s="14" t="n">
         <v>150171.5</v>
       </c>
-      <c r="DK59" s="14" t="n">
+      <c r="DZ59" s="14" t="n">
         <v>172901.6</v>
       </c>
-      <c r="DL59" s="14" t="n">
+      <c r="EA59" s="14" t="n">
         <v>104990.2</v>
       </c>
-      <c r="DM59" s="14" t="n">
+      <c r="EB59" s="14" t="n">
         <v>110716.6</v>
       </c>
-      <c r="DN59" s="14" t="n">
+      <c r="EC59" s="14" t="n">
         <v>111287.3</v>
       </c>
-      <c r="DO59" s="14" t="n">
+      <c r="ED59" s="14" t="n">
         <v>100102.3</v>
       </c>
-      <c r="DP59" s="14" t="n">
+      <c r="EE59" s="14" t="n">
         <v>93068.0</v>
       </c>
-      <c r="DQ59" s="14" t="n">
+      <c r="EF59" s="14" t="n">
         <v>163382.8</v>
       </c>
-      <c r="DR59" s="14" t="n">
+      <c r="EG59" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EH59" s="14" t="n">
         <v>0.5</v>
       </c>
-      <c r="DS59" s="14" t="n">
+      <c r="EI59" s="14" t="n">
         <v>0.5</v>
       </c>
-      <c r="DT59" s="13" t="inlineStr">
-[...9 lines deleted...]
-      <c r="DV59" s="14" t="n">
+      <c r="EJ59" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EK59" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EL59" s="14" t="n">
         <v>783.2</v>
       </c>
-      <c r="DW59" s="14" t="n">
+      <c r="EM59" s="14" t="n">
         <v>702.9</v>
       </c>
-      <c r="DX59" s="14" t="n">
+      <c r="EN59" s="14" t="n">
         <v>0.2</v>
       </c>
-      <c r="DY59" s="14" t="n">
+      <c r="EO59" s="14" t="n">
         <v>0.2</v>
       </c>
-      <c r="DZ59" s="14" t="n">
+      <c r="EP59" s="14" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="EQ59" s="14" t="n">
         <v>0.6</v>
       </c>
-      <c r="EA59" s="14" t="n">
+      <c r="ER59" s="14" t="n">
         <v>0.5</v>
       </c>
-      <c r="EB59" s="13" t="inlineStr">
-[...9 lines deleted...]
-      <c r="ED59" s="14" t="n">
+      <c r="ES59" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="ET59" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EU59" s="14" t="n">
         <v>1.4</v>
       </c>
-      <c r="EE59" s="14" t="n">
+      <c r="EV59" s="14" t="n">
         <v>1.4</v>
       </c>
-      <c r="EF59" s="14" t="n">
+      <c r="EW59" s="14" t="n">
         <v>64.8</v>
       </c>
-      <c r="EG59" s="14" t="n">
+      <c r="EX59" s="14" t="n">
         <v>63.0</v>
       </c>
-      <c r="EH59" s="14" t="n">
+      <c r="EY59" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EZ59" s="14" t="n">
         <v>1.2</v>
       </c>
-      <c r="EI59" s="14" t="n">
+      <c r="FA59" s="14" t="n">
         <v>1.2</v>
       </c>
-      <c r="EJ59" s="13" t="inlineStr">
-[...9 lines deleted...]
-      <c r="EL59" s="14" t="n">
+      <c r="FB59" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FC59" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FD59" s="14" t="n">
         <v>5.7</v>
       </c>
-      <c r="EM59" s="14" t="n">
+      <c r="FE59" s="14" t="n">
         <v>5.6</v>
       </c>
-      <c r="EN59" s="14" t="n">
+      <c r="FF59" s="14" t="n">
         <v>0.8</v>
       </c>
-      <c r="EO59" s="14" t="n">
+      <c r="FG59" s="14" t="n">
         <v>0.8</v>
       </c>
-      <c r="EP59" s="14" t="n">
+      <c r="FH59" s="14" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="FI59" s="14" t="n">
         <v>7.3</v>
       </c>
-      <c r="EQ59" s="14" t="n">
+      <c r="FJ59" s="14" t="n">
         <v>6.6</v>
       </c>
-      <c r="ER59" s="14" t="n">
+      <c r="FK59" s="14" t="n">
         <v>9.9</v>
       </c>
-      <c r="ES59" s="14" t="n">
+      <c r="FL59" s="14" t="n">
         <v>10.0</v>
       </c>
-      <c r="ET59" s="14" t="n">
+      <c r="FM59" s="14" t="n">
         <v>0.4</v>
       </c>
-      <c r="EU59" s="14" t="n">
+      <c r="FN59" s="14" t="n">
         <v>0.4</v>
       </c>
-      <c r="EV59" s="14" t="n">
+      <c r="FO59" s="14" t="n">
         <v>0.1</v>
       </c>
-      <c r="EW59" s="14" t="n">
+      <c r="FP59" s="14" t="n">
         <v>0.1</v>
       </c>
-      <c r="EX59" s="13" t="inlineStr">
-[...39 lines deleted...]
-      <c r="FF59" s="14" t="n">
+      <c r="FQ59" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FR59" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FS59" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FT59" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FU59" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FV59" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FW59" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FX59" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FY59" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FZ59" s="14" t="n">
+        <v>175902.5</v>
+      </c>
+      <c r="GA59" s="14" t="n">
         <v>153263.6</v>
       </c>
-      <c r="FG59" s="14" t="n">
+      <c r="GB59" s="14" t="n">
         <v>177615.2</v>
       </c>
-      <c r="FH59" s="14" t="n">
+      <c r="GC59" s="14" t="n">
         <v>109509.5</v>
       </c>
-      <c r="FI59" s="14" t="n">
+      <c r="GD59" s="14" t="n">
         <v>116883.9</v>
       </c>
-      <c r="FJ59" s="14" t="n">
+      <c r="GE59" s="14" t="n">
         <v>115926.1</v>
       </c>
-      <c r="FK59" s="14" t="n">
+      <c r="GF59" s="14" t="n">
         <v>105798.7</v>
       </c>
-      <c r="FL59" s="14" t="n">
+      <c r="GG59" s="14" t="n">
         <v>97007.0</v>
       </c>
-      <c r="FM59" s="14" t="n">
+      <c r="GH59" s="14" t="n">
         <v>164990.7</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="6" t="inlineStr">
         <is>
           <t>Total, non-hazardous</t>
         </is>
       </c>
       <c r="B60" s="14" t="n">
+        <v>5759739.3</v>
+      </c>
+      <c r="C60" s="14" t="n">
         <v>6018900.0</v>
       </c>
-      <c r="C60" s="14" t="n">
+      <c r="D60" s="14" t="n">
         <v>6316368.7</v>
       </c>
-      <c r="D60" s="14" t="n">
+      <c r="E60" s="14" t="n">
         <v>6302433.3</v>
       </c>
-      <c r="E60" s="14" t="n">
+      <c r="F60" s="14" t="n">
         <v>6158033.9</v>
       </c>
-      <c r="F60" s="14" t="n">
+      <c r="G60" s="14" t="n">
         <v>6230097.4</v>
       </c>
-      <c r="G60" s="14" t="n">
+      <c r="H60" s="14" t="n">
         <v>6031875.6</v>
       </c>
-      <c r="H60" s="14" t="n">
+      <c r="I60" s="14" t="n">
         <v>6243798.1</v>
       </c>
-      <c r="I60" s="14" t="n">
+      <c r="J60" s="14" t="n">
         <v>6143003.7</v>
       </c>
-      <c r="J60" s="14" t="n">
+      <c r="K60" s="14" t="n">
+        <v>193129.4</v>
+      </c>
+      <c r="L60" s="14" t="n">
         <v>180663.7</v>
       </c>
-      <c r="K60" s="14" t="n">
+      <c r="M60" s="14" t="n">
         <v>2950416.3</v>
       </c>
-      <c r="L60" s="14" t="n">
+      <c r="N60" s="14" t="n">
         <v>2454860.7</v>
       </c>
-      <c r="M60" s="14" t="n">
+      <c r="O60" s="14" t="n">
         <v>2.15712752E7</v>
       </c>
-      <c r="N60" s="14" t="n">
+      <c r="P60" s="14" t="n">
         <v>2.35922245E7</v>
       </c>
-      <c r="O60" s="14" t="n">
+      <c r="Q60" s="14" t="n">
         <v>2.21305901E7</v>
       </c>
-      <c r="P60" s="14" t="n">
+      <c r="R60" s="14" t="n">
         <v>2.0297484E7</v>
       </c>
-      <c r="Q60" s="14" t="n">
+      <c r="S60" s="14" t="n">
         <v>1.71710344E7</v>
       </c>
-      <c r="R60" s="14" t="n">
+      <c r="T60" s="14" t="n">
+        <v>1938797.8</v>
+      </c>
+      <c r="U60" s="14" t="n">
         <v>2020107.0</v>
       </c>
-      <c r="S60" s="14" t="n">
+      <c r="V60" s="14" t="n">
         <v>2338715.1</v>
       </c>
-      <c r="T60" s="14" t="n">
+      <c r="W60" s="14" t="n">
         <v>2268064.0</v>
       </c>
-      <c r="U60" s="14" t="n">
+      <c r="X60" s="14" t="n">
         <v>2421958.4</v>
       </c>
-      <c r="V60" s="14" t="n">
+      <c r="Y60" s="14" t="n">
         <v>2330261.8</v>
       </c>
-      <c r="W60" s="14" t="n">
+      <c r="Z60" s="14" t="n">
         <v>2345716.4</v>
       </c>
-      <c r="X60" s="14" t="n">
+      <c r="AA60" s="14" t="n">
         <v>2318693.1</v>
       </c>
-      <c r="Y60" s="14" t="n">
+      <c r="AB60" s="14" t="n">
         <v>2594982.3</v>
       </c>
-      <c r="Z60" s="14" t="n">
+      <c r="AC60" s="14" t="n">
+        <v>88651.4</v>
+      </c>
+      <c r="AD60" s="14" t="n">
         <v>103121.7</v>
       </c>
-      <c r="AA60" s="14" t="n">
+      <c r="AE60" s="14" t="n">
         <v>98189.5</v>
       </c>
-      <c r="AB60" s="14" t="n">
+      <c r="AF60" s="14" t="n">
         <v>91852.1</v>
       </c>
-      <c r="AC60" s="14" t="n">
+      <c r="AG60" s="14" t="n">
         <v>78752.4</v>
       </c>
-      <c r="AD60" s="14" t="n">
+      <c r="AH60" s="14" t="n">
         <v>79401.8</v>
       </c>
-      <c r="AE60" s="14" t="n">
+      <c r="AI60" s="14" t="n">
         <v>99526.3</v>
       </c>
-      <c r="AF60" s="14" t="n">
+      <c r="AJ60" s="14" t="n">
         <v>93107.1</v>
       </c>
-      <c r="AG60" s="14" t="n">
+      <c r="AK60" s="14" t="n">
         <v>87704.9</v>
       </c>
-      <c r="AH60" s="14" t="n">
+      <c r="AL60" s="14" t="n">
+        <v>321396.0</v>
+      </c>
+      <c r="AM60" s="14" t="n">
         <v>358701.0</v>
       </c>
-      <c r="AI60" s="14" t="n">
+      <c r="AN60" s="14" t="n">
         <v>338059.6</v>
       </c>
-      <c r="AJ60" s="14" t="n">
+      <c r="AO60" s="14" t="n">
         <v>312628.1</v>
       </c>
-      <c r="AK60" s="14" t="n">
+      <c r="AP60" s="14" t="n">
         <v>397904.7</v>
       </c>
-      <c r="AL60" s="14" t="n">
+      <c r="AQ60" s="14" t="n">
         <v>388303.1</v>
       </c>
-      <c r="AM60" s="14" t="n">
+      <c r="AR60" s="14" t="n">
         <v>374394.6</v>
       </c>
-      <c r="AN60" s="14" t="n">
+      <c r="AS60" s="14" t="n">
         <v>367437.9</v>
       </c>
-      <c r="AO60" s="14" t="n">
+      <c r="AT60" s="14" t="n">
         <v>370731.7</v>
       </c>
-      <c r="AP60" s="14" t="n">
+      <c r="AU60" s="14" t="n">
+        <v>1336863.2</v>
+      </c>
+      <c r="AV60" s="14" t="n">
         <v>1421313.2</v>
       </c>
-      <c r="AQ60" s="14" t="n">
+      <c r="AW60" s="14" t="n">
         <v>1485057.6</v>
       </c>
-      <c r="AR60" s="14" t="n">
+      <c r="AX60" s="14" t="n">
         <v>1455709.3</v>
       </c>
-      <c r="AS60" s="14" t="n">
+      <c r="AY60" s="14" t="n">
         <v>1228495.2</v>
       </c>
-      <c r="AT60" s="14" t="n">
+      <c r="AZ60" s="14" t="n">
         <v>1221704.7</v>
       </c>
-      <c r="AU60" s="14" t="n">
+      <c r="BA60" s="14" t="n">
         <v>1724996.6</v>
       </c>
-      <c r="AV60" s="14" t="n">
+      <c r="BB60" s="14" t="n">
         <v>1630678.6</v>
       </c>
-      <c r="AW60" s="14" t="n">
+      <c r="BC60" s="14" t="n">
         <v>1639047.2</v>
       </c>
-      <c r="AX60" s="14" t="n">
+      <c r="BD60" s="14" t="n">
+        <v>55118.3</v>
+      </c>
+      <c r="BE60" s="14" t="n">
         <v>58600.2</v>
       </c>
-      <c r="AY60" s="14" t="n">
+      <c r="BF60" s="14" t="n">
         <v>117063.0</v>
       </c>
-      <c r="AZ60" s="14" t="n">
+      <c r="BG60" s="14" t="n">
         <v>46777.6</v>
       </c>
-      <c r="BA60" s="14" t="n">
+      <c r="BH60" s="14" t="n">
         <v>72964.1</v>
       </c>
-      <c r="BB60" s="14" t="n">
+      <c r="BI60" s="14" t="n">
         <v>74151.1</v>
       </c>
-      <c r="BC60" s="14" t="n">
+      <c r="BJ60" s="14" t="n">
         <v>63193.2</v>
       </c>
-      <c r="BD60" s="14" t="n">
+      <c r="BK60" s="14" t="n">
         <v>48147.2</v>
       </c>
-      <c r="BE60" s="14" t="n">
+      <c r="BL60" s="14" t="n">
         <v>37989.9</v>
       </c>
-      <c r="BF60" s="14" t="n">
+      <c r="BM60" s="14" t="n">
+        <v>917186.8</v>
+      </c>
+      <c r="BN60" s="14" t="n">
         <v>956730.8</v>
       </c>
-      <c r="BG60" s="14" t="n">
+      <c r="BO60" s="14" t="n">
         <v>728621.8</v>
       </c>
-      <c r="BH60" s="14" t="n">
+      <c r="BP60" s="14" t="n">
         <v>712612.7</v>
       </c>
-      <c r="BI60" s="14" t="n">
+      <c r="BQ60" s="14" t="n">
         <v>662379.2</v>
       </c>
-      <c r="BJ60" s="14" t="n">
+      <c r="BR60" s="14" t="n">
         <v>655204.9</v>
       </c>
-      <c r="BK60" s="14" t="n">
+      <c r="BS60" s="14" t="n">
         <v>676277.4</v>
       </c>
-      <c r="BL60" s="14" t="n">
+      <c r="BT60" s="14" t="n">
         <v>685198.5</v>
       </c>
-      <c r="BM60" s="14" t="n">
+      <c r="BU60" s="14" t="n">
         <v>651736.3</v>
       </c>
-      <c r="BN60" s="14" t="n">
+      <c r="BV60" s="14" t="n">
+        <v>2062694.8</v>
+      </c>
+      <c r="BW60" s="14" t="n">
         <v>2239972.9</v>
       </c>
-      <c r="BO60" s="14" t="n">
+      <c r="BX60" s="14" t="n">
         <v>2420557.8</v>
       </c>
-      <c r="BP60" s="14" t="n">
+      <c r="BY60" s="14" t="n">
         <v>2214600.3</v>
       </c>
-      <c r="BQ60" s="14" t="n">
+      <c r="BZ60" s="14" t="n">
         <v>2455836.2</v>
       </c>
-      <c r="BR60" s="14" t="n">
+      <c r="CA60" s="14" t="n">
         <v>2309515.8</v>
       </c>
-      <c r="BS60" s="14" t="n">
+      <c r="CB60" s="14" t="n">
         <v>2293191.2</v>
       </c>
-      <c r="BT60" s="14" t="n">
+      <c r="CC60" s="14" t="n">
         <v>2290832.9</v>
       </c>
-      <c r="BU60" s="14" t="n">
+      <c r="CD60" s="14" t="n">
         <v>2922568.3</v>
       </c>
-      <c r="BV60" s="14" t="n">
+      <c r="CE60" s="14" t="n">
+        <v>4241343.1</v>
+      </c>
+      <c r="CF60" s="14" t="n">
         <v>4344306.2</v>
       </c>
-      <c r="BW60" s="14" t="n">
+      <c r="CG60" s="14" t="n">
         <v>3627369.9</v>
       </c>
-      <c r="BX60" s="14" t="n">
+      <c r="CH60" s="14" t="n">
         <v>3735365.2</v>
       </c>
-      <c r="BY60" s="14" t="n">
+      <c r="CI60" s="14" t="n">
         <v>4062725.3</v>
       </c>
-      <c r="BZ60" s="14" t="n">
+      <c r="CJ60" s="14" t="n">
         <v>4200352.1</v>
       </c>
-      <c r="CA60" s="14" t="n">
+      <c r="CK60" s="14" t="n">
         <v>4527632.0</v>
       </c>
-      <c r="CB60" s="14" t="n">
+      <c r="CL60" s="14" t="n">
         <v>4142776.9</v>
       </c>
-      <c r="CC60" s="14" t="n">
+      <c r="CM60" s="14" t="n">
         <v>4390188.9</v>
       </c>
-      <c r="CD60" s="14" t="n">
+      <c r="CN60" s="14" t="n">
+        <v>1042664.2</v>
+      </c>
+      <c r="CO60" s="14" t="n">
         <v>1074964.1</v>
       </c>
-      <c r="CE60" s="14" t="n">
+      <c r="CP60" s="14" t="n">
         <v>990664.3</v>
       </c>
-      <c r="CF60" s="14" t="n">
+      <c r="CQ60" s="14" t="n">
         <v>1009219.4</v>
       </c>
-      <c r="CG60" s="14" t="n">
+      <c r="CR60" s="14" t="n">
         <v>1199474.2</v>
       </c>
-      <c r="CH60" s="14" t="n">
+      <c r="CS60" s="14" t="n">
         <v>1168053.1</v>
       </c>
-      <c r="CI60" s="14" t="n">
+      <c r="CT60" s="14" t="n">
         <v>1440915.8</v>
       </c>
-      <c r="CJ60" s="14" t="n">
+      <c r="CU60" s="14" t="n">
         <v>1224085.3</v>
       </c>
-      <c r="CK60" s="14" t="n">
+      <c r="CV60" s="14" t="n">
         <v>1397695.3</v>
       </c>
-      <c r="CL60" s="14" t="n">
+      <c r="CW60" s="14" t="n">
+        <v>159116.0</v>
+      </c>
+      <c r="CX60" s="14" t="n">
         <v>146003.9</v>
       </c>
-      <c r="CM60" s="14" t="n">
+      <c r="CY60" s="14" t="n">
         <v>122066.8</v>
       </c>
-      <c r="CN60" s="14" t="n">
+      <c r="CZ60" s="14" t="n">
         <v>124498.2</v>
       </c>
-      <c r="CO60" s="14" t="n">
+      <c r="DA60" s="14" t="n">
         <v>113586.7</v>
       </c>
-      <c r="CP60" s="14" t="n">
+      <c r="DB60" s="14" t="n">
         <v>106408.0</v>
       </c>
-      <c r="CQ60" s="14" t="n">
+      <c r="DC60" s="14" t="n">
         <v>131866.2</v>
       </c>
-      <c r="CR60" s="14" t="n">
+      <c r="DD60" s="14" t="n">
         <v>119192.0</v>
       </c>
-      <c r="CS60" s="14" t="n">
+      <c r="DE60" s="14" t="n">
         <v>138862.5</v>
       </c>
-      <c r="CT60" s="14" t="n">
+      <c r="DF60" s="14" t="n">
+        <v>582887.3</v>
+      </c>
+      <c r="DG60" s="14" t="n">
         <v>597972.2</v>
       </c>
-      <c r="CU60" s="14" t="n">
+      <c r="DH60" s="14" t="n">
         <v>826343.0</v>
       </c>
-      <c r="CV60" s="14" t="n">
+      <c r="DI60" s="14" t="n">
         <v>823051.1</v>
       </c>
-      <c r="CW60" s="14" t="n">
+      <c r="DJ60" s="14" t="n">
         <v>3352377.8</v>
       </c>
-      <c r="CX60" s="14" t="n">
+      <c r="DK60" s="14" t="n">
         <v>3264963.2</v>
       </c>
-      <c r="CY60" s="14" t="n">
+      <c r="DL60" s="14" t="n">
         <v>3851519.3</v>
       </c>
-      <c r="CZ60" s="14" t="n">
+      <c r="DM60" s="14" t="n">
         <v>3856130.7</v>
       </c>
-      <c r="DA60" s="14" t="n">
+      <c r="DN60" s="14" t="n">
         <v>5253859.7</v>
       </c>
-      <c r="DB60" s="14" t="n">
+      <c r="DO60" s="14" t="n">
+        <v>1242503.7</v>
+      </c>
+      <c r="DP60" s="14" t="n">
         <v>1236434.4</v>
       </c>
-      <c r="DC60" s="14" t="n">
+      <c r="DQ60" s="14" t="n">
         <v>806276.0</v>
       </c>
-      <c r="DD60" s="14" t="n">
+      <c r="DR60" s="14" t="n">
         <v>802995.2</v>
       </c>
-      <c r="DE60" s="14" t="n">
+      <c r="DS60" s="14" t="n">
         <v>1314751.5</v>
       </c>
-      <c r="DF60" s="14" t="n">
+      <c r="DT60" s="14" t="n">
         <v>1995942.3</v>
       </c>
-      <c r="DG60" s="14" t="n">
+      <c r="DU60" s="14" t="n">
         <v>1965811.2</v>
       </c>
-      <c r="DH60" s="14" t="n">
+      <c r="DV60" s="14" t="n">
         <v>1750658.1</v>
       </c>
-      <c r="DI60" s="14" t="n">
+      <c r="DW60" s="14" t="n">
         <v>1541547.8</v>
       </c>
-      <c r="DJ60" s="14" t="n">
+      <c r="DX60" s="14" t="n">
+        <v>2.04056392E7</v>
+      </c>
+      <c r="DY60" s="14" t="n">
         <v>2.16604368E7</v>
       </c>
-      <c r="DK60" s="14" t="n">
+      <c r="DZ60" s="14" t="n">
         <v>2.49992802E7</v>
       </c>
-      <c r="DL60" s="14" t="n">
+      <c r="EA60" s="14" t="n">
         <v>2.03670653E7</v>
       </c>
-      <c r="DM60" s="14" t="n">
+      <c r="EB60" s="14" t="n">
         <v>2.19264094E7</v>
       </c>
-      <c r="DN60" s="14" t="n">
+      <c r="EC60" s="14" t="n">
         <v>2.15969933E7</v>
       </c>
-      <c r="DO60" s="14" t="n">
+      <c r="ED60" s="14" t="n">
         <v>1.87653944E7</v>
       </c>
-      <c r="DP60" s="14" t="n">
+      <c r="EE60" s="14" t="n">
         <v>1.7834794E7</v>
       </c>
-      <c r="DQ60" s="14" t="n">
+      <c r="EF60" s="14" t="n">
         <v>1.94468827E7</v>
       </c>
-      <c r="DR60" s="14" t="n">
+      <c r="EG60" s="14" t="n">
+        <v>4.23936563E7</v>
+      </c>
+      <c r="EH60" s="14" t="n">
         <v>3.60423093E7</v>
       </c>
-      <c r="DS60" s="14" t="n">
+      <c r="EI60" s="14" t="n">
         <v>3.68471106E7</v>
       </c>
-      <c r="DT60" s="14" t="n">
+      <c r="EJ60" s="14" t="n">
         <v>3.24578233E7</v>
       </c>
-      <c r="DU60" s="14" t="n">
+      <c r="EK60" s="14" t="n">
         <v>3.49531393E7</v>
       </c>
-      <c r="DV60" s="14" t="n">
+      <c r="EL60" s="14" t="n">
         <v>3.80196617E7</v>
       </c>
-      <c r="DW60" s="14" t="n">
+      <c r="EM60" s="14" t="n">
         <v>3.52958385E7</v>
       </c>
-      <c r="DX60" s="14" t="n">
+      <c r="EN60" s="14" t="n">
         <v>3.57488453E7</v>
       </c>
-      <c r="DY60" s="14" t="n">
+      <c r="EO60" s="14" t="n">
         <v>3.59678683E7</v>
       </c>
-      <c r="DZ60" s="14" t="n">
+      <c r="EP60" s="14" t="n">
+        <v>4151557.3</v>
+      </c>
+      <c r="EQ60" s="14" t="n">
         <v>3917220.9</v>
       </c>
-      <c r="EA60" s="14" t="n">
+      <c r="ER60" s="14" t="n">
         <v>3477249.2</v>
       </c>
-      <c r="EB60" s="14" t="n">
+      <c r="ES60" s="14" t="n">
         <v>3863941.6</v>
       </c>
-      <c r="EC60" s="14" t="n">
+      <c r="ET60" s="14" t="n">
         <v>4449807.6</v>
       </c>
-      <c r="ED60" s="14" t="n">
+      <c r="EU60" s="14" t="n">
         <v>3903677.1</v>
       </c>
-      <c r="EE60" s="14" t="n">
+      <c r="EV60" s="14" t="n">
         <v>3846933.3</v>
       </c>
-      <c r="EF60" s="14" t="n">
+      <c r="EW60" s="14" t="n">
         <v>4073344.6</v>
       </c>
-      <c r="EG60" s="14" t="n">
+      <c r="EX60" s="14" t="n">
         <v>3912744.5</v>
       </c>
-      <c r="EH60" s="14" t="n">
+      <c r="EY60" s="14" t="n">
+        <v>274812.1</v>
+      </c>
+      <c r="EZ60" s="14" t="n">
         <v>254615.9</v>
       </c>
-      <c r="EI60" s="14" t="n">
+      <c r="FA60" s="14" t="n">
         <v>244686.9</v>
       </c>
-      <c r="EJ60" s="14" t="n">
+      <c r="FB60" s="14" t="n">
         <v>260117.5</v>
       </c>
-      <c r="EK60" s="14" t="n">
+      <c r="FC60" s="14" t="n">
         <v>272170.4</v>
       </c>
-      <c r="EL60" s="14" t="n">
+      <c r="FD60" s="14" t="n">
         <v>192788.1</v>
       </c>
-      <c r="EM60" s="14" t="n">
+      <c r="FE60" s="14" t="n">
         <v>189939.7</v>
       </c>
-      <c r="EN60" s="14" t="n">
+      <c r="FF60" s="14" t="n">
         <v>503463.0</v>
       </c>
-      <c r="EO60" s="14" t="n">
+      <c r="FG60" s="14" t="n">
         <v>489712.7</v>
       </c>
-      <c r="EP60" s="14" t="n">
+      <c r="FH60" s="14" t="n">
+        <v>508471.3</v>
+      </c>
+      <c r="FI60" s="14" t="n">
         <v>476864.3</v>
       </c>
-      <c r="EQ60" s="14" t="n">
+      <c r="FJ60" s="14" t="n">
         <v>466705.3</v>
       </c>
-      <c r="ER60" s="14" t="n">
+      <c r="FK60" s="14" t="n">
         <v>517544.5</v>
       </c>
-      <c r="ES60" s="14" t="n">
+      <c r="FL60" s="14" t="n">
         <v>498767.1</v>
       </c>
-      <c r="ET60" s="14" t="n">
+      <c r="FM60" s="14" t="n">
         <v>599852.3</v>
       </c>
-      <c r="EU60" s="14" t="n">
+      <c r="FN60" s="14" t="n">
         <v>587069.4</v>
       </c>
-      <c r="EV60" s="14" t="n">
+      <c r="FO60" s="14" t="n">
         <v>882062.0</v>
       </c>
-      <c r="EW60" s="14" t="n">
+      <c r="FP60" s="14" t="n">
         <v>847640.5</v>
       </c>
-      <c r="EX60" s="14" t="n">
-[...5 lines deleted...]
-      <c r="EZ60" s="14" t="n">
+      <c r="FQ60" s="14" t="n">
+        <v>2.17028643E7</v>
+      </c>
+      <c r="FR60" s="14" t="n">
+        <v>2.23569076E7</v>
+      </c>
+      <c r="FS60" s="14" t="n">
+        <v>2.22786941E7</v>
+      </c>
+      <c r="FT60" s="14" t="n">
         <v>2.23834455E7</v>
       </c>
-      <c r="FA60" s="14" t="n">
+      <c r="FU60" s="14" t="n">
         <v>2.27576565E7</v>
       </c>
-      <c r="FB60" s="14" t="n">
+      <c r="FV60" s="14" t="n">
         <v>2.26691819E7</v>
       </c>
-      <c r="FC60" s="14" t="n">
+      <c r="FW60" s="14" t="n">
         <v>2.25419736E7</v>
       </c>
-      <c r="FD60" s="14" t="n">
+      <c r="FX60" s="14" t="n">
         <v>2.1902664E7</v>
       </c>
-      <c r="FE60" s="14" t="n">
+      <c r="FY60" s="14" t="n">
         <v>2.09537039E7</v>
       </c>
-      <c r="FF60" s="14" t="n">
-[...5 lines deleted...]
-      <c r="FH60" s="14" t="n">
+      <c r="FZ60" s="14" t="n">
+        <v>1.093790918E8</v>
+      </c>
+      <c r="GA60" s="14" t="n">
+        <v>1.054661461E8</v>
+      </c>
+      <c r="GB60" s="14" t="n">
+        <v>1.114794957E8</v>
+      </c>
+      <c r="GC60" s="14" t="n">
         <v>1.022046049E8</v>
       </c>
-      <c r="FI60" s="14" t="n">
+      <c r="GD60" s="14" t="n">
         <v>1.299484651E8</v>
       </c>
-      <c r="FJ60" s="14" t="n">
+      <c r="GE60" s="14" t="n">
         <v>1.345987382E8</v>
       </c>
-      <c r="FK60" s="14" t="n">
+      <c r="GF60" s="14" t="n">
         <v>1.288846548E8</v>
       </c>
-      <c r="FL60" s="14" t="n">
+      <c r="GG60" s="14" t="n">
         <v>1.260133933E8</v>
       </c>
-      <c r="FM60" s="14" t="n">
+      <c r="GH60" s="14" t="n">
         <v>1.259595055E8</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="6" t="inlineStr">
         <is>
           <t>Total, hazardous</t>
         </is>
       </c>
       <c r="B61" s="14" t="n">
+        <v>22358.0</v>
+      </c>
+      <c r="C61" s="14" t="n">
         <v>24296.1</v>
       </c>
-      <c r="C61" s="14" t="n">
+      <c r="D61" s="14" t="n">
         <v>28071.2</v>
       </c>
-      <c r="D61" s="14" t="n">
+      <c r="E61" s="14" t="n">
         <v>28217.7</v>
       </c>
-      <c r="E61" s="14" t="n">
+      <c r="F61" s="14" t="n">
         <v>25925.2</v>
       </c>
-      <c r="F61" s="14" t="n">
+      <c r="G61" s="14" t="n">
         <v>28153.3</v>
       </c>
-      <c r="G61" s="14" t="n">
+      <c r="H61" s="14" t="n">
         <v>23080.5</v>
       </c>
-      <c r="H61" s="14" t="n">
+      <c r="I61" s="14" t="n">
         <v>27667.4</v>
       </c>
-      <c r="I61" s="14" t="n">
+      <c r="J61" s="14" t="n">
         <v>25720.8</v>
       </c>
-      <c r="J61" s="14" t="n">
+      <c r="K61" s="14" t="n">
+        <v>3766.0</v>
+      </c>
+      <c r="L61" s="14" t="n">
         <v>3561.6</v>
       </c>
-      <c r="K61" s="14" t="n">
+      <c r="M61" s="14" t="n">
         <v>3588.1</v>
       </c>
-      <c r="L61" s="14" t="n">
+      <c r="N61" s="14" t="n">
         <v>2891.3</v>
       </c>
-      <c r="M61" s="14" t="n">
+      <c r="O61" s="14" t="n">
         <v>2040.4</v>
       </c>
-      <c r="N61" s="14" t="n">
+      <c r="P61" s="14" t="n">
         <v>2216.1</v>
       </c>
-      <c r="O61" s="14" t="n">
+      <c r="Q61" s="14" t="n">
         <v>2169.9</v>
       </c>
-      <c r="P61" s="14" t="n">
+      <c r="R61" s="14" t="n">
         <v>1990.1</v>
       </c>
-      <c r="Q61" s="14" t="n">
+      <c r="S61" s="14" t="n">
         <v>2550.5</v>
       </c>
-      <c r="R61" s="14" t="n">
+      <c r="T61" s="14" t="n">
+        <v>9873.4</v>
+      </c>
+      <c r="U61" s="14" t="n">
         <v>10370.9</v>
       </c>
-      <c r="S61" s="14" t="n">
+      <c r="V61" s="14" t="n">
         <v>9222.5</v>
       </c>
-      <c r="T61" s="14" t="n">
+      <c r="W61" s="14" t="n">
         <v>8817.0</v>
       </c>
-      <c r="U61" s="14" t="n">
+      <c r="X61" s="14" t="n">
         <v>6729.9</v>
       </c>
-      <c r="V61" s="14" t="n">
+      <c r="Y61" s="14" t="n">
         <v>6435.9</v>
       </c>
-      <c r="W61" s="14" t="n">
+      <c r="Z61" s="14" t="n">
         <v>7585.2</v>
       </c>
-      <c r="X61" s="14" t="n">
+      <c r="AA61" s="14" t="n">
         <v>7040.4</v>
       </c>
-      <c r="Y61" s="14" t="n">
+      <c r="AB61" s="14" t="n">
         <v>9902.5</v>
       </c>
-      <c r="Z61" s="14" t="n">
+      <c r="AC61" s="14" t="n">
+        <v>6868.2</v>
+      </c>
+      <c r="AD61" s="14" t="n">
         <v>8004.0</v>
       </c>
-      <c r="AA61" s="14" t="n">
+      <c r="AE61" s="14" t="n">
         <v>6342.7</v>
       </c>
-      <c r="AB61" s="14" t="n">
+      <c r="AF61" s="14" t="n">
         <v>5927.1</v>
       </c>
-      <c r="AC61" s="14" t="n">
+      <c r="AG61" s="14" t="n">
         <v>3718.5</v>
       </c>
-      <c r="AD61" s="14" t="n">
+      <c r="AH61" s="14" t="n">
         <v>3742.3</v>
       </c>
-      <c r="AE61" s="14" t="n">
+      <c r="AI61" s="14" t="n">
         <v>4797.7</v>
       </c>
-      <c r="AF61" s="14" t="n">
+      <c r="AJ61" s="14" t="n">
         <v>4923.6</v>
       </c>
-      <c r="AG61" s="14" t="n">
+      <c r="AK61" s="14" t="n">
         <v>4975.4</v>
       </c>
-      <c r="AH61" s="14" t="n">
+      <c r="AL61" s="14" t="n">
+        <v>6813.7</v>
+      </c>
+      <c r="AM61" s="14" t="n">
         <v>7625.3</v>
       </c>
-      <c r="AI61" s="14" t="n">
+      <c r="AN61" s="14" t="n">
         <v>6786.0</v>
       </c>
-      <c r="AJ61" s="14" t="n">
+      <c r="AO61" s="14" t="n">
         <v>6264.7</v>
       </c>
-      <c r="AK61" s="14" t="n">
+      <c r="AP61" s="14" t="n">
         <v>5031.1</v>
       </c>
-      <c r="AL61" s="14" t="n">
+      <c r="AQ61" s="14" t="n">
         <v>4906.6</v>
       </c>
-      <c r="AM61" s="14" t="n">
+      <c r="AR61" s="14" t="n">
         <v>4619.3</v>
       </c>
-      <c r="AN61" s="14" t="n">
+      <c r="AS61" s="14" t="n">
         <v>4094.2</v>
       </c>
-      <c r="AO61" s="14" t="n">
+      <c r="AT61" s="14" t="n">
         <v>4191.3</v>
       </c>
-      <c r="AP61" s="14" t="n">
+      <c r="AU61" s="14" t="n">
+        <v>19858.3</v>
+      </c>
+      <c r="AV61" s="14" t="n">
         <v>21141.7</v>
       </c>
-      <c r="AQ61" s="14" t="n">
+      <c r="AW61" s="14" t="n">
         <v>18056.1</v>
       </c>
-      <c r="AR61" s="14" t="n">
+      <c r="AX61" s="14" t="n">
         <v>17665.6</v>
       </c>
-      <c r="AS61" s="14" t="n">
+      <c r="AY61" s="14" t="n">
         <v>17833.3</v>
       </c>
-      <c r="AT61" s="14" t="n">
+      <c r="AZ61" s="14" t="n">
         <v>17725.9</v>
       </c>
-      <c r="AU61" s="14" t="n">
+      <c r="BA61" s="14" t="n">
         <v>18457.4</v>
       </c>
-      <c r="AV61" s="14" t="n">
+      <c r="BB61" s="14" t="n">
         <v>16647.3</v>
       </c>
-      <c r="AW61" s="14" t="n">
+      <c r="BC61" s="14" t="n">
         <v>17102.4</v>
       </c>
-      <c r="AX61" s="14" t="n">
+      <c r="BD61" s="14" t="n">
+        <v>22703.9</v>
+      </c>
+      <c r="BE61" s="14" t="n">
         <v>24198.0</v>
       </c>
-      <c r="AY61" s="14" t="n">
+      <c r="BF61" s="14" t="n">
         <v>45615.5</v>
       </c>
-      <c r="AZ61" s="14" t="n">
+      <c r="BG61" s="14" t="n">
         <v>33856.4</v>
       </c>
-      <c r="BA61" s="14" t="n">
+      <c r="BH61" s="14" t="n">
         <v>35810.9</v>
       </c>
-      <c r="BB61" s="14" t="n">
+      <c r="BI61" s="14" t="n">
         <v>33594.2</v>
       </c>
-      <c r="BC61" s="14" t="n">
+      <c r="BJ61" s="14" t="n">
         <v>51272.5</v>
       </c>
-      <c r="BD61" s="14" t="n">
+      <c r="BK61" s="14" t="n">
         <v>42531.9</v>
       </c>
-      <c r="BE61" s="14" t="n">
+      <c r="BL61" s="14" t="n">
         <v>45787.0</v>
       </c>
-      <c r="BF61" s="14" t="n">
+      <c r="BM61" s="14" t="n">
+        <v>384248.5</v>
+      </c>
+      <c r="BN61" s="14" t="n">
         <v>400930.3</v>
       </c>
-      <c r="BG61" s="14" t="n">
+      <c r="BO61" s="14" t="n">
         <v>395083.9</v>
       </c>
-      <c r="BH61" s="14" t="n">
+      <c r="BP61" s="14" t="n">
         <v>386319.3</v>
       </c>
-      <c r="BI61" s="14" t="n">
+      <c r="BQ61" s="14" t="n">
         <v>359279.1</v>
       </c>
-      <c r="BJ61" s="14" t="n">
+      <c r="BR61" s="14" t="n">
         <v>355337.4</v>
       </c>
-      <c r="BK61" s="14" t="n">
+      <c r="BS61" s="14" t="n">
         <v>398454.2</v>
       </c>
-      <c r="BL61" s="14" t="n">
+      <c r="BT61" s="14" t="n">
         <v>384968.1</v>
       </c>
-      <c r="BM61" s="14" t="n">
+      <c r="BU61" s="14" t="n">
         <v>359023.4</v>
       </c>
-      <c r="BN61" s="14" t="n">
+      <c r="BV61" s="14" t="n">
+        <v>19348.4</v>
+      </c>
+      <c r="BW61" s="14" t="n">
         <v>21097.0</v>
       </c>
-      <c r="BO61" s="14" t="n">
+      <c r="BX61" s="14" t="n">
         <v>16728.4</v>
       </c>
-      <c r="BP61" s="14" t="n">
+      <c r="BY61" s="14" t="n">
         <v>15226.3</v>
       </c>
-      <c r="BQ61" s="14" t="n">
+      <c r="BZ61" s="14" t="n">
         <v>15285.9</v>
       </c>
-      <c r="BR61" s="14" t="n">
+      <c r="CA61" s="14" t="n">
         <v>14343.4</v>
       </c>
-      <c r="BS61" s="14" t="n">
+      <c r="CB61" s="14" t="n">
         <v>13880.4</v>
       </c>
-      <c r="BT61" s="14" t="n">
+      <c r="CC61" s="14" t="n">
         <v>13866.4</v>
       </c>
-      <c r="BU61" s="14" t="n">
+      <c r="CD61" s="14" t="n">
         <v>14872.0</v>
       </c>
-      <c r="BV61" s="14" t="n">
+      <c r="CE61" s="14" t="n">
+        <v>591923.7</v>
+      </c>
+      <c r="CF61" s="14" t="n">
         <v>606355.4</v>
       </c>
-      <c r="BW61" s="14" t="n">
+      <c r="CG61" s="14" t="n">
         <v>585750.1</v>
       </c>
-      <c r="BX61" s="14" t="n">
+      <c r="CH61" s="14" t="n">
         <v>603124.2</v>
       </c>
-      <c r="BY61" s="14" t="n">
+      <c r="CI61" s="14" t="n">
         <v>611085.1</v>
       </c>
-      <c r="BZ61" s="14" t="n">
+      <c r="CJ61" s="14" t="n">
         <v>631717.1</v>
       </c>
-      <c r="CA61" s="14" t="n">
+      <c r="CK61" s="14" t="n">
         <v>822166.1</v>
       </c>
-      <c r="CB61" s="14" t="n">
+      <c r="CL61" s="14" t="n">
         <v>762212.7</v>
       </c>
-      <c r="CC61" s="14" t="n">
+      <c r="CM61" s="14" t="n">
         <v>769452.1</v>
       </c>
-      <c r="CD61" s="14" t="n">
+      <c r="CN61" s="14" t="n">
+        <v>94609.1</v>
+      </c>
+      <c r="CO61" s="14" t="n">
         <v>100556.6</v>
       </c>
-      <c r="CE61" s="14" t="n">
+      <c r="CP61" s="14" t="n">
         <v>87103.1</v>
       </c>
-      <c r="CF61" s="14" t="n">
+      <c r="CQ61" s="14" t="n">
         <v>84214.1</v>
       </c>
-      <c r="CG61" s="14" t="n">
+      <c r="CR61" s="14" t="n">
         <v>99857.7</v>
       </c>
-      <c r="CH61" s="14" t="n">
+      <c r="CS61" s="14" t="n">
         <v>95277.8</v>
       </c>
-      <c r="CI61" s="14" t="n">
+      <c r="CT61" s="14" t="n">
         <v>104428.1</v>
       </c>
-      <c r="CJ61" s="14" t="n">
+      <c r="CU61" s="14" t="n">
         <v>97067.5</v>
       </c>
-      <c r="CK61" s="14" t="n">
+      <c r="CV61" s="14" t="n">
         <v>100033.3</v>
       </c>
-      <c r="CL61" s="14" t="n">
+      <c r="CW61" s="14" t="n">
+        <v>27043.4</v>
+      </c>
+      <c r="CX61" s="14" t="n">
         <v>27308.5</v>
       </c>
-      <c r="CM61" s="14" t="n">
+      <c r="CY61" s="14" t="n">
         <v>18350.8</v>
       </c>
-      <c r="CN61" s="14" t="n">
+      <c r="CZ61" s="14" t="n">
         <v>17275.5</v>
       </c>
-      <c r="CO61" s="14" t="n">
+      <c r="DA61" s="14" t="n">
         <v>13988.8</v>
       </c>
-      <c r="CP61" s="14" t="n">
+      <c r="DB61" s="14" t="n">
         <v>12949.8</v>
       </c>
-      <c r="CQ61" s="14" t="n">
+      <c r="DC61" s="14" t="n">
         <v>16616.0</v>
       </c>
-      <c r="CR61" s="14" t="n">
+      <c r="DD61" s="14" t="n">
         <v>15528.8</v>
       </c>
-      <c r="CS61" s="14" t="n">
+      <c r="DE61" s="14" t="n">
         <v>16522.0</v>
       </c>
-      <c r="CT61" s="14" t="n">
+      <c r="DF61" s="14" t="n">
+        <v>39012.1</v>
+      </c>
+      <c r="DG61" s="14" t="n">
         <v>40321.5</v>
       </c>
-      <c r="CU61" s="14" t="n">
+      <c r="DH61" s="14" t="n">
         <v>20074.7</v>
       </c>
-      <c r="CV61" s="14" t="n">
+      <c r="DI61" s="14" t="n">
         <v>19724.1</v>
       </c>
-      <c r="CW61" s="14" t="n">
+      <c r="DJ61" s="14" t="n">
         <v>22208.0</v>
       </c>
-      <c r="CX61" s="14" t="n">
+      <c r="DK61" s="14" t="n">
         <v>18509.2</v>
       </c>
-      <c r="CY61" s="14" t="n">
+      <c r="DL61" s="14" t="n">
         <v>17915.6</v>
       </c>
-      <c r="CZ61" s="14" t="n">
+      <c r="DM61" s="14" t="n">
         <v>17937.2</v>
       </c>
-      <c r="DA61" s="14" t="n">
+      <c r="DN61" s="14" t="n">
         <v>28221.2</v>
       </c>
-      <c r="DB61" s="14" t="n">
+      <c r="DO61" s="14" t="n">
+        <v>53868.8</v>
+      </c>
+      <c r="DP61" s="14" t="n">
         <v>41803.9</v>
       </c>
-      <c r="DC61" s="14" t="n">
+      <c r="DQ61" s="14" t="n">
         <v>60154.2</v>
       </c>
-      <c r="DD61" s="14" t="n">
+      <c r="DR61" s="14" t="n">
         <v>55342.0</v>
       </c>
-      <c r="DE61" s="14" t="n">
+      <c r="DS61" s="14" t="n">
         <v>50563.8</v>
       </c>
-      <c r="DF61" s="14" t="n">
+      <c r="DT61" s="14" t="n">
         <v>116065.6</v>
       </c>
-      <c r="DG61" s="14" t="n">
+      <c r="DU61" s="14" t="n">
         <v>126938.8</v>
       </c>
-      <c r="DH61" s="14" t="n">
+      <c r="DV61" s="14" t="n">
         <v>104877.3</v>
       </c>
-      <c r="DI61" s="14" t="n">
+      <c r="DW61" s="14" t="n">
         <v>47416.2</v>
       </c>
-      <c r="DJ61" s="14" t="n">
+      <c r="DX61" s="14" t="n">
+        <v>664938.6</v>
+      </c>
+      <c r="DY61" s="14" t="n">
         <v>652264.2</v>
       </c>
-      <c r="DK61" s="14" t="n">
+      <c r="DZ61" s="14" t="n">
         <v>824063.0</v>
       </c>
-      <c r="DL61" s="14" t="n">
+      <c r="EA61" s="14" t="n">
         <v>716079.3</v>
       </c>
-      <c r="DM61" s="14" t="n">
+      <c r="EB61" s="14" t="n">
         <v>639200.6</v>
       </c>
-      <c r="DN61" s="14" t="n">
+      <c r="EC61" s="14" t="n">
         <v>524412.2</v>
       </c>
-      <c r="DO61" s="14" t="n">
+      <c r="ED61" s="14" t="n">
         <v>467271.1</v>
       </c>
-      <c r="DP61" s="14" t="n">
+      <c r="EE61" s="14" t="n">
         <v>457839.0</v>
       </c>
-      <c r="DQ61" s="14" t="n">
+      <c r="EF61" s="14" t="n">
         <v>576212.0</v>
       </c>
-      <c r="DR61" s="14" t="n">
+      <c r="EG61" s="14" t="n">
+        <v>196471.9</v>
+      </c>
+      <c r="EH61" s="14" t="n">
         <v>195926.9</v>
       </c>
-      <c r="DS61" s="14" t="n">
+      <c r="EI61" s="14" t="n">
         <v>217128.0</v>
       </c>
-      <c r="DT61" s="14" t="n">
+      <c r="EJ61" s="14" t="n">
         <v>84749.2</v>
       </c>
-      <c r="DU61" s="14" t="n">
+      <c r="EK61" s="14" t="n">
         <v>90665.6</v>
       </c>
-      <c r="DV61" s="14" t="n">
+      <c r="EL61" s="14" t="n">
         <v>56325.1</v>
       </c>
-      <c r="DW61" s="14" t="n">
+      <c r="EM61" s="14" t="n">
         <v>51276.5</v>
       </c>
-      <c r="DX61" s="14" t="n">
+      <c r="EN61" s="14" t="n">
         <v>79077.2</v>
       </c>
-      <c r="DY61" s="14" t="n">
+      <c r="EO61" s="14" t="n">
         <v>78619.1</v>
       </c>
-      <c r="DZ61" s="14" t="n">
+      <c r="EP61" s="14" t="n">
+        <v>955706.9</v>
+      </c>
+      <c r="EQ61" s="14" t="n">
         <v>1060317.4</v>
       </c>
-      <c r="EA61" s="14" t="n">
+      <c r="ER61" s="14" t="n">
         <v>1134867.7</v>
       </c>
-      <c r="EB61" s="14" t="n">
+      <c r="ES61" s="14" t="n">
         <v>1061228.1</v>
       </c>
-      <c r="EC61" s="14" t="n">
+      <c r="ET61" s="14" t="n">
         <v>1213367.1</v>
       </c>
-      <c r="ED61" s="14" t="n">
+      <c r="EU61" s="14" t="n">
         <v>1203084.5</v>
       </c>
-      <c r="EE61" s="14" t="n">
+      <c r="EV61" s="14" t="n">
         <v>1017904.1</v>
       </c>
-      <c r="EF61" s="14" t="n">
+      <c r="EW61" s="14" t="n">
         <v>1012910.4</v>
       </c>
-      <c r="EG61" s="14" t="n">
+      <c r="EX61" s="14" t="n">
         <v>1137058.2</v>
       </c>
-      <c r="EH61" s="14" t="n">
+      <c r="EY61" s="14" t="n">
+        <v>17351.6</v>
+      </c>
+      <c r="EZ61" s="14" t="n">
         <v>16792.2</v>
       </c>
-      <c r="EI61" s="14" t="n">
+      <c r="FA61" s="14" t="n">
         <v>19461.7</v>
       </c>
-      <c r="EJ61" s="14" t="n">
+      <c r="FB61" s="14" t="n">
         <v>19770.9</v>
       </c>
-      <c r="EK61" s="14" t="n">
+      <c r="FC61" s="14" t="n">
         <v>20438.5</v>
       </c>
-      <c r="EL61" s="14" t="n">
+      <c r="FD61" s="14" t="n">
         <v>23940.6</v>
       </c>
-      <c r="EM61" s="14" t="n">
+      <c r="FE61" s="14" t="n">
         <v>13922.4</v>
       </c>
-      <c r="EN61" s="14" t="n">
+      <c r="FF61" s="14" t="n">
         <v>22908.9</v>
       </c>
-      <c r="EO61" s="14" t="n">
+      <c r="FG61" s="14" t="n">
         <v>22313.5</v>
       </c>
-      <c r="EP61" s="14" t="n">
+      <c r="FH61" s="14" t="n">
+        <v>45473.5</v>
+      </c>
+      <c r="FI61" s="14" t="n">
         <v>75610.1</v>
       </c>
-      <c r="EQ61" s="14" t="n">
+      <c r="FJ61" s="14" t="n">
         <v>75747.9</v>
       </c>
-      <c r="ER61" s="14" t="n">
+      <c r="FK61" s="14" t="n">
         <v>46033.7</v>
       </c>
-      <c r="ES61" s="14" t="n">
+      <c r="FL61" s="14" t="n">
         <v>42262.5</v>
       </c>
-      <c r="ET61" s="14" t="n">
+      <c r="FM61" s="14" t="n">
         <v>45379.6</v>
       </c>
-      <c r="EU61" s="14" t="n">
+      <c r="FN61" s="14" t="n">
         <v>42258.9</v>
       </c>
-      <c r="EV61" s="14" t="n">
+      <c r="FO61" s="14" t="n">
         <v>84265.1</v>
       </c>
-      <c r="EW61" s="14" t="n">
+      <c r="FP61" s="14" t="n">
         <v>80836.3</v>
       </c>
-      <c r="EX61" s="14" t="n">
-[...5 lines deleted...]
-      <c r="EZ61" s="14" t="n">
+      <c r="FQ61" s="14" t="n">
+        <v>133285.0</v>
+      </c>
+      <c r="FR61" s="14" t="n">
+        <v>109376.8</v>
+      </c>
+      <c r="FS61" s="14" t="n">
+        <v>136453.1</v>
+      </c>
+      <c r="FT61" s="14" t="n">
         <v>97115.6</v>
       </c>
-      <c r="FA61" s="14" t="n">
+      <c r="FU61" s="14" t="n">
         <v>33267.6</v>
       </c>
-      <c r="FB61" s="14" t="n">
+      <c r="FV61" s="14" t="n">
         <v>30080.3</v>
       </c>
-      <c r="FC61" s="14" t="n">
+      <c r="FW61" s="14" t="n">
         <v>29672.0</v>
       </c>
-      <c r="FD61" s="14" t="n">
+      <c r="FX61" s="14" t="n">
         <v>25491.0</v>
       </c>
-      <c r="FE61" s="14" t="n">
+      <c r="FY61" s="14" t="n">
         <v>37653.1</v>
       </c>
-      <c r="FF61" s="14" t="n">
-[...5 lines deleted...]
-      <c r="FH61" s="14" t="n">
+      <c r="FZ61" s="14" t="n">
+        <v>3315523.0</v>
+      </c>
+      <c r="GA61" s="14" t="n">
+        <v>3447858.4</v>
+      </c>
+      <c r="GB61" s="14" t="n">
+        <v>3708648.8</v>
+      </c>
+      <c r="GC61" s="14" t="n">
         <v>3309842.0</v>
       </c>
-      <c r="FI61" s="14" t="n">
+      <c r="GD61" s="14" t="n">
         <v>3308559.6</v>
       </c>
-      <c r="FJ61" s="14" t="n">
+      <c r="GE61" s="14" t="n">
         <v>3224196.9</v>
       </c>
-      <c r="FK61" s="14" t="n">
+      <c r="GF61" s="14" t="n">
         <v>3234686.7</v>
       </c>
-      <c r="FL61" s="14" t="n">
+      <c r="GG61" s="14" t="n">
         <v>3183844.5</v>
       </c>
-      <c r="FM61" s="14" t="n">
+      <c r="GH61" s="14" t="n">
         <v>3378462.3</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="6" t="inlineStr">
         <is>
           <t>Total, general</t>
         </is>
       </c>
       <c r="B62" s="14" t="n">
+        <v>5782097.3</v>
+      </c>
+      <c r="C62" s="14" t="n">
         <v>6043196.1</v>
       </c>
-      <c r="C62" s="14" t="n">
+      <c r="D62" s="14" t="n">
         <v>6344439.9</v>
       </c>
-      <c r="D62" s="14" t="n">
+      <c r="E62" s="14" t="n">
         <v>6330650.9</v>
       </c>
-      <c r="E62" s="14" t="n">
+      <c r="F62" s="14" t="n">
         <v>6183959.1</v>
       </c>
-      <c r="F62" s="14" t="n">
+      <c r="G62" s="14" t="n">
         <v>6258250.7</v>
       </c>
-      <c r="G62" s="14" t="n">
+      <c r="H62" s="14" t="n">
         <v>6054956.1</v>
       </c>
-      <c r="H62" s="14" t="n">
+      <c r="I62" s="14" t="n">
         <v>6271465.5</v>
       </c>
-      <c r="I62" s="14" t="n">
+      <c r="J62" s="14" t="n">
         <v>6168724.5</v>
       </c>
-      <c r="J62" s="14" t="n">
+      <c r="K62" s="14" t="n">
+        <v>196895.4</v>
+      </c>
+      <c r="L62" s="14" t="n">
         <v>184225.3</v>
       </c>
-      <c r="K62" s="14" t="n">
+      <c r="M62" s="14" t="n">
         <v>2954004.4</v>
       </c>
-      <c r="L62" s="14" t="n">
+      <c r="N62" s="14" t="n">
         <v>2457752.0</v>
       </c>
-      <c r="M62" s="14" t="n">
+      <c r="O62" s="14" t="n">
         <v>2.15733156E7</v>
       </c>
-      <c r="N62" s="14" t="n">
+      <c r="P62" s="14" t="n">
         <v>2.35944406E7</v>
       </c>
-      <c r="O62" s="14" t="n">
+      <c r="Q62" s="14" t="n">
         <v>2.213276E7</v>
       </c>
-      <c r="P62" s="14" t="n">
+      <c r="R62" s="14" t="n">
         <v>2.02994741E7</v>
       </c>
-      <c r="Q62" s="14" t="n">
+      <c r="S62" s="14" t="n">
         <v>1.71735849E7</v>
       </c>
-      <c r="R62" s="14" t="n">
+      <c r="T62" s="14" t="n">
+        <v>1948671.2</v>
+      </c>
+      <c r="U62" s="14" t="n">
         <v>2030477.9</v>
       </c>
-      <c r="S62" s="14" t="n">
+      <c r="V62" s="14" t="n">
         <v>2347937.6</v>
       </c>
-      <c r="T62" s="14" t="n">
+      <c r="W62" s="14" t="n">
         <v>2276881.0</v>
       </c>
-      <c r="U62" s="14" t="n">
+      <c r="X62" s="14" t="n">
         <v>2428688.3</v>
       </c>
-      <c r="V62" s="14" t="n">
+      <c r="Y62" s="14" t="n">
         <v>2336697.7</v>
       </c>
-      <c r="W62" s="14" t="n">
+      <c r="Z62" s="14" t="n">
         <v>2353301.6</v>
       </c>
-      <c r="X62" s="14" t="n">
+      <c r="AA62" s="14" t="n">
         <v>2325733.5</v>
       </c>
-      <c r="Y62" s="14" t="n">
+      <c r="AB62" s="14" t="n">
         <v>2604884.8</v>
       </c>
-      <c r="Z62" s="14" t="n">
+      <c r="AC62" s="14" t="n">
+        <v>95519.6</v>
+      </c>
+      <c r="AD62" s="14" t="n">
         <v>111125.7</v>
       </c>
-      <c r="AA62" s="14" t="n">
+      <c r="AE62" s="14" t="n">
         <v>104532.2</v>
       </c>
-      <c r="AB62" s="14" t="n">
+      <c r="AF62" s="14" t="n">
         <v>97779.2</v>
       </c>
-      <c r="AC62" s="14" t="n">
+      <c r="AG62" s="14" t="n">
         <v>82470.9</v>
       </c>
-      <c r="AD62" s="14" t="n">
+      <c r="AH62" s="14" t="n">
         <v>83144.1</v>
       </c>
-      <c r="AE62" s="14" t="n">
+      <c r="AI62" s="14" t="n">
         <v>104324.0</v>
       </c>
-      <c r="AF62" s="14" t="n">
+      <c r="AJ62" s="14" t="n">
         <v>98030.7</v>
       </c>
-      <c r="AG62" s="14" t="n">
+      <c r="AK62" s="14" t="n">
         <v>92680.3</v>
       </c>
-      <c r="AH62" s="14" t="n">
+      <c r="AL62" s="14" t="n">
+        <v>328209.7</v>
+      </c>
+      <c r="AM62" s="14" t="n">
         <v>366326.3</v>
       </c>
-      <c r="AI62" s="14" t="n">
+      <c r="AN62" s="14" t="n">
         <v>344845.6</v>
       </c>
-      <c r="AJ62" s="14" t="n">
+      <c r="AO62" s="14" t="n">
         <v>318892.8</v>
       </c>
-      <c r="AK62" s="14" t="n">
+      <c r="AP62" s="14" t="n">
         <v>402935.8</v>
       </c>
-      <c r="AL62" s="14" t="n">
+      <c r="AQ62" s="14" t="n">
         <v>393209.7</v>
       </c>
-      <c r="AM62" s="14" t="n">
+      <c r="AR62" s="14" t="n">
         <v>379013.9</v>
       </c>
-      <c r="AN62" s="14" t="n">
+      <c r="AS62" s="14" t="n">
         <v>371532.1</v>
       </c>
-      <c r="AO62" s="14" t="n">
+      <c r="AT62" s="14" t="n">
         <v>374923.0</v>
       </c>
-      <c r="AP62" s="14" t="n">
+      <c r="AU62" s="14" t="n">
+        <v>1356721.5</v>
+      </c>
+      <c r="AV62" s="14" t="n">
         <v>1442454.9</v>
       </c>
-      <c r="AQ62" s="14" t="n">
+      <c r="AW62" s="14" t="n">
         <v>1503113.7</v>
       </c>
-      <c r="AR62" s="14" t="n">
+      <c r="AX62" s="14" t="n">
         <v>1473374.9</v>
       </c>
-      <c r="AS62" s="14" t="n">
+      <c r="AY62" s="14" t="n">
         <v>1246328.5</v>
       </c>
-      <c r="AT62" s="14" t="n">
+      <c r="AZ62" s="14" t="n">
         <v>1239430.6</v>
       </c>
-      <c r="AU62" s="14" t="n">
+      <c r="BA62" s="14" t="n">
         <v>1743454.0</v>
       </c>
-      <c r="AV62" s="14" t="n">
+      <c r="BB62" s="14" t="n">
         <v>1647325.9</v>
       </c>
-      <c r="AW62" s="14" t="n">
+      <c r="BC62" s="14" t="n">
         <v>1656149.6</v>
       </c>
-      <c r="AX62" s="14" t="n">
+      <c r="BD62" s="14" t="n">
+        <v>77822.2</v>
+      </c>
+      <c r="BE62" s="14" t="n">
         <v>82798.2</v>
       </c>
-      <c r="AY62" s="14" t="n">
+      <c r="BF62" s="14" t="n">
         <v>162678.5</v>
       </c>
-      <c r="AZ62" s="14" t="n">
+      <c r="BG62" s="14" t="n">
         <v>80634.0</v>
       </c>
-      <c r="BA62" s="14" t="n">
+      <c r="BH62" s="14" t="n">
         <v>108775.0</v>
       </c>
-      <c r="BB62" s="14" t="n">
+      <c r="BI62" s="14" t="n">
         <v>107745.3</v>
       </c>
-      <c r="BC62" s="14" t="n">
+      <c r="BJ62" s="14" t="n">
         <v>114465.7</v>
       </c>
-      <c r="BD62" s="14" t="n">
+      <c r="BK62" s="14" t="n">
         <v>90679.1</v>
       </c>
-      <c r="BE62" s="14" t="n">
+      <c r="BL62" s="14" t="n">
         <v>83776.9</v>
       </c>
-      <c r="BF62" s="14" t="n">
+      <c r="BM62" s="14" t="n">
+        <v>1301435.3</v>
+      </c>
+      <c r="BN62" s="14" t="n">
         <v>1357661.1</v>
       </c>
-      <c r="BG62" s="14" t="n">
+      <c r="BO62" s="14" t="n">
         <v>1123705.7</v>
       </c>
-      <c r="BH62" s="14" t="n">
+      <c r="BP62" s="14" t="n">
         <v>1098932.0</v>
       </c>
-      <c r="BI62" s="14" t="n">
+      <c r="BQ62" s="14" t="n">
         <v>1021658.3</v>
       </c>
-      <c r="BJ62" s="14" t="n">
+      <c r="BR62" s="14" t="n">
         <v>1010542.3</v>
       </c>
-      <c r="BK62" s="14" t="n">
+      <c r="BS62" s="14" t="n">
         <v>1074731.6</v>
       </c>
-      <c r="BL62" s="14" t="n">
+      <c r="BT62" s="14" t="n">
         <v>1070166.6</v>
       </c>
-      <c r="BM62" s="14" t="n">
+      <c r="BU62" s="14" t="n">
         <v>1010759.7</v>
       </c>
-      <c r="BN62" s="14" t="n">
+      <c r="BV62" s="14" t="n">
+        <v>2082043.2</v>
+      </c>
+      <c r="BW62" s="14" t="n">
         <v>2261069.9</v>
       </c>
-      <c r="BO62" s="14" t="n">
+      <c r="BX62" s="14" t="n">
         <v>2437286.2</v>
       </c>
-      <c r="BP62" s="14" t="n">
+      <c r="BY62" s="14" t="n">
         <v>2229826.6</v>
       </c>
-      <c r="BQ62" s="14" t="n">
+      <c r="BZ62" s="14" t="n">
         <v>2471122.1</v>
       </c>
-      <c r="BR62" s="14" t="n">
+      <c r="CA62" s="14" t="n">
         <v>2323859.2</v>
       </c>
-      <c r="BS62" s="14" t="n">
+      <c r="CB62" s="14" t="n">
         <v>2307071.6</v>
       </c>
-      <c r="BT62" s="14" t="n">
+      <c r="CC62" s="14" t="n">
         <v>2304699.3</v>
       </c>
-      <c r="BU62" s="14" t="n">
+      <c r="CD62" s="14" t="n">
         <v>2937440.3</v>
       </c>
-      <c r="BV62" s="14" t="n">
+      <c r="CE62" s="14" t="n">
+        <v>4833266.8</v>
+      </c>
+      <c r="CF62" s="14" t="n">
         <v>4950661.6</v>
       </c>
-      <c r="BW62" s="14" t="n">
+      <c r="CG62" s="14" t="n">
         <v>4213120.0</v>
       </c>
-      <c r="BX62" s="14" t="n">
+      <c r="CH62" s="14" t="n">
         <v>4338489.4</v>
       </c>
-      <c r="BY62" s="14" t="n">
+      <c r="CI62" s="14" t="n">
         <v>4673810.4</v>
       </c>
-      <c r="BZ62" s="14" t="n">
+      <c r="CJ62" s="14" t="n">
         <v>4832069.2</v>
       </c>
-      <c r="CA62" s="14" t="n">
+      <c r="CK62" s="14" t="n">
         <v>5349798.1</v>
       </c>
-      <c r="CB62" s="14" t="n">
+      <c r="CL62" s="14" t="n">
         <v>4904989.6</v>
       </c>
-      <c r="CC62" s="14" t="n">
+      <c r="CM62" s="14" t="n">
         <v>5159641.0</v>
       </c>
-      <c r="CD62" s="14" t="n">
+      <c r="CN62" s="14" t="n">
+        <v>1137273.3</v>
+      </c>
+      <c r="CO62" s="14" t="n">
         <v>1175520.7</v>
       </c>
-      <c r="CE62" s="14" t="n">
+      <c r="CP62" s="14" t="n">
         <v>1077767.4</v>
       </c>
-      <c r="CF62" s="14" t="n">
+      <c r="CQ62" s="14" t="n">
         <v>1093433.5</v>
       </c>
-      <c r="CG62" s="14" t="n">
+      <c r="CR62" s="14" t="n">
         <v>1299331.9</v>
       </c>
-      <c r="CH62" s="14" t="n">
+      <c r="CS62" s="14" t="n">
         <v>1263330.9</v>
       </c>
-      <c r="CI62" s="14" t="n">
+      <c r="CT62" s="14" t="n">
         <v>1545343.9</v>
       </c>
-      <c r="CJ62" s="14" t="n">
+      <c r="CU62" s="14" t="n">
         <v>1321152.8</v>
       </c>
-      <c r="CK62" s="14" t="n">
+      <c r="CV62" s="14" t="n">
         <v>1497728.6</v>
       </c>
-      <c r="CL62" s="14" t="n">
+      <c r="CW62" s="14" t="n">
+        <v>186159.4</v>
+      </c>
+      <c r="CX62" s="14" t="n">
         <v>173312.4</v>
       </c>
-      <c r="CM62" s="14" t="n">
+      <c r="CY62" s="14" t="n">
         <v>140417.6</v>
       </c>
-      <c r="CN62" s="14" t="n">
+      <c r="CZ62" s="14" t="n">
         <v>141773.7</v>
       </c>
-      <c r="CO62" s="14" t="n">
+      <c r="DA62" s="14" t="n">
         <v>127575.5</v>
       </c>
-      <c r="CP62" s="14" t="n">
+      <c r="DB62" s="14" t="n">
         <v>119357.8</v>
       </c>
-      <c r="CQ62" s="14" t="n">
+      <c r="DC62" s="14" t="n">
         <v>148482.2</v>
       </c>
-      <c r="CR62" s="14" t="n">
+      <c r="DD62" s="14" t="n">
         <v>134720.8</v>
       </c>
-      <c r="CS62" s="14" t="n">
+      <c r="DE62" s="14" t="n">
         <v>155384.5</v>
       </c>
-      <c r="CT62" s="14" t="n">
+      <c r="DF62" s="14" t="n">
+        <v>621899.4</v>
+      </c>
+      <c r="DG62" s="14" t="n">
         <v>638293.7</v>
       </c>
-      <c r="CU62" s="14" t="n">
+      <c r="DH62" s="14" t="n">
         <v>846417.7</v>
       </c>
-      <c r="CV62" s="14" t="n">
+      <c r="DI62" s="14" t="n">
         <v>842775.2</v>
       </c>
-      <c r="CW62" s="14" t="n">
+      <c r="DJ62" s="14" t="n">
         <v>3374585.8</v>
       </c>
-      <c r="CX62" s="14" t="n">
+      <c r="DK62" s="14" t="n">
         <v>3283472.4</v>
       </c>
-      <c r="CY62" s="14" t="n">
+      <c r="DL62" s="14" t="n">
         <v>3869434.9</v>
       </c>
-      <c r="CZ62" s="14" t="n">
+      <c r="DM62" s="14" t="n">
         <v>3874067.9</v>
       </c>
-      <c r="DA62" s="14" t="n">
+      <c r="DN62" s="14" t="n">
         <v>5282080.9</v>
       </c>
-      <c r="DB62" s="14" t="n">
+      <c r="DO62" s="14" t="n">
+        <v>1296372.5</v>
+      </c>
+      <c r="DP62" s="14" t="n">
         <v>1278238.3</v>
       </c>
-      <c r="DC62" s="14" t="n">
+      <c r="DQ62" s="14" t="n">
         <v>866430.2</v>
       </c>
-      <c r="DD62" s="14" t="n">
+      <c r="DR62" s="14" t="n">
         <v>858337.2</v>
       </c>
-      <c r="DE62" s="14" t="n">
+      <c r="DS62" s="14" t="n">
         <v>1365315.3</v>
       </c>
-      <c r="DF62" s="14" t="n">
+      <c r="DT62" s="14" t="n">
         <v>2112007.9</v>
       </c>
-      <c r="DG62" s="14" t="n">
+      <c r="DU62" s="14" t="n">
         <v>2092750.0</v>
       </c>
-      <c r="DH62" s="14" t="n">
+      <c r="DV62" s="14" t="n">
         <v>1855535.4</v>
       </c>
-      <c r="DI62" s="14" t="n">
+      <c r="DW62" s="14" t="n">
         <v>1588964.0</v>
       </c>
-      <c r="DJ62" s="14" t="n">
+      <c r="DX62" s="14" t="n">
+        <v>2.10705778E7</v>
+      </c>
+      <c r="DY62" s="14" t="n">
         <v>2.2312701E7</v>
       </c>
-      <c r="DK62" s="14" t="n">
+      <c r="DZ62" s="14" t="n">
         <v>2.58233432E7</v>
       </c>
-      <c r="DL62" s="14" t="n">
+      <c r="EA62" s="14" t="n">
         <v>2.10831446E7</v>
       </c>
-      <c r="DM62" s="14" t="n">
+      <c r="EB62" s="14" t="n">
         <v>2.256561E7</v>
       </c>
-      <c r="DN62" s="14" t="n">
+      <c r="EC62" s="14" t="n">
         <v>2.21214055E7</v>
       </c>
-      <c r="DO62" s="14" t="n">
+      <c r="ED62" s="14" t="n">
         <v>1.92326655E7</v>
       </c>
-      <c r="DP62" s="14" t="n">
+      <c r="EE62" s="14" t="n">
         <v>1.8292633E7</v>
       </c>
-      <c r="DQ62" s="14" t="n">
+      <c r="EF62" s="14" t="n">
         <v>2.00230947E7</v>
       </c>
-      <c r="DR62" s="14" t="n">
+      <c r="EG62" s="14" t="n">
+        <v>4.25901282E7</v>
+      </c>
+      <c r="EH62" s="14" t="n">
         <v>3.62382362E7</v>
       </c>
-      <c r="DS62" s="14" t="n">
+      <c r="EI62" s="14" t="n">
         <v>3.70642386E7</v>
       </c>
-      <c r="DT62" s="14" t="n">
+      <c r="EJ62" s="14" t="n">
         <v>3.25425725E7</v>
       </c>
-      <c r="DU62" s="14" t="n">
+      <c r="EK62" s="14" t="n">
         <v>3.50438049E7</v>
       </c>
-      <c r="DV62" s="14" t="n">
+      <c r="EL62" s="14" t="n">
         <v>3.80759868E7</v>
       </c>
-      <c r="DW62" s="14" t="n">
+      <c r="EM62" s="14" t="n">
         <v>3.5347115E7</v>
       </c>
-      <c r="DX62" s="14" t="n">
+      <c r="EN62" s="14" t="n">
         <v>3.58279225E7</v>
       </c>
-      <c r="DY62" s="14" t="n">
+      <c r="EO62" s="14" t="n">
         <v>3.60464874E7</v>
       </c>
-      <c r="DZ62" s="14" t="n">
+      <c r="EP62" s="14" t="n">
+        <v>5107264.2</v>
+      </c>
+      <c r="EQ62" s="14" t="n">
         <v>4977538.3</v>
       </c>
-      <c r="EA62" s="14" t="n">
+      <c r="ER62" s="14" t="n">
         <v>4612116.9</v>
       </c>
-      <c r="EB62" s="14" t="n">
+      <c r="ES62" s="14" t="n">
         <v>4925169.7</v>
       </c>
-      <c r="EC62" s="14" t="n">
+      <c r="ET62" s="14" t="n">
         <v>5663174.7</v>
       </c>
-      <c r="ED62" s="14" t="n">
+      <c r="EU62" s="14" t="n">
         <v>5106761.6</v>
       </c>
-      <c r="EE62" s="14" t="n">
+      <c r="EV62" s="14" t="n">
         <v>4864837.4</v>
       </c>
-      <c r="EF62" s="14" t="n">
+      <c r="EW62" s="14" t="n">
         <v>5086255.0</v>
       </c>
-      <c r="EG62" s="14" t="n">
+      <c r="EX62" s="14" t="n">
         <v>5049802.7</v>
       </c>
-      <c r="EH62" s="14" t="n">
+      <c r="EY62" s="14" t="n">
+        <v>292163.7</v>
+      </c>
+      <c r="EZ62" s="14" t="n">
         <v>271408.1</v>
       </c>
-      <c r="EI62" s="14" t="n">
+      <c r="FA62" s="14" t="n">
         <v>264148.6</v>
       </c>
-      <c r="EJ62" s="14" t="n">
+      <c r="FB62" s="14" t="n">
         <v>279888.4</v>
       </c>
-      <c r="EK62" s="14" t="n">
+      <c r="FC62" s="14" t="n">
         <v>292608.9</v>
       </c>
-      <c r="EL62" s="14" t="n">
+      <c r="FD62" s="14" t="n">
         <v>216728.7</v>
       </c>
-      <c r="EM62" s="14" t="n">
+      <c r="FE62" s="14" t="n">
         <v>203862.1</v>
       </c>
-      <c r="EN62" s="14" t="n">
+      <c r="FF62" s="14" t="n">
         <v>526371.9</v>
       </c>
-      <c r="EO62" s="14" t="n">
+      <c r="FG62" s="14" t="n">
         <v>512026.2</v>
       </c>
-      <c r="EP62" s="14" t="n">
+      <c r="FH62" s="14" t="n">
+        <v>553944.8</v>
+      </c>
+      <c r="FI62" s="14" t="n">
         <v>552474.4</v>
       </c>
-      <c r="EQ62" s="14" t="n">
+      <c r="FJ62" s="14" t="n">
         <v>542453.2</v>
       </c>
-      <c r="ER62" s="14" t="n">
+      <c r="FK62" s="14" t="n">
         <v>563578.2</v>
       </c>
-      <c r="ES62" s="14" t="n">
+      <c r="FL62" s="14" t="n">
         <v>541029.6</v>
       </c>
-      <c r="ET62" s="14" t="n">
+      <c r="FM62" s="14" t="n">
         <v>645231.9</v>
       </c>
-      <c r="EU62" s="14" t="n">
+      <c r="FN62" s="14" t="n">
         <v>629328.3</v>
       </c>
-      <c r="EV62" s="14" t="n">
+      <c r="FO62" s="14" t="n">
         <v>966327.1</v>
       </c>
-      <c r="EW62" s="14" t="n">
+      <c r="FP62" s="14" t="n">
         <v>928476.8</v>
       </c>
-      <c r="EX62" s="14" t="n">
-[...5 lines deleted...]
-      <c r="EZ62" s="14" t="n">
+      <c r="FQ62" s="14" t="n">
+        <v>2.18361494E7</v>
+      </c>
+      <c r="FR62" s="14" t="n">
+        <v>2.24662844E7</v>
+      </c>
+      <c r="FS62" s="14" t="n">
+        <v>2.24151473E7</v>
+      </c>
+      <c r="FT62" s="14" t="n">
         <v>2.24805611E7</v>
       </c>
-      <c r="FA62" s="14" t="n">
+      <c r="FU62" s="14" t="n">
         <v>2.27909241E7</v>
       </c>
-      <c r="FB62" s="14" t="n">
+      <c r="FV62" s="14" t="n">
         <v>2.26992622E7</v>
       </c>
-      <c r="FC62" s="14" t="n">
+      <c r="FW62" s="14" t="n">
         <v>2.25716456E7</v>
       </c>
-      <c r="FD62" s="14" t="n">
+      <c r="FX62" s="14" t="n">
         <v>2.1928155E7</v>
       </c>
-      <c r="FE62" s="14" t="n">
+      <c r="FY62" s="14" t="n">
         <v>2.0991357E7</v>
       </c>
-      <c r="FF62" s="14" t="n">
-[...5 lines deleted...]
-      <c r="FH62" s="14" t="n">
+      <c r="FZ62" s="14" t="n">
+        <v>1.126946148E8</v>
+      </c>
+      <c r="GA62" s="14" t="n">
+        <v>1.089140045E8</v>
+      </c>
+      <c r="GB62" s="14" t="n">
+        <v>1.151881445E8</v>
+      </c>
+      <c r="GC62" s="14" t="n">
         <v>1.055144469E8</v>
       </c>
-      <c r="FI62" s="14" t="n">
+      <c r="GD62" s="14" t="n">
         <v>1.332570247E8</v>
       </c>
-      <c r="FJ62" s="14" t="n">
+      <c r="GE62" s="14" t="n">
         <v>1.378229351E8</v>
       </c>
-      <c r="FK62" s="14" t="n">
+      <c r="GF62" s="14" t="n">
         <v>1.321193415E8</v>
       </c>
-      <c r="FL62" s="14" t="n">
+      <c r="GG62" s="14" t="n">
         <v>1.291972378E8</v>
       </c>
-      <c r="FM62" s="14" t="n">
+      <c r="GH62" s="14" t="n">
         <v>1.293379678E8</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="5" t="inlineStr">
         <is>
           <t>Notas:</t>
         </is>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr">
         <is>
           <t>Grouping of categories (CER-Stat) requested by the waste statistics regulation.</t>
         </is>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="5" t="inlineStr">
         <is>
           <t xml:space="preserve">Fuente: </t>
         </is>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="27">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A5:K5"/>
     <mergeCell ref="A6:K6"/>
-    <mergeCell ref="B7:I7"/>
-[...19 lines deleted...]
-    <mergeCell ref="FF7:FM7"/>
+    <mergeCell ref="B7:J7"/>
+    <mergeCell ref="K7:S7"/>
+    <mergeCell ref="T7:AB7"/>
+    <mergeCell ref="AC7:AK7"/>
+    <mergeCell ref="AL7:AT7"/>
+    <mergeCell ref="AU7:BC7"/>
+    <mergeCell ref="BD7:BL7"/>
+    <mergeCell ref="BM7:BU7"/>
+    <mergeCell ref="BV7:CD7"/>
+    <mergeCell ref="CE7:CM7"/>
+    <mergeCell ref="CN7:CV7"/>
+    <mergeCell ref="CW7:DE7"/>
+    <mergeCell ref="DF7:DN7"/>
+    <mergeCell ref="DO7:DW7"/>
+    <mergeCell ref="DX7:EF7"/>
+    <mergeCell ref="EG7:EO7"/>
+    <mergeCell ref="EP7:EX7"/>
+    <mergeCell ref="EY7:FG7"/>
+    <mergeCell ref="FH7:FP7"/>
+    <mergeCell ref="FQ7:FY7"/>
+    <mergeCell ref="FZ7:GH7"/>
   </mergeCells>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>