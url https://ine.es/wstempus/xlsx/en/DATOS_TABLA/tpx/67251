--- v0 (2025-10-23)
+++ v1 (2025-12-13)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="tabla-33015" r:id="rId3" sheetId="1"/>
+    <sheet name="tabla-67251" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
   </numFmts>
   <fonts count="8">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="11.0"/>
       <color indexed="8"/>
@@ -246,120 +246,125 @@
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="8" xfId="0" applyFill="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="6" fillId="5" borderId="8" xfId="0" applyFill="true" applyBorder="true" applyFont="true"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="8" xfId="0" applyFill="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="5" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true" applyNumberFormat="true">
       <alignment horizontal="right"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:AO69"/>
+  <dimension ref="A1:AT69"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="39.0625" customWidth="true"/>
     <col min="2" max="2" width="19.53125" customWidth="true"/>
     <col min="3" max="3" width="19.53125" customWidth="true"/>
     <col min="4" max="4" width="19.53125" customWidth="true"/>
     <col min="5" max="5" width="19.53125" customWidth="true"/>
     <col min="6" max="6" width="19.53125" customWidth="true"/>
     <col min="7" max="7" width="19.53125" customWidth="true"/>
     <col min="8" max="8" width="19.53125" customWidth="true"/>
     <col min="9" max="9" width="19.53125" customWidth="true"/>
     <col min="10" max="10" width="19.53125" customWidth="true"/>
     <col min="11" max="11" width="19.53125" customWidth="true"/>
     <col min="12" max="12" width="19.53125" customWidth="true"/>
     <col min="13" max="13" width="19.53125" customWidth="true"/>
     <col min="14" max="14" width="19.53125" customWidth="true"/>
     <col min="15" max="15" width="19.53125" customWidth="true"/>
     <col min="16" max="16" width="19.53125" customWidth="true"/>
     <col min="17" max="17" width="19.53125" customWidth="true"/>
     <col min="18" max="18" width="19.53125" customWidth="true"/>
     <col min="19" max="19" width="19.53125" customWidth="true"/>
     <col min="20" max="20" width="19.53125" customWidth="true"/>
     <col min="21" max="21" width="19.53125" customWidth="true"/>
     <col min="22" max="22" width="19.53125" customWidth="true"/>
     <col min="23" max="23" width="19.53125" customWidth="true"/>
     <col min="24" max="24" width="19.53125" customWidth="true"/>
     <col min="25" max="25" width="19.53125" customWidth="true"/>
     <col min="26" max="26" width="19.53125" customWidth="true"/>
     <col min="27" max="27" width="19.53125" customWidth="true"/>
     <col min="28" max="28" width="19.53125" customWidth="true"/>
     <col min="29" max="29" width="19.53125" customWidth="true"/>
     <col min="30" max="30" width="19.53125" customWidth="true"/>
     <col min="31" max="31" width="19.53125" customWidth="true"/>
     <col min="32" max="32" width="19.53125" customWidth="true"/>
     <col min="33" max="33" width="19.53125" customWidth="true"/>
     <col min="34" max="34" width="19.53125" customWidth="true"/>
     <col min="35" max="35" width="19.53125" customWidth="true"/>
     <col min="36" max="36" width="19.53125" customWidth="true"/>
     <col min="37" max="37" width="19.53125" customWidth="true"/>
     <col min="38" max="38" width="19.53125" customWidth="true"/>
     <col min="39" max="39" width="19.53125" customWidth="true"/>
     <col min="40" max="40" width="19.53125" customWidth="true"/>
     <col min="41" max="41" width="19.53125" customWidth="true"/>
+    <col min="42" max="42" width="19.53125" customWidth="true"/>
+    <col min="43" max="43" width="19.53125" customWidth="true"/>
+    <col min="44" max="44" width="19.53125" customWidth="true"/>
+    <col min="45" max="45" width="19.53125" customWidth="true"/>
+    <col min="46" max="46" width="19.53125" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
-          <t>National results. 2015-2022 series</t>
+          <t>Environmental Accounts and Statistics</t>
         </is>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
     </row>
     <row r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
-          <t>Final waste treatment</t>
+          <t>Waste Account</t>
         </is>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
     </row>
     <row r="3">
       <c r="A3" s="11" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="B3" s="11"/>
       <c r="C3" s="11"/>
       <c r="D3" s="11"/>
       <c r="E3" s="11"/>
       <c r="F3" s="11"/>
       <c r="G3" s="11"/>
@@ -415,544 +420,587 @@
       <c r="F6" s="11"/>
       <c r="G6" s="11"/>
       <c r="H6" s="11"/>
       <c r="I6" s="11"/>
       <c r="J6" s="11"/>
       <c r="K6" s="11"/>
     </row>
     <row r="7">
       <c r="A7" s="12" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="B7" s="6" t="inlineStr">
         <is>
           <t>Total Final Treatment</t>
         </is>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6"/>
       <c r="E7" s="6"/>
       <c r="F7" s="6"/>
       <c r="G7" s="6"/>
       <c r="H7" s="6"/>
       <c r="I7" s="6"/>
-      <c r="J7" s="6" t="inlineStr">
+      <c r="J7" s="6"/>
+      <c r="K7" s="6" t="inlineStr">
         <is>
           <t>Recycling</t>
         </is>
       </c>
-      <c r="K7" s="6"/>
       <c r="L7" s="6"/>
       <c r="M7" s="6"/>
       <c r="N7" s="6"/>
       <c r="O7" s="6"/>
       <c r="P7" s="6"/>
       <c r="Q7" s="6"/>
-      <c r="R7" s="6" t="inlineStr">
+      <c r="R7" s="6"/>
+      <c r="S7" s="6"/>
+      <c r="T7" s="6" t="inlineStr">
         <is>
           <t>Spill</t>
         </is>
       </c>
-      <c r="S7" s="6"/>
-      <c r="T7" s="6"/>
       <c r="U7" s="6"/>
       <c r="V7" s="6"/>
       <c r="W7" s="6"/>
       <c r="X7" s="6"/>
       <c r="Y7" s="6"/>
-      <c r="Z7" s="6" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="Z7" s="6"/>
       <c r="AA7" s="6"/>
       <c r="AB7" s="6"/>
-      <c r="AC7" s="6"/>
+      <c r="AC7" s="6" t="inlineStr">
+        <is>
+          <t>Incineration</t>
+        </is>
+      </c>
       <c r="AD7" s="6"/>
       <c r="AE7" s="6"/>
       <c r="AF7" s="6"/>
       <c r="AG7" s="6"/>
-      <c r="AH7" s="6" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="AH7" s="6"/>
       <c r="AI7" s="6"/>
       <c r="AJ7" s="6"/>
       <c r="AK7" s="6"/>
-      <c r="AL7" s="6"/>
+      <c r="AL7" s="6" t="inlineStr">
+        <is>
+          <t>Filling operations</t>
+        </is>
+      </c>
       <c r="AM7" s="6"/>
       <c r="AN7" s="6"/>
       <c r="AO7" s="6"/>
+      <c r="AP7" s="6"/>
+      <c r="AQ7" s="6"/>
+      <c r="AR7" s="6"/>
+      <c r="AS7" s="6"/>
+      <c r="AT7" s="6"/>
     </row>
     <row r="8">
       <c r="A8" s="12" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="C8" s="7" t="inlineStr">
+        <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="C8" s="7" t="inlineStr">
+      <c r="D8" s="7" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="D8" s="7" t="inlineStr">
+      <c r="E8" s="7" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="E8" s="7" t="inlineStr">
+      <c r="F8" s="7" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="F8" s="7" t="inlineStr">
+      <c r="G8" s="7" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="G8" s="7" t="inlineStr">
+      <c r="H8" s="7" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="H8" s="7" t="inlineStr">
+      <c r="I8" s="7" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="I8" s="7" t="inlineStr">
+      <c r="J8" s="7" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
-      <c r="J8" s="7" t="inlineStr">
+      <c r="K8" s="7" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="L8" s="7" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="K8" s="7" t="inlineStr">
+      <c r="M8" s="7" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="L8" s="7" t="inlineStr">
+      <c r="N8" s="7" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="M8" s="7" t="inlineStr">
+      <c r="O8" s="7" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="N8" s="7" t="inlineStr">
+      <c r="P8" s="7" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="O8" s="7" t="inlineStr">
+      <c r="Q8" s="7" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="P8" s="7" t="inlineStr">
+      <c r="R8" s="7" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="Q8" s="7" t="inlineStr">
+      <c r="S8" s="7" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
-      <c r="R8" s="7" t="inlineStr">
+      <c r="T8" s="7" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="U8" s="7" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="S8" s="7" t="inlineStr">
+      <c r="V8" s="7" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="T8" s="7" t="inlineStr">
+      <c r="W8" s="7" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="U8" s="7" t="inlineStr">
+      <c r="X8" s="7" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="V8" s="7" t="inlineStr">
+      <c r="Y8" s="7" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="W8" s="7" t="inlineStr">
+      <c r="Z8" s="7" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="X8" s="7" t="inlineStr">
+      <c r="AA8" s="7" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="Y8" s="7" t="inlineStr">
+      <c r="AB8" s="7" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
-      <c r="Z8" s="7" t="inlineStr">
+      <c r="AC8" s="7" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="AD8" s="7" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="AA8" s="7" t="inlineStr">
+      <c r="AE8" s="7" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="AB8" s="7" t="inlineStr">
+      <c r="AF8" s="7" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="AC8" s="7" t="inlineStr">
+      <c r="AG8" s="7" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="AD8" s="7" t="inlineStr">
+      <c r="AH8" s="7" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="AE8" s="7" t="inlineStr">
+      <c r="AI8" s="7" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="AF8" s="7" t="inlineStr">
+      <c r="AJ8" s="7" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="AG8" s="7" t="inlineStr">
+      <c r="AK8" s="7" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
-      <c r="AH8" s="7" t="inlineStr">
+      <c r="AL8" s="7" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="AM8" s="7" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="AI8" s="7" t="inlineStr">
+      <c r="AN8" s="7" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="AJ8" s="7" t="inlineStr">
+      <c r="AO8" s="7" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="AK8" s="7" t="inlineStr">
+      <c r="AP8" s="7" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="AL8" s="7" t="inlineStr">
+      <c r="AQ8" s="7" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="AM8" s="7" t="inlineStr">
+      <c r="AR8" s="7" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="AN8" s="7" t="inlineStr">
+      <c r="AS8" s="7" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="AO8" s="7" t="inlineStr">
+      <c r="AT8" s="7" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="6" t="inlineStr">
         <is>
           <t>01.1 Used solvents P</t>
         </is>
       </c>
       <c r="B9" s="14" t="n">
+        <v>109419.3</v>
+      </c>
+      <c r="C9" s="14" t="n">
         <v>119868.2</v>
       </c>
-      <c r="C9" s="14" t="n">
+      <c r="D9" s="14" t="n">
         <v>117405.0</v>
       </c>
-      <c r="D9" s="14" t="n">
+      <c r="E9" s="14" t="n">
         <v>114232.0</v>
       </c>
-      <c r="E9" s="14" t="n">
+      <c r="F9" s="14" t="n">
         <v>156941.8</v>
       </c>
-      <c r="F9" s="14" t="n">
+      <c r="G9" s="14" t="n">
         <v>144871.3</v>
       </c>
-      <c r="G9" s="14" t="n">
+      <c r="H9" s="14" t="n">
         <v>139628.5</v>
       </c>
-      <c r="H9" s="14" t="n">
+      <c r="I9" s="14" t="n">
         <v>143638.0</v>
       </c>
-      <c r="I9" s="14" t="n">
+      <c r="J9" s="14" t="n">
         <v>165984.5</v>
       </c>
-      <c r="J9" s="14" t="n">
+      <c r="K9" s="14" t="n">
+        <v>94784.3</v>
+      </c>
+      <c r="L9" s="14" t="n">
         <v>103345.2</v>
       </c>
-      <c r="K9" s="14" t="n">
+      <c r="M9" s="14" t="n">
         <v>99141.4</v>
       </c>
-      <c r="L9" s="14" t="n">
+      <c r="N9" s="14" t="n">
         <v>100307.1</v>
       </c>
-      <c r="M9" s="14" t="n">
+      <c r="O9" s="14" t="n">
         <v>134656.8</v>
       </c>
-      <c r="N9" s="14" t="n">
+      <c r="P9" s="14" t="n">
         <v>118012.4</v>
       </c>
-      <c r="O9" s="14" t="n">
+      <c r="Q9" s="14" t="n">
         <v>113944.5</v>
       </c>
-      <c r="P9" s="14" t="n">
+      <c r="R9" s="14" t="n">
         <v>121543.6</v>
       </c>
-      <c r="Q9" s="14" t="n">
+      <c r="S9" s="14" t="n">
         <v>118151.9</v>
       </c>
-      <c r="R9" s="13" t="inlineStr">
-[...4 lines deleted...]
-      <c r="S9" s="14" t="n">
+      <c r="T9" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="U9" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="V9" s="14" t="n">
         <v>0.2</v>
       </c>
-      <c r="T9" s="14" t="n">
+      <c r="W9" s="14" t="n">
         <v>5.3</v>
       </c>
-      <c r="U9" s="14" t="n">
+      <c r="X9" s="14" t="n">
         <v>391.8</v>
       </c>
-      <c r="V9" s="14" t="n">
+      <c r="Y9" s="14" t="n">
         <v>9.3</v>
       </c>
-      <c r="W9" s="14" t="n">
+      <c r="Z9" s="14" t="n">
         <v>16.0</v>
       </c>
-      <c r="X9" s="14" t="n">
+      <c r="AA9" s="14" t="n">
         <v>11.5</v>
       </c>
-      <c r="Y9" s="14" t="n">
+      <c r="AB9" s="14" t="n">
         <v>4279.8</v>
       </c>
-      <c r="Z9" s="14" t="n">
+      <c r="AC9" s="14" t="n">
+        <v>14635.0</v>
+      </c>
+      <c r="AD9" s="14" t="n">
         <v>16523.0</v>
       </c>
-      <c r="AA9" s="14" t="n">
+      <c r="AE9" s="14" t="n">
         <v>18263.4</v>
       </c>
-      <c r="AB9" s="14" t="n">
+      <c r="AF9" s="14" t="n">
         <v>13919.6</v>
       </c>
-      <c r="AC9" s="14" t="n">
+      <c r="AG9" s="14" t="n">
         <v>21893.2</v>
       </c>
-      <c r="AD9" s="14" t="n">
+      <c r="AH9" s="14" t="n">
         <v>26849.6</v>
       </c>
-      <c r="AE9" s="14" t="n">
+      <c r="AI9" s="14" t="n">
         <v>25668.0</v>
       </c>
-      <c r="AF9" s="14" t="n">
+      <c r="AJ9" s="14" t="n">
         <v>22082.9</v>
       </c>
-      <c r="AG9" s="14" t="n">
+      <c r="AK9" s="14" t="n">
         <v>43552.8</v>
       </c>
-      <c r="AH9" s="13" t="inlineStr">
-[...18 lines deleted...]
-      </c>
       <c r="AL9" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AM9" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AN9" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AO9" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AP9" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AQ9" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AR9" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AS9" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AT9" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="6" t="inlineStr">
         <is>
           <t>01.2 Acidic, alkaline or saline waste NP</t>
         </is>
       </c>
       <c r="B10" s="14" t="n">
+        <v>68557.5</v>
+      </c>
+      <c r="C10" s="14" t="n">
         <v>107465.7</v>
       </c>
-      <c r="C10" s="14" t="n">
+      <c r="D10" s="14" t="n">
         <v>84880.6</v>
       </c>
-      <c r="D10" s="14" t="n">
+      <c r="E10" s="14" t="n">
         <v>100850.2</v>
       </c>
-      <c r="E10" s="14" t="n">
+      <c r="F10" s="14" t="n">
         <v>127870.9</v>
       </c>
-      <c r="F10" s="14" t="n">
+      <c r="G10" s="14" t="n">
         <v>129528.0</v>
       </c>
-      <c r="G10" s="14" t="n">
+      <c r="H10" s="14" t="n">
         <v>106965.7</v>
       </c>
-      <c r="H10" s="14" t="n">
+      <c r="I10" s="14" t="n">
         <v>121281.4</v>
       </c>
-      <c r="I10" s="14" t="n">
+      <c r="J10" s="14" t="n">
         <v>121629.6</v>
       </c>
-      <c r="J10" s="14" t="n">
+      <c r="K10" s="14" t="n">
+        <v>11830.4</v>
+      </c>
+      <c r="L10" s="14" t="n">
         <v>30666.5</v>
       </c>
-      <c r="K10" s="14" t="n">
+      <c r="M10" s="14" t="n">
         <v>14662.1</v>
       </c>
-      <c r="L10" s="14" t="n">
+      <c r="N10" s="14" t="n">
         <v>10787.2</v>
       </c>
-      <c r="M10" s="14" t="n">
+      <c r="O10" s="14" t="n">
         <v>17238.4</v>
       </c>
-      <c r="N10" s="14" t="n">
+      <c r="P10" s="14" t="n">
         <v>12040.0</v>
       </c>
-      <c r="O10" s="14" t="n">
+      <c r="Q10" s="14" t="n">
         <v>8817.2</v>
       </c>
-      <c r="P10" s="14" t="n">
+      <c r="R10" s="14" t="n">
         <v>22641.1</v>
       </c>
-      <c r="Q10" s="14" t="n">
+      <c r="S10" s="14" t="n">
         <v>7335.7</v>
       </c>
-      <c r="R10" s="14" t="n">
+      <c r="T10" s="14" t="n">
+        <v>56727.1</v>
+      </c>
+      <c r="U10" s="14" t="n">
         <v>76799.2</v>
       </c>
-      <c r="S10" s="14" t="n">
+      <c r="V10" s="14" t="n">
         <v>70218.5</v>
       </c>
-      <c r="T10" s="14" t="n">
+      <c r="W10" s="14" t="n">
         <v>90063.0</v>
       </c>
-      <c r="U10" s="14" t="n">
+      <c r="X10" s="14" t="n">
         <v>110632.5</v>
       </c>
-      <c r="V10" s="14" t="n">
+      <c r="Y10" s="14" t="n">
         <v>117488.0</v>
       </c>
-      <c r="W10" s="14" t="n">
+      <c r="Z10" s="14" t="n">
         <v>98148.5</v>
       </c>
-      <c r="X10" s="14" t="n">
+      <c r="AA10" s="14" t="n">
         <v>98640.3</v>
       </c>
-      <c r="Y10" s="14" t="n">
+      <c r="AB10" s="14" t="n">
         <v>114293.9</v>
       </c>
-      <c r="Z10" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="AC10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AD10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AE10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AF10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AG10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
@@ -970,1783 +1018,1999 @@
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AK10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AL10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AM10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AN10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AO10" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AP10" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AQ10" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AR10" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AS10" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AT10" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="6" t="inlineStr">
         <is>
           <t>01.2 Acidic, alkaline or saline waste P</t>
         </is>
       </c>
       <c r="B11" s="14" t="n">
+        <v>266613.0</v>
+      </c>
+      <c r="C11" s="14" t="n">
         <v>224123.2</v>
       </c>
-      <c r="C11" s="14" t="n">
+      <c r="D11" s="14" t="n">
         <v>212685.1</v>
       </c>
-      <c r="D11" s="14" t="n">
+      <c r="E11" s="14" t="n">
         <v>214684.2</v>
       </c>
-      <c r="E11" s="14" t="n">
+      <c r="F11" s="14" t="n">
         <v>282364.7</v>
       </c>
-      <c r="F11" s="14" t="n">
+      <c r="G11" s="14" t="n">
         <v>298703.6</v>
       </c>
-      <c r="G11" s="14" t="n">
+      <c r="H11" s="14" t="n">
         <v>266008.0</v>
       </c>
-      <c r="H11" s="14" t="n">
+      <c r="I11" s="14" t="n">
         <v>252373.8</v>
       </c>
-      <c r="I11" s="14" t="n">
+      <c r="J11" s="14" t="n">
         <v>263646.1</v>
       </c>
-      <c r="J11" s="14" t="n">
+      <c r="K11" s="14" t="n">
+        <v>226153.0</v>
+      </c>
+      <c r="L11" s="14" t="n">
         <v>211410.3</v>
       </c>
-      <c r="K11" s="14" t="n">
+      <c r="M11" s="14" t="n">
         <v>199832.9</v>
       </c>
-      <c r="L11" s="14" t="n">
+      <c r="N11" s="14" t="n">
         <v>198221.0</v>
       </c>
-      <c r="M11" s="14" t="n">
+      <c r="O11" s="14" t="n">
         <v>249396.8</v>
       </c>
-      <c r="N11" s="14" t="n">
+      <c r="P11" s="14" t="n">
         <v>261125.0</v>
       </c>
-      <c r="O11" s="14" t="n">
+      <c r="Q11" s="14" t="n">
         <v>233004.1</v>
       </c>
-      <c r="P11" s="14" t="n">
+      <c r="R11" s="14" t="n">
         <v>229294.4</v>
       </c>
-      <c r="Q11" s="14" t="n">
+      <c r="S11" s="14" t="n">
         <v>220183.5</v>
       </c>
-      <c r="R11" s="14" t="n">
+      <c r="T11" s="14" t="n">
+        <v>40418.3</v>
+      </c>
+      <c r="U11" s="14" t="n">
         <v>12671.6</v>
       </c>
-      <c r="S11" s="14" t="n">
+      <c r="V11" s="14" t="n">
         <v>12802.9</v>
       </c>
-      <c r="T11" s="14" t="n">
+      <c r="W11" s="14" t="n">
         <v>16441.3</v>
       </c>
-      <c r="U11" s="14" t="n">
+      <c r="X11" s="14" t="n">
         <v>14135.3</v>
       </c>
-      <c r="V11" s="14" t="n">
+      <c r="Y11" s="14" t="n">
         <v>18119.5</v>
       </c>
-      <c r="W11" s="14" t="n">
+      <c r="Z11" s="14" t="n">
         <v>18067.3</v>
       </c>
-      <c r="X11" s="14" t="n">
+      <c r="AA11" s="14" t="n">
         <v>19723.4</v>
       </c>
-      <c r="Y11" s="14" t="n">
+      <c r="AB11" s="14" t="n">
         <v>27399.6</v>
       </c>
-      <c r="Z11" s="14" t="n">
+      <c r="AC11" s="14" t="n">
+        <v>41.7</v>
+      </c>
+      <c r="AD11" s="14" t="n">
         <v>41.3</v>
       </c>
-      <c r="AA11" s="14" t="n">
+      <c r="AE11" s="14" t="n">
         <v>49.3</v>
       </c>
-      <c r="AB11" s="14" t="n">
+      <c r="AF11" s="14" t="n">
         <v>21.9</v>
       </c>
-      <c r="AC11" s="14" t="n">
+      <c r="AG11" s="14" t="n">
         <v>18832.6</v>
       </c>
-      <c r="AD11" s="14" t="n">
+      <c r="AH11" s="14" t="n">
         <v>19459.1</v>
       </c>
-      <c r="AE11" s="14" t="n">
+      <c r="AI11" s="14" t="n">
         <v>14936.6</v>
       </c>
-      <c r="AF11" s="14" t="n">
+      <c r="AJ11" s="14" t="n">
         <v>3356.0</v>
       </c>
-      <c r="AG11" s="14" t="n">
+      <c r="AK11" s="14" t="n">
         <v>16063.0</v>
       </c>
-      <c r="AH11" s="13" t="inlineStr">
-[...18 lines deleted...]
-      </c>
       <c r="AL11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AM11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AN11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AO11" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AP11" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AQ11" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AR11" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AS11" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AT11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="6" t="inlineStr">
         <is>
           <t>01.3 Used oils P</t>
         </is>
       </c>
       <c r="B12" s="14" t="n">
+        <v>193826.9</v>
+      </c>
+      <c r="C12" s="14" t="n">
         <v>155659.9</v>
       </c>
-      <c r="C12" s="14" t="n">
+      <c r="D12" s="14" t="n">
         <v>198030.9</v>
       </c>
-      <c r="D12" s="14" t="n">
+      <c r="E12" s="14" t="n">
         <v>160977.2</v>
       </c>
-      <c r="E12" s="14" t="n">
+      <c r="F12" s="14" t="n">
         <v>151385.4</v>
       </c>
-      <c r="F12" s="14" t="n">
+      <c r="G12" s="14" t="n">
         <v>149819.1</v>
       </c>
-      <c r="G12" s="14" t="n">
+      <c r="H12" s="14" t="n">
         <v>143883.9</v>
       </c>
-      <c r="H12" s="14" t="n">
+      <c r="I12" s="14" t="n">
         <v>159334.6</v>
       </c>
-      <c r="I12" s="14" t="n">
+      <c r="J12" s="14" t="n">
         <v>171207.5</v>
       </c>
-      <c r="J12" s="14" t="n">
+      <c r="K12" s="14" t="n">
+        <v>192622.1</v>
+      </c>
+      <c r="L12" s="14" t="n">
         <v>154914.7</v>
       </c>
-      <c r="K12" s="14" t="n">
+      <c r="M12" s="14" t="n">
         <v>197011.6</v>
       </c>
-      <c r="L12" s="14" t="n">
+      <c r="N12" s="14" t="n">
         <v>159737.6</v>
       </c>
-      <c r="M12" s="14" t="n">
+      <c r="O12" s="14" t="n">
         <v>149588.0</v>
       </c>
-      <c r="N12" s="14" t="n">
+      <c r="P12" s="14" t="n">
         <v>148442.6</v>
       </c>
-      <c r="O12" s="14" t="n">
+      <c r="Q12" s="14" t="n">
         <v>142107.9</v>
       </c>
-      <c r="P12" s="14" t="n">
+      <c r="R12" s="14" t="n">
         <v>155212.7</v>
       </c>
-      <c r="Q12" s="14" t="n">
+      <c r="S12" s="14" t="n">
         <v>167133.7</v>
       </c>
-      <c r="R12" s="14" t="n">
+      <c r="T12" s="14" t="n">
+        <v>342.8</v>
+      </c>
+      <c r="U12" s="14" t="n">
         <v>489.4</v>
       </c>
-      <c r="S12" s="14" t="n">
+      <c r="V12" s="14" t="n">
         <v>724.5</v>
       </c>
-      <c r="T12" s="14" t="n">
+      <c r="W12" s="14" t="n">
         <v>884.8</v>
       </c>
-      <c r="U12" s="14" t="n">
+      <c r="X12" s="14" t="n">
         <v>911.1</v>
       </c>
-      <c r="V12" s="14" t="n">
+      <c r="Y12" s="14" t="n">
         <v>778.7</v>
       </c>
-      <c r="W12" s="14" t="n">
+      <c r="Z12" s="14" t="n">
         <v>981.1</v>
       </c>
-      <c r="X12" s="14" t="n">
+      <c r="AA12" s="14" t="n">
         <v>3019.4</v>
       </c>
-      <c r="Y12" s="14" t="n">
+      <c r="AB12" s="14" t="n">
         <v>1607.4</v>
       </c>
-      <c r="Z12" s="14" t="n">
+      <c r="AC12" s="14" t="n">
+        <v>862.0</v>
+      </c>
+      <c r="AD12" s="14" t="n">
         <v>255.8</v>
       </c>
-      <c r="AA12" s="14" t="n">
+      <c r="AE12" s="14" t="n">
         <v>294.8</v>
       </c>
-      <c r="AB12" s="14" t="n">
+      <c r="AF12" s="14" t="n">
         <v>354.8</v>
       </c>
-      <c r="AC12" s="14" t="n">
+      <c r="AG12" s="14" t="n">
         <v>886.3</v>
       </c>
-      <c r="AD12" s="14" t="n">
+      <c r="AH12" s="14" t="n">
         <v>597.8</v>
       </c>
-      <c r="AE12" s="14" t="n">
+      <c r="AI12" s="14" t="n">
         <v>794.9</v>
       </c>
-      <c r="AF12" s="14" t="n">
+      <c r="AJ12" s="14" t="n">
         <v>1102.5</v>
       </c>
-      <c r="AG12" s="14" t="n">
+      <c r="AK12" s="14" t="n">
         <v>2466.4</v>
       </c>
-      <c r="AH12" s="13" t="inlineStr">
-[...18 lines deleted...]
-      </c>
       <c r="AL12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AM12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AN12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AO12" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AP12" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AQ12" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AR12" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AS12" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AT12" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="6" t="inlineStr">
         <is>
           <t>01.4, 02, 03.1 Chemical waste NP</t>
         </is>
       </c>
       <c r="B13" s="14" t="n">
+        <v>56293.2</v>
+      </c>
+      <c r="C13" s="14" t="n">
         <v>79523.5</v>
       </c>
-      <c r="C13" s="14" t="n">
+      <c r="D13" s="14" t="n">
         <v>85342.8</v>
       </c>
-      <c r="D13" s="14" t="n">
+      <c r="E13" s="14" t="n">
         <v>63516.3</v>
       </c>
-      <c r="E13" s="14" t="n">
+      <c r="F13" s="14" t="n">
         <v>80961.1</v>
       </c>
-      <c r="F13" s="14" t="n">
+      <c r="G13" s="14" t="n">
         <v>65195.7</v>
       </c>
-      <c r="G13" s="14" t="n">
+      <c r="H13" s="14" t="n">
         <v>78261.0</v>
       </c>
-      <c r="H13" s="14" t="n">
+      <c r="I13" s="14" t="n">
         <v>91074.6</v>
       </c>
-      <c r="I13" s="14" t="n">
+      <c r="J13" s="14" t="n">
         <v>127668.4</v>
       </c>
-      <c r="J13" s="14" t="n">
+      <c r="K13" s="14" t="n">
+        <v>30255.6</v>
+      </c>
+      <c r="L13" s="14" t="n">
         <v>26975.9</v>
       </c>
-      <c r="K13" s="14" t="n">
+      <c r="M13" s="14" t="n">
         <v>50499.8</v>
       </c>
-      <c r="L13" s="14" t="n">
+      <c r="N13" s="14" t="n">
         <v>29590.1</v>
       </c>
-      <c r="M13" s="14" t="n">
+      <c r="O13" s="14" t="n">
         <v>48564.4</v>
       </c>
-      <c r="N13" s="14" t="n">
+      <c r="P13" s="14" t="n">
         <v>40378.3</v>
       </c>
-      <c r="O13" s="14" t="n">
+      <c r="Q13" s="14" t="n">
         <v>38247.2</v>
       </c>
-      <c r="P13" s="14" t="n">
+      <c r="R13" s="14" t="n">
         <v>60600.8</v>
       </c>
-      <c r="Q13" s="14" t="n">
+      <c r="S13" s="14" t="n">
         <v>91630.9</v>
       </c>
-      <c r="R13" s="14" t="n">
+      <c r="T13" s="14" t="n">
+        <v>24000.7</v>
+      </c>
+      <c r="U13" s="14" t="n">
         <v>38656.4</v>
       </c>
-      <c r="S13" s="14" t="n">
+      <c r="V13" s="14" t="n">
         <v>33422.2</v>
       </c>
-      <c r="T13" s="14" t="n">
+      <c r="W13" s="14" t="n">
         <v>32680.0</v>
       </c>
-      <c r="U13" s="14" t="n">
+      <c r="X13" s="14" t="n">
         <v>32359.2</v>
       </c>
-      <c r="V13" s="14" t="n">
+      <c r="Y13" s="14" t="n">
         <v>24780.8</v>
       </c>
-      <c r="W13" s="14" t="n">
+      <c r="Z13" s="14" t="n">
         <v>40007.0</v>
       </c>
-      <c r="X13" s="14" t="n">
+      <c r="AA13" s="14" t="n">
         <v>30469.3</v>
       </c>
-      <c r="Y13" s="14" t="n">
+      <c r="AB13" s="14" t="n">
         <v>36021.0</v>
       </c>
-      <c r="Z13" s="14" t="n">
+      <c r="AC13" s="14" t="n">
+        <v>2036.9</v>
+      </c>
+      <c r="AD13" s="14" t="n">
         <v>13891.2</v>
       </c>
-      <c r="AA13" s="14" t="n">
+      <c r="AE13" s="14" t="n">
         <v>1420.8</v>
       </c>
-      <c r="AB13" s="14" t="n">
+      <c r="AF13" s="14" t="n">
         <v>1246.2</v>
       </c>
-      <c r="AC13" s="14" t="n">
+      <c r="AG13" s="14" t="n">
         <v>37.5</v>
       </c>
-      <c r="AD13" s="14" t="n">
+      <c r="AH13" s="14" t="n">
         <v>36.6</v>
       </c>
-      <c r="AE13" s="14" t="n">
+      <c r="AI13" s="14" t="n">
         <v>6.8</v>
       </c>
-      <c r="AF13" s="14" t="n">
+      <c r="AJ13" s="14" t="n">
         <v>4.5</v>
       </c>
-      <c r="AG13" s="14" t="n">
+      <c r="AK13" s="14" t="n">
         <v>16.5</v>
       </c>
-      <c r="AH13" s="13" t="inlineStr">
-[...18 lines deleted...]
-      </c>
       <c r="AL13" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AM13" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AN13" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AO13" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AP13" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AQ13" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AR13" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AS13" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AT13" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="6" t="inlineStr">
         <is>
           <t>01.4, 02, 03.1 Chemical waste P</t>
         </is>
       </c>
       <c r="B14" s="14" t="n">
+        <v>515464.7</v>
+      </c>
+      <c r="C14" s="14" t="n">
         <v>665533.6</v>
       </c>
-      <c r="C14" s="14" t="n">
+      <c r="D14" s="14" t="n">
         <v>655973.5</v>
       </c>
-      <c r="D14" s="14" t="n">
+      <c r="E14" s="14" t="n">
         <v>468083.1</v>
       </c>
-      <c r="E14" s="14" t="n">
+      <c r="F14" s="14" t="n">
         <v>534849.1</v>
       </c>
-      <c r="F14" s="14" t="n">
+      <c r="G14" s="14" t="n">
         <v>588140.5</v>
       </c>
-      <c r="G14" s="14" t="n">
+      <c r="H14" s="14" t="n">
         <v>512571.7</v>
       </c>
-      <c r="H14" s="14" t="n">
+      <c r="I14" s="14" t="n">
         <v>531141.4</v>
       </c>
-      <c r="I14" s="14" t="n">
+      <c r="J14" s="14" t="n">
         <v>514863.4</v>
       </c>
-      <c r="J14" s="14" t="n">
+      <c r="K14" s="14" t="n">
+        <v>450156.7</v>
+      </c>
+      <c r="L14" s="14" t="n">
         <v>554297.0</v>
       </c>
-      <c r="K14" s="14" t="n">
+      <c r="M14" s="14" t="n">
         <v>529585.0</v>
       </c>
-      <c r="L14" s="14" t="n">
+      <c r="N14" s="14" t="n">
         <v>383903.6</v>
       </c>
-      <c r="M14" s="14" t="n">
+      <c r="O14" s="14" t="n">
         <v>451906.8</v>
       </c>
-      <c r="N14" s="14" t="n">
+      <c r="P14" s="14" t="n">
         <v>510984.2</v>
       </c>
-      <c r="O14" s="14" t="n">
+      <c r="Q14" s="14" t="n">
         <v>432131.9</v>
       </c>
-      <c r="P14" s="14" t="n">
+      <c r="R14" s="14" t="n">
         <v>448239.9</v>
       </c>
-      <c r="Q14" s="14" t="n">
+      <c r="S14" s="14" t="n">
         <v>437508.2</v>
       </c>
-      <c r="R14" s="14" t="n">
+      <c r="T14" s="14" t="n">
+        <v>19065.7</v>
+      </c>
+      <c r="U14" s="14" t="n">
         <v>33645.5</v>
       </c>
-      <c r="S14" s="14" t="n">
+      <c r="V14" s="14" t="n">
         <v>28819.5</v>
       </c>
-      <c r="T14" s="14" t="n">
+      <c r="W14" s="14" t="n">
         <v>26192.0</v>
       </c>
-      <c r="U14" s="14" t="n">
+      <c r="X14" s="14" t="n">
         <v>26029.9</v>
       </c>
-      <c r="V14" s="14" t="n">
+      <c r="Y14" s="14" t="n">
         <v>28969.5</v>
       </c>
-      <c r="W14" s="14" t="n">
+      <c r="Z14" s="14" t="n">
         <v>38243.5</v>
       </c>
-      <c r="X14" s="14" t="n">
+      <c r="AA14" s="14" t="n">
         <v>29683.1</v>
       </c>
-      <c r="Y14" s="14" t="n">
+      <c r="AB14" s="14" t="n">
         <v>46686.0</v>
       </c>
-      <c r="Z14" s="14" t="n">
+      <c r="AC14" s="14" t="n">
+        <v>46242.3</v>
+      </c>
+      <c r="AD14" s="14" t="n">
         <v>77591.1</v>
       </c>
-      <c r="AA14" s="14" t="n">
+      <c r="AE14" s="14" t="n">
         <v>97569.0</v>
       </c>
-      <c r="AB14" s="14" t="n">
+      <c r="AF14" s="14" t="n">
         <v>57987.5</v>
       </c>
-      <c r="AC14" s="14" t="n">
+      <c r="AG14" s="14" t="n">
         <v>56912.4</v>
       </c>
-      <c r="AD14" s="14" t="n">
+      <c r="AH14" s="14" t="n">
         <v>48186.8</v>
       </c>
-      <c r="AE14" s="14" t="n">
+      <c r="AI14" s="14" t="n">
         <v>42196.3</v>
       </c>
-      <c r="AF14" s="14" t="n">
+      <c r="AJ14" s="14" t="n">
         <v>53218.4</v>
       </c>
-      <c r="AG14" s="14" t="n">
+      <c r="AK14" s="14" t="n">
         <v>30669.2</v>
       </c>
-      <c r="AH14" s="13" t="inlineStr">
-[...18 lines deleted...]
-      </c>
       <c r="AL14" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AM14" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AN14" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AO14" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AP14" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AQ14" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AR14" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AS14" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AT14" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="6" t="inlineStr">
         <is>
           <t>03.2 Dry industrial effluent sludge NP</t>
         </is>
       </c>
       <c r="B15" s="14" t="n">
+        <v>469931.8</v>
+      </c>
+      <c r="C15" s="14" t="n">
         <v>504730.4</v>
       </c>
-      <c r="C15" s="14" t="n">
+      <c r="D15" s="14" t="n">
         <v>559162.5</v>
       </c>
-      <c r="D15" s="14" t="n">
+      <c r="E15" s="14" t="n">
         <v>540547.9</v>
       </c>
-      <c r="E15" s="14" t="n">
+      <c r="F15" s="14" t="n">
         <v>544583.5</v>
       </c>
-      <c r="F15" s="14" t="n">
+      <c r="G15" s="14" t="n">
         <v>538480.4</v>
       </c>
-      <c r="G15" s="14" t="n">
+      <c r="H15" s="14" t="n">
         <v>546157.0</v>
       </c>
-      <c r="H15" s="14" t="n">
+      <c r="I15" s="14" t="n">
         <v>522619.2</v>
       </c>
-      <c r="I15" s="14" t="n">
+      <c r="J15" s="14" t="n">
         <v>653566.9</v>
       </c>
-      <c r="J15" s="14" t="n">
+      <c r="K15" s="14" t="n">
+        <v>38158.0</v>
+      </c>
+      <c r="L15" s="14" t="n">
         <v>53908.6</v>
       </c>
-      <c r="K15" s="14" t="n">
+      <c r="M15" s="14" t="n">
         <v>57398.4</v>
       </c>
-      <c r="L15" s="14" t="n">
+      <c r="N15" s="14" t="n">
         <v>52240.6</v>
       </c>
-      <c r="M15" s="14" t="n">
+      <c r="O15" s="14" t="n">
         <v>60018.5</v>
       </c>
-      <c r="N15" s="14" t="n">
+      <c r="P15" s="14" t="n">
         <v>59252.4</v>
       </c>
-      <c r="O15" s="14" t="n">
+      <c r="Q15" s="14" t="n">
         <v>49017.3</v>
       </c>
-      <c r="P15" s="14" t="n">
+      <c r="R15" s="14" t="n">
         <v>90147.2</v>
       </c>
-      <c r="Q15" s="14" t="n">
+      <c r="S15" s="14" t="n">
         <v>70667.0</v>
       </c>
-      <c r="R15" s="14" t="n">
+      <c r="T15" s="14" t="n">
+        <v>427566.7</v>
+      </c>
+      <c r="U15" s="14" t="n">
         <v>447234.6</v>
       </c>
-      <c r="S15" s="14" t="n">
+      <c r="V15" s="14" t="n">
         <v>500020.5</v>
       </c>
-      <c r="T15" s="14" t="n">
+      <c r="W15" s="14" t="n">
         <v>486451.8</v>
       </c>
-      <c r="U15" s="14" t="n">
+      <c r="X15" s="14" t="n">
         <v>480671.6</v>
       </c>
-      <c r="V15" s="14" t="n">
+      <c r="Y15" s="14" t="n">
         <v>476471.8</v>
       </c>
-      <c r="W15" s="14" t="n">
+      <c r="Z15" s="14" t="n">
         <v>494498.8</v>
       </c>
-      <c r="X15" s="14" t="n">
+      <c r="AA15" s="14" t="n">
         <v>412346.1</v>
       </c>
-      <c r="Y15" s="14" t="n">
+      <c r="AB15" s="14" t="n">
         <v>562519.4</v>
       </c>
-      <c r="Z15" s="14" t="n">
+      <c r="AC15" s="14" t="n">
+        <v>4207.1</v>
+      </c>
+      <c r="AD15" s="14" t="n">
         <v>3587.2</v>
       </c>
-      <c r="AA15" s="14" t="n">
+      <c r="AE15" s="14" t="n">
         <v>1743.6</v>
       </c>
-      <c r="AB15" s="14" t="n">
+      <c r="AF15" s="14" t="n">
         <v>1855.5</v>
       </c>
-      <c r="AC15" s="14" t="n">
+      <c r="AG15" s="14" t="n">
         <v>3893.4</v>
       </c>
-      <c r="AD15" s="14" t="n">
+      <c r="AH15" s="14" t="n">
         <v>2756.2</v>
       </c>
-      <c r="AE15" s="14" t="n">
+      <c r="AI15" s="14" t="n">
         <v>2640.9</v>
       </c>
-      <c r="AF15" s="14" t="n">
+      <c r="AJ15" s="14" t="n">
         <v>20125.9</v>
       </c>
-      <c r="AG15" s="14" t="n">
+      <c r="AK15" s="14" t="n">
         <v>20380.5</v>
       </c>
-      <c r="AH15" s="13" t="inlineStr">
-[...18 lines deleted...]
-      </c>
       <c r="AL15" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AM15" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AN15" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AO15" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AP15" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AQ15" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AR15" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AS15" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AT15" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="6" t="inlineStr">
         <is>
           <t>03.2 Dry industrial effluent sludge P</t>
         </is>
       </c>
       <c r="B16" s="14" t="n">
+        <v>16380.3</v>
+      </c>
+      <c r="C16" s="14" t="n">
         <v>20808.8</v>
       </c>
-      <c r="C16" s="14" t="n">
+      <c r="D16" s="14" t="n">
         <v>20513.1</v>
       </c>
-      <c r="D16" s="14" t="n">
+      <c r="E16" s="14" t="n">
         <v>21825.2</v>
       </c>
-      <c r="E16" s="14" t="n">
+      <c r="F16" s="14" t="n">
         <v>23166.3</v>
       </c>
-      <c r="F16" s="14" t="n">
+      <c r="G16" s="14" t="n">
         <v>24057.0</v>
       </c>
-      <c r="G16" s="14" t="n">
+      <c r="H16" s="14" t="n">
         <v>42235.6</v>
       </c>
-      <c r="H16" s="14" t="n">
+      <c r="I16" s="14" t="n">
         <v>35156.6</v>
       </c>
-      <c r="I16" s="14" t="n">
+      <c r="J16" s="14" t="n">
         <v>41816.4</v>
       </c>
-      <c r="J16" s="14" t="n">
+      <c r="K16" s="14" t="n">
+        <v>5678.1</v>
+      </c>
+      <c r="L16" s="14" t="n">
         <v>8225.8</v>
       </c>
-      <c r="K16" s="14" t="n">
+      <c r="M16" s="14" t="n">
         <v>13897.9</v>
       </c>
-      <c r="L16" s="14" t="n">
+      <c r="N16" s="14" t="n">
         <v>15539.0</v>
       </c>
-      <c r="M16" s="14" t="n">
+      <c r="O16" s="14" t="n">
         <v>16728.8</v>
       </c>
-      <c r="N16" s="14" t="n">
+      <c r="P16" s="14" t="n">
         <v>15239.1</v>
       </c>
-      <c r="O16" s="14" t="n">
+      <c r="Q16" s="14" t="n">
         <v>30835.7</v>
       </c>
-      <c r="P16" s="14" t="n">
+      <c r="R16" s="14" t="n">
         <v>19454.8</v>
       </c>
-      <c r="Q16" s="14" t="n">
+      <c r="S16" s="14" t="n">
         <v>27284.4</v>
       </c>
-      <c r="R16" s="14" t="n">
+      <c r="T16" s="14" t="n">
+        <v>9393.1</v>
+      </c>
+      <c r="U16" s="14" t="n">
         <v>11127.1</v>
       </c>
-      <c r="S16" s="14" t="n">
+      <c r="V16" s="14" t="n">
         <v>5528.8</v>
       </c>
-      <c r="T16" s="14" t="n">
+      <c r="W16" s="14" t="n">
         <v>5004.0</v>
       </c>
-      <c r="U16" s="14" t="n">
+      <c r="X16" s="14" t="n">
         <v>6437.5</v>
       </c>
-      <c r="V16" s="14" t="n">
+      <c r="Y16" s="14" t="n">
         <v>8800.6</v>
       </c>
-      <c r="W16" s="14" t="n">
+      <c r="Z16" s="14" t="n">
         <v>11307.7</v>
       </c>
-      <c r="X16" s="14" t="n">
+      <c r="AA16" s="14" t="n">
         <v>15666.6</v>
       </c>
-      <c r="Y16" s="14" t="n">
+      <c r="AB16" s="14" t="n">
         <v>14475.5</v>
       </c>
-      <c r="Z16" s="14" t="n">
+      <c r="AC16" s="14" t="n">
+        <v>1309.1</v>
+      </c>
+      <c r="AD16" s="14" t="n">
         <v>1455.9</v>
       </c>
-      <c r="AA16" s="14" t="n">
+      <c r="AE16" s="14" t="n">
         <v>1086.4</v>
       </c>
-      <c r="AB16" s="14" t="n">
+      <c r="AF16" s="14" t="n">
         <v>1282.2</v>
       </c>
-      <c r="AC16" s="13" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AD16" s="14" t="n">
+      <c r="AG16" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AH16" s="14" t="n">
         <v>17.3</v>
       </c>
-      <c r="AE16" s="14" t="n">
+      <c r="AI16" s="14" t="n">
         <v>92.2</v>
       </c>
-      <c r="AF16" s="14" t="n">
+      <c r="AJ16" s="14" t="n">
         <v>35.2</v>
       </c>
-      <c r="AG16" s="14" t="n">
+      <c r="AK16" s="14" t="n">
         <v>56.5</v>
       </c>
-      <c r="AH16" s="13" t="inlineStr">
-[...18 lines deleted...]
-      </c>
       <c r="AL16" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AM16" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AN16" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AO16" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AP16" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AQ16" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AR16" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AS16" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AT16" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="6" t="inlineStr">
         <is>
           <t>03.3 Sludge and liquid waste from dry waste treatment NP</t>
         </is>
       </c>
       <c r="B17" s="14" t="n">
+        <v>215228.4</v>
+      </c>
+      <c r="C17" s="14" t="n">
         <v>253405.0</v>
       </c>
-      <c r="C17" s="14" t="n">
+      <c r="D17" s="14" t="n">
         <v>217986.5</v>
       </c>
-      <c r="D17" s="14" t="n">
+      <c r="E17" s="14" t="n">
         <v>210648.0</v>
       </c>
-      <c r="E17" s="14" t="n">
+      <c r="F17" s="14" t="n">
         <v>207191.7</v>
       </c>
-      <c r="F17" s="14" t="n">
+      <c r="G17" s="14" t="n">
         <v>177042.4</v>
       </c>
-      <c r="G17" s="14" t="n">
+      <c r="H17" s="14" t="n">
         <v>99884.4</v>
       </c>
-      <c r="H17" s="14" t="n">
+      <c r="I17" s="14" t="n">
         <v>134046.2</v>
       </c>
-      <c r="I17" s="14" t="n">
+      <c r="J17" s="14" t="n">
         <v>157166.7</v>
       </c>
-      <c r="J17" s="14" t="n">
+      <c r="K17" s="14" t="n">
+        <v>98606.2</v>
+      </c>
+      <c r="L17" s="14" t="n">
         <v>113363.5</v>
       </c>
-      <c r="K17" s="14" t="n">
+      <c r="M17" s="14" t="n">
         <v>122963.1</v>
       </c>
-      <c r="L17" s="14" t="n">
+      <c r="N17" s="14" t="n">
         <v>151619.0</v>
       </c>
-      <c r="M17" s="14" t="n">
+      <c r="O17" s="14" t="n">
         <v>104468.7</v>
       </c>
-      <c r="N17" s="14" t="n">
+      <c r="P17" s="14" t="n">
         <v>103594.4</v>
       </c>
-      <c r="O17" s="14" t="n">
+      <c r="Q17" s="14" t="n">
         <v>52606.2</v>
       </c>
-      <c r="P17" s="14" t="n">
+      <c r="R17" s="14" t="n">
         <v>63598.2</v>
       </c>
-      <c r="Q17" s="14" t="n">
+      <c r="S17" s="14" t="n">
         <v>39873.3</v>
       </c>
-      <c r="R17" s="14" t="n">
+      <c r="T17" s="14" t="n">
+        <v>116622.2</v>
+      </c>
+      <c r="U17" s="14" t="n">
         <v>140041.5</v>
       </c>
-      <c r="S17" s="14" t="n">
+      <c r="V17" s="14" t="n">
         <v>95023.4</v>
       </c>
-      <c r="T17" s="14" t="n">
+      <c r="W17" s="14" t="n">
         <v>59029.0</v>
       </c>
-      <c r="U17" s="14" t="n">
+      <c r="X17" s="14" t="n">
         <v>102723.0</v>
       </c>
-      <c r="V17" s="14" t="n">
+      <c r="Y17" s="14" t="n">
         <v>73448.0</v>
       </c>
-      <c r="W17" s="14" t="n">
+      <c r="Z17" s="14" t="n">
         <v>47278.2</v>
       </c>
-      <c r="X17" s="14" t="n">
+      <c r="AA17" s="14" t="n">
         <v>70448.0</v>
       </c>
-      <c r="Y17" s="14" t="n">
+      <c r="AB17" s="14" t="n">
         <v>112169.7</v>
       </c>
-      <c r="Z17" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="AC17" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AD17" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AE17" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AF17" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AG17" s="14" t="n">
+      <c r="AG17" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AH17" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AI17" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AJ17" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AK17" s="14" t="n">
         <v>5123.7</v>
       </c>
-      <c r="AH17" s="13" t="inlineStr">
-[...18 lines deleted...]
-      </c>
       <c r="AL17" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AM17" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AN17" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AO17" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AP17" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AQ17" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AR17" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AS17" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AT17" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="6" t="inlineStr">
         <is>
           <t>03.3 Sludge and liquid waste from dry waste treatment P</t>
         </is>
       </c>
       <c r="B18" s="14" t="n">
+        <v>34798.0</v>
+      </c>
+      <c r="C18" s="14" t="n">
         <v>50183.2</v>
       </c>
-      <c r="C18" s="14" t="n">
+      <c r="D18" s="14" t="n">
         <v>21436.7</v>
       </c>
-      <c r="D18" s="14" t="n">
+      <c r="E18" s="14" t="n">
         <v>27478.2</v>
       </c>
-      <c r="E18" s="14" t="n">
+      <c r="F18" s="14" t="n">
         <v>32498.2</v>
       </c>
-      <c r="F18" s="14" t="n">
+      <c r="G18" s="14" t="n">
         <v>45254.5</v>
       </c>
-      <c r="G18" s="14" t="n">
+      <c r="H18" s="14" t="n">
         <v>55216.0</v>
       </c>
-      <c r="H18" s="14" t="n">
+      <c r="I18" s="14" t="n">
         <v>58029.1</v>
       </c>
-      <c r="I18" s="14" t="n">
+      <c r="J18" s="14" t="n">
         <v>133652.2</v>
       </c>
-      <c r="J18" s="14" t="n">
+      <c r="K18" s="14" t="n">
+        <v>3371.5</v>
+      </c>
+      <c r="L18" s="14" t="n">
         <v>2042.2</v>
       </c>
-      <c r="K18" s="14" t="n">
+      <c r="M18" s="14" t="n">
         <v>2226.6</v>
       </c>
-      <c r="L18" s="14" t="n">
+      <c r="N18" s="14" t="n">
         <v>4900.6</v>
       </c>
-      <c r="M18" s="14" t="n">
+      <c r="O18" s="14" t="n">
         <v>4260.1</v>
       </c>
-      <c r="N18" s="14" t="n">
+      <c r="P18" s="14" t="n">
         <v>5065.2</v>
       </c>
-      <c r="O18" s="14" t="n">
+      <c r="Q18" s="14" t="n">
         <v>13966.7</v>
       </c>
-      <c r="P18" s="14" t="n">
+      <c r="R18" s="14" t="n">
         <v>12700.8</v>
       </c>
-      <c r="Q18" s="14" t="n">
+      <c r="S18" s="14" t="n">
         <v>32849.6</v>
       </c>
-      <c r="R18" s="14" t="n">
+      <c r="T18" s="14" t="n">
+        <v>15531.8</v>
+      </c>
+      <c r="U18" s="14" t="n">
         <v>33934.8</v>
       </c>
-      <c r="S18" s="14" t="n">
+      <c r="V18" s="14" t="n">
         <v>4233.5</v>
       </c>
-      <c r="T18" s="14" t="n">
+      <c r="W18" s="14" t="n">
         <v>7607.4</v>
       </c>
-      <c r="U18" s="14" t="n">
+      <c r="X18" s="14" t="n">
         <v>6452.8</v>
       </c>
-      <c r="V18" s="14" t="n">
+      <c r="Y18" s="14" t="n">
         <v>12657.6</v>
       </c>
-      <c r="W18" s="14" t="n">
+      <c r="Z18" s="14" t="n">
         <v>14264.1</v>
       </c>
-      <c r="X18" s="14" t="n">
+      <c r="AA18" s="14" t="n">
         <v>8410.9</v>
       </c>
-      <c r="Y18" s="14" t="n">
+      <c r="AB18" s="14" t="n">
         <v>58731.5</v>
       </c>
-      <c r="Z18" s="14" t="n">
+      <c r="AC18" s="14" t="n">
+        <v>15894.7</v>
+      </c>
+      <c r="AD18" s="14" t="n">
         <v>14206.2</v>
       </c>
-      <c r="AA18" s="14" t="n">
+      <c r="AE18" s="14" t="n">
         <v>14976.6</v>
       </c>
-      <c r="AB18" s="14" t="n">
+      <c r="AF18" s="14" t="n">
         <v>14970.2</v>
       </c>
-      <c r="AC18" s="14" t="n">
+      <c r="AG18" s="14" t="n">
         <v>21785.3</v>
       </c>
-      <c r="AD18" s="14" t="n">
+      <c r="AH18" s="14" t="n">
         <v>27531.7</v>
       </c>
-      <c r="AE18" s="14" t="n">
+      <c r="AI18" s="14" t="n">
         <v>26985.2</v>
       </c>
-      <c r="AF18" s="14" t="n">
+      <c r="AJ18" s="14" t="n">
         <v>36917.4</v>
       </c>
-      <c r="AG18" s="14" t="n">
+      <c r="AK18" s="14" t="n">
         <v>42071.1</v>
       </c>
-      <c r="AH18" s="13" t="inlineStr">
-[...18 lines deleted...]
-      </c>
       <c r="AL18" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AM18" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AN18" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AO18" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AP18" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AQ18" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AR18" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AS18" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AT18" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="6" t="inlineStr">
         <is>
           <t>05 Sanitary and biological waste NP</t>
         </is>
       </c>
       <c r="B19" s="14" t="n">
+        <v>40055.3</v>
+      </c>
+      <c r="C19" s="14" t="n">
         <v>49690.3</v>
       </c>
-      <c r="C19" s="14" t="n">
+      <c r="D19" s="14" t="n">
         <v>31478.5</v>
       </c>
-      <c r="D19" s="14" t="n">
+      <c r="E19" s="14" t="n">
         <v>26638.1</v>
       </c>
-      <c r="E19" s="14" t="n">
+      <c r="F19" s="14" t="n">
         <v>33454.4</v>
       </c>
-      <c r="F19" s="14" t="n">
+      <c r="G19" s="14" t="n">
         <v>25636.0</v>
       </c>
-      <c r="G19" s="14" t="n">
+      <c r="H19" s="14" t="n">
         <v>18605.8</v>
       </c>
-      <c r="H19" s="14" t="n">
+      <c r="I19" s="14" t="n">
         <v>24409.7</v>
       </c>
-      <c r="I19" s="14" t="n">
+      <c r="J19" s="14" t="n">
         <v>25962.5</v>
       </c>
-      <c r="J19" s="13" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K19" s="14" t="n">
+      <c r="K19" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="L19" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="M19" s="14" t="n">
         <v>0.1</v>
       </c>
-      <c r="L19" s="13" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="N19" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="O19" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="P19" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="Q19" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="R19" s="14" t="n">
+      <c r="R19" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="S19" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="T19" s="14" t="n">
+        <v>40008.4</v>
+      </c>
+      <c r="U19" s="14" t="n">
         <v>46759.7</v>
       </c>
-      <c r="S19" s="14" t="n">
+      <c r="V19" s="14" t="n">
         <v>27452.1</v>
       </c>
-      <c r="T19" s="14" t="n">
+      <c r="W19" s="14" t="n">
         <v>24241.0</v>
       </c>
-      <c r="U19" s="14" t="n">
+      <c r="X19" s="14" t="n">
         <v>31056.5</v>
       </c>
-      <c r="V19" s="14" t="n">
+      <c r="Y19" s="14" t="n">
         <v>23266.1</v>
       </c>
-      <c r="W19" s="14" t="n">
+      <c r="Z19" s="14" t="n">
         <v>16477.4</v>
       </c>
-      <c r="X19" s="14" t="n">
+      <c r="AA19" s="14" t="n">
         <v>22370.7</v>
       </c>
-      <c r="Y19" s="14" t="n">
+      <c r="AB19" s="14" t="n">
         <v>23817.7</v>
       </c>
-      <c r="Z19" s="14" t="n">
+      <c r="AC19" s="14" t="n">
+        <v>47.0</v>
+      </c>
+      <c r="AD19" s="14" t="n">
         <v>2930.6</v>
       </c>
-      <c r="AA19" s="14" t="n">
+      <c r="AE19" s="14" t="n">
         <v>4026.3</v>
       </c>
-      <c r="AB19" s="14" t="n">
+      <c r="AF19" s="14" t="n">
         <v>2397.1</v>
       </c>
-      <c r="AC19" s="14" t="n">
+      <c r="AG19" s="14" t="n">
         <v>2398.0</v>
       </c>
-      <c r="AD19" s="14" t="n">
+      <c r="AH19" s="14" t="n">
         <v>2369.9</v>
       </c>
-      <c r="AE19" s="14" t="n">
+      <c r="AI19" s="14" t="n">
         <v>2128.4</v>
       </c>
-      <c r="AF19" s="14" t="n">
+      <c r="AJ19" s="14" t="n">
         <v>2039.0</v>
       </c>
-      <c r="AG19" s="14" t="n">
+      <c r="AK19" s="14" t="n">
         <v>2144.8</v>
       </c>
-      <c r="AH19" s="13" t="inlineStr">
-[...18 lines deleted...]
-      </c>
       <c r="AL19" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AM19" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AN19" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AO19" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AP19" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AQ19" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AR19" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AS19" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AT19" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="6" t="inlineStr">
         <is>
           <t>05 Sanitary and biological waste P</t>
         </is>
       </c>
       <c r="B20" s="14" t="n">
+        <v>1074.3</v>
+      </c>
+      <c r="C20" s="14" t="n">
         <v>1495.7</v>
       </c>
-      <c r="C20" s="14" t="n">
+      <c r="D20" s="14" t="n">
         <v>6596.5</v>
       </c>
-      <c r="D20" s="14" t="n">
+      <c r="E20" s="14" t="n">
         <v>6170.9</v>
       </c>
-      <c r="E20" s="14" t="n">
+      <c r="F20" s="14" t="n">
         <v>3593.4</v>
       </c>
-      <c r="F20" s="14" t="n">
+      <c r="G20" s="14" t="n">
         <v>3029.4</v>
       </c>
-      <c r="G20" s="14" t="n">
+      <c r="H20" s="14" t="n">
         <v>3134.4</v>
       </c>
-      <c r="H20" s="14" t="n">
+      <c r="I20" s="14" t="n">
         <v>2817.1</v>
       </c>
-      <c r="I20" s="14" t="n">
+      <c r="J20" s="14" t="n">
         <v>2949.6</v>
       </c>
-      <c r="J20" s="13" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K20" s="14" t="n">
+      <c r="K20" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="L20" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="M20" s="14" t="n">
         <v>4883.5</v>
       </c>
-      <c r="L20" s="14" t="n">
+      <c r="N20" s="14" t="n">
         <v>4525.5</v>
       </c>
-      <c r="M20" s="14" t="n">
+      <c r="O20" s="14" t="n">
         <v>5.0</v>
       </c>
-      <c r="N20" s="14" t="n">
+      <c r="P20" s="14" t="n">
         <v>5.6</v>
       </c>
-      <c r="O20" s="14" t="n">
+      <c r="Q20" s="14" t="n">
         <v>3.2</v>
       </c>
-      <c r="P20" s="14" t="n">
+      <c r="R20" s="14" t="n">
         <v>7.8</v>
       </c>
-      <c r="Q20" s="14" t="n">
+      <c r="S20" s="14" t="n">
         <v>8.0</v>
       </c>
-      <c r="R20" s="13" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="T20" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="U20" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="V20" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="W20" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="X20" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="Y20" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="Z20" s="14" t="n">
+      <c r="Z20" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AA20" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AB20" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AC20" s="14" t="n">
+        <v>1074.3</v>
+      </c>
+      <c r="AD20" s="14" t="n">
         <v>1495.7</v>
       </c>
-      <c r="AA20" s="14" t="n">
+      <c r="AE20" s="14" t="n">
         <v>1713.0</v>
       </c>
-      <c r="AB20" s="14" t="n">
+      <c r="AF20" s="14" t="n">
         <v>1645.4</v>
       </c>
-      <c r="AC20" s="14" t="n">
+      <c r="AG20" s="14" t="n">
         <v>3588.4</v>
       </c>
-      <c r="AD20" s="14" t="n">
+      <c r="AH20" s="14" t="n">
         <v>3023.8</v>
       </c>
-      <c r="AE20" s="14" t="n">
+      <c r="AI20" s="14" t="n">
         <v>3131.2</v>
       </c>
-      <c r="AF20" s="14" t="n">
+      <c r="AJ20" s="14" t="n">
         <v>2809.3</v>
       </c>
-      <c r="AG20" s="14" t="n">
+      <c r="AK20" s="14" t="n">
         <v>2941.6</v>
       </c>
-      <c r="AH20" s="13" t="inlineStr">
-[...18 lines deleted...]
-      </c>
       <c r="AL20" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AM20" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AN20" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AO20" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AP20" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AQ20" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AR20" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AS20" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AT20" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="6" t="inlineStr">
         <is>
           <t>06.1 Metallic waste, ferrous NP</t>
         </is>
       </c>
       <c r="B21" s="14" t="n">
+        <v>7359722.5</v>
+      </c>
+      <c r="C21" s="14" t="n">
         <v>7636809.3</v>
       </c>
-      <c r="C21" s="14" t="n">
+      <c r="D21" s="14" t="n">
         <v>9176553.0</v>
       </c>
-      <c r="D21" s="14" t="n">
+      <c r="E21" s="14" t="n">
         <v>7819217.8</v>
       </c>
-      <c r="E21" s="14" t="n">
+      <c r="F21" s="14" t="n">
         <v>9017676.7</v>
       </c>
-      <c r="F21" s="14" t="n">
+      <c r="G21" s="14" t="n">
         <v>9748183.5</v>
       </c>
-      <c r="G21" s="14" t="n">
+      <c r="H21" s="14" t="n">
         <v>9724128.4</v>
       </c>
-      <c r="H21" s="14" t="n">
+      <c r="I21" s="14" t="n">
         <v>8259104.6</v>
       </c>
-      <c r="I21" s="14" t="n">
+      <c r="J21" s="14" t="n">
         <v>1.01447131E7</v>
       </c>
-      <c r="J21" s="14" t="n">
+      <c r="K21" s="14" t="n">
+        <v>7357167.1</v>
+      </c>
+      <c r="L21" s="14" t="n">
         <v>7635788.2</v>
       </c>
-      <c r="K21" s="14" t="n">
+      <c r="M21" s="14" t="n">
         <v>9175428.5</v>
       </c>
-      <c r="L21" s="14" t="n">
+      <c r="N21" s="14" t="n">
         <v>7812730.4</v>
       </c>
-      <c r="M21" s="14" t="n">
+      <c r="O21" s="14" t="n">
         <v>9014991.5</v>
       </c>
-      <c r="N21" s="14" t="n">
+      <c r="P21" s="14" t="n">
         <v>9744410.1</v>
       </c>
-      <c r="O21" s="14" t="n">
+      <c r="Q21" s="14" t="n">
         <v>9719542.9</v>
       </c>
-      <c r="P21" s="14" t="n">
+      <c r="R21" s="14" t="n">
         <v>8256206.3</v>
       </c>
-      <c r="Q21" s="14" t="n">
+      <c r="S21" s="14" t="n">
         <v>1.01411007E7</v>
       </c>
-      <c r="R21" s="14" t="n">
+      <c r="T21" s="14" t="n">
+        <v>2555.4</v>
+      </c>
+      <c r="U21" s="14" t="n">
         <v>1021.1</v>
       </c>
-      <c r="S21" s="14" t="n">
+      <c r="V21" s="14" t="n">
         <v>1124.5</v>
       </c>
-      <c r="T21" s="14" t="n">
+      <c r="W21" s="14" t="n">
         <v>1097.4</v>
       </c>
-      <c r="U21" s="14" t="n">
+      <c r="X21" s="14" t="n">
         <v>2685.2</v>
       </c>
-      <c r="V21" s="14" t="n">
+      <c r="Y21" s="14" t="n">
         <v>3773.4</v>
       </c>
-      <c r="W21" s="14" t="n">
+      <c r="Z21" s="14" t="n">
         <v>4585.5</v>
       </c>
-      <c r="X21" s="14" t="n">
+      <c r="AA21" s="14" t="n">
         <v>2898.3</v>
       </c>
-      <c r="Y21" s="14" t="n">
+      <c r="AB21" s="14" t="n">
         <v>3612.4</v>
       </c>
-      <c r="Z21" s="13" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AB21" s="14" t="n">
+      <c r="AC21" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AD21" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AE21" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AF21" s="14" t="n">
         <v>5390.0</v>
       </c>
-      <c r="AC21" s="13" t="inlineStr">
-[...18 lines deleted...]
-      </c>
       <c r="AG21" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AH21" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AI21" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AJ21" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AK21" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AL21" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AM21" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AN21" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AO21" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AP21" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AQ21" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AR21" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AS21" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AT21" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="6" t="inlineStr">
         <is>
           <t>06.2 Non-ferrous metallic waste NP</t>
         </is>
       </c>
       <c r="B22" s="14" t="n">
+        <v>568858.8</v>
+      </c>
+      <c r="C22" s="14" t="n">
         <v>584051.2</v>
       </c>
-      <c r="C22" s="14" t="n">
+      <c r="D22" s="14" t="n">
         <v>768323.1</v>
       </c>
-      <c r="D22" s="14" t="n">
+      <c r="E22" s="14" t="n">
         <v>597400.7</v>
       </c>
-      <c r="E22" s="14" t="n">
+      <c r="F22" s="14" t="n">
         <v>928422.5</v>
       </c>
-      <c r="F22" s="14" t="n">
+      <c r="G22" s="14" t="n">
         <v>693828.0</v>
       </c>
-      <c r="G22" s="14" t="n">
+      <c r="H22" s="14" t="n">
         <v>640856.7</v>
       </c>
-      <c r="H22" s="14" t="n">
+      <c r="I22" s="14" t="n">
         <v>571962.2</v>
       </c>
-      <c r="I22" s="14" t="n">
+      <c r="J22" s="14" t="n">
         <v>551166.3</v>
       </c>
-      <c r="J22" s="14" t="n">
+      <c r="K22" s="14" t="n">
+        <v>562926.7</v>
+      </c>
+      <c r="L22" s="14" t="n">
         <v>573194.4</v>
       </c>
-      <c r="K22" s="14" t="n">
+      <c r="M22" s="14" t="n">
         <v>763897.2</v>
       </c>
-      <c r="L22" s="14" t="n">
+      <c r="N22" s="14" t="n">
         <v>571908.6</v>
       </c>
-      <c r="M22" s="14" t="n">
+      <c r="O22" s="14" t="n">
         <v>915897.2</v>
       </c>
-      <c r="N22" s="14" t="n">
+      <c r="P22" s="14" t="n">
         <v>691355.9</v>
       </c>
-      <c r="O22" s="14" t="n">
+      <c r="Q22" s="14" t="n">
         <v>637960.9</v>
       </c>
-      <c r="P22" s="14" t="n">
+      <c r="R22" s="14" t="n">
         <v>570206.4</v>
       </c>
-      <c r="Q22" s="14" t="n">
+      <c r="S22" s="14" t="n">
         <v>550570.1</v>
       </c>
-      <c r="R22" s="14" t="n">
+      <c r="T22" s="14" t="n">
+        <v>5932.1</v>
+      </c>
+      <c r="U22" s="14" t="n">
         <v>10856.8</v>
       </c>
-      <c r="S22" s="14" t="n">
+      <c r="V22" s="14" t="n">
         <v>4425.9</v>
       </c>
-      <c r="T22" s="14" t="n">
+      <c r="W22" s="14" t="n">
         <v>25492.1</v>
       </c>
-      <c r="U22" s="14" t="n">
+      <c r="X22" s="14" t="n">
         <v>12525.3</v>
       </c>
-      <c r="V22" s="14" t="n">
+      <c r="Y22" s="14" t="n">
         <v>2472.1</v>
       </c>
-      <c r="W22" s="14" t="n">
+      <c r="Z22" s="14" t="n">
         <v>2895.8</v>
       </c>
-      <c r="X22" s="14" t="n">
+      <c r="AA22" s="14" t="n">
         <v>1755.8</v>
       </c>
-      <c r="Y22" s="14" t="n">
+      <c r="AB22" s="14" t="n">
         <v>596.2</v>
       </c>
-      <c r="Z22" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="AC22" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AD22" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AE22" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AF22" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AG22" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
@@ -2764,148 +3028,167 @@
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AK22" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AL22" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AM22" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AN22" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AO22" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AP22" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AQ22" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AR22" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AS22" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AT22" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="6" t="inlineStr">
         <is>
           <t>06.3 Mixed metallic, ferrous and non-ferrous waste NP</t>
         </is>
       </c>
       <c r="B23" s="14" t="n">
+        <v>418067.3</v>
+      </c>
+      <c r="C23" s="14" t="n">
         <v>365292.0</v>
       </c>
-      <c r="C23" s="14" t="n">
+      <c r="D23" s="14" t="n">
         <v>579451.5</v>
       </c>
-      <c r="D23" s="14" t="n">
+      <c r="E23" s="14" t="n">
         <v>229241.4</v>
       </c>
-      <c r="E23" s="14" t="n">
+      <c r="F23" s="14" t="n">
         <v>339240.1</v>
       </c>
-      <c r="F23" s="14" t="n">
+      <c r="G23" s="14" t="n">
         <v>311865.7</v>
       </c>
-      <c r="G23" s="14" t="n">
+      <c r="H23" s="14" t="n">
         <v>237717.5</v>
       </c>
-      <c r="H23" s="14" t="n">
+      <c r="I23" s="14" t="n">
         <v>263184.3</v>
       </c>
-      <c r="I23" s="14" t="n">
+      <c r="J23" s="14" t="n">
         <v>386160.6</v>
       </c>
-      <c r="J23" s="14" t="n">
+      <c r="K23" s="14" t="n">
+        <v>418057.8</v>
+      </c>
+      <c r="L23" s="14" t="n">
         <v>365252.0</v>
       </c>
-      <c r="K23" s="14" t="n">
+      <c r="M23" s="14" t="n">
         <v>579427.7</v>
       </c>
-      <c r="L23" s="14" t="n">
+      <c r="N23" s="14" t="n">
         <v>229178.4</v>
       </c>
-      <c r="M23" s="14" t="n">
+      <c r="O23" s="14" t="n">
         <v>339194.9</v>
       </c>
-      <c r="N23" s="14" t="n">
+      <c r="P23" s="14" t="n">
         <v>311850.2</v>
       </c>
-      <c r="O23" s="14" t="n">
+      <c r="Q23" s="14" t="n">
         <v>237701.7</v>
       </c>
-      <c r="P23" s="14" t="n">
+      <c r="R23" s="14" t="n">
         <v>263091.3</v>
       </c>
-      <c r="Q23" s="14" t="n">
+      <c r="S23" s="14" t="n">
         <v>383532.2</v>
       </c>
-      <c r="R23" s="14" t="n">
+      <c r="T23" s="14" t="n">
+        <v>9.5</v>
+      </c>
+      <c r="U23" s="14" t="n">
         <v>40.0</v>
       </c>
-      <c r="S23" s="14" t="n">
+      <c r="V23" s="14" t="n">
         <v>23.8</v>
       </c>
-      <c r="T23" s="14" t="n">
+      <c r="W23" s="14" t="n">
         <v>63.0</v>
       </c>
-      <c r="U23" s="14" t="n">
+      <c r="X23" s="14" t="n">
         <v>45.2</v>
       </c>
-      <c r="V23" s="14" t="n">
+      <c r="Y23" s="14" t="n">
         <v>15.5</v>
       </c>
-      <c r="W23" s="14" t="n">
+      <c r="Z23" s="14" t="n">
         <v>15.8</v>
       </c>
-      <c r="X23" s="14" t="n">
+      <c r="AA23" s="14" t="n">
         <v>93.0</v>
       </c>
-      <c r="Y23" s="14" t="n">
+      <c r="AB23" s="14" t="n">
         <v>2628.4</v>
       </c>
-      <c r="Z23" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="AC23" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AD23" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AE23" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AF23" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AG23" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
@@ -2923,321 +3206,365 @@
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AK23" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AL23" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AM23" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AN23" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AO23" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AP23" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AQ23" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AR23" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AS23" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AT23" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="6" t="inlineStr">
         <is>
           <t>07.1 Glass waste NP</t>
         </is>
       </c>
       <c r="B24" s="14" t="n">
+        <v>1030014.3</v>
+      </c>
+      <c r="C24" s="14" t="n">
         <v>1077864.2</v>
       </c>
-      <c r="C24" s="14" t="n">
+      <c r="D24" s="14" t="n">
         <v>1267105.7</v>
       </c>
-      <c r="D24" s="14" t="n">
+      <c r="E24" s="14" t="n">
         <v>1069132.7</v>
       </c>
-      <c r="E24" s="14" t="n">
+      <c r="F24" s="14" t="n">
         <v>1299566.7</v>
       </c>
-      <c r="F24" s="14" t="n">
+      <c r="G24" s="14" t="n">
         <v>1120218.7</v>
       </c>
-      <c r="G24" s="14" t="n">
+      <c r="H24" s="14" t="n">
         <v>1015164.4</v>
       </c>
-      <c r="H24" s="14" t="n">
+      <c r="I24" s="14" t="n">
         <v>1018968.1</v>
       </c>
-      <c r="I24" s="14" t="n">
+      <c r="J24" s="14" t="n">
         <v>961593.3</v>
       </c>
-      <c r="J24" s="14" t="n">
+      <c r="K24" s="14" t="n">
+        <v>1026584.8</v>
+      </c>
+      <c r="L24" s="14" t="n">
         <v>1074054.4</v>
       </c>
-      <c r="K24" s="14" t="n">
+      <c r="M24" s="14" t="n">
         <v>1260777.9</v>
       </c>
-      <c r="L24" s="14" t="n">
+      <c r="N24" s="14" t="n">
         <v>1061440.1</v>
       </c>
-      <c r="M24" s="14" t="n">
+      <c r="O24" s="14" t="n">
         <v>1295164.9</v>
       </c>
-      <c r="N24" s="14" t="n">
+      <c r="P24" s="14" t="n">
         <v>1115626.4</v>
       </c>
-      <c r="O24" s="14" t="n">
+      <c r="Q24" s="14" t="n">
         <v>1008495.3</v>
       </c>
-      <c r="P24" s="14" t="n">
+      <c r="R24" s="14" t="n">
         <v>991881.5</v>
       </c>
-      <c r="Q24" s="14" t="n">
+      <c r="S24" s="14" t="n">
         <v>947961.3</v>
       </c>
-      <c r="R24" s="14" t="n">
+      <c r="T24" s="14" t="n">
+        <v>3429.5</v>
+      </c>
+      <c r="U24" s="14" t="n">
         <v>3809.8</v>
       </c>
-      <c r="S24" s="14" t="n">
+      <c r="V24" s="14" t="n">
         <v>6327.8</v>
       </c>
-      <c r="T24" s="14" t="n">
+      <c r="W24" s="14" t="n">
         <v>7692.6</v>
       </c>
-      <c r="U24" s="14" t="n">
+      <c r="X24" s="14" t="n">
         <v>4401.8</v>
       </c>
-      <c r="V24" s="14" t="n">
+      <c r="Y24" s="14" t="n">
         <v>4591.2</v>
       </c>
-      <c r="W24" s="14" t="n">
+      <c r="Z24" s="14" t="n">
         <v>6667.9</v>
       </c>
-      <c r="X24" s="14" t="n">
+      <c r="AA24" s="14" t="n">
         <v>27082.5</v>
       </c>
-      <c r="Y24" s="14" t="n">
+      <c r="AB24" s="14" t="n">
         <v>13630.9</v>
       </c>
-      <c r="Z24" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="AC24" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AD24" s="14" t="n">
+      <c r="AD24" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AE24" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AF24" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AG24" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AH24" s="14" t="n">
         <v>1.1</v>
       </c>
-      <c r="AE24" s="14" t="n">
+      <c r="AI24" s="14" t="n">
         <v>1.2</v>
       </c>
-      <c r="AF24" s="14" t="n">
+      <c r="AJ24" s="14" t="n">
         <v>1.2</v>
       </c>
-      <c r="AG24" s="14" t="n">
+      <c r="AK24" s="14" t="n">
         <v>1.1</v>
       </c>
-      <c r="AH24" s="13" t="inlineStr">
-[...18 lines deleted...]
-      </c>
       <c r="AL24" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AM24" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AN24" s="14" t="n">
+      <c r="AN24" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AO24" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AP24" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AQ24" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AR24" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AS24" s="14" t="n">
         <v>2.9</v>
       </c>
-      <c r="AO24" s="13" t="inlineStr">
+      <c r="AT24" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="6" t="inlineStr">
         <is>
           <t>07.1 Glass waste P</t>
         </is>
       </c>
       <c r="B25" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C25" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D25" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="E25" s="14" t="n">
+      <c r="E25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="F25" s="14" t="n">
         <v>254.4</v>
       </c>
-      <c r="F25" s="14" t="n">
+      <c r="G25" s="14" t="n">
         <v>392.0</v>
       </c>
-      <c r="G25" s="14" t="n">
+      <c r="H25" s="14" t="n">
         <v>363.5</v>
       </c>
-      <c r="H25" s="14" t="n">
+      <c r="I25" s="14" t="n">
         <v>248.8</v>
       </c>
-      <c r="I25" s="14" t="n">
+      <c r="J25" s="14" t="n">
         <v>233.2</v>
       </c>
-      <c r="J25" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="K25" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="L25" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="M25" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="N25" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="O25" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="P25" s="14" t="n">
+      <c r="P25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="Q25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="R25" s="14" t="n">
         <v>1.2</v>
       </c>
-      <c r="Q25" s="14" t="n">
+      <c r="S25" s="14" t="n">
         <v>10.1</v>
       </c>
-      <c r="R25" s="13" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="T25" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="U25" s="14" t="n">
+      <c r="U25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="V25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="W25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="X25" s="14" t="n">
         <v>254.4</v>
       </c>
-      <c r="V25" s="14" t="n">
+      <c r="Y25" s="14" t="n">
         <v>392.0</v>
       </c>
-      <c r="W25" s="14" t="n">
+      <c r="Z25" s="14" t="n">
         <v>363.5</v>
       </c>
-      <c r="X25" s="14" t="n">
+      <c r="AA25" s="14" t="n">
         <v>247.6</v>
       </c>
-      <c r="Y25" s="14" t="n">
+      <c r="AB25" s="14" t="n">
         <v>223.1</v>
       </c>
-      <c r="Z25" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="AC25" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AD25" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AE25" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AF25" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AG25" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
@@ -3255,1171 +3582,1315 @@
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AK25" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AL25" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AM25" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AN25" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AO25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AP25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AQ25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AR25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AS25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AT25" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="6" t="inlineStr">
         <is>
           <t>07.2 Waste paper and cardboard NP</t>
         </is>
       </c>
       <c r="B26" s="14" t="n">
+        <v>3867055.9</v>
+      </c>
+      <c r="C26" s="14" t="n">
         <v>3843969.6</v>
       </c>
-      <c r="C26" s="14" t="n">
+      <c r="D26" s="14" t="n">
         <v>4498740.1</v>
       </c>
-      <c r="D26" s="14" t="n">
+      <c r="E26" s="14" t="n">
         <v>4249660.5</v>
       </c>
-      <c r="E26" s="14" t="n">
+      <c r="F26" s="14" t="n">
         <v>3906728.8</v>
       </c>
-      <c r="F26" s="14" t="n">
+      <c r="G26" s="14" t="n">
         <v>3914520.9</v>
       </c>
-      <c r="G26" s="14" t="n">
+      <c r="H26" s="14" t="n">
         <v>3844810.5</v>
       </c>
-      <c r="H26" s="14" t="n">
+      <c r="I26" s="14" t="n">
         <v>4078576.1</v>
       </c>
-      <c r="I26" s="14" t="n">
+      <c r="J26" s="14" t="n">
         <v>4078576.0</v>
       </c>
-      <c r="J26" s="14" t="n">
+      <c r="K26" s="14" t="n">
+        <v>3864675.1</v>
+      </c>
+      <c r="L26" s="14" t="n">
         <v>3840838.8</v>
       </c>
-      <c r="K26" s="14" t="n">
+      <c r="M26" s="14" t="n">
         <v>4495565.0</v>
       </c>
-      <c r="L26" s="14" t="n">
+      <c r="N26" s="14" t="n">
         <v>4242419.0</v>
       </c>
-      <c r="M26" s="14" t="n">
+      <c r="O26" s="14" t="n">
         <v>3904766.8</v>
       </c>
-      <c r="N26" s="14" t="n">
+      <c r="P26" s="14" t="n">
         <v>3912649.5</v>
       </c>
-      <c r="O26" s="14" t="n">
+      <c r="Q26" s="14" t="n">
         <v>3840462.0</v>
       </c>
-      <c r="P26" s="14" t="n">
+      <c r="R26" s="14" t="n">
         <v>4071171.3</v>
       </c>
-      <c r="Q26" s="14" t="n">
+      <c r="S26" s="14" t="n">
         <v>4076532.5</v>
       </c>
-      <c r="R26" s="14" t="n">
+      <c r="T26" s="14" t="n">
+        <v>2315.5</v>
+      </c>
+      <c r="U26" s="14" t="n">
         <v>3067.3</v>
       </c>
-      <c r="S26" s="14" t="n">
+      <c r="V26" s="14" t="n">
         <v>3162.8</v>
       </c>
-      <c r="T26" s="14" t="n">
+      <c r="W26" s="14" t="n">
         <v>4009.1</v>
       </c>
-      <c r="U26" s="14" t="n">
+      <c r="X26" s="14" t="n">
         <v>1900.3</v>
       </c>
-      <c r="V26" s="14" t="n">
+      <c r="Y26" s="14" t="n">
         <v>1501.3</v>
       </c>
-      <c r="W26" s="14" t="n">
+      <c r="Z26" s="14" t="n">
         <v>4004.8</v>
       </c>
-      <c r="X26" s="14" t="n">
+      <c r="AA26" s="14" t="n">
         <v>7057.3</v>
       </c>
-      <c r="Y26" s="14" t="n">
+      <c r="AB26" s="14" t="n">
         <v>1344.6</v>
       </c>
-      <c r="Z26" s="14" t="n">
+      <c r="AC26" s="14" t="n">
+        <v>65.3</v>
+      </c>
+      <c r="AD26" s="14" t="n">
         <v>63.5</v>
       </c>
-      <c r="AA26" s="14" t="n">
+      <c r="AE26" s="14" t="n">
         <v>12.3</v>
       </c>
-      <c r="AB26" s="14" t="n">
+      <c r="AF26" s="14" t="n">
         <v>3232.4</v>
       </c>
-      <c r="AC26" s="14" t="n">
+      <c r="AG26" s="14" t="n">
         <v>61.7</v>
       </c>
-      <c r="AD26" s="14" t="n">
+      <c r="AH26" s="14" t="n">
         <v>370.1</v>
       </c>
-      <c r="AE26" s="14" t="n">
+      <c r="AI26" s="14" t="n">
         <v>343.7</v>
       </c>
-      <c r="AF26" s="14" t="n">
+      <c r="AJ26" s="14" t="n">
         <v>347.5</v>
       </c>
-      <c r="AG26" s="14" t="n">
+      <c r="AK26" s="14" t="n">
         <v>698.9</v>
       </c>
-      <c r="AH26" s="13" t="inlineStr">
-[...18 lines deleted...]
-      </c>
       <c r="AL26" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AM26" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AN26" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AO26" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AP26" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AQ26" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AR26" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AS26" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AT26" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="6" t="inlineStr">
         <is>
           <t>07.3 Rubber waste NP</t>
         </is>
       </c>
       <c r="B27" s="14" t="n">
+        <v>404500.5</v>
+      </c>
+      <c r="C27" s="14" t="n">
         <v>307210.9</v>
       </c>
-      <c r="C27" s="14" t="n">
+      <c r="D27" s="14" t="n">
         <v>321200.6</v>
       </c>
-      <c r="D27" s="14" t="n">
+      <c r="E27" s="14" t="n">
         <v>276761.8</v>
       </c>
-      <c r="E27" s="14" t="n">
+      <c r="F27" s="14" t="n">
         <v>302965.0</v>
       </c>
-      <c r="F27" s="14" t="n">
+      <c r="G27" s="14" t="n">
         <v>249383.8</v>
       </c>
-      <c r="G27" s="14" t="n">
+      <c r="H27" s="14" t="n">
         <v>256497.6</v>
       </c>
-      <c r="H27" s="14" t="n">
+      <c r="I27" s="14" t="n">
         <v>254756.1</v>
       </c>
-      <c r="I27" s="14" t="n">
+      <c r="J27" s="14" t="n">
         <v>246579.9</v>
       </c>
-      <c r="J27" s="14" t="n">
+      <c r="K27" s="14" t="n">
+        <v>314171.7</v>
+      </c>
+      <c r="L27" s="14" t="n">
         <v>220118.2</v>
       </c>
-      <c r="K27" s="14" t="n">
+      <c r="M27" s="14" t="n">
         <v>201000.2</v>
       </c>
-      <c r="L27" s="14" t="n">
+      <c r="N27" s="14" t="n">
         <v>141088.6</v>
       </c>
-      <c r="M27" s="14" t="n">
+      <c r="O27" s="14" t="n">
         <v>150677.5</v>
       </c>
-      <c r="N27" s="14" t="n">
+      <c r="P27" s="14" t="n">
         <v>131442.5</v>
       </c>
-      <c r="O27" s="14" t="n">
+      <c r="Q27" s="14" t="n">
         <v>139246.7</v>
       </c>
-      <c r="P27" s="14" t="n">
+      <c r="R27" s="14" t="n">
         <v>124909.2</v>
       </c>
-      <c r="Q27" s="14" t="n">
+      <c r="S27" s="14" t="n">
         <v>149307.1</v>
       </c>
-      <c r="R27" s="14" t="n">
+      <c r="T27" s="14" t="n">
+        <v>554.9</v>
+      </c>
+      <c r="U27" s="14" t="n">
         <v>188.4</v>
       </c>
-      <c r="S27" s="14" t="n">
+      <c r="V27" s="14" t="n">
         <v>274.2</v>
       </c>
-      <c r="T27" s="14" t="n">
+      <c r="W27" s="14" t="n">
         <v>1309.0</v>
       </c>
-      <c r="U27" s="14" t="n">
+      <c r="X27" s="14" t="n">
         <v>3257.7</v>
       </c>
-      <c r="V27" s="14" t="n">
+      <c r="Y27" s="14" t="n">
         <v>2083.5</v>
       </c>
-      <c r="W27" s="14" t="n">
+      <c r="Z27" s="14" t="n">
         <v>1947.9</v>
       </c>
-      <c r="X27" s="14" t="n">
+      <c r="AA27" s="14" t="n">
         <v>1661.7</v>
       </c>
-      <c r="Y27" s="14" t="n">
+      <c r="AB27" s="14" t="n">
         <v>640.4</v>
       </c>
-      <c r="Z27" s="14" t="n">
+      <c r="AC27" s="14" t="n">
+        <v>89773.9</v>
+      </c>
+      <c r="AD27" s="14" t="n">
         <v>86904.3</v>
       </c>
-      <c r="AA27" s="14" t="n">
+      <c r="AE27" s="14" t="n">
         <v>119926.2</v>
       </c>
-      <c r="AB27" s="14" t="n">
+      <c r="AF27" s="14" t="n">
         <v>134364.2</v>
       </c>
-      <c r="AC27" s="14" t="n">
+      <c r="AG27" s="14" t="n">
         <v>149029.8</v>
       </c>
-      <c r="AD27" s="14" t="n">
+      <c r="AH27" s="14" t="n">
         <v>115857.8</v>
       </c>
-      <c r="AE27" s="14" t="n">
+      <c r="AI27" s="14" t="n">
         <v>115303.0</v>
       </c>
-      <c r="AF27" s="14" t="n">
+      <c r="AJ27" s="14" t="n">
         <v>128185.2</v>
       </c>
-      <c r="AG27" s="14" t="n">
+      <c r="AK27" s="14" t="n">
         <v>96632.4</v>
       </c>
-      <c r="AH27" s="13" t="inlineStr">
-[...18 lines deleted...]
-      </c>
       <c r="AL27" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AM27" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AN27" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AO27" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AP27" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AQ27" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AR27" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AS27" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AT27" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="6" t="inlineStr">
         <is>
           <t>07.4 Plastic waste NP</t>
         </is>
       </c>
       <c r="B28" s="14" t="n">
+        <v>955329.4</v>
+      </c>
+      <c r="C28" s="14" t="n">
         <v>994980.6</v>
       </c>
-      <c r="C28" s="14" t="n">
+      <c r="D28" s="14" t="n">
         <v>961254.7</v>
       </c>
-      <c r="D28" s="14" t="n">
+      <c r="E28" s="14" t="n">
         <v>871265.7</v>
       </c>
-      <c r="E28" s="14" t="n">
+      <c r="F28" s="14" t="n">
         <v>933274.0</v>
       </c>
-      <c r="F28" s="14" t="n">
+      <c r="G28" s="14" t="n">
         <v>815281.8</v>
       </c>
-      <c r="G28" s="14" t="n">
+      <c r="H28" s="14" t="n">
         <v>662055.0</v>
       </c>
-      <c r="H28" s="14" t="n">
+      <c r="I28" s="14" t="n">
         <v>690601.6</v>
       </c>
-      <c r="I28" s="14" t="n">
+      <c r="J28" s="14" t="n">
         <v>669243.2</v>
       </c>
-      <c r="J28" s="14" t="n">
+      <c r="K28" s="14" t="n">
+        <v>655835.3</v>
+      </c>
+      <c r="L28" s="14" t="n">
         <v>692138.6</v>
       </c>
-      <c r="K28" s="14" t="n">
+      <c r="M28" s="14" t="n">
         <v>647249.1</v>
       </c>
-      <c r="L28" s="14" t="n">
+      <c r="N28" s="14" t="n">
         <v>564975.2</v>
       </c>
-      <c r="M28" s="14" t="n">
+      <c r="O28" s="14" t="n">
         <v>722926.6</v>
       </c>
-      <c r="N28" s="14" t="n">
+      <c r="P28" s="14" t="n">
         <v>645349.3</v>
       </c>
-      <c r="O28" s="14" t="n">
+      <c r="Q28" s="14" t="n">
         <v>467129.6</v>
       </c>
-      <c r="P28" s="14" t="n">
+      <c r="R28" s="14" t="n">
         <v>594822.8</v>
       </c>
-      <c r="Q28" s="14" t="n">
+      <c r="S28" s="14" t="n">
         <v>529693.1</v>
       </c>
-      <c r="R28" s="14" t="n">
+      <c r="T28" s="14" t="n">
+        <v>211241.9</v>
+      </c>
+      <c r="U28" s="14" t="n">
         <v>208738.6</v>
       </c>
-      <c r="S28" s="14" t="n">
+      <c r="V28" s="14" t="n">
         <v>223623.0</v>
       </c>
-      <c r="T28" s="14" t="n">
+      <c r="W28" s="14" t="n">
         <v>202849.6</v>
       </c>
-      <c r="U28" s="14" t="n">
+      <c r="X28" s="14" t="n">
         <v>148975.0</v>
       </c>
-      <c r="V28" s="14" t="n">
+      <c r="Y28" s="14" t="n">
         <v>136118.6</v>
       </c>
-      <c r="W28" s="14" t="n">
+      <c r="Z28" s="14" t="n">
         <v>177102.6</v>
       </c>
-      <c r="X28" s="14" t="n">
+      <c r="AA28" s="14" t="n">
         <v>81448.2</v>
       </c>
-      <c r="Y28" s="14" t="n">
+      <c r="AB28" s="14" t="n">
         <v>136166.1</v>
       </c>
-      <c r="Z28" s="14" t="n">
+      <c r="AC28" s="14" t="n">
+        <v>88252.2</v>
+      </c>
+      <c r="AD28" s="14" t="n">
         <v>94103.4</v>
       </c>
-      <c r="AA28" s="14" t="n">
+      <c r="AE28" s="14" t="n">
         <v>90382.6</v>
       </c>
-      <c r="AB28" s="14" t="n">
+      <c r="AF28" s="14" t="n">
         <v>103440.9</v>
       </c>
-      <c r="AC28" s="14" t="n">
+      <c r="AG28" s="14" t="n">
         <v>61372.4</v>
       </c>
-      <c r="AD28" s="14" t="n">
+      <c r="AH28" s="14" t="n">
         <v>33813.9</v>
       </c>
-      <c r="AE28" s="14" t="n">
+      <c r="AI28" s="14" t="n">
         <v>17822.8</v>
       </c>
-      <c r="AF28" s="14" t="n">
+      <c r="AJ28" s="14" t="n">
         <v>14330.6</v>
       </c>
-      <c r="AG28" s="14" t="n">
+      <c r="AK28" s="14" t="n">
         <v>3384.0</v>
       </c>
-      <c r="AH28" s="13" t="inlineStr">
-[...18 lines deleted...]
-      </c>
       <c r="AL28" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AM28" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AN28" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AO28" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AP28" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AQ28" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AR28" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AS28" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AT28" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="6" t="inlineStr">
         <is>
           <t>07.5 Wood waste NP</t>
         </is>
       </c>
       <c r="B29" s="14" t="n">
-        <v>1088606.0</v>
+        <v>1047204.3</v>
       </c>
       <c r="C29" s="14" t="n">
+        <v>1059635.2</v>
+      </c>
+      <c r="D29" s="14" t="n">
         <v>345874.2</v>
       </c>
-      <c r="D29" s="14" t="n">
+      <c r="E29" s="14" t="n">
         <v>336682.3</v>
       </c>
-      <c r="E29" s="14" t="n">
+      <c r="F29" s="14" t="n">
         <v>1087794.6</v>
       </c>
-      <c r="F29" s="14" t="n">
+      <c r="G29" s="14" t="n">
         <v>1114862.6</v>
       </c>
-      <c r="G29" s="14" t="n">
+      <c r="H29" s="14" t="n">
         <v>1172234.2</v>
       </c>
-      <c r="H29" s="14" t="n">
+      <c r="I29" s="14" t="n">
         <v>1068116.2</v>
       </c>
-      <c r="I29" s="14" t="n">
+      <c r="J29" s="14" t="n">
         <v>1151494.3</v>
       </c>
-      <c r="J29" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="K29" s="14" t="n">
+        <v>845402.0</v>
+      </c>
+      <c r="L29" s="14" t="n">
+        <v>881483.3</v>
+      </c>
+      <c r="M29" s="14" t="n">
         <v>287954.1</v>
       </c>
-      <c r="L29" s="14" t="n">
+      <c r="N29" s="14" t="n">
         <v>294575.3</v>
       </c>
-      <c r="M29" s="14" t="n">
+      <c r="O29" s="14" t="n">
         <v>983737.8</v>
       </c>
-      <c r="N29" s="14" t="n">
+      <c r="P29" s="14" t="n">
         <v>966534.0</v>
       </c>
-      <c r="O29" s="14" t="n">
+      <c r="Q29" s="14" t="n">
         <v>1025910.5</v>
       </c>
-      <c r="P29" s="14" t="n">
+      <c r="R29" s="14" t="n">
         <v>977012.2</v>
       </c>
-      <c r="Q29" s="14" t="n">
+      <c r="S29" s="14" t="n">
         <v>1044873.0</v>
       </c>
-      <c r="R29" s="14" t="n">
-[...2 lines deleted...]
-      <c r="S29" s="14" t="n">
+      <c r="T29" s="14" t="n">
+        <v>4797.4</v>
+      </c>
+      <c r="U29" s="14" t="n">
+        <v>21396.2</v>
+      </c>
+      <c r="V29" s="14" t="n">
         <v>2700.4</v>
       </c>
-      <c r="T29" s="14" t="n">
+      <c r="W29" s="14" t="n">
         <v>11258.5</v>
       </c>
-      <c r="U29" s="14" t="n">
+      <c r="X29" s="14" t="n">
         <v>32547.4</v>
       </c>
-      <c r="V29" s="14" t="n">
+      <c r="Y29" s="14" t="n">
         <v>35336.6</v>
       </c>
-      <c r="W29" s="14" t="n">
+      <c r="Z29" s="14" t="n">
         <v>17780.5</v>
       </c>
-      <c r="X29" s="14" t="n">
+      <c r="AA29" s="14" t="n">
         <v>17639.9</v>
       </c>
-      <c r="Y29" s="14" t="n">
+      <c r="AB29" s="14" t="n">
         <v>23929.1</v>
       </c>
-      <c r="Z29" s="14" t="n">
-[...2 lines deleted...]
-      <c r="AA29" s="14" t="n">
+      <c r="AC29" s="14" t="n">
+        <v>197004.9</v>
+      </c>
+      <c r="AD29" s="14" t="n">
+        <v>156755.7</v>
+      </c>
+      <c r="AE29" s="14" t="n">
         <v>55219.7</v>
       </c>
-      <c r="AB29" s="14" t="n">
+      <c r="AF29" s="14" t="n">
         <v>30848.5</v>
       </c>
-      <c r="AC29" s="14" t="n">
+      <c r="AG29" s="14" t="n">
         <v>71509.4</v>
       </c>
-      <c r="AD29" s="14" t="n">
+      <c r="AH29" s="14" t="n">
         <v>112992.0</v>
       </c>
-      <c r="AE29" s="14" t="n">
+      <c r="AI29" s="14" t="n">
         <v>128543.2</v>
       </c>
-      <c r="AF29" s="14" t="n">
+      <c r="AJ29" s="14" t="n">
         <v>73464.1</v>
       </c>
-      <c r="AG29" s="14" t="n">
+      <c r="AK29" s="14" t="n">
         <v>82692.2</v>
       </c>
-      <c r="AH29" s="13" t="inlineStr">
-[...18 lines deleted...]
-      </c>
       <c r="AL29" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AM29" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AN29" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AO29" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AP29" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AQ29" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AR29" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AS29" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AT29" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="6" t="inlineStr">
         <is>
           <t>07.5 Wood waste P</t>
         </is>
       </c>
       <c r="B30" s="14" t="n">
+        <v>901.4</v>
+      </c>
+      <c r="C30" s="14" t="n">
         <v>485.3</v>
       </c>
-      <c r="C30" s="14" t="n">
+      <c r="D30" s="14" t="n">
         <v>784.8</v>
       </c>
-      <c r="D30" s="14" t="n">
+      <c r="E30" s="14" t="n">
         <v>882.5</v>
       </c>
-      <c r="E30" s="14" t="n">
+      <c r="F30" s="14" t="n">
         <v>944.2</v>
       </c>
-      <c r="F30" s="14" t="n">
+      <c r="G30" s="14" t="n">
         <v>999.4</v>
       </c>
-      <c r="G30" s="14" t="n">
+      <c r="H30" s="14" t="n">
         <v>1084.9</v>
       </c>
-      <c r="H30" s="14" t="n">
+      <c r="I30" s="14" t="n">
         <v>1505.3</v>
       </c>
-      <c r="I30" s="14" t="n">
+      <c r="J30" s="14" t="n">
         <v>1484.2</v>
       </c>
-      <c r="J30" s="13" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K30" s="14" t="n">
+      <c r="K30" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="L30" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="M30" s="14" t="n">
         <v>55.7</v>
       </c>
-      <c r="L30" s="14" t="n">
+      <c r="N30" s="14" t="n">
         <v>765.8</v>
       </c>
-      <c r="M30" s="14" t="n">
+      <c r="O30" s="14" t="n">
         <v>659.6</v>
       </c>
-      <c r="N30" s="14" t="n">
+      <c r="P30" s="14" t="n">
         <v>358.1</v>
       </c>
-      <c r="O30" s="14" t="n">
+      <c r="Q30" s="14" t="n">
         <v>515.7</v>
       </c>
-      <c r="P30" s="14" t="n">
+      <c r="R30" s="14" t="n">
         <v>534.2</v>
       </c>
-      <c r="Q30" s="14" t="n">
+      <c r="S30" s="14" t="n">
         <v>1002.1</v>
       </c>
-      <c r="R30" s="14" t="n">
+      <c r="T30" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="U30" s="14" t="n">
         <v>57.9</v>
       </c>
-      <c r="S30" s="13" t="inlineStr">
-[...4 lines deleted...]
-      <c r="T30" s="14" t="n">
+      <c r="V30" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="W30" s="14" t="n">
         <v>68.6</v>
       </c>
-      <c r="U30" s="14" t="n">
+      <c r="X30" s="14" t="n">
         <v>101.5</v>
       </c>
-      <c r="V30" s="13" t="inlineStr">
-[...9 lines deleted...]
-      <c r="X30" s="14" t="n">
+      <c r="Y30" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="Z30" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AA30" s="14" t="n">
         <v>5.9</v>
       </c>
-      <c r="Y30" s="14" t="n">
+      <c r="AB30" s="14" t="n">
         <v>10.4</v>
       </c>
-      <c r="Z30" s="14" t="n">
+      <c r="AC30" s="14" t="n">
+        <v>901.4</v>
+      </c>
+      <c r="AD30" s="14" t="n">
         <v>427.4</v>
       </c>
-      <c r="AA30" s="14" t="n">
+      <c r="AE30" s="14" t="n">
         <v>729.1</v>
       </c>
-      <c r="AB30" s="14" t="n">
+      <c r="AF30" s="14" t="n">
         <v>48.1</v>
       </c>
-      <c r="AC30" s="14" t="n">
+      <c r="AG30" s="14" t="n">
         <v>183.1</v>
       </c>
-      <c r="AD30" s="14" t="n">
+      <c r="AH30" s="14" t="n">
         <v>641.3</v>
       </c>
-      <c r="AE30" s="14" t="n">
+      <c r="AI30" s="14" t="n">
         <v>569.2</v>
       </c>
-      <c r="AF30" s="14" t="n">
+      <c r="AJ30" s="14" t="n">
         <v>965.2</v>
       </c>
-      <c r="AG30" s="14" t="n">
+      <c r="AK30" s="14" t="n">
         <v>471.7</v>
       </c>
-      <c r="AH30" s="13" t="inlineStr">
-[...18 lines deleted...]
-      </c>
       <c r="AL30" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AM30" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AN30" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AO30" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AP30" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AQ30" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AR30" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AS30" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AT30" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="6" t="inlineStr">
         <is>
           <t>07.6 Textile waste NP</t>
         </is>
       </c>
       <c r="B31" s="14" t="n">
+        <v>92410.2</v>
+      </c>
+      <c r="C31" s="14" t="n">
         <v>68036.3</v>
       </c>
-      <c r="C31" s="14" t="n">
+      <c r="D31" s="14" t="n">
         <v>76676.4</v>
       </c>
-      <c r="D31" s="14" t="n">
+      <c r="E31" s="14" t="n">
         <v>73612.0</v>
       </c>
-      <c r="E31" s="14" t="n">
+      <c r="F31" s="14" t="n">
         <v>94468.5</v>
       </c>
-      <c r="F31" s="14" t="n">
+      <c r="G31" s="14" t="n">
         <v>84947.3</v>
       </c>
-      <c r="G31" s="14" t="n">
+      <c r="H31" s="14" t="n">
         <v>63780.9</v>
       </c>
-      <c r="H31" s="14" t="n">
+      <c r="I31" s="14" t="n">
         <v>65044.9</v>
       </c>
-      <c r="I31" s="14" t="n">
+      <c r="J31" s="14" t="n">
         <v>92151.5</v>
       </c>
-      <c r="J31" s="14" t="n">
+      <c r="K31" s="14" t="n">
+        <v>69914.8</v>
+      </c>
+      <c r="L31" s="14" t="n">
         <v>47817.8</v>
       </c>
-      <c r="K31" s="14" t="n">
+      <c r="M31" s="14" t="n">
         <v>58578.2</v>
       </c>
-      <c r="L31" s="14" t="n">
+      <c r="N31" s="14" t="n">
         <v>49704.6</v>
       </c>
-      <c r="M31" s="14" t="n">
+      <c r="O31" s="14" t="n">
         <v>59605.0</v>
       </c>
-      <c r="N31" s="14" t="n">
+      <c r="P31" s="14" t="n">
         <v>50961.0</v>
       </c>
-      <c r="O31" s="14" t="n">
+      <c r="Q31" s="14" t="n">
         <v>39090.4</v>
       </c>
-      <c r="P31" s="14" t="n">
+      <c r="R31" s="14" t="n">
         <v>51188.7</v>
       </c>
-      <c r="Q31" s="14" t="n">
+      <c r="S31" s="14" t="n">
         <v>74982.9</v>
       </c>
-      <c r="R31" s="14" t="n">
+      <c r="T31" s="14" t="n">
+        <v>20453.8</v>
+      </c>
+      <c r="U31" s="14" t="n">
         <v>16673.6</v>
       </c>
-      <c r="S31" s="14" t="n">
+      <c r="V31" s="14" t="n">
         <v>16811.4</v>
       </c>
-      <c r="T31" s="14" t="n">
+      <c r="W31" s="14" t="n">
         <v>20517.0</v>
       </c>
-      <c r="U31" s="14" t="n">
+      <c r="X31" s="14" t="n">
         <v>29326.9</v>
       </c>
-      <c r="V31" s="14" t="n">
+      <c r="Y31" s="14" t="n">
         <v>28585.5</v>
       </c>
-      <c r="W31" s="14" t="n">
+      <c r="Z31" s="14" t="n">
         <v>23401.2</v>
       </c>
-      <c r="X31" s="14" t="n">
+      <c r="AA31" s="14" t="n">
         <v>11702.3</v>
       </c>
-      <c r="Y31" s="14" t="n">
+      <c r="AB31" s="14" t="n">
         <v>15348.3</v>
       </c>
-      <c r="Z31" s="14" t="n">
+      <c r="AC31" s="14" t="n">
+        <v>2041.6</v>
+      </c>
+      <c r="AD31" s="14" t="n">
         <v>3544.9</v>
       </c>
-      <c r="AA31" s="14" t="n">
+      <c r="AE31" s="14" t="n">
         <v>1286.8</v>
       </c>
-      <c r="AB31" s="14" t="n">
+      <c r="AF31" s="14" t="n">
         <v>3390.4</v>
       </c>
-      <c r="AC31" s="14" t="n">
+      <c r="AG31" s="14" t="n">
         <v>5536.6</v>
       </c>
-      <c r="AD31" s="14" t="n">
+      <c r="AH31" s="14" t="n">
         <v>5400.8</v>
       </c>
-      <c r="AE31" s="14" t="n">
+      <c r="AI31" s="14" t="n">
         <v>1289.3</v>
       </c>
-      <c r="AF31" s="14" t="n">
+      <c r="AJ31" s="14" t="n">
         <v>2153.9</v>
       </c>
-      <c r="AG31" s="14" t="n">
+      <c r="AK31" s="14" t="n">
         <v>1820.3</v>
       </c>
-      <c r="AH31" s="13" t="inlineStr">
-[...18 lines deleted...]
-      </c>
       <c r="AL31" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AM31" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AN31" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AO31" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AP31" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AQ31" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AR31" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AS31" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AT31" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="6" t="inlineStr">
         <is>
           <t>07.7 Waste containing PCB P</t>
         </is>
       </c>
       <c r="B32" s="14" t="n">
+        <v>2401.3</v>
+      </c>
+      <c r="C32" s="14" t="n">
         <v>2072.3</v>
       </c>
-      <c r="C32" s="14" t="n">
+      <c r="D32" s="14" t="n">
         <v>2961.6</v>
       </c>
-      <c r="D32" s="14" t="n">
+      <c r="E32" s="14" t="n">
         <v>2213.2</v>
       </c>
-      <c r="E32" s="14" t="n">
+      <c r="F32" s="14" t="n">
         <v>2063.5</v>
       </c>
-      <c r="F32" s="14" t="n">
+      <c r="G32" s="14" t="n">
         <v>1632.8</v>
       </c>
-      <c r="G32" s="14" t="n">
+      <c r="H32" s="14" t="n">
         <v>1764.9</v>
       </c>
-      <c r="H32" s="14" t="n">
+      <c r="I32" s="14" t="n">
         <v>1893.7</v>
       </c>
-      <c r="I32" s="14" t="n">
+      <c r="J32" s="14" t="n">
         <v>2158.1</v>
       </c>
-      <c r="J32" s="14" t="n">
+      <c r="K32" s="14" t="n">
+        <v>1811.0</v>
+      </c>
+      <c r="L32" s="14" t="n">
         <v>1664.1</v>
       </c>
-      <c r="K32" s="14" t="n">
+      <c r="M32" s="14" t="n">
         <v>2344.3</v>
       </c>
-      <c r="L32" s="14" t="n">
+      <c r="N32" s="14" t="n">
         <v>1769.2</v>
       </c>
-      <c r="M32" s="14" t="n">
+      <c r="O32" s="14" t="n">
         <v>1865.2</v>
       </c>
-      <c r="N32" s="14" t="n">
+      <c r="P32" s="14" t="n">
         <v>1334.7</v>
       </c>
-      <c r="O32" s="14" t="n">
+      <c r="Q32" s="14" t="n">
         <v>1178.8</v>
       </c>
-      <c r="P32" s="14" t="n">
+      <c r="R32" s="14" t="n">
         <v>1071.7</v>
       </c>
-      <c r="Q32" s="14" t="n">
+      <c r="S32" s="14" t="n">
         <v>2114.1</v>
       </c>
-      <c r="R32" s="13" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="T32" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="U32" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="V32" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="W32" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="X32" s="14" t="n">
+      <c r="X32" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="Y32" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="Z32" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AA32" s="14" t="n">
         <v>5.0</v>
       </c>
-      <c r="Y32" s="13" t="inlineStr">
-[...4 lines deleted...]
-      <c r="Z32" s="14" t="n">
+      <c r="AB32" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AC32" s="14" t="n">
+        <v>590.3</v>
+      </c>
+      <c r="AD32" s="14" t="n">
         <v>408.2</v>
       </c>
-      <c r="AA32" s="14" t="n">
+      <c r="AE32" s="14" t="n">
         <v>617.3</v>
       </c>
-      <c r="AB32" s="14" t="n">
+      <c r="AF32" s="14" t="n">
         <v>444.0</v>
       </c>
-      <c r="AC32" s="14" t="n">
+      <c r="AG32" s="14" t="n">
         <v>198.3</v>
       </c>
-      <c r="AD32" s="14" t="n">
+      <c r="AH32" s="14" t="n">
         <v>298.1</v>
       </c>
-      <c r="AE32" s="14" t="n">
+      <c r="AI32" s="14" t="n">
         <v>586.1</v>
       </c>
-      <c r="AF32" s="14" t="n">
+      <c r="AJ32" s="14" t="n">
         <v>817.0</v>
       </c>
-      <c r="AG32" s="14" t="n">
+      <c r="AK32" s="14" t="n">
         <v>44.0</v>
       </c>
-      <c r="AH32" s="13" t="inlineStr">
-[...18 lines deleted...]
-      </c>
       <c r="AL32" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AM32" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AN32" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AO32" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AP32" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AQ32" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AR32" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AS32" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AT32" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="6" t="inlineStr">
         <is>
           <t>08 (except 08.1 and 08.41) Discarded equipment (except discarded vehicles and waste batteries and accumulators) NP</t>
         </is>
       </c>
       <c r="B33" s="14" t="n">
-        <v>193872.1</v>
+        <v>224310.4</v>
       </c>
       <c r="C33" s="14" t="n">
+        <v>193732.9</v>
+      </c>
+      <c r="D33" s="14" t="n">
         <v>224175.5</v>
       </c>
-      <c r="D33" s="14" t="n">
+      <c r="E33" s="14" t="n">
         <v>223576.1</v>
       </c>
-      <c r="E33" s="14" t="n">
+      <c r="F33" s="14" t="n">
         <v>168534.4</v>
       </c>
-      <c r="F33" s="14" t="n">
+      <c r="G33" s="14" t="n">
         <v>225739.2</v>
       </c>
-      <c r="G33" s="14" t="n">
+      <c r="H33" s="14" t="n">
         <v>200232.5</v>
       </c>
-      <c r="H33" s="14" t="n">
+      <c r="I33" s="14" t="n">
         <v>200796.7</v>
       </c>
-      <c r="I33" s="14" t="n">
+      <c r="J33" s="14" t="n">
         <v>130267.3</v>
       </c>
-      <c r="J33" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="K33" s="14" t="n">
+        <v>221636.4</v>
+      </c>
+      <c r="L33" s="14" t="n">
+        <v>192725.5</v>
+      </c>
+      <c r="M33" s="14" t="n">
         <v>223333.2</v>
       </c>
-      <c r="L33" s="14" t="n">
+      <c r="N33" s="14" t="n">
         <v>220786.0</v>
       </c>
-      <c r="M33" s="14" t="n">
+      <c r="O33" s="14" t="n">
         <v>166881.3</v>
       </c>
-      <c r="N33" s="14" t="n">
+      <c r="P33" s="14" t="n">
         <v>223876.5</v>
       </c>
-      <c r="O33" s="14" t="n">
+      <c r="Q33" s="14" t="n">
         <v>188242.8</v>
       </c>
-      <c r="P33" s="14" t="n">
+      <c r="R33" s="14" t="n">
         <v>191981.1</v>
       </c>
-      <c r="Q33" s="14" t="n">
+      <c r="S33" s="14" t="n">
         <v>129460.6</v>
       </c>
-      <c r="R33" s="14" t="n">
-[...2 lines deleted...]
-      <c r="S33" s="14" t="n">
+      <c r="T33" s="14" t="n">
+        <v>2674.0</v>
+      </c>
+      <c r="U33" s="14" t="n">
+        <v>1007.4</v>
+      </c>
+      <c r="V33" s="14" t="n">
         <v>842.3</v>
       </c>
-      <c r="T33" s="14" t="n">
+      <c r="W33" s="14" t="n">
         <v>2790.1</v>
       </c>
-      <c r="U33" s="14" t="n">
+      <c r="X33" s="14" t="n">
         <v>1653.1</v>
       </c>
-      <c r="V33" s="14" t="n">
+      <c r="Y33" s="14" t="n">
         <v>1862.7</v>
       </c>
-      <c r="W33" s="14" t="n">
+      <c r="Z33" s="14" t="n">
         <v>11989.7</v>
       </c>
-      <c r="X33" s="14" t="n">
+      <c r="AA33" s="14" t="n">
         <v>8815.6</v>
       </c>
-      <c r="Y33" s="14" t="n">
+      <c r="AB33" s="14" t="n">
         <v>806.7</v>
       </c>
-      <c r="Z33" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="AC33" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AD33" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AE33" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AF33" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AG33" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
@@ -4437,155 +4908,172 @@
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AK33" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AL33" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AM33" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AN33" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AO33" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AP33" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AQ33" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AR33" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AS33" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AT33" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="6" t="inlineStr">
         <is>
           <t>08 (except 08.1 and 08.41)Scrapped equipment (except scrap vehicles and waste batteries and accumulators)P</t>
         </is>
       </c>
       <c r="B34" s="14" t="n">
-        <v>175011.0</v>
+        <v>202475.6</v>
       </c>
       <c r="C34" s="14" t="n">
+        <v>170068.1</v>
+      </c>
+      <c r="D34" s="14" t="n">
         <v>189117.2</v>
       </c>
-      <c r="D34" s="14" t="n">
+      <c r="E34" s="14" t="n">
         <v>155350.3</v>
       </c>
-      <c r="E34" s="14" t="n">
+      <c r="F34" s="14" t="n">
         <v>92590.2</v>
       </c>
-      <c r="F34" s="14" t="n">
+      <c r="G34" s="14" t="n">
         <v>137776.1</v>
       </c>
-      <c r="G34" s="14" t="n">
+      <c r="H34" s="14" t="n">
         <v>118939.8</v>
       </c>
-      <c r="H34" s="14" t="n">
+      <c r="I34" s="14" t="n">
         <v>82305.7</v>
       </c>
-      <c r="I34" s="14" t="n">
+      <c r="J34" s="14" t="n">
         <v>74406.3</v>
       </c>
-      <c r="J34" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="K34" s="14" t="n">
+        <v>181732.4</v>
+      </c>
+      <c r="L34" s="14" t="n">
+        <v>147818.3</v>
+      </c>
+      <c r="M34" s="14" t="n">
         <v>151875.0</v>
       </c>
-      <c r="L34" s="14" t="n">
+      <c r="N34" s="14" t="n">
         <v>125363.5</v>
       </c>
-      <c r="M34" s="14" t="n">
+      <c r="O34" s="14" t="n">
         <v>72832.8</v>
       </c>
-      <c r="N34" s="14" t="n">
+      <c r="P34" s="14" t="n">
         <v>106855.6</v>
       </c>
-      <c r="O34" s="14" t="n">
+      <c r="Q34" s="14" t="n">
         <v>93899.1</v>
       </c>
-      <c r="P34" s="14" t="n">
+      <c r="R34" s="14" t="n">
         <v>71978.6</v>
       </c>
-      <c r="Q34" s="14" t="n">
+      <c r="S34" s="14" t="n">
         <v>67649.6</v>
       </c>
-      <c r="R34" s="14" t="n">
-[...2 lines deleted...]
-      <c r="S34" s="14" t="n">
+      <c r="T34" s="14" t="n">
+        <v>20723.4</v>
+      </c>
+      <c r="U34" s="14" t="n">
+        <v>22227.5</v>
+      </c>
+      <c r="V34" s="14" t="n">
         <v>37242.2</v>
       </c>
-      <c r="T34" s="14" t="n">
+      <c r="W34" s="14" t="n">
         <v>29986.8</v>
       </c>
-      <c r="U34" s="14" t="n">
+      <c r="X34" s="14" t="n">
         <v>19757.4</v>
       </c>
-      <c r="V34" s="14" t="n">
+      <c r="Y34" s="14" t="n">
         <v>30920.5</v>
       </c>
-      <c r="W34" s="14" t="n">
+      <c r="Z34" s="14" t="n">
         <v>25040.7</v>
       </c>
-      <c r="X34" s="14" t="n">
+      <c r="AA34" s="14" t="n">
         <v>10327.1</v>
       </c>
-      <c r="Y34" s="14" t="n">
+      <c r="AB34" s="14" t="n">
         <v>6756.7</v>
       </c>
-      <c r="Z34" s="14" t="n">
-[...20 lines deleted...]
-        </is>
+      <c r="AC34" s="14" t="n">
+        <v>19.8</v>
+      </c>
+      <c r="AD34" s="14" t="n">
+        <v>22.3</v>
       </c>
       <c r="AE34" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AF34" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AG34" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AH34" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AI34" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
@@ -4594,50 +5082,75 @@
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AK34" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AL34" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AM34" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AN34" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AO34" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AP34" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AQ34" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AR34" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AS34" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AT34" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="6" t="inlineStr">
         <is>
           <t>08.1 Discarded Vehicles NP</t>
         </is>
       </c>
       <c r="B35" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C35" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D35" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
@@ -4805,50 +5318,75 @@
       <c r="AK35" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AL35" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AM35" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AN35" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AO35" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
+      <c r="AP35" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AQ35" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AR35" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AS35" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AT35" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
     </row>
     <row r="36">
       <c r="A36" s="6" t="inlineStr">
         <is>
           <t>08.1 Scrapped Vehicles P</t>
         </is>
       </c>
       <c r="B36" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C36" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D36" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E36" s="13" t="inlineStr">
         <is>
           <t>..</t>
@@ -5012,146 +5550,167 @@
       <c r="AK36" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AL36" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AM36" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AN36" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AO36" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
+      <c r="AP36" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AQ36" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AR36" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AS36" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AT36" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
     </row>
     <row r="37">
       <c r="A37" s="6" t="inlineStr">
         <is>
           <t>08.41 Waste batteries and accumulators NP</t>
         </is>
       </c>
       <c r="B37" s="14" t="n">
+        <v>1028.7</v>
+      </c>
+      <c r="C37" s="14" t="n">
         <v>4042.1</v>
       </c>
-      <c r="C37" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="D37" s="14" t="n">
+        <v>5549.1</v>
+      </c>
+      <c r="E37" s="14" t="n">
         <v>5449.6</v>
       </c>
-      <c r="E37" s="14" t="n">
+      <c r="F37" s="14" t="n">
         <v>5469.4</v>
       </c>
-      <c r="F37" s="14" t="n">
+      <c r="G37" s="14" t="n">
         <v>5460.1</v>
       </c>
-      <c r="G37" s="14" t="n">
+      <c r="H37" s="14" t="n">
         <v>4528.5</v>
       </c>
-      <c r="H37" s="14" t="n">
+      <c r="I37" s="14" t="n">
         <v>6860.7</v>
       </c>
-      <c r="I37" s="14" t="n">
+      <c r="J37" s="14" t="n">
         <v>2104.7</v>
       </c>
-      <c r="J37" s="14" t="n">
+      <c r="K37" s="14" t="n">
+        <v>1028.7</v>
+      </c>
+      <c r="L37" s="14" t="n">
         <v>4041.6</v>
       </c>
-      <c r="K37" s="14" t="n">
-[...2 lines deleted...]
-      <c r="L37" s="14" t="n">
+      <c r="M37" s="14" t="n">
+        <v>5548.2</v>
+      </c>
+      <c r="N37" s="14" t="n">
         <v>5449.6</v>
       </c>
-      <c r="M37" s="14" t="n">
+      <c r="O37" s="14" t="n">
         <v>5463.3</v>
       </c>
-      <c r="N37" s="14" t="n">
+      <c r="P37" s="14" t="n">
         <v>5459.0</v>
       </c>
-      <c r="O37" s="14" t="n">
+      <c r="Q37" s="14" t="n">
         <v>4527.3</v>
       </c>
-      <c r="P37" s="14" t="n">
+      <c r="R37" s="14" t="n">
         <v>6852.5</v>
       </c>
-      <c r="Q37" s="14" t="n">
+      <c r="S37" s="14" t="n">
         <v>2101.4</v>
       </c>
-      <c r="R37" s="14" t="n">
+      <c r="T37" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="U37" s="14" t="n">
         <v>0.5</v>
       </c>
-      <c r="S37" s="14" t="n">
-[...7 lines deleted...]
-      <c r="U37" s="14" t="n">
+      <c r="V37" s="14" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="W37" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="X37" s="14" t="n">
         <v>6.1</v>
       </c>
-      <c r="V37" s="14" t="n">
+      <c r="Y37" s="14" t="n">
         <v>1.1</v>
       </c>
-      <c r="W37" s="14" t="n">
+      <c r="Z37" s="14" t="n">
         <v>1.2</v>
       </c>
-      <c r="X37" s="14" t="n">
+      <c r="AA37" s="14" t="n">
         <v>8.2</v>
       </c>
-      <c r="Y37" s="14" t="n">
+      <c r="AB37" s="14" t="n">
         <v>3.3</v>
       </c>
-      <c r="Z37" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="AC37" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AD37" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AE37" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AF37" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AG37" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
@@ -5169,158 +5728,177 @@
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AK37" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AL37" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AM37" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AN37" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AO37" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AP37" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AQ37" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AR37" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AS37" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AT37" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="6" t="inlineStr">
         <is>
           <t>08.41 Waste batteries and accumulators P</t>
         </is>
       </c>
       <c r="B38" s="14" t="n">
+        <v>334908.1</v>
+      </c>
+      <c r="C38" s="14" t="n">
         <v>266252.5</v>
       </c>
-      <c r="C38" s="14" t="n">
+      <c r="D38" s="14" t="n">
         <v>292147.2</v>
       </c>
-      <c r="D38" s="14" t="n">
+      <c r="E38" s="14" t="n">
         <v>270448.3</v>
       </c>
-      <c r="E38" s="14" t="n">
+      <c r="F38" s="14" t="n">
         <v>235236.9</v>
       </c>
-      <c r="F38" s="14" t="n">
+      <c r="G38" s="14" t="n">
         <v>234536.8</v>
       </c>
-      <c r="G38" s="14" t="n">
+      <c r="H38" s="14" t="n">
         <v>235560.7</v>
       </c>
-      <c r="H38" s="14" t="n">
+      <c r="I38" s="14" t="n">
         <v>225619.2</v>
       </c>
-      <c r="I38" s="14" t="n">
+      <c r="J38" s="14" t="n">
         <v>225717.9</v>
       </c>
-      <c r="J38" s="14" t="n">
+      <c r="K38" s="14" t="n">
+        <v>334907.6</v>
+      </c>
+      <c r="L38" s="14" t="n">
         <v>266252.5</v>
       </c>
-      <c r="K38" s="14" t="n">
+      <c r="M38" s="14" t="n">
         <v>292147.2</v>
       </c>
-      <c r="L38" s="14" t="n">
+      <c r="N38" s="14" t="n">
         <v>270448.3</v>
       </c>
-      <c r="M38" s="14" t="n">
+      <c r="O38" s="14" t="n">
         <v>235232.3</v>
       </c>
-      <c r="N38" s="14" t="n">
+      <c r="P38" s="14" t="n">
         <v>234536.8</v>
       </c>
-      <c r="O38" s="14" t="n">
+      <c r="Q38" s="14" t="n">
         <v>235560.7</v>
       </c>
-      <c r="P38" s="14" t="n">
+      <c r="R38" s="14" t="n">
         <v>225586.8</v>
       </c>
-      <c r="Q38" s="14" t="n">
+      <c r="S38" s="14" t="n">
         <v>225687.5</v>
       </c>
-      <c r="R38" s="13" t="inlineStr">
-[...14 lines deleted...]
-      <c r="U38" s="14" t="n">
+      <c r="T38" s="14" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="U38" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="V38" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="W38" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="X38" s="14" t="n">
         <v>4.6</v>
       </c>
-      <c r="V38" s="13" t="inlineStr">
-[...9 lines deleted...]
-      <c r="X38" s="14" t="n">
+      <c r="Y38" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="Z38" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AA38" s="14" t="n">
         <v>32.4</v>
       </c>
-      <c r="Y38" s="14" t="n">
+      <c r="AB38" s="14" t="n">
         <v>30.4</v>
       </c>
-      <c r="Z38" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="AC38" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AD38" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AE38" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AF38" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AG38" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
@@ -5338,1874 +5916,2095 @@
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AK38" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AL38" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AM38" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AN38" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AO38" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AP38" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AQ38" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AR38" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AS38" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AT38" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="6" t="inlineStr">
         <is>
           <t>09.1 Mixed animal and food waste NP</t>
         </is>
       </c>
       <c r="B39" s="14" t="n">
+        <v>827523.6</v>
+      </c>
+      <c r="C39" s="14" t="n">
         <v>1087043.9</v>
       </c>
-      <c r="C39" s="14" t="n">
+      <c r="D39" s="14" t="n">
         <v>1015910.2</v>
       </c>
-      <c r="D39" s="14" t="n">
+      <c r="E39" s="14" t="n">
         <v>930237.4</v>
       </c>
-      <c r="E39" s="14" t="n">
+      <c r="F39" s="14" t="n">
         <v>950159.4</v>
       </c>
-      <c r="F39" s="14" t="n">
+      <c r="G39" s="14" t="n">
         <v>805975.0</v>
       </c>
-      <c r="G39" s="14" t="n">
+      <c r="H39" s="14" t="n">
         <v>1084907.2</v>
       </c>
-      <c r="H39" s="14" t="n">
+      <c r="I39" s="14" t="n">
         <v>932696.5</v>
       </c>
-      <c r="I39" s="14" t="n">
+      <c r="J39" s="14" t="n">
         <v>1182562.4</v>
       </c>
-      <c r="J39" s="14" t="n">
+      <c r="K39" s="14" t="n">
+        <v>713805.9</v>
+      </c>
+      <c r="L39" s="14" t="n">
         <v>976211.4</v>
       </c>
-      <c r="K39" s="14" t="n">
+      <c r="M39" s="14" t="n">
         <v>947888.9</v>
       </c>
-      <c r="L39" s="14" t="n">
+      <c r="N39" s="14" t="n">
         <v>848749.4</v>
       </c>
-      <c r="M39" s="14" t="n">
+      <c r="O39" s="14" t="n">
         <v>873329.0</v>
       </c>
-      <c r="N39" s="14" t="n">
+      <c r="P39" s="14" t="n">
         <v>743732.5</v>
       </c>
-      <c r="O39" s="14" t="n">
+      <c r="Q39" s="14" t="n">
         <v>1009777.2</v>
       </c>
-      <c r="P39" s="14" t="n">
+      <c r="R39" s="14" t="n">
         <v>863743.4</v>
       </c>
-      <c r="Q39" s="14" t="n">
+      <c r="S39" s="14" t="n">
         <v>1029639.9</v>
       </c>
-      <c r="R39" s="14" t="n">
+      <c r="T39" s="14" t="n">
+        <v>47990.3</v>
+      </c>
+      <c r="U39" s="14" t="n">
         <v>43522.9</v>
       </c>
-      <c r="S39" s="14" t="n">
+      <c r="V39" s="14" t="n">
         <v>9563.8</v>
       </c>
-      <c r="T39" s="14" t="n">
+      <c r="W39" s="14" t="n">
         <v>11751.4</v>
       </c>
-      <c r="U39" s="14" t="n">
+      <c r="X39" s="14" t="n">
         <v>11891.8</v>
       </c>
-      <c r="V39" s="14" t="n">
+      <c r="Y39" s="14" t="n">
         <v>11396.4</v>
       </c>
-      <c r="W39" s="14" t="n">
+      <c r="Z39" s="14" t="n">
         <v>11531.6</v>
       </c>
-      <c r="X39" s="14" t="n">
+      <c r="AA39" s="14" t="n">
         <v>17622.7</v>
       </c>
-      <c r="Y39" s="14" t="n">
+      <c r="AB39" s="14" t="n">
         <v>71746.2</v>
       </c>
-      <c r="Z39" s="14" t="n">
+      <c r="AC39" s="14" t="n">
+        <v>65727.4</v>
+      </c>
+      <c r="AD39" s="14" t="n">
         <v>67309.6</v>
       </c>
-      <c r="AA39" s="14" t="n">
+      <c r="AE39" s="14" t="n">
         <v>58457.5</v>
       </c>
-      <c r="AB39" s="14" t="n">
+      <c r="AF39" s="14" t="n">
         <v>69736.6</v>
       </c>
-      <c r="AC39" s="14" t="n">
+      <c r="AG39" s="14" t="n">
         <v>64938.6</v>
       </c>
-      <c r="AD39" s="14" t="n">
+      <c r="AH39" s="14" t="n">
         <v>50846.1</v>
       </c>
-      <c r="AE39" s="14" t="n">
+      <c r="AI39" s="14" t="n">
         <v>63598.4</v>
       </c>
-      <c r="AF39" s="14" t="n">
+      <c r="AJ39" s="14" t="n">
         <v>51330.4</v>
       </c>
-      <c r="AG39" s="14" t="n">
+      <c r="AK39" s="14" t="n">
         <v>81176.3</v>
       </c>
-      <c r="AH39" s="13" t="inlineStr">
-[...18 lines deleted...]
-      </c>
       <c r="AL39" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AM39" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AN39" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AO39" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AP39" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AQ39" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AR39" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AS39" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AT39" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="6" t="inlineStr">
         <is>
           <t>09.2 Vegetable waste NP</t>
         </is>
       </c>
       <c r="B40" s="14" t="n">
+        <v>988355.6</v>
+      </c>
+      <c r="C40" s="14" t="n">
         <v>1280722.5</v>
       </c>
-      <c r="C40" s="14" t="n">
+      <c r="D40" s="14" t="n">
         <v>993124.8</v>
       </c>
-      <c r="D40" s="14" t="n">
+      <c r="E40" s="14" t="n">
         <v>893188.2</v>
       </c>
-      <c r="E40" s="14" t="n">
+      <c r="F40" s="14" t="n">
         <v>785966.0</v>
       </c>
-      <c r="F40" s="14" t="n">
+      <c r="G40" s="14" t="n">
         <v>968553.0</v>
       </c>
-      <c r="G40" s="14" t="n">
+      <c r="H40" s="14" t="n">
         <v>572650.0</v>
       </c>
-      <c r="H40" s="14" t="n">
+      <c r="I40" s="14" t="n">
         <v>721914.8</v>
       </c>
-      <c r="I40" s="14" t="n">
+      <c r="J40" s="14" t="n">
         <v>676580.1</v>
       </c>
-      <c r="J40" s="14" t="n">
+      <c r="K40" s="14" t="n">
+        <v>950670.8</v>
+      </c>
+      <c r="L40" s="14" t="n">
         <v>1217363.7</v>
       </c>
-      <c r="K40" s="14" t="n">
+      <c r="M40" s="14" t="n">
         <v>905940.1</v>
       </c>
-      <c r="L40" s="14" t="n">
+      <c r="N40" s="14" t="n">
         <v>822019.1</v>
       </c>
-      <c r="M40" s="14" t="n">
+      <c r="O40" s="14" t="n">
         <v>692509.7</v>
       </c>
-      <c r="N40" s="14" t="n">
+      <c r="P40" s="14" t="n">
         <v>866394.7</v>
       </c>
-      <c r="O40" s="14" t="n">
+      <c r="Q40" s="14" t="n">
         <v>510297.8</v>
       </c>
-      <c r="P40" s="14" t="n">
+      <c r="R40" s="14" t="n">
         <v>668289.5</v>
       </c>
-      <c r="Q40" s="14" t="n">
+      <c r="S40" s="14" t="n">
         <v>581737.4</v>
       </c>
-      <c r="R40" s="14" t="n">
+      <c r="T40" s="14" t="n">
+        <v>10736.3</v>
+      </c>
+      <c r="U40" s="14" t="n">
         <v>29584.6</v>
       </c>
-      <c r="S40" s="14" t="n">
+      <c r="V40" s="14" t="n">
         <v>50577.6</v>
       </c>
-      <c r="T40" s="14" t="n">
+      <c r="W40" s="14" t="n">
         <v>47441.9</v>
       </c>
-      <c r="U40" s="14" t="n">
+      <c r="X40" s="14" t="n">
         <v>63149.4</v>
       </c>
-      <c r="V40" s="14" t="n">
+      <c r="Y40" s="14" t="n">
         <v>83523.1</v>
       </c>
-      <c r="W40" s="14" t="n">
+      <c r="Z40" s="14" t="n">
         <v>44850.3</v>
       </c>
-      <c r="X40" s="14" t="n">
+      <c r="AA40" s="14" t="n">
         <v>31011.5</v>
       </c>
-      <c r="Y40" s="14" t="n">
+      <c r="AB40" s="14" t="n">
         <v>74171.7</v>
       </c>
-      <c r="Z40" s="14" t="n">
+      <c r="AC40" s="14" t="n">
+        <v>26948.5</v>
+      </c>
+      <c r="AD40" s="14" t="n">
         <v>33774.2</v>
       </c>
-      <c r="AA40" s="14" t="n">
+      <c r="AE40" s="14" t="n">
         <v>36607.1</v>
       </c>
-      <c r="AB40" s="14" t="n">
+      <c r="AF40" s="14" t="n">
         <v>23727.2</v>
       </c>
-      <c r="AC40" s="14" t="n">
+      <c r="AG40" s="14" t="n">
         <v>30306.9</v>
       </c>
-      <c r="AD40" s="14" t="n">
+      <c r="AH40" s="14" t="n">
         <v>18635.2</v>
       </c>
-      <c r="AE40" s="14" t="n">
+      <c r="AI40" s="14" t="n">
         <v>17501.9</v>
       </c>
-      <c r="AF40" s="14" t="n">
+      <c r="AJ40" s="14" t="n">
         <v>22613.8</v>
       </c>
-      <c r="AG40" s="14" t="n">
+      <c r="AK40" s="14" t="n">
         <v>20671.0</v>
       </c>
-      <c r="AH40" s="13" t="inlineStr">
-[...18 lines deleted...]
-      </c>
       <c r="AL40" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AM40" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AN40" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AO40" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AP40" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AQ40" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AR40" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AS40" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AT40" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="6" t="inlineStr">
         <is>
           <t>09.3 Feces, urine and manure NP</t>
         </is>
       </c>
       <c r="B41" s="14" t="n">
+        <v>263114.0</v>
+      </c>
+      <c r="C41" s="14" t="n">
         <v>250344.7</v>
       </c>
-      <c r="C41" s="14" t="n">
+      <c r="D41" s="14" t="n">
         <v>225242.9</v>
       </c>
-      <c r="D41" s="14" t="n">
+      <c r="E41" s="14" t="n">
         <v>326070.9</v>
       </c>
-      <c r="E41" s="14" t="n">
+      <c r="F41" s="14" t="n">
         <v>215208.2</v>
       </c>
-      <c r="F41" s="14" t="n">
+      <c r="G41" s="14" t="n">
         <v>163009.1</v>
       </c>
-      <c r="G41" s="14" t="n">
+      <c r="H41" s="14" t="n">
         <v>111980.4</v>
       </c>
-      <c r="H41" s="14" t="n">
+      <c r="I41" s="14" t="n">
         <v>91278.0</v>
       </c>
-      <c r="I41" s="14" t="n">
+      <c r="J41" s="14" t="n">
         <v>138080.6</v>
       </c>
-      <c r="J41" s="14" t="n">
+      <c r="K41" s="14" t="n">
+        <v>262229.0</v>
+      </c>
+      <c r="L41" s="14" t="n">
         <v>247871.0</v>
       </c>
-      <c r="K41" s="14" t="n">
+      <c r="M41" s="14" t="n">
         <v>223630.5</v>
       </c>
-      <c r="L41" s="14" t="n">
+      <c r="N41" s="14" t="n">
         <v>316392.4</v>
       </c>
-      <c r="M41" s="14" t="n">
+      <c r="O41" s="14" t="n">
         <v>214424.2</v>
       </c>
-      <c r="N41" s="14" t="n">
+      <c r="P41" s="14" t="n">
         <v>161537.0</v>
       </c>
-      <c r="O41" s="14" t="n">
+      <c r="Q41" s="14" t="n">
         <v>111707.1</v>
       </c>
-      <c r="P41" s="14" t="n">
+      <c r="R41" s="14" t="n">
         <v>88821.9</v>
       </c>
-      <c r="Q41" s="14" t="n">
+      <c r="S41" s="14" t="n">
         <v>137638.5</v>
       </c>
-      <c r="R41" s="14" t="n">
+      <c r="T41" s="14" t="n">
+        <v>885.0</v>
+      </c>
+      <c r="U41" s="14" t="n">
         <v>2473.7</v>
       </c>
-      <c r="S41" s="14" t="n">
+      <c r="V41" s="14" t="n">
         <v>1590.6</v>
       </c>
-      <c r="T41" s="14" t="n">
+      <c r="W41" s="14" t="n">
         <v>9610.9</v>
       </c>
-      <c r="U41" s="14" t="n">
+      <c r="X41" s="14" t="n">
         <v>784.0</v>
       </c>
-      <c r="V41" s="14" t="n">
+      <c r="Y41" s="14" t="n">
         <v>1472.1</v>
       </c>
-      <c r="W41" s="14" t="n">
+      <c r="Z41" s="14" t="n">
         <v>273.3</v>
       </c>
-      <c r="X41" s="14" t="n">
+      <c r="AA41" s="14" t="n">
         <v>2456.1</v>
       </c>
-      <c r="Y41" s="14" t="n">
+      <c r="AB41" s="14" t="n">
         <v>442.1</v>
       </c>
-      <c r="Z41" s="13" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AA41" s="14" t="n">
+      <c r="AC41" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AD41" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AE41" s="14" t="n">
         <v>21.8</v>
       </c>
-      <c r="AB41" s="14" t="n">
+      <c r="AF41" s="14" t="n">
         <v>67.6</v>
       </c>
-      <c r="AC41" s="13" t="inlineStr">
-[...18 lines deleted...]
-      </c>
       <c r="AG41" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AH41" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AI41" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AJ41" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AK41" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AL41" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AM41" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AN41" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AO41" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AP41" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AQ41" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AR41" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AS41" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AT41" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="6" t="inlineStr">
         <is>
           <t>10.1 Household and similar waste NP</t>
         </is>
       </c>
       <c r="B42" s="14" t="n">
+        <v>4002375.9</v>
+      </c>
+      <c r="C42" s="14" t="n">
         <v>4880543.5</v>
       </c>
-      <c r="C42" s="14" t="n">
+      <c r="D42" s="14" t="n">
         <v>5639900.8</v>
       </c>
-      <c r="D42" s="14" t="n">
+      <c r="E42" s="14" t="n">
         <v>6516022.9</v>
       </c>
-      <c r="E42" s="14" t="n">
+      <c r="F42" s="14" t="n">
         <v>5920820.4</v>
       </c>
-      <c r="F42" s="14" t="n">
+      <c r="G42" s="14" t="n">
         <v>7088101.7</v>
       </c>
-      <c r="G42" s="14" t="n">
+      <c r="H42" s="14" t="n">
         <v>7212527.8</v>
       </c>
-      <c r="H42" s="14" t="n">
+      <c r="I42" s="14" t="n">
         <v>6728012.6</v>
       </c>
-      <c r="I42" s="14" t="n">
+      <c r="J42" s="14" t="n">
         <v>8000087.2</v>
       </c>
-      <c r="J42" s="14" t="n">
+      <c r="K42" s="14" t="n">
+        <v>483210.3</v>
+      </c>
+      <c r="L42" s="14" t="n">
         <v>395170.3</v>
       </c>
-      <c r="K42" s="14" t="n">
+      <c r="M42" s="14" t="n">
         <v>382470.0</v>
       </c>
-      <c r="L42" s="14" t="n">
+      <c r="N42" s="14" t="n">
         <v>624411.4</v>
       </c>
-      <c r="M42" s="14" t="n">
+      <c r="O42" s="14" t="n">
         <v>119280.3</v>
       </c>
-      <c r="N42" s="14" t="n">
+      <c r="P42" s="14" t="n">
         <v>72739.3</v>
       </c>
-      <c r="O42" s="14" t="n">
+      <c r="Q42" s="14" t="n">
         <v>78348.8</v>
       </c>
-      <c r="P42" s="14" t="n">
+      <c r="R42" s="14" t="n">
         <v>76412.2</v>
       </c>
-      <c r="Q42" s="14" t="n">
+      <c r="S42" s="14" t="n">
         <v>81736.7</v>
       </c>
-      <c r="R42" s="14" t="n">
+      <c r="T42" s="14" t="n">
+        <v>3170959.7</v>
+      </c>
+      <c r="U42" s="14" t="n">
         <v>3722407.6</v>
       </c>
-      <c r="S42" s="14" t="n">
+      <c r="V42" s="14" t="n">
         <v>4218752.3</v>
       </c>
-      <c r="T42" s="14" t="n">
+      <c r="W42" s="14" t="n">
         <v>4695330.5</v>
       </c>
-      <c r="U42" s="14" t="n">
+      <c r="X42" s="14" t="n">
         <v>4515887.0</v>
       </c>
-      <c r="V42" s="14" t="n">
+      <c r="Y42" s="14" t="n">
         <v>5813898.9</v>
       </c>
-      <c r="W42" s="14" t="n">
+      <c r="Z42" s="14" t="n">
         <v>5737026.4</v>
       </c>
-      <c r="X42" s="14" t="n">
+      <c r="AA42" s="14" t="n">
         <v>5442687.3</v>
       </c>
-      <c r="Y42" s="14" t="n">
+      <c r="AB42" s="14" t="n">
         <v>6784534.5</v>
       </c>
-      <c r="Z42" s="14" t="n">
+      <c r="AC42" s="14" t="n">
+        <v>348205.9</v>
+      </c>
+      <c r="AD42" s="14" t="n">
         <v>762965.6</v>
       </c>
-      <c r="AA42" s="14" t="n">
+      <c r="AE42" s="14" t="n">
         <v>1038678.5</v>
       </c>
-      <c r="AB42" s="14" t="n">
+      <c r="AF42" s="14" t="n">
         <v>1196281.0</v>
       </c>
-      <c r="AC42" s="14" t="n">
+      <c r="AG42" s="14" t="n">
         <v>1285653.1</v>
       </c>
-      <c r="AD42" s="14" t="n">
+      <c r="AH42" s="14" t="n">
         <v>1201463.5</v>
       </c>
-      <c r="AE42" s="14" t="n">
+      <c r="AI42" s="14" t="n">
         <v>1397152.6</v>
       </c>
-      <c r="AF42" s="14" t="n">
+      <c r="AJ42" s="14" t="n">
         <v>1208913.1</v>
       </c>
-      <c r="AG42" s="14" t="n">
+      <c r="AK42" s="14" t="n">
         <v>1133816.0</v>
       </c>
-      <c r="AH42" s="13" t="inlineStr">
-[...18 lines deleted...]
-      </c>
       <c r="AL42" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AM42" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AN42" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AO42" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AP42" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AQ42" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AR42" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AS42" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AT42" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="6" t="inlineStr">
         <is>
           <t>10.2 Mixed and undifferentiated materials NP</t>
         </is>
       </c>
       <c r="B43" s="14" t="n">
+        <v>1486254.4</v>
+      </c>
+      <c r="C43" s="14" t="n">
         <v>1400550.9</v>
       </c>
-      <c r="C43" s="14" t="n">
+      <c r="D43" s="14" t="n">
         <v>1644986.9</v>
       </c>
-      <c r="D43" s="14" t="n">
+      <c r="E43" s="14" t="n">
         <v>1443304.3</v>
       </c>
-      <c r="E43" s="14" t="n">
+      <c r="F43" s="14" t="n">
         <v>1287980.8</v>
       </c>
-      <c r="F43" s="14" t="n">
+      <c r="G43" s="14" t="n">
         <v>1327799.0</v>
       </c>
-      <c r="G43" s="14" t="n">
+      <c r="H43" s="14" t="n">
         <v>1200788.5</v>
       </c>
-      <c r="H43" s="14" t="n">
+      <c r="I43" s="14" t="n">
         <v>1247368.7</v>
       </c>
-      <c r="I43" s="14" t="n">
+      <c r="J43" s="14" t="n">
         <v>2267270.1</v>
       </c>
-      <c r="J43" s="14" t="n">
+      <c r="K43" s="14" t="n">
+        <v>414579.4</v>
+      </c>
+      <c r="L43" s="14" t="n">
         <v>514346.9</v>
       </c>
-      <c r="K43" s="14" t="n">
+      <c r="M43" s="14" t="n">
         <v>580294.4</v>
       </c>
-      <c r="L43" s="14" t="n">
+      <c r="N43" s="14" t="n">
         <v>631100.1</v>
       </c>
-      <c r="M43" s="14" t="n">
+      <c r="O43" s="14" t="n">
         <v>227121.6</v>
       </c>
-      <c r="N43" s="14" t="n">
+      <c r="P43" s="14" t="n">
         <v>212065.7</v>
       </c>
-      <c r="O43" s="14" t="n">
+      <c r="Q43" s="14" t="n">
         <v>152859.6</v>
       </c>
-      <c r="P43" s="14" t="n">
+      <c r="R43" s="14" t="n">
         <v>204068.2</v>
       </c>
-      <c r="Q43" s="14" t="n">
+      <c r="S43" s="14" t="n">
         <v>252974.0</v>
       </c>
-      <c r="R43" s="14" t="n">
+      <c r="T43" s="14" t="n">
+        <v>829418.9</v>
+      </c>
+      <c r="U43" s="14" t="n">
         <v>705297.8</v>
       </c>
-      <c r="S43" s="14" t="n">
+      <c r="V43" s="14" t="n">
         <v>747862.3</v>
       </c>
-      <c r="T43" s="14" t="n">
+      <c r="W43" s="14" t="n">
         <v>622101.8</v>
       </c>
-      <c r="U43" s="14" t="n">
+      <c r="X43" s="14" t="n">
         <v>835021.5</v>
       </c>
-      <c r="V43" s="14" t="n">
+      <c r="Y43" s="14" t="n">
         <v>880955.1</v>
       </c>
-      <c r="W43" s="14" t="n">
+      <c r="Z43" s="14" t="n">
         <v>826423.1</v>
       </c>
-      <c r="X43" s="14" t="n">
+      <c r="AA43" s="14" t="n">
         <v>833975.2</v>
       </c>
-      <c r="Y43" s="14" t="n">
+      <c r="AB43" s="14" t="n">
         <v>1745905.3</v>
       </c>
-      <c r="Z43" s="14" t="n">
+      <c r="AC43" s="14" t="n">
+        <v>242256.1</v>
+      </c>
+      <c r="AD43" s="14" t="n">
         <v>180906.2</v>
       </c>
-      <c r="AA43" s="14" t="n">
+      <c r="AE43" s="14" t="n">
         <v>316830.2</v>
       </c>
-      <c r="AB43" s="14" t="n">
+      <c r="AF43" s="14" t="n">
         <v>190102.4</v>
       </c>
-      <c r="AC43" s="14" t="n">
+      <c r="AG43" s="14" t="n">
         <v>225837.7</v>
       </c>
-      <c r="AD43" s="14" t="n">
+      <c r="AH43" s="14" t="n">
         <v>234778.2</v>
       </c>
-      <c r="AE43" s="14" t="n">
+      <c r="AI43" s="14" t="n">
         <v>221505.8</v>
       </c>
-      <c r="AF43" s="14" t="n">
+      <c r="AJ43" s="14" t="n">
         <v>209206.6</v>
       </c>
-      <c r="AG43" s="14" t="n">
+      <c r="AK43" s="14" t="n">
         <v>268390.8</v>
       </c>
-      <c r="AH43" s="13" t="inlineStr">
-[...18 lines deleted...]
-      </c>
       <c r="AL43" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AM43" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AN43" s="14" t="n">
+      <c r="AN43" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AO43" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AP43" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AQ43" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AR43" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AS43" s="14" t="n">
         <v>118.7</v>
       </c>
-      <c r="AO43" s="13" t="inlineStr">
+      <c r="AT43" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="6" t="inlineStr">
         <is>
           <t>10.2 Mixed and undifferentiated materials P</t>
         </is>
       </c>
       <c r="B44" s="14" t="n">
+        <v>2321.7</v>
+      </c>
+      <c r="C44" s="14" t="n">
         <v>3663.1</v>
       </c>
-      <c r="C44" s="14" t="n">
+      <c r="D44" s="14" t="n">
         <v>6926.5</v>
       </c>
-      <c r="D44" s="14" t="n">
+      <c r="E44" s="14" t="n">
         <v>5318.7</v>
       </c>
-      <c r="E44" s="14" t="n">
+      <c r="F44" s="14" t="n">
         <v>5425.0</v>
       </c>
-      <c r="F44" s="14" t="n">
+      <c r="G44" s="14" t="n">
         <v>3736.0</v>
       </c>
-      <c r="G44" s="14" t="n">
+      <c r="H44" s="14" t="n">
         <v>4196.1</v>
       </c>
-      <c r="H44" s="14" t="n">
+      <c r="I44" s="14" t="n">
         <v>5696.1</v>
       </c>
-      <c r="I44" s="14" t="n">
+      <c r="J44" s="14" t="n">
         <v>9195.7</v>
       </c>
-      <c r="J44" s="14" t="n">
+      <c r="K44" s="14" t="n">
+        <v>603.0</v>
+      </c>
+      <c r="L44" s="14" t="n">
         <v>1516.5</v>
       </c>
-      <c r="K44" s="14" t="n">
+      <c r="M44" s="14" t="n">
         <v>3120.9</v>
       </c>
-      <c r="L44" s="14" t="n">
+      <c r="N44" s="14" t="n">
         <v>1994.6</v>
       </c>
-      <c r="M44" s="14" t="n">
+      <c r="O44" s="14" t="n">
         <v>3388.3</v>
       </c>
-      <c r="N44" s="14" t="n">
+      <c r="P44" s="14" t="n">
         <v>1642.1</v>
       </c>
-      <c r="O44" s="14" t="n">
+      <c r="Q44" s="14" t="n">
         <v>1554.3</v>
       </c>
-      <c r="P44" s="14" t="n">
+      <c r="R44" s="14" t="n">
         <v>3354.7</v>
       </c>
-      <c r="Q44" s="14" t="n">
+      <c r="S44" s="14" t="n">
         <v>4419.5</v>
       </c>
-      <c r="R44" s="14" t="n">
+      <c r="T44" s="14" t="n">
+        <v>369.6</v>
+      </c>
+      <c r="U44" s="14" t="n">
         <v>770.5</v>
       </c>
-      <c r="S44" s="14" t="n">
+      <c r="V44" s="14" t="n">
         <v>2353.1</v>
       </c>
-      <c r="T44" s="14" t="n">
+      <c r="W44" s="14" t="n">
         <v>1943.2</v>
       </c>
-      <c r="U44" s="14" t="n">
+      <c r="X44" s="14" t="n">
         <v>2036.7</v>
       </c>
-      <c r="V44" s="14" t="n">
+      <c r="Y44" s="14" t="n">
         <v>2093.9</v>
       </c>
-      <c r="W44" s="14" t="n">
+      <c r="Z44" s="14" t="n">
         <v>2641.8</v>
       </c>
-      <c r="X44" s="14" t="n">
+      <c r="AA44" s="14" t="n">
         <v>2341.4</v>
       </c>
-      <c r="Y44" s="14" t="n">
+      <c r="AB44" s="14" t="n">
         <v>4326.2</v>
       </c>
-      <c r="Z44" s="14" t="n">
+      <c r="AC44" s="14" t="n">
+        <v>1349.1</v>
+      </c>
+      <c r="AD44" s="14" t="n">
         <v>1376.1</v>
       </c>
-      <c r="AA44" s="14" t="n">
+      <c r="AE44" s="14" t="n">
         <v>1452.5</v>
       </c>
-      <c r="AB44" s="14" t="n">
+      <c r="AF44" s="14" t="n">
         <v>1380.9</v>
       </c>
-      <c r="AC44" s="13" t="inlineStr">
-[...19 lines deleted...]
-      <c r="AG44" s="14" t="n">
+      <c r="AG44" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AH44" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AI44" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AJ44" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AK44" s="14" t="n">
         <v>450.0</v>
       </c>
-      <c r="AH44" s="13" t="inlineStr">
-[...18 lines deleted...]
-      </c>
       <c r="AL44" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AM44" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AN44" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AO44" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AP44" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AQ44" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AR44" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AS44" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AT44" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="6" t="inlineStr">
         <is>
           <t>10.3 Waste from separation NP</t>
         </is>
       </c>
       <c r="B45" s="14" t="n">
+        <v>1.56958806E7</v>
+      </c>
+      <c r="C45" s="14" t="n">
         <v>1.6902072E7</v>
       </c>
-      <c r="C45" s="14" t="n">
+      <c r="D45" s="14" t="n">
         <v>1.979872E7</v>
       </c>
-      <c r="D45" s="14" t="n">
+      <c r="E45" s="14" t="n">
         <v>1.57740042E7</v>
       </c>
-      <c r="E45" s="14" t="n">
+      <c r="F45" s="14" t="n">
         <v>1.69479185E7</v>
       </c>
-      <c r="F45" s="14" t="n">
+      <c r="G45" s="14" t="n">
         <v>1.66128452E7</v>
       </c>
-      <c r="G45" s="14" t="n">
+      <c r="H45" s="14" t="n">
         <v>1.43169694E7</v>
       </c>
-      <c r="H45" s="14" t="n">
+      <c r="I45" s="14" t="n">
         <v>1.40967923E7</v>
       </c>
-      <c r="I45" s="14" t="n">
+      <c r="J45" s="14" t="n">
         <v>1.3373803E7</v>
       </c>
-      <c r="J45" s="14" t="n">
+      <c r="K45" s="14" t="n">
+        <v>2812653.9</v>
+      </c>
+      <c r="L45" s="14" t="n">
         <v>3094170.1</v>
       </c>
-      <c r="K45" s="14" t="n">
+      <c r="M45" s="14" t="n">
         <v>2949992.5</v>
       </c>
-      <c r="L45" s="14" t="n">
+      <c r="N45" s="14" t="n">
         <v>2922210.1</v>
       </c>
-      <c r="M45" s="14" t="n">
+      <c r="O45" s="14" t="n">
         <v>3249833.7</v>
       </c>
-      <c r="N45" s="14" t="n">
+      <c r="P45" s="14" t="n">
         <v>3313174.0</v>
       </c>
-      <c r="O45" s="14" t="n">
+      <c r="Q45" s="14" t="n">
         <v>2610463.5</v>
       </c>
-      <c r="P45" s="14" t="n">
+      <c r="R45" s="14" t="n">
         <v>2717871.1</v>
       </c>
-      <c r="Q45" s="14" t="n">
+      <c r="S45" s="14" t="n">
         <v>2950260.7</v>
       </c>
-      <c r="R45" s="14" t="n">
+      <c r="T45" s="14" t="n">
+        <v>1.1536827E7</v>
+      </c>
+      <c r="U45" s="14" t="n">
         <v>1.25935995E7</v>
       </c>
-      <c r="S45" s="14" t="n">
+      <c r="V45" s="14" t="n">
         <v>1.50374523E7</v>
       </c>
-      <c r="T45" s="14" t="n">
+      <c r="W45" s="14" t="n">
         <v>1.12613495E7</v>
       </c>
-      <c r="U45" s="14" t="n">
+      <c r="X45" s="14" t="n">
         <v>1.1971963E7</v>
       </c>
-      <c r="V45" s="14" t="n">
+      <c r="Y45" s="14" t="n">
         <v>1.17053308E7</v>
       </c>
-      <c r="W45" s="14" t="n">
+      <c r="Z45" s="14" t="n">
         <v>9932633.0</v>
       </c>
-      <c r="X45" s="14" t="n">
+      <c r="AA45" s="14" t="n">
         <v>9593785.8</v>
       </c>
-      <c r="Y45" s="14" t="n">
+      <c r="AB45" s="14" t="n">
         <v>8796684.0</v>
       </c>
-      <c r="Z45" s="14" t="n">
+      <c r="AC45" s="14" t="n">
+        <v>1326331.1</v>
+      </c>
+      <c r="AD45" s="14" t="n">
         <v>1210027.7</v>
       </c>
-      <c r="AA45" s="14" t="n">
+      <c r="AE45" s="14" t="n">
         <v>1776068.8</v>
       </c>
-      <c r="AB45" s="14" t="n">
+      <c r="AF45" s="14" t="n">
         <v>1584967.7</v>
       </c>
-      <c r="AC45" s="14" t="n">
+      <c r="AG45" s="14" t="n">
         <v>1726121.8</v>
       </c>
-      <c r="AD45" s="14" t="n">
+      <c r="AH45" s="14" t="n">
         <v>1594340.4</v>
       </c>
-      <c r="AE45" s="14" t="n">
+      <c r="AI45" s="14" t="n">
         <v>1773872.9</v>
       </c>
-      <c r="AF45" s="14" t="n">
+      <c r="AJ45" s="14" t="n">
         <v>1785135.4</v>
       </c>
-      <c r="AG45" s="14" t="n">
+      <c r="AK45" s="14" t="n">
         <v>1626858.3</v>
       </c>
-      <c r="AH45" s="14" t="n">
+      <c r="AL45" s="14" t="n">
+        <v>20068.6</v>
+      </c>
+      <c r="AM45" s="14" t="n">
         <v>4274.7</v>
       </c>
-      <c r="AI45" s="14" t="n">
+      <c r="AN45" s="14" t="n">
         <v>35206.4</v>
       </c>
-      <c r="AJ45" s="14" t="n">
+      <c r="AO45" s="14" t="n">
         <v>5476.9</v>
       </c>
-      <c r="AK45" s="13" t="inlineStr">
-[...19 lines deleted...]
-      <c r="AO45" s="13" t="inlineStr">
+      <c r="AP45" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AQ45" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AR45" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AS45" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AT45" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="6" t="inlineStr">
         <is>
           <t>10.3 Waste from separation P</t>
         </is>
       </c>
       <c r="B46" s="14" t="n">
+        <v>70352.4</v>
+      </c>
+      <c r="C46" s="14" t="n">
         <v>63976.6</v>
       </c>
-      <c r="C46" s="14" t="n">
+      <c r="D46" s="14" t="n">
         <v>73140.8</v>
       </c>
-      <c r="D46" s="14" t="n">
+      <c r="E46" s="14" t="n">
         <v>67226.7</v>
       </c>
-      <c r="E46" s="14" t="n">
+      <c r="F46" s="14" t="n">
         <v>65607.1</v>
       </c>
-      <c r="F46" s="14" t="n">
+      <c r="G46" s="14" t="n">
         <v>66986.3</v>
       </c>
-      <c r="G46" s="14" t="n">
+      <c r="H46" s="14" t="n">
         <v>55204.4</v>
       </c>
-      <c r="H46" s="14" t="n">
+      <c r="I46" s="14" t="n">
         <v>56390.5</v>
       </c>
-      <c r="I46" s="14" t="n">
+      <c r="J46" s="14" t="n">
         <v>60294.3</v>
       </c>
-      <c r="J46" s="14" t="n">
+      <c r="K46" s="14" t="n">
+        <v>19939.8</v>
+      </c>
+      <c r="L46" s="14" t="n">
         <v>10865.0</v>
       </c>
-      <c r="K46" s="14" t="n">
+      <c r="M46" s="14" t="n">
         <v>18521.7</v>
       </c>
-      <c r="L46" s="14" t="n">
+      <c r="N46" s="14" t="n">
         <v>20291.1</v>
       </c>
-      <c r="M46" s="14" t="n">
+      <c r="O46" s="14" t="n">
         <v>21559.4</v>
       </c>
-      <c r="N46" s="14" t="n">
+      <c r="P46" s="14" t="n">
         <v>29419.0</v>
       </c>
-      <c r="O46" s="14" t="n">
+      <c r="Q46" s="14" t="n">
         <v>29602.9</v>
       </c>
-      <c r="P46" s="14" t="n">
+      <c r="R46" s="14" t="n">
         <v>25471.9</v>
       </c>
-      <c r="Q46" s="14" t="n">
+      <c r="S46" s="14" t="n">
         <v>23038.9</v>
       </c>
-      <c r="R46" s="14" t="n">
+      <c r="T46" s="14" t="n">
+        <v>2771.1</v>
+      </c>
+      <c r="U46" s="14" t="n">
         <v>2829.9</v>
       </c>
-      <c r="S46" s="14" t="n">
+      <c r="V46" s="14" t="n">
         <v>2358.3</v>
       </c>
-      <c r="T46" s="14" t="n">
+      <c r="W46" s="14" t="n">
         <v>4462.8</v>
       </c>
-      <c r="U46" s="14" t="n">
+      <c r="X46" s="14" t="n">
         <v>3717.5</v>
       </c>
-      <c r="V46" s="14" t="n">
+      <c r="Y46" s="14" t="n">
         <v>4372.0</v>
       </c>
-      <c r="W46" s="14" t="n">
+      <c r="Z46" s="14" t="n">
         <v>4047.3</v>
       </c>
-      <c r="X46" s="14" t="n">
+      <c r="AA46" s="14" t="n">
         <v>3050.5</v>
       </c>
-      <c r="Y46" s="14" t="n">
+      <c r="AB46" s="14" t="n">
         <v>8822.8</v>
       </c>
-      <c r="Z46" s="14" t="n">
+      <c r="AC46" s="14" t="n">
+        <v>47641.5</v>
+      </c>
+      <c r="AD46" s="14" t="n">
         <v>50281.7</v>
       </c>
-      <c r="AA46" s="14" t="n">
+      <c r="AE46" s="14" t="n">
         <v>52260.8</v>
       </c>
-      <c r="AB46" s="14" t="n">
+      <c r="AF46" s="14" t="n">
         <v>42472.8</v>
       </c>
-      <c r="AC46" s="14" t="n">
+      <c r="AG46" s="14" t="n">
         <v>40330.2</v>
       </c>
-      <c r="AD46" s="14" t="n">
+      <c r="AH46" s="14" t="n">
         <v>33195.3</v>
       </c>
-      <c r="AE46" s="14" t="n">
+      <c r="AI46" s="14" t="n">
         <v>21554.2</v>
       </c>
-      <c r="AF46" s="14" t="n">
+      <c r="AJ46" s="14" t="n">
         <v>27868.1</v>
       </c>
-      <c r="AG46" s="14" t="n">
+      <c r="AK46" s="14" t="n">
         <v>28432.6</v>
       </c>
-      <c r="AH46" s="13" t="inlineStr">
-[...18 lines deleted...]
-      </c>
       <c r="AL46" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AM46" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AN46" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AO46" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AP46" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AQ46" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AR46" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AS46" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AT46" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="6" t="inlineStr">
         <is>
           <t>11 Common dry sludge NP</t>
         </is>
       </c>
       <c r="B47" s="14" t="n">
+        <v>1351327.3</v>
+      </c>
+      <c r="C47" s="14" t="n">
         <v>1345248.1</v>
       </c>
-      <c r="C47" s="14" t="n">
+      <c r="D47" s="14" t="n">
         <v>883798.2</v>
       </c>
-      <c r="D47" s="14" t="n">
+      <c r="E47" s="14" t="n">
         <v>645056.1</v>
       </c>
-      <c r="E47" s="14" t="n">
+      <c r="F47" s="14" t="n">
         <v>1337271.1</v>
       </c>
-      <c r="F47" s="14" t="n">
+      <c r="G47" s="14" t="n">
         <v>1603260.9</v>
       </c>
-      <c r="G47" s="14" t="n">
+      <c r="H47" s="14" t="n">
         <v>1579420.7</v>
       </c>
-      <c r="H47" s="14" t="n">
+      <c r="I47" s="14" t="n">
         <v>1458164.8</v>
       </c>
-      <c r="I47" s="14" t="n">
+      <c r="J47" s="14" t="n">
         <v>1473413.1</v>
       </c>
-      <c r="J47" s="14" t="n">
+      <c r="K47" s="14" t="n">
+        <v>1150046.4</v>
+      </c>
+      <c r="L47" s="14" t="n">
         <v>1107030.5</v>
       </c>
-      <c r="K47" s="14" t="n">
+      <c r="M47" s="14" t="n">
         <v>728530.0</v>
       </c>
-      <c r="L47" s="14" t="n">
+      <c r="N47" s="14" t="n">
         <v>553470.4</v>
       </c>
-      <c r="M47" s="14" t="n">
+      <c r="O47" s="14" t="n">
         <v>1104576.8</v>
       </c>
-      <c r="N47" s="14" t="n">
+      <c r="P47" s="14" t="n">
         <v>1271924.6</v>
       </c>
-      <c r="O47" s="14" t="n">
+      <c r="Q47" s="14" t="n">
         <v>1257181.9</v>
       </c>
-      <c r="P47" s="14" t="n">
+      <c r="R47" s="14" t="n">
         <v>1136494.0</v>
       </c>
-      <c r="Q47" s="14" t="n">
+      <c r="S47" s="14" t="n">
         <v>1163555.8</v>
       </c>
-      <c r="R47" s="14" t="n">
+      <c r="T47" s="14" t="n">
+        <v>57152.5</v>
+      </c>
+      <c r="U47" s="14" t="n">
         <v>58839.9</v>
       </c>
-      <c r="S47" s="14" t="n">
+      <c r="V47" s="14" t="n">
         <v>37942.2</v>
       </c>
-      <c r="T47" s="14" t="n">
+      <c r="W47" s="14" t="n">
         <v>34355.6</v>
       </c>
-      <c r="U47" s="14" t="n">
+      <c r="X47" s="14" t="n">
         <v>94996.3</v>
       </c>
-      <c r="V47" s="14" t="n">
+      <c r="Y47" s="14" t="n">
         <v>144132.6</v>
       </c>
-      <c r="W47" s="14" t="n">
+      <c r="Z47" s="14" t="n">
         <v>133741.6</v>
       </c>
-      <c r="X47" s="14" t="n">
+      <c r="AA47" s="14" t="n">
         <v>147105.5</v>
       </c>
-      <c r="Y47" s="14" t="n">
+      <c r="AB47" s="14" t="n">
         <v>165567.2</v>
       </c>
-      <c r="Z47" s="14" t="n">
+      <c r="AC47" s="14" t="n">
+        <v>144128.4</v>
+      </c>
+      <c r="AD47" s="14" t="n">
         <v>179377.7</v>
       </c>
-      <c r="AA47" s="14" t="n">
+      <c r="AE47" s="14" t="n">
         <v>117326.0</v>
       </c>
-      <c r="AB47" s="14" t="n">
+      <c r="AF47" s="14" t="n">
         <v>57230.1</v>
       </c>
-      <c r="AC47" s="14" t="n">
+      <c r="AG47" s="14" t="n">
         <v>137698.1</v>
       </c>
-      <c r="AD47" s="14" t="n">
+      <c r="AH47" s="14" t="n">
         <v>187203.7</v>
       </c>
-      <c r="AE47" s="14" t="n">
+      <c r="AI47" s="14" t="n">
         <v>188497.2</v>
       </c>
-      <c r="AF47" s="14" t="n">
+      <c r="AJ47" s="14" t="n">
         <v>174565.3</v>
       </c>
-      <c r="AG47" s="14" t="n">
+      <c r="AK47" s="14" t="n">
         <v>144290.1</v>
       </c>
-      <c r="AH47" s="13" t="inlineStr">
-[...18 lines deleted...]
-      </c>
       <c r="AL47" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AM47" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AN47" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AO47" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AP47" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AQ47" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AR47" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AS47" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AT47" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="6" t="inlineStr">
         <is>
           <t>12.1 Mineral waste from construction and demolition NP</t>
         </is>
       </c>
       <c r="B48" s="14" t="n">
+        <v>1.44321403E7</v>
+      </c>
+      <c r="C48" s="14" t="n">
         <v>1.46469589E7</v>
       </c>
-      <c r="C48" s="14" t="n">
+      <c r="D48" s="14" t="n">
         <v>1.52952701E7</v>
       </c>
-      <c r="D48" s="14" t="n">
+      <c r="E48" s="14" t="n">
         <v>1.43555116E7</v>
       </c>
-      <c r="E48" s="14" t="n">
+      <c r="F48" s="14" t="n">
         <v>1.6046182E7</v>
       </c>
-      <c r="F48" s="14" t="n">
+      <c r="G48" s="14" t="n">
         <v>1.44500595E7</v>
       </c>
-      <c r="G48" s="14" t="n">
+      <c r="H48" s="14" t="n">
         <v>1.39275516E7</v>
       </c>
-      <c r="H48" s="14" t="n">
+      <c r="I48" s="14" t="n">
         <v>9078908.3</v>
       </c>
-      <c r="I48" s="14" t="n">
+      <c r="J48" s="14" t="n">
         <v>7340110.1</v>
       </c>
-      <c r="J48" s="14" t="n">
+      <c r="K48" s="14" t="n">
+        <v>1.05671108E7</v>
+      </c>
+      <c r="L48" s="14" t="n">
         <v>1.03273915E7</v>
       </c>
-      <c r="K48" s="14" t="n">
+      <c r="M48" s="14" t="n">
         <v>1.07281438E7</v>
       </c>
-      <c r="L48" s="14" t="n">
+      <c r="N48" s="14" t="n">
         <v>1.0285755E7</v>
       </c>
-      <c r="M48" s="14" t="n">
+      <c r="O48" s="14" t="n">
         <v>1.28911303E7</v>
       </c>
-      <c r="N48" s="14" t="n">
+      <c r="P48" s="14" t="n">
         <v>1.03721215E7</v>
       </c>
-      <c r="O48" s="14" t="n">
+      <c r="Q48" s="14" t="n">
         <v>9769105.0</v>
       </c>
-      <c r="P48" s="14" t="n">
+      <c r="R48" s="14" t="n">
         <v>6413843.7</v>
       </c>
-      <c r="Q48" s="14" t="n">
+      <c r="S48" s="14" t="n">
         <v>4639950.7</v>
       </c>
-      <c r="R48" s="14" t="n">
+      <c r="T48" s="14" t="n">
+        <v>3346056.8</v>
+      </c>
+      <c r="U48" s="14" t="n">
         <v>3671976.7</v>
       </c>
-      <c r="S48" s="14" t="n">
+      <c r="V48" s="14" t="n">
         <v>4297093.8</v>
       </c>
-      <c r="T48" s="14" t="n">
+      <c r="W48" s="14" t="n">
         <v>3925074.9</v>
       </c>
-      <c r="U48" s="14" t="n">
+      <c r="X48" s="14" t="n">
         <v>2479875.0</v>
       </c>
-      <c r="V48" s="14" t="n">
+      <c r="Y48" s="14" t="n">
         <v>3632704.9</v>
       </c>
-      <c r="W48" s="14" t="n">
+      <c r="Z48" s="14" t="n">
         <v>3455918.1</v>
       </c>
-      <c r="X48" s="14" t="n">
+      <c r="AA48" s="14" t="n">
         <v>1907509.3</v>
       </c>
-      <c r="Y48" s="14" t="n">
+      <c r="AB48" s="14" t="n">
         <v>1683849.9</v>
       </c>
-      <c r="Z48" s="14" t="n">
+      <c r="AC48" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AD48" s="14" t="n">
         <v>63069.2</v>
       </c>
-      <c r="AA48" s="13" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AB48" s="14" t="n">
+      <c r="AE48" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AF48" s="14" t="n">
         <v>4468.8</v>
       </c>
-      <c r="AC48" s="14" t="n">
+      <c r="AG48" s="14" t="n">
         <v>4.8</v>
       </c>
-      <c r="AD48" s="14" t="n">
+      <c r="AH48" s="14" t="n">
         <v>4.2</v>
       </c>
-      <c r="AE48" s="14" t="n">
+      <c r="AI48" s="14" t="n">
         <v>5.6</v>
       </c>
-      <c r="AF48" s="14" t="n">
+      <c r="AJ48" s="14" t="n">
         <v>5.8</v>
       </c>
-      <c r="AG48" s="14" t="n">
+      <c r="AK48" s="14" t="n">
         <v>3.4</v>
       </c>
-      <c r="AH48" s="14" t="n">
+      <c r="AL48" s="14" t="n">
+        <v>518972.7</v>
+      </c>
+      <c r="AM48" s="14" t="n">
         <v>584521.5</v>
       </c>
-      <c r="AI48" s="14" t="n">
+      <c r="AN48" s="14" t="n">
         <v>270032.5</v>
       </c>
-      <c r="AJ48" s="14" t="n">
+      <c r="AO48" s="14" t="n">
         <v>140212.9</v>
       </c>
-      <c r="AK48" s="14" t="n">
+      <c r="AP48" s="14" t="n">
         <v>675171.9</v>
       </c>
-      <c r="AL48" s="14" t="n">
+      <c r="AQ48" s="14" t="n">
         <v>445228.9</v>
       </c>
-      <c r="AM48" s="14" t="n">
+      <c r="AR48" s="14" t="n">
         <v>702522.9</v>
       </c>
-      <c r="AN48" s="14" t="n">
+      <c r="AS48" s="14" t="n">
         <v>757549.5</v>
       </c>
-      <c r="AO48" s="14" t="n">
+      <c r="AT48" s="14" t="n">
         <v>1016306.1</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="6" t="inlineStr">
         <is>
           <t>12.1 Mineral waste from construction and demolition P</t>
         </is>
       </c>
       <c r="B49" s="14" t="n">
+        <v>2680.9</v>
+      </c>
+      <c r="C49" s="14" t="n">
         <v>1019.8</v>
       </c>
-      <c r="C49" s="14" t="n">
+      <c r="D49" s="14" t="n">
         <v>3852.5</v>
       </c>
-      <c r="D49" s="14" t="n">
+      <c r="E49" s="14" t="n">
         <v>16344.8</v>
       </c>
-      <c r="E49" s="14" t="n">
+      <c r="F49" s="14" t="n">
         <v>16669.7</v>
       </c>
-      <c r="F49" s="14" t="n">
+      <c r="G49" s="14" t="n">
         <v>45748.5</v>
       </c>
-      <c r="G49" s="14" t="n">
+      <c r="H49" s="14" t="n">
         <v>47580.8</v>
       </c>
-      <c r="H49" s="14" t="n">
+      <c r="I49" s="14" t="n">
         <v>69540.3</v>
       </c>
-      <c r="I49" s="14" t="n">
+      <c r="J49" s="14" t="n">
         <v>50008.9</v>
       </c>
-      <c r="J49" s="13" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K49" s="14" t="n">
+      <c r="K49" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="L49" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="M49" s="14" t="n">
         <v>1.1</v>
       </c>
-      <c r="L49" s="14" t="n">
+      <c r="N49" s="14" t="n">
         <v>1380.2</v>
       </c>
-      <c r="M49" s="14" t="n">
+      <c r="O49" s="14" t="n">
         <v>513.1</v>
       </c>
-      <c r="N49" s="14" t="n">
+      <c r="P49" s="14" t="n">
         <v>2372.7</v>
       </c>
-      <c r="O49" s="14" t="n">
+      <c r="Q49" s="14" t="n">
         <v>24920.4</v>
       </c>
-      <c r="P49" s="14" t="n">
+      <c r="R49" s="14" t="n">
         <v>36202.2</v>
       </c>
-      <c r="Q49" s="14" t="n">
+      <c r="S49" s="14" t="n">
         <v>7814.7</v>
       </c>
-      <c r="R49" s="14" t="n">
+      <c r="T49" s="14" t="n">
+        <v>2677.0</v>
+      </c>
+      <c r="U49" s="14" t="n">
         <v>1013.0</v>
       </c>
-      <c r="S49" s="14" t="n">
+      <c r="V49" s="14" t="n">
         <v>3841.5</v>
       </c>
-      <c r="T49" s="14" t="n">
+      <c r="W49" s="14" t="n">
         <v>14964.6</v>
       </c>
-      <c r="U49" s="14" t="n">
+      <c r="X49" s="14" t="n">
         <v>16156.6</v>
       </c>
-      <c r="V49" s="14" t="n">
+      <c r="Y49" s="14" t="n">
         <v>43369.0</v>
       </c>
-      <c r="W49" s="14" t="n">
+      <c r="Z49" s="14" t="n">
         <v>22660.4</v>
       </c>
-      <c r="X49" s="14" t="n">
+      <c r="AA49" s="14" t="n">
         <v>33338.1</v>
       </c>
-      <c r="Y49" s="14" t="n">
+      <c r="AB49" s="14" t="n">
         <v>42194.2</v>
       </c>
-      <c r="Z49" s="14" t="n">
-[...13 lines deleted...]
-        </is>
+      <c r="AC49" s="14" t="n">
+        <v>3.9</v>
       </c>
       <c r="AD49" s="14" t="n">
         <v>6.8</v>
       </c>
-      <c r="AE49" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="AE49" s="14" t="n">
+        <v>9.9</v>
       </c>
       <c r="AF49" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AG49" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AH49" s="13" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="AH49" s="14" t="n">
+        <v>6.8</v>
       </c>
       <c r="AI49" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AJ49" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AK49" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AL49" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AM49" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AN49" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AO49" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AP49" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AQ49" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AR49" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AS49" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AT49" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="6" t="inlineStr">
         <is>
           <t>12.2, 12.3, 12.5 Other mineral waste NP</t>
         </is>
       </c>
       <c r="B50" s="14" t="n">
+        <v>2469093.0</v>
+      </c>
+      <c r="C50" s="14" t="n">
         <v>2607011.0</v>
       </c>
-      <c r="C50" s="14" t="n">
+      <c r="D50" s="14" t="n">
         <v>5652535.7</v>
       </c>
-      <c r="D50" s="14" t="n">
+      <c r="E50" s="14" t="n">
         <v>5054303.1</v>
       </c>
-      <c r="E50" s="14" t="n">
+      <c r="F50" s="14" t="n">
         <v>2.45301698E7</v>
       </c>
-      <c r="F50" s="14" t="n">
+      <c r="G50" s="14" t="n">
         <v>2.6428281E7</v>
       </c>
-      <c r="G50" s="14" t="n">
+      <c r="H50" s="14" t="n">
         <v>2.49076269E7</v>
       </c>
-      <c r="H50" s="14" t="n">
+      <c r="I50" s="14" t="n">
         <v>2.30705432E7</v>
       </c>
-      <c r="I50" s="14" t="n">
+      <c r="J50" s="14" t="n">
         <v>2.02756351E7</v>
       </c>
-      <c r="J50" s="14" t="n">
+      <c r="K50" s="14" t="n">
+        <v>996595.6</v>
+      </c>
+      <c r="L50" s="14" t="n">
         <v>867774.2</v>
       </c>
-      <c r="K50" s="14" t="n">
+      <c r="M50" s="14" t="n">
         <v>1089529.9</v>
       </c>
-      <c r="L50" s="14" t="n">
+      <c r="N50" s="14" t="n">
         <v>1705242.3</v>
       </c>
-      <c r="M50" s="14" t="n">
+      <c r="O50" s="14" t="n">
         <v>904915.9</v>
       </c>
-      <c r="N50" s="14" t="n">
+      <c r="P50" s="14" t="n">
         <v>807945.6</v>
       </c>
-      <c r="O50" s="14" t="n">
+      <c r="Q50" s="14" t="n">
         <v>2989709.7</v>
       </c>
-      <c r="P50" s="14" t="n">
+      <c r="R50" s="14" t="n">
         <v>2387673.9</v>
       </c>
-      <c r="Q50" s="14" t="n">
+      <c r="S50" s="14" t="n">
         <v>1371830.7</v>
       </c>
-      <c r="R50" s="14" t="n">
+      <c r="T50" s="14" t="n">
+        <v>1306336.8</v>
+      </c>
+      <c r="U50" s="14" t="n">
         <v>940099.0</v>
       </c>
-      <c r="S50" s="14" t="n">
+      <c r="V50" s="14" t="n">
         <v>4152694.7</v>
       </c>
-      <c r="T50" s="14" t="n">
+      <c r="W50" s="14" t="n">
         <v>3349046.8</v>
       </c>
-      <c r="U50" s="14" t="n">
+      <c r="X50" s="14" t="n">
         <v>1.43742075E7</v>
       </c>
-      <c r="V50" s="14" t="n">
+      <c r="Y50" s="14" t="n">
         <v>1.57374664E7</v>
       </c>
-      <c r="W50" s="14" t="n">
+      <c r="Z50" s="14" t="n">
         <v>2.17780099E7</v>
       </c>
-      <c r="X50" s="14" t="n">
+      <c r="AA50" s="14" t="n">
         <v>2.06524079E7</v>
       </c>
-      <c r="Y50" s="14" t="n">
+      <c r="AB50" s="14" t="n">
         <v>1.71622363E7</v>
       </c>
-      <c r="Z50" s="14" t="n">
+      <c r="AC50" s="14" t="n">
+        <v>994.0</v>
+      </c>
+      <c r="AD50" s="14" t="n">
         <v>722.6</v>
       </c>
-      <c r="AA50" s="14" t="n">
+      <c r="AE50" s="14" t="n">
         <v>1757.3</v>
       </c>
-      <c r="AB50" s="13" t="inlineStr">
-[...18 lines deleted...]
-      </c>
       <c r="AF50" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AG50" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AH50" s="14" t="n">
+      <c r="AH50" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AI50" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AJ50" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AK50" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AL50" s="14" t="n">
+        <v>165166.6</v>
+      </c>
+      <c r="AM50" s="14" t="n">
         <v>798415.2</v>
       </c>
-      <c r="AI50" s="14" t="n">
+      <c r="AN50" s="14" t="n">
         <v>408553.8</v>
       </c>
-      <c r="AJ50" s="14" t="n">
+      <c r="AO50" s="14" t="n">
         <v>14.0</v>
       </c>
-      <c r="AK50" s="14" t="n">
+      <c r="AP50" s="14" t="n">
         <v>9251046.4</v>
       </c>
-      <c r="AL50" s="14" t="n">
+      <c r="AQ50" s="14" t="n">
         <v>9882869.0</v>
       </c>
-      <c r="AM50" s="14" t="n">
+      <c r="AR50" s="14" t="n">
         <v>139907.3</v>
       </c>
-      <c r="AN50" s="14" t="n">
+      <c r="AS50" s="14" t="n">
         <v>30461.4</v>
       </c>
-      <c r="AO50" s="14" t="n">
+      <c r="AT50" s="14" t="n">
         <v>1741568.1</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="6" t="inlineStr">
         <is>
           <t>12.2, 12.3, 12.5 Other mineral waste P</t>
         </is>
       </c>
       <c r="B51" s="14" t="n">
+        <v>85566.8</v>
+      </c>
+      <c r="C51" s="14" t="n">
         <v>89547.9</v>
       </c>
-      <c r="C51" s="14" t="n">
+      <c r="D51" s="14" t="n">
         <v>79151.4</v>
       </c>
-      <c r="D51" s="14" t="n">
+      <c r="E51" s="14" t="n">
         <v>66182.5</v>
       </c>
-      <c r="E51" s="14" t="n">
+      <c r="F51" s="14" t="n">
         <v>70124.8</v>
       </c>
-      <c r="F51" s="14" t="n">
+      <c r="G51" s="14" t="n">
         <v>64198.8</v>
       </c>
-      <c r="G51" s="14" t="n">
+      <c r="H51" s="14" t="n">
         <v>74917.3</v>
       </c>
-      <c r="H51" s="14" t="n">
+      <c r="I51" s="14" t="n">
         <v>86084.3</v>
       </c>
-      <c r="I51" s="14" t="n">
+      <c r="J51" s="14" t="n">
         <v>76698.0</v>
       </c>
-      <c r="J51" s="14" t="n">
+      <c r="K51" s="14" t="n">
+        <v>12258.0</v>
+      </c>
+      <c r="L51" s="14" t="n">
         <v>17713.2</v>
       </c>
-      <c r="K51" s="14" t="n">
+      <c r="M51" s="14" t="n">
         <v>11298.8</v>
       </c>
-      <c r="L51" s="14" t="n">
+      <c r="N51" s="14" t="n">
         <v>10468.0</v>
       </c>
-      <c r="M51" s="14" t="n">
+      <c r="O51" s="14" t="n">
         <v>12940.7</v>
       </c>
-      <c r="N51" s="14" t="n">
+      <c r="P51" s="14" t="n">
         <v>11585.6</v>
       </c>
-      <c r="O51" s="14" t="n">
+      <c r="Q51" s="14" t="n">
         <v>18422.7</v>
       </c>
-      <c r="P51" s="14" t="n">
+      <c r="R51" s="14" t="n">
         <v>20526.6</v>
       </c>
-      <c r="Q51" s="14" t="n">
+      <c r="S51" s="14" t="n">
         <v>15595.0</v>
       </c>
-      <c r="R51" s="14" t="n">
+      <c r="T51" s="14" t="n">
+        <v>72278.0</v>
+      </c>
+      <c r="U51" s="14" t="n">
         <v>71834.7</v>
       </c>
-      <c r="S51" s="14" t="n">
+      <c r="V51" s="14" t="n">
         <v>67852.6</v>
       </c>
-      <c r="T51" s="14" t="n">
+      <c r="W51" s="14" t="n">
         <v>55714.5</v>
       </c>
-      <c r="U51" s="14" t="n">
+      <c r="X51" s="14" t="n">
         <v>57184.1</v>
       </c>
-      <c r="V51" s="14" t="n">
+      <c r="Y51" s="14" t="n">
         <v>52613.2</v>
       </c>
-      <c r="W51" s="14" t="n">
+      <c r="Z51" s="14" t="n">
         <v>56494.6</v>
       </c>
-      <c r="X51" s="14" t="n">
+      <c r="AA51" s="14" t="n">
         <v>65557.7</v>
       </c>
-      <c r="Y51" s="14" t="n">
+      <c r="AB51" s="14" t="n">
         <v>61103.0</v>
       </c>
-      <c r="Z51" s="13" t="inlineStr">
-[...17 lines deleted...]
-        </is>
+      <c r="AC51" s="14" t="n">
+        <v>1030.8</v>
       </c>
       <c r="AD51" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AE51" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AF51" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AG51" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AH51" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
@@ -7219,303 +8018,339 @@
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AK51" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AL51" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AM51" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AN51" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AO51" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AP51" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AQ51" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AR51" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AS51" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AT51" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="6" t="inlineStr">
         <is>
           <t>12.4 Combustion residues NP</t>
         </is>
       </c>
       <c r="B52" s="14" t="n">
+        <v>2030410.7</v>
+      </c>
+      <c r="C52" s="14" t="n">
         <v>2409032.3</v>
       </c>
-      <c r="C52" s="14" t="n">
+      <c r="D52" s="14" t="n">
         <v>2580354.0</v>
       </c>
-      <c r="D52" s="14" t="n">
+      <c r="E52" s="14" t="n">
         <v>1851927.5</v>
       </c>
-      <c r="E52" s="14" t="n">
+      <c r="F52" s="14" t="n">
         <v>5517440.8</v>
       </c>
-      <c r="F52" s="14" t="n">
+      <c r="G52" s="14" t="n">
         <v>5477968.4</v>
       </c>
-      <c r="G52" s="14" t="n">
+      <c r="H52" s="14" t="n">
         <v>5911573.0</v>
       </c>
-      <c r="H52" s="14" t="n">
+      <c r="I52" s="14" t="n">
         <v>5864422.8</v>
       </c>
-      <c r="I52" s="14" t="n">
+      <c r="J52" s="14" t="n">
         <v>7129677.6</v>
       </c>
-      <c r="J52" s="14" t="n">
+      <c r="K52" s="14" t="n">
+        <v>1384896.8</v>
+      </c>
+      <c r="L52" s="14" t="n">
         <v>1496231.5</v>
       </c>
-      <c r="K52" s="14" t="n">
+      <c r="M52" s="14" t="n">
         <v>1541386.4</v>
       </c>
-      <c r="L52" s="14" t="n">
+      <c r="N52" s="14" t="n">
         <v>1022153.0</v>
       </c>
-      <c r="M52" s="14" t="n">
+      <c r="O52" s="14" t="n">
         <v>2756741.8</v>
       </c>
-      <c r="N52" s="14" t="n">
+      <c r="P52" s="14" t="n">
         <v>2100790.7</v>
       </c>
-      <c r="O52" s="14" t="n">
+      <c r="Q52" s="14" t="n">
         <v>1951682.0</v>
       </c>
-      <c r="P52" s="14" t="n">
+      <c r="R52" s="14" t="n">
         <v>2077829.5</v>
       </c>
-      <c r="Q52" s="14" t="n">
+      <c r="S52" s="14" t="n">
         <v>2032606.8</v>
       </c>
-      <c r="R52" s="14" t="n">
+      <c r="T52" s="14" t="n">
+        <v>645513.9</v>
+      </c>
+      <c r="U52" s="14" t="n">
         <v>912797.6</v>
       </c>
-      <c r="S52" s="14" t="n">
+      <c r="V52" s="14" t="n">
         <v>1038967.6</v>
       </c>
-      <c r="T52" s="14" t="n">
+      <c r="W52" s="14" t="n">
         <v>829774.5</v>
       </c>
-      <c r="U52" s="14" t="n">
+      <c r="X52" s="14" t="n">
         <v>2758124.5</v>
       </c>
-      <c r="V52" s="14" t="n">
+      <c r="Y52" s="14" t="n">
         <v>3377177.7</v>
       </c>
-      <c r="W52" s="14" t="n">
+      <c r="Z52" s="14" t="n">
         <v>3959391.4</v>
       </c>
-      <c r="X52" s="14" t="n">
+      <c r="AA52" s="14" t="n">
         <v>3785543.2</v>
       </c>
-      <c r="Y52" s="14" t="n">
+      <c r="AB52" s="14" t="n">
         <v>5097070.8</v>
       </c>
-      <c r="Z52" s="14" t="n">
+      <c r="AC52" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AD52" s="14" t="n">
         <v>3.2</v>
       </c>
-      <c r="AA52" s="13" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AC52" s="14" t="n">
+      <c r="AE52" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AF52" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AG52" s="14" t="n">
         <v>2574.5</v>
       </c>
-      <c r="AD52" s="13" t="inlineStr">
-[...4 lines deleted...]
-      <c r="AE52" s="14" t="n">
+      <c r="AH52" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AI52" s="14" t="n">
         <v>499.6</v>
       </c>
-      <c r="AF52" s="14" t="n">
+      <c r="AJ52" s="14" t="n">
         <v>1050.1</v>
       </c>
-      <c r="AG52" s="13" t="inlineStr">
-[...18 lines deleted...]
-      </c>
       <c r="AK52" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AL52" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AM52" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AN52" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AO52" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AP52" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AQ52" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AR52" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AS52" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AT52" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="6" t="inlineStr">
         <is>
           <t>12.4 Combustion residues P</t>
         </is>
       </c>
       <c r="B53" s="14" t="n">
+        <v>272897.5</v>
+      </c>
+      <c r="C53" s="14" t="n">
         <v>275605.2</v>
       </c>
-      <c r="C53" s="14" t="n">
+      <c r="D53" s="14" t="n">
         <v>288386.8</v>
       </c>
-      <c r="D53" s="14" t="n">
+      <c r="E53" s="14" t="n">
         <v>375807.4</v>
       </c>
-      <c r="E53" s="14" t="n">
+      <c r="F53" s="14" t="n">
         <v>292153.1</v>
       </c>
-      <c r="F53" s="14" t="n">
+      <c r="G53" s="14" t="n">
         <v>295756.1</v>
       </c>
-      <c r="G53" s="14" t="n">
+      <c r="H53" s="14" t="n">
         <v>372740.7</v>
       </c>
-      <c r="H53" s="14" t="n">
+      <c r="I53" s="14" t="n">
         <v>304894.5</v>
       </c>
-      <c r="I53" s="14" t="n">
+      <c r="J53" s="14" t="n">
         <v>320865.5</v>
       </c>
-      <c r="J53" s="14" t="n">
+      <c r="K53" s="14" t="n">
+        <v>181345.3</v>
+      </c>
+      <c r="L53" s="14" t="n">
         <v>178167.9</v>
       </c>
-      <c r="K53" s="14" t="n">
+      <c r="M53" s="14" t="n">
         <v>161117.9</v>
       </c>
-      <c r="L53" s="14" t="n">
+      <c r="N53" s="14" t="n">
         <v>249725.2</v>
       </c>
-      <c r="M53" s="14" t="n">
+      <c r="O53" s="14" t="n">
         <v>168076.8</v>
       </c>
-      <c r="N53" s="14" t="n">
+      <c r="P53" s="14" t="n">
         <v>168416.8</v>
       </c>
-      <c r="O53" s="14" t="n">
+      <c r="Q53" s="14" t="n">
         <v>206008.7</v>
       </c>
-      <c r="P53" s="14" t="n">
+      <c r="R53" s="14" t="n">
         <v>185657.0</v>
       </c>
-      <c r="Q53" s="14" t="n">
+      <c r="S53" s="14" t="n">
         <v>181106.7</v>
       </c>
-      <c r="R53" s="14" t="n">
+      <c r="T53" s="14" t="n">
+        <v>91549.0</v>
+      </c>
+      <c r="U53" s="14" t="n">
         <v>97437.3</v>
       </c>
-      <c r="S53" s="14" t="n">
+      <c r="V53" s="14" t="n">
         <v>127268.9</v>
       </c>
-      <c r="T53" s="14" t="n">
+      <c r="W53" s="14" t="n">
         <v>126082.2</v>
       </c>
-      <c r="U53" s="14" t="n">
+      <c r="X53" s="14" t="n">
         <v>124076.3</v>
       </c>
-      <c r="V53" s="14" t="n">
+      <c r="Y53" s="14" t="n">
         <v>127339.3</v>
       </c>
-      <c r="W53" s="14" t="n">
+      <c r="Z53" s="14" t="n">
         <v>166732.0</v>
       </c>
-      <c r="X53" s="14" t="n">
+      <c r="AA53" s="14" t="n">
         <v>119237.5</v>
       </c>
-      <c r="Y53" s="14" t="n">
+      <c r="AB53" s="14" t="n">
         <v>139758.8</v>
       </c>
-      <c r="Z53" s="13" t="inlineStr">
-[...17 lines deleted...]
-        </is>
+      <c r="AC53" s="14" t="n">
+        <v>3.2</v>
       </c>
       <c r="AD53" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AE53" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AF53" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AG53" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AH53" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
@@ -7529,612 +8364,694 @@
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AK53" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AL53" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AM53" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AN53" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AO53" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AP53" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AQ53" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AR53" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AS53" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AT53" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="6" t="inlineStr">
         <is>
           <t>12.6 Soils NP</t>
         </is>
       </c>
       <c r="B54" s="14" t="n">
+        <v>2.91617458E7</v>
+      </c>
+      <c r="C54" s="14" t="n">
         <v>2.2377904E7</v>
       </c>
-      <c r="C54" s="14" t="n">
+      <c r="D54" s="14" t="n">
         <v>2.28993481E7</v>
       </c>
-      <c r="D54" s="14" t="n">
+      <c r="E54" s="14" t="n">
         <v>1.88296171E7</v>
       </c>
-      <c r="E54" s="14" t="n">
+      <c r="F54" s="14" t="n">
         <v>2.02674782E7</v>
       </c>
-      <c r="F54" s="14" t="n">
+      <c r="G54" s="14" t="n">
         <v>2.46900284E7</v>
       </c>
-      <c r="G54" s="14" t="n">
+      <c r="H54" s="14" t="n">
         <v>2.2951081E7</v>
       </c>
-      <c r="H54" s="14" t="n">
+      <c r="I54" s="14" t="n">
         <v>2.33676264E7</v>
       </c>
-      <c r="I54" s="14" t="n">
+      <c r="J54" s="14" t="n">
         <v>2.33879015E7</v>
       </c>
-      <c r="J54" s="14" t="n">
+      <c r="K54" s="14" t="n">
+        <v>1.27869018E7</v>
+      </c>
+      <c r="L54" s="14" t="n">
         <v>1.11402038E7</v>
       </c>
-      <c r="K54" s="14" t="n">
+      <c r="M54" s="14" t="n">
         <v>9544886.9</v>
       </c>
-      <c r="L54" s="14" t="n">
+      <c r="N54" s="14" t="n">
         <v>1.03224147E7</v>
       </c>
-      <c r="M54" s="14" t="n">
+      <c r="O54" s="14" t="n">
         <v>6514923.6</v>
       </c>
-      <c r="N54" s="14" t="n">
+      <c r="P54" s="14" t="n">
         <v>7471613.9</v>
       </c>
-      <c r="O54" s="14" t="n">
+      <c r="Q54" s="14" t="n">
         <v>5284912.0</v>
       </c>
-      <c r="P54" s="14" t="n">
+      <c r="R54" s="14" t="n">
         <v>4990991.5</v>
       </c>
-      <c r="Q54" s="14" t="n">
+      <c r="S54" s="14" t="n">
         <v>7185166.5</v>
       </c>
-      <c r="R54" s="14" t="n">
+      <c r="T54" s="14" t="n">
+        <v>4070156.9</v>
+      </c>
+      <c r="U54" s="14" t="n">
         <v>6198762.0</v>
       </c>
-      <c r="S54" s="14" t="n">
+      <c r="V54" s="14" t="n">
         <v>9371716.3</v>
       </c>
-      <c r="T54" s="14" t="n">
+      <c r="W54" s="14" t="n">
         <v>4288102.7</v>
       </c>
-      <c r="U54" s="14" t="n">
+      <c r="X54" s="14" t="n">
         <v>9153177.6</v>
       </c>
-      <c r="V54" s="14" t="n">
+      <c r="Y54" s="14" t="n">
         <v>1.53985747E7</v>
       </c>
-      <c r="W54" s="14" t="n">
+      <c r="Z54" s="14" t="n">
         <v>1.42609589E7</v>
       </c>
-      <c r="X54" s="14" t="n">
+      <c r="AA54" s="14" t="n">
         <v>1.31529365E7</v>
       </c>
-      <c r="Y54" s="14" t="n">
+      <c r="AB54" s="14" t="n">
         <v>9691373.3</v>
       </c>
-      <c r="Z54" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="AC54" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AD54" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AE54" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AF54" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AG54" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AH54" s="14" t="n">
+      <c r="AH54" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AI54" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AJ54" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AK54" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AL54" s="14" t="n">
+        <v>1.23046871E7</v>
+      </c>
+      <c r="AM54" s="14" t="n">
         <v>5038938.2</v>
       </c>
-      <c r="AI54" s="14" t="n">
+      <c r="AN54" s="14" t="n">
         <v>3982744.9</v>
       </c>
-      <c r="AJ54" s="14" t="n">
+      <c r="AO54" s="14" t="n">
         <v>4219099.7</v>
       </c>
-      <c r="AK54" s="14" t="n">
+      <c r="AP54" s="14" t="n">
         <v>4599377.0</v>
       </c>
-      <c r="AL54" s="14" t="n">
+      <c r="AQ54" s="14" t="n">
         <v>1819839.8</v>
       </c>
-      <c r="AM54" s="14" t="n">
+      <c r="AR54" s="14" t="n">
         <v>3405210.1</v>
       </c>
-      <c r="AN54" s="14" t="n">
+      <c r="AS54" s="14" t="n">
         <v>5223698.4</v>
       </c>
-      <c r="AO54" s="14" t="n">
+      <c r="AT54" s="14" t="n">
         <v>6511361.7</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="6" t="inlineStr">
         <is>
           <t>12.6 Soils P</t>
         </is>
       </c>
       <c r="B55" s="14" t="n">
+        <v>23993.7</v>
+      </c>
+      <c r="C55" s="14" t="n">
         <v>36034.5</v>
       </c>
-      <c r="C55" s="14" t="n">
+      <c r="D55" s="14" t="n">
         <v>13160.4</v>
       </c>
-      <c r="D55" s="14" t="n">
+      <c r="E55" s="14" t="n">
         <v>23634.2</v>
       </c>
-      <c r="E55" s="14" t="n">
+      <c r="F55" s="14" t="n">
         <v>17719.6</v>
       </c>
-      <c r="F55" s="14" t="n">
+      <c r="G55" s="14" t="n">
         <v>22923.8</v>
       </c>
-      <c r="G55" s="14" t="n">
+      <c r="H55" s="14" t="n">
         <v>24782.3</v>
       </c>
-      <c r="H55" s="14" t="n">
+      <c r="I55" s="14" t="n">
         <v>24178.3</v>
       </c>
-      <c r="I55" s="14" t="n">
+      <c r="J55" s="14" t="n">
         <v>55449.4</v>
       </c>
-      <c r="J55" s="14" t="n">
+      <c r="K55" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="L55" s="14" t="n">
         <v>37.7</v>
       </c>
-      <c r="K55" s="13" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L55" s="14" t="n">
+      <c r="M55" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="N55" s="14" t="n">
         <v>604.6</v>
       </c>
-      <c r="M55" s="14" t="n">
+      <c r="O55" s="14" t="n">
         <v>2461.3</v>
       </c>
-      <c r="N55" s="14" t="n">
+      <c r="P55" s="14" t="n">
         <v>2449.9</v>
       </c>
-      <c r="O55" s="14" t="n">
+      <c r="Q55" s="14" t="n">
         <v>1049.7</v>
       </c>
-      <c r="P55" s="14" t="n">
+      <c r="R55" s="14" t="n">
         <v>1750.7</v>
       </c>
-      <c r="Q55" s="14" t="n">
+      <c r="S55" s="14" t="n">
         <v>1735.9</v>
       </c>
-      <c r="R55" s="14" t="n">
+      <c r="T55" s="14" t="n">
+        <v>23993.7</v>
+      </c>
+      <c r="U55" s="14" t="n">
         <v>35996.8</v>
       </c>
-      <c r="S55" s="14" t="n">
+      <c r="V55" s="14" t="n">
         <v>13160.4</v>
       </c>
-      <c r="T55" s="14" t="n">
+      <c r="W55" s="14" t="n">
         <v>22974.1</v>
       </c>
-      <c r="U55" s="14" t="n">
+      <c r="X55" s="14" t="n">
         <v>15258.3</v>
       </c>
-      <c r="V55" s="14" t="n">
+      <c r="Y55" s="14" t="n">
         <v>20473.9</v>
       </c>
-      <c r="W55" s="14" t="n">
+      <c r="Z55" s="14" t="n">
         <v>23732.6</v>
       </c>
-      <c r="X55" s="14" t="n">
+      <c r="AA55" s="14" t="n">
         <v>22427.6</v>
       </c>
-      <c r="Y55" s="14" t="n">
+      <c r="AB55" s="14" t="n">
         <v>53713.5</v>
       </c>
-      <c r="Z55" s="13" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AB55" s="14" t="n">
+      <c r="AC55" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AD55" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AE55" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AF55" s="14" t="n">
         <v>55.5</v>
       </c>
-      <c r="AC55" s="13" t="inlineStr">
-[...18 lines deleted...]
-      </c>
       <c r="AG55" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AH55" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AI55" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AJ55" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AK55" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AL55" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AM55" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AN55" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AO55" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AP55" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AQ55" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AR55" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AS55" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AT55" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="6" t="inlineStr">
         <is>
           <t>12.7 Dry dredging sludge NP</t>
         </is>
       </c>
       <c r="B56" s="14" t="n">
+        <v>4336.3</v>
+      </c>
+      <c r="C56" s="14" t="n">
         <v>4621.0</v>
       </c>
-      <c r="C56" s="14" t="n">
+      <c r="D56" s="14" t="n">
         <v>6350.7</v>
       </c>
-      <c r="D56" s="14" t="n">
+      <c r="E56" s="14" t="n">
         <v>7636.6</v>
       </c>
-      <c r="E56" s="14" t="n">
+      <c r="F56" s="14" t="n">
         <v>8741.1</v>
       </c>
-      <c r="F56" s="14" t="n">
+      <c r="G56" s="14" t="n">
         <v>3271.0</v>
       </c>
-      <c r="G56" s="14" t="n">
+      <c r="H56" s="14" t="n">
         <v>9870.9</v>
       </c>
-      <c r="H56" s="14" t="n">
+      <c r="I56" s="14" t="n">
         <v>2856.5</v>
       </c>
-      <c r="I56" s="14" t="n">
+      <c r="J56" s="14" t="n">
         <v>1059.2</v>
       </c>
-      <c r="J56" s="14" t="n">
+      <c r="K56" s="14" t="n">
+        <v>1627.7</v>
+      </c>
+      <c r="L56" s="14" t="n">
         <v>3290.3</v>
       </c>
-      <c r="K56" s="14" t="n">
+      <c r="M56" s="14" t="n">
         <v>2248.3</v>
       </c>
-      <c r="L56" s="14" t="n">
+      <c r="N56" s="14" t="n">
         <v>876.7</v>
       </c>
-      <c r="M56" s="14" t="n">
+      <c r="O56" s="14" t="n">
         <v>1496.6</v>
       </c>
-      <c r="N56" s="14" t="n">
+      <c r="P56" s="14" t="n">
         <v>481.0</v>
       </c>
-      <c r="O56" s="14" t="n">
+      <c r="Q56" s="14" t="n">
         <v>3392.2</v>
       </c>
-      <c r="P56" s="14" t="n">
+      <c r="R56" s="14" t="n">
         <v>2208.8</v>
       </c>
-      <c r="Q56" s="14" t="n">
+      <c r="S56" s="14" t="n">
         <v>7.7</v>
       </c>
-      <c r="R56" s="14" t="n">
+      <c r="T56" s="14" t="n">
+        <v>2708.6</v>
+      </c>
+      <c r="U56" s="14" t="n">
         <v>1330.7</v>
       </c>
-      <c r="S56" s="14" t="n">
+      <c r="V56" s="14" t="n">
         <v>4079.0</v>
       </c>
-      <c r="T56" s="14" t="n">
+      <c r="W56" s="14" t="n">
         <v>6618.3</v>
       </c>
-      <c r="U56" s="14" t="n">
+      <c r="X56" s="14" t="n">
         <v>7232.4</v>
       </c>
-      <c r="V56" s="14" t="n">
+      <c r="Y56" s="14" t="n">
         <v>2749.1</v>
       </c>
-      <c r="W56" s="14" t="n">
+      <c r="Z56" s="14" t="n">
         <v>6424.1</v>
       </c>
-      <c r="X56" s="14" t="n">
+      <c r="AA56" s="14" t="n">
         <v>145.4</v>
       </c>
-      <c r="Y56" s="14" t="n">
+      <c r="AB56" s="14" t="n">
         <v>1051.5</v>
       </c>
-      <c r="Z56" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="AC56" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AD56" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AE56" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AF56" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AG56" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AH56" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AI56" s="14" t="n">
+      <c r="AI56" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AJ56" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AK56" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AL56" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AM56" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AN56" s="14" t="n">
         <v>23.4</v>
       </c>
-      <c r="AJ56" s="14" t="n">
+      <c r="AO56" s="14" t="n">
         <v>141.6</v>
       </c>
-      <c r="AK56" s="14" t="n">
+      <c r="AP56" s="14" t="n">
         <v>12.1</v>
       </c>
-      <c r="AL56" s="14" t="n">
+      <c r="AQ56" s="14" t="n">
         <v>40.9</v>
       </c>
-      <c r="AM56" s="14" t="n">
+      <c r="AR56" s="14" t="n">
         <v>54.6</v>
       </c>
-      <c r="AN56" s="14" t="n">
+      <c r="AS56" s="14" t="n">
         <v>502.3</v>
       </c>
-      <c r="AO56" s="13" t="inlineStr">
+      <c r="AT56" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="6" t="inlineStr">
         <is>
           <t>12.7 Dry dredging sludge P</t>
         </is>
       </c>
       <c r="B57" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C57" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D57" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="E57" s="14" t="n">
+      <c r="E57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="F57" s="14" t="n">
         <v>50.3</v>
       </c>
-      <c r="F57" s="14" t="n">
+      <c r="G57" s="14" t="n">
         <v>87.2</v>
       </c>
-      <c r="G57" s="14" t="n">
+      <c r="H57" s="14" t="n">
         <v>276.0</v>
       </c>
-      <c r="H57" s="14" t="n">
+      <c r="I57" s="14" t="n">
         <v>264.6</v>
       </c>
-      <c r="I57" s="14" t="n">
+      <c r="J57" s="14" t="n">
         <v>168.6</v>
       </c>
-      <c r="J57" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="K57" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="L57" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="M57" s="14" t="n">
+      <c r="M57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="N57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="O57" s="14" t="n">
         <v>31.5</v>
       </c>
-      <c r="N57" s="14" t="n">
+      <c r="P57" s="14" t="n">
         <v>54.5</v>
       </c>
-      <c r="O57" s="14" t="n">
+      <c r="Q57" s="14" t="n">
         <v>172.6</v>
       </c>
-      <c r="P57" s="14" t="n">
+      <c r="R57" s="14" t="n">
         <v>165.5</v>
       </c>
-      <c r="Q57" s="14" t="n">
+      <c r="S57" s="14" t="n">
         <v>168.6</v>
       </c>
-      <c r="R57" s="13" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="T57" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="U57" s="14" t="n">
+      <c r="U57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="V57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="W57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="X57" s="14" t="n">
         <v>18.8</v>
       </c>
-      <c r="V57" s="14" t="n">
+      <c r="Y57" s="14" t="n">
         <v>32.7</v>
       </c>
-      <c r="W57" s="14" t="n">
+      <c r="Z57" s="14" t="n">
         <v>103.4</v>
       </c>
-      <c r="X57" s="14" t="n">
+      <c r="AA57" s="14" t="n">
         <v>99.1</v>
       </c>
-      <c r="Y57" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="AB57" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AC57" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AD57" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AE57" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AF57" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
@@ -8157,291 +9074,329 @@
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AK57" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AL57" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AM57" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AN57" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AO57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AP57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AQ57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AR57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AS57" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AT57" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="6" t="inlineStr">
         <is>
           <t>12.8, 13 Mineral waste from waste treatment and stabilized waste NP</t>
         </is>
       </c>
       <c r="B58" s="14" t="n">
+        <v>532969.4</v>
+      </c>
+      <c r="C58" s="14" t="n">
         <v>664042.6</v>
       </c>
-      <c r="C58" s="14" t="n">
+      <c r="D58" s="14" t="n">
         <v>734601.0</v>
       </c>
-      <c r="D58" s="14" t="n">
+      <c r="E58" s="14" t="n">
         <v>923432.7</v>
       </c>
-      <c r="E58" s="14" t="n">
+      <c r="F58" s="14" t="n">
         <v>783174.7</v>
       </c>
-      <c r="F58" s="14" t="n">
+      <c r="G58" s="14" t="n">
         <v>808452.0</v>
       </c>
-      <c r="G58" s="14" t="n">
+      <c r="H58" s="14" t="n">
         <v>745644.7</v>
       </c>
-      <c r="H58" s="14" t="n">
+      <c r="I58" s="14" t="n">
         <v>564809.6</v>
       </c>
-      <c r="I58" s="14" t="n">
+      <c r="J58" s="14" t="n">
         <v>752517.1</v>
       </c>
-      <c r="J58" s="14" t="n">
+      <c r="K58" s="14" t="n">
+        <v>113233.7</v>
+      </c>
+      <c r="L58" s="14" t="n">
         <v>119778.8</v>
       </c>
-      <c r="K58" s="14" t="n">
+      <c r="M58" s="14" t="n">
         <v>89190.6</v>
       </c>
-      <c r="L58" s="14" t="n">
+      <c r="N58" s="14" t="n">
         <v>235377.5</v>
       </c>
-      <c r="M58" s="14" t="n">
+      <c r="O58" s="14" t="n">
         <v>232954.0</v>
       </c>
-      <c r="N58" s="14" t="n">
+      <c r="P58" s="14" t="n">
         <v>205787.9</v>
       </c>
-      <c r="O58" s="14" t="n">
+      <c r="Q58" s="14" t="n">
         <v>148240.4</v>
       </c>
-      <c r="P58" s="14" t="n">
+      <c r="R58" s="14" t="n">
         <v>46627.0</v>
       </c>
-      <c r="Q58" s="14" t="n">
+      <c r="S58" s="14" t="n">
         <v>70359.9</v>
       </c>
-      <c r="R58" s="14" t="n">
+      <c r="T58" s="14" t="n">
+        <v>419683.7</v>
+      </c>
+      <c r="U58" s="14" t="n">
         <v>481153.3</v>
       </c>
-      <c r="S58" s="14" t="n">
+      <c r="V58" s="14" t="n">
         <v>564503.7</v>
       </c>
-      <c r="T58" s="14" t="n">
+      <c r="W58" s="14" t="n">
         <v>614467.5</v>
       </c>
-      <c r="U58" s="14" t="n">
+      <c r="X58" s="14" t="n">
         <v>528839.9</v>
       </c>
-      <c r="V58" s="14" t="n">
+      <c r="Y58" s="14" t="n">
         <v>570262.7</v>
       </c>
-      <c r="W58" s="14" t="n">
+      <c r="Z58" s="14" t="n">
         <v>574568.1</v>
       </c>
-      <c r="X58" s="14" t="n">
+      <c r="AA58" s="14" t="n">
         <v>489899.9</v>
       </c>
-      <c r="Y58" s="14" t="n">
+      <c r="AB58" s="14" t="n">
         <v>682144.7</v>
       </c>
-      <c r="Z58" s="13" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AB58" s="14" t="n">
+      <c r="AC58" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AD58" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AE58" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AF58" s="14" t="n">
         <v>0.3</v>
       </c>
-      <c r="AC58" s="13" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AE58" s="14" t="n">
+      <c r="AG58" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AH58" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AI58" s="14" t="n">
         <v>0.3</v>
       </c>
-      <c r="AF58" s="13" t="inlineStr">
-[...9 lines deleted...]
-      <c r="AH58" s="14" t="n">
+      <c r="AJ58" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AK58" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AL58" s="14" t="n">
+        <v>52.0</v>
+      </c>
+      <c r="AM58" s="14" t="n">
         <v>63110.5</v>
       </c>
-      <c r="AI58" s="14" t="n">
+      <c r="AN58" s="14" t="n">
         <v>80906.7</v>
       </c>
-      <c r="AJ58" s="14" t="n">
+      <c r="AO58" s="14" t="n">
         <v>73587.4</v>
       </c>
-      <c r="AK58" s="14" t="n">
+      <c r="AP58" s="14" t="n">
         <v>21380.8</v>
       </c>
-      <c r="AL58" s="14" t="n">
+      <c r="AQ58" s="14" t="n">
         <v>32401.4</v>
       </c>
-      <c r="AM58" s="14" t="n">
+      <c r="AR58" s="14" t="n">
         <v>22835.9</v>
       </c>
-      <c r="AN58" s="14" t="n">
+      <c r="AS58" s="14" t="n">
         <v>28282.7</v>
       </c>
-      <c r="AO58" s="14" t="n">
+      <c r="AT58" s="14" t="n">
         <v>12.5</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="6" t="inlineStr">
         <is>
           <t>12.8, 13 Mineral waste from waste treatment and stabilized waste P</t>
         </is>
       </c>
       <c r="B59" s="14" t="n">
+        <v>265062.0</v>
+      </c>
+      <c r="C59" s="14" t="n">
         <v>290430.8</v>
       </c>
-      <c r="C59" s="14" t="n">
+      <c r="D59" s="14" t="n">
         <v>209510.0</v>
       </c>
-      <c r="D59" s="14" t="n">
+      <c r="E59" s="14" t="n">
         <v>189111.6</v>
       </c>
-      <c r="E59" s="14" t="n">
+      <c r="F59" s="14" t="n">
         <v>219460.4</v>
       </c>
-      <c r="F59" s="14" t="n">
+      <c r="G59" s="14" t="n">
         <v>181121.5</v>
       </c>
-      <c r="G59" s="14" t="n">
+      <c r="H59" s="14" t="n">
         <v>181729.3</v>
       </c>
-      <c r="H59" s="14" t="n">
+      <c r="I59" s="14" t="n">
         <v>77345.9</v>
       </c>
-      <c r="I59" s="14" t="n">
+      <c r="J59" s="14" t="n">
         <v>106297.2</v>
       </c>
-      <c r="J59" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="K59" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="L59" s="14" t="n">
+      <c r="L59" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="M59" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="N59" s="14" t="n">
         <v>10162.3</v>
       </c>
-      <c r="M59" s="14" t="n">
+      <c r="O59" s="14" t="n">
         <v>10832.4</v>
       </c>
-      <c r="N59" s="14" t="n">
+      <c r="P59" s="14" t="n">
         <v>12067.4</v>
       </c>
-      <c r="O59" s="14" t="n">
+      <c r="Q59" s="14" t="n">
         <v>8286.1</v>
       </c>
-      <c r="P59" s="14" t="n">
+      <c r="R59" s="14" t="n">
         <v>11503.6</v>
       </c>
-      <c r="Q59" s="14" t="n">
+      <c r="S59" s="14" t="n">
         <v>9328.2</v>
       </c>
-      <c r="R59" s="14" t="n">
+      <c r="T59" s="14" t="n">
+        <v>265062.0</v>
+      </c>
+      <c r="U59" s="14" t="n">
         <v>290430.8</v>
       </c>
-      <c r="S59" s="14" t="n">
+      <c r="V59" s="14" t="n">
         <v>209510.0</v>
       </c>
-      <c r="T59" s="14" t="n">
+      <c r="W59" s="14" t="n">
         <v>178949.3</v>
       </c>
-      <c r="U59" s="14" t="n">
+      <c r="X59" s="14" t="n">
         <v>208628.0</v>
       </c>
-      <c r="V59" s="14" t="n">
+      <c r="Y59" s="14" t="n">
         <v>169054.1</v>
       </c>
-      <c r="W59" s="14" t="n">
+      <c r="Z59" s="14" t="n">
         <v>173443.2</v>
       </c>
-      <c r="X59" s="14" t="n">
+      <c r="AA59" s="14" t="n">
         <v>65842.3</v>
       </c>
-      <c r="Y59" s="14" t="n">
+      <c r="AB59" s="14" t="n">
         <v>96969.0</v>
       </c>
-      <c r="Z59" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="AC59" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AD59" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AE59" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AF59" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AG59" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
@@ -8459,485 +9414,557 @@
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AK59" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AL59" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AM59" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AN59" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AO59" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AP59" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AQ59" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AR59" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AS59" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AT59" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="6" t="inlineStr">
         <is>
           <t>Total, non-hazardous</t>
         </is>
       </c>
       <c r="B60" s="14" t="n">
-        <v>8.70156446E7</v>
+        <v>9.00640954E7</v>
       </c>
       <c r="C60" s="14" t="n">
-        <v>9.6574108E7</v>
+        <v>8.69865346E7</v>
       </c>
       <c r="D60" s="14" t="n">
+        <v>9.65738982E7</v>
+      </c>
+      <c r="E60" s="14" t="n">
         <v>8.42445137E7</v>
       </c>
-      <c r="E60" s="14" t="n">
+      <c r="F60" s="14" t="n">
         <v>1.136767133E8</v>
       </c>
-      <c r="F60" s="14" t="n">
+      <c r="G60" s="14" t="n">
         <v>1.196477783E8</v>
       </c>
-      <c r="G60" s="14" t="n">
+      <c r="H60" s="14" t="n">
         <v>1.132044722E8</v>
       </c>
-      <c r="H60" s="14" t="n">
+      <c r="I60" s="14" t="n">
         <v>1.045967971E8</v>
       </c>
-      <c r="I60" s="14" t="n">
+      <c r="J60" s="14" t="n">
         <v>1.054987414E8</v>
       </c>
-      <c r="J60" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="K60" s="14" t="n">
-        <v>4.76586248E7</v>
+        <v>4.81538126E7</v>
       </c>
       <c r="L60" s="14" t="n">
+        <v>4.72592013E7</v>
+      </c>
+      <c r="M60" s="14" t="n">
+        <v>4.76584151E7</v>
+      </c>
+      <c r="N60" s="14" t="n">
         <v>4.57286648E7</v>
       </c>
-      <c r="M60" s="14" t="n">
+      <c r="O60" s="14" t="n">
         <v>4.75728341E7</v>
       </c>
-      <c r="N60" s="14" t="n">
+      <c r="P60" s="14" t="n">
         <v>4.56150879E7</v>
       </c>
-      <c r="O60" s="14" t="n">
+      <c r="Q60" s="14" t="n">
         <v>4.33346752E7</v>
       </c>
-      <c r="P60" s="14" t="n">
+      <c r="R60" s="14" t="n">
         <v>3.80111853E7</v>
       </c>
-      <c r="Q60" s="14" t="n">
+      <c r="S60" s="14" t="n">
         <v>3.97370871E7</v>
       </c>
-      <c r="R60" s="14" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="T60" s="14" t="n">
+        <v>2.63633155E7</v>
+      </c>
+      <c r="U60" s="14" t="n">
+        <v>3.03781364E7</v>
+      </c>
+      <c r="V60" s="14" t="n">
+        <v>4.05182499E7</v>
+      </c>
+      <c r="W60" s="14" t="n">
         <v>3.06645695E7</v>
       </c>
-      <c r="U60" s="14" t="n">
+      <c r="X60" s="14" t="n">
         <v>4.77899167E7</v>
       </c>
-      <c r="V60" s="14" t="n">
+      <c r="Y60" s="14" t="n">
         <v>5.82914407E7</v>
       </c>
-      <c r="W60" s="14" t="n">
+      <c r="Z60" s="14" t="n">
         <v>6.16685526E7</v>
       </c>
-      <c r="X60" s="14" t="n">
+      <c r="AA60" s="14" t="n">
         <v>5.68515235E7</v>
       </c>
-      <c r="Y60" s="14" t="n">
+      <c r="AB60" s="14" t="n">
         <v>5.30043056E7</v>
       </c>
-      <c r="Z60" s="14" t="n">
-[...2 lines deleted...]
-      <c r="AA60" s="14" t="n">
+      <c r="AC60" s="14" t="n">
+        <v>2538020.3</v>
+      </c>
+      <c r="AD60" s="14" t="n">
+        <v>2859936.8</v>
+      </c>
+      <c r="AE60" s="14" t="n">
         <v>3619765.5</v>
       </c>
-      <c r="AB60" s="14" t="n">
+      <c r="AF60" s="14" t="n">
         <v>3412746.9</v>
       </c>
-      <c r="AC60" s="14" t="n">
+      <c r="AG60" s="14" t="n">
         <v>3766974.3</v>
       </c>
-      <c r="AD60" s="14" t="n">
+      <c r="AH60" s="14" t="n">
         <v>3560869.7</v>
       </c>
-      <c r="AE60" s="14" t="n">
+      <c r="AI60" s="14" t="n">
         <v>3930713.6</v>
       </c>
-      <c r="AF60" s="14" t="n">
+      <c r="AJ60" s="14" t="n">
         <v>3693472.4</v>
       </c>
-      <c r="AG60" s="14" t="n">
+      <c r="AK60" s="14" t="n">
         <v>3488100.3</v>
       </c>
-      <c r="AH60" s="14" t="n">
+      <c r="AL60" s="14" t="n">
+        <v>1.3008947E7</v>
+      </c>
+      <c r="AM60" s="14" t="n">
         <v>6489260.1</v>
       </c>
-      <c r="AI60" s="14" t="n">
+      <c r="AN60" s="14" t="n">
         <v>4777467.7</v>
       </c>
-      <c r="AJ60" s="14" t="n">
+      <c r="AO60" s="14" t="n">
         <v>4438532.5</v>
       </c>
-      <c r="AK60" s="14" t="n">
+      <c r="AP60" s="14" t="n">
         <v>1.45469882E7</v>
       </c>
-      <c r="AL60" s="14" t="n">
+      <c r="AQ60" s="14" t="n">
         <v>1.218038E7</v>
       </c>
-      <c r="AM60" s="14" t="n">
+      <c r="AR60" s="14" t="n">
         <v>4270530.8</v>
       </c>
-      <c r="AN60" s="14" t="n">
+      <c r="AS60" s="14" t="n">
         <v>6040615.9</v>
       </c>
-      <c r="AO60" s="14" t="n">
+      <c r="AT60" s="14" t="n">
         <v>9269248.4</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="6" t="inlineStr">
         <is>
           <t>Total, hazardous</t>
         </is>
       </c>
       <c r="B61" s="14" t="n">
-        <v>2441771.6</v>
+        <v>2401137.9</v>
       </c>
       <c r="C61" s="14" t="n">
+        <v>2436828.7</v>
+      </c>
+      <c r="D61" s="14" t="n">
         <v>2391780.0</v>
       </c>
-      <c r="D61" s="14" t="n">
+      <c r="E61" s="14" t="n">
         <v>2185971.0</v>
       </c>
-      <c r="E61" s="14" t="n">
+      <c r="F61" s="14" t="n">
         <v>2203098.1</v>
       </c>
-      <c r="F61" s="14" t="n">
+      <c r="G61" s="14" t="n">
         <v>2309770.7</v>
       </c>
-      <c r="G61" s="14" t="n">
+      <c r="H61" s="14" t="n">
         <v>2281818.8</v>
       </c>
-      <c r="H61" s="14" t="n">
+      <c r="I61" s="14" t="n">
         <v>2118457.8</v>
       </c>
-      <c r="I61" s="14" t="n">
+      <c r="J61" s="14" t="n">
         <v>2277097.0</v>
       </c>
-      <c r="J61" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="K61" s="14" t="n">
+        <v>1705362.8</v>
+      </c>
+      <c r="L61" s="14" t="n">
+        <v>1658270.4</v>
+      </c>
+      <c r="M61" s="14" t="n">
         <v>1687061.5</v>
       </c>
-      <c r="L61" s="14" t="n">
+      <c r="N61" s="14" t="n">
         <v>1560107.2</v>
       </c>
-      <c r="M61" s="14" t="n">
+      <c r="O61" s="14" t="n">
         <v>1536935.7</v>
       </c>
-      <c r="N61" s="14" t="n">
+      <c r="P61" s="14" t="n">
         <v>1629967.3</v>
       </c>
-      <c r="O61" s="14" t="n">
+      <c r="Q61" s="14" t="n">
         <v>1587165.7</v>
       </c>
-      <c r="P61" s="14" t="n">
+      <c r="R61" s="14" t="n">
         <v>1570258.7</v>
       </c>
-      <c r="Q61" s="14" t="n">
+      <c r="S61" s="14" t="n">
         <v>1542790.2</v>
       </c>
-      <c r="R61" s="14" t="n">
-[...2 lines deleted...]
-      <c r="S61" s="14" t="n">
+      <c r="T61" s="14" t="n">
+        <v>564176.0</v>
+      </c>
+      <c r="U61" s="14" t="n">
+        <v>614466.8</v>
+      </c>
+      <c r="V61" s="14" t="n">
         <v>515696.4</v>
       </c>
-      <c r="T61" s="14" t="n">
+      <c r="W61" s="14" t="n">
         <v>491280.9</v>
       </c>
-      <c r="U61" s="14" t="n">
+      <c r="X61" s="14" t="n">
         <v>501552.6</v>
       </c>
-      <c r="V61" s="14" t="n">
+      <c r="Y61" s="14" t="n">
         <v>519995.8</v>
       </c>
-      <c r="W61" s="14" t="n">
+      <c r="Z61" s="14" t="n">
         <v>558139.2</v>
       </c>
-      <c r="X61" s="14" t="n">
+      <c r="AA61" s="14" t="n">
         <v>399027.1</v>
       </c>
-      <c r="Y61" s="14" t="n">
+      <c r="AB61" s="14" t="n">
         <v>567087.9</v>
       </c>
-      <c r="Z61" s="14" t="n">
-[...2 lines deleted...]
-      <c r="AA61" s="14" t="n">
+      <c r="AC61" s="14" t="n">
+        <v>131599.1</v>
+      </c>
+      <c r="AD61" s="14" t="n">
+        <v>164091.5</v>
+      </c>
+      <c r="AE61" s="14" t="n">
         <v>189022.1</v>
       </c>
-      <c r="AB61" s="14" t="n">
+      <c r="AF61" s="14" t="n">
         <v>134582.9</v>
       </c>
-      <c r="AC61" s="14" t="n">
+      <c r="AG61" s="14" t="n">
         <v>164609.8</v>
       </c>
-      <c r="AD61" s="14" t="n">
+      <c r="AH61" s="14" t="n">
         <v>159807.6</v>
       </c>
-      <c r="AE61" s="14" t="n">
+      <c r="AI61" s="14" t="n">
         <v>136513.9</v>
       </c>
-      <c r="AF61" s="14" t="n">
+      <c r="AJ61" s="14" t="n">
         <v>149172.0</v>
       </c>
-      <c r="AG61" s="14" t="n">
+      <c r="AK61" s="14" t="n">
         <v>167218.9</v>
       </c>
-      <c r="AH61" s="13" t="inlineStr">
-[...18 lines deleted...]
-      </c>
       <c r="AL61" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AM61" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AN61" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AO61" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AP61" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AQ61" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AR61" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AS61" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AT61" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="6" t="inlineStr">
         <is>
           <t>Total, general</t>
         </is>
       </c>
       <c r="B62" s="14" t="n">
-        <v>8.94574162E7</v>
+        <v>9.24652333E7</v>
       </c>
       <c r="C62" s="14" t="n">
-        <v>9.8965888E7</v>
+        <v>8.94233633E7</v>
       </c>
       <c r="D62" s="14" t="n">
+        <v>9.89656782E7</v>
+      </c>
+      <c r="E62" s="14" t="n">
         <v>8.64304847E7</v>
       </c>
-      <c r="E62" s="14" t="n">
+      <c r="F62" s="14" t="n">
         <v>1.158798114E8</v>
       </c>
-      <c r="F62" s="14" t="n">
+      <c r="G62" s="14" t="n">
         <v>1.21957549E8</v>
       </c>
-      <c r="G62" s="14" t="n">
+      <c r="H62" s="14" t="n">
         <v>1.15486291E8</v>
       </c>
-      <c r="H62" s="14" t="n">
+      <c r="I62" s="14" t="n">
         <v>1.067152549E8</v>
       </c>
-      <c r="I62" s="14" t="n">
+      <c r="J62" s="14" t="n">
         <v>1.077758384E8</v>
       </c>
-      <c r="J62" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="K62" s="14" t="n">
-        <v>4.93456863E7</v>
+        <v>4.98591754E7</v>
       </c>
       <c r="L62" s="14" t="n">
+        <v>4.89174717E7</v>
+      </c>
+      <c r="M62" s="14" t="n">
+        <v>4.93454766E7</v>
+      </c>
+      <c r="N62" s="14" t="n">
         <v>4.7288772E7</v>
       </c>
-      <c r="M62" s="14" t="n">
+      <c r="O62" s="14" t="n">
         <v>4.91097698E7</v>
       </c>
-      <c r="N62" s="14" t="n">
+      <c r="P62" s="14" t="n">
         <v>4.72450552E7</v>
       </c>
-      <c r="O62" s="14" t="n">
+      <c r="Q62" s="14" t="n">
         <v>4.49218409E7</v>
       </c>
-      <c r="P62" s="14" t="n">
+      <c r="R62" s="14" t="n">
         <v>3.9581444E7</v>
       </c>
-      <c r="Q62" s="14" t="n">
+      <c r="S62" s="14" t="n">
         <v>4.12798773E7</v>
       </c>
-      <c r="R62" s="14" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="T62" s="14" t="n">
+        <v>2.69274915E7</v>
+      </c>
+      <c r="U62" s="14" t="n">
+        <v>3.09926032E7</v>
+      </c>
+      <c r="V62" s="14" t="n">
+        <v>4.10339463E7</v>
+      </c>
+      <c r="W62" s="14" t="n">
         <v>3.11558504E7</v>
       </c>
-      <c r="U62" s="14" t="n">
+      <c r="X62" s="14" t="n">
         <v>4.82914693E7</v>
       </c>
-      <c r="V62" s="14" t="n">
+      <c r="Y62" s="14" t="n">
         <v>5.88114365E7</v>
       </c>
-      <c r="W62" s="14" t="n">
+      <c r="Z62" s="14" t="n">
         <v>6.22266918E7</v>
       </c>
-      <c r="X62" s="14" t="n">
+      <c r="AA62" s="14" t="n">
         <v>5.72505506E7</v>
       </c>
-      <c r="Y62" s="14" t="n">
+      <c r="AB62" s="14" t="n">
         <v>5.35713935E7</v>
       </c>
-      <c r="Z62" s="14" t="n">
-[...2 lines deleted...]
-      <c r="AA62" s="14" t="n">
+      <c r="AC62" s="14" t="n">
+        <v>2669619.4</v>
+      </c>
+      <c r="AD62" s="14" t="n">
+        <v>3024028.3</v>
+      </c>
+      <c r="AE62" s="14" t="n">
         <v>3808787.6</v>
       </c>
-      <c r="AB62" s="14" t="n">
+      <c r="AF62" s="14" t="n">
         <v>3547329.8</v>
       </c>
-      <c r="AC62" s="14" t="n">
+      <c r="AG62" s="14" t="n">
         <v>3931584.1</v>
       </c>
-      <c r="AD62" s="14" t="n">
+      <c r="AH62" s="14" t="n">
         <v>3720677.3</v>
       </c>
-      <c r="AE62" s="14" t="n">
+      <c r="AI62" s="14" t="n">
         <v>4067227.5</v>
       </c>
-      <c r="AF62" s="14" t="n">
+      <c r="AJ62" s="14" t="n">
         <v>3842644.4</v>
       </c>
-      <c r="AG62" s="14" t="n">
+      <c r="AK62" s="14" t="n">
         <v>3655319.2</v>
       </c>
-      <c r="AH62" s="14" t="n">
+      <c r="AL62" s="14" t="n">
+        <v>1.3008947E7</v>
+      </c>
+      <c r="AM62" s="14" t="n">
         <v>6489260.1</v>
       </c>
-      <c r="AI62" s="14" t="n">
+      <c r="AN62" s="14" t="n">
         <v>4777467.7</v>
       </c>
-      <c r="AJ62" s="14" t="n">
+      <c r="AO62" s="14" t="n">
         <v>4438532.5</v>
       </c>
-      <c r="AK62" s="14" t="n">
+      <c r="AP62" s="14" t="n">
         <v>1.45469882E7</v>
       </c>
-      <c r="AL62" s="14" t="n">
+      <c r="AQ62" s="14" t="n">
         <v>1.218038E7</v>
       </c>
-      <c r="AM62" s="14" t="n">
+      <c r="AR62" s="14" t="n">
         <v>4270530.8</v>
       </c>
-      <c r="AN62" s="14" t="n">
+      <c r="AS62" s="14" t="n">
         <v>6040615.9</v>
       </c>
-      <c r="AO62" s="14" t="n">
+      <c r="AT62" s="14" t="n">
         <v>9269248.4</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="5" t="inlineStr">
         <is>
           <t>Notas:</t>
         </is>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr">
         <is>
           <t>Grouping of categories (CER-Stat) requested by the waste statistics regulation.</t>
         </is>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="5" t="inlineStr">
         <is>
           <t xml:space="preserve">Fuente: </t>
         </is>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="11">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A5:K5"/>
     <mergeCell ref="A6:K6"/>
-    <mergeCell ref="B7:I7"/>
-[...3 lines deleted...]
-    <mergeCell ref="AH7:AO7"/>
+    <mergeCell ref="B7:J7"/>
+    <mergeCell ref="K7:S7"/>
+    <mergeCell ref="T7:AB7"/>
+    <mergeCell ref="AC7:AK7"/>
+    <mergeCell ref="AL7:AT7"/>
   </mergeCells>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>