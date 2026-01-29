--- v0 (2025-10-22)
+++ v1 (2026-01-29)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="tabla-48825" r:id="rId3" sheetId="1"/>
+    <sheet name="tabla-67252" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="8">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="11.0"/>
       <color indexed="8"/>
       <b val="true"/>
     </font>
@@ -244,51 +244,51 @@
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="8" xfId="0" applyFill="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="6" fillId="5" borderId="8" xfId="0" applyFill="true" applyBorder="true" applyFont="true"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="8" xfId="0" applyFill="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="5" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="7" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true" applyNumberFormat="true">
       <alignment horizontal="right"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:GN48"/>
+  <dimension ref="A1:HC48"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="39.0625" customWidth="true"/>
     <col min="2" max="2" width="19.53125" customWidth="true"/>
     <col min="3" max="3" width="19.53125" customWidth="true"/>
     <col min="4" max="4" width="19.53125" customWidth="true"/>
     <col min="5" max="5" width="19.53125" customWidth="true"/>
     <col min="6" max="6" width="19.53125" customWidth="true"/>
     <col min="7" max="7" width="19.53125" customWidth="true"/>
     <col min="8" max="8" width="19.53125" customWidth="true"/>
     <col min="9" max="9" width="19.53125" customWidth="true"/>
     <col min="10" max="10" width="19.53125" customWidth="true"/>
     <col min="11" max="11" width="19.53125" customWidth="true"/>
     <col min="12" max="12" width="19.53125" customWidth="true"/>
     <col min="13" max="13" width="19.53125" customWidth="true"/>
     <col min="14" max="14" width="19.53125" customWidth="true"/>
     <col min="15" max="15" width="19.53125" customWidth="true"/>
     <col min="16" max="16" width="19.53125" customWidth="true"/>
     <col min="17" max="17" width="19.53125" customWidth="true"/>
     <col min="18" max="18" width="19.53125" customWidth="true"/>
     <col min="19" max="19" width="19.53125" customWidth="true"/>
     <col min="20" max="20" width="19.53125" customWidth="true"/>
@@ -446,73 +446,88 @@
     <col min="172" max="172" width="19.53125" customWidth="true"/>
     <col min="173" max="173" width="19.53125" customWidth="true"/>
     <col min="174" max="174" width="19.53125" customWidth="true"/>
     <col min="175" max="175" width="19.53125" customWidth="true"/>
     <col min="176" max="176" width="19.53125" customWidth="true"/>
     <col min="177" max="177" width="19.53125" customWidth="true"/>
     <col min="178" max="178" width="19.53125" customWidth="true"/>
     <col min="179" max="179" width="19.53125" customWidth="true"/>
     <col min="180" max="180" width="19.53125" customWidth="true"/>
     <col min="181" max="181" width="19.53125" customWidth="true"/>
     <col min="182" max="182" width="19.53125" customWidth="true"/>
     <col min="183" max="183" width="19.53125" customWidth="true"/>
     <col min="184" max="184" width="19.53125" customWidth="true"/>
     <col min="185" max="185" width="19.53125" customWidth="true"/>
     <col min="186" max="186" width="19.53125" customWidth="true"/>
     <col min="187" max="187" width="19.53125" customWidth="true"/>
     <col min="188" max="188" width="19.53125" customWidth="true"/>
     <col min="189" max="189" width="19.53125" customWidth="true"/>
     <col min="190" max="190" width="19.53125" customWidth="true"/>
     <col min="191" max="191" width="19.53125" customWidth="true"/>
     <col min="192" max="192" width="19.53125" customWidth="true"/>
     <col min="193" max="193" width="19.53125" customWidth="true"/>
     <col min="194" max="194" width="19.53125" customWidth="true"/>
     <col min="195" max="195" width="19.53125" customWidth="true"/>
     <col min="196" max="196" width="19.53125" customWidth="true"/>
+    <col min="197" max="197" width="19.53125" customWidth="true"/>
+    <col min="198" max="198" width="19.53125" customWidth="true"/>
+    <col min="199" max="199" width="19.53125" customWidth="true"/>
+    <col min="200" max="200" width="19.53125" customWidth="true"/>
+    <col min="201" max="201" width="19.53125" customWidth="true"/>
+    <col min="202" max="202" width="19.53125" customWidth="true"/>
+    <col min="203" max="203" width="19.53125" customWidth="true"/>
+    <col min="204" max="204" width="19.53125" customWidth="true"/>
+    <col min="205" max="205" width="19.53125" customWidth="true"/>
+    <col min="206" max="206" width="19.53125" customWidth="true"/>
+    <col min="207" max="207" width="19.53125" customWidth="true"/>
+    <col min="208" max="208" width="19.53125" customWidth="true"/>
+    <col min="209" max="209" width="19.53125" customWidth="true"/>
+    <col min="210" max="210" width="19.53125" customWidth="true"/>
+    <col min="211" max="211" width="19.53125" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
-          <t>Environment</t>
+          <t>Environmental Accounts and Statistics</t>
         </is>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
     </row>
     <row r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
-          <t>Urban waste</t>
+          <t>Waste Collection and Treatment Statistics</t>
         </is>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
     </row>
     <row r="3">
       <c r="A3" s="11" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="B3" s="11"/>
       <c r="C3" s="11"/>
       <c r="D3" s="11"/>
       <c r="E3" s="11"/>
       <c r="F3" s="11"/>
       <c r="G3" s="11"/>
@@ -599,2056 +614,2206 @@
       <c r="P7" s="6"/>
       <c r="Q7" s="6"/>
       <c r="R7" s="6"/>
       <c r="S7" s="6"/>
       <c r="T7" s="6"/>
       <c r="U7" s="6"/>
       <c r="V7" s="6"/>
       <c r="W7" s="6"/>
       <c r="X7" s="6"/>
       <c r="Y7" s="6"/>
       <c r="Z7" s="6"/>
       <c r="AA7" s="6"/>
       <c r="AB7" s="6"/>
       <c r="AC7" s="6"/>
       <c r="AD7" s="6"/>
       <c r="AE7" s="6"/>
       <c r="AF7" s="6"/>
       <c r="AG7" s="6"/>
       <c r="AH7" s="6"/>
       <c r="AI7" s="6"/>
       <c r="AJ7" s="6"/>
       <c r="AK7" s="6"/>
       <c r="AL7" s="6"/>
       <c r="AM7" s="6"/>
       <c r="AN7" s="6"/>
-      <c r="AO7" s="6" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="AO7" s="6"/>
       <c r="AP7" s="6"/>
       <c r="AQ7" s="6"/>
-      <c r="AR7" s="6"/>
+      <c r="AR7" s="6" t="inlineStr">
+        <is>
+          <t>Filling operations</t>
+        </is>
+      </c>
       <c r="AS7" s="6"/>
       <c r="AT7" s="6"/>
       <c r="AU7" s="6"/>
       <c r="AV7" s="6"/>
       <c r="AW7" s="6"/>
       <c r="AX7" s="6"/>
       <c r="AY7" s="6"/>
       <c r="AZ7" s="6"/>
       <c r="BA7" s="6"/>
       <c r="BB7" s="6"/>
       <c r="BC7" s="6"/>
       <c r="BD7" s="6"/>
       <c r="BE7" s="6"/>
       <c r="BF7" s="6"/>
       <c r="BG7" s="6"/>
       <c r="BH7" s="6"/>
       <c r="BI7" s="6"/>
       <c r="BJ7" s="6"/>
       <c r="BK7" s="6"/>
       <c r="BL7" s="6"/>
       <c r="BM7" s="6"/>
       <c r="BN7" s="6"/>
       <c r="BO7" s="6"/>
       <c r="BP7" s="6"/>
       <c r="BQ7" s="6"/>
       <c r="BR7" s="6"/>
       <c r="BS7" s="6"/>
       <c r="BT7" s="6"/>
       <c r="BU7" s="6"/>
       <c r="BV7" s="6"/>
       <c r="BW7" s="6"/>
       <c r="BX7" s="6"/>
       <c r="BY7" s="6"/>
       <c r="BZ7" s="6"/>
       <c r="CA7" s="6"/>
-      <c r="CB7" s="6" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="CB7" s="6"/>
       <c r="CC7" s="6"/>
       <c r="CD7" s="6"/>
       <c r="CE7" s="6"/>
       <c r="CF7" s="6"/>
       <c r="CG7" s="6"/>
-      <c r="CH7" s="6"/>
+      <c r="CH7" s="6" t="inlineStr">
+        <is>
+          <t>Dumping</t>
+        </is>
+      </c>
       <c r="CI7" s="6"/>
       <c r="CJ7" s="6"/>
       <c r="CK7" s="6"/>
       <c r="CL7" s="6"/>
       <c r="CM7" s="6"/>
       <c r="CN7" s="6"/>
       <c r="CO7" s="6"/>
       <c r="CP7" s="6"/>
       <c r="CQ7" s="6"/>
       <c r="CR7" s="6"/>
       <c r="CS7" s="6"/>
       <c r="CT7" s="6"/>
       <c r="CU7" s="6"/>
       <c r="CV7" s="6"/>
       <c r="CW7" s="6"/>
       <c r="CX7" s="6"/>
       <c r="CY7" s="6"/>
       <c r="CZ7" s="6"/>
       <c r="DA7" s="6"/>
       <c r="DB7" s="6"/>
       <c r="DC7" s="6"/>
       <c r="DD7" s="6"/>
       <c r="DE7" s="6"/>
       <c r="DF7" s="6"/>
       <c r="DG7" s="6"/>
       <c r="DH7" s="6"/>
       <c r="DI7" s="6"/>
       <c r="DJ7" s="6"/>
       <c r="DK7" s="6"/>
       <c r="DL7" s="6"/>
       <c r="DM7" s="6"/>
       <c r="DN7" s="6"/>
-      <c r="DO7" s="6" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="DO7" s="6"/>
       <c r="DP7" s="6"/>
       <c r="DQ7" s="6"/>
       <c r="DR7" s="6"/>
       <c r="DS7" s="6"/>
       <c r="DT7" s="6"/>
       <c r="DU7" s="6"/>
       <c r="DV7" s="6"/>
       <c r="DW7" s="6"/>
-      <c r="DX7" s="6"/>
+      <c r="DX7" s="6" t="inlineStr">
+        <is>
+          <t>Incineration</t>
+        </is>
+      </c>
       <c r="DY7" s="6"/>
       <c r="DZ7" s="6"/>
       <c r="EA7" s="6"/>
       <c r="EB7" s="6"/>
       <c r="EC7" s="6"/>
       <c r="ED7" s="6"/>
       <c r="EE7" s="6"/>
       <c r="EF7" s="6"/>
       <c r="EG7" s="6"/>
       <c r="EH7" s="6"/>
       <c r="EI7" s="6"/>
       <c r="EJ7" s="6"/>
       <c r="EK7" s="6"/>
       <c r="EL7" s="6"/>
       <c r="EM7" s="6"/>
       <c r="EN7" s="6"/>
       <c r="EO7" s="6"/>
       <c r="EP7" s="6"/>
       <c r="EQ7" s="6"/>
       <c r="ER7" s="6"/>
       <c r="ES7" s="6"/>
       <c r="ET7" s="6"/>
       <c r="EU7" s="6"/>
       <c r="EV7" s="6"/>
       <c r="EW7" s="6"/>
       <c r="EX7" s="6"/>
       <c r="EY7" s="6"/>
       <c r="EZ7" s="6"/>
       <c r="FA7" s="6"/>
-      <c r="FB7" s="6" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="FB7" s="6"/>
       <c r="FC7" s="6"/>
       <c r="FD7" s="6"/>
       <c r="FE7" s="6"/>
       <c r="FF7" s="6"/>
       <c r="FG7" s="6"/>
       <c r="FH7" s="6"/>
       <c r="FI7" s="6"/>
       <c r="FJ7" s="6"/>
       <c r="FK7" s="6"/>
       <c r="FL7" s="6"/>
       <c r="FM7" s="6"/>
-      <c r="FN7" s="6"/>
+      <c r="FN7" s="6" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
       <c r="FO7" s="6"/>
       <c r="FP7" s="6"/>
       <c r="FQ7" s="6"/>
       <c r="FR7" s="6"/>
       <c r="FS7" s="6"/>
       <c r="FT7" s="6"/>
       <c r="FU7" s="6"/>
       <c r="FV7" s="6"/>
       <c r="FW7" s="6"/>
       <c r="FX7" s="6"/>
       <c r="FY7" s="6"/>
       <c r="FZ7" s="6"/>
       <c r="GA7" s="6"/>
       <c r="GB7" s="6"/>
       <c r="GC7" s="6"/>
       <c r="GD7" s="6"/>
       <c r="GE7" s="6"/>
       <c r="GF7" s="6"/>
       <c r="GG7" s="6"/>
       <c r="GH7" s="6"/>
       <c r="GI7" s="6"/>
       <c r="GJ7" s="6"/>
       <c r="GK7" s="6"/>
       <c r="GL7" s="6"/>
       <c r="GM7" s="6"/>
       <c r="GN7" s="6"/>
+      <c r="GO7" s="6"/>
+      <c r="GP7" s="6"/>
+      <c r="GQ7" s="6"/>
+      <c r="GR7" s="6"/>
+      <c r="GS7" s="6"/>
+      <c r="GT7" s="6"/>
+      <c r="GU7" s="6"/>
+      <c r="GV7" s="6"/>
+      <c r="GW7" s="6"/>
+      <c r="GX7" s="6"/>
+      <c r="GY7" s="6"/>
+      <c r="GZ7" s="6"/>
+      <c r="HA7" s="6"/>
+      <c r="HB7" s="6"/>
+      <c r="HC7" s="6"/>
     </row>
     <row r="8">
       <c r="A8" s="12" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>NON-HAZARDOUS</t>
         </is>
       </c>
       <c r="C8" s="7"/>
       <c r="D8" s="7"/>
       <c r="E8" s="7"/>
       <c r="F8" s="7"/>
       <c r="G8" s="7"/>
       <c r="H8" s="7"/>
       <c r="I8" s="7"/>
       <c r="J8" s="7"/>
       <c r="K8" s="7"/>
       <c r="L8" s="7"/>
       <c r="M8" s="7"/>
       <c r="N8" s="7"/>
-      <c r="O8" s="7" t="inlineStr">
+      <c r="O8" s="7"/>
+      <c r="P8" s="7" t="inlineStr">
         <is>
           <t>HAZARDOUS</t>
         </is>
       </c>
-      <c r="P8" s="7"/>
       <c r="Q8" s="7"/>
       <c r="R8" s="7"/>
       <c r="S8" s="7"/>
       <c r="T8" s="7"/>
       <c r="U8" s="7"/>
       <c r="V8" s="7"/>
       <c r="W8" s="7"/>
       <c r="X8" s="7"/>
       <c r="Y8" s="7"/>
       <c r="Z8" s="7"/>
       <c r="AA8" s="7"/>
-      <c r="AB8" s="7" t="inlineStr">
+      <c r="AB8" s="7"/>
+      <c r="AC8" s="7"/>
+      <c r="AD8" s="7" t="inlineStr">
         <is>
           <t>GENERAL TOTAL</t>
         </is>
       </c>
-      <c r="AC8" s="7"/>
-      <c r="AD8" s="7"/>
       <c r="AE8" s="7"/>
       <c r="AF8" s="7"/>
       <c r="AG8" s="7"/>
       <c r="AH8" s="7"/>
       <c r="AI8" s="7"/>
       <c r="AJ8" s="7"/>
       <c r="AK8" s="7"/>
       <c r="AL8" s="7"/>
       <c r="AM8" s="7"/>
       <c r="AN8" s="7"/>
-      <c r="AO8" s="7" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="AO8" s="7"/>
       <c r="AP8" s="7"/>
       <c r="AQ8" s="7"/>
-      <c r="AR8" s="7"/>
+      <c r="AR8" s="7" t="inlineStr">
+        <is>
+          <t>NON-HAZARDOUS</t>
+        </is>
+      </c>
       <c r="AS8" s="7"/>
       <c r="AT8" s="7"/>
       <c r="AU8" s="7"/>
       <c r="AV8" s="7"/>
       <c r="AW8" s="7"/>
       <c r="AX8" s="7"/>
       <c r="AY8" s="7"/>
       <c r="AZ8" s="7"/>
       <c r="BA8" s="7"/>
-      <c r="BB8" s="7" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="BB8" s="7"/>
       <c r="BC8" s="7"/>
       <c r="BD8" s="7"/>
       <c r="BE8" s="7"/>
-      <c r="BF8" s="7"/>
+      <c r="BF8" s="7" t="inlineStr">
+        <is>
+          <t>HAZARDOUS</t>
+        </is>
+      </c>
       <c r="BG8" s="7"/>
       <c r="BH8" s="7"/>
       <c r="BI8" s="7"/>
       <c r="BJ8" s="7"/>
       <c r="BK8" s="7"/>
       <c r="BL8" s="7"/>
       <c r="BM8" s="7"/>
       <c r="BN8" s="7"/>
-      <c r="BO8" s="7" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="BO8" s="7"/>
       <c r="BP8" s="7"/>
       <c r="BQ8" s="7"/>
       <c r="BR8" s="7"/>
       <c r="BS8" s="7"/>
-      <c r="BT8" s="7"/>
+      <c r="BT8" s="7" t="inlineStr">
+        <is>
+          <t>GENERAL TOTAL</t>
+        </is>
+      </c>
       <c r="BU8" s="7"/>
       <c r="BV8" s="7"/>
       <c r="BW8" s="7"/>
       <c r="BX8" s="7"/>
       <c r="BY8" s="7"/>
       <c r="BZ8" s="7"/>
       <c r="CA8" s="7"/>
-      <c r="CB8" s="7" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="CB8" s="7"/>
       <c r="CC8" s="7"/>
       <c r="CD8" s="7"/>
       <c r="CE8" s="7"/>
       <c r="CF8" s="7"/>
       <c r="CG8" s="7"/>
-      <c r="CH8" s="7"/>
+      <c r="CH8" s="7" t="inlineStr">
+        <is>
+          <t>NON-HAZARDOUS</t>
+        </is>
+      </c>
       <c r="CI8" s="7"/>
       <c r="CJ8" s="7"/>
       <c r="CK8" s="7"/>
       <c r="CL8" s="7"/>
       <c r="CM8" s="7"/>
       <c r="CN8" s="7"/>
-      <c r="CO8" s="7" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="CO8" s="7"/>
       <c r="CP8" s="7"/>
       <c r="CQ8" s="7"/>
       <c r="CR8" s="7"/>
       <c r="CS8" s="7"/>
       <c r="CT8" s="7"/>
       <c r="CU8" s="7"/>
-      <c r="CV8" s="7"/>
+      <c r="CV8" s="7" t="inlineStr">
+        <is>
+          <t>HAZARDOUS</t>
+        </is>
+      </c>
       <c r="CW8" s="7"/>
       <c r="CX8" s="7"/>
       <c r="CY8" s="7"/>
       <c r="CZ8" s="7"/>
       <c r="DA8" s="7"/>
-      <c r="DB8" s="7" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="DB8" s="7"/>
       <c r="DC8" s="7"/>
       <c r="DD8" s="7"/>
       <c r="DE8" s="7"/>
       <c r="DF8" s="7"/>
       <c r="DG8" s="7"/>
       <c r="DH8" s="7"/>
       <c r="DI8" s="7"/>
-      <c r="DJ8" s="7"/>
+      <c r="DJ8" s="7" t="inlineStr">
+        <is>
+          <t>GENERAL TOTAL</t>
+        </is>
+      </c>
       <c r="DK8" s="7"/>
       <c r="DL8" s="7"/>
       <c r="DM8" s="7"/>
       <c r="DN8" s="7"/>
-      <c r="DO8" s="7" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="DO8" s="7"/>
       <c r="DP8" s="7"/>
       <c r="DQ8" s="7"/>
       <c r="DR8" s="7"/>
       <c r="DS8" s="7"/>
       <c r="DT8" s="7"/>
       <c r="DU8" s="7"/>
       <c r="DV8" s="7"/>
       <c r="DW8" s="7"/>
-      <c r="DX8" s="7"/>
+      <c r="DX8" s="7" t="inlineStr">
+        <is>
+          <t>NON-HAZARDOUS</t>
+        </is>
+      </c>
       <c r="DY8" s="7"/>
       <c r="DZ8" s="7"/>
       <c r="EA8" s="7"/>
-      <c r="EB8" s="7" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="EB8" s="7"/>
       <c r="EC8" s="7"/>
       <c r="ED8" s="7"/>
       <c r="EE8" s="7"/>
       <c r="EF8" s="7"/>
       <c r="EG8" s="7"/>
       <c r="EH8" s="7"/>
       <c r="EI8" s="7"/>
       <c r="EJ8" s="7"/>
       <c r="EK8" s="7"/>
-      <c r="EL8" s="7"/>
+      <c r="EL8" s="7" t="inlineStr">
+        <is>
+          <t>HAZARDOUS</t>
+        </is>
+      </c>
       <c r="EM8" s="7"/>
       <c r="EN8" s="7"/>
-      <c r="EO8" s="7" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="EO8" s="7"/>
       <c r="EP8" s="7"/>
       <c r="EQ8" s="7"/>
       <c r="ER8" s="7"/>
       <c r="ES8" s="7"/>
       <c r="ET8" s="7"/>
       <c r="EU8" s="7"/>
       <c r="EV8" s="7"/>
       <c r="EW8" s="7"/>
       <c r="EX8" s="7"/>
       <c r="EY8" s="7"/>
-      <c r="EZ8" s="7"/>
+      <c r="EZ8" s="7" t="inlineStr">
+        <is>
+          <t>GENERAL TOTAL</t>
+        </is>
+      </c>
       <c r="FA8" s="7"/>
-      <c r="FB8" s="7" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="FB8" s="7"/>
       <c r="FC8" s="7"/>
       <c r="FD8" s="7"/>
       <c r="FE8" s="7"/>
       <c r="FF8" s="7"/>
       <c r="FG8" s="7"/>
       <c r="FH8" s="7"/>
       <c r="FI8" s="7"/>
       <c r="FJ8" s="7"/>
       <c r="FK8" s="7"/>
       <c r="FL8" s="7"/>
       <c r="FM8" s="7"/>
-      <c r="FN8" s="7"/>
-[...4 lines deleted...]
-      </c>
+      <c r="FN8" s="7" t="inlineStr">
+        <is>
+          <t>NON-HAZARDOUS</t>
+        </is>
+      </c>
+      <c r="FO8" s="7"/>
       <c r="FP8" s="7"/>
       <c r="FQ8" s="7"/>
       <c r="FR8" s="7"/>
       <c r="FS8" s="7"/>
       <c r="FT8" s="7"/>
       <c r="FU8" s="7"/>
       <c r="FV8" s="7"/>
       <c r="FW8" s="7"/>
       <c r="FX8" s="7"/>
       <c r="FY8" s="7"/>
       <c r="FZ8" s="7"/>
       <c r="GA8" s="7"/>
       <c r="GB8" s="7" t="inlineStr">
         <is>
-          <t>GENERAL TOTAL</t>
+          <t>HAZARDOUS</t>
         </is>
       </c>
       <c r="GC8" s="7"/>
       <c r="GD8" s="7"/>
       <c r="GE8" s="7"/>
       <c r="GF8" s="7"/>
       <c r="GG8" s="7"/>
       <c r="GH8" s="7"/>
       <c r="GI8" s="7"/>
       <c r="GJ8" s="7"/>
       <c r="GK8" s="7"/>
       <c r="GL8" s="7"/>
       <c r="GM8" s="7"/>
       <c r="GN8" s="7"/>
+      <c r="GO8" s="7"/>
+      <c r="GP8" s="7" t="inlineStr">
+        <is>
+          <t>GENERAL TOTAL</t>
+        </is>
+      </c>
+      <c r="GQ8" s="7"/>
+      <c r="GR8" s="7"/>
+      <c r="GS8" s="7"/>
+      <c r="GT8" s="7"/>
+      <c r="GU8" s="7"/>
+      <c r="GV8" s="7"/>
+      <c r="GW8" s="7"/>
+      <c r="GX8" s="7"/>
+      <c r="GY8" s="7"/>
+      <c r="GZ8" s="7"/>
+      <c r="HA8" s="7"/>
+      <c r="HB8" s="7"/>
+      <c r="HC8" s="7"/>
     </row>
     <row r="9">
       <c r="A9" s="12" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="B9" s="8" t="inlineStr">
         <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="C9" s="8" t="inlineStr">
+        <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="C9" s="8" t="inlineStr">
+      <c r="D9" s="8" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="D9" s="8" t="inlineStr">
+      <c r="E9" s="8" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="E9" s="8" t="inlineStr">
+      <c r="F9" s="8" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="F9" s="8" t="inlineStr">
+      <c r="G9" s="8" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="G9" s="8" t="inlineStr">
+      <c r="H9" s="8" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="H9" s="8" t="inlineStr">
+      <c r="I9" s="8" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="I9" s="8" t="inlineStr">
+      <c r="J9" s="8" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
-      <c r="J9" s="8" t="inlineStr">
+      <c r="K9" s="8" t="inlineStr">
         <is>
           <t>2014</t>
         </is>
       </c>
-      <c r="K9" s="8" t="inlineStr">
+      <c r="L9" s="8" t="inlineStr">
         <is>
           <t>2013</t>
         </is>
       </c>
-      <c r="L9" s="8" t="inlineStr">
+      <c r="M9" s="8" t="inlineStr">
         <is>
           <t>2012</t>
         </is>
       </c>
-      <c r="M9" s="8" t="inlineStr">
+      <c r="N9" s="8" t="inlineStr">
         <is>
           <t>2011</t>
         </is>
       </c>
-      <c r="N9" s="8" t="inlineStr">
+      <c r="O9" s="8" t="inlineStr">
         <is>
           <t>2010</t>
         </is>
       </c>
-      <c r="O9" s="8" t="inlineStr">
+      <c r="P9" s="8" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="Q9" s="8" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="P9" s="8" t="inlineStr">
+      <c r="R9" s="8" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="Q9" s="8" t="inlineStr">
+      <c r="S9" s="8" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="R9" s="8" t="inlineStr">
+      <c r="T9" s="8" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="S9" s="8" t="inlineStr">
+      <c r="U9" s="8" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="T9" s="8" t="inlineStr">
+      <c r="V9" s="8" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="U9" s="8" t="inlineStr">
+      <c r="W9" s="8" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="V9" s="8" t="inlineStr">
+      <c r="X9" s="8" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
-      <c r="W9" s="8" t="inlineStr">
+      <c r="Y9" s="8" t="inlineStr">
         <is>
           <t>2014</t>
         </is>
       </c>
-      <c r="X9" s="8" t="inlineStr">
+      <c r="Z9" s="8" t="inlineStr">
         <is>
           <t>2013</t>
         </is>
       </c>
-      <c r="Y9" s="8" t="inlineStr">
+      <c r="AA9" s="8" t="inlineStr">
         <is>
           <t>2012</t>
         </is>
       </c>
-      <c r="Z9" s="8" t="inlineStr">
+      <c r="AB9" s="8" t="inlineStr">
         <is>
           <t>2011</t>
         </is>
       </c>
-      <c r="AA9" s="8" t="inlineStr">
+      <c r="AC9" s="8" t="inlineStr">
         <is>
           <t>2010</t>
         </is>
       </c>
-      <c r="AB9" s="8" t="inlineStr">
+      <c r="AD9" s="8" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="AE9" s="8" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="AC9" s="8" t="inlineStr">
+      <c r="AF9" s="8" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="AD9" s="8" t="inlineStr">
+      <c r="AG9" s="8" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="AE9" s="8" t="inlineStr">
+      <c r="AH9" s="8" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="AF9" s="8" t="inlineStr">
+      <c r="AI9" s="8" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="AG9" s="8" t="inlineStr">
+      <c r="AJ9" s="8" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="AH9" s="8" t="inlineStr">
+      <c r="AK9" s="8" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="AI9" s="8" t="inlineStr">
+      <c r="AL9" s="8" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
-      <c r="AJ9" s="8" t="inlineStr">
+      <c r="AM9" s="8" t="inlineStr">
         <is>
           <t>2014</t>
         </is>
       </c>
-      <c r="AK9" s="8" t="inlineStr">
+      <c r="AN9" s="8" t="inlineStr">
         <is>
           <t>2013</t>
         </is>
       </c>
-      <c r="AL9" s="8" t="inlineStr">
+      <c r="AO9" s="8" t="inlineStr">
         <is>
           <t>2012</t>
         </is>
       </c>
-      <c r="AM9" s="8" t="inlineStr">
+      <c r="AP9" s="8" t="inlineStr">
         <is>
           <t>2011</t>
         </is>
       </c>
-      <c r="AN9" s="8" t="inlineStr">
+      <c r="AQ9" s="8" t="inlineStr">
         <is>
           <t>2010</t>
         </is>
       </c>
-      <c r="AO9" s="8" t="inlineStr">
+      <c r="AR9" s="8" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="AS9" s="8" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="AP9" s="8" t="inlineStr">
+      <c r="AT9" s="8" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="AQ9" s="8" t="inlineStr">
+      <c r="AU9" s="8" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="AR9" s="8" t="inlineStr">
+      <c r="AV9" s="8" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="AS9" s="8" t="inlineStr">
+      <c r="AW9" s="8" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="AT9" s="8" t="inlineStr">
+      <c r="AX9" s="8" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="AU9" s="8" t="inlineStr">
+      <c r="AY9" s="8" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="AV9" s="8" t="inlineStr">
+      <c r="AZ9" s="8" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
-      <c r="AW9" s="8" t="inlineStr">
+      <c r="BA9" s="8" t="inlineStr">
         <is>
           <t>2014</t>
         </is>
       </c>
-      <c r="AX9" s="8" t="inlineStr">
+      <c r="BB9" s="8" t="inlineStr">
         <is>
           <t>2013</t>
         </is>
       </c>
-      <c r="AY9" s="8" t="inlineStr">
+      <c r="BC9" s="8" t="inlineStr">
         <is>
           <t>2012</t>
         </is>
       </c>
-      <c r="AZ9" s="8" t="inlineStr">
+      <c r="BD9" s="8" t="inlineStr">
         <is>
           <t>2011</t>
         </is>
       </c>
-      <c r="BA9" s="8" t="inlineStr">
+      <c r="BE9" s="8" t="inlineStr">
         <is>
           <t>2010</t>
         </is>
       </c>
-      <c r="BB9" s="8" t="inlineStr">
+      <c r="BF9" s="8" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="BG9" s="8" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="BC9" s="8" t="inlineStr">
+      <c r="BH9" s="8" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="BD9" s="8" t="inlineStr">
+      <c r="BI9" s="8" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="BE9" s="8" t="inlineStr">
+      <c r="BJ9" s="8" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="BF9" s="8" t="inlineStr">
+      <c r="BK9" s="8" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="BG9" s="8" t="inlineStr">
+      <c r="BL9" s="8" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="BH9" s="8" t="inlineStr">
+      <c r="BM9" s="8" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="BI9" s="8" t="inlineStr">
+      <c r="BN9" s="8" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
-      <c r="BJ9" s="8" t="inlineStr">
+      <c r="BO9" s="8" t="inlineStr">
         <is>
           <t>2014</t>
         </is>
       </c>
-      <c r="BK9" s="8" t="inlineStr">
+      <c r="BP9" s="8" t="inlineStr">
         <is>
           <t>2013</t>
         </is>
       </c>
-      <c r="BL9" s="8" t="inlineStr">
+      <c r="BQ9" s="8" t="inlineStr">
         <is>
           <t>2012</t>
         </is>
       </c>
-      <c r="BM9" s="8" t="inlineStr">
+      <c r="BR9" s="8" t="inlineStr">
         <is>
           <t>2011</t>
         </is>
       </c>
-      <c r="BN9" s="8" t="inlineStr">
+      <c r="BS9" s="8" t="inlineStr">
         <is>
           <t>2010</t>
         </is>
       </c>
-      <c r="BO9" s="8" t="inlineStr">
+      <c r="BT9" s="8" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="BU9" s="8" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="BP9" s="8" t="inlineStr">
+      <c r="BV9" s="8" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="BQ9" s="8" t="inlineStr">
+      <c r="BW9" s="8" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="BR9" s="8" t="inlineStr">
+      <c r="BX9" s="8" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="BS9" s="8" t="inlineStr">
+      <c r="BY9" s="8" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="BT9" s="8" t="inlineStr">
+      <c r="BZ9" s="8" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="BU9" s="8" t="inlineStr">
+      <c r="CA9" s="8" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="BV9" s="8" t="inlineStr">
+      <c r="CB9" s="8" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
-      <c r="BW9" s="8" t="inlineStr">
+      <c r="CC9" s="8" t="inlineStr">
         <is>
           <t>2014</t>
         </is>
       </c>
-      <c r="BX9" s="8" t="inlineStr">
+      <c r="CD9" s="8" t="inlineStr">
         <is>
           <t>2013</t>
         </is>
       </c>
-      <c r="BY9" s="8" t="inlineStr">
+      <c r="CE9" s="8" t="inlineStr">
         <is>
           <t>2012</t>
         </is>
       </c>
-      <c r="BZ9" s="8" t="inlineStr">
+      <c r="CF9" s="8" t="inlineStr">
         <is>
           <t>2011</t>
         </is>
       </c>
-      <c r="CA9" s="8" t="inlineStr">
+      <c r="CG9" s="8" t="inlineStr">
         <is>
           <t>2010</t>
         </is>
       </c>
-      <c r="CB9" s="8" t="inlineStr">
+      <c r="CH9" s="8" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="CI9" s="8" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="CC9" s="8" t="inlineStr">
+      <c r="CJ9" s="8" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="CD9" s="8" t="inlineStr">
+      <c r="CK9" s="8" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="CE9" s="8" t="inlineStr">
+      <c r="CL9" s="8" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="CF9" s="8" t="inlineStr">
+      <c r="CM9" s="8" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="CG9" s="8" t="inlineStr">
+      <c r="CN9" s="8" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="CH9" s="8" t="inlineStr">
+      <c r="CO9" s="8" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="CI9" s="8" t="inlineStr">
+      <c r="CP9" s="8" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
-      <c r="CJ9" s="8" t="inlineStr">
+      <c r="CQ9" s="8" t="inlineStr">
         <is>
           <t>2014</t>
         </is>
       </c>
-      <c r="CK9" s="8" t="inlineStr">
+      <c r="CR9" s="8" t="inlineStr">
         <is>
           <t>2013</t>
         </is>
       </c>
-      <c r="CL9" s="8" t="inlineStr">
+      <c r="CS9" s="8" t="inlineStr">
         <is>
           <t>2012</t>
         </is>
       </c>
-      <c r="CM9" s="8" t="inlineStr">
+      <c r="CT9" s="8" t="inlineStr">
         <is>
           <t>2011</t>
         </is>
       </c>
-      <c r="CN9" s="8" t="inlineStr">
+      <c r="CU9" s="8" t="inlineStr">
         <is>
           <t>2010</t>
         </is>
       </c>
-      <c r="CO9" s="8" t="inlineStr">
+      <c r="CV9" s="8" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="CW9" s="8" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="CP9" s="8" t="inlineStr">
+      <c r="CX9" s="8" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="CQ9" s="8" t="inlineStr">
+      <c r="CY9" s="8" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="CR9" s="8" t="inlineStr">
+      <c r="CZ9" s="8" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="CS9" s="8" t="inlineStr">
+      <c r="DA9" s="8" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="CT9" s="8" t="inlineStr">
+      <c r="DB9" s="8" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="CU9" s="8" t="inlineStr">
+      <c r="DC9" s="8" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="CV9" s="8" t="inlineStr">
+      <c r="DD9" s="8" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
-      <c r="CW9" s="8" t="inlineStr">
+      <c r="DE9" s="8" t="inlineStr">
         <is>
           <t>2014</t>
         </is>
       </c>
-      <c r="CX9" s="8" t="inlineStr">
+      <c r="DF9" s="8" t="inlineStr">
         <is>
           <t>2013</t>
         </is>
       </c>
-      <c r="CY9" s="8" t="inlineStr">
+      <c r="DG9" s="8" t="inlineStr">
         <is>
           <t>2012</t>
         </is>
       </c>
-      <c r="CZ9" s="8" t="inlineStr">
+      <c r="DH9" s="8" t="inlineStr">
         <is>
           <t>2011</t>
         </is>
       </c>
-      <c r="DA9" s="8" t="inlineStr">
+      <c r="DI9" s="8" t="inlineStr">
         <is>
           <t>2010</t>
         </is>
       </c>
-      <c r="DB9" s="8" t="inlineStr">
+      <c r="DJ9" s="8" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="DK9" s="8" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="DC9" s="8" t="inlineStr">
+      <c r="DL9" s="8" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="DD9" s="8" t="inlineStr">
+      <c r="DM9" s="8" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="DE9" s="8" t="inlineStr">
+      <c r="DN9" s="8" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="DF9" s="8" t="inlineStr">
+      <c r="DO9" s="8" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="DG9" s="8" t="inlineStr">
+      <c r="DP9" s="8" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="DH9" s="8" t="inlineStr">
+      <c r="DQ9" s="8" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="DI9" s="8" t="inlineStr">
+      <c r="DR9" s="8" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
-      <c r="DJ9" s="8" t="inlineStr">
+      <c r="DS9" s="8" t="inlineStr">
         <is>
           <t>2014</t>
         </is>
       </c>
-      <c r="DK9" s="8" t="inlineStr">
+      <c r="DT9" s="8" t="inlineStr">
         <is>
           <t>2013</t>
         </is>
       </c>
-      <c r="DL9" s="8" t="inlineStr">
+      <c r="DU9" s="8" t="inlineStr">
         <is>
           <t>2012</t>
         </is>
       </c>
-      <c r="DM9" s="8" t="inlineStr">
+      <c r="DV9" s="8" t="inlineStr">
         <is>
           <t>2011</t>
         </is>
       </c>
-      <c r="DN9" s="8" t="inlineStr">
+      <c r="DW9" s="8" t="inlineStr">
         <is>
           <t>2010</t>
         </is>
       </c>
-      <c r="DO9" s="8" t="inlineStr">
+      <c r="DX9" s="8" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="DY9" s="8" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="DP9" s="8" t="inlineStr">
+      <c r="DZ9" s="8" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="DQ9" s="8" t="inlineStr">
+      <c r="EA9" s="8" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="DR9" s="8" t="inlineStr">
+      <c r="EB9" s="8" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="DS9" s="8" t="inlineStr">
+      <c r="EC9" s="8" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="DT9" s="8" t="inlineStr">
+      <c r="ED9" s="8" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="DU9" s="8" t="inlineStr">
+      <c r="EE9" s="8" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="DV9" s="8" t="inlineStr">
+      <c r="EF9" s="8" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
-      <c r="DW9" s="8" t="inlineStr">
+      <c r="EG9" s="8" t="inlineStr">
         <is>
           <t>2014</t>
         </is>
       </c>
-      <c r="DX9" s="8" t="inlineStr">
+      <c r="EH9" s="8" t="inlineStr">
         <is>
           <t>2013</t>
         </is>
       </c>
-      <c r="DY9" s="8" t="inlineStr">
+      <c r="EI9" s="8" t="inlineStr">
         <is>
           <t>2012</t>
         </is>
       </c>
-      <c r="DZ9" s="8" t="inlineStr">
+      <c r="EJ9" s="8" t="inlineStr">
         <is>
           <t>2011</t>
         </is>
       </c>
-      <c r="EA9" s="8" t="inlineStr">
+      <c r="EK9" s="8" t="inlineStr">
         <is>
           <t>2010</t>
         </is>
       </c>
-      <c r="EB9" s="8" t="inlineStr">
+      <c r="EL9" s="8" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="EM9" s="8" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="EC9" s="8" t="inlineStr">
+      <c r="EN9" s="8" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="ED9" s="8" t="inlineStr">
+      <c r="EO9" s="8" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="EE9" s="8" t="inlineStr">
+      <c r="EP9" s="8" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="EF9" s="8" t="inlineStr">
+      <c r="EQ9" s="8" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="EG9" s="8" t="inlineStr">
+      <c r="ER9" s="8" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="EH9" s="8" t="inlineStr">
+      <c r="ES9" s="8" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="EI9" s="8" t="inlineStr">
+      <c r="ET9" s="8" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
-      <c r="EJ9" s="8" t="inlineStr">
+      <c r="EU9" s="8" t="inlineStr">
         <is>
           <t>2014</t>
         </is>
       </c>
-      <c r="EK9" s="8" t="inlineStr">
+      <c r="EV9" s="8" t="inlineStr">
         <is>
           <t>2013</t>
         </is>
       </c>
-      <c r="EL9" s="8" t="inlineStr">
+      <c r="EW9" s="8" t="inlineStr">
         <is>
           <t>2012</t>
         </is>
       </c>
-      <c r="EM9" s="8" t="inlineStr">
+      <c r="EX9" s="8" t="inlineStr">
         <is>
           <t>2011</t>
         </is>
       </c>
-      <c r="EN9" s="8" t="inlineStr">
+      <c r="EY9" s="8" t="inlineStr">
         <is>
           <t>2010</t>
         </is>
       </c>
-      <c r="EO9" s="8" t="inlineStr">
+      <c r="EZ9" s="8" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="FA9" s="8" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="EP9" s="8" t="inlineStr">
+      <c r="FB9" s="8" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="EQ9" s="8" t="inlineStr">
+      <c r="FC9" s="8" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="ER9" s="8" t="inlineStr">
+      <c r="FD9" s="8" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="ES9" s="8" t="inlineStr">
+      <c r="FE9" s="8" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="ET9" s="8" t="inlineStr">
+      <c r="FF9" s="8" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="EU9" s="8" t="inlineStr">
+      <c r="FG9" s="8" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="EV9" s="8" t="inlineStr">
+      <c r="FH9" s="8" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
-      <c r="EW9" s="8" t="inlineStr">
+      <c r="FI9" s="8" t="inlineStr">
         <is>
           <t>2014</t>
         </is>
       </c>
-      <c r="EX9" s="8" t="inlineStr">
+      <c r="FJ9" s="8" t="inlineStr">
         <is>
           <t>2013</t>
         </is>
       </c>
-      <c r="EY9" s="8" t="inlineStr">
+      <c r="FK9" s="8" t="inlineStr">
         <is>
           <t>2012</t>
         </is>
       </c>
-      <c r="EZ9" s="8" t="inlineStr">
+      <c r="FL9" s="8" t="inlineStr">
         <is>
           <t>2011</t>
         </is>
       </c>
-      <c r="FA9" s="8" t="inlineStr">
+      <c r="FM9" s="8" t="inlineStr">
         <is>
           <t>2010</t>
         </is>
       </c>
-      <c r="FB9" s="8" t="inlineStr">
+      <c r="FN9" s="8" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="FO9" s="8" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="FC9" s="8" t="inlineStr">
+      <c r="FP9" s="8" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="FD9" s="8" t="inlineStr">
+      <c r="FQ9" s="8" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="FE9" s="8" t="inlineStr">
+      <c r="FR9" s="8" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="FF9" s="8" t="inlineStr">
+      <c r="FS9" s="8" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="FG9" s="8" t="inlineStr">
+      <c r="FT9" s="8" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="FH9" s="8" t="inlineStr">
+      <c r="FU9" s="8" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="FI9" s="8" t="inlineStr">
+      <c r="FV9" s="8" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
-      <c r="FJ9" s="8" t="inlineStr">
+      <c r="FW9" s="8" t="inlineStr">
         <is>
           <t>2014</t>
         </is>
       </c>
-      <c r="FK9" s="8" t="inlineStr">
+      <c r="FX9" s="8" t="inlineStr">
         <is>
           <t>2013</t>
         </is>
       </c>
-      <c r="FL9" s="8" t="inlineStr">
+      <c r="FY9" s="8" t="inlineStr">
         <is>
           <t>2012</t>
         </is>
       </c>
-      <c r="FM9" s="8" t="inlineStr">
+      <c r="FZ9" s="8" t="inlineStr">
         <is>
           <t>2011</t>
         </is>
       </c>
-      <c r="FN9" s="8" t="inlineStr">
+      <c r="GA9" s="8" t="inlineStr">
         <is>
           <t>2010</t>
         </is>
       </c>
-      <c r="FO9" s="8" t="inlineStr">
+      <c r="GB9" s="8" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="GC9" s="8" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="FP9" s="8" t="inlineStr">
+      <c r="GD9" s="8" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="FQ9" s="8" t="inlineStr">
+      <c r="GE9" s="8" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="FR9" s="8" t="inlineStr">
+      <c r="GF9" s="8" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="FS9" s="8" t="inlineStr">
+      <c r="GG9" s="8" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="FT9" s="8" t="inlineStr">
+      <c r="GH9" s="8" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="FU9" s="8" t="inlineStr">
+      <c r="GI9" s="8" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="FV9" s="8" t="inlineStr">
+      <c r="GJ9" s="8" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
-      <c r="FW9" s="8" t="inlineStr">
+      <c r="GK9" s="8" t="inlineStr">
         <is>
           <t>2014</t>
         </is>
       </c>
-      <c r="FX9" s="8" t="inlineStr">
+      <c r="GL9" s="8" t="inlineStr">
         <is>
           <t>2013</t>
         </is>
       </c>
-      <c r="FY9" s="8" t="inlineStr">
+      <c r="GM9" s="8" t="inlineStr">
         <is>
           <t>2012</t>
         </is>
       </c>
-      <c r="FZ9" s="8" t="inlineStr">
+      <c r="GN9" s="8" t="inlineStr">
         <is>
           <t>2011</t>
         </is>
       </c>
-      <c r="GA9" s="8" t="inlineStr">
+      <c r="GO9" s="8" t="inlineStr">
         <is>
           <t>2010</t>
         </is>
       </c>
-      <c r="GB9" s="8" t="inlineStr">
+      <c r="GP9" s="8" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="GQ9" s="8" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="GC9" s="8" t="inlineStr">
+      <c r="GR9" s="8" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="GD9" s="8" t="inlineStr">
+      <c r="GS9" s="8" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="GE9" s="8" t="inlineStr">
+      <c r="GT9" s="8" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="GF9" s="8" t="inlineStr">
+      <c r="GU9" s="8" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="GG9" s="8" t="inlineStr">
+      <c r="GV9" s="8" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="GH9" s="8" t="inlineStr">
+      <c r="GW9" s="8" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="GI9" s="8" t="inlineStr">
+      <c r="GX9" s="8" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
-      <c r="GJ9" s="8" t="inlineStr">
+      <c r="GY9" s="8" t="inlineStr">
         <is>
           <t>2014</t>
         </is>
       </c>
-      <c r="GK9" s="8" t="inlineStr">
+      <c r="GZ9" s="8" t="inlineStr">
         <is>
           <t>2013</t>
         </is>
       </c>
-      <c r="GL9" s="8" t="inlineStr">
+      <c r="HA9" s="8" t="inlineStr">
         <is>
           <t>2012</t>
         </is>
       </c>
-      <c r="GM9" s="8" t="inlineStr">
+      <c r="HB9" s="8" t="inlineStr">
         <is>
           <t>2011</t>
         </is>
       </c>
-      <c r="GN9" s="8" t="inlineStr">
+      <c r="HC9" s="8" t="inlineStr">
         <is>
           <t>2010</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="6" t="inlineStr">
         <is>
           <t>TOTAL</t>
         </is>
       </c>
       <c r="B10" s="14" t="n">
-        <v>4.7283443E7</v>
+        <v>4.8153813E7</v>
       </c>
       <c r="C10" s="14" t="n">
-        <v>4.7658624E7</v>
+        <v>4.7259201E7</v>
       </c>
       <c r="D10" s="14" t="n">
-        <v>4.5728664E7</v>
+        <v>4.7658415E7</v>
       </c>
       <c r="E10" s="14" t="n">
-        <v>4.7572837E7</v>
+        <v>4.5728665E7</v>
       </c>
       <c r="F10" s="14" t="n">
-        <v>4.5615089E7</v>
+        <v>4.7572834E7</v>
       </c>
       <c r="G10" s="14" t="n">
-        <v>4.3334676E7</v>
+        <v>4.5615088E7</v>
       </c>
       <c r="H10" s="14" t="n">
-        <v>3.8011186E7</v>
+        <v>4.3334675E7</v>
       </c>
       <c r="I10" s="14" t="n">
-        <v>3.9737089E7</v>
+        <v>3.8011185E7</v>
       </c>
       <c r="J10" s="14" t="n">
+        <v>3.9737087E7</v>
+      </c>
+      <c r="K10" s="14" t="n">
         <v>3.5639168E7</v>
       </c>
-      <c r="K10" s="14" t="n">
+      <c r="L10" s="14" t="n">
         <v>3.4717148E7</v>
       </c>
-      <c r="L10" s="14" t="n">
+      <c r="M10" s="14" t="n">
         <v>4.7132479E7</v>
       </c>
-      <c r="M10" s="14" t="n">
+      <c r="N10" s="14" t="n">
         <v>5.1518017E7</v>
       </c>
-      <c r="N10" s="14" t="n">
+      <c r="O10" s="14" t="n">
         <v>7.2956845E7</v>
       </c>
-      <c r="O10" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="P10" s="14" t="n">
-        <v>1687063.0</v>
+        <v>1705363.0</v>
       </c>
       <c r="Q10" s="14" t="n">
-        <v>1560109.0</v>
+        <v>1658270.0</v>
       </c>
       <c r="R10" s="14" t="n">
+        <v>1687062.0</v>
+      </c>
+      <c r="S10" s="14" t="n">
+        <v>1560107.0</v>
+      </c>
+      <c r="T10" s="14" t="n">
         <v>1536936.0</v>
       </c>
-      <c r="S10" s="14" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="U10" s="14" t="n">
-        <v>1570262.0</v>
+        <v>1629967.0</v>
       </c>
       <c r="V10" s="14" t="n">
-        <v>1542793.0</v>
+        <v>1587166.0</v>
       </c>
       <c r="W10" s="14" t="n">
+        <v>1570259.0</v>
+      </c>
+      <c r="X10" s="14" t="n">
+        <v>1542790.0</v>
+      </c>
+      <c r="Y10" s="14" t="n">
         <v>1658969.0</v>
       </c>
-      <c r="X10" s="14" t="n">
+      <c r="Z10" s="14" t="n">
         <v>1756252.0</v>
       </c>
-      <c r="Y10" s="14" t="n">
+      <c r="AA10" s="14" t="n">
         <v>1612927.0</v>
       </c>
-      <c r="Z10" s="14" t="n">
+      <c r="AB10" s="14" t="n">
         <v>1563607.0</v>
       </c>
-      <c r="AA10" s="14" t="n">
+      <c r="AC10" s="14" t="n">
         <v>1618549.0</v>
       </c>
-      <c r="AB10" s="14" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="AD10" s="14" t="n">
-        <v>4.7288773E7</v>
+        <v>4.9859175E7</v>
       </c>
       <c r="AE10" s="14" t="n">
-        <v>4.9109773E7</v>
+        <v>4.8917472E7</v>
       </c>
       <c r="AF10" s="14" t="n">
-        <v>4.7245057E7</v>
+        <v>4.9345477E7</v>
       </c>
       <c r="AG10" s="14" t="n">
-        <v>4.4921844E7</v>
+        <v>4.7288772E7</v>
       </c>
       <c r="AH10" s="14" t="n">
-        <v>3.9581448E7</v>
+        <v>4.910977E7</v>
       </c>
       <c r="AI10" s="14" t="n">
-        <v>4.1279882E7</v>
+        <v>4.7245055E7</v>
       </c>
       <c r="AJ10" s="14" t="n">
+        <v>4.4921841E7</v>
+      </c>
+      <c r="AK10" s="14" t="n">
+        <v>3.9581444E7</v>
+      </c>
+      <c r="AL10" s="14" t="n">
+        <v>4.1279877E7</v>
+      </c>
+      <c r="AM10" s="14" t="n">
         <v>3.7298137E7</v>
       </c>
-      <c r="AK10" s="14" t="n">
+      <c r="AN10" s="14" t="n">
         <v>3.64734E7</v>
       </c>
-      <c r="AL10" s="14" t="n">
-[...2 lines deleted...]
-      <c r="AM10" s="14" t="n">
+      <c r="AO10" s="14" t="n">
+        <v>4.8745406E7</v>
+      </c>
+      <c r="AP10" s="14" t="n">
         <v>5.3081624E7</v>
       </c>
-      <c r="AN10" s="14" t="n">
+      <c r="AQ10" s="14" t="n">
         <v>7.4575394E7</v>
       </c>
-      <c r="AO10" s="14" t="n">
-[...5 lines deleted...]
-      <c r="AQ10" s="14" t="n">
+      <c r="AR10" s="14" t="n">
+        <v>1.3008947E7</v>
+      </c>
+      <c r="AS10" s="14" t="n">
+        <v>6489260.0</v>
+      </c>
+      <c r="AT10" s="14" t="n">
+        <v>4777468.0</v>
+      </c>
+      <c r="AU10" s="14" t="n">
         <v>4438533.0</v>
       </c>
-      <c r="AR10" s="14" t="n">
+      <c r="AV10" s="14" t="n">
         <v>1.4546988E7</v>
       </c>
-      <c r="AS10" s="14" t="n">
+      <c r="AW10" s="14" t="n">
         <v>1.218038E7</v>
       </c>
-      <c r="AT10" s="14" t="n">
+      <c r="AX10" s="14" t="n">
         <v>4270531.0</v>
       </c>
-      <c r="AU10" s="14" t="n">
+      <c r="AY10" s="14" t="n">
         <v>6040616.0</v>
       </c>
-      <c r="AV10" s="14" t="n">
-[...2 lines deleted...]
-      <c r="AW10" s="14" t="n">
+      <c r="AZ10" s="14" t="n">
+        <v>9269248.0</v>
+      </c>
+      <c r="BA10" s="14" t="n">
         <v>1.3021319E7</v>
       </c>
-      <c r="AX10" s="14" t="n">
+      <c r="BB10" s="14" t="n">
         <v>1.1035609E7</v>
       </c>
-      <c r="AY10" s="14" t="n">
+      <c r="BC10" s="14" t="n">
         <v>8193793.0</v>
       </c>
-      <c r="AZ10" s="14" t="n">
+      <c r="BD10" s="14" t="n">
         <v>6665117.0</v>
       </c>
-      <c r="BA10" s="14" t="n">
+      <c r="BE10" s="14" t="n">
         <v>5713515.0</v>
       </c>
-      <c r="BB10" s="14" t="n">
-[...10 lines deleted...]
-      </c>
       <c r="BF10" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BG10" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BH10" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BI10" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BJ10" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BK10" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BL10" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BM10" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BN10" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BO10" s="14" t="n">
-        <v>6489261.0</v>
+        <v>0.0</v>
       </c>
       <c r="BP10" s="14" t="n">
-        <v>4777467.0</v>
+        <v>0.0</v>
       </c>
       <c r="BQ10" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BR10" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BS10" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BT10" s="14" t="n">
+        <v>1.3008947E7</v>
+      </c>
+      <c r="BU10" s="14" t="n">
+        <v>6489260.0</v>
+      </c>
+      <c r="BV10" s="14" t="n">
+        <v>4777468.0</v>
+      </c>
+      <c r="BW10" s="14" t="n">
         <v>4438533.0</v>
       </c>
-      <c r="BR10" s="14" t="n">
+      <c r="BX10" s="14" t="n">
         <v>1.4546988E7</v>
       </c>
-      <c r="BS10" s="14" t="n">
+      <c r="BY10" s="14" t="n">
         <v>1.218038E7</v>
       </c>
-      <c r="BT10" s="14" t="n">
+      <c r="BZ10" s="14" t="n">
         <v>4270531.0</v>
       </c>
-      <c r="BU10" s="14" t="n">
+      <c r="CA10" s="14" t="n">
         <v>6040616.0</v>
       </c>
-      <c r="BV10" s="14" t="n">
-[...2 lines deleted...]
-      <c r="BW10" s="14" t="n">
+      <c r="CB10" s="14" t="n">
+        <v>9269248.0</v>
+      </c>
+      <c r="CC10" s="14" t="n">
         <v>1.3021319E7</v>
       </c>
-      <c r="BX10" s="14" t="n">
+      <c r="CD10" s="14" t="n">
         <v>1.1035609E7</v>
       </c>
-      <c r="BY10" s="14" t="n">
+      <c r="CE10" s="14" t="n">
         <v>8193793.0</v>
       </c>
-      <c r="BZ10" s="14" t="n">
+      <c r="CF10" s="14" t="n">
         <v>6665117.0</v>
       </c>
-      <c r="CA10" s="14" t="n">
+      <c r="CG10" s="14" t="n">
         <v>5713515.0</v>
       </c>
-      <c r="CB10" s="14" t="n">
-[...2 lines deleted...]
-      <c r="CC10" s="14" t="n">
+      <c r="CH10" s="14" t="n">
+        <v>2.6363316E7</v>
+      </c>
+      <c r="CI10" s="14" t="n">
+        <v>3.0378136E7</v>
+      </c>
+      <c r="CJ10" s="14" t="n">
         <v>4.051825E7</v>
       </c>
-      <c r="CD10" s="14" t="n">
-[...8 lines deleted...]
-      <c r="CG10" s="14" t="n">
+      <c r="CK10" s="14" t="n">
+        <v>3.066457E7</v>
+      </c>
+      <c r="CL10" s="14" t="n">
+        <v>4.7789917E7</v>
+      </c>
+      <c r="CM10" s="14" t="n">
+        <v>5.8291441E7</v>
+      </c>
+      <c r="CN10" s="14" t="n">
         <v>6.1668553E7</v>
       </c>
-      <c r="CH10" s="14" t="n">
+      <c r="CO10" s="14" t="n">
         <v>5.6851524E7</v>
       </c>
-      <c r="CI10" s="14" t="n">
+      <c r="CP10" s="14" t="n">
         <v>5.3004306E7</v>
       </c>
-      <c r="CJ10" s="14" t="n">
+      <c r="CQ10" s="14" t="n">
         <v>4.9009447E7</v>
       </c>
-      <c r="CK10" s="14" t="n">
+      <c r="CR10" s="14" t="n">
         <v>4.5712122E7</v>
       </c>
-      <c r="CL10" s="14" t="n">
+      <c r="CS10" s="14" t="n">
         <v>4.761564E7</v>
       </c>
-      <c r="CM10" s="14" t="n">
+      <c r="CT10" s="14" t="n">
         <v>4.8630073E7</v>
       </c>
-      <c r="CN10" s="14" t="n">
+      <c r="CU10" s="14" t="n">
         <v>4.856275E7</v>
       </c>
-      <c r="CO10" s="14" t="n">
-[...17 lines deleted...]
-      <c r="CU10" s="14" t="n">
+      <c r="CV10" s="14" t="n">
+        <v>564176.0</v>
+      </c>
+      <c r="CW10" s="14" t="n">
+        <v>614467.0</v>
+      </c>
+      <c r="CX10" s="14" t="n">
+        <v>515696.0</v>
+      </c>
+      <c r="CY10" s="14" t="n">
+        <v>491281.0</v>
+      </c>
+      <c r="CZ10" s="14" t="n">
+        <v>501553.0</v>
+      </c>
+      <c r="DA10" s="14" t="n">
+        <v>519996.0</v>
+      </c>
+      <c r="DB10" s="14" t="n">
+        <v>558139.0</v>
+      </c>
+      <c r="DC10" s="14" t="n">
         <v>399027.0</v>
       </c>
-      <c r="CV10" s="14" t="n">
-[...2 lines deleted...]
-      <c r="CW10" s="14" t="n">
+      <c r="DD10" s="14" t="n">
+        <v>567088.0</v>
+      </c>
+      <c r="DE10" s="14" t="n">
         <v>524826.0</v>
       </c>
-      <c r="CX10" s="14" t="n">
+      <c r="DF10" s="14" t="n">
         <v>511999.0</v>
       </c>
-      <c r="CY10" s="14" t="n">
+      <c r="DG10" s="14" t="n">
         <v>643688.0</v>
       </c>
-      <c r="CZ10" s="14" t="n">
+      <c r="DH10" s="14" t="n">
         <v>1013195.0</v>
       </c>
-      <c r="DA10" s="14" t="n">
+      <c r="DI10" s="14" t="n">
         <v>901543.0</v>
       </c>
-      <c r="DB10" s="14" t="n">
-[...17 lines deleted...]
-      <c r="DH10" s="14" t="n">
+      <c r="DJ10" s="14" t="n">
+        <v>2.6927492E7</v>
+      </c>
+      <c r="DK10" s="14" t="n">
+        <v>3.0992603E7</v>
+      </c>
+      <c r="DL10" s="14" t="n">
+        <v>4.1033946E7</v>
+      </c>
+      <c r="DM10" s="14" t="n">
+        <v>3.115585E7</v>
+      </c>
+      <c r="DN10" s="14" t="n">
+        <v>4.8291469E7</v>
+      </c>
+      <c r="DO10" s="14" t="n">
+        <v>5.8811437E7</v>
+      </c>
+      <c r="DP10" s="14" t="n">
+        <v>6.2226692E7</v>
+      </c>
+      <c r="DQ10" s="14" t="n">
         <v>5.7250551E7</v>
       </c>
-      <c r="DI10" s="14" t="n">
-[...2 lines deleted...]
-      <c r="DJ10" s="14" t="n">
+      <c r="DR10" s="14" t="n">
+        <v>5.3571394E7</v>
+      </c>
+      <c r="DS10" s="14" t="n">
         <v>4.9534273E7</v>
       </c>
-      <c r="DK10" s="14" t="n">
+      <c r="DT10" s="14" t="n">
         <v>4.6224121E7</v>
       </c>
-      <c r="DL10" s="14" t="n">
+      <c r="DU10" s="14" t="n">
         <v>4.8259328E7</v>
       </c>
-      <c r="DM10" s="14" t="n">
+      <c r="DV10" s="14" t="n">
         <v>4.9643268E7</v>
       </c>
-      <c r="DN10" s="14" t="n">
+      <c r="DW10" s="14" t="n">
         <v>4.9464293E7</v>
       </c>
-      <c r="DO10" s="14" t="n">
-[...5 lines deleted...]
-      <c r="DQ10" s="14" t="n">
+      <c r="DX10" s="14" t="n">
+        <v>2538020.0</v>
+      </c>
+      <c r="DY10" s="14" t="n">
+        <v>2859937.0</v>
+      </c>
+      <c r="DZ10" s="14" t="n">
+        <v>3619766.0</v>
+      </c>
+      <c r="EA10" s="14" t="n">
         <v>3412747.0</v>
       </c>
-      <c r="DR10" s="14" t="n">
-[...2 lines deleted...]
-      <c r="DS10" s="14" t="n">
+      <c r="EB10" s="14" t="n">
+        <v>3766974.0</v>
+      </c>
+      <c r="EC10" s="14" t="n">
         <v>3560870.0</v>
       </c>
-      <c r="DT10" s="14" t="n">
+      <c r="ED10" s="14" t="n">
         <v>3930714.0</v>
       </c>
-      <c r="DU10" s="14" t="n">
-[...5 lines deleted...]
-      <c r="DW10" s="14" t="n">
+      <c r="EE10" s="14" t="n">
+        <v>3693472.0</v>
+      </c>
+      <c r="EF10" s="14" t="n">
+        <v>3488100.0</v>
+      </c>
+      <c r="EG10" s="14" t="n">
         <v>3405869.0</v>
       </c>
-      <c r="DX10" s="14" t="n">
+      <c r="EH10" s="14" t="n">
         <v>3426600.0</v>
       </c>
-      <c r="DY10" s="14" t="n">
+      <c r="EI10" s="14" t="n">
         <v>3112542.0</v>
       </c>
-      <c r="DZ10" s="14" t="n">
+      <c r="EJ10" s="14" t="n">
         <v>3253112.0</v>
       </c>
-      <c r="EA10" s="14" t="n">
+      <c r="EK10" s="14" t="n">
         <v>2711236.0</v>
       </c>
-      <c r="EB10" s="14" t="n">
+      <c r="EL10" s="14" t="n">
+        <v>131599.0</v>
+      </c>
+      <c r="EM10" s="14" t="n">
         <v>164092.0</v>
       </c>
-      <c r="EC10" s="14" t="n">
+      <c r="EN10" s="14" t="n">
         <v>189022.0</v>
       </c>
-      <c r="ED10" s="14" t="n">
-[...5 lines deleted...]
-      <c r="EF10" s="14" t="n">
+      <c r="EO10" s="14" t="n">
+        <v>134583.0</v>
+      </c>
+      <c r="EP10" s="14" t="n">
+        <v>164610.0</v>
+      </c>
+      <c r="EQ10" s="14" t="n">
         <v>159808.0</v>
       </c>
-      <c r="EG10" s="14" t="n">
-[...8 lines deleted...]
-      <c r="EJ10" s="14" t="n">
+      <c r="ER10" s="14" t="n">
+        <v>136514.0</v>
+      </c>
+      <c r="ES10" s="14" t="n">
+        <v>149172.0</v>
+      </c>
+      <c r="ET10" s="14" t="n">
+        <v>167219.0</v>
+      </c>
+      <c r="EU10" s="14" t="n">
         <v>137741.0</v>
       </c>
-      <c r="EK10" s="14" t="n">
+      <c r="EV10" s="14" t="n">
         <v>142740.0</v>
       </c>
-      <c r="EL10" s="14" t="n">
+      <c r="EW10" s="14" t="n">
         <v>163968.0</v>
       </c>
-      <c r="EM10" s="14" t="n">
+      <c r="EX10" s="14" t="n">
         <v>145583.0</v>
       </c>
-      <c r="EN10" s="14" t="n">
+      <c r="EY10" s="14" t="n">
         <v>223544.0</v>
       </c>
-      <c r="EO10" s="14" t="n">
-[...17 lines deleted...]
-      <c r="EU10" s="14" t="n">
+      <c r="EZ10" s="14" t="n">
+        <v>2669619.0</v>
+      </c>
+      <c r="FA10" s="14" t="n">
+        <v>3024028.0</v>
+      </c>
+      <c r="FB10" s="14" t="n">
+        <v>3808788.0</v>
+      </c>
+      <c r="FC10" s="14" t="n">
+        <v>3547330.0</v>
+      </c>
+      <c r="FD10" s="14" t="n">
+        <v>3931584.0</v>
+      </c>
+      <c r="FE10" s="14" t="n">
+        <v>3720677.0</v>
+      </c>
+      <c r="FF10" s="14" t="n">
+        <v>4067228.0</v>
+      </c>
+      <c r="FG10" s="14" t="n">
         <v>3842644.0</v>
       </c>
-      <c r="EV10" s="14" t="n">
+      <c r="FH10" s="14" t="n">
         <v>3655319.0</v>
       </c>
-      <c r="EW10" s="14" t="n">
+      <c r="FI10" s="14" t="n">
         <v>3543610.0</v>
       </c>
-      <c r="EX10" s="14" t="n">
+      <c r="FJ10" s="14" t="n">
         <v>3569340.0</v>
       </c>
-      <c r="EY10" s="14" t="n">
+      <c r="FK10" s="14" t="n">
         <v>3276510.0</v>
       </c>
-      <c r="EZ10" s="14" t="n">
+      <c r="FL10" s="14" t="n">
         <v>3398695.0</v>
       </c>
-      <c r="FA10" s="14" t="n">
+      <c r="FM10" s="14" t="n">
         <v>2934780.0</v>
       </c>
-      <c r="FB10" s="14" t="n">
-[...23 lines deleted...]
-      <c r="FJ10" s="14" t="n">
+      <c r="FN10" s="14" t="n">
+        <v>9.0064095E7</v>
+      </c>
+      <c r="FO10" s="14" t="n">
+        <v>8.6986535E7</v>
+      </c>
+      <c r="FP10" s="14" t="n">
+        <v>9.6573898E7</v>
+      </c>
+      <c r="FQ10" s="14" t="n">
+        <v>8.4244514E7</v>
+      </c>
+      <c r="FR10" s="14" t="n">
+        <v>1.13676713E8</v>
+      </c>
+      <c r="FS10" s="14" t="n">
+        <v>1.19647778E8</v>
+      </c>
+      <c r="FT10" s="14" t="n">
+        <v>1.13204472E8</v>
+      </c>
+      <c r="FU10" s="14" t="n">
+        <v>1.04596797E8</v>
+      </c>
+      <c r="FV10" s="14" t="n">
+        <v>1.05498741E8</v>
+      </c>
+      <c r="FW10" s="14" t="n">
         <v>1.01075803E8</v>
       </c>
-      <c r="FK10" s="14" t="n">
+      <c r="FX10" s="14" t="n">
         <v>9.4891479E7</v>
       </c>
-      <c r="FL10" s="14" t="n">
+      <c r="FY10" s="14" t="n">
         <v>1.06054454E8</v>
       </c>
-      <c r="FM10" s="14" t="n">
+      <c r="FZ10" s="14" t="n">
         <v>1.10066318E8</v>
       </c>
-      <c r="FN10" s="14" t="n">
+      <c r="GA10" s="14" t="n">
         <v>1.29944346E8</v>
       </c>
-      <c r="FO10" s="14" t="n">
-[...8 lines deleted...]
-      <c r="FR10" s="14" t="n">
+      <c r="GB10" s="14" t="n">
+        <v>2401138.0</v>
+      </c>
+      <c r="GC10" s="14" t="n">
+        <v>2436829.0</v>
+      </c>
+      <c r="GD10" s="14" t="n">
+        <v>2391780.0</v>
+      </c>
+      <c r="GE10" s="14" t="n">
+        <v>2185971.0</v>
+      </c>
+      <c r="GF10" s="14" t="n">
         <v>2203098.0</v>
       </c>
-      <c r="FS10" s="14" t="n">
-[...11 lines deleted...]
-      <c r="FW10" s="14" t="n">
+      <c r="GG10" s="14" t="n">
+        <v>2309771.0</v>
+      </c>
+      <c r="GH10" s="14" t="n">
+        <v>2281819.0</v>
+      </c>
+      <c r="GI10" s="14" t="n">
+        <v>2118458.0</v>
+      </c>
+      <c r="GJ10" s="14" t="n">
+        <v>2277097.0</v>
+      </c>
+      <c r="GK10" s="14" t="n">
         <v>2321536.0</v>
       </c>
-      <c r="FX10" s="14" t="n">
+      <c r="GL10" s="14" t="n">
         <v>2410991.0</v>
       </c>
-      <c r="FY10" s="14" t="n">
+      <c r="GM10" s="14" t="n">
         <v>2420583.0</v>
       </c>
-      <c r="FZ10" s="14" t="n">
+      <c r="GN10" s="14" t="n">
         <v>2722385.0</v>
       </c>
-      <c r="GA10" s="14" t="n">
+      <c r="GO10" s="14" t="n">
         <v>2743636.0</v>
       </c>
-      <c r="GB10" s="14" t="n">
-[...23 lines deleted...]
-      <c r="GJ10" s="14" t="n">
+      <c r="GP10" s="14" t="n">
+        <v>9.2465233E7</v>
+      </c>
+      <c r="GQ10" s="14" t="n">
+        <v>8.9423363E7</v>
+      </c>
+      <c r="GR10" s="14" t="n">
+        <v>9.8965678E7</v>
+      </c>
+      <c r="GS10" s="14" t="n">
+        <v>8.6430485E7</v>
+      </c>
+      <c r="GT10" s="14" t="n">
+        <v>1.15879812E8</v>
+      </c>
+      <c r="GU10" s="14" t="n">
+        <v>1.21957549E8</v>
+      </c>
+      <c r="GV10" s="14" t="n">
+        <v>1.15486291E8</v>
+      </c>
+      <c r="GW10" s="14" t="n">
+        <v>1.06715255E8</v>
+      </c>
+      <c r="GX10" s="14" t="n">
+        <v>1.07775838E8</v>
+      </c>
+      <c r="GY10" s="14" t="n">
         <v>1.03397339E8</v>
       </c>
-      <c r="GK10" s="14" t="n">
+      <c r="GZ10" s="14" t="n">
         <v>9.730247E7</v>
       </c>
-      <c r="GL10" s="14" t="n">
+      <c r="HA10" s="14" t="n">
         <v>1.08475037E8</v>
       </c>
-      <c r="GM10" s="14" t="n">
+      <c r="HB10" s="14" t="n">
         <v>1.12788703E8</v>
       </c>
-      <c r="GN10" s="14" t="n">
+      <c r="HC10" s="14" t="n">
         <v>1.32687982E8</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="6" t="inlineStr">
         <is>
           <t>01.1. Solvents used</t>
         </is>
       </c>
       <c r="B11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E11" s="13" t="inlineStr">
@@ -2674,202 +2839,206 @@
       <c r="I11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="J11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="K11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="L11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="M11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="N11" s="14" t="n">
-        <v>0.0</v>
+      <c r="N11" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="O11" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="P11" s="14" t="n">
+        <v>94784.0</v>
+      </c>
+      <c r="Q11" s="14" t="n">
         <v>103345.0</v>
       </c>
-      <c r="P11" s="14" t="n">
+      <c r="R11" s="14" t="n">
         <v>99141.0</v>
       </c>
-      <c r="Q11" s="14" t="n">
+      <c r="S11" s="14" t="n">
         <v>100307.0</v>
       </c>
-      <c r="R11" s="14" t="n">
+      <c r="T11" s="14" t="n">
         <v>134657.0</v>
       </c>
-      <c r="S11" s="14" t="n">
+      <c r="U11" s="14" t="n">
         <v>118012.0</v>
       </c>
-      <c r="T11" s="14" t="n">
+      <c r="V11" s="14" t="n">
         <v>113945.0</v>
       </c>
-      <c r="U11" s="14" t="n">
+      <c r="W11" s="14" t="n">
         <v>121544.0</v>
       </c>
-      <c r="V11" s="14" t="n">
+      <c r="X11" s="14" t="n">
         <v>118152.0</v>
       </c>
-      <c r="W11" s="14" t="n">
+      <c r="Y11" s="14" t="n">
         <v>114620.0</v>
       </c>
-      <c r="X11" s="14" t="n">
+      <c r="Z11" s="14" t="n">
         <v>152297.0</v>
       </c>
-      <c r="Y11" s="14" t="n">
+      <c r="AA11" s="14" t="n">
         <v>153673.0</v>
       </c>
-      <c r="Z11" s="14" t="n">
+      <c r="AB11" s="14" t="n">
         <v>123149.0</v>
       </c>
-      <c r="AA11" s="14" t="n">
+      <c r="AC11" s="14" t="n">
         <v>129810.0</v>
       </c>
-      <c r="AB11" s="14" t="n">
+      <c r="AD11" s="14" t="n">
+        <v>94784.0</v>
+      </c>
+      <c r="AE11" s="14" t="n">
         <v>103345.0</v>
       </c>
-      <c r="AC11" s="14" t="n">
+      <c r="AF11" s="14" t="n">
         <v>99141.0</v>
       </c>
-      <c r="AD11" s="14" t="n">
+      <c r="AG11" s="14" t="n">
         <v>100307.0</v>
       </c>
-      <c r="AE11" s="14" t="n">
+      <c r="AH11" s="14" t="n">
         <v>134657.0</v>
       </c>
-      <c r="AF11" s="14" t="n">
+      <c r="AI11" s="14" t="n">
         <v>118012.0</v>
       </c>
-      <c r="AG11" s="14" t="n">
+      <c r="AJ11" s="14" t="n">
         <v>113945.0</v>
       </c>
-      <c r="AH11" s="14" t="n">
+      <c r="AK11" s="14" t="n">
         <v>121544.0</v>
       </c>
-      <c r="AI11" s="14" t="n">
+      <c r="AL11" s="14" t="n">
         <v>118152.0</v>
       </c>
-      <c r="AJ11" s="14" t="n">
+      <c r="AM11" s="14" t="n">
         <v>114620.0</v>
       </c>
-      <c r="AK11" s="14" t="n">
+      <c r="AN11" s="14" t="n">
         <v>152297.0</v>
       </c>
-      <c r="AL11" s="14" t="n">
+      <c r="AO11" s="14" t="n">
         <v>153673.0</v>
       </c>
-      <c r="AM11" s="14" t="n">
+      <c r="AP11" s="14" t="n">
         <v>123149.0</v>
       </c>
-      <c r="AN11" s="14" t="n">
+      <c r="AQ11" s="14" t="n">
         <v>129810.0</v>
       </c>
-      <c r="AO11" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="AR11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AS11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AT11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AU11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AV11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AW11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AX11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AY11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AZ11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="BA11" s="14" t="n">
-[...9 lines deleted...]
-        <v>0.0</v>
+      <c r="BA11" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BB11" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BC11" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BD11" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="BE11" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BF11" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BG11" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BH11" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BI11" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BJ11" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BK11" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BL11" s="14" t="n">
         <v>0.0</v>
       </c>
@@ -2896,606 +3065,639 @@
       </c>
       <c r="BT11" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BU11" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BV11" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BW11" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BX11" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BY11" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BZ11" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="CA11" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="CB11" s="13" t="inlineStr">
-[...27 lines deleted...]
-        </is>
+      <c r="CB11" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CC11" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CD11" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CE11" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CF11" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CG11" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="CH11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="CI11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="CJ11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="CK11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="CL11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="CM11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="CN11" s="14" t="n">
-[...8 lines deleted...]
-      <c r="CQ11" s="14" t="n">
+      <c r="CN11" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CO11" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CP11" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CQ11" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CR11" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CS11" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CT11" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CU11" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CV11" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CW11" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CX11" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CY11" s="14" t="n">
         <v>5.0</v>
       </c>
-      <c r="CR11" s="14" t="n">
+      <c r="CZ11" s="14" t="n">
         <v>392.0</v>
       </c>
-      <c r="CS11" s="14" t="n">
+      <c r="DA11" s="14" t="n">
         <v>9.0</v>
       </c>
-      <c r="CT11" s="14" t="n">
+      <c r="DB11" s="14" t="n">
         <v>16.0</v>
       </c>
-      <c r="CU11" s="14" t="n">
+      <c r="DC11" s="14" t="n">
         <v>12.0</v>
       </c>
-      <c r="CV11" s="14" t="n">
+      <c r="DD11" s="14" t="n">
         <v>4280.0</v>
       </c>
-      <c r="CW11" s="14" t="n">
+      <c r="DE11" s="14" t="n">
         <v>8662.0</v>
       </c>
-      <c r="CX11" s="14" t="n">
+      <c r="DF11" s="14" t="n">
         <v>8002.0</v>
       </c>
-      <c r="CY11" s="14" t="n">
+      <c r="DG11" s="14" t="n">
         <v>6355.0</v>
       </c>
-      <c r="CZ11" s="14" t="n">
+      <c r="DH11" s="14" t="n">
         <v>3950.0</v>
       </c>
-      <c r="DA11" s="14" t="n">
+      <c r="DI11" s="14" t="n">
         <v>6288.0</v>
       </c>
-      <c r="DB11" s="14" t="n">
-[...5 lines deleted...]
-      <c r="DD11" s="14" t="n">
+      <c r="DJ11" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DK11" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DL11" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DM11" s="14" t="n">
         <v>5.0</v>
       </c>
-      <c r="DE11" s="14" t="n">
+      <c r="DN11" s="14" t="n">
         <v>392.0</v>
       </c>
-      <c r="DF11" s="14" t="n">
+      <c r="DO11" s="14" t="n">
         <v>9.0</v>
       </c>
-      <c r="DG11" s="14" t="n">
+      <c r="DP11" s="14" t="n">
         <v>16.0</v>
       </c>
-      <c r="DH11" s="14" t="n">
+      <c r="DQ11" s="14" t="n">
         <v>12.0</v>
       </c>
-      <c r="DI11" s="14" t="n">
+      <c r="DR11" s="14" t="n">
         <v>4280.0</v>
       </c>
-      <c r="DJ11" s="14" t="n">
+      <c r="DS11" s="14" t="n">
         <v>8662.0</v>
       </c>
-      <c r="DK11" s="14" t="n">
+      <c r="DT11" s="14" t="n">
         <v>8002.0</v>
       </c>
-      <c r="DL11" s="14" t="n">
+      <c r="DU11" s="14" t="n">
         <v>6355.0</v>
       </c>
-      <c r="DM11" s="14" t="n">
+      <c r="DV11" s="14" t="n">
         <v>3950.0</v>
       </c>
-      <c r="DN11" s="14" t="n">
+      <c r="DW11" s="14" t="n">
         <v>6288.0</v>
       </c>
-      <c r="DO11" s="13" t="inlineStr">
-[...43 lines deleted...]
-      </c>
       <c r="DX11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="DY11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="DZ11" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="EA11" s="14" t="n">
-[...2 lines deleted...]
-      <c r="EB11" s="14" t="n">
+      <c r="EA11" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EB11" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EC11" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="ED11" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EE11" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EF11" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EG11" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EH11" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EI11" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EJ11" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EK11" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EL11" s="14" t="n">
+        <v>14635.0</v>
+      </c>
+      <c r="EM11" s="14" t="n">
         <v>16523.0</v>
       </c>
-      <c r="EC11" s="14" t="n">
+      <c r="EN11" s="14" t="n">
         <v>18263.0</v>
       </c>
-      <c r="ED11" s="14" t="n">
+      <c r="EO11" s="14" t="n">
         <v>13920.0</v>
       </c>
-      <c r="EE11" s="14" t="n">
+      <c r="EP11" s="14" t="n">
         <v>21893.0</v>
       </c>
-      <c r="EF11" s="14" t="n">
+      <c r="EQ11" s="14" t="n">
         <v>26850.0</v>
       </c>
-      <c r="EG11" s="14" t="n">
+      <c r="ER11" s="14" t="n">
         <v>25668.0</v>
       </c>
-      <c r="EH11" s="14" t="n">
+      <c r="ES11" s="14" t="n">
         <v>22083.0</v>
       </c>
-      <c r="EI11" s="14" t="n">
+      <c r="ET11" s="14" t="n">
         <v>43553.0</v>
       </c>
-      <c r="EJ11" s="14" t="n">
+      <c r="EU11" s="14" t="n">
         <v>28643.0</v>
       </c>
-      <c r="EK11" s="14" t="n">
+      <c r="EV11" s="14" t="n">
         <v>29830.0</v>
       </c>
-      <c r="EL11" s="14" t="n">
+      <c r="EW11" s="14" t="n">
         <v>30103.0</v>
       </c>
-      <c r="EM11" s="14" t="n">
+      <c r="EX11" s="14" t="n">
         <v>34428.0</v>
       </c>
-      <c r="EN11" s="14" t="n">
+      <c r="EY11" s="14" t="n">
         <v>45632.0</v>
       </c>
-      <c r="EO11" s="14" t="n">
+      <c r="EZ11" s="14" t="n">
+        <v>14635.0</v>
+      </c>
+      <c r="FA11" s="14" t="n">
         <v>16523.0</v>
       </c>
-      <c r="EP11" s="14" t="n">
+      <c r="FB11" s="14" t="n">
         <v>18263.0</v>
       </c>
-      <c r="EQ11" s="14" t="n">
+      <c r="FC11" s="14" t="n">
         <v>13920.0</v>
       </c>
-      <c r="ER11" s="14" t="n">
+      <c r="FD11" s="14" t="n">
         <v>21893.0</v>
       </c>
-      <c r="ES11" s="14" t="n">
+      <c r="FE11" s="14" t="n">
         <v>26850.0</v>
       </c>
-      <c r="ET11" s="14" t="n">
+      <c r="FF11" s="14" t="n">
         <v>25668.0</v>
       </c>
-      <c r="EU11" s="14" t="n">
+      <c r="FG11" s="14" t="n">
         <v>22083.0</v>
       </c>
-      <c r="EV11" s="14" t="n">
+      <c r="FH11" s="14" t="n">
         <v>43553.0</v>
       </c>
-      <c r="EW11" s="14" t="n">
+      <c r="FI11" s="14" t="n">
         <v>28643.0</v>
       </c>
-      <c r="EX11" s="14" t="n">
+      <c r="FJ11" s="14" t="n">
         <v>29830.0</v>
       </c>
-      <c r="EY11" s="14" t="n">
+      <c r="FK11" s="14" t="n">
         <v>30103.0</v>
       </c>
-      <c r="EZ11" s="14" t="n">
+      <c r="FL11" s="14" t="n">
         <v>34428.0</v>
       </c>
-      <c r="FA11" s="14" t="n">
+      <c r="FM11" s="14" t="n">
         <v>45632.0</v>
       </c>
-      <c r="FB11" s="13" t="inlineStr">
-[...58 lines deleted...]
-      </c>
       <c r="FN11" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="FO11" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FP11" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FQ11" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FR11" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FS11" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FT11" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FU11" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FV11" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FW11" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FX11" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FY11" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FZ11" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="GA11" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GB11" s="14" t="n">
+        <v>109419.0</v>
+      </c>
+      <c r="GC11" s="14" t="n">
         <v>119868.0</v>
       </c>
-      <c r="FP11" s="14" t="n">
-[...2 lines deleted...]
-      <c r="FQ11" s="14" t="n">
+      <c r="GD11" s="14" t="n">
+        <v>117405.0</v>
+      </c>
+      <c r="GE11" s="14" t="n">
         <v>114232.0</v>
       </c>
-      <c r="FR11" s="14" t="n">
+      <c r="GF11" s="14" t="n">
         <v>156942.0</v>
       </c>
-      <c r="FS11" s="14" t="n">
+      <c r="GG11" s="14" t="n">
         <v>144871.0</v>
       </c>
-      <c r="FT11" s="14" t="n">
+      <c r="GH11" s="14" t="n">
         <v>139629.0</v>
       </c>
-      <c r="FU11" s="14" t="n">
-[...2 lines deleted...]
-      <c r="FV11" s="14" t="n">
+      <c r="GI11" s="14" t="n">
+        <v>143638.0</v>
+      </c>
+      <c r="GJ11" s="14" t="n">
         <v>165985.0</v>
       </c>
-      <c r="FW11" s="14" t="n">
+      <c r="GK11" s="14" t="n">
         <v>151925.0</v>
       </c>
-      <c r="FX11" s="14" t="n">
+      <c r="GL11" s="14" t="n">
         <v>190129.0</v>
       </c>
-      <c r="FY11" s="14" t="n">
+      <c r="GM11" s="14" t="n">
         <v>190131.0</v>
       </c>
-      <c r="FZ11" s="14" t="n">
+      <c r="GN11" s="14" t="n">
         <v>161527.0</v>
       </c>
-      <c r="GA11" s="14" t="n">
+      <c r="GO11" s="14" t="n">
         <v>181730.0</v>
       </c>
-      <c r="GB11" s="14" t="n">
+      <c r="GP11" s="14" t="n">
+        <v>109419.0</v>
+      </c>
+      <c r="GQ11" s="14" t="n">
         <v>119868.0</v>
       </c>
-      <c r="GC11" s="14" t="n">
-[...2 lines deleted...]
-      <c r="GD11" s="14" t="n">
+      <c r="GR11" s="14" t="n">
+        <v>117405.0</v>
+      </c>
+      <c r="GS11" s="14" t="n">
         <v>114232.0</v>
       </c>
-      <c r="GE11" s="14" t="n">
+      <c r="GT11" s="14" t="n">
         <v>156942.0</v>
       </c>
-      <c r="GF11" s="14" t="n">
+      <c r="GU11" s="14" t="n">
         <v>144871.0</v>
       </c>
-      <c r="GG11" s="14" t="n">
+      <c r="GV11" s="14" t="n">
         <v>139629.0</v>
       </c>
-      <c r="GH11" s="14" t="n">
-[...2 lines deleted...]
-      <c r="GI11" s="14" t="n">
+      <c r="GW11" s="14" t="n">
+        <v>143638.0</v>
+      </c>
+      <c r="GX11" s="14" t="n">
         <v>165985.0</v>
       </c>
-      <c r="GJ11" s="14" t="n">
+      <c r="GY11" s="14" t="n">
         <v>151925.0</v>
       </c>
-      <c r="GK11" s="14" t="n">
+      <c r="GZ11" s="14" t="n">
         <v>190129.0</v>
       </c>
-      <c r="GL11" s="14" t="n">
+      <c r="HA11" s="14" t="n">
         <v>190131.0</v>
       </c>
-      <c r="GM11" s="14" t="n">
+      <c r="HB11" s="14" t="n">
         <v>161527.0</v>
       </c>
-      <c r="GN11" s="14" t="n">
+      <c r="HC11" s="14" t="n">
         <v>181730.0</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="6" t="inlineStr">
         <is>
           <t>01.2. Acidic, alkaline or saline waste</t>
         </is>
       </c>
       <c r="B12" s="14" t="n">
+        <v>11830.0</v>
+      </c>
+      <c r="C12" s="14" t="n">
         <v>30667.0</v>
       </c>
-      <c r="C12" s="14" t="n">
+      <c r="D12" s="14" t="n">
         <v>14662.0</v>
       </c>
-      <c r="D12" s="14" t="n">
+      <c r="E12" s="14" t="n">
         <v>10787.0</v>
       </c>
-      <c r="E12" s="14" t="n">
+      <c r="F12" s="14" t="n">
         <v>17238.0</v>
       </c>
-      <c r="F12" s="14" t="n">
+      <c r="G12" s="14" t="n">
         <v>12040.0</v>
       </c>
-      <c r="G12" s="14" t="n">
+      <c r="H12" s="14" t="n">
         <v>8817.0</v>
       </c>
-      <c r="H12" s="14" t="n">
+      <c r="I12" s="14" t="n">
         <v>22641.0</v>
       </c>
-      <c r="I12" s="14" t="n">
+      <c r="J12" s="14" t="n">
         <v>7336.0</v>
       </c>
-      <c r="J12" s="14" t="n">
+      <c r="K12" s="14" t="n">
         <v>13489.0</v>
       </c>
-      <c r="K12" s="14" t="n">
+      <c r="L12" s="14" t="n">
         <v>35236.0</v>
       </c>
-      <c r="L12" s="14" t="n">
+      <c r="M12" s="14" t="n">
         <v>9830.0</v>
       </c>
-      <c r="M12" s="14" t="n">
+      <c r="N12" s="14" t="n">
         <v>73272.0</v>
       </c>
-      <c r="N12" s="14" t="n">
+      <c r="O12" s="14" t="n">
         <v>70065.0</v>
       </c>
-      <c r="O12" s="14" t="n">
+      <c r="P12" s="14" t="n">
+        <v>226153.0</v>
+      </c>
+      <c r="Q12" s="14" t="n">
         <v>211410.0</v>
       </c>
-      <c r="P12" s="14" t="n">
+      <c r="R12" s="14" t="n">
         <v>199833.0</v>
       </c>
-      <c r="Q12" s="14" t="n">
+      <c r="S12" s="14" t="n">
         <v>198221.0</v>
       </c>
-      <c r="R12" s="14" t="n">
+      <c r="T12" s="14" t="n">
         <v>249397.0</v>
       </c>
-      <c r="S12" s="14" t="n">
+      <c r="U12" s="14" t="n">
         <v>261125.0</v>
       </c>
-      <c r="T12" s="14" t="n">
+      <c r="V12" s="14" t="n">
         <v>233004.0</v>
       </c>
-      <c r="U12" s="14" t="n">
+      <c r="W12" s="14" t="n">
         <v>229294.0</v>
       </c>
-      <c r="V12" s="14" t="n">
+      <c r="X12" s="14" t="n">
         <v>220184.0</v>
       </c>
-      <c r="W12" s="14" t="n">
+      <c r="Y12" s="14" t="n">
         <v>224099.0</v>
       </c>
-      <c r="X12" s="14" t="n">
+      <c r="Z12" s="14" t="n">
         <v>154859.0</v>
       </c>
-      <c r="Y12" s="14" t="n">
+      <c r="AA12" s="14" t="n">
         <v>105471.0</v>
       </c>
-      <c r="Z12" s="14" t="n">
+      <c r="AB12" s="14" t="n">
         <v>206666.0</v>
       </c>
-      <c r="AA12" s="14" t="n">
+      <c r="AC12" s="14" t="n">
         <v>143676.0</v>
       </c>
-      <c r="AB12" s="14" t="n">
+      <c r="AD12" s="14" t="n">
+        <v>237983.0</v>
+      </c>
+      <c r="AE12" s="14" t="n">
         <v>242077.0</v>
       </c>
-      <c r="AC12" s="14" t="n">
+      <c r="AF12" s="14" t="n">
         <v>214495.0</v>
       </c>
-      <c r="AD12" s="14" t="n">
+      <c r="AG12" s="14" t="n">
         <v>209008.0</v>
       </c>
-      <c r="AE12" s="14" t="n">
+      <c r="AH12" s="14" t="n">
         <v>266635.0</v>
       </c>
-      <c r="AF12" s="14" t="n">
+      <c r="AI12" s="14" t="n">
         <v>273165.0</v>
       </c>
-      <c r="AG12" s="14" t="n">
+      <c r="AJ12" s="14" t="n">
         <v>241821.0</v>
       </c>
-      <c r="AH12" s="14" t="n">
-[...5 lines deleted...]
-      <c r="AJ12" s="14" t="n">
+      <c r="AK12" s="14" t="n">
+        <v>251936.0</v>
+      </c>
+      <c r="AL12" s="14" t="n">
+        <v>227519.0</v>
+      </c>
+      <c r="AM12" s="14" t="n">
         <v>237588.0</v>
       </c>
-      <c r="AK12" s="14" t="n">
+      <c r="AN12" s="14" t="n">
         <v>190095.0</v>
       </c>
-      <c r="AL12" s="14" t="n">
+      <c r="AO12" s="14" t="n">
         <v>115301.0</v>
       </c>
-      <c r="AM12" s="14" t="n">
+      <c r="AP12" s="14" t="n">
         <v>279938.0</v>
       </c>
-      <c r="AN12" s="14" t="n">
+      <c r="AQ12" s="14" t="n">
         <v>213741.0</v>
       </c>
-      <c r="AO12" s="14" t="n">
-[...7 lines deleted...]
-      </c>
       <c r="AR12" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AS12" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AT12" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AU12" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AV12" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AW12" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AX12" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AY12" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AZ12" s="14" t="n">
@@ -3561,398 +3763,443 @@
       <c r="BT12" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BU12" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BV12" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BW12" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BX12" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BY12" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BZ12" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="CA12" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="CB12" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CC12" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CD12" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CE12" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CF12" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CG12" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CH12" s="14" t="n">
+        <v>56727.0</v>
+      </c>
+      <c r="CI12" s="14" t="n">
         <v>76799.0</v>
       </c>
-      <c r="CC12" s="14" t="n">
+      <c r="CJ12" s="14" t="n">
         <v>70219.0</v>
       </c>
-      <c r="CD12" s="14" t="n">
+      <c r="CK12" s="14" t="n">
         <v>90063.0</v>
       </c>
-      <c r="CE12" s="14" t="n">
+      <c r="CL12" s="14" t="n">
         <v>110633.0</v>
       </c>
-      <c r="CF12" s="14" t="n">
+      <c r="CM12" s="14" t="n">
         <v>117488.0</v>
       </c>
-      <c r="CG12" s="14" t="n">
+      <c r="CN12" s="14" t="n">
         <v>98149.0</v>
       </c>
-      <c r="CH12" s="14" t="n">
+      <c r="CO12" s="14" t="n">
         <v>98640.0</v>
       </c>
-      <c r="CI12" s="14" t="n">
+      <c r="CP12" s="14" t="n">
         <v>114294.0</v>
       </c>
-      <c r="CJ12" s="14" t="n">
+      <c r="CQ12" s="14" t="n">
         <v>125751.0</v>
       </c>
-      <c r="CK12" s="14" t="n">
+      <c r="CR12" s="14" t="n">
         <v>85057.0</v>
       </c>
-      <c r="CL12" s="14" t="n">
+      <c r="CS12" s="14" t="n">
         <v>111568.0</v>
       </c>
-      <c r="CM12" s="14" t="n">
+      <c r="CT12" s="14" t="n">
         <v>25170.0</v>
       </c>
-      <c r="CN12" s="14" t="n">
+      <c r="CU12" s="14" t="n">
         <v>44945.0</v>
       </c>
-      <c r="CO12" s="14" t="n">
+      <c r="CV12" s="14" t="n">
+        <v>40418.0</v>
+      </c>
+      <c r="CW12" s="14" t="n">
         <v>12672.0</v>
       </c>
-      <c r="CP12" s="14" t="n">
+      <c r="CX12" s="14" t="n">
         <v>12803.0</v>
       </c>
-      <c r="CQ12" s="14" t="n">
+      <c r="CY12" s="14" t="n">
         <v>16441.0</v>
       </c>
-      <c r="CR12" s="14" t="n">
+      <c r="CZ12" s="14" t="n">
         <v>14135.0</v>
       </c>
-      <c r="CS12" s="14" t="n">
+      <c r="DA12" s="14" t="n">
         <v>18120.0</v>
       </c>
-      <c r="CT12" s="14" t="n">
+      <c r="DB12" s="14" t="n">
         <v>18067.0</v>
       </c>
-      <c r="CU12" s="14" t="n">
+      <c r="DC12" s="14" t="n">
         <v>19723.0</v>
       </c>
-      <c r="CV12" s="14" t="n">
+      <c r="DD12" s="14" t="n">
         <v>27400.0</v>
       </c>
-      <c r="CW12" s="14" t="n">
+      <c r="DE12" s="14" t="n">
         <v>34129.0</v>
       </c>
-      <c r="CX12" s="14" t="n">
+      <c r="DF12" s="14" t="n">
         <v>26093.0</v>
       </c>
-      <c r="CY12" s="14" t="n">
+      <c r="DG12" s="14" t="n">
         <v>63597.0</v>
       </c>
-      <c r="CZ12" s="14" t="n">
+      <c r="DH12" s="14" t="n">
         <v>61970.0</v>
       </c>
-      <c r="DA12" s="14" t="n">
+      <c r="DI12" s="14" t="n">
         <v>53761.0</v>
       </c>
-      <c r="DB12" s="14" t="n">
+      <c r="DJ12" s="14" t="n">
+        <v>97145.0</v>
+      </c>
+      <c r="DK12" s="14" t="n">
         <v>89471.0</v>
       </c>
-      <c r="DC12" s="14" t="n">
-[...2 lines deleted...]
-      <c r="DD12" s="14" t="n">
+      <c r="DL12" s="14" t="n">
+        <v>83021.0</v>
+      </c>
+      <c r="DM12" s="14" t="n">
         <v>106504.0</v>
       </c>
-      <c r="DE12" s="14" t="n">
+      <c r="DN12" s="14" t="n">
         <v>124768.0</v>
       </c>
-      <c r="DF12" s="14" t="n">
+      <c r="DO12" s="14" t="n">
         <v>135608.0</v>
       </c>
-      <c r="DG12" s="14" t="n">
+      <c r="DP12" s="14" t="n">
         <v>116216.0</v>
       </c>
-      <c r="DH12" s="14" t="n">
-[...2 lines deleted...]
-      <c r="DI12" s="14" t="n">
+      <c r="DQ12" s="14" t="n">
+        <v>118364.0</v>
+      </c>
+      <c r="DR12" s="14" t="n">
         <v>141694.0</v>
       </c>
-      <c r="DJ12" s="14" t="n">
+      <c r="DS12" s="14" t="n">
         <v>159880.0</v>
       </c>
-      <c r="DK12" s="14" t="n">
+      <c r="DT12" s="14" t="n">
         <v>111150.0</v>
       </c>
-      <c r="DL12" s="14" t="n">
+      <c r="DU12" s="14" t="n">
         <v>175165.0</v>
       </c>
-      <c r="DM12" s="14" t="n">
+      <c r="DV12" s="14" t="n">
         <v>87140.0</v>
       </c>
-      <c r="DN12" s="14" t="n">
+      <c r="DW12" s="14" t="n">
         <v>98706.0</v>
       </c>
-      <c r="DO12" s="14" t="n">
-[...23 lines deleted...]
-      <c r="DW12" s="14" t="n">
+      <c r="DX12" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DY12" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DZ12" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EA12" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EB12" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EC12" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="ED12" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EE12" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EF12" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EG12" s="14" t="n">
         <v>71.0</v>
       </c>
-      <c r="DX12" s="14" t="n">
+      <c r="EH12" s="14" t="n">
         <v>7.0</v>
       </c>
-      <c r="DY12" s="14" t="n">
-[...5 lines deleted...]
-      <c r="EA12" s="14" t="n">
+      <c r="EI12" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EJ12" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EK12" s="14" t="n">
         <v>33275.0</v>
       </c>
-      <c r="EB12" s="14" t="n">
+      <c r="EL12" s="14" t="n">
+        <v>42.0</v>
+      </c>
+      <c r="EM12" s="14" t="n">
         <v>41.0</v>
       </c>
-      <c r="EC12" s="14" t="n">
+      <c r="EN12" s="14" t="n">
         <v>49.0</v>
       </c>
-      <c r="ED12" s="14" t="n">
+      <c r="EO12" s="14" t="n">
         <v>22.0</v>
       </c>
-      <c r="EE12" s="14" t="n">
+      <c r="EP12" s="14" t="n">
         <v>18833.0</v>
       </c>
-      <c r="EF12" s="14" t="n">
+      <c r="EQ12" s="14" t="n">
         <v>19459.0</v>
       </c>
-      <c r="EG12" s="14" t="n">
+      <c r="ER12" s="14" t="n">
         <v>14937.0</v>
       </c>
-      <c r="EH12" s="14" t="n">
+      <c r="ES12" s="14" t="n">
         <v>3356.0</v>
       </c>
-      <c r="EI12" s="14" t="n">
+      <c r="ET12" s="14" t="n">
         <v>16063.0</v>
       </c>
-      <c r="EJ12" s="14" t="n">
+      <c r="EU12" s="14" t="n">
         <v>17677.0</v>
       </c>
-      <c r="EK12" s="14" t="n">
+      <c r="EV12" s="14" t="n">
         <v>17637.0</v>
       </c>
-      <c r="EL12" s="14" t="n">
+      <c r="EW12" s="14" t="n">
         <v>17151.0</v>
       </c>
-      <c r="EM12" s="14" t="n">
+      <c r="EX12" s="14" t="n">
         <v>25962.0</v>
       </c>
-      <c r="EN12" s="14" t="n">
+      <c r="EY12" s="14" t="n">
         <v>22084.0</v>
       </c>
-      <c r="EO12" s="14" t="n">
+      <c r="EZ12" s="14" t="n">
+        <v>42.0</v>
+      </c>
+      <c r="FA12" s="14" t="n">
         <v>41.0</v>
       </c>
-      <c r="EP12" s="14" t="n">
+      <c r="FB12" s="14" t="n">
         <v>49.0</v>
       </c>
-      <c r="EQ12" s="14" t="n">
+      <c r="FC12" s="14" t="n">
         <v>22.0</v>
       </c>
-      <c r="ER12" s="14" t="n">
+      <c r="FD12" s="14" t="n">
         <v>18833.0</v>
       </c>
-      <c r="ES12" s="14" t="n">
+      <c r="FE12" s="14" t="n">
         <v>19459.0</v>
       </c>
-      <c r="ET12" s="14" t="n">
+      <c r="FF12" s="14" t="n">
         <v>14937.0</v>
       </c>
-      <c r="EU12" s="14" t="n">
+      <c r="FG12" s="14" t="n">
         <v>3356.0</v>
       </c>
-      <c r="EV12" s="14" t="n">
+      <c r="FH12" s="14" t="n">
         <v>16063.0</v>
       </c>
-      <c r="EW12" s="14" t="n">
+      <c r="FI12" s="14" t="n">
         <v>17748.0</v>
       </c>
-      <c r="EX12" s="14" t="n">
+      <c r="FJ12" s="14" t="n">
         <v>17644.0</v>
       </c>
-      <c r="EY12" s="14" t="n">
+      <c r="FK12" s="14" t="n">
         <v>17151.0</v>
       </c>
-      <c r="EZ12" s="14" t="n">
+      <c r="FL12" s="14" t="n">
         <v>25962.0</v>
       </c>
-      <c r="FA12" s="14" t="n">
+      <c r="FM12" s="14" t="n">
         <v>55359.0</v>
       </c>
-      <c r="FB12" s="14" t="n">
+      <c r="FN12" s="14" t="n">
+        <v>68558.0</v>
+      </c>
+      <c r="FO12" s="14" t="n">
         <v>107466.0</v>
       </c>
-      <c r="FC12" s="14" t="n">
+      <c r="FP12" s="14" t="n">
         <v>84881.0</v>
       </c>
-      <c r="FD12" s="14" t="n">
+      <c r="FQ12" s="14" t="n">
         <v>100850.0</v>
       </c>
-      <c r="FE12" s="14" t="n">
+      <c r="FR12" s="14" t="n">
         <v>127871.0</v>
       </c>
-      <c r="FF12" s="14" t="n">
+      <c r="FS12" s="14" t="n">
         <v>129528.0</v>
       </c>
-      <c r="FG12" s="14" t="n">
+      <c r="FT12" s="14" t="n">
         <v>106966.0</v>
       </c>
-      <c r="FH12" s="14" t="n">
+      <c r="FU12" s="14" t="n">
         <v>121281.0</v>
       </c>
-      <c r="FI12" s="14" t="n">
+      <c r="FV12" s="14" t="n">
         <v>121630.0</v>
       </c>
-      <c r="FJ12" s="14" t="n">
+      <c r="FW12" s="14" t="n">
         <v>139311.0</v>
       </c>
-      <c r="FK12" s="14" t="n">
+      <c r="FX12" s="14" t="n">
         <v>120300.0</v>
       </c>
-      <c r="FL12" s="14" t="n">
+      <c r="FY12" s="14" t="n">
         <v>121398.0</v>
       </c>
-      <c r="FM12" s="14" t="n">
+      <c r="FZ12" s="14" t="n">
         <v>98442.0</v>
       </c>
-      <c r="FN12" s="14" t="n">
+      <c r="GA12" s="14" t="n">
         <v>148285.0</v>
       </c>
-      <c r="FO12" s="14" t="n">
+      <c r="GB12" s="14" t="n">
+        <v>266613.0</v>
+      </c>
+      <c r="GC12" s="14" t="n">
         <v>224123.0</v>
       </c>
-      <c r="FP12" s="14" t="n">
+      <c r="GD12" s="14" t="n">
         <v>212685.0</v>
       </c>
-      <c r="FQ12" s="14" t="n">
+      <c r="GE12" s="14" t="n">
         <v>214684.0</v>
       </c>
-      <c r="FR12" s="14" t="n">
+      <c r="GF12" s="14" t="n">
         <v>282365.0</v>
       </c>
-      <c r="FS12" s="14" t="n">
+      <c r="GG12" s="14" t="n">
         <v>298704.0</v>
       </c>
-      <c r="FT12" s="14" t="n">
+      <c r="GH12" s="14" t="n">
         <v>266008.0</v>
       </c>
-      <c r="FU12" s="14" t="n">
-[...5 lines deleted...]
-      <c r="FW12" s="14" t="n">
+      <c r="GI12" s="14" t="n">
+        <v>252374.0</v>
+      </c>
+      <c r="GJ12" s="14" t="n">
+        <v>263646.0</v>
+      </c>
+      <c r="GK12" s="14" t="n">
         <v>275905.0</v>
       </c>
-      <c r="FX12" s="14" t="n">
+      <c r="GL12" s="14" t="n">
         <v>198589.0</v>
       </c>
-      <c r="FY12" s="14" t="n">
+      <c r="GM12" s="14" t="n">
         <v>186219.0</v>
       </c>
-      <c r="FZ12" s="14" t="n">
+      <c r="GN12" s="14" t="n">
         <v>294598.0</v>
       </c>
-      <c r="GA12" s="14" t="n">
+      <c r="GO12" s="14" t="n">
         <v>219521.0</v>
       </c>
-      <c r="GB12" s="14" t="n">
+      <c r="GP12" s="14" t="n">
+        <v>335171.0</v>
+      </c>
+      <c r="GQ12" s="14" t="n">
         <v>331589.0</v>
       </c>
-      <c r="GC12" s="14" t="n">
+      <c r="GR12" s="14" t="n">
         <v>297566.0</v>
       </c>
-      <c r="GD12" s="14" t="n">
+      <c r="GS12" s="14" t="n">
         <v>315534.0</v>
       </c>
-      <c r="GE12" s="14" t="n">
+      <c r="GT12" s="14" t="n">
         <v>410236.0</v>
       </c>
-      <c r="GF12" s="14" t="n">
+      <c r="GU12" s="14" t="n">
         <v>428232.0</v>
       </c>
-      <c r="GG12" s="14" t="n">
+      <c r="GV12" s="14" t="n">
         <v>372974.0</v>
       </c>
-      <c r="GH12" s="14" t="n">
-[...5 lines deleted...]
-      <c r="GJ12" s="14" t="n">
+      <c r="GW12" s="14" t="n">
+        <v>373655.0</v>
+      </c>
+      <c r="GX12" s="14" t="n">
+        <v>385276.0</v>
+      </c>
+      <c r="GY12" s="14" t="n">
         <v>415216.0</v>
       </c>
-      <c r="GK12" s="14" t="n">
+      <c r="GZ12" s="14" t="n">
         <v>318889.0</v>
       </c>
-      <c r="GL12" s="14" t="n">
+      <c r="HA12" s="14" t="n">
         <v>307617.0</v>
       </c>
-      <c r="GM12" s="14" t="n">
+      <c r="HB12" s="14" t="n">
         <v>393040.0</v>
       </c>
-      <c r="GN12" s="14" t="n">
+      <c r="HC12" s="14" t="n">
         <v>367806.0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="6" t="inlineStr">
         <is>
           <t>01.3. Used oils</t>
         </is>
       </c>
       <c r="B13" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C13" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D13" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E13" s="13" t="inlineStr">
@@ -3978,202 +4225,206 @@
       <c r="I13" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="J13" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="K13" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="L13" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="M13" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="N13" s="14" t="n">
-        <v>0.0</v>
+      <c r="N13" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="O13" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="P13" s="14" t="n">
+        <v>192622.0</v>
+      </c>
+      <c r="Q13" s="14" t="n">
         <v>154915.0</v>
       </c>
-      <c r="P13" s="14" t="n">
+      <c r="R13" s="14" t="n">
         <v>197012.0</v>
       </c>
-      <c r="Q13" s="14" t="n">
+      <c r="S13" s="14" t="n">
         <v>159738.0</v>
       </c>
-      <c r="R13" s="14" t="n">
+      <c r="T13" s="14" t="n">
         <v>149588.0</v>
       </c>
-      <c r="S13" s="14" t="n">
+      <c r="U13" s="14" t="n">
         <v>148443.0</v>
       </c>
-      <c r="T13" s="14" t="n">
+      <c r="V13" s="14" t="n">
         <v>142108.0</v>
       </c>
-      <c r="U13" s="14" t="n">
+      <c r="W13" s="14" t="n">
         <v>155213.0</v>
       </c>
-      <c r="V13" s="14" t="n">
+      <c r="X13" s="14" t="n">
         <v>167134.0</v>
       </c>
-      <c r="W13" s="14" t="n">
+      <c r="Y13" s="14" t="n">
         <v>171329.0</v>
       </c>
-      <c r="X13" s="14" t="n">
+      <c r="Z13" s="14" t="n">
         <v>148776.0</v>
       </c>
-      <c r="Y13" s="14" t="n">
+      <c r="AA13" s="14" t="n">
         <v>155497.0</v>
       </c>
-      <c r="Z13" s="14" t="n">
+      <c r="AB13" s="14" t="n">
         <v>174168.0</v>
       </c>
-      <c r="AA13" s="14" t="n">
+      <c r="AC13" s="14" t="n">
         <v>136147.0</v>
       </c>
-      <c r="AB13" s="14" t="n">
+      <c r="AD13" s="14" t="n">
+        <v>192622.0</v>
+      </c>
+      <c r="AE13" s="14" t="n">
         <v>154915.0</v>
       </c>
-      <c r="AC13" s="14" t="n">
+      <c r="AF13" s="14" t="n">
         <v>197012.0</v>
       </c>
-      <c r="AD13" s="14" t="n">
+      <c r="AG13" s="14" t="n">
         <v>159738.0</v>
       </c>
-      <c r="AE13" s="14" t="n">
+      <c r="AH13" s="14" t="n">
         <v>149588.0</v>
       </c>
-      <c r="AF13" s="14" t="n">
+      <c r="AI13" s="14" t="n">
         <v>148443.0</v>
       </c>
-      <c r="AG13" s="14" t="n">
+      <c r="AJ13" s="14" t="n">
         <v>142108.0</v>
       </c>
-      <c r="AH13" s="14" t="n">
+      <c r="AK13" s="14" t="n">
         <v>155213.0</v>
       </c>
-      <c r="AI13" s="14" t="n">
+      <c r="AL13" s="14" t="n">
         <v>167134.0</v>
       </c>
-      <c r="AJ13" s="14" t="n">
+      <c r="AM13" s="14" t="n">
         <v>171329.0</v>
       </c>
-      <c r="AK13" s="14" t="n">
+      <c r="AN13" s="14" t="n">
         <v>148776.0</v>
       </c>
-      <c r="AL13" s="14" t="n">
+      <c r="AO13" s="14" t="n">
         <v>155497.0</v>
       </c>
-      <c r="AM13" s="14" t="n">
+      <c r="AP13" s="14" t="n">
         <v>174168.0</v>
       </c>
-      <c r="AN13" s="14" t="n">
+      <c r="AQ13" s="14" t="n">
         <v>136147.0</v>
       </c>
-      <c r="AO13" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="AR13" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AS13" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AT13" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AU13" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AV13" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AW13" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AX13" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AY13" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AZ13" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="BA13" s="14" t="n">
-[...9 lines deleted...]
-        <v>0.0</v>
+      <c r="BA13" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BB13" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BC13" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BD13" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="BE13" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BF13" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BG13" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BH13" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BI13" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BJ13" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BK13" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BL13" s="14" t="n">
         <v>0.0</v>
       </c>
@@ -4200,606 +4451,639 @@
       </c>
       <c r="BT13" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BU13" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BV13" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BW13" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BX13" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BY13" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BZ13" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="CA13" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="CB13" s="13" t="inlineStr">
-[...27 lines deleted...]
-        </is>
+      <c r="CB13" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CC13" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CD13" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CE13" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CF13" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CG13" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="CH13" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="CI13" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="CJ13" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="CK13" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="CL13" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="CM13" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="CN13" s="14" t="n">
-[...2 lines deleted...]
-      <c r="CO13" s="14" t="n">
+      <c r="CN13" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CO13" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CP13" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CQ13" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CR13" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CS13" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CT13" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CU13" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CV13" s="14" t="n">
+        <v>343.0</v>
+      </c>
+      <c r="CW13" s="14" t="n">
         <v>489.0</v>
       </c>
-      <c r="CP13" s="14" t="n">
+      <c r="CX13" s="14" t="n">
         <v>725.0</v>
       </c>
-      <c r="CQ13" s="14" t="n">
+      <c r="CY13" s="14" t="n">
         <v>885.0</v>
       </c>
-      <c r="CR13" s="14" t="n">
+      <c r="CZ13" s="14" t="n">
         <v>911.0</v>
       </c>
-      <c r="CS13" s="14" t="n">
+      <c r="DA13" s="14" t="n">
         <v>779.0</v>
       </c>
-      <c r="CT13" s="14" t="n">
+      <c r="DB13" s="14" t="n">
         <v>981.0</v>
       </c>
-      <c r="CU13" s="14" t="n">
+      <c r="DC13" s="14" t="n">
         <v>3019.0</v>
       </c>
-      <c r="CV13" s="14" t="n">
+      <c r="DD13" s="14" t="n">
         <v>1607.0</v>
       </c>
-      <c r="CW13" s="14" t="n">
+      <c r="DE13" s="14" t="n">
         <v>665.0</v>
       </c>
-      <c r="CX13" s="14" t="n">
+      <c r="DF13" s="14" t="n">
         <v>2547.0</v>
       </c>
-      <c r="CY13" s="14" t="n">
+      <c r="DG13" s="14" t="n">
         <v>5109.0</v>
       </c>
-      <c r="CZ13" s="14" t="n">
+      <c r="DH13" s="14" t="n">
         <v>8495.0</v>
       </c>
-      <c r="DA13" s="14" t="n">
+      <c r="DI13" s="14" t="n">
         <v>5566.0</v>
       </c>
-      <c r="DB13" s="14" t="n">
+      <c r="DJ13" s="14" t="n">
+        <v>343.0</v>
+      </c>
+      <c r="DK13" s="14" t="n">
         <v>489.0</v>
       </c>
-      <c r="DC13" s="14" t="n">
+      <c r="DL13" s="14" t="n">
         <v>725.0</v>
       </c>
-      <c r="DD13" s="14" t="n">
+      <c r="DM13" s="14" t="n">
         <v>885.0</v>
       </c>
-      <c r="DE13" s="14" t="n">
+      <c r="DN13" s="14" t="n">
         <v>911.0</v>
       </c>
-      <c r="DF13" s="14" t="n">
+      <c r="DO13" s="14" t="n">
         <v>779.0</v>
       </c>
-      <c r="DG13" s="14" t="n">
+      <c r="DP13" s="14" t="n">
         <v>981.0</v>
       </c>
-      <c r="DH13" s="14" t="n">
+      <c r="DQ13" s="14" t="n">
         <v>3019.0</v>
       </c>
-      <c r="DI13" s="14" t="n">
+      <c r="DR13" s="14" t="n">
         <v>1607.0</v>
       </c>
-      <c r="DJ13" s="14" t="n">
+      <c r="DS13" s="14" t="n">
         <v>665.0</v>
       </c>
-      <c r="DK13" s="14" t="n">
+      <c r="DT13" s="14" t="n">
         <v>2547.0</v>
       </c>
-      <c r="DL13" s="14" t="n">
+      <c r="DU13" s="14" t="n">
         <v>5109.0</v>
       </c>
-      <c r="DM13" s="14" t="n">
+      <c r="DV13" s="14" t="n">
         <v>8495.0</v>
       </c>
-      <c r="DN13" s="14" t="n">
+      <c r="DW13" s="14" t="n">
         <v>5566.0</v>
       </c>
-      <c r="DO13" s="13" t="inlineStr">
-[...43 lines deleted...]
-      </c>
       <c r="DX13" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="DY13" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="DZ13" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="EA13" s="14" t="n">
-[...2 lines deleted...]
-      <c r="EB13" s="14" t="n">
+      <c r="EA13" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EB13" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EC13" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="ED13" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EE13" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EF13" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EG13" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EH13" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EI13" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EJ13" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EK13" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EL13" s="14" t="n">
+        <v>862.0</v>
+      </c>
+      <c r="EM13" s="14" t="n">
         <v>256.0</v>
       </c>
-      <c r="EC13" s="14" t="n">
+      <c r="EN13" s="14" t="n">
         <v>295.0</v>
       </c>
-      <c r="ED13" s="14" t="n">
+      <c r="EO13" s="14" t="n">
         <v>355.0</v>
       </c>
-      <c r="EE13" s="14" t="n">
+      <c r="EP13" s="14" t="n">
         <v>886.0</v>
       </c>
-      <c r="EF13" s="14" t="n">
+      <c r="EQ13" s="14" t="n">
         <v>598.0</v>
       </c>
-      <c r="EG13" s="14" t="n">
+      <c r="ER13" s="14" t="n">
         <v>795.0</v>
       </c>
-      <c r="EH13" s="14" t="n">
+      <c r="ES13" s="14" t="n">
         <v>1103.0</v>
       </c>
-      <c r="EI13" s="14" t="n">
+      <c r="ET13" s="14" t="n">
         <v>2466.0</v>
       </c>
-      <c r="EJ13" s="14" t="n">
+      <c r="EU13" s="14" t="n">
         <v>571.0</v>
       </c>
-      <c r="EK13" s="14" t="n">
+      <c r="EV13" s="14" t="n">
         <v>2289.0</v>
       </c>
-      <c r="EL13" s="14" t="n">
+      <c r="EW13" s="14" t="n">
         <v>3589.0</v>
       </c>
-      <c r="EM13" s="14" t="n">
+      <c r="EX13" s="14" t="n">
         <v>1079.0</v>
       </c>
-      <c r="EN13" s="14" t="n">
+      <c r="EY13" s="14" t="n">
         <v>2848.0</v>
       </c>
-      <c r="EO13" s="14" t="n">
+      <c r="EZ13" s="14" t="n">
+        <v>862.0</v>
+      </c>
+      <c r="FA13" s="14" t="n">
         <v>256.0</v>
       </c>
-      <c r="EP13" s="14" t="n">
+      <c r="FB13" s="14" t="n">
         <v>295.0</v>
       </c>
-      <c r="EQ13" s="14" t="n">
+      <c r="FC13" s="14" t="n">
         <v>355.0</v>
       </c>
-      <c r="ER13" s="14" t="n">
+      <c r="FD13" s="14" t="n">
         <v>886.0</v>
       </c>
-      <c r="ES13" s="14" t="n">
+      <c r="FE13" s="14" t="n">
         <v>598.0</v>
       </c>
-      <c r="ET13" s="14" t="n">
+      <c r="FF13" s="14" t="n">
         <v>795.0</v>
       </c>
-      <c r="EU13" s="14" t="n">
+      <c r="FG13" s="14" t="n">
         <v>1103.0</v>
       </c>
-      <c r="EV13" s="14" t="n">
+      <c r="FH13" s="14" t="n">
         <v>2466.0</v>
       </c>
-      <c r="EW13" s="14" t="n">
+      <c r="FI13" s="14" t="n">
         <v>571.0</v>
       </c>
-      <c r="EX13" s="14" t="n">
+      <c r="FJ13" s="14" t="n">
         <v>2289.0</v>
       </c>
-      <c r="EY13" s="14" t="n">
+      <c r="FK13" s="14" t="n">
         <v>3589.0</v>
       </c>
-      <c r="EZ13" s="14" t="n">
+      <c r="FL13" s="14" t="n">
         <v>1079.0</v>
       </c>
-      <c r="FA13" s="14" t="n">
+      <c r="FM13" s="14" t="n">
         <v>2848.0</v>
       </c>
-      <c r="FB13" s="13" t="inlineStr">
-[...58 lines deleted...]
-      </c>
       <c r="FN13" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="FO13" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FP13" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FQ13" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FR13" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FS13" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FT13" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FU13" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FV13" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FW13" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FX13" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FY13" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FZ13" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="GA13" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GB13" s="14" t="n">
+        <v>193827.0</v>
+      </c>
+      <c r="GC13" s="14" t="n">
         <v>155660.0</v>
       </c>
-      <c r="FP13" s="14" t="n">
-[...5 lines deleted...]
-      <c r="FR13" s="14" t="n">
+      <c r="GD13" s="14" t="n">
+        <v>198031.0</v>
+      </c>
+      <c r="GE13" s="14" t="n">
+        <v>160977.0</v>
+      </c>
+      <c r="GF13" s="14" t="n">
         <v>151385.0</v>
       </c>
-      <c r="FS13" s="14" t="n">
-[...2 lines deleted...]
-      <c r="FT13" s="14" t="n">
+      <c r="GG13" s="14" t="n">
+        <v>149819.0</v>
+      </c>
+      <c r="GH13" s="14" t="n">
         <v>143884.0</v>
       </c>
-      <c r="FU13" s="14" t="n">
+      <c r="GI13" s="14" t="n">
         <v>159335.0</v>
       </c>
-      <c r="FV13" s="14" t="n">
-[...2 lines deleted...]
-      <c r="FW13" s="14" t="n">
+      <c r="GJ13" s="14" t="n">
+        <v>171208.0</v>
+      </c>
+      <c r="GK13" s="14" t="n">
         <v>172565.0</v>
       </c>
-      <c r="FX13" s="14" t="n">
+      <c r="GL13" s="14" t="n">
         <v>153612.0</v>
       </c>
-      <c r="FY13" s="14" t="n">
+      <c r="GM13" s="14" t="n">
         <v>164195.0</v>
       </c>
-      <c r="FZ13" s="14" t="n">
+      <c r="GN13" s="14" t="n">
         <v>183742.0</v>
       </c>
-      <c r="GA13" s="14" t="n">
+      <c r="GO13" s="14" t="n">
         <v>144561.0</v>
       </c>
-      <c r="GB13" s="14" t="n">
+      <c r="GP13" s="14" t="n">
+        <v>193827.0</v>
+      </c>
+      <c r="GQ13" s="14" t="n">
         <v>155660.0</v>
       </c>
-      <c r="GC13" s="14" t="n">
-[...5 lines deleted...]
-      <c r="GE13" s="14" t="n">
+      <c r="GR13" s="14" t="n">
+        <v>198031.0</v>
+      </c>
+      <c r="GS13" s="14" t="n">
+        <v>160977.0</v>
+      </c>
+      <c r="GT13" s="14" t="n">
         <v>151385.0</v>
       </c>
-      <c r="GF13" s="14" t="n">
-[...2 lines deleted...]
-      <c r="GG13" s="14" t="n">
+      <c r="GU13" s="14" t="n">
+        <v>149819.0</v>
+      </c>
+      <c r="GV13" s="14" t="n">
         <v>143884.0</v>
       </c>
-      <c r="GH13" s="14" t="n">
+      <c r="GW13" s="14" t="n">
         <v>159335.0</v>
       </c>
-      <c r="GI13" s="14" t="n">
-[...2 lines deleted...]
-      <c r="GJ13" s="14" t="n">
+      <c r="GX13" s="14" t="n">
+        <v>171208.0</v>
+      </c>
+      <c r="GY13" s="14" t="n">
         <v>172565.0</v>
       </c>
-      <c r="GK13" s="14" t="n">
+      <c r="GZ13" s="14" t="n">
         <v>153612.0</v>
       </c>
-      <c r="GL13" s="14" t="n">
+      <c r="HA13" s="14" t="n">
         <v>164195.0</v>
       </c>
-      <c r="GM13" s="14" t="n">
+      <c r="HB13" s="14" t="n">
         <v>183742.0</v>
       </c>
-      <c r="GN13" s="14" t="n">
+      <c r="HC13" s="14" t="n">
         <v>144561.0</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="6" t="inlineStr">
         <is>
           <t>01.4 + 02 + 03.1Chemical waste</t>
         </is>
       </c>
       <c r="B14" s="14" t="n">
+        <v>30256.0</v>
+      </c>
+      <c r="C14" s="14" t="n">
         <v>26976.0</v>
       </c>
-      <c r="C14" s="14" t="n">
+      <c r="D14" s="14" t="n">
         <v>50500.0</v>
       </c>
-      <c r="D14" s="14" t="n">
+      <c r="E14" s="14" t="n">
         <v>29590.0</v>
       </c>
-      <c r="E14" s="14" t="n">
+      <c r="F14" s="14" t="n">
         <v>48564.0</v>
       </c>
-      <c r="F14" s="14" t="n">
+      <c r="G14" s="14" t="n">
         <v>40378.0</v>
       </c>
-      <c r="G14" s="14" t="n">
+      <c r="H14" s="14" t="n">
         <v>38247.0</v>
       </c>
-      <c r="H14" s="14" t="n">
+      <c r="I14" s="14" t="n">
         <v>60601.0</v>
       </c>
-      <c r="I14" s="14" t="n">
+      <c r="J14" s="14" t="n">
         <v>91631.0</v>
       </c>
-      <c r="J14" s="14" t="n">
+      <c r="K14" s="14" t="n">
         <v>83642.0</v>
       </c>
-      <c r="K14" s="14" t="n">
+      <c r="L14" s="14" t="n">
         <v>138219.0</v>
       </c>
-      <c r="L14" s="14" t="n">
+      <c r="M14" s="14" t="n">
         <v>101732.0</v>
       </c>
-      <c r="M14" s="14" t="n">
+      <c r="N14" s="14" t="n">
         <v>83736.0</v>
       </c>
-      <c r="N14" s="14" t="n">
+      <c r="O14" s="14" t="n">
         <v>125665.0</v>
       </c>
-      <c r="O14" s="14" t="n">
+      <c r="P14" s="14" t="n">
+        <v>450157.0</v>
+      </c>
+      <c r="Q14" s="14" t="n">
         <v>554297.0</v>
       </c>
-      <c r="P14" s="14" t="n">
+      <c r="R14" s="14" t="n">
         <v>529585.0</v>
       </c>
-      <c r="Q14" s="14" t="n">
+      <c r="S14" s="14" t="n">
         <v>383904.0</v>
       </c>
-      <c r="R14" s="14" t="n">
+      <c r="T14" s="14" t="n">
         <v>451907.0</v>
       </c>
-      <c r="S14" s="14" t="n">
+      <c r="U14" s="14" t="n">
         <v>510984.0</v>
       </c>
-      <c r="T14" s="14" t="n">
+      <c r="V14" s="14" t="n">
         <v>432132.0</v>
       </c>
-      <c r="U14" s="14" t="n">
+      <c r="W14" s="14" t="n">
         <v>448240.0</v>
       </c>
-      <c r="V14" s="14" t="n">
+      <c r="X14" s="14" t="n">
         <v>437508.0</v>
       </c>
-      <c r="W14" s="14" t="n">
+      <c r="Y14" s="14" t="n">
         <v>427026.0</v>
       </c>
-      <c r="X14" s="14" t="n">
+      <c r="Z14" s="14" t="n">
         <v>578034.0</v>
       </c>
-      <c r="Y14" s="14" t="n">
+      <c r="AA14" s="14" t="n">
         <v>509596.0</v>
       </c>
-      <c r="Z14" s="14" t="n">
+      <c r="AB14" s="14" t="n">
         <v>418315.0</v>
       </c>
-      <c r="AA14" s="14" t="n">
+      <c r="AC14" s="14" t="n">
         <v>491228.0</v>
       </c>
-      <c r="AB14" s="14" t="n">
+      <c r="AD14" s="14" t="n">
+        <v>480412.0</v>
+      </c>
+      <c r="AE14" s="14" t="n">
         <v>581273.0</v>
       </c>
-      <c r="AC14" s="14" t="n">
+      <c r="AF14" s="14" t="n">
         <v>580085.0</v>
       </c>
-      <c r="AD14" s="14" t="n">
+      <c r="AG14" s="14" t="n">
         <v>413494.0</v>
       </c>
-      <c r="AE14" s="14" t="n">
+      <c r="AH14" s="14" t="n">
         <v>500471.0</v>
       </c>
-      <c r="AF14" s="14" t="n">
-[...2 lines deleted...]
-      <c r="AG14" s="14" t="n">
+      <c r="AI14" s="14" t="n">
+        <v>551363.0</v>
+      </c>
+      <c r="AJ14" s="14" t="n">
         <v>470379.0</v>
       </c>
-      <c r="AH14" s="14" t="n">
+      <c r="AK14" s="14" t="n">
         <v>508841.0</v>
       </c>
-      <c r="AI14" s="14" t="n">
+      <c r="AL14" s="14" t="n">
         <v>529139.0</v>
       </c>
-      <c r="AJ14" s="14" t="n">
+      <c r="AM14" s="14" t="n">
         <v>510668.0</v>
       </c>
-      <c r="AK14" s="14" t="n">
+      <c r="AN14" s="14" t="n">
         <v>716253.0</v>
       </c>
-      <c r="AL14" s="14" t="n">
+      <c r="AO14" s="14" t="n">
         <v>611328.0</v>
       </c>
-      <c r="AM14" s="14" t="n">
+      <c r="AP14" s="14" t="n">
         <v>502051.0</v>
       </c>
-      <c r="AN14" s="14" t="n">
+      <c r="AQ14" s="14" t="n">
         <v>616893.0</v>
       </c>
-      <c r="AO14" s="14" t="n">
-[...7 lines deleted...]
-      </c>
       <c r="AR14" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AS14" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AT14" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AU14" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AV14" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AW14" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AX14" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AY14" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AZ14" s="14" t="n">
@@ -4865,533 +5149,578 @@
       <c r="BT14" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BU14" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BV14" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BW14" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BX14" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BY14" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BZ14" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="CA14" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="CB14" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CC14" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CD14" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CE14" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CF14" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CG14" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CH14" s="14" t="n">
+        <v>24001.0</v>
+      </c>
+      <c r="CI14" s="14" t="n">
         <v>38656.0</v>
       </c>
-      <c r="CC14" s="14" t="n">
+      <c r="CJ14" s="14" t="n">
         <v>33422.0</v>
       </c>
-      <c r="CD14" s="14" t="n">
+      <c r="CK14" s="14" t="n">
         <v>32680.0</v>
       </c>
-      <c r="CE14" s="14" t="n">
+      <c r="CL14" s="14" t="n">
         <v>32359.0</v>
       </c>
-      <c r="CF14" s="14" t="n">
+      <c r="CM14" s="14" t="n">
         <v>24781.0</v>
       </c>
-      <c r="CG14" s="14" t="n">
+      <c r="CN14" s="14" t="n">
         <v>40007.0</v>
       </c>
-      <c r="CH14" s="14" t="n">
+      <c r="CO14" s="14" t="n">
         <v>30469.0</v>
       </c>
-      <c r="CI14" s="14" t="n">
+      <c r="CP14" s="14" t="n">
         <v>36021.0</v>
       </c>
-      <c r="CJ14" s="14" t="n">
+      <c r="CQ14" s="14" t="n">
         <v>58885.0</v>
       </c>
-      <c r="CK14" s="14" t="n">
+      <c r="CR14" s="14" t="n">
         <v>40266.0</v>
       </c>
-      <c r="CL14" s="14" t="n">
+      <c r="CS14" s="14" t="n">
         <v>83795.0</v>
       </c>
-      <c r="CM14" s="14" t="n">
+      <c r="CT14" s="14" t="n">
         <v>96680.0</v>
       </c>
-      <c r="CN14" s="14" t="n">
+      <c r="CU14" s="14" t="n">
         <v>120349.0</v>
       </c>
-      <c r="CO14" s="14" t="n">
+      <c r="CV14" s="14" t="n">
+        <v>19066.0</v>
+      </c>
+      <c r="CW14" s="14" t="n">
         <v>33646.0</v>
       </c>
-      <c r="CP14" s="14" t="n">
+      <c r="CX14" s="14" t="n">
         <v>28820.0</v>
       </c>
-      <c r="CQ14" s="14" t="n">
+      <c r="CY14" s="14" t="n">
         <v>26192.0</v>
       </c>
-      <c r="CR14" s="14" t="n">
+      <c r="CZ14" s="14" t="n">
         <v>26030.0</v>
       </c>
-      <c r="CS14" s="14" t="n">
+      <c r="DA14" s="14" t="n">
         <v>28970.0</v>
       </c>
-      <c r="CT14" s="14" t="n">
+      <c r="DB14" s="14" t="n">
         <v>38244.0</v>
       </c>
-      <c r="CU14" s="14" t="n">
+      <c r="DC14" s="14" t="n">
         <v>29683.0</v>
       </c>
-      <c r="CV14" s="14" t="n">
+      <c r="DD14" s="14" t="n">
         <v>46686.0</v>
       </c>
-      <c r="CW14" s="14" t="n">
+      <c r="DE14" s="14" t="n">
         <v>55332.0</v>
       </c>
-      <c r="CX14" s="14" t="n">
+      <c r="DF14" s="14" t="n">
         <v>58605.0</v>
       </c>
-      <c r="CY14" s="14" t="n">
+      <c r="DG14" s="14" t="n">
         <v>100920.0</v>
       </c>
-      <c r="CZ14" s="14" t="n">
+      <c r="DH14" s="14" t="n">
         <v>161568.0</v>
       </c>
-      <c r="DA14" s="14" t="n">
+      <c r="DI14" s="14" t="n">
         <v>149244.0</v>
       </c>
-      <c r="DB14" s="14" t="n">
+      <c r="DJ14" s="14" t="n">
+        <v>43066.0</v>
+      </c>
+      <c r="DK14" s="14" t="n">
         <v>72302.0</v>
       </c>
-      <c r="DC14" s="14" t="n">
+      <c r="DL14" s="14" t="n">
         <v>62242.0</v>
       </c>
-      <c r="DD14" s="14" t="n">
+      <c r="DM14" s="14" t="n">
         <v>58872.0</v>
       </c>
-      <c r="DE14" s="14" t="n">
+      <c r="DN14" s="14" t="n">
         <v>58389.0</v>
       </c>
-      <c r="DF14" s="14" t="n">
-[...2 lines deleted...]
-      <c r="DG14" s="14" t="n">
+      <c r="DO14" s="14" t="n">
+        <v>53750.0</v>
+      </c>
+      <c r="DP14" s="14" t="n">
         <v>78251.0</v>
       </c>
-      <c r="DH14" s="14" t="n">
+      <c r="DQ14" s="14" t="n">
         <v>60152.0</v>
       </c>
-      <c r="DI14" s="14" t="n">
+      <c r="DR14" s="14" t="n">
         <v>82707.0</v>
       </c>
-      <c r="DJ14" s="14" t="n">
+      <c r="DS14" s="14" t="n">
         <v>114217.0</v>
       </c>
-      <c r="DK14" s="14" t="n">
+      <c r="DT14" s="14" t="n">
         <v>98871.0</v>
       </c>
-      <c r="DL14" s="14" t="n">
+      <c r="DU14" s="14" t="n">
         <v>184715.0</v>
       </c>
-      <c r="DM14" s="14" t="n">
+      <c r="DV14" s="14" t="n">
         <v>258248.0</v>
       </c>
-      <c r="DN14" s="14" t="n">
+      <c r="DW14" s="14" t="n">
         <v>269593.0</v>
       </c>
-      <c r="DO14" s="14" t="n">
+      <c r="DX14" s="14" t="n">
+        <v>2037.0</v>
+      </c>
+      <c r="DY14" s="14" t="n">
         <v>13891.0</v>
       </c>
-      <c r="DP14" s="14" t="n">
+      <c r="DZ14" s="14" t="n">
         <v>1421.0</v>
       </c>
-      <c r="DQ14" s="14" t="n">
+      <c r="EA14" s="14" t="n">
         <v>1246.0</v>
       </c>
-      <c r="DR14" s="14" t="n">
+      <c r="EB14" s="14" t="n">
         <v>38.0</v>
       </c>
-      <c r="DS14" s="14" t="n">
+      <c r="EC14" s="14" t="n">
         <v>37.0</v>
       </c>
-      <c r="DT14" s="14" t="n">
+      <c r="ED14" s="14" t="n">
         <v>7.0</v>
       </c>
-      <c r="DU14" s="14" t="n">
+      <c r="EE14" s="14" t="n">
         <v>5.0</v>
       </c>
-      <c r="DV14" s="14" t="n">
+      <c r="EF14" s="14" t="n">
         <v>17.0</v>
       </c>
-      <c r="DW14" s="14" t="n">
+      <c r="EG14" s="14" t="n">
         <v>1456.0</v>
       </c>
-      <c r="DX14" s="14" t="n">
-[...8 lines deleted...]
-      <c r="EA14" s="14" t="n">
+      <c r="EH14" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EI14" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EJ14" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EK14" s="14" t="n">
         <v>98.0</v>
       </c>
-      <c r="EB14" s="14" t="n">
+      <c r="EL14" s="14" t="n">
+        <v>46242.0</v>
+      </c>
+      <c r="EM14" s="14" t="n">
         <v>77591.0</v>
       </c>
-      <c r="EC14" s="14" t="n">
+      <c r="EN14" s="14" t="n">
         <v>97569.0</v>
       </c>
-      <c r="ED14" s="14" t="n">
+      <c r="EO14" s="14" t="n">
         <v>57988.0</v>
       </c>
-      <c r="EE14" s="14" t="n">
+      <c r="EP14" s="14" t="n">
         <v>56912.0</v>
       </c>
-      <c r="EF14" s="14" t="n">
+      <c r="EQ14" s="14" t="n">
         <v>48187.0</v>
       </c>
-      <c r="EG14" s="14" t="n">
+      <c r="ER14" s="14" t="n">
         <v>42196.0</v>
       </c>
-      <c r="EH14" s="14" t="n">
+      <c r="ES14" s="14" t="n">
         <v>53218.0</v>
       </c>
-      <c r="EI14" s="14" t="n">
+      <c r="ET14" s="14" t="n">
         <v>30669.0</v>
       </c>
-      <c r="EJ14" s="14" t="n">
+      <c r="EU14" s="14" t="n">
         <v>26086.0</v>
       </c>
-      <c r="EK14" s="14" t="n">
+      <c r="EV14" s="14" t="n">
         <v>44270.0</v>
       </c>
-      <c r="EL14" s="14" t="n">
+      <c r="EW14" s="14" t="n">
         <v>64632.0</v>
       </c>
-      <c r="EM14" s="14" t="n">
+      <c r="EX14" s="14" t="n">
         <v>75235.0</v>
       </c>
-      <c r="EN14" s="14" t="n">
+      <c r="EY14" s="14" t="n">
         <v>125276.0</v>
       </c>
-      <c r="EO14" s="14" t="n">
+      <c r="EZ14" s="14" t="n">
+        <v>48279.0</v>
+      </c>
+      <c r="FA14" s="14" t="n">
         <v>91482.0</v>
       </c>
-      <c r="EP14" s="14" t="n">
+      <c r="FB14" s="14" t="n">
         <v>98990.0</v>
       </c>
-      <c r="EQ14" s="14" t="n">
+      <c r="FC14" s="14" t="n">
         <v>59234.0</v>
       </c>
-      <c r="ER14" s="14" t="n">
+      <c r="FD14" s="14" t="n">
         <v>56950.0</v>
       </c>
-      <c r="ES14" s="14" t="n">
-[...2 lines deleted...]
-      <c r="ET14" s="14" t="n">
+      <c r="FE14" s="14" t="n">
+        <v>48223.0</v>
+      </c>
+      <c r="FF14" s="14" t="n">
         <v>42203.0</v>
       </c>
-      <c r="EU14" s="14" t="n">
+      <c r="FG14" s="14" t="n">
         <v>53223.0</v>
       </c>
-      <c r="EV14" s="14" t="n">
+      <c r="FH14" s="14" t="n">
         <v>30686.0</v>
       </c>
-      <c r="EW14" s="14" t="n">
+      <c r="FI14" s="14" t="n">
         <v>27542.0</v>
       </c>
-      <c r="EX14" s="14" t="n">
+      <c r="FJ14" s="14" t="n">
         <v>44270.0</v>
       </c>
-      <c r="EY14" s="14" t="n">
+      <c r="FK14" s="14" t="n">
         <v>64632.0</v>
       </c>
-      <c r="EZ14" s="14" t="n">
+      <c r="FL14" s="14" t="n">
         <v>75235.0</v>
       </c>
-      <c r="FA14" s="14" t="n">
+      <c r="FM14" s="14" t="n">
         <v>125374.0</v>
       </c>
-      <c r="FB14" s="14" t="n">
-[...2 lines deleted...]
-      <c r="FC14" s="14" t="n">
+      <c r="FN14" s="14" t="n">
+        <v>56293.0</v>
+      </c>
+      <c r="FO14" s="14" t="n">
+        <v>79524.0</v>
+      </c>
+      <c r="FP14" s="14" t="n">
         <v>85343.0</v>
       </c>
-      <c r="FD14" s="14" t="n">
+      <c r="FQ14" s="14" t="n">
         <v>63516.0</v>
       </c>
-      <c r="FE14" s="14" t="n">
+      <c r="FR14" s="14" t="n">
         <v>80961.0</v>
       </c>
-      <c r="FF14" s="14" t="n">
+      <c r="FS14" s="14" t="n">
         <v>65196.0</v>
       </c>
-      <c r="FG14" s="14" t="n">
+      <c r="FT14" s="14" t="n">
         <v>78261.0</v>
       </c>
-      <c r="FH14" s="14" t="n">
+      <c r="FU14" s="14" t="n">
         <v>91075.0</v>
       </c>
-      <c r="FI14" s="14" t="n">
-[...2 lines deleted...]
-      <c r="FJ14" s="14" t="n">
+      <c r="FV14" s="14" t="n">
+        <v>127668.0</v>
+      </c>
+      <c r="FW14" s="14" t="n">
         <v>143983.0</v>
       </c>
-      <c r="FK14" s="14" t="n">
+      <c r="FX14" s="14" t="n">
         <v>178485.0</v>
       </c>
-      <c r="FL14" s="14" t="n">
+      <c r="FY14" s="14" t="n">
         <v>185527.0</v>
       </c>
-      <c r="FM14" s="14" t="n">
+      <c r="FZ14" s="14" t="n">
         <v>180416.0</v>
       </c>
-      <c r="FN14" s="14" t="n">
+      <c r="GA14" s="14" t="n">
         <v>246112.0</v>
       </c>
-      <c r="FO14" s="14" t="n">
+      <c r="GB14" s="14" t="n">
+        <v>515465.0</v>
+      </c>
+      <c r="GC14" s="14" t="n">
         <v>665534.0</v>
       </c>
-      <c r="FP14" s="14" t="n">
+      <c r="GD14" s="14" t="n">
         <v>655974.0</v>
       </c>
-      <c r="FQ14" s="14" t="n">
-[...2 lines deleted...]
-      <c r="FR14" s="14" t="n">
+      <c r="GE14" s="14" t="n">
+        <v>468083.0</v>
+      </c>
+      <c r="GF14" s="14" t="n">
         <v>534849.0</v>
       </c>
-      <c r="FS14" s="14" t="n">
+      <c r="GG14" s="14" t="n">
         <v>588141.0</v>
       </c>
-      <c r="FT14" s="14" t="n">
+      <c r="GH14" s="14" t="n">
         <v>512572.0</v>
       </c>
-      <c r="FU14" s="14" t="n">
+      <c r="GI14" s="14" t="n">
         <v>531141.0</v>
       </c>
-      <c r="FV14" s="14" t="n">
+      <c r="GJ14" s="14" t="n">
         <v>514863.0</v>
       </c>
-      <c r="FW14" s="14" t="n">
+      <c r="GK14" s="14" t="n">
         <v>508444.0</v>
       </c>
-      <c r="FX14" s="14" t="n">
+      <c r="GL14" s="14" t="n">
         <v>680909.0</v>
       </c>
-      <c r="FY14" s="14" t="n">
+      <c r="GM14" s="14" t="n">
         <v>675148.0</v>
       </c>
-      <c r="FZ14" s="14" t="n">
+      <c r="GN14" s="14" t="n">
         <v>655118.0</v>
       </c>
-      <c r="GA14" s="14" t="n">
+      <c r="GO14" s="14" t="n">
         <v>765748.0</v>
       </c>
-      <c r="GB14" s="14" t="n">
+      <c r="GP14" s="14" t="n">
+        <v>571758.0</v>
+      </c>
+      <c r="GQ14" s="14" t="n">
         <v>745057.0</v>
       </c>
-      <c r="GC14" s="14" t="n">
-[...5 lines deleted...]
-      <c r="GE14" s="14" t="n">
+      <c r="GR14" s="14" t="n">
+        <v>741316.0</v>
+      </c>
+      <c r="GS14" s="14" t="n">
+        <v>531599.0</v>
+      </c>
+      <c r="GT14" s="14" t="n">
         <v>615810.0</v>
       </c>
-      <c r="GF14" s="14" t="n">
-[...2 lines deleted...]
-      <c r="GG14" s="14" t="n">
+      <c r="GU14" s="14" t="n">
+        <v>653336.0</v>
+      </c>
+      <c r="GV14" s="14" t="n">
         <v>590833.0</v>
       </c>
-      <c r="GH14" s="14" t="n">
+      <c r="GW14" s="14" t="n">
         <v>622216.0</v>
       </c>
-      <c r="GI14" s="14" t="n">
+      <c r="GX14" s="14" t="n">
         <v>642532.0</v>
       </c>
-      <c r="GJ14" s="14" t="n">
+      <c r="GY14" s="14" t="n">
         <v>652427.0</v>
       </c>
-      <c r="GK14" s="14" t="n">
+      <c r="GZ14" s="14" t="n">
         <v>859394.0</v>
       </c>
-      <c r="GL14" s="14" t="n">
+      <c r="HA14" s="14" t="n">
         <v>860675.0</v>
       </c>
-      <c r="GM14" s="14" t="n">
+      <c r="HB14" s="14" t="n">
         <v>835534.0</v>
       </c>
-      <c r="GN14" s="14" t="n">
+      <c r="HC14" s="14" t="n">
         <v>1011860.0</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="6" t="inlineStr">
         <is>
           <t>03.2. Industrial effluent sludge (dry)</t>
         </is>
       </c>
       <c r="B15" s="14" t="n">
+        <v>38158.0</v>
+      </c>
+      <c r="C15" s="14" t="n">
         <v>53909.0</v>
       </c>
-      <c r="C15" s="14" t="n">
+      <c r="D15" s="14" t="n">
         <v>57398.0</v>
       </c>
-      <c r="D15" s="14" t="n">
+      <c r="E15" s="14" t="n">
         <v>52241.0</v>
       </c>
-      <c r="E15" s="14" t="n">
+      <c r="F15" s="14" t="n">
         <v>60019.0</v>
       </c>
-      <c r="F15" s="14" t="n">
+      <c r="G15" s="14" t="n">
         <v>59252.0</v>
       </c>
-      <c r="G15" s="14" t="n">
+      <c r="H15" s="14" t="n">
         <v>49017.0</v>
       </c>
-      <c r="H15" s="14" t="n">
+      <c r="I15" s="14" t="n">
         <v>90147.0</v>
       </c>
-      <c r="I15" s="14" t="n">
+      <c r="J15" s="14" t="n">
         <v>70667.0</v>
       </c>
-      <c r="J15" s="14" t="n">
+      <c r="K15" s="14" t="n">
         <v>132407.0</v>
       </c>
-      <c r="K15" s="14" t="n">
+      <c r="L15" s="14" t="n">
         <v>168779.0</v>
       </c>
-      <c r="L15" s="14" t="n">
+      <c r="M15" s="14" t="n">
         <v>179328.0</v>
       </c>
-      <c r="M15" s="14" t="n">
+      <c r="N15" s="14" t="n">
         <v>173958.0</v>
       </c>
-      <c r="N15" s="14" t="n">
+      <c r="O15" s="14" t="n">
         <v>137415.0</v>
       </c>
-      <c r="O15" s="14" t="n">
+      <c r="P15" s="14" t="n">
+        <v>5678.0</v>
+      </c>
+      <c r="Q15" s="14" t="n">
         <v>8226.0</v>
       </c>
-      <c r="P15" s="14" t="n">
+      <c r="R15" s="14" t="n">
         <v>13898.0</v>
       </c>
-      <c r="Q15" s="14" t="n">
+      <c r="S15" s="14" t="n">
         <v>15539.0</v>
       </c>
-      <c r="R15" s="14" t="n">
+      <c r="T15" s="14" t="n">
         <v>16729.0</v>
       </c>
-      <c r="S15" s="14" t="n">
+      <c r="U15" s="14" t="n">
         <v>15239.0</v>
       </c>
-      <c r="T15" s="14" t="n">
+      <c r="V15" s="14" t="n">
         <v>30836.0</v>
       </c>
-      <c r="U15" s="14" t="n">
+      <c r="W15" s="14" t="n">
         <v>19455.0</v>
       </c>
-      <c r="V15" s="14" t="n">
+      <c r="X15" s="14" t="n">
         <v>27284.0</v>
       </c>
-      <c r="W15" s="14" t="n">
+      <c r="Y15" s="14" t="n">
         <v>42667.0</v>
       </c>
-      <c r="X15" s="14" t="n">
+      <c r="Z15" s="14" t="n">
         <v>39401.0</v>
       </c>
-      <c r="Y15" s="14" t="n">
+      <c r="AA15" s="14" t="n">
         <v>45295.0</v>
       </c>
-      <c r="Z15" s="14" t="n">
+      <c r="AB15" s="14" t="n">
         <v>35987.0</v>
       </c>
-      <c r="AA15" s="14" t="n">
+      <c r="AC15" s="14" t="n">
         <v>21870.0</v>
       </c>
-      <c r="AB15" s="14" t="n">
-[...2 lines deleted...]
-      <c r="AC15" s="14" t="n">
+      <c r="AD15" s="14" t="n">
+        <v>43836.0</v>
+      </c>
+      <c r="AE15" s="14" t="n">
+        <v>62134.0</v>
+      </c>
+      <c r="AF15" s="14" t="n">
         <v>71296.0</v>
       </c>
-      <c r="AD15" s="14" t="n">
+      <c r="AG15" s="14" t="n">
         <v>67780.0</v>
       </c>
-      <c r="AE15" s="14" t="n">
-[...5 lines deleted...]
-      <c r="AG15" s="14" t="n">
+      <c r="AH15" s="14" t="n">
+        <v>76747.0</v>
+      </c>
+      <c r="AI15" s="14" t="n">
+        <v>74492.0</v>
+      </c>
+      <c r="AJ15" s="14" t="n">
         <v>79853.0</v>
       </c>
-      <c r="AH15" s="14" t="n">
+      <c r="AK15" s="14" t="n">
         <v>109602.0</v>
       </c>
-      <c r="AI15" s="14" t="n">
+      <c r="AL15" s="14" t="n">
         <v>97951.0</v>
       </c>
-      <c r="AJ15" s="14" t="n">
+      <c r="AM15" s="14" t="n">
         <v>175074.0</v>
       </c>
-      <c r="AK15" s="14" t="n">
+      <c r="AN15" s="14" t="n">
         <v>208180.0</v>
       </c>
-      <c r="AL15" s="14" t="n">
+      <c r="AO15" s="14" t="n">
         <v>224623.0</v>
       </c>
-      <c r="AM15" s="14" t="n">
+      <c r="AP15" s="14" t="n">
         <v>209945.0</v>
       </c>
-      <c r="AN15" s="14" t="n">
+      <c r="AQ15" s="14" t="n">
         <v>159285.0</v>
       </c>
-      <c r="AO15" s="14" t="n">
-[...7 lines deleted...]
-      </c>
       <c r="AR15" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AS15" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AT15" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AU15" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AV15" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AW15" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AX15" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AY15" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AZ15" s="14" t="n">
@@ -5457,533 +5786,578 @@
       <c r="BT15" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BU15" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BV15" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BW15" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BX15" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BY15" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BZ15" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="CA15" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="CB15" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CC15" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CD15" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CE15" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CF15" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CG15" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CH15" s="14" t="n">
+        <v>427567.0</v>
+      </c>
+      <c r="CI15" s="14" t="n">
         <v>447235.0</v>
       </c>
-      <c r="CC15" s="14" t="n">
+      <c r="CJ15" s="14" t="n">
         <v>500021.0</v>
       </c>
-      <c r="CD15" s="14" t="n">
+      <c r="CK15" s="14" t="n">
         <v>486452.0</v>
       </c>
-      <c r="CE15" s="14" t="n">
+      <c r="CL15" s="14" t="n">
         <v>480672.0</v>
       </c>
-      <c r="CF15" s="14" t="n">
+      <c r="CM15" s="14" t="n">
         <v>476472.0</v>
       </c>
-      <c r="CG15" s="14" t="n">
+      <c r="CN15" s="14" t="n">
         <v>494499.0</v>
       </c>
-      <c r="CH15" s="14" t="n">
+      <c r="CO15" s="14" t="n">
         <v>412346.0</v>
       </c>
-      <c r="CI15" s="14" t="n">
+      <c r="CP15" s="14" t="n">
         <v>562519.0</v>
       </c>
-      <c r="CJ15" s="14" t="n">
+      <c r="CQ15" s="14" t="n">
         <v>475925.0</v>
       </c>
-      <c r="CK15" s="14" t="n">
+      <c r="CR15" s="14" t="n">
         <v>355631.0</v>
       </c>
-      <c r="CL15" s="14" t="n">
+      <c r="CS15" s="14" t="n">
         <v>375234.0</v>
       </c>
-      <c r="CM15" s="14" t="n">
+      <c r="CT15" s="14" t="n">
         <v>294675.0</v>
       </c>
-      <c r="CN15" s="14" t="n">
+      <c r="CU15" s="14" t="n">
         <v>467197.0</v>
       </c>
-      <c r="CO15" s="14" t="n">
+      <c r="CV15" s="14" t="n">
+        <v>9393.0</v>
+      </c>
+      <c r="CW15" s="14" t="n">
         <v>11127.0</v>
       </c>
-      <c r="CP15" s="14" t="n">
+      <c r="CX15" s="14" t="n">
         <v>5529.0</v>
       </c>
-      <c r="CQ15" s="14" t="n">
+      <c r="CY15" s="14" t="n">
         <v>5004.0</v>
       </c>
-      <c r="CR15" s="14" t="n">
+      <c r="CZ15" s="14" t="n">
         <v>6438.0</v>
       </c>
-      <c r="CS15" s="14" t="n">
+      <c r="DA15" s="14" t="n">
         <v>8801.0</v>
       </c>
-      <c r="CT15" s="14" t="n">
+      <c r="DB15" s="14" t="n">
         <v>11308.0</v>
       </c>
-      <c r="CU15" s="14" t="n">
+      <c r="DC15" s="14" t="n">
         <v>15667.0</v>
       </c>
-      <c r="CV15" s="14" t="n">
+      <c r="DD15" s="14" t="n">
         <v>14476.0</v>
       </c>
-      <c r="CW15" s="14" t="n">
+      <c r="DE15" s="14" t="n">
         <v>21506.0</v>
       </c>
-      <c r="CX15" s="14" t="n">
+      <c r="DF15" s="14" t="n">
         <v>25690.0</v>
       </c>
-      <c r="CY15" s="14" t="n">
+      <c r="DG15" s="14" t="n">
         <v>38202.0</v>
       </c>
-      <c r="CZ15" s="14" t="n">
+      <c r="DH15" s="14" t="n">
         <v>38506.0</v>
       </c>
-      <c r="DA15" s="14" t="n">
+      <c r="DI15" s="14" t="n">
         <v>39851.0</v>
       </c>
-      <c r="DB15" s="14" t="n">
+      <c r="DJ15" s="14" t="n">
+        <v>436960.0</v>
+      </c>
+      <c r="DK15" s="14" t="n">
         <v>458362.0</v>
       </c>
-      <c r="DC15" s="14" t="n">
-[...2 lines deleted...]
-      <c r="DD15" s="14" t="n">
+      <c r="DL15" s="14" t="n">
+        <v>505549.0</v>
+      </c>
+      <c r="DM15" s="14" t="n">
         <v>491456.0</v>
       </c>
-      <c r="DE15" s="14" t="n">
-[...5 lines deleted...]
-      <c r="DG15" s="14" t="n">
+      <c r="DN15" s="14" t="n">
+        <v>487109.0</v>
+      </c>
+      <c r="DO15" s="14" t="n">
+        <v>485272.0</v>
+      </c>
+      <c r="DP15" s="14" t="n">
         <v>505807.0</v>
       </c>
-      <c r="DH15" s="14" t="n">
+      <c r="DQ15" s="14" t="n">
         <v>428013.0</v>
       </c>
-      <c r="DI15" s="14" t="n">
+      <c r="DR15" s="14" t="n">
         <v>576995.0</v>
       </c>
-      <c r="DJ15" s="14" t="n">
+      <c r="DS15" s="14" t="n">
         <v>497431.0</v>
       </c>
-      <c r="DK15" s="14" t="n">
+      <c r="DT15" s="14" t="n">
         <v>381321.0</v>
       </c>
-      <c r="DL15" s="14" t="n">
+      <c r="DU15" s="14" t="n">
         <v>413436.0</v>
       </c>
-      <c r="DM15" s="14" t="n">
+      <c r="DV15" s="14" t="n">
         <v>333181.0</v>
       </c>
-      <c r="DN15" s="14" t="n">
+      <c r="DW15" s="14" t="n">
         <v>507048.0</v>
       </c>
-      <c r="DO15" s="14" t="n">
+      <c r="DX15" s="14" t="n">
+        <v>4207.0</v>
+      </c>
+      <c r="DY15" s="14" t="n">
         <v>3587.0</v>
       </c>
-      <c r="DP15" s="14" t="n">
+      <c r="DZ15" s="14" t="n">
         <v>1744.0</v>
       </c>
-      <c r="DQ15" s="14" t="n">
+      <c r="EA15" s="14" t="n">
         <v>1856.0</v>
       </c>
-      <c r="DR15" s="14" t="n">
+      <c r="EB15" s="14" t="n">
         <v>3893.0</v>
       </c>
-      <c r="DS15" s="14" t="n">
+      <c r="EC15" s="14" t="n">
         <v>2756.0</v>
       </c>
-      <c r="DT15" s="14" t="n">
+      <c r="ED15" s="14" t="n">
         <v>2641.0</v>
       </c>
-      <c r="DU15" s="14" t="n">
+      <c r="EE15" s="14" t="n">
         <v>20126.0</v>
       </c>
-      <c r="DV15" s="14" t="n">
-[...2 lines deleted...]
-      <c r="DW15" s="14" t="n">
+      <c r="EF15" s="14" t="n">
+        <v>20381.0</v>
+      </c>
+      <c r="EG15" s="14" t="n">
         <v>29890.0</v>
       </c>
-      <c r="DX15" s="14" t="n">
+      <c r="EH15" s="14" t="n">
         <v>32815.0</v>
       </c>
-      <c r="DY15" s="14" t="n">
+      <c r="EI15" s="14" t="n">
         <v>12809.0</v>
       </c>
-      <c r="DZ15" s="14" t="n">
+      <c r="EJ15" s="14" t="n">
         <v>10014.0</v>
       </c>
-      <c r="EA15" s="14" t="n">
+      <c r="EK15" s="14" t="n">
         <v>3956.0</v>
       </c>
-      <c r="EB15" s="14" t="n">
+      <c r="EL15" s="14" t="n">
+        <v>1309.0</v>
+      </c>
+      <c r="EM15" s="14" t="n">
         <v>1456.0</v>
       </c>
-      <c r="EC15" s="14" t="n">
+      <c r="EN15" s="14" t="n">
         <v>1086.0</v>
       </c>
-      <c r="ED15" s="14" t="n">
+      <c r="EO15" s="14" t="n">
         <v>1282.0</v>
       </c>
-      <c r="EE15" s="14" t="n">
-[...2 lines deleted...]
-      <c r="EF15" s="14" t="n">
+      <c r="EP15" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EQ15" s="14" t="n">
         <v>17.0</v>
       </c>
-      <c r="EG15" s="14" t="n">
+      <c r="ER15" s="14" t="n">
         <v>92.0</v>
       </c>
-      <c r="EH15" s="14" t="n">
+      <c r="ES15" s="14" t="n">
         <v>35.0</v>
       </c>
-      <c r="EI15" s="14" t="n">
+      <c r="ET15" s="14" t="n">
         <v>57.0</v>
       </c>
-      <c r="EJ15" s="14" t="n">
-[...5 lines deleted...]
-      <c r="EL15" s="14" t="n">
+      <c r="EU15" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EV15" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EW15" s="14" t="n">
         <v>26.0</v>
       </c>
-      <c r="EM15" s="14" t="n">
-[...2 lines deleted...]
-      <c r="EN15" s="14" t="n">
+      <c r="EX15" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EY15" s="14" t="n">
         <v>8084.0</v>
       </c>
-      <c r="EO15" s="14" t="n">
+      <c r="EZ15" s="14" t="n">
+        <v>5516.0</v>
+      </c>
+      <c r="FA15" s="14" t="n">
         <v>5043.0</v>
       </c>
-      <c r="EP15" s="14" t="n">
+      <c r="FB15" s="14" t="n">
         <v>2830.0</v>
       </c>
-      <c r="EQ15" s="14" t="n">
+      <c r="FC15" s="14" t="n">
         <v>3138.0</v>
       </c>
-      <c r="ER15" s="14" t="n">
+      <c r="FD15" s="14" t="n">
         <v>3893.0</v>
       </c>
-      <c r="ES15" s="14" t="n">
-[...2 lines deleted...]
-      <c r="ET15" s="14" t="n">
+      <c r="FE15" s="14" t="n">
+        <v>2774.0</v>
+      </c>
+      <c r="FF15" s="14" t="n">
         <v>2733.0</v>
       </c>
-      <c r="EU15" s="14" t="n">
+      <c r="FG15" s="14" t="n">
         <v>20161.0</v>
       </c>
-      <c r="EV15" s="14" t="n">
+      <c r="FH15" s="14" t="n">
         <v>20437.0</v>
       </c>
-      <c r="EW15" s="14" t="n">
+      <c r="FI15" s="14" t="n">
         <v>29890.0</v>
       </c>
-      <c r="EX15" s="14" t="n">
+      <c r="FJ15" s="14" t="n">
         <v>32815.0</v>
       </c>
-      <c r="EY15" s="14" t="n">
+      <c r="FK15" s="14" t="n">
         <v>12835.0</v>
       </c>
-      <c r="EZ15" s="14" t="n">
+      <c r="FL15" s="14" t="n">
         <v>10014.0</v>
       </c>
-      <c r="FA15" s="14" t="n">
+      <c r="FM15" s="14" t="n">
         <v>12040.0</v>
       </c>
-      <c r="FB15" s="14" t="n">
-[...2 lines deleted...]
-      <c r="FC15" s="14" t="n">
+      <c r="FN15" s="14" t="n">
+        <v>469932.0</v>
+      </c>
+      <c r="FO15" s="14" t="n">
+        <v>504730.0</v>
+      </c>
+      <c r="FP15" s="14" t="n">
         <v>559163.0</v>
       </c>
-      <c r="FD15" s="14" t="n">
-[...2 lines deleted...]
-      <c r="FE15" s="14" t="n">
+      <c r="FQ15" s="14" t="n">
+        <v>540548.0</v>
+      </c>
+      <c r="FR15" s="14" t="n">
         <v>544584.0</v>
       </c>
-      <c r="FF15" s="14" t="n">
+      <c r="FS15" s="14" t="n">
         <v>538480.0</v>
       </c>
-      <c r="FG15" s="14" t="n">
+      <c r="FT15" s="14" t="n">
         <v>546157.0</v>
       </c>
-      <c r="FH15" s="14" t="n">
+      <c r="FU15" s="14" t="n">
         <v>522619.0</v>
       </c>
-      <c r="FI15" s="14" t="n">
-[...2 lines deleted...]
-      <c r="FJ15" s="14" t="n">
+      <c r="FV15" s="14" t="n">
+        <v>653567.0</v>
+      </c>
+      <c r="FW15" s="14" t="n">
         <v>638222.0</v>
       </c>
-      <c r="FK15" s="14" t="n">
+      <c r="FX15" s="14" t="n">
         <v>557225.0</v>
       </c>
-      <c r="FL15" s="14" t="n">
+      <c r="FY15" s="14" t="n">
         <v>567371.0</v>
       </c>
-      <c r="FM15" s="14" t="n">
+      <c r="FZ15" s="14" t="n">
         <v>478647.0</v>
       </c>
-      <c r="FN15" s="14" t="n">
+      <c r="GA15" s="14" t="n">
         <v>608568.0</v>
       </c>
-      <c r="FO15" s="14" t="n">
+      <c r="GB15" s="14" t="n">
+        <v>16380.0</v>
+      </c>
+      <c r="GC15" s="14" t="n">
         <v>20809.0</v>
       </c>
-      <c r="FP15" s="14" t="n">
+      <c r="GD15" s="14" t="n">
         <v>20513.0</v>
       </c>
-      <c r="FQ15" s="14" t="n">
+      <c r="GE15" s="14" t="n">
         <v>21825.0</v>
       </c>
-      <c r="FR15" s="14" t="n">
-[...2 lines deleted...]
-      <c r="FS15" s="14" t="n">
+      <c r="GF15" s="14" t="n">
+        <v>23166.0</v>
+      </c>
+      <c r="GG15" s="14" t="n">
         <v>24057.0</v>
       </c>
-      <c r="FT15" s="14" t="n">
+      <c r="GH15" s="14" t="n">
         <v>42236.0</v>
       </c>
-      <c r="FU15" s="14" t="n">
+      <c r="GI15" s="14" t="n">
         <v>35157.0</v>
       </c>
-      <c r="FV15" s="14" t="n">
-[...2 lines deleted...]
-      <c r="FW15" s="14" t="n">
+      <c r="GJ15" s="14" t="n">
+        <v>41816.0</v>
+      </c>
+      <c r="GK15" s="14" t="n">
         <v>64173.0</v>
       </c>
-      <c r="FX15" s="14" t="n">
+      <c r="GL15" s="14" t="n">
         <v>65091.0</v>
       </c>
-      <c r="FY15" s="14" t="n">
+      <c r="GM15" s="14" t="n">
         <v>83523.0</v>
       </c>
-      <c r="FZ15" s="14" t="n">
+      <c r="GN15" s="14" t="n">
         <v>74493.0</v>
       </c>
-      <c r="GA15" s="14" t="n">
+      <c r="GO15" s="14" t="n">
         <v>69805.0</v>
       </c>
-      <c r="GB15" s="14" t="n">
-[...2 lines deleted...]
-      <c r="GC15" s="14" t="n">
+      <c r="GP15" s="14" t="n">
+        <v>486312.0</v>
+      </c>
+      <c r="GQ15" s="14" t="n">
+        <v>525539.0</v>
+      </c>
+      <c r="GR15" s="14" t="n">
         <v>579676.0</v>
       </c>
-      <c r="GD15" s="14" t="n">
-[...5 lines deleted...]
-      <c r="GF15" s="14" t="n">
+      <c r="GS15" s="14" t="n">
+        <v>562373.0</v>
+      </c>
+      <c r="GT15" s="14" t="n">
+        <v>567750.0</v>
+      </c>
+      <c r="GU15" s="14" t="n">
         <v>562537.0</v>
       </c>
-      <c r="GG15" s="14" t="n">
+      <c r="GV15" s="14" t="n">
         <v>588393.0</v>
       </c>
-      <c r="GH15" s="14" t="n">
+      <c r="GW15" s="14" t="n">
         <v>557776.0</v>
       </c>
-      <c r="GI15" s="14" t="n">
+      <c r="GX15" s="14" t="n">
         <v>695383.0</v>
       </c>
-      <c r="GJ15" s="14" t="n">
+      <c r="GY15" s="14" t="n">
         <v>702395.0</v>
       </c>
-      <c r="GK15" s="14" t="n">
+      <c r="GZ15" s="14" t="n">
         <v>622316.0</v>
       </c>
-      <c r="GL15" s="14" t="n">
+      <c r="HA15" s="14" t="n">
         <v>650894.0</v>
       </c>
-      <c r="GM15" s="14" t="n">
+      <c r="HB15" s="14" t="n">
         <v>553140.0</v>
       </c>
-      <c r="GN15" s="14" t="n">
+      <c r="HC15" s="14" t="n">
         <v>678373.0</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="6" t="inlineStr">
         <is>
           <t>03.3. Sludge and liquid waste from waste treatment</t>
         </is>
       </c>
       <c r="B16" s="14" t="n">
+        <v>98606.0</v>
+      </c>
+      <c r="C16" s="14" t="n">
         <v>113364.0</v>
       </c>
-      <c r="C16" s="14" t="n">
+      <c r="D16" s="14" t="n">
         <v>122963.0</v>
       </c>
-      <c r="D16" s="14" t="n">
+      <c r="E16" s="14" t="n">
         <v>151619.0</v>
       </c>
-      <c r="E16" s="14" t="n">
+      <c r="F16" s="14" t="n">
         <v>104469.0</v>
       </c>
-      <c r="F16" s="14" t="n">
+      <c r="G16" s="14" t="n">
         <v>103594.0</v>
       </c>
-      <c r="G16" s="14" t="n">
+      <c r="H16" s="14" t="n">
         <v>52606.0</v>
       </c>
-      <c r="H16" s="14" t="n">
+      <c r="I16" s="14" t="n">
         <v>63598.0</v>
       </c>
-      <c r="I16" s="14" t="n">
+      <c r="J16" s="14" t="n">
         <v>39873.0</v>
       </c>
-      <c r="J16" s="14" t="n">
+      <c r="K16" s="14" t="n">
         <v>33461.0</v>
       </c>
-      <c r="K16" s="14" t="n">
+      <c r="L16" s="14" t="n">
         <v>25096.0</v>
       </c>
-      <c r="L16" s="14" t="n">
+      <c r="M16" s="14" t="n">
         <v>18111.0</v>
       </c>
-      <c r="M16" s="14" t="n">
+      <c r="N16" s="14" t="n">
         <v>5589.0</v>
       </c>
-      <c r="N16" s="14" t="n">
+      <c r="O16" s="14" t="n">
         <v>41172.0</v>
       </c>
-      <c r="O16" s="14" t="n">
+      <c r="P16" s="14" t="n">
+        <v>3372.0</v>
+      </c>
+      <c r="Q16" s="14" t="n">
         <v>2042.0</v>
       </c>
-      <c r="P16" s="14" t="n">
+      <c r="R16" s="14" t="n">
         <v>2227.0</v>
       </c>
-      <c r="Q16" s="14" t="n">
+      <c r="S16" s="14" t="n">
         <v>4901.0</v>
       </c>
-      <c r="R16" s="14" t="n">
+      <c r="T16" s="14" t="n">
         <v>4260.0</v>
       </c>
-      <c r="S16" s="14" t="n">
+      <c r="U16" s="14" t="n">
         <v>5065.0</v>
       </c>
-      <c r="T16" s="14" t="n">
+      <c r="V16" s="14" t="n">
         <v>13967.0</v>
       </c>
-      <c r="U16" s="14" t="n">
+      <c r="W16" s="14" t="n">
         <v>12701.0</v>
       </c>
-      <c r="V16" s="14" t="n">
+      <c r="X16" s="14" t="n">
         <v>32850.0</v>
       </c>
-      <c r="W16" s="14" t="n">
+      <c r="Y16" s="14" t="n">
         <v>8123.0</v>
       </c>
-      <c r="X16" s="14" t="n">
+      <c r="Z16" s="14" t="n">
         <v>7876.0</v>
       </c>
-      <c r="Y16" s="14" t="n">
+      <c r="AA16" s="14" t="n">
         <v>11382.0</v>
       </c>
-      <c r="Z16" s="14" t="n">
+      <c r="AB16" s="14" t="n">
         <v>7411.0</v>
       </c>
-      <c r="AA16" s="14" t="n">
+      <c r="AC16" s="14" t="n">
         <v>4173.0</v>
       </c>
-      <c r="AB16" s="14" t="n">
+      <c r="AD16" s="14" t="n">
+        <v>101978.0</v>
+      </c>
+      <c r="AE16" s="14" t="n">
         <v>115406.0</v>
       </c>
-      <c r="AC16" s="14" t="n">
+      <c r="AF16" s="14" t="n">
         <v>125190.0</v>
       </c>
-      <c r="AD16" s="14" t="n">
+      <c r="AG16" s="14" t="n">
         <v>156520.0</v>
       </c>
-      <c r="AE16" s="14" t="n">
+      <c r="AH16" s="14" t="n">
         <v>108729.0</v>
       </c>
-      <c r="AF16" s="14" t="n">
-[...2 lines deleted...]
-      <c r="AG16" s="14" t="n">
+      <c r="AI16" s="14" t="n">
+        <v>108660.0</v>
+      </c>
+      <c r="AJ16" s="14" t="n">
         <v>66573.0</v>
       </c>
-      <c r="AH16" s="14" t="n">
+      <c r="AK16" s="14" t="n">
         <v>76299.0</v>
       </c>
-      <c r="AI16" s="14" t="n">
+      <c r="AL16" s="14" t="n">
         <v>72723.0</v>
       </c>
-      <c r="AJ16" s="14" t="n">
+      <c r="AM16" s="14" t="n">
         <v>41584.0</v>
       </c>
-      <c r="AK16" s="14" t="n">
+      <c r="AN16" s="14" t="n">
         <v>32972.0</v>
       </c>
-      <c r="AL16" s="14" t="n">
+      <c r="AO16" s="14" t="n">
         <v>29493.0</v>
       </c>
-      <c r="AM16" s="14" t="n">
+      <c r="AP16" s="14" t="n">
         <v>13000.0</v>
       </c>
-      <c r="AN16" s="14" t="n">
+      <c r="AQ16" s="14" t="n">
         <v>45345.0</v>
       </c>
-      <c r="AO16" s="14" t="n">
-[...7 lines deleted...]
-      </c>
       <c r="AR16" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AS16" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AT16" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AU16" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AV16" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AW16" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AX16" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AY16" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AZ16" s="14" t="n">
@@ -6049,533 +6423,578 @@
       <c r="BT16" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BU16" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BV16" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BW16" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BX16" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BY16" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BZ16" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="CA16" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="CB16" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CC16" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CD16" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CE16" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CF16" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CG16" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CH16" s="14" t="n">
+        <v>116622.0</v>
+      </c>
+      <c r="CI16" s="14" t="n">
         <v>140042.0</v>
       </c>
-      <c r="CC16" s="14" t="n">
+      <c r="CJ16" s="14" t="n">
         <v>95023.0</v>
       </c>
-      <c r="CD16" s="14" t="n">
+      <c r="CK16" s="14" t="n">
         <v>59029.0</v>
       </c>
-      <c r="CE16" s="14" t="n">
+      <c r="CL16" s="14" t="n">
         <v>102723.0</v>
       </c>
-      <c r="CF16" s="14" t="n">
+      <c r="CM16" s="14" t="n">
         <v>73448.0</v>
       </c>
-      <c r="CG16" s="14" t="n">
+      <c r="CN16" s="14" t="n">
         <v>47278.0</v>
       </c>
-      <c r="CH16" s="14" t="n">
+      <c r="CO16" s="14" t="n">
         <v>70448.0</v>
       </c>
-      <c r="CI16" s="14" t="n">
+      <c r="CP16" s="14" t="n">
         <v>112170.0</v>
       </c>
-      <c r="CJ16" s="14" t="n">
+      <c r="CQ16" s="14" t="n">
         <v>105961.0</v>
       </c>
-      <c r="CK16" s="14" t="n">
+      <c r="CR16" s="14" t="n">
         <v>160390.0</v>
       </c>
-      <c r="CL16" s="14" t="n">
+      <c r="CS16" s="14" t="n">
         <v>187694.0</v>
       </c>
-      <c r="CM16" s="14" t="n">
+      <c r="CT16" s="14" t="n">
         <v>9549.0</v>
       </c>
-      <c r="CN16" s="14" t="n">
+      <c r="CU16" s="14" t="n">
         <v>5551.0</v>
       </c>
-      <c r="CO16" s="14" t="n">
+      <c r="CV16" s="14" t="n">
+        <v>15532.0</v>
+      </c>
+      <c r="CW16" s="14" t="n">
         <v>33935.0</v>
       </c>
-      <c r="CP16" s="14" t="n">
+      <c r="CX16" s="14" t="n">
         <v>4234.0</v>
       </c>
-      <c r="CQ16" s="14" t="n">
+      <c r="CY16" s="14" t="n">
         <v>7607.0</v>
       </c>
-      <c r="CR16" s="14" t="n">
+      <c r="CZ16" s="14" t="n">
         <v>6453.0</v>
       </c>
-      <c r="CS16" s="14" t="n">
+      <c r="DA16" s="14" t="n">
         <v>12658.0</v>
       </c>
-      <c r="CT16" s="14" t="n">
+      <c r="DB16" s="14" t="n">
         <v>14264.0</v>
       </c>
-      <c r="CU16" s="14" t="n">
+      <c r="DC16" s="14" t="n">
         <v>8411.0</v>
       </c>
-      <c r="CV16" s="14" t="n">
+      <c r="DD16" s="14" t="n">
         <v>58732.0</v>
       </c>
-      <c r="CW16" s="14" t="n">
+      <c r="DE16" s="14" t="n">
         <v>78029.0</v>
       </c>
-      <c r="CX16" s="14" t="n">
+      <c r="DF16" s="14" t="n">
         <v>55608.0</v>
       </c>
-      <c r="CY16" s="14" t="n">
+      <c r="DG16" s="14" t="n">
         <v>48381.0</v>
       </c>
-      <c r="CZ16" s="14" t="n">
+      <c r="DH16" s="14" t="n">
         <v>18405.0</v>
       </c>
-      <c r="DA16" s="14" t="n">
+      <c r="DI16" s="14" t="n">
         <v>1444.0</v>
       </c>
-      <c r="DB16" s="14" t="n">
-[...2 lines deleted...]
-      <c r="DC16" s="14" t="n">
+      <c r="DJ16" s="14" t="n">
+        <v>132154.0</v>
+      </c>
+      <c r="DK16" s="14" t="n">
+        <v>173976.0</v>
+      </c>
+      <c r="DL16" s="14" t="n">
         <v>99257.0</v>
       </c>
-      <c r="DD16" s="14" t="n">
+      <c r="DM16" s="14" t="n">
         <v>66636.0</v>
       </c>
-      <c r="DE16" s="14" t="n">
+      <c r="DN16" s="14" t="n">
         <v>109176.0</v>
       </c>
-      <c r="DF16" s="14" t="n">
+      <c r="DO16" s="14" t="n">
         <v>86106.0</v>
       </c>
-      <c r="DG16" s="14" t="n">
+      <c r="DP16" s="14" t="n">
         <v>61542.0</v>
       </c>
-      <c r="DH16" s="14" t="n">
+      <c r="DQ16" s="14" t="n">
         <v>78859.0</v>
       </c>
-      <c r="DI16" s="14" t="n">
-[...2 lines deleted...]
-      <c r="DJ16" s="14" t="n">
+      <c r="DR16" s="14" t="n">
+        <v>170901.0</v>
+      </c>
+      <c r="DS16" s="14" t="n">
         <v>183990.0</v>
       </c>
-      <c r="DK16" s="14" t="n">
+      <c r="DT16" s="14" t="n">
         <v>215998.0</v>
       </c>
-      <c r="DL16" s="14" t="n">
+      <c r="DU16" s="14" t="n">
         <v>236075.0</v>
       </c>
-      <c r="DM16" s="14" t="n">
+      <c r="DV16" s="14" t="n">
         <v>27954.0</v>
       </c>
-      <c r="DN16" s="14" t="n">
+      <c r="DW16" s="14" t="n">
         <v>6995.0</v>
       </c>
-      <c r="DO16" s="14" t="n">
-[...20 lines deleted...]
-      <c r="DV16" s="14" t="n">
+      <c r="DX16" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DY16" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DZ16" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EA16" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EB16" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EC16" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="ED16" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EE16" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EF16" s="14" t="n">
         <v>5124.0</v>
       </c>
-      <c r="DW16" s="14" t="n">
-[...14 lines deleted...]
-      <c r="EB16" s="14" t="n">
+      <c r="EG16" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EH16" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EI16" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EJ16" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EK16" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EL16" s="14" t="n">
+        <v>15895.0</v>
+      </c>
+      <c r="EM16" s="14" t="n">
         <v>14206.0</v>
       </c>
-      <c r="EC16" s="14" t="n">
+      <c r="EN16" s="14" t="n">
         <v>14977.0</v>
       </c>
-      <c r="ED16" s="14" t="n">
+      <c r="EO16" s="14" t="n">
         <v>14970.0</v>
       </c>
-      <c r="EE16" s="14" t="n">
+      <c r="EP16" s="14" t="n">
         <v>21785.0</v>
       </c>
-      <c r="EF16" s="14" t="n">
+      <c r="EQ16" s="14" t="n">
         <v>27532.0</v>
       </c>
-      <c r="EG16" s="14" t="n">
+      <c r="ER16" s="14" t="n">
         <v>26985.0</v>
       </c>
-      <c r="EH16" s="14" t="n">
+      <c r="ES16" s="14" t="n">
         <v>36917.0</v>
       </c>
-      <c r="EI16" s="14" t="n">
+      <c r="ET16" s="14" t="n">
         <v>42071.0</v>
       </c>
-      <c r="EJ16" s="14" t="n">
+      <c r="EU16" s="14" t="n">
         <v>28374.0</v>
       </c>
-      <c r="EK16" s="14" t="n">
+      <c r="EV16" s="14" t="n">
         <v>16070.0</v>
       </c>
-      <c r="EL16" s="14" t="n">
+      <c r="EW16" s="14" t="n">
         <v>28059.0</v>
       </c>
-      <c r="EM16" s="14" t="n">
-[...2 lines deleted...]
-      <c r="EN16" s="14" t="n">
+      <c r="EX16" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EY16" s="14" t="n">
         <v>56.0</v>
       </c>
-      <c r="EO16" s="14" t="n">
+      <c r="EZ16" s="14" t="n">
+        <v>15895.0</v>
+      </c>
+      <c r="FA16" s="14" t="n">
         <v>14206.0</v>
       </c>
-      <c r="EP16" s="14" t="n">
+      <c r="FB16" s="14" t="n">
         <v>14977.0</v>
       </c>
-      <c r="EQ16" s="14" t="n">
+      <c r="FC16" s="14" t="n">
         <v>14970.0</v>
       </c>
-      <c r="ER16" s="14" t="n">
+      <c r="FD16" s="14" t="n">
         <v>21785.0</v>
       </c>
-      <c r="ES16" s="14" t="n">
+      <c r="FE16" s="14" t="n">
         <v>27532.0</v>
       </c>
-      <c r="ET16" s="14" t="n">
+      <c r="FF16" s="14" t="n">
         <v>26985.0</v>
       </c>
-      <c r="EU16" s="14" t="n">
+      <c r="FG16" s="14" t="n">
         <v>36917.0</v>
       </c>
-      <c r="EV16" s="14" t="n">
+      <c r="FH16" s="14" t="n">
         <v>47195.0</v>
       </c>
-      <c r="EW16" s="14" t="n">
+      <c r="FI16" s="14" t="n">
         <v>28374.0</v>
       </c>
-      <c r="EX16" s="14" t="n">
+      <c r="FJ16" s="14" t="n">
         <v>16070.0</v>
       </c>
-      <c r="EY16" s="14" t="n">
+      <c r="FK16" s="14" t="n">
         <v>28059.0</v>
       </c>
-      <c r="EZ16" s="14" t="n">
-[...2 lines deleted...]
-      <c r="FA16" s="14" t="n">
+      <c r="FL16" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FM16" s="14" t="n">
         <v>56.0</v>
       </c>
-      <c r="FB16" s="14" t="n">
-[...5 lines deleted...]
-      <c r="FD16" s="14" t="n">
+      <c r="FN16" s="14" t="n">
+        <v>215228.0</v>
+      </c>
+      <c r="FO16" s="14" t="n">
+        <v>253405.0</v>
+      </c>
+      <c r="FP16" s="14" t="n">
+        <v>217987.0</v>
+      </c>
+      <c r="FQ16" s="14" t="n">
         <v>210648.0</v>
       </c>
-      <c r="FE16" s="14" t="n">
+      <c r="FR16" s="14" t="n">
         <v>207192.0</v>
       </c>
-      <c r="FF16" s="14" t="n">
+      <c r="FS16" s="14" t="n">
         <v>177042.0</v>
       </c>
-      <c r="FG16" s="14" t="n">
+      <c r="FT16" s="14" t="n">
         <v>99884.0</v>
       </c>
-      <c r="FH16" s="14" t="n">
+      <c r="FU16" s="14" t="n">
         <v>134046.0</v>
       </c>
-      <c r="FI16" s="14" t="n">
+      <c r="FV16" s="14" t="n">
         <v>157167.0</v>
       </c>
-      <c r="FJ16" s="14" t="n">
+      <c r="FW16" s="14" t="n">
         <v>139422.0</v>
       </c>
-      <c r="FK16" s="14" t="n">
+      <c r="FX16" s="14" t="n">
         <v>185486.0</v>
       </c>
-      <c r="FL16" s="14" t="n">
+      <c r="FY16" s="14" t="n">
         <v>205805.0</v>
       </c>
-      <c r="FM16" s="14" t="n">
+      <c r="FZ16" s="14" t="n">
         <v>15138.0</v>
       </c>
-      <c r="FN16" s="14" t="n">
+      <c r="GA16" s="14" t="n">
         <v>46723.0</v>
       </c>
-      <c r="FO16" s="14" t="n">
+      <c r="GB16" s="14" t="n">
+        <v>34798.0</v>
+      </c>
+      <c r="GC16" s="14" t="n">
         <v>50183.0</v>
       </c>
-      <c r="FP16" s="14" t="n">
-[...2 lines deleted...]
-      <c r="FQ16" s="14" t="n">
+      <c r="GD16" s="14" t="n">
+        <v>21437.0</v>
+      </c>
+      <c r="GE16" s="14" t="n">
         <v>27478.0</v>
       </c>
-      <c r="FR16" s="14" t="n">
+      <c r="GF16" s="14" t="n">
         <v>32498.0</v>
       </c>
-      <c r="FS16" s="14" t="n">
+      <c r="GG16" s="14" t="n">
         <v>45255.0</v>
       </c>
-      <c r="FT16" s="14" t="n">
+      <c r="GH16" s="14" t="n">
         <v>55216.0</v>
       </c>
-      <c r="FU16" s="14" t="n">
+      <c r="GI16" s="14" t="n">
         <v>58029.0</v>
       </c>
-      <c r="FV16" s="14" t="n">
-[...2 lines deleted...]
-      <c r="FW16" s="14" t="n">
+      <c r="GJ16" s="14" t="n">
+        <v>133652.0</v>
+      </c>
+      <c r="GK16" s="14" t="n">
         <v>114526.0</v>
       </c>
-      <c r="FX16" s="14" t="n">
+      <c r="GL16" s="14" t="n">
         <v>79554.0</v>
       </c>
-      <c r="FY16" s="14" t="n">
+      <c r="GM16" s="14" t="n">
         <v>87822.0</v>
       </c>
-      <c r="FZ16" s="14" t="n">
+      <c r="GN16" s="14" t="n">
         <v>25816.0</v>
       </c>
-      <c r="GA16" s="14" t="n">
+      <c r="GO16" s="14" t="n">
         <v>5673.0</v>
       </c>
-      <c r="GB16" s="14" t="n">
-[...5 lines deleted...]
-      <c r="GD16" s="14" t="n">
+      <c r="GP16" s="14" t="n">
+        <v>250026.0</v>
+      </c>
+      <c r="GQ16" s="14" t="n">
+        <v>303588.0</v>
+      </c>
+      <c r="GR16" s="14" t="n">
+        <v>239423.0</v>
+      </c>
+      <c r="GS16" s="14" t="n">
         <v>238126.0</v>
       </c>
-      <c r="GE16" s="14" t="n">
+      <c r="GT16" s="14" t="n">
         <v>239690.0</v>
       </c>
-      <c r="GF16" s="14" t="n">
+      <c r="GU16" s="14" t="n">
         <v>222297.0</v>
       </c>
-      <c r="GG16" s="14" t="n">
+      <c r="GV16" s="14" t="n">
         <v>155100.0</v>
       </c>
-      <c r="GH16" s="14" t="n">
+      <c r="GW16" s="14" t="n">
         <v>192075.0</v>
       </c>
-      <c r="GI16" s="14" t="n">
-[...2 lines deleted...]
-      <c r="GJ16" s="14" t="n">
+      <c r="GX16" s="14" t="n">
+        <v>290819.0</v>
+      </c>
+      <c r="GY16" s="14" t="n">
         <v>253948.0</v>
       </c>
-      <c r="GK16" s="14" t="n">
+      <c r="GZ16" s="14" t="n">
         <v>265040.0</v>
       </c>
-      <c r="GL16" s="14" t="n">
+      <c r="HA16" s="14" t="n">
         <v>293627.0</v>
       </c>
-      <c r="GM16" s="14" t="n">
+      <c r="HB16" s="14" t="n">
         <v>40954.0</v>
       </c>
-      <c r="GN16" s="14" t="n">
+      <c r="HC16" s="14" t="n">
         <v>52396.0</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="6" t="inlineStr">
         <is>
           <t>05. Medical and biological waste</t>
         </is>
       </c>
       <c r="B17" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="C17" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="D17" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="E17" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="F17" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="G17" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="H17" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="I17" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="J17" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="K17" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="L17" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="M17" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="N17" s="14" t="n">
         <v>933.0</v>
       </c>
-      <c r="N17" s="14" t="n">
+      <c r="O17" s="14" t="n">
         <v>10591.0</v>
       </c>
-      <c r="O17" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="P17" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="Q17" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="R17" s="14" t="n">
         <v>4884.0</v>
       </c>
-      <c r="Q17" s="14" t="n">
+      <c r="S17" s="14" t="n">
         <v>4526.0</v>
       </c>
-      <c r="R17" s="14" t="n">
+      <c r="T17" s="14" t="n">
         <v>5.0</v>
       </c>
-      <c r="S17" s="14" t="n">
+      <c r="U17" s="14" t="n">
         <v>6.0</v>
       </c>
-      <c r="T17" s="14" t="n">
+      <c r="V17" s="14" t="n">
         <v>3.0</v>
       </c>
-      <c r="U17" s="14" t="n">
+      <c r="W17" s="14" t="n">
         <v>8.0</v>
       </c>
-      <c r="V17" s="14" t="n">
+      <c r="X17" s="14" t="n">
         <v>8.0</v>
       </c>
-      <c r="W17" s="14" t="n">
+      <c r="Y17" s="14" t="n">
         <v>19.0</v>
       </c>
-      <c r="X17" s="14" t="n">
+      <c r="Z17" s="14" t="n">
         <v>12.0</v>
       </c>
-      <c r="Y17" s="14" t="n">
+      <c r="AA17" s="14" t="n">
         <v>22.0</v>
       </c>
-      <c r="Z17" s="14" t="n">
+      <c r="AB17" s="14" t="n">
         <v>543.0</v>
       </c>
-      <c r="AA17" s="14" t="n">
+      <c r="AC17" s="14" t="n">
         <v>47185.0</v>
       </c>
-      <c r="AB17" s="14" t="n">
-[...2 lines deleted...]
-      <c r="AC17" s="14" t="n">
+      <c r="AD17" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="AE17" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="AF17" s="14" t="n">
         <v>4884.0</v>
       </c>
-      <c r="AD17" s="14" t="n">
+      <c r="AG17" s="14" t="n">
         <v>4526.0</v>
       </c>
-      <c r="AE17" s="14" t="n">
+      <c r="AH17" s="14" t="n">
         <v>5.0</v>
       </c>
-      <c r="AF17" s="14" t="n">
+      <c r="AI17" s="14" t="n">
         <v>6.0</v>
       </c>
-      <c r="AG17" s="14" t="n">
+      <c r="AJ17" s="14" t="n">
         <v>3.0</v>
       </c>
-      <c r="AH17" s="14" t="n">
+      <c r="AK17" s="14" t="n">
         <v>8.0</v>
       </c>
-      <c r="AI17" s="14" t="n">
+      <c r="AL17" s="14" t="n">
         <v>8.0</v>
       </c>
-      <c r="AJ17" s="14" t="n">
+      <c r="AM17" s="14" t="n">
         <v>19.0</v>
       </c>
-      <c r="AK17" s="14" t="n">
+      <c r="AN17" s="14" t="n">
         <v>12.0</v>
       </c>
-      <c r="AL17" s="14" t="n">
+      <c r="AO17" s="14" t="n">
         <v>22.0</v>
       </c>
-      <c r="AM17" s="14" t="n">
+      <c r="AP17" s="14" t="n">
         <v>1476.0</v>
       </c>
-      <c r="AN17" s="14" t="n">
+      <c r="AQ17" s="14" t="n">
         <v>57776.0</v>
       </c>
-      <c r="AO17" s="14" t="n">
-[...7 lines deleted...]
-      </c>
       <c r="AR17" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AS17" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AT17" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AU17" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AV17" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AW17" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AX17" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AY17" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AZ17" s="14" t="n">
@@ -6641,1259 +7060,1335 @@
       <c r="BT17" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BU17" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BV17" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BW17" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BX17" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BY17" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BZ17" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="CA17" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="CB17" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CC17" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CD17" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CE17" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CF17" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CG17" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CH17" s="14" t="n">
+        <v>40008.0</v>
+      </c>
+      <c r="CI17" s="14" t="n">
         <v>46760.0</v>
       </c>
-      <c r="CC17" s="14" t="n">
+      <c r="CJ17" s="14" t="n">
         <v>27452.0</v>
       </c>
-      <c r="CD17" s="14" t="n">
+      <c r="CK17" s="14" t="n">
         <v>24241.0</v>
       </c>
-      <c r="CE17" s="14" t="n">
+      <c r="CL17" s="14" t="n">
         <v>31057.0</v>
       </c>
-      <c r="CF17" s="14" t="n">
+      <c r="CM17" s="14" t="n">
         <v>23266.0</v>
       </c>
-      <c r="CG17" s="14" t="n">
+      <c r="CN17" s="14" t="n">
         <v>16477.0</v>
       </c>
-      <c r="CH17" s="14" t="n">
+      <c r="CO17" s="14" t="n">
         <v>22371.0</v>
       </c>
-      <c r="CI17" s="14" t="n">
+      <c r="CP17" s="14" t="n">
         <v>23818.0</v>
       </c>
-      <c r="CJ17" s="14" t="n">
+      <c r="CQ17" s="14" t="n">
         <v>14498.0</v>
       </c>
-      <c r="CK17" s="14" t="n">
+      <c r="CR17" s="14" t="n">
         <v>10346.0</v>
       </c>
-      <c r="CL17" s="14" t="n">
+      <c r="CS17" s="14" t="n">
         <v>13577.0</v>
       </c>
-      <c r="CM17" s="14" t="n">
+      <c r="CT17" s="14" t="n">
         <v>14623.0</v>
       </c>
-      <c r="CN17" s="14" t="n">
+      <c r="CU17" s="14" t="n">
         <v>319038.0</v>
       </c>
-      <c r="CO17" s="14" t="n">
-[...19 lines deleted...]
-      </c>
       <c r="CV17" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="CW17" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="CX17" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="CY17" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CZ17" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DA17" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DB17" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DC17" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DD17" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DE17" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DF17" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DG17" s="14" t="n">
         <v>106.0</v>
       </c>
-      <c r="CZ17" s="14" t="n">
+      <c r="DH17" s="14" t="n">
         <v>20447.0</v>
       </c>
-      <c r="DA17" s="14" t="n">
+      <c r="DI17" s="14" t="n">
         <v>40056.0</v>
       </c>
-      <c r="DB17" s="14" t="n">
+      <c r="DJ17" s="14" t="n">
+        <v>40008.0</v>
+      </c>
+      <c r="DK17" s="14" t="n">
         <v>46760.0</v>
       </c>
-      <c r="DC17" s="14" t="n">
+      <c r="DL17" s="14" t="n">
         <v>27452.0</v>
       </c>
-      <c r="DD17" s="14" t="n">
+      <c r="DM17" s="14" t="n">
         <v>24241.0</v>
       </c>
-      <c r="DE17" s="14" t="n">
+      <c r="DN17" s="14" t="n">
         <v>31057.0</v>
       </c>
-      <c r="DF17" s="14" t="n">
+      <c r="DO17" s="14" t="n">
         <v>23266.0</v>
       </c>
-      <c r="DG17" s="14" t="n">
+      <c r="DP17" s="14" t="n">
         <v>16477.0</v>
       </c>
-      <c r="DH17" s="14" t="n">
+      <c r="DQ17" s="14" t="n">
         <v>22371.0</v>
       </c>
-      <c r="DI17" s="14" t="n">
+      <c r="DR17" s="14" t="n">
         <v>23818.0</v>
       </c>
-      <c r="DJ17" s="14" t="n">
+      <c r="DS17" s="14" t="n">
         <v>14498.0</v>
       </c>
-      <c r="DK17" s="14" t="n">
+      <c r="DT17" s="14" t="n">
         <v>10346.0</v>
       </c>
-      <c r="DL17" s="14" t="n">
+      <c r="DU17" s="14" t="n">
         <v>13683.0</v>
       </c>
-      <c r="DM17" s="14" t="n">
+      <c r="DV17" s="14" t="n">
         <v>35070.0</v>
       </c>
-      <c r="DN17" s="14" t="n">
+      <c r="DW17" s="14" t="n">
         <v>359094.0</v>
       </c>
-      <c r="DO17" s="14" t="n">
+      <c r="DX17" s="14" t="n">
+        <v>47.0</v>
+      </c>
+      <c r="DY17" s="14" t="n">
         <v>2931.0</v>
       </c>
-      <c r="DP17" s="14" t="n">
+      <c r="DZ17" s="14" t="n">
         <v>4026.0</v>
       </c>
-      <c r="DQ17" s="14" t="n">
+      <c r="EA17" s="14" t="n">
         <v>2397.0</v>
       </c>
-      <c r="DR17" s="14" t="n">
+      <c r="EB17" s="14" t="n">
         <v>2398.0</v>
       </c>
-      <c r="DS17" s="14" t="n">
+      <c r="EC17" s="14" t="n">
         <v>2370.0</v>
       </c>
-      <c r="DT17" s="14" t="n">
+      <c r="ED17" s="14" t="n">
         <v>2128.0</v>
       </c>
-      <c r="DU17" s="14" t="n">
+      <c r="EE17" s="14" t="n">
         <v>2039.0</v>
       </c>
-      <c r="DV17" s="14" t="n">
+      <c r="EF17" s="14" t="n">
         <v>2145.0</v>
       </c>
-      <c r="DW17" s="14" t="n">
+      <c r="EG17" s="14" t="n">
         <v>1750.0</v>
       </c>
-      <c r="DX17" s="14" t="n">
+      <c r="EH17" s="14" t="n">
         <v>1766.0</v>
       </c>
-      <c r="DY17" s="14" t="n">
+      <c r="EI17" s="14" t="n">
         <v>1481.0</v>
       </c>
-      <c r="DZ17" s="14" t="n">
+      <c r="EJ17" s="14" t="n">
         <v>117.0</v>
       </c>
-      <c r="EA17" s="14" t="n">
+      <c r="EK17" s="14" t="n">
         <v>47262.0</v>
       </c>
-      <c r="EB17" s="14" t="n">
+      <c r="EL17" s="14" t="n">
+        <v>1074.0</v>
+      </c>
+      <c r="EM17" s="14" t="n">
         <v>1496.0</v>
       </c>
-      <c r="EC17" s="14" t="n">
+      <c r="EN17" s="14" t="n">
         <v>1713.0</v>
       </c>
-      <c r="ED17" s="14" t="n">
+      <c r="EO17" s="14" t="n">
         <v>1645.0</v>
       </c>
-      <c r="EE17" s="14" t="n">
+      <c r="EP17" s="14" t="n">
         <v>3588.0</v>
       </c>
-      <c r="EF17" s="14" t="n">
+      <c r="EQ17" s="14" t="n">
         <v>3024.0</v>
       </c>
-      <c r="EG17" s="14" t="n">
+      <c r="ER17" s="14" t="n">
         <v>3131.0</v>
       </c>
-      <c r="EH17" s="14" t="n">
+      <c r="ES17" s="14" t="n">
         <v>2809.0</v>
       </c>
-      <c r="EI17" s="14" t="n">
+      <c r="ET17" s="14" t="n">
         <v>2942.0</v>
       </c>
-      <c r="EJ17" s="14" t="n">
+      <c r="EU17" s="14" t="n">
         <v>3343.0</v>
       </c>
-      <c r="EK17" s="14" t="n">
+      <c r="EV17" s="14" t="n">
         <v>3236.0</v>
       </c>
-      <c r="EL17" s="14" t="n">
+      <c r="EW17" s="14" t="n">
         <v>4418.0</v>
       </c>
-      <c r="EM17" s="14" t="n">
+      <c r="EX17" s="14" t="n">
         <v>4685.0</v>
       </c>
-      <c r="EN17" s="14" t="n">
+      <c r="EY17" s="14" t="n">
         <v>11931.0</v>
       </c>
-      <c r="EO17" s="14" t="n">
-[...2 lines deleted...]
-      <c r="EP17" s="14" t="n">
+      <c r="EZ17" s="14" t="n">
+        <v>1121.0</v>
+      </c>
+      <c r="FA17" s="14" t="n">
+        <v>4426.0</v>
+      </c>
+      <c r="FB17" s="14" t="n">
         <v>5739.0</v>
       </c>
-      <c r="EQ17" s="14" t="n">
-[...2 lines deleted...]
-      <c r="ER17" s="14" t="n">
+      <c r="FC17" s="14" t="n">
+        <v>4043.0</v>
+      </c>
+      <c r="FD17" s="14" t="n">
         <v>5986.0</v>
       </c>
-      <c r="ES17" s="14" t="n">
+      <c r="FE17" s="14" t="n">
         <v>5394.0</v>
       </c>
-      <c r="ET17" s="14" t="n">
-[...2 lines deleted...]
-      <c r="EU17" s="14" t="n">
+      <c r="FF17" s="14" t="n">
+        <v>5260.0</v>
+      </c>
+      <c r="FG17" s="14" t="n">
         <v>4848.0</v>
       </c>
-      <c r="EV17" s="14" t="n">
-[...2 lines deleted...]
-      <c r="EW17" s="14" t="n">
+      <c r="FH17" s="14" t="n">
+        <v>5086.0</v>
+      </c>
+      <c r="FI17" s="14" t="n">
         <v>5093.0</v>
       </c>
-      <c r="EX17" s="14" t="n">
+      <c r="FJ17" s="14" t="n">
         <v>5002.0</v>
       </c>
-      <c r="EY17" s="14" t="n">
+      <c r="FK17" s="14" t="n">
         <v>5899.0</v>
       </c>
-      <c r="EZ17" s="14" t="n">
+      <c r="FL17" s="14" t="n">
         <v>4802.0</v>
       </c>
-      <c r="FA17" s="14" t="n">
+      <c r="FM17" s="14" t="n">
         <v>59193.0</v>
       </c>
-      <c r="FB17" s="14" t="n">
-[...5 lines deleted...]
-      <c r="FD17" s="14" t="n">
+      <c r="FN17" s="14" t="n">
+        <v>40055.0</v>
+      </c>
+      <c r="FO17" s="14" t="n">
+        <v>49690.0</v>
+      </c>
+      <c r="FP17" s="14" t="n">
+        <v>31479.0</v>
+      </c>
+      <c r="FQ17" s="14" t="n">
         <v>26638.0</v>
       </c>
-      <c r="FE17" s="14" t="n">
-[...2 lines deleted...]
-      <c r="FF17" s="14" t="n">
+      <c r="FR17" s="14" t="n">
+        <v>33454.0</v>
+      </c>
+      <c r="FS17" s="14" t="n">
         <v>25636.0</v>
       </c>
-      <c r="FG17" s="14" t="n">
-[...2 lines deleted...]
-      <c r="FH17" s="14" t="n">
+      <c r="FT17" s="14" t="n">
+        <v>18606.0</v>
+      </c>
+      <c r="FU17" s="14" t="n">
         <v>24410.0</v>
       </c>
-      <c r="FI17" s="14" t="n">
+      <c r="FV17" s="14" t="n">
         <v>25963.0</v>
       </c>
-      <c r="FJ17" s="14" t="n">
+      <c r="FW17" s="14" t="n">
         <v>16248.0</v>
       </c>
-      <c r="FK17" s="14" t="n">
+      <c r="FX17" s="14" t="n">
         <v>12112.0</v>
       </c>
-      <c r="FL17" s="14" t="n">
+      <c r="FY17" s="14" t="n">
         <v>15058.0</v>
       </c>
-      <c r="FM17" s="14" t="n">
+      <c r="FZ17" s="14" t="n">
         <v>15673.0</v>
       </c>
-      <c r="FN17" s="14" t="n">
+      <c r="GA17" s="14" t="n">
         <v>376891.0</v>
       </c>
-      <c r="FO17" s="14" t="n">
+      <c r="GB17" s="14" t="n">
+        <v>1074.0</v>
+      </c>
+      <c r="GC17" s="14" t="n">
         <v>1496.0</v>
       </c>
-      <c r="FP17" s="14" t="n">
+      <c r="GD17" s="14" t="n">
         <v>6597.0</v>
       </c>
-      <c r="FQ17" s="14" t="n">
+      <c r="GE17" s="14" t="n">
         <v>6171.0</v>
       </c>
-      <c r="FR17" s="14" t="n">
+      <c r="GF17" s="14" t="n">
         <v>3593.0</v>
       </c>
-      <c r="FS17" s="14" t="n">
-[...2 lines deleted...]
-      <c r="FT17" s="14" t="n">
+      <c r="GG17" s="14" t="n">
+        <v>3029.0</v>
+      </c>
+      <c r="GH17" s="14" t="n">
         <v>3134.0</v>
       </c>
-      <c r="FU17" s="14" t="n">
+      <c r="GI17" s="14" t="n">
         <v>2817.0</v>
       </c>
-      <c r="FV17" s="14" t="n">
+      <c r="GJ17" s="14" t="n">
         <v>2950.0</v>
       </c>
-      <c r="FW17" s="14" t="n">
+      <c r="GK17" s="14" t="n">
         <v>3362.0</v>
       </c>
-      <c r="FX17" s="14" t="n">
+      <c r="GL17" s="14" t="n">
         <v>3248.0</v>
       </c>
-      <c r="FY17" s="14" t="n">
+      <c r="GM17" s="14" t="n">
         <v>4546.0</v>
       </c>
-      <c r="FZ17" s="14" t="n">
+      <c r="GN17" s="14" t="n">
         <v>25675.0</v>
       </c>
-      <c r="GA17" s="14" t="n">
+      <c r="GO17" s="14" t="n">
         <v>99172.0</v>
       </c>
-      <c r="GB17" s="14" t="n">
-[...2 lines deleted...]
-      <c r="GC17" s="14" t="n">
+      <c r="GP17" s="14" t="n">
+        <v>41130.0</v>
+      </c>
+      <c r="GQ17" s="14" t="n">
+        <v>51186.0</v>
+      </c>
+      <c r="GR17" s="14" t="n">
         <v>38075.0</v>
       </c>
-      <c r="GD17" s="14" t="n">
+      <c r="GS17" s="14" t="n">
         <v>32809.0</v>
       </c>
-      <c r="GE17" s="14" t="n">
+      <c r="GT17" s="14" t="n">
         <v>37048.0</v>
       </c>
-      <c r="GF17" s="14" t="n">
-[...5 lines deleted...]
-      <c r="GH17" s="14" t="n">
+      <c r="GU17" s="14" t="n">
+        <v>28665.0</v>
+      </c>
+      <c r="GV17" s="14" t="n">
+        <v>21740.0</v>
+      </c>
+      <c r="GW17" s="14" t="n">
         <v>27227.0</v>
       </c>
-      <c r="GI17" s="14" t="n">
-[...2 lines deleted...]
-      <c r="GJ17" s="14" t="n">
+      <c r="GX17" s="14" t="n">
+        <v>28912.0</v>
+      </c>
+      <c r="GY17" s="14" t="n">
         <v>19610.0</v>
       </c>
-      <c r="GK17" s="14" t="n">
+      <c r="GZ17" s="14" t="n">
         <v>15360.0</v>
       </c>
-      <c r="GL17" s="14" t="n">
+      <c r="HA17" s="14" t="n">
         <v>19604.0</v>
       </c>
-      <c r="GM17" s="14" t="n">
+      <c r="HB17" s="14" t="n">
         <v>41348.0</v>
       </c>
-      <c r="GN17" s="14" t="n">
+      <c r="HC17" s="14" t="n">
         <v>476063.0</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="6" t="inlineStr">
         <is>
           <t>06. Metallic wastes</t>
         </is>
       </c>
       <c r="B18" s="14" t="n">
+        <v>8338152.0</v>
+      </c>
+      <c r="C18" s="14" t="n">
         <v>8574235.0</v>
       </c>
-      <c r="C18" s="14" t="n">
+      <c r="D18" s="14" t="n">
         <v>1.0518753E7</v>
       </c>
-      <c r="D18" s="14" t="n">
+      <c r="E18" s="14" t="n">
         <v>8613817.0</v>
       </c>
-      <c r="E18" s="14" t="n">
+      <c r="F18" s="14" t="n">
         <v>1.0270084E7</v>
       </c>
-      <c r="F18" s="14" t="n">
+      <c r="G18" s="14" t="n">
         <v>1.0747616E7</v>
       </c>
-      <c r="G18" s="14" t="n">
+      <c r="H18" s="14" t="n">
         <v>1.0595206E7</v>
       </c>
-      <c r="H18" s="14" t="n">
+      <c r="I18" s="14" t="n">
         <v>9089504.0</v>
       </c>
-      <c r="I18" s="14" t="n">
+      <c r="J18" s="14" t="n">
         <v>1.1075203E7</v>
       </c>
-      <c r="J18" s="14" t="n">
+      <c r="K18" s="14" t="n">
         <v>1.2251122E7</v>
       </c>
-      <c r="K18" s="14" t="n">
+      <c r="L18" s="14" t="n">
         <v>9569931.0</v>
       </c>
-      <c r="L18" s="14" t="n">
+      <c r="M18" s="14" t="n">
         <v>1.0108854E7</v>
       </c>
-      <c r="M18" s="14" t="n">
+      <c r="N18" s="14" t="n">
         <v>5514593.0</v>
       </c>
-      <c r="N18" s="14" t="n">
+      <c r="O18" s="14" t="n">
         <v>5520894.0</v>
       </c>
-      <c r="O18" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="P18" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="Q18" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="R18" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="S18" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="T18" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="U18" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="V18" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="W18" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="X18" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="Y18" s="14" t="n">
-        <v>0.0</v>
+      <c r="Y18" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="Z18" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AA18" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="AB18" s="14" t="n">
+      <c r="AB18" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AC18" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="AD18" s="14" t="n">
+        <v>8338152.0</v>
+      </c>
+      <c r="AE18" s="14" t="n">
         <v>8574235.0</v>
       </c>
-      <c r="AC18" s="14" t="n">
+      <c r="AF18" s="14" t="n">
         <v>1.0518753E7</v>
       </c>
-      <c r="AD18" s="14" t="n">
+      <c r="AG18" s="14" t="n">
         <v>8613817.0</v>
       </c>
-      <c r="AE18" s="14" t="n">
+      <c r="AH18" s="14" t="n">
         <v>1.0270084E7</v>
       </c>
-      <c r="AF18" s="14" t="n">
+      <c r="AI18" s="14" t="n">
         <v>1.0747616E7</v>
       </c>
-      <c r="AG18" s="14" t="n">
+      <c r="AJ18" s="14" t="n">
         <v>1.0595206E7</v>
       </c>
-      <c r="AH18" s="14" t="n">
+      <c r="AK18" s="14" t="n">
         <v>9089504.0</v>
       </c>
-      <c r="AI18" s="14" t="n">
+      <c r="AL18" s="14" t="n">
         <v>1.1075203E7</v>
       </c>
-      <c r="AJ18" s="14" t="n">
+      <c r="AM18" s="14" t="n">
         <v>1.2251122E7</v>
       </c>
-      <c r="AK18" s="14" t="n">
+      <c r="AN18" s="14" t="n">
         <v>9569931.0</v>
       </c>
-      <c r="AL18" s="14" t="n">
+      <c r="AO18" s="14" t="n">
         <v>1.0108854E7</v>
       </c>
-      <c r="AM18" s="14" t="n">
+      <c r="AP18" s="14" t="n">
         <v>5514593.0</v>
       </c>
-      <c r="AN18" s="14" t="n">
+      <c r="AQ18" s="14" t="n">
         <v>5520894.0</v>
       </c>
-      <c r="AO18" s="14" t="n">
-[...7 lines deleted...]
-      </c>
       <c r="AR18" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AS18" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AT18" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AU18" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AV18" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AW18" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AX18" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AY18" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AZ18" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BA18" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="BB18" s="13" t="inlineStr">
-[...17 lines deleted...]
-        </is>
+      <c r="BB18" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BC18" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BD18" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BE18" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="BF18" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BG18" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BH18" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BI18" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BJ18" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BK18" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="BL18" s="14" t="n">
-        <v>0.0</v>
+      <c r="BL18" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="BM18" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="BN18" s="14" t="n">
-[...6 lines deleted...]
-        <v>0.0</v>
+      <c r="BN18" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BO18" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BP18" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="BQ18" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="BR18" s="14" t="n">
-        <v>0.0</v>
+      <c r="BR18" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="BS18" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BT18" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BU18" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BV18" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BW18" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BX18" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BY18" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BZ18" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="CA18" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="CB18" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CC18" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CD18" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CE18" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CF18" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CG18" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CH18" s="14" t="n">
+        <v>8497.0</v>
+      </c>
+      <c r="CI18" s="14" t="n">
         <v>11918.0</v>
       </c>
-      <c r="CC18" s="14" t="n">
+      <c r="CJ18" s="14" t="n">
         <v>5574.0</v>
       </c>
-      <c r="CD18" s="14" t="n">
+      <c r="CK18" s="14" t="n">
         <v>26653.0</v>
       </c>
-      <c r="CE18" s="14" t="n">
+      <c r="CL18" s="14" t="n">
         <v>15256.0</v>
       </c>
-      <c r="CF18" s="14" t="n">
+      <c r="CM18" s="14" t="n">
         <v>6261.0</v>
       </c>
-      <c r="CG18" s="14" t="n">
+      <c r="CN18" s="14" t="n">
         <v>7497.0</v>
       </c>
-      <c r="CH18" s="14" t="n">
+      <c r="CO18" s="14" t="n">
         <v>4747.0</v>
       </c>
-      <c r="CI18" s="14" t="n">
+      <c r="CP18" s="14" t="n">
         <v>6837.0</v>
       </c>
-      <c r="CJ18" s="14" t="n">
+      <c r="CQ18" s="14" t="n">
         <v>2505.0</v>
       </c>
-      <c r="CK18" s="14" t="n">
+      <c r="CR18" s="14" t="n">
         <v>13932.0</v>
       </c>
-      <c r="CL18" s="14" t="n">
+      <c r="CS18" s="14" t="n">
         <v>24990.0</v>
       </c>
-      <c r="CM18" s="14" t="n">
+      <c r="CT18" s="14" t="n">
         <v>84548.0</v>
       </c>
-      <c r="CN18" s="14" t="n">
+      <c r="CU18" s="14" t="n">
         <v>203473.0</v>
       </c>
-      <c r="CO18" s="13" t="inlineStr">
-[...33 lines deleted...]
-      </c>
       <c r="CV18" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="CW18" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="CX18" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="CY18" s="14" t="n">
-        <v>0.0</v>
+      <c r="CY18" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="CZ18" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="DA18" s="14" t="n">
-[...2 lines deleted...]
-      <c r="DB18" s="14" t="n">
+      <c r="DA18" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DB18" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DC18" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DD18" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DE18" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DF18" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DG18" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DH18" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DI18" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DJ18" s="14" t="n">
+        <v>8497.0</v>
+      </c>
+      <c r="DK18" s="14" t="n">
         <v>11918.0</v>
       </c>
-      <c r="DC18" s="14" t="n">
+      <c r="DL18" s="14" t="n">
         <v>5574.0</v>
       </c>
-      <c r="DD18" s="14" t="n">
+      <c r="DM18" s="14" t="n">
         <v>26653.0</v>
       </c>
-      <c r="DE18" s="14" t="n">
+      <c r="DN18" s="14" t="n">
         <v>15256.0</v>
       </c>
-      <c r="DF18" s="14" t="n">
+      <c r="DO18" s="14" t="n">
         <v>6261.0</v>
       </c>
-      <c r="DG18" s="14" t="n">
+      <c r="DP18" s="14" t="n">
         <v>7497.0</v>
       </c>
-      <c r="DH18" s="14" t="n">
+      <c r="DQ18" s="14" t="n">
         <v>4747.0</v>
       </c>
-      <c r="DI18" s="14" t="n">
+      <c r="DR18" s="14" t="n">
         <v>6837.0</v>
       </c>
-      <c r="DJ18" s="14" t="n">
+      <c r="DS18" s="14" t="n">
         <v>2505.0</v>
       </c>
-      <c r="DK18" s="14" t="n">
+      <c r="DT18" s="14" t="n">
         <v>13932.0</v>
       </c>
-      <c r="DL18" s="14" t="n">
+      <c r="DU18" s="14" t="n">
         <v>24990.0</v>
       </c>
-      <c r="DM18" s="14" t="n">
+      <c r="DV18" s="14" t="n">
         <v>84548.0</v>
       </c>
-      <c r="DN18" s="14" t="n">
+      <c r="DW18" s="14" t="n">
         <v>203473.0</v>
       </c>
-      <c r="DO18" s="14" t="n">
-[...5 lines deleted...]
-      <c r="DQ18" s="14" t="n">
+      <c r="DX18" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DY18" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DZ18" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EA18" s="14" t="n">
         <v>5390.0</v>
       </c>
-      <c r="DR18" s="14" t="n">
-[...80 lines deleted...]
-        <v>0.0</v>
+      <c r="EB18" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EC18" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="ED18" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EE18" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EF18" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EG18" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EH18" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EI18" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EJ18" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EK18" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EL18" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="EM18" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="EN18" s="14" t="n">
-[...8 lines deleted...]
-      <c r="EQ18" s="14" t="n">
+      <c r="EN18" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EO18" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EP18" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EQ18" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="ER18" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="ES18" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="ET18" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EU18" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EV18" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EW18" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EX18" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EY18" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EZ18" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FA18" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FB18" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FC18" s="14" t="n">
         <v>5390.0</v>
       </c>
-      <c r="ER18" s="14" t="n">
-[...29 lines deleted...]
-      <c r="FB18" s="14" t="n">
+      <c r="FD18" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FE18" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FF18" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FG18" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FH18" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FI18" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FJ18" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FK18" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FL18" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FM18" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FN18" s="14" t="n">
+        <v>8346649.0</v>
+      </c>
+      <c r="FO18" s="14" t="n">
         <v>8586153.0</v>
       </c>
-      <c r="FC18" s="14" t="n">
-[...2 lines deleted...]
-      <c r="FD18" s="14" t="n">
+      <c r="FP18" s="14" t="n">
+        <v>1.0524328E7</v>
+      </c>
+      <c r="FQ18" s="14" t="n">
         <v>8645860.0</v>
       </c>
-      <c r="FE18" s="14" t="n">
-[...2 lines deleted...]
-      <c r="FF18" s="14" t="n">
+      <c r="FR18" s="14" t="n">
+        <v>1.0285339E7</v>
+      </c>
+      <c r="FS18" s="14" t="n">
         <v>1.0753877E7</v>
       </c>
-      <c r="FG18" s="14" t="n">
+      <c r="FT18" s="14" t="n">
         <v>1.0602703E7</v>
       </c>
-      <c r="FH18" s="14" t="n">
+      <c r="FU18" s="14" t="n">
         <v>9094251.0</v>
       </c>
-      <c r="FI18" s="14" t="n">
+      <c r="FV18" s="14" t="n">
         <v>1.108204E7</v>
       </c>
-      <c r="FJ18" s="14" t="n">
+      <c r="FW18" s="14" t="n">
         <v>1.2253627E7</v>
       </c>
-      <c r="FK18" s="14" t="n">
+      <c r="FX18" s="14" t="n">
         <v>9583863.0</v>
       </c>
-      <c r="FL18" s="14" t="n">
+      <c r="FY18" s="14" t="n">
         <v>1.0133844E7</v>
       </c>
-      <c r="FM18" s="14" t="n">
+      <c r="FZ18" s="14" t="n">
         <v>5599141.0</v>
       </c>
-      <c r="FN18" s="14" t="n">
+      <c r="GA18" s="14" t="n">
         <v>5724367.0</v>
       </c>
-      <c r="FO18" s="13" t="inlineStr">
-[...59 lines deleted...]
-      </c>
       <c r="GB18" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GC18" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GD18" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GE18" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GF18" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GG18" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GH18" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GI18" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GJ18" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GK18" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GL18" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GM18" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GN18" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GO18" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GP18" s="14" t="n">
+        <v>8346649.0</v>
+      </c>
+      <c r="GQ18" s="14" t="n">
         <v>8586153.0</v>
       </c>
-      <c r="GC18" s="14" t="n">
-[...2 lines deleted...]
-      <c r="GD18" s="14" t="n">
+      <c r="GR18" s="14" t="n">
+        <v>1.0524328E7</v>
+      </c>
+      <c r="GS18" s="14" t="n">
         <v>8645860.0</v>
       </c>
-      <c r="GE18" s="14" t="n">
-[...2 lines deleted...]
-      <c r="GF18" s="14" t="n">
+      <c r="GT18" s="14" t="n">
+        <v>1.0285339E7</v>
+      </c>
+      <c r="GU18" s="14" t="n">
         <v>1.0753877E7</v>
       </c>
-      <c r="GG18" s="14" t="n">
+      <c r="GV18" s="14" t="n">
         <v>1.0602703E7</v>
       </c>
-      <c r="GH18" s="14" t="n">
+      <c r="GW18" s="14" t="n">
         <v>9094251.0</v>
       </c>
-      <c r="GI18" s="14" t="n">
+      <c r="GX18" s="14" t="n">
         <v>1.108204E7</v>
       </c>
-      <c r="GJ18" s="14" t="n">
+      <c r="GY18" s="14" t="n">
         <v>1.2253627E7</v>
       </c>
-      <c r="GK18" s="14" t="n">
+      <c r="GZ18" s="14" t="n">
         <v>9583863.0</v>
       </c>
-      <c r="GL18" s="14" t="n">
+      <c r="HA18" s="14" t="n">
         <v>1.0133844E7</v>
       </c>
-      <c r="GM18" s="14" t="n">
+      <c r="HB18" s="14" t="n">
         <v>5599141.0</v>
       </c>
-      <c r="GN18" s="14" t="n">
+      <c r="HC18" s="14" t="n">
         <v>5724367.0</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="6" t="inlineStr">
         <is>
           <t>07.1. Glass waste</t>
         </is>
       </c>
       <c r="B19" s="14" t="n">
+        <v>1026585.0</v>
+      </c>
+      <c r="C19" s="14" t="n">
         <v>1074054.0</v>
       </c>
-      <c r="C19" s="14" t="n">
+      <c r="D19" s="14" t="n">
         <v>1260778.0</v>
       </c>
-      <c r="D19" s="14" t="n">
+      <c r="E19" s="14" t="n">
         <v>1061440.0</v>
       </c>
-      <c r="E19" s="14" t="n">
+      <c r="F19" s="14" t="n">
         <v>1295165.0</v>
       </c>
-      <c r="F19" s="14" t="n">
+      <c r="G19" s="14" t="n">
         <v>1115626.0</v>
       </c>
-      <c r="G19" s="14" t="n">
+      <c r="H19" s="14" t="n">
         <v>1008495.0</v>
       </c>
-      <c r="H19" s="14" t="n">
+      <c r="I19" s="14" t="n">
         <v>991882.0</v>
       </c>
-      <c r="I19" s="14" t="n">
+      <c r="J19" s="14" t="n">
         <v>947961.0</v>
       </c>
-      <c r="J19" s="14" t="n">
+      <c r="K19" s="14" t="n">
         <v>1023685.0</v>
       </c>
-      <c r="K19" s="14" t="n">
+      <c r="L19" s="14" t="n">
         <v>1091206.0</v>
       </c>
-      <c r="L19" s="14" t="n">
+      <c r="M19" s="14" t="n">
         <v>1145433.0</v>
       </c>
-      <c r="M19" s="14" t="n">
+      <c r="N19" s="14" t="n">
         <v>950429.0</v>
       </c>
-      <c r="N19" s="14" t="n">
+      <c r="O19" s="14" t="n">
         <v>1128304.0</v>
       </c>
-      <c r="O19" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="P19" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="Q19" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="R19" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="S19" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="T19" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="U19" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="V19" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="W19" s="14" t="n">
         <v>1.0</v>
       </c>
-      <c r="V19" s="14" t="n">
+      <c r="X19" s="14" t="n">
         <v>10.0</v>
       </c>
-      <c r="W19" s="14" t="n">
-[...2 lines deleted...]
-      <c r="X19" s="14" t="n">
+      <c r="Y19" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="Z19" s="14" t="n">
         <v>2.0</v>
       </c>
-      <c r="Y19" s="14" t="n">
+      <c r="AA19" s="14" t="n">
         <v>1.0</v>
       </c>
-      <c r="Z19" s="14" t="n">
+      <c r="AB19" s="14" t="n">
         <v>16202.0</v>
       </c>
-      <c r="AA19" s="14" t="n">
+      <c r="AC19" s="14" t="n">
         <v>18678.0</v>
       </c>
-      <c r="AB19" s="14" t="n">
+      <c r="AD19" s="14" t="n">
+        <v>1026585.0</v>
+      </c>
+      <c r="AE19" s="14" t="n">
         <v>1074054.0</v>
       </c>
-      <c r="AC19" s="14" t="n">
+      <c r="AF19" s="14" t="n">
         <v>1260778.0</v>
       </c>
-      <c r="AD19" s="14" t="n">
+      <c r="AG19" s="14" t="n">
         <v>1061440.0</v>
       </c>
-      <c r="AE19" s="14" t="n">
+      <c r="AH19" s="14" t="n">
         <v>1295165.0</v>
       </c>
-      <c r="AF19" s="14" t="n">
+      <c r="AI19" s="14" t="n">
         <v>1115626.0</v>
       </c>
-      <c r="AG19" s="14" t="n">
+      <c r="AJ19" s="14" t="n">
         <v>1008495.0</v>
       </c>
-      <c r="AH19" s="14" t="n">
+      <c r="AK19" s="14" t="n">
         <v>991883.0</v>
       </c>
-      <c r="AI19" s="14" t="n">
+      <c r="AL19" s="14" t="n">
         <v>947971.0</v>
       </c>
-      <c r="AJ19" s="14" t="n">
+      <c r="AM19" s="14" t="n">
         <v>1023685.0</v>
       </c>
-      <c r="AK19" s="14" t="n">
+      <c r="AN19" s="14" t="n">
         <v>1091208.0</v>
       </c>
-      <c r="AL19" s="14" t="n">
-[...2 lines deleted...]
-      <c r="AM19" s="14" t="n">
+      <c r="AO19" s="14" t="n">
+        <v>1145434.0</v>
+      </c>
+      <c r="AP19" s="14" t="n">
         <v>966631.0</v>
       </c>
-      <c r="AN19" s="14" t="n">
+      <c r="AQ19" s="14" t="n">
         <v>1146982.0</v>
       </c>
-      <c r="AO19" s="14" t="n">
-[...7 lines deleted...]
-      </c>
       <c r="AR19" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AS19" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AT19" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AU19" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="AV19" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="AW19" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="AX19" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="AY19" s="14" t="n">
         <v>3.0</v>
       </c>
-      <c r="AV19" s="14" t="n">
-[...10 lines deleted...]
-      </c>
       <c r="AZ19" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BA19" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BB19" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BC19" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BD19" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BE19" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BF19" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BG19" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BH19" s="14" t="n">
@@ -7914,472 +8409,515 @@
       <c r="BM19" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BN19" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BO19" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BP19" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BQ19" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BR19" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BS19" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BT19" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BU19" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BV19" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BW19" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BX19" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BY19" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BZ19" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CA19" s="14" t="n">
         <v>3.0</v>
       </c>
-      <c r="BV19" s="14" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="CB19" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CC19" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CD19" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CE19" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CF19" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CG19" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CH19" s="14" t="n">
+        <v>3430.0</v>
+      </c>
+      <c r="CI19" s="14" t="n">
         <v>3810.0</v>
       </c>
-      <c r="CC19" s="14" t="n">
+      <c r="CJ19" s="14" t="n">
         <v>6328.0</v>
       </c>
-      <c r="CD19" s="14" t="n">
+      <c r="CK19" s="14" t="n">
         <v>7693.0</v>
       </c>
-      <c r="CE19" s="14" t="n">
+      <c r="CL19" s="14" t="n">
         <v>4402.0</v>
       </c>
-      <c r="CF19" s="14" t="n">
+      <c r="CM19" s="14" t="n">
         <v>4591.0</v>
       </c>
-      <c r="CG19" s="14" t="n">
+      <c r="CN19" s="14" t="n">
         <v>6668.0</v>
       </c>
-      <c r="CH19" s="14" t="n">
+      <c r="CO19" s="14" t="n">
         <v>27083.0</v>
       </c>
-      <c r="CI19" s="14" t="n">
+      <c r="CP19" s="14" t="n">
         <v>13631.0</v>
       </c>
-      <c r="CJ19" s="14" t="n">
+      <c r="CQ19" s="14" t="n">
         <v>8147.0</v>
       </c>
-      <c r="CK19" s="14" t="n">
+      <c r="CR19" s="14" t="n">
         <v>4177.0</v>
       </c>
-      <c r="CL19" s="14" t="n">
+      <c r="CS19" s="14" t="n">
         <v>7862.0</v>
       </c>
-      <c r="CM19" s="14" t="n">
+      <c r="CT19" s="14" t="n">
         <v>10770.0</v>
       </c>
-      <c r="CN19" s="14" t="n">
+      <c r="CU19" s="14" t="n">
         <v>10937.0</v>
       </c>
-      <c r="CO19" s="14" t="n">
-[...8 lines deleted...]
-      <c r="CR19" s="14" t="n">
+      <c r="CV19" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CW19" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CX19" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CY19" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CZ19" s="14" t="n">
         <v>254.0</v>
       </c>
-      <c r="CS19" s="14" t="n">
+      <c r="DA19" s="14" t="n">
         <v>392.0</v>
       </c>
-      <c r="CT19" s="14" t="n">
+      <c r="DB19" s="14" t="n">
         <v>364.0</v>
       </c>
-      <c r="CU19" s="14" t="n">
+      <c r="DC19" s="14" t="n">
         <v>248.0</v>
       </c>
-      <c r="CV19" s="14" t="n">
+      <c r="DD19" s="14" t="n">
         <v>223.0</v>
       </c>
-      <c r="CW19" s="14" t="n">
+      <c r="DE19" s="14" t="n">
         <v>268.0</v>
       </c>
-      <c r="CX19" s="14" t="n">
+      <c r="DF19" s="14" t="n">
         <v>490.0</v>
       </c>
-      <c r="CY19" s="14" t="n">
+      <c r="DG19" s="14" t="n">
         <v>1013.0</v>
       </c>
-      <c r="CZ19" s="14" t="n">
+      <c r="DH19" s="14" t="n">
         <v>37442.0</v>
       </c>
-      <c r="DA19" s="14" t="n">
+      <c r="DI19" s="14" t="n">
         <v>27326.0</v>
       </c>
-      <c r="DB19" s="14" t="n">
+      <c r="DJ19" s="14" t="n">
+        <v>3430.0</v>
+      </c>
+      <c r="DK19" s="14" t="n">
         <v>3810.0</v>
       </c>
-      <c r="DC19" s="14" t="n">
+      <c r="DL19" s="14" t="n">
         <v>6328.0</v>
       </c>
-      <c r="DD19" s="14" t="n">
+      <c r="DM19" s="14" t="n">
         <v>7693.0</v>
       </c>
-      <c r="DE19" s="14" t="n">
+      <c r="DN19" s="14" t="n">
         <v>4656.0</v>
       </c>
-      <c r="DF19" s="14" t="n">
+      <c r="DO19" s="14" t="n">
         <v>4983.0</v>
       </c>
-      <c r="DG19" s="14" t="n">
-[...5 lines deleted...]
-      <c r="DI19" s="14" t="n">
+      <c r="DP19" s="14" t="n">
+        <v>7031.0</v>
+      </c>
+      <c r="DQ19" s="14" t="n">
+        <v>27330.0</v>
+      </c>
+      <c r="DR19" s="14" t="n">
         <v>13854.0</v>
       </c>
-      <c r="DJ19" s="14" t="n">
+      <c r="DS19" s="14" t="n">
         <v>8415.0</v>
       </c>
-      <c r="DK19" s="14" t="n">
+      <c r="DT19" s="14" t="n">
         <v>4667.0</v>
       </c>
-      <c r="DL19" s="14" t="n">
+      <c r="DU19" s="14" t="n">
         <v>8875.0</v>
       </c>
-      <c r="DM19" s="14" t="n">
+      <c r="DV19" s="14" t="n">
         <v>48212.0</v>
       </c>
-      <c r="DN19" s="14" t="n">
+      <c r="DW19" s="14" t="n">
         <v>38263.0</v>
       </c>
-      <c r="DO19" s="14" t="n">
-[...11 lines deleted...]
-      <c r="DS19" s="14" t="n">
+      <c r="DX19" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DY19" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DZ19" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EA19" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EB19" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EC19" s="14" t="n">
         <v>1.0</v>
       </c>
-      <c r="DT19" s="14" t="n">
+      <c r="ED19" s="14" t="n">
         <v>1.0</v>
       </c>
-      <c r="DU19" s="14" t="n">
+      <c r="EE19" s="14" t="n">
         <v>1.0</v>
       </c>
-      <c r="DV19" s="14" t="n">
+      <c r="EF19" s="14" t="n">
         <v>1.0</v>
       </c>
-      <c r="DW19" s="14" t="n">
+      <c r="EG19" s="14" t="n">
         <v>1.0</v>
       </c>
-      <c r="DX19" s="14" t="n">
-[...28 lines deleted...]
-      </c>
       <c r="EH19" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="EI19" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="EJ19" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="EK19" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="EL19" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="EM19" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="EN19" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EO19" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EP19" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EQ19" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="ER19" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="ES19" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="ET19" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EU19" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EV19" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EW19" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EX19" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EY19" s="14" t="n">
         <v>23.0</v>
       </c>
-      <c r="EO19" s="14" t="n">
-[...11 lines deleted...]
-      <c r="ES19" s="14" t="n">
+      <c r="EZ19" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FA19" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FB19" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FC19" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FD19" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FE19" s="14" t="n">
         <v>1.0</v>
       </c>
-      <c r="ET19" s="14" t="n">
+      <c r="FF19" s="14" t="n">
         <v>1.0</v>
       </c>
-      <c r="EU19" s="14" t="n">
+      <c r="FG19" s="14" t="n">
         <v>1.0</v>
       </c>
-      <c r="EV19" s="14" t="n">
+      <c r="FH19" s="14" t="n">
         <v>1.0</v>
       </c>
-      <c r="EW19" s="14" t="n">
+      <c r="FI19" s="14" t="n">
         <v>1.0</v>
       </c>
-      <c r="EX19" s="14" t="n">
-[...8 lines deleted...]
-      <c r="FA19" s="14" t="n">
+      <c r="FJ19" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FK19" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FL19" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FM19" s="14" t="n">
         <v>23.0</v>
       </c>
-      <c r="FB19" s="14" t="n">
+      <c r="FN19" s="14" t="n">
+        <v>1030014.0</v>
+      </c>
+      <c r="FO19" s="14" t="n">
         <v>1077864.0</v>
       </c>
-      <c r="FC19" s="14" t="n">
+      <c r="FP19" s="14" t="n">
         <v>1267106.0</v>
       </c>
-      <c r="FD19" s="14" t="n">
+      <c r="FQ19" s="14" t="n">
         <v>1069133.0</v>
       </c>
-      <c r="FE19" s="14" t="n">
+      <c r="FR19" s="14" t="n">
         <v>1299567.0</v>
       </c>
-      <c r="FF19" s="14" t="n">
-[...2 lines deleted...]
-      <c r="FG19" s="14" t="n">
+      <c r="FS19" s="14" t="n">
+        <v>1120219.0</v>
+      </c>
+      <c r="FT19" s="14" t="n">
         <v>1015164.0</v>
       </c>
-      <c r="FH19" s="14" t="n">
-[...2 lines deleted...]
-      <c r="FI19" s="14" t="n">
+      <c r="FU19" s="14" t="n">
+        <v>1018968.0</v>
+      </c>
+      <c r="FV19" s="14" t="n">
         <v>961593.0</v>
       </c>
-      <c r="FJ19" s="14" t="n">
+      <c r="FW19" s="14" t="n">
         <v>1031833.0</v>
       </c>
-      <c r="FK19" s="14" t="n">
+      <c r="FX19" s="14" t="n">
         <v>1095383.0</v>
       </c>
-      <c r="FL19" s="14" t="n">
+      <c r="FY19" s="14" t="n">
         <v>1153295.0</v>
       </c>
-      <c r="FM19" s="14" t="n">
+      <c r="FZ19" s="14" t="n">
         <v>961199.0</v>
       </c>
-      <c r="FN19" s="14" t="n">
+      <c r="GA19" s="14" t="n">
         <v>1139241.0</v>
       </c>
-      <c r="FO19" s="14" t="n">
-[...8 lines deleted...]
-      <c r="FR19" s="14" t="n">
+      <c r="GB19" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GC19" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GD19" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GE19" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GF19" s="14" t="n">
         <v>254.0</v>
       </c>
-      <c r="FS19" s="14" t="n">
+      <c r="GG19" s="14" t="n">
         <v>392.0</v>
       </c>
-      <c r="FT19" s="14" t="n">
+      <c r="GH19" s="14" t="n">
         <v>364.0</v>
       </c>
-      <c r="FU19" s="14" t="n">
+      <c r="GI19" s="14" t="n">
         <v>249.0</v>
       </c>
-      <c r="FV19" s="14" t="n">
+      <c r="GJ19" s="14" t="n">
         <v>233.0</v>
       </c>
-      <c r="FW19" s="14" t="n">
+      <c r="GK19" s="14" t="n">
         <v>268.0</v>
       </c>
-      <c r="FX19" s="14" t="n">
+      <c r="GL19" s="14" t="n">
         <v>492.0</v>
       </c>
-      <c r="FY19" s="14" t="n">
+      <c r="GM19" s="14" t="n">
         <v>1014.0</v>
       </c>
-      <c r="FZ19" s="14" t="n">
+      <c r="GN19" s="14" t="n">
         <v>53644.0</v>
       </c>
-      <c r="GA19" s="14" t="n">
+      <c r="GO19" s="14" t="n">
         <v>46027.0</v>
       </c>
-      <c r="GB19" s="14" t="n">
+      <c r="GP19" s="14" t="n">
+        <v>1030014.0</v>
+      </c>
+      <c r="GQ19" s="14" t="n">
         <v>1077864.0</v>
       </c>
-      <c r="GC19" s="14" t="n">
+      <c r="GR19" s="14" t="n">
         <v>1267106.0</v>
       </c>
-      <c r="GD19" s="14" t="n">
+      <c r="GS19" s="14" t="n">
         <v>1069133.0</v>
       </c>
-      <c r="GE19" s="14" t="n">
+      <c r="GT19" s="14" t="n">
         <v>1299821.0</v>
       </c>
-      <c r="GF19" s="14" t="n">
-[...2 lines deleted...]
-      <c r="GG19" s="14" t="n">
+      <c r="GU19" s="14" t="n">
+        <v>1120611.0</v>
+      </c>
+      <c r="GV19" s="14" t="n">
         <v>1015528.0</v>
       </c>
-      <c r="GH19" s="14" t="n">
-[...5 lines deleted...]
-      <c r="GJ19" s="14" t="n">
+      <c r="GW19" s="14" t="n">
+        <v>1019217.0</v>
+      </c>
+      <c r="GX19" s="14" t="n">
+        <v>961827.0</v>
+      </c>
+      <c r="GY19" s="14" t="n">
         <v>1032101.0</v>
       </c>
-      <c r="GK19" s="14" t="n">
+      <c r="GZ19" s="14" t="n">
         <v>1095875.0</v>
       </c>
-      <c r="GL19" s="14" t="n">
+      <c r="HA19" s="14" t="n">
         <v>1154309.0</v>
       </c>
-      <c r="GM19" s="14" t="n">
+      <c r="HB19" s="14" t="n">
         <v>1014843.0</v>
       </c>
-      <c r="GN19" s="14" t="n">
+      <c r="HC19" s="14" t="n">
         <v>1185268.0</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="6" t="inlineStr">
         <is>
           <t>07.2. Paper and cardboard waste</t>
         </is>
       </c>
       <c r="B20" s="14" t="n">
+        <v>3864675.0</v>
+      </c>
+      <c r="C20" s="14" t="n">
         <v>3840839.0</v>
       </c>
-      <c r="C20" s="14" t="n">
+      <c r="D20" s="14" t="n">
         <v>4495565.0</v>
       </c>
-      <c r="D20" s="14" t="n">
+      <c r="E20" s="14" t="n">
         <v>4242419.0</v>
       </c>
-      <c r="E20" s="14" t="n">
+      <c r="F20" s="14" t="n">
         <v>3904767.0</v>
       </c>
-      <c r="F20" s="14" t="n">
+      <c r="G20" s="14" t="n">
         <v>3912650.0</v>
       </c>
-      <c r="G20" s="14" t="n">
+      <c r="H20" s="14" t="n">
         <v>3840462.0</v>
       </c>
-      <c r="H20" s="14" t="n">
+      <c r="I20" s="14" t="n">
         <v>4071171.0</v>
       </c>
-      <c r="I20" s="14" t="n">
+      <c r="J20" s="14" t="n">
         <v>4076533.0</v>
       </c>
-      <c r="J20" s="14" t="n">
+      <c r="K20" s="14" t="n">
         <v>4069099.0</v>
       </c>
-      <c r="K20" s="14" t="n">
+      <c r="L20" s="14" t="n">
         <v>4732631.0</v>
       </c>
-      <c r="L20" s="14" t="n">
+      <c r="M20" s="14" t="n">
         <v>4920239.0</v>
       </c>
-      <c r="M20" s="14" t="n">
+      <c r="N20" s="14" t="n">
         <v>3911981.0</v>
       </c>
-      <c r="N20" s="14" t="n">
+      <c r="O20" s="14" t="n">
         <v>3981520.0</v>
       </c>
-      <c r="O20" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="P20" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="Q20" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="R20" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="S20" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="T20" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
@@ -8391,707 +8929,736 @@
       <c r="V20" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="W20" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="X20" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="Y20" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="Z20" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AA20" s="14" t="n">
-[...2 lines deleted...]
-      <c r="AB20" s="14" t="n">
+      <c r="AA20" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AB20" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AC20" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="AD20" s="14" t="n">
+        <v>3864675.0</v>
+      </c>
+      <c r="AE20" s="14" t="n">
         <v>3840839.0</v>
       </c>
-      <c r="AC20" s="14" t="n">
+      <c r="AF20" s="14" t="n">
         <v>4495565.0</v>
       </c>
-      <c r="AD20" s="14" t="n">
+      <c r="AG20" s="14" t="n">
         <v>4242419.0</v>
       </c>
-      <c r="AE20" s="14" t="n">
+      <c r="AH20" s="14" t="n">
         <v>3904767.0</v>
       </c>
-      <c r="AF20" s="14" t="n">
+      <c r="AI20" s="14" t="n">
         <v>3912650.0</v>
       </c>
-      <c r="AG20" s="14" t="n">
+      <c r="AJ20" s="14" t="n">
         <v>3840462.0</v>
       </c>
-      <c r="AH20" s="14" t="n">
+      <c r="AK20" s="14" t="n">
         <v>4071171.0</v>
       </c>
-      <c r="AI20" s="14" t="n">
+      <c r="AL20" s="14" t="n">
         <v>4076533.0</v>
       </c>
-      <c r="AJ20" s="14" t="n">
+      <c r="AM20" s="14" t="n">
         <v>4069099.0</v>
       </c>
-      <c r="AK20" s="14" t="n">
+      <c r="AN20" s="14" t="n">
         <v>4732631.0</v>
       </c>
-      <c r="AL20" s="14" t="n">
+      <c r="AO20" s="14" t="n">
         <v>4920239.0</v>
       </c>
-      <c r="AM20" s="14" t="n">
+      <c r="AP20" s="14" t="n">
         <v>3911981.0</v>
       </c>
-      <c r="AN20" s="14" t="n">
+      <c r="AQ20" s="14" t="n">
         <v>3981520.0</v>
       </c>
-      <c r="AO20" s="14" t="n">
-[...7 lines deleted...]
-      </c>
       <c r="AR20" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AS20" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AT20" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AU20" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AV20" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AW20" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AX20" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AY20" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AZ20" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BA20" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="BB20" s="13" t="inlineStr">
-[...17 lines deleted...]
-        </is>
+      <c r="BB20" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BC20" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BD20" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BE20" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="BF20" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BG20" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BH20" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BI20" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BJ20" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BK20" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BL20" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BM20" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="BN20" s="14" t="n">
-[...12 lines deleted...]
-        <v>0.0</v>
+      <c r="BN20" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BO20" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BP20" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BQ20" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BR20" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="BS20" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BT20" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BU20" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BV20" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BW20" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BX20" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BY20" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BZ20" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="CA20" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="CB20" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CC20" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CD20" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CE20" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CF20" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CG20" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CH20" s="14" t="n">
+        <v>2316.0</v>
+      </c>
+      <c r="CI20" s="14" t="n">
         <v>3067.0</v>
       </c>
-      <c r="CC20" s="14" t="n">
+      <c r="CJ20" s="14" t="n">
         <v>3163.0</v>
       </c>
-      <c r="CD20" s="14" t="n">
+      <c r="CK20" s="14" t="n">
         <v>4009.0</v>
       </c>
-      <c r="CE20" s="14" t="n">
+      <c r="CL20" s="14" t="n">
         <v>1900.0</v>
       </c>
-      <c r="CF20" s="14" t="n">
+      <c r="CM20" s="14" t="n">
         <v>1501.0</v>
       </c>
-      <c r="CG20" s="14" t="n">
+      <c r="CN20" s="14" t="n">
         <v>4005.0</v>
       </c>
-      <c r="CH20" s="14" t="n">
+      <c r="CO20" s="14" t="n">
         <v>7057.0</v>
       </c>
-      <c r="CI20" s="14" t="n">
+      <c r="CP20" s="14" t="n">
         <v>1345.0</v>
       </c>
-      <c r="CJ20" s="14" t="n">
+      <c r="CQ20" s="14" t="n">
         <v>1542.0</v>
       </c>
-      <c r="CK20" s="14" t="n">
+      <c r="CR20" s="14" t="n">
         <v>1354.0</v>
       </c>
-      <c r="CL20" s="14" t="n">
+      <c r="CS20" s="14" t="n">
         <v>14175.0</v>
       </c>
-      <c r="CM20" s="14" t="n">
+      <c r="CT20" s="14" t="n">
         <v>62997.0</v>
       </c>
-      <c r="CN20" s="14" t="n">
+      <c r="CU20" s="14" t="n">
         <v>327951.0</v>
       </c>
-      <c r="CO20" s="13" t="inlineStr">
-[...33 lines deleted...]
-      </c>
       <c r="CV20" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="CW20" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="CX20" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="CY20" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="CZ20" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="DA20" s="14" t="n">
-[...2 lines deleted...]
-      <c r="DB20" s="14" t="n">
+      <c r="DA20" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DB20" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DC20" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DD20" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DE20" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DF20" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DG20" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DH20" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DI20" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DJ20" s="14" t="n">
+        <v>2316.0</v>
+      </c>
+      <c r="DK20" s="14" t="n">
         <v>3067.0</v>
       </c>
-      <c r="DC20" s="14" t="n">
+      <c r="DL20" s="14" t="n">
         <v>3163.0</v>
       </c>
-      <c r="DD20" s="14" t="n">
+      <c r="DM20" s="14" t="n">
         <v>4009.0</v>
       </c>
-      <c r="DE20" s="14" t="n">
+      <c r="DN20" s="14" t="n">
         <v>1900.0</v>
       </c>
-      <c r="DF20" s="14" t="n">
+      <c r="DO20" s="14" t="n">
         <v>1501.0</v>
       </c>
-      <c r="DG20" s="14" t="n">
+      <c r="DP20" s="14" t="n">
         <v>4005.0</v>
       </c>
-      <c r="DH20" s="14" t="n">
+      <c r="DQ20" s="14" t="n">
         <v>7057.0</v>
       </c>
-      <c r="DI20" s="14" t="n">
+      <c r="DR20" s="14" t="n">
         <v>1345.0</v>
       </c>
-      <c r="DJ20" s="14" t="n">
+      <c r="DS20" s="14" t="n">
         <v>1542.0</v>
       </c>
-      <c r="DK20" s="14" t="n">
+      <c r="DT20" s="14" t="n">
         <v>1354.0</v>
       </c>
-      <c r="DL20" s="14" t="n">
+      <c r="DU20" s="14" t="n">
         <v>14175.0</v>
       </c>
-      <c r="DM20" s="14" t="n">
+      <c r="DV20" s="14" t="n">
         <v>62997.0</v>
       </c>
-      <c r="DN20" s="14" t="n">
+      <c r="DW20" s="14" t="n">
         <v>327951.0</v>
       </c>
-      <c r="DO20" s="14" t="n">
+      <c r="DX20" s="14" t="n">
+        <v>65.0</v>
+      </c>
+      <c r="DY20" s="14" t="n">
         <v>64.0</v>
       </c>
-      <c r="DP20" s="14" t="n">
+      <c r="DZ20" s="14" t="n">
         <v>12.0</v>
       </c>
-      <c r="DQ20" s="14" t="n">
+      <c r="EA20" s="14" t="n">
         <v>3232.0</v>
       </c>
-      <c r="DR20" s="14" t="n">
+      <c r="EB20" s="14" t="n">
         <v>62.0</v>
       </c>
-      <c r="DS20" s="14" t="n">
+      <c r="EC20" s="14" t="n">
         <v>370.0</v>
       </c>
-      <c r="DT20" s="14" t="n">
+      <c r="ED20" s="14" t="n">
         <v>344.0</v>
       </c>
-      <c r="DU20" s="14" t="n">
+      <c r="EE20" s="14" t="n">
         <v>348.0</v>
       </c>
-      <c r="DV20" s="14" t="n">
+      <c r="EF20" s="14" t="n">
         <v>699.0</v>
       </c>
-      <c r="DW20" s="14" t="n">
+      <c r="EG20" s="14" t="n">
         <v>305.0</v>
       </c>
-      <c r="DX20" s="14" t="n">
+      <c r="EH20" s="14" t="n">
         <v>419.0</v>
       </c>
-      <c r="DY20" s="14" t="n">
-[...56 lines deleted...]
-        </is>
+      <c r="EI20" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EJ20" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EK20" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="EL20" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="EM20" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="EN20" s="14" t="n">
-[...2 lines deleted...]
-      <c r="EO20" s="14" t="n">
+      <c r="EN20" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EO20" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EP20" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EQ20" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="ER20" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="ES20" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="ET20" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EU20" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EV20" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EW20" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EX20" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EY20" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EZ20" s="14" t="n">
+        <v>65.0</v>
+      </c>
+      <c r="FA20" s="14" t="n">
         <v>64.0</v>
       </c>
-      <c r="EP20" s="14" t="n">
+      <c r="FB20" s="14" t="n">
         <v>12.0</v>
       </c>
-      <c r="EQ20" s="14" t="n">
+      <c r="FC20" s="14" t="n">
         <v>3232.0</v>
       </c>
-      <c r="ER20" s="14" t="n">
+      <c r="FD20" s="14" t="n">
         <v>62.0</v>
       </c>
-      <c r="ES20" s="14" t="n">
+      <c r="FE20" s="14" t="n">
         <v>370.0</v>
       </c>
-      <c r="ET20" s="14" t="n">
+      <c r="FF20" s="14" t="n">
         <v>344.0</v>
       </c>
-      <c r="EU20" s="14" t="n">
+      <c r="FG20" s="14" t="n">
         <v>348.0</v>
       </c>
-      <c r="EV20" s="14" t="n">
+      <c r="FH20" s="14" t="n">
         <v>699.0</v>
       </c>
-      <c r="EW20" s="14" t="n">
+      <c r="FI20" s="14" t="n">
         <v>305.0</v>
       </c>
-      <c r="EX20" s="14" t="n">
+      <c r="FJ20" s="14" t="n">
         <v>419.0</v>
       </c>
-      <c r="EY20" s="14" t="n">
-[...8 lines deleted...]
-      <c r="FB20" s="14" t="n">
+      <c r="FK20" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FL20" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FM20" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FN20" s="14" t="n">
+        <v>3867056.0</v>
+      </c>
+      <c r="FO20" s="14" t="n">
         <v>3843970.0</v>
       </c>
-      <c r="FC20" s="14" t="n">
+      <c r="FP20" s="14" t="n">
         <v>4498740.0</v>
       </c>
-      <c r="FD20" s="14" t="n">
-[...2 lines deleted...]
-      <c r="FE20" s="14" t="n">
+      <c r="FQ20" s="14" t="n">
+        <v>4249661.0</v>
+      </c>
+      <c r="FR20" s="14" t="n">
         <v>3906729.0</v>
       </c>
-      <c r="FF20" s="14" t="n">
+      <c r="FS20" s="14" t="n">
         <v>3914521.0</v>
       </c>
-      <c r="FG20" s="14" t="n">
+      <c r="FT20" s="14" t="n">
         <v>3844811.0</v>
       </c>
-      <c r="FH20" s="14" t="n">
+      <c r="FU20" s="14" t="n">
         <v>4078576.0</v>
       </c>
-      <c r="FI20" s="14" t="n">
-[...2 lines deleted...]
-      <c r="FJ20" s="14" t="n">
+      <c r="FV20" s="14" t="n">
+        <v>4078576.0</v>
+      </c>
+      <c r="FW20" s="14" t="n">
         <v>4070946.0</v>
       </c>
-      <c r="FK20" s="14" t="n">
+      <c r="FX20" s="14" t="n">
         <v>4734404.0</v>
       </c>
-      <c r="FL20" s="14" t="n">
+      <c r="FY20" s="14" t="n">
         <v>4934414.0</v>
       </c>
-      <c r="FM20" s="14" t="n">
+      <c r="FZ20" s="14" t="n">
         <v>3974977.0</v>
       </c>
-      <c r="FN20" s="14" t="n">
+      <c r="GA20" s="14" t="n">
         <v>4309471.0</v>
       </c>
-      <c r="FO20" s="13" t="inlineStr">
-[...61 lines deleted...]
-      </c>
       <c r="GB20" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GC20" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GD20" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GE20" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GF20" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GG20" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GH20" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GI20" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GJ20" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GK20" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GL20" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GM20" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GN20" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GO20" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GP20" s="14" t="n">
+        <v>3867056.0</v>
+      </c>
+      <c r="GQ20" s="14" t="n">
         <v>3843970.0</v>
       </c>
-      <c r="GC20" s="14" t="n">
+      <c r="GR20" s="14" t="n">
         <v>4498740.0</v>
       </c>
-      <c r="GD20" s="14" t="n">
-[...2 lines deleted...]
-      <c r="GE20" s="14" t="n">
+      <c r="GS20" s="14" t="n">
+        <v>4249661.0</v>
+      </c>
+      <c r="GT20" s="14" t="n">
         <v>3906729.0</v>
       </c>
-      <c r="GF20" s="14" t="n">
+      <c r="GU20" s="14" t="n">
         <v>3914521.0</v>
       </c>
-      <c r="GG20" s="14" t="n">
+      <c r="GV20" s="14" t="n">
         <v>3844811.0</v>
       </c>
-      <c r="GH20" s="14" t="n">
+      <c r="GW20" s="14" t="n">
         <v>4078576.0</v>
       </c>
-      <c r="GI20" s="14" t="n">
-[...2 lines deleted...]
-      <c r="GJ20" s="14" t="n">
+      <c r="GX20" s="14" t="n">
+        <v>4078576.0</v>
+      </c>
+      <c r="GY20" s="14" t="n">
         <v>4070946.0</v>
       </c>
-      <c r="GK20" s="14" t="n">
+      <c r="GZ20" s="14" t="n">
         <v>4734404.0</v>
       </c>
-      <c r="GL20" s="14" t="n">
+      <c r="HA20" s="14" t="n">
         <v>4934414.0</v>
       </c>
-      <c r="GM20" s="14" t="n">
+      <c r="HB20" s="14" t="n">
         <v>3974977.0</v>
       </c>
-      <c r="GN20" s="14" t="n">
+      <c r="HC20" s="14" t="n">
         <v>4309471.0</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="6" t="inlineStr">
         <is>
           <t>07.3. Rubber waste</t>
         </is>
       </c>
       <c r="B21" s="14" t="n">
+        <v>314172.0</v>
+      </c>
+      <c r="C21" s="14" t="n">
         <v>220118.0</v>
       </c>
-      <c r="C21" s="14" t="n">
+      <c r="D21" s="14" t="n">
         <v>201000.0</v>
       </c>
-      <c r="D21" s="14" t="n">
+      <c r="E21" s="14" t="n">
         <v>141089.0</v>
       </c>
-      <c r="E21" s="14" t="n">
+      <c r="F21" s="14" t="n">
         <v>150678.0</v>
       </c>
-      <c r="F21" s="14" t="n">
+      <c r="G21" s="14" t="n">
         <v>131443.0</v>
       </c>
-      <c r="G21" s="14" t="n">
+      <c r="H21" s="14" t="n">
         <v>139247.0</v>
       </c>
-      <c r="H21" s="14" t="n">
+      <c r="I21" s="14" t="n">
         <v>124909.0</v>
       </c>
-      <c r="I21" s="14" t="n">
+      <c r="J21" s="14" t="n">
         <v>149307.0</v>
       </c>
-      <c r="J21" s="14" t="n">
+      <c r="K21" s="14" t="n">
         <v>103389.0</v>
       </c>
-      <c r="K21" s="14" t="n">
+      <c r="L21" s="14" t="n">
         <v>181138.0</v>
       </c>
-      <c r="L21" s="14" t="n">
+      <c r="M21" s="14" t="n">
         <v>161154.0</v>
       </c>
-      <c r="M21" s="14" t="n">
+      <c r="N21" s="14" t="n">
         <v>174366.0</v>
       </c>
-      <c r="N21" s="14" t="n">
+      <c r="O21" s="14" t="n">
         <v>221668.0</v>
       </c>
-      <c r="O21" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="P21" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="Q21" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="R21" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="S21" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="T21" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
@@ -9103,707 +9670,736 @@
       <c r="V21" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="W21" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="X21" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="Y21" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="Z21" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AA21" s="14" t="n">
-[...2 lines deleted...]
-      <c r="AB21" s="14" t="n">
+      <c r="AA21" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AB21" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AC21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="AD21" s="14" t="n">
+        <v>314172.0</v>
+      </c>
+      <c r="AE21" s="14" t="n">
         <v>220118.0</v>
       </c>
-      <c r="AC21" s="14" t="n">
+      <c r="AF21" s="14" t="n">
         <v>201000.0</v>
       </c>
-      <c r="AD21" s="14" t="n">
+      <c r="AG21" s="14" t="n">
         <v>141089.0</v>
       </c>
-      <c r="AE21" s="14" t="n">
+      <c r="AH21" s="14" t="n">
         <v>150678.0</v>
       </c>
-      <c r="AF21" s="14" t="n">
+      <c r="AI21" s="14" t="n">
         <v>131443.0</v>
       </c>
-      <c r="AG21" s="14" t="n">
+      <c r="AJ21" s="14" t="n">
         <v>139247.0</v>
       </c>
-      <c r="AH21" s="14" t="n">
+      <c r="AK21" s="14" t="n">
         <v>124909.0</v>
       </c>
-      <c r="AI21" s="14" t="n">
+      <c r="AL21" s="14" t="n">
         <v>149307.0</v>
       </c>
-      <c r="AJ21" s="14" t="n">
+      <c r="AM21" s="14" t="n">
         <v>103389.0</v>
       </c>
-      <c r="AK21" s="14" t="n">
+      <c r="AN21" s="14" t="n">
         <v>181138.0</v>
       </c>
-      <c r="AL21" s="14" t="n">
+      <c r="AO21" s="14" t="n">
         <v>161154.0</v>
       </c>
-      <c r="AM21" s="14" t="n">
+      <c r="AP21" s="14" t="n">
         <v>174366.0</v>
       </c>
-      <c r="AN21" s="14" t="n">
+      <c r="AQ21" s="14" t="n">
         <v>221668.0</v>
       </c>
-      <c r="AO21" s="14" t="n">
-[...7 lines deleted...]
-      </c>
       <c r="AR21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AS21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AT21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AU21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AV21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AW21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AX21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AY21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AZ21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BA21" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="BB21" s="13" t="inlineStr">
-[...17 lines deleted...]
-        </is>
+      <c r="BB21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BC21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BD21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BE21" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="BF21" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BG21" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BH21" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BI21" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BJ21" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BK21" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BL21" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BM21" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="BN21" s="14" t="n">
-[...12 lines deleted...]
-        <v>0.0</v>
+      <c r="BN21" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BO21" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BP21" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BQ21" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BR21" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="BS21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BT21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BU21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BV21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BW21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BX21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BY21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BZ21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="CA21" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="CB21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CC21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CD21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CE21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CF21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CG21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CH21" s="14" t="n">
+        <v>555.0</v>
+      </c>
+      <c r="CI21" s="14" t="n">
         <v>188.0</v>
       </c>
-      <c r="CC21" s="14" t="n">
+      <c r="CJ21" s="14" t="n">
         <v>274.0</v>
       </c>
-      <c r="CD21" s="14" t="n">
+      <c r="CK21" s="14" t="n">
         <v>1309.0</v>
       </c>
-      <c r="CE21" s="14" t="n">
+      <c r="CL21" s="14" t="n">
         <v>3258.0</v>
       </c>
-      <c r="CF21" s="14" t="n">
+      <c r="CM21" s="14" t="n">
         <v>2084.0</v>
       </c>
-      <c r="CG21" s="14" t="n">
+      <c r="CN21" s="14" t="n">
         <v>1948.0</v>
       </c>
-      <c r="CH21" s="14" t="n">
+      <c r="CO21" s="14" t="n">
         <v>1662.0</v>
       </c>
-      <c r="CI21" s="14" t="n">
+      <c r="CP21" s="14" t="n">
         <v>640.0</v>
       </c>
-      <c r="CJ21" s="14" t="n">
+      <c r="CQ21" s="14" t="n">
         <v>2948.0</v>
       </c>
-      <c r="CK21" s="14" t="n">
+      <c r="CR21" s="14" t="n">
         <v>549.0</v>
       </c>
-      <c r="CL21" s="14" t="n">
+      <c r="CS21" s="14" t="n">
         <v>7744.0</v>
       </c>
-      <c r="CM21" s="14" t="n">
+      <c r="CT21" s="14" t="n">
         <v>13964.0</v>
       </c>
-      <c r="CN21" s="14" t="n">
+      <c r="CU21" s="14" t="n">
         <v>23969.0</v>
       </c>
-      <c r="CO21" s="13" t="inlineStr">
-[...33 lines deleted...]
-      </c>
       <c r="CV21" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="CW21" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="CX21" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="CY21" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="CZ21" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="DA21" s="14" t="n">
-[...2 lines deleted...]
-      <c r="DB21" s="14" t="n">
+      <c r="DA21" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DB21" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DC21" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DD21" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DE21" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DF21" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DG21" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DH21" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DI21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DJ21" s="14" t="n">
+        <v>555.0</v>
+      </c>
+      <c r="DK21" s="14" t="n">
         <v>188.0</v>
       </c>
-      <c r="DC21" s="14" t="n">
+      <c r="DL21" s="14" t="n">
         <v>274.0</v>
       </c>
-      <c r="DD21" s="14" t="n">
+      <c r="DM21" s="14" t="n">
         <v>1309.0</v>
       </c>
-      <c r="DE21" s="14" t="n">
+      <c r="DN21" s="14" t="n">
         <v>3258.0</v>
       </c>
-      <c r="DF21" s="14" t="n">
+      <c r="DO21" s="14" t="n">
         <v>2084.0</v>
       </c>
-      <c r="DG21" s="14" t="n">
+      <c r="DP21" s="14" t="n">
         <v>1948.0</v>
       </c>
-      <c r="DH21" s="14" t="n">
+      <c r="DQ21" s="14" t="n">
         <v>1662.0</v>
       </c>
-      <c r="DI21" s="14" t="n">
+      <c r="DR21" s="14" t="n">
         <v>640.0</v>
       </c>
-      <c r="DJ21" s="14" t="n">
+      <c r="DS21" s="14" t="n">
         <v>2948.0</v>
       </c>
-      <c r="DK21" s="14" t="n">
+      <c r="DT21" s="14" t="n">
         <v>549.0</v>
       </c>
-      <c r="DL21" s="14" t="n">
+      <c r="DU21" s="14" t="n">
         <v>7744.0</v>
       </c>
-      <c r="DM21" s="14" t="n">
+      <c r="DV21" s="14" t="n">
         <v>13964.0</v>
       </c>
-      <c r="DN21" s="14" t="n">
+      <c r="DW21" s="14" t="n">
         <v>23969.0</v>
       </c>
-      <c r="DO21" s="14" t="n">
+      <c r="DX21" s="14" t="n">
+        <v>89774.0</v>
+      </c>
+      <c r="DY21" s="14" t="n">
         <v>86904.0</v>
       </c>
-      <c r="DP21" s="14" t="n">
+      <c r="DZ21" s="14" t="n">
         <v>119926.0</v>
       </c>
-      <c r="DQ21" s="14" t="n">
+      <c r="EA21" s="14" t="n">
         <v>134364.0</v>
       </c>
-      <c r="DR21" s="14" t="n">
+      <c r="EB21" s="14" t="n">
         <v>149030.0</v>
       </c>
-      <c r="DS21" s="14" t="n">
+      <c r="EC21" s="14" t="n">
         <v>115858.0</v>
       </c>
-      <c r="DT21" s="14" t="n">
+      <c r="ED21" s="14" t="n">
         <v>115303.0</v>
       </c>
-      <c r="DU21" s="14" t="n">
+      <c r="EE21" s="14" t="n">
         <v>128185.0</v>
       </c>
-      <c r="DV21" s="14" t="n">
+      <c r="EF21" s="14" t="n">
         <v>96632.0</v>
       </c>
-      <c r="DW21" s="14" t="n">
+      <c r="EG21" s="14" t="n">
         <v>125096.0</v>
       </c>
-      <c r="DX21" s="14" t="n">
+      <c r="EH21" s="14" t="n">
         <v>100024.0</v>
       </c>
-      <c r="DY21" s="14" t="n">
+      <c r="EI21" s="14" t="n">
         <v>121654.0</v>
       </c>
-      <c r="DZ21" s="14" t="n">
+      <c r="EJ21" s="14" t="n">
         <v>74671.0</v>
       </c>
-      <c r="EA21" s="14" t="n">
+      <c r="EK21" s="14" t="n">
         <v>106329.0</v>
       </c>
-      <c r="EB21" s="13" t="inlineStr">
-[...48 lines deleted...]
-      </c>
       <c r="EL21" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="EM21" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="EN21" s="14" t="n">
-[...2 lines deleted...]
-      <c r="EO21" s="14" t="n">
+      <c r="EN21" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EO21" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EP21" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EQ21" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="ER21" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="ES21" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="ET21" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EU21" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EV21" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EW21" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EX21" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EY21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EZ21" s="14" t="n">
+        <v>89774.0</v>
+      </c>
+      <c r="FA21" s="14" t="n">
         <v>86904.0</v>
       </c>
-      <c r="EP21" s="14" t="n">
+      <c r="FB21" s="14" t="n">
         <v>119926.0</v>
       </c>
-      <c r="EQ21" s="14" t="n">
+      <c r="FC21" s="14" t="n">
         <v>134364.0</v>
       </c>
-      <c r="ER21" s="14" t="n">
+      <c r="FD21" s="14" t="n">
         <v>149030.0</v>
       </c>
-      <c r="ES21" s="14" t="n">
+      <c r="FE21" s="14" t="n">
         <v>115858.0</v>
       </c>
-      <c r="ET21" s="14" t="n">
+      <c r="FF21" s="14" t="n">
         <v>115303.0</v>
       </c>
-      <c r="EU21" s="14" t="n">
+      <c r="FG21" s="14" t="n">
         <v>128185.0</v>
       </c>
-      <c r="EV21" s="14" t="n">
+      <c r="FH21" s="14" t="n">
         <v>96632.0</v>
       </c>
-      <c r="EW21" s="14" t="n">
+      <c r="FI21" s="14" t="n">
         <v>125096.0</v>
       </c>
-      <c r="EX21" s="14" t="n">
+      <c r="FJ21" s="14" t="n">
         <v>100024.0</v>
       </c>
-      <c r="EY21" s="14" t="n">
+      <c r="FK21" s="14" t="n">
         <v>121654.0</v>
       </c>
-      <c r="EZ21" s="14" t="n">
+      <c r="FL21" s="14" t="n">
         <v>74671.0</v>
       </c>
-      <c r="FA21" s="14" t="n">
+      <c r="FM21" s="14" t="n">
         <v>106329.0</v>
       </c>
-      <c r="FB21" s="14" t="n">
-[...5 lines deleted...]
-      <c r="FD21" s="14" t="n">
+      <c r="FN21" s="14" t="n">
+        <v>404501.0</v>
+      </c>
+      <c r="FO21" s="14" t="n">
+        <v>307211.0</v>
+      </c>
+      <c r="FP21" s="14" t="n">
+        <v>321201.0</v>
+      </c>
+      <c r="FQ21" s="14" t="n">
         <v>276762.0</v>
       </c>
-      <c r="FE21" s="14" t="n">
-[...5 lines deleted...]
-      <c r="FG21" s="14" t="n">
+      <c r="FR21" s="14" t="n">
+        <v>302965.0</v>
+      </c>
+      <c r="FS21" s="14" t="n">
+        <v>249384.0</v>
+      </c>
+      <c r="FT21" s="14" t="n">
         <v>256498.0</v>
       </c>
-      <c r="FH21" s="14" t="n">
+      <c r="FU21" s="14" t="n">
         <v>254756.0</v>
       </c>
-      <c r="FI21" s="14" t="n">
-[...2 lines deleted...]
-      <c r="FJ21" s="14" t="n">
+      <c r="FV21" s="14" t="n">
+        <v>246580.0</v>
+      </c>
+      <c r="FW21" s="14" t="n">
         <v>231433.0</v>
       </c>
-      <c r="FK21" s="14" t="n">
+      <c r="FX21" s="14" t="n">
         <v>281711.0</v>
       </c>
-      <c r="FL21" s="14" t="n">
+      <c r="FY21" s="14" t="n">
         <v>290552.0</v>
       </c>
-      <c r="FM21" s="14" t="n">
+      <c r="FZ21" s="14" t="n">
         <v>263001.0</v>
       </c>
-      <c r="FN21" s="14" t="n">
+      <c r="GA21" s="14" t="n">
         <v>351966.0</v>
       </c>
-      <c r="FO21" s="13" t="inlineStr">
-[...61 lines deleted...]
-      </c>
       <c r="GB21" s="14" t="n">
-        <v>307210.0</v>
+        <v>0.0</v>
       </c>
       <c r="GC21" s="14" t="n">
-        <v>321200.0</v>
+        <v>0.0</v>
       </c>
       <c r="GD21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GE21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GF21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GG21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GH21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GI21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GJ21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GK21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GL21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GM21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GN21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GO21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GP21" s="14" t="n">
+        <v>404501.0</v>
+      </c>
+      <c r="GQ21" s="14" t="n">
+        <v>307211.0</v>
+      </c>
+      <c r="GR21" s="14" t="n">
+        <v>321201.0</v>
+      </c>
+      <c r="GS21" s="14" t="n">
         <v>276762.0</v>
       </c>
-      <c r="GE21" s="14" t="n">
-[...5 lines deleted...]
-      <c r="GG21" s="14" t="n">
+      <c r="GT21" s="14" t="n">
+        <v>302965.0</v>
+      </c>
+      <c r="GU21" s="14" t="n">
+        <v>249384.0</v>
+      </c>
+      <c r="GV21" s="14" t="n">
         <v>256498.0</v>
       </c>
-      <c r="GH21" s="14" t="n">
+      <c r="GW21" s="14" t="n">
         <v>254756.0</v>
       </c>
-      <c r="GI21" s="14" t="n">
-[...2 lines deleted...]
-      <c r="GJ21" s="14" t="n">
+      <c r="GX21" s="14" t="n">
+        <v>246580.0</v>
+      </c>
+      <c r="GY21" s="14" t="n">
         <v>231433.0</v>
       </c>
-      <c r="GK21" s="14" t="n">
+      <c r="GZ21" s="14" t="n">
         <v>281711.0</v>
       </c>
-      <c r="GL21" s="14" t="n">
+      <c r="HA21" s="14" t="n">
         <v>290552.0</v>
       </c>
-      <c r="GM21" s="14" t="n">
+      <c r="HB21" s="14" t="n">
         <v>263001.0</v>
       </c>
-      <c r="GN21" s="14" t="n">
+      <c r="HC21" s="14" t="n">
         <v>351966.0</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="6" t="inlineStr">
         <is>
           <t>07.4. Plastic waste</t>
         </is>
       </c>
       <c r="B22" s="14" t="n">
+        <v>655835.0</v>
+      </c>
+      <c r="C22" s="14" t="n">
         <v>692139.0</v>
       </c>
-      <c r="C22" s="14" t="n">
+      <c r="D22" s="14" t="n">
         <v>647249.0</v>
       </c>
-      <c r="D22" s="14" t="n">
+      <c r="E22" s="14" t="n">
         <v>564975.0</v>
       </c>
-      <c r="E22" s="14" t="n">
+      <c r="F22" s="14" t="n">
         <v>722927.0</v>
       </c>
-      <c r="F22" s="14" t="n">
+      <c r="G22" s="14" t="n">
         <v>645349.0</v>
       </c>
-      <c r="G22" s="14" t="n">
+      <c r="H22" s="14" t="n">
         <v>467130.0</v>
       </c>
-      <c r="H22" s="14" t="n">
+      <c r="I22" s="14" t="n">
         <v>594823.0</v>
       </c>
-      <c r="I22" s="14" t="n">
+      <c r="J22" s="14" t="n">
         <v>529693.0</v>
       </c>
-      <c r="J22" s="14" t="n">
+      <c r="K22" s="14" t="n">
         <v>948414.0</v>
       </c>
-      <c r="K22" s="14" t="n">
+      <c r="L22" s="14" t="n">
         <v>913710.0</v>
       </c>
-      <c r="L22" s="14" t="n">
+      <c r="M22" s="14" t="n">
         <v>1062072.0</v>
       </c>
-      <c r="M22" s="14" t="n">
+      <c r="N22" s="14" t="n">
         <v>945481.0</v>
       </c>
-      <c r="N22" s="14" t="n">
+      <c r="O22" s="14" t="n">
         <v>1151087.0</v>
       </c>
-      <c r="O22" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="P22" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="Q22" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="R22" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="S22" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="T22" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
@@ -9815,789 +10411,820 @@
       <c r="V22" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="W22" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="X22" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="Y22" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="Z22" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AA22" s="14" t="n">
-[...2 lines deleted...]
-      <c r="AB22" s="14" t="n">
+      <c r="AA22" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AB22" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AC22" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="AD22" s="14" t="n">
+        <v>655835.0</v>
+      </c>
+      <c r="AE22" s="14" t="n">
         <v>692139.0</v>
       </c>
-      <c r="AC22" s="14" t="n">
+      <c r="AF22" s="14" t="n">
         <v>647249.0</v>
       </c>
-      <c r="AD22" s="14" t="n">
+      <c r="AG22" s="14" t="n">
         <v>564975.0</v>
       </c>
-      <c r="AE22" s="14" t="n">
+      <c r="AH22" s="14" t="n">
         <v>722927.0</v>
       </c>
-      <c r="AF22" s="14" t="n">
+      <c r="AI22" s="14" t="n">
         <v>645349.0</v>
       </c>
-      <c r="AG22" s="14" t="n">
+      <c r="AJ22" s="14" t="n">
         <v>467130.0</v>
       </c>
-      <c r="AH22" s="14" t="n">
+      <c r="AK22" s="14" t="n">
         <v>594823.0</v>
       </c>
-      <c r="AI22" s="14" t="n">
+      <c r="AL22" s="14" t="n">
         <v>529693.0</v>
       </c>
-      <c r="AJ22" s="14" t="n">
+      <c r="AM22" s="14" t="n">
         <v>948414.0</v>
       </c>
-      <c r="AK22" s="14" t="n">
+      <c r="AN22" s="14" t="n">
         <v>913710.0</v>
       </c>
-      <c r="AL22" s="14" t="n">
+      <c r="AO22" s="14" t="n">
         <v>1062072.0</v>
       </c>
-      <c r="AM22" s="14" t="n">
+      <c r="AP22" s="14" t="n">
         <v>945481.0</v>
       </c>
-      <c r="AN22" s="14" t="n">
+      <c r="AQ22" s="14" t="n">
         <v>1151087.0</v>
       </c>
-      <c r="AO22" s="14" t="n">
-[...7 lines deleted...]
-      </c>
       <c r="AR22" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AS22" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AT22" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AU22" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AV22" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AW22" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AX22" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AY22" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AZ22" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BA22" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="BB22" s="13" t="inlineStr">
-[...17 lines deleted...]
-        </is>
+      <c r="BB22" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BC22" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BD22" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BE22" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="BF22" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BG22" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BH22" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BI22" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BJ22" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BK22" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BL22" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BM22" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="BN22" s="14" t="n">
-[...12 lines deleted...]
-        <v>0.0</v>
+      <c r="BN22" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BO22" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BP22" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BQ22" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BR22" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="BS22" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BT22" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BU22" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BV22" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BW22" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BX22" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BY22" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BZ22" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="CA22" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="CB22" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CC22" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CD22" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CE22" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CF22" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CG22" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CH22" s="14" t="n">
+        <v>211242.0</v>
+      </c>
+      <c r="CI22" s="14" t="n">
         <v>208739.0</v>
       </c>
-      <c r="CC22" s="14" t="n">
+      <c r="CJ22" s="14" t="n">
         <v>223623.0</v>
       </c>
-      <c r="CD22" s="14" t="n">
+      <c r="CK22" s="14" t="n">
         <v>202850.0</v>
       </c>
-      <c r="CE22" s="14" t="n">
+      <c r="CL22" s="14" t="n">
         <v>148975.0</v>
       </c>
-      <c r="CF22" s="14" t="n">
+      <c r="CM22" s="14" t="n">
         <v>136119.0</v>
       </c>
-      <c r="CG22" s="14" t="n">
+      <c r="CN22" s="14" t="n">
         <v>177103.0</v>
       </c>
-      <c r="CH22" s="14" t="n">
+      <c r="CO22" s="14" t="n">
         <v>81448.0</v>
       </c>
-      <c r="CI22" s="14" t="n">
+      <c r="CP22" s="14" t="n">
         <v>136166.0</v>
       </c>
-      <c r="CJ22" s="14" t="n">
+      <c r="CQ22" s="14" t="n">
         <v>150775.0</v>
       </c>
-      <c r="CK22" s="14" t="n">
+      <c r="CR22" s="14" t="n">
         <v>107363.0</v>
       </c>
-      <c r="CL22" s="14" t="n">
+      <c r="CS22" s="14" t="n">
         <v>80849.0</v>
       </c>
-      <c r="CM22" s="14" t="n">
+      <c r="CT22" s="14" t="n">
         <v>192174.0</v>
       </c>
-      <c r="CN22" s="14" t="n">
+      <c r="CU22" s="14" t="n">
         <v>298908.0</v>
       </c>
-      <c r="CO22" s="13" t="inlineStr">
-[...33 lines deleted...]
-      </c>
       <c r="CV22" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="CW22" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="CX22" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="CY22" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="CZ22" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="DA22" s="14" t="n">
-[...2 lines deleted...]
-      <c r="DB22" s="14" t="n">
+      <c r="DA22" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DB22" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DC22" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DD22" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DE22" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DF22" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DG22" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DH22" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DI22" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DJ22" s="14" t="n">
+        <v>211242.0</v>
+      </c>
+      <c r="DK22" s="14" t="n">
         <v>208739.0</v>
       </c>
-      <c r="DC22" s="14" t="n">
+      <c r="DL22" s="14" t="n">
         <v>223623.0</v>
       </c>
-      <c r="DD22" s="14" t="n">
+      <c r="DM22" s="14" t="n">
         <v>202850.0</v>
       </c>
-      <c r="DE22" s="14" t="n">
+      <c r="DN22" s="14" t="n">
         <v>148975.0</v>
       </c>
-      <c r="DF22" s="14" t="n">
+      <c r="DO22" s="14" t="n">
         <v>136119.0</v>
       </c>
-      <c r="DG22" s="14" t="n">
+      <c r="DP22" s="14" t="n">
         <v>177103.0</v>
       </c>
-      <c r="DH22" s="14" t="n">
+      <c r="DQ22" s="14" t="n">
         <v>81448.0</v>
       </c>
-      <c r="DI22" s="14" t="n">
+      <c r="DR22" s="14" t="n">
         <v>136166.0</v>
       </c>
-      <c r="DJ22" s="14" t="n">
+      <c r="DS22" s="14" t="n">
         <v>150775.0</v>
       </c>
-      <c r="DK22" s="14" t="n">
+      <c r="DT22" s="14" t="n">
         <v>107363.0</v>
       </c>
-      <c r="DL22" s="14" t="n">
+      <c r="DU22" s="14" t="n">
         <v>80849.0</v>
       </c>
-      <c r="DM22" s="14" t="n">
+      <c r="DV22" s="14" t="n">
         <v>192174.0</v>
       </c>
-      <c r="DN22" s="14" t="n">
+      <c r="DW22" s="14" t="n">
         <v>298908.0</v>
       </c>
-      <c r="DO22" s="14" t="n">
+      <c r="DX22" s="14" t="n">
+        <v>88252.0</v>
+      </c>
+      <c r="DY22" s="14" t="n">
         <v>94103.0</v>
       </c>
-      <c r="DP22" s="14" t="n">
+      <c r="DZ22" s="14" t="n">
         <v>90383.0</v>
       </c>
-      <c r="DQ22" s="14" t="n">
+      <c r="EA22" s="14" t="n">
         <v>103441.0</v>
       </c>
-      <c r="DR22" s="14" t="n">
+      <c r="EB22" s="14" t="n">
         <v>61372.0</v>
       </c>
-      <c r="DS22" s="14" t="n">
+      <c r="EC22" s="14" t="n">
         <v>33814.0</v>
       </c>
-      <c r="DT22" s="14" t="n">
+      <c r="ED22" s="14" t="n">
         <v>17823.0</v>
       </c>
-      <c r="DU22" s="14" t="n">
+      <c r="EE22" s="14" t="n">
         <v>14331.0</v>
       </c>
-      <c r="DV22" s="14" t="n">
+      <c r="EF22" s="14" t="n">
         <v>3384.0</v>
       </c>
-      <c r="DW22" s="14" t="n">
+      <c r="EG22" s="14" t="n">
         <v>6362.0</v>
       </c>
-      <c r="DX22" s="14" t="n">
+      <c r="EH22" s="14" t="n">
         <v>7516.0</v>
       </c>
-      <c r="DY22" s="14" t="n">
-[...2 lines deleted...]
-      <c r="DZ22" s="14" t="n">
+      <c r="EI22" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EJ22" s="14" t="n">
         <v>31.0</v>
       </c>
-      <c r="EA22" s="14" t="n">
+      <c r="EK22" s="14" t="n">
         <v>15238.0</v>
       </c>
-      <c r="EB22" s="13" t="inlineStr">
-[...48 lines deleted...]
-      </c>
       <c r="EL22" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="EM22" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="EN22" s="14" t="n">
-[...2 lines deleted...]
-      <c r="EO22" s="14" t="n">
+      <c r="EN22" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EO22" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EP22" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EQ22" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="ER22" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="ES22" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="ET22" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EU22" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EV22" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EW22" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EX22" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EY22" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EZ22" s="14" t="n">
+        <v>88252.0</v>
+      </c>
+      <c r="FA22" s="14" t="n">
         <v>94103.0</v>
       </c>
-      <c r="EP22" s="14" t="n">
+      <c r="FB22" s="14" t="n">
         <v>90383.0</v>
       </c>
-      <c r="EQ22" s="14" t="n">
+      <c r="FC22" s="14" t="n">
         <v>103441.0</v>
       </c>
-      <c r="ER22" s="14" t="n">
+      <c r="FD22" s="14" t="n">
         <v>61372.0</v>
       </c>
-      <c r="ES22" s="14" t="n">
+      <c r="FE22" s="14" t="n">
         <v>33814.0</v>
       </c>
-      <c r="ET22" s="14" t="n">
+      <c r="FF22" s="14" t="n">
         <v>17823.0</v>
       </c>
-      <c r="EU22" s="14" t="n">
+      <c r="FG22" s="14" t="n">
         <v>14331.0</v>
       </c>
-      <c r="EV22" s="14" t="n">
+      <c r="FH22" s="14" t="n">
         <v>3384.0</v>
       </c>
-      <c r="EW22" s="14" t="n">
+      <c r="FI22" s="14" t="n">
         <v>6362.0</v>
       </c>
-      <c r="EX22" s="14" t="n">
+      <c r="FJ22" s="14" t="n">
         <v>7516.0</v>
       </c>
-      <c r="EY22" s="14" t="n">
-[...2 lines deleted...]
-      <c r="EZ22" s="14" t="n">
+      <c r="FK22" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FL22" s="14" t="n">
         <v>31.0</v>
       </c>
-      <c r="FA22" s="14" t="n">
+      <c r="FM22" s="14" t="n">
         <v>15238.0</v>
       </c>
-      <c r="FB22" s="14" t="n">
+      <c r="FN22" s="14" t="n">
+        <v>955329.0</v>
+      </c>
+      <c r="FO22" s="14" t="n">
         <v>994981.0</v>
       </c>
-      <c r="FC22" s="14" t="n">
+      <c r="FP22" s="14" t="n">
         <v>961255.0</v>
       </c>
-      <c r="FD22" s="14" t="n">
+      <c r="FQ22" s="14" t="n">
         <v>871266.0</v>
       </c>
-      <c r="FE22" s="14" t="n">
+      <c r="FR22" s="14" t="n">
         <v>933274.0</v>
       </c>
-      <c r="FF22" s="14" t="n">
+      <c r="FS22" s="14" t="n">
         <v>815282.0</v>
       </c>
-      <c r="FG22" s="14" t="n">
-[...2 lines deleted...]
-      <c r="FH22" s="14" t="n">
+      <c r="FT22" s="14" t="n">
+        <v>662055.0</v>
+      </c>
+      <c r="FU22" s="14" t="n">
         <v>690602.0</v>
       </c>
-      <c r="FI22" s="14" t="n">
+      <c r="FV22" s="14" t="n">
         <v>669243.0</v>
       </c>
-      <c r="FJ22" s="14" t="n">
+      <c r="FW22" s="14" t="n">
         <v>1105551.0</v>
       </c>
-      <c r="FK22" s="14" t="n">
+      <c r="FX22" s="14" t="n">
         <v>1028589.0</v>
       </c>
-      <c r="FL22" s="14" t="n">
+      <c r="FY22" s="14" t="n">
         <v>1142921.0</v>
       </c>
-      <c r="FM22" s="14" t="n">
+      <c r="FZ22" s="14" t="n">
         <v>1137686.0</v>
       </c>
-      <c r="FN22" s="14" t="n">
+      <c r="GA22" s="14" t="n">
         <v>1465233.0</v>
       </c>
-      <c r="FO22" s="13" t="inlineStr">
-[...61 lines deleted...]
-      </c>
       <c r="GB22" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GC22" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GD22" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GE22" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GF22" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GG22" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GH22" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GI22" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GJ22" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GK22" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GL22" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GM22" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GN22" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GO22" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GP22" s="14" t="n">
+        <v>955329.0</v>
+      </c>
+      <c r="GQ22" s="14" t="n">
         <v>994981.0</v>
       </c>
-      <c r="GC22" s="14" t="n">
+      <c r="GR22" s="14" t="n">
         <v>961255.0</v>
       </c>
-      <c r="GD22" s="14" t="n">
+      <c r="GS22" s="14" t="n">
         <v>871266.0</v>
       </c>
-      <c r="GE22" s="14" t="n">
+      <c r="GT22" s="14" t="n">
         <v>933274.0</v>
       </c>
-      <c r="GF22" s="14" t="n">
+      <c r="GU22" s="14" t="n">
         <v>815282.0</v>
       </c>
-      <c r="GG22" s="14" t="n">
-[...2 lines deleted...]
-      <c r="GH22" s="14" t="n">
+      <c r="GV22" s="14" t="n">
+        <v>662055.0</v>
+      </c>
+      <c r="GW22" s="14" t="n">
         <v>690602.0</v>
       </c>
-      <c r="GI22" s="14" t="n">
+      <c r="GX22" s="14" t="n">
         <v>669243.0</v>
       </c>
-      <c r="GJ22" s="14" t="n">
+      <c r="GY22" s="14" t="n">
         <v>1105551.0</v>
       </c>
-      <c r="GK22" s="14" t="n">
+      <c r="GZ22" s="14" t="n">
         <v>1028589.0</v>
       </c>
-      <c r="GL22" s="14" t="n">
+      <c r="HA22" s="14" t="n">
         <v>1142921.0</v>
       </c>
-      <c r="GM22" s="14" t="n">
+      <c r="HB22" s="14" t="n">
         <v>1137686.0</v>
       </c>
-      <c r="GN22" s="14" t="n">
+      <c r="HC22" s="14" t="n">
         <v>1465233.0</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="6" t="inlineStr">
         <is>
           <t>07.5. Wood waste</t>
         </is>
       </c>
       <c r="B23" s="14" t="n">
-        <v>905583.0</v>
+        <v>845402.0</v>
       </c>
       <c r="C23" s="14" t="n">
+        <v>881483.0</v>
+      </c>
+      <c r="D23" s="14" t="n">
         <v>287954.0</v>
       </c>
-      <c r="D23" s="14" t="n">
+      <c r="E23" s="14" t="n">
         <v>294575.0</v>
       </c>
-      <c r="E23" s="14" t="n">
+      <c r="F23" s="14" t="n">
         <v>983738.0</v>
       </c>
-      <c r="F23" s="14" t="n">
+      <c r="G23" s="14" t="n">
         <v>966534.0</v>
       </c>
-      <c r="G23" s="14" t="n">
+      <c r="H23" s="14" t="n">
         <v>1025911.0</v>
       </c>
-      <c r="H23" s="14" t="n">
+      <c r="I23" s="14" t="n">
         <v>977012.0</v>
       </c>
-      <c r="I23" s="14" t="n">
+      <c r="J23" s="14" t="n">
         <v>1044873.0</v>
       </c>
-      <c r="J23" s="14" t="n">
+      <c r="K23" s="14" t="n">
         <v>918597.0</v>
       </c>
-      <c r="K23" s="14" t="n">
+      <c r="L23" s="14" t="n">
         <v>1029772.0</v>
       </c>
-      <c r="L23" s="14" t="n">
+      <c r="M23" s="14" t="n">
         <v>1218070.0</v>
       </c>
-      <c r="M23" s="14" t="n">
+      <c r="N23" s="14" t="n">
         <v>1177387.0</v>
       </c>
-      <c r="N23" s="14" t="n">
+      <c r="O23" s="14" t="n">
         <v>1495609.0</v>
       </c>
-      <c r="O23" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="P23" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="Q23" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="R23" s="14" t="n">
         <v>56.0</v>
       </c>
-      <c r="Q23" s="14" t="n">
+      <c r="S23" s="14" t="n">
         <v>766.0</v>
       </c>
-      <c r="R23" s="14" t="n">
+      <c r="T23" s="14" t="n">
         <v>660.0</v>
       </c>
-      <c r="S23" s="14" t="n">
+      <c r="U23" s="14" t="n">
         <v>358.0</v>
       </c>
-      <c r="T23" s="14" t="n">
+      <c r="V23" s="14" t="n">
         <v>516.0</v>
       </c>
-      <c r="U23" s="14" t="n">
+      <c r="W23" s="14" t="n">
         <v>534.0</v>
       </c>
-      <c r="V23" s="14" t="n">
+      <c r="X23" s="14" t="n">
         <v>1002.0</v>
       </c>
-      <c r="W23" s="14" t="n">
+      <c r="Y23" s="14" t="n">
         <v>1179.0</v>
       </c>
-      <c r="X23" s="14" t="n">
+      <c r="Z23" s="14" t="n">
         <v>1481.0</v>
       </c>
-      <c r="Y23" s="14" t="n">
-[...2 lines deleted...]
-      <c r="Z23" s="14" t="n">
+      <c r="AA23" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="AB23" s="14" t="n">
         <v>1095.0</v>
       </c>
-      <c r="AA23" s="14" t="n">
+      <c r="AC23" s="14" t="n">
         <v>1628.0</v>
       </c>
-      <c r="AB23" s="14" t="n">
-[...2 lines deleted...]
-      <c r="AC23" s="14" t="n">
+      <c r="AD23" s="14" t="n">
+        <v>845402.0</v>
+      </c>
+      <c r="AE23" s="14" t="n">
+        <v>881483.0</v>
+      </c>
+      <c r="AF23" s="14" t="n">
         <v>288010.0</v>
       </c>
-      <c r="AD23" s="14" t="n">
+      <c r="AG23" s="14" t="n">
         <v>295341.0</v>
       </c>
-      <c r="AE23" s="14" t="n">
-[...2 lines deleted...]
-      <c r="AF23" s="14" t="n">
+      <c r="AH23" s="14" t="n">
+        <v>984397.0</v>
+      </c>
+      <c r="AI23" s="14" t="n">
         <v>966892.0</v>
       </c>
-      <c r="AG23" s="14" t="n">
-[...2 lines deleted...]
-      <c r="AH23" s="14" t="n">
+      <c r="AJ23" s="14" t="n">
+        <v>1026426.0</v>
+      </c>
+      <c r="AK23" s="14" t="n">
         <v>977546.0</v>
       </c>
-      <c r="AI23" s="14" t="n">
+      <c r="AL23" s="14" t="n">
         <v>1045875.0</v>
       </c>
-      <c r="AJ23" s="14" t="n">
+      <c r="AM23" s="14" t="n">
         <v>919776.0</v>
       </c>
-      <c r="AK23" s="14" t="n">
+      <c r="AN23" s="14" t="n">
         <v>1031253.0</v>
       </c>
-      <c r="AL23" s="14" t="n">
+      <c r="AO23" s="14" t="n">
         <v>1218070.0</v>
       </c>
-      <c r="AM23" s="14" t="n">
+      <c r="AP23" s="14" t="n">
         <v>1178482.0</v>
       </c>
-      <c r="AN23" s="14" t="n">
+      <c r="AQ23" s="14" t="n">
         <v>1497237.0</v>
       </c>
-      <c r="AO23" s="14" t="n">
-[...7 lines deleted...]
-      </c>
       <c r="AR23" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AS23" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AT23" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AU23" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AV23" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AW23" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AX23" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AY23" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AZ23" s="14" t="n">
@@ -10663,451 +11290,494 @@
       <c r="BT23" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BU23" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BV23" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BW23" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BX23" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BY23" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BZ23" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="CA23" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="CB23" s="14" t="n">
-        <v>21981.0</v>
+        <v>0.0</v>
       </c>
       <c r="CC23" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CD23" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CE23" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CF23" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CG23" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CH23" s="14" t="n">
+        <v>4797.0</v>
+      </c>
+      <c r="CI23" s="14" t="n">
+        <v>21396.0</v>
+      </c>
+      <c r="CJ23" s="14" t="n">
         <v>2700.0</v>
       </c>
-      <c r="CD23" s="14" t="n">
+      <c r="CK23" s="14" t="n">
         <v>11259.0</v>
       </c>
-      <c r="CE23" s="14" t="n">
+      <c r="CL23" s="14" t="n">
         <v>32547.0</v>
       </c>
-      <c r="CF23" s="14" t="n">
+      <c r="CM23" s="14" t="n">
         <v>35337.0</v>
       </c>
-      <c r="CG23" s="14" t="n">
+      <c r="CN23" s="14" t="n">
         <v>17781.0</v>
       </c>
-      <c r="CH23" s="14" t="n">
+      <c r="CO23" s="14" t="n">
         <v>17640.0</v>
       </c>
-      <c r="CI23" s="14" t="n">
+      <c r="CP23" s="14" t="n">
         <v>23929.0</v>
       </c>
-      <c r="CJ23" s="14" t="n">
+      <c r="CQ23" s="14" t="n">
         <v>42959.0</v>
       </c>
-      <c r="CK23" s="14" t="n">
+      <c r="CR23" s="14" t="n">
         <v>13095.0</v>
       </c>
-      <c r="CL23" s="14" t="n">
+      <c r="CS23" s="14" t="n">
         <v>25842.0</v>
       </c>
-      <c r="CM23" s="14" t="n">
+      <c r="CT23" s="14" t="n">
         <v>67956.0</v>
       </c>
-      <c r="CN23" s="14" t="n">
+      <c r="CU23" s="14" t="n">
         <v>122554.0</v>
       </c>
-      <c r="CO23" s="14" t="n">
+      <c r="CV23" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CW23" s="14" t="n">
         <v>58.0</v>
       </c>
-      <c r="CP23" s="14" t="n">
-[...2 lines deleted...]
-      <c r="CQ23" s="14" t="n">
+      <c r="CX23" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CY23" s="14" t="n">
         <v>69.0</v>
       </c>
-      <c r="CR23" s="14" t="n">
+      <c r="CZ23" s="14" t="n">
         <v>102.0</v>
       </c>
-      <c r="CS23" s="14" t="n">
-[...5 lines deleted...]
-      <c r="CU23" s="14" t="n">
+      <c r="DA23" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DB23" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DC23" s="14" t="n">
         <v>6.0</v>
       </c>
-      <c r="CV23" s="14" t="n">
+      <c r="DD23" s="14" t="n">
         <v>10.0</v>
       </c>
-      <c r="CW23" s="14" t="n">
+      <c r="DE23" s="14" t="n">
         <v>13.0</v>
       </c>
-      <c r="CX23" s="14" t="n">
+      <c r="DF23" s="14" t="n">
         <v>12.0</v>
       </c>
-      <c r="CY23" s="14" t="n">
+      <c r="DG23" s="14" t="n">
         <v>419.0</v>
       </c>
-      <c r="CZ23" s="14" t="n">
+      <c r="DH23" s="14" t="n">
         <v>1746.0</v>
       </c>
-      <c r="DA23" s="14" t="n">
+      <c r="DI23" s="14" t="n">
         <v>288.0</v>
       </c>
-      <c r="DB23" s="14" t="n">
-[...2 lines deleted...]
-      <c r="DC23" s="14" t="n">
+      <c r="DJ23" s="14" t="n">
+        <v>4797.0</v>
+      </c>
+      <c r="DK23" s="14" t="n">
+        <v>21454.0</v>
+      </c>
+      <c r="DL23" s="14" t="n">
         <v>2700.0</v>
       </c>
-      <c r="DD23" s="14" t="n">
-[...2 lines deleted...]
-      <c r="DE23" s="14" t="n">
+      <c r="DM23" s="14" t="n">
+        <v>11327.0</v>
+      </c>
+      <c r="DN23" s="14" t="n">
         <v>32649.0</v>
       </c>
-      <c r="DF23" s="14" t="n">
+      <c r="DO23" s="14" t="n">
         <v>35337.0</v>
       </c>
-      <c r="DG23" s="14" t="n">
+      <c r="DP23" s="14" t="n">
         <v>17781.0</v>
       </c>
-      <c r="DH23" s="14" t="n">
+      <c r="DQ23" s="14" t="n">
         <v>17646.0</v>
       </c>
-      <c r="DI23" s="14" t="n">
-[...2 lines deleted...]
-      <c r="DJ23" s="14" t="n">
+      <c r="DR23" s="14" t="n">
+        <v>23940.0</v>
+      </c>
+      <c r="DS23" s="14" t="n">
         <v>42972.0</v>
       </c>
-      <c r="DK23" s="14" t="n">
+      <c r="DT23" s="14" t="n">
         <v>13107.0</v>
       </c>
-      <c r="DL23" s="14" t="n">
+      <c r="DU23" s="14" t="n">
         <v>26261.0</v>
       </c>
-      <c r="DM23" s="14" t="n">
+      <c r="DV23" s="14" t="n">
         <v>69702.0</v>
       </c>
-      <c r="DN23" s="14" t="n">
+      <c r="DW23" s="14" t="n">
         <v>122842.0</v>
       </c>
-      <c r="DO23" s="14" t="n">
-[...2 lines deleted...]
-      <c r="DP23" s="14" t="n">
+      <c r="DX23" s="14" t="n">
+        <v>197005.0</v>
+      </c>
+      <c r="DY23" s="14" t="n">
+        <v>156756.0</v>
+      </c>
+      <c r="DZ23" s="14" t="n">
         <v>55220.0</v>
       </c>
-      <c r="DQ23" s="14" t="n">
+      <c r="EA23" s="14" t="n">
         <v>30849.0</v>
       </c>
-      <c r="DR23" s="14" t="n">
+      <c r="EB23" s="14" t="n">
         <v>71509.0</v>
       </c>
-      <c r="DS23" s="14" t="n">
+      <c r="EC23" s="14" t="n">
         <v>112992.0</v>
       </c>
-      <c r="DT23" s="14" t="n">
+      <c r="ED23" s="14" t="n">
         <v>128543.0</v>
       </c>
-      <c r="DU23" s="14" t="n">
+      <c r="EE23" s="14" t="n">
         <v>73464.0</v>
       </c>
-      <c r="DV23" s="14" t="n">
+      <c r="EF23" s="14" t="n">
         <v>82692.0</v>
       </c>
-      <c r="DW23" s="14" t="n">
+      <c r="EG23" s="14" t="n">
         <v>108117.0</v>
       </c>
-      <c r="DX23" s="14" t="n">
+      <c r="EH23" s="14" t="n">
         <v>111137.0</v>
       </c>
-      <c r="DY23" s="14" t="n">
+      <c r="EI23" s="14" t="n">
         <v>1180.0</v>
       </c>
-      <c r="DZ23" s="14" t="n">
+      <c r="EJ23" s="14" t="n">
         <v>48405.0</v>
       </c>
-      <c r="EA23" s="14" t="n">
+      <c r="EK23" s="14" t="n">
         <v>2918.0</v>
       </c>
-      <c r="EB23" s="14" t="n">
+      <c r="EL23" s="14" t="n">
+        <v>901.0</v>
+      </c>
+      <c r="EM23" s="14" t="n">
         <v>427.0</v>
       </c>
-      <c r="EC23" s="14" t="n">
+      <c r="EN23" s="14" t="n">
         <v>729.0</v>
       </c>
-      <c r="ED23" s="14" t="n">
+      <c r="EO23" s="14" t="n">
         <v>48.0</v>
       </c>
-      <c r="EE23" s="14" t="n">
+      <c r="EP23" s="14" t="n">
         <v>183.0</v>
       </c>
-      <c r="EF23" s="14" t="n">
+      <c r="EQ23" s="14" t="n">
         <v>641.0</v>
       </c>
-      <c r="EG23" s="14" t="n">
+      <c r="ER23" s="14" t="n">
         <v>569.0</v>
       </c>
-      <c r="EH23" s="14" t="n">
+      <c r="ES23" s="14" t="n">
         <v>965.0</v>
       </c>
-      <c r="EI23" s="14" t="n">
+      <c r="ET23" s="14" t="n">
         <v>472.0</v>
       </c>
-      <c r="EJ23" s="14" t="n">
+      <c r="EU23" s="14" t="n">
         <v>880.0</v>
       </c>
-      <c r="EK23" s="14" t="n">
+      <c r="EV23" s="14" t="n">
         <v>26.0</v>
       </c>
-      <c r="EL23" s="14" t="n">
+      <c r="EW23" s="14" t="n">
         <v>1432.0</v>
       </c>
-      <c r="EM23" s="14" t="n">
+      <c r="EX23" s="14" t="n">
         <v>3.0</v>
       </c>
-      <c r="EN23" s="14" t="n">
+      <c r="EY23" s="14" t="n">
         <v>801.0</v>
       </c>
-      <c r="EO23" s="14" t="n">
-[...2 lines deleted...]
-      <c r="EP23" s="14" t="n">
+      <c r="EZ23" s="14" t="n">
+        <v>197906.0</v>
+      </c>
+      <c r="FA23" s="14" t="n">
+        <v>157183.0</v>
+      </c>
+      <c r="FB23" s="14" t="n">
         <v>55949.0</v>
       </c>
-      <c r="EQ23" s="14" t="n">
+      <c r="FC23" s="14" t="n">
         <v>30897.0</v>
       </c>
-      <c r="ER23" s="14" t="n">
-[...2 lines deleted...]
-      <c r="ES23" s="14" t="n">
+      <c r="FD23" s="14" t="n">
+        <v>71693.0</v>
+      </c>
+      <c r="FE23" s="14" t="n">
         <v>113633.0</v>
       </c>
-      <c r="ET23" s="14" t="n">
+      <c r="FF23" s="14" t="n">
         <v>129112.0</v>
       </c>
-      <c r="EU23" s="14" t="n">
+      <c r="FG23" s="14" t="n">
         <v>74429.0</v>
       </c>
-      <c r="EV23" s="14" t="n">
+      <c r="FH23" s="14" t="n">
         <v>83164.0</v>
       </c>
-      <c r="EW23" s="14" t="n">
+      <c r="FI23" s="14" t="n">
         <v>108997.0</v>
       </c>
-      <c r="EX23" s="14" t="n">
+      <c r="FJ23" s="14" t="n">
         <v>111163.0</v>
       </c>
-      <c r="EY23" s="14" t="n">
+      <c r="FK23" s="14" t="n">
         <v>2612.0</v>
       </c>
-      <c r="EZ23" s="14" t="n">
+      <c r="FL23" s="14" t="n">
         <v>48408.0</v>
       </c>
-      <c r="FA23" s="14" t="n">
+      <c r="FM23" s="14" t="n">
         <v>3719.0</v>
       </c>
-      <c r="FB23" s="14" t="n">
-[...2 lines deleted...]
-      <c r="FC23" s="14" t="n">
+      <c r="FN23" s="14" t="n">
+        <v>1047204.0</v>
+      </c>
+      <c r="FO23" s="14" t="n">
+        <v>1059635.0</v>
+      </c>
+      <c r="FP23" s="14" t="n">
         <v>345874.0</v>
       </c>
-      <c r="FD23" s="14" t="n">
-[...5 lines deleted...]
-      <c r="FF23" s="14" t="n">
+      <c r="FQ23" s="14" t="n">
+        <v>336682.0</v>
+      </c>
+      <c r="FR23" s="14" t="n">
+        <v>1087795.0</v>
+      </c>
+      <c r="FS23" s="14" t="n">
         <v>1114863.0</v>
       </c>
-      <c r="FG23" s="14" t="n">
-[...2 lines deleted...]
-      <c r="FH23" s="14" t="n">
+      <c r="FT23" s="14" t="n">
+        <v>1172234.0</v>
+      </c>
+      <c r="FU23" s="14" t="n">
         <v>1068116.0</v>
       </c>
-      <c r="FI23" s="14" t="n">
+      <c r="FV23" s="14" t="n">
         <v>1151494.0</v>
       </c>
-      <c r="FJ23" s="14" t="n">
+      <c r="FW23" s="14" t="n">
         <v>1069673.0</v>
       </c>
-      <c r="FK23" s="14" t="n">
+      <c r="FX23" s="14" t="n">
         <v>1154004.0</v>
       </c>
-      <c r="FL23" s="14" t="n">
+      <c r="FY23" s="14" t="n">
         <v>1245092.0</v>
       </c>
-      <c r="FM23" s="14" t="n">
+      <c r="FZ23" s="14" t="n">
         <v>1293748.0</v>
       </c>
-      <c r="FN23" s="14" t="n">
+      <c r="GA23" s="14" t="n">
         <v>1621081.0</v>
       </c>
-      <c r="FO23" s="14" t="n">
+      <c r="GB23" s="14" t="n">
+        <v>901.0</v>
+      </c>
+      <c r="GC23" s="14" t="n">
         <v>485.0</v>
       </c>
-      <c r="FP23" s="14" t="n">
+      <c r="GD23" s="14" t="n">
         <v>785.0</v>
       </c>
-      <c r="FQ23" s="14" t="n">
+      <c r="GE23" s="14" t="n">
         <v>883.0</v>
       </c>
-      <c r="FR23" s="14" t="n">
-[...2 lines deleted...]
-      <c r="FS23" s="14" t="n">
+      <c r="GF23" s="14" t="n">
+        <v>944.0</v>
+      </c>
+      <c r="GG23" s="14" t="n">
         <v>999.0</v>
       </c>
-      <c r="FT23" s="14" t="n">
+      <c r="GH23" s="14" t="n">
         <v>1085.0</v>
       </c>
-      <c r="FU23" s="14" t="n">
+      <c r="GI23" s="14" t="n">
         <v>1505.0</v>
       </c>
-      <c r="FV23" s="14" t="n">
+      <c r="GJ23" s="14" t="n">
         <v>1484.0</v>
       </c>
-      <c r="FW23" s="14" t="n">
+      <c r="GK23" s="14" t="n">
         <v>2072.0</v>
       </c>
-      <c r="FX23" s="14" t="n">
+      <c r="GL23" s="14" t="n">
         <v>1519.0</v>
       </c>
-      <c r="FY23" s="14" t="n">
+      <c r="GM23" s="14" t="n">
         <v>1851.0</v>
       </c>
-      <c r="FZ23" s="14" t="n">
+      <c r="GN23" s="14" t="n">
         <v>2844.0</v>
       </c>
-      <c r="GA23" s="14" t="n">
+      <c r="GO23" s="14" t="n">
         <v>2717.0</v>
       </c>
-      <c r="GB23" s="14" t="n">
-[...2 lines deleted...]
-      <c r="GC23" s="14" t="n">
+      <c r="GP23" s="14" t="n">
+        <v>1048106.0</v>
+      </c>
+      <c r="GQ23" s="14" t="n">
+        <v>1060121.0</v>
+      </c>
+      <c r="GR23" s="14" t="n">
         <v>346659.0</v>
       </c>
-      <c r="GD23" s="14" t="n">
-[...2 lines deleted...]
-      <c r="GE23" s="14" t="n">
+      <c r="GS23" s="14" t="n">
+        <v>337565.0</v>
+      </c>
+      <c r="GT23" s="14" t="n">
         <v>1088739.0</v>
       </c>
-      <c r="GF23" s="14" t="n">
+      <c r="GU23" s="14" t="n">
         <v>1115862.0</v>
       </c>
-      <c r="GG23" s="14" t="n">
-[...8 lines deleted...]
-      <c r="GJ23" s="14" t="n">
+      <c r="GV23" s="14" t="n">
+        <v>1173319.0</v>
+      </c>
+      <c r="GW23" s="14" t="n">
+        <v>1069622.0</v>
+      </c>
+      <c r="GX23" s="14" t="n">
+        <v>1152979.0</v>
+      </c>
+      <c r="GY23" s="14" t="n">
         <v>1071745.0</v>
       </c>
-      <c r="GK23" s="14" t="n">
+      <c r="GZ23" s="14" t="n">
         <v>1155523.0</v>
       </c>
-      <c r="GL23" s="14" t="n">
+      <c r="HA23" s="14" t="n">
         <v>1246943.0</v>
       </c>
-      <c r="GM23" s="14" t="n">
+      <c r="HB23" s="14" t="n">
         <v>1296592.0</v>
       </c>
-      <c r="GN23" s="14" t="n">
+      <c r="HC23" s="14" t="n">
         <v>1623798.0</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="6" t="inlineStr">
         <is>
           <t>07.6. Textile waste</t>
         </is>
       </c>
       <c r="B24" s="14" t="n">
+        <v>69915.0</v>
+      </c>
+      <c r="C24" s="14" t="n">
         <v>47818.0</v>
       </c>
-      <c r="C24" s="14" t="n">
+      <c r="D24" s="14" t="n">
         <v>58578.0</v>
       </c>
-      <c r="D24" s="14" t="n">
+      <c r="E24" s="14" t="n">
         <v>49705.0</v>
       </c>
-      <c r="E24" s="14" t="n">
+      <c r="F24" s="14" t="n">
         <v>59605.0</v>
       </c>
-      <c r="F24" s="14" t="n">
+      <c r="G24" s="14" t="n">
         <v>50961.0</v>
       </c>
-      <c r="G24" s="14" t="n">
+      <c r="H24" s="14" t="n">
         <v>39090.0</v>
       </c>
-      <c r="H24" s="14" t="n">
+      <c r="I24" s="14" t="n">
         <v>51189.0</v>
       </c>
-      <c r="I24" s="14" t="n">
+      <c r="J24" s="14" t="n">
         <v>74983.0</v>
       </c>
-      <c r="J24" s="14" t="n">
+      <c r="K24" s="14" t="n">
         <v>76359.0</v>
       </c>
-      <c r="K24" s="14" t="n">
+      <c r="L24" s="14" t="n">
         <v>51543.0</v>
       </c>
-      <c r="L24" s="14" t="n">
+      <c r="M24" s="14" t="n">
         <v>38905.0</v>
       </c>
-      <c r="M24" s="14" t="n">
+      <c r="N24" s="14" t="n">
         <v>35296.0</v>
       </c>
-      <c r="N24" s="14" t="n">
+      <c r="O24" s="14" t="n">
         <v>23175.0</v>
       </c>
-      <c r="O24" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="P24" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="Q24" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="R24" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="S24" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="T24" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
@@ -11119,654 +11789,685 @@
       <c r="V24" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="W24" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="X24" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="Y24" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="Z24" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AA24" s="14" t="n">
-[...2 lines deleted...]
-      <c r="AB24" s="14" t="n">
+      <c r="AA24" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AB24" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AC24" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="AD24" s="14" t="n">
+        <v>69915.0</v>
+      </c>
+      <c r="AE24" s="14" t="n">
         <v>47818.0</v>
       </c>
-      <c r="AC24" s="14" t="n">
+      <c r="AF24" s="14" t="n">
         <v>58578.0</v>
       </c>
-      <c r="AD24" s="14" t="n">
+      <c r="AG24" s="14" t="n">
         <v>49705.0</v>
       </c>
-      <c r="AE24" s="14" t="n">
+      <c r="AH24" s="14" t="n">
         <v>59605.0</v>
       </c>
-      <c r="AF24" s="14" t="n">
+      <c r="AI24" s="14" t="n">
         <v>50961.0</v>
       </c>
-      <c r="AG24" s="14" t="n">
+      <c r="AJ24" s="14" t="n">
         <v>39090.0</v>
       </c>
-      <c r="AH24" s="14" t="n">
+      <c r="AK24" s="14" t="n">
         <v>51189.0</v>
       </c>
-      <c r="AI24" s="14" t="n">
+      <c r="AL24" s="14" t="n">
         <v>74983.0</v>
       </c>
-      <c r="AJ24" s="14" t="n">
+      <c r="AM24" s="14" t="n">
         <v>76359.0</v>
       </c>
-      <c r="AK24" s="14" t="n">
+      <c r="AN24" s="14" t="n">
         <v>51543.0</v>
       </c>
-      <c r="AL24" s="14" t="n">
+      <c r="AO24" s="14" t="n">
         <v>38905.0</v>
       </c>
-      <c r="AM24" s="14" t="n">
+      <c r="AP24" s="14" t="n">
         <v>35296.0</v>
       </c>
-      <c r="AN24" s="14" t="n">
+      <c r="AQ24" s="14" t="n">
         <v>23175.0</v>
       </c>
-      <c r="AO24" s="14" t="n">
-[...7 lines deleted...]
-      </c>
       <c r="AR24" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AS24" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AT24" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AU24" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AV24" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AW24" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AX24" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AY24" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AZ24" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BA24" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="BB24" s="13" t="inlineStr">
-[...17 lines deleted...]
-        </is>
+      <c r="BB24" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BC24" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BD24" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BE24" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="BF24" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BG24" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BH24" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BI24" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BJ24" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BK24" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BL24" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BM24" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="BN24" s="14" t="n">
-[...12 lines deleted...]
-        <v>0.0</v>
+      <c r="BN24" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BO24" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BP24" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BQ24" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BR24" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="BS24" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BT24" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BU24" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BV24" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BW24" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BX24" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BY24" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BZ24" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="CA24" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="CB24" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CC24" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CD24" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CE24" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CF24" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CG24" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CH24" s="14" t="n">
+        <v>20454.0</v>
+      </c>
+      <c r="CI24" s="14" t="n">
         <v>16674.0</v>
       </c>
-      <c r="CC24" s="14" t="n">
+      <c r="CJ24" s="14" t="n">
         <v>16811.0</v>
       </c>
-      <c r="CD24" s="14" t="n">
+      <c r="CK24" s="14" t="n">
         <v>20517.0</v>
       </c>
-      <c r="CE24" s="14" t="n">
+      <c r="CL24" s="14" t="n">
         <v>29327.0</v>
       </c>
-      <c r="CF24" s="14" t="n">
+      <c r="CM24" s="14" t="n">
         <v>28586.0</v>
       </c>
-      <c r="CG24" s="14" t="n">
+      <c r="CN24" s="14" t="n">
         <v>23401.0</v>
       </c>
-      <c r="CH24" s="14" t="n">
+      <c r="CO24" s="14" t="n">
         <v>11702.0</v>
       </c>
-      <c r="CI24" s="14" t="n">
+      <c r="CP24" s="14" t="n">
         <v>15348.0</v>
       </c>
-      <c r="CJ24" s="14" t="n">
+      <c r="CQ24" s="14" t="n">
         <v>18347.0</v>
       </c>
-      <c r="CK24" s="14" t="n">
+      <c r="CR24" s="14" t="n">
         <v>32070.0</v>
       </c>
-      <c r="CL24" s="14" t="n">
+      <c r="CS24" s="14" t="n">
         <v>35326.0</v>
       </c>
-      <c r="CM24" s="14" t="n">
+      <c r="CT24" s="14" t="n">
         <v>57090.0</v>
       </c>
-      <c r="CN24" s="14" t="n">
+      <c r="CU24" s="14" t="n">
         <v>77148.0</v>
       </c>
-      <c r="CO24" s="13" t="inlineStr">
-[...33 lines deleted...]
-      </c>
       <c r="CV24" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="CW24" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="CX24" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="CY24" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="CZ24" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="DA24" s="14" t="n">
-[...2 lines deleted...]
-      <c r="DB24" s="14" t="n">
+      <c r="DA24" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DB24" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DC24" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DD24" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DE24" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DF24" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DG24" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DH24" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DI24" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DJ24" s="14" t="n">
+        <v>20454.0</v>
+      </c>
+      <c r="DK24" s="14" t="n">
         <v>16674.0</v>
       </c>
-      <c r="DC24" s="14" t="n">
+      <c r="DL24" s="14" t="n">
         <v>16811.0</v>
       </c>
-      <c r="DD24" s="14" t="n">
+      <c r="DM24" s="14" t="n">
         <v>20517.0</v>
       </c>
-      <c r="DE24" s="14" t="n">
+      <c r="DN24" s="14" t="n">
         <v>29327.0</v>
       </c>
-      <c r="DF24" s="14" t="n">
+      <c r="DO24" s="14" t="n">
         <v>28586.0</v>
       </c>
-      <c r="DG24" s="14" t="n">
+      <c r="DP24" s="14" t="n">
         <v>23401.0</v>
       </c>
-      <c r="DH24" s="14" t="n">
+      <c r="DQ24" s="14" t="n">
         <v>11702.0</v>
       </c>
-      <c r="DI24" s="14" t="n">
+      <c r="DR24" s="14" t="n">
         <v>15348.0</v>
       </c>
-      <c r="DJ24" s="14" t="n">
+      <c r="DS24" s="14" t="n">
         <v>18347.0</v>
       </c>
-      <c r="DK24" s="14" t="n">
+      <c r="DT24" s="14" t="n">
         <v>32070.0</v>
       </c>
-      <c r="DL24" s="14" t="n">
+      <c r="DU24" s="14" t="n">
         <v>35326.0</v>
       </c>
-      <c r="DM24" s="14" t="n">
+      <c r="DV24" s="14" t="n">
         <v>57090.0</v>
       </c>
-      <c r="DN24" s="14" t="n">
+      <c r="DW24" s="14" t="n">
         <v>77148.0</v>
       </c>
-      <c r="DO24" s="14" t="n">
+      <c r="DX24" s="14" t="n">
+        <v>2042.0</v>
+      </c>
+      <c r="DY24" s="14" t="n">
         <v>3545.0</v>
       </c>
-      <c r="DP24" s="14" t="n">
+      <c r="DZ24" s="14" t="n">
         <v>1287.0</v>
       </c>
-      <c r="DQ24" s="14" t="n">
+      <c r="EA24" s="14" t="n">
         <v>3390.0</v>
       </c>
-      <c r="DR24" s="14" t="n">
+      <c r="EB24" s="14" t="n">
         <v>5537.0</v>
       </c>
-      <c r="DS24" s="14" t="n">
+      <c r="EC24" s="14" t="n">
         <v>5401.0</v>
       </c>
-      <c r="DT24" s="14" t="n">
+      <c r="ED24" s="14" t="n">
         <v>1289.0</v>
       </c>
-      <c r="DU24" s="14" t="n">
+      <c r="EE24" s="14" t="n">
         <v>2154.0</v>
       </c>
-      <c r="DV24" s="14" t="n">
+      <c r="EF24" s="14" t="n">
         <v>1820.0</v>
       </c>
-      <c r="DW24" s="14" t="n">
+      <c r="EG24" s="14" t="n">
         <v>957.0</v>
       </c>
-      <c r="DX24" s="14" t="n">
+      <c r="EH24" s="14" t="n">
         <v>1088.0</v>
       </c>
-      <c r="DY24" s="14" t="n">
+      <c r="EI24" s="14" t="n">
         <v>2277.0</v>
       </c>
-      <c r="DZ24" s="14" t="n">
-[...53 lines deleted...]
-        </is>
+      <c r="EJ24" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EK24" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="EL24" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="EM24" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="EN24" s="14" t="n">
-[...2 lines deleted...]
-      <c r="EO24" s="14" t="n">
+      <c r="EN24" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EO24" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EP24" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EQ24" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="ER24" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="ES24" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="ET24" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EU24" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EV24" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EW24" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EX24" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EY24" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EZ24" s="14" t="n">
+        <v>2042.0</v>
+      </c>
+      <c r="FA24" s="14" t="n">
         <v>3545.0</v>
       </c>
-      <c r="EP24" s="14" t="n">
+      <c r="FB24" s="14" t="n">
         <v>1287.0</v>
       </c>
-      <c r="EQ24" s="14" t="n">
+      <c r="FC24" s="14" t="n">
         <v>3390.0</v>
       </c>
-      <c r="ER24" s="14" t="n">
+      <c r="FD24" s="14" t="n">
         <v>5537.0</v>
       </c>
-      <c r="ES24" s="14" t="n">
+      <c r="FE24" s="14" t="n">
         <v>5401.0</v>
       </c>
-      <c r="ET24" s="14" t="n">
+      <c r="FF24" s="14" t="n">
         <v>1289.0</v>
       </c>
-      <c r="EU24" s="14" t="n">
+      <c r="FG24" s="14" t="n">
         <v>2154.0</v>
       </c>
-      <c r="EV24" s="14" t="n">
+      <c r="FH24" s="14" t="n">
         <v>1820.0</v>
       </c>
-      <c r="EW24" s="14" t="n">
+      <c r="FI24" s="14" t="n">
         <v>957.0</v>
       </c>
-      <c r="EX24" s="14" t="n">
+      <c r="FJ24" s="14" t="n">
         <v>1088.0</v>
       </c>
-      <c r="EY24" s="14" t="n">
+      <c r="FK24" s="14" t="n">
         <v>2277.0</v>
       </c>
-      <c r="EZ24" s="14" t="n">
-[...8 lines deleted...]
-      <c r="FC24" s="14" t="n">
+      <c r="FL24" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FM24" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FN24" s="14" t="n">
+        <v>92410.0</v>
+      </c>
+      <c r="FO24" s="14" t="n">
+        <v>68036.0</v>
+      </c>
+      <c r="FP24" s="14" t="n">
         <v>76676.0</v>
       </c>
-      <c r="FD24" s="14" t="n">
+      <c r="FQ24" s="14" t="n">
         <v>73612.0</v>
       </c>
-      <c r="FE24" s="14" t="n">
+      <c r="FR24" s="14" t="n">
         <v>94469.0</v>
       </c>
-      <c r="FF24" s="14" t="n">
-[...5 lines deleted...]
-      <c r="FH24" s="14" t="n">
+      <c r="FS24" s="14" t="n">
+        <v>84947.0</v>
+      </c>
+      <c r="FT24" s="14" t="n">
+        <v>63781.0</v>
+      </c>
+      <c r="FU24" s="14" t="n">
         <v>65045.0</v>
       </c>
-      <c r="FI24" s="14" t="n">
-[...2 lines deleted...]
-      <c r="FJ24" s="14" t="n">
+      <c r="FV24" s="14" t="n">
+        <v>92152.0</v>
+      </c>
+      <c r="FW24" s="14" t="n">
         <v>95663.0</v>
       </c>
-      <c r="FK24" s="14" t="n">
+      <c r="FX24" s="14" t="n">
         <v>84701.0</v>
       </c>
-      <c r="FL24" s="14" t="n">
+      <c r="FY24" s="14" t="n">
         <v>76508.0</v>
       </c>
-      <c r="FM24" s="14" t="n">
+      <c r="FZ24" s="14" t="n">
         <v>92386.0</v>
       </c>
-      <c r="FN24" s="14" t="n">
+      <c r="GA24" s="14" t="n">
         <v>100323.0</v>
       </c>
-      <c r="FO24" s="13" t="inlineStr">
-[...61 lines deleted...]
-      </c>
       <c r="GB24" s="14" t="n">
-        <v>68037.0</v>
+        <v>0.0</v>
       </c>
       <c r="GC24" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GD24" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GE24" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GF24" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GG24" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GH24" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GI24" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GJ24" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GK24" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GL24" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GM24" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GN24" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GO24" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GP24" s="14" t="n">
+        <v>92410.0</v>
+      </c>
+      <c r="GQ24" s="14" t="n">
+        <v>68036.0</v>
+      </c>
+      <c r="GR24" s="14" t="n">
         <v>76676.0</v>
       </c>
-      <c r="GD24" s="14" t="n">
+      <c r="GS24" s="14" t="n">
         <v>73612.0</v>
       </c>
-      <c r="GE24" s="14" t="n">
+      <c r="GT24" s="14" t="n">
         <v>94469.0</v>
       </c>
-      <c r="GF24" s="14" t="n">
-[...5 lines deleted...]
-      <c r="GH24" s="14" t="n">
+      <c r="GU24" s="14" t="n">
+        <v>84947.0</v>
+      </c>
+      <c r="GV24" s="14" t="n">
+        <v>63781.0</v>
+      </c>
+      <c r="GW24" s="14" t="n">
         <v>65045.0</v>
       </c>
-      <c r="GI24" s="14" t="n">
-[...2 lines deleted...]
-      <c r="GJ24" s="14" t="n">
+      <c r="GX24" s="14" t="n">
+        <v>92152.0</v>
+      </c>
+      <c r="GY24" s="14" t="n">
         <v>95663.0</v>
       </c>
-      <c r="GK24" s="14" t="n">
+      <c r="GZ24" s="14" t="n">
         <v>84701.0</v>
       </c>
-      <c r="GL24" s="14" t="n">
+      <c r="HA24" s="14" t="n">
         <v>76508.0</v>
       </c>
-      <c r="GM24" s="14" t="n">
+      <c r="HB24" s="14" t="n">
         <v>92386.0</v>
       </c>
-      <c r="GN24" s="14" t="n">
+      <c r="HC24" s="14" t="n">
         <v>100323.0</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="6" t="inlineStr">
         <is>
           <t>07.7. Waste containing PCBs</t>
         </is>
       </c>
       <c r="B25" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C25" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="D25" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="E25" s="13" t="inlineStr">
@@ -11792,202 +12493,206 @@
       <c r="I25" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="J25" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="K25" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="L25" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="M25" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="N25" s="14" t="n">
-        <v>0.0</v>
+      <c r="N25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="O25" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="P25" s="14" t="n">
+        <v>1811.0</v>
+      </c>
+      <c r="Q25" s="14" t="n">
         <v>1664.0</v>
       </c>
-      <c r="P25" s="14" t="n">
+      <c r="R25" s="14" t="n">
         <v>2344.0</v>
       </c>
-      <c r="Q25" s="14" t="n">
+      <c r="S25" s="14" t="n">
         <v>1769.0</v>
       </c>
-      <c r="R25" s="14" t="n">
+      <c r="T25" s="14" t="n">
         <v>1865.0</v>
       </c>
-      <c r="S25" s="14" t="n">
+      <c r="U25" s="14" t="n">
         <v>1335.0</v>
       </c>
-      <c r="T25" s="14" t="n">
+      <c r="V25" s="14" t="n">
         <v>1179.0</v>
       </c>
-      <c r="U25" s="14" t="n">
+      <c r="W25" s="14" t="n">
         <v>1072.0</v>
       </c>
-      <c r="V25" s="14" t="n">
+      <c r="X25" s="14" t="n">
         <v>2114.0</v>
       </c>
-      <c r="W25" s="14" t="n">
+      <c r="Y25" s="14" t="n">
         <v>3172.0</v>
       </c>
-      <c r="X25" s="14" t="n">
+      <c r="Z25" s="14" t="n">
         <v>2765.0</v>
       </c>
-      <c r="Y25" s="14" t="n">
+      <c r="AA25" s="14" t="n">
         <v>2921.0</v>
       </c>
-      <c r="Z25" s="14" t="n">
+      <c r="AB25" s="14" t="n">
         <v>6764.0</v>
       </c>
-      <c r="AA25" s="14" t="n">
+      <c r="AC25" s="14" t="n">
         <v>10356.0</v>
       </c>
-      <c r="AB25" s="14" t="n">
+      <c r="AD25" s="14" t="n">
+        <v>1811.0</v>
+      </c>
+      <c r="AE25" s="14" t="n">
         <v>1664.0</v>
       </c>
-      <c r="AC25" s="14" t="n">
+      <c r="AF25" s="14" t="n">
         <v>2344.0</v>
       </c>
-      <c r="AD25" s="14" t="n">
+      <c r="AG25" s="14" t="n">
         <v>1769.0</v>
       </c>
-      <c r="AE25" s="14" t="n">
+      <c r="AH25" s="14" t="n">
         <v>1865.0</v>
       </c>
-      <c r="AF25" s="14" t="n">
+      <c r="AI25" s="14" t="n">
         <v>1335.0</v>
       </c>
-      <c r="AG25" s="14" t="n">
+      <c r="AJ25" s="14" t="n">
         <v>1179.0</v>
       </c>
-      <c r="AH25" s="14" t="n">
+      <c r="AK25" s="14" t="n">
         <v>1072.0</v>
       </c>
-      <c r="AI25" s="14" t="n">
+      <c r="AL25" s="14" t="n">
         <v>2114.0</v>
       </c>
-      <c r="AJ25" s="14" t="n">
+      <c r="AM25" s="14" t="n">
         <v>3172.0</v>
       </c>
-      <c r="AK25" s="14" t="n">
+      <c r="AN25" s="14" t="n">
         <v>2765.0</v>
       </c>
-      <c r="AL25" s="14" t="n">
+      <c r="AO25" s="14" t="n">
         <v>2921.0</v>
       </c>
-      <c r="AM25" s="14" t="n">
+      <c r="AP25" s="14" t="n">
         <v>6764.0</v>
       </c>
-      <c r="AN25" s="14" t="n">
+      <c r="AQ25" s="14" t="n">
         <v>10356.0</v>
       </c>
-      <c r="AO25" s="13" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="AR25" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AS25" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AT25" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AU25" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AV25" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AW25" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AX25" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AY25" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="AZ25" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="BA25" s="14" t="n">
-[...9 lines deleted...]
-        <v>0.0</v>
+      <c r="BA25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BB25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BC25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BD25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="BE25" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BF25" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BG25" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BH25" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BI25" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BJ25" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BK25" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BL25" s="14" t="n">
         <v>0.0</v>
       </c>
@@ -12014,606 +12719,639 @@
       </c>
       <c r="BT25" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BU25" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BV25" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BW25" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BX25" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BY25" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BZ25" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="CA25" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="CB25" s="13" t="inlineStr">
-[...27 lines deleted...]
-        </is>
+      <c r="CB25" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CC25" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CD25" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CE25" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CF25" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CG25" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="CH25" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="CI25" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="CJ25" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="CK25" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="CL25" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="CM25" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="CN25" s="14" t="n">
-[...18 lines deleted...]
-        <v>0.0</v>
+      <c r="CN25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CO25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CP25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CQ25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CR25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CS25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="CT25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="CU25" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CV25" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CW25" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CX25" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CY25" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CZ25" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DA25" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DB25" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DC25" s="14" t="n">
         <v>5.0</v>
       </c>
-      <c r="CV25" s="14" t="n">
-[...11 lines deleted...]
-      <c r="CZ25" s="14" t="n">
+      <c r="DD25" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DE25" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DF25" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DG25" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DH25" s="14" t="n">
         <v>1.0</v>
       </c>
-      <c r="DA25" s="14" t="n">
+      <c r="DI25" s="14" t="n">
         <v>22.0</v>
       </c>
-      <c r="DB25" s="14" t="n">
-[...17 lines deleted...]
-      <c r="DH25" s="14" t="n">
+      <c r="DJ25" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DK25" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DL25" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DM25" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DN25" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DO25" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DP25" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DQ25" s="14" t="n">
         <v>5.0</v>
       </c>
-      <c r="DI25" s="14" t="n">
-[...11 lines deleted...]
-      <c r="DM25" s="14" t="n">
+      <c r="DR25" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DS25" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DT25" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DU25" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DV25" s="14" t="n">
         <v>1.0</v>
       </c>
-      <c r="DN25" s="14" t="n">
+      <c r="DW25" s="14" t="n">
         <v>22.0</v>
       </c>
-      <c r="DO25" s="13" t="inlineStr">
-[...43 lines deleted...]
-      </c>
       <c r="DX25" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="DY25" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="DZ25" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="EA25" s="14" t="n">
-[...2 lines deleted...]
-      <c r="EB25" s="14" t="n">
+      <c r="EA25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EB25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EC25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="ED25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EE25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EF25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EG25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EH25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EI25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EJ25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EK25" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EL25" s="14" t="n">
+        <v>590.0</v>
+      </c>
+      <c r="EM25" s="14" t="n">
         <v>408.0</v>
       </c>
-      <c r="EC25" s="14" t="n">
+      <c r="EN25" s="14" t="n">
         <v>617.0</v>
       </c>
-      <c r="ED25" s="14" t="n">
+      <c r="EO25" s="14" t="n">
         <v>444.0</v>
       </c>
-      <c r="EE25" s="14" t="n">
+      <c r="EP25" s="14" t="n">
         <v>198.0</v>
       </c>
-      <c r="EF25" s="14" t="n">
+      <c r="EQ25" s="14" t="n">
         <v>298.0</v>
       </c>
-      <c r="EG25" s="14" t="n">
+      <c r="ER25" s="14" t="n">
         <v>586.0</v>
       </c>
-      <c r="EH25" s="14" t="n">
+      <c r="ES25" s="14" t="n">
         <v>817.0</v>
       </c>
-      <c r="EI25" s="14" t="n">
+      <c r="ET25" s="14" t="n">
         <v>44.0</v>
       </c>
-      <c r="EJ25" s="14" t="n">
+      <c r="EU25" s="14" t="n">
         <v>48.0</v>
       </c>
-      <c r="EK25" s="14" t="n">
+      <c r="EV25" s="14" t="n">
         <v>48.0</v>
       </c>
-      <c r="EL25" s="14" t="n">
+      <c r="EW25" s="14" t="n">
         <v>146.0</v>
       </c>
-      <c r="EM25" s="14" t="n">
+      <c r="EX25" s="14" t="n">
         <v>1009.0</v>
       </c>
-      <c r="EN25" s="14" t="n">
+      <c r="EY25" s="14" t="n">
         <v>651.0</v>
       </c>
-      <c r="EO25" s="14" t="n">
+      <c r="EZ25" s="14" t="n">
+        <v>590.0</v>
+      </c>
+      <c r="FA25" s="14" t="n">
         <v>408.0</v>
       </c>
-      <c r="EP25" s="14" t="n">
+      <c r="FB25" s="14" t="n">
         <v>617.0</v>
       </c>
-      <c r="EQ25" s="14" t="n">
+      <c r="FC25" s="14" t="n">
         <v>444.0</v>
       </c>
-      <c r="ER25" s="14" t="n">
+      <c r="FD25" s="14" t="n">
         <v>198.0</v>
       </c>
-      <c r="ES25" s="14" t="n">
+      <c r="FE25" s="14" t="n">
         <v>298.0</v>
       </c>
-      <c r="ET25" s="14" t="n">
+      <c r="FF25" s="14" t="n">
         <v>586.0</v>
       </c>
-      <c r="EU25" s="14" t="n">
+      <c r="FG25" s="14" t="n">
         <v>817.0</v>
       </c>
-      <c r="EV25" s="14" t="n">
+      <c r="FH25" s="14" t="n">
         <v>44.0</v>
       </c>
-      <c r="EW25" s="14" t="n">
+      <c r="FI25" s="14" t="n">
         <v>48.0</v>
       </c>
-      <c r="EX25" s="14" t="n">
+      <c r="FJ25" s="14" t="n">
         <v>48.0</v>
       </c>
-      <c r="EY25" s="14" t="n">
+      <c r="FK25" s="14" t="n">
         <v>146.0</v>
       </c>
-      <c r="EZ25" s="14" t="n">
+      <c r="FL25" s="14" t="n">
         <v>1009.0</v>
       </c>
-      <c r="FA25" s="14" t="n">
+      <c r="FM25" s="14" t="n">
         <v>651.0</v>
       </c>
-      <c r="FB25" s="13" t="inlineStr">
-[...58 lines deleted...]
-      </c>
       <c r="FN25" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="FO25" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FP25" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FQ25" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FR25" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FS25" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FT25" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FU25" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FV25" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FW25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FX25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FY25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="FZ25" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="GA25" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GB25" s="14" t="n">
+        <v>2401.0</v>
+      </c>
+      <c r="GC25" s="14" t="n">
         <v>2072.0</v>
       </c>
-      <c r="FP25" s="14" t="n">
-[...2 lines deleted...]
-      <c r="FQ25" s="14" t="n">
+      <c r="GD25" s="14" t="n">
+        <v>2962.0</v>
+      </c>
+      <c r="GE25" s="14" t="n">
         <v>2213.0</v>
       </c>
-      <c r="FR25" s="14" t="n">
-[...2 lines deleted...]
-      <c r="FS25" s="14" t="n">
+      <c r="GF25" s="14" t="n">
+        <v>2064.0</v>
+      </c>
+      <c r="GG25" s="14" t="n">
         <v>1633.0</v>
       </c>
-      <c r="FT25" s="14" t="n">
+      <c r="GH25" s="14" t="n">
         <v>1765.0</v>
       </c>
-      <c r="FU25" s="14" t="n">
+      <c r="GI25" s="14" t="n">
         <v>1894.0</v>
       </c>
-      <c r="FV25" s="14" t="n">
+      <c r="GJ25" s="14" t="n">
         <v>2158.0</v>
       </c>
-      <c r="FW25" s="14" t="n">
+      <c r="GK25" s="14" t="n">
         <v>3220.0</v>
       </c>
-      <c r="FX25" s="14" t="n">
+      <c r="GL25" s="14" t="n">
         <v>2813.0</v>
       </c>
-      <c r="FY25" s="14" t="n">
+      <c r="GM25" s="14" t="n">
         <v>3067.0</v>
       </c>
-      <c r="FZ25" s="14" t="n">
+      <c r="GN25" s="14" t="n">
         <v>7774.0</v>
       </c>
-      <c r="GA25" s="14" t="n">
+      <c r="GO25" s="14" t="n">
         <v>11029.0</v>
       </c>
-      <c r="GB25" s="14" t="n">
+      <c r="GP25" s="14" t="n">
+        <v>2401.0</v>
+      </c>
+      <c r="GQ25" s="14" t="n">
         <v>2072.0</v>
       </c>
-      <c r="GC25" s="14" t="n">
-[...2 lines deleted...]
-      <c r="GD25" s="14" t="n">
+      <c r="GR25" s="14" t="n">
+        <v>2962.0</v>
+      </c>
+      <c r="GS25" s="14" t="n">
         <v>2213.0</v>
       </c>
-      <c r="GE25" s="14" t="n">
-[...2 lines deleted...]
-      <c r="GF25" s="14" t="n">
+      <c r="GT25" s="14" t="n">
+        <v>2064.0</v>
+      </c>
+      <c r="GU25" s="14" t="n">
         <v>1633.0</v>
       </c>
-      <c r="GG25" s="14" t="n">
+      <c r="GV25" s="14" t="n">
         <v>1765.0</v>
       </c>
-      <c r="GH25" s="14" t="n">
+      <c r="GW25" s="14" t="n">
         <v>1894.0</v>
       </c>
-      <c r="GI25" s="14" t="n">
+      <c r="GX25" s="14" t="n">
         <v>2158.0</v>
       </c>
-      <c r="GJ25" s="14" t="n">
+      <c r="GY25" s="14" t="n">
         <v>3220.0</v>
       </c>
-      <c r="GK25" s="14" t="n">
+      <c r="GZ25" s="14" t="n">
         <v>2813.0</v>
       </c>
-      <c r="GL25" s="14" t="n">
+      <c r="HA25" s="14" t="n">
         <v>3067.0</v>
       </c>
-      <c r="GM25" s="14" t="n">
+      <c r="HB25" s="14" t="n">
         <v>7774.0</v>
       </c>
-      <c r="GN25" s="14" t="n">
+      <c r="HC25" s="14" t="n">
         <v>11029.0</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="6" t="inlineStr">
         <is>
           <t>08. Discarded equipment (excluding 8.1 and 8.41)</t>
         </is>
       </c>
       <c r="B26" s="14" t="n">
-        <v>192864.0</v>
+        <v>221636.0</v>
       </c>
       <c r="C26" s="14" t="n">
+        <v>192726.0</v>
+      </c>
+      <c r="D26" s="14" t="n">
         <v>223333.0</v>
       </c>
-      <c r="D26" s="14" t="n">
+      <c r="E26" s="14" t="n">
         <v>220786.0</v>
       </c>
-      <c r="E26" s="14" t="n">
+      <c r="F26" s="14" t="n">
         <v>166881.0</v>
       </c>
-      <c r="F26" s="14" t="n">
+      <c r="G26" s="14" t="n">
         <v>223877.0</v>
       </c>
-      <c r="G26" s="14" t="n">
+      <c r="H26" s="14" t="n">
         <v>188243.0</v>
       </c>
-      <c r="H26" s="14" t="n">
+      <c r="I26" s="14" t="n">
         <v>191981.0</v>
       </c>
-      <c r="I26" s="14" t="n">
+      <c r="J26" s="14" t="n">
         <v>129461.0</v>
       </c>
-      <c r="J26" s="14" t="n">
+      <c r="K26" s="14" t="n">
         <v>157729.0</v>
       </c>
-      <c r="K26" s="14" t="n">
+      <c r="L26" s="14" t="n">
         <v>130229.0</v>
       </c>
-      <c r="L26" s="14" t="n">
+      <c r="M26" s="14" t="n">
         <v>127722.0</v>
       </c>
-      <c r="M26" s="14" t="n">
+      <c r="N26" s="14" t="n">
         <v>140490.0</v>
       </c>
-      <c r="N26" s="14" t="n">
+      <c r="O26" s="14" t="n">
         <v>108952.0</v>
       </c>
-      <c r="O26" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="P26" s="14" t="n">
+        <v>181732.0</v>
+      </c>
+      <c r="Q26" s="14" t="n">
+        <v>147818.0</v>
+      </c>
+      <c r="R26" s="14" t="n">
         <v>151875.0</v>
       </c>
-      <c r="Q26" s="14" t="n">
+      <c r="S26" s="14" t="n">
         <v>125364.0</v>
       </c>
-      <c r="R26" s="14" t="n">
+      <c r="T26" s="14" t="n">
         <v>72833.0</v>
       </c>
-      <c r="S26" s="14" t="n">
+      <c r="U26" s="14" t="n">
         <v>106856.0</v>
       </c>
-      <c r="T26" s="14" t="n">
+      <c r="V26" s="14" t="n">
         <v>93899.0</v>
       </c>
-      <c r="U26" s="14" t="n">
+      <c r="W26" s="14" t="n">
         <v>71979.0</v>
       </c>
-      <c r="V26" s="14" t="n">
+      <c r="X26" s="14" t="n">
         <v>67650.0</v>
       </c>
-      <c r="W26" s="14" t="n">
+      <c r="Y26" s="14" t="n">
         <v>68293.0</v>
       </c>
-      <c r="X26" s="14" t="n">
+      <c r="Z26" s="14" t="n">
         <v>65920.0</v>
       </c>
-      <c r="Y26" s="14" t="n">
+      <c r="AA26" s="14" t="n">
         <v>64601.0</v>
       </c>
-      <c r="Z26" s="14" t="n">
+      <c r="AB26" s="14" t="n">
         <v>57299.0</v>
       </c>
-      <c r="AA26" s="14" t="n">
+      <c r="AC26" s="14" t="n">
         <v>89360.0</v>
       </c>
-      <c r="AB26" s="14" t="n">
-[...2 lines deleted...]
-      <c r="AC26" s="14" t="n">
+      <c r="AD26" s="14" t="n">
+        <v>403369.0</v>
+      </c>
+      <c r="AE26" s="14" t="n">
+        <v>340544.0</v>
+      </c>
+      <c r="AF26" s="14" t="n">
         <v>375208.0</v>
       </c>
-      <c r="AD26" s="14" t="n">
+      <c r="AG26" s="14" t="n">
         <v>346150.0</v>
       </c>
-      <c r="AE26" s="14" t="n">
+      <c r="AH26" s="14" t="n">
         <v>239714.0</v>
       </c>
-      <c r="AF26" s="14" t="n">
-[...2 lines deleted...]
-      <c r="AG26" s="14" t="n">
+      <c r="AI26" s="14" t="n">
+        <v>330732.0</v>
+      </c>
+      <c r="AJ26" s="14" t="n">
         <v>282142.0</v>
       </c>
-      <c r="AH26" s="14" t="n">
+      <c r="AK26" s="14" t="n">
         <v>263960.0</v>
       </c>
-      <c r="AI26" s="14" t="n">
-[...2 lines deleted...]
-      <c r="AJ26" s="14" t="n">
+      <c r="AL26" s="14" t="n">
+        <v>197110.0</v>
+      </c>
+      <c r="AM26" s="14" t="n">
         <v>226022.0</v>
       </c>
-      <c r="AK26" s="14" t="n">
+      <c r="AN26" s="14" t="n">
         <v>196149.0</v>
       </c>
-      <c r="AL26" s="14" t="n">
+      <c r="AO26" s="14" t="n">
         <v>192323.0</v>
       </c>
-      <c r="AM26" s="14" t="n">
+      <c r="AP26" s="14" t="n">
         <v>197789.0</v>
       </c>
-      <c r="AN26" s="14" t="n">
+      <c r="AQ26" s="14" t="n">
         <v>198312.0</v>
       </c>
-      <c r="AO26" s="14" t="n">
-[...7 lines deleted...]
-      </c>
       <c r="AR26" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AS26" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AT26" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AU26" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AV26" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AW26" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AX26" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AY26" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AZ26" s="14" t="n">
@@ -12679,533 +13417,578 @@
       <c r="BT26" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BU26" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BV26" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BW26" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BX26" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BY26" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BZ26" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="CA26" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="CB26" s="14" t="n">
-        <v>1008.0</v>
+        <v>0.0</v>
       </c>
       <c r="CC26" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CD26" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CE26" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CF26" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CG26" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CH26" s="14" t="n">
+        <v>2674.0</v>
+      </c>
+      <c r="CI26" s="14" t="n">
+        <v>1007.0</v>
+      </c>
+      <c r="CJ26" s="14" t="n">
         <v>842.0</v>
       </c>
-      <c r="CD26" s="14" t="n">
+      <c r="CK26" s="14" t="n">
         <v>2790.0</v>
       </c>
-      <c r="CE26" s="14" t="n">
+      <c r="CL26" s="14" t="n">
         <v>1653.0</v>
       </c>
-      <c r="CF26" s="14" t="n">
+      <c r="CM26" s="14" t="n">
         <v>1863.0</v>
       </c>
-      <c r="CG26" s="14" t="n">
+      <c r="CN26" s="14" t="n">
         <v>11990.0</v>
       </c>
-      <c r="CH26" s="14" t="n">
+      <c r="CO26" s="14" t="n">
         <v>8816.0</v>
       </c>
-      <c r="CI26" s="14" t="n">
+      <c r="CP26" s="14" t="n">
         <v>807.0</v>
       </c>
-      <c r="CJ26" s="14" t="n">
+      <c r="CQ26" s="14" t="n">
         <v>267.0</v>
       </c>
-      <c r="CK26" s="14" t="n">
+      <c r="CR26" s="14" t="n">
         <v>165.0</v>
       </c>
-      <c r="CL26" s="14" t="n">
+      <c r="CS26" s="14" t="n">
         <v>3028.0</v>
       </c>
-      <c r="CM26" s="14" t="n">
+      <c r="CT26" s="14" t="n">
         <v>4341.0</v>
       </c>
-      <c r="CN26" s="14" t="n">
+      <c r="CU26" s="14" t="n">
         <v>23416.0</v>
       </c>
-      <c r="CO26" s="14" t="n">
-[...2 lines deleted...]
-      <c r="CP26" s="14" t="n">
+      <c r="CV26" s="14" t="n">
+        <v>20723.0</v>
+      </c>
+      <c r="CW26" s="14" t="n">
+        <v>22228.0</v>
+      </c>
+      <c r="CX26" s="14" t="n">
         <v>37242.0</v>
       </c>
-      <c r="CQ26" s="14" t="n">
+      <c r="CY26" s="14" t="n">
         <v>29987.0</v>
       </c>
-      <c r="CR26" s="14" t="n">
+      <c r="CZ26" s="14" t="n">
         <v>19757.0</v>
       </c>
-      <c r="CS26" s="14" t="n">
+      <c r="DA26" s="14" t="n">
         <v>30921.0</v>
       </c>
-      <c r="CT26" s="14" t="n">
+      <c r="DB26" s="14" t="n">
         <v>25041.0</v>
       </c>
-      <c r="CU26" s="14" t="n">
+      <c r="DC26" s="14" t="n">
         <v>10327.0</v>
       </c>
-      <c r="CV26" s="14" t="n">
+      <c r="DD26" s="14" t="n">
         <v>6757.0</v>
       </c>
-      <c r="CW26" s="14" t="n">
+      <c r="DE26" s="14" t="n">
         <v>18680.0</v>
       </c>
-      <c r="CX26" s="14" t="n">
+      <c r="DF26" s="14" t="n">
         <v>14173.0</v>
       </c>
-      <c r="CY26" s="14" t="n">
+      <c r="DG26" s="14" t="n">
         <v>9059.0</v>
       </c>
-      <c r="CZ26" s="14" t="n">
+      <c r="DH26" s="14" t="n">
         <v>8203.0</v>
       </c>
-      <c r="DA26" s="14" t="n">
+      <c r="DI26" s="14" t="n">
         <v>2414.0</v>
       </c>
-      <c r="DB26" s="14" t="n">
-[...5 lines deleted...]
-      <c r="DD26" s="14" t="n">
+      <c r="DJ26" s="14" t="n">
+        <v>23397.0</v>
+      </c>
+      <c r="DK26" s="14" t="n">
+        <v>23235.0</v>
+      </c>
+      <c r="DL26" s="14" t="n">
+        <v>38085.0</v>
+      </c>
+      <c r="DM26" s="14" t="n">
         <v>32777.0</v>
       </c>
-      <c r="DE26" s="14" t="n">
-[...8 lines deleted...]
-      <c r="DH26" s="14" t="n">
+      <c r="DN26" s="14" t="n">
+        <v>21411.0</v>
+      </c>
+      <c r="DO26" s="14" t="n">
+        <v>32783.0</v>
+      </c>
+      <c r="DP26" s="14" t="n">
+        <v>37030.0</v>
+      </c>
+      <c r="DQ26" s="14" t="n">
         <v>19143.0</v>
       </c>
-      <c r="DI26" s="14" t="n">
-[...2 lines deleted...]
-      <c r="DJ26" s="14" t="n">
+      <c r="DR26" s="14" t="n">
+        <v>7563.0</v>
+      </c>
+      <c r="DS26" s="14" t="n">
         <v>18947.0</v>
       </c>
-      <c r="DK26" s="14" t="n">
+      <c r="DT26" s="14" t="n">
         <v>14338.0</v>
       </c>
-      <c r="DL26" s="14" t="n">
+      <c r="DU26" s="14" t="n">
         <v>12087.0</v>
       </c>
-      <c r="DM26" s="14" t="n">
+      <c r="DV26" s="14" t="n">
         <v>12544.0</v>
       </c>
-      <c r="DN26" s="14" t="n">
+      <c r="DW26" s="14" t="n">
         <v>25830.0</v>
       </c>
-      <c r="DO26" s="14" t="n">
-[...25 lines deleted...]
-      </c>
       <c r="DX26" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="DY26" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="DZ26" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="EA26" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="EB26" s="14" t="n">
-        <v>23.0</v>
+        <v>0.0</v>
       </c>
       <c r="EC26" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="ED26" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="EE26" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="EF26" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="EG26" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="EH26" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="EI26" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="EJ26" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="EK26" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EL26" s="14" t="n">
+        <v>20.0</v>
+      </c>
+      <c r="EM26" s="14" t="n">
+        <v>22.0</v>
+      </c>
+      <c r="EN26" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EO26" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EP26" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EQ26" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="ER26" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="ES26" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="ET26" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EU26" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EV26" s="14" t="n">
         <v>6.0</v>
       </c>
-      <c r="EL26" s="14" t="n">
-[...31 lines deleted...]
-      </c>
       <c r="EW26" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="EX26" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EY26" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EZ26" s="14" t="n">
+        <v>20.0</v>
+      </c>
+      <c r="FA26" s="14" t="n">
+        <v>22.0</v>
+      </c>
+      <c r="FB26" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FC26" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FD26" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FE26" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FF26" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FG26" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FH26" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FI26" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FJ26" s="14" t="n">
         <v>6.0</v>
       </c>
-      <c r="EY26" s="14" t="n">
-[...14 lines deleted...]
-      <c r="FD26" s="14" t="n">
+      <c r="FK26" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FL26" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FM26" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FN26" s="14" t="n">
+        <v>224310.0</v>
+      </c>
+      <c r="FO26" s="14" t="n">
+        <v>193733.0</v>
+      </c>
+      <c r="FP26" s="14" t="n">
+        <v>224176.0</v>
+      </c>
+      <c r="FQ26" s="14" t="n">
         <v>223576.0</v>
       </c>
-      <c r="FE26" s="14" t="n">
+      <c r="FR26" s="14" t="n">
         <v>168534.0</v>
       </c>
-      <c r="FF26" s="14" t="n">
-[...2 lines deleted...]
-      <c r="FG26" s="14" t="n">
+      <c r="FS26" s="14" t="n">
+        <v>225739.0</v>
+      </c>
+      <c r="FT26" s="14" t="n">
         <v>200233.0</v>
       </c>
-      <c r="FH26" s="14" t="n">
+      <c r="FU26" s="14" t="n">
         <v>200797.0</v>
       </c>
-      <c r="FI26" s="14" t="n">
-[...2 lines deleted...]
-      <c r="FJ26" s="14" t="n">
+      <c r="FV26" s="14" t="n">
+        <v>130267.0</v>
+      </c>
+      <c r="FW26" s="14" t="n">
         <v>157996.0</v>
       </c>
-      <c r="FK26" s="14" t="n">
+      <c r="FX26" s="14" t="n">
         <v>130394.0</v>
       </c>
-      <c r="FL26" s="14" t="n">
+      <c r="FY26" s="14" t="n">
         <v>130750.0</v>
       </c>
-      <c r="FM26" s="14" t="n">
+      <c r="FZ26" s="14" t="n">
         <v>144831.0</v>
       </c>
-      <c r="FN26" s="14" t="n">
+      <c r="GA26" s="14" t="n">
         <v>132368.0</v>
       </c>
-      <c r="FO26" s="14" t="n">
-[...2 lines deleted...]
-      <c r="FP26" s="14" t="n">
+      <c r="GB26" s="14" t="n">
+        <v>202476.0</v>
+      </c>
+      <c r="GC26" s="14" t="n">
+        <v>170068.0</v>
+      </c>
+      <c r="GD26" s="14" t="n">
         <v>189117.0</v>
       </c>
-      <c r="FQ26" s="14" t="n">
-[...2 lines deleted...]
-      <c r="FR26" s="14" t="n">
+      <c r="GE26" s="14" t="n">
+        <v>155350.0</v>
+      </c>
+      <c r="GF26" s="14" t="n">
         <v>92590.0</v>
       </c>
-      <c r="FS26" s="14" t="n">
-[...2 lines deleted...]
-      <c r="FT26" s="14" t="n">
+      <c r="GG26" s="14" t="n">
+        <v>137776.0</v>
+      </c>
+      <c r="GH26" s="14" t="n">
         <v>118940.0</v>
       </c>
-      <c r="FU26" s="14" t="n">
+      <c r="GI26" s="14" t="n">
         <v>82306.0</v>
       </c>
-      <c r="FV26" s="14" t="n">
-[...2 lines deleted...]
-      <c r="FW26" s="14" t="n">
+      <c r="GJ26" s="14" t="n">
+        <v>74406.0</v>
+      </c>
+      <c r="GK26" s="14" t="n">
         <v>86973.0</v>
       </c>
-      <c r="FX26" s="14" t="n">
+      <c r="GL26" s="14" t="n">
         <v>80099.0</v>
       </c>
-      <c r="FY26" s="14" t="n">
+      <c r="GM26" s="14" t="n">
         <v>73660.0</v>
       </c>
-      <c r="FZ26" s="14" t="n">
+      <c r="GN26" s="14" t="n">
         <v>65502.0</v>
       </c>
-      <c r="GA26" s="14" t="n">
+      <c r="GO26" s="14" t="n">
         <v>91774.0</v>
       </c>
-      <c r="GB26" s="14" t="n">
-[...23 lines deleted...]
-      <c r="GJ26" s="14" t="n">
+      <c r="GP26" s="14" t="n">
+        <v>426786.0</v>
+      </c>
+      <c r="GQ26" s="14" t="n">
+        <v>363801.0</v>
+      </c>
+      <c r="GR26" s="14" t="n">
+        <v>413293.0</v>
+      </c>
+      <c r="GS26" s="14" t="n">
+        <v>378926.0</v>
+      </c>
+      <c r="GT26" s="14" t="n">
+        <v>261125.0</v>
+      </c>
+      <c r="GU26" s="14" t="n">
+        <v>363515.0</v>
+      </c>
+      <c r="GV26" s="14" t="n">
+        <v>319172.0</v>
+      </c>
+      <c r="GW26" s="14" t="n">
+        <v>283102.0</v>
+      </c>
+      <c r="GX26" s="14" t="n">
+        <v>204674.0</v>
+      </c>
+      <c r="GY26" s="14" t="n">
         <v>244969.0</v>
       </c>
-      <c r="GK26" s="14" t="n">
+      <c r="GZ26" s="14" t="n">
         <v>210493.0</v>
       </c>
-      <c r="GL26" s="14" t="n">
+      <c r="HA26" s="14" t="n">
         <v>204410.0</v>
       </c>
-      <c r="GM26" s="14" t="n">
+      <c r="HB26" s="14" t="n">
         <v>210333.0</v>
       </c>
-      <c r="GN26" s="14" t="n">
+      <c r="HC26" s="14" t="n">
         <v>224142.0</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="6" t="inlineStr">
         <is>
           <t>08.1. Discarded vehicles</t>
         </is>
       </c>
       <c r="B27" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="C27" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="D27" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="E27" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="F27" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="G27" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="H27" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="I27" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="J27" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K27" s="14" t="n">
         <v>478228.0</v>
       </c>
-      <c r="K27" s="14" t="n">
+      <c r="L27" s="14" t="n">
         <v>584175.0</v>
       </c>
-      <c r="L27" s="14" t="n">
+      <c r="M27" s="14" t="n">
         <v>397849.0</v>
       </c>
-      <c r="M27" s="14" t="n">
+      <c r="N27" s="14" t="n">
         <v>187024.0</v>
       </c>
-      <c r="N27" s="14" t="n">
+      <c r="O27" s="14" t="n">
         <v>509725.0</v>
       </c>
-      <c r="O27" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="P27" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="Q27" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="R27" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="S27" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="T27" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="U27" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="V27" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="W27" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="X27" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="Y27" s="14" t="n">
         <v>90648.0</v>
       </c>
-      <c r="X27" s="14" t="n">
+      <c r="Z27" s="14" t="n">
         <v>104876.0</v>
       </c>
-      <c r="Y27" s="14" t="n">
+      <c r="AA27" s="14" t="n">
         <v>30953.0</v>
       </c>
-      <c r="Z27" s="14" t="n">
+      <c r="AB27" s="14" t="n">
         <v>98140.0</v>
       </c>
-      <c r="AA27" s="14" t="n">
+      <c r="AC27" s="14" t="n">
         <v>108469.0</v>
       </c>
-      <c r="AB27" s="14" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="AD27" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AE27" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AF27" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AG27" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AH27" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AI27" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AJ27" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="AK27" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="AL27" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="AM27" s="14" t="n">
         <v>568876.0</v>
       </c>
-      <c r="AK27" s="14" t="n">
+      <c r="AN27" s="14" t="n">
         <v>689051.0</v>
       </c>
-      <c r="AL27" s="14" t="n">
+      <c r="AO27" s="14" t="n">
         <v>428802.0</v>
       </c>
-      <c r="AM27" s="14" t="n">
+      <c r="AP27" s="14" t="n">
         <v>285164.0</v>
       </c>
-      <c r="AN27" s="14" t="n">
+      <c r="AQ27" s="14" t="n">
         <v>618194.0</v>
       </c>
-      <c r="AO27" s="14" t="n">
-[...7 lines deleted...]
-      </c>
       <c r="AR27" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AS27" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AT27" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AU27" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AV27" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AW27" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AX27" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AY27" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AZ27" s="14" t="n">
@@ -13295,166 +14078,166 @@
       <c r="CB27" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="CC27" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="CD27" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="CE27" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="CF27" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="CG27" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="CH27" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="CI27" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="CJ27" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CK27" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CL27" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CM27" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CN27" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CO27" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CP27" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CQ27" s="14" t="n">
         <v>73.0</v>
       </c>
-      <c r="CK27" s="14" t="n">
+      <c r="CR27" s="14" t="n">
         <v>122.0</v>
       </c>
-      <c r="CL27" s="14" t="n">
+      <c r="CS27" s="14" t="n">
         <v>1746.0</v>
       </c>
-      <c r="CM27" s="14" t="n">
+      <c r="CT27" s="14" t="n">
         <v>5102.0</v>
       </c>
-      <c r="CN27" s="14" t="n">
-[...19 lines deleted...]
-      </c>
       <c r="CU27" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="CV27" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="CW27" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CX27" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CY27" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CZ27" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DA27" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DB27" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DC27" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DD27" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DE27" s="14" t="n">
         <v>248.0</v>
       </c>
-      <c r="CX27" s="14" t="n">
-[...2 lines deleted...]
-      <c r="CY27" s="14" t="n">
+      <c r="DF27" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DG27" s="14" t="n">
         <v>248.0</v>
       </c>
-      <c r="CZ27" s="14" t="n">
-[...22 lines deleted...]
-      </c>
       <c r="DH27" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="DI27" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="DJ27" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DK27" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DL27" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DM27" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DN27" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DO27" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DP27" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DQ27" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DR27" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DS27" s="14" t="n">
         <v>321.0</v>
       </c>
-      <c r="DK27" s="14" t="n">
+      <c r="DT27" s="14" t="n">
         <v>122.0</v>
       </c>
-      <c r="DL27" s="14" t="n">
+      <c r="DU27" s="14" t="n">
         <v>1994.0</v>
       </c>
-      <c r="DM27" s="14" t="n">
+      <c r="DV27" s="14" t="n">
         <v>5102.0</v>
       </c>
-      <c r="DN27" s="14" t="n">
-[...25 lines deleted...]
-      </c>
       <c r="DW27" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="DX27" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="DY27" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="DZ27" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="EA27" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="EB27" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="EC27" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="ED27" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="EE27" s="14" t="n">
@@ -13529,785 +14312,873 @@
       <c r="FB27" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="FC27" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="FD27" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="FE27" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="FF27" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="FG27" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="FH27" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="FI27" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="FJ27" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FK27" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FL27" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FM27" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FN27" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FO27" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FP27" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FQ27" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FR27" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FS27" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FT27" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FU27" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FV27" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FW27" s="14" t="n">
         <v>478301.0</v>
       </c>
-      <c r="FK27" s="14" t="n">
+      <c r="FX27" s="14" t="n">
         <v>584297.0</v>
       </c>
-      <c r="FL27" s="14" t="n">
+      <c r="FY27" s="14" t="n">
         <v>399595.0</v>
       </c>
-      <c r="FM27" s="14" t="n">
+      <c r="FZ27" s="14" t="n">
         <v>192126.0</v>
       </c>
-      <c r="FN27" s="14" t="n">
+      <c r="GA27" s="14" t="n">
         <v>509725.0</v>
       </c>
-      <c r="FO27" s="14" t="n">
-[...23 lines deleted...]
-      <c r="FW27" s="14" t="n">
+      <c r="GB27" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GC27" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GD27" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GE27" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GF27" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GG27" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GH27" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GI27" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GJ27" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GK27" s="14" t="n">
         <v>90896.0</v>
       </c>
-      <c r="FX27" s="14" t="n">
+      <c r="GL27" s="14" t="n">
         <v>104876.0</v>
       </c>
-      <c r="FY27" s="14" t="n">
+      <c r="GM27" s="14" t="n">
         <v>31201.0</v>
       </c>
-      <c r="FZ27" s="14" t="n">
+      <c r="GN27" s="14" t="n">
         <v>98140.0</v>
       </c>
-      <c r="GA27" s="14" t="n">
+      <c r="GO27" s="14" t="n">
         <v>108469.0</v>
       </c>
-      <c r="GB27" s="14" t="n">
-[...23 lines deleted...]
-      <c r="GJ27" s="14" t="n">
+      <c r="GP27" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GQ27" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GR27" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GS27" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GT27" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GU27" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GV27" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GW27" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GX27" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GY27" s="14" t="n">
         <v>569197.0</v>
       </c>
-      <c r="GK27" s="14" t="n">
+      <c r="GZ27" s="14" t="n">
         <v>689173.0</v>
       </c>
-      <c r="GL27" s="14" t="n">
+      <c r="HA27" s="14" t="n">
         <v>430796.0</v>
       </c>
-      <c r="GM27" s="14" t="n">
+      <c r="HB27" s="14" t="n">
         <v>290266.0</v>
       </c>
-      <c r="GN27" s="14" t="n">
+      <c r="HC27" s="14" t="n">
         <v>618194.0</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="6" t="inlineStr">
         <is>
           <t>08.41. Waste from batteries and accumulators</t>
         </is>
       </c>
       <c r="B28" s="14" t="n">
+        <v>1029.0</v>
+      </c>
+      <c r="C28" s="14" t="n">
         <v>4042.0</v>
       </c>
-      <c r="C28" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="D28" s="14" t="n">
+        <v>5548.0</v>
+      </c>
+      <c r="E28" s="14" t="n">
         <v>5450.0</v>
       </c>
-      <c r="E28" s="14" t="n">
+      <c r="F28" s="14" t="n">
         <v>5463.0</v>
       </c>
-      <c r="F28" s="14" t="n">
+      <c r="G28" s="14" t="n">
         <v>5459.0</v>
       </c>
-      <c r="G28" s="14" t="n">
+      <c r="H28" s="14" t="n">
         <v>4527.0</v>
       </c>
-      <c r="H28" s="14" t="n">
+      <c r="I28" s="14" t="n">
         <v>6853.0</v>
       </c>
-      <c r="I28" s="14" t="n">
+      <c r="J28" s="14" t="n">
         <v>2101.0</v>
       </c>
-      <c r="J28" s="14" t="n">
+      <c r="K28" s="14" t="n">
         <v>69.0</v>
       </c>
-      <c r="K28" s="14" t="n">
+      <c r="L28" s="14" t="n">
         <v>6126.0</v>
       </c>
-      <c r="L28" s="14" t="n">
+      <c r="M28" s="14" t="n">
         <v>4335.0</v>
       </c>
-      <c r="M28" s="14" t="n">
+      <c r="N28" s="14" t="n">
         <v>8033.0</v>
       </c>
-      <c r="N28" s="14" t="n">
+      <c r="O28" s="14" t="n">
         <v>2736.0</v>
       </c>
-      <c r="O28" s="14" t="n">
+      <c r="P28" s="14" t="n">
+        <v>334908.0</v>
+      </c>
+      <c r="Q28" s="14" t="n">
         <v>266253.0</v>
       </c>
-      <c r="P28" s="14" t="n">
+      <c r="R28" s="14" t="n">
         <v>292147.0</v>
       </c>
-      <c r="Q28" s="14" t="n">
+      <c r="S28" s="14" t="n">
         <v>270448.0</v>
       </c>
-      <c r="R28" s="14" t="n">
+      <c r="T28" s="14" t="n">
         <v>235232.0</v>
       </c>
-      <c r="S28" s="14" t="n">
+      <c r="U28" s="14" t="n">
         <v>234537.0</v>
       </c>
-      <c r="T28" s="14" t="n">
+      <c r="V28" s="14" t="n">
         <v>235561.0</v>
       </c>
-      <c r="U28" s="14" t="n">
+      <c r="W28" s="14" t="n">
         <v>225587.0</v>
       </c>
-      <c r="V28" s="14" t="n">
+      <c r="X28" s="14" t="n">
         <v>225688.0</v>
       </c>
-      <c r="W28" s="14" t="n">
+      <c r="Y28" s="14" t="n">
         <v>213976.0</v>
       </c>
-      <c r="X28" s="14" t="n">
+      <c r="Z28" s="14" t="n">
         <v>211999.0</v>
       </c>
-      <c r="Y28" s="14" t="n">
+      <c r="AA28" s="14" t="n">
         <v>229850.0</v>
       </c>
-      <c r="Z28" s="14" t="n">
+      <c r="AB28" s="14" t="n">
         <v>252586.0</v>
       </c>
-      <c r="AA28" s="14" t="n">
+      <c r="AC28" s="14" t="n">
         <v>211951.0</v>
       </c>
-      <c r="AB28" s="14" t="n">
+      <c r="AD28" s="14" t="n">
+        <v>335936.0</v>
+      </c>
+      <c r="AE28" s="14" t="n">
+        <v>270294.0</v>
+      </c>
+      <c r="AF28" s="14" t="n">
+        <v>297695.0</v>
+      </c>
+      <c r="AG28" s="14" t="n">
+        <v>275898.0</v>
+      </c>
+      <c r="AH28" s="14" t="n">
+        <v>240696.0</v>
+      </c>
+      <c r="AI28" s="14" t="n">
+        <v>239996.0</v>
+      </c>
+      <c r="AJ28" s="14" t="n">
+        <v>240088.0</v>
+      </c>
+      <c r="AK28" s="14" t="n">
+        <v>232439.0</v>
+      </c>
+      <c r="AL28" s="14" t="n">
+        <v>227789.0</v>
+      </c>
+      <c r="AM28" s="14" t="n">
+        <v>214045.0</v>
+      </c>
+      <c r="AN28" s="14" t="n">
+        <v>218125.0</v>
+      </c>
+      <c r="AO28" s="14" t="n">
+        <v>234185.0</v>
+      </c>
+      <c r="AP28" s="14" t="n">
+        <v>260619.0</v>
+      </c>
+      <c r="AQ28" s="14" t="n">
+        <v>214687.0</v>
+      </c>
+      <c r="AR28" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="AS28" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="AT28" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="AU28" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="AV28" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="AW28" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="AX28" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="AY28" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="AZ28" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BA28" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BB28" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BC28" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BD28" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BE28" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BF28" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BG28" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BH28" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BI28" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BJ28" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BK28" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BL28" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BM28" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BN28" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BO28" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BP28" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BQ28" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BR28" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BS28" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BT28" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BU28" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BV28" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BW28" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BX28" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BY28" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BZ28" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CA28" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CB28" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CC28" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CD28" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CE28" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CF28" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CG28" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CH28" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CI28" s="14" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="CJ28" s="14" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="CK28" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CL28" s="14" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="CM28" s="14" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="CN28" s="14" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="CO28" s="14" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="CP28" s="14" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="CQ28" s="14" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="CR28" s="14" t="n">
+        <v>32.0</v>
+      </c>
+      <c r="CS28" s="14" t="n">
+        <v>59.0</v>
+      </c>
+      <c r="CT28" s="14" t="n">
+        <v>76.0</v>
+      </c>
+      <c r="CU28" s="14" t="n">
+        <v>351.0</v>
+      </c>
+      <c r="CV28" s="14" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="CW28" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CX28" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CY28" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CZ28" s="14" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="DA28" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DB28" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DC28" s="14" t="n">
+        <v>32.0</v>
+      </c>
+      <c r="DD28" s="14" t="n">
+        <v>30.0</v>
+      </c>
+      <c r="DE28" s="14" t="n">
+        <v>73.0</v>
+      </c>
+      <c r="DF28" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DG28" s="14" t="n">
+        <v>41.0</v>
+      </c>
+      <c r="DH28" s="14" t="n">
+        <v>3301.0</v>
+      </c>
+      <c r="DI28" s="14" t="n">
+        <v>3687.0</v>
+      </c>
+      <c r="DJ28" s="14" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="DK28" s="14" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="DL28" s="14" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="DM28" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DN28" s="14" t="n">
+        <v>11.0</v>
+      </c>
+      <c r="DO28" s="14" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="DP28" s="14" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="DQ28" s="14" t="n">
+        <v>41.0</v>
+      </c>
+      <c r="DR28" s="14" t="n">
+        <v>34.0</v>
+      </c>
+      <c r="DS28" s="14" t="n">
+        <v>76.0</v>
+      </c>
+      <c r="DT28" s="14" t="n">
+        <v>32.0</v>
+      </c>
+      <c r="DU28" s="14" t="n">
+        <v>100.0</v>
+      </c>
+      <c r="DV28" s="14" t="n">
+        <v>3377.0</v>
+      </c>
+      <c r="DW28" s="14" t="n">
+        <v>4038.0</v>
+      </c>
+      <c r="DX28" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DY28" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DZ28" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EA28" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EB28" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EC28" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="ED28" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EE28" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EF28" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EG28" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EH28" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EI28" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EJ28" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EK28" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EL28" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EM28" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EN28" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EO28" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EP28" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EQ28" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="ER28" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="ES28" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="ET28" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EU28" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EV28" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EW28" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EX28" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EY28" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EZ28" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FA28" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FB28" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FC28" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FD28" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FE28" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FF28" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FG28" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FH28" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FI28" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FJ28" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FK28" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FL28" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FM28" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FN28" s="14" t="n">
+        <v>1029.0</v>
+      </c>
+      <c r="FO28" s="14" t="n">
+        <v>4042.0</v>
+      </c>
+      <c r="FP28" s="14" t="n">
+        <v>5549.0</v>
+      </c>
+      <c r="FQ28" s="14" t="n">
+        <v>5450.0</v>
+      </c>
+      <c r="FR28" s="14" t="n">
+        <v>5469.0</v>
+      </c>
+      <c r="FS28" s="14" t="n">
+        <v>5460.0</v>
+      </c>
+      <c r="FT28" s="14" t="n">
+        <v>4529.0</v>
+      </c>
+      <c r="FU28" s="14" t="n">
+        <v>6861.0</v>
+      </c>
+      <c r="FV28" s="14" t="n">
+        <v>2105.0</v>
+      </c>
+      <c r="FW28" s="14" t="n">
+        <v>72.0</v>
+      </c>
+      <c r="FX28" s="14" t="n">
+        <v>6158.0</v>
+      </c>
+      <c r="FY28" s="14" t="n">
+        <v>4394.0</v>
+      </c>
+      <c r="FZ28" s="14" t="n">
+        <v>8109.0</v>
+      </c>
+      <c r="GA28" s="14" t="n">
+        <v>3087.0</v>
+      </c>
+      <c r="GB28" s="14" t="n">
+        <v>334908.0</v>
+      </c>
+      <c r="GC28" s="14" t="n">
+        <v>266253.0</v>
+      </c>
+      <c r="GD28" s="14" t="n">
+        <v>292147.0</v>
+      </c>
+      <c r="GE28" s="14" t="n">
+        <v>270448.0</v>
+      </c>
+      <c r="GF28" s="14" t="n">
+        <v>235237.0</v>
+      </c>
+      <c r="GG28" s="14" t="n">
+        <v>234537.0</v>
+      </c>
+      <c r="GH28" s="14" t="n">
+        <v>235561.0</v>
+      </c>
+      <c r="GI28" s="14" t="n">
+        <v>225619.0</v>
+      </c>
+      <c r="GJ28" s="14" t="n">
+        <v>225718.0</v>
+      </c>
+      <c r="GK28" s="14" t="n">
+        <v>214049.0</v>
+      </c>
+      <c r="GL28" s="14" t="n">
+        <v>211999.0</v>
+      </c>
+      <c r="GM28" s="14" t="n">
+        <v>229891.0</v>
+      </c>
+      <c r="GN28" s="14" t="n">
+        <v>255887.0</v>
+      </c>
+      <c r="GO28" s="14" t="n">
+        <v>215638.0</v>
+      </c>
+      <c r="GP28" s="14" t="n">
+        <v>335937.0</v>
+      </c>
+      <c r="GQ28" s="14" t="n">
         <v>270295.0</v>
       </c>
-      <c r="AC28" s="14" t="n">
-[...2 lines deleted...]
-      <c r="AD28" s="14" t="n">
+      <c r="GR28" s="14" t="n">
+        <v>297696.0</v>
+      </c>
+      <c r="GS28" s="14" t="n">
         <v>275898.0</v>
       </c>
-      <c r="AE28" s="14" t="n">
-[...467 lines deleted...]
-      <c r="GE28" s="14" t="n">
+      <c r="GT28" s="14" t="n">
         <v>240706.0</v>
       </c>
-      <c r="GF28" s="14" t="n">
+      <c r="GU28" s="14" t="n">
         <v>239997.0</v>
       </c>
-      <c r="GG28" s="14" t="n">
+      <c r="GV28" s="14" t="n">
         <v>240089.0</v>
       </c>
-      <c r="GH28" s="14" t="n">
+      <c r="GW28" s="14" t="n">
         <v>232480.0</v>
       </c>
-      <c r="GI28" s="14" t="n">
-[...2 lines deleted...]
-      <c r="GJ28" s="14" t="n">
+      <c r="GX28" s="14" t="n">
+        <v>227823.0</v>
+      </c>
+      <c r="GY28" s="14" t="n">
         <v>214121.0</v>
       </c>
-      <c r="GK28" s="14" t="n">
+      <c r="GZ28" s="14" t="n">
         <v>218157.0</v>
       </c>
-      <c r="GL28" s="14" t="n">
+      <c r="HA28" s="14" t="n">
         <v>234285.0</v>
       </c>
-      <c r="GM28" s="14" t="n">
+      <c r="HB28" s="14" t="n">
         <v>263996.0</v>
       </c>
-      <c r="GN28" s="14" t="n">
+      <c r="HC28" s="14" t="n">
         <v>218725.0</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="6" t="inlineStr">
         <is>
           <t>09.1. Animal waste and waste from mixed food products</t>
         </is>
       </c>
       <c r="B29" s="14" t="n">
+        <v>713806.0</v>
+      </c>
+      <c r="C29" s="14" t="n">
         <v>976211.0</v>
       </c>
-      <c r="C29" s="14" t="n">
+      <c r="D29" s="14" t="n">
         <v>947889.0</v>
       </c>
-      <c r="D29" s="14" t="n">
+      <c r="E29" s="14" t="n">
         <v>848749.0</v>
       </c>
-      <c r="E29" s="14" t="n">
+      <c r="F29" s="14" t="n">
         <v>873329.0</v>
       </c>
-      <c r="F29" s="14" t="n">
+      <c r="G29" s="14" t="n">
         <v>743733.0</v>
       </c>
-      <c r="G29" s="14" t="n">
+      <c r="H29" s="14" t="n">
         <v>1009777.0</v>
       </c>
-      <c r="H29" s="14" t="n">
+      <c r="I29" s="14" t="n">
         <v>863743.0</v>
       </c>
-      <c r="I29" s="14" t="n">
+      <c r="J29" s="14" t="n">
         <v>1029640.0</v>
       </c>
-      <c r="J29" s="14" t="n">
+      <c r="K29" s="14" t="n">
         <v>1099342.0</v>
       </c>
-      <c r="K29" s="14" t="n">
+      <c r="L29" s="14" t="n">
         <v>1604815.0</v>
       </c>
-      <c r="L29" s="14" t="n">
+      <c r="M29" s="14" t="n">
         <v>1359429.0</v>
       </c>
-      <c r="M29" s="14" t="n">
+      <c r="N29" s="14" t="n">
         <v>2552984.0</v>
       </c>
-      <c r="N29" s="14" t="n">
+      <c r="O29" s="14" t="n">
         <v>7692243.0</v>
       </c>
-      <c r="O29" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="P29" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="Q29" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="R29" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="S29" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="T29" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
@@ -14319,707 +15190,736 @@
       <c r="V29" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="W29" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="X29" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="Y29" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="Z29" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AA29" s="14" t="n">
-[...2 lines deleted...]
-      <c r="AB29" s="14" t="n">
+      <c r="AA29" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AB29" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AC29" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="AD29" s="14" t="n">
+        <v>713806.0</v>
+      </c>
+      <c r="AE29" s="14" t="n">
         <v>976211.0</v>
       </c>
-      <c r="AC29" s="14" t="n">
+      <c r="AF29" s="14" t="n">
         <v>947889.0</v>
       </c>
-      <c r="AD29" s="14" t="n">
+      <c r="AG29" s="14" t="n">
         <v>848749.0</v>
       </c>
-      <c r="AE29" s="14" t="n">
+      <c r="AH29" s="14" t="n">
         <v>873329.0</v>
       </c>
-      <c r="AF29" s="14" t="n">
+      <c r="AI29" s="14" t="n">
         <v>743733.0</v>
       </c>
-      <c r="AG29" s="14" t="n">
+      <c r="AJ29" s="14" t="n">
         <v>1009777.0</v>
       </c>
-      <c r="AH29" s="14" t="n">
+      <c r="AK29" s="14" t="n">
         <v>863743.0</v>
       </c>
-      <c r="AI29" s="14" t="n">
+      <c r="AL29" s="14" t="n">
         <v>1029640.0</v>
       </c>
-      <c r="AJ29" s="14" t="n">
+      <c r="AM29" s="14" t="n">
         <v>1099342.0</v>
       </c>
-      <c r="AK29" s="14" t="n">
+      <c r="AN29" s="14" t="n">
         <v>1604815.0</v>
       </c>
-      <c r="AL29" s="14" t="n">
+      <c r="AO29" s="14" t="n">
         <v>1359429.0</v>
       </c>
-      <c r="AM29" s="14" t="n">
+      <c r="AP29" s="14" t="n">
         <v>2552984.0</v>
       </c>
-      <c r="AN29" s="14" t="n">
+      <c r="AQ29" s="14" t="n">
         <v>7692243.0</v>
       </c>
-      <c r="AO29" s="14" t="n">
-[...7 lines deleted...]
-      </c>
       <c r="AR29" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AS29" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AT29" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AU29" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AV29" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AW29" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AX29" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AY29" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AZ29" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BA29" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="BB29" s="13" t="inlineStr">
-[...17 lines deleted...]
-        </is>
+      <c r="BB29" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BC29" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BD29" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BE29" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="BF29" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BG29" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BH29" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BI29" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BJ29" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BK29" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BL29" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BM29" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="BN29" s="14" t="n">
-[...12 lines deleted...]
-        <v>0.0</v>
+      <c r="BN29" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BO29" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BP29" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BQ29" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BR29" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="BS29" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BT29" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BU29" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BV29" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BW29" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BX29" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BY29" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BZ29" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="CA29" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="CB29" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CC29" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CD29" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CE29" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CF29" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CG29" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CH29" s="14" t="n">
+        <v>47990.0</v>
+      </c>
+      <c r="CI29" s="14" t="n">
         <v>43523.0</v>
       </c>
-      <c r="CC29" s="14" t="n">
+      <c r="CJ29" s="14" t="n">
         <v>9564.0</v>
       </c>
-      <c r="CD29" s="14" t="n">
+      <c r="CK29" s="14" t="n">
         <v>11751.0</v>
       </c>
-      <c r="CE29" s="14" t="n">
+      <c r="CL29" s="14" t="n">
         <v>11892.0</v>
       </c>
-      <c r="CF29" s="14" t="n">
+      <c r="CM29" s="14" t="n">
         <v>11396.0</v>
       </c>
-      <c r="CG29" s="14" t="n">
+      <c r="CN29" s="14" t="n">
         <v>11532.0</v>
       </c>
-      <c r="CH29" s="14" t="n">
+      <c r="CO29" s="14" t="n">
         <v>17623.0</v>
       </c>
-      <c r="CI29" s="14" t="n">
+      <c r="CP29" s="14" t="n">
         <v>71746.0</v>
       </c>
-      <c r="CJ29" s="14" t="n">
+      <c r="CQ29" s="14" t="n">
         <v>61977.0</v>
       </c>
-      <c r="CK29" s="14" t="n">
+      <c r="CR29" s="14" t="n">
         <v>94544.0</v>
       </c>
-      <c r="CL29" s="14" t="n">
+      <c r="CS29" s="14" t="n">
         <v>61286.0</v>
       </c>
-      <c r="CM29" s="14" t="n">
+      <c r="CT29" s="14" t="n">
         <v>156194.0</v>
       </c>
-      <c r="CN29" s="14" t="n">
+      <c r="CU29" s="14" t="n">
         <v>154650.0</v>
       </c>
-      <c r="CO29" s="13" t="inlineStr">
-[...33 lines deleted...]
-      </c>
       <c r="CV29" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="CW29" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="CX29" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="CY29" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="CZ29" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="DA29" s="14" t="n">
-[...2 lines deleted...]
-      <c r="DB29" s="14" t="n">
+      <c r="DA29" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DB29" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DC29" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DD29" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DE29" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DF29" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DG29" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DH29" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DI29" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DJ29" s="14" t="n">
+        <v>47990.0</v>
+      </c>
+      <c r="DK29" s="14" t="n">
         <v>43523.0</v>
       </c>
-      <c r="DC29" s="14" t="n">
+      <c r="DL29" s="14" t="n">
         <v>9564.0</v>
       </c>
-      <c r="DD29" s="14" t="n">
+      <c r="DM29" s="14" t="n">
         <v>11751.0</v>
       </c>
-      <c r="DE29" s="14" t="n">
+      <c r="DN29" s="14" t="n">
         <v>11892.0</v>
       </c>
-      <c r="DF29" s="14" t="n">
+      <c r="DO29" s="14" t="n">
         <v>11396.0</v>
       </c>
-      <c r="DG29" s="14" t="n">
+      <c r="DP29" s="14" t="n">
         <v>11532.0</v>
       </c>
-      <c r="DH29" s="14" t="n">
+      <c r="DQ29" s="14" t="n">
         <v>17623.0</v>
       </c>
-      <c r="DI29" s="14" t="n">
+      <c r="DR29" s="14" t="n">
         <v>71746.0</v>
       </c>
-      <c r="DJ29" s="14" t="n">
+      <c r="DS29" s="14" t="n">
         <v>61977.0</v>
       </c>
-      <c r="DK29" s="14" t="n">
+      <c r="DT29" s="14" t="n">
         <v>94544.0</v>
       </c>
-      <c r="DL29" s="14" t="n">
+      <c r="DU29" s="14" t="n">
         <v>61286.0</v>
       </c>
-      <c r="DM29" s="14" t="n">
+      <c r="DV29" s="14" t="n">
         <v>156194.0</v>
       </c>
-      <c r="DN29" s="14" t="n">
+      <c r="DW29" s="14" t="n">
         <v>154650.0</v>
       </c>
-      <c r="DO29" s="14" t="n">
+      <c r="DX29" s="14" t="n">
+        <v>65727.0</v>
+      </c>
+      <c r="DY29" s="14" t="n">
         <v>67310.0</v>
       </c>
-      <c r="DP29" s="14" t="n">
+      <c r="DZ29" s="14" t="n">
         <v>58458.0</v>
       </c>
-      <c r="DQ29" s="14" t="n">
+      <c r="EA29" s="14" t="n">
         <v>69737.0</v>
       </c>
-      <c r="DR29" s="14" t="n">
+      <c r="EB29" s="14" t="n">
         <v>64939.0</v>
       </c>
-      <c r="DS29" s="14" t="n">
+      <c r="EC29" s="14" t="n">
         <v>50846.0</v>
       </c>
-      <c r="DT29" s="14" t="n">
+      <c r="ED29" s="14" t="n">
         <v>63598.0</v>
       </c>
-      <c r="DU29" s="14" t="n">
+      <c r="EE29" s="14" t="n">
         <v>51330.0</v>
       </c>
-      <c r="DV29" s="14" t="n">
+      <c r="EF29" s="14" t="n">
         <v>81176.0</v>
       </c>
-      <c r="DW29" s="14" t="n">
+      <c r="EG29" s="14" t="n">
         <v>70052.0</v>
       </c>
-      <c r="DX29" s="14" t="n">
+      <c r="EH29" s="14" t="n">
         <v>82974.0</v>
       </c>
-      <c r="DY29" s="14" t="n">
+      <c r="EI29" s="14" t="n">
         <v>65342.0</v>
       </c>
-      <c r="DZ29" s="14" t="n">
+      <c r="EJ29" s="14" t="n">
         <v>288687.0</v>
       </c>
-      <c r="EA29" s="14" t="n">
+      <c r="EK29" s="14" t="n">
         <v>43397.0</v>
       </c>
-      <c r="EB29" s="13" t="inlineStr">
-[...48 lines deleted...]
-      </c>
       <c r="EL29" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="EM29" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="EN29" s="14" t="n">
-[...2 lines deleted...]
-      <c r="EO29" s="14" t="n">
+      <c r="EN29" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EO29" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EP29" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EQ29" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="ER29" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="ES29" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="ET29" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EU29" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EV29" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EW29" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EX29" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EY29" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EZ29" s="14" t="n">
+        <v>65727.0</v>
+      </c>
+      <c r="FA29" s="14" t="n">
         <v>67310.0</v>
       </c>
-      <c r="EP29" s="14" t="n">
+      <c r="FB29" s="14" t="n">
         <v>58458.0</v>
       </c>
-      <c r="EQ29" s="14" t="n">
+      <c r="FC29" s="14" t="n">
         <v>69737.0</v>
       </c>
-      <c r="ER29" s="14" t="n">
+      <c r="FD29" s="14" t="n">
         <v>64939.0</v>
       </c>
-      <c r="ES29" s="14" t="n">
+      <c r="FE29" s="14" t="n">
         <v>50846.0</v>
       </c>
-      <c r="ET29" s="14" t="n">
+      <c r="FF29" s="14" t="n">
         <v>63598.0</v>
       </c>
-      <c r="EU29" s="14" t="n">
+      <c r="FG29" s="14" t="n">
         <v>51330.0</v>
       </c>
-      <c r="EV29" s="14" t="n">
+      <c r="FH29" s="14" t="n">
         <v>81176.0</v>
       </c>
-      <c r="EW29" s="14" t="n">
+      <c r="FI29" s="14" t="n">
         <v>70052.0</v>
       </c>
-      <c r="EX29" s="14" t="n">
+      <c r="FJ29" s="14" t="n">
         <v>82974.0</v>
       </c>
-      <c r="EY29" s="14" t="n">
+      <c r="FK29" s="14" t="n">
         <v>65342.0</v>
       </c>
-      <c r="EZ29" s="14" t="n">
+      <c r="FL29" s="14" t="n">
         <v>288687.0</v>
       </c>
-      <c r="FA29" s="14" t="n">
+      <c r="FM29" s="14" t="n">
         <v>43397.0</v>
       </c>
-      <c r="FB29" s="14" t="n">
+      <c r="FN29" s="14" t="n">
+        <v>827524.0</v>
+      </c>
+      <c r="FO29" s="14" t="n">
         <v>1087044.0</v>
       </c>
-      <c r="FC29" s="14" t="n">
-[...2 lines deleted...]
-      <c r="FD29" s="14" t="n">
+      <c r="FP29" s="14" t="n">
+        <v>1015910.0</v>
+      </c>
+      <c r="FQ29" s="14" t="n">
         <v>930237.0</v>
       </c>
-      <c r="FE29" s="14" t="n">
-[...2 lines deleted...]
-      <c r="FF29" s="14" t="n">
+      <c r="FR29" s="14" t="n">
+        <v>950159.0</v>
+      </c>
+      <c r="FS29" s="14" t="n">
         <v>805975.0</v>
       </c>
-      <c r="FG29" s="14" t="n">
+      <c r="FT29" s="14" t="n">
         <v>1084907.0</v>
       </c>
-      <c r="FH29" s="14" t="n">
-[...2 lines deleted...]
-      <c r="FI29" s="14" t="n">
+      <c r="FU29" s="14" t="n">
+        <v>932697.0</v>
+      </c>
+      <c r="FV29" s="14" t="n">
         <v>1182562.0</v>
       </c>
-      <c r="FJ29" s="14" t="n">
+      <c r="FW29" s="14" t="n">
         <v>1231371.0</v>
       </c>
-      <c r="FK29" s="14" t="n">
+      <c r="FX29" s="14" t="n">
         <v>1782333.0</v>
       </c>
-      <c r="FL29" s="14" t="n">
+      <c r="FY29" s="14" t="n">
         <v>1486057.0</v>
       </c>
-      <c r="FM29" s="14" t="n">
+      <c r="FZ29" s="14" t="n">
         <v>2997865.0</v>
       </c>
-      <c r="FN29" s="14" t="n">
+      <c r="GA29" s="14" t="n">
         <v>7890290.0</v>
       </c>
-      <c r="FO29" s="13" t="inlineStr">
-[...61 lines deleted...]
-      </c>
       <c r="GB29" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GC29" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GD29" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GE29" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GF29" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GG29" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GH29" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GI29" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GJ29" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GK29" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GL29" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GM29" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GN29" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GO29" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GP29" s="14" t="n">
+        <v>827524.0</v>
+      </c>
+      <c r="GQ29" s="14" t="n">
         <v>1087044.0</v>
       </c>
-      <c r="GC29" s="14" t="n">
-[...2 lines deleted...]
-      <c r="GD29" s="14" t="n">
+      <c r="GR29" s="14" t="n">
+        <v>1015910.0</v>
+      </c>
+      <c r="GS29" s="14" t="n">
         <v>930237.0</v>
       </c>
-      <c r="GE29" s="14" t="n">
-[...2 lines deleted...]
-      <c r="GF29" s="14" t="n">
+      <c r="GT29" s="14" t="n">
+        <v>950159.0</v>
+      </c>
+      <c r="GU29" s="14" t="n">
         <v>805975.0</v>
       </c>
-      <c r="GG29" s="14" t="n">
+      <c r="GV29" s="14" t="n">
         <v>1084907.0</v>
       </c>
-      <c r="GH29" s="14" t="n">
-[...2 lines deleted...]
-      <c r="GI29" s="14" t="n">
+      <c r="GW29" s="14" t="n">
+        <v>932697.0</v>
+      </c>
+      <c r="GX29" s="14" t="n">
         <v>1182562.0</v>
       </c>
-      <c r="GJ29" s="14" t="n">
+      <c r="GY29" s="14" t="n">
         <v>1231371.0</v>
       </c>
-      <c r="GK29" s="14" t="n">
+      <c r="GZ29" s="14" t="n">
         <v>1782333.0</v>
       </c>
-      <c r="GL29" s="14" t="n">
+      <c r="HA29" s="14" t="n">
         <v>1486057.0</v>
       </c>
-      <c r="GM29" s="14" t="n">
+      <c r="HB29" s="14" t="n">
         <v>2997865.0</v>
       </c>
-      <c r="GN29" s="14" t="n">
+      <c r="HC29" s="14" t="n">
         <v>7890290.0</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="6" t="inlineStr">
         <is>
           <t>09.2. Vegetable waste</t>
         </is>
       </c>
       <c r="B30" s="14" t="n">
+        <v>950671.0</v>
+      </c>
+      <c r="C30" s="14" t="n">
         <v>1217364.0</v>
       </c>
-      <c r="C30" s="14" t="n">
+      <c r="D30" s="14" t="n">
         <v>905940.0</v>
       </c>
-      <c r="D30" s="14" t="n">
+      <c r="E30" s="14" t="n">
         <v>822019.0</v>
       </c>
-      <c r="E30" s="14" t="n">
+      <c r="F30" s="14" t="n">
         <v>692510.0</v>
       </c>
-      <c r="F30" s="14" t="n">
+      <c r="G30" s="14" t="n">
         <v>866395.0</v>
       </c>
-      <c r="G30" s="14" t="n">
+      <c r="H30" s="14" t="n">
         <v>510298.0</v>
       </c>
-      <c r="H30" s="14" t="n">
+      <c r="I30" s="14" t="n">
         <v>668290.0</v>
       </c>
-      <c r="I30" s="14" t="n">
+      <c r="J30" s="14" t="n">
         <v>581737.0</v>
       </c>
-      <c r="J30" s="14" t="n">
+      <c r="K30" s="14" t="n">
         <v>636240.0</v>
       </c>
-      <c r="K30" s="14" t="n">
+      <c r="L30" s="14" t="n">
         <v>511574.0</v>
       </c>
-      <c r="L30" s="14" t="n">
+      <c r="M30" s="14" t="n">
         <v>377242.0</v>
       </c>
-      <c r="M30" s="14" t="n">
+      <c r="N30" s="14" t="n">
         <v>558474.0</v>
       </c>
-      <c r="N30" s="14" t="n">
+      <c r="O30" s="14" t="n">
         <v>783071.0</v>
       </c>
-      <c r="O30" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="P30" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="Q30" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="R30" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="S30" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="T30" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
@@ -15031,707 +15931,736 @@
       <c r="V30" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="W30" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="X30" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="Y30" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="Z30" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AA30" s="14" t="n">
-[...2 lines deleted...]
-      <c r="AB30" s="14" t="n">
+      <c r="AA30" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AB30" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AC30" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="AD30" s="14" t="n">
+        <v>950671.0</v>
+      </c>
+      <c r="AE30" s="14" t="n">
         <v>1217364.0</v>
       </c>
-      <c r="AC30" s="14" t="n">
+      <c r="AF30" s="14" t="n">
         <v>905940.0</v>
       </c>
-      <c r="AD30" s="14" t="n">
+      <c r="AG30" s="14" t="n">
         <v>822019.0</v>
       </c>
-      <c r="AE30" s="14" t="n">
+      <c r="AH30" s="14" t="n">
         <v>692510.0</v>
       </c>
-      <c r="AF30" s="14" t="n">
+      <c r="AI30" s="14" t="n">
         <v>866395.0</v>
       </c>
-      <c r="AG30" s="14" t="n">
+      <c r="AJ30" s="14" t="n">
         <v>510298.0</v>
       </c>
-      <c r="AH30" s="14" t="n">
+      <c r="AK30" s="14" t="n">
         <v>668290.0</v>
       </c>
-      <c r="AI30" s="14" t="n">
+      <c r="AL30" s="14" t="n">
         <v>581737.0</v>
       </c>
-      <c r="AJ30" s="14" t="n">
+      <c r="AM30" s="14" t="n">
         <v>636240.0</v>
       </c>
-      <c r="AK30" s="14" t="n">
+      <c r="AN30" s="14" t="n">
         <v>511574.0</v>
       </c>
-      <c r="AL30" s="14" t="n">
+      <c r="AO30" s="14" t="n">
         <v>377242.0</v>
       </c>
-      <c r="AM30" s="14" t="n">
+      <c r="AP30" s="14" t="n">
         <v>558474.0</v>
       </c>
-      <c r="AN30" s="14" t="n">
+      <c r="AQ30" s="14" t="n">
         <v>783071.0</v>
       </c>
-      <c r="AO30" s="14" t="n">
-[...7 lines deleted...]
-      </c>
       <c r="AR30" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AS30" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AT30" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AU30" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AV30" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AW30" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="AX30" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="AY30" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="AZ30" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BA30" s="14" t="n">
         <v>18.0</v>
       </c>
-      <c r="AX30" s="14" t="n">
-[...29 lines deleted...]
-        </is>
+      <c r="BB30" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BC30" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BD30" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BE30" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="BF30" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BG30" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BH30" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BI30" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BJ30" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BK30" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BL30" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BM30" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="BN30" s="14" t="n">
-[...12 lines deleted...]
-        <v>0.0</v>
+      <c r="BN30" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BO30" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BP30" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BQ30" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BR30" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="BS30" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BT30" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BU30" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BV30" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BW30" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BX30" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BY30" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BZ30" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CA30" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CB30" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CC30" s="14" t="n">
         <v>18.0</v>
       </c>
-      <c r="BX30" s="14" t="n">
-[...11 lines deleted...]
-      <c r="CB30" s="14" t="n">
+      <c r="CD30" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CE30" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CF30" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CG30" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CH30" s="14" t="n">
+        <v>10736.0</v>
+      </c>
+      <c r="CI30" s="14" t="n">
         <v>29585.0</v>
       </c>
-      <c r="CC30" s="14" t="n">
+      <c r="CJ30" s="14" t="n">
         <v>50578.0</v>
       </c>
-      <c r="CD30" s="14" t="n">
+      <c r="CK30" s="14" t="n">
         <v>47442.0</v>
       </c>
-      <c r="CE30" s="14" t="n">
+      <c r="CL30" s="14" t="n">
         <v>63149.0</v>
       </c>
-      <c r="CF30" s="14" t="n">
+      <c r="CM30" s="14" t="n">
         <v>83523.0</v>
       </c>
-      <c r="CG30" s="14" t="n">
+      <c r="CN30" s="14" t="n">
         <v>44850.0</v>
       </c>
-      <c r="CH30" s="14" t="n">
+      <c r="CO30" s="14" t="n">
         <v>31012.0</v>
       </c>
-      <c r="CI30" s="14" t="n">
+      <c r="CP30" s="14" t="n">
         <v>74172.0</v>
       </c>
-      <c r="CJ30" s="14" t="n">
+      <c r="CQ30" s="14" t="n">
         <v>23901.0</v>
       </c>
-      <c r="CK30" s="14" t="n">
+      <c r="CR30" s="14" t="n">
         <v>16009.0</v>
       </c>
-      <c r="CL30" s="14" t="n">
+      <c r="CS30" s="14" t="n">
         <v>17204.0</v>
       </c>
-      <c r="CM30" s="14" t="n">
+      <c r="CT30" s="14" t="n">
         <v>81858.0</v>
       </c>
-      <c r="CN30" s="14" t="n">
+      <c r="CU30" s="14" t="n">
         <v>71619.0</v>
       </c>
-      <c r="CO30" s="13" t="inlineStr">
-[...33 lines deleted...]
-      </c>
       <c r="CV30" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="CW30" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="CX30" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="CY30" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="CZ30" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="DA30" s="14" t="n">
-[...2 lines deleted...]
-      <c r="DB30" s="14" t="n">
+      <c r="DA30" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DB30" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DC30" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DD30" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DE30" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DF30" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DG30" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DH30" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DI30" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DJ30" s="14" t="n">
+        <v>10736.0</v>
+      </c>
+      <c r="DK30" s="14" t="n">
         <v>29585.0</v>
       </c>
-      <c r="DC30" s="14" t="n">
+      <c r="DL30" s="14" t="n">
         <v>50578.0</v>
       </c>
-      <c r="DD30" s="14" t="n">
+      <c r="DM30" s="14" t="n">
         <v>47442.0</v>
       </c>
-      <c r="DE30" s="14" t="n">
+      <c r="DN30" s="14" t="n">
         <v>63149.0</v>
       </c>
-      <c r="DF30" s="14" t="n">
+      <c r="DO30" s="14" t="n">
         <v>83523.0</v>
       </c>
-      <c r="DG30" s="14" t="n">
+      <c r="DP30" s="14" t="n">
         <v>44850.0</v>
       </c>
-      <c r="DH30" s="14" t="n">
+      <c r="DQ30" s="14" t="n">
         <v>31012.0</v>
       </c>
-      <c r="DI30" s="14" t="n">
+      <c r="DR30" s="14" t="n">
         <v>74172.0</v>
       </c>
-      <c r="DJ30" s="14" t="n">
+      <c r="DS30" s="14" t="n">
         <v>23901.0</v>
       </c>
-      <c r="DK30" s="14" t="n">
+      <c r="DT30" s="14" t="n">
         <v>16009.0</v>
       </c>
-      <c r="DL30" s="14" t="n">
+      <c r="DU30" s="14" t="n">
         <v>17204.0</v>
       </c>
-      <c r="DM30" s="14" t="n">
+      <c r="DV30" s="14" t="n">
         <v>81858.0</v>
       </c>
-      <c r="DN30" s="14" t="n">
+      <c r="DW30" s="14" t="n">
         <v>71619.0</v>
       </c>
-      <c r="DO30" s="14" t="n">
+      <c r="DX30" s="14" t="n">
+        <v>26949.0</v>
+      </c>
+      <c r="DY30" s="14" t="n">
         <v>33774.0</v>
       </c>
-      <c r="DP30" s="14" t="n">
+      <c r="DZ30" s="14" t="n">
         <v>36607.0</v>
       </c>
-      <c r="DQ30" s="14" t="n">
+      <c r="EA30" s="14" t="n">
         <v>23727.0</v>
       </c>
-      <c r="DR30" s="14" t="n">
+      <c r="EB30" s="14" t="n">
         <v>30307.0</v>
       </c>
-      <c r="DS30" s="14" t="n">
+      <c r="EC30" s="14" t="n">
         <v>18635.0</v>
       </c>
-      <c r="DT30" s="14" t="n">
+      <c r="ED30" s="14" t="n">
         <v>17502.0</v>
       </c>
-      <c r="DU30" s="14" t="n">
+      <c r="EE30" s="14" t="n">
         <v>22614.0</v>
       </c>
-      <c r="DV30" s="14" t="n">
+      <c r="EF30" s="14" t="n">
         <v>20671.0</v>
       </c>
-      <c r="DW30" s="14" t="n">
+      <c r="EG30" s="14" t="n">
         <v>26555.0</v>
       </c>
-      <c r="DX30" s="14" t="n">
+      <c r="EH30" s="14" t="n">
         <v>34552.0</v>
       </c>
-      <c r="DY30" s="14" t="n">
+      <c r="EI30" s="14" t="n">
         <v>35078.0</v>
       </c>
-      <c r="DZ30" s="14" t="n">
+      <c r="EJ30" s="14" t="n">
         <v>16863.0</v>
       </c>
-      <c r="EA30" s="14" t="n">
+      <c r="EK30" s="14" t="n">
         <v>7153.0</v>
       </c>
-      <c r="EB30" s="13" t="inlineStr">
-[...48 lines deleted...]
-      </c>
       <c r="EL30" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="EM30" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="EN30" s="14" t="n">
-[...2 lines deleted...]
-      <c r="EO30" s="14" t="n">
+      <c r="EN30" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EO30" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EP30" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EQ30" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="ER30" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="ES30" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="ET30" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EU30" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EV30" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EW30" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EX30" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EY30" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EZ30" s="14" t="n">
+        <v>26949.0</v>
+      </c>
+      <c r="FA30" s="14" t="n">
         <v>33774.0</v>
       </c>
-      <c r="EP30" s="14" t="n">
+      <c r="FB30" s="14" t="n">
         <v>36607.0</v>
       </c>
-      <c r="EQ30" s="14" t="n">
+      <c r="FC30" s="14" t="n">
         <v>23727.0</v>
       </c>
-      <c r="ER30" s="14" t="n">
+      <c r="FD30" s="14" t="n">
         <v>30307.0</v>
       </c>
-      <c r="ES30" s="14" t="n">
+      <c r="FE30" s="14" t="n">
         <v>18635.0</v>
       </c>
-      <c r="ET30" s="14" t="n">
+      <c r="FF30" s="14" t="n">
         <v>17502.0</v>
       </c>
-      <c r="EU30" s="14" t="n">
+      <c r="FG30" s="14" t="n">
         <v>22614.0</v>
       </c>
-      <c r="EV30" s="14" t="n">
+      <c r="FH30" s="14" t="n">
         <v>20671.0</v>
       </c>
-      <c r="EW30" s="14" t="n">
+      <c r="FI30" s="14" t="n">
         <v>26555.0</v>
       </c>
-      <c r="EX30" s="14" t="n">
+      <c r="FJ30" s="14" t="n">
         <v>34552.0</v>
       </c>
-      <c r="EY30" s="14" t="n">
+      <c r="FK30" s="14" t="n">
         <v>35078.0</v>
       </c>
-      <c r="EZ30" s="14" t="n">
+      <c r="FL30" s="14" t="n">
         <v>16863.0</v>
       </c>
-      <c r="FA30" s="14" t="n">
+      <c r="FM30" s="14" t="n">
         <v>7153.0</v>
       </c>
-      <c r="FB30" s="14" t="n">
+      <c r="FN30" s="14" t="n">
+        <v>988356.0</v>
+      </c>
+      <c r="FO30" s="14" t="n">
         <v>1280723.0</v>
       </c>
-      <c r="FC30" s="14" t="n">
+      <c r="FP30" s="14" t="n">
         <v>993125.0</v>
       </c>
-      <c r="FD30" s="14" t="n">
+      <c r="FQ30" s="14" t="n">
         <v>893188.0</v>
       </c>
-      <c r="FE30" s="14" t="n">
+      <c r="FR30" s="14" t="n">
         <v>785966.0</v>
       </c>
-      <c r="FF30" s="14" t="n">
+      <c r="FS30" s="14" t="n">
         <v>968553.0</v>
       </c>
-      <c r="FG30" s="14" t="n">
+      <c r="FT30" s="14" t="n">
         <v>572650.0</v>
       </c>
-      <c r="FH30" s="14" t="n">
-[...2 lines deleted...]
-      <c r="FI30" s="14" t="n">
+      <c r="FU30" s="14" t="n">
+        <v>721915.0</v>
+      </c>
+      <c r="FV30" s="14" t="n">
         <v>676580.0</v>
       </c>
-      <c r="FJ30" s="14" t="n">
+      <c r="FW30" s="14" t="n">
         <v>686714.0</v>
       </c>
-      <c r="FK30" s="14" t="n">
+      <c r="FX30" s="14" t="n">
         <v>562135.0</v>
       </c>
-      <c r="FL30" s="14" t="n">
+      <c r="FY30" s="14" t="n">
         <v>429524.0</v>
       </c>
-      <c r="FM30" s="14" t="n">
+      <c r="FZ30" s="14" t="n">
         <v>657195.0</v>
       </c>
-      <c r="FN30" s="14" t="n">
+      <c r="GA30" s="14" t="n">
         <v>861843.0</v>
       </c>
-      <c r="FO30" s="13" t="inlineStr">
-[...61 lines deleted...]
-      </c>
       <c r="GB30" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GC30" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GD30" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GE30" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GF30" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GG30" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GH30" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GI30" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GJ30" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GK30" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GL30" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GM30" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GN30" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GO30" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GP30" s="14" t="n">
+        <v>988356.0</v>
+      </c>
+      <c r="GQ30" s="14" t="n">
         <v>1280723.0</v>
       </c>
-      <c r="GC30" s="14" t="n">
+      <c r="GR30" s="14" t="n">
         <v>993125.0</v>
       </c>
-      <c r="GD30" s="14" t="n">
+      <c r="GS30" s="14" t="n">
         <v>893188.0</v>
       </c>
-      <c r="GE30" s="14" t="n">
+      <c r="GT30" s="14" t="n">
         <v>785966.0</v>
       </c>
-      <c r="GF30" s="14" t="n">
+      <c r="GU30" s="14" t="n">
         <v>968553.0</v>
       </c>
-      <c r="GG30" s="14" t="n">
+      <c r="GV30" s="14" t="n">
         <v>572650.0</v>
       </c>
-      <c r="GH30" s="14" t="n">
-[...2 lines deleted...]
-      <c r="GI30" s="14" t="n">
+      <c r="GW30" s="14" t="n">
+        <v>721915.0</v>
+      </c>
+      <c r="GX30" s="14" t="n">
         <v>676580.0</v>
       </c>
-      <c r="GJ30" s="14" t="n">
+      <c r="GY30" s="14" t="n">
         <v>686714.0</v>
       </c>
-      <c r="GK30" s="14" t="n">
+      <c r="GZ30" s="14" t="n">
         <v>562135.0</v>
       </c>
-      <c r="GL30" s="14" t="n">
+      <c r="HA30" s="14" t="n">
         <v>429524.0</v>
       </c>
-      <c r="GM30" s="14" t="n">
+      <c r="HB30" s="14" t="n">
         <v>657195.0</v>
       </c>
-      <c r="GN30" s="14" t="n">
+      <c r="HC30" s="14" t="n">
         <v>861843.0</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="6" t="inlineStr">
         <is>
           <t>09.3. Slurry and manure</t>
         </is>
       </c>
       <c r="B31" s="14" t="n">
+        <v>262229.0</v>
+      </c>
+      <c r="C31" s="14" t="n">
         <v>247871.0</v>
       </c>
-      <c r="C31" s="14" t="n">
+      <c r="D31" s="14" t="n">
         <v>223631.0</v>
       </c>
-      <c r="D31" s="14" t="n">
+      <c r="E31" s="14" t="n">
         <v>316392.0</v>
       </c>
-      <c r="E31" s="14" t="n">
+      <c r="F31" s="14" t="n">
         <v>214424.0</v>
       </c>
-      <c r="F31" s="14" t="n">
+      <c r="G31" s="14" t="n">
         <v>161537.0</v>
       </c>
-      <c r="G31" s="14" t="n">
+      <c r="H31" s="14" t="n">
         <v>111707.0</v>
       </c>
-      <c r="H31" s="14" t="n">
+      <c r="I31" s="14" t="n">
         <v>88822.0</v>
       </c>
-      <c r="I31" s="14" t="n">
+      <c r="J31" s="14" t="n">
         <v>137639.0</v>
       </c>
-      <c r="J31" s="14" t="n">
+      <c r="K31" s="14" t="n">
         <v>160854.0</v>
       </c>
-      <c r="K31" s="14" t="n">
+      <c r="L31" s="14" t="n">
         <v>380585.0</v>
       </c>
-      <c r="L31" s="14" t="n">
+      <c r="M31" s="14" t="n">
         <v>446312.0</v>
       </c>
-      <c r="M31" s="14" t="n">
+      <c r="N31" s="14" t="n">
         <v>243058.0</v>
       </c>
-      <c r="N31" s="14" t="n">
+      <c r="O31" s="14" t="n">
         <v>320424.0</v>
       </c>
-      <c r="O31" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="P31" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="Q31" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="R31" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="S31" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="T31" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
@@ -15743,707 +16672,736 @@
       <c r="V31" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="W31" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="X31" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="Y31" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="Z31" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AA31" s="14" t="n">
-[...2 lines deleted...]
-      <c r="AB31" s="14" t="n">
+      <c r="AA31" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AB31" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AC31" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="AD31" s="14" t="n">
+        <v>262229.0</v>
+      </c>
+      <c r="AE31" s="14" t="n">
         <v>247871.0</v>
       </c>
-      <c r="AC31" s="14" t="n">
+      <c r="AF31" s="14" t="n">
         <v>223631.0</v>
       </c>
-      <c r="AD31" s="14" t="n">
+      <c r="AG31" s="14" t="n">
         <v>316392.0</v>
       </c>
-      <c r="AE31" s="14" t="n">
+      <c r="AH31" s="14" t="n">
         <v>214424.0</v>
       </c>
-      <c r="AF31" s="14" t="n">
+      <c r="AI31" s="14" t="n">
         <v>161537.0</v>
       </c>
-      <c r="AG31" s="14" t="n">
+      <c r="AJ31" s="14" t="n">
         <v>111707.0</v>
       </c>
-      <c r="AH31" s="14" t="n">
+      <c r="AK31" s="14" t="n">
         <v>88822.0</v>
       </c>
-      <c r="AI31" s="14" t="n">
+      <c r="AL31" s="14" t="n">
         <v>137639.0</v>
       </c>
-      <c r="AJ31" s="14" t="n">
+      <c r="AM31" s="14" t="n">
         <v>160854.0</v>
       </c>
-      <c r="AK31" s="14" t="n">
+      <c r="AN31" s="14" t="n">
         <v>380585.0</v>
       </c>
-      <c r="AL31" s="14" t="n">
+      <c r="AO31" s="14" t="n">
         <v>446312.0</v>
       </c>
-      <c r="AM31" s="14" t="n">
+      <c r="AP31" s="14" t="n">
         <v>243058.0</v>
       </c>
-      <c r="AN31" s="14" t="n">
+      <c r="AQ31" s="14" t="n">
         <v>320424.0</v>
       </c>
-      <c r="AO31" s="14" t="n">
-[...7 lines deleted...]
-      </c>
       <c r="AR31" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AS31" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AT31" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AU31" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AV31" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AW31" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AX31" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AY31" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AZ31" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BA31" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="BB31" s="13" t="inlineStr">
-[...17 lines deleted...]
-        </is>
+      <c r="BB31" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BC31" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BD31" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BE31" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="BF31" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BG31" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BH31" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BI31" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BJ31" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BK31" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BL31" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BM31" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="BN31" s="14" t="n">
-[...12 lines deleted...]
-        <v>0.0</v>
+      <c r="BN31" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BO31" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BP31" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BQ31" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BR31" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="BS31" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BT31" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BU31" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BV31" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BW31" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BX31" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BY31" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BZ31" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="CA31" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="CB31" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CC31" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CD31" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CE31" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CF31" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CG31" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CH31" s="14" t="n">
+        <v>885.0</v>
+      </c>
+      <c r="CI31" s="14" t="n">
         <v>2474.0</v>
       </c>
-      <c r="CC31" s="14" t="n">
+      <c r="CJ31" s="14" t="n">
         <v>1591.0</v>
       </c>
-      <c r="CD31" s="14" t="n">
+      <c r="CK31" s="14" t="n">
         <v>9611.0</v>
       </c>
-      <c r="CE31" s="14" t="n">
+      <c r="CL31" s="14" t="n">
         <v>784.0</v>
       </c>
-      <c r="CF31" s="14" t="n">
+      <c r="CM31" s="14" t="n">
         <v>1472.0</v>
       </c>
-      <c r="CG31" s="14" t="n">
+      <c r="CN31" s="14" t="n">
         <v>273.0</v>
       </c>
-      <c r="CH31" s="14" t="n">
+      <c r="CO31" s="14" t="n">
         <v>2456.0</v>
       </c>
-      <c r="CI31" s="14" t="n">
+      <c r="CP31" s="14" t="n">
         <v>442.0</v>
       </c>
-      <c r="CJ31" s="14" t="n">
+      <c r="CQ31" s="14" t="n">
         <v>489.0</v>
       </c>
-      <c r="CK31" s="14" t="n">
+      <c r="CR31" s="14" t="n">
         <v>585.0</v>
       </c>
-      <c r="CL31" s="14" t="n">
+      <c r="CS31" s="14" t="n">
         <v>1142.0</v>
       </c>
-      <c r="CM31" s="14" t="n">
+      <c r="CT31" s="14" t="n">
         <v>21485.0</v>
       </c>
-      <c r="CN31" s="14" t="n">
+      <c r="CU31" s="14" t="n">
         <v>39765.0</v>
       </c>
-      <c r="CO31" s="13" t="inlineStr">
-[...33 lines deleted...]
-      </c>
       <c r="CV31" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="CW31" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="CX31" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="CY31" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="CZ31" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="DA31" s="14" t="n">
-[...2 lines deleted...]
-      <c r="DB31" s="14" t="n">
+      <c r="DA31" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DB31" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DC31" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DD31" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DE31" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DF31" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DG31" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DH31" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DI31" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DJ31" s="14" t="n">
+        <v>885.0</v>
+      </c>
+      <c r="DK31" s="14" t="n">
         <v>2474.0</v>
       </c>
-      <c r="DC31" s="14" t="n">
+      <c r="DL31" s="14" t="n">
         <v>1591.0</v>
       </c>
-      <c r="DD31" s="14" t="n">
+      <c r="DM31" s="14" t="n">
         <v>9611.0</v>
       </c>
-      <c r="DE31" s="14" t="n">
+      <c r="DN31" s="14" t="n">
         <v>784.0</v>
       </c>
-      <c r="DF31" s="14" t="n">
+      <c r="DO31" s="14" t="n">
         <v>1472.0</v>
       </c>
-      <c r="DG31" s="14" t="n">
+      <c r="DP31" s="14" t="n">
         <v>273.0</v>
       </c>
-      <c r="DH31" s="14" t="n">
+      <c r="DQ31" s="14" t="n">
         <v>2456.0</v>
       </c>
-      <c r="DI31" s="14" t="n">
+      <c r="DR31" s="14" t="n">
         <v>442.0</v>
       </c>
-      <c r="DJ31" s="14" t="n">
+      <c r="DS31" s="14" t="n">
         <v>489.0</v>
       </c>
-      <c r="DK31" s="14" t="n">
+      <c r="DT31" s="14" t="n">
         <v>585.0</v>
       </c>
-      <c r="DL31" s="14" t="n">
+      <c r="DU31" s="14" t="n">
         <v>1142.0</v>
       </c>
-      <c r="DM31" s="14" t="n">
+      <c r="DV31" s="14" t="n">
         <v>21485.0</v>
       </c>
-      <c r="DN31" s="14" t="n">
+      <c r="DW31" s="14" t="n">
         <v>39765.0</v>
       </c>
-      <c r="DO31" s="14" t="n">
-[...2 lines deleted...]
-      <c r="DP31" s="14" t="n">
+      <c r="DX31" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DY31" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DZ31" s="14" t="n">
         <v>22.0</v>
       </c>
-      <c r="DQ31" s="14" t="n">
+      <c r="EA31" s="14" t="n">
         <v>68.0</v>
       </c>
-      <c r="DR31" s="14" t="n">
-[...77 lines deleted...]
-        </is>
+      <c r="EB31" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EC31" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="ED31" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EE31" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EF31" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EG31" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EH31" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EI31" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EJ31" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EK31" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="EL31" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="EM31" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="EN31" s="14" t="n">
-[...5 lines deleted...]
-      <c r="EP31" s="14" t="n">
+      <c r="EN31" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EO31" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EP31" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EQ31" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="ER31" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="ES31" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="ET31" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EU31" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EV31" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EW31" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EX31" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EY31" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EZ31" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FA31" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FB31" s="14" t="n">
         <v>22.0</v>
       </c>
-      <c r="EQ31" s="14" t="n">
+      <c r="FC31" s="14" t="n">
         <v>68.0</v>
       </c>
-      <c r="ER31" s="14" t="n">
-[...29 lines deleted...]
-      <c r="FB31" s="14" t="n">
+      <c r="FD31" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FE31" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FF31" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FG31" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FH31" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FI31" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FJ31" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FK31" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FL31" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FM31" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FN31" s="14" t="n">
+        <v>263114.0</v>
+      </c>
+      <c r="FO31" s="14" t="n">
         <v>250345.0</v>
       </c>
-      <c r="FC31" s="14" t="n">
-[...2 lines deleted...]
-      <c r="FD31" s="14" t="n">
+      <c r="FP31" s="14" t="n">
+        <v>225243.0</v>
+      </c>
+      <c r="FQ31" s="14" t="n">
         <v>326071.0</v>
       </c>
-      <c r="FE31" s="14" t="n">
+      <c r="FR31" s="14" t="n">
         <v>215208.0</v>
       </c>
-      <c r="FF31" s="14" t="n">
+      <c r="FS31" s="14" t="n">
         <v>163009.0</v>
       </c>
-      <c r="FG31" s="14" t="n">
+      <c r="FT31" s="14" t="n">
         <v>111980.0</v>
       </c>
-      <c r="FH31" s="14" t="n">
+      <c r="FU31" s="14" t="n">
         <v>91278.0</v>
       </c>
-      <c r="FI31" s="14" t="n">
+      <c r="FV31" s="14" t="n">
         <v>138081.0</v>
       </c>
-      <c r="FJ31" s="14" t="n">
+      <c r="FW31" s="14" t="n">
         <v>161343.0</v>
       </c>
-      <c r="FK31" s="14" t="n">
+      <c r="FX31" s="14" t="n">
         <v>381170.0</v>
       </c>
-      <c r="FL31" s="14" t="n">
+      <c r="FY31" s="14" t="n">
         <v>447454.0</v>
       </c>
-      <c r="FM31" s="14" t="n">
+      <c r="FZ31" s="14" t="n">
         <v>264543.0</v>
       </c>
-      <c r="FN31" s="14" t="n">
+      <c r="GA31" s="14" t="n">
         <v>360189.0</v>
       </c>
-      <c r="FO31" s="13" t="inlineStr">
-[...61 lines deleted...]
-      </c>
       <c r="GB31" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GC31" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GD31" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GE31" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GF31" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GG31" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GH31" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GI31" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GJ31" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GK31" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GL31" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GM31" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GN31" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GO31" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GP31" s="14" t="n">
+        <v>263114.0</v>
+      </c>
+      <c r="GQ31" s="14" t="n">
         <v>250345.0</v>
       </c>
-      <c r="GC31" s="14" t="n">
-[...2 lines deleted...]
-      <c r="GD31" s="14" t="n">
+      <c r="GR31" s="14" t="n">
+        <v>225243.0</v>
+      </c>
+      <c r="GS31" s="14" t="n">
         <v>326071.0</v>
       </c>
-      <c r="GE31" s="14" t="n">
+      <c r="GT31" s="14" t="n">
         <v>215208.0</v>
       </c>
-      <c r="GF31" s="14" t="n">
+      <c r="GU31" s="14" t="n">
         <v>163009.0</v>
       </c>
-      <c r="GG31" s="14" t="n">
+      <c r="GV31" s="14" t="n">
         <v>111980.0</v>
       </c>
-      <c r="GH31" s="14" t="n">
+      <c r="GW31" s="14" t="n">
         <v>91278.0</v>
       </c>
-      <c r="GI31" s="14" t="n">
+      <c r="GX31" s="14" t="n">
         <v>138081.0</v>
       </c>
-      <c r="GJ31" s="14" t="n">
+      <c r="GY31" s="14" t="n">
         <v>161343.0</v>
       </c>
-      <c r="GK31" s="14" t="n">
+      <c r="GZ31" s="14" t="n">
         <v>381170.0</v>
       </c>
-      <c r="GL31" s="14" t="n">
+      <c r="HA31" s="14" t="n">
         <v>447454.0</v>
       </c>
-      <c r="GM31" s="14" t="n">
+      <c r="HB31" s="14" t="n">
         <v>264543.0</v>
       </c>
-      <c r="GN31" s="14" t="n">
+      <c r="HC31" s="14" t="n">
         <v>360189.0</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="6" t="inlineStr">
         <is>
           <t>10.1. Domestic waste and similar</t>
         </is>
       </c>
       <c r="B32" s="14" t="n">
+        <v>483210.0</v>
+      </c>
+      <c r="C32" s="14" t="n">
         <v>395170.0</v>
       </c>
-      <c r="C32" s="14" t="n">
+      <c r="D32" s="14" t="n">
         <v>382470.0</v>
       </c>
-      <c r="D32" s="14" t="n">
+      <c r="E32" s="14" t="n">
         <v>624411.0</v>
       </c>
-      <c r="E32" s="14" t="n">
+      <c r="F32" s="14" t="n">
         <v>119280.0</v>
       </c>
-      <c r="F32" s="14" t="n">
+      <c r="G32" s="14" t="n">
         <v>72739.0</v>
       </c>
-      <c r="G32" s="14" t="n">
+      <c r="H32" s="14" t="n">
         <v>78349.0</v>
       </c>
-      <c r="H32" s="14" t="n">
+      <c r="I32" s="14" t="n">
         <v>76412.0</v>
       </c>
-      <c r="I32" s="14" t="n">
+      <c r="J32" s="14" t="n">
         <v>81737.0</v>
       </c>
-      <c r="J32" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="K32" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="L32" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="M32" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="N32" s="14" t="n">
         <v>3271.0</v>
       </c>
-      <c r="N32" s="14" t="n">
+      <c r="O32" s="14" t="n">
         <v>237798.0</v>
       </c>
-      <c r="O32" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="P32" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="Q32" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="R32" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="S32" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="T32" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
@@ -16455,813 +17413,844 @@
       <c r="V32" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="W32" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="X32" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="Y32" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="Z32" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AA32" s="14" t="n">
-[...2 lines deleted...]
-      <c r="AB32" s="14" t="n">
+      <c r="AA32" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AB32" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AC32" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="AD32" s="14" t="n">
+        <v>483210.0</v>
+      </c>
+      <c r="AE32" s="14" t="n">
         <v>395170.0</v>
       </c>
-      <c r="AC32" s="14" t="n">
+      <c r="AF32" s="14" t="n">
         <v>382470.0</v>
       </c>
-      <c r="AD32" s="14" t="n">
+      <c r="AG32" s="14" t="n">
         <v>624411.0</v>
       </c>
-      <c r="AE32" s="14" t="n">
+      <c r="AH32" s="14" t="n">
         <v>119280.0</v>
       </c>
-      <c r="AF32" s="14" t="n">
+      <c r="AI32" s="14" t="n">
         <v>72739.0</v>
       </c>
-      <c r="AG32" s="14" t="n">
+      <c r="AJ32" s="14" t="n">
         <v>78349.0</v>
       </c>
-      <c r="AH32" s="14" t="n">
+      <c r="AK32" s="14" t="n">
         <v>76412.0</v>
       </c>
-      <c r="AI32" s="14" t="n">
+      <c r="AL32" s="14" t="n">
         <v>81737.0</v>
       </c>
-      <c r="AJ32" s="14" t="n">
-[...7 lines deleted...]
-      </c>
       <c r="AM32" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="AN32" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="AO32" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="AP32" s="14" t="n">
         <v>3271.0</v>
       </c>
-      <c r="AN32" s="14" t="n">
+      <c r="AQ32" s="14" t="n">
         <v>237798.0</v>
       </c>
-      <c r="AO32" s="14" t="n">
-[...7 lines deleted...]
-      </c>
       <c r="AR32" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AS32" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AT32" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AU32" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AV32" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AW32" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AX32" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AY32" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AZ32" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BA32" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="BB32" s="13" t="inlineStr">
-[...17 lines deleted...]
-        </is>
+      <c r="BB32" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BC32" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BD32" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BE32" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="BF32" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BG32" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BH32" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BI32" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BJ32" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BK32" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BL32" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BM32" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="BN32" s="14" t="n">
-[...12 lines deleted...]
-        <v>0.0</v>
+      <c r="BN32" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BO32" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BP32" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BQ32" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BR32" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="BS32" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BT32" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BU32" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BV32" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BW32" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BX32" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BY32" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BZ32" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="CA32" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="CB32" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CC32" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CD32" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CE32" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CF32" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CG32" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CH32" s="14" t="n">
+        <v>3170960.0</v>
+      </c>
+      <c r="CI32" s="14" t="n">
         <v>3722408.0</v>
       </c>
-      <c r="CC32" s="14" t="n">
+      <c r="CJ32" s="14" t="n">
         <v>4218752.0</v>
       </c>
-      <c r="CD32" s="14" t="n">
+      <c r="CK32" s="14" t="n">
         <v>4695331.0</v>
       </c>
-      <c r="CE32" s="14" t="n">
+      <c r="CL32" s="14" t="n">
         <v>4515887.0</v>
       </c>
-      <c r="CF32" s="14" t="n">
+      <c r="CM32" s="14" t="n">
         <v>5813899.0</v>
       </c>
-      <c r="CG32" s="14" t="n">
+      <c r="CN32" s="14" t="n">
         <v>5737026.0</v>
       </c>
-      <c r="CH32" s="14" t="n">
+      <c r="CO32" s="14" t="n">
         <v>5442687.0</v>
       </c>
-      <c r="CI32" s="14" t="n">
+      <c r="CP32" s="14" t="n">
         <v>6784535.0</v>
       </c>
-      <c r="CJ32" s="14" t="n">
+      <c r="CQ32" s="14" t="n">
         <v>7824156.0</v>
       </c>
-      <c r="CK32" s="14" t="n">
+      <c r="CR32" s="14" t="n">
         <v>8238045.0</v>
       </c>
-      <c r="CL32" s="14" t="n">
+      <c r="CS32" s="14" t="n">
         <v>8795900.0</v>
       </c>
-      <c r="CM32" s="14" t="n">
+      <c r="CT32" s="14" t="n">
         <v>9316354.0</v>
       </c>
-      <c r="CN32" s="14" t="n">
+      <c r="CU32" s="14" t="n">
         <v>1.1545238E7</v>
       </c>
-      <c r="CO32" s="13" t="inlineStr">
-[...33 lines deleted...]
-      </c>
       <c r="CV32" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="CW32" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="CX32" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="CY32" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="CZ32" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="DA32" s="14" t="n">
-[...2 lines deleted...]
-      <c r="DB32" s="14" t="n">
+      <c r="DA32" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DB32" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DC32" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DD32" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DE32" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DF32" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DG32" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DH32" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DI32" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DJ32" s="14" t="n">
+        <v>3170960.0</v>
+      </c>
+      <c r="DK32" s="14" t="n">
         <v>3722408.0</v>
       </c>
-      <c r="DC32" s="14" t="n">
+      <c r="DL32" s="14" t="n">
         <v>4218752.0</v>
       </c>
-      <c r="DD32" s="14" t="n">
+      <c r="DM32" s="14" t="n">
         <v>4695331.0</v>
       </c>
-      <c r="DE32" s="14" t="n">
+      <c r="DN32" s="14" t="n">
         <v>4515887.0</v>
       </c>
-      <c r="DF32" s="14" t="n">
+      <c r="DO32" s="14" t="n">
         <v>5813899.0</v>
       </c>
-      <c r="DG32" s="14" t="n">
+      <c r="DP32" s="14" t="n">
         <v>5737026.0</v>
       </c>
-      <c r="DH32" s="14" t="n">
+      <c r="DQ32" s="14" t="n">
         <v>5442687.0</v>
       </c>
-      <c r="DI32" s="14" t="n">
+      <c r="DR32" s="14" t="n">
         <v>6784535.0</v>
       </c>
-      <c r="DJ32" s="14" t="n">
+      <c r="DS32" s="14" t="n">
         <v>7824156.0</v>
       </c>
-      <c r="DK32" s="14" t="n">
+      <c r="DT32" s="14" t="n">
         <v>8238045.0</v>
       </c>
-      <c r="DL32" s="14" t="n">
+      <c r="DU32" s="14" t="n">
         <v>8795900.0</v>
       </c>
-      <c r="DM32" s="14" t="n">
+      <c r="DV32" s="14" t="n">
         <v>9316354.0</v>
       </c>
-      <c r="DN32" s="14" t="n">
+      <c r="DW32" s="14" t="n">
         <v>1.1545238E7</v>
       </c>
-      <c r="DO32" s="14" t="n">
+      <c r="DX32" s="14" t="n">
+        <v>348206.0</v>
+      </c>
+      <c r="DY32" s="14" t="n">
         <v>762966.0</v>
       </c>
-      <c r="DP32" s="14" t="n">
+      <c r="DZ32" s="14" t="n">
         <v>1038679.0</v>
       </c>
-      <c r="DQ32" s="14" t="n">
+      <c r="EA32" s="14" t="n">
         <v>1196281.0</v>
       </c>
-      <c r="DR32" s="14" t="n">
+      <c r="EB32" s="14" t="n">
         <v>1285653.0</v>
       </c>
-      <c r="DS32" s="14" t="n">
+      <c r="EC32" s="14" t="n">
         <v>1201464.0</v>
       </c>
-      <c r="DT32" s="14" t="n">
+      <c r="ED32" s="14" t="n">
         <v>1397153.0</v>
       </c>
-      <c r="DU32" s="14" t="n">
+      <c r="EE32" s="14" t="n">
         <v>1208913.0</v>
       </c>
-      <c r="DV32" s="14" t="n">
+      <c r="EF32" s="14" t="n">
         <v>1133816.0</v>
       </c>
-      <c r="DW32" s="14" t="n">
+      <c r="EG32" s="14" t="n">
         <v>1338034.0</v>
       </c>
-      <c r="DX32" s="14" t="n">
+      <c r="EH32" s="14" t="n">
         <v>1214238.0</v>
       </c>
-      <c r="DY32" s="14" t="n">
+      <c r="EI32" s="14" t="n">
         <v>1502821.0</v>
       </c>
-      <c r="DZ32" s="14" t="n">
+      <c r="EJ32" s="14" t="n">
         <v>2493615.0</v>
       </c>
-      <c r="EA32" s="14" t="n">
+      <c r="EK32" s="14" t="n">
         <v>1576416.0</v>
       </c>
-      <c r="EB32" s="13" t="inlineStr">
-[...48 lines deleted...]
-      </c>
       <c r="EL32" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="EM32" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="EN32" s="14" t="n">
-[...2 lines deleted...]
-      <c r="EO32" s="14" t="n">
+      <c r="EN32" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EO32" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EP32" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EQ32" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="ER32" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="ES32" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="ET32" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EU32" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EV32" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EW32" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EX32" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EY32" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EZ32" s="14" t="n">
+        <v>348206.0</v>
+      </c>
+      <c r="FA32" s="14" t="n">
         <v>762966.0</v>
       </c>
-      <c r="EP32" s="14" t="n">
+      <c r="FB32" s="14" t="n">
         <v>1038679.0</v>
       </c>
-      <c r="EQ32" s="14" t="n">
+      <c r="FC32" s="14" t="n">
         <v>1196281.0</v>
       </c>
-      <c r="ER32" s="14" t="n">
+      <c r="FD32" s="14" t="n">
         <v>1285653.0</v>
       </c>
-      <c r="ES32" s="14" t="n">
+      <c r="FE32" s="14" t="n">
         <v>1201464.0</v>
       </c>
-      <c r="ET32" s="14" t="n">
+      <c r="FF32" s="14" t="n">
         <v>1397153.0</v>
       </c>
-      <c r="EU32" s="14" t="n">
+      <c r="FG32" s="14" t="n">
         <v>1208913.0</v>
       </c>
-      <c r="EV32" s="14" t="n">
+      <c r="FH32" s="14" t="n">
         <v>1133816.0</v>
       </c>
-      <c r="EW32" s="14" t="n">
+      <c r="FI32" s="14" t="n">
         <v>1338034.0</v>
       </c>
-      <c r="EX32" s="14" t="n">
+      <c r="FJ32" s="14" t="n">
         <v>1214238.0</v>
       </c>
-      <c r="EY32" s="14" t="n">
+      <c r="FK32" s="14" t="n">
         <v>1502821.0</v>
       </c>
-      <c r="EZ32" s="14" t="n">
+      <c r="FL32" s="14" t="n">
         <v>2493615.0</v>
       </c>
-      <c r="FA32" s="14" t="n">
+      <c r="FM32" s="14" t="n">
         <v>1576416.0</v>
       </c>
-      <c r="FB32" s="14" t="n">
+      <c r="FN32" s="14" t="n">
+        <v>4002376.0</v>
+      </c>
+      <c r="FO32" s="14" t="n">
         <v>4880544.0</v>
       </c>
-      <c r="FC32" s="14" t="n">
+      <c r="FP32" s="14" t="n">
         <v>5639901.0</v>
       </c>
-      <c r="FD32" s="14" t="n">
+      <c r="FQ32" s="14" t="n">
         <v>6516023.0</v>
       </c>
-      <c r="FE32" s="14" t="n">
+      <c r="FR32" s="14" t="n">
         <v>5920820.0</v>
       </c>
-      <c r="FF32" s="14" t="n">
+      <c r="FS32" s="14" t="n">
         <v>7088102.0</v>
       </c>
-      <c r="FG32" s="14" t="n">
+      <c r="FT32" s="14" t="n">
         <v>7212528.0</v>
       </c>
-      <c r="FH32" s="14" t="n">
-[...5 lines deleted...]
-      <c r="FJ32" s="14" t="n">
+      <c r="FU32" s="14" t="n">
+        <v>6728013.0</v>
+      </c>
+      <c r="FV32" s="14" t="n">
+        <v>8000087.0</v>
+      </c>
+      <c r="FW32" s="14" t="n">
         <v>9162190.0</v>
       </c>
-      <c r="FK32" s="14" t="n">
+      <c r="FX32" s="14" t="n">
         <v>9452283.0</v>
       </c>
-      <c r="FL32" s="14" t="n">
+      <c r="FY32" s="14" t="n">
         <v>1.0298721E7</v>
       </c>
-      <c r="FM32" s="14" t="n">
+      <c r="FZ32" s="14" t="n">
         <v>1.181324E7</v>
       </c>
-      <c r="FN32" s="14" t="n">
+      <c r="GA32" s="14" t="n">
         <v>1.3359452E7</v>
       </c>
-      <c r="FO32" s="13" t="inlineStr">
-[...61 lines deleted...]
-      </c>
       <c r="GB32" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GC32" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GD32" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GE32" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GF32" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GG32" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GH32" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GI32" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GJ32" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GK32" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GL32" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GM32" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GN32" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GO32" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GP32" s="14" t="n">
+        <v>4002376.0</v>
+      </c>
+      <c r="GQ32" s="14" t="n">
         <v>4880544.0</v>
       </c>
-      <c r="GC32" s="14" t="n">
+      <c r="GR32" s="14" t="n">
         <v>5639901.0</v>
       </c>
-      <c r="GD32" s="14" t="n">
+      <c r="GS32" s="14" t="n">
         <v>6516023.0</v>
       </c>
-      <c r="GE32" s="14" t="n">
+      <c r="GT32" s="14" t="n">
         <v>5920820.0</v>
       </c>
-      <c r="GF32" s="14" t="n">
+      <c r="GU32" s="14" t="n">
         <v>7088102.0</v>
       </c>
-      <c r="GG32" s="14" t="n">
+      <c r="GV32" s="14" t="n">
         <v>7212528.0</v>
       </c>
-      <c r="GH32" s="14" t="n">
-[...5 lines deleted...]
-      <c r="GJ32" s="14" t="n">
+      <c r="GW32" s="14" t="n">
+        <v>6728013.0</v>
+      </c>
+      <c r="GX32" s="14" t="n">
+        <v>8000087.0</v>
+      </c>
+      <c r="GY32" s="14" t="n">
         <v>9162190.0</v>
       </c>
-      <c r="GK32" s="14" t="n">
+      <c r="GZ32" s="14" t="n">
         <v>9452283.0</v>
       </c>
-      <c r="GL32" s="14" t="n">
+      <c r="HA32" s="14" t="n">
         <v>1.0298721E7</v>
       </c>
-      <c r="GM32" s="14" t="n">
+      <c r="HB32" s="14" t="n">
         <v>1.181324E7</v>
       </c>
-      <c r="GN32" s="14" t="n">
+      <c r="HC32" s="14" t="n">
         <v>1.3359452E7</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="6" t="inlineStr">
         <is>
           <t>10.2. Mixed and undifferentiated materials</t>
         </is>
       </c>
       <c r="B33" s="14" t="n">
+        <v>414579.0</v>
+      </c>
+      <c r="C33" s="14" t="n">
         <v>514347.0</v>
       </c>
-      <c r="C33" s="14" t="n">
+      <c r="D33" s="14" t="n">
         <v>580294.0</v>
       </c>
-      <c r="D33" s="14" t="n">
+      <c r="E33" s="14" t="n">
         <v>631100.0</v>
       </c>
-      <c r="E33" s="14" t="n">
+      <c r="F33" s="14" t="n">
         <v>227122.0</v>
       </c>
-      <c r="F33" s="14" t="n">
+      <c r="G33" s="14" t="n">
         <v>212066.0</v>
       </c>
-      <c r="G33" s="14" t="n">
+      <c r="H33" s="14" t="n">
         <v>152860.0</v>
       </c>
-      <c r="H33" s="14" t="n">
+      <c r="I33" s="14" t="n">
         <v>204068.0</v>
       </c>
-      <c r="I33" s="14" t="n">
+      <c r="J33" s="14" t="n">
         <v>252974.0</v>
       </c>
-      <c r="J33" s="14" t="n">
+      <c r="K33" s="14" t="n">
         <v>148796.0</v>
       </c>
-      <c r="K33" s="14" t="n">
+      <c r="L33" s="14" t="n">
         <v>138669.0</v>
       </c>
-      <c r="L33" s="14" t="n">
+      <c r="M33" s="14" t="n">
         <v>130268.0</v>
       </c>
-      <c r="M33" s="14" t="n">
+      <c r="N33" s="14" t="n">
         <v>19609.0</v>
       </c>
-      <c r="N33" s="14" t="n">
+      <c r="O33" s="14" t="n">
         <v>195095.0</v>
       </c>
-      <c r="O33" s="14" t="n">
+      <c r="P33" s="14" t="n">
+        <v>603.0</v>
+      </c>
+      <c r="Q33" s="14" t="n">
         <v>1517.0</v>
       </c>
-      <c r="P33" s="14" t="n">
+      <c r="R33" s="14" t="n">
         <v>3121.0</v>
       </c>
-      <c r="Q33" s="14" t="n">
+      <c r="S33" s="14" t="n">
         <v>1995.0</v>
       </c>
-      <c r="R33" s="14" t="n">
+      <c r="T33" s="14" t="n">
         <v>3388.0</v>
       </c>
-      <c r="S33" s="14" t="n">
+      <c r="U33" s="14" t="n">
         <v>1642.0</v>
       </c>
-      <c r="T33" s="14" t="n">
+      <c r="V33" s="14" t="n">
         <v>1554.0</v>
       </c>
-      <c r="U33" s="14" t="n">
+      <c r="W33" s="14" t="n">
         <v>3355.0</v>
       </c>
-      <c r="V33" s="14" t="n">
+      <c r="X33" s="14" t="n">
         <v>4420.0</v>
       </c>
-      <c r="W33" s="14" t="n">
+      <c r="Y33" s="14" t="n">
         <v>2001.0</v>
       </c>
-      <c r="X33" s="14" t="n">
+      <c r="Z33" s="14" t="n">
         <v>2649.0</v>
       </c>
-      <c r="Y33" s="14" t="n">
+      <c r="AA33" s="14" t="n">
         <v>679.0</v>
       </c>
-      <c r="Z33" s="14" t="n">
+      <c r="AB33" s="14" t="n">
         <v>1.0</v>
       </c>
-      <c r="AA33" s="14" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="AC33" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="AD33" s="14" t="n">
+        <v>415182.0</v>
+      </c>
+      <c r="AE33" s="14" t="n">
+        <v>515863.0</v>
+      </c>
+      <c r="AF33" s="14" t="n">
         <v>583415.0</v>
       </c>
-      <c r="AD33" s="14" t="n">
+      <c r="AG33" s="14" t="n">
         <v>633095.0</v>
       </c>
-      <c r="AE33" s="14" t="n">
+      <c r="AH33" s="14" t="n">
         <v>230510.0</v>
       </c>
-      <c r="AF33" s="14" t="n">
+      <c r="AI33" s="14" t="n">
         <v>213708.0</v>
       </c>
-      <c r="AG33" s="14" t="n">
+      <c r="AJ33" s="14" t="n">
         <v>154414.0</v>
       </c>
-      <c r="AH33" s="14" t="n">
+      <c r="AK33" s="14" t="n">
         <v>207423.0</v>
       </c>
-      <c r="AI33" s="14" t="n">
+      <c r="AL33" s="14" t="n">
         <v>257394.0</v>
       </c>
-      <c r="AJ33" s="14" t="n">
+      <c r="AM33" s="14" t="n">
         <v>150797.0</v>
       </c>
-      <c r="AK33" s="14" t="n">
+      <c r="AN33" s="14" t="n">
         <v>141318.0</v>
       </c>
-      <c r="AL33" s="14" t="n">
+      <c r="AO33" s="14" t="n">
         <v>130947.0</v>
       </c>
-      <c r="AM33" s="14" t="n">
+      <c r="AP33" s="14" t="n">
         <v>19610.0</v>
       </c>
-      <c r="AN33" s="14" t="n">
+      <c r="AQ33" s="14" t="n">
         <v>195095.0</v>
       </c>
-      <c r="AO33" s="14" t="n">
-[...7 lines deleted...]
-      </c>
       <c r="AR33" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AS33" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AT33" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AU33" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="AV33" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="AW33" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="AX33" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="AY33" s="14" t="n">
         <v>119.0</v>
       </c>
-      <c r="AV33" s="14" t="n">
-[...10 lines deleted...]
-      </c>
       <c r="AZ33" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BA33" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BB33" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BC33" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BD33" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BE33" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BF33" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BG33" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BH33" s="14" t="n">
@@ -17282,566 +18271,611 @@
       <c r="BM33" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BN33" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BO33" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BP33" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BQ33" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BR33" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BS33" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BT33" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BU33" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BV33" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BW33" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BX33" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BY33" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BZ33" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CA33" s="14" t="n">
         <v>119.0</v>
       </c>
-      <c r="BV33" s="14" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="CB33" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CC33" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CD33" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CE33" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CF33" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CG33" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CH33" s="14" t="n">
+        <v>829419.0</v>
+      </c>
+      <c r="CI33" s="14" t="n">
         <v>705298.0</v>
       </c>
-      <c r="CC33" s="14" t="n">
+      <c r="CJ33" s="14" t="n">
         <v>747862.0</v>
       </c>
-      <c r="CD33" s="14" t="n">
+      <c r="CK33" s="14" t="n">
         <v>622102.0</v>
       </c>
-      <c r="CE33" s="14" t="n">
+      <c r="CL33" s="14" t="n">
         <v>835022.0</v>
       </c>
-      <c r="CF33" s="14" t="n">
+      <c r="CM33" s="14" t="n">
         <v>880955.0</v>
       </c>
-      <c r="CG33" s="14" t="n">
+      <c r="CN33" s="14" t="n">
         <v>826423.0</v>
       </c>
-      <c r="CH33" s="14" t="n">
+      <c r="CO33" s="14" t="n">
         <v>833975.0</v>
       </c>
-      <c r="CI33" s="14" t="n">
+      <c r="CP33" s="14" t="n">
         <v>1745905.0</v>
       </c>
-      <c r="CJ33" s="14" t="n">
+      <c r="CQ33" s="14" t="n">
         <v>2034386.0</v>
       </c>
-      <c r="CK33" s="14" t="n">
+      <c r="CR33" s="14" t="n">
         <v>1188508.0</v>
       </c>
-      <c r="CL33" s="14" t="n">
+      <c r="CS33" s="14" t="n">
         <v>1900245.0</v>
       </c>
-      <c r="CM33" s="14" t="n">
+      <c r="CT33" s="14" t="n">
         <v>1006516.0</v>
       </c>
-      <c r="CN33" s="14" t="n">
+      <c r="CU33" s="14" t="n">
         <v>2322743.0</v>
       </c>
-      <c r="CO33" s="14" t="n">
+      <c r="CV33" s="14" t="n">
+        <v>370.0</v>
+      </c>
+      <c r="CW33" s="14" t="n">
         <v>771.0</v>
       </c>
-      <c r="CP33" s="14" t="n">
+      <c r="CX33" s="14" t="n">
         <v>2353.0</v>
       </c>
-      <c r="CQ33" s="14" t="n">
+      <c r="CY33" s="14" t="n">
         <v>1943.0</v>
       </c>
-      <c r="CR33" s="14" t="n">
+      <c r="CZ33" s="14" t="n">
         <v>2037.0</v>
       </c>
-      <c r="CS33" s="14" t="n">
+      <c r="DA33" s="14" t="n">
         <v>2094.0</v>
       </c>
-      <c r="CT33" s="14" t="n">
+      <c r="DB33" s="14" t="n">
         <v>2642.0</v>
       </c>
-      <c r="CU33" s="14" t="n">
+      <c r="DC33" s="14" t="n">
         <v>2341.0</v>
       </c>
-      <c r="CV33" s="14" t="n">
+      <c r="DD33" s="14" t="n">
         <v>4326.0</v>
       </c>
-      <c r="CW33" s="14" t="n">
+      <c r="DE33" s="14" t="n">
         <v>3626.0</v>
       </c>
-      <c r="CX33" s="14" t="n">
+      <c r="DF33" s="14" t="n">
         <v>2937.0</v>
       </c>
-      <c r="CY33" s="14" t="n">
+      <c r="DG33" s="14" t="n">
         <v>11059.0</v>
       </c>
-      <c r="CZ33" s="14" t="n">
+      <c r="DH33" s="14" t="n">
         <v>11044.0</v>
       </c>
-      <c r="DA33" s="14" t="n">
+      <c r="DI33" s="14" t="n">
         <v>8479.0</v>
       </c>
-      <c r="DB33" s="14" t="n">
-[...2 lines deleted...]
-      <c r="DC33" s="14" t="n">
+      <c r="DJ33" s="14" t="n">
+        <v>829789.0</v>
+      </c>
+      <c r="DK33" s="14" t="n">
+        <v>706068.0</v>
+      </c>
+      <c r="DL33" s="14" t="n">
         <v>750215.0</v>
       </c>
-      <c r="DD33" s="14" t="n">
+      <c r="DM33" s="14" t="n">
         <v>624045.0</v>
       </c>
-      <c r="DE33" s="14" t="n">
-[...2 lines deleted...]
-      <c r="DF33" s="14" t="n">
+      <c r="DN33" s="14" t="n">
+        <v>837058.0</v>
+      </c>
+      <c r="DO33" s="14" t="n">
         <v>883049.0</v>
       </c>
-      <c r="DG33" s="14" t="n">
+      <c r="DP33" s="14" t="n">
         <v>829065.0</v>
       </c>
-      <c r="DH33" s="14" t="n">
-[...5 lines deleted...]
-      <c r="DJ33" s="14" t="n">
+      <c r="DQ33" s="14" t="n">
+        <v>836317.0</v>
+      </c>
+      <c r="DR33" s="14" t="n">
+        <v>1750232.0</v>
+      </c>
+      <c r="DS33" s="14" t="n">
         <v>2038012.0</v>
       </c>
-      <c r="DK33" s="14" t="n">
+      <c r="DT33" s="14" t="n">
         <v>1191445.0</v>
       </c>
-      <c r="DL33" s="14" t="n">
+      <c r="DU33" s="14" t="n">
         <v>1911304.0</v>
       </c>
-      <c r="DM33" s="14" t="n">
+      <c r="DV33" s="14" t="n">
         <v>1017560.0</v>
       </c>
-      <c r="DN33" s="14" t="n">
+      <c r="DW33" s="14" t="n">
         <v>2331222.0</v>
       </c>
-      <c r="DO33" s="14" t="n">
+      <c r="DX33" s="14" t="n">
+        <v>242256.0</v>
+      </c>
+      <c r="DY33" s="14" t="n">
         <v>180906.0</v>
       </c>
-      <c r="DP33" s="14" t="n">
+      <c r="DZ33" s="14" t="n">
         <v>316830.0</v>
       </c>
-      <c r="DQ33" s="14" t="n">
+      <c r="EA33" s="14" t="n">
         <v>190102.0</v>
       </c>
-      <c r="DR33" s="14" t="n">
+      <c r="EB33" s="14" t="n">
         <v>225838.0</v>
       </c>
-      <c r="DS33" s="14" t="n">
+      <c r="EC33" s="14" t="n">
         <v>234778.0</v>
       </c>
-      <c r="DT33" s="14" t="n">
+      <c r="ED33" s="14" t="n">
         <v>221506.0</v>
       </c>
-      <c r="DU33" s="14" t="n">
+      <c r="EE33" s="14" t="n">
         <v>209207.0</v>
       </c>
-      <c r="DV33" s="14" t="n">
+      <c r="EF33" s="14" t="n">
         <v>268391.0</v>
       </c>
-      <c r="DW33" s="14" t="n">
+      <c r="EG33" s="14" t="n">
         <v>292431.0</v>
       </c>
-      <c r="DX33" s="14" t="n">
+      <c r="EH33" s="14" t="n">
         <v>244341.0</v>
       </c>
-      <c r="DY33" s="14" t="n">
+      <c r="EI33" s="14" t="n">
         <v>193270.0</v>
       </c>
-      <c r="DZ33" s="14" t="n">
-[...2 lines deleted...]
-      <c r="EA33" s="14" t="n">
+      <c r="EJ33" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EK33" s="14" t="n">
         <v>2773.0</v>
       </c>
-      <c r="EB33" s="14" t="n">
+      <c r="EL33" s="14" t="n">
+        <v>1349.0</v>
+      </c>
+      <c r="EM33" s="14" t="n">
         <v>1376.0</v>
       </c>
-      <c r="EC33" s="14" t="n">
+      <c r="EN33" s="14" t="n">
         <v>1453.0</v>
       </c>
-      <c r="ED33" s="14" t="n">
+      <c r="EO33" s="14" t="n">
         <v>1381.0</v>
       </c>
-      <c r="EE33" s="14" t="n">
-[...11 lines deleted...]
-      <c r="EI33" s="14" t="n">
+      <c r="EP33" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EQ33" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="ER33" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="ES33" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="ET33" s="14" t="n">
         <v>450.0</v>
       </c>
-      <c r="EJ33" s="14" t="n">
+      <c r="EU33" s="14" t="n">
         <v>495.0</v>
       </c>
-      <c r="EK33" s="14" t="n">
+      <c r="EV33" s="14" t="n">
         <v>494.0</v>
       </c>
-      <c r="EL33" s="14" t="n">
+      <c r="EW33" s="14" t="n">
         <v>612.0</v>
       </c>
-      <c r="EM33" s="14" t="n">
+      <c r="EX33" s="14" t="n">
         <v>1111.0</v>
       </c>
-      <c r="EN33" s="14" t="n">
+      <c r="EY33" s="14" t="n">
         <v>497.0</v>
       </c>
-      <c r="EO33" s="14" t="n">
+      <c r="EZ33" s="14" t="n">
+        <v>243605.0</v>
+      </c>
+      <c r="FA33" s="14" t="n">
         <v>182282.0</v>
       </c>
-      <c r="EP33" s="14" t="n">
+      <c r="FB33" s="14" t="n">
         <v>318283.0</v>
       </c>
-      <c r="EQ33" s="14" t="n">
+      <c r="FC33" s="14" t="n">
         <v>191483.0</v>
       </c>
-      <c r="ER33" s="14" t="n">
+      <c r="FD33" s="14" t="n">
         <v>225838.0</v>
       </c>
-      <c r="ES33" s="14" t="n">
+      <c r="FE33" s="14" t="n">
         <v>234778.0</v>
       </c>
-      <c r="ET33" s="14" t="n">
+      <c r="FF33" s="14" t="n">
         <v>221506.0</v>
       </c>
-      <c r="EU33" s="14" t="n">
+      <c r="FG33" s="14" t="n">
         <v>209207.0</v>
       </c>
-      <c r="EV33" s="14" t="n">
+      <c r="FH33" s="14" t="n">
         <v>268841.0</v>
       </c>
-      <c r="EW33" s="14" t="n">
+      <c r="FI33" s="14" t="n">
         <v>292926.0</v>
       </c>
-      <c r="EX33" s="14" t="n">
+      <c r="FJ33" s="14" t="n">
         <v>244835.0</v>
       </c>
-      <c r="EY33" s="14" t="n">
+      <c r="FK33" s="14" t="n">
         <v>193882.0</v>
       </c>
-      <c r="EZ33" s="14" t="n">
+      <c r="FL33" s="14" t="n">
         <v>1111.0</v>
       </c>
-      <c r="FA33" s="14" t="n">
+      <c r="FM33" s="14" t="n">
         <v>3270.0</v>
       </c>
-      <c r="FB33" s="14" t="n">
+      <c r="FN33" s="14" t="n">
+        <v>1486254.0</v>
+      </c>
+      <c r="FO33" s="14" t="n">
         <v>1400551.0</v>
       </c>
-      <c r="FC33" s="14" t="n">
-[...2 lines deleted...]
-      <c r="FD33" s="14" t="n">
+      <c r="FP33" s="14" t="n">
+        <v>1644987.0</v>
+      </c>
+      <c r="FQ33" s="14" t="n">
         <v>1443304.0</v>
       </c>
-      <c r="FE33" s="14" t="n">
-[...2 lines deleted...]
-      <c r="FF33" s="14" t="n">
+      <c r="FR33" s="14" t="n">
+        <v>1287981.0</v>
+      </c>
+      <c r="FS33" s="14" t="n">
         <v>1327799.0</v>
       </c>
-      <c r="FG33" s="14" t="n">
+      <c r="FT33" s="14" t="n">
         <v>1200789.0</v>
       </c>
-      <c r="FH33" s="14" t="n">
+      <c r="FU33" s="14" t="n">
         <v>1247369.0</v>
       </c>
-      <c r="FI33" s="14" t="n">
+      <c r="FV33" s="14" t="n">
         <v>2267270.0</v>
       </c>
-      <c r="FJ33" s="14" t="n">
+      <c r="FW33" s="14" t="n">
         <v>2475613.0</v>
       </c>
-      <c r="FK33" s="14" t="n">
+      <c r="FX33" s="14" t="n">
         <v>1571518.0</v>
       </c>
-      <c r="FL33" s="14" t="n">
+      <c r="FY33" s="14" t="n">
         <v>2223783.0</v>
       </c>
-      <c r="FM33" s="14" t="n">
+      <c r="FZ33" s="14" t="n">
         <v>1026125.0</v>
       </c>
-      <c r="FN33" s="14" t="n">
+      <c r="GA33" s="14" t="n">
         <v>2520611.0</v>
       </c>
-      <c r="FO33" s="14" t="n">
-[...2 lines deleted...]
-      <c r="FP33" s="14" t="n">
+      <c r="GB33" s="14" t="n">
+        <v>2322.0</v>
+      </c>
+      <c r="GC33" s="14" t="n">
+        <v>3663.0</v>
+      </c>
+      <c r="GD33" s="14" t="n">
         <v>6927.0</v>
       </c>
-      <c r="FQ33" s="14" t="n">
+      <c r="GE33" s="14" t="n">
         <v>5319.0</v>
       </c>
-      <c r="FR33" s="14" t="n">
+      <c r="GF33" s="14" t="n">
         <v>5425.0</v>
       </c>
-      <c r="FS33" s="14" t="n">
+      <c r="GG33" s="14" t="n">
         <v>3736.0</v>
       </c>
-      <c r="FT33" s="14" t="n">
+      <c r="GH33" s="14" t="n">
         <v>4196.0</v>
       </c>
-      <c r="FU33" s="14" t="n">
+      <c r="GI33" s="14" t="n">
         <v>5696.0</v>
       </c>
-      <c r="FV33" s="14" t="n">
+      <c r="GJ33" s="14" t="n">
         <v>9196.0</v>
       </c>
-      <c r="FW33" s="14" t="n">
+      <c r="GK33" s="14" t="n">
         <v>6122.0</v>
       </c>
-      <c r="FX33" s="14" t="n">
+      <c r="GL33" s="14" t="n">
         <v>6080.0</v>
       </c>
-      <c r="FY33" s="14" t="n">
+      <c r="GM33" s="14" t="n">
         <v>12350.0</v>
       </c>
-      <c r="FZ33" s="14" t="n">
+      <c r="GN33" s="14" t="n">
         <v>12156.0</v>
       </c>
-      <c r="GA33" s="14" t="n">
+      <c r="GO33" s="14" t="n">
         <v>8976.0</v>
       </c>
-      <c r="GB33" s="14" t="n">
-[...2 lines deleted...]
-      <c r="GC33" s="14" t="n">
+      <c r="GP33" s="14" t="n">
+        <v>1488576.0</v>
+      </c>
+      <c r="GQ33" s="14" t="n">
+        <v>1404214.0</v>
+      </c>
+      <c r="GR33" s="14" t="n">
         <v>1651913.0</v>
       </c>
-      <c r="GD33" s="14" t="n">
+      <c r="GS33" s="14" t="n">
         <v>1448623.0</v>
       </c>
-      <c r="GE33" s="14" t="n">
-[...2 lines deleted...]
-      <c r="GF33" s="14" t="n">
+      <c r="GT33" s="14" t="n">
+        <v>1293406.0</v>
+      </c>
+      <c r="GU33" s="14" t="n">
         <v>1331535.0</v>
       </c>
-      <c r="GG33" s="14" t="n">
+      <c r="GV33" s="14" t="n">
         <v>1204985.0</v>
       </c>
-      <c r="GH33" s="14" t="n">
+      <c r="GW33" s="14" t="n">
         <v>1253065.0</v>
       </c>
-      <c r="GI33" s="14" t="n">
+      <c r="GX33" s="14" t="n">
         <v>2276466.0</v>
       </c>
-      <c r="GJ33" s="14" t="n">
+      <c r="GY33" s="14" t="n">
         <v>2481735.0</v>
       </c>
-      <c r="GK33" s="14" t="n">
+      <c r="GZ33" s="14" t="n">
         <v>1577598.0</v>
       </c>
-      <c r="GL33" s="14" t="n">
+      <c r="HA33" s="14" t="n">
         <v>2236133.0</v>
       </c>
-      <c r="GM33" s="14" t="n">
+      <c r="HB33" s="14" t="n">
         <v>1038281.0</v>
       </c>
-      <c r="GN33" s="14" t="n">
+      <c r="HC33" s="14" t="n">
         <v>2529587.0</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="6" t="inlineStr">
         <is>
           <t>10.3. Separation waste</t>
         </is>
       </c>
       <c r="B34" s="14" t="n">
+        <v>2812654.0</v>
+      </c>
+      <c r="C34" s="14" t="n">
         <v>3094170.0</v>
       </c>
-      <c r="C34" s="14" t="n">
+      <c r="D34" s="14" t="n">
         <v>2949993.0</v>
       </c>
-      <c r="D34" s="14" t="n">
+      <c r="E34" s="14" t="n">
         <v>2922210.0</v>
       </c>
-      <c r="E34" s="14" t="n">
+      <c r="F34" s="14" t="n">
         <v>3249834.0</v>
       </c>
-      <c r="F34" s="14" t="n">
+      <c r="G34" s="14" t="n">
         <v>3313174.0</v>
       </c>
-      <c r="G34" s="14" t="n">
+      <c r="H34" s="14" t="n">
         <v>2610464.0</v>
       </c>
-      <c r="H34" s="14" t="n">
+      <c r="I34" s="14" t="n">
         <v>2717871.0</v>
       </c>
-      <c r="I34" s="14" t="n">
+      <c r="J34" s="14" t="n">
         <v>2950261.0</v>
       </c>
-      <c r="J34" s="14" t="n">
+      <c r="K34" s="14" t="n">
         <v>3298590.0</v>
       </c>
-      <c r="K34" s="14" t="n">
+      <c r="L34" s="14" t="n">
         <v>2376531.0</v>
       </c>
-      <c r="L34" s="14" t="n">
+      <c r="M34" s="14" t="n">
         <v>926955.0</v>
       </c>
-      <c r="M34" s="14" t="n">
+      <c r="N34" s="14" t="n">
         <v>2405086.0</v>
       </c>
-      <c r="N34" s="14" t="n">
+      <c r="O34" s="14" t="n">
         <v>14252.0</v>
       </c>
-      <c r="O34" s="14" t="n">
+      <c r="P34" s="14" t="n">
+        <v>19940.0</v>
+      </c>
+      <c r="Q34" s="14" t="n">
         <v>10865.0</v>
       </c>
-      <c r="P34" s="14" t="n">
+      <c r="R34" s="14" t="n">
         <v>18522.0</v>
       </c>
-      <c r="Q34" s="14" t="n">
+      <c r="S34" s="14" t="n">
         <v>20291.0</v>
       </c>
-      <c r="R34" s="14" t="n">
+      <c r="T34" s="14" t="n">
         <v>21559.0</v>
       </c>
-      <c r="S34" s="14" t="n">
+      <c r="U34" s="14" t="n">
         <v>29419.0</v>
       </c>
-      <c r="T34" s="14" t="n">
+      <c r="V34" s="14" t="n">
         <v>29603.0</v>
       </c>
-      <c r="U34" s="14" t="n">
+      <c r="W34" s="14" t="n">
         <v>25472.0</v>
       </c>
-      <c r="V34" s="14" t="n">
+      <c r="X34" s="14" t="n">
         <v>23039.0</v>
       </c>
-      <c r="W34" s="14" t="n">
+      <c r="Y34" s="14" t="n">
         <v>34685.0</v>
       </c>
-      <c r="X34" s="14" t="n">
+      <c r="Z34" s="14" t="n">
         <v>9938.0</v>
       </c>
-      <c r="Y34" s="14" t="n">
+      <c r="AA34" s="14" t="n">
         <v>6381.0</v>
       </c>
-      <c r="Z34" s="14" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="AB34" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="AC34" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="AD34" s="14" t="n">
+        <v>2832594.0</v>
+      </c>
+      <c r="AE34" s="14" t="n">
         <v>3105035.0</v>
       </c>
-      <c r="AC34" s="14" t="n">
-[...2 lines deleted...]
-      <c r="AD34" s="14" t="n">
+      <c r="AF34" s="14" t="n">
+        <v>2968514.0</v>
+      </c>
+      <c r="AG34" s="14" t="n">
         <v>2942501.0</v>
       </c>
-      <c r="AE34" s="14" t="n">
+      <c r="AH34" s="14" t="n">
         <v>3271393.0</v>
       </c>
-      <c r="AF34" s="14" t="n">
+      <c r="AI34" s="14" t="n">
         <v>3342593.0</v>
       </c>
-      <c r="AG34" s="14" t="n">
-[...2 lines deleted...]
-      <c r="AH34" s="14" t="n">
+      <c r="AJ34" s="14" t="n">
+        <v>2640066.0</v>
+      </c>
+      <c r="AK34" s="14" t="n">
         <v>2743343.0</v>
       </c>
-      <c r="AI34" s="14" t="n">
+      <c r="AL34" s="14" t="n">
         <v>2973300.0</v>
       </c>
-      <c r="AJ34" s="14" t="n">
+      <c r="AM34" s="14" t="n">
         <v>3333275.0</v>
       </c>
-      <c r="AK34" s="14" t="n">
+      <c r="AN34" s="14" t="n">
         <v>2386469.0</v>
       </c>
-      <c r="AL34" s="14" t="n">
+      <c r="AO34" s="14" t="n">
         <v>933336.0</v>
       </c>
-      <c r="AM34" s="14" t="n">
+      <c r="AP34" s="14" t="n">
         <v>2405086.0</v>
       </c>
-      <c r="AN34" s="14" t="n">
+      <c r="AQ34" s="14" t="n">
         <v>14252.0</v>
       </c>
-      <c r="AO34" s="14" t="n">
+      <c r="AR34" s="14" t="n">
+        <v>20069.0</v>
+      </c>
+      <c r="AS34" s="14" t="n">
         <v>4275.0</v>
       </c>
-      <c r="AP34" s="14" t="n">
+      <c r="AT34" s="14" t="n">
         <v>35206.0</v>
       </c>
-      <c r="AQ34" s="14" t="n">
+      <c r="AU34" s="14" t="n">
         <v>5477.0</v>
       </c>
-      <c r="AR34" s="14" t="n">
-[...10 lines deleted...]
-      </c>
       <c r="AV34" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AW34" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AX34" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AY34" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AZ34" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BA34" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BB34" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BC34" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BD34" s="14" t="n">
@@ -17856,490 +18890,533 @@
       <c r="BG34" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BH34" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BI34" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BJ34" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BK34" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BL34" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BM34" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BN34" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BO34" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BP34" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BQ34" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BR34" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BS34" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BT34" s="14" t="n">
+        <v>20069.0</v>
+      </c>
+      <c r="BU34" s="14" t="n">
         <v>4275.0</v>
       </c>
-      <c r="BP34" s="14" t="n">
+      <c r="BV34" s="14" t="n">
         <v>35206.0</v>
       </c>
-      <c r="BQ34" s="14" t="n">
+      <c r="BW34" s="14" t="n">
         <v>5477.0</v>
       </c>
-      <c r="BR34" s="14" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="BX34" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BY34" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BZ34" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="CA34" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="CB34" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CC34" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CD34" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CE34" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CF34" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CG34" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CH34" s="14" t="n">
+        <v>1.1536827E7</v>
+      </c>
+      <c r="CI34" s="14" t="n">
         <v>1.25936E7</v>
       </c>
-      <c r="CC34" s="14" t="n">
+      <c r="CJ34" s="14" t="n">
         <v>1.5037452E7</v>
       </c>
-      <c r="CD34" s="14" t="n">
+      <c r="CK34" s="14" t="n">
         <v>1.126135E7</v>
       </c>
-      <c r="CE34" s="14" t="n">
+      <c r="CL34" s="14" t="n">
         <v>1.1971963E7</v>
       </c>
-      <c r="CF34" s="14" t="n">
+      <c r="CM34" s="14" t="n">
         <v>1.1705331E7</v>
       </c>
-      <c r="CG34" s="14" t="n">
+      <c r="CN34" s="14" t="n">
         <v>9932633.0</v>
       </c>
-      <c r="CH34" s="14" t="n">
+      <c r="CO34" s="14" t="n">
         <v>9593786.0</v>
       </c>
-      <c r="CI34" s="14" t="n">
+      <c r="CP34" s="14" t="n">
         <v>8796684.0</v>
       </c>
-      <c r="CJ34" s="14" t="n">
+      <c r="CQ34" s="14" t="n">
         <v>8190485.0</v>
       </c>
-      <c r="CK34" s="14" t="n">
+      <c r="CR34" s="14" t="n">
         <v>6451766.0</v>
       </c>
-      <c r="CL34" s="14" t="n">
+      <c r="CS34" s="14" t="n">
         <v>5737761.0</v>
       </c>
-      <c r="CM34" s="14" t="n">
+      <c r="CT34" s="14" t="n">
         <v>5001835.0</v>
       </c>
-      <c r="CN34" s="14" t="n">
+      <c r="CU34" s="14" t="n">
         <v>5651140.0</v>
       </c>
-      <c r="CO34" s="14" t="n">
+      <c r="CV34" s="14" t="n">
+        <v>2771.0</v>
+      </c>
+      <c r="CW34" s="14" t="n">
         <v>2830.0</v>
       </c>
-      <c r="CP34" s="14" t="n">
+      <c r="CX34" s="14" t="n">
         <v>2358.0</v>
       </c>
-      <c r="CQ34" s="14" t="n">
+      <c r="CY34" s="14" t="n">
         <v>4463.0</v>
       </c>
-      <c r="CR34" s="14" t="n">
+      <c r="CZ34" s="14" t="n">
         <v>3718.0</v>
       </c>
-      <c r="CS34" s="14" t="n">
+      <c r="DA34" s="14" t="n">
         <v>4372.0</v>
       </c>
-      <c r="CT34" s="14" t="n">
+      <c r="DB34" s="14" t="n">
         <v>4047.0</v>
       </c>
-      <c r="CU34" s="14" t="n">
+      <c r="DC34" s="14" t="n">
         <v>3051.0</v>
       </c>
-      <c r="CV34" s="14" t="n">
+      <c r="DD34" s="14" t="n">
         <v>8823.0</v>
       </c>
-      <c r="CW34" s="14" t="n">
+      <c r="DE34" s="14" t="n">
         <v>7328.0</v>
       </c>
-      <c r="CX34" s="14" t="n">
+      <c r="DF34" s="14" t="n">
         <v>120.0</v>
       </c>
-      <c r="CY34" s="14" t="n">
+      <c r="DG34" s="14" t="n">
         <v>1058.0</v>
       </c>
-      <c r="CZ34" s="14" t="n">
+      <c r="DH34" s="14" t="n">
         <v>12775.0</v>
       </c>
-      <c r="DA34" s="14" t="n">
+      <c r="DI34" s="14" t="n">
         <v>16649.0</v>
       </c>
-      <c r="DB34" s="14" t="n">
-[...8 lines deleted...]
-      <c r="DE34" s="14" t="n">
+      <c r="DJ34" s="14" t="n">
+        <v>1.1539598E7</v>
+      </c>
+      <c r="DK34" s="14" t="n">
+        <v>1.2596429E7</v>
+      </c>
+      <c r="DL34" s="14" t="n">
+        <v>1.5039811E7</v>
+      </c>
+      <c r="DM34" s="14" t="n">
+        <v>1.1265812E7</v>
+      </c>
+      <c r="DN34" s="14" t="n">
         <v>1.1975681E7</v>
       </c>
-      <c r="DF34" s="14" t="n">
+      <c r="DO34" s="14" t="n">
         <v>1.1709703E7</v>
       </c>
-      <c r="DG34" s="14" t="n">
+      <c r="DP34" s="14" t="n">
         <v>9936680.0</v>
       </c>
-      <c r="DH34" s="14" t="n">
-[...2 lines deleted...]
-      <c r="DI34" s="14" t="n">
+      <c r="DQ34" s="14" t="n">
+        <v>9596836.0</v>
+      </c>
+      <c r="DR34" s="14" t="n">
         <v>8805507.0</v>
       </c>
-      <c r="DJ34" s="14" t="n">
+      <c r="DS34" s="14" t="n">
         <v>8197813.0</v>
       </c>
-      <c r="DK34" s="14" t="n">
+      <c r="DT34" s="14" t="n">
         <v>6451886.0</v>
       </c>
-      <c r="DL34" s="14" t="n">
+      <c r="DU34" s="14" t="n">
         <v>5738819.0</v>
       </c>
-      <c r="DM34" s="14" t="n">
+      <c r="DV34" s="14" t="n">
         <v>5014610.0</v>
       </c>
-      <c r="DN34" s="14" t="n">
+      <c r="DW34" s="14" t="n">
         <v>5667789.0</v>
       </c>
-      <c r="DO34" s="14" t="n">
+      <c r="DX34" s="14" t="n">
+        <v>1326331.0</v>
+      </c>
+      <c r="DY34" s="14" t="n">
         <v>1210028.0</v>
       </c>
-      <c r="DP34" s="14" t="n">
+      <c r="DZ34" s="14" t="n">
         <v>1776069.0</v>
       </c>
-      <c r="DQ34" s="14" t="n">
+      <c r="EA34" s="14" t="n">
         <v>1584968.0</v>
       </c>
-      <c r="DR34" s="14" t="n">
+      <c r="EB34" s="14" t="n">
         <v>1726122.0</v>
       </c>
-      <c r="DS34" s="14" t="n">
+      <c r="EC34" s="14" t="n">
         <v>1594340.0</v>
       </c>
-      <c r="DT34" s="14" t="n">
+      <c r="ED34" s="14" t="n">
         <v>1773873.0</v>
       </c>
-      <c r="DU34" s="14" t="n">
+      <c r="EE34" s="14" t="n">
         <v>1785135.0</v>
       </c>
-      <c r="DV34" s="14" t="n">
+      <c r="EF34" s="14" t="n">
         <v>1626858.0</v>
       </c>
-      <c r="DW34" s="14" t="n">
+      <c r="EG34" s="14" t="n">
         <v>1219109.0</v>
       </c>
-      <c r="DX34" s="14" t="n">
+      <c r="EH34" s="14" t="n">
         <v>1346268.0</v>
       </c>
-      <c r="DY34" s="14" t="n">
+      <c r="EI34" s="14" t="n">
         <v>942446.0</v>
       </c>
-      <c r="DZ34" s="14" t="n">
+      <c r="EJ34" s="14" t="n">
         <v>248452.0</v>
       </c>
-      <c r="EA34" s="14" t="n">
+      <c r="EK34" s="14" t="n">
         <v>531033.0</v>
       </c>
-      <c r="EB34" s="14" t="n">
+      <c r="EL34" s="14" t="n">
+        <v>47642.0</v>
+      </c>
+      <c r="EM34" s="14" t="n">
         <v>50282.0</v>
       </c>
-      <c r="EC34" s="14" t="n">
+      <c r="EN34" s="14" t="n">
         <v>52261.0</v>
       </c>
-      <c r="ED34" s="14" t="n">
+      <c r="EO34" s="14" t="n">
         <v>42473.0</v>
       </c>
-      <c r="EE34" s="14" t="n">
+      <c r="EP34" s="14" t="n">
         <v>40330.0</v>
       </c>
-      <c r="EF34" s="14" t="n">
+      <c r="EQ34" s="14" t="n">
         <v>33195.0</v>
       </c>
-      <c r="EG34" s="14" t="n">
+      <c r="ER34" s="14" t="n">
         <v>21554.0</v>
       </c>
-      <c r="EH34" s="14" t="n">
+      <c r="ES34" s="14" t="n">
         <v>27868.0</v>
       </c>
-      <c r="EI34" s="14" t="n">
+      <c r="ET34" s="14" t="n">
         <v>28433.0</v>
       </c>
-      <c r="EJ34" s="14" t="n">
+      <c r="EU34" s="14" t="n">
         <v>31624.0</v>
       </c>
-      <c r="EK34" s="14" t="n">
+      <c r="EV34" s="14" t="n">
         <v>28834.0</v>
       </c>
-      <c r="EL34" s="14" t="n">
+      <c r="EW34" s="14" t="n">
         <v>13800.0</v>
       </c>
-      <c r="EM34" s="14" t="n">
+      <c r="EX34" s="14" t="n">
         <v>2064.0</v>
       </c>
-      <c r="EN34" s="14" t="n">
+      <c r="EY34" s="14" t="n">
         <v>5589.0</v>
       </c>
-      <c r="EO34" s="14" t="n">
-[...2 lines deleted...]
-      <c r="EP34" s="14" t="n">
+      <c r="EZ34" s="14" t="n">
+        <v>1373973.0</v>
+      </c>
+      <c r="FA34" s="14" t="n">
+        <v>1260309.0</v>
+      </c>
+      <c r="FB34" s="14" t="n">
         <v>1828330.0</v>
       </c>
-      <c r="EQ34" s="14" t="n">
+      <c r="FC34" s="14" t="n">
         <v>1627441.0</v>
       </c>
-      <c r="ER34" s="14" t="n">
+      <c r="FD34" s="14" t="n">
         <v>1766452.0</v>
       </c>
-      <c r="ES34" s="14" t="n">
-[...2 lines deleted...]
-      <c r="ET34" s="14" t="n">
+      <c r="FE34" s="14" t="n">
+        <v>1627536.0</v>
+      </c>
+      <c r="FF34" s="14" t="n">
         <v>1795427.0</v>
       </c>
-      <c r="EU34" s="14" t="n">
-[...2 lines deleted...]
-      <c r="EV34" s="14" t="n">
+      <c r="FG34" s="14" t="n">
+        <v>1813004.0</v>
+      </c>
+      <c r="FH34" s="14" t="n">
         <v>1655291.0</v>
       </c>
-      <c r="EW34" s="14" t="n">
+      <c r="FI34" s="14" t="n">
         <v>1250733.0</v>
       </c>
-      <c r="EX34" s="14" t="n">
+      <c r="FJ34" s="14" t="n">
         <v>1375102.0</v>
       </c>
-      <c r="EY34" s="14" t="n">
+      <c r="FK34" s="14" t="n">
         <v>956246.0</v>
       </c>
-      <c r="EZ34" s="14" t="n">
+      <c r="FL34" s="14" t="n">
         <v>250516.0</v>
       </c>
-      <c r="FA34" s="14" t="n">
+      <c r="FM34" s="14" t="n">
         <v>536622.0</v>
       </c>
-      <c r="FB34" s="14" t="n">
-[...2 lines deleted...]
-      <c r="FC34" s="14" t="n">
+      <c r="FN34" s="14" t="n">
+        <v>1.5695881E7</v>
+      </c>
+      <c r="FO34" s="14" t="n">
+        <v>1.6902072E7</v>
+      </c>
+      <c r="FP34" s="14" t="n">
         <v>1.979872E7</v>
       </c>
-      <c r="FD34" s="14" t="n">
-[...2 lines deleted...]
-      <c r="FE34" s="14" t="n">
+      <c r="FQ34" s="14" t="n">
+        <v>1.5774004E7</v>
+      </c>
+      <c r="FR34" s="14" t="n">
         <v>1.6947919E7</v>
       </c>
-      <c r="FF34" s="14" t="n">
+      <c r="FS34" s="14" t="n">
         <v>1.6612845E7</v>
       </c>
-      <c r="FG34" s="14" t="n">
-[...2 lines deleted...]
-      <c r="FH34" s="14" t="n">
+      <c r="FT34" s="14" t="n">
+        <v>1.4316969E7</v>
+      </c>
+      <c r="FU34" s="14" t="n">
         <v>1.4096792E7</v>
       </c>
-      <c r="FI34" s="14" t="n">
+      <c r="FV34" s="14" t="n">
         <v>1.3373803E7</v>
       </c>
-      <c r="FJ34" s="14" t="n">
+      <c r="FW34" s="14" t="n">
         <v>1.2708184E7</v>
       </c>
-      <c r="FK34" s="14" t="n">
+      <c r="FX34" s="14" t="n">
         <v>1.0174565E7</v>
       </c>
-      <c r="FL34" s="14" t="n">
+      <c r="FY34" s="14" t="n">
         <v>7607162.0</v>
       </c>
-      <c r="FM34" s="14" t="n">
+      <c r="FZ34" s="14" t="n">
         <v>7655373.0</v>
       </c>
-      <c r="FN34" s="14" t="n">
+      <c r="GA34" s="14" t="n">
         <v>6196425.0</v>
       </c>
-      <c r="FO34" s="14" t="n">
+      <c r="GB34" s="14" t="n">
+        <v>70352.0</v>
+      </c>
+      <c r="GC34" s="14" t="n">
         <v>63977.0</v>
       </c>
-      <c r="FP34" s="14" t="n">
+      <c r="GD34" s="14" t="n">
         <v>73141.0</v>
       </c>
-      <c r="FQ34" s="14" t="n">
+      <c r="GE34" s="14" t="n">
         <v>67227.0</v>
       </c>
-      <c r="FR34" s="14" t="n">
+      <c r="GF34" s="14" t="n">
         <v>65607.0</v>
       </c>
-      <c r="FS34" s="14" t="n">
+      <c r="GG34" s="14" t="n">
         <v>66986.0</v>
       </c>
-      <c r="FT34" s="14" t="n">
+      <c r="GH34" s="14" t="n">
         <v>55204.0</v>
       </c>
-      <c r="FU34" s="14" t="n">
+      <c r="GI34" s="14" t="n">
         <v>56391.0</v>
       </c>
-      <c r="FV34" s="14" t="n">
-[...2 lines deleted...]
-      <c r="FW34" s="14" t="n">
+      <c r="GJ34" s="14" t="n">
+        <v>60294.0</v>
+      </c>
+      <c r="GK34" s="14" t="n">
         <v>73637.0</v>
       </c>
-      <c r="FX34" s="14" t="n">
+      <c r="GL34" s="14" t="n">
         <v>38892.0</v>
       </c>
-      <c r="FY34" s="14" t="n">
+      <c r="GM34" s="14" t="n">
         <v>21239.0</v>
       </c>
-      <c r="FZ34" s="14" t="n">
+      <c r="GN34" s="14" t="n">
         <v>14839.0</v>
       </c>
-      <c r="GA34" s="14" t="n">
+      <c r="GO34" s="14" t="n">
         <v>22238.0</v>
       </c>
-      <c r="GB34" s="14" t="n">
-[...2 lines deleted...]
-      <c r="GC34" s="14" t="n">
+      <c r="GP34" s="14" t="n">
+        <v>1.5766233E7</v>
+      </c>
+      <c r="GQ34" s="14" t="n">
+        <v>1.6966049E7</v>
+      </c>
+      <c r="GR34" s="14" t="n">
         <v>1.9871861E7</v>
       </c>
-      <c r="GD34" s="14" t="n">
-[...2 lines deleted...]
-      <c r="GE34" s="14" t="n">
+      <c r="GS34" s="14" t="n">
+        <v>1.5841231E7</v>
+      </c>
+      <c r="GT34" s="14" t="n">
         <v>1.7013526E7</v>
       </c>
-      <c r="GF34" s="14" t="n">
-[...2 lines deleted...]
-      <c r="GG34" s="14" t="n">
+      <c r="GU34" s="14" t="n">
+        <v>1.6679832E7</v>
+      </c>
+      <c r="GV34" s="14" t="n">
         <v>1.4372174E7</v>
       </c>
-      <c r="GH34" s="14" t="n">
+      <c r="GW34" s="14" t="n">
         <v>1.4153183E7</v>
       </c>
-      <c r="GI34" s="14" t="n">
-[...2 lines deleted...]
-      <c r="GJ34" s="14" t="n">
+      <c r="GX34" s="14" t="n">
+        <v>1.3434097E7</v>
+      </c>
+      <c r="GY34" s="14" t="n">
         <v>1.2781821E7</v>
       </c>
-      <c r="GK34" s="14" t="n">
+      <c r="GZ34" s="14" t="n">
         <v>1.0213457E7</v>
       </c>
-      <c r="GL34" s="14" t="n">
+      <c r="HA34" s="14" t="n">
         <v>7628401.0</v>
       </c>
-      <c r="GM34" s="14" t="n">
+      <c r="HB34" s="14" t="n">
         <v>7670212.0</v>
       </c>
-      <c r="GN34" s="14" t="n">
+      <c r="HC34" s="14" t="n">
         <v>6218663.0</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="6" t="inlineStr">
         <is>
           <t>11. Common sludge (dry)</t>
         </is>
       </c>
       <c r="B35" s="14" t="n">
+        <v>1150046.0</v>
+      </c>
+      <c r="C35" s="14" t="n">
         <v>1107031.0</v>
       </c>
-      <c r="C35" s="14" t="n">
+      <c r="D35" s="14" t="n">
         <v>728530.0</v>
       </c>
-      <c r="D35" s="14" t="n">
+      <c r="E35" s="14" t="n">
         <v>553470.0</v>
       </c>
-      <c r="E35" s="14" t="n">
+      <c r="F35" s="14" t="n">
         <v>1104577.0</v>
       </c>
-      <c r="F35" s="14" t="n">
+      <c r="G35" s="14" t="n">
         <v>1271925.0</v>
       </c>
-      <c r="G35" s="14" t="n">
+      <c r="H35" s="14" t="n">
         <v>1257182.0</v>
       </c>
-      <c r="H35" s="14" t="n">
+      <c r="I35" s="14" t="n">
         <v>1136494.0</v>
       </c>
-      <c r="I35" s="14" t="n">
+      <c r="J35" s="14" t="n">
         <v>1163556.0</v>
       </c>
-      <c r="J35" s="14" t="n">
+      <c r="K35" s="14" t="n">
         <v>1001945.0</v>
       </c>
-      <c r="K35" s="14" t="n">
+      <c r="L35" s="14" t="n">
         <v>919782.0</v>
       </c>
-      <c r="L35" s="14" t="n">
+      <c r="M35" s="14" t="n">
         <v>986895.0</v>
       </c>
-      <c r="M35" s="14" t="n">
+      <c r="N35" s="14" t="n">
         <v>1162396.0</v>
       </c>
-      <c r="N35" s="14" t="n">
+      <c r="O35" s="14" t="n">
         <v>901613.0</v>
       </c>
-      <c r="O35" s="13" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="P35" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="Q35" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="R35" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="S35" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="T35" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
@@ -18351,1381 +19428,1457 @@
       <c r="V35" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="W35" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="X35" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="Y35" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="Z35" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="AA35" s="14" t="n">
-[...2 lines deleted...]
-      <c r="AB35" s="14" t="n">
+      <c r="AA35" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AB35" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="AC35" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="AD35" s="14" t="n">
+        <v>1150046.0</v>
+      </c>
+      <c r="AE35" s="14" t="n">
         <v>1107031.0</v>
       </c>
-      <c r="AC35" s="14" t="n">
+      <c r="AF35" s="14" t="n">
         <v>728530.0</v>
       </c>
-      <c r="AD35" s="14" t="n">
+      <c r="AG35" s="14" t="n">
         <v>553470.0</v>
       </c>
-      <c r="AE35" s="14" t="n">
+      <c r="AH35" s="14" t="n">
         <v>1104577.0</v>
       </c>
-      <c r="AF35" s="14" t="n">
+      <c r="AI35" s="14" t="n">
         <v>1271925.0</v>
       </c>
-      <c r="AG35" s="14" t="n">
+      <c r="AJ35" s="14" t="n">
         <v>1257182.0</v>
       </c>
-      <c r="AH35" s="14" t="n">
+      <c r="AK35" s="14" t="n">
         <v>1136494.0</v>
       </c>
-      <c r="AI35" s="14" t="n">
+      <c r="AL35" s="14" t="n">
         <v>1163556.0</v>
       </c>
-      <c r="AJ35" s="14" t="n">
+      <c r="AM35" s="14" t="n">
         <v>1001945.0</v>
       </c>
-      <c r="AK35" s="14" t="n">
+      <c r="AN35" s="14" t="n">
         <v>919782.0</v>
       </c>
-      <c r="AL35" s="14" t="n">
+      <c r="AO35" s="14" t="n">
         <v>986895.0</v>
       </c>
-      <c r="AM35" s="14" t="n">
+      <c r="AP35" s="14" t="n">
         <v>1162396.0</v>
       </c>
-      <c r="AN35" s="14" t="n">
+      <c r="AQ35" s="14" t="n">
         <v>901613.0</v>
       </c>
-      <c r="AO35" s="14" t="n">
-[...7 lines deleted...]
-      </c>
       <c r="AR35" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AS35" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AT35" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AU35" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AV35" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AW35" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AX35" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AY35" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AZ35" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BA35" s="14" t="n">
         <v>0.0</v>
       </c>
-      <c r="BB35" s="13" t="inlineStr">
-[...17 lines deleted...]
-        </is>
+      <c r="BB35" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BC35" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BD35" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BE35" s="14" t="n">
+        <v>0.0</v>
       </c>
       <c r="BF35" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BG35" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BH35" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BI35" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BJ35" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BK35" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BL35" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="BM35" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="BN35" s="14" t="n">
-[...12 lines deleted...]
-        <v>0.0</v>
+      <c r="BN35" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BO35" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BP35" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BQ35" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="BR35" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="BS35" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BT35" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BU35" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BV35" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BW35" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BX35" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BY35" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BZ35" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="CA35" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="CB35" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CC35" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CD35" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CE35" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CF35" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CG35" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CH35" s="14" t="n">
+        <v>57153.0</v>
+      </c>
+      <c r="CI35" s="14" t="n">
         <v>58840.0</v>
       </c>
-      <c r="CC35" s="14" t="n">
+      <c r="CJ35" s="14" t="n">
         <v>37942.0</v>
       </c>
-      <c r="CD35" s="14" t="n">
+      <c r="CK35" s="14" t="n">
         <v>34356.0</v>
       </c>
-      <c r="CE35" s="14" t="n">
+      <c r="CL35" s="14" t="n">
         <v>94996.0</v>
       </c>
-      <c r="CF35" s="14" t="n">
+      <c r="CM35" s="14" t="n">
         <v>144133.0</v>
       </c>
-      <c r="CG35" s="14" t="n">
+      <c r="CN35" s="14" t="n">
         <v>133742.0</v>
       </c>
-      <c r="CH35" s="14" t="n">
+      <c r="CO35" s="14" t="n">
         <v>147106.0</v>
       </c>
-      <c r="CI35" s="14" t="n">
+      <c r="CP35" s="14" t="n">
         <v>165567.0</v>
       </c>
-      <c r="CJ35" s="14" t="n">
+      <c r="CQ35" s="14" t="n">
         <v>250692.0</v>
       </c>
-      <c r="CK35" s="14" t="n">
+      <c r="CR35" s="14" t="n">
         <v>247618.0</v>
       </c>
-      <c r="CL35" s="14" t="n">
+      <c r="CS35" s="14" t="n">
         <v>206410.0</v>
       </c>
-      <c r="CM35" s="14" t="n">
+      <c r="CT35" s="14" t="n">
         <v>190046.0</v>
       </c>
-      <c r="CN35" s="14" t="n">
+      <c r="CU35" s="14" t="n">
         <v>480164.0</v>
       </c>
-      <c r="CO35" s="13" t="inlineStr">
-[...33 lines deleted...]
-      </c>
       <c r="CV35" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="CW35" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="CX35" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="CY35" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="CZ35" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="DA35" s="14" t="n">
-[...2 lines deleted...]
-      <c r="DB35" s="14" t="n">
+      <c r="DA35" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DB35" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DC35" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DD35" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DE35" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DF35" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DG35" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DH35" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="DI35" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DJ35" s="14" t="n">
+        <v>57153.0</v>
+      </c>
+      <c r="DK35" s="14" t="n">
         <v>58840.0</v>
       </c>
-      <c r="DC35" s="14" t="n">
+      <c r="DL35" s="14" t="n">
         <v>37942.0</v>
       </c>
-      <c r="DD35" s="14" t="n">
+      <c r="DM35" s="14" t="n">
         <v>34356.0</v>
       </c>
-      <c r="DE35" s="14" t="n">
+      <c r="DN35" s="14" t="n">
         <v>94996.0</v>
       </c>
-      <c r="DF35" s="14" t="n">
+      <c r="DO35" s="14" t="n">
         <v>144133.0</v>
       </c>
-      <c r="DG35" s="14" t="n">
+      <c r="DP35" s="14" t="n">
         <v>133742.0</v>
       </c>
-      <c r="DH35" s="14" t="n">
+      <c r="DQ35" s="14" t="n">
         <v>147106.0</v>
       </c>
-      <c r="DI35" s="14" t="n">
+      <c r="DR35" s="14" t="n">
         <v>165567.0</v>
       </c>
-      <c r="DJ35" s="14" t="n">
+      <c r="DS35" s="14" t="n">
         <v>250692.0</v>
       </c>
-      <c r="DK35" s="14" t="n">
+      <c r="DT35" s="14" t="n">
         <v>247618.0</v>
       </c>
-      <c r="DL35" s="14" t="n">
+      <c r="DU35" s="14" t="n">
         <v>206410.0</v>
       </c>
-      <c r="DM35" s="14" t="n">
+      <c r="DV35" s="14" t="n">
         <v>190046.0</v>
       </c>
-      <c r="DN35" s="14" t="n">
+      <c r="DW35" s="14" t="n">
         <v>480164.0</v>
       </c>
-      <c r="DO35" s="14" t="n">
+      <c r="DX35" s="14" t="n">
+        <v>144128.0</v>
+      </c>
+      <c r="DY35" s="14" t="n">
         <v>179378.0</v>
       </c>
-      <c r="DP35" s="14" t="n">
+      <c r="DZ35" s="14" t="n">
         <v>117326.0</v>
       </c>
-      <c r="DQ35" s="14" t="n">
+      <c r="EA35" s="14" t="n">
         <v>57230.0</v>
       </c>
-      <c r="DR35" s="14" t="n">
+      <c r="EB35" s="14" t="n">
         <v>137698.0</v>
       </c>
-      <c r="DS35" s="14" t="n">
+      <c r="EC35" s="14" t="n">
         <v>187204.0</v>
       </c>
-      <c r="DT35" s="14" t="n">
+      <c r="ED35" s="14" t="n">
         <v>188497.0</v>
       </c>
-      <c r="DU35" s="14" t="n">
+      <c r="EE35" s="14" t="n">
         <v>174565.0</v>
       </c>
-      <c r="DV35" s="14" t="n">
+      <c r="EF35" s="14" t="n">
         <v>144290.0</v>
       </c>
-      <c r="DW35" s="14" t="n">
+      <c r="EG35" s="14" t="n">
         <v>185683.0</v>
       </c>
-      <c r="DX35" s="14" t="n">
+      <c r="EH35" s="14" t="n">
         <v>249455.0</v>
       </c>
-      <c r="DY35" s="14" t="n">
+      <c r="EI35" s="14" t="n">
         <v>234184.0</v>
       </c>
-      <c r="DZ35" s="14" t="n">
+      <c r="EJ35" s="14" t="n">
         <v>72257.0</v>
       </c>
-      <c r="EA35" s="14" t="n">
+      <c r="EK35" s="14" t="n">
         <v>86168.0</v>
       </c>
-      <c r="EB35" s="13" t="inlineStr">
-[...48 lines deleted...]
-      </c>
       <c r="EL35" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="EM35" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
-      <c r="EN35" s="14" t="n">
-[...2 lines deleted...]
-      <c r="EO35" s="14" t="n">
+      <c r="EN35" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EO35" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EP35" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EQ35" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="ER35" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="ES35" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="ET35" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EU35" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EV35" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EW35" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EX35" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
+      </c>
+      <c r="EY35" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EZ35" s="14" t="n">
+        <v>144128.0</v>
+      </c>
+      <c r="FA35" s="14" t="n">
         <v>179378.0</v>
       </c>
-      <c r="EP35" s="14" t="n">
+      <c r="FB35" s="14" t="n">
         <v>117326.0</v>
       </c>
-      <c r="EQ35" s="14" t="n">
+      <c r="FC35" s="14" t="n">
         <v>57230.0</v>
       </c>
-      <c r="ER35" s="14" t="n">
+      <c r="FD35" s="14" t="n">
         <v>137698.0</v>
       </c>
-      <c r="ES35" s="14" t="n">
+      <c r="FE35" s="14" t="n">
         <v>187204.0</v>
       </c>
-      <c r="ET35" s="14" t="n">
+      <c r="FF35" s="14" t="n">
         <v>188497.0</v>
       </c>
-      <c r="EU35" s="14" t="n">
+      <c r="FG35" s="14" t="n">
         <v>174565.0</v>
       </c>
-      <c r="EV35" s="14" t="n">
+      <c r="FH35" s="14" t="n">
         <v>144290.0</v>
       </c>
-      <c r="EW35" s="14" t="n">
+      <c r="FI35" s="14" t="n">
         <v>185683.0</v>
       </c>
-      <c r="EX35" s="14" t="n">
+      <c r="FJ35" s="14" t="n">
         <v>249455.0</v>
       </c>
-      <c r="EY35" s="14" t="n">
+      <c r="FK35" s="14" t="n">
         <v>234184.0</v>
       </c>
-      <c r="EZ35" s="14" t="n">
+      <c r="FL35" s="14" t="n">
         <v>72257.0</v>
       </c>
-      <c r="FA35" s="14" t="n">
+      <c r="FM35" s="14" t="n">
         <v>86168.0</v>
       </c>
-      <c r="FB35" s="14" t="n">
-[...2 lines deleted...]
-      <c r="FC35" s="14" t="n">
+      <c r="FN35" s="14" t="n">
+        <v>1351327.0</v>
+      </c>
+      <c r="FO35" s="14" t="n">
+        <v>1345248.0</v>
+      </c>
+      <c r="FP35" s="14" t="n">
         <v>883798.0</v>
       </c>
-      <c r="FD35" s="14" t="n">
+      <c r="FQ35" s="14" t="n">
         <v>645056.0</v>
       </c>
-      <c r="FE35" s="14" t="n">
+      <c r="FR35" s="14" t="n">
         <v>1337271.0</v>
       </c>
-      <c r="FF35" s="14" t="n">
-[...2 lines deleted...]
-      <c r="FG35" s="14" t="n">
+      <c r="FS35" s="14" t="n">
+        <v>1603261.0</v>
+      </c>
+      <c r="FT35" s="14" t="n">
         <v>1579421.0</v>
       </c>
-      <c r="FH35" s="14" t="n">
+      <c r="FU35" s="14" t="n">
         <v>1458165.0</v>
       </c>
-      <c r="FI35" s="14" t="n">
+      <c r="FV35" s="14" t="n">
         <v>1473413.0</v>
       </c>
-      <c r="FJ35" s="14" t="n">
+      <c r="FW35" s="14" t="n">
         <v>1438320.0</v>
       </c>
-      <c r="FK35" s="14" t="n">
+      <c r="FX35" s="14" t="n">
         <v>1416855.0</v>
       </c>
-      <c r="FL35" s="14" t="n">
+      <c r="FY35" s="14" t="n">
         <v>1427489.0</v>
       </c>
-      <c r="FM35" s="14" t="n">
+      <c r="FZ35" s="14" t="n">
         <v>1424699.0</v>
       </c>
-      <c r="FN35" s="14" t="n">
+      <c r="GA35" s="14" t="n">
         <v>1467945.0</v>
       </c>
-      <c r="FO35" s="13" t="inlineStr">
-[...61 lines deleted...]
-      </c>
       <c r="GB35" s="14" t="n">
-        <v>1345249.0</v>
+        <v>0.0</v>
       </c>
       <c r="GC35" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GD35" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GE35" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GF35" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GG35" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GH35" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GI35" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GJ35" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GK35" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GL35" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GM35" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GN35" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GO35" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GP35" s="14" t="n">
+        <v>1351327.0</v>
+      </c>
+      <c r="GQ35" s="14" t="n">
+        <v>1345248.0</v>
+      </c>
+      <c r="GR35" s="14" t="n">
         <v>883798.0</v>
       </c>
-      <c r="GD35" s="14" t="n">
+      <c r="GS35" s="14" t="n">
         <v>645056.0</v>
       </c>
-      <c r="GE35" s="14" t="n">
+      <c r="GT35" s="14" t="n">
         <v>1337271.0</v>
       </c>
-      <c r="GF35" s="14" t="n">
-[...2 lines deleted...]
-      <c r="GG35" s="14" t="n">
+      <c r="GU35" s="14" t="n">
+        <v>1603261.0</v>
+      </c>
+      <c r="GV35" s="14" t="n">
         <v>1579421.0</v>
       </c>
-      <c r="GH35" s="14" t="n">
+      <c r="GW35" s="14" t="n">
         <v>1458165.0</v>
       </c>
-      <c r="GI35" s="14" t="n">
+      <c r="GX35" s="14" t="n">
         <v>1473413.0</v>
       </c>
-      <c r="GJ35" s="14" t="n">
+      <c r="GY35" s="14" t="n">
         <v>1438320.0</v>
       </c>
-      <c r="GK35" s="14" t="n">
+      <c r="GZ35" s="14" t="n">
         <v>1416855.0</v>
       </c>
-      <c r="GL35" s="14" t="n">
+      <c r="HA35" s="14" t="n">
         <v>1427489.0</v>
       </c>
-      <c r="GM35" s="14" t="n">
+      <c r="HB35" s="14" t="n">
         <v>1424699.0</v>
       </c>
-      <c r="GN35" s="14" t="n">
+      <c r="HC35" s="14" t="n">
         <v>1467945.0</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="6" t="inlineStr">
         <is>
           <t>12.1 + 12.2 + 12.3 + 12.5 + 12.6.  Mineral wastes of construction and demolition, of asbestos, wastes of naturally occurring minerals, various mineral wastes and soils</t>
         </is>
       </c>
       <c r="B36" s="14" t="n">
+        <v>2.4350608E7</v>
+      </c>
+      <c r="C36" s="14" t="n">
         <v>2.233537E7</v>
       </c>
-      <c r="C36" s="14" t="n">
+      <c r="D36" s="14" t="n">
         <v>2.1362561E7</v>
       </c>
-      <c r="D36" s="14" t="n">
+      <c r="E36" s="14" t="n">
         <v>2.2313412E7</v>
       </c>
-      <c r="E36" s="14" t="n">
+      <c r="F36" s="14" t="n">
         <v>2.031097E7</v>
       </c>
-      <c r="F36" s="14" t="n">
+      <c r="G36" s="14" t="n">
         <v>1.8651681E7</v>
       </c>
-      <c r="G36" s="14" t="n">
+      <c r="H36" s="14" t="n">
         <v>1.8043727E7</v>
       </c>
-      <c r="H36" s="14" t="n">
+      <c r="I36" s="14" t="n">
         <v>1.3792509E7</v>
       </c>
-      <c r="I36" s="14" t="n">
+      <c r="J36" s="14" t="n">
         <v>1.3196948E7</v>
       </c>
-      <c r="J36" s="14" t="n">
+      <c r="K36" s="14" t="n">
         <v>7386210.0</v>
       </c>
-      <c r="K36" s="14" t="n">
+      <c r="L36" s="14" t="n">
         <v>8437095.0</v>
       </c>
-      <c r="L36" s="14" t="n">
+      <c r="M36" s="14" t="n">
         <v>2.1300529E7</v>
       </c>
-      <c r="M36" s="14" t="n">
+      <c r="N36" s="14" t="n">
         <v>2.9434927E7</v>
       </c>
-      <c r="N36" s="14" t="n">
+      <c r="O36" s="14" t="n">
         <v>4.6151759E7</v>
       </c>
-      <c r="O36" s="14" t="n">
+      <c r="P36" s="14" t="n">
+        <v>12258.0</v>
+      </c>
+      <c r="Q36" s="14" t="n">
         <v>17751.0</v>
       </c>
-      <c r="P36" s="14" t="n">
+      <c r="R36" s="14" t="n">
         <v>11300.0</v>
       </c>
-      <c r="Q36" s="14" t="n">
+      <c r="S36" s="14" t="n">
         <v>12453.0</v>
       </c>
-      <c r="R36" s="14" t="n">
+      <c r="T36" s="14" t="n">
         <v>15915.0</v>
       </c>
-      <c r="S36" s="14" t="n">
+      <c r="U36" s="14" t="n">
         <v>16408.0</v>
       </c>
-      <c r="T36" s="14" t="n">
+      <c r="V36" s="14" t="n">
         <v>44393.0</v>
       </c>
-      <c r="U36" s="14" t="n">
+      <c r="W36" s="14" t="n">
         <v>58480.0</v>
       </c>
-      <c r="V36" s="14" t="n">
+      <c r="X36" s="14" t="n">
         <v>25146.0</v>
       </c>
-      <c r="W36" s="14" t="n">
+      <c r="Y36" s="14" t="n">
         <v>15726.0</v>
       </c>
-      <c r="X36" s="14" t="n">
+      <c r="Z36" s="14" t="n">
         <v>19170.0</v>
       </c>
-      <c r="Y36" s="14" t="n">
+      <c r="AA36" s="14" t="n">
         <v>20536.0</v>
       </c>
-      <c r="Z36" s="14" t="n">
+      <c r="AB36" s="14" t="n">
         <v>35350.0</v>
       </c>
-      <c r="AA36" s="14" t="n">
+      <c r="AC36" s="14" t="n">
         <v>5989.0</v>
       </c>
-      <c r="AB36" s="14" t="n">
-[...2 lines deleted...]
-      <c r="AC36" s="14" t="n">
+      <c r="AD36" s="14" t="n">
+        <v>2.4362866E7</v>
+      </c>
+      <c r="AE36" s="14" t="n">
+        <v>2.235312E7</v>
+      </c>
+      <c r="AF36" s="14" t="n">
         <v>2.1373861E7</v>
       </c>
-      <c r="AD36" s="14" t="n">
+      <c r="AG36" s="14" t="n">
         <v>2.2325865E7</v>
       </c>
-      <c r="AE36" s="14" t="n">
+      <c r="AH36" s="14" t="n">
         <v>2.0326885E7</v>
       </c>
-      <c r="AF36" s="14" t="n">
+      <c r="AI36" s="14" t="n">
         <v>1.8668089E7</v>
       </c>
-      <c r="AG36" s="14" t="n">
+      <c r="AJ36" s="14" t="n">
         <v>1.808812E7</v>
       </c>
-      <c r="AH36" s="14" t="n">
+      <c r="AK36" s="14" t="n">
         <v>1.3850989E7</v>
       </c>
-      <c r="AI36" s="14" t="n">
-[...2 lines deleted...]
-      <c r="AJ36" s="14" t="n">
+      <c r="AL36" s="14" t="n">
+        <v>1.3222093E7</v>
+      </c>
+      <c r="AM36" s="14" t="n">
         <v>7401936.0</v>
       </c>
-      <c r="AK36" s="14" t="n">
+      <c r="AN36" s="14" t="n">
         <v>8456265.0</v>
       </c>
-      <c r="AL36" s="14" t="n">
+      <c r="AO36" s="14" t="n">
         <v>2.1321065E7</v>
       </c>
-      <c r="AM36" s="14" t="n">
+      <c r="AP36" s="14" t="n">
         <v>2.9470277E7</v>
       </c>
-      <c r="AN36" s="14" t="n">
+      <c r="AQ36" s="14" t="n">
         <v>4.6157748E7</v>
       </c>
-      <c r="AO36" s="14" t="n">
+      <c r="AR36" s="14" t="n">
+        <v>1.2988826E7</v>
+      </c>
+      <c r="AS36" s="14" t="n">
         <v>6421875.0</v>
       </c>
-      <c r="AP36" s="14" t="n">
+      <c r="AT36" s="14" t="n">
         <v>4661331.0</v>
       </c>
-      <c r="AQ36" s="14" t="n">
+      <c r="AU36" s="14" t="n">
         <v>4359327.0</v>
       </c>
-      <c r="AR36" s="14" t="n">
+      <c r="AV36" s="14" t="n">
         <v>1.4525595E7</v>
       </c>
-      <c r="AS36" s="14" t="n">
+      <c r="AW36" s="14" t="n">
         <v>1.2147938E7</v>
       </c>
-      <c r="AT36" s="14" t="n">
+      <c r="AX36" s="14" t="n">
         <v>4247640.0</v>
       </c>
-      <c r="AU36" s="14" t="n">
+      <c r="AY36" s="14" t="n">
         <v>6011709.0</v>
       </c>
-      <c r="AV36" s="14" t="n">
+      <c r="AZ36" s="14" t="n">
         <v>9269236.0</v>
       </c>
-      <c r="AW36" s="14" t="n">
+      <c r="BA36" s="14" t="n">
         <v>1.2989838E7</v>
       </c>
-      <c r="AX36" s="14" t="n">
+      <c r="BB36" s="14" t="n">
         <v>1.1026267E7</v>
       </c>
-      <c r="AY36" s="14" t="n">
+      <c r="BC36" s="14" t="n">
         <v>8149861.0</v>
       </c>
-      <c r="AZ36" s="14" t="n">
+      <c r="BD36" s="14" t="n">
         <v>6665050.0</v>
       </c>
-      <c r="BA36" s="14" t="n">
+      <c r="BE36" s="14" t="n">
         <v>5666961.0</v>
       </c>
-      <c r="BB36" s="14" t="n">
-[...10 lines deleted...]
-      </c>
       <c r="BF36" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BG36" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BH36" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BI36" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BJ36" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BK36" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BL36" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BM36" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BN36" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BO36" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BP36" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BQ36" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BR36" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BS36" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BT36" s="14" t="n">
+        <v>1.2988826E7</v>
+      </c>
+      <c r="BU36" s="14" t="n">
         <v>6421875.0</v>
       </c>
-      <c r="BP36" s="14" t="n">
+      <c r="BV36" s="14" t="n">
         <v>4661331.0</v>
       </c>
-      <c r="BQ36" s="14" t="n">
+      <c r="BW36" s="14" t="n">
         <v>4359327.0</v>
       </c>
-      <c r="BR36" s="14" t="n">
+      <c r="BX36" s="14" t="n">
         <v>1.4525595E7</v>
       </c>
-      <c r="BS36" s="14" t="n">
+      <c r="BY36" s="14" t="n">
         <v>1.2147938E7</v>
       </c>
-      <c r="BT36" s="14" t="n">
+      <c r="BZ36" s="14" t="n">
         <v>4247640.0</v>
       </c>
-      <c r="BU36" s="14" t="n">
+      <c r="CA36" s="14" t="n">
         <v>6011709.0</v>
       </c>
-      <c r="BV36" s="14" t="n">
+      <c r="CB36" s="14" t="n">
         <v>9269236.0</v>
       </c>
-      <c r="BW36" s="14" t="n">
+      <c r="CC36" s="14" t="n">
         <v>1.2989838E7</v>
       </c>
-      <c r="BX36" s="14" t="n">
+      <c r="CD36" s="14" t="n">
         <v>1.1026267E7</v>
       </c>
-      <c r="BY36" s="14" t="n">
+      <c r="CE36" s="14" t="n">
         <v>8149861.0</v>
       </c>
-      <c r="BZ36" s="14" t="n">
+      <c r="CF36" s="14" t="n">
         <v>6665050.0</v>
       </c>
-      <c r="CA36" s="14" t="n">
+      <c r="CG36" s="14" t="n">
         <v>5666961.0</v>
       </c>
-      <c r="CB36" s="14" t="n">
+      <c r="CH36" s="14" t="n">
+        <v>8722551.0</v>
+      </c>
+      <c r="CI36" s="14" t="n">
         <v>1.0810838E7</v>
       </c>
-      <c r="CC36" s="14" t="n">
+      <c r="CJ36" s="14" t="n">
         <v>1.7821505E7</v>
       </c>
-      <c r="CD36" s="14" t="n">
+      <c r="CK36" s="14" t="n">
         <v>1.1562224E7</v>
       </c>
-      <c r="CE36" s="14" t="n">
+      <c r="CL36" s="14" t="n">
         <v>2.600726E7</v>
       </c>
-      <c r="CF36" s="14" t="n">
+      <c r="CM36" s="14" t="n">
         <v>3.4768746E7</v>
       </c>
-      <c r="CG36" s="14" t="n">
+      <c r="CN36" s="14" t="n">
         <v>3.9494887E7</v>
       </c>
-      <c r="CH36" s="14" t="n">
+      <c r="CO36" s="14" t="n">
         <v>3.5712854E7</v>
       </c>
-      <c r="CI36" s="14" t="n">
-[...2 lines deleted...]
-      <c r="CJ36" s="14" t="n">
+      <c r="CP36" s="14" t="n">
+        <v>2.853746E7</v>
+      </c>
+      <c r="CQ36" s="14" t="n">
         <v>2.362416E7</v>
       </c>
-      <c r="CK36" s="14" t="n">
+      <c r="CR36" s="14" t="n">
         <v>2.314168E7</v>
       </c>
-      <c r="CL36" s="14" t="n">
+      <c r="CS36" s="14" t="n">
         <v>2.4443844E7</v>
       </c>
-      <c r="CM36" s="14" t="n">
+      <c r="CT36" s="14" t="n">
         <v>2.947884E7</v>
       </c>
-      <c r="CN36" s="14" t="n">
+      <c r="CU36" s="14" t="n">
         <v>2.353808E7</v>
       </c>
-      <c r="CO36" s="14" t="n">
+      <c r="CV36" s="14" t="n">
+        <v>98949.0</v>
+      </c>
+      <c r="CW36" s="14" t="n">
         <v>108845.0</v>
       </c>
-      <c r="CP36" s="14" t="n">
+      <c r="CX36" s="14" t="n">
         <v>84855.0</v>
       </c>
-      <c r="CQ36" s="14" t="n">
+      <c r="CY36" s="14" t="n">
         <v>93653.0</v>
       </c>
-      <c r="CR36" s="14" t="n">
+      <c r="CZ36" s="14" t="n">
         <v>88599.0</v>
       </c>
-      <c r="CS36" s="14" t="n">
+      <c r="DA36" s="14" t="n">
         <v>116456.0</v>
       </c>
-      <c r="CT36" s="14" t="n">
+      <c r="DB36" s="14" t="n">
         <v>102888.0</v>
       </c>
-      <c r="CU36" s="14" t="n">
+      <c r="DC36" s="14" t="n">
         <v>121323.0</v>
       </c>
-      <c r="CV36" s="14" t="n">
+      <c r="DD36" s="14" t="n">
         <v>157011.0</v>
       </c>
-      <c r="CW36" s="14" t="n">
+      <c r="DE36" s="14" t="n">
         <v>120840.0</v>
       </c>
-      <c r="CX36" s="14" t="n">
+      <c r="DF36" s="14" t="n">
         <v>110874.0</v>
       </c>
-      <c r="CY36" s="14" t="n">
+      <c r="DG36" s="14" t="n">
         <v>168633.0</v>
       </c>
-      <c r="CZ36" s="14" t="n">
+      <c r="DH36" s="14" t="n">
         <v>203067.0</v>
       </c>
-      <c r="DA36" s="14" t="n">
+      <c r="DI36" s="14" t="n">
         <v>270556.0</v>
       </c>
-      <c r="DB36" s="14" t="n">
-[...8 lines deleted...]
-      <c r="DE36" s="14" t="n">
+      <c r="DJ36" s="14" t="n">
+        <v>8821499.0</v>
+      </c>
+      <c r="DK36" s="14" t="n">
+        <v>1.0919682E7</v>
+      </c>
+      <c r="DL36" s="14" t="n">
+        <v>1.7906359E7</v>
+      </c>
+      <c r="DM36" s="14" t="n">
+        <v>1.1655878E7</v>
+      </c>
+      <c r="DN36" s="14" t="n">
         <v>2.6095859E7</v>
       </c>
-      <c r="DF36" s="14" t="n">
+      <c r="DO36" s="14" t="n">
         <v>3.4885202E7</v>
       </c>
-      <c r="DG36" s="14" t="n">
+      <c r="DP36" s="14" t="n">
         <v>3.9597775E7</v>
       </c>
-      <c r="DH36" s="14" t="n">
+      <c r="DQ36" s="14" t="n">
         <v>3.5834177E7</v>
       </c>
-      <c r="DI36" s="14" t="n">
+      <c r="DR36" s="14" t="n">
         <v>2.869447E7</v>
       </c>
-      <c r="DJ36" s="14" t="n">
+      <c r="DS36" s="14" t="n">
         <v>2.3745E7</v>
       </c>
-      <c r="DK36" s="14" t="n">
+      <c r="DT36" s="14" t="n">
         <v>2.3252554E7</v>
       </c>
-      <c r="DL36" s="14" t="n">
+      <c r="DU36" s="14" t="n">
         <v>2.4612477E7</v>
       </c>
-      <c r="DM36" s="14" t="n">
+      <c r="DV36" s="14" t="n">
         <v>2.9681907E7</v>
       </c>
-      <c r="DN36" s="14" t="n">
+      <c r="DW36" s="14" t="n">
         <v>2.3808636E7</v>
       </c>
-      <c r="DO36" s="14" t="n">
+      <c r="DX36" s="14" t="n">
+        <v>994.0</v>
+      </c>
+      <c r="DY36" s="14" t="n">
         <v>63792.0</v>
       </c>
-      <c r="DP36" s="14" t="n">
+      <c r="DZ36" s="14" t="n">
         <v>1757.0</v>
       </c>
-      <c r="DQ36" s="14" t="n">
+      <c r="EA36" s="14" t="n">
         <v>4469.0</v>
       </c>
-      <c r="DR36" s="14" t="n">
+      <c r="EB36" s="14" t="n">
         <v>5.0</v>
       </c>
-      <c r="DS36" s="14" t="n">
+      <c r="EC36" s="14" t="n">
         <v>4.0</v>
       </c>
-      <c r="DT36" s="14" t="n">
+      <c r="ED36" s="14" t="n">
         <v>6.0</v>
       </c>
-      <c r="DU36" s="14" t="n">
+      <c r="EE36" s="14" t="n">
         <v>6.0</v>
       </c>
-      <c r="DV36" s="14" t="n">
+      <c r="EF36" s="14" t="n">
         <v>3.0</v>
       </c>
-      <c r="DW36" s="14" t="n">
-[...11 lines deleted...]
-      <c r="EA36" s="14" t="n">
+      <c r="EG36" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EH36" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EI36" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EJ36" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EK36" s="14" t="n">
         <v>255220.0</v>
       </c>
-      <c r="EB36" s="14" t="n">
+      <c r="EL36" s="14" t="n">
+        <v>1035.0</v>
+      </c>
+      <c r="EM36" s="14" t="n">
         <v>7.0</v>
       </c>
-      <c r="EC36" s="14" t="n">
+      <c r="EN36" s="14" t="n">
         <v>10.0</v>
       </c>
-      <c r="ED36" s="14" t="n">
+      <c r="EO36" s="14" t="n">
         <v>56.0</v>
       </c>
-      <c r="EE36" s="14" t="n">
-[...2 lines deleted...]
-      <c r="EF36" s="14" t="n">
+      <c r="EP36" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EQ36" s="14" t="n">
         <v>7.0</v>
       </c>
-      <c r="EG36" s="14" t="n">
-[...23 lines deleted...]
-      <c r="EO36" s="14" t="n">
+      <c r="ER36" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="ES36" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="ET36" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EU36" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EV36" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EW36" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EX36" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EY36" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EZ36" s="14" t="n">
+        <v>2029.0</v>
+      </c>
+      <c r="FA36" s="14" t="n">
         <v>63799.0</v>
       </c>
-      <c r="EP36" s="14" t="n">
+      <c r="FB36" s="14" t="n">
         <v>1767.0</v>
       </c>
-      <c r="EQ36" s="14" t="n">
-[...2 lines deleted...]
-      <c r="ER36" s="14" t="n">
+      <c r="FC36" s="14" t="n">
+        <v>4524.0</v>
+      </c>
+      <c r="FD36" s="14" t="n">
         <v>5.0</v>
       </c>
-      <c r="ES36" s="14" t="n">
+      <c r="FE36" s="14" t="n">
         <v>11.0</v>
       </c>
-      <c r="ET36" s="14" t="n">
+      <c r="FF36" s="14" t="n">
         <v>6.0</v>
       </c>
-      <c r="EU36" s="14" t="n">
+      <c r="FG36" s="14" t="n">
         <v>6.0</v>
       </c>
-      <c r="EV36" s="14" t="n">
+      <c r="FH36" s="14" t="n">
         <v>3.0</v>
       </c>
-      <c r="EW36" s="14" t="n">
-[...11 lines deleted...]
-      <c r="FA36" s="14" t="n">
+      <c r="FI36" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FJ36" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FK36" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FL36" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FM36" s="14" t="n">
         <v>255220.0</v>
       </c>
-      <c r="FB36" s="14" t="n">
-[...2 lines deleted...]
-      <c r="FC36" s="14" t="n">
+      <c r="FN36" s="14" t="n">
+        <v>4.6062979E7</v>
+      </c>
+      <c r="FO36" s="14" t="n">
+        <v>3.9631874E7</v>
+      </c>
+      <c r="FP36" s="14" t="n">
         <v>4.3847154E7</v>
       </c>
-      <c r="FD36" s="14" t="n">
+      <c r="FQ36" s="14" t="n">
         <v>3.8239432E7</v>
       </c>
-      <c r="FE36" s="14" t="n">
+      <c r="FR36" s="14" t="n">
         <v>6.084383E7</v>
       </c>
-      <c r="FF36" s="14" t="n">
+      <c r="FS36" s="14" t="n">
         <v>6.5568369E7</v>
       </c>
-      <c r="FG36" s="14" t="n">
+      <c r="FT36" s="14" t="n">
         <v>6.178626E7</v>
       </c>
-      <c r="FH36" s="14" t="n">
+      <c r="FU36" s="14" t="n">
         <v>5.5517078E7</v>
       </c>
-      <c r="FI36" s="14" t="n">
-[...2 lines deleted...]
-      <c r="FJ36" s="14" t="n">
+      <c r="FV36" s="14" t="n">
+        <v>5.1003647E7</v>
+      </c>
+      <c r="FW36" s="14" t="n">
         <v>4.4000208E7</v>
       </c>
-      <c r="FK36" s="14" t="n">
+      <c r="FX36" s="14" t="n">
         <v>4.2605042E7</v>
       </c>
-      <c r="FL36" s="14" t="n">
+      <c r="FY36" s="14" t="n">
         <v>5.3894234E7</v>
       </c>
-      <c r="FM36" s="14" t="n">
+      <c r="FZ36" s="14" t="n">
         <v>6.5578817E7</v>
       </c>
-      <c r="FN36" s="14" t="n">
+      <c r="GA36" s="14" t="n">
         <v>7.561202E7</v>
       </c>
-      <c r="FO36" s="14" t="n">
-[...5 lines deleted...]
-      <c r="FQ36" s="14" t="n">
+      <c r="GB36" s="14" t="n">
+        <v>112241.0</v>
+      </c>
+      <c r="GC36" s="14" t="n">
+        <v>126602.0</v>
+      </c>
+      <c r="GD36" s="14" t="n">
+        <v>96164.0</v>
+      </c>
+      <c r="GE36" s="14" t="n">
         <v>106162.0</v>
       </c>
-      <c r="FR36" s="14" t="n">
+      <c r="GF36" s="14" t="n">
         <v>104514.0</v>
       </c>
-      <c r="FS36" s="14" t="n">
+      <c r="GG36" s="14" t="n">
         <v>132871.0</v>
       </c>
-      <c r="FT36" s="14" t="n">
-[...2 lines deleted...]
-      <c r="FU36" s="14" t="n">
+      <c r="GH36" s="14" t="n">
+        <v>147280.0</v>
+      </c>
+      <c r="GI36" s="14" t="n">
         <v>179803.0</v>
       </c>
-      <c r="FV36" s="14" t="n">
-[...2 lines deleted...]
-      <c r="FW36" s="14" t="n">
+      <c r="GJ36" s="14" t="n">
+        <v>182156.0</v>
+      </c>
+      <c r="GK36" s="14" t="n">
         <v>136566.0</v>
       </c>
-      <c r="FX36" s="14" t="n">
+      <c r="GL36" s="14" t="n">
         <v>130044.0</v>
       </c>
-      <c r="FY36" s="14" t="n">
+      <c r="GM36" s="14" t="n">
         <v>189169.0</v>
       </c>
-      <c r="FZ36" s="14" t="n">
+      <c r="GN36" s="14" t="n">
         <v>238417.0</v>
       </c>
-      <c r="GA36" s="14" t="n">
+      <c r="GO36" s="14" t="n">
         <v>276545.0</v>
       </c>
-      <c r="GB36" s="14" t="n">
-[...8 lines deleted...]
-      <c r="GE36" s="14" t="n">
+      <c r="GP36" s="14" t="n">
+        <v>4.6175221E7</v>
+      </c>
+      <c r="GQ36" s="14" t="n">
+        <v>3.9758476E7</v>
+      </c>
+      <c r="GR36" s="14" t="n">
+        <v>4.3943318E7</v>
+      </c>
+      <c r="GS36" s="14" t="n">
+        <v>3.8345593E7</v>
+      </c>
+      <c r="GT36" s="14" t="n">
         <v>6.0948344E7</v>
       </c>
-      <c r="GF36" s="14" t="n">
+      <c r="GU36" s="14" t="n">
         <v>6.570124E7</v>
       </c>
-      <c r="GG36" s="14" t="n">
-[...2 lines deleted...]
-      <c r="GH36" s="14" t="n">
+      <c r="GV36" s="14" t="n">
+        <v>6.193354E7</v>
+      </c>
+      <c r="GW36" s="14" t="n">
         <v>5.5696881E7</v>
       </c>
-      <c r="GI36" s="14" t="n">
+      <c r="GX36" s="14" t="n">
         <v>5.1185803E7</v>
       </c>
-      <c r="GJ36" s="14" t="n">
+      <c r="GY36" s="14" t="n">
         <v>4.4136774E7</v>
       </c>
-      <c r="GK36" s="14" t="n">
+      <c r="GZ36" s="14" t="n">
         <v>4.2735086E7</v>
       </c>
-      <c r="GL36" s="14" t="n">
+      <c r="HA36" s="14" t="n">
         <v>5.4083403E7</v>
       </c>
-      <c r="GM36" s="14" t="n">
+      <c r="HB36" s="14" t="n">
         <v>6.5817234E7</v>
       </c>
-      <c r="GN36" s="14" t="n">
+      <c r="HC36" s="14" t="n">
         <v>7.5888565E7</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="6" t="inlineStr">
         <is>
           <t>12.4. Combustion waste</t>
         </is>
       </c>
       <c r="B37" s="14" t="n">
+        <v>1384897.0</v>
+      </c>
+      <c r="C37" s="14" t="n">
         <v>1496232.0</v>
       </c>
-      <c r="C37" s="14" t="n">
+      <c r="D37" s="14" t="n">
         <v>1541386.0</v>
       </c>
-      <c r="D37" s="14" t="n">
+      <c r="E37" s="14" t="n">
         <v>1022153.0</v>
       </c>
-      <c r="E37" s="14" t="n">
+      <c r="F37" s="14" t="n">
         <v>2756742.0</v>
       </c>
-      <c r="F37" s="14" t="n">
+      <c r="G37" s="14" t="n">
         <v>2100791.0</v>
       </c>
-      <c r="G37" s="14" t="n">
+      <c r="H37" s="14" t="n">
         <v>1951682.0</v>
       </c>
-      <c r="H37" s="14" t="n">
+      <c r="I37" s="14" t="n">
         <v>2077830.0</v>
       </c>
-      <c r="I37" s="14" t="n">
+      <c r="J37" s="14" t="n">
         <v>2032607.0</v>
       </c>
-      <c r="J37" s="14" t="n">
+      <c r="K37" s="14" t="n">
         <v>1384802.0</v>
       </c>
-      <c r="K37" s="14" t="n">
+      <c r="L37" s="14" t="n">
         <v>1520226.0</v>
       </c>
-      <c r="L37" s="14" t="n">
+      <c r="M37" s="14" t="n">
         <v>1840481.0</v>
       </c>
-      <c r="M37" s="14" t="n">
+      <c r="N37" s="14" t="n">
         <v>1497400.0</v>
       </c>
-      <c r="N37" s="14" t="n">
+      <c r="O37" s="14" t="n">
         <v>1969709.0</v>
       </c>
-      <c r="O37" s="14" t="n">
+      <c r="P37" s="14" t="n">
+        <v>181345.0</v>
+      </c>
+      <c r="Q37" s="14" t="n">
         <v>178168.0</v>
       </c>
-      <c r="P37" s="14" t="n">
+      <c r="R37" s="14" t="n">
         <v>161118.0</v>
       </c>
-      <c r="Q37" s="14" t="n">
+      <c r="S37" s="14" t="n">
         <v>249725.0</v>
       </c>
-      <c r="R37" s="14" t="n">
+      <c r="T37" s="14" t="n">
         <v>168077.0</v>
       </c>
-      <c r="S37" s="14" t="n">
+      <c r="U37" s="14" t="n">
         <v>168417.0</v>
       </c>
-      <c r="T37" s="14" t="n">
+      <c r="V37" s="14" t="n">
         <v>206009.0</v>
       </c>
-      <c r="U37" s="14" t="n">
+      <c r="W37" s="14" t="n">
         <v>185657.0</v>
       </c>
-      <c r="V37" s="14" t="n">
+      <c r="X37" s="14" t="n">
         <v>181107.0</v>
       </c>
-      <c r="W37" s="14" t="n">
+      <c r="Y37" s="14" t="n">
         <v>241367.0</v>
       </c>
-      <c r="X37" s="14" t="n">
+      <c r="Z37" s="14" t="n">
         <v>240189.0</v>
       </c>
-      <c r="Y37" s="14" t="n">
+      <c r="AA37" s="14" t="n">
         <v>274461.0</v>
       </c>
-      <c r="Z37" s="14" t="n">
+      <c r="AB37" s="14" t="n">
         <v>118788.0</v>
       </c>
-      <c r="AA37" s="14" t="n">
+      <c r="AC37" s="14" t="n">
         <v>164977.0</v>
       </c>
-      <c r="AB37" s="14" t="n">
-[...2 lines deleted...]
-      <c r="AC37" s="14" t="n">
+      <c r="AD37" s="14" t="n">
+        <v>1566242.0</v>
+      </c>
+      <c r="AE37" s="14" t="n">
+        <v>1674399.0</v>
+      </c>
+      <c r="AF37" s="14" t="n">
         <v>1702504.0</v>
       </c>
-      <c r="AD37" s="14" t="n">
+      <c r="AG37" s="14" t="n">
         <v>1271878.0</v>
       </c>
-      <c r="AE37" s="14" t="n">
+      <c r="AH37" s="14" t="n">
         <v>2924819.0</v>
       </c>
-      <c r="AF37" s="14" t="n">
+      <c r="AI37" s="14" t="n">
         <v>2269208.0</v>
       </c>
-      <c r="AG37" s="14" t="n">
+      <c r="AJ37" s="14" t="n">
         <v>2157691.0</v>
       </c>
-      <c r="AH37" s="14" t="n">
+      <c r="AK37" s="14" t="n">
         <v>2263487.0</v>
       </c>
-      <c r="AI37" s="14" t="n">
+      <c r="AL37" s="14" t="n">
         <v>2213714.0</v>
       </c>
-      <c r="AJ37" s="14" t="n">
+      <c r="AM37" s="14" t="n">
         <v>1626169.0</v>
       </c>
-      <c r="AK37" s="14" t="n">
+      <c r="AN37" s="14" t="n">
         <v>1760415.0</v>
       </c>
-      <c r="AL37" s="14" t="n">
+      <c r="AO37" s="14" t="n">
         <v>2114942.0</v>
       </c>
-      <c r="AM37" s="14" t="n">
+      <c r="AP37" s="14" t="n">
         <v>1616188.0</v>
       </c>
-      <c r="AN37" s="14" t="n">
+      <c r="AQ37" s="14" t="n">
         <v>2134686.0</v>
       </c>
-      <c r="AO37" s="14" t="n">
-[...7 lines deleted...]
-      </c>
       <c r="AR37" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AS37" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AT37" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AU37" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AV37" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AW37" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AX37" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AY37" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="AZ37" s="14" t="n">
@@ -19791,785 +20944,830 @@
       <c r="BT37" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BU37" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BV37" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BW37" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BX37" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BY37" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BZ37" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="CA37" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="CB37" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CC37" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CD37" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CE37" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CF37" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CG37" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CH37" s="14" t="n">
+        <v>645514.0</v>
+      </c>
+      <c r="CI37" s="14" t="n">
         <v>912798.0</v>
       </c>
-      <c r="CC37" s="14" t="n">
+      <c r="CJ37" s="14" t="n">
         <v>1038968.0</v>
       </c>
-      <c r="CD37" s="14" t="n">
+      <c r="CK37" s="14" t="n">
         <v>829775.0</v>
       </c>
-      <c r="CE37" s="14" t="n">
+      <c r="CL37" s="14" t="n">
         <v>2758125.0</v>
       </c>
-      <c r="CF37" s="14" t="n">
+      <c r="CM37" s="14" t="n">
         <v>3377178.0</v>
       </c>
-      <c r="CG37" s="14" t="n">
+      <c r="CN37" s="14" t="n">
         <v>3959391.0</v>
       </c>
-      <c r="CH37" s="14" t="n">
+      <c r="CO37" s="14" t="n">
         <v>3785543.0</v>
       </c>
-      <c r="CI37" s="14" t="n">
+      <c r="CP37" s="14" t="n">
         <v>5097071.0</v>
       </c>
-      <c r="CJ37" s="14" t="n">
+      <c r="CQ37" s="14" t="n">
         <v>5538500.0</v>
       </c>
-      <c r="CK37" s="14" t="n">
+      <c r="CR37" s="14" t="n">
         <v>4912888.0</v>
       </c>
-      <c r="CL37" s="14" t="n">
+      <c r="CS37" s="14" t="n">
         <v>4881188.0</v>
       </c>
-      <c r="CM37" s="14" t="n">
+      <c r="CT37" s="14" t="n">
         <v>2202919.0</v>
       </c>
-      <c r="CN37" s="14" t="n">
+      <c r="CU37" s="14" t="n">
         <v>2162258.0</v>
       </c>
-      <c r="CO37" s="14" t="n">
+      <c r="CV37" s="14" t="n">
+        <v>91549.0</v>
+      </c>
+      <c r="CW37" s="14" t="n">
         <v>97437.0</v>
       </c>
-      <c r="CP37" s="14" t="n">
+      <c r="CX37" s="14" t="n">
         <v>127269.0</v>
       </c>
-      <c r="CQ37" s="14" t="n">
+      <c r="CY37" s="14" t="n">
         <v>126082.0</v>
       </c>
-      <c r="CR37" s="14" t="n">
+      <c r="CZ37" s="14" t="n">
         <v>124076.0</v>
       </c>
-      <c r="CS37" s="14" t="n">
+      <c r="DA37" s="14" t="n">
         <v>127339.0</v>
       </c>
-      <c r="CT37" s="14" t="n">
+      <c r="DB37" s="14" t="n">
         <v>166732.0</v>
       </c>
-      <c r="CU37" s="14" t="n">
+      <c r="DC37" s="14" t="n">
         <v>119238.0</v>
       </c>
-      <c r="CV37" s="14" t="n">
+      <c r="DD37" s="14" t="n">
         <v>139759.0</v>
       </c>
-      <c r="CW37" s="14" t="n">
+      <c r="DE37" s="14" t="n">
         <v>58457.0</v>
       </c>
-      <c r="CX37" s="14" t="n">
+      <c r="DF37" s="14" t="n">
         <v>49274.0</v>
       </c>
-      <c r="CY37" s="14" t="n">
+      <c r="DG37" s="14" t="n">
         <v>50072.0</v>
       </c>
-      <c r="CZ37" s="14" t="n">
+      <c r="DH37" s="14" t="n">
         <v>234054.0</v>
       </c>
-      <c r="DA37" s="14" t="n">
+      <c r="DI37" s="14" t="n">
         <v>192973.0</v>
       </c>
-      <c r="DB37" s="14" t="n">
+      <c r="DJ37" s="14" t="n">
+        <v>737063.0</v>
+      </c>
+      <c r="DK37" s="14" t="n">
         <v>1010235.0</v>
       </c>
-      <c r="DC37" s="14" t="n">
+      <c r="DL37" s="14" t="n">
         <v>1166237.0</v>
       </c>
-      <c r="DD37" s="14" t="n">
+      <c r="DM37" s="14" t="n">
         <v>955857.0</v>
       </c>
-      <c r="DE37" s="14" t="n">
+      <c r="DN37" s="14" t="n">
         <v>2882201.0</v>
       </c>
-      <c r="DF37" s="14" t="n">
+      <c r="DO37" s="14" t="n">
         <v>3504517.0</v>
       </c>
-      <c r="DG37" s="14" t="n">
+      <c r="DP37" s="14" t="n">
         <v>4126123.0</v>
       </c>
-      <c r="DH37" s="14" t="n">
+      <c r="DQ37" s="14" t="n">
         <v>3904781.0</v>
       </c>
-      <c r="DI37" s="14" t="n">
+      <c r="DR37" s="14" t="n">
         <v>5236830.0</v>
       </c>
-      <c r="DJ37" s="14" t="n">
+      <c r="DS37" s="14" t="n">
         <v>5596957.0</v>
       </c>
-      <c r="DK37" s="14" t="n">
+      <c r="DT37" s="14" t="n">
         <v>4962162.0</v>
       </c>
-      <c r="DL37" s="14" t="n">
+      <c r="DU37" s="14" t="n">
         <v>4931260.0</v>
       </c>
-      <c r="DM37" s="14" t="n">
+      <c r="DV37" s="14" t="n">
         <v>2436973.0</v>
       </c>
-      <c r="DN37" s="14" t="n">
+      <c r="DW37" s="14" t="n">
         <v>2355231.0</v>
       </c>
-      <c r="DO37" s="14" t="n">
+      <c r="DX37" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DY37" s="14" t="n">
         <v>3.0</v>
       </c>
-      <c r="DP37" s="14" t="n">
-[...11 lines deleted...]
-      <c r="DT37" s="14" t="n">
+      <c r="DZ37" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EA37" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EB37" s="14" t="n">
+        <v>2575.0</v>
+      </c>
+      <c r="EC37" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="ED37" s="14" t="n">
         <v>500.0</v>
       </c>
-      <c r="DU37" s="14" t="n">
+      <c r="EE37" s="14" t="n">
         <v>1050.0</v>
       </c>
-      <c r="DV37" s="14" t="n">
-[...28 lines deleted...]
-      </c>
       <c r="EF37" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="EG37" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="EH37" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="EI37" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="EJ37" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="EK37" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="EL37" s="14" t="n">
-        <v>0.0</v>
+        <v>3.0</v>
       </c>
       <c r="EM37" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EN37" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EO37" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EP37" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EQ37" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="ER37" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="ES37" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="ET37" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EU37" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EV37" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EW37" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="EX37" s="14" t="n">
         <v>7.0</v>
       </c>
-      <c r="EN37" s="14" t="n">
+      <c r="EY37" s="14" t="n">
         <v>72.0</v>
       </c>
-      <c r="EO37" s="14" t="n">
+      <c r="EZ37" s="14" t="n">
         <v>3.0</v>
       </c>
-      <c r="EP37" s="14" t="n">
-[...11 lines deleted...]
-      <c r="ET37" s="14" t="n">
+      <c r="FA37" s="14" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="FB37" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FC37" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FD37" s="14" t="n">
+        <v>2575.0</v>
+      </c>
+      <c r="FE37" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FF37" s="14" t="n">
         <v>500.0</v>
       </c>
-      <c r="EU37" s="14" t="n">
+      <c r="FG37" s="14" t="n">
         <v>1050.0</v>
       </c>
-      <c r="EV37" s="14" t="n">
-[...11 lines deleted...]
-      <c r="EZ37" s="14" t="n">
+      <c r="FH37" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FI37" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FJ37" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FK37" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FL37" s="14" t="n">
         <v>7.0</v>
       </c>
-      <c r="FA37" s="14" t="n">
+      <c r="FM37" s="14" t="n">
         <v>72.0</v>
       </c>
-      <c r="FB37" s="14" t="n">
-[...2 lines deleted...]
-      <c r="FC37" s="14" t="n">
+      <c r="FN37" s="14" t="n">
+        <v>2030411.0</v>
+      </c>
+      <c r="FO37" s="14" t="n">
+        <v>2409032.0</v>
+      </c>
+      <c r="FP37" s="14" t="n">
         <v>2580354.0</v>
       </c>
-      <c r="FD37" s="14" t="n">
+      <c r="FQ37" s="14" t="n">
         <v>1851928.0</v>
       </c>
-      <c r="FE37" s="14" t="n">
+      <c r="FR37" s="14" t="n">
         <v>5517441.0</v>
       </c>
-      <c r="FF37" s="14" t="n">
-[...2 lines deleted...]
-      <c r="FG37" s="14" t="n">
+      <c r="FS37" s="14" t="n">
+        <v>5477968.0</v>
+      </c>
+      <c r="FT37" s="14" t="n">
         <v>5911573.0</v>
       </c>
-      <c r="FH37" s="14" t="n">
+      <c r="FU37" s="14" t="n">
         <v>5864423.0</v>
       </c>
-      <c r="FI37" s="14" t="n">
+      <c r="FV37" s="14" t="n">
         <v>7129678.0</v>
       </c>
-      <c r="FJ37" s="14" t="n">
+      <c r="FW37" s="14" t="n">
         <v>6923302.0</v>
       </c>
-      <c r="FK37" s="14" t="n">
+      <c r="FX37" s="14" t="n">
         <v>6433114.0</v>
       </c>
-      <c r="FL37" s="14" t="n">
+      <c r="FY37" s="14" t="n">
         <v>6721669.0</v>
       </c>
-      <c r="FM37" s="14" t="n">
+      <c r="FZ37" s="14" t="n">
         <v>3700319.0</v>
       </c>
-      <c r="FN37" s="14" t="n">
+      <c r="GA37" s="14" t="n">
         <v>4131967.0</v>
       </c>
-      <c r="FO37" s="14" t="n">
+      <c r="GB37" s="14" t="n">
+        <v>272898.0</v>
+      </c>
+      <c r="GC37" s="14" t="n">
         <v>275605.0</v>
       </c>
-      <c r="FP37" s="14" t="n">
+      <c r="GD37" s="14" t="n">
         <v>288387.0</v>
       </c>
-      <c r="FQ37" s="14" t="n">
+      <c r="GE37" s="14" t="n">
         <v>375807.0</v>
       </c>
-      <c r="FR37" s="14" t="n">
+      <c r="GF37" s="14" t="n">
         <v>292153.0</v>
       </c>
-      <c r="FS37" s="14" t="n">
+      <c r="GG37" s="14" t="n">
         <v>295756.0</v>
       </c>
-      <c r="FT37" s="14" t="n">
+      <c r="GH37" s="14" t="n">
         <v>372741.0</v>
       </c>
-      <c r="FU37" s="14" t="n">
+      <c r="GI37" s="14" t="n">
         <v>304895.0</v>
       </c>
-      <c r="FV37" s="14" t="n">
+      <c r="GJ37" s="14" t="n">
         <v>320866.0</v>
       </c>
-      <c r="FW37" s="14" t="n">
+      <c r="GK37" s="14" t="n">
         <v>299824.0</v>
       </c>
-      <c r="FX37" s="14" t="n">
+      <c r="GL37" s="14" t="n">
         <v>289463.0</v>
       </c>
-      <c r="FY37" s="14" t="n">
+      <c r="GM37" s="14" t="n">
         <v>324533.0</v>
       </c>
-      <c r="FZ37" s="14" t="n">
+      <c r="GN37" s="14" t="n">
         <v>352849.0</v>
       </c>
-      <c r="GA37" s="14" t="n">
+      <c r="GO37" s="14" t="n">
         <v>358022.0</v>
       </c>
-      <c r="GB37" s="14" t="n">
+      <c r="GP37" s="14" t="n">
+        <v>2303308.0</v>
+      </c>
+      <c r="GQ37" s="14" t="n">
         <v>2684638.0</v>
       </c>
-      <c r="GC37" s="14" t="n">
+      <c r="GR37" s="14" t="n">
         <v>2868741.0</v>
       </c>
-      <c r="GD37" s="14" t="n">
+      <c r="GS37" s="14" t="n">
         <v>2227735.0</v>
       </c>
-      <c r="GE37" s="14" t="n">
+      <c r="GT37" s="14" t="n">
         <v>5809594.0</v>
       </c>
-      <c r="GF37" s="14" t="n">
+      <c r="GU37" s="14" t="n">
         <v>5773725.0</v>
       </c>
-      <c r="GG37" s="14" t="n">
+      <c r="GV37" s="14" t="n">
         <v>6284314.0</v>
       </c>
-      <c r="GH37" s="14" t="n">
-[...5 lines deleted...]
-      <c r="GJ37" s="14" t="n">
+      <c r="GW37" s="14" t="n">
+        <v>6169317.0</v>
+      </c>
+      <c r="GX37" s="14" t="n">
+        <v>7450543.0</v>
+      </c>
+      <c r="GY37" s="14" t="n">
         <v>7223126.0</v>
       </c>
-      <c r="GK37" s="14" t="n">
+      <c r="GZ37" s="14" t="n">
         <v>6722577.0</v>
       </c>
-      <c r="GL37" s="14" t="n">
+      <c r="HA37" s="14" t="n">
         <v>7046202.0</v>
       </c>
-      <c r="GM37" s="14" t="n">
+      <c r="HB37" s="14" t="n">
         <v>4053168.0</v>
       </c>
-      <c r="GN37" s="14" t="n">
+      <c r="HC37" s="14" t="n">
         <v>4489989.0</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="6" t="inlineStr">
         <is>
           <t>12.7. Drainage waste</t>
         </is>
       </c>
       <c r="B38" s="14" t="n">
+        <v>1628.0</v>
+      </c>
+      <c r="C38" s="14" t="n">
         <v>3290.0</v>
       </c>
-      <c r="C38" s="14" t="n">
+      <c r="D38" s="14" t="n">
         <v>2248.0</v>
       </c>
-      <c r="D38" s="14" t="n">
+      <c r="E38" s="14" t="n">
         <v>877.0</v>
       </c>
-      <c r="E38" s="14" t="n">
+      <c r="F38" s="14" t="n">
         <v>1497.0</v>
       </c>
-      <c r="F38" s="14" t="n">
+      <c r="G38" s="14" t="n">
         <v>481.0</v>
       </c>
-      <c r="G38" s="14" t="n">
+      <c r="H38" s="14" t="n">
         <v>3392.0</v>
       </c>
-      <c r="H38" s="14" t="n">
+      <c r="I38" s="14" t="n">
         <v>2209.0</v>
       </c>
-      <c r="I38" s="14" t="n">
+      <c r="J38" s="14" t="n">
         <v>8.0</v>
       </c>
-      <c r="J38" s="14" t="n">
+      <c r="K38" s="14" t="n">
         <v>1198.0</v>
       </c>
-      <c r="K38" s="14" t="n">
+      <c r="L38" s="14" t="n">
         <v>1243.0</v>
       </c>
-      <c r="L38" s="14" t="n">
+      <c r="M38" s="14" t="n">
         <v>1453.0</v>
       </c>
-      <c r="M38" s="14" t="n">
+      <c r="N38" s="14" t="n">
         <v>1091.0</v>
       </c>
-      <c r="N38" s="14" t="n">
+      <c r="O38" s="14" t="n">
         <v>1944.0</v>
       </c>
-      <c r="O38" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="P38" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="Q38" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="R38" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="S38" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="T38" s="14" t="n">
         <v>32.0</v>
       </c>
-      <c r="S38" s="14" t="n">
+      <c r="U38" s="14" t="n">
         <v>55.0</v>
       </c>
-      <c r="T38" s="14" t="n">
+      <c r="V38" s="14" t="n">
         <v>173.0</v>
       </c>
-      <c r="U38" s="14" t="n">
+      <c r="W38" s="14" t="n">
         <v>166.0</v>
       </c>
-      <c r="V38" s="14" t="n">
+      <c r="X38" s="14" t="n">
         <v>169.0</v>
       </c>
-      <c r="W38" s="14" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="Y38" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="Z38" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="AA38" s="14" t="n">
         <v>308.0</v>
       </c>
-      <c r="Z38" s="14" t="n">
+      <c r="AB38" s="14" t="n">
         <v>564.0</v>
       </c>
-      <c r="AA38" s="14" t="n">
+      <c r="AC38" s="14" t="n">
         <v>80.0</v>
       </c>
-      <c r="AB38" s="14" t="n">
+      <c r="AD38" s="14" t="n">
+        <v>1628.0</v>
+      </c>
+      <c r="AE38" s="14" t="n">
         <v>3290.0</v>
       </c>
-      <c r="AC38" s="14" t="n">
+      <c r="AF38" s="14" t="n">
         <v>2248.0</v>
       </c>
-      <c r="AD38" s="14" t="n">
+      <c r="AG38" s="14" t="n">
         <v>877.0</v>
       </c>
-      <c r="AE38" s="14" t="n">
-[...2 lines deleted...]
-      <c r="AF38" s="14" t="n">
+      <c r="AH38" s="14" t="n">
+        <v>1528.0</v>
+      </c>
+      <c r="AI38" s="14" t="n">
         <v>536.0</v>
       </c>
-      <c r="AG38" s="14" t="n">
+      <c r="AJ38" s="14" t="n">
         <v>3565.0</v>
       </c>
-      <c r="AH38" s="14" t="n">
-[...5 lines deleted...]
-      <c r="AJ38" s="14" t="n">
+      <c r="AK38" s="14" t="n">
+        <v>2374.0</v>
+      </c>
+      <c r="AL38" s="14" t="n">
+        <v>176.0</v>
+      </c>
+      <c r="AM38" s="14" t="n">
         <v>1198.0</v>
       </c>
-      <c r="AK38" s="14" t="n">
+      <c r="AN38" s="14" t="n">
         <v>1243.0</v>
       </c>
-      <c r="AL38" s="14" t="n">
+      <c r="AO38" s="14" t="n">
         <v>1761.0</v>
       </c>
-      <c r="AM38" s="14" t="n">
+      <c r="AP38" s="14" t="n">
         <v>1655.0</v>
       </c>
-      <c r="AN38" s="14" t="n">
+      <c r="AQ38" s="14" t="n">
         <v>2024.0</v>
       </c>
-      <c r="AO38" s="14" t="n">
-[...2 lines deleted...]
-      <c r="AP38" s="14" t="n">
+      <c r="AR38" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="AS38" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="AT38" s="14" t="n">
         <v>23.0</v>
       </c>
-      <c r="AQ38" s="14" t="n">
+      <c r="AU38" s="14" t="n">
         <v>142.0</v>
       </c>
-      <c r="AR38" s="14" t="n">
+      <c r="AV38" s="14" t="n">
         <v>12.0</v>
       </c>
-      <c r="AS38" s="14" t="n">
+      <c r="AW38" s="14" t="n">
         <v>41.0</v>
       </c>
-      <c r="AT38" s="14" t="n">
+      <c r="AX38" s="14" t="n">
         <v>55.0</v>
       </c>
-      <c r="AU38" s="14" t="n">
+      <c r="AY38" s="14" t="n">
         <v>502.0</v>
       </c>
-      <c r="AV38" s="14" t="n">
-[...10 lines deleted...]
-      </c>
       <c r="AZ38" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BA38" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BB38" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BC38" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BD38" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BE38" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BF38" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BG38" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BH38" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BI38" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BJ38" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BK38" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BL38" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BM38" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BN38" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BO38" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BP38" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BQ38" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BR38" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BS38" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BT38" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BU38" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BV38" s="14" t="n">
         <v>23.0</v>
       </c>
-      <c r="BQ38" s="14" t="n">
+      <c r="BW38" s="14" t="n">
         <v>142.0</v>
       </c>
-      <c r="BR38" s="14" t="n">
+      <c r="BX38" s="14" t="n">
         <v>12.0</v>
       </c>
-      <c r="BS38" s="14" t="n">
+      <c r="BY38" s="14" t="n">
         <v>41.0</v>
       </c>
-      <c r="BT38" s="14" t="n">
+      <c r="BZ38" s="14" t="n">
         <v>55.0</v>
       </c>
-      <c r="BU38" s="14" t="n">
+      <c r="CA38" s="14" t="n">
         <v>502.0</v>
       </c>
-      <c r="BV38" s="14" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="CB38" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CC38" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CD38" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CE38" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CF38" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CG38" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CH38" s="14" t="n">
+        <v>2709.0</v>
+      </c>
+      <c r="CI38" s="14" t="n">
         <v>1331.0</v>
       </c>
-      <c r="CC38" s="14" t="n">
+      <c r="CJ38" s="14" t="n">
         <v>4079.0</v>
       </c>
-      <c r="CD38" s="14" t="n">
+      <c r="CK38" s="14" t="n">
         <v>6618.0</v>
       </c>
-      <c r="CE38" s="14" t="n">
+      <c r="CL38" s="14" t="n">
         <v>7232.0</v>
       </c>
-      <c r="CF38" s="14" t="n">
+      <c r="CM38" s="14" t="n">
         <v>2749.0</v>
       </c>
-      <c r="CG38" s="14" t="n">
+      <c r="CN38" s="14" t="n">
         <v>6424.0</v>
       </c>
-      <c r="CH38" s="14" t="n">
+      <c r="CO38" s="14" t="n">
         <v>145.0</v>
       </c>
-      <c r="CI38" s="14" t="n">
+      <c r="CP38" s="14" t="n">
         <v>1052.0</v>
       </c>
-      <c r="CJ38" s="14" t="n">
+      <c r="CQ38" s="14" t="n">
         <v>248.0</v>
       </c>
-      <c r="CK38" s="14" t="n">
+      <c r="CR38" s="14" t="n">
         <v>172.0</v>
       </c>
-      <c r="CL38" s="14" t="n">
+      <c r="CS38" s="14" t="n">
         <v>12.0</v>
       </c>
-      <c r="CM38" s="14" t="n">
+      <c r="CT38" s="14" t="n">
         <v>869.0</v>
       </c>
-      <c r="CN38" s="14" t="n">
+      <c r="CU38" s="14" t="n">
         <v>18.0</v>
       </c>
-      <c r="CO38" s="14" t="n">
-[...8 lines deleted...]
-      <c r="CR38" s="14" t="n">
+      <c r="CV38" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CW38" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CX38" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CY38" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="CZ38" s="14" t="n">
         <v>19.0</v>
       </c>
-      <c r="CS38" s="14" t="n">
+      <c r="DA38" s="14" t="n">
         <v>33.0</v>
       </c>
-      <c r="CT38" s="14" t="n">
+      <c r="DB38" s="14" t="n">
         <v>103.0</v>
       </c>
-      <c r="CU38" s="14" t="n">
+      <c r="DC38" s="14" t="n">
         <v>99.0</v>
       </c>
-      <c r="CV38" s="14" t="n">
-[...8 lines deleted...]
-      <c r="CY38" s="14" t="n">
+      <c r="DD38" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DE38" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DF38" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="DG38" s="14" t="n">
         <v>185.0</v>
       </c>
-      <c r="CZ38" s="14" t="n">
+      <c r="DH38" s="14" t="n">
         <v>5.0</v>
       </c>
-      <c r="DA38" s="14" t="n">
+      <c r="DI38" s="14" t="n">
         <v>424.0</v>
       </c>
-      <c r="DB38" s="14" t="n">
+      <c r="DJ38" s="14" t="n">
+        <v>2709.0</v>
+      </c>
+      <c r="DK38" s="14" t="n">
         <v>1331.0</v>
       </c>
-      <c r="DC38" s="14" t="n">
+      <c r="DL38" s="14" t="n">
         <v>4079.0</v>
       </c>
-      <c r="DD38" s="14" t="n">
+      <c r="DM38" s="14" t="n">
         <v>6618.0</v>
       </c>
-      <c r="DE38" s="14" t="n">
+      <c r="DN38" s="14" t="n">
         <v>7251.0</v>
       </c>
-      <c r="DF38" s="14" t="n">
+      <c r="DO38" s="14" t="n">
         <v>2782.0</v>
       </c>
-      <c r="DG38" s="14" t="n">
-[...5 lines deleted...]
-      <c r="DI38" s="14" t="n">
+      <c r="DP38" s="14" t="n">
+        <v>6528.0</v>
+      </c>
+      <c r="DQ38" s="14" t="n">
+        <v>245.0</v>
+      </c>
+      <c r="DR38" s="14" t="n">
         <v>1052.0</v>
       </c>
-      <c r="DJ38" s="14" t="n">
+      <c r="DS38" s="14" t="n">
         <v>248.0</v>
       </c>
-      <c r="DK38" s="14" t="n">
+      <c r="DT38" s="14" t="n">
         <v>172.0</v>
       </c>
-      <c r="DL38" s="14" t="n">
+      <c r="DU38" s="14" t="n">
         <v>197.0</v>
       </c>
-      <c r="DM38" s="14" t="n">
+      <c r="DV38" s="14" t="n">
         <v>874.0</v>
       </c>
-      <c r="DN38" s="14" t="n">
+      <c r="DW38" s="14" t="n">
         <v>442.0</v>
       </c>
-      <c r="DO38" s="14" t="n">
-[...25 lines deleted...]
-      </c>
       <c r="DX38" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="DY38" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="DZ38" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="EA38" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="EB38" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="EC38" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="ED38" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="EE38" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="EF38" s="14" t="n">
@@ -20617,551 +21815,596 @@
       <c r="ET38" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="EU38" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="EV38" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="EW38" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="EX38" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="EY38" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="EZ38" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="FA38" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="FB38" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FC38" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FD38" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FE38" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FF38" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FG38" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FH38" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FI38" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FJ38" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FK38" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FL38" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FM38" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FN38" s="14" t="n">
+        <v>4336.0</v>
+      </c>
+      <c r="FO38" s="14" t="n">
         <v>4621.0</v>
       </c>
-      <c r="FC38" s="14" t="n">
-[...2 lines deleted...]
-      <c r="FD38" s="14" t="n">
+      <c r="FP38" s="14" t="n">
+        <v>6351.0</v>
+      </c>
+      <c r="FQ38" s="14" t="n">
         <v>7637.0</v>
       </c>
-      <c r="FE38" s="14" t="n">
+      <c r="FR38" s="14" t="n">
         <v>8741.0</v>
       </c>
-      <c r="FF38" s="14" t="n">
+      <c r="FS38" s="14" t="n">
         <v>3271.0</v>
       </c>
-      <c r="FG38" s="14" t="n">
+      <c r="FT38" s="14" t="n">
         <v>9871.0</v>
       </c>
-      <c r="FH38" s="14" t="n">
-[...5 lines deleted...]
-      <c r="FJ38" s="14" t="n">
+      <c r="FU38" s="14" t="n">
+        <v>2857.0</v>
+      </c>
+      <c r="FV38" s="14" t="n">
+        <v>1059.0</v>
+      </c>
+      <c r="FW38" s="14" t="n">
         <v>1446.0</v>
       </c>
-      <c r="FK38" s="14" t="n">
+      <c r="FX38" s="14" t="n">
         <v>1415.0</v>
       </c>
-      <c r="FL38" s="14" t="n">
+      <c r="FY38" s="14" t="n">
         <v>1465.0</v>
       </c>
-      <c r="FM38" s="14" t="n">
+      <c r="FZ38" s="14" t="n">
         <v>1960.0</v>
       </c>
-      <c r="FN38" s="14" t="n">
+      <c r="GA38" s="14" t="n">
         <v>1962.0</v>
       </c>
-      <c r="FO38" s="14" t="n">
-[...14 lines deleted...]
-      <c r="FT38" s="14" t="n">
+      <c r="GB38" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GC38" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GD38" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GE38" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GF38" s="14" t="n">
+        <v>50.0</v>
+      </c>
+      <c r="GG38" s="14" t="n">
+        <v>87.0</v>
+      </c>
+      <c r="GH38" s="14" t="n">
         <v>276.0</v>
       </c>
-      <c r="FU38" s="14" t="n">
+      <c r="GI38" s="14" t="n">
         <v>265.0</v>
       </c>
-      <c r="FV38" s="14" t="n">
+      <c r="GJ38" s="14" t="n">
         <v>169.0</v>
       </c>
-      <c r="FW38" s="14" t="n">
-[...5 lines deleted...]
-      <c r="FY38" s="14" t="n">
+      <c r="GK38" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GL38" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="GM38" s="14" t="n">
         <v>493.0</v>
       </c>
-      <c r="FZ38" s="14" t="n">
+      <c r="GN38" s="14" t="n">
         <v>569.0</v>
       </c>
-      <c r="GA38" s="14" t="n">
+      <c r="GO38" s="14" t="n">
         <v>504.0</v>
       </c>
-      <c r="GB38" s="14" t="n">
+      <c r="GP38" s="14" t="n">
+        <v>4336.0</v>
+      </c>
+      <c r="GQ38" s="14" t="n">
         <v>4621.0</v>
       </c>
-      <c r="GC38" s="14" t="n">
-[...2 lines deleted...]
-      <c r="GD38" s="14" t="n">
+      <c r="GR38" s="14" t="n">
+        <v>6351.0</v>
+      </c>
+      <c r="GS38" s="14" t="n">
         <v>7637.0</v>
       </c>
-      <c r="GE38" s="14" t="n">
-[...5 lines deleted...]
-      <c r="GG38" s="14" t="n">
+      <c r="GT38" s="14" t="n">
+        <v>8791.0</v>
+      </c>
+      <c r="GU38" s="14" t="n">
+        <v>3358.0</v>
+      </c>
+      <c r="GV38" s="14" t="n">
         <v>10147.0</v>
       </c>
-      <c r="GH38" s="14" t="n">
+      <c r="GW38" s="14" t="n">
         <v>3121.0</v>
       </c>
-      <c r="GI38" s="14" t="n">
-[...2 lines deleted...]
-      <c r="GJ38" s="14" t="n">
+      <c r="GX38" s="14" t="n">
+        <v>1228.0</v>
+      </c>
+      <c r="GY38" s="14" t="n">
         <v>1446.0</v>
       </c>
-      <c r="GK38" s="14" t="n">
+      <c r="GZ38" s="14" t="n">
         <v>1415.0</v>
       </c>
-      <c r="GL38" s="14" t="n">
+      <c r="HA38" s="14" t="n">
         <v>1958.0</v>
       </c>
-      <c r="GM38" s="14" t="n">
+      <c r="HB38" s="14" t="n">
         <v>2529.0</v>
       </c>
-      <c r="GN38" s="14" t="n">
+      <c r="HC38" s="14" t="n">
         <v>2466.0</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="6" t="inlineStr">
         <is>
           <t>12.8 and 13. Waste from the treatment of waste and Solidified, stabilised or vitrified waste</t>
         </is>
       </c>
       <c r="B39" s="14" t="n">
+        <v>113234.0</v>
+      </c>
+      <c r="C39" s="14" t="n">
         <v>119779.0</v>
       </c>
-      <c r="C39" s="14" t="n">
+      <c r="D39" s="14" t="n">
         <v>89191.0</v>
       </c>
-      <c r="D39" s="14" t="n">
+      <c r="E39" s="14" t="n">
         <v>235378.0</v>
       </c>
-      <c r="E39" s="14" t="n">
+      <c r="F39" s="14" t="n">
         <v>232954.0</v>
       </c>
-      <c r="F39" s="14" t="n">
+      <c r="G39" s="14" t="n">
         <v>205788.0</v>
       </c>
-      <c r="G39" s="14" t="n">
+      <c r="H39" s="14" t="n">
         <v>148240.0</v>
       </c>
-      <c r="H39" s="14" t="n">
+      <c r="I39" s="14" t="n">
         <v>46627.0</v>
       </c>
-      <c r="I39" s="14" t="n">
+      <c r="J39" s="14" t="n">
         <v>70360.0</v>
       </c>
-      <c r="J39" s="14" t="n">
+      <c r="K39" s="14" t="n">
         <v>231501.0</v>
       </c>
-      <c r="K39" s="14" t="n">
+      <c r="L39" s="14" t="n">
         <v>168837.0</v>
       </c>
-      <c r="L39" s="14" t="n">
+      <c r="M39" s="14" t="n">
         <v>269281.0</v>
       </c>
-      <c r="M39" s="14" t="n">
+      <c r="N39" s="14" t="n">
         <v>257153.0</v>
       </c>
-      <c r="N39" s="14" t="n">
+      <c r="O39" s="14" t="n">
         <v>160359.0</v>
       </c>
-      <c r="O39" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="P39" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="Q39" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="R39" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="S39" s="14" t="n">
         <v>10162.0</v>
       </c>
-      <c r="R39" s="14" t="n">
+      <c r="T39" s="14" t="n">
         <v>10832.0</v>
       </c>
-      <c r="S39" s="14" t="n">
+      <c r="U39" s="14" t="n">
         <v>12067.0</v>
       </c>
-      <c r="T39" s="14" t="n">
+      <c r="V39" s="14" t="n">
         <v>8286.0</v>
       </c>
-      <c r="U39" s="14" t="n">
+      <c r="W39" s="14" t="n">
         <v>11504.0</v>
       </c>
-      <c r="V39" s="14" t="n">
+      <c r="X39" s="14" t="n">
         <v>9328.0</v>
       </c>
-      <c r="W39" s="14" t="n">
+      <c r="Y39" s="14" t="n">
         <v>39.0</v>
       </c>
-      <c r="X39" s="14" t="n">
+      <c r="Z39" s="14" t="n">
         <v>16008.0</v>
       </c>
-      <c r="Y39" s="14" t="n">
+      <c r="AA39" s="14" t="n">
         <v>1300.0</v>
       </c>
-      <c r="Z39" s="14" t="n">
+      <c r="AB39" s="14" t="n">
         <v>10579.0</v>
       </c>
-      <c r="AA39" s="14" t="n">
+      <c r="AC39" s="14" t="n">
         <v>32972.0</v>
       </c>
-      <c r="AB39" s="14" t="n">
+      <c r="AD39" s="14" t="n">
+        <v>113234.0</v>
+      </c>
+      <c r="AE39" s="14" t="n">
         <v>119779.0</v>
       </c>
-      <c r="AC39" s="14" t="n">
+      <c r="AF39" s="14" t="n">
         <v>89191.0</v>
       </c>
-      <c r="AD39" s="14" t="n">
+      <c r="AG39" s="14" t="n">
         <v>245540.0</v>
       </c>
-      <c r="AE39" s="14" t="n">
+      <c r="AH39" s="14" t="n">
         <v>243786.0</v>
       </c>
-      <c r="AF39" s="14" t="n">
+      <c r="AI39" s="14" t="n">
         <v>217855.0</v>
       </c>
-      <c r="AG39" s="14" t="n">
-[...2 lines deleted...]
-      <c r="AH39" s="14" t="n">
+      <c r="AJ39" s="14" t="n">
+        <v>156527.0</v>
+      </c>
+      <c r="AK39" s="14" t="n">
         <v>58131.0</v>
       </c>
-      <c r="AI39" s="14" t="n">
+      <c r="AL39" s="14" t="n">
         <v>79688.0</v>
       </c>
-      <c r="AJ39" s="14" t="n">
+      <c r="AM39" s="14" t="n">
         <v>231540.0</v>
       </c>
-      <c r="AK39" s="14" t="n">
+      <c r="AN39" s="14" t="n">
         <v>184845.0</v>
       </c>
-      <c r="AL39" s="14" t="n">
+      <c r="AO39" s="14" t="n">
         <v>270581.0</v>
       </c>
-      <c r="AM39" s="14" t="n">
+      <c r="AP39" s="14" t="n">
         <v>267732.0</v>
       </c>
-      <c r="AN39" s="14" t="n">
+      <c r="AQ39" s="14" t="n">
         <v>193331.0</v>
       </c>
-      <c r="AO39" s="14" t="n">
+      <c r="AR39" s="14" t="n">
+        <v>52.0</v>
+      </c>
+      <c r="AS39" s="14" t="n">
         <v>63111.0</v>
       </c>
-      <c r="AP39" s="14" t="n">
+      <c r="AT39" s="14" t="n">
         <v>80907.0</v>
       </c>
-      <c r="AQ39" s="14" t="n">
+      <c r="AU39" s="14" t="n">
         <v>73587.0</v>
       </c>
-      <c r="AR39" s="14" t="n">
+      <c r="AV39" s="14" t="n">
         <v>21381.0</v>
       </c>
-      <c r="AS39" s="14" t="n">
+      <c r="AW39" s="14" t="n">
         <v>32401.0</v>
       </c>
-      <c r="AT39" s="14" t="n">
+      <c r="AX39" s="14" t="n">
         <v>22836.0</v>
       </c>
-      <c r="AU39" s="14" t="n">
+      <c r="AY39" s="14" t="n">
         <v>28283.0</v>
       </c>
-      <c r="AV39" s="14" t="n">
+      <c r="AZ39" s="14" t="n">
         <v>13.0</v>
       </c>
-      <c r="AW39" s="14" t="n">
+      <c r="BA39" s="14" t="n">
         <v>31463.0</v>
       </c>
-      <c r="AX39" s="14" t="n">
+      <c r="BB39" s="14" t="n">
         <v>9342.0</v>
       </c>
-      <c r="AY39" s="14" t="n">
+      <c r="BC39" s="14" t="n">
         <v>43932.0</v>
       </c>
-      <c r="AZ39" s="14" t="n">
+      <c r="BD39" s="14" t="n">
         <v>67.0</v>
       </c>
-      <c r="BA39" s="14" t="n">
+      <c r="BE39" s="14" t="n">
         <v>46554.0</v>
       </c>
-      <c r="BB39" s="14" t="n">
-[...10 lines deleted...]
-      </c>
       <c r="BF39" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BG39" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BH39" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BI39" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BJ39" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BK39" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BL39" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BM39" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BN39" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="BO39" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BP39" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BQ39" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BR39" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BS39" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="BT39" s="14" t="n">
+        <v>52.0</v>
+      </c>
+      <c r="BU39" s="14" t="n">
         <v>63111.0</v>
       </c>
-      <c r="BP39" s="14" t="n">
+      <c r="BV39" s="14" t="n">
         <v>80907.0</v>
       </c>
-      <c r="BQ39" s="14" t="n">
+      <c r="BW39" s="14" t="n">
         <v>73587.0</v>
       </c>
-      <c r="BR39" s="14" t="n">
+      <c r="BX39" s="14" t="n">
         <v>21381.0</v>
       </c>
-      <c r="BS39" s="14" t="n">
+      <c r="BY39" s="14" t="n">
         <v>32401.0</v>
       </c>
-      <c r="BT39" s="14" t="n">
+      <c r="BZ39" s="14" t="n">
         <v>22836.0</v>
       </c>
-      <c r="BU39" s="14" t="n">
+      <c r="CA39" s="14" t="n">
         <v>28283.0</v>
       </c>
-      <c r="BV39" s="14" t="n">
+      <c r="CB39" s="14" t="n">
         <v>13.0</v>
       </c>
-      <c r="BW39" s="14" t="n">
+      <c r="CC39" s="14" t="n">
         <v>31463.0</v>
       </c>
-      <c r="BX39" s="14" t="n">
+      <c r="CD39" s="14" t="n">
         <v>9342.0</v>
       </c>
-      <c r="BY39" s="14" t="n">
+      <c r="CE39" s="14" t="n">
         <v>43932.0</v>
       </c>
-      <c r="BZ39" s="14" t="n">
+      <c r="CF39" s="14" t="n">
         <v>67.0</v>
       </c>
-      <c r="CA39" s="14" t="n">
+      <c r="CG39" s="14" t="n">
         <v>46554.0</v>
       </c>
-      <c r="CB39" s="14" t="n">
+      <c r="CH39" s="14" t="n">
+        <v>419684.0</v>
+      </c>
+      <c r="CI39" s="14" t="n">
         <v>481153.0</v>
       </c>
-      <c r="CC39" s="14" t="n">
+      <c r="CJ39" s="14" t="n">
         <v>564504.0</v>
       </c>
-      <c r="CD39" s="14" t="n">
+      <c r="CK39" s="14" t="n">
         <v>614468.0</v>
       </c>
-      <c r="CE39" s="14" t="n">
+      <c r="CL39" s="14" t="n">
         <v>528840.0</v>
       </c>
-      <c r="CF39" s="14" t="n">
+      <c r="CM39" s="14" t="n">
         <v>570263.0</v>
       </c>
-      <c r="CG39" s="14" t="n">
+      <c r="CN39" s="14" t="n">
         <v>574568.0</v>
       </c>
-      <c r="CH39" s="14" t="n">
+      <c r="CO39" s="14" t="n">
         <v>489900.0</v>
       </c>
-      <c r="CI39" s="14" t="n">
+      <c r="CP39" s="14" t="n">
         <v>682145.0</v>
       </c>
-      <c r="CJ39" s="14" t="n">
+      <c r="CQ39" s="14" t="n">
         <v>451867.0</v>
       </c>
-      <c r="CK39" s="14" t="n">
+      <c r="CR39" s="14" t="n">
         <v>595758.0</v>
       </c>
-      <c r="CL39" s="14" t="n">
+      <c r="CS39" s="14" t="n">
         <v>597159.0</v>
       </c>
-      <c r="CM39" s="14" t="n">
+      <c r="CT39" s="14" t="n">
         <v>233442.0</v>
       </c>
-      <c r="CN39" s="14" t="n">
+      <c r="CU39" s="14" t="n">
         <v>551288.0</v>
       </c>
-      <c r="CO39" s="14" t="n">
+      <c r="CV39" s="14" t="n">
+        <v>265062.0</v>
+      </c>
+      <c r="CW39" s="14" t="n">
         <v>290431.0</v>
       </c>
-      <c r="CP39" s="14" t="n">
+      <c r="CX39" s="14" t="n">
         <v>209510.0</v>
       </c>
-      <c r="CQ39" s="14" t="n">
+      <c r="CY39" s="14" t="n">
         <v>178949.0</v>
       </c>
-      <c r="CR39" s="14" t="n">
+      <c r="CZ39" s="14" t="n">
         <v>208628.0</v>
       </c>
-      <c r="CS39" s="14" t="n">
+      <c r="DA39" s="14" t="n">
         <v>169054.0</v>
       </c>
-      <c r="CT39" s="14" t="n">
+      <c r="DB39" s="14" t="n">
         <v>173443.0</v>
       </c>
-      <c r="CU39" s="14" t="n">
+      <c r="DC39" s="14" t="n">
         <v>65842.0</v>
       </c>
-      <c r="CV39" s="14" t="n">
+      <c r="DD39" s="14" t="n">
         <v>96969.0</v>
       </c>
-      <c r="CW39" s="14" t="n">
+      <c r="DE39" s="14" t="n">
         <v>116970.0</v>
       </c>
-      <c r="CX39" s="14" t="n">
+      <c r="DF39" s="14" t="n">
         <v>157574.0</v>
       </c>
-      <c r="CY39" s="14" t="n">
+      <c r="DG39" s="14" t="n">
         <v>139231.0</v>
       </c>
-      <c r="CZ39" s="14" t="n">
+      <c r="DH39" s="14" t="n">
         <v>188216.0</v>
       </c>
-      <c r="DA39" s="14" t="n">
+      <c r="DI39" s="14" t="n">
         <v>82515.0</v>
       </c>
-      <c r="DB39" s="14" t="n">
+      <c r="DJ39" s="14" t="n">
+        <v>684746.0</v>
+      </c>
+      <c r="DK39" s="14" t="n">
         <v>771584.0</v>
       </c>
-      <c r="DC39" s="14" t="n">
+      <c r="DL39" s="14" t="n">
         <v>774014.0</v>
       </c>
-      <c r="DD39" s="14" t="n">
+      <c r="DM39" s="14" t="n">
         <v>793417.0</v>
       </c>
-      <c r="DE39" s="14" t="n">
+      <c r="DN39" s="14" t="n">
         <v>737468.0</v>
       </c>
-      <c r="DF39" s="14" t="n">
+      <c r="DO39" s="14" t="n">
         <v>739317.0</v>
       </c>
-      <c r="DG39" s="14" t="n">
+      <c r="DP39" s="14" t="n">
         <v>748011.0</v>
       </c>
-      <c r="DH39" s="14" t="n">
+      <c r="DQ39" s="14" t="n">
         <v>555742.0</v>
       </c>
-      <c r="DI39" s="14" t="n">
+      <c r="DR39" s="14" t="n">
         <v>779114.0</v>
       </c>
-      <c r="DJ39" s="14" t="n">
+      <c r="DS39" s="14" t="n">
         <v>568837.0</v>
       </c>
-      <c r="DK39" s="14" t="n">
+      <c r="DT39" s="14" t="n">
         <v>753332.0</v>
       </c>
-      <c r="DL39" s="14" t="n">
+      <c r="DU39" s="14" t="n">
         <v>736390.0</v>
       </c>
-      <c r="DM39" s="14" t="n">
+      <c r="DV39" s="14" t="n">
         <v>421658.0</v>
       </c>
-      <c r="DN39" s="14" t="n">
+      <c r="DW39" s="14" t="n">
         <v>633803.0</v>
       </c>
-      <c r="DO39" s="14" t="n">
-[...25 lines deleted...]
-      </c>
       <c r="DX39" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="DY39" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="DZ39" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="EA39" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="EB39" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="EC39" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="ED39" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="EE39" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="EF39" s="14" t="n">
@@ -21209,164 +22452,209 @@
       <c r="ET39" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="EU39" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="EV39" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="EW39" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="EX39" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="EY39" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="EZ39" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="FA39" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="FB39" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FC39" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FD39" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FE39" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FF39" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FG39" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FH39" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FI39" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FJ39" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FK39" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FL39" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FM39" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="FN39" s="14" t="n">
+        <v>532969.0</v>
+      </c>
+      <c r="FO39" s="14" t="n">
         <v>664043.0</v>
       </c>
-      <c r="FC39" s="14" t="n">
-[...2 lines deleted...]
-      <c r="FD39" s="14" t="n">
+      <c r="FP39" s="14" t="n">
+        <v>734601.0</v>
+      </c>
+      <c r="FQ39" s="14" t="n">
         <v>923433.0</v>
       </c>
-      <c r="FE39" s="14" t="n">
+      <c r="FR39" s="14" t="n">
         <v>783175.0</v>
       </c>
-      <c r="FF39" s="14" t="n">
+      <c r="FS39" s="14" t="n">
         <v>808452.0</v>
       </c>
-      <c r="FG39" s="14" t="n">
-[...2 lines deleted...]
-      <c r="FH39" s="14" t="n">
+      <c r="FT39" s="14" t="n">
+        <v>745645.0</v>
+      </c>
+      <c r="FU39" s="14" t="n">
         <v>564810.0</v>
       </c>
-      <c r="FI39" s="14" t="n">
-[...2 lines deleted...]
-      <c r="FJ39" s="14" t="n">
+      <c r="FV39" s="14" t="n">
+        <v>752517.0</v>
+      </c>
+      <c r="FW39" s="14" t="n">
         <v>714831.0</v>
       </c>
-      <c r="FK39" s="14" t="n">
+      <c r="FX39" s="14" t="n">
         <v>773937.0</v>
       </c>
-      <c r="FL39" s="14" t="n">
+      <c r="FY39" s="14" t="n">
         <v>910372.0</v>
       </c>
-      <c r="FM39" s="14" t="n">
+      <c r="FZ39" s="14" t="n">
         <v>490662.0</v>
       </c>
-      <c r="FN39" s="14" t="n">
+      <c r="GA39" s="14" t="n">
         <v>758201.0</v>
       </c>
-      <c r="FO39" s="14" t="n">
+      <c r="GB39" s="14" t="n">
+        <v>265062.0</v>
+      </c>
+      <c r="GC39" s="14" t="n">
         <v>290431.0</v>
       </c>
-      <c r="FP39" s="14" t="n">
+      <c r="GD39" s="14" t="n">
         <v>209510.0</v>
       </c>
-      <c r="FQ39" s="14" t="n">
-[...2 lines deleted...]
-      <c r="FR39" s="14" t="n">
+      <c r="GE39" s="14" t="n">
+        <v>189112.0</v>
+      </c>
+      <c r="GF39" s="14" t="n">
         <v>219460.0</v>
       </c>
-      <c r="FS39" s="14" t="n">
-[...2 lines deleted...]
-      <c r="FT39" s="14" t="n">
+      <c r="GG39" s="14" t="n">
+        <v>181122.0</v>
+      </c>
+      <c r="GH39" s="14" t="n">
         <v>181729.0</v>
       </c>
-      <c r="FU39" s="14" t="n">
+      <c r="GI39" s="14" t="n">
         <v>77346.0</v>
       </c>
-      <c r="FV39" s="14" t="n">
+      <c r="GJ39" s="14" t="n">
         <v>106297.0</v>
       </c>
-      <c r="FW39" s="14" t="n">
+      <c r="GK39" s="14" t="n">
         <v>117009.0</v>
       </c>
-      <c r="FX39" s="14" t="n">
+      <c r="GL39" s="14" t="n">
         <v>173582.0</v>
       </c>
-      <c r="FY39" s="14" t="n">
+      <c r="GM39" s="14" t="n">
         <v>140531.0</v>
       </c>
-      <c r="FZ39" s="14" t="n">
+      <c r="GN39" s="14" t="n">
         <v>198795.0</v>
       </c>
-      <c r="GA39" s="14" t="n">
+      <c r="GO39" s="14" t="n">
         <v>115487.0</v>
       </c>
-      <c r="GB39" s="14" t="n">
-[...5 lines deleted...]
-      <c r="GD39" s="14" t="n">
+      <c r="GP39" s="14" t="n">
+        <v>798031.0</v>
+      </c>
+      <c r="GQ39" s="14" t="n">
+        <v>954473.0</v>
+      </c>
+      <c r="GR39" s="14" t="n">
+        <v>944111.0</v>
+      </c>
+      <c r="GS39" s="14" t="n">
         <v>1112544.0</v>
       </c>
-      <c r="GE39" s="14" t="n">
+      <c r="GT39" s="14" t="n">
         <v>1002635.0</v>
       </c>
-      <c r="GF39" s="14" t="n">
-[...5 lines deleted...]
-      <c r="GH39" s="14" t="n">
+      <c r="GU39" s="14" t="n">
+        <v>989574.0</v>
+      </c>
+      <c r="GV39" s="14" t="n">
+        <v>927374.0</v>
+      </c>
+      <c r="GW39" s="14" t="n">
         <v>642156.0</v>
       </c>
-      <c r="GI39" s="14" t="n">
-[...2 lines deleted...]
-      <c r="GJ39" s="14" t="n">
+      <c r="GX39" s="14" t="n">
+        <v>858814.0</v>
+      </c>
+      <c r="GY39" s="14" t="n">
         <v>831840.0</v>
       </c>
-      <c r="GK39" s="14" t="n">
+      <c r="GZ39" s="14" t="n">
         <v>947519.0</v>
       </c>
-      <c r="GL39" s="14" t="n">
+      <c r="HA39" s="14" t="n">
         <v>1050903.0</v>
       </c>
-      <c r="GM39" s="14" t="n">
+      <c r="HB39" s="14" t="n">
         <v>689457.0</v>
       </c>
-      <c r="GN39" s="14" t="n">
+      <c r="HC39" s="14" t="n">
         <v>873688.0</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="5" t="inlineStr">
         <is>
           <t>Notas:</t>
         </is>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
           <t xml:space="preserve">The waste recovery operations described here include regeneration, recycling and composting operations and exclude filling or energy recovery operations. </t>
         </is>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
     <row r="45">
@@ -21376,62 +22664,62 @@
         </is>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="5" t="inlineStr">
         <is>
           <t xml:space="preserve">Fuente: </t>
         </is>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr">
         <is>
           <t>National Statistics Institute</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="26">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A5:K5"/>
     <mergeCell ref="A6:K6"/>
-    <mergeCell ref="B7:AN7"/>
-[...18 lines deleted...]
-    <mergeCell ref="GB8:GN8"/>
+    <mergeCell ref="B7:AQ7"/>
+    <mergeCell ref="AR7:CG7"/>
+    <mergeCell ref="CH7:DW7"/>
+    <mergeCell ref="DX7:FM7"/>
+    <mergeCell ref="FN7:HC7"/>
+    <mergeCell ref="B8:O8"/>
+    <mergeCell ref="P8:AC8"/>
+    <mergeCell ref="AD8:AQ8"/>
+    <mergeCell ref="AR8:BE8"/>
+    <mergeCell ref="BF8:BS8"/>
+    <mergeCell ref="BT8:CG8"/>
+    <mergeCell ref="CH8:CU8"/>
+    <mergeCell ref="CV8:DI8"/>
+    <mergeCell ref="DJ8:DW8"/>
+    <mergeCell ref="DX8:EK8"/>
+    <mergeCell ref="EL8:EY8"/>
+    <mergeCell ref="EZ8:FM8"/>
+    <mergeCell ref="FN8:GA8"/>
+    <mergeCell ref="GB8:GO8"/>
+    <mergeCell ref="GP8:HC8"/>
   </mergeCells>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>