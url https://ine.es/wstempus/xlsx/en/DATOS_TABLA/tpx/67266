--- v0 (2025-10-23)
+++ v1 (2026-02-26)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="tabla-29253" r:id="rId3" sheetId="1"/>
+    <sheet name="tabla-67266" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
   </numFmts>
   <fonts count="8">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="11.0"/>
       <color indexed="8"/>
@@ -246,3151 +246,3313 @@
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="8" xfId="0" applyFill="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="6" fillId="5" borderId="8" xfId="0" applyFill="true" applyBorder="true" applyFont="true"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="8" xfId="0" applyFill="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="5" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true" applyNumberFormat="true">
       <alignment horizontal="right"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:Q158"/>
+  <dimension ref="A1:R158"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="39.0625" customWidth="true"/>
     <col min="2" max="2" width="19.53125" customWidth="true"/>
     <col min="3" max="3" width="19.53125" customWidth="true"/>
     <col min="4" max="4" width="19.53125" customWidth="true"/>
     <col min="5" max="5" width="19.53125" customWidth="true"/>
     <col min="6" max="6" width="19.53125" customWidth="true"/>
     <col min="7" max="7" width="19.53125" customWidth="true"/>
     <col min="8" max="8" width="19.53125" customWidth="true"/>
     <col min="9" max="9" width="19.53125" customWidth="true"/>
     <col min="10" max="10" width="19.53125" customWidth="true"/>
     <col min="11" max="11" width="19.53125" customWidth="true"/>
     <col min="12" max="12" width="19.53125" customWidth="true"/>
     <col min="13" max="13" width="19.53125" customWidth="true"/>
     <col min="14" max="14" width="19.53125" customWidth="true"/>
     <col min="15" max="15" width="19.53125" customWidth="true"/>
     <col min="16" max="16" width="19.53125" customWidth="true"/>
     <col min="17" max="17" width="19.53125" customWidth="true"/>
+    <col min="18" max="18" width="19.53125" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
-          <t>National results. 2008-2021 series and preview 2022</t>
+          <t>Environmental Accounts and Statistics</t>
         </is>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
     </row>
     <row r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
-          <t>National results. 2008-2021 series and preview 2022</t>
+          <t>Atmospheric Emissions Account</t>
         </is>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
     </row>
     <row r="3">
       <c r="A3" s="11" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="B3" s="11"/>
       <c r="C3" s="11"/>
       <c r="D3" s="11"/>
       <c r="E3" s="11"/>
       <c r="F3" s="11"/>
       <c r="G3" s="11"/>
       <c r="H3" s="11"/>
       <c r="I3" s="11"/>
       <c r="J3" s="11"/>
       <c r="K3" s="11"/>
     </row>
     <row r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Air Emission Accounts by branch of activity group (CNAE 2009) and households as final consumers, polluting substances and period</t>
         </is>
       </c>
       <c r="B4" s="3"/>
       <c r="C4" s="3"/>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
       <c r="F4" s="3"/>
       <c r="G4" s="3"/>
       <c r="H4" s="3"/>
       <c r="I4" s="3"/>
       <c r="J4" s="3"/>
       <c r="K4" s="3"/>
     </row>
     <row r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
-          <t>Unidades: specified for each substance</t>
+          <t>Units: specified for each substance</t>
         </is>
       </c>
       <c r="B5" s="4"/>
       <c r="C5" s="4"/>
       <c r="D5" s="4"/>
       <c r="E5" s="4"/>
       <c r="F5" s="4"/>
       <c r="G5" s="4"/>
       <c r="H5" s="4"/>
       <c r="I5" s="4"/>
       <c r="J5" s="4"/>
       <c r="K5" s="4"/>
     </row>
     <row r="6">
       <c r="A6" s="11" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="B6" s="11"/>
       <c r="C6" s="11"/>
       <c r="D6" s="11"/>
       <c r="E6" s="11"/>
       <c r="F6" s="11"/>
       <c r="G6" s="11"/>
       <c r="H6" s="11"/>
       <c r="I6" s="11"/>
       <c r="J6" s="11"/>
       <c r="K6" s="11"/>
     </row>
     <row r="7">
       <c r="A7" s="12" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="B7" s="6" t="inlineStr">
         <is>
-          <t>2023(A)</t>
+          <t>2024(A)</t>
         </is>
       </c>
       <c r="C7" s="6" t="inlineStr">
         <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="D7" s="6" t="inlineStr">
+        <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="D7" s="6" t="inlineStr">
+      <c r="E7" s="6" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="E7" s="6" t="inlineStr">
+      <c r="F7" s="6" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="F7" s="6" t="inlineStr">
+      <c r="G7" s="6" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="G7" s="6" t="inlineStr">
+      <c r="H7" s="6" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="H7" s="6" t="inlineStr">
+      <c r="I7" s="6" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="I7" s="6" t="inlineStr">
+      <c r="J7" s="6" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="J7" s="6" t="inlineStr">
+      <c r="K7" s="6" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
-      <c r="K7" s="6" t="inlineStr">
+      <c r="L7" s="6" t="inlineStr">
         <is>
           <t>2014</t>
         </is>
       </c>
-      <c r="L7" s="6" t="inlineStr">
+      <c r="M7" s="6" t="inlineStr">
         <is>
           <t>2013</t>
         </is>
       </c>
-      <c r="M7" s="6" t="inlineStr">
+      <c r="N7" s="6" t="inlineStr">
         <is>
           <t>2012</t>
         </is>
       </c>
-      <c r="N7" s="6" t="inlineStr">
+      <c r="O7" s="6" t="inlineStr">
         <is>
           <t>2011</t>
         </is>
       </c>
-      <c r="O7" s="6" t="inlineStr">
+      <c r="P7" s="6" t="inlineStr">
         <is>
           <t>2010</t>
         </is>
       </c>
-      <c r="P7" s="6" t="inlineStr">
+      <c r="Q7" s="6" t="inlineStr">
         <is>
           <t>2009</t>
         </is>
       </c>
-      <c r="Q7" s="6" t="inlineStr">
+      <c r="R7" s="6" t="inlineStr">
         <is>
           <t>2008</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="6" t="inlineStr">
         <is>
           <t>CO2 - Carbon dioxide (thousands tonnes)</t>
         </is>
       </c>
       <c r="B8" s="6"/>
       <c r="C8" s="6"/>
       <c r="D8" s="6"/>
       <c r="E8" s="6"/>
       <c r="F8" s="6"/>
       <c r="G8" s="6"/>
       <c r="H8" s="6"/>
       <c r="I8" s="6"/>
       <c r="J8" s="6"/>
       <c r="K8" s="6"/>
       <c r="L8" s="6"/>
       <c r="M8" s="6"/>
       <c r="N8" s="6"/>
       <c r="O8" s="6"/>
       <c r="P8" s="6"/>
       <c r="Q8" s="6"/>
+      <c r="R8" s="6"/>
     </row>
     <row r="9">
       <c r="A9" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    01-03: Crop and animal production, hunting and related service activities, forestry and logging, and fishing</t>
         </is>
       </c>
       <c r="B9" s="14" t="n">
-        <v>14228.5</v>
+        <v>14059.4</v>
       </c>
       <c r="C9" s="14" t="n">
-        <v>13420.6</v>
+        <v>13662.9</v>
       </c>
       <c r="D9" s="14" t="n">
-        <v>13726.9</v>
+        <v>13352.4</v>
       </c>
       <c r="E9" s="14" t="n">
-        <v>13857.1</v>
+        <v>13655.6</v>
       </c>
       <c r="F9" s="14" t="n">
+        <v>13856.7</v>
+      </c>
+      <c r="G9" s="14" t="n">
         <v>13946.8</v>
       </c>
-      <c r="G9" s="14" t="n">
+      <c r="H9" s="14" t="n">
         <v>13878.5</v>
       </c>
-      <c r="H9" s="14" t="n">
+      <c r="I9" s="14" t="n">
         <v>13858.1</v>
       </c>
-      <c r="I9" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="J9" s="14" t="n">
+        <v>14016.5</v>
+      </c>
+      <c r="K9" s="14" t="n">
         <v>14117.7</v>
       </c>
-      <c r="K9" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="L9" s="14" t="n">
+        <v>15200.2</v>
+      </c>
+      <c r="M9" s="14" t="n">
         <v>13603.2</v>
       </c>
-      <c r="M9" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="N9" s="14" t="n">
+        <v>13399.7</v>
+      </c>
+      <c r="O9" s="14" t="n">
         <v>13026.0</v>
       </c>
-      <c r="O9" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="P9" s="14" t="n">
+        <v>12347.6</v>
+      </c>
+      <c r="Q9" s="14" t="n">
         <v>12129.6</v>
       </c>
-      <c r="Q9" s="14" t="n">
-        <v>12276.1</v>
+      <c r="R9" s="14" t="n">
+        <v>12276.0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    05-09: Mining and quarrying</t>
         </is>
       </c>
       <c r="B10" s="14" t="n">
-        <v>1090.0</v>
+        <v>1567.8</v>
       </c>
       <c r="C10" s="14" t="n">
-        <v>1294.6</v>
+        <v>1510.9</v>
       </c>
       <c r="D10" s="14" t="n">
-        <v>1628.8</v>
+        <v>1310.7</v>
       </c>
       <c r="E10" s="14" t="n">
-        <v>1445.9</v>
+        <v>1573.9</v>
       </c>
       <c r="F10" s="14" t="n">
-        <v>1696.9</v>
+        <v>1418.7</v>
       </c>
       <c r="G10" s="14" t="n">
-        <v>1702.9</v>
+        <v>1804.9</v>
       </c>
       <c r="H10" s="14" t="n">
-        <v>1591.9</v>
+        <v>1721.9</v>
       </c>
       <c r="I10" s="14" t="n">
-        <v>1515.5</v>
+        <v>1523.1</v>
       </c>
       <c r="J10" s="14" t="n">
-        <v>1127.8</v>
+        <v>1483.5</v>
       </c>
       <c r="K10" s="14" t="n">
-        <v>2231.3</v>
+        <v>1178.5</v>
       </c>
       <c r="L10" s="14" t="n">
-        <v>2323.4</v>
+        <v>2225.9</v>
       </c>
       <c r="M10" s="14" t="n">
-        <v>2243.7</v>
+        <v>2340.7</v>
       </c>
       <c r="N10" s="14" t="n">
-        <v>2364.0</v>
+        <v>2247.8</v>
       </c>
       <c r="O10" s="14" t="n">
-        <v>3896.6</v>
+        <v>2375.4</v>
       </c>
       <c r="P10" s="14" t="n">
-        <v>3532.3</v>
+        <v>3906.2</v>
       </c>
       <c r="Q10" s="14" t="n">
-        <v>4546.4</v>
+        <v>3549.2</v>
+      </c>
+      <c r="R10" s="14" t="n">
+        <v>4564.4</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    10-33: Manufacture</t>
         </is>
       </c>
       <c r="B11" s="14" t="n">
-        <v>59928.0</v>
+        <v>62840.4</v>
       </c>
       <c r="C11" s="14" t="n">
-        <v>66391.8</v>
+        <v>62259.4</v>
       </c>
       <c r="D11" s="14" t="n">
-        <v>74021.9</v>
+        <v>66166.0</v>
       </c>
       <c r="E11" s="14" t="n">
-        <v>69328.4</v>
+        <v>73754.8</v>
       </c>
       <c r="F11" s="14" t="n">
-        <v>76690.2</v>
+        <v>69396.6</v>
       </c>
       <c r="G11" s="14" t="n">
-        <v>78574.5</v>
+        <v>76759.4</v>
       </c>
       <c r="H11" s="14" t="n">
-        <v>77241.0</v>
+        <v>78654.8</v>
       </c>
       <c r="I11" s="14" t="n">
-        <v>76230.7</v>
+        <v>77318.2</v>
       </c>
       <c r="J11" s="14" t="n">
-        <v>75121.6</v>
+        <v>76325.3</v>
       </c>
       <c r="K11" s="14" t="n">
-        <v>70771.4</v>
+        <v>75139.9</v>
       </c>
       <c r="L11" s="14" t="n">
-        <v>71629.7</v>
+        <v>70776.8</v>
       </c>
       <c r="M11" s="14" t="n">
-        <v>75428.8</v>
+        <v>72207.1</v>
       </c>
       <c r="N11" s="14" t="n">
-        <v>77581.3</v>
+        <v>75428.3</v>
       </c>
       <c r="O11" s="14" t="n">
-        <v>81463.9</v>
+        <v>77594.8</v>
       </c>
       <c r="P11" s="14" t="n">
-        <v>79157.7</v>
+        <v>81463.6</v>
       </c>
       <c r="Q11" s="14" t="n">
-        <v>94948.3</v>
+        <v>79213.6</v>
+      </c>
+      <c r="R11" s="14" t="n">
+        <v>94950.6</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    35: Supply of electricity, gas, steam and air conditioning</t>
         </is>
       </c>
       <c r="B12" s="14" t="n">
-        <v>30001.6</v>
+        <v>23845.3</v>
       </c>
       <c r="C12" s="14" t="n">
-        <v>40415.6</v>
+        <v>28618.0</v>
       </c>
       <c r="D12" s="14" t="n">
-        <v>29274.3</v>
+        <v>40356.3</v>
       </c>
       <c r="E12" s="14" t="n">
-        <v>28897.9</v>
+        <v>29238.6</v>
       </c>
       <c r="F12" s="14" t="n">
-        <v>42005.4</v>
+        <v>28863.9</v>
       </c>
       <c r="G12" s="14" t="n">
-        <v>57614.9</v>
+        <v>41946.4</v>
       </c>
       <c r="H12" s="14" t="n">
-        <v>66710.5</v>
+        <v>57515.8</v>
       </c>
       <c r="I12" s="14" t="n">
-        <v>56813.3</v>
+        <v>66704.9</v>
       </c>
       <c r="J12" s="14" t="n">
-        <v>72135.0</v>
+        <v>56675.9</v>
       </c>
       <c r="K12" s="14" t="n">
-        <v>61605.9</v>
+        <v>71586.8</v>
       </c>
       <c r="L12" s="14" t="n">
-        <v>57675.4</v>
+        <v>61131.5</v>
       </c>
       <c r="M12" s="14" t="n">
-        <v>77557.9</v>
+        <v>57253.6</v>
       </c>
       <c r="N12" s="14" t="n">
-        <v>72704.1</v>
+        <v>76977.5</v>
       </c>
       <c r="O12" s="14" t="n">
-        <v>58862.1</v>
+        <v>72224.1</v>
       </c>
       <c r="P12" s="14" t="n">
-        <v>75610.1</v>
+        <v>58600.2</v>
       </c>
       <c r="Q12" s="14" t="n">
-        <v>91275.7</v>
+        <v>75233.9</v>
+      </c>
+      <c r="R12" s="14" t="n">
+        <v>90761.4</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    36-39: Water supply, sanitation, waste management and decontamination</t>
         </is>
       </c>
       <c r="B13" s="14" t="n">
-        <v>3290.6</v>
+        <v>3165.0</v>
       </c>
       <c r="C13" s="14" t="n">
-        <v>3256.2</v>
+        <v>3133.4</v>
       </c>
       <c r="D13" s="14" t="n">
-        <v>3170.4</v>
+        <v>3251.2</v>
       </c>
       <c r="E13" s="14" t="n">
-        <v>2884.0</v>
+        <v>3172.6</v>
       </c>
       <c r="F13" s="14" t="n">
+        <v>2883.3</v>
+      </c>
+      <c r="G13" s="14" t="n">
         <v>3033.0</v>
       </c>
-      <c r="G13" s="14" t="n">
+      <c r="H13" s="14" t="n">
         <v>2873.5</v>
       </c>
-      <c r="H13" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="I13" s="14" t="n">
+        <v>2950.2</v>
+      </c>
+      <c r="J13" s="14" t="n">
         <v>2771.3</v>
       </c>
-      <c r="J13" s="14" t="n">
+      <c r="K13" s="14" t="n">
         <v>2600.4</v>
       </c>
-      <c r="K13" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="L13" s="14" t="n">
-        <v>2584.1</v>
+        <v>2545.9</v>
       </c>
       <c r="M13" s="14" t="n">
-        <v>2911.8</v>
+        <v>2585.2</v>
       </c>
       <c r="N13" s="14" t="n">
-        <v>3121.6</v>
+        <v>2914.0</v>
       </c>
       <c r="O13" s="14" t="n">
-        <v>2980.2</v>
+        <v>3123.0</v>
       </c>
       <c r="P13" s="14" t="n">
-        <v>2819.0</v>
+        <v>2978.7</v>
       </c>
       <c r="Q13" s="14" t="n">
-        <v>2809.8</v>
+        <v>2821.4</v>
+      </c>
+      <c r="R13" s="14" t="n">
+        <v>2805.8</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    41-43: Construction</t>
         </is>
       </c>
       <c r="B14" s="14" t="n">
-        <v>3655.6</v>
+        <v>3563.9</v>
       </c>
       <c r="C14" s="14" t="n">
-        <v>3772.1</v>
+        <v>3500.7</v>
       </c>
       <c r="D14" s="14" t="n">
-        <v>3890.0</v>
+        <v>3707.4</v>
       </c>
       <c r="E14" s="14" t="n">
-        <v>3281.1</v>
+        <v>3876.1</v>
       </c>
       <c r="F14" s="14" t="n">
-        <v>4531.5</v>
+        <v>3282.6</v>
       </c>
       <c r="G14" s="14" t="n">
-        <v>4226.5</v>
+        <v>4535.0</v>
       </c>
       <c r="H14" s="14" t="n">
-        <v>4030.2</v>
+        <v>4230.3</v>
       </c>
       <c r="I14" s="14" t="n">
-        <v>3953.4</v>
+        <v>4033.6</v>
       </c>
       <c r="J14" s="14" t="n">
-        <v>3714.3</v>
+        <v>3958.1</v>
       </c>
       <c r="K14" s="14" t="n">
-        <v>4162.6</v>
+        <v>3715.0</v>
       </c>
       <c r="L14" s="14" t="n">
-        <v>4441.1</v>
+        <v>4162.9</v>
       </c>
       <c r="M14" s="14" t="n">
-        <v>4757.2</v>
+        <v>4487.4</v>
       </c>
       <c r="N14" s="14" t="n">
-        <v>5117.4</v>
+        <v>4757.0</v>
       </c>
       <c r="O14" s="14" t="n">
-        <v>5970.4</v>
+        <v>5118.2</v>
       </c>
       <c r="P14" s="14" t="n">
-        <v>6753.3</v>
+        <v>5970.1</v>
       </c>
       <c r="Q14" s="14" t="n">
-        <v>7881.5</v>
+        <v>6758.2</v>
+      </c>
+      <c r="R14" s="14" t="n">
+        <v>7881.4</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    45-47, 55-99: Others services</t>
         </is>
       </c>
       <c r="B15" s="14" t="n">
-        <v>17877.1</v>
+        <v>16452.8</v>
       </c>
       <c r="C15" s="14" t="n">
-        <v>17397.9</v>
+        <v>16079.2</v>
       </c>
       <c r="D15" s="14" t="n">
-        <v>17719.6</v>
+        <v>17278.4</v>
       </c>
       <c r="E15" s="14" t="n">
-        <v>15286.3</v>
+        <v>17703.5</v>
       </c>
       <c r="F15" s="14" t="n">
-        <v>17783.1</v>
+        <v>15219.6</v>
       </c>
       <c r="G15" s="14" t="n">
-        <v>18103.8</v>
+        <v>17719.4</v>
       </c>
       <c r="H15" s="14" t="n">
-        <v>17339.5</v>
+        <v>18024.6</v>
       </c>
       <c r="I15" s="14" t="n">
-        <v>16301.7</v>
+        <v>17244.8</v>
       </c>
       <c r="J15" s="14" t="n">
-        <v>15424.3</v>
+        <v>16238.0</v>
       </c>
       <c r="K15" s="14" t="n">
-        <v>15075.8</v>
+        <v>15376.3</v>
       </c>
       <c r="L15" s="14" t="n">
-        <v>16638.9</v>
+        <v>15022.1</v>
       </c>
       <c r="M15" s="14" t="n">
-        <v>18258.1</v>
+        <v>16589.3</v>
       </c>
       <c r="N15" s="14" t="n">
-        <v>20257.8</v>
+        <v>18206.9</v>
       </c>
       <c r="O15" s="14" t="n">
-        <v>19910.1</v>
+        <v>20189.0</v>
       </c>
       <c r="P15" s="14" t="n">
-        <v>17724.2</v>
+        <v>19817.1</v>
       </c>
       <c r="Q15" s="14" t="n">
-        <v>17755.5</v>
+        <v>17682.9</v>
+      </c>
+      <c r="R15" s="14" t="n">
+        <v>17656.5</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    49-53: Transport and warehousing</t>
         </is>
       </c>
       <c r="B16" s="14" t="n">
-        <v>37938.4</v>
+        <v>37971.4</v>
       </c>
       <c r="C16" s="14" t="n">
-        <v>36727.3</v>
+        <v>36262.3</v>
       </c>
       <c r="D16" s="14" t="n">
-        <v>30676.3</v>
+        <v>36024.3</v>
       </c>
       <c r="E16" s="14" t="n">
-        <v>25677.6</v>
+        <v>30246.7</v>
       </c>
       <c r="F16" s="14" t="n">
-        <v>37302.1</v>
+        <v>25207.9</v>
       </c>
       <c r="G16" s="14" t="n">
-        <v>35836.7</v>
+        <v>36349.2</v>
       </c>
       <c r="H16" s="14" t="n">
-        <v>35358.2</v>
+        <v>34985.9</v>
       </c>
       <c r="I16" s="14" t="n">
-        <v>32815.1</v>
+        <v>34497.3</v>
       </c>
       <c r="J16" s="14" t="n">
-        <v>31541.3</v>
+        <v>33252.3</v>
       </c>
       <c r="K16" s="14" t="n">
-        <v>29287.8</v>
+        <v>32476.6</v>
       </c>
       <c r="L16" s="14" t="n">
-        <v>28968.6</v>
+        <v>30630.8</v>
       </c>
       <c r="M16" s="14" t="n">
-        <v>30157.8</v>
+        <v>29590.7</v>
       </c>
       <c r="N16" s="14" t="n">
-        <v>32512.8</v>
+        <v>30158.5</v>
       </c>
       <c r="O16" s="14" t="n">
-        <v>33818.9</v>
+        <v>32675.0</v>
       </c>
       <c r="P16" s="14" t="n">
-        <v>34367.6</v>
+        <v>33264.2</v>
       </c>
       <c r="Q16" s="14" t="n">
-        <v>38391.3</v>
+        <v>33774.8</v>
+      </c>
+      <c r="R16" s="14" t="n">
+        <v>37181.2</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    h: Households</t>
         </is>
       </c>
       <c r="B17" s="14" t="n">
-        <v>63491.7</v>
+        <v>61866.7</v>
       </c>
       <c r="C17" s="14" t="n">
-        <v>62819.6</v>
+        <v>61503.7</v>
       </c>
       <c r="D17" s="14" t="n">
-        <v>61875.4</v>
+        <v>63461.5</v>
       </c>
       <c r="E17" s="14" t="n">
-        <v>56492.4</v>
+        <v>62066.4</v>
       </c>
       <c r="F17" s="14" t="n">
-        <v>66032.5</v>
+        <v>56495.1</v>
       </c>
       <c r="G17" s="14" t="n">
-        <v>67419.4</v>
+        <v>66031.7</v>
       </c>
       <c r="H17" s="14" t="n">
-        <v>66116.6</v>
+        <v>67418.5</v>
       </c>
       <c r="I17" s="14" t="n">
-        <v>66344.8</v>
+        <v>66115.4</v>
       </c>
       <c r="J17" s="14" t="n">
-        <v>65535.7</v>
+        <v>66343.1</v>
       </c>
       <c r="K17" s="14" t="n">
-        <v>63129.6</v>
+        <v>65533.6</v>
       </c>
       <c r="L17" s="14" t="n">
-        <v>62812.8</v>
+        <v>63126.4</v>
       </c>
       <c r="M17" s="14" t="n">
-        <v>61889.8</v>
+        <v>62809.9</v>
       </c>
       <c r="N17" s="14" t="n">
-        <v>65502.8</v>
+        <v>61886.7</v>
       </c>
       <c r="O17" s="14" t="n">
-        <v>71805.0</v>
+        <v>65499.3</v>
       </c>
       <c r="P17" s="14" t="n">
-        <v>72068.4</v>
+        <v>71800.8</v>
       </c>
       <c r="Q17" s="14" t="n">
-        <v>73926.0</v>
+        <v>72064.0</v>
+      </c>
+      <c r="R17" s="14" t="n">
+        <v>73921.9</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    TOTAL POLLUTING SUBSTANCES</t>
         </is>
       </c>
       <c r="B18" s="14" t="n">
-        <v>231501.4</v>
+        <v>225332.6</v>
       </c>
       <c r="C18" s="14" t="n">
-        <v>245495.7</v>
+        <v>226530.5</v>
       </c>
       <c r="D18" s="14" t="n">
-        <v>235983.5</v>
+        <v>244908.2</v>
       </c>
       <c r="E18" s="14" t="n">
-        <v>217150.5</v>
+        <v>235288.2</v>
       </c>
       <c r="F18" s="14" t="n">
-        <v>263021.6</v>
+        <v>216624.4</v>
       </c>
       <c r="G18" s="14" t="n">
-        <v>280230.8</v>
+        <v>262125.8</v>
       </c>
       <c r="H18" s="14" t="n">
-        <v>285196.2</v>
+        <v>279303.9</v>
       </c>
       <c r="I18" s="14" t="n">
-        <v>270762.3</v>
+        <v>284245.6</v>
       </c>
       <c r="J18" s="14" t="n">
-        <v>281318.0</v>
+        <v>271064.0</v>
       </c>
       <c r="K18" s="14" t="n">
-        <v>264011.1</v>
+        <v>281724.8</v>
       </c>
       <c r="L18" s="14" t="n">
-        <v>260677.2</v>
+        <v>264822.5</v>
       </c>
       <c r="M18" s="14" t="n">
-        <v>286604.8</v>
+        <v>261467.0</v>
       </c>
       <c r="N18" s="14" t="n">
-        <v>292187.8</v>
+        <v>285976.4</v>
       </c>
       <c r="O18" s="14" t="n">
-        <v>291054.9</v>
+        <v>291824.9</v>
       </c>
       <c r="P18" s="14" t="n">
-        <v>304162.3</v>
+        <v>290148.4</v>
       </c>
       <c r="Q18" s="14" t="n">
-        <v>343810.7</v>
+        <v>303227.7</v>
+      </c>
+      <c r="R18" s="14" t="n">
+        <v>341999.1</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="6" t="inlineStr">
         <is>
           <t>CH4 - Methane (tonnes)</t>
         </is>
       </c>
       <c r="B19" s="6"/>
       <c r="C19" s="6"/>
       <c r="D19" s="6"/>
       <c r="E19" s="6"/>
       <c r="F19" s="6"/>
       <c r="G19" s="6"/>
       <c r="H19" s="6"/>
       <c r="I19" s="6"/>
       <c r="J19" s="6"/>
       <c r="K19" s="6"/>
       <c r="L19" s="6"/>
       <c r="M19" s="6"/>
       <c r="N19" s="6"/>
       <c r="O19" s="6"/>
       <c r="P19" s="6"/>
       <c r="Q19" s="6"/>
+      <c r="R19" s="6"/>
     </row>
     <row r="20">
       <c r="A20" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    01-03: Crop and animal production, hunting and related service activities, forestry and logging, and fishing</t>
         </is>
       </c>
       <c r="B20" s="14" t="n">
-        <v>947691.3</v>
+        <v>904827.6</v>
       </c>
       <c r="C20" s="14" t="n">
-        <v>970862.1</v>
+        <v>917676.1</v>
       </c>
       <c r="D20" s="14" t="n">
-        <v>959560.5</v>
+        <v>944262.4</v>
       </c>
       <c r="E20" s="14" t="n">
-        <v>958542.7</v>
+        <v>942957.1</v>
       </c>
       <c r="F20" s="14" t="n">
-        <v>927801.4</v>
+        <v>941096.6</v>
       </c>
       <c r="G20" s="14" t="n">
-        <v>921925.2</v>
+        <v>910148.0</v>
       </c>
       <c r="H20" s="14" t="n">
-        <v>916655.5</v>
+        <v>902968.6</v>
       </c>
       <c r="I20" s="14" t="n">
-        <v>902725.6</v>
+        <v>895460.6</v>
       </c>
       <c r="J20" s="14" t="n">
-        <v>892697.7</v>
+        <v>884424.2</v>
       </c>
       <c r="K20" s="14" t="n">
-        <v>863322.5</v>
+        <v>875634.2</v>
       </c>
       <c r="L20" s="14" t="n">
-        <v>845439.9</v>
+        <v>847198.3</v>
       </c>
       <c r="M20" s="14" t="n">
-        <v>863980.5</v>
+        <v>830327.6</v>
       </c>
       <c r="N20" s="14" t="n">
-        <v>902099.7</v>
+        <v>849043.4</v>
       </c>
       <c r="O20" s="14" t="n">
-        <v>912204.0</v>
+        <v>887523.5</v>
       </c>
       <c r="P20" s="14" t="n">
-        <v>944123.1</v>
+        <v>896985.4</v>
       </c>
       <c r="Q20" s="14" t="n">
-        <v>928704.8</v>
+        <v>931211.3</v>
+      </c>
+      <c r="R20" s="14" t="n">
+        <v>913635.8</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    05-09: Mining and quarrying</t>
         </is>
       </c>
       <c r="B21" s="14" t="n">
-        <v>2024.1</v>
+        <v>2858.7</v>
       </c>
       <c r="C21" s="14" t="n">
-        <v>2176.3</v>
+        <v>2848.4</v>
       </c>
       <c r="D21" s="14" t="n">
-        <v>3031.6</v>
+        <v>2337.1</v>
       </c>
       <c r="E21" s="14" t="n">
-        <v>3134.9</v>
+        <v>3091.5</v>
       </c>
       <c r="F21" s="14" t="n">
-        <v>3123.0</v>
+        <v>3091.7</v>
       </c>
       <c r="G21" s="14" t="n">
-        <v>5229.1</v>
+        <v>3916.5</v>
       </c>
       <c r="H21" s="14" t="n">
-        <v>5383.8</v>
+        <v>5787.9</v>
       </c>
       <c r="I21" s="14" t="n">
-        <v>5480.5</v>
+        <v>5589.0</v>
       </c>
       <c r="J21" s="14" t="n">
-        <v>6093.7</v>
+        <v>5918.1</v>
       </c>
       <c r="K21" s="14" t="n">
-        <v>11618.3</v>
+        <v>6873.7</v>
       </c>
       <c r="L21" s="14" t="n">
-        <v>13699.3</v>
+        <v>12268.6</v>
       </c>
       <c r="M21" s="14" t="n">
-        <v>13025.3</v>
+        <v>14626.4</v>
       </c>
       <c r="N21" s="14" t="n">
-        <v>15006.4</v>
+        <v>13554.6</v>
       </c>
       <c r="O21" s="14" t="n">
-        <v>20281.7</v>
+        <v>15436.8</v>
       </c>
       <c r="P21" s="14" t="n">
-        <v>21801.8</v>
+        <v>20776.4</v>
       </c>
       <c r="Q21" s="14" t="n">
-        <v>25660.1</v>
+        <v>22089.8</v>
+      </c>
+      <c r="R21" s="14" t="n">
+        <v>25994.6</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    10-33: Manufacture</t>
         </is>
       </c>
       <c r="B22" s="14" t="n">
-        <v>77333.9</v>
+        <v>74115.5</v>
       </c>
       <c r="C22" s="14" t="n">
-        <v>79294.3</v>
+        <v>73554.0</v>
       </c>
       <c r="D22" s="14" t="n">
-        <v>88425.3</v>
+        <v>78763.2</v>
       </c>
       <c r="E22" s="14" t="n">
-        <v>82622.0</v>
+        <v>87881.0</v>
       </c>
       <c r="F22" s="14" t="n">
-        <v>86966.7</v>
+        <v>82684.6</v>
       </c>
       <c r="G22" s="14" t="n">
-        <v>87983.9</v>
+        <v>87036.4</v>
       </c>
       <c r="H22" s="14" t="n">
-        <v>85440.3</v>
+        <v>88088.4</v>
       </c>
       <c r="I22" s="14" t="n">
-        <v>82273.3</v>
+        <v>85534.9</v>
       </c>
       <c r="J22" s="14" t="n">
-        <v>80212.8</v>
+        <v>82404.5</v>
       </c>
       <c r="K22" s="14" t="n">
-        <v>78053.8</v>
+        <v>80204.1</v>
       </c>
       <c r="L22" s="14" t="n">
-        <v>83657.1</v>
+        <v>78020.8</v>
       </c>
       <c r="M22" s="14" t="n">
-        <v>83364.9</v>
+        <v>83640.9</v>
       </c>
       <c r="N22" s="14" t="n">
-        <v>85047.9</v>
+        <v>83332.4</v>
       </c>
       <c r="O22" s="14" t="n">
-        <v>85845.2</v>
+        <v>85007.8</v>
       </c>
       <c r="P22" s="14" t="n">
-        <v>82822.4</v>
+        <v>85807.9</v>
       </c>
       <c r="Q22" s="14" t="n">
-        <v>91271.1</v>
+        <v>82786.1</v>
+      </c>
+      <c r="R22" s="14" t="n">
+        <v>91232.2</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    35: Supply of electricity, gas, steam and air conditioning</t>
         </is>
       </c>
       <c r="B23" s="14" t="n">
-        <v>10704.0</v>
+        <v>7626.0</v>
       </c>
       <c r="C23" s="14" t="n">
-        <v>10338.3</v>
+        <v>9290.9</v>
       </c>
       <c r="D23" s="14" t="n">
-        <v>8032.9</v>
+        <v>10328.2</v>
       </c>
       <c r="E23" s="14" t="n">
-        <v>7900.0</v>
+        <v>8919.0</v>
       </c>
       <c r="F23" s="14" t="n">
-        <v>9202.4</v>
+        <v>7899.3</v>
       </c>
       <c r="G23" s="14" t="n">
-        <v>9974.7</v>
+        <v>9201.7</v>
       </c>
       <c r="H23" s="14" t="n">
-        <v>9054.4</v>
+        <v>9973.9</v>
       </c>
       <c r="I23" s="14" t="n">
-        <v>10008.7</v>
+        <v>9053.4</v>
       </c>
       <c r="J23" s="14" t="n">
-        <v>10027.1</v>
+        <v>10008.5</v>
       </c>
       <c r="K23" s="14" t="n">
+        <v>10027.0</v>
+      </c>
+      <c r="L23" s="14" t="n">
         <v>10513.8</v>
       </c>
-      <c r="L23" s="14" t="n">
+      <c r="M23" s="14" t="n">
         <v>11487.4</v>
       </c>
-      <c r="M23" s="14" t="n">
+      <c r="N23" s="14" t="n">
         <v>11363.0</v>
       </c>
-      <c r="N23" s="14" t="n">
+      <c r="O23" s="14" t="n">
         <v>13112.9</v>
       </c>
-      <c r="O23" s="14" t="n">
+      <c r="P23" s="14" t="n">
         <v>13745.5</v>
       </c>
-      <c r="P23" s="14" t="n">
+      <c r="Q23" s="14" t="n">
         <v>14948.5</v>
       </c>
-      <c r="Q23" s="14" t="n">
+      <c r="R23" s="14" t="n">
         <v>16625.6</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    36-39: Water supply, sanitation, waste management and decontamination</t>
         </is>
       </c>
       <c r="B24" s="14" t="n">
-        <v>422008.8</v>
+        <v>415184.5</v>
       </c>
       <c r="C24" s="14" t="n">
-        <v>416718.0</v>
+        <v>411042.8</v>
       </c>
       <c r="D24" s="14" t="n">
-        <v>422249.7</v>
+        <v>439673.1</v>
       </c>
       <c r="E24" s="14" t="n">
-        <v>409929.6</v>
+        <v>427303.5</v>
       </c>
       <c r="F24" s="14" t="n">
-        <v>417729.5</v>
+        <v>406705.2</v>
       </c>
       <c r="G24" s="14" t="n">
-        <v>435911.9</v>
+        <v>415104.3</v>
       </c>
       <c r="H24" s="14" t="n">
-        <v>442319.7</v>
+        <v>430066.3</v>
       </c>
       <c r="I24" s="14" t="n">
-        <v>451102.9</v>
+        <v>437807.2</v>
       </c>
       <c r="J24" s="14" t="n">
-        <v>470022.5</v>
+        <v>447606.8</v>
       </c>
       <c r="K24" s="14" t="n">
-        <v>441075.8</v>
+        <v>469016.8</v>
       </c>
       <c r="L24" s="14" t="n">
-        <v>477732.7</v>
+        <v>440165.0</v>
       </c>
       <c r="M24" s="14" t="n">
-        <v>504597.7</v>
+        <v>477215.5</v>
       </c>
       <c r="N24" s="14" t="n">
-        <v>506243.3</v>
+        <v>504598.4</v>
       </c>
       <c r="O24" s="14" t="n">
-        <v>479937.6</v>
+        <v>506243.7</v>
       </c>
       <c r="P24" s="14" t="n">
-        <v>524179.0</v>
+        <v>479937.9</v>
       </c>
       <c r="Q24" s="14" t="n">
+        <v>524179.6</v>
+      </c>
+      <c r="R24" s="14" t="n">
         <v>475524.3</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    41-43: Construction</t>
         </is>
       </c>
       <c r="B25" s="14" t="n">
-        <v>3087.6</v>
+        <v>3073.1</v>
       </c>
       <c r="C25" s="14" t="n">
-        <v>3362.7</v>
+        <v>3043.0</v>
       </c>
       <c r="D25" s="14" t="n">
-        <v>4115.7</v>
+        <v>3297.9</v>
       </c>
       <c r="E25" s="14" t="n">
-        <v>3826.4</v>
+        <v>4052.8</v>
       </c>
       <c r="F25" s="14" t="n">
-        <v>4715.2</v>
+        <v>3840.5</v>
       </c>
       <c r="G25" s="14" t="n">
-        <v>4552.5</v>
+        <v>4731.2</v>
       </c>
       <c r="H25" s="14" t="n">
-        <v>4157.8</v>
+        <v>4570.6</v>
       </c>
       <c r="I25" s="14" t="n">
-        <v>3912.5</v>
+        <v>4174.3</v>
       </c>
       <c r="J25" s="14" t="n">
-        <v>3590.6</v>
+        <v>3933.9</v>
       </c>
       <c r="K25" s="14" t="n">
+        <v>3594.9</v>
+      </c>
+      <c r="L25" s="14" t="n">
         <v>2847.9</v>
       </c>
-      <c r="L25" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="M25" s="14" t="n">
-        <v>2620.7</v>
+        <v>3018.2</v>
       </c>
       <c r="N25" s="14" t="n">
+        <v>2620.6</v>
+      </c>
+      <c r="O25" s="14" t="n">
         <v>2260.0</v>
       </c>
-      <c r="O25" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="P25" s="14" t="n">
-        <v>3415.2</v>
+        <v>3296.9</v>
       </c>
       <c r="Q25" s="14" t="n">
-        <v>3521.6</v>
+        <v>3415.4</v>
+      </c>
+      <c r="R25" s="14" t="n">
+        <v>3522.2</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    45-47, 55-99: Others services</t>
         </is>
       </c>
       <c r="B26" s="14" t="n">
-        <v>5407.9</v>
+        <v>4330.8</v>
       </c>
       <c r="C26" s="14" t="n">
-        <v>4659.2</v>
+        <v>4252.8</v>
       </c>
       <c r="D26" s="14" t="n">
-        <v>5228.4</v>
+        <v>4653.4</v>
       </c>
       <c r="E26" s="14" t="n">
-        <v>4641.7</v>
+        <v>5227.2</v>
       </c>
       <c r="F26" s="14" t="n">
-        <v>4641.9</v>
+        <v>4635.7</v>
       </c>
       <c r="G26" s="14" t="n">
-        <v>4501.6</v>
+        <v>4635.8</v>
       </c>
       <c r="H26" s="14" t="n">
-        <v>4277.4</v>
+        <v>4494.0</v>
       </c>
       <c r="I26" s="14" t="n">
-        <v>3593.0</v>
+        <v>4268.3</v>
       </c>
       <c r="J26" s="14" t="n">
-        <v>3271.7</v>
+        <v>3587.0</v>
       </c>
       <c r="K26" s="14" t="n">
-        <v>3357.5</v>
+        <v>3267.2</v>
       </c>
       <c r="L26" s="14" t="n">
-        <v>5601.8</v>
+        <v>3352.2</v>
       </c>
       <c r="M26" s="14" t="n">
-        <v>10968.7</v>
+        <v>5596.9</v>
       </c>
       <c r="N26" s="14" t="n">
-        <v>9517.2</v>
+        <v>10961.7</v>
       </c>
       <c r="O26" s="14" t="n">
-        <v>9183.6</v>
+        <v>9508.3</v>
       </c>
       <c r="P26" s="14" t="n">
-        <v>7670.0</v>
+        <v>9174.0</v>
       </c>
       <c r="Q26" s="14" t="n">
-        <v>6867.9</v>
+        <v>7665.7</v>
+      </c>
+      <c r="R26" s="14" t="n">
+        <v>6857.7</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    49-53: Transport and warehousing</t>
         </is>
       </c>
       <c r="B27" s="14" t="n">
-        <v>1511.8</v>
+        <v>1437.0</v>
       </c>
       <c r="C27" s="14" t="n">
-        <v>1413.4</v>
+        <v>1413.0</v>
       </c>
       <c r="D27" s="14" t="n">
-        <v>1304.5</v>
+        <v>1392.2</v>
       </c>
       <c r="E27" s="14" t="n">
-        <v>1103.1</v>
+        <v>1289.3</v>
       </c>
       <c r="F27" s="14" t="n">
-        <v>1325.4</v>
+        <v>1094.2</v>
       </c>
       <c r="G27" s="14" t="n">
-        <v>1278.4</v>
+        <v>1277.6</v>
       </c>
       <c r="H27" s="14" t="n">
-        <v>1288.9</v>
+        <v>1235.3</v>
       </c>
       <c r="I27" s="14" t="n">
-        <v>1148.1</v>
+        <v>1247.5</v>
       </c>
       <c r="J27" s="14" t="n">
-        <v>1094.3</v>
+        <v>1220.9</v>
       </c>
       <c r="K27" s="14" t="n">
-        <v>1071.7</v>
+        <v>1210.9</v>
       </c>
       <c r="L27" s="14" t="n">
-        <v>1216.6</v>
+        <v>1223.8</v>
       </c>
       <c r="M27" s="14" t="n">
-        <v>1518.2</v>
+        <v>1303.3</v>
       </c>
       <c r="N27" s="14" t="n">
-        <v>1558.6</v>
+        <v>1541.8</v>
       </c>
       <c r="O27" s="14" t="n">
-        <v>1716.0</v>
+        <v>1605.4</v>
       </c>
       <c r="P27" s="14" t="n">
-        <v>1778.1</v>
+        <v>1692.6</v>
       </c>
       <c r="Q27" s="14" t="n">
-        <v>2110.4</v>
+        <v>1752.8</v>
+      </c>
+      <c r="R27" s="14" t="n">
+        <v>2033.6</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    h: Households</t>
         </is>
       </c>
       <c r="B28" s="14" t="n">
-        <v>31710.4</v>
+        <v>25803.6</v>
       </c>
       <c r="C28" s="14" t="n">
-        <v>27364.9</v>
+        <v>27023.6</v>
       </c>
       <c r="D28" s="14" t="n">
-        <v>27519.4</v>
+        <v>26910.8</v>
       </c>
       <c r="E28" s="14" t="n">
-        <v>27231.0</v>
+        <v>26979.7</v>
       </c>
       <c r="F28" s="14" t="n">
-        <v>28101.7</v>
+        <v>27200.1</v>
       </c>
       <c r="G28" s="14" t="n">
+        <v>28071.8</v>
+      </c>
+      <c r="H28" s="14" t="n">
         <v>28166.7</v>
       </c>
-      <c r="H28" s="14" t="n">
+      <c r="I28" s="14" t="n">
         <v>28099.2</v>
       </c>
-      <c r="I28" s="14" t="n">
+      <c r="J28" s="14" t="n">
         <v>28116.6</v>
       </c>
-      <c r="J28" s="14" t="n">
+      <c r="K28" s="14" t="n">
         <v>36996.7</v>
       </c>
-      <c r="K28" s="14" t="n">
+      <c r="L28" s="14" t="n">
         <v>37199.5</v>
       </c>
-      <c r="L28" s="14" t="n">
+      <c r="M28" s="14" t="n">
         <v>37053.2</v>
       </c>
-      <c r="M28" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="N28" s="14" t="n">
+        <v>37382.9</v>
+      </c>
+      <c r="O28" s="14" t="n">
         <v>37450.0</v>
       </c>
-      <c r="O28" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="P28" s="14" t="n">
-        <v>38963.1</v>
+        <v>38773.8</v>
       </c>
       <c r="Q28" s="14" t="n">
-        <v>34454.3</v>
+        <v>38963.2</v>
+      </c>
+      <c r="R28" s="14" t="n">
+        <v>34454.4</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    TOTAL POLLUTING SUBSTANCES</t>
         </is>
       </c>
       <c r="B29" s="14" t="n">
-        <v>1501479.7</v>
+        <v>1439256.8</v>
       </c>
       <c r="C29" s="14" t="n">
-        <v>1516189.2</v>
+        <v>1450144.5</v>
       </c>
       <c r="D29" s="14" t="n">
-        <v>1519467.9</v>
+        <v>1511618.3</v>
       </c>
       <c r="E29" s="14" t="n">
-        <v>1498931.5</v>
+        <v>1507701.1</v>
       </c>
       <c r="F29" s="14" t="n">
-        <v>1483607.2</v>
+        <v>1478247.7</v>
       </c>
       <c r="G29" s="14" t="n">
-        <v>1499523.9</v>
+        <v>1464123.3</v>
       </c>
       <c r="H29" s="14" t="n">
-        <v>1496676.9</v>
+        <v>1475351.7</v>
       </c>
       <c r="I29" s="14" t="n">
-        <v>1488361.2</v>
+        <v>1471234.4</v>
       </c>
       <c r="J29" s="14" t="n">
-        <v>1504007.0</v>
+        <v>1467220.4</v>
       </c>
       <c r="K29" s="14" t="n">
-        <v>1449060.8</v>
+        <v>1486825.5</v>
       </c>
       <c r="L29" s="14" t="n">
-        <v>1478904.6</v>
+        <v>1432789.8</v>
       </c>
       <c r="M29" s="14" t="n">
-        <v>1528821.9</v>
+        <v>1464269.3</v>
       </c>
       <c r="N29" s="14" t="n">
-        <v>1572296.1</v>
+        <v>1514398.7</v>
       </c>
       <c r="O29" s="14" t="n">
-        <v>1564984.4</v>
+        <v>1558148.4</v>
       </c>
       <c r="P29" s="14" t="n">
-        <v>1639701.2</v>
+        <v>1550190.4</v>
       </c>
       <c r="Q29" s="14" t="n">
-        <v>1584740.1</v>
+        <v>1627012.3</v>
+      </c>
+      <c r="R29" s="14" t="n">
+        <v>1569880.4</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="6" t="inlineStr">
         <is>
           <t>N2O - Nitrous oxide (tonnes)</t>
         </is>
       </c>
       <c r="B30" s="6"/>
       <c r="C30" s="6"/>
       <c r="D30" s="6"/>
       <c r="E30" s="6"/>
       <c r="F30" s="6"/>
       <c r="G30" s="6"/>
       <c r="H30" s="6"/>
       <c r="I30" s="6"/>
       <c r="J30" s="6"/>
       <c r="K30" s="6"/>
       <c r="L30" s="6"/>
       <c r="M30" s="6"/>
       <c r="N30" s="6"/>
       <c r="O30" s="6"/>
       <c r="P30" s="6"/>
       <c r="Q30" s="6"/>
+      <c r="R30" s="6"/>
     </row>
     <row r="31">
       <c r="A31" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    01-03: Crop and animal production, hunting and related service activities, forestry and logging, and fishing</t>
         </is>
       </c>
       <c r="B31" s="14" t="n">
-        <v>25886.1</v>
+        <v>26361.3</v>
       </c>
       <c r="C31" s="14" t="n">
-        <v>27861.6</v>
+        <v>25158.0</v>
       </c>
       <c r="D31" s="14" t="n">
-        <v>28326.6</v>
+        <v>25121.0</v>
       </c>
       <c r="E31" s="14" t="n">
-        <v>28643.6</v>
+        <v>29560.8</v>
       </c>
       <c r="F31" s="14" t="n">
-        <v>27682.9</v>
+        <v>29733.1</v>
       </c>
       <c r="G31" s="14" t="n">
-        <v>28581.1</v>
+        <v>28685.0</v>
       </c>
       <c r="H31" s="14" t="n">
-        <v>28282.6</v>
+        <v>29770.2</v>
       </c>
       <c r="I31" s="14" t="n">
-        <v>27409.3</v>
+        <v>29389.1</v>
       </c>
       <c r="J31" s="14" t="n">
-        <v>28078.6</v>
+        <v>28580.0</v>
       </c>
       <c r="K31" s="14" t="n">
-        <v>27906.2</v>
+        <v>29191.7</v>
       </c>
       <c r="L31" s="14" t="n">
-        <v>26594.8</v>
+        <v>29097.2</v>
       </c>
       <c r="M31" s="14" t="n">
-        <v>24774.5</v>
+        <v>27711.3</v>
       </c>
       <c r="N31" s="14" t="n">
-        <v>25526.5</v>
+        <v>25896.6</v>
       </c>
       <c r="O31" s="14" t="n">
-        <v>26595.1</v>
+        <v>26649.7</v>
       </c>
       <c r="P31" s="14" t="n">
-        <v>24402.7</v>
+        <v>27692.4</v>
       </c>
       <c r="Q31" s="14" t="n">
-        <v>24134.9</v>
+        <v>25438.9</v>
+      </c>
+      <c r="R31" s="14" t="n">
+        <v>25123.4</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    05-09: Mining and quarrying</t>
         </is>
       </c>
       <c r="B32" s="14" t="n">
-        <v>26.7</v>
+        <v>34.4</v>
       </c>
       <c r="C32" s="14" t="n">
-        <v>29.9</v>
+        <v>33.9</v>
       </c>
       <c r="D32" s="14" t="n">
-        <v>39.2</v>
+        <v>29.6</v>
       </c>
       <c r="E32" s="14" t="n">
-        <v>34.1</v>
+        <v>38.1</v>
       </c>
       <c r="F32" s="14" t="n">
-        <v>37.8</v>
+        <v>33.4</v>
       </c>
       <c r="G32" s="14" t="n">
-        <v>48.4</v>
+        <v>36.9</v>
       </c>
       <c r="H32" s="14" t="n">
-        <v>50.5</v>
+        <v>47.3</v>
       </c>
       <c r="I32" s="14" t="n">
-        <v>47.0</v>
+        <v>49.5</v>
       </c>
       <c r="J32" s="14" t="n">
-        <v>43.6</v>
+        <v>46.0</v>
       </c>
       <c r="K32" s="14" t="n">
-        <v>67.5</v>
+        <v>43.3</v>
       </c>
       <c r="L32" s="14" t="n">
-        <v>74.4</v>
+        <v>67.3</v>
       </c>
       <c r="M32" s="14" t="n">
-        <v>87.8</v>
+        <v>74.3</v>
       </c>
       <c r="N32" s="14" t="n">
+        <v>87.7</v>
+      </c>
+      <c r="O32" s="14" t="n">
         <v>85.3</v>
       </c>
-      <c r="O32" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="P32" s="14" t="n">
-        <v>95.5</v>
+        <v>96.4</v>
       </c>
       <c r="Q32" s="14" t="n">
-        <v>79.0</v>
+        <v>95.4</v>
+      </c>
+      <c r="R32" s="14" t="n">
+        <v>78.9</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    10-33: Manufacture</t>
         </is>
       </c>
       <c r="B33" s="14" t="n">
-        <v>1473.5</v>
+        <v>1535.0</v>
       </c>
       <c r="C33" s="14" t="n">
-        <v>1543.5</v>
+        <v>1596.5</v>
       </c>
       <c r="D33" s="14" t="n">
-        <v>1873.6</v>
+        <v>1579.7</v>
       </c>
       <c r="E33" s="14" t="n">
-        <v>1954.2</v>
+        <v>1906.9</v>
       </c>
       <c r="F33" s="14" t="n">
-        <v>2049.3</v>
+        <v>1985.9</v>
       </c>
       <c r="G33" s="14" t="n">
-        <v>2091.4</v>
+        <v>2081.7</v>
       </c>
       <c r="H33" s="14" t="n">
-        <v>1978.0</v>
+        <v>2123.5</v>
       </c>
       <c r="I33" s="14" t="n">
-        <v>2095.0</v>
+        <v>2009.4</v>
       </c>
       <c r="J33" s="14" t="n">
-        <v>1992.0</v>
+        <v>2127.4</v>
       </c>
       <c r="K33" s="14" t="n">
-        <v>1965.2</v>
+        <v>2013.9</v>
       </c>
       <c r="L33" s="14" t="n">
-        <v>2034.8</v>
+        <v>1986.8</v>
       </c>
       <c r="M33" s="14" t="n">
-        <v>2026.8</v>
+        <v>2058.9</v>
       </c>
       <c r="N33" s="14" t="n">
-        <v>2184.1</v>
+        <v>2047.7</v>
       </c>
       <c r="O33" s="14" t="n">
-        <v>3109.0</v>
+        <v>2205.7</v>
       </c>
       <c r="P33" s="14" t="n">
-        <v>4296.1</v>
+        <v>3130.5</v>
       </c>
       <c r="Q33" s="14" t="n">
-        <v>4670.5</v>
+        <v>4317.5</v>
+      </c>
+      <c r="R33" s="14" t="n">
+        <v>4691.7</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    35: Supply of electricity, gas, steam and air conditioning</t>
         </is>
       </c>
       <c r="B34" s="14" t="n">
-        <v>1327.5</v>
+        <v>1085.0</v>
       </c>
       <c r="C34" s="14" t="n">
-        <v>1899.2</v>
+        <v>1285.6</v>
       </c>
       <c r="D34" s="14" t="n">
-        <v>1321.6</v>
+        <v>1892.7</v>
       </c>
       <c r="E34" s="14" t="n">
-        <v>1267.8</v>
+        <v>1321.7</v>
       </c>
       <c r="F34" s="14" t="n">
+        <v>1267.7</v>
+      </c>
+      <c r="G34" s="14" t="n">
         <v>1520.3</v>
       </c>
-      <c r="G34" s="14" t="n">
+      <c r="H34" s="14" t="n">
         <v>1686.7</v>
       </c>
-      <c r="H34" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="I34" s="14" t="n">
+        <v>1919.4</v>
+      </c>
+      <c r="J34" s="14" t="n">
         <v>1471.4</v>
       </c>
-      <c r="J34" s="14" t="n">
+      <c r="K34" s="14" t="n">
         <v>1805.5</v>
       </c>
-      <c r="K34" s="14" t="n">
+      <c r="L34" s="14" t="n">
         <v>1595.9</v>
       </c>
-      <c r="L34" s="14" t="n">
+      <c r="M34" s="14" t="n">
         <v>1594.4</v>
       </c>
-      <c r="M34" s="14" t="n">
+      <c r="N34" s="14" t="n">
         <v>1881.8</v>
       </c>
-      <c r="N34" s="14" t="n">
+      <c r="O34" s="14" t="n">
         <v>2026.1</v>
       </c>
-      <c r="O34" s="14" t="n">
+      <c r="P34" s="14" t="n">
         <v>1943.6</v>
       </c>
-      <c r="P34" s="14" t="n">
+      <c r="Q34" s="14" t="n">
         <v>2426.7</v>
       </c>
-      <c r="Q34" s="14" t="n">
+      <c r="R34" s="14" t="n">
         <v>2770.7</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    36-39: Water supply, sanitation, waste management and decontamination</t>
         </is>
       </c>
       <c r="B35" s="14" t="n">
-        <v>4072.5</v>
+        <v>2198.9</v>
       </c>
       <c r="C35" s="14" t="n">
-        <v>4025.0</v>
+        <v>2179.4</v>
       </c>
       <c r="D35" s="14" t="n">
-        <v>4315.5</v>
+        <v>2201.5</v>
       </c>
       <c r="E35" s="14" t="n">
-        <v>4544.5</v>
+        <v>2355.8</v>
       </c>
       <c r="F35" s="14" t="n">
-        <v>4293.6</v>
+        <v>2312.1</v>
       </c>
       <c r="G35" s="14" t="n">
-        <v>4277.7</v>
+        <v>2250.8</v>
       </c>
       <c r="H35" s="14" t="n">
-        <v>4358.0</v>
+        <v>2223.7</v>
       </c>
       <c r="I35" s="14" t="n">
-        <v>4182.6</v>
+        <v>2224.9</v>
       </c>
       <c r="J35" s="14" t="n">
-        <v>4162.9</v>
+        <v>2073.7</v>
       </c>
       <c r="K35" s="14" t="n">
-        <v>4155.9</v>
+        <v>2037.8</v>
       </c>
       <c r="L35" s="14" t="n">
-        <v>4351.2</v>
+        <v>2036.7</v>
       </c>
       <c r="M35" s="14" t="n">
-        <v>4212.4</v>
+        <v>2107.0</v>
       </c>
       <c r="N35" s="14" t="n">
-        <v>4238.5</v>
+        <v>2306.4</v>
       </c>
       <c r="O35" s="14" t="n">
-        <v>4763.6</v>
+        <v>2408.5</v>
       </c>
       <c r="P35" s="14" t="n">
-        <v>4794.2</v>
+        <v>3179.8</v>
       </c>
       <c r="Q35" s="14" t="n">
-        <v>4375.4</v>
+        <v>3198.2</v>
+      </c>
+      <c r="R35" s="14" t="n">
+        <v>2969.2</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    41-43: Construction</t>
         </is>
       </c>
       <c r="B36" s="14" t="n">
-        <v>139.8</v>
+        <v>142.5</v>
       </c>
       <c r="C36" s="14" t="n">
-        <v>147.6</v>
+        <v>146.5</v>
       </c>
       <c r="D36" s="14" t="n">
-        <v>150.3</v>
+        <v>146.1</v>
       </c>
       <c r="E36" s="14" t="n">
+        <v>149.8</v>
+      </c>
+      <c r="F36" s="14" t="n">
+        <v>142.2</v>
+      </c>
+      <c r="G36" s="14" t="n">
+        <v>180.5</v>
+      </c>
+      <c r="H36" s="14" t="n">
+        <v>163.0</v>
+      </c>
+      <c r="I36" s="14" t="n">
+        <v>154.3</v>
+      </c>
+      <c r="J36" s="14" t="n">
         <v>142.1</v>
       </c>
-      <c r="F36" s="14" t="n">
-[...11 lines deleted...]
-      <c r="J36" s="14" t="n">
+      <c r="K36" s="14" t="n">
         <v>132.6</v>
       </c>
-      <c r="K36" s="14" t="n">
+      <c r="L36" s="14" t="n">
         <v>101.4</v>
       </c>
-      <c r="L36" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="M36" s="14" t="n">
+        <v>108.2</v>
+      </c>
+      <c r="N36" s="14" t="n">
         <v>126.8</v>
       </c>
-      <c r="N36" s="14" t="n">
+      <c r="O36" s="14" t="n">
         <v>131.2</v>
       </c>
-      <c r="O36" s="14" t="n">
+      <c r="P36" s="14" t="n">
         <v>150.6</v>
       </c>
-      <c r="P36" s="14" t="n">
+      <c r="Q36" s="14" t="n">
         <v>174.4</v>
       </c>
-      <c r="Q36" s="14" t="n">
+      <c r="R36" s="14" t="n">
         <v>200.4</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    45-47, 55-99: Others services</t>
         </is>
       </c>
       <c r="B37" s="14" t="n">
-        <v>2328.4</v>
+        <v>1141.9</v>
       </c>
       <c r="C37" s="14" t="n">
-        <v>2333.7</v>
+        <v>1149.5</v>
       </c>
       <c r="D37" s="14" t="n">
-        <v>2401.5</v>
+        <v>2016.5</v>
       </c>
       <c r="E37" s="14" t="n">
-        <v>2497.6</v>
+        <v>1621.1</v>
       </c>
       <c r="F37" s="14" t="n">
-        <v>2269.3</v>
+        <v>2496.7</v>
       </c>
       <c r="G37" s="14" t="n">
-        <v>1709.6</v>
+        <v>2268.4</v>
       </c>
       <c r="H37" s="14" t="n">
-        <v>1473.1</v>
+        <v>1708.5</v>
       </c>
       <c r="I37" s="14" t="n">
-        <v>1415.6</v>
+        <v>1471.8</v>
       </c>
       <c r="J37" s="14" t="n">
-        <v>1326.6</v>
+        <v>1414.7</v>
       </c>
       <c r="K37" s="14" t="n">
-        <v>1583.8</v>
+        <v>1325.9</v>
       </c>
       <c r="L37" s="14" t="n">
-        <v>1574.1</v>
+        <v>1583.1</v>
       </c>
       <c r="M37" s="14" t="n">
-        <v>1869.0</v>
+        <v>1573.4</v>
       </c>
       <c r="N37" s="14" t="n">
-        <v>2277.1</v>
+        <v>1868.2</v>
       </c>
       <c r="O37" s="14" t="n">
-        <v>2563.4</v>
+        <v>2276.2</v>
       </c>
       <c r="P37" s="14" t="n">
-        <v>2678.5</v>
+        <v>2562.1</v>
       </c>
       <c r="Q37" s="14" t="n">
-        <v>2774.8</v>
+        <v>2678.0</v>
+      </c>
+      <c r="R37" s="14" t="n">
+        <v>2773.5</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    49-53: Transport and warehousing</t>
         </is>
       </c>
       <c r="B38" s="14" t="n">
-        <v>1542.4</v>
+        <v>1502.1</v>
       </c>
       <c r="C38" s="14" t="n">
-        <v>1525.3</v>
+        <v>1546.4</v>
       </c>
       <c r="D38" s="14" t="n">
-        <v>1314.3</v>
+        <v>1502.2</v>
       </c>
       <c r="E38" s="14" t="n">
-        <v>1100.5</v>
+        <v>1301.7</v>
       </c>
       <c r="F38" s="14" t="n">
-        <v>1375.8</v>
+        <v>1087.6</v>
       </c>
       <c r="G38" s="14" t="n">
-        <v>1281.1</v>
+        <v>1349.8</v>
       </c>
       <c r="H38" s="14" t="n">
-        <v>1225.9</v>
+        <v>1258.5</v>
       </c>
       <c r="I38" s="14" t="n">
-        <v>1084.6</v>
+        <v>1202.6</v>
       </c>
       <c r="J38" s="14" t="n">
-        <v>991.1</v>
+        <v>1094.8</v>
       </c>
       <c r="K38" s="14" t="n">
-        <v>896.6</v>
+        <v>1014.2</v>
       </c>
       <c r="L38" s="14" t="n">
-        <v>854.4</v>
+        <v>930.6</v>
       </c>
       <c r="M38" s="14" t="n">
-        <v>895.8</v>
+        <v>869.7</v>
       </c>
       <c r="N38" s="14" t="n">
-        <v>915.9</v>
+        <v>893.3</v>
       </c>
       <c r="O38" s="14" t="n">
-        <v>897.1</v>
+        <v>917.7</v>
       </c>
       <c r="P38" s="14" t="n">
-        <v>874.6</v>
+        <v>879.7</v>
       </c>
       <c r="Q38" s="14" t="n">
-        <v>891.7</v>
+        <v>856.3</v>
+      </c>
+      <c r="R38" s="14" t="n">
+        <v>856.9</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    h: Households</t>
         </is>
       </c>
       <c r="B39" s="14" t="n">
-        <v>1876.0</v>
+        <v>1760.4</v>
       </c>
       <c r="C39" s="14" t="n">
-        <v>1901.3</v>
+        <v>1886.4</v>
       </c>
       <c r="D39" s="14" t="n">
-        <v>1910.6</v>
+        <v>1917.1</v>
       </c>
       <c r="E39" s="14" t="n">
-        <v>1796.9</v>
+        <v>1907.1</v>
       </c>
       <c r="F39" s="14" t="n">
-        <v>2139.5</v>
+        <v>1796.8</v>
       </c>
       <c r="G39" s="14" t="n">
+        <v>2139.1</v>
+      </c>
+      <c r="H39" s="14" t="n">
         <v>2187.7</v>
       </c>
-      <c r="H39" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="I39" s="14" t="n">
+        <v>2179.7</v>
+      </c>
+      <c r="J39" s="14" t="n">
         <v>2175.0</v>
       </c>
-      <c r="J39" s="14" t="n">
+      <c r="K39" s="14" t="n">
         <v>2268.5</v>
       </c>
-      <c r="K39" s="14" t="n">
+      <c r="L39" s="14" t="n">
         <v>2255.1</v>
       </c>
-      <c r="L39" s="14" t="n">
+      <c r="M39" s="14" t="n">
         <v>2220.3</v>
       </c>
-      <c r="M39" s="14" t="n">
+      <c r="N39" s="14" t="n">
         <v>2224.2</v>
       </c>
-      <c r="N39" s="14" t="n">
+      <c r="O39" s="14" t="n">
         <v>2306.5</v>
       </c>
-      <c r="O39" s="14" t="n">
+      <c r="P39" s="14" t="n">
         <v>2392.5</v>
       </c>
-      <c r="P39" s="14" t="n">
+      <c r="Q39" s="14" t="n">
         <v>2405.3</v>
       </c>
-      <c r="Q39" s="14" t="n">
-        <v>2532.0</v>
+      <c r="R39" s="14" t="n">
+        <v>2532.1</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    TOTAL POLLUTING SUBSTANCES</t>
         </is>
       </c>
       <c r="B40" s="14" t="n">
-        <v>38673.0</v>
+        <v>35761.5</v>
       </c>
       <c r="C40" s="14" t="n">
-        <v>41267.1</v>
+        <v>34982.1</v>
       </c>
       <c r="D40" s="14" t="n">
-        <v>41653.2</v>
+        <v>36406.6</v>
       </c>
       <c r="E40" s="14" t="n">
-        <v>41981.2</v>
+        <v>40163.0</v>
       </c>
       <c r="F40" s="14" t="n">
-        <v>41548.7</v>
+        <v>40855.3</v>
       </c>
       <c r="G40" s="14" t="n">
-        <v>42026.5</v>
+        <v>40512.4</v>
       </c>
       <c r="H40" s="14" t="n">
-        <v>41621.4</v>
+        <v>41169.2</v>
       </c>
       <c r="I40" s="14" t="n">
-        <v>40022.6</v>
+        <v>40600.6</v>
       </c>
       <c r="J40" s="14" t="n">
-        <v>40801.3</v>
+        <v>39125.2</v>
       </c>
       <c r="K40" s="14" t="n">
-        <v>40527.5</v>
+        <v>39833.5</v>
       </c>
       <c r="L40" s="14" t="n">
-        <v>39406.2</v>
+        <v>39654.1</v>
       </c>
       <c r="M40" s="14" t="n">
-        <v>38099.1</v>
+        <v>38317.5</v>
       </c>
       <c r="N40" s="14" t="n">
-        <v>39691.2</v>
+        <v>37332.7</v>
       </c>
       <c r="O40" s="14" t="n">
-        <v>42511.3</v>
+        <v>39006.8</v>
       </c>
       <c r="P40" s="14" t="n">
-        <v>42147.9</v>
+        <v>42027.6</v>
       </c>
       <c r="Q40" s="14" t="n">
-        <v>42429.3</v>
+        <v>41590.6</v>
+      </c>
+      <c r="R40" s="14" t="n">
+        <v>41996.8</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="6" t="inlineStr">
         <is>
           <t>PFC - Perfluorocarbon composites (thousands of tonnes of equivalent CO2)</t>
         </is>
       </c>
       <c r="B41" s="6"/>
       <c r="C41" s="6"/>
       <c r="D41" s="6"/>
       <c r="E41" s="6"/>
       <c r="F41" s="6"/>
       <c r="G41" s="6"/>
       <c r="H41" s="6"/>
       <c r="I41" s="6"/>
       <c r="J41" s="6"/>
       <c r="K41" s="6"/>
       <c r="L41" s="6"/>
       <c r="M41" s="6"/>
       <c r="N41" s="6"/>
       <c r="O41" s="6"/>
       <c r="P41" s="6"/>
       <c r="Q41" s="6"/>
+      <c r="R41" s="6"/>
     </row>
     <row r="42">
       <c r="A42" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    01-03: Crop and animal production, hunting and related service activities, forestry and logging, and fishing</t>
         </is>
       </c>
       <c r="B42" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="C42" s="14" t="n">
-        <v>0.1</v>
+        <v>0.0</v>
       </c>
       <c r="D42" s="14" t="n">
         <v>0.1</v>
       </c>
       <c r="E42" s="14" t="n">
-        <v>0.0</v>
+        <v>0.2</v>
       </c>
       <c r="F42" s="14" t="n">
         <v>0.1</v>
       </c>
       <c r="G42" s="14" t="n">
-        <v>0.0</v>
+        <v>0.1</v>
       </c>
       <c r="H42" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="I42" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="J42" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="K42" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="L42" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="M42" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="N42" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="O42" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="P42" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="Q42" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="R42" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    05-09: Mining and quarrying</t>
         </is>
       </c>
       <c r="B43" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="C43" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="D43" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="E43" s="14" t="n">
-        <v>0.0</v>
+        <v>0.1</v>
       </c>
       <c r="F43" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="G43" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="H43" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="I43" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="J43" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="K43" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="L43" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="M43" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="N43" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="O43" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="P43" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="Q43" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="R43" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    10-33: Manufacture</t>
         </is>
       </c>
       <c r="B44" s="14" t="n">
-        <v>0.1</v>
+        <v>2.7</v>
       </c>
       <c r="C44" s="14" t="n">
-        <v>7.2</v>
+        <v>0.0</v>
       </c>
       <c r="D44" s="14" t="n">
-        <v>39.2</v>
+        <v>6.6</v>
       </c>
       <c r="E44" s="14" t="n">
+        <v>38.6</v>
+      </c>
+      <c r="F44" s="14" t="n">
         <v>25.5</v>
       </c>
-      <c r="F44" s="14" t="n">
+      <c r="G44" s="14" t="n">
         <v>42.4</v>
       </c>
-      <c r="G44" s="14" t="n">
+      <c r="H44" s="14" t="n">
         <v>114.7</v>
       </c>
-      <c r="H44" s="14" t="n">
+      <c r="I44" s="14" t="n">
         <v>111.9</v>
       </c>
-      <c r="I44" s="14" t="n">
+      <c r="J44" s="14" t="n">
         <v>79.5</v>
       </c>
-      <c r="J44" s="14" t="n">
+      <c r="K44" s="14" t="n">
         <v>81.1</v>
       </c>
-      <c r="K44" s="14" t="n">
+      <c r="L44" s="14" t="n">
         <v>56.5</v>
       </c>
-      <c r="L44" s="14" t="n">
+      <c r="M44" s="14" t="n">
         <v>60.2</v>
       </c>
-      <c r="M44" s="14" t="n">
+      <c r="N44" s="14" t="n">
         <v>48.6</v>
       </c>
-      <c r="N44" s="14" t="n">
+      <c r="O44" s="14" t="n">
         <v>80.6</v>
       </c>
-      <c r="O44" s="14" t="n">
+      <c r="P44" s="14" t="n">
         <v>94.2</v>
       </c>
-      <c r="P44" s="14" t="n">
+      <c r="Q44" s="14" t="n">
         <v>107.7</v>
       </c>
-      <c r="Q44" s="14" t="n">
+      <c r="R44" s="14" t="n">
         <v>161.0</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    35: Supply of electricity, gas, steam and air conditioning</t>
         </is>
       </c>
       <c r="B45" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="C45" s="14" t="n">
-        <v>0.3</v>
+        <v>0.0</v>
       </c>
       <c r="D45" s="14" t="n">
-        <v>0.6</v>
+        <v>0.8</v>
       </c>
       <c r="E45" s="14" t="n">
-        <v>0.2</v>
+        <v>1.1</v>
       </c>
       <c r="F45" s="14" t="n">
         <v>0.3</v>
       </c>
       <c r="G45" s="14" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="H45" s="14" t="n">
         <v>0.1</v>
       </c>
-      <c r="H45" s="14" t="n">
+      <c r="I45" s="14" t="n">
         <v>0.2</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.1</v>
       </c>
       <c r="J45" s="14" t="n">
         <v>0.1</v>
       </c>
       <c r="K45" s="14" t="n">
-        <v>0.0</v>
+        <v>0.1</v>
       </c>
       <c r="L45" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="M45" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="N45" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="O45" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="P45" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="Q45" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="R45" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    36-39: Water supply, sanitation, waste management and decontamination</t>
         </is>
       </c>
       <c r="B46" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="C46" s="14" t="n">
-        <v>0.1</v>
+        <v>0.0</v>
       </c>
       <c r="D46" s="14" t="n">
         <v>0.1</v>
       </c>
       <c r="E46" s="14" t="n">
-        <v>0.0</v>
+        <v>0.2</v>
       </c>
       <c r="F46" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="G46" s="14" t="n">
-        <v>0.0</v>
+        <v>0.1</v>
       </c>
       <c r="H46" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="I46" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="J46" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="K46" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="L46" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="M46" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="N46" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="O46" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="P46" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="Q46" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="R46" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    41-43: Construction</t>
         </is>
       </c>
       <c r="B47" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="C47" s="14" t="n">
-        <v>0.1</v>
+        <v>0.0</v>
       </c>
       <c r="D47" s="14" t="n">
         <v>0.1</v>
       </c>
       <c r="E47" s="14" t="n">
-        <v>0.0</v>
+        <v>0.2</v>
       </c>
       <c r="F47" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="G47" s="14" t="n">
         <v>0.1</v>
       </c>
-      <c r="G47" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="H47" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="I47" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="J47" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="K47" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="L47" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="M47" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="N47" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="O47" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="P47" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="Q47" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="R47" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    45-47, 55-99: Others services</t>
         </is>
       </c>
       <c r="B48" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="C48" s="14" t="n">
-        <v>3.5</v>
+        <v>0.0</v>
       </c>
       <c r="D48" s="14" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="E48" s="14" t="n">
         <v>6.1</v>
       </c>
-      <c r="E48" s="14" t="n">
+      <c r="F48" s="14" t="n">
         <v>1.9</v>
       </c>
-      <c r="F48" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="G48" s="14" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="H48" s="14" t="n">
         <v>1.7</v>
       </c>
-      <c r="H48" s="14" t="n">
+      <c r="I48" s="14" t="n">
         <v>2.1</v>
       </c>
-      <c r="I48" s="14" t="n">
+      <c r="J48" s="14" t="n">
         <v>1.5</v>
       </c>
-      <c r="J48" s="14" t="n">
+      <c r="K48" s="14" t="n">
         <v>1.8</v>
       </c>
-      <c r="K48" s="14" t="n">
+      <c r="L48" s="14" t="n">
         <v>0.4</v>
       </c>
-      <c r="L48" s="14" t="n">
+      <c r="M48" s="14" t="n">
         <v>0.1</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.2</v>
       </c>
       <c r="N48" s="14" t="n">
         <v>0.2</v>
       </c>
       <c r="O48" s="14" t="n">
         <v>0.2</v>
       </c>
       <c r="P48" s="14" t="n">
         <v>0.2</v>
       </c>
       <c r="Q48" s="14" t="n">
         <v>0.2</v>
       </c>
+      <c r="R48" s="14" t="n">
+        <v>0.2</v>
+      </c>
     </row>
     <row r="49">
       <c r="A49" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    49-53: Transport and warehousing</t>
         </is>
       </c>
       <c r="B49" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="C49" s="14" t="n">
-        <v>0.5</v>
+        <v>0.0</v>
       </c>
       <c r="D49" s="14" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="E49" s="14" t="n">
         <v>0.8</v>
       </c>
-      <c r="E49" s="14" t="n">
+      <c r="F49" s="14" t="n">
         <v>0.3</v>
       </c>
-      <c r="F49" s="14" t="n">
+      <c r="G49" s="14" t="n">
         <v>0.4</v>
       </c>
-      <c r="G49" s="14" t="n">
+      <c r="H49" s="14" t="n">
         <v>0.2</v>
       </c>
-      <c r="H49" s="14" t="n">
+      <c r="I49" s="14" t="n">
         <v>0.3</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.2</v>
       </c>
       <c r="J49" s="14" t="n">
         <v>0.2</v>
       </c>
       <c r="K49" s="14" t="n">
-        <v>0.0</v>
+        <v>0.2</v>
       </c>
       <c r="L49" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="M49" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="N49" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="O49" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="P49" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="Q49" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="R49" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    h: Households</t>
         </is>
       </c>
       <c r="B50" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="C50" s="14" t="n">
-        <v>2.6</v>
+        <v>0.0</v>
       </c>
       <c r="D50" s="14" t="n">
-        <v>4.4</v>
+        <v>2.1</v>
       </c>
       <c r="E50" s="14" t="n">
-        <v>1.5</v>
+        <v>4.1</v>
       </c>
       <c r="F50" s="14" t="n">
-        <v>2.3</v>
+        <v>1.4</v>
       </c>
       <c r="G50" s="14" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="H50" s="14" t="n">
         <v>1.3</v>
       </c>
-      <c r="H50" s="14" t="n">
+      <c r="I50" s="14" t="n">
         <v>1.4</v>
       </c>
-      <c r="I50" s="14" t="n">
+      <c r="J50" s="14" t="n">
         <v>0.8</v>
       </c>
-      <c r="J50" s="14" t="n">
+      <c r="K50" s="14" t="n">
         <v>1.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.1</v>
       </c>
       <c r="L50" s="14" t="n">
         <v>0.1</v>
       </c>
       <c r="M50" s="14" t="n">
         <v>0.1</v>
       </c>
       <c r="N50" s="14" t="n">
         <v>0.1</v>
       </c>
       <c r="O50" s="14" t="n">
         <v>0.1</v>
       </c>
       <c r="P50" s="14" t="n">
         <v>0.1</v>
       </c>
       <c r="Q50" s="14" t="n">
         <v>0.1</v>
       </c>
+      <c r="R50" s="14" t="n">
+        <v>0.1</v>
+      </c>
     </row>
     <row r="51">
       <c r="A51" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    TOTAL POLLUTING SUBSTANCES</t>
         </is>
       </c>
       <c r="B51" s="14" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="C51" s="14" t="n">
         <v>0.1</v>
       </c>
-      <c r="C51" s="14" t="n">
+      <c r="D51" s="14" t="n">
         <v>14.4</v>
       </c>
-      <c r="D51" s="14" t="n">
+      <c r="E51" s="14" t="n">
         <v>51.4</v>
       </c>
-      <c r="E51" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="F51" s="14" t="n">
-        <v>48.8</v>
+        <v>29.6</v>
       </c>
       <c r="G51" s="14" t="n">
-        <v>118.2</v>
+        <v>48.9</v>
       </c>
       <c r="H51" s="14" t="n">
+        <v>118.1</v>
+      </c>
+      <c r="I51" s="14" t="n">
         <v>115.9</v>
       </c>
-      <c r="I51" s="14" t="n">
+      <c r="J51" s="14" t="n">
         <v>82.2</v>
       </c>
-      <c r="J51" s="14" t="n">
+      <c r="K51" s="14" t="n">
         <v>84.3</v>
       </c>
-      <c r="K51" s="14" t="n">
+      <c r="L51" s="14" t="n">
         <v>57.1</v>
       </c>
-      <c r="L51" s="14" t="n">
+      <c r="M51" s="14" t="n">
         <v>60.4</v>
       </c>
-      <c r="M51" s="14" t="n">
+      <c r="N51" s="14" t="n">
         <v>48.9</v>
       </c>
-      <c r="N51" s="14" t="n">
+      <c r="O51" s="14" t="n">
         <v>80.9</v>
       </c>
-      <c r="O51" s="14" t="n">
+      <c r="P51" s="14" t="n">
         <v>94.5</v>
       </c>
-      <c r="P51" s="14" t="n">
+      <c r="Q51" s="14" t="n">
         <v>108.1</v>
       </c>
-      <c r="Q51" s="14" t="n">
+      <c r="R51" s="14" t="n">
         <v>161.4</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="6" t="inlineStr">
         <is>
           <t>HFC - Hydrogenfluorocarbon composites (thousands of tonnes of equivalent CO2)</t>
         </is>
       </c>
       <c r="B52" s="6"/>
       <c r="C52" s="6"/>
       <c r="D52" s="6"/>
       <c r="E52" s="6"/>
       <c r="F52" s="6"/>
       <c r="G52" s="6"/>
       <c r="H52" s="6"/>
       <c r="I52" s="6"/>
       <c r="J52" s="6"/>
       <c r="K52" s="6"/>
       <c r="L52" s="6"/>
       <c r="M52" s="6"/>
       <c r="N52" s="6"/>
       <c r="O52" s="6"/>
       <c r="P52" s="6"/>
       <c r="Q52" s="6"/>
+      <c r="R52" s="6"/>
     </row>
     <row r="53">
       <c r="A53" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    01-03: Crop and animal production, hunting and related service activities, forestry and logging, and fishing</t>
         </is>
       </c>
       <c r="B53" s="14" t="n">
-        <v>17.1</v>
+        <v>50.7</v>
       </c>
       <c r="C53" s="14" t="n">
-        <v>24.1</v>
+        <v>40.8</v>
       </c>
       <c r="D53" s="14" t="n">
+        <v>42.2</v>
+      </c>
+      <c r="E53" s="14" t="n">
+        <v>38.0</v>
+      </c>
+      <c r="F53" s="14" t="n">
+        <v>30.3</v>
+      </c>
+      <c r="G53" s="14" t="n">
+        <v>28.9</v>
+      </c>
+      <c r="H53" s="14" t="n">
         <v>23.5</v>
       </c>
-      <c r="E53" s="14" t="n">
-[...10 lines deleted...]
-      </c>
       <c r="I53" s="14" t="n">
+        <v>26.8</v>
+      </c>
+      <c r="J53" s="14" t="n">
         <v>30.2</v>
       </c>
-      <c r="J53" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="K53" s="14" t="n">
-        <v>31.4</v>
+        <v>33.1</v>
       </c>
       <c r="L53" s="14" t="n">
-        <v>31.0</v>
+        <v>32.1</v>
       </c>
       <c r="M53" s="14" t="n">
-        <v>31.4</v>
+        <v>31.7</v>
       </c>
       <c r="N53" s="14" t="n">
-        <v>32.6</v>
+        <v>32.1</v>
       </c>
       <c r="O53" s="14" t="n">
-        <v>33.1</v>
+        <v>33.3</v>
       </c>
       <c r="P53" s="14" t="n">
-        <v>33.1</v>
+        <v>33.8</v>
       </c>
       <c r="Q53" s="14" t="n">
-        <v>34.6</v>
+        <v>33.8</v>
+      </c>
+      <c r="R53" s="14" t="n">
+        <v>35.3</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    05-09: Mining and quarrying</t>
         </is>
       </c>
       <c r="B54" s="14" t="n">
-        <v>4.8</v>
+        <v>16.0</v>
       </c>
       <c r="C54" s="14" t="n">
-        <v>6.7</v>
+        <v>12.9</v>
       </c>
       <c r="D54" s="14" t="n">
-        <v>6.6</v>
+        <v>13.7</v>
       </c>
       <c r="E54" s="14" t="n">
-        <v>7.5</v>
+        <v>12.2</v>
       </c>
       <c r="F54" s="14" t="n">
-        <v>8.3</v>
+        <v>12.3</v>
       </c>
       <c r="G54" s="14" t="n">
-        <v>8.2</v>
+        <v>10.3</v>
       </c>
       <c r="H54" s="14" t="n">
-        <v>11.3</v>
+        <v>8.1</v>
       </c>
       <c r="I54" s="14" t="n">
-        <v>8.9</v>
+        <v>11.2</v>
       </c>
       <c r="J54" s="14" t="n">
-        <v>9.2</v>
+        <v>8.8</v>
       </c>
       <c r="K54" s="14" t="n">
-        <v>11.5</v>
+        <v>9.1</v>
       </c>
       <c r="L54" s="14" t="n">
-        <v>11.3</v>
+        <v>11.4</v>
       </c>
       <c r="M54" s="14" t="n">
-        <v>11.5</v>
+        <v>11.2</v>
       </c>
       <c r="N54" s="14" t="n">
-        <v>12.0</v>
+        <v>11.4</v>
       </c>
       <c r="O54" s="14" t="n">
-        <v>12.2</v>
+        <v>11.9</v>
       </c>
       <c r="P54" s="14" t="n">
-        <v>12.2</v>
+        <v>12.1</v>
       </c>
       <c r="Q54" s="14" t="n">
+        <v>12.1</v>
+      </c>
+      <c r="R54" s="14" t="n">
         <v>12.8</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    10-33: Manufacture</t>
         </is>
       </c>
       <c r="B55" s="14" t="n">
-        <v>1590.0</v>
+        <v>1356.4</v>
       </c>
       <c r="C55" s="14" t="n">
-        <v>2243.8</v>
+        <v>1091.1</v>
       </c>
       <c r="D55" s="14" t="n">
-        <v>2082.8</v>
+        <v>2009.2</v>
       </c>
       <c r="E55" s="14" t="n">
-        <v>2010.7</v>
+        <v>1975.9</v>
       </c>
       <c r="F55" s="14" t="n">
-        <v>2395.7</v>
+        <v>1995.5</v>
       </c>
       <c r="G55" s="14" t="n">
-        <v>2660.4</v>
+        <v>2394.9</v>
       </c>
       <c r="H55" s="14" t="n">
-        <v>3251.8</v>
+        <v>2658.9</v>
       </c>
       <c r="I55" s="14" t="n">
-        <v>4297.3</v>
+        <v>3259.8</v>
       </c>
       <c r="J55" s="14" t="n">
-        <v>4377.7</v>
+        <v>4313.7</v>
       </c>
       <c r="K55" s="14" t="n">
-        <v>8668.1</v>
+        <v>4385.2</v>
       </c>
       <c r="L55" s="14" t="n">
-        <v>8935.7</v>
+        <v>8677.2</v>
       </c>
       <c r="M55" s="14" t="n">
-        <v>8814.8</v>
+        <v>8945.1</v>
       </c>
       <c r="N55" s="14" t="n">
-        <v>8397.3</v>
+        <v>8823.8</v>
       </c>
       <c r="O55" s="14" t="n">
-        <v>8808.0</v>
+        <v>8405.4</v>
       </c>
       <c r="P55" s="14" t="n">
-        <v>8368.0</v>
+        <v>8815.8</v>
       </c>
       <c r="Q55" s="14" t="n">
-        <v>9290.6</v>
+        <v>8375.8</v>
+      </c>
+      <c r="R55" s="14" t="n">
+        <v>9299.2</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    35: Supply of electricity, gas, steam and air conditioning</t>
         </is>
       </c>
       <c r="B56" s="14" t="n">
-        <v>86.7</v>
+        <v>337.8</v>
       </c>
       <c r="C56" s="14" t="n">
-        <v>122.4</v>
+        <v>271.7</v>
       </c>
       <c r="D56" s="14" t="n">
-        <v>109.9</v>
+        <v>271.2</v>
       </c>
       <c r="E56" s="14" t="n">
-        <v>100.2</v>
+        <v>216.2</v>
       </c>
       <c r="F56" s="14" t="n">
+        <v>170.5</v>
+      </c>
+      <c r="G56" s="14" t="n">
+        <v>136.7</v>
+      </c>
+      <c r="H56" s="14" t="n">
         <v>106.8</v>
       </c>
-      <c r="G56" s="14" t="n">
-[...2 lines deleted...]
-      <c r="H56" s="14" t="n">
+      <c r="I56" s="14" t="n">
         <v>120.9</v>
       </c>
-      <c r="I56" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="J56" s="14" t="n">
-        <v>153.1</v>
+        <v>138.0</v>
       </c>
       <c r="K56" s="14" t="n">
-        <v>193.5</v>
+        <v>153.2</v>
       </c>
       <c r="L56" s="14" t="n">
-        <v>189.7</v>
+        <v>193.8</v>
       </c>
       <c r="M56" s="14" t="n">
-        <v>194.5</v>
+        <v>189.9</v>
       </c>
       <c r="N56" s="14" t="n">
-        <v>204.3</v>
+        <v>194.8</v>
       </c>
       <c r="O56" s="14" t="n">
-        <v>207.7</v>
+        <v>204.5</v>
       </c>
       <c r="P56" s="14" t="n">
-        <v>207.0</v>
+        <v>207.9</v>
       </c>
       <c r="Q56" s="14" t="n">
-        <v>221.3</v>
+        <v>207.2</v>
+      </c>
+      <c r="R56" s="14" t="n">
+        <v>221.5</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    36-39: Water supply, sanitation, waste management and decontamination</t>
         </is>
       </c>
       <c r="B57" s="14" t="n">
-        <v>13.5</v>
+        <v>47.6</v>
       </c>
       <c r="C57" s="14" t="n">
-        <v>19.1</v>
+        <v>38.3</v>
       </c>
       <c r="D57" s="14" t="n">
-        <v>17.1</v>
+        <v>38.2</v>
       </c>
       <c r="E57" s="14" t="n">
-        <v>15.9</v>
+        <v>30.7</v>
       </c>
       <c r="F57" s="14" t="n">
-        <v>18.8</v>
+        <v>24.8</v>
       </c>
       <c r="G57" s="14" t="n">
-        <v>18.1</v>
+        <v>23.1</v>
       </c>
       <c r="H57" s="14" t="n">
-        <v>20.8</v>
+        <v>17.8</v>
       </c>
       <c r="I57" s="14" t="n">
-        <v>21.2</v>
+        <v>20.6</v>
       </c>
       <c r="J57" s="14" t="n">
-        <v>23.2</v>
+        <v>21.0</v>
       </c>
       <c r="K57" s="14" t="n">
+        <v>23.1</v>
+      </c>
+      <c r="L57" s="14" t="n">
+        <v>27.5</v>
+      </c>
+      <c r="M57" s="14" t="n">
+        <v>27.0</v>
+      </c>
+      <c r="N57" s="14" t="n">
         <v>27.6</v>
       </c>
-      <c r="L57" s="14" t="n">
-[...7 lines deleted...]
-      </c>
       <c r="O57" s="14" t="n">
-        <v>29.4</v>
+        <v>28.8</v>
       </c>
       <c r="P57" s="14" t="n">
         <v>29.3</v>
       </c>
       <c r="Q57" s="14" t="n">
-        <v>31.1</v>
+        <v>29.2</v>
+      </c>
+      <c r="R57" s="14" t="n">
+        <v>31.0</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    41-43: Construction</t>
         </is>
       </c>
       <c r="B58" s="14" t="n">
-        <v>48.2</v>
+        <v>83.4</v>
       </c>
       <c r="C58" s="14" t="n">
-        <v>68.1</v>
+        <v>67.1</v>
       </c>
       <c r="D58" s="14" t="n">
-        <v>68.9</v>
+        <v>78.0</v>
       </c>
       <c r="E58" s="14" t="n">
-        <v>66.4</v>
+        <v>76.6</v>
       </c>
       <c r="F58" s="14" t="n">
-        <v>76.8</v>
+        <v>67.1</v>
       </c>
       <c r="G58" s="14" t="n">
-        <v>81.4</v>
+        <v>77.7</v>
       </c>
       <c r="H58" s="14" t="n">
-        <v>94.8</v>
+        <v>79.8</v>
       </c>
       <c r="I58" s="14" t="n">
-        <v>104.6</v>
+        <v>93.5</v>
       </c>
       <c r="J58" s="14" t="n">
-        <v>113.5</v>
+        <v>103.0</v>
       </c>
       <c r="K58" s="14" t="n">
-        <v>108.8</v>
+        <v>112.9</v>
       </c>
       <c r="L58" s="14" t="n">
-        <v>107.9</v>
+        <v>108.6</v>
       </c>
       <c r="M58" s="14" t="n">
-        <v>166.3</v>
+        <v>107.7</v>
       </c>
       <c r="N58" s="14" t="n">
-        <v>172.9</v>
+        <v>166.0</v>
       </c>
       <c r="O58" s="14" t="n">
-        <v>198.6</v>
+        <v>172.6</v>
       </c>
       <c r="P58" s="14" t="n">
-        <v>209.3</v>
+        <v>198.4</v>
       </c>
       <c r="Q58" s="14" t="n">
-        <v>320.1</v>
+        <v>209.0</v>
+      </c>
+      <c r="R58" s="14" t="n">
+        <v>319.9</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    45-47, 55-99: Others services</t>
         </is>
       </c>
       <c r="B59" s="14" t="n">
-        <v>897.6</v>
+        <v>1159.6</v>
       </c>
       <c r="C59" s="14" t="n">
-        <v>1266.7</v>
+        <v>932.8</v>
       </c>
       <c r="D59" s="14" t="n">
-        <v>1167.1</v>
+        <v>1374.9</v>
       </c>
       <c r="E59" s="14" t="n">
-        <v>1093.8</v>
+        <v>1185.0</v>
       </c>
       <c r="F59" s="14" t="n">
-        <v>1345.5</v>
+        <v>1133.5</v>
       </c>
       <c r="G59" s="14" t="n">
-        <v>1325.8</v>
+        <v>1362.0</v>
       </c>
       <c r="H59" s="14" t="n">
-        <v>1618.0</v>
+        <v>1322.7</v>
       </c>
       <c r="I59" s="14" t="n">
-        <v>2046.3</v>
+        <v>1620.5</v>
       </c>
       <c r="J59" s="14" t="n">
-        <v>2101.4</v>
+        <v>2050.0</v>
       </c>
       <c r="K59" s="14" t="n">
-        <v>4140.3</v>
+        <v>2107.2</v>
       </c>
       <c r="L59" s="14" t="n">
-        <v>4123.6</v>
+        <v>4149.6</v>
       </c>
       <c r="M59" s="14" t="n">
-        <v>4142.8</v>
+        <v>4132.9</v>
       </c>
       <c r="N59" s="14" t="n">
-        <v>4185.3</v>
+        <v>4152.0</v>
       </c>
       <c r="O59" s="14" t="n">
-        <v>4204.6</v>
+        <v>4194.3</v>
       </c>
       <c r="P59" s="14" t="n">
-        <v>4197.2</v>
+        <v>4213.6</v>
       </c>
       <c r="Q59" s="14" t="n">
-        <v>4491.9</v>
+        <v>4206.3</v>
+      </c>
+      <c r="R59" s="14" t="n">
+        <v>4501.2</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    49-53: Transport and warehousing</t>
         </is>
       </c>
       <c r="B60" s="14" t="n">
-        <v>125.2</v>
+        <v>374.0</v>
       </c>
       <c r="C60" s="14" t="n">
-        <v>176.7</v>
+        <v>300.8</v>
       </c>
       <c r="D60" s="14" t="n">
-        <v>158.9</v>
+        <v>261.2</v>
       </c>
       <c r="E60" s="14" t="n">
-        <v>155.8</v>
+        <v>161.6</v>
       </c>
       <c r="F60" s="14" t="n">
-        <v>180.5</v>
+        <v>152.7</v>
       </c>
       <c r="G60" s="14" t="n">
-        <v>168.2</v>
+        <v>177.6</v>
       </c>
       <c r="H60" s="14" t="n">
-        <v>218.7</v>
+        <v>157.8</v>
       </c>
       <c r="I60" s="14" t="n">
-        <v>260.2</v>
+        <v>209.7</v>
       </c>
       <c r="J60" s="14" t="n">
-        <v>250.2</v>
+        <v>249.0</v>
       </c>
       <c r="K60" s="14" t="n">
-        <v>389.5</v>
+        <v>244.1</v>
       </c>
       <c r="L60" s="14" t="n">
-        <v>383.4</v>
+        <v>384.9</v>
       </c>
       <c r="M60" s="14" t="n">
-        <v>389.1</v>
+        <v>378.7</v>
       </c>
       <c r="N60" s="14" t="n">
-        <v>407.8</v>
+        <v>384.5</v>
       </c>
       <c r="O60" s="14" t="n">
-        <v>417.0</v>
+        <v>403.2</v>
       </c>
       <c r="P60" s="14" t="n">
-        <v>418.5</v>
+        <v>412.4</v>
       </c>
       <c r="Q60" s="14" t="n">
-        <v>439.7</v>
+        <v>413.9</v>
+      </c>
+      <c r="R60" s="14" t="n">
+        <v>435.2</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    h: Households</t>
         </is>
       </c>
       <c r="B61" s="14" t="n">
-        <v>908.1</v>
+        <v>1120.9</v>
       </c>
       <c r="C61" s="14" t="n">
-        <v>1281.5</v>
+        <v>1047.9</v>
       </c>
       <c r="D61" s="14" t="n">
-        <v>1206.9</v>
+        <v>1163.9</v>
       </c>
       <c r="E61" s="14" t="n">
-        <v>1250.7</v>
+        <v>1173.8</v>
       </c>
       <c r="F61" s="14" t="n">
-        <v>1334.9</v>
+        <v>1216.3</v>
       </c>
       <c r="G61" s="14" t="n">
-        <v>1399.0</v>
+        <v>1323.1</v>
       </c>
       <c r="H61" s="14" t="n">
-        <v>1438.0</v>
+        <v>1406.7</v>
       </c>
       <c r="I61" s="14" t="n">
-        <v>1478.8</v>
+        <v>1441.5</v>
       </c>
       <c r="J61" s="14" t="n">
-        <v>1452.0</v>
+        <v>1479.9</v>
       </c>
       <c r="K61" s="14" t="n">
-        <v>1527.4</v>
+        <v>1453.1</v>
       </c>
       <c r="L61" s="14" t="n">
-        <v>1546.1</v>
+        <v>1528.5</v>
       </c>
       <c r="M61" s="14" t="n">
-        <v>1539.4</v>
+        <v>1547.3</v>
       </c>
       <c r="N61" s="14" t="n">
-        <v>1556.5</v>
+        <v>1540.5</v>
       </c>
       <c r="O61" s="14" t="n">
-        <v>1565.3</v>
+        <v>1557.6</v>
       </c>
       <c r="P61" s="14" t="n">
-        <v>1591.4</v>
+        <v>1566.4</v>
       </c>
       <c r="Q61" s="14" t="n">
-        <v>1595.5</v>
+        <v>1592.5</v>
+      </c>
+      <c r="R61" s="14" t="n">
+        <v>1596.6</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    TOTAL POLLUTING SUBSTANCES</t>
         </is>
       </c>
       <c r="B62" s="14" t="n">
-        <v>3691.3</v>
+        <v>4546.4</v>
       </c>
       <c r="C62" s="14" t="n">
-        <v>5209.1</v>
+        <v>3803.4</v>
       </c>
       <c r="D62" s="14" t="n">
-        <v>4841.8</v>
+        <v>5252.5</v>
       </c>
       <c r="E62" s="14" t="n">
-        <v>4722.6</v>
+        <v>4870.2</v>
       </c>
       <c r="F62" s="14" t="n">
-        <v>5492.1</v>
+        <v>4802.9</v>
       </c>
       <c r="G62" s="14" t="n">
-        <v>5792.0</v>
+        <v>5534.3</v>
       </c>
       <c r="H62" s="14" t="n">
-        <v>6801.0</v>
+        <v>5782.2</v>
       </c>
       <c r="I62" s="14" t="n">
-        <v>8385.3</v>
+        <v>6804.6</v>
       </c>
       <c r="J62" s="14" t="n">
-        <v>8512.7</v>
+        <v>8393.5</v>
       </c>
       <c r="K62" s="14" t="n">
-        <v>15098.0</v>
+        <v>8521.0</v>
       </c>
       <c r="L62" s="14" t="n">
-        <v>15355.8</v>
+        <v>15113.4</v>
       </c>
       <c r="M62" s="14" t="n">
-        <v>15317.5</v>
+        <v>15371.6</v>
       </c>
       <c r="N62" s="14" t="n">
-        <v>14997.5</v>
+        <v>15332.8</v>
       </c>
       <c r="O62" s="14" t="n">
-        <v>15475.7</v>
+        <v>15011.8</v>
       </c>
       <c r="P62" s="14" t="n">
-        <v>15065.9</v>
+        <v>15489.6</v>
       </c>
       <c r="Q62" s="14" t="n">
-        <v>16437.7</v>
+        <v>15079.8</v>
+      </c>
+      <c r="R62" s="14" t="n">
+        <v>16452.7</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="6" t="inlineStr">
         <is>
           <t>SF6 - Sulphur hexaflouride (thousands of tonnes of equivalent CO2)</t>
         </is>
       </c>
       <c r="B63" s="6"/>
       <c r="C63" s="6"/>
       <c r="D63" s="6"/>
       <c r="E63" s="6"/>
       <c r="F63" s="6"/>
       <c r="G63" s="6"/>
       <c r="H63" s="6"/>
       <c r="I63" s="6"/>
       <c r="J63" s="6"/>
       <c r="K63" s="6"/>
       <c r="L63" s="6"/>
       <c r="M63" s="6"/>
       <c r="N63" s="6"/>
       <c r="O63" s="6"/>
       <c r="P63" s="6"/>
       <c r="Q63" s="6"/>
+      <c r="R63" s="6"/>
     </row>
     <row r="64">
       <c r="A64" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    01-03: Crop and animal production, hunting and related service activities, forestry and logging, and fishing</t>
         </is>
       </c>
       <c r="B64" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="C64" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="D64" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="E64" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="F64" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="G64" s="14" t="n">
         <v>0.0</v>
       </c>
@@ -3402,50 +3564,53 @@
       </c>
       <c r="J64" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="K64" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="L64" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="M64" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="N64" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="O64" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="P64" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="Q64" s="14" t="n">
         <v>0.0</v>
       </c>
+      <c r="R64" s="14" t="n">
+        <v>0.0</v>
+      </c>
     </row>
     <row r="65">
       <c r="A65" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    05-09: Mining and quarrying</t>
         </is>
       </c>
       <c r="B65" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="C65" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="D65" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="E65" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="F65" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="G65" s="14" t="n">
         <v>0.0</v>
       </c>
@@ -3457,50 +3622,53 @@
       </c>
       <c r="J65" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="K65" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="L65" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="M65" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="N65" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="O65" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="P65" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="Q65" s="14" t="n">
         <v>0.0</v>
       </c>
+      <c r="R65" s="14" t="n">
+        <v>0.0</v>
+      </c>
     </row>
     <row r="66">
       <c r="A66" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    10-33: Manufacture</t>
         </is>
       </c>
       <c r="B66" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="C66" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="D66" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="E66" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="F66" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="G66" s="14" t="n">
         <v>0.0</v>
       </c>
@@ -3512,103 +3680,109 @@
       </c>
       <c r="J66" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="K66" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="L66" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="M66" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="N66" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="O66" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="P66" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="Q66" s="14" t="n">
         <v>0.0</v>
       </c>
+      <c r="R66" s="14" t="n">
+        <v>0.0</v>
+      </c>
     </row>
     <row r="67">
       <c r="A67" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    35: Supply of electricity, gas, steam and air conditioning</t>
         </is>
       </c>
       <c r="B67" s="14" t="n">
+        <v>248.7</v>
+      </c>
+      <c r="C67" s="14" t="n">
+        <v>245.0</v>
+      </c>
+      <c r="D67" s="14" t="n">
         <v>245.5</v>
       </c>
-      <c r="C67" s="14" t="n">
-[...2 lines deleted...]
-      <c r="D67" s="14" t="n">
+      <c r="E67" s="14" t="n">
         <v>239.2</v>
       </c>
-      <c r="E67" s="14" t="n">
+      <c r="F67" s="14" t="n">
         <v>234.5</v>
       </c>
-      <c r="F67" s="14" t="n">
+      <c r="G67" s="14" t="n">
         <v>231.8</v>
       </c>
-      <c r="G67" s="14" t="n">
+      <c r="H67" s="14" t="n">
         <v>230.8</v>
       </c>
-      <c r="H67" s="14" t="n">
+      <c r="I67" s="14" t="n">
         <v>229.5</v>
       </c>
-      <c r="I67" s="14" t="n">
+      <c r="J67" s="14" t="n">
         <v>234.0</v>
       </c>
-      <c r="J67" s="14" t="n">
+      <c r="K67" s="14" t="n">
         <v>225.7</v>
       </c>
-      <c r="K67" s="14" t="n">
+      <c r="L67" s="14" t="n">
         <v>214.1</v>
       </c>
-      <c r="L67" s="14" t="n">
+      <c r="M67" s="14" t="n">
         <v>218.4</v>
       </c>
-      <c r="M67" s="14" t="n">
+      <c r="N67" s="14" t="n">
         <v>224.9</v>
       </c>
-      <c r="N67" s="14" t="n">
+      <c r="O67" s="14" t="n">
         <v>244.7</v>
       </c>
-      <c r="O67" s="14" t="n">
+      <c r="P67" s="14" t="n">
         <v>239.2</v>
       </c>
-      <c r="P67" s="14" t="n">
+      <c r="Q67" s="14" t="n">
         <v>236.1</v>
       </c>
-      <c r="Q67" s="14" t="n">
+      <c r="R67" s="14" t="n">
         <v>250.9</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    36-39: Water supply, sanitation, waste management and decontamination</t>
         </is>
       </c>
       <c r="B68" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="C68" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="D68" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="E68" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="F68" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="G68" s="14" t="n">
@@ -3622,50 +3796,53 @@
       </c>
       <c r="J68" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="K68" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="L68" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="M68" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="N68" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="O68" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="P68" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="Q68" s="14" t="n">
         <v>0.0</v>
       </c>
+      <c r="R68" s="14" t="n">
+        <v>0.0</v>
+      </c>
     </row>
     <row r="69">
       <c r="A69" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    41-43: Construction</t>
         </is>
       </c>
       <c r="B69" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="C69" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="D69" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="E69" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="F69" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="G69" s="14" t="n">
         <v>0.0</v>
       </c>
@@ -3677,104 +3854,110 @@
       </c>
       <c r="J69" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="K69" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="L69" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="M69" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="N69" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="O69" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="P69" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="Q69" s="14" t="n">
         <v>0.0</v>
       </c>
+      <c r="R69" s="14" t="n">
+        <v>0.0</v>
+      </c>
     </row>
     <row r="70">
       <c r="A70" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    45-47, 55-99: Others services</t>
         </is>
       </c>
       <c r="B70" s="14" t="n">
-        <v>1.0</v>
+        <v>2.5</v>
       </c>
       <c r="C70" s="14" t="n">
-        <v>1.0</v>
+        <v>2.5</v>
       </c>
       <c r="D70" s="14" t="n">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="E70" s="14" t="n">
-        <v>3.4</v>
+        <v>3.9</v>
       </c>
       <c r="F70" s="14" t="n">
-        <v>3.4</v>
+        <v>2.2</v>
       </c>
       <c r="G70" s="14" t="n">
-        <v>3.2</v>
+        <v>3.3</v>
       </c>
       <c r="H70" s="14" t="n">
-        <v>3.0</v>
+        <v>1.9</v>
       </c>
       <c r="I70" s="14" t="n">
-        <v>2.9</v>
+        <v>1.9</v>
       </c>
       <c r="J70" s="14" t="n">
-        <v>2.7</v>
+        <v>2.4</v>
       </c>
       <c r="K70" s="14" t="n">
-        <v>2.4</v>
+        <v>2.2</v>
       </c>
       <c r="L70" s="14" t="n">
-        <v>2.0</v>
+        <v>1.4</v>
       </c>
       <c r="M70" s="14" t="n">
-        <v>1.9</v>
+        <v>2.3</v>
       </c>
       <c r="N70" s="14" t="n">
-        <v>1.8</v>
+        <v>2.2</v>
       </c>
       <c r="O70" s="14" t="n">
-        <v>2.9</v>
+        <v>5.4</v>
       </c>
       <c r="P70" s="14" t="n">
-        <v>2.2</v>
+        <v>4.2</v>
       </c>
       <c r="Q70" s="14" t="n">
-        <v>1.6</v>
+        <v>2.8</v>
+      </c>
+      <c r="R70" s="14" t="n">
+        <v>2.6</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    49-53: Transport and warehousing</t>
         </is>
       </c>
       <c r="B71" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="C71" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="D71" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="E71" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="F71" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="G71" s="14" t="n">
         <v>0.0</v>
@@ -3787,50 +3970,53 @@
       </c>
       <c r="J71" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="K71" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="L71" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="M71" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="N71" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="O71" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="P71" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="Q71" s="14" t="n">
         <v>0.0</v>
       </c>
+      <c r="R71" s="14" t="n">
+        <v>0.0</v>
+      </c>
     </row>
     <row r="72">
       <c r="A72" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    h: Households</t>
         </is>
       </c>
       <c r="B72" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="C72" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="D72" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="E72" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="F72" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="G72" s="14" t="n">
         <v>0.0</v>
       </c>
@@ -3842,4263 +4028,4528 @@
       </c>
       <c r="J72" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="K72" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="L72" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="M72" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="N72" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="O72" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="P72" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="Q72" s="14" t="n">
         <v>0.0</v>
       </c>
+      <c r="R72" s="14" t="n">
+        <v>0.0</v>
+      </c>
     </row>
     <row r="73">
       <c r="A73" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    TOTAL POLLUTING SUBSTANCES</t>
         </is>
       </c>
       <c r="B73" s="14" t="n">
-        <v>246.5</v>
+        <v>251.2</v>
       </c>
       <c r="C73" s="14" t="n">
-        <v>246.5</v>
+        <v>247.5</v>
       </c>
       <c r="D73" s="14" t="n">
-        <v>240.1</v>
+        <v>249.6</v>
       </c>
       <c r="E73" s="14" t="n">
-        <v>237.9</v>
+        <v>243.0</v>
       </c>
       <c r="F73" s="14" t="n">
-        <v>235.2</v>
+        <v>236.7</v>
       </c>
       <c r="G73" s="14" t="n">
-        <v>234.0</v>
+        <v>235.1</v>
       </c>
       <c r="H73" s="14" t="n">
-        <v>232.5</v>
+        <v>232.7</v>
       </c>
       <c r="I73" s="14" t="n">
-        <v>236.9</v>
+        <v>231.4</v>
       </c>
       <c r="J73" s="14" t="n">
-        <v>228.4</v>
+        <v>236.5</v>
       </c>
       <c r="K73" s="14" t="n">
-        <v>216.6</v>
+        <v>227.9</v>
       </c>
       <c r="L73" s="14" t="n">
-        <v>220.4</v>
+        <v>215.5</v>
       </c>
       <c r="M73" s="14" t="n">
-        <v>226.8</v>
+        <v>220.8</v>
       </c>
       <c r="N73" s="14" t="n">
-        <v>246.5</v>
+        <v>227.1</v>
       </c>
       <c r="O73" s="14" t="n">
-        <v>242.1</v>
+        <v>250.1</v>
       </c>
       <c r="P73" s="14" t="n">
-        <v>238.4</v>
+        <v>243.4</v>
       </c>
       <c r="Q73" s="14" t="n">
-        <v>252.5</v>
+        <v>239.0</v>
+      </c>
+      <c r="R73" s="14" t="n">
+        <v>253.5</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="6" t="inlineStr">
         <is>
           <t>PM2.5 - Particles with a diameter of  2.5 µm or less (tonnes)</t>
         </is>
       </c>
       <c r="B74" s="6"/>
       <c r="C74" s="6"/>
       <c r="D74" s="6"/>
       <c r="E74" s="6"/>
       <c r="F74" s="6"/>
       <c r="G74" s="6"/>
       <c r="H74" s="6"/>
       <c r="I74" s="6"/>
       <c r="J74" s="6"/>
       <c r="K74" s="6"/>
       <c r="L74" s="6"/>
       <c r="M74" s="6"/>
       <c r="N74" s="6"/>
       <c r="O74" s="6"/>
       <c r="P74" s="6"/>
       <c r="Q74" s="6"/>
+      <c r="R74" s="6"/>
     </row>
     <row r="75">
       <c r="A75" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    01-03: Crop and animal production, hunting and related service activities, forestry and logging, and fishing</t>
         </is>
       </c>
       <c r="B75" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C75" s="14" t="n">
-        <v>61878.5</v>
+        <v>40737.7</v>
       </c>
       <c r="D75" s="14" t="n">
-        <v>61966.4</v>
+        <v>40661.1</v>
       </c>
       <c r="E75" s="14" t="n">
-        <v>62024.8</v>
+        <v>61208.4</v>
       </c>
       <c r="F75" s="14" t="n">
-        <v>52166.6</v>
+        <v>60051.7</v>
       </c>
       <c r="G75" s="14" t="n">
-        <v>69780.1</v>
+        <v>51893.1</v>
       </c>
       <c r="H75" s="14" t="n">
-        <v>53389.3</v>
+        <v>68082.0</v>
       </c>
       <c r="I75" s="14" t="n">
-        <v>56010.8</v>
+        <v>52039.4</v>
       </c>
       <c r="J75" s="14" t="n">
-        <v>57470.5</v>
+        <v>54223.7</v>
       </c>
       <c r="K75" s="14" t="n">
-        <v>47194.1</v>
+        <v>56774.3</v>
       </c>
       <c r="L75" s="14" t="n">
-        <v>66199.8</v>
+        <v>49378.0</v>
       </c>
       <c r="M75" s="14" t="n">
-        <v>41914.0</v>
+        <v>64950.3</v>
       </c>
       <c r="N75" s="14" t="n">
-        <v>59507.8</v>
+        <v>42379.6</v>
       </c>
       <c r="O75" s="14" t="n">
-        <v>57115.9</v>
+        <v>59434.9</v>
       </c>
       <c r="P75" s="14" t="n">
-        <v>55545.6</v>
+        <v>55855.8</v>
       </c>
       <c r="Q75" s="14" t="n">
-        <v>50312.4</v>
+        <v>53942.3</v>
+      </c>
+      <c r="R75" s="14" t="n">
+        <v>48980.4</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    05-09: Mining and quarrying</t>
         </is>
       </c>
       <c r="B76" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C76" s="14" t="n">
-        <v>1503.6</v>
+        <v>1547.8</v>
       </c>
       <c r="D76" s="14" t="n">
-        <v>1654.4</v>
+        <v>1587.0</v>
       </c>
       <c r="E76" s="14" t="n">
-        <v>1565.3</v>
+        <v>1653.9</v>
       </c>
       <c r="F76" s="14" t="n">
-        <v>1595.7</v>
+        <v>1564.7</v>
       </c>
       <c r="G76" s="14" t="n">
-        <v>1684.1</v>
+        <v>1595.2</v>
       </c>
       <c r="H76" s="14" t="n">
-        <v>1657.3</v>
+        <v>1683.5</v>
       </c>
       <c r="I76" s="14" t="n">
-        <v>1533.4</v>
+        <v>1656.7</v>
       </c>
       <c r="J76" s="14" t="n">
-        <v>1619.3</v>
+        <v>1532.8</v>
       </c>
       <c r="K76" s="14" t="n">
-        <v>1648.8</v>
+        <v>1619.0</v>
       </c>
       <c r="L76" s="14" t="n">
-        <v>1781.3</v>
+        <v>1648.9</v>
       </c>
       <c r="M76" s="14" t="n">
+        <v>1782.1</v>
+      </c>
+      <c r="N76" s="14" t="n">
         <v>2215.5</v>
       </c>
-      <c r="N76" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="O76" s="14" t="n">
+        <v>2657.1</v>
+      </c>
+      <c r="P76" s="14" t="n">
         <v>2954.7</v>
       </c>
-      <c r="P76" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="Q76" s="14" t="n">
+        <v>3407.5</v>
+      </c>
+      <c r="R76" s="14" t="n">
         <v>3698.3</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    10-33: Manufacture</t>
         </is>
       </c>
       <c r="B77" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C77" s="14" t="n">
-        <v>11498.5</v>
+        <v>12854.8</v>
       </c>
       <c r="D77" s="14" t="n">
-        <v>11872.6</v>
+        <v>11597.9</v>
       </c>
       <c r="E77" s="14" t="n">
-        <v>12023.7</v>
+        <v>11878.7</v>
       </c>
       <c r="F77" s="14" t="n">
-        <v>13789.8</v>
+        <v>12027.6</v>
       </c>
       <c r="G77" s="14" t="n">
-        <v>13092.0</v>
+        <v>13786.8</v>
       </c>
       <c r="H77" s="14" t="n">
-        <v>12762.6</v>
+        <v>13085.7</v>
       </c>
       <c r="I77" s="14" t="n">
-        <v>12165.5</v>
+        <v>12755.5</v>
       </c>
       <c r="J77" s="14" t="n">
-        <v>11037.3</v>
+        <v>12157.1</v>
       </c>
       <c r="K77" s="14" t="n">
-        <v>9940.4</v>
+        <v>11028.6</v>
       </c>
       <c r="L77" s="14" t="n">
-        <v>10626.5</v>
+        <v>9933.1</v>
       </c>
       <c r="M77" s="14" t="n">
-        <v>14042.1</v>
+        <v>10729.5</v>
       </c>
       <c r="N77" s="14" t="n">
-        <v>14072.4</v>
+        <v>14033.1</v>
       </c>
       <c r="O77" s="14" t="n">
-        <v>14049.4</v>
+        <v>14068.6</v>
       </c>
       <c r="P77" s="14" t="n">
-        <v>14344.5</v>
+        <v>14040.5</v>
       </c>
       <c r="Q77" s="14" t="n">
-        <v>17762.1</v>
+        <v>14356.5</v>
+      </c>
+      <c r="R77" s="14" t="n">
+        <v>17752.2</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    35: Supply of electricity, gas, steam and air conditioning</t>
         </is>
       </c>
-      <c r="B78" s="14" t="n">
-        <v>0.0</v>
+      <c r="B78" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="C78" s="14" t="n">
-        <v>3532.1</v>
+        <v>2909.6</v>
       </c>
       <c r="D78" s="14" t="n">
-        <v>3419.3</v>
+        <v>3481.5</v>
       </c>
       <c r="E78" s="14" t="n">
-        <v>3142.0</v>
+        <v>3406.7</v>
       </c>
       <c r="F78" s="14" t="n">
-        <v>3089.0</v>
+        <v>3119.0</v>
       </c>
       <c r="G78" s="14" t="n">
-        <v>3947.1</v>
+        <v>3069.0</v>
       </c>
       <c r="H78" s="14" t="n">
-        <v>4743.0</v>
+        <v>3927.5</v>
       </c>
       <c r="I78" s="14" t="n">
-        <v>4061.5</v>
+        <v>4722.4</v>
       </c>
       <c r="J78" s="14" t="n">
-        <v>5235.2</v>
+        <v>4057.8</v>
       </c>
       <c r="K78" s="14" t="n">
-        <v>5402.1</v>
+        <v>5236.1</v>
       </c>
       <c r="L78" s="14" t="n">
-        <v>5127.5</v>
+        <v>5400.8</v>
       </c>
       <c r="M78" s="14" t="n">
+        <v>5124.7</v>
+      </c>
+      <c r="N78" s="14" t="n">
         <v>4677.7</v>
       </c>
-      <c r="N78" s="14" t="n">
+      <c r="O78" s="14" t="n">
         <v>3909.6</v>
       </c>
-      <c r="O78" s="14" t="n">
+      <c r="P78" s="14" t="n">
         <v>2671.9</v>
       </c>
-      <c r="P78" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="Q78" s="14" t="n">
+        <v>3550.8</v>
+      </c>
+      <c r="R78" s="14" t="n">
         <v>5197.4</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    36-39: Water supply, sanitation, waste management and decontamination</t>
         </is>
       </c>
-      <c r="B79" s="14" t="n">
-        <v>0.0</v>
+      <c r="B79" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="C79" s="14" t="n">
-        <v>197.8</v>
+        <v>1727.5</v>
       </c>
       <c r="D79" s="14" t="n">
-        <v>208.6</v>
+        <v>1781.8</v>
       </c>
       <c r="E79" s="14" t="n">
-        <v>198.3</v>
+        <v>1698.1</v>
       </c>
       <c r="F79" s="14" t="n">
-        <v>224.1</v>
+        <v>1628.2</v>
       </c>
       <c r="G79" s="14" t="n">
-        <v>262.0</v>
+        <v>1857.8</v>
       </c>
       <c r="H79" s="14" t="n">
-        <v>253.5</v>
+        <v>1576.6</v>
       </c>
       <c r="I79" s="14" t="n">
-        <v>450.4</v>
+        <v>1514.2</v>
       </c>
       <c r="J79" s="14" t="n">
-        <v>224.0</v>
+        <v>1754.4</v>
       </c>
       <c r="K79" s="14" t="n">
-        <v>245.5</v>
+        <v>1524.9</v>
       </c>
       <c r="L79" s="14" t="n">
-        <v>280.2</v>
+        <v>1557.7</v>
       </c>
       <c r="M79" s="14" t="n">
-        <v>324.9</v>
+        <v>1631.7</v>
       </c>
       <c r="N79" s="14" t="n">
-        <v>360.0</v>
+        <v>1735.4</v>
       </c>
       <c r="O79" s="14" t="n">
-        <v>384.4</v>
+        <v>1852.9</v>
       </c>
       <c r="P79" s="14" t="n">
-        <v>418.2</v>
+        <v>1607.8</v>
       </c>
       <c r="Q79" s="14" t="n">
-        <v>484.2</v>
+        <v>1856.2</v>
+      </c>
+      <c r="R79" s="14" t="n">
+        <v>2028.3</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    41-43: Construction</t>
         </is>
       </c>
       <c r="B80" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C80" s="14" t="n">
-        <v>2526.3</v>
+        <v>2579.1</v>
       </c>
       <c r="D80" s="14" t="n">
-        <v>2461.0</v>
+        <v>2549.0</v>
       </c>
       <c r="E80" s="14" t="n">
-        <v>2434.0</v>
+        <v>2469.1</v>
       </c>
       <c r="F80" s="14" t="n">
-        <v>3255.0</v>
+        <v>2436.4</v>
       </c>
       <c r="G80" s="14" t="n">
-        <v>2503.2</v>
+        <v>3284.0</v>
       </c>
       <c r="H80" s="14" t="n">
-        <v>2483.6</v>
+        <v>2502.1</v>
       </c>
       <c r="I80" s="14" t="n">
-        <v>2110.6</v>
+        <v>2482.4</v>
       </c>
       <c r="J80" s="14" t="n">
-        <v>2794.2</v>
+        <v>2108.8</v>
       </c>
       <c r="K80" s="14" t="n">
-        <v>1558.3</v>
+        <v>2792.7</v>
       </c>
       <c r="L80" s="14" t="n">
-        <v>1933.0</v>
+        <v>1558.2</v>
       </c>
       <c r="M80" s="14" t="n">
-        <v>2715.8</v>
+        <v>1935.5</v>
       </c>
       <c r="N80" s="14" t="n">
-        <v>2827.0</v>
+        <v>2715.4</v>
       </c>
       <c r="O80" s="14" t="n">
-        <v>3028.0</v>
+        <v>2826.4</v>
       </c>
       <c r="P80" s="14" t="n">
-        <v>3571.5</v>
+        <v>3025.8</v>
       </c>
       <c r="Q80" s="14" t="n">
-        <v>4734.8</v>
+        <v>3571.0</v>
+      </c>
+      <c r="R80" s="14" t="n">
+        <v>4731.8</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    45-47, 55-99: Others services</t>
         </is>
       </c>
       <c r="B81" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C81" s="14" t="n">
-        <v>2863.3</v>
+        <v>2455.2</v>
       </c>
       <c r="D81" s="14" t="n">
-        <v>2839.3</v>
+        <v>2722.3</v>
       </c>
       <c r="E81" s="14" t="n">
-        <v>2645.1</v>
+        <v>2711.3</v>
       </c>
       <c r="F81" s="14" t="n">
-        <v>3117.2</v>
+        <v>2497.1</v>
       </c>
       <c r="G81" s="14" t="n">
-        <v>3445.5</v>
+        <v>2977.1</v>
       </c>
       <c r="H81" s="14" t="n">
-        <v>3367.9</v>
+        <v>3310.9</v>
       </c>
       <c r="I81" s="14" t="n">
-        <v>3018.1</v>
+        <v>3229.6</v>
       </c>
       <c r="J81" s="14" t="n">
-        <v>2813.3</v>
+        <v>2903.5</v>
       </c>
       <c r="K81" s="14" t="n">
-        <v>3038.8</v>
+        <v>2721.0</v>
       </c>
       <c r="L81" s="14" t="n">
-        <v>3519.6</v>
+        <v>2941.0</v>
       </c>
       <c r="M81" s="14" t="n">
-        <v>3432.4</v>
+        <v>3424.5</v>
       </c>
       <c r="N81" s="14" t="n">
-        <v>3659.2</v>
+        <v>3381.4</v>
       </c>
       <c r="O81" s="14" t="n">
-        <v>3687.6</v>
+        <v>3615.1</v>
       </c>
       <c r="P81" s="14" t="n">
-        <v>3865.2</v>
+        <v>3624.0</v>
       </c>
       <c r="Q81" s="14" t="n">
-        <v>4186.8</v>
+        <v>3832.5</v>
+      </c>
+      <c r="R81" s="14" t="n">
+        <v>4121.7</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    49-53: Transport and warehousing</t>
         </is>
       </c>
       <c r="B82" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C82" s="14" t="n">
-        <v>4214.5</v>
+        <v>4459.7</v>
       </c>
       <c r="D82" s="14" t="n">
-        <v>3702.7</v>
+        <v>4312.1</v>
       </c>
       <c r="E82" s="14" t="n">
-        <v>3320.5</v>
+        <v>3730.7</v>
       </c>
       <c r="F82" s="14" t="n">
-        <v>5187.9</v>
+        <v>3312.0</v>
       </c>
       <c r="G82" s="14" t="n">
-        <v>4986.9</v>
+        <v>4883.1</v>
       </c>
       <c r="H82" s="14" t="n">
-        <v>5056.5</v>
+        <v>5025.8</v>
       </c>
       <c r="I82" s="14" t="n">
-        <v>3850.2</v>
+        <v>4982.3</v>
       </c>
       <c r="J82" s="14" t="n">
-        <v>3422.5</v>
+        <v>5086.5</v>
       </c>
       <c r="K82" s="14" t="n">
-        <v>3172.7</v>
+        <v>5074.6</v>
       </c>
       <c r="L82" s="14" t="n">
-        <v>3653.1</v>
+        <v>5198.5</v>
       </c>
       <c r="M82" s="14" t="n">
-        <v>3998.9</v>
+        <v>5264.5</v>
       </c>
       <c r="N82" s="14" t="n">
-        <v>4397.4</v>
+        <v>5967.0</v>
       </c>
       <c r="O82" s="14" t="n">
-        <v>4711.2</v>
+        <v>6280.9</v>
       </c>
       <c r="P82" s="14" t="n">
-        <v>5168.3</v>
+        <v>6428.4</v>
       </c>
       <c r="Q82" s="14" t="n">
-        <v>6203.3</v>
+        <v>6830.8</v>
+      </c>
+      <c r="R82" s="14" t="n">
+        <v>7700.3</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    h: Households</t>
         </is>
       </c>
       <c r="B83" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C83" s="14" t="n">
-        <v>44774.3</v>
+        <v>42010.5</v>
       </c>
       <c r="D83" s="14" t="n">
-        <v>45504.7</v>
+        <v>43450.4</v>
       </c>
       <c r="E83" s="14" t="n">
-        <v>45710.1</v>
+        <v>44591.2</v>
       </c>
       <c r="F83" s="14" t="n">
-        <v>49943.2</v>
+        <v>46341.1</v>
       </c>
       <c r="G83" s="14" t="n">
-        <v>52168.4</v>
+        <v>49945.7</v>
       </c>
       <c r="H83" s="14" t="n">
-        <v>53465.6</v>
+        <v>51772.5</v>
       </c>
       <c r="I83" s="14" t="n">
-        <v>53685.9</v>
+        <v>52590.5</v>
       </c>
       <c r="J83" s="14" t="n">
-        <v>71881.5</v>
+        <v>53084.8</v>
       </c>
       <c r="K83" s="14" t="n">
-        <v>73590.5</v>
+        <v>71364.2</v>
       </c>
       <c r="L83" s="14" t="n">
-        <v>74197.3</v>
+        <v>73144.7</v>
       </c>
       <c r="M83" s="14" t="n">
-        <v>74497.8</v>
+        <v>73684.1</v>
       </c>
       <c r="N83" s="14" t="n">
-        <v>76678.3</v>
+        <v>74224.9</v>
       </c>
       <c r="O83" s="14" t="n">
-        <v>77119.0</v>
+        <v>76417.8</v>
       </c>
       <c r="P83" s="14" t="n">
-        <v>78950.9</v>
+        <v>77097.5</v>
       </c>
       <c r="Q83" s="14" t="n">
-        <v>69939.3</v>
+        <v>78951.0</v>
+      </c>
+      <c r="R83" s="14" t="n">
+        <v>69939.5</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    TOTAL POLLUTING SUBSTANCES</t>
         </is>
       </c>
-      <c r="B84" s="14" t="n">
-        <v>0.0</v>
+      <c r="B84" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="C84" s="14" t="n">
-        <v>132988.9</v>
+        <v>111282.1</v>
       </c>
       <c r="D84" s="14" t="n">
-        <v>133629.0</v>
+        <v>112143.0</v>
       </c>
       <c r="E84" s="14" t="n">
-        <v>133063.9</v>
+        <v>133348.0</v>
       </c>
       <c r="F84" s="14" t="n">
-        <v>132368.6</v>
+        <v>132977.9</v>
       </c>
       <c r="G84" s="14" t="n">
-        <v>151869.3</v>
+        <v>133291.7</v>
       </c>
       <c r="H84" s="14" t="n">
-        <v>137179.3</v>
+        <v>150966.5</v>
       </c>
       <c r="I84" s="14" t="n">
-        <v>136886.4</v>
+        <v>135973.1</v>
       </c>
       <c r="J84" s="14" t="n">
-        <v>156497.7</v>
+        <v>136909.4</v>
       </c>
       <c r="K84" s="14" t="n">
-        <v>145791.3</v>
+        <v>158135.4</v>
       </c>
       <c r="L84" s="14" t="n">
-        <v>167318.4</v>
+        <v>150761.0</v>
       </c>
       <c r="M84" s="14" t="n">
-        <v>147819.1</v>
+        <v>168527.0</v>
       </c>
       <c r="N84" s="14" t="n">
-        <v>168068.8</v>
+        <v>151330.2</v>
       </c>
       <c r="O84" s="14" t="n">
-        <v>165722.1</v>
+        <v>171063.2</v>
       </c>
       <c r="P84" s="14" t="n">
-        <v>168826.9</v>
+        <v>167306.6</v>
       </c>
       <c r="Q84" s="14" t="n">
-        <v>162518.6</v>
+        <v>170298.6</v>
+      </c>
+      <c r="R84" s="14" t="n">
+        <v>164149.9</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="6" t="inlineStr">
         <is>
           <t>PM10 - Particles with a diameter of 10 µm or less (tonnes)</t>
         </is>
       </c>
       <c r="B85" s="6"/>
       <c r="C85" s="6"/>
       <c r="D85" s="6"/>
       <c r="E85" s="6"/>
       <c r="F85" s="6"/>
       <c r="G85" s="6"/>
       <c r="H85" s="6"/>
       <c r="I85" s="6"/>
       <c r="J85" s="6"/>
       <c r="K85" s="6"/>
       <c r="L85" s="6"/>
       <c r="M85" s="6"/>
       <c r="N85" s="6"/>
       <c r="O85" s="6"/>
       <c r="P85" s="6"/>
       <c r="Q85" s="6"/>
+      <c r="R85" s="6"/>
     </row>
     <row r="86">
       <c r="A86" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    01-03: Crop and animal production, hunting and related service activities, forestry and logging, and fishing</t>
         </is>
       </c>
       <c r="B86" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C86" s="14" t="n">
-        <v>116412.1</v>
+        <v>93472.5</v>
       </c>
       <c r="D86" s="14" t="n">
-        <v>116629.2</v>
+        <v>93345.3</v>
       </c>
       <c r="E86" s="14" t="n">
-        <v>116494.1</v>
+        <v>115798.0</v>
       </c>
       <c r="F86" s="14" t="n">
-        <v>106004.7</v>
+        <v>114400.6</v>
       </c>
       <c r="G86" s="14" t="n">
-        <v>124936.8</v>
+        <v>105546.9</v>
       </c>
       <c r="H86" s="14" t="n">
-        <v>107422.0</v>
+        <v>123129.5</v>
       </c>
       <c r="I86" s="14" t="n">
-        <v>110644.3</v>
+        <v>105935.2</v>
       </c>
       <c r="J86" s="14" t="n">
-        <v>111834.8</v>
+        <v>108742.7</v>
       </c>
       <c r="K86" s="14" t="n">
-        <v>101299.3</v>
+        <v>111100.7</v>
       </c>
       <c r="L86" s="14" t="n">
-        <v>120548.7</v>
+        <v>103619.9</v>
       </c>
       <c r="M86" s="14" t="n">
-        <v>95383.6</v>
+        <v>119222.8</v>
       </c>
       <c r="N86" s="14" t="n">
-        <v>113758.0</v>
+        <v>95877.9</v>
       </c>
       <c r="O86" s="14" t="n">
-        <v>111649.7</v>
+        <v>113682.5</v>
       </c>
       <c r="P86" s="14" t="n">
-        <v>109947.6</v>
+        <v>110311.9</v>
       </c>
       <c r="Q86" s="14" t="n">
-        <v>106377.7</v>
+        <v>108245.1</v>
+      </c>
+      <c r="R86" s="14" t="n">
+        <v>104962.7</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    05-09: Mining and quarrying</t>
         </is>
       </c>
       <c r="B87" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C87" s="14" t="n">
-        <v>9753.8</v>
+        <v>9468.3</v>
       </c>
       <c r="D87" s="14" t="n">
-        <v>10748.6</v>
+        <v>10386.0</v>
       </c>
       <c r="E87" s="14" t="n">
-        <v>10162.8</v>
+        <v>10748.1</v>
       </c>
       <c r="F87" s="14" t="n">
-        <v>10392.4</v>
+        <v>10162.1</v>
       </c>
       <c r="G87" s="14" t="n">
-        <v>10167.4</v>
+        <v>10391.9</v>
       </c>
       <c r="H87" s="14" t="n">
-        <v>9545.8</v>
+        <v>10166.8</v>
       </c>
       <c r="I87" s="14" t="n">
-        <v>8785.3</v>
+        <v>9545.2</v>
       </c>
       <c r="J87" s="14" t="n">
-        <v>9490.8</v>
+        <v>8784.7</v>
       </c>
       <c r="K87" s="14" t="n">
-        <v>8947.8</v>
+        <v>9490.4</v>
       </c>
       <c r="L87" s="14" t="n">
-        <v>8869.1</v>
+        <v>8947.9</v>
       </c>
       <c r="M87" s="14" t="n">
+        <v>8870.1</v>
+      </c>
+      <c r="N87" s="14" t="n">
         <v>10870.9</v>
       </c>
-      <c r="N87" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="O87" s="14" t="n">
+        <v>14811.8</v>
+      </c>
+      <c r="P87" s="14" t="n">
         <v>17736.9</v>
       </c>
-      <c r="P87" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="Q87" s="14" t="n">
+        <v>21145.0</v>
+      </c>
+      <c r="R87" s="14" t="n">
         <v>25568.4</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    10-33: Manufacture</t>
         </is>
       </c>
       <c r="B88" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C88" s="14" t="n">
-        <v>14291.0</v>
+        <v>15510.8</v>
       </c>
       <c r="D88" s="14" t="n">
-        <v>14927.1</v>
+        <v>14394.4</v>
       </c>
       <c r="E88" s="14" t="n">
-        <v>14889.5</v>
+        <v>14943.7</v>
       </c>
       <c r="F88" s="14" t="n">
-        <v>17182.2</v>
+        <v>14894.0</v>
       </c>
       <c r="G88" s="14" t="n">
-        <v>16958.9</v>
+        <v>17186.2</v>
       </c>
       <c r="H88" s="14" t="n">
-        <v>16567.4</v>
+        <v>16961.4</v>
       </c>
       <c r="I88" s="14" t="n">
-        <v>15882.1</v>
+        <v>16570.2</v>
       </c>
       <c r="J88" s="14" t="n">
-        <v>14755.4</v>
+        <v>15883.5</v>
       </c>
       <c r="K88" s="14" t="n">
-        <v>13564.9</v>
+        <v>14756.5</v>
       </c>
       <c r="L88" s="14" t="n">
-        <v>14066.1</v>
+        <v>13567.4</v>
       </c>
       <c r="M88" s="14" t="n">
+        <v>14190.0</v>
+      </c>
+      <c r="N88" s="14" t="n">
         <v>17841.8</v>
       </c>
-      <c r="N88" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="O88" s="14" t="n">
+        <v>18280.5</v>
+      </c>
+      <c r="P88" s="14" t="n">
         <v>18369.0</v>
       </c>
-      <c r="P88" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="Q88" s="14" t="n">
-        <v>23036.5</v>
+        <v>18483.6</v>
+      </c>
+      <c r="R88" s="14" t="n">
+        <v>23036.1</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    35: Supply of electricity, gas, steam and air conditioning</t>
         </is>
       </c>
-      <c r="B89" s="14" t="n">
-        <v>0.0</v>
+      <c r="B89" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="C89" s="14" t="n">
-        <v>4471.2</v>
+        <v>3687.3</v>
       </c>
       <c r="D89" s="14" t="n">
-        <v>4342.7</v>
+        <v>4406.9</v>
       </c>
       <c r="E89" s="14" t="n">
-        <v>4037.5</v>
+        <v>4330.1</v>
       </c>
       <c r="F89" s="14" t="n">
-        <v>3896.6</v>
+        <v>4013.4</v>
       </c>
       <c r="G89" s="14" t="n">
-        <v>5288.6</v>
+        <v>3876.6</v>
       </c>
       <c r="H89" s="14" t="n">
-        <v>6343.1</v>
+        <v>5270.5</v>
       </c>
       <c r="I89" s="14" t="n">
-        <v>5548.3</v>
+        <v>6322.5</v>
       </c>
       <c r="J89" s="14" t="n">
-        <v>7096.1</v>
+        <v>5544.6</v>
       </c>
       <c r="K89" s="14" t="n">
-        <v>7143.4</v>
+        <v>7097.0</v>
       </c>
       <c r="L89" s="14" t="n">
-        <v>6810.4</v>
+        <v>7142.1</v>
       </c>
       <c r="M89" s="14" t="n">
+        <v>6806.5</v>
+      </c>
+      <c r="N89" s="14" t="n">
         <v>6462.3</v>
       </c>
-      <c r="N89" s="14" t="n">
+      <c r="O89" s="14" t="n">
         <v>5285.3</v>
       </c>
-      <c r="O89" s="14" t="n">
+      <c r="P89" s="14" t="n">
         <v>3434.4</v>
       </c>
-      <c r="P89" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="Q89" s="14" t="n">
+        <v>4857.2</v>
+      </c>
+      <c r="R89" s="14" t="n">
         <v>8223.5</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    36-39: Water supply, sanitation, waste management and decontamination</t>
         </is>
       </c>
-      <c r="B90" s="14" t="n">
-        <v>0.0</v>
+      <c r="B90" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="C90" s="14" t="n">
-        <v>227.4</v>
+        <v>1748.5</v>
       </c>
       <c r="D90" s="14" t="n">
-        <v>239.8</v>
+        <v>1812.4</v>
       </c>
       <c r="E90" s="14" t="n">
-        <v>226.7</v>
+        <v>1730.6</v>
       </c>
       <c r="F90" s="14" t="n">
-        <v>255.4</v>
+        <v>1658.1</v>
       </c>
       <c r="G90" s="14" t="n">
-        <v>294.7</v>
+        <v>1890.6</v>
       </c>
       <c r="H90" s="14" t="n">
-        <v>285.3</v>
+        <v>1610.6</v>
       </c>
       <c r="I90" s="14" t="n">
-        <v>4617.3</v>
+        <v>1547.3</v>
       </c>
       <c r="J90" s="14" t="n">
-        <v>253.7</v>
+        <v>5922.8</v>
       </c>
       <c r="K90" s="14" t="n">
-        <v>280.7</v>
+        <v>1555.8</v>
       </c>
       <c r="L90" s="14" t="n">
-        <v>321.0</v>
+        <v>1594.5</v>
       </c>
       <c r="M90" s="14" t="n">
-        <v>364.2</v>
+        <v>1674.7</v>
       </c>
       <c r="N90" s="14" t="n">
-        <v>400.1</v>
+        <v>1776.6</v>
       </c>
       <c r="O90" s="14" t="n">
-        <v>425.8</v>
+        <v>1895.0</v>
       </c>
       <c r="P90" s="14" t="n">
-        <v>460.1</v>
+        <v>1651.3</v>
       </c>
       <c r="Q90" s="14" t="n">
-        <v>530.2</v>
+        <v>1900.4</v>
+      </c>
+      <c r="R90" s="14" t="n">
+        <v>2076.4</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    41-43: Construction</t>
         </is>
       </c>
       <c r="B91" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C91" s="14" t="n">
-        <v>9546.8</v>
+        <v>7510.3</v>
       </c>
       <c r="D91" s="14" t="n">
-        <v>9344.4</v>
+        <v>9520.7</v>
       </c>
       <c r="E91" s="14" t="n">
-        <v>8588.9</v>
+        <v>9434.0</v>
       </c>
       <c r="F91" s="14" t="n">
-        <v>12110.2</v>
+        <v>8624.8</v>
       </c>
       <c r="G91" s="14" t="n">
-        <v>8335.5</v>
+        <v>12411.5</v>
       </c>
       <c r="H91" s="14" t="n">
-        <v>7974.9</v>
+        <v>8333.5</v>
       </c>
       <c r="I91" s="14" t="n">
-        <v>5994.5</v>
+        <v>7974.7</v>
       </c>
       <c r="J91" s="14" t="n">
-        <v>14059.8</v>
+        <v>5987.6</v>
       </c>
       <c r="K91" s="14" t="n">
-        <v>7623.4</v>
+        <v>14056.3</v>
       </c>
       <c r="L91" s="14" t="n">
-        <v>8253.0</v>
+        <v>7620.5</v>
       </c>
       <c r="M91" s="14" t="n">
-        <v>13353.6</v>
+        <v>8253.7</v>
       </c>
       <c r="N91" s="14" t="n">
-        <v>14429.2</v>
+        <v>13349.4</v>
       </c>
       <c r="O91" s="14" t="n">
-        <v>15085.6</v>
+        <v>14419.1</v>
       </c>
       <c r="P91" s="14" t="n">
-        <v>17389.8</v>
+        <v>15064.2</v>
       </c>
       <c r="Q91" s="14" t="n">
-        <v>23002.0</v>
+        <v>17365.2</v>
+      </c>
+      <c r="R91" s="14" t="n">
+        <v>22971.8</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    45-47, 55-99: Others services</t>
         </is>
       </c>
       <c r="B92" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C92" s="14" t="n">
-        <v>3478.6</v>
+        <v>3045.2</v>
       </c>
       <c r="D92" s="14" t="n">
-        <v>3314.2</v>
+        <v>3328.0</v>
       </c>
       <c r="E92" s="14" t="n">
-        <v>3114.8</v>
+        <v>3176.5</v>
       </c>
       <c r="F92" s="14" t="n">
-        <v>3707.2</v>
+        <v>2955.6</v>
       </c>
       <c r="G92" s="14" t="n">
-        <v>4077.1</v>
+        <v>3556.0</v>
       </c>
       <c r="H92" s="14" t="n">
-        <v>3964.2</v>
+        <v>3932.1</v>
       </c>
       <c r="I92" s="14" t="n">
-        <v>3589.2</v>
+        <v>3815.0</v>
       </c>
       <c r="J92" s="14" t="n">
-        <v>3319.4</v>
+        <v>3464.7</v>
       </c>
       <c r="K92" s="14" t="n">
-        <v>3628.0</v>
+        <v>3219.2</v>
       </c>
       <c r="L92" s="14" t="n">
-        <v>4199.6</v>
+        <v>3521.2</v>
       </c>
       <c r="M92" s="14" t="n">
-        <v>4041.7</v>
+        <v>4095.2</v>
       </c>
       <c r="N92" s="14" t="n">
-        <v>4349.5</v>
+        <v>3984.3</v>
       </c>
       <c r="O92" s="14" t="n">
-        <v>4386.4</v>
+        <v>4297.9</v>
       </c>
       <c r="P92" s="14" t="n">
-        <v>4561.2</v>
+        <v>4314.9</v>
       </c>
       <c r="Q92" s="14" t="n">
-        <v>4981.6</v>
+        <v>4522.5</v>
+      </c>
+      <c r="R92" s="14" t="n">
+        <v>4908.6</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    49-53: Transport and warehousing</t>
         </is>
       </c>
       <c r="B93" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C93" s="14" t="n">
-        <v>4684.3</v>
+        <v>4975.7</v>
       </c>
       <c r="D93" s="14" t="n">
-        <v>4098.1</v>
+        <v>4800.6</v>
       </c>
       <c r="E93" s="14" t="n">
-        <v>3670.5</v>
+        <v>4131.9</v>
       </c>
       <c r="F93" s="14" t="n">
-        <v>5720.6</v>
+        <v>3662.2</v>
       </c>
       <c r="G93" s="14" t="n">
-        <v>5465.7</v>
+        <v>5363.4</v>
       </c>
       <c r="H93" s="14" t="n">
-        <v>5526.6</v>
+        <v>5511.8</v>
       </c>
       <c r="I93" s="14" t="n">
-        <v>4100.1</v>
+        <v>5441.0</v>
       </c>
       <c r="J93" s="14" t="n">
-        <v>3569.2</v>
+        <v>5555.5</v>
       </c>
       <c r="K93" s="14" t="n">
-        <v>3299.5</v>
+        <v>5513.2</v>
       </c>
       <c r="L93" s="14" t="n">
-        <v>3833.6</v>
+        <v>5683.2</v>
       </c>
       <c r="M93" s="14" t="n">
-        <v>4199.1</v>
+        <v>5730.2</v>
       </c>
       <c r="N93" s="14" t="n">
-        <v>4621.9</v>
+        <v>6514.6</v>
       </c>
       <c r="O93" s="14" t="n">
-        <v>4954.1</v>
+        <v>6837.7</v>
       </c>
       <c r="P93" s="14" t="n">
-        <v>5452.2</v>
+        <v>6975.1</v>
       </c>
       <c r="Q93" s="14" t="n">
-        <v>6527.8</v>
+        <v>7408.4</v>
+      </c>
+      <c r="R93" s="14" t="n">
+        <v>8289.8</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    h: Households</t>
         </is>
       </c>
       <c r="B94" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C94" s="14" t="n">
-        <v>50230.9</v>
+        <v>47331.3</v>
       </c>
       <c r="D94" s="14" t="n">
-        <v>50824.4</v>
+        <v>48813.5</v>
       </c>
       <c r="E94" s="14" t="n">
-        <v>50560.6</v>
+        <v>49848.2</v>
       </c>
       <c r="F94" s="14" t="n">
-        <v>55638.3</v>
+        <v>51209.3</v>
       </c>
       <c r="G94" s="14" t="n">
-        <v>57881.0</v>
+        <v>55641.0</v>
       </c>
       <c r="H94" s="14" t="n">
-        <v>59156.0</v>
+        <v>57473.3</v>
       </c>
       <c r="I94" s="14" t="n">
-        <v>59277.0</v>
+        <v>58254.9</v>
       </c>
       <c r="J94" s="14" t="n">
-        <v>77806.9</v>
+        <v>58658.3</v>
       </c>
       <c r="K94" s="14" t="n">
-        <v>79403.3</v>
+        <v>77274.4</v>
       </c>
       <c r="L94" s="14" t="n">
-        <v>79901.3</v>
+        <v>78944.4</v>
       </c>
       <c r="M94" s="14" t="n">
-        <v>80303.8</v>
+        <v>79373.1</v>
       </c>
       <c r="N94" s="14" t="n">
-        <v>82735.3</v>
+        <v>80023.1</v>
       </c>
       <c r="O94" s="14" t="n">
-        <v>83399.7</v>
+        <v>82467.1</v>
       </c>
       <c r="P94" s="14" t="n">
-        <v>85376.1</v>
+        <v>83377.6</v>
       </c>
       <c r="Q94" s="14" t="n">
-        <v>76323.5</v>
+        <v>85376.2</v>
+      </c>
+      <c r="R94" s="14" t="n">
+        <v>76323.6</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    TOTAL POLLUTING SUBSTANCES</t>
         </is>
       </c>
-      <c r="B95" s="14" t="n">
-        <v>0.0</v>
+      <c r="B95" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="C95" s="14" t="n">
-        <v>213096.3</v>
+        <v>186749.7</v>
       </c>
       <c r="D95" s="14" t="n">
-        <v>214468.6</v>
+        <v>190807.8</v>
       </c>
       <c r="E95" s="14" t="n">
-        <v>211745.5</v>
+        <v>214141.1</v>
       </c>
       <c r="F95" s="14" t="n">
-        <v>214907.6</v>
+        <v>211580.0</v>
       </c>
       <c r="G95" s="14" t="n">
-        <v>233405.6</v>
+        <v>215864.1</v>
       </c>
       <c r="H95" s="14" t="n">
-        <v>216785.3</v>
+        <v>232389.5</v>
       </c>
       <c r="I95" s="14" t="n">
-        <v>218438.0</v>
+        <v>215405.9</v>
       </c>
       <c r="J95" s="14" t="n">
-        <v>242186.1</v>
+        <v>218544.5</v>
       </c>
       <c r="K95" s="14" t="n">
-        <v>225190.3</v>
+        <v>244063.6</v>
       </c>
       <c r="L95" s="14" t="n">
-        <v>246802.9</v>
+        <v>230640.9</v>
       </c>
       <c r="M95" s="14" t="n">
-        <v>232820.9</v>
+        <v>248216.3</v>
       </c>
       <c r="N95" s="14" t="n">
-        <v>258665.3</v>
+        <v>236700.9</v>
       </c>
       <c r="O95" s="14" t="n">
-        <v>259441.6</v>
+        <v>261977.0</v>
       </c>
       <c r="P95" s="14" t="n">
-        <v>267654.0</v>
+        <v>261235.2</v>
       </c>
       <c r="Q95" s="14" t="n">
-        <v>274571.3</v>
+        <v>269303.5</v>
+      </c>
+      <c r="R95" s="14" t="n">
+        <v>276361.1</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="6" t="inlineStr">
         <is>
           <t>NOx - Nitrogen oxides (tonnes of equivalent NO2)</t>
         </is>
       </c>
       <c r="B96" s="6"/>
       <c r="C96" s="6"/>
       <c r="D96" s="6"/>
       <c r="E96" s="6"/>
       <c r="F96" s="6"/>
       <c r="G96" s="6"/>
       <c r="H96" s="6"/>
       <c r="I96" s="6"/>
       <c r="J96" s="6"/>
       <c r="K96" s="6"/>
       <c r="L96" s="6"/>
       <c r="M96" s="6"/>
       <c r="N96" s="6"/>
       <c r="O96" s="6"/>
       <c r="P96" s="6"/>
       <c r="Q96" s="6"/>
+      <c r="R96" s="6"/>
     </row>
     <row r="97">
       <c r="A97" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    01-03: Crop and animal production, hunting and related service activities, forestry and logging, and fishing</t>
         </is>
       </c>
       <c r="B97" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C97" s="14" t="n">
-        <v>202076.5</v>
+        <v>181735.1</v>
       </c>
       <c r="D97" s="14" t="n">
-        <v>203389.4</v>
+        <v>181101.2</v>
       </c>
       <c r="E97" s="14" t="n">
-        <v>203683.4</v>
+        <v>217491.9</v>
       </c>
       <c r="F97" s="14" t="n">
-        <v>193732.9</v>
+        <v>219464.2</v>
       </c>
       <c r="G97" s="14" t="n">
-        <v>220389.3</v>
+        <v>214145.9</v>
       </c>
       <c r="H97" s="14" t="n">
-        <v>202480.7</v>
+        <v>241195.6</v>
       </c>
       <c r="I97" s="14" t="n">
-        <v>204815.5</v>
+        <v>226911.9</v>
       </c>
       <c r="J97" s="14" t="n">
-        <v>216916.9</v>
+        <v>235387.6</v>
       </c>
       <c r="K97" s="14" t="n">
-        <v>217206.2</v>
+        <v>244532.0</v>
       </c>
       <c r="L97" s="14" t="n">
-        <v>230774.5</v>
+        <v>246601.7</v>
       </c>
       <c r="M97" s="14" t="n">
-        <v>208058.0</v>
+        <v>240693.1</v>
       </c>
       <c r="N97" s="14" t="n">
-        <v>234368.2</v>
+        <v>218060.9</v>
       </c>
       <c r="O97" s="14" t="n">
-        <v>241572.8</v>
+        <v>240749.2</v>
       </c>
       <c r="P97" s="14" t="n">
-        <v>236783.4</v>
+        <v>246540.9</v>
       </c>
       <c r="Q97" s="14" t="n">
-        <v>230062.3</v>
+        <v>240824.3</v>
+      </c>
+      <c r="R97" s="14" t="n">
+        <v>233045.3</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    05-09: Mining and quarrying</t>
         </is>
       </c>
       <c r="B98" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C98" s="14" t="n">
-        <v>2043.9</v>
+        <v>2212.3</v>
       </c>
       <c r="D98" s="14" t="n">
-        <v>2729.7</v>
+        <v>1995.5</v>
       </c>
       <c r="E98" s="14" t="n">
-        <v>2412.8</v>
+        <v>2613.3</v>
       </c>
       <c r="F98" s="14" t="n">
-        <v>3441.7</v>
+        <v>2266.0</v>
       </c>
       <c r="G98" s="14" t="n">
-        <v>4086.6</v>
+        <v>3330.3</v>
       </c>
       <c r="H98" s="14" t="n">
-        <v>4218.9</v>
+        <v>3970.4</v>
       </c>
       <c r="I98" s="14" t="n">
-        <v>4075.1</v>
+        <v>4104.7</v>
       </c>
       <c r="J98" s="14" t="n">
-        <v>3549.7</v>
+        <v>3959.5</v>
       </c>
       <c r="K98" s="14" t="n">
-        <v>5570.1</v>
+        <v>3518.2</v>
       </c>
       <c r="L98" s="14" t="n">
-        <v>6455.0</v>
+        <v>5570.0</v>
       </c>
       <c r="M98" s="14" t="n">
-        <v>7346.1</v>
+        <v>6467.1</v>
       </c>
       <c r="N98" s="14" t="n">
-        <v>7787.9</v>
+        <v>7345.9</v>
       </c>
       <c r="O98" s="14" t="n">
-        <v>9863.4</v>
+        <v>7788.2</v>
       </c>
       <c r="P98" s="14" t="n">
-        <v>10271.7</v>
+        <v>9863.3</v>
       </c>
       <c r="Q98" s="14" t="n">
-        <v>11026.3</v>
+        <v>10272.7</v>
+      </c>
+      <c r="R98" s="14" t="n">
+        <v>11027.2</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    10-33: Manufacture</t>
         </is>
       </c>
       <c r="B99" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C99" s="14" t="n">
-        <v>106838.2</v>
+        <v>103567.6</v>
       </c>
       <c r="D99" s="14" t="n">
-        <v>120169.5</v>
+        <v>106522.5</v>
       </c>
       <c r="E99" s="14" t="n">
-        <v>114376.4</v>
+        <v>119898.2</v>
       </c>
       <c r="F99" s="14" t="n">
-        <v>131989.9</v>
+        <v>114510.3</v>
       </c>
       <c r="G99" s="14" t="n">
-        <v>132950.3</v>
+        <v>132128.3</v>
       </c>
       <c r="H99" s="14" t="n">
-        <v>131770.6</v>
+        <v>133091.1</v>
       </c>
       <c r="I99" s="14" t="n">
-        <v>128784.9</v>
+        <v>131918.3</v>
       </c>
       <c r="J99" s="14" t="n">
-        <v>129496.5</v>
+        <v>128950.4</v>
       </c>
       <c r="K99" s="14" t="n">
-        <v>125717.7</v>
+        <v>129574.9</v>
       </c>
       <c r="L99" s="14" t="n">
-        <v>131209.1</v>
+        <v>125729.5</v>
       </c>
       <c r="M99" s="14" t="n">
-        <v>154839.6</v>
+        <v>133119.4</v>
       </c>
       <c r="N99" s="14" t="n">
-        <v>167848.0</v>
+        <v>154839.3</v>
       </c>
       <c r="O99" s="14" t="n">
-        <v>180257.6</v>
+        <v>167876.9</v>
       </c>
       <c r="P99" s="14" t="n">
-        <v>181064.9</v>
+        <v>180257.5</v>
       </c>
       <c r="Q99" s="14" t="n">
-        <v>214219.0</v>
+        <v>181182.5</v>
+      </c>
+      <c r="R99" s="14" t="n">
+        <v>214220.4</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    35: Supply of electricity, gas, steam and air conditioning</t>
         </is>
       </c>
-      <c r="B100" s="14" t="n">
-        <v>0.0</v>
+      <c r="B100" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="C100" s="14" t="n">
-        <v>61442.5</v>
+        <v>55782.2</v>
       </c>
       <c r="D100" s="14" t="n">
-        <v>58426.7</v>
+        <v>61369.4</v>
       </c>
       <c r="E100" s="14" t="n">
-        <v>59142.6</v>
+        <v>58364.7</v>
       </c>
       <c r="F100" s="14" t="n">
-        <v>75169.6</v>
+        <v>59042.2</v>
       </c>
       <c r="G100" s="14" t="n">
-        <v>94439.5</v>
+        <v>75064.9</v>
       </c>
       <c r="H100" s="14" t="n">
-        <v>123593.0</v>
+        <v>94361.2</v>
       </c>
       <c r="I100" s="14" t="n">
-        <v>127261.2</v>
+        <v>123486.0</v>
       </c>
       <c r="J100" s="14" t="n">
-        <v>159343.7</v>
+        <v>127242.4</v>
       </c>
       <c r="K100" s="14" t="n">
-        <v>146106.2</v>
+        <v>159348.6</v>
       </c>
       <c r="L100" s="14" t="n">
-        <v>136269.9</v>
+        <v>146099.2</v>
       </c>
       <c r="M100" s="14" t="n">
+        <v>136277.1</v>
+      </c>
+      <c r="N100" s="14" t="n">
         <v>180270.0</v>
       </c>
-      <c r="N100" s="14" t="n">
+      <c r="O100" s="14" t="n">
         <v>167235.6</v>
       </c>
-      <c r="O100" s="14" t="n">
+      <c r="P100" s="14" t="n">
         <v>114592.2</v>
       </c>
-      <c r="P100" s="14" t="n">
+      <c r="Q100" s="14" t="n">
         <v>169734.5</v>
       </c>
-      <c r="Q100" s="14" t="n">
+      <c r="R100" s="14" t="n">
         <v>208870.6</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    36-39: Water supply, sanitation, waste management and decontamination</t>
         </is>
       </c>
-      <c r="B101" s="14" t="n">
-        <v>0.0</v>
+      <c r="B101" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="C101" s="14" t="n">
-        <v>5136.2</v>
+        <v>4513.0</v>
       </c>
       <c r="D101" s="14" t="n">
-        <v>5459.6</v>
+        <v>5109.8</v>
       </c>
       <c r="E101" s="14" t="n">
-        <v>5180.8</v>
+        <v>5462.6</v>
       </c>
       <c r="F101" s="14" t="n">
-        <v>5714.9</v>
+        <v>5178.7</v>
       </c>
       <c r="G101" s="14" t="n">
-        <v>5894.2</v>
+        <v>5715.9</v>
       </c>
       <c r="H101" s="14" t="n">
-        <v>6026.8</v>
+        <v>5895.2</v>
       </c>
       <c r="I101" s="14" t="n">
+        <v>6032.9</v>
+      </c>
+      <c r="J101" s="14" t="n">
         <v>5823.2</v>
       </c>
-      <c r="J101" s="14" t="n">
+      <c r="K101" s="14" t="n">
         <v>5694.4</v>
       </c>
-      <c r="K101" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="L101" s="14" t="n">
-        <v>6425.4</v>
+        <v>6012.0</v>
       </c>
       <c r="M101" s="14" t="n">
-        <v>7694.6</v>
+        <v>6428.9</v>
       </c>
       <c r="N101" s="14" t="n">
+        <v>7696.4</v>
+      </c>
+      <c r="O101" s="14" t="n">
         <v>7972.0</v>
       </c>
-      <c r="O101" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="P101" s="14" t="n">
-        <v>8595.8</v>
+        <v>8256.9</v>
       </c>
       <c r="Q101" s="14" t="n">
-        <v>9854.4</v>
+        <v>8603.2</v>
+      </c>
+      <c r="R101" s="14" t="n">
+        <v>9851.9</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    41-43: Construction</t>
         </is>
       </c>
       <c r="B102" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C102" s="14" t="n">
-        <v>11824.6</v>
+        <v>10613.3</v>
       </c>
       <c r="D102" s="14" t="n">
-        <v>12379.2</v>
+        <v>11522.0</v>
       </c>
       <c r="E102" s="14" t="n">
-        <v>11535.2</v>
+        <v>12340.0</v>
       </c>
       <c r="F102" s="14" t="n">
-        <v>15695.4</v>
+        <v>11478.3</v>
       </c>
       <c r="G102" s="14" t="n">
-        <v>15536.7</v>
+        <v>15641.4</v>
       </c>
       <c r="H102" s="14" t="n">
-        <v>15204.7</v>
+        <v>15494.4</v>
       </c>
       <c r="I102" s="14" t="n">
-        <v>15119.6</v>
+        <v>15152.9</v>
       </c>
       <c r="J102" s="14" t="n">
-        <v>15005.6</v>
+        <v>15070.2</v>
       </c>
       <c r="K102" s="14" t="n">
-        <v>13776.9</v>
+        <v>14957.3</v>
       </c>
       <c r="L102" s="14" t="n">
-        <v>14436.7</v>
+        <v>13777.5</v>
       </c>
       <c r="M102" s="14" t="n">
+        <v>14480.1</v>
+      </c>
+      <c r="N102" s="14" t="n">
         <v>16794.8</v>
       </c>
-      <c r="N102" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="O102" s="14" t="n">
-        <v>22899.8</v>
+        <v>19126.9</v>
       </c>
       <c r="P102" s="14" t="n">
-        <v>27543.8</v>
+        <v>22899.9</v>
       </c>
       <c r="Q102" s="14" t="n">
-        <v>33780.8</v>
+        <v>27550.9</v>
+      </c>
+      <c r="R102" s="14" t="n">
+        <v>33781.0</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    45-47, 55-99: Others services</t>
         </is>
       </c>
       <c r="B103" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C103" s="14" t="n">
-        <v>43803.0</v>
+        <v>36771.9</v>
       </c>
       <c r="D103" s="14" t="n">
-        <v>43959.3</v>
+        <v>43452.1</v>
       </c>
       <c r="E103" s="14" t="n">
-        <v>38895.6</v>
+        <v>44216.8</v>
       </c>
       <c r="F103" s="14" t="n">
-        <v>47068.9</v>
+        <v>39096.8</v>
       </c>
       <c r="G103" s="14" t="n">
-        <v>48860.8</v>
+        <v>47257.5</v>
       </c>
       <c r="H103" s="14" t="n">
-        <v>47970.0</v>
+        <v>49045.2</v>
       </c>
       <c r="I103" s="14" t="n">
-        <v>46942.8</v>
+        <v>48199.2</v>
       </c>
       <c r="J103" s="14" t="n">
-        <v>47173.0</v>
+        <v>47209.8</v>
       </c>
       <c r="K103" s="14" t="n">
-        <v>44127.5</v>
+        <v>47431.7</v>
       </c>
       <c r="L103" s="14" t="n">
-        <v>45545.6</v>
+        <v>44395.1</v>
       </c>
       <c r="M103" s="14" t="n">
-        <v>49306.2</v>
+        <v>45788.2</v>
       </c>
       <c r="N103" s="14" t="n">
-        <v>54225.1</v>
+        <v>49612.8</v>
       </c>
       <c r="O103" s="14" t="n">
-        <v>53860.7</v>
+        <v>54491.2</v>
       </c>
       <c r="P103" s="14" t="n">
-        <v>52220.4</v>
+        <v>54210.8</v>
       </c>
       <c r="Q103" s="14" t="n">
-        <v>57338.1</v>
+        <v>52594.4</v>
+      </c>
+      <c r="R103" s="14" t="n">
+        <v>57605.4</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    49-53: Transport and warehousing</t>
         </is>
       </c>
       <c r="B104" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C104" s="14" t="n">
-        <v>120796.3</v>
+        <v>155067.4</v>
       </c>
       <c r="D104" s="14" t="n">
-        <v>106778.0</v>
+        <v>154567.6</v>
       </c>
       <c r="E104" s="14" t="n">
-        <v>96491.6</v>
+        <v>135950.1</v>
       </c>
       <c r="F104" s="14" t="n">
-        <v>156215.6</v>
+        <v>122454.2</v>
       </c>
       <c r="G104" s="14" t="n">
-        <v>160477.2</v>
+        <v>187005.6</v>
       </c>
       <c r="H104" s="14" t="n">
-        <v>166107.6</v>
+        <v>192091.7</v>
       </c>
       <c r="I104" s="14" t="n">
-        <v>166012.3</v>
+        <v>195682.0</v>
       </c>
       <c r="J104" s="14" t="n">
-        <v>172963.1</v>
+        <v>200211.7</v>
       </c>
       <c r="K104" s="14" t="n">
-        <v>175876.8</v>
+        <v>205111.0</v>
       </c>
       <c r="L104" s="14" t="n">
-        <v>181098.3</v>
+        <v>210629.2</v>
       </c>
       <c r="M104" s="14" t="n">
-        <v>203178.4</v>
+        <v>207901.4</v>
       </c>
       <c r="N104" s="14" t="n">
-        <v>221796.9</v>
+        <v>226384.9</v>
       </c>
       <c r="O104" s="14" t="n">
-        <v>239771.6</v>
+        <v>242312.1</v>
       </c>
       <c r="P104" s="14" t="n">
-        <v>250432.4</v>
+        <v>253005.0</v>
       </c>
       <c r="Q104" s="14" t="n">
-        <v>290150.7</v>
+        <v>263038.6</v>
+      </c>
+      <c r="R104" s="14" t="n">
+        <v>295047.9</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    h: Households</t>
         </is>
       </c>
       <c r="B105" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C105" s="14" t="n">
-        <v>132778.8</v>
+        <v>131703.5</v>
       </c>
       <c r="D105" s="14" t="n">
-        <v>138668.2</v>
+        <v>135176.5</v>
       </c>
       <c r="E105" s="14" t="n">
-        <v>132593.7</v>
+        <v>138583.3</v>
       </c>
       <c r="F105" s="14" t="n">
-        <v>163143.8</v>
+        <v>132531.3</v>
       </c>
       <c r="G105" s="14" t="n">
-        <v>171133.3</v>
+        <v>163098.9</v>
       </c>
       <c r="H105" s="14" t="n">
-        <v>171712.6</v>
+        <v>171132.5</v>
       </c>
       <c r="I105" s="14" t="n">
-        <v>174365.4</v>
+        <v>171750.4</v>
       </c>
       <c r="J105" s="14" t="n">
-        <v>175150.6</v>
+        <v>174385.9</v>
       </c>
       <c r="K105" s="14" t="n">
-        <v>173909.2</v>
+        <v>175168.9</v>
       </c>
       <c r="L105" s="14" t="n">
-        <v>175122.8</v>
+        <v>173925.2</v>
       </c>
       <c r="M105" s="14" t="n">
-        <v>177163.1</v>
+        <v>175141.0</v>
       </c>
       <c r="N105" s="14" t="n">
-        <v>185742.1</v>
+        <v>177173.9</v>
       </c>
       <c r="O105" s="14" t="n">
-        <v>196340.7</v>
+        <v>185752.8</v>
       </c>
       <c r="P105" s="14" t="n">
-        <v>198224.1</v>
+        <v>196344.0</v>
       </c>
       <c r="Q105" s="14" t="n">
-        <v>203209.6</v>
+        <v>198226.6</v>
+      </c>
+      <c r="R105" s="14" t="n">
+        <v>203212.4</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    TOTAL POLLUTING SUBSTANCES</t>
         </is>
       </c>
-      <c r="B106" s="14" t="n">
-        <v>0.0</v>
+      <c r="B106" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="C106" s="14" t="n">
-        <v>686739.9</v>
+        <v>681966.3</v>
       </c>
       <c r="D106" s="14" t="n">
-        <v>691959.5</v>
+        <v>700816.7</v>
       </c>
       <c r="E106" s="14" t="n">
-        <v>664312.1</v>
+        <v>734921.0</v>
       </c>
       <c r="F106" s="14" t="n">
-        <v>792172.8</v>
+        <v>706021.9</v>
       </c>
       <c r="G106" s="14" t="n">
-        <v>853767.9</v>
+        <v>843388.6</v>
       </c>
       <c r="H106" s="14" t="n">
-        <v>869084.8</v>
+        <v>906277.3</v>
       </c>
       <c r="I106" s="14" t="n">
-        <v>873200.0</v>
+        <v>923238.3</v>
       </c>
       <c r="J106" s="14" t="n">
-        <v>925293.5</v>
+        <v>938240.7</v>
       </c>
       <c r="K106" s="14" t="n">
-        <v>908303.2</v>
+        <v>985337.1</v>
       </c>
       <c r="L106" s="14" t="n">
-        <v>927337.4</v>
+        <v>972739.5</v>
       </c>
       <c r="M106" s="14" t="n">
-        <v>1004650.9</v>
+        <v>966296.2</v>
       </c>
       <c r="N106" s="14" t="n">
-        <v>1066101.2</v>
+        <v>1038179.0</v>
       </c>
       <c r="O106" s="14" t="n">
-        <v>1067414.7</v>
+        <v>1093304.9</v>
       </c>
       <c r="P106" s="14" t="n">
-        <v>1134870.9</v>
+        <v>1085970.3</v>
       </c>
       <c r="Q106" s="14" t="n">
-        <v>1258512.0</v>
+        <v>1152027.7</v>
+      </c>
+      <c r="R106" s="14" t="n">
+        <v>1266662.1</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="6" t="inlineStr">
         <is>
           <t>SOx - Sulphur oxides (tonnes of equivalent SO2)</t>
         </is>
       </c>
       <c r="B107" s="6"/>
       <c r="C107" s="6"/>
       <c r="D107" s="6"/>
       <c r="E107" s="6"/>
       <c r="F107" s="6"/>
       <c r="G107" s="6"/>
       <c r="H107" s="6"/>
       <c r="I107" s="6"/>
       <c r="J107" s="6"/>
       <c r="K107" s="6"/>
       <c r="L107" s="6"/>
       <c r="M107" s="6"/>
       <c r="N107" s="6"/>
       <c r="O107" s="6"/>
       <c r="P107" s="6"/>
       <c r="Q107" s="6"/>
+      <c r="R107" s="6"/>
     </row>
     <row r="108">
       <c r="A108" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    01-03: Crop and animal production, hunting and related service activities, forestry and logging, and fishing</t>
         </is>
       </c>
       <c r="B108" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C108" s="14" t="n">
-        <v>4135.5</v>
+        <v>3170.4</v>
       </c>
       <c r="D108" s="14" t="n">
-        <v>4128.3</v>
+        <v>3139.4</v>
       </c>
       <c r="E108" s="14" t="n">
-        <v>4251.9</v>
+        <v>4036.6</v>
       </c>
       <c r="F108" s="14" t="n">
-        <v>3971.0</v>
+        <v>4102.9</v>
       </c>
       <c r="G108" s="14" t="n">
-        <v>4755.1</v>
+        <v>3886.2</v>
       </c>
       <c r="H108" s="14" t="n">
-        <v>4195.7</v>
+        <v>4601.1</v>
       </c>
       <c r="I108" s="14" t="n">
-        <v>4555.8</v>
+        <v>4071.1</v>
       </c>
       <c r="J108" s="14" t="n">
-        <v>4638.9</v>
+        <v>4424.5</v>
       </c>
       <c r="K108" s="14" t="n">
-        <v>4405.6</v>
+        <v>4523.4</v>
       </c>
       <c r="L108" s="14" t="n">
-        <v>4436.5</v>
+        <v>4412.2</v>
       </c>
       <c r="M108" s="14" t="n">
-        <v>3521.1</v>
+        <v>4346.4</v>
       </c>
       <c r="N108" s="14" t="n">
-        <v>8926.0</v>
+        <v>3491.0</v>
       </c>
       <c r="O108" s="14" t="n">
-        <v>8835.1</v>
+        <v>8860.0</v>
       </c>
       <c r="P108" s="14" t="n">
-        <v>8728.1</v>
+        <v>8751.3</v>
       </c>
       <c r="Q108" s="14" t="n">
-        <v>8329.3</v>
+        <v>8637.9</v>
+      </c>
+      <c r="R108" s="14" t="n">
+        <v>8252.5</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    05-09: Mining and quarrying</t>
         </is>
       </c>
       <c r="B109" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C109" s="14" t="n">
-        <v>56.1</v>
+        <v>23.3</v>
       </c>
       <c r="D109" s="14" t="n">
-        <v>66.2</v>
+        <v>56.2</v>
       </c>
       <c r="E109" s="14" t="n">
-        <v>91.3</v>
+        <v>65.7</v>
       </c>
       <c r="F109" s="14" t="n">
-        <v>133.1</v>
+        <v>90.8</v>
       </c>
       <c r="G109" s="14" t="n">
-        <v>175.8</v>
+        <v>132.7</v>
       </c>
       <c r="H109" s="14" t="n">
-        <v>189.1</v>
+        <v>175.4</v>
       </c>
       <c r="I109" s="14" t="n">
-        <v>212.4</v>
+        <v>188.7</v>
       </c>
       <c r="J109" s="14" t="n">
-        <v>227.3</v>
+        <v>212.0</v>
       </c>
       <c r="K109" s="14" t="n">
+        <v>227.2</v>
+      </c>
+      <c r="L109" s="14" t="n">
+        <v>188.7</v>
+      </c>
+      <c r="M109" s="14" t="n">
+        <v>225.6</v>
+      </c>
+      <c r="N109" s="14" t="n">
+        <v>220.4</v>
+      </c>
+      <c r="O109" s="14" t="n">
         <v>188.1</v>
       </c>
-      <c r="L109" s="14" t="n">
-[...8 lines deleted...]
-      <c r="O109" s="14" t="n">
+      <c r="P109" s="14" t="n">
         <v>235.3</v>
       </c>
-      <c r="P109" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="Q109" s="14" t="n">
+        <v>201.4</v>
+      </c>
+      <c r="R109" s="14" t="n">
         <v>152.7</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    10-33: Manufacture</t>
         </is>
       </c>
       <c r="B110" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C110" s="14" t="n">
-        <v>78304.7</v>
+        <v>69181.9</v>
       </c>
       <c r="D110" s="14" t="n">
-        <v>83776.4</v>
+        <v>78320.2</v>
       </c>
       <c r="E110" s="14" t="n">
-        <v>79816.6</v>
+        <v>83811.4</v>
       </c>
       <c r="F110" s="14" t="n">
-        <v>94290.4</v>
+        <v>79837.6</v>
       </c>
       <c r="G110" s="14" t="n">
-        <v>100558.4</v>
+        <v>94306.6</v>
       </c>
       <c r="H110" s="14" t="n">
-        <v>99303.2</v>
+        <v>100560.0</v>
       </c>
       <c r="I110" s="14" t="n">
-        <v>107104.7</v>
+        <v>99306.0</v>
       </c>
       <c r="J110" s="14" t="n">
-        <v>106096.2</v>
+        <v>107090.8</v>
       </c>
       <c r="K110" s="14" t="n">
-        <v>103155.7</v>
+        <v>106088.2</v>
       </c>
       <c r="L110" s="14" t="n">
-        <v>106219.5</v>
+        <v>103194.2</v>
       </c>
       <c r="M110" s="14" t="n">
+        <v>106813.2</v>
+      </c>
+      <c r="N110" s="14" t="n">
         <v>121810.4</v>
       </c>
-      <c r="N110" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="O110" s="14" t="n">
+        <v>130902.7</v>
+      </c>
+      <c r="P110" s="14" t="n">
         <v>149344.0</v>
       </c>
-      <c r="P110" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="Q110" s="14" t="n">
-        <v>172798.1</v>
+        <v>151534.5</v>
+      </c>
+      <c r="R110" s="14" t="n">
+        <v>172797.5</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    35: Supply of electricity, gas, steam and air conditioning</t>
         </is>
       </c>
-      <c r="B111" s="14" t="n">
-        <v>0.0</v>
+      <c r="B111" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="C111" s="14" t="n">
-        <v>10939.8</v>
+        <v>8936.9</v>
       </c>
       <c r="D111" s="14" t="n">
-        <v>10186.5</v>
+        <v>10930.0</v>
       </c>
       <c r="E111" s="14" t="n">
+        <v>10185.7</v>
+      </c>
+      <c r="F111" s="14" t="n">
         <v>13938.6</v>
       </c>
-      <c r="F111" s="14" t="n">
+      <c r="G111" s="14" t="n">
         <v>31053.7</v>
       </c>
-      <c r="G111" s="14" t="n">
+      <c r="H111" s="14" t="n">
         <v>69909.2</v>
       </c>
-      <c r="H111" s="14" t="n">
+      <c r="I111" s="14" t="n">
         <v>94515.5</v>
       </c>
-      <c r="I111" s="14" t="n">
+      <c r="J111" s="14" t="n">
         <v>91329.3</v>
       </c>
-      <c r="J111" s="14" t="n">
+      <c r="K111" s="14" t="n">
         <v>137277.2</v>
       </c>
-      <c r="K111" s="14" t="n">
+      <c r="L111" s="14" t="n">
         <v>123475.4</v>
       </c>
-      <c r="L111" s="14" t="n">
+      <c r="M111" s="14" t="n">
         <v>97980.5</v>
       </c>
-      <c r="M111" s="14" t="n">
+      <c r="N111" s="14" t="n">
         <v>147956.5</v>
       </c>
-      <c r="N111" s="14" t="n">
+      <c r="O111" s="14" t="n">
         <v>127707.7</v>
       </c>
-      <c r="O111" s="14" t="n">
+      <c r="P111" s="14" t="n">
         <v>71293.4</v>
       </c>
-      <c r="P111" s="14" t="n">
+      <c r="Q111" s="14" t="n">
         <v>112335.4</v>
       </c>
-      <c r="Q111" s="14" t="n">
+      <c r="R111" s="14" t="n">
         <v>187781.9</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    36-39: Water supply, sanitation, waste management and decontamination</t>
         </is>
       </c>
-      <c r="B112" s="14" t="n">
-        <v>0.0</v>
+      <c r="B112" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="C112" s="14" t="n">
-        <v>812.5</v>
+        <v>590.8</v>
       </c>
       <c r="D112" s="14" t="n">
-        <v>769.4</v>
+        <v>809.2</v>
       </c>
       <c r="E112" s="14" t="n">
+        <v>769.6</v>
+      </c>
+      <c r="F112" s="14" t="n">
         <v>685.8</v>
       </c>
-      <c r="F112" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="G112" s="14" t="n">
-        <v>790.2</v>
+        <v>733.0</v>
       </c>
       <c r="H112" s="14" t="n">
-        <v>785.6</v>
+        <v>790.3</v>
       </c>
       <c r="I112" s="14" t="n">
-        <v>1004.9</v>
+        <v>785.7</v>
       </c>
       <c r="J112" s="14" t="n">
-        <v>667.1</v>
+        <v>1005.0</v>
       </c>
       <c r="K112" s="14" t="n">
-        <v>764.2</v>
+        <v>667.2</v>
       </c>
       <c r="L112" s="14" t="n">
-        <v>868.8</v>
+        <v>771.4</v>
       </c>
       <c r="M112" s="14" t="n">
-        <v>952.8</v>
+        <v>884.7</v>
       </c>
       <c r="N112" s="14" t="n">
-        <v>971.3</v>
+        <v>969.1</v>
       </c>
       <c r="O112" s="14" t="n">
-        <v>884.8</v>
+        <v>987.1</v>
       </c>
       <c r="P112" s="14" t="n">
-        <v>885.0</v>
+        <v>873.2</v>
       </c>
       <c r="Q112" s="14" t="n">
-        <v>948.2</v>
+        <v>907.9</v>
+      </c>
+      <c r="R112" s="14" t="n">
+        <v>934.4</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    41-43: Construction</t>
         </is>
       </c>
       <c r="B113" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C113" s="14" t="n">
-        <v>267.4</v>
+        <v>94.6</v>
       </c>
       <c r="D113" s="14" t="n">
-        <v>247.4</v>
+        <v>268.1</v>
       </c>
       <c r="E113" s="14" t="n">
-        <v>392.3</v>
+        <v>247.1</v>
       </c>
       <c r="F113" s="14" t="n">
-        <v>627.9</v>
+        <v>392.2</v>
       </c>
       <c r="G113" s="14" t="n">
+        <v>627.8</v>
+      </c>
+      <c r="H113" s="14" t="n">
         <v>579.9</v>
       </c>
-      <c r="H113" s="14" t="n">
+      <c r="I113" s="14" t="n">
         <v>603.8</v>
       </c>
-      <c r="I113" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="J113" s="14" t="n">
+        <v>682.2</v>
+      </c>
+      <c r="K113" s="14" t="n">
         <v>718.1</v>
       </c>
-      <c r="K113" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="L113" s="14" t="n">
-        <v>254.4</v>
+        <v>210.1</v>
       </c>
       <c r="M113" s="14" t="n">
+        <v>263.2</v>
+      </c>
+      <c r="N113" s="14" t="n">
         <v>316.3</v>
       </c>
-      <c r="N113" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="O113" s="14" t="n">
+        <v>242.4</v>
+      </c>
+      <c r="P113" s="14" t="n">
         <v>562.5</v>
       </c>
-      <c r="P113" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="Q113" s="14" t="n">
+        <v>555.1</v>
+      </c>
+      <c r="R113" s="14" t="n">
         <v>930.6</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    45-47, 55-99: Others services</t>
         </is>
       </c>
       <c r="B114" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C114" s="14" t="n">
-        <v>8374.5</v>
+        <v>7559.6</v>
       </c>
       <c r="D114" s="14" t="n">
-        <v>8317.9</v>
+        <v>8149.2</v>
       </c>
       <c r="E114" s="14" t="n">
-        <v>8161.0</v>
+        <v>8032.8</v>
       </c>
       <c r="F114" s="14" t="n">
-        <v>8027.1</v>
+        <v>7600.2</v>
       </c>
       <c r="G114" s="14" t="n">
-        <v>11133.1</v>
+        <v>7467.1</v>
       </c>
       <c r="H114" s="14" t="n">
-        <v>9851.6</v>
+        <v>10436.0</v>
       </c>
       <c r="I114" s="14" t="n">
-        <v>6266.1</v>
+        <v>9015.6</v>
       </c>
       <c r="J114" s="14" t="n">
-        <v>5455.9</v>
+        <v>5703.3</v>
       </c>
       <c r="K114" s="14" t="n">
-        <v>6794.3</v>
+        <v>5030.9</v>
       </c>
       <c r="L114" s="14" t="n">
-        <v>8236.8</v>
+        <v>6346.8</v>
       </c>
       <c r="M114" s="14" t="n">
-        <v>8394.8</v>
+        <v>7781.5</v>
       </c>
       <c r="N114" s="14" t="n">
-        <v>8991.6</v>
+        <v>7934.5</v>
       </c>
       <c r="O114" s="14" t="n">
-        <v>8431.2</v>
+        <v>8479.7</v>
       </c>
       <c r="P114" s="14" t="n">
-        <v>8451.4</v>
+        <v>7618.7</v>
       </c>
       <c r="Q114" s="14" t="n">
-        <v>8306.3</v>
+        <v>8069.1</v>
+      </c>
+      <c r="R114" s="14" t="n">
+        <v>7498.3</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    49-53: Transport and warehousing</t>
         </is>
       </c>
       <c r="B115" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C115" s="14" t="n">
-        <v>9702.3</v>
+        <v>10483.7</v>
       </c>
       <c r="D115" s="14" t="n">
-        <v>7443.8</v>
+        <v>9812.6</v>
       </c>
       <c r="E115" s="14" t="n">
-        <v>6255.3</v>
+        <v>7418.0</v>
       </c>
       <c r="F115" s="14" t="n">
-        <v>22721.2</v>
+        <v>6163.1</v>
       </c>
       <c r="G115" s="14" t="n">
-        <v>20331.1</v>
+        <v>21308.4</v>
       </c>
       <c r="H115" s="14" t="n">
-        <v>20010.8</v>
+        <v>21419.5</v>
       </c>
       <c r="I115" s="14" t="n">
-        <v>11399.0</v>
+        <v>20230.7</v>
       </c>
       <c r="J115" s="14" t="n">
-        <v>7383.5</v>
+        <v>20398.0</v>
       </c>
       <c r="K115" s="14" t="n">
-        <v>6499.2</v>
+        <v>19098.1</v>
       </c>
       <c r="L115" s="14" t="n">
-        <v>7952.5</v>
+        <v>20675.2</v>
       </c>
       <c r="M115" s="14" t="n">
-        <v>8161.6</v>
+        <v>19593.9</v>
       </c>
       <c r="N115" s="14" t="n">
-        <v>9633.2</v>
+        <v>23051.2</v>
       </c>
       <c r="O115" s="14" t="n">
-        <v>9444.3</v>
+        <v>23743.1</v>
       </c>
       <c r="P115" s="14" t="n">
-        <v>10965.3</v>
+        <v>22951.8</v>
       </c>
       <c r="Q115" s="14" t="n">
-        <v>12714.1</v>
+        <v>24104.8</v>
+      </c>
+      <c r="R115" s="14" t="n">
+        <v>25155.9</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    h: Households</t>
         </is>
       </c>
       <c r="B116" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C116" s="14" t="n">
-        <v>7129.2</v>
+        <v>5648.5</v>
       </c>
       <c r="D116" s="14" t="n">
-        <v>7852.7</v>
+        <v>5903.2</v>
       </c>
       <c r="E116" s="14" t="n">
-        <v>8350.2</v>
+        <v>6215.4</v>
       </c>
       <c r="F116" s="14" t="n">
-        <v>8826.8</v>
+        <v>8349.3</v>
       </c>
       <c r="G116" s="14" t="n">
+        <v>8825.7</v>
+      </c>
+      <c r="H116" s="14" t="n">
         <v>9628.1</v>
       </c>
-      <c r="H116" s="14" t="n">
+      <c r="I116" s="14" t="n">
         <v>9841.1</v>
       </c>
-      <c r="I116" s="14" t="n">
+      <c r="J116" s="14" t="n">
         <v>9966.1</v>
       </c>
-      <c r="J116" s="14" t="n">
+      <c r="K116" s="14" t="n">
         <v>11567.5</v>
       </c>
-      <c r="K116" s="14" t="n">
+      <c r="L116" s="14" t="n">
         <v>10654.1</v>
       </c>
-      <c r="L116" s="14" t="n">
+      <c r="M116" s="14" t="n">
         <v>10748.6</v>
       </c>
-      <c r="M116" s="14" t="n">
+      <c r="N116" s="14" t="n">
         <v>11181.6</v>
       </c>
-      <c r="N116" s="14" t="n">
+      <c r="O116" s="14" t="n">
         <v>12295.3</v>
       </c>
-      <c r="O116" s="14" t="n">
+      <c r="P116" s="14" t="n">
         <v>15316.7</v>
       </c>
-      <c r="P116" s="14" t="n">
+      <c r="Q116" s="14" t="n">
         <v>16050.4</v>
       </c>
-      <c r="Q116" s="14" t="n">
+      <c r="R116" s="14" t="n">
         <v>17583.7</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    TOTAL POLLUTING SUBSTANCES</t>
         </is>
       </c>
-      <c r="B117" s="14" t="n">
-        <v>0.0</v>
+      <c r="B117" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="C117" s="14" t="n">
-        <v>119722.0</v>
+        <v>105689.6</v>
       </c>
       <c r="D117" s="14" t="n">
-        <v>122788.5</v>
+        <v>117388.1</v>
       </c>
       <c r="E117" s="14" t="n">
-        <v>121942.9</v>
+        <v>120782.3</v>
       </c>
       <c r="F117" s="14" t="n">
-        <v>170384.2</v>
+        <v>121160.4</v>
       </c>
       <c r="G117" s="14" t="n">
-        <v>217861.1</v>
+        <v>168341.2</v>
       </c>
       <c r="H117" s="14" t="n">
-        <v>239296.3</v>
+        <v>218099.5</v>
       </c>
       <c r="I117" s="14" t="n">
-        <v>232520.3</v>
+        <v>238558.1</v>
       </c>
       <c r="J117" s="14" t="n">
-        <v>274031.5</v>
+        <v>240811.1</v>
       </c>
       <c r="K117" s="14" t="n">
-        <v>256145.1</v>
+        <v>285197.7</v>
       </c>
       <c r="L117" s="14" t="n">
-        <v>236920.6</v>
+        <v>269928.0</v>
       </c>
       <c r="M117" s="14" t="n">
-        <v>302515.6</v>
+        <v>248637.6</v>
       </c>
       <c r="N117" s="14" t="n">
-        <v>299759.6</v>
+        <v>316931.1</v>
       </c>
       <c r="O117" s="14" t="n">
-        <v>264347.4</v>
+        <v>313406.2</v>
       </c>
       <c r="P117" s="14" t="n">
-        <v>309306.3</v>
+        <v>276946.8</v>
       </c>
       <c r="Q117" s="14" t="n">
-        <v>409544.9</v>
+        <v>322396.6</v>
+      </c>
+      <c r="R117" s="14" t="n">
+        <v>421087.5</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="6" t="inlineStr">
         <is>
           <t>NH3 - Ammonia (tonnes)</t>
         </is>
       </c>
       <c r="B118" s="6"/>
       <c r="C118" s="6"/>
       <c r="D118" s="6"/>
       <c r="E118" s="6"/>
       <c r="F118" s="6"/>
       <c r="G118" s="6"/>
       <c r="H118" s="6"/>
       <c r="I118" s="6"/>
       <c r="J118" s="6"/>
       <c r="K118" s="6"/>
       <c r="L118" s="6"/>
       <c r="M118" s="6"/>
       <c r="N118" s="6"/>
       <c r="O118" s="6"/>
       <c r="P118" s="6"/>
       <c r="Q118" s="6"/>
+      <c r="R118" s="6"/>
     </row>
     <row r="119">
       <c r="A119" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    01-03: Crop and animal production, hunting and related service activities, forestry and logging, and fishing</t>
         </is>
       </c>
       <c r="B119" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C119" s="14" t="n">
-        <v>425575.6</v>
+        <v>423332.9</v>
       </c>
       <c r="D119" s="14" t="n">
-        <v>440814.4</v>
+        <v>427209.2</v>
       </c>
       <c r="E119" s="14" t="n">
-        <v>447713.3</v>
+        <v>478385.9</v>
       </c>
       <c r="F119" s="14" t="n">
-        <v>440950.2</v>
+        <v>480580.6</v>
       </c>
       <c r="G119" s="14" t="n">
-        <v>449845.5</v>
+        <v>474561.4</v>
       </c>
       <c r="H119" s="14" t="n">
-        <v>456507.2</v>
+        <v>485638.8</v>
       </c>
       <c r="I119" s="14" t="n">
-        <v>444540.5</v>
+        <v>493698.7</v>
       </c>
       <c r="J119" s="14" t="n">
-        <v>444267.3</v>
+        <v>482370.6</v>
       </c>
       <c r="K119" s="14" t="n">
-        <v>443463.4</v>
+        <v>486925.8</v>
       </c>
       <c r="L119" s="14" t="n">
-        <v>423347.6</v>
+        <v>485482.8</v>
       </c>
       <c r="M119" s="14" t="n">
-        <v>420271.3</v>
+        <v>460578.9</v>
       </c>
       <c r="N119" s="14" t="n">
-        <v>422787.8</v>
+        <v>452364.3</v>
       </c>
       <c r="O119" s="14" t="n">
-        <v>434880.1</v>
+        <v>453779.6</v>
       </c>
       <c r="P119" s="14" t="n">
-        <v>430204.3</v>
+        <v>469167.6</v>
       </c>
       <c r="Q119" s="14" t="n">
-        <v>433345.4</v>
+        <v>458051.1</v>
+      </c>
+      <c r="R119" s="14" t="n">
+        <v>460883.3</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    05-09: Mining and quarrying</t>
         </is>
       </c>
       <c r="B120" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C120" s="14" t="n">
-        <v>91.1</v>
+        <v>116.3</v>
       </c>
       <c r="D120" s="14" t="n">
+        <v>92.9</v>
+      </c>
+      <c r="E120" s="14" t="n">
         <v>97.8</v>
       </c>
-      <c r="E120" s="14" t="n">
+      <c r="F120" s="14" t="n">
         <v>93.5</v>
       </c>
-      <c r="F120" s="14" t="n">
+      <c r="G120" s="14" t="n">
         <v>84.8</v>
       </c>
-      <c r="G120" s="14" t="n">
+      <c r="H120" s="14" t="n">
         <v>181.7</v>
       </c>
-      <c r="H120" s="14" t="n">
+      <c r="I120" s="14" t="n">
         <v>223.0</v>
       </c>
-      <c r="I120" s="14" t="n">
+      <c r="J120" s="14" t="n">
         <v>209.2</v>
       </c>
-      <c r="J120" s="14" t="n">
+      <c r="K120" s="14" t="n">
         <v>229.2</v>
       </c>
-      <c r="K120" s="14" t="n">
+      <c r="L120" s="14" t="n">
         <v>328.8</v>
       </c>
-      <c r="L120" s="14" t="n">
+      <c r="M120" s="14" t="n">
         <v>409.2</v>
       </c>
-      <c r="M120" s="14" t="n">
+      <c r="N120" s="14" t="n">
         <v>481.0</v>
       </c>
-      <c r="N120" s="14" t="n">
+      <c r="O120" s="14" t="n">
         <v>436.8</v>
       </c>
-      <c r="O120" s="14" t="n">
+      <c r="P120" s="14" t="n">
         <v>377.1</v>
       </c>
-      <c r="P120" s="14" t="n">
+      <c r="Q120" s="14" t="n">
         <v>384.5</v>
       </c>
-      <c r="Q120" s="14" t="n">
+      <c r="R120" s="14" t="n">
         <v>104.7</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    10-33: Manufacture</t>
         </is>
       </c>
       <c r="B121" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C121" s="14" t="n">
-        <v>2567.8</v>
+        <v>2869.9</v>
       </c>
       <c r="D121" s="14" t="n">
+        <v>2594.6</v>
+      </c>
+      <c r="E121" s="14" t="n">
         <v>2564.7</v>
       </c>
-      <c r="E121" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="F121" s="14" t="n">
+        <v>2618.3</v>
+      </c>
+      <c r="G121" s="14" t="n">
         <v>2942.9</v>
       </c>
-      <c r="G121" s="14" t="n">
+      <c r="H121" s="14" t="n">
         <v>2712.2</v>
       </c>
-      <c r="H121" s="14" t="n">
+      <c r="I121" s="14" t="n">
         <v>2897.0</v>
       </c>
-      <c r="I121" s="14" t="n">
+      <c r="J121" s="14" t="n">
         <v>2566.2</v>
       </c>
-      <c r="J121" s="14" t="n">
+      <c r="K121" s="14" t="n">
         <v>2029.7</v>
       </c>
-      <c r="K121" s="14" t="n">
+      <c r="L121" s="14" t="n">
         <v>1878.6</v>
       </c>
-      <c r="L121" s="14" t="n">
+      <c r="M121" s="14" t="n">
         <v>2026.9</v>
       </c>
-      <c r="M121" s="14" t="n">
+      <c r="N121" s="14" t="n">
         <v>2989.0</v>
       </c>
-      <c r="N121" s="14" t="n">
+      <c r="O121" s="14" t="n">
         <v>3958.7</v>
       </c>
-      <c r="O121" s="14" t="n">
+      <c r="P121" s="14" t="n">
         <v>3524.8</v>
       </c>
-      <c r="P121" s="14" t="n">
+      <c r="Q121" s="14" t="n">
         <v>2759.0</v>
       </c>
-      <c r="Q121" s="14" t="n">
+      <c r="R121" s="14" t="n">
         <v>4246.1</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    35: Supply of electricity, gas, steam and air conditioning</t>
         </is>
       </c>
-      <c r="B122" s="14" t="n">
-        <v>0.0</v>
+      <c r="B122" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="C122" s="14" t="n">
-        <v>1912.1</v>
+        <v>1561.3</v>
       </c>
       <c r="D122" s="14" t="n">
+        <v>1878.5</v>
+      </c>
+      <c r="E122" s="14" t="n">
         <v>1859.7</v>
       </c>
-      <c r="E122" s="14" t="n">
+      <c r="F122" s="14" t="n">
         <v>1610.5</v>
       </c>
-      <c r="F122" s="14" t="n">
+      <c r="G122" s="14" t="n">
         <v>1294.5</v>
       </c>
-      <c r="G122" s="14" t="n">
+      <c r="H122" s="14" t="n">
         <v>1287.1</v>
       </c>
-      <c r="H122" s="14" t="n">
+      <c r="I122" s="14" t="n">
         <v>1272.6</v>
       </c>
-      <c r="I122" s="14" t="n">
+      <c r="J122" s="14" t="n">
         <v>1089.1</v>
       </c>
-      <c r="J122" s="14" t="n">
+      <c r="K122" s="14" t="n">
         <v>1037.7</v>
       </c>
-      <c r="K122" s="14" t="n">
+      <c r="L122" s="14" t="n">
         <v>1124.8</v>
       </c>
-      <c r="L122" s="14" t="n">
+      <c r="M122" s="14" t="n">
         <v>1159.0</v>
       </c>
-      <c r="M122" s="14" t="n">
+      <c r="N122" s="14" t="n">
         <v>266.6</v>
       </c>
-      <c r="N122" s="14" t="n">
+      <c r="O122" s="14" t="n">
         <v>248.1</v>
       </c>
-      <c r="O122" s="14" t="n">
+      <c r="P122" s="14" t="n">
         <v>144.6</v>
       </c>
-      <c r="P122" s="14" t="n">
+      <c r="Q122" s="14" t="n">
         <v>45.8</v>
       </c>
-      <c r="Q122" s="14" t="n">
+      <c r="R122" s="14" t="n">
         <v>64.7</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    36-39: Water supply, sanitation, waste management and decontamination</t>
         </is>
       </c>
-      <c r="B123" s="14" t="n">
-        <v>0.0</v>
+      <c r="B123" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="C123" s="14" t="n">
-        <v>1204.1</v>
+        <v>1529.5</v>
       </c>
       <c r="D123" s="14" t="n">
-        <v>1187.7</v>
+        <v>1477.0</v>
       </c>
       <c r="E123" s="14" t="n">
-        <v>1158.9</v>
+        <v>1491.2</v>
       </c>
       <c r="F123" s="14" t="n">
-        <v>1084.0</v>
+        <v>1417.0</v>
       </c>
       <c r="G123" s="14" t="n">
-        <v>1251.6</v>
+        <v>1365.8</v>
       </c>
       <c r="H123" s="14" t="n">
-        <v>1338.9</v>
+        <v>1447.8</v>
       </c>
       <c r="I123" s="14" t="n">
-        <v>1215.2</v>
+        <v>1432.1</v>
       </c>
       <c r="J123" s="14" t="n">
-        <v>1318.5</v>
+        <v>1204.8</v>
       </c>
       <c r="K123" s="14" t="n">
-        <v>1220.5</v>
+        <v>1258.2</v>
       </c>
       <c r="L123" s="14" t="n">
-        <v>1214.9</v>
+        <v>1209.3</v>
       </c>
       <c r="M123" s="14" t="n">
+        <v>1183.8</v>
+      </c>
+      <c r="N123" s="14" t="n">
         <v>1201.3</v>
       </c>
-      <c r="N123" s="14" t="n">
+      <c r="O123" s="14" t="n">
         <v>1181.3</v>
       </c>
-      <c r="O123" s="14" t="n">
+      <c r="P123" s="14" t="n">
         <v>1195.3</v>
       </c>
-      <c r="P123" s="14" t="n">
+      <c r="Q123" s="14" t="n">
         <v>1195.9</v>
       </c>
-      <c r="Q123" s="14" t="n">
+      <c r="R123" s="14" t="n">
         <v>1121.3</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    41-43: Construction</t>
         </is>
       </c>
       <c r="B124" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C124" s="14" t="n">
-        <v>472.2</v>
+        <v>559.0</v>
       </c>
       <c r="D124" s="14" t="n">
+        <v>480.5</v>
+      </c>
+      <c r="E124" s="14" t="n">
         <v>434.6</v>
       </c>
-      <c r="E124" s="14" t="n">
+      <c r="F124" s="14" t="n">
         <v>437.5</v>
       </c>
-      <c r="F124" s="14" t="n">
+      <c r="G124" s="14" t="n">
         <v>532.6</v>
       </c>
-      <c r="G124" s="14" t="n">
+      <c r="H124" s="14" t="n">
         <v>413.3</v>
       </c>
-      <c r="H124" s="14" t="n">
+      <c r="I124" s="14" t="n">
         <v>408.5</v>
       </c>
-      <c r="I124" s="14" t="n">
+      <c r="J124" s="14" t="n">
         <v>343.1</v>
       </c>
-      <c r="J124" s="14" t="n">
+      <c r="K124" s="14" t="n">
         <v>299.6</v>
       </c>
-      <c r="K124" s="14" t="n">
+      <c r="L124" s="14" t="n">
         <v>125.5</v>
       </c>
-      <c r="L124" s="14" t="n">
+      <c r="M124" s="14" t="n">
         <v>187.6</v>
       </c>
-      <c r="M124" s="14" t="n">
+      <c r="N124" s="14" t="n">
         <v>238.9</v>
       </c>
-      <c r="N124" s="14" t="n">
+      <c r="O124" s="14" t="n">
         <v>220.8</v>
       </c>
-      <c r="O124" s="14" t="n">
+      <c r="P124" s="14" t="n">
         <v>208.8</v>
       </c>
-      <c r="P124" s="14" t="n">
+      <c r="Q124" s="14" t="n">
         <v>268.0</v>
       </c>
-      <c r="Q124" s="14" t="n">
+      <c r="R124" s="14" t="n">
         <v>331.0</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    45-47, 55-99: Others services</t>
         </is>
       </c>
       <c r="B125" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C125" s="14" t="n">
-        <v>415.0</v>
+        <v>241.3</v>
       </c>
       <c r="D125" s="14" t="n">
-        <v>389.9</v>
+        <v>250.4</v>
       </c>
       <c r="E125" s="14" t="n">
-        <v>323.4</v>
+        <v>221.8</v>
       </c>
       <c r="F125" s="14" t="n">
-        <v>370.2</v>
+        <v>163.9</v>
       </c>
       <c r="G125" s="14" t="n">
-        <v>341.7</v>
+        <v>223.3</v>
       </c>
       <c r="H125" s="14" t="n">
-        <v>348.3</v>
+        <v>212.5</v>
       </c>
       <c r="I125" s="14" t="n">
-        <v>329.6</v>
+        <v>200.4</v>
       </c>
       <c r="J125" s="14" t="n">
-        <v>291.1</v>
+        <v>189.0</v>
       </c>
       <c r="K125" s="14" t="n">
-        <v>278.2</v>
+        <v>173.6</v>
       </c>
       <c r="L125" s="14" t="n">
-        <v>288.6</v>
+        <v>162.7</v>
       </c>
       <c r="M125" s="14" t="n">
-        <v>298.7</v>
+        <v>178.3</v>
       </c>
       <c r="N125" s="14" t="n">
-        <v>312.7</v>
+        <v>192.5</v>
       </c>
       <c r="O125" s="14" t="n">
-        <v>318.0</v>
+        <v>213.2</v>
       </c>
       <c r="P125" s="14" t="n">
-        <v>424.5</v>
+        <v>225.5</v>
       </c>
       <c r="Q125" s="14" t="n">
-        <v>389.7</v>
+        <v>231.1</v>
+      </c>
+      <c r="R125" s="14" t="n">
+        <v>255.6</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    49-53: Transport and warehousing</t>
         </is>
       </c>
       <c r="B126" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C126" s="14" t="n">
-        <v>295.3</v>
+        <v>285.2</v>
       </c>
       <c r="D126" s="14" t="n">
-        <v>276.2</v>
+        <v>285.4</v>
       </c>
       <c r="E126" s="14" t="n">
-        <v>232.3</v>
+        <v>268.6</v>
       </c>
       <c r="F126" s="14" t="n">
-        <v>253.5</v>
+        <v>225.3</v>
       </c>
       <c r="G126" s="14" t="n">
-        <v>236.1</v>
+        <v>245.0</v>
       </c>
       <c r="H126" s="14" t="n">
-        <v>232.1</v>
+        <v>228.1</v>
       </c>
       <c r="I126" s="14" t="n">
-        <v>205.9</v>
+        <v>224.1</v>
       </c>
       <c r="J126" s="14" t="n">
-        <v>192.1</v>
+        <v>200.5</v>
       </c>
       <c r="K126" s="14" t="n">
-        <v>171.5</v>
+        <v>188.1</v>
       </c>
       <c r="L126" s="14" t="n">
-        <v>161.7</v>
+        <v>168.3</v>
       </c>
       <c r="M126" s="14" t="n">
-        <v>167.5</v>
+        <v>157.2</v>
       </c>
       <c r="N126" s="14" t="n">
-        <v>167.9</v>
+        <v>160.8</v>
       </c>
       <c r="O126" s="14" t="n">
-        <v>164.5</v>
+        <v>161.5</v>
       </c>
       <c r="P126" s="14" t="n">
-        <v>162.9</v>
+        <v>156.5</v>
       </c>
       <c r="Q126" s="14" t="n">
-        <v>160.5</v>
+        <v>153.7</v>
+      </c>
+      <c r="R126" s="14" t="n">
+        <v>150.3</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    h: Households</t>
         </is>
       </c>
       <c r="B127" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C127" s="14" t="n">
-        <v>6808.5</v>
+        <v>3375.2</v>
       </c>
       <c r="D127" s="14" t="n">
-        <v>6633.4</v>
+        <v>3251.9</v>
       </c>
       <c r="E127" s="14" t="n">
-        <v>6309.9</v>
+        <v>2961.4</v>
       </c>
       <c r="F127" s="14" t="n">
-        <v>6881.4</v>
+        <v>2604.7</v>
       </c>
       <c r="G127" s="14" t="n">
-        <v>6913.1</v>
+        <v>3127.0</v>
       </c>
       <c r="H127" s="14" t="n">
-        <v>6889.4</v>
+        <v>3107.2</v>
       </c>
       <c r="I127" s="14" t="n">
-        <v>6902.6</v>
+        <v>3047.2</v>
       </c>
       <c r="J127" s="14" t="n">
-        <v>8797.4</v>
+        <v>3027.7</v>
       </c>
       <c r="K127" s="14" t="n">
-        <v>8951.0</v>
+        <v>3288.2</v>
       </c>
       <c r="L127" s="14" t="n">
-        <v>9163.8</v>
+        <v>3360.8</v>
       </c>
       <c r="M127" s="14" t="n">
-        <v>9293.4</v>
+        <v>3626.9</v>
       </c>
       <c r="N127" s="14" t="n">
-        <v>9801.9</v>
+        <v>3697.5</v>
       </c>
       <c r="O127" s="14" t="n">
-        <v>9899.9</v>
+        <v>4289.7</v>
       </c>
       <c r="P127" s="14" t="n">
-        <v>10399.6</v>
+        <v>4330.7</v>
       </c>
       <c r="Q127" s="14" t="n">
-        <v>9696.5</v>
+        <v>4844.9</v>
+      </c>
+      <c r="R127" s="14" t="n">
+        <v>4991.2</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    TOTAL POLLUTING SUBSTANCES</t>
         </is>
       </c>
-      <c r="B128" s="14" t="n">
-        <v>0.0</v>
+      <c r="B128" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="C128" s="14" t="n">
-        <v>439341.6</v>
+        <v>433870.8</v>
       </c>
       <c r="D128" s="14" t="n">
-        <v>454258.5</v>
+        <v>437520.3</v>
       </c>
       <c r="E128" s="14" t="n">
-        <v>460497.7</v>
+        <v>488285.6</v>
       </c>
       <c r="F128" s="14" t="n">
-        <v>454394.0</v>
+        <v>489751.5</v>
       </c>
       <c r="G128" s="14" t="n">
-        <v>463182.3</v>
+        <v>484377.2</v>
       </c>
       <c r="H128" s="14" t="n">
-        <v>470116.9</v>
+        <v>495228.6</v>
       </c>
       <c r="I128" s="14" t="n">
-        <v>457401.4</v>
+        <v>503403.4</v>
       </c>
       <c r="J128" s="14" t="n">
-        <v>458462.6</v>
+        <v>491200.2</v>
       </c>
       <c r="K128" s="14" t="n">
-        <v>457542.3</v>
+        <v>495430.2</v>
       </c>
       <c r="L128" s="14" t="n">
-        <v>437959.1</v>
+        <v>493841.5</v>
       </c>
       <c r="M128" s="14" t="n">
-        <v>435207.8</v>
+        <v>469507.8</v>
       </c>
       <c r="N128" s="14" t="n">
-        <v>439116.0</v>
+        <v>461591.9</v>
       </c>
       <c r="O128" s="14" t="n">
-        <v>450713.1</v>
+        <v>464489.6</v>
       </c>
       <c r="P128" s="14" t="n">
-        <v>445844.5</v>
+        <v>479330.9</v>
       </c>
       <c r="Q128" s="14" t="n">
-        <v>449459.8</v>
+        <v>467933.9</v>
+      </c>
+      <c r="R128" s="14" t="n">
+        <v>472148.1</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="6" t="inlineStr">
         <is>
           <t>CO - Carbon monoxide (tonnes)</t>
         </is>
       </c>
       <c r="B129" s="6"/>
       <c r="C129" s="6"/>
       <c r="D129" s="6"/>
       <c r="E129" s="6"/>
       <c r="F129" s="6"/>
       <c r="G129" s="6"/>
       <c r="H129" s="6"/>
       <c r="I129" s="6"/>
       <c r="J129" s="6"/>
       <c r="K129" s="6"/>
       <c r="L129" s="6"/>
       <c r="M129" s="6"/>
       <c r="N129" s="6"/>
       <c r="O129" s="6"/>
       <c r="P129" s="6"/>
       <c r="Q129" s="6"/>
+      <c r="R129" s="6"/>
     </row>
     <row r="130">
       <c r="A130" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    01-03: Crop and animal production, hunting and related service activities, forestry and logging, and fishing</t>
         </is>
       </c>
       <c r="B130" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C130" s="14" t="n">
-        <v>787227.1</v>
+        <v>502123.6</v>
       </c>
       <c r="D130" s="14" t="n">
-        <v>787794.4</v>
+        <v>500714.3</v>
       </c>
       <c r="E130" s="14" t="n">
-        <v>788039.3</v>
+        <v>779005.8</v>
       </c>
       <c r="F130" s="14" t="n">
-        <v>651511.2</v>
+        <v>762880.4</v>
       </c>
       <c r="G130" s="14" t="n">
-        <v>886625.7</v>
+        <v>649784.4</v>
       </c>
       <c r="H130" s="14" t="n">
-        <v>663169.7</v>
+        <v>865637.9</v>
       </c>
       <c r="I130" s="14" t="n">
-        <v>695494.0</v>
+        <v>646588.6</v>
       </c>
       <c r="J130" s="14" t="n">
-        <v>712704.9</v>
+        <v>672634.0</v>
       </c>
       <c r="K130" s="14" t="n">
-        <v>569758.6</v>
+        <v>705455.5</v>
       </c>
       <c r="L130" s="14" t="n">
-        <v>830533.0</v>
+        <v>601707.0</v>
       </c>
       <c r="M130" s="14" t="n">
-        <v>495260.6</v>
+        <v>814527.1</v>
       </c>
       <c r="N130" s="14" t="n">
-        <v>732391.7</v>
+        <v>502917.5</v>
       </c>
       <c r="O130" s="14" t="n">
-        <v>694969.9</v>
+        <v>733046.9</v>
       </c>
       <c r="P130" s="14" t="n">
-        <v>671861.1</v>
+        <v>678653.7</v>
       </c>
       <c r="Q130" s="14" t="n">
-        <v>597113.3</v>
+        <v>650665.2</v>
+      </c>
+      <c r="R130" s="14" t="n">
+        <v>579562.9</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    05-09: Mining and quarrying</t>
         </is>
       </c>
       <c r="B131" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C131" s="14" t="n">
-        <v>1193.0</v>
+        <v>1517.2</v>
       </c>
       <c r="D131" s="14" t="n">
-        <v>1548.7</v>
+        <v>1184.6</v>
       </c>
       <c r="E131" s="14" t="n">
-        <v>1471.4</v>
+        <v>1498.5</v>
       </c>
       <c r="F131" s="14" t="n">
-        <v>1675.9</v>
+        <v>1410.1</v>
       </c>
       <c r="G131" s="14" t="n">
-        <v>2403.9</v>
+        <v>1628.7</v>
       </c>
       <c r="H131" s="14" t="n">
-        <v>2648.0</v>
+        <v>2354.5</v>
       </c>
       <c r="I131" s="14" t="n">
-        <v>2508.8</v>
+        <v>2599.8</v>
       </c>
       <c r="J131" s="14" t="n">
-        <v>2409.8</v>
+        <v>2459.9</v>
       </c>
       <c r="K131" s="14" t="n">
-        <v>4492.6</v>
+        <v>2398.6</v>
       </c>
       <c r="L131" s="14" t="n">
-        <v>4967.3</v>
+        <v>4492.8</v>
       </c>
       <c r="M131" s="14" t="n">
-        <v>5562.1</v>
+        <v>4971.1</v>
       </c>
       <c r="N131" s="14" t="n">
-        <v>5315.2</v>
+        <v>5562.4</v>
       </c>
       <c r="O131" s="14" t="n">
-        <v>5802.8</v>
+        <v>5315.6</v>
       </c>
       <c r="P131" s="14" t="n">
-        <v>5965.6</v>
+        <v>5803.0</v>
       </c>
       <c r="Q131" s="14" t="n">
-        <v>4487.8</v>
+        <v>5966.0</v>
+      </c>
+      <c r="R131" s="14" t="n">
+        <v>4488.4</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    10-33: Manufacture</t>
         </is>
       </c>
       <c r="B132" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C132" s="14" t="n">
-        <v>263744.4</v>
+        <v>241822.3</v>
       </c>
       <c r="D132" s="14" t="n">
-        <v>324421.8</v>
+        <v>263796.7</v>
       </c>
       <c r="E132" s="14" t="n">
-        <v>257472.2</v>
+        <v>324371.4</v>
       </c>
       <c r="F132" s="14" t="n">
-        <v>333313.4</v>
+        <v>257561.9</v>
       </c>
       <c r="G132" s="14" t="n">
-        <v>356101.5</v>
+        <v>333392.4</v>
       </c>
       <c r="H132" s="14" t="n">
-        <v>364326.1</v>
+        <v>356156.5</v>
       </c>
       <c r="I132" s="14" t="n">
-        <v>345689.4</v>
+        <v>364383.5</v>
       </c>
       <c r="J132" s="14" t="n">
-        <v>352947.5</v>
+        <v>345726.1</v>
       </c>
       <c r="K132" s="14" t="n">
-        <v>332809.2</v>
+        <v>352954.8</v>
       </c>
       <c r="L132" s="14" t="n">
-        <v>319066.2</v>
+        <v>332813.4</v>
       </c>
       <c r="M132" s="14" t="n">
-        <v>315747.1</v>
+        <v>319649.1</v>
       </c>
       <c r="N132" s="14" t="n">
-        <v>353150.6</v>
+        <v>315747.0</v>
       </c>
       <c r="O132" s="14" t="n">
-        <v>348527.3</v>
+        <v>353160.9</v>
       </c>
       <c r="P132" s="14" t="n">
-        <v>328578.1</v>
+        <v>348527.2</v>
       </c>
       <c r="Q132" s="14" t="n">
-        <v>399137.6</v>
+        <v>328619.7</v>
+      </c>
+      <c r="R132" s="14" t="n">
+        <v>399138.7</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    35: Supply of electricity, gas, steam and air conditioning</t>
         </is>
       </c>
-      <c r="B133" s="14" t="n">
-        <v>0.0</v>
+      <c r="B133" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="C133" s="14" t="n">
-        <v>35320.6</v>
+        <v>33368.0</v>
       </c>
       <c r="D133" s="14" t="n">
-        <v>29856.1</v>
+        <v>35242.3</v>
       </c>
       <c r="E133" s="14" t="n">
-        <v>27007.6</v>
+        <v>29727.5</v>
       </c>
       <c r="F133" s="14" t="n">
-        <v>24989.1</v>
+        <v>26814.0</v>
       </c>
       <c r="G133" s="14" t="n">
-        <v>31965.6</v>
+        <v>24786.5</v>
       </c>
       <c r="H133" s="14" t="n">
-        <v>35453.9</v>
+        <v>31819.4</v>
       </c>
       <c r="I133" s="14" t="n">
-        <v>24929.2</v>
+        <v>35254.3</v>
       </c>
       <c r="J133" s="14" t="n">
-        <v>25032.6</v>
+        <v>24895.7</v>
       </c>
       <c r="K133" s="14" t="n">
-        <v>27634.0</v>
+        <v>25043.8</v>
       </c>
       <c r="L133" s="14" t="n">
-        <v>25016.8</v>
+        <v>27621.0</v>
       </c>
       <c r="M133" s="14" t="n">
+        <v>25032.3</v>
+      </c>
+      <c r="N133" s="14" t="n">
         <v>20226.8</v>
       </c>
-      <c r="N133" s="14" t="n">
+      <c r="O133" s="14" t="n">
         <v>19326.1</v>
       </c>
-      <c r="O133" s="14" t="n">
+      <c r="P133" s="14" t="n">
         <v>15166.4</v>
       </c>
-      <c r="P133" s="14" t="n">
+      <c r="Q133" s="14" t="n">
         <v>11454.5</v>
       </c>
-      <c r="Q133" s="14" t="n">
+      <c r="R133" s="14" t="n">
         <v>13336.6</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    36-39: Water supply, sanitation, waste management and decontamination</t>
         </is>
       </c>
-      <c r="B134" s="14" t="n">
-        <v>0.0</v>
+      <c r="B134" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="C134" s="14" t="n">
-        <v>3010.2</v>
+        <v>2723.4</v>
       </c>
       <c r="D134" s="14" t="n">
-        <v>3173.8</v>
+        <v>2978.6</v>
       </c>
       <c r="E134" s="14" t="n">
-        <v>3203.7</v>
+        <v>3201.3</v>
       </c>
       <c r="F134" s="14" t="n">
-        <v>3381.8</v>
+        <v>3206.4</v>
       </c>
       <c r="G134" s="14" t="n">
-        <v>3712.9</v>
+        <v>3399.7</v>
       </c>
       <c r="H134" s="14" t="n">
-        <v>3406.7</v>
+        <v>3730.7</v>
       </c>
       <c r="I134" s="14" t="n">
-        <v>3298.9</v>
+        <v>3520.9</v>
       </c>
       <c r="J134" s="14" t="n">
-        <v>3091.6</v>
+        <v>3299.1</v>
       </c>
       <c r="K134" s="14" t="n">
-        <v>3320.1</v>
+        <v>3092.3</v>
       </c>
       <c r="L134" s="14" t="n">
-        <v>3376.5</v>
+        <v>3320.0</v>
       </c>
       <c r="M134" s="14" t="n">
-        <v>4176.3</v>
+        <v>3384.9</v>
       </c>
       <c r="N134" s="14" t="n">
-        <v>4218.8</v>
+        <v>4195.6</v>
       </c>
       <c r="O134" s="14" t="n">
-        <v>4379.4</v>
+        <v>4243.7</v>
       </c>
       <c r="P134" s="14" t="n">
-        <v>4267.7</v>
+        <v>4399.8</v>
       </c>
       <c r="Q134" s="14" t="n">
-        <v>5167.5</v>
+        <v>4295.8</v>
+      </c>
+      <c r="R134" s="14" t="n">
+        <v>5182.6</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    41-43: Construction</t>
         </is>
       </c>
       <c r="B135" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C135" s="14" t="n">
-        <v>6180.0</v>
+        <v>6658.9</v>
       </c>
       <c r="D135" s="14" t="n">
-        <v>7481.4</v>
+        <v>6103.6</v>
       </c>
       <c r="E135" s="14" t="n">
-        <v>8033.7</v>
+        <v>7468.4</v>
       </c>
       <c r="F135" s="14" t="n">
-        <v>12505.2</v>
+        <v>8014.9</v>
       </c>
       <c r="G135" s="14" t="n">
-        <v>12581.0</v>
+        <v>12490.6</v>
       </c>
       <c r="H135" s="14" t="n">
-        <v>12806.8</v>
+        <v>12570.7</v>
       </c>
       <c r="I135" s="14" t="n">
-        <v>12441.4</v>
+        <v>12794.8</v>
       </c>
       <c r="J135" s="14" t="n">
-        <v>11654.5</v>
+        <v>12429.8</v>
       </c>
       <c r="K135" s="14" t="n">
-        <v>10942.8</v>
+        <v>11644.3</v>
       </c>
       <c r="L135" s="14" t="n">
-        <v>11753.7</v>
+        <v>10942.9</v>
       </c>
       <c r="M135" s="14" t="n">
-        <v>14129.4</v>
+        <v>11766.2</v>
       </c>
       <c r="N135" s="14" t="n">
-        <v>16021.8</v>
+        <v>14129.5</v>
       </c>
       <c r="O135" s="14" t="n">
-        <v>21101.1</v>
+        <v>16022.2</v>
       </c>
       <c r="P135" s="14" t="n">
-        <v>26177.6</v>
+        <v>21101.2</v>
       </c>
       <c r="Q135" s="14" t="n">
-        <v>30902.0</v>
+        <v>26179.7</v>
+      </c>
+      <c r="R135" s="14" t="n">
+        <v>30902.2</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    45-47, 55-99: Others services</t>
         </is>
       </c>
       <c r="B136" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C136" s="14" t="n">
-        <v>48504.0</v>
+        <v>26313.4</v>
       </c>
       <c r="D136" s="14" t="n">
-        <v>49924.4</v>
+        <v>47736.6</v>
       </c>
       <c r="E136" s="14" t="n">
-        <v>39597.3</v>
+        <v>49364.1</v>
       </c>
       <c r="F136" s="14" t="n">
-        <v>50783.8</v>
+        <v>38962.3</v>
       </c>
       <c r="G136" s="14" t="n">
-        <v>48954.7</v>
+        <v>50216.5</v>
       </c>
       <c r="H136" s="14" t="n">
-        <v>46388.8</v>
+        <v>48422.2</v>
       </c>
       <c r="I136" s="14" t="n">
-        <v>42476.8</v>
+        <v>45823.6</v>
       </c>
       <c r="J136" s="14" t="n">
-        <v>39971.7</v>
+        <v>42039.8</v>
       </c>
       <c r="K136" s="14" t="n">
-        <v>39868.7</v>
+        <v>39616.0</v>
       </c>
       <c r="L136" s="14" t="n">
-        <v>42311.0</v>
+        <v>39513.1</v>
       </c>
       <c r="M136" s="14" t="n">
-        <v>44971.2</v>
+        <v>41965.5</v>
       </c>
       <c r="N136" s="14" t="n">
-        <v>43944.1</v>
+        <v>44733.1</v>
       </c>
       <c r="O136" s="14" t="n">
-        <v>47100.1</v>
+        <v>43721.4</v>
       </c>
       <c r="P136" s="14" t="n">
-        <v>47378.2</v>
+        <v>46838.4</v>
       </c>
       <c r="Q136" s="14" t="n">
-        <v>51522.0</v>
+        <v>47205.4</v>
+      </c>
+      <c r="R136" s="14" t="n">
+        <v>51244.5</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    49-53: Transport and warehousing</t>
         </is>
       </c>
       <c r="B137" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C137" s="14" t="n">
-        <v>40861.7</v>
+        <v>37291.6</v>
       </c>
       <c r="D137" s="14" t="n">
-        <v>38103.4</v>
+        <v>39831.3</v>
       </c>
       <c r="E137" s="14" t="n">
-        <v>33184.0</v>
+        <v>37576.3</v>
       </c>
       <c r="F137" s="14" t="n">
-        <v>49488.0</v>
+        <v>32634.4</v>
       </c>
       <c r="G137" s="14" t="n">
-        <v>50178.1</v>
+        <v>48569.8</v>
       </c>
       <c r="H137" s="14" t="n">
-        <v>50700.3</v>
+        <v>49195.1</v>
       </c>
       <c r="I137" s="14" t="n">
-        <v>49665.1</v>
+        <v>49551.7</v>
       </c>
       <c r="J137" s="14" t="n">
-        <v>50885.4</v>
+        <v>50124.1</v>
       </c>
       <c r="K137" s="14" t="n">
-        <v>48401.3</v>
+        <v>51970.4</v>
       </c>
       <c r="L137" s="14" t="n">
-        <v>50727.3</v>
+        <v>49984.8</v>
       </c>
       <c r="M137" s="14" t="n">
-        <v>55638.1</v>
+        <v>51412.6</v>
       </c>
       <c r="N137" s="14" t="n">
-        <v>59268.8</v>
+        <v>55435.5</v>
       </c>
       <c r="O137" s="14" t="n">
-        <v>62713.4</v>
+        <v>59291.4</v>
       </c>
       <c r="P137" s="14" t="n">
-        <v>65487.2</v>
+        <v>61762.9</v>
       </c>
       <c r="Q137" s="14" t="n">
-        <v>73901.4</v>
+        <v>64489.3</v>
+      </c>
+      <c r="R137" s="14" t="n">
+        <v>72093.8</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    h: Households</t>
         </is>
       </c>
       <c r="B138" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C138" s="14" t="n">
-        <v>346756.2</v>
+        <v>330535.8</v>
       </c>
       <c r="D138" s="14" t="n">
-        <v>367661.2</v>
+        <v>333123.8</v>
       </c>
       <c r="E138" s="14" t="n">
-        <v>364352.7</v>
+        <v>353580.2</v>
       </c>
       <c r="F138" s="14" t="n">
-        <v>427610.5</v>
+        <v>363578.1</v>
       </c>
       <c r="G138" s="14" t="n">
-        <v>448922.1</v>
+        <v>424406.7</v>
       </c>
       <c r="H138" s="14" t="n">
-        <v>458703.0</v>
+        <v>444943.0</v>
       </c>
       <c r="I138" s="14" t="n">
-        <v>465416.5</v>
+        <v>453435.2</v>
       </c>
       <c r="J138" s="14" t="n">
-        <v>579993.3</v>
+        <v>461393.8</v>
       </c>
       <c r="K138" s="14" t="n">
-        <v>601442.1</v>
+        <v>576569.0</v>
       </c>
       <c r="L138" s="14" t="n">
-        <v>610750.5</v>
+        <v>598504.3</v>
       </c>
       <c r="M138" s="14" t="n">
-        <v>633385.5</v>
+        <v>607375.5</v>
       </c>
       <c r="N138" s="14" t="n">
-        <v>656092.9</v>
+        <v>631591.5</v>
       </c>
       <c r="O138" s="14" t="n">
-        <v>714713.5</v>
+        <v>654375.4</v>
       </c>
       <c r="P138" s="14" t="n">
-        <v>741736.3</v>
+        <v>714572.8</v>
       </c>
       <c r="Q138" s="14" t="n">
-        <v>712266.2</v>
+        <v>741738.3</v>
+      </c>
+      <c r="R138" s="14" t="n">
+        <v>712268.5</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    TOTAL POLLUTING SUBSTANCES</t>
         </is>
       </c>
-      <c r="B139" s="14" t="n">
-        <v>0.0</v>
+      <c r="B139" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="C139" s="14" t="n">
-        <v>1532797.1</v>
+        <v>1182354.2</v>
       </c>
       <c r="D139" s="14" t="n">
-        <v>1609965.2</v>
+        <v>1230711.9</v>
       </c>
       <c r="E139" s="14" t="n">
-        <v>1522361.9</v>
+        <v>1585793.5</v>
       </c>
       <c r="F139" s="14" t="n">
-        <v>1555258.9</v>
+        <v>1495062.5</v>
       </c>
       <c r="G139" s="14" t="n">
-        <v>1841445.5</v>
+        <v>1548675.4</v>
       </c>
       <c r="H139" s="14" t="n">
-        <v>1637603.3</v>
+        <v>1814830.0</v>
       </c>
       <c r="I139" s="14" t="n">
-        <v>1641919.9</v>
+        <v>1613952.5</v>
       </c>
       <c r="J139" s="14" t="n">
-        <v>1778691.4</v>
+        <v>1615002.5</v>
       </c>
       <c r="K139" s="14" t="n">
-        <v>1638669.3</v>
+        <v>1768744.7</v>
       </c>
       <c r="L139" s="14" t="n">
-        <v>1898502.3</v>
+        <v>1668899.3</v>
       </c>
       <c r="M139" s="14" t="n">
-        <v>1589097.2</v>
+        <v>1880084.2</v>
       </c>
       <c r="N139" s="14" t="n">
-        <v>1889730.1</v>
+        <v>1594539.0</v>
       </c>
       <c r="O139" s="14" t="n">
-        <v>1914474.0</v>
+        <v>1888503.6</v>
       </c>
       <c r="P139" s="14" t="n">
-        <v>1902906.4</v>
+        <v>1896825.4</v>
       </c>
       <c r="Q139" s="14" t="n">
-        <v>1887834.5</v>
+        <v>1880613.8</v>
+      </c>
+      <c r="R139" s="14" t="n">
+        <v>1868218.2</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="6" t="inlineStr">
         <is>
           <t>NMVOC - Non-metallic volatile organic compounds (tonnes)</t>
         </is>
       </c>
       <c r="B140" s="6"/>
       <c r="C140" s="6"/>
       <c r="D140" s="6"/>
       <c r="E140" s="6"/>
       <c r="F140" s="6"/>
       <c r="G140" s="6"/>
       <c r="H140" s="6"/>
       <c r="I140" s="6"/>
       <c r="J140" s="6"/>
       <c r="K140" s="6"/>
       <c r="L140" s="6"/>
       <c r="M140" s="6"/>
       <c r="N140" s="6"/>
       <c r="O140" s="6"/>
       <c r="P140" s="6"/>
       <c r="Q140" s="6"/>
+      <c r="R140" s="6"/>
     </row>
     <row r="141">
       <c r="A141" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    01-03: Crop and animal production, hunting and related service activities, forestry and logging, and fishing</t>
         </is>
       </c>
       <c r="B141" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C141" s="14" t="n">
-        <v>135821.1</v>
+        <v>141928.2</v>
       </c>
       <c r="D141" s="14" t="n">
-        <v>138406.6</v>
+        <v>140011.0</v>
       </c>
       <c r="E141" s="14" t="n">
-        <v>137168.6</v>
+        <v>144829.1</v>
       </c>
       <c r="F141" s="14" t="n">
-        <v>134124.2</v>
+        <v>141872.4</v>
       </c>
       <c r="G141" s="14" t="n">
-        <v>138306.1</v>
+        <v>137888.6</v>
       </c>
       <c r="H141" s="14" t="n">
-        <v>133831.4</v>
+        <v>140453.9</v>
       </c>
       <c r="I141" s="14" t="n">
-        <v>134413.5</v>
+        <v>134699.0</v>
       </c>
       <c r="J141" s="14" t="n">
-        <v>134134.2</v>
+        <v>134526.4</v>
       </c>
       <c r="K141" s="14" t="n">
-        <v>130791.7</v>
+        <v>133811.9</v>
       </c>
       <c r="L141" s="14" t="n">
-        <v>131686.1</v>
+        <v>130413.2</v>
       </c>
       <c r="M141" s="14" t="n">
-        <v>127188.8</v>
+        <v>130483.6</v>
       </c>
       <c r="N141" s="14" t="n">
-        <v>131929.3</v>
+        <v>126382.3</v>
       </c>
       <c r="O141" s="14" t="n">
-        <v>132091.1</v>
+        <v>131044.0</v>
       </c>
       <c r="P141" s="14" t="n">
-        <v>125009.3</v>
+        <v>130852.7</v>
       </c>
       <c r="Q141" s="14" t="n">
-        <v>126089.5</v>
+        <v>123773.0</v>
+      </c>
+      <c r="R141" s="14" t="n">
+        <v>124894.5</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    05-09: Mining and quarrying</t>
         </is>
       </c>
       <c r="B142" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C142" s="14" t="n">
-        <v>967.9</v>
+        <v>1293.3</v>
       </c>
       <c r="D142" s="14" t="n">
-        <v>1176.5</v>
+        <v>1028.4</v>
       </c>
       <c r="E142" s="14" t="n">
-        <v>1142.4</v>
+        <v>1208.6</v>
       </c>
       <c r="F142" s="14" t="n">
-        <v>1201.3</v>
+        <v>1148.6</v>
       </c>
       <c r="G142" s="14" t="n">
-        <v>1208.5</v>
+        <v>1403.4</v>
       </c>
       <c r="H142" s="14" t="n">
-        <v>1239.0</v>
+        <v>1305.4</v>
       </c>
       <c r="I142" s="14" t="n">
-        <v>1188.7</v>
+        <v>1209.2</v>
       </c>
       <c r="J142" s="14" t="n">
-        <v>1170.7</v>
+        <v>1208.3</v>
       </c>
       <c r="K142" s="14" t="n">
-        <v>1619.8</v>
+        <v>1194.5</v>
       </c>
       <c r="L142" s="14" t="n">
-        <v>1823.8</v>
+        <v>1546.5</v>
       </c>
       <c r="M142" s="14" t="n">
-        <v>1634.1</v>
+        <v>1766.5</v>
       </c>
       <c r="N142" s="14" t="n">
-        <v>1536.4</v>
+        <v>1647.0</v>
       </c>
       <c r="O142" s="14" t="n">
-        <v>1915.2</v>
+        <v>1561.4</v>
       </c>
       <c r="P142" s="14" t="n">
-        <v>1798.9</v>
+        <v>1935.7</v>
       </c>
       <c r="Q142" s="14" t="n">
-        <v>2145.9</v>
+        <v>1796.7</v>
+      </c>
+      <c r="R142" s="14" t="n">
+        <v>2137.9</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    10-33: Manufacture</t>
         </is>
       </c>
       <c r="B143" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C143" s="14" t="n">
-        <v>200538.7</v>
+        <v>200664.8</v>
       </c>
       <c r="D143" s="14" t="n">
-        <v>202706.9</v>
+        <v>205766.2</v>
       </c>
       <c r="E143" s="14" t="n">
-        <v>198224.8</v>
+        <v>200493.5</v>
       </c>
       <c r="F143" s="14" t="n">
-        <v>214025.5</v>
+        <v>196322.1</v>
       </c>
       <c r="G143" s="14" t="n">
-        <v>216699.4</v>
+        <v>211737.2</v>
       </c>
       <c r="H143" s="14" t="n">
-        <v>219470.2</v>
+        <v>216640.2</v>
       </c>
       <c r="I143" s="14" t="n">
-        <v>210860.3</v>
+        <v>219406.6</v>
       </c>
       <c r="J143" s="14" t="n">
-        <v>204859.4</v>
+        <v>210808.9</v>
       </c>
       <c r="K143" s="14" t="n">
-        <v>193136.1</v>
+        <v>204789.9</v>
       </c>
       <c r="L143" s="14" t="n">
-        <v>190278.2</v>
+        <v>193026.1</v>
       </c>
       <c r="M143" s="14" t="n">
-        <v>203982.3</v>
+        <v>190293.1</v>
       </c>
       <c r="N143" s="14" t="n">
-        <v>215665.0</v>
+        <v>203877.1</v>
       </c>
       <c r="O143" s="14" t="n">
-        <v>226035.3</v>
+        <v>215534.4</v>
       </c>
       <c r="P143" s="14" t="n">
-        <v>230941.3</v>
+        <v>225913.8</v>
       </c>
       <c r="Q143" s="14" t="n">
-        <v>249487.1</v>
+        <v>230822.9</v>
+      </c>
+      <c r="R143" s="14" t="n">
+        <v>249342.0</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    35: Supply of electricity, gas, steam and air conditioning</t>
         </is>
       </c>
-      <c r="B144" s="14" t="n">
-        <v>0.0</v>
+      <c r="B144" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="C144" s="14" t="n">
-        <v>8253.6</v>
+        <v>6324.2</v>
       </c>
       <c r="D144" s="14" t="n">
-        <v>8039.7</v>
+        <v>8247.0</v>
       </c>
       <c r="E144" s="14" t="n">
+        <v>8175.6</v>
+      </c>
+      <c r="F144" s="14" t="n">
         <v>7040.1</v>
       </c>
-      <c r="F144" s="14" t="n">
+      <c r="G144" s="14" t="n">
         <v>6626.3</v>
       </c>
-      <c r="G144" s="14" t="n">
+      <c r="H144" s="14" t="n">
         <v>6848.2</v>
       </c>
-      <c r="H144" s="14" t="n">
+      <c r="I144" s="14" t="n">
         <v>6613.6</v>
       </c>
-      <c r="I144" s="14" t="n">
+      <c r="J144" s="14" t="n">
         <v>6549.8</v>
       </c>
-      <c r="J144" s="14" t="n">
+      <c r="K144" s="14" t="n">
         <v>5990.1</v>
       </c>
-      <c r="K144" s="14" t="n">
+      <c r="L144" s="14" t="n">
         <v>6188.2</v>
       </c>
-      <c r="L144" s="14" t="n">
+      <c r="M144" s="14" t="n">
         <v>6115.1</v>
       </c>
-      <c r="M144" s="14" t="n">
+      <c r="N144" s="14" t="n">
         <v>5318.2</v>
       </c>
-      <c r="N144" s="14" t="n">
+      <c r="O144" s="14" t="n">
         <v>5726.0</v>
       </c>
-      <c r="O144" s="14" t="n">
+      <c r="P144" s="14" t="n">
         <v>5170.1</v>
       </c>
-      <c r="P144" s="14" t="n">
+      <c r="Q144" s="14" t="n">
         <v>4524.7</v>
       </c>
-      <c r="Q144" s="14" t="n">
+      <c r="R144" s="14" t="n">
         <v>5398.4</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    36-39: Water supply, sanitation, waste management and decontamination</t>
         </is>
       </c>
-      <c r="B145" s="14" t="n">
-        <v>0.0</v>
+      <c r="B145" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="C145" s="14" t="n">
-        <v>7420.0</v>
+        <v>7323.9</v>
       </c>
       <c r="D145" s="14" t="n">
-        <v>7701.9</v>
+        <v>7618.8</v>
       </c>
       <c r="E145" s="14" t="n">
-        <v>7141.5</v>
+        <v>7702.0</v>
       </c>
       <c r="F145" s="14" t="n">
+        <v>7141.4</v>
+      </c>
+      <c r="G145" s="14" t="n">
         <v>7359.2</v>
       </c>
-      <c r="G145" s="14" t="n">
+      <c r="H145" s="14" t="n">
         <v>7621.9</v>
       </c>
-      <c r="H145" s="14" t="n">
+      <c r="I145" s="14" t="n">
         <v>7605.0</v>
       </c>
-      <c r="I145" s="14" t="n">
+      <c r="J145" s="14" t="n">
         <v>7970.0</v>
       </c>
-      <c r="J145" s="14" t="n">
+      <c r="K145" s="14" t="n">
         <v>7822.5</v>
       </c>
-      <c r="K145" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="L145" s="14" t="n">
-        <v>7740.9</v>
+        <v>7274.7</v>
       </c>
       <c r="M145" s="14" t="n">
-        <v>7484.6</v>
+        <v>7750.0</v>
       </c>
       <c r="N145" s="14" t="n">
-        <v>5097.8</v>
+        <v>7519.3</v>
       </c>
       <c r="O145" s="14" t="n">
-        <v>4907.2</v>
+        <v>5133.0</v>
       </c>
       <c r="P145" s="14" t="n">
-        <v>5607.0</v>
+        <v>4940.6</v>
       </c>
       <c r="Q145" s="14" t="n">
-        <v>5415.0</v>
+        <v>5641.4</v>
+      </c>
+      <c r="R145" s="14" t="n">
+        <v>5443.3</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    41-43: Construction</t>
         </is>
       </c>
       <c r="B146" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C146" s="14" t="n">
-        <v>15994.3</v>
+        <v>16071.7</v>
       </c>
       <c r="D146" s="14" t="n">
-        <v>17565.1</v>
+        <v>15776.6</v>
       </c>
       <c r="E146" s="14" t="n">
-        <v>16888.4</v>
+        <v>17032.4</v>
       </c>
       <c r="F146" s="14" t="n">
-        <v>19028.8</v>
+        <v>16353.9</v>
       </c>
       <c r="G146" s="14" t="n">
-        <v>18340.2</v>
+        <v>18420.7</v>
       </c>
       <c r="H146" s="14" t="n">
-        <v>18094.6</v>
+        <v>18311.6</v>
       </c>
       <c r="I146" s="14" t="n">
-        <v>17724.2</v>
+        <v>18058.2</v>
       </c>
       <c r="J146" s="14" t="n">
-        <v>17481.7</v>
+        <v>17692.6</v>
       </c>
       <c r="K146" s="14" t="n">
-        <v>15503.2</v>
+        <v>17448.7</v>
       </c>
       <c r="L146" s="14" t="n">
-        <v>16098.4</v>
+        <v>15506.3</v>
       </c>
       <c r="M146" s="14" t="n">
-        <v>17435.1</v>
+        <v>16102.8</v>
       </c>
       <c r="N146" s="14" t="n">
-        <v>21329.4</v>
+        <v>17436.4</v>
       </c>
       <c r="O146" s="14" t="n">
-        <v>24709.7</v>
+        <v>21330.5</v>
       </c>
       <c r="P146" s="14" t="n">
-        <v>27549.8</v>
+        <v>24710.1</v>
       </c>
       <c r="Q146" s="14" t="n">
-        <v>37287.3</v>
+        <v>27550.6</v>
+      </c>
+      <c r="R146" s="14" t="n">
+        <v>37287.4</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    45-47, 55-99: Others services</t>
         </is>
       </c>
       <c r="B147" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C147" s="14" t="n">
-        <v>21932.3</v>
+        <v>10401.1</v>
       </c>
       <c r="D147" s="14" t="n">
-        <v>20827.5</v>
+        <v>21456.6</v>
       </c>
       <c r="E147" s="14" t="n">
-        <v>16725.1</v>
+        <v>20407.6</v>
       </c>
       <c r="F147" s="14" t="n">
-        <v>19608.0</v>
+        <v>16299.6</v>
       </c>
       <c r="G147" s="14" t="n">
-        <v>18602.9</v>
+        <v>19223.7</v>
       </c>
       <c r="H147" s="14" t="n">
-        <v>17541.8</v>
+        <v>18278.9</v>
       </c>
       <c r="I147" s="14" t="n">
-        <v>16848.6</v>
+        <v>17244.7</v>
       </c>
       <c r="J147" s="14" t="n">
-        <v>16357.6</v>
+        <v>16570.1</v>
       </c>
       <c r="K147" s="14" t="n">
-        <v>16386.3</v>
+        <v>16133.5</v>
       </c>
       <c r="L147" s="14" t="n">
-        <v>16483.3</v>
+        <v>16168.0</v>
       </c>
       <c r="M147" s="14" t="n">
-        <v>18667.2</v>
+        <v>16268.5</v>
       </c>
       <c r="N147" s="14" t="n">
-        <v>19563.5</v>
+        <v>18609.1</v>
       </c>
       <c r="O147" s="14" t="n">
-        <v>21164.7</v>
+        <v>19551.7</v>
       </c>
       <c r="P147" s="14" t="n">
-        <v>22738.9</v>
+        <v>21157.1</v>
       </c>
       <c r="Q147" s="14" t="n">
-        <v>25136.9</v>
+        <v>22730.2</v>
+      </c>
+      <c r="R147" s="14" t="n">
+        <v>25122.7</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    49-53: Transport and warehousing</t>
         </is>
       </c>
       <c r="B148" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C148" s="14" t="n">
-        <v>6584.6</v>
+        <v>8301.3</v>
       </c>
       <c r="D148" s="14" t="n">
-        <v>5767.2</v>
+        <v>12282.9</v>
       </c>
       <c r="E148" s="14" t="n">
-        <v>4808.7</v>
+        <v>11133.5</v>
       </c>
       <c r="F148" s="14" t="n">
-        <v>7002.2</v>
+        <v>9655.0</v>
       </c>
       <c r="G148" s="14" t="n">
-        <v>6892.3</v>
+        <v>13240.4</v>
       </c>
       <c r="H148" s="14" t="n">
-        <v>6843.5</v>
+        <v>13184.8</v>
       </c>
       <c r="I148" s="14" t="n">
-        <v>6178.1</v>
+        <v>12978.9</v>
       </c>
       <c r="J148" s="14" t="n">
-        <v>5970.6</v>
+        <v>12825.4</v>
       </c>
       <c r="K148" s="14" t="n">
-        <v>5621.3</v>
+        <v>12692.2</v>
       </c>
       <c r="L148" s="14" t="n">
-        <v>6361.6</v>
+        <v>12353.6</v>
       </c>
       <c r="M148" s="14" t="n">
-        <v>7473.9</v>
+        <v>12681.0</v>
       </c>
       <c r="N148" s="14" t="n">
-        <v>7675.4</v>
+        <v>13621.3</v>
       </c>
       <c r="O148" s="14" t="n">
-        <v>8503.4</v>
+        <v>14375.7</v>
       </c>
       <c r="P148" s="14" t="n">
-        <v>8880.8</v>
+        <v>15069.1</v>
       </c>
       <c r="Q148" s="14" t="n">
-        <v>10688.0</v>
+        <v>15494.8</v>
+      </c>
+      <c r="R148" s="14" t="n">
+        <v>17408.0</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    h: Households</t>
         </is>
       </c>
       <c r="B149" s="13" t="inlineStr">
         <is>
           <t>..</t>
         </is>
       </c>
       <c r="C149" s="14" t="n">
-        <v>163430.7</v>
+        <v>126482.8</v>
       </c>
       <c r="D149" s="14" t="n">
-        <v>164644.7</v>
+        <v>126997.0</v>
       </c>
       <c r="E149" s="14" t="n">
-        <v>207213.7</v>
+        <v>150047.0</v>
       </c>
       <c r="F149" s="14" t="n">
-        <v>162061.9</v>
+        <v>175042.2</v>
       </c>
       <c r="G149" s="14" t="n">
-        <v>182915.7</v>
+        <v>143026.0</v>
       </c>
       <c r="H149" s="14" t="n">
-        <v>176329.4</v>
+        <v>141561.7</v>
       </c>
       <c r="I149" s="14" t="n">
-        <v>169328.5</v>
+        <v>121837.2</v>
       </c>
       <c r="J149" s="14" t="n">
-        <v>177762.7</v>
+        <v>121531.9</v>
       </c>
       <c r="K149" s="14" t="n">
-        <v>181647.3</v>
+        <v>170444.1</v>
       </c>
       <c r="L149" s="14" t="n">
-        <v>185119.4</v>
+        <v>169532.6</v>
       </c>
       <c r="M149" s="14" t="n">
-        <v>189855.9</v>
+        <v>168037.2</v>
       </c>
       <c r="N149" s="14" t="n">
-        <v>194610.2</v>
+        <v>171112.0</v>
       </c>
       <c r="O149" s="14" t="n">
-        <v>201341.8</v>
+        <v>174062.2</v>
       </c>
       <c r="P149" s="14" t="n">
-        <v>206569.9</v>
+        <v>179273.2</v>
       </c>
       <c r="Q149" s="14" t="n">
-        <v>204529.6</v>
+        <v>182804.6</v>
+      </c>
+      <c r="R149" s="14" t="n">
+        <v>179167.4</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    TOTAL POLLUTING SUBSTANCES</t>
         </is>
       </c>
-      <c r="B150" s="14" t="n">
-        <v>0.0</v>
+      <c r="B150" s="13" t="inlineStr">
+        <is>
+          <t>..</t>
+        </is>
       </c>
       <c r="C150" s="14" t="n">
-        <v>560943.2</v>
+        <v>518791.4</v>
       </c>
       <c r="D150" s="14" t="n">
-        <v>566836.0</v>
+        <v>539184.5</v>
       </c>
       <c r="E150" s="14" t="n">
-        <v>596353.3</v>
+        <v>561029.5</v>
       </c>
       <c r="F150" s="14" t="n">
-        <v>571037.4</v>
+        <v>570875.3</v>
       </c>
       <c r="G150" s="14" t="n">
-        <v>597435.2</v>
+        <v>558925.5</v>
       </c>
       <c r="H150" s="14" t="n">
-        <v>587568.6</v>
+        <v>564206.6</v>
       </c>
       <c r="I150" s="14" t="n">
-        <v>571061.5</v>
+        <v>539652.5</v>
       </c>
       <c r="J150" s="14" t="n">
-        <v>571549.4</v>
+        <v>529683.4</v>
       </c>
       <c r="K150" s="14" t="n">
-        <v>558167.1</v>
+        <v>570327.3</v>
       </c>
       <c r="L150" s="14" t="n">
-        <v>561706.8</v>
+        <v>552009.2</v>
       </c>
       <c r="M150" s="14" t="n">
-        <v>579040.2</v>
+        <v>549497.7</v>
       </c>
       <c r="N150" s="14" t="n">
-        <v>603132.9</v>
+        <v>565522.8</v>
       </c>
       <c r="O150" s="14" t="n">
-        <v>625838.4</v>
+        <v>588319.0</v>
       </c>
       <c r="P150" s="14" t="n">
-        <v>633620.6</v>
+        <v>609022.4</v>
       </c>
       <c r="Q150" s="14" t="n">
-        <v>666177.7</v>
+        <v>615138.9</v>
+      </c>
+      <c r="R150" s="14" t="n">
+        <v>646201.6</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="5" t="inlineStr">
         <is>
-          <t>Notas:</t>
+          <t>Notes:</t>
         </is>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="inlineStr">
         <is>
-          <t xml:space="preserve">(A)= advance data </t>
+          <t xml:space="preserve">1) (A)= advance data </t>
         </is>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="inlineStr">
         <is>
           <t>2) The HFC category includes HFC-PFC mixtures</t>
         </is>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="5" t="inlineStr">
         <is>
-          <t xml:space="preserve">Fuente: </t>
+          <t xml:space="preserve">Source: </t>
         </is>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="inlineStr">
         <is>
           <t>National Statistics Institute</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="19">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A5:K5"/>
     <mergeCell ref="A6:K6"/>
-    <mergeCell ref="A8:Q8"/>
-[...11 lines deleted...]
-    <mergeCell ref="A140:Q140"/>
+    <mergeCell ref="A8:R8"/>
+    <mergeCell ref="A19:R19"/>
+    <mergeCell ref="A30:R30"/>
+    <mergeCell ref="A41:R41"/>
+    <mergeCell ref="A52:R52"/>
+    <mergeCell ref="A63:R63"/>
+    <mergeCell ref="A74:R74"/>
+    <mergeCell ref="A85:R85"/>
+    <mergeCell ref="A96:R96"/>
+    <mergeCell ref="A107:R107"/>
+    <mergeCell ref="A118:R118"/>
+    <mergeCell ref="A129:R129"/>
+    <mergeCell ref="A140:R140"/>
   </mergeCells>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>