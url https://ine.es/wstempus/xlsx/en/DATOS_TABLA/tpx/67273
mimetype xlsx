--- v0 (2025-10-22)
+++ v1 (2025-12-13)
@@ -1,61 +1,63 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="tabla-69686" r:id="rId3" sheetId="1"/>
+    <sheet name="tabla-67273" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <numFmts count="0"/>
+  <numFmts count="1">
+    <numFmt numFmtId="164" formatCode="#,##0.0"/>
+  </numFmts>
   <fonts count="8">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="11.0"/>
       <color indexed="8"/>
       <b val="true"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="10.0"/>
       <color indexed="8"/>
       <b val="true"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="9.0"/>
       <color indexed="8"/>
       <b val="true"/>
@@ -232,8147 +234,10268 @@
   <cellXfs count="15">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="2" fillId="6" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="8" xfId="0" applyFill="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="6" fillId="5" borderId="8" xfId="0" applyFill="true" applyBorder="true" applyFont="true"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="8" xfId="0" applyFill="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="5" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="3" fontId="7" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true" applyNumberFormat="true">
+    <xf numFmtId="164" fontId="7" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true" applyNumberFormat="true">
       <alignment horizontal="right"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:K253"/>
+  <dimension ref="A1:M259"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="39.0625" customWidth="true"/>
     <col min="2" max="2" width="19.53125" customWidth="true"/>
     <col min="3" max="3" width="19.53125" customWidth="true"/>
     <col min="4" max="4" width="19.53125" customWidth="true"/>
     <col min="5" max="5" width="19.53125" customWidth="true"/>
     <col min="6" max="6" width="19.53125" customWidth="true"/>
     <col min="7" max="7" width="19.53125" customWidth="true"/>
     <col min="8" max="8" width="19.53125" customWidth="true"/>
     <col min="9" max="9" width="19.53125" customWidth="true"/>
     <col min="10" max="10" width="19.53125" customWidth="true"/>
+    <col min="11" max="11" width="19.53125" customWidth="true"/>
+    <col min="12" max="12" width="19.53125" customWidth="true"/>
+    <col min="13" max="13" width="19.53125" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
-          <t>Environment</t>
+          <t>Environmental Accounts and Statistics</t>
         </is>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
     </row>
     <row r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
-          <t>Generación de residuos</t>
+          <t>Waste Generation in the Services and Construction Sector</t>
         </is>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
     </row>
     <row r="3">
       <c r="A3" s="11" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="B3" s="11"/>
       <c r="C3" s="11"/>
       <c r="D3" s="11"/>
       <c r="E3" s="11"/>
       <c r="F3" s="11"/>
       <c r="G3" s="11"/>
       <c r="H3" s="11"/>
       <c r="I3" s="11"/>
       <c r="J3" s="11"/>
       <c r="K3" s="11"/>
     </row>
     <row r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t xml:space="preserve">Amount of waste generated by economic activity CNAE-2009, type of waste and type of danger. </t>
         </is>
       </c>
       <c r="B4" s="3"/>
       <c r="C4" s="3"/>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
       <c r="F4" s="3"/>
       <c r="G4" s="3"/>
       <c r="H4" s="3"/>
       <c r="I4" s="3"/>
       <c r="J4" s="3"/>
       <c r="K4" s="3"/>
     </row>
     <row r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
-          <t>Units: tonnes</t>
+          <t>Unidades: tonnes</t>
         </is>
       </c>
       <c r="B5" s="4"/>
       <c r="C5" s="4"/>
       <c r="D5" s="4"/>
       <c r="E5" s="4"/>
       <c r="F5" s="4"/>
       <c r="G5" s="4"/>
       <c r="H5" s="4"/>
       <c r="I5" s="4"/>
       <c r="J5" s="4"/>
       <c r="K5" s="4"/>
     </row>
     <row r="6">
       <c r="A6" s="11" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="B6" s="11"/>
       <c r="C6" s="11"/>
       <c r="D6" s="11"/>
       <c r="E6" s="11"/>
       <c r="F6" s="11"/>
       <c r="G6" s="11"/>
       <c r="H6" s="11"/>
       <c r="I6" s="11"/>
       <c r="J6" s="11"/>
       <c r="K6" s="11"/>
     </row>
     <row r="7">
       <c r="A7" s="12" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="B7" s="6" t="inlineStr">
         <is>
           <t>General total</t>
         </is>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="6"/>
-      <c r="E7" s="6" t="inlineStr">
+      <c r="E7" s="6"/>
+      <c r="F7" s="6" t="inlineStr">
         <is>
           <t>Non-Hazardous</t>
         </is>
       </c>
-      <c r="F7" s="6"/>
       <c r="G7" s="6"/>
-      <c r="H7" s="6" t="inlineStr">
+      <c r="H7" s="6"/>
+      <c r="I7" s="6"/>
+      <c r="J7" s="6" t="inlineStr">
         <is>
           <t>Hazardous</t>
         </is>
       </c>
-      <c r="I7" s="6"/>
-      <c r="J7" s="6"/>
+      <c r="K7" s="6"/>
+      <c r="L7" s="6"/>
+      <c r="M7" s="6"/>
     </row>
     <row r="8">
       <c r="A8" s="12" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="C8" s="7" t="inlineStr">
+        <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="C8" s="7" t="inlineStr">
+      <c r="D8" s="7" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="D8" s="7" t="inlineStr">
+      <c r="E8" s="7" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="E8" s="7" t="inlineStr">
+      <c r="F8" s="7" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="G8" s="7" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="F8" s="7" t="inlineStr">
+      <c r="H8" s="7" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="G8" s="7" t="inlineStr">
+      <c r="I8" s="7" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="H8" s="7" t="inlineStr">
+      <c r="J8" s="7" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="K8" s="7" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="I8" s="7" t="inlineStr">
+      <c r="L8" s="7" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="J8" s="7" t="inlineStr">
+      <c r="M8" s="7" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="6" t="inlineStr">
         <is>
           <t>Construction: 41, 42 and 43 divisions</t>
         </is>
       </c>
       <c r="B9" s="6"/>
       <c r="C9" s="6"/>
       <c r="D9" s="6"/>
       <c r="E9" s="6"/>
       <c r="F9" s="6"/>
       <c r="G9" s="6"/>
       <c r="H9" s="6"/>
       <c r="I9" s="6"/>
       <c r="J9" s="6"/>
+      <c r="K9" s="6"/>
+      <c r="L9" s="6"/>
+      <c r="M9" s="6"/>
     </row>
     <row r="10">
       <c r="A10" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    01-02-03 Chemical waste</t>
         </is>
       </c>
       <c r="B10" s="14" t="n">
-        <v>7577.0</v>
+        <v>7422.5</v>
       </c>
       <c r="C10" s="14" t="n">
-        <v>7720.0</v>
+        <v>7577.2</v>
       </c>
       <c r="D10" s="14" t="n">
-        <v>6119.0</v>
+        <v>7720.1</v>
       </c>
       <c r="E10" s="14" t="n">
-        <v>337.0</v>
+        <v>6118.6</v>
       </c>
       <c r="F10" s="14" t="n">
-        <v>616.0</v>
+        <v>1401.3</v>
       </c>
       <c r="G10" s="14" t="n">
-        <v>1726.0</v>
+        <v>336.9</v>
       </c>
       <c r="H10" s="14" t="n">
-        <v>7240.0</v>
+        <v>615.7</v>
       </c>
       <c r="I10" s="14" t="n">
-        <v>7104.0</v>
+        <v>1725.7</v>
       </c>
       <c r="J10" s="14" t="n">
-        <v>4393.0</v>
+        <v>6021.2</v>
+      </c>
+      <c r="K10" s="14" t="n">
+        <v>7240.3</v>
+      </c>
+      <c r="L10" s="14" t="n">
+        <v>7104.4</v>
+      </c>
+      <c r="M10" s="14" t="n">
+        <v>4392.9</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    05 - Medical and biological waste</t>
         </is>
       </c>
       <c r="B11" s="14" t="n">
-        <v>58.0</v>
+        <v>105.7</v>
       </c>
       <c r="C11" s="14" t="n">
-        <v>484.0</v>
+        <v>58.3</v>
       </c>
       <c r="D11" s="14" t="n">
-        <v>71.0</v>
+        <v>483.6</v>
       </c>
       <c r="E11" s="14" t="n">
-        <v>13.0</v>
+        <v>70.7</v>
       </c>
       <c r="F11" s="14" t="n">
-        <v>482.0</v>
+        <v>93.6</v>
       </c>
       <c r="G11" s="14" t="n">
-        <v>70.0</v>
+        <v>13.1</v>
       </c>
       <c r="H11" s="14" t="n">
-        <v>45.0</v>
+        <v>482.4</v>
       </c>
       <c r="I11" s="14" t="n">
-        <v>1.0</v>
+        <v>70.3</v>
       </c>
       <c r="J11" s="14" t="n">
-        <v>0.0</v>
+        <v>12.1</v>
+      </c>
+      <c r="K11" s="14" t="n">
+        <v>45.2</v>
+      </c>
+      <c r="L11" s="14" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="M11" s="14" t="n">
+        <v>0.4</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    06. Metallic wastes</t>
         </is>
       </c>
       <c r="B12" s="14" t="n">
+        <v>101660.8</v>
+      </c>
+      <c r="C12" s="14" t="n">
         <v>74323.0</v>
       </c>
-      <c r="C12" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="D12" s="14" t="n">
-        <v>44814.0</v>
+        <v>49852.5</v>
       </c>
       <c r="E12" s="14" t="n">
+        <v>44814.5</v>
+      </c>
+      <c r="F12" s="14" t="n">
+        <v>101660.8</v>
+      </c>
+      <c r="G12" s="14" t="n">
         <v>74323.0</v>
       </c>
-      <c r="F12" s="14" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="H12" s="14" t="n">
-        <v>0.0</v>
+        <v>49852.5</v>
       </c>
       <c r="I12" s="14" t="n">
-        <v>0.0</v>
+        <v>44814.5</v>
       </c>
       <c r="J12" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K12" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L12" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M12" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.1 Glass wastes (including packaging)</t>
         </is>
       </c>
       <c r="B13" s="14" t="n">
-        <v>3730.0</v>
+        <v>3566.1</v>
       </c>
       <c r="C13" s="14" t="n">
-        <v>3092.0</v>
+        <v>3730.3</v>
       </c>
       <c r="D13" s="14" t="n">
-        <v>4592.0</v>
+        <v>3091.7</v>
       </c>
       <c r="E13" s="14" t="n">
-        <v>3730.0</v>
+        <v>4591.7</v>
       </c>
       <c r="F13" s="14" t="n">
-        <v>3092.0</v>
+        <v>3564.7</v>
       </c>
       <c r="G13" s="14" t="n">
-        <v>4592.0</v>
+        <v>3730.3</v>
       </c>
       <c r="H13" s="14" t="n">
-        <v>0.0</v>
+        <v>3091.7</v>
       </c>
       <c r="I13" s="14" t="n">
-        <v>0.0</v>
+        <v>4591.7</v>
       </c>
       <c r="J13" s="14" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="K13" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L13" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M13" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.2 Paper wastes (including packaging)</t>
         </is>
       </c>
       <c r="B14" s="14" t="n">
-        <v>15644.0</v>
+        <v>22212.2</v>
       </c>
       <c r="C14" s="14" t="n">
-        <v>28091.0</v>
+        <v>15644.3</v>
       </c>
       <c r="D14" s="14" t="n">
-        <v>28894.0</v>
+        <v>28091.1</v>
       </c>
       <c r="E14" s="14" t="n">
-        <v>15644.0</v>
+        <v>28894.1</v>
       </c>
       <c r="F14" s="14" t="n">
-        <v>28091.0</v>
+        <v>22212.2</v>
       </c>
       <c r="G14" s="14" t="n">
-        <v>28894.0</v>
+        <v>15644.3</v>
       </c>
       <c r="H14" s="14" t="n">
-        <v>0.0</v>
+        <v>28091.1</v>
       </c>
       <c r="I14" s="14" t="n">
-        <v>0.0</v>
+        <v>28894.1</v>
       </c>
       <c r="J14" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K14" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L14" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M14" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.3 Rubber wastes</t>
         </is>
       </c>
       <c r="B15" s="14" t="n">
-        <v>559.0</v>
+        <v>1061.3</v>
       </c>
       <c r="C15" s="14" t="n">
-        <v>1243.0</v>
+        <v>559.1</v>
       </c>
       <c r="D15" s="14" t="n">
-        <v>1084.0</v>
+        <v>1242.7</v>
       </c>
       <c r="E15" s="14" t="n">
-        <v>559.0</v>
+        <v>1084.3</v>
       </c>
       <c r="F15" s="14" t="n">
-        <v>1243.0</v>
+        <v>1061.3</v>
       </c>
       <c r="G15" s="14" t="n">
-        <v>1084.0</v>
+        <v>559.1</v>
       </c>
       <c r="H15" s="14" t="n">
-        <v>0.0</v>
+        <v>1242.7</v>
       </c>
       <c r="I15" s="14" t="n">
-        <v>0.0</v>
+        <v>1084.3</v>
       </c>
       <c r="J15" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K15" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L15" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M15" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.4 Plastic wastes (including packaging)</t>
         </is>
       </c>
       <c r="B16" s="14" t="n">
-        <v>19040.0</v>
+        <v>25734.8</v>
       </c>
       <c r="C16" s="14" t="n">
-        <v>17652.0</v>
+        <v>19040.3</v>
       </c>
       <c r="D16" s="14" t="n">
-        <v>12986.0</v>
+        <v>17652.1</v>
       </c>
       <c r="E16" s="14" t="n">
-        <v>19040.0</v>
+        <v>12986.4</v>
       </c>
       <c r="F16" s="14" t="n">
-        <v>17652.0</v>
+        <v>25734.8</v>
       </c>
       <c r="G16" s="14" t="n">
-        <v>12986.0</v>
+        <v>19040.3</v>
       </c>
       <c r="H16" s="14" t="n">
-        <v>0.0</v>
+        <v>17652.1</v>
       </c>
       <c r="I16" s="14" t="n">
-        <v>0.0</v>
+        <v>12986.4</v>
       </c>
       <c r="J16" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K16" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L16" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M16" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.5 Wood wastes (including packaging)</t>
         </is>
       </c>
       <c r="B17" s="14" t="n">
-        <v>80079.0</v>
+        <v>84555.4</v>
       </c>
       <c r="C17" s="14" t="n">
-        <v>59205.0</v>
+        <v>80078.5</v>
       </c>
       <c r="D17" s="14" t="n">
-        <v>68581.0</v>
+        <v>59205.1</v>
       </c>
       <c r="E17" s="14" t="n">
-        <v>80069.0</v>
+        <v>68581.2</v>
       </c>
       <c r="F17" s="14" t="n">
+        <v>84513.7</v>
+      </c>
+      <c r="G17" s="14" t="n">
+        <v>80069.1</v>
+      </c>
+      <c r="H17" s="14" t="n">
         <v>59204.0</v>
       </c>
-      <c r="G17" s="14" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="I17" s="14" t="n">
-        <v>1.0</v>
+        <v>68581.2</v>
       </c>
       <c r="J17" s="14" t="n">
+        <v>41.7</v>
+      </c>
+      <c r="K17" s="14" t="n">
+        <v>9.4</v>
+      </c>
+      <c r="L17" s="14" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="M17" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.6 Textile wastes</t>
         </is>
       </c>
       <c r="B18" s="14" t="n">
-        <v>15.0</v>
+        <v>3.5</v>
       </c>
       <c r="C18" s="14" t="n">
-        <v>111.0</v>
+        <v>15.1</v>
       </c>
       <c r="D18" s="14" t="n">
-        <v>76.0</v>
+        <v>110.9</v>
       </c>
       <c r="E18" s="14" t="n">
-        <v>15.0</v>
+        <v>76.3</v>
       </c>
       <c r="F18" s="14" t="n">
-        <v>111.0</v>
+        <v>3.5</v>
       </c>
       <c r="G18" s="14" t="n">
-        <v>76.0</v>
+        <v>15.1</v>
       </c>
       <c r="H18" s="14" t="n">
-        <v>0.0</v>
+        <v>110.9</v>
       </c>
       <c r="I18" s="14" t="n">
-        <v>0.0</v>
+        <v>76.3</v>
       </c>
       <c r="J18" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K18" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L18" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M18" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.7 PCB waste</t>
         </is>
       </c>
       <c r="B19" s="14" t="n">
-        <v>15.0</v>
+        <v>9.2</v>
       </c>
       <c r="C19" s="14" t="n">
-        <v>1.0</v>
+        <v>15.1</v>
       </c>
       <c r="D19" s="14" t="n">
-        <v>18.0</v>
+        <v>1.1</v>
       </c>
       <c r="E19" s="14" t="n">
-        <v>0.0</v>
+        <v>18.3</v>
       </c>
       <c r="F19" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="G19" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="H19" s="14" t="n">
-        <v>15.0</v>
+        <v>0.0</v>
       </c>
       <c r="I19" s="14" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="J19" s="14" t="n">
-        <v>18.0</v>
+        <v>9.2</v>
+      </c>
+      <c r="K19" s="14" t="n">
+        <v>15.1</v>
+      </c>
+      <c r="L19" s="14" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="M19" s="14" t="n">
+        <v>18.3</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    08 Discarded equipment</t>
         </is>
       </c>
       <c r="B20" s="14" t="n">
-        <v>5293.0</v>
+        <v>5396.0</v>
       </c>
       <c r="C20" s="14" t="n">
-        <v>6915.0</v>
+        <v>5292.8</v>
       </c>
       <c r="D20" s="14" t="n">
-        <v>1965.0</v>
+        <v>6914.5</v>
       </c>
       <c r="E20" s="14" t="n">
-        <v>3377.0</v>
+        <v>1965.4</v>
       </c>
       <c r="F20" s="14" t="n">
-        <v>3329.0</v>
+        <v>3189.3</v>
       </c>
       <c r="G20" s="14" t="n">
-        <v>637.0</v>
+        <v>3377.3</v>
       </c>
       <c r="H20" s="14" t="n">
-        <v>1916.0</v>
+        <v>3328.7</v>
       </c>
       <c r="I20" s="14" t="n">
-        <v>3586.0</v>
+        <v>636.8</v>
       </c>
       <c r="J20" s="14" t="n">
-        <v>1329.0</v>
+        <v>2206.7</v>
+      </c>
+      <c r="K20" s="14" t="n">
+        <v>1915.5</v>
+      </c>
+      <c r="L20" s="14" t="n">
+        <v>3585.8</v>
+      </c>
+      <c r="M20" s="14" t="n">
+        <v>1328.6</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    09 Animal and vegetable wastes</t>
         </is>
       </c>
       <c r="B21" s="14" t="n">
-        <v>31624.0</v>
+        <v>46537.7</v>
       </c>
       <c r="C21" s="14" t="n">
-        <v>24661.0</v>
+        <v>31623.9</v>
       </c>
       <c r="D21" s="14" t="n">
-        <v>50139.0</v>
+        <v>24661.2</v>
       </c>
       <c r="E21" s="14" t="n">
-        <v>31624.0</v>
+        <v>50139.2</v>
       </c>
       <c r="F21" s="14" t="n">
-        <v>24661.0</v>
+        <v>46537.7</v>
       </c>
       <c r="G21" s="14" t="n">
-        <v>50139.0</v>
+        <v>31623.9</v>
       </c>
       <c r="H21" s="14" t="n">
-        <v>0.0</v>
+        <v>24661.2</v>
       </c>
       <c r="I21" s="14" t="n">
-        <v>0.0</v>
+        <v>50139.2</v>
       </c>
       <c r="J21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L21" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M21" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    10 Mixed ordinary wastes</t>
         </is>
       </c>
       <c r="B22" s="14" t="n">
-        <v>37959.0</v>
+        <v>32355.7</v>
       </c>
       <c r="C22" s="14" t="n">
-        <v>35039.0</v>
+        <v>37959.4</v>
       </c>
       <c r="D22" s="14" t="n">
-        <v>31562.0</v>
+        <v>35039.4</v>
       </c>
       <c r="E22" s="14" t="n">
-        <v>37928.0</v>
+        <v>31561.6</v>
       </c>
       <c r="F22" s="14" t="n">
-        <v>35007.0</v>
+        <v>32289.2</v>
       </c>
       <c r="G22" s="14" t="n">
-        <v>31542.0</v>
+        <v>37928.1</v>
       </c>
       <c r="H22" s="14" t="n">
-        <v>31.0</v>
+        <v>35006.6</v>
       </c>
       <c r="I22" s="14" t="n">
-        <v>33.0</v>
+        <v>31541.9</v>
       </c>
       <c r="J22" s="14" t="n">
-        <v>20.0</v>
+        <v>66.5</v>
+      </c>
+      <c r="K22" s="14" t="n">
+        <v>31.3</v>
+      </c>
+      <c r="L22" s="14" t="n">
+        <v>32.8</v>
+      </c>
+      <c r="M22" s="14" t="n">
+        <v>19.7</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    11 Common sludges</t>
         </is>
       </c>
       <c r="B23" s="14" t="n">
-        <v>5577.0</v>
+        <v>17313.5</v>
       </c>
       <c r="C23" s="14" t="n">
-        <v>2639.0</v>
+        <v>5576.8</v>
       </c>
       <c r="D23" s="14" t="n">
-        <v>3262.0</v>
+        <v>2638.7</v>
       </c>
       <c r="E23" s="14" t="n">
-        <v>5577.0</v>
+        <v>3262.1</v>
       </c>
       <c r="F23" s="14" t="n">
-        <v>2639.0</v>
+        <v>17313.5</v>
       </c>
       <c r="G23" s="14" t="n">
-        <v>3262.0</v>
+        <v>5576.8</v>
       </c>
       <c r="H23" s="14" t="n">
-        <v>0.0</v>
+        <v>2638.7</v>
       </c>
       <c r="I23" s="14" t="n">
-        <v>0.0</v>
+        <v>3262.1</v>
       </c>
       <c r="J23" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K23" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L23" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M23" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    12 and 13  Mineral wastes and solidified and vitrified waste</t>
         </is>
       </c>
       <c r="B24" s="14" t="n">
-        <v>3.0242475E7</v>
+        <v>3.61067172E7</v>
       </c>
       <c r="C24" s="14" t="n">
-        <v>2.4657817E7</v>
+        <v>3.02424747E7</v>
       </c>
       <c r="D24" s="14" t="n">
-        <v>2.1324312E7</v>
+        <v>2.46578172E7</v>
       </c>
       <c r="E24" s="14" t="n">
-        <v>3.0044334E7</v>
+        <v>2.13243124E7</v>
       </c>
       <c r="F24" s="14" t="n">
+        <v>3.59264006E7</v>
+      </c>
+      <c r="G24" s="14" t="n">
+        <v>3.00443339E7</v>
+      </c>
+      <c r="H24" s="14" t="n">
         <v>2.4595153E7</v>
       </c>
-      <c r="G24" s="14" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="I24" s="14" t="n">
-        <v>62664.0</v>
+        <v>2.13003307E7</v>
       </c>
       <c r="J24" s="14" t="n">
-        <v>23982.0</v>
+        <v>180316.6</v>
+      </c>
+      <c r="K24" s="14" t="n">
+        <v>198140.8</v>
+      </c>
+      <c r="L24" s="14" t="n">
+        <v>62664.2</v>
+      </c>
+      <c r="M24" s="14" t="n">
+        <v>23981.7</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    TOTAL</t>
         </is>
       </c>
       <c r="B25" s="14" t="n">
-        <v>3.0523969E7</v>
+        <v>3.64546516E7</v>
       </c>
       <c r="C25" s="14" t="n">
-        <v>2.4894522E7</v>
+        <v>3.05239688E7</v>
       </c>
       <c r="D25" s="14" t="n">
-        <v>2.1578477E7</v>
+        <v>2.48945219E7</v>
       </c>
       <c r="E25" s="14" t="n">
-        <v>3.0316571E7</v>
+        <v>2.15784768E7</v>
       </c>
       <c r="F25" s="14" t="n">
-        <v>2.4821131E7</v>
+        <v>3.62659762E7</v>
       </c>
       <c r="G25" s="14" t="n">
-        <v>2.1548735E7</v>
+        <v>3.03165712E7</v>
       </c>
       <c r="H25" s="14" t="n">
-        <v>207398.0</v>
+        <v>2.48211313E7</v>
       </c>
       <c r="I25" s="14" t="n">
-        <v>73391.0</v>
+        <v>2.15487352E7</v>
       </c>
       <c r="J25" s="14" t="n">
-        <v>29741.0</v>
+        <v>188675.4</v>
+      </c>
+      <c r="K25" s="14" t="n">
+        <v>207397.6</v>
+      </c>
+      <c r="L25" s="14" t="n">
+        <v>73390.6</v>
+      </c>
+      <c r="M25" s="14" t="n">
+        <v>29741.6</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="6" t="inlineStr">
         <is>
           <t>All activities: G, H, I, J, L, M, N, P, Q ,R and S divisions</t>
         </is>
       </c>
       <c r="B26" s="6"/>
       <c r="C26" s="6"/>
       <c r="D26" s="6"/>
       <c r="E26" s="6"/>
       <c r="F26" s="6"/>
       <c r="G26" s="6"/>
       <c r="H26" s="6"/>
       <c r="I26" s="6"/>
       <c r="J26" s="6"/>
+      <c r="K26" s="6"/>
+      <c r="L26" s="6"/>
+      <c r="M26" s="6"/>
     </row>
     <row r="27">
       <c r="A27" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    01-02-03 Chemical waste</t>
         </is>
       </c>
       <c r="B27" s="14" t="n">
-        <v>157359.0</v>
+        <v>148428.5</v>
       </c>
       <c r="C27" s="14" t="n">
-        <v>113953.0</v>
+        <v>157358.6</v>
       </c>
       <c r="D27" s="14" t="n">
-        <v>116247.0</v>
+        <v>7074.4</v>
       </c>
       <c r="E27" s="14" t="n">
-        <v>6848.0</v>
+        <v>116247.3</v>
       </c>
       <c r="F27" s="14" t="n">
-        <v>7074.0</v>
+        <v>6037.6</v>
       </c>
       <c r="G27" s="14" t="n">
-        <v>6933.0</v>
+        <v>6847.6</v>
       </c>
       <c r="H27" s="14" t="n">
+        <v>106878.5</v>
+      </c>
+      <c r="I27" s="14" t="n">
+        <v>6933.3</v>
+      </c>
+      <c r="J27" s="14" t="n">
+        <v>142390.9</v>
+      </c>
+      <c r="K27" s="14" t="n">
         <v>150511.0</v>
       </c>
-      <c r="I27" s="14" t="n">
-[...2 lines deleted...]
-      <c r="J27" s="14" t="n">
+      <c r="L27" s="14" t="n">
+        <v>113952.9</v>
+      </c>
+      <c r="M27" s="14" t="n">
         <v>109314.0</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    05 - Medical and biological waste</t>
         </is>
       </c>
       <c r="B28" s="14" t="n">
-        <v>103651.0</v>
+        <v>99381.5</v>
       </c>
       <c r="C28" s="14" t="n">
-        <v>71848.0</v>
+        <v>103650.6</v>
       </c>
       <c r="D28" s="14" t="n">
-        <v>63262.0</v>
+        <v>45560.1</v>
       </c>
       <c r="E28" s="14" t="n">
-        <v>49889.0</v>
+        <v>63261.6</v>
       </c>
       <c r="F28" s="14" t="n">
-        <v>45560.0</v>
+        <v>70325.1</v>
       </c>
       <c r="G28" s="14" t="n">
-        <v>43583.0</v>
+        <v>49888.7</v>
       </c>
       <c r="H28" s="14" t="n">
-        <v>53762.0</v>
+        <v>26287.6</v>
       </c>
       <c r="I28" s="14" t="n">
-        <v>26288.0</v>
+        <v>43582.5</v>
       </c>
       <c r="J28" s="14" t="n">
-        <v>19679.0</v>
+        <v>29056.4</v>
+      </c>
+      <c r="K28" s="14" t="n">
+        <v>53761.9</v>
+      </c>
+      <c r="L28" s="14" t="n">
+        <v>71847.7</v>
+      </c>
+      <c r="M28" s="14" t="n">
+        <v>19679.1</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    06. Metallic wastes</t>
         </is>
       </c>
       <c r="B29" s="14" t="n">
-        <v>153010.0</v>
+        <v>121636.9</v>
       </c>
       <c r="C29" s="14" t="n">
-        <v>185141.0</v>
+        <v>153009.9</v>
       </c>
       <c r="D29" s="14" t="n">
-        <v>123690.0</v>
+        <v>185140.9</v>
       </c>
       <c r="E29" s="14" t="n">
-        <v>153010.0</v>
+        <v>123690.4</v>
       </c>
       <c r="F29" s="14" t="n">
-        <v>185141.0</v>
+        <v>121636.9</v>
       </c>
       <c r="G29" s="14" t="n">
-        <v>123690.0</v>
+        <v>153009.9</v>
       </c>
       <c r="H29" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="I29" s="14" t="n">
-        <v>0.0</v>
+        <v>123690.4</v>
       </c>
       <c r="J29" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K29" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L29" s="14" t="n">
+        <v>185140.9</v>
+      </c>
+      <c r="M29" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.1 Glass wastes (including packaging)</t>
         </is>
       </c>
       <c r="B30" s="14" t="n">
-        <v>65621.0</v>
+        <v>80655.3</v>
       </c>
       <c r="C30" s="14" t="n">
-        <v>63025.0</v>
+        <v>65621.1</v>
       </c>
       <c r="D30" s="14" t="n">
-        <v>59267.0</v>
+        <v>63024.4</v>
       </c>
       <c r="E30" s="14" t="n">
-        <v>65621.0</v>
+        <v>59267.2</v>
       </c>
       <c r="F30" s="14" t="n">
-        <v>63024.0</v>
+        <v>80654.6</v>
       </c>
       <c r="G30" s="14" t="n">
-        <v>59267.0</v>
+        <v>65621.1</v>
       </c>
       <c r="H30" s="14" t="n">
-        <v>0.0</v>
+        <v>0.2</v>
       </c>
       <c r="I30" s="14" t="n">
-        <v>0.0</v>
+        <v>59267.2</v>
       </c>
       <c r="J30" s="14" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="K30" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L30" s="14" t="n">
+        <v>63024.6</v>
+      </c>
+      <c r="M30" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.2 Paper wastes (including packaging)</t>
         </is>
       </c>
       <c r="B31" s="14" t="n">
+        <v>1178605.2</v>
+      </c>
+      <c r="C31" s="14" t="n">
         <v>1092766.0</v>
       </c>
-      <c r="C31" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="D31" s="14" t="n">
-        <v>1051394.0</v>
+        <v>954291.1</v>
       </c>
       <c r="E31" s="14" t="n">
+        <v>1051393.6</v>
+      </c>
+      <c r="F31" s="14" t="n">
+        <v>1178605.2</v>
+      </c>
+      <c r="G31" s="14" t="n">
         <v>1092766.0</v>
       </c>
-      <c r="F31" s="14" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="H31" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="I31" s="14" t="n">
-        <v>0.0</v>
+        <v>1051393.6</v>
       </c>
       <c r="J31" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K31" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L31" s="14" t="n">
+        <v>954291.1</v>
+      </c>
+      <c r="M31" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.3 Rubber wastes</t>
         </is>
       </c>
       <c r="B32" s="14" t="n">
-        <v>84147.0</v>
+        <v>89665.0</v>
       </c>
       <c r="C32" s="14" t="n">
-        <v>77733.0</v>
+        <v>84146.7</v>
       </c>
       <c r="D32" s="14" t="n">
-        <v>42887.0</v>
+        <v>77732.8</v>
       </c>
       <c r="E32" s="14" t="n">
-        <v>84147.0</v>
+        <v>42887.2</v>
       </c>
       <c r="F32" s="14" t="n">
-        <v>77733.0</v>
+        <v>89665.0</v>
       </c>
       <c r="G32" s="14" t="n">
-        <v>42887.0</v>
+        <v>84146.7</v>
       </c>
       <c r="H32" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="I32" s="14" t="n">
-        <v>0.0</v>
+        <v>42887.2</v>
       </c>
       <c r="J32" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K32" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L32" s="14" t="n">
+        <v>77732.8</v>
+      </c>
+      <c r="M32" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.4 Plastic wastes (including packaging)</t>
         </is>
       </c>
       <c r="B33" s="14" t="n">
-        <v>198979.0</v>
+        <v>236968.5</v>
       </c>
       <c r="C33" s="14" t="n">
-        <v>169334.0</v>
+        <v>198979.4</v>
       </c>
       <c r="D33" s="14" t="n">
-        <v>175428.0</v>
+        <v>169334.1</v>
       </c>
       <c r="E33" s="14" t="n">
-        <v>198979.0</v>
+        <v>175427.8</v>
       </c>
       <c r="F33" s="14" t="n">
-        <v>169334.0</v>
+        <v>236968.5</v>
       </c>
       <c r="G33" s="14" t="n">
-        <v>175428.0</v>
+        <v>198979.4</v>
       </c>
       <c r="H33" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="I33" s="14" t="n">
-        <v>0.0</v>
+        <v>175427.8</v>
       </c>
       <c r="J33" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K33" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L33" s="14" t="n">
+        <v>169334.1</v>
+      </c>
+      <c r="M33" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.5 Wood wastes (including packaging)</t>
         </is>
       </c>
       <c r="B34" s="14" t="n">
-        <v>140950.0</v>
+        <v>161252.4</v>
       </c>
       <c r="C34" s="14" t="n">
-        <v>133732.0</v>
+        <v>140949.9</v>
       </c>
       <c r="D34" s="14" t="n">
-        <v>121440.0</v>
+        <v>133707.4</v>
       </c>
       <c r="E34" s="14" t="n">
-        <v>140946.0</v>
+        <v>121440.2</v>
       </c>
       <c r="F34" s="14" t="n">
-        <v>133707.0</v>
+        <v>160941.0</v>
       </c>
       <c r="G34" s="14" t="n">
-        <v>121298.0</v>
+        <v>140945.7</v>
       </c>
       <c r="H34" s="14" t="n">
-        <v>4.0</v>
+        <v>24.2</v>
       </c>
       <c r="I34" s="14" t="n">
-        <v>24.0</v>
+        <v>121297.9</v>
       </c>
       <c r="J34" s="14" t="n">
-        <v>142.0</v>
+        <v>311.4</v>
+      </c>
+      <c r="K34" s="14" t="n">
+        <v>4.2</v>
+      </c>
+      <c r="L34" s="14" t="n">
+        <v>133731.6</v>
+      </c>
+      <c r="M34" s="14" t="n">
+        <v>142.3</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.6 Textile wastes</t>
         </is>
       </c>
       <c r="B35" s="14" t="n">
-        <v>3668.0</v>
+        <v>3711.2</v>
       </c>
       <c r="C35" s="14" t="n">
-        <v>2783.0</v>
+        <v>3668.3</v>
       </c>
       <c r="D35" s="14" t="n">
-        <v>4059.0</v>
+        <v>2783.2</v>
       </c>
       <c r="E35" s="14" t="n">
-        <v>3668.0</v>
+        <v>4058.9</v>
       </c>
       <c r="F35" s="14" t="n">
-        <v>2783.0</v>
+        <v>3711.2</v>
       </c>
       <c r="G35" s="14" t="n">
-        <v>4059.0</v>
+        <v>3668.3</v>
       </c>
       <c r="H35" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="I35" s="14" t="n">
-        <v>0.0</v>
+        <v>4058.9</v>
       </c>
       <c r="J35" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K35" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L35" s="14" t="n">
+        <v>2783.2</v>
+      </c>
+      <c r="M35" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.7 PCB waste</t>
         </is>
       </c>
       <c r="B36" s="14" t="n">
-        <v>59.0</v>
+        <v>64.5</v>
       </c>
       <c r="C36" s="14" t="n">
-        <v>23.0</v>
+        <v>58.6</v>
       </c>
       <c r="D36" s="14" t="n">
-        <v>91.0</v>
+        <v>0.0</v>
       </c>
       <c r="E36" s="14" t="n">
-        <v>0.0</v>
+        <v>90.6</v>
       </c>
       <c r="F36" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="G36" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="H36" s="14" t="n">
-        <v>59.0</v>
+        <v>23.3</v>
       </c>
       <c r="I36" s="14" t="n">
-        <v>23.0</v>
+        <v>0.0</v>
       </c>
       <c r="J36" s="14" t="n">
-        <v>91.0</v>
+        <v>64.5</v>
+      </c>
+      <c r="K36" s="14" t="n">
+        <v>58.6</v>
+      </c>
+      <c r="L36" s="14" t="n">
+        <v>23.3</v>
+      </c>
+      <c r="M36" s="14" t="n">
+        <v>90.6</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    08 Discarded equipment</t>
         </is>
       </c>
       <c r="B37" s="14" t="n">
-        <v>289649.0</v>
+        <v>324793.5</v>
       </c>
       <c r="C37" s="14" t="n">
-        <v>221630.0</v>
+        <v>289648.9</v>
       </c>
       <c r="D37" s="14" t="n">
-        <v>238408.0</v>
+        <v>167848.9</v>
       </c>
       <c r="E37" s="14" t="n">
+        <v>238407.9</v>
+      </c>
+      <c r="F37" s="14" t="n">
+        <v>238580.9</v>
+      </c>
+      <c r="G37" s="14" t="n">
         <v>210266.0</v>
       </c>
-      <c r="F37" s="14" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="H37" s="14" t="n">
-        <v>79383.0</v>
+        <v>53781.2</v>
       </c>
       <c r="I37" s="14" t="n">
-        <v>53781.0</v>
+        <v>178727.7</v>
       </c>
       <c r="J37" s="14" t="n">
-        <v>59680.0</v>
+        <v>86212.6</v>
+      </c>
+      <c r="K37" s="14" t="n">
+        <v>79382.9</v>
+      </c>
+      <c r="L37" s="14" t="n">
+        <v>221630.1</v>
+      </c>
+      <c r="M37" s="14" t="n">
+        <v>59680.2</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    09 Animal and vegetable wastes</t>
         </is>
       </c>
       <c r="B38" s="14" t="n">
-        <v>632818.0</v>
+        <v>664507.4</v>
       </c>
       <c r="C38" s="14" t="n">
-        <v>596132.0</v>
+        <v>632818.5</v>
       </c>
       <c r="D38" s="14" t="n">
-        <v>608935.0</v>
+        <v>596131.9</v>
       </c>
       <c r="E38" s="14" t="n">
-        <v>632818.0</v>
+        <v>608934.7</v>
       </c>
       <c r="F38" s="14" t="n">
-        <v>596132.0</v>
+        <v>664507.4</v>
       </c>
       <c r="G38" s="14" t="n">
-        <v>608935.0</v>
+        <v>632818.5</v>
       </c>
       <c r="H38" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="I38" s="14" t="n">
-        <v>0.0</v>
+        <v>608934.7</v>
       </c>
       <c r="J38" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K38" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L38" s="14" t="n">
+        <v>596131.9</v>
+      </c>
+      <c r="M38" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    10 Mixed ordinary wastes</t>
         </is>
       </c>
       <c r="B39" s="14" t="n">
-        <v>743013.0</v>
+        <v>966267.5</v>
       </c>
       <c r="C39" s="14" t="n">
-        <v>656304.0</v>
+        <v>743012.8</v>
       </c>
       <c r="D39" s="14" t="n">
-        <v>787218.0</v>
+        <v>655220.8</v>
       </c>
       <c r="E39" s="14" t="n">
-        <v>741898.0</v>
+        <v>787217.6</v>
       </c>
       <c r="F39" s="14" t="n">
-        <v>655221.0</v>
+        <v>965486.2</v>
       </c>
       <c r="G39" s="14" t="n">
-        <v>785740.0</v>
+        <v>741898.5</v>
       </c>
       <c r="H39" s="14" t="n">
-        <v>1114.0</v>
+        <v>1082.8</v>
       </c>
       <c r="I39" s="14" t="n">
-        <v>1083.0</v>
+        <v>785740.2</v>
       </c>
       <c r="J39" s="14" t="n">
-        <v>1477.0</v>
+        <v>781.3</v>
+      </c>
+      <c r="K39" s="14" t="n">
+        <v>1114.3</v>
+      </c>
+      <c r="L39" s="14" t="n">
+        <v>656303.6</v>
+      </c>
+      <c r="M39" s="14" t="n">
+        <v>1477.4</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    11 Common sludges</t>
         </is>
       </c>
       <c r="B40" s="14" t="n">
-        <v>5374.0</v>
+        <v>4024.8</v>
       </c>
       <c r="C40" s="14" t="n">
-        <v>4747.0</v>
+        <v>5373.7</v>
       </c>
       <c r="D40" s="14" t="n">
-        <v>3709.0</v>
+        <v>4747.2</v>
       </c>
       <c r="E40" s="14" t="n">
-        <v>5374.0</v>
+        <v>3708.7</v>
       </c>
       <c r="F40" s="14" t="n">
-        <v>4747.0</v>
+        <v>4024.8</v>
       </c>
       <c r="G40" s="14" t="n">
-        <v>3709.0</v>
+        <v>5373.7</v>
       </c>
       <c r="H40" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="I40" s="14" t="n">
-        <v>0.0</v>
+        <v>3708.7</v>
       </c>
       <c r="J40" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K40" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L40" s="14" t="n">
+        <v>4747.2</v>
+      </c>
+      <c r="M40" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    12 and 13  Mineral wastes and solidified and vitrified waste</t>
         </is>
       </c>
       <c r="B41" s="14" t="n">
+        <v>103885.1</v>
+      </c>
+      <c r="C41" s="14" t="n">
         <v>65125.0</v>
       </c>
-      <c r="C41" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="D41" s="14" t="n">
+        <v>75902.5</v>
+      </c>
+      <c r="E41" s="14" t="n">
         <v>75922.0</v>
       </c>
-      <c r="E41" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="F41" s="14" t="n">
-        <v>75903.0</v>
+        <v>103201.6</v>
       </c>
       <c r="G41" s="14" t="n">
-        <v>74982.0</v>
+        <v>64279.6</v>
       </c>
       <c r="H41" s="14" t="n">
-        <v>845.0</v>
+        <v>581.0</v>
       </c>
       <c r="I41" s="14" t="n">
-        <v>581.0</v>
+        <v>74982.1</v>
       </c>
       <c r="J41" s="14" t="n">
-        <v>940.0</v>
+        <v>683.5</v>
+      </c>
+      <c r="K41" s="14" t="n">
+        <v>845.4</v>
+      </c>
+      <c r="L41" s="14" t="n">
+        <v>76483.5</v>
+      </c>
+      <c r="M41" s="14" t="n">
+        <v>939.9</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    TOTAL</t>
         </is>
       </c>
       <c r="B42" s="14" t="n">
+        <v>4183847.3</v>
+      </c>
+      <c r="C42" s="14" t="n">
         <v>3736188.0</v>
       </c>
-      <c r="C42" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="D42" s="14" t="n">
-        <v>3471956.0</v>
+        <v>3138499.7</v>
       </c>
       <c r="E42" s="14" t="n">
-        <v>3450510.0</v>
+        <v>3471955.7</v>
       </c>
       <c r="F42" s="14" t="n">
-        <v>3138500.0</v>
+        <v>3924346.0</v>
       </c>
       <c r="G42" s="14" t="n">
-        <v>3280632.0</v>
+        <v>3450509.7</v>
       </c>
       <c r="H42" s="14" t="n">
-        <v>285678.0</v>
+        <v>188658.8</v>
       </c>
       <c r="I42" s="14" t="n">
-        <v>188659.0</v>
+        <v>3280632.2</v>
       </c>
       <c r="J42" s="14" t="n">
-        <v>191324.0</v>
+        <v>259501.3</v>
+      </c>
+      <c r="K42" s="14" t="n">
+        <v>285678.3</v>
+      </c>
+      <c r="L42" s="14" t="n">
+        <v>3327158.5</v>
+      </c>
+      <c r="M42" s="14" t="n">
+        <v>191323.5</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="6" t="inlineStr">
         <is>
           <t>Sale and repair of motor vehicles and motorcycles: 45 division</t>
         </is>
       </c>
       <c r="B43" s="6"/>
       <c r="C43" s="6"/>
       <c r="D43" s="6"/>
       <c r="E43" s="6"/>
       <c r="F43" s="6"/>
       <c r="G43" s="6"/>
       <c r="H43" s="6"/>
       <c r="I43" s="6"/>
       <c r="J43" s="6"/>
+      <c r="K43" s="6"/>
+      <c r="L43" s="6"/>
+      <c r="M43" s="6"/>
     </row>
     <row r="44">
       <c r="A44" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    01-02-03 Chemical waste</t>
         </is>
       </c>
       <c r="B44" s="14" t="n">
-        <v>53054.0</v>
+        <v>56311.9</v>
       </c>
       <c r="C44" s="14" t="n">
-        <v>43668.0</v>
+        <v>53054.4</v>
       </c>
       <c r="D44" s="14" t="n">
-        <v>41154.0</v>
+        <v>43667.9</v>
       </c>
       <c r="E44" s="14" t="n">
+        <v>41154.3</v>
+      </c>
+      <c r="F44" s="14" t="n">
+        <v>1182.8</v>
+      </c>
+      <c r="G44" s="14" t="n">
         <v>822.0</v>
       </c>
-      <c r="F44" s="14" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="H44" s="14" t="n">
-        <v>52232.0</v>
+        <v>305.1</v>
       </c>
       <c r="I44" s="14" t="n">
-        <v>43363.0</v>
+        <v>723.4</v>
       </c>
       <c r="J44" s="14" t="n">
-        <v>40431.0</v>
+        <v>55129.1</v>
+      </c>
+      <c r="K44" s="14" t="n">
+        <v>52232.4</v>
+      </c>
+      <c r="L44" s="14" t="n">
+        <v>43362.8</v>
+      </c>
+      <c r="M44" s="14" t="n">
+        <v>40430.9</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    05 - Medical and biological waste</t>
         </is>
       </c>
       <c r="B45" s="14" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="C45" s="14" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="D45" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="E45" s="14" t="n">
+        <v>48.2</v>
+      </c>
+      <c r="F45" s="14" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="G45" s="14" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="H45" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="I45" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J45" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K45" s="14" t="n">
         <v>2.0</v>
       </c>
-      <c r="C45" s="14" t="n">
-[...21 lines deleted...]
-        <v>48.0</v>
+      <c r="L45" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M45" s="14" t="n">
+        <v>48.2</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    06. Metallic wastes</t>
         </is>
       </c>
       <c r="B46" s="14" t="n">
-        <v>13371.0</v>
+        <v>13143.2</v>
       </c>
       <c r="C46" s="14" t="n">
-        <v>10388.0</v>
+        <v>13371.3</v>
       </c>
       <c r="D46" s="14" t="n">
-        <v>8795.0</v>
+        <v>10387.6</v>
       </c>
       <c r="E46" s="14" t="n">
-        <v>13371.0</v>
+        <v>8795.4</v>
       </c>
       <c r="F46" s="14" t="n">
-        <v>10388.0</v>
+        <v>13143.2</v>
       </c>
       <c r="G46" s="14" t="n">
-        <v>8795.0</v>
+        <v>13371.3</v>
       </c>
       <c r="H46" s="14" t="n">
-        <v>0.0</v>
+        <v>10387.6</v>
       </c>
       <c r="I46" s="14" t="n">
-        <v>0.0</v>
+        <v>8795.4</v>
       </c>
       <c r="J46" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K46" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L46" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M46" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.1 Glass wastes (including packaging)</t>
         </is>
       </c>
       <c r="B47" s="14" t="n">
-        <v>1600.0</v>
+        <v>8663.9</v>
       </c>
       <c r="C47" s="14" t="n">
-        <v>5780.0</v>
+        <v>1600.1</v>
       </c>
       <c r="D47" s="14" t="n">
-        <v>1660.0</v>
+        <v>5780.4</v>
       </c>
       <c r="E47" s="14" t="n">
-        <v>1600.0</v>
+        <v>1660.5</v>
       </c>
       <c r="F47" s="14" t="n">
-        <v>5780.0</v>
+        <v>8663.9</v>
       </c>
       <c r="G47" s="14" t="n">
-        <v>1660.0</v>
+        <v>1600.1</v>
       </c>
       <c r="H47" s="14" t="n">
-        <v>0.0</v>
+        <v>5780.4</v>
       </c>
       <c r="I47" s="14" t="n">
-        <v>0.0</v>
+        <v>1660.5</v>
       </c>
       <c r="J47" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K47" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L47" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M47" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.2 Paper wastes (including packaging)</t>
         </is>
       </c>
       <c r="B48" s="14" t="n">
-        <v>8511.0</v>
+        <v>8233.5</v>
       </c>
       <c r="C48" s="14" t="n">
-        <v>7686.0</v>
+        <v>8511.4</v>
       </c>
       <c r="D48" s="14" t="n">
+        <v>7685.8</v>
+      </c>
+      <c r="E48" s="14" t="n">
         <v>6804.0</v>
       </c>
-      <c r="E48" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="F48" s="14" t="n">
-        <v>7686.0</v>
+        <v>8233.5</v>
       </c>
       <c r="G48" s="14" t="n">
+        <v>8511.4</v>
+      </c>
+      <c r="H48" s="14" t="n">
+        <v>7685.8</v>
+      </c>
+      <c r="I48" s="14" t="n">
         <v>6804.0</v>
       </c>
-      <c r="H48" s="14" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="J48" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K48" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L48" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M48" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.3 Rubber wastes</t>
         </is>
       </c>
       <c r="B49" s="14" t="n">
-        <v>69511.0</v>
+        <v>79461.7</v>
       </c>
       <c r="C49" s="14" t="n">
-        <v>66320.0</v>
+        <v>69510.5</v>
       </c>
       <c r="D49" s="14" t="n">
-        <v>30557.0</v>
+        <v>66320.2</v>
       </c>
       <c r="E49" s="14" t="n">
-        <v>69511.0</v>
+        <v>30556.5</v>
       </c>
       <c r="F49" s="14" t="n">
-        <v>66320.0</v>
+        <v>79461.7</v>
       </c>
       <c r="G49" s="14" t="n">
-        <v>30557.0</v>
+        <v>69510.5</v>
       </c>
       <c r="H49" s="14" t="n">
-        <v>0.0</v>
+        <v>66320.2</v>
       </c>
       <c r="I49" s="14" t="n">
-        <v>0.0</v>
+        <v>30556.5</v>
       </c>
       <c r="J49" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K49" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L49" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M49" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.4 Plastic wastes (including packaging)</t>
         </is>
       </c>
       <c r="B50" s="14" t="n">
+        <v>5421.4</v>
+      </c>
+      <c r="C50" s="14" t="n">
         <v>4068.0</v>
       </c>
-      <c r="C50" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="D50" s="14" t="n">
-        <v>3125.0</v>
+        <v>4014.1</v>
       </c>
       <c r="E50" s="14" t="n">
+        <v>3125.2</v>
+      </c>
+      <c r="F50" s="14" t="n">
+        <v>5421.4</v>
+      </c>
+      <c r="G50" s="14" t="n">
         <v>4068.0</v>
       </c>
-      <c r="F50" s="14" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="H50" s="14" t="n">
-        <v>0.0</v>
+        <v>4014.1</v>
       </c>
       <c r="I50" s="14" t="n">
-        <v>0.0</v>
+        <v>3125.2</v>
       </c>
       <c r="J50" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K50" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L50" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M50" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.5 Wood wastes (including packaging)</t>
         </is>
       </c>
       <c r="B51" s="14" t="n">
-        <v>3812.0</v>
+        <v>2940.7</v>
       </c>
       <c r="C51" s="14" t="n">
-        <v>1939.0</v>
+        <v>3811.5</v>
       </c>
       <c r="D51" s="14" t="n">
-        <v>1741.0</v>
+        <v>1938.7</v>
       </c>
       <c r="E51" s="14" t="n">
-        <v>3812.0</v>
+        <v>1741.3</v>
       </c>
       <c r="F51" s="14" t="n">
-        <v>1939.0</v>
+        <v>2940.6</v>
       </c>
       <c r="G51" s="14" t="n">
-        <v>1741.0</v>
+        <v>3811.5</v>
       </c>
       <c r="H51" s="14" t="n">
-        <v>0.0</v>
+        <v>1938.7</v>
       </c>
       <c r="I51" s="14" t="n">
-        <v>0.0</v>
+        <v>1741.3</v>
       </c>
       <c r="J51" s="14" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="K51" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L51" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M51" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.6 Textile wastes</t>
         </is>
       </c>
       <c r="B52" s="14" t="n">
-        <v>68.0</v>
+        <v>53.4</v>
       </c>
       <c r="C52" s="14" t="n">
-        <v>42.0</v>
+        <v>67.8</v>
       </c>
       <c r="D52" s="14" t="n">
-        <v>13.0</v>
+        <v>41.9</v>
       </c>
       <c r="E52" s="14" t="n">
-        <v>68.0</v>
+        <v>13.2</v>
       </c>
       <c r="F52" s="14" t="n">
-        <v>42.0</v>
+        <v>53.4</v>
       </c>
       <c r="G52" s="14" t="n">
-        <v>13.0</v>
+        <v>67.8</v>
       </c>
       <c r="H52" s="14" t="n">
-        <v>0.0</v>
+        <v>41.9</v>
       </c>
       <c r="I52" s="14" t="n">
-        <v>0.0</v>
+        <v>13.2</v>
       </c>
       <c r="J52" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K52" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L52" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M52" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.7 PCB waste</t>
         </is>
       </c>
       <c r="B53" s="14" t="n">
-        <v>0.0</v>
+        <v>6.1</v>
       </c>
       <c r="C53" s="14" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="D53" s="14" t="n">
-        <v>0.0</v>
+        <v>0.7</v>
       </c>
       <c r="E53" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="F53" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="G53" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="H53" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="I53" s="14" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="J53" s="14" t="n">
+        <v>6.1</v>
+      </c>
+      <c r="K53" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L53" s="14" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="M53" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    08 Discarded equipment</t>
         </is>
       </c>
       <c r="B54" s="14" t="n">
-        <v>21720.0</v>
+        <v>19845.5</v>
       </c>
       <c r="C54" s="14" t="n">
-        <v>15959.0</v>
+        <v>21720.4</v>
       </c>
       <c r="D54" s="14" t="n">
-        <v>12392.0</v>
+        <v>15959.2</v>
       </c>
       <c r="E54" s="14" t="n">
-        <v>880.0</v>
+        <v>12391.7</v>
       </c>
       <c r="F54" s="14" t="n">
-        <v>1440.0</v>
+        <v>674.5</v>
       </c>
       <c r="G54" s="14" t="n">
-        <v>929.0</v>
+        <v>880.4</v>
       </c>
       <c r="H54" s="14" t="n">
+        <v>1440.4</v>
+      </c>
+      <c r="I54" s="14" t="n">
+        <v>929.5</v>
+      </c>
+      <c r="J54" s="14" t="n">
+        <v>19171.0</v>
+      </c>
+      <c r="K54" s="14" t="n">
         <v>20840.0</v>
       </c>
-      <c r="I54" s="14" t="n">
-[...3 lines deleted...]
-        <v>11462.0</v>
+      <c r="L54" s="14" t="n">
+        <v>14518.8</v>
+      </c>
+      <c r="M54" s="14" t="n">
+        <v>11462.2</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    09 Animal and vegetable wastes</t>
         </is>
       </c>
       <c r="B55" s="14" t="n">
-        <v>49.0</v>
+        <v>23.9</v>
       </c>
       <c r="C55" s="14" t="n">
-        <v>77.0</v>
+        <v>49.1</v>
       </c>
       <c r="D55" s="14" t="n">
-        <v>304.0</v>
+        <v>76.8</v>
       </c>
       <c r="E55" s="14" t="n">
-        <v>49.0</v>
+        <v>303.6</v>
       </c>
       <c r="F55" s="14" t="n">
-        <v>77.0</v>
+        <v>23.9</v>
       </c>
       <c r="G55" s="14" t="n">
-        <v>304.0</v>
+        <v>49.1</v>
       </c>
       <c r="H55" s="14" t="n">
-        <v>0.0</v>
+        <v>76.8</v>
       </c>
       <c r="I55" s="14" t="n">
-        <v>0.0</v>
+        <v>303.6</v>
       </c>
       <c r="J55" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K55" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L55" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M55" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    10 Mixed ordinary wastes</t>
         </is>
       </c>
       <c r="B56" s="14" t="n">
-        <v>6868.0</v>
+        <v>7312.6</v>
       </c>
       <c r="C56" s="14" t="n">
-        <v>5478.0</v>
+        <v>6867.9</v>
       </c>
       <c r="D56" s="14" t="n">
-        <v>6661.0</v>
+        <v>5478.2</v>
       </c>
       <c r="E56" s="14" t="n">
-        <v>6843.0</v>
+        <v>6660.7</v>
       </c>
       <c r="F56" s="14" t="n">
-        <v>5379.0</v>
+        <v>7312.0</v>
       </c>
       <c r="G56" s="14" t="n">
-        <v>6070.0</v>
+        <v>6843.1</v>
       </c>
       <c r="H56" s="14" t="n">
-        <v>25.0</v>
+        <v>5378.9</v>
       </c>
       <c r="I56" s="14" t="n">
-        <v>99.0</v>
+        <v>6069.6</v>
       </c>
       <c r="J56" s="14" t="n">
-        <v>591.0</v>
+        <v>0.6</v>
+      </c>
+      <c r="K56" s="14" t="n">
+        <v>24.8</v>
+      </c>
+      <c r="L56" s="14" t="n">
+        <v>99.3</v>
+      </c>
+      <c r="M56" s="14" t="n">
+        <v>591.1</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    11 Common sludges</t>
         </is>
       </c>
       <c r="B57" s="14" t="n">
-        <v>6.0</v>
+        <v>10.0</v>
       </c>
       <c r="C57" s="14" t="n">
-        <v>50.0</v>
+        <v>6.4</v>
       </c>
       <c r="D57" s="14" t="n">
-        <v>29.0</v>
+        <v>50.2</v>
       </c>
       <c r="E57" s="14" t="n">
-        <v>6.0</v>
+        <v>28.9</v>
       </c>
       <c r="F57" s="14" t="n">
-        <v>50.0</v>
+        <v>10.0</v>
       </c>
       <c r="G57" s="14" t="n">
-        <v>29.0</v>
+        <v>6.4</v>
       </c>
       <c r="H57" s="14" t="n">
-        <v>0.0</v>
+        <v>50.2</v>
       </c>
       <c r="I57" s="14" t="n">
-        <v>0.0</v>
+        <v>28.9</v>
       </c>
       <c r="J57" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K57" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L57" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M57" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    12 and 13  Mineral wastes and solidified and vitrified waste</t>
         </is>
       </c>
       <c r="B58" s="14" t="n">
-        <v>177.0</v>
+        <v>118.0</v>
       </c>
       <c r="C58" s="14" t="n">
-        <v>197.0</v>
+        <v>177.1</v>
       </c>
       <c r="D58" s="14" t="n">
-        <v>173.0</v>
+        <v>196.9</v>
       </c>
       <c r="E58" s="14" t="n">
-        <v>33.0</v>
+        <v>173.4</v>
       </c>
       <c r="F58" s="14" t="n">
-        <v>34.0</v>
+        <v>8.4</v>
       </c>
       <c r="G58" s="14" t="n">
-        <v>26.0</v>
+        <v>33.3</v>
       </c>
       <c r="H58" s="14" t="n">
-        <v>144.0</v>
+        <v>33.8</v>
       </c>
       <c r="I58" s="14" t="n">
-        <v>163.0</v>
+        <v>25.7</v>
       </c>
       <c r="J58" s="14" t="n">
-        <v>148.0</v>
+        <v>109.6</v>
+      </c>
+      <c r="K58" s="14" t="n">
+        <v>143.8</v>
+      </c>
+      <c r="L58" s="14" t="n">
+        <v>163.1</v>
+      </c>
+      <c r="M58" s="14" t="n">
+        <v>147.7</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    TOTAL</t>
         </is>
       </c>
       <c r="B59" s="14" t="n">
+        <v>201545.9</v>
+      </c>
+      <c r="C59" s="14" t="n">
         <v>182818.0</v>
       </c>
-      <c r="C59" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="D59" s="14" t="n">
-        <v>113457.0</v>
+        <v>161598.6</v>
       </c>
       <c r="E59" s="14" t="n">
+        <v>113456.9</v>
+      </c>
+      <c r="F59" s="14" t="n">
+        <v>127129.4</v>
+      </c>
+      <c r="G59" s="14" t="n">
         <v>109575.0</v>
       </c>
-      <c r="F59" s="14" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="H59" s="14" t="n">
+        <v>103453.9</v>
+      </c>
+      <c r="I59" s="14" t="n">
+        <v>60776.8</v>
+      </c>
+      <c r="J59" s="14" t="n">
+        <v>74416.5</v>
+      </c>
+      <c r="K59" s="14" t="n">
         <v>73243.0</v>
       </c>
-      <c r="I59" s="14" t="n">
-[...3 lines deleted...]
-        <v>52680.0</v>
+      <c r="L59" s="14" t="n">
+        <v>58144.7</v>
+      </c>
+      <c r="M59" s="14" t="n">
+        <v>52680.1</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="6" t="inlineStr">
         <is>
           <t>Wholesale trade and trade intermediaries, except for motor vehicles and bikes: 46 division</t>
         </is>
       </c>
       <c r="B60" s="6"/>
       <c r="C60" s="6"/>
       <c r="D60" s="6"/>
       <c r="E60" s="6"/>
       <c r="F60" s="6"/>
       <c r="G60" s="6"/>
       <c r="H60" s="6"/>
       <c r="I60" s="6"/>
       <c r="J60" s="6"/>
+      <c r="K60" s="6"/>
+      <c r="L60" s="6"/>
+      <c r="M60" s="6"/>
     </row>
     <row r="61">
       <c r="A61" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    01-02-03 Chemical waste</t>
         </is>
       </c>
       <c r="B61" s="14" t="n">
-        <v>33610.0</v>
+        <v>22236.2</v>
       </c>
       <c r="C61" s="14" t="n">
-        <v>31664.0</v>
+        <v>33609.7</v>
       </c>
       <c r="D61" s="14" t="n">
-        <v>39648.0</v>
+        <v>31664.2</v>
       </c>
       <c r="E61" s="14" t="n">
-        <v>4381.0</v>
+        <v>39647.9</v>
       </c>
       <c r="F61" s="14" t="n">
-        <v>5027.0</v>
+        <v>2550.8</v>
       </c>
       <c r="G61" s="14" t="n">
-        <v>4411.0</v>
+        <v>4380.6</v>
       </c>
       <c r="H61" s="14" t="n">
-        <v>29229.0</v>
+        <v>5027.3</v>
       </c>
       <c r="I61" s="14" t="n">
-        <v>26637.0</v>
+        <v>4411.4</v>
       </c>
       <c r="J61" s="14" t="n">
-        <v>35237.0</v>
+        <v>19685.4</v>
+      </c>
+      <c r="K61" s="14" t="n">
+        <v>29229.1</v>
+      </c>
+      <c r="L61" s="14" t="n">
+        <v>26636.9</v>
+      </c>
+      <c r="M61" s="14" t="n">
+        <v>35236.5</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    05 - Medical and biological waste</t>
         </is>
       </c>
       <c r="B62" s="14" t="n">
-        <v>452.0</v>
+        <v>115.5</v>
       </c>
       <c r="C62" s="14" t="n">
-        <v>37.0</v>
+        <v>452.4</v>
       </c>
       <c r="D62" s="14" t="n">
-        <v>787.0</v>
+        <v>37.3</v>
       </c>
       <c r="E62" s="14" t="n">
-        <v>317.0</v>
+        <v>786.7</v>
       </c>
       <c r="F62" s="14" t="n">
-        <v>2.0</v>
+        <v>42.0</v>
       </c>
       <c r="G62" s="14" t="n">
-        <v>761.0</v>
+        <v>317.3</v>
       </c>
       <c r="H62" s="14" t="n">
-        <v>135.0</v>
+        <v>1.5</v>
       </c>
       <c r="I62" s="14" t="n">
-        <v>36.0</v>
+        <v>761.3</v>
       </c>
       <c r="J62" s="14" t="n">
-        <v>25.0</v>
+        <v>73.5</v>
+      </c>
+      <c r="K62" s="14" t="n">
+        <v>135.1</v>
+      </c>
+      <c r="L62" s="14" t="n">
+        <v>35.8</v>
+      </c>
+      <c r="M62" s="14" t="n">
+        <v>25.4</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    06. Metallic wastes</t>
         </is>
       </c>
       <c r="B63" s="14" t="n">
-        <v>112706.0</v>
+        <v>74557.0</v>
       </c>
       <c r="C63" s="14" t="n">
-        <v>150587.0</v>
+        <v>112706.2</v>
       </c>
       <c r="D63" s="14" t="n">
-        <v>83551.0</v>
+        <v>150586.5</v>
       </c>
       <c r="E63" s="14" t="n">
-        <v>112706.0</v>
+        <v>83551.1</v>
       </c>
       <c r="F63" s="14" t="n">
-        <v>150587.0</v>
+        <v>74557.0</v>
       </c>
       <c r="G63" s="14" t="n">
-        <v>83551.0</v>
+        <v>112706.2</v>
       </c>
       <c r="H63" s="14" t="n">
-        <v>0.0</v>
+        <v>150586.5</v>
       </c>
       <c r="I63" s="14" t="n">
-        <v>0.0</v>
+        <v>83551.1</v>
       </c>
       <c r="J63" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K63" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L63" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M63" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.1 Glass wastes (including packaging)</t>
         </is>
       </c>
       <c r="B64" s="14" t="n">
-        <v>3054.0</v>
+        <v>2701.3</v>
       </c>
       <c r="C64" s="14" t="n">
-        <v>3288.0</v>
+        <v>3054.2</v>
       </c>
       <c r="D64" s="14" t="n">
-        <v>4441.0</v>
+        <v>3288.3</v>
       </c>
       <c r="E64" s="14" t="n">
-        <v>3054.0</v>
+        <v>4441.1</v>
       </c>
       <c r="F64" s="14" t="n">
-        <v>3288.0</v>
+        <v>2701.3</v>
       </c>
       <c r="G64" s="14" t="n">
-        <v>4441.0</v>
+        <v>3054.2</v>
       </c>
       <c r="H64" s="14" t="n">
-        <v>0.0</v>
+        <v>3288.3</v>
       </c>
       <c r="I64" s="14" t="n">
-        <v>0.0</v>
+        <v>4441.1</v>
       </c>
       <c r="J64" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K64" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L64" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M64" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.2 Paper wastes (including packaging)</t>
         </is>
       </c>
       <c r="B65" s="14" t="n">
-        <v>185051.0</v>
+        <v>185784.8</v>
       </c>
       <c r="C65" s="14" t="n">
-        <v>169754.0</v>
+        <v>185050.5</v>
       </c>
       <c r="D65" s="14" t="n">
-        <v>219159.0</v>
+        <v>169753.9</v>
       </c>
       <c r="E65" s="14" t="n">
-        <v>185051.0</v>
+        <v>219159.3</v>
       </c>
       <c r="F65" s="14" t="n">
-        <v>169754.0</v>
+        <v>185784.8</v>
       </c>
       <c r="G65" s="14" t="n">
-        <v>219159.0</v>
+        <v>185050.5</v>
       </c>
       <c r="H65" s="14" t="n">
-        <v>0.0</v>
+        <v>169753.9</v>
       </c>
       <c r="I65" s="14" t="n">
-        <v>0.0</v>
+        <v>219159.3</v>
       </c>
       <c r="J65" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K65" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L65" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M65" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.3 Rubber wastes</t>
         </is>
       </c>
       <c r="B66" s="14" t="n">
-        <v>3848.0</v>
+        <v>3888.8</v>
       </c>
       <c r="C66" s="14" t="n">
-        <v>6992.0</v>
+        <v>3848.4</v>
       </c>
       <c r="D66" s="14" t="n">
-        <v>4060.0</v>
+        <v>6992.3</v>
       </c>
       <c r="E66" s="14" t="n">
-        <v>3848.0</v>
+        <v>4060.1</v>
       </c>
       <c r="F66" s="14" t="n">
-        <v>6992.0</v>
+        <v>3888.8</v>
       </c>
       <c r="G66" s="14" t="n">
-        <v>4060.0</v>
+        <v>3848.4</v>
       </c>
       <c r="H66" s="14" t="n">
-        <v>0.0</v>
+        <v>6992.3</v>
       </c>
       <c r="I66" s="14" t="n">
-        <v>0.0</v>
+        <v>4060.1</v>
       </c>
       <c r="J66" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K66" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L66" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M66" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.4 Plastic wastes (including packaging)</t>
         </is>
       </c>
       <c r="B67" s="14" t="n">
-        <v>63400.0</v>
+        <v>76241.4</v>
       </c>
       <c r="C67" s="14" t="n">
-        <v>54471.0</v>
+        <v>63400.3</v>
       </c>
       <c r="D67" s="14" t="n">
-        <v>77547.0</v>
+        <v>54471.3</v>
       </c>
       <c r="E67" s="14" t="n">
-        <v>63400.0</v>
+        <v>77546.6</v>
       </c>
       <c r="F67" s="14" t="n">
-        <v>54471.0</v>
+        <v>76241.4</v>
       </c>
       <c r="G67" s="14" t="n">
-        <v>77547.0</v>
+        <v>63400.3</v>
       </c>
       <c r="H67" s="14" t="n">
-        <v>0.0</v>
+        <v>54471.3</v>
       </c>
       <c r="I67" s="14" t="n">
-        <v>0.0</v>
+        <v>77546.6</v>
       </c>
       <c r="J67" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K67" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L67" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M67" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.5 Wood wastes (including packaging)</t>
         </is>
       </c>
       <c r="B68" s="14" t="n">
-        <v>43818.0</v>
+        <v>40387.7</v>
       </c>
       <c r="C68" s="14" t="n">
-        <v>39652.0</v>
+        <v>43817.5</v>
       </c>
       <c r="D68" s="14" t="n">
-        <v>46021.0</v>
+        <v>39651.5</v>
       </c>
       <c r="E68" s="14" t="n">
-        <v>43814.0</v>
+        <v>46021.1</v>
       </c>
       <c r="F68" s="14" t="n">
-        <v>39652.0</v>
+        <v>40386.8</v>
       </c>
       <c r="G68" s="14" t="n">
-        <v>46018.0</v>
+        <v>43813.7</v>
       </c>
       <c r="H68" s="14" t="n">
-        <v>4.0</v>
+        <v>39651.5</v>
       </c>
       <c r="I68" s="14" t="n">
-        <v>0.0</v>
+        <v>46018.2</v>
       </c>
       <c r="J68" s="14" t="n">
-        <v>3.0</v>
+        <v>0.9</v>
+      </c>
+      <c r="K68" s="14" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="L68" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M68" s="14" t="n">
+        <v>2.9</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.6 Textile wastes</t>
         </is>
       </c>
       <c r="B69" s="14" t="n">
-        <v>217.0</v>
+        <v>437.2</v>
       </c>
       <c r="C69" s="14" t="n">
-        <v>225.0</v>
+        <v>216.6</v>
       </c>
       <c r="D69" s="14" t="n">
-        <v>854.0</v>
+        <v>224.9</v>
       </c>
       <c r="E69" s="14" t="n">
-        <v>217.0</v>
+        <v>854.2</v>
       </c>
       <c r="F69" s="14" t="n">
-        <v>225.0</v>
+        <v>437.2</v>
       </c>
       <c r="G69" s="14" t="n">
-        <v>854.0</v>
+        <v>216.6</v>
       </c>
       <c r="H69" s="14" t="n">
-        <v>0.0</v>
+        <v>224.9</v>
       </c>
       <c r="I69" s="14" t="n">
-        <v>0.0</v>
+        <v>854.2</v>
       </c>
       <c r="J69" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K69" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L69" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M69" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.7 PCB waste</t>
         </is>
       </c>
       <c r="B70" s="14" t="n">
-        <v>2.0</v>
+        <v>3.2</v>
       </c>
       <c r="C70" s="14" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="D70" s="14" t="n">
         <v>10.0</v>
       </c>
-      <c r="D70" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="E70" s="14" t="n">
-        <v>0.0</v>
+        <v>23.7</v>
       </c>
       <c r="F70" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="G70" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="H70" s="14" t="n">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
       <c r="I70" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J70" s="14" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="K70" s="14" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="L70" s="14" t="n">
         <v>10.0</v>
       </c>
-      <c r="J70" s="14" t="n">
-        <v>24.0</v>
+      <c r="M70" s="14" t="n">
+        <v>23.7</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    08 Discarded equipment</t>
         </is>
       </c>
       <c r="B71" s="14" t="n">
-        <v>197344.0</v>
+        <v>237152.6</v>
       </c>
       <c r="C71" s="14" t="n">
-        <v>146992.0</v>
+        <v>197344.1</v>
       </c>
       <c r="D71" s="14" t="n">
-        <v>135683.0</v>
+        <v>146991.7</v>
       </c>
       <c r="E71" s="14" t="n">
-        <v>164577.0</v>
+        <v>135682.5</v>
       </c>
       <c r="F71" s="14" t="n">
-        <v>125249.0</v>
+        <v>202505.5</v>
       </c>
       <c r="G71" s="14" t="n">
-        <v>114277.0</v>
+        <v>164577.4</v>
       </c>
       <c r="H71" s="14" t="n">
-        <v>32767.0</v>
+        <v>125248.7</v>
       </c>
       <c r="I71" s="14" t="n">
+        <v>114277.5</v>
+      </c>
+      <c r="J71" s="14" t="n">
+        <v>34647.1</v>
+      </c>
+      <c r="K71" s="14" t="n">
+        <v>32766.7</v>
+      </c>
+      <c r="L71" s="14" t="n">
         <v>21743.0</v>
       </c>
-      <c r="J71" s="14" t="n">
+      <c r="M71" s="14" t="n">
         <v>21405.0</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    09 Animal and vegetable wastes</t>
         </is>
       </c>
       <c r="B72" s="14" t="n">
-        <v>311005.0</v>
+        <v>310208.8</v>
       </c>
       <c r="C72" s="14" t="n">
-        <v>295965.0</v>
+        <v>311005.4</v>
       </c>
       <c r="D72" s="14" t="n">
-        <v>312357.0</v>
+        <v>295965.3</v>
       </c>
       <c r="E72" s="14" t="n">
-        <v>311005.0</v>
+        <v>312356.8</v>
       </c>
       <c r="F72" s="14" t="n">
-        <v>295965.0</v>
+        <v>310208.8</v>
       </c>
       <c r="G72" s="14" t="n">
-        <v>312357.0</v>
+        <v>311005.4</v>
       </c>
       <c r="H72" s="14" t="n">
-        <v>0.0</v>
+        <v>295965.3</v>
       </c>
       <c r="I72" s="14" t="n">
-        <v>0.0</v>
+        <v>312356.8</v>
       </c>
       <c r="J72" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K72" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L72" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M72" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    10 Mixed ordinary wastes</t>
         </is>
       </c>
       <c r="B73" s="14" t="n">
-        <v>88902.0</v>
+        <v>87147.5</v>
       </c>
       <c r="C73" s="14" t="n">
-        <v>57857.0</v>
+        <v>88901.9</v>
       </c>
       <c r="D73" s="14" t="n">
-        <v>176007.0</v>
+        <v>57856.6</v>
       </c>
       <c r="E73" s="14" t="n">
-        <v>88063.0</v>
+        <v>176007.5</v>
       </c>
       <c r="F73" s="14" t="n">
-        <v>57025.0</v>
+        <v>86683.5</v>
       </c>
       <c r="G73" s="14" t="n">
-        <v>175820.0</v>
+        <v>88062.9</v>
       </c>
       <c r="H73" s="14" t="n">
+        <v>57025.1</v>
+      </c>
+      <c r="I73" s="14" t="n">
+        <v>175819.9</v>
+      </c>
+      <c r="J73" s="14" t="n">
+        <v>464.0</v>
+      </c>
+      <c r="K73" s="14" t="n">
         <v>839.0</v>
       </c>
-      <c r="I73" s="14" t="n">
-[...3 lines deleted...]
-        <v>188.0</v>
+      <c r="L73" s="14" t="n">
+        <v>831.5</v>
+      </c>
+      <c r="M73" s="14" t="n">
+        <v>187.6</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    11 Common sludges</t>
         </is>
       </c>
       <c r="B74" s="14" t="n">
-        <v>2550.0</v>
+        <v>657.5</v>
       </c>
       <c r="C74" s="14" t="n">
-        <v>922.0</v>
+        <v>2549.8</v>
       </c>
       <c r="D74" s="14" t="n">
-        <v>846.0</v>
+        <v>921.5</v>
       </c>
       <c r="E74" s="14" t="n">
-        <v>2550.0</v>
+        <v>845.6</v>
       </c>
       <c r="F74" s="14" t="n">
-        <v>922.0</v>
+        <v>657.5</v>
       </c>
       <c r="G74" s="14" t="n">
-        <v>846.0</v>
+        <v>2549.8</v>
       </c>
       <c r="H74" s="14" t="n">
-        <v>0.0</v>
+        <v>921.5</v>
       </c>
       <c r="I74" s="14" t="n">
-        <v>0.0</v>
+        <v>845.6</v>
       </c>
       <c r="J74" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K74" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L74" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M74" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    12 and 13  Mineral wastes and solidified and vitrified waste</t>
         </is>
       </c>
       <c r="B75" s="14" t="n">
-        <v>14427.0</v>
+        <v>1699.1</v>
       </c>
       <c r="C75" s="14" t="n">
-        <v>16253.0</v>
+        <v>14427.1</v>
       </c>
       <c r="D75" s="14" t="n">
+        <v>16252.7</v>
+      </c>
+      <c r="E75" s="14" t="n">
         <v>15658.0</v>
       </c>
-      <c r="E75" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="F75" s="14" t="n">
+        <v>1676.6</v>
+      </c>
+      <c r="G75" s="14" t="n">
+        <v>14352.8</v>
+      </c>
+      <c r="H75" s="14" t="n">
         <v>16092.0</v>
       </c>
-      <c r="G75" s="14" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="I75" s="14" t="n">
-        <v>161.0</v>
+        <v>15613.4</v>
       </c>
       <c r="J75" s="14" t="n">
-        <v>45.0</v>
+        <v>22.5</v>
+      </c>
+      <c r="K75" s="14" t="n">
+        <v>74.3</v>
+      </c>
+      <c r="L75" s="14" t="n">
+        <v>160.7</v>
+      </c>
+      <c r="M75" s="14" t="n">
+        <v>44.6</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    TOTAL</t>
         </is>
       </c>
       <c r="B76" s="14" t="n">
-        <v>1060386.0</v>
+        <v>1043218.6</v>
       </c>
       <c r="C76" s="14" t="n">
+        <v>1060385.7</v>
+      </c>
+      <c r="D76" s="14" t="n">
         <v>974668.0</v>
       </c>
-      <c r="D76" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="E76" s="14" t="n">
-        <v>997336.0</v>
+        <v>1116642.2</v>
       </c>
       <c r="F76" s="14" t="n">
-        <v>925250.0</v>
+        <v>988322.0</v>
       </c>
       <c r="G76" s="14" t="n">
-        <v>1059716.0</v>
+        <v>997336.1</v>
       </c>
       <c r="H76" s="14" t="n">
-        <v>63050.0</v>
+        <v>925250.1</v>
       </c>
       <c r="I76" s="14" t="n">
-        <v>49418.0</v>
+        <v>1059716.5</v>
       </c>
       <c r="J76" s="14" t="n">
-        <v>56926.0</v>
+        <v>54896.6</v>
+      </c>
+      <c r="K76" s="14" t="n">
+        <v>63049.6</v>
+      </c>
+      <c r="L76" s="14" t="n">
+        <v>49417.9</v>
+      </c>
+      <c r="M76" s="14" t="n">
+        <v>56925.7</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="6" t="inlineStr">
         <is>
           <t>Retail trade, except for motor vehicle trade and motorcycles: 47 division</t>
         </is>
       </c>
       <c r="B77" s="6"/>
       <c r="C77" s="6"/>
       <c r="D77" s="6"/>
       <c r="E77" s="6"/>
       <c r="F77" s="6"/>
       <c r="G77" s="6"/>
       <c r="H77" s="6"/>
       <c r="I77" s="6"/>
       <c r="J77" s="6"/>
+      <c r="K77" s="6"/>
+      <c r="L77" s="6"/>
+      <c r="M77" s="6"/>
     </row>
     <row r="78">
       <c r="A78" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    01-02-03 Chemical waste</t>
         </is>
       </c>
       <c r="B78" s="14" t="n">
-        <v>10819.0</v>
+        <v>7821.4</v>
       </c>
       <c r="C78" s="14" t="n">
-        <v>6961.0</v>
+        <v>10818.9</v>
       </c>
       <c r="D78" s="14" t="n">
-        <v>7076.0</v>
+        <v>6960.5</v>
       </c>
       <c r="E78" s="14" t="n">
-        <v>121.0</v>
+        <v>7076.4</v>
       </c>
       <c r="F78" s="14" t="n">
-        <v>94.0</v>
+        <v>227.8</v>
       </c>
       <c r="G78" s="14" t="n">
-        <v>102.0</v>
+        <v>120.8</v>
       </c>
       <c r="H78" s="14" t="n">
-        <v>10698.0</v>
+        <v>94.2</v>
       </c>
       <c r="I78" s="14" t="n">
-        <v>6866.0</v>
+        <v>101.7</v>
       </c>
       <c r="J78" s="14" t="n">
-        <v>6975.0</v>
+        <v>7593.6</v>
+      </c>
+      <c r="K78" s="14" t="n">
+        <v>10698.1</v>
+      </c>
+      <c r="L78" s="14" t="n">
+        <v>6866.3</v>
+      </c>
+      <c r="M78" s="14" t="n">
+        <v>6974.7</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    05 - Medical and biological waste</t>
         </is>
       </c>
       <c r="B79" s="14" t="n">
-        <v>17.0</v>
+        <v>16.1</v>
       </c>
       <c r="C79" s="14" t="n">
+        <v>17.4</v>
+      </c>
+      <c r="D79" s="14" t="n">
         <v>18.0</v>
       </c>
-      <c r="D79" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="E79" s="14" t="n">
-        <v>17.0</v>
+        <v>581.4</v>
       </c>
       <c r="F79" s="14" t="n">
-        <v>18.0</v>
+        <v>14.0</v>
       </c>
       <c r="G79" s="14" t="n">
-        <v>562.0</v>
+        <v>17.3</v>
       </c>
       <c r="H79" s="14" t="n">
-        <v>0.0</v>
+        <v>17.7</v>
       </c>
       <c r="I79" s="14" t="n">
-        <v>0.0</v>
+        <v>561.7</v>
       </c>
       <c r="J79" s="14" t="n">
-        <v>20.0</v>
+        <v>2.1</v>
+      </c>
+      <c r="K79" s="14" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="L79" s="14" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="M79" s="14" t="n">
+        <v>19.7</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    06. Metallic wastes</t>
         </is>
       </c>
       <c r="B80" s="14" t="n">
-        <v>7571.0</v>
+        <v>10548.5</v>
       </c>
       <c r="C80" s="14" t="n">
-        <v>6139.0</v>
+        <v>7570.7</v>
       </c>
       <c r="D80" s="14" t="n">
-        <v>8365.0</v>
+        <v>6139.1</v>
       </c>
       <c r="E80" s="14" t="n">
-        <v>7571.0</v>
+        <v>8365.2</v>
       </c>
       <c r="F80" s="14" t="n">
-        <v>6139.0</v>
+        <v>10548.5</v>
       </c>
       <c r="G80" s="14" t="n">
-        <v>8365.0</v>
+        <v>7570.7</v>
       </c>
       <c r="H80" s="14" t="n">
-        <v>0.0</v>
+        <v>6139.1</v>
       </c>
       <c r="I80" s="14" t="n">
-        <v>0.0</v>
+        <v>8365.2</v>
       </c>
       <c r="J80" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K80" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L80" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M80" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.1 Glass wastes (including packaging)</t>
         </is>
       </c>
       <c r="B81" s="14" t="n">
-        <v>1284.0</v>
+        <v>4164.7</v>
       </c>
       <c r="C81" s="14" t="n">
-        <v>2287.0</v>
+        <v>1283.7</v>
       </c>
       <c r="D81" s="14" t="n">
-        <v>637.0</v>
+        <v>2286.9</v>
       </c>
       <c r="E81" s="14" t="n">
-        <v>1284.0</v>
+        <v>636.8</v>
       </c>
       <c r="F81" s="14" t="n">
-        <v>2287.0</v>
+        <v>4164.7</v>
       </c>
       <c r="G81" s="14" t="n">
-        <v>637.0</v>
+        <v>1283.7</v>
       </c>
       <c r="H81" s="14" t="n">
-        <v>0.0</v>
+        <v>2286.9</v>
       </c>
       <c r="I81" s="14" t="n">
-        <v>0.0</v>
+        <v>636.8</v>
       </c>
       <c r="J81" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K81" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L81" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M81" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.2 Paper wastes (including packaging)</t>
         </is>
       </c>
       <c r="B82" s="14" t="n">
-        <v>704452.0</v>
+        <v>745253.9</v>
       </c>
       <c r="C82" s="14" t="n">
-        <v>598241.0</v>
+        <v>704452.4</v>
       </c>
       <c r="D82" s="14" t="n">
-        <v>636641.0</v>
+        <v>598241.1</v>
       </c>
       <c r="E82" s="14" t="n">
-        <v>704452.0</v>
+        <v>636640.6</v>
       </c>
       <c r="F82" s="14" t="n">
-        <v>598241.0</v>
+        <v>745253.9</v>
       </c>
       <c r="G82" s="14" t="n">
-        <v>636641.0</v>
+        <v>704452.4</v>
       </c>
       <c r="H82" s="14" t="n">
-        <v>0.0</v>
+        <v>598241.1</v>
       </c>
       <c r="I82" s="14" t="n">
-        <v>0.0</v>
+        <v>636640.6</v>
       </c>
       <c r="J82" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K82" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L82" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M82" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.3 Rubber wastes</t>
         </is>
       </c>
       <c r="B83" s="14" t="n">
-        <v>2529.0</v>
+        <v>661.7</v>
       </c>
       <c r="C83" s="14" t="n">
-        <v>258.0</v>
+        <v>2528.6</v>
       </c>
       <c r="D83" s="14" t="n">
-        <v>4598.0</v>
+        <v>257.9</v>
       </c>
       <c r="E83" s="14" t="n">
-        <v>2529.0</v>
+        <v>4597.8</v>
       </c>
       <c r="F83" s="14" t="n">
-        <v>258.0</v>
+        <v>661.7</v>
       </c>
       <c r="G83" s="14" t="n">
-        <v>4598.0</v>
+        <v>2528.6</v>
       </c>
       <c r="H83" s="14" t="n">
-        <v>0.0</v>
+        <v>257.9</v>
       </c>
       <c r="I83" s="14" t="n">
-        <v>0.0</v>
+        <v>4597.8</v>
       </c>
       <c r="J83" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K83" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L83" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M83" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.4 Plastic wastes (including packaging)</t>
         </is>
       </c>
       <c r="B84" s="14" t="n">
-        <v>57499.0</v>
+        <v>66146.0</v>
       </c>
       <c r="C84" s="14" t="n">
-        <v>40639.0</v>
+        <v>57499.1</v>
       </c>
       <c r="D84" s="14" t="n">
-        <v>27470.0</v>
+        <v>40638.9</v>
       </c>
       <c r="E84" s="14" t="n">
-        <v>57499.0</v>
+        <v>27469.6</v>
       </c>
       <c r="F84" s="14" t="n">
-        <v>40639.0</v>
+        <v>66146.0</v>
       </c>
       <c r="G84" s="14" t="n">
-        <v>27470.0</v>
+        <v>57499.1</v>
       </c>
       <c r="H84" s="14" t="n">
-        <v>0.0</v>
+        <v>40638.9</v>
       </c>
       <c r="I84" s="14" t="n">
-        <v>0.0</v>
+        <v>27469.6</v>
       </c>
       <c r="J84" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K84" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L84" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M84" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.5 Wood wastes (including packaging)</t>
         </is>
       </c>
       <c r="B85" s="14" t="n">
-        <v>52371.0</v>
+        <v>71179.9</v>
       </c>
       <c r="C85" s="14" t="n">
-        <v>39945.0</v>
+        <v>52371.4</v>
       </c>
       <c r="D85" s="14" t="n">
-        <v>33747.0</v>
+        <v>39945.2</v>
       </c>
       <c r="E85" s="14" t="n">
-        <v>52371.0</v>
+        <v>33746.8</v>
       </c>
       <c r="F85" s="14" t="n">
-        <v>39933.0</v>
+        <v>71179.9</v>
       </c>
       <c r="G85" s="14" t="n">
-        <v>33624.0</v>
+        <v>52371.4</v>
       </c>
       <c r="H85" s="14" t="n">
-        <v>0.0</v>
+        <v>39933.2</v>
       </c>
       <c r="I85" s="14" t="n">
+        <v>33623.9</v>
+      </c>
+      <c r="J85" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K85" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L85" s="14" t="n">
         <v>12.0</v>
       </c>
-      <c r="J85" s="14" t="n">
-        <v>123.0</v>
+      <c r="M85" s="14" t="n">
+        <v>122.9</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.6 Textile wastes</t>
         </is>
       </c>
       <c r="B86" s="14" t="n">
-        <v>974.0</v>
+        <v>1667.4</v>
       </c>
       <c r="C86" s="14" t="n">
-        <v>1229.0</v>
+        <v>974.1</v>
       </c>
       <c r="D86" s="14" t="n">
+        <v>1228.8</v>
+      </c>
+      <c r="E86" s="14" t="n">
         <v>1776.0</v>
       </c>
-      <c r="E86" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="F86" s="14" t="n">
-        <v>1229.0</v>
+        <v>1667.4</v>
       </c>
       <c r="G86" s="14" t="n">
+        <v>974.1</v>
+      </c>
+      <c r="H86" s="14" t="n">
+        <v>1228.8</v>
+      </c>
+      <c r="I86" s="14" t="n">
         <v>1776.0</v>
       </c>
-      <c r="H86" s="14" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="J86" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K86" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L86" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M86" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.7 PCB waste</t>
         </is>
       </c>
       <c r="B87" s="14" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="C87" s="14" t="n">
-        <v>0.0</v>
+        <v>0.5</v>
       </c>
       <c r="D87" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="E87" s="14" t="n">
-        <v>0.0</v>
+        <v>0.1</v>
       </c>
       <c r="F87" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="G87" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="H87" s="14" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="I87" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="J87" s="14" t="n">
         <v>0.0</v>
+      </c>
+      <c r="K87" s="14" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="L87" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M87" s="14" t="n">
+        <v>0.1</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    08 Discarded equipment</t>
         </is>
       </c>
       <c r="B88" s="14" t="n">
-        <v>48969.0</v>
+        <v>43902.8</v>
       </c>
       <c r="C88" s="14" t="n">
-        <v>40762.0</v>
+        <v>48969.4</v>
       </c>
       <c r="D88" s="14" t="n">
-        <v>69645.0</v>
+        <v>40761.7</v>
       </c>
       <c r="E88" s="14" t="n">
-        <v>34478.0</v>
+        <v>69644.9</v>
       </c>
       <c r="F88" s="14" t="n">
-        <v>33194.0</v>
+        <v>28125.2</v>
       </c>
       <c r="G88" s="14" t="n">
-        <v>55009.0</v>
+        <v>34478.1</v>
       </c>
       <c r="H88" s="14" t="n">
-        <v>14491.0</v>
+        <v>33194.3</v>
       </c>
       <c r="I88" s="14" t="n">
-        <v>7567.0</v>
+        <v>55008.8</v>
       </c>
       <c r="J88" s="14" t="n">
-        <v>14636.0</v>
+        <v>15777.6</v>
+      </c>
+      <c r="K88" s="14" t="n">
+        <v>14491.3</v>
+      </c>
+      <c r="L88" s="14" t="n">
+        <v>7567.4</v>
+      </c>
+      <c r="M88" s="14" t="n">
+        <v>14636.1</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    09 Animal and vegetable wastes</t>
         </is>
       </c>
       <c r="B89" s="14" t="n">
-        <v>93452.0</v>
+        <v>62398.3</v>
       </c>
       <c r="C89" s="14" t="n">
+        <v>93451.8</v>
+      </c>
+      <c r="D89" s="14" t="n">
         <v>111322.0</v>
       </c>
-      <c r="D89" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="E89" s="14" t="n">
-        <v>93452.0</v>
+        <v>51248.7</v>
       </c>
       <c r="F89" s="14" t="n">
+        <v>62398.3</v>
+      </c>
+      <c r="G89" s="14" t="n">
+        <v>93451.8</v>
+      </c>
+      <c r="H89" s="14" t="n">
         <v>111322.0</v>
       </c>
-      <c r="G89" s="14" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="I89" s="14" t="n">
-        <v>0.0</v>
+        <v>51248.7</v>
       </c>
       <c r="J89" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K89" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L89" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M89" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    10 Mixed ordinary wastes</t>
         </is>
       </c>
       <c r="B90" s="14" t="n">
+        <v>371573.6</v>
+      </c>
+      <c r="C90" s="14" t="n">
         <v>164010.0</v>
       </c>
-      <c r="C90" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="D90" s="14" t="n">
-        <v>160269.0</v>
+        <v>153005.3</v>
       </c>
       <c r="E90" s="14" t="n">
-        <v>163987.0</v>
+        <v>160269.1</v>
       </c>
       <c r="F90" s="14" t="n">
-        <v>153004.0</v>
+        <v>371556.5</v>
       </c>
       <c r="G90" s="14" t="n">
-        <v>160237.0</v>
+        <v>163987.1</v>
       </c>
       <c r="H90" s="14" t="n">
-        <v>23.0</v>
+        <v>153004.2</v>
       </c>
       <c r="I90" s="14" t="n">
-        <v>1.0</v>
+        <v>160237.2</v>
       </c>
       <c r="J90" s="14" t="n">
-        <v>32.0</v>
+        <v>17.1</v>
+      </c>
+      <c r="K90" s="14" t="n">
+        <v>22.9</v>
+      </c>
+      <c r="L90" s="14" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="M90" s="14" t="n">
+        <v>31.9</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    11 Common sludges</t>
         </is>
       </c>
       <c r="B91" s="14" t="n">
-        <v>674.0</v>
+        <v>994.4</v>
       </c>
       <c r="C91" s="14" t="n">
-        <v>783.0</v>
+        <v>674.4</v>
       </c>
       <c r="D91" s="14" t="n">
-        <v>794.0</v>
+        <v>783.2</v>
       </c>
       <c r="E91" s="14" t="n">
-        <v>674.0</v>
+        <v>794.4</v>
       </c>
       <c r="F91" s="14" t="n">
-        <v>783.0</v>
+        <v>994.4</v>
       </c>
       <c r="G91" s="14" t="n">
-        <v>794.0</v>
+        <v>674.4</v>
       </c>
       <c r="H91" s="14" t="n">
-        <v>0.0</v>
+        <v>783.2</v>
       </c>
       <c r="I91" s="14" t="n">
-        <v>0.0</v>
+        <v>794.4</v>
       </c>
       <c r="J91" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K91" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L91" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M91" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    12 and 13  Mineral wastes and solidified and vitrified waste</t>
         </is>
       </c>
       <c r="B92" s="14" t="n">
-        <v>18176.0</v>
+        <v>11977.4</v>
       </c>
       <c r="C92" s="14" t="n">
+        <v>18175.6</v>
+      </c>
+      <c r="D92" s="14" t="n">
         <v>6285.0</v>
       </c>
-      <c r="D92" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="E92" s="14" t="n">
-        <v>18171.0</v>
+        <v>112.5</v>
       </c>
       <c r="F92" s="14" t="n">
-        <v>6275.0</v>
+        <v>11974.2</v>
       </c>
       <c r="G92" s="14" t="n">
-        <v>113.0</v>
+        <v>18171.2</v>
       </c>
       <c r="H92" s="14" t="n">
-        <v>4.0</v>
+        <v>6274.7</v>
       </c>
       <c r="I92" s="14" t="n">
-        <v>10.0</v>
+        <v>112.5</v>
       </c>
       <c r="J92" s="14" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="K92" s="14" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="L92" s="14" t="n">
+        <v>10.3</v>
+      </c>
+      <c r="M92" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    TOTAL</t>
         </is>
       </c>
       <c r="B93" s="14" t="n">
+        <v>1398306.1</v>
+      </c>
+      <c r="C93" s="14" t="n">
         <v>1162798.0</v>
       </c>
-      <c r="C93" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="D93" s="14" t="n">
-        <v>1002960.0</v>
+        <v>1007873.6</v>
       </c>
       <c r="E93" s="14" t="n">
-        <v>1137581.0</v>
+        <v>1002960.3</v>
       </c>
       <c r="F93" s="14" t="n">
-        <v>993416.0</v>
+        <v>1374912.5</v>
       </c>
       <c r="G93" s="14" t="n">
-        <v>981175.0</v>
+        <v>1137580.7</v>
       </c>
       <c r="H93" s="14" t="n">
-        <v>25217.0</v>
+        <v>993416.2</v>
       </c>
       <c r="I93" s="14" t="n">
-        <v>14457.0</v>
+        <v>981174.9</v>
       </c>
       <c r="J93" s="14" t="n">
-        <v>21785.0</v>
+        <v>23393.6</v>
+      </c>
+      <c r="K93" s="14" t="n">
+        <v>25217.3</v>
+      </c>
+      <c r="L93" s="14" t="n">
+        <v>14457.4</v>
+      </c>
+      <c r="M93" s="14" t="n">
+        <v>21785.4</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="6" t="inlineStr">
         <is>
           <t>Transport and storage: from 49 to 53 divisions</t>
         </is>
       </c>
       <c r="B94" s="6"/>
       <c r="C94" s="6"/>
       <c r="D94" s="6"/>
       <c r="E94" s="6"/>
       <c r="F94" s="6"/>
       <c r="G94" s="6"/>
       <c r="H94" s="6"/>
       <c r="I94" s="6"/>
       <c r="J94" s="6"/>
+      <c r="K94" s="6"/>
+      <c r="L94" s="6"/>
+      <c r="M94" s="6"/>
     </row>
     <row r="95">
       <c r="A95" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    01-02-03 Chemical waste</t>
         </is>
       </c>
       <c r="B95" s="14" t="n">
+        <v>40581.2</v>
+      </c>
+      <c r="C95" s="14" t="n">
         <v>34457.0</v>
       </c>
-      <c r="C95" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="D95" s="14" t="n">
-        <v>16141.0</v>
+        <v>15866.5</v>
       </c>
       <c r="E95" s="14" t="n">
-        <v>387.0</v>
+        <v>16141.5</v>
       </c>
       <c r="F95" s="14" t="n">
-        <v>396.0</v>
+        <v>643.5</v>
       </c>
       <c r="G95" s="14" t="n">
-        <v>548.0</v>
+        <v>387.4</v>
       </c>
       <c r="H95" s="14" t="n">
-        <v>34070.0</v>
+        <v>395.6</v>
       </c>
       <c r="I95" s="14" t="n">
-        <v>15471.0</v>
+        <v>548.4</v>
       </c>
       <c r="J95" s="14" t="n">
-        <v>15593.0</v>
+        <v>39937.7</v>
+      </c>
+      <c r="K95" s="14" t="n">
+        <v>34069.6</v>
+      </c>
+      <c r="L95" s="14" t="n">
+        <v>15470.9</v>
+      </c>
+      <c r="M95" s="14" t="n">
+        <v>15593.1</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    05 - Medical and biological waste</t>
         </is>
       </c>
       <c r="B96" s="14" t="n">
-        <v>7.0</v>
+        <v>4.4</v>
       </c>
       <c r="C96" s="14" t="n">
-        <v>7.0</v>
+        <v>6.7</v>
       </c>
       <c r="D96" s="14" t="n">
-        <v>17.0</v>
+        <v>7.1</v>
       </c>
       <c r="E96" s="14" t="n">
-        <v>1.0</v>
+        <v>17.4</v>
       </c>
       <c r="F96" s="14" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="G96" s="14" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="H96" s="14" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="I96" s="14" t="n">
+        <v>11.8</v>
+      </c>
+      <c r="J96" s="14" t="n">
         <v>4.0</v>
       </c>
-      <c r="G96" s="14" t="n">
-[...9 lines deleted...]
-        <v>6.0</v>
+      <c r="K96" s="14" t="n">
+        <v>5.5</v>
+      </c>
+      <c r="L96" s="14" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="M96" s="14" t="n">
+        <v>5.6</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    06. Metallic wastes</t>
         </is>
       </c>
       <c r="B97" s="14" t="n">
-        <v>7374.0</v>
+        <v>15799.3</v>
       </c>
       <c r="C97" s="14" t="n">
-        <v>7893.0</v>
+        <v>7373.5</v>
       </c>
       <c r="D97" s="14" t="n">
-        <v>10822.0</v>
+        <v>7892.9</v>
       </c>
       <c r="E97" s="14" t="n">
-        <v>7374.0</v>
+        <v>10822.4</v>
       </c>
       <c r="F97" s="14" t="n">
-        <v>7893.0</v>
+        <v>15799.3</v>
       </c>
       <c r="G97" s="14" t="n">
-        <v>10822.0</v>
+        <v>7373.5</v>
       </c>
       <c r="H97" s="14" t="n">
-        <v>0.0</v>
+        <v>7892.9</v>
       </c>
       <c r="I97" s="14" t="n">
-        <v>0.0</v>
+        <v>10822.4</v>
       </c>
       <c r="J97" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K97" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L97" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M97" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.1 Glass wastes (including packaging)</t>
         </is>
       </c>
       <c r="B98" s="14" t="n">
-        <v>1093.0</v>
+        <v>1288.4</v>
       </c>
       <c r="C98" s="14" t="n">
-        <v>1179.0</v>
+        <v>1093.4</v>
       </c>
       <c r="D98" s="14" t="n">
-        <v>945.0</v>
+        <v>1179.2</v>
       </c>
       <c r="E98" s="14" t="n">
-        <v>1093.0</v>
+        <v>945.4</v>
       </c>
       <c r="F98" s="14" t="n">
-        <v>1179.0</v>
+        <v>1288.4</v>
       </c>
       <c r="G98" s="14" t="n">
-        <v>945.0</v>
+        <v>1093.4</v>
       </c>
       <c r="H98" s="14" t="n">
-        <v>0.0</v>
+        <v>1179.2</v>
       </c>
       <c r="I98" s="14" t="n">
-        <v>0.0</v>
+        <v>945.4</v>
       </c>
       <c r="J98" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K98" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L98" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M98" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.2 Paper wastes (including packaging)</t>
         </is>
       </c>
       <c r="B99" s="14" t="n">
+        <v>99333.1</v>
+      </c>
+      <c r="C99" s="14" t="n">
         <v>52206.0</v>
       </c>
-      <c r="C99" s="14" t="n">
+      <c r="D99" s="14" t="n">
         <v>49733.0</v>
       </c>
-      <c r="D99" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="E99" s="14" t="n">
+        <v>44577.8</v>
+      </c>
+      <c r="F99" s="14" t="n">
+        <v>99333.1</v>
+      </c>
+      <c r="G99" s="14" t="n">
         <v>52206.0</v>
       </c>
-      <c r="F99" s="14" t="n">
+      <c r="H99" s="14" t="n">
         <v>49733.0</v>
       </c>
-      <c r="G99" s="14" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="I99" s="14" t="n">
-        <v>0.0</v>
+        <v>44577.8</v>
       </c>
       <c r="J99" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K99" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L99" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M99" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.3 Rubber wastes</t>
         </is>
       </c>
       <c r="B100" s="14" t="n">
-        <v>7892.0</v>
+        <v>5182.7</v>
       </c>
       <c r="C100" s="14" t="n">
-        <v>3622.0</v>
+        <v>7891.8</v>
       </c>
       <c r="D100" s="14" t="n">
-        <v>2700.0</v>
+        <v>3621.7</v>
       </c>
       <c r="E100" s="14" t="n">
-        <v>7892.0</v>
+        <v>2700.3</v>
       </c>
       <c r="F100" s="14" t="n">
-        <v>3622.0</v>
+        <v>5182.7</v>
       </c>
       <c r="G100" s="14" t="n">
-        <v>2700.0</v>
+        <v>7891.8</v>
       </c>
       <c r="H100" s="14" t="n">
-        <v>0.0</v>
+        <v>3621.7</v>
       </c>
       <c r="I100" s="14" t="n">
-        <v>0.0</v>
+        <v>2700.3</v>
       </c>
       <c r="J100" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K100" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L100" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M100" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.4 Plastic wastes (including packaging)</t>
         </is>
       </c>
       <c r="B101" s="14" t="n">
-        <v>18116.0</v>
+        <v>21206.0</v>
       </c>
       <c r="C101" s="14" t="n">
-        <v>17244.0</v>
+        <v>18115.5</v>
       </c>
       <c r="D101" s="14" t="n">
-        <v>12232.0</v>
+        <v>17244.4</v>
       </c>
       <c r="E101" s="14" t="n">
-        <v>18116.0</v>
+        <v>12231.9</v>
       </c>
       <c r="F101" s="14" t="n">
-        <v>17244.0</v>
+        <v>21206.0</v>
       </c>
       <c r="G101" s="14" t="n">
-        <v>12232.0</v>
+        <v>18115.5</v>
       </c>
       <c r="H101" s="14" t="n">
-        <v>0.0</v>
+        <v>17244.4</v>
       </c>
       <c r="I101" s="14" t="n">
-        <v>0.0</v>
+        <v>12231.9</v>
       </c>
       <c r="J101" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K101" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L101" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M101" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.5 Wood wastes (including packaging)</t>
         </is>
       </c>
       <c r="B102" s="14" t="n">
-        <v>28997.0</v>
+        <v>38221.2</v>
       </c>
       <c r="C102" s="14" t="n">
-        <v>29462.0</v>
+        <v>28996.5</v>
       </c>
       <c r="D102" s="14" t="n">
-        <v>28484.0</v>
+        <v>29461.6</v>
       </c>
       <c r="E102" s="14" t="n">
-        <v>28997.0</v>
+        <v>28483.8</v>
       </c>
       <c r="F102" s="14" t="n">
-        <v>29456.0</v>
+        <v>37910.8</v>
       </c>
       <c r="G102" s="14" t="n">
-        <v>28469.0</v>
+        <v>28996.5</v>
       </c>
       <c r="H102" s="14" t="n">
-        <v>0.0</v>
+        <v>29456.3</v>
       </c>
       <c r="I102" s="14" t="n">
-        <v>5.0</v>
+        <v>28468.7</v>
       </c>
       <c r="J102" s="14" t="n">
-        <v>15.0</v>
+        <v>310.4</v>
+      </c>
+      <c r="K102" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L102" s="14" t="n">
+        <v>5.3</v>
+      </c>
+      <c r="M102" s="14" t="n">
+        <v>15.1</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.6 Textile wastes</t>
         </is>
       </c>
       <c r="B103" s="14" t="n">
-        <v>892.0</v>
+        <v>197.8</v>
       </c>
       <c r="C103" s="14" t="n">
-        <v>727.0</v>
+        <v>892.2</v>
       </c>
       <c r="D103" s="14" t="n">
-        <v>489.0</v>
+        <v>727.4</v>
       </c>
       <c r="E103" s="14" t="n">
-        <v>892.0</v>
+        <v>489.4</v>
       </c>
       <c r="F103" s="14" t="n">
-        <v>727.0</v>
+        <v>197.8</v>
       </c>
       <c r="G103" s="14" t="n">
-        <v>489.0</v>
+        <v>892.2</v>
       </c>
       <c r="H103" s="14" t="n">
-        <v>0.0</v>
+        <v>727.4</v>
       </c>
       <c r="I103" s="14" t="n">
-        <v>0.0</v>
+        <v>489.4</v>
       </c>
       <c r="J103" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K103" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L103" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M103" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.7 PCB waste</t>
         </is>
       </c>
       <c r="B104" s="14" t="n">
+        <v>46.0</v>
+      </c>
+      <c r="C104" s="14" t="n">
         <v>49.0</v>
       </c>
-      <c r="C104" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="D104" s="14" t="n">
-        <v>56.0</v>
+        <v>5.3</v>
       </c>
       <c r="E104" s="14" t="n">
-        <v>0.0</v>
+        <v>56.3</v>
       </c>
       <c r="F104" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="G104" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="H104" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="I104" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J104" s="14" t="n">
+        <v>46.0</v>
+      </c>
+      <c r="K104" s="14" t="n">
         <v>49.0</v>
       </c>
-      <c r="I104" s="14" t="n">
-[...3 lines deleted...]
-        <v>56.0</v>
+      <c r="L104" s="14" t="n">
+        <v>5.3</v>
+      </c>
+      <c r="M104" s="14" t="n">
+        <v>56.3</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    08 Discarded equipment</t>
         </is>
       </c>
       <c r="B105" s="14" t="n">
-        <v>7433.0</v>
+        <v>12409.3</v>
       </c>
       <c r="C105" s="14" t="n">
-        <v>6774.0</v>
+        <v>7433.3</v>
       </c>
       <c r="D105" s="14" t="n">
-        <v>7975.0</v>
+        <v>6773.6</v>
       </c>
       <c r="E105" s="14" t="n">
-        <v>817.0</v>
+        <v>7974.7</v>
       </c>
       <c r="F105" s="14" t="n">
+        <v>863.0</v>
+      </c>
+      <c r="G105" s="14" t="n">
+        <v>816.5</v>
+      </c>
+      <c r="H105" s="14" t="n">
         <v>1250.0</v>
       </c>
-      <c r="G105" s="14" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="I105" s="14" t="n">
-        <v>5524.0</v>
+        <v>1095.4</v>
       </c>
       <c r="J105" s="14" t="n">
-        <v>6879.0</v>
+        <v>11546.3</v>
+      </c>
+      <c r="K105" s="14" t="n">
+        <v>6616.8</v>
+      </c>
+      <c r="L105" s="14" t="n">
+        <v>5523.6</v>
+      </c>
+      <c r="M105" s="14" t="n">
+        <v>6879.3</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    09 Animal and vegetable wastes</t>
         </is>
       </c>
       <c r="B106" s="14" t="n">
-        <v>6195.0</v>
+        <v>34238.8</v>
       </c>
       <c r="C106" s="14" t="n">
-        <v>17654.0</v>
+        <v>6194.8</v>
       </c>
       <c r="D106" s="14" t="n">
-        <v>14591.0</v>
+        <v>17653.8</v>
       </c>
       <c r="E106" s="14" t="n">
-        <v>6195.0</v>
+        <v>14590.5</v>
       </c>
       <c r="F106" s="14" t="n">
-        <v>17654.0</v>
+        <v>34238.8</v>
       </c>
       <c r="G106" s="14" t="n">
-        <v>14591.0</v>
+        <v>6194.8</v>
       </c>
       <c r="H106" s="14" t="n">
-        <v>0.0</v>
+        <v>17653.8</v>
       </c>
       <c r="I106" s="14" t="n">
-        <v>0.0</v>
+        <v>14590.5</v>
       </c>
       <c r="J106" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K106" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L106" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M106" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    10 Mixed ordinary wastes</t>
         </is>
       </c>
       <c r="B107" s="14" t="n">
-        <v>118299.0</v>
+        <v>121576.4</v>
       </c>
       <c r="C107" s="14" t="n">
-        <v>106953.0</v>
+        <v>118298.5</v>
       </c>
       <c r="D107" s="14" t="n">
-        <v>74925.0</v>
+        <v>106952.5</v>
       </c>
       <c r="E107" s="14" t="n">
-        <v>118196.0</v>
+        <v>74925.3</v>
       </c>
       <c r="F107" s="14" t="n">
-        <v>106861.0</v>
+        <v>121378.9</v>
       </c>
       <c r="G107" s="14" t="n">
+        <v>118195.7</v>
+      </c>
+      <c r="H107" s="14" t="n">
+        <v>106860.8</v>
+      </c>
+      <c r="I107" s="14" t="n">
         <v>74616.0</v>
       </c>
-      <c r="H107" s="14" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="J107" s="14" t="n">
-        <v>309.0</v>
+        <v>197.5</v>
+      </c>
+      <c r="K107" s="14" t="n">
+        <v>102.8</v>
+      </c>
+      <c r="L107" s="14" t="n">
+        <v>91.7</v>
+      </c>
+      <c r="M107" s="14" t="n">
+        <v>309.3</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    11 Common sludges</t>
         </is>
       </c>
       <c r="B108" s="14" t="n">
-        <v>431.0</v>
+        <v>851.2</v>
       </c>
       <c r="C108" s="14" t="n">
-        <v>1784.0</v>
+        <v>430.7</v>
       </c>
       <c r="D108" s="14" t="n">
-        <v>808.0</v>
+        <v>1784.3</v>
       </c>
       <c r="E108" s="14" t="n">
-        <v>431.0</v>
+        <v>807.6</v>
       </c>
       <c r="F108" s="14" t="n">
-        <v>1784.0</v>
+        <v>851.2</v>
       </c>
       <c r="G108" s="14" t="n">
-        <v>808.0</v>
+        <v>430.7</v>
       </c>
       <c r="H108" s="14" t="n">
-        <v>0.0</v>
+        <v>1784.3</v>
       </c>
       <c r="I108" s="14" t="n">
-        <v>0.0</v>
+        <v>807.6</v>
       </c>
       <c r="J108" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K108" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L108" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M108" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    12 and 13  Mineral wastes and solidified and vitrified waste</t>
         </is>
       </c>
       <c r="B109" s="14" t="n">
-        <v>5157.0</v>
+        <v>7258.0</v>
       </c>
       <c r="C109" s="14" t="n">
-        <v>35724.0</v>
+        <v>5156.6</v>
       </c>
       <c r="D109" s="14" t="n">
-        <v>43969.0</v>
+        <v>35723.7</v>
       </c>
       <c r="E109" s="14" t="n">
-        <v>4638.0</v>
+        <v>43969.2</v>
       </c>
       <c r="F109" s="14" t="n">
-        <v>35653.0</v>
+        <v>6851.7</v>
       </c>
       <c r="G109" s="14" t="n">
+        <v>4637.5</v>
+      </c>
+      <c r="H109" s="14" t="n">
+        <v>35652.9</v>
+      </c>
+      <c r="I109" s="14" t="n">
         <v>43800.0</v>
       </c>
-      <c r="H109" s="14" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="J109" s="14" t="n">
-        <v>169.0</v>
+        <v>406.3</v>
+      </c>
+      <c r="K109" s="14" t="n">
+        <v>519.1</v>
+      </c>
+      <c r="L109" s="14" t="n">
+        <v>70.8</v>
+      </c>
+      <c r="M109" s="14" t="n">
+        <v>169.2</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    TOTAL</t>
         </is>
       </c>
       <c r="B110" s="14" t="n">
-        <v>288596.0</v>
+        <v>398193.8</v>
       </c>
       <c r="C110" s="14" t="n">
+        <v>288595.5</v>
+      </c>
+      <c r="D110" s="14" t="n">
         <v>294627.0</v>
       </c>
-      <c r="D110" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="E110" s="14" t="n">
-        <v>247233.0</v>
+        <v>258733.5</v>
       </c>
       <c r="F110" s="14" t="n">
-        <v>273456.0</v>
+        <v>345745.6</v>
       </c>
       <c r="G110" s="14" t="n">
-        <v>235705.0</v>
+        <v>247232.7</v>
       </c>
       <c r="H110" s="14" t="n">
-        <v>41363.0</v>
+        <v>273455.8</v>
       </c>
       <c r="I110" s="14" t="n">
-        <v>21171.0</v>
+        <v>235705.6</v>
       </c>
       <c r="J110" s="14" t="n">
-        <v>23028.0</v>
+        <v>52448.2</v>
+      </c>
+      <c r="K110" s="14" t="n">
+        <v>41362.8</v>
+      </c>
+      <c r="L110" s="14" t="n">
+        <v>21171.2</v>
+      </c>
+      <c r="M110" s="14" t="n">
+        <v>23027.9</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="6" t="inlineStr">
         <is>
           <t>Accommodation : 55 and 56 divisions</t>
         </is>
       </c>
       <c r="B111" s="6"/>
       <c r="C111" s="6"/>
       <c r="D111" s="6"/>
       <c r="E111" s="6"/>
       <c r="F111" s="6"/>
       <c r="G111" s="6"/>
       <c r="H111" s="6"/>
       <c r="I111" s="6"/>
       <c r="J111" s="6"/>
+      <c r="K111" s="6"/>
+      <c r="L111" s="6"/>
+      <c r="M111" s="6"/>
     </row>
     <row r="112">
       <c r="A112" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    01-02-03 Chemical waste</t>
         </is>
       </c>
       <c r="B112" s="14" t="n">
-        <v>1044.0</v>
+        <v>974.9</v>
       </c>
       <c r="C112" s="14" t="n">
-        <v>564.0</v>
+        <v>1044.1</v>
       </c>
       <c r="D112" s="14" t="n">
-        <v>1070.0</v>
+        <v>563.9</v>
       </c>
       <c r="E112" s="14" t="n">
-        <v>125.0</v>
+        <v>1070.4</v>
       </c>
       <c r="F112" s="14" t="n">
-        <v>37.0</v>
+        <v>74.6</v>
       </c>
       <c r="G112" s="14" t="n">
-        <v>97.0</v>
+        <v>125.1</v>
       </c>
       <c r="H112" s="14" t="n">
+        <v>37.2</v>
+      </c>
+      <c r="I112" s="14" t="n">
+        <v>96.8</v>
+      </c>
+      <c r="J112" s="14" t="n">
+        <v>900.3</v>
+      </c>
+      <c r="K112" s="14" t="n">
         <v>919.0</v>
       </c>
-      <c r="I112" s="14" t="n">
-[...3 lines deleted...]
-        <v>974.0</v>
+      <c r="L112" s="14" t="n">
+        <v>526.7</v>
+      </c>
+      <c r="M112" s="14" t="n">
+        <v>973.6</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    05 - Medical and biological waste</t>
         </is>
       </c>
       <c r="B113" s="14" t="n">
-        <v>81.0</v>
+        <v>45.3</v>
       </c>
       <c r="C113" s="14" t="n">
-        <v>19.0</v>
+        <v>80.6</v>
       </c>
       <c r="D113" s="14" t="n">
-        <v>88.0</v>
+        <v>19.2</v>
       </c>
       <c r="E113" s="14" t="n">
-        <v>76.0</v>
+        <v>88.3</v>
       </c>
       <c r="F113" s="14" t="n">
-        <v>18.0</v>
+        <v>45.0</v>
       </c>
       <c r="G113" s="14" t="n">
-        <v>88.0</v>
+        <v>75.5</v>
       </c>
       <c r="H113" s="14" t="n">
-        <v>5.0</v>
+        <v>18.3</v>
       </c>
       <c r="I113" s="14" t="n">
-        <v>1.0</v>
+        <v>87.7</v>
       </c>
       <c r="J113" s="14" t="n">
-        <v>1.0</v>
+        <v>0.3</v>
+      </c>
+      <c r="K113" s="14" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="L113" s="14" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="M113" s="14" t="n">
+        <v>0.6</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    06. Metallic wastes</t>
         </is>
       </c>
       <c r="B114" s="14" t="n">
-        <v>810.0</v>
+        <v>635.3</v>
       </c>
       <c r="C114" s="14" t="n">
-        <v>434.0</v>
+        <v>809.9</v>
       </c>
       <c r="D114" s="14" t="n">
-        <v>1352.0</v>
+        <v>434.2</v>
       </c>
       <c r="E114" s="14" t="n">
-        <v>810.0</v>
+        <v>1351.7</v>
       </c>
       <c r="F114" s="14" t="n">
-        <v>434.0</v>
+        <v>635.3</v>
       </c>
       <c r="G114" s="14" t="n">
-        <v>1352.0</v>
+        <v>809.9</v>
       </c>
       <c r="H114" s="14" t="n">
-        <v>0.0</v>
+        <v>434.2</v>
       </c>
       <c r="I114" s="14" t="n">
-        <v>0.0</v>
+        <v>1351.7</v>
       </c>
       <c r="J114" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K114" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L114" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M114" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.1 Glass wastes (including packaging)</t>
         </is>
       </c>
       <c r="B115" s="14" t="n">
-        <v>53914.0</v>
+        <v>58818.9</v>
       </c>
       <c r="C115" s="14" t="n">
-        <v>45744.0</v>
+        <v>53913.9</v>
       </c>
       <c r="D115" s="14" t="n">
-        <v>47030.0</v>
+        <v>45744.1</v>
       </c>
       <c r="E115" s="14" t="n">
-        <v>53914.0</v>
+        <v>47029.8</v>
       </c>
       <c r="F115" s="14" t="n">
-        <v>45744.0</v>
+        <v>58818.9</v>
       </c>
       <c r="G115" s="14" t="n">
-        <v>47030.0</v>
+        <v>53913.9</v>
       </c>
       <c r="H115" s="14" t="n">
-        <v>0.0</v>
+        <v>45744.1</v>
       </c>
       <c r="I115" s="14" t="n">
-        <v>0.0</v>
+        <v>47029.8</v>
       </c>
       <c r="J115" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K115" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L115" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M115" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.2 Paper wastes (including packaging)</t>
         </is>
       </c>
       <c r="B116" s="14" t="n">
-        <v>46512.0</v>
+        <v>63285.3</v>
       </c>
       <c r="C116" s="14" t="n">
-        <v>49615.0</v>
+        <v>46511.6</v>
       </c>
       <c r="D116" s="14" t="n">
+        <v>49614.9</v>
+      </c>
+      <c r="E116" s="14" t="n">
         <v>67368.0</v>
       </c>
-      <c r="E116" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="F116" s="14" t="n">
-        <v>49615.0</v>
+        <v>63285.3</v>
       </c>
       <c r="G116" s="14" t="n">
+        <v>46511.6</v>
+      </c>
+      <c r="H116" s="14" t="n">
+        <v>49614.9</v>
+      </c>
+      <c r="I116" s="14" t="n">
         <v>67368.0</v>
       </c>
-      <c r="H116" s="14" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="J116" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K116" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L116" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M116" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.3 Rubber wastes</t>
         </is>
       </c>
       <c r="B117" s="14" t="n">
-        <v>4.0</v>
+        <v>6.0</v>
       </c>
       <c r="C117" s="14" t="n">
-        <v>7.0</v>
+        <v>3.8</v>
       </c>
       <c r="D117" s="14" t="n">
-        <v>202.0</v>
+        <v>6.7</v>
       </c>
       <c r="E117" s="14" t="n">
-        <v>4.0</v>
+        <v>202.3</v>
       </c>
       <c r="F117" s="14" t="n">
-        <v>7.0</v>
+        <v>6.0</v>
       </c>
       <c r="G117" s="14" t="n">
-        <v>202.0</v>
+        <v>3.8</v>
       </c>
       <c r="H117" s="14" t="n">
-        <v>0.0</v>
+        <v>6.7</v>
       </c>
       <c r="I117" s="14" t="n">
-        <v>0.0</v>
+        <v>202.3</v>
       </c>
       <c r="J117" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K117" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L117" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M117" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.4 Plastic wastes (including packaging)</t>
         </is>
       </c>
       <c r="B118" s="14" t="n">
-        <v>31177.0</v>
+        <v>41356.6</v>
       </c>
       <c r="C118" s="14" t="n">
-        <v>27926.0</v>
+        <v>31176.6</v>
       </c>
       <c r="D118" s="14" t="n">
-        <v>32222.0</v>
+        <v>27926.3</v>
       </c>
       <c r="E118" s="14" t="n">
-        <v>31177.0</v>
+        <v>32222.4</v>
       </c>
       <c r="F118" s="14" t="n">
-        <v>27926.0</v>
+        <v>41356.6</v>
       </c>
       <c r="G118" s="14" t="n">
-        <v>32222.0</v>
+        <v>31176.6</v>
       </c>
       <c r="H118" s="14" t="n">
-        <v>0.0</v>
+        <v>27926.3</v>
       </c>
       <c r="I118" s="14" t="n">
-        <v>0.0</v>
+        <v>32222.4</v>
       </c>
       <c r="J118" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K118" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L118" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M118" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.5 Wood wastes (including packaging)</t>
         </is>
       </c>
       <c r="B119" s="14" t="n">
-        <v>1264.0</v>
+        <v>1414.6</v>
       </c>
       <c r="C119" s="14" t="n">
-        <v>1348.0</v>
+        <v>1263.6</v>
       </c>
       <c r="D119" s="14" t="n">
-        <v>1167.0</v>
+        <v>1347.7</v>
       </c>
       <c r="E119" s="14" t="n">
-        <v>1264.0</v>
+        <v>1166.9</v>
       </c>
       <c r="F119" s="14" t="n">
-        <v>1348.0</v>
+        <v>1414.6</v>
       </c>
       <c r="G119" s="14" t="n">
-        <v>1167.0</v>
+        <v>1263.6</v>
       </c>
       <c r="H119" s="14" t="n">
-        <v>0.0</v>
+        <v>1347.7</v>
       </c>
       <c r="I119" s="14" t="n">
-        <v>0.0</v>
+        <v>1166.9</v>
       </c>
       <c r="J119" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K119" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L119" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M119" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.6 Textile wastes</t>
         </is>
       </c>
       <c r="B120" s="14" t="n">
-        <v>299.0</v>
+        <v>279.8</v>
       </c>
       <c r="C120" s="14" t="n">
-        <v>112.0</v>
+        <v>298.8</v>
       </c>
       <c r="D120" s="14" t="n">
-        <v>148.0</v>
+        <v>111.9</v>
       </c>
       <c r="E120" s="14" t="n">
-        <v>299.0</v>
+        <v>147.7</v>
       </c>
       <c r="F120" s="14" t="n">
-        <v>112.0</v>
+        <v>279.8</v>
       </c>
       <c r="G120" s="14" t="n">
-        <v>148.0</v>
+        <v>298.8</v>
       </c>
       <c r="H120" s="14" t="n">
-        <v>0.0</v>
+        <v>111.9</v>
       </c>
       <c r="I120" s="14" t="n">
-        <v>0.0</v>
+        <v>147.7</v>
       </c>
       <c r="J120" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K120" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L120" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M120" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.7 PCB waste</t>
         </is>
       </c>
       <c r="B121" s="14" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="C121" s="14" t="n">
-        <v>0.0</v>
+        <v>0.7</v>
       </c>
       <c r="D121" s="14" t="n">
-        <v>0.0</v>
+        <v>0.4</v>
       </c>
       <c r="E121" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="F121" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="G121" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="H121" s="14" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="I121" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="J121" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K121" s="14" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="L121" s="14" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="M121" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    08 Discarded equipment</t>
         </is>
       </c>
       <c r="B122" s="14" t="n">
-        <v>445.0</v>
+        <v>670.3</v>
       </c>
       <c r="C122" s="14" t="n">
-        <v>347.0</v>
+        <v>445.2</v>
       </c>
       <c r="D122" s="14" t="n">
-        <v>663.0</v>
+        <v>347.1</v>
       </c>
       <c r="E122" s="14" t="n">
-        <v>198.0</v>
+        <v>663.4</v>
       </c>
       <c r="F122" s="14" t="n">
-        <v>186.0</v>
+        <v>426.9</v>
       </c>
       <c r="G122" s="14" t="n">
-        <v>403.0</v>
+        <v>197.6</v>
       </c>
       <c r="H122" s="14" t="n">
-        <v>248.0</v>
+        <v>186.1</v>
       </c>
       <c r="I122" s="14" t="n">
+        <v>402.8</v>
+      </c>
+      <c r="J122" s="14" t="n">
+        <v>243.4</v>
+      </c>
+      <c r="K122" s="14" t="n">
+        <v>247.6</v>
+      </c>
+      <c r="L122" s="14" t="n">
         <v>161.0</v>
       </c>
-      <c r="J122" s="14" t="n">
-        <v>261.0</v>
+      <c r="M122" s="14" t="n">
+        <v>260.6</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    09 Animal and vegetable wastes</t>
         </is>
       </c>
       <c r="B123" s="14" t="n">
+        <v>154947.6</v>
+      </c>
+      <c r="C123" s="14" t="n">
         <v>127808.0</v>
       </c>
-      <c r="C123" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="D123" s="14" t="n">
-        <v>150693.0</v>
+        <v>102236.5</v>
       </c>
       <c r="E123" s="14" t="n">
+        <v>150693.3</v>
+      </c>
+      <c r="F123" s="14" t="n">
+        <v>154947.6</v>
+      </c>
+      <c r="G123" s="14" t="n">
         <v>127808.0</v>
       </c>
-      <c r="F123" s="14" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="H123" s="14" t="n">
-        <v>0.0</v>
+        <v>102236.5</v>
       </c>
       <c r="I123" s="14" t="n">
-        <v>0.0</v>
+        <v>150693.3</v>
       </c>
       <c r="J123" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K123" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L123" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M123" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    10 Mixed ordinary wastes</t>
         </is>
       </c>
       <c r="B124" s="14" t="n">
-        <v>129148.0</v>
+        <v>151427.3</v>
       </c>
       <c r="C124" s="14" t="n">
+        <v>129148.1</v>
+      </c>
+      <c r="D124" s="14" t="n">
+        <v>127635.1</v>
+      </c>
+      <c r="E124" s="14" t="n">
+        <v>162318.0</v>
+      </c>
+      <c r="F124" s="14" t="n">
+        <v>151424.4</v>
+      </c>
+      <c r="G124" s="14" t="n">
+        <v>129112.4</v>
+      </c>
+      <c r="H124" s="14" t="n">
         <v>127635.0</v>
       </c>
-      <c r="D124" s="14" t="n">
-[...13 lines deleted...]
-      </c>
       <c r="I124" s="14" t="n">
-        <v>0.0</v>
+        <v>162261.7</v>
       </c>
       <c r="J124" s="14" t="n">
-        <v>56.0</v>
+        <v>2.9</v>
+      </c>
+      <c r="K124" s="14" t="n">
+        <v>35.7</v>
+      </c>
+      <c r="L124" s="14" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="M124" s="14" t="n">
+        <v>56.3</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    11 Common sludges</t>
         </is>
       </c>
       <c r="B125" s="14" t="n">
-        <v>818.0</v>
+        <v>761.6</v>
       </c>
       <c r="C125" s="14" t="n">
-        <v>747.0</v>
+        <v>818.2</v>
       </c>
       <c r="D125" s="14" t="n">
-        <v>957.0</v>
+        <v>746.5</v>
       </c>
       <c r="E125" s="14" t="n">
-        <v>818.0</v>
+        <v>957.5</v>
       </c>
       <c r="F125" s="14" t="n">
-        <v>747.0</v>
+        <v>761.6</v>
       </c>
       <c r="G125" s="14" t="n">
-        <v>957.0</v>
+        <v>818.2</v>
       </c>
       <c r="H125" s="14" t="n">
-        <v>0.0</v>
+        <v>746.5</v>
       </c>
       <c r="I125" s="14" t="n">
-        <v>0.0</v>
+        <v>957.5</v>
       </c>
       <c r="J125" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K125" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L125" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M125" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    12 and 13  Mineral wastes and solidified and vitrified waste</t>
         </is>
       </c>
       <c r="B126" s="14" t="n">
-        <v>142.0</v>
+        <v>542.8</v>
       </c>
       <c r="C126" s="14" t="n">
-        <v>41.0</v>
+        <v>141.9</v>
       </c>
       <c r="D126" s="14" t="n">
+        <v>41.4</v>
+      </c>
+      <c r="E126" s="14" t="n">
         <v>487.0</v>
       </c>
-      <c r="E126" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="F126" s="14" t="n">
-        <v>41.0</v>
+        <v>540.2</v>
       </c>
       <c r="G126" s="14" t="n">
-        <v>468.0</v>
+        <v>140.2</v>
       </c>
       <c r="H126" s="14" t="n">
-        <v>2.0</v>
+        <v>40.6</v>
       </c>
       <c r="I126" s="14" t="n">
-        <v>1.0</v>
+        <v>468.2</v>
       </c>
       <c r="J126" s="14" t="n">
-        <v>19.0</v>
+        <v>2.6</v>
+      </c>
+      <c r="K126" s="14" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="L126" s="14" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="M126" s="14" t="n">
+        <v>18.8</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    TOTAL</t>
         </is>
       </c>
       <c r="B127" s="14" t="n">
+        <v>475166.3</v>
+      </c>
+      <c r="C127" s="14" t="n">
         <v>393465.0</v>
       </c>
-      <c r="C127" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="D127" s="14" t="n">
-        <v>465767.0</v>
+        <v>356775.9</v>
       </c>
       <c r="E127" s="14" t="n">
-        <v>392255.0</v>
+        <v>465766.7</v>
       </c>
       <c r="F127" s="14" t="n">
+        <v>474016.8</v>
+      </c>
+      <c r="G127" s="14" t="n">
+        <v>392255.2</v>
+      </c>
+      <c r="H127" s="14" t="n">
         <v>356086.0</v>
       </c>
-      <c r="G127" s="14" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="I127" s="14" t="n">
-        <v>690.0</v>
+        <v>464456.8</v>
       </c>
       <c r="J127" s="14" t="n">
-        <v>1310.0</v>
+        <v>1149.5</v>
+      </c>
+      <c r="K127" s="14" t="n">
+        <v>1209.8</v>
+      </c>
+      <c r="L127" s="14" t="n">
+        <v>689.9</v>
+      </c>
+      <c r="M127" s="14" t="n">
+        <v>1309.9</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="6" t="inlineStr">
         <is>
           <t>Information and communication: from 58 to 63 divisions</t>
         </is>
       </c>
       <c r="B128" s="6"/>
       <c r="C128" s="6"/>
       <c r="D128" s="6"/>
       <c r="E128" s="6"/>
       <c r="F128" s="6"/>
       <c r="G128" s="6"/>
       <c r="H128" s="6"/>
       <c r="I128" s="6"/>
       <c r="J128" s="6"/>
+      <c r="K128" s="6"/>
+      <c r="L128" s="6"/>
+      <c r="M128" s="6"/>
     </row>
     <row r="129">
       <c r="A129" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    01-02-03 Chemical waste</t>
         </is>
       </c>
       <c r="B129" s="14" t="n">
-        <v>117.0</v>
+        <v>91.5</v>
       </c>
       <c r="C129" s="14" t="n">
-        <v>94.0</v>
+        <v>116.7</v>
       </c>
       <c r="D129" s="14" t="n">
-        <v>238.0</v>
+        <v>93.9</v>
       </c>
       <c r="E129" s="14" t="n">
-        <v>18.0</v>
+        <v>238.3</v>
       </c>
       <c r="F129" s="14" t="n">
-        <v>12.0</v>
+        <v>7.2</v>
       </c>
       <c r="G129" s="14" t="n">
-        <v>6.0</v>
+        <v>17.5</v>
       </c>
       <c r="H129" s="14" t="n">
-        <v>99.0</v>
+        <v>12.2</v>
       </c>
       <c r="I129" s="14" t="n">
-        <v>82.0</v>
+        <v>6.4</v>
       </c>
       <c r="J129" s="14" t="n">
-        <v>232.0</v>
+        <v>84.3</v>
+      </c>
+      <c r="K129" s="14" t="n">
+        <v>99.2</v>
+      </c>
+      <c r="L129" s="14" t="n">
+        <v>81.7</v>
+      </c>
+      <c r="M129" s="14" t="n">
+        <v>231.9</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    05 - Medical and biological waste</t>
         </is>
       </c>
       <c r="B130" s="14" t="n">
-        <v>14.0</v>
+        <v>23.8</v>
       </c>
       <c r="C130" s="14" t="n">
-        <v>11.0</v>
+        <v>13.8</v>
       </c>
       <c r="D130" s="14" t="n">
-        <v>34.0</v>
+        <v>10.7</v>
       </c>
       <c r="E130" s="14" t="n">
-        <v>11.0</v>
+        <v>34.2</v>
       </c>
       <c r="F130" s="14" t="n">
-        <v>8.0</v>
+        <v>15.6</v>
       </c>
       <c r="G130" s="14" t="n">
-        <v>32.0</v>
+        <v>10.6</v>
       </c>
       <c r="H130" s="14" t="n">
-        <v>3.0</v>
+        <v>7.5</v>
       </c>
       <c r="I130" s="14" t="n">
-        <v>3.0</v>
+        <v>31.7</v>
       </c>
       <c r="J130" s="14" t="n">
-        <v>3.0</v>
+        <v>8.2</v>
+      </c>
+      <c r="K130" s="14" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="L130" s="14" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="M130" s="14" t="n">
+        <v>2.5</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    06. Metallic wastes</t>
         </is>
       </c>
       <c r="B131" s="14" t="n">
-        <v>4974.0</v>
+        <v>559.6</v>
       </c>
       <c r="C131" s="14" t="n">
-        <v>3397.0</v>
+        <v>4974.3</v>
       </c>
       <c r="D131" s="14" t="n">
-        <v>6327.0</v>
+        <v>3397.4</v>
       </c>
       <c r="E131" s="14" t="n">
-        <v>4974.0</v>
+        <v>6327.5</v>
       </c>
       <c r="F131" s="14" t="n">
-        <v>3397.0</v>
+        <v>559.6</v>
       </c>
       <c r="G131" s="14" t="n">
-        <v>6327.0</v>
+        <v>4974.3</v>
       </c>
       <c r="H131" s="14" t="n">
-        <v>0.0</v>
+        <v>3397.4</v>
       </c>
       <c r="I131" s="14" t="n">
-        <v>0.0</v>
+        <v>6327.5</v>
       </c>
       <c r="J131" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K131" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L131" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M131" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.1 Glass wastes (including packaging)</t>
         </is>
       </c>
       <c r="B132" s="14" t="n">
+        <v>95.7</v>
+      </c>
+      <c r="C132" s="14" t="n">
         <v>42.0</v>
       </c>
-      <c r="C132" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="D132" s="14" t="n">
-        <v>27.0</v>
+        <v>35.2</v>
       </c>
       <c r="E132" s="14" t="n">
+        <v>26.6</v>
+      </c>
+      <c r="F132" s="14" t="n">
+        <v>95.7</v>
+      </c>
+      <c r="G132" s="14" t="n">
         <v>42.0</v>
       </c>
-      <c r="F132" s="14" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="H132" s="14" t="n">
-        <v>0.0</v>
+        <v>35.2</v>
       </c>
       <c r="I132" s="14" t="n">
-        <v>0.0</v>
+        <v>26.6</v>
       </c>
       <c r="J132" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K132" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L132" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M132" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.2 Paper wastes (including packaging)</t>
         </is>
       </c>
       <c r="B133" s="14" t="n">
-        <v>15851.0</v>
+        <v>10176.4</v>
       </c>
       <c r="C133" s="14" t="n">
-        <v>8413.0</v>
+        <v>15850.5</v>
       </c>
       <c r="D133" s="14" t="n">
-        <v>7923.0</v>
+        <v>8413.1</v>
       </c>
       <c r="E133" s="14" t="n">
-        <v>15851.0</v>
+        <v>7922.6</v>
       </c>
       <c r="F133" s="14" t="n">
-        <v>8413.0</v>
+        <v>10176.4</v>
       </c>
       <c r="G133" s="14" t="n">
-        <v>7923.0</v>
+        <v>15850.5</v>
       </c>
       <c r="H133" s="14" t="n">
-        <v>0.0</v>
+        <v>8413.1</v>
       </c>
       <c r="I133" s="14" t="n">
-        <v>0.0</v>
+        <v>7922.6</v>
       </c>
       <c r="J133" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K133" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L133" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M133" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.3 Rubber wastes</t>
         </is>
       </c>
       <c r="B134" s="14" t="n">
-        <v>0.0</v>
+        <v>12.5</v>
       </c>
       <c r="C134" s="14" t="n">
-        <v>3.0</v>
+        <v>0.0</v>
       </c>
       <c r="D134" s="14" t="n">
-        <v>5.0</v>
+        <v>2.8</v>
       </c>
       <c r="E134" s="14" t="n">
-        <v>0.0</v>
+        <v>5.3</v>
       </c>
       <c r="F134" s="14" t="n">
-        <v>3.0</v>
+        <v>12.5</v>
       </c>
       <c r="G134" s="14" t="n">
-        <v>5.0</v>
+        <v>0.0</v>
       </c>
       <c r="H134" s="14" t="n">
-        <v>0.0</v>
+        <v>2.8</v>
       </c>
       <c r="I134" s="14" t="n">
-        <v>0.0</v>
+        <v>5.3</v>
       </c>
       <c r="J134" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K134" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L134" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M134" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.4 Plastic wastes (including packaging)</t>
         </is>
       </c>
       <c r="B135" s="14" t="n">
+        <v>780.1</v>
+      </c>
+      <c r="C135" s="14" t="n">
         <v>867.0</v>
       </c>
-      <c r="C135" s="14" t="n">
+      <c r="D135" s="14" t="n">
         <v>755.0</v>
       </c>
-      <c r="D135" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="E135" s="14" t="n">
+        <v>1280.3</v>
+      </c>
+      <c r="F135" s="14" t="n">
+        <v>780.1</v>
+      </c>
+      <c r="G135" s="14" t="n">
         <v>867.0</v>
       </c>
-      <c r="F135" s="14" t="n">
+      <c r="H135" s="14" t="n">
         <v>755.0</v>
       </c>
-      <c r="G135" s="14" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="I135" s="14" t="n">
-        <v>0.0</v>
+        <v>1280.3</v>
       </c>
       <c r="J135" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K135" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L135" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M135" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.5 Wood wastes (including packaging)</t>
         </is>
       </c>
       <c r="B136" s="14" t="n">
-        <v>883.0</v>
+        <v>655.4</v>
       </c>
       <c r="C136" s="14" t="n">
-        <v>286.0</v>
+        <v>882.6</v>
       </c>
       <c r="D136" s="14" t="n">
-        <v>593.0</v>
+        <v>286.2</v>
       </c>
       <c r="E136" s="14" t="n">
-        <v>883.0</v>
+        <v>593.5</v>
       </c>
       <c r="F136" s="14" t="n">
-        <v>286.0</v>
+        <v>655.4</v>
       </c>
       <c r="G136" s="14" t="n">
-        <v>593.0</v>
+        <v>882.6</v>
       </c>
       <c r="H136" s="14" t="n">
-        <v>0.0</v>
+        <v>286.2</v>
       </c>
       <c r="I136" s="14" t="n">
-        <v>0.0</v>
+        <v>593.5</v>
       </c>
       <c r="J136" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K136" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L136" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M136" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.6 Textile wastes</t>
         </is>
       </c>
       <c r="B137" s="14" t="n">
-        <v>5.0</v>
+        <v>3.6</v>
       </c>
       <c r="C137" s="14" t="n">
-        <v>0.0</v>
+        <v>4.7</v>
       </c>
       <c r="D137" s="14" t="n">
-        <v>0.0</v>
+        <v>0.4</v>
       </c>
       <c r="E137" s="14" t="n">
-        <v>5.0</v>
+        <v>0.3</v>
       </c>
       <c r="F137" s="14" t="n">
-        <v>0.0</v>
+        <v>3.6</v>
       </c>
       <c r="G137" s="14" t="n">
-        <v>0.0</v>
+        <v>4.7</v>
       </c>
       <c r="H137" s="14" t="n">
-        <v>0.0</v>
+        <v>0.4</v>
       </c>
       <c r="I137" s="14" t="n">
-        <v>0.0</v>
+        <v>0.3</v>
       </c>
       <c r="J137" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K137" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L137" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M137" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.7 PCB waste</t>
         </is>
       </c>
       <c r="B138" s="14" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="C138" s="14" t="n">
         <v>2.0</v>
       </c>
-      <c r="C138" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="D138" s="14" t="n">
-        <v>0.0</v>
+        <v>0.2</v>
       </c>
       <c r="E138" s="14" t="n">
-        <v>0.0</v>
+        <v>0.1</v>
       </c>
       <c r="F138" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="G138" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="H138" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="I138" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J138" s="14" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="K138" s="14" t="n">
         <v>2.0</v>
       </c>
-      <c r="I138" s="14" t="n">
-[...3 lines deleted...]
-        <v>0.0</v>
+      <c r="L138" s="14" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="M138" s="14" t="n">
+        <v>0.1</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    08 Discarded equipment</t>
         </is>
       </c>
       <c r="B139" s="14" t="n">
-        <v>6240.0</v>
+        <v>3535.7</v>
       </c>
       <c r="C139" s="14" t="n">
-        <v>4358.0</v>
+        <v>6239.6</v>
       </c>
       <c r="D139" s="14" t="n">
-        <v>5634.0</v>
+        <v>4357.8</v>
       </c>
       <c r="E139" s="14" t="n">
-        <v>4758.0</v>
+        <v>5634.1</v>
       </c>
       <c r="F139" s="14" t="n">
-        <v>2999.0</v>
+        <v>2736.5</v>
       </c>
       <c r="G139" s="14" t="n">
-        <v>3480.0</v>
+        <v>4757.7</v>
       </c>
       <c r="H139" s="14" t="n">
-        <v>1482.0</v>
+        <v>2998.6</v>
       </c>
       <c r="I139" s="14" t="n">
-        <v>1359.0</v>
+        <v>3480.1</v>
       </c>
       <c r="J139" s="14" t="n">
+        <v>799.2</v>
+      </c>
+      <c r="K139" s="14" t="n">
+        <v>1481.9</v>
+      </c>
+      <c r="L139" s="14" t="n">
+        <v>1359.2</v>
+      </c>
+      <c r="M139" s="14" t="n">
         <v>2154.0</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    09 Animal and vegetable wastes</t>
         </is>
       </c>
       <c r="B140" s="14" t="n">
-        <v>334.0</v>
+        <v>339.9</v>
       </c>
       <c r="C140" s="14" t="n">
-        <v>156.0</v>
+        <v>333.8</v>
       </c>
       <c r="D140" s="14" t="n">
-        <v>282.0</v>
+        <v>155.6</v>
       </c>
       <c r="E140" s="14" t="n">
-        <v>334.0</v>
+        <v>281.8</v>
       </c>
       <c r="F140" s="14" t="n">
-        <v>156.0</v>
+        <v>339.9</v>
       </c>
       <c r="G140" s="14" t="n">
-        <v>282.0</v>
+        <v>333.8</v>
       </c>
       <c r="H140" s="14" t="n">
-        <v>0.0</v>
+        <v>155.6</v>
       </c>
       <c r="I140" s="14" t="n">
-        <v>0.0</v>
+        <v>281.8</v>
       </c>
       <c r="J140" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K140" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L140" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M140" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    10 Mixed ordinary wastes</t>
         </is>
       </c>
       <c r="B141" s="14" t="n">
-        <v>4100.0</v>
+        <v>3351.4</v>
       </c>
       <c r="C141" s="14" t="n">
-        <v>3531.0</v>
+        <v>4099.7</v>
       </c>
       <c r="D141" s="14" t="n">
-        <v>3436.0</v>
+        <v>3530.6</v>
       </c>
       <c r="E141" s="14" t="n">
-        <v>4099.0</v>
+        <v>3435.8</v>
       </c>
       <c r="F141" s="14" t="n">
-        <v>3529.0</v>
+        <v>3349.0</v>
       </c>
       <c r="G141" s="14" t="n">
-        <v>3153.0</v>
+        <v>4098.8</v>
       </c>
       <c r="H141" s="14" t="n">
-        <v>1.0</v>
+        <v>3528.5</v>
       </c>
       <c r="I141" s="14" t="n">
-        <v>2.0</v>
+        <v>3153.5</v>
       </c>
       <c r="J141" s="14" t="n">
-        <v>282.0</v>
+        <v>2.4</v>
+      </c>
+      <c r="K141" s="14" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="L141" s="14" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="M141" s="14" t="n">
+        <v>282.3</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    11 Common sludges</t>
         </is>
       </c>
       <c r="B142" s="14" t="n">
-        <v>25.0</v>
+        <v>36.1</v>
       </c>
       <c r="C142" s="14" t="n">
-        <v>26.0</v>
+        <v>24.5</v>
       </c>
       <c r="D142" s="14" t="n">
-        <v>33.0</v>
+        <v>26.4</v>
       </c>
       <c r="E142" s="14" t="n">
-        <v>25.0</v>
+        <v>32.7</v>
       </c>
       <c r="F142" s="14" t="n">
-        <v>26.0</v>
+        <v>36.1</v>
       </c>
       <c r="G142" s="14" t="n">
-        <v>33.0</v>
+        <v>24.5</v>
       </c>
       <c r="H142" s="14" t="n">
-        <v>0.0</v>
+        <v>26.4</v>
       </c>
       <c r="I142" s="14" t="n">
-        <v>0.0</v>
+        <v>32.7</v>
       </c>
       <c r="J142" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K142" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L142" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M142" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    12 and 13  Mineral wastes and solidified and vitrified waste</t>
         </is>
       </c>
       <c r="B143" s="14" t="n">
-        <v>275.0</v>
+        <v>223.0</v>
       </c>
       <c r="C143" s="14" t="n">
-        <v>132.0</v>
+        <v>275.4</v>
       </c>
       <c r="D143" s="14" t="n">
-        <v>253.0</v>
+        <v>132.3</v>
       </c>
       <c r="E143" s="14" t="n">
-        <v>275.0</v>
+        <v>252.8</v>
       </c>
       <c r="F143" s="14" t="n">
-        <v>132.0</v>
+        <v>222.6</v>
       </c>
       <c r="G143" s="14" t="n">
-        <v>249.0</v>
+        <v>274.6</v>
       </c>
       <c r="H143" s="14" t="n">
-        <v>1.0</v>
+        <v>132.3</v>
       </c>
       <c r="I143" s="14" t="n">
-        <v>0.0</v>
+        <v>249.1</v>
       </c>
       <c r="J143" s="14" t="n">
-        <v>4.0</v>
+        <v>0.4</v>
+      </c>
+      <c r="K143" s="14" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="L143" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M143" s="14" t="n">
+        <v>3.7</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    TOTAL</t>
         </is>
       </c>
       <c r="B144" s="14" t="n">
-        <v>33727.0</v>
+        <v>19886.8</v>
       </c>
       <c r="C144" s="14" t="n">
-        <v>21198.0</v>
+        <v>33726.6</v>
       </c>
       <c r="D144" s="14" t="n">
-        <v>26066.0</v>
+        <v>21197.6</v>
       </c>
       <c r="E144" s="14" t="n">
-        <v>32139.0</v>
+        <v>26065.9</v>
       </c>
       <c r="F144" s="14" t="n">
-        <v>19751.0</v>
+        <v>18990.2</v>
       </c>
       <c r="G144" s="14" t="n">
-        <v>23391.0</v>
+        <v>32138.6</v>
       </c>
       <c r="H144" s="14" t="n">
+        <v>19751.2</v>
+      </c>
+      <c r="I144" s="14" t="n">
+        <v>23391.4</v>
+      </c>
+      <c r="J144" s="14" t="n">
+        <v>896.6</v>
+      </c>
+      <c r="K144" s="14" t="n">
         <v>1588.0</v>
       </c>
-      <c r="I144" s="14" t="n">
-[...3 lines deleted...]
-        <v>2675.0</v>
+      <c r="L144" s="14" t="n">
+        <v>1446.4</v>
+      </c>
+      <c r="M144" s="14" t="n">
+        <v>2674.5</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="6" t="inlineStr">
         <is>
           <t>Financial and insurance activities. from 64 to 66 divisions</t>
         </is>
       </c>
       <c r="B145" s="6"/>
       <c r="C145" s="6"/>
       <c r="D145" s="6"/>
       <c r="E145" s="6"/>
       <c r="F145" s="6"/>
       <c r="G145" s="6"/>
       <c r="H145" s="6"/>
       <c r="I145" s="6"/>
       <c r="J145" s="6"/>
+      <c r="K145" s="6"/>
+      <c r="L145" s="6"/>
+      <c r="M145" s="6"/>
     </row>
     <row r="146">
       <c r="A146" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    01-02-03 Chemical waste</t>
         </is>
       </c>
       <c r="B146" s="14" t="n">
-        <v>140.0</v>
+        <v>100.8</v>
       </c>
       <c r="C146" s="14" t="n">
-        <v>40.0</v>
+        <v>139.6</v>
       </c>
       <c r="D146" s="14" t="n">
-        <v>313.0</v>
+        <v>40.3</v>
       </c>
       <c r="E146" s="14" t="n">
+        <v>312.7</v>
+      </c>
+      <c r="F146" s="14" t="n">
+        <v>78.9</v>
+      </c>
+      <c r="G146" s="14" t="n">
         <v>68.0</v>
       </c>
-      <c r="F146" s="14" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="H146" s="14" t="n">
-        <v>72.0</v>
+        <v>11.9</v>
       </c>
       <c r="I146" s="14" t="n">
-        <v>28.0</v>
+        <v>21.7</v>
       </c>
       <c r="J146" s="14" t="n">
+        <v>21.9</v>
+      </c>
+      <c r="K146" s="14" t="n">
+        <v>71.6</v>
+      </c>
+      <c r="L146" s="14" t="n">
+        <v>28.4</v>
+      </c>
+      <c r="M146" s="14" t="n">
         <v>291.0</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    05 - Medical and biological waste</t>
         </is>
       </c>
       <c r="B147" s="14" t="n">
-        <v>14.0</v>
+        <v>25.7</v>
       </c>
       <c r="C147" s="14" t="n">
+        <v>13.8</v>
+      </c>
+      <c r="D147" s="14" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="E147" s="14" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="F147" s="14" t="n">
+        <v>9.4</v>
+      </c>
+      <c r="G147" s="14" t="n">
         <v>3.0</v>
       </c>
-      <c r="D147" s="14" t="n">
-[...10 lines deleted...]
-      </c>
       <c r="H147" s="14" t="n">
-        <v>11.0</v>
+        <v>1.6</v>
       </c>
       <c r="I147" s="14" t="n">
-        <v>2.0</v>
+        <v>2.1</v>
       </c>
       <c r="J147" s="14" t="n">
+        <v>16.3</v>
+      </c>
+      <c r="K147" s="14" t="n">
+        <v>10.8</v>
+      </c>
+      <c r="L147" s="14" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="M147" s="14" t="n">
         <v>3.0</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    06. Metallic wastes</t>
         </is>
       </c>
       <c r="B148" s="14" t="n">
-        <v>746.0</v>
+        <v>1431.9</v>
       </c>
       <c r="C148" s="14" t="n">
-        <v>607.0</v>
+        <v>745.9</v>
       </c>
       <c r="D148" s="14" t="n">
-        <v>370.0</v>
+        <v>606.8</v>
       </c>
       <c r="E148" s="14" t="n">
-        <v>746.0</v>
+        <v>370.3</v>
       </c>
       <c r="F148" s="14" t="n">
-        <v>607.0</v>
+        <v>1431.9</v>
       </c>
       <c r="G148" s="14" t="n">
-        <v>370.0</v>
+        <v>745.9</v>
       </c>
       <c r="H148" s="14" t="n">
-        <v>0.0</v>
+        <v>606.8</v>
       </c>
       <c r="I148" s="14" t="n">
-        <v>0.0</v>
+        <v>370.3</v>
       </c>
       <c r="J148" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K148" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L148" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M148" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.1 Glass wastes (including packaging)</t>
         </is>
       </c>
       <c r="B149" s="14" t="n">
-        <v>34.0</v>
+        <v>149.6</v>
       </c>
       <c r="C149" s="14" t="n">
-        <v>39.0</v>
+        <v>33.5</v>
       </c>
       <c r="D149" s="14" t="n">
-        <v>160.0</v>
+        <v>38.9</v>
       </c>
       <c r="E149" s="14" t="n">
-        <v>34.0</v>
+        <v>159.9</v>
       </c>
       <c r="F149" s="14" t="n">
-        <v>39.0</v>
+        <v>149.6</v>
       </c>
       <c r="G149" s="14" t="n">
-        <v>160.0</v>
+        <v>33.5</v>
       </c>
       <c r="H149" s="14" t="n">
-        <v>0.0</v>
+        <v>38.9</v>
       </c>
       <c r="I149" s="14" t="n">
-        <v>0.0</v>
+        <v>159.9</v>
       </c>
       <c r="J149" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K149" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L149" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M149" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.2 Paper wastes (including packaging)</t>
         </is>
       </c>
       <c r="B150" s="14" t="n">
-        <v>8132.0</v>
+        <v>8492.9</v>
       </c>
       <c r="C150" s="14" t="n">
-        <v>7052.0</v>
+        <v>8132.3</v>
       </c>
       <c r="D150" s="14" t="n">
+        <v>7052.2</v>
+      </c>
+      <c r="E150" s="14" t="n">
         <v>9394.0</v>
       </c>
-      <c r="E150" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="F150" s="14" t="n">
-        <v>7052.0</v>
+        <v>8492.9</v>
       </c>
       <c r="G150" s="14" t="n">
+        <v>8132.3</v>
+      </c>
+      <c r="H150" s="14" t="n">
+        <v>7052.2</v>
+      </c>
+      <c r="I150" s="14" t="n">
         <v>9394.0</v>
       </c>
-      <c r="H150" s="14" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="J150" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K150" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L150" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M150" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.3 Rubber wastes</t>
         </is>
       </c>
       <c r="B151" s="14" t="n">
-        <v>7.0</v>
+        <v>0.4</v>
       </c>
       <c r="C151" s="14" t="n">
-        <v>0.0</v>
+        <v>6.9</v>
       </c>
       <c r="D151" s="14" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="E151" s="14" t="n">
         <v>2.0</v>
       </c>
-      <c r="E151" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="F151" s="14" t="n">
-        <v>0.0</v>
+        <v>0.4</v>
       </c>
       <c r="G151" s="14" t="n">
+        <v>6.9</v>
+      </c>
+      <c r="H151" s="14" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="I151" s="14" t="n">
         <v>2.0</v>
       </c>
-      <c r="H151" s="14" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="J151" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K151" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L151" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M151" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.4 Plastic wastes (including packaging)</t>
         </is>
       </c>
       <c r="B152" s="14" t="n">
-        <v>433.0</v>
+        <v>780.6</v>
       </c>
       <c r="C152" s="14" t="n">
-        <v>601.0</v>
+        <v>432.9</v>
       </c>
       <c r="D152" s="14" t="n">
-        <v>553.0</v>
+        <v>601.2</v>
       </c>
       <c r="E152" s="14" t="n">
-        <v>433.0</v>
+        <v>552.7</v>
       </c>
       <c r="F152" s="14" t="n">
-        <v>601.0</v>
+        <v>780.6</v>
       </c>
       <c r="G152" s="14" t="n">
-        <v>553.0</v>
+        <v>432.9</v>
       </c>
       <c r="H152" s="14" t="n">
-        <v>0.0</v>
+        <v>601.2</v>
       </c>
       <c r="I152" s="14" t="n">
-        <v>0.0</v>
+        <v>552.7</v>
       </c>
       <c r="J152" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K152" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L152" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M152" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.5 Wood wastes (including packaging)</t>
         </is>
       </c>
       <c r="B153" s="14" t="n">
-        <v>93.0</v>
+        <v>74.1</v>
       </c>
       <c r="C153" s="14" t="n">
-        <v>183.0</v>
+        <v>92.6</v>
       </c>
       <c r="D153" s="14" t="n">
+        <v>182.7</v>
+      </c>
+      <c r="E153" s="14" t="n">
         <v>64.0</v>
       </c>
-      <c r="E153" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="F153" s="14" t="n">
-        <v>178.0</v>
+        <v>74.1</v>
       </c>
       <c r="G153" s="14" t="n">
+        <v>92.6</v>
+      </c>
+      <c r="H153" s="14" t="n">
+        <v>177.7</v>
+      </c>
+      <c r="I153" s="14" t="n">
         <v>64.0</v>
       </c>
-      <c r="H153" s="14" t="n">
-[...2 lines deleted...]
-      <c r="I153" s="14" t="n">
+      <c r="J153" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K153" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L153" s="14" t="n">
         <v>5.0</v>
       </c>
-      <c r="J153" s="14" t="n">
+      <c r="M153" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.6 Textile wastes</t>
         </is>
       </c>
       <c r="B154" s="14" t="n">
-        <v>5.0</v>
+        <v>0.7</v>
       </c>
       <c r="C154" s="14" t="n">
-        <v>0.0</v>
+        <v>4.7</v>
       </c>
       <c r="D154" s="14" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="E154" s="14" t="n">
-        <v>5.0</v>
+        <v>0.7</v>
       </c>
       <c r="F154" s="14" t="n">
-        <v>0.0</v>
+        <v>0.7</v>
       </c>
       <c r="G154" s="14" t="n">
-        <v>1.0</v>
+        <v>4.7</v>
       </c>
       <c r="H154" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="I154" s="14" t="n">
-        <v>0.0</v>
+        <v>0.7</v>
       </c>
       <c r="J154" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K154" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L154" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M154" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.7 PCB waste</t>
         </is>
       </c>
       <c r="B155" s="14" t="n">
-        <v>0.0</v>
+        <v>0.2</v>
       </c>
       <c r="C155" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="D155" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="E155" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="F155" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="G155" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="H155" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="I155" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="J155" s="14" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="K155" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L155" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M155" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    08 Discarded equipment</t>
         </is>
       </c>
       <c r="B156" s="14" t="n">
+        <v>723.6</v>
+      </c>
+      <c r="C156" s="14" t="n">
         <v>1735.0</v>
       </c>
-      <c r="C156" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="D156" s="14" t="n">
-        <v>1226.0</v>
+        <v>1398.2</v>
       </c>
       <c r="E156" s="14" t="n">
-        <v>1562.0</v>
+        <v>1225.7</v>
       </c>
       <c r="F156" s="14" t="n">
+        <v>281.4</v>
+      </c>
+      <c r="G156" s="14" t="n">
+        <v>1561.6</v>
+      </c>
+      <c r="H156" s="14" t="n">
         <v>1288.0</v>
       </c>
-      <c r="G156" s="14" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="I156" s="14" t="n">
-        <v>110.0</v>
+        <v>1018.2</v>
       </c>
       <c r="J156" s="14" t="n">
-        <v>207.0</v>
+        <v>442.2</v>
+      </c>
+      <c r="K156" s="14" t="n">
+        <v>173.4</v>
+      </c>
+      <c r="L156" s="14" t="n">
+        <v>110.2</v>
+      </c>
+      <c r="M156" s="14" t="n">
+        <v>207.5</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    09 Animal and vegetable wastes</t>
         </is>
       </c>
       <c r="B157" s="14" t="n">
-        <v>597.0</v>
+        <v>971.3</v>
       </c>
       <c r="C157" s="14" t="n">
-        <v>393.0</v>
+        <v>597.2</v>
       </c>
       <c r="D157" s="14" t="n">
-        <v>234.0</v>
+        <v>392.8</v>
       </c>
       <c r="E157" s="14" t="n">
-        <v>597.0</v>
+        <v>233.8</v>
       </c>
       <c r="F157" s="14" t="n">
-        <v>393.0</v>
+        <v>971.3</v>
       </c>
       <c r="G157" s="14" t="n">
-        <v>234.0</v>
+        <v>597.2</v>
       </c>
       <c r="H157" s="14" t="n">
-        <v>0.0</v>
+        <v>392.8</v>
       </c>
       <c r="I157" s="14" t="n">
-        <v>0.0</v>
+        <v>233.8</v>
       </c>
       <c r="J157" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K157" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L157" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M157" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    10 Mixed ordinary wastes</t>
         </is>
       </c>
       <c r="B158" s="14" t="n">
-        <v>3187.0</v>
+        <v>3634.6</v>
       </c>
       <c r="C158" s="14" t="n">
-        <v>2168.0</v>
+        <v>3186.8</v>
       </c>
       <c r="D158" s="14" t="n">
+        <v>2168.1</v>
+      </c>
+      <c r="E158" s="14" t="n">
         <v>2553.0</v>
       </c>
-      <c r="E158" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="F158" s="14" t="n">
-        <v>2168.0</v>
+        <v>3634.6</v>
       </c>
       <c r="G158" s="14" t="n">
+        <v>3183.9</v>
+      </c>
+      <c r="H158" s="14" t="n">
+        <v>2168.1</v>
+      </c>
+      <c r="I158" s="14" t="n">
         <v>2553.0</v>
       </c>
-      <c r="H158" s="14" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="J158" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K158" s="14" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="L158" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M158" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    11 Common sludges</t>
         </is>
       </c>
       <c r="B159" s="14" t="n">
-        <v>1.0</v>
+        <v>1.6</v>
       </c>
       <c r="C159" s="14" t="n">
-        <v>1.0</v>
+        <v>0.7</v>
       </c>
       <c r="D159" s="14" t="n">
-        <v>2.0</v>
+        <v>0.5</v>
       </c>
       <c r="E159" s="14" t="n">
-        <v>1.0</v>
+        <v>2.5</v>
       </c>
       <c r="F159" s="14" t="n">
-        <v>1.0</v>
+        <v>1.6</v>
       </c>
       <c r="G159" s="14" t="n">
-        <v>2.0</v>
+        <v>0.7</v>
       </c>
       <c r="H159" s="14" t="n">
-        <v>0.0</v>
+        <v>0.5</v>
       </c>
       <c r="I159" s="14" t="n">
-        <v>0.0</v>
+        <v>2.5</v>
       </c>
       <c r="J159" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K159" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L159" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M159" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    12 and 13  Mineral wastes and solidified and vitrified waste</t>
         </is>
       </c>
       <c r="B160" s="14" t="n">
-        <v>4.0</v>
+        <v>1.4</v>
       </c>
       <c r="C160" s="14" t="n">
-        <v>0.0</v>
+        <v>4.4</v>
       </c>
       <c r="D160" s="14" t="n">
-        <v>25.0</v>
+        <v>0.0</v>
       </c>
       <c r="E160" s="14" t="n">
-        <v>4.0</v>
+        <v>24.6</v>
       </c>
       <c r="F160" s="14" t="n">
-        <v>0.0</v>
+        <v>1.4</v>
       </c>
       <c r="G160" s="14" t="n">
-        <v>20.0</v>
+        <v>4.2</v>
       </c>
       <c r="H160" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="I160" s="14" t="n">
-        <v>0.0</v>
+        <v>20.2</v>
       </c>
       <c r="J160" s="14" t="n">
-        <v>4.0</v>
+        <v>0.0</v>
+      </c>
+      <c r="K160" s="14" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="L160" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M160" s="14" t="n">
+        <v>4.4</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    TOTAL</t>
         </is>
       </c>
       <c r="B161" s="14" t="n">
-        <v>15126.0</v>
+        <v>16389.4</v>
       </c>
       <c r="C161" s="14" t="n">
-        <v>12485.0</v>
+        <v>15126.3</v>
       </c>
       <c r="D161" s="14" t="n">
+        <v>12484.9</v>
+      </c>
+      <c r="E161" s="14" t="n">
         <v>14901.0</v>
       </c>
-      <c r="E161" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="F161" s="14" t="n">
-        <v>12340.0</v>
+        <v>15908.8</v>
       </c>
       <c r="G161" s="14" t="n">
-        <v>14395.0</v>
+        <v>14867.4</v>
       </c>
       <c r="H161" s="14" t="n">
-        <v>259.0</v>
+        <v>12339.8</v>
       </c>
       <c r="I161" s="14" t="n">
-        <v>145.0</v>
+        <v>14395.1</v>
       </c>
       <c r="J161" s="14" t="n">
-        <v>506.0</v>
+        <v>480.6</v>
+      </c>
+      <c r="K161" s="14" t="n">
+        <v>258.9</v>
+      </c>
+      <c r="L161" s="14" t="n">
+        <v>145.1</v>
+      </c>
+      <c r="M161" s="14" t="n">
+        <v>505.9</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="6" t="inlineStr">
         <is>
           <t>Real estate activities, professional, scientific and technical activities Administrative and support service activities: 68, 69, 70 to 74, 77 to 79, 80 and 82 divisions</t>
         </is>
       </c>
       <c r="B162" s="6"/>
       <c r="C162" s="6"/>
       <c r="D162" s="6"/>
       <c r="E162" s="6"/>
       <c r="F162" s="6"/>
       <c r="G162" s="6"/>
       <c r="H162" s="6"/>
       <c r="I162" s="6"/>
       <c r="J162" s="6"/>
+      <c r="K162" s="6"/>
+      <c r="L162" s="6"/>
+      <c r="M162" s="6"/>
     </row>
     <row r="163">
       <c r="A163" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    01-02-03 Chemical waste</t>
         </is>
       </c>
       <c r="B163" s="14" t="n">
-        <v>4729.0</v>
+        <v>5510.0</v>
       </c>
       <c r="C163" s="14" t="n">
-        <v>3786.0</v>
+        <v>4728.5</v>
       </c>
       <c r="D163" s="14" t="n">
-        <v>3004.0</v>
+        <v>3786.2</v>
       </c>
       <c r="E163" s="14" t="n">
-        <v>69.0</v>
+        <v>3004.2</v>
       </c>
       <c r="F163" s="14" t="n">
-        <v>91.0</v>
+        <v>158.9</v>
       </c>
       <c r="G163" s="14" t="n">
-        <v>118.0</v>
+        <v>68.9</v>
       </c>
       <c r="H163" s="14" t="n">
-        <v>4660.0</v>
+        <v>90.6</v>
       </c>
       <c r="I163" s="14" t="n">
-        <v>3696.0</v>
+        <v>117.7</v>
       </c>
       <c r="J163" s="14" t="n">
-        <v>2887.0</v>
+        <v>5351.1</v>
+      </c>
+      <c r="K163" s="14" t="n">
+        <v>4659.6</v>
+      </c>
+      <c r="L163" s="14" t="n">
+        <v>3695.6</v>
+      </c>
+      <c r="M163" s="14" t="n">
+        <v>2886.5</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    05 - Medical and biological waste</t>
         </is>
       </c>
       <c r="B164" s="14" t="n">
-        <v>2739.0</v>
+        <v>2170.0</v>
       </c>
       <c r="C164" s="14" t="n">
-        <v>2567.0</v>
+        <v>2738.6</v>
       </c>
       <c r="D164" s="14" t="n">
-        <v>1207.0</v>
+        <v>2567.4</v>
       </c>
       <c r="E164" s="14" t="n">
-        <v>1555.0</v>
+        <v>1207.1</v>
       </c>
       <c r="F164" s="14" t="n">
-        <v>1055.0</v>
+        <v>769.1</v>
       </c>
       <c r="G164" s="14" t="n">
-        <v>29.0</v>
+        <v>1555.3</v>
       </c>
       <c r="H164" s="14" t="n">
-        <v>1183.0</v>
+        <v>1055.2</v>
       </c>
       <c r="I164" s="14" t="n">
-        <v>1512.0</v>
+        <v>29.3</v>
       </c>
       <c r="J164" s="14" t="n">
-        <v>1178.0</v>
+        <v>1400.9</v>
+      </c>
+      <c r="K164" s="14" t="n">
+        <v>1183.3</v>
+      </c>
+      <c r="L164" s="14" t="n">
+        <v>1512.2</v>
+      </c>
+      <c r="M164" s="14" t="n">
+        <v>1177.8</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    06. Metallic wastes</t>
         </is>
       </c>
       <c r="B165" s="14" t="n">
-        <v>2915.0</v>
+        <v>2547.6</v>
       </c>
       <c r="C165" s="14" t="n">
-        <v>3934.0</v>
+        <v>2914.6</v>
       </c>
       <c r="D165" s="14" t="n">
+        <v>3934.3</v>
+      </c>
+      <c r="E165" s="14" t="n">
         <v>2429.0</v>
       </c>
-      <c r="E165" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="F165" s="14" t="n">
-        <v>3934.0</v>
+        <v>2547.6</v>
       </c>
       <c r="G165" s="14" t="n">
+        <v>2914.6</v>
+      </c>
+      <c r="H165" s="14" t="n">
+        <v>3934.3</v>
+      </c>
+      <c r="I165" s="14" t="n">
         <v>2429.0</v>
       </c>
-      <c r="H165" s="14" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="J165" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K165" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L165" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M165" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.1 Glass wastes (including packaging)</t>
         </is>
       </c>
       <c r="B166" s="14" t="n">
-        <v>756.0</v>
+        <v>1015.9</v>
       </c>
       <c r="C166" s="14" t="n">
-        <v>490.0</v>
+        <v>756.2</v>
       </c>
       <c r="D166" s="14" t="n">
-        <v>149.0</v>
+        <v>490.1</v>
       </c>
       <c r="E166" s="14" t="n">
-        <v>756.0</v>
+        <v>149.4</v>
       </c>
       <c r="F166" s="14" t="n">
-        <v>490.0</v>
+        <v>1015.2</v>
       </c>
       <c r="G166" s="14" t="n">
-        <v>149.0</v>
+        <v>756.2</v>
       </c>
       <c r="H166" s="14" t="n">
-        <v>0.0</v>
+        <v>489.9</v>
       </c>
       <c r="I166" s="14" t="n">
-        <v>0.0</v>
+        <v>149.4</v>
       </c>
       <c r="J166" s="14" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="K166" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L166" s="14" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="M166" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.2 Paper wastes (including packaging)</t>
         </is>
       </c>
       <c r="B167" s="14" t="n">
-        <v>18557.0</v>
+        <v>12586.5</v>
       </c>
       <c r="C167" s="14" t="n">
-        <v>25988.0</v>
+        <v>18556.9</v>
       </c>
       <c r="D167" s="14" t="n">
-        <v>12662.0</v>
+        <v>25987.5</v>
       </c>
       <c r="E167" s="14" t="n">
-        <v>18557.0</v>
+        <v>12661.9</v>
       </c>
       <c r="F167" s="14" t="n">
-        <v>25988.0</v>
+        <v>12586.5</v>
       </c>
       <c r="G167" s="14" t="n">
-        <v>12662.0</v>
+        <v>18556.9</v>
       </c>
       <c r="H167" s="14" t="n">
-        <v>0.0</v>
+        <v>25987.5</v>
       </c>
       <c r="I167" s="14" t="n">
-        <v>0.0</v>
+        <v>12661.9</v>
       </c>
       <c r="J167" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K167" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L167" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M167" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.3 Rubber wastes</t>
         </is>
       </c>
       <c r="B168" s="14" t="n">
-        <v>265.0</v>
+        <v>365.2</v>
       </c>
       <c r="C168" s="14" t="n">
-        <v>461.0</v>
+        <v>265.4</v>
       </c>
       <c r="D168" s="14" t="n">
-        <v>704.0</v>
+        <v>460.7</v>
       </c>
       <c r="E168" s="14" t="n">
-        <v>265.0</v>
+        <v>704.1</v>
       </c>
       <c r="F168" s="14" t="n">
-        <v>461.0</v>
+        <v>365.2</v>
       </c>
       <c r="G168" s="14" t="n">
-        <v>704.0</v>
+        <v>265.4</v>
       </c>
       <c r="H168" s="14" t="n">
-        <v>0.0</v>
+        <v>460.7</v>
       </c>
       <c r="I168" s="14" t="n">
-        <v>0.0</v>
+        <v>704.1</v>
       </c>
       <c r="J168" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K168" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L168" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M168" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.4 Plastic wastes (including packaging)</t>
         </is>
       </c>
       <c r="B169" s="14" t="n">
-        <v>4479.0</v>
+        <v>5964.7</v>
       </c>
       <c r="C169" s="14" t="n">
-        <v>9180.0</v>
+        <v>4478.5</v>
       </c>
       <c r="D169" s="14" t="n">
-        <v>3019.0</v>
+        <v>9179.5</v>
       </c>
       <c r="E169" s="14" t="n">
-        <v>4479.0</v>
+        <v>3019.1</v>
       </c>
       <c r="F169" s="14" t="n">
-        <v>9180.0</v>
+        <v>5964.7</v>
       </c>
       <c r="G169" s="14" t="n">
-        <v>3019.0</v>
+        <v>4478.5</v>
       </c>
       <c r="H169" s="14" t="n">
-        <v>0.0</v>
+        <v>9179.5</v>
       </c>
       <c r="I169" s="14" t="n">
-        <v>0.0</v>
+        <v>3019.1</v>
       </c>
       <c r="J169" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K169" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L169" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M169" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.5 Wood wastes (including packaging)</t>
         </is>
       </c>
       <c r="B170" s="14" t="n">
-        <v>6523.0</v>
+        <v>3720.3</v>
       </c>
       <c r="C170" s="14" t="n">
+        <v>6522.9</v>
+      </c>
+      <c r="D170" s="14" t="n">
         <v>18836.0</v>
       </c>
-      <c r="D170" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="E170" s="14" t="n">
-        <v>6523.0</v>
+        <v>7541.2</v>
       </c>
       <c r="F170" s="14" t="n">
-        <v>18835.0</v>
+        <v>3720.3</v>
       </c>
       <c r="G170" s="14" t="n">
+        <v>6522.5</v>
+      </c>
+      <c r="H170" s="14" t="n">
+        <v>18835.4</v>
+      </c>
+      <c r="I170" s="14" t="n">
         <v>7540.0</v>
       </c>
-      <c r="H170" s="14" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="J170" s="14" t="n">
-        <v>1.0</v>
+        <v>0.0</v>
+      </c>
+      <c r="K170" s="14" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="L170" s="14" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="M170" s="14" t="n">
+        <v>1.2</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.6 Textile wastes</t>
         </is>
       </c>
       <c r="B171" s="14" t="n">
-        <v>26.0</v>
+        <v>118.3</v>
       </c>
       <c r="C171" s="14" t="n">
-        <v>27.0</v>
+        <v>26.3</v>
       </c>
       <c r="D171" s="14" t="n">
-        <v>32.0</v>
+        <v>26.8</v>
       </c>
       <c r="E171" s="14" t="n">
-        <v>26.0</v>
+        <v>31.5</v>
       </c>
       <c r="F171" s="14" t="n">
-        <v>27.0</v>
+        <v>118.3</v>
       </c>
       <c r="G171" s="14" t="n">
-        <v>32.0</v>
+        <v>26.3</v>
       </c>
       <c r="H171" s="14" t="n">
-        <v>0.0</v>
+        <v>26.8</v>
       </c>
       <c r="I171" s="14" t="n">
-        <v>0.0</v>
+        <v>31.5</v>
       </c>
       <c r="J171" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K171" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L171" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M171" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.7 PCB waste</t>
         </is>
       </c>
       <c r="B172" s="14" t="n">
-        <v>0.0</v>
+        <v>6.5</v>
       </c>
       <c r="C172" s="14" t="n">
-        <v>2.0</v>
+        <v>0.2</v>
       </c>
       <c r="D172" s="14" t="n">
-        <v>7.0</v>
+        <v>1.7</v>
       </c>
       <c r="E172" s="14" t="n">
-        <v>0.0</v>
+        <v>7.2</v>
       </c>
       <c r="F172" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="G172" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="H172" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="I172" s="14" t="n">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
       <c r="J172" s="14" t="n">
-        <v>7.0</v>
+        <v>6.5</v>
+      </c>
+      <c r="K172" s="14" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="L172" s="14" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="M172" s="14" t="n">
+        <v>7.2</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    08 Discarded equipment</t>
         </is>
       </c>
       <c r="B173" s="14" t="n">
-        <v>2324.0</v>
+        <v>3214.6</v>
       </c>
       <c r="C173" s="14" t="n">
-        <v>1805.0</v>
+        <v>2323.9</v>
       </c>
       <c r="D173" s="14" t="n">
-        <v>1774.0</v>
+        <v>1804.9</v>
       </c>
       <c r="E173" s="14" t="n">
-        <v>1173.0</v>
+        <v>1773.7</v>
       </c>
       <c r="F173" s="14" t="n">
-        <v>570.0</v>
+        <v>1111.8</v>
       </c>
       <c r="G173" s="14" t="n">
-        <v>639.0</v>
+        <v>1173.1</v>
       </c>
       <c r="H173" s="14" t="n">
-        <v>1151.0</v>
+        <v>570.1</v>
       </c>
       <c r="I173" s="14" t="n">
-        <v>1235.0</v>
+        <v>638.5</v>
       </c>
       <c r="J173" s="14" t="n">
-        <v>1135.0</v>
+        <v>2102.8</v>
+      </c>
+      <c r="K173" s="14" t="n">
+        <v>1150.8</v>
+      </c>
+      <c r="L173" s="14" t="n">
+        <v>1234.8</v>
+      </c>
+      <c r="M173" s="14" t="n">
+        <v>1135.2</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    09 Animal and vegetable wastes</t>
         </is>
       </c>
       <c r="B174" s="14" t="n">
-        <v>7765.0</v>
+        <v>7314.2</v>
       </c>
       <c r="C174" s="14" t="n">
-        <v>3966.0</v>
+        <v>7765.1</v>
       </c>
       <c r="D174" s="14" t="n">
-        <v>3173.0</v>
+        <v>3966.3</v>
       </c>
       <c r="E174" s="14" t="n">
-        <v>7765.0</v>
+        <v>3173.3</v>
       </c>
       <c r="F174" s="14" t="n">
-        <v>3966.0</v>
+        <v>7314.2</v>
       </c>
       <c r="G174" s="14" t="n">
-        <v>3173.0</v>
+        <v>7765.1</v>
       </c>
       <c r="H174" s="14" t="n">
-        <v>0.0</v>
+        <v>3966.3</v>
       </c>
       <c r="I174" s="14" t="n">
-        <v>0.0</v>
+        <v>3173.3</v>
       </c>
       <c r="J174" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K174" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L174" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M174" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    10 Mixed ordinary wastes</t>
         </is>
       </c>
       <c r="B175" s="14" t="n">
-        <v>28130.0</v>
+        <v>26662.0</v>
       </c>
       <c r="C175" s="14" t="n">
+        <v>28129.5</v>
+      </c>
+      <c r="D175" s="14" t="n">
         <v>20825.0</v>
       </c>
-      <c r="D175" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="E175" s="14" t="n">
-        <v>28117.0</v>
+        <v>9583.8</v>
       </c>
       <c r="F175" s="14" t="n">
-        <v>20812.0</v>
+        <v>26631.2</v>
       </c>
       <c r="G175" s="14" t="n">
-        <v>9579.0</v>
+        <v>28116.5</v>
       </c>
       <c r="H175" s="14" t="n">
+        <v>20811.8</v>
+      </c>
+      <c r="I175" s="14" t="n">
+        <v>9579.4</v>
+      </c>
+      <c r="J175" s="14" t="n">
+        <v>30.8</v>
+      </c>
+      <c r="K175" s="14" t="n">
         <v>13.0</v>
       </c>
-      <c r="I175" s="14" t="n">
-[...3 lines deleted...]
-        <v>4.0</v>
+      <c r="L175" s="14" t="n">
+        <v>13.2</v>
+      </c>
+      <c r="M175" s="14" t="n">
+        <v>4.4</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    11 Common sludges</t>
         </is>
       </c>
       <c r="B176" s="14" t="n">
-        <v>579.0</v>
+        <v>512.7</v>
       </c>
       <c r="C176" s="14" t="n">
-        <v>155.0</v>
+        <v>579.1</v>
       </c>
       <c r="D176" s="14" t="n">
+        <v>155.3</v>
+      </c>
+      <c r="E176" s="14" t="n">
         <v>91.0</v>
       </c>
-      <c r="E176" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="F176" s="14" t="n">
-        <v>155.0</v>
+        <v>512.7</v>
       </c>
       <c r="G176" s="14" t="n">
+        <v>579.1</v>
+      </c>
+      <c r="H176" s="14" t="n">
+        <v>155.3</v>
+      </c>
+      <c r="I176" s="14" t="n">
         <v>91.0</v>
       </c>
-      <c r="H176" s="14" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="J176" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K176" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L176" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M176" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    12 and 13  Mineral wastes and solidified and vitrified waste</t>
         </is>
       </c>
       <c r="B177" s="14" t="n">
-        <v>7202.0</v>
+        <v>11348.5</v>
       </c>
       <c r="C177" s="14" t="n">
-        <v>3600.0</v>
+        <v>7201.9</v>
       </c>
       <c r="D177" s="14" t="n">
-        <v>3417.0</v>
+        <v>3599.7</v>
       </c>
       <c r="E177" s="14" t="n">
-        <v>7146.0</v>
+        <v>3416.7</v>
       </c>
       <c r="F177" s="14" t="n">
-        <v>3454.0</v>
+        <v>11245.1</v>
       </c>
       <c r="G177" s="14" t="n">
-        <v>3248.0</v>
+        <v>7146.1</v>
       </c>
       <c r="H177" s="14" t="n">
-        <v>56.0</v>
+        <v>3454.2</v>
       </c>
       <c r="I177" s="14" t="n">
-        <v>146.0</v>
+        <v>3248.4</v>
       </c>
       <c r="J177" s="14" t="n">
-        <v>168.0</v>
+        <v>103.4</v>
+      </c>
+      <c r="K177" s="14" t="n">
+        <v>55.8</v>
+      </c>
+      <c r="L177" s="14" t="n">
+        <v>145.5</v>
+      </c>
+      <c r="M177" s="14" t="n">
+        <v>168.3</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    TOTAL</t>
         </is>
       </c>
       <c r="B178" s="14" t="n">
-        <v>86988.0</v>
+        <v>83057.0</v>
       </c>
       <c r="C178" s="14" t="n">
-        <v>95621.0</v>
+        <v>86987.6</v>
       </c>
       <c r="D178" s="14" t="n">
-        <v>48793.0</v>
+        <v>95621.4</v>
       </c>
       <c r="E178" s="14" t="n">
-        <v>79925.0</v>
+        <v>48793.2</v>
       </c>
       <c r="F178" s="14" t="n">
-        <v>89018.0</v>
+        <v>74060.8</v>
       </c>
       <c r="G178" s="14" t="n">
-        <v>43413.0</v>
+        <v>79924.5</v>
       </c>
       <c r="H178" s="14" t="n">
-        <v>7063.0</v>
+        <v>89017.6</v>
       </c>
       <c r="I178" s="14" t="n">
-        <v>6604.0</v>
+        <v>43412.6</v>
       </c>
       <c r="J178" s="14" t="n">
-        <v>5381.0</v>
+        <v>8996.2</v>
+      </c>
+      <c r="K178" s="14" t="n">
+        <v>7063.1</v>
+      </c>
+      <c r="L178" s="14" t="n">
+        <v>6603.8</v>
+      </c>
+      <c r="M178" s="14" t="n">
+        <v>5380.6</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="6" t="inlineStr">
         <is>
           <t>Buildings services and gardening activities: 81 division</t>
         </is>
       </c>
       <c r="B179" s="6"/>
       <c r="C179" s="6"/>
       <c r="D179" s="6"/>
       <c r="E179" s="6"/>
       <c r="F179" s="6"/>
       <c r="G179" s="6"/>
       <c r="H179" s="6"/>
       <c r="I179" s="6"/>
       <c r="J179" s="6"/>
+      <c r="K179" s="6"/>
+      <c r="L179" s="6"/>
+      <c r="M179" s="6"/>
     </row>
     <row r="180">
       <c r="A180" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    01-02-03 Chemical waste</t>
         </is>
       </c>
       <c r="B180" s="14" t="n">
-        <v>3501.0</v>
+        <v>2771.6</v>
       </c>
       <c r="C180" s="14" t="n">
-        <v>1362.0</v>
+        <v>3500.7</v>
       </c>
       <c r="D180" s="14" t="n">
-        <v>727.0</v>
+        <v>1361.7</v>
       </c>
       <c r="E180" s="14" t="n">
-        <v>55.0</v>
+        <v>726.8</v>
       </c>
       <c r="F180" s="14" t="n">
-        <v>23.0</v>
+        <v>65.9</v>
       </c>
       <c r="G180" s="14" t="n">
-        <v>38.0</v>
+        <v>55.3</v>
       </c>
       <c r="H180" s="14" t="n">
-        <v>3445.0</v>
+        <v>22.5</v>
       </c>
       <c r="I180" s="14" t="n">
-        <v>1339.0</v>
+        <v>37.6</v>
       </c>
       <c r="J180" s="14" t="n">
-        <v>689.0</v>
+        <v>2705.7</v>
+      </c>
+      <c r="K180" s="14" t="n">
+        <v>3445.4</v>
+      </c>
+      <c r="L180" s="14" t="n">
+        <v>1339.2</v>
+      </c>
+      <c r="M180" s="14" t="n">
+        <v>689.2</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    05 - Medical and biological waste</t>
         </is>
       </c>
       <c r="B181" s="14" t="n">
-        <v>88.0</v>
+        <v>21.8</v>
       </c>
       <c r="C181" s="14" t="n">
-        <v>0.0</v>
+        <v>87.5</v>
       </c>
       <c r="D181" s="14" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="E181" s="14" t="n">
+        <v>7.6</v>
+      </c>
+      <c r="F181" s="14" t="n">
         <v>8.0</v>
       </c>
-      <c r="E181" s="14" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="G181" s="14" t="n">
-        <v>0.0</v>
+        <v>2.3</v>
       </c>
       <c r="H181" s="14" t="n">
-        <v>85.0</v>
+        <v>0.3</v>
       </c>
       <c r="I181" s="14" t="n">
-        <v>0.0</v>
+        <v>0.3</v>
       </c>
       <c r="J181" s="14" t="n">
-        <v>7.0</v>
+        <v>13.8</v>
+      </c>
+      <c r="K181" s="14" t="n">
+        <v>85.2</v>
+      </c>
+      <c r="L181" s="14" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="M181" s="14" t="n">
+        <v>7.3</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    06. Metallic wastes</t>
         </is>
       </c>
       <c r="B182" s="14" t="n">
-        <v>209.0</v>
+        <v>188.5</v>
       </c>
       <c r="C182" s="14" t="n">
-        <v>94.0</v>
+        <v>208.8</v>
       </c>
       <c r="D182" s="14" t="n">
+        <v>93.8</v>
+      </c>
+      <c r="E182" s="14" t="n">
         <v>19.0</v>
       </c>
-      <c r="E182" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="F182" s="14" t="n">
-        <v>94.0</v>
+        <v>188.5</v>
       </c>
       <c r="G182" s="14" t="n">
+        <v>208.8</v>
+      </c>
+      <c r="H182" s="14" t="n">
+        <v>93.8</v>
+      </c>
+      <c r="I182" s="14" t="n">
         <v>19.0</v>
       </c>
-      <c r="H182" s="14" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="J182" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K182" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L182" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M182" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.1 Glass wastes (including packaging)</t>
         </is>
       </c>
       <c r="B183" s="14" t="n">
-        <v>5.0</v>
+        <v>18.6</v>
       </c>
       <c r="C183" s="14" t="n">
-        <v>7.0</v>
+        <v>5.4</v>
       </c>
       <c r="D183" s="14" t="n">
-        <v>47.0</v>
+        <v>6.7</v>
       </c>
       <c r="E183" s="14" t="n">
-        <v>5.0</v>
+        <v>47.2</v>
       </c>
       <c r="F183" s="14" t="n">
-        <v>7.0</v>
+        <v>18.6</v>
       </c>
       <c r="G183" s="14" t="n">
-        <v>47.0</v>
+        <v>5.4</v>
       </c>
       <c r="H183" s="14" t="n">
-        <v>0.0</v>
+        <v>6.7</v>
       </c>
       <c r="I183" s="14" t="n">
-        <v>0.0</v>
+        <v>47.2</v>
       </c>
       <c r="J183" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K183" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L183" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M183" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.2 Paper wastes (including packaging)</t>
         </is>
       </c>
       <c r="B184" s="14" t="n">
+        <v>2254.6</v>
+      </c>
+      <c r="C184" s="14" t="n">
         <v>3264.0</v>
       </c>
-      <c r="C184" s="14" t="n">
+      <c r="D184" s="14" t="n">
         <v>1052.0</v>
       </c>
-      <c r="D184" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="E184" s="14" t="n">
+        <v>857.2</v>
+      </c>
+      <c r="F184" s="14" t="n">
+        <v>2254.6</v>
+      </c>
+      <c r="G184" s="14" t="n">
         <v>3264.0</v>
       </c>
-      <c r="F184" s="14" t="n">
+      <c r="H184" s="14" t="n">
         <v>1052.0</v>
       </c>
-      <c r="G184" s="14" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="I184" s="14" t="n">
-        <v>0.0</v>
+        <v>857.2</v>
       </c>
       <c r="J184" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K184" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L184" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M184" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.3 Rubber wastes</t>
         </is>
       </c>
       <c r="B185" s="14" t="n">
-        <v>8.0</v>
+        <v>7.9</v>
       </c>
       <c r="C185" s="14" t="n">
-        <v>36.0</v>
+        <v>8.1</v>
       </c>
       <c r="D185" s="14" t="n">
-        <v>13.0</v>
+        <v>35.9</v>
       </c>
       <c r="E185" s="14" t="n">
-        <v>8.0</v>
+        <v>12.6</v>
       </c>
       <c r="F185" s="14" t="n">
-        <v>36.0</v>
+        <v>7.9</v>
       </c>
       <c r="G185" s="14" t="n">
-        <v>13.0</v>
+        <v>8.1</v>
       </c>
       <c r="H185" s="14" t="n">
-        <v>0.0</v>
+        <v>35.9</v>
       </c>
       <c r="I185" s="14" t="n">
-        <v>0.0</v>
+        <v>12.6</v>
       </c>
       <c r="J185" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K185" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L185" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M185" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.4 Plastic wastes (including packaging)</t>
         </is>
       </c>
       <c r="B186" s="14" t="n">
+        <v>1625.0</v>
+      </c>
+      <c r="C186" s="14" t="n">
         <v>1883.0</v>
       </c>
-      <c r="C186" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="D186" s="14" t="n">
-        <v>660.0</v>
+        <v>1117.5</v>
       </c>
       <c r="E186" s="14" t="n">
+        <v>659.9</v>
+      </c>
+      <c r="F186" s="14" t="n">
+        <v>1625.0</v>
+      </c>
+      <c r="G186" s="14" t="n">
         <v>1883.0</v>
       </c>
-      <c r="F186" s="14" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="H186" s="14" t="n">
-        <v>0.0</v>
+        <v>1117.5</v>
       </c>
       <c r="I186" s="14" t="n">
-        <v>0.0</v>
+        <v>659.9</v>
       </c>
       <c r="J186" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K186" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L186" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M186" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.5 Wood wastes (including packaging)</t>
         </is>
       </c>
       <c r="B187" s="14" t="n">
-        <v>522.0</v>
+        <v>285.9</v>
       </c>
       <c r="C187" s="14" t="n">
-        <v>193.0</v>
+        <v>522.2</v>
       </c>
       <c r="D187" s="14" t="n">
-        <v>368.0</v>
+        <v>192.8</v>
       </c>
       <c r="E187" s="14" t="n">
-        <v>522.0</v>
+        <v>368.3</v>
       </c>
       <c r="F187" s="14" t="n">
-        <v>193.0</v>
+        <v>285.9</v>
       </c>
       <c r="G187" s="14" t="n">
-        <v>368.0</v>
+        <v>522.2</v>
       </c>
       <c r="H187" s="14" t="n">
-        <v>0.0</v>
+        <v>192.8</v>
       </c>
       <c r="I187" s="14" t="n">
-        <v>0.0</v>
+        <v>368.3</v>
       </c>
       <c r="J187" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K187" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L187" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M187" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.6 Textile wastes</t>
         </is>
       </c>
       <c r="B188" s="14" t="n">
-        <v>24.0</v>
+        <v>14.6</v>
       </c>
       <c r="C188" s="14" t="n">
-        <v>17.0</v>
+        <v>24.3</v>
       </c>
       <c r="D188" s="14" t="n">
-        <v>4.0</v>
+        <v>17.2</v>
       </c>
       <c r="E188" s="14" t="n">
-        <v>24.0</v>
+        <v>4.4</v>
       </c>
       <c r="F188" s="14" t="n">
-        <v>17.0</v>
+        <v>14.6</v>
       </c>
       <c r="G188" s="14" t="n">
-        <v>4.0</v>
+        <v>24.3</v>
       </c>
       <c r="H188" s="14" t="n">
-        <v>0.0</v>
+        <v>17.2</v>
       </c>
       <c r="I188" s="14" t="n">
-        <v>0.0</v>
+        <v>4.4</v>
       </c>
       <c r="J188" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K188" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L188" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M188" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.7 PCB waste</t>
         </is>
       </c>
       <c r="B189" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="C189" s="14" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="D189" s="14" t="n">
         <v>2.0</v>
       </c>
-      <c r="D189" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="E189" s="14" t="n">
-        <v>0.0</v>
+        <v>2.8</v>
       </c>
       <c r="F189" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="G189" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="H189" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="I189" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J189" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K189" s="14" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="L189" s="14" t="n">
         <v>2.0</v>
       </c>
-      <c r="J189" s="14" t="n">
-        <v>3.0</v>
+      <c r="M189" s="14" t="n">
+        <v>2.8</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    08 Discarded equipment</t>
         </is>
       </c>
       <c r="B190" s="14" t="n">
-        <v>268.0</v>
+        <v>320.1</v>
       </c>
       <c r="C190" s="14" t="n">
-        <v>592.0</v>
+        <v>268.1</v>
       </c>
       <c r="D190" s="14" t="n">
-        <v>536.0</v>
+        <v>591.9</v>
       </c>
       <c r="E190" s="14" t="n">
-        <v>48.0</v>
+        <v>535.8</v>
       </c>
       <c r="F190" s="14" t="n">
-        <v>18.0</v>
+        <v>195.4</v>
       </c>
       <c r="G190" s="14" t="n">
-        <v>54.0</v>
+        <v>48.1</v>
       </c>
       <c r="H190" s="14" t="n">
+        <v>18.1</v>
+      </c>
+      <c r="I190" s="14" t="n">
+        <v>54.4</v>
+      </c>
+      <c r="J190" s="14" t="n">
+        <v>124.7</v>
+      </c>
+      <c r="K190" s="14" t="n">
         <v>220.0</v>
       </c>
-      <c r="I190" s="14" t="n">
-[...3 lines deleted...]
-        <v>481.0</v>
+      <c r="L190" s="14" t="n">
+        <v>573.8</v>
+      </c>
+      <c r="M190" s="14" t="n">
+        <v>481.4</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    09 Animal and vegetable wastes</t>
         </is>
       </c>
       <c r="B191" s="14" t="n">
-        <v>43794.0</v>
+        <v>52108.0</v>
       </c>
       <c r="C191" s="14" t="n">
-        <v>37847.0</v>
+        <v>43794.4</v>
       </c>
       <c r="D191" s="14" t="n">
-        <v>47051.0</v>
+        <v>37846.8</v>
       </c>
       <c r="E191" s="14" t="n">
-        <v>43794.0</v>
+        <v>47050.9</v>
       </c>
       <c r="F191" s="14" t="n">
-        <v>37847.0</v>
+        <v>52108.0</v>
       </c>
       <c r="G191" s="14" t="n">
-        <v>47051.0</v>
+        <v>43794.4</v>
       </c>
       <c r="H191" s="14" t="n">
-        <v>0.0</v>
+        <v>37846.8</v>
       </c>
       <c r="I191" s="14" t="n">
-        <v>0.0</v>
+        <v>47050.9</v>
       </c>
       <c r="J191" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K191" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L191" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M191" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    10 Mixed ordinary wastes</t>
         </is>
       </c>
       <c r="B192" s="14" t="n">
-        <v>5342.0</v>
+        <v>7984.1</v>
       </c>
       <c r="C192" s="14" t="n">
+        <v>5342.1</v>
+      </c>
+      <c r="D192" s="14" t="n">
+        <v>1303.3</v>
+      </c>
+      <c r="E192" s="14" t="n">
+        <v>2270.6</v>
+      </c>
+      <c r="F192" s="14" t="n">
+        <v>7982.6</v>
+      </c>
+      <c r="G192" s="14" t="n">
+        <v>5341.4</v>
+      </c>
+      <c r="H192" s="14" t="n">
         <v>1303.0</v>
       </c>
-      <c r="D192" s="14" t="n">
-[...13 lines deleted...]
-      </c>
       <c r="I192" s="14" t="n">
-        <v>0.0</v>
+        <v>2270.5</v>
       </c>
       <c r="J192" s="14" t="n">
-        <v>0.0</v>
+        <v>1.5</v>
+      </c>
+      <c r="K192" s="14" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="L192" s="14" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="M192" s="14" t="n">
+        <v>0.1</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    11 Common sludges</t>
         </is>
       </c>
       <c r="B193" s="14" t="n">
-        <v>2.0</v>
+        <v>9.0</v>
       </c>
       <c r="C193" s="14" t="n">
-        <v>163.0</v>
+        <v>2.1</v>
       </c>
       <c r="D193" s="14" t="n">
-        <v>23.0</v>
+        <v>163.2</v>
       </c>
       <c r="E193" s="14" t="n">
-        <v>2.0</v>
+        <v>23.1</v>
       </c>
       <c r="F193" s="14" t="n">
-        <v>163.0</v>
+        <v>9.0</v>
       </c>
       <c r="G193" s="14" t="n">
-        <v>23.0</v>
+        <v>2.1</v>
       </c>
       <c r="H193" s="14" t="n">
-        <v>0.0</v>
+        <v>163.2</v>
       </c>
       <c r="I193" s="14" t="n">
-        <v>0.0</v>
+        <v>23.1</v>
       </c>
       <c r="J193" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K193" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L193" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M193" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    12 and 13  Mineral wastes and solidified and vitrified waste</t>
         </is>
       </c>
       <c r="B194" s="14" t="n">
+        <v>66529.2</v>
+      </c>
+      <c r="C194" s="14" t="n">
         <v>16573.0</v>
       </c>
-      <c r="C194" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="D194" s="14" t="n">
-        <v>9092.0</v>
+        <v>13351.8</v>
       </c>
       <c r="E194" s="14" t="n">
+        <v>9091.5</v>
+      </c>
+      <c r="F194" s="14" t="n">
+        <v>66525.0</v>
+      </c>
+      <c r="G194" s="14" t="n">
         <v>16568.0</v>
       </c>
-      <c r="F194" s="14" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="H194" s="14" t="n">
+        <v>13340.4</v>
+      </c>
+      <c r="I194" s="14" t="n">
+        <v>9086.3</v>
+      </c>
+      <c r="J194" s="14" t="n">
+        <v>4.2</v>
+      </c>
+      <c r="K194" s="14" t="n">
         <v>5.0</v>
       </c>
-      <c r="I194" s="14" t="n">
-[...3 lines deleted...]
-        <v>5.0</v>
+      <c r="L194" s="14" t="n">
+        <v>11.4</v>
+      </c>
+      <c r="M194" s="14" t="n">
+        <v>5.2</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    TOTAL</t>
         </is>
       </c>
       <c r="B195" s="14" t="n">
+        <v>134138.9</v>
+      </c>
+      <c r="C195" s="14" t="n">
         <v>75484.0</v>
       </c>
-      <c r="C195" s="14" t="n">
+      <c r="D195" s="14" t="n">
         <v>57137.0</v>
       </c>
-      <c r="D195" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="E195" s="14" t="n">
-        <v>71727.0</v>
+        <v>61677.7</v>
       </c>
       <c r="F195" s="14" t="n">
-        <v>55210.0</v>
+        <v>131289.0</v>
       </c>
       <c r="G195" s="14" t="n">
-        <v>60492.0</v>
+        <v>71727.4</v>
       </c>
       <c r="H195" s="14" t="n">
-        <v>3757.0</v>
+        <v>55210.2</v>
       </c>
       <c r="I195" s="14" t="n">
-        <v>1927.0</v>
+        <v>60491.7</v>
       </c>
       <c r="J195" s="14" t="n">
+        <v>2849.9</v>
+      </c>
+      <c r="K195" s="14" t="n">
+        <v>3756.6</v>
+      </c>
+      <c r="L195" s="14" t="n">
+        <v>1926.8</v>
+      </c>
+      <c r="M195" s="14" t="n">
         <v>1186.0</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="6" t="inlineStr">
         <is>
           <t>Education: 85 division</t>
         </is>
       </c>
       <c r="B196" s="6"/>
       <c r="C196" s="6"/>
       <c r="D196" s="6"/>
       <c r="E196" s="6"/>
       <c r="F196" s="6"/>
       <c r="G196" s="6"/>
       <c r="H196" s="6"/>
       <c r="I196" s="6"/>
       <c r="J196" s="6"/>
+      <c r="K196" s="6"/>
+      <c r="L196" s="6"/>
+      <c r="M196" s="6"/>
     </row>
     <row r="197">
       <c r="A197" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    01-02-03 Chemical waste</t>
         </is>
       </c>
       <c r="B197" s="14" t="n">
-        <v>1332.0</v>
+        <v>1114.5</v>
       </c>
       <c r="C197" s="14" t="n">
-        <v>1021.0</v>
+        <v>1332.4</v>
       </c>
       <c r="D197" s="14" t="n">
-        <v>1265.0</v>
+        <v>1021.3</v>
       </c>
       <c r="E197" s="14" t="n">
-        <v>130.0</v>
+        <v>1265.3</v>
       </c>
       <c r="F197" s="14" t="n">
+        <v>90.5</v>
+      </c>
+      <c r="G197" s="14" t="n">
+        <v>130.3</v>
+      </c>
+      <c r="H197" s="14" t="n">
         <v>33.0</v>
       </c>
-      <c r="G197" s="14" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="I197" s="14" t="n">
-        <v>988.0</v>
+        <v>267.1</v>
       </c>
       <c r="J197" s="14" t="n">
-        <v>998.0</v>
+        <v>1024.0</v>
+      </c>
+      <c r="K197" s="14" t="n">
+        <v>1202.1</v>
+      </c>
+      <c r="L197" s="14" t="n">
+        <v>988.3</v>
+      </c>
+      <c r="M197" s="14" t="n">
+        <v>998.2</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    05 - Medical and biological waste</t>
         </is>
       </c>
       <c r="B198" s="14" t="n">
-        <v>1127.0</v>
+        <v>691.0</v>
       </c>
       <c r="C198" s="14" t="n">
-        <v>1176.0</v>
+        <v>1126.6</v>
       </c>
       <c r="D198" s="14" t="n">
-        <v>364.0</v>
+        <v>1175.9</v>
       </c>
       <c r="E198" s="14" t="n">
-        <v>574.0</v>
+        <v>363.8</v>
       </c>
       <c r="F198" s="14" t="n">
-        <v>898.0</v>
+        <v>292.2</v>
       </c>
       <c r="G198" s="14" t="n">
-        <v>45.0</v>
+        <v>573.9</v>
       </c>
       <c r="H198" s="14" t="n">
-        <v>553.0</v>
+        <v>897.6</v>
       </c>
       <c r="I198" s="14" t="n">
-        <v>278.0</v>
+        <v>45.3</v>
       </c>
       <c r="J198" s="14" t="n">
-        <v>318.0</v>
+        <v>398.8</v>
+      </c>
+      <c r="K198" s="14" t="n">
+        <v>552.7</v>
+      </c>
+      <c r="L198" s="14" t="n">
+        <v>278.3</v>
+      </c>
+      <c r="M198" s="14" t="n">
+        <v>318.5</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    06. Metallic wastes</t>
         </is>
       </c>
       <c r="B199" s="14" t="n">
-        <v>294.0</v>
+        <v>401.4</v>
       </c>
       <c r="C199" s="14" t="n">
-        <v>201.0</v>
+        <v>293.6</v>
       </c>
       <c r="D199" s="14" t="n">
-        <v>272.0</v>
+        <v>201.3</v>
       </c>
       <c r="E199" s="14" t="n">
-        <v>294.0</v>
+        <v>271.9</v>
       </c>
       <c r="F199" s="14" t="n">
-        <v>201.0</v>
+        <v>401.4</v>
       </c>
       <c r="G199" s="14" t="n">
-        <v>272.0</v>
+        <v>293.6</v>
       </c>
       <c r="H199" s="14" t="n">
-        <v>0.0</v>
+        <v>201.3</v>
       </c>
       <c r="I199" s="14" t="n">
-        <v>0.0</v>
+        <v>271.9</v>
       </c>
       <c r="J199" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K199" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L199" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M199" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.1 Glass wastes (including packaging)</t>
         </is>
       </c>
       <c r="B200" s="14" t="n">
-        <v>1216.0</v>
+        <v>925.1</v>
       </c>
       <c r="C200" s="14" t="n">
-        <v>754.0</v>
+        <v>1215.6</v>
       </c>
       <c r="D200" s="14" t="n">
-        <v>927.0</v>
+        <v>753.6</v>
       </c>
       <c r="E200" s="14" t="n">
-        <v>1216.0</v>
+        <v>926.6</v>
       </c>
       <c r="F200" s="14" t="n">
-        <v>754.0</v>
+        <v>925.1</v>
       </c>
       <c r="G200" s="14" t="n">
-        <v>927.0</v>
+        <v>1215.6</v>
       </c>
       <c r="H200" s="14" t="n">
-        <v>0.0</v>
+        <v>753.6</v>
       </c>
       <c r="I200" s="14" t="n">
-        <v>0.0</v>
+        <v>926.6</v>
       </c>
       <c r="J200" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K200" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L200" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M200" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.2 Paper wastes (including packaging)</t>
         </is>
       </c>
       <c r="B201" s="14" t="n">
-        <v>15442.0</v>
+        <v>11242.1</v>
       </c>
       <c r="C201" s="14" t="n">
-        <v>9255.0</v>
+        <v>15441.7</v>
       </c>
       <c r="D201" s="14" t="n">
-        <v>15859.0</v>
+        <v>9255.4</v>
       </c>
       <c r="E201" s="14" t="n">
-        <v>15442.0</v>
+        <v>15859.3</v>
       </c>
       <c r="F201" s="14" t="n">
-        <v>9255.0</v>
+        <v>11242.1</v>
       </c>
       <c r="G201" s="14" t="n">
-        <v>15859.0</v>
+        <v>15441.7</v>
       </c>
       <c r="H201" s="14" t="n">
-        <v>0.0</v>
+        <v>9255.4</v>
       </c>
       <c r="I201" s="14" t="n">
-        <v>0.0</v>
+        <v>15859.3</v>
       </c>
       <c r="J201" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K201" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L201" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M201" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.3 Rubber wastes</t>
         </is>
       </c>
       <c r="B202" s="14" t="n">
-        <v>38.0</v>
+        <v>15.2</v>
       </c>
       <c r="C202" s="14" t="n">
-        <v>0.0</v>
+        <v>37.9</v>
       </c>
       <c r="D202" s="14" t="n">
-        <v>0.0</v>
+        <v>0.3</v>
       </c>
       <c r="E202" s="14" t="n">
-        <v>38.0</v>
+        <v>0.0</v>
       </c>
       <c r="F202" s="14" t="n">
-        <v>0.0</v>
+        <v>15.2</v>
       </c>
       <c r="G202" s="14" t="n">
-        <v>0.0</v>
+        <v>37.9</v>
       </c>
       <c r="H202" s="14" t="n">
-        <v>0.0</v>
+        <v>0.3</v>
       </c>
       <c r="I202" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="J202" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K202" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L202" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M202" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.4 Plastic wastes (including packaging)</t>
         </is>
       </c>
       <c r="B203" s="14" t="n">
-        <v>4339.0</v>
+        <v>4605.2</v>
       </c>
       <c r="C203" s="14" t="n">
-        <v>3350.0</v>
+        <v>4338.7</v>
       </c>
       <c r="D203" s="14" t="n">
-        <v>5570.0</v>
+        <v>3349.9</v>
       </c>
       <c r="E203" s="14" t="n">
-        <v>4339.0</v>
+        <v>5570.3</v>
       </c>
       <c r="F203" s="14" t="n">
-        <v>3350.0</v>
+        <v>4605.2</v>
       </c>
       <c r="G203" s="14" t="n">
-        <v>5570.0</v>
+        <v>4338.7</v>
       </c>
       <c r="H203" s="14" t="n">
-        <v>0.0</v>
+        <v>3349.9</v>
       </c>
       <c r="I203" s="14" t="n">
-        <v>0.0</v>
+        <v>5570.3</v>
       </c>
       <c r="J203" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K203" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L203" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M203" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.5 Wood wastes (including packaging)</t>
         </is>
       </c>
       <c r="B204" s="14" t="n">
-        <v>375.0</v>
+        <v>538.8</v>
       </c>
       <c r="C204" s="14" t="n">
-        <v>334.0</v>
+        <v>374.6</v>
       </c>
       <c r="D204" s="14" t="n">
+        <v>334.3</v>
+      </c>
+      <c r="E204" s="14" t="n">
         <v>442.0</v>
       </c>
-      <c r="E204" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="F204" s="14" t="n">
-        <v>334.0</v>
+        <v>538.8</v>
       </c>
       <c r="G204" s="14" t="n">
-        <v>442.0</v>
+        <v>374.6</v>
       </c>
       <c r="H204" s="14" t="n">
-        <v>0.0</v>
+        <v>334.3</v>
       </c>
       <c r="I204" s="14" t="n">
-        <v>0.0</v>
+        <v>441.7</v>
       </c>
       <c r="J204" s="14" t="n">
         <v>0.0</v>
+      </c>
+      <c r="K204" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L204" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M204" s="14" t="n">
+        <v>0.3</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.6 Textile wastes</t>
         </is>
       </c>
       <c r="B205" s="14" t="n">
-        <v>46.0</v>
+        <v>45.5</v>
       </c>
       <c r="C205" s="14" t="n">
-        <v>18.0</v>
+        <v>46.2</v>
       </c>
       <c r="D205" s="14" t="n">
-        <v>108.0</v>
+        <v>17.5</v>
       </c>
       <c r="E205" s="14" t="n">
-        <v>46.0</v>
+        <v>108.3</v>
       </c>
       <c r="F205" s="14" t="n">
-        <v>18.0</v>
+        <v>45.5</v>
       </c>
       <c r="G205" s="14" t="n">
-        <v>108.0</v>
+        <v>46.2</v>
       </c>
       <c r="H205" s="14" t="n">
-        <v>0.0</v>
+        <v>17.5</v>
       </c>
       <c r="I205" s="14" t="n">
-        <v>0.0</v>
+        <v>108.3</v>
       </c>
       <c r="J205" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K205" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L205" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M205" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.7 PCB waste</t>
         </is>
       </c>
       <c r="B206" s="14" t="n">
-        <v>4.0</v>
+        <v>0.0</v>
       </c>
       <c r="C206" s="14" t="n">
-        <v>0.0</v>
+        <v>4.1</v>
       </c>
       <c r="D206" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="E206" s="14" t="n">
-        <v>0.0</v>
+        <v>0.4</v>
       </c>
       <c r="F206" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="G206" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="H206" s="14" t="n">
-        <v>4.0</v>
+        <v>0.0</v>
       </c>
       <c r="I206" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="J206" s="14" t="n">
         <v>0.0</v>
+      </c>
+      <c r="K206" s="14" t="n">
+        <v>4.1</v>
+      </c>
+      <c r="L206" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M206" s="14" t="n">
+        <v>0.4</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    08 Discarded equipment</t>
         </is>
       </c>
       <c r="B207" s="14" t="n">
-        <v>979.0</v>
+        <v>956.1</v>
       </c>
       <c r="C207" s="14" t="n">
-        <v>660.0</v>
+        <v>979.3</v>
       </c>
       <c r="D207" s="14" t="n">
-        <v>805.0</v>
+        <v>660.1</v>
       </c>
       <c r="E207" s="14" t="n">
-        <v>574.0</v>
+        <v>805.3</v>
       </c>
       <c r="F207" s="14" t="n">
-        <v>406.0</v>
+        <v>468.7</v>
       </c>
       <c r="G207" s="14" t="n">
+        <v>573.7</v>
+      </c>
+      <c r="H207" s="14" t="n">
+        <v>405.7</v>
+      </c>
+      <c r="I207" s="14" t="n">
         <v>453.0</v>
       </c>
-      <c r="H207" s="14" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="J207" s="14" t="n">
-        <v>352.0</v>
+        <v>487.4</v>
+      </c>
+      <c r="K207" s="14" t="n">
+        <v>405.6</v>
+      </c>
+      <c r="L207" s="14" t="n">
+        <v>254.4</v>
+      </c>
+      <c r="M207" s="14" t="n">
+        <v>352.3</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    09 Animal and vegetable wastes</t>
         </is>
       </c>
       <c r="B208" s="14" t="n">
+        <v>17853.1</v>
+      </c>
+      <c r="C208" s="14" t="n">
         <v>12086.0</v>
       </c>
-      <c r="C208" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="D208" s="14" t="n">
-        <v>8924.0</v>
+        <v>9934.8</v>
       </c>
       <c r="E208" s="14" t="n">
+        <v>8924.5</v>
+      </c>
+      <c r="F208" s="14" t="n">
+        <v>17853.1</v>
+      </c>
+      <c r="G208" s="14" t="n">
         <v>12086.0</v>
       </c>
-      <c r="F208" s="14" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="H208" s="14" t="n">
-        <v>0.0</v>
+        <v>9934.8</v>
       </c>
       <c r="I208" s="14" t="n">
-        <v>0.0</v>
+        <v>8924.5</v>
       </c>
       <c r="J208" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K208" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L208" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M208" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    10 Mixed ordinary wastes</t>
         </is>
       </c>
       <c r="B209" s="14" t="n">
-        <v>16954.0</v>
+        <v>20925.3</v>
       </c>
       <c r="C209" s="14" t="n">
-        <v>20400.0</v>
+        <v>16954.2</v>
       </c>
       <c r="D209" s="14" t="n">
-        <v>21202.0</v>
+        <v>20400.1</v>
       </c>
       <c r="E209" s="14" t="n">
-        <v>16931.0</v>
+        <v>21202.3</v>
       </c>
       <c r="F209" s="14" t="n">
-        <v>20390.0</v>
+        <v>20899.7</v>
       </c>
       <c r="G209" s="14" t="n">
-        <v>21192.0</v>
+        <v>16930.8</v>
       </c>
       <c r="H209" s="14" t="n">
-        <v>23.0</v>
+        <v>20390.1</v>
       </c>
       <c r="I209" s="14" t="n">
+        <v>21191.5</v>
+      </c>
+      <c r="J209" s="14" t="n">
+        <v>25.6</v>
+      </c>
+      <c r="K209" s="14" t="n">
+        <v>23.4</v>
+      </c>
+      <c r="L209" s="14" t="n">
         <v>10.0</v>
       </c>
-      <c r="J209" s="14" t="n">
-        <v>11.0</v>
+      <c r="M209" s="14" t="n">
+        <v>10.8</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    11 Common sludges</t>
         </is>
       </c>
       <c r="B210" s="14" t="n">
-        <v>3.0</v>
+        <v>65.3</v>
       </c>
       <c r="C210" s="14" t="n">
-        <v>35.0</v>
+        <v>3.4</v>
       </c>
       <c r="D210" s="14" t="n">
+        <v>35.3</v>
+      </c>
+      <c r="E210" s="14" t="n">
         <v>8.0</v>
       </c>
-      <c r="E210" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="F210" s="14" t="n">
-        <v>35.0</v>
+        <v>65.3</v>
       </c>
       <c r="G210" s="14" t="n">
+        <v>3.4</v>
+      </c>
+      <c r="H210" s="14" t="n">
+        <v>35.3</v>
+      </c>
+      <c r="I210" s="14" t="n">
         <v>8.0</v>
       </c>
-      <c r="H210" s="14" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="J210" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K210" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L210" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M210" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    12 and 13  Mineral wastes and solidified and vitrified waste</t>
         </is>
       </c>
       <c r="B211" s="14" t="n">
-        <v>2004.0</v>
+        <v>1730.9</v>
       </c>
       <c r="C211" s="14" t="n">
-        <v>469.0</v>
+        <v>2004.1</v>
       </c>
       <c r="D211" s="14" t="n">
-        <v>898.0</v>
+        <v>469.3</v>
       </c>
       <c r="E211" s="14" t="n">
-        <v>2002.0</v>
+        <v>898.4</v>
       </c>
       <c r="F211" s="14" t="n">
-        <v>456.0</v>
+        <v>1705.8</v>
       </c>
       <c r="G211" s="14" t="n">
-        <v>533.0</v>
+        <v>2001.7</v>
       </c>
       <c r="H211" s="14" t="n">
-        <v>2.0</v>
+        <v>455.7</v>
       </c>
       <c r="I211" s="14" t="n">
-        <v>14.0</v>
+        <v>532.6</v>
       </c>
       <c r="J211" s="14" t="n">
-        <v>366.0</v>
+        <v>25.1</v>
+      </c>
+      <c r="K211" s="14" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="L211" s="14" t="n">
+        <v>13.6</v>
+      </c>
+      <c r="M211" s="14" t="n">
+        <v>365.8</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    TOTAL</t>
         </is>
       </c>
       <c r="B212" s="14" t="n">
-        <v>56238.0</v>
+        <v>61109.5</v>
       </c>
       <c r="C212" s="14" t="n">
-        <v>47609.0</v>
+        <v>56238.4</v>
       </c>
       <c r="D212" s="14" t="n">
-        <v>56646.0</v>
+        <v>47609.1</v>
       </c>
       <c r="E212" s="14" t="n">
-        <v>54048.0</v>
+        <v>56646.4</v>
       </c>
       <c r="F212" s="14" t="n">
-        <v>46065.0</v>
+        <v>59148.6</v>
       </c>
       <c r="G212" s="14" t="n">
-        <v>54600.0</v>
+        <v>54048.1</v>
       </c>
       <c r="H212" s="14" t="n">
-        <v>2190.0</v>
+        <v>46064.5</v>
       </c>
       <c r="I212" s="14" t="n">
-        <v>1545.0</v>
+        <v>54600.1</v>
       </c>
       <c r="J212" s="14" t="n">
-        <v>2046.0</v>
+        <v>1960.9</v>
+      </c>
+      <c r="K212" s="14" t="n">
+        <v>2190.3</v>
+      </c>
+      <c r="L212" s="14" t="n">
+        <v>1544.6</v>
+      </c>
+      <c r="M212" s="14" t="n">
+        <v>2046.3</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="6" t="inlineStr">
         <is>
           <t>Health and veterinary activities, social services: 86, 87 and 75 divisions</t>
         </is>
       </c>
       <c r="B213" s="6"/>
       <c r="C213" s="6"/>
       <c r="D213" s="6"/>
       <c r="E213" s="6"/>
       <c r="F213" s="6"/>
       <c r="G213" s="6"/>
       <c r="H213" s="6"/>
       <c r="I213" s="6"/>
       <c r="J213" s="6"/>
+      <c r="K213" s="6"/>
+      <c r="L213" s="6"/>
+      <c r="M213" s="6"/>
     </row>
     <row r="214">
       <c r="A214" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    01-02-03 Chemical waste</t>
         </is>
       </c>
       <c r="B214" s="14" t="n">
-        <v>14132.0</v>
+        <v>10629.5</v>
       </c>
       <c r="C214" s="14" t="n">
-        <v>8273.0</v>
+        <v>14131.9</v>
       </c>
       <c r="D214" s="14" t="n">
-        <v>4994.0</v>
+        <v>8273.2</v>
       </c>
       <c r="E214" s="14" t="n">
-        <v>655.0</v>
+        <v>4993.8</v>
       </c>
       <c r="F214" s="14" t="n">
-        <v>1004.0</v>
+        <v>928.7</v>
       </c>
       <c r="G214" s="14" t="n">
-        <v>445.0</v>
+        <v>654.7</v>
       </c>
       <c r="H214" s="14" t="n">
-        <v>13477.0</v>
+        <v>1003.7</v>
       </c>
       <c r="I214" s="14" t="n">
-        <v>7270.0</v>
+        <v>444.9</v>
       </c>
       <c r="J214" s="14" t="n">
-        <v>4549.0</v>
+        <v>9700.8</v>
+      </c>
+      <c r="K214" s="14" t="n">
+        <v>13477.2</v>
+      </c>
+      <c r="L214" s="14" t="n">
+        <v>7269.5</v>
+      </c>
+      <c r="M214" s="14" t="n">
+        <v>4548.9</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    05 - Medical and biological waste</t>
         </is>
       </c>
       <c r="B215" s="14" t="n">
-        <v>98786.0</v>
+        <v>95967.2</v>
       </c>
       <c r="C215" s="14" t="n">
-        <v>67779.0</v>
+        <v>98785.7</v>
       </c>
       <c r="D215" s="14" t="n">
-        <v>59820.0</v>
+        <v>67778.6</v>
       </c>
       <c r="E215" s="14" t="n">
-        <v>47056.0</v>
+        <v>59819.7</v>
       </c>
       <c r="F215" s="14" t="n">
-        <v>43347.0</v>
+        <v>68849.3</v>
       </c>
       <c r="G215" s="14" t="n">
-        <v>41777.0</v>
+        <v>47056.4</v>
       </c>
       <c r="H215" s="14" t="n">
-        <v>51729.0</v>
+        <v>43347.1</v>
       </c>
       <c r="I215" s="14" t="n">
-        <v>24432.0</v>
+        <v>41776.6</v>
       </c>
       <c r="J215" s="14" t="n">
-        <v>18043.0</v>
+        <v>27117.9</v>
+      </c>
+      <c r="K215" s="14" t="n">
+        <v>51729.3</v>
+      </c>
+      <c r="L215" s="14" t="n">
+        <v>24431.5</v>
+      </c>
+      <c r="M215" s="14" t="n">
+        <v>18043.1</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    06. Metallic wastes</t>
         </is>
       </c>
       <c r="B216" s="14" t="n">
+        <v>606.6</v>
+      </c>
+      <c r="C216" s="14" t="n">
         <v>723.0</v>
       </c>
-      <c r="C216" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="D216" s="14" t="n">
-        <v>478.0</v>
+        <v>712.8</v>
       </c>
       <c r="E216" s="14" t="n">
+        <v>477.9</v>
+      </c>
+      <c r="F216" s="14" t="n">
+        <v>606.6</v>
+      </c>
+      <c r="G216" s="14" t="n">
         <v>723.0</v>
       </c>
-      <c r="F216" s="14" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="H216" s="14" t="n">
-        <v>0.0</v>
+        <v>712.8</v>
       </c>
       <c r="I216" s="14" t="n">
-        <v>0.0</v>
+        <v>477.9</v>
       </c>
       <c r="J216" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K216" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L216" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M216" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.1 Glass wastes (including packaging)</t>
         </is>
       </c>
       <c r="B217" s="14" t="n">
-        <v>1983.0</v>
+        <v>2073.9</v>
       </c>
       <c r="C217" s="14" t="n">
-        <v>2121.0</v>
+        <v>1982.8</v>
       </c>
       <c r="D217" s="14" t="n">
-        <v>1697.0</v>
+        <v>2120.9</v>
       </c>
       <c r="E217" s="14" t="n">
-        <v>1983.0</v>
+        <v>1696.6</v>
       </c>
       <c r="F217" s="14" t="n">
-        <v>2121.0</v>
+        <v>2073.9</v>
       </c>
       <c r="G217" s="14" t="n">
-        <v>1697.0</v>
+        <v>1982.8</v>
       </c>
       <c r="H217" s="14" t="n">
-        <v>0.0</v>
+        <v>2120.9</v>
       </c>
       <c r="I217" s="14" t="n">
-        <v>0.0</v>
+        <v>1696.6</v>
       </c>
       <c r="J217" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K217" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L217" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M217" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.2 Paper wastes (including packaging)</t>
         </is>
       </c>
       <c r="B218" s="14" t="n">
-        <v>28255.0</v>
+        <v>26657.1</v>
       </c>
       <c r="C218" s="14" t="n">
-        <v>21090.0</v>
+        <v>28254.7</v>
       </c>
       <c r="D218" s="14" t="n">
-        <v>24200.0</v>
+        <v>21089.9</v>
       </c>
       <c r="E218" s="14" t="n">
-        <v>28255.0</v>
+        <v>24199.7</v>
       </c>
       <c r="F218" s="14" t="n">
-        <v>21090.0</v>
+        <v>26657.1</v>
       </c>
       <c r="G218" s="14" t="n">
-        <v>24200.0</v>
+        <v>28254.7</v>
       </c>
       <c r="H218" s="14" t="n">
-        <v>0.0</v>
+        <v>21089.9</v>
       </c>
       <c r="I218" s="14" t="n">
-        <v>0.0</v>
+        <v>24199.7</v>
       </c>
       <c r="J218" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K218" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L218" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M218" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.3 Rubber wastes</t>
         </is>
       </c>
       <c r="B219" s="14" t="n">
-        <v>42.0</v>
+        <v>56.9</v>
       </c>
       <c r="C219" s="14" t="n">
-        <v>23.0</v>
+        <v>42.2</v>
       </c>
       <c r="D219" s="14" t="n">
-        <v>35.0</v>
+        <v>23.4</v>
       </c>
       <c r="E219" s="14" t="n">
-        <v>42.0</v>
+        <v>35.4</v>
       </c>
       <c r="F219" s="14" t="n">
-        <v>23.0</v>
+        <v>56.9</v>
       </c>
       <c r="G219" s="14" t="n">
-        <v>35.0</v>
+        <v>42.2</v>
       </c>
       <c r="H219" s="14" t="n">
-        <v>0.0</v>
+        <v>23.4</v>
       </c>
       <c r="I219" s="14" t="n">
-        <v>0.0</v>
+        <v>35.4</v>
       </c>
       <c r="J219" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K219" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L219" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M219" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.4 Plastic wastes (including packaging)</t>
         </is>
       </c>
       <c r="B220" s="14" t="n">
-        <v>9806.0</v>
+        <v>10709.8</v>
       </c>
       <c r="C220" s="14" t="n">
-        <v>7914.0</v>
+        <v>9806.2</v>
       </c>
       <c r="D220" s="14" t="n">
-        <v>10173.0</v>
+        <v>7914.1</v>
       </c>
       <c r="E220" s="14" t="n">
-        <v>9806.0</v>
+        <v>10172.9</v>
       </c>
       <c r="F220" s="14" t="n">
-        <v>7914.0</v>
+        <v>10709.8</v>
       </c>
       <c r="G220" s="14" t="n">
-        <v>10173.0</v>
+        <v>9806.2</v>
       </c>
       <c r="H220" s="14" t="n">
-        <v>0.0</v>
+        <v>7914.1</v>
       </c>
       <c r="I220" s="14" t="n">
-        <v>0.0</v>
+        <v>10172.9</v>
       </c>
       <c r="J220" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K220" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L220" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M220" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.5 Wood wastes (including packaging)</t>
         </is>
       </c>
       <c r="B221" s="14" t="n">
-        <v>1323.0</v>
+        <v>1224.8</v>
       </c>
       <c r="C221" s="14" t="n">
-        <v>669.0</v>
+        <v>1322.5</v>
       </c>
       <c r="D221" s="14" t="n">
-        <v>746.0</v>
+        <v>668.5</v>
       </c>
       <c r="E221" s="14" t="n">
-        <v>1323.0</v>
+        <v>745.7</v>
       </c>
       <c r="F221" s="14" t="n">
-        <v>669.0</v>
+        <v>1224.8</v>
       </c>
       <c r="G221" s="14" t="n">
-        <v>746.0</v>
+        <v>1322.5</v>
       </c>
       <c r="H221" s="14" t="n">
-        <v>0.0</v>
+        <v>668.5</v>
       </c>
       <c r="I221" s="14" t="n">
-        <v>0.0</v>
+        <v>745.7</v>
       </c>
       <c r="J221" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K221" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L221" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M221" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.6 Textile wastes</t>
         </is>
       </c>
       <c r="B222" s="14" t="n">
-        <v>421.0</v>
+        <v>314.8</v>
       </c>
       <c r="C222" s="14" t="n">
-        <v>175.0</v>
+        <v>421.1</v>
       </c>
       <c r="D222" s="14" t="n">
-        <v>153.0</v>
+        <v>175.1</v>
       </c>
       <c r="E222" s="14" t="n">
-        <v>421.0</v>
+        <v>153.3</v>
       </c>
       <c r="F222" s="14" t="n">
-        <v>175.0</v>
+        <v>314.8</v>
       </c>
       <c r="G222" s="14" t="n">
-        <v>153.0</v>
+        <v>421.1</v>
       </c>
       <c r="H222" s="14" t="n">
-        <v>0.0</v>
+        <v>175.1</v>
       </c>
       <c r="I222" s="14" t="n">
-        <v>0.0</v>
+        <v>153.3</v>
       </c>
       <c r="J222" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K222" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L222" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M222" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.7 PCB waste</t>
         </is>
       </c>
       <c r="B223" s="14" t="n">
-        <v>0.0</v>
+        <v>0.3</v>
       </c>
       <c r="C223" s="14" t="n">
-        <v>0.0</v>
+        <v>0.2</v>
       </c>
       <c r="D223" s="14" t="n">
-        <v>0.0</v>
+        <v>0.2</v>
       </c>
       <c r="E223" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="F223" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="G223" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="H223" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="I223" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="J223" s="14" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="K223" s="14" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="L223" s="14" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="M223" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    08 Discarded equipment</t>
         </is>
       </c>
       <c r="B224" s="14" t="n">
-        <v>967.0</v>
+        <v>1056.9</v>
       </c>
       <c r="C224" s="14" t="n">
-        <v>725.0</v>
+        <v>967.1</v>
       </c>
       <c r="D224" s="14" t="n">
-        <v>587.0</v>
+        <v>724.7</v>
       </c>
       <c r="E224" s="14" t="n">
-        <v>361.0</v>
+        <v>587.3</v>
       </c>
       <c r="F224" s="14" t="n">
-        <v>336.0</v>
+        <v>466.4</v>
       </c>
       <c r="G224" s="14" t="n">
-        <v>279.0</v>
+        <v>360.8</v>
       </c>
       <c r="H224" s="14" t="n">
-        <v>606.0</v>
+        <v>336.2</v>
       </c>
       <c r="I224" s="14" t="n">
-        <v>389.0</v>
+        <v>278.6</v>
       </c>
       <c r="J224" s="14" t="n">
-        <v>309.0</v>
+        <v>590.5</v>
+      </c>
+      <c r="K224" s="14" t="n">
+        <v>606.3</v>
+      </c>
+      <c r="L224" s="14" t="n">
+        <v>388.5</v>
+      </c>
+      <c r="M224" s="14" t="n">
+        <v>308.7</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    09 Animal and vegetable wastes</t>
         </is>
       </c>
       <c r="B225" s="14" t="n">
-        <v>21556.0</v>
+        <v>18173.8</v>
       </c>
       <c r="C225" s="14" t="n">
-        <v>11701.0</v>
+        <v>21555.9</v>
       </c>
       <c r="D225" s="14" t="n">
-        <v>16965.0</v>
+        <v>11700.6</v>
       </c>
       <c r="E225" s="14" t="n">
-        <v>21556.0</v>
+        <v>16964.9</v>
       </c>
       <c r="F225" s="14" t="n">
-        <v>11701.0</v>
+        <v>18173.8</v>
       </c>
       <c r="G225" s="14" t="n">
-        <v>16965.0</v>
+        <v>21555.9</v>
       </c>
       <c r="H225" s="14" t="n">
-        <v>0.0</v>
+        <v>11700.6</v>
       </c>
       <c r="I225" s="14" t="n">
-        <v>0.0</v>
+        <v>16964.9</v>
       </c>
       <c r="J225" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K225" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L225" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M225" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    10 Mixed ordinary wastes</t>
         </is>
       </c>
       <c r="B226" s="14" t="n">
-        <v>161133.0</v>
+        <v>155417.1</v>
       </c>
       <c r="C226" s="14" t="n">
-        <v>146481.0</v>
+        <v>161133.4</v>
       </c>
       <c r="D226" s="14" t="n">
-        <v>158502.0</v>
+        <v>146481.1</v>
       </c>
       <c r="E226" s="14" t="n">
-        <v>161085.0</v>
+        <v>158501.6</v>
       </c>
       <c r="F226" s="14" t="n">
-        <v>146448.0</v>
+        <v>155382.3</v>
       </c>
       <c r="G226" s="14" t="n">
-        <v>158501.0</v>
+        <v>161085.3</v>
       </c>
       <c r="H226" s="14" t="n">
-        <v>48.0</v>
+        <v>146447.6</v>
       </c>
       <c r="I226" s="14" t="n">
-        <v>34.0</v>
+        <v>158500.5</v>
       </c>
       <c r="J226" s="14" t="n">
-        <v>1.0</v>
+        <v>34.8</v>
+      </c>
+      <c r="K226" s="14" t="n">
+        <v>48.1</v>
+      </c>
+      <c r="L226" s="14" t="n">
+        <v>33.5</v>
+      </c>
+      <c r="M226" s="14" t="n">
+        <v>1.1</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    11 Common sludges</t>
         </is>
       </c>
       <c r="B227" s="14" t="n">
-        <v>245.0</v>
+        <v>120.8</v>
       </c>
       <c r="C227" s="14" t="n">
-        <v>33.0</v>
+        <v>245.3</v>
       </c>
       <c r="D227" s="14" t="n">
+        <v>32.8</v>
+      </c>
+      <c r="E227" s="14" t="n">
         <v>42.0</v>
       </c>
-      <c r="E227" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="F227" s="14" t="n">
-        <v>33.0</v>
+        <v>120.8</v>
       </c>
       <c r="G227" s="14" t="n">
+        <v>245.3</v>
+      </c>
+      <c r="H227" s="14" t="n">
+        <v>32.8</v>
+      </c>
+      <c r="I227" s="14" t="n">
         <v>42.0</v>
       </c>
-      <c r="H227" s="14" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="J227" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K227" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L227" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M227" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    12 and 13  Mineral wastes and solidified and vitrified waste</t>
         </is>
       </c>
       <c r="B228" s="14" t="n">
-        <v>397.0</v>
+        <v>1127.9</v>
       </c>
       <c r="C228" s="14" t="n">
-        <v>321.0</v>
+        <v>397.1</v>
       </c>
       <c r="D228" s="14" t="n">
-        <v>1434.0</v>
+        <v>321.1</v>
       </c>
       <c r="E228" s="14" t="n">
-        <v>396.0</v>
+        <v>1433.7</v>
       </c>
       <c r="F228" s="14" t="n">
+        <v>1126.0</v>
+      </c>
+      <c r="G228" s="14" t="n">
+        <v>395.7</v>
+      </c>
+      <c r="H228" s="14" t="n">
         <v>319.0</v>
       </c>
-      <c r="G228" s="14" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="I228" s="14" t="n">
-        <v>2.0</v>
+        <v>1431.3</v>
       </c>
       <c r="J228" s="14" t="n">
-        <v>2.0</v>
+        <v>1.9</v>
+      </c>
+      <c r="K228" s="14" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="L228" s="14" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="M228" s="14" t="n">
+        <v>2.4</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    TOTAL</t>
         </is>
       </c>
       <c r="B229" s="14" t="n">
-        <v>339769.0</v>
+        <v>324137.4</v>
       </c>
       <c r="C229" s="14" t="n">
+        <v>339769.1</v>
+      </c>
+      <c r="D229" s="14" t="n">
         <v>268017.0</v>
       </c>
-      <c r="D229" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="E229" s="14" t="n">
-        <v>273907.0</v>
+        <v>279824.5</v>
       </c>
       <c r="F229" s="14" t="n">
-        <v>235892.0</v>
+        <v>286691.2</v>
       </c>
       <c r="G229" s="14" t="n">
-        <v>256920.0</v>
+        <v>273906.6</v>
       </c>
       <c r="H229" s="14" t="n">
-        <v>65863.0</v>
+        <v>235891.7</v>
       </c>
       <c r="I229" s="14" t="n">
-        <v>32125.0</v>
+        <v>256920.3</v>
       </c>
       <c r="J229" s="14" t="n">
-        <v>22904.0</v>
+        <v>37446.2</v>
+      </c>
+      <c r="K229" s="14" t="n">
+        <v>65862.5</v>
+      </c>
+      <c r="L229" s="14" t="n">
+        <v>32125.3</v>
+      </c>
+      <c r="M229" s="14" t="n">
+        <v>22904.2</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="6" t="inlineStr">
         <is>
           <t>Recreational, cultural and association activities: 90 to 96 divisions</t>
         </is>
       </c>
       <c r="B230" s="6"/>
       <c r="C230" s="6"/>
       <c r="D230" s="6"/>
       <c r="E230" s="6"/>
       <c r="F230" s="6"/>
       <c r="G230" s="6"/>
       <c r="H230" s="6"/>
       <c r="I230" s="6"/>
       <c r="J230" s="6"/>
+      <c r="K230" s="6"/>
+      <c r="L230" s="6"/>
+      <c r="M230" s="6"/>
     </row>
     <row r="231">
       <c r="A231" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    01-02-03 Chemical waste</t>
         </is>
       </c>
       <c r="B231" s="14" t="n">
-        <v>425.0</v>
+        <v>285.0</v>
       </c>
       <c r="C231" s="14" t="n">
-        <v>653.0</v>
+        <v>424.7</v>
       </c>
       <c r="D231" s="14" t="n">
-        <v>616.0</v>
+        <v>653.3</v>
       </c>
       <c r="E231" s="14" t="n">
+        <v>615.7</v>
+      </c>
+      <c r="F231" s="14" t="n">
+        <v>28.0</v>
+      </c>
+      <c r="G231" s="14" t="n">
         <v>17.0</v>
       </c>
-      <c r="F231" s="14" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="H231" s="14" t="n">
-        <v>408.0</v>
+        <v>41.1</v>
       </c>
       <c r="I231" s="14" t="n">
-        <v>612.0</v>
+        <v>156.3</v>
       </c>
       <c r="J231" s="14" t="n">
-        <v>459.0</v>
+        <v>257.0</v>
+      </c>
+      <c r="K231" s="14" t="n">
+        <v>407.7</v>
+      </c>
+      <c r="L231" s="14" t="n">
+        <v>612.2</v>
+      </c>
+      <c r="M231" s="14" t="n">
+        <v>459.4</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    05 - Medical and biological waste</t>
         </is>
       </c>
       <c r="B232" s="14" t="n">
-        <v>325.0</v>
+        <v>300.6</v>
       </c>
       <c r="C232" s="14" t="n">
+        <v>325.4</v>
+      </c>
+      <c r="D232" s="14" t="n">
         <v>230.0</v>
       </c>
-      <c r="D232" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="E232" s="14" t="n">
-        <v>276.0</v>
+        <v>302.3</v>
       </c>
       <c r="F232" s="14" t="n">
-        <v>210.0</v>
+        <v>280.0</v>
       </c>
       <c r="G232" s="14" t="n">
-        <v>275.0</v>
+        <v>275.8</v>
       </c>
       <c r="H232" s="14" t="n">
-        <v>50.0</v>
+        <v>209.8</v>
       </c>
       <c r="I232" s="14" t="n">
-        <v>20.0</v>
+        <v>274.8</v>
       </c>
       <c r="J232" s="14" t="n">
-        <v>27.0</v>
+        <v>20.6</v>
+      </c>
+      <c r="K232" s="14" t="n">
+        <v>49.6</v>
+      </c>
+      <c r="L232" s="14" t="n">
+        <v>20.2</v>
+      </c>
+      <c r="M232" s="14" t="n">
+        <v>27.5</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    06. Metallic wastes</t>
         </is>
       </c>
       <c r="B233" s="14" t="n">
-        <v>1318.0</v>
+        <v>1218.0</v>
       </c>
       <c r="C233" s="14" t="n">
-        <v>754.0</v>
+        <v>1318.1</v>
       </c>
       <c r="D233" s="14" t="n">
+        <v>754.2</v>
+      </c>
+      <c r="E233" s="14" t="n">
         <v>909.0</v>
       </c>
-      <c r="E233" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="F233" s="14" t="n">
-        <v>754.0</v>
+        <v>1218.0</v>
       </c>
       <c r="G233" s="14" t="n">
+        <v>1318.1</v>
+      </c>
+      <c r="H233" s="14" t="n">
+        <v>754.2</v>
+      </c>
+      <c r="I233" s="14" t="n">
         <v>909.0</v>
       </c>
-      <c r="H233" s="14" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="J233" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K233" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L233" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M233" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.1 Glass wastes (including packaging)</t>
         </is>
       </c>
       <c r="B234" s="14" t="n">
-        <v>640.0</v>
+        <v>739.3</v>
       </c>
       <c r="C234" s="14" t="n">
-        <v>1300.0</v>
+        <v>640.3</v>
       </c>
       <c r="D234" s="14" t="n">
-        <v>1547.0</v>
+        <v>1300.3</v>
       </c>
       <c r="E234" s="14" t="n">
-        <v>640.0</v>
+        <v>1547.3</v>
       </c>
       <c r="F234" s="14" t="n">
-        <v>1300.0</v>
+        <v>739.3</v>
       </c>
       <c r="G234" s="14" t="n">
-        <v>1547.0</v>
+        <v>640.3</v>
       </c>
       <c r="H234" s="14" t="n">
-        <v>0.0</v>
+        <v>1300.3</v>
       </c>
       <c r="I234" s="14" t="n">
-        <v>0.0</v>
+        <v>1547.3</v>
       </c>
       <c r="J234" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K234" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L234" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M234" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.2 Paper wastes (including packaging)</t>
         </is>
       </c>
       <c r="B235" s="14" t="n">
+        <v>5305.0</v>
+      </c>
+      <c r="C235" s="14" t="n">
         <v>6534.0</v>
       </c>
-      <c r="C235" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="D235" s="14" t="n">
-        <v>5949.0</v>
+        <v>6412.3</v>
       </c>
       <c r="E235" s="14" t="n">
+        <v>5949.1</v>
+      </c>
+      <c r="F235" s="14" t="n">
+        <v>5305.0</v>
+      </c>
+      <c r="G235" s="14" t="n">
         <v>6534.0</v>
       </c>
-      <c r="F235" s="14" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="H235" s="14" t="n">
-        <v>0.0</v>
+        <v>6412.3</v>
       </c>
       <c r="I235" s="14" t="n">
-        <v>0.0</v>
+        <v>5949.1</v>
       </c>
       <c r="J235" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K235" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L235" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M235" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.3 Rubber wastes</t>
         </is>
       </c>
       <c r="B236" s="14" t="n">
-        <v>3.0</v>
+        <v>6.0</v>
       </c>
       <c r="C236" s="14" t="n">
-        <v>11.0</v>
+        <v>3.1</v>
       </c>
       <c r="D236" s="14" t="n">
-        <v>11.0</v>
+        <v>10.8</v>
       </c>
       <c r="E236" s="14" t="n">
-        <v>3.0</v>
+        <v>10.9</v>
       </c>
       <c r="F236" s="14" t="n">
-        <v>11.0</v>
+        <v>6.0</v>
       </c>
       <c r="G236" s="14" t="n">
-        <v>11.0</v>
+        <v>3.1</v>
       </c>
       <c r="H236" s="14" t="n">
-        <v>0.0</v>
+        <v>10.8</v>
       </c>
       <c r="I236" s="14" t="n">
-        <v>0.0</v>
+        <v>10.9</v>
       </c>
       <c r="J236" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K236" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L236" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M236" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.4 Plastic wastes (including packaging)</t>
         </is>
       </c>
       <c r="B237" s="14" t="n">
-        <v>2914.0</v>
+        <v>2131.7</v>
       </c>
       <c r="C237" s="14" t="n">
-        <v>2122.0</v>
+        <v>2913.6</v>
       </c>
       <c r="D237" s="14" t="n">
+        <v>2121.9</v>
+      </c>
+      <c r="E237" s="14" t="n">
         <v>1577.0</v>
       </c>
-      <c r="E237" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="F237" s="14" t="n">
-        <v>2122.0</v>
+        <v>2131.7</v>
       </c>
       <c r="G237" s="14" t="n">
+        <v>2913.6</v>
+      </c>
+      <c r="H237" s="14" t="n">
+        <v>2121.9</v>
+      </c>
+      <c r="I237" s="14" t="n">
         <v>1577.0</v>
       </c>
-      <c r="H237" s="14" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="J237" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K237" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L237" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M237" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.5 Wood wastes (including packaging)</t>
         </is>
       </c>
       <c r="B238" s="14" t="n">
+        <v>609.0</v>
+      </c>
+      <c r="C238" s="14" t="n">
         <v>972.0</v>
       </c>
-      <c r="C238" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="D238" s="14" t="n">
-        <v>526.0</v>
+        <v>886.4</v>
       </c>
       <c r="E238" s="14" t="n">
+        <v>525.6</v>
+      </c>
+      <c r="F238" s="14" t="n">
+        <v>609.0</v>
+      </c>
+      <c r="G238" s="14" t="n">
         <v>972.0</v>
       </c>
-      <c r="F238" s="14" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="H238" s="14" t="n">
-        <v>0.0</v>
+        <v>885.1</v>
       </c>
       <c r="I238" s="14" t="n">
-        <v>1.0</v>
+        <v>525.6</v>
       </c>
       <c r="J238" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K238" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L238" s="14" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="M238" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.6 Textile wastes</t>
         </is>
       </c>
       <c r="B239" s="14" t="n">
-        <v>692.0</v>
+        <v>578.1</v>
       </c>
       <c r="C239" s="14" t="n">
-        <v>211.0</v>
+        <v>691.5</v>
       </c>
       <c r="D239" s="14" t="n">
-        <v>480.0</v>
+        <v>211.3</v>
       </c>
       <c r="E239" s="14" t="n">
-        <v>692.0</v>
+        <v>479.9</v>
       </c>
       <c r="F239" s="14" t="n">
-        <v>211.0</v>
+        <v>578.1</v>
       </c>
       <c r="G239" s="14" t="n">
-        <v>480.0</v>
+        <v>691.5</v>
       </c>
       <c r="H239" s="14" t="n">
-        <v>0.0</v>
+        <v>211.3</v>
       </c>
       <c r="I239" s="14" t="n">
-        <v>0.0</v>
+        <v>479.9</v>
       </c>
       <c r="J239" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K239" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L239" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M239" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07.7 PCB waste</t>
         </is>
       </c>
       <c r="B240" s="14" t="n">
-        <v>0.0</v>
+        <v>0.1</v>
       </c>
       <c r="C240" s="14" t="n">
-        <v>3.0</v>
+        <v>0.0</v>
       </c>
       <c r="D240" s="14" t="n">
-        <v>0.0</v>
+        <v>2.8</v>
       </c>
       <c r="E240" s="14" t="n">
-        <v>0.0</v>
+        <v>0.1</v>
       </c>
       <c r="F240" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="G240" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="H240" s="14" t="n">
         <v>0.0</v>
       </c>
       <c r="I240" s="14" t="n">
-        <v>3.0</v>
+        <v>0.0</v>
       </c>
       <c r="J240" s="14" t="n">
-        <v>0.0</v>
+        <v>0.1</v>
+      </c>
+      <c r="K240" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L240" s="14" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="M240" s="14" t="n">
+        <v>0.1</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    08 Discarded equipment</t>
         </is>
       </c>
       <c r="B241" s="14" t="n">
-        <v>1224.0</v>
+        <v>1006.0</v>
       </c>
       <c r="C241" s="14" t="n">
-        <v>1259.0</v>
+        <v>1223.5</v>
       </c>
       <c r="D241" s="14" t="n">
-        <v>1489.0</v>
+        <v>1259.2</v>
       </c>
       <c r="E241" s="14" t="n">
+        <v>1488.9</v>
+      </c>
+      <c r="F241" s="14" t="n">
+        <v>725.6</v>
+      </c>
+      <c r="G241" s="14" t="n">
         <v>841.0</v>
       </c>
-      <c r="F241" s="14" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="H241" s="14" t="n">
-        <v>383.0</v>
+        <v>912.7</v>
       </c>
       <c r="I241" s="14" t="n">
-        <v>346.0</v>
+        <v>1090.9</v>
       </c>
       <c r="J241" s="14" t="n">
+        <v>280.4</v>
+      </c>
+      <c r="K241" s="14" t="n">
+        <v>382.5</v>
+      </c>
+      <c r="L241" s="14" t="n">
+        <v>346.5</v>
+      </c>
+      <c r="M241" s="14" t="n">
         <v>398.0</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    09 Animal and vegetable wastes</t>
         </is>
       </c>
       <c r="B242" s="14" t="n">
+        <v>5929.7</v>
+      </c>
+      <c r="C242" s="14" t="n">
         <v>8177.0</v>
       </c>
-      <c r="C242" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="D242" s="14" t="n">
-        <v>3113.0</v>
+        <v>4880.6</v>
       </c>
       <c r="E242" s="14" t="n">
+        <v>3112.7</v>
+      </c>
+      <c r="F242" s="14" t="n">
+        <v>5929.7</v>
+      </c>
+      <c r="G242" s="14" t="n">
         <v>8177.0</v>
       </c>
-      <c r="F242" s="14" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="H242" s="14" t="n">
-        <v>0.0</v>
+        <v>4880.6</v>
       </c>
       <c r="I242" s="14" t="n">
-        <v>0.0</v>
+        <v>3112.7</v>
       </c>
       <c r="J242" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K242" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L242" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M242" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    10 Mixed ordinary wastes</t>
         </is>
       </c>
       <c r="B243" s="14" t="n">
-        <v>16941.0</v>
+        <v>9255.6</v>
       </c>
       <c r="C243" s="14" t="n">
-        <v>10668.0</v>
+        <v>16940.7</v>
       </c>
       <c r="D243" s="14" t="n">
-        <v>9490.0</v>
+        <v>10667.7</v>
       </c>
       <c r="E243" s="14" t="n">
-        <v>16941.0</v>
+        <v>9489.8</v>
       </c>
       <c r="F243" s="14" t="n">
-        <v>10668.0</v>
+        <v>9251.5</v>
       </c>
       <c r="G243" s="14" t="n">
-        <v>9487.0</v>
+        <v>16940.6</v>
       </c>
       <c r="H243" s="14" t="n">
-        <v>0.0</v>
+        <v>10667.7</v>
       </c>
       <c r="I243" s="14" t="n">
-        <v>0.0</v>
+        <v>9487.3</v>
       </c>
       <c r="J243" s="14" t="n">
-        <v>3.0</v>
+        <v>4.1</v>
+      </c>
+      <c r="K243" s="14" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="L243" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M243" s="14" t="n">
+        <v>2.5</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    11 Common sludges</t>
         </is>
       </c>
       <c r="B244" s="14" t="n">
-        <v>39.0</v>
+        <v>4.6</v>
       </c>
       <c r="C244" s="14" t="n">
+        <v>39.1</v>
+      </c>
+      <c r="D244" s="14" t="n">
         <v>48.0</v>
       </c>
-      <c r="D244" s="14" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="E244" s="14" t="n">
-        <v>39.0</v>
+        <v>75.4</v>
       </c>
       <c r="F244" s="14" t="n">
+        <v>4.6</v>
+      </c>
+      <c r="G244" s="14" t="n">
+        <v>39.1</v>
+      </c>
+      <c r="H244" s="14" t="n">
         <v>48.0</v>
       </c>
-      <c r="G244" s="14" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="I244" s="14" t="n">
-        <v>0.0</v>
+        <v>75.4</v>
       </c>
       <c r="J244" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="K244" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="L244" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="M244" s="14" t="n">
         <v>0.0</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    12 and 13  Mineral wastes and solidified and vitrified waste</t>
         </is>
       </c>
       <c r="B245" s="14" t="n">
-        <v>591.0</v>
+        <v>1328.9</v>
       </c>
       <c r="C245" s="14" t="n">
-        <v>110.0</v>
+        <v>590.8</v>
       </c>
       <c r="D245" s="14" t="n">
-        <v>404.0</v>
+        <v>109.6</v>
       </c>
       <c r="E245" s="14" t="n">
-        <v>554.0</v>
+        <v>404.1</v>
       </c>
       <c r="F245" s="14" t="n">
-        <v>107.0</v>
+        <v>1324.6</v>
       </c>
       <c r="G245" s="14" t="n">
-        <v>394.0</v>
+        <v>554.3</v>
       </c>
       <c r="H245" s="14" t="n">
-        <v>37.0</v>
+        <v>106.9</v>
       </c>
       <c r="I245" s="14" t="n">
-        <v>3.0</v>
+        <v>394.4</v>
       </c>
       <c r="J245" s="14" t="n">
-        <v>10.0</v>
+        <v>4.3</v>
+      </c>
+      <c r="K245" s="14" t="n">
+        <v>36.5</v>
+      </c>
+      <c r="L245" s="14" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="M245" s="14" t="n">
+        <v>9.7</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    TOTAL</t>
         </is>
       </c>
       <c r="B246" s="14" t="n">
-        <v>40794.0</v>
+        <v>28697.6</v>
       </c>
       <c r="C246" s="14" t="n">
-        <v>29548.0</v>
+        <v>40793.8</v>
       </c>
       <c r="D246" s="14" t="n">
-        <v>26488.0</v>
+        <v>29548.4</v>
       </c>
       <c r="E246" s="14" t="n">
-        <v>39917.0</v>
+        <v>26487.8</v>
       </c>
       <c r="F246" s="14" t="n">
-        <v>28563.0</v>
+        <v>28131.1</v>
       </c>
       <c r="G246" s="14" t="n">
-        <v>25591.0</v>
+        <v>39917.4</v>
       </c>
       <c r="H246" s="14" t="n">
-        <v>876.0</v>
+        <v>28562.7</v>
       </c>
       <c r="I246" s="14" t="n">
-        <v>986.0</v>
+        <v>25590.6</v>
       </c>
       <c r="J246" s="14" t="n">
-        <v>897.0</v>
+        <v>566.5</v>
+      </c>
+      <c r="K246" s="14" t="n">
+        <v>876.4</v>
+      </c>
+      <c r="L246" s="14" t="n">
+        <v>985.7</v>
+      </c>
+      <c r="M246" s="14" t="n">
+        <v>897.2</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" s="5" t="inlineStr">
         <is>
-          <t>Notes:</t>
+          <t>Notas:</t>
         </is>
       </c>
     </row>
     <row r="250">
       <c r="A250" t="inlineStr">
         <is>
-          <t>1) The symbol '..' means that this category of waste is not included in Regulation (EC 2150/2002)</t>
+          <t>Sections F to S (except O) of the CNAE-2009 are investigated.</t>
+        </is>
+      </c>
+    </row>
+    <row r="251">
+      <c r="A251" t="inlineStr">
+        <is>
+          <t/>
         </is>
       </c>
     </row>
     <row r="252">
-      <c r="A252" s="5" t="inlineStr">
-[...1 lines deleted...]
-          <t xml:space="preserve">Source: </t>
+      <c r="A252" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> 2) A specific stratification has been carried out based on the activity investigated.</t>
         </is>
       </c>
     </row>
     <row r="253">
       <c r="A253" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="254">
+      <c r="A254" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> 3) The sludge categories are considered only in terms of dry matter equivalents.</t>
+        </is>
+      </c>
+    </row>
+    <row r="255">
+      <c r="A255" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+    </row>
+    <row r="256">
+      <c r="A256" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> 4) The symbol '..' means that this category of waste is not included in Regulation (EC 2150/2002)</t>
+        </is>
+      </c>
+    </row>
+    <row r="258">
+      <c r="A258" s="5" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Fuente: </t>
+        </is>
+      </c>
+    </row>
+    <row r="259">
+      <c r="A259" t="inlineStr">
         <is>
           <t>National Statistics Institute</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="23">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A5:K5"/>
     <mergeCell ref="A6:K6"/>
-    <mergeCell ref="B7:D7"/>
-[...15 lines deleted...]
-    <mergeCell ref="A230:J230"/>
+    <mergeCell ref="B7:E7"/>
+    <mergeCell ref="F7:I7"/>
+    <mergeCell ref="J7:M7"/>
+    <mergeCell ref="A9:M9"/>
+    <mergeCell ref="A26:M26"/>
+    <mergeCell ref="A43:M43"/>
+    <mergeCell ref="A60:M60"/>
+    <mergeCell ref="A77:M77"/>
+    <mergeCell ref="A94:M94"/>
+    <mergeCell ref="A111:M111"/>
+    <mergeCell ref="A128:M128"/>
+    <mergeCell ref="A145:M145"/>
+    <mergeCell ref="A162:M162"/>
+    <mergeCell ref="A179:M179"/>
+    <mergeCell ref="A196:M196"/>
+    <mergeCell ref="A213:M213"/>
+    <mergeCell ref="A230:M230"/>
   </mergeCells>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>