--- v0 (2025-10-24)
+++ v1 (2026-01-29)
@@ -244,79 +244,81 @@
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="8" xfId="0" applyFill="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="6" fillId="5" borderId="8" xfId="0" applyFill="true" applyBorder="true" applyFont="true"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="8" xfId="0" applyFill="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="5" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="7" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true" applyNumberFormat="true">
       <alignment horizontal="right"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:W176"/>
+  <dimension ref="A1:Y216"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="39.0625" customWidth="true"/>
     <col min="2" max="2" width="19.53125" customWidth="true"/>
     <col min="3" max="3" width="19.53125" customWidth="true"/>
     <col min="4" max="4" width="19.53125" customWidth="true"/>
     <col min="5" max="5" width="19.53125" customWidth="true"/>
     <col min="6" max="6" width="19.53125" customWidth="true"/>
     <col min="7" max="7" width="19.53125" customWidth="true"/>
     <col min="8" max="8" width="19.53125" customWidth="true"/>
     <col min="9" max="9" width="19.53125" customWidth="true"/>
     <col min="10" max="10" width="19.53125" customWidth="true"/>
     <col min="11" max="11" width="19.53125" customWidth="true"/>
     <col min="12" max="12" width="19.53125" customWidth="true"/>
     <col min="13" max="13" width="19.53125" customWidth="true"/>
     <col min="14" max="14" width="19.53125" customWidth="true"/>
     <col min="15" max="15" width="19.53125" customWidth="true"/>
     <col min="16" max="16" width="19.53125" customWidth="true"/>
     <col min="17" max="17" width="19.53125" customWidth="true"/>
     <col min="18" max="18" width="19.53125" customWidth="true"/>
     <col min="19" max="19" width="19.53125" customWidth="true"/>
     <col min="20" max="20" width="19.53125" customWidth="true"/>
     <col min="21" max="21" width="19.53125" customWidth="true"/>
     <col min="22" max="22" width="19.53125" customWidth="true"/>
     <col min="23" max="23" width="19.53125" customWidth="true"/>
+    <col min="24" max="24" width="19.53125" customWidth="true"/>
+    <col min="25" max="25" width="19.53125" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>National Accounts: Main Household Indicators</t>
         </is>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
     </row>
     <row r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
           <t>Regional Accounting of Spain</t>
         </is>
       </c>
@@ -346,11060 +348,15110 @@
       <c r="H3" s="11"/>
       <c r="I3" s="11"/>
       <c r="J3" s="11"/>
       <c r="K3" s="11"/>
     </row>
     <row r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t xml:space="preserve">Secondary income distribution account by Autonomous Communities, resources/uses and period. </t>
         </is>
       </c>
       <c r="B4" s="3"/>
       <c r="C4" s="3"/>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
       <c r="F4" s="3"/>
       <c r="G4" s="3"/>
       <c r="H4" s="3"/>
       <c r="I4" s="3"/>
       <c r="J4" s="3"/>
       <c r="K4" s="3"/>
     </row>
     <row r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
-          <t>Unidades: thousands of euros</t>
+          <t>Units: thousands of euros</t>
         </is>
       </c>
       <c r="B5" s="4"/>
       <c r="C5" s="4"/>
       <c r="D5" s="4"/>
       <c r="E5" s="4"/>
       <c r="F5" s="4"/>
       <c r="G5" s="4"/>
       <c r="H5" s="4"/>
       <c r="I5" s="4"/>
       <c r="J5" s="4"/>
       <c r="K5" s="4"/>
     </row>
     <row r="6">
       <c r="A6" s="11" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="B6" s="11"/>
       <c r="C6" s="11"/>
       <c r="D6" s="11"/>
       <c r="E6" s="11"/>
       <c r="F6" s="11"/>
       <c r="G6" s="11"/>
       <c r="H6" s="11"/>
       <c r="I6" s="11"/>
       <c r="J6" s="11"/>
       <c r="K6" s="11"/>
     </row>
     <row r="7">
       <c r="A7" s="12" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="B7" s="6" t="inlineStr">
         <is>
-          <t>2021 (P)</t>
+          <t>2023 (P)</t>
         </is>
       </c>
       <c r="C7" s="6" t="inlineStr">
         <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="D7" s="6" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="E7" s="6" t="inlineStr">
+        <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="D7" s="6" t="inlineStr">
+      <c r="F7" s="6" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="E7" s="6" t="inlineStr">
+      <c r="G7" s="6" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="F7" s="6" t="inlineStr">
+      <c r="H7" s="6" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="G7" s="6" t="inlineStr">
+      <c r="I7" s="6" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="H7" s="6" t="inlineStr">
+      <c r="J7" s="6" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
-      <c r="I7" s="6" t="inlineStr">
+      <c r="K7" s="6" t="inlineStr">
         <is>
           <t>2014</t>
         </is>
       </c>
-      <c r="J7" s="6" t="inlineStr">
+      <c r="L7" s="6" t="inlineStr">
         <is>
           <t>2013</t>
         </is>
       </c>
-      <c r="K7" s="6" t="inlineStr">
+      <c r="M7" s="6" t="inlineStr">
         <is>
           <t>2012</t>
         </is>
       </c>
-      <c r="L7" s="6" t="inlineStr">
+      <c r="N7" s="6" t="inlineStr">
         <is>
           <t>2011</t>
         </is>
       </c>
-      <c r="M7" s="6" t="inlineStr">
+      <c r="O7" s="6" t="inlineStr">
         <is>
           <t>2010</t>
         </is>
       </c>
-      <c r="N7" s="6" t="inlineStr">
+      <c r="P7" s="6" t="inlineStr">
         <is>
           <t>2009</t>
         </is>
       </c>
-      <c r="O7" s="6" t="inlineStr">
+      <c r="Q7" s="6" t="inlineStr">
         <is>
           <t>2008</t>
         </is>
       </c>
-      <c r="P7" s="6" t="inlineStr">
+      <c r="R7" s="6" t="inlineStr">
         <is>
           <t>2007</t>
         </is>
       </c>
-      <c r="Q7" s="6" t="inlineStr">
+      <c r="S7" s="6" t="inlineStr">
         <is>
           <t>2006</t>
         </is>
       </c>
-      <c r="R7" s="6" t="inlineStr">
+      <c r="T7" s="6" t="inlineStr">
         <is>
           <t>2005</t>
         </is>
       </c>
-      <c r="S7" s="6" t="inlineStr">
+      <c r="U7" s="6" t="inlineStr">
         <is>
           <t>2004</t>
         </is>
       </c>
-      <c r="T7" s="6" t="inlineStr">
+      <c r="V7" s="6" t="inlineStr">
         <is>
           <t>2003</t>
         </is>
       </c>
-      <c r="U7" s="6" t="inlineStr">
+      <c r="W7" s="6" t="inlineStr">
         <is>
           <t>2002</t>
         </is>
       </c>
-      <c r="V7" s="6" t="inlineStr">
+      <c r="X7" s="6" t="inlineStr">
         <is>
           <t>2001</t>
         </is>
       </c>
-      <c r="W7" s="6" t="inlineStr">
+      <c r="Y7" s="6" t="inlineStr">
         <is>
           <t>2000</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="6" t="inlineStr">
         <is>
-          <t>ANDALUCIA</t>
+          <t>National Total</t>
         </is>
       </c>
       <c r="B8" s="6"/>
       <c r="C8" s="6"/>
       <c r="D8" s="6"/>
       <c r="E8" s="6"/>
       <c r="F8" s="6"/>
       <c r="G8" s="6"/>
       <c r="H8" s="6"/>
       <c r="I8" s="6"/>
       <c r="J8" s="6"/>
       <c r="K8" s="6"/>
       <c r="L8" s="6"/>
       <c r="M8" s="6"/>
       <c r="N8" s="6"/>
       <c r="O8" s="6"/>
       <c r="P8" s="6"/>
       <c r="Q8" s="6"/>
       <c r="R8" s="6"/>
       <c r="S8" s="6"/>
       <c r="T8" s="6"/>
       <c r="U8" s="6"/>
       <c r="V8" s="6"/>
       <c r="W8" s="6"/>
+      <c r="X8" s="6"/>
+      <c r="Y8" s="6"/>
     </row>
     <row r="9">
       <c r="A9" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RESOURCES: Balance of gross primary income</t>
         </is>
       </c>
       <c r="B9" s="14" t="n">
-        <v>1.16207218E8</v>
+        <v>1.01928E9</v>
       </c>
       <c r="C9" s="14" t="n">
-        <v>1.07681876E8</v>
+        <v>9.26781E8</v>
       </c>
       <c r="D9" s="14" t="n">
-        <v>1.13478112E8</v>
+        <v>8.53699E8</v>
       </c>
       <c r="E9" s="14" t="n">
-        <v>1.08341373E8</v>
+        <v>7.97076E8</v>
       </c>
       <c r="F9" s="14" t="n">
-        <v>1.03230042E8</v>
+        <v>8.49199E8</v>
       </c>
       <c r="G9" s="14" t="n">
-        <v>9.8844389E7</v>
+        <v>8.07596E8</v>
       </c>
       <c r="H9" s="14" t="n">
-        <v>9.6814183E7</v>
+        <v>7.8013E8</v>
       </c>
       <c r="I9" s="14" t="n">
-        <v>9.2614307E7</v>
+        <v>7.49412E8</v>
       </c>
       <c r="J9" s="14" t="n">
-        <v>9.1814091E7</v>
+        <v>7.28291E8</v>
       </c>
       <c r="K9" s="14" t="n">
-        <v>9.272485E7</v>
+        <v>6.99022E8</v>
       </c>
       <c r="L9" s="14" t="n">
-        <v>9.9262943E7</v>
+        <v>6.91792E8</v>
       </c>
       <c r="M9" s="14" t="n">
-        <v>9.9406351E7</v>
+        <v>6.98518E8</v>
       </c>
       <c r="N9" s="14" t="n">
-        <v>1.00274417E8</v>
+        <v>7.43971E8</v>
       </c>
       <c r="O9" s="14" t="n">
-        <v>1.04181689E8</v>
+        <v>7.42018E8</v>
       </c>
       <c r="P9" s="14" t="n">
-        <v>1.02509883E8</v>
+        <v>7.41216E8</v>
       </c>
       <c r="Q9" s="14" t="n">
-        <v>9.6858302E7</v>
+        <v>7.75966E8</v>
       </c>
       <c r="R9" s="14" t="n">
-        <v>9.0199698E7</v>
+        <v>7.52792E8</v>
       </c>
       <c r="S9" s="14" t="n">
-        <v>8.3966445E7</v>
+        <v>7.07378E8</v>
       </c>
       <c r="T9" s="14" t="n">
-        <v>7.8181151E7</v>
+        <v>6.58575E8</v>
       </c>
       <c r="U9" s="14" t="n">
-        <v>7.2325524E7</v>
+        <v>6.15106E8</v>
       </c>
       <c r="V9" s="14" t="n">
-        <v>6.8056083E7</v>
+        <v>5.77351E8</v>
       </c>
       <c r="W9" s="14" t="n">
-        <v>6.2449425E7</v>
+        <v>5.40878E8</v>
+      </c>
+      <c r="X9" s="14" t="n">
+        <v>5.11503E8</v>
+      </c>
+      <c r="Y9" s="14" t="n">
+        <v>4.70195E8</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    RESOURCES: Social benefits other than social transfers in kind (1)</t>
+          <t xml:space="preserve">    RESOURCES: Net social contributions</t>
         </is>
       </c>
       <c r="B10" s="14" t="n">
-        <v>3.9489906E7</v>
+        <v>365000.0</v>
       </c>
       <c r="C10" s="14" t="n">
-        <v>3.9129694E7</v>
+        <v>262000.0</v>
       </c>
       <c r="D10" s="14" t="n">
-        <v>3.3875672E7</v>
+        <v>295000.0</v>
       </c>
       <c r="E10" s="14" t="n">
-        <v>3.1767193E7</v>
+        <v>299000.0</v>
       </c>
       <c r="F10" s="14" t="n">
-        <v>3.0386647E7</v>
+        <v>302000.0</v>
       </c>
       <c r="G10" s="14" t="n">
-        <v>3.003804E7</v>
+        <v>227000.0</v>
       </c>
       <c r="H10" s="14" t="n">
-        <v>2.971838E7</v>
+        <v>194000.0</v>
       </c>
       <c r="I10" s="14" t="n">
-        <v>2.9526992E7</v>
+        <v>143000.0</v>
       </c>
       <c r="J10" s="14" t="n">
-        <v>2.9967632E7</v>
+        <v>138000.0</v>
       </c>
       <c r="K10" s="14" t="n">
-        <v>2.9915021E7</v>
+        <v>131000.0</v>
       </c>
       <c r="L10" s="14" t="n">
-        <v>2.938939E7</v>
+        <v>145000.0</v>
       </c>
       <c r="M10" s="14" t="n">
-        <v>2.9208732E7</v>
+        <v>187000.0</v>
       </c>
       <c r="N10" s="14" t="n">
-        <v>2.8415015E7</v>
+        <v>234000.0</v>
       </c>
       <c r="O10" s="14" t="n">
-        <v>2.5732005E7</v>
+        <v>284000.0</v>
       </c>
       <c r="P10" s="14" t="n">
-        <v>2.2426292E7</v>
+        <v>320000.0</v>
       </c>
       <c r="Q10" s="14" t="n">
-        <v>2.0991263E7</v>
+        <v>378000.0</v>
       </c>
       <c r="R10" s="14" t="n">
-        <v>1.9334449E7</v>
+        <v>361000.0</v>
       </c>
       <c r="S10" s="14" t="n">
-        <v>1.8050069E7</v>
+        <v>361000.0</v>
       </c>
       <c r="T10" s="14" t="n">
-        <v>1.656005E7</v>
+        <v>354000.0</v>
       </c>
       <c r="U10" s="14" t="n">
-        <v>1.5893296E7</v>
+        <v>290000.0</v>
       </c>
       <c r="V10" s="14" t="n">
-        <v>1.44905E7</v>
+        <v>255000.0</v>
       </c>
       <c r="W10" s="14" t="n">
-        <v>1.3821494E7</v>
+        <v>238000.0</v>
+      </c>
+      <c r="X10" s="14" t="n">
+        <v>220000.0</v>
+      </c>
+      <c r="Y10" s="14" t="n">
+        <v>210000.0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    RESOURCES: Other current transfers</t>
+          <t xml:space="preserve">    RESOURCES: Social benefits other than social transfers in kind (1)</t>
         </is>
       </c>
       <c r="B11" s="14" t="n">
-        <v>1.3445054E7</v>
+        <v>2.70785E8</v>
       </c>
       <c r="C11" s="14" t="n">
-        <v>1.1076371E7</v>
+        <v>2.45815E8</v>
       </c>
       <c r="D11" s="14" t="n">
-        <v>1.056095E7</v>
+        <v>2.49586E8</v>
       </c>
       <c r="E11" s="14" t="n">
-        <v>1.0376141E7</v>
+        <v>2.48522E8</v>
       </c>
       <c r="F11" s="14" t="n">
-        <v>9373668.0</v>
+        <v>2.16623E8</v>
       </c>
       <c r="G11" s="14" t="n">
-        <v>8370414.0</v>
+        <v>2.02668E8</v>
       </c>
       <c r="H11" s="14" t="n">
-        <v>7702696.0</v>
+        <v>1.94361E8</v>
       </c>
       <c r="I11" s="14" t="n">
-        <v>6899611.0</v>
+        <v>1.91724E8</v>
       </c>
       <c r="J11" s="14" t="n">
-        <v>6893147.0</v>
+        <v>1.89252E8</v>
       </c>
       <c r="K11" s="14" t="n">
-        <v>6726683.0</v>
+        <v>1.90689E8</v>
       </c>
       <c r="L11" s="14" t="n">
-        <v>6721490.0</v>
+        <v>1.9273E8</v>
       </c>
       <c r="M11" s="14" t="n">
-        <v>6538448.0</v>
+        <v>1.90198E8</v>
       </c>
       <c r="N11" s="14" t="n">
-        <v>6709199.0</v>
+        <v>1.86107E8</v>
       </c>
       <c r="O11" s="14" t="n">
-        <v>6975988.0</v>
+        <v>1.86011E8</v>
       </c>
       <c r="P11" s="14" t="n">
-        <v>6627391.0</v>
+        <v>1.7757E8</v>
       </c>
       <c r="Q11" s="14" t="n">
-        <v>6317641.0</v>
+        <v>1.58947E8</v>
       </c>
       <c r="R11" s="14" t="n">
-        <v>6411356.0</v>
+        <v>1.41047E8</v>
       </c>
       <c r="S11" s="14" t="n">
-        <v>6080742.0</v>
+        <v>1.31726E8</v>
       </c>
       <c r="T11" s="14" t="n">
-        <v>5673967.0</v>
+        <v>1.21288E8</v>
       </c>
       <c r="U11" s="14" t="n">
-        <v>5446388.0</v>
+        <v>1.13425E8</v>
       </c>
       <c r="V11" s="14" t="n">
-        <v>5306349.0</v>
+        <v>1.03369E8</v>
       </c>
       <c r="W11" s="14" t="n">
-        <v>5041399.0</v>
+        <v>9.7966E7</v>
+      </c>
+      <c r="X11" s="14" t="n">
+        <v>8.8602E7</v>
+      </c>
+      <c r="Y11" s="14" t="n">
+        <v>8.5214E7</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    EMPLOYMENT: Current taxes on income, capital gains, etc.</t>
+          <t xml:space="preserve">    RESOURCES: Other current transfers</t>
         </is>
       </c>
       <c r="B12" s="14" t="n">
-        <v>1.3457294E7</v>
+        <v>8.8905E7</v>
       </c>
       <c r="C12" s="14" t="n">
-        <v>1.2261466E7</v>
+        <v>8.3044E7</v>
       </c>
       <c r="D12" s="14" t="n">
-        <v>1.205792E7</v>
+        <v>7.9801E7</v>
       </c>
       <c r="E12" s="14" t="n">
-        <v>1.1440189E7</v>
+        <v>6.6021E7</v>
       </c>
       <c r="F12" s="14" t="n">
-        <v>1.0622955E7</v>
+        <v>6.6065E7</v>
       </c>
       <c r="G12" s="14" t="n">
-        <v>9974116.0</v>
+        <v>6.2859E7</v>
       </c>
       <c r="H12" s="14" t="n">
-        <v>9769076.0</v>
+        <v>5.7786E7</v>
       </c>
       <c r="I12" s="14" t="n">
-        <v>9763045.0</v>
+        <v>5.1176E7</v>
       </c>
       <c r="J12" s="14" t="n">
-        <v>9544011.0</v>
+        <v>4.6827E7</v>
       </c>
       <c r="K12" s="14" t="n">
-        <v>9583250.0</v>
+        <v>4.3916E7</v>
       </c>
       <c r="L12" s="14" t="n">
-        <v>9644936.0</v>
+        <v>4.2625E7</v>
       </c>
       <c r="M12" s="14" t="n">
-        <v>9524311.0</v>
+        <v>4.2052E7</v>
       </c>
       <c r="N12" s="14" t="n">
-        <v>8965396.0</v>
+        <v>4.2008E7</v>
       </c>
       <c r="O12" s="14" t="n">
-        <v>9831250.0</v>
+        <v>4.1348E7</v>
       </c>
       <c r="P12" s="14" t="n">
-        <v>1.0323082E7</v>
+        <v>4.5828E7</v>
       </c>
       <c r="Q12" s="14" t="n">
-        <v>8821869.0</v>
+        <v>4.7632E7</v>
       </c>
       <c r="R12" s="14" t="n">
-        <v>7647597.0</v>
+        <v>4.4974E7</v>
       </c>
       <c r="S12" s="14" t="n">
-        <v>7300609.0</v>
+        <v>4.1473E7</v>
       </c>
       <c r="T12" s="14" t="n">
-        <v>6144261.0</v>
+        <v>4.1627E7</v>
       </c>
       <c r="U12" s="14" t="n">
-        <v>6012375.0</v>
+        <v>4.0959E7</v>
       </c>
       <c r="V12" s="14" t="n">
-        <v>5245499.0</v>
+        <v>3.9291E7</v>
       </c>
       <c r="W12" s="14" t="n">
-        <v>4631667.0</v>
+        <v>3.7496E7</v>
+      </c>
+      <c r="X12" s="14" t="n">
+        <v>3.6516E7</v>
+      </c>
+      <c r="Y12" s="14" t="n">
+        <v>3.486E7</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    EMPLOYMENT:   Net social contributions (2)</t>
+          <t xml:space="preserve">    EMPLOYMENT: Current taxes on income, capital gains, etc.</t>
         </is>
       </c>
       <c r="B13" s="14" t="n">
-        <v>2.6342436E7</v>
+        <v>1.45224E8</v>
       </c>
       <c r="C13" s="14" t="n">
-        <v>2.4592252E7</v>
+        <v>1.32703E8</v>
       </c>
       <c r="D13" s="14" t="n">
-        <v>2.4428419E7</v>
+        <v>1.13574E8</v>
       </c>
       <c r="E13" s="14" t="n">
-        <v>2.2560803E7</v>
+        <v>1.05272E8</v>
       </c>
       <c r="F13" s="14" t="n">
-        <v>2.1497003E7</v>
+        <v>1.06217E8</v>
       </c>
       <c r="G13" s="14" t="n">
-        <v>2.0569754E7</v>
+        <v>1.00767E8</v>
       </c>
       <c r="H13" s="14" t="n">
-        <v>2.0062016E7</v>
+        <v>9.3779E7</v>
       </c>
       <c r="I13" s="14" t="n">
-        <v>1.9950512E7</v>
+        <v>8.779E7</v>
       </c>
       <c r="J13" s="14" t="n">
-        <v>1.9880364E7</v>
+        <v>8.5655E7</v>
       </c>
       <c r="K13" s="14" t="n">
-        <v>2.0345248E7</v>
+        <v>8.594E7</v>
       </c>
       <c r="L13" s="14" t="n">
-        <v>2.1404248E7</v>
+        <v>8.3867E7</v>
       </c>
       <c r="M13" s="14" t="n">
-        <v>2.1962672E7</v>
+        <v>8.3437E7</v>
       </c>
       <c r="N13" s="14" t="n">
-        <v>2.2149781E7</v>
+        <v>8.236E7</v>
       </c>
       <c r="O13" s="14" t="n">
-        <v>2.2636182E7</v>
+        <v>8.0534E7</v>
       </c>
       <c r="P13" s="14" t="n">
-        <v>2.1735479E7</v>
+        <v>7.6291E7</v>
       </c>
       <c r="Q13" s="14" t="n">
-        <v>2.0372868E7</v>
+        <v>8.5426E7</v>
       </c>
       <c r="R13" s="14" t="n">
-        <v>1.8338274E7</v>
+        <v>8.6747E7</v>
       </c>
       <c r="S13" s="14" t="n">
-        <v>1.6894915E7</v>
+        <v>7.4521E7</v>
       </c>
       <c r="T13" s="14" t="n">
-        <v>1.5041733E7</v>
+        <v>6.491E7</v>
       </c>
       <c r="U13" s="14" t="n">
-        <v>1.4205767E7</v>
+        <v>6.2224E7</v>
       </c>
       <c r="V13" s="14" t="n">
-        <v>1.3050811E7</v>
+        <v>5.4831E7</v>
       </c>
       <c r="W13" s="14" t="n">
-        <v>1.2172286E7</v>
+        <v>5.408E7</v>
+      </c>
+      <c r="X13" s="14" t="n">
+        <v>4.9648E7</v>
+      </c>
+      <c r="Y13" s="14" t="n">
+        <v>4.4847E7</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    EMPLOYMENT:   Other current transfers</t>
+          <t xml:space="preserve">    EMPLOYMENT:   Net social contributions (2)</t>
         </is>
       </c>
       <c r="B14" s="14" t="n">
-        <v>1.4665439E7</v>
+        <v>2.12349E8</v>
       </c>
       <c r="C14" s="14" t="n">
-        <v>1.2040966E7</v>
+        <v>1.93008E8</v>
       </c>
       <c r="D14" s="14" t="n">
-        <v>1.214259E7</v>
+        <v>1.84938E8</v>
       </c>
       <c r="E14" s="14" t="n">
-        <v>1.158167E7</v>
+        <v>1.74718E8</v>
       </c>
       <c r="F14" s="14" t="n">
-        <v>1.0545508E7</v>
+        <v>1.73825E8</v>
       </c>
       <c r="G14" s="14" t="n">
-        <v>9305314.0</v>
+        <v>1.60843E8</v>
       </c>
       <c r="H14" s="14" t="n">
-        <v>8253791.0</v>
+        <v>1.54108E8</v>
       </c>
       <c r="I14" s="14" t="n">
-        <v>7585014.0</v>
+        <v>1.48006E8</v>
       </c>
       <c r="J14" s="14" t="n">
-        <v>7646572.0</v>
+        <v>1.44649E8</v>
       </c>
       <c r="K14" s="14" t="n">
-        <v>7346375.0</v>
+        <v>1.44473E8</v>
       </c>
       <c r="L14" s="14" t="n">
-        <v>7185242.0</v>
+        <v>1.42698E8</v>
       </c>
       <c r="M14" s="14" t="n">
-        <v>7167201.0</v>
+        <v>1.46666E8</v>
       </c>
       <c r="N14" s="14" t="n">
-        <v>7362047.0</v>
+        <v>1.53657E8</v>
       </c>
       <c r="O14" s="14" t="n">
-        <v>7640103.0</v>
+        <v>1.57197E8</v>
       </c>
       <c r="P14" s="14" t="n">
-        <v>7571781.0</v>
+        <v>1.56774E8</v>
       </c>
       <c r="Q14" s="14" t="n">
-        <v>7028503.0</v>
+        <v>1.601E8</v>
       </c>
       <c r="R14" s="14" t="n">
-        <v>6912541.0</v>
+        <v>1.51083E8</v>
       </c>
       <c r="S14" s="14" t="n">
-        <v>6244909.0</v>
+        <v>1.42007E8</v>
       </c>
       <c r="T14" s="14" t="n">
-        <v>5836829.0</v>
+        <v>1.29642E8</v>
       </c>
       <c r="U14" s="14" t="n">
-        <v>5510052.0</v>
+        <v>1.20848E8</v>
       </c>
       <c r="V14" s="14" t="n">
-        <v>5330948.0</v>
+        <v>1.10457E8</v>
       </c>
       <c r="W14" s="14" t="n">
-        <v>4892079.0</v>
+        <v>1.05602E8</v>
+      </c>
+      <c r="X14" s="14" t="n">
+        <v>9.8381E7</v>
+      </c>
+      <c r="Y14" s="14" t="n">
+        <v>9.1754E7</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    EMPLOYMENT: Gross disposable income</t>
+          <t xml:space="preserve">    EMPLOYMENT: Social benefits other than social transfers in kind</t>
         </is>
       </c>
       <c r="B15" s="14" t="n">
-        <v>1.14677009E8</v>
+        <v>390000.0</v>
       </c>
       <c r="C15" s="14" t="n">
-        <v>1.08993257E8</v>
+        <v>352000.0</v>
       </c>
       <c r="D15" s="14" t="n">
-        <v>1.09285805E8</v>
+        <v>231000.0</v>
       </c>
       <c r="E15" s="14" t="n">
-        <v>1.04902045E8</v>
+        <v>201000.0</v>
       </c>
       <c r="F15" s="14" t="n">
-        <v>1.00324891E8</v>
+        <v>207000.0</v>
       </c>
       <c r="G15" s="14" t="n">
-        <v>9.7403659E7</v>
+        <v>159000.0</v>
       </c>
       <c r="H15" s="14" t="n">
-        <v>9.6150376E7</v>
+        <v>130000.0</v>
       </c>
       <c r="I15" s="14" t="n">
-        <v>9.1742339E7</v>
+        <v>109000.0</v>
       </c>
       <c r="J15" s="14" t="n">
-        <v>9.1603923E7</v>
+        <v>89000.0</v>
       </c>
       <c r="K15" s="14" t="n">
-        <v>9.2091681E7</v>
+        <v>57000.0</v>
       </c>
       <c r="L15" s="14" t="n">
-        <v>9.7139397E7</v>
+        <v>90000.0</v>
       </c>
       <c r="M15" s="14" t="n">
-        <v>9.6499347E7</v>
+        <v>133000.0</v>
       </c>
       <c r="N15" s="14" t="n">
-        <v>9.6921407E7</v>
+        <v>137000.0</v>
       </c>
       <c r="O15" s="14" t="n">
-        <v>9.6782147E7</v>
+        <v>326000.0</v>
       </c>
       <c r="P15" s="14" t="n">
-        <v>9.1933224E7</v>
+        <v>313000.0</v>
       </c>
       <c r="Q15" s="14" t="n">
-        <v>8.7943966E7</v>
+        <v>344000.0</v>
       </c>
       <c r="R15" s="14" t="n">
-        <v>8.3047091E7</v>
+        <v>375000.0</v>
       </c>
       <c r="S15" s="14" t="n">
-        <v>7.7656823E7</v>
+        <v>335000.0</v>
       </c>
       <c r="T15" s="14" t="n">
-        <v>7.3392345E7</v>
+        <v>302000.0</v>
       </c>
       <c r="U15" s="14" t="n">
-        <v>6.7937014E7</v>
+        <v>266000.0</v>
       </c>
       <c r="V15" s="14" t="n">
-        <v>6.4225674E7</v>
+        <v>245000.0</v>
       </c>
       <c r="W15" s="14" t="n">
-        <v>5.9616286E7</v>
+        <v>213000.0</v>
+      </c>
+      <c r="X15" s="14" t="n">
+        <v>160000.0</v>
+      </c>
+      <c r="Y15" s="14" t="n">
+        <v>237000.0</v>
       </c>
     </row>
     <row r="16">
-      <c r="A16" s="6" t="inlineStr">
-[...25 lines deleted...]
-      <c r="W16" s="6"/>
+      <c r="A16" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    EMPLOYMENT:   Other current transfers</t>
+        </is>
+      </c>
+      <c r="B16" s="14" t="n">
+        <v>1.00017E8</v>
+      </c>
+      <c r="C16" s="14" t="n">
+        <v>9.313E7</v>
+      </c>
+      <c r="D16" s="14" t="n">
+        <v>8.9507E7</v>
+      </c>
+      <c r="E16" s="14" t="n">
+        <v>7.3067E7</v>
+      </c>
+      <c r="F16" s="14" t="n">
+        <v>7.5757E7</v>
+      </c>
+      <c r="G16" s="14" t="n">
+        <v>7.2019E7</v>
+      </c>
+      <c r="H16" s="14" t="n">
+        <v>6.5867E7</v>
+      </c>
+      <c r="I16" s="14" t="n">
+        <v>5.8466E7</v>
+      </c>
+      <c r="J16" s="14" t="n">
+        <v>5.3668E7</v>
+      </c>
+      <c r="K16" s="14" t="n">
+        <v>4.9938E7</v>
+      </c>
+      <c r="L16" s="14" t="n">
+        <v>4.9436E7</v>
+      </c>
+      <c r="M16" s="14" t="n">
+        <v>4.7618E7</v>
+      </c>
+      <c r="N16" s="14" t="n">
+        <v>4.7079E7</v>
+      </c>
+      <c r="O16" s="14" t="n">
+        <v>4.7338E7</v>
+      </c>
+      <c r="P16" s="14" t="n">
+        <v>5.064E7</v>
+      </c>
+      <c r="Q16" s="14" t="n">
+        <v>5.2619E7</v>
+      </c>
+      <c r="R16" s="14" t="n">
+        <v>5.1088E7</v>
+      </c>
+      <c r="S16" s="14" t="n">
+        <v>4.6827E7</v>
+      </c>
+      <c r="T16" s="14" t="n">
+        <v>4.5381E7</v>
+      </c>
+      <c r="U16" s="14" t="n">
+        <v>4.1919E7</v>
+      </c>
+      <c r="V16" s="14" t="n">
+        <v>3.99E7</v>
+      </c>
+      <c r="W16" s="14" t="n">
+        <v>3.7657E7</v>
+      </c>
+      <c r="X16" s="14" t="n">
+        <v>3.6329E7</v>
+      </c>
+      <c r="Y16" s="14" t="n">
+        <v>3.3657E7</v>
+      </c>
     </row>
     <row r="17">
       <c r="A17" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    RESOURCES: Balance of gross primary income</t>
+          <t xml:space="preserve">    EMPLOYMENT: Gross disposable income</t>
         </is>
       </c>
       <c r="B17" s="14" t="n">
-        <v>2.5060898E7</v>
+        <v>9.21355E8</v>
       </c>
       <c r="C17" s="14" t="n">
-        <v>2.3939024E7</v>
+        <v>8.36709E8</v>
       </c>
       <c r="D17" s="14" t="n">
-        <v>2.4884984E7</v>
+        <v>7.95131E8</v>
       </c>
       <c r="E17" s="14" t="n">
-        <v>2.3727021E7</v>
+        <v>7.5866E8</v>
       </c>
       <c r="F17" s="14" t="n">
-        <v>2.3104729E7</v>
+        <v>7.76183E8</v>
       </c>
       <c r="G17" s="14" t="n">
-        <v>2.2169722E7</v>
+        <v>7.39562E8</v>
       </c>
       <c r="H17" s="14" t="n">
-        <v>2.1533655E7</v>
+        <v>7.18587E8</v>
       </c>
       <c r="I17" s="14" t="n">
-        <v>2.1061375E7</v>
+        <v>6.98084E8</v>
       </c>
       <c r="J17" s="14" t="n">
-        <v>2.1075475E7</v>
+        <v>6.80447E8</v>
       </c>
       <c r="K17" s="14" t="n">
-        <v>2.1437827E7</v>
+        <v>6.5335E8</v>
       </c>
       <c r="L17" s="14" t="n">
-        <v>2.2886983E7</v>
+        <v>6.51201E8</v>
       </c>
       <c r="M17" s="14" t="n">
-        <v>2.2882588E7</v>
+        <v>6.53101E8</v>
       </c>
       <c r="N17" s="14" t="n">
-        <v>2.3076384E7</v>
+        <v>6.89087E8</v>
       </c>
       <c r="O17" s="14" t="n">
-        <v>2.4417754E7</v>
+        <v>6.84266E8</v>
       </c>
       <c r="P17" s="14" t="n">
-        <v>2.3602832E7</v>
+        <v>6.80916E8</v>
       </c>
       <c r="Q17" s="14" t="n">
-        <v>2.207407E7</v>
+        <v>6.84434E8</v>
       </c>
       <c r="R17" s="14" t="n">
-        <v>2.0423455E7</v>
+        <v>6.49881E8</v>
       </c>
       <c r="S17" s="14" t="n">
-        <v>1.9146671E7</v>
+        <v>6.17248E8</v>
       </c>
       <c r="T17" s="14" t="n">
-        <v>1.8218009E7</v>
+        <v>5.81609E8</v>
       </c>
       <c r="U17" s="14" t="n">
-        <v>1.7184891E7</v>
+        <v>5.44523E8</v>
       </c>
       <c r="V17" s="14" t="n">
-        <v>1.612509E7</v>
+        <v>5.14833E8</v>
       </c>
       <c r="W17" s="14" t="n">
-        <v>1.49504E7</v>
+        <v>4.79026E8</v>
+      </c>
+      <c r="X17" s="14" t="n">
+        <v>4.52323E8</v>
+      </c>
+      <c r="Y17" s="14" t="n">
+        <v>4.19984E8</v>
       </c>
     </row>
     <row r="18">
-      <c r="A18" s="7" t="inlineStr">
-[...69 lines deleted...]
-      </c>
+      <c r="A18" s="6" t="inlineStr">
+        <is>
+          <t>01 Andalucía</t>
+        </is>
+      </c>
+      <c r="B18" s="6"/>
+      <c r="C18" s="6"/>
+      <c r="D18" s="6"/>
+      <c r="E18" s="6"/>
+      <c r="F18" s="6"/>
+      <c r="G18" s="6"/>
+      <c r="H18" s="6"/>
+      <c r="I18" s="6"/>
+      <c r="J18" s="6"/>
+      <c r="K18" s="6"/>
+      <c r="L18" s="6"/>
+      <c r="M18" s="6"/>
+      <c r="N18" s="6"/>
+      <c r="O18" s="6"/>
+      <c r="P18" s="6"/>
+      <c r="Q18" s="6"/>
+      <c r="R18" s="6"/>
+      <c r="S18" s="6"/>
+      <c r="T18" s="6"/>
+      <c r="U18" s="6"/>
+      <c r="V18" s="6"/>
+      <c r="W18" s="6"/>
+      <c r="X18" s="6"/>
+      <c r="Y18" s="6"/>
     </row>
     <row r="19">
       <c r="A19" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    RESOURCES: Other current transfers</t>
+          <t xml:space="preserve">    RESOURCES: Balance of gross primary income</t>
         </is>
       </c>
       <c r="B19" s="14" t="n">
-        <v>2089909.0</v>
+        <v>1.37670637E8</v>
       </c>
       <c r="C19" s="14" t="n">
-        <v>1706705.0</v>
+        <v>1.27443526E8</v>
       </c>
       <c r="D19" s="14" t="n">
-        <v>1738586.0</v>
+        <v>1.18296666E8</v>
       </c>
       <c r="E19" s="14" t="n">
-        <v>1724284.0</v>
+        <v>1.09297814E8</v>
       </c>
       <c r="F19" s="14" t="n">
-        <v>1527063.0</v>
+        <v>1.15168371E8</v>
       </c>
       <c r="G19" s="14" t="n">
-        <v>1342709.0</v>
+        <v>1.10013359E8</v>
       </c>
       <c r="H19" s="14" t="n">
-        <v>1235836.0</v>
+        <v>1.04718002E8</v>
       </c>
       <c r="I19" s="14" t="n">
-        <v>1087688.0</v>
+        <v>1.00367621E8</v>
       </c>
       <c r="J19" s="14" t="n">
-        <v>1133618.0</v>
+        <v>9.8362088E7</v>
       </c>
       <c r="K19" s="14" t="n">
-        <v>1175721.0</v>
+        <v>9.3929376E7</v>
       </c>
       <c r="L19" s="14" t="n">
-        <v>1271038.0</v>
+        <v>9.3019831E7</v>
       </c>
       <c r="M19" s="14" t="n">
-        <v>1099273.0</v>
+        <v>9.3828466E7</v>
       </c>
       <c r="N19" s="14" t="n">
-        <v>1254308.0</v>
+        <v>1.0041145E8</v>
       </c>
       <c r="O19" s="14" t="n">
-        <v>1326812.0</v>
+        <v>1.00444362E8</v>
       </c>
       <c r="P19" s="14" t="n">
-        <v>1235035.0</v>
+        <v>1.01048499E8</v>
       </c>
       <c r="Q19" s="14" t="n">
-        <v>1165502.0</v>
+        <v>1.0485342E8</v>
       </c>
       <c r="R19" s="14" t="n">
-        <v>1182412.0</v>
+        <v>1.03121165E8</v>
       </c>
       <c r="S19" s="14" t="n">
-        <v>1157791.0</v>
+        <v>9.7338861E7</v>
       </c>
       <c r="T19" s="14" t="n">
-        <v>1125119.0</v>
+        <v>9.0471885E7</v>
       </c>
       <c r="U19" s="14" t="n">
-        <v>1097140.0</v>
+        <v>8.4222086E7</v>
       </c>
       <c r="V19" s="14" t="n">
-        <v>1026518.0</v>
+        <v>7.8392205E7</v>
       </c>
       <c r="W19" s="14" t="n">
-        <v>968527.0</v>
+        <v>7.2500795E7</v>
+      </c>
+      <c r="X19" s="14" t="n">
+        <v>6.8216754E7</v>
+      </c>
+      <c r="Y19" s="14" t="n">
+        <v>6.2580316E7</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    EMPLOYMENT: Current taxes on income, capital gains, etc.</t>
+          <t xml:space="preserve">    RESOURCES: Net social contributions</t>
         </is>
       </c>
       <c r="B20" s="14" t="n">
-        <v>3219279.0</v>
+        <v>52699.0</v>
       </c>
       <c r="C20" s="14" t="n">
-        <v>3076244.0</v>
+        <v>37716.0</v>
       </c>
       <c r="D20" s="14" t="n">
-        <v>3028065.0</v>
+        <v>42118.0</v>
       </c>
       <c r="E20" s="14" t="n">
-        <v>2905425.0</v>
+        <v>42102.0</v>
       </c>
       <c r="F20" s="14" t="n">
-        <v>2723164.0</v>
+        <v>42879.0</v>
       </c>
       <c r="G20" s="14" t="n">
-        <v>2552713.0</v>
+        <v>31885.0</v>
       </c>
       <c r="H20" s="14" t="n">
-        <v>2561032.0</v>
+        <v>27118.0</v>
       </c>
       <c r="I20" s="14" t="n">
-        <v>2614192.0</v>
+        <v>19796.0</v>
       </c>
       <c r="J20" s="14" t="n">
-        <v>2568582.0</v>
+        <v>19240.0</v>
       </c>
       <c r="K20" s="14" t="n">
-        <v>2586298.0</v>
+        <v>18189.0</v>
       </c>
       <c r="L20" s="14" t="n">
-        <v>2563792.0</v>
+        <v>20058.0</v>
       </c>
       <c r="M20" s="14" t="n">
-        <v>2544795.0</v>
+        <v>26199.0</v>
       </c>
       <c r="N20" s="14" t="n">
-        <v>2411029.0</v>
+        <v>33080.0</v>
       </c>
       <c r="O20" s="14" t="n">
-        <v>2721062.0</v>
+        <v>40087.0</v>
       </c>
       <c r="P20" s="14" t="n">
-        <v>2781765.0</v>
+        <v>45075.0</v>
       </c>
       <c r="Q20" s="14" t="n">
-        <v>2375222.0</v>
+        <v>53716.0</v>
       </c>
       <c r="R20" s="14" t="n">
-        <v>2037417.0</v>
+        <v>51767.0</v>
       </c>
       <c r="S20" s="14" t="n">
-        <v>1952375.0</v>
+        <v>51923.0</v>
       </c>
       <c r="T20" s="14" t="n">
-        <v>1709514.0</v>
+        <v>50372.0</v>
       </c>
       <c r="U20" s="14" t="n">
-        <v>1700311.0</v>
+        <v>40827.0</v>
       </c>
       <c r="V20" s="14" t="n">
-        <v>1553896.0</v>
+        <v>34620.0</v>
       </c>
       <c r="W20" s="14" t="n">
-        <v>1436231.0</v>
+        <v>31666.0</v>
+      </c>
+      <c r="X20" s="14" t="n">
+        <v>28956.0</v>
+      </c>
+      <c r="Y20" s="14" t="n">
+        <v>27332.0</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    EMPLOYMENT:   Net social contributions (2)</t>
+          <t xml:space="preserve">    RESOURCES: Social benefits other than social transfers in kind (1)</t>
         </is>
       </c>
       <c r="B21" s="14" t="n">
-        <v>5572011.0</v>
+        <v>4.3152435E7</v>
       </c>
       <c r="C21" s="14" t="n">
-        <v>5298835.0</v>
+        <v>3.9163013E7</v>
       </c>
       <c r="D21" s="14" t="n">
-        <v>5264006.0</v>
+        <v>3.9823156E7</v>
       </c>
       <c r="E21" s="14" t="n">
-        <v>4904706.0</v>
+        <v>3.9274945E7</v>
       </c>
       <c r="F21" s="14" t="n">
-        <v>4713983.0</v>
+        <v>3.4114266E7</v>
       </c>
       <c r="G21" s="14" t="n">
-        <v>4534893.0</v>
+        <v>3.2006042E7</v>
       </c>
       <c r="H21" s="14" t="n">
-        <v>4446102.0</v>
+        <v>3.0627201E7</v>
       </c>
       <c r="I21" s="14" t="n">
-        <v>4462772.0</v>
+        <v>3.0260967E7</v>
       </c>
       <c r="J21" s="14" t="n">
-        <v>4421064.0</v>
+        <v>2.9961224E7</v>
       </c>
       <c r="K21" s="14" t="n">
-        <v>4570452.0</v>
+        <v>2.9775742E7</v>
       </c>
       <c r="L21" s="14" t="n">
-        <v>4807439.0</v>
+        <v>3.0221168E7</v>
       </c>
       <c r="M21" s="14" t="n">
-        <v>4931093.0</v>
+        <v>3.0156745E7</v>
       </c>
       <c r="N21" s="14" t="n">
-        <v>4881166.0</v>
+        <v>2.9621431E7</v>
       </c>
       <c r="O21" s="14" t="n">
-        <v>5060104.0</v>
+        <v>2.9462972E7</v>
       </c>
       <c r="P21" s="14" t="n">
-        <v>4724672.0</v>
+        <v>2.8608104E7</v>
       </c>
       <c r="Q21" s="14" t="n">
-        <v>4418604.0</v>
+        <v>2.5921807E7</v>
       </c>
       <c r="R21" s="14" t="n">
-        <v>4023291.0</v>
+        <v>2.2602788E7</v>
       </c>
       <c r="S21" s="14" t="n">
-        <v>3756275.0</v>
+        <v>2.1148463E7</v>
       </c>
       <c r="T21" s="14" t="n">
-        <v>3462582.0</v>
+        <v>1.9473236E7</v>
       </c>
       <c r="U21" s="14" t="n">
-        <v>3302013.0</v>
+        <v>1.8169778E7</v>
       </c>
       <c r="V21" s="14" t="n">
-        <v>3109851.0</v>
+        <v>1.666225E7</v>
       </c>
       <c r="W21" s="14" t="n">
-        <v>2931837.0</v>
+        <v>1.5979267E7</v>
+      </c>
+      <c r="X21" s="14" t="n">
+        <v>1.456223E7</v>
+      </c>
+      <c r="Y21" s="14" t="n">
+        <v>1.3920494E7</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    EMPLOYMENT:   Other current transfers</t>
+          <t xml:space="preserve">    RESOURCES: Other current transfers</t>
         </is>
       </c>
       <c r="B22" s="14" t="n">
-        <v>2477608.0</v>
+        <v>1.5873427E7</v>
       </c>
       <c r="C22" s="14" t="n">
-        <v>2054891.0</v>
+        <v>1.4704134E7</v>
       </c>
       <c r="D22" s="14" t="n">
-        <v>2103741.0</v>
+        <v>1.4273029E7</v>
       </c>
       <c r="E22" s="14" t="n">
-        <v>2010912.0</v>
+        <v>1.1261198E7</v>
       </c>
       <c r="F22" s="14" t="n">
-        <v>1835847.0</v>
+        <v>1.0678829E7</v>
       </c>
       <c r="G22" s="14" t="n">
-        <v>1637292.0</v>
+        <v>1.0444902E7</v>
       </c>
       <c r="H22" s="14" t="n">
-        <v>1493380.0</v>
+        <v>9472127.0</v>
       </c>
       <c r="I22" s="14" t="n">
-        <v>1362946.0</v>
+        <v>8462323.0</v>
       </c>
       <c r="J22" s="14" t="n">
-        <v>1362202.0</v>
+        <v>7769337.0</v>
       </c>
       <c r="K22" s="14" t="n">
-        <v>1317443.0</v>
+        <v>6945065.0</v>
       </c>
       <c r="L22" s="14" t="n">
-        <v>1302205.0</v>
+        <v>6904331.0</v>
       </c>
       <c r="M22" s="14" t="n">
-        <v>1314186.0</v>
+        <v>6764343.0</v>
       </c>
       <c r="N22" s="14" t="n">
-        <v>1475612.0</v>
+        <v>6739037.0</v>
       </c>
       <c r="O22" s="14" t="n">
-        <v>1548838.0</v>
+        <v>6538168.0</v>
       </c>
       <c r="P22" s="14" t="n">
-        <v>1464814.0</v>
+        <v>6708891.0</v>
       </c>
       <c r="Q22" s="14" t="n">
-        <v>1354139.0</v>
+        <v>6980486.0</v>
       </c>
       <c r="R22" s="14" t="n">
-        <v>1327923.0</v>
+        <v>6634623.0</v>
       </c>
       <c r="S22" s="14" t="n">
-        <v>1234476.0</v>
+        <v>6324085.0</v>
       </c>
       <c r="T22" s="14" t="n">
-        <v>1193703.0</v>
+        <v>6420185.0</v>
       </c>
       <c r="U22" s="14" t="n">
-        <v>1156178.0</v>
+        <v>6086235.0</v>
       </c>
       <c r="V22" s="14" t="n">
-        <v>1085865.0</v>
+        <v>5676930.0</v>
       </c>
       <c r="W22" s="14" t="n">
-        <v>995063.0</v>
+        <v>5449452.0</v>
+      </c>
+      <c r="X22" s="14" t="n">
+        <v>5311645.0</v>
+      </c>
+      <c r="Y22" s="14" t="n">
+        <v>5043981.0</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    EMPLOYMENT: Gross disposable income</t>
+          <t xml:space="preserve">    EMPLOYMENT: Current taxes on income, capital gains, etc.</t>
         </is>
       </c>
       <c r="B23" s="14" t="n">
-        <v>2.3430572E7</v>
+        <v>1.7439728E7</v>
       </c>
       <c r="C23" s="14" t="n">
-        <v>2.2802358E7</v>
+        <v>1.5810147E7</v>
       </c>
       <c r="D23" s="14" t="n">
-        <v>2.2937045E7</v>
+        <v>1.3555213E7</v>
       </c>
       <c r="E23" s="14" t="n">
-        <v>2.1896706E7</v>
+        <v>1.2304018E7</v>
       </c>
       <c r="F23" s="14" t="n">
-        <v>2.1370351E7</v>
+        <v>1.2108437E7</v>
       </c>
       <c r="G23" s="14" t="n">
-        <v>2.0728731E7</v>
+        <v>1.1489259E7</v>
       </c>
       <c r="H23" s="14" t="n">
-        <v>2.0160568E7</v>
+        <v>1.067136E7</v>
       </c>
       <c r="I23" s="14" t="n">
-        <v>1.9672633E7</v>
+        <v>1.0014171E7</v>
       </c>
       <c r="J23" s="14" t="n">
-        <v>1.9921346E7</v>
+        <v>9804018.0</v>
       </c>
       <c r="K23" s="14" t="n">
-        <v>2.0012536E7</v>
+        <v>9798668.0</v>
       </c>
       <c r="L23" s="14" t="n">
-        <v>2.1178497E7</v>
+        <v>9579132.0</v>
       </c>
       <c r="M23" s="14" t="n">
-        <v>2.0884481E7</v>
+        <v>9618857.0</v>
       </c>
       <c r="N23" s="14" t="n">
-        <v>2.1092488E7</v>
+        <v>9681240.0</v>
       </c>
       <c r="O23" s="14" t="n">
-        <v>2.1291352E7</v>
+        <v>9558788.0</v>
       </c>
       <c r="P23" s="14" t="n">
-        <v>2.0202604E7</v>
+        <v>8998290.0</v>
       </c>
       <c r="Q23" s="14" t="n">
-        <v>1.9171242E7</v>
+        <v>9866991.0</v>
       </c>
       <c r="R23" s="14" t="n">
-        <v>1.7984132E7</v>
+        <v>1.0359474E7</v>
       </c>
       <c r="S23" s="14" t="n">
-        <v>1.6893457E7</v>
+        <v>8853188.0</v>
       </c>
       <c r="T23" s="14" t="n">
-        <v>1.6218958E7</v>
+        <v>7674772.0</v>
       </c>
       <c r="U23" s="14" t="n">
-        <v>1.5226099E7</v>
+        <v>7325723.0</v>
       </c>
       <c r="V23" s="14" t="n">
-        <v>1.423435E7</v>
+        <v>6166677.0</v>
       </c>
       <c r="W23" s="14" t="n">
-        <v>1.3282261E7</v>
+        <v>6035524.0</v>
+      </c>
+      <c r="X23" s="14" t="n">
+        <v>5264880.0</v>
+      </c>
+      <c r="Y23" s="14" t="n">
+        <v>4649106.0</v>
       </c>
     </row>
     <row r="24">
-      <c r="A24" s="6" t="inlineStr">
-[...25 lines deleted...]
-      <c r="W24" s="6"/>
+      <c r="A24" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    EMPLOYMENT:   Net social contributions (2)</t>
+        </is>
+      </c>
+      <c r="B24" s="14" t="n">
+        <v>3.0000862E7</v>
+      </c>
+      <c r="C24" s="14" t="n">
+        <v>2.7416997E7</v>
+      </c>
+      <c r="D24" s="14" t="n">
+        <v>2.6443232E7</v>
+      </c>
+      <c r="E24" s="14" t="n">
+        <v>2.4634957E7</v>
+      </c>
+      <c r="F24" s="14" t="n">
+        <v>2.4475896E7</v>
+      </c>
+      <c r="G24" s="14" t="n">
+        <v>2.2597769E7</v>
+      </c>
+      <c r="H24" s="14" t="n">
+        <v>2.152731E7</v>
+      </c>
+      <c r="I24" s="14" t="n">
+        <v>2.0593124E7</v>
+      </c>
+      <c r="J24" s="14" t="n">
+        <v>2.0085052E7</v>
+      </c>
+      <c r="K24" s="14" t="n">
+        <v>1.9972554E7</v>
+      </c>
+      <c r="L24" s="14" t="n">
+        <v>1.9904742E7</v>
+      </c>
+      <c r="M24" s="14" t="n">
+        <v>2.0376013E7</v>
+      </c>
+      <c r="N24" s="14" t="n">
+        <v>2.1442238E7</v>
+      </c>
+      <c r="O24" s="14" t="n">
+        <v>2.2007781E7</v>
+      </c>
+      <c r="P24" s="14" t="n">
+        <v>2.2199066E7</v>
+      </c>
+      <c r="Q24" s="14" t="n">
+        <v>2.2693412E7</v>
+      </c>
+      <c r="R24" s="14" t="n">
+        <v>2.1790244E7</v>
+      </c>
+      <c r="S24" s="14" t="n">
+        <v>2.0428353E7</v>
+      </c>
+      <c r="T24" s="14" t="n">
+        <v>1.8392382E7</v>
+      </c>
+      <c r="U24" s="14" t="n">
+        <v>1.6939251E7</v>
+      </c>
+      <c r="V24" s="14" t="n">
+        <v>1.5078999E7</v>
+      </c>
+      <c r="W24" s="14" t="n">
+        <v>1.4240325E7</v>
+      </c>
+      <c r="X24" s="14" t="n">
+        <v>1.3082531E7</v>
+      </c>
+      <c r="Y24" s="14" t="n">
+        <v>1.2202497E7</v>
+      </c>
     </row>
     <row r="25">
       <c r="A25" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    RESOURCES: Balance of gross primary income</t>
+          <t xml:space="preserve">    EMPLOYMENT: Social benefits other than social transfers in kind</t>
         </is>
       </c>
       <c r="B25" s="14" t="n">
-        <v>1.6091923E7</v>
+        <v>55139.0</v>
       </c>
       <c r="C25" s="14" t="n">
-        <v>1.5051957E7</v>
+        <v>50283.0</v>
       </c>
       <c r="D25" s="14" t="n">
-        <v>1.6052749E7</v>
+        <v>32833.0</v>
       </c>
       <c r="E25" s="14" t="n">
-        <v>1.5532653E7</v>
+        <v>28079.0</v>
       </c>
       <c r="F25" s="14" t="n">
-        <v>1.5204426E7</v>
+        <v>29461.0</v>
       </c>
       <c r="G25" s="14" t="n">
-        <v>1.4578479E7</v>
+        <v>21630.0</v>
       </c>
       <c r="H25" s="14" t="n">
-        <v>1.4524548E7</v>
+        <v>17938.0</v>
       </c>
       <c r="I25" s="14" t="n">
-        <v>1.4205153E7</v>
+        <v>14309.0</v>
       </c>
       <c r="J25" s="14" t="n">
-        <v>1.4234605E7</v>
+        <v>12259.0</v>
       </c>
       <c r="K25" s="14" t="n">
-        <v>1.4584835E7</v>
+        <v>7710.0</v>
       </c>
       <c r="L25" s="14" t="n">
-        <v>1.5774546E7</v>
+        <v>12001.0</v>
       </c>
       <c r="M25" s="14" t="n">
-        <v>1.567714E7</v>
+        <v>18880.0</v>
       </c>
       <c r="N25" s="14" t="n">
-        <v>1.5610892E7</v>
+        <v>18654.0</v>
       </c>
       <c r="O25" s="14" t="n">
-        <v>1.6765959E7</v>
+        <v>45923.0</v>
       </c>
       <c r="P25" s="14" t="n">
-        <v>1.6198529E7</v>
+        <v>43220.0</v>
       </c>
       <c r="Q25" s="14" t="n">
-        <v>1.5220227E7</v>
+        <v>47622.0</v>
       </c>
       <c r="R25" s="14" t="n">
-        <v>1.4109061E7</v>
+        <v>49734.0</v>
       </c>
       <c r="S25" s="14" t="n">
-        <v>1.3119381E7</v>
+        <v>44999.0</v>
       </c>
       <c r="T25" s="14" t="n">
-        <v>1.2442623E7</v>
+        <v>40591.0</v>
       </c>
       <c r="U25" s="14" t="n">
-        <v>1.1789708E7</v>
+        <v>35354.0</v>
       </c>
       <c r="V25" s="14" t="n">
-        <v>1.1259771E7</v>
+        <v>31137.0</v>
       </c>
       <c r="W25" s="14" t="n">
-        <v>1.0345598E7</v>
+        <v>27071.0</v>
+      </c>
+      <c r="X25" s="14" t="n">
+        <v>19654.0</v>
+      </c>
+      <c r="Y25" s="14" t="n">
+        <v>28790.0</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    RESOURCES: Social benefits other than social transfers in kind (1)</t>
+          <t xml:space="preserve">    EMPLOYMENT:   Other current transfers</t>
         </is>
       </c>
       <c r="B26" s="14" t="n">
-        <v>7324963.0</v>
+        <v>1.6973834E7</v>
       </c>
       <c r="C26" s="14" t="n">
-        <v>7545340.0</v>
+        <v>1.5829004E7</v>
       </c>
       <c r="D26" s="14" t="n">
-        <v>6707685.0</v>
+        <v>1.5256048E7</v>
       </c>
       <c r="E26" s="14" t="n">
-        <v>6390197.0</v>
+        <v>1.1973082E7</v>
       </c>
       <c r="F26" s="14" t="n">
-        <v>6159334.0</v>
+        <v>1.2094854E7</v>
       </c>
       <c r="G26" s="14" t="n">
-        <v>6109929.0</v>
+        <v>1.153264E7</v>
       </c>
       <c r="H26" s="14" t="n">
-        <v>6111353.0</v>
+        <v>1.0483227E7</v>
       </c>
       <c r="I26" s="14" t="n">
-        <v>6128665.0</v>
+        <v>9222624.0</v>
       </c>
       <c r="J26" s="14" t="n">
-        <v>6169241.0</v>
+        <v>8197866.0</v>
       </c>
       <c r="K26" s="14" t="n">
-        <v>6061134.0</v>
+        <v>7548063.0</v>
       </c>
       <c r="L26" s="14" t="n">
-        <v>5858803.0</v>
+        <v>7640414.0</v>
       </c>
       <c r="M26" s="14" t="n">
-        <v>5802344.0</v>
+        <v>7306463.0</v>
       </c>
       <c r="N26" s="14" t="n">
-        <v>5675157.0</v>
+        <v>7128045.0</v>
       </c>
       <c r="O26" s="14" t="n">
-        <v>5355177.0</v>
+        <v>7122704.0</v>
       </c>
       <c r="P26" s="14" t="n">
-        <v>4897185.0</v>
+        <v>7314318.0</v>
       </c>
       <c r="Q26" s="14" t="n">
-        <v>4651632.0</v>
+        <v>7575274.0</v>
       </c>
       <c r="R26" s="14" t="n">
-        <v>4369773.0</v>
+        <v>7537129.0</v>
       </c>
       <c r="S26" s="14" t="n">
-        <v>4162182.0</v>
+        <v>6999707.0</v>
       </c>
       <c r="T26" s="14" t="n">
-        <v>3823236.0</v>
+        <v>6902434.0</v>
       </c>
       <c r="U26" s="14" t="n">
-        <v>3635476.0</v>
+        <v>6226086.0</v>
       </c>
       <c r="V26" s="14" t="n">
-        <v>3354161.0</v>
+        <v>5819372.0</v>
       </c>
       <c r="W26" s="14" t="n">
-        <v>3218822.0</v>
+        <v>5498961.0</v>
+      </c>
+      <c r="X26" s="14" t="n">
+        <v>5322915.0</v>
+      </c>
+      <c r="Y26" s="14" t="n">
+        <v>4885600.0</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    RESOURCES: Other current transfers</t>
+          <t xml:space="preserve">    EMPLOYMENT: Gross disposable income</t>
         </is>
       </c>
       <c r="B27" s="14" t="n">
-        <v>1633630.0</v>
+        <v>1.32279635E8</v>
       </c>
       <c r="C27" s="14" t="n">
-        <v>1333325.0</v>
+        <v>1.22241958E8</v>
       </c>
       <c r="D27" s="14" t="n">
-        <v>1370565.0</v>
+        <v>1.17147643E8</v>
       </c>
       <c r="E27" s="14" t="n">
-        <v>1322623.0</v>
+        <v>1.10935923E8</v>
       </c>
       <c r="F27" s="14" t="n">
-        <v>1213445.0</v>
+        <v>1.11295697E8</v>
       </c>
       <c r="G27" s="14" t="n">
-        <v>1091349.0</v>
+        <v>1.0685489E8</v>
       </c>
       <c r="H27" s="14" t="n">
-        <v>969391.0</v>
+        <v>1.02144613E8</v>
       </c>
       <c r="I27" s="14" t="n">
-        <v>926782.0</v>
+        <v>9.9266479E7</v>
       </c>
       <c r="J27" s="14" t="n">
-        <v>921926.0</v>
+        <v>9.8012694E7</v>
       </c>
       <c r="K27" s="14" t="n">
-        <v>895917.0</v>
+        <v>9.3341377E7</v>
       </c>
       <c r="L27" s="14" t="n">
-        <v>901657.0</v>
+        <v>9.3029099E7</v>
       </c>
       <c r="M27" s="14" t="n">
-        <v>860081.0</v>
+        <v>9.345554E7</v>
       </c>
       <c r="N27" s="14" t="n">
-        <v>997457.0</v>
+        <v>9.8534821E7</v>
       </c>
       <c r="O27" s="14" t="n">
-        <v>1054660.0</v>
+        <v>9.7750393E7</v>
       </c>
       <c r="P27" s="14" t="n">
-        <v>1342686.0</v>
+        <v>9.7855675E7</v>
       </c>
       <c r="Q27" s="14" t="n">
-        <v>1030888.0</v>
+        <v>9.762613E7</v>
       </c>
       <c r="R27" s="14" t="n">
-        <v>928751.0</v>
+        <v>9.2673762E7</v>
       </c>
       <c r="S27" s="14" t="n">
-        <v>946980.0</v>
+        <v>8.8537085E7</v>
       </c>
       <c r="T27" s="14" t="n">
-        <v>934435.0</v>
+        <v>8.3405499E7</v>
       </c>
       <c r="U27" s="14" t="n">
-        <v>984720.0</v>
+        <v>7.7992512E7</v>
       </c>
       <c r="V27" s="14" t="n">
-        <v>917620.0</v>
+        <v>7.366982E7</v>
       </c>
       <c r="W27" s="14" t="n">
-        <v>825788.0</v>
+        <v>6.8159299E7</v>
+      </c>
+      <c r="X27" s="14" t="n">
+        <v>6.4429605E7</v>
+      </c>
+      <c r="Y27" s="14" t="n">
+        <v>5.980613E7</v>
       </c>
     </row>
     <row r="28">
-      <c r="A28" s="7" t="inlineStr">
-[...69 lines deleted...]
-      </c>
+      <c r="A28" s="6" t="inlineStr">
+        <is>
+          <t>02 Aragón</t>
+        </is>
+      </c>
+      <c r="B28" s="6"/>
+      <c r="C28" s="6"/>
+      <c r="D28" s="6"/>
+      <c r="E28" s="6"/>
+      <c r="F28" s="6"/>
+      <c r="G28" s="6"/>
+      <c r="H28" s="6"/>
+      <c r="I28" s="6"/>
+      <c r="J28" s="6"/>
+      <c r="K28" s="6"/>
+      <c r="L28" s="6"/>
+      <c r="M28" s="6"/>
+      <c r="N28" s="6"/>
+      <c r="O28" s="6"/>
+      <c r="P28" s="6"/>
+      <c r="Q28" s="6"/>
+      <c r="R28" s="6"/>
+      <c r="S28" s="6"/>
+      <c r="T28" s="6"/>
+      <c r="U28" s="6"/>
+      <c r="V28" s="6"/>
+      <c r="W28" s="6"/>
+      <c r="X28" s="6"/>
+      <c r="Y28" s="6"/>
     </row>
     <row r="29">
       <c r="A29" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    EMPLOYMENT:   Net social contributions (2)</t>
+          <t xml:space="preserve">    RESOURCES: Balance of gross primary income</t>
         </is>
       </c>
       <c r="B29" s="14" t="n">
-        <v>3620299.0</v>
+        <v>3.0358372E7</v>
       </c>
       <c r="C29" s="14" t="n">
-        <v>3445989.0</v>
+        <v>2.7747525E7</v>
       </c>
       <c r="D29" s="14" t="n">
-        <v>3457779.0</v>
+        <v>2.5480887E7</v>
       </c>
       <c r="E29" s="14" t="n">
-        <v>3275114.0</v>
+        <v>2.4264052E7</v>
       </c>
       <c r="F29" s="14" t="n">
-        <v>3211904.0</v>
+        <v>2.5220137E7</v>
       </c>
       <c r="G29" s="14" t="n">
-        <v>3146660.0</v>
+        <v>2.4053759E7</v>
       </c>
       <c r="H29" s="14" t="n">
-        <v>3134389.0</v>
+        <v>2.3410746E7</v>
       </c>
       <c r="I29" s="14" t="n">
-        <v>3191526.0</v>
+        <v>2.2478515E7</v>
       </c>
       <c r="J29" s="14" t="n">
-        <v>3200414.0</v>
+        <v>2.1849064E7</v>
       </c>
       <c r="K29" s="14" t="n">
-        <v>3328687.0</v>
+        <v>2.133985E7</v>
       </c>
       <c r="L29" s="14" t="n">
-        <v>3508246.0</v>
+        <v>2.1337646E7</v>
       </c>
       <c r="M29" s="14" t="n">
-        <v>3583666.0</v>
+        <v>2.1669078E7</v>
       </c>
       <c r="N29" s="14" t="n">
-        <v>3575953.0</v>
+        <v>2.3126728E7</v>
       </c>
       <c r="O29" s="14" t="n">
-        <v>3608728.0</v>
+        <v>2.3101454E7</v>
       </c>
       <c r="P29" s="14" t="n">
-        <v>3385331.0</v>
+        <v>2.3245984E7</v>
       </c>
       <c r="Q29" s="14" t="n">
-        <v>3161775.0</v>
+        <v>2.4565569E7</v>
       </c>
       <c r="R29" s="14" t="n">
-        <v>2920640.0</v>
+        <v>2.3737526E7</v>
       </c>
       <c r="S29" s="14" t="n">
-        <v>2802033.0</v>
+        <v>2.218407E7</v>
       </c>
       <c r="T29" s="14" t="n">
-        <v>2610655.0</v>
+        <v>2.04893E7</v>
       </c>
       <c r="U29" s="14" t="n">
-        <v>2509833.0</v>
+        <v>1.9209404E7</v>
       </c>
       <c r="V29" s="14" t="n">
-        <v>2425349.0</v>
+        <v>1.8271511E7</v>
       </c>
       <c r="W29" s="14" t="n">
-        <v>2244753.0</v>
+        <v>1.7229314E7</v>
+      </c>
+      <c r="X29" s="14" t="n">
+        <v>1.6165586E7</v>
+      </c>
+      <c r="Y29" s="14" t="n">
+        <v>1.4984513E7</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    EMPLOYMENT:   Other current transfers</t>
+          <t xml:space="preserve">    RESOURCES: Net social contributions</t>
         </is>
       </c>
       <c r="B30" s="14" t="n">
-        <v>1768370.0</v>
+        <v>10816.0</v>
       </c>
       <c r="C30" s="14" t="n">
-        <v>1468418.0</v>
+        <v>7829.0</v>
       </c>
       <c r="D30" s="14" t="n">
-        <v>1531595.0</v>
+        <v>8962.0</v>
       </c>
       <c r="E30" s="14" t="n">
-        <v>1464473.0</v>
+        <v>9183.0</v>
       </c>
       <c r="F30" s="14" t="n">
-        <v>1353699.0</v>
+        <v>9161.0</v>
       </c>
       <c r="G30" s="14" t="n">
-        <v>1217405.0</v>
+        <v>6884.0</v>
       </c>
       <c r="H30" s="14" t="n">
-        <v>1100626.0</v>
+        <v>5896.0</v>
       </c>
       <c r="I30" s="14" t="n">
-        <v>1039158.0</v>
+        <v>4338.0</v>
       </c>
       <c r="J30" s="14" t="n">
-        <v>1021209.0</v>
+        <v>4191.0</v>
       </c>
       <c r="K30" s="14" t="n">
-        <v>981002.0</v>
+        <v>4014.0</v>
       </c>
       <c r="L30" s="14" t="n">
-        <v>953164.0</v>
+        <v>4473.0</v>
       </c>
       <c r="M30" s="14" t="n">
-        <v>959619.0</v>
+        <v>5781.0</v>
       </c>
       <c r="N30" s="14" t="n">
-        <v>1024982.0</v>
+        <v>7224.0</v>
       </c>
       <c r="O30" s="14" t="n">
-        <v>1059846.0</v>
+        <v>8832.0</v>
       </c>
       <c r="P30" s="14" t="n">
-        <v>1040782.0</v>
+        <v>9913.0</v>
       </c>
       <c r="Q30" s="14" t="n">
-        <v>976624.0</v>
+        <v>11790.0</v>
       </c>
       <c r="R30" s="14" t="n">
-        <v>956104.0</v>
+        <v>11170.0</v>
       </c>
       <c r="S30" s="14" t="n">
-        <v>913394.0</v>
+        <v>10996.0</v>
       </c>
       <c r="T30" s="14" t="n">
-        <v>891296.0</v>
+        <v>10658.0</v>
       </c>
       <c r="U30" s="14" t="n">
-        <v>884735.0</v>
+        <v>8790.0</v>
       </c>
       <c r="V30" s="14" t="n">
-        <v>832201.0</v>
+        <v>7759.0</v>
       </c>
       <c r="W30" s="14" t="n">
-        <v>783149.0</v>
+        <v>7208.0</v>
+      </c>
+      <c r="X30" s="14" t="n">
+        <v>6657.0</v>
+      </c>
+      <c r="Y30" s="14" t="n">
+        <v>6416.0</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    EMPLOYMENT: Gross disposable income</t>
+          <t xml:space="preserve">    RESOURCES: Social benefits other than social transfers in kind (1)</t>
         </is>
       </c>
       <c r="B31" s="14" t="n">
-        <v>1.7363992E7</v>
+        <v>8355351.0</v>
       </c>
       <c r="C31" s="14" t="n">
-        <v>1.6829234E7</v>
+        <v>7592185.0</v>
       </c>
       <c r="D31" s="14" t="n">
-        <v>1.695613E7</v>
+        <v>7570327.0</v>
       </c>
       <c r="E31" s="14" t="n">
-        <v>1.6411068E7</v>
+        <v>7577993.0</v>
       </c>
       <c r="F31" s="14" t="n">
-        <v>1.5996408E7</v>
+        <v>6720359.0</v>
       </c>
       <c r="G31" s="14" t="n">
-        <v>1.5494022E7</v>
+        <v>6275320.0</v>
       </c>
       <c r="H31" s="14" t="n">
-        <v>1.5447908E7</v>
+        <v>6019069.0</v>
       </c>
       <c r="I31" s="14" t="n">
-        <v>1.4987855E7</v>
+        <v>5947677.0</v>
       </c>
       <c r="J31" s="14" t="n">
-        <v>1.5097446E7</v>
+        <v>5897645.0</v>
       </c>
       <c r="K31" s="14" t="n">
-        <v>1.5214692E7</v>
+        <v>5968389.0</v>
       </c>
       <c r="L31" s="14" t="n">
-        <v>1.605398E7</v>
+        <v>6070156.0</v>
       </c>
       <c r="M31" s="14" t="n">
-        <v>1.583152E7</v>
+        <v>5879927.0</v>
       </c>
       <c r="N31" s="14" t="n">
-        <v>1.5843464E7</v>
+        <v>5700753.0</v>
       </c>
       <c r="O31" s="14" t="n">
-        <v>1.6491152E7</v>
+        <v>5705416.0</v>
       </c>
       <c r="P31" s="14" t="n">
-        <v>1.5988084E7</v>
+        <v>5568474.0</v>
       </c>
       <c r="Q31" s="14" t="n">
-        <v>1.5052E7</v>
+        <v>4914326.0</v>
       </c>
       <c r="R31" s="14" t="n">
-        <v>1.402854E7</v>
+        <v>4372552.0</v>
       </c>
       <c r="S31" s="14" t="n">
-        <v>1.3041541E7</v>
+        <v>4112023.0</v>
       </c>
       <c r="T31" s="14" t="n">
-        <v>1.2397912E7</v>
+        <v>3795438.0</v>
       </c>
       <c r="U31" s="14" t="n">
-        <v>1.1687393E7</v>
+        <v>3557056.0</v>
       </c>
       <c r="V31" s="14" t="n">
-        <v>1.1038025E7</v>
+        <v>3263007.0</v>
       </c>
       <c r="W31" s="14" t="n">
-        <v>1.0247898E7</v>
+        <v>3120390.0</v>
+      </c>
+      <c r="X31" s="14" t="n">
+        <v>2847341.0</v>
+      </c>
+      <c r="Y31" s="14" t="n">
+        <v>2747416.0</v>
       </c>
     </row>
     <row r="32">
-      <c r="A32" s="6" t="inlineStr">
-[...25 lines deleted...]
-      <c r="W32" s="6"/>
+      <c r="A32" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    RESOURCES: Other current transfers</t>
+        </is>
+      </c>
+      <c r="B32" s="14" t="n">
+        <v>2362842.0</v>
+      </c>
+      <c r="C32" s="14" t="n">
+        <v>2219558.0</v>
+      </c>
+      <c r="D32" s="14" t="n">
+        <v>2159521.0</v>
+      </c>
+      <c r="E32" s="14" t="n">
+        <v>1735918.0</v>
+      </c>
+      <c r="F32" s="14" t="n">
+        <v>1759166.0</v>
+      </c>
+      <c r="G32" s="14" t="n">
+        <v>1736741.0</v>
+      </c>
+      <c r="H32" s="14" t="n">
+        <v>1543915.0</v>
+      </c>
+      <c r="I32" s="14" t="n">
+        <v>1357928.0</v>
+      </c>
+      <c r="J32" s="14" t="n">
+        <v>1246679.0</v>
+      </c>
+      <c r="K32" s="14" t="n">
+        <v>1095124.0</v>
+      </c>
+      <c r="L32" s="14" t="n">
+        <v>1135599.0</v>
+      </c>
+      <c r="M32" s="14" t="n">
+        <v>1181846.0</v>
+      </c>
+      <c r="N32" s="14" t="n">
+        <v>1273955.0</v>
+      </c>
+      <c r="O32" s="14" t="n">
+        <v>1099313.0</v>
+      </c>
+      <c r="P32" s="14" t="n">
+        <v>1255975.0</v>
+      </c>
+      <c r="Q32" s="14" t="n">
+        <v>1330166.0</v>
+      </c>
+      <c r="R32" s="14" t="n">
+        <v>1237514.0</v>
+      </c>
+      <c r="S32" s="14" t="n">
+        <v>1167088.0</v>
+      </c>
+      <c r="T32" s="14" t="n">
+        <v>1184011.0</v>
+      </c>
+      <c r="U32" s="14" t="n">
+        <v>1158990.0</v>
+      </c>
+      <c r="V32" s="14" t="n">
+        <v>1125848.0</v>
+      </c>
+      <c r="W32" s="14" t="n">
+        <v>1097920.0</v>
+      </c>
+      <c r="X32" s="14" t="n">
+        <v>1027447.0</v>
+      </c>
+      <c r="Y32" s="14" t="n">
+        <v>968829.0</v>
+      </c>
     </row>
     <row r="33">
       <c r="A33" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    RESOURCES: Balance of gross primary income</t>
+          <t xml:space="preserve">    EMPLOYMENT: Current taxes on income, capital gains, etc.</t>
         </is>
       </c>
       <c r="B33" s="14" t="n">
-        <v>2.1503975E7</v>
+        <v>4097895.0</v>
       </c>
       <c r="C33" s="14" t="n">
-        <v>1.9387633E7</v>
+        <v>3800517.0</v>
       </c>
       <c r="D33" s="14" t="n">
-        <v>2.352611E7</v>
+        <v>3255006.0</v>
       </c>
       <c r="E33" s="14" t="n">
-        <v>2.2342466E7</v>
+        <v>3086928.0</v>
       </c>
       <c r="F33" s="14" t="n">
-        <v>2.1220803E7</v>
+        <v>3040776.0</v>
       </c>
       <c r="G33" s="14" t="n">
-        <v>2.0181826E7</v>
+        <v>2917919.0</v>
       </c>
       <c r="H33" s="14" t="n">
-        <v>1.9013303E7</v>
+        <v>2735598.0</v>
       </c>
       <c r="I33" s="14" t="n">
-        <v>1.7974813E7</v>
+        <v>2563033.0</v>
       </c>
       <c r="J33" s="14" t="n">
-        <v>1.7505184E7</v>
+        <v>2570277.0</v>
       </c>
       <c r="K33" s="14" t="n">
-        <v>1.7533948E7</v>
+        <v>2623837.0</v>
       </c>
       <c r="L33" s="14" t="n">
-        <v>1.8404165E7</v>
+        <v>2578152.0</v>
       </c>
       <c r="M33" s="14" t="n">
-        <v>1.822516E7</v>
+        <v>2596017.0</v>
       </c>
       <c r="N33" s="14" t="n">
-        <v>1.8336326E7</v>
+        <v>2573575.0</v>
       </c>
       <c r="O33" s="14" t="n">
-        <v>1.9298565E7</v>
+        <v>2554135.0</v>
       </c>
       <c r="P33" s="14" t="n">
-        <v>1.8764225E7</v>
+        <v>2420006.0</v>
       </c>
       <c r="Q33" s="14" t="n">
-        <v>1.7768651E7</v>
+        <v>2730983.0</v>
       </c>
       <c r="R33" s="14" t="n">
-        <v>1.656049E7</v>
+        <v>2791601.0</v>
       </c>
       <c r="S33" s="14" t="n">
-        <v>1.5522128E7</v>
+        <v>2383711.0</v>
       </c>
       <c r="T33" s="14" t="n">
-        <v>1.4446711E7</v>
+        <v>2044703.0</v>
       </c>
       <c r="U33" s="14" t="n">
-        <v>1.3834743E7</v>
+        <v>1959120.0</v>
       </c>
       <c r="V33" s="14" t="n">
-        <v>1.3172311E7</v>
+        <v>1715828.0</v>
       </c>
       <c r="W33" s="14" t="n">
-        <v>1.208347E7</v>
+        <v>1706901.0</v>
+      </c>
+      <c r="X33" s="14" t="n">
+        <v>1559688.0</v>
+      </c>
+      <c r="Y33" s="14" t="n">
+        <v>1441672.0</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    RESOURCES: Social benefits other than social transfers in kind (1)</t>
+          <t xml:space="preserve">    EMPLOYMENT:   Net social contributions (2)</t>
         </is>
       </c>
       <c r="B34" s="14" t="n">
-        <v>5720515.0</v>
+        <v>6282292.0</v>
       </c>
       <c r="C34" s="14" t="n">
-        <v>5666376.0</v>
+        <v>5692077.0</v>
       </c>
       <c r="D34" s="14" t="n">
-        <v>4416985.0</v>
+        <v>5594520.0</v>
       </c>
       <c r="E34" s="14" t="n">
-        <v>4077945.0</v>
+        <v>5307920.0</v>
       </c>
       <c r="F34" s="14" t="n">
-        <v>3882306.0</v>
+        <v>5273873.0</v>
       </c>
       <c r="G34" s="14" t="n">
-        <v>3828884.0</v>
+        <v>4912386.0</v>
       </c>
       <c r="H34" s="14" t="n">
-        <v>3735914.0</v>
+        <v>4720262.0</v>
       </c>
       <c r="I34" s="14" t="n">
-        <v>3776460.0</v>
+        <v>4539703.0</v>
       </c>
       <c r="J34" s="14" t="n">
-        <v>3764428.0</v>
+        <v>4450799.0</v>
       </c>
       <c r="K34" s="14" t="n">
-        <v>3805497.0</v>
+        <v>4467298.0</v>
       </c>
       <c r="L34" s="14" t="n">
-        <v>3753954.0</v>
+        <v>4426151.0</v>
       </c>
       <c r="M34" s="14" t="n">
-        <v>3704294.0</v>
+        <v>4576872.0</v>
       </c>
       <c r="N34" s="14" t="n">
-        <v>3601538.0</v>
+        <v>4815378.0</v>
       </c>
       <c r="O34" s="14" t="n">
-        <v>3191709.0</v>
+        <v>4940683.0</v>
       </c>
       <c r="P34" s="14" t="n">
-        <v>2770255.0</v>
+        <v>4891801.0</v>
       </c>
       <c r="Q34" s="14" t="n">
-        <v>2590480.0</v>
+        <v>5072493.0</v>
       </c>
       <c r="R34" s="14" t="n">
-        <v>2382317.0</v>
+        <v>4736373.0</v>
       </c>
       <c r="S34" s="14" t="n">
-        <v>2236817.0</v>
+        <v>4430251.0</v>
       </c>
       <c r="T34" s="14" t="n">
-        <v>2056188.0</v>
+        <v>4034641.0</v>
       </c>
       <c r="U34" s="14" t="n">
-        <v>1932110.0</v>
+        <v>3765707.0</v>
       </c>
       <c r="V34" s="14" t="n">
-        <v>1756633.0</v>
+        <v>3470845.0</v>
       </c>
       <c r="W34" s="14" t="n">
-        <v>1670568.0</v>
+        <v>3309778.0</v>
+      </c>
+      <c r="X34" s="14" t="n">
+        <v>3117062.0</v>
+      </c>
+      <c r="Y34" s="14" t="n">
+        <v>2938832.0</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    RESOURCES: Other current transfers</t>
+          <t xml:space="preserve">    EMPLOYMENT: Social benefits other than social transfers in kind</t>
         </is>
       </c>
       <c r="B35" s="14" t="n">
-        <v>1955243.0</v>
+        <v>11356.0</v>
       </c>
       <c r="C35" s="14" t="n">
-        <v>1617134.0</v>
+        <v>10642.0</v>
       </c>
       <c r="D35" s="14" t="n">
-        <v>1694697.0</v>
+        <v>6916.0</v>
       </c>
       <c r="E35" s="14" t="n">
-        <v>1625409.0</v>
+        <v>6078.0</v>
       </c>
       <c r="F35" s="14" t="n">
-        <v>1475767.0</v>
+        <v>6306.0</v>
       </c>
       <c r="G35" s="14" t="n">
-        <v>1338842.0</v>
+        <v>4613.0</v>
       </c>
       <c r="H35" s="14" t="n">
-        <v>1237332.0</v>
+        <v>3926.0</v>
       </c>
       <c r="I35" s="14" t="n">
-        <v>1120960.0</v>
+        <v>3206.0</v>
       </c>
       <c r="J35" s="14" t="n">
-        <v>1112876.0</v>
+        <v>2719.0</v>
       </c>
       <c r="K35" s="14" t="n">
-        <v>1102290.0</v>
+        <v>1747.0</v>
       </c>
       <c r="L35" s="14" t="n">
-        <v>1056743.0</v>
+        <v>2810.0</v>
       </c>
       <c r="M35" s="14" t="n">
-        <v>1017418.0</v>
+        <v>3910.0</v>
       </c>
       <c r="N35" s="14" t="n">
-        <v>1235837.0</v>
+        <v>4018.0</v>
       </c>
       <c r="O35" s="14" t="n">
-        <v>1317945.0</v>
+        <v>9927.0</v>
       </c>
       <c r="P35" s="14" t="n">
-        <v>1212726.0</v>
+        <v>9693.0</v>
       </c>
       <c r="Q35" s="14" t="n">
-        <v>1144781.0</v>
+        <v>10548.0</v>
       </c>
       <c r="R35" s="14" t="n">
-        <v>1138134.0</v>
+        <v>11836.0</v>
       </c>
       <c r="S35" s="14" t="n">
-        <v>1056452.0</v>
+        <v>10391.0</v>
       </c>
       <c r="T35" s="14" t="n">
-        <v>1078414.0</v>
+        <v>9232.0</v>
       </c>
       <c r="U35" s="14" t="n">
-        <v>1077066.0</v>
+        <v>8248.0</v>
       </c>
       <c r="V35" s="14" t="n">
-        <v>1021618.0</v>
+        <v>7245.0</v>
       </c>
       <c r="W35" s="14" t="n">
-        <v>972459.0</v>
+        <v>6197.0</v>
+      </c>
+      <c r="X35" s="14" t="n">
+        <v>4689.0</v>
+      </c>
+      <c r="Y35" s="14" t="n">
+        <v>7013.0</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    EMPLOYMENT: Current taxes on income, capital gains, etc.</t>
+          <t xml:space="preserve">    EMPLOYMENT:   Other current transfers</t>
         </is>
       </c>
       <c r="B36" s="14" t="n">
-        <v>2916362.0</v>
+        <v>2796551.0</v>
       </c>
       <c r="C36" s="14" t="n">
-        <v>2468042.0</v>
+        <v>2614587.0</v>
       </c>
       <c r="D36" s="14" t="n">
-        <v>2816558.0</v>
+        <v>2509893.0</v>
       </c>
       <c r="E36" s="14" t="n">
-        <v>2757725.0</v>
+        <v>2044344.0</v>
       </c>
       <c r="F36" s="14" t="n">
-        <v>2508042.0</v>
+        <v>2098679.0</v>
       </c>
       <c r="G36" s="14" t="n">
-        <v>2231990.0</v>
+        <v>2005194.0</v>
       </c>
       <c r="H36" s="14" t="n">
-        <v>2079021.0</v>
+        <v>1827484.0</v>
       </c>
       <c r="I36" s="14" t="n">
-        <v>2050831.0</v>
+        <v>1625661.0</v>
       </c>
       <c r="J36" s="14" t="n">
-        <v>1911640.0</v>
+        <v>1485266.0</v>
       </c>
       <c r="K36" s="14" t="n">
-        <v>1838075.0</v>
+        <v>1357380.0</v>
       </c>
       <c r="L36" s="14" t="n">
-        <v>1812048.0</v>
+        <v>1361446.0</v>
       </c>
       <c r="M36" s="14" t="n">
-        <v>1764629.0</v>
+        <v>1311145.0</v>
       </c>
       <c r="N36" s="14" t="n">
-        <v>1682567.0</v>
+        <v>1293078.0</v>
       </c>
       <c r="O36" s="14" t="n">
-        <v>1900546.0</v>
+        <v>1307140.0</v>
       </c>
       <c r="P36" s="14" t="n">
-        <v>1949050.0</v>
+        <v>1471020.0</v>
       </c>
       <c r="Q36" s="14" t="n">
-        <v>1682993.0</v>
+        <v>1542760.0</v>
       </c>
       <c r="R36" s="14" t="n">
-        <v>1471234.0</v>
+        <v>1461779.0</v>
       </c>
       <c r="S36" s="14" t="n">
-        <v>1404308.0</v>
+        <v>1350415.0</v>
       </c>
       <c r="T36" s="14" t="n">
-        <v>1222709.0</v>
+        <v>1326667.0</v>
       </c>
       <c r="U36" s="14" t="n">
-        <v>1227931.0</v>
+        <v>1231811.0</v>
       </c>
       <c r="V36" s="14" t="n">
-        <v>1133500.0</v>
+        <v>1191135.0</v>
       </c>
       <c r="W36" s="14" t="n">
-        <v>1017079.0</v>
+        <v>1154836.0</v>
+      </c>
+      <c r="X36" s="14" t="n">
+        <v>1084658.0</v>
+      </c>
+      <c r="Y36" s="14" t="n">
+        <v>993795.0</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    EMPLOYMENT:   Net social contributions (2)</t>
+          <t xml:space="preserve">    EMPLOYMENT: Gross disposable income</t>
         </is>
       </c>
       <c r="B37" s="14" t="n">
-        <v>4470913.0</v>
+        <v>2.7899287E7</v>
       </c>
       <c r="C37" s="14" t="n">
-        <v>4170533.0</v>
+        <v>2.5449274E7</v>
       </c>
       <c r="D37" s="14" t="n">
-        <v>4701568.0</v>
+        <v>2.3853362E7</v>
       </c>
       <c r="E37" s="14" t="n">
-        <v>4349182.0</v>
+        <v>2.3141876E7</v>
       </c>
       <c r="F37" s="14" t="n">
-        <v>4097647.0</v>
+        <v>2.3289189E7</v>
       </c>
       <c r="G37" s="14" t="n">
-        <v>3825178.0</v>
+        <v>2.2232592E7</v>
       </c>
       <c r="H37" s="14" t="n">
-        <v>3622740.0</v>
+        <v>2.1692356E7</v>
       </c>
       <c r="I37" s="14" t="n">
-        <v>3522419.0</v>
+        <v>2.1056855E7</v>
       </c>
       <c r="J37" s="14" t="n">
-        <v>3360758.0</v>
+        <v>2.0488518E7</v>
       </c>
       <c r="K37" s="14" t="n">
-        <v>3416914.0</v>
+        <v>1.9957115E7</v>
       </c>
       <c r="L37" s="14" t="n">
-        <v>3535094.0</v>
+        <v>2.0179315E7</v>
       </c>
       <c r="M37" s="14" t="n">
-        <v>3617139.0</v>
+        <v>2.0248688E7</v>
       </c>
       <c r="N37" s="14" t="n">
-        <v>3604272.0</v>
+        <v>2.1422611E7</v>
       </c>
       <c r="O37" s="14" t="n">
-        <v>3722488.0</v>
+        <v>2.110313E7</v>
       </c>
       <c r="P37" s="14" t="n">
-        <v>3487450.0</v>
+        <v>2.1287826E7</v>
       </c>
       <c r="Q37" s="14" t="n">
-        <v>3267130.0</v>
+        <v>2.1465067E7</v>
       </c>
       <c r="R37" s="14" t="n">
-        <v>2965252.0</v>
+        <v>2.0357173E7</v>
       </c>
       <c r="S37" s="14" t="n">
-        <v>2753391.0</v>
+        <v>1.9299409E7</v>
       </c>
       <c r="T37" s="14" t="n">
-        <v>2555669.0</v>
+        <v>1.8064164E7</v>
       </c>
       <c r="U37" s="14" t="n">
-        <v>2455708.0</v>
+        <v>1.6969354E7</v>
       </c>
       <c r="V37" s="14" t="n">
-        <v>2301101.0</v>
+        <v>1.6283072E7</v>
       </c>
       <c r="W37" s="14" t="n">
-        <v>2136085.0</v>
+        <v>1.527712E7</v>
+      </c>
+      <c r="X37" s="14" t="n">
+        <v>1.4280934E7</v>
+      </c>
+      <c r="Y37" s="14" t="n">
+        <v>1.3325862E7</v>
       </c>
     </row>
     <row r="38">
-      <c r="A38" s="7" t="inlineStr">
-[...69 lines deleted...]
-      </c>
+      <c r="A38" s="6" t="inlineStr">
+        <is>
+          <t>03 Asturias, Principado de</t>
+        </is>
+      </c>
+      <c r="B38" s="6"/>
+      <c r="C38" s="6"/>
+      <c r="D38" s="6"/>
+      <c r="E38" s="6"/>
+      <c r="F38" s="6"/>
+      <c r="G38" s="6"/>
+      <c r="H38" s="6"/>
+      <c r="I38" s="6"/>
+      <c r="J38" s="6"/>
+      <c r="K38" s="6"/>
+      <c r="L38" s="6"/>
+      <c r="M38" s="6"/>
+      <c r="N38" s="6"/>
+      <c r="O38" s="6"/>
+      <c r="P38" s="6"/>
+      <c r="Q38" s="6"/>
+      <c r="R38" s="6"/>
+      <c r="S38" s="6"/>
+      <c r="T38" s="6"/>
+      <c r="U38" s="6"/>
+      <c r="V38" s="6"/>
+      <c r="W38" s="6"/>
+      <c r="X38" s="6"/>
+      <c r="Y38" s="6"/>
     </row>
     <row r="39">
       <c r="A39" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    EMPLOYMENT: Gross disposable income</t>
+          <t xml:space="preserve">    RESOURCES: Balance of gross primary income</t>
         </is>
       </c>
       <c r="B39" s="14" t="n">
-        <v>1.9414299E7</v>
+        <v>1.9394474E7</v>
       </c>
       <c r="C39" s="14" t="n">
-        <v>1.8065929E7</v>
+        <v>1.7782807E7</v>
       </c>
       <c r="D39" s="14" t="n">
-        <v>2.0029498E7</v>
+        <v>1.6256929E7</v>
       </c>
       <c r="E39" s="14" t="n">
-        <v>1.8953988E7</v>
+        <v>1.5165819E7</v>
       </c>
       <c r="F39" s="14" t="n">
-        <v>1.8152115E7</v>
+        <v>1.617882E7</v>
       </c>
       <c r="G39" s="14" t="n">
-        <v>1.767826E7</v>
+        <v>1.5663524E7</v>
       </c>
       <c r="H39" s="14" t="n">
-        <v>1.6798211E7</v>
+        <v>1.5327765E7</v>
       </c>
       <c r="I39" s="14" t="n">
-        <v>1.5923673E7</v>
+        <v>1.4712774E7</v>
       </c>
       <c r="J39" s="14" t="n">
-        <v>1.5735595E7</v>
+        <v>1.4672571E7</v>
       </c>
       <c r="K39" s="14" t="n">
-        <v>1.5838936E7</v>
+        <v>1.4331122E7</v>
       </c>
       <c r="L39" s="14" t="n">
-        <v>1.6564795E7</v>
+        <v>1.4353276E7</v>
       </c>
       <c r="M39" s="14" t="n">
-        <v>1.6278267E7</v>
+        <v>1.4692518E7</v>
       </c>
       <c r="N39" s="14" t="n">
-        <v>1.6463237E7</v>
+        <v>1.5892095E7</v>
       </c>
       <c r="O39" s="14" t="n">
-        <v>1.6679385E7</v>
+        <v>1.5784657E7</v>
       </c>
       <c r="P39" s="14" t="n">
-        <v>1.5848778E7</v>
+        <v>1.5729637E7</v>
       </c>
       <c r="Q39" s="14" t="n">
-        <v>1.5173637E7</v>
+        <v>1.6870943E7</v>
       </c>
       <c r="R39" s="14" t="n">
-        <v>1.4332441E7</v>
+        <v>1.6292564E7</v>
       </c>
       <c r="S39" s="14" t="n">
-        <v>1.3555358E7</v>
+        <v>1.5294338E7</v>
       </c>
       <c r="T39" s="14" t="n">
-        <v>1.2709829E7</v>
+        <v>1.4151643E7</v>
       </c>
       <c r="U39" s="14" t="n">
-        <v>1.2074917E7</v>
+        <v>1.3159235E7</v>
       </c>
       <c r="V39" s="14" t="n">
-        <v>1.1506493E7</v>
+        <v>1.2475943E7</v>
       </c>
       <c r="W39" s="14" t="n">
-        <v>1.060638E7</v>
+        <v>1.181795E7</v>
+      </c>
+      <c r="X39" s="14" t="n">
+        <v>1.1285283E7</v>
+      </c>
+      <c r="Y39" s="14" t="n">
+        <v>1.0366526E7</v>
       </c>
     </row>
     <row r="40">
-      <c r="A40" s="6" t="inlineStr">
-[...25 lines deleted...]
-      <c r="W40" s="6"/>
+      <c r="A40" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    RESOURCES: Net social contributions</t>
+        </is>
+      </c>
+      <c r="B40" s="14" t="n">
+        <v>6667.0</v>
+      </c>
+      <c r="C40" s="14" t="n">
+        <v>4848.0</v>
+      </c>
+      <c r="D40" s="14" t="n">
+        <v>5569.0</v>
+      </c>
+      <c r="E40" s="14" t="n">
+        <v>5687.0</v>
+      </c>
+      <c r="F40" s="14" t="n">
+        <v>5737.0</v>
+      </c>
+      <c r="G40" s="14" t="n">
+        <v>4366.0</v>
+      </c>
+      <c r="H40" s="14" t="n">
+        <v>3806.0</v>
+      </c>
+      <c r="I40" s="14" t="n">
+        <v>2850.0</v>
+      </c>
+      <c r="J40" s="14" t="n">
+        <v>2793.0</v>
+      </c>
+      <c r="K40" s="14" t="n">
+        <v>2703.0</v>
+      </c>
+      <c r="L40" s="14" t="n">
+        <v>3050.0</v>
+      </c>
+      <c r="M40" s="14" t="n">
+        <v>3994.0</v>
+      </c>
+      <c r="N40" s="14" t="n">
+        <v>5048.0</v>
+      </c>
+      <c r="O40" s="14" t="n">
+        <v>6189.0</v>
+      </c>
+      <c r="P40" s="14" t="n">
+        <v>6923.0</v>
+      </c>
+      <c r="Q40" s="14" t="n">
+        <v>7957.0</v>
+      </c>
+      <c r="R40" s="14" t="n">
+        <v>7519.0</v>
+      </c>
+      <c r="S40" s="14" t="n">
+        <v>7435.0</v>
+      </c>
+      <c r="T40" s="14" t="n">
+        <v>7273.0</v>
+      </c>
+      <c r="U40" s="14" t="n">
+        <v>6036.0</v>
+      </c>
+      <c r="V40" s="14" t="n">
+        <v>5460.0</v>
+      </c>
+      <c r="W40" s="14" t="n">
+        <v>5136.0</v>
+      </c>
+      <c r="X40" s="14" t="n">
+        <v>4787.0</v>
+      </c>
+      <c r="Y40" s="14" t="n">
+        <v>4492.0</v>
+      </c>
     </row>
     <row r="41">
       <c r="A41" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    RESOURCES: Balance of gross primary income</t>
+          <t xml:space="preserve">    RESOURCES: Social benefits other than social transfers in kind (1)</t>
         </is>
       </c>
       <c r="B41" s="14" t="n">
-        <v>3.0796276E7</v>
+        <v>8050833.0</v>
       </c>
       <c r="C41" s="14" t="n">
-        <v>2.8430953E7</v>
+        <v>7352455.0</v>
       </c>
       <c r="D41" s="14" t="n">
-        <v>3.2607212E7</v>
+        <v>7340097.0</v>
       </c>
       <c r="E41" s="14" t="n">
-        <v>3.1083443E7</v>
+        <v>7532097.0</v>
       </c>
       <c r="F41" s="14" t="n">
-        <v>3.0130045E7</v>
+        <v>6715056.0</v>
       </c>
       <c r="G41" s="14" t="n">
-        <v>2.86466E7</v>
+        <v>6396226.0</v>
       </c>
       <c r="H41" s="14" t="n">
-        <v>2.7578733E7</v>
+        <v>6164305.0</v>
       </c>
       <c r="I41" s="14" t="n">
-        <v>2.6564544E7</v>
+        <v>6111794.0</v>
       </c>
       <c r="J41" s="14" t="n">
-        <v>2.6324755E7</v>
+        <v>6115263.0</v>
       </c>
       <c r="K41" s="14" t="n">
-        <v>2.6311718E7</v>
+        <v>6131934.0</v>
       </c>
       <c r="L41" s="14" t="n">
-        <v>2.7918977E7</v>
+        <v>6173342.0</v>
       </c>
       <c r="M41" s="14" t="n">
-        <v>2.7602458E7</v>
+        <v>6065653.0</v>
       </c>
       <c r="N41" s="14" t="n">
-        <v>2.7445118E7</v>
+        <v>5863353.0</v>
       </c>
       <c r="O41" s="14" t="n">
-        <v>2.8935824E7</v>
+        <v>5810876.0</v>
       </c>
       <c r="P41" s="14" t="n">
-        <v>2.8574207E7</v>
+        <v>5711104.0</v>
       </c>
       <c r="Q41" s="14" t="n">
-        <v>2.7233736E7</v>
+        <v>5391574.0</v>
       </c>
       <c r="R41" s="14" t="n">
-        <v>2.5915344E7</v>
+        <v>4932659.0</v>
       </c>
       <c r="S41" s="14" t="n">
-        <v>2.450525E7</v>
+        <v>4683386.0</v>
       </c>
       <c r="T41" s="14" t="n">
-        <v>2.3333951E7</v>
+        <v>4398100.0</v>
       </c>
       <c r="U41" s="14" t="n">
-        <v>2.1931367E7</v>
+        <v>4187187.0</v>
       </c>
       <c r="V41" s="14" t="n">
-        <v>2.0650627E7</v>
+        <v>3845074.0</v>
       </c>
       <c r="W41" s="14" t="n">
-        <v>1.9006848E7</v>
+        <v>3653655.0</v>
+      </c>
+      <c r="X41" s="14" t="n">
+        <v>3369747.0</v>
+      </c>
+      <c r="Y41" s="14" t="n">
+        <v>3240259.0</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    RESOURCES: Social benefits other than social transfers in kind (1)</t>
+          <t xml:space="preserve">    RESOURCES: Other current transfers</t>
         </is>
       </c>
       <c r="B42" s="14" t="n">
-        <v>9640347.0</v>
+        <v>1804801.0</v>
       </c>
       <c r="C42" s="14" t="n">
-        <v>9653349.0</v>
+        <v>1843496.0</v>
       </c>
       <c r="D42" s="14" t="n">
-        <v>7758557.0</v>
+        <v>1650552.0</v>
       </c>
       <c r="E42" s="14" t="n">
-        <v>7201097.0</v>
+        <v>1355511.0</v>
       </c>
       <c r="F42" s="14" t="n">
-        <v>6837829.0</v>
+        <v>1385601.0</v>
       </c>
       <c r="G42" s="14" t="n">
-        <v>6704483.0</v>
+        <v>1331707.0</v>
       </c>
       <c r="H42" s="14" t="n">
-        <v>6499916.0</v>
+        <v>1226166.0</v>
       </c>
       <c r="I42" s="14" t="n">
-        <v>6439883.0</v>
+        <v>1103260.0</v>
       </c>
       <c r="J42" s="14" t="n">
-        <v>6470962.0</v>
+        <v>977961.0</v>
       </c>
       <c r="K42" s="14" t="n">
-        <v>6481577.0</v>
+        <v>932653.0</v>
       </c>
       <c r="L42" s="14" t="n">
-        <v>6441720.0</v>
+        <v>923460.0</v>
       </c>
       <c r="M42" s="14" t="n">
-        <v>6538285.0</v>
+        <v>900821.0</v>
       </c>
       <c r="N42" s="14" t="n">
-        <v>6219752.0</v>
+        <v>903942.0</v>
       </c>
       <c r="O42" s="14" t="n">
-        <v>5593686.0</v>
+        <v>860050.0</v>
       </c>
       <c r="P42" s="14" t="n">
-        <v>4955678.0</v>
+        <v>998592.0</v>
       </c>
       <c r="Q42" s="14" t="n">
-        <v>4571815.0</v>
+        <v>1056116.0</v>
       </c>
       <c r="R42" s="14" t="n">
-        <v>4160681.0</v>
+        <v>1343718.0</v>
       </c>
       <c r="S42" s="14" t="n">
-        <v>3857054.0</v>
+        <v>1031312.0</v>
       </c>
       <c r="T42" s="14" t="n">
-        <v>3431162.0</v>
+        <v>929204.0</v>
       </c>
       <c r="U42" s="14" t="n">
-        <v>3229176.0</v>
+        <v>947414.0</v>
       </c>
       <c r="V42" s="14" t="n">
-        <v>2911871.0</v>
+        <v>934445.0</v>
       </c>
       <c r="W42" s="14" t="n">
-        <v>2741939.0</v>
+        <v>984813.0</v>
+      </c>
+      <c r="X42" s="14" t="n">
+        <v>918361.0</v>
+      </c>
+      <c r="Y42" s="14" t="n">
+        <v>826031.0</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    RESOURCES: Other current transfers</t>
+          <t xml:space="preserve">    EMPLOYMENT: Current taxes on income, capital gains, etc.</t>
         </is>
       </c>
       <c r="B43" s="14" t="n">
-        <v>3513990.0</v>
+        <v>2947667.0</v>
       </c>
       <c r="C43" s="14" t="n">
-        <v>2823586.0</v>
+        <v>2754228.0</v>
       </c>
       <c r="D43" s="14" t="n">
-        <v>2877262.0</v>
+        <v>2317272.0</v>
       </c>
       <c r="E43" s="14" t="n">
-        <v>2758883.0</v>
+        <v>2194629.0</v>
       </c>
       <c r="F43" s="14" t="n">
-        <v>2670711.0</v>
+        <v>2194733.0</v>
       </c>
       <c r="G43" s="14" t="n">
-        <v>2196152.0</v>
+        <v>2103888.0</v>
       </c>
       <c r="H43" s="14" t="n">
-        <v>1985755.0</v>
+        <v>2024468.0</v>
       </c>
       <c r="I43" s="14" t="n">
-        <v>1839163.0</v>
+        <v>1929476.0</v>
       </c>
       <c r="J43" s="14" t="n">
-        <v>1903760.0</v>
+        <v>1929330.0</v>
       </c>
       <c r="K43" s="14" t="n">
-        <v>1862600.0</v>
+        <v>2049623.0</v>
       </c>
       <c r="L43" s="14" t="n">
-        <v>1777091.0</v>
+        <v>2014205.0</v>
       </c>
       <c r="M43" s="14" t="n">
-        <v>1644219.0</v>
+        <v>2025099.0</v>
       </c>
       <c r="N43" s="14" t="n">
-        <v>2049921.0</v>
+        <v>2027318.0</v>
       </c>
       <c r="O43" s="14" t="n">
-        <v>2207105.0</v>
+        <v>1971965.0</v>
       </c>
       <c r="P43" s="14" t="n">
-        <v>2090766.0</v>
+        <v>1845957.0</v>
       </c>
       <c r="Q43" s="14" t="n">
-        <v>1819630.0</v>
+        <v>2023474.0</v>
       </c>
       <c r="R43" s="14" t="n">
-        <v>1857921.0</v>
+        <v>2031398.0</v>
       </c>
       <c r="S43" s="14" t="n">
-        <v>1898799.0</v>
+        <v>1718482.0</v>
       </c>
       <c r="T43" s="14" t="n">
-        <v>1825485.0</v>
+        <v>1507688.0</v>
       </c>
       <c r="U43" s="14" t="n">
-        <v>1897159.0</v>
+        <v>1476688.0</v>
       </c>
       <c r="V43" s="14" t="n">
-        <v>1792749.0</v>
+        <v>1305243.0</v>
       </c>
       <c r="W43" s="14" t="n">
-        <v>1580580.0</v>
+        <v>1333101.0</v>
+      </c>
+      <c r="X43" s="14" t="n">
+        <v>1240609.0</v>
+      </c>
+      <c r="Y43" s="14" t="n">
+        <v>1118668.0</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    EMPLOYMENT: Current taxes on income, capital gains, etc.</t>
+          <t xml:space="preserve">    EMPLOYMENT:   Net social contributions (2)</t>
         </is>
       </c>
       <c r="B44" s="14" t="n">
-        <v>3424952.0</v>
+        <v>3974902.0</v>
       </c>
       <c r="C44" s="14" t="n">
-        <v>3119814.0</v>
+        <v>3703889.0</v>
       </c>
       <c r="D44" s="14" t="n">
-        <v>3299278.0</v>
+        <v>3633490.0</v>
       </c>
       <c r="E44" s="14" t="n">
-        <v>3072987.0</v>
+        <v>3451631.0</v>
       </c>
       <c r="F44" s="14" t="n">
-        <v>2937372.0</v>
+        <v>3464048.0</v>
       </c>
       <c r="G44" s="14" t="n">
-        <v>2714951.0</v>
+        <v>3280072.0</v>
       </c>
       <c r="H44" s="14" t="n">
-        <v>2588380.0</v>
+        <v>3216034.0</v>
       </c>
       <c r="I44" s="14" t="n">
-        <v>2674395.0</v>
+        <v>3149887.0</v>
       </c>
       <c r="J44" s="14" t="n">
-        <v>2613659.0</v>
+        <v>3137581.0</v>
       </c>
       <c r="K44" s="14" t="n">
-        <v>2539469.0</v>
+        <v>3194622.0</v>
       </c>
       <c r="L44" s="14" t="n">
-        <v>2492523.0</v>
+        <v>3203929.0</v>
       </c>
       <c r="M44" s="14" t="n">
-        <v>2455853.0</v>
+        <v>3333161.0</v>
       </c>
       <c r="N44" s="14" t="n">
-        <v>2310765.0</v>
+        <v>3513825.0</v>
       </c>
       <c r="O44" s="14" t="n">
-        <v>2537980.0</v>
+        <v>3590414.0</v>
       </c>
       <c r="P44" s="14" t="n">
-        <v>2638197.0</v>
+        <v>3583334.0</v>
       </c>
       <c r="Q44" s="14" t="n">
-        <v>2277917.0</v>
+        <v>3617080.0</v>
       </c>
       <c r="R44" s="14" t="n">
-        <v>2044924.0</v>
+        <v>3393199.0</v>
       </c>
       <c r="S44" s="14" t="n">
-        <v>2006423.0</v>
+        <v>3169640.0</v>
       </c>
       <c r="T44" s="14" t="n">
-        <v>1753622.0</v>
+        <v>2928373.0</v>
       </c>
       <c r="U44" s="14" t="n">
-        <v>1754154.0</v>
+        <v>2808510.0</v>
       </c>
       <c r="V44" s="14" t="n">
-        <v>1609373.0</v>
+        <v>2616439.0</v>
       </c>
       <c r="W44" s="14" t="n">
-        <v>1406633.0</v>
+        <v>2515310.0</v>
+      </c>
+      <c r="X44" s="14" t="n">
+        <v>2430474.0</v>
+      </c>
+      <c r="Y44" s="14" t="n">
+        <v>2249600.0</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    EMPLOYMENT:   Net social contributions (2)</t>
+          <t xml:space="preserve">    EMPLOYMENT: Social benefits other than social transfers in kind</t>
         </is>
       </c>
       <c r="B45" s="14" t="n">
-        <v>6757381.0</v>
+        <v>7018.0</v>
       </c>
       <c r="C45" s="14" t="n">
-        <v>6571069.0</v>
+        <v>6227.0</v>
       </c>
       <c r="D45" s="14" t="n">
-        <v>6838035.0</v>
+        <v>4261.0</v>
       </c>
       <c r="E45" s="14" t="n">
-        <v>6359379.0</v>
+        <v>3761.0</v>
       </c>
       <c r="F45" s="14" t="n">
-        <v>6040364.0</v>
+        <v>3949.0</v>
       </c>
       <c r="G45" s="14" t="n">
-        <v>5751227.0</v>
+        <v>2989.0</v>
       </c>
       <c r="H45" s="14" t="n">
-        <v>5544861.0</v>
+        <v>2481.0</v>
       </c>
       <c r="I45" s="14" t="n">
-        <v>5504164.0</v>
+        <v>2026.0</v>
       </c>
       <c r="J45" s="14" t="n">
-        <v>5323871.0</v>
+        <v>1744.0</v>
       </c>
       <c r="K45" s="14" t="n">
-        <v>5469094.0</v>
+        <v>1164.0</v>
       </c>
       <c r="L45" s="14" t="n">
-        <v>5742758.0</v>
+        <v>1839.0</v>
       </c>
       <c r="M45" s="14" t="n">
-        <v>5884287.0</v>
+        <v>2862.0</v>
       </c>
       <c r="N45" s="14" t="n">
-        <v>5917486.0</v>
+        <v>2920.0</v>
       </c>
       <c r="O45" s="14" t="n">
-        <v>6114398.0</v>
+        <v>6920.0</v>
       </c>
       <c r="P45" s="14" t="n">
-        <v>5892458.0</v>
+        <v>6395.0</v>
       </c>
       <c r="Q45" s="14" t="n">
-        <v>5525967.0</v>
+        <v>7224.0</v>
       </c>
       <c r="R45" s="14" t="n">
-        <v>5142021.0</v>
+        <v>7740.0</v>
       </c>
       <c r="S45" s="14" t="n">
-        <v>4805809.0</v>
+        <v>6840.0</v>
       </c>
       <c r="T45" s="14" t="n">
-        <v>4432815.0</v>
+        <v>6087.0</v>
       </c>
       <c r="U45" s="14" t="n">
-        <v>4232297.0</v>
+        <v>5499.0</v>
       </c>
       <c r="V45" s="14" t="n">
-        <v>3918308.0</v>
+        <v>5264.0</v>
       </c>
       <c r="W45" s="14" t="n">
-        <v>3675079.0</v>
+        <v>4613.0</v>
+      </c>
+      <c r="X45" s="14" t="n">
+        <v>3448.0</v>
+      </c>
+      <c r="Y45" s="14" t="n">
+        <v>5021.0</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT:   Other current transfers</t>
         </is>
       </c>
       <c r="B46" s="14" t="n">
-        <v>3941597.0</v>
+        <v>1918713.0</v>
       </c>
       <c r="C46" s="14" t="n">
-        <v>3265687.0</v>
+        <v>1799027.0</v>
       </c>
       <c r="D46" s="14" t="n">
-        <v>3366740.0</v>
+        <v>1757152.0</v>
       </c>
       <c r="E46" s="14" t="n">
-        <v>3198576.0</v>
+        <v>1460315.0</v>
       </c>
       <c r="F46" s="14" t="n">
-        <v>2899855.0</v>
+        <v>1526776.0</v>
       </c>
       <c r="G46" s="14" t="n">
-        <v>2555065.0</v>
+        <v>1459340.0</v>
       </c>
       <c r="H46" s="14" t="n">
-        <v>2287437.0</v>
+        <v>1346790.0</v>
       </c>
       <c r="I46" s="14" t="n">
-        <v>2118609.0</v>
+        <v>1207986.0</v>
       </c>
       <c r="J46" s="14" t="n">
-        <v>2094873.0</v>
+        <v>1094116.0</v>
       </c>
       <c r="K46" s="14" t="n">
-        <v>2033272.0</v>
+        <v>1034719.0</v>
       </c>
       <c r="L46" s="14" t="n">
-        <v>2015808.0</v>
+        <v>1020582.0</v>
       </c>
       <c r="M46" s="14" t="n">
-        <v>1999775.0</v>
+        <v>976013.0</v>
       </c>
       <c r="N46" s="14" t="n">
-        <v>2258029.0</v>
+        <v>945820.0</v>
       </c>
       <c r="O46" s="14" t="n">
-        <v>2438134.0</v>
+        <v>953848.0</v>
       </c>
       <c r="P46" s="14" t="n">
-        <v>2375217.0</v>
+        <v>1020987.0</v>
       </c>
       <c r="Q46" s="14" t="n">
-        <v>2164108.0</v>
+        <v>1052810.0</v>
       </c>
       <c r="R46" s="14" t="n">
-        <v>2101877.0</v>
+        <v>1036346.0</v>
       </c>
       <c r="S46" s="14" t="n">
-        <v>1974421.0</v>
+        <v>971871.0</v>
       </c>
       <c r="T46" s="14" t="n">
-        <v>1895896.0</v>
+        <v>953362.0</v>
       </c>
       <c r="U46" s="14" t="n">
-        <v>1855187.0</v>
+        <v>910277.0</v>
       </c>
       <c r="V46" s="14" t="n">
-        <v>1832048.0</v>
+        <v>888148.0</v>
       </c>
       <c r="W46" s="14" t="n">
-        <v>1610343.0</v>
+        <v>882487.0</v>
+      </c>
+      <c r="X46" s="14" t="n">
+        <v>830982.0</v>
+      </c>
+      <c r="Y46" s="14" t="n">
+        <v>781980.0</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT: Gross disposable income</t>
         </is>
       </c>
       <c r="B47" s="14" t="n">
-        <v>2.9826683E7</v>
+        <v>2.0408475E7</v>
       </c>
       <c r="C47" s="14" t="n">
-        <v>2.7951318E7</v>
+        <v>1.8720235E7</v>
       </c>
       <c r="D47" s="14" t="n">
-        <v>2.9738978E7</v>
+        <v>1.7540972E7</v>
       </c>
       <c r="E47" s="14" t="n">
-        <v>2.8412481E7</v>
+        <v>1.6948778E7</v>
       </c>
       <c r="F47" s="14" t="n">
-        <v>2.7760994E7</v>
+        <v>1.7095708E7</v>
       </c>
       <c r="G47" s="14" t="n">
-        <v>2.6525992E7</v>
+        <v>1.6549534E7</v>
       </c>
       <c r="H47" s="14" t="n">
-        <v>2.5643726E7</v>
+        <v>1.6132269E7</v>
       </c>
       <c r="I47" s="14" t="n">
-        <v>2.4546422E7</v>
+        <v>1.5641303E7</v>
       </c>
       <c r="J47" s="14" t="n">
-        <v>2.4667074E7</v>
+        <v>1.5605817E7</v>
       </c>
       <c r="K47" s="14" t="n">
-        <v>2.461406E7</v>
+        <v>1.5118284E7</v>
       </c>
       <c r="L47" s="14" t="n">
-        <v>2.5886699E7</v>
+        <v>1.5212573E7</v>
       </c>
       <c r="M47" s="14" t="n">
-        <v>2.5445047E7</v>
+        <v>1.5325851E7</v>
       </c>
       <c r="N47" s="14" t="n">
-        <v>2.5228511E7</v>
+        <v>1.6174555E7</v>
       </c>
       <c r="O47" s="14" t="n">
-        <v>2.5646103E7</v>
+        <v>1.5938625E7</v>
       </c>
       <c r="P47" s="14" t="n">
-        <v>2.4714779E7</v>
+        <v>1.5989583E7</v>
       </c>
       <c r="Q47" s="14" t="n">
-        <v>2.3657189E7</v>
+        <v>1.6626002E7</v>
       </c>
       <c r="R47" s="14" t="n">
-        <v>2.2645124E7</v>
+        <v>1.6107777E7</v>
       </c>
       <c r="S47" s="14" t="n">
-        <v>2.147445E7</v>
+        <v>1.5149638E7</v>
       </c>
       <c r="T47" s="14" t="n">
-        <v>2.0508265E7</v>
+        <v>1.409071E7</v>
       </c>
       <c r="U47" s="14" t="n">
-        <v>1.9216064E7</v>
+        <v>1.3098898E7</v>
       </c>
       <c r="V47" s="14" t="n">
-        <v>1.7995518E7</v>
+        <v>1.2445828E7</v>
       </c>
       <c r="W47" s="14" t="n">
-        <v>1.6637312E7</v>
+        <v>1.1726043E7</v>
+      </c>
+      <c r="X47" s="14" t="n">
+        <v>1.1072665E7</v>
+      </c>
+      <c r="Y47" s="14" t="n">
+        <v>1.0282039E7</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="6" t="inlineStr">
         <is>
-          <t>CANTABRIA</t>
+          <t>04 Balears, Illes</t>
         </is>
       </c>
       <c r="B48" s="6"/>
       <c r="C48" s="6"/>
       <c r="D48" s="6"/>
       <c r="E48" s="6"/>
       <c r="F48" s="6"/>
       <c r="G48" s="6"/>
       <c r="H48" s="6"/>
       <c r="I48" s="6"/>
       <c r="J48" s="6"/>
       <c r="K48" s="6"/>
       <c r="L48" s="6"/>
       <c r="M48" s="6"/>
       <c r="N48" s="6"/>
       <c r="O48" s="6"/>
       <c r="P48" s="6"/>
       <c r="Q48" s="6"/>
       <c r="R48" s="6"/>
       <c r="S48" s="6"/>
       <c r="T48" s="6"/>
       <c r="U48" s="6"/>
       <c r="V48" s="6"/>
       <c r="W48" s="6"/>
+      <c r="X48" s="6"/>
+      <c r="Y48" s="6"/>
     </row>
     <row r="49">
       <c r="A49" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RESOURCES: Balance of gross primary income</t>
         </is>
       </c>
       <c r="B49" s="14" t="n">
-        <v>9719547.0</v>
+        <v>2.9235595E7</v>
       </c>
       <c r="C49" s="14" t="n">
-        <v>9077015.0</v>
+        <v>2.6039749E7</v>
       </c>
       <c r="D49" s="14" t="n">
-        <v>9701271.0</v>
+        <v>2.1905866E7</v>
       </c>
       <c r="E49" s="14" t="n">
-        <v>9439375.0</v>
+        <v>1.9686849E7</v>
       </c>
       <c r="F49" s="14" t="n">
-        <v>9091395.0</v>
+        <v>2.3879717E7</v>
       </c>
       <c r="G49" s="14" t="n">
-        <v>8715987.0</v>
+        <v>2.268769E7</v>
       </c>
       <c r="H49" s="14" t="n">
-        <v>8450603.0</v>
+        <v>2.1535718E7</v>
       </c>
       <c r="I49" s="14" t="n">
-        <v>8204480.0</v>
+        <v>2.0492012E7</v>
       </c>
       <c r="J49" s="14" t="n">
-        <v>8106494.0</v>
+        <v>1.9320379E7</v>
       </c>
       <c r="K49" s="14" t="n">
-        <v>8206124.0</v>
+        <v>1.8235271E7</v>
       </c>
       <c r="L49" s="14" t="n">
-        <v>8862218.0</v>
+        <v>1.7742539E7</v>
       </c>
       <c r="M49" s="14" t="n">
-        <v>8868702.0</v>
+        <v>1.7743279E7</v>
       </c>
       <c r="N49" s="14" t="n">
-        <v>8998647.0</v>
+        <v>1.8617651E7</v>
       </c>
       <c r="O49" s="14" t="n">
-        <v>9646322.0</v>
+        <v>1.8418051E7</v>
       </c>
       <c r="P49" s="14" t="n">
-        <v>9293417.0</v>
+        <v>1.8478537E7</v>
       </c>
       <c r="Q49" s="14" t="n">
-        <v>8738196.0</v>
+        <v>1.9423208E7</v>
       </c>
       <c r="R49" s="14" t="n">
-        <v>8184046.0</v>
+        <v>1.8875557E7</v>
       </c>
       <c r="S49" s="14" t="n">
-        <v>7586144.0</v>
+        <v>1.7856082E7</v>
       </c>
       <c r="T49" s="14" t="n">
-        <v>7173712.0</v>
+        <v>1.6610169E7</v>
       </c>
       <c r="U49" s="14" t="n">
-        <v>6791542.0</v>
+        <v>1.5568957E7</v>
       </c>
       <c r="V49" s="14" t="n">
-        <v>6399906.0</v>
+        <v>1.4485086E7</v>
       </c>
       <c r="W49" s="14" t="n">
-        <v>5846911.0</v>
+        <v>1.3867702E7</v>
+      </c>
+      <c r="X49" s="14" t="n">
+        <v>1.3202307E7</v>
+      </c>
+      <c r="Y49" s="14" t="n">
+        <v>1.2107818E7</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    RESOURCES: Social benefits other than social transfers in kind (1)</t>
+          <t xml:space="preserve">    RESOURCES: Net social contributions</t>
         </is>
       </c>
       <c r="B50" s="14" t="n">
-        <v>3321720.0</v>
+        <v>9905.0</v>
       </c>
       <c r="C50" s="14" t="n">
-        <v>3376820.0</v>
+        <v>6971.0</v>
       </c>
       <c r="D50" s="14" t="n">
-        <v>2983447.0</v>
+        <v>7306.0</v>
       </c>
       <c r="E50" s="14" t="n">
-        <v>2807385.0</v>
+        <v>7423.0</v>
       </c>
       <c r="F50" s="14" t="n">
-        <v>2705529.0</v>
+        <v>8248.0</v>
       </c>
       <c r="G50" s="14" t="n">
-        <v>2642514.0</v>
+        <v>6257.0</v>
       </c>
       <c r="H50" s="14" t="n">
-        <v>2597977.0</v>
+        <v>5346.0</v>
       </c>
       <c r="I50" s="14" t="n">
-        <v>2619566.0</v>
+        <v>3858.0</v>
       </c>
       <c r="J50" s="14" t="n">
-        <v>2659212.0</v>
+        <v>3620.0</v>
       </c>
       <c r="K50" s="14" t="n">
-        <v>2606079.0</v>
+        <v>3369.0</v>
       </c>
       <c r="L50" s="14" t="n">
-        <v>2537719.0</v>
+        <v>3670.0</v>
       </c>
       <c r="M50" s="14" t="n">
-        <v>2537592.0</v>
+        <v>4538.0</v>
       </c>
       <c r="N50" s="14" t="n">
-        <v>2479704.0</v>
+        <v>5595.0</v>
       </c>
       <c r="O50" s="14" t="n">
-        <v>2220054.0</v>
+        <v>6780.0</v>
       </c>
       <c r="P50" s="14" t="n">
-        <v>1988517.0</v>
+        <v>7695.0</v>
       </c>
       <c r="Q50" s="14" t="n">
-        <v>1884235.0</v>
+        <v>9172.0</v>
       </c>
       <c r="R50" s="14" t="n">
-        <v>1752972.0</v>
+        <v>7637.0</v>
       </c>
       <c r="S50" s="14" t="n">
-        <v>1643432.0</v>
+        <v>7598.0</v>
       </c>
       <c r="T50" s="14" t="n">
-        <v>1499778.0</v>
+        <v>7444.0</v>
       </c>
       <c r="U50" s="14" t="n">
-        <v>1397033.0</v>
+        <v>6009.0</v>
       </c>
       <c r="V50" s="14" t="n">
-        <v>1274609.0</v>
+        <v>5330.0</v>
       </c>
       <c r="W50" s="14" t="n">
-        <v>1223114.0</v>
+        <v>5069.0</v>
+      </c>
+      <c r="X50" s="14" t="n">
+        <v>4753.0</v>
+      </c>
+      <c r="Y50" s="14" t="n">
+        <v>4565.0</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    RESOURCES: Other current transfers</t>
+          <t xml:space="preserve">    RESOURCES: Social benefits other than social transfers in kind (1)</t>
         </is>
       </c>
       <c r="B51" s="14" t="n">
-        <v>993197.0</v>
+        <v>5817656.0</v>
       </c>
       <c r="C51" s="14" t="n">
-        <v>761698.0</v>
+        <v>5283165.0</v>
       </c>
       <c r="D51" s="14" t="n">
-        <v>770391.0</v>
+        <v>5776407.0</v>
       </c>
       <c r="E51" s="14" t="n">
-        <v>755688.0</v>
+        <v>5697611.0</v>
       </c>
       <c r="F51" s="14" t="n">
-        <v>721585.0</v>
+        <v>4464465.0</v>
       </c>
       <c r="G51" s="14" t="n">
-        <v>595254.0</v>
+        <v>4128402.0</v>
       </c>
       <c r="H51" s="14" t="n">
-        <v>527060.0</v>
+        <v>3935365.0</v>
       </c>
       <c r="I51" s="14" t="n">
-        <v>509643.0</v>
+        <v>3879035.0</v>
       </c>
       <c r="J51" s="14" t="n">
-        <v>543049.0</v>
+        <v>3792008.0</v>
       </c>
       <c r="K51" s="14" t="n">
-        <v>499604.0</v>
+        <v>3835880.0</v>
       </c>
       <c r="L51" s="14" t="n">
-        <v>526809.0</v>
+        <v>3827840.0</v>
       </c>
       <c r="M51" s="14" t="n">
-        <v>493569.0</v>
+        <v>3881700.0</v>
       </c>
       <c r="N51" s="14" t="n">
-        <v>564049.0</v>
+        <v>3830404.0</v>
       </c>
       <c r="O51" s="14" t="n">
-        <v>541860.0</v>
+        <v>3786257.0</v>
       </c>
       <c r="P51" s="14" t="n">
-        <v>545939.0</v>
+        <v>3627896.0</v>
       </c>
       <c r="Q51" s="14" t="n">
-        <v>523975.0</v>
+        <v>3217487.0</v>
       </c>
       <c r="R51" s="14" t="n">
-        <v>501990.0</v>
+        <v>2793597.0</v>
       </c>
       <c r="S51" s="14" t="n">
-        <v>476352.0</v>
+        <v>2611042.0</v>
       </c>
       <c r="T51" s="14" t="n">
-        <v>445237.0</v>
+        <v>2400492.0</v>
       </c>
       <c r="U51" s="14" t="n">
-        <v>457111.0</v>
+        <v>2252384.0</v>
       </c>
       <c r="V51" s="14" t="n">
-        <v>451387.0</v>
+        <v>2069708.0</v>
       </c>
       <c r="W51" s="14" t="n">
-        <v>463452.0</v>
+        <v>1943520.0</v>
+      </c>
+      <c r="X51" s="14" t="n">
+        <v>1766180.0</v>
+      </c>
+      <c r="Y51" s="14" t="n">
+        <v>1683903.0</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    EMPLOYMENT: Current taxes on income, capital gains, etc.</t>
+          <t xml:space="preserve">    RESOURCES: Other current transfers</t>
         </is>
       </c>
       <c r="B52" s="14" t="n">
-        <v>1294473.0</v>
+        <v>2252651.0</v>
       </c>
       <c r="C52" s="14" t="n">
-        <v>1203373.0</v>
+        <v>2065077.0</v>
       </c>
       <c r="D52" s="14" t="n">
-        <v>1181430.0</v>
+        <v>1941428.0</v>
       </c>
       <c r="E52" s="14" t="n">
-        <v>1141039.0</v>
+        <v>1643172.0</v>
       </c>
       <c r="F52" s="14" t="n">
-        <v>1090458.0</v>
+        <v>1693168.0</v>
       </c>
       <c r="G52" s="14" t="n">
-        <v>1016919.0</v>
+        <v>1620203.0</v>
       </c>
       <c r="H52" s="14" t="n">
-        <v>1002993.0</v>
+        <v>1479259.0</v>
       </c>
       <c r="I52" s="14" t="n">
-        <v>1052052.0</v>
+        <v>1343925.0</v>
       </c>
       <c r="J52" s="14" t="n">
-        <v>1046652.0</v>
+        <v>1242011.0</v>
       </c>
       <c r="K52" s="14" t="n">
-        <v>1040250.0</v>
+        <v>1124391.0</v>
       </c>
       <c r="L52" s="14" t="n">
-        <v>1049439.0</v>
+        <v>1113096.0</v>
       </c>
       <c r="M52" s="14" t="n">
-        <v>1032485.0</v>
+        <v>1107052.0</v>
       </c>
       <c r="N52" s="14" t="n">
-        <v>973754.0</v>
+        <v>1059289.0</v>
       </c>
       <c r="O52" s="14" t="n">
-        <v>1094074.0</v>
+        <v>1017606.0</v>
       </c>
       <c r="P52" s="14" t="n">
-        <v>1100152.0</v>
+        <v>1235431.0</v>
       </c>
       <c r="Q52" s="14" t="n">
-        <v>931010.0</v>
+        <v>1317472.0</v>
       </c>
       <c r="R52" s="14" t="n">
-        <v>825387.0</v>
+        <v>1212636.0</v>
       </c>
       <c r="S52" s="14" t="n">
-        <v>772486.0</v>
+        <v>1143602.0</v>
       </c>
       <c r="T52" s="14" t="n">
-        <v>677345.0</v>
+        <v>1136007.0</v>
       </c>
       <c r="U52" s="14" t="n">
-        <v>673585.0</v>
+        <v>1054011.0</v>
       </c>
       <c r="V52" s="14" t="n">
-        <v>622510.0</v>
+        <v>1076053.0</v>
       </c>
       <c r="W52" s="14" t="n">
-        <v>562254.0</v>
+        <v>1074652.0</v>
+      </c>
+      <c r="X52" s="14" t="n">
+        <v>1019898.0</v>
+      </c>
+      <c r="Y52" s="14" t="n">
+        <v>971166.0</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    EMPLOYMENT:   Net social contributions (2)</t>
+          <t xml:space="preserve">    EMPLOYMENT: Current taxes on income, capital gains, etc.</t>
         </is>
       </c>
       <c r="B53" s="14" t="n">
-        <v>2063547.0</v>
+        <v>4130268.0</v>
       </c>
       <c r="C53" s="14" t="n">
-        <v>1941815.0</v>
+        <v>3775045.0</v>
       </c>
       <c r="D53" s="14" t="n">
-        <v>1947984.0</v>
+        <v>2932780.0</v>
       </c>
       <c r="E53" s="14" t="n">
-        <v>1819412.0</v>
+        <v>2476463.0</v>
       </c>
       <c r="F53" s="14" t="n">
-        <v>1766511.0</v>
+        <v>2828269.0</v>
       </c>
       <c r="G53" s="14" t="n">
-        <v>1709387.0</v>
+        <v>2769482.0</v>
       </c>
       <c r="H53" s="14" t="n">
-        <v>1691715.0</v>
+        <v>2519394.0</v>
       </c>
       <c r="I53" s="14" t="n">
-        <v>1706713.0</v>
+        <v>2240877.0</v>
       </c>
       <c r="J53" s="14" t="n">
-        <v>1698326.0</v>
+        <v>2086419.0</v>
       </c>
       <c r="K53" s="14" t="n">
-        <v>1751557.0</v>
+        <v>2058277.0</v>
       </c>
       <c r="L53" s="14" t="n">
-        <v>1838789.0</v>
+        <v>1918693.0</v>
       </c>
       <c r="M53" s="14" t="n">
-        <v>1875586.0</v>
+        <v>1845001.0</v>
       </c>
       <c r="N53" s="14" t="n">
-        <v>1870012.0</v>
+        <v>1818919.0</v>
       </c>
       <c r="O53" s="14" t="n">
-        <v>1898766.0</v>
+        <v>1771053.0</v>
       </c>
       <c r="P53" s="14" t="n">
-        <v>1791183.0</v>
+        <v>1688795.0</v>
       </c>
       <c r="Q53" s="14" t="n">
-        <v>1683394.0</v>
+        <v>1907400.0</v>
       </c>
       <c r="R53" s="14" t="n">
-        <v>1539915.0</v>
+        <v>1955904.0</v>
       </c>
       <c r="S53" s="14" t="n">
-        <v>1439517.0</v>
+        <v>1688960.0</v>
       </c>
       <c r="T53" s="14" t="n">
-        <v>1321683.0</v>
+        <v>1476469.0</v>
       </c>
       <c r="U53" s="14" t="n">
-        <v>1264133.0</v>
+        <v>1409128.0</v>
       </c>
       <c r="V53" s="14" t="n">
-        <v>1184916.0</v>
+        <v>1227163.0</v>
       </c>
       <c r="W53" s="14" t="n">
-        <v>1111068.0</v>
+        <v>1232652.0</v>
+      </c>
+      <c r="X53" s="14" t="n">
+        <v>1137710.0</v>
+      </c>
+      <c r="Y53" s="14" t="n">
+        <v>1020917.0</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    EMPLOYMENT:   Other current transfers</t>
+          <t xml:space="preserve">    EMPLOYMENT:   Net social contributions (2)</t>
         </is>
       </c>
       <c r="B54" s="14" t="n">
-        <v>1046632.0</v>
+        <v>5828908.0</v>
       </c>
       <c r="C54" s="14" t="n">
-        <v>854243.0</v>
+        <v>5134367.0</v>
       </c>
       <c r="D54" s="14" t="n">
-        <v>885834.0</v>
+        <v>4487044.0</v>
       </c>
       <c r="E54" s="14" t="n">
-        <v>834218.0</v>
+        <v>4177636.0</v>
       </c>
       <c r="F54" s="14" t="n">
-        <v>753632.0</v>
+        <v>4710166.0</v>
       </c>
       <c r="G54" s="14" t="n">
-        <v>672823.0</v>
+        <v>4355868.0</v>
       </c>
       <c r="H54" s="14" t="n">
-        <v>606635.0</v>
+        <v>4103045.0</v>
       </c>
       <c r="I54" s="14" t="n">
-        <v>583601.0</v>
+        <v>3829163.0</v>
       </c>
       <c r="J54" s="14" t="n">
-        <v>575759.0</v>
+        <v>3626538.0</v>
       </c>
       <c r="K54" s="14" t="n">
-        <v>553281.0</v>
+        <v>3525988.0</v>
       </c>
       <c r="L54" s="14" t="n">
-        <v>561476.0</v>
+        <v>3364722.0</v>
       </c>
       <c r="M54" s="14" t="n">
-        <v>565000.0</v>
+        <v>3421760.0</v>
       </c>
       <c r="N54" s="14" t="n">
-        <v>570627.0</v>
+        <v>3541055.0</v>
       </c>
       <c r="O54" s="14" t="n">
-        <v>582712.0</v>
+        <v>3624314.0</v>
       </c>
       <c r="P54" s="14" t="n">
-        <v>584554.0</v>
+        <v>3612278.0</v>
       </c>
       <c r="Q54" s="14" t="n">
-        <v>576768.0</v>
+        <v>3731927.0</v>
       </c>
       <c r="R54" s="14" t="n">
-        <v>531987.0</v>
+        <v>3495306.0</v>
       </c>
       <c r="S54" s="14" t="n">
-        <v>488745.0</v>
+        <v>3275010.0</v>
       </c>
       <c r="T54" s="14" t="n">
-        <v>460851.0</v>
+        <v>2973005.0</v>
       </c>
       <c r="U54" s="14" t="n">
-        <v>455421.0</v>
+        <v>2759690.0</v>
       </c>
       <c r="V54" s="14" t="n">
-        <v>446854.0</v>
+        <v>2561196.0</v>
       </c>
       <c r="W54" s="14" t="n">
-        <v>412922.0</v>
+        <v>2460978.0</v>
+      </c>
+      <c r="X54" s="14" t="n">
+        <v>2306067.0</v>
+      </c>
+      <c r="Y54" s="14" t="n">
+        <v>2140875.0</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    EMPLOYMENT: Gross disposable income</t>
+          <t xml:space="preserve">    EMPLOYMENT: Social benefits other than social transfers in kind</t>
         </is>
       </c>
       <c r="B55" s="14" t="n">
-        <v>9629812.0</v>
+        <v>10709.0</v>
       </c>
       <c r="C55" s="14" t="n">
-        <v>9216102.0</v>
+        <v>9319.0</v>
       </c>
       <c r="D55" s="14" t="n">
-        <v>9439861.0</v>
+        <v>5743.0</v>
       </c>
       <c r="E55" s="14" t="n">
-        <v>9207779.0</v>
+        <v>4971.0</v>
       </c>
       <c r="F55" s="14" t="n">
-        <v>8907908.0</v>
+        <v>5600.0</v>
       </c>
       <c r="G55" s="14" t="n">
-        <v>8554626.0</v>
+        <v>4244.0</v>
       </c>
       <c r="H55" s="14" t="n">
-        <v>8274297.0</v>
+        <v>3762.0</v>
       </c>
       <c r="I55" s="14" t="n">
-        <v>7991323.0</v>
+        <v>3181.0</v>
       </c>
       <c r="J55" s="14" t="n">
-        <v>7988018.0</v>
+        <v>2345.0</v>
       </c>
       <c r="K55" s="14" t="n">
-        <v>7966719.0</v>
+        <v>1507.0</v>
       </c>
       <c r="L55" s="14" t="n">
-        <v>8477042.0</v>
+        <v>2264.0</v>
       </c>
       <c r="M55" s="14" t="n">
-        <v>8426792.0</v>
+        <v>3183.0</v>
       </c>
       <c r="N55" s="14" t="n">
-        <v>8628007.0</v>
+        <v>3203.0</v>
       </c>
       <c r="O55" s="14" t="n">
-        <v>8832684.0</v>
+        <v>7520.0</v>
       </c>
       <c r="P55" s="14" t="n">
-        <v>8351984.0</v>
+        <v>7612.0</v>
       </c>
       <c r="Q55" s="14" t="n">
-        <v>7955234.0</v>
+        <v>8370.0</v>
       </c>
       <c r="R55" s="14" t="n">
-        <v>7541719.0</v>
+        <v>7829.0</v>
       </c>
       <c r="S55" s="14" t="n">
-        <v>7005180.0</v>
+        <v>6833.0</v>
       </c>
       <c r="T55" s="14" t="n">
-        <v>6658848.0</v>
+        <v>6192.0</v>
       </c>
       <c r="U55" s="14" t="n">
-        <v>6252547.0</v>
+        <v>5234.0</v>
       </c>
       <c r="V55" s="14" t="n">
-        <v>5871622.0</v>
+        <v>4770.0</v>
       </c>
       <c r="W55" s="14" t="n">
-        <v>5447233.0</v>
+        <v>4293.0</v>
+      </c>
+      <c r="X55" s="14" t="n">
+        <v>3277.0</v>
+      </c>
+      <c r="Y55" s="14" t="n">
+        <v>4885.0</v>
       </c>
     </row>
     <row r="56">
-      <c r="A56" s="6" t="inlineStr">
-[...25 lines deleted...]
-      <c r="W56" s="6"/>
+      <c r="A56" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    EMPLOYMENT:   Other current transfers</t>
+        </is>
+      </c>
+      <c r="B56" s="14" t="n">
+        <v>2672356.0</v>
+      </c>
+      <c r="C56" s="14" t="n">
+        <v>2462482.0</v>
+      </c>
+      <c r="D56" s="14" t="n">
+        <v>2331285.0</v>
+      </c>
+      <c r="E56" s="14" t="n">
+        <v>1957443.0</v>
+      </c>
+      <c r="F56" s="14" t="n">
+        <v>2061445.0</v>
+      </c>
+      <c r="G56" s="14" t="n">
+        <v>1960058.0</v>
+      </c>
+      <c r="H56" s="14" t="n">
+        <v>1799525.0</v>
+      </c>
+      <c r="I56" s="14" t="n">
+        <v>1594100.0</v>
+      </c>
+      <c r="J56" s="14" t="n">
+        <v>1473822.0</v>
+      </c>
+      <c r="K56" s="14" t="n">
+        <v>1366705.0</v>
+      </c>
+      <c r="L56" s="14" t="n">
+        <v>1371688.0</v>
+      </c>
+      <c r="M56" s="14" t="n">
+        <v>1342106.0</v>
+      </c>
+      <c r="N56" s="14" t="n">
+        <v>1295642.0</v>
+      </c>
+      <c r="O56" s="14" t="n">
+        <v>1281451.0</v>
+      </c>
+      <c r="P56" s="14" t="n">
+        <v>1416432.0</v>
+      </c>
+      <c r="Q56" s="14" t="n">
+        <v>1495590.0</v>
+      </c>
+      <c r="R56" s="14" t="n">
+        <v>1455271.0</v>
+      </c>
+      <c r="S56" s="14" t="n">
+        <v>1371926.0</v>
+      </c>
+      <c r="T56" s="14" t="n">
+        <v>1305205.0</v>
+      </c>
+      <c r="U56" s="14" t="n">
+        <v>1094836.0</v>
+      </c>
+      <c r="V56" s="14" t="n">
+        <v>1085981.0</v>
+      </c>
+      <c r="W56" s="14" t="n">
+        <v>1078616.0</v>
+      </c>
+      <c r="X56" s="14" t="n">
+        <v>1003871.0</v>
+      </c>
+      <c r="Y56" s="14" t="n">
+        <v>963597.0</v>
+      </c>
     </row>
     <row r="57">
       <c r="A57" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    RESOURCES: Balance of gross primary income</t>
+          <t xml:space="preserve">    EMPLOYMENT: Gross disposable income</t>
         </is>
       </c>
       <c r="B57" s="14" t="n">
-        <v>3.9475375E7</v>
+        <v>2.4673566E7</v>
       </c>
       <c r="C57" s="14" t="n">
-        <v>3.7457667E7</v>
+        <v>2.2013749E7</v>
       </c>
       <c r="D57" s="14" t="n">
-        <v>3.9595978E7</v>
+        <v>1.9874155E7</v>
       </c>
       <c r="E57" s="14" t="n">
-        <v>3.8163029E7</v>
+        <v>1.8418542E7</v>
       </c>
       <c r="F57" s="14" t="n">
-        <v>3.6880595E7</v>
+        <v>2.0440118E7</v>
       </c>
       <c r="G57" s="14" t="n">
-        <v>3.5990977E7</v>
+        <v>1.93529E7</v>
       </c>
       <c r="H57" s="14" t="n">
-        <v>3.53619E7</v>
+        <v>1.8529962E7</v>
       </c>
       <c r="I57" s="14" t="n">
-        <v>3.4472142E7</v>
+        <v>1.8051509E7</v>
       </c>
       <c r="J57" s="14" t="n">
-        <v>3.4500674E7</v>
+        <v>1.7168894E7</v>
       </c>
       <c r="K57" s="14" t="n">
-        <v>3.5401423E7</v>
+        <v>1.6246434E7</v>
       </c>
       <c r="L57" s="14" t="n">
-        <v>3.7752489E7</v>
+        <v>1.6029778E7</v>
       </c>
       <c r="M57" s="14" t="n">
-        <v>3.7860188E7</v>
+        <v>1.6124519E7</v>
       </c>
       <c r="N57" s="14" t="n">
-        <v>3.793988E7</v>
+        <v>1.685412E7</v>
       </c>
       <c r="O57" s="14" t="n">
-        <v>4.0064702E7</v>
+        <v>1.6544356E7</v>
       </c>
       <c r="P57" s="14" t="n">
-        <v>3.9180499E7</v>
+        <v>1.6624442E7</v>
       </c>
       <c r="Q57" s="14" t="n">
-        <v>3.6698596E7</v>
+        <v>1.6824052E7</v>
       </c>
       <c r="R57" s="14" t="n">
-        <v>3.4423386E7</v>
+        <v>1.5975117E7</v>
       </c>
       <c r="S57" s="14" t="n">
-        <v>3.2485373E7</v>
+        <v>1.5275595E7</v>
       </c>
       <c r="T57" s="14" t="n">
-        <v>3.0856505E7</v>
+        <v>1.4393241E7</v>
       </c>
       <c r="U57" s="14" t="n">
-        <v>2.9318708E7</v>
+        <v>1.3612473E7</v>
       </c>
       <c r="V57" s="14" t="n">
-        <v>2.8044432E7</v>
+        <v>1.2757067E7</v>
       </c>
       <c r="W57" s="14" t="n">
-        <v>2.6062292E7</v>
+        <v>1.2114404E7</v>
+      </c>
+      <c r="X57" s="14" t="n">
+        <v>1.1542213E7</v>
+      </c>
+      <c r="Y57" s="14" t="n">
+        <v>1.0637178E7</v>
       </c>
     </row>
     <row r="58">
-      <c r="A58" s="7" t="inlineStr">
-[...69 lines deleted...]
-      </c>
+      <c r="A58" s="6" t="inlineStr">
+        <is>
+          <t>05 Canarias</t>
+        </is>
+      </c>
+      <c r="B58" s="6"/>
+      <c r="C58" s="6"/>
+      <c r="D58" s="6"/>
+      <c r="E58" s="6"/>
+      <c r="F58" s="6"/>
+      <c r="G58" s="6"/>
+      <c r="H58" s="6"/>
+      <c r="I58" s="6"/>
+      <c r="J58" s="6"/>
+      <c r="K58" s="6"/>
+      <c r="L58" s="6"/>
+      <c r="M58" s="6"/>
+      <c r="N58" s="6"/>
+      <c r="O58" s="6"/>
+      <c r="P58" s="6"/>
+      <c r="Q58" s="6"/>
+      <c r="R58" s="6"/>
+      <c r="S58" s="6"/>
+      <c r="T58" s="6"/>
+      <c r="U58" s="6"/>
+      <c r="V58" s="6"/>
+      <c r="W58" s="6"/>
+      <c r="X58" s="6"/>
+      <c r="Y58" s="6"/>
     </row>
     <row r="59">
       <c r="A59" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    RESOURCES: Other current transfers</t>
+          <t xml:space="preserve">    RESOURCES: Balance of gross primary income</t>
         </is>
       </c>
       <c r="B59" s="14" t="n">
-        <v>4107124.0</v>
+        <v>3.9103575E7</v>
       </c>
       <c r="C59" s="14" t="n">
-        <v>3423324.0</v>
+        <v>3.5308735E7</v>
       </c>
       <c r="D59" s="14" t="n">
-        <v>3355237.0</v>
+        <v>3.123959E7</v>
       </c>
       <c r="E59" s="14" t="n">
-        <v>3223172.0</v>
+        <v>2.876143E7</v>
       </c>
       <c r="F59" s="14" t="n">
-        <v>2959440.0</v>
+        <v>3.2989133E7</v>
       </c>
       <c r="G59" s="14" t="n">
-        <v>2685564.0</v>
+        <v>3.1465421E7</v>
       </c>
       <c r="H59" s="14" t="n">
-        <v>2423173.0</v>
+        <v>3.0478588E7</v>
       </c>
       <c r="I59" s="14" t="n">
-        <v>2221330.0</v>
+        <v>2.9009584E7</v>
       </c>
       <c r="J59" s="14" t="n">
-        <v>2282665.0</v>
+        <v>2.7950952E7</v>
       </c>
       <c r="K59" s="14" t="n">
-        <v>2426153.0</v>
+        <v>2.6876466E7</v>
       </c>
       <c r="L59" s="14" t="n">
-        <v>2327711.0</v>
+        <v>2.6607797E7</v>
       </c>
       <c r="M59" s="14" t="n">
-        <v>2330989.0</v>
+        <v>2.6575547E7</v>
       </c>
       <c r="N59" s="14" t="n">
-        <v>2537100.0</v>
+        <v>2.8196192E7</v>
       </c>
       <c r="O59" s="14" t="n">
-        <v>2742452.0</v>
+        <v>2.7849027E7</v>
       </c>
       <c r="P59" s="14" t="n">
-        <v>2515260.0</v>
+        <v>2.7659427E7</v>
       </c>
       <c r="Q59" s="14" t="n">
-        <v>2663900.0</v>
+        <v>2.9124661E7</v>
       </c>
       <c r="R59" s="14" t="n">
-        <v>2285344.0</v>
+        <v>2.8746367E7</v>
       </c>
       <c r="S59" s="14" t="n">
-        <v>2295274.0</v>
+        <v>2.7368019E7</v>
       </c>
       <c r="T59" s="14" t="n">
-        <v>2229925.0</v>
+        <v>2.5991528E7</v>
       </c>
       <c r="U59" s="14" t="n">
-        <v>2124342.0</v>
+        <v>2.4577743E7</v>
       </c>
       <c r="V59" s="14" t="n">
-        <v>2390921.0</v>
+        <v>2.3394763E7</v>
       </c>
       <c r="W59" s="14" t="n">
-        <v>1955730.0</v>
+        <v>2.1983038E7</v>
+      </c>
+      <c r="X59" s="14" t="n">
+        <v>2.0697924E7</v>
+      </c>
+      <c r="Y59" s="14" t="n">
+        <v>1.9045029E7</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    EMPLOYMENT: Current taxes on income, capital gains, etc.</t>
+          <t xml:space="preserve">    RESOURCES: Net social contributions</t>
         </is>
       </c>
       <c r="B60" s="14" t="n">
-        <v>4867323.0</v>
+        <v>16077.0</v>
       </c>
       <c r="C60" s="14" t="n">
-        <v>4605525.0</v>
+        <v>11391.0</v>
       </c>
       <c r="D60" s="14" t="n">
-        <v>4553558.0</v>
+        <v>12456.0</v>
       </c>
       <c r="E60" s="14" t="n">
-        <v>4279983.0</v>
+        <v>12883.0</v>
       </c>
       <c r="F60" s="14" t="n">
-        <v>4037150.0</v>
+        <v>13376.0</v>
       </c>
       <c r="G60" s="14" t="n">
-        <v>3891852.0</v>
+        <v>10174.0</v>
       </c>
       <c r="H60" s="14" t="n">
-        <v>3909080.0</v>
+        <v>8666.0</v>
       </c>
       <c r="I60" s="14" t="n">
-        <v>4106067.0</v>
+        <v>6318.0</v>
       </c>
       <c r="J60" s="14" t="n">
-        <v>4099317.0</v>
+        <v>6030.0</v>
       </c>
       <c r="K60" s="14" t="n">
-        <v>4087963.0</v>
+        <v>5706.0</v>
       </c>
       <c r="L60" s="14" t="n">
-        <v>4060568.0</v>
+        <v>6215.0</v>
       </c>
       <c r="M60" s="14" t="n">
-        <v>3990455.0</v>
+        <v>7823.0</v>
       </c>
       <c r="N60" s="14" t="n">
-        <v>3694433.0</v>
+        <v>9801.0</v>
       </c>
       <c r="O60" s="14" t="n">
-        <v>4031361.0</v>
+        <v>11687.0</v>
       </c>
       <c r="P60" s="14" t="n">
-        <v>4088966.0</v>
+        <v>13381.0</v>
       </c>
       <c r="Q60" s="14" t="n">
-        <v>3467764.0</v>
+        <v>16252.0</v>
       </c>
       <c r="R60" s="14" t="n">
-        <v>3019869.0</v>
+        <v>16091.0</v>
       </c>
       <c r="S60" s="14" t="n">
-        <v>2919573.0</v>
+        <v>16418.0</v>
       </c>
       <c r="T60" s="14" t="n">
-        <v>2562511.0</v>
+        <v>16154.0</v>
       </c>
       <c r="U60" s="14" t="n">
-        <v>2574031.0</v>
+        <v>13426.0</v>
       </c>
       <c r="V60" s="14" t="n">
-        <v>2372745.0</v>
+        <v>11906.0</v>
       </c>
       <c r="W60" s="14" t="n">
-        <v>2164198.0</v>
+        <v>11149.0</v>
+      </c>
+      <c r="X60" s="14" t="n">
+        <v>10339.0</v>
+      </c>
+      <c r="Y60" s="14" t="n">
+        <v>9885.0</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    EMPLOYMENT:   Net social contributions (2)</t>
+          <t xml:space="preserve">    RESOURCES: Social benefits other than social transfers in kind (1)</t>
         </is>
       </c>
       <c r="B61" s="14" t="n">
-        <v>8554387.0</v>
+        <v>1.0088422E7</v>
       </c>
       <c r="C61" s="14" t="n">
-        <v>8108304.0</v>
+        <v>9094779.0</v>
       </c>
       <c r="D61" s="14" t="n">
-        <v>8113526.0</v>
+        <v>9780703.0</v>
       </c>
       <c r="E61" s="14" t="n">
-        <v>7640450.0</v>
+        <v>9735832.0</v>
       </c>
       <c r="F61" s="14" t="n">
-        <v>7462842.0</v>
+        <v>7865131.0</v>
       </c>
       <c r="G61" s="14" t="n">
-        <v>7286734.0</v>
+        <v>7312376.0</v>
       </c>
       <c r="H61" s="14" t="n">
-        <v>7196907.0</v>
+        <v>6950390.0</v>
       </c>
       <c r="I61" s="14" t="n">
-        <v>7253065.0</v>
+        <v>6815056.0</v>
       </c>
       <c r="J61" s="14" t="n">
-        <v>7262609.0</v>
+        <v>6617685.0</v>
       </c>
       <c r="K61" s="14" t="n">
-        <v>7517049.0</v>
+        <v>6560928.0</v>
       </c>
       <c r="L61" s="14" t="n">
-        <v>7946165.0</v>
+        <v>6599231.0</v>
       </c>
       <c r="M61" s="14" t="n">
-        <v>8120301.0</v>
+        <v>6615434.0</v>
       </c>
       <c r="N61" s="14" t="n">
-        <v>8033076.0</v>
+        <v>6572067.0</v>
       </c>
       <c r="O61" s="14" t="n">
-        <v>8090770.0</v>
+        <v>6679230.0</v>
       </c>
       <c r="P61" s="14" t="n">
-        <v>7614279.0</v>
+        <v>6264749.0</v>
       </c>
       <c r="Q61" s="14" t="n">
-        <v>7200304.0</v>
+        <v>5639102.0</v>
       </c>
       <c r="R61" s="14" t="n">
-        <v>6654517.0</v>
+        <v>4999667.0</v>
       </c>
       <c r="S61" s="14" t="n">
-        <v>6266703.0</v>
+        <v>4610687.0</v>
       </c>
       <c r="T61" s="14" t="n">
-        <v>5722554.0</v>
+        <v>4195281.0</v>
       </c>
       <c r="U61" s="14" t="n">
-        <v>5528790.0</v>
+        <v>3887156.0</v>
       </c>
       <c r="V61" s="14" t="n">
-        <v>5185464.0</v>
+        <v>3456672.0</v>
       </c>
       <c r="W61" s="14" t="n">
-        <v>4944390.0</v>
+        <v>3250322.0</v>
+      </c>
+      <c r="X61" s="14" t="n">
+        <v>2929302.0</v>
+      </c>
+      <c r="Y61" s="14" t="n">
+        <v>2766284.0</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    EMPLOYMENT:   Other current transfers</t>
+          <t xml:space="preserve">    RESOURCES: Other current transfers</t>
         </is>
       </c>
       <c r="B62" s="14" t="n">
-        <v>4396464.0</v>
+        <v>3986293.0</v>
       </c>
       <c r="C62" s="14" t="n">
-        <v>3636406.0</v>
+        <v>3754197.0</v>
       </c>
       <c r="D62" s="14" t="n">
-        <v>3787860.0</v>
+        <v>3662937.0</v>
       </c>
       <c r="E62" s="14" t="n">
-        <v>3656084.0</v>
+        <v>2870915.0</v>
       </c>
       <c r="F62" s="14" t="n">
-        <v>3397973.0</v>
+        <v>2873939.0</v>
       </c>
       <c r="G62" s="14" t="n">
-        <v>3067110.0</v>
+        <v>2749291.0</v>
       </c>
       <c r="H62" s="14" t="n">
-        <v>2777197.0</v>
+        <v>2675730.0</v>
       </c>
       <c r="I62" s="14" t="n">
-        <v>2607074.0</v>
+        <v>2206527.0</v>
       </c>
       <c r="J62" s="14" t="n">
-        <v>2582455.0</v>
+        <v>1995098.0</v>
       </c>
       <c r="K62" s="14" t="n">
-        <v>2533518.0</v>
+        <v>1845584.0</v>
       </c>
       <c r="L62" s="14" t="n">
-        <v>2510144.0</v>
+        <v>1903858.0</v>
       </c>
       <c r="M62" s="14" t="n">
-        <v>2570158.0</v>
+        <v>1871152.0</v>
       </c>
       <c r="N62" s="14" t="n">
-        <v>2721839.0</v>
+        <v>1781333.0</v>
       </c>
       <c r="O62" s="14" t="n">
-        <v>2802471.0</v>
+        <v>1644023.0</v>
       </c>
       <c r="P62" s="14" t="n">
-        <v>2705902.0</v>
+        <v>2042217.0</v>
       </c>
       <c r="Q62" s="14" t="n">
-        <v>2463762.0</v>
+        <v>2199321.0</v>
       </c>
       <c r="R62" s="14" t="n">
-        <v>2411420.0</v>
+        <v>2085868.0</v>
       </c>
       <c r="S62" s="14" t="n">
-        <v>2293519.0</v>
+        <v>1814023.0</v>
       </c>
       <c r="T62" s="14" t="n">
-        <v>2233841.0</v>
+        <v>1850898.0</v>
       </c>
       <c r="U62" s="14" t="n">
-        <v>2151961.0</v>
+        <v>1891513.0</v>
       </c>
       <c r="V62" s="14" t="n">
-        <v>2046893.0</v>
+        <v>1818116.0</v>
       </c>
       <c r="W62" s="14" t="n">
-        <v>1885138.0</v>
+        <v>1889867.0</v>
+      </c>
+      <c r="X62" s="14" t="n">
+        <v>1787441.0</v>
+      </c>
+      <c r="Y62" s="14" t="n">
+        <v>1576668.0</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    EMPLOYMENT: Gross disposable income</t>
+          <t xml:space="preserve">    EMPLOYMENT: Current taxes on income, capital gains, etc.</t>
         </is>
       </c>
       <c r="B63" s="14" t="n">
-        <v>3.9699831E7</v>
+        <v>4621486.0</v>
       </c>
       <c r="C63" s="14" t="n">
-        <v>3.8711288E7</v>
+        <v>4050322.0</v>
       </c>
       <c r="D63" s="14" t="n">
-        <v>3.906684E7</v>
+        <v>3426298.0</v>
       </c>
       <c r="E63" s="14" t="n">
-        <v>3.7708147E7</v>
+        <v>3130672.0</v>
       </c>
       <c r="F63" s="14" t="n">
-        <v>3.6373606E7</v>
+        <v>3313139.0</v>
       </c>
       <c r="G63" s="14" t="n">
-        <v>3.5672765E7</v>
+        <v>3086203.0</v>
       </c>
       <c r="H63" s="14" t="n">
-        <v>3.5026507E7</v>
+        <v>2950793.0</v>
       </c>
       <c r="I63" s="14" t="n">
-        <v>3.3926001E7</v>
+        <v>2725914.0</v>
       </c>
       <c r="J63" s="14" t="n">
-        <v>3.4242219E7</v>
+        <v>2597666.0</v>
       </c>
       <c r="K63" s="14" t="n">
-        <v>3.4832551E7</v>
+        <v>2684204.0</v>
       </c>
       <c r="L63" s="14" t="n">
-        <v>3.6313853E7</v>
+        <v>2623222.0</v>
       </c>
       <c r="M63" s="14" t="n">
-        <v>3.6240106E7</v>
+        <v>2548964.0</v>
       </c>
       <c r="N63" s="14" t="n">
-        <v>3.6245863E7</v>
+        <v>2501962.0</v>
       </c>
       <c r="O63" s="14" t="n">
-        <v>3.7246847E7</v>
+        <v>2464796.0</v>
       </c>
       <c r="P63" s="14" t="n">
-        <v>3.5801175E7</v>
+        <v>2319312.0</v>
       </c>
       <c r="Q63" s="14" t="n">
-        <v>3.4288807E7</v>
+        <v>2547252.0</v>
       </c>
       <c r="R63" s="14" t="n">
-        <v>3.2123254E7</v>
+        <v>2647522.0</v>
       </c>
       <c r="S63" s="14" t="n">
-        <v>3.0369571E7</v>
+        <v>2286035.0</v>
       </c>
       <c r="T63" s="14" t="n">
-        <v>2.9113083E7</v>
+        <v>2052219.0</v>
       </c>
       <c r="U63" s="14" t="n">
-        <v>2.7430237E7</v>
+        <v>2013342.0</v>
       </c>
       <c r="V63" s="14" t="n">
-        <v>2.6512005E7</v>
+        <v>1760042.0</v>
       </c>
       <c r="W63" s="14" t="n">
-        <v>2.4572601E7</v>
+        <v>1760925.0</v>
+      </c>
+      <c r="X63" s="14" t="n">
+        <v>1615349.0</v>
+      </c>
+      <c r="Y63" s="14" t="n">
+        <v>1412048.0</v>
       </c>
     </row>
     <row r="64">
-      <c r="A64" s="6" t="inlineStr">
-[...25 lines deleted...]
-      <c r="W64" s="6"/>
+      <c r="A64" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    EMPLOYMENT:   Net social contributions (2)</t>
+        </is>
+      </c>
+      <c r="B64" s="14" t="n">
+        <v>8352802.0</v>
+      </c>
+      <c r="C64" s="14" t="n">
+        <v>7527485.0</v>
+      </c>
+      <c r="D64" s="14" t="n">
+        <v>6783906.0</v>
+      </c>
+      <c r="E64" s="14" t="n">
+        <v>6583891.0</v>
+      </c>
+      <c r="F64" s="14" t="n">
+        <v>6852463.0</v>
+      </c>
+      <c r="G64" s="14" t="n">
+        <v>6370718.0</v>
+      </c>
+      <c r="H64" s="14" t="n">
+        <v>6049625.0</v>
+      </c>
+      <c r="I64" s="14" t="n">
+        <v>5758249.0</v>
+      </c>
+      <c r="J64" s="14" t="n">
+        <v>5551658.0</v>
+      </c>
+      <c r="K64" s="14" t="n">
+        <v>5510659.0</v>
+      </c>
+      <c r="L64" s="14" t="n">
+        <v>5331017.0</v>
+      </c>
+      <c r="M64" s="14" t="n">
+        <v>5477899.0</v>
+      </c>
+      <c r="N64" s="14" t="n">
+        <v>5753634.0</v>
+      </c>
+      <c r="O64" s="14" t="n">
+        <v>5897111.0</v>
+      </c>
+      <c r="P64" s="14" t="n">
+        <v>5931783.0</v>
+      </c>
+      <c r="Q64" s="14" t="n">
+        <v>6131385.0</v>
+      </c>
+      <c r="R64" s="14" t="n">
+        <v>5909199.0</v>
+      </c>
+      <c r="S64" s="14" t="n">
+        <v>5543182.0</v>
+      </c>
+      <c r="T64" s="14" t="n">
+        <v>5159023.0</v>
+      </c>
+      <c r="U64" s="14" t="n">
+        <v>4820030.0</v>
+      </c>
+      <c r="V64" s="14" t="n">
+        <v>4445335.0</v>
+      </c>
+      <c r="W64" s="14" t="n">
+        <v>4244116.0</v>
+      </c>
+      <c r="X64" s="14" t="n">
+        <v>3929289.0</v>
+      </c>
+      <c r="Y64" s="14" t="n">
+        <v>3685625.0</v>
+      </c>
     </row>
     <row r="65">
       <c r="A65" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    RESOURCES: Balance of gross primary income</t>
+          <t xml:space="preserve">    EMPLOYMENT: Social benefits other than social transfers in kind</t>
         </is>
       </c>
       <c r="B65" s="14" t="n">
-        <v>3.0590097E7</v>
+        <v>16857.0</v>
       </c>
       <c r="C65" s="14" t="n">
-        <v>2.8704998E7</v>
+        <v>14973.0</v>
       </c>
       <c r="D65" s="14" t="n">
-        <v>2.93841E7</v>
+        <v>9873.0</v>
       </c>
       <c r="E65" s="14" t="n">
-        <v>2.8156572E7</v>
+        <v>8584.0</v>
       </c>
       <c r="F65" s="14" t="n">
-        <v>2.7350533E7</v>
+        <v>9008.0</v>
       </c>
       <c r="G65" s="14" t="n">
-        <v>2.6318388E7</v>
+        <v>7317.0</v>
       </c>
       <c r="H65" s="14" t="n">
-        <v>2.54974E7</v>
+        <v>5731.0</v>
       </c>
       <c r="I65" s="14" t="n">
-        <v>2.4489003E7</v>
+        <v>4798.0</v>
       </c>
       <c r="J65" s="14" t="n">
-        <v>2.4699638E7</v>
+        <v>3860.0</v>
       </c>
       <c r="K65" s="14" t="n">
-        <v>2.4909213E7</v>
+        <v>2408.0</v>
       </c>
       <c r="L65" s="14" t="n">
-        <v>2.6823155E7</v>
+        <v>3674.0</v>
       </c>
       <c r="M65" s="14" t="n">
-        <v>2.7117902E7</v>
+        <v>5333.0</v>
       </c>
       <c r="N65" s="14" t="n">
-        <v>2.7047776E7</v>
+        <v>5510.0</v>
       </c>
       <c r="O65" s="14" t="n">
-        <v>2.8139366E7</v>
+        <v>12993.0</v>
       </c>
       <c r="P65" s="14" t="n">
-        <v>2.7310053E7</v>
+        <v>12345.0</v>
       </c>
       <c r="Q65" s="14" t="n">
-        <v>2.5186806E7</v>
+        <v>14636.0</v>
       </c>
       <c r="R65" s="14" t="n">
-        <v>2.3511823E7</v>
+        <v>16338.0</v>
       </c>
       <c r="S65" s="14" t="n">
-        <v>2.1887284E7</v>
+        <v>14740.0</v>
       </c>
       <c r="T65" s="14" t="n">
-        <v>2.0512727E7</v>
+        <v>13763.0</v>
       </c>
       <c r="U65" s="14" t="n">
-        <v>1.9095759E7</v>
+        <v>12389.0</v>
       </c>
       <c r="V65" s="14" t="n">
-        <v>1.76865E7</v>
+        <v>11064.0</v>
       </c>
       <c r="W65" s="14" t="n">
-        <v>1.6068248E7</v>
+        <v>9315.0</v>
+      </c>
+      <c r="X65" s="14" t="n">
+        <v>7052.0</v>
+      </c>
+      <c r="Y65" s="14" t="n">
+        <v>10463.0</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    RESOURCES: Social benefits other than social transfers in kind (1)</t>
+          <t xml:space="preserve">    EMPLOYMENT:   Other current transfers</t>
         </is>
       </c>
       <c r="B66" s="14" t="n">
-        <v>8681227.0</v>
+        <v>4529735.0</v>
       </c>
       <c r="C66" s="14" t="n">
-        <v>8668580.0</v>
+        <v>4215928.0</v>
       </c>
       <c r="D66" s="14" t="n">
-        <v>7669319.0</v>
+        <v>4029218.0</v>
       </c>
       <c r="E66" s="14" t="n">
-        <v>7179277.0</v>
+        <v>3247954.0</v>
       </c>
       <c r="F66" s="14" t="n">
-        <v>6921467.0</v>
+        <v>3313363.0</v>
       </c>
       <c r="G66" s="14" t="n">
-        <v>6773086.0</v>
+        <v>3152820.0</v>
       </c>
       <c r="H66" s="14" t="n">
-        <v>6746614.0</v>
+        <v>2859578.0</v>
       </c>
       <c r="I66" s="14" t="n">
-        <v>6920714.0</v>
+        <v>2517252.0</v>
       </c>
       <c r="J66" s="14" t="n">
-        <v>7175531.0</v>
+        <v>2263064.0</v>
       </c>
       <c r="K66" s="14" t="n">
-        <v>7163608.0</v>
+        <v>2102459.0</v>
       </c>
       <c r="L66" s="14" t="n">
-        <v>6945024.0</v>
+        <v>2089421.0</v>
       </c>
       <c r="M66" s="14" t="n">
-        <v>6929373.0</v>
+        <v>2022114.0</v>
       </c>
       <c r="N66" s="14" t="n">
-        <v>6635029.0</v>
+        <v>2001506.0</v>
       </c>
       <c r="O66" s="14" t="n">
-        <v>5734055.0</v>
+        <v>1988528.0</v>
       </c>
       <c r="P66" s="14" t="n">
-        <v>4997172.0</v>
+        <v>2231681.0</v>
       </c>
       <c r="Q66" s="14" t="n">
-        <v>4636001.0</v>
+        <v>2406788.0</v>
       </c>
       <c r="R66" s="14" t="n">
-        <v>4299194.0</v>
+        <v>2353197.0</v>
       </c>
       <c r="S66" s="14" t="n">
-        <v>4009036.0</v>
+        <v>2142337.0</v>
       </c>
       <c r="T66" s="14" t="n">
-        <v>3690175.0</v>
+        <v>2082873.0</v>
       </c>
       <c r="U66" s="14" t="n">
-        <v>3512307.0</v>
+        <v>1956279.0</v>
       </c>
       <c r="V66" s="14" t="n">
-        <v>3194683.0</v>
+        <v>1877787.0</v>
       </c>
       <c r="W66" s="14" t="n">
-        <v>3085553.0</v>
+        <v>1837197.0</v>
+      </c>
+      <c r="X66" s="14" t="n">
+        <v>1817130.0</v>
+      </c>
+      <c r="Y66" s="14" t="n">
+        <v>1601403.0</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    RESOURCES: Other current transfers</t>
+          <t xml:space="preserve">    EMPLOYMENT: Gross disposable income</t>
         </is>
       </c>
       <c r="B67" s="14" t="n">
-        <v>3178501.0</v>
+        <v>3.5673487E7</v>
       </c>
       <c r="C67" s="14" t="n">
-        <v>2656707.0</v>
+        <v>3.2360394E7</v>
       </c>
       <c r="D67" s="14" t="n">
-        <v>2782223.0</v>
+        <v>3.0446391E7</v>
       </c>
       <c r="E67" s="14" t="n">
-        <v>2526812.0</v>
+        <v>2.8409959E7</v>
       </c>
       <c r="F67" s="14" t="n">
-        <v>2274182.0</v>
+        <v>3.0253606E7</v>
       </c>
       <c r="G67" s="14" t="n">
-        <v>2091082.0</v>
+        <v>2.8920204E7</v>
       </c>
       <c r="H67" s="14" t="n">
-        <v>1743975.0</v>
+        <v>2.8247647E7</v>
       </c>
       <c r="I67" s="14" t="n">
-        <v>1621859.0</v>
+        <v>2.7031272E7</v>
       </c>
       <c r="J67" s="14" t="n">
-        <v>1608709.0</v>
+        <v>2.6153517E7</v>
       </c>
       <c r="K67" s="14" t="n">
-        <v>1490546.0</v>
+        <v>2.4988954E7</v>
       </c>
       <c r="L67" s="14" t="n">
-        <v>1489341.0</v>
+        <v>2.5069767E7</v>
       </c>
       <c r="M67" s="14" t="n">
-        <v>1529728.0</v>
+        <v>2.5015646E7</v>
       </c>
       <c r="N67" s="14" t="n">
-        <v>1543564.0</v>
+        <v>2.6296781E7</v>
       </c>
       <c r="O67" s="14" t="n">
-        <v>1629941.0</v>
+        <v>2.5820539E7</v>
       </c>
       <c r="P67" s="14" t="n">
-        <v>1445592.0</v>
+        <v>2.5484653E7</v>
       </c>
       <c r="Q67" s="14" t="n">
-        <v>1337581.0</v>
+        <v>2.5879275E7</v>
       </c>
       <c r="R67" s="14" t="n">
-        <v>1323361.0</v>
+        <v>2.4921737E7</v>
       </c>
       <c r="S67" s="14" t="n">
-        <v>1318642.0</v>
+        <v>2.3822853E7</v>
       </c>
       <c r="T67" s="14" t="n">
-        <v>1236091.0</v>
+        <v>2.2745983E7</v>
       </c>
       <c r="U67" s="14" t="n">
-        <v>1174945.0</v>
+        <v>2.1567798E7</v>
       </c>
       <c r="V67" s="14" t="n">
-        <v>1127029.0</v>
+        <v>2.0587229E7</v>
       </c>
       <c r="W67" s="14" t="n">
-        <v>1141095.0</v>
+        <v>1.9282823E7</v>
+      </c>
+      <c r="X67" s="14" t="n">
+        <v>1.8056186E7</v>
+      </c>
+      <c r="Y67" s="14" t="n">
+        <v>1.6688327E7</v>
       </c>
     </row>
     <row r="68">
-      <c r="A68" s="7" t="inlineStr">
-[...69 lines deleted...]
-      </c>
+      <c r="A68" s="6" t="inlineStr">
+        <is>
+          <t>06 Cantabria</t>
+        </is>
+      </c>
+      <c r="B68" s="6"/>
+      <c r="C68" s="6"/>
+      <c r="D68" s="6"/>
+      <c r="E68" s="6"/>
+      <c r="F68" s="6"/>
+      <c r="G68" s="6"/>
+      <c r="H68" s="6"/>
+      <c r="I68" s="6"/>
+      <c r="J68" s="6"/>
+      <c r="K68" s="6"/>
+      <c r="L68" s="6"/>
+      <c r="M68" s="6"/>
+      <c r="N68" s="6"/>
+      <c r="O68" s="6"/>
+      <c r="P68" s="6"/>
+      <c r="Q68" s="6"/>
+      <c r="R68" s="6"/>
+      <c r="S68" s="6"/>
+      <c r="T68" s="6"/>
+      <c r="U68" s="6"/>
+      <c r="V68" s="6"/>
+      <c r="W68" s="6"/>
+      <c r="X68" s="6"/>
+      <c r="Y68" s="6"/>
     </row>
     <row r="69">
       <c r="A69" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    EMPLOYMENT:   Net social contributions (2)</t>
+          <t xml:space="preserve">    RESOURCES: Balance of gross primary income</t>
         </is>
       </c>
       <c r="B69" s="14" t="n">
-        <v>6408607.0</v>
+        <v>1.1593347E7</v>
       </c>
       <c r="C69" s="14" t="n">
-        <v>5976364.0</v>
+        <v>1.0737743E7</v>
       </c>
       <c r="D69" s="14" t="n">
-        <v>5886926.0</v>
+        <v>9921833.0</v>
       </c>
       <c r="E69" s="14" t="n">
-        <v>5408370.0</v>
+        <v>9234363.0</v>
       </c>
       <c r="F69" s="14" t="n">
-        <v>5215701.0</v>
+        <v>9865769.0</v>
       </c>
       <c r="G69" s="14" t="n">
-        <v>5031063.0</v>
+        <v>9598759.0</v>
       </c>
       <c r="H69" s="14" t="n">
-        <v>4936098.0</v>
+        <v>9240885.0</v>
       </c>
       <c r="I69" s="14" t="n">
-        <v>4940603.0</v>
+        <v>8864040.0</v>
       </c>
       <c r="J69" s="14" t="n">
-        <v>4981619.0</v>
+        <v>8600118.0</v>
       </c>
       <c r="K69" s="14" t="n">
-        <v>5201496.0</v>
+        <v>8335781.0</v>
       </c>
       <c r="L69" s="14" t="n">
-        <v>5559484.0</v>
+        <v>8228107.0</v>
       </c>
       <c r="M69" s="14" t="n">
-        <v>5805050.0</v>
+        <v>8314652.0</v>
       </c>
       <c r="N69" s="14" t="n">
-        <v>5779552.0</v>
+        <v>8973806.0</v>
       </c>
       <c r="O69" s="14" t="n">
-        <v>5869562.0</v>
+        <v>8971770.0</v>
       </c>
       <c r="P69" s="14" t="n">
-        <v>5467366.0</v>
+        <v>9066635.0</v>
       </c>
       <c r="Q69" s="14" t="n">
-        <v>5022467.0</v>
+        <v>9706067.0</v>
       </c>
       <c r="R69" s="14" t="n">
-        <v>4465375.0</v>
+        <v>9346813.0</v>
       </c>
       <c r="S69" s="14" t="n">
-        <v>4067473.0</v>
+        <v>8780637.0</v>
       </c>
       <c r="T69" s="14" t="n">
-        <v>3637250.0</v>
+        <v>8209070.0</v>
       </c>
       <c r="U69" s="14" t="n">
-        <v>3434377.0</v>
+        <v>7609396.0</v>
       </c>
       <c r="V69" s="14" t="n">
-        <v>3153862.0</v>
+        <v>7193085.0</v>
       </c>
       <c r="W69" s="14" t="n">
-        <v>2950834.0</v>
+        <v>6807871.0</v>
+      </c>
+      <c r="X69" s="14" t="n">
+        <v>6414391.0</v>
+      </c>
+      <c r="Y69" s="14" t="n">
+        <v>5858735.0</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    EMPLOYMENT:   Other current transfers</t>
+          <t xml:space="preserve">    RESOURCES: Net social contributions</t>
         </is>
       </c>
       <c r="B70" s="14" t="n">
-        <v>3703246.0</v>
+        <v>4069.0</v>
       </c>
       <c r="C70" s="14" t="n">
-        <v>3049576.0</v>
+        <v>2964.0</v>
       </c>
       <c r="D70" s="14" t="n">
-        <v>3116358.0</v>
+        <v>3416.0</v>
       </c>
       <c r="E70" s="14" t="n">
-        <v>2938777.0</v>
+        <v>3460.0</v>
       </c>
       <c r="F70" s="14" t="n">
-        <v>2732021.0</v>
+        <v>3476.0</v>
       </c>
       <c r="G70" s="14" t="n">
-        <v>2427411.0</v>
+        <v>2639.0</v>
       </c>
       <c r="H70" s="14" t="n">
-        <v>2123516.0</v>
+        <v>2271.0</v>
       </c>
       <c r="I70" s="14" t="n">
-        <v>1954397.0</v>
+        <v>1693.0</v>
       </c>
       <c r="J70" s="14" t="n">
-        <v>1930696.0</v>
+        <v>1664.0</v>
       </c>
       <c r="K70" s="14" t="n">
-        <v>1806896.0</v>
+        <v>1585.0</v>
       </c>
       <c r="L70" s="14" t="n">
-        <v>1759701.0</v>
+        <v>1764.0</v>
       </c>
       <c r="M70" s="14" t="n">
-        <v>1766221.0</v>
+        <v>2320.0</v>
       </c>
       <c r="N70" s="14" t="n">
-        <v>1860651.0</v>
+        <v>2909.0</v>
       </c>
       <c r="O70" s="14" t="n">
-        <v>1883233.0</v>
+        <v>3536.0</v>
       </c>
       <c r="P70" s="14" t="n">
-        <v>1752648.0</v>
+        <v>3952.0</v>
       </c>
       <c r="Q70" s="14" t="n">
-        <v>1588400.0</v>
+        <v>4570.0</v>
       </c>
       <c r="R70" s="14" t="n">
-        <v>1552078.0</v>
+        <v>4299.0</v>
       </c>
       <c r="S70" s="14" t="n">
-        <v>1418624.0</v>
+        <v>4251.0</v>
       </c>
       <c r="T70" s="14" t="n">
-        <v>1358366.0</v>
+        <v>4125.0</v>
       </c>
       <c r="U70" s="14" t="n">
-        <v>1283151.0</v>
+        <v>3407.0</v>
       </c>
       <c r="V70" s="14" t="n">
-        <v>1209109.0</v>
+        <v>2996.0</v>
       </c>
       <c r="W70" s="14" t="n">
-        <v>1140818.0</v>
+        <v>2815.0</v>
+      </c>
+      <c r="X70" s="14" t="n">
+        <v>2604.0</v>
+      </c>
+      <c r="Y70" s="14" t="n">
+        <v>2506.0</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    EMPLOYMENT: Gross disposable income</t>
+          <t xml:space="preserve">    RESOURCES: Social benefits other than social transfers in kind (1)</t>
         </is>
       </c>
       <c r="B71" s="14" t="n">
-        <v>2.9070311E7</v>
+        <v>3708581.0</v>
       </c>
       <c r="C71" s="14" t="n">
-        <v>2.7936242E7</v>
+        <v>3371121.0</v>
       </c>
       <c r="D71" s="14" t="n">
-        <v>2.781864E7</v>
+        <v>3330029.0</v>
       </c>
       <c r="E71" s="14" t="n">
-        <v>2.66986E7</v>
+        <v>3372023.0</v>
       </c>
       <c r="F71" s="14" t="n">
-        <v>2.5961245E7</v>
+        <v>2988021.0</v>
       </c>
       <c r="G71" s="14" t="n">
-        <v>2.5240377E7</v>
+        <v>2811535.0</v>
       </c>
       <c r="H71" s="14" t="n">
-        <v>2.4547669E7</v>
+        <v>2709024.0</v>
       </c>
       <c r="I71" s="14" t="n">
-        <v>2.3653706E7</v>
+        <v>2644639.0</v>
       </c>
       <c r="J71" s="14" t="n">
-        <v>2.4050319E7</v>
+        <v>2600902.0</v>
       </c>
       <c r="K71" s="14" t="n">
-        <v>2.4037453E7</v>
+        <v>2622085.0</v>
       </c>
       <c r="L71" s="14" t="n">
-        <v>2.5365669E7</v>
+        <v>2662167.0</v>
       </c>
       <c r="M71" s="14" t="n">
-        <v>2.5414858E7</v>
+        <v>2609269.0</v>
       </c>
       <c r="N71" s="14" t="n">
-        <v>2.5193646E7</v>
+        <v>2541057.0</v>
       </c>
       <c r="O71" s="14" t="n">
-        <v>2.5166047E7</v>
+        <v>2543453.0</v>
       </c>
       <c r="P71" s="14" t="n">
-        <v>2.3909607E7</v>
+        <v>2496856.0</v>
       </c>
       <c r="Q71" s="14" t="n">
-        <v>2.2355265E7</v>
+        <v>2236742.0</v>
       </c>
       <c r="R71" s="14" t="n">
-        <v>2.1295178E7</v>
+        <v>2004764.0</v>
       </c>
       <c r="S71" s="14" t="n">
-        <v>2.0027208E7</v>
+        <v>1898732.0</v>
       </c>
       <c r="T71" s="14" t="n">
-        <v>1.9027376E7</v>
+        <v>1765808.0</v>
       </c>
       <c r="U71" s="14" t="n">
-        <v>1.7675312E7</v>
+        <v>1654553.0</v>
       </c>
       <c r="V71" s="14" t="n">
-        <v>1.6440208E7</v>
+        <v>1509338.0</v>
       </c>
       <c r="W71" s="14" t="n">
-        <v>1.5144266E7</v>
+        <v>1404798.0</v>
+      </c>
+      <c r="X71" s="14" t="n">
+        <v>1281210.0</v>
+      </c>
+      <c r="Y71" s="14" t="n">
+        <v>1232302.0</v>
       </c>
     </row>
     <row r="72">
-      <c r="A72" s="6" t="inlineStr">
-[...25 lines deleted...]
-      <c r="W72" s="6"/>
+      <c r="A72" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    RESOURCES: Other current transfers</t>
+        </is>
+      </c>
+      <c r="B72" s="14" t="n">
+        <v>1024676.0</v>
+      </c>
+      <c r="C72" s="14" t="n">
+        <v>993952.0</v>
+      </c>
+      <c r="D72" s="14" t="n">
+        <v>974146.0</v>
+      </c>
+      <c r="E72" s="14" t="n">
+        <v>774384.0</v>
+      </c>
+      <c r="F72" s="14" t="n">
+        <v>779399.0</v>
+      </c>
+      <c r="G72" s="14" t="n">
+        <v>761117.0</v>
+      </c>
+      <c r="H72" s="14" t="n">
+        <v>728880.0</v>
+      </c>
+      <c r="I72" s="14" t="n">
+        <v>602049.0</v>
+      </c>
+      <c r="J72" s="14" t="n">
+        <v>531865.0</v>
+      </c>
+      <c r="K72" s="14" t="n">
+        <v>512959.0</v>
+      </c>
+      <c r="L72" s="14" t="n">
+        <v>543935.0</v>
+      </c>
+      <c r="M72" s="14" t="n">
+        <v>502307.0</v>
+      </c>
+      <c r="N72" s="14" t="n">
+        <v>528090.0</v>
+      </c>
+      <c r="O72" s="14" t="n">
+        <v>493575.0</v>
+      </c>
+      <c r="P72" s="14" t="n">
+        <v>564521.0</v>
+      </c>
+      <c r="Q72" s="14" t="n">
+        <v>542578.0</v>
+      </c>
+      <c r="R72" s="14" t="n">
+        <v>546560.0</v>
+      </c>
+      <c r="S72" s="14" t="n">
+        <v>524302.0</v>
+      </c>
+      <c r="T72" s="14" t="n">
+        <v>502460.0</v>
+      </c>
+      <c r="U72" s="14" t="n">
+        <v>476760.0</v>
+      </c>
+      <c r="V72" s="14" t="n">
+        <v>445397.0</v>
+      </c>
+      <c r="W72" s="14" t="n">
+        <v>457238.0</v>
+      </c>
+      <c r="X72" s="14" t="n">
+        <v>451763.0</v>
+      </c>
+      <c r="Y72" s="14" t="n">
+        <v>463580.0</v>
+      </c>
     </row>
     <row r="73">
       <c r="A73" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    RESOURCES: Balance of gross primary income</t>
+          <t xml:space="preserve">    EMPLOYMENT: Current taxes on income, capital gains, etc.</t>
         </is>
       </c>
       <c r="B73" s="14" t="n">
-        <v>1.60301934E8</v>
+        <v>1648320.0</v>
       </c>
       <c r="C73" s="14" t="n">
-        <v>1.49544028E8</v>
+        <v>1521976.0</v>
       </c>
       <c r="D73" s="14" t="n">
-        <v>1.60101924E8</v>
+        <v>1303439.0</v>
       </c>
       <c r="E73" s="14" t="n">
-        <v>1.51876364E8</v>
+        <v>1207557.0</v>
       </c>
       <c r="F73" s="14" t="n">
-        <v>1.47340724E8</v>
+        <v>1186384.0</v>
       </c>
       <c r="G73" s="14" t="n">
-        <v>1.41769983E8</v>
+        <v>1145929.0</v>
       </c>
       <c r="H73" s="14" t="n">
-        <v>1.37257723E8</v>
+        <v>1095423.0</v>
       </c>
       <c r="I73" s="14" t="n">
-        <v>1.31513174E8</v>
+        <v>1021021.0</v>
       </c>
       <c r="J73" s="14" t="n">
-        <v>1.29858721E8</v>
+        <v>1006581.0</v>
       </c>
       <c r="K73" s="14" t="n">
-        <v>1.3132245E8</v>
+        <v>1055902.0</v>
       </c>
       <c r="L73" s="14" t="n">
-        <v>1.39163078E8</v>
+        <v>1050499.0</v>
       </c>
       <c r="M73" s="14" t="n">
-        <v>1.39456983E8</v>
+        <v>1044130.0</v>
       </c>
       <c r="N73" s="14" t="n">
-        <v>1.38934556E8</v>
+        <v>1053434.0</v>
       </c>
       <c r="O73" s="14" t="n">
-        <v>1.45302465E8</v>
+        <v>1036253.0</v>
       </c>
       <c r="P73" s="14" t="n">
-        <v>1.40929389E8</v>
+        <v>977370.0</v>
       </c>
       <c r="Q73" s="14" t="n">
-        <v>1.32262718E8</v>
+        <v>1097999.0</v>
       </c>
       <c r="R73" s="14" t="n">
-        <v>1.23367572E8</v>
+        <v>1104003.0</v>
       </c>
       <c r="S73" s="14" t="n">
-        <v>1.14936838E8</v>
+        <v>934299.0</v>
       </c>
       <c r="T73" s="14" t="n">
-        <v>1.07680535E8</v>
+        <v>828310.0</v>
       </c>
       <c r="U73" s="14" t="n">
-        <v>1.00075043E8</v>
+        <v>775124.0</v>
       </c>
       <c r="V73" s="14" t="n">
-        <v>9.4667085E7</v>
+        <v>679813.0</v>
       </c>
       <c r="W73" s="14" t="n">
-        <v>8.753054E7</v>
+        <v>676170.0</v>
+      </c>
+      <c r="X73" s="14" t="n">
+        <v>624804.0</v>
+      </c>
+      <c r="Y73" s="14" t="n">
+        <v>564359.0</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    RESOURCES: Social benefits other than social transfers in kind (1)</t>
+          <t xml:space="preserve">    EMPLOYMENT:   Net social contributions (2)</t>
         </is>
       </c>
       <c r="B74" s="14" t="n">
-        <v>4.3220118E7</v>
+        <v>2292057.0</v>
       </c>
       <c r="C74" s="14" t="n">
-        <v>4.287608E7</v>
+        <v>2096074.0</v>
       </c>
       <c r="D74" s="14" t="n">
-        <v>3.7139273E7</v>
+        <v>2070963.0</v>
       </c>
       <c r="E74" s="14" t="n">
-        <v>3.4717874E7</v>
+        <v>1945226.0</v>
       </c>
       <c r="F74" s="14" t="n">
-        <v>3.3285354E7</v>
+        <v>1951746.0</v>
       </c>
       <c r="G74" s="14" t="n">
-        <v>3.3058879E7</v>
+        <v>1822366.0</v>
       </c>
       <c r="H74" s="14" t="n">
-        <v>3.2614368E7</v>
+        <v>1768937.0</v>
       </c>
       <c r="I74" s="14" t="n">
-        <v>3.3271611E7</v>
+        <v>1711266.0</v>
       </c>
       <c r="J74" s="14" t="n">
-        <v>3.3430349E7</v>
+        <v>1693580.0</v>
       </c>
       <c r="K74" s="14" t="n">
-        <v>3.3023544E7</v>
+        <v>1708500.0</v>
       </c>
       <c r="L74" s="14" t="n">
-        <v>3.2509402E7</v>
+        <v>1700331.0</v>
       </c>
       <c r="M74" s="14" t="n">
-        <v>3.267314E7</v>
+        <v>1754130.0</v>
       </c>
       <c r="N74" s="14" t="n">
-        <v>3.0737694E7</v>
+        <v>1841978.0</v>
       </c>
       <c r="O74" s="14" t="n">
-        <v>2.7199453E7</v>
+        <v>1879422.0</v>
       </c>
       <c r="P74" s="14" t="n">
-        <v>2.4302958E7</v>
+        <v>1874193.0</v>
       </c>
       <c r="Q74" s="14" t="n">
-        <v>2.263963E7</v>
+        <v>1903535.0</v>
       </c>
       <c r="R74" s="14" t="n">
-        <v>2.0778705E7</v>
+        <v>1795654.0</v>
       </c>
       <c r="S74" s="14" t="n">
-        <v>1.9374667E7</v>
+        <v>1687855.0</v>
       </c>
       <c r="T74" s="14" t="n">
-        <v>1.7384482E7</v>
+        <v>1544266.0</v>
       </c>
       <c r="U74" s="14" t="n">
-        <v>1.6439268E7</v>
+        <v>1443137.0</v>
       </c>
       <c r="V74" s="14" t="n">
-        <v>1.4748892E7</v>
+        <v>1324836.0</v>
       </c>
       <c r="W74" s="14" t="n">
-        <v>1.4077286E7</v>
+        <v>1267116.0</v>
+      </c>
+      <c r="X74" s="14" t="n">
+        <v>1187687.0</v>
+      </c>
+      <c r="Y74" s="14" t="n">
+        <v>1113746.0</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    RESOURCES: Other current transfers</t>
+          <t xml:space="preserve">    EMPLOYMENT: Social benefits other than social transfers in kind</t>
         </is>
       </c>
       <c r="B75" s="14" t="n">
-        <v>1.2128253E7</v>
+        <v>4096.0</v>
       </c>
       <c r="C75" s="14" t="n">
-        <v>1.0336962E7</v>
+        <v>3891.0</v>
       </c>
       <c r="D75" s="14" t="n">
-        <v>1.0144504E7</v>
+        <v>2603.0</v>
       </c>
       <c r="E75" s="14" t="n">
-        <v>9489189.0</v>
+        <v>2235.0</v>
       </c>
       <c r="F75" s="14" t="n">
-        <v>8737860.0</v>
+        <v>2345.0</v>
       </c>
       <c r="G75" s="14" t="n">
-        <v>7644544.0</v>
+        <v>1876.0</v>
       </c>
       <c r="H75" s="14" t="n">
-        <v>7461570.0</v>
+        <v>1611.0</v>
       </c>
       <c r="I75" s="14" t="n">
-        <v>6862538.0</v>
+        <v>1289.0</v>
       </c>
       <c r="J75" s="14" t="n">
-        <v>6722298.0</v>
+        <v>1085.0</v>
       </c>
       <c r="K75" s="14" t="n">
-        <v>6703461.0</v>
+        <v>705.0</v>
       </c>
       <c r="L75" s="14" t="n">
-        <v>6717619.0</v>
+        <v>1041.0</v>
       </c>
       <c r="M75" s="14" t="n">
-        <v>6945278.0</v>
+        <v>1688.0</v>
       </c>
       <c r="N75" s="14" t="n">
-        <v>7776303.0</v>
+        <v>1832.0</v>
       </c>
       <c r="O75" s="14" t="n">
-        <v>8111800.0</v>
+        <v>4273.0</v>
       </c>
       <c r="P75" s="14" t="n">
-        <v>7515411.0</v>
+        <v>4198.0</v>
       </c>
       <c r="Q75" s="14" t="n">
-        <v>6633811.0</v>
+        <v>4533.0</v>
       </c>
       <c r="R75" s="14" t="n">
-        <v>7249670.0</v>
+        <v>4912.0</v>
       </c>
       <c r="S75" s="14" t="n">
-        <v>6771185.0</v>
+        <v>4338.0</v>
       </c>
       <c r="T75" s="14" t="n">
-        <v>6483253.0</v>
+        <v>3852.0</v>
       </c>
       <c r="U75" s="14" t="n">
-        <v>6392977.0</v>
+        <v>3357.0</v>
       </c>
       <c r="V75" s="14" t="n">
-        <v>6019117.0</v>
+        <v>3015.0</v>
       </c>
       <c r="W75" s="14" t="n">
-        <v>5788290.0</v>
+        <v>2528.0</v>
+      </c>
+      <c r="X75" s="14" t="n">
+        <v>1962.0</v>
+      </c>
+      <c r="Y75" s="14" t="n">
+        <v>2930.0</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    EMPLOYMENT: Current taxes on income, capital gains, etc.</t>
+          <t xml:space="preserve">    EMPLOYMENT:   Other current transfers</t>
         </is>
       </c>
       <c r="B76" s="14" t="n">
-        <v>2.3811978E7</v>
+        <v>1123594.0</v>
       </c>
       <c r="C76" s="14" t="n">
-        <v>2.1897009E7</v>
+        <v>1049147.0</v>
       </c>
       <c r="D76" s="14" t="n">
-        <v>2.2246407E7</v>
+        <v>1011269.0</v>
       </c>
       <c r="E76" s="14" t="n">
-        <v>2.1314151E7</v>
+        <v>849527.0</v>
       </c>
       <c r="F76" s="14" t="n">
-        <v>1.96688E7</v>
+        <v>883626.0</v>
       </c>
       <c r="G76" s="14" t="n">
-        <v>1.8266339E7</v>
+        <v>831663.0</v>
       </c>
       <c r="H76" s="14" t="n">
-        <v>1.770819E7</v>
+        <v>749965.0</v>
       </c>
       <c r="I76" s="14" t="n">
-        <v>1.7664154E7</v>
+        <v>667632.0</v>
       </c>
       <c r="J76" s="14" t="n">
-        <v>1.7281295E7</v>
+        <v>602980.0</v>
       </c>
       <c r="K76" s="14" t="n">
-        <v>1.7145673E7</v>
+        <v>581193.0</v>
       </c>
       <c r="L76" s="14" t="n">
-        <v>1.666874E7</v>
+        <v>575454.0</v>
       </c>
       <c r="M76" s="14" t="n">
-        <v>1.6282184E7</v>
+        <v>550514.0</v>
       </c>
       <c r="N76" s="14" t="n">
-        <v>1.5455593E7</v>
+        <v>557457.0</v>
       </c>
       <c r="O76" s="14" t="n">
-        <v>1.7500973E7</v>
+        <v>561885.0</v>
       </c>
       <c r="P76" s="14" t="n">
-        <v>1.8009625E7</v>
+        <v>568138.0</v>
       </c>
       <c r="Q76" s="14" t="n">
-        <v>1.5438514E7</v>
+        <v>578786.0</v>
       </c>
       <c r="R76" s="14" t="n">
-        <v>1.3506496E7</v>
+        <v>582287.0</v>
       </c>
       <c r="S76" s="14" t="n">
-        <v>1.3025585E7</v>
+        <v>574400.0</v>
       </c>
       <c r="T76" s="14" t="n">
-        <v>1.15281E7</v>
+        <v>530974.0</v>
       </c>
       <c r="U76" s="14" t="n">
-        <v>1.1345571E7</v>
+        <v>487459.0</v>
       </c>
       <c r="V76" s="14" t="n">
-        <v>1.0456095E7</v>
+        <v>459546.0</v>
       </c>
       <c r="W76" s="14" t="n">
-        <v>9490520.0</v>
+        <v>454440.0</v>
+      </c>
+      <c r="X76" s="14" t="n">
+        <v>446250.0</v>
+      </c>
+      <c r="Y76" s="14" t="n">
+        <v>412347.0</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    EMPLOYMENT:   Net social contributions (2)</t>
+          <t xml:space="preserve">    EMPLOYMENT: Gross disposable income</t>
         </is>
       </c>
       <c r="B77" s="14" t="n">
-        <v>3.4755216E7</v>
+        <v>1.1262606E7</v>
       </c>
       <c r="C77" s="14" t="n">
-        <v>3.2983536E7</v>
+        <v>1.0434692E7</v>
       </c>
       <c r="D77" s="14" t="n">
-        <v>3.2853702E7</v>
+        <v>9841150.0</v>
       </c>
       <c r="E77" s="14" t="n">
-        <v>3.0397679E7</v>
+        <v>9379685.0</v>
       </c>
       <c r="F77" s="14" t="n">
-        <v>2.906069E7</v>
+        <v>9612564.0</v>
       </c>
       <c r="G77" s="14" t="n">
-        <v>2.7697389E7</v>
+        <v>9372216.0</v>
       </c>
       <c r="H77" s="14" t="n">
-        <v>2.6845227E7</v>
+        <v>9065124.0</v>
       </c>
       <c r="I77" s="14" t="n">
-        <v>2.6755432E7</v>
+        <v>8711213.0</v>
       </c>
       <c r="J77" s="14" t="n">
-        <v>2.642802E7</v>
+        <v>8430323.0</v>
       </c>
       <c r="K77" s="14" t="n">
-        <v>2.7129452E7</v>
+        <v>8126110.0</v>
       </c>
       <c r="L77" s="14" t="n">
-        <v>2.8396426E7</v>
+        <v>8108648.0</v>
       </c>
       <c r="M77" s="14" t="n">
-        <v>2.908889E7</v>
+        <v>8078086.0</v>
       </c>
       <c r="N77" s="14" t="n">
-        <v>2.8957898E7</v>
+        <v>8591161.0</v>
       </c>
       <c r="O77" s="14" t="n">
-        <v>2.9926409E7</v>
+        <v>8530501.0</v>
       </c>
       <c r="P77" s="14" t="n">
-        <v>2.8138805E7</v>
+        <v>8708065.0</v>
       </c>
       <c r="Q77" s="14" t="n">
-        <v>2.6458156E7</v>
+        <v>8905104.0</v>
       </c>
       <c r="R77" s="14" t="n">
-        <v>2.4230512E7</v>
+        <v>8415580.0</v>
       </c>
       <c r="S77" s="14" t="n">
-        <v>2.2620519E7</v>
+        <v>8007030.0</v>
       </c>
       <c r="T77" s="14" t="n">
-        <v>2.0889368E7</v>
+        <v>7574061.0</v>
       </c>
       <c r="U77" s="14" t="n">
-        <v>1.9993723E7</v>
+        <v>7035039.0</v>
       </c>
       <c r="V77" s="14" t="n">
-        <v>1.8666639E7</v>
+        <v>6683606.0</v>
       </c>
       <c r="W77" s="14" t="n">
-        <v>1.7406752E7</v>
+        <v>6272468.0</v>
+      </c>
+      <c r="X77" s="14" t="n">
+        <v>5889265.0</v>
+      </c>
+      <c r="Y77" s="14" t="n">
+        <v>5463741.0</v>
       </c>
     </row>
     <row r="78">
-      <c r="A78" s="7" t="inlineStr">
-[...69 lines deleted...]
-      </c>
+      <c r="A78" s="6" t="inlineStr">
+        <is>
+          <t>07 Castilla y León</t>
+        </is>
+      </c>
+      <c r="B78" s="6"/>
+      <c r="C78" s="6"/>
+      <c r="D78" s="6"/>
+      <c r="E78" s="6"/>
+      <c r="F78" s="6"/>
+      <c r="G78" s="6"/>
+      <c r="H78" s="6"/>
+      <c r="I78" s="6"/>
+      <c r="J78" s="6"/>
+      <c r="K78" s="6"/>
+      <c r="L78" s="6"/>
+      <c r="M78" s="6"/>
+      <c r="N78" s="6"/>
+      <c r="O78" s="6"/>
+      <c r="P78" s="6"/>
+      <c r="Q78" s="6"/>
+      <c r="R78" s="6"/>
+      <c r="S78" s="6"/>
+      <c r="T78" s="6"/>
+      <c r="U78" s="6"/>
+      <c r="V78" s="6"/>
+      <c r="W78" s="6"/>
+      <c r="X78" s="6"/>
+      <c r="Y78" s="6"/>
     </row>
     <row r="79">
       <c r="A79" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    EMPLOYMENT: Gross disposable income</t>
+          <t xml:space="preserve">    RESOURCES: Balance of gross primary income</t>
         </is>
       </c>
       <c r="B79" s="14" t="n">
-        <v>1.42363357E8</v>
+        <v>4.6410104E7</v>
       </c>
       <c r="C79" s="14" t="n">
-        <v>1.35668287E8</v>
+        <v>4.2634202E7</v>
       </c>
       <c r="D79" s="14" t="n">
-        <v>1.39990665E8</v>
+        <v>3.9771496E7</v>
       </c>
       <c r="E79" s="14" t="n">
-        <v>1.32630853E8</v>
+        <v>3.7640622E7</v>
       </c>
       <c r="F79" s="14" t="n">
-        <v>1.29830636E8</v>
+        <v>3.9805478E7</v>
       </c>
       <c r="G79" s="14" t="n">
-        <v>1.26913853E8</v>
+        <v>3.8390021E7</v>
       </c>
       <c r="H79" s="14" t="n">
-        <v>1.23798363E8</v>
+        <v>3.7095721E7</v>
       </c>
       <c r="I79" s="14" t="n">
-        <v>1.18908304E8</v>
+        <v>3.6243894E7</v>
       </c>
       <c r="J79" s="14" t="n">
-        <v>1.17976107E8</v>
+        <v>3.5648555E7</v>
       </c>
       <c r="K79" s="14" t="n">
-        <v>1.18679543E8</v>
+        <v>3.4719665E7</v>
       </c>
       <c r="L79" s="14" t="n">
-        <v>1.25133109E8</v>
+        <v>3.4734096E7</v>
       </c>
       <c r="M79" s="14" t="n">
-        <v>1.25513875E8</v>
+        <v>3.5600981E7</v>
       </c>
       <c r="N79" s="14" t="n">
-        <v>1.24006042E8</v>
+        <v>3.7966991E7</v>
       </c>
       <c r="O79" s="14" t="n">
-        <v>1.23876727E8</v>
+        <v>3.8053002E7</v>
       </c>
       <c r="P79" s="14" t="n">
-        <v>1.17526588E8</v>
+        <v>3.820697E7</v>
       </c>
       <c r="Q79" s="14" t="n">
-        <v>1.11477944E8</v>
+        <v>4.0295457E7</v>
       </c>
       <c r="R79" s="14" t="n">
-        <v>1.05842247E8</v>
+        <v>3.9400117E7</v>
       </c>
       <c r="S79" s="14" t="n">
-        <v>9.8197499E7</v>
+        <v>3.6884939E7</v>
       </c>
       <c r="T79" s="14" t="n">
-        <v>9.2267502E7</v>
+        <v>3.4538571E7</v>
       </c>
       <c r="U79" s="14" t="n">
-        <v>8.4892418E7</v>
+        <v>3.2596527E7</v>
       </c>
       <c r="V79" s="14" t="n">
-        <v>8.0018051E7</v>
+        <v>3.0952515E7</v>
       </c>
       <c r="W79" s="14" t="n">
-        <v>7.4693025E7</v>
+        <v>2.9398199E7</v>
+      </c>
+      <c r="X79" s="14" t="n">
+        <v>2.8119609E7</v>
+      </c>
+      <c r="Y79" s="14" t="n">
+        <v>2.6126647E7</v>
       </c>
     </row>
     <row r="80">
-      <c r="A80" s="6" t="inlineStr">
-[...25 lines deleted...]
-      <c r="W80" s="6"/>
+      <c r="A80" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    RESOURCES: Net social contributions</t>
+        </is>
+      </c>
+      <c r="B80" s="14" t="n">
+        <v>16659.0</v>
+      </c>
+      <c r="C80" s="14" t="n">
+        <v>12052.0</v>
+      </c>
+      <c r="D80" s="14" t="n">
+        <v>13863.0</v>
+      </c>
+      <c r="E80" s="14" t="n">
+        <v>14161.0</v>
+      </c>
+      <c r="F80" s="14" t="n">
+        <v>14237.0</v>
+      </c>
+      <c r="G80" s="14" t="n">
+        <v>10821.0</v>
+      </c>
+      <c r="H80" s="14" t="n">
+        <v>9351.0</v>
+      </c>
+      <c r="I80" s="14" t="n">
+        <v>6995.0</v>
+      </c>
+      <c r="J80" s="14" t="n">
+        <v>6824.0</v>
+      </c>
+      <c r="K80" s="14" t="n">
+        <v>6530.0</v>
+      </c>
+      <c r="L80" s="14" t="n">
+        <v>7302.0</v>
+      </c>
+      <c r="M80" s="14" t="n">
+        <v>9551.0</v>
+      </c>
+      <c r="N80" s="14" t="n">
+        <v>12051.0</v>
+      </c>
+      <c r="O80" s="14" t="n">
+        <v>14574.0</v>
+      </c>
+      <c r="P80" s="14" t="n">
+        <v>16312.0</v>
+      </c>
+      <c r="Q80" s="14" t="n">
+        <v>18769.0</v>
+      </c>
+      <c r="R80" s="14" t="n">
+        <v>17763.0</v>
+      </c>
+      <c r="S80" s="14" t="n">
+        <v>17547.0</v>
+      </c>
+      <c r="T80" s="14" t="n">
+        <v>17178.0</v>
+      </c>
+      <c r="U80" s="14" t="n">
+        <v>14219.0</v>
+      </c>
+      <c r="V80" s="14" t="n">
+        <v>12447.0</v>
+      </c>
+      <c r="W80" s="14" t="n">
+        <v>11765.0</v>
+      </c>
+      <c r="X80" s="14" t="n">
+        <v>10883.0</v>
+      </c>
+      <c r="Y80" s="14" t="n">
+        <v>10400.0</v>
+      </c>
     </row>
     <row r="81">
       <c r="A81" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    RESOURCES: Balance of gross primary income</t>
+          <t xml:space="preserve">    RESOURCES: Social benefits other than social transfers in kind (1)</t>
         </is>
       </c>
       <c r="B81" s="14" t="n">
-        <v>7.9089234E7</v>
+        <v>1.5509637E7</v>
       </c>
       <c r="C81" s="14" t="n">
-        <v>7.3946684E7</v>
+        <v>1.408365E7</v>
       </c>
       <c r="D81" s="14" t="n">
-        <v>7.7886072E7</v>
+        <v>1.3965521E7</v>
       </c>
       <c r="E81" s="14" t="n">
-        <v>7.3809339E7</v>
+        <v>1.4160978E7</v>
       </c>
       <c r="F81" s="14" t="n">
-        <v>7.1309738E7</v>
+        <v>1.2587482E7</v>
       </c>
       <c r="G81" s="14" t="n">
-        <v>6.8257721E7</v>
+        <v>1.1913399E7</v>
       </c>
       <c r="H81" s="14" t="n">
-        <v>6.6365929E7</v>
+        <v>1.1443233E7</v>
       </c>
       <c r="I81" s="14" t="n">
-        <v>6.3833674E7</v>
+        <v>1.1258496E7</v>
       </c>
       <c r="J81" s="14" t="n">
-        <v>6.27724E7</v>
+        <v>1.1133916E7</v>
       </c>
       <c r="K81" s="14" t="n">
-        <v>6.3616913E7</v>
+        <v>1.120628E7</v>
       </c>
       <c r="L81" s="14" t="n">
-        <v>6.8707122E7</v>
+        <v>1.1412368E7</v>
       </c>
       <c r="M81" s="14" t="n">
-        <v>6.8746302E7</v>
+        <v>1.1154321E7</v>
       </c>
       <c r="N81" s="14" t="n">
-        <v>6.9369355E7</v>
+        <v>1.0761313E7</v>
       </c>
       <c r="O81" s="14" t="n">
-        <v>7.4772967E7</v>
+        <v>1.0750064E7</v>
       </c>
       <c r="P81" s="14" t="n">
-        <v>7.2684503E7</v>
+        <v>1.0287519E7</v>
       </c>
       <c r="Q81" s="14" t="n">
-        <v>6.8461889E7</v>
+        <v>9433003.0</v>
       </c>
       <c r="R81" s="14" t="n">
-        <v>6.3914607E7</v>
+        <v>8581019.0</v>
       </c>
       <c r="S81" s="14" t="n">
-        <v>5.993556E7</v>
+        <v>8117609.0</v>
       </c>
       <c r="T81" s="14" t="n">
-        <v>5.6325164E7</v>
+        <v>7553010.0</v>
       </c>
       <c r="U81" s="14" t="n">
-        <v>5.2898125E7</v>
+        <v>7114295.0</v>
       </c>
       <c r="V81" s="14" t="n">
-        <v>4.9846005E7</v>
+        <v>6585365.0</v>
       </c>
       <c r="W81" s="14" t="n">
-        <v>4.5721687E7</v>
+        <v>6275836.0</v>
+      </c>
+      <c r="X81" s="14" t="n">
+        <v>5710104.0</v>
+      </c>
+      <c r="Y81" s="14" t="n">
+        <v>5588362.0</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    RESOURCES: Social benefits other than social transfers in kind (1)</t>
+          <t xml:space="preserve">    RESOURCES: Other current transfers</t>
         </is>
       </c>
       <c r="B82" s="14" t="n">
-        <v>2.4883881E7</v>
+        <v>4333592.0</v>
       </c>
       <c r="C82" s="14" t="n">
-        <v>2.4800672E7</v>
+        <v>4120464.0</v>
       </c>
       <c r="D82" s="14" t="n">
-        <v>2.1582889E7</v>
+        <v>4080988.0</v>
       </c>
       <c r="E82" s="14" t="n">
-        <v>2.0019166E7</v>
+        <v>3475721.0</v>
       </c>
       <c r="F82" s="14" t="n">
-        <v>1.8967806E7</v>
+        <v>3390818.0</v>
       </c>
       <c r="G82" s="14" t="n">
-        <v>1.8840355E7</v>
+        <v>3244649.0</v>
       </c>
       <c r="H82" s="14" t="n">
-        <v>1.8614847E7</v>
+        <v>2989828.0</v>
       </c>
       <c r="I82" s="14" t="n">
-        <v>1.8851409E7</v>
+        <v>2713357.0</v>
       </c>
       <c r="J82" s="14" t="n">
-        <v>1.8930429E7</v>
+        <v>2443068.0</v>
       </c>
       <c r="K82" s="14" t="n">
-        <v>1.8878001E7</v>
+        <v>2235270.0</v>
       </c>
       <c r="L82" s="14" t="n">
-        <v>1.8514418E7</v>
+        <v>2286181.0</v>
       </c>
       <c r="M82" s="14" t="n">
-        <v>1.848975E7</v>
+        <v>2437648.0</v>
       </c>
       <c r="N82" s="14" t="n">
-        <v>1.7539605E7</v>
+        <v>2333185.0</v>
       </c>
       <c r="O82" s="14" t="n">
-        <v>1.5457867E7</v>
+        <v>2331030.0</v>
       </c>
       <c r="P82" s="14" t="n">
-        <v>1.3611293E7</v>
+        <v>2538937.0</v>
       </c>
       <c r="Q82" s="14" t="n">
-        <v>1.2559507E7</v>
+        <v>2746587.0</v>
       </c>
       <c r="R82" s="14" t="n">
-        <v>1.1408729E7</v>
+        <v>2519190.0</v>
       </c>
       <c r="S82" s="14" t="n">
-        <v>1.059255E7</v>
+        <v>2665860.0</v>
       </c>
       <c r="T82" s="14" t="n">
-        <v>9608600.0</v>
+        <v>2287127.0</v>
       </c>
       <c r="U82" s="14" t="n">
-        <v>9100543.0</v>
+        <v>2296767.0</v>
       </c>
       <c r="V82" s="14" t="n">
-        <v>8325601.0</v>
+        <v>2230210.0</v>
       </c>
       <c r="W82" s="14" t="n">
-        <v>7933075.0</v>
+        <v>2124468.0</v>
+      </c>
+      <c r="X82" s="14" t="n">
+        <v>2392634.0</v>
+      </c>
+      <c r="Y82" s="14" t="n">
+        <v>1956241.0</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    RESOURCES: Other current transfers</t>
+          <t xml:space="preserve">    EMPLOYMENT: Current taxes on income, capital gains, etc.</t>
         </is>
       </c>
       <c r="B83" s="14" t="n">
-        <v>8413186.0</v>
+        <v>6279872.0</v>
       </c>
       <c r="C83" s="14" t="n">
-        <v>6982451.0</v>
+        <v>5774330.0</v>
       </c>
       <c r="D83" s="14" t="n">
-        <v>7203151.0</v>
+        <v>4916588.0</v>
       </c>
       <c r="E83" s="14" t="n">
-        <v>6815693.0</v>
+        <v>4621620.0</v>
       </c>
       <c r="F83" s="14" t="n">
-        <v>6366645.0</v>
+        <v>4572751.0</v>
       </c>
       <c r="G83" s="14" t="n">
-        <v>5527297.0</v>
+        <v>4298453.0</v>
       </c>
       <c r="H83" s="14" t="n">
-        <v>5203299.0</v>
+        <v>4055645.0</v>
       </c>
       <c r="I83" s="14" t="n">
-        <v>4689714.0</v>
+        <v>3907632.0</v>
       </c>
       <c r="J83" s="14" t="n">
-        <v>4624828.0</v>
+        <v>3923173.0</v>
       </c>
       <c r="K83" s="14" t="n">
-        <v>4537129.0</v>
+        <v>4121199.0</v>
       </c>
       <c r="L83" s="14" t="n">
-        <v>4816433.0</v>
+        <v>4114560.0</v>
       </c>
       <c r="M83" s="14" t="n">
-        <v>4527003.0</v>
+        <v>4103314.0</v>
       </c>
       <c r="N83" s="14" t="n">
-        <v>4952274.0</v>
+        <v>4076009.0</v>
       </c>
       <c r="O83" s="14" t="n">
-        <v>5358107.0</v>
+        <v>4005051.0</v>
       </c>
       <c r="P83" s="14" t="n">
-        <v>5017373.0</v>
+        <v>3708131.0</v>
       </c>
       <c r="Q83" s="14" t="n">
-        <v>4595800.0</v>
+        <v>4046096.0</v>
       </c>
       <c r="R83" s="14" t="n">
-        <v>4766839.0</v>
+        <v>4103447.0</v>
       </c>
       <c r="S83" s="14" t="n">
-        <v>4830660.0</v>
+        <v>3480140.0</v>
       </c>
       <c r="T83" s="14" t="n">
-        <v>4671882.0</v>
+        <v>3030632.0</v>
       </c>
       <c r="U83" s="14" t="n">
-        <v>4065400.0</v>
+        <v>2929635.0</v>
       </c>
       <c r="V83" s="14" t="n">
-        <v>4008682.0</v>
+        <v>2571907.0</v>
       </c>
       <c r="W83" s="14" t="n">
-        <v>4045421.0</v>
+        <v>2583966.0</v>
+      </c>
+      <c r="X83" s="14" t="n">
+        <v>2381568.0</v>
+      </c>
+      <c r="Y83" s="14" t="n">
+        <v>2172384.0</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    EMPLOYMENT: Current taxes on income, capital gains, etc.</t>
+          <t xml:space="preserve">    EMPLOYMENT:   Net social contributions (2)</t>
         </is>
       </c>
       <c r="B84" s="14" t="n">
-        <v>1.011796E7</v>
+        <v>9377329.0</v>
       </c>
       <c r="C84" s="14" t="n">
-        <v>9287599.0</v>
+        <v>8691807.0</v>
       </c>
       <c r="D84" s="14" t="n">
-        <v>9227367.0</v>
+        <v>8582126.0</v>
       </c>
       <c r="E84" s="14" t="n">
-        <v>8679665.0</v>
+        <v>8117586.0</v>
       </c>
       <c r="F84" s="14" t="n">
-        <v>8096885.0</v>
+        <v>8124030.0</v>
       </c>
       <c r="G84" s="14" t="n">
-        <v>7562198.0</v>
+        <v>7647440.0</v>
       </c>
       <c r="H84" s="14" t="n">
-        <v>7333824.0</v>
+        <v>7467345.0</v>
       </c>
       <c r="I84" s="14" t="n">
-        <v>7354853.0</v>
+        <v>7288831.0</v>
       </c>
       <c r="J84" s="14" t="n">
-        <v>7100922.0</v>
+        <v>7199027.0</v>
       </c>
       <c r="K84" s="14" t="n">
-        <v>7023514.0</v>
+        <v>7254668.0</v>
       </c>
       <c r="L84" s="14" t="n">
-        <v>7112394.0</v>
+        <v>7264706.0</v>
       </c>
       <c r="M84" s="14" t="n">
-        <v>6987130.0</v>
+        <v>7521388.0</v>
       </c>
       <c r="N84" s="14" t="n">
-        <v>6628525.0</v>
+        <v>7953046.0</v>
       </c>
       <c r="O84" s="14" t="n">
-        <v>7619671.0</v>
+        <v>8129785.0</v>
       </c>
       <c r="P84" s="14" t="n">
-        <v>8153231.0</v>
+        <v>8051234.0</v>
       </c>
       <c r="Q84" s="14" t="n">
-        <v>7090669.0</v>
+        <v>8111116.0</v>
       </c>
       <c r="R84" s="14" t="n">
-        <v>6098538.0</v>
+        <v>7633478.0</v>
       </c>
       <c r="S84" s="14" t="n">
-        <v>5761397.0</v>
+        <v>7219566.0</v>
       </c>
       <c r="T84" s="14" t="n">
-        <v>4989905.0</v>
+        <v>6673455.0</v>
       </c>
       <c r="U84" s="14" t="n">
-        <v>4889691.0</v>
+        <v>6282596.0</v>
       </c>
       <c r="V84" s="14" t="n">
-        <v>4423187.0</v>
+        <v>5736264.0</v>
       </c>
       <c r="W84" s="14" t="n">
-        <v>3959880.0</v>
+        <v>5541915.0</v>
+      </c>
+      <c r="X84" s="14" t="n">
+        <v>5197632.0</v>
+      </c>
+      <c r="Y84" s="14" t="n">
+        <v>4956127.0</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    EMPLOYMENT:   Net social contributions (2)</t>
+          <t xml:space="preserve">    EMPLOYMENT: Social benefits other than social transfers in kind</t>
         </is>
       </c>
       <c r="B85" s="14" t="n">
-        <v>1.744731E7</v>
+        <v>17813.0</v>
       </c>
       <c r="C85" s="14" t="n">
-        <v>1.6270922E7</v>
+        <v>16089.0</v>
       </c>
       <c r="D85" s="14" t="n">
-        <v>1.609828E7</v>
+        <v>10583.0</v>
       </c>
       <c r="E85" s="14" t="n">
-        <v>1.4802649E7</v>
+        <v>9451.0</v>
       </c>
       <c r="F85" s="14" t="n">
-        <v>1.4063456E7</v>
+        <v>9671.0</v>
       </c>
       <c r="G85" s="14" t="n">
-        <v>1.3420923E7</v>
+        <v>7906.0</v>
       </c>
       <c r="H85" s="14" t="n">
-        <v>1.3146524E7</v>
+        <v>5891.0</v>
       </c>
       <c r="I85" s="14" t="n">
-        <v>1.3130782E7</v>
+        <v>5170.0</v>
       </c>
       <c r="J85" s="14" t="n">
-        <v>1.2820333E7</v>
+        <v>4279.0</v>
       </c>
       <c r="K85" s="14" t="n">
-        <v>1.3168595E7</v>
+        <v>2750.0</v>
       </c>
       <c r="L85" s="14" t="n">
-        <v>1.3995497E7</v>
+        <v>4334.0</v>
       </c>
       <c r="M85" s="14" t="n">
-        <v>1.44999E7</v>
+        <v>7016.0</v>
       </c>
       <c r="N85" s="14" t="n">
-        <v>1.4565389E7</v>
+        <v>6877.0</v>
       </c>
       <c r="O85" s="14" t="n">
-        <v>1.529403E7</v>
+        <v>16142.0</v>
       </c>
       <c r="P85" s="14" t="n">
-        <v>1.47667E7</v>
+        <v>14859.0</v>
       </c>
       <c r="Q85" s="14" t="n">
-        <v>1.3913984E7</v>
+        <v>16464.0</v>
       </c>
       <c r="R85" s="14" t="n">
-        <v>1.2643305E7</v>
+        <v>18606.0</v>
       </c>
       <c r="S85" s="14" t="n">
-        <v>1.1750949E7</v>
+        <v>16680.0</v>
       </c>
       <c r="T85" s="14" t="n">
-        <v>1.0694791E7</v>
+        <v>14884.0</v>
       </c>
       <c r="U85" s="14" t="n">
-        <v>1.0140801E7</v>
+        <v>12862.0</v>
       </c>
       <c r="V85" s="14" t="n">
-        <v>9386608.0</v>
+        <v>12024.0</v>
       </c>
       <c r="W85" s="14" t="n">
-        <v>8678013.0</v>
+        <v>10909.0</v>
+      </c>
+      <c r="X85" s="14" t="n">
+        <v>8103.0</v>
+      </c>
+      <c r="Y85" s="14" t="n">
+        <v>12017.0</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT:   Other current transfers</t>
         </is>
       </c>
       <c r="B86" s="14" t="n">
-        <v>9792570.0</v>
+        <v>4750539.0</v>
       </c>
       <c r="C86" s="14" t="n">
-        <v>8067832.0</v>
+        <v>4450015.0</v>
       </c>
       <c r="D86" s="14" t="n">
-        <v>8419811.0</v>
+        <v>4303879.0</v>
       </c>
       <c r="E86" s="14" t="n">
-        <v>7995644.0</v>
+        <v>3617464.0</v>
       </c>
       <c r="F86" s="14" t="n">
-        <v>7365384.0</v>
+        <v>3776619.0</v>
       </c>
       <c r="G86" s="14" t="n">
-        <v>6568491.0</v>
+        <v>3644033.0</v>
       </c>
       <c r="H86" s="14" t="n">
-        <v>6013450.0</v>
+        <v>3381886.0</v>
       </c>
       <c r="I86" s="14" t="n">
-        <v>5621926.0</v>
+        <v>3044885.0</v>
       </c>
       <c r="J86" s="14" t="n">
-        <v>5477016.0</v>
+        <v>2761609.0</v>
       </c>
       <c r="K86" s="14" t="n">
-        <v>5389756.0</v>
+        <v>2596719.0</v>
       </c>
       <c r="L86" s="14" t="n">
-        <v>5400366.0</v>
+        <v>2580777.0</v>
       </c>
       <c r="M86" s="14" t="n">
-        <v>5408344.0</v>
+        <v>2521603.0</v>
       </c>
       <c r="N86" s="14" t="n">
-        <v>5686294.0</v>
+        <v>2492856.0</v>
       </c>
       <c r="O86" s="14" t="n">
-        <v>6026651.0</v>
+        <v>2556749.0</v>
       </c>
       <c r="P86" s="14" t="n">
-        <v>5755332.0</v>
+        <v>2710652.0</v>
       </c>
       <c r="Q86" s="14" t="n">
-        <v>5243499.0</v>
+        <v>2786986.0</v>
       </c>
       <c r="R86" s="14" t="n">
-        <v>5031990.0</v>
+        <v>2698345.0</v>
       </c>
       <c r="S86" s="14" t="n">
-        <v>4672007.0</v>
+        <v>2454293.0</v>
       </c>
       <c r="T86" s="14" t="n">
-        <v>4424518.0</v>
+        <v>2406430.0</v>
       </c>
       <c r="U86" s="14" t="n">
-        <v>4053417.0</v>
+        <v>2286868.0</v>
       </c>
       <c r="V86" s="14" t="n">
-        <v>3885657.0</v>
+        <v>2226750.0</v>
       </c>
       <c r="W86" s="14" t="n">
-        <v>3619483.0</v>
+        <v>2146502.0</v>
+      </c>
+      <c r="X86" s="14" t="n">
+        <v>2044062.0</v>
+      </c>
+      <c r="Y86" s="14" t="n">
+        <v>1882348.0</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT: Gross disposable income</t>
         </is>
       </c>
       <c r="B87" s="14" t="n">
-        <v>7.5028461E7</v>
+        <v>4.5844439E7</v>
       </c>
       <c r="C87" s="14" t="n">
-        <v>7.2103454E7</v>
+        <v>4.1918127E7</v>
       </c>
       <c r="D87" s="14" t="n">
-        <v>7.2926654E7</v>
+        <v>4.0018692E7</v>
       </c>
       <c r="E87" s="14" t="n">
-        <v>6.916624E7</v>
+        <v>3.8925361E7</v>
       </c>
       <c r="F87" s="14" t="n">
-        <v>6.7118464E7</v>
+        <v>3.9314944E7</v>
       </c>
       <c r="G87" s="14" t="n">
-        <v>6.5073761E7</v>
+        <v>3.7961058E7</v>
       </c>
       <c r="H87" s="14" t="n">
-        <v>6.3690277E7</v>
+        <v>3.6627366E7</v>
       </c>
       <c r="I87" s="14" t="n">
-        <v>6.1267236E7</v>
+        <v>3.5976224E7</v>
       </c>
       <c r="J87" s="14" t="n">
-        <v>6.0929386E7</v>
+        <v>3.5344275E7</v>
       </c>
       <c r="K87" s="14" t="n">
-        <v>6.1450178E7</v>
+        <v>3.4192409E7</v>
       </c>
       <c r="L87" s="14" t="n">
-        <v>6.5529716E7</v>
+        <v>3.447557E7</v>
       </c>
       <c r="M87" s="14" t="n">
-        <v>6.4867681E7</v>
+        <v>3.504918E7</v>
       </c>
       <c r="N87" s="14" t="n">
-        <v>6.4981026E7</v>
+        <v>3.6544752E7</v>
       </c>
       <c r="O87" s="14" t="n">
-        <v>6.6648589E7</v>
+        <v>3.6440943E7</v>
       </c>
       <c r="P87" s="14" t="n">
-        <v>6.2637906E7</v>
+        <v>3.6564862E7</v>
       </c>
       <c r="Q87" s="14" t="n">
-        <v>5.9369044E7</v>
+        <v>3.7533154E7</v>
       </c>
       <c r="R87" s="14" t="n">
-        <v>5.6316342E7</v>
+        <v>3.6064213E7</v>
       </c>
       <c r="S87" s="14" t="n">
-        <v>5.3174417E7</v>
+        <v>3.4515276E7</v>
       </c>
       <c r="T87" s="14" t="n">
-        <v>5.0496432E7</v>
+        <v>3.2270485E7</v>
       </c>
       <c r="U87" s="14" t="n">
-        <v>4.6980159E7</v>
+        <v>3.0509847E7</v>
       </c>
       <c r="V87" s="14" t="n">
-        <v>4.4484836E7</v>
+        <v>2.9233592E7</v>
       </c>
       <c r="W87" s="14" t="n">
-        <v>4.1442807E7</v>
+        <v>2.7526976E7</v>
+      </c>
+      <c r="X87" s="14" t="n">
+        <v>2.6601865E7</v>
+      </c>
+      <c r="Y87" s="14" t="n">
+        <v>2.4658774E7</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="6" t="inlineStr">
         <is>
-          <t>EXTREMADURA</t>
+          <t>08 Castilla - La Mancha</t>
         </is>
       </c>
       <c r="B88" s="6"/>
       <c r="C88" s="6"/>
       <c r="D88" s="6"/>
       <c r="E88" s="6"/>
       <c r="F88" s="6"/>
       <c r="G88" s="6"/>
       <c r="H88" s="6"/>
       <c r="I88" s="6"/>
       <c r="J88" s="6"/>
       <c r="K88" s="6"/>
       <c r="L88" s="6"/>
       <c r="M88" s="6"/>
       <c r="N88" s="6"/>
       <c r="O88" s="6"/>
       <c r="P88" s="6"/>
       <c r="Q88" s="6"/>
       <c r="R88" s="6"/>
       <c r="S88" s="6"/>
       <c r="T88" s="6"/>
       <c r="U88" s="6"/>
       <c r="V88" s="6"/>
       <c r="W88" s="6"/>
+      <c r="X88" s="6"/>
+      <c r="Y88" s="6"/>
     </row>
     <row r="89">
       <c r="A89" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RESOURCES: Balance of gross primary income</t>
         </is>
       </c>
       <c r="B89" s="14" t="n">
-        <v>1.3773382E7</v>
+        <v>3.6780644E7</v>
       </c>
       <c r="C89" s="14" t="n">
-        <v>1.2895793E7</v>
+        <v>3.4368606E7</v>
       </c>
       <c r="D89" s="14" t="n">
-        <v>1.3392081E7</v>
+        <v>3.1546669E7</v>
       </c>
       <c r="E89" s="14" t="n">
-        <v>1.2892793E7</v>
+        <v>2.9499226E7</v>
       </c>
       <c r="F89" s="14" t="n">
-        <v>1.2725781E7</v>
+        <v>3.017566E7</v>
       </c>
       <c r="G89" s="14" t="n">
-        <v>1.2188256E7</v>
+        <v>2.8907566E7</v>
       </c>
       <c r="H89" s="14" t="n">
-        <v>1.1837231E7</v>
+        <v>2.8034406E7</v>
       </c>
       <c r="I89" s="14" t="n">
-        <v>1.1447046E7</v>
+        <v>2.6986763E7</v>
       </c>
       <c r="J89" s="14" t="n">
-        <v>1.143938E7</v>
+        <v>2.6144387E7</v>
       </c>
       <c r="K89" s="14" t="n">
-        <v>1.141899E7</v>
+        <v>2.5053422E7</v>
       </c>
       <c r="L89" s="14" t="n">
-        <v>1.2286481E7</v>
+        <v>2.5227339E7</v>
       </c>
       <c r="M89" s="14" t="n">
-        <v>1.2430695E7</v>
+        <v>2.5393948E7</v>
       </c>
       <c r="N89" s="14" t="n">
-        <v>1.2314355E7</v>
+        <v>2.7314589E7</v>
       </c>
       <c r="O89" s="14" t="n">
-        <v>1.2866427E7</v>
+        <v>2.7566501E7</v>
       </c>
       <c r="P89" s="14" t="n">
-        <v>1.2551464E7</v>
+        <v>2.7245712E7</v>
       </c>
       <c r="Q89" s="14" t="n">
-        <v>1.1823607E7</v>
+        <v>2.8309816E7</v>
       </c>
       <c r="R89" s="14" t="n">
-        <v>1.1059836E7</v>
+        <v>2.7467105E7</v>
       </c>
       <c r="S89" s="14" t="n">
-        <v>1.034092E7</v>
+        <v>2.5314821E7</v>
       </c>
       <c r="T89" s="14" t="n">
-        <v>9824210.0</v>
+        <v>2.3588394E7</v>
       </c>
       <c r="U89" s="14" t="n">
-        <v>9267802.0</v>
+        <v>2.196014E7</v>
       </c>
       <c r="V89" s="14" t="n">
-        <v>8829314.0</v>
+        <v>2.0574621E7</v>
       </c>
       <c r="W89" s="14" t="n">
-        <v>8144289.0</v>
+        <v>1.9146453E7</v>
+      </c>
+      <c r="X89" s="14" t="n">
+        <v>1.7733538E7</v>
+      </c>
+      <c r="Y89" s="14" t="n">
+        <v>1.610733E7</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    RESOURCES: Social benefits other than social transfers in kind (1)</t>
+          <t xml:space="preserve">    RESOURCES: Net social contributions</t>
         </is>
       </c>
       <c r="B90" s="14" t="n">
-        <v>5087641.0</v>
+        <v>12935.0</v>
       </c>
       <c r="C90" s="14" t="n">
-        <v>5033657.0</v>
+        <v>9328.0</v>
       </c>
       <c r="D90" s="14" t="n">
-        <v>4488278.0</v>
+        <v>10531.0</v>
       </c>
       <c r="E90" s="14" t="n">
-        <v>4233119.0</v>
+        <v>10535.0</v>
       </c>
       <c r="F90" s="14" t="n">
-        <v>4080354.0</v>
+        <v>10456.0</v>
       </c>
       <c r="G90" s="14" t="n">
-        <v>4016152.0</v>
+        <v>7836.0</v>
       </c>
       <c r="H90" s="14" t="n">
-        <v>3967432.0</v>
+        <v>6686.0</v>
       </c>
       <c r="I90" s="14" t="n">
-        <v>3978576.0</v>
+        <v>4945.0</v>
       </c>
       <c r="J90" s="14" t="n">
-        <v>4025613.0</v>
+        <v>4743.0</v>
       </c>
       <c r="K90" s="14" t="n">
-        <v>3946141.0</v>
+        <v>4493.0</v>
       </c>
       <c r="L90" s="14" t="n">
-        <v>3845106.0</v>
+        <v>4978.0</v>
       </c>
       <c r="M90" s="14" t="n">
-        <v>3782798.0</v>
+        <v>6618.0</v>
       </c>
       <c r="N90" s="14" t="n">
-        <v>3627332.0</v>
+        <v>8722.0</v>
       </c>
       <c r="O90" s="14" t="n">
-        <v>3354216.0</v>
+        <v>10814.0</v>
       </c>
       <c r="P90" s="14" t="n">
-        <v>3033078.0</v>
+        <v>12176.0</v>
       </c>
       <c r="Q90" s="14" t="n">
-        <v>2893382.0</v>
+        <v>14472.0</v>
       </c>
       <c r="R90" s="14" t="n">
-        <v>2690200.0</v>
+        <v>13786.0</v>
       </c>
       <c r="S90" s="14" t="n">
-        <v>2510037.0</v>
+        <v>13345.0</v>
       </c>
       <c r="T90" s="14" t="n">
-        <v>2304732.0</v>
+        <v>12804.0</v>
       </c>
       <c r="U90" s="14" t="n">
-        <v>2227295.0</v>
+        <v>10161.0</v>
       </c>
       <c r="V90" s="14" t="n">
-        <v>2052400.0</v>
+        <v>8703.0</v>
       </c>
       <c r="W90" s="14" t="n">
-        <v>1997501.0</v>
+        <v>8003.0</v>
+      </c>
+      <c r="X90" s="14" t="n">
+        <v>7328.0</v>
+      </c>
+      <c r="Y90" s="14" t="n">
+        <v>6941.0</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    RESOURCES: Other current transfers</t>
+          <t xml:space="preserve">    RESOURCES: Social benefits other than social transfers in kind (1)</t>
         </is>
       </c>
       <c r="B91" s="14" t="n">
-        <v>1619287.0</v>
+        <v>9694356.0</v>
       </c>
       <c r="C91" s="14" t="n">
-        <v>1362388.0</v>
+        <v>8751316.0</v>
       </c>
       <c r="D91" s="14" t="n">
-        <v>1315065.0</v>
+        <v>8704041.0</v>
       </c>
       <c r="E91" s="14" t="n">
-        <v>1274263.0</v>
+        <v>8658257.0</v>
       </c>
       <c r="F91" s="14" t="n">
-        <v>1177343.0</v>
+        <v>7680966.0</v>
       </c>
       <c r="G91" s="14" t="n">
-        <v>1034761.0</v>
+        <v>7189371.0</v>
       </c>
       <c r="H91" s="14" t="n">
-        <v>905647.0</v>
+        <v>6929404.0</v>
       </c>
       <c r="I91" s="14" t="n">
-        <v>826749.0</v>
+        <v>6778977.0</v>
       </c>
       <c r="J91" s="14" t="n">
-        <v>833588.0</v>
+        <v>6752683.0</v>
       </c>
       <c r="K91" s="14" t="n">
-        <v>848258.0</v>
+        <v>6925710.0</v>
       </c>
       <c r="L91" s="14" t="n">
-        <v>827346.0</v>
+        <v>7181632.0</v>
       </c>
       <c r="M91" s="14" t="n">
-        <v>803844.0</v>
+        <v>7170878.0</v>
       </c>
       <c r="N91" s="14" t="n">
-        <v>908226.0</v>
+        <v>6952656.0</v>
       </c>
       <c r="O91" s="14" t="n">
-        <v>951865.0</v>
+        <v>6944106.0</v>
       </c>
       <c r="P91" s="14" t="n">
-        <v>887590.0</v>
+        <v>6681703.0</v>
       </c>
       <c r="Q91" s="14" t="n">
-        <v>797423.0</v>
+        <v>5779224.0</v>
       </c>
       <c r="R91" s="14" t="n">
-        <v>792502.0</v>
+        <v>5039720.0</v>
       </c>
       <c r="S91" s="14" t="n">
-        <v>771453.0</v>
+        <v>4673478.0</v>
       </c>
       <c r="T91" s="14" t="n">
-        <v>753207.0</v>
+        <v>4332600.0</v>
       </c>
       <c r="U91" s="14" t="n">
-        <v>701554.0</v>
+        <v>4037695.0</v>
       </c>
       <c r="V91" s="14" t="n">
-        <v>728137.0</v>
+        <v>3715115.0</v>
       </c>
       <c r="W91" s="14" t="n">
-        <v>693719.0</v>
+        <v>3532563.0</v>
+      </c>
+      <c r="X91" s="14" t="n">
+        <v>3211745.0</v>
+      </c>
+      <c r="Y91" s="14" t="n">
+        <v>3109210.0</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    EMPLOYMENT: Current taxes on income, capital gains, etc.</t>
+          <t xml:space="preserve">    RESOURCES: Other current transfers</t>
         </is>
       </c>
       <c r="B92" s="14" t="n">
-        <v>1426841.0</v>
+        <v>3548337.0</v>
       </c>
       <c r="C92" s="14" t="n">
-        <v>1346632.0</v>
+        <v>3224299.0</v>
       </c>
       <c r="D92" s="14" t="n">
-        <v>1314318.0</v>
+        <v>3159763.0</v>
       </c>
       <c r="E92" s="14" t="n">
-        <v>1252209.0</v>
+        <v>2701318.0</v>
       </c>
       <c r="F92" s="14" t="n">
-        <v>1197045.0</v>
+        <v>2814307.0</v>
       </c>
       <c r="G92" s="14" t="n">
-        <v>1150853.0</v>
+        <v>2546456.0</v>
       </c>
       <c r="H92" s="14" t="n">
-        <v>1146737.0</v>
+        <v>2299973.0</v>
       </c>
       <c r="I92" s="14" t="n">
-        <v>1160654.0</v>
+        <v>2115012.0</v>
       </c>
       <c r="J92" s="14" t="n">
-        <v>1135407.0</v>
+        <v>1761087.0</v>
       </c>
       <c r="K92" s="14" t="n">
-        <v>1112219.0</v>
+        <v>1633731.0</v>
       </c>
       <c r="L92" s="14" t="n">
-        <v>1146312.0</v>
+        <v>1611658.0</v>
       </c>
       <c r="M92" s="14" t="n">
-        <v>1141818.0</v>
+        <v>1499910.0</v>
       </c>
       <c r="N92" s="14" t="n">
-        <v>1047270.0</v>
+        <v>1493687.0</v>
       </c>
       <c r="O92" s="14" t="n">
-        <v>1112681.0</v>
+        <v>1529599.0</v>
       </c>
       <c r="P92" s="14" t="n">
-        <v>1120768.0</v>
+        <v>1545775.0</v>
       </c>
       <c r="Q92" s="14" t="n">
-        <v>944355.0</v>
+        <v>1635369.0</v>
       </c>
       <c r="R92" s="14" t="n">
-        <v>814016.0</v>
+        <v>1450920.0</v>
       </c>
       <c r="S92" s="14" t="n">
-        <v>775797.0</v>
+        <v>1340550.0</v>
       </c>
       <c r="T92" s="14" t="n">
-        <v>688921.0</v>
+        <v>1325890.0</v>
       </c>
       <c r="U92" s="14" t="n">
-        <v>682383.0</v>
+        <v>1320068.0</v>
       </c>
       <c r="V92" s="14" t="n">
-        <v>598309.0</v>
+        <v>1236623.0</v>
       </c>
       <c r="W92" s="14" t="n">
-        <v>531975.0</v>
+        <v>1175182.0</v>
+      </c>
+      <c r="X92" s="14" t="n">
+        <v>1128659.0</v>
+      </c>
+      <c r="Y92" s="14" t="n">
+        <v>1142213.0</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    EMPLOYMENT:   Net social contributions (2)</t>
+          <t xml:space="preserve">    EMPLOYMENT: Current taxes on income, capital gains, etc.</t>
         </is>
       </c>
       <c r="B93" s="14" t="n">
-        <v>3132022.0</v>
+        <v>4264143.0</v>
       </c>
       <c r="C93" s="14" t="n">
-        <v>2922680.0</v>
+        <v>3847616.0</v>
       </c>
       <c r="D93" s="14" t="n">
-        <v>2903104.0</v>
+        <v>3312875.0</v>
       </c>
       <c r="E93" s="14" t="n">
-        <v>2672509.0</v>
+        <v>3078758.0</v>
       </c>
       <c r="F93" s="14" t="n">
-        <v>2586639.0</v>
+        <v>3026352.0</v>
       </c>
       <c r="G93" s="14" t="n">
-        <v>2523076.0</v>
+        <v>2828989.0</v>
       </c>
       <c r="H93" s="14" t="n">
-        <v>2510244.0</v>
+        <v>2649225.0</v>
       </c>
       <c r="I93" s="14" t="n">
-        <v>2516729.0</v>
+        <v>2493707.0</v>
       </c>
       <c r="J93" s="14" t="n">
-        <v>2515854.0</v>
+        <v>2389210.0</v>
       </c>
       <c r="K93" s="14" t="n">
-        <v>2590064.0</v>
+        <v>2491946.0</v>
       </c>
       <c r="L93" s="14" t="n">
-        <v>2732425.0</v>
+        <v>2530551.0</v>
       </c>
       <c r="M93" s="14" t="n">
-        <v>2781707.0</v>
+        <v>2526889.0</v>
       </c>
       <c r="N93" s="14" t="n">
-        <v>2771161.0</v>
+        <v>2582365.0</v>
       </c>
       <c r="O93" s="14" t="n">
-        <v>2749905.0</v>
+        <v>2600256.0</v>
       </c>
       <c r="P93" s="14" t="n">
-        <v>2569964.0</v>
+        <v>2401312.0</v>
       </c>
       <c r="Q93" s="14" t="n">
-        <v>2389740.0</v>
+        <v>2593927.0</v>
       </c>
       <c r="R93" s="14" t="n">
-        <v>2181777.0</v>
+        <v>2632458.0</v>
       </c>
       <c r="S93" s="14" t="n">
-        <v>2045754.0</v>
+        <v>2202072.0</v>
       </c>
       <c r="T93" s="14" t="n">
-        <v>1845052.0</v>
+        <v>1828207.0</v>
       </c>
       <c r="U93" s="14" t="n">
-        <v>1778847.0</v>
+        <v>1707476.0</v>
       </c>
       <c r="V93" s="14" t="n">
-        <v>1676069.0</v>
+        <v>1421140.0</v>
       </c>
       <c r="W93" s="14" t="n">
-        <v>1602887.0</v>
+        <v>1395438.0</v>
+      </c>
+      <c r="X93" s="14" t="n">
+        <v>1209473.0</v>
+      </c>
+      <c r="Y93" s="14" t="n">
+        <v>1062965.0</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    EMPLOYMENT:   Other current transfers</t>
+          <t xml:space="preserve">    EMPLOYMENT:   Net social contributions (2)</t>
         </is>
       </c>
       <c r="B94" s="14" t="n">
-        <v>1758439.0</v>
+        <v>7202233.0</v>
       </c>
       <c r="C94" s="14" t="n">
-        <v>1451584.0</v>
+        <v>6641104.0</v>
       </c>
       <c r="D94" s="14" t="n">
-        <v>1467924.0</v>
+        <v>6436306.0</v>
       </c>
       <c r="E94" s="14" t="n">
-        <v>1420244.0</v>
+        <v>5986912.0</v>
       </c>
       <c r="F94" s="14" t="n">
-        <v>1310686.0</v>
+        <v>5898390.0</v>
       </c>
       <c r="G94" s="14" t="n">
-        <v>1155268.0</v>
+        <v>5417334.0</v>
       </c>
       <c r="H94" s="14" t="n">
-        <v>1007506.0</v>
+        <v>5223061.0</v>
       </c>
       <c r="I94" s="14" t="n">
-        <v>924093.0</v>
+        <v>5036789.0</v>
       </c>
       <c r="J94" s="14" t="n">
-        <v>922887.0</v>
+        <v>4941666.0</v>
       </c>
       <c r="K94" s="14" t="n">
-        <v>871255.0</v>
+        <v>4945932.0</v>
       </c>
       <c r="L94" s="14" t="n">
-        <v>863325.0</v>
+        <v>4987546.0</v>
       </c>
       <c r="M94" s="14" t="n">
-        <v>873320.0</v>
+        <v>5209113.0</v>
       </c>
       <c r="N94" s="14" t="n">
-        <v>965573.0</v>
+        <v>5569296.0</v>
       </c>
       <c r="O94" s="14" t="n">
-        <v>991586.0</v>
+        <v>5817015.0</v>
       </c>
       <c r="P94" s="14" t="n">
-        <v>945429.0</v>
+        <v>5792660.0</v>
       </c>
       <c r="Q94" s="14" t="n">
-        <v>874629.0</v>
+        <v>5884828.0</v>
       </c>
       <c r="R94" s="14" t="n">
-        <v>851907.0</v>
+        <v>5481836.0</v>
       </c>
       <c r="S94" s="14" t="n">
-        <v>784602.0</v>
+        <v>5036647.0</v>
       </c>
       <c r="T94" s="14" t="n">
-        <v>758199.0</v>
+        <v>4479054.0</v>
       </c>
       <c r="U94" s="14" t="n">
-        <v>703644.0</v>
+        <v>4078457.0</v>
       </c>
       <c r="V94" s="14" t="n">
-        <v>708388.0</v>
+        <v>3646585.0</v>
       </c>
       <c r="W94" s="14" t="n">
-        <v>660570.0</v>
+        <v>3443070.0</v>
+      </c>
+      <c r="X94" s="14" t="n">
+        <v>3161852.0</v>
+      </c>
+      <c r="Y94" s="14" t="n">
+        <v>2958441.0</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    EMPLOYMENT: Gross disposable income</t>
+          <t xml:space="preserve">    EMPLOYMENT: Social benefits other than social transfers in kind</t>
         </is>
       </c>
       <c r="B95" s="14" t="n">
-        <v>1.4163008E7</v>
+        <v>13795.0</v>
       </c>
       <c r="C95" s="14" t="n">
-        <v>1.3570942E7</v>
+        <v>12589.0</v>
       </c>
       <c r="D95" s="14" t="n">
-        <v>1.3510078E7</v>
+        <v>8288.0</v>
       </c>
       <c r="E95" s="14" t="n">
-        <v>1.3055213E7</v>
+        <v>6911.0</v>
       </c>
       <c r="F95" s="14" t="n">
-        <v>1.2889108E7</v>
+        <v>7205.0</v>
       </c>
       <c r="G95" s="14" t="n">
-        <v>1.2409972E7</v>
+        <v>5730.0</v>
       </c>
       <c r="H95" s="14" t="n">
-        <v>1.2045823E7</v>
+        <v>4468.0</v>
       </c>
       <c r="I95" s="14" t="n">
-        <v>1.1650895E7</v>
+        <v>3779.0</v>
       </c>
       <c r="J95" s="14" t="n">
-        <v>1.1724433E7</v>
+        <v>3067.0</v>
       </c>
       <c r="K95" s="14" t="n">
-        <v>1.1639851E7</v>
+        <v>1938.0</v>
       </c>
       <c r="L95" s="14" t="n">
-        <v>1.2216871E7</v>
+        <v>2954.0</v>
       </c>
       <c r="M95" s="14" t="n">
-        <v>1.2220492E7</v>
+        <v>4761.0</v>
       </c>
       <c r="N95" s="14" t="n">
-        <v>1.2065909E7</v>
+        <v>5151.0</v>
       </c>
       <c r="O95" s="14" t="n">
-        <v>1.2318336E7</v>
+        <v>12156.0</v>
       </c>
       <c r="P95" s="14" t="n">
-        <v>1.1835971E7</v>
+        <v>11711.0</v>
       </c>
       <c r="Q95" s="14" t="n">
-        <v>1.1305688E7</v>
+        <v>13450.0</v>
       </c>
       <c r="R95" s="14" t="n">
-        <v>1.0694838E7</v>
+        <v>13715.0</v>
       </c>
       <c r="S95" s="14" t="n">
-        <v>1.0016257E7</v>
+        <v>12146.0</v>
       </c>
       <c r="T95" s="14" t="n">
-        <v>9589977.0</v>
+        <v>11038.0</v>
       </c>
       <c r="U95" s="14" t="n">
-        <v>9031777.0</v>
+        <v>9369.0</v>
       </c>
       <c r="V95" s="14" t="n">
-        <v>8627085.0</v>
+        <v>8540.0</v>
       </c>
       <c r="W95" s="14" t="n">
-        <v>8040077.0</v>
+        <v>6918.0</v>
+      </c>
+      <c r="X95" s="14" t="n">
+        <v>5266.0</v>
+      </c>
+      <c r="Y95" s="14" t="n">
+        <v>7741.0</v>
       </c>
     </row>
     <row r="96">
-      <c r="A96" s="6" t="inlineStr">
-[...25 lines deleted...]
-      <c r="W96" s="6"/>
+      <c r="A96" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    EMPLOYMENT:   Other current transfers</t>
+        </is>
+      </c>
+      <c r="B96" s="14" t="n">
+        <v>4035313.0</v>
+      </c>
+      <c r="C96" s="14" t="n">
+        <v>3758166.0</v>
+      </c>
+      <c r="D96" s="14" t="n">
+        <v>3626943.0</v>
+      </c>
+      <c r="E96" s="14" t="n">
+        <v>3033119.0</v>
+      </c>
+      <c r="F96" s="14" t="n">
+        <v>3109218.0</v>
+      </c>
+      <c r="G96" s="14" t="n">
+        <v>2930630.0</v>
+      </c>
+      <c r="H96" s="14" t="n">
+        <v>2719487.0</v>
+      </c>
+      <c r="I96" s="14" t="n">
+        <v>2409227.0</v>
+      </c>
+      <c r="J96" s="14" t="n">
+        <v>2110889.0</v>
+      </c>
+      <c r="K96" s="14" t="n">
+        <v>1946217.0</v>
+      </c>
+      <c r="L96" s="14" t="n">
+        <v>1929449.0</v>
+      </c>
+      <c r="M96" s="14" t="n">
+        <v>1796854.0</v>
+      </c>
+      <c r="N96" s="14" t="n">
+        <v>1745231.0</v>
+      </c>
+      <c r="O96" s="14" t="n">
+        <v>1754896.0</v>
+      </c>
+      <c r="P96" s="14" t="n">
+        <v>1853074.0</v>
+      </c>
+      <c r="Q96" s="14" t="n">
+        <v>1874395.0</v>
+      </c>
+      <c r="R96" s="14" t="n">
+        <v>1751281.0</v>
+      </c>
+      <c r="S96" s="14" t="n">
+        <v>1584369.0</v>
+      </c>
+      <c r="T96" s="14" t="n">
+        <v>1550297.0</v>
+      </c>
+      <c r="U96" s="14" t="n">
+        <v>1414273.0</v>
+      </c>
+      <c r="V96" s="14" t="n">
+        <v>1353835.0</v>
+      </c>
+      <c r="W96" s="14" t="n">
+        <v>1279541.0</v>
+      </c>
+      <c r="X96" s="14" t="n">
+        <v>1207917.0</v>
+      </c>
+      <c r="Y96" s="14" t="n">
+        <v>1140097.0</v>
+      </c>
     </row>
     <row r="97">
       <c r="A97" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    RESOURCES: Balance of gross primary income</t>
+          <t xml:space="preserve">    EMPLOYMENT: Gross disposable income</t>
         </is>
       </c>
       <c r="B97" s="14" t="n">
-        <v>4.2078653E7</v>
+        <v>3.4520788E7</v>
       </c>
       <c r="C97" s="14" t="n">
-        <v>3.9670986E7</v>
+        <v>3.2094074E7</v>
       </c>
       <c r="D97" s="14" t="n">
-        <v>4.2057798E7</v>
+        <v>3.0036592E7</v>
       </c>
       <c r="E97" s="14" t="n">
-        <v>4.0055574E7</v>
+        <v>2.8763636E7</v>
       </c>
       <c r="F97" s="14" t="n">
-        <v>3.8733213E7</v>
+        <v>2.8640224E7</v>
       </c>
       <c r="G97" s="14" t="n">
-        <v>3.7556189E7</v>
+        <v>2.7468546E7</v>
       </c>
       <c r="H97" s="14" t="n">
-        <v>3.6654429E7</v>
+        <v>2.6674228E7</v>
       </c>
       <c r="I97" s="14" t="n">
-        <v>3.5481965E7</v>
+        <v>2.5942195E7</v>
       </c>
       <c r="J97" s="14" t="n">
-        <v>3.5120381E7</v>
+        <v>2.5218068E7</v>
       </c>
       <c r="K97" s="14" t="n">
-        <v>3.5528093E7</v>
+        <v>2.4231323E7</v>
       </c>
       <c r="L97" s="14" t="n">
-        <v>3.7920937E7</v>
+        <v>2.4575107E7</v>
       </c>
       <c r="M97" s="14" t="n">
-        <v>3.8016535E7</v>
+        <v>2.4533737E7</v>
       </c>
       <c r="N97" s="14" t="n">
-        <v>3.7992791E7</v>
+        <v>2.5867611E7</v>
       </c>
       <c r="O97" s="14" t="n">
-        <v>3.995779E7</v>
+        <v>2.5866697E7</v>
       </c>
       <c r="P97" s="14" t="n">
-        <v>3.8613845E7</v>
+        <v>2.5426609E7</v>
       </c>
       <c r="Q97" s="14" t="n">
-        <v>3.6048009E7</v>
+        <v>2.5372281E7</v>
       </c>
       <c r="R97" s="14" t="n">
-        <v>3.3642821E7</v>
+        <v>2.4092241E7</v>
       </c>
       <c r="S97" s="14" t="n">
-        <v>3.1435162E7</v>
+        <v>2.250696E7</v>
       </c>
       <c r="T97" s="14" t="n">
-        <v>2.9545128E7</v>
+        <v>2.1391092E7</v>
       </c>
       <c r="U97" s="14" t="n">
-        <v>2.7905673E7</v>
+        <v>2.0118489E7</v>
       </c>
       <c r="V97" s="14" t="n">
-        <v>2.6515768E7</v>
+        <v>1.9104962E7</v>
       </c>
       <c r="W97" s="14" t="n">
-        <v>2.4561777E7</v>
+        <v>1.7737234E7</v>
+      </c>
+      <c r="X97" s="14" t="n">
+        <v>1.6496762E7</v>
+      </c>
+      <c r="Y97" s="14" t="n">
+        <v>1.519645E7</v>
       </c>
     </row>
     <row r="98">
-      <c r="A98" s="7" t="inlineStr">
-[...69 lines deleted...]
-      </c>
+      <c r="A98" s="6" t="inlineStr">
+        <is>
+          <t>09 Cataluña</t>
+        </is>
+      </c>
+      <c r="B98" s="6"/>
+      <c r="C98" s="6"/>
+      <c r="D98" s="6"/>
+      <c r="E98" s="6"/>
+      <c r="F98" s="6"/>
+      <c r="G98" s="6"/>
+      <c r="H98" s="6"/>
+      <c r="I98" s="6"/>
+      <c r="J98" s="6"/>
+      <c r="K98" s="6"/>
+      <c r="L98" s="6"/>
+      <c r="M98" s="6"/>
+      <c r="N98" s="6"/>
+      <c r="O98" s="6"/>
+      <c r="P98" s="6"/>
+      <c r="Q98" s="6"/>
+      <c r="R98" s="6"/>
+      <c r="S98" s="6"/>
+      <c r="T98" s="6"/>
+      <c r="U98" s="6"/>
+      <c r="V98" s="6"/>
+      <c r="W98" s="6"/>
+      <c r="X98" s="6"/>
+      <c r="Y98" s="6"/>
     </row>
     <row r="99">
       <c r="A99" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    RESOURCES: Other current transfers</t>
+          <t xml:space="preserve">    RESOURCES: Balance of gross primary income</t>
         </is>
       </c>
       <c r="B99" s="14" t="n">
-        <v>4361037.0</v>
+        <v>1.92940284E8</v>
       </c>
       <c r="C99" s="14" t="n">
-        <v>3643739.0</v>
+        <v>1.75040119E8</v>
       </c>
       <c r="D99" s="14" t="n">
-        <v>3671932.0</v>
+        <v>1.62308465E8</v>
       </c>
       <c r="E99" s="14" t="n">
-        <v>3710669.0</v>
+        <v>1.50954112E8</v>
       </c>
       <c r="F99" s="14" t="n">
-        <v>3549914.0</v>
+        <v>1.61615675E8</v>
       </c>
       <c r="G99" s="14" t="n">
-        <v>2929002.0</v>
+        <v>1.53384745E8</v>
       </c>
       <c r="H99" s="14" t="n">
-        <v>2711633.0</v>
+        <v>1.48771439E8</v>
       </c>
       <c r="I99" s="14" t="n">
-        <v>2564385.0</v>
+        <v>1.43250474E8</v>
       </c>
       <c r="J99" s="14" t="n">
-        <v>2411158.0</v>
+        <v>1.38842946E8</v>
       </c>
       <c r="K99" s="14" t="n">
-        <v>2410410.0</v>
+        <v>1.32865271E8</v>
       </c>
       <c r="L99" s="14" t="n">
-        <v>2286754.0</v>
+        <v>1.31134054E8</v>
       </c>
       <c r="M99" s="14" t="n">
-        <v>2219609.0</v>
+        <v>1.3240523E8</v>
       </c>
       <c r="N99" s="14" t="n">
-        <v>2710526.0</v>
+        <v>1.40309966E8</v>
       </c>
       <c r="O99" s="14" t="n">
-        <v>2913544.0</v>
+        <v>1.40520548E8</v>
       </c>
       <c r="P99" s="14" t="n">
-        <v>2649177.0</v>
+        <v>1.40003112E8</v>
       </c>
       <c r="Q99" s="14" t="n">
-        <v>2400597.0</v>
+        <v>1.4622916E8</v>
       </c>
       <c r="R99" s="14" t="n">
-        <v>2513717.0</v>
+        <v>1.41755878E8</v>
       </c>
       <c r="S99" s="14" t="n">
-        <v>2532481.0</v>
+        <v>1.32910191E8</v>
       </c>
       <c r="T99" s="14" t="n">
-        <v>2547487.0</v>
+        <v>1.23740269E8</v>
       </c>
       <c r="U99" s="14" t="n">
-        <v>2380594.0</v>
+        <v>1.15285858E8</v>
       </c>
       <c r="V99" s="14" t="n">
-        <v>2317181.0</v>
+        <v>1.07967888E8</v>
       </c>
       <c r="W99" s="14" t="n">
-        <v>2235735.0</v>
+        <v>1.00313894E8</v>
+      </c>
+      <c r="X99" s="14" t="n">
+        <v>9.4880666E7</v>
+      </c>
+      <c r="Y99" s="14" t="n">
+        <v>8.7705429E7</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    EMPLOYMENT: Current taxes on income, capital gains, etc.</t>
+          <t xml:space="preserve">    RESOURCES: Net social contributions</t>
         </is>
       </c>
       <c r="B100" s="14" t="n">
-        <v>5308135.0</v>
+        <v>68577.0</v>
       </c>
       <c r="C100" s="14" t="n">
-        <v>5104577.0</v>
+        <v>49298.0</v>
       </c>
       <c r="D100" s="14" t="n">
-        <v>5105091.0</v>
+        <v>55690.0</v>
       </c>
       <c r="E100" s="14" t="n">
-        <v>4733108.0</v>
+        <v>56617.0</v>
       </c>
       <c r="F100" s="14" t="n">
-        <v>4483115.0</v>
+        <v>57377.0</v>
       </c>
       <c r="G100" s="14" t="n">
-        <v>4214801.0</v>
+        <v>43272.0</v>
       </c>
       <c r="H100" s="14" t="n">
-        <v>4217463.0</v>
+        <v>37081.0</v>
       </c>
       <c r="I100" s="14" t="n">
-        <v>4252397.0</v>
+        <v>27275.0</v>
       </c>
       <c r="J100" s="14" t="n">
-        <v>4158939.0</v>
+        <v>26144.0</v>
       </c>
       <c r="K100" s="14" t="n">
-        <v>4105594.0</v>
+        <v>24781.0</v>
       </c>
       <c r="L100" s="14" t="n">
-        <v>4057062.0</v>
+        <v>27372.0</v>
       </c>
       <c r="M100" s="14" t="n">
-        <v>3960069.0</v>
+        <v>35048.0</v>
       </c>
       <c r="N100" s="14" t="n">
-        <v>3679209.0</v>
+        <v>43530.0</v>
       </c>
       <c r="O100" s="14" t="n">
-        <v>3939927.0</v>
+        <v>52885.0</v>
       </c>
       <c r="P100" s="14" t="n">
-        <v>3991540.0</v>
+        <v>59522.0</v>
       </c>
       <c r="Q100" s="14" t="n">
-        <v>3388538.0</v>
+        <v>70381.0</v>
       </c>
       <c r="R100" s="14" t="n">
-        <v>2977470.0</v>
+        <v>66896.0</v>
       </c>
       <c r="S100" s="14" t="n">
-        <v>2872952.0</v>
+        <v>67295.0</v>
       </c>
       <c r="T100" s="14" t="n">
-        <v>2464637.0</v>
+        <v>66854.0</v>
       </c>
       <c r="U100" s="14" t="n">
-        <v>2528473.0</v>
+        <v>55197.0</v>
       </c>
       <c r="V100" s="14" t="n">
-        <v>2345016.0</v>
+        <v>49185.0</v>
       </c>
       <c r="W100" s="14" t="n">
-        <v>2062091.0</v>
+        <v>46228.0</v>
+      </c>
+      <c r="X100" s="14" t="n">
+        <v>42914.0</v>
+      </c>
+      <c r="Y100" s="14" t="n">
+        <v>41475.0</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    EMPLOYMENT:   Net social contributions (2)</t>
+          <t xml:space="preserve">    RESOURCES: Social benefits other than social transfers in kind (1)</t>
         </is>
       </c>
       <c r="B101" s="14" t="n">
-        <v>9355138.0</v>
+        <v>4.6131695E7</v>
       </c>
       <c r="C101" s="14" t="n">
-        <v>8812502.0</v>
+        <v>4.2240278E7</v>
       </c>
       <c r="D101" s="14" t="n">
-        <v>8792866.0</v>
+        <v>4.339727E7</v>
       </c>
       <c r="E101" s="14" t="n">
-        <v>8221821.0</v>
+        <v>4.2870943E7</v>
       </c>
       <c r="F101" s="14" t="n">
-        <v>7914101.0</v>
+        <v>3.7252475E7</v>
       </c>
       <c r="G101" s="14" t="n">
-        <v>7705205.0</v>
+        <v>3.4828098E7</v>
       </c>
       <c r="H101" s="14" t="n">
-        <v>7615896.0</v>
+        <v>3.3384272E7</v>
       </c>
       <c r="I101" s="14" t="n">
-        <v>7676289.0</v>
+        <v>3.316624E7</v>
       </c>
       <c r="J101" s="14" t="n">
-        <v>7661066.0</v>
+        <v>3.2705791E7</v>
       </c>
       <c r="K101" s="14" t="n">
-        <v>7868937.0</v>
+        <v>3.3357265E7</v>
       </c>
       <c r="L101" s="14" t="n">
-        <v>8282423.0</v>
+        <v>3.3522593E7</v>
       </c>
       <c r="M101" s="14" t="n">
-        <v>8500246.0</v>
+        <v>3.3108169E7</v>
       </c>
       <c r="N101" s="14" t="n">
-        <v>8413134.0</v>
+        <v>3.2594765E7</v>
       </c>
       <c r="O101" s="14" t="n">
-        <v>8402822.0</v>
+        <v>3.2797675E7</v>
       </c>
       <c r="P101" s="14" t="n">
-        <v>7864105.0</v>
+        <v>3.0954906E7</v>
       </c>
       <c r="Q101" s="14" t="n">
-        <v>7328793.0</v>
+        <v>2.741058E7</v>
       </c>
       <c r="R101" s="14" t="n">
-        <v>6712252.0</v>
+        <v>2.4511256E7</v>
       </c>
       <c r="S101" s="14" t="n">
-        <v>6342442.0</v>
+        <v>2.2824188E7</v>
       </c>
       <c r="T101" s="14" t="n">
-        <v>5775677.0</v>
+        <v>2.0941331E7</v>
       </c>
       <c r="U101" s="14" t="n">
-        <v>5580135.0</v>
+        <v>1.9516726E7</v>
       </c>
       <c r="V101" s="14" t="n">
-        <v>5224752.0</v>
+        <v>1.750809E7</v>
       </c>
       <c r="W101" s="14" t="n">
-        <v>4921698.0</v>
+        <v>1.6542504E7</v>
+      </c>
+      <c r="X101" s="14" t="n">
+        <v>1.4833404E7</v>
+      </c>
+      <c r="Y101" s="14" t="n">
+        <v>1.4195126E7</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    EMPLOYMENT:   Other current transfers</t>
+          <t xml:space="preserve">    RESOURCES: Other current transfers</t>
         </is>
       </c>
       <c r="B102" s="14" t="n">
-        <v>4589572.0</v>
+        <v>1.4354442E7</v>
       </c>
       <c r="C102" s="14" t="n">
-        <v>3798470.0</v>
+        <v>1.3271294E7</v>
       </c>
       <c r="D102" s="14" t="n">
-        <v>3925912.0</v>
+        <v>1.2629209E7</v>
       </c>
       <c r="E102" s="14" t="n">
-        <v>3781781.0</v>
+        <v>1.0507792E7</v>
       </c>
       <c r="F102" s="14" t="n">
-        <v>3503528.0</v>
+        <v>1.0304772E7</v>
       </c>
       <c r="G102" s="14" t="n">
-        <v>3148194.0</v>
+        <v>9594500.0</v>
       </c>
       <c r="H102" s="14" t="n">
-        <v>2919286.0</v>
+        <v>8861670.0</v>
       </c>
       <c r="I102" s="14" t="n">
-        <v>2611993.0</v>
+        <v>7749420.0</v>
       </c>
       <c r="J102" s="14" t="n">
-        <v>2580401.0</v>
+        <v>7532492.0</v>
       </c>
       <c r="K102" s="14" t="n">
-        <v>2472266.0</v>
+        <v>6910927.0</v>
       </c>
       <c r="L102" s="14" t="n">
-        <v>2347986.0</v>
+        <v>6738154.0</v>
       </c>
       <c r="M102" s="14" t="n">
-        <v>2372107.0</v>
+        <v>6740110.0</v>
       </c>
       <c r="N102" s="14" t="n">
-        <v>2529533.0</v>
+        <v>6735079.0</v>
       </c>
       <c r="O102" s="14" t="n">
-        <v>2691739.0</v>
+        <v>6946636.0</v>
       </c>
       <c r="P102" s="14" t="n">
-        <v>2507913.0</v>
+        <v>7788806.0</v>
       </c>
       <c r="Q102" s="14" t="n">
-        <v>2247423.0</v>
+        <v>8123585.0</v>
       </c>
       <c r="R102" s="14" t="n">
-        <v>2315721.0</v>
+        <v>7523656.0</v>
       </c>
       <c r="S102" s="14" t="n">
-        <v>2107760.0</v>
+        <v>6641032.0</v>
       </c>
       <c r="T102" s="14" t="n">
-        <v>2100128.0</v>
+        <v>7260532.0</v>
       </c>
       <c r="U102" s="14" t="n">
-        <v>2076256.0</v>
+        <v>6781164.0</v>
       </c>
       <c r="V102" s="14" t="n">
-        <v>1979723.0</v>
+        <v>6490107.0</v>
       </c>
       <c r="W102" s="14" t="n">
-        <v>1864016.0</v>
+        <v>6398301.0</v>
+      </c>
+      <c r="X102" s="14" t="n">
+        <v>6024498.0</v>
+      </c>
+      <c r="Y102" s="14" t="n">
+        <v>5792571.0</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    EMPLOYMENT: Gross disposable income</t>
+          <t xml:space="preserve">    EMPLOYMENT: Current taxes on income, capital gains, etc.</t>
         </is>
       </c>
       <c r="B103" s="14" t="n">
-        <v>4.2121824E7</v>
+        <v>3.0489019E7</v>
       </c>
       <c r="C103" s="14" t="n">
-        <v>4.0711405E7</v>
+        <v>2.8164468E7</v>
       </c>
       <c r="D103" s="14" t="n">
-        <v>4.1209303E7</v>
+        <v>2.3930192E7</v>
       </c>
       <c r="E103" s="14" t="n">
-        <v>3.9584911E7</v>
+        <v>2.1972592E7</v>
       </c>
       <c r="F103" s="14" t="n">
-        <v>3.8484847E7</v>
+        <v>2.2339403E7</v>
       </c>
       <c r="G103" s="14" t="n">
-        <v>3.736172E7</v>
+        <v>2.140543E7</v>
       </c>
       <c r="H103" s="14" t="n">
-        <v>3.645295E7</v>
+        <v>1.9758365E7</v>
       </c>
       <c r="I103" s="14" t="n">
-        <v>3.5421306E7</v>
+        <v>1.8339755E7</v>
       </c>
       <c r="J103" s="14" t="n">
-        <v>3.5140895E7</v>
+        <v>1.7771449E7</v>
       </c>
       <c r="K103" s="14" t="n">
-        <v>3.5258758E7</v>
+        <v>1.7728644E7</v>
       </c>
       <c r="L103" s="14" t="n">
-        <v>3.696062E7</v>
+        <v>1.7344513E7</v>
       </c>
       <c r="M103" s="14" t="n">
-        <v>3.6700446E7</v>
+        <v>1.7209837E7</v>
       </c>
       <c r="N103" s="14" t="n">
-        <v>3.7066339E7</v>
+        <v>1.6732441E7</v>
       </c>
       <c r="O103" s="14" t="n">
-        <v>3.7821404E7</v>
+        <v>1.6342067E7</v>
       </c>
       <c r="P103" s="14" t="n">
-        <v>3.6037594E7</v>
+        <v>1.551329E7</v>
       </c>
       <c r="Q103" s="14" t="n">
-        <v>3.4168727E7</v>
+        <v>1.7564634E7</v>
       </c>
       <c r="R103" s="14" t="n">
-        <v>3.2221774E7</v>
+        <v>1.8073238E7</v>
       </c>
       <c r="S103" s="14" t="n">
-        <v>3.0209961E7</v>
+        <v>1.5493604E7</v>
       </c>
       <c r="T103" s="14" t="n">
-        <v>2.8761732E7</v>
+        <v>1.3554689E7</v>
       </c>
       <c r="U103" s="14" t="n">
-        <v>2.6792626E7</v>
+        <v>1.307054E7</v>
       </c>
       <c r="V103" s="14" t="n">
-        <v>2.5388455E7</v>
+        <v>1.1570455E7</v>
       </c>
       <c r="W103" s="14" t="n">
-        <v>2.3798928E7</v>
+        <v>1.1389439E7</v>
+      </c>
+      <c r="X103" s="14" t="n">
+        <v>1.0495049E7</v>
+      </c>
+      <c r="Y103" s="14" t="n">
+        <v>9526489.0</v>
       </c>
     </row>
     <row r="104">
-      <c r="A104" s="6" t="inlineStr">
-[...25 lines deleted...]
-      <c r="W104" s="6"/>
+      <c r="A104" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    EMPLOYMENT:   Net social contributions (2)</t>
+        </is>
+      </c>
+      <c r="B104" s="14" t="n">
+        <v>4.0492269E7</v>
+      </c>
+      <c r="C104" s="14" t="n">
+        <v>3.6604576E7</v>
+      </c>
+      <c r="D104" s="14" t="n">
+        <v>3.4872095E7</v>
+      </c>
+      <c r="E104" s="14" t="n">
+        <v>3.3036208E7</v>
+      </c>
+      <c r="F104" s="14" t="n">
+        <v>3.2912715E7</v>
+      </c>
+      <c r="G104" s="14" t="n">
+        <v>3.0443258E7</v>
+      </c>
+      <c r="H104" s="14" t="n">
+        <v>2.9097516E7</v>
+      </c>
+      <c r="I104" s="14" t="n">
+        <v>2.7724903E7</v>
+      </c>
+      <c r="J104" s="14" t="n">
+        <v>2.6871914E7</v>
+      </c>
+      <c r="K104" s="14" t="n">
+        <v>2.6780819E7</v>
+      </c>
+      <c r="L104" s="14" t="n">
+        <v>2.6456604E7</v>
+      </c>
+      <c r="M104" s="14" t="n">
+        <v>2.7165779E7</v>
+      </c>
+      <c r="N104" s="14" t="n">
+        <v>2.8441645E7</v>
+      </c>
+      <c r="O104" s="14" t="n">
+        <v>2.9143702E7</v>
+      </c>
+      <c r="P104" s="14" t="n">
+        <v>2.9018688E7</v>
+      </c>
+      <c r="Q104" s="14" t="n">
+        <v>2.999798E7</v>
+      </c>
+      <c r="R104" s="14" t="n">
+        <v>2.8206504E7</v>
+      </c>
+      <c r="S104" s="14" t="n">
+        <v>2.6526499E7</v>
+      </c>
+      <c r="T104" s="14" t="n">
+        <v>2.4298753E7</v>
+      </c>
+      <c r="U104" s="14" t="n">
+        <v>2.267702E7</v>
+      </c>
+      <c r="V104" s="14" t="n">
+        <v>2.0939414E7</v>
+      </c>
+      <c r="W104" s="14" t="n">
+        <v>2.0040744E7</v>
+      </c>
+      <c r="X104" s="14" t="n">
+        <v>1.8710535E7</v>
+      </c>
+      <c r="Y104" s="14" t="n">
+        <v>1.7449287E7</v>
+      </c>
     </row>
     <row r="105">
       <c r="A105" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    RESOURCES: Balance of gross primary income</t>
+          <t xml:space="preserve">    EMPLOYMENT: Social benefits other than social transfers in kind</t>
         </is>
       </c>
       <c r="B105" s="14" t="n">
-        <v>1.63405485E8</v>
+        <v>73459.0</v>
       </c>
       <c r="C105" s="14" t="n">
-        <v>1.54348294E8</v>
+        <v>65677.0</v>
       </c>
       <c r="D105" s="14" t="n">
-        <v>1.6404542E8</v>
+        <v>43467.0</v>
       </c>
       <c r="E105" s="14" t="n">
-        <v>1.5438421E8</v>
+        <v>37531.0</v>
       </c>
       <c r="F105" s="14" t="n">
-        <v>1.49133167E8</v>
+        <v>38422.0</v>
       </c>
       <c r="G105" s="14" t="n">
-        <v>1.42856529E8</v>
+        <v>29752.0</v>
       </c>
       <c r="H105" s="14" t="n">
-        <v>1.37915625E8</v>
+        <v>23739.0</v>
       </c>
       <c r="I105" s="14" t="n">
-        <v>1.31824721E8</v>
+        <v>20523.0</v>
       </c>
       <c r="J105" s="14" t="n">
-        <v>1.2981113E8</v>
+        <v>17022.0</v>
       </c>
       <c r="K105" s="14" t="n">
-        <v>1.31213347E8</v>
+        <v>11047.0</v>
       </c>
       <c r="L105" s="14" t="n">
-        <v>1.3856347E8</v>
+        <v>17158.0</v>
       </c>
       <c r="M105" s="14" t="n">
-        <v>1.36629996E8</v>
+        <v>24743.0</v>
       </c>
       <c r="N105" s="14" t="n">
-        <v>1.36201579E8</v>
+        <v>25213.0</v>
       </c>
       <c r="O105" s="14" t="n">
-        <v>1.39427007E8</v>
+        <v>60934.0</v>
       </c>
       <c r="P105" s="14" t="n">
-        <v>1.34299134E8</v>
+        <v>58246.0</v>
       </c>
       <c r="Q105" s="14" t="n">
-        <v>1.26827059E8</v>
+        <v>63772.0</v>
       </c>
       <c r="R105" s="14" t="n">
-        <v>1.17500727E8</v>
+        <v>69113.0</v>
       </c>
       <c r="S105" s="14" t="n">
-        <v>1.09217982E8</v>
+        <v>61767.0</v>
       </c>
       <c r="T105" s="14" t="n">
-        <v>1.01784764E8</v>
+        <v>55389.0</v>
       </c>
       <c r="U105" s="14" t="n">
-        <v>9.5558341E7</v>
+        <v>49696.0</v>
       </c>
       <c r="V105" s="14" t="n">
-        <v>9.0532025E7</v>
+        <v>46717.0</v>
       </c>
       <c r="W105" s="14" t="n">
-        <v>8.2518837E7</v>
+        <v>41028.0</v>
+      </c>
+      <c r="X105" s="14" t="n">
+        <v>30259.0</v>
+      </c>
+      <c r="Y105" s="14" t="n">
+        <v>45383.0</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    RESOURCES: Social benefits other than social transfers in kind (1)</t>
+          <t xml:space="preserve">    EMPLOYMENT:   Other current transfers</t>
         </is>
       </c>
       <c r="B106" s="14" t="n">
-        <v>3.6674741E7</v>
+        <v>1.7016175E7</v>
       </c>
       <c r="C106" s="14" t="n">
-        <v>3.6809306E7</v>
+        <v>1.5701675E7</v>
       </c>
       <c r="D106" s="14" t="n">
-        <v>3.186803E7</v>
+        <v>1.500155E7</v>
       </c>
       <c r="E106" s="14" t="n">
-        <v>2.9556158E7</v>
+        <v>1.2148144E7</v>
       </c>
       <c r="F106" s="14" t="n">
-        <v>2.860287E7</v>
+        <v>1.2315429E7</v>
       </c>
       <c r="G106" s="14" t="n">
-        <v>2.7936561E7</v>
+        <v>1.1748647E7</v>
       </c>
       <c r="H106" s="14" t="n">
-        <v>2.7467738E7</v>
+        <v>1.0788051E7</v>
       </c>
       <c r="I106" s="14" t="n">
-        <v>2.7674498E7</v>
+        <v>9556664.0</v>
       </c>
       <c r="J106" s="14" t="n">
-        <v>2.7973115E7</v>
+        <v>8951908.0</v>
       </c>
       <c r="K106" s="14" t="n">
-        <v>2.7148813E7</v>
+        <v>8297518.0</v>
       </c>
       <c r="L106" s="14" t="n">
-        <v>2.6653401E7</v>
+        <v>8328170.0</v>
       </c>
       <c r="M106" s="14" t="n">
-        <v>2.665055E7</v>
+        <v>8062441.0</v>
       </c>
       <c r="N106" s="14" t="n">
-        <v>2.472572E7</v>
+        <v>8141924.0</v>
       </c>
       <c r="O106" s="14" t="n">
-        <v>2.20098E7</v>
+        <v>8153466.0</v>
       </c>
       <c r="P106" s="14" t="n">
-        <v>1.9318966E7</v>
+        <v>9008593.0</v>
       </c>
       <c r="Q106" s="14" t="n">
-        <v>1.786495E7</v>
+        <v>9264432.0</v>
       </c>
       <c r="R106" s="14" t="n">
-        <v>1.6436397E7</v>
+        <v>9043980.0</v>
       </c>
       <c r="S106" s="14" t="n">
-        <v>1.5476682E7</v>
+        <v>8136621.0</v>
       </c>
       <c r="T106" s="14" t="n">
-        <v>1.4156426E7</v>
+        <v>7814146.0</v>
       </c>
       <c r="U106" s="14" t="n">
-        <v>1.3302252E7</v>
+        <v>7229260.0</v>
       </c>
       <c r="V106" s="14" t="n">
-        <v>1.1721451E7</v>
+        <v>6853526.0</v>
       </c>
       <c r="W106" s="14" t="n">
-        <v>1.1377563E7</v>
+        <v>6670234.0</v>
+      </c>
+      <c r="X106" s="14" t="n">
+        <v>6288853.0</v>
+      </c>
+      <c r="Y106" s="14" t="n">
+        <v>5803637.0</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    RESOURCES: Other current transfers</t>
+          <t xml:space="preserve">    EMPLOYMENT: Gross disposable income</t>
         </is>
       </c>
       <c r="B107" s="14" t="n">
-        <v>1.2699918E7</v>
+        <v>1.65424076E8</v>
       </c>
       <c r="C107" s="14" t="n">
-        <v>1.1044385E7</v>
+        <v>1.50064593E8</v>
       </c>
       <c r="D107" s="14" t="n">
-        <v>1.160544E7</v>
+        <v>1.4454333E8</v>
       </c>
       <c r="E107" s="14" t="n">
-        <v>1.0599525E7</v>
+        <v>1.37194989E8</v>
       </c>
       <c r="F107" s="14" t="n">
-        <v>9678190.0</v>
+        <v>1.4162433E8</v>
       </c>
       <c r="G107" s="14" t="n">
-        <v>8961365.0</v>
+        <v>1.34223528E8</v>
       </c>
       <c r="H107" s="14" t="n">
-        <v>7865018.0</v>
+        <v>1.31386791E8</v>
       </c>
       <c r="I107" s="14" t="n">
-        <v>8181945.0</v>
+        <v>1.28551564E8</v>
       </c>
       <c r="J107" s="14" t="n">
-        <v>7466461.0</v>
+        <v>1.2549508E8</v>
       </c>
       <c r="K107" s="14" t="n">
-        <v>7398562.0</v>
+        <v>1.20340216E8</v>
       </c>
       <c r="L107" s="14" t="n">
-        <v>7367193.0</v>
+        <v>1.19275728E8</v>
       </c>
       <c r="M107" s="14" t="n">
-        <v>7632621.0</v>
+        <v>1.19825757E8</v>
       </c>
       <c r="N107" s="14" t="n">
-        <v>8262093.0</v>
+        <v>1.26342117E8</v>
       </c>
       <c r="O107" s="14" t="n">
-        <v>7942330.0</v>
+        <v>1.26617575E8</v>
       </c>
       <c r="P107" s="14" t="n">
-        <v>7554475.0</v>
+        <v>1.25207529E8</v>
       </c>
       <c r="Q107" s="14" t="n">
-        <v>7029211.0</v>
+        <v>1.24942888E8</v>
       </c>
       <c r="R107" s="14" t="n">
-        <v>6630004.0</v>
+        <v>1.18464851E8</v>
       </c>
       <c r="S107" s="14" t="n">
-        <v>6824578.0</v>
+        <v>1.12224215E8</v>
       </c>
       <c r="T107" s="14" t="n">
-        <v>6499768.0</v>
+        <v>1.06286009E8</v>
       </c>
       <c r="U107" s="14" t="n">
-        <v>5795906.0</v>
+        <v>9.8612429E7</v>
       </c>
       <c r="V107" s="14" t="n">
-        <v>5886664.0</v>
+        <v>9.2605158E7</v>
       </c>
       <c r="W107" s="14" t="n">
-        <v>5793039.0</v>
+        <v>8.5159482E7</v>
+      </c>
+      <c r="X107" s="14" t="n">
+        <v>8.0256786E7</v>
+      </c>
+      <c r="Y107" s="14" t="n">
+        <v>7.4909805E7</v>
       </c>
     </row>
     <row r="108">
-      <c r="A108" s="7" t="inlineStr">
-[...69 lines deleted...]
-      </c>
+      <c r="A108" s="6" t="inlineStr">
+        <is>
+          <t>10 Comunitat Valenciana</t>
+        </is>
+      </c>
+      <c r="B108" s="6"/>
+      <c r="C108" s="6"/>
+      <c r="D108" s="6"/>
+      <c r="E108" s="6"/>
+      <c r="F108" s="6"/>
+      <c r="G108" s="6"/>
+      <c r="H108" s="6"/>
+      <c r="I108" s="6"/>
+      <c r="J108" s="6"/>
+      <c r="K108" s="6"/>
+      <c r="L108" s="6"/>
+      <c r="M108" s="6"/>
+      <c r="N108" s="6"/>
+      <c r="O108" s="6"/>
+      <c r="P108" s="6"/>
+      <c r="Q108" s="6"/>
+      <c r="R108" s="6"/>
+      <c r="S108" s="6"/>
+      <c r="T108" s="6"/>
+      <c r="U108" s="6"/>
+      <c r="V108" s="6"/>
+      <c r="W108" s="6"/>
+      <c r="X108" s="6"/>
+      <c r="Y108" s="6"/>
     </row>
     <row r="109">
       <c r="A109" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    EMPLOYMENT:   Net social contributions (2)</t>
+          <t xml:space="preserve">    RESOURCES: Balance of gross primary income</t>
         </is>
       </c>
       <c r="B109" s="14" t="n">
-        <v>3.532966E7</v>
+        <v>9.4967099E7</v>
       </c>
       <c r="C109" s="14" t="n">
-        <v>3.3872721E7</v>
+        <v>8.66386E7</v>
       </c>
       <c r="D109" s="14" t="n">
-        <v>3.3103925E7</v>
+        <v>8.0462607E7</v>
       </c>
       <c r="E109" s="14" t="n">
-        <v>3.0389494E7</v>
+        <v>7.4993033E7</v>
       </c>
       <c r="F109" s="14" t="n">
-        <v>2.9075071E7</v>
+        <v>7.8980234E7</v>
       </c>
       <c r="G109" s="14" t="n">
-        <v>2.8031466E7</v>
+        <v>7.4864444E7</v>
       </c>
       <c r="H109" s="14" t="n">
-        <v>2.7409311E7</v>
+        <v>7.228913E7</v>
       </c>
       <c r="I109" s="14" t="n">
-        <v>2.7308286E7</v>
+        <v>6.9245186E7</v>
       </c>
       <c r="J109" s="14" t="n">
-        <v>2.6732747E7</v>
+        <v>6.7386232E7</v>
       </c>
       <c r="K109" s="14" t="n">
-        <v>2.7401396E7</v>
+        <v>6.4719863E7</v>
       </c>
       <c r="L109" s="14" t="n">
-        <v>2.827801E7</v>
+        <v>6.3601096E7</v>
       </c>
       <c r="M109" s="14" t="n">
-        <v>2.8707721E7</v>
+        <v>6.4338511E7</v>
       </c>
       <c r="N109" s="14" t="n">
-        <v>2.8501546E7</v>
+        <v>6.9462601E7</v>
       </c>
       <c r="O109" s="14" t="n">
-        <v>2.8692582E7</v>
+        <v>6.9447152E7</v>
       </c>
       <c r="P109" s="14" t="n">
-        <v>2.6625681E7</v>
+        <v>6.9904167E7</v>
       </c>
       <c r="Q109" s="14" t="n">
-        <v>2.5235319E7</v>
+        <v>7.5249957E7</v>
       </c>
       <c r="R109" s="14" t="n">
-        <v>2.3035786E7</v>
+        <v>7.3110423E7</v>
       </c>
       <c r="S109" s="14" t="n">
-        <v>2.1444612E7</v>
+        <v>6.8796203E7</v>
       </c>
       <c r="T109" s="14" t="n">
-        <v>1.9705695E7</v>
+        <v>6.4106245E7</v>
       </c>
       <c r="U109" s="14" t="n">
-        <v>1.8950858E7</v>
+        <v>6.0115917E7</v>
       </c>
       <c r="V109" s="14" t="n">
-        <v>1.7679158E7</v>
+        <v>5.647419E7</v>
       </c>
       <c r="W109" s="14" t="n">
-        <v>1.6334272E7</v>
+        <v>5.3023726E7</v>
+      </c>
+      <c r="X109" s="14" t="n">
+        <v>4.9958287E7</v>
+      </c>
+      <c r="Y109" s="14" t="n">
+        <v>4.5813036E7</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    EMPLOYMENT:   Other current transfers</t>
+          <t xml:space="preserve">    RESOURCES: Net social contributions</t>
         </is>
       </c>
       <c r="B110" s="14" t="n">
-        <v>1.4712995E7</v>
+        <v>37055.0</v>
       </c>
       <c r="C110" s="14" t="n">
-        <v>1.2265819E7</v>
+        <v>26618.0</v>
       </c>
       <c r="D110" s="14" t="n">
-        <v>1.3415764E7</v>
+        <v>29702.0</v>
       </c>
       <c r="E110" s="14" t="n">
-        <v>1.2524958E7</v>
+        <v>29870.0</v>
       </c>
       <c r="F110" s="14" t="n">
-        <v>1.1360241E7</v>
+        <v>30009.0</v>
       </c>
       <c r="G110" s="14" t="n">
-        <v>1.0156243E7</v>
+        <v>22475.0</v>
       </c>
       <c r="H110" s="14" t="n">
-        <v>9559684.0</v>
+        <v>19072.0</v>
       </c>
       <c r="I110" s="14" t="n">
-        <v>9069951.0</v>
+        <v>13945.0</v>
       </c>
       <c r="J110" s="14" t="n">
-        <v>8795365.0</v>
+        <v>13343.0</v>
       </c>
       <c r="K110" s="14" t="n">
-        <v>8575783.0</v>
+        <v>12544.0</v>
       </c>
       <c r="L110" s="14" t="n">
-        <v>8556017.0</v>
+        <v>13722.0</v>
       </c>
       <c r="M110" s="14" t="n">
-        <v>8661227.0</v>
+        <v>17619.0</v>
       </c>
       <c r="N110" s="14" t="n">
-        <v>8976049.0</v>
+        <v>22171.0</v>
       </c>
       <c r="O110" s="14" t="n">
-        <v>9275476.0</v>
+        <v>27061.0</v>
       </c>
       <c r="P110" s="14" t="n">
-        <v>9012910.0</v>
+        <v>30908.0</v>
       </c>
       <c r="Q110" s="14" t="n">
-        <v>8336951.0</v>
+        <v>38268.0</v>
       </c>
       <c r="R110" s="14" t="n">
-        <v>7808735.0</v>
+        <v>37549.0</v>
       </c>
       <c r="S110" s="14" t="n">
-        <v>7353876.0</v>
+        <v>37981.0</v>
       </c>
       <c r="T110" s="14" t="n">
-        <v>6879733.0</v>
+        <v>37477.0</v>
       </c>
       <c r="U110" s="14" t="n">
-        <v>6018730.0</v>
+        <v>30692.0</v>
       </c>
       <c r="V110" s="14" t="n">
-        <v>6128493.0</v>
+        <v>27155.0</v>
       </c>
       <c r="W110" s="14" t="n">
-        <v>5728307.0</v>
+        <v>25285.0</v>
+      </c>
+      <c r="X110" s="14" t="n">
+        <v>23198.0</v>
+      </c>
+      <c r="Y110" s="14" t="n">
+        <v>22077.0</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    EMPLOYMENT: Gross disposable income</t>
+          <t xml:space="preserve">    RESOURCES: Social benefits other than social transfers in kind (1)</t>
         </is>
       </c>
       <c r="B111" s="14" t="n">
-        <v>1.36678327E8</v>
+        <v>2.7490956E7</v>
       </c>
       <c r="C111" s="14" t="n">
-        <v>1.31741416E8</v>
+        <v>2.4774248E7</v>
       </c>
       <c r="D111" s="14" t="n">
-        <v>1.36217951E8</v>
+        <v>2.526936E7</v>
       </c>
       <c r="E111" s="14" t="n">
-        <v>1.28124863E8</v>
+        <v>2.5035919E7</v>
       </c>
       <c r="F111" s="14" t="n">
-        <v>1.25443901E8</v>
+        <v>2.1889638E7</v>
       </c>
       <c r="G111" s="14" t="n">
-        <v>1.21287577E8</v>
+        <v>2.0338995E7</v>
       </c>
       <c r="H111" s="14" t="n">
-        <v>1.16436232E8</v>
+        <v>1.9287153E7</v>
       </c>
       <c r="I111" s="14" t="n">
-        <v>1.11477492E8</v>
+        <v>1.9164833E7</v>
       </c>
       <c r="J111" s="14" t="n">
-        <v>1.10477741E8</v>
+        <v>1.8958447E7</v>
       </c>
       <c r="K111" s="14" t="n">
-        <v>1.10545086E8</v>
+        <v>1.9230438E7</v>
       </c>
       <c r="L111" s="14" t="n">
-        <v>1.17030543E8</v>
+        <v>1.9328612E7</v>
       </c>
       <c r="M111" s="14" t="n">
-        <v>1.15383645E8</v>
+        <v>1.9281835E7</v>
       </c>
       <c r="N111" s="14" t="n">
-        <v>1.14382377E8</v>
+        <v>1.8911967E7</v>
       </c>
       <c r="O111" s="14" t="n">
-        <v>1.11909438E8</v>
+        <v>1.8906536E7</v>
       </c>
       <c r="P111" s="14" t="n">
-        <v>1.06326525E8</v>
+        <v>1.7659856E7</v>
       </c>
       <c r="Q111" s="14" t="n">
-        <v>1.01649946E8</v>
+        <v>1.5575408E7</v>
       </c>
       <c r="R111" s="14" t="n">
-        <v>9.5362618E7</v>
+        <v>1.3726893E7</v>
       </c>
       <c r="S111" s="14" t="n">
-        <v>8.890919E7</v>
+        <v>1.2661901E7</v>
       </c>
       <c r="T111" s="14" t="n">
-        <v>8.3373388E7</v>
+        <v>1.1498389E7</v>
       </c>
       <c r="U111" s="14" t="n">
-        <v>7.7321751E7</v>
+        <v>1.067064E7</v>
       </c>
       <c r="V111" s="14" t="n">
-        <v>7.2776235E7</v>
+        <v>9676551.0</v>
       </c>
       <c r="W111" s="14" t="n">
-        <v>6.7083506E7</v>
+        <v>9157149.0</v>
+      </c>
+      <c r="X111" s="14" t="n">
+        <v>8372509.0</v>
+      </c>
+      <c r="Y111" s="14" t="n">
+        <v>7997748.0</v>
       </c>
     </row>
     <row r="112">
-      <c r="A112" s="6" t="inlineStr">
-[...25 lines deleted...]
-      <c r="W112" s="6"/>
+      <c r="A112" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    RESOURCES: Other current transfers</t>
+        </is>
+      </c>
+      <c r="B112" s="14" t="n">
+        <v>9649847.0</v>
+      </c>
+      <c r="C112" s="14" t="n">
+        <v>8882997.0</v>
+      </c>
+      <c r="D112" s="14" t="n">
+        <v>8491957.0</v>
+      </c>
+      <c r="E112" s="14" t="n">
+        <v>7092812.0</v>
+      </c>
+      <c r="F112" s="14" t="n">
+        <v>7288974.0</v>
+      </c>
+      <c r="G112" s="14" t="n">
+        <v>6869239.0</v>
+      </c>
+      <c r="H112" s="14" t="n">
+        <v>6433940.0</v>
+      </c>
+      <c r="I112" s="14" t="n">
+        <v>5586955.0</v>
+      </c>
+      <c r="J112" s="14" t="n">
+        <v>5246118.0</v>
+      </c>
+      <c r="K112" s="14" t="n">
+        <v>4718939.0</v>
+      </c>
+      <c r="L112" s="14" t="n">
+        <v>4633278.0</v>
+      </c>
+      <c r="M112" s="14" t="n">
+        <v>4560367.0</v>
+      </c>
+      <c r="N112" s="14" t="n">
+        <v>4827219.0</v>
+      </c>
+      <c r="O112" s="14" t="n">
+        <v>4527137.0</v>
+      </c>
+      <c r="P112" s="14" t="n">
+        <v>4944044.0</v>
+      </c>
+      <c r="Q112" s="14" t="n">
+        <v>5357233.0</v>
+      </c>
+      <c r="R112" s="14" t="n">
+        <v>5022359.0</v>
+      </c>
+      <c r="S112" s="14" t="n">
+        <v>4599616.0</v>
+      </c>
+      <c r="T112" s="14" t="n">
+        <v>4772612.0</v>
+      </c>
+      <c r="U112" s="14" t="n">
+        <v>4835838.0</v>
+      </c>
+      <c r="V112" s="14" t="n">
+        <v>4675362.0</v>
+      </c>
+      <c r="W112" s="14" t="n">
+        <v>4068567.0</v>
+      </c>
+      <c r="X112" s="14" t="n">
+        <v>4014174.0</v>
+      </c>
+      <c r="Y112" s="14" t="n">
+        <v>4052779.0</v>
+      </c>
     </row>
     <row r="113">
       <c r="A113" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    RESOURCES: Balance of gross primary income</t>
+          <t xml:space="preserve">    EMPLOYMENT: Current taxes on income, capital gains, etc.</t>
         </is>
       </c>
       <c r="B113" s="14" t="n">
-        <v>2.2762907E7</v>
+        <v>1.2992241E7</v>
       </c>
       <c r="C113" s="14" t="n">
-        <v>2.1170388E7</v>
+        <v>1.2083625E7</v>
       </c>
       <c r="D113" s="14" t="n">
-        <v>2.1947134E7</v>
+        <v>1.0178069E7</v>
       </c>
       <c r="E113" s="14" t="n">
-        <v>2.0641149E7</v>
+        <v>9319668.0</v>
       </c>
       <c r="F113" s="14" t="n">
-        <v>1.9739225E7</v>
+        <v>9265926.0</v>
       </c>
       <c r="G113" s="14" t="n">
-        <v>1.889877E7</v>
+        <v>8716789.0</v>
       </c>
       <c r="H113" s="14" t="n">
-        <v>1.8354058E7</v>
+        <v>8133631.0</v>
       </c>
       <c r="I113" s="14" t="n">
-        <v>1.7513293E7</v>
+        <v>7592638.0</v>
       </c>
       <c r="J113" s="14" t="n">
-        <v>1.7491212E7</v>
+        <v>7360073.0</v>
       </c>
       <c r="K113" s="14" t="n">
-        <v>1.7465033E7</v>
+        <v>7381689.0</v>
       </c>
       <c r="L113" s="14" t="n">
-        <v>1.8632865E7</v>
+        <v>7127104.0</v>
       </c>
       <c r="M113" s="14" t="n">
-        <v>1.8860658E7</v>
+        <v>7050004.0</v>
       </c>
       <c r="N113" s="14" t="n">
-        <v>1.8813262E7</v>
+        <v>7139349.0</v>
       </c>
       <c r="O113" s="14" t="n">
-        <v>1.9897597E7</v>
+        <v>7012596.0</v>
       </c>
       <c r="P113" s="14" t="n">
-        <v>1.9298709E7</v>
+        <v>6653011.0</v>
       </c>
       <c r="Q113" s="14" t="n">
-        <v>1.7886671E7</v>
+        <v>7647197.0</v>
       </c>
       <c r="R113" s="14" t="n">
-        <v>1.6736508E7</v>
+        <v>8181895.0</v>
       </c>
       <c r="S113" s="14" t="n">
-        <v>1.5344306E7</v>
+        <v>7115861.0</v>
       </c>
       <c r="T113" s="14" t="n">
-        <v>1.432325E7</v>
+        <v>6120214.0</v>
       </c>
       <c r="U113" s="14" t="n">
-        <v>1.3272764E7</v>
+        <v>5781167.0</v>
       </c>
       <c r="V113" s="14" t="n">
-        <v>1.2228008E7</v>
+        <v>5008125.0</v>
       </c>
       <c r="W113" s="14" t="n">
-        <v>1.1079941E7</v>
+        <v>4908459.0</v>
+      </c>
+      <c r="X113" s="14" t="n">
+        <v>4439548.0</v>
+      </c>
+      <c r="Y113" s="14" t="n">
+        <v>3974749.0</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    RESOURCES: Social benefits other than social transfers in kind (1)</t>
+          <t xml:space="preserve">    EMPLOYMENT:   Net social contributions (2)</t>
         </is>
       </c>
       <c r="B114" s="14" t="n">
-        <v>6291968.0</v>
+        <v>2.0162841E7</v>
       </c>
       <c r="C114" s="14" t="n">
-        <v>6247381.0</v>
+        <v>1.8277485E7</v>
       </c>
       <c r="D114" s="14" t="n">
-        <v>5528869.0</v>
+        <v>1.7511885E7</v>
       </c>
       <c r="E114" s="14" t="n">
-        <v>5142724.0</v>
+        <v>1.6300192E7</v>
       </c>
       <c r="F114" s="14" t="n">
-        <v>4885513.0</v>
+        <v>1.6130524E7</v>
       </c>
       <c r="G114" s="14" t="n">
-        <v>4846254.0</v>
+        <v>1.4827597E7</v>
       </c>
       <c r="H114" s="14" t="n">
-        <v>4781541.0</v>
+        <v>1.4083687E7</v>
       </c>
       <c r="I114" s="14" t="n">
-        <v>4829391.0</v>
+        <v>1.343628E7</v>
       </c>
       <c r="J114" s="14" t="n">
-        <v>4893399.0</v>
+        <v>1.31614E7</v>
       </c>
       <c r="K114" s="14" t="n">
-        <v>4965310.0</v>
+        <v>1.3144881E7</v>
       </c>
       <c r="L114" s="14" t="n">
-        <v>4912137.0</v>
+        <v>1.2835931E7</v>
       </c>
       <c r="M114" s="14" t="n">
-        <v>4920996.0</v>
+        <v>1.3188195E7</v>
       </c>
       <c r="N114" s="14" t="n">
-        <v>4648025.0</v>
+        <v>1.4019843E7</v>
       </c>
       <c r="O114" s="14" t="n">
-        <v>4051592.0</v>
+        <v>1.4529265E7</v>
       </c>
       <c r="P114" s="14" t="n">
-        <v>3489389.0</v>
+        <v>1.4598065E7</v>
       </c>
       <c r="Q114" s="14" t="n">
-        <v>3230956.0</v>
+        <v>1.5333815E7</v>
       </c>
       <c r="R114" s="14" t="n">
-        <v>2941418.0</v>
+        <v>1.4805507E7</v>
       </c>
       <c r="S114" s="14" t="n">
-        <v>2743128.0</v>
+        <v>1.3953494E7</v>
       </c>
       <c r="T114" s="14" t="n">
-        <v>2509503.0</v>
+        <v>1.268241E7</v>
       </c>
       <c r="U114" s="14" t="n">
-        <v>2365720.0</v>
+        <v>1.1783163E7</v>
       </c>
       <c r="V114" s="14" t="n">
-        <v>2146594.0</v>
+        <v>1.0723041E7</v>
       </c>
       <c r="W114" s="14" t="n">
-        <v>2080670.0</v>
+        <v>1.0167236E7</v>
+      </c>
+      <c r="X114" s="14" t="n">
+        <v>9410945.0</v>
+      </c>
+      <c r="Y114" s="14" t="n">
+        <v>8701231.0</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    RESOURCES: Other current transfers</t>
+          <t xml:space="preserve">    EMPLOYMENT: Social benefits other than social transfers in kind</t>
         </is>
       </c>
       <c r="B115" s="14" t="n">
-        <v>2287203.0</v>
+        <v>38684.0</v>
       </c>
       <c r="C115" s="14" t="n">
-        <v>1853731.0</v>
+        <v>34563.0</v>
       </c>
       <c r="D115" s="14" t="n">
-        <v>1828258.0</v>
+        <v>23054.0</v>
       </c>
       <c r="E115" s="14" t="n">
-        <v>1740789.0</v>
+        <v>19486.0</v>
       </c>
       <c r="F115" s="14" t="n">
-        <v>1580123.0</v>
+        <v>19903.0</v>
       </c>
       <c r="G115" s="14" t="n">
-        <v>1398665.0</v>
+        <v>15003.0</v>
       </c>
       <c r="H115" s="14" t="n">
-        <v>1244678.0</v>
+        <v>12199.0</v>
       </c>
       <c r="I115" s="14" t="n">
-        <v>1134239.0</v>
+        <v>10675.0</v>
       </c>
       <c r="J115" s="14" t="n">
-        <v>1153986.0</v>
+        <v>8313.0</v>
       </c>
       <c r="K115" s="14" t="n">
-        <v>1101517.0</v>
+        <v>5270.0</v>
       </c>
       <c r="L115" s="14" t="n">
-        <v>1112748.0</v>
+        <v>8042.0</v>
       </c>
       <c r="M115" s="14" t="n">
-        <v>1087592.0</v>
+        <v>11734.0</v>
       </c>
       <c r="N115" s="14" t="n">
-        <v>1308905.0</v>
+        <v>12521.0</v>
       </c>
       <c r="O115" s="14" t="n">
-        <v>1425757.0</v>
+        <v>29276.0</v>
       </c>
       <c r="P115" s="14" t="n">
-        <v>1344760.0</v>
+        <v>28542.0</v>
       </c>
       <c r="Q115" s="14" t="n">
-        <v>1294622.0</v>
+        <v>32810.0</v>
       </c>
       <c r="R115" s="14" t="n">
-        <v>1233934.0</v>
+        <v>36869.0</v>
       </c>
       <c r="S115" s="14" t="n">
-        <v>1189755.0</v>
+        <v>33546.0</v>
       </c>
       <c r="T115" s="14" t="n">
-        <v>1143022.0</v>
+        <v>30045.0</v>
       </c>
       <c r="U115" s="14" t="n">
-        <v>1320615.0</v>
+        <v>26834.0</v>
       </c>
       <c r="V115" s="14" t="n">
-        <v>946687.0</v>
+        <v>24880.0</v>
       </c>
       <c r="W115" s="14" t="n">
-        <v>894232.0</v>
+        <v>21840.0</v>
+      </c>
+      <c r="X115" s="14" t="n">
+        <v>15966.0</v>
+      </c>
+      <c r="Y115" s="14" t="n">
+        <v>23580.0</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    EMPLOYMENT: Current taxes on income, capital gains, etc.</t>
+          <t xml:space="preserve">    EMPLOYMENT:   Other current transfers</t>
         </is>
       </c>
       <c r="B116" s="14" t="n">
-        <v>2444235.0</v>
+        <v>1.1052943E7</v>
       </c>
       <c r="C116" s="14" t="n">
-        <v>2381457.0</v>
+        <v>1.0237728E7</v>
       </c>
       <c r="D116" s="14" t="n">
-        <v>2259756.0</v>
+        <v>9728520.0</v>
       </c>
       <c r="E116" s="14" t="n">
-        <v>2113930.0</v>
+        <v>8027278.0</v>
       </c>
       <c r="F116" s="14" t="n">
-        <v>1993844.0</v>
+        <v>8410738.0</v>
       </c>
       <c r="G116" s="14" t="n">
-        <v>1835749.0</v>
+        <v>7982510.0</v>
       </c>
       <c r="H116" s="14" t="n">
-        <v>1818111.0</v>
+        <v>7340321.0</v>
       </c>
       <c r="I116" s="14" t="n">
-        <v>1821060.0</v>
+        <v>6527326.0</v>
       </c>
       <c r="J116" s="14" t="n">
-        <v>1774860.0</v>
+        <v>5985721.0</v>
       </c>
       <c r="K116" s="14" t="n">
-        <v>1740749.0</v>
+        <v>5603312.0</v>
       </c>
       <c r="L116" s="14" t="n">
-        <v>1766564.0</v>
+        <v>5475881.0</v>
       </c>
       <c r="M116" s="14" t="n">
-        <v>1738851.0</v>
+        <v>5366920.0</v>
       </c>
       <c r="N116" s="14" t="n">
-        <v>1643848.0</v>
+        <v>5366356.0</v>
       </c>
       <c r="O116" s="14" t="n">
-        <v>1817569.0</v>
+        <v>5382185.0</v>
       </c>
       <c r="P116" s="14" t="n">
-        <v>1879074.0</v>
+        <v>5641719.0</v>
       </c>
       <c r="Q116" s="14" t="n">
-        <v>1664009.0</v>
+        <v>5981041.0</v>
       </c>
       <c r="R116" s="14" t="n">
-        <v>1377657.0</v>
+        <v>5735406.0</v>
       </c>
       <c r="S116" s="14" t="n">
-        <v>1298295.0</v>
+        <v>5225542.0</v>
       </c>
       <c r="T116" s="14" t="n">
-        <v>1083582.0</v>
+        <v>5027263.0</v>
       </c>
       <c r="U116" s="14" t="n">
-        <v>1034922.0</v>
+        <v>4663732.0</v>
       </c>
       <c r="V116" s="14" t="n">
-        <v>905353.0</v>
+        <v>4416979.0</v>
       </c>
       <c r="W116" s="14" t="n">
-        <v>800698.0</v>
+        <v>4049622.0</v>
+      </c>
+      <c r="X116" s="14" t="n">
+        <v>3886085.0</v>
+      </c>
+      <c r="Y116" s="14" t="n">
+        <v>3625610.0</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    EMPLOYMENT:   Net social contributions (2)</t>
+          <t xml:space="preserve">    EMPLOYMENT: Gross disposable income</t>
         </is>
       </c>
       <c r="B117" s="14" t="n">
-        <v>5104979.0</v>
+        <v>8.7898248E7</v>
       </c>
       <c r="C117" s="14" t="n">
-        <v>4762769.0</v>
+        <v>7.9689062E7</v>
       </c>
       <c r="D117" s="14" t="n">
-        <v>4605435.0</v>
+        <v>7.6812098E7</v>
       </c>
       <c r="E117" s="14" t="n">
-        <v>4247699.0</v>
+        <v>7.348501E7</v>
       </c>
       <c r="F117" s="14" t="n">
-        <v>4059752.0</v>
+        <v>7.4361764E7</v>
       </c>
       <c r="G117" s="14" t="n">
-        <v>3866772.0</v>
+        <v>7.0553254E7</v>
       </c>
       <c r="H117" s="14" t="n">
-        <v>3750014.0</v>
+        <v>6.8459457E7</v>
       </c>
       <c r="I117" s="14" t="n">
-        <v>3703643.0</v>
+        <v>6.6444E7</v>
       </c>
       <c r="J117" s="14" t="n">
-        <v>3675356.0</v>
+        <v>6.5088633E7</v>
       </c>
       <c r="K117" s="14" t="n">
-        <v>3775657.0</v>
+        <v>6.2546632E7</v>
       </c>
       <c r="L117" s="14" t="n">
-        <v>3968511.0</v>
+        <v>6.212975E7</v>
       </c>
       <c r="M117" s="14" t="n">
-        <v>4111867.0</v>
+        <v>6.2581479E7</v>
       </c>
       <c r="N117" s="14" t="n">
-        <v>4145254.0</v>
+        <v>6.6685889E7</v>
       </c>
       <c r="O117" s="14" t="n">
-        <v>4256306.0</v>
+        <v>6.5954564E7</v>
       </c>
       <c r="P117" s="14" t="n">
-        <v>4073461.0</v>
+        <v>6.5617638E7</v>
       </c>
       <c r="Q117" s="14" t="n">
-        <v>3806813.0</v>
+        <v>6.7226003E7</v>
       </c>
       <c r="R117" s="14" t="n">
-        <v>3358205.0</v>
+        <v>6.3137547E7</v>
       </c>
       <c r="S117" s="14" t="n">
-        <v>3050373.0</v>
+        <v>5.9767258E7</v>
       </c>
       <c r="T117" s="14" t="n">
-        <v>2720352.0</v>
+        <v>5.6554791E7</v>
       </c>
       <c r="U117" s="14" t="n">
-        <v>2543718.0</v>
+        <v>5.3398191E7</v>
       </c>
       <c r="V117" s="14" t="n">
-        <v>2299685.0</v>
+        <v>5.0680233E7</v>
       </c>
       <c r="W117" s="14" t="n">
-        <v>2135035.0</v>
+        <v>4.712757E7</v>
+      </c>
+      <c r="X117" s="14" t="n">
+        <v>4.4615624E7</v>
+      </c>
+      <c r="Y117" s="14" t="n">
+        <v>4.156047E7</v>
       </c>
     </row>
     <row r="118">
-      <c r="A118" s="7" t="inlineStr">
-[...69 lines deleted...]
-      </c>
+      <c r="A118" s="6" t="inlineStr">
+        <is>
+          <t>11 Extremadura</t>
+        </is>
+      </c>
+      <c r="B118" s="6"/>
+      <c r="C118" s="6"/>
+      <c r="D118" s="6"/>
+      <c r="E118" s="6"/>
+      <c r="F118" s="6"/>
+      <c r="G118" s="6"/>
+      <c r="H118" s="6"/>
+      <c r="I118" s="6"/>
+      <c r="J118" s="6"/>
+      <c r="K118" s="6"/>
+      <c r="L118" s="6"/>
+      <c r="M118" s="6"/>
+      <c r="N118" s="6"/>
+      <c r="O118" s="6"/>
+      <c r="P118" s="6"/>
+      <c r="Q118" s="6"/>
+      <c r="R118" s="6"/>
+      <c r="S118" s="6"/>
+      <c r="T118" s="6"/>
+      <c r="U118" s="6"/>
+      <c r="V118" s="6"/>
+      <c r="W118" s="6"/>
+      <c r="X118" s="6"/>
+      <c r="Y118" s="6"/>
     </row>
     <row r="119">
       <c r="A119" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    EMPLOYMENT: Gross disposable income</t>
+          <t xml:space="preserve">    RESOURCES: Balance of gross primary income</t>
         </is>
       </c>
       <c r="B119" s="14" t="n">
-        <v>2.1026497E7</v>
+        <v>1.6418265E7</v>
       </c>
       <c r="C119" s="14" t="n">
-        <v>1.9847434E7</v>
+        <v>1.5078507E7</v>
       </c>
       <c r="D119" s="14" t="n">
-        <v>2.0148942E7</v>
+        <v>1.4346984E7</v>
       </c>
       <c r="E119" s="14" t="n">
-        <v>1.8976E7</v>
+        <v>1.3380286E7</v>
       </c>
       <c r="F119" s="14" t="n">
-        <v>1.81537E7</v>
+        <v>1.3879311E7</v>
       </c>
       <c r="G119" s="14" t="n">
-        <v>1.7668099E7</v>
+        <v>1.3351976E7</v>
       </c>
       <c r="H119" s="14" t="n">
-        <v>1.7231304E7</v>
+        <v>1.3150302E7</v>
       </c>
       <c r="I119" s="14" t="n">
-        <v>1.6516066E7</v>
+        <v>1.2593708E7</v>
       </c>
       <c r="J119" s="14" t="n">
-        <v>1.6656757E7</v>
+        <v>1.2221945E7</v>
       </c>
       <c r="K119" s="14" t="n">
-        <v>1.6614718E7</v>
+        <v>1.1784862E7</v>
       </c>
       <c r="L119" s="14" t="n">
-        <v>1.752275E7</v>
+        <v>1.1751019E7</v>
       </c>
       <c r="M119" s="14" t="n">
-        <v>1.7585216E7</v>
+        <v>1.1708824E7</v>
       </c>
       <c r="N119" s="14" t="n">
-        <v>1.7347814E7</v>
+        <v>1.2577662E7</v>
       </c>
       <c r="O119" s="14" t="n">
-        <v>1.7552212E7</v>
+        <v>1.2695441E7</v>
       </c>
       <c r="P119" s="14" t="n">
-        <v>1.6490389E7</v>
+        <v>1.240215E7</v>
       </c>
       <c r="Q119" s="14" t="n">
-        <v>1.5414048E7</v>
+        <v>1.2941937E7</v>
       </c>
       <c r="R119" s="14" t="n">
-        <v>1.472689E7</v>
+        <v>1.262292E7</v>
       </c>
       <c r="S119" s="14" t="n">
-        <v>1.3600248E7</v>
+        <v>1.1884228E7</v>
       </c>
       <c r="T119" s="14" t="n">
-        <v>1.2912109E7</v>
+        <v>1.1096673E7</v>
       </c>
       <c r="U119" s="14" t="n">
-        <v>1.2208386E7</v>
+        <v>1.0376289E7</v>
       </c>
       <c r="V119" s="14" t="n">
-        <v>1.109913E7</v>
+        <v>9854894.0</v>
       </c>
       <c r="W119" s="14" t="n">
-        <v>1.0200123E7</v>
+        <v>9293136.0</v>
+      </c>
+      <c r="X119" s="14" t="n">
+        <v>8853714.0</v>
+      </c>
+      <c r="Y119" s="14" t="n">
+        <v>8164937.0</v>
       </c>
     </row>
     <row r="120">
-      <c r="A120" s="6" t="inlineStr">
-[...25 lines deleted...]
-      <c r="W120" s="6"/>
+      <c r="A120" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    RESOURCES: Net social contributions</t>
+        </is>
+      </c>
+      <c r="B120" s="14" t="n">
+        <v>6185.0</v>
+      </c>
+      <c r="C120" s="14" t="n">
+        <v>4470.0</v>
+      </c>
+      <c r="D120" s="14" t="n">
+        <v>5103.0</v>
+      </c>
+      <c r="E120" s="14" t="n">
+        <v>5120.0</v>
+      </c>
+      <c r="F120" s="14" t="n">
+        <v>5132.0</v>
+      </c>
+      <c r="G120" s="14" t="n">
+        <v>3865.0</v>
+      </c>
+      <c r="H120" s="14" t="n">
+        <v>3320.0</v>
+      </c>
+      <c r="I120" s="14" t="n">
+        <v>2478.0</v>
+      </c>
+      <c r="J120" s="14" t="n">
+        <v>2434.0</v>
+      </c>
+      <c r="K120" s="14" t="n">
+        <v>2322.0</v>
+      </c>
+      <c r="L120" s="14" t="n">
+        <v>2578.0</v>
+      </c>
+      <c r="M120" s="14" t="n">
+        <v>3350.0</v>
+      </c>
+      <c r="N120" s="14" t="n">
+        <v>4260.0</v>
+      </c>
+      <c r="O120" s="14" t="n">
+        <v>5169.0</v>
+      </c>
+      <c r="P120" s="14" t="n">
+        <v>5736.0</v>
+      </c>
+      <c r="Q120" s="14" t="n">
+        <v>6593.0</v>
+      </c>
+      <c r="R120" s="14" t="n">
+        <v>6301.0</v>
+      </c>
+      <c r="S120" s="14" t="n">
+        <v>6152.0</v>
+      </c>
+      <c r="T120" s="14" t="n">
+        <v>5951.0</v>
+      </c>
+      <c r="U120" s="14" t="n">
+        <v>4858.0</v>
+      </c>
+      <c r="V120" s="14" t="n">
+        <v>4204.0</v>
+      </c>
+      <c r="W120" s="14" t="n">
+        <v>3880.0</v>
+      </c>
+      <c r="X120" s="14" t="n">
+        <v>3652.0</v>
+      </c>
+      <c r="Y120" s="14" t="n">
+        <v>3517.0</v>
+      </c>
     </row>
     <row r="121">
       <c r="A121" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    RESOURCES: Balance of gross primary income</t>
+          <t xml:space="preserve">    RESOURCES: Social benefits other than social transfers in kind (1)</t>
         </is>
       </c>
       <c r="B121" s="14" t="n">
-        <v>1.3514823E7</v>
+        <v>5727091.0</v>
       </c>
       <c r="C121" s="14" t="n">
-        <v>1.2674365E7</v>
+        <v>5148274.0</v>
       </c>
       <c r="D121" s="14" t="n">
-        <v>1.3617106E7</v>
+        <v>5102989.0</v>
       </c>
       <c r="E121" s="14" t="n">
-        <v>1.294036E7</v>
+        <v>5027768.0</v>
       </c>
       <c r="F121" s="14" t="n">
-        <v>1.2693513E7</v>
+        <v>4494466.0</v>
       </c>
       <c r="G121" s="14" t="n">
-        <v>1.2242542E7</v>
+        <v>4238367.0</v>
       </c>
       <c r="H121" s="14" t="n">
-        <v>1.2000578E7</v>
+        <v>4084810.0</v>
       </c>
       <c r="I121" s="14" t="n">
-        <v>1.157864E7</v>
+        <v>4020201.0</v>
       </c>
       <c r="J121" s="14" t="n">
-        <v>1.1510137E7</v>
+        <v>3970943.0</v>
       </c>
       <c r="K121" s="14" t="n">
-        <v>1.1724438E7</v>
+        <v>3981459.0</v>
       </c>
       <c r="L121" s="14" t="n">
-        <v>1.2625407E7</v>
+        <v>4029117.0</v>
       </c>
       <c r="M121" s="14" t="n">
-        <v>1.2500675E7</v>
+        <v>3949969.0</v>
       </c>
       <c r="N121" s="14" t="n">
-        <v>1.2450843E7</v>
+        <v>3849072.0</v>
       </c>
       <c r="O121" s="14" t="n">
-        <v>1.3090092E7</v>
+        <v>3789881.0</v>
       </c>
       <c r="P121" s="14" t="n">
-        <v>1.2596276E7</v>
+        <v>3651662.0</v>
       </c>
       <c r="Q121" s="14" t="n">
-        <v>1.1799936E7</v>
+        <v>3378566.0</v>
       </c>
       <c r="R121" s="14" t="n">
-        <v>1.1107417E7</v>
+        <v>3056918.0</v>
       </c>
       <c r="S121" s="14" t="n">
-        <v>1.0437954E7</v>
+        <v>2914581.0</v>
       </c>
       <c r="T121" s="14" t="n">
-        <v>9851887.0</v>
+        <v>2708916.0</v>
       </c>
       <c r="U121" s="14" t="n">
-        <v>9282748.0</v>
+        <v>2526179.0</v>
       </c>
       <c r="V121" s="14" t="n">
-        <v>8851754.0</v>
+        <v>2318506.0</v>
       </c>
       <c r="W121" s="14" t="n">
-        <v>8212187.0</v>
+        <v>2238788.0</v>
+      </c>
+      <c r="X121" s="14" t="n">
+        <v>2062307.0</v>
+      </c>
+      <c r="Y121" s="14" t="n">
+        <v>2011415.0</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    RESOURCES: Social benefits other than social transfers in kind (1)</t>
+          <t xml:space="preserve">    RESOURCES: Other current transfers</t>
         </is>
       </c>
       <c r="B122" s="14" t="n">
-        <v>3794000.0</v>
+        <v>1794371.0</v>
       </c>
       <c r="C122" s="14" t="n">
-        <v>3808587.0</v>
+        <v>1699642.0</v>
       </c>
       <c r="D122" s="14" t="n">
-        <v>3383359.0</v>
+        <v>1671766.0</v>
       </c>
       <c r="E122" s="14" t="n">
-        <v>3176455.0</v>
+        <v>1385536.0</v>
       </c>
       <c r="F122" s="14" t="n">
-        <v>3046106.0</v>
+        <v>1332855.0</v>
       </c>
       <c r="G122" s="14" t="n">
-        <v>2982970.0</v>
+        <v>1285404.0</v>
       </c>
       <c r="H122" s="14" t="n">
-        <v>2897228.0</v>
+        <v>1191615.0</v>
       </c>
       <c r="I122" s="14" t="n">
-        <v>2900568.0</v>
+        <v>1047804.0</v>
       </c>
       <c r="J122" s="14" t="n">
-        <v>2940442.0</v>
+        <v>914897.0</v>
       </c>
       <c r="K122" s="14" t="n">
-        <v>2865342.0</v>
+        <v>833143.0</v>
       </c>
       <c r="L122" s="14" t="n">
-        <v>2734514.0</v>
+        <v>835263.0</v>
       </c>
       <c r="M122" s="14" t="n">
-        <v>2715606.0</v>
+        <v>853276.0</v>
       </c>
       <c r="N122" s="14" t="n">
-        <v>2673104.0</v>
+        <v>829635.0</v>
       </c>
       <c r="O122" s="14" t="n">
-        <v>2360557.0</v>
+        <v>803774.0</v>
       </c>
       <c r="P122" s="14" t="n">
-        <v>2085815.0</v>
+        <v>908944.0</v>
       </c>
       <c r="Q122" s="14" t="n">
-        <v>1919683.0</v>
+        <v>952870.0</v>
       </c>
       <c r="R122" s="14" t="n">
-        <v>1754312.0</v>
+        <v>888583.0</v>
       </c>
       <c r="S122" s="14" t="n">
-        <v>1628599.0</v>
+        <v>797777.0</v>
       </c>
       <c r="T122" s="14" t="n">
-        <v>1470379.0</v>
+        <v>792694.0</v>
       </c>
       <c r="U122" s="14" t="n">
-        <v>1394751.0</v>
+        <v>771410.0</v>
       </c>
       <c r="V122" s="14" t="n">
-        <v>1254290.0</v>
+        <v>752842.0</v>
       </c>
       <c r="W122" s="14" t="n">
-        <v>1169382.0</v>
+        <v>701361.0</v>
+      </c>
+      <c r="X122" s="14" t="n">
+        <v>728710.0</v>
+      </c>
+      <c r="Y122" s="14" t="n">
+        <v>693733.0</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    RESOURCES: Other current transfers</t>
+          <t xml:space="preserve">    EMPLOYMENT: Current taxes on income, capital gains, etc.</t>
         </is>
       </c>
       <c r="B123" s="14" t="n">
-        <v>1008170.0</v>
+        <v>1840918.0</v>
       </c>
       <c r="C123" s="14" t="n">
-        <v>806975.0</v>
+        <v>1711389.0</v>
       </c>
       <c r="D123" s="14" t="n">
-        <v>802076.0</v>
+        <v>1452527.0</v>
       </c>
       <c r="E123" s="14" t="n">
-        <v>778245.0</v>
+        <v>1351309.0</v>
       </c>
       <c r="F123" s="14" t="n">
-        <v>726898.0</v>
+        <v>1319827.0</v>
       </c>
       <c r="G123" s="14" t="n">
-        <v>625525.0</v>
+        <v>1257583.0</v>
       </c>
       <c r="H123" s="14" t="n">
-        <v>564234.0</v>
+        <v>1202503.0</v>
       </c>
       <c r="I123" s="14" t="n">
-        <v>533678.0</v>
+        <v>1155498.0</v>
       </c>
       <c r="J123" s="14" t="n">
-        <v>508437.0</v>
+        <v>1150849.0</v>
       </c>
       <c r="K123" s="14" t="n">
-        <v>434157.0</v>
+        <v>1164906.0</v>
       </c>
       <c r="L123" s="14" t="n">
-        <v>446334.0</v>
+        <v>1139619.0</v>
       </c>
       <c r="M123" s="14" t="n">
-        <v>454234.0</v>
+        <v>1116349.0</v>
       </c>
       <c r="N123" s="14" t="n">
-        <v>480499.0</v>
+        <v>1150617.0</v>
       </c>
       <c r="O123" s="14" t="n">
-        <v>498513.0</v>
+        <v>1145950.0</v>
       </c>
       <c r="P123" s="14" t="n">
-        <v>493499.0</v>
+        <v>1051116.0</v>
       </c>
       <c r="Q123" s="14" t="n">
-        <v>421686.0</v>
+        <v>1116761.0</v>
       </c>
       <c r="R123" s="14" t="n">
-        <v>431025.0</v>
+        <v>1124732.0</v>
       </c>
       <c r="S123" s="14" t="n">
-        <v>424444.0</v>
+        <v>947722.0</v>
       </c>
       <c r="T123" s="14" t="n">
-        <v>398488.0</v>
+        <v>816906.0</v>
       </c>
       <c r="U123" s="14" t="n">
-        <v>402394.0</v>
+        <v>778470.0</v>
       </c>
       <c r="V123" s="14" t="n">
-        <v>384277.0</v>
+        <v>691428.0</v>
       </c>
       <c r="W123" s="14" t="n">
-        <v>357396.0</v>
+        <v>685012.0</v>
+      </c>
+      <c r="X123" s="14" t="n">
+        <v>600521.0</v>
+      </c>
+      <c r="Y123" s="14" t="n">
+        <v>533976.0</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    EMPLOYMENT: Current taxes on income, capital gains, etc.</t>
+          <t xml:space="preserve">    EMPLOYMENT:   Net social contributions (2)</t>
         </is>
       </c>
       <c r="B124" s="14" t="n">
-        <v>1757340.0</v>
+        <v>3474155.0</v>
       </c>
       <c r="C124" s="14" t="n">
-        <v>1652802.0</v>
+        <v>3180493.0</v>
       </c>
       <c r="D124" s="14" t="n">
-        <v>1674487.0</v>
+        <v>3145099.0</v>
       </c>
       <c r="E124" s="14" t="n">
-        <v>1507482.0</v>
+        <v>2928037.0</v>
       </c>
       <c r="F124" s="14" t="n">
-        <v>1413044.0</v>
+        <v>2908920.0</v>
       </c>
       <c r="G124" s="14" t="n">
-        <v>1296701.0</v>
+        <v>2677118.0</v>
       </c>
       <c r="H124" s="14" t="n">
-        <v>1258992.0</v>
+        <v>2590465.0</v>
       </c>
       <c r="I124" s="14" t="n">
-        <v>1213658.0</v>
+        <v>2526114.0</v>
       </c>
       <c r="J124" s="14" t="n">
-        <v>1188158.0</v>
+        <v>2513259.0</v>
       </c>
       <c r="K124" s="14" t="n">
-        <v>1199074.0</v>
+        <v>2519641.0</v>
       </c>
       <c r="L124" s="14" t="n">
-        <v>1142119.0</v>
+        <v>2519085.0</v>
       </c>
       <c r="M124" s="14" t="n">
-        <v>1117740.0</v>
+        <v>2594102.0</v>
       </c>
       <c r="N124" s="14" t="n">
-        <v>1175985.0</v>
+        <v>2737426.0</v>
       </c>
       <c r="O124" s="14" t="n">
-        <v>1281621.0</v>
+        <v>2787644.0</v>
       </c>
       <c r="P124" s="14" t="n">
-        <v>1186349.0</v>
+        <v>2777566.0</v>
       </c>
       <c r="Q124" s="14" t="n">
-        <v>1111276.0</v>
+        <v>2757067.0</v>
       </c>
       <c r="R124" s="14" t="n">
-        <v>954034.0</v>
+        <v>2576781.0</v>
       </c>
       <c r="S124" s="14" t="n">
-        <v>885690.0</v>
+        <v>2396519.0</v>
       </c>
       <c r="T124" s="14" t="n">
-        <v>847182.0</v>
+        <v>2188365.0</v>
       </c>
       <c r="U124" s="14" t="n">
-        <v>802065.0</v>
+        <v>2051216.0</v>
       </c>
       <c r="V124" s="14" t="n">
-        <v>763974.0</v>
+        <v>1849712.0</v>
       </c>
       <c r="W124" s="14" t="n">
-        <v>715405.0</v>
+        <v>1783225.0</v>
+      </c>
+      <c r="X124" s="14" t="n">
+        <v>1680195.0</v>
+      </c>
+      <c r="Y124" s="14" t="n">
+        <v>1606895.0</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    EMPLOYMENT:   Net social contributions (2)</t>
+          <t xml:space="preserve">    EMPLOYMENT: Social benefits other than social transfers in kind</t>
         </is>
       </c>
       <c r="B125" s="14" t="n">
-        <v>3078169.0</v>
+        <v>6561.0</v>
       </c>
       <c r="C125" s="14" t="n">
-        <v>2924059.0</v>
+        <v>5851.0</v>
       </c>
       <c r="D125" s="14" t="n">
-        <v>2881295.0</v>
+        <v>3985.0</v>
       </c>
       <c r="E125" s="14" t="n">
-        <v>2665715.0</v>
+        <v>3293.0</v>
       </c>
       <c r="F125" s="14" t="n">
-        <v>2564476.0</v>
+        <v>3417.0</v>
       </c>
       <c r="G125" s="14" t="n">
-        <v>2468673.0</v>
+        <v>2767.0</v>
       </c>
       <c r="H125" s="14" t="n">
-        <v>2424254.0</v>
+        <v>2215.0</v>
       </c>
       <c r="I125" s="14" t="n">
-        <v>2441300.0</v>
+        <v>1858.0</v>
       </c>
       <c r="J125" s="14" t="n">
-        <v>2413814.0</v>
+        <v>1503.0</v>
       </c>
       <c r="K125" s="14" t="n">
-        <v>2507981.0</v>
+        <v>961.0</v>
       </c>
       <c r="L125" s="14" t="n">
-        <v>2626846.0</v>
+        <v>1461.0</v>
       </c>
       <c r="M125" s="14" t="n">
-        <v>2624157.0</v>
+        <v>2228.0</v>
       </c>
       <c r="N125" s="14" t="n">
-        <v>2638919.0</v>
+        <v>2376.0</v>
       </c>
       <c r="O125" s="14" t="n">
-        <v>2691376.0</v>
+        <v>5511.0</v>
       </c>
       <c r="P125" s="14" t="n">
-        <v>2478928.0</v>
+        <v>4987.0</v>
       </c>
       <c r="Q125" s="14" t="n">
-        <v>2352061.0</v>
+        <v>5624.0</v>
       </c>
       <c r="R125" s="14" t="n">
-        <v>2165161.0</v>
+        <v>6642.0</v>
       </c>
       <c r="S125" s="14" t="n">
-        <v>2043717.0</v>
+        <v>5693.0</v>
       </c>
       <c r="T125" s="14" t="n">
-        <v>1880561.0</v>
+        <v>5016.0</v>
       </c>
       <c r="U125" s="14" t="n">
-        <v>1816819.0</v>
+        <v>4339.0</v>
       </c>
       <c r="V125" s="14" t="n">
-        <v>1696050.0</v>
+        <v>3854.0</v>
       </c>
       <c r="W125" s="14" t="n">
-        <v>1576381.0</v>
+        <v>3220.0</v>
+      </c>
+      <c r="X125" s="14" t="n">
+        <v>2514.0</v>
+      </c>
+      <c r="Y125" s="14" t="n">
+        <v>3756.0</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT:   Other current transfers</t>
         </is>
       </c>
       <c r="B126" s="14" t="n">
-        <v>1170865.0</v>
+        <v>1930921.0</v>
       </c>
       <c r="C126" s="14" t="n">
-        <v>965770.0</v>
+        <v>1817067.0</v>
       </c>
       <c r="D126" s="14" t="n">
-        <v>978589.0</v>
+        <v>1781384.0</v>
       </c>
       <c r="E126" s="14" t="n">
-        <v>934218.0</v>
+        <v>1443021.0</v>
       </c>
       <c r="F126" s="14" t="n">
-        <v>848364.0</v>
+        <v>1465481.0</v>
       </c>
       <c r="G126" s="14" t="n">
-        <v>750795.0</v>
+        <v>1416956.0</v>
       </c>
       <c r="H126" s="14" t="n">
-        <v>685008.0</v>
+        <v>1304934.0</v>
       </c>
       <c r="I126" s="14" t="n">
-        <v>629013.0</v>
+        <v>1146079.0</v>
       </c>
       <c r="J126" s="14" t="n">
-        <v>595880.0</v>
+        <v>1001027.0</v>
       </c>
       <c r="K126" s="14" t="n">
-        <v>545666.0</v>
+        <v>919925.0</v>
       </c>
       <c r="L126" s="14" t="n">
-        <v>540893.0</v>
+        <v>922407.0</v>
       </c>
       <c r="M126" s="14" t="n">
-        <v>541620.0</v>
+        <v>866132.0</v>
       </c>
       <c r="N126" s="14" t="n">
-        <v>589196.0</v>
+        <v>855740.0</v>
       </c>
       <c r="O126" s="14" t="n">
-        <v>607756.0</v>
+        <v>867354.0</v>
       </c>
       <c r="P126" s="14" t="n">
-        <v>583222.0</v>
+        <v>960710.0</v>
       </c>
       <c r="Q126" s="14" t="n">
-        <v>532569.0</v>
+        <v>983620.0</v>
       </c>
       <c r="R126" s="14" t="n">
-        <v>519638.0</v>
+        <v>940834.0</v>
       </c>
       <c r="S126" s="14" t="n">
-        <v>475653.0</v>
+        <v>869724.0</v>
       </c>
       <c r="T126" s="14" t="n">
-        <v>445814.0</v>
+        <v>848624.0</v>
       </c>
       <c r="U126" s="14" t="n">
-        <v>419205.0</v>
+        <v>780752.0</v>
       </c>
       <c r="V126" s="14" t="n">
-        <v>399997.0</v>
+        <v>754436.0</v>
       </c>
       <c r="W126" s="14" t="n">
-        <v>358773.0</v>
+        <v>700874.0</v>
+      </c>
+      <c r="X126" s="14" t="n">
+        <v>706852.0</v>
+      </c>
+      <c r="Y126" s="14" t="n">
+        <v>659033.0</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT: Gross disposable income</t>
         </is>
       </c>
       <c r="B127" s="14" t="n">
-        <v>1.2310619E7</v>
+        <v>1.6693357E7</v>
       </c>
       <c r="C127" s="14" t="n">
-        <v>1.1747296E7</v>
+        <v>1.5216093E7</v>
       </c>
       <c r="D127" s="14" t="n">
-        <v>1.226817E7</v>
+        <v>1.4743847E7</v>
       </c>
       <c r="E127" s="14" t="n">
-        <v>1.1787645E7</v>
+        <v>1.407305E7</v>
       </c>
       <c r="F127" s="14" t="n">
-        <v>1.1640633E7</v>
+        <v>1.4014119E7</v>
       </c>
       <c r="G127" s="14" t="n">
-        <v>1.1334868E7</v>
+        <v>1.3525188E7</v>
       </c>
       <c r="H127" s="14" t="n">
-        <v>1.1093786E7</v>
+        <v>1.332993E7</v>
       </c>
       <c r="I127" s="14" t="n">
-        <v>1.0728915E7</v>
+        <v>1.2834642E7</v>
       </c>
       <c r="J127" s="14" t="n">
-        <v>1.0761164E7</v>
+        <v>1.2443581E7</v>
       </c>
       <c r="K127" s="14" t="n">
-        <v>1.0771216E7</v>
+        <v>1.1996353E7</v>
       </c>
       <c r="L127" s="14" t="n">
-        <v>1.1496397E7</v>
+        <v>1.2035405E7</v>
       </c>
       <c r="M127" s="14" t="n">
-        <v>1.1386998E7</v>
+        <v>1.1936608E7</v>
       </c>
       <c r="N127" s="14" t="n">
-        <v>1.1200346E7</v>
+        <v>1.251447E7</v>
       </c>
       <c r="O127" s="14" t="n">
-        <v>1.1368409E7</v>
+        <v>1.2487806E7</v>
       </c>
       <c r="P127" s="14" t="n">
-        <v>1.0927091E7</v>
+        <v>1.2174113E7</v>
       </c>
       <c r="Q127" s="14" t="n">
-        <v>1.0145399E7</v>
+        <v>1.2416894E7</v>
       </c>
       <c r="R127" s="14" t="n">
-        <v>9653921.0</v>
+        <v>1.1925733E7</v>
       </c>
       <c r="S127" s="14" t="n">
-        <v>9085937.0</v>
+        <v>1.138308E7</v>
       </c>
       <c r="T127" s="14" t="n">
-        <v>8547197.0</v>
+        <v>1.0745323E7</v>
       </c>
       <c r="U127" s="14" t="n">
-        <v>8041804.0</v>
+        <v>1.0063959E7</v>
       </c>
       <c r="V127" s="14" t="n">
-        <v>7630300.0</v>
+        <v>9631016.0</v>
       </c>
       <c r="W127" s="14" t="n">
-        <v>7088406.0</v>
+        <v>9064834.0</v>
+      </c>
+      <c r="X127" s="14" t="n">
+        <v>8658301.0</v>
+      </c>
+      <c r="Y127" s="14" t="n">
+        <v>8069942.0</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="6" t="inlineStr">
         <is>
-          <t>PAIS VASCO</t>
+          <t>12 Galicia</t>
         </is>
       </c>
       <c r="B128" s="6"/>
       <c r="C128" s="6"/>
       <c r="D128" s="6"/>
       <c r="E128" s="6"/>
       <c r="F128" s="6"/>
       <c r="G128" s="6"/>
       <c r="H128" s="6"/>
       <c r="I128" s="6"/>
       <c r="J128" s="6"/>
       <c r="K128" s="6"/>
       <c r="L128" s="6"/>
       <c r="M128" s="6"/>
       <c r="N128" s="6"/>
       <c r="O128" s="6"/>
       <c r="P128" s="6"/>
       <c r="Q128" s="6"/>
       <c r="R128" s="6"/>
       <c r="S128" s="6"/>
       <c r="T128" s="6"/>
       <c r="U128" s="6"/>
       <c r="V128" s="6"/>
       <c r="W128" s="6"/>
+      <c r="X128" s="6"/>
+      <c r="Y128" s="6"/>
     </row>
     <row r="129">
       <c r="A129" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RESOURCES: Balance of gross primary income</t>
         </is>
       </c>
       <c r="B129" s="14" t="n">
-        <v>4.8379302E7</v>
+        <v>5.115954E7</v>
       </c>
       <c r="C129" s="14" t="n">
-        <v>4.5822218E7</v>
+        <v>4.6445179E7</v>
       </c>
       <c r="D129" s="14" t="n">
-        <v>4.8773434E7</v>
+        <v>4.2764707E7</v>
       </c>
       <c r="E129" s="14" t="n">
-        <v>4.6499577E7</v>
+        <v>4.0193909E7</v>
       </c>
       <c r="F129" s="14" t="n">
-        <v>4.5461299E7</v>
+        <v>4.2607136E7</v>
       </c>
       <c r="G129" s="14" t="n">
-        <v>4.3440774E7</v>
+        <v>4.059468E7</v>
       </c>
       <c r="H129" s="14" t="n">
-        <v>4.2163872E7</v>
+        <v>3.9232519E7</v>
       </c>
       <c r="I129" s="14" t="n">
-        <v>4.0909442E7</v>
+        <v>3.8071227E7</v>
       </c>
       <c r="J129" s="14" t="n">
-        <v>4.0845504E7</v>
+        <v>3.718428E7</v>
       </c>
       <c r="K129" s="14" t="n">
-        <v>4.1320093E7</v>
+        <v>3.5934759E7</v>
       </c>
       <c r="L129" s="14" t="n">
-        <v>4.3749958E7</v>
+        <v>3.5535883E7</v>
       </c>
       <c r="M129" s="14" t="n">
-        <v>4.3775427E7</v>
+        <v>3.5910348E7</v>
       </c>
       <c r="N129" s="14" t="n">
-        <v>4.3435031E7</v>
+        <v>3.8321212E7</v>
       </c>
       <c r="O129" s="14" t="n">
-        <v>4.6544954E7</v>
+        <v>3.8384676E7</v>
       </c>
       <c r="P129" s="14" t="n">
-        <v>4.4457597E7</v>
+        <v>3.8283072E7</v>
       </c>
       <c r="Q129" s="14" t="n">
-        <v>4.1825838E7</v>
+        <v>4.0208946E7</v>
       </c>
       <c r="R129" s="14" t="n">
-        <v>3.9166401E7</v>
+        <v>3.8840265E7</v>
       </c>
       <c r="S129" s="14" t="n">
-        <v>3.6986801E7</v>
+        <v>3.6223576E7</v>
       </c>
       <c r="T129" s="14" t="n">
-        <v>3.5232618E7</v>
+        <v>3.374323E7</v>
       </c>
       <c r="U129" s="14" t="n">
-        <v>3.3392094E7</v>
+        <v>3.1529418E7</v>
       </c>
       <c r="V129" s="14" t="n">
-        <v>3.2033883E7</v>
+        <v>2.9623136E7</v>
       </c>
       <c r="W129" s="14" t="n">
-        <v>2.962188E7</v>
+        <v>2.7972009E7</v>
+      </c>
+      <c r="X129" s="14" t="n">
+        <v>2.6576006E7</v>
+      </c>
+      <c r="Y129" s="14" t="n">
+        <v>2.4611239E7</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    RESOURCES: Social benefits other than social transfers in kind (1)</t>
+          <t xml:space="preserve">    RESOURCES: Net social contributions</t>
         </is>
       </c>
       <c r="B130" s="14" t="n">
-        <v>1.52455E7</v>
+        <v>18127.0</v>
       </c>
       <c r="C130" s="14" t="n">
-        <v>1.5374328E7</v>
+        <v>13140.0</v>
       </c>
       <c r="D130" s="14" t="n">
-        <v>1.3605412E7</v>
+        <v>15068.0</v>
       </c>
       <c r="E130" s="14" t="n">
-        <v>1.2774258E7</v>
+        <v>15365.0</v>
       </c>
       <c r="F130" s="14" t="n">
-        <v>1.2263048E7</v>
+        <v>15430.0</v>
       </c>
       <c r="G130" s="14" t="n">
-        <v>1.2070796E7</v>
+        <v>11671.0</v>
       </c>
       <c r="H130" s="14" t="n">
-        <v>1.1914984E7</v>
+        <v>10008.0</v>
       </c>
       <c r="I130" s="14" t="n">
-        <v>1.1939156E7</v>
+        <v>7472.0</v>
       </c>
       <c r="J130" s="14" t="n">
-        <v>1.200125E7</v>
+        <v>7295.0</v>
       </c>
       <c r="K130" s="14" t="n">
-        <v>1.1707272E7</v>
+        <v>6996.0</v>
       </c>
       <c r="L130" s="14" t="n">
-        <v>1.1368553E7</v>
+        <v>7831.0</v>
       </c>
       <c r="M130" s="14" t="n">
-        <v>1.1378017E7</v>
+        <v>10101.0</v>
       </c>
       <c r="N130" s="14" t="n">
-        <v>1.100486E7</v>
+        <v>12778.0</v>
       </c>
       <c r="O130" s="14" t="n">
-        <v>9798683.0</v>
+        <v>15752.0</v>
       </c>
       <c r="P130" s="14" t="n">
-        <v>8725117.0</v>
+        <v>17733.0</v>
       </c>
       <c r="Q130" s="14" t="n">
-        <v>8213750.0</v>
+        <v>20403.0</v>
       </c>
       <c r="R130" s="14" t="n">
-        <v>7605692.0</v>
+        <v>19204.0</v>
       </c>
       <c r="S130" s="14" t="n">
-        <v>7133520.0</v>
+        <v>18968.0</v>
       </c>
       <c r="T130" s="14" t="n">
-        <v>6435423.0</v>
+        <v>18435.0</v>
       </c>
       <c r="U130" s="14" t="n">
-        <v>6025447.0</v>
+        <v>15307.0</v>
       </c>
       <c r="V130" s="14" t="n">
-        <v>5459142.0</v>
+        <v>13542.0</v>
       </c>
       <c r="W130" s="14" t="n">
-        <v>5228374.0</v>
+        <v>12716.0</v>
+      </c>
+      <c r="X130" s="14" t="n">
+        <v>11765.0</v>
+      </c>
+      <c r="Y130" s="14" t="n">
+        <v>11113.0</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    RESOURCES: Other current transfers</t>
+          <t xml:space="preserve">    RESOURCES: Social benefits other than social transfers in kind (1)</t>
         </is>
       </c>
       <c r="B131" s="14" t="n">
-        <v>3561385.0</v>
+        <v>1.6499871E7</v>
       </c>
       <c r="C131" s="14" t="n">
-        <v>2931607.0</v>
+        <v>1.4977073E7</v>
       </c>
       <c r="D131" s="14" t="n">
-        <v>3011180.0</v>
+        <v>1.4977732E7</v>
       </c>
       <c r="E131" s="14" t="n">
-        <v>3110874.0</v>
+        <v>1.509185E7</v>
       </c>
       <c r="F131" s="14" t="n">
-        <v>2619064.0</v>
+        <v>1.3323545E7</v>
       </c>
       <c r="G131" s="14" t="n">
-        <v>2316784.0</v>
+        <v>1.2573425E7</v>
       </c>
       <c r="H131" s="14" t="n">
-        <v>2241339.0</v>
+        <v>1.2116934E7</v>
       </c>
       <c r="I131" s="14" t="n">
-        <v>2250275.0</v>
+        <v>1.1962557E7</v>
       </c>
       <c r="J131" s="14" t="n">
-        <v>2058311.0</v>
+        <v>1.1851565E7</v>
       </c>
       <c r="K131" s="14" t="n">
-        <v>1855773.0</v>
+        <v>1.1925794E7</v>
       </c>
       <c r="L131" s="14" t="n">
-        <v>1887445.0</v>
+        <v>1.2021781E7</v>
       </c>
       <c r="M131" s="14" t="n">
-        <v>1806591.0</v>
+        <v>1.177955E7</v>
       </c>
       <c r="N131" s="14" t="n">
-        <v>2077703.0</v>
+        <v>1.1453481E7</v>
       </c>
       <c r="O131" s="14" t="n">
-        <v>2134094.0</v>
+        <v>1.1320729E7</v>
       </c>
       <c r="P131" s="14" t="n">
-        <v>2023290.0</v>
+        <v>1.1059815E7</v>
       </c>
       <c r="Q131" s="14" t="n">
-        <v>1883027.0</v>
+        <v>1.0057629E7</v>
       </c>
       <c r="R131" s="14" t="n">
-        <v>1962665.0</v>
+        <v>9208427.0</v>
       </c>
       <c r="S131" s="14" t="n">
-        <v>1949650.0</v>
+        <v>8748000.0</v>
       </c>
       <c r="T131" s="14" t="n">
-        <v>1883854.0</v>
+        <v>8126578.0</v>
       </c>
       <c r="U131" s="14" t="n">
-        <v>1842864.0</v>
+        <v>7614056.0</v>
       </c>
       <c r="V131" s="14" t="n">
-        <v>1836687.0</v>
+        <v>7052010.0</v>
       </c>
       <c r="W131" s="14" t="n">
-        <v>1739595.0</v>
+        <v>6727063.0</v>
+      </c>
+      <c r="X131" s="14" t="n">
+        <v>6136320.0</v>
+      </c>
+      <c r="Y131" s="14" t="n">
+        <v>5892874.0</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    EMPLOYMENT: Current taxes on income, capital gains, etc.</t>
+          <t xml:space="preserve">    RESOURCES: Other current transfers</t>
         </is>
       </c>
       <c r="B132" s="14" t="n">
-        <v>6613780.0</v>
+        <v>4982972.0</v>
       </c>
       <c r="C132" s="14" t="n">
-        <v>6135545.0</v>
+        <v>4769446.0</v>
       </c>
       <c r="D132" s="14" t="n">
-        <v>6234783.0</v>
+        <v>4496180.0</v>
       </c>
       <c r="E132" s="14" t="n">
-        <v>5970475.0</v>
+        <v>3702926.0</v>
       </c>
       <c r="F132" s="14" t="n">
-        <v>5649359.0</v>
+        <v>3713310.0</v>
       </c>
       <c r="G132" s="14" t="n">
-        <v>5330711.0</v>
+        <v>3735859.0</v>
       </c>
       <c r="H132" s="14" t="n">
-        <v>5109739.0</v>
+        <v>3584502.0</v>
       </c>
       <c r="I132" s="14" t="n">
-        <v>4826634.0</v>
+        <v>2960552.0</v>
       </c>
       <c r="J132" s="14" t="n">
-        <v>4656602.0</v>
+        <v>2733824.0</v>
       </c>
       <c r="K132" s="14" t="n">
-        <v>4662703.0</v>
+        <v>2579903.0</v>
       </c>
       <c r="L132" s="14" t="n">
-        <v>4544249.0</v>
+        <v>2415246.0</v>
       </c>
       <c r="M132" s="14" t="n">
-        <v>4318995.0</v>
+        <v>2423137.0</v>
       </c>
       <c r="N132" s="14" t="n">
-        <v>4161599.0</v>
+        <v>2292766.0</v>
       </c>
       <c r="O132" s="14" t="n">
-        <v>4886854.0</v>
+        <v>2219718.0</v>
       </c>
       <c r="P132" s="14" t="n">
-        <v>4630894.0</v>
+        <v>2711719.0</v>
       </c>
       <c r="Q132" s="14" t="n">
-        <v>4031467.0</v>
+        <v>2915232.0</v>
       </c>
       <c r="R132" s="14" t="n">
-        <v>3684989.0</v>
+        <v>2651365.0</v>
       </c>
       <c r="S132" s="14" t="n">
-        <v>3538143.0</v>
+        <v>2401538.0</v>
       </c>
       <c r="T132" s="14" t="n">
-        <v>3320367.0</v>
+        <v>2514769.0</v>
       </c>
       <c r="U132" s="14" t="n">
-        <v>3132820.0</v>
+        <v>2533440.0</v>
       </c>
       <c r="V132" s="14" t="n">
-        <v>3031409.0</v>
+        <v>2547426.0</v>
       </c>
       <c r="W132" s="14" t="n">
-        <v>2809253.0</v>
+        <v>2380844.0</v>
+      </c>
+      <c r="X132" s="14" t="n">
+        <v>2318862.0</v>
+      </c>
+      <c r="Y132" s="14" t="n">
+        <v>2236417.0</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    EMPLOYMENT:   Net social contributions (2)</t>
+          <t xml:space="preserve">    EMPLOYMENT: Current taxes on income, capital gains, etc.</t>
         </is>
       </c>
       <c r="B133" s="14" t="n">
-        <v>1.05456E7</v>
+        <v>7043310.0</v>
       </c>
       <c r="C133" s="14" t="n">
-        <v>1.0127276E7</v>
+        <v>6320079.0</v>
       </c>
       <c r="D133" s="14" t="n">
-        <v>9987012.0</v>
+        <v>5359253.0</v>
       </c>
       <c r="E133" s="14" t="n">
-        <v>9342389.0</v>
+        <v>5122314.0</v>
       </c>
       <c r="F133" s="14" t="n">
-        <v>9092856.0</v>
+        <v>5126439.0</v>
       </c>
       <c r="G133" s="14" t="n">
-        <v>8833866.0</v>
+        <v>4753355.0</v>
       </c>
       <c r="H133" s="14" t="n">
-        <v>8731307.0</v>
+        <v>4503542.0</v>
       </c>
       <c r="I133" s="14" t="n">
-        <v>8828197.0</v>
+        <v>4231764.0</v>
       </c>
       <c r="J133" s="14" t="n">
-        <v>8742242.0</v>
+        <v>4232563.0</v>
       </c>
       <c r="K133" s="14" t="n">
-        <v>8964104.0</v>
+        <v>4267941.0</v>
       </c>
       <c r="L133" s="14" t="n">
-        <v>9270760.0</v>
+        <v>4174250.0</v>
       </c>
       <c r="M133" s="14" t="n">
-        <v>9267028.0</v>
+        <v>4120945.0</v>
       </c>
       <c r="N133" s="14" t="n">
-        <v>9107550.0</v>
+        <v>4072465.0</v>
       </c>
       <c r="O133" s="14" t="n">
-        <v>9166233.0</v>
+        <v>3974527.0</v>
       </c>
       <c r="P133" s="14" t="n">
-        <v>8652169.0</v>
+        <v>3692834.0</v>
       </c>
       <c r="Q133" s="14" t="n">
-        <v>8128299.0</v>
+        <v>3954313.0</v>
       </c>
       <c r="R133" s="14" t="n">
-        <v>7640163.0</v>
+        <v>4005640.0</v>
       </c>
       <c r="S133" s="14" t="n">
-        <v>7286613.0</v>
+        <v>3400575.0</v>
       </c>
       <c r="T133" s="14" t="n">
-        <v>6814928.0</v>
+        <v>2988081.0</v>
       </c>
       <c r="U133" s="14" t="n">
-        <v>6567580.0</v>
+        <v>2882841.0</v>
       </c>
       <c r="V133" s="14" t="n">
-        <v>6212683.0</v>
+        <v>2473622.0</v>
       </c>
       <c r="W133" s="14" t="n">
-        <v>5781455.0</v>
+        <v>2538204.0</v>
+      </c>
+      <c r="X133" s="14" t="n">
+        <v>2353731.0</v>
+      </c>
+      <c r="Y133" s="14" t="n">
+        <v>2069898.0</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    EMPLOYMENT:   Other current transfers</t>
+          <t xml:space="preserve">    EMPLOYMENT:   Net social contributions (2)</t>
         </is>
       </c>
       <c r="B134" s="14" t="n">
-        <v>4010354.0</v>
+        <v>1.0386594E7</v>
       </c>
       <c r="C134" s="14" t="n">
-        <v>3334950.0</v>
+        <v>9567515.0</v>
       </c>
       <c r="D134" s="14" t="n">
-        <v>3395911.0</v>
+        <v>9388607.0</v>
       </c>
       <c r="E134" s="14" t="n">
-        <v>3267702.0</v>
+        <v>8827971.0</v>
       </c>
       <c r="F134" s="14" t="n">
-        <v>2988002.0</v>
+        <v>8809835.0</v>
       </c>
       <c r="G134" s="14" t="n">
-        <v>2649496.0</v>
+        <v>8235201.0</v>
       </c>
       <c r="H134" s="14" t="n">
-        <v>2543511.0</v>
+        <v>7925128.0</v>
       </c>
       <c r="I134" s="14" t="n">
-        <v>2412105.0</v>
+        <v>7713821.0</v>
       </c>
       <c r="J134" s="14" t="n">
-        <v>2268861.0</v>
+        <v>7624397.0</v>
       </c>
       <c r="K134" s="14" t="n">
-        <v>2107604.0</v>
+        <v>7684503.0</v>
       </c>
       <c r="L134" s="14" t="n">
-        <v>2049012.0</v>
+        <v>7670294.0</v>
       </c>
       <c r="M134" s="14" t="n">
-        <v>2009463.0</v>
+        <v>7880508.0</v>
       </c>
       <c r="N134" s="14" t="n">
-        <v>2257945.0</v>
+        <v>8296806.0</v>
       </c>
       <c r="O134" s="14" t="n">
-        <v>2317197.0</v>
+        <v>8517698.0</v>
       </c>
       <c r="P134" s="14" t="n">
-        <v>2234448.0</v>
+        <v>8432313.0</v>
       </c>
       <c r="Q134" s="14" t="n">
-        <v>2088179.0</v>
+        <v>8424477.0</v>
       </c>
       <c r="R134" s="14" t="n">
-        <v>2115799.0</v>
+        <v>7884414.0</v>
       </c>
       <c r="S134" s="14" t="n">
-        <v>1999671.0</v>
+        <v>7349081.0</v>
       </c>
       <c r="T134" s="14" t="n">
-        <v>1931450.0</v>
+        <v>6732073.0</v>
       </c>
       <c r="U134" s="14" t="n">
-        <v>1895962.0</v>
+        <v>6359086.0</v>
       </c>
       <c r="V134" s="14" t="n">
-        <v>1828009.0</v>
+        <v>5790218.0</v>
       </c>
       <c r="W134" s="14" t="n">
-        <v>1720496.0</v>
+        <v>5593959.0</v>
+      </c>
+      <c r="X134" s="14" t="n">
+        <v>5237593.0</v>
+      </c>
+      <c r="Y134" s="14" t="n">
+        <v>4933921.0</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    EMPLOYMENT: Gross disposable income</t>
+          <t xml:space="preserve">    EMPLOYMENT: Social benefits other than social transfers in kind</t>
         </is>
       </c>
       <c r="B135" s="14" t="n">
-        <v>4.6016453E7</v>
+        <v>19401.0</v>
       </c>
       <c r="C135" s="14" t="n">
-        <v>4.4530382E7</v>
+        <v>17755.0</v>
       </c>
       <c r="D135" s="14" t="n">
-        <v>4.577232E7</v>
+        <v>11560.0</v>
       </c>
       <c r="E135" s="14" t="n">
-        <v>4.3804143E7</v>
+        <v>10293.0</v>
       </c>
       <c r="F135" s="14" t="n">
-        <v>4.2613194E7</v>
+        <v>10484.0</v>
       </c>
       <c r="G135" s="14" t="n">
-        <v>4.1014281E7</v>
+        <v>8652.0</v>
       </c>
       <c r="H135" s="14" t="n">
-        <v>3.9935638E7</v>
+        <v>6544.0</v>
       </c>
       <c r="I135" s="14" t="n">
-        <v>3.9031937E7</v>
+        <v>5674.0</v>
       </c>
       <c r="J135" s="14" t="n">
-        <v>3.923736E7</v>
+        <v>4727.0</v>
       </c>
       <c r="K135" s="14" t="n">
-        <v>3.9148727E7</v>
+        <v>2991.0</v>
       </c>
       <c r="L135" s="14" t="n">
-        <v>4.1141935E7</v>
+        <v>4710.0</v>
       </c>
       <c r="M135" s="14" t="n">
-        <v>4.1364549E7</v>
+        <v>6882.0</v>
       </c>
       <c r="N135" s="14" t="n">
-        <v>4.09905E7</v>
+        <v>7433.0</v>
       </c>
       <c r="O135" s="14" t="n">
-        <v>4.2107447E7</v>
+        <v>18176.0</v>
       </c>
       <c r="P135" s="14" t="n">
-        <v>3.9688493E7</v>
+        <v>17135.0</v>
       </c>
       <c r="Q135" s="14" t="n">
-        <v>3.767467E7</v>
+        <v>18052.0</v>
       </c>
       <c r="R135" s="14" t="n">
-        <v>3.5293807E7</v>
+        <v>19267.0</v>
       </c>
       <c r="S135" s="14" t="n">
-        <v>3.3245544E7</v>
+        <v>17282.0</v>
       </c>
       <c r="T135" s="14" t="n">
-        <v>3.148515E7</v>
+        <v>15469.0</v>
       </c>
       <c r="U135" s="14" t="n">
-        <v>2.9664043E7</v>
+        <v>13810.0</v>
       </c>
       <c r="V135" s="14" t="n">
-        <v>2.8257611E7</v>
+        <v>12861.0</v>
       </c>
       <c r="W135" s="14" t="n">
-        <v>2.6278645E7</v>
+        <v>11322.0</v>
+      </c>
+      <c r="X135" s="14" t="n">
+        <v>9659.0</v>
+      </c>
+      <c r="Y135" s="14" t="n">
+        <v>14158.0</v>
       </c>
     </row>
     <row r="136">
-      <c r="A136" s="6" t="inlineStr">
-[...25 lines deleted...]
-      <c r="W136" s="6"/>
+      <c r="A136" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    EMPLOYMENT:   Other current transfers</t>
+        </is>
+      </c>
+      <c r="B136" s="14" t="n">
+        <v>5073241.0</v>
+      </c>
+      <c r="C136" s="14" t="n">
+        <v>4763105.0</v>
+      </c>
+      <c r="D136" s="14" t="n">
+        <v>4649647.0</v>
+      </c>
+      <c r="E136" s="14" t="n">
+        <v>3777072.0</v>
+      </c>
+      <c r="F136" s="14" t="n">
+        <v>3914981.0</v>
+      </c>
+      <c r="G136" s="14" t="n">
+        <v>3769660.0</v>
+      </c>
+      <c r="H136" s="14" t="n">
+        <v>3486401.0</v>
+      </c>
+      <c r="I136" s="14" t="n">
+        <v>3124468.0</v>
+      </c>
+      <c r="J136" s="14" t="n">
+        <v>2902366.0</v>
+      </c>
+      <c r="K136" s="14" t="n">
+        <v>2600766.0</v>
+      </c>
+      <c r="L136" s="14" t="n">
+        <v>2578842.0</v>
+      </c>
+      <c r="M136" s="14" t="n">
+        <v>2459391.0</v>
+      </c>
+      <c r="N136" s="14" t="n">
+        <v>2329163.0</v>
+      </c>
+      <c r="O136" s="14" t="n">
+        <v>2357619.0</v>
+      </c>
+      <c r="P136" s="14" t="n">
+        <v>2515746.0</v>
+      </c>
+      <c r="Q136" s="14" t="n">
+        <v>2670115.0</v>
+      </c>
+      <c r="R136" s="14" t="n">
+        <v>2495428.0</v>
+      </c>
+      <c r="S136" s="14" t="n">
+        <v>2234551.0</v>
+      </c>
+      <c r="T136" s="14" t="n">
+        <v>2308625.0</v>
+      </c>
+      <c r="U136" s="14" t="n">
+        <v>2099361.0</v>
+      </c>
+      <c r="V136" s="14" t="n">
+        <v>2091694.0</v>
+      </c>
+      <c r="W136" s="14" t="n">
+        <v>2070480.0</v>
+      </c>
+      <c r="X136" s="14" t="n">
+        <v>1976223.0</v>
+      </c>
+      <c r="Y136" s="14" t="n">
+        <v>1861170.0</v>
+      </c>
     </row>
     <row r="137">
       <c r="A137" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    RESOURCES: Balance of gross primary income</t>
+          <t xml:space="preserve">    EMPLOYMENT: Gross disposable income</t>
         </is>
       </c>
       <c r="B137" s="14" t="n">
-        <v>5709283.0</v>
+        <v>5.0137964E7</v>
       </c>
       <c r="C137" s="14" t="n">
-        <v>5452256.0</v>
+        <v>4.5536384E7</v>
       </c>
       <c r="D137" s="14" t="n">
-        <v>5706793.0</v>
+        <v>4.284462E7</v>
       </c>
       <c r="E137" s="14" t="n">
-        <v>5537793.0</v>
+        <v>4.12664E7</v>
       </c>
       <c r="F137" s="14" t="n">
-        <v>5359063.0</v>
+        <v>4.1797682E7</v>
       </c>
       <c r="G137" s="14" t="n">
-        <v>5168072.0</v>
+        <v>4.0148767E7</v>
       </c>
       <c r="H137" s="14" t="n">
-        <v>5056031.0</v>
+        <v>3.9022348E7</v>
       </c>
       <c r="I137" s="14" t="n">
-        <v>4911213.0</v>
+        <v>3.7926081E7</v>
       </c>
       <c r="J137" s="14" t="n">
-        <v>4853956.0</v>
+        <v>3.7012911E7</v>
       </c>
       <c r="K137" s="14" t="n">
-        <v>4914393.0</v>
+        <v>3.5891251E7</v>
       </c>
       <c r="L137" s="14" t="n">
-        <v>5291259.0</v>
+        <v>3.5552645E7</v>
       </c>
       <c r="M137" s="14" t="n">
-        <v>5243719.0</v>
+        <v>3.565541E7</v>
       </c>
       <c r="N137" s="14" t="n">
-        <v>5269155.0</v>
+        <v>3.737437E7</v>
       </c>
       <c r="O137" s="14" t="n">
-        <v>5658823.0</v>
+        <v>3.7072855E7</v>
       </c>
       <c r="P137" s="14" t="n">
-        <v>5463736.0</v>
+        <v>3.7414311E7</v>
       </c>
       <c r="Q137" s="14" t="n">
-        <v>5188737.0</v>
+        <v>3.8135253E7</v>
       </c>
       <c r="R137" s="14" t="n">
-        <v>4845602.0</v>
+        <v>3.6314512E7</v>
       </c>
       <c r="S137" s="14" t="n">
-        <v>4576273.0</v>
+        <v>3.4390593E7</v>
       </c>
       <c r="T137" s="14" t="n">
-        <v>4373627.0</v>
+        <v>3.2358764E7</v>
       </c>
       <c r="U137" s="14" t="n">
-        <v>4074019.0</v>
+        <v>3.0337123E7</v>
       </c>
       <c r="V137" s="14" t="n">
-        <v>3904913.0</v>
+        <v>2.8867719E7</v>
       </c>
       <c r="W137" s="14" t="n">
-        <v>3597830.0</v>
+        <v>2.6878667E7</v>
+      </c>
+      <c r="X137" s="14" t="n">
+        <v>2.5465747E7</v>
+      </c>
+      <c r="Y137" s="14" t="n">
+        <v>2.3872496E7</v>
       </c>
     </row>
     <row r="138">
-      <c r="A138" s="7" t="inlineStr">
-[...69 lines deleted...]
-      </c>
+      <c r="A138" s="6" t="inlineStr">
+        <is>
+          <t>13 Madrid, Comunidad de</t>
+        </is>
+      </c>
+      <c r="B138" s="6"/>
+      <c r="C138" s="6"/>
+      <c r="D138" s="6"/>
+      <c r="E138" s="6"/>
+      <c r="F138" s="6"/>
+      <c r="G138" s="6"/>
+      <c r="H138" s="6"/>
+      <c r="I138" s="6"/>
+      <c r="J138" s="6"/>
+      <c r="K138" s="6"/>
+      <c r="L138" s="6"/>
+      <c r="M138" s="6"/>
+      <c r="N138" s="6"/>
+      <c r="O138" s="6"/>
+      <c r="P138" s="6"/>
+      <c r="Q138" s="6"/>
+      <c r="R138" s="6"/>
+      <c r="S138" s="6"/>
+      <c r="T138" s="6"/>
+      <c r="U138" s="6"/>
+      <c r="V138" s="6"/>
+      <c r="W138" s="6"/>
+      <c r="X138" s="6"/>
+      <c r="Y138" s="6"/>
     </row>
     <row r="139">
       <c r="A139" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    RESOURCES: Other current transfers</t>
+          <t xml:space="preserve">    RESOURCES: Balance of gross primary income</t>
         </is>
       </c>
       <c r="B139" s="14" t="n">
-        <v>490235.0</v>
+        <v>2.00254643E8</v>
       </c>
       <c r="C139" s="14" t="n">
-        <v>402410.0</v>
+        <v>1.79050184E8</v>
       </c>
       <c r="D139" s="14" t="n">
-        <v>405724.0</v>
+        <v>1.65128947E8</v>
       </c>
       <c r="E139" s="14" t="n">
-        <v>394409.0</v>
+        <v>1.55478142E8</v>
       </c>
       <c r="F139" s="14" t="n">
-        <v>354788.0</v>
+        <v>1.65248315E8</v>
       </c>
       <c r="G139" s="14" t="n">
-        <v>329952.0</v>
+        <v>1.55595976E8</v>
       </c>
       <c r="H139" s="14" t="n">
-        <v>287056.0</v>
+        <v>1.50326236E8</v>
       </c>
       <c r="I139" s="14" t="n">
-        <v>256043.0</v>
+        <v>1.44086368E8</v>
       </c>
       <c r="J139" s="14" t="n">
-        <v>242885.0</v>
+        <v>1.39277208E8</v>
       </c>
       <c r="K139" s="14" t="n">
-        <v>240723.0</v>
+        <v>1.32961127E8</v>
       </c>
       <c r="L139" s="14" t="n">
-        <v>244678.0</v>
+        <v>1.30855405E8</v>
       </c>
       <c r="M139" s="14" t="n">
-        <v>239569.0</v>
+        <v>1.32111348E8</v>
       </c>
       <c r="N139" s="14" t="n">
-        <v>304696.0</v>
+        <v>1.39526449E8</v>
       </c>
       <c r="O139" s="14" t="n">
-        <v>312542.0</v>
+        <v>1.37512027E8</v>
       </c>
       <c r="P139" s="14" t="n">
-        <v>290124.0</v>
+        <v>1.37252803E8</v>
       </c>
       <c r="Q139" s="14" t="n">
-        <v>260799.0</v>
+        <v>1.40317403E8</v>
       </c>
       <c r="R139" s="14" t="n">
-        <v>263790.0</v>
+        <v>1.35088949E8</v>
       </c>
       <c r="S139" s="14" t="n">
-        <v>286755.0</v>
+        <v>1.27446761E8</v>
       </c>
       <c r="T139" s="14" t="n">
-        <v>233413.0</v>
+        <v>1.17853958E8</v>
       </c>
       <c r="U139" s="14" t="n">
-        <v>219713.0</v>
+        <v>1.09547771E8</v>
       </c>
       <c r="V139" s="14" t="n">
-        <v>222990.0</v>
+        <v>1.02054627E8</v>
       </c>
       <c r="W139" s="14" t="n">
-        <v>234015.0</v>
+        <v>9.5786008E7</v>
+      </c>
+      <c r="X139" s="14" t="n">
+        <v>9.0736792E7</v>
+      </c>
+      <c r="Y139" s="14" t="n">
+        <v>8.2684124E7</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    EMPLOYMENT: Current taxes on income, capital gains, etc.</t>
+          <t xml:space="preserve">    RESOURCES: Net social contributions</t>
         </is>
       </c>
       <c r="B140" s="14" t="n">
-        <v>725195.0</v>
+        <v>68421.0</v>
       </c>
       <c r="C140" s="14" t="n">
-        <v>679205.0</v>
+        <v>48687.0</v>
       </c>
       <c r="D140" s="14" t="n">
-        <v>682998.0</v>
+        <v>54656.0</v>
       </c>
       <c r="E140" s="14" t="n">
-        <v>651250.0</v>
+        <v>55450.0</v>
       </c>
       <c r="F140" s="14" t="n">
-        <v>616859.0</v>
+        <v>55469.0</v>
       </c>
       <c r="G140" s="14" t="n">
-        <v>588885.0</v>
+        <v>41496.0</v>
       </c>
       <c r="H140" s="14" t="n">
-        <v>573230.0</v>
+        <v>35314.0</v>
       </c>
       <c r="I140" s="14" t="n">
-        <v>588368.0</v>
+        <v>26094.0</v>
       </c>
       <c r="J140" s="14" t="n">
-        <v>570058.0</v>
+        <v>25175.0</v>
       </c>
       <c r="K140" s="14" t="n">
-        <v>566704.0</v>
+        <v>23893.0</v>
       </c>
       <c r="L140" s="14" t="n">
-        <v>557086.0</v>
+        <v>26518.0</v>
       </c>
       <c r="M140" s="14" t="n">
-        <v>544576.0</v>
+        <v>34044.0</v>
       </c>
       <c r="N140" s="14" t="n">
-        <v>512416.0</v>
+        <v>41848.0</v>
       </c>
       <c r="O140" s="14" t="n">
-        <v>629528.0</v>
+        <v>50515.0</v>
       </c>
       <c r="P140" s="14" t="n">
-        <v>618392.0</v>
+        <v>56955.0</v>
       </c>
       <c r="Q140" s="14" t="n">
-        <v>530927.0</v>
+        <v>66225.0</v>
       </c>
       <c r="R140" s="14" t="n">
-        <v>451110.0</v>
+        <v>63499.0</v>
       </c>
       <c r="S140" s="14" t="n">
-        <v>430596.0</v>
+        <v>63641.0</v>
       </c>
       <c r="T140" s="14" t="n">
-        <v>373211.0</v>
+        <v>62416.0</v>
       </c>
       <c r="U140" s="14" t="n">
-        <v>365299.0</v>
+        <v>50627.0</v>
       </c>
       <c r="V140" s="14" t="n">
-        <v>339527.0</v>
+        <v>44673.0</v>
       </c>
       <c r="W140" s="14" t="n">
-        <v>310431.0</v>
+        <v>41850.0</v>
+      </c>
+      <c r="X140" s="14" t="n">
+        <v>38888.0</v>
+      </c>
+      <c r="Y140" s="14" t="n">
+        <v>37103.0</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    EMPLOYMENT:   Net social contributions (2)</t>
+          <t xml:space="preserve">    RESOURCES: Social benefits other than social transfers in kind (1)</t>
         </is>
       </c>
       <c r="B141" s="14" t="n">
-        <v>1185960.0</v>
+        <v>3.9578243E7</v>
       </c>
       <c r="C141" s="14" t="n">
-        <v>1126021.0</v>
+        <v>3.5962782E7</v>
       </c>
       <c r="D141" s="14" t="n">
-        <v>1126716.0</v>
+        <v>3.6800001E7</v>
       </c>
       <c r="E141" s="14" t="n">
-        <v>1051783.0</v>
+        <v>3.6788908E7</v>
       </c>
       <c r="F141" s="14" t="n">
-        <v>1017813.0</v>
+        <v>3.1940439E7</v>
       </c>
       <c r="G141" s="14" t="n">
-        <v>991003.0</v>
+        <v>2.9622688E7</v>
       </c>
       <c r="H141" s="14" t="n">
-        <v>974896.0</v>
+        <v>2.8655882E7</v>
       </c>
       <c r="I141" s="14" t="n">
-        <v>979092.0</v>
+        <v>2.7996035E7</v>
       </c>
       <c r="J141" s="14" t="n">
-        <v>972173.0</v>
+        <v>2.7509319E7</v>
       </c>
       <c r="K141" s="14" t="n">
-        <v>999898.0</v>
+        <v>2.7709362E7</v>
       </c>
       <c r="L141" s="14" t="n">
-        <v>1049069.0</v>
+        <v>2.801579E7</v>
       </c>
       <c r="M141" s="14" t="n">
-        <v>1068486.0</v>
+        <v>2.7193352E7</v>
       </c>
       <c r="N141" s="14" t="n">
-        <v>1062521.0</v>
+        <v>2.6700572E7</v>
       </c>
       <c r="O141" s="14" t="n">
-        <v>1097696.0</v>
+        <v>2.6732622E7</v>
       </c>
       <c r="P141" s="14" t="n">
-        <v>1033569.0</v>
+        <v>2.4916797E7</v>
       </c>
       <c r="Q141" s="14" t="n">
-        <v>973607.0</v>
+        <v>2.2195805E7</v>
       </c>
       <c r="R141" s="14" t="n">
-        <v>888416.0</v>
+        <v>1.9503854E7</v>
       </c>
       <c r="S141" s="14" t="n">
-        <v>832228.0</v>
+        <v>1.8027668E7</v>
       </c>
       <c r="T141" s="14" t="n">
-        <v>760308.0</v>
+        <v>1.658073E7</v>
       </c>
       <c r="U141" s="14" t="n">
-        <v>720894.0</v>
+        <v>1.5602315E7</v>
       </c>
       <c r="V141" s="14" t="n">
-        <v>675131.0</v>
+        <v>1.4271043E7</v>
       </c>
       <c r="W141" s="14" t="n">
-        <v>631042.0</v>
+        <v>1.3397703E7</v>
+      </c>
+      <c r="X141" s="14" t="n">
+        <v>1.1799417E7</v>
+      </c>
+      <c r="Y141" s="14" t="n">
+        <v>1.1488712E7</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    EMPLOYMENT:   Other current transfers</t>
+          <t xml:space="preserve">    RESOURCES: Other current transfers</t>
         </is>
       </c>
       <c r="B142" s="14" t="n">
-        <v>587694.0</v>
+        <v>1.4199161E7</v>
       </c>
       <c r="C142" s="14" t="n">
-        <v>488225.0</v>
+        <v>1.3025431E7</v>
       </c>
       <c r="D142" s="14" t="n">
-        <v>492344.0</v>
+        <v>1.256195E7</v>
       </c>
       <c r="E142" s="14" t="n">
-        <v>478119.0</v>
+        <v>1.1196766E7</v>
       </c>
       <c r="F142" s="14" t="n">
-        <v>435471.0</v>
+        <v>1.1701892E7</v>
       </c>
       <c r="G142" s="14" t="n">
-        <v>392310.0</v>
+        <v>1.0654973E7</v>
       </c>
       <c r="H142" s="14" t="n">
-        <v>368035.0</v>
+        <v>9765457.0</v>
       </c>
       <c r="I142" s="14" t="n">
-        <v>329510.0</v>
+        <v>9034117.0</v>
       </c>
       <c r="J142" s="14" t="n">
-        <v>319210.0</v>
+        <v>7914824.0</v>
       </c>
       <c r="K142" s="14" t="n">
-        <v>314344.0</v>
+        <v>8219180.0</v>
       </c>
       <c r="L142" s="14" t="n">
-        <v>318009.0</v>
+        <v>7478170.0</v>
       </c>
       <c r="M142" s="14" t="n">
-        <v>327690.0</v>
+        <v>7430965.0</v>
       </c>
       <c r="N142" s="14" t="n">
-        <v>376763.0</v>
+        <v>7383652.0</v>
       </c>
       <c r="O142" s="14" t="n">
-        <v>386161.0</v>
+        <v>7635330.0</v>
       </c>
       <c r="P142" s="14" t="n">
-        <v>372891.0</v>
+        <v>8264892.0</v>
       </c>
       <c r="Q142" s="14" t="n">
-        <v>340528.0</v>
+        <v>7946565.0</v>
       </c>
       <c r="R142" s="14" t="n">
-        <v>319047.0</v>
+        <v>7560787.0</v>
       </c>
       <c r="S142" s="14" t="n">
-        <v>284353.0</v>
+        <v>7031268.0</v>
       </c>
       <c r="T142" s="14" t="n">
-        <v>271660.0</v>
+        <v>6634890.0</v>
       </c>
       <c r="U142" s="14" t="n">
-        <v>236687.0</v>
+        <v>6831536.0</v>
       </c>
       <c r="V142" s="14" t="n">
-        <v>237926.0</v>
+        <v>6506441.0</v>
       </c>
       <c r="W142" s="14" t="n">
-        <v>215418.0</v>
+        <v>5802298.0</v>
+      </c>
+      <c r="X142" s="14" t="n">
+        <v>5895049.0</v>
+      </c>
+      <c r="Y142" s="14" t="n">
+        <v>5804965.0</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    EMPLOYMENT: Gross disposable income</t>
+          <t xml:space="preserve">    EMPLOYMENT: Current taxes on income, capital gains, etc.</t>
         </is>
       </c>
       <c r="B143" s="14" t="n">
-        <v>5302283.0</v>
+        <v>3.3260038E7</v>
       </c>
       <c r="C143" s="14" t="n">
-        <v>5179747.0</v>
+        <v>3.0084375E7</v>
       </c>
       <c r="D143" s="14" t="n">
-        <v>5230885.0</v>
+        <v>2.5913498E7</v>
       </c>
       <c r="E143" s="14" t="n">
-        <v>5083332.0</v>
+        <v>2.4408956E7</v>
       </c>
       <c r="F143" s="14" t="n">
-        <v>4920692.0</v>
+        <v>2.4887706E7</v>
       </c>
       <c r="G143" s="14" t="n">
-        <v>4779853.0</v>
+        <v>2.3604006E7</v>
       </c>
       <c r="H143" s="14" t="n">
-        <v>4664788.0</v>
+        <v>2.1635544E7</v>
       </c>
       <c r="I143" s="14" t="n">
-        <v>4515592.0</v>
+        <v>2.0363183E7</v>
       </c>
       <c r="J143" s="14" t="n">
-        <v>4520533.0</v>
+        <v>1.99164E7</v>
       </c>
       <c r="K143" s="14" t="n">
-        <v>4543176.0</v>
+        <v>1.9900103E7</v>
       </c>
       <c r="L143" s="14" t="n">
-        <v>4814400.0</v>
+        <v>1.9318055E7</v>
       </c>
       <c r="M143" s="14" t="n">
-        <v>4755020.0</v>
+        <v>1.931219E7</v>
       </c>
       <c r="N143" s="14" t="n">
-        <v>4787309.0</v>
+        <v>1.8791393E7</v>
       </c>
       <c r="O143" s="14" t="n">
-        <v>4898219.0</v>
+        <v>1.8227548E7</v>
       </c>
       <c r="P143" s="14" t="n">
-        <v>4646208.0</v>
+        <v>1.739448E7</v>
       </c>
       <c r="Q143" s="14" t="n">
-        <v>4473025.0</v>
+        <v>1.9572863E7</v>
       </c>
       <c r="R143" s="14" t="n">
-        <v>4242990.0</v>
+        <v>1.9275547E7</v>
       </c>
       <c r="S143" s="14" t="n">
-        <v>4054434.0</v>
+        <v>1.6558172E7</v>
       </c>
       <c r="T143" s="14" t="n">
-        <v>3868333.0</v>
+        <v>1.4411601E7</v>
       </c>
       <c r="U143" s="14" t="n">
-        <v>3602845.0</v>
+        <v>1.3859542E7</v>
       </c>
       <c r="V143" s="14" t="n">
-        <v>3445083.0</v>
+        <v>1.2528363E7</v>
       </c>
       <c r="W143" s="14" t="n">
-        <v>3225372.0</v>
+        <v>1.2413183E7</v>
+      </c>
+      <c r="X143" s="14" t="n">
+        <v>1.1599462E7</v>
+      </c>
+      <c r="Y143" s="14" t="n">
+        <v>1.0583616E7</v>
       </c>
     </row>
     <row r="144">
-      <c r="A144" s="6" t="inlineStr">
-[...25 lines deleted...]
-      <c r="W144" s="6"/>
+      <c r="A144" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    EMPLOYMENT:   Net social contributions (2)</t>
+        </is>
+      </c>
+      <c r="B144" s="14" t="n">
+        <v>4.160235E7</v>
+      </c>
+      <c r="C144" s="14" t="n">
+        <v>3.7375587E7</v>
+      </c>
+      <c r="D144" s="14" t="n">
+        <v>3.5451285E7</v>
+      </c>
+      <c r="E144" s="14" t="n">
+        <v>3.3926318E7</v>
+      </c>
+      <c r="F144" s="14" t="n">
+        <v>3.3163051E7</v>
+      </c>
+      <c r="G144" s="14" t="n">
+        <v>3.0435326E7</v>
+      </c>
+      <c r="H144" s="14" t="n">
+        <v>2.9112204E7</v>
+      </c>
+      <c r="I144" s="14" t="n">
+        <v>2.8059846E7</v>
+      </c>
+      <c r="J144" s="14" t="n">
+        <v>2.7437036E7</v>
+      </c>
+      <c r="K144" s="14" t="n">
+        <v>2.733479E7</v>
+      </c>
+      <c r="L144" s="14" t="n">
+        <v>2.6762555E7</v>
+      </c>
+      <c r="M144" s="14" t="n">
+        <v>2.7438915E7</v>
+      </c>
+      <c r="N144" s="14" t="n">
+        <v>2.8323754E7</v>
+      </c>
+      <c r="O144" s="14" t="n">
+        <v>2.8762415E7</v>
+      </c>
+      <c r="P144" s="14" t="n">
+        <v>2.8562027E7</v>
+      </c>
+      <c r="Q144" s="14" t="n">
+        <v>2.8761848E7</v>
+      </c>
+      <c r="R144" s="14" t="n">
+        <v>2.6691822E7</v>
+      </c>
+      <c r="S144" s="14" t="n">
+        <v>2.5302208E7</v>
+      </c>
+      <c r="T144" s="14" t="n">
+        <v>2.3101727E7</v>
+      </c>
+      <c r="U144" s="14" t="n">
+        <v>2.1498602E7</v>
+      </c>
+      <c r="V144" s="14" t="n">
+        <v>1.9752892E7</v>
+      </c>
+      <c r="W144" s="14" t="n">
+        <v>1.8995456E7</v>
+      </c>
+      <c r="X144" s="14" t="n">
+        <v>1.7720794E7</v>
+      </c>
+      <c r="Y144" s="14" t="n">
+        <v>1.6374224E7</v>
+      </c>
     </row>
     <row r="145">
       <c r="A145" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    RESOURCES: Balance of gross primary income</t>
+          <t xml:space="preserve">    EMPLOYMENT: Social benefits other than social transfers in kind</t>
         </is>
       </c>
       <c r="B145" s="14" t="n">
-        <v>1249632.0</v>
+        <v>73768.0</v>
       </c>
       <c r="C145" s="14" t="n">
-        <v>1189686.0</v>
+        <v>66372.0</v>
       </c>
       <c r="D145" s="14" t="n">
-        <v>1234449.0</v>
+        <v>43207.0</v>
       </c>
       <c r="E145" s="14" t="n">
-        <v>1176624.0</v>
+        <v>38887.0</v>
       </c>
       <c r="F145" s="14" t="n">
-        <v>1141787.0</v>
+        <v>39306.0</v>
       </c>
       <c r="G145" s="14" t="n">
-        <v>1132897.0</v>
+        <v>30042.0</v>
       </c>
       <c r="H145" s="14" t="n">
-        <v>1115189.0</v>
+        <v>25752.0</v>
       </c>
       <c r="I145" s="14" t="n">
-        <v>1081860.0</v>
+        <v>20476.0</v>
       </c>
       <c r="J145" s="14" t="n">
-        <v>1084875.0</v>
+        <v>16332.0</v>
       </c>
       <c r="K145" s="14" t="n">
-        <v>1058791.0</v>
+        <v>10492.0</v>
       </c>
       <c r="L145" s="14" t="n">
-        <v>1134524.0</v>
+        <v>17738.0</v>
       </c>
       <c r="M145" s="14" t="n">
-        <v>1125637.0</v>
+        <v>25352.0</v>
       </c>
       <c r="N145" s="14" t="n">
-        <v>1107797.0</v>
+        <v>26189.0</v>
       </c>
       <c r="O145" s="14" t="n">
-        <v>1127320.0</v>
+        <v>60390.0</v>
       </c>
       <c r="P145" s="14" t="n">
-        <v>1093162.0</v>
+        <v>59239.0</v>
       </c>
       <c r="Q145" s="14" t="n">
-        <v>1056092.0</v>
+        <v>63063.0</v>
       </c>
       <c r="R145" s="14" t="n">
-        <v>1002783.0</v>
+        <v>71308.0</v>
       </c>
       <c r="S145" s="14" t="n">
-        <v>935101.0</v>
+        <v>63944.0</v>
       </c>
       <c r="T145" s="14" t="n">
-        <v>884697.0</v>
+        <v>58083.0</v>
       </c>
       <c r="U145" s="14" t="n">
-        <v>816515.0</v>
+        <v>50568.0</v>
       </c>
       <c r="V145" s="14" t="n">
-        <v>782230.0</v>
+        <v>47213.0</v>
       </c>
       <c r="W145" s="14" t="n">
-        <v>734621.0</v>
+        <v>40907.0</v>
+      </c>
+      <c r="X145" s="14" t="n">
+        <v>30964.0</v>
+      </c>
+      <c r="Y145" s="14" t="n">
+        <v>45849.0</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    RESOURCES: Social benefits other than social transfers in kind (1)</t>
+          <t xml:space="preserve">    EMPLOYMENT:   Other current transfers</t>
         </is>
       </c>
       <c r="B146" s="14" t="n">
-        <v>352121.0</v>
+        <v>1.6111028E7</v>
       </c>
       <c r="C146" s="14" t="n">
-        <v>338396.0</v>
+        <v>1.5031354E7</v>
       </c>
       <c r="D146" s="14" t="n">
-        <v>303425.0</v>
+        <v>1.438798E7</v>
       </c>
       <c r="E146" s="14" t="n">
-        <v>284488.0</v>
+        <v>1.2216865E7</v>
       </c>
       <c r="F146" s="14" t="n">
-        <v>273648.0</v>
+        <v>1.3379181E7</v>
       </c>
       <c r="G146" s="14" t="n">
-        <v>269964.0</v>
+        <v>1.2486182E7</v>
       </c>
       <c r="H146" s="14" t="n">
-        <v>261428.0</v>
+        <v>1.1315415E7</v>
       </c>
       <c r="I146" s="14" t="n">
-        <v>254654.0</v>
+        <v>1.0103516E7</v>
       </c>
       <c r="J146" s="14" t="n">
-        <v>253190.0</v>
+        <v>9521602.0</v>
       </c>
       <c r="K146" s="14" t="n">
-        <v>255780.0</v>
+        <v>9044460.0</v>
       </c>
       <c r="L146" s="14" t="n">
-        <v>251288.0</v>
+        <v>8793402.0</v>
       </c>
       <c r="M146" s="14" t="n">
-        <v>251779.0</v>
+        <v>8548245.0</v>
       </c>
       <c r="N146" s="14" t="n">
-        <v>240391.0</v>
+        <v>8514727.0</v>
       </c>
       <c r="O146" s="14" t="n">
-        <v>215963.0</v>
+        <v>8632573.0</v>
       </c>
       <c r="P146" s="14" t="n">
-        <v>194469.0</v>
+        <v>8942283.0</v>
       </c>
       <c r="Q146" s="14" t="n">
-        <v>184962.0</v>
+        <v>9226927.0</v>
       </c>
       <c r="R146" s="14" t="n">
-        <v>170847.0</v>
+        <v>8985774.0</v>
       </c>
       <c r="S146" s="14" t="n">
-        <v>160320.0</v>
+        <v>8303005.0</v>
       </c>
       <c r="T146" s="14" t="n">
-        <v>147228.0</v>
+        <v>7800211.0</v>
       </c>
       <c r="U146" s="14" t="n">
-        <v>137579.0</v>
+        <v>7340872.0</v>
       </c>
       <c r="V146" s="14" t="n">
-        <v>125585.0</v>
+        <v>6870643.0</v>
       </c>
       <c r="W146" s="14" t="n">
-        <v>124822.0</v>
+        <v>6017328.0</v>
+      </c>
+      <c r="X146" s="14" t="n">
+        <v>6131306.0</v>
+      </c>
+      <c r="Y146" s="14" t="n">
+        <v>5740191.0</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    RESOURCES: Other current transfers</t>
+          <t xml:space="preserve">    EMPLOYMENT: Gross disposable income</t>
         </is>
       </c>
       <c r="B147" s="14" t="n">
-        <v>130366.0</v>
+        <v>1.63053284E8</v>
       </c>
       <c r="C147" s="14" t="n">
-        <v>106792.0</v>
+        <v>1.45529396E8</v>
       </c>
       <c r="D147" s="14" t="n">
-        <v>110804.0</v>
+        <v>1.38749584E8</v>
       </c>
       <c r="E147" s="14" t="n">
-        <v>105445.0</v>
+        <v>1.3292824E8</v>
       </c>
       <c r="F147" s="14" t="n">
-        <v>95373.0</v>
+        <v>1.37476871E8</v>
       </c>
       <c r="G147" s="14" t="n">
-        <v>85405.0</v>
+        <v>1.29359577E8</v>
       </c>
       <c r="H147" s="14" t="n">
-        <v>72300.0</v>
+        <v>1.26693974E8</v>
       </c>
       <c r="I147" s="14" t="n">
-        <v>65617.0</v>
+        <v>1.22595593E8</v>
       </c>
       <c r="J147" s="14" t="n">
-        <v>69340.0</v>
+        <v>1.17835156E8</v>
       </c>
       <c r="K147" s="14" t="n">
-        <v>66360.0</v>
+        <v>1.12623717E8</v>
       </c>
       <c r="L147" s="14" t="n">
-        <v>69156.0</v>
+        <v>1.11484133E8</v>
       </c>
       <c r="M147" s="14" t="n">
-        <v>59844.0</v>
+        <v>1.11445007E8</v>
       </c>
       <c r="N147" s="14" t="n">
-        <v>72879.0</v>
+        <v>1.17996458E8</v>
       </c>
       <c r="O147" s="14" t="n">
-        <v>79462.0</v>
+        <v>1.16247568E8</v>
       </c>
       <c r="P147" s="14" t="n">
-        <v>74704.0</v>
+        <v>1.15533418E8</v>
       </c>
       <c r="Q147" s="14" t="n">
-        <v>66376.0</v>
+        <v>1.12901297E8</v>
       </c>
       <c r="R147" s="14" t="n">
-        <v>62456.0</v>
+        <v>1.07192638E8</v>
       </c>
       <c r="S147" s="14" t="n">
-        <v>63577.0</v>
+        <v>1.02342009E8</v>
       </c>
       <c r="T147" s="14" t="n">
-        <v>62821.0</v>
+        <v>9.5760372E7</v>
       </c>
       <c r="U147" s="14" t="n">
-        <v>53732.0</v>
+        <v>8.9282665E7</v>
       </c>
       <c r="V147" s="14" t="n">
-        <v>57950.0</v>
+        <v>8.3677673E7</v>
       </c>
       <c r="W147" s="14" t="n">
-        <v>60920.0</v>
+        <v>7.7560985E7</v>
+      </c>
+      <c r="X147" s="14" t="n">
+        <v>7.298762E7</v>
+      </c>
+      <c r="Y147" s="14" t="n">
+        <v>6.7271024E7</v>
       </c>
     </row>
     <row r="148">
-      <c r="A148" s="7" t="inlineStr">
-[...69 lines deleted...]
-      </c>
+      <c r="A148" s="6" t="inlineStr">
+        <is>
+          <t>14 Murcia, Región de</t>
+        </is>
+      </c>
+      <c r="B148" s="6"/>
+      <c r="C148" s="6"/>
+      <c r="D148" s="6"/>
+      <c r="E148" s="6"/>
+      <c r="F148" s="6"/>
+      <c r="G148" s="6"/>
+      <c r="H148" s="6"/>
+      <c r="I148" s="6"/>
+      <c r="J148" s="6"/>
+      <c r="K148" s="6"/>
+      <c r="L148" s="6"/>
+      <c r="M148" s="6"/>
+      <c r="N148" s="6"/>
+      <c r="O148" s="6"/>
+      <c r="P148" s="6"/>
+      <c r="Q148" s="6"/>
+      <c r="R148" s="6"/>
+      <c r="S148" s="6"/>
+      <c r="T148" s="6"/>
+      <c r="U148" s="6"/>
+      <c r="V148" s="6"/>
+      <c r="W148" s="6"/>
+      <c r="X148" s="6"/>
+      <c r="Y148" s="6"/>
     </row>
     <row r="149">
       <c r="A149" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    EMPLOYMENT:   Net social contributions (2)</t>
+          <t xml:space="preserve">    RESOURCES: Balance of gross primary income</t>
         </is>
       </c>
       <c r="B149" s="14" t="n">
-        <v>275827.0</v>
+        <v>2.8043724E7</v>
       </c>
       <c r="C149" s="14" t="n">
-        <v>264999.0</v>
+        <v>2.5513769E7</v>
       </c>
       <c r="D149" s="14" t="n">
-        <v>261117.0</v>
+        <v>2.3433387E7</v>
       </c>
       <c r="E149" s="14" t="n">
-        <v>246782.0</v>
+        <v>2.1714939E7</v>
       </c>
       <c r="F149" s="14" t="n">
-        <v>241841.0</v>
+        <v>2.2497413E7</v>
       </c>
       <c r="G149" s="14" t="n">
-        <v>236364.0</v>
+        <v>2.1155811E7</v>
       </c>
       <c r="H149" s="14" t="n">
-        <v>236360.0</v>
+        <v>2.0205192E7</v>
       </c>
       <c r="I149" s="14" t="n">
-        <v>238216.0</v>
+        <v>1.9354752E7</v>
       </c>
       <c r="J149" s="14" t="n">
-        <v>236075.0</v>
+        <v>1.8799608E7</v>
       </c>
       <c r="K149" s="14" t="n">
-        <v>240588.0</v>
+        <v>1.7899368E7</v>
       </c>
       <c r="L149" s="14" t="n">
-        <v>245186.0</v>
+        <v>1.7850163E7</v>
       </c>
       <c r="M149" s="14" t="n">
-        <v>244801.0</v>
+        <v>1.7789643E7</v>
       </c>
       <c r="N149" s="14" t="n">
-        <v>241159.0</v>
+        <v>1.8959936E7</v>
       </c>
       <c r="O149" s="14" t="n">
-        <v>227200.0</v>
+        <v>1.9162597E7</v>
       </c>
       <c r="P149" s="14" t="n">
-        <v>212175.0</v>
+        <v>1.8958628E7</v>
       </c>
       <c r="Q149" s="14" t="n">
-        <v>205916.0</v>
+        <v>2.0025564E7</v>
       </c>
       <c r="R149" s="14" t="n">
-        <v>189135.0</v>
+        <v>1.9412895E7</v>
       </c>
       <c r="S149" s="14" t="n">
-        <v>176542.0</v>
+        <v>1.7974868E7</v>
       </c>
       <c r="T149" s="14" t="n">
-        <v>169557.0</v>
+        <v>1.6786624E7</v>
       </c>
       <c r="U149" s="14" t="n">
-        <v>171388.0</v>
+        <v>1.5390517E7</v>
       </c>
       <c r="V149" s="14" t="n">
-        <v>160182.0</v>
+        <v>1.4361376E7</v>
       </c>
       <c r="W149" s="14" t="n">
-        <v>154403.0</v>
+        <v>1.3304554E7</v>
+      </c>
+      <c r="X149" s="14" t="n">
+        <v>1.2256262E7</v>
+      </c>
+      <c r="Y149" s="14" t="n">
+        <v>1.1102617E7</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    EMPLOYMENT:   Other current transfers</t>
+          <t xml:space="preserve">    RESOURCES: Net social contributions</t>
         </is>
       </c>
       <c r="B150" s="14" t="n">
-        <v>143672.0</v>
+        <v>10087.0</v>
       </c>
       <c r="C150" s="14" t="n">
-        <v>119960.0</v>
+        <v>7277.0</v>
       </c>
       <c r="D150" s="14" t="n">
-        <v>126789.0</v>
+        <v>8233.0</v>
       </c>
       <c r="E150" s="14" t="n">
-        <v>120583.0</v>
+        <v>8210.0</v>
       </c>
       <c r="F150" s="14" t="n">
-        <v>108971.0</v>
+        <v>8149.0</v>
       </c>
       <c r="G150" s="14" t="n">
-        <v>96547.0</v>
+        <v>6095.0</v>
       </c>
       <c r="H150" s="14" t="n">
-        <v>84522.0</v>
+        <v>5191.0</v>
       </c>
       <c r="I150" s="14" t="n">
-        <v>76584.0</v>
+        <v>3817.0</v>
       </c>
       <c r="J150" s="14" t="n">
-        <v>79274.0</v>
+        <v>3651.0</v>
       </c>
       <c r="K150" s="14" t="n">
-        <v>74188.0</v>
+        <v>3437.0</v>
       </c>
       <c r="L150" s="14" t="n">
-        <v>71460.0</v>
+        <v>3784.0</v>
       </c>
       <c r="M150" s="14" t="n">
-        <v>68329.0</v>
+        <v>4910.0</v>
       </c>
       <c r="N150" s="14" t="n">
-        <v>77265.0</v>
+        <v>6201.0</v>
       </c>
       <c r="O150" s="14" t="n">
-        <v>80113.0</v>
+        <v>7543.0</v>
       </c>
       <c r="P150" s="14" t="n">
-        <v>78574.0</v>
+        <v>8589.0</v>
       </c>
       <c r="Q150" s="14" t="n">
-        <v>73022.0</v>
+        <v>10532.0</v>
       </c>
       <c r="R150" s="14" t="n">
-        <v>67298.0</v>
+        <v>10268.0</v>
       </c>
       <c r="S150" s="14" t="n">
-        <v>64914.0</v>
+        <v>10328.0</v>
       </c>
       <c r="T150" s="14" t="n">
-        <v>63191.0</v>
+        <v>10014.0</v>
       </c>
       <c r="U150" s="14" t="n">
-        <v>53472.0</v>
+        <v>7955.0</v>
       </c>
       <c r="V150" s="14" t="n">
-        <v>58600.0</v>
+        <v>6877.0</v>
       </c>
       <c r="W150" s="14" t="n">
-        <v>53510.0</v>
+        <v>6293.0</v>
+      </c>
+      <c r="X150" s="14" t="n">
+        <v>5653.0</v>
+      </c>
+      <c r="Y150" s="14" t="n">
+        <v>5299.0</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    EMPLOYMENT: Gross disposable income</t>
+          <t xml:space="preserve">    RESOURCES: Social benefits other than social transfers in kind (1)</t>
         </is>
       </c>
       <c r="B151" s="14" t="n">
-        <v>1237551.0</v>
+        <v>7123774.0</v>
       </c>
       <c r="C151" s="14" t="n">
-        <v>1178643.0</v>
+        <v>6386945.0</v>
       </c>
       <c r="D151" s="14" t="n">
-        <v>1189521.0</v>
+        <v>6358256.0</v>
       </c>
       <c r="E151" s="14" t="n">
-        <v>1132528.0</v>
+        <v>6278667.0</v>
       </c>
       <c r="F151" s="14" t="n">
-        <v>1082177.0</v>
+        <v>5575932.0</v>
       </c>
       <c r="G151" s="14" t="n">
-        <v>1079881.0</v>
+        <v>5190221.0</v>
       </c>
       <c r="H151" s="14" t="n">
-        <v>1050612.0</v>
+        <v>4931998.0</v>
       </c>
       <c r="I151" s="14" t="n">
-        <v>1006026.0</v>
+        <v>4889562.0</v>
       </c>
       <c r="J151" s="14" t="n">
-        <v>1011620.0</v>
+        <v>4827858.0</v>
       </c>
       <c r="K151" s="14" t="n">
-        <v>990248.0</v>
+        <v>4879903.0</v>
       </c>
       <c r="L151" s="14" t="n">
-        <v>1063450.0</v>
+        <v>4946475.0</v>
       </c>
       <c r="M151" s="14" t="n">
-        <v>1048774.0</v>
+        <v>5014451.0</v>
       </c>
       <c r="N151" s="14" t="n">
-        <v>1035349.0</v>
+        <v>4959160.0</v>
       </c>
       <c r="O151" s="14" t="n">
-        <v>1045239.0</v>
+        <v>4970953.0</v>
       </c>
       <c r="P151" s="14" t="n">
-        <v>997920.0</v>
+        <v>4681212.0</v>
       </c>
       <c r="Q151" s="14" t="n">
-        <v>967992.0</v>
+        <v>4083709.0</v>
       </c>
       <c r="R151" s="14" t="n">
-        <v>924328.0</v>
+        <v>3520089.0</v>
       </c>
       <c r="S151" s="14" t="n">
-        <v>865607.0</v>
+        <v>3258035.0</v>
       </c>
       <c r="T151" s="14" t="n">
-        <v>817849.0</v>
+        <v>2965107.0</v>
       </c>
       <c r="U151" s="14" t="n">
-        <v>739784.0</v>
+        <v>2763471.0</v>
       </c>
       <c r="V151" s="14" t="n">
-        <v>703362.0</v>
+        <v>2527074.0</v>
       </c>
       <c r="W151" s="14" t="n">
-        <v>672212.0</v>
+        <v>2380178.0</v>
+      </c>
+      <c r="X151" s="14" t="n">
+        <v>2158637.0</v>
+      </c>
+      <c r="Y151" s="14" t="n">
+        <v>2097399.0</v>
       </c>
     </row>
     <row r="152">
-      <c r="A152" s="6" t="inlineStr">
-[...25 lines deleted...]
-      <c r="W152" s="6"/>
+      <c r="A152" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    RESOURCES: Other current transfers</t>
+        </is>
+      </c>
+      <c r="B152" s="14" t="n">
+        <v>2683888.0</v>
+      </c>
+      <c r="C152" s="14" t="n">
+        <v>2454609.0</v>
+      </c>
+      <c r="D152" s="14" t="n">
+        <v>2391770.0</v>
+      </c>
+      <c r="E152" s="14" t="n">
+        <v>1886605.0</v>
+      </c>
+      <c r="F152" s="14" t="n">
+        <v>1853124.0</v>
+      </c>
+      <c r="G152" s="14" t="n">
+        <v>1756238.0</v>
+      </c>
+      <c r="H152" s="14" t="n">
+        <v>1599634.0</v>
+      </c>
+      <c r="I152" s="14" t="n">
+        <v>1416663.0</v>
+      </c>
+      <c r="J152" s="14" t="n">
+        <v>1257552.0</v>
+      </c>
+      <c r="K152" s="14" t="n">
+        <v>1142658.0</v>
+      </c>
+      <c r="L152" s="14" t="n">
+        <v>1156293.0</v>
+      </c>
+      <c r="M152" s="14" t="n">
+        <v>1108175.0</v>
+      </c>
+      <c r="N152" s="14" t="n">
+        <v>1115776.0</v>
+      </c>
+      <c r="O152" s="14" t="n">
+        <v>1087510.0</v>
+      </c>
+      <c r="P152" s="14" t="n">
+        <v>1307150.0</v>
+      </c>
+      <c r="Q152" s="14" t="n">
+        <v>1425173.0</v>
+      </c>
+      <c r="R152" s="14" t="n">
+        <v>1346176.0</v>
+      </c>
+      <c r="S152" s="14" t="n">
+        <v>1296112.0</v>
+      </c>
+      <c r="T152" s="14" t="n">
+        <v>1236137.0</v>
+      </c>
+      <c r="U152" s="14" t="n">
+        <v>1191017.0</v>
+      </c>
+      <c r="V152" s="14" t="n">
+        <v>1143990.0</v>
+      </c>
+      <c r="W152" s="14" t="n">
+        <v>1321481.0</v>
+      </c>
+      <c r="X152" s="14" t="n">
+        <v>948130.0</v>
+      </c>
+      <c r="Y152" s="14" t="n">
+        <v>895908.0</v>
+      </c>
     </row>
     <row r="153">
       <c r="A153" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    RESOURCES: Balance of gross primary income</t>
+          <t xml:space="preserve">    EMPLOYMENT: Current taxes on income, capital gains, etc.</t>
         </is>
       </c>
       <c r="B153" s="14" t="n">
-        <v>1164548.0</v>
+        <v>3157823.0</v>
       </c>
       <c r="C153" s="14" t="n">
-        <v>1097196.0</v>
+        <v>2861651.0</v>
       </c>
       <c r="D153" s="14" t="n">
-        <v>1137385.0</v>
+        <v>2474696.0</v>
       </c>
       <c r="E153" s="14" t="n">
-        <v>1085942.0</v>
+        <v>2389672.0</v>
       </c>
       <c r="F153" s="14" t="n">
-        <v>1052757.0</v>
+        <v>2269173.0</v>
       </c>
       <c r="G153" s="14" t="n">
-        <v>1040018.0</v>
+        <v>2122943.0</v>
       </c>
       <c r="H153" s="14" t="n">
-        <v>1017141.0</v>
+        <v>2002892.0</v>
       </c>
       <c r="I153" s="14" t="n">
-        <v>977719.0</v>
+        <v>1843088.0</v>
       </c>
       <c r="J153" s="14" t="n">
-        <v>969954.0</v>
+        <v>1824565.0</v>
       </c>
       <c r="K153" s="14" t="n">
-        <v>951876.0</v>
+        <v>1827655.0</v>
       </c>
       <c r="L153" s="14" t="n">
-        <v>1014202.0</v>
+        <v>1781375.0</v>
       </c>
       <c r="M153" s="14" t="n">
-        <v>999683.0</v>
+        <v>1747171.0</v>
       </c>
       <c r="N153" s="14" t="n">
-        <v>986664.0</v>
+        <v>1773192.0</v>
       </c>
       <c r="O153" s="14" t="n">
-        <v>1001950.0</v>
+        <v>1745126.0</v>
       </c>
       <c r="P153" s="14" t="n">
-        <v>988839.0</v>
+        <v>1649863.0</v>
       </c>
       <c r="Q153" s="14" t="n">
-        <v>954394.0</v>
+        <v>1824122.0</v>
       </c>
       <c r="R153" s="14" t="n">
-        <v>901749.0</v>
+        <v>1885647.0</v>
       </c>
       <c r="S153" s="14" t="n">
-        <v>856282.0</v>
+        <v>1669895.0</v>
       </c>
       <c r="T153" s="14" t="n">
-        <v>794857.0</v>
+        <v>1382520.0</v>
       </c>
       <c r="U153" s="14" t="n">
-        <v>751831.0</v>
+        <v>1302716.0</v>
       </c>
       <c r="V153" s="14" t="n">
-        <v>728199.0</v>
+        <v>1087507.0</v>
       </c>
       <c r="W153" s="14" t="n">
-        <v>683552.0</v>
+        <v>1038873.0</v>
+      </c>
+      <c r="X153" s="14" t="n">
+        <v>908685.0</v>
+      </c>
+      <c r="Y153" s="14" t="n">
+        <v>803692.0</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    RESOURCES: Social benefits other than social transfers in kind (1)</t>
+          <t xml:space="preserve">    EMPLOYMENT:   Net social contributions (2)</t>
         </is>
       </c>
       <c r="B154" s="14" t="n">
-        <v>330217.0</v>
+        <v>5752897.0</v>
       </c>
       <c r="C154" s="14" t="n">
-        <v>310205.0</v>
+        <v>5228943.0</v>
       </c>
       <c r="D154" s="14" t="n">
-        <v>272806.0</v>
+        <v>5123211.0</v>
       </c>
       <c r="E154" s="14" t="n">
-        <v>254734.0</v>
+        <v>4770993.0</v>
       </c>
       <c r="F154" s="14" t="n">
-        <v>245540.0</v>
+        <v>4614364.0</v>
       </c>
       <c r="G154" s="14" t="n">
-        <v>240311.0</v>
+        <v>4254645.0</v>
       </c>
       <c r="H154" s="14" t="n">
-        <v>232322.0</v>
+        <v>4065448.0</v>
       </c>
       <c r="I154" s="14" t="n">
-        <v>227983.0</v>
+        <v>3871176.0</v>
       </c>
       <c r="J154" s="14" t="n">
-        <v>223972.0</v>
+        <v>3754289.0</v>
       </c>
       <c r="K154" s="14" t="n">
-        <v>224275.0</v>
+        <v>3707717.0</v>
       </c>
       <c r="L154" s="14" t="n">
-        <v>222131.0</v>
+        <v>3679866.0</v>
       </c>
       <c r="M154" s="14" t="n">
-        <v>220669.0</v>
+        <v>3781327.0</v>
       </c>
       <c r="N154" s="14" t="n">
-        <v>210514.0</v>
+        <v>3975537.0</v>
       </c>
       <c r="O154" s="14" t="n">
-        <v>194631.0</v>
+        <v>4120264.0</v>
       </c>
       <c r="P154" s="14" t="n">
-        <v>171737.0</v>
+        <v>4154579.0</v>
       </c>
       <c r="Q154" s="14" t="n">
-        <v>162560.0</v>
+        <v>4267439.0</v>
       </c>
       <c r="R154" s="14" t="n">
-        <v>153065.0</v>
+        <v>4084244.0</v>
       </c>
       <c r="S154" s="14" t="n">
-        <v>143608.0</v>
+        <v>3817753.0</v>
       </c>
       <c r="T154" s="14" t="n">
-        <v>131714.0</v>
+        <v>3368858.0</v>
       </c>
       <c r="U154" s="14" t="n">
-        <v>124309.0</v>
+        <v>3058926.0</v>
       </c>
       <c r="V154" s="14" t="n">
-        <v>112666.0</v>
+        <v>2727680.0</v>
       </c>
       <c r="W154" s="14" t="n">
-        <v>113585.0</v>
+        <v>2550507.0</v>
+      </c>
+      <c r="X154" s="14" t="n">
+        <v>2305820.0</v>
+      </c>
+      <c r="Y154" s="14" t="n">
+        <v>2140839.0</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    RESOURCES: Other current transfers</t>
+          <t xml:space="preserve">    EMPLOYMENT: Social benefits other than social transfers in kind</t>
         </is>
       </c>
       <c r="B155" s="14" t="n">
-        <v>125312.0</v>
+        <v>10769.0</v>
       </c>
       <c r="C155" s="14" t="n">
-        <v>108710.0</v>
+        <v>9731.0</v>
       </c>
       <c r="D155" s="14" t="n">
-        <v>94955.0</v>
+        <v>6279.0</v>
       </c>
       <c r="E155" s="14" t="n">
-        <v>92887.0</v>
+        <v>5278.0</v>
       </c>
       <c r="F155" s="14" t="n">
-        <v>83941.0</v>
+        <v>5491.0</v>
       </c>
       <c r="G155" s="14" t="n">
-        <v>73334.0</v>
+        <v>4040.0</v>
       </c>
       <c r="H155" s="14" t="n">
-        <v>64008.0</v>
+        <v>3403.0</v>
       </c>
       <c r="I155" s="14" t="n">
-        <v>59781.0</v>
+        <v>2943.0</v>
       </c>
       <c r="J155" s="14" t="n">
-        <v>60958.0</v>
+        <v>2339.0</v>
       </c>
       <c r="K155" s="14" t="n">
-        <v>58136.0</v>
+        <v>1466.0</v>
       </c>
       <c r="L155" s="14" t="n">
-        <v>56414.0</v>
+        <v>2276.0</v>
       </c>
       <c r="M155" s="14" t="n">
-        <v>54090.0</v>
+        <v>3544.0</v>
       </c>
       <c r="N155" s="14" t="n">
-        <v>71461.0</v>
+        <v>3583.0</v>
       </c>
       <c r="O155" s="14" t="n">
-        <v>73223.0</v>
+        <v>8763.0</v>
       </c>
       <c r="P155" s="14" t="n">
-        <v>64202.0</v>
+        <v>8524.0</v>
       </c>
       <c r="Q155" s="14" t="n">
-        <v>60750.0</v>
+        <v>9551.0</v>
       </c>
       <c r="R155" s="14" t="n">
-        <v>57129.0</v>
+        <v>10568.0</v>
       </c>
       <c r="S155" s="14" t="n">
-        <v>56430.0</v>
+        <v>9444.0</v>
       </c>
       <c r="T155" s="14" t="n">
-        <v>52132.0</v>
+        <v>8386.0</v>
       </c>
       <c r="U155" s="14" t="n">
-        <v>50380.0</v>
+        <v>7127.0</v>
       </c>
       <c r="V155" s="14" t="n">
-        <v>44437.0</v>
+        <v>6450.0</v>
       </c>
       <c r="W155" s="14" t="n">
-        <v>41608.0</v>
+        <v>5495.0</v>
+      </c>
+      <c r="X155" s="14" t="n">
+        <v>4138.0</v>
+      </c>
+      <c r="Y155" s="14" t="n">
+        <v>6019.0</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    EMPLOYMENT: Current taxes on income, capital gains, etc.</t>
+          <t xml:space="preserve">    EMPLOYMENT:   Other current transfers</t>
         </is>
       </c>
       <c r="B156" s="14" t="n">
-        <v>70929.0</v>
+        <v>3166471.0</v>
       </c>
       <c r="C156" s="14" t="n">
-        <v>65949.0</v>
+        <v>2939246.0</v>
       </c>
       <c r="D156" s="14" t="n">
-        <v>65639.0</v>
+        <v>2827997.0</v>
       </c>
       <c r="E156" s="14" t="n">
-        <v>61887.0</v>
+        <v>2267541.0</v>
       </c>
       <c r="F156" s="14" t="n">
-        <v>72636.0</v>
+        <v>2286544.0</v>
       </c>
       <c r="G156" s="14" t="n">
-        <v>70025.0</v>
+        <v>2182506.0</v>
       </c>
       <c r="H156" s="14" t="n">
-        <v>70014.0</v>
+        <v>1989634.0</v>
       </c>
       <c r="I156" s="14" t="n">
-        <v>71962.0</v>
+        <v>1760904.0</v>
       </c>
       <c r="J156" s="14" t="n">
-        <v>74029.0</v>
+        <v>1572670.0</v>
       </c>
       <c r="K156" s="14" t="n">
-        <v>65566.0</v>
+        <v>1430388.0</v>
       </c>
       <c r="L156" s="14" t="n">
-        <v>64468.0</v>
+        <v>1431106.0</v>
       </c>
       <c r="M156" s="14" t="n">
-        <v>64982.0</v>
+        <v>1393951.0</v>
       </c>
       <c r="N156" s="14" t="n">
-        <v>57786.0</v>
+        <v>1389883.0</v>
       </c>
       <c r="O156" s="14" t="n">
-        <v>61201.0</v>
+        <v>1425440.0</v>
       </c>
       <c r="P156" s="14" t="n">
-        <v>62692.0</v>
+        <v>1621617.0</v>
       </c>
       <c r="Q156" s="14" t="n">
-        <v>51842.0</v>
+        <v>1735119.0</v>
       </c>
       <c r="R156" s="14" t="n">
-        <v>45578.0</v>
+        <v>1684179.0</v>
       </c>
       <c r="S156" s="14" t="n">
-        <v>44395.0</v>
+        <v>1523116.0</v>
       </c>
       <c r="T156" s="14" t="n">
-        <v>37196.0</v>
+        <v>1448653.0</v>
       </c>
       <c r="U156" s="14" t="n">
-        <v>36426.0</v>
+        <v>1325605.0</v>
       </c>
       <c r="V156" s="14" t="n">
-        <v>36996.0</v>
+        <v>1257601.0</v>
       </c>
       <c r="W156" s="14" t="n">
-        <v>35680.0</v>
+        <v>1170956.0</v>
+      </c>
+      <c r="X156" s="14" t="n">
+        <v>1016987.0</v>
+      </c>
+      <c r="Y156" s="14" t="n">
+        <v>920032.0</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    EMPLOYMENT:   Net social contributions (2)</t>
+          <t xml:space="preserve">    EMPLOYMENT: Gross disposable income</t>
         </is>
       </c>
       <c r="B157" s="14" t="n">
-        <v>274131.0</v>
+        <v>2.5773513E7</v>
       </c>
       <c r="C157" s="14" t="n">
-        <v>258962.0</v>
+        <v>2.3323029E7</v>
       </c>
       <c r="D157" s="14" t="n">
-        <v>255365.0</v>
+        <v>2.1759463E7</v>
       </c>
       <c r="E157" s="14" t="n">
-        <v>241065.0</v>
+        <v>2.0454937E7</v>
       </c>
       <c r="F157" s="14" t="n">
-        <v>226259.0</v>
+        <v>2.0759046E7</v>
       </c>
       <c r="G157" s="14" t="n">
-        <v>225792.0</v>
+        <v>1.9544231E7</v>
       </c>
       <c r="H157" s="14" t="n">
-        <v>223010.0</v>
+        <v>1.8680638E7</v>
       </c>
       <c r="I157" s="14" t="n">
-        <v>223057.0</v>
+        <v>1.8186683E7</v>
       </c>
       <c r="J157" s="14" t="n">
-        <v>214113.0</v>
+        <v>1.7734806E7</v>
       </c>
       <c r="K157" s="14" t="n">
-        <v>218757.0</v>
+        <v>1.695814E7</v>
       </c>
       <c r="L157" s="14" t="n">
-        <v>220288.0</v>
+        <v>1.7062092E7</v>
       </c>
       <c r="M157" s="14" t="n">
-        <v>221703.0</v>
+        <v>1.6991186E7</v>
       </c>
       <c r="N157" s="14" t="n">
-        <v>218431.0</v>
+        <v>1.7898878E7</v>
       </c>
       <c r="O157" s="14" t="n">
-        <v>199550.0</v>
+        <v>1.792901E7</v>
       </c>
       <c r="P157" s="14" t="n">
-        <v>193836.0</v>
+        <v>1.7520996E7</v>
       </c>
       <c r="Q157" s="14" t="n">
-        <v>183240.0</v>
+        <v>1.7708747E7</v>
       </c>
       <c r="R157" s="14" t="n">
-        <v>175064.0</v>
+        <v>1.662479E7</v>
       </c>
       <c r="S157" s="14" t="n">
-        <v>160239.0</v>
+        <v>1.5519135E7</v>
       </c>
       <c r="T157" s="14" t="n">
-        <v>147478.0</v>
+        <v>1.4789465E7</v>
       </c>
       <c r="U157" s="14" t="n">
-        <v>152077.0</v>
+        <v>1.3658586E7</v>
       </c>
       <c r="V157" s="14" t="n">
-        <v>140205.0</v>
+        <v>1.2960079E7</v>
       </c>
       <c r="W157" s="14" t="n">
-        <v>140989.0</v>
+        <v>1.2246675E7</v>
+      </c>
+      <c r="X157" s="14" t="n">
+        <v>1.1133052E7</v>
+      </c>
+      <c r="Y157" s="14" t="n">
+        <v>1.0230641E7</v>
       </c>
     </row>
     <row r="158">
-      <c r="A158" s="7" t="inlineStr">
-[...69 lines deleted...]
-      </c>
+      <c r="A158" s="6" t="inlineStr">
+        <is>
+          <t>15 Navarra, Comunidad Foral de</t>
+        </is>
+      </c>
+      <c r="B158" s="6"/>
+      <c r="C158" s="6"/>
+      <c r="D158" s="6"/>
+      <c r="E158" s="6"/>
+      <c r="F158" s="6"/>
+      <c r="G158" s="6"/>
+      <c r="H158" s="6"/>
+      <c r="I158" s="6"/>
+      <c r="J158" s="6"/>
+      <c r="K158" s="6"/>
+      <c r="L158" s="6"/>
+      <c r="M158" s="6"/>
+      <c r="N158" s="6"/>
+      <c r="O158" s="6"/>
+      <c r="P158" s="6"/>
+      <c r="Q158" s="6"/>
+      <c r="R158" s="6"/>
+      <c r="S158" s="6"/>
+      <c r="T158" s="6"/>
+      <c r="U158" s="6"/>
+      <c r="V158" s="6"/>
+      <c r="W158" s="6"/>
+      <c r="X158" s="6"/>
+      <c r="Y158" s="6"/>
     </row>
     <row r="159">
       <c r="A159" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    EMPLOYMENT: Gross disposable income</t>
+          <t xml:space="preserve">    RESOURCES: Balance of gross primary income</t>
         </is>
       </c>
       <c r="B159" s="14" t="n">
-        <v>1129814.0</v>
+        <v>1.6577214E7</v>
       </c>
       <c r="C159" s="14" t="n">
-        <v>1069714.0</v>
+        <v>1.4921162E7</v>
       </c>
       <c r="D159" s="14" t="n">
-        <v>1067127.0</v>
+        <v>1.3708235E7</v>
       </c>
       <c r="E159" s="14" t="n">
-        <v>1018272.0</v>
+        <v>1.2818951E7</v>
       </c>
       <c r="F159" s="14" t="n">
-        <v>981974.0</v>
+        <v>1.3772838E7</v>
       </c>
       <c r="G159" s="14" t="n">
-        <v>969628.0</v>
+        <v>1.3093934E7</v>
       </c>
       <c r="H159" s="14" t="n">
-        <v>944337.0</v>
+        <v>1.2838366E7</v>
       </c>
       <c r="I159" s="14" t="n">
-        <v>899335.0</v>
+        <v>1.2390668E7</v>
       </c>
       <c r="J159" s="14" t="n">
-        <v>893467.0</v>
+        <v>1.2156467E7</v>
       </c>
       <c r="K159" s="14" t="n">
-        <v>882946.0</v>
+        <v>1.1712983E7</v>
       </c>
       <c r="L159" s="14" t="n">
-        <v>943473.0</v>
+        <v>1.1638409E7</v>
       </c>
       <c r="M159" s="14" t="n">
-        <v>925618.0</v>
+        <v>1.1834017E7</v>
       </c>
       <c r="N159" s="14" t="n">
-        <v>920748.0</v>
+        <v>1.2741372E7</v>
       </c>
       <c r="O159" s="14" t="n">
-        <v>936337.0</v>
+        <v>1.2607692E7</v>
       </c>
       <c r="P159" s="14" t="n">
-        <v>899269.0</v>
+        <v>1.2544164E7</v>
       </c>
       <c r="Q159" s="14" t="n">
-        <v>878802.0</v>
+        <v>1.3170507E7</v>
       </c>
       <c r="R159" s="14" t="n">
-        <v>832180.0</v>
+        <v>1.2668583E7</v>
       </c>
       <c r="S159" s="14" t="n">
-        <v>796310.0</v>
+        <v>1.1857492E7</v>
       </c>
       <c r="T159" s="14" t="n">
-        <v>744642.0</v>
+        <v>1.1141713E7</v>
       </c>
       <c r="U159" s="14" t="n">
-        <v>692087.0</v>
+        <v>1.0470427E7</v>
       </c>
       <c r="V159" s="14" t="n">
-        <v>664710.0</v>
+        <v>9878982.0</v>
       </c>
       <c r="W159" s="14" t="n">
-        <v>621920.0</v>
+        <v>9305467.0</v>
+      </c>
+      <c r="X159" s="14" t="n">
+        <v>8872280.0</v>
+      </c>
+      <c r="Y159" s="14" t="n">
+        <v>8229274.0</v>
       </c>
     </row>
     <row r="160">
-      <c r="A160" s="6" t="inlineStr">
-[...25 lines deleted...]
-      <c r="W160" s="6"/>
+      <c r="A160" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    RESOURCES: Net social contributions</t>
+        </is>
+      </c>
+      <c r="B160" s="14" t="n">
+        <v>5533.0</v>
+      </c>
+      <c r="C160" s="14" t="n">
+        <v>4017.0</v>
+      </c>
+      <c r="D160" s="14" t="n">
+        <v>4599.0</v>
+      </c>
+      <c r="E160" s="14" t="n">
+        <v>4683.0</v>
+      </c>
+      <c r="F160" s="14" t="n">
+        <v>4641.0</v>
+      </c>
+      <c r="G160" s="14" t="n">
+        <v>3480.0</v>
+      </c>
+      <c r="H160" s="14" t="n">
+        <v>2967.0</v>
+      </c>
+      <c r="I160" s="14" t="n">
+        <v>2206.0</v>
+      </c>
+      <c r="J160" s="14" t="n">
+        <v>2143.0</v>
+      </c>
+      <c r="K160" s="14" t="n">
+        <v>2055.0</v>
+      </c>
+      <c r="L160" s="14" t="n">
+        <v>2293.0</v>
+      </c>
+      <c r="M160" s="14" t="n">
+        <v>2957.0</v>
+      </c>
+      <c r="N160" s="14" t="n">
+        <v>3705.0</v>
+      </c>
+      <c r="O160" s="14" t="n">
+        <v>4463.0</v>
+      </c>
+      <c r="P160" s="14" t="n">
+        <v>4978.0</v>
+      </c>
+      <c r="Q160" s="14" t="n">
+        <v>5818.0</v>
+      </c>
+      <c r="R160" s="14" t="n">
+        <v>5449.0</v>
+      </c>
+      <c r="S160" s="14" t="n">
+        <v>5366.0</v>
+      </c>
+      <c r="T160" s="14" t="n">
+        <v>5266.0</v>
+      </c>
+      <c r="U160" s="14" t="n">
+        <v>4394.0</v>
+      </c>
+      <c r="V160" s="14" t="n">
+        <v>3898.0</v>
+      </c>
+      <c r="W160" s="14" t="n">
+        <v>3608.0</v>
+      </c>
+      <c r="X160" s="14" t="n">
+        <v>3335.0</v>
+      </c>
+      <c r="Y160" s="14" t="n">
+        <v>3214.0</v>
+      </c>
     </row>
     <row r="161">
       <c r="A161" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    RESOURCES: Balance of gross primary income</t>
+          <t xml:space="preserve">    RESOURCES: Social benefits other than social transfers in kind (1)</t>
         </is>
       </c>
       <c r="B161" s="14" t="n">
-        <v>8.41449E8</v>
+        <v>4261243.0</v>
       </c>
       <c r="C161" s="14" t="n">
-        <v>7.88117E8</v>
+        <v>3896733.0</v>
       </c>
       <c r="D161" s="14" t="n">
-        <v>8.39702E8</v>
+        <v>3803238.0</v>
       </c>
       <c r="E161" s="14" t="n">
-        <v>7.98219E8</v>
+        <v>3803456.0</v>
       </c>
       <c r="F161" s="14" t="n">
-        <v>7.71437E8</v>
+        <v>3388282.0</v>
       </c>
       <c r="G161" s="14" t="n">
-        <v>7.40537E8</v>
+        <v>3180562.0</v>
       </c>
       <c r="H161" s="14" t="n">
-        <v>7.19142E8</v>
+        <v>3049425.0</v>
       </c>
       <c r="I161" s="14" t="n">
-        <v>6.9126E8</v>
+        <v>2982526.0</v>
       </c>
       <c r="J161" s="14" t="n">
-        <v>6.84678E8</v>
+        <v>2899732.0</v>
       </c>
       <c r="K161" s="14" t="n">
-        <v>6.92262E8</v>
+        <v>2902515.0</v>
       </c>
       <c r="L161" s="14" t="n">
-        <v>7.37646E8</v>
+        <v>2943018.0</v>
       </c>
       <c r="M161" s="14" t="n">
-        <v>7.36042E8</v>
+        <v>2868310.0</v>
       </c>
       <c r="N161" s="14" t="n">
-        <v>7.36197E8</v>
+        <v>2737606.0</v>
       </c>
       <c r="O161" s="14" t="n">
-        <v>7.71683E8</v>
+        <v>2721619.0</v>
       </c>
       <c r="P161" s="14" t="n">
-        <v>7.48962E8</v>
+        <v>2691616.0</v>
       </c>
       <c r="Q161" s="14" t="n">
-        <v>7.04464E8</v>
+        <v>2378725.0</v>
       </c>
       <c r="R161" s="14" t="n">
-        <v>6.57044E8</v>
+        <v>2103695.0</v>
       </c>
       <c r="S161" s="14" t="n">
-        <v>6.1364E8</v>
+        <v>1934947.0</v>
       </c>
       <c r="T161" s="14" t="n">
-        <v>5.76144E8</v>
+        <v>1767512.0</v>
       </c>
       <c r="U161" s="14" t="n">
-        <v>5.39965E8</v>
+        <v>1640201.0</v>
       </c>
       <c r="V161" s="14" t="n">
-        <v>5.10719E8</v>
+        <v>1480252.0</v>
       </c>
       <c r="W161" s="14" t="n">
-        <v>4.69622E8</v>
+        <v>1402970.0</v>
+      </c>
+      <c r="X161" s="14" t="n">
+        <v>1260977.0</v>
+      </c>
+      <c r="Y161" s="14" t="n">
+        <v>1178619.0</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    RESOURCES: Social benefits other than social transfers in kind (1)</t>
+          <t xml:space="preserve">    RESOURCES: Other current transfers</t>
         </is>
       </c>
       <c r="B162" s="14" t="n">
-        <v>2.48124E8</v>
+        <v>1121449.0</v>
       </c>
       <c r="C162" s="14" t="n">
-        <v>2.48179E8</v>
+        <v>1056250.0</v>
       </c>
       <c r="D162" s="14" t="n">
-        <v>2.15628E8</v>
+        <v>1052145.0</v>
       </c>
       <c r="E162" s="14" t="n">
-        <v>2.01672E8</v>
+        <v>821370.0</v>
       </c>
       <c r="F162" s="14" t="n">
-        <v>1.93407E8</v>
+        <v>813933.0</v>
       </c>
       <c r="G162" s="14" t="n">
-        <v>1.90781E8</v>
+        <v>785734.0</v>
       </c>
       <c r="H162" s="14" t="n">
-        <v>1.88293E8</v>
+        <v>736029.0</v>
       </c>
       <c r="I162" s="14" t="n">
-        <v>1.89699E8</v>
+        <v>633853.0</v>
       </c>
       <c r="J162" s="14" t="n">
-        <v>1.91676E8</v>
+        <v>569941.0</v>
       </c>
       <c r="K162" s="14" t="n">
-        <v>1.89134E8</v>
+        <v>537515.0</v>
       </c>
       <c r="L162" s="14" t="n">
-        <v>1.85058E8</v>
+        <v>509466.0</v>
       </c>
       <c r="M162" s="14" t="n">
-        <v>1.8477E8</v>
+        <v>437033.0</v>
       </c>
       <c r="N162" s="14" t="n">
-        <v>1.76364E8</v>
+        <v>447639.0</v>
       </c>
       <c r="O162" s="14" t="n">
-        <v>1.57767E8</v>
+        <v>454179.0</v>
       </c>
       <c r="P162" s="14" t="n">
-        <v>1.39902E8</v>
+        <v>481360.0</v>
       </c>
       <c r="Q162" s="14" t="n">
-        <v>1.3071E8</v>
+        <v>499734.0</v>
       </c>
       <c r="R162" s="14" t="n">
-        <v>1.20391E8</v>
+        <v>494467.0</v>
       </c>
       <c r="S162" s="14" t="n">
-        <v>1.12649E8</v>
+        <v>422078.0</v>
       </c>
       <c r="T162" s="14" t="n">
-        <v>1.02694E8</v>
+        <v>431452.0</v>
       </c>
       <c r="U162" s="14" t="n">
-        <v>9.7398E7</v>
+        <v>424877.0</v>
       </c>
       <c r="V162" s="14" t="n">
-        <v>8.8131E7</v>
+        <v>398771.0</v>
       </c>
       <c r="W162" s="14" t="n">
-        <v>8.4552E7</v>
+        <v>402621.0</v>
+      </c>
+      <c r="X162" s="14" t="n">
+        <v>384660.0</v>
+      </c>
+      <c r="Y162" s="14" t="n">
+        <v>357462.0</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    RESOURCES: Other current transfers</t>
+          <t xml:space="preserve">    EMPLOYMENT: Current taxes on income, capital gains, etc.</t>
         </is>
       </c>
       <c r="B163" s="14" t="n">
-        <v>7.7741E7</v>
+        <v>2127715.0</v>
       </c>
       <c r="C163" s="14" t="n">
-        <v>6.4979E7</v>
+        <v>1988784.0</v>
       </c>
       <c r="D163" s="14" t="n">
-        <v>6.5343E7</v>
+        <v>1757932.0</v>
       </c>
       <c r="E163" s="14" t="n">
-        <v>6.2425E7</v>
+        <v>1652645.0</v>
       </c>
       <c r="F163" s="14" t="n">
-        <v>5.7186E7</v>
+        <v>1675560.0</v>
       </c>
       <c r="G163" s="14" t="n">
-        <v>5.0638E7</v>
+        <v>1508620.0</v>
       </c>
       <c r="H163" s="14" t="n">
-        <v>4.6446E7</v>
+        <v>1414522.0</v>
       </c>
       <c r="I163" s="14" t="n">
-        <v>4.3652E7</v>
+        <v>1297380.0</v>
       </c>
       <c r="J163" s="14" t="n">
-        <v>4.2552E7</v>
+        <v>1259080.0</v>
       </c>
       <c r="K163" s="14" t="n">
-        <v>4.1834E7</v>
+        <v>1213814.0</v>
       </c>
       <c r="L163" s="14" t="n">
-        <v>4.1904E7</v>
+        <v>1188384.0</v>
       </c>
       <c r="M163" s="14" t="n">
-        <v>4.1344E7</v>
+        <v>1199002.0</v>
       </c>
       <c r="N163" s="14" t="n">
-        <v>4.5817E7</v>
+        <v>1142175.0</v>
       </c>
       <c r="O163" s="14" t="n">
-        <v>4.7598E7</v>
+        <v>1117685.0</v>
       </c>
       <c r="P163" s="14" t="n">
-        <v>4.493E7</v>
+        <v>1175938.0</v>
       </c>
       <c r="Q163" s="14" t="n">
-        <v>4.1448E7</v>
+        <v>1281591.0</v>
       </c>
       <c r="R163" s="14" t="n">
-        <v>4.1593E7</v>
+        <v>1186322.0</v>
       </c>
       <c r="S163" s="14" t="n">
-        <v>4.0932E7</v>
+        <v>1111276.0</v>
       </c>
       <c r="T163" s="14" t="n">
-        <v>3.9278E7</v>
+        <v>954034.0</v>
       </c>
       <c r="U163" s="14" t="n">
-        <v>3.7485E7</v>
+        <v>885676.0</v>
       </c>
       <c r="V163" s="14" t="n">
-        <v>3.6487E7</v>
+        <v>847166.0</v>
       </c>
       <c r="W163" s="14" t="n">
-        <v>3.4833E7</v>
+        <v>802199.0</v>
+      </c>
+      <c r="X163" s="14" t="n">
+        <v>763943.0</v>
+      </c>
+      <c r="Y163" s="14" t="n">
+        <v>715405.0</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    EMPLOYMENT: Current taxes on income, capital gains, etc.</t>
+          <t xml:space="preserve">    EMPLOYMENT:   Net social contributions (2)</t>
         </is>
       </c>
       <c r="B164" s="14" t="n">
-        <v>1.1354E8</v>
+        <v>3499926.0</v>
       </c>
       <c r="C164" s="14" t="n">
-        <v>1.05282E8</v>
+        <v>3192497.0</v>
       </c>
       <c r="D164" s="14" t="n">
-        <v>1.06149E8</v>
+        <v>3090084.0</v>
       </c>
       <c r="E164" s="14" t="n">
-        <v>1.00691E8</v>
+        <v>2928435.0</v>
       </c>
       <c r="F164" s="14" t="n">
-        <v>9.3681E7</v>
+        <v>2886104.0</v>
       </c>
       <c r="G164" s="14" t="n">
-        <v>8.7744E7</v>
+        <v>2669413.0</v>
       </c>
       <c r="H164" s="14" t="n">
-        <v>8.5649E7</v>
+        <v>2567442.0</v>
       </c>
       <c r="I164" s="14" t="n">
-        <v>8.5929E7</v>
+        <v>2470924.0</v>
       </c>
       <c r="J164" s="14" t="n">
-        <v>8.3851E7</v>
+        <v>2426461.0</v>
       </c>
       <c r="K164" s="14" t="n">
-        <v>8.3442E7</v>
+        <v>2443421.0</v>
       </c>
       <c r="L164" s="14" t="n">
-        <v>8.2356E7</v>
+        <v>2416230.0</v>
       </c>
       <c r="M164" s="14" t="n">
-        <v>8.0538E7</v>
+        <v>2511061.0</v>
       </c>
       <c r="N164" s="14" t="n">
-        <v>7.6294E7</v>
+        <v>2630712.0</v>
       </c>
       <c r="O164" s="14" t="n">
-        <v>8.5428E7</v>
+        <v>2628804.0</v>
       </c>
       <c r="P164" s="14" t="n">
-        <v>8.6749E7</v>
+        <v>2644041.0</v>
       </c>
       <c r="Q164" s="14" t="n">
-        <v>7.4521E7</v>
+        <v>2697319.0</v>
       </c>
       <c r="R164" s="14" t="n">
-        <v>6.491E7</v>
+        <v>2484471.0</v>
       </c>
       <c r="S164" s="14" t="n">
-        <v>6.2225E7</v>
+        <v>2357550.0</v>
       </c>
       <c r="T164" s="14" t="n">
-        <v>5.4832E7</v>
+        <v>2170580.0</v>
       </c>
       <c r="U164" s="14" t="n">
-        <v>5.4071E7</v>
+        <v>2048249.0</v>
       </c>
       <c r="V164" s="14" t="n">
-        <v>4.965E7</v>
+        <v>1884557.0</v>
       </c>
       <c r="W164" s="14" t="n">
-        <v>4.4847E7</v>
+        <v>1820519.0</v>
+      </c>
+      <c r="X164" s="14" t="n">
+        <v>1699492.0</v>
+      </c>
+      <c r="Y164" s="14" t="n">
+        <v>1579709.0</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    EMPLOYMENT:   Net social contributions (2)</t>
+          <t xml:space="preserve">    EMPLOYMENT: Social benefits other than social transfers in kind</t>
         </is>
       </c>
       <c r="B165" s="14" t="n">
-        <v>1.84295E8</v>
+        <v>6081.0</v>
       </c>
       <c r="C165" s="14" t="n">
-        <v>1.74453E8</v>
+        <v>5515.0</v>
       </c>
       <c r="D165" s="14" t="n">
-        <v>1.73529E8</v>
+        <v>3601.0</v>
       </c>
       <c r="E165" s="14" t="n">
-        <v>1.60619E8</v>
+        <v>3111.0</v>
       </c>
       <c r="F165" s="14" t="n">
-        <v>1.53931E8</v>
+        <v>3234.0</v>
       </c>
       <c r="G165" s="14" t="n">
-        <v>1.47878E8</v>
+        <v>2383.0</v>
       </c>
       <c r="H165" s="14" t="n">
-        <v>1.44525E8</v>
+        <v>2116.0</v>
       </c>
       <c r="I165" s="14" t="n">
-        <v>1.44356E8</v>
+        <v>1898.0</v>
       </c>
       <c r="J165" s="14" t="n">
-        <v>1.42564E8</v>
+        <v>1452.0</v>
       </c>
       <c r="K165" s="14" t="n">
-        <v>1.46491E8</v>
+        <v>917.0</v>
       </c>
       <c r="L165" s="14" t="n">
-        <v>1.53433E8</v>
+        <v>1441.0</v>
       </c>
       <c r="M165" s="14" t="n">
-        <v>1.56922E8</v>
+        <v>2081.0</v>
       </c>
       <c r="N165" s="14" t="n">
-        <v>1.56462E8</v>
+        <v>2196.0</v>
       </c>
       <c r="O165" s="14" t="n">
-        <v>1.59728E8</v>
+        <v>5064.0</v>
       </c>
       <c r="P165" s="14" t="n">
-        <v>1.50729E8</v>
+        <v>4689.0</v>
       </c>
       <c r="Q165" s="14" t="n">
-        <v>1.41653E8</v>
+        <v>5380.0</v>
       </c>
       <c r="R165" s="14" t="n">
-        <v>1.29293E8</v>
+        <v>6263.0</v>
       </c>
       <c r="S165" s="14" t="n">
-        <v>1.20563E8</v>
+        <v>5147.0</v>
       </c>
       <c r="T165" s="14" t="n">
-        <v>1.10207E8</v>
+        <v>4425.0</v>
       </c>
       <c r="U165" s="14" t="n">
-        <v>1.05371E8</v>
+        <v>4123.0</v>
       </c>
       <c r="V165" s="14" t="n">
-        <v>9.8166E7</v>
+        <v>3643.0</v>
       </c>
       <c r="W165" s="14" t="n">
-        <v>9.1549E7</v>
+        <v>3094.0</v>
+      </c>
+      <c r="X165" s="14" t="n">
+        <v>2227.0</v>
+      </c>
+      <c r="Y165" s="14" t="n">
+        <v>3331.0</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT:   Other current transfers</t>
         </is>
       </c>
       <c r="B166" s="14" t="n">
-        <v>8.8775E7</v>
+        <v>1328040.0</v>
       </c>
       <c r="C166" s="14" t="n">
-        <v>7.3439E7</v>
+        <v>1235942.0</v>
       </c>
       <c r="D166" s="14" t="n">
-        <v>7.595E7</v>
+        <v>1196376.0</v>
       </c>
       <c r="E166" s="14" t="n">
-        <v>7.2233E7</v>
+        <v>960436.0</v>
       </c>
       <c r="F166" s="14" t="n">
-        <v>6.6163E7</v>
+        <v>978197.0</v>
       </c>
       <c r="G166" s="14" t="n">
-        <v>5.8871E7</v>
+        <v>933112.0</v>
       </c>
       <c r="H166" s="14" t="n">
-        <v>5.3949E7</v>
+        <v>845581.0</v>
       </c>
       <c r="I166" s="14" t="n">
-        <v>5.0128E7</v>
+        <v>746228.0</v>
       </c>
       <c r="J166" s="14" t="n">
-        <v>4.9458E7</v>
+        <v>681645.0</v>
       </c>
       <c r="K166" s="14" t="n">
-        <v>4.7833E7</v>
+        <v>626744.0</v>
       </c>
       <c r="L166" s="14" t="n">
-        <v>4.7394E7</v>
+        <v>595691.0</v>
       </c>
       <c r="M166" s="14" t="n">
-        <v>4.7577E7</v>
+        <v>542653.0</v>
       </c>
       <c r="N166" s="14" t="n">
-        <v>5.089E7</v>
+        <v>536484.0</v>
       </c>
       <c r="O166" s="14" t="n">
-        <v>5.2969E7</v>
+        <v>538143.0</v>
       </c>
       <c r="P166" s="14" t="n">
-        <v>5.128E7</v>
+        <v>587248.0</v>
       </c>
       <c r="Q166" s="14" t="n">
-        <v>4.7022E7</v>
+        <v>604333.0</v>
       </c>
       <c r="R166" s="14" t="n">
-        <v>4.5461E7</v>
+        <v>581461.0</v>
       </c>
       <c r="S166" s="14" t="n">
-        <v>4.2036E7</v>
+        <v>530213.0</v>
       </c>
       <c r="T166" s="14" t="n">
-        <v>4.0011E7</v>
+        <v>518454.0</v>
       </c>
       <c r="U166" s="14" t="n">
-        <v>3.7733E7</v>
+        <v>474254.0</v>
       </c>
       <c r="V166" s="14" t="n">
-        <v>3.6375E7</v>
+        <v>444560.0</v>
       </c>
       <c r="W166" s="14" t="n">
-        <v>3.3672E7</v>
+        <v>418340.0</v>
+      </c>
+      <c r="X166" s="14" t="n">
+        <v>399352.0</v>
+      </c>
+      <c r="Y166" s="14" t="n">
+        <v>358071.0</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT: Gross disposable income</t>
         </is>
       </c>
       <c r="B167" s="14" t="n">
-        <v>7.80704E8</v>
+        <v>1.5003677E7</v>
       </c>
       <c r="C167" s="14" t="n">
-        <v>7.48101E8</v>
+        <v>1.3455424E7</v>
       </c>
       <c r="D167" s="14" t="n">
-        <v>7.65045E8</v>
+        <v>1.2520224E7</v>
       </c>
       <c r="E167" s="14" t="n">
-        <v>7.28773E8</v>
+        <v>1.1903833E7</v>
       </c>
       <c r="F167" s="14" t="n">
-        <v>7.08255E8</v>
+        <v>1.2436599E7</v>
       </c>
       <c r="G167" s="14" t="n">
-        <v>6.87463E8</v>
+        <v>1.1950182E7</v>
       </c>
       <c r="H167" s="14" t="n">
-        <v>6.69758E8</v>
+        <v>1.1797126E7</v>
       </c>
       <c r="I167" s="14" t="n">
-        <v>6.44198E8</v>
+        <v>1.1492823E7</v>
       </c>
       <c r="J167" s="14" t="n">
-        <v>6.43033E8</v>
+        <v>1.1259645E7</v>
       </c>
       <c r="K167" s="14" t="n">
-        <v>6.45464E8</v>
+        <v>1.0870172E7</v>
       </c>
       <c r="L167" s="14" t="n">
-        <v>6.81425E8</v>
+        <v>1.089144E7</v>
       </c>
       <c r="M167" s="14" t="n">
-        <v>6.77119E8</v>
+        <v>1.088752E7</v>
       </c>
       <c r="N167" s="14" t="n">
-        <v>6.74732E8</v>
+        <v>1.1618755E7</v>
       </c>
       <c r="O167" s="14" t="n">
-        <v>6.78923E8</v>
+        <v>1.1498257E7</v>
       </c>
       <c r="P167" s="14" t="n">
-        <v>6.45036E8</v>
+        <v>1.1310202E7</v>
       </c>
       <c r="Q167" s="14" t="n">
-        <v>6.13426E8</v>
+        <v>1.1466161E7</v>
       </c>
       <c r="R167" s="14" t="n">
-        <v>5.79364E8</v>
+        <v>1.1013677E7</v>
       </c>
       <c r="S167" s="14" t="n">
-        <v>5.42397E8</v>
+        <v>1.0215697E7</v>
       </c>
       <c r="T167" s="14" t="n">
-        <v>5.13066E8</v>
+        <v>9698450.0</v>
       </c>
       <c r="U167" s="14" t="n">
-        <v>4.77673E8</v>
+        <v>9127597.0</v>
       </c>
       <c r="V167" s="14" t="n">
-        <v>4.51146E8</v>
+        <v>8581977.0</v>
       </c>
       <c r="W167" s="14" t="n">
-        <v>4.18939E8</v>
+        <v>8070514.0</v>
+      </c>
+      <c r="X167" s="14" t="n">
+        <v>7656238.0</v>
+      </c>
+      <c r="Y167" s="14" t="n">
+        <v>7112053.0</v>
+      </c>
+    </row>
+    <row r="168">
+      <c r="A168" s="6" t="inlineStr">
+        <is>
+          <t>16 País Vasco</t>
+        </is>
+      </c>
+      <c r="B168" s="6"/>
+      <c r="C168" s="6"/>
+      <c r="D168" s="6"/>
+      <c r="E168" s="6"/>
+      <c r="F168" s="6"/>
+      <c r="G168" s="6"/>
+      <c r="H168" s="6"/>
+      <c r="I168" s="6"/>
+      <c r="J168" s="6"/>
+      <c r="K168" s="6"/>
+      <c r="L168" s="6"/>
+      <c r="M168" s="6"/>
+      <c r="N168" s="6"/>
+      <c r="O168" s="6"/>
+      <c r="P168" s="6"/>
+      <c r="Q168" s="6"/>
+      <c r="R168" s="6"/>
+      <c r="S168" s="6"/>
+      <c r="T168" s="6"/>
+      <c r="U168" s="6"/>
+      <c r="V168" s="6"/>
+      <c r="W168" s="6"/>
+      <c r="X168" s="6"/>
+      <c r="Y168" s="6"/>
+    </row>
+    <row r="169">
+      <c r="A169" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    RESOURCES: Balance of gross primary income</t>
+        </is>
+      </c>
+      <c r="B169" s="14" t="n">
+        <v>5.8740613E7</v>
+      </c>
+      <c r="C169" s="14" t="n">
+        <v>5.3147688E7</v>
+      </c>
+      <c r="D169" s="14" t="n">
+        <v>4.8873233E7</v>
+      </c>
+      <c r="E169" s="14" t="n">
+        <v>4.6155763E7</v>
+      </c>
+      <c r="F169" s="14" t="n">
+        <v>4.9135457E7</v>
+      </c>
+      <c r="G169" s="14" t="n">
+        <v>4.6873562E7</v>
+      </c>
+      <c r="H169" s="14" t="n">
+        <v>4.5826532E7</v>
+      </c>
+      <c r="I169" s="14" t="n">
+        <v>4.3826159E7</v>
+      </c>
+      <c r="J169" s="14" t="n">
+        <v>4.2583914E7</v>
+      </c>
+      <c r="K169" s="14" t="n">
+        <v>4.1263566E7</v>
+      </c>
+      <c r="L169" s="14" t="n">
+        <v>4.1183962E7</v>
+      </c>
+      <c r="M169" s="14" t="n">
+        <v>4.1605069E7</v>
+      </c>
+      <c r="N169" s="14" t="n">
+        <v>4.405771E7</v>
+      </c>
+      <c r="O169" s="14" t="n">
+        <v>4.4061676E7</v>
+      </c>
+      <c r="P169" s="14" t="n">
+        <v>4.3766959E7</v>
+      </c>
+      <c r="Q169" s="14" t="n">
+        <v>4.6836712E7</v>
+      </c>
+      <c r="R169" s="14" t="n">
+        <v>4.4715459E7</v>
+      </c>
+      <c r="S169" s="14" t="n">
+        <v>4.2028737E7</v>
+      </c>
+      <c r="T169" s="14" t="n">
+        <v>3.9284958E7</v>
+      </c>
+      <c r="U169" s="14" t="n">
+        <v>3.7099116E7</v>
+      </c>
+      <c r="V169" s="14" t="n">
+        <v>3.5326629E7</v>
+      </c>
+      <c r="W169" s="14" t="n">
+        <v>3.3471908E7</v>
+      </c>
+      <c r="X169" s="14" t="n">
+        <v>3.2105977E7</v>
+      </c>
+      <c r="Y169" s="14" t="n">
+        <v>2.9681241E7</v>
       </c>
     </row>
     <row r="170">
-      <c r="A170" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="A170" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    RESOURCES: Net social contributions</t>
+        </is>
+      </c>
+      <c r="B170" s="14" t="n">
+        <v>17963.0</v>
+      </c>
+      <c r="C170" s="14" t="n">
+        <v>13059.0</v>
+      </c>
+      <c r="D170" s="14" t="n">
+        <v>15056.0</v>
+      </c>
+      <c r="E170" s="14" t="n">
+        <v>15541.0</v>
+      </c>
+      <c r="F170" s="14" t="n">
+        <v>15528.0</v>
+      </c>
+      <c r="G170" s="14" t="n">
+        <v>11752.0</v>
+      </c>
+      <c r="H170" s="14" t="n">
+        <v>10167.0</v>
+      </c>
+      <c r="I170" s="14" t="n">
+        <v>7615.0</v>
+      </c>
+      <c r="J170" s="14" t="n">
+        <v>7438.0</v>
+      </c>
+      <c r="K170" s="14" t="n">
+        <v>7170.0</v>
+      </c>
+      <c r="L170" s="14" t="n">
+        <v>8046.0</v>
+      </c>
+      <c r="M170" s="14" t="n">
+        <v>10409.0</v>
+      </c>
+      <c r="N170" s="14" t="n">
+        <v>12899.0</v>
+      </c>
+      <c r="O170" s="14" t="n">
+        <v>15497.0</v>
+      </c>
+      <c r="P170" s="14" t="n">
+        <v>17246.0</v>
+      </c>
+      <c r="Q170" s="14" t="n">
+        <v>19733.0</v>
+      </c>
+      <c r="R170" s="14" t="n">
+        <v>18624.0</v>
+      </c>
+      <c r="S170" s="14" t="n">
+        <v>18582.0</v>
+      </c>
+      <c r="T170" s="14" t="n">
+        <v>18482.0</v>
+      </c>
+      <c r="U170" s="14" t="n">
+        <v>15537.0</v>
+      </c>
+      <c r="V170" s="14" t="n">
+        <v>13965.0</v>
+      </c>
+      <c r="W170" s="14" t="n">
+        <v>13199.0</v>
+      </c>
+      <c r="X170" s="14" t="n">
+        <v>12336.0</v>
+      </c>
+      <c r="Y170" s="14" t="n">
+        <v>11805.0</v>
       </c>
     </row>
     <row r="171">
-      <c r="A171" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="A171" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    RESOURCES: Social benefits other than social transfers in kind (1)</t>
+        </is>
+      </c>
+      <c r="B171" s="14" t="n">
+        <v>1.7036354E7</v>
+      </c>
+      <c r="C171" s="14" t="n">
+        <v>1.5406427E7</v>
+      </c>
+      <c r="D171" s="14" t="n">
+        <v>1.5276484E7</v>
+      </c>
+      <c r="E171" s="14" t="n">
+        <v>1.5349096E7</v>
+      </c>
+      <c r="F171" s="14" t="n">
+        <v>1.3622106E7</v>
+      </c>
+      <c r="G171" s="14" t="n">
+        <v>1.2788202E7</v>
+      </c>
+      <c r="H171" s="14" t="n">
+        <v>1.227342E7</v>
+      </c>
+      <c r="I171" s="14" t="n">
+        <v>1.2080393E7</v>
+      </c>
+      <c r="J171" s="14" t="n">
+        <v>1.1922942E7</v>
+      </c>
+      <c r="K171" s="14" t="n">
+        <v>1.1945179E7</v>
+      </c>
+      <c r="L171" s="14" t="n">
+        <v>1.2009844E7</v>
+      </c>
+      <c r="M171" s="14" t="n">
+        <v>1.1716805E7</v>
+      </c>
+      <c r="N171" s="14" t="n">
+        <v>1.1378693E7</v>
+      </c>
+      <c r="O171" s="14" t="n">
+        <v>1.139931E7</v>
+      </c>
+      <c r="P171" s="14" t="n">
+        <v>1.1080317E7</v>
+      </c>
+      <c r="Q171" s="14" t="n">
+        <v>9871225.0</v>
+      </c>
+      <c r="R171" s="14" t="n">
+        <v>8795300.0</v>
+      </c>
+      <c r="S171" s="14" t="n">
+        <v>8275898.0</v>
+      </c>
+      <c r="T171" s="14" t="n">
+        <v>7661211.0</v>
+      </c>
+      <c r="U171" s="14" t="n">
+        <v>7181742.0</v>
+      </c>
+      <c r="V171" s="14" t="n">
+        <v>6477394.0</v>
+      </c>
+      <c r="W171" s="14" t="n">
+        <v>6060316.0</v>
+      </c>
+      <c r="X171" s="14" t="n">
+        <v>5488310.0</v>
+      </c>
+      <c r="Y171" s="14" t="n">
+        <v>5269042.0</v>
       </c>
     </row>
     <row r="172">
-      <c r="A172" t="inlineStr">
+      <c r="A172" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    RESOURCES: Other current transfers</t>
+        </is>
+      </c>
+      <c r="B172" s="14" t="n">
+        <v>4043594.0</v>
+      </c>
+      <c r="C172" s="14" t="n">
+        <v>4047620.0</v>
+      </c>
+      <c r="D172" s="14" t="n">
+        <v>3794019.0</v>
+      </c>
+      <c r="E172" s="14" t="n">
+        <v>2980464.0</v>
+      </c>
+      <c r="F172" s="14" t="n">
+        <v>3059015.0</v>
+      </c>
+      <c r="G172" s="14" t="n">
+        <v>3142450.0</v>
+      </c>
+      <c r="H172" s="14" t="n">
+        <v>2655549.0</v>
+      </c>
+      <c r="I172" s="14" t="n">
+        <v>2346887.0</v>
+      </c>
+      <c r="J172" s="14" t="n">
+        <v>2262348.0</v>
+      </c>
+      <c r="K172" s="14" t="n">
+        <v>2264425.0</v>
+      </c>
+      <c r="L172" s="14" t="n">
+        <v>2062954.0</v>
+      </c>
+      <c r="M172" s="14" t="n">
+        <v>1866384.0</v>
+      </c>
+      <c r="N172" s="14" t="n">
+        <v>1892442.0</v>
+      </c>
+      <c r="O172" s="14" t="n">
+        <v>1806858.0</v>
+      </c>
+      <c r="P172" s="14" t="n">
+        <v>2080736.0</v>
+      </c>
+      <c r="Q172" s="14" t="n">
+        <v>2137059.0</v>
+      </c>
+      <c r="R172" s="14" t="n">
+        <v>2025762.0</v>
+      </c>
+      <c r="S172" s="14" t="n">
+        <v>1884470.0</v>
+      </c>
+      <c r="T172" s="14" t="n">
+        <v>1964334.0</v>
+      </c>
+      <c r="U172" s="14" t="n">
+        <v>1951055.0</v>
+      </c>
+      <c r="V172" s="14" t="n">
+        <v>1884121.0</v>
+      </c>
+      <c r="W172" s="14" t="n">
+        <v>1843096.0</v>
+      </c>
+      <c r="X172" s="14" t="n">
+        <v>1838258.0</v>
+      </c>
+      <c r="Y172" s="14" t="n">
+        <v>1740488.0</v>
+      </c>
+    </row>
+    <row r="173">
+      <c r="A173" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    EMPLOYMENT: Current taxes on income, capital gains, etc.</t>
+        </is>
+      </c>
+      <c r="B173" s="14" t="n">
+        <v>7785612.0</v>
+      </c>
+      <c r="C173" s="14" t="n">
+        <v>7104218.0</v>
+      </c>
+      <c r="D173" s="14" t="n">
+        <v>6615836.0</v>
+      </c>
+      <c r="E173" s="14" t="n">
+        <v>6134962.0</v>
+      </c>
+      <c r="F173" s="14" t="n">
+        <v>6238777.0</v>
+      </c>
+      <c r="G173" s="14" t="n">
+        <v>5974981.0</v>
+      </c>
+      <c r="H173" s="14" t="n">
+        <v>5655269.0</v>
+      </c>
+      <c r="I173" s="14" t="n">
+        <v>5333505.0</v>
+      </c>
+      <c r="J173" s="14" t="n">
+        <v>5110097.0</v>
+      </c>
+      <c r="K173" s="14" t="n">
+        <v>4827252.0</v>
+      </c>
+      <c r="L173" s="14" t="n">
+        <v>4657491.0</v>
+      </c>
+      <c r="M173" s="14" t="n">
+        <v>4662423.0</v>
+      </c>
+      <c r="N173" s="14" t="n">
+        <v>4544470.0</v>
+      </c>
+      <c r="O173" s="14" t="n">
+        <v>4318781.0</v>
+      </c>
+      <c r="P173" s="14" t="n">
+        <v>4161435.0</v>
+      </c>
+      <c r="Q173" s="14" t="n">
+        <v>4886740.0</v>
+      </c>
+      <c r="R173" s="14" t="n">
+        <v>4630787.0</v>
+      </c>
+      <c r="S173" s="14" t="n">
+        <v>4031467.0</v>
+      </c>
+      <c r="T173" s="14" t="n">
+        <v>3684989.0</v>
+      </c>
+      <c r="U173" s="14" t="n">
+        <v>3538086.0</v>
+      </c>
+      <c r="V173" s="14" t="n">
+        <v>3320307.0</v>
+      </c>
+      <c r="W173" s="14" t="n">
+        <v>3133341.0</v>
+      </c>
+      <c r="X173" s="14" t="n">
+        <v>3031287.0</v>
+      </c>
+      <c r="Y173" s="14" t="n">
+        <v>2809253.0</v>
+      </c>
+    </row>
+    <row r="174">
+      <c r="A174" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    EMPLOYMENT:   Net social contributions (2)</t>
+        </is>
+      </c>
+      <c r="B174" s="14" t="n">
+        <v>1.1721922E7</v>
+      </c>
+      <c r="C174" s="14" t="n">
+        <v>1.0898488E7</v>
+      </c>
+      <c r="D174" s="14" t="n">
+        <v>1.0581879E7</v>
+      </c>
+      <c r="E174" s="14" t="n">
+        <v>1.0141291E7</v>
+      </c>
+      <c r="F174" s="14" t="n">
+        <v>1.0002671E7</v>
+      </c>
+      <c r="G174" s="14" t="n">
+        <v>9354490.0</v>
+      </c>
+      <c r="H174" s="14" t="n">
+        <v>9102619.0</v>
+      </c>
+      <c r="I174" s="14" t="n">
+        <v>8841217.0</v>
+      </c>
+      <c r="J174" s="14" t="n">
+        <v>8738549.0</v>
+      </c>
+      <c r="K174" s="14" t="n">
+        <v>8835169.0</v>
+      </c>
+      <c r="L174" s="14" t="n">
+        <v>8750285.0</v>
+      </c>
+      <c r="M174" s="14" t="n">
+        <v>8974489.0</v>
+      </c>
+      <c r="N174" s="14" t="n">
+        <v>9283771.0</v>
+      </c>
+      <c r="O174" s="14" t="n">
+        <v>9282727.0</v>
+      </c>
+      <c r="P174" s="14" t="n">
+        <v>9124979.0</v>
+      </c>
+      <c r="Q174" s="14" t="n">
+        <v>9186179.0</v>
+      </c>
+      <c r="R174" s="14" t="n">
+        <v>8670932.0</v>
+      </c>
+      <c r="S174" s="14" t="n">
+        <v>8147121.0</v>
+      </c>
+      <c r="T174" s="14" t="n">
+        <v>7658987.0</v>
+      </c>
+      <c r="U174" s="14" t="n">
+        <v>7302476.0</v>
+      </c>
+      <c r="V174" s="14" t="n">
+        <v>6829097.0</v>
+      </c>
+      <c r="W174" s="14" t="n">
+        <v>6580947.0</v>
+      </c>
+      <c r="X174" s="14" t="n">
+        <v>6225263.0</v>
+      </c>
+      <c r="Y174" s="14" t="n">
+        <v>5793527.0</v>
+      </c>
+    </row>
+    <row r="175">
+      <c r="A175" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    EMPLOYMENT: Social benefits other than social transfers in kind</t>
+        </is>
+      </c>
+      <c r="B175" s="14" t="n">
+        <v>21197.0</v>
+      </c>
+      <c r="C175" s="14" t="n">
+        <v>19422.0</v>
+      </c>
+      <c r="D175" s="14" t="n">
+        <v>12667.0</v>
+      </c>
+      <c r="E175" s="14" t="n">
+        <v>11307.0</v>
+      </c>
+      <c r="F175" s="14" t="n">
+        <v>11372.0</v>
+      </c>
+      <c r="G175" s="14" t="n">
+        <v>8654.0</v>
+      </c>
+      <c r="H175" s="14" t="n">
+        <v>7017.0</v>
+      </c>
+      <c r="I175" s="14" t="n">
+        <v>6225.0</v>
+      </c>
+      <c r="J175" s="14" t="n">
+        <v>5128.0</v>
+      </c>
+      <c r="K175" s="14" t="n">
+        <v>3372.0</v>
+      </c>
+      <c r="L175" s="14" t="n">
+        <v>5437.0</v>
+      </c>
+      <c r="M175" s="14" t="n">
+        <v>7600.0</v>
+      </c>
+      <c r="N175" s="14" t="n">
+        <v>8069.0</v>
+      </c>
+      <c r="O175" s="14" t="n">
+        <v>19019.0</v>
+      </c>
+      <c r="P175" s="14" t="n">
+        <v>18883.0</v>
+      </c>
+      <c r="Q175" s="14" t="n">
+        <v>19791.0</v>
+      </c>
+      <c r="R175" s="14" t="n">
+        <v>21067.0</v>
+      </c>
+      <c r="S175" s="14" t="n">
+        <v>18371.0</v>
+      </c>
+      <c r="T175" s="14" t="n">
+        <v>16986.0</v>
+      </c>
+      <c r="U175" s="14" t="n">
+        <v>14958.0</v>
+      </c>
+      <c r="V175" s="14" t="n">
+        <v>14187.0</v>
+      </c>
+      <c r="W175" s="14" t="n">
+        <v>12436.0</v>
+      </c>
+      <c r="X175" s="14" t="n">
+        <v>9451.0</v>
+      </c>
+      <c r="Y175" s="14" t="n">
+        <v>14036.0</v>
+      </c>
+    </row>
+    <row r="176">
+      <c r="A176" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    EMPLOYMENT:   Other current transfers</t>
+        </is>
+      </c>
+      <c r="B176" s="14" t="n">
+        <v>4524737.0</v>
+      </c>
+      <c r="C176" s="14" t="n">
+        <v>4274049.0</v>
+      </c>
+      <c r="D176" s="14" t="n">
+        <v>4181305.0</v>
+      </c>
+      <c r="E176" s="14" t="n">
+        <v>3317673.0</v>
+      </c>
+      <c r="F176" s="14" t="n">
+        <v>3404061.0</v>
+      </c>
+      <c r="G176" s="14" t="n">
+        <v>3271386.0</v>
+      </c>
+      <c r="H176" s="14" t="n">
+        <v>2984086.0</v>
+      </c>
+      <c r="I176" s="14" t="n">
+        <v>2637320.0</v>
+      </c>
+      <c r="J176" s="14" t="n">
+        <v>2535029.0</v>
+      </c>
+      <c r="K176" s="14" t="n">
+        <v>2405688.0</v>
+      </c>
+      <c r="L176" s="14" t="n">
+        <v>2269546.0</v>
+      </c>
+      <c r="M176" s="14" t="n">
+        <v>2098131.0</v>
+      </c>
+      <c r="N176" s="14" t="n">
+        <v>2034408.0</v>
+      </c>
+      <c r="O176" s="14" t="n">
+        <v>1998409.0</v>
+      </c>
+      <c r="P176" s="14" t="n">
+        <v>2250922.0</v>
+      </c>
+      <c r="Q176" s="14" t="n">
+        <v>2303057.0</v>
+      </c>
+      <c r="R176" s="14" t="n">
+        <v>2226048.0</v>
+      </c>
+      <c r="S176" s="14" t="n">
+        <v>2079158.0</v>
+      </c>
+      <c r="T176" s="14" t="n">
+        <v>2112020.0</v>
+      </c>
+      <c r="U176" s="14" t="n">
+        <v>1993946.0</v>
+      </c>
+      <c r="V176" s="14" t="n">
+        <v>1925120.0</v>
+      </c>
+      <c r="W176" s="14" t="n">
+        <v>1891413.0</v>
+      </c>
+      <c r="X176" s="14" t="n">
+        <v>1825817.0</v>
+      </c>
+      <c r="Y176" s="14" t="n">
+        <v>1718906.0</v>
+      </c>
+    </row>
+    <row r="177">
+      <c r="A177" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    EMPLOYMENT: Gross disposable income</t>
+        </is>
+      </c>
+      <c r="B177" s="14" t="n">
+        <v>5.5785056E7</v>
+      </c>
+      <c r="C177" s="14" t="n">
+        <v>5.0318617E7</v>
+      </c>
+      <c r="D177" s="14" t="n">
+        <v>4.6567105E7</v>
+      </c>
+      <c r="E177" s="14" t="n">
+        <v>4.4895631E7</v>
+      </c>
+      <c r="F177" s="14" t="n">
+        <v>4.6175225E7</v>
+      </c>
+      <c r="G177" s="14" t="n">
+        <v>4.4206455E7</v>
+      </c>
+      <c r="H177" s="14" t="n">
+        <v>4.3016677E7</v>
+      </c>
+      <c r="I177" s="14" t="n">
+        <v>4.1442787E7</v>
+      </c>
+      <c r="J177" s="14" t="n">
+        <v>4.0387839E7</v>
+      </c>
+      <c r="K177" s="14" t="n">
+        <v>3.9408859E7</v>
+      </c>
+      <c r="L177" s="14" t="n">
+        <v>3.9582047E7</v>
+      </c>
+      <c r="M177" s="14" t="n">
+        <v>3.9456024E7</v>
+      </c>
+      <c r="N177" s="14" t="n">
+        <v>4.1471026E7</v>
+      </c>
+      <c r="O177" s="14" t="n">
+        <v>4.1664405E7</v>
+      </c>
+      <c r="P177" s="14" t="n">
+        <v>4.1389039E7</v>
+      </c>
+      <c r="Q177" s="14" t="n">
+        <v>4.2468962E7</v>
+      </c>
+      <c r="R177" s="14" t="n">
+        <v>4.0006311E7</v>
+      </c>
+      <c r="S177" s="14" t="n">
+        <v>3.793157E7</v>
+      </c>
+      <c r="T177" s="14" t="n">
+        <v>3.5456003E7</v>
+      </c>
+      <c r="U177" s="14" t="n">
+        <v>3.3397984E7</v>
+      </c>
+      <c r="V177" s="14" t="n">
+        <v>3.1613398E7</v>
+      </c>
+      <c r="W177" s="14" t="n">
+        <v>2.9770382E7</v>
+      </c>
+      <c r="X177" s="14" t="n">
+        <v>2.8353063E7</v>
+      </c>
+      <c r="Y177" s="14" t="n">
+        <v>2.6366854E7</v>
+      </c>
+    </row>
+    <row r="178">
+      <c r="A178" s="6" t="inlineStr">
+        <is>
+          <t>17 Rioja, La</t>
+        </is>
+      </c>
+      <c r="B178" s="6"/>
+      <c r="C178" s="6"/>
+      <c r="D178" s="6"/>
+      <c r="E178" s="6"/>
+      <c r="F178" s="6"/>
+      <c r="G178" s="6"/>
+      <c r="H178" s="6"/>
+      <c r="I178" s="6"/>
+      <c r="J178" s="6"/>
+      <c r="K178" s="6"/>
+      <c r="L178" s="6"/>
+      <c r="M178" s="6"/>
+      <c r="N178" s="6"/>
+      <c r="O178" s="6"/>
+      <c r="P178" s="6"/>
+      <c r="Q178" s="6"/>
+      <c r="R178" s="6"/>
+      <c r="S178" s="6"/>
+      <c r="T178" s="6"/>
+      <c r="U178" s="6"/>
+      <c r="V178" s="6"/>
+      <c r="W178" s="6"/>
+      <c r="X178" s="6"/>
+      <c r="Y178" s="6"/>
+    </row>
+    <row r="179">
+      <c r="A179" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    RESOURCES: Balance of gross primary income</t>
+        </is>
+      </c>
+      <c r="B179" s="14" t="n">
+        <v>6904336.0</v>
+      </c>
+      <c r="C179" s="14" t="n">
+        <v>6306330.0</v>
+      </c>
+      <c r="D179" s="14" t="n">
+        <v>5811115.0</v>
+      </c>
+      <c r="E179" s="14" t="n">
+        <v>5530947.0</v>
+      </c>
+      <c r="F179" s="14" t="n">
+        <v>5787595.0</v>
+      </c>
+      <c r="G179" s="14" t="n">
+        <v>5617161.0</v>
+      </c>
+      <c r="H179" s="14" t="n">
+        <v>5434520.0</v>
+      </c>
+      <c r="I179" s="14" t="n">
+        <v>5243799.0</v>
+      </c>
+      <c r="J179" s="14" t="n">
+        <v>5134824.0</v>
+      </c>
+      <c r="K179" s="14" t="n">
+        <v>4980554.0</v>
+      </c>
+      <c r="L179" s="14" t="n">
+        <v>4919137.0</v>
+      </c>
+      <c r="M179" s="14" t="n">
+        <v>4970651.0</v>
+      </c>
+      <c r="N179" s="14" t="n">
+        <v>5349451.0</v>
+      </c>
+      <c r="O179" s="14" t="n">
+        <v>5297304.0</v>
+      </c>
+      <c r="P179" s="14" t="n">
+        <v>5308914.0</v>
+      </c>
+      <c r="Q179" s="14" t="n">
+        <v>5693803.0</v>
+      </c>
+      <c r="R179" s="14" t="n">
+        <v>5495113.0</v>
+      </c>
+      <c r="S179" s="14" t="n">
+        <v>5213967.0</v>
+      </c>
+      <c r="T179" s="14" t="n">
+        <v>4860479.0</v>
+      </c>
+      <c r="U179" s="14" t="n">
+        <v>4590405.0</v>
+      </c>
+      <c r="V179" s="14" t="n">
+        <v>4385538.0</v>
+      </c>
+      <c r="W179" s="14" t="n">
+        <v>4083891.0</v>
+      </c>
+      <c r="X179" s="14" t="n">
+        <v>3913818.0</v>
+      </c>
+      <c r="Y179" s="14" t="n">
+        <v>3605193.0</v>
+      </c>
+    </row>
+    <row r="180">
+      <c r="A180" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    RESOURCES: Net social contributions</t>
+        </is>
+      </c>
+      <c r="B180" s="14" t="n">
+        <v>2357.0</v>
+      </c>
+      <c r="C180" s="14" t="n">
+        <v>1713.0</v>
+      </c>
+      <c r="D180" s="14" t="n">
+        <v>1952.0</v>
+      </c>
+      <c r="E180" s="14" t="n">
+        <v>1985.0</v>
+      </c>
+      <c r="F180" s="14" t="n">
+        <v>1979.0</v>
+      </c>
+      <c r="G180" s="14" t="n">
+        <v>1493.0</v>
+      </c>
+      <c r="H180" s="14" t="n">
+        <v>1286.0</v>
+      </c>
+      <c r="I180" s="14" t="n">
+        <v>957.0</v>
+      </c>
+      <c r="J180" s="14" t="n">
+        <v>933.0</v>
+      </c>
+      <c r="K180" s="14" t="n">
+        <v>887.0</v>
+      </c>
+      <c r="L180" s="14" t="n">
+        <v>980.0</v>
+      </c>
+      <c r="M180" s="14" t="n">
+        <v>1278.0</v>
+      </c>
+      <c r="N180" s="14" t="n">
+        <v>1611.0</v>
+      </c>
+      <c r="O180" s="14" t="n">
+        <v>1946.0</v>
+      </c>
+      <c r="P180" s="14" t="n">
+        <v>2171.0</v>
+      </c>
+      <c r="Q180" s="14" t="n">
+        <v>2550.0</v>
+      </c>
+      <c r="R180" s="14" t="n">
+        <v>2413.0</v>
+      </c>
+      <c r="S180" s="14" t="n">
+        <v>2411.0</v>
+      </c>
+      <c r="T180" s="14" t="n">
+        <v>2377.0</v>
+      </c>
+      <c r="U180" s="14" t="n">
+        <v>1950.0</v>
+      </c>
+      <c r="V180" s="14" t="n">
+        <v>1742.0</v>
+      </c>
+      <c r="W180" s="14" t="n">
+        <v>1608.0</v>
+      </c>
+      <c r="X180" s="14" t="n">
+        <v>1483.0</v>
+      </c>
+      <c r="Y180" s="14" t="n">
+        <v>1418.0</v>
+      </c>
+    </row>
+    <row r="181">
+      <c r="A181" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    RESOURCES: Social benefits other than social transfers in kind (1)</t>
+        </is>
+      </c>
+      <c r="B181" s="14" t="n">
+        <v>1783925.0</v>
+      </c>
+      <c r="C181" s="14" t="n">
+        <v>1621337.0</v>
+      </c>
+      <c r="D181" s="14" t="n">
+        <v>1605410.0</v>
+      </c>
+      <c r="E181" s="14" t="n">
+        <v>1616304.0</v>
+      </c>
+      <c r="F181" s="14" t="n">
+        <v>1422547.0</v>
+      </c>
+      <c r="G181" s="14" t="n">
+        <v>1334081.0</v>
+      </c>
+      <c r="H181" s="14" t="n">
+        <v>1278524.0</v>
+      </c>
+      <c r="I181" s="14" t="n">
+        <v>1253448.0</v>
+      </c>
+      <c r="J181" s="14" t="n">
+        <v>1238996.0</v>
+      </c>
+      <c r="K181" s="14" t="n">
+        <v>1246192.0</v>
+      </c>
+      <c r="L181" s="14" t="n">
+        <v>1286199.0</v>
+      </c>
+      <c r="M181" s="14" t="n">
+        <v>1270197.0</v>
+      </c>
+      <c r="N181" s="14" t="n">
+        <v>1203886.0</v>
+      </c>
+      <c r="O181" s="14" t="n">
+        <v>1215087.0</v>
+      </c>
+      <c r="P181" s="14" t="n">
+        <v>1173307.0</v>
+      </c>
+      <c r="Q181" s="14" t="n">
+        <v>1048379.0</v>
+      </c>
+      <c r="R181" s="14" t="n">
+        <v>924786.0</v>
+      </c>
+      <c r="S181" s="14" t="n">
+        <v>875319.0</v>
+      </c>
+      <c r="T181" s="14" t="n">
+        <v>798126.0</v>
+      </c>
+      <c r="U181" s="14" t="n">
+        <v>743694.0</v>
+      </c>
+      <c r="V181" s="14" t="n">
+        <v>670943.0</v>
+      </c>
+      <c r="W181" s="14" t="n">
+        <v>635681.0</v>
+      </c>
+      <c r="X181" s="14" t="n">
+        <v>572843.0</v>
+      </c>
+      <c r="Y181" s="14" t="n">
+        <v>554759.0</v>
+      </c>
+    </row>
+    <row r="182">
+      <c r="A182" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    RESOURCES: Other current transfers</t>
+        </is>
+      </c>
+      <c r="B182" s="14" t="n">
+        <v>572252.0</v>
+      </c>
+      <c r="C182" s="14" t="n">
+        <v>615796.0</v>
+      </c>
+      <c r="D182" s="14" t="n">
+        <v>512975.0</v>
+      </c>
+      <c r="E182" s="14" t="n">
+        <v>409374.0</v>
+      </c>
+      <c r="F182" s="14" t="n">
+        <v>412166.0</v>
+      </c>
+      <c r="G182" s="14" t="n">
+        <v>398606.0</v>
+      </c>
+      <c r="H182" s="14" t="n">
+        <v>359657.0</v>
+      </c>
+      <c r="I182" s="14" t="n">
+        <v>334226.0</v>
+      </c>
+      <c r="J182" s="14" t="n">
+        <v>290011.0</v>
+      </c>
+      <c r="K182" s="14" t="n">
+        <v>258021.0</v>
+      </c>
+      <c r="L182" s="14" t="n">
+        <v>243463.0</v>
+      </c>
+      <c r="M182" s="14" t="n">
+        <v>242194.0</v>
+      </c>
+      <c r="N182" s="14" t="n">
+        <v>245352.0</v>
+      </c>
+      <c r="O182" s="14" t="n">
+        <v>239562.0</v>
+      </c>
+      <c r="P182" s="14" t="n">
+        <v>304789.0</v>
+      </c>
+      <c r="Q182" s="14" t="n">
+        <v>313012.0</v>
+      </c>
+      <c r="R182" s="14" t="n">
+        <v>290461.0</v>
+      </c>
+      <c r="S182" s="14" t="n">
+        <v>260915.0</v>
+      </c>
+      <c r="T182" s="14" t="n">
+        <v>264168.0</v>
+      </c>
+      <c r="U182" s="14" t="n">
+        <v>287161.0</v>
+      </c>
+      <c r="V182" s="14" t="n">
+        <v>233620.0</v>
+      </c>
+      <c r="W182" s="14" t="n">
+        <v>219909.0</v>
+      </c>
+      <c r="X182" s="14" t="n">
+        <v>223366.0</v>
+      </c>
+      <c r="Y182" s="14" t="n">
+        <v>234497.0</v>
+      </c>
+    </row>
+    <row r="183">
+      <c r="A183" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    EMPLOYMENT: Current taxes on income, capital gains, etc.</t>
+        </is>
+      </c>
+      <c r="B183" s="14" t="n">
+        <v>916732.0</v>
+      </c>
+      <c r="C183" s="14" t="n">
+        <v>884006.0</v>
+      </c>
+      <c r="D183" s="14" t="n">
+        <v>726990.0</v>
+      </c>
+      <c r="E183" s="14" t="n">
+        <v>681543.0</v>
+      </c>
+      <c r="F183" s="14" t="n">
+        <v>685888.0</v>
+      </c>
+      <c r="G183" s="14" t="n">
+        <v>654072.0</v>
+      </c>
+      <c r="H183" s="14" t="n">
+        <v>619686.0</v>
+      </c>
+      <c r="I183" s="14" t="n">
+        <v>591273.0</v>
+      </c>
+      <c r="J183" s="14" t="n">
+        <v>575281.0</v>
+      </c>
+      <c r="K183" s="14" t="n">
+        <v>590508.0</v>
+      </c>
+      <c r="L183" s="14" t="n">
+        <v>572156.0</v>
+      </c>
+      <c r="M183" s="14" t="n">
+        <v>568803.0</v>
+      </c>
+      <c r="N183" s="14" t="n">
+        <v>559205.0</v>
+      </c>
+      <c r="O183" s="14" t="n">
+        <v>546569.0</v>
+      </c>
+      <c r="P183" s="14" t="n">
+        <v>514316.0</v>
+      </c>
+      <c r="Q183" s="14" t="n">
+        <v>631790.0</v>
+      </c>
+      <c r="R183" s="14" t="n">
+        <v>620549.0</v>
+      </c>
+      <c r="S183" s="14" t="n">
+        <v>532802.0</v>
+      </c>
+      <c r="T183" s="14" t="n">
+        <v>452706.0</v>
+      </c>
+      <c r="U183" s="14" t="n">
+        <v>432068.0</v>
+      </c>
+      <c r="V183" s="14" t="n">
+        <v>374576.0</v>
+      </c>
+      <c r="W183" s="14" t="n">
+        <v>366701.0</v>
+      </c>
+      <c r="X183" s="14" t="n">
+        <v>340778.0</v>
+      </c>
+      <c r="Y183" s="14" t="n">
+        <v>311600.0</v>
+      </c>
+    </row>
+    <row r="184">
+      <c r="A184" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    EMPLOYMENT:   Net social contributions (2)</t>
+        </is>
+      </c>
+      <c r="B184" s="14" t="n">
+        <v>1327150.0</v>
+      </c>
+      <c r="C184" s="14" t="n">
+        <v>1225166.0</v>
+      </c>
+      <c r="D184" s="14" t="n">
+        <v>1190349.0</v>
+      </c>
+      <c r="E184" s="14" t="n">
+        <v>1127972.0</v>
+      </c>
+      <c r="F184" s="14" t="n">
+        <v>1128844.0</v>
+      </c>
+      <c r="G184" s="14" t="n">
+        <v>1053441.0</v>
+      </c>
+      <c r="H184" s="14" t="n">
+        <v>1019178.0</v>
+      </c>
+      <c r="I184" s="14" t="n">
+        <v>992055.0</v>
+      </c>
+      <c r="J184" s="14" t="n">
+        <v>975932.0</v>
+      </c>
+      <c r="K184" s="14" t="n">
+        <v>980084.0</v>
+      </c>
+      <c r="L184" s="14" t="n">
+        <v>973282.0</v>
+      </c>
+      <c r="M184" s="14" t="n">
+        <v>1001309.0</v>
+      </c>
+      <c r="N184" s="14" t="n">
+        <v>1050830.0</v>
+      </c>
+      <c r="O184" s="14" t="n">
+        <v>1070593.0</v>
+      </c>
+      <c r="P184" s="14" t="n">
+        <v>1064830.0</v>
+      </c>
+      <c r="Q184" s="14" t="n">
+        <v>1100362.0</v>
+      </c>
+      <c r="R184" s="14" t="n">
+        <v>1036083.0</v>
+      </c>
+      <c r="S184" s="14" t="n">
+        <v>976142.0</v>
+      </c>
+      <c r="T184" s="14" t="n">
+        <v>890927.0</v>
+      </c>
+      <c r="U184" s="14" t="n">
+        <v>834303.0</v>
+      </c>
+      <c r="V184" s="14" t="n">
+        <v>762145.0</v>
+      </c>
+      <c r="W184" s="14" t="n">
+        <v>722607.0</v>
+      </c>
+      <c r="X184" s="14" t="n">
+        <v>676721.0</v>
+      </c>
+      <c r="Y184" s="14" t="n">
+        <v>632574.0</v>
+      </c>
+    </row>
+    <row r="185">
+      <c r="A185" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    EMPLOYMENT: Social benefits other than social transfers in kind</t>
+        </is>
+      </c>
+      <c r="B185" s="14" t="n">
+        <v>2389.0</v>
+      </c>
+      <c r="C185" s="14" t="n">
+        <v>2272.0</v>
+      </c>
+      <c r="D185" s="14" t="n">
+        <v>1519.0</v>
+      </c>
+      <c r="E185" s="14" t="n">
+        <v>1261.0</v>
+      </c>
+      <c r="F185" s="14" t="n">
+        <v>1334.0</v>
+      </c>
+      <c r="G185" s="14" t="n">
+        <v>1037.0</v>
+      </c>
+      <c r="H185" s="14" t="n">
+        <v>907.0</v>
+      </c>
+      <c r="I185" s="14" t="n">
+        <v>719.0</v>
+      </c>
+      <c r="J185" s="14" t="n">
+        <v>610.0</v>
+      </c>
+      <c r="K185" s="14" t="n">
+        <v>417.0</v>
+      </c>
+      <c r="L185" s="14" t="n">
+        <v>602.0</v>
+      </c>
+      <c r="M185" s="14" t="n">
+        <v>872.0</v>
+      </c>
+      <c r="N185" s="14" t="n">
+        <v>936.0</v>
+      </c>
+      <c r="O185" s="14" t="n">
+        <v>2245.0</v>
+      </c>
+      <c r="P185" s="14" t="n">
+        <v>2018.0</v>
+      </c>
+      <c r="Q185" s="14" t="n">
+        <v>2403.0</v>
+      </c>
+      <c r="R185" s="14" t="n">
+        <v>2459.0</v>
+      </c>
+      <c r="S185" s="14" t="n">
+        <v>2178.0</v>
+      </c>
+      <c r="T185" s="14" t="n">
+        <v>1982.0</v>
+      </c>
+      <c r="U185" s="14" t="n">
+        <v>1706.0</v>
+      </c>
+      <c r="V185" s="14" t="n">
+        <v>1652.0</v>
+      </c>
+      <c r="W185" s="14" t="n">
+        <v>1368.0</v>
+      </c>
+      <c r="X185" s="14" t="n">
+        <v>1052.0</v>
+      </c>
+      <c r="Y185" s="14" t="n">
+        <v>1562.0</v>
+      </c>
+    </row>
+    <row r="186">
+      <c r="A186" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    EMPLOYMENT:   Other current transfers</t>
+        </is>
+      </c>
+      <c r="B186" s="14" t="n">
+        <v>665972.0</v>
+      </c>
+      <c r="C186" s="14" t="n">
+        <v>624737.0</v>
+      </c>
+      <c r="D186" s="14" t="n">
+        <v>601448.0</v>
+      </c>
+      <c r="E186" s="14" t="n">
+        <v>485663.0</v>
+      </c>
+      <c r="F186" s="14" t="n">
+        <v>493020.0</v>
+      </c>
+      <c r="G186" s="14" t="n">
+        <v>478266.0</v>
+      </c>
+      <c r="H186" s="14" t="n">
+        <v>434602.0</v>
+      </c>
+      <c r="I186" s="14" t="n">
+        <v>390338.0</v>
+      </c>
+      <c r="J186" s="14" t="n">
+        <v>366600.0</v>
+      </c>
+      <c r="K186" s="14" t="n">
+        <v>328498.0</v>
+      </c>
+      <c r="L186" s="14" t="n">
+        <v>319201.0</v>
+      </c>
+      <c r="M186" s="14" t="n">
+        <v>312868.0</v>
+      </c>
+      <c r="N186" s="14" t="n">
+        <v>315810.0</v>
+      </c>
+      <c r="O186" s="14" t="n">
+        <v>325981.0</v>
+      </c>
+      <c r="P186" s="14" t="n">
+        <v>375099.0</v>
+      </c>
+      <c r="Q186" s="14" t="n">
+        <v>384142.0</v>
+      </c>
+      <c r="R186" s="14" t="n">
+        <v>371657.0</v>
+      </c>
+      <c r="S186" s="14" t="n">
+        <v>339133.0</v>
+      </c>
+      <c r="T186" s="14" t="n">
+        <v>318728.0</v>
+      </c>
+      <c r="U186" s="14" t="n">
+        <v>283936.0</v>
+      </c>
+      <c r="V186" s="14" t="n">
+        <v>271141.0</v>
+      </c>
+      <c r="W186" s="14" t="n">
+        <v>236417.0</v>
+      </c>
+      <c r="X186" s="14" t="n">
+        <v>237976.0</v>
+      </c>
+      <c r="Y186" s="14" t="n">
+        <v>215812.0</v>
+      </c>
+    </row>
+    <row r="187">
+      <c r="A187" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    EMPLOYMENT: Gross disposable income</t>
+        </is>
+      </c>
+      <c r="B187" s="14" t="n">
+        <v>6350627.0</v>
+      </c>
+      <c r="C187" s="14" t="n">
+        <v>5808995.0</v>
+      </c>
+      <c r="D187" s="14" t="n">
+        <v>5411146.0</v>
+      </c>
+      <c r="E187" s="14" t="n">
+        <v>5262171.0</v>
+      </c>
+      <c r="F187" s="14" t="n">
+        <v>5315201.0</v>
+      </c>
+      <c r="G187" s="14" t="n">
+        <v>5164525.0</v>
+      </c>
+      <c r="H187" s="14" t="n">
+        <v>4999614.0</v>
+      </c>
+      <c r="I187" s="14" t="n">
+        <v>4858045.0</v>
+      </c>
+      <c r="J187" s="14" t="n">
+        <v>4746341.0</v>
+      </c>
+      <c r="K187" s="14" t="n">
+        <v>4586147.0</v>
+      </c>
+      <c r="L187" s="14" t="n">
+        <v>4584538.0</v>
+      </c>
+      <c r="M187" s="14" t="n">
+        <v>4600468.0</v>
+      </c>
+      <c r="N187" s="14" t="n">
+        <v>4873519.0</v>
+      </c>
+      <c r="O187" s="14" t="n">
+        <v>4808511.0</v>
+      </c>
+      <c r="P187" s="14" t="n">
+        <v>4832918.0</v>
+      </c>
+      <c r="Q187" s="14" t="n">
+        <v>4939047.0</v>
+      </c>
+      <c r="R187" s="14" t="n">
+        <v>4682025.0</v>
+      </c>
+      <c r="S187" s="14" t="n">
+        <v>4502357.0</v>
+      </c>
+      <c r="T187" s="14" t="n">
+        <v>4260807.0</v>
+      </c>
+      <c r="U187" s="14" t="n">
+        <v>4071197.0</v>
+      </c>
+      <c r="V187" s="14" t="n">
+        <v>3882329.0</v>
+      </c>
+      <c r="W187" s="14" t="n">
+        <v>3613996.0</v>
+      </c>
+      <c r="X187" s="14" t="n">
+        <v>3454983.0</v>
+      </c>
+      <c r="Y187" s="14" t="n">
+        <v>3234319.0</v>
+      </c>
+    </row>
+    <row r="188">
+      <c r="A188" s="6" t="inlineStr">
+        <is>
+          <t>18 Ceuta</t>
+        </is>
+      </c>
+      <c r="B188" s="6"/>
+      <c r="C188" s="6"/>
+      <c r="D188" s="6"/>
+      <c r="E188" s="6"/>
+      <c r="F188" s="6"/>
+      <c r="G188" s="6"/>
+      <c r="H188" s="6"/>
+      <c r="I188" s="6"/>
+      <c r="J188" s="6"/>
+      <c r="K188" s="6"/>
+      <c r="L188" s="6"/>
+      <c r="M188" s="6"/>
+      <c r="N188" s="6"/>
+      <c r="O188" s="6"/>
+      <c r="P188" s="6"/>
+      <c r="Q188" s="6"/>
+      <c r="R188" s="6"/>
+      <c r="S188" s="6"/>
+      <c r="T188" s="6"/>
+      <c r="U188" s="6"/>
+      <c r="V188" s="6"/>
+      <c r="W188" s="6"/>
+      <c r="X188" s="6"/>
+      <c r="Y188" s="6"/>
+    </row>
+    <row r="189">
+      <c r="A189" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    RESOURCES: Balance of gross primary income</t>
+        </is>
+      </c>
+      <c r="B189" s="14" t="n">
+        <v>1390633.0</v>
+      </c>
+      <c r="C189" s="14" t="n">
+        <v>1305985.0</v>
+      </c>
+      <c r="D189" s="14" t="n">
+        <v>1243049.0</v>
+      </c>
+      <c r="E189" s="14" t="n">
+        <v>1181234.0</v>
+      </c>
+      <c r="F189" s="14" t="n">
+        <v>1226990.0</v>
+      </c>
+      <c r="G189" s="14" t="n">
+        <v>1171108.0</v>
+      </c>
+      <c r="H189" s="14" t="n">
+        <v>1136896.0</v>
+      </c>
+      <c r="I189" s="14" t="n">
+        <v>1130101.0</v>
+      </c>
+      <c r="J189" s="14" t="n">
+        <v>1114367.0</v>
+      </c>
+      <c r="K189" s="14" t="n">
+        <v>1080314.0</v>
+      </c>
+      <c r="L189" s="14" t="n">
+        <v>1083301.0</v>
+      </c>
+      <c r="M189" s="14" t="n">
+        <v>1057030.0</v>
+      </c>
+      <c r="N189" s="14" t="n">
+        <v>1133731.0</v>
+      </c>
+      <c r="O189" s="14" t="n">
+        <v>1124968.0</v>
+      </c>
+      <c r="P189" s="14" t="n">
+        <v>1116337.0</v>
+      </c>
+      <c r="Q189" s="14" t="n">
+        <v>1134517.0</v>
+      </c>
+      <c r="R189" s="14" t="n">
+        <v>1099616.0</v>
+      </c>
+      <c r="S189" s="14" t="n">
+        <v>1061193.0</v>
+      </c>
+      <c r="T189" s="14" t="n">
+        <v>1005833.0</v>
+      </c>
+      <c r="U189" s="14" t="n">
+        <v>937940.0</v>
+      </c>
+      <c r="V189" s="14" t="n">
+        <v>887053.0</v>
+      </c>
+      <c r="W189" s="14" t="n">
+        <v>818462.0</v>
+      </c>
+      <c r="X189" s="14" t="n">
+        <v>783974.0</v>
+      </c>
+      <c r="Y189" s="14" t="n">
+        <v>736079.0</v>
+      </c>
+    </row>
+    <row r="190">
+      <c r="A190" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    RESOURCES: Net social contributions</t>
+        </is>
+      </c>
+      <c r="B190" s="14" t="n">
+        <v>427.0</v>
+      </c>
+      <c r="C190" s="14" t="n">
+        <v>303.0</v>
+      </c>
+      <c r="D190" s="14" t="n">
+        <v>352.0</v>
+      </c>
+      <c r="E190" s="14" t="n">
+        <v>354.0</v>
+      </c>
+      <c r="F190" s="14" t="n">
+        <v>354.0</v>
+      </c>
+      <c r="G190" s="14" t="n">
+        <v>270.0</v>
+      </c>
+      <c r="H190" s="14" t="n">
+        <v>233.0</v>
+      </c>
+      <c r="I190" s="14" t="n">
+        <v>176.0</v>
+      </c>
+      <c r="J190" s="14" t="n">
+        <v>172.0</v>
+      </c>
+      <c r="K190" s="14" t="n">
+        <v>167.0</v>
+      </c>
+      <c r="L190" s="14" t="n">
+        <v>188.0</v>
+      </c>
+      <c r="M190" s="14" t="n">
+        <v>238.0</v>
+      </c>
+      <c r="N190" s="14" t="n">
+        <v>298.0</v>
+      </c>
+      <c r="O190" s="14" t="n">
+        <v>354.0</v>
+      </c>
+      <c r="P190" s="14" t="n">
+        <v>390.0</v>
+      </c>
+      <c r="Q190" s="14" t="n">
+        <v>426.0</v>
+      </c>
+      <c r="R190" s="14" t="n">
+        <v>398.0</v>
+      </c>
+      <c r="S190" s="14" t="n">
+        <v>393.0</v>
+      </c>
+      <c r="T190" s="14" t="n">
+        <v>386.0</v>
+      </c>
+      <c r="U190" s="14" t="n">
+        <v>331.0</v>
+      </c>
+      <c r="V190" s="14" t="n">
+        <v>290.0</v>
+      </c>
+      <c r="W190" s="14" t="n">
+        <v>272.0</v>
+      </c>
+      <c r="X190" s="14" t="n">
+        <v>244.0</v>
+      </c>
+      <c r="Y190" s="14" t="n">
+        <v>231.0</v>
+      </c>
+    </row>
+    <row r="191">
+      <c r="A191" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    RESOURCES: Social benefits other than social transfers in kind (1)</t>
+        </is>
+      </c>
+      <c r="B191" s="14" t="n">
+        <v>393057.0</v>
+      </c>
+      <c r="C191" s="14" t="n">
+        <v>360550.0</v>
+      </c>
+      <c r="D191" s="14" t="n">
+        <v>353559.0</v>
+      </c>
+      <c r="E191" s="14" t="n">
+        <v>338461.0</v>
+      </c>
+      <c r="F191" s="14" t="n">
+        <v>303932.0</v>
+      </c>
+      <c r="G191" s="14" t="n">
+        <v>284924.0</v>
+      </c>
+      <c r="H191" s="14" t="n">
+        <v>274044.0</v>
+      </c>
+      <c r="I191" s="14" t="n">
+        <v>270305.0</v>
+      </c>
+      <c r="J191" s="14" t="n">
+        <v>261794.0</v>
+      </c>
+      <c r="K191" s="14" t="n">
+        <v>254999.0</v>
+      </c>
+      <c r="L191" s="14" t="n">
+        <v>253588.0</v>
+      </c>
+      <c r="M191" s="14" t="n">
+        <v>256200.0</v>
+      </c>
+      <c r="N191" s="14" t="n">
+        <v>251701.0</v>
+      </c>
+      <c r="O191" s="14" t="n">
+        <v>252429.0</v>
+      </c>
+      <c r="P191" s="14" t="n">
+        <v>242102.0</v>
+      </c>
+      <c r="Q191" s="14" t="n">
+        <v>217612.0</v>
+      </c>
+      <c r="R191" s="14" t="n">
+        <v>195955.0</v>
+      </c>
+      <c r="S191" s="14" t="n">
+        <v>186293.0</v>
+      </c>
+      <c r="T191" s="14" t="n">
+        <v>172026.0</v>
+      </c>
+      <c r="U191" s="14" t="n">
+        <v>161356.0</v>
+      </c>
+      <c r="V191" s="14" t="n">
+        <v>148114.0</v>
+      </c>
+      <c r="W191" s="14" t="n">
+        <v>138318.0</v>
+      </c>
+      <c r="X191" s="14" t="n">
+        <v>126198.0</v>
+      </c>
+      <c r="Y191" s="14" t="n">
+        <v>125696.0</v>
+      </c>
+    </row>
+    <row r="192">
+      <c r="A192" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    RESOURCES: Other current transfers</t>
+        </is>
+      </c>
+      <c r="B192" s="14" t="n">
+        <v>156937.0</v>
+      </c>
+      <c r="C192" s="14" t="n">
+        <v>147848.0</v>
+      </c>
+      <c r="D192" s="14" t="n">
+        <v>150469.0</v>
+      </c>
+      <c r="E192" s="14" t="n">
+        <v>108629.0</v>
+      </c>
+      <c r="F192" s="14" t="n">
+        <v>112286.0</v>
+      </c>
+      <c r="G192" s="14" t="n">
+        <v>106349.0</v>
+      </c>
+      <c r="H192" s="14" t="n">
+        <v>96476.0</v>
+      </c>
+      <c r="I192" s="14" t="n">
+        <v>86374.0</v>
+      </c>
+      <c r="J192" s="14" t="n">
+        <v>72971.0</v>
+      </c>
+      <c r="K192" s="14" t="n">
+        <v>66073.0</v>
+      </c>
+      <c r="L192" s="14" t="n">
+        <v>69464.0</v>
+      </c>
+      <c r="M192" s="14" t="n">
+        <v>66756.0</v>
+      </c>
+      <c r="N192" s="14" t="n">
+        <v>69339.0</v>
+      </c>
+      <c r="O192" s="14" t="n">
+        <v>59846.0</v>
+      </c>
+      <c r="P192" s="14" t="n">
+        <v>73385.0</v>
+      </c>
+      <c r="Q192" s="14" t="n">
+        <v>79878.0</v>
+      </c>
+      <c r="R192" s="14" t="n">
+        <v>74984.0</v>
+      </c>
+      <c r="S192" s="14" t="n">
+        <v>66543.0</v>
+      </c>
+      <c r="T192" s="14" t="n">
+        <v>62556.0</v>
+      </c>
+      <c r="U192" s="14" t="n">
+        <v>63605.0</v>
+      </c>
+      <c r="V192" s="14" t="n">
+        <v>62778.0</v>
+      </c>
+      <c r="W192" s="14" t="n">
+        <v>53666.0</v>
+      </c>
+      <c r="X192" s="14" t="n">
+        <v>57979.0</v>
+      </c>
+      <c r="Y192" s="14" t="n">
+        <v>60887.0</v>
+      </c>
+    </row>
+    <row r="193">
+      <c r="A193" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    EMPLOYMENT: Current taxes on income, capital gains, etc.</t>
+        </is>
+      </c>
+      <c r="B193" s="14" t="n">
+        <v>92463.0</v>
+      </c>
+      <c r="C193" s="14" t="n">
+        <v>84468.0</v>
+      </c>
+      <c r="D193" s="14" t="n">
+        <v>74850.0</v>
+      </c>
+      <c r="E193" s="14" t="n">
+        <v>71517.0</v>
+      </c>
+      <c r="F193" s="14" t="n">
+        <v>71547.0</v>
+      </c>
+      <c r="G193" s="14" t="n">
+        <v>66947.0</v>
+      </c>
+      <c r="H193" s="14" t="n">
+        <v>78172.0</v>
+      </c>
+      <c r="I193" s="14" t="n">
+        <v>75777.0</v>
+      </c>
+      <c r="J193" s="14" t="n">
+        <v>77702.0</v>
+      </c>
+      <c r="K193" s="14" t="n">
+        <v>81604.0</v>
+      </c>
+      <c r="L193" s="14" t="n">
+        <v>80733.0</v>
+      </c>
+      <c r="M193" s="14" t="n">
+        <v>76191.0</v>
+      </c>
+      <c r="N193" s="14" t="n">
+        <v>75156.0</v>
+      </c>
+      <c r="O193" s="14" t="n">
+        <v>75633.0</v>
+      </c>
+      <c r="P193" s="14" t="n">
+        <v>67543.0</v>
+      </c>
+      <c r="Q193" s="14" t="n">
+        <v>70445.0</v>
+      </c>
+      <c r="R193" s="14" t="n">
+        <v>73924.0</v>
+      </c>
+      <c r="S193" s="14" t="n">
+        <v>60713.0</v>
+      </c>
+      <c r="T193" s="14" t="n">
+        <v>55520.0</v>
+      </c>
+      <c r="U193" s="14" t="n">
+        <v>52112.0</v>
+      </c>
+      <c r="V193" s="14" t="n">
+        <v>44308.0</v>
+      </c>
+      <c r="W193" s="14" t="n">
+        <v>43347.0</v>
+      </c>
+      <c r="X193" s="14" t="n">
+        <v>43783.0</v>
+      </c>
+      <c r="Y193" s="14" t="n">
+        <v>40389.0</v>
+      </c>
+    </row>
+    <row r="194">
+      <c r="A194" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    EMPLOYMENT:   Net social contributions (2)</t>
+        </is>
+      </c>
+      <c r="B194" s="14" t="n">
+        <v>310285.0</v>
+      </c>
+      <c r="C194" s="14" t="n">
+        <v>278844.0</v>
+      </c>
+      <c r="D194" s="14" t="n">
+        <v>276804.0</v>
+      </c>
+      <c r="E194" s="14" t="n">
+        <v>265421.0</v>
+      </c>
+      <c r="F194" s="14" t="n">
+        <v>261551.0</v>
+      </c>
+      <c r="G194" s="14" t="n">
+        <v>247138.0</v>
+      </c>
+      <c r="H194" s="14" t="n">
+        <v>242143.0</v>
+      </c>
+      <c r="I194" s="14" t="n">
+        <v>236613.0</v>
+      </c>
+      <c r="J194" s="14" t="n">
+        <v>236608.0</v>
+      </c>
+      <c r="K194" s="14" t="n">
+        <v>238461.0</v>
+      </c>
+      <c r="L194" s="14" t="n">
+        <v>236348.0</v>
+      </c>
+      <c r="M194" s="14" t="n">
+        <v>240913.0</v>
+      </c>
+      <c r="N194" s="14" t="n">
+        <v>245576.0</v>
+      </c>
+      <c r="O194" s="14" t="n">
+        <v>245250.0</v>
+      </c>
+      <c r="P194" s="14" t="n">
+        <v>241669.0</v>
+      </c>
+      <c r="Q194" s="14" t="n">
+        <v>227721.0</v>
+      </c>
+      <c r="R194" s="14" t="n">
+        <v>212662.0</v>
+      </c>
+      <c r="S194" s="14" t="n">
+        <v>206415.0</v>
+      </c>
+      <c r="T194" s="14" t="n">
+        <v>189622.0</v>
+      </c>
+      <c r="U194" s="14" t="n">
+        <v>176969.0</v>
+      </c>
+      <c r="V194" s="14" t="n">
+        <v>169934.0</v>
+      </c>
+      <c r="W194" s="14" t="n">
+        <v>171763.0</v>
+      </c>
+      <c r="X194" s="14" t="n">
+        <v>160523.0</v>
+      </c>
+      <c r="Y194" s="14" t="n">
+        <v>154745.0</v>
+      </c>
+    </row>
+    <row r="195">
+      <c r="A195" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    EMPLOYMENT: Social benefits other than social transfers in kind</t>
+        </is>
+      </c>
+      <c r="B195" s="14" t="n">
+        <v>447.0</v>
+      </c>
+      <c r="C195" s="14" t="n">
+        <v>404.0</v>
+      </c>
+      <c r="D195" s="14" t="n">
+        <v>274.0</v>
+      </c>
+      <c r="E195" s="14" t="n">
+        <v>236.0</v>
+      </c>
+      <c r="F195" s="14" t="n">
+        <v>243.0</v>
+      </c>
+      <c r="G195" s="14" t="n">
+        <v>183.0</v>
+      </c>
+      <c r="H195" s="14" t="n">
+        <v>154.0</v>
+      </c>
+      <c r="I195" s="14" t="n">
+        <v>127.0</v>
+      </c>
+      <c r="J195" s="14" t="n">
+        <v>110.0</v>
+      </c>
+      <c r="K195" s="14" t="n">
+        <v>71.0</v>
+      </c>
+      <c r="L195" s="14" t="n">
+        <v>112.0</v>
+      </c>
+      <c r="M195" s="14" t="n">
+        <v>171.0</v>
+      </c>
+      <c r="N195" s="14" t="n">
+        <v>168.0</v>
+      </c>
+      <c r="O195" s="14" t="n">
+        <v>406.0</v>
+      </c>
+      <c r="P195" s="14" t="n">
+        <v>374.0</v>
+      </c>
+      <c r="Q195" s="14" t="n">
+        <v>377.0</v>
+      </c>
+      <c r="R195" s="14" t="n">
+        <v>382.0</v>
+      </c>
+      <c r="S195" s="14" t="n">
+        <v>340.0</v>
+      </c>
+      <c r="T195" s="14" t="n">
+        <v>311.0</v>
+      </c>
+      <c r="U195" s="14" t="n">
+        <v>287.0</v>
+      </c>
+      <c r="V195" s="14" t="n">
+        <v>261.0</v>
+      </c>
+      <c r="W195" s="14" t="n">
+        <v>233.0</v>
+      </c>
+      <c r="X195" s="14" t="n">
+        <v>166.0</v>
+      </c>
+      <c r="Y195" s="14" t="n">
+        <v>244.0</v>
+      </c>
+    </row>
+    <row r="196">
+      <c r="A196" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    EMPLOYMENT:   Other current transfers</t>
+        </is>
+      </c>
+      <c r="B196" s="14" t="n">
+        <v>171720.0</v>
+      </c>
+      <c r="C196" s="14" t="n">
+        <v>160762.0</v>
+      </c>
+      <c r="D196" s="14" t="n">
+        <v>161447.0</v>
+      </c>
+      <c r="E196" s="14" t="n">
+        <v>119277.0</v>
+      </c>
+      <c r="F196" s="14" t="n">
+        <v>126677.0</v>
+      </c>
+      <c r="G196" s="14" t="n">
+        <v>120341.0</v>
+      </c>
+      <c r="H196" s="14" t="n">
+        <v>108478.0</v>
+      </c>
+      <c r="I196" s="14" t="n">
+        <v>95768.0</v>
+      </c>
+      <c r="J196" s="14" t="n">
+        <v>83966.0</v>
+      </c>
+      <c r="K196" s="14" t="n">
+        <v>76208.0</v>
+      </c>
+      <c r="L196" s="14" t="n">
+        <v>79222.0</v>
+      </c>
+      <c r="M196" s="14" t="n">
+        <v>73807.0</v>
+      </c>
+      <c r="N196" s="14" t="n">
+        <v>70900.0</v>
+      </c>
+      <c r="O196" s="14" t="n">
+        <v>67906.0</v>
+      </c>
+      <c r="P196" s="14" t="n">
+        <v>77790.0</v>
+      </c>
+      <c r="Q196" s="14" t="n">
+        <v>80160.0</v>
+      </c>
+      <c r="R196" s="14" t="n">
+        <v>78692.0</v>
+      </c>
+      <c r="S196" s="14" t="n">
+        <v>72984.0</v>
+      </c>
+      <c r="T196" s="14" t="n">
+        <v>67236.0</v>
+      </c>
+      <c r="U196" s="14" t="n">
+        <v>64705.0</v>
+      </c>
+      <c r="V196" s="14" t="n">
+        <v>62911.0</v>
+      </c>
+      <c r="W196" s="14" t="n">
+        <v>53191.0</v>
+      </c>
+      <c r="X196" s="14" t="n">
+        <v>58479.0</v>
+      </c>
+      <c r="Y196" s="14" t="n">
+        <v>53351.0</v>
+      </c>
+    </row>
+    <row r="197">
+      <c r="A197" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    EMPLOYMENT: Gross disposable income</t>
+        </is>
+      </c>
+      <c r="B197" s="14" t="n">
+        <v>1366139.0</v>
+      </c>
+      <c r="C197" s="14" t="n">
+        <v>1290208.0</v>
+      </c>
+      <c r="D197" s="14" t="n">
+        <v>1234054.0</v>
+      </c>
+      <c r="E197" s="14" t="n">
+        <v>1172227.0</v>
+      </c>
+      <c r="F197" s="14" t="n">
+        <v>1183544.0</v>
+      </c>
+      <c r="G197" s="14" t="n">
+        <v>1128042.0</v>
+      </c>
+      <c r="H197" s="14" t="n">
+        <v>1078702.0</v>
+      </c>
+      <c r="I197" s="14" t="n">
+        <v>1078671.0</v>
+      </c>
+      <c r="J197" s="14" t="n">
+        <v>1050918.0</v>
+      </c>
+      <c r="K197" s="14" t="n">
+        <v>1005209.0</v>
+      </c>
+      <c r="L197" s="14" t="n">
+        <v>1010126.0</v>
+      </c>
+      <c r="M197" s="14" t="n">
+        <v>989142.0</v>
+      </c>
+      <c r="N197" s="14" t="n">
+        <v>1063269.0</v>
+      </c>
+      <c r="O197" s="14" t="n">
+        <v>1048402.0</v>
+      </c>
+      <c r="P197" s="14" t="n">
+        <v>1044838.0</v>
+      </c>
+      <c r="Q197" s="14" t="n">
+        <v>1053730.0</v>
+      </c>
+      <c r="R197" s="14" t="n">
+        <v>1005293.0</v>
+      </c>
+      <c r="S197" s="14" t="n">
+        <v>973970.0</v>
+      </c>
+      <c r="T197" s="14" t="n">
+        <v>928112.0</v>
+      </c>
+      <c r="U197" s="14" t="n">
+        <v>869159.0</v>
+      </c>
+      <c r="V197" s="14" t="n">
+        <v>820821.0</v>
+      </c>
+      <c r="W197" s="14" t="n">
+        <v>742184.0</v>
+      </c>
+      <c r="X197" s="14" t="n">
+        <v>705444.0</v>
+      </c>
+      <c r="Y197" s="14" t="n">
+        <v>674164.0</v>
+      </c>
+    </row>
+    <row r="198">
+      <c r="A198" s="6" t="inlineStr">
+        <is>
+          <t>19 Melilla</t>
+        </is>
+      </c>
+      <c r="B198" s="6"/>
+      <c r="C198" s="6"/>
+      <c r="D198" s="6"/>
+      <c r="E198" s="6"/>
+      <c r="F198" s="6"/>
+      <c r="G198" s="6"/>
+      <c r="H198" s="6"/>
+      <c r="I198" s="6"/>
+      <c r="J198" s="6"/>
+      <c r="K198" s="6"/>
+      <c r="L198" s="6"/>
+      <c r="M198" s="6"/>
+      <c r="N198" s="6"/>
+      <c r="O198" s="6"/>
+      <c r="P198" s="6"/>
+      <c r="Q198" s="6"/>
+      <c r="R198" s="6"/>
+      <c r="S198" s="6"/>
+      <c r="T198" s="6"/>
+      <c r="U198" s="6"/>
+      <c r="V198" s="6"/>
+      <c r="W198" s="6"/>
+      <c r="X198" s="6"/>
+      <c r="Y198" s="6"/>
+    </row>
+    <row r="199">
+      <c r="A199" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    RESOURCES: Balance of gross primary income</t>
+        </is>
+      </c>
+      <c r="B199" s="14" t="n">
+        <v>1336901.0</v>
+      </c>
+      <c r="C199" s="14" t="n">
+        <v>1270584.0</v>
+      </c>
+      <c r="D199" s="14" t="n">
+        <v>1198335.0</v>
+      </c>
+      <c r="E199" s="14" t="n">
+        <v>1124509.0</v>
+      </c>
+      <c r="F199" s="14" t="n">
+        <v>1164951.0</v>
+      </c>
+      <c r="G199" s="14" t="n">
+        <v>1112504.0</v>
+      </c>
+      <c r="H199" s="14" t="n">
+        <v>1077037.0</v>
+      </c>
+      <c r="I199" s="14" t="n">
+        <v>1064355.0</v>
+      </c>
+      <c r="J199" s="14" t="n">
+        <v>1041095.0</v>
+      </c>
+      <c r="K199" s="14" t="n">
+        <v>998380.0</v>
+      </c>
+      <c r="L199" s="14" t="n">
+        <v>988940.0</v>
+      </c>
+      <c r="M199" s="14" t="n">
+        <v>968860.0</v>
+      </c>
+      <c r="N199" s="14" t="n">
+        <v>1031408.0</v>
+      </c>
+      <c r="O199" s="14" t="n">
+        <v>1015095.0</v>
+      </c>
+      <c r="P199" s="14" t="n">
+        <v>994293.0</v>
+      </c>
+      <c r="Q199" s="14" t="n">
+        <v>1008353.0</v>
+      </c>
+      <c r="R199" s="14" t="n">
+        <v>994685.0</v>
+      </c>
+      <c r="S199" s="14" t="n">
+        <v>959017.0</v>
+      </c>
+      <c r="T199" s="14" t="n">
+        <v>904458.0</v>
+      </c>
+      <c r="U199" s="14" t="n">
+        <v>858854.0</v>
+      </c>
+      <c r="V199" s="14" t="n">
+        <v>796958.0</v>
+      </c>
+      <c r="W199" s="14" t="n">
+        <v>753623.0</v>
+      </c>
+      <c r="X199" s="14" t="n">
+        <v>729832.0</v>
+      </c>
+      <c r="Y199" s="14" t="n">
+        <v>684917.0</v>
+      </c>
+    </row>
+    <row r="200">
+      <c r="A200" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    RESOURCES: Net social contributions</t>
+        </is>
+      </c>
+      <c r="B200" s="14" t="n">
+        <v>441.0</v>
+      </c>
+      <c r="C200" s="14" t="n">
+        <v>319.0</v>
+      </c>
+      <c r="D200" s="14" t="n">
+        <v>368.0</v>
+      </c>
+      <c r="E200" s="14" t="n">
+        <v>371.0</v>
+      </c>
+      <c r="F200" s="14" t="n">
+        <v>362.0</v>
+      </c>
+      <c r="G200" s="14" t="n">
+        <v>269.0</v>
+      </c>
+      <c r="H200" s="14" t="n">
+        <v>221.0</v>
+      </c>
+      <c r="I200" s="14" t="n">
+        <v>172.0</v>
+      </c>
+      <c r="J200" s="14" t="n">
+        <v>167.0</v>
+      </c>
+      <c r="K200" s="14" t="n">
+        <v>159.0</v>
+      </c>
+      <c r="L200" s="14" t="n">
+        <v>178.0</v>
+      </c>
+      <c r="M200" s="14" t="n">
+        <v>222.0</v>
+      </c>
+      <c r="N200" s="14" t="n">
+        <v>269.0</v>
+      </c>
+      <c r="O200" s="14" t="n">
+        <v>316.0</v>
+      </c>
+      <c r="P200" s="14" t="n">
+        <v>345.0</v>
+      </c>
+      <c r="Q200" s="14" t="n">
+        <v>373.0</v>
+      </c>
+      <c r="R200" s="14" t="n">
+        <v>367.0</v>
+      </c>
+      <c r="S200" s="14" t="n">
+        <v>370.0</v>
+      </c>
+      <c r="T200" s="14" t="n">
+        <v>334.0</v>
+      </c>
+      <c r="U200" s="14" t="n">
+        <v>277.0</v>
+      </c>
+      <c r="V200" s="14" t="n">
+        <v>248.0</v>
+      </c>
+      <c r="W200" s="14" t="n">
+        <v>250.0</v>
+      </c>
+      <c r="X200" s="14" t="n">
+        <v>225.0</v>
+      </c>
+      <c r="Y200" s="14" t="n">
+        <v>211.0</v>
+      </c>
+    </row>
+    <row r="201">
+      <c r="A201" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    RESOURCES: Social benefits other than social transfers in kind (1)</t>
+        </is>
+      </c>
+      <c r="B201" s="14" t="n">
+        <v>381520.0</v>
+      </c>
+      <c r="C201" s="14" t="n">
+        <v>348669.0</v>
+      </c>
+      <c r="D201" s="14" t="n">
+        <v>351420.0</v>
+      </c>
+      <c r="E201" s="14" t="n">
+        <v>310892.0</v>
+      </c>
+      <c r="F201" s="14" t="n">
+        <v>273892.0</v>
+      </c>
+      <c r="G201" s="14" t="n">
+        <v>255766.0</v>
+      </c>
+      <c r="H201" s="14" t="n">
+        <v>246547.0</v>
+      </c>
+      <c r="I201" s="14" t="n">
+        <v>241259.0</v>
+      </c>
+      <c r="J201" s="14" t="n">
+        <v>233287.0</v>
+      </c>
+      <c r="K201" s="14" t="n">
+        <v>228946.0</v>
+      </c>
+      <c r="L201" s="14" t="n">
+        <v>225079.0</v>
+      </c>
+      <c r="M201" s="14" t="n">
+        <v>225235.0</v>
+      </c>
+      <c r="N201" s="14" t="n">
+        <v>223063.0</v>
+      </c>
+      <c r="O201" s="14" t="n">
+        <v>221785.0</v>
+      </c>
+      <c r="P201" s="14" t="n">
+        <v>212005.0</v>
+      </c>
+      <c r="Q201" s="14" t="n">
+        <v>196097.0</v>
+      </c>
+      <c r="R201" s="14" t="n">
+        <v>173061.0</v>
+      </c>
+      <c r="S201" s="14" t="n">
+        <v>163750.0</v>
+      </c>
+      <c r="T201" s="14" t="n">
+        <v>154109.0</v>
+      </c>
+      <c r="U201" s="14" t="n">
+        <v>144516.0</v>
+      </c>
+      <c r="V201" s="14" t="n">
+        <v>132494.0</v>
+      </c>
+      <c r="W201" s="14" t="n">
+        <v>124979.0</v>
+      </c>
+      <c r="X201" s="14" t="n">
+        <v>113219.0</v>
+      </c>
+      <c r="Y201" s="14" t="n">
+        <v>114380.0</v>
+      </c>
+    </row>
+    <row r="202">
+      <c r="A202" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    RESOURCES: Other current transfers</t>
+        </is>
+      </c>
+      <c r="B202" s="14" t="n">
+        <v>159468.0</v>
+      </c>
+      <c r="C202" s="14" t="n">
+        <v>147890.0</v>
+      </c>
+      <c r="D202" s="14" t="n">
+        <v>146196.0</v>
+      </c>
+      <c r="E202" s="14" t="n">
+        <v>110589.0</v>
+      </c>
+      <c r="F202" s="14" t="n">
+        <v>97446.0</v>
+      </c>
+      <c r="G202" s="14" t="n">
+        <v>94582.0</v>
+      </c>
+      <c r="H202" s="14" t="n">
+        <v>85593.0</v>
+      </c>
+      <c r="I202" s="14" t="n">
+        <v>74768.0</v>
+      </c>
+      <c r="J202" s="14" t="n">
+        <v>64916.0</v>
+      </c>
+      <c r="K202" s="14" t="n">
+        <v>60439.0</v>
+      </c>
+      <c r="L202" s="14" t="n">
+        <v>61131.0</v>
+      </c>
+      <c r="M202" s="14" t="n">
+        <v>58524.0</v>
+      </c>
+      <c r="N202" s="14" t="n">
+        <v>56583.0</v>
+      </c>
+      <c r="O202" s="14" t="n">
+        <v>54086.0</v>
+      </c>
+      <c r="P202" s="14" t="n">
+        <v>71836.0</v>
+      </c>
+      <c r="Q202" s="14" t="n">
+        <v>73564.0</v>
+      </c>
+      <c r="R202" s="14" t="n">
+        <v>64371.0</v>
+      </c>
+      <c r="S202" s="14" t="n">
+        <v>60829.0</v>
+      </c>
+      <c r="T202" s="14" t="n">
+        <v>57074.0</v>
+      </c>
+      <c r="U202" s="14" t="n">
+        <v>56139.0</v>
+      </c>
+      <c r="V202" s="14" t="n">
+        <v>51920.0</v>
+      </c>
+      <c r="W202" s="14" t="n">
+        <v>50264.0</v>
+      </c>
+      <c r="X202" s="14" t="n">
+        <v>44466.0</v>
+      </c>
+      <c r="Y202" s="14" t="n">
+        <v>41584.0</v>
+      </c>
+    </row>
+    <row r="203">
+      <c r="A203" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    EMPLOYMENT: Current taxes on income, capital gains, etc.</t>
+        </is>
+      </c>
+      <c r="B203" s="14" t="n">
+        <v>88750.0</v>
+      </c>
+      <c r="C203" s="14" t="n">
+        <v>81756.0</v>
+      </c>
+      <c r="D203" s="14" t="n">
+        <v>70686.0</v>
+      </c>
+      <c r="E203" s="14" t="n">
+        <v>66177.0</v>
+      </c>
+      <c r="F203" s="14" t="n">
+        <v>65913.0</v>
+      </c>
+      <c r="G203" s="14" t="n">
+        <v>62152.0</v>
+      </c>
+      <c r="H203" s="14" t="n">
+        <v>72968.0</v>
+      </c>
+      <c r="I203" s="14" t="n">
+        <v>70308.0</v>
+      </c>
+      <c r="J203" s="14" t="n">
+        <v>70267.0</v>
+      </c>
+      <c r="K203" s="14" t="n">
+        <v>72228.0</v>
+      </c>
+      <c r="L203" s="14" t="n">
+        <v>74306.0</v>
+      </c>
+      <c r="M203" s="14" t="n">
+        <v>65814.0</v>
+      </c>
+      <c r="N203" s="14" t="n">
+        <v>64715.0</v>
+      </c>
+      <c r="O203" s="14" t="n">
+        <v>65221.0</v>
+      </c>
+      <c r="P203" s="14" t="n">
+        <v>58001.0</v>
+      </c>
+      <c r="Q203" s="14" t="n">
+        <v>61422.0</v>
+      </c>
+      <c r="R203" s="14" t="n">
+        <v>62912.0</v>
+      </c>
+      <c r="S203" s="14" t="n">
+        <v>52026.0</v>
+      </c>
+      <c r="T203" s="14" t="n">
+        <v>45740.0</v>
+      </c>
+      <c r="U203" s="14" t="n">
+        <v>44546.0</v>
+      </c>
+      <c r="V203" s="14" t="n">
+        <v>37330.0</v>
+      </c>
+      <c r="W203" s="14" t="n">
+        <v>36565.0</v>
+      </c>
+      <c r="X203" s="14" t="n">
+        <v>37132.0</v>
+      </c>
+      <c r="Y203" s="14" t="n">
+        <v>35814.0</v>
+      </c>
+    </row>
+    <row r="204">
+      <c r="A204" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    EMPLOYMENT:   Net social contributions (2)</t>
+        </is>
+      </c>
+      <c r="B204" s="14" t="n">
+        <v>307226.0</v>
+      </c>
+      <c r="C204" s="14" t="n">
+        <v>274606.0</v>
+      </c>
+      <c r="D204" s="14" t="n">
+        <v>275115.0</v>
+      </c>
+      <c r="E204" s="14" t="n">
+        <v>259403.0</v>
+      </c>
+      <c r="F204" s="14" t="n">
+        <v>255809.0</v>
+      </c>
+      <c r="G204" s="14" t="n">
+        <v>241420.0</v>
+      </c>
+      <c r="H204" s="14" t="n">
+        <v>226551.0</v>
+      </c>
+      <c r="I204" s="14" t="n">
+        <v>226039.0</v>
+      </c>
+      <c r="J204" s="14" t="n">
+        <v>223254.0</v>
+      </c>
+      <c r="K204" s="14" t="n">
+        <v>223293.0</v>
+      </c>
+      <c r="L204" s="14" t="n">
+        <v>214376.0</v>
+      </c>
+      <c r="M204" s="14" t="n">
+        <v>219066.0</v>
+      </c>
+      <c r="N204" s="14" t="n">
+        <v>220650.0</v>
+      </c>
+      <c r="O204" s="14" t="n">
+        <v>222113.0</v>
+      </c>
+      <c r="P204" s="14" t="n">
+        <v>218894.0</v>
+      </c>
+      <c r="Q204" s="14" t="n">
+        <v>200017.0</v>
+      </c>
+      <c r="R204" s="14" t="n">
+        <v>194291.0</v>
+      </c>
+      <c r="S204" s="14" t="n">
+        <v>183714.0</v>
+      </c>
+      <c r="T204" s="14" t="n">
+        <v>175499.0</v>
+      </c>
+      <c r="U204" s="14" t="n">
+        <v>160612.0</v>
+      </c>
+      <c r="V204" s="14" t="n">
+        <v>147811.0</v>
+      </c>
+      <c r="W204" s="14" t="n">
+        <v>152429.0</v>
+      </c>
+      <c r="X204" s="14" t="n">
+        <v>140525.0</v>
+      </c>
+      <c r="Y204" s="14" t="n">
+        <v>141305.0</v>
+      </c>
+    </row>
+    <row r="205">
+      <c r="A205" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    EMPLOYMENT: Social benefits other than social transfers in kind</t>
+        </is>
+      </c>
+      <c r="B205" s="14" t="n">
+        <v>461.0</v>
+      </c>
+      <c r="C205" s="14" t="n">
+        <v>425.0</v>
+      </c>
+      <c r="D205" s="14" t="n">
+        <v>287.0</v>
+      </c>
+      <c r="E205" s="14" t="n">
+        <v>247.0</v>
+      </c>
+      <c r="F205" s="14" t="n">
+        <v>249.0</v>
+      </c>
+      <c r="G205" s="14" t="n">
+        <v>182.0</v>
+      </c>
+      <c r="H205" s="14" t="n">
+        <v>146.0</v>
+      </c>
+      <c r="I205" s="14" t="n">
+        <v>124.0</v>
+      </c>
+      <c r="J205" s="14" t="n">
+        <v>106.0</v>
+      </c>
+      <c r="K205" s="14" t="n">
+        <v>67.0</v>
+      </c>
+      <c r="L205" s="14" t="n">
+        <v>106.0</v>
+      </c>
+      <c r="M205" s="14" t="n">
+        <v>160.0</v>
+      </c>
+      <c r="N205" s="14" t="n">
+        <v>151.0</v>
+      </c>
+      <c r="O205" s="14" t="n">
+        <v>362.0</v>
+      </c>
+      <c r="P205" s="14" t="n">
+        <v>330.0</v>
+      </c>
+      <c r="Q205" s="14" t="n">
+        <v>330.0</v>
+      </c>
+      <c r="R205" s="14" t="n">
+        <v>352.0</v>
+      </c>
+      <c r="S205" s="14" t="n">
+        <v>321.0</v>
+      </c>
+      <c r="T205" s="14" t="n">
+        <v>269.0</v>
+      </c>
+      <c r="U205" s="14" t="n">
+        <v>240.0</v>
+      </c>
+      <c r="V205" s="14" t="n">
+        <v>223.0</v>
+      </c>
+      <c r="W205" s="14" t="n">
+        <v>213.0</v>
+      </c>
+      <c r="X205" s="14" t="n">
+        <v>153.0</v>
+      </c>
+      <c r="Y205" s="14" t="n">
+        <v>222.0</v>
+      </c>
+    </row>
+    <row r="206">
+      <c r="A206" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    EMPLOYMENT:   Other current transfers</t>
+        </is>
+      </c>
+      <c r="B206" s="14" t="n">
+        <v>175117.0</v>
+      </c>
+      <c r="C206" s="14" t="n">
+        <v>165979.0</v>
+      </c>
+      <c r="D206" s="14" t="n">
+        <v>163659.0</v>
+      </c>
+      <c r="E206" s="14" t="n">
+        <v>120782.0</v>
+      </c>
+      <c r="F206" s="14" t="n">
+        <v>118111.0</v>
+      </c>
+      <c r="G206" s="14" t="n">
+        <v>113056.0</v>
+      </c>
+      <c r="H206" s="14" t="n">
+        <v>101555.0</v>
+      </c>
+      <c r="I206" s="14" t="n">
+        <v>88022.0</v>
+      </c>
+      <c r="J206" s="14" t="n">
+        <v>75854.0</v>
+      </c>
+      <c r="K206" s="14" t="n">
+        <v>71038.0</v>
+      </c>
+      <c r="L206" s="14" t="n">
+        <v>73301.0</v>
+      </c>
+      <c r="M206" s="14" t="n">
+        <v>66649.0</v>
+      </c>
+      <c r="N206" s="14" t="n">
+        <v>63970.0</v>
+      </c>
+      <c r="O206" s="14" t="n">
+        <v>61723.0</v>
+      </c>
+      <c r="P206" s="14" t="n">
+        <v>71971.0</v>
+      </c>
+      <c r="Q206" s="14" t="n">
+        <v>72665.0</v>
+      </c>
+      <c r="R206" s="14" t="n">
+        <v>68906.0</v>
+      </c>
+      <c r="S206" s="14" t="n">
+        <v>63635.0</v>
+      </c>
+      <c r="T206" s="14" t="n">
+        <v>58798.0</v>
+      </c>
+      <c r="U206" s="14" t="n">
+        <v>54688.0</v>
+      </c>
+      <c r="V206" s="14" t="n">
+        <v>48835.0</v>
+      </c>
+      <c r="W206" s="14" t="n">
+        <v>45565.0</v>
+      </c>
+      <c r="X206" s="14" t="n">
+        <v>43285.0</v>
+      </c>
+      <c r="Y206" s="14" t="n">
+        <v>40020.0</v>
+      </c>
+    </row>
+    <row r="207">
+      <c r="A207" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    EMPLOYMENT: Gross disposable income</t>
+        </is>
+      </c>
+      <c r="B207" s="14" t="n">
+        <v>1306776.0</v>
+      </c>
+      <c r="C207" s="14" t="n">
+        <v>1244696.0</v>
+      </c>
+      <c r="D207" s="14" t="n">
+        <v>1186572.0</v>
+      </c>
+      <c r="E207" s="14" t="n">
+        <v>1099752.0</v>
+      </c>
+      <c r="F207" s="14" t="n">
+        <v>1096569.0</v>
+      </c>
+      <c r="G207" s="14" t="n">
+        <v>1046311.0</v>
+      </c>
+      <c r="H207" s="14" t="n">
+        <v>1008178.0</v>
+      </c>
+      <c r="I207" s="14" t="n">
+        <v>996061.0</v>
+      </c>
+      <c r="J207" s="14" t="n">
+        <v>969984.0</v>
+      </c>
+      <c r="K207" s="14" t="n">
+        <v>921298.0</v>
+      </c>
+      <c r="L207" s="14" t="n">
+        <v>913239.0</v>
+      </c>
+      <c r="M207" s="14" t="n">
+        <v>901152.0</v>
+      </c>
+      <c r="N207" s="14" t="n">
+        <v>961837.0</v>
+      </c>
+      <c r="O207" s="14" t="n">
+        <v>941863.0</v>
+      </c>
+      <c r="P207" s="14" t="n">
+        <v>929283.0</v>
+      </c>
+      <c r="Q207" s="14" t="n">
+        <v>943953.0</v>
+      </c>
+      <c r="R207" s="14" t="n">
+        <v>906023.0</v>
+      </c>
+      <c r="S207" s="14" t="n">
+        <v>884270.0</v>
+      </c>
+      <c r="T207" s="14" t="n">
+        <v>835669.0</v>
+      </c>
+      <c r="U207" s="14" t="n">
+        <v>799700.0</v>
+      </c>
+      <c r="V207" s="14" t="n">
+        <v>747421.0</v>
+      </c>
+      <c r="W207" s="14" t="n">
+        <v>694344.0</v>
+      </c>
+      <c r="X207" s="14" t="n">
+        <v>666647.0</v>
+      </c>
+      <c r="Y207" s="14" t="n">
+        <v>623731.0</v>
+      </c>
+    </row>
+    <row r="210">
+      <c r="A210" s="5" t="inlineStr">
+        <is>
+          <t>Notes:</t>
+        </is>
+      </c>
+    </row>
+    <row r="211">
+      <c r="A211" t="inlineStr">
+        <is>
+          <t>1) Difference between Employment and Resources.</t>
+        </is>
+      </c>
+    </row>
+    <row r="212">
+      <c r="A212" t="inlineStr">
         <is>
           <t xml:space="preserve"> 2) Difference between Employment and Resources.</t>
         </is>
       </c>
     </row>
-    <row r="173">
-      <c r="A173" t="inlineStr">
+    <row r="213">
+      <c r="A213" t="inlineStr">
         <is>
           <t xml:space="preserve"> (P) Provisional.</t>
         </is>
       </c>
     </row>
-    <row r="175">
-[...7 lines deleted...]
-      <c r="A176" t="inlineStr">
+    <row r="215">
+      <c r="A215" s="5" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Source: </t>
+        </is>
+      </c>
+    </row>
+    <row r="216">
+      <c r="A216" t="inlineStr">
         <is>
           <t>National Institute of Statistics</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="26">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A5:K5"/>
     <mergeCell ref="A6:K6"/>
-    <mergeCell ref="A8:W8"/>
-[...18 lines deleted...]
-    <mergeCell ref="A160:W160"/>
+    <mergeCell ref="A8:Y8"/>
+    <mergeCell ref="A18:Y18"/>
+    <mergeCell ref="A28:Y28"/>
+    <mergeCell ref="A38:Y38"/>
+    <mergeCell ref="A48:Y48"/>
+    <mergeCell ref="A58:Y58"/>
+    <mergeCell ref="A68:Y68"/>
+    <mergeCell ref="A78:Y78"/>
+    <mergeCell ref="A88:Y88"/>
+    <mergeCell ref="A98:Y98"/>
+    <mergeCell ref="A108:Y108"/>
+    <mergeCell ref="A118:Y118"/>
+    <mergeCell ref="A128:Y128"/>
+    <mergeCell ref="A138:Y138"/>
+    <mergeCell ref="A148:Y148"/>
+    <mergeCell ref="A158:Y158"/>
+    <mergeCell ref="A168:Y168"/>
+    <mergeCell ref="A178:Y178"/>
+    <mergeCell ref="A188:Y188"/>
+    <mergeCell ref="A198:Y198"/>
   </mergeCells>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>