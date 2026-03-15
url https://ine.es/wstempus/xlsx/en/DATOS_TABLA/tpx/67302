--- v1 (2026-01-29)
+++ v2 (2026-03-15)
@@ -348,51 +348,51 @@
       <c r="H3" s="11"/>
       <c r="I3" s="11"/>
       <c r="J3" s="11"/>
       <c r="K3" s="11"/>
     </row>
     <row r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t xml:space="preserve">Secondary income distribution account by Autonomous Communities, resources/uses and period. </t>
         </is>
       </c>
       <c r="B4" s="3"/>
       <c r="C4" s="3"/>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
       <c r="F4" s="3"/>
       <c r="G4" s="3"/>
       <c r="H4" s="3"/>
       <c r="I4" s="3"/>
       <c r="J4" s="3"/>
       <c r="K4" s="3"/>
     </row>
     <row r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
-          <t>Units: thousands of euros</t>
+          <t>Unidades: thousands of euros</t>
         </is>
       </c>
       <c r="B5" s="4"/>
       <c r="C5" s="4"/>
       <c r="D5" s="4"/>
       <c r="E5" s="4"/>
       <c r="F5" s="4"/>
       <c r="G5" s="4"/>
       <c r="H5" s="4"/>
       <c r="I5" s="4"/>
       <c r="J5" s="4"/>
       <c r="K5" s="4"/>
     </row>
     <row r="6">
       <c r="A6" s="11" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="B6" s="11"/>
       <c r="C6" s="11"/>
       <c r="D6" s="11"/>
       <c r="E6" s="11"/>
       <c r="F6" s="11"/>
       <c r="G6" s="11"/>
@@ -509,14919 +509,14919 @@
       </c>
       <c r="V7" s="6" t="inlineStr">
         <is>
           <t>2003</t>
         </is>
       </c>
       <c r="W7" s="6" t="inlineStr">
         <is>
           <t>2002</t>
         </is>
       </c>
       <c r="X7" s="6" t="inlineStr">
         <is>
           <t>2001</t>
         </is>
       </c>
       <c r="Y7" s="6" t="inlineStr">
         <is>
           <t>2000</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="6" t="inlineStr">
         <is>
-          <t>National Total</t>
+          <t>ANDALUCIA</t>
         </is>
       </c>
       <c r="B8" s="6"/>
       <c r="C8" s="6"/>
       <c r="D8" s="6"/>
       <c r="E8" s="6"/>
       <c r="F8" s="6"/>
       <c r="G8" s="6"/>
       <c r="H8" s="6"/>
       <c r="I8" s="6"/>
       <c r="J8" s="6"/>
       <c r="K8" s="6"/>
       <c r="L8" s="6"/>
       <c r="M8" s="6"/>
       <c r="N8" s="6"/>
       <c r="O8" s="6"/>
       <c r="P8" s="6"/>
       <c r="Q8" s="6"/>
       <c r="R8" s="6"/>
       <c r="S8" s="6"/>
       <c r="T8" s="6"/>
       <c r="U8" s="6"/>
       <c r="V8" s="6"/>
       <c r="W8" s="6"/>
       <c r="X8" s="6"/>
       <c r="Y8" s="6"/>
     </row>
     <row r="9">
       <c r="A9" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RESOURCES: Balance of gross primary income</t>
         </is>
       </c>
       <c r="B9" s="14" t="n">
-        <v>1.01928E9</v>
+        <v>1.37670637E8</v>
       </c>
       <c r="C9" s="14" t="n">
-        <v>9.26781E8</v>
+        <v>1.27443526E8</v>
       </c>
       <c r="D9" s="14" t="n">
-        <v>8.53699E8</v>
+        <v>1.18296666E8</v>
       </c>
       <c r="E9" s="14" t="n">
-        <v>7.97076E8</v>
+        <v>1.09297814E8</v>
       </c>
       <c r="F9" s="14" t="n">
-        <v>8.49199E8</v>
+        <v>1.15168371E8</v>
       </c>
       <c r="G9" s="14" t="n">
-        <v>8.07596E8</v>
+        <v>1.10013359E8</v>
       </c>
       <c r="H9" s="14" t="n">
-        <v>7.8013E8</v>
+        <v>1.04718002E8</v>
       </c>
       <c r="I9" s="14" t="n">
-        <v>7.49412E8</v>
+        <v>1.00367621E8</v>
       </c>
       <c r="J9" s="14" t="n">
-        <v>7.28291E8</v>
+        <v>9.8362088E7</v>
       </c>
       <c r="K9" s="14" t="n">
-        <v>6.99022E8</v>
+        <v>9.3929376E7</v>
       </c>
       <c r="L9" s="14" t="n">
-        <v>6.91792E8</v>
+        <v>9.3019831E7</v>
       </c>
       <c r="M9" s="14" t="n">
-        <v>6.98518E8</v>
+        <v>9.3828466E7</v>
       </c>
       <c r="N9" s="14" t="n">
-        <v>7.43971E8</v>
+        <v>1.0041145E8</v>
       </c>
       <c r="O9" s="14" t="n">
-        <v>7.42018E8</v>
+        <v>1.00444362E8</v>
       </c>
       <c r="P9" s="14" t="n">
-        <v>7.41216E8</v>
+        <v>1.01048499E8</v>
       </c>
       <c r="Q9" s="14" t="n">
-        <v>7.75966E8</v>
+        <v>1.0485342E8</v>
       </c>
       <c r="R9" s="14" t="n">
-        <v>7.52792E8</v>
+        <v>1.03121165E8</v>
       </c>
       <c r="S9" s="14" t="n">
-        <v>7.07378E8</v>
+        <v>9.7338861E7</v>
       </c>
       <c r="T9" s="14" t="n">
-        <v>6.58575E8</v>
+        <v>9.0471885E7</v>
       </c>
       <c r="U9" s="14" t="n">
-        <v>6.15106E8</v>
+        <v>8.4222086E7</v>
       </c>
       <c r="V9" s="14" t="n">
-        <v>5.77351E8</v>
+        <v>7.8392205E7</v>
       </c>
       <c r="W9" s="14" t="n">
-        <v>5.40878E8</v>
+        <v>7.2500795E7</v>
       </c>
       <c r="X9" s="14" t="n">
-        <v>5.11503E8</v>
+        <v>6.8216754E7</v>
       </c>
       <c r="Y9" s="14" t="n">
-        <v>4.70195E8</v>
+        <v>6.2580316E7</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RESOURCES: Net social contributions</t>
         </is>
       </c>
       <c r="B10" s="14" t="n">
-        <v>365000.0</v>
+        <v>52699.0</v>
       </c>
       <c r="C10" s="14" t="n">
-        <v>262000.0</v>
+        <v>37716.0</v>
       </c>
       <c r="D10" s="14" t="n">
-        <v>295000.0</v>
+        <v>42118.0</v>
       </c>
       <c r="E10" s="14" t="n">
-        <v>299000.0</v>
+        <v>42102.0</v>
       </c>
       <c r="F10" s="14" t="n">
-        <v>302000.0</v>
+        <v>42879.0</v>
       </c>
       <c r="G10" s="14" t="n">
-        <v>227000.0</v>
+        <v>31885.0</v>
       </c>
       <c r="H10" s="14" t="n">
-        <v>194000.0</v>
+        <v>27118.0</v>
       </c>
       <c r="I10" s="14" t="n">
-        <v>143000.0</v>
+        <v>19796.0</v>
       </c>
       <c r="J10" s="14" t="n">
-        <v>138000.0</v>
+        <v>19240.0</v>
       </c>
       <c r="K10" s="14" t="n">
-        <v>131000.0</v>
+        <v>18189.0</v>
       </c>
       <c r="L10" s="14" t="n">
-        <v>145000.0</v>
+        <v>20058.0</v>
       </c>
       <c r="M10" s="14" t="n">
-        <v>187000.0</v>
+        <v>26199.0</v>
       </c>
       <c r="N10" s="14" t="n">
-        <v>234000.0</v>
+        <v>33080.0</v>
       </c>
       <c r="O10" s="14" t="n">
-        <v>284000.0</v>
+        <v>40087.0</v>
       </c>
       <c r="P10" s="14" t="n">
-        <v>320000.0</v>
+        <v>45075.0</v>
       </c>
       <c r="Q10" s="14" t="n">
-        <v>378000.0</v>
+        <v>53716.0</v>
       </c>
       <c r="R10" s="14" t="n">
-        <v>361000.0</v>
+        <v>51767.0</v>
       </c>
       <c r="S10" s="14" t="n">
-        <v>361000.0</v>
+        <v>51923.0</v>
       </c>
       <c r="T10" s="14" t="n">
-        <v>354000.0</v>
+        <v>50372.0</v>
       </c>
       <c r="U10" s="14" t="n">
-        <v>290000.0</v>
+        <v>40827.0</v>
       </c>
       <c r="V10" s="14" t="n">
-        <v>255000.0</v>
+        <v>34620.0</v>
       </c>
       <c r="W10" s="14" t="n">
-        <v>238000.0</v>
+        <v>31666.0</v>
       </c>
       <c r="X10" s="14" t="n">
-        <v>220000.0</v>
+        <v>28956.0</v>
       </c>
       <c r="Y10" s="14" t="n">
-        <v>210000.0</v>
+        <v>27332.0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RESOURCES: Social benefits other than social transfers in kind (1)</t>
         </is>
       </c>
       <c r="B11" s="14" t="n">
-        <v>2.70785E8</v>
+        <v>4.3152435E7</v>
       </c>
       <c r="C11" s="14" t="n">
-        <v>2.45815E8</v>
+        <v>3.9163013E7</v>
       </c>
       <c r="D11" s="14" t="n">
-        <v>2.49586E8</v>
+        <v>3.9823156E7</v>
       </c>
       <c r="E11" s="14" t="n">
-        <v>2.48522E8</v>
+        <v>3.9274945E7</v>
       </c>
       <c r="F11" s="14" t="n">
-        <v>2.16623E8</v>
+        <v>3.4114266E7</v>
       </c>
       <c r="G11" s="14" t="n">
-        <v>2.02668E8</v>
+        <v>3.2006042E7</v>
       </c>
       <c r="H11" s="14" t="n">
-        <v>1.94361E8</v>
+        <v>3.0627201E7</v>
       </c>
       <c r="I11" s="14" t="n">
-        <v>1.91724E8</v>
+        <v>3.0260967E7</v>
       </c>
       <c r="J11" s="14" t="n">
-        <v>1.89252E8</v>
+        <v>2.9961224E7</v>
       </c>
       <c r="K11" s="14" t="n">
-        <v>1.90689E8</v>
+        <v>2.9775742E7</v>
       </c>
       <c r="L11" s="14" t="n">
-        <v>1.9273E8</v>
+        <v>3.0221168E7</v>
       </c>
       <c r="M11" s="14" t="n">
-        <v>1.90198E8</v>
+        <v>3.0156745E7</v>
       </c>
       <c r="N11" s="14" t="n">
-        <v>1.86107E8</v>
+        <v>2.9621431E7</v>
       </c>
       <c r="O11" s="14" t="n">
-        <v>1.86011E8</v>
+        <v>2.9462972E7</v>
       </c>
       <c r="P11" s="14" t="n">
-        <v>1.7757E8</v>
+        <v>2.8608104E7</v>
       </c>
       <c r="Q11" s="14" t="n">
-        <v>1.58947E8</v>
+        <v>2.5921807E7</v>
       </c>
       <c r="R11" s="14" t="n">
-        <v>1.41047E8</v>
+        <v>2.2602788E7</v>
       </c>
       <c r="S11" s="14" t="n">
-        <v>1.31726E8</v>
+        <v>2.1148463E7</v>
       </c>
       <c r="T11" s="14" t="n">
-        <v>1.21288E8</v>
+        <v>1.9473236E7</v>
       </c>
       <c r="U11" s="14" t="n">
-        <v>1.13425E8</v>
+        <v>1.8169778E7</v>
       </c>
       <c r="V11" s="14" t="n">
-        <v>1.03369E8</v>
+        <v>1.666225E7</v>
       </c>
       <c r="W11" s="14" t="n">
-        <v>9.7966E7</v>
+        <v>1.5979267E7</v>
       </c>
       <c r="X11" s="14" t="n">
-        <v>8.8602E7</v>
+        <v>1.456223E7</v>
       </c>
       <c r="Y11" s="14" t="n">
-        <v>8.5214E7</v>
+        <v>1.3920494E7</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RESOURCES: Other current transfers</t>
         </is>
       </c>
       <c r="B12" s="14" t="n">
-        <v>8.8905E7</v>
+        <v>1.5873427E7</v>
       </c>
       <c r="C12" s="14" t="n">
-        <v>8.3044E7</v>
+        <v>1.4704134E7</v>
       </c>
       <c r="D12" s="14" t="n">
-        <v>7.9801E7</v>
+        <v>1.4273029E7</v>
       </c>
       <c r="E12" s="14" t="n">
-        <v>6.6021E7</v>
+        <v>1.1261198E7</v>
       </c>
       <c r="F12" s="14" t="n">
-        <v>6.6065E7</v>
+        <v>1.0678829E7</v>
       </c>
       <c r="G12" s="14" t="n">
-        <v>6.2859E7</v>
+        <v>1.0444902E7</v>
       </c>
       <c r="H12" s="14" t="n">
-        <v>5.7786E7</v>
+        <v>9472127.0</v>
       </c>
       <c r="I12" s="14" t="n">
-        <v>5.1176E7</v>
+        <v>8462323.0</v>
       </c>
       <c r="J12" s="14" t="n">
-        <v>4.6827E7</v>
+        <v>7769337.0</v>
       </c>
       <c r="K12" s="14" t="n">
-        <v>4.3916E7</v>
+        <v>6945065.0</v>
       </c>
       <c r="L12" s="14" t="n">
-        <v>4.2625E7</v>
+        <v>6904331.0</v>
       </c>
       <c r="M12" s="14" t="n">
-        <v>4.2052E7</v>
+        <v>6764343.0</v>
       </c>
       <c r="N12" s="14" t="n">
-        <v>4.2008E7</v>
+        <v>6739037.0</v>
       </c>
       <c r="O12" s="14" t="n">
-        <v>4.1348E7</v>
+        <v>6538168.0</v>
       </c>
       <c r="P12" s="14" t="n">
-        <v>4.5828E7</v>
+        <v>6708891.0</v>
       </c>
       <c r="Q12" s="14" t="n">
-        <v>4.7632E7</v>
+        <v>6980486.0</v>
       </c>
       <c r="R12" s="14" t="n">
-        <v>4.4974E7</v>
+        <v>6634623.0</v>
       </c>
       <c r="S12" s="14" t="n">
-        <v>4.1473E7</v>
+        <v>6324085.0</v>
       </c>
       <c r="T12" s="14" t="n">
-        <v>4.1627E7</v>
+        <v>6420185.0</v>
       </c>
       <c r="U12" s="14" t="n">
-        <v>4.0959E7</v>
+        <v>6086235.0</v>
       </c>
       <c r="V12" s="14" t="n">
-        <v>3.9291E7</v>
+        <v>5676930.0</v>
       </c>
       <c r="W12" s="14" t="n">
-        <v>3.7496E7</v>
+        <v>5449452.0</v>
       </c>
       <c r="X12" s="14" t="n">
-        <v>3.6516E7</v>
+        <v>5311645.0</v>
       </c>
       <c r="Y12" s="14" t="n">
-        <v>3.486E7</v>
+        <v>5043981.0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT: Current taxes on income, capital gains, etc.</t>
         </is>
       </c>
       <c r="B13" s="14" t="n">
-        <v>1.45224E8</v>
+        <v>1.7439728E7</v>
       </c>
       <c r="C13" s="14" t="n">
-        <v>1.32703E8</v>
+        <v>1.5810147E7</v>
       </c>
       <c r="D13" s="14" t="n">
-        <v>1.13574E8</v>
+        <v>1.3555213E7</v>
       </c>
       <c r="E13" s="14" t="n">
-        <v>1.05272E8</v>
+        <v>1.2304018E7</v>
       </c>
       <c r="F13" s="14" t="n">
-        <v>1.06217E8</v>
+        <v>1.2108437E7</v>
       </c>
       <c r="G13" s="14" t="n">
-        <v>1.00767E8</v>
+        <v>1.1489259E7</v>
       </c>
       <c r="H13" s="14" t="n">
-        <v>9.3779E7</v>
+        <v>1.067136E7</v>
       </c>
       <c r="I13" s="14" t="n">
-        <v>8.779E7</v>
+        <v>1.0014171E7</v>
       </c>
       <c r="J13" s="14" t="n">
-        <v>8.5655E7</v>
+        <v>9804018.0</v>
       </c>
       <c r="K13" s="14" t="n">
-        <v>8.594E7</v>
+        <v>9798668.0</v>
       </c>
       <c r="L13" s="14" t="n">
-        <v>8.3867E7</v>
+        <v>9579132.0</v>
       </c>
       <c r="M13" s="14" t="n">
-        <v>8.3437E7</v>
+        <v>9618857.0</v>
       </c>
       <c r="N13" s="14" t="n">
-        <v>8.236E7</v>
+        <v>9681240.0</v>
       </c>
       <c r="O13" s="14" t="n">
-        <v>8.0534E7</v>
+        <v>9558788.0</v>
       </c>
       <c r="P13" s="14" t="n">
-        <v>7.6291E7</v>
+        <v>8998290.0</v>
       </c>
       <c r="Q13" s="14" t="n">
-        <v>8.5426E7</v>
+        <v>9866991.0</v>
       </c>
       <c r="R13" s="14" t="n">
-        <v>8.6747E7</v>
+        <v>1.0359474E7</v>
       </c>
       <c r="S13" s="14" t="n">
-        <v>7.4521E7</v>
+        <v>8853188.0</v>
       </c>
       <c r="T13" s="14" t="n">
-        <v>6.491E7</v>
+        <v>7674772.0</v>
       </c>
       <c r="U13" s="14" t="n">
-        <v>6.2224E7</v>
+        <v>7325723.0</v>
       </c>
       <c r="V13" s="14" t="n">
-        <v>5.4831E7</v>
+        <v>6166677.0</v>
       </c>
       <c r="W13" s="14" t="n">
-        <v>5.408E7</v>
+        <v>6035524.0</v>
       </c>
       <c r="X13" s="14" t="n">
-        <v>4.9648E7</v>
+        <v>5264880.0</v>
       </c>
       <c r="Y13" s="14" t="n">
-        <v>4.4847E7</v>
+        <v>4649106.0</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT:   Net social contributions (2)</t>
         </is>
       </c>
       <c r="B14" s="14" t="n">
-        <v>2.12349E8</v>
+        <v>3.0000862E7</v>
       </c>
       <c r="C14" s="14" t="n">
-        <v>1.93008E8</v>
+        <v>2.7416997E7</v>
       </c>
       <c r="D14" s="14" t="n">
-        <v>1.84938E8</v>
+        <v>2.6443232E7</v>
       </c>
       <c r="E14" s="14" t="n">
-        <v>1.74718E8</v>
+        <v>2.4634957E7</v>
       </c>
       <c r="F14" s="14" t="n">
-        <v>1.73825E8</v>
+        <v>2.4475896E7</v>
       </c>
       <c r="G14" s="14" t="n">
-        <v>1.60843E8</v>
+        <v>2.2597769E7</v>
       </c>
       <c r="H14" s="14" t="n">
-        <v>1.54108E8</v>
+        <v>2.152731E7</v>
       </c>
       <c r="I14" s="14" t="n">
-        <v>1.48006E8</v>
+        <v>2.0593124E7</v>
       </c>
       <c r="J14" s="14" t="n">
-        <v>1.44649E8</v>
+        <v>2.0085052E7</v>
       </c>
       <c r="K14" s="14" t="n">
-        <v>1.44473E8</v>
+        <v>1.9972554E7</v>
       </c>
       <c r="L14" s="14" t="n">
-        <v>1.42698E8</v>
+        <v>1.9904742E7</v>
       </c>
       <c r="M14" s="14" t="n">
-        <v>1.46666E8</v>
+        <v>2.0376013E7</v>
       </c>
       <c r="N14" s="14" t="n">
-        <v>1.53657E8</v>
+        <v>2.1442238E7</v>
       </c>
       <c r="O14" s="14" t="n">
-        <v>1.57197E8</v>
+        <v>2.2007781E7</v>
       </c>
       <c r="P14" s="14" t="n">
-        <v>1.56774E8</v>
+        <v>2.2199066E7</v>
       </c>
       <c r="Q14" s="14" t="n">
-        <v>1.601E8</v>
+        <v>2.2693412E7</v>
       </c>
       <c r="R14" s="14" t="n">
-        <v>1.51083E8</v>
+        <v>2.1790244E7</v>
       </c>
       <c r="S14" s="14" t="n">
-        <v>1.42007E8</v>
+        <v>2.0428353E7</v>
       </c>
       <c r="T14" s="14" t="n">
-        <v>1.29642E8</v>
+        <v>1.8392382E7</v>
       </c>
       <c r="U14" s="14" t="n">
-        <v>1.20848E8</v>
+        <v>1.6939251E7</v>
       </c>
       <c r="V14" s="14" t="n">
-        <v>1.10457E8</v>
+        <v>1.5078999E7</v>
       </c>
       <c r="W14" s="14" t="n">
-        <v>1.05602E8</v>
+        <v>1.4240325E7</v>
       </c>
       <c r="X14" s="14" t="n">
-        <v>9.8381E7</v>
+        <v>1.3082531E7</v>
       </c>
       <c r="Y14" s="14" t="n">
-        <v>9.1754E7</v>
+        <v>1.2202497E7</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT: Social benefits other than social transfers in kind</t>
         </is>
       </c>
       <c r="B15" s="14" t="n">
-        <v>390000.0</v>
+        <v>55139.0</v>
       </c>
       <c r="C15" s="14" t="n">
-        <v>352000.0</v>
+        <v>50283.0</v>
       </c>
       <c r="D15" s="14" t="n">
-        <v>231000.0</v>
+        <v>32833.0</v>
       </c>
       <c r="E15" s="14" t="n">
-        <v>201000.0</v>
+        <v>28079.0</v>
       </c>
       <c r="F15" s="14" t="n">
-        <v>207000.0</v>
+        <v>29461.0</v>
       </c>
       <c r="G15" s="14" t="n">
-        <v>159000.0</v>
+        <v>21630.0</v>
       </c>
       <c r="H15" s="14" t="n">
-        <v>130000.0</v>
+        <v>17938.0</v>
       </c>
       <c r="I15" s="14" t="n">
-        <v>109000.0</v>
+        <v>14309.0</v>
       </c>
       <c r="J15" s="14" t="n">
-        <v>89000.0</v>
+        <v>12259.0</v>
       </c>
       <c r="K15" s="14" t="n">
-        <v>57000.0</v>
+        <v>7710.0</v>
       </c>
       <c r="L15" s="14" t="n">
-        <v>90000.0</v>
+        <v>12001.0</v>
       </c>
       <c r="M15" s="14" t="n">
-        <v>133000.0</v>
+        <v>18880.0</v>
       </c>
       <c r="N15" s="14" t="n">
-        <v>137000.0</v>
+        <v>18654.0</v>
       </c>
       <c r="O15" s="14" t="n">
-        <v>326000.0</v>
+        <v>45923.0</v>
       </c>
       <c r="P15" s="14" t="n">
-        <v>313000.0</v>
+        <v>43220.0</v>
       </c>
       <c r="Q15" s="14" t="n">
-        <v>344000.0</v>
+        <v>47622.0</v>
       </c>
       <c r="R15" s="14" t="n">
-        <v>375000.0</v>
+        <v>49734.0</v>
       </c>
       <c r="S15" s="14" t="n">
-        <v>335000.0</v>
+        <v>44999.0</v>
       </c>
       <c r="T15" s="14" t="n">
-        <v>302000.0</v>
+        <v>40591.0</v>
       </c>
       <c r="U15" s="14" t="n">
-        <v>266000.0</v>
+        <v>35354.0</v>
       </c>
       <c r="V15" s="14" t="n">
-        <v>245000.0</v>
+        <v>31137.0</v>
       </c>
       <c r="W15" s="14" t="n">
-        <v>213000.0</v>
+        <v>27071.0</v>
       </c>
       <c r="X15" s="14" t="n">
-        <v>160000.0</v>
+        <v>19654.0</v>
       </c>
       <c r="Y15" s="14" t="n">
-        <v>237000.0</v>
+        <v>28790.0</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT:   Other current transfers</t>
         </is>
       </c>
       <c r="B16" s="14" t="n">
-        <v>1.00017E8</v>
+        <v>1.6973834E7</v>
       </c>
       <c r="C16" s="14" t="n">
-        <v>9.313E7</v>
+        <v>1.5829004E7</v>
       </c>
       <c r="D16" s="14" t="n">
-        <v>8.9507E7</v>
+        <v>1.5256048E7</v>
       </c>
       <c r="E16" s="14" t="n">
-        <v>7.3067E7</v>
+        <v>1.1973082E7</v>
       </c>
       <c r="F16" s="14" t="n">
-        <v>7.5757E7</v>
+        <v>1.2094854E7</v>
       </c>
       <c r="G16" s="14" t="n">
-        <v>7.2019E7</v>
+        <v>1.153264E7</v>
       </c>
       <c r="H16" s="14" t="n">
-        <v>6.5867E7</v>
+        <v>1.0483227E7</v>
       </c>
       <c r="I16" s="14" t="n">
-        <v>5.8466E7</v>
+        <v>9222624.0</v>
       </c>
       <c r="J16" s="14" t="n">
-        <v>5.3668E7</v>
+        <v>8197866.0</v>
       </c>
       <c r="K16" s="14" t="n">
-        <v>4.9938E7</v>
+        <v>7548063.0</v>
       </c>
       <c r="L16" s="14" t="n">
-        <v>4.9436E7</v>
+        <v>7640414.0</v>
       </c>
       <c r="M16" s="14" t="n">
-        <v>4.7618E7</v>
+        <v>7306463.0</v>
       </c>
       <c r="N16" s="14" t="n">
-        <v>4.7079E7</v>
+        <v>7128045.0</v>
       </c>
       <c r="O16" s="14" t="n">
-        <v>4.7338E7</v>
+        <v>7122704.0</v>
       </c>
       <c r="P16" s="14" t="n">
-        <v>5.064E7</v>
+        <v>7314318.0</v>
       </c>
       <c r="Q16" s="14" t="n">
-        <v>5.2619E7</v>
+        <v>7575274.0</v>
       </c>
       <c r="R16" s="14" t="n">
-        <v>5.1088E7</v>
+        <v>7537129.0</v>
       </c>
       <c r="S16" s="14" t="n">
-        <v>4.6827E7</v>
+        <v>6999707.0</v>
       </c>
       <c r="T16" s="14" t="n">
-        <v>4.5381E7</v>
+        <v>6902434.0</v>
       </c>
       <c r="U16" s="14" t="n">
-        <v>4.1919E7</v>
+        <v>6226086.0</v>
       </c>
       <c r="V16" s="14" t="n">
-        <v>3.99E7</v>
+        <v>5819372.0</v>
       </c>
       <c r="W16" s="14" t="n">
-        <v>3.7657E7</v>
+        <v>5498961.0</v>
       </c>
       <c r="X16" s="14" t="n">
-        <v>3.6329E7</v>
+        <v>5322915.0</v>
       </c>
       <c r="Y16" s="14" t="n">
-        <v>3.3657E7</v>
+        <v>4885600.0</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT: Gross disposable income</t>
         </is>
       </c>
       <c r="B17" s="14" t="n">
-        <v>9.21355E8</v>
+        <v>1.32279635E8</v>
       </c>
       <c r="C17" s="14" t="n">
-        <v>8.36709E8</v>
+        <v>1.22241958E8</v>
       </c>
       <c r="D17" s="14" t="n">
-        <v>7.95131E8</v>
+        <v>1.17147643E8</v>
       </c>
       <c r="E17" s="14" t="n">
-        <v>7.5866E8</v>
+        <v>1.10935923E8</v>
       </c>
       <c r="F17" s="14" t="n">
-        <v>7.76183E8</v>
+        <v>1.11295697E8</v>
       </c>
       <c r="G17" s="14" t="n">
-        <v>7.39562E8</v>
+        <v>1.0685489E8</v>
       </c>
       <c r="H17" s="14" t="n">
-        <v>7.18587E8</v>
+        <v>1.02144613E8</v>
       </c>
       <c r="I17" s="14" t="n">
-        <v>6.98084E8</v>
+        <v>9.9266479E7</v>
       </c>
       <c r="J17" s="14" t="n">
-        <v>6.80447E8</v>
+        <v>9.8012694E7</v>
       </c>
       <c r="K17" s="14" t="n">
-        <v>6.5335E8</v>
+        <v>9.3341377E7</v>
       </c>
       <c r="L17" s="14" t="n">
-        <v>6.51201E8</v>
+        <v>9.3029099E7</v>
       </c>
       <c r="M17" s="14" t="n">
-        <v>6.53101E8</v>
+        <v>9.345554E7</v>
       </c>
       <c r="N17" s="14" t="n">
-        <v>6.89087E8</v>
+        <v>9.8534821E7</v>
       </c>
       <c r="O17" s="14" t="n">
-        <v>6.84266E8</v>
+        <v>9.7750393E7</v>
       </c>
       <c r="P17" s="14" t="n">
-        <v>6.80916E8</v>
+        <v>9.7855675E7</v>
       </c>
       <c r="Q17" s="14" t="n">
-        <v>6.84434E8</v>
+        <v>9.762613E7</v>
       </c>
       <c r="R17" s="14" t="n">
-        <v>6.49881E8</v>
+        <v>9.2673762E7</v>
       </c>
       <c r="S17" s="14" t="n">
-        <v>6.17248E8</v>
+        <v>8.8537085E7</v>
       </c>
       <c r="T17" s="14" t="n">
-        <v>5.81609E8</v>
+        <v>8.3405499E7</v>
       </c>
       <c r="U17" s="14" t="n">
-        <v>5.44523E8</v>
+        <v>7.7992512E7</v>
       </c>
       <c r="V17" s="14" t="n">
-        <v>5.14833E8</v>
+        <v>7.366982E7</v>
       </c>
       <c r="W17" s="14" t="n">
-        <v>4.79026E8</v>
+        <v>6.8159299E7</v>
       </c>
       <c r="X17" s="14" t="n">
-        <v>4.52323E8</v>
+        <v>6.4429605E7</v>
       </c>
       <c r="Y17" s="14" t="n">
-        <v>4.19984E8</v>
+        <v>5.980613E7</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="6" t="inlineStr">
         <is>
-          <t>01 Andalucía</t>
+          <t>ARAGON</t>
         </is>
       </c>
       <c r="B18" s="6"/>
       <c r="C18" s="6"/>
       <c r="D18" s="6"/>
       <c r="E18" s="6"/>
       <c r="F18" s="6"/>
       <c r="G18" s="6"/>
       <c r="H18" s="6"/>
       <c r="I18" s="6"/>
       <c r="J18" s="6"/>
       <c r="K18" s="6"/>
       <c r="L18" s="6"/>
       <c r="M18" s="6"/>
       <c r="N18" s="6"/>
       <c r="O18" s="6"/>
       <c r="P18" s="6"/>
       <c r="Q18" s="6"/>
       <c r="R18" s="6"/>
       <c r="S18" s="6"/>
       <c r="T18" s="6"/>
       <c r="U18" s="6"/>
       <c r="V18" s="6"/>
       <c r="W18" s="6"/>
       <c r="X18" s="6"/>
       <c r="Y18" s="6"/>
     </row>
     <row r="19">
       <c r="A19" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RESOURCES: Balance of gross primary income</t>
         </is>
       </c>
       <c r="B19" s="14" t="n">
-        <v>1.37670637E8</v>
+        <v>3.0358372E7</v>
       </c>
       <c r="C19" s="14" t="n">
-        <v>1.27443526E8</v>
+        <v>2.7747525E7</v>
       </c>
       <c r="D19" s="14" t="n">
-        <v>1.18296666E8</v>
+        <v>2.5480887E7</v>
       </c>
       <c r="E19" s="14" t="n">
-        <v>1.09297814E8</v>
+        <v>2.4264052E7</v>
       </c>
       <c r="F19" s="14" t="n">
-        <v>1.15168371E8</v>
+        <v>2.5220137E7</v>
       </c>
       <c r="G19" s="14" t="n">
-        <v>1.10013359E8</v>
+        <v>2.4053759E7</v>
       </c>
       <c r="H19" s="14" t="n">
-        <v>1.04718002E8</v>
+        <v>2.3410746E7</v>
       </c>
       <c r="I19" s="14" t="n">
-        <v>1.00367621E8</v>
+        <v>2.2478515E7</v>
       </c>
       <c r="J19" s="14" t="n">
-        <v>9.8362088E7</v>
+        <v>2.1849064E7</v>
       </c>
       <c r="K19" s="14" t="n">
-        <v>9.3929376E7</v>
+        <v>2.133985E7</v>
       </c>
       <c r="L19" s="14" t="n">
-        <v>9.3019831E7</v>
+        <v>2.1337646E7</v>
       </c>
       <c r="M19" s="14" t="n">
-        <v>9.3828466E7</v>
+        <v>2.1669078E7</v>
       </c>
       <c r="N19" s="14" t="n">
-        <v>1.0041145E8</v>
+        <v>2.3126728E7</v>
       </c>
       <c r="O19" s="14" t="n">
-        <v>1.00444362E8</v>
+        <v>2.3101454E7</v>
       </c>
       <c r="P19" s="14" t="n">
-        <v>1.01048499E8</v>
+        <v>2.3245984E7</v>
       </c>
       <c r="Q19" s="14" t="n">
-        <v>1.0485342E8</v>
+        <v>2.4565569E7</v>
       </c>
       <c r="R19" s="14" t="n">
-        <v>1.03121165E8</v>
+        <v>2.3737526E7</v>
       </c>
       <c r="S19" s="14" t="n">
-        <v>9.7338861E7</v>
+        <v>2.218407E7</v>
       </c>
       <c r="T19" s="14" t="n">
-        <v>9.0471885E7</v>
+        <v>2.04893E7</v>
       </c>
       <c r="U19" s="14" t="n">
-        <v>8.4222086E7</v>
+        <v>1.9209404E7</v>
       </c>
       <c r="V19" s="14" t="n">
-        <v>7.8392205E7</v>
+        <v>1.8271511E7</v>
       </c>
       <c r="W19" s="14" t="n">
-        <v>7.2500795E7</v>
+        <v>1.7229314E7</v>
       </c>
       <c r="X19" s="14" t="n">
-        <v>6.8216754E7</v>
+        <v>1.6165586E7</v>
       </c>
       <c r="Y19" s="14" t="n">
-        <v>6.2580316E7</v>
+        <v>1.4984513E7</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RESOURCES: Net social contributions</t>
         </is>
       </c>
       <c r="B20" s="14" t="n">
-        <v>52699.0</v>
+        <v>10816.0</v>
       </c>
       <c r="C20" s="14" t="n">
-        <v>37716.0</v>
+        <v>7829.0</v>
       </c>
       <c r="D20" s="14" t="n">
-        <v>42118.0</v>
+        <v>8962.0</v>
       </c>
       <c r="E20" s="14" t="n">
-        <v>42102.0</v>
+        <v>9183.0</v>
       </c>
       <c r="F20" s="14" t="n">
-        <v>42879.0</v>
+        <v>9161.0</v>
       </c>
       <c r="G20" s="14" t="n">
-        <v>31885.0</v>
+        <v>6884.0</v>
       </c>
       <c r="H20" s="14" t="n">
-        <v>27118.0</v>
+        <v>5896.0</v>
       </c>
       <c r="I20" s="14" t="n">
-        <v>19796.0</v>
+        <v>4338.0</v>
       </c>
       <c r="J20" s="14" t="n">
-        <v>19240.0</v>
+        <v>4191.0</v>
       </c>
       <c r="K20" s="14" t="n">
-        <v>18189.0</v>
+        <v>4014.0</v>
       </c>
       <c r="L20" s="14" t="n">
-        <v>20058.0</v>
+        <v>4473.0</v>
       </c>
       <c r="M20" s="14" t="n">
-        <v>26199.0</v>
+        <v>5781.0</v>
       </c>
       <c r="N20" s="14" t="n">
-        <v>33080.0</v>
+        <v>7224.0</v>
       </c>
       <c r="O20" s="14" t="n">
-        <v>40087.0</v>
+        <v>8832.0</v>
       </c>
       <c r="P20" s="14" t="n">
-        <v>45075.0</v>
+        <v>9913.0</v>
       </c>
       <c r="Q20" s="14" t="n">
-        <v>53716.0</v>
+        <v>11790.0</v>
       </c>
       <c r="R20" s="14" t="n">
-        <v>51767.0</v>
+        <v>11170.0</v>
       </c>
       <c r="S20" s="14" t="n">
-        <v>51923.0</v>
+        <v>10996.0</v>
       </c>
       <c r="T20" s="14" t="n">
-        <v>50372.0</v>
+        <v>10658.0</v>
       </c>
       <c r="U20" s="14" t="n">
-        <v>40827.0</v>
+        <v>8790.0</v>
       </c>
       <c r="V20" s="14" t="n">
-        <v>34620.0</v>
+        <v>7759.0</v>
       </c>
       <c r="W20" s="14" t="n">
-        <v>31666.0</v>
+        <v>7208.0</v>
       </c>
       <c r="X20" s="14" t="n">
-        <v>28956.0</v>
+        <v>6657.0</v>
       </c>
       <c r="Y20" s="14" t="n">
-        <v>27332.0</v>
+        <v>6416.0</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RESOURCES: Social benefits other than social transfers in kind (1)</t>
         </is>
       </c>
       <c r="B21" s="14" t="n">
-        <v>4.3152435E7</v>
+        <v>8355351.0</v>
       </c>
       <c r="C21" s="14" t="n">
-        <v>3.9163013E7</v>
+        <v>7592185.0</v>
       </c>
       <c r="D21" s="14" t="n">
-        <v>3.9823156E7</v>
+        <v>7570327.0</v>
       </c>
       <c r="E21" s="14" t="n">
-        <v>3.9274945E7</v>
+        <v>7577993.0</v>
       </c>
       <c r="F21" s="14" t="n">
-        <v>3.4114266E7</v>
+        <v>6720359.0</v>
       </c>
       <c r="G21" s="14" t="n">
-        <v>3.2006042E7</v>
+        <v>6275320.0</v>
       </c>
       <c r="H21" s="14" t="n">
-        <v>3.0627201E7</v>
+        <v>6019069.0</v>
       </c>
       <c r="I21" s="14" t="n">
-        <v>3.0260967E7</v>
+        <v>5947677.0</v>
       </c>
       <c r="J21" s="14" t="n">
-        <v>2.9961224E7</v>
+        <v>5897645.0</v>
       </c>
       <c r="K21" s="14" t="n">
-        <v>2.9775742E7</v>
+        <v>5968389.0</v>
       </c>
       <c r="L21" s="14" t="n">
-        <v>3.0221168E7</v>
+        <v>6070156.0</v>
       </c>
       <c r="M21" s="14" t="n">
-        <v>3.0156745E7</v>
+        <v>5879927.0</v>
       </c>
       <c r="N21" s="14" t="n">
-        <v>2.9621431E7</v>
+        <v>5700753.0</v>
       </c>
       <c r="O21" s="14" t="n">
-        <v>2.9462972E7</v>
+        <v>5705416.0</v>
       </c>
       <c r="P21" s="14" t="n">
-        <v>2.8608104E7</v>
+        <v>5568474.0</v>
       </c>
       <c r="Q21" s="14" t="n">
-        <v>2.5921807E7</v>
+        <v>4914326.0</v>
       </c>
       <c r="R21" s="14" t="n">
-        <v>2.2602788E7</v>
+        <v>4372552.0</v>
       </c>
       <c r="S21" s="14" t="n">
-        <v>2.1148463E7</v>
+        <v>4112023.0</v>
       </c>
       <c r="T21" s="14" t="n">
-        <v>1.9473236E7</v>
+        <v>3795438.0</v>
       </c>
       <c r="U21" s="14" t="n">
-        <v>1.8169778E7</v>
+        <v>3557056.0</v>
       </c>
       <c r="V21" s="14" t="n">
-        <v>1.666225E7</v>
+        <v>3263007.0</v>
       </c>
       <c r="W21" s="14" t="n">
-        <v>1.5979267E7</v>
+        <v>3120390.0</v>
       </c>
       <c r="X21" s="14" t="n">
-        <v>1.456223E7</v>
+        <v>2847341.0</v>
       </c>
       <c r="Y21" s="14" t="n">
-        <v>1.3920494E7</v>
+        <v>2747416.0</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RESOURCES: Other current transfers</t>
         </is>
       </c>
       <c r="B22" s="14" t="n">
-        <v>1.5873427E7</v>
+        <v>2362842.0</v>
       </c>
       <c r="C22" s="14" t="n">
-        <v>1.4704134E7</v>
+        <v>2219558.0</v>
       </c>
       <c r="D22" s="14" t="n">
-        <v>1.4273029E7</v>
+        <v>2159521.0</v>
       </c>
       <c r="E22" s="14" t="n">
-        <v>1.1261198E7</v>
+        <v>1735918.0</v>
       </c>
       <c r="F22" s="14" t="n">
-        <v>1.0678829E7</v>
+        <v>1759166.0</v>
       </c>
       <c r="G22" s="14" t="n">
-        <v>1.0444902E7</v>
+        <v>1736741.0</v>
       </c>
       <c r="H22" s="14" t="n">
-        <v>9472127.0</v>
+        <v>1543915.0</v>
       </c>
       <c r="I22" s="14" t="n">
-        <v>8462323.0</v>
+        <v>1357928.0</v>
       </c>
       <c r="J22" s="14" t="n">
-        <v>7769337.0</v>
+        <v>1246679.0</v>
       </c>
       <c r="K22" s="14" t="n">
-        <v>6945065.0</v>
+        <v>1095124.0</v>
       </c>
       <c r="L22" s="14" t="n">
-        <v>6904331.0</v>
+        <v>1135599.0</v>
       </c>
       <c r="M22" s="14" t="n">
-        <v>6764343.0</v>
+        <v>1181846.0</v>
       </c>
       <c r="N22" s="14" t="n">
-        <v>6739037.0</v>
+        <v>1273955.0</v>
       </c>
       <c r="O22" s="14" t="n">
-        <v>6538168.0</v>
+        <v>1099313.0</v>
       </c>
       <c r="P22" s="14" t="n">
-        <v>6708891.0</v>
+        <v>1255975.0</v>
       </c>
       <c r="Q22" s="14" t="n">
-        <v>6980486.0</v>
+        <v>1330166.0</v>
       </c>
       <c r="R22" s="14" t="n">
-        <v>6634623.0</v>
+        <v>1237514.0</v>
       </c>
       <c r="S22" s="14" t="n">
-        <v>6324085.0</v>
+        <v>1167088.0</v>
       </c>
       <c r="T22" s="14" t="n">
-        <v>6420185.0</v>
+        <v>1184011.0</v>
       </c>
       <c r="U22" s="14" t="n">
-        <v>6086235.0</v>
+        <v>1158990.0</v>
       </c>
       <c r="V22" s="14" t="n">
-        <v>5676930.0</v>
+        <v>1125848.0</v>
       </c>
       <c r="W22" s="14" t="n">
-        <v>5449452.0</v>
+        <v>1097920.0</v>
       </c>
       <c r="X22" s="14" t="n">
-        <v>5311645.0</v>
+        <v>1027447.0</v>
       </c>
       <c r="Y22" s="14" t="n">
-        <v>5043981.0</v>
+        <v>968829.0</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT: Current taxes on income, capital gains, etc.</t>
         </is>
       </c>
       <c r="B23" s="14" t="n">
-        <v>1.7439728E7</v>
+        <v>4097895.0</v>
       </c>
       <c r="C23" s="14" t="n">
-        <v>1.5810147E7</v>
+        <v>3800517.0</v>
       </c>
       <c r="D23" s="14" t="n">
-        <v>1.3555213E7</v>
+        <v>3255006.0</v>
       </c>
       <c r="E23" s="14" t="n">
-        <v>1.2304018E7</v>
+        <v>3086928.0</v>
       </c>
       <c r="F23" s="14" t="n">
-        <v>1.2108437E7</v>
+        <v>3040776.0</v>
       </c>
       <c r="G23" s="14" t="n">
-        <v>1.1489259E7</v>
+        <v>2917919.0</v>
       </c>
       <c r="H23" s="14" t="n">
-        <v>1.067136E7</v>
+        <v>2735598.0</v>
       </c>
       <c r="I23" s="14" t="n">
-        <v>1.0014171E7</v>
+        <v>2563033.0</v>
       </c>
       <c r="J23" s="14" t="n">
-        <v>9804018.0</v>
+        <v>2570277.0</v>
       </c>
       <c r="K23" s="14" t="n">
-        <v>9798668.0</v>
+        <v>2623837.0</v>
       </c>
       <c r="L23" s="14" t="n">
-        <v>9579132.0</v>
+        <v>2578152.0</v>
       </c>
       <c r="M23" s="14" t="n">
-        <v>9618857.0</v>
+        <v>2596017.0</v>
       </c>
       <c r="N23" s="14" t="n">
-        <v>9681240.0</v>
+        <v>2573575.0</v>
       </c>
       <c r="O23" s="14" t="n">
-        <v>9558788.0</v>
+        <v>2554135.0</v>
       </c>
       <c r="P23" s="14" t="n">
-        <v>8998290.0</v>
+        <v>2420006.0</v>
       </c>
       <c r="Q23" s="14" t="n">
-        <v>9866991.0</v>
+        <v>2730983.0</v>
       </c>
       <c r="R23" s="14" t="n">
-        <v>1.0359474E7</v>
+        <v>2791601.0</v>
       </c>
       <c r="S23" s="14" t="n">
-        <v>8853188.0</v>
+        <v>2383711.0</v>
       </c>
       <c r="T23" s="14" t="n">
-        <v>7674772.0</v>
+        <v>2044703.0</v>
       </c>
       <c r="U23" s="14" t="n">
-        <v>7325723.0</v>
+        <v>1959120.0</v>
       </c>
       <c r="V23" s="14" t="n">
-        <v>6166677.0</v>
+        <v>1715828.0</v>
       </c>
       <c r="W23" s="14" t="n">
-        <v>6035524.0</v>
+        <v>1706901.0</v>
       </c>
       <c r="X23" s="14" t="n">
-        <v>5264880.0</v>
+        <v>1559688.0</v>
       </c>
       <c r="Y23" s="14" t="n">
-        <v>4649106.0</v>
+        <v>1441672.0</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT:   Net social contributions (2)</t>
         </is>
       </c>
       <c r="B24" s="14" t="n">
-        <v>3.0000862E7</v>
+        <v>6282292.0</v>
       </c>
       <c r="C24" s="14" t="n">
-        <v>2.7416997E7</v>
+        <v>5692077.0</v>
       </c>
       <c r="D24" s="14" t="n">
-        <v>2.6443232E7</v>
+        <v>5594520.0</v>
       </c>
       <c r="E24" s="14" t="n">
-        <v>2.4634957E7</v>
+        <v>5307920.0</v>
       </c>
       <c r="F24" s="14" t="n">
-        <v>2.4475896E7</v>
+        <v>5273873.0</v>
       </c>
       <c r="G24" s="14" t="n">
-        <v>2.2597769E7</v>
+        <v>4912386.0</v>
       </c>
       <c r="H24" s="14" t="n">
-        <v>2.152731E7</v>
+        <v>4720262.0</v>
       </c>
       <c r="I24" s="14" t="n">
-        <v>2.0593124E7</v>
+        <v>4539703.0</v>
       </c>
       <c r="J24" s="14" t="n">
-        <v>2.0085052E7</v>
+        <v>4450799.0</v>
       </c>
       <c r="K24" s="14" t="n">
-        <v>1.9972554E7</v>
+        <v>4467298.0</v>
       </c>
       <c r="L24" s="14" t="n">
-        <v>1.9904742E7</v>
+        <v>4426151.0</v>
       </c>
       <c r="M24" s="14" t="n">
-        <v>2.0376013E7</v>
+        <v>4576872.0</v>
       </c>
       <c r="N24" s="14" t="n">
-        <v>2.1442238E7</v>
+        <v>4815378.0</v>
       </c>
       <c r="O24" s="14" t="n">
-        <v>2.2007781E7</v>
+        <v>4940683.0</v>
       </c>
       <c r="P24" s="14" t="n">
-        <v>2.2199066E7</v>
+        <v>4891801.0</v>
       </c>
       <c r="Q24" s="14" t="n">
-        <v>2.2693412E7</v>
+        <v>5072493.0</v>
       </c>
       <c r="R24" s="14" t="n">
-        <v>2.1790244E7</v>
+        <v>4736373.0</v>
       </c>
       <c r="S24" s="14" t="n">
-        <v>2.0428353E7</v>
+        <v>4430251.0</v>
       </c>
       <c r="T24" s="14" t="n">
-        <v>1.8392382E7</v>
+        <v>4034641.0</v>
       </c>
       <c r="U24" s="14" t="n">
-        <v>1.6939251E7</v>
+        <v>3765707.0</v>
       </c>
       <c r="V24" s="14" t="n">
-        <v>1.5078999E7</v>
+        <v>3470845.0</v>
       </c>
       <c r="W24" s="14" t="n">
-        <v>1.4240325E7</v>
+        <v>3309778.0</v>
       </c>
       <c r="X24" s="14" t="n">
-        <v>1.3082531E7</v>
+        <v>3117062.0</v>
       </c>
       <c r="Y24" s="14" t="n">
-        <v>1.2202497E7</v>
+        <v>2938832.0</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT: Social benefits other than social transfers in kind</t>
         </is>
       </c>
       <c r="B25" s="14" t="n">
-        <v>55139.0</v>
+        <v>11356.0</v>
       </c>
       <c r="C25" s="14" t="n">
-        <v>50283.0</v>
+        <v>10642.0</v>
       </c>
       <c r="D25" s="14" t="n">
-        <v>32833.0</v>
+        <v>6916.0</v>
       </c>
       <c r="E25" s="14" t="n">
-        <v>28079.0</v>
+        <v>6078.0</v>
       </c>
       <c r="F25" s="14" t="n">
-        <v>29461.0</v>
+        <v>6306.0</v>
       </c>
       <c r="G25" s="14" t="n">
-        <v>21630.0</v>
+        <v>4613.0</v>
       </c>
       <c r="H25" s="14" t="n">
-        <v>17938.0</v>
+        <v>3926.0</v>
       </c>
       <c r="I25" s="14" t="n">
-        <v>14309.0</v>
+        <v>3206.0</v>
       </c>
       <c r="J25" s="14" t="n">
-        <v>12259.0</v>
+        <v>2719.0</v>
       </c>
       <c r="K25" s="14" t="n">
-        <v>7710.0</v>
+        <v>1747.0</v>
       </c>
       <c r="L25" s="14" t="n">
-        <v>12001.0</v>
+        <v>2810.0</v>
       </c>
       <c r="M25" s="14" t="n">
-        <v>18880.0</v>
+        <v>3910.0</v>
       </c>
       <c r="N25" s="14" t="n">
-        <v>18654.0</v>
+        <v>4018.0</v>
       </c>
       <c r="O25" s="14" t="n">
-        <v>45923.0</v>
+        <v>9927.0</v>
       </c>
       <c r="P25" s="14" t="n">
-        <v>43220.0</v>
+        <v>9693.0</v>
       </c>
       <c r="Q25" s="14" t="n">
-        <v>47622.0</v>
+        <v>10548.0</v>
       </c>
       <c r="R25" s="14" t="n">
-        <v>49734.0</v>
+        <v>11836.0</v>
       </c>
       <c r="S25" s="14" t="n">
-        <v>44999.0</v>
+        <v>10391.0</v>
       </c>
       <c r="T25" s="14" t="n">
-        <v>40591.0</v>
+        <v>9232.0</v>
       </c>
       <c r="U25" s="14" t="n">
-        <v>35354.0</v>
+        <v>8248.0</v>
       </c>
       <c r="V25" s="14" t="n">
-        <v>31137.0</v>
+        <v>7245.0</v>
       </c>
       <c r="W25" s="14" t="n">
-        <v>27071.0</v>
+        <v>6197.0</v>
       </c>
       <c r="X25" s="14" t="n">
-        <v>19654.0</v>
+        <v>4689.0</v>
       </c>
       <c r="Y25" s="14" t="n">
-        <v>28790.0</v>
+        <v>7013.0</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT:   Other current transfers</t>
         </is>
       </c>
       <c r="B26" s="14" t="n">
-        <v>1.6973834E7</v>
+        <v>2796551.0</v>
       </c>
       <c r="C26" s="14" t="n">
-        <v>1.5829004E7</v>
+        <v>2614587.0</v>
       </c>
       <c r="D26" s="14" t="n">
-        <v>1.5256048E7</v>
+        <v>2509893.0</v>
       </c>
       <c r="E26" s="14" t="n">
-        <v>1.1973082E7</v>
+        <v>2044344.0</v>
       </c>
       <c r="F26" s="14" t="n">
-        <v>1.2094854E7</v>
+        <v>2098679.0</v>
       </c>
       <c r="G26" s="14" t="n">
-        <v>1.153264E7</v>
+        <v>2005194.0</v>
       </c>
       <c r="H26" s="14" t="n">
-        <v>1.0483227E7</v>
+        <v>1827484.0</v>
       </c>
       <c r="I26" s="14" t="n">
-        <v>9222624.0</v>
+        <v>1625661.0</v>
       </c>
       <c r="J26" s="14" t="n">
-        <v>8197866.0</v>
+        <v>1485266.0</v>
       </c>
       <c r="K26" s="14" t="n">
-        <v>7548063.0</v>
+        <v>1357380.0</v>
       </c>
       <c r="L26" s="14" t="n">
-        <v>7640414.0</v>
+        <v>1361446.0</v>
       </c>
       <c r="M26" s="14" t="n">
-        <v>7306463.0</v>
+        <v>1311145.0</v>
       </c>
       <c r="N26" s="14" t="n">
-        <v>7128045.0</v>
+        <v>1293078.0</v>
       </c>
       <c r="O26" s="14" t="n">
-        <v>7122704.0</v>
+        <v>1307140.0</v>
       </c>
       <c r="P26" s="14" t="n">
-        <v>7314318.0</v>
+        <v>1471020.0</v>
       </c>
       <c r="Q26" s="14" t="n">
-        <v>7575274.0</v>
+        <v>1542760.0</v>
       </c>
       <c r="R26" s="14" t="n">
-        <v>7537129.0</v>
+        <v>1461779.0</v>
       </c>
       <c r="S26" s="14" t="n">
-        <v>6999707.0</v>
+        <v>1350415.0</v>
       </c>
       <c r="T26" s="14" t="n">
-        <v>6902434.0</v>
+        <v>1326667.0</v>
       </c>
       <c r="U26" s="14" t="n">
-        <v>6226086.0</v>
+        <v>1231811.0</v>
       </c>
       <c r="V26" s="14" t="n">
-        <v>5819372.0</v>
+        <v>1191135.0</v>
       </c>
       <c r="W26" s="14" t="n">
-        <v>5498961.0</v>
+        <v>1154836.0</v>
       </c>
       <c r="X26" s="14" t="n">
-        <v>5322915.0</v>
+        <v>1084658.0</v>
       </c>
       <c r="Y26" s="14" t="n">
-        <v>4885600.0</v>
+        <v>993795.0</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT: Gross disposable income</t>
         </is>
       </c>
       <c r="B27" s="14" t="n">
-        <v>1.32279635E8</v>
+        <v>2.7899287E7</v>
       </c>
       <c r="C27" s="14" t="n">
-        <v>1.22241958E8</v>
+        <v>2.5449274E7</v>
       </c>
       <c r="D27" s="14" t="n">
-        <v>1.17147643E8</v>
+        <v>2.3853362E7</v>
       </c>
       <c r="E27" s="14" t="n">
-        <v>1.10935923E8</v>
+        <v>2.3141876E7</v>
       </c>
       <c r="F27" s="14" t="n">
-        <v>1.11295697E8</v>
+        <v>2.3289189E7</v>
       </c>
       <c r="G27" s="14" t="n">
-        <v>1.0685489E8</v>
+        <v>2.2232592E7</v>
       </c>
       <c r="H27" s="14" t="n">
-        <v>1.02144613E8</v>
+        <v>2.1692356E7</v>
       </c>
       <c r="I27" s="14" t="n">
-        <v>9.9266479E7</v>
+        <v>2.1056855E7</v>
       </c>
       <c r="J27" s="14" t="n">
-        <v>9.8012694E7</v>
+        <v>2.0488518E7</v>
       </c>
       <c r="K27" s="14" t="n">
-        <v>9.3341377E7</v>
+        <v>1.9957115E7</v>
       </c>
       <c r="L27" s="14" t="n">
-        <v>9.3029099E7</v>
+        <v>2.0179315E7</v>
       </c>
       <c r="M27" s="14" t="n">
-        <v>9.345554E7</v>
+        <v>2.0248688E7</v>
       </c>
       <c r="N27" s="14" t="n">
-        <v>9.8534821E7</v>
+        <v>2.1422611E7</v>
       </c>
       <c r="O27" s="14" t="n">
-        <v>9.7750393E7</v>
+        <v>2.110313E7</v>
       </c>
       <c r="P27" s="14" t="n">
-        <v>9.7855675E7</v>
+        <v>2.1287826E7</v>
       </c>
       <c r="Q27" s="14" t="n">
-        <v>9.762613E7</v>
+        <v>2.1465067E7</v>
       </c>
       <c r="R27" s="14" t="n">
-        <v>9.2673762E7</v>
+        <v>2.0357173E7</v>
       </c>
       <c r="S27" s="14" t="n">
-        <v>8.8537085E7</v>
+        <v>1.9299409E7</v>
       </c>
       <c r="T27" s="14" t="n">
-        <v>8.3405499E7</v>
+        <v>1.8064164E7</v>
       </c>
       <c r="U27" s="14" t="n">
-        <v>7.7992512E7</v>
+        <v>1.6969354E7</v>
       </c>
       <c r="V27" s="14" t="n">
-        <v>7.366982E7</v>
+        <v>1.6283072E7</v>
       </c>
       <c r="W27" s="14" t="n">
-        <v>6.8159299E7</v>
+        <v>1.527712E7</v>
       </c>
       <c r="X27" s="14" t="n">
-        <v>6.4429605E7</v>
+        <v>1.4280934E7</v>
       </c>
       <c r="Y27" s="14" t="n">
-        <v>5.980613E7</v>
+        <v>1.3325862E7</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="6" t="inlineStr">
         <is>
-          <t>02 Aragón</t>
+          <t>ASTURIAS (Ppdo. de)</t>
         </is>
       </c>
       <c r="B28" s="6"/>
       <c r="C28" s="6"/>
       <c r="D28" s="6"/>
       <c r="E28" s="6"/>
       <c r="F28" s="6"/>
       <c r="G28" s="6"/>
       <c r="H28" s="6"/>
       <c r="I28" s="6"/>
       <c r="J28" s="6"/>
       <c r="K28" s="6"/>
       <c r="L28" s="6"/>
       <c r="M28" s="6"/>
       <c r="N28" s="6"/>
       <c r="O28" s="6"/>
       <c r="P28" s="6"/>
       <c r="Q28" s="6"/>
       <c r="R28" s="6"/>
       <c r="S28" s="6"/>
       <c r="T28" s="6"/>
       <c r="U28" s="6"/>
       <c r="V28" s="6"/>
       <c r="W28" s="6"/>
       <c r="X28" s="6"/>
       <c r="Y28" s="6"/>
     </row>
     <row r="29">
       <c r="A29" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RESOURCES: Balance of gross primary income</t>
         </is>
       </c>
       <c r="B29" s="14" t="n">
-        <v>3.0358372E7</v>
+        <v>1.9394474E7</v>
       </c>
       <c r="C29" s="14" t="n">
-        <v>2.7747525E7</v>
+        <v>1.7782807E7</v>
       </c>
       <c r="D29" s="14" t="n">
-        <v>2.5480887E7</v>
+        <v>1.6256929E7</v>
       </c>
       <c r="E29" s="14" t="n">
-        <v>2.4264052E7</v>
+        <v>1.5165819E7</v>
       </c>
       <c r="F29" s="14" t="n">
-        <v>2.5220137E7</v>
+        <v>1.617882E7</v>
       </c>
       <c r="G29" s="14" t="n">
-        <v>2.4053759E7</v>
+        <v>1.5663524E7</v>
       </c>
       <c r="H29" s="14" t="n">
-        <v>2.3410746E7</v>
+        <v>1.5327765E7</v>
       </c>
       <c r="I29" s="14" t="n">
-        <v>2.2478515E7</v>
+        <v>1.4712774E7</v>
       </c>
       <c r="J29" s="14" t="n">
-        <v>2.1849064E7</v>
+        <v>1.4672571E7</v>
       </c>
       <c r="K29" s="14" t="n">
-        <v>2.133985E7</v>
+        <v>1.4331122E7</v>
       </c>
       <c r="L29" s="14" t="n">
-        <v>2.1337646E7</v>
+        <v>1.4353276E7</v>
       </c>
       <c r="M29" s="14" t="n">
-        <v>2.1669078E7</v>
+        <v>1.4692518E7</v>
       </c>
       <c r="N29" s="14" t="n">
-        <v>2.3126728E7</v>
+        <v>1.5892095E7</v>
       </c>
       <c r="O29" s="14" t="n">
-        <v>2.3101454E7</v>
+        <v>1.5784657E7</v>
       </c>
       <c r="P29" s="14" t="n">
-        <v>2.3245984E7</v>
+        <v>1.5729637E7</v>
       </c>
       <c r="Q29" s="14" t="n">
-        <v>2.4565569E7</v>
+        <v>1.6870943E7</v>
       </c>
       <c r="R29" s="14" t="n">
-        <v>2.3737526E7</v>
+        <v>1.6292564E7</v>
       </c>
       <c r="S29" s="14" t="n">
-        <v>2.218407E7</v>
+        <v>1.5294338E7</v>
       </c>
       <c r="T29" s="14" t="n">
-        <v>2.04893E7</v>
+        <v>1.4151643E7</v>
       </c>
       <c r="U29" s="14" t="n">
-        <v>1.9209404E7</v>
+        <v>1.3159235E7</v>
       </c>
       <c r="V29" s="14" t="n">
-        <v>1.8271511E7</v>
+        <v>1.2475943E7</v>
       </c>
       <c r="W29" s="14" t="n">
-        <v>1.7229314E7</v>
+        <v>1.181795E7</v>
       </c>
       <c r="X29" s="14" t="n">
-        <v>1.6165586E7</v>
+        <v>1.1285283E7</v>
       </c>
       <c r="Y29" s="14" t="n">
-        <v>1.4984513E7</v>
+        <v>1.0366526E7</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RESOURCES: Net social contributions</t>
         </is>
       </c>
       <c r="B30" s="14" t="n">
-        <v>10816.0</v>
+        <v>6667.0</v>
       </c>
       <c r="C30" s="14" t="n">
-        <v>7829.0</v>
+        <v>4848.0</v>
       </c>
       <c r="D30" s="14" t="n">
-        <v>8962.0</v>
+        <v>5569.0</v>
       </c>
       <c r="E30" s="14" t="n">
-        <v>9183.0</v>
+        <v>5687.0</v>
       </c>
       <c r="F30" s="14" t="n">
-        <v>9161.0</v>
+        <v>5737.0</v>
       </c>
       <c r="G30" s="14" t="n">
-        <v>6884.0</v>
+        <v>4366.0</v>
       </c>
       <c r="H30" s="14" t="n">
-        <v>5896.0</v>
+        <v>3806.0</v>
       </c>
       <c r="I30" s="14" t="n">
-        <v>4338.0</v>
+        <v>2850.0</v>
       </c>
       <c r="J30" s="14" t="n">
-        <v>4191.0</v>
+        <v>2793.0</v>
       </c>
       <c r="K30" s="14" t="n">
-        <v>4014.0</v>
+        <v>2703.0</v>
       </c>
       <c r="L30" s="14" t="n">
-        <v>4473.0</v>
+        <v>3050.0</v>
       </c>
       <c r="M30" s="14" t="n">
-        <v>5781.0</v>
+        <v>3994.0</v>
       </c>
       <c r="N30" s="14" t="n">
-        <v>7224.0</v>
+        <v>5048.0</v>
       </c>
       <c r="O30" s="14" t="n">
-        <v>8832.0</v>
+        <v>6189.0</v>
       </c>
       <c r="P30" s="14" t="n">
-        <v>9913.0</v>
+        <v>6923.0</v>
       </c>
       <c r="Q30" s="14" t="n">
-        <v>11790.0</v>
+        <v>7957.0</v>
       </c>
       <c r="R30" s="14" t="n">
-        <v>11170.0</v>
+        <v>7519.0</v>
       </c>
       <c r="S30" s="14" t="n">
-        <v>10996.0</v>
+        <v>7435.0</v>
       </c>
       <c r="T30" s="14" t="n">
-        <v>10658.0</v>
+        <v>7273.0</v>
       </c>
       <c r="U30" s="14" t="n">
-        <v>8790.0</v>
+        <v>6036.0</v>
       </c>
       <c r="V30" s="14" t="n">
-        <v>7759.0</v>
+        <v>5460.0</v>
       </c>
       <c r="W30" s="14" t="n">
-        <v>7208.0</v>
+        <v>5136.0</v>
       </c>
       <c r="X30" s="14" t="n">
-        <v>6657.0</v>
+        <v>4787.0</v>
       </c>
       <c r="Y30" s="14" t="n">
-        <v>6416.0</v>
+        <v>4492.0</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RESOURCES: Social benefits other than social transfers in kind (1)</t>
         </is>
       </c>
       <c r="B31" s="14" t="n">
-        <v>8355351.0</v>
+        <v>8050833.0</v>
       </c>
       <c r="C31" s="14" t="n">
-        <v>7592185.0</v>
+        <v>7352455.0</v>
       </c>
       <c r="D31" s="14" t="n">
-        <v>7570327.0</v>
+        <v>7340097.0</v>
       </c>
       <c r="E31" s="14" t="n">
-        <v>7577993.0</v>
+        <v>7532097.0</v>
       </c>
       <c r="F31" s="14" t="n">
-        <v>6720359.0</v>
+        <v>6715056.0</v>
       </c>
       <c r="G31" s="14" t="n">
-        <v>6275320.0</v>
+        <v>6396226.0</v>
       </c>
       <c r="H31" s="14" t="n">
-        <v>6019069.0</v>
+        <v>6164305.0</v>
       </c>
       <c r="I31" s="14" t="n">
-        <v>5947677.0</v>
+        <v>6111794.0</v>
       </c>
       <c r="J31" s="14" t="n">
-        <v>5897645.0</v>
+        <v>6115263.0</v>
       </c>
       <c r="K31" s="14" t="n">
-        <v>5968389.0</v>
+        <v>6131934.0</v>
       </c>
       <c r="L31" s="14" t="n">
-        <v>6070156.0</v>
+        <v>6173342.0</v>
       </c>
       <c r="M31" s="14" t="n">
-        <v>5879927.0</v>
+        <v>6065653.0</v>
       </c>
       <c r="N31" s="14" t="n">
-        <v>5700753.0</v>
+        <v>5863353.0</v>
       </c>
       <c r="O31" s="14" t="n">
-        <v>5705416.0</v>
+        <v>5810876.0</v>
       </c>
       <c r="P31" s="14" t="n">
-        <v>5568474.0</v>
+        <v>5711104.0</v>
       </c>
       <c r="Q31" s="14" t="n">
-        <v>4914326.0</v>
+        <v>5391574.0</v>
       </c>
       <c r="R31" s="14" t="n">
-        <v>4372552.0</v>
+        <v>4932659.0</v>
       </c>
       <c r="S31" s="14" t="n">
-        <v>4112023.0</v>
+        <v>4683386.0</v>
       </c>
       <c r="T31" s="14" t="n">
-        <v>3795438.0</v>
+        <v>4398100.0</v>
       </c>
       <c r="U31" s="14" t="n">
-        <v>3557056.0</v>
+        <v>4187187.0</v>
       </c>
       <c r="V31" s="14" t="n">
-        <v>3263007.0</v>
+        <v>3845074.0</v>
       </c>
       <c r="W31" s="14" t="n">
-        <v>3120390.0</v>
+        <v>3653655.0</v>
       </c>
       <c r="X31" s="14" t="n">
-        <v>2847341.0</v>
+        <v>3369747.0</v>
       </c>
       <c r="Y31" s="14" t="n">
-        <v>2747416.0</v>
+        <v>3240259.0</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RESOURCES: Other current transfers</t>
         </is>
       </c>
       <c r="B32" s="14" t="n">
-        <v>2362842.0</v>
+        <v>1804801.0</v>
       </c>
       <c r="C32" s="14" t="n">
-        <v>2219558.0</v>
+        <v>1843496.0</v>
       </c>
       <c r="D32" s="14" t="n">
-        <v>2159521.0</v>
+        <v>1650552.0</v>
       </c>
       <c r="E32" s="14" t="n">
-        <v>1735918.0</v>
+        <v>1355511.0</v>
       </c>
       <c r="F32" s="14" t="n">
-        <v>1759166.0</v>
+        <v>1385601.0</v>
       </c>
       <c r="G32" s="14" t="n">
-        <v>1736741.0</v>
+        <v>1331707.0</v>
       </c>
       <c r="H32" s="14" t="n">
-        <v>1543915.0</v>
+        <v>1226166.0</v>
       </c>
       <c r="I32" s="14" t="n">
-        <v>1357928.0</v>
+        <v>1103260.0</v>
       </c>
       <c r="J32" s="14" t="n">
-        <v>1246679.0</v>
+        <v>977961.0</v>
       </c>
       <c r="K32" s="14" t="n">
-        <v>1095124.0</v>
+        <v>932653.0</v>
       </c>
       <c r="L32" s="14" t="n">
-        <v>1135599.0</v>
+        <v>923460.0</v>
       </c>
       <c r="M32" s="14" t="n">
-        <v>1181846.0</v>
+        <v>900821.0</v>
       </c>
       <c r="N32" s="14" t="n">
-        <v>1273955.0</v>
+        <v>903942.0</v>
       </c>
       <c r="O32" s="14" t="n">
-        <v>1099313.0</v>
+        <v>860050.0</v>
       </c>
       <c r="P32" s="14" t="n">
-        <v>1255975.0</v>
+        <v>998592.0</v>
       </c>
       <c r="Q32" s="14" t="n">
-        <v>1330166.0</v>
+        <v>1056116.0</v>
       </c>
       <c r="R32" s="14" t="n">
-        <v>1237514.0</v>
+        <v>1343718.0</v>
       </c>
       <c r="S32" s="14" t="n">
-        <v>1167088.0</v>
+        <v>1031312.0</v>
       </c>
       <c r="T32" s="14" t="n">
-        <v>1184011.0</v>
+        <v>929204.0</v>
       </c>
       <c r="U32" s="14" t="n">
-        <v>1158990.0</v>
+        <v>947414.0</v>
       </c>
       <c r="V32" s="14" t="n">
-        <v>1125848.0</v>
+        <v>934445.0</v>
       </c>
       <c r="W32" s="14" t="n">
-        <v>1097920.0</v>
+        <v>984813.0</v>
       </c>
       <c r="X32" s="14" t="n">
-        <v>1027447.0</v>
+        <v>918361.0</v>
       </c>
       <c r="Y32" s="14" t="n">
-        <v>968829.0</v>
+        <v>826031.0</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT: Current taxes on income, capital gains, etc.</t>
         </is>
       </c>
       <c r="B33" s="14" t="n">
-        <v>4097895.0</v>
+        <v>2947667.0</v>
       </c>
       <c r="C33" s="14" t="n">
-        <v>3800517.0</v>
+        <v>2754228.0</v>
       </c>
       <c r="D33" s="14" t="n">
-        <v>3255006.0</v>
+        <v>2317272.0</v>
       </c>
       <c r="E33" s="14" t="n">
-        <v>3086928.0</v>
+        <v>2194629.0</v>
       </c>
       <c r="F33" s="14" t="n">
-        <v>3040776.0</v>
+        <v>2194733.0</v>
       </c>
       <c r="G33" s="14" t="n">
-        <v>2917919.0</v>
+        <v>2103888.0</v>
       </c>
       <c r="H33" s="14" t="n">
-        <v>2735598.0</v>
+        <v>2024468.0</v>
       </c>
       <c r="I33" s="14" t="n">
-        <v>2563033.0</v>
+        <v>1929476.0</v>
       </c>
       <c r="J33" s="14" t="n">
-        <v>2570277.0</v>
+        <v>1929330.0</v>
       </c>
       <c r="K33" s="14" t="n">
-        <v>2623837.0</v>
+        <v>2049623.0</v>
       </c>
       <c r="L33" s="14" t="n">
-        <v>2578152.0</v>
+        <v>2014205.0</v>
       </c>
       <c r="M33" s="14" t="n">
-        <v>2596017.0</v>
+        <v>2025099.0</v>
       </c>
       <c r="N33" s="14" t="n">
-        <v>2573575.0</v>
+        <v>2027318.0</v>
       </c>
       <c r="O33" s="14" t="n">
-        <v>2554135.0</v>
+        <v>1971965.0</v>
       </c>
       <c r="P33" s="14" t="n">
-        <v>2420006.0</v>
+        <v>1845957.0</v>
       </c>
       <c r="Q33" s="14" t="n">
-        <v>2730983.0</v>
+        <v>2023474.0</v>
       </c>
       <c r="R33" s="14" t="n">
-        <v>2791601.0</v>
+        <v>2031398.0</v>
       </c>
       <c r="S33" s="14" t="n">
-        <v>2383711.0</v>
+        <v>1718482.0</v>
       </c>
       <c r="T33" s="14" t="n">
-        <v>2044703.0</v>
+        <v>1507688.0</v>
       </c>
       <c r="U33" s="14" t="n">
-        <v>1959120.0</v>
+        <v>1476688.0</v>
       </c>
       <c r="V33" s="14" t="n">
-        <v>1715828.0</v>
+        <v>1305243.0</v>
       </c>
       <c r="W33" s="14" t="n">
-        <v>1706901.0</v>
+        <v>1333101.0</v>
       </c>
       <c r="X33" s="14" t="n">
-        <v>1559688.0</v>
+        <v>1240609.0</v>
       </c>
       <c r="Y33" s="14" t="n">
-        <v>1441672.0</v>
+        <v>1118668.0</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT:   Net social contributions (2)</t>
         </is>
       </c>
       <c r="B34" s="14" t="n">
-        <v>6282292.0</v>
+        <v>3974902.0</v>
       </c>
       <c r="C34" s="14" t="n">
-        <v>5692077.0</v>
+        <v>3703889.0</v>
       </c>
       <c r="D34" s="14" t="n">
-        <v>5594520.0</v>
+        <v>3633490.0</v>
       </c>
       <c r="E34" s="14" t="n">
-        <v>5307920.0</v>
+        <v>3451631.0</v>
       </c>
       <c r="F34" s="14" t="n">
-        <v>5273873.0</v>
+        <v>3464048.0</v>
       </c>
       <c r="G34" s="14" t="n">
-        <v>4912386.0</v>
+        <v>3280072.0</v>
       </c>
       <c r="H34" s="14" t="n">
-        <v>4720262.0</v>
+        <v>3216034.0</v>
       </c>
       <c r="I34" s="14" t="n">
-        <v>4539703.0</v>
+        <v>3149887.0</v>
       </c>
       <c r="J34" s="14" t="n">
-        <v>4450799.0</v>
+        <v>3137581.0</v>
       </c>
       <c r="K34" s="14" t="n">
-        <v>4467298.0</v>
+        <v>3194622.0</v>
       </c>
       <c r="L34" s="14" t="n">
-        <v>4426151.0</v>
+        <v>3203929.0</v>
       </c>
       <c r="M34" s="14" t="n">
-        <v>4576872.0</v>
+        <v>3333161.0</v>
       </c>
       <c r="N34" s="14" t="n">
-        <v>4815378.0</v>
+        <v>3513825.0</v>
       </c>
       <c r="O34" s="14" t="n">
-        <v>4940683.0</v>
+        <v>3590414.0</v>
       </c>
       <c r="P34" s="14" t="n">
-        <v>4891801.0</v>
+        <v>3583334.0</v>
       </c>
       <c r="Q34" s="14" t="n">
-        <v>5072493.0</v>
+        <v>3617080.0</v>
       </c>
       <c r="R34" s="14" t="n">
-        <v>4736373.0</v>
+        <v>3393199.0</v>
       </c>
       <c r="S34" s="14" t="n">
-        <v>4430251.0</v>
+        <v>3169640.0</v>
       </c>
       <c r="T34" s="14" t="n">
-        <v>4034641.0</v>
+        <v>2928373.0</v>
       </c>
       <c r="U34" s="14" t="n">
-        <v>3765707.0</v>
+        <v>2808510.0</v>
       </c>
       <c r="V34" s="14" t="n">
-        <v>3470845.0</v>
+        <v>2616439.0</v>
       </c>
       <c r="W34" s="14" t="n">
-        <v>3309778.0</v>
+        <v>2515310.0</v>
       </c>
       <c r="X34" s="14" t="n">
-        <v>3117062.0</v>
+        <v>2430474.0</v>
       </c>
       <c r="Y34" s="14" t="n">
-        <v>2938832.0</v>
+        <v>2249600.0</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT: Social benefits other than social transfers in kind</t>
         </is>
       </c>
       <c r="B35" s="14" t="n">
-        <v>11356.0</v>
+        <v>7018.0</v>
       </c>
       <c r="C35" s="14" t="n">
-        <v>10642.0</v>
+        <v>6227.0</v>
       </c>
       <c r="D35" s="14" t="n">
-        <v>6916.0</v>
+        <v>4261.0</v>
       </c>
       <c r="E35" s="14" t="n">
-        <v>6078.0</v>
+        <v>3761.0</v>
       </c>
       <c r="F35" s="14" t="n">
-        <v>6306.0</v>
+        <v>3949.0</v>
       </c>
       <c r="G35" s="14" t="n">
+        <v>2989.0</v>
+      </c>
+      <c r="H35" s="14" t="n">
+        <v>2481.0</v>
+      </c>
+      <c r="I35" s="14" t="n">
+        <v>2026.0</v>
+      </c>
+      <c r="J35" s="14" t="n">
+        <v>1744.0</v>
+      </c>
+      <c r="K35" s="14" t="n">
+        <v>1164.0</v>
+      </c>
+      <c r="L35" s="14" t="n">
+        <v>1839.0</v>
+      </c>
+      <c r="M35" s="14" t="n">
+        <v>2862.0</v>
+      </c>
+      <c r="N35" s="14" t="n">
+        <v>2920.0</v>
+      </c>
+      <c r="O35" s="14" t="n">
+        <v>6920.0</v>
+      </c>
+      <c r="P35" s="14" t="n">
+        <v>6395.0</v>
+      </c>
+      <c r="Q35" s="14" t="n">
+        <v>7224.0</v>
+      </c>
+      <c r="R35" s="14" t="n">
+        <v>7740.0</v>
+      </c>
+      <c r="S35" s="14" t="n">
+        <v>6840.0</v>
+      </c>
+      <c r="T35" s="14" t="n">
+        <v>6087.0</v>
+      </c>
+      <c r="U35" s="14" t="n">
+        <v>5499.0</v>
+      </c>
+      <c r="V35" s="14" t="n">
+        <v>5264.0</v>
+      </c>
+      <c r="W35" s="14" t="n">
         <v>4613.0</v>
       </c>
-      <c r="H35" s="14" t="n">
-[...46 lines deleted...]
-      </c>
       <c r="X35" s="14" t="n">
-        <v>4689.0</v>
+        <v>3448.0</v>
       </c>
       <c r="Y35" s="14" t="n">
-        <v>7013.0</v>
+        <v>5021.0</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT:   Other current transfers</t>
         </is>
       </c>
       <c r="B36" s="14" t="n">
-        <v>2796551.0</v>
+        <v>1918713.0</v>
       </c>
       <c r="C36" s="14" t="n">
-        <v>2614587.0</v>
+        <v>1799027.0</v>
       </c>
       <c r="D36" s="14" t="n">
-        <v>2509893.0</v>
+        <v>1757152.0</v>
       </c>
       <c r="E36" s="14" t="n">
-        <v>2044344.0</v>
+        <v>1460315.0</v>
       </c>
       <c r="F36" s="14" t="n">
-        <v>2098679.0</v>
+        <v>1526776.0</v>
       </c>
       <c r="G36" s="14" t="n">
-        <v>2005194.0</v>
+        <v>1459340.0</v>
       </c>
       <c r="H36" s="14" t="n">
-        <v>1827484.0</v>
+        <v>1346790.0</v>
       </c>
       <c r="I36" s="14" t="n">
-        <v>1625661.0</v>
+        <v>1207986.0</v>
       </c>
       <c r="J36" s="14" t="n">
-        <v>1485266.0</v>
+        <v>1094116.0</v>
       </c>
       <c r="K36" s="14" t="n">
-        <v>1357380.0</v>
+        <v>1034719.0</v>
       </c>
       <c r="L36" s="14" t="n">
-        <v>1361446.0</v>
+        <v>1020582.0</v>
       </c>
       <c r="M36" s="14" t="n">
-        <v>1311145.0</v>
+        <v>976013.0</v>
       </c>
       <c r="N36" s="14" t="n">
-        <v>1293078.0</v>
+        <v>945820.0</v>
       </c>
       <c r="O36" s="14" t="n">
-        <v>1307140.0</v>
+        <v>953848.0</v>
       </c>
       <c r="P36" s="14" t="n">
-        <v>1471020.0</v>
+        <v>1020987.0</v>
       </c>
       <c r="Q36" s="14" t="n">
-        <v>1542760.0</v>
+        <v>1052810.0</v>
       </c>
       <c r="R36" s="14" t="n">
-        <v>1461779.0</v>
+        <v>1036346.0</v>
       </c>
       <c r="S36" s="14" t="n">
-        <v>1350415.0</v>
+        <v>971871.0</v>
       </c>
       <c r="T36" s="14" t="n">
-        <v>1326667.0</v>
+        <v>953362.0</v>
       </c>
       <c r="U36" s="14" t="n">
-        <v>1231811.0</v>
+        <v>910277.0</v>
       </c>
       <c r="V36" s="14" t="n">
-        <v>1191135.0</v>
+        <v>888148.0</v>
       </c>
       <c r="W36" s="14" t="n">
-        <v>1154836.0</v>
+        <v>882487.0</v>
       </c>
       <c r="X36" s="14" t="n">
-        <v>1084658.0</v>
+        <v>830982.0</v>
       </c>
       <c r="Y36" s="14" t="n">
-        <v>993795.0</v>
+        <v>781980.0</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT: Gross disposable income</t>
         </is>
       </c>
       <c r="B37" s="14" t="n">
-        <v>2.7899287E7</v>
+        <v>2.0408475E7</v>
       </c>
       <c r="C37" s="14" t="n">
-        <v>2.5449274E7</v>
+        <v>1.8720235E7</v>
       </c>
       <c r="D37" s="14" t="n">
-        <v>2.3853362E7</v>
+        <v>1.7540972E7</v>
       </c>
       <c r="E37" s="14" t="n">
-        <v>2.3141876E7</v>
+        <v>1.6948778E7</v>
       </c>
       <c r="F37" s="14" t="n">
-        <v>2.3289189E7</v>
+        <v>1.7095708E7</v>
       </c>
       <c r="G37" s="14" t="n">
-        <v>2.2232592E7</v>
+        <v>1.6549534E7</v>
       </c>
       <c r="H37" s="14" t="n">
-        <v>2.1692356E7</v>
+        <v>1.6132269E7</v>
       </c>
       <c r="I37" s="14" t="n">
-        <v>2.1056855E7</v>
+        <v>1.5641303E7</v>
       </c>
       <c r="J37" s="14" t="n">
-        <v>2.0488518E7</v>
+        <v>1.5605817E7</v>
       </c>
       <c r="K37" s="14" t="n">
-        <v>1.9957115E7</v>
+        <v>1.5118284E7</v>
       </c>
       <c r="L37" s="14" t="n">
-        <v>2.0179315E7</v>
+        <v>1.5212573E7</v>
       </c>
       <c r="M37" s="14" t="n">
-        <v>2.0248688E7</v>
+        <v>1.5325851E7</v>
       </c>
       <c r="N37" s="14" t="n">
-        <v>2.1422611E7</v>
+        <v>1.6174555E7</v>
       </c>
       <c r="O37" s="14" t="n">
-        <v>2.110313E7</v>
+        <v>1.5938625E7</v>
       </c>
       <c r="P37" s="14" t="n">
-        <v>2.1287826E7</v>
+        <v>1.5989583E7</v>
       </c>
       <c r="Q37" s="14" t="n">
-        <v>2.1465067E7</v>
+        <v>1.6626002E7</v>
       </c>
       <c r="R37" s="14" t="n">
-        <v>2.0357173E7</v>
+        <v>1.6107777E7</v>
       </c>
       <c r="S37" s="14" t="n">
-        <v>1.9299409E7</v>
+        <v>1.5149638E7</v>
       </c>
       <c r="T37" s="14" t="n">
-        <v>1.8064164E7</v>
+        <v>1.409071E7</v>
       </c>
       <c r="U37" s="14" t="n">
-        <v>1.6969354E7</v>
+        <v>1.3098898E7</v>
       </c>
       <c r="V37" s="14" t="n">
-        <v>1.6283072E7</v>
+        <v>1.2445828E7</v>
       </c>
       <c r="W37" s="14" t="n">
-        <v>1.527712E7</v>
+        <v>1.1726043E7</v>
       </c>
       <c r="X37" s="14" t="n">
-        <v>1.4280934E7</v>
+        <v>1.1072665E7</v>
       </c>
       <c r="Y37" s="14" t="n">
-        <v>1.3325862E7</v>
+        <v>1.0282039E7</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="6" t="inlineStr">
         <is>
-          <t>03 Asturias, Principado de</t>
+          <t>BALEARS (Illes)</t>
         </is>
       </c>
       <c r="B38" s="6"/>
       <c r="C38" s="6"/>
       <c r="D38" s="6"/>
       <c r="E38" s="6"/>
       <c r="F38" s="6"/>
       <c r="G38" s="6"/>
       <c r="H38" s="6"/>
       <c r="I38" s="6"/>
       <c r="J38" s="6"/>
       <c r="K38" s="6"/>
       <c r="L38" s="6"/>
       <c r="M38" s="6"/>
       <c r="N38" s="6"/>
       <c r="O38" s="6"/>
       <c r="P38" s="6"/>
       <c r="Q38" s="6"/>
       <c r="R38" s="6"/>
       <c r="S38" s="6"/>
       <c r="T38" s="6"/>
       <c r="U38" s="6"/>
       <c r="V38" s="6"/>
       <c r="W38" s="6"/>
       <c r="X38" s="6"/>
       <c r="Y38" s="6"/>
     </row>
     <row r="39">
       <c r="A39" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RESOURCES: Balance of gross primary income</t>
         </is>
       </c>
       <c r="B39" s="14" t="n">
-        <v>1.9394474E7</v>
+        <v>2.9235595E7</v>
       </c>
       <c r="C39" s="14" t="n">
-        <v>1.7782807E7</v>
+        <v>2.6039749E7</v>
       </c>
       <c r="D39" s="14" t="n">
-        <v>1.6256929E7</v>
+        <v>2.1905866E7</v>
       </c>
       <c r="E39" s="14" t="n">
-        <v>1.5165819E7</v>
+        <v>1.9686849E7</v>
       </c>
       <c r="F39" s="14" t="n">
-        <v>1.617882E7</v>
+        <v>2.3879717E7</v>
       </c>
       <c r="G39" s="14" t="n">
-        <v>1.5663524E7</v>
+        <v>2.268769E7</v>
       </c>
       <c r="H39" s="14" t="n">
-        <v>1.5327765E7</v>
+        <v>2.1535718E7</v>
       </c>
       <c r="I39" s="14" t="n">
-        <v>1.4712774E7</v>
+        <v>2.0492012E7</v>
       </c>
       <c r="J39" s="14" t="n">
-        <v>1.4672571E7</v>
+        <v>1.9320379E7</v>
       </c>
       <c r="K39" s="14" t="n">
-        <v>1.4331122E7</v>
+        <v>1.8235271E7</v>
       </c>
       <c r="L39" s="14" t="n">
-        <v>1.4353276E7</v>
+        <v>1.7742539E7</v>
       </c>
       <c r="M39" s="14" t="n">
-        <v>1.4692518E7</v>
+        <v>1.7743279E7</v>
       </c>
       <c r="N39" s="14" t="n">
-        <v>1.5892095E7</v>
+        <v>1.8617651E7</v>
       </c>
       <c r="O39" s="14" t="n">
-        <v>1.5784657E7</v>
+        <v>1.8418051E7</v>
       </c>
       <c r="P39" s="14" t="n">
-        <v>1.5729637E7</v>
+        <v>1.8478537E7</v>
       </c>
       <c r="Q39" s="14" t="n">
-        <v>1.6870943E7</v>
+        <v>1.9423208E7</v>
       </c>
       <c r="R39" s="14" t="n">
-        <v>1.6292564E7</v>
+        <v>1.8875557E7</v>
       </c>
       <c r="S39" s="14" t="n">
-        <v>1.5294338E7</v>
+        <v>1.7856082E7</v>
       </c>
       <c r="T39" s="14" t="n">
-        <v>1.4151643E7</v>
+        <v>1.6610169E7</v>
       </c>
       <c r="U39" s="14" t="n">
-        <v>1.3159235E7</v>
+        <v>1.5568957E7</v>
       </c>
       <c r="V39" s="14" t="n">
-        <v>1.2475943E7</v>
+        <v>1.4485086E7</v>
       </c>
       <c r="W39" s="14" t="n">
-        <v>1.181795E7</v>
+        <v>1.3867702E7</v>
       </c>
       <c r="X39" s="14" t="n">
-        <v>1.1285283E7</v>
+        <v>1.3202307E7</v>
       </c>
       <c r="Y39" s="14" t="n">
-        <v>1.0366526E7</v>
+        <v>1.2107818E7</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RESOURCES: Net social contributions</t>
         </is>
       </c>
       <c r="B40" s="14" t="n">
-        <v>6667.0</v>
+        <v>9905.0</v>
       </c>
       <c r="C40" s="14" t="n">
-        <v>4848.0</v>
+        <v>6971.0</v>
       </c>
       <c r="D40" s="14" t="n">
-        <v>5569.0</v>
+        <v>7306.0</v>
       </c>
       <c r="E40" s="14" t="n">
-        <v>5687.0</v>
+        <v>7423.0</v>
       </c>
       <c r="F40" s="14" t="n">
-        <v>5737.0</v>
+        <v>8248.0</v>
       </c>
       <c r="G40" s="14" t="n">
-        <v>4366.0</v>
+        <v>6257.0</v>
       </c>
       <c r="H40" s="14" t="n">
-        <v>3806.0</v>
+        <v>5346.0</v>
       </c>
       <c r="I40" s="14" t="n">
-        <v>2850.0</v>
+        <v>3858.0</v>
       </c>
       <c r="J40" s="14" t="n">
-        <v>2793.0</v>
+        <v>3620.0</v>
       </c>
       <c r="K40" s="14" t="n">
-        <v>2703.0</v>
+        <v>3369.0</v>
       </c>
       <c r="L40" s="14" t="n">
-        <v>3050.0</v>
+        <v>3670.0</v>
       </c>
       <c r="M40" s="14" t="n">
-        <v>3994.0</v>
+        <v>4538.0</v>
       </c>
       <c r="N40" s="14" t="n">
-        <v>5048.0</v>
+        <v>5595.0</v>
       </c>
       <c r="O40" s="14" t="n">
-        <v>6189.0</v>
+        <v>6780.0</v>
       </c>
       <c r="P40" s="14" t="n">
-        <v>6923.0</v>
+        <v>7695.0</v>
       </c>
       <c r="Q40" s="14" t="n">
-        <v>7957.0</v>
+        <v>9172.0</v>
       </c>
       <c r="R40" s="14" t="n">
-        <v>7519.0</v>
+        <v>7637.0</v>
       </c>
       <c r="S40" s="14" t="n">
-        <v>7435.0</v>
+        <v>7598.0</v>
       </c>
       <c r="T40" s="14" t="n">
-        <v>7273.0</v>
+        <v>7444.0</v>
       </c>
       <c r="U40" s="14" t="n">
-        <v>6036.0</v>
+        <v>6009.0</v>
       </c>
       <c r="V40" s="14" t="n">
-        <v>5460.0</v>
+        <v>5330.0</v>
       </c>
       <c r="W40" s="14" t="n">
-        <v>5136.0</v>
+        <v>5069.0</v>
       </c>
       <c r="X40" s="14" t="n">
-        <v>4787.0</v>
+        <v>4753.0</v>
       </c>
       <c r="Y40" s="14" t="n">
-        <v>4492.0</v>
+        <v>4565.0</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RESOURCES: Social benefits other than social transfers in kind (1)</t>
         </is>
       </c>
       <c r="B41" s="14" t="n">
-        <v>8050833.0</v>
+        <v>5817656.0</v>
       </c>
       <c r="C41" s="14" t="n">
-        <v>7352455.0</v>
+        <v>5283165.0</v>
       </c>
       <c r="D41" s="14" t="n">
-        <v>7340097.0</v>
+        <v>5776407.0</v>
       </c>
       <c r="E41" s="14" t="n">
-        <v>7532097.0</v>
+        <v>5697611.0</v>
       </c>
       <c r="F41" s="14" t="n">
-        <v>6715056.0</v>
+        <v>4464465.0</v>
       </c>
       <c r="G41" s="14" t="n">
-        <v>6396226.0</v>
+        <v>4128402.0</v>
       </c>
       <c r="H41" s="14" t="n">
-        <v>6164305.0</v>
+        <v>3935365.0</v>
       </c>
       <c r="I41" s="14" t="n">
-        <v>6111794.0</v>
+        <v>3879035.0</v>
       </c>
       <c r="J41" s="14" t="n">
-        <v>6115263.0</v>
+        <v>3792008.0</v>
       </c>
       <c r="K41" s="14" t="n">
-        <v>6131934.0</v>
+        <v>3835880.0</v>
       </c>
       <c r="L41" s="14" t="n">
-        <v>6173342.0</v>
+        <v>3827840.0</v>
       </c>
       <c r="M41" s="14" t="n">
-        <v>6065653.0</v>
+        <v>3881700.0</v>
       </c>
       <c r="N41" s="14" t="n">
-        <v>5863353.0</v>
+        <v>3830404.0</v>
       </c>
       <c r="O41" s="14" t="n">
-        <v>5810876.0</v>
+        <v>3786257.0</v>
       </c>
       <c r="P41" s="14" t="n">
-        <v>5711104.0</v>
+        <v>3627896.0</v>
       </c>
       <c r="Q41" s="14" t="n">
-        <v>5391574.0</v>
+        <v>3217487.0</v>
       </c>
       <c r="R41" s="14" t="n">
-        <v>4932659.0</v>
+        <v>2793597.0</v>
       </c>
       <c r="S41" s="14" t="n">
-        <v>4683386.0</v>
+        <v>2611042.0</v>
       </c>
       <c r="T41" s="14" t="n">
-        <v>4398100.0</v>
+        <v>2400492.0</v>
       </c>
       <c r="U41" s="14" t="n">
-        <v>4187187.0</v>
+        <v>2252384.0</v>
       </c>
       <c r="V41" s="14" t="n">
-        <v>3845074.0</v>
+        <v>2069708.0</v>
       </c>
       <c r="W41" s="14" t="n">
-        <v>3653655.0</v>
+        <v>1943520.0</v>
       </c>
       <c r="X41" s="14" t="n">
-        <v>3369747.0</v>
+        <v>1766180.0</v>
       </c>
       <c r="Y41" s="14" t="n">
-        <v>3240259.0</v>
+        <v>1683903.0</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RESOURCES: Other current transfers</t>
         </is>
       </c>
       <c r="B42" s="14" t="n">
-        <v>1804801.0</v>
+        <v>2252651.0</v>
       </c>
       <c r="C42" s="14" t="n">
-        <v>1843496.0</v>
+        <v>2065077.0</v>
       </c>
       <c r="D42" s="14" t="n">
-        <v>1650552.0</v>
+        <v>1941428.0</v>
       </c>
       <c r="E42" s="14" t="n">
-        <v>1355511.0</v>
+        <v>1643172.0</v>
       </c>
       <c r="F42" s="14" t="n">
-        <v>1385601.0</v>
+        <v>1693168.0</v>
       </c>
       <c r="G42" s="14" t="n">
-        <v>1331707.0</v>
+        <v>1620203.0</v>
       </c>
       <c r="H42" s="14" t="n">
-        <v>1226166.0</v>
+        <v>1479259.0</v>
       </c>
       <c r="I42" s="14" t="n">
-        <v>1103260.0</v>
+        <v>1343925.0</v>
       </c>
       <c r="J42" s="14" t="n">
-        <v>977961.0</v>
+        <v>1242011.0</v>
       </c>
       <c r="K42" s="14" t="n">
-        <v>932653.0</v>
+        <v>1124391.0</v>
       </c>
       <c r="L42" s="14" t="n">
-        <v>923460.0</v>
+        <v>1113096.0</v>
       </c>
       <c r="M42" s="14" t="n">
-        <v>900821.0</v>
+        <v>1107052.0</v>
       </c>
       <c r="N42" s="14" t="n">
-        <v>903942.0</v>
+        <v>1059289.0</v>
       </c>
       <c r="O42" s="14" t="n">
-        <v>860050.0</v>
+        <v>1017606.0</v>
       </c>
       <c r="P42" s="14" t="n">
-        <v>998592.0</v>
+        <v>1235431.0</v>
       </c>
       <c r="Q42" s="14" t="n">
-        <v>1056116.0</v>
+        <v>1317472.0</v>
       </c>
       <c r="R42" s="14" t="n">
-        <v>1343718.0</v>
+        <v>1212636.0</v>
       </c>
       <c r="S42" s="14" t="n">
-        <v>1031312.0</v>
+        <v>1143602.0</v>
       </c>
       <c r="T42" s="14" t="n">
-        <v>929204.0</v>
+        <v>1136007.0</v>
       </c>
       <c r="U42" s="14" t="n">
-        <v>947414.0</v>
+        <v>1054011.0</v>
       </c>
       <c r="V42" s="14" t="n">
-        <v>934445.0</v>
+        <v>1076053.0</v>
       </c>
       <c r="W42" s="14" t="n">
-        <v>984813.0</v>
+        <v>1074652.0</v>
       </c>
       <c r="X42" s="14" t="n">
-        <v>918361.0</v>
+        <v>1019898.0</v>
       </c>
       <c r="Y42" s="14" t="n">
-        <v>826031.0</v>
+        <v>971166.0</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT: Current taxes on income, capital gains, etc.</t>
         </is>
       </c>
       <c r="B43" s="14" t="n">
-        <v>2947667.0</v>
+        <v>4130268.0</v>
       </c>
       <c r="C43" s="14" t="n">
-        <v>2754228.0</v>
+        <v>3775045.0</v>
       </c>
       <c r="D43" s="14" t="n">
-        <v>2317272.0</v>
+        <v>2932780.0</v>
       </c>
       <c r="E43" s="14" t="n">
-        <v>2194629.0</v>
+        <v>2476463.0</v>
       </c>
       <c r="F43" s="14" t="n">
-        <v>2194733.0</v>
+        <v>2828269.0</v>
       </c>
       <c r="G43" s="14" t="n">
-        <v>2103888.0</v>
+        <v>2769482.0</v>
       </c>
       <c r="H43" s="14" t="n">
-        <v>2024468.0</v>
+        <v>2519394.0</v>
       </c>
       <c r="I43" s="14" t="n">
-        <v>1929476.0</v>
+        <v>2240877.0</v>
       </c>
       <c r="J43" s="14" t="n">
-        <v>1929330.0</v>
+        <v>2086419.0</v>
       </c>
       <c r="K43" s="14" t="n">
-        <v>2049623.0</v>
+        <v>2058277.0</v>
       </c>
       <c r="L43" s="14" t="n">
-        <v>2014205.0</v>
+        <v>1918693.0</v>
       </c>
       <c r="M43" s="14" t="n">
-        <v>2025099.0</v>
+        <v>1845001.0</v>
       </c>
       <c r="N43" s="14" t="n">
-        <v>2027318.0</v>
+        <v>1818919.0</v>
       </c>
       <c r="O43" s="14" t="n">
-        <v>1971965.0</v>
+        <v>1771053.0</v>
       </c>
       <c r="P43" s="14" t="n">
-        <v>1845957.0</v>
+        <v>1688795.0</v>
       </c>
       <c r="Q43" s="14" t="n">
-        <v>2023474.0</v>
+        <v>1907400.0</v>
       </c>
       <c r="R43" s="14" t="n">
-        <v>2031398.0</v>
+        <v>1955904.0</v>
       </c>
       <c r="S43" s="14" t="n">
-        <v>1718482.0</v>
+        <v>1688960.0</v>
       </c>
       <c r="T43" s="14" t="n">
-        <v>1507688.0</v>
+        <v>1476469.0</v>
       </c>
       <c r="U43" s="14" t="n">
-        <v>1476688.0</v>
+        <v>1409128.0</v>
       </c>
       <c r="V43" s="14" t="n">
-        <v>1305243.0</v>
+        <v>1227163.0</v>
       </c>
       <c r="W43" s="14" t="n">
-        <v>1333101.0</v>
+        <v>1232652.0</v>
       </c>
       <c r="X43" s="14" t="n">
-        <v>1240609.0</v>
+        <v>1137710.0</v>
       </c>
       <c r="Y43" s="14" t="n">
-        <v>1118668.0</v>
+        <v>1020917.0</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT:   Net social contributions (2)</t>
         </is>
       </c>
       <c r="B44" s="14" t="n">
-        <v>3974902.0</v>
+        <v>5828908.0</v>
       </c>
       <c r="C44" s="14" t="n">
-        <v>3703889.0</v>
+        <v>5134367.0</v>
       </c>
       <c r="D44" s="14" t="n">
-        <v>3633490.0</v>
+        <v>4487044.0</v>
       </c>
       <c r="E44" s="14" t="n">
-        <v>3451631.0</v>
+        <v>4177636.0</v>
       </c>
       <c r="F44" s="14" t="n">
-        <v>3464048.0</v>
+        <v>4710166.0</v>
       </c>
       <c r="G44" s="14" t="n">
-        <v>3280072.0</v>
+        <v>4355868.0</v>
       </c>
       <c r="H44" s="14" t="n">
-        <v>3216034.0</v>
+        <v>4103045.0</v>
       </c>
       <c r="I44" s="14" t="n">
-        <v>3149887.0</v>
+        <v>3829163.0</v>
       </c>
       <c r="J44" s="14" t="n">
-        <v>3137581.0</v>
+        <v>3626538.0</v>
       </c>
       <c r="K44" s="14" t="n">
-        <v>3194622.0</v>
+        <v>3525988.0</v>
       </c>
       <c r="L44" s="14" t="n">
-        <v>3203929.0</v>
+        <v>3364722.0</v>
       </c>
       <c r="M44" s="14" t="n">
-        <v>3333161.0</v>
+        <v>3421760.0</v>
       </c>
       <c r="N44" s="14" t="n">
-        <v>3513825.0</v>
+        <v>3541055.0</v>
       </c>
       <c r="O44" s="14" t="n">
-        <v>3590414.0</v>
+        <v>3624314.0</v>
       </c>
       <c r="P44" s="14" t="n">
-        <v>3583334.0</v>
+        <v>3612278.0</v>
       </c>
       <c r="Q44" s="14" t="n">
-        <v>3617080.0</v>
+        <v>3731927.0</v>
       </c>
       <c r="R44" s="14" t="n">
-        <v>3393199.0</v>
+        <v>3495306.0</v>
       </c>
       <c r="S44" s="14" t="n">
-        <v>3169640.0</v>
+        <v>3275010.0</v>
       </c>
       <c r="T44" s="14" t="n">
-        <v>2928373.0</v>
+        <v>2973005.0</v>
       </c>
       <c r="U44" s="14" t="n">
-        <v>2808510.0</v>
+        <v>2759690.0</v>
       </c>
       <c r="V44" s="14" t="n">
-        <v>2616439.0</v>
+        <v>2561196.0</v>
       </c>
       <c r="W44" s="14" t="n">
-        <v>2515310.0</v>
+        <v>2460978.0</v>
       </c>
       <c r="X44" s="14" t="n">
-        <v>2430474.0</v>
+        <v>2306067.0</v>
       </c>
       <c r="Y44" s="14" t="n">
-        <v>2249600.0</v>
+        <v>2140875.0</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT: Social benefits other than social transfers in kind</t>
         </is>
       </c>
       <c r="B45" s="14" t="n">
-        <v>7018.0</v>
+        <v>10709.0</v>
       </c>
       <c r="C45" s="14" t="n">
-        <v>6227.0</v>
+        <v>9319.0</v>
       </c>
       <c r="D45" s="14" t="n">
-        <v>4261.0</v>
+        <v>5743.0</v>
       </c>
       <c r="E45" s="14" t="n">
-        <v>3761.0</v>
+        <v>4971.0</v>
       </c>
       <c r="F45" s="14" t="n">
-        <v>3949.0</v>
+        <v>5600.0</v>
       </c>
       <c r="G45" s="14" t="n">
-        <v>2989.0</v>
+        <v>4244.0</v>
       </c>
       <c r="H45" s="14" t="n">
-        <v>2481.0</v>
+        <v>3762.0</v>
       </c>
       <c r="I45" s="14" t="n">
-        <v>2026.0</v>
+        <v>3181.0</v>
       </c>
       <c r="J45" s="14" t="n">
-        <v>1744.0</v>
+        <v>2345.0</v>
       </c>
       <c r="K45" s="14" t="n">
-        <v>1164.0</v>
+        <v>1507.0</v>
       </c>
       <c r="L45" s="14" t="n">
-        <v>1839.0</v>
+        <v>2264.0</v>
       </c>
       <c r="M45" s="14" t="n">
-        <v>2862.0</v>
+        <v>3183.0</v>
       </c>
       <c r="N45" s="14" t="n">
-        <v>2920.0</v>
+        <v>3203.0</v>
       </c>
       <c r="O45" s="14" t="n">
-        <v>6920.0</v>
+        <v>7520.0</v>
       </c>
       <c r="P45" s="14" t="n">
-        <v>6395.0</v>
+        <v>7612.0</v>
       </c>
       <c r="Q45" s="14" t="n">
-        <v>7224.0</v>
+        <v>8370.0</v>
       </c>
       <c r="R45" s="14" t="n">
-        <v>7740.0</v>
+        <v>7829.0</v>
       </c>
       <c r="S45" s="14" t="n">
-        <v>6840.0</v>
+        <v>6833.0</v>
       </c>
       <c r="T45" s="14" t="n">
-        <v>6087.0</v>
+        <v>6192.0</v>
       </c>
       <c r="U45" s="14" t="n">
-        <v>5499.0</v>
+        <v>5234.0</v>
       </c>
       <c r="V45" s="14" t="n">
-        <v>5264.0</v>
+        <v>4770.0</v>
       </c>
       <c r="W45" s="14" t="n">
-        <v>4613.0</v>
+        <v>4293.0</v>
       </c>
       <c r="X45" s="14" t="n">
-        <v>3448.0</v>
+        <v>3277.0</v>
       </c>
       <c r="Y45" s="14" t="n">
-        <v>5021.0</v>
+        <v>4885.0</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT:   Other current transfers</t>
         </is>
       </c>
       <c r="B46" s="14" t="n">
-        <v>1918713.0</v>
+        <v>2672356.0</v>
       </c>
       <c r="C46" s="14" t="n">
-        <v>1799027.0</v>
+        <v>2462482.0</v>
       </c>
       <c r="D46" s="14" t="n">
-        <v>1757152.0</v>
+        <v>2331285.0</v>
       </c>
       <c r="E46" s="14" t="n">
-        <v>1460315.0</v>
+        <v>1957443.0</v>
       </c>
       <c r="F46" s="14" t="n">
-        <v>1526776.0</v>
+        <v>2061445.0</v>
       </c>
       <c r="G46" s="14" t="n">
-        <v>1459340.0</v>
+        <v>1960058.0</v>
       </c>
       <c r="H46" s="14" t="n">
-        <v>1346790.0</v>
+        <v>1799525.0</v>
       </c>
       <c r="I46" s="14" t="n">
-        <v>1207986.0</v>
+        <v>1594100.0</v>
       </c>
       <c r="J46" s="14" t="n">
-        <v>1094116.0</v>
+        <v>1473822.0</v>
       </c>
       <c r="K46" s="14" t="n">
-        <v>1034719.0</v>
+        <v>1366705.0</v>
       </c>
       <c r="L46" s="14" t="n">
-        <v>1020582.0</v>
+        <v>1371688.0</v>
       </c>
       <c r="M46" s="14" t="n">
-        <v>976013.0</v>
+        <v>1342106.0</v>
       </c>
       <c r="N46" s="14" t="n">
-        <v>945820.0</v>
+        <v>1295642.0</v>
       </c>
       <c r="O46" s="14" t="n">
-        <v>953848.0</v>
+        <v>1281451.0</v>
       </c>
       <c r="P46" s="14" t="n">
-        <v>1020987.0</v>
+        <v>1416432.0</v>
       </c>
       <c r="Q46" s="14" t="n">
-        <v>1052810.0</v>
+        <v>1495590.0</v>
       </c>
       <c r="R46" s="14" t="n">
-        <v>1036346.0</v>
+        <v>1455271.0</v>
       </c>
       <c r="S46" s="14" t="n">
-        <v>971871.0</v>
+        <v>1371926.0</v>
       </c>
       <c r="T46" s="14" t="n">
-        <v>953362.0</v>
+        <v>1305205.0</v>
       </c>
       <c r="U46" s="14" t="n">
-        <v>910277.0</v>
+        <v>1094836.0</v>
       </c>
       <c r="V46" s="14" t="n">
-        <v>888148.0</v>
+        <v>1085981.0</v>
       </c>
       <c r="W46" s="14" t="n">
-        <v>882487.0</v>
+        <v>1078616.0</v>
       </c>
       <c r="X46" s="14" t="n">
-        <v>830982.0</v>
+        <v>1003871.0</v>
       </c>
       <c r="Y46" s="14" t="n">
-        <v>781980.0</v>
+        <v>963597.0</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT: Gross disposable income</t>
         </is>
       </c>
       <c r="B47" s="14" t="n">
-        <v>2.0408475E7</v>
+        <v>2.4673566E7</v>
       </c>
       <c r="C47" s="14" t="n">
-        <v>1.8720235E7</v>
+        <v>2.2013749E7</v>
       </c>
       <c r="D47" s="14" t="n">
-        <v>1.7540972E7</v>
+        <v>1.9874155E7</v>
       </c>
       <c r="E47" s="14" t="n">
-        <v>1.6948778E7</v>
+        <v>1.8418542E7</v>
       </c>
       <c r="F47" s="14" t="n">
-        <v>1.7095708E7</v>
+        <v>2.0440118E7</v>
       </c>
       <c r="G47" s="14" t="n">
-        <v>1.6549534E7</v>
+        <v>1.93529E7</v>
       </c>
       <c r="H47" s="14" t="n">
-        <v>1.6132269E7</v>
+        <v>1.8529962E7</v>
       </c>
       <c r="I47" s="14" t="n">
-        <v>1.5641303E7</v>
+        <v>1.8051509E7</v>
       </c>
       <c r="J47" s="14" t="n">
-        <v>1.5605817E7</v>
+        <v>1.7168894E7</v>
       </c>
       <c r="K47" s="14" t="n">
-        <v>1.5118284E7</v>
+        <v>1.6246434E7</v>
       </c>
       <c r="L47" s="14" t="n">
-        <v>1.5212573E7</v>
+        <v>1.6029778E7</v>
       </c>
       <c r="M47" s="14" t="n">
-        <v>1.5325851E7</v>
+        <v>1.6124519E7</v>
       </c>
       <c r="N47" s="14" t="n">
-        <v>1.6174555E7</v>
+        <v>1.685412E7</v>
       </c>
       <c r="O47" s="14" t="n">
-        <v>1.5938625E7</v>
+        <v>1.6544356E7</v>
       </c>
       <c r="P47" s="14" t="n">
-        <v>1.5989583E7</v>
+        <v>1.6624442E7</v>
       </c>
       <c r="Q47" s="14" t="n">
-        <v>1.6626002E7</v>
+        <v>1.6824052E7</v>
       </c>
       <c r="R47" s="14" t="n">
-        <v>1.6107777E7</v>
+        <v>1.5975117E7</v>
       </c>
       <c r="S47" s="14" t="n">
-        <v>1.5149638E7</v>
+        <v>1.5275595E7</v>
       </c>
       <c r="T47" s="14" t="n">
-        <v>1.409071E7</v>
+        <v>1.4393241E7</v>
       </c>
       <c r="U47" s="14" t="n">
-        <v>1.3098898E7</v>
+        <v>1.3612473E7</v>
       </c>
       <c r="V47" s="14" t="n">
-        <v>1.2445828E7</v>
+        <v>1.2757067E7</v>
       </c>
       <c r="W47" s="14" t="n">
-        <v>1.1726043E7</v>
+        <v>1.2114404E7</v>
       </c>
       <c r="X47" s="14" t="n">
-        <v>1.1072665E7</v>
+        <v>1.1542213E7</v>
       </c>
       <c r="Y47" s="14" t="n">
-        <v>1.0282039E7</v>
+        <v>1.0637178E7</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="6" t="inlineStr">
         <is>
-          <t>04 Balears, Illes</t>
+          <t>CANARIAS</t>
         </is>
       </c>
       <c r="B48" s="6"/>
       <c r="C48" s="6"/>
       <c r="D48" s="6"/>
       <c r="E48" s="6"/>
       <c r="F48" s="6"/>
       <c r="G48" s="6"/>
       <c r="H48" s="6"/>
       <c r="I48" s="6"/>
       <c r="J48" s="6"/>
       <c r="K48" s="6"/>
       <c r="L48" s="6"/>
       <c r="M48" s="6"/>
       <c r="N48" s="6"/>
       <c r="O48" s="6"/>
       <c r="P48" s="6"/>
       <c r="Q48" s="6"/>
       <c r="R48" s="6"/>
       <c r="S48" s="6"/>
       <c r="T48" s="6"/>
       <c r="U48" s="6"/>
       <c r="V48" s="6"/>
       <c r="W48" s="6"/>
       <c r="X48" s="6"/>
       <c r="Y48" s="6"/>
     </row>
     <row r="49">
       <c r="A49" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RESOURCES: Balance of gross primary income</t>
         </is>
       </c>
       <c r="B49" s="14" t="n">
-        <v>2.9235595E7</v>
+        <v>3.9103575E7</v>
       </c>
       <c r="C49" s="14" t="n">
-        <v>2.6039749E7</v>
+        <v>3.5308735E7</v>
       </c>
       <c r="D49" s="14" t="n">
-        <v>2.1905866E7</v>
+        <v>3.123959E7</v>
       </c>
       <c r="E49" s="14" t="n">
-        <v>1.9686849E7</v>
+        <v>2.876143E7</v>
       </c>
       <c r="F49" s="14" t="n">
-        <v>2.3879717E7</v>
+        <v>3.2989133E7</v>
       </c>
       <c r="G49" s="14" t="n">
-        <v>2.268769E7</v>
+        <v>3.1465421E7</v>
       </c>
       <c r="H49" s="14" t="n">
-        <v>2.1535718E7</v>
+        <v>3.0478588E7</v>
       </c>
       <c r="I49" s="14" t="n">
-        <v>2.0492012E7</v>
+        <v>2.9009584E7</v>
       </c>
       <c r="J49" s="14" t="n">
-        <v>1.9320379E7</v>
+        <v>2.7950952E7</v>
       </c>
       <c r="K49" s="14" t="n">
-        <v>1.8235271E7</v>
+        <v>2.6876466E7</v>
       </c>
       <c r="L49" s="14" t="n">
-        <v>1.7742539E7</v>
+        <v>2.6607797E7</v>
       </c>
       <c r="M49" s="14" t="n">
-        <v>1.7743279E7</v>
+        <v>2.6575547E7</v>
       </c>
       <c r="N49" s="14" t="n">
-        <v>1.8617651E7</v>
+        <v>2.8196192E7</v>
       </c>
       <c r="O49" s="14" t="n">
-        <v>1.8418051E7</v>
+        <v>2.7849027E7</v>
       </c>
       <c r="P49" s="14" t="n">
-        <v>1.8478537E7</v>
+        <v>2.7659427E7</v>
       </c>
       <c r="Q49" s="14" t="n">
-        <v>1.9423208E7</v>
+        <v>2.9124661E7</v>
       </c>
       <c r="R49" s="14" t="n">
-        <v>1.8875557E7</v>
+        <v>2.8746367E7</v>
       </c>
       <c r="S49" s="14" t="n">
-        <v>1.7856082E7</v>
+        <v>2.7368019E7</v>
       </c>
       <c r="T49" s="14" t="n">
-        <v>1.6610169E7</v>
+        <v>2.5991528E7</v>
       </c>
       <c r="U49" s="14" t="n">
-        <v>1.5568957E7</v>
+        <v>2.4577743E7</v>
       </c>
       <c r="V49" s="14" t="n">
-        <v>1.4485086E7</v>
+        <v>2.3394763E7</v>
       </c>
       <c r="W49" s="14" t="n">
-        <v>1.3867702E7</v>
+        <v>2.1983038E7</v>
       </c>
       <c r="X49" s="14" t="n">
-        <v>1.3202307E7</v>
+        <v>2.0697924E7</v>
       </c>
       <c r="Y49" s="14" t="n">
-        <v>1.2107818E7</v>
+        <v>1.9045029E7</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RESOURCES: Net social contributions</t>
         </is>
       </c>
       <c r="B50" s="14" t="n">
-        <v>9905.0</v>
+        <v>16077.0</v>
       </c>
       <c r="C50" s="14" t="n">
-        <v>6971.0</v>
+        <v>11391.0</v>
       </c>
       <c r="D50" s="14" t="n">
-        <v>7306.0</v>
+        <v>12456.0</v>
       </c>
       <c r="E50" s="14" t="n">
-        <v>7423.0</v>
+        <v>12883.0</v>
       </c>
       <c r="F50" s="14" t="n">
-        <v>8248.0</v>
+        <v>13376.0</v>
       </c>
       <c r="G50" s="14" t="n">
-        <v>6257.0</v>
+        <v>10174.0</v>
       </c>
       <c r="H50" s="14" t="n">
-        <v>5346.0</v>
+        <v>8666.0</v>
       </c>
       <c r="I50" s="14" t="n">
-        <v>3858.0</v>
+        <v>6318.0</v>
       </c>
       <c r="J50" s="14" t="n">
-        <v>3620.0</v>
+        <v>6030.0</v>
       </c>
       <c r="K50" s="14" t="n">
-        <v>3369.0</v>
+        <v>5706.0</v>
       </c>
       <c r="L50" s="14" t="n">
-        <v>3670.0</v>
+        <v>6215.0</v>
       </c>
       <c r="M50" s="14" t="n">
-        <v>4538.0</v>
+        <v>7823.0</v>
       </c>
       <c r="N50" s="14" t="n">
-        <v>5595.0</v>
+        <v>9801.0</v>
       </c>
       <c r="O50" s="14" t="n">
-        <v>6780.0</v>
+        <v>11687.0</v>
       </c>
       <c r="P50" s="14" t="n">
-        <v>7695.0</v>
+        <v>13381.0</v>
       </c>
       <c r="Q50" s="14" t="n">
-        <v>9172.0</v>
+        <v>16252.0</v>
       </c>
       <c r="R50" s="14" t="n">
-        <v>7637.0</v>
+        <v>16091.0</v>
       </c>
       <c r="S50" s="14" t="n">
-        <v>7598.0</v>
+        <v>16418.0</v>
       </c>
       <c r="T50" s="14" t="n">
-        <v>7444.0</v>
+        <v>16154.0</v>
       </c>
       <c r="U50" s="14" t="n">
-        <v>6009.0</v>
+        <v>13426.0</v>
       </c>
       <c r="V50" s="14" t="n">
-        <v>5330.0</v>
+        <v>11906.0</v>
       </c>
       <c r="W50" s="14" t="n">
-        <v>5069.0</v>
+        <v>11149.0</v>
       </c>
       <c r="X50" s="14" t="n">
-        <v>4753.0</v>
+        <v>10339.0</v>
       </c>
       <c r="Y50" s="14" t="n">
-        <v>4565.0</v>
+        <v>9885.0</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RESOURCES: Social benefits other than social transfers in kind (1)</t>
         </is>
       </c>
       <c r="B51" s="14" t="n">
-        <v>5817656.0</v>
+        <v>1.0088422E7</v>
       </c>
       <c r="C51" s="14" t="n">
-        <v>5283165.0</v>
+        <v>9094779.0</v>
       </c>
       <c r="D51" s="14" t="n">
-        <v>5776407.0</v>
+        <v>9780703.0</v>
       </c>
       <c r="E51" s="14" t="n">
-        <v>5697611.0</v>
+        <v>9735832.0</v>
       </c>
       <c r="F51" s="14" t="n">
-        <v>4464465.0</v>
+        <v>7865131.0</v>
       </c>
       <c r="G51" s="14" t="n">
-        <v>4128402.0</v>
+        <v>7312376.0</v>
       </c>
       <c r="H51" s="14" t="n">
-        <v>3935365.0</v>
+        <v>6950390.0</v>
       </c>
       <c r="I51" s="14" t="n">
-        <v>3879035.0</v>
+        <v>6815056.0</v>
       </c>
       <c r="J51" s="14" t="n">
-        <v>3792008.0</v>
+        <v>6617685.0</v>
       </c>
       <c r="K51" s="14" t="n">
-        <v>3835880.0</v>
+        <v>6560928.0</v>
       </c>
       <c r="L51" s="14" t="n">
-        <v>3827840.0</v>
+        <v>6599231.0</v>
       </c>
       <c r="M51" s="14" t="n">
-        <v>3881700.0</v>
+        <v>6615434.0</v>
       </c>
       <c r="N51" s="14" t="n">
-        <v>3830404.0</v>
+        <v>6572067.0</v>
       </c>
       <c r="O51" s="14" t="n">
-        <v>3786257.0</v>
+        <v>6679230.0</v>
       </c>
       <c r="P51" s="14" t="n">
-        <v>3627896.0</v>
+        <v>6264749.0</v>
       </c>
       <c r="Q51" s="14" t="n">
-        <v>3217487.0</v>
+        <v>5639102.0</v>
       </c>
       <c r="R51" s="14" t="n">
-        <v>2793597.0</v>
+        <v>4999667.0</v>
       </c>
       <c r="S51" s="14" t="n">
-        <v>2611042.0</v>
+        <v>4610687.0</v>
       </c>
       <c r="T51" s="14" t="n">
-        <v>2400492.0</v>
+        <v>4195281.0</v>
       </c>
       <c r="U51" s="14" t="n">
-        <v>2252384.0</v>
+        <v>3887156.0</v>
       </c>
       <c r="V51" s="14" t="n">
-        <v>2069708.0</v>
+        <v>3456672.0</v>
       </c>
       <c r="W51" s="14" t="n">
-        <v>1943520.0</v>
+        <v>3250322.0</v>
       </c>
       <c r="X51" s="14" t="n">
-        <v>1766180.0</v>
+        <v>2929302.0</v>
       </c>
       <c r="Y51" s="14" t="n">
-        <v>1683903.0</v>
+        <v>2766284.0</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RESOURCES: Other current transfers</t>
         </is>
       </c>
       <c r="B52" s="14" t="n">
-        <v>2252651.0</v>
+        <v>3986293.0</v>
       </c>
       <c r="C52" s="14" t="n">
-        <v>2065077.0</v>
+        <v>3754197.0</v>
       </c>
       <c r="D52" s="14" t="n">
-        <v>1941428.0</v>
+        <v>3662937.0</v>
       </c>
       <c r="E52" s="14" t="n">
-        <v>1643172.0</v>
+        <v>2870915.0</v>
       </c>
       <c r="F52" s="14" t="n">
-        <v>1693168.0</v>
+        <v>2873939.0</v>
       </c>
       <c r="G52" s="14" t="n">
-        <v>1620203.0</v>
+        <v>2749291.0</v>
       </c>
       <c r="H52" s="14" t="n">
-        <v>1479259.0</v>
+        <v>2675730.0</v>
       </c>
       <c r="I52" s="14" t="n">
-        <v>1343925.0</v>
+        <v>2206527.0</v>
       </c>
       <c r="J52" s="14" t="n">
-        <v>1242011.0</v>
+        <v>1995098.0</v>
       </c>
       <c r="K52" s="14" t="n">
-        <v>1124391.0</v>
+        <v>1845584.0</v>
       </c>
       <c r="L52" s="14" t="n">
-        <v>1113096.0</v>
+        <v>1903858.0</v>
       </c>
       <c r="M52" s="14" t="n">
-        <v>1107052.0</v>
+        <v>1871152.0</v>
       </c>
       <c r="N52" s="14" t="n">
-        <v>1059289.0</v>
+        <v>1781333.0</v>
       </c>
       <c r="O52" s="14" t="n">
-        <v>1017606.0</v>
+        <v>1644023.0</v>
       </c>
       <c r="P52" s="14" t="n">
-        <v>1235431.0</v>
+        <v>2042217.0</v>
       </c>
       <c r="Q52" s="14" t="n">
-        <v>1317472.0</v>
+        <v>2199321.0</v>
       </c>
       <c r="R52" s="14" t="n">
-        <v>1212636.0</v>
+        <v>2085868.0</v>
       </c>
       <c r="S52" s="14" t="n">
-        <v>1143602.0</v>
+        <v>1814023.0</v>
       </c>
       <c r="T52" s="14" t="n">
-        <v>1136007.0</v>
+        <v>1850898.0</v>
       </c>
       <c r="U52" s="14" t="n">
-        <v>1054011.0</v>
+        <v>1891513.0</v>
       </c>
       <c r="V52" s="14" t="n">
-        <v>1076053.0</v>
+        <v>1818116.0</v>
       </c>
       <c r="W52" s="14" t="n">
-        <v>1074652.0</v>
+        <v>1889867.0</v>
       </c>
       <c r="X52" s="14" t="n">
-        <v>1019898.0</v>
+        <v>1787441.0</v>
       </c>
       <c r="Y52" s="14" t="n">
-        <v>971166.0</v>
+        <v>1576668.0</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT: Current taxes on income, capital gains, etc.</t>
         </is>
       </c>
       <c r="B53" s="14" t="n">
-        <v>4130268.0</v>
+        <v>4621486.0</v>
       </c>
       <c r="C53" s="14" t="n">
-        <v>3775045.0</v>
+        <v>4050322.0</v>
       </c>
       <c r="D53" s="14" t="n">
-        <v>2932780.0</v>
+        <v>3426298.0</v>
       </c>
       <c r="E53" s="14" t="n">
-        <v>2476463.0</v>
+        <v>3130672.0</v>
       </c>
       <c r="F53" s="14" t="n">
-        <v>2828269.0</v>
+        <v>3313139.0</v>
       </c>
       <c r="G53" s="14" t="n">
-        <v>2769482.0</v>
+        <v>3086203.0</v>
       </c>
       <c r="H53" s="14" t="n">
-        <v>2519394.0</v>
+        <v>2950793.0</v>
       </c>
       <c r="I53" s="14" t="n">
-        <v>2240877.0</v>
+        <v>2725914.0</v>
       </c>
       <c r="J53" s="14" t="n">
-        <v>2086419.0</v>
+        <v>2597666.0</v>
       </c>
       <c r="K53" s="14" t="n">
-        <v>2058277.0</v>
+        <v>2684204.0</v>
       </c>
       <c r="L53" s="14" t="n">
-        <v>1918693.0</v>
+        <v>2623222.0</v>
       </c>
       <c r="M53" s="14" t="n">
-        <v>1845001.0</v>
+        <v>2548964.0</v>
       </c>
       <c r="N53" s="14" t="n">
-        <v>1818919.0</v>
+        <v>2501962.0</v>
       </c>
       <c r="O53" s="14" t="n">
-        <v>1771053.0</v>
+        <v>2464796.0</v>
       </c>
       <c r="P53" s="14" t="n">
-        <v>1688795.0</v>
+        <v>2319312.0</v>
       </c>
       <c r="Q53" s="14" t="n">
-        <v>1907400.0</v>
+        <v>2547252.0</v>
       </c>
       <c r="R53" s="14" t="n">
-        <v>1955904.0</v>
+        <v>2647522.0</v>
       </c>
       <c r="S53" s="14" t="n">
-        <v>1688960.0</v>
+        <v>2286035.0</v>
       </c>
       <c r="T53" s="14" t="n">
-        <v>1476469.0</v>
+        <v>2052219.0</v>
       </c>
       <c r="U53" s="14" t="n">
-        <v>1409128.0</v>
+        <v>2013342.0</v>
       </c>
       <c r="V53" s="14" t="n">
-        <v>1227163.0</v>
+        <v>1760042.0</v>
       </c>
       <c r="W53" s="14" t="n">
-        <v>1232652.0</v>
+        <v>1760925.0</v>
       </c>
       <c r="X53" s="14" t="n">
-        <v>1137710.0</v>
+        <v>1615349.0</v>
       </c>
       <c r="Y53" s="14" t="n">
-        <v>1020917.0</v>
+        <v>1412048.0</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT:   Net social contributions (2)</t>
         </is>
       </c>
       <c r="B54" s="14" t="n">
-        <v>5828908.0</v>
+        <v>8352802.0</v>
       </c>
       <c r="C54" s="14" t="n">
-        <v>5134367.0</v>
+        <v>7527485.0</v>
       </c>
       <c r="D54" s="14" t="n">
-        <v>4487044.0</v>
+        <v>6783906.0</v>
       </c>
       <c r="E54" s="14" t="n">
-        <v>4177636.0</v>
+        <v>6583891.0</v>
       </c>
       <c r="F54" s="14" t="n">
-        <v>4710166.0</v>
+        <v>6852463.0</v>
       </c>
       <c r="G54" s="14" t="n">
-        <v>4355868.0</v>
+        <v>6370718.0</v>
       </c>
       <c r="H54" s="14" t="n">
-        <v>4103045.0</v>
+        <v>6049625.0</v>
       </c>
       <c r="I54" s="14" t="n">
-        <v>3829163.0</v>
+        <v>5758249.0</v>
       </c>
       <c r="J54" s="14" t="n">
-        <v>3626538.0</v>
+        <v>5551658.0</v>
       </c>
       <c r="K54" s="14" t="n">
-        <v>3525988.0</v>
+        <v>5510659.0</v>
       </c>
       <c r="L54" s="14" t="n">
-        <v>3364722.0</v>
+        <v>5331017.0</v>
       </c>
       <c r="M54" s="14" t="n">
-        <v>3421760.0</v>
+        <v>5477899.0</v>
       </c>
       <c r="N54" s="14" t="n">
-        <v>3541055.0</v>
+        <v>5753634.0</v>
       </c>
       <c r="O54" s="14" t="n">
-        <v>3624314.0</v>
+        <v>5897111.0</v>
       </c>
       <c r="P54" s="14" t="n">
-        <v>3612278.0</v>
+        <v>5931783.0</v>
       </c>
       <c r="Q54" s="14" t="n">
-        <v>3731927.0</v>
+        <v>6131385.0</v>
       </c>
       <c r="R54" s="14" t="n">
-        <v>3495306.0</v>
+        <v>5909199.0</v>
       </c>
       <c r="S54" s="14" t="n">
-        <v>3275010.0</v>
+        <v>5543182.0</v>
       </c>
       <c r="T54" s="14" t="n">
-        <v>2973005.0</v>
+        <v>5159023.0</v>
       </c>
       <c r="U54" s="14" t="n">
-        <v>2759690.0</v>
+        <v>4820030.0</v>
       </c>
       <c r="V54" s="14" t="n">
-        <v>2561196.0</v>
+        <v>4445335.0</v>
       </c>
       <c r="W54" s="14" t="n">
-        <v>2460978.0</v>
+        <v>4244116.0</v>
       </c>
       <c r="X54" s="14" t="n">
-        <v>2306067.0</v>
+        <v>3929289.0</v>
       </c>
       <c r="Y54" s="14" t="n">
-        <v>2140875.0</v>
+        <v>3685625.0</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT: Social benefits other than social transfers in kind</t>
         </is>
       </c>
       <c r="B55" s="14" t="n">
-        <v>10709.0</v>
+        <v>16857.0</v>
       </c>
       <c r="C55" s="14" t="n">
-        <v>9319.0</v>
+        <v>14973.0</v>
       </c>
       <c r="D55" s="14" t="n">
-        <v>5743.0</v>
+        <v>9873.0</v>
       </c>
       <c r="E55" s="14" t="n">
-        <v>4971.0</v>
+        <v>8584.0</v>
       </c>
       <c r="F55" s="14" t="n">
-        <v>5600.0</v>
+        <v>9008.0</v>
       </c>
       <c r="G55" s="14" t="n">
-        <v>4244.0</v>
+        <v>7317.0</v>
       </c>
       <c r="H55" s="14" t="n">
-        <v>3762.0</v>
+        <v>5731.0</v>
       </c>
       <c r="I55" s="14" t="n">
-        <v>3181.0</v>
+        <v>4798.0</v>
       </c>
       <c r="J55" s="14" t="n">
-        <v>2345.0</v>
+        <v>3860.0</v>
       </c>
       <c r="K55" s="14" t="n">
-        <v>1507.0</v>
+        <v>2408.0</v>
       </c>
       <c r="L55" s="14" t="n">
-        <v>2264.0</v>
+        <v>3674.0</v>
       </c>
       <c r="M55" s="14" t="n">
-        <v>3183.0</v>
+        <v>5333.0</v>
       </c>
       <c r="N55" s="14" t="n">
-        <v>3203.0</v>
+        <v>5510.0</v>
       </c>
       <c r="O55" s="14" t="n">
-        <v>7520.0</v>
+        <v>12993.0</v>
       </c>
       <c r="P55" s="14" t="n">
-        <v>7612.0</v>
+        <v>12345.0</v>
       </c>
       <c r="Q55" s="14" t="n">
-        <v>8370.0</v>
+        <v>14636.0</v>
       </c>
       <c r="R55" s="14" t="n">
-        <v>7829.0</v>
+        <v>16338.0</v>
       </c>
       <c r="S55" s="14" t="n">
-        <v>6833.0</v>
+        <v>14740.0</v>
       </c>
       <c r="T55" s="14" t="n">
-        <v>6192.0</v>
+        <v>13763.0</v>
       </c>
       <c r="U55" s="14" t="n">
-        <v>5234.0</v>
+        <v>12389.0</v>
       </c>
       <c r="V55" s="14" t="n">
-        <v>4770.0</v>
+        <v>11064.0</v>
       </c>
       <c r="W55" s="14" t="n">
-        <v>4293.0</v>
+        <v>9315.0</v>
       </c>
       <c r="X55" s="14" t="n">
-        <v>3277.0</v>
+        <v>7052.0</v>
       </c>
       <c r="Y55" s="14" t="n">
-        <v>4885.0</v>
+        <v>10463.0</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT:   Other current transfers</t>
         </is>
       </c>
       <c r="B56" s="14" t="n">
-        <v>2672356.0</v>
+        <v>4529735.0</v>
       </c>
       <c r="C56" s="14" t="n">
-        <v>2462482.0</v>
+        <v>4215928.0</v>
       </c>
       <c r="D56" s="14" t="n">
-        <v>2331285.0</v>
+        <v>4029218.0</v>
       </c>
       <c r="E56" s="14" t="n">
-        <v>1957443.0</v>
+        <v>3247954.0</v>
       </c>
       <c r="F56" s="14" t="n">
-        <v>2061445.0</v>
+        <v>3313363.0</v>
       </c>
       <c r="G56" s="14" t="n">
-        <v>1960058.0</v>
+        <v>3152820.0</v>
       </c>
       <c r="H56" s="14" t="n">
-        <v>1799525.0</v>
+        <v>2859578.0</v>
       </c>
       <c r="I56" s="14" t="n">
-        <v>1594100.0</v>
+        <v>2517252.0</v>
       </c>
       <c r="J56" s="14" t="n">
-        <v>1473822.0</v>
+        <v>2263064.0</v>
       </c>
       <c r="K56" s="14" t="n">
-        <v>1366705.0</v>
+        <v>2102459.0</v>
       </c>
       <c r="L56" s="14" t="n">
-        <v>1371688.0</v>
+        <v>2089421.0</v>
       </c>
       <c r="M56" s="14" t="n">
-        <v>1342106.0</v>
+        <v>2022114.0</v>
       </c>
       <c r="N56" s="14" t="n">
-        <v>1295642.0</v>
+        <v>2001506.0</v>
       </c>
       <c r="O56" s="14" t="n">
-        <v>1281451.0</v>
+        <v>1988528.0</v>
       </c>
       <c r="P56" s="14" t="n">
-        <v>1416432.0</v>
+        <v>2231681.0</v>
       </c>
       <c r="Q56" s="14" t="n">
-        <v>1495590.0</v>
+        <v>2406788.0</v>
       </c>
       <c r="R56" s="14" t="n">
-        <v>1455271.0</v>
+        <v>2353197.0</v>
       </c>
       <c r="S56" s="14" t="n">
-        <v>1371926.0</v>
+        <v>2142337.0</v>
       </c>
       <c r="T56" s="14" t="n">
-        <v>1305205.0</v>
+        <v>2082873.0</v>
       </c>
       <c r="U56" s="14" t="n">
-        <v>1094836.0</v>
+        <v>1956279.0</v>
       </c>
       <c r="V56" s="14" t="n">
-        <v>1085981.0</v>
+        <v>1877787.0</v>
       </c>
       <c r="W56" s="14" t="n">
-        <v>1078616.0</v>
+        <v>1837197.0</v>
       </c>
       <c r="X56" s="14" t="n">
-        <v>1003871.0</v>
+        <v>1817130.0</v>
       </c>
       <c r="Y56" s="14" t="n">
-        <v>963597.0</v>
+        <v>1601403.0</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT: Gross disposable income</t>
         </is>
       </c>
       <c r="B57" s="14" t="n">
-        <v>2.4673566E7</v>
+        <v>3.5673487E7</v>
       </c>
       <c r="C57" s="14" t="n">
-        <v>2.2013749E7</v>
+        <v>3.2360394E7</v>
       </c>
       <c r="D57" s="14" t="n">
-        <v>1.9874155E7</v>
+        <v>3.0446391E7</v>
       </c>
       <c r="E57" s="14" t="n">
-        <v>1.8418542E7</v>
+        <v>2.8409959E7</v>
       </c>
       <c r="F57" s="14" t="n">
-        <v>2.0440118E7</v>
+        <v>3.0253606E7</v>
       </c>
       <c r="G57" s="14" t="n">
-        <v>1.93529E7</v>
+        <v>2.8920204E7</v>
       </c>
       <c r="H57" s="14" t="n">
-        <v>1.8529962E7</v>
+        <v>2.8247647E7</v>
       </c>
       <c r="I57" s="14" t="n">
-        <v>1.8051509E7</v>
+        <v>2.7031272E7</v>
       </c>
       <c r="J57" s="14" t="n">
-        <v>1.7168894E7</v>
+        <v>2.6153517E7</v>
       </c>
       <c r="K57" s="14" t="n">
-        <v>1.6246434E7</v>
+        <v>2.4988954E7</v>
       </c>
       <c r="L57" s="14" t="n">
-        <v>1.6029778E7</v>
+        <v>2.5069767E7</v>
       </c>
       <c r="M57" s="14" t="n">
-        <v>1.6124519E7</v>
+        <v>2.5015646E7</v>
       </c>
       <c r="N57" s="14" t="n">
-        <v>1.685412E7</v>
+        <v>2.6296781E7</v>
       </c>
       <c r="O57" s="14" t="n">
-        <v>1.6544356E7</v>
+        <v>2.5820539E7</v>
       </c>
       <c r="P57" s="14" t="n">
-        <v>1.6624442E7</v>
+        <v>2.5484653E7</v>
       </c>
       <c r="Q57" s="14" t="n">
-        <v>1.6824052E7</v>
+        <v>2.5879275E7</v>
       </c>
       <c r="R57" s="14" t="n">
-        <v>1.5975117E7</v>
+        <v>2.4921737E7</v>
       </c>
       <c r="S57" s="14" t="n">
-        <v>1.5275595E7</v>
+        <v>2.3822853E7</v>
       </c>
       <c r="T57" s="14" t="n">
-        <v>1.4393241E7</v>
+        <v>2.2745983E7</v>
       </c>
       <c r="U57" s="14" t="n">
-        <v>1.3612473E7</v>
+        <v>2.1567798E7</v>
       </c>
       <c r="V57" s="14" t="n">
-        <v>1.2757067E7</v>
+        <v>2.0587229E7</v>
       </c>
       <c r="W57" s="14" t="n">
-        <v>1.2114404E7</v>
+        <v>1.9282823E7</v>
       </c>
       <c r="X57" s="14" t="n">
-        <v>1.1542213E7</v>
+        <v>1.8056186E7</v>
       </c>
       <c r="Y57" s="14" t="n">
-        <v>1.0637178E7</v>
+        <v>1.6688327E7</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="6" t="inlineStr">
         <is>
-          <t>05 Canarias</t>
+          <t>CANTABRIA</t>
         </is>
       </c>
       <c r="B58" s="6"/>
       <c r="C58" s="6"/>
       <c r="D58" s="6"/>
       <c r="E58" s="6"/>
       <c r="F58" s="6"/>
       <c r="G58" s="6"/>
       <c r="H58" s="6"/>
       <c r="I58" s="6"/>
       <c r="J58" s="6"/>
       <c r="K58" s="6"/>
       <c r="L58" s="6"/>
       <c r="M58" s="6"/>
       <c r="N58" s="6"/>
       <c r="O58" s="6"/>
       <c r="P58" s="6"/>
       <c r="Q58" s="6"/>
       <c r="R58" s="6"/>
       <c r="S58" s="6"/>
       <c r="T58" s="6"/>
       <c r="U58" s="6"/>
       <c r="V58" s="6"/>
       <c r="W58" s="6"/>
       <c r="X58" s="6"/>
       <c r="Y58" s="6"/>
     </row>
     <row r="59">
       <c r="A59" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RESOURCES: Balance of gross primary income</t>
         </is>
       </c>
       <c r="B59" s="14" t="n">
-        <v>3.9103575E7</v>
+        <v>1.1593347E7</v>
       </c>
       <c r="C59" s="14" t="n">
-        <v>3.5308735E7</v>
+        <v>1.0737743E7</v>
       </c>
       <c r="D59" s="14" t="n">
-        <v>3.123959E7</v>
+        <v>9921833.0</v>
       </c>
       <c r="E59" s="14" t="n">
-        <v>2.876143E7</v>
+        <v>9234363.0</v>
       </c>
       <c r="F59" s="14" t="n">
-        <v>3.2989133E7</v>
+        <v>9865769.0</v>
       </c>
       <c r="G59" s="14" t="n">
-        <v>3.1465421E7</v>
+        <v>9598759.0</v>
       </c>
       <c r="H59" s="14" t="n">
-        <v>3.0478588E7</v>
+        <v>9240885.0</v>
       </c>
       <c r="I59" s="14" t="n">
-        <v>2.9009584E7</v>
+        <v>8864040.0</v>
       </c>
       <c r="J59" s="14" t="n">
-        <v>2.7950952E7</v>
+        <v>8600118.0</v>
       </c>
       <c r="K59" s="14" t="n">
-        <v>2.6876466E7</v>
+        <v>8335781.0</v>
       </c>
       <c r="L59" s="14" t="n">
-        <v>2.6607797E7</v>
+        <v>8228107.0</v>
       </c>
       <c r="M59" s="14" t="n">
-        <v>2.6575547E7</v>
+        <v>8314652.0</v>
       </c>
       <c r="N59" s="14" t="n">
-        <v>2.8196192E7</v>
+        <v>8973806.0</v>
       </c>
       <c r="O59" s="14" t="n">
-        <v>2.7849027E7</v>
+        <v>8971770.0</v>
       </c>
       <c r="P59" s="14" t="n">
-        <v>2.7659427E7</v>
+        <v>9066635.0</v>
       </c>
       <c r="Q59" s="14" t="n">
-        <v>2.9124661E7</v>
+        <v>9706067.0</v>
       </c>
       <c r="R59" s="14" t="n">
-        <v>2.8746367E7</v>
+        <v>9346813.0</v>
       </c>
       <c r="S59" s="14" t="n">
-        <v>2.7368019E7</v>
+        <v>8780637.0</v>
       </c>
       <c r="T59" s="14" t="n">
-        <v>2.5991528E7</v>
+        <v>8209070.0</v>
       </c>
       <c r="U59" s="14" t="n">
-        <v>2.4577743E7</v>
+        <v>7609396.0</v>
       </c>
       <c r="V59" s="14" t="n">
-        <v>2.3394763E7</v>
+        <v>7193085.0</v>
       </c>
       <c r="W59" s="14" t="n">
-        <v>2.1983038E7</v>
+        <v>6807871.0</v>
       </c>
       <c r="X59" s="14" t="n">
-        <v>2.0697924E7</v>
+        <v>6414391.0</v>
       </c>
       <c r="Y59" s="14" t="n">
-        <v>1.9045029E7</v>
+        <v>5858735.0</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RESOURCES: Net social contributions</t>
         </is>
       </c>
       <c r="B60" s="14" t="n">
-        <v>16077.0</v>
+        <v>4069.0</v>
       </c>
       <c r="C60" s="14" t="n">
-        <v>11391.0</v>
+        <v>2964.0</v>
       </c>
       <c r="D60" s="14" t="n">
-        <v>12456.0</v>
+        <v>3416.0</v>
       </c>
       <c r="E60" s="14" t="n">
-        <v>12883.0</v>
+        <v>3460.0</v>
       </c>
       <c r="F60" s="14" t="n">
-        <v>13376.0</v>
+        <v>3476.0</v>
       </c>
       <c r="G60" s="14" t="n">
-        <v>10174.0</v>
+        <v>2639.0</v>
       </c>
       <c r="H60" s="14" t="n">
-        <v>8666.0</v>
+        <v>2271.0</v>
       </c>
       <c r="I60" s="14" t="n">
-        <v>6318.0</v>
+        <v>1693.0</v>
       </c>
       <c r="J60" s="14" t="n">
-        <v>6030.0</v>
+        <v>1664.0</v>
       </c>
       <c r="K60" s="14" t="n">
-        <v>5706.0</v>
+        <v>1585.0</v>
       </c>
       <c r="L60" s="14" t="n">
-        <v>6215.0</v>
+        <v>1764.0</v>
       </c>
       <c r="M60" s="14" t="n">
-        <v>7823.0</v>
+        <v>2320.0</v>
       </c>
       <c r="N60" s="14" t="n">
-        <v>9801.0</v>
+        <v>2909.0</v>
       </c>
       <c r="O60" s="14" t="n">
-        <v>11687.0</v>
+        <v>3536.0</v>
       </c>
       <c r="P60" s="14" t="n">
-        <v>13381.0</v>
+        <v>3952.0</v>
       </c>
       <c r="Q60" s="14" t="n">
-        <v>16252.0</v>
+        <v>4570.0</v>
       </c>
       <c r="R60" s="14" t="n">
-        <v>16091.0</v>
+        <v>4299.0</v>
       </c>
       <c r="S60" s="14" t="n">
-        <v>16418.0</v>
+        <v>4251.0</v>
       </c>
       <c r="T60" s="14" t="n">
-        <v>16154.0</v>
+        <v>4125.0</v>
       </c>
       <c r="U60" s="14" t="n">
-        <v>13426.0</v>
+        <v>3407.0</v>
       </c>
       <c r="V60" s="14" t="n">
-        <v>11906.0</v>
+        <v>2996.0</v>
       </c>
       <c r="W60" s="14" t="n">
-        <v>11149.0</v>
+        <v>2815.0</v>
       </c>
       <c r="X60" s="14" t="n">
-        <v>10339.0</v>
+        <v>2604.0</v>
       </c>
       <c r="Y60" s="14" t="n">
-        <v>9885.0</v>
+        <v>2506.0</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RESOURCES: Social benefits other than social transfers in kind (1)</t>
         </is>
       </c>
       <c r="B61" s="14" t="n">
-        <v>1.0088422E7</v>
+        <v>3708581.0</v>
       </c>
       <c r="C61" s="14" t="n">
-        <v>9094779.0</v>
+        <v>3371121.0</v>
       </c>
       <c r="D61" s="14" t="n">
-        <v>9780703.0</v>
+        <v>3330029.0</v>
       </c>
       <c r="E61" s="14" t="n">
-        <v>9735832.0</v>
+        <v>3372023.0</v>
       </c>
       <c r="F61" s="14" t="n">
-        <v>7865131.0</v>
+        <v>2988021.0</v>
       </c>
       <c r="G61" s="14" t="n">
-        <v>7312376.0</v>
+        <v>2811535.0</v>
       </c>
       <c r="H61" s="14" t="n">
-        <v>6950390.0</v>
+        <v>2709024.0</v>
       </c>
       <c r="I61" s="14" t="n">
-        <v>6815056.0</v>
+        <v>2644639.0</v>
       </c>
       <c r="J61" s="14" t="n">
-        <v>6617685.0</v>
+        <v>2600902.0</v>
       </c>
       <c r="K61" s="14" t="n">
-        <v>6560928.0</v>
+        <v>2622085.0</v>
       </c>
       <c r="L61" s="14" t="n">
-        <v>6599231.0</v>
+        <v>2662167.0</v>
       </c>
       <c r="M61" s="14" t="n">
-        <v>6615434.0</v>
+        <v>2609269.0</v>
       </c>
       <c r="N61" s="14" t="n">
-        <v>6572067.0</v>
+        <v>2541057.0</v>
       </c>
       <c r="O61" s="14" t="n">
-        <v>6679230.0</v>
+        <v>2543453.0</v>
       </c>
       <c r="P61" s="14" t="n">
-        <v>6264749.0</v>
+        <v>2496856.0</v>
       </c>
       <c r="Q61" s="14" t="n">
-        <v>5639102.0</v>
+        <v>2236742.0</v>
       </c>
       <c r="R61" s="14" t="n">
-        <v>4999667.0</v>
+        <v>2004764.0</v>
       </c>
       <c r="S61" s="14" t="n">
-        <v>4610687.0</v>
+        <v>1898732.0</v>
       </c>
       <c r="T61" s="14" t="n">
-        <v>4195281.0</v>
+        <v>1765808.0</v>
       </c>
       <c r="U61" s="14" t="n">
-        <v>3887156.0</v>
+        <v>1654553.0</v>
       </c>
       <c r="V61" s="14" t="n">
-        <v>3456672.0</v>
+        <v>1509338.0</v>
       </c>
       <c r="W61" s="14" t="n">
-        <v>3250322.0</v>
+        <v>1404798.0</v>
       </c>
       <c r="X61" s="14" t="n">
-        <v>2929302.0</v>
+        <v>1281210.0</v>
       </c>
       <c r="Y61" s="14" t="n">
-        <v>2766284.0</v>
+        <v>1232302.0</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RESOURCES: Other current transfers</t>
         </is>
       </c>
       <c r="B62" s="14" t="n">
-        <v>3986293.0</v>
+        <v>1024676.0</v>
       </c>
       <c r="C62" s="14" t="n">
-        <v>3754197.0</v>
+        <v>993952.0</v>
       </c>
       <c r="D62" s="14" t="n">
-        <v>3662937.0</v>
+        <v>974146.0</v>
       </c>
       <c r="E62" s="14" t="n">
-        <v>2870915.0</v>
+        <v>774384.0</v>
       </c>
       <c r="F62" s="14" t="n">
-        <v>2873939.0</v>
+        <v>779399.0</v>
       </c>
       <c r="G62" s="14" t="n">
-        <v>2749291.0</v>
+        <v>761117.0</v>
       </c>
       <c r="H62" s="14" t="n">
-        <v>2675730.0</v>
+        <v>728880.0</v>
       </c>
       <c r="I62" s="14" t="n">
-        <v>2206527.0</v>
+        <v>602049.0</v>
       </c>
       <c r="J62" s="14" t="n">
-        <v>1995098.0</v>
+        <v>531865.0</v>
       </c>
       <c r="K62" s="14" t="n">
-        <v>1845584.0</v>
+        <v>512959.0</v>
       </c>
       <c r="L62" s="14" t="n">
-        <v>1903858.0</v>
+        <v>543935.0</v>
       </c>
       <c r="M62" s="14" t="n">
-        <v>1871152.0</v>
+        <v>502307.0</v>
       </c>
       <c r="N62" s="14" t="n">
-        <v>1781333.0</v>
+        <v>528090.0</v>
       </c>
       <c r="O62" s="14" t="n">
-        <v>1644023.0</v>
+        <v>493575.0</v>
       </c>
       <c r="P62" s="14" t="n">
-        <v>2042217.0</v>
+        <v>564521.0</v>
       </c>
       <c r="Q62" s="14" t="n">
-        <v>2199321.0</v>
+        <v>542578.0</v>
       </c>
       <c r="R62" s="14" t="n">
-        <v>2085868.0</v>
+        <v>546560.0</v>
       </c>
       <c r="S62" s="14" t="n">
-        <v>1814023.0</v>
+        <v>524302.0</v>
       </c>
       <c r="T62" s="14" t="n">
-        <v>1850898.0</v>
+        <v>502460.0</v>
       </c>
       <c r="U62" s="14" t="n">
-        <v>1891513.0</v>
+        <v>476760.0</v>
       </c>
       <c r="V62" s="14" t="n">
-        <v>1818116.0</v>
+        <v>445397.0</v>
       </c>
       <c r="W62" s="14" t="n">
-        <v>1889867.0</v>
+        <v>457238.0</v>
       </c>
       <c r="X62" s="14" t="n">
-        <v>1787441.0</v>
+        <v>451763.0</v>
       </c>
       <c r="Y62" s="14" t="n">
-        <v>1576668.0</v>
+        <v>463580.0</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT: Current taxes on income, capital gains, etc.</t>
         </is>
       </c>
       <c r="B63" s="14" t="n">
-        <v>4621486.0</v>
+        <v>1648320.0</v>
       </c>
       <c r="C63" s="14" t="n">
-        <v>4050322.0</v>
+        <v>1521976.0</v>
       </c>
       <c r="D63" s="14" t="n">
-        <v>3426298.0</v>
+        <v>1303439.0</v>
       </c>
       <c r="E63" s="14" t="n">
-        <v>3130672.0</v>
+        <v>1207557.0</v>
       </c>
       <c r="F63" s="14" t="n">
-        <v>3313139.0</v>
+        <v>1186384.0</v>
       </c>
       <c r="G63" s="14" t="n">
-        <v>3086203.0</v>
+        <v>1145929.0</v>
       </c>
       <c r="H63" s="14" t="n">
-        <v>2950793.0</v>
+        <v>1095423.0</v>
       </c>
       <c r="I63" s="14" t="n">
-        <v>2725914.0</v>
+        <v>1021021.0</v>
       </c>
       <c r="J63" s="14" t="n">
-        <v>2597666.0</v>
+        <v>1006581.0</v>
       </c>
       <c r="K63" s="14" t="n">
-        <v>2684204.0</v>
+        <v>1055902.0</v>
       </c>
       <c r="L63" s="14" t="n">
-        <v>2623222.0</v>
+        <v>1050499.0</v>
       </c>
       <c r="M63" s="14" t="n">
-        <v>2548964.0</v>
+        <v>1044130.0</v>
       </c>
       <c r="N63" s="14" t="n">
-        <v>2501962.0</v>
+        <v>1053434.0</v>
       </c>
       <c r="O63" s="14" t="n">
-        <v>2464796.0</v>
+        <v>1036253.0</v>
       </c>
       <c r="P63" s="14" t="n">
-        <v>2319312.0</v>
+        <v>977370.0</v>
       </c>
       <c r="Q63" s="14" t="n">
-        <v>2547252.0</v>
+        <v>1097999.0</v>
       </c>
       <c r="R63" s="14" t="n">
-        <v>2647522.0</v>
+        <v>1104003.0</v>
       </c>
       <c r="S63" s="14" t="n">
-        <v>2286035.0</v>
+        <v>934299.0</v>
       </c>
       <c r="T63" s="14" t="n">
-        <v>2052219.0</v>
+        <v>828310.0</v>
       </c>
       <c r="U63" s="14" t="n">
-        <v>2013342.0</v>
+        <v>775124.0</v>
       </c>
       <c r="V63" s="14" t="n">
-        <v>1760042.0</v>
+        <v>679813.0</v>
       </c>
       <c r="W63" s="14" t="n">
-        <v>1760925.0</v>
+        <v>676170.0</v>
       </c>
       <c r="X63" s="14" t="n">
-        <v>1615349.0</v>
+        <v>624804.0</v>
       </c>
       <c r="Y63" s="14" t="n">
-        <v>1412048.0</v>
+        <v>564359.0</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT:   Net social contributions (2)</t>
         </is>
       </c>
       <c r="B64" s="14" t="n">
-        <v>8352802.0</v>
+        <v>2292057.0</v>
       </c>
       <c r="C64" s="14" t="n">
-        <v>7527485.0</v>
+        <v>2096074.0</v>
       </c>
       <c r="D64" s="14" t="n">
-        <v>6783906.0</v>
+        <v>2070963.0</v>
       </c>
       <c r="E64" s="14" t="n">
-        <v>6583891.0</v>
+        <v>1945226.0</v>
       </c>
       <c r="F64" s="14" t="n">
-        <v>6852463.0</v>
+        <v>1951746.0</v>
       </c>
       <c r="G64" s="14" t="n">
-        <v>6370718.0</v>
+        <v>1822366.0</v>
       </c>
       <c r="H64" s="14" t="n">
-        <v>6049625.0</v>
+        <v>1768937.0</v>
       </c>
       <c r="I64" s="14" t="n">
-        <v>5758249.0</v>
+        <v>1711266.0</v>
       </c>
       <c r="J64" s="14" t="n">
-        <v>5551658.0</v>
+        <v>1693580.0</v>
       </c>
       <c r="K64" s="14" t="n">
-        <v>5510659.0</v>
+        <v>1708500.0</v>
       </c>
       <c r="L64" s="14" t="n">
-        <v>5331017.0</v>
+        <v>1700331.0</v>
       </c>
       <c r="M64" s="14" t="n">
-        <v>5477899.0</v>
+        <v>1754130.0</v>
       </c>
       <c r="N64" s="14" t="n">
-        <v>5753634.0</v>
+        <v>1841978.0</v>
       </c>
       <c r="O64" s="14" t="n">
-        <v>5897111.0</v>
+        <v>1879422.0</v>
       </c>
       <c r="P64" s="14" t="n">
-        <v>5931783.0</v>
+        <v>1874193.0</v>
       </c>
       <c r="Q64" s="14" t="n">
-        <v>6131385.0</v>
+        <v>1903535.0</v>
       </c>
       <c r="R64" s="14" t="n">
-        <v>5909199.0</v>
+        <v>1795654.0</v>
       </c>
       <c r="S64" s="14" t="n">
-        <v>5543182.0</v>
+        <v>1687855.0</v>
       </c>
       <c r="T64" s="14" t="n">
-        <v>5159023.0</v>
+        <v>1544266.0</v>
       </c>
       <c r="U64" s="14" t="n">
-        <v>4820030.0</v>
+        <v>1443137.0</v>
       </c>
       <c r="V64" s="14" t="n">
-        <v>4445335.0</v>
+        <v>1324836.0</v>
       </c>
       <c r="W64" s="14" t="n">
-        <v>4244116.0</v>
+        <v>1267116.0</v>
       </c>
       <c r="X64" s="14" t="n">
-        <v>3929289.0</v>
+        <v>1187687.0</v>
       </c>
       <c r="Y64" s="14" t="n">
-        <v>3685625.0</v>
+        <v>1113746.0</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT: Social benefits other than social transfers in kind</t>
         </is>
       </c>
       <c r="B65" s="14" t="n">
-        <v>16857.0</v>
+        <v>4096.0</v>
       </c>
       <c r="C65" s="14" t="n">
-        <v>14973.0</v>
+        <v>3891.0</v>
       </c>
       <c r="D65" s="14" t="n">
-        <v>9873.0</v>
+        <v>2603.0</v>
       </c>
       <c r="E65" s="14" t="n">
-        <v>8584.0</v>
+        <v>2235.0</v>
       </c>
       <c r="F65" s="14" t="n">
-        <v>9008.0</v>
+        <v>2345.0</v>
       </c>
       <c r="G65" s="14" t="n">
-        <v>7317.0</v>
+        <v>1876.0</v>
       </c>
       <c r="H65" s="14" t="n">
-        <v>5731.0</v>
+        <v>1611.0</v>
       </c>
       <c r="I65" s="14" t="n">
-        <v>4798.0</v>
+        <v>1289.0</v>
       </c>
       <c r="J65" s="14" t="n">
-        <v>3860.0</v>
+        <v>1085.0</v>
       </c>
       <c r="K65" s="14" t="n">
-        <v>2408.0</v>
+        <v>705.0</v>
       </c>
       <c r="L65" s="14" t="n">
-        <v>3674.0</v>
+        <v>1041.0</v>
       </c>
       <c r="M65" s="14" t="n">
-        <v>5333.0</v>
+        <v>1688.0</v>
       </c>
       <c r="N65" s="14" t="n">
-        <v>5510.0</v>
+        <v>1832.0</v>
       </c>
       <c r="O65" s="14" t="n">
-        <v>12993.0</v>
+        <v>4273.0</v>
       </c>
       <c r="P65" s="14" t="n">
-        <v>12345.0</v>
+        <v>4198.0</v>
       </c>
       <c r="Q65" s="14" t="n">
-        <v>14636.0</v>
+        <v>4533.0</v>
       </c>
       <c r="R65" s="14" t="n">
-        <v>16338.0</v>
+        <v>4912.0</v>
       </c>
       <c r="S65" s="14" t="n">
-        <v>14740.0</v>
+        <v>4338.0</v>
       </c>
       <c r="T65" s="14" t="n">
-        <v>13763.0</v>
+        <v>3852.0</v>
       </c>
       <c r="U65" s="14" t="n">
-        <v>12389.0</v>
+        <v>3357.0</v>
       </c>
       <c r="V65" s="14" t="n">
-        <v>11064.0</v>
+        <v>3015.0</v>
       </c>
       <c r="W65" s="14" t="n">
-        <v>9315.0</v>
+        <v>2528.0</v>
       </c>
       <c r="X65" s="14" t="n">
-        <v>7052.0</v>
+        <v>1962.0</v>
       </c>
       <c r="Y65" s="14" t="n">
-        <v>10463.0</v>
+        <v>2930.0</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT:   Other current transfers</t>
         </is>
       </c>
       <c r="B66" s="14" t="n">
-        <v>4529735.0</v>
+        <v>1123594.0</v>
       </c>
       <c r="C66" s="14" t="n">
-        <v>4215928.0</v>
+        <v>1049147.0</v>
       </c>
       <c r="D66" s="14" t="n">
-        <v>4029218.0</v>
+        <v>1011269.0</v>
       </c>
       <c r="E66" s="14" t="n">
-        <v>3247954.0</v>
+        <v>849527.0</v>
       </c>
       <c r="F66" s="14" t="n">
-        <v>3313363.0</v>
+        <v>883626.0</v>
       </c>
       <c r="G66" s="14" t="n">
-        <v>3152820.0</v>
+        <v>831663.0</v>
       </c>
       <c r="H66" s="14" t="n">
-        <v>2859578.0</v>
+        <v>749965.0</v>
       </c>
       <c r="I66" s="14" t="n">
-        <v>2517252.0</v>
+        <v>667632.0</v>
       </c>
       <c r="J66" s="14" t="n">
-        <v>2263064.0</v>
+        <v>602980.0</v>
       </c>
       <c r="K66" s="14" t="n">
-        <v>2102459.0</v>
+        <v>581193.0</v>
       </c>
       <c r="L66" s="14" t="n">
-        <v>2089421.0</v>
+        <v>575454.0</v>
       </c>
       <c r="M66" s="14" t="n">
-        <v>2022114.0</v>
+        <v>550514.0</v>
       </c>
       <c r="N66" s="14" t="n">
-        <v>2001506.0</v>
+        <v>557457.0</v>
       </c>
       <c r="O66" s="14" t="n">
-        <v>1988528.0</v>
+        <v>561885.0</v>
       </c>
       <c r="P66" s="14" t="n">
-        <v>2231681.0</v>
+        <v>568138.0</v>
       </c>
       <c r="Q66" s="14" t="n">
-        <v>2406788.0</v>
+        <v>578786.0</v>
       </c>
       <c r="R66" s="14" t="n">
-        <v>2353197.0</v>
+        <v>582287.0</v>
       </c>
       <c r="S66" s="14" t="n">
-        <v>2142337.0</v>
+        <v>574400.0</v>
       </c>
       <c r="T66" s="14" t="n">
-        <v>2082873.0</v>
+        <v>530974.0</v>
       </c>
       <c r="U66" s="14" t="n">
-        <v>1956279.0</v>
+        <v>487459.0</v>
       </c>
       <c r="V66" s="14" t="n">
-        <v>1877787.0</v>
+        <v>459546.0</v>
       </c>
       <c r="W66" s="14" t="n">
-        <v>1837197.0</v>
+        <v>454440.0</v>
       </c>
       <c r="X66" s="14" t="n">
-        <v>1817130.0</v>
+        <v>446250.0</v>
       </c>
       <c r="Y66" s="14" t="n">
-        <v>1601403.0</v>
+        <v>412347.0</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT: Gross disposable income</t>
         </is>
       </c>
       <c r="B67" s="14" t="n">
-        <v>3.5673487E7</v>
+        <v>1.1262606E7</v>
       </c>
       <c r="C67" s="14" t="n">
-        <v>3.2360394E7</v>
+        <v>1.0434692E7</v>
       </c>
       <c r="D67" s="14" t="n">
-        <v>3.0446391E7</v>
+        <v>9841150.0</v>
       </c>
       <c r="E67" s="14" t="n">
-        <v>2.8409959E7</v>
+        <v>9379685.0</v>
       </c>
       <c r="F67" s="14" t="n">
-        <v>3.0253606E7</v>
+        <v>9612564.0</v>
       </c>
       <c r="G67" s="14" t="n">
-        <v>2.8920204E7</v>
+        <v>9372216.0</v>
       </c>
       <c r="H67" s="14" t="n">
-        <v>2.8247647E7</v>
+        <v>9065124.0</v>
       </c>
       <c r="I67" s="14" t="n">
-        <v>2.7031272E7</v>
+        <v>8711213.0</v>
       </c>
       <c r="J67" s="14" t="n">
-        <v>2.6153517E7</v>
+        <v>8430323.0</v>
       </c>
       <c r="K67" s="14" t="n">
-        <v>2.4988954E7</v>
+        <v>8126110.0</v>
       </c>
       <c r="L67" s="14" t="n">
-        <v>2.5069767E7</v>
+        <v>8108648.0</v>
       </c>
       <c r="M67" s="14" t="n">
-        <v>2.5015646E7</v>
+        <v>8078086.0</v>
       </c>
       <c r="N67" s="14" t="n">
-        <v>2.6296781E7</v>
+        <v>8591161.0</v>
       </c>
       <c r="O67" s="14" t="n">
-        <v>2.5820539E7</v>
+        <v>8530501.0</v>
       </c>
       <c r="P67" s="14" t="n">
-        <v>2.5484653E7</v>
+        <v>8708065.0</v>
       </c>
       <c r="Q67" s="14" t="n">
-        <v>2.5879275E7</v>
+        <v>8905104.0</v>
       </c>
       <c r="R67" s="14" t="n">
-        <v>2.4921737E7</v>
+        <v>8415580.0</v>
       </c>
       <c r="S67" s="14" t="n">
-        <v>2.3822853E7</v>
+        <v>8007030.0</v>
       </c>
       <c r="T67" s="14" t="n">
-        <v>2.2745983E7</v>
+        <v>7574061.0</v>
       </c>
       <c r="U67" s="14" t="n">
-        <v>2.1567798E7</v>
+        <v>7035039.0</v>
       </c>
       <c r="V67" s="14" t="n">
-        <v>2.0587229E7</v>
+        <v>6683606.0</v>
       </c>
       <c r="W67" s="14" t="n">
-        <v>1.9282823E7</v>
+        <v>6272468.0</v>
       </c>
       <c r="X67" s="14" t="n">
-        <v>1.8056186E7</v>
+        <v>5889265.0</v>
       </c>
       <c r="Y67" s="14" t="n">
-        <v>1.6688327E7</v>
+        <v>5463741.0</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="6" t="inlineStr">
         <is>
-          <t>06 Cantabria</t>
+          <t>CASTILLA Y LEON</t>
         </is>
       </c>
       <c r="B68" s="6"/>
       <c r="C68" s="6"/>
       <c r="D68" s="6"/>
       <c r="E68" s="6"/>
       <c r="F68" s="6"/>
       <c r="G68" s="6"/>
       <c r="H68" s="6"/>
       <c r="I68" s="6"/>
       <c r="J68" s="6"/>
       <c r="K68" s="6"/>
       <c r="L68" s="6"/>
       <c r="M68" s="6"/>
       <c r="N68" s="6"/>
       <c r="O68" s="6"/>
       <c r="P68" s="6"/>
       <c r="Q68" s="6"/>
       <c r="R68" s="6"/>
       <c r="S68" s="6"/>
       <c r="T68" s="6"/>
       <c r="U68" s="6"/>
       <c r="V68" s="6"/>
       <c r="W68" s="6"/>
       <c r="X68" s="6"/>
       <c r="Y68" s="6"/>
     </row>
     <row r="69">
       <c r="A69" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RESOURCES: Balance of gross primary income</t>
         </is>
       </c>
       <c r="B69" s="14" t="n">
-        <v>1.1593347E7</v>
+        <v>4.6410104E7</v>
       </c>
       <c r="C69" s="14" t="n">
-        <v>1.0737743E7</v>
+        <v>4.2634202E7</v>
       </c>
       <c r="D69" s="14" t="n">
-        <v>9921833.0</v>
+        <v>3.9771496E7</v>
       </c>
       <c r="E69" s="14" t="n">
-        <v>9234363.0</v>
+        <v>3.7640622E7</v>
       </c>
       <c r="F69" s="14" t="n">
-        <v>9865769.0</v>
+        <v>3.9805478E7</v>
       </c>
       <c r="G69" s="14" t="n">
-        <v>9598759.0</v>
+        <v>3.8390021E7</v>
       </c>
       <c r="H69" s="14" t="n">
-        <v>9240885.0</v>
+        <v>3.7095721E7</v>
       </c>
       <c r="I69" s="14" t="n">
-        <v>8864040.0</v>
+        <v>3.6243894E7</v>
       </c>
       <c r="J69" s="14" t="n">
-        <v>8600118.0</v>
+        <v>3.5648555E7</v>
       </c>
       <c r="K69" s="14" t="n">
-        <v>8335781.0</v>
+        <v>3.4719665E7</v>
       </c>
       <c r="L69" s="14" t="n">
-        <v>8228107.0</v>
+        <v>3.4734096E7</v>
       </c>
       <c r="M69" s="14" t="n">
-        <v>8314652.0</v>
+        <v>3.5600981E7</v>
       </c>
       <c r="N69" s="14" t="n">
-        <v>8973806.0</v>
+        <v>3.7966991E7</v>
       </c>
       <c r="O69" s="14" t="n">
-        <v>8971770.0</v>
+        <v>3.8053002E7</v>
       </c>
       <c r="P69" s="14" t="n">
-        <v>9066635.0</v>
+        <v>3.820697E7</v>
       </c>
       <c r="Q69" s="14" t="n">
-        <v>9706067.0</v>
+        <v>4.0295457E7</v>
       </c>
       <c r="R69" s="14" t="n">
-        <v>9346813.0</v>
+        <v>3.9400117E7</v>
       </c>
       <c r="S69" s="14" t="n">
-        <v>8780637.0</v>
+        <v>3.6884939E7</v>
       </c>
       <c r="T69" s="14" t="n">
-        <v>8209070.0</v>
+        <v>3.4538571E7</v>
       </c>
       <c r="U69" s="14" t="n">
-        <v>7609396.0</v>
+        <v>3.2596527E7</v>
       </c>
       <c r="V69" s="14" t="n">
-        <v>7193085.0</v>
+        <v>3.0952515E7</v>
       </c>
       <c r="W69" s="14" t="n">
-        <v>6807871.0</v>
+        <v>2.9398199E7</v>
       </c>
       <c r="X69" s="14" t="n">
-        <v>6414391.0</v>
+        <v>2.8119609E7</v>
       </c>
       <c r="Y69" s="14" t="n">
-        <v>5858735.0</v>
+        <v>2.6126647E7</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RESOURCES: Net social contributions</t>
         </is>
       </c>
       <c r="B70" s="14" t="n">
-        <v>4069.0</v>
+        <v>16659.0</v>
       </c>
       <c r="C70" s="14" t="n">
-        <v>2964.0</v>
+        <v>12052.0</v>
       </c>
       <c r="D70" s="14" t="n">
-        <v>3416.0</v>
+        <v>13863.0</v>
       </c>
       <c r="E70" s="14" t="n">
-        <v>3460.0</v>
+        <v>14161.0</v>
       </c>
       <c r="F70" s="14" t="n">
-        <v>3476.0</v>
+        <v>14237.0</v>
       </c>
       <c r="G70" s="14" t="n">
-        <v>2639.0</v>
+        <v>10821.0</v>
       </c>
       <c r="H70" s="14" t="n">
-        <v>2271.0</v>
+        <v>9351.0</v>
       </c>
       <c r="I70" s="14" t="n">
-        <v>1693.0</v>
+        <v>6995.0</v>
       </c>
       <c r="J70" s="14" t="n">
-        <v>1664.0</v>
+        <v>6824.0</v>
       </c>
       <c r="K70" s="14" t="n">
-        <v>1585.0</v>
+        <v>6530.0</v>
       </c>
       <c r="L70" s="14" t="n">
-        <v>1764.0</v>
+        <v>7302.0</v>
       </c>
       <c r="M70" s="14" t="n">
-        <v>2320.0</v>
+        <v>9551.0</v>
       </c>
       <c r="N70" s="14" t="n">
-        <v>2909.0</v>
+        <v>12051.0</v>
       </c>
       <c r="O70" s="14" t="n">
-        <v>3536.0</v>
+        <v>14574.0</v>
       </c>
       <c r="P70" s="14" t="n">
-        <v>3952.0</v>
+        <v>16312.0</v>
       </c>
       <c r="Q70" s="14" t="n">
-        <v>4570.0</v>
+        <v>18769.0</v>
       </c>
       <c r="R70" s="14" t="n">
-        <v>4299.0</v>
+        <v>17763.0</v>
       </c>
       <c r="S70" s="14" t="n">
-        <v>4251.0</v>
+        <v>17547.0</v>
       </c>
       <c r="T70" s="14" t="n">
-        <v>4125.0</v>
+        <v>17178.0</v>
       </c>
       <c r="U70" s="14" t="n">
-        <v>3407.0</v>
+        <v>14219.0</v>
       </c>
       <c r="V70" s="14" t="n">
-        <v>2996.0</v>
+        <v>12447.0</v>
       </c>
       <c r="W70" s="14" t="n">
-        <v>2815.0</v>
+        <v>11765.0</v>
       </c>
       <c r="X70" s="14" t="n">
-        <v>2604.0</v>
+        <v>10883.0</v>
       </c>
       <c r="Y70" s="14" t="n">
-        <v>2506.0</v>
+        <v>10400.0</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RESOURCES: Social benefits other than social transfers in kind (1)</t>
         </is>
       </c>
       <c r="B71" s="14" t="n">
-        <v>3708581.0</v>
+        <v>1.5509637E7</v>
       </c>
       <c r="C71" s="14" t="n">
-        <v>3371121.0</v>
+        <v>1.408365E7</v>
       </c>
       <c r="D71" s="14" t="n">
-        <v>3330029.0</v>
+        <v>1.3965521E7</v>
       </c>
       <c r="E71" s="14" t="n">
-        <v>3372023.0</v>
+        <v>1.4160978E7</v>
       </c>
       <c r="F71" s="14" t="n">
-        <v>2988021.0</v>
+        <v>1.2587482E7</v>
       </c>
       <c r="G71" s="14" t="n">
-        <v>2811535.0</v>
+        <v>1.1913399E7</v>
       </c>
       <c r="H71" s="14" t="n">
-        <v>2709024.0</v>
+        <v>1.1443233E7</v>
       </c>
       <c r="I71" s="14" t="n">
-        <v>2644639.0</v>
+        <v>1.1258496E7</v>
       </c>
       <c r="J71" s="14" t="n">
-        <v>2600902.0</v>
+        <v>1.1133916E7</v>
       </c>
       <c r="K71" s="14" t="n">
-        <v>2622085.0</v>
+        <v>1.120628E7</v>
       </c>
       <c r="L71" s="14" t="n">
-        <v>2662167.0</v>
+        <v>1.1412368E7</v>
       </c>
       <c r="M71" s="14" t="n">
-        <v>2609269.0</v>
+        <v>1.1154321E7</v>
       </c>
       <c r="N71" s="14" t="n">
-        <v>2541057.0</v>
+        <v>1.0761313E7</v>
       </c>
       <c r="O71" s="14" t="n">
-        <v>2543453.0</v>
+        <v>1.0750064E7</v>
       </c>
       <c r="P71" s="14" t="n">
-        <v>2496856.0</v>
+        <v>1.0287519E7</v>
       </c>
       <c r="Q71" s="14" t="n">
-        <v>2236742.0</v>
+        <v>9433003.0</v>
       </c>
       <c r="R71" s="14" t="n">
-        <v>2004764.0</v>
+        <v>8581019.0</v>
       </c>
       <c r="S71" s="14" t="n">
-        <v>1898732.0</v>
+        <v>8117609.0</v>
       </c>
       <c r="T71" s="14" t="n">
-        <v>1765808.0</v>
+        <v>7553010.0</v>
       </c>
       <c r="U71" s="14" t="n">
-        <v>1654553.0</v>
+        <v>7114295.0</v>
       </c>
       <c r="V71" s="14" t="n">
-        <v>1509338.0</v>
+        <v>6585365.0</v>
       </c>
       <c r="W71" s="14" t="n">
-        <v>1404798.0</v>
+        <v>6275836.0</v>
       </c>
       <c r="X71" s="14" t="n">
-        <v>1281210.0</v>
+        <v>5710104.0</v>
       </c>
       <c r="Y71" s="14" t="n">
-        <v>1232302.0</v>
+        <v>5588362.0</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RESOURCES: Other current transfers</t>
         </is>
       </c>
       <c r="B72" s="14" t="n">
-        <v>1024676.0</v>
+        <v>4333592.0</v>
       </c>
       <c r="C72" s="14" t="n">
-        <v>993952.0</v>
+        <v>4120464.0</v>
       </c>
       <c r="D72" s="14" t="n">
-        <v>974146.0</v>
+        <v>4080988.0</v>
       </c>
       <c r="E72" s="14" t="n">
-        <v>774384.0</v>
+        <v>3475721.0</v>
       </c>
       <c r="F72" s="14" t="n">
-        <v>779399.0</v>
+        <v>3390818.0</v>
       </c>
       <c r="G72" s="14" t="n">
-        <v>761117.0</v>
+        <v>3244649.0</v>
       </c>
       <c r="H72" s="14" t="n">
-        <v>728880.0</v>
+        <v>2989828.0</v>
       </c>
       <c r="I72" s="14" t="n">
-        <v>602049.0</v>
+        <v>2713357.0</v>
       </c>
       <c r="J72" s="14" t="n">
-        <v>531865.0</v>
+        <v>2443068.0</v>
       </c>
       <c r="K72" s="14" t="n">
-        <v>512959.0</v>
+        <v>2235270.0</v>
       </c>
       <c r="L72" s="14" t="n">
-        <v>543935.0</v>
+        <v>2286181.0</v>
       </c>
       <c r="M72" s="14" t="n">
-        <v>502307.0</v>
+        <v>2437648.0</v>
       </c>
       <c r="N72" s="14" t="n">
-        <v>528090.0</v>
+        <v>2333185.0</v>
       </c>
       <c r="O72" s="14" t="n">
-        <v>493575.0</v>
+        <v>2331030.0</v>
       </c>
       <c r="P72" s="14" t="n">
-        <v>564521.0</v>
+        <v>2538937.0</v>
       </c>
       <c r="Q72" s="14" t="n">
-        <v>542578.0</v>
+        <v>2746587.0</v>
       </c>
       <c r="R72" s="14" t="n">
-        <v>546560.0</v>
+        <v>2519190.0</v>
       </c>
       <c r="S72" s="14" t="n">
-        <v>524302.0</v>
+        <v>2665860.0</v>
       </c>
       <c r="T72" s="14" t="n">
-        <v>502460.0</v>
+        <v>2287127.0</v>
       </c>
       <c r="U72" s="14" t="n">
-        <v>476760.0</v>
+        <v>2296767.0</v>
       </c>
       <c r="V72" s="14" t="n">
-        <v>445397.0</v>
+        <v>2230210.0</v>
       </c>
       <c r="W72" s="14" t="n">
-        <v>457238.0</v>
+        <v>2124468.0</v>
       </c>
       <c r="X72" s="14" t="n">
-        <v>451763.0</v>
+        <v>2392634.0</v>
       </c>
       <c r="Y72" s="14" t="n">
-        <v>463580.0</v>
+        <v>1956241.0</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT: Current taxes on income, capital gains, etc.</t>
         </is>
       </c>
       <c r="B73" s="14" t="n">
-        <v>1648320.0</v>
+        <v>6279872.0</v>
       </c>
       <c r="C73" s="14" t="n">
-        <v>1521976.0</v>
+        <v>5774330.0</v>
       </c>
       <c r="D73" s="14" t="n">
-        <v>1303439.0</v>
+        <v>4916588.0</v>
       </c>
       <c r="E73" s="14" t="n">
-        <v>1207557.0</v>
+        <v>4621620.0</v>
       </c>
       <c r="F73" s="14" t="n">
-        <v>1186384.0</v>
+        <v>4572751.0</v>
       </c>
       <c r="G73" s="14" t="n">
-        <v>1145929.0</v>
+        <v>4298453.0</v>
       </c>
       <c r="H73" s="14" t="n">
-        <v>1095423.0</v>
+        <v>4055645.0</v>
       </c>
       <c r="I73" s="14" t="n">
-        <v>1021021.0</v>
+        <v>3907632.0</v>
       </c>
       <c r="J73" s="14" t="n">
-        <v>1006581.0</v>
+        <v>3923173.0</v>
       </c>
       <c r="K73" s="14" t="n">
-        <v>1055902.0</v>
+        <v>4121199.0</v>
       </c>
       <c r="L73" s="14" t="n">
-        <v>1050499.0</v>
+        <v>4114560.0</v>
       </c>
       <c r="M73" s="14" t="n">
-        <v>1044130.0</v>
+        <v>4103314.0</v>
       </c>
       <c r="N73" s="14" t="n">
-        <v>1053434.0</v>
+        <v>4076009.0</v>
       </c>
       <c r="O73" s="14" t="n">
-        <v>1036253.0</v>
+        <v>4005051.0</v>
       </c>
       <c r="P73" s="14" t="n">
-        <v>977370.0</v>
+        <v>3708131.0</v>
       </c>
       <c r="Q73" s="14" t="n">
-        <v>1097999.0</v>
+        <v>4046096.0</v>
       </c>
       <c r="R73" s="14" t="n">
-        <v>1104003.0</v>
+        <v>4103447.0</v>
       </c>
       <c r="S73" s="14" t="n">
-        <v>934299.0</v>
+        <v>3480140.0</v>
       </c>
       <c r="T73" s="14" t="n">
-        <v>828310.0</v>
+        <v>3030632.0</v>
       </c>
       <c r="U73" s="14" t="n">
-        <v>775124.0</v>
+        <v>2929635.0</v>
       </c>
       <c r="V73" s="14" t="n">
-        <v>679813.0</v>
+        <v>2571907.0</v>
       </c>
       <c r="W73" s="14" t="n">
-        <v>676170.0</v>
+        <v>2583966.0</v>
       </c>
       <c r="X73" s="14" t="n">
-        <v>624804.0</v>
+        <v>2381568.0</v>
       </c>
       <c r="Y73" s="14" t="n">
-        <v>564359.0</v>
+        <v>2172384.0</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT:   Net social contributions (2)</t>
         </is>
       </c>
       <c r="B74" s="14" t="n">
-        <v>2292057.0</v>
+        <v>9377329.0</v>
       </c>
       <c r="C74" s="14" t="n">
-        <v>2096074.0</v>
+        <v>8691807.0</v>
       </c>
       <c r="D74" s="14" t="n">
-        <v>2070963.0</v>
+        <v>8582126.0</v>
       </c>
       <c r="E74" s="14" t="n">
-        <v>1945226.0</v>
+        <v>8117586.0</v>
       </c>
       <c r="F74" s="14" t="n">
-        <v>1951746.0</v>
+        <v>8124030.0</v>
       </c>
       <c r="G74" s="14" t="n">
-        <v>1822366.0</v>
+        <v>7647440.0</v>
       </c>
       <c r="H74" s="14" t="n">
-        <v>1768937.0</v>
+        <v>7467345.0</v>
       </c>
       <c r="I74" s="14" t="n">
-        <v>1711266.0</v>
+        <v>7288831.0</v>
       </c>
       <c r="J74" s="14" t="n">
-        <v>1693580.0</v>
+        <v>7199027.0</v>
       </c>
       <c r="K74" s="14" t="n">
-        <v>1708500.0</v>
+        <v>7254668.0</v>
       </c>
       <c r="L74" s="14" t="n">
-        <v>1700331.0</v>
+        <v>7264706.0</v>
       </c>
       <c r="M74" s="14" t="n">
-        <v>1754130.0</v>
+        <v>7521388.0</v>
       </c>
       <c r="N74" s="14" t="n">
-        <v>1841978.0</v>
+        <v>7953046.0</v>
       </c>
       <c r="O74" s="14" t="n">
-        <v>1879422.0</v>
+        <v>8129785.0</v>
       </c>
       <c r="P74" s="14" t="n">
-        <v>1874193.0</v>
+        <v>8051234.0</v>
       </c>
       <c r="Q74" s="14" t="n">
-        <v>1903535.0</v>
+        <v>8111116.0</v>
       </c>
       <c r="R74" s="14" t="n">
-        <v>1795654.0</v>
+        <v>7633478.0</v>
       </c>
       <c r="S74" s="14" t="n">
-        <v>1687855.0</v>
+        <v>7219566.0</v>
       </c>
       <c r="T74" s="14" t="n">
-        <v>1544266.0</v>
+        <v>6673455.0</v>
       </c>
       <c r="U74" s="14" t="n">
-        <v>1443137.0</v>
+        <v>6282596.0</v>
       </c>
       <c r="V74" s="14" t="n">
-        <v>1324836.0</v>
+        <v>5736264.0</v>
       </c>
       <c r="W74" s="14" t="n">
-        <v>1267116.0</v>
+        <v>5541915.0</v>
       </c>
       <c r="X74" s="14" t="n">
-        <v>1187687.0</v>
+        <v>5197632.0</v>
       </c>
       <c r="Y74" s="14" t="n">
-        <v>1113746.0</v>
+        <v>4956127.0</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT: Social benefits other than social transfers in kind</t>
         </is>
       </c>
       <c r="B75" s="14" t="n">
-        <v>4096.0</v>
+        <v>17813.0</v>
       </c>
       <c r="C75" s="14" t="n">
-        <v>3891.0</v>
+        <v>16089.0</v>
       </c>
       <c r="D75" s="14" t="n">
-        <v>2603.0</v>
+        <v>10583.0</v>
       </c>
       <c r="E75" s="14" t="n">
-        <v>2235.0</v>
+        <v>9451.0</v>
       </c>
       <c r="F75" s="14" t="n">
-        <v>2345.0</v>
+        <v>9671.0</v>
       </c>
       <c r="G75" s="14" t="n">
-        <v>1876.0</v>
+        <v>7906.0</v>
       </c>
       <c r="H75" s="14" t="n">
-        <v>1611.0</v>
+        <v>5891.0</v>
       </c>
       <c r="I75" s="14" t="n">
-        <v>1289.0</v>
+        <v>5170.0</v>
       </c>
       <c r="J75" s="14" t="n">
-        <v>1085.0</v>
+        <v>4279.0</v>
       </c>
       <c r="K75" s="14" t="n">
-        <v>705.0</v>
+        <v>2750.0</v>
       </c>
       <c r="L75" s="14" t="n">
-        <v>1041.0</v>
+        <v>4334.0</v>
       </c>
       <c r="M75" s="14" t="n">
-        <v>1688.0</v>
+        <v>7016.0</v>
       </c>
       <c r="N75" s="14" t="n">
-        <v>1832.0</v>
+        <v>6877.0</v>
       </c>
       <c r="O75" s="14" t="n">
-        <v>4273.0</v>
+        <v>16142.0</v>
       </c>
       <c r="P75" s="14" t="n">
-        <v>4198.0</v>
+        <v>14859.0</v>
       </c>
       <c r="Q75" s="14" t="n">
-        <v>4533.0</v>
+        <v>16464.0</v>
       </c>
       <c r="R75" s="14" t="n">
-        <v>4912.0</v>
+        <v>18606.0</v>
       </c>
       <c r="S75" s="14" t="n">
-        <v>4338.0</v>
+        <v>16680.0</v>
       </c>
       <c r="T75" s="14" t="n">
-        <v>3852.0</v>
+        <v>14884.0</v>
       </c>
       <c r="U75" s="14" t="n">
-        <v>3357.0</v>
+        <v>12862.0</v>
       </c>
       <c r="V75" s="14" t="n">
-        <v>3015.0</v>
+        <v>12024.0</v>
       </c>
       <c r="W75" s="14" t="n">
-        <v>2528.0</v>
+        <v>10909.0</v>
       </c>
       <c r="X75" s="14" t="n">
-        <v>1962.0</v>
+        <v>8103.0</v>
       </c>
       <c r="Y75" s="14" t="n">
-        <v>2930.0</v>
+        <v>12017.0</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT:   Other current transfers</t>
         </is>
       </c>
       <c r="B76" s="14" t="n">
-        <v>1123594.0</v>
+        <v>4750539.0</v>
       </c>
       <c r="C76" s="14" t="n">
-        <v>1049147.0</v>
+        <v>4450015.0</v>
       </c>
       <c r="D76" s="14" t="n">
-        <v>1011269.0</v>
+        <v>4303879.0</v>
       </c>
       <c r="E76" s="14" t="n">
-        <v>849527.0</v>
+        <v>3617464.0</v>
       </c>
       <c r="F76" s="14" t="n">
-        <v>883626.0</v>
+        <v>3776619.0</v>
       </c>
       <c r="G76" s="14" t="n">
-        <v>831663.0</v>
+        <v>3644033.0</v>
       </c>
       <c r="H76" s="14" t="n">
-        <v>749965.0</v>
+        <v>3381886.0</v>
       </c>
       <c r="I76" s="14" t="n">
-        <v>667632.0</v>
+        <v>3044885.0</v>
       </c>
       <c r="J76" s="14" t="n">
-        <v>602980.0</v>
+        <v>2761609.0</v>
       </c>
       <c r="K76" s="14" t="n">
-        <v>581193.0</v>
+        <v>2596719.0</v>
       </c>
       <c r="L76" s="14" t="n">
-        <v>575454.0</v>
+        <v>2580777.0</v>
       </c>
       <c r="M76" s="14" t="n">
-        <v>550514.0</v>
+        <v>2521603.0</v>
       </c>
       <c r="N76" s="14" t="n">
-        <v>557457.0</v>
+        <v>2492856.0</v>
       </c>
       <c r="O76" s="14" t="n">
-        <v>561885.0</v>
+        <v>2556749.0</v>
       </c>
       <c r="P76" s="14" t="n">
-        <v>568138.0</v>
+        <v>2710652.0</v>
       </c>
       <c r="Q76" s="14" t="n">
-        <v>578786.0</v>
+        <v>2786986.0</v>
       </c>
       <c r="R76" s="14" t="n">
-        <v>582287.0</v>
+        <v>2698345.0</v>
       </c>
       <c r="S76" s="14" t="n">
-        <v>574400.0</v>
+        <v>2454293.0</v>
       </c>
       <c r="T76" s="14" t="n">
-        <v>530974.0</v>
+        <v>2406430.0</v>
       </c>
       <c r="U76" s="14" t="n">
-        <v>487459.0</v>
+        <v>2286868.0</v>
       </c>
       <c r="V76" s="14" t="n">
-        <v>459546.0</v>
+        <v>2226750.0</v>
       </c>
       <c r="W76" s="14" t="n">
-        <v>454440.0</v>
+        <v>2146502.0</v>
       </c>
       <c r="X76" s="14" t="n">
-        <v>446250.0</v>
+        <v>2044062.0</v>
       </c>
       <c r="Y76" s="14" t="n">
-        <v>412347.0</v>
+        <v>1882348.0</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT: Gross disposable income</t>
         </is>
       </c>
       <c r="B77" s="14" t="n">
-        <v>1.1262606E7</v>
+        <v>4.5844439E7</v>
       </c>
       <c r="C77" s="14" t="n">
-        <v>1.0434692E7</v>
+        <v>4.1918127E7</v>
       </c>
       <c r="D77" s="14" t="n">
-        <v>9841150.0</v>
+        <v>4.0018692E7</v>
       </c>
       <c r="E77" s="14" t="n">
-        <v>9379685.0</v>
+        <v>3.8925361E7</v>
       </c>
       <c r="F77" s="14" t="n">
-        <v>9612564.0</v>
+        <v>3.9314944E7</v>
       </c>
       <c r="G77" s="14" t="n">
-        <v>9372216.0</v>
+        <v>3.7961058E7</v>
       </c>
       <c r="H77" s="14" t="n">
-        <v>9065124.0</v>
+        <v>3.6627366E7</v>
       </c>
       <c r="I77" s="14" t="n">
-        <v>8711213.0</v>
+        <v>3.5976224E7</v>
       </c>
       <c r="J77" s="14" t="n">
-        <v>8430323.0</v>
+        <v>3.5344275E7</v>
       </c>
       <c r="K77" s="14" t="n">
-        <v>8126110.0</v>
+        <v>3.4192409E7</v>
       </c>
       <c r="L77" s="14" t="n">
-        <v>8108648.0</v>
+        <v>3.447557E7</v>
       </c>
       <c r="M77" s="14" t="n">
-        <v>8078086.0</v>
+        <v>3.504918E7</v>
       </c>
       <c r="N77" s="14" t="n">
-        <v>8591161.0</v>
+        <v>3.6544752E7</v>
       </c>
       <c r="O77" s="14" t="n">
-        <v>8530501.0</v>
+        <v>3.6440943E7</v>
       </c>
       <c r="P77" s="14" t="n">
-        <v>8708065.0</v>
+        <v>3.6564862E7</v>
       </c>
       <c r="Q77" s="14" t="n">
-        <v>8905104.0</v>
+        <v>3.7533154E7</v>
       </c>
       <c r="R77" s="14" t="n">
-        <v>8415580.0</v>
+        <v>3.6064213E7</v>
       </c>
       <c r="S77" s="14" t="n">
-        <v>8007030.0</v>
+        <v>3.4515276E7</v>
       </c>
       <c r="T77" s="14" t="n">
-        <v>7574061.0</v>
+        <v>3.2270485E7</v>
       </c>
       <c r="U77" s="14" t="n">
-        <v>7035039.0</v>
+        <v>3.0509847E7</v>
       </c>
       <c r="V77" s="14" t="n">
-        <v>6683606.0</v>
+        <v>2.9233592E7</v>
       </c>
       <c r="W77" s="14" t="n">
-        <v>6272468.0</v>
+        <v>2.7526976E7</v>
       </c>
       <c r="X77" s="14" t="n">
-        <v>5889265.0</v>
+        <v>2.6601865E7</v>
       </c>
       <c r="Y77" s="14" t="n">
-        <v>5463741.0</v>
+        <v>2.4658774E7</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="6" t="inlineStr">
         <is>
-          <t>07 Castilla y León</t>
+          <t>CASTILLA-LA MANCHA</t>
         </is>
       </c>
       <c r="B78" s="6"/>
       <c r="C78" s="6"/>
       <c r="D78" s="6"/>
       <c r="E78" s="6"/>
       <c r="F78" s="6"/>
       <c r="G78" s="6"/>
       <c r="H78" s="6"/>
       <c r="I78" s="6"/>
       <c r="J78" s="6"/>
       <c r="K78" s="6"/>
       <c r="L78" s="6"/>
       <c r="M78" s="6"/>
       <c r="N78" s="6"/>
       <c r="O78" s="6"/>
       <c r="P78" s="6"/>
       <c r="Q78" s="6"/>
       <c r="R78" s="6"/>
       <c r="S78" s="6"/>
       <c r="T78" s="6"/>
       <c r="U78" s="6"/>
       <c r="V78" s="6"/>
       <c r="W78" s="6"/>
       <c r="X78" s="6"/>
       <c r="Y78" s="6"/>
     </row>
     <row r="79">
       <c r="A79" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RESOURCES: Balance of gross primary income</t>
         </is>
       </c>
       <c r="B79" s="14" t="n">
-        <v>4.6410104E7</v>
+        <v>3.6780644E7</v>
       </c>
       <c r="C79" s="14" t="n">
-        <v>4.2634202E7</v>
+        <v>3.4368606E7</v>
       </c>
       <c r="D79" s="14" t="n">
-        <v>3.9771496E7</v>
+        <v>3.1546669E7</v>
       </c>
       <c r="E79" s="14" t="n">
-        <v>3.7640622E7</v>
+        <v>2.9499226E7</v>
       </c>
       <c r="F79" s="14" t="n">
-        <v>3.9805478E7</v>
+        <v>3.017566E7</v>
       </c>
       <c r="G79" s="14" t="n">
-        <v>3.8390021E7</v>
+        <v>2.8907566E7</v>
       </c>
       <c r="H79" s="14" t="n">
-        <v>3.7095721E7</v>
+        <v>2.8034406E7</v>
       </c>
       <c r="I79" s="14" t="n">
-        <v>3.6243894E7</v>
+        <v>2.6986763E7</v>
       </c>
       <c r="J79" s="14" t="n">
-        <v>3.5648555E7</v>
+        <v>2.6144387E7</v>
       </c>
       <c r="K79" s="14" t="n">
-        <v>3.4719665E7</v>
+        <v>2.5053422E7</v>
       </c>
       <c r="L79" s="14" t="n">
-        <v>3.4734096E7</v>
+        <v>2.5227339E7</v>
       </c>
       <c r="M79" s="14" t="n">
-        <v>3.5600981E7</v>
+        <v>2.5393948E7</v>
       </c>
       <c r="N79" s="14" t="n">
-        <v>3.7966991E7</v>
+        <v>2.7314589E7</v>
       </c>
       <c r="O79" s="14" t="n">
-        <v>3.8053002E7</v>
+        <v>2.7566501E7</v>
       </c>
       <c r="P79" s="14" t="n">
-        <v>3.820697E7</v>
+        <v>2.7245712E7</v>
       </c>
       <c r="Q79" s="14" t="n">
-        <v>4.0295457E7</v>
+        <v>2.8309816E7</v>
       </c>
       <c r="R79" s="14" t="n">
-        <v>3.9400117E7</v>
+        <v>2.7467105E7</v>
       </c>
       <c r="S79" s="14" t="n">
-        <v>3.6884939E7</v>
+        <v>2.5314821E7</v>
       </c>
       <c r="T79" s="14" t="n">
-        <v>3.4538571E7</v>
+        <v>2.3588394E7</v>
       </c>
       <c r="U79" s="14" t="n">
-        <v>3.2596527E7</v>
+        <v>2.196014E7</v>
       </c>
       <c r="V79" s="14" t="n">
-        <v>3.0952515E7</v>
+        <v>2.0574621E7</v>
       </c>
       <c r="W79" s="14" t="n">
-        <v>2.9398199E7</v>
+        <v>1.9146453E7</v>
       </c>
       <c r="X79" s="14" t="n">
-        <v>2.8119609E7</v>
+        <v>1.7733538E7</v>
       </c>
       <c r="Y79" s="14" t="n">
-        <v>2.6126647E7</v>
+        <v>1.610733E7</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RESOURCES: Net social contributions</t>
         </is>
       </c>
       <c r="B80" s="14" t="n">
-        <v>16659.0</v>
+        <v>12935.0</v>
       </c>
       <c r="C80" s="14" t="n">
-        <v>12052.0</v>
+        <v>9328.0</v>
       </c>
       <c r="D80" s="14" t="n">
-        <v>13863.0</v>
+        <v>10531.0</v>
       </c>
       <c r="E80" s="14" t="n">
-        <v>14161.0</v>
+        <v>10535.0</v>
       </c>
       <c r="F80" s="14" t="n">
-        <v>14237.0</v>
+        <v>10456.0</v>
       </c>
       <c r="G80" s="14" t="n">
-        <v>10821.0</v>
+        <v>7836.0</v>
       </c>
       <c r="H80" s="14" t="n">
-        <v>9351.0</v>
+        <v>6686.0</v>
       </c>
       <c r="I80" s="14" t="n">
-        <v>6995.0</v>
+        <v>4945.0</v>
       </c>
       <c r="J80" s="14" t="n">
-        <v>6824.0</v>
+        <v>4743.0</v>
       </c>
       <c r="K80" s="14" t="n">
-        <v>6530.0</v>
+        <v>4493.0</v>
       </c>
       <c r="L80" s="14" t="n">
-        <v>7302.0</v>
+        <v>4978.0</v>
       </c>
       <c r="M80" s="14" t="n">
-        <v>9551.0</v>
+        <v>6618.0</v>
       </c>
       <c r="N80" s="14" t="n">
-        <v>12051.0</v>
+        <v>8722.0</v>
       </c>
       <c r="O80" s="14" t="n">
-        <v>14574.0</v>
+        <v>10814.0</v>
       </c>
       <c r="P80" s="14" t="n">
-        <v>16312.0</v>
+        <v>12176.0</v>
       </c>
       <c r="Q80" s="14" t="n">
-        <v>18769.0</v>
+        <v>14472.0</v>
       </c>
       <c r="R80" s="14" t="n">
-        <v>17763.0</v>
+        <v>13786.0</v>
       </c>
       <c r="S80" s="14" t="n">
-        <v>17547.0</v>
+        <v>13345.0</v>
       </c>
       <c r="T80" s="14" t="n">
-        <v>17178.0</v>
+        <v>12804.0</v>
       </c>
       <c r="U80" s="14" t="n">
-        <v>14219.0</v>
+        <v>10161.0</v>
       </c>
       <c r="V80" s="14" t="n">
-        <v>12447.0</v>
+        <v>8703.0</v>
       </c>
       <c r="W80" s="14" t="n">
-        <v>11765.0</v>
+        <v>8003.0</v>
       </c>
       <c r="X80" s="14" t="n">
-        <v>10883.0</v>
+        <v>7328.0</v>
       </c>
       <c r="Y80" s="14" t="n">
-        <v>10400.0</v>
+        <v>6941.0</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RESOURCES: Social benefits other than social transfers in kind (1)</t>
         </is>
       </c>
       <c r="B81" s="14" t="n">
-        <v>1.5509637E7</v>
+        <v>9694356.0</v>
       </c>
       <c r="C81" s="14" t="n">
-        <v>1.408365E7</v>
+        <v>8751316.0</v>
       </c>
       <c r="D81" s="14" t="n">
-        <v>1.3965521E7</v>
+        <v>8704041.0</v>
       </c>
       <c r="E81" s="14" t="n">
-        <v>1.4160978E7</v>
+        <v>8658257.0</v>
       </c>
       <c r="F81" s="14" t="n">
-        <v>1.2587482E7</v>
+        <v>7680966.0</v>
       </c>
       <c r="G81" s="14" t="n">
-        <v>1.1913399E7</v>
+        <v>7189371.0</v>
       </c>
       <c r="H81" s="14" t="n">
-        <v>1.1443233E7</v>
+        <v>6929404.0</v>
       </c>
       <c r="I81" s="14" t="n">
-        <v>1.1258496E7</v>
+        <v>6778977.0</v>
       </c>
       <c r="J81" s="14" t="n">
-        <v>1.1133916E7</v>
+        <v>6752683.0</v>
       </c>
       <c r="K81" s="14" t="n">
-        <v>1.120628E7</v>
+        <v>6925710.0</v>
       </c>
       <c r="L81" s="14" t="n">
-        <v>1.1412368E7</v>
+        <v>7181632.0</v>
       </c>
       <c r="M81" s="14" t="n">
-        <v>1.1154321E7</v>
+        <v>7170878.0</v>
       </c>
       <c r="N81" s="14" t="n">
-        <v>1.0761313E7</v>
+        <v>6952656.0</v>
       </c>
       <c r="O81" s="14" t="n">
-        <v>1.0750064E7</v>
+        <v>6944106.0</v>
       </c>
       <c r="P81" s="14" t="n">
-        <v>1.0287519E7</v>
+        <v>6681703.0</v>
       </c>
       <c r="Q81" s="14" t="n">
-        <v>9433003.0</v>
+        <v>5779224.0</v>
       </c>
       <c r="R81" s="14" t="n">
-        <v>8581019.0</v>
+        <v>5039720.0</v>
       </c>
       <c r="S81" s="14" t="n">
-        <v>8117609.0</v>
+        <v>4673478.0</v>
       </c>
       <c r="T81" s="14" t="n">
-        <v>7553010.0</v>
+        <v>4332600.0</v>
       </c>
       <c r="U81" s="14" t="n">
-        <v>7114295.0</v>
+        <v>4037695.0</v>
       </c>
       <c r="V81" s="14" t="n">
-        <v>6585365.0</v>
+        <v>3715115.0</v>
       </c>
       <c r="W81" s="14" t="n">
-        <v>6275836.0</v>
+        <v>3532563.0</v>
       </c>
       <c r="X81" s="14" t="n">
-        <v>5710104.0</v>
+        <v>3211745.0</v>
       </c>
       <c r="Y81" s="14" t="n">
-        <v>5588362.0</v>
+        <v>3109210.0</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RESOURCES: Other current transfers</t>
         </is>
       </c>
       <c r="B82" s="14" t="n">
-        <v>4333592.0</v>
+        <v>3548337.0</v>
       </c>
       <c r="C82" s="14" t="n">
-        <v>4120464.0</v>
+        <v>3224299.0</v>
       </c>
       <c r="D82" s="14" t="n">
-        <v>4080988.0</v>
+        <v>3159763.0</v>
       </c>
       <c r="E82" s="14" t="n">
-        <v>3475721.0</v>
+        <v>2701318.0</v>
       </c>
       <c r="F82" s="14" t="n">
-        <v>3390818.0</v>
+        <v>2814307.0</v>
       </c>
       <c r="G82" s="14" t="n">
-        <v>3244649.0</v>
+        <v>2546456.0</v>
       </c>
       <c r="H82" s="14" t="n">
-        <v>2989828.0</v>
+        <v>2299973.0</v>
       </c>
       <c r="I82" s="14" t="n">
-        <v>2713357.0</v>
+        <v>2115012.0</v>
       </c>
       <c r="J82" s="14" t="n">
-        <v>2443068.0</v>
+        <v>1761087.0</v>
       </c>
       <c r="K82" s="14" t="n">
-        <v>2235270.0</v>
+        <v>1633731.0</v>
       </c>
       <c r="L82" s="14" t="n">
-        <v>2286181.0</v>
+        <v>1611658.0</v>
       </c>
       <c r="M82" s="14" t="n">
-        <v>2437648.0</v>
+        <v>1499910.0</v>
       </c>
       <c r="N82" s="14" t="n">
-        <v>2333185.0</v>
+        <v>1493687.0</v>
       </c>
       <c r="O82" s="14" t="n">
-        <v>2331030.0</v>
+        <v>1529599.0</v>
       </c>
       <c r="P82" s="14" t="n">
-        <v>2538937.0</v>
+        <v>1545775.0</v>
       </c>
       <c r="Q82" s="14" t="n">
-        <v>2746587.0</v>
+        <v>1635369.0</v>
       </c>
       <c r="R82" s="14" t="n">
-        <v>2519190.0</v>
+        <v>1450920.0</v>
       </c>
       <c r="S82" s="14" t="n">
-        <v>2665860.0</v>
+        <v>1340550.0</v>
       </c>
       <c r="T82" s="14" t="n">
-        <v>2287127.0</v>
+        <v>1325890.0</v>
       </c>
       <c r="U82" s="14" t="n">
-        <v>2296767.0</v>
+        <v>1320068.0</v>
       </c>
       <c r="V82" s="14" t="n">
-        <v>2230210.0</v>
+        <v>1236623.0</v>
       </c>
       <c r="W82" s="14" t="n">
-        <v>2124468.0</v>
+        <v>1175182.0</v>
       </c>
       <c r="X82" s="14" t="n">
-        <v>2392634.0</v>
+        <v>1128659.0</v>
       </c>
       <c r="Y82" s="14" t="n">
-        <v>1956241.0</v>
+        <v>1142213.0</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT: Current taxes on income, capital gains, etc.</t>
         </is>
       </c>
       <c r="B83" s="14" t="n">
-        <v>6279872.0</v>
+        <v>4264143.0</v>
       </c>
       <c r="C83" s="14" t="n">
-        <v>5774330.0</v>
+        <v>3847616.0</v>
       </c>
       <c r="D83" s="14" t="n">
-        <v>4916588.0</v>
+        <v>3312875.0</v>
       </c>
       <c r="E83" s="14" t="n">
-        <v>4621620.0</v>
+        <v>3078758.0</v>
       </c>
       <c r="F83" s="14" t="n">
-        <v>4572751.0</v>
+        <v>3026352.0</v>
       </c>
       <c r="G83" s="14" t="n">
-        <v>4298453.0</v>
+        <v>2828989.0</v>
       </c>
       <c r="H83" s="14" t="n">
-        <v>4055645.0</v>
+        <v>2649225.0</v>
       </c>
       <c r="I83" s="14" t="n">
-        <v>3907632.0</v>
+        <v>2493707.0</v>
       </c>
       <c r="J83" s="14" t="n">
-        <v>3923173.0</v>
+        <v>2389210.0</v>
       </c>
       <c r="K83" s="14" t="n">
-        <v>4121199.0</v>
+        <v>2491946.0</v>
       </c>
       <c r="L83" s="14" t="n">
-        <v>4114560.0</v>
+        <v>2530551.0</v>
       </c>
       <c r="M83" s="14" t="n">
-        <v>4103314.0</v>
+        <v>2526889.0</v>
       </c>
       <c r="N83" s="14" t="n">
-        <v>4076009.0</v>
+        <v>2582365.0</v>
       </c>
       <c r="O83" s="14" t="n">
-        <v>4005051.0</v>
+        <v>2600256.0</v>
       </c>
       <c r="P83" s="14" t="n">
-        <v>3708131.0</v>
+        <v>2401312.0</v>
       </c>
       <c r="Q83" s="14" t="n">
-        <v>4046096.0</v>
+        <v>2593927.0</v>
       </c>
       <c r="R83" s="14" t="n">
-        <v>4103447.0</v>
+        <v>2632458.0</v>
       </c>
       <c r="S83" s="14" t="n">
-        <v>3480140.0</v>
+        <v>2202072.0</v>
       </c>
       <c r="T83" s="14" t="n">
-        <v>3030632.0</v>
+        <v>1828207.0</v>
       </c>
       <c r="U83" s="14" t="n">
-        <v>2929635.0</v>
+        <v>1707476.0</v>
       </c>
       <c r="V83" s="14" t="n">
-        <v>2571907.0</v>
+        <v>1421140.0</v>
       </c>
       <c r="W83" s="14" t="n">
-        <v>2583966.0</v>
+        <v>1395438.0</v>
       </c>
       <c r="X83" s="14" t="n">
-        <v>2381568.0</v>
+        <v>1209473.0</v>
       </c>
       <c r="Y83" s="14" t="n">
-        <v>2172384.0</v>
+        <v>1062965.0</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT:   Net social contributions (2)</t>
         </is>
       </c>
       <c r="B84" s="14" t="n">
-        <v>9377329.0</v>
+        <v>7202233.0</v>
       </c>
       <c r="C84" s="14" t="n">
-        <v>8691807.0</v>
+        <v>6641104.0</v>
       </c>
       <c r="D84" s="14" t="n">
-        <v>8582126.0</v>
+        <v>6436306.0</v>
       </c>
       <c r="E84" s="14" t="n">
-        <v>8117586.0</v>
+        <v>5986912.0</v>
       </c>
       <c r="F84" s="14" t="n">
-        <v>8124030.0</v>
+        <v>5898390.0</v>
       </c>
       <c r="G84" s="14" t="n">
-        <v>7647440.0</v>
+        <v>5417334.0</v>
       </c>
       <c r="H84" s="14" t="n">
-        <v>7467345.0</v>
+        <v>5223061.0</v>
       </c>
       <c r="I84" s="14" t="n">
-        <v>7288831.0</v>
+        <v>5036789.0</v>
       </c>
       <c r="J84" s="14" t="n">
-        <v>7199027.0</v>
+        <v>4941666.0</v>
       </c>
       <c r="K84" s="14" t="n">
-        <v>7254668.0</v>
+        <v>4945932.0</v>
       </c>
       <c r="L84" s="14" t="n">
-        <v>7264706.0</v>
+        <v>4987546.0</v>
       </c>
       <c r="M84" s="14" t="n">
-        <v>7521388.0</v>
+        <v>5209113.0</v>
       </c>
       <c r="N84" s="14" t="n">
-        <v>7953046.0</v>
+        <v>5569296.0</v>
       </c>
       <c r="O84" s="14" t="n">
-        <v>8129785.0</v>
+        <v>5817015.0</v>
       </c>
       <c r="P84" s="14" t="n">
-        <v>8051234.0</v>
+        <v>5792660.0</v>
       </c>
       <c r="Q84" s="14" t="n">
-        <v>8111116.0</v>
+        <v>5884828.0</v>
       </c>
       <c r="R84" s="14" t="n">
-        <v>7633478.0</v>
+        <v>5481836.0</v>
       </c>
       <c r="S84" s="14" t="n">
-        <v>7219566.0</v>
+        <v>5036647.0</v>
       </c>
       <c r="T84" s="14" t="n">
-        <v>6673455.0</v>
+        <v>4479054.0</v>
       </c>
       <c r="U84" s="14" t="n">
-        <v>6282596.0</v>
+        <v>4078457.0</v>
       </c>
       <c r="V84" s="14" t="n">
-        <v>5736264.0</v>
+        <v>3646585.0</v>
       </c>
       <c r="W84" s="14" t="n">
-        <v>5541915.0</v>
+        <v>3443070.0</v>
       </c>
       <c r="X84" s="14" t="n">
-        <v>5197632.0</v>
+        <v>3161852.0</v>
       </c>
       <c r="Y84" s="14" t="n">
-        <v>4956127.0</v>
+        <v>2958441.0</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT: Social benefits other than social transfers in kind</t>
         </is>
       </c>
       <c r="B85" s="14" t="n">
-        <v>17813.0</v>
+        <v>13795.0</v>
       </c>
       <c r="C85" s="14" t="n">
-        <v>16089.0</v>
+        <v>12589.0</v>
       </c>
       <c r="D85" s="14" t="n">
-        <v>10583.0</v>
+        <v>8288.0</v>
       </c>
       <c r="E85" s="14" t="n">
-        <v>9451.0</v>
+        <v>6911.0</v>
       </c>
       <c r="F85" s="14" t="n">
-        <v>9671.0</v>
+        <v>7205.0</v>
       </c>
       <c r="G85" s="14" t="n">
-        <v>7906.0</v>
+        <v>5730.0</v>
       </c>
       <c r="H85" s="14" t="n">
-        <v>5891.0</v>
+        <v>4468.0</v>
       </c>
       <c r="I85" s="14" t="n">
-        <v>5170.0</v>
+        <v>3779.0</v>
       </c>
       <c r="J85" s="14" t="n">
-        <v>4279.0</v>
+        <v>3067.0</v>
       </c>
       <c r="K85" s="14" t="n">
-        <v>2750.0</v>
+        <v>1938.0</v>
       </c>
       <c r="L85" s="14" t="n">
-        <v>4334.0</v>
+        <v>2954.0</v>
       </c>
       <c r="M85" s="14" t="n">
-        <v>7016.0</v>
+        <v>4761.0</v>
       </c>
       <c r="N85" s="14" t="n">
-        <v>6877.0</v>
+        <v>5151.0</v>
       </c>
       <c r="O85" s="14" t="n">
-        <v>16142.0</v>
+        <v>12156.0</v>
       </c>
       <c r="P85" s="14" t="n">
-        <v>14859.0</v>
+        <v>11711.0</v>
       </c>
       <c r="Q85" s="14" t="n">
-        <v>16464.0</v>
+        <v>13450.0</v>
       </c>
       <c r="R85" s="14" t="n">
-        <v>18606.0</v>
+        <v>13715.0</v>
       </c>
       <c r="S85" s="14" t="n">
-        <v>16680.0</v>
+        <v>12146.0</v>
       </c>
       <c r="T85" s="14" t="n">
-        <v>14884.0</v>
+        <v>11038.0</v>
       </c>
       <c r="U85" s="14" t="n">
-        <v>12862.0</v>
+        <v>9369.0</v>
       </c>
       <c r="V85" s="14" t="n">
-        <v>12024.0</v>
+        <v>8540.0</v>
       </c>
       <c r="W85" s="14" t="n">
-        <v>10909.0</v>
+        <v>6918.0</v>
       </c>
       <c r="X85" s="14" t="n">
-        <v>8103.0</v>
+        <v>5266.0</v>
       </c>
       <c r="Y85" s="14" t="n">
-        <v>12017.0</v>
+        <v>7741.0</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT:   Other current transfers</t>
         </is>
       </c>
       <c r="B86" s="14" t="n">
-        <v>4750539.0</v>
+        <v>4035313.0</v>
       </c>
       <c r="C86" s="14" t="n">
-        <v>4450015.0</v>
+        <v>3758166.0</v>
       </c>
       <c r="D86" s="14" t="n">
-        <v>4303879.0</v>
+        <v>3626943.0</v>
       </c>
       <c r="E86" s="14" t="n">
-        <v>3617464.0</v>
+        <v>3033119.0</v>
       </c>
       <c r="F86" s="14" t="n">
-        <v>3776619.0</v>
+        <v>3109218.0</v>
       </c>
       <c r="G86" s="14" t="n">
-        <v>3644033.0</v>
+        <v>2930630.0</v>
       </c>
       <c r="H86" s="14" t="n">
-        <v>3381886.0</v>
+        <v>2719487.0</v>
       </c>
       <c r="I86" s="14" t="n">
-        <v>3044885.0</v>
+        <v>2409227.0</v>
       </c>
       <c r="J86" s="14" t="n">
-        <v>2761609.0</v>
+        <v>2110889.0</v>
       </c>
       <c r="K86" s="14" t="n">
-        <v>2596719.0</v>
+        <v>1946217.0</v>
       </c>
       <c r="L86" s="14" t="n">
-        <v>2580777.0</v>
+        <v>1929449.0</v>
       </c>
       <c r="M86" s="14" t="n">
-        <v>2521603.0</v>
+        <v>1796854.0</v>
       </c>
       <c r="N86" s="14" t="n">
-        <v>2492856.0</v>
+        <v>1745231.0</v>
       </c>
       <c r="O86" s="14" t="n">
-        <v>2556749.0</v>
+        <v>1754896.0</v>
       </c>
       <c r="P86" s="14" t="n">
-        <v>2710652.0</v>
+        <v>1853074.0</v>
       </c>
       <c r="Q86" s="14" t="n">
-        <v>2786986.0</v>
+        <v>1874395.0</v>
       </c>
       <c r="R86" s="14" t="n">
-        <v>2698345.0</v>
+        <v>1751281.0</v>
       </c>
       <c r="S86" s="14" t="n">
-        <v>2454293.0</v>
+        <v>1584369.0</v>
       </c>
       <c r="T86" s="14" t="n">
-        <v>2406430.0</v>
+        <v>1550297.0</v>
       </c>
       <c r="U86" s="14" t="n">
-        <v>2286868.0</v>
+        <v>1414273.0</v>
       </c>
       <c r="V86" s="14" t="n">
-        <v>2226750.0</v>
+        <v>1353835.0</v>
       </c>
       <c r="W86" s="14" t="n">
-        <v>2146502.0</v>
+        <v>1279541.0</v>
       </c>
       <c r="X86" s="14" t="n">
-        <v>2044062.0</v>
+        <v>1207917.0</v>
       </c>
       <c r="Y86" s="14" t="n">
-        <v>1882348.0</v>
+        <v>1140097.0</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT: Gross disposable income</t>
         </is>
       </c>
       <c r="B87" s="14" t="n">
-        <v>4.5844439E7</v>
+        <v>3.4520788E7</v>
       </c>
       <c r="C87" s="14" t="n">
-        <v>4.1918127E7</v>
+        <v>3.2094074E7</v>
       </c>
       <c r="D87" s="14" t="n">
-        <v>4.0018692E7</v>
+        <v>3.0036592E7</v>
       </c>
       <c r="E87" s="14" t="n">
-        <v>3.8925361E7</v>
+        <v>2.8763636E7</v>
       </c>
       <c r="F87" s="14" t="n">
-        <v>3.9314944E7</v>
+        <v>2.8640224E7</v>
       </c>
       <c r="G87" s="14" t="n">
-        <v>3.7961058E7</v>
+        <v>2.7468546E7</v>
       </c>
       <c r="H87" s="14" t="n">
-        <v>3.6627366E7</v>
+        <v>2.6674228E7</v>
       </c>
       <c r="I87" s="14" t="n">
-        <v>3.5976224E7</v>
+        <v>2.5942195E7</v>
       </c>
       <c r="J87" s="14" t="n">
-        <v>3.5344275E7</v>
+        <v>2.5218068E7</v>
       </c>
       <c r="K87" s="14" t="n">
-        <v>3.4192409E7</v>
+        <v>2.4231323E7</v>
       </c>
       <c r="L87" s="14" t="n">
-        <v>3.447557E7</v>
+        <v>2.4575107E7</v>
       </c>
       <c r="M87" s="14" t="n">
-        <v>3.504918E7</v>
+        <v>2.4533737E7</v>
       </c>
       <c r="N87" s="14" t="n">
-        <v>3.6544752E7</v>
+        <v>2.5867611E7</v>
       </c>
       <c r="O87" s="14" t="n">
-        <v>3.6440943E7</v>
+        <v>2.5866697E7</v>
       </c>
       <c r="P87" s="14" t="n">
-        <v>3.6564862E7</v>
+        <v>2.5426609E7</v>
       </c>
       <c r="Q87" s="14" t="n">
-        <v>3.7533154E7</v>
+        <v>2.5372281E7</v>
       </c>
       <c r="R87" s="14" t="n">
-        <v>3.6064213E7</v>
+        <v>2.4092241E7</v>
       </c>
       <c r="S87" s="14" t="n">
-        <v>3.4515276E7</v>
+        <v>2.250696E7</v>
       </c>
       <c r="T87" s="14" t="n">
-        <v>3.2270485E7</v>
+        <v>2.1391092E7</v>
       </c>
       <c r="U87" s="14" t="n">
-        <v>3.0509847E7</v>
+        <v>2.0118489E7</v>
       </c>
       <c r="V87" s="14" t="n">
-        <v>2.9233592E7</v>
+        <v>1.9104962E7</v>
       </c>
       <c r="W87" s="14" t="n">
-        <v>2.7526976E7</v>
+        <v>1.7737234E7</v>
       </c>
       <c r="X87" s="14" t="n">
-        <v>2.6601865E7</v>
+        <v>1.6496762E7</v>
       </c>
       <c r="Y87" s="14" t="n">
-        <v>2.4658774E7</v>
+        <v>1.519645E7</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="6" t="inlineStr">
         <is>
-          <t>08 Castilla - La Mancha</t>
+          <t>CATALUÑA</t>
         </is>
       </c>
       <c r="B88" s="6"/>
       <c r="C88" s="6"/>
       <c r="D88" s="6"/>
       <c r="E88" s="6"/>
       <c r="F88" s="6"/>
       <c r="G88" s="6"/>
       <c r="H88" s="6"/>
       <c r="I88" s="6"/>
       <c r="J88" s="6"/>
       <c r="K88" s="6"/>
       <c r="L88" s="6"/>
       <c r="M88" s="6"/>
       <c r="N88" s="6"/>
       <c r="O88" s="6"/>
       <c r="P88" s="6"/>
       <c r="Q88" s="6"/>
       <c r="R88" s="6"/>
       <c r="S88" s="6"/>
       <c r="T88" s="6"/>
       <c r="U88" s="6"/>
       <c r="V88" s="6"/>
       <c r="W88" s="6"/>
       <c r="X88" s="6"/>
       <c r="Y88" s="6"/>
     </row>
     <row r="89">
       <c r="A89" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RESOURCES: Balance of gross primary income</t>
         </is>
       </c>
       <c r="B89" s="14" t="n">
-        <v>3.6780644E7</v>
+        <v>1.92940284E8</v>
       </c>
       <c r="C89" s="14" t="n">
-        <v>3.4368606E7</v>
+        <v>1.75040119E8</v>
       </c>
       <c r="D89" s="14" t="n">
-        <v>3.1546669E7</v>
+        <v>1.62308465E8</v>
       </c>
       <c r="E89" s="14" t="n">
-        <v>2.9499226E7</v>
+        <v>1.50954112E8</v>
       </c>
       <c r="F89" s="14" t="n">
-        <v>3.017566E7</v>
+        <v>1.61615675E8</v>
       </c>
       <c r="G89" s="14" t="n">
-        <v>2.8907566E7</v>
+        <v>1.53384745E8</v>
       </c>
       <c r="H89" s="14" t="n">
-        <v>2.8034406E7</v>
+        <v>1.48771439E8</v>
       </c>
       <c r="I89" s="14" t="n">
-        <v>2.6986763E7</v>
+        <v>1.43250474E8</v>
       </c>
       <c r="J89" s="14" t="n">
-        <v>2.6144387E7</v>
+        <v>1.38842946E8</v>
       </c>
       <c r="K89" s="14" t="n">
-        <v>2.5053422E7</v>
+        <v>1.32865271E8</v>
       </c>
       <c r="L89" s="14" t="n">
-        <v>2.5227339E7</v>
+        <v>1.31134054E8</v>
       </c>
       <c r="M89" s="14" t="n">
-        <v>2.5393948E7</v>
+        <v>1.3240523E8</v>
       </c>
       <c r="N89" s="14" t="n">
-        <v>2.7314589E7</v>
+        <v>1.40309966E8</v>
       </c>
       <c r="O89" s="14" t="n">
-        <v>2.7566501E7</v>
+        <v>1.40520548E8</v>
       </c>
       <c r="P89" s="14" t="n">
-        <v>2.7245712E7</v>
+        <v>1.40003112E8</v>
       </c>
       <c r="Q89" s="14" t="n">
-        <v>2.8309816E7</v>
+        <v>1.4622916E8</v>
       </c>
       <c r="R89" s="14" t="n">
-        <v>2.7467105E7</v>
+        <v>1.41755878E8</v>
       </c>
       <c r="S89" s="14" t="n">
-        <v>2.5314821E7</v>
+        <v>1.32910191E8</v>
       </c>
       <c r="T89" s="14" t="n">
-        <v>2.3588394E7</v>
+        <v>1.23740269E8</v>
       </c>
       <c r="U89" s="14" t="n">
-        <v>2.196014E7</v>
+        <v>1.15285858E8</v>
       </c>
       <c r="V89" s="14" t="n">
-        <v>2.0574621E7</v>
+        <v>1.07967888E8</v>
       </c>
       <c r="W89" s="14" t="n">
-        <v>1.9146453E7</v>
+        <v>1.00313894E8</v>
       </c>
       <c r="X89" s="14" t="n">
-        <v>1.7733538E7</v>
+        <v>9.4880666E7</v>
       </c>
       <c r="Y89" s="14" t="n">
-        <v>1.610733E7</v>
+        <v>8.7705429E7</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RESOURCES: Net social contributions</t>
         </is>
       </c>
       <c r="B90" s="14" t="n">
-        <v>12935.0</v>
+        <v>68577.0</v>
       </c>
       <c r="C90" s="14" t="n">
-        <v>9328.0</v>
+        <v>49298.0</v>
       </c>
       <c r="D90" s="14" t="n">
-        <v>10531.0</v>
+        <v>55690.0</v>
       </c>
       <c r="E90" s="14" t="n">
-        <v>10535.0</v>
+        <v>56617.0</v>
       </c>
       <c r="F90" s="14" t="n">
-        <v>10456.0</v>
+        <v>57377.0</v>
       </c>
       <c r="G90" s="14" t="n">
-        <v>7836.0</v>
+        <v>43272.0</v>
       </c>
       <c r="H90" s="14" t="n">
-        <v>6686.0</v>
+        <v>37081.0</v>
       </c>
       <c r="I90" s="14" t="n">
-        <v>4945.0</v>
+        <v>27275.0</v>
       </c>
       <c r="J90" s="14" t="n">
-        <v>4743.0</v>
+        <v>26144.0</v>
       </c>
       <c r="K90" s="14" t="n">
-        <v>4493.0</v>
+        <v>24781.0</v>
       </c>
       <c r="L90" s="14" t="n">
-        <v>4978.0</v>
+        <v>27372.0</v>
       </c>
       <c r="M90" s="14" t="n">
-        <v>6618.0</v>
+        <v>35048.0</v>
       </c>
       <c r="N90" s="14" t="n">
-        <v>8722.0</v>
+        <v>43530.0</v>
       </c>
       <c r="O90" s="14" t="n">
-        <v>10814.0</v>
+        <v>52885.0</v>
       </c>
       <c r="P90" s="14" t="n">
-        <v>12176.0</v>
+        <v>59522.0</v>
       </c>
       <c r="Q90" s="14" t="n">
-        <v>14472.0</v>
+        <v>70381.0</v>
       </c>
       <c r="R90" s="14" t="n">
-        <v>13786.0</v>
+        <v>66896.0</v>
       </c>
       <c r="S90" s="14" t="n">
-        <v>13345.0</v>
+        <v>67295.0</v>
       </c>
       <c r="T90" s="14" t="n">
-        <v>12804.0</v>
+        <v>66854.0</v>
       </c>
       <c r="U90" s="14" t="n">
-        <v>10161.0</v>
+        <v>55197.0</v>
       </c>
       <c r="V90" s="14" t="n">
-        <v>8703.0</v>
+        <v>49185.0</v>
       </c>
       <c r="W90" s="14" t="n">
-        <v>8003.0</v>
+        <v>46228.0</v>
       </c>
       <c r="X90" s="14" t="n">
-        <v>7328.0</v>
+        <v>42914.0</v>
       </c>
       <c r="Y90" s="14" t="n">
-        <v>6941.0</v>
+        <v>41475.0</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RESOURCES: Social benefits other than social transfers in kind (1)</t>
         </is>
       </c>
       <c r="B91" s="14" t="n">
-        <v>9694356.0</v>
+        <v>4.6131695E7</v>
       </c>
       <c r="C91" s="14" t="n">
-        <v>8751316.0</v>
+        <v>4.2240278E7</v>
       </c>
       <c r="D91" s="14" t="n">
-        <v>8704041.0</v>
+        <v>4.339727E7</v>
       </c>
       <c r="E91" s="14" t="n">
-        <v>8658257.0</v>
+        <v>4.2870943E7</v>
       </c>
       <c r="F91" s="14" t="n">
-        <v>7680966.0</v>
+        <v>3.7252475E7</v>
       </c>
       <c r="G91" s="14" t="n">
-        <v>7189371.0</v>
+        <v>3.4828098E7</v>
       </c>
       <c r="H91" s="14" t="n">
-        <v>6929404.0</v>
+        <v>3.3384272E7</v>
       </c>
       <c r="I91" s="14" t="n">
-        <v>6778977.0</v>
+        <v>3.316624E7</v>
       </c>
       <c r="J91" s="14" t="n">
-        <v>6752683.0</v>
+        <v>3.2705791E7</v>
       </c>
       <c r="K91" s="14" t="n">
-        <v>6925710.0</v>
+        <v>3.3357265E7</v>
       </c>
       <c r="L91" s="14" t="n">
-        <v>7181632.0</v>
+        <v>3.3522593E7</v>
       </c>
       <c r="M91" s="14" t="n">
-        <v>7170878.0</v>
+        <v>3.3108169E7</v>
       </c>
       <c r="N91" s="14" t="n">
-        <v>6952656.0</v>
+        <v>3.2594765E7</v>
       </c>
       <c r="O91" s="14" t="n">
-        <v>6944106.0</v>
+        <v>3.2797675E7</v>
       </c>
       <c r="P91" s="14" t="n">
-        <v>6681703.0</v>
+        <v>3.0954906E7</v>
       </c>
       <c r="Q91" s="14" t="n">
-        <v>5779224.0</v>
+        <v>2.741058E7</v>
       </c>
       <c r="R91" s="14" t="n">
-        <v>5039720.0</v>
+        <v>2.4511256E7</v>
       </c>
       <c r="S91" s="14" t="n">
-        <v>4673478.0</v>
+        <v>2.2824188E7</v>
       </c>
       <c r="T91" s="14" t="n">
-        <v>4332600.0</v>
+        <v>2.0941331E7</v>
       </c>
       <c r="U91" s="14" t="n">
-        <v>4037695.0</v>
+        <v>1.9516726E7</v>
       </c>
       <c r="V91" s="14" t="n">
-        <v>3715115.0</v>
+        <v>1.750809E7</v>
       </c>
       <c r="W91" s="14" t="n">
-        <v>3532563.0</v>
+        <v>1.6542504E7</v>
       </c>
       <c r="X91" s="14" t="n">
-        <v>3211745.0</v>
+        <v>1.4833404E7</v>
       </c>
       <c r="Y91" s="14" t="n">
-        <v>3109210.0</v>
+        <v>1.4195126E7</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RESOURCES: Other current transfers</t>
         </is>
       </c>
       <c r="B92" s="14" t="n">
-        <v>3548337.0</v>
+        <v>1.4354442E7</v>
       </c>
       <c r="C92" s="14" t="n">
-        <v>3224299.0</v>
+        <v>1.3271294E7</v>
       </c>
       <c r="D92" s="14" t="n">
-        <v>3159763.0</v>
+        <v>1.2629209E7</v>
       </c>
       <c r="E92" s="14" t="n">
-        <v>2701318.0</v>
+        <v>1.0507792E7</v>
       </c>
       <c r="F92" s="14" t="n">
-        <v>2814307.0</v>
+        <v>1.0304772E7</v>
       </c>
       <c r="G92" s="14" t="n">
-        <v>2546456.0</v>
+        <v>9594500.0</v>
       </c>
       <c r="H92" s="14" t="n">
-        <v>2299973.0</v>
+        <v>8861670.0</v>
       </c>
       <c r="I92" s="14" t="n">
-        <v>2115012.0</v>
+        <v>7749420.0</v>
       </c>
       <c r="J92" s="14" t="n">
-        <v>1761087.0</v>
+        <v>7532492.0</v>
       </c>
       <c r="K92" s="14" t="n">
-        <v>1633731.0</v>
+        <v>6910927.0</v>
       </c>
       <c r="L92" s="14" t="n">
-        <v>1611658.0</v>
+        <v>6738154.0</v>
       </c>
       <c r="M92" s="14" t="n">
-        <v>1499910.0</v>
+        <v>6740110.0</v>
       </c>
       <c r="N92" s="14" t="n">
-        <v>1493687.0</v>
+        <v>6735079.0</v>
       </c>
       <c r="O92" s="14" t="n">
-        <v>1529599.0</v>
+        <v>6946636.0</v>
       </c>
       <c r="P92" s="14" t="n">
-        <v>1545775.0</v>
+        <v>7788806.0</v>
       </c>
       <c r="Q92" s="14" t="n">
-        <v>1635369.0</v>
+        <v>8123585.0</v>
       </c>
       <c r="R92" s="14" t="n">
-        <v>1450920.0</v>
+        <v>7523656.0</v>
       </c>
       <c r="S92" s="14" t="n">
-        <v>1340550.0</v>
+        <v>6641032.0</v>
       </c>
       <c r="T92" s="14" t="n">
-        <v>1325890.0</v>
+        <v>7260532.0</v>
       </c>
       <c r="U92" s="14" t="n">
-        <v>1320068.0</v>
+        <v>6781164.0</v>
       </c>
       <c r="V92" s="14" t="n">
-        <v>1236623.0</v>
+        <v>6490107.0</v>
       </c>
       <c r="W92" s="14" t="n">
-        <v>1175182.0</v>
+        <v>6398301.0</v>
       </c>
       <c r="X92" s="14" t="n">
-        <v>1128659.0</v>
+        <v>6024498.0</v>
       </c>
       <c r="Y92" s="14" t="n">
-        <v>1142213.0</v>
+        <v>5792571.0</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT: Current taxes on income, capital gains, etc.</t>
         </is>
       </c>
       <c r="B93" s="14" t="n">
-        <v>4264143.0</v>
+        <v>3.0489019E7</v>
       </c>
       <c r="C93" s="14" t="n">
-        <v>3847616.0</v>
+        <v>2.8164468E7</v>
       </c>
       <c r="D93" s="14" t="n">
-        <v>3312875.0</v>
+        <v>2.3930192E7</v>
       </c>
       <c r="E93" s="14" t="n">
-        <v>3078758.0</v>
+        <v>2.1972592E7</v>
       </c>
       <c r="F93" s="14" t="n">
-        <v>3026352.0</v>
+        <v>2.2339403E7</v>
       </c>
       <c r="G93" s="14" t="n">
-        <v>2828989.0</v>
+        <v>2.140543E7</v>
       </c>
       <c r="H93" s="14" t="n">
-        <v>2649225.0</v>
+        <v>1.9758365E7</v>
       </c>
       <c r="I93" s="14" t="n">
-        <v>2493707.0</v>
+        <v>1.8339755E7</v>
       </c>
       <c r="J93" s="14" t="n">
-        <v>2389210.0</v>
+        <v>1.7771449E7</v>
       </c>
       <c r="K93" s="14" t="n">
-        <v>2491946.0</v>
+        <v>1.7728644E7</v>
       </c>
       <c r="L93" s="14" t="n">
-        <v>2530551.0</v>
+        <v>1.7344513E7</v>
       </c>
       <c r="M93" s="14" t="n">
-        <v>2526889.0</v>
+        <v>1.7209837E7</v>
       </c>
       <c r="N93" s="14" t="n">
-        <v>2582365.0</v>
+        <v>1.6732441E7</v>
       </c>
       <c r="O93" s="14" t="n">
-        <v>2600256.0</v>
+        <v>1.6342067E7</v>
       </c>
       <c r="P93" s="14" t="n">
-        <v>2401312.0</v>
+        <v>1.551329E7</v>
       </c>
       <c r="Q93" s="14" t="n">
-        <v>2593927.0</v>
+        <v>1.7564634E7</v>
       </c>
       <c r="R93" s="14" t="n">
-        <v>2632458.0</v>
+        <v>1.8073238E7</v>
       </c>
       <c r="S93" s="14" t="n">
-        <v>2202072.0</v>
+        <v>1.5493604E7</v>
       </c>
       <c r="T93" s="14" t="n">
-        <v>1828207.0</v>
+        <v>1.3554689E7</v>
       </c>
       <c r="U93" s="14" t="n">
-        <v>1707476.0</v>
+        <v>1.307054E7</v>
       </c>
       <c r="V93" s="14" t="n">
-        <v>1421140.0</v>
+        <v>1.1570455E7</v>
       </c>
       <c r="W93" s="14" t="n">
-        <v>1395438.0</v>
+        <v>1.1389439E7</v>
       </c>
       <c r="X93" s="14" t="n">
-        <v>1209473.0</v>
+        <v>1.0495049E7</v>
       </c>
       <c r="Y93" s="14" t="n">
-        <v>1062965.0</v>
+        <v>9526489.0</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT:   Net social contributions (2)</t>
         </is>
       </c>
       <c r="B94" s="14" t="n">
-        <v>7202233.0</v>
+        <v>4.0492269E7</v>
       </c>
       <c r="C94" s="14" t="n">
-        <v>6641104.0</v>
+        <v>3.6604576E7</v>
       </c>
       <c r="D94" s="14" t="n">
-        <v>6436306.0</v>
+        <v>3.4872095E7</v>
       </c>
       <c r="E94" s="14" t="n">
-        <v>5986912.0</v>
+        <v>3.3036208E7</v>
       </c>
       <c r="F94" s="14" t="n">
-        <v>5898390.0</v>
+        <v>3.2912715E7</v>
       </c>
       <c r="G94" s="14" t="n">
-        <v>5417334.0</v>
+        <v>3.0443258E7</v>
       </c>
       <c r="H94" s="14" t="n">
-        <v>5223061.0</v>
+        <v>2.9097516E7</v>
       </c>
       <c r="I94" s="14" t="n">
-        <v>5036789.0</v>
+        <v>2.7724903E7</v>
       </c>
       <c r="J94" s="14" t="n">
-        <v>4941666.0</v>
+        <v>2.6871914E7</v>
       </c>
       <c r="K94" s="14" t="n">
-        <v>4945932.0</v>
+        <v>2.6780819E7</v>
       </c>
       <c r="L94" s="14" t="n">
-        <v>4987546.0</v>
+        <v>2.6456604E7</v>
       </c>
       <c r="M94" s="14" t="n">
-        <v>5209113.0</v>
+        <v>2.7165779E7</v>
       </c>
       <c r="N94" s="14" t="n">
-        <v>5569296.0</v>
+        <v>2.8441645E7</v>
       </c>
       <c r="O94" s="14" t="n">
-        <v>5817015.0</v>
+        <v>2.9143702E7</v>
       </c>
       <c r="P94" s="14" t="n">
-        <v>5792660.0</v>
+        <v>2.9018688E7</v>
       </c>
       <c r="Q94" s="14" t="n">
-        <v>5884828.0</v>
+        <v>2.999798E7</v>
       </c>
       <c r="R94" s="14" t="n">
-        <v>5481836.0</v>
+        <v>2.8206504E7</v>
       </c>
       <c r="S94" s="14" t="n">
-        <v>5036647.0</v>
+        <v>2.6526499E7</v>
       </c>
       <c r="T94" s="14" t="n">
-        <v>4479054.0</v>
+        <v>2.4298753E7</v>
       </c>
       <c r="U94" s="14" t="n">
-        <v>4078457.0</v>
+        <v>2.267702E7</v>
       </c>
       <c r="V94" s="14" t="n">
-        <v>3646585.0</v>
+        <v>2.0939414E7</v>
       </c>
       <c r="W94" s="14" t="n">
-        <v>3443070.0</v>
+        <v>2.0040744E7</v>
       </c>
       <c r="X94" s="14" t="n">
-        <v>3161852.0</v>
+        <v>1.8710535E7</v>
       </c>
       <c r="Y94" s="14" t="n">
-        <v>2958441.0</v>
+        <v>1.7449287E7</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT: Social benefits other than social transfers in kind</t>
         </is>
       </c>
       <c r="B95" s="14" t="n">
-        <v>13795.0</v>
+        <v>73459.0</v>
       </c>
       <c r="C95" s="14" t="n">
-        <v>12589.0</v>
+        <v>65677.0</v>
       </c>
       <c r="D95" s="14" t="n">
-        <v>8288.0</v>
+        <v>43467.0</v>
       </c>
       <c r="E95" s="14" t="n">
-        <v>6911.0</v>
+        <v>37531.0</v>
       </c>
       <c r="F95" s="14" t="n">
-        <v>7205.0</v>
+        <v>38422.0</v>
       </c>
       <c r="G95" s="14" t="n">
-        <v>5730.0</v>
+        <v>29752.0</v>
       </c>
       <c r="H95" s="14" t="n">
-        <v>4468.0</v>
+        <v>23739.0</v>
       </c>
       <c r="I95" s="14" t="n">
-        <v>3779.0</v>
+        <v>20523.0</v>
       </c>
       <c r="J95" s="14" t="n">
-        <v>3067.0</v>
+        <v>17022.0</v>
       </c>
       <c r="K95" s="14" t="n">
-        <v>1938.0</v>
+        <v>11047.0</v>
       </c>
       <c r="L95" s="14" t="n">
-        <v>2954.0</v>
+        <v>17158.0</v>
       </c>
       <c r="M95" s="14" t="n">
-        <v>4761.0</v>
+        <v>24743.0</v>
       </c>
       <c r="N95" s="14" t="n">
-        <v>5151.0</v>
+        <v>25213.0</v>
       </c>
       <c r="O95" s="14" t="n">
-        <v>12156.0</v>
+        <v>60934.0</v>
       </c>
       <c r="P95" s="14" t="n">
-        <v>11711.0</v>
+        <v>58246.0</v>
       </c>
       <c r="Q95" s="14" t="n">
-        <v>13450.0</v>
+        <v>63772.0</v>
       </c>
       <c r="R95" s="14" t="n">
-        <v>13715.0</v>
+        <v>69113.0</v>
       </c>
       <c r="S95" s="14" t="n">
-        <v>12146.0</v>
+        <v>61767.0</v>
       </c>
       <c r="T95" s="14" t="n">
-        <v>11038.0</v>
+        <v>55389.0</v>
       </c>
       <c r="U95" s="14" t="n">
-        <v>9369.0</v>
+        <v>49696.0</v>
       </c>
       <c r="V95" s="14" t="n">
-        <v>8540.0</v>
+        <v>46717.0</v>
       </c>
       <c r="W95" s="14" t="n">
-        <v>6918.0</v>
+        <v>41028.0</v>
       </c>
       <c r="X95" s="14" t="n">
-        <v>5266.0</v>
+        <v>30259.0</v>
       </c>
       <c r="Y95" s="14" t="n">
-        <v>7741.0</v>
+        <v>45383.0</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT:   Other current transfers</t>
         </is>
       </c>
       <c r="B96" s="14" t="n">
-        <v>4035313.0</v>
+        <v>1.7016175E7</v>
       </c>
       <c r="C96" s="14" t="n">
-        <v>3758166.0</v>
+        <v>1.5701675E7</v>
       </c>
       <c r="D96" s="14" t="n">
-        <v>3626943.0</v>
+        <v>1.500155E7</v>
       </c>
       <c r="E96" s="14" t="n">
-        <v>3033119.0</v>
+        <v>1.2148144E7</v>
       </c>
       <c r="F96" s="14" t="n">
-        <v>3109218.0</v>
+        <v>1.2315429E7</v>
       </c>
       <c r="G96" s="14" t="n">
-        <v>2930630.0</v>
+        <v>1.1748647E7</v>
       </c>
       <c r="H96" s="14" t="n">
-        <v>2719487.0</v>
+        <v>1.0788051E7</v>
       </c>
       <c r="I96" s="14" t="n">
-        <v>2409227.0</v>
+        <v>9556664.0</v>
       </c>
       <c r="J96" s="14" t="n">
-        <v>2110889.0</v>
+        <v>8951908.0</v>
       </c>
       <c r="K96" s="14" t="n">
-        <v>1946217.0</v>
+        <v>8297518.0</v>
       </c>
       <c r="L96" s="14" t="n">
-        <v>1929449.0</v>
+        <v>8328170.0</v>
       </c>
       <c r="M96" s="14" t="n">
-        <v>1796854.0</v>
+        <v>8062441.0</v>
       </c>
       <c r="N96" s="14" t="n">
-        <v>1745231.0</v>
+        <v>8141924.0</v>
       </c>
       <c r="O96" s="14" t="n">
-        <v>1754896.0</v>
+        <v>8153466.0</v>
       </c>
       <c r="P96" s="14" t="n">
-        <v>1853074.0</v>
+        <v>9008593.0</v>
       </c>
       <c r="Q96" s="14" t="n">
-        <v>1874395.0</v>
+        <v>9264432.0</v>
       </c>
       <c r="R96" s="14" t="n">
-        <v>1751281.0</v>
+        <v>9043980.0</v>
       </c>
       <c r="S96" s="14" t="n">
-        <v>1584369.0</v>
+        <v>8136621.0</v>
       </c>
       <c r="T96" s="14" t="n">
-        <v>1550297.0</v>
+        <v>7814146.0</v>
       </c>
       <c r="U96" s="14" t="n">
-        <v>1414273.0</v>
+        <v>7229260.0</v>
       </c>
       <c r="V96" s="14" t="n">
-        <v>1353835.0</v>
+        <v>6853526.0</v>
       </c>
       <c r="W96" s="14" t="n">
-        <v>1279541.0</v>
+        <v>6670234.0</v>
       </c>
       <c r="X96" s="14" t="n">
-        <v>1207917.0</v>
+        <v>6288853.0</v>
       </c>
       <c r="Y96" s="14" t="n">
-        <v>1140097.0</v>
+        <v>5803637.0</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT: Gross disposable income</t>
         </is>
       </c>
       <c r="B97" s="14" t="n">
-        <v>3.4520788E7</v>
+        <v>1.65424076E8</v>
       </c>
       <c r="C97" s="14" t="n">
-        <v>3.2094074E7</v>
+        <v>1.50064593E8</v>
       </c>
       <c r="D97" s="14" t="n">
-        <v>3.0036592E7</v>
+        <v>1.4454333E8</v>
       </c>
       <c r="E97" s="14" t="n">
-        <v>2.8763636E7</v>
+        <v>1.37194989E8</v>
       </c>
       <c r="F97" s="14" t="n">
-        <v>2.8640224E7</v>
+        <v>1.4162433E8</v>
       </c>
       <c r="G97" s="14" t="n">
-        <v>2.7468546E7</v>
+        <v>1.34223528E8</v>
       </c>
       <c r="H97" s="14" t="n">
-        <v>2.6674228E7</v>
+        <v>1.31386791E8</v>
       </c>
       <c r="I97" s="14" t="n">
-        <v>2.5942195E7</v>
+        <v>1.28551564E8</v>
       </c>
       <c r="J97" s="14" t="n">
-        <v>2.5218068E7</v>
+        <v>1.2549508E8</v>
       </c>
       <c r="K97" s="14" t="n">
-        <v>2.4231323E7</v>
+        <v>1.20340216E8</v>
       </c>
       <c r="L97" s="14" t="n">
-        <v>2.4575107E7</v>
+        <v>1.19275728E8</v>
       </c>
       <c r="M97" s="14" t="n">
-        <v>2.4533737E7</v>
+        <v>1.19825757E8</v>
       </c>
       <c r="N97" s="14" t="n">
-        <v>2.5867611E7</v>
+        <v>1.26342117E8</v>
       </c>
       <c r="O97" s="14" t="n">
-        <v>2.5866697E7</v>
+        <v>1.26617575E8</v>
       </c>
       <c r="P97" s="14" t="n">
-        <v>2.5426609E7</v>
+        <v>1.25207529E8</v>
       </c>
       <c r="Q97" s="14" t="n">
-        <v>2.5372281E7</v>
+        <v>1.24942888E8</v>
       </c>
       <c r="R97" s="14" t="n">
-        <v>2.4092241E7</v>
+        <v>1.18464851E8</v>
       </c>
       <c r="S97" s="14" t="n">
-        <v>2.250696E7</v>
+        <v>1.12224215E8</v>
       </c>
       <c r="T97" s="14" t="n">
-        <v>2.1391092E7</v>
+        <v>1.06286009E8</v>
       </c>
       <c r="U97" s="14" t="n">
-        <v>2.0118489E7</v>
+        <v>9.8612429E7</v>
       </c>
       <c r="V97" s="14" t="n">
-        <v>1.9104962E7</v>
+        <v>9.2605158E7</v>
       </c>
       <c r="W97" s="14" t="n">
-        <v>1.7737234E7</v>
+        <v>8.5159482E7</v>
       </c>
       <c r="X97" s="14" t="n">
-        <v>1.6496762E7</v>
+        <v>8.0256786E7</v>
       </c>
       <c r="Y97" s="14" t="n">
-        <v>1.519645E7</v>
+        <v>7.4909805E7</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="6" t="inlineStr">
         <is>
-          <t>09 Cataluña</t>
+          <t>COMUNIDAD VALENCIANA</t>
         </is>
       </c>
       <c r="B98" s="6"/>
       <c r="C98" s="6"/>
       <c r="D98" s="6"/>
       <c r="E98" s="6"/>
       <c r="F98" s="6"/>
       <c r="G98" s="6"/>
       <c r="H98" s="6"/>
       <c r="I98" s="6"/>
       <c r="J98" s="6"/>
       <c r="K98" s="6"/>
       <c r="L98" s="6"/>
       <c r="M98" s="6"/>
       <c r="N98" s="6"/>
       <c r="O98" s="6"/>
       <c r="P98" s="6"/>
       <c r="Q98" s="6"/>
       <c r="R98" s="6"/>
       <c r="S98" s="6"/>
       <c r="T98" s="6"/>
       <c r="U98" s="6"/>
       <c r="V98" s="6"/>
       <c r="W98" s="6"/>
       <c r="X98" s="6"/>
       <c r="Y98" s="6"/>
     </row>
     <row r="99">
       <c r="A99" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RESOURCES: Balance of gross primary income</t>
         </is>
       </c>
       <c r="B99" s="14" t="n">
-        <v>1.92940284E8</v>
+        <v>9.4967099E7</v>
       </c>
       <c r="C99" s="14" t="n">
-        <v>1.75040119E8</v>
+        <v>8.66386E7</v>
       </c>
       <c r="D99" s="14" t="n">
-        <v>1.62308465E8</v>
+        <v>8.0462607E7</v>
       </c>
       <c r="E99" s="14" t="n">
-        <v>1.50954112E8</v>
+        <v>7.4993033E7</v>
       </c>
       <c r="F99" s="14" t="n">
-        <v>1.61615675E8</v>
+        <v>7.8980234E7</v>
       </c>
       <c r="G99" s="14" t="n">
-        <v>1.53384745E8</v>
+        <v>7.4864444E7</v>
       </c>
       <c r="H99" s="14" t="n">
-        <v>1.48771439E8</v>
+        <v>7.228913E7</v>
       </c>
       <c r="I99" s="14" t="n">
-        <v>1.43250474E8</v>
+        <v>6.9245186E7</v>
       </c>
       <c r="J99" s="14" t="n">
-        <v>1.38842946E8</v>
+        <v>6.7386232E7</v>
       </c>
       <c r="K99" s="14" t="n">
-        <v>1.32865271E8</v>
+        <v>6.4719863E7</v>
       </c>
       <c r="L99" s="14" t="n">
-        <v>1.31134054E8</v>
+        <v>6.3601096E7</v>
       </c>
       <c r="M99" s="14" t="n">
-        <v>1.3240523E8</v>
+        <v>6.4338511E7</v>
       </c>
       <c r="N99" s="14" t="n">
-        <v>1.40309966E8</v>
+        <v>6.9462601E7</v>
       </c>
       <c r="O99" s="14" t="n">
-        <v>1.40520548E8</v>
+        <v>6.9447152E7</v>
       </c>
       <c r="P99" s="14" t="n">
-        <v>1.40003112E8</v>
+        <v>6.9904167E7</v>
       </c>
       <c r="Q99" s="14" t="n">
-        <v>1.4622916E8</v>
+        <v>7.5249957E7</v>
       </c>
       <c r="R99" s="14" t="n">
-        <v>1.41755878E8</v>
+        <v>7.3110423E7</v>
       </c>
       <c r="S99" s="14" t="n">
-        <v>1.32910191E8</v>
+        <v>6.8796203E7</v>
       </c>
       <c r="T99" s="14" t="n">
-        <v>1.23740269E8</v>
+        <v>6.4106245E7</v>
       </c>
       <c r="U99" s="14" t="n">
-        <v>1.15285858E8</v>
+        <v>6.0115917E7</v>
       </c>
       <c r="V99" s="14" t="n">
-        <v>1.07967888E8</v>
+        <v>5.647419E7</v>
       </c>
       <c r="W99" s="14" t="n">
-        <v>1.00313894E8</v>
+        <v>5.3023726E7</v>
       </c>
       <c r="X99" s="14" t="n">
-        <v>9.4880666E7</v>
+        <v>4.9958287E7</v>
       </c>
       <c r="Y99" s="14" t="n">
-        <v>8.7705429E7</v>
+        <v>4.5813036E7</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RESOURCES: Net social contributions</t>
         </is>
       </c>
       <c r="B100" s="14" t="n">
-        <v>68577.0</v>
+        <v>37055.0</v>
       </c>
       <c r="C100" s="14" t="n">
-        <v>49298.0</v>
+        <v>26618.0</v>
       </c>
       <c r="D100" s="14" t="n">
-        <v>55690.0</v>
+        <v>29702.0</v>
       </c>
       <c r="E100" s="14" t="n">
-        <v>56617.0</v>
+        <v>29870.0</v>
       </c>
       <c r="F100" s="14" t="n">
-        <v>57377.0</v>
+        <v>30009.0</v>
       </c>
       <c r="G100" s="14" t="n">
-        <v>43272.0</v>
+        <v>22475.0</v>
       </c>
       <c r="H100" s="14" t="n">
-        <v>37081.0</v>
+        <v>19072.0</v>
       </c>
       <c r="I100" s="14" t="n">
-        <v>27275.0</v>
+        <v>13945.0</v>
       </c>
       <c r="J100" s="14" t="n">
-        <v>26144.0</v>
+        <v>13343.0</v>
       </c>
       <c r="K100" s="14" t="n">
-        <v>24781.0</v>
+        <v>12544.0</v>
       </c>
       <c r="L100" s="14" t="n">
-        <v>27372.0</v>
+        <v>13722.0</v>
       </c>
       <c r="M100" s="14" t="n">
-        <v>35048.0</v>
+        <v>17619.0</v>
       </c>
       <c r="N100" s="14" t="n">
-        <v>43530.0</v>
+        <v>22171.0</v>
       </c>
       <c r="O100" s="14" t="n">
-        <v>52885.0</v>
+        <v>27061.0</v>
       </c>
       <c r="P100" s="14" t="n">
-        <v>59522.0</v>
+        <v>30908.0</v>
       </c>
       <c r="Q100" s="14" t="n">
-        <v>70381.0</v>
+        <v>38268.0</v>
       </c>
       <c r="R100" s="14" t="n">
-        <v>66896.0</v>
+        <v>37549.0</v>
       </c>
       <c r="S100" s="14" t="n">
-        <v>67295.0</v>
+        <v>37981.0</v>
       </c>
       <c r="T100" s="14" t="n">
-        <v>66854.0</v>
+        <v>37477.0</v>
       </c>
       <c r="U100" s="14" t="n">
-        <v>55197.0</v>
+        <v>30692.0</v>
       </c>
       <c r="V100" s="14" t="n">
-        <v>49185.0</v>
+        <v>27155.0</v>
       </c>
       <c r="W100" s="14" t="n">
-        <v>46228.0</v>
+        <v>25285.0</v>
       </c>
       <c r="X100" s="14" t="n">
-        <v>42914.0</v>
+        <v>23198.0</v>
       </c>
       <c r="Y100" s="14" t="n">
-        <v>41475.0</v>
+        <v>22077.0</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RESOURCES: Social benefits other than social transfers in kind (1)</t>
         </is>
       </c>
       <c r="B101" s="14" t="n">
-        <v>4.6131695E7</v>
+        <v>2.7490956E7</v>
       </c>
       <c r="C101" s="14" t="n">
-        <v>4.2240278E7</v>
+        <v>2.4774248E7</v>
       </c>
       <c r="D101" s="14" t="n">
-        <v>4.339727E7</v>
+        <v>2.526936E7</v>
       </c>
       <c r="E101" s="14" t="n">
-        <v>4.2870943E7</v>
+        <v>2.5035919E7</v>
       </c>
       <c r="F101" s="14" t="n">
-        <v>3.7252475E7</v>
+        <v>2.1889638E7</v>
       </c>
       <c r="G101" s="14" t="n">
-        <v>3.4828098E7</v>
+        <v>2.0338995E7</v>
       </c>
       <c r="H101" s="14" t="n">
-        <v>3.3384272E7</v>
+        <v>1.9287153E7</v>
       </c>
       <c r="I101" s="14" t="n">
-        <v>3.316624E7</v>
+        <v>1.9164833E7</v>
       </c>
       <c r="J101" s="14" t="n">
-        <v>3.2705791E7</v>
+        <v>1.8958447E7</v>
       </c>
       <c r="K101" s="14" t="n">
-        <v>3.3357265E7</v>
+        <v>1.9230438E7</v>
       </c>
       <c r="L101" s="14" t="n">
-        <v>3.3522593E7</v>
+        <v>1.9328612E7</v>
       </c>
       <c r="M101" s="14" t="n">
-        <v>3.3108169E7</v>
+        <v>1.9281835E7</v>
       </c>
       <c r="N101" s="14" t="n">
-        <v>3.2594765E7</v>
+        <v>1.8911967E7</v>
       </c>
       <c r="O101" s="14" t="n">
-        <v>3.2797675E7</v>
+        <v>1.8906536E7</v>
       </c>
       <c r="P101" s="14" t="n">
-        <v>3.0954906E7</v>
+        <v>1.7659856E7</v>
       </c>
       <c r="Q101" s="14" t="n">
-        <v>2.741058E7</v>
+        <v>1.5575408E7</v>
       </c>
       <c r="R101" s="14" t="n">
-        <v>2.4511256E7</v>
+        <v>1.3726893E7</v>
       </c>
       <c r="S101" s="14" t="n">
-        <v>2.2824188E7</v>
+        <v>1.2661901E7</v>
       </c>
       <c r="T101" s="14" t="n">
-        <v>2.0941331E7</v>
+        <v>1.1498389E7</v>
       </c>
       <c r="U101" s="14" t="n">
-        <v>1.9516726E7</v>
+        <v>1.067064E7</v>
       </c>
       <c r="V101" s="14" t="n">
-        <v>1.750809E7</v>
+        <v>9676551.0</v>
       </c>
       <c r="W101" s="14" t="n">
-        <v>1.6542504E7</v>
+        <v>9157149.0</v>
       </c>
       <c r="X101" s="14" t="n">
-        <v>1.4833404E7</v>
+        <v>8372509.0</v>
       </c>
       <c r="Y101" s="14" t="n">
-        <v>1.4195126E7</v>
+        <v>7997748.0</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RESOURCES: Other current transfers</t>
         </is>
       </c>
       <c r="B102" s="14" t="n">
-        <v>1.4354442E7</v>
+        <v>9649847.0</v>
       </c>
       <c r="C102" s="14" t="n">
-        <v>1.3271294E7</v>
+        <v>8882997.0</v>
       </c>
       <c r="D102" s="14" t="n">
-        <v>1.2629209E7</v>
+        <v>8491957.0</v>
       </c>
       <c r="E102" s="14" t="n">
-        <v>1.0507792E7</v>
+        <v>7092812.0</v>
       </c>
       <c r="F102" s="14" t="n">
-        <v>1.0304772E7</v>
+        <v>7288974.0</v>
       </c>
       <c r="G102" s="14" t="n">
-        <v>9594500.0</v>
+        <v>6869239.0</v>
       </c>
       <c r="H102" s="14" t="n">
-        <v>8861670.0</v>
+        <v>6433940.0</v>
       </c>
       <c r="I102" s="14" t="n">
-        <v>7749420.0</v>
+        <v>5586955.0</v>
       </c>
       <c r="J102" s="14" t="n">
-        <v>7532492.0</v>
+        <v>5246118.0</v>
       </c>
       <c r="K102" s="14" t="n">
-        <v>6910927.0</v>
+        <v>4718939.0</v>
       </c>
       <c r="L102" s="14" t="n">
-        <v>6738154.0</v>
+        <v>4633278.0</v>
       </c>
       <c r="M102" s="14" t="n">
-        <v>6740110.0</v>
+        <v>4560367.0</v>
       </c>
       <c r="N102" s="14" t="n">
-        <v>6735079.0</v>
+        <v>4827219.0</v>
       </c>
       <c r="O102" s="14" t="n">
-        <v>6946636.0</v>
+        <v>4527137.0</v>
       </c>
       <c r="P102" s="14" t="n">
-        <v>7788806.0</v>
+        <v>4944044.0</v>
       </c>
       <c r="Q102" s="14" t="n">
-        <v>8123585.0</v>
+        <v>5357233.0</v>
       </c>
       <c r="R102" s="14" t="n">
-        <v>7523656.0</v>
+        <v>5022359.0</v>
       </c>
       <c r="S102" s="14" t="n">
-        <v>6641032.0</v>
+        <v>4599616.0</v>
       </c>
       <c r="T102" s="14" t="n">
-        <v>7260532.0</v>
+        <v>4772612.0</v>
       </c>
       <c r="U102" s="14" t="n">
-        <v>6781164.0</v>
+        <v>4835838.0</v>
       </c>
       <c r="V102" s="14" t="n">
-        <v>6490107.0</v>
+        <v>4675362.0</v>
       </c>
       <c r="W102" s="14" t="n">
-        <v>6398301.0</v>
+        <v>4068567.0</v>
       </c>
       <c r="X102" s="14" t="n">
-        <v>6024498.0</v>
+        <v>4014174.0</v>
       </c>
       <c r="Y102" s="14" t="n">
-        <v>5792571.0</v>
+        <v>4052779.0</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT: Current taxes on income, capital gains, etc.</t>
         </is>
       </c>
       <c r="B103" s="14" t="n">
-        <v>3.0489019E7</v>
+        <v>1.2992241E7</v>
       </c>
       <c r="C103" s="14" t="n">
-        <v>2.8164468E7</v>
+        <v>1.2083625E7</v>
       </c>
       <c r="D103" s="14" t="n">
-        <v>2.3930192E7</v>
+        <v>1.0178069E7</v>
       </c>
       <c r="E103" s="14" t="n">
-        <v>2.1972592E7</v>
+        <v>9319668.0</v>
       </c>
       <c r="F103" s="14" t="n">
-        <v>2.2339403E7</v>
+        <v>9265926.0</v>
       </c>
       <c r="G103" s="14" t="n">
-        <v>2.140543E7</v>
+        <v>8716789.0</v>
       </c>
       <c r="H103" s="14" t="n">
-        <v>1.9758365E7</v>
+        <v>8133631.0</v>
       </c>
       <c r="I103" s="14" t="n">
-        <v>1.8339755E7</v>
+        <v>7592638.0</v>
       </c>
       <c r="J103" s="14" t="n">
-        <v>1.7771449E7</v>
+        <v>7360073.0</v>
       </c>
       <c r="K103" s="14" t="n">
-        <v>1.7728644E7</v>
+        <v>7381689.0</v>
       </c>
       <c r="L103" s="14" t="n">
-        <v>1.7344513E7</v>
+        <v>7127104.0</v>
       </c>
       <c r="M103" s="14" t="n">
-        <v>1.7209837E7</v>
+        <v>7050004.0</v>
       </c>
       <c r="N103" s="14" t="n">
-        <v>1.6732441E7</v>
+        <v>7139349.0</v>
       </c>
       <c r="O103" s="14" t="n">
-        <v>1.6342067E7</v>
+        <v>7012596.0</v>
       </c>
       <c r="P103" s="14" t="n">
-        <v>1.551329E7</v>
+        <v>6653011.0</v>
       </c>
       <c r="Q103" s="14" t="n">
-        <v>1.7564634E7</v>
+        <v>7647197.0</v>
       </c>
       <c r="R103" s="14" t="n">
-        <v>1.8073238E7</v>
+        <v>8181895.0</v>
       </c>
       <c r="S103" s="14" t="n">
-        <v>1.5493604E7</v>
+        <v>7115861.0</v>
       </c>
       <c r="T103" s="14" t="n">
-        <v>1.3554689E7</v>
+        <v>6120214.0</v>
       </c>
       <c r="U103" s="14" t="n">
-        <v>1.307054E7</v>
+        <v>5781167.0</v>
       </c>
       <c r="V103" s="14" t="n">
-        <v>1.1570455E7</v>
+        <v>5008125.0</v>
       </c>
       <c r="W103" s="14" t="n">
-        <v>1.1389439E7</v>
+        <v>4908459.0</v>
       </c>
       <c r="X103" s="14" t="n">
-        <v>1.0495049E7</v>
+        <v>4439548.0</v>
       </c>
       <c r="Y103" s="14" t="n">
-        <v>9526489.0</v>
+        <v>3974749.0</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT:   Net social contributions (2)</t>
         </is>
       </c>
       <c r="B104" s="14" t="n">
-        <v>4.0492269E7</v>
+        <v>2.0162841E7</v>
       </c>
       <c r="C104" s="14" t="n">
-        <v>3.6604576E7</v>
+        <v>1.8277485E7</v>
       </c>
       <c r="D104" s="14" t="n">
-        <v>3.4872095E7</v>
+        <v>1.7511885E7</v>
       </c>
       <c r="E104" s="14" t="n">
-        <v>3.3036208E7</v>
+        <v>1.6300192E7</v>
       </c>
       <c r="F104" s="14" t="n">
-        <v>3.2912715E7</v>
+        <v>1.6130524E7</v>
       </c>
       <c r="G104" s="14" t="n">
-        <v>3.0443258E7</v>
+        <v>1.4827597E7</v>
       </c>
       <c r="H104" s="14" t="n">
-        <v>2.9097516E7</v>
+        <v>1.4083687E7</v>
       </c>
       <c r="I104" s="14" t="n">
-        <v>2.7724903E7</v>
+        <v>1.343628E7</v>
       </c>
       <c r="J104" s="14" t="n">
-        <v>2.6871914E7</v>
+        <v>1.31614E7</v>
       </c>
       <c r="K104" s="14" t="n">
-        <v>2.6780819E7</v>
+        <v>1.3144881E7</v>
       </c>
       <c r="L104" s="14" t="n">
-        <v>2.6456604E7</v>
+        <v>1.2835931E7</v>
       </c>
       <c r="M104" s="14" t="n">
-        <v>2.7165779E7</v>
+        <v>1.3188195E7</v>
       </c>
       <c r="N104" s="14" t="n">
-        <v>2.8441645E7</v>
+        <v>1.4019843E7</v>
       </c>
       <c r="O104" s="14" t="n">
-        <v>2.9143702E7</v>
+        <v>1.4529265E7</v>
       </c>
       <c r="P104" s="14" t="n">
-        <v>2.9018688E7</v>
+        <v>1.4598065E7</v>
       </c>
       <c r="Q104" s="14" t="n">
-        <v>2.999798E7</v>
+        <v>1.5333815E7</v>
       </c>
       <c r="R104" s="14" t="n">
-        <v>2.8206504E7</v>
+        <v>1.4805507E7</v>
       </c>
       <c r="S104" s="14" t="n">
-        <v>2.6526499E7</v>
+        <v>1.3953494E7</v>
       </c>
       <c r="T104" s="14" t="n">
-        <v>2.4298753E7</v>
+        <v>1.268241E7</v>
       </c>
       <c r="U104" s="14" t="n">
-        <v>2.267702E7</v>
+        <v>1.1783163E7</v>
       </c>
       <c r="V104" s="14" t="n">
-        <v>2.0939414E7</v>
+        <v>1.0723041E7</v>
       </c>
       <c r="W104" s="14" t="n">
-        <v>2.0040744E7</v>
+        <v>1.0167236E7</v>
       </c>
       <c r="X104" s="14" t="n">
-        <v>1.8710535E7</v>
+        <v>9410945.0</v>
       </c>
       <c r="Y104" s="14" t="n">
-        <v>1.7449287E7</v>
+        <v>8701231.0</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT: Social benefits other than social transfers in kind</t>
         </is>
       </c>
       <c r="B105" s="14" t="n">
-        <v>73459.0</v>
+        <v>38684.0</v>
       </c>
       <c r="C105" s="14" t="n">
-        <v>65677.0</v>
+        <v>34563.0</v>
       </c>
       <c r="D105" s="14" t="n">
-        <v>43467.0</v>
+        <v>23054.0</v>
       </c>
       <c r="E105" s="14" t="n">
-        <v>37531.0</v>
+        <v>19486.0</v>
       </c>
       <c r="F105" s="14" t="n">
-        <v>38422.0</v>
+        <v>19903.0</v>
       </c>
       <c r="G105" s="14" t="n">
-        <v>29752.0</v>
+        <v>15003.0</v>
       </c>
       <c r="H105" s="14" t="n">
-        <v>23739.0</v>
+        <v>12199.0</v>
       </c>
       <c r="I105" s="14" t="n">
-        <v>20523.0</v>
+        <v>10675.0</v>
       </c>
       <c r="J105" s="14" t="n">
-        <v>17022.0</v>
+        <v>8313.0</v>
       </c>
       <c r="K105" s="14" t="n">
-        <v>11047.0</v>
+        <v>5270.0</v>
       </c>
       <c r="L105" s="14" t="n">
-        <v>17158.0</v>
+        <v>8042.0</v>
       </c>
       <c r="M105" s="14" t="n">
-        <v>24743.0</v>
+        <v>11734.0</v>
       </c>
       <c r="N105" s="14" t="n">
-        <v>25213.0</v>
+        <v>12521.0</v>
       </c>
       <c r="O105" s="14" t="n">
-        <v>60934.0</v>
+        <v>29276.0</v>
       </c>
       <c r="P105" s="14" t="n">
-        <v>58246.0</v>
+        <v>28542.0</v>
       </c>
       <c r="Q105" s="14" t="n">
-        <v>63772.0</v>
+        <v>32810.0</v>
       </c>
       <c r="R105" s="14" t="n">
-        <v>69113.0</v>
+        <v>36869.0</v>
       </c>
       <c r="S105" s="14" t="n">
-        <v>61767.0</v>
+        <v>33546.0</v>
       </c>
       <c r="T105" s="14" t="n">
-        <v>55389.0</v>
+        <v>30045.0</v>
       </c>
       <c r="U105" s="14" t="n">
-        <v>49696.0</v>
+        <v>26834.0</v>
       </c>
       <c r="V105" s="14" t="n">
-        <v>46717.0</v>
+        <v>24880.0</v>
       </c>
       <c r="W105" s="14" t="n">
-        <v>41028.0</v>
+        <v>21840.0</v>
       </c>
       <c r="X105" s="14" t="n">
-        <v>30259.0</v>
+        <v>15966.0</v>
       </c>
       <c r="Y105" s="14" t="n">
-        <v>45383.0</v>
+        <v>23580.0</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT:   Other current transfers</t>
         </is>
       </c>
       <c r="B106" s="14" t="n">
-        <v>1.7016175E7</v>
+        <v>1.1052943E7</v>
       </c>
       <c r="C106" s="14" t="n">
-        <v>1.5701675E7</v>
+        <v>1.0237728E7</v>
       </c>
       <c r="D106" s="14" t="n">
-        <v>1.500155E7</v>
+        <v>9728520.0</v>
       </c>
       <c r="E106" s="14" t="n">
-        <v>1.2148144E7</v>
+        <v>8027278.0</v>
       </c>
       <c r="F106" s="14" t="n">
-        <v>1.2315429E7</v>
+        <v>8410738.0</v>
       </c>
       <c r="G106" s="14" t="n">
-        <v>1.1748647E7</v>
+        <v>7982510.0</v>
       </c>
       <c r="H106" s="14" t="n">
-        <v>1.0788051E7</v>
+        <v>7340321.0</v>
       </c>
       <c r="I106" s="14" t="n">
-        <v>9556664.0</v>
+        <v>6527326.0</v>
       </c>
       <c r="J106" s="14" t="n">
-        <v>8951908.0</v>
+        <v>5985721.0</v>
       </c>
       <c r="K106" s="14" t="n">
-        <v>8297518.0</v>
+        <v>5603312.0</v>
       </c>
       <c r="L106" s="14" t="n">
-        <v>8328170.0</v>
+        <v>5475881.0</v>
       </c>
       <c r="M106" s="14" t="n">
-        <v>8062441.0</v>
+        <v>5366920.0</v>
       </c>
       <c r="N106" s="14" t="n">
-        <v>8141924.0</v>
+        <v>5366356.0</v>
       </c>
       <c r="O106" s="14" t="n">
-        <v>8153466.0</v>
+        <v>5382185.0</v>
       </c>
       <c r="P106" s="14" t="n">
-        <v>9008593.0</v>
+        <v>5641719.0</v>
       </c>
       <c r="Q106" s="14" t="n">
-        <v>9264432.0</v>
+        <v>5981041.0</v>
       </c>
       <c r="R106" s="14" t="n">
-        <v>9043980.0</v>
+        <v>5735406.0</v>
       </c>
       <c r="S106" s="14" t="n">
-        <v>8136621.0</v>
+        <v>5225542.0</v>
       </c>
       <c r="T106" s="14" t="n">
-        <v>7814146.0</v>
+        <v>5027263.0</v>
       </c>
       <c r="U106" s="14" t="n">
-        <v>7229260.0</v>
+        <v>4663732.0</v>
       </c>
       <c r="V106" s="14" t="n">
-        <v>6853526.0</v>
+        <v>4416979.0</v>
       </c>
       <c r="W106" s="14" t="n">
-        <v>6670234.0</v>
+        <v>4049622.0</v>
       </c>
       <c r="X106" s="14" t="n">
-        <v>6288853.0</v>
+        <v>3886085.0</v>
       </c>
       <c r="Y106" s="14" t="n">
-        <v>5803637.0</v>
+        <v>3625610.0</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT: Gross disposable income</t>
         </is>
       </c>
       <c r="B107" s="14" t="n">
-        <v>1.65424076E8</v>
+        <v>8.7898248E7</v>
       </c>
       <c r="C107" s="14" t="n">
-        <v>1.50064593E8</v>
+        <v>7.9689062E7</v>
       </c>
       <c r="D107" s="14" t="n">
-        <v>1.4454333E8</v>
+        <v>7.6812098E7</v>
       </c>
       <c r="E107" s="14" t="n">
-        <v>1.37194989E8</v>
+        <v>7.348501E7</v>
       </c>
       <c r="F107" s="14" t="n">
-        <v>1.4162433E8</v>
+        <v>7.4361764E7</v>
       </c>
       <c r="G107" s="14" t="n">
-        <v>1.34223528E8</v>
+        <v>7.0553254E7</v>
       </c>
       <c r="H107" s="14" t="n">
-        <v>1.31386791E8</v>
+        <v>6.8459457E7</v>
       </c>
       <c r="I107" s="14" t="n">
-        <v>1.28551564E8</v>
+        <v>6.6444E7</v>
       </c>
       <c r="J107" s="14" t="n">
-        <v>1.2549508E8</v>
+        <v>6.5088633E7</v>
       </c>
       <c r="K107" s="14" t="n">
-        <v>1.20340216E8</v>
+        <v>6.2546632E7</v>
       </c>
       <c r="L107" s="14" t="n">
-        <v>1.19275728E8</v>
+        <v>6.212975E7</v>
       </c>
       <c r="M107" s="14" t="n">
-        <v>1.19825757E8</v>
+        <v>6.2581479E7</v>
       </c>
       <c r="N107" s="14" t="n">
-        <v>1.26342117E8</v>
+        <v>6.6685889E7</v>
       </c>
       <c r="O107" s="14" t="n">
-        <v>1.26617575E8</v>
+        <v>6.5954564E7</v>
       </c>
       <c r="P107" s="14" t="n">
-        <v>1.25207529E8</v>
+        <v>6.5617638E7</v>
       </c>
       <c r="Q107" s="14" t="n">
-        <v>1.24942888E8</v>
+        <v>6.7226003E7</v>
       </c>
       <c r="R107" s="14" t="n">
-        <v>1.18464851E8</v>
+        <v>6.3137547E7</v>
       </c>
       <c r="S107" s="14" t="n">
-        <v>1.12224215E8</v>
+        <v>5.9767258E7</v>
       </c>
       <c r="T107" s="14" t="n">
-        <v>1.06286009E8</v>
+        <v>5.6554791E7</v>
       </c>
       <c r="U107" s="14" t="n">
-        <v>9.8612429E7</v>
+        <v>5.3398191E7</v>
       </c>
       <c r="V107" s="14" t="n">
-        <v>9.2605158E7</v>
+        <v>5.0680233E7</v>
       </c>
       <c r="W107" s="14" t="n">
-        <v>8.5159482E7</v>
+        <v>4.712757E7</v>
       </c>
       <c r="X107" s="14" t="n">
-        <v>8.0256786E7</v>
+        <v>4.4615624E7</v>
       </c>
       <c r="Y107" s="14" t="n">
-        <v>7.4909805E7</v>
+        <v>4.156047E7</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="6" t="inlineStr">
         <is>
-          <t>10 Comunitat Valenciana</t>
+          <t>EXTREMADURA</t>
         </is>
       </c>
       <c r="B108" s="6"/>
       <c r="C108" s="6"/>
       <c r="D108" s="6"/>
       <c r="E108" s="6"/>
       <c r="F108" s="6"/>
       <c r="G108" s="6"/>
       <c r="H108" s="6"/>
       <c r="I108" s="6"/>
       <c r="J108" s="6"/>
       <c r="K108" s="6"/>
       <c r="L108" s="6"/>
       <c r="M108" s="6"/>
       <c r="N108" s="6"/>
       <c r="O108" s="6"/>
       <c r="P108" s="6"/>
       <c r="Q108" s="6"/>
       <c r="R108" s="6"/>
       <c r="S108" s="6"/>
       <c r="T108" s="6"/>
       <c r="U108" s="6"/>
       <c r="V108" s="6"/>
       <c r="W108" s="6"/>
       <c r="X108" s="6"/>
       <c r="Y108" s="6"/>
     </row>
     <row r="109">
       <c r="A109" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RESOURCES: Balance of gross primary income</t>
         </is>
       </c>
       <c r="B109" s="14" t="n">
-        <v>9.4967099E7</v>
+        <v>1.6418265E7</v>
       </c>
       <c r="C109" s="14" t="n">
-        <v>8.66386E7</v>
+        <v>1.5078507E7</v>
       </c>
       <c r="D109" s="14" t="n">
-        <v>8.0462607E7</v>
+        <v>1.4346984E7</v>
       </c>
       <c r="E109" s="14" t="n">
-        <v>7.4993033E7</v>
+        <v>1.3380286E7</v>
       </c>
       <c r="F109" s="14" t="n">
-        <v>7.8980234E7</v>
+        <v>1.3879311E7</v>
       </c>
       <c r="G109" s="14" t="n">
-        <v>7.4864444E7</v>
+        <v>1.3351976E7</v>
       </c>
       <c r="H109" s="14" t="n">
-        <v>7.228913E7</v>
+        <v>1.3150302E7</v>
       </c>
       <c r="I109" s="14" t="n">
-        <v>6.9245186E7</v>
+        <v>1.2593708E7</v>
       </c>
       <c r="J109" s="14" t="n">
-        <v>6.7386232E7</v>
+        <v>1.2221945E7</v>
       </c>
       <c r="K109" s="14" t="n">
-        <v>6.4719863E7</v>
+        <v>1.1784862E7</v>
       </c>
       <c r="L109" s="14" t="n">
-        <v>6.3601096E7</v>
+        <v>1.1751019E7</v>
       </c>
       <c r="M109" s="14" t="n">
-        <v>6.4338511E7</v>
+        <v>1.1708824E7</v>
       </c>
       <c r="N109" s="14" t="n">
-        <v>6.9462601E7</v>
+        <v>1.2577662E7</v>
       </c>
       <c r="O109" s="14" t="n">
-        <v>6.9447152E7</v>
+        <v>1.2695441E7</v>
       </c>
       <c r="P109" s="14" t="n">
-        <v>6.9904167E7</v>
+        <v>1.240215E7</v>
       </c>
       <c r="Q109" s="14" t="n">
-        <v>7.5249957E7</v>
+        <v>1.2941937E7</v>
       </c>
       <c r="R109" s="14" t="n">
-        <v>7.3110423E7</v>
+        <v>1.262292E7</v>
       </c>
       <c r="S109" s="14" t="n">
-        <v>6.8796203E7</v>
+        <v>1.1884228E7</v>
       </c>
       <c r="T109" s="14" t="n">
-        <v>6.4106245E7</v>
+        <v>1.1096673E7</v>
       </c>
       <c r="U109" s="14" t="n">
-        <v>6.0115917E7</v>
+        <v>1.0376289E7</v>
       </c>
       <c r="V109" s="14" t="n">
-        <v>5.647419E7</v>
+        <v>9854894.0</v>
       </c>
       <c r="W109" s="14" t="n">
-        <v>5.3023726E7</v>
+        <v>9293136.0</v>
       </c>
       <c r="X109" s="14" t="n">
-        <v>4.9958287E7</v>
+        <v>8853714.0</v>
       </c>
       <c r="Y109" s="14" t="n">
-        <v>4.5813036E7</v>
+        <v>8164937.0</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RESOURCES: Net social contributions</t>
         </is>
       </c>
       <c r="B110" s="14" t="n">
-        <v>37055.0</v>
+        <v>6185.0</v>
       </c>
       <c r="C110" s="14" t="n">
-        <v>26618.0</v>
+        <v>4470.0</v>
       </c>
       <c r="D110" s="14" t="n">
-        <v>29702.0</v>
+        <v>5103.0</v>
       </c>
       <c r="E110" s="14" t="n">
-        <v>29870.0</v>
+        <v>5120.0</v>
       </c>
       <c r="F110" s="14" t="n">
-        <v>30009.0</v>
+        <v>5132.0</v>
       </c>
       <c r="G110" s="14" t="n">
-        <v>22475.0</v>
+        <v>3865.0</v>
       </c>
       <c r="H110" s="14" t="n">
-        <v>19072.0</v>
+        <v>3320.0</v>
       </c>
       <c r="I110" s="14" t="n">
-        <v>13945.0</v>
+        <v>2478.0</v>
       </c>
       <c r="J110" s="14" t="n">
-        <v>13343.0</v>
+        <v>2434.0</v>
       </c>
       <c r="K110" s="14" t="n">
-        <v>12544.0</v>
+        <v>2322.0</v>
       </c>
       <c r="L110" s="14" t="n">
-        <v>13722.0</v>
+        <v>2578.0</v>
       </c>
       <c r="M110" s="14" t="n">
-        <v>17619.0</v>
+        <v>3350.0</v>
       </c>
       <c r="N110" s="14" t="n">
-        <v>22171.0</v>
+        <v>4260.0</v>
       </c>
       <c r="O110" s="14" t="n">
-        <v>27061.0</v>
+        <v>5169.0</v>
       </c>
       <c r="P110" s="14" t="n">
-        <v>30908.0</v>
+        <v>5736.0</v>
       </c>
       <c r="Q110" s="14" t="n">
-        <v>38268.0</v>
+        <v>6593.0</v>
       </c>
       <c r="R110" s="14" t="n">
-        <v>37549.0</v>
+        <v>6301.0</v>
       </c>
       <c r="S110" s="14" t="n">
-        <v>37981.0</v>
+        <v>6152.0</v>
       </c>
       <c r="T110" s="14" t="n">
-        <v>37477.0</v>
+        <v>5951.0</v>
       </c>
       <c r="U110" s="14" t="n">
-        <v>30692.0</v>
+        <v>4858.0</v>
       </c>
       <c r="V110" s="14" t="n">
-        <v>27155.0</v>
+        <v>4204.0</v>
       </c>
       <c r="W110" s="14" t="n">
-        <v>25285.0</v>
+        <v>3880.0</v>
       </c>
       <c r="X110" s="14" t="n">
-        <v>23198.0</v>
+        <v>3652.0</v>
       </c>
       <c r="Y110" s="14" t="n">
-        <v>22077.0</v>
+        <v>3517.0</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RESOURCES: Social benefits other than social transfers in kind (1)</t>
         </is>
       </c>
       <c r="B111" s="14" t="n">
-        <v>2.7490956E7</v>
+        <v>5727091.0</v>
       </c>
       <c r="C111" s="14" t="n">
-        <v>2.4774248E7</v>
+        <v>5148274.0</v>
       </c>
       <c r="D111" s="14" t="n">
-        <v>2.526936E7</v>
+        <v>5102989.0</v>
       </c>
       <c r="E111" s="14" t="n">
-        <v>2.5035919E7</v>
+        <v>5027768.0</v>
       </c>
       <c r="F111" s="14" t="n">
-        <v>2.1889638E7</v>
+        <v>4494466.0</v>
       </c>
       <c r="G111" s="14" t="n">
-        <v>2.0338995E7</v>
+        <v>4238367.0</v>
       </c>
       <c r="H111" s="14" t="n">
-        <v>1.9287153E7</v>
+        <v>4084810.0</v>
       </c>
       <c r="I111" s="14" t="n">
-        <v>1.9164833E7</v>
+        <v>4020201.0</v>
       </c>
       <c r="J111" s="14" t="n">
-        <v>1.8958447E7</v>
+        <v>3970943.0</v>
       </c>
       <c r="K111" s="14" t="n">
-        <v>1.9230438E7</v>
+        <v>3981459.0</v>
       </c>
       <c r="L111" s="14" t="n">
-        <v>1.9328612E7</v>
+        <v>4029117.0</v>
       </c>
       <c r="M111" s="14" t="n">
-        <v>1.9281835E7</v>
+        <v>3949969.0</v>
       </c>
       <c r="N111" s="14" t="n">
-        <v>1.8911967E7</v>
+        <v>3849072.0</v>
       </c>
       <c r="O111" s="14" t="n">
-        <v>1.8906536E7</v>
+        <v>3789881.0</v>
       </c>
       <c r="P111" s="14" t="n">
-        <v>1.7659856E7</v>
+        <v>3651662.0</v>
       </c>
       <c r="Q111" s="14" t="n">
-        <v>1.5575408E7</v>
+        <v>3378566.0</v>
       </c>
       <c r="R111" s="14" t="n">
-        <v>1.3726893E7</v>
+        <v>3056918.0</v>
       </c>
       <c r="S111" s="14" t="n">
-        <v>1.2661901E7</v>
+        <v>2914581.0</v>
       </c>
       <c r="T111" s="14" t="n">
-        <v>1.1498389E7</v>
+        <v>2708916.0</v>
       </c>
       <c r="U111" s="14" t="n">
-        <v>1.067064E7</v>
+        <v>2526179.0</v>
       </c>
       <c r="V111" s="14" t="n">
-        <v>9676551.0</v>
+        <v>2318506.0</v>
       </c>
       <c r="W111" s="14" t="n">
-        <v>9157149.0</v>
+        <v>2238788.0</v>
       </c>
       <c r="X111" s="14" t="n">
-        <v>8372509.0</v>
+        <v>2062307.0</v>
       </c>
       <c r="Y111" s="14" t="n">
-        <v>7997748.0</v>
+        <v>2011415.0</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RESOURCES: Other current transfers</t>
         </is>
       </c>
       <c r="B112" s="14" t="n">
-        <v>9649847.0</v>
+        <v>1794371.0</v>
       </c>
       <c r="C112" s="14" t="n">
-        <v>8882997.0</v>
+        <v>1699642.0</v>
       </c>
       <c r="D112" s="14" t="n">
-        <v>8491957.0</v>
+        <v>1671766.0</v>
       </c>
       <c r="E112" s="14" t="n">
-        <v>7092812.0</v>
+        <v>1385536.0</v>
       </c>
       <c r="F112" s="14" t="n">
-        <v>7288974.0</v>
+        <v>1332855.0</v>
       </c>
       <c r="G112" s="14" t="n">
-        <v>6869239.0</v>
+        <v>1285404.0</v>
       </c>
       <c r="H112" s="14" t="n">
-        <v>6433940.0</v>
+        <v>1191615.0</v>
       </c>
       <c r="I112" s="14" t="n">
-        <v>5586955.0</v>
+        <v>1047804.0</v>
       </c>
       <c r="J112" s="14" t="n">
-        <v>5246118.0</v>
+        <v>914897.0</v>
       </c>
       <c r="K112" s="14" t="n">
-        <v>4718939.0</v>
+        <v>833143.0</v>
       </c>
       <c r="L112" s="14" t="n">
-        <v>4633278.0</v>
+        <v>835263.0</v>
       </c>
       <c r="M112" s="14" t="n">
-        <v>4560367.0</v>
+        <v>853276.0</v>
       </c>
       <c r="N112" s="14" t="n">
-        <v>4827219.0</v>
+        <v>829635.0</v>
       </c>
       <c r="O112" s="14" t="n">
-        <v>4527137.0</v>
+        <v>803774.0</v>
       </c>
       <c r="P112" s="14" t="n">
-        <v>4944044.0</v>
+        <v>908944.0</v>
       </c>
       <c r="Q112" s="14" t="n">
-        <v>5357233.0</v>
+        <v>952870.0</v>
       </c>
       <c r="R112" s="14" t="n">
-        <v>5022359.0</v>
+        <v>888583.0</v>
       </c>
       <c r="S112" s="14" t="n">
-        <v>4599616.0</v>
+        <v>797777.0</v>
       </c>
       <c r="T112" s="14" t="n">
-        <v>4772612.0</v>
+        <v>792694.0</v>
       </c>
       <c r="U112" s="14" t="n">
-        <v>4835838.0</v>
+        <v>771410.0</v>
       </c>
       <c r="V112" s="14" t="n">
-        <v>4675362.0</v>
+        <v>752842.0</v>
       </c>
       <c r="W112" s="14" t="n">
-        <v>4068567.0</v>
+        <v>701361.0</v>
       </c>
       <c r="X112" s="14" t="n">
-        <v>4014174.0</v>
+        <v>728710.0</v>
       </c>
       <c r="Y112" s="14" t="n">
-        <v>4052779.0</v>
+        <v>693733.0</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT: Current taxes on income, capital gains, etc.</t>
         </is>
       </c>
       <c r="B113" s="14" t="n">
-        <v>1.2992241E7</v>
+        <v>1840918.0</v>
       </c>
       <c r="C113" s="14" t="n">
-        <v>1.2083625E7</v>
+        <v>1711389.0</v>
       </c>
       <c r="D113" s="14" t="n">
-        <v>1.0178069E7</v>
+        <v>1452527.0</v>
       </c>
       <c r="E113" s="14" t="n">
-        <v>9319668.0</v>
+        <v>1351309.0</v>
       </c>
       <c r="F113" s="14" t="n">
-        <v>9265926.0</v>
+        <v>1319827.0</v>
       </c>
       <c r="G113" s="14" t="n">
-        <v>8716789.0</v>
+        <v>1257583.0</v>
       </c>
       <c r="H113" s="14" t="n">
-        <v>8133631.0</v>
+        <v>1202503.0</v>
       </c>
       <c r="I113" s="14" t="n">
-        <v>7592638.0</v>
+        <v>1155498.0</v>
       </c>
       <c r="J113" s="14" t="n">
-        <v>7360073.0</v>
+        <v>1150849.0</v>
       </c>
       <c r="K113" s="14" t="n">
-        <v>7381689.0</v>
+        <v>1164906.0</v>
       </c>
       <c r="L113" s="14" t="n">
-        <v>7127104.0</v>
+        <v>1139619.0</v>
       </c>
       <c r="M113" s="14" t="n">
-        <v>7050004.0</v>
+        <v>1116349.0</v>
       </c>
       <c r="N113" s="14" t="n">
-        <v>7139349.0</v>
+        <v>1150617.0</v>
       </c>
       <c r="O113" s="14" t="n">
-        <v>7012596.0</v>
+        <v>1145950.0</v>
       </c>
       <c r="P113" s="14" t="n">
-        <v>6653011.0</v>
+        <v>1051116.0</v>
       </c>
       <c r="Q113" s="14" t="n">
-        <v>7647197.0</v>
+        <v>1116761.0</v>
       </c>
       <c r="R113" s="14" t="n">
-        <v>8181895.0</v>
+        <v>1124732.0</v>
       </c>
       <c r="S113" s="14" t="n">
-        <v>7115861.0</v>
+        <v>947722.0</v>
       </c>
       <c r="T113" s="14" t="n">
-        <v>6120214.0</v>
+        <v>816906.0</v>
       </c>
       <c r="U113" s="14" t="n">
-        <v>5781167.0</v>
+        <v>778470.0</v>
       </c>
       <c r="V113" s="14" t="n">
-        <v>5008125.0</v>
+        <v>691428.0</v>
       </c>
       <c r="W113" s="14" t="n">
-        <v>4908459.0</v>
+        <v>685012.0</v>
       </c>
       <c r="X113" s="14" t="n">
-        <v>4439548.0</v>
+        <v>600521.0</v>
       </c>
       <c r="Y113" s="14" t="n">
-        <v>3974749.0</v>
+        <v>533976.0</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT:   Net social contributions (2)</t>
         </is>
       </c>
       <c r="B114" s="14" t="n">
-        <v>2.0162841E7</v>
+        <v>3474155.0</v>
       </c>
       <c r="C114" s="14" t="n">
-        <v>1.8277485E7</v>
+        <v>3180493.0</v>
       </c>
       <c r="D114" s="14" t="n">
-        <v>1.7511885E7</v>
+        <v>3145099.0</v>
       </c>
       <c r="E114" s="14" t="n">
-        <v>1.6300192E7</v>
+        <v>2928037.0</v>
       </c>
       <c r="F114" s="14" t="n">
-        <v>1.6130524E7</v>
+        <v>2908920.0</v>
       </c>
       <c r="G114" s="14" t="n">
-        <v>1.4827597E7</v>
+        <v>2677118.0</v>
       </c>
       <c r="H114" s="14" t="n">
-        <v>1.4083687E7</v>
+        <v>2590465.0</v>
       </c>
       <c r="I114" s="14" t="n">
-        <v>1.343628E7</v>
+        <v>2526114.0</v>
       </c>
       <c r="J114" s="14" t="n">
-        <v>1.31614E7</v>
+        <v>2513259.0</v>
       </c>
       <c r="K114" s="14" t="n">
-        <v>1.3144881E7</v>
+        <v>2519641.0</v>
       </c>
       <c r="L114" s="14" t="n">
-        <v>1.2835931E7</v>
+        <v>2519085.0</v>
       </c>
       <c r="M114" s="14" t="n">
-        <v>1.3188195E7</v>
+        <v>2594102.0</v>
       </c>
       <c r="N114" s="14" t="n">
-        <v>1.4019843E7</v>
+        <v>2737426.0</v>
       </c>
       <c r="O114" s="14" t="n">
-        <v>1.4529265E7</v>
+        <v>2787644.0</v>
       </c>
       <c r="P114" s="14" t="n">
-        <v>1.4598065E7</v>
+        <v>2777566.0</v>
       </c>
       <c r="Q114" s="14" t="n">
-        <v>1.5333815E7</v>
+        <v>2757067.0</v>
       </c>
       <c r="R114" s="14" t="n">
-        <v>1.4805507E7</v>
+        <v>2576781.0</v>
       </c>
       <c r="S114" s="14" t="n">
-        <v>1.3953494E7</v>
+        <v>2396519.0</v>
       </c>
       <c r="T114" s="14" t="n">
-        <v>1.268241E7</v>
+        <v>2188365.0</v>
       </c>
       <c r="U114" s="14" t="n">
-        <v>1.1783163E7</v>
+        <v>2051216.0</v>
       </c>
       <c r="V114" s="14" t="n">
-        <v>1.0723041E7</v>
+        <v>1849712.0</v>
       </c>
       <c r="W114" s="14" t="n">
-        <v>1.0167236E7</v>
+        <v>1783225.0</v>
       </c>
       <c r="X114" s="14" t="n">
-        <v>9410945.0</v>
+        <v>1680195.0</v>
       </c>
       <c r="Y114" s="14" t="n">
-        <v>8701231.0</v>
+        <v>1606895.0</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT: Social benefits other than social transfers in kind</t>
         </is>
       </c>
       <c r="B115" s="14" t="n">
-        <v>38684.0</v>
+        <v>6561.0</v>
       </c>
       <c r="C115" s="14" t="n">
-        <v>34563.0</v>
+        <v>5851.0</v>
       </c>
       <c r="D115" s="14" t="n">
-        <v>23054.0</v>
+        <v>3985.0</v>
       </c>
       <c r="E115" s="14" t="n">
-        <v>19486.0</v>
+        <v>3293.0</v>
       </c>
       <c r="F115" s="14" t="n">
-        <v>19903.0</v>
+        <v>3417.0</v>
       </c>
       <c r="G115" s="14" t="n">
-        <v>15003.0</v>
+        <v>2767.0</v>
       </c>
       <c r="H115" s="14" t="n">
-        <v>12199.0</v>
+        <v>2215.0</v>
       </c>
       <c r="I115" s="14" t="n">
-        <v>10675.0</v>
+        <v>1858.0</v>
       </c>
       <c r="J115" s="14" t="n">
-        <v>8313.0</v>
+        <v>1503.0</v>
       </c>
       <c r="K115" s="14" t="n">
-        <v>5270.0</v>
+        <v>961.0</v>
       </c>
       <c r="L115" s="14" t="n">
-        <v>8042.0</v>
+        <v>1461.0</v>
       </c>
       <c r="M115" s="14" t="n">
-        <v>11734.0</v>
+        <v>2228.0</v>
       </c>
       <c r="N115" s="14" t="n">
-        <v>12521.0</v>
+        <v>2376.0</v>
       </c>
       <c r="O115" s="14" t="n">
-        <v>29276.0</v>
+        <v>5511.0</v>
       </c>
       <c r="P115" s="14" t="n">
-        <v>28542.0</v>
+        <v>4987.0</v>
       </c>
       <c r="Q115" s="14" t="n">
-        <v>32810.0</v>
+        <v>5624.0</v>
       </c>
       <c r="R115" s="14" t="n">
-        <v>36869.0</v>
+        <v>6642.0</v>
       </c>
       <c r="S115" s="14" t="n">
-        <v>33546.0</v>
+        <v>5693.0</v>
       </c>
       <c r="T115" s="14" t="n">
-        <v>30045.0</v>
+        <v>5016.0</v>
       </c>
       <c r="U115" s="14" t="n">
-        <v>26834.0</v>
+        <v>4339.0</v>
       </c>
       <c r="V115" s="14" t="n">
-        <v>24880.0</v>
+        <v>3854.0</v>
       </c>
       <c r="W115" s="14" t="n">
-        <v>21840.0</v>
+        <v>3220.0</v>
       </c>
       <c r="X115" s="14" t="n">
-        <v>15966.0</v>
+        <v>2514.0</v>
       </c>
       <c r="Y115" s="14" t="n">
-        <v>23580.0</v>
+        <v>3756.0</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT:   Other current transfers</t>
         </is>
       </c>
       <c r="B116" s="14" t="n">
-        <v>1.1052943E7</v>
+        <v>1930921.0</v>
       </c>
       <c r="C116" s="14" t="n">
-        <v>1.0237728E7</v>
+        <v>1817067.0</v>
       </c>
       <c r="D116" s="14" t="n">
-        <v>9728520.0</v>
+        <v>1781384.0</v>
       </c>
       <c r="E116" s="14" t="n">
-        <v>8027278.0</v>
+        <v>1443021.0</v>
       </c>
       <c r="F116" s="14" t="n">
-        <v>8410738.0</v>
+        <v>1465481.0</v>
       </c>
       <c r="G116" s="14" t="n">
-        <v>7982510.0</v>
+        <v>1416956.0</v>
       </c>
       <c r="H116" s="14" t="n">
-        <v>7340321.0</v>
+        <v>1304934.0</v>
       </c>
       <c r="I116" s="14" t="n">
-        <v>6527326.0</v>
+        <v>1146079.0</v>
       </c>
       <c r="J116" s="14" t="n">
-        <v>5985721.0</v>
+        <v>1001027.0</v>
       </c>
       <c r="K116" s="14" t="n">
-        <v>5603312.0</v>
+        <v>919925.0</v>
       </c>
       <c r="L116" s="14" t="n">
-        <v>5475881.0</v>
+        <v>922407.0</v>
       </c>
       <c r="M116" s="14" t="n">
-        <v>5366920.0</v>
+        <v>866132.0</v>
       </c>
       <c r="N116" s="14" t="n">
-        <v>5366356.0</v>
+        <v>855740.0</v>
       </c>
       <c r="O116" s="14" t="n">
-        <v>5382185.0</v>
+        <v>867354.0</v>
       </c>
       <c r="P116" s="14" t="n">
-        <v>5641719.0</v>
+        <v>960710.0</v>
       </c>
       <c r="Q116" s="14" t="n">
-        <v>5981041.0</v>
+        <v>983620.0</v>
       </c>
       <c r="R116" s="14" t="n">
-        <v>5735406.0</v>
+        <v>940834.0</v>
       </c>
       <c r="S116" s="14" t="n">
-        <v>5225542.0</v>
+        <v>869724.0</v>
       </c>
       <c r="T116" s="14" t="n">
-        <v>5027263.0</v>
+        <v>848624.0</v>
       </c>
       <c r="U116" s="14" t="n">
-        <v>4663732.0</v>
+        <v>780752.0</v>
       </c>
       <c r="V116" s="14" t="n">
-        <v>4416979.0</v>
+        <v>754436.0</v>
       </c>
       <c r="W116" s="14" t="n">
-        <v>4049622.0</v>
+        <v>700874.0</v>
       </c>
       <c r="X116" s="14" t="n">
-        <v>3886085.0</v>
+        <v>706852.0</v>
       </c>
       <c r="Y116" s="14" t="n">
-        <v>3625610.0</v>
+        <v>659033.0</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT: Gross disposable income</t>
         </is>
       </c>
       <c r="B117" s="14" t="n">
-        <v>8.7898248E7</v>
+        <v>1.6693357E7</v>
       </c>
       <c r="C117" s="14" t="n">
-        <v>7.9689062E7</v>
+        <v>1.5216093E7</v>
       </c>
       <c r="D117" s="14" t="n">
-        <v>7.6812098E7</v>
+        <v>1.4743847E7</v>
       </c>
       <c r="E117" s="14" t="n">
-        <v>7.348501E7</v>
+        <v>1.407305E7</v>
       </c>
       <c r="F117" s="14" t="n">
-        <v>7.4361764E7</v>
+        <v>1.4014119E7</v>
       </c>
       <c r="G117" s="14" t="n">
-        <v>7.0553254E7</v>
+        <v>1.3525188E7</v>
       </c>
       <c r="H117" s="14" t="n">
-        <v>6.8459457E7</v>
+        <v>1.332993E7</v>
       </c>
       <c r="I117" s="14" t="n">
-        <v>6.6444E7</v>
+        <v>1.2834642E7</v>
       </c>
       <c r="J117" s="14" t="n">
-        <v>6.5088633E7</v>
+        <v>1.2443581E7</v>
       </c>
       <c r="K117" s="14" t="n">
-        <v>6.2546632E7</v>
+        <v>1.1996353E7</v>
       </c>
       <c r="L117" s="14" t="n">
-        <v>6.212975E7</v>
+        <v>1.2035405E7</v>
       </c>
       <c r="M117" s="14" t="n">
-        <v>6.2581479E7</v>
+        <v>1.1936608E7</v>
       </c>
       <c r="N117" s="14" t="n">
-        <v>6.6685889E7</v>
+        <v>1.251447E7</v>
       </c>
       <c r="O117" s="14" t="n">
-        <v>6.5954564E7</v>
+        <v>1.2487806E7</v>
       </c>
       <c r="P117" s="14" t="n">
-        <v>6.5617638E7</v>
+        <v>1.2174113E7</v>
       </c>
       <c r="Q117" s="14" t="n">
-        <v>6.7226003E7</v>
+        <v>1.2416894E7</v>
       </c>
       <c r="R117" s="14" t="n">
-        <v>6.3137547E7</v>
+        <v>1.1925733E7</v>
       </c>
       <c r="S117" s="14" t="n">
-        <v>5.9767258E7</v>
+        <v>1.138308E7</v>
       </c>
       <c r="T117" s="14" t="n">
-        <v>5.6554791E7</v>
+        <v>1.0745323E7</v>
       </c>
       <c r="U117" s="14" t="n">
-        <v>5.3398191E7</v>
+        <v>1.0063959E7</v>
       </c>
       <c r="V117" s="14" t="n">
-        <v>5.0680233E7</v>
+        <v>9631016.0</v>
       </c>
       <c r="W117" s="14" t="n">
-        <v>4.712757E7</v>
+        <v>9064834.0</v>
       </c>
       <c r="X117" s="14" t="n">
-        <v>4.4615624E7</v>
+        <v>8658301.0</v>
       </c>
       <c r="Y117" s="14" t="n">
-        <v>4.156047E7</v>
+        <v>8069942.0</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="6" t="inlineStr">
         <is>
-          <t>11 Extremadura</t>
+          <t>GALICIA</t>
         </is>
       </c>
       <c r="B118" s="6"/>
       <c r="C118" s="6"/>
       <c r="D118" s="6"/>
       <c r="E118" s="6"/>
       <c r="F118" s="6"/>
       <c r="G118" s="6"/>
       <c r="H118" s="6"/>
       <c r="I118" s="6"/>
       <c r="J118" s="6"/>
       <c r="K118" s="6"/>
       <c r="L118" s="6"/>
       <c r="M118" s="6"/>
       <c r="N118" s="6"/>
       <c r="O118" s="6"/>
       <c r="P118" s="6"/>
       <c r="Q118" s="6"/>
       <c r="R118" s="6"/>
       <c r="S118" s="6"/>
       <c r="T118" s="6"/>
       <c r="U118" s="6"/>
       <c r="V118" s="6"/>
       <c r="W118" s="6"/>
       <c r="X118" s="6"/>
       <c r="Y118" s="6"/>
     </row>
     <row r="119">
       <c r="A119" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RESOURCES: Balance of gross primary income</t>
         </is>
       </c>
       <c r="B119" s="14" t="n">
-        <v>1.6418265E7</v>
+        <v>5.115954E7</v>
       </c>
       <c r="C119" s="14" t="n">
-        <v>1.5078507E7</v>
+        <v>4.6445179E7</v>
       </c>
       <c r="D119" s="14" t="n">
-        <v>1.4346984E7</v>
+        <v>4.2764707E7</v>
       </c>
       <c r="E119" s="14" t="n">
-        <v>1.3380286E7</v>
+        <v>4.0193909E7</v>
       </c>
       <c r="F119" s="14" t="n">
-        <v>1.3879311E7</v>
+        <v>4.2607136E7</v>
       </c>
       <c r="G119" s="14" t="n">
-        <v>1.3351976E7</v>
+        <v>4.059468E7</v>
       </c>
       <c r="H119" s="14" t="n">
-        <v>1.3150302E7</v>
+        <v>3.9232519E7</v>
       </c>
       <c r="I119" s="14" t="n">
-        <v>1.2593708E7</v>
+        <v>3.8071227E7</v>
       </c>
       <c r="J119" s="14" t="n">
-        <v>1.2221945E7</v>
+        <v>3.718428E7</v>
       </c>
       <c r="K119" s="14" t="n">
-        <v>1.1784862E7</v>
+        <v>3.5934759E7</v>
       </c>
       <c r="L119" s="14" t="n">
-        <v>1.1751019E7</v>
+        <v>3.5535883E7</v>
       </c>
       <c r="M119" s="14" t="n">
-        <v>1.1708824E7</v>
+        <v>3.5910348E7</v>
       </c>
       <c r="N119" s="14" t="n">
-        <v>1.2577662E7</v>
+        <v>3.8321212E7</v>
       </c>
       <c r="O119" s="14" t="n">
-        <v>1.2695441E7</v>
+        <v>3.8384676E7</v>
       </c>
       <c r="P119" s="14" t="n">
-        <v>1.240215E7</v>
+        <v>3.8283072E7</v>
       </c>
       <c r="Q119" s="14" t="n">
-        <v>1.2941937E7</v>
+        <v>4.0208946E7</v>
       </c>
       <c r="R119" s="14" t="n">
-        <v>1.262292E7</v>
+        <v>3.8840265E7</v>
       </c>
       <c r="S119" s="14" t="n">
-        <v>1.1884228E7</v>
+        <v>3.6223576E7</v>
       </c>
       <c r="T119" s="14" t="n">
-        <v>1.1096673E7</v>
+        <v>3.374323E7</v>
       </c>
       <c r="U119" s="14" t="n">
-        <v>1.0376289E7</v>
+        <v>3.1529418E7</v>
       </c>
       <c r="V119" s="14" t="n">
-        <v>9854894.0</v>
+        <v>2.9623136E7</v>
       </c>
       <c r="W119" s="14" t="n">
-        <v>9293136.0</v>
+        <v>2.7972009E7</v>
       </c>
       <c r="X119" s="14" t="n">
-        <v>8853714.0</v>
+        <v>2.6576006E7</v>
       </c>
       <c r="Y119" s="14" t="n">
-        <v>8164937.0</v>
+        <v>2.4611239E7</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RESOURCES: Net social contributions</t>
         </is>
       </c>
       <c r="B120" s="14" t="n">
-        <v>6185.0</v>
+        <v>18127.0</v>
       </c>
       <c r="C120" s="14" t="n">
-        <v>4470.0</v>
+        <v>13140.0</v>
       </c>
       <c r="D120" s="14" t="n">
-        <v>5103.0</v>
+        <v>15068.0</v>
       </c>
       <c r="E120" s="14" t="n">
-        <v>5120.0</v>
+        <v>15365.0</v>
       </c>
       <c r="F120" s="14" t="n">
-        <v>5132.0</v>
+        <v>15430.0</v>
       </c>
       <c r="G120" s="14" t="n">
-        <v>3865.0</v>
+        <v>11671.0</v>
       </c>
       <c r="H120" s="14" t="n">
-        <v>3320.0</v>
+        <v>10008.0</v>
       </c>
       <c r="I120" s="14" t="n">
-        <v>2478.0</v>
+        <v>7472.0</v>
       </c>
       <c r="J120" s="14" t="n">
-        <v>2434.0</v>
+        <v>7295.0</v>
       </c>
       <c r="K120" s="14" t="n">
-        <v>2322.0</v>
+        <v>6996.0</v>
       </c>
       <c r="L120" s="14" t="n">
-        <v>2578.0</v>
+        <v>7831.0</v>
       </c>
       <c r="M120" s="14" t="n">
-        <v>3350.0</v>
+        <v>10101.0</v>
       </c>
       <c r="N120" s="14" t="n">
-        <v>4260.0</v>
+        <v>12778.0</v>
       </c>
       <c r="O120" s="14" t="n">
-        <v>5169.0</v>
+        <v>15752.0</v>
       </c>
       <c r="P120" s="14" t="n">
-        <v>5736.0</v>
+        <v>17733.0</v>
       </c>
       <c r="Q120" s="14" t="n">
-        <v>6593.0</v>
+        <v>20403.0</v>
       </c>
       <c r="R120" s="14" t="n">
-        <v>6301.0</v>
+        <v>19204.0</v>
       </c>
       <c r="S120" s="14" t="n">
-        <v>6152.0</v>
+        <v>18968.0</v>
       </c>
       <c r="T120" s="14" t="n">
-        <v>5951.0</v>
+        <v>18435.0</v>
       </c>
       <c r="U120" s="14" t="n">
-        <v>4858.0</v>
+        <v>15307.0</v>
       </c>
       <c r="V120" s="14" t="n">
-        <v>4204.0</v>
+        <v>13542.0</v>
       </c>
       <c r="W120" s="14" t="n">
-        <v>3880.0</v>
+        <v>12716.0</v>
       </c>
       <c r="X120" s="14" t="n">
-        <v>3652.0</v>
+        <v>11765.0</v>
       </c>
       <c r="Y120" s="14" t="n">
-        <v>3517.0</v>
+        <v>11113.0</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RESOURCES: Social benefits other than social transfers in kind (1)</t>
         </is>
       </c>
       <c r="B121" s="14" t="n">
-        <v>5727091.0</v>
+        <v>1.6499871E7</v>
       </c>
       <c r="C121" s="14" t="n">
-        <v>5148274.0</v>
+        <v>1.4977073E7</v>
       </c>
       <c r="D121" s="14" t="n">
-        <v>5102989.0</v>
+        <v>1.4977732E7</v>
       </c>
       <c r="E121" s="14" t="n">
-        <v>5027768.0</v>
+        <v>1.509185E7</v>
       </c>
       <c r="F121" s="14" t="n">
-        <v>4494466.0</v>
+        <v>1.3323545E7</v>
       </c>
       <c r="G121" s="14" t="n">
-        <v>4238367.0</v>
+        <v>1.2573425E7</v>
       </c>
       <c r="H121" s="14" t="n">
-        <v>4084810.0</v>
+        <v>1.2116934E7</v>
       </c>
       <c r="I121" s="14" t="n">
-        <v>4020201.0</v>
+        <v>1.1962557E7</v>
       </c>
       <c r="J121" s="14" t="n">
-        <v>3970943.0</v>
+        <v>1.1851565E7</v>
       </c>
       <c r="K121" s="14" t="n">
-        <v>3981459.0</v>
+        <v>1.1925794E7</v>
       </c>
       <c r="L121" s="14" t="n">
-        <v>4029117.0</v>
+        <v>1.2021781E7</v>
       </c>
       <c r="M121" s="14" t="n">
-        <v>3949969.0</v>
+        <v>1.177955E7</v>
       </c>
       <c r="N121" s="14" t="n">
-        <v>3849072.0</v>
+        <v>1.1453481E7</v>
       </c>
       <c r="O121" s="14" t="n">
-        <v>3789881.0</v>
+        <v>1.1320729E7</v>
       </c>
       <c r="P121" s="14" t="n">
-        <v>3651662.0</v>
+        <v>1.1059815E7</v>
       </c>
       <c r="Q121" s="14" t="n">
-        <v>3378566.0</v>
+        <v>1.0057629E7</v>
       </c>
       <c r="R121" s="14" t="n">
-        <v>3056918.0</v>
+        <v>9208427.0</v>
       </c>
       <c r="S121" s="14" t="n">
-        <v>2914581.0</v>
+        <v>8748000.0</v>
       </c>
       <c r="T121" s="14" t="n">
-        <v>2708916.0</v>
+        <v>8126578.0</v>
       </c>
       <c r="U121" s="14" t="n">
-        <v>2526179.0</v>
+        <v>7614056.0</v>
       </c>
       <c r="V121" s="14" t="n">
-        <v>2318506.0</v>
+        <v>7052010.0</v>
       </c>
       <c r="W121" s="14" t="n">
-        <v>2238788.0</v>
+        <v>6727063.0</v>
       </c>
       <c r="X121" s="14" t="n">
-        <v>2062307.0</v>
+        <v>6136320.0</v>
       </c>
       <c r="Y121" s="14" t="n">
-        <v>2011415.0</v>
+        <v>5892874.0</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RESOURCES: Other current transfers</t>
         </is>
       </c>
       <c r="B122" s="14" t="n">
-        <v>1794371.0</v>
+        <v>4982972.0</v>
       </c>
       <c r="C122" s="14" t="n">
-        <v>1699642.0</v>
+        <v>4769446.0</v>
       </c>
       <c r="D122" s="14" t="n">
-        <v>1671766.0</v>
+        <v>4496180.0</v>
       </c>
       <c r="E122" s="14" t="n">
-        <v>1385536.0</v>
+        <v>3702926.0</v>
       </c>
       <c r="F122" s="14" t="n">
-        <v>1332855.0</v>
+        <v>3713310.0</v>
       </c>
       <c r="G122" s="14" t="n">
-        <v>1285404.0</v>
+        <v>3735859.0</v>
       </c>
       <c r="H122" s="14" t="n">
-        <v>1191615.0</v>
+        <v>3584502.0</v>
       </c>
       <c r="I122" s="14" t="n">
-        <v>1047804.0</v>
+        <v>2960552.0</v>
       </c>
       <c r="J122" s="14" t="n">
-        <v>914897.0</v>
+        <v>2733824.0</v>
       </c>
       <c r="K122" s="14" t="n">
-        <v>833143.0</v>
+        <v>2579903.0</v>
       </c>
       <c r="L122" s="14" t="n">
-        <v>835263.0</v>
+        <v>2415246.0</v>
       </c>
       <c r="M122" s="14" t="n">
-        <v>853276.0</v>
+        <v>2423137.0</v>
       </c>
       <c r="N122" s="14" t="n">
-        <v>829635.0</v>
+        <v>2292766.0</v>
       </c>
       <c r="O122" s="14" t="n">
-        <v>803774.0</v>
+        <v>2219718.0</v>
       </c>
       <c r="P122" s="14" t="n">
-        <v>908944.0</v>
+        <v>2711719.0</v>
       </c>
       <c r="Q122" s="14" t="n">
-        <v>952870.0</v>
+        <v>2915232.0</v>
       </c>
       <c r="R122" s="14" t="n">
-        <v>888583.0</v>
+        <v>2651365.0</v>
       </c>
       <c r="S122" s="14" t="n">
-        <v>797777.0</v>
+        <v>2401538.0</v>
       </c>
       <c r="T122" s="14" t="n">
-        <v>792694.0</v>
+        <v>2514769.0</v>
       </c>
       <c r="U122" s="14" t="n">
-        <v>771410.0</v>
+        <v>2533440.0</v>
       </c>
       <c r="V122" s="14" t="n">
-        <v>752842.0</v>
+        <v>2547426.0</v>
       </c>
       <c r="W122" s="14" t="n">
-        <v>701361.0</v>
+        <v>2380844.0</v>
       </c>
       <c r="X122" s="14" t="n">
-        <v>728710.0</v>
+        <v>2318862.0</v>
       </c>
       <c r="Y122" s="14" t="n">
-        <v>693733.0</v>
+        <v>2236417.0</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT: Current taxes on income, capital gains, etc.</t>
         </is>
       </c>
       <c r="B123" s="14" t="n">
-        <v>1840918.0</v>
+        <v>7043310.0</v>
       </c>
       <c r="C123" s="14" t="n">
-        <v>1711389.0</v>
+        <v>6320079.0</v>
       </c>
       <c r="D123" s="14" t="n">
-        <v>1452527.0</v>
+        <v>5359253.0</v>
       </c>
       <c r="E123" s="14" t="n">
-        <v>1351309.0</v>
+        <v>5122314.0</v>
       </c>
       <c r="F123" s="14" t="n">
-        <v>1319827.0</v>
+        <v>5126439.0</v>
       </c>
       <c r="G123" s="14" t="n">
-        <v>1257583.0</v>
+        <v>4753355.0</v>
       </c>
       <c r="H123" s="14" t="n">
-        <v>1202503.0</v>
+        <v>4503542.0</v>
       </c>
       <c r="I123" s="14" t="n">
-        <v>1155498.0</v>
+        <v>4231764.0</v>
       </c>
       <c r="J123" s="14" t="n">
-        <v>1150849.0</v>
+        <v>4232563.0</v>
       </c>
       <c r="K123" s="14" t="n">
-        <v>1164906.0</v>
+        <v>4267941.0</v>
       </c>
       <c r="L123" s="14" t="n">
-        <v>1139619.0</v>
+        <v>4174250.0</v>
       </c>
       <c r="M123" s="14" t="n">
-        <v>1116349.0</v>
+        <v>4120945.0</v>
       </c>
       <c r="N123" s="14" t="n">
-        <v>1150617.0</v>
+        <v>4072465.0</v>
       </c>
       <c r="O123" s="14" t="n">
-        <v>1145950.0</v>
+        <v>3974527.0</v>
       </c>
       <c r="P123" s="14" t="n">
-        <v>1051116.0</v>
+        <v>3692834.0</v>
       </c>
       <c r="Q123" s="14" t="n">
-        <v>1116761.0</v>
+        <v>3954313.0</v>
       </c>
       <c r="R123" s="14" t="n">
-        <v>1124732.0</v>
+        <v>4005640.0</v>
       </c>
       <c r="S123" s="14" t="n">
-        <v>947722.0</v>
+        <v>3400575.0</v>
       </c>
       <c r="T123" s="14" t="n">
-        <v>816906.0</v>
+        <v>2988081.0</v>
       </c>
       <c r="U123" s="14" t="n">
-        <v>778470.0</v>
+        <v>2882841.0</v>
       </c>
       <c r="V123" s="14" t="n">
-        <v>691428.0</v>
+        <v>2473622.0</v>
       </c>
       <c r="W123" s="14" t="n">
-        <v>685012.0</v>
+        <v>2538204.0</v>
       </c>
       <c r="X123" s="14" t="n">
-        <v>600521.0</v>
+        <v>2353731.0</v>
       </c>
       <c r="Y123" s="14" t="n">
-        <v>533976.0</v>
+        <v>2069898.0</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT:   Net social contributions (2)</t>
         </is>
       </c>
       <c r="B124" s="14" t="n">
-        <v>3474155.0</v>
+        <v>1.0386594E7</v>
       </c>
       <c r="C124" s="14" t="n">
-        <v>3180493.0</v>
+        <v>9567515.0</v>
       </c>
       <c r="D124" s="14" t="n">
-        <v>3145099.0</v>
+        <v>9388607.0</v>
       </c>
       <c r="E124" s="14" t="n">
-        <v>2928037.0</v>
+        <v>8827971.0</v>
       </c>
       <c r="F124" s="14" t="n">
-        <v>2908920.0</v>
+        <v>8809835.0</v>
       </c>
       <c r="G124" s="14" t="n">
-        <v>2677118.0</v>
+        <v>8235201.0</v>
       </c>
       <c r="H124" s="14" t="n">
-        <v>2590465.0</v>
+        <v>7925128.0</v>
       </c>
       <c r="I124" s="14" t="n">
-        <v>2526114.0</v>
+        <v>7713821.0</v>
       </c>
       <c r="J124" s="14" t="n">
-        <v>2513259.0</v>
+        <v>7624397.0</v>
       </c>
       <c r="K124" s="14" t="n">
-        <v>2519641.0</v>
+        <v>7684503.0</v>
       </c>
       <c r="L124" s="14" t="n">
-        <v>2519085.0</v>
+        <v>7670294.0</v>
       </c>
       <c r="M124" s="14" t="n">
-        <v>2594102.0</v>
+        <v>7880508.0</v>
       </c>
       <c r="N124" s="14" t="n">
-        <v>2737426.0</v>
+        <v>8296806.0</v>
       </c>
       <c r="O124" s="14" t="n">
-        <v>2787644.0</v>
+        <v>8517698.0</v>
       </c>
       <c r="P124" s="14" t="n">
-        <v>2777566.0</v>
+        <v>8432313.0</v>
       </c>
       <c r="Q124" s="14" t="n">
-        <v>2757067.0</v>
+        <v>8424477.0</v>
       </c>
       <c r="R124" s="14" t="n">
-        <v>2576781.0</v>
+        <v>7884414.0</v>
       </c>
       <c r="S124" s="14" t="n">
-        <v>2396519.0</v>
+        <v>7349081.0</v>
       </c>
       <c r="T124" s="14" t="n">
-        <v>2188365.0</v>
+        <v>6732073.0</v>
       </c>
       <c r="U124" s="14" t="n">
-        <v>2051216.0</v>
+        <v>6359086.0</v>
       </c>
       <c r="V124" s="14" t="n">
-        <v>1849712.0</v>
+        <v>5790218.0</v>
       </c>
       <c r="W124" s="14" t="n">
-        <v>1783225.0</v>
+        <v>5593959.0</v>
       </c>
       <c r="X124" s="14" t="n">
-        <v>1680195.0</v>
+        <v>5237593.0</v>
       </c>
       <c r="Y124" s="14" t="n">
-        <v>1606895.0</v>
+        <v>4933921.0</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT: Social benefits other than social transfers in kind</t>
         </is>
       </c>
       <c r="B125" s="14" t="n">
-        <v>6561.0</v>
+        <v>19401.0</v>
       </c>
       <c r="C125" s="14" t="n">
-        <v>5851.0</v>
+        <v>17755.0</v>
       </c>
       <c r="D125" s="14" t="n">
-        <v>3985.0</v>
+        <v>11560.0</v>
       </c>
       <c r="E125" s="14" t="n">
-        <v>3293.0</v>
+        <v>10293.0</v>
       </c>
       <c r="F125" s="14" t="n">
-        <v>3417.0</v>
+        <v>10484.0</v>
       </c>
       <c r="G125" s="14" t="n">
-        <v>2767.0</v>
+        <v>8652.0</v>
       </c>
       <c r="H125" s="14" t="n">
-        <v>2215.0</v>
+        <v>6544.0</v>
       </c>
       <c r="I125" s="14" t="n">
-        <v>1858.0</v>
+        <v>5674.0</v>
       </c>
       <c r="J125" s="14" t="n">
-        <v>1503.0</v>
+        <v>4727.0</v>
       </c>
       <c r="K125" s="14" t="n">
-        <v>961.0</v>
+        <v>2991.0</v>
       </c>
       <c r="L125" s="14" t="n">
-        <v>1461.0</v>
+        <v>4710.0</v>
       </c>
       <c r="M125" s="14" t="n">
-        <v>2228.0</v>
+        <v>6882.0</v>
       </c>
       <c r="N125" s="14" t="n">
-        <v>2376.0</v>
+        <v>7433.0</v>
       </c>
       <c r="O125" s="14" t="n">
-        <v>5511.0</v>
+        <v>18176.0</v>
       </c>
       <c r="P125" s="14" t="n">
-        <v>4987.0</v>
+        <v>17135.0</v>
       </c>
       <c r="Q125" s="14" t="n">
-        <v>5624.0</v>
+        <v>18052.0</v>
       </c>
       <c r="R125" s="14" t="n">
-        <v>6642.0</v>
+        <v>19267.0</v>
       </c>
       <c r="S125" s="14" t="n">
-        <v>5693.0</v>
+        <v>17282.0</v>
       </c>
       <c r="T125" s="14" t="n">
-        <v>5016.0</v>
+        <v>15469.0</v>
       </c>
       <c r="U125" s="14" t="n">
-        <v>4339.0</v>
+        <v>13810.0</v>
       </c>
       <c r="V125" s="14" t="n">
-        <v>3854.0</v>
+        <v>12861.0</v>
       </c>
       <c r="W125" s="14" t="n">
-        <v>3220.0</v>
+        <v>11322.0</v>
       </c>
       <c r="X125" s="14" t="n">
-        <v>2514.0</v>
+        <v>9659.0</v>
       </c>
       <c r="Y125" s="14" t="n">
-        <v>3756.0</v>
+        <v>14158.0</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT:   Other current transfers</t>
         </is>
       </c>
       <c r="B126" s="14" t="n">
-        <v>1930921.0</v>
+        <v>5073241.0</v>
       </c>
       <c r="C126" s="14" t="n">
-        <v>1817067.0</v>
+        <v>4763105.0</v>
       </c>
       <c r="D126" s="14" t="n">
-        <v>1781384.0</v>
+        <v>4649647.0</v>
       </c>
       <c r="E126" s="14" t="n">
-        <v>1443021.0</v>
+        <v>3777072.0</v>
       </c>
       <c r="F126" s="14" t="n">
-        <v>1465481.0</v>
+        <v>3914981.0</v>
       </c>
       <c r="G126" s="14" t="n">
-        <v>1416956.0</v>
+        <v>3769660.0</v>
       </c>
       <c r="H126" s="14" t="n">
-        <v>1304934.0</v>
+        <v>3486401.0</v>
       </c>
       <c r="I126" s="14" t="n">
-        <v>1146079.0</v>
+        <v>3124468.0</v>
       </c>
       <c r="J126" s="14" t="n">
-        <v>1001027.0</v>
+        <v>2902366.0</v>
       </c>
       <c r="K126" s="14" t="n">
-        <v>919925.0</v>
+        <v>2600766.0</v>
       </c>
       <c r="L126" s="14" t="n">
-        <v>922407.0</v>
+        <v>2578842.0</v>
       </c>
       <c r="M126" s="14" t="n">
-        <v>866132.0</v>
+        <v>2459391.0</v>
       </c>
       <c r="N126" s="14" t="n">
-        <v>855740.0</v>
+        <v>2329163.0</v>
       </c>
       <c r="O126" s="14" t="n">
-        <v>867354.0</v>
+        <v>2357619.0</v>
       </c>
       <c r="P126" s="14" t="n">
-        <v>960710.0</v>
+        <v>2515746.0</v>
       </c>
       <c r="Q126" s="14" t="n">
-        <v>983620.0</v>
+        <v>2670115.0</v>
       </c>
       <c r="R126" s="14" t="n">
-        <v>940834.0</v>
+        <v>2495428.0</v>
       </c>
       <c r="S126" s="14" t="n">
-        <v>869724.0</v>
+        <v>2234551.0</v>
       </c>
       <c r="T126" s="14" t="n">
-        <v>848624.0</v>
+        <v>2308625.0</v>
       </c>
       <c r="U126" s="14" t="n">
-        <v>780752.0</v>
+        <v>2099361.0</v>
       </c>
       <c r="V126" s="14" t="n">
-        <v>754436.0</v>
+        <v>2091694.0</v>
       </c>
       <c r="W126" s="14" t="n">
-        <v>700874.0</v>
+        <v>2070480.0</v>
       </c>
       <c r="X126" s="14" t="n">
-        <v>706852.0</v>
+        <v>1976223.0</v>
       </c>
       <c r="Y126" s="14" t="n">
-        <v>659033.0</v>
+        <v>1861170.0</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT: Gross disposable income</t>
         </is>
       </c>
       <c r="B127" s="14" t="n">
-        <v>1.6693357E7</v>
+        <v>5.0137964E7</v>
       </c>
       <c r="C127" s="14" t="n">
-        <v>1.5216093E7</v>
+        <v>4.5536384E7</v>
       </c>
       <c r="D127" s="14" t="n">
-        <v>1.4743847E7</v>
+        <v>4.284462E7</v>
       </c>
       <c r="E127" s="14" t="n">
-        <v>1.407305E7</v>
+        <v>4.12664E7</v>
       </c>
       <c r="F127" s="14" t="n">
-        <v>1.4014119E7</v>
+        <v>4.1797682E7</v>
       </c>
       <c r="G127" s="14" t="n">
-        <v>1.3525188E7</v>
+        <v>4.0148767E7</v>
       </c>
       <c r="H127" s="14" t="n">
-        <v>1.332993E7</v>
+        <v>3.9022348E7</v>
       </c>
       <c r="I127" s="14" t="n">
-        <v>1.2834642E7</v>
+        <v>3.7926081E7</v>
       </c>
       <c r="J127" s="14" t="n">
-        <v>1.2443581E7</v>
+        <v>3.7012911E7</v>
       </c>
       <c r="K127" s="14" t="n">
-        <v>1.1996353E7</v>
+        <v>3.5891251E7</v>
       </c>
       <c r="L127" s="14" t="n">
-        <v>1.2035405E7</v>
+        <v>3.5552645E7</v>
       </c>
       <c r="M127" s="14" t="n">
-        <v>1.1936608E7</v>
+        <v>3.565541E7</v>
       </c>
       <c r="N127" s="14" t="n">
-        <v>1.251447E7</v>
+        <v>3.737437E7</v>
       </c>
       <c r="O127" s="14" t="n">
-        <v>1.2487806E7</v>
+        <v>3.7072855E7</v>
       </c>
       <c r="P127" s="14" t="n">
-        <v>1.2174113E7</v>
+        <v>3.7414311E7</v>
       </c>
       <c r="Q127" s="14" t="n">
-        <v>1.2416894E7</v>
+        <v>3.8135253E7</v>
       </c>
       <c r="R127" s="14" t="n">
-        <v>1.1925733E7</v>
+        <v>3.6314512E7</v>
       </c>
       <c r="S127" s="14" t="n">
-        <v>1.138308E7</v>
+        <v>3.4390593E7</v>
       </c>
       <c r="T127" s="14" t="n">
-        <v>1.0745323E7</v>
+        <v>3.2358764E7</v>
       </c>
       <c r="U127" s="14" t="n">
-        <v>1.0063959E7</v>
+        <v>3.0337123E7</v>
       </c>
       <c r="V127" s="14" t="n">
-        <v>9631016.0</v>
+        <v>2.8867719E7</v>
       </c>
       <c r="W127" s="14" t="n">
-        <v>9064834.0</v>
+        <v>2.6878667E7</v>
       </c>
       <c r="X127" s="14" t="n">
-        <v>8658301.0</v>
+        <v>2.5465747E7</v>
       </c>
       <c r="Y127" s="14" t="n">
-        <v>8069942.0</v>
+        <v>2.3872496E7</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="6" t="inlineStr">
         <is>
-          <t>12 Galicia</t>
+          <t>MADRID (Com. de)</t>
         </is>
       </c>
       <c r="B128" s="6"/>
       <c r="C128" s="6"/>
       <c r="D128" s="6"/>
       <c r="E128" s="6"/>
       <c r="F128" s="6"/>
       <c r="G128" s="6"/>
       <c r="H128" s="6"/>
       <c r="I128" s="6"/>
       <c r="J128" s="6"/>
       <c r="K128" s="6"/>
       <c r="L128" s="6"/>
       <c r="M128" s="6"/>
       <c r="N128" s="6"/>
       <c r="O128" s="6"/>
       <c r="P128" s="6"/>
       <c r="Q128" s="6"/>
       <c r="R128" s="6"/>
       <c r="S128" s="6"/>
       <c r="T128" s="6"/>
       <c r="U128" s="6"/>
       <c r="V128" s="6"/>
       <c r="W128" s="6"/>
       <c r="X128" s="6"/>
       <c r="Y128" s="6"/>
     </row>
     <row r="129">
       <c r="A129" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RESOURCES: Balance of gross primary income</t>
         </is>
       </c>
       <c r="B129" s="14" t="n">
-        <v>5.115954E7</v>
+        <v>2.00254643E8</v>
       </c>
       <c r="C129" s="14" t="n">
-        <v>4.6445179E7</v>
+        <v>1.79050184E8</v>
       </c>
       <c r="D129" s="14" t="n">
-        <v>4.2764707E7</v>
+        <v>1.65128947E8</v>
       </c>
       <c r="E129" s="14" t="n">
-        <v>4.0193909E7</v>
+        <v>1.55478142E8</v>
       </c>
       <c r="F129" s="14" t="n">
-        <v>4.2607136E7</v>
+        <v>1.65248315E8</v>
       </c>
       <c r="G129" s="14" t="n">
-        <v>4.059468E7</v>
+        <v>1.55595976E8</v>
       </c>
       <c r="H129" s="14" t="n">
-        <v>3.9232519E7</v>
+        <v>1.50326236E8</v>
       </c>
       <c r="I129" s="14" t="n">
-        <v>3.8071227E7</v>
+        <v>1.44086368E8</v>
       </c>
       <c r="J129" s="14" t="n">
-        <v>3.718428E7</v>
+        <v>1.39277208E8</v>
       </c>
       <c r="K129" s="14" t="n">
-        <v>3.5934759E7</v>
+        <v>1.32961127E8</v>
       </c>
       <c r="L129" s="14" t="n">
-        <v>3.5535883E7</v>
+        <v>1.30855405E8</v>
       </c>
       <c r="M129" s="14" t="n">
-        <v>3.5910348E7</v>
+        <v>1.32111348E8</v>
       </c>
       <c r="N129" s="14" t="n">
-        <v>3.8321212E7</v>
+        <v>1.39526449E8</v>
       </c>
       <c r="O129" s="14" t="n">
-        <v>3.8384676E7</v>
+        <v>1.37512027E8</v>
       </c>
       <c r="P129" s="14" t="n">
-        <v>3.8283072E7</v>
+        <v>1.37252803E8</v>
       </c>
       <c r="Q129" s="14" t="n">
-        <v>4.0208946E7</v>
+        <v>1.40317403E8</v>
       </c>
       <c r="R129" s="14" t="n">
-        <v>3.8840265E7</v>
+        <v>1.35088949E8</v>
       </c>
       <c r="S129" s="14" t="n">
-        <v>3.6223576E7</v>
+        <v>1.27446761E8</v>
       </c>
       <c r="T129" s="14" t="n">
-        <v>3.374323E7</v>
+        <v>1.17853958E8</v>
       </c>
       <c r="U129" s="14" t="n">
-        <v>3.1529418E7</v>
+        <v>1.09547771E8</v>
       </c>
       <c r="V129" s="14" t="n">
-        <v>2.9623136E7</v>
+        <v>1.02054627E8</v>
       </c>
       <c r="W129" s="14" t="n">
-        <v>2.7972009E7</v>
+        <v>9.5786008E7</v>
       </c>
       <c r="X129" s="14" t="n">
-        <v>2.6576006E7</v>
+        <v>9.0736792E7</v>
       </c>
       <c r="Y129" s="14" t="n">
-        <v>2.4611239E7</v>
+        <v>8.2684124E7</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RESOURCES: Net social contributions</t>
         </is>
       </c>
       <c r="B130" s="14" t="n">
-        <v>18127.0</v>
+        <v>68421.0</v>
       </c>
       <c r="C130" s="14" t="n">
-        <v>13140.0</v>
+        <v>48687.0</v>
       </c>
       <c r="D130" s="14" t="n">
-        <v>15068.0</v>
+        <v>54656.0</v>
       </c>
       <c r="E130" s="14" t="n">
-        <v>15365.0</v>
+        <v>55450.0</v>
       </c>
       <c r="F130" s="14" t="n">
-        <v>15430.0</v>
+        <v>55469.0</v>
       </c>
       <c r="G130" s="14" t="n">
-        <v>11671.0</v>
+        <v>41496.0</v>
       </c>
       <c r="H130" s="14" t="n">
-        <v>10008.0</v>
+        <v>35314.0</v>
       </c>
       <c r="I130" s="14" t="n">
-        <v>7472.0</v>
+        <v>26094.0</v>
       </c>
       <c r="J130" s="14" t="n">
-        <v>7295.0</v>
+        <v>25175.0</v>
       </c>
       <c r="K130" s="14" t="n">
-        <v>6996.0</v>
+        <v>23893.0</v>
       </c>
       <c r="L130" s="14" t="n">
-        <v>7831.0</v>
+        <v>26518.0</v>
       </c>
       <c r="M130" s="14" t="n">
-        <v>10101.0</v>
+        <v>34044.0</v>
       </c>
       <c r="N130" s="14" t="n">
-        <v>12778.0</v>
+        <v>41848.0</v>
       </c>
       <c r="O130" s="14" t="n">
-        <v>15752.0</v>
+        <v>50515.0</v>
       </c>
       <c r="P130" s="14" t="n">
-        <v>17733.0</v>
+        <v>56955.0</v>
       </c>
       <c r="Q130" s="14" t="n">
-        <v>20403.0</v>
+        <v>66225.0</v>
       </c>
       <c r="R130" s="14" t="n">
-        <v>19204.0</v>
+        <v>63499.0</v>
       </c>
       <c r="S130" s="14" t="n">
-        <v>18968.0</v>
+        <v>63641.0</v>
       </c>
       <c r="T130" s="14" t="n">
-        <v>18435.0</v>
+        <v>62416.0</v>
       </c>
       <c r="U130" s="14" t="n">
-        <v>15307.0</v>
+        <v>50627.0</v>
       </c>
       <c r="V130" s="14" t="n">
-        <v>13542.0</v>
+        <v>44673.0</v>
       </c>
       <c r="W130" s="14" t="n">
-        <v>12716.0</v>
+        <v>41850.0</v>
       </c>
       <c r="X130" s="14" t="n">
-        <v>11765.0</v>
+        <v>38888.0</v>
       </c>
       <c r="Y130" s="14" t="n">
-        <v>11113.0</v>
+        <v>37103.0</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RESOURCES: Social benefits other than social transfers in kind (1)</t>
         </is>
       </c>
       <c r="B131" s="14" t="n">
-        <v>1.6499871E7</v>
+        <v>3.9578243E7</v>
       </c>
       <c r="C131" s="14" t="n">
-        <v>1.4977073E7</v>
+        <v>3.5962782E7</v>
       </c>
       <c r="D131" s="14" t="n">
-        <v>1.4977732E7</v>
+        <v>3.6800001E7</v>
       </c>
       <c r="E131" s="14" t="n">
-        <v>1.509185E7</v>
+        <v>3.6788908E7</v>
       </c>
       <c r="F131" s="14" t="n">
-        <v>1.3323545E7</v>
+        <v>3.1940439E7</v>
       </c>
       <c r="G131" s="14" t="n">
-        <v>1.2573425E7</v>
+        <v>2.9622688E7</v>
       </c>
       <c r="H131" s="14" t="n">
-        <v>1.2116934E7</v>
+        <v>2.8655882E7</v>
       </c>
       <c r="I131" s="14" t="n">
-        <v>1.1962557E7</v>
+        <v>2.7996035E7</v>
       </c>
       <c r="J131" s="14" t="n">
-        <v>1.1851565E7</v>
+        <v>2.7509319E7</v>
       </c>
       <c r="K131" s="14" t="n">
-        <v>1.1925794E7</v>
+        <v>2.7709362E7</v>
       </c>
       <c r="L131" s="14" t="n">
-        <v>1.2021781E7</v>
+        <v>2.801579E7</v>
       </c>
       <c r="M131" s="14" t="n">
-        <v>1.177955E7</v>
+        <v>2.7193352E7</v>
       </c>
       <c r="N131" s="14" t="n">
-        <v>1.1453481E7</v>
+        <v>2.6700572E7</v>
       </c>
       <c r="O131" s="14" t="n">
-        <v>1.1320729E7</v>
+        <v>2.6732622E7</v>
       </c>
       <c r="P131" s="14" t="n">
-        <v>1.1059815E7</v>
+        <v>2.4916797E7</v>
       </c>
       <c r="Q131" s="14" t="n">
-        <v>1.0057629E7</v>
+        <v>2.2195805E7</v>
       </c>
       <c r="R131" s="14" t="n">
-        <v>9208427.0</v>
+        <v>1.9503854E7</v>
       </c>
       <c r="S131" s="14" t="n">
-        <v>8748000.0</v>
+        <v>1.8027668E7</v>
       </c>
       <c r="T131" s="14" t="n">
-        <v>8126578.0</v>
+        <v>1.658073E7</v>
       </c>
       <c r="U131" s="14" t="n">
-        <v>7614056.0</v>
+        <v>1.5602315E7</v>
       </c>
       <c r="V131" s="14" t="n">
-        <v>7052010.0</v>
+        <v>1.4271043E7</v>
       </c>
       <c r="W131" s="14" t="n">
-        <v>6727063.0</v>
+        <v>1.3397703E7</v>
       </c>
       <c r="X131" s="14" t="n">
-        <v>6136320.0</v>
+        <v>1.1799417E7</v>
       </c>
       <c r="Y131" s="14" t="n">
-        <v>5892874.0</v>
+        <v>1.1488712E7</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RESOURCES: Other current transfers</t>
         </is>
       </c>
       <c r="B132" s="14" t="n">
-        <v>4982972.0</v>
+        <v>1.4199161E7</v>
       </c>
       <c r="C132" s="14" t="n">
-        <v>4769446.0</v>
+        <v>1.3025431E7</v>
       </c>
       <c r="D132" s="14" t="n">
-        <v>4496180.0</v>
+        <v>1.256195E7</v>
       </c>
       <c r="E132" s="14" t="n">
-        <v>3702926.0</v>
+        <v>1.1196766E7</v>
       </c>
       <c r="F132" s="14" t="n">
-        <v>3713310.0</v>
+        <v>1.1701892E7</v>
       </c>
       <c r="G132" s="14" t="n">
-        <v>3735859.0</v>
+        <v>1.0654973E7</v>
       </c>
       <c r="H132" s="14" t="n">
-        <v>3584502.0</v>
+        <v>9765457.0</v>
       </c>
       <c r="I132" s="14" t="n">
-        <v>2960552.0</v>
+        <v>9034117.0</v>
       </c>
       <c r="J132" s="14" t="n">
-        <v>2733824.0</v>
+        <v>7914824.0</v>
       </c>
       <c r="K132" s="14" t="n">
-        <v>2579903.0</v>
+        <v>8219180.0</v>
       </c>
       <c r="L132" s="14" t="n">
-        <v>2415246.0</v>
+        <v>7478170.0</v>
       </c>
       <c r="M132" s="14" t="n">
-        <v>2423137.0</v>
+        <v>7430965.0</v>
       </c>
       <c r="N132" s="14" t="n">
-        <v>2292766.0</v>
+        <v>7383652.0</v>
       </c>
       <c r="O132" s="14" t="n">
-        <v>2219718.0</v>
+        <v>7635330.0</v>
       </c>
       <c r="P132" s="14" t="n">
-        <v>2711719.0</v>
+        <v>8264892.0</v>
       </c>
       <c r="Q132" s="14" t="n">
-        <v>2915232.0</v>
+        <v>7946565.0</v>
       </c>
       <c r="R132" s="14" t="n">
-        <v>2651365.0</v>
+        <v>7560787.0</v>
       </c>
       <c r="S132" s="14" t="n">
-        <v>2401538.0</v>
+        <v>7031268.0</v>
       </c>
       <c r="T132" s="14" t="n">
-        <v>2514769.0</v>
+        <v>6634890.0</v>
       </c>
       <c r="U132" s="14" t="n">
-        <v>2533440.0</v>
+        <v>6831536.0</v>
       </c>
       <c r="V132" s="14" t="n">
-        <v>2547426.0</v>
+        <v>6506441.0</v>
       </c>
       <c r="W132" s="14" t="n">
-        <v>2380844.0</v>
+        <v>5802298.0</v>
       </c>
       <c r="X132" s="14" t="n">
-        <v>2318862.0</v>
+        <v>5895049.0</v>
       </c>
       <c r="Y132" s="14" t="n">
-        <v>2236417.0</v>
+        <v>5804965.0</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT: Current taxes on income, capital gains, etc.</t>
         </is>
       </c>
       <c r="B133" s="14" t="n">
-        <v>7043310.0</v>
+        <v>3.3260038E7</v>
       </c>
       <c r="C133" s="14" t="n">
-        <v>6320079.0</v>
+        <v>3.0084375E7</v>
       </c>
       <c r="D133" s="14" t="n">
-        <v>5359253.0</v>
+        <v>2.5913498E7</v>
       </c>
       <c r="E133" s="14" t="n">
-        <v>5122314.0</v>
+        <v>2.4408956E7</v>
       </c>
       <c r="F133" s="14" t="n">
-        <v>5126439.0</v>
+        <v>2.4887706E7</v>
       </c>
       <c r="G133" s="14" t="n">
-        <v>4753355.0</v>
+        <v>2.3604006E7</v>
       </c>
       <c r="H133" s="14" t="n">
-        <v>4503542.0</v>
+        <v>2.1635544E7</v>
       </c>
       <c r="I133" s="14" t="n">
-        <v>4231764.0</v>
+        <v>2.0363183E7</v>
       </c>
       <c r="J133" s="14" t="n">
-        <v>4232563.0</v>
+        <v>1.99164E7</v>
       </c>
       <c r="K133" s="14" t="n">
-        <v>4267941.0</v>
+        <v>1.9900103E7</v>
       </c>
       <c r="L133" s="14" t="n">
-        <v>4174250.0</v>
+        <v>1.9318055E7</v>
       </c>
       <c r="M133" s="14" t="n">
-        <v>4120945.0</v>
+        <v>1.931219E7</v>
       </c>
       <c r="N133" s="14" t="n">
-        <v>4072465.0</v>
+        <v>1.8791393E7</v>
       </c>
       <c r="O133" s="14" t="n">
-        <v>3974527.0</v>
+        <v>1.8227548E7</v>
       </c>
       <c r="P133" s="14" t="n">
-        <v>3692834.0</v>
+        <v>1.739448E7</v>
       </c>
       <c r="Q133" s="14" t="n">
-        <v>3954313.0</v>
+        <v>1.9572863E7</v>
       </c>
       <c r="R133" s="14" t="n">
-        <v>4005640.0</v>
+        <v>1.9275547E7</v>
       </c>
       <c r="S133" s="14" t="n">
-        <v>3400575.0</v>
+        <v>1.6558172E7</v>
       </c>
       <c r="T133" s="14" t="n">
-        <v>2988081.0</v>
+        <v>1.4411601E7</v>
       </c>
       <c r="U133" s="14" t="n">
-        <v>2882841.0</v>
+        <v>1.3859542E7</v>
       </c>
       <c r="V133" s="14" t="n">
-        <v>2473622.0</v>
+        <v>1.2528363E7</v>
       </c>
       <c r="W133" s="14" t="n">
-        <v>2538204.0</v>
+        <v>1.2413183E7</v>
       </c>
       <c r="X133" s="14" t="n">
-        <v>2353731.0</v>
+        <v>1.1599462E7</v>
       </c>
       <c r="Y133" s="14" t="n">
-        <v>2069898.0</v>
+        <v>1.0583616E7</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT:   Net social contributions (2)</t>
         </is>
       </c>
       <c r="B134" s="14" t="n">
-        <v>1.0386594E7</v>
+        <v>4.160235E7</v>
       </c>
       <c r="C134" s="14" t="n">
-        <v>9567515.0</v>
+        <v>3.7375587E7</v>
       </c>
       <c r="D134" s="14" t="n">
-        <v>9388607.0</v>
+        <v>3.5451285E7</v>
       </c>
       <c r="E134" s="14" t="n">
-        <v>8827971.0</v>
+        <v>3.3926318E7</v>
       </c>
       <c r="F134" s="14" t="n">
-        <v>8809835.0</v>
+        <v>3.3163051E7</v>
       </c>
       <c r="G134" s="14" t="n">
-        <v>8235201.0</v>
+        <v>3.0435326E7</v>
       </c>
       <c r="H134" s="14" t="n">
-        <v>7925128.0</v>
+        <v>2.9112204E7</v>
       </c>
       <c r="I134" s="14" t="n">
-        <v>7713821.0</v>
+        <v>2.8059846E7</v>
       </c>
       <c r="J134" s="14" t="n">
-        <v>7624397.0</v>
+        <v>2.7437036E7</v>
       </c>
       <c r="K134" s="14" t="n">
-        <v>7684503.0</v>
+        <v>2.733479E7</v>
       </c>
       <c r="L134" s="14" t="n">
-        <v>7670294.0</v>
+        <v>2.6762555E7</v>
       </c>
       <c r="M134" s="14" t="n">
-        <v>7880508.0</v>
+        <v>2.7438915E7</v>
       </c>
       <c r="N134" s="14" t="n">
-        <v>8296806.0</v>
+        <v>2.8323754E7</v>
       </c>
       <c r="O134" s="14" t="n">
-        <v>8517698.0</v>
+        <v>2.8762415E7</v>
       </c>
       <c r="P134" s="14" t="n">
-        <v>8432313.0</v>
+        <v>2.8562027E7</v>
       </c>
       <c r="Q134" s="14" t="n">
-        <v>8424477.0</v>
+        <v>2.8761848E7</v>
       </c>
       <c r="R134" s="14" t="n">
-        <v>7884414.0</v>
+        <v>2.6691822E7</v>
       </c>
       <c r="S134" s="14" t="n">
-        <v>7349081.0</v>
+        <v>2.5302208E7</v>
       </c>
       <c r="T134" s="14" t="n">
-        <v>6732073.0</v>
+        <v>2.3101727E7</v>
       </c>
       <c r="U134" s="14" t="n">
-        <v>6359086.0</v>
+        <v>2.1498602E7</v>
       </c>
       <c r="V134" s="14" t="n">
-        <v>5790218.0</v>
+        <v>1.9752892E7</v>
       </c>
       <c r="W134" s="14" t="n">
-        <v>5593959.0</v>
+        <v>1.8995456E7</v>
       </c>
       <c r="X134" s="14" t="n">
-        <v>5237593.0</v>
+        <v>1.7720794E7</v>
       </c>
       <c r="Y134" s="14" t="n">
-        <v>4933921.0</v>
+        <v>1.6374224E7</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT: Social benefits other than social transfers in kind</t>
         </is>
       </c>
       <c r="B135" s="14" t="n">
-        <v>19401.0</v>
+        <v>73768.0</v>
       </c>
       <c r="C135" s="14" t="n">
-        <v>17755.0</v>
+        <v>66372.0</v>
       </c>
       <c r="D135" s="14" t="n">
-        <v>11560.0</v>
+        <v>43207.0</v>
       </c>
       <c r="E135" s="14" t="n">
-        <v>10293.0</v>
+        <v>38887.0</v>
       </c>
       <c r="F135" s="14" t="n">
-        <v>10484.0</v>
+        <v>39306.0</v>
       </c>
       <c r="G135" s="14" t="n">
-        <v>8652.0</v>
+        <v>30042.0</v>
       </c>
       <c r="H135" s="14" t="n">
-        <v>6544.0</v>
+        <v>25752.0</v>
       </c>
       <c r="I135" s="14" t="n">
-        <v>5674.0</v>
+        <v>20476.0</v>
       </c>
       <c r="J135" s="14" t="n">
-        <v>4727.0</v>
+        <v>16332.0</v>
       </c>
       <c r="K135" s="14" t="n">
-        <v>2991.0</v>
+        <v>10492.0</v>
       </c>
       <c r="L135" s="14" t="n">
-        <v>4710.0</v>
+        <v>17738.0</v>
       </c>
       <c r="M135" s="14" t="n">
-        <v>6882.0</v>
+        <v>25352.0</v>
       </c>
       <c r="N135" s="14" t="n">
-        <v>7433.0</v>
+        <v>26189.0</v>
       </c>
       <c r="O135" s="14" t="n">
-        <v>18176.0</v>
+        <v>60390.0</v>
       </c>
       <c r="P135" s="14" t="n">
-        <v>17135.0</v>
+        <v>59239.0</v>
       </c>
       <c r="Q135" s="14" t="n">
-        <v>18052.0</v>
+        <v>63063.0</v>
       </c>
       <c r="R135" s="14" t="n">
-        <v>19267.0</v>
+        <v>71308.0</v>
       </c>
       <c r="S135" s="14" t="n">
-        <v>17282.0</v>
+        <v>63944.0</v>
       </c>
       <c r="T135" s="14" t="n">
-        <v>15469.0</v>
+        <v>58083.0</v>
       </c>
       <c r="U135" s="14" t="n">
-        <v>13810.0</v>
+        <v>50568.0</v>
       </c>
       <c r="V135" s="14" t="n">
-        <v>12861.0</v>
+        <v>47213.0</v>
       </c>
       <c r="W135" s="14" t="n">
-        <v>11322.0</v>
+        <v>40907.0</v>
       </c>
       <c r="X135" s="14" t="n">
-        <v>9659.0</v>
+        <v>30964.0</v>
       </c>
       <c r="Y135" s="14" t="n">
-        <v>14158.0</v>
+        <v>45849.0</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT:   Other current transfers</t>
         </is>
       </c>
       <c r="B136" s="14" t="n">
-        <v>5073241.0</v>
+        <v>1.6111028E7</v>
       </c>
       <c r="C136" s="14" t="n">
-        <v>4763105.0</v>
+        <v>1.5031354E7</v>
       </c>
       <c r="D136" s="14" t="n">
-        <v>4649647.0</v>
+        <v>1.438798E7</v>
       </c>
       <c r="E136" s="14" t="n">
-        <v>3777072.0</v>
+        <v>1.2216865E7</v>
       </c>
       <c r="F136" s="14" t="n">
-        <v>3914981.0</v>
+        <v>1.3379181E7</v>
       </c>
       <c r="G136" s="14" t="n">
-        <v>3769660.0</v>
+        <v>1.2486182E7</v>
       </c>
       <c r="H136" s="14" t="n">
-        <v>3486401.0</v>
+        <v>1.1315415E7</v>
       </c>
       <c r="I136" s="14" t="n">
-        <v>3124468.0</v>
+        <v>1.0103516E7</v>
       </c>
       <c r="J136" s="14" t="n">
-        <v>2902366.0</v>
+        <v>9521602.0</v>
       </c>
       <c r="K136" s="14" t="n">
-        <v>2600766.0</v>
+        <v>9044460.0</v>
       </c>
       <c r="L136" s="14" t="n">
-        <v>2578842.0</v>
+        <v>8793402.0</v>
       </c>
       <c r="M136" s="14" t="n">
-        <v>2459391.0</v>
+        <v>8548245.0</v>
       </c>
       <c r="N136" s="14" t="n">
-        <v>2329163.0</v>
+        <v>8514727.0</v>
       </c>
       <c r="O136" s="14" t="n">
-        <v>2357619.0</v>
+        <v>8632573.0</v>
       </c>
       <c r="P136" s="14" t="n">
-        <v>2515746.0</v>
+        <v>8942283.0</v>
       </c>
       <c r="Q136" s="14" t="n">
-        <v>2670115.0</v>
+        <v>9226927.0</v>
       </c>
       <c r="R136" s="14" t="n">
-        <v>2495428.0</v>
+        <v>8985774.0</v>
       </c>
       <c r="S136" s="14" t="n">
-        <v>2234551.0</v>
+        <v>8303005.0</v>
       </c>
       <c r="T136" s="14" t="n">
-        <v>2308625.0</v>
+        <v>7800211.0</v>
       </c>
       <c r="U136" s="14" t="n">
-        <v>2099361.0</v>
+        <v>7340872.0</v>
       </c>
       <c r="V136" s="14" t="n">
-        <v>2091694.0</v>
+        <v>6870643.0</v>
       </c>
       <c r="W136" s="14" t="n">
-        <v>2070480.0</v>
+        <v>6017328.0</v>
       </c>
       <c r="X136" s="14" t="n">
-        <v>1976223.0</v>
+        <v>6131306.0</v>
       </c>
       <c r="Y136" s="14" t="n">
-        <v>1861170.0</v>
+        <v>5740191.0</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT: Gross disposable income</t>
         </is>
       </c>
       <c r="B137" s="14" t="n">
-        <v>5.0137964E7</v>
+        <v>1.63053284E8</v>
       </c>
       <c r="C137" s="14" t="n">
-        <v>4.5536384E7</v>
+        <v>1.45529396E8</v>
       </c>
       <c r="D137" s="14" t="n">
-        <v>4.284462E7</v>
+        <v>1.38749584E8</v>
       </c>
       <c r="E137" s="14" t="n">
-        <v>4.12664E7</v>
+        <v>1.3292824E8</v>
       </c>
       <c r="F137" s="14" t="n">
-        <v>4.1797682E7</v>
+        <v>1.37476871E8</v>
       </c>
       <c r="G137" s="14" t="n">
-        <v>4.0148767E7</v>
+        <v>1.29359577E8</v>
       </c>
       <c r="H137" s="14" t="n">
-        <v>3.9022348E7</v>
+        <v>1.26693974E8</v>
       </c>
       <c r="I137" s="14" t="n">
-        <v>3.7926081E7</v>
+        <v>1.22595593E8</v>
       </c>
       <c r="J137" s="14" t="n">
-        <v>3.7012911E7</v>
+        <v>1.17835156E8</v>
       </c>
       <c r="K137" s="14" t="n">
-        <v>3.5891251E7</v>
+        <v>1.12623717E8</v>
       </c>
       <c r="L137" s="14" t="n">
-        <v>3.5552645E7</v>
+        <v>1.11484133E8</v>
       </c>
       <c r="M137" s="14" t="n">
-        <v>3.565541E7</v>
+        <v>1.11445007E8</v>
       </c>
       <c r="N137" s="14" t="n">
-        <v>3.737437E7</v>
+        <v>1.17996458E8</v>
       </c>
       <c r="O137" s="14" t="n">
-        <v>3.7072855E7</v>
+        <v>1.16247568E8</v>
       </c>
       <c r="P137" s="14" t="n">
-        <v>3.7414311E7</v>
+        <v>1.15533418E8</v>
       </c>
       <c r="Q137" s="14" t="n">
-        <v>3.8135253E7</v>
+        <v>1.12901297E8</v>
       </c>
       <c r="R137" s="14" t="n">
-        <v>3.6314512E7</v>
+        <v>1.07192638E8</v>
       </c>
       <c r="S137" s="14" t="n">
-        <v>3.4390593E7</v>
+        <v>1.02342009E8</v>
       </c>
       <c r="T137" s="14" t="n">
-        <v>3.2358764E7</v>
+        <v>9.5760372E7</v>
       </c>
       <c r="U137" s="14" t="n">
-        <v>3.0337123E7</v>
+        <v>8.9282665E7</v>
       </c>
       <c r="V137" s="14" t="n">
-        <v>2.8867719E7</v>
+        <v>8.3677673E7</v>
       </c>
       <c r="W137" s="14" t="n">
-        <v>2.6878667E7</v>
+        <v>7.7560985E7</v>
       </c>
       <c r="X137" s="14" t="n">
-        <v>2.5465747E7</v>
+        <v>7.298762E7</v>
       </c>
       <c r="Y137" s="14" t="n">
-        <v>2.3872496E7</v>
+        <v>6.7271024E7</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="6" t="inlineStr">
         <is>
-          <t>13 Madrid, Comunidad de</t>
+          <t>MURCIA  (Región de)</t>
         </is>
       </c>
       <c r="B138" s="6"/>
       <c r="C138" s="6"/>
       <c r="D138" s="6"/>
       <c r="E138" s="6"/>
       <c r="F138" s="6"/>
       <c r="G138" s="6"/>
       <c r="H138" s="6"/>
       <c r="I138" s="6"/>
       <c r="J138" s="6"/>
       <c r="K138" s="6"/>
       <c r="L138" s="6"/>
       <c r="M138" s="6"/>
       <c r="N138" s="6"/>
       <c r="O138" s="6"/>
       <c r="P138" s="6"/>
       <c r="Q138" s="6"/>
       <c r="R138" s="6"/>
       <c r="S138" s="6"/>
       <c r="T138" s="6"/>
       <c r="U138" s="6"/>
       <c r="V138" s="6"/>
       <c r="W138" s="6"/>
       <c r="X138" s="6"/>
       <c r="Y138" s="6"/>
     </row>
     <row r="139">
       <c r="A139" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RESOURCES: Balance of gross primary income</t>
         </is>
       </c>
       <c r="B139" s="14" t="n">
-        <v>2.00254643E8</v>
+        <v>2.8043724E7</v>
       </c>
       <c r="C139" s="14" t="n">
-        <v>1.79050184E8</v>
+        <v>2.5513769E7</v>
       </c>
       <c r="D139" s="14" t="n">
-        <v>1.65128947E8</v>
+        <v>2.3433387E7</v>
       </c>
       <c r="E139" s="14" t="n">
-        <v>1.55478142E8</v>
+        <v>2.1714939E7</v>
       </c>
       <c r="F139" s="14" t="n">
-        <v>1.65248315E8</v>
+        <v>2.2497413E7</v>
       </c>
       <c r="G139" s="14" t="n">
-        <v>1.55595976E8</v>
+        <v>2.1155811E7</v>
       </c>
       <c r="H139" s="14" t="n">
-        <v>1.50326236E8</v>
+        <v>2.0205192E7</v>
       </c>
       <c r="I139" s="14" t="n">
-        <v>1.44086368E8</v>
+        <v>1.9354752E7</v>
       </c>
       <c r="J139" s="14" t="n">
-        <v>1.39277208E8</v>
+        <v>1.8799608E7</v>
       </c>
       <c r="K139" s="14" t="n">
-        <v>1.32961127E8</v>
+        <v>1.7899368E7</v>
       </c>
       <c r="L139" s="14" t="n">
-        <v>1.30855405E8</v>
+        <v>1.7850163E7</v>
       </c>
       <c r="M139" s="14" t="n">
-        <v>1.32111348E8</v>
+        <v>1.7789643E7</v>
       </c>
       <c r="N139" s="14" t="n">
-        <v>1.39526449E8</v>
+        <v>1.8959936E7</v>
       </c>
       <c r="O139" s="14" t="n">
-        <v>1.37512027E8</v>
+        <v>1.9162597E7</v>
       </c>
       <c r="P139" s="14" t="n">
-        <v>1.37252803E8</v>
+        <v>1.8958628E7</v>
       </c>
       <c r="Q139" s="14" t="n">
-        <v>1.40317403E8</v>
+        <v>2.0025564E7</v>
       </c>
       <c r="R139" s="14" t="n">
-        <v>1.35088949E8</v>
+        <v>1.9412895E7</v>
       </c>
       <c r="S139" s="14" t="n">
-        <v>1.27446761E8</v>
+        <v>1.7974868E7</v>
       </c>
       <c r="T139" s="14" t="n">
-        <v>1.17853958E8</v>
+        <v>1.6786624E7</v>
       </c>
       <c r="U139" s="14" t="n">
-        <v>1.09547771E8</v>
+        <v>1.5390517E7</v>
       </c>
       <c r="V139" s="14" t="n">
-        <v>1.02054627E8</v>
+        <v>1.4361376E7</v>
       </c>
       <c r="W139" s="14" t="n">
-        <v>9.5786008E7</v>
+        <v>1.3304554E7</v>
       </c>
       <c r="X139" s="14" t="n">
-        <v>9.0736792E7</v>
+        <v>1.2256262E7</v>
       </c>
       <c r="Y139" s="14" t="n">
-        <v>8.2684124E7</v>
+        <v>1.1102617E7</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RESOURCES: Net social contributions</t>
         </is>
       </c>
       <c r="B140" s="14" t="n">
-        <v>68421.0</v>
+        <v>10087.0</v>
       </c>
       <c r="C140" s="14" t="n">
-        <v>48687.0</v>
+        <v>7277.0</v>
       </c>
       <c r="D140" s="14" t="n">
-        <v>54656.0</v>
+        <v>8233.0</v>
       </c>
       <c r="E140" s="14" t="n">
-        <v>55450.0</v>
+        <v>8210.0</v>
       </c>
       <c r="F140" s="14" t="n">
-        <v>55469.0</v>
+        <v>8149.0</v>
       </c>
       <c r="G140" s="14" t="n">
-        <v>41496.0</v>
+        <v>6095.0</v>
       </c>
       <c r="H140" s="14" t="n">
-        <v>35314.0</v>
+        <v>5191.0</v>
       </c>
       <c r="I140" s="14" t="n">
-        <v>26094.0</v>
+        <v>3817.0</v>
       </c>
       <c r="J140" s="14" t="n">
-        <v>25175.0</v>
+        <v>3651.0</v>
       </c>
       <c r="K140" s="14" t="n">
-        <v>23893.0</v>
+        <v>3437.0</v>
       </c>
       <c r="L140" s="14" t="n">
-        <v>26518.0</v>
+        <v>3784.0</v>
       </c>
       <c r="M140" s="14" t="n">
-        <v>34044.0</v>
+        <v>4910.0</v>
       </c>
       <c r="N140" s="14" t="n">
-        <v>41848.0</v>
+        <v>6201.0</v>
       </c>
       <c r="O140" s="14" t="n">
-        <v>50515.0</v>
+        <v>7543.0</v>
       </c>
       <c r="P140" s="14" t="n">
-        <v>56955.0</v>
+        <v>8589.0</v>
       </c>
       <c r="Q140" s="14" t="n">
-        <v>66225.0</v>
+        <v>10532.0</v>
       </c>
       <c r="R140" s="14" t="n">
-        <v>63499.0</v>
+        <v>10268.0</v>
       </c>
       <c r="S140" s="14" t="n">
-        <v>63641.0</v>
+        <v>10328.0</v>
       </c>
       <c r="T140" s="14" t="n">
-        <v>62416.0</v>
+        <v>10014.0</v>
       </c>
       <c r="U140" s="14" t="n">
-        <v>50627.0</v>
+        <v>7955.0</v>
       </c>
       <c r="V140" s="14" t="n">
-        <v>44673.0</v>
+        <v>6877.0</v>
       </c>
       <c r="W140" s="14" t="n">
-        <v>41850.0</v>
+        <v>6293.0</v>
       </c>
       <c r="X140" s="14" t="n">
-        <v>38888.0</v>
+        <v>5653.0</v>
       </c>
       <c r="Y140" s="14" t="n">
-        <v>37103.0</v>
+        <v>5299.0</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RESOURCES: Social benefits other than social transfers in kind (1)</t>
         </is>
       </c>
       <c r="B141" s="14" t="n">
-        <v>3.9578243E7</v>
+        <v>7123774.0</v>
       </c>
       <c r="C141" s="14" t="n">
-        <v>3.5962782E7</v>
+        <v>6386945.0</v>
       </c>
       <c r="D141" s="14" t="n">
-        <v>3.6800001E7</v>
+        <v>6358256.0</v>
       </c>
       <c r="E141" s="14" t="n">
-        <v>3.6788908E7</v>
+        <v>6278667.0</v>
       </c>
       <c r="F141" s="14" t="n">
-        <v>3.1940439E7</v>
+        <v>5575932.0</v>
       </c>
       <c r="G141" s="14" t="n">
-        <v>2.9622688E7</v>
+        <v>5190221.0</v>
       </c>
       <c r="H141" s="14" t="n">
-        <v>2.8655882E7</v>
+        <v>4931998.0</v>
       </c>
       <c r="I141" s="14" t="n">
-        <v>2.7996035E7</v>
+        <v>4889562.0</v>
       </c>
       <c r="J141" s="14" t="n">
-        <v>2.7509319E7</v>
+        <v>4827858.0</v>
       </c>
       <c r="K141" s="14" t="n">
-        <v>2.7709362E7</v>
+        <v>4879903.0</v>
       </c>
       <c r="L141" s="14" t="n">
-        <v>2.801579E7</v>
+        <v>4946475.0</v>
       </c>
       <c r="M141" s="14" t="n">
-        <v>2.7193352E7</v>
+        <v>5014451.0</v>
       </c>
       <c r="N141" s="14" t="n">
-        <v>2.6700572E7</v>
+        <v>4959160.0</v>
       </c>
       <c r="O141" s="14" t="n">
-        <v>2.6732622E7</v>
+        <v>4970953.0</v>
       </c>
       <c r="P141" s="14" t="n">
-        <v>2.4916797E7</v>
+        <v>4681212.0</v>
       </c>
       <c r="Q141" s="14" t="n">
-        <v>2.2195805E7</v>
+        <v>4083709.0</v>
       </c>
       <c r="R141" s="14" t="n">
-        <v>1.9503854E7</v>
+        <v>3520089.0</v>
       </c>
       <c r="S141" s="14" t="n">
-        <v>1.8027668E7</v>
+        <v>3258035.0</v>
       </c>
       <c r="T141" s="14" t="n">
-        <v>1.658073E7</v>
+        <v>2965107.0</v>
       </c>
       <c r="U141" s="14" t="n">
-        <v>1.5602315E7</v>
+        <v>2763471.0</v>
       </c>
       <c r="V141" s="14" t="n">
-        <v>1.4271043E7</v>
+        <v>2527074.0</v>
       </c>
       <c r="W141" s="14" t="n">
-        <v>1.3397703E7</v>
+        <v>2380178.0</v>
       </c>
       <c r="X141" s="14" t="n">
-        <v>1.1799417E7</v>
+        <v>2158637.0</v>
       </c>
       <c r="Y141" s="14" t="n">
-        <v>1.1488712E7</v>
+        <v>2097399.0</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RESOURCES: Other current transfers</t>
         </is>
       </c>
       <c r="B142" s="14" t="n">
-        <v>1.4199161E7</v>
+        <v>2683888.0</v>
       </c>
       <c r="C142" s="14" t="n">
-        <v>1.3025431E7</v>
+        <v>2454609.0</v>
       </c>
       <c r="D142" s="14" t="n">
-        <v>1.256195E7</v>
+        <v>2391770.0</v>
       </c>
       <c r="E142" s="14" t="n">
-        <v>1.1196766E7</v>
+        <v>1886605.0</v>
       </c>
       <c r="F142" s="14" t="n">
-        <v>1.1701892E7</v>
+        <v>1853124.0</v>
       </c>
       <c r="G142" s="14" t="n">
-        <v>1.0654973E7</v>
+        <v>1756238.0</v>
       </c>
       <c r="H142" s="14" t="n">
-        <v>9765457.0</v>
+        <v>1599634.0</v>
       </c>
       <c r="I142" s="14" t="n">
-        <v>9034117.0</v>
+        <v>1416663.0</v>
       </c>
       <c r="J142" s="14" t="n">
-        <v>7914824.0</v>
+        <v>1257552.0</v>
       </c>
       <c r="K142" s="14" t="n">
-        <v>8219180.0</v>
+        <v>1142658.0</v>
       </c>
       <c r="L142" s="14" t="n">
-        <v>7478170.0</v>
+        <v>1156293.0</v>
       </c>
       <c r="M142" s="14" t="n">
-        <v>7430965.0</v>
+        <v>1108175.0</v>
       </c>
       <c r="N142" s="14" t="n">
-        <v>7383652.0</v>
+        <v>1115776.0</v>
       </c>
       <c r="O142" s="14" t="n">
-        <v>7635330.0</v>
+        <v>1087510.0</v>
       </c>
       <c r="P142" s="14" t="n">
-        <v>8264892.0</v>
+        <v>1307150.0</v>
       </c>
       <c r="Q142" s="14" t="n">
-        <v>7946565.0</v>
+        <v>1425173.0</v>
       </c>
       <c r="R142" s="14" t="n">
-        <v>7560787.0</v>
+        <v>1346176.0</v>
       </c>
       <c r="S142" s="14" t="n">
-        <v>7031268.0</v>
+        <v>1296112.0</v>
       </c>
       <c r="T142" s="14" t="n">
-        <v>6634890.0</v>
+        <v>1236137.0</v>
       </c>
       <c r="U142" s="14" t="n">
-        <v>6831536.0</v>
+        <v>1191017.0</v>
       </c>
       <c r="V142" s="14" t="n">
-        <v>6506441.0</v>
+        <v>1143990.0</v>
       </c>
       <c r="W142" s="14" t="n">
-        <v>5802298.0</v>
+        <v>1321481.0</v>
       </c>
       <c r="X142" s="14" t="n">
-        <v>5895049.0</v>
+        <v>948130.0</v>
       </c>
       <c r="Y142" s="14" t="n">
-        <v>5804965.0</v>
+        <v>895908.0</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT: Current taxes on income, capital gains, etc.</t>
         </is>
       </c>
       <c r="B143" s="14" t="n">
-        <v>3.3260038E7</v>
+        <v>3157823.0</v>
       </c>
       <c r="C143" s="14" t="n">
-        <v>3.0084375E7</v>
+        <v>2861651.0</v>
       </c>
       <c r="D143" s="14" t="n">
-        <v>2.5913498E7</v>
+        <v>2474696.0</v>
       </c>
       <c r="E143" s="14" t="n">
-        <v>2.4408956E7</v>
+        <v>2389672.0</v>
       </c>
       <c r="F143" s="14" t="n">
-        <v>2.4887706E7</v>
+        <v>2269173.0</v>
       </c>
       <c r="G143" s="14" t="n">
-        <v>2.3604006E7</v>
+        <v>2122943.0</v>
       </c>
       <c r="H143" s="14" t="n">
-        <v>2.1635544E7</v>
+        <v>2002892.0</v>
       </c>
       <c r="I143" s="14" t="n">
-        <v>2.0363183E7</v>
+        <v>1843088.0</v>
       </c>
       <c r="J143" s="14" t="n">
-        <v>1.99164E7</v>
+        <v>1824565.0</v>
       </c>
       <c r="K143" s="14" t="n">
-        <v>1.9900103E7</v>
+        <v>1827655.0</v>
       </c>
       <c r="L143" s="14" t="n">
-        <v>1.9318055E7</v>
+        <v>1781375.0</v>
       </c>
       <c r="M143" s="14" t="n">
-        <v>1.931219E7</v>
+        <v>1747171.0</v>
       </c>
       <c r="N143" s="14" t="n">
-        <v>1.8791393E7</v>
+        <v>1773192.0</v>
       </c>
       <c r="O143" s="14" t="n">
-        <v>1.8227548E7</v>
+        <v>1745126.0</v>
       </c>
       <c r="P143" s="14" t="n">
-        <v>1.739448E7</v>
+        <v>1649863.0</v>
       </c>
       <c r="Q143" s="14" t="n">
-        <v>1.9572863E7</v>
+        <v>1824122.0</v>
       </c>
       <c r="R143" s="14" t="n">
-        <v>1.9275547E7</v>
+        <v>1885647.0</v>
       </c>
       <c r="S143" s="14" t="n">
-        <v>1.6558172E7</v>
+        <v>1669895.0</v>
       </c>
       <c r="T143" s="14" t="n">
-        <v>1.4411601E7</v>
+        <v>1382520.0</v>
       </c>
       <c r="U143" s="14" t="n">
-        <v>1.3859542E7</v>
+        <v>1302716.0</v>
       </c>
       <c r="V143" s="14" t="n">
-        <v>1.2528363E7</v>
+        <v>1087507.0</v>
       </c>
       <c r="W143" s="14" t="n">
-        <v>1.2413183E7</v>
+        <v>1038873.0</v>
       </c>
       <c r="X143" s="14" t="n">
-        <v>1.1599462E7</v>
+        <v>908685.0</v>
       </c>
       <c r="Y143" s="14" t="n">
-        <v>1.0583616E7</v>
+        <v>803692.0</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT:   Net social contributions (2)</t>
         </is>
       </c>
       <c r="B144" s="14" t="n">
-        <v>4.160235E7</v>
+        <v>5752897.0</v>
       </c>
       <c r="C144" s="14" t="n">
-        <v>3.7375587E7</v>
+        <v>5228943.0</v>
       </c>
       <c r="D144" s="14" t="n">
-        <v>3.5451285E7</v>
+        <v>5123211.0</v>
       </c>
       <c r="E144" s="14" t="n">
-        <v>3.3926318E7</v>
+        <v>4770993.0</v>
       </c>
       <c r="F144" s="14" t="n">
-        <v>3.3163051E7</v>
+        <v>4614364.0</v>
       </c>
       <c r="G144" s="14" t="n">
-        <v>3.0435326E7</v>
+        <v>4254645.0</v>
       </c>
       <c r="H144" s="14" t="n">
-        <v>2.9112204E7</v>
+        <v>4065448.0</v>
       </c>
       <c r="I144" s="14" t="n">
-        <v>2.8059846E7</v>
+        <v>3871176.0</v>
       </c>
       <c r="J144" s="14" t="n">
-        <v>2.7437036E7</v>
+        <v>3754289.0</v>
       </c>
       <c r="K144" s="14" t="n">
-        <v>2.733479E7</v>
+        <v>3707717.0</v>
       </c>
       <c r="L144" s="14" t="n">
-        <v>2.6762555E7</v>
+        <v>3679866.0</v>
       </c>
       <c r="M144" s="14" t="n">
-        <v>2.7438915E7</v>
+        <v>3781327.0</v>
       </c>
       <c r="N144" s="14" t="n">
-        <v>2.8323754E7</v>
+        <v>3975537.0</v>
       </c>
       <c r="O144" s="14" t="n">
-        <v>2.8762415E7</v>
+        <v>4120264.0</v>
       </c>
       <c r="P144" s="14" t="n">
-        <v>2.8562027E7</v>
+        <v>4154579.0</v>
       </c>
       <c r="Q144" s="14" t="n">
-        <v>2.8761848E7</v>
+        <v>4267439.0</v>
       </c>
       <c r="R144" s="14" t="n">
-        <v>2.6691822E7</v>
+        <v>4084244.0</v>
       </c>
       <c r="S144" s="14" t="n">
-        <v>2.5302208E7</v>
+        <v>3817753.0</v>
       </c>
       <c r="T144" s="14" t="n">
-        <v>2.3101727E7</v>
+        <v>3368858.0</v>
       </c>
       <c r="U144" s="14" t="n">
-        <v>2.1498602E7</v>
+        <v>3058926.0</v>
       </c>
       <c r="V144" s="14" t="n">
-        <v>1.9752892E7</v>
+        <v>2727680.0</v>
       </c>
       <c r="W144" s="14" t="n">
-        <v>1.8995456E7</v>
+        <v>2550507.0</v>
       </c>
       <c r="X144" s="14" t="n">
-        <v>1.7720794E7</v>
+        <v>2305820.0</v>
       </c>
       <c r="Y144" s="14" t="n">
-        <v>1.6374224E7</v>
+        <v>2140839.0</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT: Social benefits other than social transfers in kind</t>
         </is>
       </c>
       <c r="B145" s="14" t="n">
-        <v>73768.0</v>
+        <v>10769.0</v>
       </c>
       <c r="C145" s="14" t="n">
-        <v>66372.0</v>
+        <v>9731.0</v>
       </c>
       <c r="D145" s="14" t="n">
-        <v>43207.0</v>
+        <v>6279.0</v>
       </c>
       <c r="E145" s="14" t="n">
-        <v>38887.0</v>
+        <v>5278.0</v>
       </c>
       <c r="F145" s="14" t="n">
-        <v>39306.0</v>
+        <v>5491.0</v>
       </c>
       <c r="G145" s="14" t="n">
-        <v>30042.0</v>
+        <v>4040.0</v>
       </c>
       <c r="H145" s="14" t="n">
-        <v>25752.0</v>
+        <v>3403.0</v>
       </c>
       <c r="I145" s="14" t="n">
-        <v>20476.0</v>
+        <v>2943.0</v>
       </c>
       <c r="J145" s="14" t="n">
-        <v>16332.0</v>
+        <v>2339.0</v>
       </c>
       <c r="K145" s="14" t="n">
-        <v>10492.0</v>
+        <v>1466.0</v>
       </c>
       <c r="L145" s="14" t="n">
-        <v>17738.0</v>
+        <v>2276.0</v>
       </c>
       <c r="M145" s="14" t="n">
-        <v>25352.0</v>
+        <v>3544.0</v>
       </c>
       <c r="N145" s="14" t="n">
-        <v>26189.0</v>
+        <v>3583.0</v>
       </c>
       <c r="O145" s="14" t="n">
-        <v>60390.0</v>
+        <v>8763.0</v>
       </c>
       <c r="P145" s="14" t="n">
-        <v>59239.0</v>
+        <v>8524.0</v>
       </c>
       <c r="Q145" s="14" t="n">
-        <v>63063.0</v>
+        <v>9551.0</v>
       </c>
       <c r="R145" s="14" t="n">
-        <v>71308.0</v>
+        <v>10568.0</v>
       </c>
       <c r="S145" s="14" t="n">
-        <v>63944.0</v>
+        <v>9444.0</v>
       </c>
       <c r="T145" s="14" t="n">
-        <v>58083.0</v>
+        <v>8386.0</v>
       </c>
       <c r="U145" s="14" t="n">
-        <v>50568.0</v>
+        <v>7127.0</v>
       </c>
       <c r="V145" s="14" t="n">
-        <v>47213.0</v>
+        <v>6450.0</v>
       </c>
       <c r="W145" s="14" t="n">
-        <v>40907.0</v>
+        <v>5495.0</v>
       </c>
       <c r="X145" s="14" t="n">
-        <v>30964.0</v>
+        <v>4138.0</v>
       </c>
       <c r="Y145" s="14" t="n">
-        <v>45849.0</v>
+        <v>6019.0</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT:   Other current transfers</t>
         </is>
       </c>
       <c r="B146" s="14" t="n">
-        <v>1.6111028E7</v>
+        <v>3166471.0</v>
       </c>
       <c r="C146" s="14" t="n">
-        <v>1.5031354E7</v>
+        <v>2939246.0</v>
       </c>
       <c r="D146" s="14" t="n">
-        <v>1.438798E7</v>
+        <v>2827997.0</v>
       </c>
       <c r="E146" s="14" t="n">
-        <v>1.2216865E7</v>
+        <v>2267541.0</v>
       </c>
       <c r="F146" s="14" t="n">
-        <v>1.3379181E7</v>
+        <v>2286544.0</v>
       </c>
       <c r="G146" s="14" t="n">
-        <v>1.2486182E7</v>
+        <v>2182506.0</v>
       </c>
       <c r="H146" s="14" t="n">
-        <v>1.1315415E7</v>
+        <v>1989634.0</v>
       </c>
       <c r="I146" s="14" t="n">
-        <v>1.0103516E7</v>
+        <v>1760904.0</v>
       </c>
       <c r="J146" s="14" t="n">
-        <v>9521602.0</v>
+        <v>1572670.0</v>
       </c>
       <c r="K146" s="14" t="n">
-        <v>9044460.0</v>
+        <v>1430388.0</v>
       </c>
       <c r="L146" s="14" t="n">
-        <v>8793402.0</v>
+        <v>1431106.0</v>
       </c>
       <c r="M146" s="14" t="n">
-        <v>8548245.0</v>
+        <v>1393951.0</v>
       </c>
       <c r="N146" s="14" t="n">
-        <v>8514727.0</v>
+        <v>1389883.0</v>
       </c>
       <c r="O146" s="14" t="n">
-        <v>8632573.0</v>
+        <v>1425440.0</v>
       </c>
       <c r="P146" s="14" t="n">
-        <v>8942283.0</v>
+        <v>1621617.0</v>
       </c>
       <c r="Q146" s="14" t="n">
-        <v>9226927.0</v>
+        <v>1735119.0</v>
       </c>
       <c r="R146" s="14" t="n">
-        <v>8985774.0</v>
+        <v>1684179.0</v>
       </c>
       <c r="S146" s="14" t="n">
-        <v>8303005.0</v>
+        <v>1523116.0</v>
       </c>
       <c r="T146" s="14" t="n">
-        <v>7800211.0</v>
+        <v>1448653.0</v>
       </c>
       <c r="U146" s="14" t="n">
-        <v>7340872.0</v>
+        <v>1325605.0</v>
       </c>
       <c r="V146" s="14" t="n">
-        <v>6870643.0</v>
+        <v>1257601.0</v>
       </c>
       <c r="W146" s="14" t="n">
-        <v>6017328.0</v>
+        <v>1170956.0</v>
       </c>
       <c r="X146" s="14" t="n">
-        <v>6131306.0</v>
+        <v>1016987.0</v>
       </c>
       <c r="Y146" s="14" t="n">
-        <v>5740191.0</v>
+        <v>920032.0</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT: Gross disposable income</t>
         </is>
       </c>
       <c r="B147" s="14" t="n">
-        <v>1.63053284E8</v>
+        <v>2.5773513E7</v>
       </c>
       <c r="C147" s="14" t="n">
-        <v>1.45529396E8</v>
+        <v>2.3323029E7</v>
       </c>
       <c r="D147" s="14" t="n">
-        <v>1.38749584E8</v>
+        <v>2.1759463E7</v>
       </c>
       <c r="E147" s="14" t="n">
-        <v>1.3292824E8</v>
+        <v>2.0454937E7</v>
       </c>
       <c r="F147" s="14" t="n">
-        <v>1.37476871E8</v>
+        <v>2.0759046E7</v>
       </c>
       <c r="G147" s="14" t="n">
-        <v>1.29359577E8</v>
+        <v>1.9544231E7</v>
       </c>
       <c r="H147" s="14" t="n">
-        <v>1.26693974E8</v>
+        <v>1.8680638E7</v>
       </c>
       <c r="I147" s="14" t="n">
-        <v>1.22595593E8</v>
+        <v>1.8186683E7</v>
       </c>
       <c r="J147" s="14" t="n">
-        <v>1.17835156E8</v>
+        <v>1.7734806E7</v>
       </c>
       <c r="K147" s="14" t="n">
-        <v>1.12623717E8</v>
+        <v>1.695814E7</v>
       </c>
       <c r="L147" s="14" t="n">
-        <v>1.11484133E8</v>
+        <v>1.7062092E7</v>
       </c>
       <c r="M147" s="14" t="n">
-        <v>1.11445007E8</v>
+        <v>1.6991186E7</v>
       </c>
       <c r="N147" s="14" t="n">
-        <v>1.17996458E8</v>
+        <v>1.7898878E7</v>
       </c>
       <c r="O147" s="14" t="n">
-        <v>1.16247568E8</v>
+        <v>1.792901E7</v>
       </c>
       <c r="P147" s="14" t="n">
-        <v>1.15533418E8</v>
+        <v>1.7520996E7</v>
       </c>
       <c r="Q147" s="14" t="n">
-        <v>1.12901297E8</v>
+        <v>1.7708747E7</v>
       </c>
       <c r="R147" s="14" t="n">
-        <v>1.07192638E8</v>
+        <v>1.662479E7</v>
       </c>
       <c r="S147" s="14" t="n">
-        <v>1.02342009E8</v>
+        <v>1.5519135E7</v>
       </c>
       <c r="T147" s="14" t="n">
-        <v>9.5760372E7</v>
+        <v>1.4789465E7</v>
       </c>
       <c r="U147" s="14" t="n">
-        <v>8.9282665E7</v>
+        <v>1.3658586E7</v>
       </c>
       <c r="V147" s="14" t="n">
-        <v>8.3677673E7</v>
+        <v>1.2960079E7</v>
       </c>
       <c r="W147" s="14" t="n">
-        <v>7.7560985E7</v>
+        <v>1.2246675E7</v>
       </c>
       <c r="X147" s="14" t="n">
-        <v>7.298762E7</v>
+        <v>1.1133052E7</v>
       </c>
       <c r="Y147" s="14" t="n">
-        <v>6.7271024E7</v>
+        <v>1.0230641E7</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="6" t="inlineStr">
         <is>
-          <t>14 Murcia, Región de</t>
+          <t>NAVARRA (C. Foral de)</t>
         </is>
       </c>
       <c r="B148" s="6"/>
       <c r="C148" s="6"/>
       <c r="D148" s="6"/>
       <c r="E148" s="6"/>
       <c r="F148" s="6"/>
       <c r="G148" s="6"/>
       <c r="H148" s="6"/>
       <c r="I148" s="6"/>
       <c r="J148" s="6"/>
       <c r="K148" s="6"/>
       <c r="L148" s="6"/>
       <c r="M148" s="6"/>
       <c r="N148" s="6"/>
       <c r="O148" s="6"/>
       <c r="P148" s="6"/>
       <c r="Q148" s="6"/>
       <c r="R148" s="6"/>
       <c r="S148" s="6"/>
       <c r="T148" s="6"/>
       <c r="U148" s="6"/>
       <c r="V148" s="6"/>
       <c r="W148" s="6"/>
       <c r="X148" s="6"/>
       <c r="Y148" s="6"/>
     </row>
     <row r="149">
       <c r="A149" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RESOURCES: Balance of gross primary income</t>
         </is>
       </c>
       <c r="B149" s="14" t="n">
-        <v>2.8043724E7</v>
+        <v>1.6577214E7</v>
       </c>
       <c r="C149" s="14" t="n">
-        <v>2.5513769E7</v>
+        <v>1.4921162E7</v>
       </c>
       <c r="D149" s="14" t="n">
-        <v>2.3433387E7</v>
+        <v>1.3708235E7</v>
       </c>
       <c r="E149" s="14" t="n">
-        <v>2.1714939E7</v>
+        <v>1.2818951E7</v>
       </c>
       <c r="F149" s="14" t="n">
-        <v>2.2497413E7</v>
+        <v>1.3772838E7</v>
       </c>
       <c r="G149" s="14" t="n">
-        <v>2.1155811E7</v>
+        <v>1.3093934E7</v>
       </c>
       <c r="H149" s="14" t="n">
-        <v>2.0205192E7</v>
+        <v>1.2838366E7</v>
       </c>
       <c r="I149" s="14" t="n">
-        <v>1.9354752E7</v>
+        <v>1.2390668E7</v>
       </c>
       <c r="J149" s="14" t="n">
-        <v>1.8799608E7</v>
+        <v>1.2156467E7</v>
       </c>
       <c r="K149" s="14" t="n">
-        <v>1.7899368E7</v>
+        <v>1.1712983E7</v>
       </c>
       <c r="L149" s="14" t="n">
-        <v>1.7850163E7</v>
+        <v>1.1638409E7</v>
       </c>
       <c r="M149" s="14" t="n">
-        <v>1.7789643E7</v>
+        <v>1.1834017E7</v>
       </c>
       <c r="N149" s="14" t="n">
-        <v>1.8959936E7</v>
+        <v>1.2741372E7</v>
       </c>
       <c r="O149" s="14" t="n">
-        <v>1.9162597E7</v>
+        <v>1.2607692E7</v>
       </c>
       <c r="P149" s="14" t="n">
-        <v>1.8958628E7</v>
+        <v>1.2544164E7</v>
       </c>
       <c r="Q149" s="14" t="n">
-        <v>2.0025564E7</v>
+        <v>1.3170507E7</v>
       </c>
       <c r="R149" s="14" t="n">
-        <v>1.9412895E7</v>
+        <v>1.2668583E7</v>
       </c>
       <c r="S149" s="14" t="n">
-        <v>1.7974868E7</v>
+        <v>1.1857492E7</v>
       </c>
       <c r="T149" s="14" t="n">
-        <v>1.6786624E7</v>
+        <v>1.1141713E7</v>
       </c>
       <c r="U149" s="14" t="n">
-        <v>1.5390517E7</v>
+        <v>1.0470427E7</v>
       </c>
       <c r="V149" s="14" t="n">
-        <v>1.4361376E7</v>
+        <v>9878982.0</v>
       </c>
       <c r="W149" s="14" t="n">
-        <v>1.3304554E7</v>
+        <v>9305467.0</v>
       </c>
       <c r="X149" s="14" t="n">
-        <v>1.2256262E7</v>
+        <v>8872280.0</v>
       </c>
       <c r="Y149" s="14" t="n">
-        <v>1.1102617E7</v>
+        <v>8229274.0</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RESOURCES: Net social contributions</t>
         </is>
       </c>
       <c r="B150" s="14" t="n">
-        <v>10087.0</v>
+        <v>5533.0</v>
       </c>
       <c r="C150" s="14" t="n">
-        <v>7277.0</v>
+        <v>4017.0</v>
       </c>
       <c r="D150" s="14" t="n">
-        <v>8233.0</v>
+        <v>4599.0</v>
       </c>
       <c r="E150" s="14" t="n">
-        <v>8210.0</v>
+        <v>4683.0</v>
       </c>
       <c r="F150" s="14" t="n">
-        <v>8149.0</v>
+        <v>4641.0</v>
       </c>
       <c r="G150" s="14" t="n">
-        <v>6095.0</v>
+        <v>3480.0</v>
       </c>
       <c r="H150" s="14" t="n">
-        <v>5191.0</v>
+        <v>2967.0</v>
       </c>
       <c r="I150" s="14" t="n">
-        <v>3817.0</v>
+        <v>2206.0</v>
       </c>
       <c r="J150" s="14" t="n">
-        <v>3651.0</v>
+        <v>2143.0</v>
       </c>
       <c r="K150" s="14" t="n">
-        <v>3437.0</v>
+        <v>2055.0</v>
       </c>
       <c r="L150" s="14" t="n">
-        <v>3784.0</v>
+        <v>2293.0</v>
       </c>
       <c r="M150" s="14" t="n">
-        <v>4910.0</v>
+        <v>2957.0</v>
       </c>
       <c r="N150" s="14" t="n">
-        <v>6201.0</v>
+        <v>3705.0</v>
       </c>
       <c r="O150" s="14" t="n">
-        <v>7543.0</v>
+        <v>4463.0</v>
       </c>
       <c r="P150" s="14" t="n">
-        <v>8589.0</v>
+        <v>4978.0</v>
       </c>
       <c r="Q150" s="14" t="n">
-        <v>10532.0</v>
+        <v>5818.0</v>
       </c>
       <c r="R150" s="14" t="n">
-        <v>10268.0</v>
+        <v>5449.0</v>
       </c>
       <c r="S150" s="14" t="n">
-        <v>10328.0</v>
+        <v>5366.0</v>
       </c>
       <c r="T150" s="14" t="n">
-        <v>10014.0</v>
+        <v>5266.0</v>
       </c>
       <c r="U150" s="14" t="n">
-        <v>7955.0</v>
+        <v>4394.0</v>
       </c>
       <c r="V150" s="14" t="n">
-        <v>6877.0</v>
+        <v>3898.0</v>
       </c>
       <c r="W150" s="14" t="n">
-        <v>6293.0</v>
+        <v>3608.0</v>
       </c>
       <c r="X150" s="14" t="n">
-        <v>5653.0</v>
+        <v>3335.0</v>
       </c>
       <c r="Y150" s="14" t="n">
-        <v>5299.0</v>
+        <v>3214.0</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RESOURCES: Social benefits other than social transfers in kind (1)</t>
         </is>
       </c>
       <c r="B151" s="14" t="n">
-        <v>7123774.0</v>
+        <v>4261243.0</v>
       </c>
       <c r="C151" s="14" t="n">
-        <v>6386945.0</v>
+        <v>3896733.0</v>
       </c>
       <c r="D151" s="14" t="n">
-        <v>6358256.0</v>
+        <v>3803238.0</v>
       </c>
       <c r="E151" s="14" t="n">
-        <v>6278667.0</v>
+        <v>3803456.0</v>
       </c>
       <c r="F151" s="14" t="n">
-        <v>5575932.0</v>
+        <v>3388282.0</v>
       </c>
       <c r="G151" s="14" t="n">
-        <v>5190221.0</v>
+        <v>3180562.0</v>
       </c>
       <c r="H151" s="14" t="n">
-        <v>4931998.0</v>
+        <v>3049425.0</v>
       </c>
       <c r="I151" s="14" t="n">
-        <v>4889562.0</v>
+        <v>2982526.0</v>
       </c>
       <c r="J151" s="14" t="n">
-        <v>4827858.0</v>
+        <v>2899732.0</v>
       </c>
       <c r="K151" s="14" t="n">
-        <v>4879903.0</v>
+        <v>2902515.0</v>
       </c>
       <c r="L151" s="14" t="n">
-        <v>4946475.0</v>
+        <v>2943018.0</v>
       </c>
       <c r="M151" s="14" t="n">
-        <v>5014451.0</v>
+        <v>2868310.0</v>
       </c>
       <c r="N151" s="14" t="n">
-        <v>4959160.0</v>
+        <v>2737606.0</v>
       </c>
       <c r="O151" s="14" t="n">
-        <v>4970953.0</v>
+        <v>2721619.0</v>
       </c>
       <c r="P151" s="14" t="n">
-        <v>4681212.0</v>
+        <v>2691616.0</v>
       </c>
       <c r="Q151" s="14" t="n">
-        <v>4083709.0</v>
+        <v>2378725.0</v>
       </c>
       <c r="R151" s="14" t="n">
-        <v>3520089.0</v>
+        <v>2103695.0</v>
       </c>
       <c r="S151" s="14" t="n">
-        <v>3258035.0</v>
+        <v>1934947.0</v>
       </c>
       <c r="T151" s="14" t="n">
-        <v>2965107.0</v>
+        <v>1767512.0</v>
       </c>
       <c r="U151" s="14" t="n">
-        <v>2763471.0</v>
+        <v>1640201.0</v>
       </c>
       <c r="V151" s="14" t="n">
-        <v>2527074.0</v>
+        <v>1480252.0</v>
       </c>
       <c r="W151" s="14" t="n">
-        <v>2380178.0</v>
+        <v>1402970.0</v>
       </c>
       <c r="X151" s="14" t="n">
-        <v>2158637.0</v>
+        <v>1260977.0</v>
       </c>
       <c r="Y151" s="14" t="n">
-        <v>2097399.0</v>
+        <v>1178619.0</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RESOURCES: Other current transfers</t>
         </is>
       </c>
       <c r="B152" s="14" t="n">
-        <v>2683888.0</v>
+        <v>1121449.0</v>
       </c>
       <c r="C152" s="14" t="n">
-        <v>2454609.0</v>
+        <v>1056250.0</v>
       </c>
       <c r="D152" s="14" t="n">
-        <v>2391770.0</v>
+        <v>1052145.0</v>
       </c>
       <c r="E152" s="14" t="n">
-        <v>1886605.0</v>
+        <v>821370.0</v>
       </c>
       <c r="F152" s="14" t="n">
-        <v>1853124.0</v>
+        <v>813933.0</v>
       </c>
       <c r="G152" s="14" t="n">
-        <v>1756238.0</v>
+        <v>785734.0</v>
       </c>
       <c r="H152" s="14" t="n">
-        <v>1599634.0</v>
+        <v>736029.0</v>
       </c>
       <c r="I152" s="14" t="n">
-        <v>1416663.0</v>
+        <v>633853.0</v>
       </c>
       <c r="J152" s="14" t="n">
-        <v>1257552.0</v>
+        <v>569941.0</v>
       </c>
       <c r="K152" s="14" t="n">
-        <v>1142658.0</v>
+        <v>537515.0</v>
       </c>
       <c r="L152" s="14" t="n">
-        <v>1156293.0</v>
+        <v>509466.0</v>
       </c>
       <c r="M152" s="14" t="n">
-        <v>1108175.0</v>
+        <v>437033.0</v>
       </c>
       <c r="N152" s="14" t="n">
-        <v>1115776.0</v>
+        <v>447639.0</v>
       </c>
       <c r="O152" s="14" t="n">
-        <v>1087510.0</v>
+        <v>454179.0</v>
       </c>
       <c r="P152" s="14" t="n">
-        <v>1307150.0</v>
+        <v>481360.0</v>
       </c>
       <c r="Q152" s="14" t="n">
-        <v>1425173.0</v>
+        <v>499734.0</v>
       </c>
       <c r="R152" s="14" t="n">
-        <v>1346176.0</v>
+        <v>494467.0</v>
       </c>
       <c r="S152" s="14" t="n">
-        <v>1296112.0</v>
+        <v>422078.0</v>
       </c>
       <c r="T152" s="14" t="n">
-        <v>1236137.0</v>
+        <v>431452.0</v>
       </c>
       <c r="U152" s="14" t="n">
-        <v>1191017.0</v>
+        <v>424877.0</v>
       </c>
       <c r="V152" s="14" t="n">
-        <v>1143990.0</v>
+        <v>398771.0</v>
       </c>
       <c r="W152" s="14" t="n">
-        <v>1321481.0</v>
+        <v>402621.0</v>
       </c>
       <c r="X152" s="14" t="n">
-        <v>948130.0</v>
+        <v>384660.0</v>
       </c>
       <c r="Y152" s="14" t="n">
-        <v>895908.0</v>
+        <v>357462.0</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT: Current taxes on income, capital gains, etc.</t>
         </is>
       </c>
       <c r="B153" s="14" t="n">
-        <v>3157823.0</v>
+        <v>2127715.0</v>
       </c>
       <c r="C153" s="14" t="n">
-        <v>2861651.0</v>
+        <v>1988784.0</v>
       </c>
       <c r="D153" s="14" t="n">
-        <v>2474696.0</v>
+        <v>1757932.0</v>
       </c>
       <c r="E153" s="14" t="n">
-        <v>2389672.0</v>
+        <v>1652645.0</v>
       </c>
       <c r="F153" s="14" t="n">
-        <v>2269173.0</v>
+        <v>1675560.0</v>
       </c>
       <c r="G153" s="14" t="n">
-        <v>2122943.0</v>
+        <v>1508620.0</v>
       </c>
       <c r="H153" s="14" t="n">
-        <v>2002892.0</v>
+        <v>1414522.0</v>
       </c>
       <c r="I153" s="14" t="n">
-        <v>1843088.0</v>
+        <v>1297380.0</v>
       </c>
       <c r="J153" s="14" t="n">
-        <v>1824565.0</v>
+        <v>1259080.0</v>
       </c>
       <c r="K153" s="14" t="n">
-        <v>1827655.0</v>
+        <v>1213814.0</v>
       </c>
       <c r="L153" s="14" t="n">
-        <v>1781375.0</v>
+        <v>1188384.0</v>
       </c>
       <c r="M153" s="14" t="n">
-        <v>1747171.0</v>
+        <v>1199002.0</v>
       </c>
       <c r="N153" s="14" t="n">
-        <v>1773192.0</v>
+        <v>1142175.0</v>
       </c>
       <c r="O153" s="14" t="n">
-        <v>1745126.0</v>
+        <v>1117685.0</v>
       </c>
       <c r="P153" s="14" t="n">
-        <v>1649863.0</v>
+        <v>1175938.0</v>
       </c>
       <c r="Q153" s="14" t="n">
-        <v>1824122.0</v>
+        <v>1281591.0</v>
       </c>
       <c r="R153" s="14" t="n">
-        <v>1885647.0</v>
+        <v>1186322.0</v>
       </c>
       <c r="S153" s="14" t="n">
-        <v>1669895.0</v>
+        <v>1111276.0</v>
       </c>
       <c r="T153" s="14" t="n">
-        <v>1382520.0</v>
+        <v>954034.0</v>
       </c>
       <c r="U153" s="14" t="n">
-        <v>1302716.0</v>
+        <v>885676.0</v>
       </c>
       <c r="V153" s="14" t="n">
-        <v>1087507.0</v>
+        <v>847166.0</v>
       </c>
       <c r="W153" s="14" t="n">
-        <v>1038873.0</v>
+        <v>802199.0</v>
       </c>
       <c r="X153" s="14" t="n">
-        <v>908685.0</v>
+        <v>763943.0</v>
       </c>
       <c r="Y153" s="14" t="n">
-        <v>803692.0</v>
+        <v>715405.0</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT:   Net social contributions (2)</t>
         </is>
       </c>
       <c r="B154" s="14" t="n">
-        <v>5752897.0</v>
+        <v>3499926.0</v>
       </c>
       <c r="C154" s="14" t="n">
-        <v>5228943.0</v>
+        <v>3192497.0</v>
       </c>
       <c r="D154" s="14" t="n">
-        <v>5123211.0</v>
+        <v>3090084.0</v>
       </c>
       <c r="E154" s="14" t="n">
-        <v>4770993.0</v>
+        <v>2928435.0</v>
       </c>
       <c r="F154" s="14" t="n">
-        <v>4614364.0</v>
+        <v>2886104.0</v>
       </c>
       <c r="G154" s="14" t="n">
-        <v>4254645.0</v>
+        <v>2669413.0</v>
       </c>
       <c r="H154" s="14" t="n">
-        <v>4065448.0</v>
+        <v>2567442.0</v>
       </c>
       <c r="I154" s="14" t="n">
-        <v>3871176.0</v>
+        <v>2470924.0</v>
       </c>
       <c r="J154" s="14" t="n">
-        <v>3754289.0</v>
+        <v>2426461.0</v>
       </c>
       <c r="K154" s="14" t="n">
-        <v>3707717.0</v>
+        <v>2443421.0</v>
       </c>
       <c r="L154" s="14" t="n">
-        <v>3679866.0</v>
+        <v>2416230.0</v>
       </c>
       <c r="M154" s="14" t="n">
-        <v>3781327.0</v>
+        <v>2511061.0</v>
       </c>
       <c r="N154" s="14" t="n">
-        <v>3975537.0</v>
+        <v>2630712.0</v>
       </c>
       <c r="O154" s="14" t="n">
-        <v>4120264.0</v>
+        <v>2628804.0</v>
       </c>
       <c r="P154" s="14" t="n">
-        <v>4154579.0</v>
+        <v>2644041.0</v>
       </c>
       <c r="Q154" s="14" t="n">
-        <v>4267439.0</v>
+        <v>2697319.0</v>
       </c>
       <c r="R154" s="14" t="n">
-        <v>4084244.0</v>
+        <v>2484471.0</v>
       </c>
       <c r="S154" s="14" t="n">
-        <v>3817753.0</v>
+        <v>2357550.0</v>
       </c>
       <c r="T154" s="14" t="n">
-        <v>3368858.0</v>
+        <v>2170580.0</v>
       </c>
       <c r="U154" s="14" t="n">
-        <v>3058926.0</v>
+        <v>2048249.0</v>
       </c>
       <c r="V154" s="14" t="n">
-        <v>2727680.0</v>
+        <v>1884557.0</v>
       </c>
       <c r="W154" s="14" t="n">
-        <v>2550507.0</v>
+        <v>1820519.0</v>
       </c>
       <c r="X154" s="14" t="n">
-        <v>2305820.0</v>
+        <v>1699492.0</v>
       </c>
       <c r="Y154" s="14" t="n">
-        <v>2140839.0</v>
+        <v>1579709.0</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT: Social benefits other than social transfers in kind</t>
         </is>
       </c>
       <c r="B155" s="14" t="n">
-        <v>10769.0</v>
+        <v>6081.0</v>
       </c>
       <c r="C155" s="14" t="n">
-        <v>9731.0</v>
+        <v>5515.0</v>
       </c>
       <c r="D155" s="14" t="n">
-        <v>6279.0</v>
+        <v>3601.0</v>
       </c>
       <c r="E155" s="14" t="n">
-        <v>5278.0</v>
+        <v>3111.0</v>
       </c>
       <c r="F155" s="14" t="n">
-        <v>5491.0</v>
+        <v>3234.0</v>
       </c>
       <c r="G155" s="14" t="n">
-        <v>4040.0</v>
+        <v>2383.0</v>
       </c>
       <c r="H155" s="14" t="n">
-        <v>3403.0</v>
+        <v>2116.0</v>
       </c>
       <c r="I155" s="14" t="n">
-        <v>2943.0</v>
+        <v>1898.0</v>
       </c>
       <c r="J155" s="14" t="n">
-        <v>2339.0</v>
+        <v>1452.0</v>
       </c>
       <c r="K155" s="14" t="n">
-        <v>1466.0</v>
+        <v>917.0</v>
       </c>
       <c r="L155" s="14" t="n">
-        <v>2276.0</v>
+        <v>1441.0</v>
       </c>
       <c r="M155" s="14" t="n">
-        <v>3544.0</v>
+        <v>2081.0</v>
       </c>
       <c r="N155" s="14" t="n">
-        <v>3583.0</v>
+        <v>2196.0</v>
       </c>
       <c r="O155" s="14" t="n">
-        <v>8763.0</v>
+        <v>5064.0</v>
       </c>
       <c r="P155" s="14" t="n">
-        <v>8524.0</v>
+        <v>4689.0</v>
       </c>
       <c r="Q155" s="14" t="n">
-        <v>9551.0</v>
+        <v>5380.0</v>
       </c>
       <c r="R155" s="14" t="n">
-        <v>10568.0</v>
+        <v>6263.0</v>
       </c>
       <c r="S155" s="14" t="n">
-        <v>9444.0</v>
+        <v>5147.0</v>
       </c>
       <c r="T155" s="14" t="n">
-        <v>8386.0</v>
+        <v>4425.0</v>
       </c>
       <c r="U155" s="14" t="n">
-        <v>7127.0</v>
+        <v>4123.0</v>
       </c>
       <c r="V155" s="14" t="n">
-        <v>6450.0</v>
+        <v>3643.0</v>
       </c>
       <c r="W155" s="14" t="n">
-        <v>5495.0</v>
+        <v>3094.0</v>
       </c>
       <c r="X155" s="14" t="n">
-        <v>4138.0</v>
+        <v>2227.0</v>
       </c>
       <c r="Y155" s="14" t="n">
-        <v>6019.0</v>
+        <v>3331.0</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT:   Other current transfers</t>
         </is>
       </c>
       <c r="B156" s="14" t="n">
-        <v>3166471.0</v>
+        <v>1328040.0</v>
       </c>
       <c r="C156" s="14" t="n">
-        <v>2939246.0</v>
+        <v>1235942.0</v>
       </c>
       <c r="D156" s="14" t="n">
-        <v>2827997.0</v>
+        <v>1196376.0</v>
       </c>
       <c r="E156" s="14" t="n">
-        <v>2267541.0</v>
+        <v>960436.0</v>
       </c>
       <c r="F156" s="14" t="n">
-        <v>2286544.0</v>
+        <v>978197.0</v>
       </c>
       <c r="G156" s="14" t="n">
-        <v>2182506.0</v>
+        <v>933112.0</v>
       </c>
       <c r="H156" s="14" t="n">
-        <v>1989634.0</v>
+        <v>845581.0</v>
       </c>
       <c r="I156" s="14" t="n">
-        <v>1760904.0</v>
+        <v>746228.0</v>
       </c>
       <c r="J156" s="14" t="n">
-        <v>1572670.0</v>
+        <v>681645.0</v>
       </c>
       <c r="K156" s="14" t="n">
-        <v>1430388.0</v>
+        <v>626744.0</v>
       </c>
       <c r="L156" s="14" t="n">
-        <v>1431106.0</v>
+        <v>595691.0</v>
       </c>
       <c r="M156" s="14" t="n">
-        <v>1393951.0</v>
+        <v>542653.0</v>
       </c>
       <c r="N156" s="14" t="n">
-        <v>1389883.0</v>
+        <v>536484.0</v>
       </c>
       <c r="O156" s="14" t="n">
-        <v>1425440.0</v>
+        <v>538143.0</v>
       </c>
       <c r="P156" s="14" t="n">
-        <v>1621617.0</v>
+        <v>587248.0</v>
       </c>
       <c r="Q156" s="14" t="n">
-        <v>1735119.0</v>
+        <v>604333.0</v>
       </c>
       <c r="R156" s="14" t="n">
-        <v>1684179.0</v>
+        <v>581461.0</v>
       </c>
       <c r="S156" s="14" t="n">
-        <v>1523116.0</v>
+        <v>530213.0</v>
       </c>
       <c r="T156" s="14" t="n">
-        <v>1448653.0</v>
+        <v>518454.0</v>
       </c>
       <c r="U156" s="14" t="n">
-        <v>1325605.0</v>
+        <v>474254.0</v>
       </c>
       <c r="V156" s="14" t="n">
-        <v>1257601.0</v>
+        <v>444560.0</v>
       </c>
       <c r="W156" s="14" t="n">
-        <v>1170956.0</v>
+        <v>418340.0</v>
       </c>
       <c r="X156" s="14" t="n">
-        <v>1016987.0</v>
+        <v>399352.0</v>
       </c>
       <c r="Y156" s="14" t="n">
-        <v>920032.0</v>
+        <v>358071.0</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT: Gross disposable income</t>
         </is>
       </c>
       <c r="B157" s="14" t="n">
-        <v>2.5773513E7</v>
+        <v>1.5003677E7</v>
       </c>
       <c r="C157" s="14" t="n">
-        <v>2.3323029E7</v>
+        <v>1.3455424E7</v>
       </c>
       <c r="D157" s="14" t="n">
-        <v>2.1759463E7</v>
+        <v>1.2520224E7</v>
       </c>
       <c r="E157" s="14" t="n">
-        <v>2.0454937E7</v>
+        <v>1.1903833E7</v>
       </c>
       <c r="F157" s="14" t="n">
-        <v>2.0759046E7</v>
+        <v>1.2436599E7</v>
       </c>
       <c r="G157" s="14" t="n">
-        <v>1.9544231E7</v>
+        <v>1.1950182E7</v>
       </c>
       <c r="H157" s="14" t="n">
-        <v>1.8680638E7</v>
+        <v>1.1797126E7</v>
       </c>
       <c r="I157" s="14" t="n">
-        <v>1.8186683E7</v>
+        <v>1.1492823E7</v>
       </c>
       <c r="J157" s="14" t="n">
-        <v>1.7734806E7</v>
+        <v>1.1259645E7</v>
       </c>
       <c r="K157" s="14" t="n">
-        <v>1.695814E7</v>
+        <v>1.0870172E7</v>
       </c>
       <c r="L157" s="14" t="n">
-        <v>1.7062092E7</v>
+        <v>1.089144E7</v>
       </c>
       <c r="M157" s="14" t="n">
-        <v>1.6991186E7</v>
+        <v>1.088752E7</v>
       </c>
       <c r="N157" s="14" t="n">
-        <v>1.7898878E7</v>
+        <v>1.1618755E7</v>
       </c>
       <c r="O157" s="14" t="n">
-        <v>1.792901E7</v>
+        <v>1.1498257E7</v>
       </c>
       <c r="P157" s="14" t="n">
-        <v>1.7520996E7</v>
+        <v>1.1310202E7</v>
       </c>
       <c r="Q157" s="14" t="n">
-        <v>1.7708747E7</v>
+        <v>1.1466161E7</v>
       </c>
       <c r="R157" s="14" t="n">
-        <v>1.662479E7</v>
+        <v>1.1013677E7</v>
       </c>
       <c r="S157" s="14" t="n">
-        <v>1.5519135E7</v>
+        <v>1.0215697E7</v>
       </c>
       <c r="T157" s="14" t="n">
-        <v>1.4789465E7</v>
+        <v>9698450.0</v>
       </c>
       <c r="U157" s="14" t="n">
-        <v>1.3658586E7</v>
+        <v>9127597.0</v>
       </c>
       <c r="V157" s="14" t="n">
-        <v>1.2960079E7</v>
+        <v>8581977.0</v>
       </c>
       <c r="W157" s="14" t="n">
-        <v>1.2246675E7</v>
+        <v>8070514.0</v>
       </c>
       <c r="X157" s="14" t="n">
-        <v>1.1133052E7</v>
+        <v>7656238.0</v>
       </c>
       <c r="Y157" s="14" t="n">
-        <v>1.0230641E7</v>
+        <v>7112053.0</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="6" t="inlineStr">
         <is>
-          <t>15 Navarra, Comunidad Foral de</t>
+          <t>PAIS VASCO</t>
         </is>
       </c>
       <c r="B158" s="6"/>
       <c r="C158" s="6"/>
       <c r="D158" s="6"/>
       <c r="E158" s="6"/>
       <c r="F158" s="6"/>
       <c r="G158" s="6"/>
       <c r="H158" s="6"/>
       <c r="I158" s="6"/>
       <c r="J158" s="6"/>
       <c r="K158" s="6"/>
       <c r="L158" s="6"/>
       <c r="M158" s="6"/>
       <c r="N158" s="6"/>
       <c r="O158" s="6"/>
       <c r="P158" s="6"/>
       <c r="Q158" s="6"/>
       <c r="R158" s="6"/>
       <c r="S158" s="6"/>
       <c r="T158" s="6"/>
       <c r="U158" s="6"/>
       <c r="V158" s="6"/>
       <c r="W158" s="6"/>
       <c r="X158" s="6"/>
       <c r="Y158" s="6"/>
     </row>
     <row r="159">
       <c r="A159" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RESOURCES: Balance of gross primary income</t>
         </is>
       </c>
       <c r="B159" s="14" t="n">
-        <v>1.6577214E7</v>
+        <v>5.8740613E7</v>
       </c>
       <c r="C159" s="14" t="n">
-        <v>1.4921162E7</v>
+        <v>5.3147688E7</v>
       </c>
       <c r="D159" s="14" t="n">
-        <v>1.3708235E7</v>
+        <v>4.8873233E7</v>
       </c>
       <c r="E159" s="14" t="n">
-        <v>1.2818951E7</v>
+        <v>4.6155763E7</v>
       </c>
       <c r="F159" s="14" t="n">
-        <v>1.3772838E7</v>
+        <v>4.9135457E7</v>
       </c>
       <c r="G159" s="14" t="n">
-        <v>1.3093934E7</v>
+        <v>4.6873562E7</v>
       </c>
       <c r="H159" s="14" t="n">
-        <v>1.2838366E7</v>
+        <v>4.5826532E7</v>
       </c>
       <c r="I159" s="14" t="n">
-        <v>1.2390668E7</v>
+        <v>4.3826159E7</v>
       </c>
       <c r="J159" s="14" t="n">
-        <v>1.2156467E7</v>
+        <v>4.2583914E7</v>
       </c>
       <c r="K159" s="14" t="n">
-        <v>1.1712983E7</v>
+        <v>4.1263566E7</v>
       </c>
       <c r="L159" s="14" t="n">
-        <v>1.1638409E7</v>
+        <v>4.1183962E7</v>
       </c>
       <c r="M159" s="14" t="n">
-        <v>1.1834017E7</v>
+        <v>4.1605069E7</v>
       </c>
       <c r="N159" s="14" t="n">
-        <v>1.2741372E7</v>
+        <v>4.405771E7</v>
       </c>
       <c r="O159" s="14" t="n">
-        <v>1.2607692E7</v>
+        <v>4.4061676E7</v>
       </c>
       <c r="P159" s="14" t="n">
-        <v>1.2544164E7</v>
+        <v>4.3766959E7</v>
       </c>
       <c r="Q159" s="14" t="n">
-        <v>1.3170507E7</v>
+        <v>4.6836712E7</v>
       </c>
       <c r="R159" s="14" t="n">
-        <v>1.2668583E7</v>
+        <v>4.4715459E7</v>
       </c>
       <c r="S159" s="14" t="n">
-        <v>1.1857492E7</v>
+        <v>4.2028737E7</v>
       </c>
       <c r="T159" s="14" t="n">
-        <v>1.1141713E7</v>
+        <v>3.9284958E7</v>
       </c>
       <c r="U159" s="14" t="n">
-        <v>1.0470427E7</v>
+        <v>3.7099116E7</v>
       </c>
       <c r="V159" s="14" t="n">
-        <v>9878982.0</v>
+        <v>3.5326629E7</v>
       </c>
       <c r="W159" s="14" t="n">
-        <v>9305467.0</v>
+        <v>3.3471908E7</v>
       </c>
       <c r="X159" s="14" t="n">
-        <v>8872280.0</v>
+        <v>3.2105977E7</v>
       </c>
       <c r="Y159" s="14" t="n">
-        <v>8229274.0</v>
+        <v>2.9681241E7</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RESOURCES: Net social contributions</t>
         </is>
       </c>
       <c r="B160" s="14" t="n">
-        <v>5533.0</v>
+        <v>17963.0</v>
       </c>
       <c r="C160" s="14" t="n">
-        <v>4017.0</v>
+        <v>13059.0</v>
       </c>
       <c r="D160" s="14" t="n">
-        <v>4599.0</v>
+        <v>15056.0</v>
       </c>
       <c r="E160" s="14" t="n">
-        <v>4683.0</v>
+        <v>15541.0</v>
       </c>
       <c r="F160" s="14" t="n">
-        <v>4641.0</v>
+        <v>15528.0</v>
       </c>
       <c r="G160" s="14" t="n">
-        <v>3480.0</v>
+        <v>11752.0</v>
       </c>
       <c r="H160" s="14" t="n">
-        <v>2967.0</v>
+        <v>10167.0</v>
       </c>
       <c r="I160" s="14" t="n">
-        <v>2206.0</v>
+        <v>7615.0</v>
       </c>
       <c r="J160" s="14" t="n">
-        <v>2143.0</v>
+        <v>7438.0</v>
       </c>
       <c r="K160" s="14" t="n">
-        <v>2055.0</v>
+        <v>7170.0</v>
       </c>
       <c r="L160" s="14" t="n">
-        <v>2293.0</v>
+        <v>8046.0</v>
       </c>
       <c r="M160" s="14" t="n">
-        <v>2957.0</v>
+        <v>10409.0</v>
       </c>
       <c r="N160" s="14" t="n">
-        <v>3705.0</v>
+        <v>12899.0</v>
       </c>
       <c r="O160" s="14" t="n">
-        <v>4463.0</v>
+        <v>15497.0</v>
       </c>
       <c r="P160" s="14" t="n">
-        <v>4978.0</v>
+        <v>17246.0</v>
       </c>
       <c r="Q160" s="14" t="n">
-        <v>5818.0</v>
+        <v>19733.0</v>
       </c>
       <c r="R160" s="14" t="n">
-        <v>5449.0</v>
+        <v>18624.0</v>
       </c>
       <c r="S160" s="14" t="n">
-        <v>5366.0</v>
+        <v>18582.0</v>
       </c>
       <c r="T160" s="14" t="n">
-        <v>5266.0</v>
+        <v>18482.0</v>
       </c>
       <c r="U160" s="14" t="n">
-        <v>4394.0</v>
+        <v>15537.0</v>
       </c>
       <c r="V160" s="14" t="n">
-        <v>3898.0</v>
+        <v>13965.0</v>
       </c>
       <c r="W160" s="14" t="n">
-        <v>3608.0</v>
+        <v>13199.0</v>
       </c>
       <c r="X160" s="14" t="n">
-        <v>3335.0</v>
+        <v>12336.0</v>
       </c>
       <c r="Y160" s="14" t="n">
-        <v>3214.0</v>
+        <v>11805.0</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RESOURCES: Social benefits other than social transfers in kind (1)</t>
         </is>
       </c>
       <c r="B161" s="14" t="n">
-        <v>4261243.0</v>
+        <v>1.7036354E7</v>
       </c>
       <c r="C161" s="14" t="n">
-        <v>3896733.0</v>
+        <v>1.5406427E7</v>
       </c>
       <c r="D161" s="14" t="n">
-        <v>3803238.0</v>
+        <v>1.5276484E7</v>
       </c>
       <c r="E161" s="14" t="n">
-        <v>3803456.0</v>
+        <v>1.5349096E7</v>
       </c>
       <c r="F161" s="14" t="n">
-        <v>3388282.0</v>
+        <v>1.3622106E7</v>
       </c>
       <c r="G161" s="14" t="n">
-        <v>3180562.0</v>
+        <v>1.2788202E7</v>
       </c>
       <c r="H161" s="14" t="n">
-        <v>3049425.0</v>
+        <v>1.227342E7</v>
       </c>
       <c r="I161" s="14" t="n">
-        <v>2982526.0</v>
+        <v>1.2080393E7</v>
       </c>
       <c r="J161" s="14" t="n">
-        <v>2899732.0</v>
+        <v>1.1922942E7</v>
       </c>
       <c r="K161" s="14" t="n">
-        <v>2902515.0</v>
+        <v>1.1945179E7</v>
       </c>
       <c r="L161" s="14" t="n">
-        <v>2943018.0</v>
+        <v>1.2009844E7</v>
       </c>
       <c r="M161" s="14" t="n">
-        <v>2868310.0</v>
+        <v>1.1716805E7</v>
       </c>
       <c r="N161" s="14" t="n">
-        <v>2737606.0</v>
+        <v>1.1378693E7</v>
       </c>
       <c r="O161" s="14" t="n">
-        <v>2721619.0</v>
+        <v>1.139931E7</v>
       </c>
       <c r="P161" s="14" t="n">
-        <v>2691616.0</v>
+        <v>1.1080317E7</v>
       </c>
       <c r="Q161" s="14" t="n">
-        <v>2378725.0</v>
+        <v>9871225.0</v>
       </c>
       <c r="R161" s="14" t="n">
-        <v>2103695.0</v>
+        <v>8795300.0</v>
       </c>
       <c r="S161" s="14" t="n">
-        <v>1934947.0</v>
+        <v>8275898.0</v>
       </c>
       <c r="T161" s="14" t="n">
-        <v>1767512.0</v>
+        <v>7661211.0</v>
       </c>
       <c r="U161" s="14" t="n">
-        <v>1640201.0</v>
+        <v>7181742.0</v>
       </c>
       <c r="V161" s="14" t="n">
-        <v>1480252.0</v>
+        <v>6477394.0</v>
       </c>
       <c r="W161" s="14" t="n">
-        <v>1402970.0</v>
+        <v>6060316.0</v>
       </c>
       <c r="X161" s="14" t="n">
-        <v>1260977.0</v>
+        <v>5488310.0</v>
       </c>
       <c r="Y161" s="14" t="n">
-        <v>1178619.0</v>
+        <v>5269042.0</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RESOURCES: Other current transfers</t>
         </is>
       </c>
       <c r="B162" s="14" t="n">
-        <v>1121449.0</v>
+        <v>4043594.0</v>
       </c>
       <c r="C162" s="14" t="n">
-        <v>1056250.0</v>
+        <v>4047620.0</v>
       </c>
       <c r="D162" s="14" t="n">
-        <v>1052145.0</v>
+        <v>3794019.0</v>
       </c>
       <c r="E162" s="14" t="n">
-        <v>821370.0</v>
+        <v>2980464.0</v>
       </c>
       <c r="F162" s="14" t="n">
-        <v>813933.0</v>
+        <v>3059015.0</v>
       </c>
       <c r="G162" s="14" t="n">
-        <v>785734.0</v>
+        <v>3142450.0</v>
       </c>
       <c r="H162" s="14" t="n">
-        <v>736029.0</v>
+        <v>2655549.0</v>
       </c>
       <c r="I162" s="14" t="n">
-        <v>633853.0</v>
+        <v>2346887.0</v>
       </c>
       <c r="J162" s="14" t="n">
-        <v>569941.0</v>
+        <v>2262348.0</v>
       </c>
       <c r="K162" s="14" t="n">
-        <v>537515.0</v>
+        <v>2264425.0</v>
       </c>
       <c r="L162" s="14" t="n">
-        <v>509466.0</v>
+        <v>2062954.0</v>
       </c>
       <c r="M162" s="14" t="n">
-        <v>437033.0</v>
+        <v>1866384.0</v>
       </c>
       <c r="N162" s="14" t="n">
-        <v>447639.0</v>
+        <v>1892442.0</v>
       </c>
       <c r="O162" s="14" t="n">
-        <v>454179.0</v>
+        <v>1806858.0</v>
       </c>
       <c r="P162" s="14" t="n">
-        <v>481360.0</v>
+        <v>2080736.0</v>
       </c>
       <c r="Q162" s="14" t="n">
-        <v>499734.0</v>
+        <v>2137059.0</v>
       </c>
       <c r="R162" s="14" t="n">
-        <v>494467.0</v>
+        <v>2025762.0</v>
       </c>
       <c r="S162" s="14" t="n">
-        <v>422078.0</v>
+        <v>1884470.0</v>
       </c>
       <c r="T162" s="14" t="n">
-        <v>431452.0</v>
+        <v>1964334.0</v>
       </c>
       <c r="U162" s="14" t="n">
-        <v>424877.0</v>
+        <v>1951055.0</v>
       </c>
       <c r="V162" s="14" t="n">
-        <v>398771.0</v>
+        <v>1884121.0</v>
       </c>
       <c r="W162" s="14" t="n">
-        <v>402621.0</v>
+        <v>1843096.0</v>
       </c>
       <c r="X162" s="14" t="n">
-        <v>384660.0</v>
+        <v>1838258.0</v>
       </c>
       <c r="Y162" s="14" t="n">
-        <v>357462.0</v>
+        <v>1740488.0</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT: Current taxes on income, capital gains, etc.</t>
         </is>
       </c>
       <c r="B163" s="14" t="n">
-        <v>2127715.0</v>
+        <v>7785612.0</v>
       </c>
       <c r="C163" s="14" t="n">
-        <v>1988784.0</v>
+        <v>7104218.0</v>
       </c>
       <c r="D163" s="14" t="n">
-        <v>1757932.0</v>
+        <v>6615836.0</v>
       </c>
       <c r="E163" s="14" t="n">
-        <v>1652645.0</v>
+        <v>6134962.0</v>
       </c>
       <c r="F163" s="14" t="n">
-        <v>1675560.0</v>
+        <v>6238777.0</v>
       </c>
       <c r="G163" s="14" t="n">
-        <v>1508620.0</v>
+        <v>5974981.0</v>
       </c>
       <c r="H163" s="14" t="n">
-        <v>1414522.0</v>
+        <v>5655269.0</v>
       </c>
       <c r="I163" s="14" t="n">
-        <v>1297380.0</v>
+        <v>5333505.0</v>
       </c>
       <c r="J163" s="14" t="n">
-        <v>1259080.0</v>
+        <v>5110097.0</v>
       </c>
       <c r="K163" s="14" t="n">
-        <v>1213814.0</v>
+        <v>4827252.0</v>
       </c>
       <c r="L163" s="14" t="n">
-        <v>1188384.0</v>
+        <v>4657491.0</v>
       </c>
       <c r="M163" s="14" t="n">
-        <v>1199002.0</v>
+        <v>4662423.0</v>
       </c>
       <c r="N163" s="14" t="n">
-        <v>1142175.0</v>
+        <v>4544470.0</v>
       </c>
       <c r="O163" s="14" t="n">
-        <v>1117685.0</v>
+        <v>4318781.0</v>
       </c>
       <c r="P163" s="14" t="n">
-        <v>1175938.0</v>
+        <v>4161435.0</v>
       </c>
       <c r="Q163" s="14" t="n">
-        <v>1281591.0</v>
+        <v>4886740.0</v>
       </c>
       <c r="R163" s="14" t="n">
-        <v>1186322.0</v>
+        <v>4630787.0</v>
       </c>
       <c r="S163" s="14" t="n">
-        <v>1111276.0</v>
+        <v>4031467.0</v>
       </c>
       <c r="T163" s="14" t="n">
-        <v>954034.0</v>
+        <v>3684989.0</v>
       </c>
       <c r="U163" s="14" t="n">
-        <v>885676.0</v>
+        <v>3538086.0</v>
       </c>
       <c r="V163" s="14" t="n">
-        <v>847166.0</v>
+        <v>3320307.0</v>
       </c>
       <c r="W163" s="14" t="n">
-        <v>802199.0</v>
+        <v>3133341.0</v>
       </c>
       <c r="X163" s="14" t="n">
-        <v>763943.0</v>
+        <v>3031287.0</v>
       </c>
       <c r="Y163" s="14" t="n">
-        <v>715405.0</v>
+        <v>2809253.0</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT:   Net social contributions (2)</t>
         </is>
       </c>
       <c r="B164" s="14" t="n">
-        <v>3499926.0</v>
+        <v>1.1721922E7</v>
       </c>
       <c r="C164" s="14" t="n">
-        <v>3192497.0</v>
+        <v>1.0898488E7</v>
       </c>
       <c r="D164" s="14" t="n">
-        <v>3090084.0</v>
+        <v>1.0581879E7</v>
       </c>
       <c r="E164" s="14" t="n">
-        <v>2928435.0</v>
+        <v>1.0141291E7</v>
       </c>
       <c r="F164" s="14" t="n">
-        <v>2886104.0</v>
+        <v>1.0002671E7</v>
       </c>
       <c r="G164" s="14" t="n">
-        <v>2669413.0</v>
+        <v>9354490.0</v>
       </c>
       <c r="H164" s="14" t="n">
-        <v>2567442.0</v>
+        <v>9102619.0</v>
       </c>
       <c r="I164" s="14" t="n">
-        <v>2470924.0</v>
+        <v>8841217.0</v>
       </c>
       <c r="J164" s="14" t="n">
-        <v>2426461.0</v>
+        <v>8738549.0</v>
       </c>
       <c r="K164" s="14" t="n">
-        <v>2443421.0</v>
+        <v>8835169.0</v>
       </c>
       <c r="L164" s="14" t="n">
-        <v>2416230.0</v>
+        <v>8750285.0</v>
       </c>
       <c r="M164" s="14" t="n">
-        <v>2511061.0</v>
+        <v>8974489.0</v>
       </c>
       <c r="N164" s="14" t="n">
-        <v>2630712.0</v>
+        <v>9283771.0</v>
       </c>
       <c r="O164" s="14" t="n">
-        <v>2628804.0</v>
+        <v>9282727.0</v>
       </c>
       <c r="P164" s="14" t="n">
-        <v>2644041.0</v>
+        <v>9124979.0</v>
       </c>
       <c r="Q164" s="14" t="n">
-        <v>2697319.0</v>
+        <v>9186179.0</v>
       </c>
       <c r="R164" s="14" t="n">
-        <v>2484471.0</v>
+        <v>8670932.0</v>
       </c>
       <c r="S164" s="14" t="n">
-        <v>2357550.0</v>
+        <v>8147121.0</v>
       </c>
       <c r="T164" s="14" t="n">
-        <v>2170580.0</v>
+        <v>7658987.0</v>
       </c>
       <c r="U164" s="14" t="n">
-        <v>2048249.0</v>
+        <v>7302476.0</v>
       </c>
       <c r="V164" s="14" t="n">
-        <v>1884557.0</v>
+        <v>6829097.0</v>
       </c>
       <c r="W164" s="14" t="n">
-        <v>1820519.0</v>
+        <v>6580947.0</v>
       </c>
       <c r="X164" s="14" t="n">
-        <v>1699492.0</v>
+        <v>6225263.0</v>
       </c>
       <c r="Y164" s="14" t="n">
-        <v>1579709.0</v>
+        <v>5793527.0</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT: Social benefits other than social transfers in kind</t>
         </is>
       </c>
       <c r="B165" s="14" t="n">
-        <v>6081.0</v>
+        <v>21197.0</v>
       </c>
       <c r="C165" s="14" t="n">
-        <v>5515.0</v>
+        <v>19422.0</v>
       </c>
       <c r="D165" s="14" t="n">
-        <v>3601.0</v>
+        <v>12667.0</v>
       </c>
       <c r="E165" s="14" t="n">
-        <v>3111.0</v>
+        <v>11307.0</v>
       </c>
       <c r="F165" s="14" t="n">
-        <v>3234.0</v>
+        <v>11372.0</v>
       </c>
       <c r="G165" s="14" t="n">
-        <v>2383.0</v>
+        <v>8654.0</v>
       </c>
       <c r="H165" s="14" t="n">
-        <v>2116.0</v>
+        <v>7017.0</v>
       </c>
       <c r="I165" s="14" t="n">
-        <v>1898.0</v>
+        <v>6225.0</v>
       </c>
       <c r="J165" s="14" t="n">
-        <v>1452.0</v>
+        <v>5128.0</v>
       </c>
       <c r="K165" s="14" t="n">
-        <v>917.0</v>
+        <v>3372.0</v>
       </c>
       <c r="L165" s="14" t="n">
-        <v>1441.0</v>
+        <v>5437.0</v>
       </c>
       <c r="M165" s="14" t="n">
-        <v>2081.0</v>
+        <v>7600.0</v>
       </c>
       <c r="N165" s="14" t="n">
-        <v>2196.0</v>
+        <v>8069.0</v>
       </c>
       <c r="O165" s="14" t="n">
-        <v>5064.0</v>
+        <v>19019.0</v>
       </c>
       <c r="P165" s="14" t="n">
-        <v>4689.0</v>
+        <v>18883.0</v>
       </c>
       <c r="Q165" s="14" t="n">
-        <v>5380.0</v>
+        <v>19791.0</v>
       </c>
       <c r="R165" s="14" t="n">
-        <v>6263.0</v>
+        <v>21067.0</v>
       </c>
       <c r="S165" s="14" t="n">
-        <v>5147.0</v>
+        <v>18371.0</v>
       </c>
       <c r="T165" s="14" t="n">
-        <v>4425.0</v>
+        <v>16986.0</v>
       </c>
       <c r="U165" s="14" t="n">
-        <v>4123.0</v>
+        <v>14958.0</v>
       </c>
       <c r="V165" s="14" t="n">
-        <v>3643.0</v>
+        <v>14187.0</v>
       </c>
       <c r="W165" s="14" t="n">
-        <v>3094.0</v>
+        <v>12436.0</v>
       </c>
       <c r="X165" s="14" t="n">
-        <v>2227.0</v>
+        <v>9451.0</v>
       </c>
       <c r="Y165" s="14" t="n">
-        <v>3331.0</v>
+        <v>14036.0</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT:   Other current transfers</t>
         </is>
       </c>
       <c r="B166" s="14" t="n">
-        <v>1328040.0</v>
+        <v>4524737.0</v>
       </c>
       <c r="C166" s="14" t="n">
-        <v>1235942.0</v>
+        <v>4274049.0</v>
       </c>
       <c r="D166" s="14" t="n">
-        <v>1196376.0</v>
+        <v>4181305.0</v>
       </c>
       <c r="E166" s="14" t="n">
-        <v>960436.0</v>
+        <v>3317673.0</v>
       </c>
       <c r="F166" s="14" t="n">
-        <v>978197.0</v>
+        <v>3404061.0</v>
       </c>
       <c r="G166" s="14" t="n">
-        <v>933112.0</v>
+        <v>3271386.0</v>
       </c>
       <c r="H166" s="14" t="n">
-        <v>845581.0</v>
+        <v>2984086.0</v>
       </c>
       <c r="I166" s="14" t="n">
-        <v>746228.0</v>
+        <v>2637320.0</v>
       </c>
       <c r="J166" s="14" t="n">
-        <v>681645.0</v>
+        <v>2535029.0</v>
       </c>
       <c r="K166" s="14" t="n">
-        <v>626744.0</v>
+        <v>2405688.0</v>
       </c>
       <c r="L166" s="14" t="n">
-        <v>595691.0</v>
+        <v>2269546.0</v>
       </c>
       <c r="M166" s="14" t="n">
-        <v>542653.0</v>
+        <v>2098131.0</v>
       </c>
       <c r="N166" s="14" t="n">
-        <v>536484.0</v>
+        <v>2034408.0</v>
       </c>
       <c r="O166" s="14" t="n">
-        <v>538143.0</v>
+        <v>1998409.0</v>
       </c>
       <c r="P166" s="14" t="n">
-        <v>587248.0</v>
+        <v>2250922.0</v>
       </c>
       <c r="Q166" s="14" t="n">
-        <v>604333.0</v>
+        <v>2303057.0</v>
       </c>
       <c r="R166" s="14" t="n">
-        <v>581461.0</v>
+        <v>2226048.0</v>
       </c>
       <c r="S166" s="14" t="n">
-        <v>530213.0</v>
+        <v>2079158.0</v>
       </c>
       <c r="T166" s="14" t="n">
-        <v>518454.0</v>
+        <v>2112020.0</v>
       </c>
       <c r="U166" s="14" t="n">
-        <v>474254.0</v>
+        <v>1993946.0</v>
       </c>
       <c r="V166" s="14" t="n">
-        <v>444560.0</v>
+        <v>1925120.0</v>
       </c>
       <c r="W166" s="14" t="n">
-        <v>418340.0</v>
+        <v>1891413.0</v>
       </c>
       <c r="X166" s="14" t="n">
-        <v>399352.0</v>
+        <v>1825817.0</v>
       </c>
       <c r="Y166" s="14" t="n">
-        <v>358071.0</v>
+        <v>1718906.0</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT: Gross disposable income</t>
         </is>
       </c>
       <c r="B167" s="14" t="n">
-        <v>1.5003677E7</v>
+        <v>5.5785056E7</v>
       </c>
       <c r="C167" s="14" t="n">
-        <v>1.3455424E7</v>
+        <v>5.0318617E7</v>
       </c>
       <c r="D167" s="14" t="n">
-        <v>1.2520224E7</v>
+        <v>4.6567105E7</v>
       </c>
       <c r="E167" s="14" t="n">
-        <v>1.1903833E7</v>
+        <v>4.4895631E7</v>
       </c>
       <c r="F167" s="14" t="n">
-        <v>1.2436599E7</v>
+        <v>4.6175225E7</v>
       </c>
       <c r="G167" s="14" t="n">
-        <v>1.1950182E7</v>
+        <v>4.4206455E7</v>
       </c>
       <c r="H167" s="14" t="n">
-        <v>1.1797126E7</v>
+        <v>4.3016677E7</v>
       </c>
       <c r="I167" s="14" t="n">
-        <v>1.1492823E7</v>
+        <v>4.1442787E7</v>
       </c>
       <c r="J167" s="14" t="n">
-        <v>1.1259645E7</v>
+        <v>4.0387839E7</v>
       </c>
       <c r="K167" s="14" t="n">
-        <v>1.0870172E7</v>
+        <v>3.9408859E7</v>
       </c>
       <c r="L167" s="14" t="n">
-        <v>1.089144E7</v>
+        <v>3.9582047E7</v>
       </c>
       <c r="M167" s="14" t="n">
-        <v>1.088752E7</v>
+        <v>3.9456024E7</v>
       </c>
       <c r="N167" s="14" t="n">
-        <v>1.1618755E7</v>
+        <v>4.1471026E7</v>
       </c>
       <c r="O167" s="14" t="n">
-        <v>1.1498257E7</v>
+        <v>4.1664405E7</v>
       </c>
       <c r="P167" s="14" t="n">
-        <v>1.1310202E7</v>
+        <v>4.1389039E7</v>
       </c>
       <c r="Q167" s="14" t="n">
-        <v>1.1466161E7</v>
+        <v>4.2468962E7</v>
       </c>
       <c r="R167" s="14" t="n">
-        <v>1.1013677E7</v>
+        <v>4.0006311E7</v>
       </c>
       <c r="S167" s="14" t="n">
-        <v>1.0215697E7</v>
+        <v>3.793157E7</v>
       </c>
       <c r="T167" s="14" t="n">
-        <v>9698450.0</v>
+        <v>3.5456003E7</v>
       </c>
       <c r="U167" s="14" t="n">
-        <v>9127597.0</v>
+        <v>3.3397984E7</v>
       </c>
       <c r="V167" s="14" t="n">
-        <v>8581977.0</v>
+        <v>3.1613398E7</v>
       </c>
       <c r="W167" s="14" t="n">
-        <v>8070514.0</v>
+        <v>2.9770382E7</v>
       </c>
       <c r="X167" s="14" t="n">
-        <v>7656238.0</v>
+        <v>2.8353063E7</v>
       </c>
       <c r="Y167" s="14" t="n">
-        <v>7112053.0</v>
+        <v>2.6366854E7</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="6" t="inlineStr">
         <is>
-          <t>16 País Vasco</t>
+          <t>RIOJA (La)</t>
         </is>
       </c>
       <c r="B168" s="6"/>
       <c r="C168" s="6"/>
       <c r="D168" s="6"/>
       <c r="E168" s="6"/>
       <c r="F168" s="6"/>
       <c r="G168" s="6"/>
       <c r="H168" s="6"/>
       <c r="I168" s="6"/>
       <c r="J168" s="6"/>
       <c r="K168" s="6"/>
       <c r="L168" s="6"/>
       <c r="M168" s="6"/>
       <c r="N168" s="6"/>
       <c r="O168" s="6"/>
       <c r="P168" s="6"/>
       <c r="Q168" s="6"/>
       <c r="R168" s="6"/>
       <c r="S168" s="6"/>
       <c r="T168" s="6"/>
       <c r="U168" s="6"/>
       <c r="V168" s="6"/>
       <c r="W168" s="6"/>
       <c r="X168" s="6"/>
       <c r="Y168" s="6"/>
     </row>
     <row r="169">
       <c r="A169" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RESOURCES: Balance of gross primary income</t>
         </is>
       </c>
       <c r="B169" s="14" t="n">
-        <v>5.8740613E7</v>
+        <v>6904336.0</v>
       </c>
       <c r="C169" s="14" t="n">
-        <v>5.3147688E7</v>
+        <v>6306330.0</v>
       </c>
       <c r="D169" s="14" t="n">
-        <v>4.8873233E7</v>
+        <v>5811115.0</v>
       </c>
       <c r="E169" s="14" t="n">
-        <v>4.6155763E7</v>
+        <v>5530947.0</v>
       </c>
       <c r="F169" s="14" t="n">
-        <v>4.9135457E7</v>
+        <v>5787595.0</v>
       </c>
       <c r="G169" s="14" t="n">
-        <v>4.6873562E7</v>
+        <v>5617161.0</v>
       </c>
       <c r="H169" s="14" t="n">
-        <v>4.5826532E7</v>
+        <v>5434520.0</v>
       </c>
       <c r="I169" s="14" t="n">
-        <v>4.3826159E7</v>
+        <v>5243799.0</v>
       </c>
       <c r="J169" s="14" t="n">
-        <v>4.2583914E7</v>
+        <v>5134824.0</v>
       </c>
       <c r="K169" s="14" t="n">
-        <v>4.1263566E7</v>
+        <v>4980554.0</v>
       </c>
       <c r="L169" s="14" t="n">
-        <v>4.1183962E7</v>
+        <v>4919137.0</v>
       </c>
       <c r="M169" s="14" t="n">
-        <v>4.1605069E7</v>
+        <v>4970651.0</v>
       </c>
       <c r="N169" s="14" t="n">
-        <v>4.405771E7</v>
+        <v>5349451.0</v>
       </c>
       <c r="O169" s="14" t="n">
-        <v>4.4061676E7</v>
+        <v>5297304.0</v>
       </c>
       <c r="P169" s="14" t="n">
-        <v>4.3766959E7</v>
+        <v>5308914.0</v>
       </c>
       <c r="Q169" s="14" t="n">
-        <v>4.6836712E7</v>
+        <v>5693803.0</v>
       </c>
       <c r="R169" s="14" t="n">
-        <v>4.4715459E7</v>
+        <v>5495113.0</v>
       </c>
       <c r="S169" s="14" t="n">
-        <v>4.2028737E7</v>
+        <v>5213967.0</v>
       </c>
       <c r="T169" s="14" t="n">
-        <v>3.9284958E7</v>
+        <v>4860479.0</v>
       </c>
       <c r="U169" s="14" t="n">
-        <v>3.7099116E7</v>
+        <v>4590405.0</v>
       </c>
       <c r="V169" s="14" t="n">
-        <v>3.5326629E7</v>
+        <v>4385538.0</v>
       </c>
       <c r="W169" s="14" t="n">
-        <v>3.3471908E7</v>
+        <v>4083891.0</v>
       </c>
       <c r="X169" s="14" t="n">
-        <v>3.2105977E7</v>
+        <v>3913818.0</v>
       </c>
       <c r="Y169" s="14" t="n">
-        <v>2.9681241E7</v>
+        <v>3605193.0</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RESOURCES: Net social contributions</t>
         </is>
       </c>
       <c r="B170" s="14" t="n">
-        <v>17963.0</v>
+        <v>2357.0</v>
       </c>
       <c r="C170" s="14" t="n">
-        <v>13059.0</v>
+        <v>1713.0</v>
       </c>
       <c r="D170" s="14" t="n">
-        <v>15056.0</v>
+        <v>1952.0</v>
       </c>
       <c r="E170" s="14" t="n">
-        <v>15541.0</v>
+        <v>1985.0</v>
       </c>
       <c r="F170" s="14" t="n">
-        <v>15528.0</v>
+        <v>1979.0</v>
       </c>
       <c r="G170" s="14" t="n">
-        <v>11752.0</v>
+        <v>1493.0</v>
       </c>
       <c r="H170" s="14" t="n">
-        <v>10167.0</v>
+        <v>1286.0</v>
       </c>
       <c r="I170" s="14" t="n">
-        <v>7615.0</v>
+        <v>957.0</v>
       </c>
       <c r="J170" s="14" t="n">
-        <v>7438.0</v>
+        <v>933.0</v>
       </c>
       <c r="K170" s="14" t="n">
-        <v>7170.0</v>
+        <v>887.0</v>
       </c>
       <c r="L170" s="14" t="n">
-        <v>8046.0</v>
+        <v>980.0</v>
       </c>
       <c r="M170" s="14" t="n">
-        <v>10409.0</v>
+        <v>1278.0</v>
       </c>
       <c r="N170" s="14" t="n">
-        <v>12899.0</v>
+        <v>1611.0</v>
       </c>
       <c r="O170" s="14" t="n">
-        <v>15497.0</v>
+        <v>1946.0</v>
       </c>
       <c r="P170" s="14" t="n">
-        <v>17246.0</v>
+        <v>2171.0</v>
       </c>
       <c r="Q170" s="14" t="n">
-        <v>19733.0</v>
+        <v>2550.0</v>
       </c>
       <c r="R170" s="14" t="n">
-        <v>18624.0</v>
+        <v>2413.0</v>
       </c>
       <c r="S170" s="14" t="n">
-        <v>18582.0</v>
+        <v>2411.0</v>
       </c>
       <c r="T170" s="14" t="n">
-        <v>18482.0</v>
+        <v>2377.0</v>
       </c>
       <c r="U170" s="14" t="n">
-        <v>15537.0</v>
+        <v>1950.0</v>
       </c>
       <c r="V170" s="14" t="n">
-        <v>13965.0</v>
+        <v>1742.0</v>
       </c>
       <c r="W170" s="14" t="n">
-        <v>13199.0</v>
+        <v>1608.0</v>
       </c>
       <c r="X170" s="14" t="n">
-        <v>12336.0</v>
+        <v>1483.0</v>
       </c>
       <c r="Y170" s="14" t="n">
-        <v>11805.0</v>
+        <v>1418.0</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RESOURCES: Social benefits other than social transfers in kind (1)</t>
         </is>
       </c>
       <c r="B171" s="14" t="n">
-        <v>1.7036354E7</v>
+        <v>1783925.0</v>
       </c>
       <c r="C171" s="14" t="n">
-        <v>1.5406427E7</v>
+        <v>1621337.0</v>
       </c>
       <c r="D171" s="14" t="n">
-        <v>1.5276484E7</v>
+        <v>1605410.0</v>
       </c>
       <c r="E171" s="14" t="n">
-        <v>1.5349096E7</v>
+        <v>1616304.0</v>
       </c>
       <c r="F171" s="14" t="n">
-        <v>1.3622106E7</v>
+        <v>1422547.0</v>
       </c>
       <c r="G171" s="14" t="n">
-        <v>1.2788202E7</v>
+        <v>1334081.0</v>
       </c>
       <c r="H171" s="14" t="n">
-        <v>1.227342E7</v>
+        <v>1278524.0</v>
       </c>
       <c r="I171" s="14" t="n">
-        <v>1.2080393E7</v>
+        <v>1253448.0</v>
       </c>
       <c r="J171" s="14" t="n">
-        <v>1.1922942E7</v>
+        <v>1238996.0</v>
       </c>
       <c r="K171" s="14" t="n">
-        <v>1.1945179E7</v>
+        <v>1246192.0</v>
       </c>
       <c r="L171" s="14" t="n">
-        <v>1.2009844E7</v>
+        <v>1286199.0</v>
       </c>
       <c r="M171" s="14" t="n">
-        <v>1.1716805E7</v>
+        <v>1270197.0</v>
       </c>
       <c r="N171" s="14" t="n">
-        <v>1.1378693E7</v>
+        <v>1203886.0</v>
       </c>
       <c r="O171" s="14" t="n">
-        <v>1.139931E7</v>
+        <v>1215087.0</v>
       </c>
       <c r="P171" s="14" t="n">
-        <v>1.1080317E7</v>
+        <v>1173307.0</v>
       </c>
       <c r="Q171" s="14" t="n">
-        <v>9871225.0</v>
+        <v>1048379.0</v>
       </c>
       <c r="R171" s="14" t="n">
-        <v>8795300.0</v>
+        <v>924786.0</v>
       </c>
       <c r="S171" s="14" t="n">
-        <v>8275898.0</v>
+        <v>875319.0</v>
       </c>
       <c r="T171" s="14" t="n">
-        <v>7661211.0</v>
+        <v>798126.0</v>
       </c>
       <c r="U171" s="14" t="n">
-        <v>7181742.0</v>
+        <v>743694.0</v>
       </c>
       <c r="V171" s="14" t="n">
-        <v>6477394.0</v>
+        <v>670943.0</v>
       </c>
       <c r="W171" s="14" t="n">
-        <v>6060316.0</v>
+        <v>635681.0</v>
       </c>
       <c r="X171" s="14" t="n">
-        <v>5488310.0</v>
+        <v>572843.0</v>
       </c>
       <c r="Y171" s="14" t="n">
-        <v>5269042.0</v>
+        <v>554759.0</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RESOURCES: Other current transfers</t>
         </is>
       </c>
       <c r="B172" s="14" t="n">
-        <v>4043594.0</v>
+        <v>572252.0</v>
       </c>
       <c r="C172" s="14" t="n">
-        <v>4047620.0</v>
+        <v>615796.0</v>
       </c>
       <c r="D172" s="14" t="n">
-        <v>3794019.0</v>
+        <v>512975.0</v>
       </c>
       <c r="E172" s="14" t="n">
-        <v>2980464.0</v>
+        <v>409374.0</v>
       </c>
       <c r="F172" s="14" t="n">
-        <v>3059015.0</v>
+        <v>412166.0</v>
       </c>
       <c r="G172" s="14" t="n">
-        <v>3142450.0</v>
+        <v>398606.0</v>
       </c>
       <c r="H172" s="14" t="n">
-        <v>2655549.0</v>
+        <v>359657.0</v>
       </c>
       <c r="I172" s="14" t="n">
-        <v>2346887.0</v>
+        <v>334226.0</v>
       </c>
       <c r="J172" s="14" t="n">
-        <v>2262348.0</v>
+        <v>290011.0</v>
       </c>
       <c r="K172" s="14" t="n">
-        <v>2264425.0</v>
+        <v>258021.0</v>
       </c>
       <c r="L172" s="14" t="n">
-        <v>2062954.0</v>
+        <v>243463.0</v>
       </c>
       <c r="M172" s="14" t="n">
-        <v>1866384.0</v>
+        <v>242194.0</v>
       </c>
       <c r="N172" s="14" t="n">
-        <v>1892442.0</v>
+        <v>245352.0</v>
       </c>
       <c r="O172" s="14" t="n">
-        <v>1806858.0</v>
+        <v>239562.0</v>
       </c>
       <c r="P172" s="14" t="n">
-        <v>2080736.0</v>
+        <v>304789.0</v>
       </c>
       <c r="Q172" s="14" t="n">
-        <v>2137059.0</v>
+        <v>313012.0</v>
       </c>
       <c r="R172" s="14" t="n">
-        <v>2025762.0</v>
+        <v>290461.0</v>
       </c>
       <c r="S172" s="14" t="n">
-        <v>1884470.0</v>
+        <v>260915.0</v>
       </c>
       <c r="T172" s="14" t="n">
-        <v>1964334.0</v>
+        <v>264168.0</v>
       </c>
       <c r="U172" s="14" t="n">
-        <v>1951055.0</v>
+        <v>287161.0</v>
       </c>
       <c r="V172" s="14" t="n">
-        <v>1884121.0</v>
+        <v>233620.0</v>
       </c>
       <c r="W172" s="14" t="n">
-        <v>1843096.0</v>
+        <v>219909.0</v>
       </c>
       <c r="X172" s="14" t="n">
-        <v>1838258.0</v>
+        <v>223366.0</v>
       </c>
       <c r="Y172" s="14" t="n">
-        <v>1740488.0</v>
+        <v>234497.0</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT: Current taxes on income, capital gains, etc.</t>
         </is>
       </c>
       <c r="B173" s="14" t="n">
-        <v>7785612.0</v>
+        <v>916732.0</v>
       </c>
       <c r="C173" s="14" t="n">
-        <v>7104218.0</v>
+        <v>884006.0</v>
       </c>
       <c r="D173" s="14" t="n">
-        <v>6615836.0</v>
+        <v>726990.0</v>
       </c>
       <c r="E173" s="14" t="n">
-        <v>6134962.0</v>
+        <v>681543.0</v>
       </c>
       <c r="F173" s="14" t="n">
-        <v>6238777.0</v>
+        <v>685888.0</v>
       </c>
       <c r="G173" s="14" t="n">
-        <v>5974981.0</v>
+        <v>654072.0</v>
       </c>
       <c r="H173" s="14" t="n">
-        <v>5655269.0</v>
+        <v>619686.0</v>
       </c>
       <c r="I173" s="14" t="n">
-        <v>5333505.0</v>
+        <v>591273.0</v>
       </c>
       <c r="J173" s="14" t="n">
-        <v>5110097.0</v>
+        <v>575281.0</v>
       </c>
       <c r="K173" s="14" t="n">
-        <v>4827252.0</v>
+        <v>590508.0</v>
       </c>
       <c r="L173" s="14" t="n">
-        <v>4657491.0</v>
+        <v>572156.0</v>
       </c>
       <c r="M173" s="14" t="n">
-        <v>4662423.0</v>
+        <v>568803.0</v>
       </c>
       <c r="N173" s="14" t="n">
-        <v>4544470.0</v>
+        <v>559205.0</v>
       </c>
       <c r="O173" s="14" t="n">
-        <v>4318781.0</v>
+        <v>546569.0</v>
       </c>
       <c r="P173" s="14" t="n">
-        <v>4161435.0</v>
+        <v>514316.0</v>
       </c>
       <c r="Q173" s="14" t="n">
-        <v>4886740.0</v>
+        <v>631790.0</v>
       </c>
       <c r="R173" s="14" t="n">
-        <v>4630787.0</v>
+        <v>620549.0</v>
       </c>
       <c r="S173" s="14" t="n">
-        <v>4031467.0</v>
+        <v>532802.0</v>
       </c>
       <c r="T173" s="14" t="n">
-        <v>3684989.0</v>
+        <v>452706.0</v>
       </c>
       <c r="U173" s="14" t="n">
-        <v>3538086.0</v>
+        <v>432068.0</v>
       </c>
       <c r="V173" s="14" t="n">
-        <v>3320307.0</v>
+        <v>374576.0</v>
       </c>
       <c r="W173" s="14" t="n">
-        <v>3133341.0</v>
+        <v>366701.0</v>
       </c>
       <c r="X173" s="14" t="n">
-        <v>3031287.0</v>
+        <v>340778.0</v>
       </c>
       <c r="Y173" s="14" t="n">
-        <v>2809253.0</v>
+        <v>311600.0</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT:   Net social contributions (2)</t>
         </is>
       </c>
       <c r="B174" s="14" t="n">
-        <v>1.1721922E7</v>
+        <v>1327150.0</v>
       </c>
       <c r="C174" s="14" t="n">
-        <v>1.0898488E7</v>
+        <v>1225166.0</v>
       </c>
       <c r="D174" s="14" t="n">
-        <v>1.0581879E7</v>
+        <v>1190349.0</v>
       </c>
       <c r="E174" s="14" t="n">
-        <v>1.0141291E7</v>
+        <v>1127972.0</v>
       </c>
       <c r="F174" s="14" t="n">
-        <v>1.0002671E7</v>
+        <v>1128844.0</v>
       </c>
       <c r="G174" s="14" t="n">
-        <v>9354490.0</v>
+        <v>1053441.0</v>
       </c>
       <c r="H174" s="14" t="n">
-        <v>9102619.0</v>
+        <v>1019178.0</v>
       </c>
       <c r="I174" s="14" t="n">
-        <v>8841217.0</v>
+        <v>992055.0</v>
       </c>
       <c r="J174" s="14" t="n">
-        <v>8738549.0</v>
+        <v>975932.0</v>
       </c>
       <c r="K174" s="14" t="n">
-        <v>8835169.0</v>
+        <v>980084.0</v>
       </c>
       <c r="L174" s="14" t="n">
-        <v>8750285.0</v>
+        <v>973282.0</v>
       </c>
       <c r="M174" s="14" t="n">
-        <v>8974489.0</v>
+        <v>1001309.0</v>
       </c>
       <c r="N174" s="14" t="n">
-        <v>9283771.0</v>
+        <v>1050830.0</v>
       </c>
       <c r="O174" s="14" t="n">
-        <v>9282727.0</v>
+        <v>1070593.0</v>
       </c>
       <c r="P174" s="14" t="n">
-        <v>9124979.0</v>
+        <v>1064830.0</v>
       </c>
       <c r="Q174" s="14" t="n">
-        <v>9186179.0</v>
+        <v>1100362.0</v>
       </c>
       <c r="R174" s="14" t="n">
-        <v>8670932.0</v>
+        <v>1036083.0</v>
       </c>
       <c r="S174" s="14" t="n">
-        <v>8147121.0</v>
+        <v>976142.0</v>
       </c>
       <c r="T174" s="14" t="n">
-        <v>7658987.0</v>
+        <v>890927.0</v>
       </c>
       <c r="U174" s="14" t="n">
-        <v>7302476.0</v>
+        <v>834303.0</v>
       </c>
       <c r="V174" s="14" t="n">
-        <v>6829097.0</v>
+        <v>762145.0</v>
       </c>
       <c r="W174" s="14" t="n">
-        <v>6580947.0</v>
+        <v>722607.0</v>
       </c>
       <c r="X174" s="14" t="n">
-        <v>6225263.0</v>
+        <v>676721.0</v>
       </c>
       <c r="Y174" s="14" t="n">
-        <v>5793527.0</v>
+        <v>632574.0</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT: Social benefits other than social transfers in kind</t>
         </is>
       </c>
       <c r="B175" s="14" t="n">
-        <v>21197.0</v>
+        <v>2389.0</v>
       </c>
       <c r="C175" s="14" t="n">
-        <v>19422.0</v>
+        <v>2272.0</v>
       </c>
       <c r="D175" s="14" t="n">
-        <v>12667.0</v>
+        <v>1519.0</v>
       </c>
       <c r="E175" s="14" t="n">
-        <v>11307.0</v>
+        <v>1261.0</v>
       </c>
       <c r="F175" s="14" t="n">
-        <v>11372.0</v>
+        <v>1334.0</v>
       </c>
       <c r="G175" s="14" t="n">
-        <v>8654.0</v>
+        <v>1037.0</v>
       </c>
       <c r="H175" s="14" t="n">
-        <v>7017.0</v>
+        <v>907.0</v>
       </c>
       <c r="I175" s="14" t="n">
-        <v>6225.0</v>
+        <v>719.0</v>
       </c>
       <c r="J175" s="14" t="n">
-        <v>5128.0</v>
+        <v>610.0</v>
       </c>
       <c r="K175" s="14" t="n">
-        <v>3372.0</v>
+        <v>417.0</v>
       </c>
       <c r="L175" s="14" t="n">
-        <v>5437.0</v>
+        <v>602.0</v>
       </c>
       <c r="M175" s="14" t="n">
-        <v>7600.0</v>
+        <v>872.0</v>
       </c>
       <c r="N175" s="14" t="n">
-        <v>8069.0</v>
+        <v>936.0</v>
       </c>
       <c r="O175" s="14" t="n">
-        <v>19019.0</v>
+        <v>2245.0</v>
       </c>
       <c r="P175" s="14" t="n">
-        <v>18883.0</v>
+        <v>2018.0</v>
       </c>
       <c r="Q175" s="14" t="n">
-        <v>19791.0</v>
+        <v>2403.0</v>
       </c>
       <c r="R175" s="14" t="n">
-        <v>21067.0</v>
+        <v>2459.0</v>
       </c>
       <c r="S175" s="14" t="n">
-        <v>18371.0</v>
+        <v>2178.0</v>
       </c>
       <c r="T175" s="14" t="n">
-        <v>16986.0</v>
+        <v>1982.0</v>
       </c>
       <c r="U175" s="14" t="n">
-        <v>14958.0</v>
+        <v>1706.0</v>
       </c>
       <c r="V175" s="14" t="n">
-        <v>14187.0</v>
+        <v>1652.0</v>
       </c>
       <c r="W175" s="14" t="n">
-        <v>12436.0</v>
+        <v>1368.0</v>
       </c>
       <c r="X175" s="14" t="n">
-        <v>9451.0</v>
+        <v>1052.0</v>
       </c>
       <c r="Y175" s="14" t="n">
-        <v>14036.0</v>
+        <v>1562.0</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT:   Other current transfers</t>
         </is>
       </c>
       <c r="B176" s="14" t="n">
-        <v>4524737.0</v>
+        <v>665972.0</v>
       </c>
       <c r="C176" s="14" t="n">
-        <v>4274049.0</v>
+        <v>624737.0</v>
       </c>
       <c r="D176" s="14" t="n">
-        <v>4181305.0</v>
+        <v>601448.0</v>
       </c>
       <c r="E176" s="14" t="n">
-        <v>3317673.0</v>
+        <v>485663.0</v>
       </c>
       <c r="F176" s="14" t="n">
-        <v>3404061.0</v>
+        <v>493020.0</v>
       </c>
       <c r="G176" s="14" t="n">
-        <v>3271386.0</v>
+        <v>478266.0</v>
       </c>
       <c r="H176" s="14" t="n">
-        <v>2984086.0</v>
+        <v>434602.0</v>
       </c>
       <c r="I176" s="14" t="n">
-        <v>2637320.0</v>
+        <v>390338.0</v>
       </c>
       <c r="J176" s="14" t="n">
-        <v>2535029.0</v>
+        <v>366600.0</v>
       </c>
       <c r="K176" s="14" t="n">
-        <v>2405688.0</v>
+        <v>328498.0</v>
       </c>
       <c r="L176" s="14" t="n">
-        <v>2269546.0</v>
+        <v>319201.0</v>
       </c>
       <c r="M176" s="14" t="n">
-        <v>2098131.0</v>
+        <v>312868.0</v>
       </c>
       <c r="N176" s="14" t="n">
-        <v>2034408.0</v>
+        <v>315810.0</v>
       </c>
       <c r="O176" s="14" t="n">
-        <v>1998409.0</v>
+        <v>325981.0</v>
       </c>
       <c r="P176" s="14" t="n">
-        <v>2250922.0</v>
+        <v>375099.0</v>
       </c>
       <c r="Q176" s="14" t="n">
-        <v>2303057.0</v>
+        <v>384142.0</v>
       </c>
       <c r="R176" s="14" t="n">
-        <v>2226048.0</v>
+        <v>371657.0</v>
       </c>
       <c r="S176" s="14" t="n">
-        <v>2079158.0</v>
+        <v>339133.0</v>
       </c>
       <c r="T176" s="14" t="n">
-        <v>2112020.0</v>
+        <v>318728.0</v>
       </c>
       <c r="U176" s="14" t="n">
-        <v>1993946.0</v>
+        <v>283936.0</v>
       </c>
       <c r="V176" s="14" t="n">
-        <v>1925120.0</v>
+        <v>271141.0</v>
       </c>
       <c r="W176" s="14" t="n">
-        <v>1891413.0</v>
+        <v>236417.0</v>
       </c>
       <c r="X176" s="14" t="n">
-        <v>1825817.0</v>
+        <v>237976.0</v>
       </c>
       <c r="Y176" s="14" t="n">
-        <v>1718906.0</v>
+        <v>215812.0</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT: Gross disposable income</t>
         </is>
       </c>
       <c r="B177" s="14" t="n">
-        <v>5.5785056E7</v>
+        <v>6350627.0</v>
       </c>
       <c r="C177" s="14" t="n">
-        <v>5.0318617E7</v>
+        <v>5808995.0</v>
       </c>
       <c r="D177" s="14" t="n">
-        <v>4.6567105E7</v>
+        <v>5411146.0</v>
       </c>
       <c r="E177" s="14" t="n">
-        <v>4.4895631E7</v>
+        <v>5262171.0</v>
       </c>
       <c r="F177" s="14" t="n">
-        <v>4.6175225E7</v>
+        <v>5315201.0</v>
       </c>
       <c r="G177" s="14" t="n">
-        <v>4.4206455E7</v>
+        <v>5164525.0</v>
       </c>
       <c r="H177" s="14" t="n">
-        <v>4.3016677E7</v>
+        <v>4999614.0</v>
       </c>
       <c r="I177" s="14" t="n">
-        <v>4.1442787E7</v>
+        <v>4858045.0</v>
       </c>
       <c r="J177" s="14" t="n">
-        <v>4.0387839E7</v>
+        <v>4746341.0</v>
       </c>
       <c r="K177" s="14" t="n">
-        <v>3.9408859E7</v>
+        <v>4586147.0</v>
       </c>
       <c r="L177" s="14" t="n">
-        <v>3.9582047E7</v>
+        <v>4584538.0</v>
       </c>
       <c r="M177" s="14" t="n">
-        <v>3.9456024E7</v>
+        <v>4600468.0</v>
       </c>
       <c r="N177" s="14" t="n">
-        <v>4.1471026E7</v>
+        <v>4873519.0</v>
       </c>
       <c r="O177" s="14" t="n">
-        <v>4.1664405E7</v>
+        <v>4808511.0</v>
       </c>
       <c r="P177" s="14" t="n">
-        <v>4.1389039E7</v>
+        <v>4832918.0</v>
       </c>
       <c r="Q177" s="14" t="n">
-        <v>4.2468962E7</v>
+        <v>4939047.0</v>
       </c>
       <c r="R177" s="14" t="n">
-        <v>4.0006311E7</v>
+        <v>4682025.0</v>
       </c>
       <c r="S177" s="14" t="n">
-        <v>3.793157E7</v>
+        <v>4502357.0</v>
       </c>
       <c r="T177" s="14" t="n">
-        <v>3.5456003E7</v>
+        <v>4260807.0</v>
       </c>
       <c r="U177" s="14" t="n">
-        <v>3.3397984E7</v>
+        <v>4071197.0</v>
       </c>
       <c r="V177" s="14" t="n">
-        <v>3.1613398E7</v>
+        <v>3882329.0</v>
       </c>
       <c r="W177" s="14" t="n">
-        <v>2.9770382E7</v>
+        <v>3613996.0</v>
       </c>
       <c r="X177" s="14" t="n">
-        <v>2.8353063E7</v>
+        <v>3454983.0</v>
       </c>
       <c r="Y177" s="14" t="n">
-        <v>2.6366854E7</v>
+        <v>3234319.0</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="6" t="inlineStr">
         <is>
-          <t>17 Rioja, La</t>
+          <t>CEUTA</t>
         </is>
       </c>
       <c r="B178" s="6"/>
       <c r="C178" s="6"/>
       <c r="D178" s="6"/>
       <c r="E178" s="6"/>
       <c r="F178" s="6"/>
       <c r="G178" s="6"/>
       <c r="H178" s="6"/>
       <c r="I178" s="6"/>
       <c r="J178" s="6"/>
       <c r="K178" s="6"/>
       <c r="L178" s="6"/>
       <c r="M178" s="6"/>
       <c r="N178" s="6"/>
       <c r="O178" s="6"/>
       <c r="P178" s="6"/>
       <c r="Q178" s="6"/>
       <c r="R178" s="6"/>
       <c r="S178" s="6"/>
       <c r="T178" s="6"/>
       <c r="U178" s="6"/>
       <c r="V178" s="6"/>
       <c r="W178" s="6"/>
       <c r="X178" s="6"/>
       <c r="Y178" s="6"/>
     </row>
     <row r="179">
       <c r="A179" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RESOURCES: Balance of gross primary income</t>
         </is>
       </c>
       <c r="B179" s="14" t="n">
-        <v>6904336.0</v>
+        <v>1390633.0</v>
       </c>
       <c r="C179" s="14" t="n">
-        <v>6306330.0</v>
+        <v>1305985.0</v>
       </c>
       <c r="D179" s="14" t="n">
-        <v>5811115.0</v>
+        <v>1243049.0</v>
       </c>
       <c r="E179" s="14" t="n">
-        <v>5530947.0</v>
+        <v>1181234.0</v>
       </c>
       <c r="F179" s="14" t="n">
-        <v>5787595.0</v>
+        <v>1226990.0</v>
       </c>
       <c r="G179" s="14" t="n">
-        <v>5617161.0</v>
+        <v>1171108.0</v>
       </c>
       <c r="H179" s="14" t="n">
-        <v>5434520.0</v>
+        <v>1136896.0</v>
       </c>
       <c r="I179" s="14" t="n">
-        <v>5243799.0</v>
+        <v>1130101.0</v>
       </c>
       <c r="J179" s="14" t="n">
-        <v>5134824.0</v>
+        <v>1114367.0</v>
       </c>
       <c r="K179" s="14" t="n">
-        <v>4980554.0</v>
+        <v>1080314.0</v>
       </c>
       <c r="L179" s="14" t="n">
-        <v>4919137.0</v>
+        <v>1083301.0</v>
       </c>
       <c r="M179" s="14" t="n">
-        <v>4970651.0</v>
+        <v>1057030.0</v>
       </c>
       <c r="N179" s="14" t="n">
-        <v>5349451.0</v>
+        <v>1133731.0</v>
       </c>
       <c r="O179" s="14" t="n">
-        <v>5297304.0</v>
+        <v>1124968.0</v>
       </c>
       <c r="P179" s="14" t="n">
-        <v>5308914.0</v>
+        <v>1116337.0</v>
       </c>
       <c r="Q179" s="14" t="n">
-        <v>5693803.0</v>
+        <v>1134517.0</v>
       </c>
       <c r="R179" s="14" t="n">
-        <v>5495113.0</v>
+        <v>1099616.0</v>
       </c>
       <c r="S179" s="14" t="n">
-        <v>5213967.0</v>
+        <v>1061193.0</v>
       </c>
       <c r="T179" s="14" t="n">
-        <v>4860479.0</v>
+        <v>1005833.0</v>
       </c>
       <c r="U179" s="14" t="n">
-        <v>4590405.0</v>
+        <v>937940.0</v>
       </c>
       <c r="V179" s="14" t="n">
-        <v>4385538.0</v>
+        <v>887053.0</v>
       </c>
       <c r="W179" s="14" t="n">
-        <v>4083891.0</v>
+        <v>818462.0</v>
       </c>
       <c r="X179" s="14" t="n">
-        <v>3913818.0</v>
+        <v>783974.0</v>
       </c>
       <c r="Y179" s="14" t="n">
-        <v>3605193.0</v>
+        <v>736079.0</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RESOURCES: Net social contributions</t>
         </is>
       </c>
       <c r="B180" s="14" t="n">
-        <v>2357.0</v>
+        <v>427.0</v>
       </c>
       <c r="C180" s="14" t="n">
-        <v>1713.0</v>
+        <v>303.0</v>
       </c>
       <c r="D180" s="14" t="n">
-        <v>1952.0</v>
+        <v>352.0</v>
       </c>
       <c r="E180" s="14" t="n">
-        <v>1985.0</v>
+        <v>354.0</v>
       </c>
       <c r="F180" s="14" t="n">
-        <v>1979.0</v>
+        <v>354.0</v>
       </c>
       <c r="G180" s="14" t="n">
-        <v>1493.0</v>
+        <v>270.0</v>
       </c>
       <c r="H180" s="14" t="n">
-        <v>1286.0</v>
+        <v>233.0</v>
       </c>
       <c r="I180" s="14" t="n">
-        <v>957.0</v>
+        <v>176.0</v>
       </c>
       <c r="J180" s="14" t="n">
-        <v>933.0</v>
+        <v>172.0</v>
       </c>
       <c r="K180" s="14" t="n">
-        <v>887.0</v>
+        <v>167.0</v>
       </c>
       <c r="L180" s="14" t="n">
-        <v>980.0</v>
+        <v>188.0</v>
       </c>
       <c r="M180" s="14" t="n">
-        <v>1278.0</v>
+        <v>238.0</v>
       </c>
       <c r="N180" s="14" t="n">
-        <v>1611.0</v>
+        <v>298.0</v>
       </c>
       <c r="O180" s="14" t="n">
-        <v>1946.0</v>
+        <v>354.0</v>
       </c>
       <c r="P180" s="14" t="n">
-        <v>2171.0</v>
+        <v>390.0</v>
       </c>
       <c r="Q180" s="14" t="n">
-        <v>2550.0</v>
+        <v>426.0</v>
       </c>
       <c r="R180" s="14" t="n">
-        <v>2413.0</v>
+        <v>398.0</v>
       </c>
       <c r="S180" s="14" t="n">
-        <v>2411.0</v>
+        <v>393.0</v>
       </c>
       <c r="T180" s="14" t="n">
-        <v>2377.0</v>
+        <v>386.0</v>
       </c>
       <c r="U180" s="14" t="n">
-        <v>1950.0</v>
+        <v>331.0</v>
       </c>
       <c r="V180" s="14" t="n">
-        <v>1742.0</v>
+        <v>290.0</v>
       </c>
       <c r="W180" s="14" t="n">
-        <v>1608.0</v>
+        <v>272.0</v>
       </c>
       <c r="X180" s="14" t="n">
-        <v>1483.0</v>
+        <v>244.0</v>
       </c>
       <c r="Y180" s="14" t="n">
-        <v>1418.0</v>
+        <v>231.0</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RESOURCES: Social benefits other than social transfers in kind (1)</t>
         </is>
       </c>
       <c r="B181" s="14" t="n">
-        <v>1783925.0</v>
+        <v>393057.0</v>
       </c>
       <c r="C181" s="14" t="n">
-        <v>1621337.0</v>
+        <v>360550.0</v>
       </c>
       <c r="D181" s="14" t="n">
-        <v>1605410.0</v>
+        <v>353559.0</v>
       </c>
       <c r="E181" s="14" t="n">
-        <v>1616304.0</v>
+        <v>338461.0</v>
       </c>
       <c r="F181" s="14" t="n">
-        <v>1422547.0</v>
+        <v>303932.0</v>
       </c>
       <c r="G181" s="14" t="n">
-        <v>1334081.0</v>
+        <v>284924.0</v>
       </c>
       <c r="H181" s="14" t="n">
-        <v>1278524.0</v>
+        <v>274044.0</v>
       </c>
       <c r="I181" s="14" t="n">
-        <v>1253448.0</v>
+        <v>270305.0</v>
       </c>
       <c r="J181" s="14" t="n">
-        <v>1238996.0</v>
+        <v>261794.0</v>
       </c>
       <c r="K181" s="14" t="n">
-        <v>1246192.0</v>
+        <v>254999.0</v>
       </c>
       <c r="L181" s="14" t="n">
-        <v>1286199.0</v>
+        <v>253588.0</v>
       </c>
       <c r="M181" s="14" t="n">
-        <v>1270197.0</v>
+        <v>256200.0</v>
       </c>
       <c r="N181" s="14" t="n">
-        <v>1203886.0</v>
+        <v>251701.0</v>
       </c>
       <c r="O181" s="14" t="n">
-        <v>1215087.0</v>
+        <v>252429.0</v>
       </c>
       <c r="P181" s="14" t="n">
-        <v>1173307.0</v>
+        <v>242102.0</v>
       </c>
       <c r="Q181" s="14" t="n">
-        <v>1048379.0</v>
+        <v>217612.0</v>
       </c>
       <c r="R181" s="14" t="n">
-        <v>924786.0</v>
+        <v>195955.0</v>
       </c>
       <c r="S181" s="14" t="n">
-        <v>875319.0</v>
+        <v>186293.0</v>
       </c>
       <c r="T181" s="14" t="n">
-        <v>798126.0</v>
+        <v>172026.0</v>
       </c>
       <c r="U181" s="14" t="n">
-        <v>743694.0</v>
+        <v>161356.0</v>
       </c>
       <c r="V181" s="14" t="n">
-        <v>670943.0</v>
+        <v>148114.0</v>
       </c>
       <c r="W181" s="14" t="n">
-        <v>635681.0</v>
+        <v>138318.0</v>
       </c>
       <c r="X181" s="14" t="n">
-        <v>572843.0</v>
+        <v>126198.0</v>
       </c>
       <c r="Y181" s="14" t="n">
-        <v>554759.0</v>
+        <v>125696.0</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RESOURCES: Other current transfers</t>
         </is>
       </c>
       <c r="B182" s="14" t="n">
-        <v>572252.0</v>
+        <v>156937.0</v>
       </c>
       <c r="C182" s="14" t="n">
-        <v>615796.0</v>
+        <v>147848.0</v>
       </c>
       <c r="D182" s="14" t="n">
-        <v>512975.0</v>
+        <v>150469.0</v>
       </c>
       <c r="E182" s="14" t="n">
-        <v>409374.0</v>
+        <v>108629.0</v>
       </c>
       <c r="F182" s="14" t="n">
-        <v>412166.0</v>
+        <v>112286.0</v>
       </c>
       <c r="G182" s="14" t="n">
-        <v>398606.0</v>
+        <v>106349.0</v>
       </c>
       <c r="H182" s="14" t="n">
-        <v>359657.0</v>
+        <v>96476.0</v>
       </c>
       <c r="I182" s="14" t="n">
-        <v>334226.0</v>
+        <v>86374.0</v>
       </c>
       <c r="J182" s="14" t="n">
-        <v>290011.0</v>
+        <v>72971.0</v>
       </c>
       <c r="K182" s="14" t="n">
-        <v>258021.0</v>
+        <v>66073.0</v>
       </c>
       <c r="L182" s="14" t="n">
-        <v>243463.0</v>
+        <v>69464.0</v>
       </c>
       <c r="M182" s="14" t="n">
-        <v>242194.0</v>
+        <v>66756.0</v>
       </c>
       <c r="N182" s="14" t="n">
-        <v>245352.0</v>
+        <v>69339.0</v>
       </c>
       <c r="O182" s="14" t="n">
-        <v>239562.0</v>
+        <v>59846.0</v>
       </c>
       <c r="P182" s="14" t="n">
-        <v>304789.0</v>
+        <v>73385.0</v>
       </c>
       <c r="Q182" s="14" t="n">
-        <v>313012.0</v>
+        <v>79878.0</v>
       </c>
       <c r="R182" s="14" t="n">
-        <v>290461.0</v>
+        <v>74984.0</v>
       </c>
       <c r="S182" s="14" t="n">
-        <v>260915.0</v>
+        <v>66543.0</v>
       </c>
       <c r="T182" s="14" t="n">
-        <v>264168.0</v>
+        <v>62556.0</v>
       </c>
       <c r="U182" s="14" t="n">
-        <v>287161.0</v>
+        <v>63605.0</v>
       </c>
       <c r="V182" s="14" t="n">
-        <v>233620.0</v>
+        <v>62778.0</v>
       </c>
       <c r="W182" s="14" t="n">
-        <v>219909.0</v>
+        <v>53666.0</v>
       </c>
       <c r="X182" s="14" t="n">
-        <v>223366.0</v>
+        <v>57979.0</v>
       </c>
       <c r="Y182" s="14" t="n">
-        <v>234497.0</v>
+        <v>60887.0</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT: Current taxes on income, capital gains, etc.</t>
         </is>
       </c>
       <c r="B183" s="14" t="n">
-        <v>916732.0</v>
+        <v>92463.0</v>
       </c>
       <c r="C183" s="14" t="n">
-        <v>884006.0</v>
+        <v>84468.0</v>
       </c>
       <c r="D183" s="14" t="n">
-        <v>726990.0</v>
+        <v>74850.0</v>
       </c>
       <c r="E183" s="14" t="n">
-        <v>681543.0</v>
+        <v>71517.0</v>
       </c>
       <c r="F183" s="14" t="n">
-        <v>685888.0</v>
+        <v>71547.0</v>
       </c>
       <c r="G183" s="14" t="n">
-        <v>654072.0</v>
+        <v>66947.0</v>
       </c>
       <c r="H183" s="14" t="n">
-        <v>619686.0</v>
+        <v>78172.0</v>
       </c>
       <c r="I183" s="14" t="n">
-        <v>591273.0</v>
+        <v>75777.0</v>
       </c>
       <c r="J183" s="14" t="n">
-        <v>575281.0</v>
+        <v>77702.0</v>
       </c>
       <c r="K183" s="14" t="n">
-        <v>590508.0</v>
+        <v>81604.0</v>
       </c>
       <c r="L183" s="14" t="n">
-        <v>572156.0</v>
+        <v>80733.0</v>
       </c>
       <c r="M183" s="14" t="n">
-        <v>568803.0</v>
+        <v>76191.0</v>
       </c>
       <c r="N183" s="14" t="n">
-        <v>559205.0</v>
+        <v>75156.0</v>
       </c>
       <c r="O183" s="14" t="n">
-        <v>546569.0</v>
+        <v>75633.0</v>
       </c>
       <c r="P183" s="14" t="n">
-        <v>514316.0</v>
+        <v>67543.0</v>
       </c>
       <c r="Q183" s="14" t="n">
-        <v>631790.0</v>
+        <v>70445.0</v>
       </c>
       <c r="R183" s="14" t="n">
-        <v>620549.0</v>
+        <v>73924.0</v>
       </c>
       <c r="S183" s="14" t="n">
-        <v>532802.0</v>
+        <v>60713.0</v>
       </c>
       <c r="T183" s="14" t="n">
-        <v>452706.0</v>
+        <v>55520.0</v>
       </c>
       <c r="U183" s="14" t="n">
-        <v>432068.0</v>
+        <v>52112.0</v>
       </c>
       <c r="V183" s="14" t="n">
-        <v>374576.0</v>
+        <v>44308.0</v>
       </c>
       <c r="W183" s="14" t="n">
-        <v>366701.0</v>
+        <v>43347.0</v>
       </c>
       <c r="X183" s="14" t="n">
-        <v>340778.0</v>
+        <v>43783.0</v>
       </c>
       <c r="Y183" s="14" t="n">
-        <v>311600.0</v>
+        <v>40389.0</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT:   Net social contributions (2)</t>
         </is>
       </c>
       <c r="B184" s="14" t="n">
-        <v>1327150.0</v>
+        <v>310285.0</v>
       </c>
       <c r="C184" s="14" t="n">
-        <v>1225166.0</v>
+        <v>278844.0</v>
       </c>
       <c r="D184" s="14" t="n">
-        <v>1190349.0</v>
+        <v>276804.0</v>
       </c>
       <c r="E184" s="14" t="n">
-        <v>1127972.0</v>
+        <v>265421.0</v>
       </c>
       <c r="F184" s="14" t="n">
-        <v>1128844.0</v>
+        <v>261551.0</v>
       </c>
       <c r="G184" s="14" t="n">
-        <v>1053441.0</v>
+        <v>247138.0</v>
       </c>
       <c r="H184" s="14" t="n">
-        <v>1019178.0</v>
+        <v>242143.0</v>
       </c>
       <c r="I184" s="14" t="n">
-        <v>992055.0</v>
+        <v>236613.0</v>
       </c>
       <c r="J184" s="14" t="n">
-        <v>975932.0</v>
+        <v>236608.0</v>
       </c>
       <c r="K184" s="14" t="n">
-        <v>980084.0</v>
+        <v>238461.0</v>
       </c>
       <c r="L184" s="14" t="n">
-        <v>973282.0</v>
+        <v>236348.0</v>
       </c>
       <c r="M184" s="14" t="n">
-        <v>1001309.0</v>
+        <v>240913.0</v>
       </c>
       <c r="N184" s="14" t="n">
-        <v>1050830.0</v>
+        <v>245576.0</v>
       </c>
       <c r="O184" s="14" t="n">
-        <v>1070593.0</v>
+        <v>245250.0</v>
       </c>
       <c r="P184" s="14" t="n">
-        <v>1064830.0</v>
+        <v>241669.0</v>
       </c>
       <c r="Q184" s="14" t="n">
-        <v>1100362.0</v>
+        <v>227721.0</v>
       </c>
       <c r="R184" s="14" t="n">
-        <v>1036083.0</v>
+        <v>212662.0</v>
       </c>
       <c r="S184" s="14" t="n">
-        <v>976142.0</v>
+        <v>206415.0</v>
       </c>
       <c r="T184" s="14" t="n">
-        <v>890927.0</v>
+        <v>189622.0</v>
       </c>
       <c r="U184" s="14" t="n">
-        <v>834303.0</v>
+        <v>176969.0</v>
       </c>
       <c r="V184" s="14" t="n">
-        <v>762145.0</v>
+        <v>169934.0</v>
       </c>
       <c r="W184" s="14" t="n">
-        <v>722607.0</v>
+        <v>171763.0</v>
       </c>
       <c r="X184" s="14" t="n">
-        <v>676721.0</v>
+        <v>160523.0</v>
       </c>
       <c r="Y184" s="14" t="n">
-        <v>632574.0</v>
+        <v>154745.0</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT: Social benefits other than social transfers in kind</t>
         </is>
       </c>
       <c r="B185" s="14" t="n">
-        <v>2389.0</v>
+        <v>447.0</v>
       </c>
       <c r="C185" s="14" t="n">
-        <v>2272.0</v>
+        <v>404.0</v>
       </c>
       <c r="D185" s="14" t="n">
-        <v>1519.0</v>
+        <v>274.0</v>
       </c>
       <c r="E185" s="14" t="n">
-        <v>1261.0</v>
+        <v>236.0</v>
       </c>
       <c r="F185" s="14" t="n">
-        <v>1334.0</v>
+        <v>243.0</v>
       </c>
       <c r="G185" s="14" t="n">
-        <v>1037.0</v>
+        <v>183.0</v>
       </c>
       <c r="H185" s="14" t="n">
-        <v>907.0</v>
+        <v>154.0</v>
       </c>
       <c r="I185" s="14" t="n">
-        <v>719.0</v>
+        <v>127.0</v>
       </c>
       <c r="J185" s="14" t="n">
-        <v>610.0</v>
+        <v>110.0</v>
       </c>
       <c r="K185" s="14" t="n">
-        <v>417.0</v>
+        <v>71.0</v>
       </c>
       <c r="L185" s="14" t="n">
-        <v>602.0</v>
+        <v>112.0</v>
       </c>
       <c r="M185" s="14" t="n">
-        <v>872.0</v>
+        <v>171.0</v>
       </c>
       <c r="N185" s="14" t="n">
-        <v>936.0</v>
+        <v>168.0</v>
       </c>
       <c r="O185" s="14" t="n">
-        <v>2245.0</v>
+        <v>406.0</v>
       </c>
       <c r="P185" s="14" t="n">
-        <v>2018.0</v>
+        <v>374.0</v>
       </c>
       <c r="Q185" s="14" t="n">
-        <v>2403.0</v>
+        <v>377.0</v>
       </c>
       <c r="R185" s="14" t="n">
-        <v>2459.0</v>
+        <v>382.0</v>
       </c>
       <c r="S185" s="14" t="n">
-        <v>2178.0</v>
+        <v>340.0</v>
       </c>
       <c r="T185" s="14" t="n">
-        <v>1982.0</v>
+        <v>311.0</v>
       </c>
       <c r="U185" s="14" t="n">
-        <v>1706.0</v>
+        <v>287.0</v>
       </c>
       <c r="V185" s="14" t="n">
-        <v>1652.0</v>
+        <v>261.0</v>
       </c>
       <c r="W185" s="14" t="n">
-        <v>1368.0</v>
+        <v>233.0</v>
       </c>
       <c r="X185" s="14" t="n">
-        <v>1052.0</v>
+        <v>166.0</v>
       </c>
       <c r="Y185" s="14" t="n">
-        <v>1562.0</v>
+        <v>244.0</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT:   Other current transfers</t>
         </is>
       </c>
       <c r="B186" s="14" t="n">
-        <v>665972.0</v>
+        <v>171720.0</v>
       </c>
       <c r="C186" s="14" t="n">
-        <v>624737.0</v>
+        <v>160762.0</v>
       </c>
       <c r="D186" s="14" t="n">
-        <v>601448.0</v>
+        <v>161447.0</v>
       </c>
       <c r="E186" s="14" t="n">
-        <v>485663.0</v>
+        <v>119277.0</v>
       </c>
       <c r="F186" s="14" t="n">
-        <v>493020.0</v>
+        <v>126677.0</v>
       </c>
       <c r="G186" s="14" t="n">
-        <v>478266.0</v>
+        <v>120341.0</v>
       </c>
       <c r="H186" s="14" t="n">
-        <v>434602.0</v>
+        <v>108478.0</v>
       </c>
       <c r="I186" s="14" t="n">
-        <v>390338.0</v>
+        <v>95768.0</v>
       </c>
       <c r="J186" s="14" t="n">
-        <v>366600.0</v>
+        <v>83966.0</v>
       </c>
       <c r="K186" s="14" t="n">
-        <v>328498.0</v>
+        <v>76208.0</v>
       </c>
       <c r="L186" s="14" t="n">
-        <v>319201.0</v>
+        <v>79222.0</v>
       </c>
       <c r="M186" s="14" t="n">
-        <v>312868.0</v>
+        <v>73807.0</v>
       </c>
       <c r="N186" s="14" t="n">
-        <v>315810.0</v>
+        <v>70900.0</v>
       </c>
       <c r="O186" s="14" t="n">
-        <v>325981.0</v>
+        <v>67906.0</v>
       </c>
       <c r="P186" s="14" t="n">
-        <v>375099.0</v>
+        <v>77790.0</v>
       </c>
       <c r="Q186" s="14" t="n">
-        <v>384142.0</v>
+        <v>80160.0</v>
       </c>
       <c r="R186" s="14" t="n">
-        <v>371657.0</v>
+        <v>78692.0</v>
       </c>
       <c r="S186" s="14" t="n">
-        <v>339133.0</v>
+        <v>72984.0</v>
       </c>
       <c r="T186" s="14" t="n">
-        <v>318728.0</v>
+        <v>67236.0</v>
       </c>
       <c r="U186" s="14" t="n">
-        <v>283936.0</v>
+        <v>64705.0</v>
       </c>
       <c r="V186" s="14" t="n">
-        <v>271141.0</v>
+        <v>62911.0</v>
       </c>
       <c r="W186" s="14" t="n">
-        <v>236417.0</v>
+        <v>53191.0</v>
       </c>
       <c r="X186" s="14" t="n">
-        <v>237976.0</v>
+        <v>58479.0</v>
       </c>
       <c r="Y186" s="14" t="n">
-        <v>215812.0</v>
+        <v>53351.0</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT: Gross disposable income</t>
         </is>
       </c>
       <c r="B187" s="14" t="n">
-        <v>6350627.0</v>
+        <v>1366139.0</v>
       </c>
       <c r="C187" s="14" t="n">
-        <v>5808995.0</v>
+        <v>1290208.0</v>
       </c>
       <c r="D187" s="14" t="n">
-        <v>5411146.0</v>
+        <v>1234054.0</v>
       </c>
       <c r="E187" s="14" t="n">
-        <v>5262171.0</v>
+        <v>1172227.0</v>
       </c>
       <c r="F187" s="14" t="n">
-        <v>5315201.0</v>
+        <v>1183544.0</v>
       </c>
       <c r="G187" s="14" t="n">
-        <v>5164525.0</v>
+        <v>1128042.0</v>
       </c>
       <c r="H187" s="14" t="n">
-        <v>4999614.0</v>
+        <v>1078702.0</v>
       </c>
       <c r="I187" s="14" t="n">
-        <v>4858045.0</v>
+        <v>1078671.0</v>
       </c>
       <c r="J187" s="14" t="n">
-        <v>4746341.0</v>
+        <v>1050918.0</v>
       </c>
       <c r="K187" s="14" t="n">
-        <v>4586147.0</v>
+        <v>1005209.0</v>
       </c>
       <c r="L187" s="14" t="n">
-        <v>4584538.0</v>
+        <v>1010126.0</v>
       </c>
       <c r="M187" s="14" t="n">
-        <v>4600468.0</v>
+        <v>989142.0</v>
       </c>
       <c r="N187" s="14" t="n">
-        <v>4873519.0</v>
+        <v>1063269.0</v>
       </c>
       <c r="O187" s="14" t="n">
-        <v>4808511.0</v>
+        <v>1048402.0</v>
       </c>
       <c r="P187" s="14" t="n">
-        <v>4832918.0</v>
+        <v>1044838.0</v>
       </c>
       <c r="Q187" s="14" t="n">
-        <v>4939047.0</v>
+        <v>1053730.0</v>
       </c>
       <c r="R187" s="14" t="n">
-        <v>4682025.0</v>
+        <v>1005293.0</v>
       </c>
       <c r="S187" s="14" t="n">
-        <v>4502357.0</v>
+        <v>973970.0</v>
       </c>
       <c r="T187" s="14" t="n">
-        <v>4260807.0</v>
+        <v>928112.0</v>
       </c>
       <c r="U187" s="14" t="n">
-        <v>4071197.0</v>
+        <v>869159.0</v>
       </c>
       <c r="V187" s="14" t="n">
-        <v>3882329.0</v>
+        <v>820821.0</v>
       </c>
       <c r="W187" s="14" t="n">
-        <v>3613996.0</v>
+        <v>742184.0</v>
       </c>
       <c r="X187" s="14" t="n">
-        <v>3454983.0</v>
+        <v>705444.0</v>
       </c>
       <c r="Y187" s="14" t="n">
-        <v>3234319.0</v>
+        <v>674164.0</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="6" t="inlineStr">
         <is>
-          <t>18 Ceuta</t>
+          <t>MELILLA</t>
         </is>
       </c>
       <c r="B188" s="6"/>
       <c r="C188" s="6"/>
       <c r="D188" s="6"/>
       <c r="E188" s="6"/>
       <c r="F188" s="6"/>
       <c r="G188" s="6"/>
       <c r="H188" s="6"/>
       <c r="I188" s="6"/>
       <c r="J188" s="6"/>
       <c r="K188" s="6"/>
       <c r="L188" s="6"/>
       <c r="M188" s="6"/>
       <c r="N188" s="6"/>
       <c r="O188" s="6"/>
       <c r="P188" s="6"/>
       <c r="Q188" s="6"/>
       <c r="R188" s="6"/>
       <c r="S188" s="6"/>
       <c r="T188" s="6"/>
       <c r="U188" s="6"/>
       <c r="V188" s="6"/>
       <c r="W188" s="6"/>
       <c r="X188" s="6"/>
       <c r="Y188" s="6"/>
     </row>
     <row r="189">
       <c r="A189" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RESOURCES: Balance of gross primary income</t>
         </is>
       </c>
       <c r="B189" s="14" t="n">
-        <v>1390633.0</v>
+        <v>1336901.0</v>
       </c>
       <c r="C189" s="14" t="n">
-        <v>1305985.0</v>
+        <v>1270584.0</v>
       </c>
       <c r="D189" s="14" t="n">
-        <v>1243049.0</v>
+        <v>1198335.0</v>
       </c>
       <c r="E189" s="14" t="n">
-        <v>1181234.0</v>
+        <v>1124509.0</v>
       </c>
       <c r="F189" s="14" t="n">
-        <v>1226990.0</v>
+        <v>1164951.0</v>
       </c>
       <c r="G189" s="14" t="n">
-        <v>1171108.0</v>
+        <v>1112504.0</v>
       </c>
       <c r="H189" s="14" t="n">
-        <v>1136896.0</v>
+        <v>1077037.0</v>
       </c>
       <c r="I189" s="14" t="n">
-        <v>1130101.0</v>
+        <v>1064355.0</v>
       </c>
       <c r="J189" s="14" t="n">
-        <v>1114367.0</v>
+        <v>1041095.0</v>
       </c>
       <c r="K189" s="14" t="n">
-        <v>1080314.0</v>
+        <v>998380.0</v>
       </c>
       <c r="L189" s="14" t="n">
-        <v>1083301.0</v>
+        <v>988940.0</v>
       </c>
       <c r="M189" s="14" t="n">
-        <v>1057030.0</v>
+        <v>968860.0</v>
       </c>
       <c r="N189" s="14" t="n">
-        <v>1133731.0</v>
+        <v>1031408.0</v>
       </c>
       <c r="O189" s="14" t="n">
-        <v>1124968.0</v>
+        <v>1015095.0</v>
       </c>
       <c r="P189" s="14" t="n">
-        <v>1116337.0</v>
+        <v>994293.0</v>
       </c>
       <c r="Q189" s="14" t="n">
-        <v>1134517.0</v>
+        <v>1008353.0</v>
       </c>
       <c r="R189" s="14" t="n">
-        <v>1099616.0</v>
+        <v>994685.0</v>
       </c>
       <c r="S189" s="14" t="n">
-        <v>1061193.0</v>
+        <v>959017.0</v>
       </c>
       <c r="T189" s="14" t="n">
-        <v>1005833.0</v>
+        <v>904458.0</v>
       </c>
       <c r="U189" s="14" t="n">
-        <v>937940.0</v>
+        <v>858854.0</v>
       </c>
       <c r="V189" s="14" t="n">
-        <v>887053.0</v>
+        <v>796958.0</v>
       </c>
       <c r="W189" s="14" t="n">
-        <v>818462.0</v>
+        <v>753623.0</v>
       </c>
       <c r="X189" s="14" t="n">
-        <v>783974.0</v>
+        <v>729832.0</v>
       </c>
       <c r="Y189" s="14" t="n">
-        <v>736079.0</v>
+        <v>684917.0</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RESOURCES: Net social contributions</t>
         </is>
       </c>
       <c r="B190" s="14" t="n">
-        <v>427.0</v>
+        <v>441.0</v>
       </c>
       <c r="C190" s="14" t="n">
-        <v>303.0</v>
+        <v>319.0</v>
       </c>
       <c r="D190" s="14" t="n">
-        <v>352.0</v>
+        <v>368.0</v>
       </c>
       <c r="E190" s="14" t="n">
-        <v>354.0</v>
+        <v>371.0</v>
       </c>
       <c r="F190" s="14" t="n">
-        <v>354.0</v>
+        <v>362.0</v>
       </c>
       <c r="G190" s="14" t="n">
-        <v>270.0</v>
+        <v>269.0</v>
       </c>
       <c r="H190" s="14" t="n">
-        <v>233.0</v>
+        <v>221.0</v>
       </c>
       <c r="I190" s="14" t="n">
-        <v>176.0</v>
+        <v>172.0</v>
       </c>
       <c r="J190" s="14" t="n">
-        <v>172.0</v>
+        <v>167.0</v>
       </c>
       <c r="K190" s="14" t="n">
-        <v>167.0</v>
+        <v>159.0</v>
       </c>
       <c r="L190" s="14" t="n">
-        <v>188.0</v>
+        <v>178.0</v>
       </c>
       <c r="M190" s="14" t="n">
-        <v>238.0</v>
+        <v>222.0</v>
       </c>
       <c r="N190" s="14" t="n">
-        <v>298.0</v>
+        <v>269.0</v>
       </c>
       <c r="O190" s="14" t="n">
-        <v>354.0</v>
+        <v>316.0</v>
       </c>
       <c r="P190" s="14" t="n">
-        <v>390.0</v>
+        <v>345.0</v>
       </c>
       <c r="Q190" s="14" t="n">
-        <v>426.0</v>
+        <v>373.0</v>
       </c>
       <c r="R190" s="14" t="n">
-        <v>398.0</v>
+        <v>367.0</v>
       </c>
       <c r="S190" s="14" t="n">
-        <v>393.0</v>
+        <v>370.0</v>
       </c>
       <c r="T190" s="14" t="n">
-        <v>386.0</v>
+        <v>334.0</v>
       </c>
       <c r="U190" s="14" t="n">
-        <v>331.0</v>
+        <v>277.0</v>
       </c>
       <c r="V190" s="14" t="n">
-        <v>290.0</v>
+        <v>248.0</v>
       </c>
       <c r="W190" s="14" t="n">
-        <v>272.0</v>
+        <v>250.0</v>
       </c>
       <c r="X190" s="14" t="n">
-        <v>244.0</v>
+        <v>225.0</v>
       </c>
       <c r="Y190" s="14" t="n">
-        <v>231.0</v>
+        <v>211.0</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RESOURCES: Social benefits other than social transfers in kind (1)</t>
         </is>
       </c>
       <c r="B191" s="14" t="n">
-        <v>393057.0</v>
+        <v>381520.0</v>
       </c>
       <c r="C191" s="14" t="n">
-        <v>360550.0</v>
+        <v>348669.0</v>
       </c>
       <c r="D191" s="14" t="n">
-        <v>353559.0</v>
+        <v>351420.0</v>
       </c>
       <c r="E191" s="14" t="n">
-        <v>338461.0</v>
+        <v>310892.0</v>
       </c>
       <c r="F191" s="14" t="n">
-        <v>303932.0</v>
+        <v>273892.0</v>
       </c>
       <c r="G191" s="14" t="n">
-        <v>284924.0</v>
+        <v>255766.0</v>
       </c>
       <c r="H191" s="14" t="n">
-        <v>274044.0</v>
+        <v>246547.0</v>
       </c>
       <c r="I191" s="14" t="n">
-        <v>270305.0</v>
+        <v>241259.0</v>
       </c>
       <c r="J191" s="14" t="n">
-        <v>261794.0</v>
+        <v>233287.0</v>
       </c>
       <c r="K191" s="14" t="n">
-        <v>254999.0</v>
+        <v>228946.0</v>
       </c>
       <c r="L191" s="14" t="n">
-        <v>253588.0</v>
+        <v>225079.0</v>
       </c>
       <c r="M191" s="14" t="n">
-        <v>256200.0</v>
+        <v>225235.0</v>
       </c>
       <c r="N191" s="14" t="n">
-        <v>251701.0</v>
+        <v>223063.0</v>
       </c>
       <c r="O191" s="14" t="n">
-        <v>252429.0</v>
+        <v>221785.0</v>
       </c>
       <c r="P191" s="14" t="n">
-        <v>242102.0</v>
+        <v>212005.0</v>
       </c>
       <c r="Q191" s="14" t="n">
-        <v>217612.0</v>
+        <v>196097.0</v>
       </c>
       <c r="R191" s="14" t="n">
-        <v>195955.0</v>
+        <v>173061.0</v>
       </c>
       <c r="S191" s="14" t="n">
-        <v>186293.0</v>
+        <v>163750.0</v>
       </c>
       <c r="T191" s="14" t="n">
-        <v>172026.0</v>
+        <v>154109.0</v>
       </c>
       <c r="U191" s="14" t="n">
-        <v>161356.0</v>
+        <v>144516.0</v>
       </c>
       <c r="V191" s="14" t="n">
-        <v>148114.0</v>
+        <v>132494.0</v>
       </c>
       <c r="W191" s="14" t="n">
-        <v>138318.0</v>
+        <v>124979.0</v>
       </c>
       <c r="X191" s="14" t="n">
-        <v>126198.0</v>
+        <v>113219.0</v>
       </c>
       <c r="Y191" s="14" t="n">
-        <v>125696.0</v>
+        <v>114380.0</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RESOURCES: Other current transfers</t>
         </is>
       </c>
       <c r="B192" s="14" t="n">
-        <v>156937.0</v>
+        <v>159468.0</v>
       </c>
       <c r="C192" s="14" t="n">
-        <v>147848.0</v>
+        <v>147890.0</v>
       </c>
       <c r="D192" s="14" t="n">
-        <v>150469.0</v>
+        <v>146196.0</v>
       </c>
       <c r="E192" s="14" t="n">
-        <v>108629.0</v>
+        <v>110589.0</v>
       </c>
       <c r="F192" s="14" t="n">
-        <v>112286.0</v>
+        <v>97446.0</v>
       </c>
       <c r="G192" s="14" t="n">
-        <v>106349.0</v>
+        <v>94582.0</v>
       </c>
       <c r="H192" s="14" t="n">
-        <v>96476.0</v>
+        <v>85593.0</v>
       </c>
       <c r="I192" s="14" t="n">
-        <v>86374.0</v>
+        <v>74768.0</v>
       </c>
       <c r="J192" s="14" t="n">
-        <v>72971.0</v>
+        <v>64916.0</v>
       </c>
       <c r="K192" s="14" t="n">
-        <v>66073.0</v>
+        <v>60439.0</v>
       </c>
       <c r="L192" s="14" t="n">
-        <v>69464.0</v>
+        <v>61131.0</v>
       </c>
       <c r="M192" s="14" t="n">
-        <v>66756.0</v>
+        <v>58524.0</v>
       </c>
       <c r="N192" s="14" t="n">
-        <v>69339.0</v>
+        <v>56583.0</v>
       </c>
       <c r="O192" s="14" t="n">
-        <v>59846.0</v>
+        <v>54086.0</v>
       </c>
       <c r="P192" s="14" t="n">
-        <v>73385.0</v>
+        <v>71836.0</v>
       </c>
       <c r="Q192" s="14" t="n">
-        <v>79878.0</v>
+        <v>73564.0</v>
       </c>
       <c r="R192" s="14" t="n">
-        <v>74984.0</v>
+        <v>64371.0</v>
       </c>
       <c r="S192" s="14" t="n">
-        <v>66543.0</v>
+        <v>60829.0</v>
       </c>
       <c r="T192" s="14" t="n">
-        <v>62556.0</v>
+        <v>57074.0</v>
       </c>
       <c r="U192" s="14" t="n">
-        <v>63605.0</v>
+        <v>56139.0</v>
       </c>
       <c r="V192" s="14" t="n">
-        <v>62778.0</v>
+        <v>51920.0</v>
       </c>
       <c r="W192" s="14" t="n">
-        <v>53666.0</v>
+        <v>50264.0</v>
       </c>
       <c r="X192" s="14" t="n">
-        <v>57979.0</v>
+        <v>44466.0</v>
       </c>
       <c r="Y192" s="14" t="n">
-        <v>60887.0</v>
+        <v>41584.0</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT: Current taxes on income, capital gains, etc.</t>
         </is>
       </c>
       <c r="B193" s="14" t="n">
-        <v>92463.0</v>
+        <v>88750.0</v>
       </c>
       <c r="C193" s="14" t="n">
-        <v>84468.0</v>
+        <v>81756.0</v>
       </c>
       <c r="D193" s="14" t="n">
-        <v>74850.0</v>
+        <v>70686.0</v>
       </c>
       <c r="E193" s="14" t="n">
-        <v>71517.0</v>
+        <v>66177.0</v>
       </c>
       <c r="F193" s="14" t="n">
-        <v>71547.0</v>
+        <v>65913.0</v>
       </c>
       <c r="G193" s="14" t="n">
-        <v>66947.0</v>
+        <v>62152.0</v>
       </c>
       <c r="H193" s="14" t="n">
-        <v>78172.0</v>
+        <v>72968.0</v>
       </c>
       <c r="I193" s="14" t="n">
-        <v>75777.0</v>
+        <v>70308.0</v>
       </c>
       <c r="J193" s="14" t="n">
-        <v>77702.0</v>
+        <v>70267.0</v>
       </c>
       <c r="K193" s="14" t="n">
-        <v>81604.0</v>
+        <v>72228.0</v>
       </c>
       <c r="L193" s="14" t="n">
-        <v>80733.0</v>
+        <v>74306.0</v>
       </c>
       <c r="M193" s="14" t="n">
-        <v>76191.0</v>
+        <v>65814.0</v>
       </c>
       <c r="N193" s="14" t="n">
-        <v>75156.0</v>
+        <v>64715.0</v>
       </c>
       <c r="O193" s="14" t="n">
-        <v>75633.0</v>
+        <v>65221.0</v>
       </c>
       <c r="P193" s="14" t="n">
-        <v>67543.0</v>
+        <v>58001.0</v>
       </c>
       <c r="Q193" s="14" t="n">
-        <v>70445.0</v>
+        <v>61422.0</v>
       </c>
       <c r="R193" s="14" t="n">
-        <v>73924.0</v>
+        <v>62912.0</v>
       </c>
       <c r="S193" s="14" t="n">
-        <v>60713.0</v>
+        <v>52026.0</v>
       </c>
       <c r="T193" s="14" t="n">
-        <v>55520.0</v>
+        <v>45740.0</v>
       </c>
       <c r="U193" s="14" t="n">
-        <v>52112.0</v>
+        <v>44546.0</v>
       </c>
       <c r="V193" s="14" t="n">
-        <v>44308.0</v>
+        <v>37330.0</v>
       </c>
       <c r="W193" s="14" t="n">
-        <v>43347.0</v>
+        <v>36565.0</v>
       </c>
       <c r="X193" s="14" t="n">
-        <v>43783.0</v>
+        <v>37132.0</v>
       </c>
       <c r="Y193" s="14" t="n">
-        <v>40389.0</v>
+        <v>35814.0</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT:   Net social contributions (2)</t>
         </is>
       </c>
       <c r="B194" s="14" t="n">
-        <v>310285.0</v>
+        <v>307226.0</v>
       </c>
       <c r="C194" s="14" t="n">
-        <v>278844.0</v>
+        <v>274606.0</v>
       </c>
       <c r="D194" s="14" t="n">
-        <v>276804.0</v>
+        <v>275115.0</v>
       </c>
       <c r="E194" s="14" t="n">
-        <v>265421.0</v>
+        <v>259403.0</v>
       </c>
       <c r="F194" s="14" t="n">
-        <v>261551.0</v>
+        <v>255809.0</v>
       </c>
       <c r="G194" s="14" t="n">
-        <v>247138.0</v>
+        <v>241420.0</v>
       </c>
       <c r="H194" s="14" t="n">
-        <v>242143.0</v>
+        <v>226551.0</v>
       </c>
       <c r="I194" s="14" t="n">
-        <v>236613.0</v>
+        <v>226039.0</v>
       </c>
       <c r="J194" s="14" t="n">
-        <v>236608.0</v>
+        <v>223254.0</v>
       </c>
       <c r="K194" s="14" t="n">
-        <v>238461.0</v>
+        <v>223293.0</v>
       </c>
       <c r="L194" s="14" t="n">
-        <v>236348.0</v>
+        <v>214376.0</v>
       </c>
       <c r="M194" s="14" t="n">
-        <v>240913.0</v>
+        <v>219066.0</v>
       </c>
       <c r="N194" s="14" t="n">
-        <v>245576.0</v>
+        <v>220650.0</v>
       </c>
       <c r="O194" s="14" t="n">
-        <v>245250.0</v>
+        <v>222113.0</v>
       </c>
       <c r="P194" s="14" t="n">
-        <v>241669.0</v>
+        <v>218894.0</v>
       </c>
       <c r="Q194" s="14" t="n">
-        <v>227721.0</v>
+        <v>200017.0</v>
       </c>
       <c r="R194" s="14" t="n">
-        <v>212662.0</v>
+        <v>194291.0</v>
       </c>
       <c r="S194" s="14" t="n">
-        <v>206415.0</v>
+        <v>183714.0</v>
       </c>
       <c r="T194" s="14" t="n">
-        <v>189622.0</v>
+        <v>175499.0</v>
       </c>
       <c r="U194" s="14" t="n">
-        <v>176969.0</v>
+        <v>160612.0</v>
       </c>
       <c r="V194" s="14" t="n">
-        <v>169934.0</v>
+        <v>147811.0</v>
       </c>
       <c r="W194" s="14" t="n">
-        <v>171763.0</v>
+        <v>152429.0</v>
       </c>
       <c r="X194" s="14" t="n">
-        <v>160523.0</v>
+        <v>140525.0</v>
       </c>
       <c r="Y194" s="14" t="n">
-        <v>154745.0</v>
+        <v>141305.0</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT: Social benefits other than social transfers in kind</t>
         </is>
       </c>
       <c r="B195" s="14" t="n">
-        <v>447.0</v>
+        <v>461.0</v>
       </c>
       <c r="C195" s="14" t="n">
-        <v>404.0</v>
+        <v>425.0</v>
       </c>
       <c r="D195" s="14" t="n">
-        <v>274.0</v>
+        <v>287.0</v>
       </c>
       <c r="E195" s="14" t="n">
-        <v>236.0</v>
+        <v>247.0</v>
       </c>
       <c r="F195" s="14" t="n">
-        <v>243.0</v>
+        <v>249.0</v>
       </c>
       <c r="G195" s="14" t="n">
-        <v>183.0</v>
+        <v>182.0</v>
       </c>
       <c r="H195" s="14" t="n">
-        <v>154.0</v>
+        <v>146.0</v>
       </c>
       <c r="I195" s="14" t="n">
-        <v>127.0</v>
+        <v>124.0</v>
       </c>
       <c r="J195" s="14" t="n">
-        <v>110.0</v>
+        <v>106.0</v>
       </c>
       <c r="K195" s="14" t="n">
-        <v>71.0</v>
+        <v>67.0</v>
       </c>
       <c r="L195" s="14" t="n">
-        <v>112.0</v>
+        <v>106.0</v>
       </c>
       <c r="M195" s="14" t="n">
-        <v>171.0</v>
+        <v>160.0</v>
       </c>
       <c r="N195" s="14" t="n">
-        <v>168.0</v>
+        <v>151.0</v>
       </c>
       <c r="O195" s="14" t="n">
-        <v>406.0</v>
+        <v>362.0</v>
       </c>
       <c r="P195" s="14" t="n">
-        <v>374.0</v>
+        <v>330.0</v>
       </c>
       <c r="Q195" s="14" t="n">
-        <v>377.0</v>
+        <v>330.0</v>
       </c>
       <c r="R195" s="14" t="n">
-        <v>382.0</v>
+        <v>352.0</v>
       </c>
       <c r="S195" s="14" t="n">
-        <v>340.0</v>
+        <v>321.0</v>
       </c>
       <c r="T195" s="14" t="n">
-        <v>311.0</v>
+        <v>269.0</v>
       </c>
       <c r="U195" s="14" t="n">
-        <v>287.0</v>
+        <v>240.0</v>
       </c>
       <c r="V195" s="14" t="n">
-        <v>261.0</v>
+        <v>223.0</v>
       </c>
       <c r="W195" s="14" t="n">
-        <v>233.0</v>
+        <v>213.0</v>
       </c>
       <c r="X195" s="14" t="n">
-        <v>166.0</v>
+        <v>153.0</v>
       </c>
       <c r="Y195" s="14" t="n">
-        <v>244.0</v>
+        <v>222.0</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT:   Other current transfers</t>
         </is>
       </c>
       <c r="B196" s="14" t="n">
-        <v>171720.0</v>
+        <v>175117.0</v>
       </c>
       <c r="C196" s="14" t="n">
-        <v>160762.0</v>
+        <v>165979.0</v>
       </c>
       <c r="D196" s="14" t="n">
-        <v>161447.0</v>
+        <v>163659.0</v>
       </c>
       <c r="E196" s="14" t="n">
-        <v>119277.0</v>
+        <v>120782.0</v>
       </c>
       <c r="F196" s="14" t="n">
-        <v>126677.0</v>
+        <v>118111.0</v>
       </c>
       <c r="G196" s="14" t="n">
-        <v>120341.0</v>
+        <v>113056.0</v>
       </c>
       <c r="H196" s="14" t="n">
-        <v>108478.0</v>
+        <v>101555.0</v>
       </c>
       <c r="I196" s="14" t="n">
-        <v>95768.0</v>
+        <v>88022.0</v>
       </c>
       <c r="J196" s="14" t="n">
-        <v>83966.0</v>
+        <v>75854.0</v>
       </c>
       <c r="K196" s="14" t="n">
-        <v>76208.0</v>
+        <v>71038.0</v>
       </c>
       <c r="L196" s="14" t="n">
-        <v>79222.0</v>
+        <v>73301.0</v>
       </c>
       <c r="M196" s="14" t="n">
-        <v>73807.0</v>
+        <v>66649.0</v>
       </c>
       <c r="N196" s="14" t="n">
-        <v>70900.0</v>
+        <v>63970.0</v>
       </c>
       <c r="O196" s="14" t="n">
-        <v>67906.0</v>
+        <v>61723.0</v>
       </c>
       <c r="P196" s="14" t="n">
-        <v>77790.0</v>
+        <v>71971.0</v>
       </c>
       <c r="Q196" s="14" t="n">
-        <v>80160.0</v>
+        <v>72665.0</v>
       </c>
       <c r="R196" s="14" t="n">
-        <v>78692.0</v>
+        <v>68906.0</v>
       </c>
       <c r="S196" s="14" t="n">
-        <v>72984.0</v>
+        <v>63635.0</v>
       </c>
       <c r="T196" s="14" t="n">
-        <v>67236.0</v>
+        <v>58798.0</v>
       </c>
       <c r="U196" s="14" t="n">
-        <v>64705.0</v>
+        <v>54688.0</v>
       </c>
       <c r="V196" s="14" t="n">
-        <v>62911.0</v>
+        <v>48835.0</v>
       </c>
       <c r="W196" s="14" t="n">
-        <v>53191.0</v>
+        <v>45565.0</v>
       </c>
       <c r="X196" s="14" t="n">
-        <v>58479.0</v>
+        <v>43285.0</v>
       </c>
       <c r="Y196" s="14" t="n">
-        <v>53351.0</v>
+        <v>40020.0</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT: Gross disposable income</t>
         </is>
       </c>
       <c r="B197" s="14" t="n">
-        <v>1366139.0</v>
+        <v>1306776.0</v>
       </c>
       <c r="C197" s="14" t="n">
-        <v>1290208.0</v>
+        <v>1244696.0</v>
       </c>
       <c r="D197" s="14" t="n">
-        <v>1234054.0</v>
+        <v>1186572.0</v>
       </c>
       <c r="E197" s="14" t="n">
-        <v>1172227.0</v>
+        <v>1099752.0</v>
       </c>
       <c r="F197" s="14" t="n">
-        <v>1183544.0</v>
+        <v>1096569.0</v>
       </c>
       <c r="G197" s="14" t="n">
-        <v>1128042.0</v>
+        <v>1046311.0</v>
       </c>
       <c r="H197" s="14" t="n">
-        <v>1078702.0</v>
+        <v>1008178.0</v>
       </c>
       <c r="I197" s="14" t="n">
-        <v>1078671.0</v>
+        <v>996061.0</v>
       </c>
       <c r="J197" s="14" t="n">
-        <v>1050918.0</v>
+        <v>969984.0</v>
       </c>
       <c r="K197" s="14" t="n">
-        <v>1005209.0</v>
+        <v>921298.0</v>
       </c>
       <c r="L197" s="14" t="n">
-        <v>1010126.0</v>
+        <v>913239.0</v>
       </c>
       <c r="M197" s="14" t="n">
-        <v>989142.0</v>
+        <v>901152.0</v>
       </c>
       <c r="N197" s="14" t="n">
-        <v>1063269.0</v>
+        <v>961837.0</v>
       </c>
       <c r="O197" s="14" t="n">
-        <v>1048402.0</v>
+        <v>941863.0</v>
       </c>
       <c r="P197" s="14" t="n">
-        <v>1044838.0</v>
+        <v>929283.0</v>
       </c>
       <c r="Q197" s="14" t="n">
-        <v>1053730.0</v>
+        <v>943953.0</v>
       </c>
       <c r="R197" s="14" t="n">
-        <v>1005293.0</v>
+        <v>906023.0</v>
       </c>
       <c r="S197" s="14" t="n">
-        <v>973970.0</v>
+        <v>884270.0</v>
       </c>
       <c r="T197" s="14" t="n">
-        <v>928112.0</v>
+        <v>835669.0</v>
       </c>
       <c r="U197" s="14" t="n">
-        <v>869159.0</v>
+        <v>799700.0</v>
       </c>
       <c r="V197" s="14" t="n">
-        <v>820821.0</v>
+        <v>747421.0</v>
       </c>
       <c r="W197" s="14" t="n">
-        <v>742184.0</v>
+        <v>694344.0</v>
       </c>
       <c r="X197" s="14" t="n">
-        <v>705444.0</v>
+        <v>666647.0</v>
       </c>
       <c r="Y197" s="14" t="n">
-        <v>674164.0</v>
+        <v>623731.0</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="6" t="inlineStr">
         <is>
-          <t>19 Melilla</t>
+          <t>SPAIN</t>
         </is>
       </c>
       <c r="B198" s="6"/>
       <c r="C198" s="6"/>
       <c r="D198" s="6"/>
       <c r="E198" s="6"/>
       <c r="F198" s="6"/>
       <c r="G198" s="6"/>
       <c r="H198" s="6"/>
       <c r="I198" s="6"/>
       <c r="J198" s="6"/>
       <c r="K198" s="6"/>
       <c r="L198" s="6"/>
       <c r="M198" s="6"/>
       <c r="N198" s="6"/>
       <c r="O198" s="6"/>
       <c r="P198" s="6"/>
       <c r="Q198" s="6"/>
       <c r="R198" s="6"/>
       <c r="S198" s="6"/>
       <c r="T198" s="6"/>
       <c r="U198" s="6"/>
       <c r="V198" s="6"/>
       <c r="W198" s="6"/>
       <c r="X198" s="6"/>
       <c r="Y198" s="6"/>
     </row>
     <row r="199">
       <c r="A199" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RESOURCES: Balance of gross primary income</t>
         </is>
       </c>
       <c r="B199" s="14" t="n">
-        <v>1336901.0</v>
+        <v>1.01928E9</v>
       </c>
       <c r="C199" s="14" t="n">
-        <v>1270584.0</v>
+        <v>9.26781E8</v>
       </c>
       <c r="D199" s="14" t="n">
-        <v>1198335.0</v>
+        <v>8.53699E8</v>
       </c>
       <c r="E199" s="14" t="n">
-        <v>1124509.0</v>
+        <v>7.97076E8</v>
       </c>
       <c r="F199" s="14" t="n">
-        <v>1164951.0</v>
+        <v>8.49199E8</v>
       </c>
       <c r="G199" s="14" t="n">
-        <v>1112504.0</v>
+        <v>8.07596E8</v>
       </c>
       <c r="H199" s="14" t="n">
-        <v>1077037.0</v>
+        <v>7.8013E8</v>
       </c>
       <c r="I199" s="14" t="n">
-        <v>1064355.0</v>
+        <v>7.49412E8</v>
       </c>
       <c r="J199" s="14" t="n">
-        <v>1041095.0</v>
+        <v>7.28291E8</v>
       </c>
       <c r="K199" s="14" t="n">
-        <v>998380.0</v>
+        <v>6.99022E8</v>
       </c>
       <c r="L199" s="14" t="n">
-        <v>988940.0</v>
+        <v>6.91792E8</v>
       </c>
       <c r="M199" s="14" t="n">
-        <v>968860.0</v>
+        <v>6.98518E8</v>
       </c>
       <c r="N199" s="14" t="n">
-        <v>1031408.0</v>
+        <v>7.43971E8</v>
       </c>
       <c r="O199" s="14" t="n">
-        <v>1015095.0</v>
+        <v>7.42018E8</v>
       </c>
       <c r="P199" s="14" t="n">
-        <v>994293.0</v>
+        <v>7.41216E8</v>
       </c>
       <c r="Q199" s="14" t="n">
-        <v>1008353.0</v>
+        <v>7.75966E8</v>
       </c>
       <c r="R199" s="14" t="n">
-        <v>994685.0</v>
+        <v>7.52792E8</v>
       </c>
       <c r="S199" s="14" t="n">
-        <v>959017.0</v>
+        <v>7.07378E8</v>
       </c>
       <c r="T199" s="14" t="n">
-        <v>904458.0</v>
+        <v>6.58575E8</v>
       </c>
       <c r="U199" s="14" t="n">
-        <v>858854.0</v>
+        <v>6.15106E8</v>
       </c>
       <c r="V199" s="14" t="n">
-        <v>796958.0</v>
+        <v>5.77351E8</v>
       </c>
       <c r="W199" s="14" t="n">
-        <v>753623.0</v>
+        <v>5.40878E8</v>
       </c>
       <c r="X199" s="14" t="n">
-        <v>729832.0</v>
+        <v>5.11503E8</v>
       </c>
       <c r="Y199" s="14" t="n">
-        <v>684917.0</v>
+        <v>4.70195E8</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RESOURCES: Net social contributions</t>
         </is>
       </c>
       <c r="B200" s="14" t="n">
-        <v>441.0</v>
+        <v>365000.0</v>
       </c>
       <c r="C200" s="14" t="n">
-        <v>319.0</v>
+        <v>262000.0</v>
       </c>
       <c r="D200" s="14" t="n">
-        <v>368.0</v>
+        <v>295000.0</v>
       </c>
       <c r="E200" s="14" t="n">
-        <v>371.0</v>
+        <v>299000.0</v>
       </c>
       <c r="F200" s="14" t="n">
-        <v>362.0</v>
+        <v>302000.0</v>
       </c>
       <c r="G200" s="14" t="n">
-        <v>269.0</v>
+        <v>227000.0</v>
       </c>
       <c r="H200" s="14" t="n">
-        <v>221.0</v>
+        <v>194000.0</v>
       </c>
       <c r="I200" s="14" t="n">
-        <v>172.0</v>
+        <v>143000.0</v>
       </c>
       <c r="J200" s="14" t="n">
-        <v>167.0</v>
+        <v>138000.0</v>
       </c>
       <c r="K200" s="14" t="n">
-        <v>159.0</v>
+        <v>131000.0</v>
       </c>
       <c r="L200" s="14" t="n">
-        <v>178.0</v>
+        <v>145000.0</v>
       </c>
       <c r="M200" s="14" t="n">
-        <v>222.0</v>
+        <v>187000.0</v>
       </c>
       <c r="N200" s="14" t="n">
-        <v>269.0</v>
+        <v>234000.0</v>
       </c>
       <c r="O200" s="14" t="n">
-        <v>316.0</v>
+        <v>284000.0</v>
       </c>
       <c r="P200" s="14" t="n">
-        <v>345.0</v>
+        <v>320000.0</v>
       </c>
       <c r="Q200" s="14" t="n">
-        <v>373.0</v>
+        <v>378000.0</v>
       </c>
       <c r="R200" s="14" t="n">
-        <v>367.0</v>
+        <v>361000.0</v>
       </c>
       <c r="S200" s="14" t="n">
-        <v>370.0</v>
+        <v>361000.0</v>
       </c>
       <c r="T200" s="14" t="n">
-        <v>334.0</v>
+        <v>354000.0</v>
       </c>
       <c r="U200" s="14" t="n">
-        <v>277.0</v>
+        <v>290000.0</v>
       </c>
       <c r="V200" s="14" t="n">
-        <v>248.0</v>
+        <v>255000.0</v>
       </c>
       <c r="W200" s="14" t="n">
-        <v>250.0</v>
+        <v>238000.0</v>
       </c>
       <c r="X200" s="14" t="n">
-        <v>225.0</v>
+        <v>220000.0</v>
       </c>
       <c r="Y200" s="14" t="n">
-        <v>211.0</v>
+        <v>210000.0</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RESOURCES: Social benefits other than social transfers in kind (1)</t>
         </is>
       </c>
       <c r="B201" s="14" t="n">
-        <v>381520.0</v>
+        <v>2.70785E8</v>
       </c>
       <c r="C201" s="14" t="n">
-        <v>348669.0</v>
+        <v>2.45815E8</v>
       </c>
       <c r="D201" s="14" t="n">
-        <v>351420.0</v>
+        <v>2.49586E8</v>
       </c>
       <c r="E201" s="14" t="n">
-        <v>310892.0</v>
+        <v>2.48522E8</v>
       </c>
       <c r="F201" s="14" t="n">
-        <v>273892.0</v>
+        <v>2.16623E8</v>
       </c>
       <c r="G201" s="14" t="n">
-        <v>255766.0</v>
+        <v>2.02668E8</v>
       </c>
       <c r="H201" s="14" t="n">
-        <v>246547.0</v>
+        <v>1.94361E8</v>
       </c>
       <c r="I201" s="14" t="n">
-        <v>241259.0</v>
+        <v>1.91724E8</v>
       </c>
       <c r="J201" s="14" t="n">
-        <v>233287.0</v>
+        <v>1.89252E8</v>
       </c>
       <c r="K201" s="14" t="n">
-        <v>228946.0</v>
+        <v>1.90689E8</v>
       </c>
       <c r="L201" s="14" t="n">
-        <v>225079.0</v>
+        <v>1.9273E8</v>
       </c>
       <c r="M201" s="14" t="n">
-        <v>225235.0</v>
+        <v>1.90198E8</v>
       </c>
       <c r="N201" s="14" t="n">
-        <v>223063.0</v>
+        <v>1.86107E8</v>
       </c>
       <c r="O201" s="14" t="n">
-        <v>221785.0</v>
+        <v>1.86011E8</v>
       </c>
       <c r="P201" s="14" t="n">
-        <v>212005.0</v>
+        <v>1.7757E8</v>
       </c>
       <c r="Q201" s="14" t="n">
-        <v>196097.0</v>
+        <v>1.58947E8</v>
       </c>
       <c r="R201" s="14" t="n">
-        <v>173061.0</v>
+        <v>1.41047E8</v>
       </c>
       <c r="S201" s="14" t="n">
-        <v>163750.0</v>
+        <v>1.31726E8</v>
       </c>
       <c r="T201" s="14" t="n">
-        <v>154109.0</v>
+        <v>1.21288E8</v>
       </c>
       <c r="U201" s="14" t="n">
-        <v>144516.0</v>
+        <v>1.13425E8</v>
       </c>
       <c r="V201" s="14" t="n">
-        <v>132494.0</v>
+        <v>1.03369E8</v>
       </c>
       <c r="W201" s="14" t="n">
-        <v>124979.0</v>
+        <v>9.7966E7</v>
       </c>
       <c r="X201" s="14" t="n">
-        <v>113219.0</v>
+        <v>8.8602E7</v>
       </c>
       <c r="Y201" s="14" t="n">
-        <v>114380.0</v>
+        <v>8.5214E7</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    RESOURCES: Other current transfers</t>
         </is>
       </c>
       <c r="B202" s="14" t="n">
-        <v>159468.0</v>
+        <v>8.8905E7</v>
       </c>
       <c r="C202" s="14" t="n">
-        <v>147890.0</v>
+        <v>8.3044E7</v>
       </c>
       <c r="D202" s="14" t="n">
-        <v>146196.0</v>
+        <v>7.9801E7</v>
       </c>
       <c r="E202" s="14" t="n">
-        <v>110589.0</v>
+        <v>6.6021E7</v>
       </c>
       <c r="F202" s="14" t="n">
-        <v>97446.0</v>
+        <v>6.6065E7</v>
       </c>
       <c r="G202" s="14" t="n">
-        <v>94582.0</v>
+        <v>6.2859E7</v>
       </c>
       <c r="H202" s="14" t="n">
-        <v>85593.0</v>
+        <v>5.7786E7</v>
       </c>
       <c r="I202" s="14" t="n">
-        <v>74768.0</v>
+        <v>5.1176E7</v>
       </c>
       <c r="J202" s="14" t="n">
-        <v>64916.0</v>
+        <v>4.6827E7</v>
       </c>
       <c r="K202" s="14" t="n">
-        <v>60439.0</v>
+        <v>4.3916E7</v>
       </c>
       <c r="L202" s="14" t="n">
-        <v>61131.0</v>
+        <v>4.2625E7</v>
       </c>
       <c r="M202" s="14" t="n">
-        <v>58524.0</v>
+        <v>4.2052E7</v>
       </c>
       <c r="N202" s="14" t="n">
-        <v>56583.0</v>
+        <v>4.2008E7</v>
       </c>
       <c r="O202" s="14" t="n">
-        <v>54086.0</v>
+        <v>4.1348E7</v>
       </c>
       <c r="P202" s="14" t="n">
-        <v>71836.0</v>
+        <v>4.5828E7</v>
       </c>
       <c r="Q202" s="14" t="n">
-        <v>73564.0</v>
+        <v>4.7632E7</v>
       </c>
       <c r="R202" s="14" t="n">
-        <v>64371.0</v>
+        <v>4.4974E7</v>
       </c>
       <c r="S202" s="14" t="n">
-        <v>60829.0</v>
+        <v>4.1473E7</v>
       </c>
       <c r="T202" s="14" t="n">
-        <v>57074.0</v>
+        <v>4.1627E7</v>
       </c>
       <c r="U202" s="14" t="n">
-        <v>56139.0</v>
+        <v>4.0959E7</v>
       </c>
       <c r="V202" s="14" t="n">
-        <v>51920.0</v>
+        <v>3.9291E7</v>
       </c>
       <c r="W202" s="14" t="n">
-        <v>50264.0</v>
+        <v>3.7496E7</v>
       </c>
       <c r="X202" s="14" t="n">
-        <v>44466.0</v>
+        <v>3.6516E7</v>
       </c>
       <c r="Y202" s="14" t="n">
-        <v>41584.0</v>
+        <v>3.486E7</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT: Current taxes on income, capital gains, etc.</t>
         </is>
       </c>
       <c r="B203" s="14" t="n">
-        <v>88750.0</v>
+        <v>1.45224E8</v>
       </c>
       <c r="C203" s="14" t="n">
-        <v>81756.0</v>
+        <v>1.32703E8</v>
       </c>
       <c r="D203" s="14" t="n">
-        <v>70686.0</v>
+        <v>1.13574E8</v>
       </c>
       <c r="E203" s="14" t="n">
-        <v>66177.0</v>
+        <v>1.05272E8</v>
       </c>
       <c r="F203" s="14" t="n">
-        <v>65913.0</v>
+        <v>1.06217E8</v>
       </c>
       <c r="G203" s="14" t="n">
-        <v>62152.0</v>
+        <v>1.00767E8</v>
       </c>
       <c r="H203" s="14" t="n">
-        <v>72968.0</v>
+        <v>9.3779E7</v>
       </c>
       <c r="I203" s="14" t="n">
-        <v>70308.0</v>
+        <v>8.779E7</v>
       </c>
       <c r="J203" s="14" t="n">
-        <v>70267.0</v>
+        <v>8.5655E7</v>
       </c>
       <c r="K203" s="14" t="n">
-        <v>72228.0</v>
+        <v>8.594E7</v>
       </c>
       <c r="L203" s="14" t="n">
-        <v>74306.0</v>
+        <v>8.3867E7</v>
       </c>
       <c r="M203" s="14" t="n">
-        <v>65814.0</v>
+        <v>8.3437E7</v>
       </c>
       <c r="N203" s="14" t="n">
-        <v>64715.0</v>
+        <v>8.236E7</v>
       </c>
       <c r="O203" s="14" t="n">
-        <v>65221.0</v>
+        <v>8.0534E7</v>
       </c>
       <c r="P203" s="14" t="n">
-        <v>58001.0</v>
+        <v>7.6291E7</v>
       </c>
       <c r="Q203" s="14" t="n">
-        <v>61422.0</v>
+        <v>8.5426E7</v>
       </c>
       <c r="R203" s="14" t="n">
-        <v>62912.0</v>
+        <v>8.6747E7</v>
       </c>
       <c r="S203" s="14" t="n">
-        <v>52026.0</v>
+        <v>7.4521E7</v>
       </c>
       <c r="T203" s="14" t="n">
-        <v>45740.0</v>
+        <v>6.491E7</v>
       </c>
       <c r="U203" s="14" t="n">
-        <v>44546.0</v>
+        <v>6.2224E7</v>
       </c>
       <c r="V203" s="14" t="n">
-        <v>37330.0</v>
+        <v>5.4831E7</v>
       </c>
       <c r="W203" s="14" t="n">
-        <v>36565.0</v>
+        <v>5.408E7</v>
       </c>
       <c r="X203" s="14" t="n">
-        <v>37132.0</v>
+        <v>4.9648E7</v>
       </c>
       <c r="Y203" s="14" t="n">
-        <v>35814.0</v>
+        <v>4.4847E7</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT:   Net social contributions (2)</t>
         </is>
       </c>
       <c r="B204" s="14" t="n">
-        <v>307226.0</v>
+        <v>2.12349E8</v>
       </c>
       <c r="C204" s="14" t="n">
-        <v>274606.0</v>
+        <v>1.93008E8</v>
       </c>
       <c r="D204" s="14" t="n">
-        <v>275115.0</v>
+        <v>1.84938E8</v>
       </c>
       <c r="E204" s="14" t="n">
-        <v>259403.0</v>
+        <v>1.74718E8</v>
       </c>
       <c r="F204" s="14" t="n">
-        <v>255809.0</v>
+        <v>1.73825E8</v>
       </c>
       <c r="G204" s="14" t="n">
-        <v>241420.0</v>
+        <v>1.60843E8</v>
       </c>
       <c r="H204" s="14" t="n">
-        <v>226551.0</v>
+        <v>1.54108E8</v>
       </c>
       <c r="I204" s="14" t="n">
-        <v>226039.0</v>
+        <v>1.48006E8</v>
       </c>
       <c r="J204" s="14" t="n">
-        <v>223254.0</v>
+        <v>1.44649E8</v>
       </c>
       <c r="K204" s="14" t="n">
-        <v>223293.0</v>
+        <v>1.44473E8</v>
       </c>
       <c r="L204" s="14" t="n">
-        <v>214376.0</v>
+        <v>1.42698E8</v>
       </c>
       <c r="M204" s="14" t="n">
-        <v>219066.0</v>
+        <v>1.46666E8</v>
       </c>
       <c r="N204" s="14" t="n">
-        <v>220650.0</v>
+        <v>1.53657E8</v>
       </c>
       <c r="O204" s="14" t="n">
-        <v>222113.0</v>
+        <v>1.57197E8</v>
       </c>
       <c r="P204" s="14" t="n">
-        <v>218894.0</v>
+        <v>1.56774E8</v>
       </c>
       <c r="Q204" s="14" t="n">
-        <v>200017.0</v>
+        <v>1.601E8</v>
       </c>
       <c r="R204" s="14" t="n">
-        <v>194291.0</v>
+        <v>1.51083E8</v>
       </c>
       <c r="S204" s="14" t="n">
-        <v>183714.0</v>
+        <v>1.42007E8</v>
       </c>
       <c r="T204" s="14" t="n">
-        <v>175499.0</v>
+        <v>1.29642E8</v>
       </c>
       <c r="U204" s="14" t="n">
-        <v>160612.0</v>
+        <v>1.20848E8</v>
       </c>
       <c r="V204" s="14" t="n">
-        <v>147811.0</v>
+        <v>1.10457E8</v>
       </c>
       <c r="W204" s="14" t="n">
-        <v>152429.0</v>
+        <v>1.05602E8</v>
       </c>
       <c r="X204" s="14" t="n">
-        <v>140525.0</v>
+        <v>9.8381E7</v>
       </c>
       <c r="Y204" s="14" t="n">
-        <v>141305.0</v>
+        <v>9.1754E7</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT: Social benefits other than social transfers in kind</t>
         </is>
       </c>
       <c r="B205" s="14" t="n">
-        <v>461.0</v>
+        <v>390000.0</v>
       </c>
       <c r="C205" s="14" t="n">
-        <v>425.0</v>
+        <v>352000.0</v>
       </c>
       <c r="D205" s="14" t="n">
-        <v>287.0</v>
+        <v>231000.0</v>
       </c>
       <c r="E205" s="14" t="n">
-        <v>247.0</v>
+        <v>201000.0</v>
       </c>
       <c r="F205" s="14" t="n">
-        <v>249.0</v>
+        <v>207000.0</v>
       </c>
       <c r="G205" s="14" t="n">
-        <v>182.0</v>
+        <v>159000.0</v>
       </c>
       <c r="H205" s="14" t="n">
-        <v>146.0</v>
+        <v>130000.0</v>
       </c>
       <c r="I205" s="14" t="n">
-        <v>124.0</v>
+        <v>109000.0</v>
       </c>
       <c r="J205" s="14" t="n">
-        <v>106.0</v>
+        <v>89000.0</v>
       </c>
       <c r="K205" s="14" t="n">
-        <v>67.0</v>
+        <v>57000.0</v>
       </c>
       <c r="L205" s="14" t="n">
-        <v>106.0</v>
+        <v>90000.0</v>
       </c>
       <c r="M205" s="14" t="n">
-        <v>160.0</v>
+        <v>133000.0</v>
       </c>
       <c r="N205" s="14" t="n">
-        <v>151.0</v>
+        <v>137000.0</v>
       </c>
       <c r="O205" s="14" t="n">
-        <v>362.0</v>
+        <v>326000.0</v>
       </c>
       <c r="P205" s="14" t="n">
-        <v>330.0</v>
+        <v>313000.0</v>
       </c>
       <c r="Q205" s="14" t="n">
-        <v>330.0</v>
+        <v>344000.0</v>
       </c>
       <c r="R205" s="14" t="n">
-        <v>352.0</v>
+        <v>375000.0</v>
       </c>
       <c r="S205" s="14" t="n">
-        <v>321.0</v>
+        <v>335000.0</v>
       </c>
       <c r="T205" s="14" t="n">
-        <v>269.0</v>
+        <v>302000.0</v>
       </c>
       <c r="U205" s="14" t="n">
-        <v>240.0</v>
+        <v>266000.0</v>
       </c>
       <c r="V205" s="14" t="n">
-        <v>223.0</v>
+        <v>245000.0</v>
       </c>
       <c r="W205" s="14" t="n">
-        <v>213.0</v>
+        <v>213000.0</v>
       </c>
       <c r="X205" s="14" t="n">
-        <v>153.0</v>
+        <v>160000.0</v>
       </c>
       <c r="Y205" s="14" t="n">
-        <v>222.0</v>
+        <v>237000.0</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT:   Other current transfers</t>
         </is>
       </c>
       <c r="B206" s="14" t="n">
-        <v>175117.0</v>
+        <v>1.00017E8</v>
       </c>
       <c r="C206" s="14" t="n">
-        <v>165979.0</v>
+        <v>9.313E7</v>
       </c>
       <c r="D206" s="14" t="n">
-        <v>163659.0</v>
+        <v>8.9507E7</v>
       </c>
       <c r="E206" s="14" t="n">
-        <v>120782.0</v>
+        <v>7.3067E7</v>
       </c>
       <c r="F206" s="14" t="n">
-        <v>118111.0</v>
+        <v>7.5757E7</v>
       </c>
       <c r="G206" s="14" t="n">
-        <v>113056.0</v>
+        <v>7.2019E7</v>
       </c>
       <c r="H206" s="14" t="n">
-        <v>101555.0</v>
+        <v>6.5867E7</v>
       </c>
       <c r="I206" s="14" t="n">
-        <v>88022.0</v>
+        <v>5.8466E7</v>
       </c>
       <c r="J206" s="14" t="n">
-        <v>75854.0</v>
+        <v>5.3668E7</v>
       </c>
       <c r="K206" s="14" t="n">
-        <v>71038.0</v>
+        <v>4.9938E7</v>
       </c>
       <c r="L206" s="14" t="n">
-        <v>73301.0</v>
+        <v>4.9436E7</v>
       </c>
       <c r="M206" s="14" t="n">
-        <v>66649.0</v>
+        <v>4.7618E7</v>
       </c>
       <c r="N206" s="14" t="n">
-        <v>63970.0</v>
+        <v>4.7079E7</v>
       </c>
       <c r="O206" s="14" t="n">
-        <v>61723.0</v>
+        <v>4.7338E7</v>
       </c>
       <c r="P206" s="14" t="n">
-        <v>71971.0</v>
+        <v>5.064E7</v>
       </c>
       <c r="Q206" s="14" t="n">
-        <v>72665.0</v>
+        <v>5.2619E7</v>
       </c>
       <c r="R206" s="14" t="n">
-        <v>68906.0</v>
+        <v>5.1088E7</v>
       </c>
       <c r="S206" s="14" t="n">
-        <v>63635.0</v>
+        <v>4.6827E7</v>
       </c>
       <c r="T206" s="14" t="n">
-        <v>58798.0</v>
+        <v>4.5381E7</v>
       </c>
       <c r="U206" s="14" t="n">
-        <v>54688.0</v>
+        <v>4.1919E7</v>
       </c>
       <c r="V206" s="14" t="n">
-        <v>48835.0</v>
+        <v>3.99E7</v>
       </c>
       <c r="W206" s="14" t="n">
-        <v>45565.0</v>
+        <v>3.7657E7</v>
       </c>
       <c r="X206" s="14" t="n">
-        <v>43285.0</v>
+        <v>3.6329E7</v>
       </c>
       <c r="Y206" s="14" t="n">
-        <v>40020.0</v>
+        <v>3.3657E7</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    EMPLOYMENT: Gross disposable income</t>
         </is>
       </c>
       <c r="B207" s="14" t="n">
-        <v>1306776.0</v>
+        <v>9.21355E8</v>
       </c>
       <c r="C207" s="14" t="n">
-        <v>1244696.0</v>
+        <v>8.36709E8</v>
       </c>
       <c r="D207" s="14" t="n">
-        <v>1186572.0</v>
+        <v>7.95131E8</v>
       </c>
       <c r="E207" s="14" t="n">
-        <v>1099752.0</v>
+        <v>7.5866E8</v>
       </c>
       <c r="F207" s="14" t="n">
-        <v>1096569.0</v>
+        <v>7.76183E8</v>
       </c>
       <c r="G207" s="14" t="n">
-        <v>1046311.0</v>
+        <v>7.39562E8</v>
       </c>
       <c r="H207" s="14" t="n">
-        <v>1008178.0</v>
+        <v>7.18587E8</v>
       </c>
       <c r="I207" s="14" t="n">
-        <v>996061.0</v>
+        <v>6.98084E8</v>
       </c>
       <c r="J207" s="14" t="n">
-        <v>969984.0</v>
+        <v>6.80447E8</v>
       </c>
       <c r="K207" s="14" t="n">
-        <v>921298.0</v>
+        <v>6.5335E8</v>
       </c>
       <c r="L207" s="14" t="n">
-        <v>913239.0</v>
+        <v>6.51201E8</v>
       </c>
       <c r="M207" s="14" t="n">
-        <v>901152.0</v>
+        <v>6.53101E8</v>
       </c>
       <c r="N207" s="14" t="n">
-        <v>961837.0</v>
+        <v>6.89087E8</v>
       </c>
       <c r="O207" s="14" t="n">
-        <v>941863.0</v>
+        <v>6.84266E8</v>
       </c>
       <c r="P207" s="14" t="n">
-        <v>929283.0</v>
+        <v>6.80916E8</v>
       </c>
       <c r="Q207" s="14" t="n">
-        <v>943953.0</v>
+        <v>6.84434E8</v>
       </c>
       <c r="R207" s="14" t="n">
-        <v>906023.0</v>
+        <v>6.49881E8</v>
       </c>
       <c r="S207" s="14" t="n">
-        <v>884270.0</v>
+        <v>6.17248E8</v>
       </c>
       <c r="T207" s="14" t="n">
-        <v>835669.0</v>
+        <v>5.81609E8</v>
       </c>
       <c r="U207" s="14" t="n">
-        <v>799700.0</v>
+        <v>5.44523E8</v>
       </c>
       <c r="V207" s="14" t="n">
-        <v>747421.0</v>
+        <v>5.14833E8</v>
       </c>
       <c r="W207" s="14" t="n">
-        <v>694344.0</v>
+        <v>4.79026E8</v>
       </c>
       <c r="X207" s="14" t="n">
-        <v>666647.0</v>
+        <v>4.52323E8</v>
       </c>
       <c r="Y207" s="14" t="n">
-        <v>623731.0</v>
+        <v>4.19984E8</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="5" t="inlineStr">
         <is>
-          <t>Notes:</t>
+          <t>Notas:</t>
         </is>
       </c>
     </row>
     <row r="211">
       <c r="A211" t="inlineStr">
         <is>
-          <t>1) Difference between Employment and Resources.</t>
+          <t>Difference between Employment and Resources.</t>
         </is>
       </c>
     </row>
     <row r="212">
       <c r="A212" t="inlineStr">
         <is>
           <t xml:space="preserve"> 2) Difference between Employment and Resources.</t>
         </is>
       </c>
     </row>
     <row r="213">
       <c r="A213" t="inlineStr">
         <is>
           <t xml:space="preserve"> (P) Provisional.</t>
         </is>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="5" t="inlineStr">
         <is>
-          <t xml:space="preserve">Source: </t>
+          <t xml:space="preserve">Fuente: </t>
         </is>
       </c>
     </row>
     <row r="216">
       <c r="A216" t="inlineStr">
         <is>
           <t>National Institute of Statistics</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="26">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A5:K5"/>
     <mergeCell ref="A6:K6"/>
     <mergeCell ref="A8:Y8"/>
     <mergeCell ref="A18:Y18"/>
     <mergeCell ref="A28:Y28"/>
     <mergeCell ref="A38:Y38"/>
     <mergeCell ref="A48:Y48"/>
     <mergeCell ref="A58:Y58"/>
     <mergeCell ref="A68:Y68"/>