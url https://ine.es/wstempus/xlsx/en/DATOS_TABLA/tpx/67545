--- v0 (2025-10-23)
+++ v1 (2025-12-13)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="tabla-50247" r:id="rId3" sheetId="1"/>
+    <sheet name="tabla-67545" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
   </numFmts>
   <fonts count="8">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="11.0"/>
       <color indexed="8"/>
@@ -220,703 +220,1056 @@
       <right style="thin">
         <color indexed="9"/>
       </right>
       <top style="thin">
         <color indexed="9"/>
       </top>
       <bottom style="thin">
         <color indexed="9"/>
       </bottom>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="15">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="2" fillId="6" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
-      <alignment horizontal="left"/>
+      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="8" xfId="0" applyFill="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="6" fillId="5" borderId="8" xfId="0" applyFill="true" applyBorder="true" applyFont="true"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="8" xfId="0" applyFill="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="5" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true" applyNumberFormat="true">
       <alignment horizontal="right"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:N23"/>
+  <dimension ref="A1:AN18"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="39.0625" customWidth="true"/>
     <col min="2" max="2" width="19.53125" customWidth="true"/>
     <col min="3" max="3" width="19.53125" customWidth="true"/>
     <col min="4" max="4" width="19.53125" customWidth="true"/>
     <col min="5" max="5" width="19.53125" customWidth="true"/>
     <col min="6" max="6" width="19.53125" customWidth="true"/>
     <col min="7" max="7" width="19.53125" customWidth="true"/>
     <col min="8" max="8" width="19.53125" customWidth="true"/>
     <col min="9" max="9" width="19.53125" customWidth="true"/>
     <col min="10" max="10" width="19.53125" customWidth="true"/>
     <col min="11" max="11" width="19.53125" customWidth="true"/>
     <col min="12" max="12" width="19.53125" customWidth="true"/>
     <col min="13" max="13" width="19.53125" customWidth="true"/>
     <col min="14" max="14" width="19.53125" customWidth="true"/>
+    <col min="15" max="15" width="19.53125" customWidth="true"/>
+    <col min="16" max="16" width="19.53125" customWidth="true"/>
+    <col min="17" max="17" width="19.53125" customWidth="true"/>
+    <col min="18" max="18" width="19.53125" customWidth="true"/>
+    <col min="19" max="19" width="19.53125" customWidth="true"/>
+    <col min="20" max="20" width="19.53125" customWidth="true"/>
+    <col min="21" max="21" width="19.53125" customWidth="true"/>
+    <col min="22" max="22" width="19.53125" customWidth="true"/>
+    <col min="23" max="23" width="19.53125" customWidth="true"/>
+    <col min="24" max="24" width="19.53125" customWidth="true"/>
+    <col min="25" max="25" width="19.53125" customWidth="true"/>
+    <col min="26" max="26" width="19.53125" customWidth="true"/>
+    <col min="27" max="27" width="19.53125" customWidth="true"/>
+    <col min="28" max="28" width="19.53125" customWidth="true"/>
+    <col min="29" max="29" width="19.53125" customWidth="true"/>
+    <col min="30" max="30" width="19.53125" customWidth="true"/>
+    <col min="31" max="31" width="19.53125" customWidth="true"/>
+    <col min="32" max="32" width="19.53125" customWidth="true"/>
+    <col min="33" max="33" width="19.53125" customWidth="true"/>
+    <col min="34" max="34" width="19.53125" customWidth="true"/>
+    <col min="35" max="35" width="19.53125" customWidth="true"/>
+    <col min="36" max="36" width="19.53125" customWidth="true"/>
+    <col min="37" max="37" width="19.53125" customWidth="true"/>
+    <col min="38" max="38" width="19.53125" customWidth="true"/>
+    <col min="39" max="39" width="19.53125" customWidth="true"/>
+    <col min="40" max="40" width="19.53125" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
-          <t>Residuo alimentario</t>
+          <t>Waste Generation in the Services and Construction Sector</t>
         </is>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
     </row>
     <row r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
-          <t>Residuo alimentario en el sector servicios</t>
+          <t>Waste Generation in the Services Sector</t>
         </is>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
     </row>
     <row r="3">
       <c r="A3" s="11" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="B3" s="11"/>
       <c r="C3" s="11"/>
       <c r="D3" s="11"/>
       <c r="E3" s="11"/>
       <c r="F3" s="11"/>
       <c r="G3" s="11"/>
       <c r="H3" s="11"/>
       <c r="I3" s="11"/>
       <c r="J3" s="11"/>
       <c r="K3" s="11"/>
     </row>
     <row r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
-          <t>Distribución porcentual de residuo alimentario por actividad económica (CNAE-2009) para cada categoría de residuo</t>
+          <t>Percentage distribution of food waste by economic activity (CNAE-2009) for each category of waste</t>
         </is>
       </c>
       <c r="B4" s="3"/>
       <c r="C4" s="3"/>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
       <c r="F4" s="3"/>
       <c r="G4" s="3"/>
       <c r="H4" s="3"/>
       <c r="I4" s="3"/>
       <c r="J4" s="3"/>
       <c r="K4" s="3"/>
     </row>
     <row r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
-          <t>Unidades: porcentaje</t>
+          <t>Unidades: percentage</t>
         </is>
       </c>
       <c r="B5" s="4"/>
       <c r="C5" s="4"/>
       <c r="D5" s="4"/>
       <c r="E5" s="4"/>
       <c r="F5" s="4"/>
       <c r="G5" s="4"/>
       <c r="H5" s="4"/>
       <c r="I5" s="4"/>
       <c r="J5" s="4"/>
       <c r="K5" s="4"/>
     </row>
     <row r="6">
       <c r="A6" s="11" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="B6" s="11"/>
       <c r="C6" s="11"/>
       <c r="D6" s="11"/>
       <c r="E6" s="11"/>
       <c r="F6" s="11"/>
       <c r="G6" s="11"/>
       <c r="H6" s="11"/>
       <c r="I6" s="11"/>
       <c r="J6" s="11"/>
       <c r="K6" s="11"/>
     </row>
     <row r="7">
       <c r="A7" s="12" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="B7" s="6" t="inlineStr">
         <is>
-          <t>Total actividades de servicios: Divisiones G, H, I, J, L, M, N, P, Q, R y S</t>
-[...11 lines deleted...]
-      </c>
+          <t>Total service activities: divisions G, H, I, J, L, M, N, P, Q, R and S</t>
+        </is>
+      </c>
+      <c r="C7" s="6"/>
+      <c r="D7" s="6"/>
       <c r="E7" s="6" t="inlineStr">
         <is>
-          <t>Comercio al por menor. División 47</t>
-[...11 lines deleted...]
-      </c>
+          <t>Wholesale and retail trade and repair of motor vehicles and motorcycles: 45 division</t>
+        </is>
+      </c>
+      <c r="F7" s="6"/>
+      <c r="G7" s="6"/>
       <c r="H7" s="6" t="inlineStr">
         <is>
-          <t>Información y Comunicaciones. Divisiones 58 a 63</t>
-[...11 lines deleted...]
-      </c>
+          <t>Wholesale trade and intermediaries, except motor vehicles and motorcycles: 46 division</t>
+        </is>
+      </c>
+      <c r="I7" s="6"/>
+      <c r="J7" s="6"/>
       <c r="K7" s="6" t="inlineStr">
         <is>
-          <t>Servicios a edificios y actividades de jardinería. División 81</t>
-[...11 lines deleted...]
-      </c>
+          <t>Retail trade: 47 division</t>
+        </is>
+      </c>
+      <c r="L7" s="6"/>
+      <c r="M7" s="6"/>
       <c r="N7" s="6" t="inlineStr">
         <is>
-          <t>Actividades artísticas, recreativas y otros servicios. Divisiones 90 a 96</t>
-[...1 lines deleted...]
-      </c>
+          <t>Transportation and storage: 49 to 53 division</t>
+        </is>
+      </c>
+      <c r="O7" s="6"/>
+      <c r="P7" s="6"/>
+      <c r="Q7" s="6" t="inlineStr">
+        <is>
+          <t>Catering: 55 and 56 divisions</t>
+        </is>
+      </c>
+      <c r="R7" s="6"/>
+      <c r="S7" s="6"/>
+      <c r="T7" s="6" t="inlineStr">
+        <is>
+          <t>Information and Communications:  58 to 63 divisions</t>
+        </is>
+      </c>
+      <c r="U7" s="6"/>
+      <c r="V7" s="6"/>
+      <c r="W7" s="6" t="inlineStr">
+        <is>
+          <t>Financial and insurance activities: 64 to 66 divisions</t>
+        </is>
+      </c>
+      <c r="X7" s="6"/>
+      <c r="Y7" s="6"/>
+      <c r="Z7" s="6" t="inlineStr">
+        <is>
+          <t>Real estate activities, professional, scientific and technical activities. Administrative and support services activities, except veterinary activities: 68, 69, 70 a 74, 77 a 79, 80 and 82 divisions</t>
+        </is>
+      </c>
+      <c r="AA7" s="6"/>
+      <c r="AB7" s="6"/>
+      <c r="AC7" s="6" t="inlineStr">
+        <is>
+          <t>Services to buildings and landscape activities: 81 division</t>
+        </is>
+      </c>
+      <c r="AD7" s="6"/>
+      <c r="AE7" s="6"/>
+      <c r="AF7" s="6" t="inlineStr">
+        <is>
+          <t>Education: 85 division</t>
+        </is>
+      </c>
+      <c r="AG7" s="6"/>
+      <c r="AH7" s="6"/>
+      <c r="AI7" s="6" t="inlineStr">
+        <is>
+          <t>Health and social services activities. Veterinary activities: 86, 87 and 75 divisions</t>
+        </is>
+      </c>
+      <c r="AJ7" s="6"/>
+      <c r="AK7" s="6"/>
+      <c r="AL7" s="6" t="inlineStr">
+        <is>
+          <t>Artistic, recreational and other services activities: 90 to 96 divisions</t>
+        </is>
+      </c>
+      <c r="AM7" s="6"/>
+      <c r="AN7" s="6"/>
     </row>
     <row r="8">
-      <c r="A8" s="6" t="inlineStr">
+      <c r="A8" s="12" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="B8" s="7" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="C8" s="7" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="B8" s="6"/>
-[...11 lines deleted...]
-      <c r="N8" s="6"/>
+      <c r="D8" s="7" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="E8" s="7" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="F8" s="7" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="G8" s="7" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="H8" s="7" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="I8" s="7" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="J8" s="7" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="K8" s="7" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="L8" s="7" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="M8" s="7" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="N8" s="7" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="O8" s="7" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="P8" s="7" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="Q8" s="7" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="R8" s="7" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S8" s="7" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="T8" s="7" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="U8" s="7" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="V8" s="7" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="W8" s="7" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="X8" s="7" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="Y8" s="7" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="Z8" s="7" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="AA8" s="7" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="AB8" s="7" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="AC8" s="7" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="AD8" s="7" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="AE8" s="7" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="AF8" s="7" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="AG8" s="7" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="AH8" s="7" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="AI8" s="7" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="AJ8" s="7" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="AK8" s="7" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="AL8" s="7" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="AM8" s="7" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="AN8" s="7" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
     </row>
     <row r="9">
-      <c r="A9" s="7" t="inlineStr">
-[...1 lines deleted...]
-          <t xml:space="preserve">    Total residuo alimentario</t>
+      <c r="A9" s="6" t="inlineStr">
+        <is>
+          <t>09.1 Mixed animal and food waste NP</t>
         </is>
       </c>
       <c r="B9" s="14" t="n">
         <v>100.0</v>
       </c>
       <c r="C9" s="14" t="n">
-        <v>0.0</v>
+        <v>100.0</v>
       </c>
       <c r="D9" s="14" t="n">
-        <v>30.2</v>
+        <v>100.0</v>
       </c>
       <c r="E9" s="14" t="n">
-        <v>20.9</v>
+        <v>0.0</v>
       </c>
       <c r="F9" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="G9" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="H9" s="14" t="n">
+        <v>14.5</v>
+      </c>
+      <c r="I9" s="14" t="n">
+        <v>11.4</v>
+      </c>
+      <c r="J9" s="14" t="n">
+        <v>16.1</v>
+      </c>
+      <c r="K9" s="14" t="n">
+        <v>24.2</v>
+      </c>
+      <c r="L9" s="14" t="n">
+        <v>9.7</v>
+      </c>
+      <c r="M9" s="14" t="n">
+        <v>27.2</v>
+      </c>
+      <c r="N9" s="14" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="O9" s="14" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="P9" s="14" t="n">
         <v>4.9</v>
       </c>
-      <c r="G9" s="14" t="n">
-[...2 lines deleted...]
-      <c r="H9" s="14" t="n">
+      <c r="Q9" s="14" t="n">
+        <v>50.4</v>
+      </c>
+      <c r="R9" s="14" t="n">
+        <v>61.8</v>
+      </c>
+      <c r="S9" s="14" t="n">
+        <v>40.6</v>
+      </c>
+      <c r="T9" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="U9" s="14" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="V9" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="W9" s="14" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="X9" s="14" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="Y9" s="14" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="Z9" s="14" t="n">
         <v>0.2</v>
       </c>
-      <c r="I9" s="14" t="n">
-[...14 lines deleted...]
-      <c r="N9" s="14" t="n">
+      <c r="AA9" s="14" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="AB9" s="14" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="AC9" s="14" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="AD9" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="AE9" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="AF9" s="14" t="n">
+        <v>3.4</v>
+      </c>
+      <c r="AG9" s="14" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="AH9" s="14" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="AI9" s="14" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="AJ9" s="14" t="n">
+        <v>9.0</v>
+      </c>
+      <c r="AK9" s="14" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="AL9" s="14" t="n">
         <v>1.0</v>
       </c>
+      <c r="AM9" s="14" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="AN9" s="14" t="n">
+        <v>0.8</v>
+      </c>
     </row>
     <row r="10">
-      <c r="A10" s="7" t="inlineStr">
-[...1 lines deleted...]
-          <t xml:space="preserve">    09.1 Residuos animales y de productos alimenticios mezclados NP</t>
+      <c r="A10" s="6" t="inlineStr">
+        <is>
+          <t>09.2 Vegetable waste NP</t>
         </is>
       </c>
       <c r="B10" s="14" t="n">
         <v>100.0</v>
       </c>
       <c r="C10" s="14" t="n">
-        <v>0.0</v>
+        <v>100.0</v>
       </c>
       <c r="D10" s="14" t="n">
-        <v>11.4</v>
+        <v>100.0</v>
       </c>
       <c r="E10" s="14" t="n">
-        <v>9.7</v>
+        <v>0.0</v>
       </c>
       <c r="F10" s="14" t="n">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
       <c r="G10" s="14" t="n">
-        <v>61.8</v>
+        <v>0.0</v>
       </c>
       <c r="H10" s="14" t="n">
+        <v>90.5</v>
+      </c>
+      <c r="I10" s="14" t="n">
+        <v>70.8</v>
+      </c>
+      <c r="J10" s="14" t="n">
+        <v>78.8</v>
+      </c>
+      <c r="K10" s="14" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="L10" s="14" t="n">
+        <v>17.6</v>
+      </c>
+      <c r="M10" s="14" t="n">
+        <v>5.9</v>
+      </c>
+      <c r="N10" s="14" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="O10" s="14" t="n">
         <v>0.1</v>
       </c>
-      <c r="I10" s="14" t="n">
+      <c r="P10" s="14" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="Q10" s="14" t="n">
+        <v>5.3</v>
+      </c>
+      <c r="R10" s="14" t="n">
+        <v>9.3</v>
+      </c>
+      <c r="S10" s="14" t="n">
+        <v>6.1</v>
+      </c>
+      <c r="T10" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="U10" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="V10" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="W10" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="X10" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="Y10" s="14" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="Z10" s="14" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="AA10" s="14" t="n">
         <v>0.3</v>
       </c>
-      <c r="J10" s="14" t="n">
-[...12 lines deleted...]
-        <v>0.7</v>
+      <c r="AB10" s="14" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="AC10" s="14" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="AD10" s="14" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="AE10" s="14" t="n">
+        <v>7.1</v>
+      </c>
+      <c r="AF10" s="14" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="AG10" s="14" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="AH10" s="14" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="AI10" s="14" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="AJ10" s="14" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="AK10" s="14" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="AL10" s="14" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="AM10" s="14" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="AN10" s="14" t="n">
+        <v>0.2</v>
       </c>
     </row>
     <row r="11">
-      <c r="A11" s="7" t="inlineStr">
-[...1 lines deleted...]
-          <t xml:space="preserve">    09.2 Residuos vegetales NP</t>
+      <c r="A11" s="6" t="inlineStr">
+        <is>
+          <t>10.1 Household and similar wastes NP</t>
         </is>
       </c>
       <c r="B11" s="14" t="n">
         <v>100.0</v>
       </c>
       <c r="C11" s="14" t="n">
-        <v>0.0</v>
+        <v>100.0</v>
       </c>
       <c r="D11" s="14" t="n">
-        <v>70.8</v>
+        <v>100.0</v>
       </c>
       <c r="E11" s="14" t="n">
-        <v>17.6</v>
+        <v>0.2</v>
       </c>
       <c r="F11" s="14" t="n">
         <v>0.1</v>
       </c>
       <c r="G11" s="14" t="n">
-        <v>9.3</v>
+        <v>0.4</v>
       </c>
       <c r="H11" s="14" t="n">
-        <v>0.0</v>
+        <v>5.6</v>
       </c>
       <c r="I11" s="14" t="n">
-        <v>0.0</v>
+        <v>5.9</v>
       </c>
       <c r="J11" s="14" t="n">
-        <v>0.3</v>
+        <v>4.8</v>
       </c>
       <c r="K11" s="14" t="n">
+        <v>53.9</v>
+      </c>
+      <c r="L11" s="14" t="n">
+        <v>29.5</v>
+      </c>
+      <c r="M11" s="14" t="n">
+        <v>28.1</v>
+      </c>
+      <c r="N11" s="14" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="O11" s="14" t="n">
+        <v>10.3</v>
+      </c>
+      <c r="P11" s="14" t="n">
+        <v>8.7</v>
+      </c>
+      <c r="Q11" s="14" t="n">
+        <v>20.0</v>
+      </c>
+      <c r="R11" s="14" t="n">
+        <v>27.0</v>
+      </c>
+      <c r="S11" s="14" t="n">
+        <v>25.6</v>
+      </c>
+      <c r="T11" s="14" t="n">
         <v>0.1</v>
       </c>
-      <c r="L11" s="14" t="n">
+      <c r="U11" s="14" t="n">
         <v>0.4</v>
       </c>
-      <c r="M11" s="14" t="n">
-[...3 lines deleted...]
-        <v>0.6</v>
+      <c r="V11" s="14" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="W11" s="14" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="X11" s="14" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="Y11" s="14" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="Z11" s="14" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="AA11" s="14" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="AB11" s="14" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="AC11" s="14" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="AD11" s="14" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="AE11" s="14" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="AF11" s="14" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="AG11" s="14" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="AH11" s="14" t="n">
+        <v>5.7</v>
+      </c>
+      <c r="AI11" s="14" t="n">
+        <v>11.4</v>
+      </c>
+      <c r="AJ11" s="14" t="n">
+        <v>19.7</v>
+      </c>
+      <c r="AK11" s="14" t="n">
+        <v>22.2</v>
+      </c>
+      <c r="AL11" s="14" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="AM11" s="14" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="AN11" s="14" t="n">
+        <v>1.3</v>
       </c>
     </row>
     <row r="12">
-      <c r="A12" s="7" t="inlineStr">
-[...1 lines deleted...]
-          <t xml:space="preserve">    10.1 Residuos domesticos y similares NP</t>
+      <c r="A12" s="6" t="inlineStr">
+        <is>
+          <t>Total food waste</t>
         </is>
       </c>
       <c r="B12" s="14" t="n">
         <v>100.0</v>
       </c>
       <c r="C12" s="14" t="n">
+        <v>100.0</v>
+      </c>
+      <c r="D12" s="14" t="n">
+        <v>100.0</v>
+      </c>
+      <c r="E12" s="14" t="n">
         <v>0.1</v>
       </c>
-      <c r="D12" s="14" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="F12" s="14" t="n">
-        <v>10.3</v>
+        <v>0.0</v>
       </c>
       <c r="G12" s="14" t="n">
-        <v>27.0</v>
+        <v>0.2</v>
       </c>
       <c r="H12" s="14" t="n">
-        <v>0.4</v>
+        <v>27.7</v>
       </c>
       <c r="I12" s="14" t="n">
+        <v>30.2</v>
+      </c>
+      <c r="J12" s="14" t="n">
+        <v>38.1</v>
+      </c>
+      <c r="K12" s="14" t="n">
+        <v>33.9</v>
+      </c>
+      <c r="L12" s="14" t="n">
+        <v>20.9</v>
+      </c>
+      <c r="M12" s="14" t="n">
+        <v>18.6</v>
+      </c>
+      <c r="N12" s="14" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="O12" s="14" t="n">
+        <v>4.9</v>
+      </c>
+      <c r="P12" s="14" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="Q12" s="14" t="n">
+        <v>24.8</v>
+      </c>
+      <c r="R12" s="14" t="n">
+        <v>28.3</v>
+      </c>
+      <c r="S12" s="14" t="n">
+        <v>20.4</v>
+      </c>
+      <c r="T12" s="14" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="U12" s="14" t="n">
         <v>0.2</v>
       </c>
-      <c r="J12" s="14" t="n">
-[...44 lines deleted...]
-      <c r="C14" s="14" t="n">
+      <c r="V12" s="14" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="W12" s="14" t="n">
         <v>0.2</v>
       </c>
-      <c r="D14" s="14" t="n">
-[...11 lines deleted...]
-      <c r="H14" s="14" t="n">
+      <c r="X12" s="14" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="Y12" s="14" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="Z12" s="14" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="AA12" s="14" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="AB12" s="14" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="AC12" s="14" t="n">
         <v>0.3</v>
       </c>
-      <c r="I14" s="14" t="n">
-[...5 lines deleted...]
-      <c r="K14" s="14" t="n">
+      <c r="AD12" s="14" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="AE12" s="14" t="n">
         <v>3.0</v>
       </c>
-      <c r="L14" s="14" t="n">
+      <c r="AF12" s="14" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="AG12" s="14" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="AH12" s="14" t="n">
         <v>3.3</v>
       </c>
-      <c r="M14" s="14" t="n">
+      <c r="AI12" s="14" t="n">
+        <v>7.1</v>
+      </c>
+      <c r="AJ12" s="14" t="n">
+        <v>10.6</v>
+      </c>
+      <c r="AK12" s="14" t="n">
         <v>9.7</v>
       </c>
-      <c r="N14" s="14" t="n">
+      <c r="AL12" s="14" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="AM12" s="14" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="AN12" s="14" t="n">
         <v>0.7</v>
       </c>
     </row>
     <row r="15">
-      <c r="A15" s="7" t="inlineStr">
-[...87 lines deleted...]
-        <v>0.2</v>
+      <c r="A15" s="5" t="inlineStr">
+        <is>
+          <t>Notas:</t>
+        </is>
       </c>
     </row>
     <row r="17">
-      <c r="A17" s="7" t="inlineStr">
-[...52 lines deleted...]
-      <c r="A22" s="5" t="inlineStr">
+      <c r="A17" s="5" t="inlineStr">
         <is>
           <t xml:space="preserve">Fuente: </t>
         </is>
       </c>
     </row>
-    <row r="23">
-[...2 lines deleted...]
-          <t>Instituto Nacional de Estadística</t>
+    <row r="18">
+      <c r="A18" t="inlineStr">
+        <is>
+          <t>National Statistics Institute</t>
         </is>
       </c>
     </row>
   </sheetData>
-  <mergeCells count="8">
+  <mergeCells count="19">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A5:K5"/>
     <mergeCell ref="A6:K6"/>
-    <mergeCell ref="A8:N8"/>
-    <mergeCell ref="A13:N13"/>
+    <mergeCell ref="B7:D7"/>
+    <mergeCell ref="E7:G7"/>
+    <mergeCell ref="H7:J7"/>
+    <mergeCell ref="K7:M7"/>
+    <mergeCell ref="N7:P7"/>
+    <mergeCell ref="Q7:S7"/>
+    <mergeCell ref="T7:V7"/>
+    <mergeCell ref="W7:Y7"/>
+    <mergeCell ref="Z7:AB7"/>
+    <mergeCell ref="AC7:AE7"/>
+    <mergeCell ref="AF7:AH7"/>
+    <mergeCell ref="AI7:AK7"/>
+    <mergeCell ref="AL7:AN7"/>
   </mergeCells>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>