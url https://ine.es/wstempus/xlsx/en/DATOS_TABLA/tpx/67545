--- v1 (2025-12-13)
+++ v2 (2026-03-03)
@@ -365,51 +365,51 @@
       <c r="H3" s="11"/>
       <c r="I3" s="11"/>
       <c r="J3" s="11"/>
       <c r="K3" s="11"/>
     </row>
     <row r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Percentage distribution of food waste by economic activity (CNAE-2009) for each category of waste</t>
         </is>
       </c>
       <c r="B4" s="3"/>
       <c r="C4" s="3"/>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
       <c r="F4" s="3"/>
       <c r="G4" s="3"/>
       <c r="H4" s="3"/>
       <c r="I4" s="3"/>
       <c r="J4" s="3"/>
       <c r="K4" s="3"/>
     </row>
     <row r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
-          <t>Unidades: percentage</t>
+          <t>Units: percentage</t>
         </is>
       </c>
       <c r="B5" s="4"/>
       <c r="C5" s="4"/>
       <c r="D5" s="4"/>
       <c r="E5" s="4"/>
       <c r="F5" s="4"/>
       <c r="G5" s="4"/>
       <c r="H5" s="4"/>
       <c r="I5" s="4"/>
       <c r="J5" s="4"/>
       <c r="K5" s="4"/>
     </row>
     <row r="6">
       <c r="A6" s="11" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="B6" s="11"/>
       <c r="C6" s="11"/>
       <c r="D6" s="11"/>
       <c r="E6" s="11"/>
       <c r="F6" s="11"/>
       <c r="G6" s="11"/>
@@ -1195,58 +1195,58 @@
       <c r="AH12" s="14" t="n">
         <v>3.3</v>
       </c>
       <c r="AI12" s="14" t="n">
         <v>7.1</v>
       </c>
       <c r="AJ12" s="14" t="n">
         <v>10.6</v>
       </c>
       <c r="AK12" s="14" t="n">
         <v>9.7</v>
       </c>
       <c r="AL12" s="14" t="n">
         <v>0.6</v>
       </c>
       <c r="AM12" s="14" t="n">
         <v>1.0</v>
       </c>
       <c r="AN12" s="14" t="n">
         <v>0.7</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
-          <t>Notas:</t>
+          <t>Notes:</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
-          <t xml:space="preserve">Fuente: </t>
+          <t xml:space="preserve">Source: </t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
           <t>National Statistics Institute</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="19">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A5:K5"/>
     <mergeCell ref="A6:K6"/>
     <mergeCell ref="B7:D7"/>
     <mergeCell ref="E7:G7"/>
     <mergeCell ref="H7:J7"/>
     <mergeCell ref="K7:M7"/>
     <mergeCell ref="N7:P7"/>
     <mergeCell ref="Q7:S7"/>
     <mergeCell ref="T7:V7"/>