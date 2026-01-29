--- v1 (2025-12-13)
+++ v2 (2026-01-29)
@@ -42420,51 +42420,51 @@
     </row>
     <row r="64">
       <c r="A64" s="5" t="inlineStr">
         <is>
           <t>Notas:</t>
         </is>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr">
         <is>
           <t>Procedimientos de revisión de resultados de la operación estadística IDB han detectado discrepancias en los datos en esta tabla. Corrigiéndose a fecha 9 de febrero de 2022 para los años comprendidos entre 1996 y 2006.</t>
         </is>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="5" t="inlineStr">
         <is>
           <t xml:space="preserve">Fuente: </t>
         </is>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr">
         <is>
-          <t>Instituto Nacional de Estadística</t>
+          <t/>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="11">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A5:K5"/>
     <mergeCell ref="A6:K6"/>
     <mergeCell ref="B7:AY7"/>
     <mergeCell ref="AZ7:CW7"/>
     <mergeCell ref="CX7:EU7"/>
     <mergeCell ref="EV7:GS7"/>
     <mergeCell ref="GT7:IQ7"/>
   </mergeCells>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>