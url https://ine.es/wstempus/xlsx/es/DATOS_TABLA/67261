--- v1 (2025-12-16)
+++ v2 (2026-02-26)
@@ -254,51 +254,51 @@
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="8" xfId="0" applyFill="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="6" fillId="5" borderId="8" xfId="0" applyFill="true" applyBorder="true" applyFont="true"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="8" xfId="0" applyFill="true" applyBorder="true"/>
     <xf numFmtId="0" fontId="5" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="4" fontId="7" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true" applyNumberFormat="true">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="8" fillId="8" borderId="8" xfId="0" applyFill="true" applyFont="true" applyBorder="true" applyAlignment="true" applyNumberFormat="true">
       <alignment horizontal="right"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:ABZ27"/>
+  <dimension ref="A1:ACF28"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <cols>
     <col min="1" max="1" width="39.0625" customWidth="true"/>
     <col min="2" max="2" width="19.53125" customWidth="true"/>
     <col min="3" max="3" width="19.53125" customWidth="true"/>
     <col min="4" max="4" width="19.53125" customWidth="true"/>
     <col min="5" max="5" width="19.53125" customWidth="true"/>
     <col min="6" max="6" width="19.53125" customWidth="true"/>
     <col min="7" max="7" width="19.53125" customWidth="true"/>
     <col min="8" max="8" width="19.53125" customWidth="true"/>
     <col min="9" max="9" width="19.53125" customWidth="true"/>
     <col min="10" max="10" width="19.53125" customWidth="true"/>
     <col min="11" max="11" width="19.53125" customWidth="true"/>
     <col min="12" max="12" width="19.53125" customWidth="true"/>
     <col min="13" max="13" width="19.53125" customWidth="true"/>
     <col min="14" max="14" width="19.53125" customWidth="true"/>
     <col min="15" max="15" width="19.53125" customWidth="true"/>
     <col min="16" max="16" width="19.53125" customWidth="true"/>
     <col min="17" max="17" width="19.53125" customWidth="true"/>
     <col min="18" max="18" width="19.53125" customWidth="true"/>
     <col min="19" max="19" width="19.53125" customWidth="true"/>
     <col min="20" max="20" width="19.53125" customWidth="true"/>
@@ -1014,50 +1014,56 @@
     <col min="730" max="730" width="19.53125" customWidth="true"/>
     <col min="731" max="731" width="19.53125" customWidth="true"/>
     <col min="732" max="732" width="19.53125" customWidth="true"/>
     <col min="733" max="733" width="19.53125" customWidth="true"/>
     <col min="734" max="734" width="19.53125" customWidth="true"/>
     <col min="735" max="735" width="19.53125" customWidth="true"/>
     <col min="736" max="736" width="19.53125" customWidth="true"/>
     <col min="737" max="737" width="19.53125" customWidth="true"/>
     <col min="738" max="738" width="19.53125" customWidth="true"/>
     <col min="739" max="739" width="19.53125" customWidth="true"/>
     <col min="740" max="740" width="19.53125" customWidth="true"/>
     <col min="741" max="741" width="19.53125" customWidth="true"/>
     <col min="742" max="742" width="19.53125" customWidth="true"/>
     <col min="743" max="743" width="19.53125" customWidth="true"/>
     <col min="744" max="744" width="19.53125" customWidth="true"/>
     <col min="745" max="745" width="19.53125" customWidth="true"/>
     <col min="746" max="746" width="19.53125" customWidth="true"/>
     <col min="747" max="747" width="19.53125" customWidth="true"/>
     <col min="748" max="748" width="19.53125" customWidth="true"/>
     <col min="749" max="749" width="19.53125" customWidth="true"/>
     <col min="750" max="750" width="19.53125" customWidth="true"/>
     <col min="751" max="751" width="19.53125" customWidth="true"/>
     <col min="752" max="752" width="19.53125" customWidth="true"/>
     <col min="753" max="753" width="19.53125" customWidth="true"/>
     <col min="754" max="754" width="19.53125" customWidth="true"/>
+    <col min="755" max="755" width="19.53125" customWidth="true"/>
+    <col min="756" max="756" width="19.53125" customWidth="true"/>
+    <col min="757" max="757" width="19.53125" customWidth="true"/>
+    <col min="758" max="758" width="19.53125" customWidth="true"/>
+    <col min="759" max="759" width="19.53125" customWidth="true"/>
+    <col min="760" max="760" width="19.53125" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Índice de precios de consumo armonizados</t>
         </is>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
     </row>
     <row r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
           <t>Índices nacionales a impuestos constantes</t>
         </is>
       </c>
@@ -1070,51 +1076,51 @@
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
     </row>
     <row r="3">
       <c r="A3" s="11" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="B3" s="11"/>
       <c r="C3" s="11"/>
       <c r="D3" s="11"/>
       <c r="E3" s="11"/>
       <c r="F3" s="11"/>
       <c r="G3" s="11"/>
       <c r="H3" s="11"/>
       <c r="I3" s="11"/>
       <c r="J3" s="11"/>
       <c r="K3" s="11"/>
     </row>
     <row r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
-          <t>Índices nacionales: general y de grupos ECOICOP</t>
+          <t>Índices nacionales: general y de grupos ECOICOP ver.2</t>
         </is>
       </c>
       <c r="B4" s="3"/>
       <c r="C4" s="3"/>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
       <c r="F4" s="3"/>
       <c r="G4" s="3"/>
       <c r="H4" s="3"/>
       <c r="I4" s="3"/>
       <c r="J4" s="3"/>
       <c r="K4" s="3"/>
     </row>
     <row r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
           <t>Unidades: Índice, Tasas</t>
         </is>
       </c>
       <c r="B5" s="4"/>
       <c r="C5" s="4"/>
       <c r="D5" s="4"/>
       <c r="E5" s="4"/>
       <c r="F5" s="4"/>
       <c r="G5" s="4"/>
@@ -1379,57 +1385,57 @@
       <c r="HT7" s="6"/>
       <c r="HU7" s="6"/>
       <c r="HV7" s="6"/>
       <c r="HW7" s="6"/>
       <c r="HX7" s="6"/>
       <c r="HY7" s="6"/>
       <c r="HZ7" s="6"/>
       <c r="IA7" s="6"/>
       <c r="IB7" s="6"/>
       <c r="IC7" s="6"/>
       <c r="ID7" s="6"/>
       <c r="IE7" s="6"/>
       <c r="IF7" s="6"/>
       <c r="IG7" s="6"/>
       <c r="IH7" s="6"/>
       <c r="II7" s="6"/>
       <c r="IJ7" s="6"/>
       <c r="IK7" s="6"/>
       <c r="IL7" s="6"/>
       <c r="IM7" s="6"/>
       <c r="IN7" s="6"/>
       <c r="IO7" s="6"/>
       <c r="IP7" s="6"/>
       <c r="IQ7" s="6"/>
       <c r="IR7" s="6"/>
-      <c r="IS7" s="6" t="inlineStr">
+      <c r="IS7" s="6"/>
+      <c r="IT7" s="6"/>
+      <c r="IU7" s="6" t="inlineStr">
         <is>
           <t>Variación mensual</t>
         </is>
       </c>
-      <c r="IT7" s="6"/>
-      <c r="IU7" s="6"/>
       <c r="IV7" s="6"/>
       <c r="IW7" s="6"/>
       <c r="IX7" s="6"/>
       <c r="IY7" s="6"/>
       <c r="IZ7" s="6"/>
       <c r="JA7" s="6"/>
       <c r="JB7" s="6"/>
       <c r="JC7" s="6"/>
       <c r="JD7" s="6"/>
       <c r="JE7" s="6"/>
       <c r="JF7" s="6"/>
       <c r="JG7" s="6"/>
       <c r="JH7" s="6"/>
       <c r="JI7" s="6"/>
       <c r="JJ7" s="6"/>
       <c r="JK7" s="6"/>
       <c r="JL7" s="6"/>
       <c r="JM7" s="6"/>
       <c r="JN7" s="6"/>
       <c r="JO7" s="6"/>
       <c r="JP7" s="6"/>
       <c r="JQ7" s="6"/>
       <c r="JR7" s="6"/>
       <c r="JS7" s="6"/>
       <c r="JT7" s="6"/>
@@ -1634,59 +1640,59 @@
       <c r="RK7" s="6"/>
       <c r="RL7" s="6"/>
       <c r="RM7" s="6"/>
       <c r="RN7" s="6"/>
       <c r="RO7" s="6"/>
       <c r="RP7" s="6"/>
       <c r="RQ7" s="6"/>
       <c r="RR7" s="6"/>
       <c r="RS7" s="6"/>
       <c r="RT7" s="6"/>
       <c r="RU7" s="6"/>
       <c r="RV7" s="6"/>
       <c r="RW7" s="6"/>
       <c r="RX7" s="6"/>
       <c r="RY7" s="6"/>
       <c r="RZ7" s="6"/>
       <c r="SA7" s="6"/>
       <c r="SB7" s="6"/>
       <c r="SC7" s="6"/>
       <c r="SD7" s="6"/>
       <c r="SE7" s="6"/>
       <c r="SF7" s="6"/>
       <c r="SG7" s="6"/>
       <c r="SH7" s="6"/>
       <c r="SI7" s="6"/>
-      <c r="SJ7" s="6" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="SJ7" s="6"/>
       <c r="SK7" s="6"/>
       <c r="SL7" s="6"/>
       <c r="SM7" s="6"/>
-      <c r="SN7" s="6"/>
+      <c r="SN7" s="6" t="inlineStr">
+        <is>
+          <t>Variación anual</t>
+        </is>
+      </c>
       <c r="SO7" s="6"/>
       <c r="SP7" s="6"/>
       <c r="SQ7" s="6"/>
       <c r="SR7" s="6"/>
       <c r="SS7" s="6"/>
       <c r="ST7" s="6"/>
       <c r="SU7" s="6"/>
       <c r="SV7" s="6"/>
       <c r="SW7" s="6"/>
       <c r="SX7" s="6"/>
       <c r="SY7" s="6"/>
       <c r="SZ7" s="6"/>
       <c r="TA7" s="6"/>
       <c r="TB7" s="6"/>
       <c r="TC7" s="6"/>
       <c r="TD7" s="6"/>
       <c r="TE7" s="6"/>
       <c r="TF7" s="6"/>
       <c r="TG7" s="6"/>
       <c r="TH7" s="6"/>
       <c r="TI7" s="6"/>
       <c r="TJ7" s="6"/>
       <c r="TK7" s="6"/>
       <c r="TL7" s="6"/>
       <c r="TM7" s="6"/>
@@ -1889,33643 +1895,42579 @@
       <c r="ABB7" s="6"/>
       <c r="ABC7" s="6"/>
       <c r="ABD7" s="6"/>
       <c r="ABE7" s="6"/>
       <c r="ABF7" s="6"/>
       <c r="ABG7" s="6"/>
       <c r="ABH7" s="6"/>
       <c r="ABI7" s="6"/>
       <c r="ABJ7" s="6"/>
       <c r="ABK7" s="6"/>
       <c r="ABL7" s="6"/>
       <c r="ABM7" s="6"/>
       <c r="ABN7" s="6"/>
       <c r="ABO7" s="6"/>
       <c r="ABP7" s="6"/>
       <c r="ABQ7" s="6"/>
       <c r="ABR7" s="6"/>
       <c r="ABS7" s="6"/>
       <c r="ABT7" s="6"/>
       <c r="ABU7" s="6"/>
       <c r="ABV7" s="6"/>
       <c r="ABW7" s="6"/>
       <c r="ABX7" s="6"/>
       <c r="ABY7" s="6"/>
       <c r="ABZ7" s="6"/>
+      <c r="ACA7" s="6"/>
+      <c r="ACB7" s="6"/>
+      <c r="ACC7" s="6"/>
+      <c r="ACD7" s="6"/>
+      <c r="ACE7" s="6"/>
+      <c r="ACF7" s="6"/>
     </row>
     <row r="8">
       <c r="A8" s="12" t="inlineStr">
         <is>
           <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
+          <t>2026M01</t>
+        </is>
+      </c>
+      <c r="C8" s="7" t="inlineStr">
+        <is>
+          <t>2025M12</t>
+        </is>
+      </c>
+      <c r="D8" s="7" t="inlineStr">
+        <is>
           <t>2025M11</t>
         </is>
       </c>
-      <c r="C8" s="7" t="inlineStr">
+      <c r="E8" s="7" t="inlineStr">
         <is>
           <t>2025M10</t>
         </is>
       </c>
-      <c r="D8" s="7" t="inlineStr">
+      <c r="F8" s="7" t="inlineStr">
         <is>
           <t>2025M09</t>
         </is>
       </c>
-      <c r="E8" s="7" t="inlineStr">
+      <c r="G8" s="7" t="inlineStr">
         <is>
           <t>2025M08</t>
         </is>
       </c>
-      <c r="F8" s="7" t="inlineStr">
+      <c r="H8" s="7" t="inlineStr">
         <is>
           <t>2025M07</t>
         </is>
       </c>
-      <c r="G8" s="7" t="inlineStr">
+      <c r="I8" s="7" t="inlineStr">
         <is>
           <t>2025M06</t>
         </is>
       </c>
-      <c r="H8" s="7" t="inlineStr">
+      <c r="J8" s="7" t="inlineStr">
         <is>
           <t>2025M05</t>
         </is>
       </c>
-      <c r="I8" s="7" t="inlineStr">
+      <c r="K8" s="7" t="inlineStr">
         <is>
           <t>2025M04</t>
         </is>
       </c>
-      <c r="J8" s="7" t="inlineStr">
+      <c r="L8" s="7" t="inlineStr">
         <is>
           <t>2025M03</t>
         </is>
       </c>
-      <c r="K8" s="7" t="inlineStr">
+      <c r="M8" s="7" t="inlineStr">
         <is>
           <t>2025M02</t>
         </is>
       </c>
-      <c r="L8" s="7" t="inlineStr">
+      <c r="N8" s="7" t="inlineStr">
         <is>
           <t>2025M01</t>
         </is>
       </c>
-      <c r="M8" s="7" t="inlineStr">
+      <c r="O8" s="7" t="inlineStr">
         <is>
           <t>2024M12</t>
         </is>
       </c>
-      <c r="N8" s="7" t="inlineStr">
+      <c r="P8" s="7" t="inlineStr">
         <is>
           <t>2024M11</t>
         </is>
       </c>
-      <c r="O8" s="7" t="inlineStr">
+      <c r="Q8" s="7" t="inlineStr">
         <is>
           <t>2024M10</t>
         </is>
       </c>
-      <c r="P8" s="7" t="inlineStr">
+      <c r="R8" s="7" t="inlineStr">
         <is>
           <t>2024M09</t>
         </is>
       </c>
-      <c r="Q8" s="7" t="inlineStr">
+      <c r="S8" s="7" t="inlineStr">
         <is>
           <t>2024M08</t>
         </is>
       </c>
-      <c r="R8" s="7" t="inlineStr">
+      <c r="T8" s="7" t="inlineStr">
         <is>
           <t>2024M07</t>
         </is>
       </c>
-      <c r="S8" s="7" t="inlineStr">
+      <c r="U8" s="7" t="inlineStr">
         <is>
           <t>2024M06</t>
         </is>
       </c>
-      <c r="T8" s="7" t="inlineStr">
+      <c r="V8" s="7" t="inlineStr">
         <is>
           <t>2024M05</t>
         </is>
       </c>
-      <c r="U8" s="7" t="inlineStr">
+      <c r="W8" s="7" t="inlineStr">
         <is>
           <t>2024M04</t>
         </is>
       </c>
-      <c r="V8" s="7" t="inlineStr">
+      <c r="X8" s="7" t="inlineStr">
         <is>
           <t>2024M03</t>
         </is>
       </c>
-      <c r="W8" s="7" t="inlineStr">
+      <c r="Y8" s="7" t="inlineStr">
         <is>
           <t>2024M02</t>
         </is>
       </c>
-      <c r="X8" s="7" t="inlineStr">
+      <c r="Z8" s="7" t="inlineStr">
         <is>
           <t>2024M01</t>
         </is>
       </c>
-      <c r="Y8" s="7" t="inlineStr">
+      <c r="AA8" s="7" t="inlineStr">
         <is>
           <t>2023M12</t>
         </is>
       </c>
-      <c r="Z8" s="7" t="inlineStr">
+      <c r="AB8" s="7" t="inlineStr">
         <is>
           <t>2023M11</t>
         </is>
       </c>
-      <c r="AA8" s="7" t="inlineStr">
+      <c r="AC8" s="7" t="inlineStr">
         <is>
           <t>2023M10</t>
         </is>
       </c>
-      <c r="AB8" s="7" t="inlineStr">
+      <c r="AD8" s="7" t="inlineStr">
         <is>
           <t>2023M09</t>
         </is>
       </c>
-      <c r="AC8" s="7" t="inlineStr">
+      <c r="AE8" s="7" t="inlineStr">
         <is>
           <t>2023M08</t>
         </is>
       </c>
-      <c r="AD8" s="7" t="inlineStr">
+      <c r="AF8" s="7" t="inlineStr">
         <is>
           <t>2023M07</t>
         </is>
       </c>
-      <c r="AE8" s="7" t="inlineStr">
+      <c r="AG8" s="7" t="inlineStr">
         <is>
           <t>2023M06</t>
         </is>
       </c>
-      <c r="AF8" s="7" t="inlineStr">
+      <c r="AH8" s="7" t="inlineStr">
         <is>
           <t>2023M05</t>
         </is>
       </c>
-      <c r="AG8" s="7" t="inlineStr">
+      <c r="AI8" s="7" t="inlineStr">
         <is>
           <t>2023M04</t>
         </is>
       </c>
-      <c r="AH8" s="7" t="inlineStr">
+      <c r="AJ8" s="7" t="inlineStr">
         <is>
           <t>2023M03</t>
         </is>
       </c>
-      <c r="AI8" s="7" t="inlineStr">
+      <c r="AK8" s="7" t="inlineStr">
         <is>
           <t>2023M02</t>
         </is>
       </c>
-      <c r="AJ8" s="7" t="inlineStr">
+      <c r="AL8" s="7" t="inlineStr">
         <is>
           <t>2023M01</t>
         </is>
       </c>
-      <c r="AK8" s="7" t="inlineStr">
+      <c r="AM8" s="7" t="inlineStr">
         <is>
           <t>2022M12</t>
         </is>
       </c>
-      <c r="AL8" s="7" t="inlineStr">
+      <c r="AN8" s="7" t="inlineStr">
         <is>
           <t>2022M11</t>
         </is>
       </c>
-      <c r="AM8" s="7" t="inlineStr">
+      <c r="AO8" s="7" t="inlineStr">
         <is>
           <t>2022M10</t>
         </is>
       </c>
-      <c r="AN8" s="7" t="inlineStr">
+      <c r="AP8" s="7" t="inlineStr">
         <is>
           <t>2022M09</t>
         </is>
       </c>
-      <c r="AO8" s="7" t="inlineStr">
+      <c r="AQ8" s="7" t="inlineStr">
         <is>
           <t>2022M08</t>
         </is>
       </c>
-      <c r="AP8" s="7" t="inlineStr">
+      <c r="AR8" s="7" t="inlineStr">
         <is>
           <t>2022M07</t>
         </is>
       </c>
-      <c r="AQ8" s="7" t="inlineStr">
+      <c r="AS8" s="7" t="inlineStr">
         <is>
           <t>2022M06</t>
         </is>
       </c>
-      <c r="AR8" s="7" t="inlineStr">
+      <c r="AT8" s="7" t="inlineStr">
         <is>
           <t>2022M05</t>
         </is>
       </c>
-      <c r="AS8" s="7" t="inlineStr">
+      <c r="AU8" s="7" t="inlineStr">
         <is>
           <t>2022M04</t>
         </is>
       </c>
-      <c r="AT8" s="7" t="inlineStr">
+      <c r="AV8" s="7" t="inlineStr">
         <is>
           <t>2022M03</t>
         </is>
       </c>
-      <c r="AU8" s="7" t="inlineStr">
+      <c r="AW8" s="7" t="inlineStr">
         <is>
           <t>2022M02</t>
         </is>
       </c>
-      <c r="AV8" s="7" t="inlineStr">
+      <c r="AX8" s="7" t="inlineStr">
         <is>
           <t>2022M01</t>
         </is>
       </c>
-      <c r="AW8" s="7" t="inlineStr">
+      <c r="AY8" s="7" t="inlineStr">
         <is>
           <t>2021M12</t>
         </is>
       </c>
-      <c r="AX8" s="7" t="inlineStr">
+      <c r="AZ8" s="7" t="inlineStr">
         <is>
           <t>2021M11</t>
         </is>
       </c>
-      <c r="AY8" s="7" t="inlineStr">
+      <c r="BA8" s="7" t="inlineStr">
         <is>
           <t>2021M10</t>
         </is>
       </c>
-      <c r="AZ8" s="7" t="inlineStr">
+      <c r="BB8" s="7" t="inlineStr">
         <is>
           <t>2021M09</t>
         </is>
       </c>
-      <c r="BA8" s="7" t="inlineStr">
+      <c r="BC8" s="7" t="inlineStr">
         <is>
           <t>2021M08</t>
         </is>
       </c>
-      <c r="BB8" s="7" t="inlineStr">
+      <c r="BD8" s="7" t="inlineStr">
         <is>
           <t>2021M07</t>
         </is>
       </c>
-      <c r="BC8" s="7" t="inlineStr">
+      <c r="BE8" s="7" t="inlineStr">
         <is>
           <t>2021M06</t>
         </is>
       </c>
-      <c r="BD8" s="7" t="inlineStr">
+      <c r="BF8" s="7" t="inlineStr">
         <is>
           <t>2021M05</t>
         </is>
       </c>
-      <c r="BE8" s="7" t="inlineStr">
+      <c r="BG8" s="7" t="inlineStr">
         <is>
           <t>2021M04</t>
         </is>
       </c>
-      <c r="BF8" s="7" t="inlineStr">
+      <c r="BH8" s="7" t="inlineStr">
         <is>
           <t>2021M03</t>
         </is>
       </c>
-      <c r="BG8" s="7" t="inlineStr">
+      <c r="BI8" s="7" t="inlineStr">
         <is>
           <t>2021M02</t>
         </is>
       </c>
-      <c r="BH8" s="7" t="inlineStr">
+      <c r="BJ8" s="7" t="inlineStr">
         <is>
           <t>2021M01</t>
         </is>
       </c>
-      <c r="BI8" s="7" t="inlineStr">
+      <c r="BK8" s="7" t="inlineStr">
         <is>
           <t>2020M12</t>
         </is>
       </c>
-      <c r="BJ8" s="7" t="inlineStr">
+      <c r="BL8" s="7" t="inlineStr">
         <is>
           <t>2020M11</t>
         </is>
       </c>
-      <c r="BK8" s="7" t="inlineStr">
+      <c r="BM8" s="7" t="inlineStr">
         <is>
           <t>2020M10</t>
         </is>
       </c>
-      <c r="BL8" s="7" t="inlineStr">
+      <c r="BN8" s="7" t="inlineStr">
         <is>
           <t>2020M09</t>
         </is>
       </c>
-      <c r="BM8" s="7" t="inlineStr">
+      <c r="BO8" s="7" t="inlineStr">
         <is>
           <t>2020M08</t>
         </is>
       </c>
-      <c r="BN8" s="7" t="inlineStr">
+      <c r="BP8" s="7" t="inlineStr">
         <is>
           <t>2020M07</t>
         </is>
       </c>
-      <c r="BO8" s="7" t="inlineStr">
+      <c r="BQ8" s="7" t="inlineStr">
         <is>
           <t>2020M06</t>
         </is>
       </c>
-      <c r="BP8" s="7" t="inlineStr">
+      <c r="BR8" s="7" t="inlineStr">
         <is>
           <t>2020M05</t>
         </is>
       </c>
-      <c r="BQ8" s="7" t="inlineStr">
+      <c r="BS8" s="7" t="inlineStr">
         <is>
           <t>2020M04</t>
         </is>
       </c>
-      <c r="BR8" s="7" t="inlineStr">
+      <c r="BT8" s="7" t="inlineStr">
         <is>
           <t>2020M03</t>
         </is>
       </c>
-      <c r="BS8" s="7" t="inlineStr">
+      <c r="BU8" s="7" t="inlineStr">
         <is>
           <t>2020M02</t>
         </is>
       </c>
-      <c r="BT8" s="7" t="inlineStr">
+      <c r="BV8" s="7" t="inlineStr">
         <is>
           <t>2020M01</t>
         </is>
       </c>
-      <c r="BU8" s="7" t="inlineStr">
+      <c r="BW8" s="7" t="inlineStr">
         <is>
           <t>2019M12</t>
         </is>
       </c>
-      <c r="BV8" s="7" t="inlineStr">
+      <c r="BX8" s="7" t="inlineStr">
         <is>
           <t>2019M11</t>
         </is>
       </c>
-      <c r="BW8" s="7" t="inlineStr">
+      <c r="BY8" s="7" t="inlineStr">
         <is>
           <t>2019M10</t>
         </is>
       </c>
-      <c r="BX8" s="7" t="inlineStr">
+      <c r="BZ8" s="7" t="inlineStr">
         <is>
           <t>2019M09</t>
         </is>
       </c>
-      <c r="BY8" s="7" t="inlineStr">
+      <c r="CA8" s="7" t="inlineStr">
         <is>
           <t>2019M08</t>
         </is>
       </c>
-      <c r="BZ8" s="7" t="inlineStr">
+      <c r="CB8" s="7" t="inlineStr">
         <is>
           <t>2019M07</t>
         </is>
       </c>
-      <c r="CA8" s="7" t="inlineStr">
+      <c r="CC8" s="7" t="inlineStr">
         <is>
           <t>2019M06</t>
         </is>
       </c>
-      <c r="CB8" s="7" t="inlineStr">
+      <c r="CD8" s="7" t="inlineStr">
         <is>
           <t>2019M05</t>
         </is>
       </c>
-      <c r="CC8" s="7" t="inlineStr">
+      <c r="CE8" s="7" t="inlineStr">
         <is>
           <t>2019M04</t>
         </is>
       </c>
-      <c r="CD8" s="7" t="inlineStr">
+      <c r="CF8" s="7" t="inlineStr">
         <is>
           <t>2019M03</t>
         </is>
       </c>
-      <c r="CE8" s="7" t="inlineStr">
+      <c r="CG8" s="7" t="inlineStr">
         <is>
           <t>2019M02</t>
         </is>
       </c>
-      <c r="CF8" s="7" t="inlineStr">
+      <c r="CH8" s="7" t="inlineStr">
         <is>
           <t>2019M01</t>
         </is>
       </c>
-      <c r="CG8" s="7" t="inlineStr">
+      <c r="CI8" s="7" t="inlineStr">
         <is>
           <t>2018M12</t>
         </is>
       </c>
-      <c r="CH8" s="7" t="inlineStr">
+      <c r="CJ8" s="7" t="inlineStr">
         <is>
           <t>2018M11</t>
         </is>
       </c>
-      <c r="CI8" s="7" t="inlineStr">
+      <c r="CK8" s="7" t="inlineStr">
         <is>
           <t>2018M10</t>
         </is>
       </c>
-      <c r="CJ8" s="7" t="inlineStr">
+      <c r="CL8" s="7" t="inlineStr">
         <is>
           <t>2018M09</t>
         </is>
       </c>
-      <c r="CK8" s="7" t="inlineStr">
+      <c r="CM8" s="7" t="inlineStr">
         <is>
           <t>2018M08</t>
         </is>
       </c>
-      <c r="CL8" s="7" t="inlineStr">
+      <c r="CN8" s="7" t="inlineStr">
         <is>
           <t>2018M07</t>
         </is>
       </c>
-      <c r="CM8" s="7" t="inlineStr">
+      <c r="CO8" s="7" t="inlineStr">
         <is>
           <t>2018M06</t>
         </is>
       </c>
-      <c r="CN8" s="7" t="inlineStr">
+      <c r="CP8" s="7" t="inlineStr">
         <is>
           <t>2018M05</t>
         </is>
       </c>
-      <c r="CO8" s="7" t="inlineStr">
+      <c r="CQ8" s="7" t="inlineStr">
         <is>
           <t>2018M04</t>
         </is>
       </c>
-      <c r="CP8" s="7" t="inlineStr">
+      <c r="CR8" s="7" t="inlineStr">
         <is>
           <t>2018M03</t>
         </is>
       </c>
-      <c r="CQ8" s="7" t="inlineStr">
+      <c r="CS8" s="7" t="inlineStr">
         <is>
           <t>2018M02</t>
         </is>
       </c>
-      <c r="CR8" s="7" t="inlineStr">
+      <c r="CT8" s="7" t="inlineStr">
         <is>
           <t>2018M01</t>
         </is>
       </c>
-      <c r="CS8" s="7" t="inlineStr">
+      <c r="CU8" s="7" t="inlineStr">
         <is>
           <t>2017M12</t>
         </is>
       </c>
-      <c r="CT8" s="7" t="inlineStr">
+      <c r="CV8" s="7" t="inlineStr">
         <is>
           <t>2017M11</t>
         </is>
       </c>
-      <c r="CU8" s="7" t="inlineStr">
+      <c r="CW8" s="7" t="inlineStr">
         <is>
           <t>2017M10</t>
         </is>
       </c>
-      <c r="CV8" s="7" t="inlineStr">
+      <c r="CX8" s="7" t="inlineStr">
         <is>
           <t>2017M09</t>
         </is>
       </c>
-      <c r="CW8" s="7" t="inlineStr">
+      <c r="CY8" s="7" t="inlineStr">
         <is>
           <t>2017M08</t>
         </is>
       </c>
-      <c r="CX8" s="7" t="inlineStr">
+      <c r="CZ8" s="7" t="inlineStr">
         <is>
           <t>2017M07</t>
         </is>
       </c>
-      <c r="CY8" s="7" t="inlineStr">
+      <c r="DA8" s="7" t="inlineStr">
         <is>
           <t>2017M06</t>
         </is>
       </c>
-      <c r="CZ8" s="7" t="inlineStr">
+      <c r="DB8" s="7" t="inlineStr">
         <is>
           <t>2017M05</t>
         </is>
       </c>
-      <c r="DA8" s="7" t="inlineStr">
+      <c r="DC8" s="7" t="inlineStr">
         <is>
           <t>2017M04</t>
         </is>
       </c>
-      <c r="DB8" s="7" t="inlineStr">
+      <c r="DD8" s="7" t="inlineStr">
         <is>
           <t>2017M03</t>
         </is>
       </c>
-      <c r="DC8" s="7" t="inlineStr">
+      <c r="DE8" s="7" t="inlineStr">
         <is>
           <t>2017M02</t>
         </is>
       </c>
-      <c r="DD8" s="7" t="inlineStr">
+      <c r="DF8" s="7" t="inlineStr">
         <is>
           <t>2017M01</t>
         </is>
       </c>
-      <c r="DE8" s="7" t="inlineStr">
+      <c r="DG8" s="7" t="inlineStr">
         <is>
           <t>2016M12</t>
         </is>
       </c>
-      <c r="DF8" s="7" t="inlineStr">
+      <c r="DH8" s="7" t="inlineStr">
         <is>
           <t>2016M11</t>
         </is>
       </c>
-      <c r="DG8" s="7" t="inlineStr">
+      <c r="DI8" s="7" t="inlineStr">
         <is>
           <t>2016M10</t>
         </is>
       </c>
-      <c r="DH8" s="7" t="inlineStr">
+      <c r="DJ8" s="7" t="inlineStr">
         <is>
           <t>2016M09</t>
         </is>
       </c>
-      <c r="DI8" s="7" t="inlineStr">
+      <c r="DK8" s="7" t="inlineStr">
         <is>
           <t>2016M08</t>
         </is>
       </c>
-      <c r="DJ8" s="7" t="inlineStr">
+      <c r="DL8" s="7" t="inlineStr">
         <is>
           <t>2016M07</t>
         </is>
       </c>
-      <c r="DK8" s="7" t="inlineStr">
+      <c r="DM8" s="7" t="inlineStr">
         <is>
           <t>2016M06</t>
         </is>
       </c>
-      <c r="DL8" s="7" t="inlineStr">
+      <c r="DN8" s="7" t="inlineStr">
         <is>
           <t>2016M05</t>
         </is>
       </c>
-      <c r="DM8" s="7" t="inlineStr">
+      <c r="DO8" s="7" t="inlineStr">
         <is>
           <t>2016M04</t>
         </is>
       </c>
-      <c r="DN8" s="7" t="inlineStr">
+      <c r="DP8" s="7" t="inlineStr">
         <is>
           <t>2016M03</t>
         </is>
       </c>
-      <c r="DO8" s="7" t="inlineStr">
+      <c r="DQ8" s="7" t="inlineStr">
         <is>
           <t>2016M02</t>
         </is>
       </c>
-      <c r="DP8" s="7" t="inlineStr">
+      <c r="DR8" s="7" t="inlineStr">
         <is>
           <t>2016M01</t>
         </is>
       </c>
-      <c r="DQ8" s="7" t="inlineStr">
+      <c r="DS8" s="7" t="inlineStr">
         <is>
           <t>2015M12</t>
         </is>
       </c>
-      <c r="DR8" s="7" t="inlineStr">
+      <c r="DT8" s="7" t="inlineStr">
         <is>
           <t>2015M11</t>
         </is>
       </c>
-      <c r="DS8" s="7" t="inlineStr">
+      <c r="DU8" s="7" t="inlineStr">
         <is>
           <t>2015M10</t>
         </is>
       </c>
-      <c r="DT8" s="7" t="inlineStr">
+      <c r="DV8" s="7" t="inlineStr">
         <is>
           <t>2015M09</t>
         </is>
       </c>
-      <c r="DU8" s="7" t="inlineStr">
+      <c r="DW8" s="7" t="inlineStr">
         <is>
           <t>2015M08</t>
         </is>
       </c>
-      <c r="DV8" s="7" t="inlineStr">
+      <c r="DX8" s="7" t="inlineStr">
         <is>
           <t>2015M07</t>
         </is>
       </c>
-      <c r="DW8" s="7" t="inlineStr">
+      <c r="DY8" s="7" t="inlineStr">
         <is>
           <t>2015M06</t>
         </is>
       </c>
-      <c r="DX8" s="7" t="inlineStr">
+      <c r="DZ8" s="7" t="inlineStr">
         <is>
           <t>2015M05</t>
         </is>
       </c>
-      <c r="DY8" s="7" t="inlineStr">
+      <c r="EA8" s="7" t="inlineStr">
         <is>
           <t>2015M04</t>
         </is>
       </c>
-      <c r="DZ8" s="7" t="inlineStr">
+      <c r="EB8" s="7" t="inlineStr">
         <is>
           <t>2015M03</t>
         </is>
       </c>
-      <c r="EA8" s="7" t="inlineStr">
+      <c r="EC8" s="7" t="inlineStr">
         <is>
           <t>2015M02</t>
         </is>
       </c>
-      <c r="EB8" s="7" t="inlineStr">
+      <c r="ED8" s="7" t="inlineStr">
         <is>
           <t>2015M01</t>
         </is>
       </c>
-      <c r="EC8" s="7" t="inlineStr">
+      <c r="EE8" s="7" t="inlineStr">
         <is>
           <t>2014M12</t>
         </is>
       </c>
-      <c r="ED8" s="7" t="inlineStr">
+      <c r="EF8" s="7" t="inlineStr">
         <is>
           <t>2014M11</t>
         </is>
       </c>
-      <c r="EE8" s="7" t="inlineStr">
+      <c r="EG8" s="7" t="inlineStr">
         <is>
           <t>2014M10</t>
         </is>
       </c>
-      <c r="EF8" s="7" t="inlineStr">
+      <c r="EH8" s="7" t="inlineStr">
         <is>
           <t>2014M09</t>
         </is>
       </c>
-      <c r="EG8" s="7" t="inlineStr">
+      <c r="EI8" s="7" t="inlineStr">
         <is>
           <t>2014M08</t>
         </is>
       </c>
-      <c r="EH8" s="7" t="inlineStr">
+      <c r="EJ8" s="7" t="inlineStr">
         <is>
           <t>2014M07</t>
         </is>
       </c>
-      <c r="EI8" s="7" t="inlineStr">
+      <c r="EK8" s="7" t="inlineStr">
         <is>
           <t>2014M06</t>
         </is>
       </c>
-      <c r="EJ8" s="7" t="inlineStr">
+      <c r="EL8" s="7" t="inlineStr">
         <is>
           <t>2014M05</t>
         </is>
       </c>
-      <c r="EK8" s="7" t="inlineStr">
+      <c r="EM8" s="7" t="inlineStr">
         <is>
           <t>2014M04</t>
         </is>
       </c>
-      <c r="EL8" s="7" t="inlineStr">
+      <c r="EN8" s="7" t="inlineStr">
         <is>
           <t>2014M03</t>
         </is>
       </c>
-      <c r="EM8" s="7" t="inlineStr">
+      <c r="EO8" s="7" t="inlineStr">
         <is>
           <t>2014M02</t>
         </is>
       </c>
-      <c r="EN8" s="7" t="inlineStr">
+      <c r="EP8" s="7" t="inlineStr">
         <is>
           <t>2014M01</t>
         </is>
       </c>
-      <c r="EO8" s="7" t="inlineStr">
+      <c r="EQ8" s="7" t="inlineStr">
         <is>
           <t>2013M12</t>
         </is>
       </c>
-      <c r="EP8" s="7" t="inlineStr">
+      <c r="ER8" s="7" t="inlineStr">
         <is>
           <t>2013M11</t>
         </is>
       </c>
-      <c r="EQ8" s="7" t="inlineStr">
+      <c r="ES8" s="7" t="inlineStr">
         <is>
           <t>2013M10</t>
         </is>
       </c>
-      <c r="ER8" s="7" t="inlineStr">
+      <c r="ET8" s="7" t="inlineStr">
         <is>
           <t>2013M09</t>
         </is>
       </c>
-      <c r="ES8" s="7" t="inlineStr">
+      <c r="EU8" s="7" t="inlineStr">
         <is>
           <t>2013M08</t>
         </is>
       </c>
-      <c r="ET8" s="7" t="inlineStr">
+      <c r="EV8" s="7" t="inlineStr">
         <is>
           <t>2013M07</t>
         </is>
       </c>
-      <c r="EU8" s="7" t="inlineStr">
+      <c r="EW8" s="7" t="inlineStr">
         <is>
           <t>2013M06</t>
         </is>
       </c>
-      <c r="EV8" s="7" t="inlineStr">
+      <c r="EX8" s="7" t="inlineStr">
         <is>
           <t>2013M05</t>
         </is>
       </c>
-      <c r="EW8" s="7" t="inlineStr">
+      <c r="EY8" s="7" t="inlineStr">
         <is>
           <t>2013M04</t>
         </is>
       </c>
-      <c r="EX8" s="7" t="inlineStr">
+      <c r="EZ8" s="7" t="inlineStr">
         <is>
           <t>2013M03</t>
         </is>
       </c>
-      <c r="EY8" s="7" t="inlineStr">
+      <c r="FA8" s="7" t="inlineStr">
         <is>
           <t>2013M02</t>
         </is>
       </c>
-      <c r="EZ8" s="7" t="inlineStr">
+      <c r="FB8" s="7" t="inlineStr">
         <is>
           <t>2013M01</t>
         </is>
       </c>
-      <c r="FA8" s="7" t="inlineStr">
+      <c r="FC8" s="7" t="inlineStr">
         <is>
           <t>2012M12</t>
         </is>
       </c>
-      <c r="FB8" s="7" t="inlineStr">
+      <c r="FD8" s="7" t="inlineStr">
         <is>
           <t>2012M11</t>
         </is>
       </c>
-      <c r="FC8" s="7" t="inlineStr">
+      <c r="FE8" s="7" t="inlineStr">
         <is>
           <t>2012M10</t>
         </is>
       </c>
-      <c r="FD8" s="7" t="inlineStr">
+      <c r="FF8" s="7" t="inlineStr">
         <is>
           <t>2012M09</t>
         </is>
       </c>
-      <c r="FE8" s="7" t="inlineStr">
+      <c r="FG8" s="7" t="inlineStr">
         <is>
           <t>2012M08</t>
         </is>
       </c>
-      <c r="FF8" s="7" t="inlineStr">
+      <c r="FH8" s="7" t="inlineStr">
         <is>
           <t>2012M07</t>
         </is>
       </c>
-      <c r="FG8" s="7" t="inlineStr">
+      <c r="FI8" s="7" t="inlineStr">
         <is>
           <t>2012M06</t>
         </is>
       </c>
-      <c r="FH8" s="7" t="inlineStr">
+      <c r="FJ8" s="7" t="inlineStr">
         <is>
           <t>2012M05</t>
         </is>
       </c>
-      <c r="FI8" s="7" t="inlineStr">
+      <c r="FK8" s="7" t="inlineStr">
         <is>
           <t>2012M04</t>
         </is>
       </c>
-      <c r="FJ8" s="7" t="inlineStr">
+      <c r="FL8" s="7" t="inlineStr">
         <is>
           <t>2012M03</t>
         </is>
       </c>
-      <c r="FK8" s="7" t="inlineStr">
+      <c r="FM8" s="7" t="inlineStr">
         <is>
           <t>2012M02</t>
         </is>
       </c>
-      <c r="FL8" s="7" t="inlineStr">
+      <c r="FN8" s="7" t="inlineStr">
         <is>
           <t>2012M01</t>
         </is>
       </c>
-      <c r="FM8" s="7" t="inlineStr">
+      <c r="FO8" s="7" t="inlineStr">
         <is>
           <t>2011M12</t>
         </is>
       </c>
-      <c r="FN8" s="7" t="inlineStr">
+      <c r="FP8" s="7" t="inlineStr">
         <is>
           <t>2011M11</t>
         </is>
       </c>
-      <c r="FO8" s="7" t="inlineStr">
+      <c r="FQ8" s="7" t="inlineStr">
         <is>
           <t>2011M10</t>
         </is>
       </c>
-      <c r="FP8" s="7" t="inlineStr">
+      <c r="FR8" s="7" t="inlineStr">
         <is>
           <t>2011M09</t>
         </is>
       </c>
-      <c r="FQ8" s="7" t="inlineStr">
+      <c r="FS8" s="7" t="inlineStr">
         <is>
           <t>2011M08</t>
         </is>
       </c>
-      <c r="FR8" s="7" t="inlineStr">
+      <c r="FT8" s="7" t="inlineStr">
         <is>
           <t>2011M07</t>
         </is>
       </c>
-      <c r="FS8" s="7" t="inlineStr">
+      <c r="FU8" s="7" t="inlineStr">
         <is>
           <t>2011M06</t>
         </is>
       </c>
-      <c r="FT8" s="7" t="inlineStr">
+      <c r="FV8" s="7" t="inlineStr">
         <is>
           <t>2011M05</t>
         </is>
       </c>
-      <c r="FU8" s="7" t="inlineStr">
+      <c r="FW8" s="7" t="inlineStr">
         <is>
           <t>2011M04</t>
         </is>
       </c>
-      <c r="FV8" s="7" t="inlineStr">
+      <c r="FX8" s="7" t="inlineStr">
         <is>
           <t>2011M03</t>
         </is>
       </c>
-      <c r="FW8" s="7" t="inlineStr">
+      <c r="FY8" s="7" t="inlineStr">
         <is>
           <t>2011M02</t>
         </is>
       </c>
-      <c r="FX8" s="7" t="inlineStr">
+      <c r="FZ8" s="7" t="inlineStr">
         <is>
           <t>2011M01</t>
         </is>
       </c>
-      <c r="FY8" s="7" t="inlineStr">
+      <c r="GA8" s="7" t="inlineStr">
         <is>
           <t>2010M12</t>
         </is>
       </c>
-      <c r="FZ8" s="7" t="inlineStr">
+      <c r="GB8" s="7" t="inlineStr">
         <is>
           <t>2010M11</t>
         </is>
       </c>
-      <c r="GA8" s="7" t="inlineStr">
+      <c r="GC8" s="7" t="inlineStr">
         <is>
           <t>2010M10</t>
         </is>
       </c>
-      <c r="GB8" s="7" t="inlineStr">
+      <c r="GD8" s="7" t="inlineStr">
         <is>
           <t>2010M09</t>
         </is>
       </c>
-      <c r="GC8" s="7" t="inlineStr">
+      <c r="GE8" s="7" t="inlineStr">
         <is>
           <t>2010M08</t>
         </is>
       </c>
-      <c r="GD8" s="7" t="inlineStr">
+      <c r="GF8" s="7" t="inlineStr">
         <is>
           <t>2010M07</t>
         </is>
       </c>
-      <c r="GE8" s="7" t="inlineStr">
+      <c r="GG8" s="7" t="inlineStr">
         <is>
           <t>2010M06</t>
         </is>
       </c>
-      <c r="GF8" s="7" t="inlineStr">
+      <c r="GH8" s="7" t="inlineStr">
         <is>
           <t>2010M05</t>
         </is>
       </c>
-      <c r="GG8" s="7" t="inlineStr">
+      <c r="GI8" s="7" t="inlineStr">
         <is>
           <t>2010M04</t>
         </is>
       </c>
-      <c r="GH8" s="7" t="inlineStr">
+      <c r="GJ8" s="7" t="inlineStr">
         <is>
           <t>2010M03</t>
         </is>
       </c>
-      <c r="GI8" s="7" t="inlineStr">
+      <c r="GK8" s="7" t="inlineStr">
         <is>
           <t>2010M02</t>
         </is>
       </c>
-      <c r="GJ8" s="7" t="inlineStr">
+      <c r="GL8" s="7" t="inlineStr">
         <is>
           <t>2010M01</t>
         </is>
       </c>
-      <c r="GK8" s="7" t="inlineStr">
+      <c r="GM8" s="7" t="inlineStr">
         <is>
           <t>2009M12</t>
         </is>
       </c>
-      <c r="GL8" s="7" t="inlineStr">
+      <c r="GN8" s="7" t="inlineStr">
         <is>
           <t>2009M11</t>
         </is>
       </c>
-      <c r="GM8" s="7" t="inlineStr">
+      <c r="GO8" s="7" t="inlineStr">
         <is>
           <t>2009M10</t>
         </is>
       </c>
-      <c r="GN8" s="7" t="inlineStr">
+      <c r="GP8" s="7" t="inlineStr">
         <is>
           <t>2009M09</t>
         </is>
       </c>
-      <c r="GO8" s="7" t="inlineStr">
+      <c r="GQ8" s="7" t="inlineStr">
         <is>
           <t>2009M08</t>
         </is>
       </c>
-      <c r="GP8" s="7" t="inlineStr">
+      <c r="GR8" s="7" t="inlineStr">
         <is>
           <t>2009M07</t>
         </is>
       </c>
-      <c r="GQ8" s="7" t="inlineStr">
+      <c r="GS8" s="7" t="inlineStr">
         <is>
           <t>2009M06</t>
         </is>
       </c>
-      <c r="GR8" s="7" t="inlineStr">
+      <c r="GT8" s="7" t="inlineStr">
         <is>
           <t>2009M05</t>
         </is>
       </c>
-      <c r="GS8" s="7" t="inlineStr">
+      <c r="GU8" s="7" t="inlineStr">
         <is>
           <t>2009M04</t>
         </is>
       </c>
-      <c r="GT8" s="7" t="inlineStr">
+      <c r="GV8" s="7" t="inlineStr">
         <is>
           <t>2009M03</t>
         </is>
       </c>
-      <c r="GU8" s="7" t="inlineStr">
+      <c r="GW8" s="7" t="inlineStr">
         <is>
           <t>2009M02</t>
         </is>
       </c>
-      <c r="GV8" s="7" t="inlineStr">
+      <c r="GX8" s="7" t="inlineStr">
         <is>
           <t>2009M01</t>
         </is>
       </c>
-      <c r="GW8" s="7" t="inlineStr">
+      <c r="GY8" s="7" t="inlineStr">
         <is>
           <t>2008M12</t>
         </is>
       </c>
-      <c r="GX8" s="7" t="inlineStr">
+      <c r="GZ8" s="7" t="inlineStr">
         <is>
           <t>2008M11</t>
         </is>
       </c>
-      <c r="GY8" s="7" t="inlineStr">
+      <c r="HA8" s="7" t="inlineStr">
         <is>
           <t>2008M10</t>
         </is>
       </c>
-      <c r="GZ8" s="7" t="inlineStr">
+      <c r="HB8" s="7" t="inlineStr">
         <is>
           <t>2008M09</t>
         </is>
       </c>
-      <c r="HA8" s="7" t="inlineStr">
+      <c r="HC8" s="7" t="inlineStr">
         <is>
           <t>2008M08</t>
         </is>
       </c>
-      <c r="HB8" s="7" t="inlineStr">
+      <c r="HD8" s="7" t="inlineStr">
         <is>
           <t>2008M07</t>
         </is>
       </c>
-      <c r="HC8" s="7" t="inlineStr">
+      <c r="HE8" s="7" t="inlineStr">
         <is>
           <t>2008M06</t>
         </is>
       </c>
-      <c r="HD8" s="7" t="inlineStr">
+      <c r="HF8" s="7" t="inlineStr">
         <is>
           <t>2008M05</t>
         </is>
       </c>
-      <c r="HE8" s="7" t="inlineStr">
+      <c r="HG8" s="7" t="inlineStr">
         <is>
           <t>2008M04</t>
         </is>
       </c>
-      <c r="HF8" s="7" t="inlineStr">
+      <c r="HH8" s="7" t="inlineStr">
         <is>
           <t>2008M03</t>
         </is>
       </c>
-      <c r="HG8" s="7" t="inlineStr">
+      <c r="HI8" s="7" t="inlineStr">
         <is>
           <t>2008M02</t>
         </is>
       </c>
-      <c r="HH8" s="7" t="inlineStr">
+      <c r="HJ8" s="7" t="inlineStr">
         <is>
           <t>2008M01</t>
         </is>
       </c>
-      <c r="HI8" s="7" t="inlineStr">
+      <c r="HK8" s="7" t="inlineStr">
         <is>
           <t>2007M12</t>
         </is>
       </c>
-      <c r="HJ8" s="7" t="inlineStr">
+      <c r="HL8" s="7" t="inlineStr">
         <is>
           <t>2007M11</t>
         </is>
       </c>
-      <c r="HK8" s="7" t="inlineStr">
+      <c r="HM8" s="7" t="inlineStr">
         <is>
           <t>2007M10</t>
         </is>
       </c>
-      <c r="HL8" s="7" t="inlineStr">
+      <c r="HN8" s="7" t="inlineStr">
         <is>
           <t>2007M09</t>
         </is>
       </c>
-      <c r="HM8" s="7" t="inlineStr">
+      <c r="HO8" s="7" t="inlineStr">
         <is>
           <t>2007M08</t>
         </is>
       </c>
-      <c r="HN8" s="7" t="inlineStr">
+      <c r="HP8" s="7" t="inlineStr">
         <is>
           <t>2007M07</t>
         </is>
       </c>
-      <c r="HO8" s="7" t="inlineStr">
+      <c r="HQ8" s="7" t="inlineStr">
         <is>
           <t>2007M06</t>
         </is>
       </c>
-      <c r="HP8" s="7" t="inlineStr">
+      <c r="HR8" s="7" t="inlineStr">
         <is>
           <t>2007M05</t>
         </is>
       </c>
-      <c r="HQ8" s="7" t="inlineStr">
+      <c r="HS8" s="7" t="inlineStr">
         <is>
           <t>2007M04</t>
         </is>
       </c>
-      <c r="HR8" s="7" t="inlineStr">
+      <c r="HT8" s="7" t="inlineStr">
         <is>
           <t>2007M03</t>
         </is>
       </c>
-      <c r="HS8" s="7" t="inlineStr">
+      <c r="HU8" s="7" t="inlineStr">
         <is>
           <t>2007M02</t>
         </is>
       </c>
-      <c r="HT8" s="7" t="inlineStr">
+      <c r="HV8" s="7" t="inlineStr">
         <is>
           <t>2007M01</t>
         </is>
       </c>
-      <c r="HU8" s="7" t="inlineStr">
+      <c r="HW8" s="7" t="inlineStr">
         <is>
           <t>2006M12</t>
         </is>
       </c>
-      <c r="HV8" s="7" t="inlineStr">
+      <c r="HX8" s="7" t="inlineStr">
         <is>
           <t>2006M11</t>
         </is>
       </c>
-      <c r="HW8" s="7" t="inlineStr">
+      <c r="HY8" s="7" t="inlineStr">
         <is>
           <t>2006M10</t>
         </is>
       </c>
-      <c r="HX8" s="7" t="inlineStr">
+      <c r="HZ8" s="7" t="inlineStr">
         <is>
           <t>2006M09</t>
         </is>
       </c>
-      <c r="HY8" s="7" t="inlineStr">
+      <c r="IA8" s="7" t="inlineStr">
         <is>
           <t>2006M08</t>
         </is>
       </c>
-      <c r="HZ8" s="7" t="inlineStr">
+      <c r="IB8" s="7" t="inlineStr">
         <is>
           <t>2006M07</t>
         </is>
       </c>
-      <c r="IA8" s="7" t="inlineStr">
+      <c r="IC8" s="7" t="inlineStr">
         <is>
           <t>2006M06</t>
         </is>
       </c>
-      <c r="IB8" s="7" t="inlineStr">
+      <c r="ID8" s="7" t="inlineStr">
         <is>
           <t>2006M05</t>
         </is>
       </c>
-      <c r="IC8" s="7" t="inlineStr">
+      <c r="IE8" s="7" t="inlineStr">
         <is>
           <t>2006M04</t>
         </is>
       </c>
-      <c r="ID8" s="7" t="inlineStr">
+      <c r="IF8" s="7" t="inlineStr">
         <is>
           <t>2006M03</t>
         </is>
       </c>
-      <c r="IE8" s="7" t="inlineStr">
+      <c r="IG8" s="7" t="inlineStr">
         <is>
           <t>2006M02</t>
         </is>
       </c>
-      <c r="IF8" s="7" t="inlineStr">
+      <c r="IH8" s="7" t="inlineStr">
         <is>
           <t>2006M01</t>
         </is>
       </c>
-      <c r="IG8" s="7" t="inlineStr">
+      <c r="II8" s="7" t="inlineStr">
         <is>
           <t>2005M12</t>
         </is>
       </c>
-      <c r="IH8" s="7" t="inlineStr">
+      <c r="IJ8" s="7" t="inlineStr">
         <is>
           <t>2005M11</t>
         </is>
       </c>
-      <c r="II8" s="7" t="inlineStr">
+      <c r="IK8" s="7" t="inlineStr">
         <is>
           <t>2005M10</t>
         </is>
       </c>
-      <c r="IJ8" s="7" t="inlineStr">
+      <c r="IL8" s="7" t="inlineStr">
         <is>
           <t>2005M09</t>
         </is>
       </c>
-      <c r="IK8" s="7" t="inlineStr">
+      <c r="IM8" s="7" t="inlineStr">
         <is>
           <t>2005M08</t>
         </is>
       </c>
-      <c r="IL8" s="7" t="inlineStr">
+      <c r="IN8" s="7" t="inlineStr">
         <is>
           <t>2005M07</t>
         </is>
       </c>
-      <c r="IM8" s="7" t="inlineStr">
+      <c r="IO8" s="7" t="inlineStr">
         <is>
           <t>2005M06</t>
         </is>
       </c>
-      <c r="IN8" s="7" t="inlineStr">
+      <c r="IP8" s="7" t="inlineStr">
         <is>
           <t>2005M05</t>
         </is>
       </c>
-      <c r="IO8" s="7" t="inlineStr">
+      <c r="IQ8" s="7" t="inlineStr">
         <is>
           <t>2005M04</t>
         </is>
       </c>
-      <c r="IP8" s="7" t="inlineStr">
+      <c r="IR8" s="7" t="inlineStr">
         <is>
           <t>2005M03</t>
         </is>
       </c>
-      <c r="IQ8" s="7" t="inlineStr">
+      <c r="IS8" s="7" t="inlineStr">
         <is>
           <t>2005M02</t>
         </is>
       </c>
-      <c r="IR8" s="7" t="inlineStr">
+      <c r="IT8" s="7" t="inlineStr">
         <is>
           <t>2005M01</t>
         </is>
       </c>
-      <c r="IS8" s="7" t="inlineStr">
+      <c r="IU8" s="7" t="inlineStr">
+        <is>
+          <t>2026M01</t>
+        </is>
+      </c>
+      <c r="IV8" s="7" t="inlineStr">
+        <is>
+          <t>2025M12</t>
+        </is>
+      </c>
+      <c r="IW8" s="7" t="inlineStr">
         <is>
           <t>2025M11</t>
         </is>
       </c>
-      <c r="IT8" s="7" t="inlineStr">
+      <c r="IX8" s="7" t="inlineStr">
         <is>
           <t>2025M10</t>
         </is>
       </c>
-      <c r="IU8" s="7" t="inlineStr">
+      <c r="IY8" s="7" t="inlineStr">
         <is>
           <t>2025M09</t>
         </is>
       </c>
-      <c r="IV8" s="7" t="inlineStr">
+      <c r="IZ8" s="7" t="inlineStr">
         <is>
           <t>2025M08</t>
         </is>
       </c>
-      <c r="IW8" s="7" t="inlineStr">
+      <c r="JA8" s="7" t="inlineStr">
         <is>
           <t>2025M07</t>
         </is>
       </c>
-      <c r="IX8" s="7" t="inlineStr">
+      <c r="JB8" s="7" t="inlineStr">
         <is>
           <t>2025M06</t>
         </is>
       </c>
-      <c r="IY8" s="7" t="inlineStr">
+      <c r="JC8" s="7" t="inlineStr">
         <is>
           <t>2025M05</t>
         </is>
       </c>
-      <c r="IZ8" s="7" t="inlineStr">
+      <c r="JD8" s="7" t="inlineStr">
         <is>
           <t>2025M04</t>
         </is>
       </c>
-      <c r="JA8" s="7" t="inlineStr">
+      <c r="JE8" s="7" t="inlineStr">
         <is>
           <t>2025M03</t>
         </is>
       </c>
-      <c r="JB8" s="7" t="inlineStr">
+      <c r="JF8" s="7" t="inlineStr">
         <is>
           <t>2025M02</t>
         </is>
       </c>
-      <c r="JC8" s="7" t="inlineStr">
+      <c r="JG8" s="7" t="inlineStr">
         <is>
           <t>2025M01</t>
         </is>
       </c>
-      <c r="JD8" s="7" t="inlineStr">
+      <c r="JH8" s="7" t="inlineStr">
         <is>
           <t>2024M12</t>
         </is>
       </c>
-      <c r="JE8" s="7" t="inlineStr">
+      <c r="JI8" s="7" t="inlineStr">
         <is>
           <t>2024M11</t>
         </is>
       </c>
-      <c r="JF8" s="7" t="inlineStr">
+      <c r="JJ8" s="7" t="inlineStr">
         <is>
           <t>2024M10</t>
         </is>
       </c>
-      <c r="JG8" s="7" t="inlineStr">
+      <c r="JK8" s="7" t="inlineStr">
         <is>
           <t>2024M09</t>
         </is>
       </c>
-      <c r="JH8" s="7" t="inlineStr">
+      <c r="JL8" s="7" t="inlineStr">
         <is>
           <t>2024M08</t>
         </is>
       </c>
-      <c r="JI8" s="7" t="inlineStr">
+      <c r="JM8" s="7" t="inlineStr">
         <is>
           <t>2024M07</t>
         </is>
       </c>
-      <c r="JJ8" s="7" t="inlineStr">
+      <c r="JN8" s="7" t="inlineStr">
         <is>
           <t>2024M06</t>
         </is>
       </c>
-      <c r="JK8" s="7" t="inlineStr">
+      <c r="JO8" s="7" t="inlineStr">
         <is>
           <t>2024M05</t>
         </is>
       </c>
-      <c r="JL8" s="7" t="inlineStr">
+      <c r="JP8" s="7" t="inlineStr">
         <is>
           <t>2024M04</t>
         </is>
       </c>
-      <c r="JM8" s="7" t="inlineStr">
+      <c r="JQ8" s="7" t="inlineStr">
         <is>
           <t>2024M03</t>
         </is>
       </c>
-      <c r="JN8" s="7" t="inlineStr">
+      <c r="JR8" s="7" t="inlineStr">
         <is>
           <t>2024M02</t>
         </is>
       </c>
-      <c r="JO8" s="7" t="inlineStr">
+      <c r="JS8" s="7" t="inlineStr">
         <is>
           <t>2024M01</t>
         </is>
       </c>
-      <c r="JP8" s="7" t="inlineStr">
+      <c r="JT8" s="7" t="inlineStr">
         <is>
           <t>2023M12</t>
         </is>
       </c>
-      <c r="JQ8" s="7" t="inlineStr">
+      <c r="JU8" s="7" t="inlineStr">
         <is>
           <t>2023M11</t>
         </is>
       </c>
-      <c r="JR8" s="7" t="inlineStr">
+      <c r="JV8" s="7" t="inlineStr">
         <is>
           <t>2023M10</t>
         </is>
       </c>
-      <c r="JS8" s="7" t="inlineStr">
+      <c r="JW8" s="7" t="inlineStr">
         <is>
           <t>2023M09</t>
         </is>
       </c>
-      <c r="JT8" s="7" t="inlineStr">
+      <c r="JX8" s="7" t="inlineStr">
         <is>
           <t>2023M08</t>
         </is>
       </c>
-      <c r="JU8" s="7" t="inlineStr">
+      <c r="JY8" s="7" t="inlineStr">
         <is>
           <t>2023M07</t>
         </is>
       </c>
-      <c r="JV8" s="7" t="inlineStr">
+      <c r="JZ8" s="7" t="inlineStr">
         <is>
           <t>2023M06</t>
         </is>
       </c>
-      <c r="JW8" s="7" t="inlineStr">
+      <c r="KA8" s="7" t="inlineStr">
         <is>
           <t>2023M05</t>
         </is>
       </c>
-      <c r="JX8" s="7" t="inlineStr">
+      <c r="KB8" s="7" t="inlineStr">
         <is>
           <t>2023M04</t>
         </is>
       </c>
-      <c r="JY8" s="7" t="inlineStr">
+      <c r="KC8" s="7" t="inlineStr">
         <is>
           <t>2023M03</t>
         </is>
       </c>
-      <c r="JZ8" s="7" t="inlineStr">
+      <c r="KD8" s="7" t="inlineStr">
         <is>
           <t>2023M02</t>
         </is>
       </c>
-      <c r="KA8" s="7" t="inlineStr">
+      <c r="KE8" s="7" t="inlineStr">
         <is>
           <t>2023M01</t>
         </is>
       </c>
-      <c r="KB8" s="7" t="inlineStr">
+      <c r="KF8" s="7" t="inlineStr">
         <is>
           <t>2022M12</t>
         </is>
       </c>
-      <c r="KC8" s="7" t="inlineStr">
+      <c r="KG8" s="7" t="inlineStr">
         <is>
           <t>2022M11</t>
         </is>
       </c>
-      <c r="KD8" s="7" t="inlineStr">
+      <c r="KH8" s="7" t="inlineStr">
         <is>
           <t>2022M10</t>
         </is>
       </c>
-      <c r="KE8" s="7" t="inlineStr">
+      <c r="KI8" s="7" t="inlineStr">
         <is>
           <t>2022M09</t>
         </is>
       </c>
-      <c r="KF8" s="7" t="inlineStr">
+      <c r="KJ8" s="7" t="inlineStr">
         <is>
           <t>2022M08</t>
         </is>
       </c>
-      <c r="KG8" s="7" t="inlineStr">
+      <c r="KK8" s="7" t="inlineStr">
         <is>
           <t>2022M07</t>
         </is>
       </c>
-      <c r="KH8" s="7" t="inlineStr">
+      <c r="KL8" s="7" t="inlineStr">
         <is>
           <t>2022M06</t>
         </is>
       </c>
-      <c r="KI8" s="7" t="inlineStr">
+      <c r="KM8" s="7" t="inlineStr">
         <is>
           <t>2022M05</t>
         </is>
       </c>
-      <c r="KJ8" s="7" t="inlineStr">
+      <c r="KN8" s="7" t="inlineStr">
         <is>
           <t>2022M04</t>
         </is>
       </c>
-      <c r="KK8" s="7" t="inlineStr">
+      <c r="KO8" s="7" t="inlineStr">
         <is>
           <t>2022M03</t>
         </is>
       </c>
-      <c r="KL8" s="7" t="inlineStr">
+      <c r="KP8" s="7" t="inlineStr">
         <is>
           <t>2022M02</t>
         </is>
       </c>
-      <c r="KM8" s="7" t="inlineStr">
+      <c r="KQ8" s="7" t="inlineStr">
         <is>
           <t>2022M01</t>
         </is>
       </c>
-      <c r="KN8" s="7" t="inlineStr">
+      <c r="KR8" s="7" t="inlineStr">
         <is>
           <t>2021M12</t>
         </is>
       </c>
-      <c r="KO8" s="7" t="inlineStr">
+      <c r="KS8" s="7" t="inlineStr">
         <is>
           <t>2021M11</t>
         </is>
       </c>
-      <c r="KP8" s="7" t="inlineStr">
+      <c r="KT8" s="7" t="inlineStr">
         <is>
           <t>2021M10</t>
         </is>
       </c>
-      <c r="KQ8" s="7" t="inlineStr">
+      <c r="KU8" s="7" t="inlineStr">
         <is>
           <t>2021M09</t>
         </is>
       </c>
-      <c r="KR8" s="7" t="inlineStr">
+      <c r="KV8" s="7" t="inlineStr">
         <is>
           <t>2021M08</t>
         </is>
       </c>
-      <c r="KS8" s="7" t="inlineStr">
+      <c r="KW8" s="7" t="inlineStr">
         <is>
           <t>2021M07</t>
         </is>
       </c>
-      <c r="KT8" s="7" t="inlineStr">
+      <c r="KX8" s="7" t="inlineStr">
         <is>
           <t>2021M06</t>
         </is>
       </c>
-      <c r="KU8" s="7" t="inlineStr">
+      <c r="KY8" s="7" t="inlineStr">
         <is>
           <t>2021M05</t>
         </is>
       </c>
-      <c r="KV8" s="7" t="inlineStr">
+      <c r="KZ8" s="7" t="inlineStr">
         <is>
           <t>2021M04</t>
         </is>
       </c>
-      <c r="KW8" s="7" t="inlineStr">
+      <c r="LA8" s="7" t="inlineStr">
         <is>
           <t>2021M03</t>
         </is>
       </c>
-      <c r="KX8" s="7" t="inlineStr">
+      <c r="LB8" s="7" t="inlineStr">
         <is>
           <t>2021M02</t>
         </is>
       </c>
-      <c r="KY8" s="7" t="inlineStr">
+      <c r="LC8" s="7" t="inlineStr">
         <is>
           <t>2021M01</t>
         </is>
       </c>
-      <c r="KZ8" s="7" t="inlineStr">
+      <c r="LD8" s="7" t="inlineStr">
         <is>
           <t>2020M12</t>
         </is>
       </c>
-      <c r="LA8" s="7" t="inlineStr">
+      <c r="LE8" s="7" t="inlineStr">
         <is>
           <t>2020M11</t>
         </is>
       </c>
-      <c r="LB8" s="7" t="inlineStr">
+      <c r="LF8" s="7" t="inlineStr">
         <is>
           <t>2020M10</t>
         </is>
       </c>
-      <c r="LC8" s="7" t="inlineStr">
+      <c r="LG8" s="7" t="inlineStr">
         <is>
           <t>2020M09</t>
         </is>
       </c>
-      <c r="LD8" s="7" t="inlineStr">
+      <c r="LH8" s="7" t="inlineStr">
         <is>
           <t>2020M08</t>
         </is>
       </c>
-      <c r="LE8" s="7" t="inlineStr">
+      <c r="LI8" s="7" t="inlineStr">
         <is>
           <t>2020M07</t>
         </is>
       </c>
-      <c r="LF8" s="7" t="inlineStr">
+      <c r="LJ8" s="7" t="inlineStr">
         <is>
           <t>2020M06</t>
         </is>
       </c>
-      <c r="LG8" s="7" t="inlineStr">
+      <c r="LK8" s="7" t="inlineStr">
         <is>
           <t>2020M05</t>
         </is>
       </c>
-      <c r="LH8" s="7" t="inlineStr">
+      <c r="LL8" s="7" t="inlineStr">
         <is>
           <t>2020M04</t>
         </is>
       </c>
-      <c r="LI8" s="7" t="inlineStr">
+      <c r="LM8" s="7" t="inlineStr">
         <is>
           <t>2020M03</t>
         </is>
       </c>
-      <c r="LJ8" s="7" t="inlineStr">
+      <c r="LN8" s="7" t="inlineStr">
         <is>
           <t>2020M02</t>
         </is>
       </c>
-      <c r="LK8" s="7" t="inlineStr">
+      <c r="LO8" s="7" t="inlineStr">
         <is>
           <t>2020M01</t>
         </is>
       </c>
-      <c r="LL8" s="7" t="inlineStr">
+      <c r="LP8" s="7" t="inlineStr">
         <is>
           <t>2019M12</t>
         </is>
       </c>
-      <c r="LM8" s="7" t="inlineStr">
+      <c r="LQ8" s="7" t="inlineStr">
         <is>
           <t>2019M11</t>
         </is>
       </c>
-      <c r="LN8" s="7" t="inlineStr">
+      <c r="LR8" s="7" t="inlineStr">
         <is>
           <t>2019M10</t>
         </is>
       </c>
-      <c r="LO8" s="7" t="inlineStr">
+      <c r="LS8" s="7" t="inlineStr">
         <is>
           <t>2019M09</t>
         </is>
       </c>
-      <c r="LP8" s="7" t="inlineStr">
+      <c r="LT8" s="7" t="inlineStr">
         <is>
           <t>2019M08</t>
         </is>
       </c>
-      <c r="LQ8" s="7" t="inlineStr">
+      <c r="LU8" s="7" t="inlineStr">
         <is>
           <t>2019M07</t>
         </is>
       </c>
-      <c r="LR8" s="7" t="inlineStr">
+      <c r="LV8" s="7" t="inlineStr">
         <is>
           <t>2019M06</t>
         </is>
       </c>
-      <c r="LS8" s="7" t="inlineStr">
+      <c r="LW8" s="7" t="inlineStr">
         <is>
           <t>2019M05</t>
         </is>
       </c>
-      <c r="LT8" s="7" t="inlineStr">
+      <c r="LX8" s="7" t="inlineStr">
         <is>
           <t>2019M04</t>
         </is>
       </c>
-      <c r="LU8" s="7" t="inlineStr">
+      <c r="LY8" s="7" t="inlineStr">
         <is>
           <t>2019M03</t>
         </is>
       </c>
-      <c r="LV8" s="7" t="inlineStr">
+      <c r="LZ8" s="7" t="inlineStr">
         <is>
           <t>2019M02</t>
         </is>
       </c>
-      <c r="LW8" s="7" t="inlineStr">
+      <c r="MA8" s="7" t="inlineStr">
         <is>
           <t>2019M01</t>
         </is>
       </c>
-      <c r="LX8" s="7" t="inlineStr">
+      <c r="MB8" s="7" t="inlineStr">
         <is>
           <t>2018M12</t>
         </is>
       </c>
-      <c r="LY8" s="7" t="inlineStr">
+      <c r="MC8" s="7" t="inlineStr">
         <is>
           <t>2018M11</t>
         </is>
       </c>
-      <c r="LZ8" s="7" t="inlineStr">
+      <c r="MD8" s="7" t="inlineStr">
         <is>
           <t>2018M10</t>
         </is>
       </c>
-      <c r="MA8" s="7" t="inlineStr">
+      <c r="ME8" s="7" t="inlineStr">
         <is>
           <t>2018M09</t>
         </is>
       </c>
-      <c r="MB8" s="7" t="inlineStr">
+      <c r="MF8" s="7" t="inlineStr">
         <is>
           <t>2018M08</t>
         </is>
       </c>
-      <c r="MC8" s="7" t="inlineStr">
+      <c r="MG8" s="7" t="inlineStr">
         <is>
           <t>2018M07</t>
         </is>
       </c>
-      <c r="MD8" s="7" t="inlineStr">
+      <c r="MH8" s="7" t="inlineStr">
         <is>
           <t>2018M06</t>
         </is>
       </c>
-      <c r="ME8" s="7" t="inlineStr">
+      <c r="MI8" s="7" t="inlineStr">
         <is>
           <t>2018M05</t>
         </is>
       </c>
-      <c r="MF8" s="7" t="inlineStr">
+      <c r="MJ8" s="7" t="inlineStr">
         <is>
           <t>2018M04</t>
         </is>
       </c>
-      <c r="MG8" s="7" t="inlineStr">
+      <c r="MK8" s="7" t="inlineStr">
         <is>
           <t>2018M03</t>
         </is>
       </c>
-      <c r="MH8" s="7" t="inlineStr">
+      <c r="ML8" s="7" t="inlineStr">
         <is>
           <t>2018M02</t>
         </is>
       </c>
-      <c r="MI8" s="7" t="inlineStr">
+      <c r="MM8" s="7" t="inlineStr">
         <is>
           <t>2018M01</t>
         </is>
       </c>
-      <c r="MJ8" s="7" t="inlineStr">
+      <c r="MN8" s="7" t="inlineStr">
         <is>
           <t>2017M12</t>
         </is>
       </c>
-      <c r="MK8" s="7" t="inlineStr">
+      <c r="MO8" s="7" t="inlineStr">
         <is>
           <t>2017M11</t>
         </is>
       </c>
-      <c r="ML8" s="7" t="inlineStr">
+      <c r="MP8" s="7" t="inlineStr">
         <is>
           <t>2017M10</t>
         </is>
       </c>
-      <c r="MM8" s="7" t="inlineStr">
+      <c r="MQ8" s="7" t="inlineStr">
         <is>
           <t>2017M09</t>
         </is>
       </c>
-      <c r="MN8" s="7" t="inlineStr">
+      <c r="MR8" s="7" t="inlineStr">
         <is>
           <t>2017M08</t>
         </is>
       </c>
-      <c r="MO8" s="7" t="inlineStr">
+      <c r="MS8" s="7" t="inlineStr">
         <is>
           <t>2017M07</t>
         </is>
       </c>
-      <c r="MP8" s="7" t="inlineStr">
+      <c r="MT8" s="7" t="inlineStr">
         <is>
           <t>2017M06</t>
         </is>
       </c>
-      <c r="MQ8" s="7" t="inlineStr">
+      <c r="MU8" s="7" t="inlineStr">
         <is>
           <t>2017M05</t>
         </is>
       </c>
-      <c r="MR8" s="7" t="inlineStr">
+      <c r="MV8" s="7" t="inlineStr">
         <is>
           <t>2017M04</t>
         </is>
       </c>
-      <c r="MS8" s="7" t="inlineStr">
+      <c r="MW8" s="7" t="inlineStr">
         <is>
           <t>2017M03</t>
         </is>
       </c>
-      <c r="MT8" s="7" t="inlineStr">
+      <c r="MX8" s="7" t="inlineStr">
         <is>
           <t>2017M02</t>
         </is>
       </c>
-      <c r="MU8" s="7" t="inlineStr">
+      <c r="MY8" s="7" t="inlineStr">
         <is>
           <t>2017M01</t>
         </is>
       </c>
-      <c r="MV8" s="7" t="inlineStr">
+      <c r="MZ8" s="7" t="inlineStr">
         <is>
           <t>2016M12</t>
         </is>
       </c>
-      <c r="MW8" s="7" t="inlineStr">
+      <c r="NA8" s="7" t="inlineStr">
         <is>
           <t>2016M11</t>
         </is>
       </c>
-      <c r="MX8" s="7" t="inlineStr">
+      <c r="NB8" s="7" t="inlineStr">
         <is>
           <t>2016M10</t>
         </is>
       </c>
-      <c r="MY8" s="7" t="inlineStr">
+      <c r="NC8" s="7" t="inlineStr">
         <is>
           <t>2016M09</t>
         </is>
       </c>
-      <c r="MZ8" s="7" t="inlineStr">
+      <c r="ND8" s="7" t="inlineStr">
         <is>
           <t>2016M08</t>
         </is>
       </c>
-      <c r="NA8" s="7" t="inlineStr">
+      <c r="NE8" s="7" t="inlineStr">
         <is>
           <t>2016M07</t>
         </is>
       </c>
-      <c r="NB8" s="7" t="inlineStr">
+      <c r="NF8" s="7" t="inlineStr">
         <is>
           <t>2016M06</t>
         </is>
       </c>
-      <c r="NC8" s="7" t="inlineStr">
+      <c r="NG8" s="7" t="inlineStr">
         <is>
           <t>2016M05</t>
         </is>
       </c>
-      <c r="ND8" s="7" t="inlineStr">
+      <c r="NH8" s="7" t="inlineStr">
         <is>
           <t>2016M04</t>
         </is>
       </c>
-      <c r="NE8" s="7" t="inlineStr">
+      <c r="NI8" s="7" t="inlineStr">
         <is>
           <t>2016M03</t>
         </is>
       </c>
-      <c r="NF8" s="7" t="inlineStr">
+      <c r="NJ8" s="7" t="inlineStr">
         <is>
           <t>2016M02</t>
         </is>
       </c>
-      <c r="NG8" s="7" t="inlineStr">
+      <c r="NK8" s="7" t="inlineStr">
         <is>
           <t>2016M01</t>
         </is>
       </c>
-      <c r="NH8" s="7" t="inlineStr">
+      <c r="NL8" s="7" t="inlineStr">
         <is>
           <t>2015M12</t>
         </is>
       </c>
-      <c r="NI8" s="7" t="inlineStr">
+      <c r="NM8" s="7" t="inlineStr">
         <is>
           <t>2015M11</t>
         </is>
       </c>
-      <c r="NJ8" s="7" t="inlineStr">
+      <c r="NN8" s="7" t="inlineStr">
         <is>
           <t>2015M10</t>
         </is>
       </c>
-      <c r="NK8" s="7" t="inlineStr">
+      <c r="NO8" s="7" t="inlineStr">
         <is>
           <t>2015M09</t>
         </is>
       </c>
-      <c r="NL8" s="7" t="inlineStr">
+      <c r="NP8" s="7" t="inlineStr">
         <is>
           <t>2015M08</t>
         </is>
       </c>
-      <c r="NM8" s="7" t="inlineStr">
+      <c r="NQ8" s="7" t="inlineStr">
         <is>
           <t>2015M07</t>
         </is>
       </c>
-      <c r="NN8" s="7" t="inlineStr">
+      <c r="NR8" s="7" t="inlineStr">
         <is>
           <t>2015M06</t>
         </is>
       </c>
-      <c r="NO8" s="7" t="inlineStr">
+      <c r="NS8" s="7" t="inlineStr">
         <is>
           <t>2015M05</t>
         </is>
       </c>
-      <c r="NP8" s="7" t="inlineStr">
+      <c r="NT8" s="7" t="inlineStr">
         <is>
           <t>2015M04</t>
         </is>
       </c>
-      <c r="NQ8" s="7" t="inlineStr">
+      <c r="NU8" s="7" t="inlineStr">
         <is>
           <t>2015M03</t>
         </is>
       </c>
-      <c r="NR8" s="7" t="inlineStr">
+      <c r="NV8" s="7" t="inlineStr">
         <is>
           <t>2015M02</t>
         </is>
       </c>
-      <c r="NS8" s="7" t="inlineStr">
+      <c r="NW8" s="7" t="inlineStr">
         <is>
           <t>2015M01</t>
         </is>
       </c>
-      <c r="NT8" s="7" t="inlineStr">
+      <c r="NX8" s="7" t="inlineStr">
         <is>
           <t>2014M12</t>
         </is>
       </c>
-      <c r="NU8" s="7" t="inlineStr">
+      <c r="NY8" s="7" t="inlineStr">
         <is>
           <t>2014M11</t>
         </is>
       </c>
-      <c r="NV8" s="7" t="inlineStr">
+      <c r="NZ8" s="7" t="inlineStr">
         <is>
           <t>2014M10</t>
         </is>
       </c>
-      <c r="NW8" s="7" t="inlineStr">
+      <c r="OA8" s="7" t="inlineStr">
         <is>
           <t>2014M09</t>
         </is>
       </c>
-      <c r="NX8" s="7" t="inlineStr">
+      <c r="OB8" s="7" t="inlineStr">
         <is>
           <t>2014M08</t>
         </is>
       </c>
-      <c r="NY8" s="7" t="inlineStr">
+      <c r="OC8" s="7" t="inlineStr">
         <is>
           <t>2014M07</t>
         </is>
       </c>
-      <c r="NZ8" s="7" t="inlineStr">
+      <c r="OD8" s="7" t="inlineStr">
         <is>
           <t>2014M06</t>
         </is>
       </c>
-      <c r="OA8" s="7" t="inlineStr">
+      <c r="OE8" s="7" t="inlineStr">
         <is>
           <t>2014M05</t>
         </is>
       </c>
-      <c r="OB8" s="7" t="inlineStr">
+      <c r="OF8" s="7" t="inlineStr">
         <is>
           <t>2014M04</t>
         </is>
       </c>
-      <c r="OC8" s="7" t="inlineStr">
+      <c r="OG8" s="7" t="inlineStr">
         <is>
           <t>2014M03</t>
         </is>
       </c>
-      <c r="OD8" s="7" t="inlineStr">
+      <c r="OH8" s="7" t="inlineStr">
         <is>
           <t>2014M02</t>
         </is>
       </c>
-      <c r="OE8" s="7" t="inlineStr">
+      <c r="OI8" s="7" t="inlineStr">
         <is>
           <t>2014M01</t>
         </is>
       </c>
-      <c r="OF8" s="7" t="inlineStr">
+      <c r="OJ8" s="7" t="inlineStr">
         <is>
           <t>2013M12</t>
         </is>
       </c>
-      <c r="OG8" s="7" t="inlineStr">
+      <c r="OK8" s="7" t="inlineStr">
         <is>
           <t>2013M11</t>
         </is>
       </c>
-      <c r="OH8" s="7" t="inlineStr">
+      <c r="OL8" s="7" t="inlineStr">
         <is>
           <t>2013M10</t>
         </is>
       </c>
-      <c r="OI8" s="7" t="inlineStr">
+      <c r="OM8" s="7" t="inlineStr">
         <is>
           <t>2013M09</t>
         </is>
       </c>
-      <c r="OJ8" s="7" t="inlineStr">
+      <c r="ON8" s="7" t="inlineStr">
         <is>
           <t>2013M08</t>
         </is>
       </c>
-      <c r="OK8" s="7" t="inlineStr">
+      <c r="OO8" s="7" t="inlineStr">
         <is>
           <t>2013M07</t>
         </is>
       </c>
-      <c r="OL8" s="7" t="inlineStr">
+      <c r="OP8" s="7" t="inlineStr">
         <is>
           <t>2013M06</t>
         </is>
       </c>
-      <c r="OM8" s="7" t="inlineStr">
+      <c r="OQ8" s="7" t="inlineStr">
         <is>
           <t>2013M05</t>
         </is>
       </c>
-      <c r="ON8" s="7" t="inlineStr">
+      <c r="OR8" s="7" t="inlineStr">
         <is>
           <t>2013M04</t>
         </is>
       </c>
-      <c r="OO8" s="7" t="inlineStr">
+      <c r="OS8" s="7" t="inlineStr">
         <is>
           <t>2013M03</t>
         </is>
       </c>
-      <c r="OP8" s="7" t="inlineStr">
+      <c r="OT8" s="7" t="inlineStr">
         <is>
           <t>2013M02</t>
         </is>
       </c>
-      <c r="OQ8" s="7" t="inlineStr">
+      <c r="OU8" s="7" t="inlineStr">
         <is>
           <t>2013M01</t>
         </is>
       </c>
-      <c r="OR8" s="7" t="inlineStr">
+      <c r="OV8" s="7" t="inlineStr">
         <is>
           <t>2012M12</t>
         </is>
       </c>
-      <c r="OS8" s="7" t="inlineStr">
+      <c r="OW8" s="7" t="inlineStr">
         <is>
           <t>2012M11</t>
         </is>
       </c>
-      <c r="OT8" s="7" t="inlineStr">
+      <c r="OX8" s="7" t="inlineStr">
         <is>
           <t>2012M10</t>
         </is>
       </c>
-      <c r="OU8" s="7" t="inlineStr">
+      <c r="OY8" s="7" t="inlineStr">
         <is>
           <t>2012M09</t>
         </is>
       </c>
-      <c r="OV8" s="7" t="inlineStr">
+      <c r="OZ8" s="7" t="inlineStr">
         <is>
           <t>2012M08</t>
         </is>
       </c>
-      <c r="OW8" s="7" t="inlineStr">
+      <c r="PA8" s="7" t="inlineStr">
         <is>
           <t>2012M07</t>
         </is>
       </c>
-      <c r="OX8" s="7" t="inlineStr">
+      <c r="PB8" s="7" t="inlineStr">
         <is>
           <t>2012M06</t>
         </is>
       </c>
-      <c r="OY8" s="7" t="inlineStr">
+      <c r="PC8" s="7" t="inlineStr">
         <is>
           <t>2012M05</t>
         </is>
       </c>
-      <c r="OZ8" s="7" t="inlineStr">
+      <c r="PD8" s="7" t="inlineStr">
         <is>
           <t>2012M04</t>
         </is>
       </c>
-      <c r="PA8" s="7" t="inlineStr">
+      <c r="PE8" s="7" t="inlineStr">
         <is>
           <t>2012M03</t>
         </is>
       </c>
-      <c r="PB8" s="7" t="inlineStr">
+      <c r="PF8" s="7" t="inlineStr">
         <is>
           <t>2012M02</t>
         </is>
       </c>
-      <c r="PC8" s="7" t="inlineStr">
+      <c r="PG8" s="7" t="inlineStr">
         <is>
           <t>2012M01</t>
         </is>
       </c>
-      <c r="PD8" s="7" t="inlineStr">
+      <c r="PH8" s="7" t="inlineStr">
         <is>
           <t>2011M12</t>
         </is>
       </c>
-      <c r="PE8" s="7" t="inlineStr">
+      <c r="PI8" s="7" t="inlineStr">
         <is>
           <t>2011M11</t>
         </is>
       </c>
-      <c r="PF8" s="7" t="inlineStr">
+      <c r="PJ8" s="7" t="inlineStr">
         <is>
           <t>2011M10</t>
         </is>
       </c>
-      <c r="PG8" s="7" t="inlineStr">
+      <c r="PK8" s="7" t="inlineStr">
         <is>
           <t>2011M09</t>
         </is>
       </c>
-      <c r="PH8" s="7" t="inlineStr">
+      <c r="PL8" s="7" t="inlineStr">
         <is>
           <t>2011M08</t>
         </is>
       </c>
-      <c r="PI8" s="7" t="inlineStr">
+      <c r="PM8" s="7" t="inlineStr">
         <is>
           <t>2011M07</t>
         </is>
       </c>
-      <c r="PJ8" s="7" t="inlineStr">
+      <c r="PN8" s="7" t="inlineStr">
         <is>
           <t>2011M06</t>
         </is>
       </c>
-      <c r="PK8" s="7" t="inlineStr">
+      <c r="PO8" s="7" t="inlineStr">
         <is>
           <t>2011M05</t>
         </is>
       </c>
-      <c r="PL8" s="7" t="inlineStr">
+      <c r="PP8" s="7" t="inlineStr">
         <is>
           <t>2011M04</t>
         </is>
       </c>
-      <c r="PM8" s="7" t="inlineStr">
+      <c r="PQ8" s="7" t="inlineStr">
         <is>
           <t>2011M03</t>
         </is>
       </c>
-      <c r="PN8" s="7" t="inlineStr">
+      <c r="PR8" s="7" t="inlineStr">
         <is>
           <t>2011M02</t>
         </is>
       </c>
-      <c r="PO8" s="7" t="inlineStr">
+      <c r="PS8" s="7" t="inlineStr">
         <is>
           <t>2011M01</t>
         </is>
       </c>
-      <c r="PP8" s="7" t="inlineStr">
+      <c r="PT8" s="7" t="inlineStr">
         <is>
           <t>2010M12</t>
         </is>
       </c>
-      <c r="PQ8" s="7" t="inlineStr">
+      <c r="PU8" s="7" t="inlineStr">
         <is>
           <t>2010M11</t>
         </is>
       </c>
-      <c r="PR8" s="7" t="inlineStr">
+      <c r="PV8" s="7" t="inlineStr">
         <is>
           <t>2010M10</t>
         </is>
       </c>
-      <c r="PS8" s="7" t="inlineStr">
+      <c r="PW8" s="7" t="inlineStr">
         <is>
           <t>2010M09</t>
         </is>
       </c>
-      <c r="PT8" s="7" t="inlineStr">
+      <c r="PX8" s="7" t="inlineStr">
         <is>
           <t>2010M08</t>
         </is>
       </c>
-      <c r="PU8" s="7" t="inlineStr">
+      <c r="PY8" s="7" t="inlineStr">
         <is>
           <t>2010M07</t>
         </is>
       </c>
-      <c r="PV8" s="7" t="inlineStr">
+      <c r="PZ8" s="7" t="inlineStr">
         <is>
           <t>2010M06</t>
         </is>
       </c>
-      <c r="PW8" s="7" t="inlineStr">
+      <c r="QA8" s="7" t="inlineStr">
         <is>
           <t>2010M05</t>
         </is>
       </c>
-      <c r="PX8" s="7" t="inlineStr">
+      <c r="QB8" s="7" t="inlineStr">
         <is>
           <t>2010M04</t>
         </is>
       </c>
-      <c r="PY8" s="7" t="inlineStr">
+      <c r="QC8" s="7" t="inlineStr">
         <is>
           <t>2010M03</t>
         </is>
       </c>
-      <c r="PZ8" s="7" t="inlineStr">
+      <c r="QD8" s="7" t="inlineStr">
         <is>
           <t>2010M02</t>
         </is>
       </c>
-      <c r="QA8" s="7" t="inlineStr">
+      <c r="QE8" s="7" t="inlineStr">
         <is>
           <t>2010M01</t>
         </is>
       </c>
-      <c r="QB8" s="7" t="inlineStr">
+      <c r="QF8" s="7" t="inlineStr">
         <is>
           <t>2009M12</t>
         </is>
       </c>
-      <c r="QC8" s="7" t="inlineStr">
+      <c r="QG8" s="7" t="inlineStr">
         <is>
           <t>2009M11</t>
         </is>
       </c>
-      <c r="QD8" s="7" t="inlineStr">
+      <c r="QH8" s="7" t="inlineStr">
         <is>
           <t>2009M10</t>
         </is>
       </c>
-      <c r="QE8" s="7" t="inlineStr">
+      <c r="QI8" s="7" t="inlineStr">
         <is>
           <t>2009M09</t>
         </is>
       </c>
-      <c r="QF8" s="7" t="inlineStr">
+      <c r="QJ8" s="7" t="inlineStr">
         <is>
           <t>2009M08</t>
         </is>
       </c>
-      <c r="QG8" s="7" t="inlineStr">
+      <c r="QK8" s="7" t="inlineStr">
         <is>
           <t>2009M07</t>
         </is>
       </c>
-      <c r="QH8" s="7" t="inlineStr">
+      <c r="QL8" s="7" t="inlineStr">
         <is>
           <t>2009M06</t>
         </is>
       </c>
-      <c r="QI8" s="7" t="inlineStr">
+      <c r="QM8" s="7" t="inlineStr">
         <is>
           <t>2009M05</t>
         </is>
       </c>
-      <c r="QJ8" s="7" t="inlineStr">
+      <c r="QN8" s="7" t="inlineStr">
         <is>
           <t>2009M04</t>
         </is>
       </c>
-      <c r="QK8" s="7" t="inlineStr">
+      <c r="QO8" s="7" t="inlineStr">
         <is>
           <t>2009M03</t>
         </is>
       </c>
-      <c r="QL8" s="7" t="inlineStr">
+      <c r="QP8" s="7" t="inlineStr">
         <is>
           <t>2009M02</t>
         </is>
       </c>
-      <c r="QM8" s="7" t="inlineStr">
+      <c r="QQ8" s="7" t="inlineStr">
         <is>
           <t>2009M01</t>
         </is>
       </c>
-      <c r="QN8" s="7" t="inlineStr">
+      <c r="QR8" s="7" t="inlineStr">
         <is>
           <t>2008M12</t>
         </is>
       </c>
-      <c r="QO8" s="7" t="inlineStr">
+      <c r="QS8" s="7" t="inlineStr">
         <is>
           <t>2008M11</t>
         </is>
       </c>
-      <c r="QP8" s="7" t="inlineStr">
+      <c r="QT8" s="7" t="inlineStr">
         <is>
           <t>2008M10</t>
         </is>
       </c>
-      <c r="QQ8" s="7" t="inlineStr">
+      <c r="QU8" s="7" t="inlineStr">
         <is>
           <t>2008M09</t>
         </is>
       </c>
-      <c r="QR8" s="7" t="inlineStr">
+      <c r="QV8" s="7" t="inlineStr">
         <is>
           <t>2008M08</t>
         </is>
       </c>
-      <c r="QS8" s="7" t="inlineStr">
+      <c r="QW8" s="7" t="inlineStr">
         <is>
           <t>2008M07</t>
         </is>
       </c>
-      <c r="QT8" s="7" t="inlineStr">
+      <c r="QX8" s="7" t="inlineStr">
         <is>
           <t>2008M06</t>
         </is>
       </c>
-      <c r="QU8" s="7" t="inlineStr">
+      <c r="QY8" s="7" t="inlineStr">
         <is>
           <t>2008M05</t>
         </is>
       </c>
-      <c r="QV8" s="7" t="inlineStr">
+      <c r="QZ8" s="7" t="inlineStr">
         <is>
           <t>2008M04</t>
         </is>
       </c>
-      <c r="QW8" s="7" t="inlineStr">
+      <c r="RA8" s="7" t="inlineStr">
         <is>
           <t>2008M03</t>
         </is>
       </c>
-      <c r="QX8" s="7" t="inlineStr">
+      <c r="RB8" s="7" t="inlineStr">
         <is>
           <t>2008M02</t>
         </is>
       </c>
-      <c r="QY8" s="7" t="inlineStr">
+      <c r="RC8" s="7" t="inlineStr">
         <is>
           <t>2008M01</t>
         </is>
       </c>
-      <c r="QZ8" s="7" t="inlineStr">
+      <c r="RD8" s="7" t="inlineStr">
         <is>
           <t>2007M12</t>
         </is>
       </c>
-      <c r="RA8" s="7" t="inlineStr">
+      <c r="RE8" s="7" t="inlineStr">
         <is>
           <t>2007M11</t>
         </is>
       </c>
-      <c r="RB8" s="7" t="inlineStr">
+      <c r="RF8" s="7" t="inlineStr">
         <is>
           <t>2007M10</t>
         </is>
       </c>
-      <c r="RC8" s="7" t="inlineStr">
+      <c r="RG8" s="7" t="inlineStr">
         <is>
           <t>2007M09</t>
         </is>
       </c>
-      <c r="RD8" s="7" t="inlineStr">
+      <c r="RH8" s="7" t="inlineStr">
         <is>
           <t>2007M08</t>
         </is>
       </c>
-      <c r="RE8" s="7" t="inlineStr">
+      <c r="RI8" s="7" t="inlineStr">
         <is>
           <t>2007M07</t>
         </is>
       </c>
-      <c r="RF8" s="7" t="inlineStr">
+      <c r="RJ8" s="7" t="inlineStr">
         <is>
           <t>2007M06</t>
         </is>
       </c>
-      <c r="RG8" s="7" t="inlineStr">
+      <c r="RK8" s="7" t="inlineStr">
         <is>
           <t>2007M05</t>
         </is>
       </c>
-      <c r="RH8" s="7" t="inlineStr">
+      <c r="RL8" s="7" t="inlineStr">
         <is>
           <t>2007M04</t>
         </is>
       </c>
-      <c r="RI8" s="7" t="inlineStr">
+      <c r="RM8" s="7" t="inlineStr">
         <is>
           <t>2007M03</t>
         </is>
       </c>
-      <c r="RJ8" s="7" t="inlineStr">
+      <c r="RN8" s="7" t="inlineStr">
         <is>
           <t>2007M02</t>
         </is>
       </c>
-      <c r="RK8" s="7" t="inlineStr">
+      <c r="RO8" s="7" t="inlineStr">
         <is>
           <t>2007M01</t>
         </is>
       </c>
-      <c r="RL8" s="7" t="inlineStr">
+      <c r="RP8" s="7" t="inlineStr">
         <is>
           <t>2006M12</t>
         </is>
       </c>
-      <c r="RM8" s="7" t="inlineStr">
+      <c r="RQ8" s="7" t="inlineStr">
         <is>
           <t>2006M11</t>
         </is>
       </c>
-      <c r="RN8" s="7" t="inlineStr">
+      <c r="RR8" s="7" t="inlineStr">
         <is>
           <t>2006M10</t>
         </is>
       </c>
-      <c r="RO8" s="7" t="inlineStr">
+      <c r="RS8" s="7" t="inlineStr">
         <is>
           <t>2006M09</t>
         </is>
       </c>
-      <c r="RP8" s="7" t="inlineStr">
+      <c r="RT8" s="7" t="inlineStr">
         <is>
           <t>2006M08</t>
         </is>
       </c>
-      <c r="RQ8" s="7" t="inlineStr">
+      <c r="RU8" s="7" t="inlineStr">
         <is>
           <t>2006M07</t>
         </is>
       </c>
-      <c r="RR8" s="7" t="inlineStr">
+      <c r="RV8" s="7" t="inlineStr">
         <is>
           <t>2006M06</t>
         </is>
       </c>
-      <c r="RS8" s="7" t="inlineStr">
+      <c r="RW8" s="7" t="inlineStr">
         <is>
           <t>2006M05</t>
         </is>
       </c>
-      <c r="RT8" s="7" t="inlineStr">
+      <c r="RX8" s="7" t="inlineStr">
         <is>
           <t>2006M04</t>
         </is>
       </c>
-      <c r="RU8" s="7" t="inlineStr">
+      <c r="RY8" s="7" t="inlineStr">
         <is>
           <t>2006M03</t>
         </is>
       </c>
-      <c r="RV8" s="7" t="inlineStr">
+      <c r="RZ8" s="7" t="inlineStr">
         <is>
           <t>2006M02</t>
         </is>
       </c>
-      <c r="RW8" s="7" t="inlineStr">
+      <c r="SA8" s="7" t="inlineStr">
         <is>
           <t>2006M01</t>
         </is>
       </c>
-      <c r="RX8" s="7" t="inlineStr">
+      <c r="SB8" s="7" t="inlineStr">
         <is>
           <t>2005M12</t>
         </is>
       </c>
-      <c r="RY8" s="7" t="inlineStr">
+      <c r="SC8" s="7" t="inlineStr">
         <is>
           <t>2005M11</t>
         </is>
       </c>
-      <c r="RZ8" s="7" t="inlineStr">
+      <c r="SD8" s="7" t="inlineStr">
         <is>
           <t>2005M10</t>
         </is>
       </c>
-      <c r="SA8" s="7" t="inlineStr">
+      <c r="SE8" s="7" t="inlineStr">
         <is>
           <t>2005M09</t>
         </is>
       </c>
-      <c r="SB8" s="7" t="inlineStr">
+      <c r="SF8" s="7" t="inlineStr">
         <is>
           <t>2005M08</t>
         </is>
       </c>
-      <c r="SC8" s="7" t="inlineStr">
+      <c r="SG8" s="7" t="inlineStr">
         <is>
           <t>2005M07</t>
         </is>
       </c>
-      <c r="SD8" s="7" t="inlineStr">
+      <c r="SH8" s="7" t="inlineStr">
         <is>
           <t>2005M06</t>
         </is>
       </c>
-      <c r="SE8" s="7" t="inlineStr">
+      <c r="SI8" s="7" t="inlineStr">
         <is>
           <t>2005M05</t>
         </is>
       </c>
-      <c r="SF8" s="7" t="inlineStr">
+      <c r="SJ8" s="7" t="inlineStr">
         <is>
           <t>2005M04</t>
         </is>
       </c>
-      <c r="SG8" s="7" t="inlineStr">
+      <c r="SK8" s="7" t="inlineStr">
         <is>
           <t>2005M03</t>
         </is>
       </c>
-      <c r="SH8" s="7" t="inlineStr">
+      <c r="SL8" s="7" t="inlineStr">
         <is>
           <t>2005M02</t>
         </is>
       </c>
-      <c r="SI8" s="7" t="inlineStr">
+      <c r="SM8" s="7" t="inlineStr">
         <is>
           <t>2005M01</t>
         </is>
       </c>
-      <c r="SJ8" s="7" t="inlineStr">
+      <c r="SN8" s="7" t="inlineStr">
+        <is>
+          <t>2026M01</t>
+        </is>
+      </c>
+      <c r="SO8" s="7" t="inlineStr">
+        <is>
+          <t>2025M12</t>
+        </is>
+      </c>
+      <c r="SP8" s="7" t="inlineStr">
         <is>
           <t>2025M11</t>
         </is>
       </c>
-      <c r="SK8" s="7" t="inlineStr">
+      <c r="SQ8" s="7" t="inlineStr">
         <is>
           <t>2025M10</t>
         </is>
       </c>
-      <c r="SL8" s="7" t="inlineStr">
+      <c r="SR8" s="7" t="inlineStr">
         <is>
           <t>2025M09</t>
         </is>
       </c>
-      <c r="SM8" s="7" t="inlineStr">
+      <c r="SS8" s="7" t="inlineStr">
         <is>
           <t>2025M08</t>
         </is>
       </c>
-      <c r="SN8" s="7" t="inlineStr">
+      <c r="ST8" s="7" t="inlineStr">
         <is>
           <t>2025M07</t>
         </is>
       </c>
-      <c r="SO8" s="7" t="inlineStr">
+      <c r="SU8" s="7" t="inlineStr">
         <is>
           <t>2025M06</t>
         </is>
       </c>
-      <c r="SP8" s="7" t="inlineStr">
+      <c r="SV8" s="7" t="inlineStr">
         <is>
           <t>2025M05</t>
         </is>
       </c>
-      <c r="SQ8" s="7" t="inlineStr">
+      <c r="SW8" s="7" t="inlineStr">
         <is>
           <t>2025M04</t>
         </is>
       </c>
-      <c r="SR8" s="7" t="inlineStr">
+      <c r="SX8" s="7" t="inlineStr">
         <is>
           <t>2025M03</t>
         </is>
       </c>
-      <c r="SS8" s="7" t="inlineStr">
+      <c r="SY8" s="7" t="inlineStr">
         <is>
           <t>2025M02</t>
         </is>
       </c>
-      <c r="ST8" s="7" t="inlineStr">
+      <c r="SZ8" s="7" t="inlineStr">
         <is>
           <t>2025M01</t>
         </is>
       </c>
-      <c r="SU8" s="7" t="inlineStr">
+      <c r="TA8" s="7" t="inlineStr">
         <is>
           <t>2024M12</t>
         </is>
       </c>
-      <c r="SV8" s="7" t="inlineStr">
+      <c r="TB8" s="7" t="inlineStr">
         <is>
           <t>2024M11</t>
         </is>
       </c>
-      <c r="SW8" s="7" t="inlineStr">
+      <c r="TC8" s="7" t="inlineStr">
         <is>
           <t>2024M10</t>
         </is>
       </c>
-      <c r="SX8" s="7" t="inlineStr">
+      <c r="TD8" s="7" t="inlineStr">
         <is>
           <t>2024M09</t>
         </is>
       </c>
-      <c r="SY8" s="7" t="inlineStr">
+      <c r="TE8" s="7" t="inlineStr">
         <is>
           <t>2024M08</t>
         </is>
       </c>
-      <c r="SZ8" s="7" t="inlineStr">
+      <c r="TF8" s="7" t="inlineStr">
         <is>
           <t>2024M07</t>
         </is>
       </c>
-      <c r="TA8" s="7" t="inlineStr">
+      <c r="TG8" s="7" t="inlineStr">
         <is>
           <t>2024M06</t>
         </is>
       </c>
-      <c r="TB8" s="7" t="inlineStr">
+      <c r="TH8" s="7" t="inlineStr">
         <is>
           <t>2024M05</t>
         </is>
       </c>
-      <c r="TC8" s="7" t="inlineStr">
+      <c r="TI8" s="7" t="inlineStr">
         <is>
           <t>2024M04</t>
         </is>
       </c>
-      <c r="TD8" s="7" t="inlineStr">
+      <c r="TJ8" s="7" t="inlineStr">
         <is>
           <t>2024M03</t>
         </is>
       </c>
-      <c r="TE8" s="7" t="inlineStr">
+      <c r="TK8" s="7" t="inlineStr">
         <is>
           <t>2024M02</t>
         </is>
       </c>
-      <c r="TF8" s="7" t="inlineStr">
+      <c r="TL8" s="7" t="inlineStr">
         <is>
           <t>2024M01</t>
         </is>
       </c>
-      <c r="TG8" s="7" t="inlineStr">
+      <c r="TM8" s="7" t="inlineStr">
         <is>
           <t>2023M12</t>
         </is>
       </c>
-      <c r="TH8" s="7" t="inlineStr">
+      <c r="TN8" s="7" t="inlineStr">
         <is>
           <t>2023M11</t>
         </is>
       </c>
-      <c r="TI8" s="7" t="inlineStr">
+      <c r="TO8" s="7" t="inlineStr">
         <is>
           <t>2023M10</t>
         </is>
       </c>
-      <c r="TJ8" s="7" t="inlineStr">
+      <c r="TP8" s="7" t="inlineStr">
         <is>
           <t>2023M09</t>
         </is>
       </c>
-      <c r="TK8" s="7" t="inlineStr">
+      <c r="TQ8" s="7" t="inlineStr">
         <is>
           <t>2023M08</t>
         </is>
       </c>
-      <c r="TL8" s="7" t="inlineStr">
+      <c r="TR8" s="7" t="inlineStr">
         <is>
           <t>2023M07</t>
         </is>
       </c>
-      <c r="TM8" s="7" t="inlineStr">
+      <c r="TS8" s="7" t="inlineStr">
         <is>
           <t>2023M06</t>
         </is>
       </c>
-      <c r="TN8" s="7" t="inlineStr">
+      <c r="TT8" s="7" t="inlineStr">
         <is>
           <t>2023M05</t>
         </is>
       </c>
-      <c r="TO8" s="7" t="inlineStr">
+      <c r="TU8" s="7" t="inlineStr">
         <is>
           <t>2023M04</t>
         </is>
       </c>
-      <c r="TP8" s="7" t="inlineStr">
+      <c r="TV8" s="7" t="inlineStr">
         <is>
           <t>2023M03</t>
         </is>
       </c>
-      <c r="TQ8" s="7" t="inlineStr">
+      <c r="TW8" s="7" t="inlineStr">
         <is>
           <t>2023M02</t>
         </is>
       </c>
-      <c r="TR8" s="7" t="inlineStr">
+      <c r="TX8" s="7" t="inlineStr">
         <is>
           <t>2023M01</t>
         </is>
       </c>
-      <c r="TS8" s="7" t="inlineStr">
+      <c r="TY8" s="7" t="inlineStr">
         <is>
           <t>2022M12</t>
         </is>
       </c>
-      <c r="TT8" s="7" t="inlineStr">
+      <c r="TZ8" s="7" t="inlineStr">
         <is>
           <t>2022M11</t>
         </is>
       </c>
-      <c r="TU8" s="7" t="inlineStr">
+      <c r="UA8" s="7" t="inlineStr">
         <is>
           <t>2022M10</t>
         </is>
       </c>
-      <c r="TV8" s="7" t="inlineStr">
+      <c r="UB8" s="7" t="inlineStr">
         <is>
           <t>2022M09</t>
         </is>
       </c>
-      <c r="TW8" s="7" t="inlineStr">
+      <c r="UC8" s="7" t="inlineStr">
         <is>
           <t>2022M08</t>
         </is>
       </c>
-      <c r="TX8" s="7" t="inlineStr">
+      <c r="UD8" s="7" t="inlineStr">
         <is>
           <t>2022M07</t>
         </is>
       </c>
-      <c r="TY8" s="7" t="inlineStr">
+      <c r="UE8" s="7" t="inlineStr">
         <is>
           <t>2022M06</t>
         </is>
       </c>
-      <c r="TZ8" s="7" t="inlineStr">
+      <c r="UF8" s="7" t="inlineStr">
         <is>
           <t>2022M05</t>
         </is>
       </c>
-      <c r="UA8" s="7" t="inlineStr">
+      <c r="UG8" s="7" t="inlineStr">
         <is>
           <t>2022M04</t>
         </is>
       </c>
-      <c r="UB8" s="7" t="inlineStr">
+      <c r="UH8" s="7" t="inlineStr">
         <is>
           <t>2022M03</t>
         </is>
       </c>
-      <c r="UC8" s="7" t="inlineStr">
+      <c r="UI8" s="7" t="inlineStr">
         <is>
           <t>2022M02</t>
         </is>
       </c>
-      <c r="UD8" s="7" t="inlineStr">
+      <c r="UJ8" s="7" t="inlineStr">
         <is>
           <t>2022M01</t>
         </is>
       </c>
-      <c r="UE8" s="7" t="inlineStr">
+      <c r="UK8" s="7" t="inlineStr">
         <is>
           <t>2021M12</t>
         </is>
       </c>
-      <c r="UF8" s="7" t="inlineStr">
+      <c r="UL8" s="7" t="inlineStr">
         <is>
           <t>2021M11</t>
         </is>
       </c>
-      <c r="UG8" s="7" t="inlineStr">
+      <c r="UM8" s="7" t="inlineStr">
         <is>
           <t>2021M10</t>
         </is>
       </c>
-      <c r="UH8" s="7" t="inlineStr">
+      <c r="UN8" s="7" t="inlineStr">
         <is>
           <t>2021M09</t>
         </is>
       </c>
-      <c r="UI8" s="7" t="inlineStr">
+      <c r="UO8" s="7" t="inlineStr">
         <is>
           <t>2021M08</t>
         </is>
       </c>
-      <c r="UJ8" s="7" t="inlineStr">
+      <c r="UP8" s="7" t="inlineStr">
         <is>
           <t>2021M07</t>
         </is>
       </c>
-      <c r="UK8" s="7" t="inlineStr">
+      <c r="UQ8" s="7" t="inlineStr">
         <is>
           <t>2021M06</t>
         </is>
       </c>
-      <c r="UL8" s="7" t="inlineStr">
+      <c r="UR8" s="7" t="inlineStr">
         <is>
           <t>2021M05</t>
         </is>
       </c>
-      <c r="UM8" s="7" t="inlineStr">
+      <c r="US8" s="7" t="inlineStr">
         <is>
           <t>2021M04</t>
         </is>
       </c>
-      <c r="UN8" s="7" t="inlineStr">
+      <c r="UT8" s="7" t="inlineStr">
         <is>
           <t>2021M03</t>
         </is>
       </c>
-      <c r="UO8" s="7" t="inlineStr">
+      <c r="UU8" s="7" t="inlineStr">
         <is>
           <t>2021M02</t>
         </is>
       </c>
-      <c r="UP8" s="7" t="inlineStr">
+      <c r="UV8" s="7" t="inlineStr">
         <is>
           <t>2021M01</t>
         </is>
       </c>
-      <c r="UQ8" s="7" t="inlineStr">
+      <c r="UW8" s="7" t="inlineStr">
         <is>
           <t>2020M12</t>
         </is>
       </c>
-      <c r="UR8" s="7" t="inlineStr">
+      <c r="UX8" s="7" t="inlineStr">
         <is>
           <t>2020M11</t>
         </is>
       </c>
-      <c r="US8" s="7" t="inlineStr">
+      <c r="UY8" s="7" t="inlineStr">
         <is>
           <t>2020M10</t>
         </is>
       </c>
-      <c r="UT8" s="7" t="inlineStr">
+      <c r="UZ8" s="7" t="inlineStr">
         <is>
           <t>2020M09</t>
         </is>
       </c>
-      <c r="UU8" s="7" t="inlineStr">
+      <c r="VA8" s="7" t="inlineStr">
         <is>
           <t>2020M08</t>
         </is>
       </c>
-      <c r="UV8" s="7" t="inlineStr">
+      <c r="VB8" s="7" t="inlineStr">
         <is>
           <t>2020M07</t>
         </is>
       </c>
-      <c r="UW8" s="7" t="inlineStr">
+      <c r="VC8" s="7" t="inlineStr">
         <is>
           <t>2020M06</t>
         </is>
       </c>
-      <c r="UX8" s="7" t="inlineStr">
+      <c r="VD8" s="7" t="inlineStr">
         <is>
           <t>2020M05</t>
         </is>
       </c>
-      <c r="UY8" s="7" t="inlineStr">
+      <c r="VE8" s="7" t="inlineStr">
         <is>
           <t>2020M04</t>
         </is>
       </c>
-      <c r="UZ8" s="7" t="inlineStr">
+      <c r="VF8" s="7" t="inlineStr">
         <is>
           <t>2020M03</t>
         </is>
       </c>
-      <c r="VA8" s="7" t="inlineStr">
+      <c r="VG8" s="7" t="inlineStr">
         <is>
           <t>2020M02</t>
         </is>
       </c>
-      <c r="VB8" s="7" t="inlineStr">
+      <c r="VH8" s="7" t="inlineStr">
         <is>
           <t>2020M01</t>
         </is>
       </c>
-      <c r="VC8" s="7" t="inlineStr">
+      <c r="VI8" s="7" t="inlineStr">
         <is>
           <t>2019M12</t>
         </is>
       </c>
-      <c r="VD8" s="7" t="inlineStr">
+      <c r="VJ8" s="7" t="inlineStr">
         <is>
           <t>2019M11</t>
         </is>
       </c>
-      <c r="VE8" s="7" t="inlineStr">
+      <c r="VK8" s="7" t="inlineStr">
         <is>
           <t>2019M10</t>
         </is>
       </c>
-      <c r="VF8" s="7" t="inlineStr">
+      <c r="VL8" s="7" t="inlineStr">
         <is>
           <t>2019M09</t>
         </is>
       </c>
-      <c r="VG8" s="7" t="inlineStr">
+      <c r="VM8" s="7" t="inlineStr">
         <is>
           <t>2019M08</t>
         </is>
       </c>
-      <c r="VH8" s="7" t="inlineStr">
+      <c r="VN8" s="7" t="inlineStr">
         <is>
           <t>2019M07</t>
         </is>
       </c>
-      <c r="VI8" s="7" t="inlineStr">
+      <c r="VO8" s="7" t="inlineStr">
         <is>
           <t>2019M06</t>
         </is>
       </c>
-      <c r="VJ8" s="7" t="inlineStr">
+      <c r="VP8" s="7" t="inlineStr">
         <is>
           <t>2019M05</t>
         </is>
       </c>
-      <c r="VK8" s="7" t="inlineStr">
+      <c r="VQ8" s="7" t="inlineStr">
         <is>
           <t>2019M04</t>
         </is>
       </c>
-      <c r="VL8" s="7" t="inlineStr">
+      <c r="VR8" s="7" t="inlineStr">
         <is>
           <t>2019M03</t>
         </is>
       </c>
-      <c r="VM8" s="7" t="inlineStr">
+      <c r="VS8" s="7" t="inlineStr">
         <is>
           <t>2019M02</t>
         </is>
       </c>
-      <c r="VN8" s="7" t="inlineStr">
+      <c r="VT8" s="7" t="inlineStr">
         <is>
           <t>2019M01</t>
         </is>
       </c>
-      <c r="VO8" s="7" t="inlineStr">
+      <c r="VU8" s="7" t="inlineStr">
         <is>
           <t>2018M12</t>
         </is>
       </c>
-      <c r="VP8" s="7" t="inlineStr">
+      <c r="VV8" s="7" t="inlineStr">
         <is>
           <t>2018M11</t>
         </is>
       </c>
-      <c r="VQ8" s="7" t="inlineStr">
+      <c r="VW8" s="7" t="inlineStr">
         <is>
           <t>2018M10</t>
         </is>
       </c>
-      <c r="VR8" s="7" t="inlineStr">
+      <c r="VX8" s="7" t="inlineStr">
         <is>
           <t>2018M09</t>
         </is>
       </c>
-      <c r="VS8" s="7" t="inlineStr">
+      <c r="VY8" s="7" t="inlineStr">
         <is>
           <t>2018M08</t>
         </is>
       </c>
-      <c r="VT8" s="7" t="inlineStr">
+      <c r="VZ8" s="7" t="inlineStr">
         <is>
           <t>2018M07</t>
         </is>
       </c>
-      <c r="VU8" s="7" t="inlineStr">
+      <c r="WA8" s="7" t="inlineStr">
         <is>
           <t>2018M06</t>
         </is>
       </c>
-      <c r="VV8" s="7" t="inlineStr">
+      <c r="WB8" s="7" t="inlineStr">
         <is>
           <t>2018M05</t>
         </is>
       </c>
-      <c r="VW8" s="7" t="inlineStr">
+      <c r="WC8" s="7" t="inlineStr">
         <is>
           <t>2018M04</t>
         </is>
       </c>
-      <c r="VX8" s="7" t="inlineStr">
+      <c r="WD8" s="7" t="inlineStr">
         <is>
           <t>2018M03</t>
         </is>
       </c>
-      <c r="VY8" s="7" t="inlineStr">
+      <c r="WE8" s="7" t="inlineStr">
         <is>
           <t>2018M02</t>
         </is>
       </c>
-      <c r="VZ8" s="7" t="inlineStr">
+      <c r="WF8" s="7" t="inlineStr">
         <is>
           <t>2018M01</t>
         </is>
       </c>
-      <c r="WA8" s="7" t="inlineStr">
+      <c r="WG8" s="7" t="inlineStr">
         <is>
           <t>2017M12</t>
         </is>
       </c>
-      <c r="WB8" s="7" t="inlineStr">
+      <c r="WH8" s="7" t="inlineStr">
         <is>
           <t>2017M11</t>
         </is>
       </c>
-      <c r="WC8" s="7" t="inlineStr">
+      <c r="WI8" s="7" t="inlineStr">
         <is>
           <t>2017M10</t>
         </is>
       </c>
-      <c r="WD8" s="7" t="inlineStr">
+      <c r="WJ8" s="7" t="inlineStr">
         <is>
           <t>2017M09</t>
         </is>
       </c>
-      <c r="WE8" s="7" t="inlineStr">
+      <c r="WK8" s="7" t="inlineStr">
         <is>
           <t>2017M08</t>
         </is>
       </c>
-      <c r="WF8" s="7" t="inlineStr">
+      <c r="WL8" s="7" t="inlineStr">
         <is>
           <t>2017M07</t>
         </is>
       </c>
-      <c r="WG8" s="7" t="inlineStr">
+      <c r="WM8" s="7" t="inlineStr">
         <is>
           <t>2017M06</t>
         </is>
       </c>
-      <c r="WH8" s="7" t="inlineStr">
+      <c r="WN8" s="7" t="inlineStr">
         <is>
           <t>2017M05</t>
         </is>
       </c>
-      <c r="WI8" s="7" t="inlineStr">
+      <c r="WO8" s="7" t="inlineStr">
         <is>
           <t>2017M04</t>
         </is>
       </c>
-      <c r="WJ8" s="7" t="inlineStr">
+      <c r="WP8" s="7" t="inlineStr">
         <is>
           <t>2017M03</t>
         </is>
       </c>
-      <c r="WK8" s="7" t="inlineStr">
+      <c r="WQ8" s="7" t="inlineStr">
         <is>
           <t>2017M02</t>
         </is>
       </c>
-      <c r="WL8" s="7" t="inlineStr">
+      <c r="WR8" s="7" t="inlineStr">
         <is>
           <t>2017M01</t>
         </is>
       </c>
-      <c r="WM8" s="7" t="inlineStr">
+      <c r="WS8" s="7" t="inlineStr">
         <is>
           <t>2016M12</t>
         </is>
       </c>
-      <c r="WN8" s="7" t="inlineStr">
+      <c r="WT8" s="7" t="inlineStr">
         <is>
           <t>2016M11</t>
         </is>
       </c>
-      <c r="WO8" s="7" t="inlineStr">
+      <c r="WU8" s="7" t="inlineStr">
         <is>
           <t>2016M10</t>
         </is>
       </c>
-      <c r="WP8" s="7" t="inlineStr">
+      <c r="WV8" s="7" t="inlineStr">
         <is>
           <t>2016M09</t>
         </is>
       </c>
-      <c r="WQ8" s="7" t="inlineStr">
+      <c r="WW8" s="7" t="inlineStr">
         <is>
           <t>2016M08</t>
         </is>
       </c>
-      <c r="WR8" s="7" t="inlineStr">
+      <c r="WX8" s="7" t="inlineStr">
         <is>
           <t>2016M07</t>
         </is>
       </c>
-      <c r="WS8" s="7" t="inlineStr">
+      <c r="WY8" s="7" t="inlineStr">
         <is>
           <t>2016M06</t>
         </is>
       </c>
-      <c r="WT8" s="7" t="inlineStr">
+      <c r="WZ8" s="7" t="inlineStr">
         <is>
           <t>2016M05</t>
         </is>
       </c>
-      <c r="WU8" s="7" t="inlineStr">
+      <c r="XA8" s="7" t="inlineStr">
         <is>
           <t>2016M04</t>
         </is>
       </c>
-      <c r="WV8" s="7" t="inlineStr">
+      <c r="XB8" s="7" t="inlineStr">
         <is>
           <t>2016M03</t>
         </is>
       </c>
-      <c r="WW8" s="7" t="inlineStr">
+      <c r="XC8" s="7" t="inlineStr">
         <is>
           <t>2016M02</t>
         </is>
       </c>
-      <c r="WX8" s="7" t="inlineStr">
+      <c r="XD8" s="7" t="inlineStr">
         <is>
           <t>2016M01</t>
         </is>
       </c>
-      <c r="WY8" s="7" t="inlineStr">
+      <c r="XE8" s="7" t="inlineStr">
         <is>
           <t>2015M12</t>
         </is>
       </c>
-      <c r="WZ8" s="7" t="inlineStr">
+      <c r="XF8" s="7" t="inlineStr">
         <is>
           <t>2015M11</t>
         </is>
       </c>
-      <c r="XA8" s="7" t="inlineStr">
+      <c r="XG8" s="7" t="inlineStr">
         <is>
           <t>2015M10</t>
         </is>
       </c>
-      <c r="XB8" s="7" t="inlineStr">
+      <c r="XH8" s="7" t="inlineStr">
         <is>
           <t>2015M09</t>
         </is>
       </c>
-      <c r="XC8" s="7" t="inlineStr">
+      <c r="XI8" s="7" t="inlineStr">
         <is>
           <t>2015M08</t>
         </is>
       </c>
-      <c r="XD8" s="7" t="inlineStr">
+      <c r="XJ8" s="7" t="inlineStr">
         <is>
           <t>2015M07</t>
         </is>
       </c>
-      <c r="XE8" s="7" t="inlineStr">
+      <c r="XK8" s="7" t="inlineStr">
         <is>
           <t>2015M06</t>
         </is>
       </c>
-      <c r="XF8" s="7" t="inlineStr">
+      <c r="XL8" s="7" t="inlineStr">
         <is>
           <t>2015M05</t>
         </is>
       </c>
-      <c r="XG8" s="7" t="inlineStr">
+      <c r="XM8" s="7" t="inlineStr">
         <is>
           <t>2015M04</t>
         </is>
       </c>
-      <c r="XH8" s="7" t="inlineStr">
+      <c r="XN8" s="7" t="inlineStr">
         <is>
           <t>2015M03</t>
         </is>
       </c>
-      <c r="XI8" s="7" t="inlineStr">
+      <c r="XO8" s="7" t="inlineStr">
         <is>
           <t>2015M02</t>
         </is>
       </c>
-      <c r="XJ8" s="7" t="inlineStr">
+      <c r="XP8" s="7" t="inlineStr">
         <is>
           <t>2015M01</t>
         </is>
       </c>
-      <c r="XK8" s="7" t="inlineStr">
+      <c r="XQ8" s="7" t="inlineStr">
         <is>
           <t>2014M12</t>
         </is>
       </c>
-      <c r="XL8" s="7" t="inlineStr">
+      <c r="XR8" s="7" t="inlineStr">
         <is>
           <t>2014M11</t>
         </is>
       </c>
-      <c r="XM8" s="7" t="inlineStr">
+      <c r="XS8" s="7" t="inlineStr">
         <is>
           <t>2014M10</t>
         </is>
       </c>
-      <c r="XN8" s="7" t="inlineStr">
+      <c r="XT8" s="7" t="inlineStr">
         <is>
           <t>2014M09</t>
         </is>
       </c>
-      <c r="XO8" s="7" t="inlineStr">
+      <c r="XU8" s="7" t="inlineStr">
         <is>
           <t>2014M08</t>
         </is>
       </c>
-      <c r="XP8" s="7" t="inlineStr">
+      <c r="XV8" s="7" t="inlineStr">
         <is>
           <t>2014M07</t>
         </is>
       </c>
-      <c r="XQ8" s="7" t="inlineStr">
+      <c r="XW8" s="7" t="inlineStr">
         <is>
           <t>2014M06</t>
         </is>
       </c>
-      <c r="XR8" s="7" t="inlineStr">
+      <c r="XX8" s="7" t="inlineStr">
         <is>
           <t>2014M05</t>
         </is>
       </c>
-      <c r="XS8" s="7" t="inlineStr">
+      <c r="XY8" s="7" t="inlineStr">
         <is>
           <t>2014M04</t>
         </is>
       </c>
-      <c r="XT8" s="7" t="inlineStr">
+      <c r="XZ8" s="7" t="inlineStr">
         <is>
           <t>2014M03</t>
         </is>
       </c>
-      <c r="XU8" s="7" t="inlineStr">
+      <c r="YA8" s="7" t="inlineStr">
         <is>
           <t>2014M02</t>
         </is>
       </c>
-      <c r="XV8" s="7" t="inlineStr">
+      <c r="YB8" s="7" t="inlineStr">
         <is>
           <t>2014M01</t>
         </is>
       </c>
-      <c r="XW8" s="7" t="inlineStr">
+      <c r="YC8" s="7" t="inlineStr">
         <is>
           <t>2013M12</t>
         </is>
       </c>
-      <c r="XX8" s="7" t="inlineStr">
+      <c r="YD8" s="7" t="inlineStr">
         <is>
           <t>2013M11</t>
         </is>
       </c>
-      <c r="XY8" s="7" t="inlineStr">
+      <c r="YE8" s="7" t="inlineStr">
         <is>
           <t>2013M10</t>
         </is>
       </c>
-      <c r="XZ8" s="7" t="inlineStr">
+      <c r="YF8" s="7" t="inlineStr">
         <is>
           <t>2013M09</t>
         </is>
       </c>
-      <c r="YA8" s="7" t="inlineStr">
+      <c r="YG8" s="7" t="inlineStr">
         <is>
           <t>2013M08</t>
         </is>
       </c>
-      <c r="YB8" s="7" t="inlineStr">
+      <c r="YH8" s="7" t="inlineStr">
         <is>
           <t>2013M07</t>
         </is>
       </c>
-      <c r="YC8" s="7" t="inlineStr">
+      <c r="YI8" s="7" t="inlineStr">
         <is>
           <t>2013M06</t>
         </is>
       </c>
-      <c r="YD8" s="7" t="inlineStr">
+      <c r="YJ8" s="7" t="inlineStr">
         <is>
           <t>2013M05</t>
         </is>
       </c>
-      <c r="YE8" s="7" t="inlineStr">
+      <c r="YK8" s="7" t="inlineStr">
         <is>
           <t>2013M04</t>
         </is>
       </c>
-      <c r="YF8" s="7" t="inlineStr">
+      <c r="YL8" s="7" t="inlineStr">
         <is>
           <t>2013M03</t>
         </is>
       </c>
-      <c r="YG8" s="7" t="inlineStr">
+      <c r="YM8" s="7" t="inlineStr">
         <is>
           <t>2013M02</t>
         </is>
       </c>
-      <c r="YH8" s="7" t="inlineStr">
+      <c r="YN8" s="7" t="inlineStr">
         <is>
           <t>2013M01</t>
         </is>
       </c>
-      <c r="YI8" s="7" t="inlineStr">
+      <c r="YO8" s="7" t="inlineStr">
         <is>
           <t>2012M12</t>
         </is>
       </c>
-      <c r="YJ8" s="7" t="inlineStr">
+      <c r="YP8" s="7" t="inlineStr">
         <is>
           <t>2012M11</t>
         </is>
       </c>
-      <c r="YK8" s="7" t="inlineStr">
+      <c r="YQ8" s="7" t="inlineStr">
         <is>
           <t>2012M10</t>
         </is>
       </c>
-      <c r="YL8" s="7" t="inlineStr">
+      <c r="YR8" s="7" t="inlineStr">
         <is>
           <t>2012M09</t>
         </is>
       </c>
-      <c r="YM8" s="7" t="inlineStr">
+      <c r="YS8" s="7" t="inlineStr">
         <is>
           <t>2012M08</t>
         </is>
       </c>
-      <c r="YN8" s="7" t="inlineStr">
+      <c r="YT8" s="7" t="inlineStr">
         <is>
           <t>2012M07</t>
         </is>
       </c>
-      <c r="YO8" s="7" t="inlineStr">
+      <c r="YU8" s="7" t="inlineStr">
         <is>
           <t>2012M06</t>
         </is>
       </c>
-      <c r="YP8" s="7" t="inlineStr">
+      <c r="YV8" s="7" t="inlineStr">
         <is>
           <t>2012M05</t>
         </is>
       </c>
-      <c r="YQ8" s="7" t="inlineStr">
+      <c r="YW8" s="7" t="inlineStr">
         <is>
           <t>2012M04</t>
         </is>
       </c>
-      <c r="YR8" s="7" t="inlineStr">
+      <c r="YX8" s="7" t="inlineStr">
         <is>
           <t>2012M03</t>
         </is>
       </c>
-      <c r="YS8" s="7" t="inlineStr">
+      <c r="YY8" s="7" t="inlineStr">
         <is>
           <t>2012M02</t>
         </is>
       </c>
-      <c r="YT8" s="7" t="inlineStr">
+      <c r="YZ8" s="7" t="inlineStr">
         <is>
           <t>2012M01</t>
         </is>
       </c>
-      <c r="YU8" s="7" t="inlineStr">
+      <c r="ZA8" s="7" t="inlineStr">
         <is>
           <t>2011M12</t>
         </is>
       </c>
-      <c r="YV8" s="7" t="inlineStr">
+      <c r="ZB8" s="7" t="inlineStr">
         <is>
           <t>2011M11</t>
         </is>
       </c>
-      <c r="YW8" s="7" t="inlineStr">
+      <c r="ZC8" s="7" t="inlineStr">
         <is>
           <t>2011M10</t>
         </is>
       </c>
-      <c r="YX8" s="7" t="inlineStr">
+      <c r="ZD8" s="7" t="inlineStr">
         <is>
           <t>2011M09</t>
         </is>
       </c>
-      <c r="YY8" s="7" t="inlineStr">
+      <c r="ZE8" s="7" t="inlineStr">
         <is>
           <t>2011M08</t>
         </is>
       </c>
-      <c r="YZ8" s="7" t="inlineStr">
+      <c r="ZF8" s="7" t="inlineStr">
         <is>
           <t>2011M07</t>
         </is>
       </c>
-      <c r="ZA8" s="7" t="inlineStr">
+      <c r="ZG8" s="7" t="inlineStr">
         <is>
           <t>2011M06</t>
         </is>
       </c>
-      <c r="ZB8" s="7" t="inlineStr">
+      <c r="ZH8" s="7" t="inlineStr">
         <is>
           <t>2011M05</t>
         </is>
       </c>
-      <c r="ZC8" s="7" t="inlineStr">
+      <c r="ZI8" s="7" t="inlineStr">
         <is>
           <t>2011M04</t>
         </is>
       </c>
-      <c r="ZD8" s="7" t="inlineStr">
+      <c r="ZJ8" s="7" t="inlineStr">
         <is>
           <t>2011M03</t>
         </is>
       </c>
-      <c r="ZE8" s="7" t="inlineStr">
+      <c r="ZK8" s="7" t="inlineStr">
         <is>
           <t>2011M02</t>
         </is>
       </c>
-      <c r="ZF8" s="7" t="inlineStr">
+      <c r="ZL8" s="7" t="inlineStr">
         <is>
           <t>2011M01</t>
         </is>
       </c>
-      <c r="ZG8" s="7" t="inlineStr">
+      <c r="ZM8" s="7" t="inlineStr">
         <is>
           <t>2010M12</t>
         </is>
       </c>
-      <c r="ZH8" s="7" t="inlineStr">
+      <c r="ZN8" s="7" t="inlineStr">
         <is>
           <t>2010M11</t>
         </is>
       </c>
-      <c r="ZI8" s="7" t="inlineStr">
+      <c r="ZO8" s="7" t="inlineStr">
         <is>
           <t>2010M10</t>
         </is>
       </c>
-      <c r="ZJ8" s="7" t="inlineStr">
+      <c r="ZP8" s="7" t="inlineStr">
         <is>
           <t>2010M09</t>
         </is>
       </c>
-      <c r="ZK8" s="7" t="inlineStr">
+      <c r="ZQ8" s="7" t="inlineStr">
         <is>
           <t>2010M08</t>
         </is>
       </c>
-      <c r="ZL8" s="7" t="inlineStr">
+      <c r="ZR8" s="7" t="inlineStr">
         <is>
           <t>2010M07</t>
         </is>
       </c>
-      <c r="ZM8" s="7" t="inlineStr">
+      <c r="ZS8" s="7" t="inlineStr">
         <is>
           <t>2010M06</t>
         </is>
       </c>
-      <c r="ZN8" s="7" t="inlineStr">
+      <c r="ZT8" s="7" t="inlineStr">
         <is>
           <t>2010M05</t>
         </is>
       </c>
-      <c r="ZO8" s="7" t="inlineStr">
+      <c r="ZU8" s="7" t="inlineStr">
         <is>
           <t>2010M04</t>
         </is>
       </c>
-      <c r="ZP8" s="7" t="inlineStr">
+      <c r="ZV8" s="7" t="inlineStr">
         <is>
           <t>2010M03</t>
         </is>
       </c>
-      <c r="ZQ8" s="7" t="inlineStr">
+      <c r="ZW8" s="7" t="inlineStr">
         <is>
           <t>2010M02</t>
         </is>
       </c>
-      <c r="ZR8" s="7" t="inlineStr">
+      <c r="ZX8" s="7" t="inlineStr">
         <is>
           <t>2010M01</t>
         </is>
       </c>
-      <c r="ZS8" s="7" t="inlineStr">
+      <c r="ZY8" s="7" t="inlineStr">
         <is>
           <t>2009M12</t>
         </is>
       </c>
-      <c r="ZT8" s="7" t="inlineStr">
+      <c r="ZZ8" s="7" t="inlineStr">
         <is>
           <t>2009M11</t>
         </is>
       </c>
-      <c r="ZU8" s="7" t="inlineStr">
+      <c r="AAA8" s="7" t="inlineStr">
         <is>
           <t>2009M10</t>
         </is>
       </c>
-      <c r="ZV8" s="7" t="inlineStr">
+      <c r="AAB8" s="7" t="inlineStr">
         <is>
           <t>2009M09</t>
         </is>
       </c>
-      <c r="ZW8" s="7" t="inlineStr">
+      <c r="AAC8" s="7" t="inlineStr">
         <is>
           <t>2009M08</t>
         </is>
       </c>
-      <c r="ZX8" s="7" t="inlineStr">
+      <c r="AAD8" s="7" t="inlineStr">
         <is>
           <t>2009M07</t>
         </is>
       </c>
-      <c r="ZY8" s="7" t="inlineStr">
+      <c r="AAE8" s="7" t="inlineStr">
         <is>
           <t>2009M06</t>
         </is>
       </c>
-      <c r="ZZ8" s="7" t="inlineStr">
+      <c r="AAF8" s="7" t="inlineStr">
         <is>
           <t>2009M05</t>
         </is>
       </c>
-      <c r="AAA8" s="7" t="inlineStr">
+      <c r="AAG8" s="7" t="inlineStr">
         <is>
           <t>2009M04</t>
         </is>
       </c>
-      <c r="AAB8" s="7" t="inlineStr">
+      <c r="AAH8" s="7" t="inlineStr">
         <is>
           <t>2009M03</t>
         </is>
       </c>
-      <c r="AAC8" s="7" t="inlineStr">
+      <c r="AAI8" s="7" t="inlineStr">
         <is>
           <t>2009M02</t>
         </is>
       </c>
-      <c r="AAD8" s="7" t="inlineStr">
+      <c r="AAJ8" s="7" t="inlineStr">
         <is>
           <t>2009M01</t>
         </is>
       </c>
-      <c r="AAE8" s="7" t="inlineStr">
+      <c r="AAK8" s="7" t="inlineStr">
         <is>
           <t>2008M12</t>
         </is>
       </c>
-      <c r="AAF8" s="7" t="inlineStr">
+      <c r="AAL8" s="7" t="inlineStr">
         <is>
           <t>2008M11</t>
         </is>
       </c>
-      <c r="AAG8" s="7" t="inlineStr">
+      <c r="AAM8" s="7" t="inlineStr">
         <is>
           <t>2008M10</t>
         </is>
       </c>
-      <c r="AAH8" s="7" t="inlineStr">
+      <c r="AAN8" s="7" t="inlineStr">
         <is>
           <t>2008M09</t>
         </is>
       </c>
-      <c r="AAI8" s="7" t="inlineStr">
+      <c r="AAO8" s="7" t="inlineStr">
         <is>
           <t>2008M08</t>
         </is>
       </c>
-      <c r="AAJ8" s="7" t="inlineStr">
+      <c r="AAP8" s="7" t="inlineStr">
         <is>
           <t>2008M07</t>
         </is>
       </c>
-      <c r="AAK8" s="7" t="inlineStr">
+      <c r="AAQ8" s="7" t="inlineStr">
         <is>
           <t>2008M06</t>
         </is>
       </c>
-      <c r="AAL8" s="7" t="inlineStr">
+      <c r="AAR8" s="7" t="inlineStr">
         <is>
           <t>2008M05</t>
         </is>
       </c>
-      <c r="AAM8" s="7" t="inlineStr">
+      <c r="AAS8" s="7" t="inlineStr">
         <is>
           <t>2008M04</t>
         </is>
       </c>
-      <c r="AAN8" s="7" t="inlineStr">
+      <c r="AAT8" s="7" t="inlineStr">
         <is>
           <t>2008M03</t>
         </is>
       </c>
-      <c r="AAO8" s="7" t="inlineStr">
+      <c r="AAU8" s="7" t="inlineStr">
         <is>
           <t>2008M02</t>
         </is>
       </c>
-      <c r="AAP8" s="7" t="inlineStr">
+      <c r="AAV8" s="7" t="inlineStr">
         <is>
           <t>2008M01</t>
         </is>
       </c>
-      <c r="AAQ8" s="7" t="inlineStr">
+      <c r="AAW8" s="7" t="inlineStr">
         <is>
           <t>2007M12</t>
         </is>
       </c>
-      <c r="AAR8" s="7" t="inlineStr">
+      <c r="AAX8" s="7" t="inlineStr">
         <is>
           <t>2007M11</t>
         </is>
       </c>
-      <c r="AAS8" s="7" t="inlineStr">
+      <c r="AAY8" s="7" t="inlineStr">
         <is>
           <t>2007M10</t>
         </is>
       </c>
-      <c r="AAT8" s="7" t="inlineStr">
+      <c r="AAZ8" s="7" t="inlineStr">
         <is>
           <t>2007M09</t>
         </is>
       </c>
-      <c r="AAU8" s="7" t="inlineStr">
+      <c r="ABA8" s="7" t="inlineStr">
         <is>
           <t>2007M08</t>
         </is>
       </c>
-      <c r="AAV8" s="7" t="inlineStr">
+      <c r="ABB8" s="7" t="inlineStr">
         <is>
           <t>2007M07</t>
         </is>
       </c>
-      <c r="AAW8" s="7" t="inlineStr">
+      <c r="ABC8" s="7" t="inlineStr">
         <is>
           <t>2007M06</t>
         </is>
       </c>
-      <c r="AAX8" s="7" t="inlineStr">
+      <c r="ABD8" s="7" t="inlineStr">
         <is>
           <t>2007M05</t>
         </is>
       </c>
-      <c r="AAY8" s="7" t="inlineStr">
+      <c r="ABE8" s="7" t="inlineStr">
         <is>
           <t>2007M04</t>
         </is>
       </c>
-      <c r="AAZ8" s="7" t="inlineStr">
+      <c r="ABF8" s="7" t="inlineStr">
         <is>
           <t>2007M03</t>
         </is>
       </c>
-      <c r="ABA8" s="7" t="inlineStr">
+      <c r="ABG8" s="7" t="inlineStr">
         <is>
           <t>2007M02</t>
         </is>
       </c>
-      <c r="ABB8" s="7" t="inlineStr">
+      <c r="ABH8" s="7" t="inlineStr">
         <is>
           <t>2007M01</t>
         </is>
       </c>
-      <c r="ABC8" s="7" t="inlineStr">
+      <c r="ABI8" s="7" t="inlineStr">
         <is>
           <t>2006M12</t>
         </is>
       </c>
-      <c r="ABD8" s="7" t="inlineStr">
+      <c r="ABJ8" s="7" t="inlineStr">
         <is>
           <t>2006M11</t>
         </is>
       </c>
-      <c r="ABE8" s="7" t="inlineStr">
+      <c r="ABK8" s="7" t="inlineStr">
         <is>
           <t>2006M10</t>
         </is>
       </c>
-      <c r="ABF8" s="7" t="inlineStr">
+      <c r="ABL8" s="7" t="inlineStr">
         <is>
           <t>2006M09</t>
         </is>
       </c>
-      <c r="ABG8" s="7" t="inlineStr">
+      <c r="ABM8" s="7" t="inlineStr">
         <is>
           <t>2006M08</t>
         </is>
       </c>
-      <c r="ABH8" s="7" t="inlineStr">
+      <c r="ABN8" s="7" t="inlineStr">
         <is>
           <t>2006M07</t>
         </is>
       </c>
-      <c r="ABI8" s="7" t="inlineStr">
+      <c r="ABO8" s="7" t="inlineStr">
         <is>
           <t>2006M06</t>
         </is>
       </c>
-      <c r="ABJ8" s="7" t="inlineStr">
+      <c r="ABP8" s="7" t="inlineStr">
         <is>
           <t>2006M05</t>
         </is>
       </c>
-      <c r="ABK8" s="7" t="inlineStr">
+      <c r="ABQ8" s="7" t="inlineStr">
         <is>
           <t>2006M04</t>
         </is>
       </c>
-      <c r="ABL8" s="7" t="inlineStr">
+      <c r="ABR8" s="7" t="inlineStr">
         <is>
           <t>2006M03</t>
         </is>
       </c>
-      <c r="ABM8" s="7" t="inlineStr">
+      <c r="ABS8" s="7" t="inlineStr">
         <is>
           <t>2006M02</t>
         </is>
       </c>
-      <c r="ABN8" s="7" t="inlineStr">
+      <c r="ABT8" s="7" t="inlineStr">
         <is>
           <t>2006M01</t>
         </is>
       </c>
-      <c r="ABO8" s="7" t="inlineStr">
+      <c r="ABU8" s="7" t="inlineStr">
         <is>
           <t>2005M12</t>
         </is>
       </c>
-      <c r="ABP8" s="7" t="inlineStr">
+      <c r="ABV8" s="7" t="inlineStr">
         <is>
           <t>2005M11</t>
         </is>
       </c>
-      <c r="ABQ8" s="7" t="inlineStr">
+      <c r="ABW8" s="7" t="inlineStr">
         <is>
           <t>2005M10</t>
         </is>
       </c>
-      <c r="ABR8" s="7" t="inlineStr">
+      <c r="ABX8" s="7" t="inlineStr">
         <is>
           <t>2005M09</t>
         </is>
       </c>
-      <c r="ABS8" s="7" t="inlineStr">
+      <c r="ABY8" s="7" t="inlineStr">
         <is>
           <t>2005M08</t>
         </is>
       </c>
-      <c r="ABT8" s="7" t="inlineStr">
+      <c r="ABZ8" s="7" t="inlineStr">
         <is>
           <t>2005M07</t>
         </is>
       </c>
-      <c r="ABU8" s="7" t="inlineStr">
+      <c r="ACA8" s="7" t="inlineStr">
         <is>
           <t>2005M06</t>
         </is>
       </c>
-      <c r="ABV8" s="7" t="inlineStr">
+      <c r="ACB8" s="7" t="inlineStr">
         <is>
           <t>2005M05</t>
         </is>
       </c>
-      <c r="ABW8" s="7" t="inlineStr">
+      <c r="ACC8" s="7" t="inlineStr">
         <is>
           <t>2005M04</t>
         </is>
       </c>
-      <c r="ABX8" s="7" t="inlineStr">
+      <c r="ACD8" s="7" t="inlineStr">
         <is>
           <t>2005M03</t>
         </is>
       </c>
-      <c r="ABY8" s="7" t="inlineStr">
+      <c r="ACE8" s="7" t="inlineStr">
         <is>
           <t>2005M02</t>
         </is>
       </c>
-      <c r="ABZ8" s="7" t="inlineStr">
+      <c r="ACF8" s="7" t="inlineStr">
         <is>
           <t>2005M01</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    Índice general</t>
         </is>
       </c>
       <c r="B9" s="14" t="n">
-        <v>128.47</v>
+        <v>100.53</v>
       </c>
       <c r="C9" s="14" t="n">
-        <v>128.45</v>
+        <v>101.29</v>
       </c>
       <c r="D9" s="14" t="n">
-        <v>127.78</v>
+        <v>100.97</v>
       </c>
       <c r="E9" s="14" t="n">
-        <v>127.48</v>
+        <v>100.95</v>
       </c>
       <c r="F9" s="14" t="n">
-        <v>127.43</v>
+        <v>100.42</v>
       </c>
       <c r="G9" s="14" t="n">
-        <v>127.87</v>
+        <v>100.19</v>
       </c>
       <c r="H9" s="14" t="n">
-        <v>127.01</v>
+        <v>100.15</v>
       </c>
       <c r="I9" s="14" t="n">
-        <v>127.05</v>
+        <v>100.49</v>
       </c>
       <c r="J9" s="14" t="n">
-        <v>126.26</v>
+        <v>99.82</v>
       </c>
       <c r="K9" s="14" t="n">
-        <v>125.35</v>
+        <v>99.85</v>
       </c>
       <c r="L9" s="14" t="n">
-        <v>124.86</v>
+        <v>99.23</v>
       </c>
       <c r="M9" s="14" t="n">
-        <v>125.56</v>
+        <v>98.52</v>
       </c>
       <c r="N9" s="14" t="n">
-        <v>125.02</v>
+        <v>98.13</v>
       </c>
       <c r="O9" s="14" t="n">
-        <v>124.99</v>
+        <v>98.68</v>
       </c>
       <c r="P9" s="14" t="n">
-        <v>124.64</v>
+        <v>98.26</v>
       </c>
       <c r="Q9" s="14" t="n">
-        <v>124.76</v>
+        <v>98.23</v>
       </c>
       <c r="R9" s="14" t="n">
-        <v>124.73</v>
+        <v>97.96</v>
       </c>
       <c r="S9" s="14" t="n">
-        <v>125.24</v>
+        <v>98.05</v>
       </c>
       <c r="T9" s="14" t="n">
-        <v>124.75</v>
+        <v>98.03</v>
       </c>
       <c r="U9" s="14" t="n">
-        <v>124.48</v>
+        <v>98.42</v>
       </c>
       <c r="V9" s="14" t="n">
-        <v>123.85</v>
+        <v>98.04</v>
       </c>
       <c r="W9" s="14" t="n">
-        <v>122.57</v>
+        <v>97.83</v>
       </c>
       <c r="X9" s="14" t="n">
-        <v>122.08</v>
+        <v>97.33</v>
       </c>
       <c r="Y9" s="14" t="n">
-        <v>122.56</v>
+        <v>96.32</v>
       </c>
       <c r="Z9" s="14" t="n">
-        <v>122.56</v>
+        <v>95.94</v>
       </c>
       <c r="AA9" s="14" t="n">
-        <v>123.21</v>
+        <v>96.32</v>
       </c>
       <c r="AB9" s="14" t="n">
-        <v>122.88</v>
+        <v>96.32</v>
       </c>
       <c r="AC9" s="14" t="n">
-        <v>122.17</v>
+        <v>96.83</v>
       </c>
       <c r="AD9" s="14" t="n">
-        <v>121.51</v>
+        <v>96.57</v>
       </c>
       <c r="AE9" s="14" t="n">
-        <v>121.6</v>
+        <v>96.01</v>
       </c>
       <c r="AF9" s="14" t="n">
-        <v>120.9</v>
+        <v>95.5</v>
       </c>
       <c r="AG9" s="14" t="n">
-        <v>121.07</v>
+        <v>95.57</v>
       </c>
       <c r="AH9" s="14" t="n">
-        <v>120.52</v>
+        <v>95.02</v>
       </c>
       <c r="AI9" s="14" t="n">
-        <v>119.26</v>
+        <v>95.15</v>
       </c>
       <c r="AJ9" s="14" t="n">
-        <v>118.14</v>
+        <v>94.72</v>
       </c>
       <c r="AK9" s="14" t="n">
-        <v>118.37</v>
+        <v>93.73</v>
       </c>
       <c r="AL9" s="14" t="n">
-        <v>118.35</v>
+        <v>92.85</v>
       </c>
       <c r="AM9" s="14" t="n">
-        <v>118.77</v>
+        <v>93.03</v>
       </c>
       <c r="AN9" s="14" t="n">
-        <v>118.54</v>
+        <v>93.01</v>
       </c>
       <c r="AO9" s="14" t="n">
-        <v>118.87</v>
+        <v>93.34</v>
       </c>
       <c r="AP9" s="14" t="n">
-        <v>118.53</v>
+        <v>93.16</v>
       </c>
       <c r="AQ9" s="14" t="n">
-        <v>119.01</v>
+        <v>93.42</v>
       </c>
       <c r="AR9" s="14" t="n">
-        <v>116.8</v>
+        <v>93.16</v>
       </c>
       <c r="AS9" s="14" t="n">
-        <v>115.98</v>
+        <v>93.53</v>
       </c>
       <c r="AT9" s="14" t="n">
-        <v>116.28</v>
+        <v>91.79</v>
       </c>
       <c r="AU9" s="14" t="n">
-        <v>111.89</v>
+        <v>91.15</v>
       </c>
       <c r="AV9" s="14" t="n">
-        <v>111.0</v>
+        <v>91.38</v>
       </c>
       <c r="AW9" s="14" t="n">
-        <v>111.87</v>
+        <v>87.93</v>
       </c>
       <c r="AX9" s="14" t="n">
-        <v>110.46</v>
+        <v>87.23</v>
       </c>
       <c r="AY9" s="14" t="n">
-        <v>110.25</v>
+        <v>87.92</v>
       </c>
       <c r="AZ9" s="14" t="n">
-        <v>108.2</v>
+        <v>86.81</v>
       </c>
       <c r="BA9" s="14" t="n">
-        <v>106.93</v>
+        <v>86.64</v>
       </c>
       <c r="BB9" s="14" t="n">
-        <v>106.44</v>
+        <v>85.03</v>
       </c>
       <c r="BC9" s="14" t="n">
-        <v>107.31</v>
+        <v>84.04</v>
       </c>
       <c r="BD9" s="14" t="n">
-        <v>106.81</v>
+        <v>83.65</v>
       </c>
       <c r="BE9" s="14" t="n">
-        <v>106.25</v>
+        <v>84.33</v>
       </c>
       <c r="BF9" s="14" t="n">
-        <v>105.08</v>
+        <v>83.94</v>
       </c>
       <c r="BG9" s="14" t="n">
-        <v>103.13</v>
+        <v>83.5</v>
       </c>
       <c r="BH9" s="14" t="n">
-        <v>103.74</v>
+        <v>82.58</v>
       </c>
       <c r="BI9" s="14" t="n">
-        <v>104.23</v>
+        <v>81.05</v>
       </c>
       <c r="BJ9" s="14" t="n">
-        <v>104.07</v>
+        <v>81.53</v>
       </c>
       <c r="BK9" s="14" t="n">
-        <v>103.97</v>
+        <v>81.92</v>
       </c>
       <c r="BL9" s="14" t="n">
-        <v>103.64</v>
+        <v>81.79</v>
       </c>
       <c r="BM9" s="14" t="n">
-        <v>103.19</v>
+        <v>81.71</v>
       </c>
       <c r="BN9" s="14" t="n">
-        <v>103.18</v>
+        <v>81.45</v>
       </c>
       <c r="BO9" s="14" t="n">
-        <v>104.82</v>
+        <v>81.09</v>
       </c>
       <c r="BP9" s="14" t="n">
-        <v>104.37</v>
+        <v>81.09</v>
       </c>
       <c r="BQ9" s="14" t="n">
-        <v>104.31</v>
+        <v>82.38</v>
       </c>
       <c r="BR9" s="14" t="n">
-        <v>103.94</v>
+        <v>82.02</v>
       </c>
       <c r="BS9" s="14" t="n">
-        <v>103.32</v>
+        <v>81.97</v>
       </c>
       <c r="BT9" s="14" t="n">
-        <v>103.38</v>
+        <v>81.68</v>
       </c>
       <c r="BU9" s="14" t="n">
-        <v>104.84</v>
+        <v>81.2</v>
       </c>
       <c r="BV9" s="14" t="n">
-        <v>104.97</v>
+        <v>81.25</v>
       </c>
       <c r="BW9" s="14" t="n">
-        <v>104.93</v>
+        <v>82.39</v>
       </c>
       <c r="BX9" s="14" t="n">
-        <v>104.24</v>
+        <v>82.49</v>
       </c>
       <c r="BY9" s="14" t="n">
-        <v>103.83</v>
+        <v>82.46</v>
       </c>
       <c r="BZ9" s="14" t="n">
-        <v>103.94</v>
+        <v>81.92</v>
       </c>
       <c r="CA9" s="14" t="n">
-        <v>105.14</v>
+        <v>81.6</v>
       </c>
       <c r="CB9" s="14" t="n">
-        <v>105.27</v>
+        <v>81.69</v>
       </c>
       <c r="CC9" s="14" t="n">
-        <v>105.02</v>
+        <v>82.63</v>
       </c>
       <c r="CD9" s="14" t="n">
-        <v>103.86</v>
+        <v>82.73</v>
       </c>
       <c r="CE9" s="14" t="n">
-        <v>102.43</v>
+        <v>82.53</v>
       </c>
       <c r="CF9" s="14" t="n">
-        <v>102.22</v>
+        <v>81.62</v>
       </c>
       <c r="CG9" s="14" t="n">
-        <v>104.05</v>
+        <v>80.5</v>
       </c>
       <c r="CH9" s="14" t="n">
-        <v>104.57</v>
+        <v>80.34</v>
       </c>
       <c r="CI9" s="14" t="n">
-        <v>104.82</v>
+        <v>81.77</v>
       </c>
       <c r="CJ9" s="14" t="n">
-        <v>104.11</v>
+        <v>82.18</v>
       </c>
       <c r="CK9" s="14" t="n">
-        <v>103.46</v>
+        <v>82.38</v>
       </c>
       <c r="CL9" s="14" t="n">
-        <v>103.31</v>
+        <v>81.82</v>
       </c>
       <c r="CM9" s="14" t="n">
-        <v>104.56</v>
+        <v>81.31</v>
       </c>
       <c r="CN9" s="14" t="n">
-        <v>104.32</v>
+        <v>81.19</v>
       </c>
       <c r="CO9" s="14" t="n">
-        <v>103.36</v>
+        <v>82.17</v>
       </c>
       <c r="CP9" s="14" t="n">
-        <v>102.59</v>
+        <v>81.98</v>
       </c>
       <c r="CQ9" s="14" t="n">
-        <v>101.37</v>
+        <v>81.23</v>
       </c>
       <c r="CR9" s="14" t="n">
-        <v>101.22</v>
+        <v>80.62</v>
       </c>
       <c r="CS9" s="14" t="n">
-        <v>102.74</v>
+        <v>79.67</v>
       </c>
       <c r="CT9" s="14" t="n">
-        <v>102.73</v>
+        <v>79.55</v>
       </c>
       <c r="CU9" s="14" t="n">
-        <v>102.4</v>
+        <v>80.74</v>
       </c>
       <c r="CV9" s="14" t="n">
-        <v>101.77</v>
+        <v>80.74</v>
       </c>
       <c r="CW9" s="14" t="n">
-        <v>101.15</v>
+        <v>80.48</v>
       </c>
       <c r="CX9" s="14" t="n">
-        <v>100.98</v>
+        <v>79.98</v>
       </c>
       <c r="CY9" s="14" t="n">
-        <v>102.22</v>
+        <v>79.49</v>
       </c>
       <c r="CZ9" s="14" t="n">
-        <v>102.16</v>
+        <v>79.36</v>
       </c>
       <c r="DA9" s="14" t="n">
-        <v>102.21</v>
+        <v>80.33</v>
       </c>
       <c r="DB9" s="14" t="n">
-        <v>101.29</v>
+        <v>80.29</v>
       </c>
       <c r="DC9" s="14" t="n">
-        <v>100.16</v>
+        <v>80.33</v>
       </c>
       <c r="DD9" s="14" t="n">
-        <v>100.5</v>
+        <v>79.6</v>
       </c>
       <c r="DE9" s="14" t="n">
-        <v>101.5</v>
+        <v>78.72</v>
       </c>
       <c r="DF9" s="14" t="n">
-        <v>100.95</v>
+        <v>78.99</v>
       </c>
       <c r="DG9" s="14" t="n">
-        <v>100.71</v>
+        <v>79.77</v>
       </c>
       <c r="DH9" s="14" t="n">
-        <v>99.93</v>
+        <v>79.34</v>
       </c>
       <c r="DI9" s="14" t="n">
-        <v>99.21</v>
+        <v>79.15</v>
       </c>
       <c r="DJ9" s="14" t="n">
-        <v>99.25</v>
+        <v>78.53</v>
       </c>
       <c r="DK9" s="14" t="n">
-        <v>100.59</v>
+        <v>77.97</v>
       </c>
       <c r="DL9" s="14" t="n">
-        <v>100.17</v>
+        <v>78.0</v>
       </c>
       <c r="DM9" s="14" t="n">
-        <v>99.65</v>
+        <v>79.06</v>
       </c>
       <c r="DN9" s="14" t="n">
-        <v>99.16</v>
+        <v>78.73</v>
       </c>
       <c r="DO9" s="14" t="n">
-        <v>97.21</v>
+        <v>78.32</v>
       </c>
       <c r="DP9" s="14" t="n">
-        <v>97.63</v>
+        <v>77.93</v>
       </c>
       <c r="DQ9" s="14" t="n">
-        <v>100.09</v>
+        <v>76.4</v>
       </c>
       <c r="DR9" s="14" t="n">
-        <v>100.47</v>
+        <v>76.73</v>
       </c>
       <c r="DS9" s="14" t="n">
-        <v>100.21</v>
+        <v>78.66</v>
       </c>
       <c r="DT9" s="14" t="n">
-        <v>99.9</v>
+        <v>78.96</v>
       </c>
       <c r="DU9" s="14" t="n">
-        <v>99.5</v>
+        <v>78.76</v>
       </c>
       <c r="DV9" s="14" t="n">
-        <v>99.9</v>
+        <v>78.51</v>
       </c>
       <c r="DW9" s="14" t="n">
-        <v>101.46</v>
+        <v>78.19</v>
       </c>
       <c r="DX9" s="14" t="n">
-        <v>101.27</v>
+        <v>78.51</v>
       </c>
       <c r="DY9" s="14" t="n">
-        <v>100.83</v>
+        <v>79.74</v>
       </c>
       <c r="DZ9" s="14" t="n">
-        <v>100.15</v>
+        <v>79.59</v>
       </c>
       <c r="EA9" s="14" t="n">
-        <v>98.18</v>
+        <v>79.24</v>
       </c>
       <c r="EB9" s="14" t="n">
-        <v>98.04</v>
+        <v>78.71</v>
       </c>
       <c r="EC9" s="14" t="n">
-        <v>100.2</v>
+        <v>77.16</v>
       </c>
       <c r="ED9" s="14" t="n">
-        <v>100.86</v>
+        <v>77.05</v>
       </c>
       <c r="EE9" s="14" t="n">
-        <v>101.1</v>
+        <v>78.75</v>
       </c>
       <c r="EF9" s="14" t="n">
-        <v>101.03</v>
+        <v>79.27</v>
       </c>
       <c r="EG9" s="14" t="n">
-        <v>100.01</v>
+        <v>79.46</v>
       </c>
       <c r="EH9" s="14" t="n">
-        <v>99.92</v>
+        <v>79.4</v>
       </c>
       <c r="EI9" s="14" t="n">
-        <v>101.47</v>
+        <v>78.6</v>
       </c>
       <c r="EJ9" s="14" t="n">
-        <v>101.53</v>
+        <v>78.52</v>
       </c>
       <c r="EK9" s="14" t="n">
-        <v>101.56</v>
+        <v>79.75</v>
       </c>
       <c r="EL9" s="14" t="n">
-        <v>100.92</v>
+        <v>79.79</v>
       </c>
       <c r="EM9" s="14" t="n">
-        <v>99.35</v>
+        <v>79.81</v>
       </c>
       <c r="EN9" s="14" t="n">
-        <v>99.48</v>
+        <v>79.31</v>
       </c>
       <c r="EO9" s="14" t="n">
-        <v>101.35</v>
+        <v>78.08</v>
       </c>
       <c r="EP9" s="14" t="n">
-        <v>101.33</v>
+        <v>78.18</v>
       </c>
       <c r="EQ9" s="14" t="n">
-        <v>101.32</v>
+        <v>79.65</v>
       </c>
       <c r="ER9" s="14" t="n">
-        <v>101.29</v>
+        <v>79.64</v>
       </c>
       <c r="ES9" s="14" t="n">
-        <v>100.52</v>
+        <v>79.63</v>
       </c>
       <c r="ET9" s="14" t="n">
-        <v>100.27</v>
+        <v>79.61</v>
       </c>
       <c r="EU9" s="14" t="n">
-        <v>101.44</v>
+        <v>79.0</v>
       </c>
       <c r="EV9" s="14" t="n">
-        <v>101.33</v>
+        <v>78.8</v>
       </c>
       <c r="EW9" s="14" t="n">
-        <v>101.23</v>
+        <v>79.72</v>
       </c>
       <c r="EX9" s="14" t="n">
-        <v>101.15</v>
+        <v>79.64</v>
       </c>
       <c r="EY9" s="14" t="n">
-        <v>99.31</v>
+        <v>79.56</v>
       </c>
       <c r="EZ9" s="14" t="n">
-        <v>99.21</v>
+        <v>79.5</v>
       </c>
       <c r="FA9" s="14" t="n">
-        <v>101.11</v>
+        <v>78.05</v>
       </c>
       <c r="FB9" s="14" t="n">
-        <v>101.1</v>
+        <v>77.97</v>
       </c>
       <c r="FC9" s="14" t="n">
-        <v>101.34</v>
+        <v>79.46</v>
       </c>
       <c r="FD9" s="14" t="n">
-        <v>100.88</v>
+        <v>79.46</v>
       </c>
       <c r="FE9" s="14" t="n">
-        <v>100.95</v>
+        <v>79.64</v>
       </c>
       <c r="FF9" s="14" t="n">
-        <v>100.44</v>
+        <v>79.28</v>
       </c>
       <c r="FG9" s="14" t="n">
-        <v>101.3</v>
+        <v>79.33</v>
       </c>
       <c r="FH9" s="14" t="n">
-        <v>101.55</v>
+        <v>78.94</v>
       </c>
       <c r="FI9" s="14" t="n">
-        <v>101.76</v>
+        <v>79.62</v>
       </c>
       <c r="FJ9" s="14" t="n">
-        <v>100.69</v>
+        <v>79.81</v>
       </c>
       <c r="FK9" s="14" t="n">
-        <v>98.52</v>
+        <v>79.98</v>
       </c>
       <c r="FL9" s="14" t="n">
-        <v>98.49</v>
+        <v>79.14</v>
       </c>
       <c r="FM9" s="14" t="n">
-        <v>100.16</v>
+        <v>77.43</v>
       </c>
       <c r="FN9" s="14" t="n">
-        <v>100.13</v>
+        <v>77.4</v>
       </c>
       <c r="FO9" s="14" t="n">
-        <v>99.91</v>
+        <v>78.71</v>
       </c>
       <c r="FP9" s="14" t="n">
-        <v>99.49</v>
+        <v>78.7</v>
       </c>
       <c r="FQ9" s="14" t="n">
-        <v>98.31</v>
+        <v>78.52</v>
       </c>
       <c r="FR9" s="14" t="n">
-        <v>98.35</v>
+        <v>78.19</v>
       </c>
       <c r="FS9" s="14" t="n">
-        <v>99.51</v>
+        <v>77.27</v>
       </c>
       <c r="FT9" s="14" t="n">
-        <v>99.7</v>
+        <v>77.29</v>
       </c>
       <c r="FU9" s="14" t="n">
-        <v>99.82</v>
+        <v>78.21</v>
       </c>
       <c r="FV9" s="14" t="n">
-        <v>98.95</v>
+        <v>78.35</v>
       </c>
       <c r="FW9" s="14" t="n">
-        <v>96.68</v>
+        <v>78.45</v>
       </c>
       <c r="FX9" s="14" t="n">
-        <v>96.57</v>
+        <v>77.77</v>
       </c>
       <c r="FY9" s="14" t="n">
-        <v>97.86</v>
+        <v>75.98</v>
       </c>
       <c r="FZ9" s="14" t="n">
-        <v>97.39</v>
-[...214 lines deleted...]
-      <c r="IT9" s="15" t="n">
+        <v>75.9</v>
+      </c>
+      <c r="GA9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GB9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GC9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GD9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GE9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GF9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GG9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GH9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GI9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GJ9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GK9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GL9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GM9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GN9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GO9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GP9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GQ9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GR9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GS9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GT9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GU9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GV9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GW9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GX9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GY9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GZ9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HA9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HB9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HC9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HD9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HE9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HF9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HG9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HH9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HI9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HJ9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HK9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HL9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HM9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HN9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HO9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HP9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HQ9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HR9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HS9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HT9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HU9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HV9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HW9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HX9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HY9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HZ9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IA9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IB9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IC9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IH9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="II9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IJ9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IK9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IL9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IM9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IN9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IO9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IP9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IQ9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IR9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IS9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IT9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IU9" s="15" t="n">
+        <v>-0.8</v>
+      </c>
+      <c r="IV9" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="IW9" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="IX9" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="IU9" s="15" t="n">
+      <c r="IY9" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="IV9" s="15" t="n">
-[...2 lines deleted...]
-      <c r="IW9" s="15" t="n">
+      <c r="IZ9" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="JA9" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="IX9" s="15" t="n">
+      <c r="JB9" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="IY9" s="15" t="n">
-[...2 lines deleted...]
-      <c r="IZ9" s="15" t="n">
+      <c r="JC9" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="JD9" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="JA9" s="15" t="n">
+      <c r="JE9" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="JB9" s="15" t="n">
+      <c r="JF9" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="JC9" s="15" t="n">
+      <c r="JG9" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="JD9" s="15" t="n">
+      <c r="JH9" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="JE9" s="15" t="n">
-[...2 lines deleted...]
-      <c r="JF9" s="15" t="n">
+      <c r="JI9" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="JJ9" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="JG9" s="15" t="n">
+      <c r="JK9" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="JH9" s="15" t="n">
-[...2 lines deleted...]
-      <c r="JI9" s="15" t="n">
+      <c r="JL9" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="JM9" s="15" t="n">
         <v>-0.4</v>
-      </c>
-[...10 lines deleted...]
-        <v>1.0</v>
       </c>
       <c r="JN9" s="15" t="n">
         <v>0.4</v>
       </c>
       <c r="JO9" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="JP9" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="JQ9" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="JR9" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="JS9" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="JP9" s="15" t="n">
-[...2 lines deleted...]
-      <c r="JQ9" s="15" t="n">
+      <c r="JT9" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="JU9" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="JR9" s="15" t="n">
+      <c r="JV9" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="JS9" s="15" t="n">
+      <c r="JW9" s="15" t="n">
         <v>0.6</v>
-      </c>
-[...10 lines deleted...]
-        <v>-0.1</v>
       </c>
       <c r="JX9" s="15" t="n">
         <v>0.5</v>
       </c>
       <c r="JY9" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="JZ9" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="KA9" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="KB9" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="KC9" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="JZ9" s="15" t="n">
+      <c r="KD9" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="KA9" s="15" t="n">
+      <c r="KE9" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="KB9" s="15" t="n">
-[...10 lines deleted...]
-      </c>
       <c r="KF9" s="15" t="n">
-        <v>0.3</v>
+        <v>0.0</v>
       </c>
       <c r="KG9" s="15" t="n">
         <v>-0.4</v>
       </c>
       <c r="KH9" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="KI9" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="KJ9" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="KK9" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="KL9" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="KI9" s="15" t="n">
+      <c r="KM9" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="KJ9" s="15" t="n">
+      <c r="KN9" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="KK9" s="15" t="n">
+      <c r="KO9" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="KL9" s="15" t="n">
+      <c r="KP9" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="KM9" s="15" t="n">
+      <c r="KQ9" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="KN9" s="15" t="n">
+      <c r="KR9" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="KO9" s="15" t="n">
+      <c r="KS9" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="KP9" s="15" t="n">
+      <c r="KT9" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="KQ9" s="15" t="n">
+      <c r="KU9" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="KR9" s="15" t="n">
+      <c r="KV9" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="KS9" s="15" t="n">
+      <c r="KW9" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="KT9" s="15" t="n">
+      <c r="KX9" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="KU9" s="15" t="n">
+      <c r="KY9" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="KV9" s="15" t="n">
+      <c r="KZ9" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="KW9" s="15" t="n">
+      <c r="LA9" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="KX9" s="15" t="n">
+      <c r="LB9" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="KY9" s="15" t="n">
+      <c r="LC9" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="KZ9" s="15" t="n">
+      <c r="LD9" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="LA9" s="15" t="n">
+      <c r="LE9" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="LB9" s="15" t="n">
+      <c r="LF9" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="LC9" s="15" t="n">
+      <c r="LG9" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="LD9" s="15" t="n">
-[...2 lines deleted...]
-      <c r="LE9" s="15" t="n">
+      <c r="LH9" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="LI9" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="LF9" s="15" t="n">
+      <c r="LJ9" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="LG9" s="15" t="n">
+      <c r="LK9" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="LH9" s="15" t="n">
+      <c r="LL9" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="LI9" s="15" t="n">
+      <c r="LM9" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="LJ9" s="15" t="n">
+      <c r="LN9" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="LK9" s="15" t="n">
+      <c r="LO9" s="15" t="n">
         <v>-1.4</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.4</v>
       </c>
       <c r="LP9" s="15" t="n">
         <v>-0.1</v>
       </c>
       <c r="LQ9" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="LR9" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="LS9" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="LT9" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="LU9" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="LR9" s="15" t="n">
+      <c r="LV9" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="LS9" s="15" t="n">
+      <c r="LW9" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="LT9" s="15" t="n">
+      <c r="LX9" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="LU9" s="15" t="n">
+      <c r="LY9" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="LV9" s="15" t="n">
+      <c r="LZ9" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="LW9" s="15" t="n">
-[...2 lines deleted...]
-      <c r="LX9" s="15" t="n">
+      <c r="MA9" s="15" t="n">
+        <v>-1.7</v>
+      </c>
+      <c r="MB9" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="LY9" s="15" t="n">
+      <c r="MC9" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="LZ9" s="15" t="n">
+      <c r="MD9" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="MA9" s="15" t="n">
+      <c r="ME9" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="MB9" s="15" t="n">
+      <c r="MF9" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="MC9" s="15" t="n">
+      <c r="MG9" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="MD9" s="15" t="n">
+      <c r="MH9" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="ME9" s="15" t="n">
+      <c r="MI9" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="MF9" s="15" t="n">
+      <c r="MJ9" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="MG9" s="15" t="n">
+      <c r="MK9" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="MH9" s="15" t="n">
-[...2 lines deleted...]
-      <c r="MI9" s="15" t="n">
+      <c r="ML9" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="MM9" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="MJ9" s="15" t="n">
-[...2 lines deleted...]
-      <c r="MK9" s="15" t="n">
+      <c r="MN9" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="MO9" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="ML9" s="15" t="n">
+      <c r="MP9" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="MM9" s="15" t="n">
+      <c r="MQ9" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="MN9" s="15" t="n">
+      <c r="MR9" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="MO9" s="15" t="n">
+      <c r="MS9" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="MP9" s="15" t="n">
-[...5 lines deleted...]
-      <c r="MR9" s="15" t="n">
+      <c r="MT9" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="MU9" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="MV9" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="MS9" s="15" t="n">
+      <c r="MW9" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="MT9" s="15" t="n">
+      <c r="MX9" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="MU9" s="15" t="n">
+      <c r="MY9" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="MV9" s="15" t="n">
+      <c r="MZ9" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="MW9" s="15" t="n">
+      <c r="NA9" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="MX9" s="15" t="n">
+      <c r="NB9" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="MY9" s="15" t="n">
+      <c r="NC9" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="MZ9" s="15" t="n">
-[...2 lines deleted...]
-      <c r="NA9" s="15" t="n">
+      <c r="ND9" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="NE9" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="NB9" s="15" t="n">
+      <c r="NF9" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="NC9" s="15" t="n">
+      <c r="NG9" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="ND9" s="15" t="n">
+      <c r="NH9" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="NE9" s="15" t="n">
+      <c r="NI9" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="NF9" s="15" t="n">
+      <c r="NJ9" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="NG9" s="15" t="n">
+      <c r="NK9" s="15" t="n">
         <v>-2.5</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.4</v>
       </c>
       <c r="NL9" s="15" t="n">
         <v>-0.4</v>
       </c>
       <c r="NM9" s="15" t="n">
-        <v>-1.5</v>
+        <v>0.3</v>
       </c>
       <c r="NN9" s="15" t="n">
-        <v>0.2</v>
+        <v>0.3</v>
       </c>
       <c r="NO9" s="15" t="n">
         <v>0.4</v>
       </c>
       <c r="NP9" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="NQ9" s="15" t="n">
+        <v>-1.5</v>
+      </c>
+      <c r="NR9" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="NS9" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="NT9" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="NQ9" s="15" t="n">
+      <c r="NU9" s="15" t="n">
         <v>2.0</v>
-      </c>
-[...10 lines deleted...]
-        <v>-0.2</v>
       </c>
       <c r="NV9" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="NW9" s="15" t="n">
+        <v>-2.2</v>
+      </c>
+      <c r="NX9" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="NY9" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="NZ9" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="OA9" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="NX9" s="15" t="n">
+      <c r="OB9" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="NY9" s="15" t="n">
+      <c r="OC9" s="15" t="n">
         <v>-1.5</v>
-      </c>
-[...10 lines deleted...]
-        <v>1.6</v>
       </c>
       <c r="OD9" s="15" t="n">
         <v>-0.1</v>
       </c>
       <c r="OE9" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="OF9" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="OG9" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="OH9" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="OI9" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="OF9" s="15" t="n">
-[...8 lines deleted...]
-      <c r="OI9" s="15" t="n">
+      <c r="OJ9" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="OK9" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="OL9" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="OM9" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="OJ9" s="15" t="n">
-[...2 lines deleted...]
-      <c r="OK9" s="15" t="n">
+      <c r="ON9" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="OO9" s="15" t="n">
         <v>-1.2</v>
-      </c>
-[...10 lines deleted...]
-        <v>1.9</v>
       </c>
       <c r="OP9" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="OQ9" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="OR9" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="OS9" s="15" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="OT9" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="OU9" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="OR9" s="15" t="n">
-[...2 lines deleted...]
-      <c r="OS9" s="15" t="n">
+      <c r="OV9" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="OW9" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="OT9" s="15" t="n">
+      <c r="OX9" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="OU9" s="15" t="n">
+      <c r="OY9" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="OV9" s="15" t="n">
+      <c r="OZ9" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="OW9" s="15" t="n">
-[...2 lines deleted...]
-      <c r="OX9" s="15" t="n">
+      <c r="PA9" s="15" t="n">
+        <v>-0.9</v>
+      </c>
+      <c r="PB9" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="OY9" s="15" t="n">
+      <c r="PC9" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="OZ9" s="15" t="n">
+      <c r="PD9" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="PA9" s="15" t="n">
+      <c r="PE9" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="PB9" s="15" t="n">
-[...2 lines deleted...]
-      <c r="PC9" s="15" t="n">
+      <c r="PF9" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="PG9" s="15" t="n">
         <v>-1.7</v>
       </c>
-      <c r="PD9" s="15" t="n">
-[...26 lines deleted...]
-      <c r="PM9" s="15" t="n">
+      <c r="PH9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PI9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PJ9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PK9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PL9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PM9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PN9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PO9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PP9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PQ9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PR9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PS9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PT9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PU9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PV9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PW9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PX9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PY9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PZ9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QA9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QB9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QC9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QD9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QE9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QF9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QG9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QH9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QI9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QJ9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QK9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QL9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QM9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QN9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QO9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QP9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QQ9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QR9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QS9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QT9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QU9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QV9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QW9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QX9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QY9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QZ9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RA9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RB9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RC9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RD9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RE9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RF9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RG9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RH9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RI9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RJ9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RK9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RL9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RM9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RN9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RO9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RP9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RQ9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RR9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RS9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RT9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RU9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RV9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RW9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RX9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RY9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RZ9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SA9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SB9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SC9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SD9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SE9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SF9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SG9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SH9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SI9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SJ9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SK9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SL9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SM9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SN9" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="SO9" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="SP9" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="SQ9" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="SR9" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="SS9" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="ST9" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="SU9" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="SV9" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="SW9" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="SX9" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="SY9" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="PN9" s="15" t="n">
-[...137 lines deleted...]
-      <c r="RH9" s="15" t="n">
+      <c r="SZ9" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="TA9" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="TB9" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="TC9" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="RI9" s="15" t="n">
-[...68 lines deleted...]
-      <c r="SF9" s="15" t="n">
+      <c r="TD9" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="SG9" s="15" t="n">
-[...10 lines deleted...]
-      <c r="SJ9" s="15" t="n">
+      <c r="TE9" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="TF9" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="TG9" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="TH9" s="15" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="TI9" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="SK9" s="15" t="n">
+      <c r="TJ9" s="15" t="n">
         <v>2.8</v>
-      </c>
-[...73 lines deleted...]
-        <v>3.7</v>
       </c>
       <c r="TK9" s="15" t="n">
         <v>2.8</v>
       </c>
       <c r="TL9" s="15" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="TM9" s="15" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="TN9" s="15" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="TO9" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="TP9" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="TQ9" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="TR9" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="TM9" s="15" t="n">
+      <c r="TS9" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="TN9" s="15" t="n">
+      <c r="TT9" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="TO9" s="15" t="n">
+      <c r="TU9" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="TP9" s="15" t="n">
+      <c r="TV9" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="TW9" s="15" t="n">
+        <v>6.6</v>
+      </c>
+      <c r="TX9" s="15" t="n">
+        <v>6.4</v>
+      </c>
+      <c r="TY9" s="15" t="n">
+        <v>5.8</v>
+      </c>
+      <c r="TZ9" s="15" t="n">
+        <v>7.1</v>
+      </c>
+      <c r="UA9" s="15" t="n">
+        <v>7.7</v>
+      </c>
+      <c r="UB9" s="15" t="n">
+        <v>9.6</v>
+      </c>
+      <c r="UC9" s="15" t="n">
+        <v>11.2</v>
+      </c>
+      <c r="UD9" s="15" t="n">
+        <v>11.4</v>
+      </c>
+      <c r="UE9" s="15" t="n">
+        <v>10.9</v>
+      </c>
+      <c r="UF9" s="15" t="n">
+        <v>9.4</v>
+      </c>
+      <c r="UG9" s="15" t="n">
+        <v>9.2</v>
+      </c>
+      <c r="UH9" s="15" t="n">
+        <v>10.7</v>
+      </c>
+      <c r="UI9" s="15" t="n">
+        <v>8.5</v>
+      </c>
+      <c r="UJ9" s="15" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="UK9" s="15" t="n">
+        <v>7.3</v>
+      </c>
+      <c r="UL9" s="15" t="n">
+        <v>6.1</v>
+      </c>
+      <c r="UM9" s="15" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="UN9" s="15" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="UO9" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="TQ9" s="15" t="n">
-[...56 lines deleted...]
-      <c r="UJ9" s="15" t="n">
+      <c r="UP9" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="UK9" s="15" t="n">
+      <c r="UQ9" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="UL9" s="15" t="n">
+      <c r="UR9" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="UM9" s="15" t="n">
+      <c r="US9" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="UN9" s="15" t="n">
+      <c r="UT9" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="UO9" s="15" t="n">
+      <c r="UU9" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="UP9" s="15" t="n">
+      <c r="UV9" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="UQ9" s="15" t="n">
+      <c r="UW9" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="UR9" s="15" t="n">
+      <c r="UX9" s="15" t="n">
+        <v>-0.8</v>
+      </c>
+      <c r="UY9" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="US9" s="15" t="n">
+      <c r="UZ9" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="VA9" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="VB9" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="VC9" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="VD9" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="UT9" s="15" t="n">
-[...5 lines deleted...]
-      <c r="UV9" s="15" t="n">
+      <c r="VE9" s="15" t="n">
         <v>-0.7</v>
-      </c>
-[...25 lines deleted...]
-        <v>0.1</v>
       </c>
       <c r="VF9" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="VG9" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="VH9" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="VI9" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="VJ9" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="VH9" s="15" t="n">
+      <c r="VK9" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="VL9" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="VM9" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="VN9" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="VI9" s="15" t="n">
+      <c r="VO9" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="VJ9" s="15" t="n">
+      <c r="VP9" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="VK9" s="15" t="n">
+      <c r="VQ9" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="VL9" s="15" t="n">
+      <c r="VR9" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="VM9" s="15" t="n">
+      <c r="VS9" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="VN9" s="15" t="n">
+      <c r="VT9" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="VO9" s="15" t="n">
+      <c r="VU9" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="VP9" s="15" t="n">
+      <c r="VV9" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="VQ9" s="15" t="n">
+      <c r="VW9" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="VR9" s="15" t="n">
+      <c r="VX9" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="VS9" s="15" t="n">
+      <c r="VY9" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="VT9" s="15" t="n">
+      <c r="VZ9" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="VU9" s="15" t="n">
+      <c r="WA9" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="VV9" s="15" t="n">
+      <c r="WB9" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="VW9" s="15" t="n">
+      <c r="WC9" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="VX9" s="15" t="n">
+      <c r="WD9" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="VY9" s="15" t="n">
+      <c r="WE9" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="VZ9" s="15" t="n">
+      <c r="WF9" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="WA9" s="15" t="n">
+      <c r="WG9" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="WB9" s="15" t="n">
+      <c r="WH9" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="WC9" s="15" t="n">
+      <c r="WI9" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="WD9" s="15" t="n">
+      <c r="WJ9" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="WE9" s="15" t="n">
+      <c r="WK9" s="15" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="WL9" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="WM9" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="WN9" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="WF9" s="15" t="n">
-[...8 lines deleted...]
-      <c r="WI9" s="15" t="n">
+      <c r="WO9" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="WJ9" s="15" t="n">
+      <c r="WP9" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="WK9" s="15" t="n">
+      <c r="WQ9" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="WL9" s="15" t="n">
+      <c r="WR9" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="WM9" s="15" t="n">
+      <c r="WS9" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="WN9" s="15" t="n">
+      <c r="WT9" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="WO9" s="15" t="n">
+      <c r="WU9" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="WP9" s="15" t="n">
-[...2 lines deleted...]
-      <c r="WQ9" s="15" t="n">
+      <c r="WV9" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="WW9" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="WR9" s="15" t="n">
+      <c r="WX9" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="WY9" s="15" t="n">
+        <v>-0.9</v>
+      </c>
+      <c r="WZ9" s="15" t="n">
+        <v>-1.1</v>
+      </c>
+      <c r="XA9" s="15" t="n">
+        <v>-1.2</v>
+      </c>
+      <c r="XB9" s="15" t="n">
+        <v>-1.0</v>
+      </c>
+      <c r="XC9" s="15" t="n">
+        <v>-1.0</v>
+      </c>
+      <c r="XD9" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="XE9" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="XF9" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="XG9" s="15" t="n">
+        <v>-0.9</v>
+      </c>
+      <c r="XH9" s="15" t="n">
+        <v>-1.1</v>
+      </c>
+      <c r="XI9" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="XJ9" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="XK9" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="XL9" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="XM9" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="WS9" s="15" t="n">
-[...2 lines deleted...]
-      <c r="WT9" s="15" t="n">
+      <c r="XN9" s="15" t="n">
+        <v>-0.8</v>
+      </c>
+      <c r="XO9" s="15" t="n">
+        <v>-1.2</v>
+      </c>
+      <c r="XP9" s="15" t="n">
+        <v>-1.4</v>
+      </c>
+      <c r="XQ9" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="WU9" s="15" t="n">
-[...8 lines deleted...]
-      <c r="WX9" s="15" t="n">
+      <c r="XR9" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="XS9" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="XT9" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="XU9" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="XV9" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="WY9" s="15" t="n">
-[...70 lines deleted...]
-      </c>
       <c r="XW9" s="15" t="n">
-        <v>0.2</v>
+        <v>0.0</v>
       </c>
       <c r="XX9" s="15" t="n">
         <v>0.2</v>
       </c>
       <c r="XY9" s="15" t="n">
-        <v>0.0</v>
+        <v>0.3</v>
       </c>
       <c r="XZ9" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="YA9" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="YB9" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="YC9" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="YD9" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="YE9" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="YF9" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="YA9" s="15" t="n">
+      <c r="YG9" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="YB9" s="15" t="n">
+      <c r="YH9" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="YC9" s="15" t="n">
+      <c r="YI9" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="YD9" s="15" t="n">
+      <c r="YJ9" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="YE9" s="15" t="n">
+      <c r="YK9" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="YF9" s="15" t="n">
+      <c r="YL9" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="YG9" s="15" t="n">
+      <c r="YM9" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="YH9" s="15" t="n">
+      <c r="YN9" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="YI9" s="15" t="n">
-[...2 lines deleted...]
-      <c r="YJ9" s="15" t="n">
+      <c r="YO9" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="YK9" s="15" t="n">
+      <c r="YP9" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="YQ9" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="YL9" s="15" t="n">
+      <c r="YR9" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="YM9" s="15" t="n">
+      <c r="YS9" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="YN9" s="15" t="n">
+      <c r="YT9" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="YO9" s="15" t="n">
+      <c r="YU9" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="YP9" s="15" t="n">
+      <c r="YV9" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="YQ9" s="15" t="n">
+      <c r="YW9" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="YX9" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="YY9" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="YR9" s="15" t="n">
-[...5 lines deleted...]
-      <c r="YT9" s="15" t="n">
+      <c r="YZ9" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="YU9" s="15" t="n">
-[...213 lines deleted...]
-        <v>3.9</v>
+      <c r="ZA9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZB9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZC9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZD9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZE9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZF9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZG9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZH9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZI9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZJ9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZK9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZL9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZM9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZN9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZO9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZP9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZQ9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZR9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZS9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZT9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZU9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZV9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZW9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZX9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZY9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZZ9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAA9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAB9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAC9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAD9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAE9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAF9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAG9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAH9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAI9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAJ9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAK9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAL9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAM9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAN9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAO9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAP9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAQ9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAR9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAS9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAT9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAU9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAV9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAW9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAX9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAY9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAZ9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABA9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABB9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABC9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABD9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABE9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABF9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABG9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABH9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABI9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABJ9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABK9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABL9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABM9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABN9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
       </c>
       <c r="ABO9" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABP9" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABQ9" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABR9" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABS9" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABT9" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABU9" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABV9" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABW9" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABX9" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABY9" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABZ9" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACA9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACB9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACC9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACD9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACE9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACF9" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    01 Alimentos y bebidas no alcohólicas</t>
         </is>
       </c>
       <c r="B10" s="14" t="n">
-        <v>146.97</v>
+        <v>101.82</v>
       </c>
       <c r="C10" s="14" t="n">
-        <v>146.5</v>
+        <v>101.25</v>
       </c>
       <c r="D10" s="14" t="n">
-        <v>144.45</v>
+        <v>101.05</v>
       </c>
       <c r="E10" s="14" t="n">
-        <v>144.65</v>
+        <v>100.73</v>
       </c>
       <c r="F10" s="14" t="n">
-        <v>145.75</v>
+        <v>99.32</v>
       </c>
       <c r="G10" s="14" t="n">
-        <v>146.31</v>
+        <v>99.46</v>
       </c>
       <c r="H10" s="14" t="n">
-        <v>145.8</v>
+        <v>100.22</v>
       </c>
       <c r="I10" s="14" t="n">
-        <v>145.12</v>
+        <v>100.6</v>
       </c>
       <c r="J10" s="14" t="n">
-        <v>144.64</v>
+        <v>100.25</v>
       </c>
       <c r="K10" s="14" t="n">
-        <v>144.14</v>
+        <v>99.78</v>
       </c>
       <c r="L10" s="14" t="n">
-        <v>143.67</v>
+        <v>99.45</v>
       </c>
       <c r="M10" s="14" t="n">
-        <v>143.55</v>
+        <v>99.11</v>
       </c>
       <c r="N10" s="14" t="n">
-        <v>143.48</v>
+        <v>98.78</v>
       </c>
       <c r="O10" s="14" t="n">
-        <v>143.62</v>
+        <v>98.7</v>
       </c>
       <c r="P10" s="14" t="n">
-        <v>142.47</v>
+        <v>98.65</v>
       </c>
       <c r="Q10" s="14" t="n">
-        <v>142.85</v>
+        <v>98.75</v>
       </c>
       <c r="R10" s="14" t="n">
-        <v>143.36</v>
+        <v>97.96</v>
       </c>
       <c r="S10" s="14" t="n">
-        <v>143.6</v>
+        <v>98.22</v>
       </c>
       <c r="T10" s="14" t="n">
-        <v>143.48</v>
+        <v>98.57</v>
       </c>
       <c r="U10" s="14" t="n">
-        <v>143.43</v>
+        <v>98.74</v>
       </c>
       <c r="V10" s="14" t="n">
-        <v>142.45</v>
+        <v>98.66</v>
       </c>
       <c r="W10" s="14" t="n">
-        <v>142.36</v>
+        <v>98.62</v>
       </c>
       <c r="X10" s="14" t="n">
-        <v>142.41</v>
+        <v>97.95</v>
       </c>
       <c r="Y10" s="14" t="n">
-        <v>141.67</v>
+        <v>97.89</v>
       </c>
       <c r="Z10" s="14" t="n">
-        <v>141.72</v>
+        <v>97.92</v>
       </c>
       <c r="AA10" s="14" t="n">
-        <v>141.57</v>
+        <v>97.41</v>
       </c>
       <c r="AB10" s="14" t="n">
-        <v>139.76</v>
+        <v>97.44</v>
       </c>
       <c r="AC10" s="14" t="n">
-        <v>139.07</v>
+        <v>97.34</v>
       </c>
       <c r="AD10" s="14" t="n">
-        <v>138.82</v>
+        <v>96.1</v>
       </c>
       <c r="AE10" s="14" t="n">
-        <v>137.75</v>
+        <v>95.62</v>
       </c>
       <c r="AF10" s="14" t="n">
-        <v>137.4</v>
+        <v>95.45</v>
       </c>
       <c r="AG10" s="14" t="n">
-        <v>136.88</v>
+        <v>94.71</v>
       </c>
       <c r="AH10" s="14" t="n">
-        <v>136.54</v>
+        <v>94.48</v>
       </c>
       <c r="AI10" s="14" t="n">
-        <v>135.1</v>
+        <v>94.12</v>
       </c>
       <c r="AJ10" s="14" t="n">
-        <v>132.46</v>
+        <v>93.88</v>
       </c>
       <c r="AK10" s="14" t="n">
-        <v>130.4</v>
+        <v>92.89</v>
       </c>
       <c r="AL10" s="14" t="n">
-        <v>128.36</v>
+        <v>91.08</v>
       </c>
       <c r="AM10" s="14" t="n">
-        <v>127.73</v>
+        <v>89.66</v>
       </c>
       <c r="AN10" s="14" t="n">
-        <v>124.89</v>
+        <v>88.26</v>
       </c>
       <c r="AO10" s="14" t="n">
-        <v>124.3</v>
+        <v>87.83</v>
       </c>
       <c r="AP10" s="14" t="n">
-        <v>123.72</v>
+        <v>85.87</v>
       </c>
       <c r="AQ10" s="14" t="n">
-        <v>123.35</v>
+        <v>85.47</v>
       </c>
       <c r="AR10" s="14" t="n">
-        <v>121.21</v>
+        <v>85.07</v>
       </c>
       <c r="AS10" s="14" t="n">
-        <v>119.75</v>
+        <v>84.81</v>
       </c>
       <c r="AT10" s="14" t="n">
-        <v>115.81</v>
+        <v>83.34</v>
       </c>
       <c r="AU10" s="14" t="n">
-        <v>114.43</v>
+        <v>82.34</v>
       </c>
       <c r="AV10" s="14" t="n">
-        <v>113.47</v>
+        <v>79.63</v>
       </c>
       <c r="AW10" s="14" t="n">
-        <v>112.72</v>
+        <v>78.68</v>
       </c>
       <c r="AX10" s="14" t="n">
-        <v>111.29</v>
+        <v>78.02</v>
       </c>
       <c r="AY10" s="14" t="n">
-        <v>110.64</v>
+        <v>77.5</v>
       </c>
       <c r="AZ10" s="14" t="n">
-        <v>109.2</v>
+        <v>76.52</v>
       </c>
       <c r="BA10" s="14" t="n">
-        <v>109.26</v>
+        <v>76.07</v>
       </c>
       <c r="BB10" s="14" t="n">
-        <v>108.97</v>
+        <v>75.08</v>
       </c>
       <c r="BC10" s="14" t="n">
-        <v>109.2</v>
+        <v>75.13</v>
       </c>
       <c r="BD10" s="14" t="n">
-        <v>109.2</v>
+        <v>74.93</v>
       </c>
       <c r="BE10" s="14" t="n">
-        <v>108.74</v>
+        <v>75.08</v>
       </c>
       <c r="BF10" s="14" t="n">
-        <v>108.41</v>
+        <v>75.09</v>
       </c>
       <c r="BG10" s="14" t="n">
-        <v>108.38</v>
+        <v>74.77</v>
       </c>
       <c r="BH10" s="14" t="n">
-        <v>108.32</v>
+        <v>74.54</v>
       </c>
       <c r="BI10" s="14" t="n">
-        <v>107.75</v>
+        <v>74.52</v>
       </c>
       <c r="BJ10" s="14" t="n">
-        <v>108.14</v>
+        <v>74.48</v>
       </c>
       <c r="BK10" s="14" t="n">
-        <v>109.16</v>
+        <v>74.09</v>
       </c>
       <c r="BL10" s="14" t="n">
-        <v>107.68</v>
+        <v>74.36</v>
       </c>
       <c r="BM10" s="14" t="n">
-        <v>107.59</v>
+        <v>75.05</v>
       </c>
       <c r="BN10" s="14" t="n">
-        <v>107.49</v>
+        <v>74.04</v>
       </c>
       <c r="BO10" s="14" t="n">
-        <v>108.39</v>
+        <v>73.98</v>
       </c>
       <c r="BP10" s="14" t="n">
-        <v>108.73</v>
+        <v>73.91</v>
       </c>
       <c r="BQ10" s="14" t="n">
-        <v>108.74</v>
+        <v>74.53</v>
       </c>
       <c r="BR10" s="14" t="n">
-        <v>107.23</v>
+        <v>74.76</v>
       </c>
       <c r="BS10" s="14" t="n">
-        <v>107.08</v>
+        <v>74.77</v>
       </c>
       <c r="BT10" s="14" t="n">
-        <v>106.82</v>
+        <v>73.73</v>
       </c>
       <c r="BU10" s="14" t="n">
-        <v>106.54</v>
+        <v>73.62</v>
       </c>
       <c r="BV10" s="14" t="n">
-        <v>106.71</v>
+        <v>73.45</v>
       </c>
       <c r="BW10" s="14" t="n">
-        <v>106.75</v>
+        <v>73.25</v>
       </c>
       <c r="BX10" s="14" t="n">
-        <v>105.18</v>
+        <v>73.37</v>
       </c>
       <c r="BY10" s="14" t="n">
-        <v>105.28</v>
+        <v>73.4</v>
       </c>
       <c r="BZ10" s="14" t="n">
-        <v>105.17</v>
+        <v>72.32</v>
       </c>
       <c r="CA10" s="14" t="n">
-        <v>105.45</v>
+        <v>72.39</v>
       </c>
       <c r="CB10" s="14" t="n">
-        <v>105.04</v>
+        <v>72.31</v>
       </c>
       <c r="CC10" s="14" t="n">
-        <v>104.58</v>
+        <v>72.51</v>
       </c>
       <c r="CD10" s="14" t="n">
-        <v>104.61</v>
+        <v>72.22</v>
       </c>
       <c r="CE10" s="14" t="n">
-        <v>104.98</v>
+        <v>71.91</v>
       </c>
       <c r="CF10" s="14" t="n">
-        <v>104.7</v>
+        <v>71.92</v>
       </c>
       <c r="CG10" s="14" t="n">
-        <v>104.79</v>
+        <v>72.18</v>
       </c>
       <c r="CH10" s="14" t="n">
-        <v>104.96</v>
+        <v>71.99</v>
       </c>
       <c r="CI10" s="14" t="n">
-        <v>105.52</v>
+        <v>72.05</v>
       </c>
       <c r="CJ10" s="14" t="n">
-        <v>104.25</v>
+        <v>72.17</v>
       </c>
       <c r="CK10" s="14" t="n">
-        <v>104.25</v>
+        <v>72.56</v>
       </c>
       <c r="CL10" s="14" t="n">
-        <v>104.21</v>
+        <v>71.68</v>
       </c>
       <c r="CM10" s="14" t="n">
-        <v>104.95</v>
+        <v>71.68</v>
       </c>
       <c r="CN10" s="14" t="n">
-        <v>104.47</v>
+        <v>71.66</v>
       </c>
       <c r="CO10" s="14" t="n">
-        <v>103.75</v>
+        <v>72.16</v>
       </c>
       <c r="CP10" s="14" t="n">
-        <v>103.63</v>
+        <v>71.83</v>
       </c>
       <c r="CQ10" s="14" t="n">
-        <v>103.54</v>
+        <v>71.34</v>
       </c>
       <c r="CR10" s="14" t="n">
-        <v>103.71</v>
+        <v>71.26</v>
       </c>
       <c r="CS10" s="14" t="n">
-        <v>103.4</v>
+        <v>71.19</v>
       </c>
       <c r="CT10" s="14" t="n">
-        <v>103.46</v>
+        <v>71.31</v>
       </c>
       <c r="CU10" s="14" t="n">
-        <v>103.72</v>
+        <v>71.1</v>
       </c>
       <c r="CV10" s="14" t="n">
-        <v>102.48</v>
+        <v>71.14</v>
       </c>
       <c r="CW10" s="14" t="n">
-        <v>102.21</v>
+        <v>71.32</v>
       </c>
       <c r="CX10" s="14" t="n">
-        <v>102.35</v>
+        <v>70.46</v>
       </c>
       <c r="CY10" s="14" t="n">
-        <v>102.39</v>
+        <v>70.28</v>
       </c>
       <c r="CZ10" s="14" t="n">
-        <v>102.43</v>
+        <v>70.37</v>
       </c>
       <c r="DA10" s="14" t="n">
-        <v>102.13</v>
+        <v>70.4</v>
       </c>
       <c r="DB10" s="14" t="n">
-        <v>102.22</v>
+        <v>70.43</v>
       </c>
       <c r="DC10" s="14" t="n">
-        <v>102.57</v>
+        <v>70.22</v>
       </c>
       <c r="DD10" s="14" t="n">
-        <v>102.41</v>
+        <v>70.28</v>
       </c>
       <c r="DE10" s="14" t="n">
-        <v>101.68</v>
+        <v>70.53</v>
       </c>
       <c r="DF10" s="14" t="n">
-        <v>101.22</v>
+        <v>70.42</v>
       </c>
       <c r="DG10" s="14" t="n">
-        <v>101.34</v>
+        <v>69.91</v>
       </c>
       <c r="DH10" s="14" t="n">
-        <v>101.25</v>
+        <v>69.6</v>
       </c>
       <c r="DI10" s="14" t="n">
-        <v>102.16</v>
+        <v>69.68</v>
       </c>
       <c r="DJ10" s="14" t="n">
-        <v>102.2</v>
+        <v>69.62</v>
       </c>
       <c r="DK10" s="14" t="n">
-        <v>101.55</v>
+        <v>70.24</v>
       </c>
       <c r="DL10" s="14" t="n">
-        <v>101.29</v>
+        <v>70.27</v>
       </c>
       <c r="DM10" s="14" t="n">
-        <v>101.0</v>
+        <v>69.83</v>
       </c>
       <c r="DN10" s="14" t="n">
-        <v>100.83</v>
+        <v>69.64</v>
       </c>
       <c r="DO10" s="14" t="n">
-        <v>100.87</v>
+        <v>69.44</v>
       </c>
       <c r="DP10" s="14" t="n">
-        <v>101.42</v>
+        <v>69.33</v>
       </c>
       <c r="DQ10" s="14" t="n">
-        <v>100.87</v>
+        <v>69.36</v>
       </c>
       <c r="DR10" s="14" t="n">
-        <v>100.84</v>
+        <v>69.74</v>
       </c>
       <c r="DS10" s="14" t="n">
-        <v>101.03</v>
+        <v>69.36</v>
       </c>
       <c r="DT10" s="14" t="n">
-        <v>100.45</v>
+        <v>69.33</v>
       </c>
       <c r="DU10" s="14" t="n">
-        <v>100.38</v>
+        <v>69.47</v>
       </c>
       <c r="DV10" s="14" t="n">
-        <v>99.67</v>
+        <v>69.07</v>
       </c>
       <c r="DW10" s="14" t="n">
-        <v>100.07</v>
+        <v>69.02</v>
       </c>
       <c r="DX10" s="14" t="n">
-        <v>99.56</v>
+        <v>68.53</v>
       </c>
       <c r="DY10" s="14" t="n">
-        <v>99.05</v>
+        <v>68.81</v>
       </c>
       <c r="DZ10" s="14" t="n">
-        <v>99.13</v>
+        <v>68.46</v>
       </c>
       <c r="EA10" s="14" t="n">
-        <v>99.61</v>
+        <v>68.11</v>
       </c>
       <c r="EB10" s="14" t="n">
-        <v>99.34</v>
+        <v>68.16</v>
       </c>
       <c r="EC10" s="14" t="n">
-        <v>99.07</v>
+        <v>68.49</v>
       </c>
       <c r="ED10" s="14" t="n">
-        <v>99.13</v>
+        <v>68.31</v>
       </c>
       <c r="EE10" s="14" t="n">
-        <v>99.17</v>
+        <v>68.12</v>
       </c>
       <c r="EF10" s="14" t="n">
-        <v>98.65</v>
+        <v>68.16</v>
       </c>
       <c r="EG10" s="14" t="n">
-        <v>98.55</v>
+        <v>68.19</v>
       </c>
       <c r="EH10" s="14" t="n">
-        <v>98.3</v>
+        <v>67.83</v>
       </c>
       <c r="EI10" s="14" t="n">
-        <v>98.28</v>
+        <v>67.76</v>
       </c>
       <c r="EJ10" s="14" t="n">
-        <v>98.32</v>
+        <v>67.59</v>
       </c>
       <c r="EK10" s="14" t="n">
-        <v>98.65</v>
+        <v>67.58</v>
       </c>
       <c r="EL10" s="14" t="n">
-        <v>98.76</v>
+        <v>67.61</v>
       </c>
       <c r="EM10" s="14" t="n">
-        <v>99.42</v>
+        <v>67.83</v>
       </c>
       <c r="EN10" s="14" t="n">
-        <v>99.77</v>
+        <v>67.9</v>
       </c>
       <c r="EO10" s="14" t="n">
-        <v>99.4</v>
+        <v>68.36</v>
       </c>
       <c r="EP10" s="14" t="n">
-        <v>98.95</v>
+        <v>68.6</v>
       </c>
       <c r="EQ10" s="14" t="n">
-        <v>98.82</v>
+        <v>68.35</v>
       </c>
       <c r="ER10" s="14" t="n">
-        <v>99.41</v>
+        <v>68.04</v>
       </c>
       <c r="ES10" s="14" t="n">
-        <v>100.76</v>
+        <v>67.94</v>
       </c>
       <c r="ET10" s="14" t="n">
-        <v>100.31</v>
+        <v>68.35</v>
       </c>
       <c r="EU10" s="14" t="n">
-        <v>99.75</v>
+        <v>69.28</v>
       </c>
       <c r="EV10" s="14" t="n">
-        <v>99.13</v>
+        <v>68.97</v>
       </c>
       <c r="EW10" s="14" t="n">
-        <v>98.53</v>
+        <v>68.59</v>
       </c>
       <c r="EX10" s="14" t="n">
-        <v>98.23</v>
+        <v>68.16</v>
       </c>
       <c r="EY10" s="14" t="n">
-        <v>98.35</v>
+        <v>67.74</v>
       </c>
       <c r="EZ10" s="14" t="n">
-        <v>98.6</v>
+        <v>67.54</v>
       </c>
       <c r="FA10" s="14" t="n">
-        <v>98.23</v>
+        <v>67.62</v>
       </c>
       <c r="FB10" s="14" t="n">
-        <v>97.75</v>
+        <v>67.8</v>
       </c>
       <c r="FC10" s="14" t="n">
-        <v>97.27</v>
+        <v>67.54</v>
       </c>
       <c r="FD10" s="14" t="n">
-        <v>96.97</v>
+        <v>67.21</v>
       </c>
       <c r="FE10" s="14" t="n">
-        <v>97.65</v>
+        <v>66.88</v>
       </c>
       <c r="FF10" s="14" t="n">
-        <v>97.24</v>
+        <v>66.67</v>
       </c>
       <c r="FG10" s="14" t="n">
-        <v>97.39</v>
+        <v>67.15</v>
       </c>
       <c r="FH10" s="14" t="n">
-        <v>97.0</v>
+        <v>66.86</v>
       </c>
       <c r="FI10" s="14" t="n">
-        <v>97.17</v>
+        <v>66.97</v>
       </c>
       <c r="FJ10" s="14" t="n">
-        <v>96.94</v>
+        <v>66.7</v>
       </c>
       <c r="FK10" s="14" t="n">
-        <v>96.84</v>
+        <v>66.82</v>
       </c>
       <c r="FL10" s="14" t="n">
-        <v>96.73</v>
+        <v>66.65</v>
       </c>
       <c r="FM10" s="14" t="n">
-        <v>96.49</v>
+        <v>66.59</v>
       </c>
       <c r="FN10" s="14" t="n">
-        <v>96.34</v>
+        <v>66.51</v>
       </c>
       <c r="FO10" s="14" t="n">
-        <v>96.0</v>
+        <v>66.34</v>
       </c>
       <c r="FP10" s="14" t="n">
-        <v>95.65</v>
+        <v>66.24</v>
       </c>
       <c r="FQ10" s="14" t="n">
-        <v>95.67</v>
+        <v>66.01</v>
       </c>
       <c r="FR10" s="14" t="n">
-        <v>96.08</v>
+        <v>65.77</v>
       </c>
       <c r="FS10" s="14" t="n">
-        <v>95.89</v>
+        <v>65.78</v>
       </c>
       <c r="FT10" s="14" t="n">
-        <v>95.82</v>
+        <v>66.06</v>
       </c>
       <c r="FU10" s="14" t="n">
-        <v>95.53</v>
+        <v>65.93</v>
       </c>
       <c r="FV10" s="14" t="n">
-        <v>95.31</v>
+        <v>65.89</v>
       </c>
       <c r="FW10" s="14" t="n">
-        <v>94.83</v>
+        <v>65.68</v>
       </c>
       <c r="FX10" s="14" t="n">
-        <v>94.64</v>
+        <v>65.54</v>
       </c>
       <c r="FY10" s="14" t="n">
-        <v>94.64</v>
+        <v>65.2</v>
       </c>
       <c r="FZ10" s="14" t="n">
-        <v>94.26</v>
-[...211 lines deleted...]
-      <c r="IS10" s="15" t="n">
+        <v>65.08</v>
+      </c>
+      <c r="GA10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GB10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GC10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GD10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GE10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GF10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GG10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GH10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GI10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GJ10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GK10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GL10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GM10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GN10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GO10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GP10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GQ10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GR10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GS10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GT10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GU10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GV10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GW10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GX10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GY10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GZ10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HA10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HB10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HC10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HD10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HE10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HF10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HG10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HH10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HI10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HJ10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HK10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HL10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HM10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HN10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HO10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HP10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HQ10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HR10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HS10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HT10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HU10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HV10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HW10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HX10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HY10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HZ10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IA10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IB10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IC10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IH10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="II10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IJ10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IK10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IL10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IM10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IN10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IO10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IP10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IQ10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IR10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IS10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IT10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IU10" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="IV10" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="IW10" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="IT10" s="15" t="n">
+      <c r="IX10" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="IU10" s="15" t="n">
+      <c r="IY10" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="IV10" s="15" t="n">
+      <c r="IZ10" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="IW10" s="15" t="n">
+      <c r="JA10" s="15" t="n">
         <v>-0.4</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.3</v>
       </c>
       <c r="JB10" s="15" t="n">
         <v>0.3</v>
       </c>
       <c r="JC10" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="JD10" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="JE10" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="JF10" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="JG10" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="JD10" s="15" t="n">
-[...2 lines deleted...]
-      <c r="JE10" s="15" t="n">
+      <c r="JH10" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="JI10" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="JF10" s="15" t="n">
+      <c r="JJ10" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="JG10" s="15" t="n">
+      <c r="JK10" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="JH10" s="15" t="n">
+      <c r="JL10" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="JI10" s="15" t="n">
+      <c r="JM10" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="JJ10" s="15" t="n">
+      <c r="JN10" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="JK10" s="15" t="n">
-[...2 lines deleted...]
-      <c r="JL10" s="15" t="n">
+      <c r="JO10" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="JP10" s="15" t="n">
         <v>0.7</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.0</v>
       </c>
       <c r="JQ10" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="JR10" s="15" t="n">
-        <v>1.3</v>
+        <v>0.0</v>
       </c>
       <c r="JS10" s="15" t="n">
         <v>0.5</v>
       </c>
       <c r="JT10" s="15" t="n">
-        <v>0.2</v>
+        <v>0.0</v>
       </c>
       <c r="JU10" s="15" t="n">
-        <v>0.8</v>
+        <v>0.1</v>
       </c>
       <c r="JV10" s="15" t="n">
-        <v>0.3</v>
+        <v>1.3</v>
       </c>
       <c r="JW10" s="15" t="n">
-        <v>0.4</v>
+        <v>0.5</v>
       </c>
       <c r="JX10" s="15" t="n">
         <v>0.2</v>
       </c>
       <c r="JY10" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="JZ10" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="KA10" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="KB10" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="KC10" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="JZ10" s="15" t="n">
+      <c r="KD10" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="KA10" s="15" t="n">
+      <c r="KE10" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="KB10" s="15" t="n">
+      <c r="KF10" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="KC10" s="15" t="n">
+      <c r="KG10" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="KD10" s="15" t="n">
+      <c r="KH10" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="KE10" s="15" t="n">
+      <c r="KI10" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="KF10" s="15" t="n">
+      <c r="KJ10" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="KG10" s="15" t="n">
+      <c r="KK10" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="KH10" s="15" t="n">
+      <c r="KL10" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="KI10" s="15" t="n">
+      <c r="KM10" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="KJ10" s="15" t="n">
+      <c r="KN10" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="KK10" s="15" t="n">
+      <c r="KO10" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="KL10" s="15" t="n">
+      <c r="KP10" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="KM10" s="15" t="n">
+      <c r="KQ10" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="KN10" s="15" t="n">
+      <c r="KR10" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="KO10" s="15" t="n">
+      <c r="KS10" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="KP10" s="15" t="n">
+      <c r="KT10" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="KQ10" s="15" t="n">
+      <c r="KU10" s="15" t="n">
         <v>-0.1</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.4</v>
       </c>
       <c r="KV10" s="15" t="n">
         <v>0.3</v>
       </c>
       <c r="KW10" s="15" t="n">
-        <v>0.0</v>
+        <v>-0.2</v>
       </c>
       <c r="KX10" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="KY10" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="KZ10" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="LA10" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="LB10" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="KY10" s="15" t="n">
+      <c r="LC10" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="KZ10" s="15" t="n">
+      <c r="LD10" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="LA10" s="15" t="n">
+      <c r="LE10" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="LB10" s="15" t="n">
+      <c r="LF10" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="LC10" s="15" t="n">
+      <c r="LG10" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="LD10" s="15" t="n">
+      <c r="LH10" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="LE10" s="15" t="n">
+      <c r="LI10" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="LF10" s="15" t="n">
+      <c r="LJ10" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="LG10" s="15" t="n">
-[...2 lines deleted...]
-      <c r="LH10" s="15" t="n">
+      <c r="LK10" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="LL10" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="LI10" s="15" t="n">
+      <c r="LM10" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="LJ10" s="15" t="n">
+      <c r="LN10" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="LK10" s="15" t="n">
+      <c r="LO10" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="LL10" s="15" t="n">
+      <c r="LP10" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="LM10" s="15" t="n">
-[...2 lines deleted...]
-      <c r="LN10" s="15" t="n">
+      <c r="LQ10" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="LR10" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="LO10" s="15" t="n">
+      <c r="LS10" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="LP10" s="15" t="n">
+      <c r="LT10" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="LQ10" s="15" t="n">
+      <c r="LU10" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="LR10" s="15" t="n">
+      <c r="LV10" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="LS10" s="15" t="n">
+      <c r="LW10" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="LT10" s="15" t="n">
-[...2 lines deleted...]
-      <c r="LU10" s="15" t="n">
+      <c r="LX10" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="LY10" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="LV10" s="15" t="n">
+      <c r="LZ10" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="LW10" s="15" t="n">
+      <c r="MA10" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="LX10" s="15" t="n">
+      <c r="MB10" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="LY10" s="15" t="n">
+      <c r="MC10" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="LZ10" s="15" t="n">
+      <c r="MD10" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="MA10" s="15" t="n">
-[...5 lines deleted...]
-      <c r="MC10" s="15" t="n">
+      <c r="ME10" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="MF10" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="MG10" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="MD10" s="15" t="n">
+      <c r="MH10" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="ME10" s="15" t="n">
+      <c r="MI10" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="MF10" s="15" t="n">
+      <c r="MJ10" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="MG10" s="15" t="n">
+      <c r="MK10" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="MH10" s="15" t="n">
+      <c r="ML10" s="15" t="n">
         <v>-0.2</v>
-      </c>
-[...10 lines deleted...]
-        <v>1.2</v>
       </c>
       <c r="MM10" s="15" t="n">
         <v>0.3</v>
       </c>
       <c r="MN10" s="15" t="n">
         <v>-0.1</v>
       </c>
       <c r="MO10" s="15" t="n">
-        <v>0.0</v>
+        <v>-0.3</v>
       </c>
       <c r="MP10" s="15" t="n">
-        <v>0.0</v>
+        <v>1.2</v>
       </c>
       <c r="MQ10" s="15" t="n">
         <v>0.3</v>
       </c>
       <c r="MR10" s="15" t="n">
         <v>-0.1</v>
       </c>
       <c r="MS10" s="15" t="n">
-        <v>-0.3</v>
+        <v>0.0</v>
       </c>
       <c r="MT10" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="MU10" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="MV10" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="MW10" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="MX10" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="MU10" s="15" t="n">
+      <c r="MY10" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="MV10" s="15" t="n">
+      <c r="MZ10" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="NA10" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="NB10" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="NC10" s="15" t="n">
+        <v>-0.9</v>
+      </c>
+      <c r="ND10" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="NE10" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="NF10" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="NG10" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="NH10" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="NI10" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="NJ10" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="NK10" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="MW10" s="15" t="n">
-[...2 lines deleted...]
-      <c r="MX10" s="15" t="n">
+      <c r="NL10" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="NM10" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="NN10" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="NO10" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="MY10" s="15" t="n">
-[...23 lines deleted...]
-      <c r="NG10" s="15" t="n">
+      <c r="NP10" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="NQ10" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="NR10" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="NH10" s="15" t="n">
-[...17 lines deleted...]
-      <c r="NN10" s="15" t="n">
+      <c r="NS10" s="15" t="n">
         <v>0.5</v>
-      </c>
-[...13 lines deleted...]
-        <v>0.3</v>
       </c>
       <c r="NT10" s="15" t="n">
         <v>-0.1</v>
       </c>
       <c r="NU10" s="15" t="n">
-        <v>0.0</v>
+        <v>-0.5</v>
       </c>
       <c r="NV10" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="NW10" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="NX10" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="NY10" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="NZ10" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="NW10" s="15" t="n">
+      <c r="OA10" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="NX10" s="15" t="n">
+      <c r="OB10" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="NY10" s="15" t="n">
-[...5 lines deleted...]
-      <c r="OA10" s="15" t="n">
+      <c r="OC10" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="OD10" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="OE10" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="OB10" s="15" t="n">
+      <c r="OF10" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="OC10" s="15" t="n">
+      <c r="OG10" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="OD10" s="15" t="n">
-[...2 lines deleted...]
-      <c r="OE10" s="15" t="n">
+      <c r="OH10" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="OI10" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="OF10" s="15" t="n">
+      <c r="OJ10" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="OG10" s="15" t="n">
+      <c r="OK10" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="OH10" s="15" t="n">
+      <c r="OL10" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="OI10" s="15" t="n">
+      <c r="OM10" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="OJ10" s="15" t="n">
+      <c r="ON10" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="OK10" s="15" t="n">
+      <c r="OO10" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="OL10" s="15" t="n">
+      <c r="OP10" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="OM10" s="15" t="n">
+      <c r="OQ10" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="ON10" s="15" t="n">
+      <c r="OR10" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="OO10" s="15" t="n">
+      <c r="OS10" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="OP10" s="15" t="n">
+      <c r="OT10" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="OQ10" s="15" t="n">
+      <c r="OU10" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="OR10" s="15" t="n">
+      <c r="OV10" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="OS10" s="15" t="n">
+      <c r="OW10" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="OT10" s="15" t="n">
+      <c r="OX10" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="OU10" s="15" t="n">
+      <c r="OY10" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="OV10" s="15" t="n">
+      <c r="OZ10" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="OW10" s="15" t="n">
+      <c r="PA10" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="OX10" s="15" t="n">
+      <c r="PB10" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="OY10" s="15" t="n">
+      <c r="PC10" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="OZ10" s="15" t="n">
-[...2 lines deleted...]
-      <c r="PA10" s="15" t="n">
+      <c r="PD10" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="PE10" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="PB10" s="15" t="n">
+      <c r="PF10" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="PC10" s="15" t="n">
-[...10 lines deleted...]
-      </c>
       <c r="PG10" s="15" t="n">
-        <v>0.0</v>
-[...10 lines deleted...]
-      <c r="PK10" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="PL10" s="15" t="n">
-[...125 lines deleted...]
-      <c r="RB10" s="15" t="n">
+      <c r="PH10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PI10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PJ10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PK10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PL10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PM10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PN10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PO10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PP10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PQ10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PR10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PS10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PT10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PU10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PV10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PW10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PX10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PY10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PZ10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QA10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QB10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QC10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QD10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QE10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QF10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QG10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QH10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QI10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QJ10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QK10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QL10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QM10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QN10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QO10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QP10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QQ10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QR10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QS10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QT10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QU10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QV10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QW10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QX10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QY10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QZ10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RA10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RB10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RC10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RD10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RE10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RF10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RG10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RH10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RI10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RJ10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RK10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RL10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RM10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RN10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RO10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RP10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RQ10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RR10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RS10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RT10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RU10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RV10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RW10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RX10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RY10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RZ10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SA10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SB10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SC10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SD10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SE10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SF10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SG10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SH10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SI10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SJ10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SK10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SL10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SM10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SN10" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="SO10" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="SP10" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="SQ10" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="RC10" s="15" t="n">
-[...106 lines deleted...]
-      <c r="SL10" s="15" t="n">
+      <c r="SR10" s="15" t="n">
         <v>1.4</v>
-      </c>
-[...16 lines deleted...]
-        <v>1.5</v>
       </c>
       <c r="SS10" s="15" t="n">
         <v>1.3</v>
       </c>
       <c r="ST10" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="SU10" s="15" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="SV10" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="SW10" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="SX10" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="SY10" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="SZ10" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="SU10" s="15" t="n">
+      <c r="TA10" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="SV10" s="15" t="n">
+      <c r="TB10" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="SW10" s="15" t="n">
+      <c r="TC10" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="SX10" s="15" t="n">
+      <c r="TD10" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="SY10" s="15" t="n">
+      <c r="TE10" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="SZ10" s="15" t="n">
+      <c r="TF10" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="TA10" s="15" t="n">
-[...2 lines deleted...]
-      <c r="TB10" s="15" t="n">
+      <c r="TG10" s="15" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="TH10" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="TC10" s="15" t="n">
+      <c r="TI10" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="TD10" s="15" t="n">
+      <c r="TJ10" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="TE10" s="15" t="n">
+      <c r="TK10" s="15" t="n">
         <v>5.4</v>
       </c>
-      <c r="TF10" s="15" t="n">
+      <c r="TL10" s="15" t="n">
         <v>7.5</v>
       </c>
-      <c r="TG10" s="15" t="n">
+      <c r="TM10" s="15" t="n">
         <v>8.6</v>
       </c>
-      <c r="TH10" s="15" t="n">
+      <c r="TN10" s="15" t="n">
         <v>10.4</v>
       </c>
-      <c r="TI10" s="15" t="n">
+      <c r="TO10" s="15" t="n">
         <v>10.8</v>
       </c>
-      <c r="TJ10" s="15" t="n">
+      <c r="TP10" s="15" t="n">
         <v>11.9</v>
       </c>
-      <c r="TK10" s="15" t="n">
+      <c r="TQ10" s="15" t="n">
         <v>11.9</v>
       </c>
-      <c r="TL10" s="15" t="n">
+      <c r="TR10" s="15" t="n">
         <v>12.2</v>
       </c>
-      <c r="TM10" s="15" t="n">
+      <c r="TS10" s="15" t="n">
         <v>11.7</v>
       </c>
-      <c r="TN10" s="15" t="n">
+      <c r="TT10" s="15" t="n">
         <v>13.4</v>
       </c>
-      <c r="TO10" s="15" t="n">
+      <c r="TU10" s="15" t="n">
         <v>14.3</v>
       </c>
-      <c r="TP10" s="15" t="n">
+      <c r="TV10" s="15" t="n">
         <v>17.9</v>
       </c>
-      <c r="TQ10" s="15" t="n">
+      <c r="TW10" s="15" t="n">
         <v>18.1</v>
       </c>
-      <c r="TR10" s="15" t="n">
+      <c r="TX10" s="15" t="n">
         <v>16.7</v>
       </c>
-      <c r="TS10" s="15" t="n">
+      <c r="TY10" s="15" t="n">
         <v>15.7</v>
       </c>
-      <c r="TT10" s="15" t="n">
+      <c r="TZ10" s="15" t="n">
         <v>15.3</v>
       </c>
-      <c r="TU10" s="15" t="n">
-[...2 lines deleted...]
-      <c r="TV10" s="15" t="n">
+      <c r="UA10" s="15" t="n">
+        <v>15.5</v>
+      </c>
+      <c r="UB10" s="15" t="n">
         <v>14.4</v>
       </c>
-      <c r="TW10" s="15" t="n">
+      <c r="UC10" s="15" t="n">
         <v>13.8</v>
       </c>
-      <c r="TX10" s="15" t="n">
+      <c r="UD10" s="15" t="n">
         <v>13.5</v>
       </c>
-      <c r="TY10" s="15" t="n">
+      <c r="UE10" s="15" t="n">
         <v>13.0</v>
       </c>
-      <c r="TZ10" s="15" t="n">
+      <c r="UF10" s="15" t="n">
         <v>11.0</v>
       </c>
-      <c r="UA10" s="15" t="n">
+      <c r="UG10" s="15" t="n">
         <v>10.1</v>
       </c>
-      <c r="UB10" s="15" t="n">
+      <c r="UH10" s="15" t="n">
         <v>6.8</v>
       </c>
-      <c r="UC10" s="15" t="n">
+      <c r="UI10" s="15" t="n">
         <v>5.6</v>
       </c>
-      <c r="UD10" s="15" t="n">
+      <c r="UJ10" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="UE10" s="15" t="n">
+      <c r="UK10" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="UF10" s="15" t="n">
+      <c r="UL10" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="UG10" s="15" t="n">
+      <c r="UM10" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="UH10" s="15" t="n">
+      <c r="UN10" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="UI10" s="15" t="n">
+      <c r="UO10" s="15" t="n">
         <v>1.6</v>
-      </c>
-[...16 lines deleted...]
-        <v>1.2</v>
       </c>
       <c r="UP10" s="15" t="n">
         <v>1.4</v>
       </c>
       <c r="UQ10" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="UR10" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="US10" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="UT10" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="UR10" s="15" t="n">
+      <c r="UU10" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="UV10" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="UW10" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="UX10" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="US10" s="15" t="n">
-[...2 lines deleted...]
-      <c r="UT10" s="15" t="n">
+      <c r="UY10" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="UZ10" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="UU10" s="15" t="n">
+      <c r="VA10" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="UV10" s="15" t="n">
+      <c r="VB10" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="UW10" s="15" t="n">
+      <c r="VC10" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="UX10" s="15" t="n">
+      <c r="VD10" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="UY10" s="15" t="n">
+      <c r="VE10" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="UZ10" s="15" t="n">
+      <c r="VF10" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="VA10" s="15" t="n">
+      <c r="VG10" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="VB10" s="15" t="n">
+      <c r="VH10" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="VC10" s="15" t="n">
+      <c r="VI10" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="VD10" s="15" t="n">
+      <c r="VJ10" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="VE10" s="15" t="n">
+      <c r="VK10" s="15" t="n">
         <v>1.2</v>
-      </c>
-[...16 lines deleted...]
-        <v>0.8</v>
       </c>
       <c r="VL10" s="15" t="n">
         <v>0.9</v>
       </c>
       <c r="VM10" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="VN10" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="VO10" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="VP10" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="VQ10" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="VR10" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="VS10" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="VN10" s="15" t="n">
+      <c r="VT10" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="VO10" s="15" t="n">
+      <c r="VU10" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="VP10" s="15" t="n">
+      <c r="VV10" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="VQ10" s="15" t="n">
+      <c r="VW10" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="VR10" s="15" t="n">
+      <c r="VX10" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="VS10" s="15" t="n">
+      <c r="VY10" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="VT10" s="15" t="n">
+      <c r="VZ10" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="VU10" s="15" t="n">
+      <c r="WA10" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="VV10" s="15" t="n">
+      <c r="WB10" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="VW10" s="15" t="n">
+      <c r="WC10" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="VX10" s="15" t="n">
+      <c r="WD10" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="VY10" s="15" t="n">
+      <c r="WE10" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="VZ10" s="15" t="n">
+      <c r="WF10" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="WA10" s="15" t="n">
+      <c r="WG10" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="WB10" s="15" t="n">
+      <c r="WH10" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="WC10" s="15" t="n">
-[...2 lines deleted...]
-      <c r="WD10" s="15" t="n">
+      <c r="WI10" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="WJ10" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="WE10" s="15" t="n">
-[...2 lines deleted...]
-      <c r="WF10" s="15" t="n">
+      <c r="WK10" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="WG10" s="15" t="n">
-[...13 lines deleted...]
-      </c>
       <c r="WL10" s="15" t="n">
-        <v>1.0</v>
+        <v>0.1</v>
       </c>
       <c r="WM10" s="15" t="n">
         <v>0.8</v>
       </c>
       <c r="WN10" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="WO10" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="WP10" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="WQ10" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="WR10" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="WS10" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="WT10" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="WO10" s="15" t="n">
+      <c r="WU10" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="WP10" s="15" t="n">
+      <c r="WV10" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="WQ10" s="15" t="n">
+      <c r="WW10" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="WR10" s="15" t="n">
+      <c r="WX10" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="WS10" s="15" t="n">
+      <c r="WY10" s="15" t="n">
         <v>1.5</v>
-      </c>
-[...16 lines deleted...]
-        <v>1.8</v>
       </c>
       <c r="WZ10" s="15" t="n">
         <v>1.7</v>
       </c>
       <c r="XA10" s="15" t="n">
-        <v>1.9</v>
+        <v>2.0</v>
       </c>
       <c r="XB10" s="15" t="n">
-        <v>1.8</v>
+        <v>1.7</v>
       </c>
       <c r="XC10" s="15" t="n">
-        <v>1.9</v>
+        <v>1.3</v>
       </c>
       <c r="XD10" s="15" t="n">
-        <v>1.4</v>
+        <v>2.1</v>
       </c>
       <c r="XE10" s="15" t="n">
         <v>1.8</v>
       </c>
       <c r="XF10" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="XG10" s="15" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="XH10" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="XI10" s="15" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="XJ10" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="XK10" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="XL10" s="15" t="n">
         <v>1.3</v>
-      </c>
-[...16 lines deleted...]
-        <v>0.2</v>
       </c>
       <c r="XM10" s="15" t="n">
         <v>0.4</v>
       </c>
       <c r="XN10" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="XO10" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="XP10" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="XQ10" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="XR10" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="XS10" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="XT10" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="XO10" s="15" t="n">
+      <c r="XU10" s="15" t="n">
         <v>-2.2</v>
       </c>
-      <c r="XP10" s="15" t="n">
+      <c r="XV10" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="XQ10" s="15" t="n">
+      <c r="XW10" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="XR10" s="15" t="n">
+      <c r="XX10" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="XS10" s="15" t="n">
+      <c r="XY10" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="XT10" s="15" t="n">
+      <c r="XZ10" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="XU10" s="15" t="n">
+      <c r="YA10" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="XV10" s="15" t="n">
+      <c r="YB10" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="XW10" s="15" t="n">
+      <c r="YC10" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="XX10" s="15" t="n">
+      <c r="YD10" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="XY10" s="15" t="n">
+      <c r="YE10" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="XZ10" s="15" t="n">
+      <c r="YF10" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="YA10" s="15" t="n">
+      <c r="YG10" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="YB10" s="15" t="n">
+      <c r="YH10" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="YC10" s="15" t="n">
+      <c r="YI10" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="YD10" s="15" t="n">
+      <c r="YJ10" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="YE10" s="15" t="n">
+      <c r="YK10" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="YF10" s="15" t="n">
+      <c r="YL10" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="YG10" s="15" t="n">
-[...2 lines deleted...]
-      <c r="YH10" s="15" t="n">
+      <c r="YM10" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="YN10" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="YI10" s="15" t="n">
+      <c r="YO10" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="YJ10" s="15" t="n">
+      <c r="YP10" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="YK10" s="15" t="n">
+      <c r="YQ10" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="YL10" s="15" t="n">
+      <c r="YR10" s="15" t="n">
         <v>1.4</v>
-      </c>
-[...16 lines deleted...]
-        <v>1.7</v>
       </c>
       <c r="YS10" s="15" t="n">
         <v>2.1</v>
       </c>
       <c r="YT10" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="YU10" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="YV10" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="YW10" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="YX10" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="YY10" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="YZ10" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="YU10" s="15" t="n">
-[...213 lines deleted...]
-        <v>4.5</v>
+      <c r="ZA10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZB10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZC10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZD10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZE10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZF10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZG10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZH10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZI10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZJ10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZK10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZL10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZM10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZN10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZO10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZP10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZQ10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZR10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZS10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZT10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZU10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZV10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZW10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZX10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZY10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZZ10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAA10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAB10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAC10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAD10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAE10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAF10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAG10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAH10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAI10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAJ10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAK10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAL10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAM10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAN10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAO10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAP10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAQ10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAR10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAS10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAT10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAU10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAV10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAW10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAX10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAY10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAZ10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABA10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABB10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABC10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABD10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABE10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABF10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABG10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABH10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABI10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABJ10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABK10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABL10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABM10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABN10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
       </c>
       <c r="ABO10" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABP10" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABQ10" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABR10" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABS10" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABT10" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABU10" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABV10" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABW10" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABX10" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABY10" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABZ10" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACA10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACB10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACC10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACD10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACE10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACF10" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    02 Bebidas alcohólicas y tabaco</t>
         </is>
       </c>
       <c r="B11" s="14" t="n">
-        <v>128.49</v>
+        <v>103.25</v>
       </c>
       <c r="C11" s="14" t="n">
-        <v>128.24</v>
+        <v>101.43</v>
       </c>
       <c r="D11" s="14" t="n">
-        <v>128.12</v>
+        <v>100.73</v>
       </c>
       <c r="E11" s="14" t="n">
-        <v>127.9</v>
+        <v>100.54</v>
       </c>
       <c r="F11" s="14" t="n">
-        <v>127.93</v>
+        <v>100.45</v>
       </c>
       <c r="G11" s="14" t="n">
-        <v>128.06</v>
+        <v>100.27</v>
       </c>
       <c r="H11" s="14" t="n">
-        <v>127.49</v>
+        <v>100.29</v>
       </c>
       <c r="I11" s="14" t="n">
-        <v>126.24</v>
+        <v>100.39</v>
       </c>
       <c r="J11" s="14" t="n">
-        <v>126.53</v>
+        <v>99.95</v>
       </c>
       <c r="K11" s="14" t="n">
-        <v>126.27</v>
+        <v>98.97</v>
       </c>
       <c r="L11" s="14" t="n">
-        <v>125.99</v>
+        <v>99.2</v>
       </c>
       <c r="M11" s="14" t="n">
-        <v>123.97</v>
+        <v>98.99</v>
       </c>
       <c r="N11" s="14" t="n">
-        <v>123.17</v>
+        <v>98.78</v>
       </c>
       <c r="O11" s="14" t="n">
-        <v>123.17</v>
+        <v>97.19</v>
       </c>
       <c r="P11" s="14" t="n">
-        <v>122.99</v>
+        <v>96.56</v>
       </c>
       <c r="Q11" s="14" t="n">
-        <v>122.76</v>
+        <v>96.57</v>
       </c>
       <c r="R11" s="14" t="n">
-        <v>122.85</v>
+        <v>96.42</v>
       </c>
       <c r="S11" s="14" t="n">
-        <v>122.77</v>
+        <v>96.24</v>
       </c>
       <c r="T11" s="14" t="n">
-        <v>123.09</v>
+        <v>96.31</v>
       </c>
       <c r="U11" s="14" t="n">
-        <v>122.98</v>
+        <v>96.25</v>
       </c>
       <c r="V11" s="14" t="n">
-        <v>122.68</v>
+        <v>96.5</v>
       </c>
       <c r="W11" s="14" t="n">
-        <v>122.62</v>
+        <v>96.42</v>
       </c>
       <c r="X11" s="14" t="n">
-        <v>120.79</v>
+        <v>96.18</v>
       </c>
       <c r="Y11" s="14" t="n">
-        <v>118.02</v>
+        <v>96.13</v>
       </c>
       <c r="Z11" s="14" t="n">
-        <v>118.89</v>
+        <v>94.7</v>
       </c>
       <c r="AA11" s="14" t="n">
-        <v>118.94</v>
+        <v>92.52</v>
       </c>
       <c r="AB11" s="14" t="n">
-        <v>118.87</v>
+        <v>93.21</v>
       </c>
       <c r="AC11" s="14" t="n">
-        <v>118.5</v>
+        <v>93.25</v>
       </c>
       <c r="AD11" s="14" t="n">
-        <v>118.43</v>
+        <v>93.19</v>
       </c>
       <c r="AE11" s="14" t="n">
-        <v>118.33</v>
+        <v>92.9</v>
       </c>
       <c r="AF11" s="14" t="n">
-        <v>118.24</v>
+        <v>92.85</v>
       </c>
       <c r="AG11" s="14" t="n">
-        <v>118.19</v>
+        <v>92.77</v>
       </c>
       <c r="AH11" s="14" t="n">
-        <v>117.91</v>
+        <v>92.7</v>
       </c>
       <c r="AI11" s="14" t="n">
-        <v>117.14</v>
+        <v>92.66</v>
       </c>
       <c r="AJ11" s="14" t="n">
-        <v>115.88</v>
+        <v>92.44</v>
       </c>
       <c r="AK11" s="14" t="n">
-        <v>114.15</v>
+        <v>91.83</v>
       </c>
       <c r="AL11" s="14" t="n">
-        <v>110.97</v>
+        <v>90.85</v>
       </c>
       <c r="AM11" s="14" t="n">
-        <v>110.51</v>
+        <v>89.49</v>
       </c>
       <c r="AN11" s="14" t="n">
-        <v>110.32</v>
+        <v>87.0</v>
       </c>
       <c r="AO11" s="14" t="n">
-        <v>110.16</v>
+        <v>86.64</v>
       </c>
       <c r="AP11" s="14" t="n">
-        <v>109.87</v>
+        <v>86.49</v>
       </c>
       <c r="AQ11" s="14" t="n">
-        <v>109.47</v>
+        <v>86.36</v>
       </c>
       <c r="AR11" s="14" t="n">
-        <v>109.0</v>
+        <v>86.13</v>
       </c>
       <c r="AS11" s="14" t="n">
-        <v>108.98</v>
+        <v>85.82</v>
       </c>
       <c r="AT11" s="14" t="n">
-        <v>108.62</v>
+        <v>85.45</v>
       </c>
       <c r="AU11" s="14" t="n">
-        <v>108.03</v>
+        <v>85.44</v>
       </c>
       <c r="AV11" s="14" t="n">
-        <v>107.06</v>
+        <v>85.16</v>
       </c>
       <c r="AW11" s="14" t="n">
-        <v>106.52</v>
+        <v>84.7</v>
       </c>
       <c r="AX11" s="14" t="n">
-        <v>106.61</v>
+        <v>83.94</v>
       </c>
       <c r="AY11" s="14" t="n">
-        <v>106.55</v>
+        <v>83.51</v>
       </c>
       <c r="AZ11" s="14" t="n">
-        <v>105.75</v>
+        <v>83.58</v>
       </c>
       <c r="BA11" s="14" t="n">
-        <v>105.21</v>
+        <v>83.53</v>
       </c>
       <c r="BB11" s="14" t="n">
-        <v>105.13</v>
+        <v>82.91</v>
       </c>
       <c r="BC11" s="14" t="n">
-        <v>105.2</v>
+        <v>82.48</v>
       </c>
       <c r="BD11" s="14" t="n">
-        <v>105.4</v>
+        <v>82.42</v>
       </c>
       <c r="BE11" s="14" t="n">
-        <v>105.43</v>
+        <v>82.48</v>
       </c>
       <c r="BF11" s="14" t="n">
-        <v>105.42</v>
+        <v>82.64</v>
       </c>
       <c r="BG11" s="14" t="n">
-        <v>105.57</v>
+        <v>82.65</v>
       </c>
       <c r="BH11" s="14" t="n">
-        <v>105.35</v>
+        <v>82.65</v>
       </c>
       <c r="BI11" s="14" t="n">
-        <v>104.83</v>
+        <v>82.76</v>
       </c>
       <c r="BJ11" s="14" t="n">
-        <v>105.37</v>
+        <v>82.6</v>
       </c>
       <c r="BK11" s="14" t="n">
-        <v>105.37</v>
+        <v>82.18</v>
       </c>
       <c r="BL11" s="14" t="n">
-        <v>105.43</v>
+        <v>82.61</v>
       </c>
       <c r="BM11" s="14" t="n">
-        <v>105.39</v>
+        <v>82.61</v>
       </c>
       <c r="BN11" s="14" t="n">
-        <v>105.38</v>
+        <v>82.65</v>
       </c>
       <c r="BO11" s="14" t="n">
-        <v>105.53</v>
+        <v>82.62</v>
       </c>
       <c r="BP11" s="14" t="n">
-        <v>105.71</v>
+        <v>82.62</v>
       </c>
       <c r="BQ11" s="14" t="n">
-        <v>105.58</v>
+        <v>82.73</v>
       </c>
       <c r="BR11" s="14" t="n">
-        <v>105.42</v>
+        <v>82.88</v>
       </c>
       <c r="BS11" s="14" t="n">
-        <v>105.38</v>
+        <v>82.78</v>
       </c>
       <c r="BT11" s="14" t="n">
-        <v>104.94</v>
+        <v>82.64</v>
       </c>
       <c r="BU11" s="14" t="n">
-        <v>104.5</v>
+        <v>82.61</v>
       </c>
       <c r="BV11" s="14" t="n">
-        <v>104.84</v>
+        <v>82.27</v>
       </c>
       <c r="BW11" s="14" t="n">
-        <v>104.89</v>
+        <v>81.93</v>
       </c>
       <c r="BX11" s="14" t="n">
-        <v>104.85</v>
+        <v>82.19</v>
       </c>
       <c r="BY11" s="14" t="n">
-        <v>104.86</v>
+        <v>82.23</v>
       </c>
       <c r="BZ11" s="14" t="n">
-        <v>104.83</v>
+        <v>82.2</v>
       </c>
       <c r="CA11" s="14" t="n">
-        <v>104.84</v>
+        <v>82.21</v>
       </c>
       <c r="CB11" s="14" t="n">
-        <v>104.95</v>
+        <v>82.19</v>
       </c>
       <c r="CC11" s="14" t="n">
-        <v>104.85</v>
+        <v>82.2</v>
       </c>
       <c r="CD11" s="14" t="n">
-        <v>104.89</v>
+        <v>82.28</v>
       </c>
       <c r="CE11" s="14" t="n">
-        <v>104.78</v>
+        <v>82.2</v>
       </c>
       <c r="CF11" s="14" t="n">
-        <v>104.44</v>
+        <v>82.24</v>
       </c>
       <c r="CG11" s="14" t="n">
-        <v>104.05</v>
+        <v>82.14</v>
       </c>
       <c r="CH11" s="14" t="n">
-        <v>104.42</v>
+        <v>81.88</v>
       </c>
       <c r="CI11" s="14" t="n">
-        <v>104.45</v>
+        <v>81.57</v>
       </c>
       <c r="CJ11" s="14" t="n">
-        <v>104.37</v>
+        <v>81.87</v>
       </c>
       <c r="CK11" s="14" t="n">
-        <v>104.29</v>
+        <v>81.88</v>
       </c>
       <c r="CL11" s="14" t="n">
-        <v>104.34</v>
+        <v>81.82</v>
       </c>
       <c r="CM11" s="14" t="n">
-        <v>104.4</v>
+        <v>81.76</v>
       </c>
       <c r="CN11" s="14" t="n">
-        <v>104.32</v>
+        <v>81.8</v>
       </c>
       <c r="CO11" s="14" t="n">
-        <v>104.08</v>
+        <v>81.85</v>
       </c>
       <c r="CP11" s="14" t="n">
-        <v>103.85</v>
+        <v>81.79</v>
       </c>
       <c r="CQ11" s="14" t="n">
-        <v>103.53</v>
+        <v>81.6</v>
       </c>
       <c r="CR11" s="14" t="n">
-        <v>103.09</v>
+        <v>81.41</v>
       </c>
       <c r="CS11" s="14" t="n">
-        <v>102.65</v>
+        <v>81.17</v>
       </c>
       <c r="CT11" s="14" t="n">
-        <v>102.43</v>
+        <v>80.82</v>
       </c>
       <c r="CU11" s="14" t="n">
-        <v>102.31</v>
+        <v>80.47</v>
       </c>
       <c r="CV11" s="14" t="n">
-        <v>102.22</v>
+        <v>80.3</v>
       </c>
       <c r="CW11" s="14" t="n">
-        <v>102.18</v>
+        <v>80.21</v>
       </c>
       <c r="CX11" s="14" t="n">
-        <v>102.19</v>
+        <v>80.14</v>
       </c>
       <c r="CY11" s="14" t="n">
-        <v>102.18</v>
+        <v>80.1</v>
       </c>
       <c r="CZ11" s="14" t="n">
-        <v>102.15</v>
+        <v>80.11</v>
       </c>
       <c r="DA11" s="14" t="n">
-        <v>102.05</v>
+        <v>80.1</v>
       </c>
       <c r="DB11" s="14" t="n">
-        <v>102.12</v>
+        <v>80.09</v>
       </c>
       <c r="DC11" s="14" t="n">
-        <v>102.11</v>
+        <v>80.01</v>
       </c>
       <c r="DD11" s="14" t="n">
-        <v>101.81</v>
+        <v>80.06</v>
       </c>
       <c r="DE11" s="14" t="n">
-        <v>100.93</v>
+        <v>80.05</v>
       </c>
       <c r="DF11" s="14" t="n">
-        <v>100.55</v>
+        <v>79.82</v>
       </c>
       <c r="DG11" s="14" t="n">
-        <v>100.51</v>
+        <v>79.13</v>
       </c>
       <c r="DH11" s="14" t="n">
-        <v>100.47</v>
+        <v>78.83</v>
       </c>
       <c r="DI11" s="14" t="n">
-        <v>100.47</v>
+        <v>78.8</v>
       </c>
       <c r="DJ11" s="14" t="n">
-        <v>100.51</v>
+        <v>78.77</v>
       </c>
       <c r="DK11" s="14" t="n">
-        <v>100.54</v>
+        <v>78.77</v>
       </c>
       <c r="DL11" s="14" t="n">
-        <v>100.59</v>
+        <v>78.8</v>
       </c>
       <c r="DM11" s="14" t="n">
-        <v>100.46</v>
+        <v>78.82</v>
       </c>
       <c r="DN11" s="14" t="n">
-        <v>100.43</v>
+        <v>78.86</v>
       </c>
       <c r="DO11" s="14" t="n">
-        <v>100.35</v>
+        <v>78.76</v>
       </c>
       <c r="DP11" s="14" t="n">
-        <v>100.1</v>
+        <v>78.74</v>
       </c>
       <c r="DQ11" s="14" t="n">
-        <v>100.08</v>
+        <v>78.67</v>
       </c>
       <c r="DR11" s="14" t="n">
-        <v>100.16</v>
+        <v>78.48</v>
       </c>
       <c r="DS11" s="14" t="n">
-        <v>100.17</v>
+        <v>78.46</v>
       </c>
       <c r="DT11" s="14" t="n">
-        <v>100.15</v>
+        <v>78.52</v>
       </c>
       <c r="DU11" s="14" t="n">
-        <v>100.1</v>
+        <v>78.53</v>
       </c>
       <c r="DV11" s="14" t="n">
-        <v>100.09</v>
+        <v>78.52</v>
       </c>
       <c r="DW11" s="14" t="n">
-        <v>100.03</v>
+        <v>78.48</v>
       </c>
       <c r="DX11" s="14" t="n">
-        <v>100.03</v>
+        <v>78.47</v>
       </c>
       <c r="DY11" s="14" t="n">
-        <v>99.99</v>
+        <v>78.42</v>
       </c>
       <c r="DZ11" s="14" t="n">
-        <v>100.03</v>
+        <v>78.42</v>
       </c>
       <c r="EA11" s="14" t="n">
-        <v>99.92</v>
+        <v>78.39</v>
       </c>
       <c r="EB11" s="14" t="n">
-        <v>99.25</v>
+        <v>78.42</v>
       </c>
       <c r="EC11" s="14" t="n">
-        <v>98.77</v>
+        <v>78.34</v>
       </c>
       <c r="ED11" s="14" t="n">
-        <v>98.95</v>
+        <v>77.81</v>
       </c>
       <c r="EE11" s="14" t="n">
-        <v>98.93</v>
+        <v>77.44</v>
       </c>
       <c r="EF11" s="14" t="n">
-        <v>98.88</v>
+        <v>77.57</v>
       </c>
       <c r="EG11" s="14" t="n">
-        <v>98.87</v>
+        <v>77.56</v>
       </c>
       <c r="EH11" s="14" t="n">
-        <v>98.77</v>
+        <v>77.52</v>
       </c>
       <c r="EI11" s="14" t="n">
-        <v>98.32</v>
+        <v>77.51</v>
       </c>
       <c r="EJ11" s="14" t="n">
-        <v>98.42</v>
+        <v>77.43</v>
       </c>
       <c r="EK11" s="14" t="n">
-        <v>98.5</v>
+        <v>77.08</v>
       </c>
       <c r="EL11" s="14" t="n">
-        <v>98.61</v>
+        <v>77.16</v>
       </c>
       <c r="EM11" s="14" t="n">
-        <v>98.53</v>
+        <v>77.22</v>
       </c>
       <c r="EN11" s="14" t="n">
-        <v>98.39</v>
+        <v>77.31</v>
       </c>
       <c r="EO11" s="14" t="n">
-        <v>98.39</v>
+        <v>77.25</v>
       </c>
       <c r="EP11" s="14" t="n">
-        <v>98.52</v>
+        <v>77.13</v>
       </c>
       <c r="EQ11" s="14" t="n">
-        <v>98.57</v>
+        <v>77.14</v>
       </c>
       <c r="ER11" s="14" t="n">
-        <v>98.48</v>
+        <v>77.24</v>
       </c>
       <c r="ES11" s="14" t="n">
-        <v>98.43</v>
+        <v>77.28</v>
       </c>
       <c r="ET11" s="14" t="n">
-        <v>98.02</v>
+        <v>77.2</v>
       </c>
       <c r="EU11" s="14" t="n">
-        <v>96.96</v>
+        <v>77.17</v>
       </c>
       <c r="EV11" s="14" t="n">
-        <v>96.94</v>
+        <v>76.85</v>
       </c>
       <c r="EW11" s="14" t="n">
-        <v>96.75</v>
+        <v>76.01</v>
       </c>
       <c r="EX11" s="14" t="n">
-        <v>96.71</v>
+        <v>76.0</v>
       </c>
       <c r="EY11" s="14" t="n">
-        <v>96.64</v>
+        <v>75.85</v>
       </c>
       <c r="EZ11" s="14" t="n">
-        <v>96.26</v>
+        <v>75.82</v>
       </c>
       <c r="FA11" s="14" t="n">
-        <v>94.13</v>
+        <v>75.77</v>
       </c>
       <c r="FB11" s="14" t="n">
-        <v>93.92</v>
+        <v>75.46</v>
       </c>
       <c r="FC11" s="14" t="n">
-        <v>94.07</v>
+        <v>73.8</v>
       </c>
       <c r="FD11" s="14" t="n">
-        <v>94.06</v>
+        <v>73.63</v>
       </c>
       <c r="FE11" s="14" t="n">
-        <v>94.52</v>
+        <v>73.75</v>
       </c>
       <c r="FF11" s="14" t="n">
-        <v>94.7</v>
+        <v>73.74</v>
       </c>
       <c r="FG11" s="14" t="n">
-        <v>94.37</v>
+        <v>74.11</v>
       </c>
       <c r="FH11" s="14" t="n">
-        <v>94.36</v>
+        <v>74.25</v>
       </c>
       <c r="FI11" s="14" t="n">
-        <v>93.37</v>
+        <v>73.98</v>
       </c>
       <c r="FJ11" s="14" t="n">
-        <v>91.61</v>
+        <v>73.97</v>
       </c>
       <c r="FK11" s="14" t="n">
-        <v>91.56</v>
+        <v>73.2</v>
       </c>
       <c r="FL11" s="14" t="n">
-        <v>91.27</v>
+        <v>71.82</v>
       </c>
       <c r="FM11" s="14" t="n">
-        <v>91.13</v>
+        <v>71.78</v>
       </c>
       <c r="FN11" s="14" t="n">
-        <v>91.12</v>
+        <v>71.56</v>
       </c>
       <c r="FO11" s="14" t="n">
-        <v>90.99</v>
+        <v>71.44</v>
       </c>
       <c r="FP11" s="14" t="n">
-        <v>90.1</v>
+        <v>71.44</v>
       </c>
       <c r="FQ11" s="14" t="n">
-        <v>87.05</v>
+        <v>71.33</v>
       </c>
       <c r="FR11" s="14" t="n">
-        <v>87.15</v>
+        <v>70.64</v>
       </c>
       <c r="FS11" s="14" t="n">
-        <v>85.42</v>
+        <v>68.24</v>
       </c>
       <c r="FT11" s="14" t="n">
-        <v>89.65</v>
+        <v>68.33</v>
       </c>
       <c r="FU11" s="14" t="n">
-        <v>89.64</v>
+        <v>66.97</v>
       </c>
       <c r="FV11" s="14" t="n">
-        <v>89.69</v>
+        <v>70.28</v>
       </c>
       <c r="FW11" s="14" t="n">
-        <v>89.55</v>
+        <v>70.27</v>
       </c>
       <c r="FX11" s="14" t="n">
-        <v>89.35</v>
+        <v>70.32</v>
       </c>
       <c r="FY11" s="14" t="n">
-        <v>87.48</v>
+        <v>70.21</v>
       </c>
       <c r="FZ11" s="14" t="n">
-        <v>84.63</v>
-[...211 lines deleted...]
-      <c r="IS11" s="15" t="n">
+        <v>70.05</v>
+      </c>
+      <c r="GA11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GB11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GC11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GD11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GE11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GF11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GG11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GH11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GI11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GJ11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GK11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GL11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GM11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GN11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GO11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GP11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GQ11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GR11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GS11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GT11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GU11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GV11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GW11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GX11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GY11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GZ11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HA11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HB11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HC11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HD11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HE11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HF11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HG11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HH11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HI11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HJ11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HK11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HL11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HM11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HN11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HO11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HP11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HQ11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HR11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HS11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HT11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HU11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HV11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HW11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HX11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HY11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HZ11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IA11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IB11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IC11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IH11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="II11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IJ11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IK11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IL11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IM11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IN11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IO11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IP11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IQ11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IR11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IS11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IT11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IU11" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="IV11" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="IW11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="IT11" s="15" t="n">
+      <c r="IX11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="IU11" s="15" t="n">
+      <c r="IY11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="IV11" s="15" t="n">
-[...2 lines deleted...]
-      <c r="IW11" s="15" t="n">
+      <c r="IZ11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="JA11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="IX11" s="15" t="n">
+      <c r="JB11" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="IY11" s="15" t="n">
+      <c r="JC11" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="IZ11" s="15" t="n">
+      <c r="JD11" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="JA11" s="15" t="n">
+      <c r="JE11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="JB11" s="15" t="n">
+      <c r="JF11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="JC11" s="15" t="n">
+      <c r="JG11" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="JD11" s="15" t="n">
-[...5 lines deleted...]
-      <c r="JF11" s="15" t="n">
+      <c r="JH11" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="JI11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="JJ11" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="JK11" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="JL11" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="JM11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="JG11" s="15" t="n">
+      <c r="JN11" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="JO11" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="JP11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="JH11" s="15" t="n">
-[...2 lines deleted...]
-      <c r="JI11" s="15" t="n">
+      <c r="JQ11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="JJ11" s="15" t="n">
-[...11 lines deleted...]
-      <c r="JN11" s="15" t="n">
+      <c r="JR11" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="JO11" s="15" t="n">
-[...2 lines deleted...]
-      <c r="JP11" s="15" t="n">
+      <c r="JS11" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="JT11" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="JQ11" s="15" t="n">
-[...10 lines deleted...]
-      </c>
       <c r="JU11" s="15" t="n">
-        <v>0.1</v>
+        <v>0.0</v>
       </c>
       <c r="JV11" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="JW11" s="15" t="n">
-        <v>0.0</v>
+        <v>0.3</v>
       </c>
       <c r="JX11" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="JY11" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="JZ11" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="KA11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="KB11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="JY11" s="15" t="n">
+      <c r="KC11" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="JZ11" s="15" t="n">
+      <c r="KD11" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="KA11" s="15" t="n">
+      <c r="KE11" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="KB11" s="15" t="n">
+      <c r="KF11" s="15" t="n">
         <v>2.9</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.3</v>
       </c>
       <c r="KG11" s="15" t="n">
         <v>0.4</v>
       </c>
       <c r="KH11" s="15" t="n">
-        <v>0.4</v>
+        <v>0.2</v>
       </c>
       <c r="KI11" s="15" t="n">
-        <v>0.0</v>
+        <v>0.2</v>
       </c>
       <c r="KJ11" s="15" t="n">
         <v>0.3</v>
       </c>
       <c r="KK11" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="KL11" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="KM11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="KN11" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="KO11" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="KL11" s="15" t="n">
+      <c r="KP11" s="15" t="n">
         <v>0.9</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.8</v>
       </c>
       <c r="KQ11" s="15" t="n">
         <v>0.5</v>
       </c>
       <c r="KR11" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="KS11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="KS11" s="15" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="KT11" s="15" t="n">
-        <v>-0.2</v>
+        <v>0.7</v>
       </c>
       <c r="KU11" s="15" t="n">
-        <v>0.0</v>
+        <v>0.5</v>
       </c>
       <c r="KV11" s="15" t="n">
-        <v>0.0</v>
+        <v>0.1</v>
       </c>
       <c r="KW11" s="15" t="n">
         <v>-0.1</v>
       </c>
       <c r="KX11" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="KY11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="KZ11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="LA11" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="LB11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="KY11" s="15" t="n">
+      <c r="LC11" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="KZ11" s="15" t="n">
+      <c r="LD11" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="LA11" s="15" t="n">
-[...2 lines deleted...]
-      <c r="LB11" s="15" t="n">
+      <c r="LE11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="LF11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="LG11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="LH11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="LI11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="LC11" s="15" t="n">
-[...5 lines deleted...]
-      <c r="LE11" s="15" t="n">
+      <c r="LJ11" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="LK11" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="LL11" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="LM11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="LN11" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="LO11" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="LP11" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="LQ11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="LR11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="LS11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="LT11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="LU11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="LV11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="LF11" s="15" t="n">
-[...2 lines deleted...]
-      <c r="LG11" s="15" t="n">
+      <c r="LW11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="LH11" s="15" t="n">
-[...5 lines deleted...]
-      <c r="LJ11" s="15" t="n">
+      <c r="LX11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="LY11" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="LZ11" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="MA11" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="LK11" s="15" t="n">
-[...38 lines deleted...]
-      <c r="LX11" s="15" t="n">
+      <c r="MB11" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="LY11" s="15" t="n">
-[...10 lines deleted...]
-      </c>
       <c r="MC11" s="15" t="n">
-        <v>-0.1</v>
+        <v>0.0</v>
       </c>
       <c r="MD11" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="ME11" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="MF11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="MG11" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="MH11" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="MI11" s="15" t="n">
         <v>0.2</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.4</v>
       </c>
       <c r="MJ11" s="15" t="n">
         <v>0.2</v>
       </c>
       <c r="MK11" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="ML11" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="MM11" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="MN11" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="MO11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="ML11" s="15" t="n">
+      <c r="MP11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="MM11" s="15" t="n">
-[...10 lines deleted...]
-      </c>
       <c r="MQ11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="MR11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="MS11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="MT11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="MU11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="MR11" s="15" t="n">
+      <c r="MV11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="MS11" s="15" t="n">
-[...2 lines deleted...]
-      <c r="MT11" s="15" t="n">
+      <c r="MW11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="MX11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="MU11" s="15" t="n">
+      <c r="MY11" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="MV11" s="15" t="n">
+      <c r="MZ11" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="MW11" s="15" t="n">
-[...10 lines deleted...]
-      </c>
       <c r="NA11" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="NB11" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="NC11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="ND11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="NE11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="NF11" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="NG11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="ND11" s="15" t="n">
-[...2 lines deleted...]
-      <c r="NE11" s="15" t="n">
+      <c r="NH11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="NI11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="NF11" s="15" t="n">
+      <c r="NJ11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="NG11" s="15" t="n">
-[...2 lines deleted...]
-      <c r="NH11" s="15" t="n">
+      <c r="NK11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="NL11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="NI11" s="15" t="n">
-[...10 lines deleted...]
-      </c>
       <c r="NM11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="NN11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="NO11" s="15" t="n">
         <v>0.1</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.0</v>
       </c>
       <c r="NP11" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="NQ11" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="NR11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="NS11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="NT11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="NU11" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="NV11" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="NS11" s="15" t="n">
+      <c r="NW11" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="NT11" s="15" t="n">
+      <c r="NX11" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="NU11" s="15" t="n">
-[...2 lines deleted...]
-      <c r="NV11" s="15" t="n">
+      <c r="NY11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="NZ11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="NW11" s="15" t="n">
-[...2 lines deleted...]
-      <c r="NX11" s="15" t="n">
+      <c r="OA11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="OB11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="NY11" s="15" t="n">
+      <c r="OC11" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="NZ11" s="15" t="n">
+      <c r="OD11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="OA11" s="15" t="n">
+      <c r="OE11" s="15" t="n">
         <v>-0.1</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.0</v>
       </c>
       <c r="OF11" s="15" t="n">
         <v>-0.1</v>
       </c>
       <c r="OG11" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="OH11" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="OI11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="OJ11" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="OH11" s="15" t="n">
+      <c r="OK11" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="OL11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="OI11" s="15" t="n">
+      <c r="OM11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="ON11" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="OO11" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="OP11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="OQ11" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="OR11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="OS11" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="OJ11" s="15" t="n">
+      <c r="OT11" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="OK11" s="15" t="n">
+      <c r="OU11" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="OV11" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="OW11" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="OX11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="OY11" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="OZ11" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="PA11" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="PB11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="PC11" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="OL11" s="15" t="n">
-[...41 lines deleted...]
-      <c r="OZ11" s="15" t="n">
+      <c r="PD11" s="15" t="n">
         <v>1.9</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.0</v>
       </c>
       <c r="PE11" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="PF11" s="15" t="n">
-        <v>1.0</v>
+        <v>0.3</v>
       </c>
       <c r="PG11" s="15" t="n">
-        <v>3.5</v>
-[...16 lines deleted...]
-      <c r="PM11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="PN11" s="15" t="n">
-[...216 lines deleted...]
-        <v>0.2</v>
+      <c r="PH11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PI11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PJ11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PK11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PL11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PM11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PN11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PO11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PP11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PQ11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PR11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PS11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PT11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PU11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PV11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PW11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PX11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PY11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PZ11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QA11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QB11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QC11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QD11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QE11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QF11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QG11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QH11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QI11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QJ11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QK11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QL11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QM11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QN11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QO11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QP11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QQ11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QR11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QS11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QT11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QU11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QV11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QW11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QX11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QY11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QZ11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RA11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RB11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RC11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RD11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RE11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RF11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RG11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RH11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RI11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RJ11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RK11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RL11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RM11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RN11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RO11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RP11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RQ11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RR11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RS11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RT11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RU11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RV11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RW11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RX11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RY11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RZ11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SA11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SB11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SC11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SD11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SE11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SF11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SG11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SH11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
       </c>
       <c r="SI11" s="13" t="inlineStr">
         <is>
-          <t>..</t>
-[...2 lines deleted...]
-      <c r="SJ11" s="15" t="n">
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SJ11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SK11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SL11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SM11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SN11" s="15" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="SO11" s="15" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="SP11" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="SK11" s="15" t="n">
+      <c r="SQ11" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="SL11" s="15" t="n">
+      <c r="SR11" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="SM11" s="15" t="n">
+      <c r="SS11" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="SN11" s="15" t="n">
+      <c r="ST11" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="SO11" s="15" t="n">
+      <c r="SU11" s="15" t="n">
         <v>4.3</v>
-      </c>
-[...16 lines deleted...]
-        <v>5.0</v>
       </c>
       <c r="SV11" s="15" t="n">
         <v>3.6</v>
       </c>
       <c r="SW11" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="SX11" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="SY11" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="SZ11" s="15" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="TA11" s="15" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="TB11" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="SX11" s="15" t="n">
+      <c r="TC11" s="15" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="TD11" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="SY11" s="15" t="n">
+      <c r="TE11" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="SZ11" s="15" t="n">
+      <c r="TF11" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="TA11" s="15" t="n">
+      <c r="TG11" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="TB11" s="15" t="n">
+      <c r="TH11" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="TC11" s="15" t="n">
+      <c r="TI11" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="TD11" s="15" t="n">
+      <c r="TJ11" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="TE11" s="15" t="n">
+      <c r="TK11" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="TF11" s="15" t="n">
+      <c r="TL11" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="TG11" s="15" t="n">
+      <c r="TM11" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="TH11" s="15" t="n">
+      <c r="TN11" s="15" t="n">
         <v>7.1</v>
       </c>
-      <c r="TI11" s="15" t="n">
+      <c r="TO11" s="15" t="n">
         <v>7.6</v>
       </c>
-      <c r="TJ11" s="15" t="n">
+      <c r="TP11" s="15" t="n">
+        <v>7.7</v>
+      </c>
+      <c r="TQ11" s="15" t="n">
+        <v>7.6</v>
+      </c>
+      <c r="TR11" s="15" t="n">
         <v>7.8</v>
       </c>
-      <c r="TK11" s="15" t="n">
-[...5 lines deleted...]
-      <c r="TM11" s="15" t="n">
+      <c r="TS11" s="15" t="n">
         <v>8.1</v>
       </c>
-      <c r="TN11" s="15" t="n">
+      <c r="TT11" s="15" t="n">
         <v>8.5</v>
       </c>
-      <c r="TO11" s="15" t="n">
+      <c r="TU11" s="15" t="n">
         <v>8.5</v>
       </c>
-      <c r="TP11" s="15" t="n">
-[...2 lines deleted...]
-      <c r="TQ11" s="15" t="n">
+      <c r="TV11" s="15" t="n">
+        <v>8.5</v>
+      </c>
+      <c r="TW11" s="15" t="n">
         <v>8.4</v>
       </c>
-      <c r="TR11" s="15" t="n">
+      <c r="TX11" s="15" t="n">
         <v>8.2</v>
       </c>
-      <c r="TS11" s="15" t="n">
+      <c r="TY11" s="15" t="n">
         <v>7.2</v>
       </c>
-      <c r="TT11" s="15" t="n">
+      <c r="TZ11" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="TU11" s="15" t="n">
+      <c r="UA11" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="TV11" s="15" t="n">
+      <c r="UB11" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="TW11" s="15" t="n">
+      <c r="UC11" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="TX11" s="15" t="n">
+      <c r="UD11" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="TY11" s="15" t="n">
-[...2 lines deleted...]
-      <c r="TZ11" s="15" t="n">
+      <c r="UE11" s="15" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="UF11" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="UA11" s="15" t="n">
+      <c r="UG11" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="UB11" s="15" t="n">
+      <c r="UH11" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="UC11" s="15" t="n">
+      <c r="UI11" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="UD11" s="15" t="n">
+      <c r="UJ11" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="UE11" s="15" t="n">
+      <c r="UK11" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="UF11" s="15" t="n">
+      <c r="UL11" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="UG11" s="15" t="n">
+      <c r="UM11" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="UH11" s="15" t="n">
+      <c r="UN11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="UI11" s="15" t="n">
+      <c r="UO11" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="UJ11" s="15" t="n">
+      <c r="UP11" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="UK11" s="15" t="n">
+      <c r="UQ11" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="UL11" s="15" t="n">
+      <c r="UR11" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="UM11" s="15" t="n">
-[...5 lines deleted...]
-      <c r="UO11" s="15" t="n">
+      <c r="US11" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="UT11" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="UU11" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="UP11" s="15" t="n">
+      <c r="UV11" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="UQ11" s="15" t="n">
+      <c r="UW11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="UR11" s="15" t="n">
+      <c r="UX11" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="US11" s="15" t="n">
+      <c r="UY11" s="15" t="n">
         <v>0.5</v>
-      </c>
-[...16 lines deleted...]
-        <v>0.7</v>
       </c>
       <c r="UZ11" s="15" t="n">
         <v>0.5</v>
       </c>
       <c r="VA11" s="15" t="n">
-        <v>0.6</v>
+        <v>0.5</v>
       </c>
       <c r="VB11" s="15" t="n">
         <v>0.5</v>
       </c>
       <c r="VC11" s="15" t="n">
-        <v>0.4</v>
+        <v>0.6</v>
       </c>
       <c r="VD11" s="15" t="n">
-        <v>0.4</v>
+        <v>0.7</v>
       </c>
       <c r="VE11" s="15" t="n">
-        <v>0.4</v>
+        <v>0.7</v>
       </c>
       <c r="VF11" s="15" t="n">
         <v>0.5</v>
       </c>
       <c r="VG11" s="15" t="n">
-        <v>0.5</v>
+        <v>0.6</v>
       </c>
       <c r="VH11" s="15" t="n">
         <v>0.5</v>
       </c>
       <c r="VI11" s="15" t="n">
         <v>0.4</v>
       </c>
       <c r="VJ11" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="VK11" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="VL11" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="VM11" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="VK11" s="15" t="n">
+      <c r="VN11" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="VO11" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="VP11" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="VQ11" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="VL11" s="15" t="n">
+      <c r="VR11" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="VM11" s="15" t="n">
+      <c r="VS11" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="VN11" s="15" t="n">
+      <c r="VT11" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="VO11" s="15" t="n">
+      <c r="VU11" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="VP11" s="15" t="n">
-[...2 lines deleted...]
-      <c r="VQ11" s="15" t="n">
+      <c r="VV11" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="VW11" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="VR11" s="15" t="n">
+      <c r="VX11" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="VS11" s="15" t="n">
+      <c r="VY11" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="VT11" s="15" t="n">
+      <c r="VZ11" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="VU11" s="15" t="n">
+      <c r="WA11" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="VV11" s="15" t="n">
+      <c r="WB11" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="VW11" s="15" t="n">
+      <c r="WC11" s="15" t="n">
         <v>2.0</v>
-      </c>
-[...16 lines deleted...]
-        <v>1.8</v>
       </c>
       <c r="WD11" s="15" t="n">
         <v>1.7</v>
       </c>
       <c r="WE11" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="WF11" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="WG11" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="WF11" s="15" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="WH11" s="15" t="n">
-        <v>1.6</v>
+        <v>1.9</v>
       </c>
       <c r="WI11" s="15" t="n">
-        <v>1.6</v>
+        <v>1.8</v>
       </c>
       <c r="WJ11" s="15" t="n">
         <v>1.7</v>
       </c>
       <c r="WK11" s="15" t="n">
-        <v>1.8</v>
+        <v>1.7</v>
       </c>
       <c r="WL11" s="15" t="n">
         <v>1.7</v>
       </c>
       <c r="WM11" s="15" t="n">
-        <v>0.8</v>
+        <v>1.6</v>
       </c>
       <c r="WN11" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="WO11" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="WP11" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="WQ11" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="WR11" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="WS11" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="WT11" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="WO11" s="15" t="n">
+      <c r="WU11" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="WP11" s="15" t="n">
+      <c r="WV11" s="15" t="n">
         <v>0.3</v>
-      </c>
-[...16 lines deleted...]
-        <v>0.4</v>
       </c>
       <c r="WW11" s="15" t="n">
         <v>0.4</v>
       </c>
       <c r="WX11" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="WY11" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="WZ11" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="XA11" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="XB11" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="XC11" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="XD11" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="WY11" s="15" t="n">
+      <c r="XE11" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="WZ11" s="15" t="n">
+      <c r="XF11" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="XA11" s="15" t="n">
+      <c r="XG11" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="XB11" s="15" t="n">
+      <c r="XH11" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="XC11" s="15" t="n">
-[...2 lines deleted...]
-      <c r="XD11" s="15" t="n">
+      <c r="XI11" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="XE11" s="15" t="n">
+      <c r="XJ11" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="XK11" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="XF11" s="15" t="n">
+      <c r="XL11" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="XG11" s="15" t="n">
+      <c r="XM11" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="XH11" s="15" t="n">
+      <c r="XN11" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="XI11" s="15" t="n">
+      <c r="XO11" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="XJ11" s="15" t="n">
+      <c r="XP11" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="XK11" s="15" t="n">
+      <c r="XQ11" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="XL11" s="15" t="n">
+      <c r="XR11" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="XM11" s="15" t="n">
+      <c r="XS11" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="XN11" s="15" t="n">
+      <c r="XT11" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="XO11" s="15" t="n">
+      <c r="XU11" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="XP11" s="15" t="n">
+      <c r="XV11" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="XQ11" s="15" t="n">
+      <c r="XW11" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="XR11" s="15" t="n">
+      <c r="XX11" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="XS11" s="15" t="n">
+      <c r="XY11" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="XT11" s="15" t="n">
+      <c r="XZ11" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="XU11" s="15" t="n">
+      <c r="YA11" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="XV11" s="15" t="n">
+      <c r="YB11" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="XW11" s="15" t="n">
+      <c r="YC11" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="XX11" s="15" t="n">
+      <c r="YD11" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="XY11" s="15" t="n">
+      <c r="YE11" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="XZ11" s="15" t="n">
+      <c r="YF11" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="YA11" s="15" t="n">
+      <c r="YG11" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="YB11" s="15" t="n">
+      <c r="YH11" s="15" t="n">
         <v>3.5</v>
       </c>
-      <c r="YC11" s="15" t="n">
+      <c r="YI11" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="YD11" s="15" t="n">
+      <c r="YJ11" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="YE11" s="15" t="n">
+      <c r="YK11" s="15" t="n">
         <v>3.6</v>
       </c>
-      <c r="YF11" s="15" t="n">
+      <c r="YL11" s="15" t="n">
         <v>5.6</v>
       </c>
-      <c r="YG11" s="15" t="n">
-[...5 lines deleted...]
-      <c r="YI11" s="15" t="n">
+      <c r="YM11" s="15" t="n">
+        <v>5.6</v>
+      </c>
+      <c r="YN11" s="15" t="n">
+        <v>5.4</v>
+      </c>
+      <c r="YO11" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="YJ11" s="15" t="n">
+      <c r="YP11" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="YK11" s="15" t="n">
+      <c r="YQ11" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="YL11" s="15" t="n">
+      <c r="YR11" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="YM11" s="15" t="n">
+      <c r="YS11" s="15" t="n">
         <v>8.6</v>
       </c>
-      <c r="YN11" s="15" t="n">
+      <c r="YT11" s="15" t="n">
         <v>8.7</v>
       </c>
-      <c r="YO11" s="15" t="n">
+      <c r="YU11" s="15" t="n">
         <v>10.5</v>
       </c>
-      <c r="YP11" s="15" t="n">
+      <c r="YV11" s="15" t="n">
         <v>5.3</v>
       </c>
-      <c r="YQ11" s="15" t="n">
+      <c r="YW11" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="YR11" s="15" t="n">
+      <c r="YX11" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="YS11" s="15" t="n">
+      <c r="YY11" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="YT11" s="15" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="YZ11" s="15" t="n">
-        <v>3.0</v>
-[...197 lines deleted...]
-        <v>-9.1</v>
+        <v>2.2</v>
+      </c>
+      <c r="ZA11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZB11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZC11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZD11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZE11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZF11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZG11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZH11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZI11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZJ11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZK11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZL11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZM11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZN11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZO11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZP11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZQ11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZR11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZS11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZT11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZU11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZV11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZW11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZX11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZY11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZZ11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAA11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAB11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAC11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAD11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAE11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAF11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAG11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAH11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAI11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAJ11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAK11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAL11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAM11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAN11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAO11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAP11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAQ11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAR11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAS11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAT11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAU11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAV11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAW11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAX11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAY11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAZ11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABA11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABB11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABC11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABD11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABE11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABF11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABG11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABH11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABI11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABJ11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABK11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABL11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABM11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABN11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
       </c>
       <c r="ABO11" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABP11" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABQ11" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABR11" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABS11" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABT11" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABU11" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABV11" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABW11" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABX11" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABY11" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABZ11" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACA11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACB11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACC11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACD11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACE11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACF11" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    03 Vestido y calzado</t>
         </is>
       </c>
       <c r="B12" s="14" t="n">
-        <v>115.6</v>
+        <v>86.91</v>
       </c>
       <c r="C12" s="14" t="n">
-        <v>114.53</v>
+        <v>106.72</v>
       </c>
       <c r="D12" s="14" t="n">
-        <v>110.36</v>
+        <v>108.09</v>
       </c>
       <c r="E12" s="14" t="n">
-        <v>92.91</v>
+        <v>107.08</v>
       </c>
       <c r="F12" s="14" t="n">
-        <v>94.85</v>
+        <v>103.19</v>
       </c>
       <c r="G12" s="14" t="n">
-        <v>112.68</v>
+        <v>86.87</v>
       </c>
       <c r="H12" s="14" t="n">
-        <v>114.5</v>
+        <v>88.68</v>
       </c>
       <c r="I12" s="14" t="n">
-        <v>114.43</v>
+        <v>105.35</v>
       </c>
       <c r="J12" s="14" t="n">
-        <v>110.8</v>
+        <v>107.06</v>
       </c>
       <c r="K12" s="14" t="n">
-        <v>93.18</v>
+        <v>106.99</v>
       </c>
       <c r="L12" s="14" t="n">
-        <v>95.45</v>
+        <v>103.6</v>
       </c>
       <c r="M12" s="14" t="n">
-        <v>113.49</v>
+        <v>87.12</v>
       </c>
       <c r="N12" s="14" t="n">
-        <v>115.03</v>
+        <v>89.25</v>
       </c>
       <c r="O12" s="14" t="n">
-        <v>115.0</v>
+        <v>106.12</v>
       </c>
       <c r="P12" s="14" t="n">
-        <v>111.81</v>
+        <v>107.56</v>
       </c>
       <c r="Q12" s="14" t="n">
-        <v>93.62</v>
+        <v>107.52</v>
       </c>
       <c r="R12" s="14" t="n">
-        <v>95.32</v>
+        <v>104.54</v>
       </c>
       <c r="S12" s="14" t="n">
-        <v>114.12</v>
+        <v>87.54</v>
       </c>
       <c r="T12" s="14" t="n">
-        <v>115.9</v>
+        <v>89.13</v>
       </c>
       <c r="U12" s="14" t="n">
-        <v>115.55</v>
+        <v>106.7</v>
       </c>
       <c r="V12" s="14" t="n">
-        <v>112.18</v>
+        <v>108.37</v>
       </c>
       <c r="W12" s="14" t="n">
-        <v>94.58</v>
+        <v>108.04</v>
       </c>
       <c r="X12" s="14" t="n">
-        <v>97.33</v>
+        <v>104.89</v>
       </c>
       <c r="Y12" s="14" t="n">
-        <v>114.76</v>
+        <v>88.43</v>
       </c>
       <c r="Z12" s="14" t="n">
-        <v>116.44</v>
+        <v>91.0</v>
       </c>
       <c r="AA12" s="14" t="n">
-        <v>115.31</v>
+        <v>107.3</v>
       </c>
       <c r="AB12" s="14" t="n">
-        <v>106.92</v>
+        <v>108.87</v>
       </c>
       <c r="AC12" s="14" t="n">
-        <v>91.94</v>
+        <v>107.82</v>
       </c>
       <c r="AD12" s="14" t="n">
-        <v>93.0</v>
+        <v>99.97</v>
       </c>
       <c r="AE12" s="14" t="n">
-        <v>111.61</v>
+        <v>85.96</v>
       </c>
       <c r="AF12" s="14" t="n">
-        <v>113.44</v>
+        <v>86.95</v>
       </c>
       <c r="AG12" s="14" t="n">
-        <v>113.47</v>
+        <v>104.35</v>
       </c>
       <c r="AH12" s="14" t="n">
-        <v>111.96</v>
+        <v>106.07</v>
       </c>
       <c r="AI12" s="14" t="n">
-        <v>90.75</v>
+        <v>106.09</v>
       </c>
       <c r="AJ12" s="14" t="n">
-        <v>92.55</v>
+        <v>104.69</v>
       </c>
       <c r="AK12" s="14" t="n">
-        <v>110.59</v>
+        <v>84.86</v>
       </c>
       <c r="AL12" s="14" t="n">
-        <v>114.84</v>
+        <v>86.53</v>
       </c>
       <c r="AM12" s="14" t="n">
-        <v>112.72</v>
+        <v>103.4</v>
       </c>
       <c r="AN12" s="14" t="n">
-        <v>108.36</v>
+        <v>107.38</v>
       </c>
       <c r="AO12" s="14" t="n">
-        <v>92.93</v>
+        <v>105.39</v>
       </c>
       <c r="AP12" s="14" t="n">
-        <v>93.98</v>
+        <v>101.31</v>
       </c>
       <c r="AQ12" s="14" t="n">
-        <v>113.41</v>
+        <v>86.89</v>
       </c>
       <c r="AR12" s="14" t="n">
-        <v>114.89</v>
+        <v>87.88</v>
       </c>
       <c r="AS12" s="14" t="n">
-        <v>113.92</v>
+        <v>106.04</v>
       </c>
       <c r="AT12" s="14" t="n">
-        <v>110.6</v>
+        <v>107.42</v>
       </c>
       <c r="AU12" s="14" t="n">
-        <v>90.45</v>
+        <v>106.52</v>
       </c>
       <c r="AV12" s="14" t="n">
-        <v>92.63</v>
+        <v>103.41</v>
       </c>
       <c r="AW12" s="14" t="n">
-        <v>113.57</v>
+        <v>84.57</v>
       </c>
       <c r="AX12" s="14" t="n">
-        <v>116.8</v>
+        <v>86.61</v>
       </c>
       <c r="AY12" s="14" t="n">
+        <v>106.19</v>
+      </c>
+      <c r="AZ12" s="14" t="n">
+        <v>109.21</v>
+      </c>
+      <c r="BA12" s="14" t="n">
+        <v>104.84</v>
+      </c>
+      <c r="BB12" s="14" t="n">
+        <v>97.42</v>
+      </c>
+      <c r="BC12" s="14" t="n">
+        <v>85.95</v>
+      </c>
+      <c r="BD12" s="14" t="n">
+        <v>88.06</v>
+      </c>
+      <c r="BE12" s="14" t="n">
+        <v>109.95</v>
+      </c>
+      <c r="BF12" s="14" t="n">
         <v>112.13</v>
       </c>
-      <c r="AZ12" s="14" t="n">
-[...19 lines deleted...]
-      </c>
       <c r="BG12" s="14" t="n">
-        <v>86.8</v>
+        <v>109.0</v>
       </c>
       <c r="BH12" s="14" t="n">
-        <v>88.66</v>
+        <v>100.42</v>
       </c>
       <c r="BI12" s="14" t="n">
-        <v>112.8</v>
+        <v>81.15</v>
       </c>
       <c r="BJ12" s="14" t="n">
-        <v>116.11</v>
+        <v>82.9</v>
       </c>
       <c r="BK12" s="14" t="n">
-        <v>110.71</v>
+        <v>105.47</v>
       </c>
       <c r="BL12" s="14" t="n">
-        <v>102.3</v>
+        <v>108.56</v>
       </c>
       <c r="BM12" s="14" t="n">
-        <v>91.1</v>
+        <v>103.52</v>
       </c>
       <c r="BN12" s="14" t="n">
-        <v>93.48</v>
+        <v>95.65</v>
       </c>
       <c r="BO12" s="14" t="n">
-        <v>116.73</v>
+        <v>85.18</v>
       </c>
       <c r="BP12" s="14" t="n">
-        <v>118.98</v>
+        <v>87.4</v>
       </c>
       <c r="BQ12" s="14" t="n">
-        <v>115.79</v>
+        <v>109.14</v>
       </c>
       <c r="BR12" s="14" t="n">
-        <v>106.24</v>
+        <v>111.25</v>
       </c>
       <c r="BS12" s="14" t="n">
-        <v>85.58</v>
+        <v>108.26</v>
       </c>
       <c r="BT12" s="14" t="n">
-        <v>87.52</v>
+        <v>99.34</v>
       </c>
       <c r="BU12" s="14" t="n">
-        <v>111.39</v>
+        <v>80.02</v>
       </c>
       <c r="BV12" s="14" t="n">
-        <v>114.6</v>
+        <v>81.84</v>
       </c>
       <c r="BW12" s="14" t="n">
-        <v>110.16</v>
+        <v>104.15</v>
       </c>
       <c r="BX12" s="14" t="n">
+        <v>107.15</v>
+      </c>
+      <c r="BY12" s="14" t="n">
+        <v>103.0</v>
+      </c>
+      <c r="BZ12" s="14" t="n">
+        <v>96.17</v>
+      </c>
+      <c r="CA12" s="14" t="n">
+        <v>84.8</v>
+      </c>
+      <c r="CB12" s="14" t="n">
+        <v>86.93</v>
+      </c>
+      <c r="CC12" s="14" t="n">
+        <v>108.77</v>
+      </c>
+      <c r="CD12" s="14" t="n">
+        <v>110.9</v>
+      </c>
+      <c r="CE12" s="14" t="n">
+        <v>108.11</v>
+      </c>
+      <c r="CF12" s="14" t="n">
+        <v>97.94</v>
+      </c>
+      <c r="CG12" s="14" t="n">
+        <v>78.6</v>
+      </c>
+      <c r="CH12" s="14" t="n">
+        <v>81.23</v>
+      </c>
+      <c r="CI12" s="14" t="n">
+        <v>103.56</v>
+      </c>
+      <c r="CJ12" s="14" t="n">
+        <v>106.47</v>
+      </c>
+      <c r="CK12" s="14" t="n">
+        <v>102.36</v>
+      </c>
+      <c r="CL12" s="14" t="n">
+        <v>94.88</v>
+      </c>
+      <c r="CM12" s="14" t="n">
+        <v>83.4</v>
+      </c>
+      <c r="CN12" s="14" t="n">
+        <v>85.51</v>
+      </c>
+      <c r="CO12" s="14" t="n">
+        <v>106.9</v>
+      </c>
+      <c r="CP12" s="14" t="n">
+        <v>108.93</v>
+      </c>
+      <c r="CQ12" s="14" t="n">
+        <v>106.29</v>
+      </c>
+      <c r="CR12" s="14" t="n">
+        <v>98.23</v>
+      </c>
+      <c r="CS12" s="14" t="n">
+        <v>78.53</v>
+      </c>
+      <c r="CT12" s="14" t="n">
+        <v>80.44</v>
+      </c>
+      <c r="CU12" s="14" t="n">
+        <v>102.38</v>
+      </c>
+      <c r="CV12" s="14" t="n">
+        <v>105.3</v>
+      </c>
+      <c r="CW12" s="14" t="n">
+        <v>100.89</v>
+      </c>
+      <c r="CX12" s="14" t="n">
+        <v>94.19</v>
+      </c>
+      <c r="CY12" s="14" t="n">
+        <v>82.23</v>
+      </c>
+      <c r="CZ12" s="14" t="n">
+        <v>84.22</v>
+      </c>
+      <c r="DA12" s="14" t="n">
+        <v>105.49</v>
+      </c>
+      <c r="DB12" s="14" t="n">
+        <v>107.38</v>
+      </c>
+      <c r="DC12" s="14" t="n">
+        <v>104.65</v>
+      </c>
+      <c r="DD12" s="14" t="n">
+        <v>97.68</v>
+      </c>
+      <c r="DE12" s="14" t="n">
+        <v>77.32</v>
+      </c>
+      <c r="DF12" s="14" t="n">
+        <v>79.32</v>
+      </c>
+      <c r="DG12" s="14" t="n">
+        <v>101.02</v>
+      </c>
+      <c r="DH12" s="14" t="n">
+        <v>104.02</v>
+      </c>
+      <c r="DI12" s="14" t="n">
+        <v>100.53</v>
+      </c>
+      <c r="DJ12" s="14" t="n">
+        <v>95.31</v>
+      </c>
+      <c r="DK12" s="14" t="n">
+        <v>81.71</v>
+      </c>
+      <c r="DL12" s="14" t="n">
+        <v>83.61</v>
+      </c>
+      <c r="DM12" s="14" t="n">
+        <v>104.05</v>
+      </c>
+      <c r="DN12" s="14" t="n">
+        <v>105.76</v>
+      </c>
+      <c r="DO12" s="14" t="n">
+        <v>103.55</v>
+      </c>
+      <c r="DP12" s="14" t="n">
+        <v>96.97</v>
+      </c>
+      <c r="DQ12" s="14" t="n">
+        <v>76.48</v>
+      </c>
+      <c r="DR12" s="14" t="n">
+        <v>78.54</v>
+      </c>
+      <c r="DS12" s="14" t="n">
+        <v>100.52</v>
+      </c>
+      <c r="DT12" s="14" t="n">
+        <v>103.47</v>
+      </c>
+      <c r="DU12" s="14" t="n">
+        <v>99.82</v>
+      </c>
+      <c r="DV12" s="14" t="n">
+        <v>94.23</v>
+      </c>
+      <c r="DW12" s="14" t="n">
+        <v>80.65</v>
+      </c>
+      <c r="DX12" s="14" t="n">
+        <v>82.58</v>
+      </c>
+      <c r="DY12" s="14" t="n">
         <v>102.85</v>
       </c>
-      <c r="BY12" s="14" t="n">
-[...157 lines deleted...]
-      </c>
       <c r="DZ12" s="14" t="n">
-        <v>103.39</v>
+        <v>104.58</v>
       </c>
       <c r="EA12" s="14" t="n">
-        <v>81.28</v>
+        <v>102.53</v>
       </c>
       <c r="EB12" s="14" t="n">
-        <v>83.53</v>
+        <v>96.67</v>
       </c>
       <c r="EC12" s="14" t="n">
-        <v>106.57</v>
+        <v>76.0</v>
       </c>
       <c r="ED12" s="14" t="n">
-        <v>109.69</v>
+        <v>78.1</v>
       </c>
       <c r="EE12" s="14" t="n">
-        <v>106.47</v>
+        <v>99.65</v>
       </c>
       <c r="EF12" s="14" t="n">
-        <v>101.56</v>
+        <v>102.56</v>
       </c>
       <c r="EG12" s="14" t="n">
-        <v>85.32</v>
+        <v>99.55</v>
       </c>
       <c r="EH12" s="14" t="n">
-        <v>87.34</v>
+        <v>94.96</v>
       </c>
       <c r="EI12" s="14" t="n">
-        <v>108.89</v>
+        <v>79.77</v>
       </c>
       <c r="EJ12" s="14" t="n">
-        <v>110.94</v>
+        <v>81.66</v>
       </c>
       <c r="EK12" s="14" t="n">
-        <v>109.2</v>
+        <v>101.82</v>
       </c>
       <c r="EL12" s="14" t="n">
-        <v>103.35</v>
+        <v>103.73</v>
       </c>
       <c r="EM12" s="14" t="n">
-        <v>81.28</v>
+        <v>102.1</v>
       </c>
       <c r="EN12" s="14" t="n">
-        <v>83.52</v>
+        <v>96.63</v>
       </c>
       <c r="EO12" s="14" t="n">
-        <v>106.03</v>
+        <v>76.0</v>
       </c>
       <c r="EP12" s="14" t="n">
-        <v>109.03</v>
+        <v>78.09</v>
       </c>
       <c r="EQ12" s="14" t="n">
-        <v>106.36</v>
+        <v>99.14</v>
       </c>
       <c r="ER12" s="14" t="n">
-        <v>101.51</v>
+        <v>101.94</v>
       </c>
       <c r="ES12" s="14" t="n">
-        <v>85.15</v>
+        <v>99.45</v>
       </c>
       <c r="ET12" s="14" t="n">
-        <v>87.08</v>
+        <v>94.91</v>
       </c>
       <c r="EU12" s="14" t="n">
-        <v>107.9</v>
+        <v>79.61</v>
       </c>
       <c r="EV12" s="14" t="n">
-        <v>109.71</v>
+        <v>81.42</v>
       </c>
       <c r="EW12" s="14" t="n">
-        <v>108.7</v>
+        <v>100.88</v>
       </c>
       <c r="EX12" s="14" t="n">
-        <v>103.39</v>
+        <v>102.58</v>
       </c>
       <c r="EY12" s="14" t="n">
-        <v>81.04</v>
+        <v>101.64</v>
       </c>
       <c r="EZ12" s="14" t="n">
-        <v>83.41</v>
+        <v>96.67</v>
       </c>
       <c r="FA12" s="14" t="n">
-        <v>105.56</v>
+        <v>75.78</v>
       </c>
       <c r="FB12" s="14" t="n">
-        <v>108.19</v>
+        <v>77.99</v>
       </c>
       <c r="FC12" s="14" t="n">
-        <v>105.4</v>
+        <v>98.7</v>
       </c>
       <c r="FD12" s="14" t="n">
-        <v>100.88</v>
+        <v>101.16</v>
       </c>
       <c r="FE12" s="14" t="n">
-        <v>87.62</v>
+        <v>98.55</v>
       </c>
       <c r="FF12" s="14" t="n">
-        <v>89.49</v>
+        <v>94.32</v>
       </c>
       <c r="FG12" s="14" t="n">
-        <v>110.24</v>
+        <v>81.93</v>
       </c>
       <c r="FH12" s="14" t="n">
-        <v>111.79</v>
+        <v>83.68</v>
       </c>
       <c r="FI12" s="14" t="n">
-        <v>110.41</v>
+        <v>103.07</v>
       </c>
       <c r="FJ12" s="14" t="n">
-        <v>105.44</v>
+        <v>104.53</v>
       </c>
       <c r="FK12" s="14" t="n">
-        <v>83.04</v>
+        <v>103.24</v>
       </c>
       <c r="FL12" s="14" t="n">
-        <v>85.41</v>
+        <v>98.58</v>
       </c>
       <c r="FM12" s="14" t="n">
-        <v>107.53</v>
+        <v>77.64</v>
       </c>
       <c r="FN12" s="14" t="n">
-        <v>110.06</v>
+        <v>79.86</v>
       </c>
       <c r="FO12" s="14" t="n">
-        <v>107.53</v>
+        <v>100.54</v>
       </c>
       <c r="FP12" s="14" t="n">
-        <v>103.1</v>
+        <v>102.9</v>
       </c>
       <c r="FQ12" s="14" t="n">
-        <v>87.08</v>
+        <v>100.54</v>
       </c>
       <c r="FR12" s="14" t="n">
-        <v>88.62</v>
+        <v>96.4</v>
       </c>
       <c r="FS12" s="14" t="n">
-        <v>108.99</v>
+        <v>81.42</v>
       </c>
       <c r="FT12" s="14" t="n">
-        <v>110.34</v>
+        <v>82.86</v>
       </c>
       <c r="FU12" s="14" t="n">
-        <v>109.35</v>
+        <v>101.91</v>
       </c>
       <c r="FV12" s="14" t="n">
-        <v>104.94</v>
+        <v>103.17</v>
       </c>
       <c r="FW12" s="14" t="n">
-        <v>82.59</v>
+        <v>102.24</v>
       </c>
       <c r="FX12" s="14" t="n">
-        <v>84.73</v>
+        <v>98.12</v>
       </c>
       <c r="FY12" s="14" t="n">
-        <v>106.19</v>
+        <v>77.22</v>
       </c>
       <c r="FZ12" s="14" t="n">
-        <v>108.39</v>
-[...211 lines deleted...]
-      <c r="IS12" s="15" t="n">
+        <v>79.23</v>
+      </c>
+      <c r="GA12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GB12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GC12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GD12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GE12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GF12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GG12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GH12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GI12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GJ12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GK12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GL12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GM12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GN12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GO12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GP12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GQ12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GR12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GS12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GT12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GU12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GV12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GW12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GX12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GY12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GZ12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HA12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HB12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HC12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HD12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HE12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HF12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HG12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HH12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HI12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HJ12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HK12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HL12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HM12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HN12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HO12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HP12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HQ12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HR12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HS12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HT12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HU12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HV12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HW12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HX12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HY12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HZ12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IA12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IB12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IC12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IH12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="II12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IJ12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IK12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IL12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IM12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IN12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IO12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IP12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IQ12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IR12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IS12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IT12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IU12" s="15" t="n">
+        <v>-18.6</v>
+      </c>
+      <c r="IV12" s="15" t="n">
+        <v>-1.3</v>
+      </c>
+      <c r="IW12" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="IT12" s="15" t="n">
+      <c r="IX12" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="IU12" s="15" t="n">
+      <c r="IY12" s="15" t="n">
         <v>18.8</v>
       </c>
-      <c r="IV12" s="15" t="n">
+      <c r="IZ12" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="IW12" s="15" t="n">
+      <c r="JA12" s="15" t="n">
         <v>-15.8</v>
       </c>
-      <c r="IX12" s="15" t="n">
+      <c r="JB12" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="IY12" s="15" t="n">
+      <c r="JC12" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="IZ12" s="15" t="n">
+      <c r="JD12" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="JA12" s="15" t="n">
+      <c r="JE12" s="15" t="n">
         <v>18.9</v>
       </c>
-      <c r="JB12" s="15" t="n">
+      <c r="JF12" s="15" t="n">
         <v>-2.4</v>
       </c>
-      <c r="JC12" s="15" t="n">
+      <c r="JG12" s="15" t="n">
         <v>-15.9</v>
       </c>
-      <c r="JD12" s="15" t="n">
+      <c r="JH12" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="JE12" s="15" t="n">
-[...2 lines deleted...]
-      <c r="JF12" s="15" t="n">
+      <c r="JI12" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="JJ12" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="JG12" s="15" t="n">
+      <c r="JK12" s="15" t="n">
         <v>19.4</v>
       </c>
-      <c r="JH12" s="15" t="n">
+      <c r="JL12" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="JI12" s="15" t="n">
+      <c r="JM12" s="15" t="n">
         <v>-16.5</v>
       </c>
-      <c r="JJ12" s="15" t="n">
+      <c r="JN12" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="JK12" s="15" t="n">
+      <c r="JO12" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="JL12" s="15" t="n">
+      <c r="JP12" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="JM12" s="15" t="n">
+      <c r="JQ12" s="15" t="n">
         <v>18.6</v>
       </c>
-      <c r="JN12" s="15" t="n">
+      <c r="JR12" s="15" t="n">
         <v>-2.8</v>
       </c>
-      <c r="JO12" s="15" t="n">
+      <c r="JS12" s="15" t="n">
         <v>-15.2</v>
       </c>
-      <c r="JP12" s="15" t="n">
+      <c r="JT12" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="JQ12" s="15" t="n">
+      <c r="JU12" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="JR12" s="15" t="n">
-[...2 lines deleted...]
-      <c r="JS12" s="15" t="n">
+      <c r="JV12" s="15" t="n">
+        <v>7.9</v>
+      </c>
+      <c r="JW12" s="15" t="n">
         <v>16.3</v>
       </c>
-      <c r="JT12" s="15" t="n">
+      <c r="JX12" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="JU12" s="15" t="n">
+      <c r="JY12" s="15" t="n">
         <v>-16.7</v>
       </c>
-      <c r="JV12" s="15" t="n">
+      <c r="JZ12" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="JW12" s="15" t="n">
-[...2 lines deleted...]
-      <c r="JX12" s="15" t="n">
+      <c r="KA12" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="KB12" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="JY12" s="15" t="n">
+      <c r="KC12" s="15" t="n">
         <v>23.4</v>
       </c>
-      <c r="JZ12" s="15" t="n">
+      <c r="KD12" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="KA12" s="15" t="n">
+      <c r="KE12" s="15" t="n">
         <v>-16.3</v>
       </c>
-      <c r="KB12" s="15" t="n">
+      <c r="KF12" s="15" t="n">
         <v>-3.7</v>
       </c>
-      <c r="KC12" s="15" t="n">
+      <c r="KG12" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="KD12" s="15" t="n">
+      <c r="KH12" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="KE12" s="15" t="n">
+      <c r="KI12" s="15" t="n">
         <v>16.6</v>
       </c>
-      <c r="KF12" s="15" t="n">
+      <c r="KJ12" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="KG12" s="15" t="n">
+      <c r="KK12" s="15" t="n">
         <v>-17.1</v>
       </c>
-      <c r="KH12" s="15" t="n">
+      <c r="KL12" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="KI12" s="15" t="n">
+      <c r="KM12" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="KN12" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="KO12" s="15" t="n">
+        <v>22.3</v>
+      </c>
+      <c r="KP12" s="15" t="n">
+        <v>-2.4</v>
+      </c>
+      <c r="KQ12" s="15" t="n">
+        <v>-18.4</v>
+      </c>
+      <c r="KR12" s="15" t="n">
+        <v>-2.8</v>
+      </c>
+      <c r="KS12" s="15" t="n">
+        <v>4.2</v>
+      </c>
+      <c r="KT12" s="15" t="n">
+        <v>7.6</v>
+      </c>
+      <c r="KU12" s="15" t="n">
+        <v>13.3</v>
+      </c>
+      <c r="KV12" s="15" t="n">
+        <v>-2.4</v>
+      </c>
+      <c r="KW12" s="15" t="n">
+        <v>-19.9</v>
+      </c>
+      <c r="KX12" s="15" t="n">
+        <v>-1.9</v>
+      </c>
+      <c r="KY12" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="KZ12" s="15" t="n">
+        <v>8.5</v>
+      </c>
+      <c r="LA12" s="15" t="n">
+        <v>23.7</v>
+      </c>
+      <c r="LB12" s="15" t="n">
+        <v>-2.1</v>
+      </c>
+      <c r="LC12" s="15" t="n">
+        <v>-21.4</v>
+      </c>
+      <c r="LD12" s="15" t="n">
+        <v>-2.8</v>
+      </c>
+      <c r="LE12" s="15" t="n">
+        <v>4.9</v>
+      </c>
+      <c r="LF12" s="15" t="n">
+        <v>8.2</v>
+      </c>
+      <c r="LG12" s="15" t="n">
+        <v>12.3</v>
+      </c>
+      <c r="LH12" s="15" t="n">
+        <v>-2.5</v>
+      </c>
+      <c r="LI12" s="15" t="n">
+        <v>-19.9</v>
+      </c>
+      <c r="LJ12" s="15" t="n">
+        <v>-1.9</v>
+      </c>
+      <c r="LK12" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="LL12" s="15" t="n">
+        <v>9.0</v>
+      </c>
+      <c r="LM12" s="15" t="n">
+        <v>24.1</v>
+      </c>
+      <c r="LN12" s="15" t="n">
+        <v>-2.2</v>
+      </c>
+      <c r="LO12" s="15" t="n">
+        <v>-21.4</v>
+      </c>
+      <c r="LP12" s="15" t="n">
+        <v>-2.8</v>
+      </c>
+      <c r="LQ12" s="15" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="LR12" s="15" t="n">
+        <v>7.1</v>
+      </c>
+      <c r="LS12" s="15" t="n">
+        <v>13.4</v>
+      </c>
+      <c r="LT12" s="15" t="n">
+        <v>-2.5</v>
+      </c>
+      <c r="LU12" s="15" t="n">
+        <v>-20.1</v>
+      </c>
+      <c r="LV12" s="15" t="n">
+        <v>-1.9</v>
+      </c>
+      <c r="LW12" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="LX12" s="15" t="n">
+        <v>10.4</v>
+      </c>
+      <c r="LY12" s="15" t="n">
+        <v>24.6</v>
+      </c>
+      <c r="LZ12" s="15" t="n">
+        <v>-3.2</v>
+      </c>
+      <c r="MA12" s="15" t="n">
+        <v>-21.6</v>
+      </c>
+      <c r="MB12" s="15" t="n">
+        <v>-2.7</v>
+      </c>
+      <c r="MC12" s="15" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="MD12" s="15" t="n">
+        <v>7.9</v>
+      </c>
+      <c r="ME12" s="15" t="n">
+        <v>13.8</v>
+      </c>
+      <c r="MF12" s="15" t="n">
+        <v>-2.5</v>
+      </c>
+      <c r="MG12" s="15" t="n">
+        <v>-20.0</v>
+      </c>
+      <c r="MH12" s="15" t="n">
+        <v>-1.9</v>
+      </c>
+      <c r="MI12" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="MJ12" s="15" t="n">
+        <v>8.2</v>
+      </c>
+      <c r="MK12" s="15" t="n">
+        <v>25.1</v>
+      </c>
+      <c r="ML12" s="15" t="n">
+        <v>-2.4</v>
+      </c>
+      <c r="MM12" s="15" t="n">
+        <v>-21.4</v>
+      </c>
+      <c r="MN12" s="15" t="n">
+        <v>-2.8</v>
+      </c>
+      <c r="MO12" s="15" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="MP12" s="15" t="n">
+        <v>7.1</v>
+      </c>
+      <c r="MQ12" s="15" t="n">
+        <v>14.5</v>
+      </c>
+      <c r="MR12" s="15" t="n">
+        <v>-2.4</v>
+      </c>
+      <c r="MS12" s="15" t="n">
+        <v>-20.2</v>
+      </c>
+      <c r="MT12" s="15" t="n">
+        <v>-1.8</v>
+      </c>
+      <c r="MU12" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="MV12" s="15" t="n">
+        <v>7.1</v>
+      </c>
+      <c r="MW12" s="15" t="n">
+        <v>26.3</v>
+      </c>
+      <c r="MX12" s="15" t="n">
+        <v>-2.5</v>
+      </c>
+      <c r="MY12" s="15" t="n">
+        <v>-21.5</v>
+      </c>
+      <c r="MZ12" s="15" t="n">
+        <v>-2.9</v>
+      </c>
+      <c r="NA12" s="15" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="NB12" s="15" t="n">
+        <v>5.5</v>
+      </c>
+      <c r="NC12" s="15" t="n">
+        <v>16.6</v>
+      </c>
+      <c r="ND12" s="15" t="n">
+        <v>-2.3</v>
+      </c>
+      <c r="NE12" s="15" t="n">
+        <v>-19.6</v>
+      </c>
+      <c r="NF12" s="15" t="n">
+        <v>-1.6</v>
+      </c>
+      <c r="NG12" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="NH12" s="15" t="n">
+        <v>6.8</v>
+      </c>
+      <c r="NI12" s="15" t="n">
+        <v>26.8</v>
+      </c>
+      <c r="NJ12" s="15" t="n">
+        <v>-2.6</v>
+      </c>
+      <c r="NK12" s="15" t="n">
+        <v>-21.9</v>
+      </c>
+      <c r="NL12" s="15" t="n">
+        <v>-2.9</v>
+      </c>
+      <c r="NM12" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="NN12" s="15" t="n">
+        <v>5.9</v>
+      </c>
+      <c r="NO12" s="15" t="n">
+        <v>16.8</v>
+      </c>
+      <c r="NP12" s="15" t="n">
+        <v>-2.3</v>
+      </c>
+      <c r="NQ12" s="15" t="n">
+        <v>-19.7</v>
+      </c>
+      <c r="NR12" s="15" t="n">
+        <v>-1.7</v>
+      </c>
+      <c r="NS12" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="NT12" s="15" t="n">
+        <v>6.1</v>
+      </c>
+      <c r="NU12" s="15" t="n">
+        <v>27.2</v>
+      </c>
+      <c r="NV12" s="15" t="n">
+        <v>-2.7</v>
+      </c>
+      <c r="NW12" s="15" t="n">
+        <v>-21.6</v>
+      </c>
+      <c r="NX12" s="15" t="n">
+        <v>-2.8</v>
+      </c>
+      <c r="NY12" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="NZ12" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="OA12" s="15" t="n">
+        <v>19.0</v>
+      </c>
+      <c r="OB12" s="15" t="n">
+        <v>-2.3</v>
+      </c>
+      <c r="OC12" s="15" t="n">
+        <v>-19.8</v>
+      </c>
+      <c r="OD12" s="15" t="n">
+        <v>-1.8</v>
+      </c>
+      <c r="OE12" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="OF12" s="15" t="n">
+        <v>5.7</v>
+      </c>
+      <c r="OG12" s="15" t="n">
+        <v>27.1</v>
+      </c>
+      <c r="OH12" s="15" t="n">
+        <v>-2.7</v>
+      </c>
+      <c r="OI12" s="15" t="n">
+        <v>-21.2</v>
+      </c>
+      <c r="OJ12" s="15" t="n">
+        <v>-2.7</v>
+      </c>
+      <c r="OK12" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="OL12" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="OM12" s="15" t="n">
+        <v>19.2</v>
+      </c>
+      <c r="ON12" s="15" t="n">
+        <v>-2.2</v>
+      </c>
+      <c r="OO12" s="15" t="n">
+        <v>-19.3</v>
+      </c>
+      <c r="OP12" s="15" t="n">
+        <v>-1.7</v>
+      </c>
+      <c r="OQ12" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="KJ12" s="15" t="n">
-[...5 lines deleted...]
-      <c r="KL12" s="15" t="n">
+      <c r="OR12" s="15" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="OS12" s="15" t="n">
+        <v>27.6</v>
+      </c>
+      <c r="OT12" s="15" t="n">
+        <v>-2.8</v>
+      </c>
+      <c r="OU12" s="15" t="n">
+        <v>-21.0</v>
+      </c>
+      <c r="OV12" s="15" t="n">
         <v>-2.4</v>
       </c>
-      <c r="KM12" s="15" t="n">
-[...2 lines deleted...]
-      <c r="KN12" s="15" t="n">
+      <c r="OW12" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="OX12" s="15" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="OY12" s="15" t="n">
+        <v>15.1</v>
+      </c>
+      <c r="OZ12" s="15" t="n">
+        <v>-2.1</v>
+      </c>
+      <c r="PA12" s="15" t="n">
+        <v>-18.8</v>
+      </c>
+      <c r="PB12" s="15" t="n">
+        <v>-1.4</v>
+      </c>
+      <c r="PC12" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="PD12" s="15" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="PE12" s="15" t="n">
+        <v>27.0</v>
+      </c>
+      <c r="PF12" s="15" t="n">
         <v>-2.8</v>
       </c>
-      <c r="KO12" s="15" t="n">
-[...206 lines deleted...]
-      <c r="NF12" s="15" t="n">
+      <c r="PG12" s="15" t="n">
+        <v>-20.6</v>
+      </c>
+      <c r="PH12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PI12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PJ12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PK12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PL12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PM12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PN12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PO12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PP12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PQ12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PR12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PS12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PT12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PU12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PV12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PW12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PX12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PY12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PZ12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QA12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QB12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QC12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QD12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QE12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QF12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QG12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QH12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QI12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QJ12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QK12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QL12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QM12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QN12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QO12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QP12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QQ12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QR12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QS12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QT12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QU12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QV12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QW12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QX12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QY12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QZ12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RA12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RB12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RC12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RD12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RE12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RF12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RG12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RH12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RI12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RJ12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RK12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RL12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RM12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RN12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RO12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RP12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RQ12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RR12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RS12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RT12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RU12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RV12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RW12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RX12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RY12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RZ12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SA12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SB12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SC12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SD12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SE12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SF12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SG12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SH12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SI12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SJ12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SK12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SL12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SM12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SN12" s="15" t="n">
         <v>-2.6</v>
       </c>
-      <c r="NG12" s="15" t="n">
-[...230 lines deleted...]
-      <c r="QF12" s="15" t="n">
+      <c r="SO12" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="SP12" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="SQ12" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="SR12" s="15" t="n">
+        <v>-1.3</v>
+      </c>
+      <c r="SS12" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="QG12" s="15" t="n">
-[...20 lines deleted...]
-      <c r="QN12" s="15" t="n">
+      <c r="ST12" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="SU12" s="15" t="n">
         <v>-1.3</v>
-      </c>
-[...177 lines deleted...]
-        <v>-1.1</v>
       </c>
       <c r="SV12" s="15" t="n">
         <v>-1.2</v>
       </c>
       <c r="SW12" s="15" t="n">
+        <v>-1.0</v>
+      </c>
+      <c r="SX12" s="15" t="n">
+        <v>-1.2</v>
+      </c>
+      <c r="SY12" s="15" t="n">
+        <v>-1.5</v>
+      </c>
+      <c r="SZ12" s="15" t="n">
+        <v>-1.9</v>
+      </c>
+      <c r="TA12" s="15" t="n">
+        <v>-1.1</v>
+      </c>
+      <c r="TB12" s="15" t="n">
+        <v>-1.2</v>
+      </c>
+      <c r="TC12" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="SX12" s="15" t="n">
+      <c r="TD12" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="SY12" s="15" t="n">
+      <c r="TE12" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="SZ12" s="15" t="n">
+      <c r="TF12" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="TA12" s="15" t="n">
+      <c r="TG12" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="TH12" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="TB12" s="15" t="n">
-[...2 lines deleted...]
-      <c r="TC12" s="15" t="n">
+      <c r="TI12" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="TD12" s="15" t="n">
+      <c r="TJ12" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="TE12" s="15" t="n">
+      <c r="TK12" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="TF12" s="15" t="n">
+      <c r="TL12" s="15" t="n">
         <v>5.2</v>
       </c>
-      <c r="TG12" s="15" t="n">
+      <c r="TM12" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="TH12" s="15" t="n">
+      <c r="TN12" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="TI12" s="15" t="n">
+      <c r="TO12" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="TJ12" s="15" t="n">
+      <c r="TP12" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="TK12" s="15" t="n">
+      <c r="TQ12" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="TL12" s="15" t="n">
-[...2 lines deleted...]
-      <c r="TM12" s="15" t="n">
+      <c r="TR12" s="15" t="n">
+        <v>-1.1</v>
+      </c>
+      <c r="TS12" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="TN12" s="15" t="n">
+      <c r="TT12" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="TO12" s="15" t="n">
+      <c r="TU12" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="TP12" s="15" t="n">
+      <c r="TV12" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="TQ12" s="15" t="n">
+      <c r="TW12" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="TR12" s="15" t="n">
+      <c r="TX12" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="TS12" s="15" t="n">
+      <c r="TY12" s="15" t="n">
         <v>-2.6</v>
       </c>
-      <c r="TT12" s="15" t="n">
+      <c r="TZ12" s="15" t="n">
         <v>-1.7</v>
       </c>
-      <c r="TU12" s="15" t="n">
+      <c r="UA12" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="TV12" s="15" t="n">
+      <c r="UB12" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="TW12" s="15" t="n">
+      <c r="UC12" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="TX12" s="15" t="n">
+      <c r="UD12" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="TY12" s="15" t="n">
+      <c r="UE12" s="15" t="n">
         <v>-3.6</v>
       </c>
-      <c r="TZ12" s="15" t="n">
+      <c r="UF12" s="15" t="n">
         <v>-4.2</v>
       </c>
-      <c r="UA12" s="15" t="n">
+      <c r="UG12" s="15" t="n">
         <v>-2.3</v>
       </c>
-      <c r="UB12" s="15" t="n">
+      <c r="UH12" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="UC12" s="15" t="n">
+      <c r="UI12" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="UD12" s="15" t="n">
+      <c r="UJ12" s="15" t="n">
         <v>4.5</v>
-      </c>
-[...16 lines deleted...]
-        <v>0.7</v>
       </c>
       <c r="UK12" s="15" t="n">
         <v>0.7</v>
       </c>
       <c r="UL12" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="UM12" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="UN12" s="15" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="UO12" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="UP12" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="UM12" s="15" t="n">
+      <c r="UQ12" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="UN12" s="15" t="n">
+      <c r="UR12" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="US12" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="UT12" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="UO12" s="15" t="n">
+      <c r="UU12" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="UP12" s="15" t="n">
+      <c r="UV12" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="UQ12" s="15" t="n">
+      <c r="UW12" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="UR12" s="15" t="n">
+      <c r="UX12" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="US12" s="15" t="n">
+      <c r="UY12" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="UT12" s="15" t="n">
+      <c r="UZ12" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="UU12" s="15" t="n">
+      <c r="VA12" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="UV12" s="15" t="n">
+      <c r="VB12" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="UW12" s="15" t="n">
+      <c r="VC12" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="UX12" s="15" t="n">
+      <c r="VD12" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="UY12" s="15" t="n">
+      <c r="VE12" s="15" t="n">
         <v>0.1</v>
-      </c>
-[...16 lines deleted...]
-        <v>0.6</v>
       </c>
       <c r="VF12" s="15" t="n">
         <v>1.4</v>
       </c>
       <c r="VG12" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="VH12" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="VI12" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="VJ12" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="VK12" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="VL12" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="VM12" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="VH12" s="15" t="n">
+      <c r="VN12" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="VI12" s="15" t="n">
+      <c r="VO12" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="VJ12" s="15" t="n">
+      <c r="VP12" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="VK12" s="15" t="n">
+      <c r="VQ12" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="VL12" s="15" t="n">
+      <c r="VR12" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="VM12" s="15" t="n">
+      <c r="VS12" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="VN12" s="15" t="n">
+      <c r="VT12" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="VO12" s="15" t="n">
+      <c r="VU12" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="VP12" s="15" t="n">
+      <c r="VV12" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="VQ12" s="15" t="n">
+      <c r="VW12" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="VR12" s="15" t="n">
+      <c r="VX12" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="VS12" s="15" t="n">
+      <c r="VY12" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="VT12" s="15" t="n">
+      <c r="VZ12" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="VU12" s="15" t="n">
+      <c r="WA12" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="VV12" s="15" t="n">
+      <c r="WB12" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="VW12" s="15" t="n">
+      <c r="WC12" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="VX12" s="15" t="n">
+      <c r="WD12" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="VY12" s="15" t="n">
+      <c r="WE12" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="WF12" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="WG12" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="WH12" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="WI12" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="WJ12" s="15" t="n">
+        <v>-1.2</v>
+      </c>
+      <c r="WK12" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="WL12" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="WM12" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="WN12" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="VZ12" s="15" t="n">
-[...5 lines deleted...]
-      <c r="WB12" s="15" t="n">
+      <c r="WO12" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="WP12" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="WQ12" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="WR12" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="WS12" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="WT12" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="WU12" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="WV12" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="WW12" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="WX12" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="WC12" s="15" t="n">
+      <c r="WY12" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="WZ12" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="XA12" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="XB12" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="XC12" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="XD12" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="XE12" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="XF12" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="XG12" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="XH12" s="15" t="n">
+        <v>-0.8</v>
+      </c>
+      <c r="XI12" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="XJ12" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="XK12" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="XL12" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="XM12" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="WD12" s="15" t="n">
-[...2 lines deleted...]
-      <c r="WE12" s="15" t="n">
+      <c r="XN12" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="XO12" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="XP12" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="XQ12" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="XR12" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="WF12" s="15" t="n">
-[...8 lines deleted...]
-      <c r="WI12" s="15" t="n">
+      <c r="XS12" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="XT12" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="XU12" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="XV12" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="XW12" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="XX12" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="WJ12" s="15" t="n">
-[...2 lines deleted...]
-      <c r="WK12" s="15" t="n">
+      <c r="XY12" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="XZ12" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="YA12" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="YB12" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="YC12" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="YD12" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="YE12" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="YF12" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="YG12" s="15" t="n">
+        <v>-2.8</v>
+      </c>
+      <c r="YH12" s="15" t="n">
+        <v>-2.7</v>
+      </c>
+      <c r="YI12" s="15" t="n">
+        <v>-2.1</v>
+      </c>
+      <c r="YJ12" s="15" t="n">
+        <v>-1.9</v>
+      </c>
+      <c r="YK12" s="15" t="n">
+        <v>-1.5</v>
+      </c>
+      <c r="YL12" s="15" t="n">
+        <v>-1.9</v>
+      </c>
+      <c r="YM12" s="15" t="n">
+        <v>-2.4</v>
+      </c>
+      <c r="YN12" s="15" t="n">
+        <v>-2.3</v>
+      </c>
+      <c r="YO12" s="15" t="n">
+        <v>-1.8</v>
+      </c>
+      <c r="YP12" s="15" t="n">
+        <v>-1.7</v>
+      </c>
+      <c r="YQ12" s="15" t="n">
+        <v>-2.0</v>
+      </c>
+      <c r="YR12" s="15" t="n">
+        <v>-2.2</v>
+      </c>
+      <c r="YS12" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="YT12" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="YU12" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="WL12" s="15" t="n">
+      <c r="YV12" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="YW12" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="WM12" s="15" t="n">
+      <c r="YX12" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="WN12" s="15" t="n">
+      <c r="YY12" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="WO12" s="15" t="n">
-[...50 lines deleted...]
-      <c r="XF12" s="15" t="n">
+      <c r="YZ12" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="XG12" s="15" t="n">
-[...333 lines deleted...]
-        <v>1.1</v>
+      <c r="ZA12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZB12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZC12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZD12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZE12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZF12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZG12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZH12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZI12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZJ12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZK12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZL12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZM12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZN12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZO12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZP12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZQ12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZR12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZS12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZT12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZU12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZV12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZW12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZX12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZY12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZZ12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAA12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAB12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAC12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAD12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAE12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAF12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAG12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAH12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAI12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAJ12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAK12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAL12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAM12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAN12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAO12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAP12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAQ12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAR12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAS12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAT12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAU12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAV12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAW12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAX12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAY12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAZ12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABA12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABB12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABC12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABD12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABE12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABF12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABG12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABH12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABI12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABJ12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABK12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABL12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABM12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABN12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
       </c>
       <c r="ABO12" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABP12" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABQ12" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABR12" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABS12" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABT12" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABU12" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABV12" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABW12" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABX12" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABY12" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABZ12" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACA12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACB12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACC12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACD12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACE12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACF12" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    04 Vivienda, agua, electricidad, gas y otros combustibles</t>
         </is>
       </c>
       <c r="B13" s="14" t="n">
-        <v>125.99</v>
+        <v>102.66</v>
       </c>
       <c r="C13" s="14" t="n">
-        <v>126.18</v>
+        <v>101.73</v>
       </c>
       <c r="D13" s="14" t="n">
-        <v>125.04</v>
+        <v>101.19</v>
       </c>
       <c r="E13" s="14" t="n">
-        <v>124.54</v>
+        <v>101.34</v>
       </c>
       <c r="F13" s="14" t="n">
-        <v>124.57</v>
+        <v>100.43</v>
       </c>
       <c r="G13" s="14" t="n">
-        <v>123.93</v>
+        <v>100.03</v>
       </c>
       <c r="H13" s="14" t="n">
-        <v>122.54</v>
+        <v>100.05</v>
       </c>
       <c r="I13" s="14" t="n">
-        <v>122.1</v>
+        <v>99.54</v>
       </c>
       <c r="J13" s="14" t="n">
-        <v>123.16</v>
+        <v>98.42</v>
       </c>
       <c r="K13" s="14" t="n">
-        <v>124.97</v>
+        <v>98.07</v>
       </c>
       <c r="L13" s="14" t="n">
-        <v>124.38</v>
+        <v>98.92</v>
       </c>
       <c r="M13" s="14" t="n">
-        <v>123.1</v>
+        <v>100.37</v>
       </c>
       <c r="N13" s="14" t="n">
-        <v>122.42</v>
+        <v>99.9</v>
       </c>
       <c r="O13" s="14" t="n">
-        <v>120.57</v>
+        <v>98.87</v>
       </c>
       <c r="P13" s="14" t="n">
-        <v>119.96</v>
+        <v>98.32</v>
       </c>
       <c r="Q13" s="14" t="n">
-        <v>120.74</v>
+        <v>96.84</v>
       </c>
       <c r="R13" s="14" t="n">
-        <v>119.97</v>
+        <v>96.35</v>
       </c>
       <c r="S13" s="14" t="n">
-        <v>118.96</v>
+        <v>96.98</v>
       </c>
       <c r="T13" s="14" t="n">
-        <v>118.13</v>
+        <v>96.36</v>
       </c>
       <c r="U13" s="14" t="n">
-        <v>117.24</v>
+        <v>95.55</v>
       </c>
       <c r="V13" s="14" t="n">
-        <v>117.51</v>
+        <v>94.88</v>
       </c>
       <c r="W13" s="14" t="n">
-        <v>117.9</v>
+        <v>94.17</v>
       </c>
       <c r="X13" s="14" t="n">
-        <v>119.32</v>
+        <v>94.38</v>
       </c>
       <c r="Y13" s="14" t="n">
-        <v>117.44</v>
+        <v>94.7</v>
       </c>
       <c r="Z13" s="14" t="n">
-        <v>116.83</v>
+        <v>95.83</v>
       </c>
       <c r="AA13" s="14" t="n">
-        <v>118.51</v>
+        <v>94.33</v>
       </c>
       <c r="AB13" s="14" t="n">
-        <v>119.34</v>
+        <v>93.84</v>
       </c>
       <c r="AC13" s="14" t="n">
-        <v>118.87</v>
+        <v>95.19</v>
       </c>
       <c r="AD13" s="14" t="n">
-        <v>119.09</v>
+        <v>95.85</v>
       </c>
       <c r="AE13" s="14" t="n">
-        <v>119.01</v>
+        <v>95.47</v>
       </c>
       <c r="AF13" s="14" t="n">
-        <v>118.02</v>
+        <v>95.65</v>
       </c>
       <c r="AG13" s="14" t="n">
-        <v>118.41</v>
+        <v>95.59</v>
       </c>
       <c r="AH13" s="14" t="n">
-        <v>120.61</v>
+        <v>94.79</v>
       </c>
       <c r="AI13" s="14" t="n">
-        <v>123.05</v>
+        <v>95.1</v>
       </c>
       <c r="AJ13" s="14" t="n">
-        <v>119.45</v>
+        <v>96.87</v>
       </c>
       <c r="AK13" s="14" t="n">
-        <v>124.65</v>
+        <v>98.83</v>
       </c>
       <c r="AL13" s="14" t="n">
-        <v>123.69</v>
+        <v>95.94</v>
       </c>
       <c r="AM13" s="14" t="n">
-        <v>128.28</v>
+        <v>100.12</v>
       </c>
       <c r="AN13" s="14" t="n">
-        <v>135.69</v>
+        <v>99.34</v>
       </c>
       <c r="AO13" s="14" t="n">
-        <v>143.42</v>
+        <v>103.03</v>
       </c>
       <c r="AP13" s="14" t="n">
-        <v>138.2</v>
+        <v>108.98</v>
       </c>
       <c r="AQ13" s="14" t="n">
-        <v>133.0</v>
+        <v>115.19</v>
       </c>
       <c r="AR13" s="14" t="n">
-        <v>128.61</v>
+        <v>111.0</v>
       </c>
       <c r="AS13" s="14" t="n">
-        <v>129.56</v>
+        <v>106.82</v>
       </c>
       <c r="AT13" s="14" t="n">
-        <v>140.37</v>
+        <v>103.29</v>
       </c>
       <c r="AU13" s="14" t="n">
-        <v>127.98</v>
+        <v>104.06</v>
       </c>
       <c r="AV13" s="14" t="n">
-        <v>127.22</v>
+        <v>112.74</v>
       </c>
       <c r="AW13" s="14" t="n">
-        <v>127.4</v>
+        <v>102.79</v>
       </c>
       <c r="AX13" s="14" t="n">
-        <v>119.01</v>
+        <v>102.18</v>
       </c>
       <c r="AY13" s="14" t="n">
-        <v>121.67</v>
+        <v>102.33</v>
       </c>
       <c r="AZ13" s="14" t="n">
-        <v>115.05</v>
+        <v>95.59</v>
       </c>
       <c r="BA13" s="14" t="n">
-        <v>110.96</v>
+        <v>97.72</v>
       </c>
       <c r="BB13" s="14" t="n">
-        <v>108.44</v>
+        <v>92.41</v>
       </c>
       <c r="BC13" s="14" t="n">
-        <v>106.35</v>
+        <v>89.12</v>
       </c>
       <c r="BD13" s="14" t="n">
-        <v>104.15</v>
+        <v>87.1</v>
       </c>
       <c r="BE13" s="14" t="n">
-        <v>103.78</v>
+        <v>85.42</v>
       </c>
       <c r="BF13" s="14" t="n">
-        <v>100.42</v>
+        <v>83.65</v>
       </c>
       <c r="BG13" s="14" t="n">
-        <v>97.25</v>
+        <v>83.35</v>
       </c>
       <c r="BH13" s="14" t="n">
-        <v>102.57</v>
+        <v>80.65</v>
       </c>
       <c r="BI13" s="14" t="n">
-        <v>98.44</v>
+        <v>78.11</v>
       </c>
       <c r="BJ13" s="14" t="n">
-        <v>97.52</v>
+        <v>82.39</v>
       </c>
       <c r="BK13" s="14" t="n">
-        <v>96.51</v>
+        <v>79.07</v>
       </c>
       <c r="BL13" s="14" t="n">
-        <v>97.62</v>
+        <v>78.32</v>
       </c>
       <c r="BM13" s="14" t="n">
-        <v>96.84</v>
+        <v>77.52</v>
       </c>
       <c r="BN13" s="14" t="n">
-        <v>96.58</v>
+        <v>78.41</v>
       </c>
       <c r="BO13" s="14" t="n">
-        <v>96.07</v>
+        <v>77.78</v>
       </c>
       <c r="BP13" s="14" t="n">
-        <v>94.49</v>
+        <v>77.57</v>
       </c>
       <c r="BQ13" s="14" t="n">
-        <v>94.44</v>
+        <v>77.16</v>
       </c>
       <c r="BR13" s="14" t="n">
-        <v>96.35</v>
+        <v>75.89</v>
       </c>
       <c r="BS13" s="14" t="n">
-        <v>98.25</v>
+        <v>75.85</v>
       </c>
       <c r="BT13" s="14" t="n">
-        <v>99.46</v>
+        <v>77.39</v>
       </c>
       <c r="BU13" s="14" t="n">
-        <v>98.5</v>
+        <v>78.91</v>
       </c>
       <c r="BV13" s="14" t="n">
-        <v>99.61</v>
+        <v>79.88</v>
       </c>
       <c r="BW13" s="14" t="n">
-        <v>100.04</v>
+        <v>79.11</v>
       </c>
       <c r="BX13" s="14" t="n">
-        <v>99.01</v>
+        <v>80.0</v>
       </c>
       <c r="BY13" s="14" t="n">
-        <v>99.5</v>
+        <v>80.35</v>
       </c>
       <c r="BZ13" s="14" t="n">
-        <v>100.44</v>
+        <v>79.52</v>
       </c>
       <c r="CA13" s="14" t="n">
-        <v>99.8</v>
+        <v>79.92</v>
       </c>
       <c r="CB13" s="14" t="n">
-        <v>100.4</v>
+        <v>80.67</v>
       </c>
       <c r="CC13" s="14" t="n">
-        <v>100.94</v>
+        <v>80.16</v>
       </c>
       <c r="CD13" s="14" t="n">
-        <v>101.12</v>
+        <v>80.64</v>
       </c>
       <c r="CE13" s="14" t="n">
-        <v>101.92</v>
+        <v>81.07</v>
       </c>
       <c r="CF13" s="14" t="n">
-        <v>103.02</v>
+        <v>81.22</v>
       </c>
       <c r="CG13" s="14" t="n">
-        <v>103.66</v>
+        <v>81.86</v>
       </c>
       <c r="CH13" s="14" t="n">
-        <v>103.8</v>
+        <v>82.74</v>
       </c>
       <c r="CI13" s="14" t="n">
-        <v>104.04</v>
+        <v>83.26</v>
       </c>
       <c r="CJ13" s="14" t="n">
-        <v>103.93</v>
+        <v>83.37</v>
       </c>
       <c r="CK13" s="14" t="n">
-        <v>102.84</v>
+        <v>83.56</v>
       </c>
       <c r="CL13" s="14" t="n">
-        <v>102.19</v>
+        <v>83.48</v>
       </c>
       <c r="CM13" s="14" t="n">
-        <v>101.29</v>
+        <v>82.6</v>
       </c>
       <c r="CN13" s="14" t="n">
-        <v>100.77</v>
+        <v>82.08</v>
       </c>
       <c r="CO13" s="14" t="n">
-        <v>99.03</v>
+        <v>81.36</v>
       </c>
       <c r="CP13" s="14" t="n">
-        <v>99.11</v>
+        <v>80.93</v>
       </c>
       <c r="CQ13" s="14" t="n">
-        <v>101.02</v>
+        <v>79.54</v>
       </c>
       <c r="CR13" s="14" t="n">
-        <v>100.64</v>
+        <v>79.6</v>
       </c>
       <c r="CS13" s="14" t="n">
-        <v>101.17</v>
+        <v>81.14</v>
       </c>
       <c r="CT13" s="14" t="n">
-        <v>101.02</v>
+        <v>80.83</v>
       </c>
       <c r="CU13" s="14" t="n">
-        <v>100.12</v>
+        <v>81.26</v>
       </c>
       <c r="CV13" s="14" t="n">
-        <v>98.77</v>
+        <v>81.13</v>
       </c>
       <c r="CW13" s="14" t="n">
-        <v>98.68</v>
+        <v>80.41</v>
       </c>
       <c r="CX13" s="14" t="n">
-        <v>98.56</v>
+        <v>79.33</v>
       </c>
       <c r="CY13" s="14" t="n">
-        <v>98.78</v>
+        <v>79.26</v>
       </c>
       <c r="CZ13" s="14" t="n">
-        <v>98.51</v>
+        <v>79.16</v>
       </c>
       <c r="DA13" s="14" t="n">
-        <v>98.26</v>
+        <v>79.34</v>
       </c>
       <c r="DB13" s="14" t="n">
-        <v>98.15</v>
+        <v>79.12</v>
       </c>
       <c r="DC13" s="14" t="n">
-        <v>99.65</v>
+        <v>78.92</v>
       </c>
       <c r="DD13" s="14" t="n">
-        <v>102.67</v>
+        <v>78.83</v>
       </c>
       <c r="DE13" s="14" t="n">
-        <v>99.88</v>
+        <v>80.03</v>
       </c>
       <c r="DF13" s="14" t="n">
-        <v>98.59</v>
+        <v>82.46</v>
       </c>
       <c r="DG13" s="14" t="n">
-        <v>97.94</v>
+        <v>80.22</v>
       </c>
       <c r="DH13" s="14" t="n">
-        <v>95.93</v>
+        <v>79.19</v>
       </c>
       <c r="DI13" s="14" t="n">
-        <v>95.48</v>
+        <v>78.66</v>
       </c>
       <c r="DJ13" s="14" t="n">
-        <v>95.51</v>
+        <v>77.05</v>
       </c>
       <c r="DK13" s="14" t="n">
-        <v>95.37</v>
+        <v>76.69</v>
       </c>
       <c r="DL13" s="14" t="n">
-        <v>93.43</v>
+        <v>76.71</v>
       </c>
       <c r="DM13" s="14" t="n">
-        <v>93.23</v>
+        <v>76.6</v>
       </c>
       <c r="DN13" s="14" t="n">
-        <v>94.03</v>
+        <v>75.04</v>
       </c>
       <c r="DO13" s="14" t="n">
-        <v>94.1</v>
+        <v>74.88</v>
       </c>
       <c r="DP13" s="14" t="n">
-        <v>95.64</v>
+        <v>75.52</v>
       </c>
       <c r="DQ13" s="14" t="n">
-        <v>99.06</v>
+        <v>75.58</v>
       </c>
       <c r="DR13" s="14" t="n">
-        <v>98.98</v>
+        <v>76.81</v>
       </c>
       <c r="DS13" s="14" t="n">
-        <v>98.36</v>
+        <v>79.57</v>
       </c>
       <c r="DT13" s="14" t="n">
-        <v>98.73</v>
+        <v>79.5</v>
       </c>
       <c r="DU13" s="14" t="n">
-        <v>99.92</v>
+        <v>79.0</v>
       </c>
       <c r="DV13" s="14" t="n">
-        <v>101.23</v>
+        <v>79.3</v>
       </c>
       <c r="DW13" s="14" t="n">
-        <v>100.91</v>
+        <v>80.25</v>
       </c>
       <c r="DX13" s="14" t="n">
-        <v>99.96</v>
+        <v>81.3</v>
       </c>
       <c r="DY13" s="14" t="n">
-        <v>100.41</v>
+        <v>81.05</v>
       </c>
       <c r="DZ13" s="14" t="n">
-        <v>100.35</v>
+        <v>80.28</v>
       </c>
       <c r="EA13" s="14" t="n">
-        <v>100.38</v>
+        <v>80.65</v>
       </c>
       <c r="EB13" s="14" t="n">
-        <v>101.71</v>
+        <v>80.6</v>
       </c>
       <c r="EC13" s="14" t="n">
-        <v>101.43</v>
+        <v>80.62</v>
       </c>
       <c r="ED13" s="14" t="n">
-        <v>101.55</v>
+        <v>81.69</v>
       </c>
       <c r="EE13" s="14" t="n">
-        <v>103.03</v>
+        <v>81.47</v>
       </c>
       <c r="EF13" s="14" t="n">
-        <v>103.63</v>
+        <v>81.56</v>
       </c>
       <c r="EG13" s="14" t="n">
-        <v>103.19</v>
+        <v>82.75</v>
       </c>
       <c r="EH13" s="14" t="n">
-        <v>102.06</v>
+        <v>83.23</v>
       </c>
       <c r="EI13" s="14" t="n">
-        <v>102.11</v>
+        <v>82.88</v>
       </c>
       <c r="EJ13" s="14" t="n">
-        <v>102.43</v>
+        <v>81.98</v>
       </c>
       <c r="EK13" s="14" t="n">
-        <v>102.42</v>
+        <v>82.01</v>
       </c>
       <c r="EL13" s="14" t="n">
-        <v>102.14</v>
+        <v>82.27</v>
       </c>
       <c r="EM13" s="14" t="n">
-        <v>102.07</v>
+        <v>82.26</v>
       </c>
       <c r="EN13" s="14" t="n">
-        <v>101.97</v>
+        <v>82.04</v>
       </c>
       <c r="EO13" s="14" t="n">
-        <v>101.6</v>
+        <v>81.98</v>
       </c>
       <c r="EP13" s="14" t="n">
-        <v>101.49</v>
+        <v>81.9</v>
       </c>
       <c r="EQ13" s="14" t="n">
-        <v>101.66</v>
+        <v>81.6</v>
       </c>
       <c r="ER13" s="14" t="n">
-        <v>101.35</v>
+        <v>81.51</v>
       </c>
       <c r="ES13" s="14" t="n">
-        <v>102.22</v>
+        <v>81.65</v>
       </c>
       <c r="ET13" s="14" t="n">
-        <v>100.85</v>
+        <v>81.4</v>
       </c>
       <c r="EU13" s="14" t="n">
-        <v>100.0</v>
+        <v>82.1</v>
       </c>
       <c r="EV13" s="14" t="n">
-        <v>99.71</v>
+        <v>81.0</v>
       </c>
       <c r="EW13" s="14" t="n">
-        <v>99.8</v>
+        <v>80.32</v>
       </c>
       <c r="EX13" s="14" t="n">
-        <v>101.2</v>
+        <v>80.08</v>
       </c>
       <c r="EY13" s="14" t="n">
-        <v>100.97</v>
+        <v>80.16</v>
       </c>
       <c r="EZ13" s="14" t="n">
-        <v>100.84</v>
+        <v>81.28</v>
       </c>
       <c r="FA13" s="14" t="n">
-        <v>101.91</v>
+        <v>81.1</v>
       </c>
       <c r="FB13" s="14" t="n">
-        <v>101.9</v>
+        <v>81.0</v>
       </c>
       <c r="FC13" s="14" t="n">
-        <v>102.14</v>
+        <v>81.86</v>
       </c>
       <c r="FD13" s="14" t="n">
-        <v>102.99</v>
+        <v>81.84</v>
       </c>
       <c r="FE13" s="14" t="n">
-        <v>104.25</v>
+        <v>82.04</v>
       </c>
       <c r="FF13" s="14" t="n">
-        <v>103.32</v>
+        <v>82.72</v>
       </c>
       <c r="FG13" s="14" t="n">
-        <v>101.33</v>
+        <v>83.73</v>
       </c>
       <c r="FH13" s="14" t="n">
-        <v>101.31</v>
+        <v>82.98</v>
       </c>
       <c r="FI13" s="14" t="n">
-        <v>101.24</v>
+        <v>81.39</v>
       </c>
       <c r="FJ13" s="14" t="n">
-        <v>98.77</v>
+        <v>81.37</v>
       </c>
       <c r="FK13" s="14" t="n">
-        <v>98.49</v>
+        <v>81.31</v>
       </c>
       <c r="FL13" s="14" t="n">
-        <v>98.41</v>
+        <v>79.33</v>
       </c>
       <c r="FM13" s="14" t="n">
-        <v>97.97</v>
+        <v>79.1</v>
       </c>
       <c r="FN13" s="14" t="n">
-        <v>97.77</v>
+        <v>79.04</v>
       </c>
       <c r="FO13" s="14" t="n">
-        <v>97.72</v>
+        <v>78.69</v>
       </c>
       <c r="FP13" s="14" t="n">
-        <v>97.58</v>
+        <v>78.53</v>
       </c>
       <c r="FQ13" s="14" t="n">
-        <v>98.66</v>
+        <v>78.49</v>
       </c>
       <c r="FR13" s="14" t="n">
-        <v>98.16</v>
+        <v>78.38</v>
       </c>
       <c r="FS13" s="14" t="n">
-        <v>96.6</v>
+        <v>79.24</v>
       </c>
       <c r="FT13" s="14" t="n">
-        <v>96.44</v>
+        <v>78.84</v>
       </c>
       <c r="FU13" s="14" t="n">
-        <v>96.77</v>
+        <v>77.59</v>
       </c>
       <c r="FV13" s="14" t="n">
-        <v>95.82</v>
+        <v>77.46</v>
       </c>
       <c r="FW13" s="14" t="n">
-        <v>95.36</v>
+        <v>77.72</v>
       </c>
       <c r="FX13" s="14" t="n">
-        <v>95.17</v>
+        <v>76.96</v>
       </c>
       <c r="FY13" s="14" t="n">
-        <v>92.68</v>
+        <v>76.59</v>
       </c>
       <c r="FZ13" s="14" t="n">
-        <v>92.24</v>
-[...214 lines deleted...]
-      <c r="IT13" s="15" t="n">
+        <v>76.44</v>
+      </c>
+      <c r="GA13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GB13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GC13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GD13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GE13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GF13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GG13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GH13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GI13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GJ13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GK13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GL13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GM13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GN13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GO13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GP13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GQ13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GR13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GS13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GT13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GU13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GV13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GW13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GX13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GY13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GZ13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HA13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HB13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HC13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HD13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HE13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HF13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HG13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HH13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HI13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HJ13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HK13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HL13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HM13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HN13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HO13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HP13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HQ13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HR13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HS13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HT13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HU13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HV13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HW13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HX13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HY13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HZ13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IA13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IB13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IC13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IH13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="II13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IJ13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IK13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IL13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IM13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IN13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IO13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IP13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IQ13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IR13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IS13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IT13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IU13" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="IU13" s="15" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="IV13" s="15" t="n">
-        <v>0.0</v>
+        <v>0.5</v>
       </c>
       <c r="IW13" s="15" t="n">
-        <v>0.5</v>
+        <v>-0.1</v>
       </c>
       <c r="IX13" s="15" t="n">
-        <v>1.1</v>
+        <v>0.9</v>
       </c>
       <c r="IY13" s="15" t="n">
         <v>0.4</v>
       </c>
       <c r="IZ13" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="JA13" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="JB13" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="JC13" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="JD13" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="JA13" s="15" t="n">
+      <c r="JE13" s="15" t="n">
         <v>-1.4</v>
-      </c>
-[...10 lines deleted...]
-        <v>1.5</v>
       </c>
       <c r="JF13" s="15" t="n">
         <v>0.5</v>
       </c>
       <c r="JG13" s="15" t="n">
-        <v>-0.6</v>
+        <v>1.0</v>
       </c>
       <c r="JH13" s="15" t="n">
         <v>0.6</v>
       </c>
       <c r="JI13" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="JJ13" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="JK13" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="JL13" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="JM13" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="JJ13" s="15" t="n">
+      <c r="JN13" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="JK13" s="15" t="n">
+      <c r="JO13" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="JL13" s="15" t="n">
+      <c r="JP13" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="JM13" s="15" t="n">
+      <c r="JQ13" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="JN13" s="15" t="n">
+      <c r="JR13" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="JO13" s="15" t="n">
+      <c r="JS13" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="JP13" s="15" t="n">
+      <c r="JT13" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="JQ13" s="15" t="n">
+      <c r="JU13" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="JR13" s="15" t="n">
+      <c r="JV13" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="JS13" s="15" t="n">
+      <c r="JW13" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="JT13" s="15" t="n">
+      <c r="JX13" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="JU13" s="15" t="n">
+      <c r="JY13" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="JV13" s="15" t="n">
+      <c r="JZ13" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="JW13" s="15" t="n">
+      <c r="KA13" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="JX13" s="15" t="n">
+      <c r="KB13" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="JY13" s="15" t="n">
+      <c r="KC13" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="JZ13" s="15" t="n">
+      <c r="KD13" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="KA13" s="15" t="n">
+      <c r="KE13" s="15" t="n">
         <v>-4.2</v>
       </c>
-      <c r="KB13" s="15" t="n">
+      <c r="KF13" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="KC13" s="15" t="n">
+      <c r="KG13" s="15" t="n">
         <v>-3.6</v>
       </c>
-      <c r="KD13" s="15" t="n">
+      <c r="KH13" s="15" t="n">
         <v>-5.5</v>
       </c>
-      <c r="KE13" s="15" t="n">
+      <c r="KI13" s="15" t="n">
         <v>-5.4</v>
       </c>
-      <c r="KF13" s="15" t="n">
+      <c r="KJ13" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="KG13" s="15" t="n">
+      <c r="KK13" s="15" t="n">
         <v>3.9</v>
       </c>
-      <c r="KH13" s="15" t="n">
+      <c r="KL13" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="KI13" s="15" t="n">
+      <c r="KM13" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="KJ13" s="15" t="n">
+      <c r="KN13" s="15" t="n">
         <v>-7.7</v>
       </c>
-      <c r="KK13" s="15" t="n">
+      <c r="KO13" s="15" t="n">
         <v>9.7</v>
       </c>
-      <c r="KL13" s="15" t="n">
+      <c r="KP13" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="KM13" s="15" t="n">
+      <c r="KQ13" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="KN13" s="15" t="n">
-[...2 lines deleted...]
-      <c r="KO13" s="15" t="n">
+      <c r="KR13" s="15" t="n">
+        <v>7.1</v>
+      </c>
+      <c r="KS13" s="15" t="n">
         <v>-2.2</v>
       </c>
-      <c r="KP13" s="15" t="n">
-[...2 lines deleted...]
-      <c r="KQ13" s="15" t="n">
+      <c r="KT13" s="15" t="n">
+        <v>5.7</v>
+      </c>
+      <c r="KU13" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="KR13" s="15" t="n">
+      <c r="KV13" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="KS13" s="15" t="n">
+      <c r="KW13" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="KT13" s="15" t="n">
+      <c r="KX13" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="KU13" s="15" t="n">
+      <c r="KY13" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="KV13" s="15" t="n">
+      <c r="KZ13" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="KW13" s="15" t="n">
+      <c r="LA13" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="KX13" s="15" t="n">
+      <c r="LB13" s="15" t="n">
         <v>-5.2</v>
       </c>
-      <c r="KY13" s="15" t="n">
+      <c r="LC13" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="KZ13" s="15" t="n">
-[...2 lines deleted...]
-      <c r="LA13" s="15" t="n">
+      <c r="LD13" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="LB13" s="15" t="n">
+      <c r="LE13" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="LF13" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="LC13" s="15" t="n">
+      <c r="LG13" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="LD13" s="15" t="n">
+      <c r="LH13" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="LE13" s="15" t="n">
+      <c r="LI13" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="LF13" s="15" t="n">
+      <c r="LJ13" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="LG13" s="15" t="n">
+      <c r="LK13" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="LH13" s="15" t="n">
+      <c r="LL13" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="LI13" s="15" t="n">
+      <c r="LM13" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="LJ13" s="15" t="n">
+      <c r="LN13" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="LK13" s="15" t="n">
+      <c r="LO13" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="LL13" s="15" t="n">
+      <c r="LP13" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="LM13" s="15" t="n">
+      <c r="LQ13" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="LN13" s="15" t="n">
+      <c r="LR13" s="15" t="n">
         <v>1.0</v>
-      </c>
-[...10 lines deleted...]
-        <v>-0.6</v>
       </c>
       <c r="LS13" s="15" t="n">
         <v>-0.5</v>
       </c>
       <c r="LT13" s="15" t="n">
+        <v>-0.9</v>
+      </c>
+      <c r="LU13" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="LV13" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="LW13" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="LX13" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="LU13" s="15" t="n">
+      <c r="LY13" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="LV13" s="15" t="n">
+      <c r="LZ13" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="LW13" s="15" t="n">
+      <c r="MA13" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="LX13" s="15" t="n">
+      <c r="MB13" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="LY13" s="15" t="n">
+      <c r="MC13" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="LZ13" s="15" t="n">
+      <c r="MD13" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="MA13" s="15" t="n">
+      <c r="ME13" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="MB13" s="15" t="n">
+      <c r="MF13" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="MC13" s="15" t="n">
+      <c r="MG13" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="MD13" s="15" t="n">
+      <c r="MH13" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="ME13" s="15" t="n">
-[...2 lines deleted...]
-      <c r="MF13" s="15" t="n">
+      <c r="MI13" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="MJ13" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="MG13" s="15" t="n">
+      <c r="MK13" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="MH13" s="15" t="n">
+      <c r="ML13" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="MI13" s="15" t="n">
+      <c r="MM13" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="MJ13" s="15" t="n">
+      <c r="MN13" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="MO13" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="MP13" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="MQ13" s="15" t="n">
         <v>0.1</v>
-      </c>
-[...19 lines deleted...]
-        <v>0.3</v>
       </c>
       <c r="MR13" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="MS13" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="MT13" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="MU13" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="MV13" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="MW13" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="MT13" s="15" t="n">
+      <c r="MX13" s="15" t="n">
         <v>-2.9</v>
       </c>
-      <c r="MU13" s="15" t="n">
+      <c r="MY13" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="MV13" s="15" t="n">
+      <c r="MZ13" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="MW13" s="15" t="n">
+      <c r="NA13" s="15" t="n">
         <v>0.7</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.1</v>
       </c>
       <c r="NB13" s="15" t="n">
         <v>2.1</v>
       </c>
       <c r="NC13" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="ND13" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="NE13" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="NF13" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="NG13" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="ND13" s="15" t="n">
-[...2 lines deleted...]
-      <c r="NE13" s="15" t="n">
+      <c r="NH13" s="15" t="n">
+        <v>-0.8</v>
+      </c>
+      <c r="NI13" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="NF13" s="15" t="n">
+      <c r="NJ13" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="NG13" s="15" t="n">
+      <c r="NK13" s="15" t="n">
         <v>-3.5</v>
       </c>
-      <c r="NH13" s="15" t="n">
+      <c r="NL13" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="NI13" s="15" t="n">
+      <c r="NM13" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="NJ13" s="15" t="n">
+      <c r="NN13" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="NK13" s="15" t="n">
+      <c r="NO13" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="NL13" s="15" t="n">
+      <c r="NP13" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="NM13" s="15" t="n">
+      <c r="NQ13" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="NN13" s="15" t="n">
+      <c r="NR13" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="NO13" s="15" t="n">
-[...2 lines deleted...]
-      <c r="NP13" s="15" t="n">
+      <c r="NS13" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="NT13" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="NQ13" s="15" t="n">
-[...2 lines deleted...]
-      <c r="NR13" s="15" t="n">
+      <c r="NU13" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="NV13" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="NS13" s="15" t="n">
+      <c r="NW13" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="NT13" s="15" t="n">
+      <c r="NX13" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="NU13" s="15" t="n">
+      <c r="NY13" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="NV13" s="15" t="n">
+      <c r="NZ13" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="NW13" s="15" t="n">
+      <c r="OA13" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="NX13" s="15" t="n">
+      <c r="OB13" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="NY13" s="15" t="n">
-[...2 lines deleted...]
-      <c r="NZ13" s="15" t="n">
+      <c r="OC13" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="OD13" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="OA13" s="15" t="n">
-[...2 lines deleted...]
-      <c r="OB13" s="15" t="n">
+      <c r="OE13" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="OF13" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="OC13" s="15" t="n">
+      <c r="OG13" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="OD13" s="15" t="n">
+      <c r="OH13" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="OE13" s="15" t="n">
+      <c r="OI13" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="OF13" s="15" t="n">
+      <c r="OJ13" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="OG13" s="15" t="n">
+      <c r="OK13" s="15" t="n">
         <v>-0.2</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.9</v>
       </c>
       <c r="OL13" s="15" t="n">
         <v>0.3</v>
       </c>
       <c r="OM13" s="15" t="n">
+        <v>-0.9</v>
+      </c>
+      <c r="ON13" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="OO13" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="OP13" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="OQ13" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="ON13" s="15" t="n">
+      <c r="OR13" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="OO13" s="15" t="n">
+      <c r="OS13" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="OP13" s="15" t="n">
+      <c r="OT13" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="OQ13" s="15" t="n">
-[...5 lines deleted...]
-      <c r="OS13" s="15" t="n">
+      <c r="OU13" s="15" t="n">
+        <v>-1.1</v>
+      </c>
+      <c r="OV13" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="OW13" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="OT13" s="15" t="n">
+      <c r="OX13" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="OU13" s="15" t="n">
+      <c r="OY13" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="OV13" s="15" t="n">
+      <c r="OZ13" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="OW13" s="15" t="n">
+      <c r="PA13" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="OX13" s="15" t="n">
-[...2 lines deleted...]
-      <c r="OY13" s="15" t="n">
+      <c r="PB13" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="PC13" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="OZ13" s="15" t="n">
+      <c r="PD13" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="PA13" s="15" t="n">
+      <c r="PE13" s="15" t="n">
         <v>0.3</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.1</v>
       </c>
       <c r="PF13" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="PG13" s="15" t="n">
-        <v>-1.1</v>
-[...1 lines deleted...]
-      <c r="PH13" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="PH13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PI13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PJ13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PK13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PL13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PM13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PN13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PO13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PP13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PQ13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PR13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PS13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PT13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PU13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PV13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PW13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PX13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PY13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PZ13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QA13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QB13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QC13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QD13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QE13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QF13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QG13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QH13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QI13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QJ13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QK13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QL13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QM13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QN13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QO13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QP13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QQ13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QR13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QS13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QT13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QU13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QV13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QW13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QX13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QY13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QZ13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RA13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RB13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RC13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RD13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RE13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RF13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RG13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RH13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RI13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RJ13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RK13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RL13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RM13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RN13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RO13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RP13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RQ13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RR13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RS13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RT13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RU13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RV13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RW13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RX13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RY13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RZ13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SA13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SB13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SC13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SD13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SE13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SF13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SG13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SH13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SI13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SJ13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SK13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SL13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SM13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SN13" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="SO13" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="SP13" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="SQ13" s="15" t="n">
+        <v>4.6</v>
+      </c>
+      <c r="SR13" s="15" t="n">
+        <v>4.2</v>
+      </c>
+      <c r="SS13" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="ST13" s="15" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="SU13" s="15" t="n">
+        <v>4.2</v>
+      </c>
+      <c r="SV13" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="SW13" s="15" t="n">
+        <v>4.1</v>
+      </c>
+      <c r="SX13" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="SY13" s="15" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="SZ13" s="15" t="n">
+        <v>4.2</v>
+      </c>
+      <c r="TA13" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="TB13" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="TC13" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="TD13" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="PI13" s="15" t="n">
+      <c r="TE13" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="PJ13" s="15" t="n">
-[...29 lines deleted...]
-      <c r="PT13" s="15" t="n">
+      <c r="TF13" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="PU13" s="15" t="n">
-[...5 lines deleted...]
-      <c r="PW13" s="15" t="n">
+      <c r="TG13" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="TH13" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="PX13" s="15" t="n">
-[...20 lines deleted...]
-      <c r="QE13" s="15" t="n">
+      <c r="TI13" s="15" t="n">
+        <v>-1.0</v>
+      </c>
+      <c r="TJ13" s="15" t="n">
+        <v>-2.6</v>
+      </c>
+      <c r="TK13" s="15" t="n">
+        <v>-4.2</v>
+      </c>
+      <c r="TL13" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="QF13" s="15" t="n">
-[...8 lines deleted...]
-      <c r="QI13" s="15" t="n">
+      <c r="TM13" s="15" t="n">
+        <v>-5.8</v>
+      </c>
+      <c r="TN13" s="15" t="n">
+        <v>-5.5</v>
+      </c>
+      <c r="TO13" s="15" t="n">
+        <v>-7.6</v>
+      </c>
+      <c r="TP13" s="15" t="n">
+        <v>-12.0</v>
+      </c>
+      <c r="TQ13" s="15" t="n">
+        <v>-17.1</v>
+      </c>
+      <c r="TR13" s="15" t="n">
+        <v>-13.8</v>
+      </c>
+      <c r="TS13" s="15" t="n">
+        <v>-10.5</v>
+      </c>
+      <c r="TT13" s="15" t="n">
+        <v>-8.2</v>
+      </c>
+      <c r="TU13" s="15" t="n">
+        <v>-8.6</v>
+      </c>
+      <c r="TV13" s="15" t="n">
+        <v>-14.1</v>
+      </c>
+      <c r="TW13" s="15" t="n">
+        <v>-3.9</v>
+      </c>
+      <c r="TX13" s="15" t="n">
+        <v>-6.1</v>
+      </c>
+      <c r="TY13" s="15" t="n">
+        <v>-2.2</v>
+      </c>
+      <c r="TZ13" s="15" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="UA13" s="15" t="n">
+        <v>5.4</v>
+      </c>
+      <c r="UB13" s="15" t="n">
+        <v>17.9</v>
+      </c>
+      <c r="UC13" s="15" t="n">
+        <v>29.3</v>
+      </c>
+      <c r="UD13" s="15" t="n">
+        <v>27.4</v>
+      </c>
+      <c r="UE13" s="15" t="n">
+        <v>25.1</v>
+      </c>
+      <c r="UF13" s="15" t="n">
+        <v>23.5</v>
+      </c>
+      <c r="UG13" s="15" t="n">
+        <v>24.8</v>
+      </c>
+      <c r="UH13" s="15" t="n">
+        <v>39.8</v>
+      </c>
+      <c r="UI13" s="15" t="n">
+        <v>31.6</v>
+      </c>
+      <c r="UJ13" s="15" t="n">
+        <v>24.0</v>
+      </c>
+      <c r="UK13" s="15" t="n">
+        <v>29.4</v>
+      </c>
+      <c r="UL13" s="15" t="n">
+        <v>22.1</v>
+      </c>
+      <c r="UM13" s="15" t="n">
+        <v>26.1</v>
+      </c>
+      <c r="UN13" s="15" t="n">
+        <v>17.9</v>
+      </c>
+      <c r="UO13" s="15" t="n">
+        <v>14.6</v>
+      </c>
+      <c r="UP13" s="15" t="n">
+        <v>12.3</v>
+      </c>
+      <c r="UQ13" s="15" t="n">
+        <v>10.7</v>
+      </c>
+      <c r="UR13" s="15" t="n">
+        <v>10.2</v>
+      </c>
+      <c r="US13" s="15" t="n">
+        <v>9.9</v>
+      </c>
+      <c r="UT13" s="15" t="n">
+        <v>4.2</v>
+      </c>
+      <c r="UU13" s="15" t="n">
+        <v>-1.0</v>
+      </c>
+      <c r="UV13" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="UW13" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="QJ13" s="15" t="n">
-[...337 lines deleted...]
-      <c r="UR13" s="15" t="n">
+      <c r="UX13" s="15" t="n">
         <v>-2.1</v>
       </c>
-      <c r="US13" s="15" t="n">
+      <c r="UY13" s="15" t="n">
         <v>-3.5</v>
       </c>
-      <c r="UT13" s="15" t="n">
+      <c r="UZ13" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="UU13" s="15" t="n">
+      <c r="VA13" s="15" t="n">
         <v>-2.7</v>
       </c>
-      <c r="UV13" s="15" t="n">
+      <c r="VB13" s="15" t="n">
         <v>-3.8</v>
       </c>
-      <c r="UW13" s="15" t="n">
+      <c r="VC13" s="15" t="n">
         <v>-3.7</v>
       </c>
-      <c r="UX13" s="15" t="n">
+      <c r="VD13" s="15" t="n">
         <v>-5.9</v>
       </c>
-      <c r="UY13" s="15" t="n">
+      <c r="VE13" s="15" t="n">
         <v>-6.4</v>
-      </c>
-[...16 lines deleted...]
-        <v>-3.8</v>
       </c>
       <c r="VF13" s="15" t="n">
         <v>-4.7</v>
       </c>
       <c r="VG13" s="15" t="n">
+        <v>-3.6</v>
+      </c>
+      <c r="VH13" s="15" t="n">
+        <v>-3.5</v>
+      </c>
+      <c r="VI13" s="15" t="n">
+        <v>-5.0</v>
+      </c>
+      <c r="VJ13" s="15" t="n">
+        <v>-4.0</v>
+      </c>
+      <c r="VK13" s="15" t="n">
+        <v>-3.8</v>
+      </c>
+      <c r="VL13" s="15" t="n">
+        <v>-4.7</v>
+      </c>
+      <c r="VM13" s="15" t="n">
         <v>-3.2</v>
       </c>
-      <c r="VH13" s="15" t="n">
+      <c r="VN13" s="15" t="n">
         <v>-1.7</v>
       </c>
-      <c r="VI13" s="15" t="n">
+      <c r="VO13" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="VJ13" s="15" t="n">
+      <c r="VP13" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="VK13" s="15" t="n">
+      <c r="VQ13" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="VL13" s="15" t="n">
+      <c r="VR13" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="VM13" s="15" t="n">
+      <c r="VS13" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="VN13" s="15" t="n">
+      <c r="VT13" s="15" t="n">
         <v>2.4</v>
-      </c>
-[...16 lines deleted...]
-        <v>3.7</v>
       </c>
       <c r="VU13" s="15" t="n">
         <v>2.5</v>
       </c>
       <c r="VV13" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="VW13" s="15" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="VX13" s="15" t="n">
+        <v>5.2</v>
+      </c>
+      <c r="VY13" s="15" t="n">
+        <v>4.2</v>
+      </c>
+      <c r="VZ13" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="WA13" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="WB13" s="15" t="n">
         <v>2.3</v>
       </c>
-      <c r="VW13" s="15" t="n">
+      <c r="WC13" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="VX13" s="15" t="n">
+      <c r="WD13" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="VY13" s="15" t="n">
+      <c r="WE13" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="VZ13" s="15" t="n">
+      <c r="WF13" s="15" t="n">
         <v>-2.0</v>
       </c>
-      <c r="WA13" s="15" t="n">
+      <c r="WG13" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="WB13" s="15" t="n">
+      <c r="WH13" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="WI13" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="WJ13" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="WK13" s="15" t="n">
+        <v>3.4</v>
+      </c>
+      <c r="WL13" s="15" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="WM13" s="15" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="WN13" s="15" t="n">
+        <v>5.4</v>
+      </c>
+      <c r="WO13" s="15" t="n">
+        <v>5.4</v>
+      </c>
+      <c r="WP13" s="15" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="WQ13" s="15" t="n">
+        <v>5.9</v>
+      </c>
+      <c r="WR13" s="15" t="n">
+        <v>7.4</v>
+      </c>
+      <c r="WS13" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="WT13" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="WU13" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="WV13" s="15" t="n">
+        <v>-2.8</v>
+      </c>
+      <c r="WW13" s="15" t="n">
+        <v>-4.4</v>
+      </c>
+      <c r="WX13" s="15" t="n">
+        <v>-5.6</v>
+      </c>
+      <c r="WY13" s="15" t="n">
+        <v>-5.5</v>
+      </c>
+      <c r="WZ13" s="15" t="n">
+        <v>-6.5</v>
+      </c>
+      <c r="XA13" s="15" t="n">
+        <v>-7.2</v>
+      </c>
+      <c r="XB13" s="15" t="n">
+        <v>-6.3</v>
+      </c>
+      <c r="XC13" s="15" t="n">
+        <v>-6.3</v>
+      </c>
+      <c r="XD13" s="15" t="n">
+        <v>-6.0</v>
+      </c>
+      <c r="XE13" s="15" t="n">
+        <v>-2.3</v>
+      </c>
+      <c r="XF13" s="15" t="n">
+        <v>-2.5</v>
+      </c>
+      <c r="XG13" s="15" t="n">
+        <v>-4.5</v>
+      </c>
+      <c r="XH13" s="15" t="n">
+        <v>-4.7</v>
+      </c>
+      <c r="XI13" s="15" t="n">
+        <v>-3.2</v>
+      </c>
+      <c r="XJ13" s="15" t="n">
+        <v>-0.8</v>
+      </c>
+      <c r="XK13" s="15" t="n">
+        <v>-1.2</v>
+      </c>
+      <c r="XL13" s="15" t="n">
+        <v>-2.4</v>
+      </c>
+      <c r="XM13" s="15" t="n">
+        <v>-2.0</v>
+      </c>
+      <c r="XN13" s="15" t="n">
+        <v>-1.8</v>
+      </c>
+      <c r="XO13" s="15" t="n">
+        <v>-1.7</v>
+      </c>
+      <c r="XP13" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="XQ13" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="XR13" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="XS13" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="XT13" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="XU13" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="XV13" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="XW13" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="XX13" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="XY13" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="XZ13" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="YA13" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="YB13" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="YC13" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="YD13" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="YE13" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="YF13" s="15" t="n">
+        <v>-1.6</v>
+      </c>
+      <c r="YG13" s="15" t="n">
+        <v>-1.9</v>
+      </c>
+      <c r="YH13" s="15" t="n">
+        <v>-2.4</v>
+      </c>
+      <c r="YI13" s="15" t="n">
+        <v>-1.3</v>
+      </c>
+      <c r="YJ13" s="15" t="n">
+        <v>-1.6</v>
+      </c>
+      <c r="YK13" s="15" t="n">
+        <v>-1.4</v>
+      </c>
+      <c r="YL13" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="WC13" s="15" t="n">
-[...5 lines deleted...]
-      <c r="WE13" s="15" t="n">
+      <c r="YM13" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="YN13" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="YO13" s="15" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="YP13" s="15" t="n">
+        <v>4.2</v>
+      </c>
+      <c r="YQ13" s="15" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="YR13" s="15" t="n">
+        <v>5.5</v>
+      </c>
+      <c r="YS13" s="15" t="n">
+        <v>5.7</v>
+      </c>
+      <c r="YT13" s="15" t="n">
+        <v>5.3</v>
+      </c>
+      <c r="YU13" s="15" t="n">
+        <v>4.9</v>
+      </c>
+      <c r="YV13" s="15" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="YW13" s="15" t="n">
+        <v>4.6</v>
+      </c>
+      <c r="YX13" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="YY13" s="15" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="YZ13" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="WF13" s="15" t="n">
-[...414 lines deleted...]
-        <v>8.3</v>
+      <c r="ZA13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZB13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZC13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZD13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZE13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZF13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZG13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZH13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZI13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZJ13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZK13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZL13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZM13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZN13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZO13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZP13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZQ13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZR13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZS13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZT13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZU13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZV13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZW13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZX13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZY13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZZ13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAA13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAB13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAC13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAD13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAE13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAF13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAG13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAH13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAI13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAJ13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAK13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAL13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAM13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAN13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAO13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAP13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAQ13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAR13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAS13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAT13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAU13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAV13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAW13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAX13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAY13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAZ13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABA13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABB13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABC13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABD13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABE13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABF13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABG13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABH13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABI13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABJ13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABK13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABL13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABM13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABN13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
       </c>
       <c r="ABO13" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABP13" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABQ13" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABR13" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABS13" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABT13" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABU13" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABV13" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABW13" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABX13" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABY13" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABZ13" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACA13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACB13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACC13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACD13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACE13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACF13" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    05 Muebles, artículos del hogar y artículos para el mantenimiento corriente del hogar</t>
         </is>
       </c>
       <c r="B14" s="14" t="n">
-        <v>115.97</v>
+        <v>100.15</v>
       </c>
       <c r="C14" s="14" t="n">
-        <v>115.67</v>
+        <v>100.48</v>
       </c>
       <c r="D14" s="14" t="n">
-        <v>115.26</v>
+        <v>100.58</v>
       </c>
       <c r="E14" s="14" t="n">
-        <v>115.11</v>
+        <v>100.32</v>
       </c>
       <c r="F14" s="14" t="n">
-        <v>115.12</v>
+        <v>99.97</v>
       </c>
       <c r="G14" s="14" t="n">
-        <v>115.63</v>
+        <v>99.84</v>
       </c>
       <c r="H14" s="14" t="n">
-        <v>115.5</v>
+        <v>99.84</v>
       </c>
       <c r="I14" s="14" t="n">
-        <v>115.23</v>
+        <v>100.29</v>
       </c>
       <c r="J14" s="14" t="n">
-        <v>114.98</v>
+        <v>100.18</v>
       </c>
       <c r="K14" s="14" t="n">
-        <v>114.66</v>
+        <v>99.94</v>
       </c>
       <c r="L14" s="14" t="n">
-        <v>114.61</v>
+        <v>99.72</v>
       </c>
       <c r="M14" s="14" t="n">
-        <v>115.07</v>
+        <v>99.45</v>
       </c>
       <c r="N14" s="14" t="n">
-        <v>114.91</v>
+        <v>99.4</v>
       </c>
       <c r="O14" s="14" t="n">
-        <v>114.72</v>
+        <v>99.8</v>
       </c>
       <c r="P14" s="14" t="n">
-        <v>114.39</v>
+        <v>99.66</v>
       </c>
       <c r="Q14" s="14" t="n">
-        <v>114.23</v>
+        <v>99.5</v>
       </c>
       <c r="R14" s="14" t="n">
-        <v>114.19</v>
+        <v>99.21</v>
       </c>
       <c r="S14" s="14" t="n">
-        <v>114.82</v>
+        <v>99.07</v>
       </c>
       <c r="T14" s="14" t="n">
-        <v>114.84</v>
+        <v>99.04</v>
       </c>
       <c r="U14" s="14" t="n">
-        <v>114.69</v>
+        <v>99.58</v>
       </c>
       <c r="V14" s="14" t="n">
-        <v>114.32</v>
+        <v>99.6</v>
       </c>
       <c r="W14" s="14" t="n">
-        <v>114.14</v>
+        <v>99.47</v>
       </c>
       <c r="X14" s="14" t="n">
-        <v>114.02</v>
+        <v>99.15</v>
       </c>
       <c r="Y14" s="14" t="n">
-        <v>114.36</v>
+        <v>98.99</v>
       </c>
       <c r="Z14" s="14" t="n">
-        <v>114.32</v>
+        <v>98.89</v>
       </c>
       <c r="AA14" s="14" t="n">
-        <v>114.21</v>
+        <v>99.19</v>
       </c>
       <c r="AB14" s="14" t="n">
-        <v>113.87</v>
+        <v>99.15</v>
       </c>
       <c r="AC14" s="14" t="n">
-        <v>113.75</v>
+        <v>99.05</v>
       </c>
       <c r="AD14" s="14" t="n">
-        <v>113.63</v>
+        <v>98.76</v>
       </c>
       <c r="AE14" s="14" t="n">
-        <v>114.41</v>
+        <v>98.65</v>
       </c>
       <c r="AF14" s="14" t="n">
-        <v>114.17</v>
+        <v>98.55</v>
       </c>
       <c r="AG14" s="14" t="n">
-        <v>113.85</v>
+        <v>99.23</v>
       </c>
       <c r="AH14" s="14" t="n">
-        <v>113.19</v>
+        <v>99.02</v>
       </c>
       <c r="AI14" s="14" t="n">
-        <v>112.57</v>
+        <v>98.74</v>
       </c>
       <c r="AJ14" s="14" t="n">
-        <v>112.16</v>
+        <v>98.17</v>
       </c>
       <c r="AK14" s="14" t="n">
-        <v>112.17</v>
+        <v>97.63</v>
       </c>
       <c r="AL14" s="14" t="n">
-        <v>111.38</v>
+        <v>97.28</v>
       </c>
       <c r="AM14" s="14" t="n">
-        <v>110.56</v>
+        <v>97.29</v>
       </c>
       <c r="AN14" s="14" t="n">
-        <v>109.66</v>
+        <v>96.6</v>
       </c>
       <c r="AO14" s="14" t="n">
-        <v>109.13</v>
+        <v>95.89</v>
       </c>
       <c r="AP14" s="14" t="n">
-        <v>108.82</v>
+        <v>95.11</v>
       </c>
       <c r="AQ14" s="14" t="n">
-        <v>108.66</v>
+        <v>94.65</v>
       </c>
       <c r="AR14" s="14" t="n">
-        <v>107.93</v>
+        <v>94.38</v>
       </c>
       <c r="AS14" s="14" t="n">
-        <v>107.09</v>
+        <v>94.24</v>
       </c>
       <c r="AT14" s="14" t="n">
-        <v>105.51</v>
+        <v>93.6</v>
       </c>
       <c r="AU14" s="14" t="n">
-        <v>104.57</v>
+        <v>92.88</v>
       </c>
       <c r="AV14" s="14" t="n">
-        <v>103.97</v>
+        <v>91.51</v>
       </c>
       <c r="AW14" s="14" t="n">
-        <v>103.41</v>
+        <v>90.69</v>
       </c>
       <c r="AX14" s="14" t="n">
-        <v>102.88</v>
+        <v>90.18</v>
       </c>
       <c r="AY14" s="14" t="n">
-        <v>102.36</v>
+        <v>89.69</v>
       </c>
       <c r="AZ14" s="14" t="n">
-        <v>101.75</v>
+        <v>89.23</v>
       </c>
       <c r="BA14" s="14" t="n">
-        <v>101.45</v>
+        <v>88.78</v>
       </c>
       <c r="BB14" s="14" t="n">
-        <v>101.5</v>
+        <v>88.25</v>
       </c>
       <c r="BC14" s="14" t="n">
-        <v>101.98</v>
+        <v>87.99</v>
       </c>
       <c r="BD14" s="14" t="n">
-        <v>101.88</v>
+        <v>88.03</v>
       </c>
       <c r="BE14" s="14" t="n">
-        <v>101.54</v>
+        <v>88.45</v>
       </c>
       <c r="BF14" s="14" t="n">
-        <v>101.21</v>
+        <v>88.36</v>
       </c>
       <c r="BG14" s="14" t="n">
-        <v>100.82</v>
+        <v>88.07</v>
       </c>
       <c r="BH14" s="14" t="n">
-        <v>100.98</v>
+        <v>87.78</v>
       </c>
       <c r="BI14" s="14" t="n">
-        <v>101.27</v>
+        <v>87.44</v>
       </c>
       <c r="BJ14" s="14" t="n">
-        <v>101.28</v>
+        <v>87.58</v>
       </c>
       <c r="BK14" s="14" t="n">
-        <v>101.11</v>
+        <v>87.83</v>
       </c>
       <c r="BL14" s="14" t="n">
-        <v>100.78</v>
+        <v>87.84</v>
       </c>
       <c r="BM14" s="14" t="n">
-        <v>100.61</v>
+        <v>87.69</v>
       </c>
       <c r="BN14" s="14" t="n">
-        <v>100.67</v>
+        <v>87.4</v>
       </c>
       <c r="BO14" s="14" t="n">
-        <v>101.12</v>
+        <v>87.26</v>
       </c>
       <c r="BP14" s="14" t="n">
-        <v>101.21</v>
+        <v>87.31</v>
       </c>
       <c r="BQ14" s="14" t="n">
-        <v>100.92</v>
+        <v>87.7</v>
       </c>
       <c r="BR14" s="14" t="n">
-        <v>100.59</v>
+        <v>87.78</v>
       </c>
       <c r="BS14" s="14" t="n">
-        <v>100.32</v>
+        <v>87.53</v>
       </c>
       <c r="BT14" s="14" t="n">
-        <v>100.26</v>
+        <v>87.25</v>
       </c>
       <c r="BU14" s="14" t="n">
-        <v>100.92</v>
+        <v>87.01</v>
       </c>
       <c r="BV14" s="14" t="n">
-        <v>101.05</v>
+        <v>86.96</v>
       </c>
       <c r="BW14" s="14" t="n">
-        <v>100.85</v>
+        <v>87.53</v>
       </c>
       <c r="BX14" s="14" t="n">
-        <v>100.36</v>
+        <v>87.64</v>
       </c>
       <c r="BY14" s="14" t="n">
-        <v>100.19</v>
+        <v>87.47</v>
       </c>
       <c r="BZ14" s="14" t="n">
-        <v>100.06</v>
+        <v>87.04</v>
       </c>
       <c r="CA14" s="14" t="n">
-        <v>100.92</v>
+        <v>86.89</v>
       </c>
       <c r="CB14" s="14" t="n">
-        <v>100.83</v>
+        <v>86.78</v>
       </c>
       <c r="CC14" s="14" t="n">
-        <v>100.53</v>
+        <v>87.53</v>
       </c>
       <c r="CD14" s="14" t="n">
-        <v>100.19</v>
+        <v>87.45</v>
       </c>
       <c r="CE14" s="14" t="n">
-        <v>99.98</v>
+        <v>87.19</v>
       </c>
       <c r="CF14" s="14" t="n">
-        <v>99.88</v>
+        <v>86.9</v>
       </c>
       <c r="CG14" s="14" t="n">
-        <v>100.37</v>
+        <v>86.71</v>
       </c>
       <c r="CH14" s="14" t="n">
-        <v>100.26</v>
+        <v>86.62</v>
       </c>
       <c r="CI14" s="14" t="n">
-        <v>100.03</v>
+        <v>87.05</v>
       </c>
       <c r="CJ14" s="14" t="n">
-        <v>99.67</v>
+        <v>86.96</v>
       </c>
       <c r="CK14" s="14" t="n">
-        <v>99.46</v>
+        <v>86.76</v>
       </c>
       <c r="CL14" s="14" t="n">
-        <v>99.43</v>
+        <v>86.44</v>
       </c>
       <c r="CM14" s="14" t="n">
-        <v>100.29</v>
+        <v>86.27</v>
       </c>
       <c r="CN14" s="14" t="n">
-        <v>100.2</v>
+        <v>86.24</v>
       </c>
       <c r="CO14" s="14" t="n">
-        <v>99.97</v>
+        <v>86.98</v>
       </c>
       <c r="CP14" s="14" t="n">
-        <v>99.63</v>
+        <v>86.91</v>
       </c>
       <c r="CQ14" s="14" t="n">
-        <v>99.39</v>
+        <v>86.7</v>
       </c>
       <c r="CR14" s="14" t="n">
-        <v>99.35</v>
+        <v>86.41</v>
       </c>
       <c r="CS14" s="14" t="n">
-        <v>100.03</v>
+        <v>86.2</v>
       </c>
       <c r="CT14" s="14" t="n">
-        <v>100.03</v>
+        <v>86.17</v>
       </c>
       <c r="CU14" s="14" t="n">
-        <v>99.75</v>
+        <v>86.75</v>
       </c>
       <c r="CV14" s="14" t="n">
-        <v>99.51</v>
+        <v>86.75</v>
       </c>
       <c r="CW14" s="14" t="n">
-        <v>99.21</v>
+        <v>86.51</v>
       </c>
       <c r="CX14" s="14" t="n">
-        <v>99.17</v>
+        <v>86.31</v>
       </c>
       <c r="CY14" s="14" t="n">
-        <v>100.15</v>
+        <v>86.04</v>
       </c>
       <c r="CZ14" s="14" t="n">
-        <v>100.14</v>
+        <v>86.01</v>
       </c>
       <c r="DA14" s="14" t="n">
-        <v>99.87</v>
+        <v>86.86</v>
       </c>
       <c r="DB14" s="14" t="n">
-        <v>99.63</v>
+        <v>86.85</v>
       </c>
       <c r="DC14" s="14" t="n">
-        <v>99.42</v>
+        <v>86.62</v>
       </c>
       <c r="DD14" s="14" t="n">
-        <v>99.62</v>
+        <v>86.41</v>
       </c>
       <c r="DE14" s="14" t="n">
-        <v>100.49</v>
+        <v>86.23</v>
       </c>
       <c r="DF14" s="14" t="n">
-        <v>100.57</v>
+        <v>86.4</v>
       </c>
       <c r="DG14" s="14" t="n">
-        <v>100.32</v>
+        <v>87.15</v>
       </c>
       <c r="DH14" s="14" t="n">
-        <v>99.98</v>
+        <v>87.22</v>
       </c>
       <c r="DI14" s="14" t="n">
-        <v>99.75</v>
+        <v>87.01</v>
       </c>
       <c r="DJ14" s="14" t="n">
-        <v>99.79</v>
+        <v>86.71</v>
       </c>
       <c r="DK14" s="14" t="n">
-        <v>100.57</v>
+        <v>86.51</v>
       </c>
       <c r="DL14" s="14" t="n">
-        <v>100.53</v>
+        <v>86.55</v>
       </c>
       <c r="DM14" s="14" t="n">
-        <v>100.28</v>
+        <v>87.22</v>
       </c>
       <c r="DN14" s="14" t="n">
-        <v>100.06</v>
+        <v>87.19</v>
       </c>
       <c r="DO14" s="14" t="n">
-        <v>99.78</v>
+        <v>86.97</v>
       </c>
       <c r="DP14" s="14" t="n">
-        <v>99.78</v>
+        <v>86.78</v>
       </c>
       <c r="DQ14" s="14" t="n">
-        <v>100.48</v>
+        <v>86.54</v>
       </c>
       <c r="DR14" s="14" t="n">
-        <v>100.39</v>
+        <v>86.54</v>
       </c>
       <c r="DS14" s="14" t="n">
-        <v>100.2</v>
+        <v>87.15</v>
       </c>
       <c r="DT14" s="14" t="n">
-        <v>99.85</v>
+        <v>87.06</v>
       </c>
       <c r="DU14" s="14" t="n">
-        <v>99.64</v>
+        <v>86.9</v>
       </c>
       <c r="DV14" s="14" t="n">
-        <v>99.63</v>
+        <v>86.6</v>
       </c>
       <c r="DW14" s="14" t="n">
-        <v>100.4</v>
+        <v>86.42</v>
       </c>
       <c r="DX14" s="14" t="n">
-        <v>100.27</v>
+        <v>86.41</v>
       </c>
       <c r="DY14" s="14" t="n">
-        <v>100.04</v>
+        <v>87.08</v>
       </c>
       <c r="DZ14" s="14" t="n">
-        <v>99.8</v>
+        <v>86.97</v>
       </c>
       <c r="EA14" s="14" t="n">
-        <v>99.63</v>
+        <v>86.76</v>
       </c>
       <c r="EB14" s="14" t="n">
-        <v>99.67</v>
+        <v>86.56</v>
       </c>
       <c r="EC14" s="14" t="n">
-        <v>100.37</v>
+        <v>86.41</v>
       </c>
       <c r="ED14" s="14" t="n">
-        <v>100.33</v>
+        <v>86.44</v>
       </c>
       <c r="EE14" s="14" t="n">
-        <v>100.13</v>
+        <v>87.05</v>
       </c>
       <c r="EF14" s="14" t="n">
-        <v>99.97</v>
+        <v>87.02</v>
       </c>
       <c r="EG14" s="14" t="n">
-        <v>99.77</v>
+        <v>86.85</v>
       </c>
       <c r="EH14" s="14" t="n">
-        <v>99.75</v>
+        <v>86.7</v>
       </c>
       <c r="EI14" s="14" t="n">
-        <v>100.61</v>
+        <v>86.53</v>
       </c>
       <c r="EJ14" s="14" t="n">
-        <v>100.62</v>
+        <v>86.51</v>
       </c>
       <c r="EK14" s="14" t="n">
-        <v>100.52</v>
+        <v>87.26</v>
       </c>
       <c r="EL14" s="14" t="n">
-        <v>100.34</v>
+        <v>87.27</v>
       </c>
       <c r="EM14" s="14" t="n">
-        <v>100.12</v>
+        <v>87.18</v>
       </c>
       <c r="EN14" s="14" t="n">
-        <v>100.17</v>
+        <v>87.02</v>
       </c>
       <c r="EO14" s="14" t="n">
-        <v>101.01</v>
+        <v>86.83</v>
       </c>
       <c r="EP14" s="14" t="n">
-        <v>100.98</v>
+        <v>86.88</v>
       </c>
       <c r="EQ14" s="14" t="n">
-        <v>100.77</v>
+        <v>87.6</v>
       </c>
       <c r="ER14" s="14" t="n">
-        <v>100.55</v>
+        <v>87.58</v>
       </c>
       <c r="ES14" s="14" t="n">
-        <v>100.28</v>
+        <v>87.4</v>
       </c>
       <c r="ET14" s="14" t="n">
-        <v>100.34</v>
+        <v>87.21</v>
       </c>
       <c r="EU14" s="14" t="n">
-        <v>101.51</v>
+        <v>86.98</v>
       </c>
       <c r="EV14" s="14" t="n">
-        <v>101.41</v>
+        <v>87.02</v>
       </c>
       <c r="EW14" s="14" t="n">
-        <v>101.04</v>
+        <v>88.04</v>
       </c>
       <c r="EX14" s="14" t="n">
-        <v>100.61</v>
+        <v>87.95</v>
       </c>
       <c r="EY14" s="14" t="n">
-        <v>100.42</v>
+        <v>87.64</v>
       </c>
       <c r="EZ14" s="14" t="n">
-        <v>100.39</v>
+        <v>87.26</v>
       </c>
       <c r="FA14" s="14" t="n">
-        <v>101.19</v>
+        <v>87.09</v>
       </c>
       <c r="FB14" s="14" t="n">
-        <v>101.07</v>
+        <v>87.07</v>
       </c>
       <c r="FC14" s="14" t="n">
-        <v>100.77</v>
+        <v>87.76</v>
       </c>
       <c r="FD14" s="14" t="n">
-        <v>99.91</v>
+        <v>87.66</v>
       </c>
       <c r="FE14" s="14" t="n">
-        <v>101.0</v>
+        <v>87.4</v>
       </c>
       <c r="FF14" s="14" t="n">
-        <v>100.89</v>
+        <v>86.65</v>
       </c>
       <c r="FG14" s="14" t="n">
-        <v>102.01</v>
+        <v>87.6</v>
       </c>
       <c r="FH14" s="14" t="n">
-        <v>101.93</v>
+        <v>87.5</v>
       </c>
       <c r="FI14" s="14" t="n">
-        <v>101.64</v>
+        <v>88.48</v>
       </c>
       <c r="FJ14" s="14" t="n">
-        <v>101.24</v>
+        <v>88.4</v>
       </c>
       <c r="FK14" s="14" t="n">
-        <v>100.96</v>
+        <v>88.15</v>
       </c>
       <c r="FL14" s="14" t="n">
-        <v>101.02</v>
+        <v>87.8</v>
       </c>
       <c r="FM14" s="14" t="n">
-        <v>101.95</v>
+        <v>87.56</v>
       </c>
       <c r="FN14" s="14" t="n">
-        <v>101.81</v>
+        <v>87.62</v>
       </c>
       <c r="FO14" s="14" t="n">
-        <v>101.45</v>
+        <v>88.43</v>
       </c>
       <c r="FP14" s="14" t="n">
-        <v>100.96</v>
+        <v>88.3</v>
       </c>
       <c r="FQ14" s="14" t="n">
-        <v>100.64</v>
+        <v>87.98</v>
       </c>
       <c r="FR14" s="14" t="n">
-        <v>100.57</v>
+        <v>87.56</v>
       </c>
       <c r="FS14" s="14" t="n">
-        <v>101.38</v>
+        <v>87.28</v>
       </c>
       <c r="FT14" s="14" t="n">
-        <v>101.19</v>
+        <v>87.22</v>
       </c>
       <c r="FU14" s="14" t="n">
-        <v>100.78</v>
+        <v>87.93</v>
       </c>
       <c r="FV14" s="14" t="n">
-        <v>100.24</v>
+        <v>87.77</v>
       </c>
       <c r="FW14" s="14" t="n">
-        <v>99.91</v>
+        <v>87.41</v>
       </c>
       <c r="FX14" s="14" t="n">
-        <v>99.94</v>
+        <v>86.94</v>
       </c>
       <c r="FY14" s="14" t="n">
-        <v>100.81</v>
+        <v>86.65</v>
       </c>
       <c r="FZ14" s="14" t="n">
-        <v>100.62</v>
-[...211 lines deleted...]
-      <c r="IS14" s="15" t="n">
+        <v>86.68</v>
+      </c>
+      <c r="GA14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GB14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GC14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GD14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GE14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GF14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GG14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GH14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GI14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GJ14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GK14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GL14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GM14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GN14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GO14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GP14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GQ14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GR14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GS14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GT14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GU14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GV14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GW14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GX14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GY14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GZ14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HA14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HB14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HC14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HD14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HE14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HF14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HG14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HH14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HI14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HJ14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HK14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HL14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HM14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HN14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HO14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HP14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HQ14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HR14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HS14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HT14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HU14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HV14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HW14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HX14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HY14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HZ14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IA14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IB14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IC14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IH14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="II14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IJ14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IK14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IL14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IM14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IN14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IO14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IP14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IQ14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IR14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IS14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IT14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IU14" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="IV14" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="IW14" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="IT14" s="15" t="n">
+      <c r="IX14" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="IU14" s="15" t="n">
+      <c r="IY14" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="IV14" s="15" t="n">
-[...2 lines deleted...]
-      <c r="IW14" s="15" t="n">
+      <c r="IZ14" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="JA14" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="IX14" s="15" t="n">
+      <c r="JB14" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="IY14" s="15" t="n">
+      <c r="JC14" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="IZ14" s="15" t="n">
+      <c r="JD14" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="JA14" s="15" t="n">
+      <c r="JE14" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="JB14" s="15" t="n">
-[...2 lines deleted...]
-      <c r="JC14" s="15" t="n">
+      <c r="JF14" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="JG14" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="JD14" s="15" t="n">
+      <c r="JH14" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="JE14" s="15" t="n">
+      <c r="JI14" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="JF14" s="15" t="n">
+      <c r="JJ14" s="15" t="n">
         <v>0.3</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.0</v>
       </c>
       <c r="JK14" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="JL14" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="JM14" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="JN14" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="JO14" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="JP14" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="JM14" s="15" t="n">
+      <c r="JQ14" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="JN14" s="15" t="n">
+      <c r="JR14" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="JO14" s="15" t="n">
+      <c r="JS14" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="JP14" s="15" t="n">
-[...2 lines deleted...]
-      <c r="JQ14" s="15" t="n">
+      <c r="JT14" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="JU14" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="JR14" s="15" t="n">
+      <c r="JV14" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="JS14" s="15" t="n">
+      <c r="JW14" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="JT14" s="15" t="n">
+      <c r="JX14" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="JU14" s="15" t="n">
+      <c r="JY14" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="JV14" s="15" t="n">
+      <c r="JZ14" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="JW14" s="15" t="n">
+      <c r="KA14" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="JX14" s="15" t="n">
+      <c r="KB14" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="JY14" s="15" t="n">
+      <c r="KC14" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="JZ14" s="15" t="n">
+      <c r="KD14" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="KA14" s="15" t="n">
-[...2 lines deleted...]
-      <c r="KB14" s="15" t="n">
+      <c r="KE14" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="KF14" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="KC14" s="15" t="n">
+      <c r="KG14" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="KD14" s="15" t="n">
+      <c r="KH14" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="KE14" s="15" t="n">
+      <c r="KI14" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="KF14" s="15" t="n">
+      <c r="KJ14" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="KG14" s="15" t="n">
+      <c r="KK14" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="KH14" s="15" t="n">
+      <c r="KL14" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="KI14" s="15" t="n">
+      <c r="KM14" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="KJ14" s="15" t="n">
+      <c r="KN14" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="KK14" s="15" t="n">
+      <c r="KO14" s="15" t="n">
         <v>0.9</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.5</v>
       </c>
       <c r="KP14" s="15" t="n">
         <v>0.6</v>
       </c>
       <c r="KQ14" s="15" t="n">
-        <v>0.3</v>
+        <v>0.5</v>
       </c>
       <c r="KR14" s="15" t="n">
-        <v>0.0</v>
+        <v>0.5</v>
       </c>
       <c r="KS14" s="15" t="n">
-        <v>-0.5</v>
+        <v>0.5</v>
       </c>
       <c r="KT14" s="15" t="n">
-        <v>0.1</v>
+        <v>0.6</v>
       </c>
       <c r="KU14" s="15" t="n">
         <v>0.3</v>
       </c>
       <c r="KV14" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="KW14" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="KX14" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="KY14" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="KW14" s="15" t="n">
+      <c r="KZ14" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="LA14" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="KX14" s="15" t="n">
+      <c r="LB14" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="KY14" s="15" t="n">
+      <c r="LC14" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="KZ14" s="15" t="n">
-[...2 lines deleted...]
-      <c r="LA14" s="15" t="n">
+      <c r="LD14" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="LE14" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="LB14" s="15" t="n">
+      <c r="LF14" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="LC14" s="15" t="n">
+      <c r="LG14" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="LD14" s="15" t="n">
+      <c r="LH14" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="LE14" s="15" t="n">
+      <c r="LI14" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="LF14" s="15" t="n">
+      <c r="LJ14" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="LG14" s="15" t="n">
+      <c r="LK14" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="LH14" s="15" t="n">
+      <c r="LL14" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="LI14" s="15" t="n">
+      <c r="LM14" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="LJ14" s="15" t="n">
+      <c r="LN14" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="LK14" s="15" t="n">
+      <c r="LO14" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="LL14" s="15" t="n">
+      <c r="LP14" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="LM14" s="15" t="n">
+      <c r="LQ14" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="LN14" s="15" t="n">
+      <c r="LR14" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="LO14" s="15" t="n">
+      <c r="LS14" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="LP14" s="15" t="n">
+      <c r="LT14" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="LQ14" s="15" t="n">
+      <c r="LU14" s="15" t="n">
         <v>-0.9</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.2</v>
       </c>
       <c r="LV14" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="LW14" s="15" t="n">
-        <v>-0.5</v>
+        <v>0.3</v>
       </c>
       <c r="LX14" s="15" t="n">
-        <v>0.1</v>
+        <v>0.3</v>
       </c>
       <c r="LY14" s="15" t="n">
         <v>0.2</v>
       </c>
       <c r="LZ14" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="MA14" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="MB14" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="MC14" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="MD14" s="15" t="n">
         <v>0.4</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.1</v>
       </c>
       <c r="ME14" s="15" t="n">
         <v>0.2</v>
       </c>
       <c r="MF14" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="MG14" s="15" t="n">
+        <v>-0.9</v>
+      </c>
+      <c r="MH14" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="MI14" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="MJ14" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="MG14" s="15" t="n">
+      <c r="MK14" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="MH14" s="15" t="n">
-[...2 lines deleted...]
-      <c r="MI14" s="15" t="n">
+      <c r="ML14" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="MM14" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="MJ14" s="15" t="n">
-[...2 lines deleted...]
-      <c r="MK14" s="15" t="n">
+      <c r="MN14" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="MO14" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="ML14" s="15" t="n">
+      <c r="MP14" s="15" t="n">
         <v>0.2</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.0</v>
       </c>
       <c r="MQ14" s="15" t="n">
         <v>0.3</v>
       </c>
       <c r="MR14" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="MS14" s="15" t="n">
+        <v>-1.0</v>
+      </c>
+      <c r="MT14" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="MU14" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="MV14" s="15" t="n">
         <v>0.2</v>
-      </c>
-[...10 lines deleted...]
-        <v>-0.1</v>
       </c>
       <c r="MW14" s="15" t="n">
         <v>0.2</v>
       </c>
       <c r="MX14" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="MY14" s="15" t="n">
+        <v>-0.9</v>
+      </c>
+      <c r="MZ14" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="NA14" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="NB14" s="15" t="n">
         <v>0.3</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.0</v>
       </c>
       <c r="NC14" s="15" t="n">
         <v>0.2</v>
       </c>
       <c r="ND14" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="NE14" s="15" t="n">
+        <v>-0.8</v>
+      </c>
+      <c r="NF14" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="NG14" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="NH14" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="NE14" s="15" t="n">
+      <c r="NI14" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="NF14" s="15" t="n">
-[...2 lines deleted...]
-      <c r="NG14" s="15" t="n">
+      <c r="NJ14" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="NK14" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="NH14" s="15" t="n">
+      <c r="NL14" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="NI14" s="15" t="n">
+      <c r="NM14" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="NJ14" s="15" t="n">
-[...10 lines deleted...]
-      </c>
       <c r="NN14" s="15" t="n">
-        <v>0.1</v>
+        <v>0.3</v>
       </c>
       <c r="NO14" s="15" t="n">
         <v>0.2</v>
       </c>
       <c r="NP14" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="NQ14" s="15" t="n">
+        <v>-0.8</v>
+      </c>
+      <c r="NR14" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="NS14" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="NQ14" s="15" t="n">
+      <c r="NT14" s="15" t="n">
         <v>0.2</v>
-      </c>
-[...7 lines deleted...]
-        <v>0.0</v>
       </c>
       <c r="NU14" s="15" t="n">
         <v>0.2</v>
       </c>
       <c r="NV14" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="NW14" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="NX14" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="NY14" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="NW14" s="15" t="n">
+      <c r="NZ14" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="NX14" s="15" t="n">
-[...2 lines deleted...]
-      <c r="NY14" s="15" t="n">
+      <c r="OA14" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="OB14" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="OC14" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="NZ14" s="15" t="n">
-[...2 lines deleted...]
-      <c r="OA14" s="15" t="n">
+      <c r="OD14" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="OE14" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="OB14" s="15" t="n">
+      <c r="OF14" s="15" t="n">
         <v>0.2</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.0</v>
       </c>
       <c r="OG14" s="15" t="n">
         <v>0.2</v>
       </c>
       <c r="OH14" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="OI14" s="15" t="n">
+        <v>-0.8</v>
+      </c>
+      <c r="OJ14" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="OK14" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="OI14" s="15" t="n">
+      <c r="OL14" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="OM14" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="OJ14" s="15" t="n">
-[...2 lines deleted...]
-      <c r="OK14" s="15" t="n">
+      <c r="ON14" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="OO14" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="OL14" s="15" t="n">
+      <c r="OP14" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="OM14" s="15" t="n">
+      <c r="OQ14" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="ON14" s="15" t="n">
+      <c r="OR14" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="OO14" s="15" t="n">
+      <c r="OS14" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="OP14" s="15" t="n">
-[...2 lines deleted...]
-      <c r="OQ14" s="15" t="n">
+      <c r="OT14" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="OU14" s="15" t="n">
         <v>-0.8</v>
-      </c>
-[...10 lines deleted...]
-        <v>-1.1</v>
       </c>
       <c r="OV14" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="OW14" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="OX14" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="OY14" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="OX14" s="15" t="n">
+      <c r="OZ14" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="OY14" s="15" t="n">
+      <c r="PA14" s="15" t="n">
+        <v>-1.1</v>
+      </c>
+      <c r="PB14" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="PC14" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="OZ14" s="15" t="n">
+      <c r="PD14" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="PA14" s="15" t="n">
+      <c r="PE14" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="PB14" s="15" t="n">
+      <c r="PF14" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="PC14" s="15" t="n">
+      <c r="PG14" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="PD14" s="15" t="n">
-[...246 lines deleted...]
-        <v>0.1</v>
+      <c r="PH14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PI14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PJ14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PK14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PL14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PM14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PN14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PO14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PP14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PQ14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PR14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PS14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PT14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PU14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PV14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PW14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PX14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PY14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PZ14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QA14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QB14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QC14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QD14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QE14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QF14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QG14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QH14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QI14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QJ14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QK14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QL14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QM14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QN14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QO14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QP14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QQ14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QR14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QS14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QT14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QU14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QV14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QW14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QX14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QY14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QZ14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RA14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RB14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RC14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RD14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RE14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RF14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RG14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RH14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RI14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RJ14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RK14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RL14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RM14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RN14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RO14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RP14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RQ14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RR14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RS14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RT14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RU14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RV14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RW14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RX14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RY14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RZ14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SA14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SB14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SC14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SD14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SE14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SF14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SG14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SH14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
       </c>
       <c r="SI14" s="13" t="inlineStr">
         <is>
-          <t>..</t>
-[...12 lines deleted...]
-        <v>0.8</v>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SJ14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SK14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SL14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SM14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
       </c>
       <c r="SN14" s="15" t="n">
         <v>0.8</v>
       </c>
       <c r="SO14" s="15" t="n">
         <v>0.7</v>
       </c>
       <c r="SP14" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="SQ14" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="SR14" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="SS14" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="ST14" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="SU14" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="SV14" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="SQ14" s="15" t="n">
+      <c r="SW14" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="SR14" s="15" t="n">
+      <c r="SX14" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="SS14" s="15" t="n">
+      <c r="SY14" s="15" t="n">
         <v>0.5</v>
-      </c>
-[...16 lines deleted...]
-        <v>0.4</v>
       </c>
       <c r="SZ14" s="15" t="n">
         <v>0.5</v>
       </c>
       <c r="TA14" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="TB14" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="TC14" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="TD14" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="TE14" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="TB14" s="15" t="n">
+      <c r="TF14" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="TG14" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="TH14" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="TC14" s="15" t="n">
+      <c r="TI14" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="TD14" s="15" t="n">
+      <c r="TJ14" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="TE14" s="15" t="n">
+      <c r="TK14" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="TF14" s="15" t="n">
+      <c r="TL14" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="TG14" s="15" t="n">
+      <c r="TM14" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="TH14" s="15" t="n">
+      <c r="TN14" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="TI14" s="15" t="n">
+      <c r="TO14" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="TJ14" s="15" t="n">
+      <c r="TP14" s="15" t="n">
         <v>3.8</v>
       </c>
-      <c r="TK14" s="15" t="n">
+      <c r="TQ14" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="TL14" s="15" t="n">
+      <c r="TR14" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="TM14" s="15" t="n">
+      <c r="TS14" s="15" t="n">
         <v>5.3</v>
       </c>
-      <c r="TN14" s="15" t="n">
+      <c r="TT14" s="15" t="n">
         <v>5.8</v>
       </c>
-      <c r="TO14" s="15" t="n">
+      <c r="TU14" s="15" t="n">
         <v>6.3</v>
       </c>
-      <c r="TP14" s="15" t="n">
+      <c r="TV14" s="15" t="n">
         <v>7.3</v>
       </c>
-      <c r="TQ14" s="15" t="n">
+      <c r="TW14" s="15" t="n">
         <v>7.7</v>
       </c>
-      <c r="TR14" s="15" t="n">
+      <c r="TX14" s="15" t="n">
         <v>7.9</v>
       </c>
-      <c r="TS14" s="15" t="n">
+      <c r="TY14" s="15" t="n">
         <v>8.5</v>
       </c>
-      <c r="TT14" s="15" t="n">
+      <c r="TZ14" s="15" t="n">
         <v>8.3</v>
       </c>
-      <c r="TU14" s="15" t="n">
+      <c r="UA14" s="15" t="n">
         <v>8.0</v>
       </c>
-      <c r="TV14" s="15" t="n">
+      <c r="UB14" s="15" t="n">
         <v>7.8</v>
       </c>
-      <c r="TW14" s="15" t="n">
+      <c r="UC14" s="15" t="n">
         <v>7.6</v>
       </c>
-      <c r="TX14" s="15" t="n">
+      <c r="UD14" s="15" t="n">
         <v>7.2</v>
       </c>
-      <c r="TY14" s="15" t="n">
-[...2 lines deleted...]
-      <c r="TZ14" s="15" t="n">
+      <c r="UE14" s="15" t="n">
+        <v>6.5</v>
+      </c>
+      <c r="UF14" s="15" t="n">
         <v>5.9</v>
       </c>
-      <c r="UA14" s="15" t="n">
+      <c r="UG14" s="15" t="n">
         <v>5.5</v>
       </c>
-      <c r="UB14" s="15" t="n">
+      <c r="UH14" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="UC14" s="15" t="n">
+      <c r="UI14" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="UD14" s="15" t="n">
+      <c r="UJ14" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="UE14" s="15" t="n">
+      <c r="UK14" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="UF14" s="15" t="n">
+      <c r="UL14" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="UG14" s="15" t="n">
+      <c r="UM14" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="UH14" s="15" t="n">
+      <c r="UN14" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="UI14" s="15" t="n">
+      <c r="UO14" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="UJ14" s="15" t="n">
+      <c r="UP14" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="UK14" s="15" t="n">
+      <c r="UQ14" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="UL14" s="15" t="n">
+      <c r="UR14" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="UM14" s="15" t="n">
+      <c r="US14" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="UN14" s="15" t="n">
+      <c r="UT14" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="UO14" s="15" t="n">
+      <c r="UU14" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="UP14" s="15" t="n">
+      <c r="UV14" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="UQ14" s="15" t="n">
+      <c r="UW14" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="UR14" s="15" t="n">
+      <c r="UX14" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="US14" s="15" t="n">
+      <c r="UY14" s="15" t="n">
         <v>0.3</v>
-      </c>
-[...16 lines deleted...]
-        <v>0.4</v>
       </c>
       <c r="UZ14" s="15" t="n">
         <v>0.4</v>
       </c>
       <c r="VA14" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="VB14" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="VC14" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="VD14" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="VE14" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="VF14" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="VG14" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="VB14" s="15" t="n">
+      <c r="VH14" s="15" t="n">
         <v>0.4</v>
-      </c>
-[...16 lines deleted...]
-        <v>0.6</v>
       </c>
       <c r="VI14" s="15" t="n">
         <v>0.6</v>
       </c>
       <c r="VJ14" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="VK14" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="VL14" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="VM14" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="VN14" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="VK14" s="15" t="n">
+      <c r="VO14" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="VL14" s="15" t="n">
+      <c r="VP14" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="VM14" s="15" t="n">
+      <c r="VQ14" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="VN14" s="15" t="n">
+      <c r="VR14" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="VS14" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="VT14" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="VO14" s="15" t="n">
+      <c r="VU14" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="VP14" s="15" t="n">
+      <c r="VV14" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="VQ14" s="15" t="n">
+      <c r="VW14" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="VR14" s="15" t="n">
+      <c r="VX14" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="VS14" s="15" t="n">
+      <c r="VY14" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="VT14" s="15" t="n">
+      <c r="VZ14" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="VU14" s="15" t="n">
+      <c r="WA14" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="VV14" s="15" t="n">
+      <c r="WB14" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="VW14" s="15" t="n">
+      <c r="WC14" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="VX14" s="15" t="n">
-[...5 lines deleted...]
-      <c r="VZ14" s="15" t="n">
+      <c r="WD14" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="WE14" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="WF14" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="WA14" s="15" t="n">
+      <c r="WG14" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="WB14" s="15" t="n">
+      <c r="WH14" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="WC14" s="15" t="n">
+      <c r="WI14" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="WD14" s="15" t="n">
+      <c r="WJ14" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="WE14" s="15" t="n">
+      <c r="WK14" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="WF14" s="15" t="n">
+      <c r="WL14" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="WG14" s="15" t="n">
+      <c r="WM14" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="WH14" s="15" t="n">
+      <c r="WN14" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="WI14" s="15" t="n">
+      <c r="WO14" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="WJ14" s="15" t="n">
+      <c r="WP14" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="WK14" s="15" t="n">
+      <c r="WQ14" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="WL14" s="15" t="n">
+      <c r="WR14" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="WM14" s="15" t="n">
-[...2 lines deleted...]
-      <c r="WN14" s="15" t="n">
+      <c r="WS14" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="WT14" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="WO14" s="15" t="n">
+      <c r="WU14" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="WP14" s="15" t="n">
+      <c r="WV14" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="WQ14" s="15" t="n">
+      <c r="WW14" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="WR14" s="15" t="n">
+      <c r="WX14" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="WS14" s="15" t="n">
+      <c r="WY14" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="WT14" s="15" t="n">
+      <c r="WZ14" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="WU14" s="15" t="n">
+      <c r="XA14" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="WV14" s="15" t="n">
+      <c r="XB14" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="WW14" s="15" t="n">
+      <c r="XC14" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="WX14" s="15" t="n">
+      <c r="XD14" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="WY14" s="15" t="n">
+      <c r="XE14" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="WZ14" s="15" t="n">
+      <c r="XF14" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="XG14" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="XA14" s="15" t="n">
-[...2 lines deleted...]
-      <c r="XB14" s="15" t="n">
+      <c r="XH14" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="XC14" s="15" t="n">
+      <c r="XI14" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="XD14" s="15" t="n">
+      <c r="XJ14" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="XE14" s="15" t="n">
+      <c r="XK14" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="XF14" s="15" t="n">
+      <c r="XL14" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="XG14" s="15" t="n">
+      <c r="XM14" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="XH14" s="15" t="n">
+      <c r="XN14" s="15" t="n">
         <v>-0.5</v>
-      </c>
-[...16 lines deleted...]
-        <v>-0.6</v>
       </c>
       <c r="XO14" s="15" t="n">
         <v>-0.5</v>
       </c>
       <c r="XP14" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="XQ14" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="XQ14" s="15" t="n">
+      <c r="XR14" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="XS14" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="XT14" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="XU14" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="XV14" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="XW14" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="XR14" s="15" t="n">
+      <c r="XX14" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="XS14" s="15" t="n">
+      <c r="XY14" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="XT14" s="15" t="n">
+      <c r="XZ14" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="XU14" s="15" t="n">
+      <c r="YA14" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="XV14" s="15" t="n">
+      <c r="YB14" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="XW14" s="15" t="n">
+      <c r="YC14" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="XX14" s="15" t="n">
+      <c r="YD14" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="XY14" s="15" t="n">
-[...2 lines deleted...]
-      <c r="XZ14" s="15" t="n">
+      <c r="YE14" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="YF14" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="YA14" s="15" t="n">
+      <c r="YG14" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="YB14" s="15" t="n">
+      <c r="YH14" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="YC14" s="15" t="n">
+      <c r="YI14" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="YD14" s="15" t="n">
+      <c r="YJ14" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="YE14" s="15" t="n">
+      <c r="YK14" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="YF14" s="15" t="n">
+      <c r="YL14" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="YG14" s="15" t="n">
+      <c r="YM14" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="YH14" s="15" t="n">
+      <c r="YN14" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="YI14" s="15" t="n">
+      <c r="YO14" s="15" t="n">
+        <v>-0.8</v>
+      </c>
+      <c r="YP14" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="YJ14" s="15" t="n">
+      <c r="YQ14" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="YK14" s="15" t="n">
-[...2 lines deleted...]
-      <c r="YL14" s="15" t="n">
+      <c r="YR14" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="YM14" s="15" t="n">
+      <c r="YS14" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="YN14" s="15" t="n">
+      <c r="YT14" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="YO14" s="15" t="n">
+      <c r="YU14" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="YP14" s="15" t="n">
+      <c r="YV14" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="YQ14" s="15" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="YW14" s="15" t="n">
-        <v>1.0</v>
+        <v>0.8</v>
       </c>
       <c r="YX14" s="15" t="n">
         <v>1.0</v>
       </c>
       <c r="YY14" s="15" t="n">
         <v>1.1</v>
       </c>
       <c r="YZ14" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="ZA14" s="15" t="n">
-[...195 lines deleted...]
-        <v>2.2</v>
+      <c r="ZA14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZB14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZC14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZD14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZE14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZF14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZG14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZH14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZI14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZJ14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZK14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZL14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZM14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZN14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZO14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZP14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZQ14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZR14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZS14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZT14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZU14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZV14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZW14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZX14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZY14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZZ14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAA14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAB14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAC14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAD14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAE14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAF14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAG14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAH14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAI14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAJ14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAK14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAL14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAM14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAN14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAO14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAP14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAQ14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAR14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAS14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAT14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAU14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAV14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAW14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAX14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAY14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAZ14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABA14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABB14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABC14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABD14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABE14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABF14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABG14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABH14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABI14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABJ14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABK14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABL14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABM14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABN14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
       </c>
       <c r="ABO14" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABP14" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABQ14" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABR14" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABS14" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABT14" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABU14" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABV14" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABW14" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABX14" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABY14" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABZ14" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACA14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACB14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACC14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACD14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACE14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACF14" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    06 Sanidad</t>
         </is>
       </c>
       <c r="B15" s="14" t="n">
-        <v>111.43</v>
+        <v>101.04</v>
       </c>
       <c r="C15" s="14" t="n">
-        <v>111.31</v>
+        <v>100.77</v>
       </c>
       <c r="D15" s="14" t="n">
-        <v>111.14</v>
+        <v>100.61</v>
       </c>
       <c r="E15" s="14" t="n">
-        <v>111.03</v>
+        <v>100.5</v>
       </c>
       <c r="F15" s="14" t="n">
-        <v>111.03</v>
+        <v>100.34</v>
       </c>
       <c r="G15" s="14" t="n">
-        <v>110.89</v>
+        <v>100.25</v>
       </c>
       <c r="H15" s="14" t="n">
-        <v>110.71</v>
+        <v>100.24</v>
       </c>
       <c r="I15" s="14" t="n">
-        <v>110.56</v>
+        <v>100.12</v>
       </c>
       <c r="J15" s="14" t="n">
-        <v>110.13</v>
+        <v>99.95</v>
       </c>
       <c r="K15" s="14" t="n">
-        <v>109.73</v>
+        <v>99.82</v>
       </c>
       <c r="L15" s="14" t="n">
-        <v>109.52</v>
+        <v>99.44</v>
       </c>
       <c r="M15" s="14" t="n">
-        <v>109.16</v>
+        <v>99.08</v>
       </c>
       <c r="N15" s="14" t="n">
-        <v>109.05</v>
+        <v>98.88</v>
       </c>
       <c r="O15" s="14" t="n">
-        <v>108.97</v>
+        <v>98.55</v>
       </c>
       <c r="P15" s="14" t="n">
-        <v>108.99</v>
+        <v>98.45</v>
       </c>
       <c r="Q15" s="14" t="n">
-        <v>108.91</v>
+        <v>98.38</v>
       </c>
       <c r="R15" s="14" t="n">
-        <v>108.84</v>
+        <v>98.4</v>
       </c>
       <c r="S15" s="14" t="n">
-        <v>108.62</v>
+        <v>98.33</v>
       </c>
       <c r="T15" s="14" t="n">
-        <v>108.61</v>
+        <v>98.27</v>
       </c>
       <c r="U15" s="14" t="n">
-        <v>108.35</v>
+        <v>98.07</v>
       </c>
       <c r="V15" s="14" t="n">
-        <v>108.04</v>
+        <v>98.06</v>
       </c>
       <c r="W15" s="14" t="n">
-        <v>107.71</v>
+        <v>97.83</v>
       </c>
       <c r="X15" s="14" t="n">
-        <v>107.37</v>
+        <v>97.55</v>
       </c>
       <c r="Y15" s="14" t="n">
-        <v>107.17</v>
+        <v>97.24</v>
       </c>
       <c r="Z15" s="14" t="n">
-        <v>107.08</v>
+        <v>96.94</v>
       </c>
       <c r="AA15" s="14" t="n">
-        <v>106.94</v>
+        <v>96.76</v>
       </c>
       <c r="AB15" s="14" t="n">
-        <v>106.9</v>
+        <v>96.68</v>
       </c>
       <c r="AC15" s="14" t="n">
-        <v>106.76</v>
+        <v>96.56</v>
       </c>
       <c r="AD15" s="14" t="n">
-        <v>106.72</v>
+        <v>96.52</v>
       </c>
       <c r="AE15" s="14" t="n">
-        <v>106.48</v>
+        <v>96.39</v>
       </c>
       <c r="AF15" s="14" t="n">
-        <v>106.25</v>
+        <v>96.35</v>
       </c>
       <c r="AG15" s="14" t="n">
-        <v>106.11</v>
+        <v>96.14</v>
       </c>
       <c r="AH15" s="14" t="n">
-        <v>105.81</v>
+        <v>95.93</v>
       </c>
       <c r="AI15" s="14" t="n">
-        <v>105.42</v>
+        <v>95.81</v>
       </c>
       <c r="AJ15" s="14" t="n">
-        <v>105.11</v>
+        <v>95.53</v>
       </c>
       <c r="AK15" s="14" t="n">
-        <v>104.86</v>
+        <v>95.18</v>
       </c>
       <c r="AL15" s="14" t="n">
-        <v>104.85</v>
+        <v>94.9</v>
       </c>
       <c r="AM15" s="14" t="n">
-        <v>104.65</v>
+        <v>94.68</v>
       </c>
       <c r="AN15" s="14" t="n">
-        <v>104.68</v>
+        <v>94.66</v>
       </c>
       <c r="AO15" s="14" t="n">
-        <v>104.54</v>
+        <v>94.49</v>
       </c>
       <c r="AP15" s="14" t="n">
-        <v>104.57</v>
+        <v>94.51</v>
       </c>
       <c r="AQ15" s="14" t="n">
-        <v>104.43</v>
+        <v>94.39</v>
       </c>
       <c r="AR15" s="14" t="n">
-        <v>104.41</v>
+        <v>94.41</v>
       </c>
       <c r="AS15" s="14" t="n">
-        <v>104.41</v>
+        <v>94.29</v>
       </c>
       <c r="AT15" s="14" t="n">
-        <v>104.19</v>
+        <v>94.27</v>
       </c>
       <c r="AU15" s="14" t="n">
-        <v>103.9</v>
+        <v>94.27</v>
       </c>
       <c r="AV15" s="14" t="n">
-        <v>103.83</v>
+        <v>94.07</v>
       </c>
       <c r="AW15" s="14" t="n">
-        <v>103.82</v>
+        <v>93.81</v>
       </c>
       <c r="AX15" s="14" t="n">
-        <v>103.62</v>
+        <v>93.74</v>
       </c>
       <c r="AY15" s="14" t="n">
-        <v>103.5</v>
+        <v>93.74</v>
       </c>
       <c r="AZ15" s="14" t="n">
-        <v>103.51</v>
+        <v>93.55</v>
       </c>
       <c r="BA15" s="14" t="n">
-        <v>103.44</v>
+        <v>93.45</v>
       </c>
       <c r="BB15" s="14" t="n">
-        <v>103.46</v>
+        <v>93.46</v>
       </c>
       <c r="BC15" s="14" t="n">
-        <v>103.35</v>
+        <v>93.4</v>
       </c>
       <c r="BD15" s="14" t="n">
-        <v>103.16</v>
+        <v>93.41</v>
       </c>
       <c r="BE15" s="14" t="n">
-        <v>103.06</v>
+        <v>93.32</v>
       </c>
       <c r="BF15" s="14" t="n">
-        <v>103.02</v>
+        <v>93.14</v>
       </c>
       <c r="BG15" s="14" t="n">
-        <v>102.89</v>
+        <v>93.05</v>
       </c>
       <c r="BH15" s="14" t="n">
-        <v>102.93</v>
+        <v>93.02</v>
       </c>
       <c r="BI15" s="14" t="n">
-        <v>102.96</v>
+        <v>92.9</v>
       </c>
       <c r="BJ15" s="14" t="n">
-        <v>102.85</v>
+        <v>92.93</v>
       </c>
       <c r="BK15" s="14" t="n">
-        <v>102.63</v>
+        <v>92.96</v>
       </c>
       <c r="BL15" s="14" t="n">
-        <v>102.71</v>
+        <v>92.86</v>
       </c>
       <c r="BM15" s="14" t="n">
-        <v>102.73</v>
+        <v>92.66</v>
       </c>
       <c r="BN15" s="14" t="n">
-        <v>102.81</v>
+        <v>92.73</v>
       </c>
       <c r="BO15" s="14" t="n">
-        <v>102.59</v>
+        <v>92.76</v>
       </c>
       <c r="BP15" s="14" t="n">
-        <v>102.57</v>
+        <v>92.82</v>
       </c>
       <c r="BQ15" s="14" t="n">
-        <v>102.44</v>
+        <v>92.63</v>
       </c>
       <c r="BR15" s="14" t="n">
-        <v>102.4</v>
+        <v>92.6</v>
       </c>
       <c r="BS15" s="14" t="n">
-        <v>102.36</v>
+        <v>92.49</v>
       </c>
       <c r="BT15" s="14" t="n">
-        <v>102.44</v>
+        <v>92.45</v>
       </c>
       <c r="BU15" s="14" t="n">
-        <v>102.46</v>
+        <v>92.42</v>
       </c>
       <c r="BV15" s="14" t="n">
-        <v>102.44</v>
+        <v>92.49</v>
       </c>
       <c r="BW15" s="14" t="n">
-        <v>102.37</v>
+        <v>92.51</v>
       </c>
       <c r="BX15" s="14" t="n">
-        <v>102.27</v>
+        <v>92.49</v>
       </c>
       <c r="BY15" s="14" t="n">
-        <v>102.22</v>
+        <v>92.43</v>
       </c>
       <c r="BZ15" s="14" t="n">
-        <v>102.35</v>
+        <v>92.34</v>
       </c>
       <c r="CA15" s="14" t="n">
-        <v>102.3</v>
+        <v>92.29</v>
       </c>
       <c r="CB15" s="14" t="n">
-        <v>102.29</v>
+        <v>92.41</v>
       </c>
       <c r="CC15" s="14" t="n">
-        <v>102.22</v>
+        <v>92.36</v>
       </c>
       <c r="CD15" s="14" t="n">
-        <v>102.09</v>
+        <v>92.35</v>
       </c>
       <c r="CE15" s="14" t="n">
-        <v>102.01</v>
+        <v>92.29</v>
       </c>
       <c r="CF15" s="14" t="n">
-        <v>101.99</v>
+        <v>92.17</v>
       </c>
       <c r="CG15" s="14" t="n">
-        <v>101.93</v>
+        <v>92.1</v>
       </c>
       <c r="CH15" s="14" t="n">
-        <v>101.84</v>
+        <v>92.09</v>
       </c>
       <c r="CI15" s="14" t="n">
-        <v>101.54</v>
+        <v>92.03</v>
       </c>
       <c r="CJ15" s="14" t="n">
-        <v>101.36</v>
+        <v>91.95</v>
       </c>
       <c r="CK15" s="14" t="n">
-        <v>101.31</v>
+        <v>91.68</v>
       </c>
       <c r="CL15" s="14" t="n">
-        <v>101.48</v>
+        <v>91.52</v>
       </c>
       <c r="CM15" s="14" t="n">
-        <v>101.59</v>
+        <v>91.47</v>
       </c>
       <c r="CN15" s="14" t="n">
-        <v>101.54</v>
+        <v>91.62</v>
       </c>
       <c r="CO15" s="14" t="n">
-        <v>101.27</v>
+        <v>91.72</v>
       </c>
       <c r="CP15" s="14" t="n">
-        <v>101.17</v>
+        <v>91.67</v>
       </c>
       <c r="CQ15" s="14" t="n">
-        <v>101.09</v>
+        <v>91.43</v>
       </c>
       <c r="CR15" s="14" t="n">
-        <v>101.12</v>
+        <v>91.35</v>
       </c>
       <c r="CS15" s="14" t="n">
-        <v>101.08</v>
+        <v>91.27</v>
       </c>
       <c r="CT15" s="14" t="n">
-        <v>101.03</v>
+        <v>91.3</v>
       </c>
       <c r="CU15" s="14" t="n">
-        <v>101.12</v>
+        <v>91.26</v>
       </c>
       <c r="CV15" s="14" t="n">
-        <v>101.23</v>
+        <v>91.22</v>
       </c>
       <c r="CW15" s="14" t="n">
-        <v>101.27</v>
+        <v>91.3</v>
       </c>
       <c r="CX15" s="14" t="n">
-        <v>101.41</v>
+        <v>91.4</v>
       </c>
       <c r="CY15" s="14" t="n">
-        <v>101.36</v>
+        <v>91.43</v>
       </c>
       <c r="CZ15" s="14" t="n">
-        <v>101.36</v>
+        <v>91.56</v>
       </c>
       <c r="DA15" s="14" t="n">
-        <v>101.19</v>
+        <v>91.52</v>
       </c>
       <c r="DB15" s="14" t="n">
-        <v>101.03</v>
+        <v>91.51</v>
       </c>
       <c r="DC15" s="14" t="n">
-        <v>100.9</v>
+        <v>91.36</v>
       </c>
       <c r="DD15" s="14" t="n">
-        <v>100.82</v>
+        <v>91.22</v>
       </c>
       <c r="DE15" s="14" t="n">
-        <v>100.67</v>
+        <v>91.1</v>
       </c>
       <c r="DF15" s="14" t="n">
-        <v>100.6</v>
+        <v>91.03</v>
       </c>
       <c r="DG15" s="14" t="n">
-        <v>100.58</v>
+        <v>90.89</v>
       </c>
       <c r="DH15" s="14" t="n">
-        <v>100.46</v>
+        <v>90.83</v>
       </c>
       <c r="DI15" s="14" t="n">
-        <v>100.54</v>
+        <v>90.81</v>
       </c>
       <c r="DJ15" s="14" t="n">
-        <v>100.5</v>
+        <v>90.7</v>
       </c>
       <c r="DK15" s="14" t="n">
-        <v>100.49</v>
+        <v>90.78</v>
       </c>
       <c r="DL15" s="14" t="n">
-        <v>100.44</v>
+        <v>90.74</v>
       </c>
       <c r="DM15" s="14" t="n">
-        <v>100.37</v>
+        <v>90.73</v>
       </c>
       <c r="DN15" s="14" t="n">
-        <v>100.15</v>
+        <v>90.68</v>
       </c>
       <c r="DO15" s="14" t="n">
-        <v>100.05</v>
+        <v>90.62</v>
       </c>
       <c r="DP15" s="14" t="n">
-        <v>100.08</v>
+        <v>90.42</v>
       </c>
       <c r="DQ15" s="14" t="n">
-        <v>100.14</v>
+        <v>90.34</v>
       </c>
       <c r="DR15" s="14" t="n">
-        <v>100.15</v>
+        <v>90.36</v>
       </c>
       <c r="DS15" s="14" t="n">
-        <v>100.12</v>
+        <v>90.42</v>
       </c>
       <c r="DT15" s="14" t="n">
-        <v>100.03</v>
+        <v>90.42</v>
       </c>
       <c r="DU15" s="14" t="n">
-        <v>99.99</v>
+        <v>90.39</v>
       </c>
       <c r="DV15" s="14" t="n">
-        <v>100.04</v>
+        <v>90.32</v>
       </c>
       <c r="DW15" s="14" t="n">
-        <v>99.97</v>
+        <v>90.27</v>
       </c>
       <c r="DX15" s="14" t="n">
-        <v>99.94</v>
+        <v>90.32</v>
       </c>
       <c r="DY15" s="14" t="n">
-        <v>99.92</v>
+        <v>90.26</v>
       </c>
       <c r="DZ15" s="14" t="n">
-        <v>100.01</v>
+        <v>90.24</v>
       </c>
       <c r="EA15" s="14" t="n">
-        <v>99.91</v>
+        <v>90.21</v>
       </c>
       <c r="EB15" s="14" t="n">
-        <v>99.79</v>
+        <v>90.3</v>
       </c>
       <c r="EC15" s="14" t="n">
-        <v>99.63</v>
+        <v>90.2</v>
       </c>
       <c r="ED15" s="14" t="n">
-        <v>99.76</v>
+        <v>90.09</v>
       </c>
       <c r="EE15" s="14" t="n">
-        <v>99.83</v>
+        <v>89.96</v>
       </c>
       <c r="EF15" s="14" t="n">
-        <v>99.7</v>
+        <v>90.08</v>
       </c>
       <c r="EG15" s="14" t="n">
-        <v>99.96</v>
+        <v>90.14</v>
       </c>
       <c r="EH15" s="14" t="n">
-        <v>99.89</v>
+        <v>90.02</v>
       </c>
       <c r="EI15" s="14" t="n">
-        <v>100.01</v>
+        <v>90.25</v>
       </c>
       <c r="EJ15" s="14" t="n">
-        <v>99.97</v>
+        <v>90.19</v>
       </c>
       <c r="EK15" s="14" t="n">
-        <v>99.95</v>
+        <v>90.3</v>
       </c>
       <c r="EL15" s="14" t="n">
-        <v>99.98</v>
+        <v>90.26</v>
       </c>
       <c r="EM15" s="14" t="n">
-        <v>99.78</v>
+        <v>90.24</v>
       </c>
       <c r="EN15" s="14" t="n">
-        <v>99.88</v>
+        <v>90.27</v>
       </c>
       <c r="EO15" s="14" t="n">
-        <v>99.86</v>
+        <v>90.09</v>
       </c>
       <c r="EP15" s="14" t="n">
-        <v>100.05</v>
+        <v>90.18</v>
       </c>
       <c r="EQ15" s="14" t="n">
-        <v>100.08</v>
+        <v>90.16</v>
       </c>
       <c r="ER15" s="14" t="n">
-        <v>100.05</v>
+        <v>90.33</v>
       </c>
       <c r="ES15" s="14" t="n">
-        <v>100.09</v>
+        <v>90.36</v>
       </c>
       <c r="ET15" s="14" t="n">
-        <v>100.09</v>
+        <v>90.33</v>
       </c>
       <c r="EU15" s="14" t="n">
-        <v>99.9</v>
+        <v>90.37</v>
       </c>
       <c r="EV15" s="14" t="n">
-        <v>99.85</v>
+        <v>90.37</v>
       </c>
       <c r="EW15" s="14" t="n">
-        <v>99.41</v>
+        <v>90.2</v>
       </c>
       <c r="EX15" s="14" t="n">
-        <v>99.42</v>
+        <v>90.15</v>
       </c>
       <c r="EY15" s="14" t="n">
-        <v>99.39</v>
+        <v>89.75</v>
       </c>
       <c r="EZ15" s="14" t="n">
-        <v>98.61</v>
+        <v>89.76</v>
       </c>
       <c r="FA15" s="14" t="n">
-        <v>99.81</v>
+        <v>89.74</v>
       </c>
       <c r="FB15" s="14" t="n">
-        <v>99.9</v>
+        <v>89.03</v>
       </c>
       <c r="FC15" s="14" t="n">
-        <v>99.87</v>
+        <v>90.12</v>
       </c>
       <c r="FD15" s="14" t="n">
-        <v>99.66</v>
+        <v>90.2</v>
       </c>
       <c r="FE15" s="14" t="n">
-        <v>96.56</v>
+        <v>90.17</v>
       </c>
       <c r="FF15" s="14" t="n">
-        <v>97.25</v>
+        <v>89.98</v>
       </c>
       <c r="FG15" s="14" t="n">
-        <v>88.63</v>
+        <v>87.18</v>
       </c>
       <c r="FH15" s="14" t="n">
-        <v>88.63</v>
+        <v>87.8</v>
       </c>
       <c r="FI15" s="14" t="n">
-        <v>88.64</v>
+        <v>80.02</v>
       </c>
       <c r="FJ15" s="14" t="n">
-        <v>88.69</v>
+        <v>80.02</v>
       </c>
       <c r="FK15" s="14" t="n">
-        <v>88.69</v>
+        <v>80.03</v>
       </c>
       <c r="FL15" s="14" t="n">
-        <v>88.64</v>
+        <v>80.08</v>
       </c>
       <c r="FM15" s="14" t="n">
-        <v>88.75</v>
+        <v>80.08</v>
       </c>
       <c r="FN15" s="14" t="n">
-        <v>88.69</v>
+        <v>80.03</v>
       </c>
       <c r="FO15" s="14" t="n">
-        <v>91.02</v>
+        <v>80.13</v>
       </c>
       <c r="FP15" s="14" t="n">
-        <v>90.85</v>
+        <v>80.08</v>
       </c>
       <c r="FQ15" s="14" t="n">
-        <v>90.79</v>
+        <v>82.18</v>
       </c>
       <c r="FR15" s="14" t="n">
-        <v>91.23</v>
+        <v>82.03</v>
       </c>
       <c r="FS15" s="14" t="n">
-        <v>91.34</v>
+        <v>81.97</v>
       </c>
       <c r="FT15" s="14" t="n">
-        <v>91.23</v>
+        <v>82.37</v>
       </c>
       <c r="FU15" s="14" t="n">
-        <v>91.33</v>
+        <v>82.47</v>
       </c>
       <c r="FV15" s="14" t="n">
-        <v>91.44</v>
+        <v>82.37</v>
       </c>
       <c r="FW15" s="14" t="n">
-        <v>91.33</v>
+        <v>82.46</v>
       </c>
       <c r="FX15" s="14" t="n">
-        <v>91.3</v>
+        <v>82.56</v>
       </c>
       <c r="FY15" s="14" t="n">
-        <v>91.33</v>
+        <v>82.46</v>
       </c>
       <c r="FZ15" s="14" t="n">
-        <v>91.3</v>
-[...214 lines deleted...]
-      <c r="IT15" s="15" t="n">
+        <v>82.43</v>
+      </c>
+      <c r="GA15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GB15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GC15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GD15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GE15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GF15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GG15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GH15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GI15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GJ15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GK15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GL15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GM15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GN15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GO15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GP15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GQ15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GR15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GS15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GT15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GU15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GV15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GW15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GX15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GY15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GZ15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HA15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HB15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HC15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HD15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HE15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HF15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HG15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HH15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HI15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HJ15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HK15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HL15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HM15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HN15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HO15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HP15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HQ15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HR15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HS15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HT15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HU15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HV15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HW15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HX15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HY15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HZ15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IA15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IB15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IC15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IH15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="II15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IJ15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IK15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IL15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IM15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IN15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IO15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IP15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IQ15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IR15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IS15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IT15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IU15" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="IV15" s="15" t="n">
         <v>0.2</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.0</v>
       </c>
       <c r="IW15" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="IX15" s="15" t="n">
         <v>0.2</v>
       </c>
       <c r="IY15" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="IZ15" s="15" t="n">
-        <v>0.4</v>
+        <v>0.0</v>
       </c>
       <c r="JA15" s="15" t="n">
-        <v>0.4</v>
+        <v>0.1</v>
       </c>
       <c r="JB15" s="15" t="n">
         <v>0.2</v>
       </c>
       <c r="JC15" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="JD15" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="JE15" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="JF15" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="JG15" s="15" t="n">
         <v>0.3</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.1</v>
       </c>
       <c r="JH15" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="JI15" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="JJ15" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="JK15" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="JL15" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="JM15" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="JJ15" s="15" t="n">
-[...10 lines deleted...]
-      </c>
       <c r="JN15" s="15" t="n">
-        <v>0.3</v>
+        <v>0.0</v>
       </c>
       <c r="JO15" s="15" t="n">
         <v>0.2</v>
       </c>
       <c r="JP15" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="JQ15" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="JR15" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="JS15" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="JT15" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="JQ15" s="15" t="n">
+      <c r="JU15" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="JR15" s="15" t="n">
-[...10 lines deleted...]
-      </c>
       <c r="JV15" s="15" t="n">
-        <v>0.2</v>
+        <v>0.0</v>
       </c>
       <c r="JW15" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="JX15" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="JY15" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="JZ15" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="KA15" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="KB15" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="JY15" s="15" t="n">
+      <c r="KC15" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="JZ15" s="15" t="n">
+      <c r="KD15" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="KA15" s="15" t="n">
+      <c r="KE15" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="KB15" s="15" t="n">
-[...2 lines deleted...]
-      <c r="KC15" s="15" t="n">
+      <c r="KF15" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="KG15" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="KD15" s="15" t="n">
-[...2 lines deleted...]
-      <c r="KE15" s="15" t="n">
+      <c r="KH15" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="KI15" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="KF15" s="15" t="n">
-[...2 lines deleted...]
-      <c r="KG15" s="15" t="n">
+      <c r="KJ15" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="KK15" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="KH15" s="15" t="n">
-[...10 lines deleted...]
-      </c>
       <c r="KL15" s="15" t="n">
-        <v>0.1</v>
+        <v>0.0</v>
       </c>
       <c r="KM15" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="KN15" s="15" t="n">
         <v>0.2</v>
       </c>
       <c r="KO15" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="KP15" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="KP15" s="15" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="KQ15" s="15" t="n">
-        <v>0.1</v>
+        <v>0.0</v>
       </c>
       <c r="KR15" s="15" t="n">
-        <v>0.0</v>
+        <v>0.2</v>
       </c>
       <c r="KS15" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="KT15" s="15" t="n">
-        <v>0.2</v>
+        <v>0.0</v>
       </c>
       <c r="KU15" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="KV15" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="KW15" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="KX15" s="15" t="n">
-        <v>0.0</v>
+        <v>0.2</v>
       </c>
       <c r="KY15" s="15" t="n">
-        <v>0.0</v>
+        <v>0.1</v>
       </c>
       <c r="KZ15" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="LA15" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="LA15" s="15" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="LB15" s="15" t="n">
-        <v>-0.1</v>
+        <v>0.0</v>
       </c>
       <c r="LC15" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="LD15" s="15" t="n">
-        <v>-0.1</v>
+        <v>0.1</v>
       </c>
       <c r="LE15" s="15" t="n">
         <v>0.2</v>
       </c>
       <c r="LF15" s="15" t="n">
-        <v>0.0</v>
+        <v>-0.1</v>
       </c>
       <c r="LG15" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="LH15" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="LI15" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="LJ15" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="LK15" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="LH15" s="15" t="n">
-[...5 lines deleted...]
-      <c r="LJ15" s="15" t="n">
+      <c r="LL15" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="LM15" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="LN15" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="LK15" s="15" t="n">
-[...5 lines deleted...]
-      <c r="LM15" s="15" t="n">
+      <c r="LO15" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="LP15" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="LQ15" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="LN15" s="15" t="n">
+      <c r="LR15" s="15" t="n">
         <v>0.1</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.0</v>
       </c>
       <c r="LS15" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="LT15" s="15" t="n">
-        <v>0.1</v>
+        <v>-0.1</v>
       </c>
       <c r="LU15" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="LV15" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="LW15" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="LX15" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="LY15" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="LZ15" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="MA15" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="MB15" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="MC15" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="LZ15" s="15" t="n">
+      <c r="MD15" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="MA15" s="15" t="n">
-[...2 lines deleted...]
-      <c r="MB15" s="15" t="n">
+      <c r="ME15" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="MF15" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="MC15" s="15" t="n">
+      <c r="MG15" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="MD15" s="15" t="n">
-[...2 lines deleted...]
-      <c r="ME15" s="15" t="n">
+      <c r="MH15" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="MI15" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="MF15" s="15" t="n">
+      <c r="MJ15" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="MG15" s="15" t="n">
+      <c r="MK15" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="MH15" s="15" t="n">
-[...8 lines deleted...]
-      <c r="MK15" s="15" t="n">
+      <c r="ML15" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="MM15" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="MN15" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="MO15" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="ML15" s="15" t="n">
+      <c r="MP15" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="MM15" s="15" t="n">
-[...2 lines deleted...]
-      <c r="MN15" s="15" t="n">
+      <c r="MQ15" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="MR15" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="MO15" s="15" t="n">
-[...5 lines deleted...]
-      <c r="MQ15" s="15" t="n">
+      <c r="MS15" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="MT15" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="MU15" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="MR15" s="15" t="n">
+      <c r="MV15" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="MS15" s="15" t="n">
+      <c r="MW15" s="15" t="n">
         <v>0.1</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.0</v>
       </c>
       <c r="MX15" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="MY15" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="MZ15" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="NA15" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="NB15" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="NC15" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="MZ15" s="15" t="n">
-[...8 lines deleted...]
-      <c r="NC15" s="15" t="n">
+      <c r="ND15" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="NE15" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="NF15" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="ND15" s="15" t="n">
+      <c r="NG15" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="NH15" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="NE15" s="15" t="n">
+      <c r="NI15" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="NF15" s="15" t="n">
-[...2 lines deleted...]
-      <c r="NG15" s="15" t="n">
+      <c r="NJ15" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="NK15" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="NH15" s="15" t="n">
-[...5 lines deleted...]
-      <c r="NJ15" s="15" t="n">
+      <c r="NL15" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="NM15" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="NN15" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="NK15" s="15" t="n">
-[...5 lines deleted...]
-      <c r="NM15" s="15" t="n">
+      <c r="NO15" s="15" t="n">
         <v>0.1</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.0</v>
       </c>
       <c r="NP15" s="15" t="n">
         <v>-0.1</v>
       </c>
       <c r="NQ15" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="NR15" s="15" t="n">
-        <v>0.1</v>
+        <v>0.0</v>
       </c>
       <c r="NS15" s="15" t="n">
-        <v>0.2</v>
+        <v>0.0</v>
       </c>
       <c r="NT15" s="15" t="n">
         <v>-0.1</v>
       </c>
       <c r="NU15" s="15" t="n">
-        <v>-0.1</v>
+        <v>0.1</v>
       </c>
       <c r="NV15" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="NW15" s="15" t="n">
-        <v>-0.3</v>
+        <v>0.1</v>
       </c>
       <c r="NX15" s="15" t="n">
-        <v>0.1</v>
+        <v>-0.1</v>
       </c>
       <c r="NY15" s="15" t="n">
         <v>-0.1</v>
       </c>
       <c r="NZ15" s="15" t="n">
-        <v>0.0</v>
+        <v>0.1</v>
       </c>
       <c r="OA15" s="15" t="n">
-        <v>0.0</v>
+        <v>-0.3</v>
       </c>
       <c r="OB15" s="15" t="n">
-        <v>0.0</v>
+        <v>0.1</v>
       </c>
       <c r="OC15" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="OD15" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="OE15" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="OF15" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="OG15" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="OD15" s="15" t="n">
+      <c r="OH15" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="OE15" s="15" t="n">
-[...2 lines deleted...]
-      <c r="OF15" s="15" t="n">
+      <c r="OI15" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="OJ15" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="OG15" s="15" t="n">
-[...10 lines deleted...]
-      </c>
       <c r="OK15" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="OL15" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="OM15" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="ON15" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="OO15" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="OL15" s="15" t="n">
+      <c r="OP15" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="OM15" s="15" t="n">
+      <c r="OQ15" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="ON15" s="15" t="n">
-[...5 lines deleted...]
-      <c r="OP15" s="15" t="n">
+      <c r="OR15" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="OS15" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="OT15" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="OQ15" s="15" t="n">
+      <c r="OU15" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="OR15" s="15" t="n">
+      <c r="OV15" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="OS15" s="15" t="n">
-[...2 lines deleted...]
-      <c r="OT15" s="15" t="n">
+      <c r="OW15" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="OX15" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="OU15" s="15" t="n">
+      <c r="OY15" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="OV15" s="15" t="n">
+      <c r="OZ15" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="OW15" s="15" t="n">
+      <c r="PA15" s="15" t="n">
         <v>9.7</v>
       </c>
-      <c r="OX15" s="15" t="n">
-[...5 lines deleted...]
-      <c r="OZ15" s="15" t="n">
+      <c r="PB15" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="PC15" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="PD15" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="PA15" s="15" t="n">
-[...2 lines deleted...]
-      <c r="PB15" s="15" t="n">
+      <c r="PE15" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="PF15" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="PC15" s="15" t="n">
+      <c r="PG15" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="PD15" s="15" t="n">
-[...246 lines deleted...]
-        <v>0.0</v>
+      <c r="PH15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PI15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PJ15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PK15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PL15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PM15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PN15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PO15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PP15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PQ15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PR15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PS15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PT15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PU15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PV15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PW15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PX15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PY15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PZ15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QA15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QB15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QC15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QD15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QE15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QF15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QG15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QH15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QI15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QJ15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QK15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QL15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QM15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QN15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QO15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QP15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QQ15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QR15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QS15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QT15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QU15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QV15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QW15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QX15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QY15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QZ15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RA15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RB15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RC15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RD15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RE15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RF15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RG15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RH15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RI15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RJ15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RK15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RL15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RM15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RN15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RO15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RP15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RQ15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RR15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RS15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RT15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RU15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RV15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RW15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RX15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RY15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RZ15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SA15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SB15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SC15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SD15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SE15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SF15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SG15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SH15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
       </c>
       <c r="SI15" s="13" t="inlineStr">
         <is>
-          <t>..</t>
-[...2 lines deleted...]
-      <c r="SJ15" s="15" t="n">
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SJ15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SK15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SL15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SM15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SN15" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="SK15" s="15" t="n">
-[...2 lines deleted...]
-      <c r="SL15" s="15" t="n">
+      <c r="SO15" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="SP15" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="SQ15" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="SR15" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="SM15" s="15" t="n">
-[...2 lines deleted...]
-      <c r="SN15" s="15" t="n">
+      <c r="SS15" s="15" t="n">
         <v>2.0</v>
-      </c>
-[...13 lines deleted...]
-        <v>1.9</v>
       </c>
       <c r="ST15" s="15" t="n">
         <v>2.0</v>
       </c>
       <c r="SU15" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="SV15" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="SV15" s="15" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="SW15" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="SX15" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="SX15" s="15" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="SY15" s="15" t="n">
-        <v>2.0</v>
+        <v>1.9</v>
       </c>
       <c r="SZ15" s="15" t="n">
         <v>2.0</v>
       </c>
       <c r="TA15" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="TB15" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="TC15" s="15" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="TD15" s="15" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="TE15" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="TB15" s="15" t="n">
+      <c r="TF15" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="TG15" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="TH15" s="15" t="n">
         <v>2.2</v>
       </c>
-      <c r="TC15" s="15" t="n">
+      <c r="TI15" s="15" t="n">
         <v>2.1</v>
-      </c>
-[...16 lines deleted...]
-        <v>2.2</v>
       </c>
       <c r="TJ15" s="15" t="n">
         <v>2.1</v>
       </c>
       <c r="TK15" s="15" t="n">
-        <v>2.1</v>
+        <v>2.2</v>
       </c>
       <c r="TL15" s="15" t="n">
         <v>2.1</v>
       </c>
       <c r="TM15" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="TN15" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="TO15" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="TP15" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="TQ15" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="TR15" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="TS15" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="TN15" s="15" t="n">
+      <c r="TT15" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="TO15" s="15" t="n">
+      <c r="TU15" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="TP15" s="15" t="n">
+      <c r="TV15" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="TQ15" s="15" t="n">
+      <c r="TW15" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="TR15" s="15" t="n">
+      <c r="TX15" s="15" t="n">
         <v>1.2</v>
-      </c>
-[...16 lines deleted...]
-        <v>1.1</v>
       </c>
       <c r="TY15" s="15" t="n">
         <v>1.0</v>
       </c>
       <c r="TZ15" s="15" t="n">
         <v>1.2</v>
       </c>
       <c r="UA15" s="15" t="n">
-        <v>1.3</v>
+        <v>1.1</v>
       </c>
       <c r="UB15" s="15" t="n">
         <v>1.1</v>
       </c>
       <c r="UC15" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="UD15" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="UE15" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="UD15" s="15" t="n">
+      <c r="UF15" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="UG15" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="UH15" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="UI15" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="UJ15" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="UE15" s="15" t="n">
+      <c r="UK15" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="UF15" s="15" t="n">
+      <c r="UL15" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="UG15" s="15" t="n">
+      <c r="UM15" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="UN15" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="UH15" s="15" t="n">
-[...2 lines deleted...]
-      <c r="UI15" s="15" t="n">
+      <c r="UO15" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="UJ15" s="15" t="n">
+      <c r="UP15" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="UK15" s="15" t="n">
+      <c r="UQ15" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="UL15" s="15" t="n">
+      <c r="UR15" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="UM15" s="15" t="n">
+      <c r="US15" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="UN15" s="15" t="n">
+      <c r="UT15" s="15" t="n">
         <v>0.6</v>
-      </c>
-[...16 lines deleted...]
-        <v>0.4</v>
       </c>
       <c r="UU15" s="15" t="n">
         <v>0.5</v>
       </c>
       <c r="UV15" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="UW15" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="UX15" s="15" t="n">
         <v>0.4</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.3</v>
       </c>
       <c r="UY15" s="15" t="n">
         <v>0.2</v>
       </c>
       <c r="UZ15" s="15" t="n">
-        <v>0.3</v>
+        <v>0.4</v>
       </c>
       <c r="VA15" s="15" t="n">
-        <v>0.3</v>
+        <v>0.5</v>
       </c>
       <c r="VB15" s="15" t="n">
         <v>0.4</v>
       </c>
       <c r="VC15" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="VD15" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="VE15" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="VF15" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="VG15" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="VH15" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="VI15" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="VD15" s="15" t="n">
+      <c r="VJ15" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="VE15" s="15" t="n">
+      <c r="VK15" s="15" t="n">
         <v>0.8</v>
-      </c>
-[...16 lines deleted...]
-        <v>0.9</v>
       </c>
       <c r="VL15" s="15" t="n">
         <v>0.9</v>
       </c>
       <c r="VM15" s="15" t="n">
         <v>0.9</v>
       </c>
       <c r="VN15" s="15" t="n">
         <v>0.9</v>
       </c>
       <c r="VO15" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="VP15" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="VQ15" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="VR15" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="VS15" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="VT15" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="VU15" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="VP15" s="15" t="n">
+      <c r="VV15" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="VQ15" s="15" t="n">
+      <c r="VW15" s="15" t="n">
         <v>0.4</v>
-      </c>
-[...16 lines deleted...]
-        <v>0.1</v>
       </c>
       <c r="VX15" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="VY15" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="VZ15" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="WA15" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="VZ15" s="15" t="n">
+      <c r="WB15" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="WC15" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="WD15" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="WE15" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="WF15" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="WA15" s="15" t="n">
+      <c r="WG15" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="WB15" s="15" t="n">
+      <c r="WH15" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="WC15" s="15" t="n">
+      <c r="WI15" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="WD15" s="15" t="n">
+      <c r="WJ15" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="WE15" s="15" t="n">
+      <c r="WK15" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="WF15" s="15" t="n">
+      <c r="WL15" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="WG15" s="15" t="n">
+      <c r="WM15" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="WH15" s="15" t="n">
+      <c r="WN15" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="WI15" s="15" t="n">
+      <c r="WO15" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="WJ15" s="15" t="n">
+      <c r="WP15" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="WK15" s="15" t="n">
+      <c r="WQ15" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="WL15" s="15" t="n">
+      <c r="WR15" s="15" t="n">
         <v>0.7</v>
-      </c>
-[...16 lines deleted...]
-        <v>0.5</v>
       </c>
       <c r="WS15" s="15" t="n">
         <v>0.5</v>
       </c>
       <c r="WT15" s="15" t="n">
         <v>0.5</v>
       </c>
       <c r="WU15" s="15" t="n">
         <v>0.5</v>
       </c>
       <c r="WV15" s="15" t="n">
-        <v>0.1</v>
+        <v>0.4</v>
       </c>
       <c r="WW15" s="15" t="n">
-        <v>0.1</v>
+        <v>0.6</v>
       </c>
       <c r="WX15" s="15" t="n">
-        <v>0.3</v>
+        <v>0.5</v>
       </c>
       <c r="WY15" s="15" t="n">
         <v>0.5</v>
       </c>
       <c r="WZ15" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="XA15" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="XB15" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="XC15" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="XD15" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="XE15" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="XF15" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="XA15" s="15" t="n">
+      <c r="XG15" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="XB15" s="15" t="n">
+      <c r="XH15" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="XC15" s="15" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="XI15" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="XJ15" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="XJ15" s="15" t="n">
+      <c r="XK15" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="XL15" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="XM15" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="XN15" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="XO15" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="XP15" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="XK15" s="15" t="n">
+      <c r="XQ15" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="XL15" s="15" t="n">
+      <c r="XR15" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="XM15" s="15" t="n">
+      <c r="XS15" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="XN15" s="15" t="n">
+      <c r="XT15" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="XO15" s="15" t="n">
+      <c r="XU15" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="XP15" s="15" t="n">
+      <c r="XV15" s="15" t="n">
         <v>-0.2</v>
-      </c>
-[...16 lines deleted...]
-        <v>1.3</v>
       </c>
       <c r="XW15" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="XX15" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="XY15" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="XZ15" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="YA15" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="YB15" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="YC15" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="YD15" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="YE15" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="XY15" s="15" t="n">
-[...2 lines deleted...]
-      <c r="XZ15" s="15" t="n">
+      <c r="YF15" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="YA15" s="15" t="n">
+      <c r="YG15" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="YB15" s="15" t="n">
+      <c r="YH15" s="15" t="n">
         <v>2.9</v>
       </c>
-      <c r="YC15" s="15" t="n">
+      <c r="YI15" s="15" t="n">
         <v>12.7</v>
       </c>
-      <c r="YD15" s="15" t="n">
+      <c r="YJ15" s="15" t="n">
         <v>12.7</v>
       </c>
-      <c r="YE15" s="15" t="n">
-[...2 lines deleted...]
-      <c r="YF15" s="15" t="n">
+      <c r="YK15" s="15" t="n">
         <v>12.1</v>
       </c>
-      <c r="YG15" s="15" t="n">
+      <c r="YL15" s="15" t="n">
         <v>12.1</v>
       </c>
-      <c r="YH15" s="15" t="n">
+      <c r="YM15" s="15" t="n">
+        <v>12.1</v>
+      </c>
+      <c r="YN15" s="15" t="n">
         <v>11.2</v>
       </c>
-      <c r="YI15" s="15" t="n">
+      <c r="YO15" s="15" t="n">
         <v>12.5</v>
       </c>
-      <c r="YJ15" s="15" t="n">
+      <c r="YP15" s="15" t="n">
         <v>12.6</v>
       </c>
-      <c r="YK15" s="15" t="n">
+      <c r="YQ15" s="15" t="n">
         <v>9.7</v>
       </c>
-      <c r="YL15" s="15" t="n">
+      <c r="YR15" s="15" t="n">
         <v>9.7</v>
       </c>
-      <c r="YM15" s="15" t="n">
+      <c r="YS15" s="15" t="n">
         <v>6.4</v>
       </c>
-      <c r="YN15" s="15" t="n">
+      <c r="YT15" s="15" t="n">
         <v>6.6</v>
       </c>
-      <c r="YO15" s="15" t="n">
+      <c r="YU15" s="15" t="n">
         <v>-3.0</v>
-      </c>
-[...16 lines deleted...]
-        <v>-2.8</v>
       </c>
       <c r="YV15" s="15" t="n">
         <v>-2.9</v>
       </c>
       <c r="YW15" s="15" t="n">
-        <v>-0.5</v>
+        <v>-2.9</v>
       </c>
       <c r="YX15" s="15" t="n">
-        <v>-1.1</v>
+        <v>-3.0</v>
       </c>
       <c r="YY15" s="15" t="n">
-        <v>-1.2</v>
+        <v>-2.9</v>
       </c>
       <c r="YZ15" s="15" t="n">
-        <v>-0.7</v>
-[...197 lines deleted...]
-        <v>0.7</v>
+        <v>-2.9</v>
+      </c>
+      <c r="ZA15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZB15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZC15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZD15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZE15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZF15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZG15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZH15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZI15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZJ15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZK15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZL15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZM15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZN15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZO15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZP15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZQ15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZR15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZS15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZT15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZU15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZV15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZW15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZX15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZY15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZZ15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAA15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAB15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAC15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAD15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAE15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAF15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAG15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAH15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAI15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAJ15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAK15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAL15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAM15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAN15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAO15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAP15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAQ15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAR15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAS15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAT15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAU15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAV15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAW15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAX15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAY15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAZ15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABA15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABB15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABC15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABD15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABE15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABF15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABG15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABH15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABI15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABJ15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABK15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABL15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABM15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABN15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
       </c>
       <c r="ABO15" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABP15" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABQ15" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABR15" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABS15" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABT15" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABU15" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABV15" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABW15" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABX15" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABY15" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABZ15" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACA15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACB15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACC15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACD15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACE15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACF15" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    07 Transporte</t>
         </is>
       </c>
       <c r="B16" s="14" t="n">
-        <v>123.14</v>
+        <v>99.78</v>
       </c>
       <c r="C16" s="14" t="n">
-        <v>122.63</v>
+        <v>100.86</v>
       </c>
       <c r="D16" s="14" t="n">
-        <v>122.12</v>
+        <v>100.91</v>
       </c>
       <c r="E16" s="14" t="n">
-        <v>123.26</v>
+        <v>100.49</v>
       </c>
       <c r="F16" s="14" t="n">
-        <v>122.91</v>
+        <v>100.07</v>
       </c>
       <c r="G16" s="14" t="n">
-        <v>121.17</v>
+        <v>101.01</v>
       </c>
       <c r="H16" s="14" t="n">
-        <v>119.97</v>
+        <v>100.72</v>
       </c>
       <c r="I16" s="14" t="n">
-        <v>121.33</v>
+        <v>99.29</v>
       </c>
       <c r="J16" s="14" t="n">
-        <v>121.33</v>
+        <v>98.31</v>
       </c>
       <c r="K16" s="14" t="n">
-        <v>122.08</v>
+        <v>99.43</v>
       </c>
       <c r="L16" s="14" t="n">
-        <v>121.33</v>
+        <v>99.43</v>
       </c>
       <c r="M16" s="14" t="n">
-        <v>120.59</v>
+        <v>100.04</v>
       </c>
       <c r="N16" s="14" t="n">
-        <v>120.13</v>
+        <v>99.43</v>
       </c>
       <c r="O16" s="14" t="n">
-        <v>119.38</v>
+        <v>98.82</v>
       </c>
       <c r="P16" s="14" t="n">
-        <v>119.2</v>
+        <v>98.45</v>
       </c>
       <c r="Q16" s="14" t="n">
-        <v>121.43</v>
+        <v>97.83</v>
       </c>
       <c r="R16" s="14" t="n">
-        <v>122.31</v>
+        <v>97.69</v>
       </c>
       <c r="S16" s="14" t="n">
-        <v>122.04</v>
+        <v>99.51</v>
       </c>
       <c r="T16" s="14" t="n">
-        <v>122.48</v>
+        <v>100.23</v>
       </c>
       <c r="U16" s="14" t="n">
-        <v>123.22</v>
+        <v>100.01</v>
       </c>
       <c r="V16" s="14" t="n">
-        <v>122.44</v>
+        <v>100.37</v>
       </c>
       <c r="W16" s="14" t="n">
-        <v>121.8</v>
+        <v>100.98</v>
       </c>
       <c r="X16" s="14" t="n">
-        <v>119.79</v>
+        <v>100.34</v>
       </c>
       <c r="Y16" s="14" t="n">
-        <v>119.74</v>
+        <v>99.82</v>
       </c>
       <c r="Z16" s="14" t="n">
-        <v>121.22</v>
+        <v>98.17</v>
       </c>
       <c r="AA16" s="14" t="n">
-        <v>123.03</v>
+        <v>98.12</v>
       </c>
       <c r="AB16" s="14" t="n">
-        <v>124.13</v>
+        <v>99.34</v>
       </c>
       <c r="AC16" s="14" t="n">
-        <v>122.9</v>
+        <v>100.82</v>
       </c>
       <c r="AD16" s="14" t="n">
-        <v>119.43</v>
+        <v>101.72</v>
       </c>
       <c r="AE16" s="14" t="n">
-        <v>118.75</v>
+        <v>100.72</v>
       </c>
       <c r="AF16" s="14" t="n">
-        <v>118.0</v>
+        <v>97.87</v>
       </c>
       <c r="AG16" s="14" t="n">
-        <v>119.81</v>
+        <v>97.31</v>
       </c>
       <c r="AH16" s="14" t="n">
-        <v>119.0</v>
+        <v>96.7</v>
       </c>
       <c r="AI16" s="14" t="n">
-        <v>118.97</v>
+        <v>98.19</v>
       </c>
       <c r="AJ16" s="14" t="n">
-        <v>120.11</v>
+        <v>97.52</v>
       </c>
       <c r="AK16" s="14" t="n">
-        <v>115.34</v>
+        <v>97.5</v>
       </c>
       <c r="AL16" s="14" t="n">
-        <v>121.25</v>
+        <v>98.43</v>
       </c>
       <c r="AM16" s="14" t="n">
-        <v>121.28</v>
+        <v>94.52</v>
       </c>
       <c r="AN16" s="14" t="n">
-        <v>119.63</v>
+        <v>99.36</v>
       </c>
       <c r="AO16" s="14" t="n">
-        <v>121.93</v>
+        <v>99.38</v>
       </c>
       <c r="AP16" s="14" t="n">
-        <v>126.46</v>
+        <v>98.04</v>
       </c>
       <c r="AQ16" s="14" t="n">
-        <v>128.8</v>
+        <v>99.92</v>
       </c>
       <c r="AR16" s="14" t="n">
-        <v>122.92</v>
+        <v>103.64</v>
       </c>
       <c r="AS16" s="14" t="n">
-        <v>119.6</v>
+        <v>105.55</v>
       </c>
       <c r="AT16" s="14" t="n">
-        <v>125.36</v>
+        <v>100.73</v>
       </c>
       <c r="AU16" s="14" t="n">
-        <v>117.31</v>
+        <v>98.01</v>
       </c>
       <c r="AV16" s="14" t="n">
-        <v>114.25</v>
+        <v>102.73</v>
       </c>
       <c r="AW16" s="14" t="n">
-        <v>112.22</v>
+        <v>96.13</v>
       </c>
       <c r="AX16" s="14" t="n">
-        <v>113.23</v>
+        <v>93.63</v>
       </c>
       <c r="AY16" s="14" t="n">
-        <v>112.16</v>
+        <v>91.96</v>
       </c>
       <c r="AZ16" s="14" t="n">
-        <v>110.03</v>
+        <v>92.79</v>
       </c>
       <c r="BA16" s="14" t="n">
-        <v>109.55</v>
+        <v>91.91</v>
       </c>
       <c r="BB16" s="14" t="n">
-        <v>109.24</v>
+        <v>90.17</v>
       </c>
       <c r="BC16" s="14" t="n">
-        <v>108.5</v>
+        <v>89.78</v>
       </c>
       <c r="BD16" s="14" t="n">
-        <v>107.36</v>
+        <v>89.52</v>
       </c>
       <c r="BE16" s="14" t="n">
-        <v>106.25</v>
+        <v>88.92</v>
       </c>
       <c r="BF16" s="14" t="n">
-        <v>106.18</v>
+        <v>87.98</v>
       </c>
       <c r="BG16" s="14" t="n">
-        <v>104.31</v>
+        <v>87.08</v>
       </c>
       <c r="BH16" s="14" t="n">
-        <v>102.92</v>
+        <v>87.02</v>
       </c>
       <c r="BI16" s="14" t="n">
-        <v>101.4</v>
+        <v>85.49</v>
       </c>
       <c r="BJ16" s="14" t="n">
-        <v>99.98</v>
+        <v>84.35</v>
       </c>
       <c r="BK16" s="14" t="n">
-        <v>100.11</v>
+        <v>83.11</v>
       </c>
       <c r="BL16" s="14" t="n">
-        <v>100.4</v>
+        <v>81.94</v>
       </c>
       <c r="BM16" s="14" t="n">
-        <v>100.91</v>
+        <v>82.05</v>
       </c>
       <c r="BN16" s="14" t="n">
-        <v>100.91</v>
+        <v>82.29</v>
       </c>
       <c r="BO16" s="14" t="n">
-        <v>99.96</v>
+        <v>82.71</v>
       </c>
       <c r="BP16" s="14" t="n">
-        <v>98.41</v>
+        <v>82.71</v>
       </c>
       <c r="BQ16" s="14" t="n">
-        <v>99.21</v>
+        <v>81.94</v>
       </c>
       <c r="BR16" s="14" t="n">
-        <v>102.41</v>
+        <v>80.67</v>
       </c>
       <c r="BS16" s="14" t="n">
-        <v>105.61</v>
+        <v>81.32</v>
       </c>
       <c r="BT16" s="14" t="n">
-        <v>106.25</v>
+        <v>83.94</v>
       </c>
       <c r="BU16" s="14" t="n">
-        <v>105.99</v>
+        <v>86.56</v>
       </c>
       <c r="BV16" s="14" t="n">
-        <v>105.23</v>
+        <v>87.08</v>
       </c>
       <c r="BW16" s="14" t="n">
-        <v>105.39</v>
+        <v>86.87</v>
       </c>
       <c r="BX16" s="14" t="n">
-        <v>105.62</v>
+        <v>86.24</v>
       </c>
       <c r="BY16" s="14" t="n">
-        <v>105.46</v>
+        <v>86.38</v>
       </c>
       <c r="BZ16" s="14" t="n">
-        <v>105.52</v>
+        <v>86.56</v>
       </c>
       <c r="CA16" s="14" t="n">
-        <v>105.23</v>
+        <v>86.43</v>
       </c>
       <c r="CB16" s="14" t="n">
-        <v>106.61</v>
+        <v>86.48</v>
       </c>
       <c r="CC16" s="14" t="n">
-        <v>106.18</v>
+        <v>86.25</v>
       </c>
       <c r="CD16" s="14" t="n">
-        <v>104.83</v>
+        <v>87.37</v>
       </c>
       <c r="CE16" s="14" t="n">
-        <v>103.66</v>
+        <v>87.02</v>
       </c>
       <c r="CF16" s="14" t="n">
-        <v>102.25</v>
+        <v>85.92</v>
       </c>
       <c r="CG16" s="14" t="n">
-        <v>102.41</v>
+        <v>84.96</v>
       </c>
       <c r="CH16" s="14" t="n">
-        <v>105.3</v>
+        <v>83.8</v>
       </c>
       <c r="CI16" s="14" t="n">
-        <v>106.78</v>
+        <v>83.93</v>
       </c>
       <c r="CJ16" s="14" t="n">
-        <v>106.1</v>
+        <v>86.3</v>
       </c>
       <c r="CK16" s="14" t="n">
-        <v>105.75</v>
+        <v>87.51</v>
       </c>
       <c r="CL16" s="14" t="n">
-        <v>105.58</v>
+        <v>86.95</v>
       </c>
       <c r="CM16" s="14" t="n">
-        <v>105.79</v>
+        <v>86.66</v>
       </c>
       <c r="CN16" s="14" t="n">
-        <v>105.42</v>
+        <v>86.52</v>
       </c>
       <c r="CO16" s="14" t="n">
-        <v>103.52</v>
+        <v>86.68</v>
       </c>
       <c r="CP16" s="14" t="n">
-        <v>102.4</v>
+        <v>86.38</v>
       </c>
       <c r="CQ16" s="14" t="n">
-        <v>102.45</v>
+        <v>84.83</v>
       </c>
       <c r="CR16" s="14" t="n">
-        <v>103.02</v>
+        <v>83.92</v>
       </c>
       <c r="CS16" s="14" t="n">
-        <v>102.21</v>
+        <v>83.95</v>
       </c>
       <c r="CT16" s="14" t="n">
-        <v>102.07</v>
+        <v>84.42</v>
       </c>
       <c r="CU16" s="14" t="n">
-        <v>101.16</v>
+        <v>83.76</v>
       </c>
       <c r="CV16" s="14" t="n">
-        <v>101.23</v>
+        <v>83.64</v>
       </c>
       <c r="CW16" s="14" t="n">
-        <v>100.65</v>
+        <v>82.89</v>
       </c>
       <c r="CX16" s="14" t="n">
-        <v>99.85</v>
+        <v>82.95</v>
       </c>
       <c r="CY16" s="14" t="n">
-        <v>99.88</v>
+        <v>82.48</v>
       </c>
       <c r="CZ16" s="14" t="n">
-        <v>100.41</v>
+        <v>81.82</v>
       </c>
       <c r="DA16" s="14" t="n">
-        <v>101.56</v>
+        <v>81.85</v>
       </c>
       <c r="DB16" s="14" t="n">
-        <v>101.05</v>
+        <v>82.28</v>
       </c>
       <c r="DC16" s="14" t="n">
-        <v>101.38</v>
+        <v>83.22</v>
       </c>
       <c r="DD16" s="14" t="n">
-        <v>101.23</v>
+        <v>82.8</v>
       </c>
       <c r="DE16" s="14" t="n">
-        <v>100.31</v>
+        <v>83.07</v>
       </c>
       <c r="DF16" s="14" t="n">
-        <v>98.56</v>
+        <v>82.94</v>
       </c>
       <c r="DG16" s="14" t="n">
-        <v>98.96</v>
+        <v>82.19</v>
       </c>
       <c r="DH16" s="14" t="n">
-        <v>97.79</v>
+        <v>80.76</v>
       </c>
       <c r="DI16" s="14" t="n">
-        <v>97.26</v>
+        <v>81.09</v>
       </c>
       <c r="DJ16" s="14" t="n">
-        <v>97.76</v>
+        <v>80.14</v>
       </c>
       <c r="DK16" s="14" t="n">
-        <v>98.48</v>
+        <v>79.7</v>
       </c>
       <c r="DL16" s="14" t="n">
-        <v>97.49</v>
+        <v>80.11</v>
       </c>
       <c r="DM16" s="14" t="n">
-        <v>95.99</v>
+        <v>80.69</v>
       </c>
       <c r="DN16" s="14" t="n">
-        <v>95.21</v>
+        <v>79.89</v>
       </c>
       <c r="DO16" s="14" t="n">
-        <v>93.73</v>
+        <v>78.66</v>
       </c>
       <c r="DP16" s="14" t="n">
-        <v>94.48</v>
+        <v>78.02</v>
       </c>
       <c r="DQ16" s="14" t="n">
-        <v>96.18</v>
+        <v>76.81</v>
       </c>
       <c r="DR16" s="14" t="n">
-        <v>97.86</v>
+        <v>77.43</v>
       </c>
       <c r="DS16" s="14" t="n">
-        <v>97.95</v>
+        <v>78.81</v>
       </c>
       <c r="DT16" s="14" t="n">
-        <v>98.66</v>
+        <v>80.19</v>
       </c>
       <c r="DU16" s="14" t="n">
-        <v>100.16</v>
+        <v>80.26</v>
       </c>
       <c r="DV16" s="14" t="n">
-        <v>102.69</v>
+        <v>80.84</v>
       </c>
       <c r="DW16" s="14" t="n">
-        <v>103.31</v>
+        <v>82.07</v>
       </c>
       <c r="DX16" s="14" t="n">
-        <v>103.44</v>
+        <v>84.13</v>
       </c>
       <c r="DY16" s="14" t="n">
-        <v>102.06</v>
+        <v>84.65</v>
       </c>
       <c r="DZ16" s="14" t="n">
-        <v>101.48</v>
+        <v>84.75</v>
       </c>
       <c r="EA16" s="14" t="n">
-        <v>99.22</v>
+        <v>83.63</v>
       </c>
       <c r="EB16" s="14" t="n">
-        <v>96.99</v>
+        <v>83.14</v>
       </c>
       <c r="EC16" s="14" t="n">
-        <v>99.81</v>
+        <v>81.3</v>
       </c>
       <c r="ED16" s="14" t="n">
-        <v>103.6</v>
+        <v>79.47</v>
       </c>
       <c r="EE16" s="14" t="n">
-        <v>104.88</v>
+        <v>81.77</v>
       </c>
       <c r="EF16" s="14" t="n">
-        <v>106.38</v>
+        <v>84.86</v>
       </c>
       <c r="EG16" s="14" t="n">
-        <v>106.75</v>
+        <v>85.92</v>
       </c>
       <c r="EH16" s="14" t="n">
-        <v>107.13</v>
+        <v>87.15</v>
       </c>
       <c r="EI16" s="14" t="n">
-        <v>106.97</v>
+        <v>87.45</v>
       </c>
       <c r="EJ16" s="14" t="n">
-        <v>106.35</v>
+        <v>87.75</v>
       </c>
       <c r="EK16" s="14" t="n">
-        <v>106.27</v>
+        <v>87.62</v>
       </c>
       <c r="EL16" s="14" t="n">
-        <v>105.83</v>
+        <v>87.12</v>
       </c>
       <c r="EM16" s="14" t="n">
-        <v>105.89</v>
+        <v>87.05</v>
       </c>
       <c r="EN16" s="14" t="n">
-        <v>105.92</v>
+        <v>86.69</v>
       </c>
       <c r="EO16" s="14" t="n">
-        <v>106.32</v>
+        <v>86.74</v>
       </c>
       <c r="EP16" s="14" t="n">
-        <v>105.79</v>
+        <v>86.77</v>
       </c>
       <c r="EQ16" s="14" t="n">
-        <v>106.31</v>
+        <v>87.1</v>
       </c>
       <c r="ER16" s="14" t="n">
-        <v>107.64</v>
+        <v>86.66</v>
       </c>
       <c r="ES16" s="14" t="n">
-        <v>107.29</v>
+        <v>87.09</v>
       </c>
       <c r="ET16" s="14" t="n">
-        <v>106.96</v>
+        <v>88.17</v>
       </c>
       <c r="EU16" s="14" t="n">
-        <v>105.7</v>
+        <v>87.89</v>
       </c>
       <c r="EV16" s="14" t="n">
-        <v>105.35</v>
+        <v>87.61</v>
       </c>
       <c r="EW16" s="14" t="n">
-        <v>106.24</v>
+        <v>86.58</v>
       </c>
       <c r="EX16" s="14" t="n">
-        <v>107.05</v>
+        <v>86.3</v>
       </c>
       <c r="EY16" s="14" t="n">
-        <v>107.63</v>
+        <v>87.03</v>
       </c>
       <c r="EZ16" s="14" t="n">
-        <v>106.1</v>
+        <v>87.69</v>
       </c>
       <c r="FA16" s="14" t="n">
-        <v>104.94</v>
+        <v>88.17</v>
       </c>
       <c r="FB16" s="14" t="n">
-        <v>105.09</v>
+        <v>86.91</v>
       </c>
       <c r="FC16" s="14" t="n">
-        <v>107.72</v>
+        <v>85.96</v>
       </c>
       <c r="FD16" s="14" t="n">
-        <v>108.56</v>
+        <v>86.08</v>
       </c>
       <c r="FE16" s="14" t="n">
-        <v>109.33</v>
+        <v>88.23</v>
       </c>
       <c r="FF16" s="14" t="n">
-        <v>106.97</v>
+        <v>88.92</v>
       </c>
       <c r="FG16" s="14" t="n">
-        <v>105.33</v>
+        <v>89.55</v>
       </c>
       <c r="FH16" s="14" t="n">
-        <v>107.1</v>
+        <v>87.62</v>
       </c>
       <c r="FI16" s="14" t="n">
-        <v>108.68</v>
+        <v>86.28</v>
       </c>
       <c r="FJ16" s="14" t="n">
-        <v>107.97</v>
+        <v>87.73</v>
       </c>
       <c r="FK16" s="14" t="n">
-        <v>106.25</v>
+        <v>89.02</v>
       </c>
       <c r="FL16" s="14" t="n">
-        <v>105.34</v>
+        <v>88.44</v>
       </c>
       <c r="FM16" s="14" t="n">
-        <v>103.31</v>
+        <v>87.03</v>
       </c>
       <c r="FN16" s="14" t="n">
-        <v>103.53</v>
+        <v>86.29</v>
       </c>
       <c r="FO16" s="14" t="n">
-        <v>103.11</v>
+        <v>84.62</v>
       </c>
       <c r="FP16" s="14" t="n">
-        <v>103.31</v>
+        <v>84.8</v>
       </c>
       <c r="FQ16" s="14" t="n">
-        <v>102.67</v>
+        <v>84.46</v>
       </c>
       <c r="FR16" s="14" t="n">
-        <v>102.9</v>
+        <v>84.62</v>
       </c>
       <c r="FS16" s="14" t="n">
-        <v>102.3</v>
+        <v>84.1</v>
       </c>
       <c r="FT16" s="14" t="n">
-        <v>102.6</v>
+        <v>84.29</v>
       </c>
       <c r="FU16" s="14" t="n">
-        <v>103.54</v>
+        <v>83.8</v>
       </c>
       <c r="FV16" s="14" t="n">
-        <v>102.44</v>
+        <v>84.04</v>
       </c>
       <c r="FW16" s="14" t="n">
-        <v>100.79</v>
+        <v>84.81</v>
       </c>
       <c r="FX16" s="14" t="n">
-        <v>99.98</v>
+        <v>83.91</v>
       </c>
       <c r="FY16" s="14" t="n">
-        <v>98.47</v>
+        <v>82.56</v>
       </c>
       <c r="FZ16" s="14" t="n">
-        <v>96.58</v>
-[...211 lines deleted...]
-      <c r="IS16" s="15" t="n">
+        <v>81.9</v>
+      </c>
+      <c r="GA16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GB16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GC16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GD16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GE16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GF16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GG16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GH16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GI16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GJ16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GK16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GL16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GM16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GN16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GO16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GP16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GQ16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GR16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GS16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GT16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GU16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GV16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GW16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GX16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GY16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GZ16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HA16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HB16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HC16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HD16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HE16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HF16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HG16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HH16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HI16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HJ16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HK16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HL16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HM16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HN16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HO16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HP16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HQ16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HR16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HS16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HT16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HU16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HV16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HW16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HX16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HY16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HZ16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IA16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IB16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IC16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IH16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="II16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IJ16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IK16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IL16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IM16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IN16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IO16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IP16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IQ16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IR16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IS16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IT16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IU16" s="15" t="n">
+        <v>-1.1</v>
+      </c>
+      <c r="IV16" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="IW16" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="IT16" s="15" t="n">
+      <c r="IX16" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="IU16" s="15" t="n">
+      <c r="IY16" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="IV16" s="15" t="n">
+      <c r="IZ16" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="IW16" s="15" t="n">
+      <c r="JA16" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="IX16" s="15" t="n">
+      <c r="JB16" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="IY16" s="15" t="n">
+      <c r="JC16" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="IZ16" s="15" t="n">
-[...2 lines deleted...]
-      <c r="JA16" s="15" t="n">
+      <c r="JD16" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="JE16" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="JB16" s="15" t="n">
+      <c r="JF16" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="JC16" s="15" t="n">
+      <c r="JG16" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="JD16" s="15" t="n">
+      <c r="JH16" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="JE16" s="15" t="n">
+      <c r="JI16" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="JF16" s="15" t="n">
+      <c r="JJ16" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="JK16" s="15" t="n">
+        <v>-1.8</v>
+      </c>
+      <c r="JL16" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="JM16" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="JG16" s="15" t="n">
+      <c r="JN16" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="JO16" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="JP16" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="JQ16" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="JR16" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="JS16" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="JT16" s="15" t="n">
+        <v>-1.2</v>
+      </c>
+      <c r="JU16" s="15" t="n">
+        <v>-1.5</v>
+      </c>
+      <c r="JV16" s="15" t="n">
+        <v>-0.9</v>
+      </c>
+      <c r="JW16" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="JX16" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="JY16" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="JZ16" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="KA16" s="15" t="n">
+        <v>-1.5</v>
+      </c>
+      <c r="KB16" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="KC16" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="KD16" s="15" t="n">
+        <v>-0.9</v>
+      </c>
+      <c r="KE16" s="15" t="n">
+        <v>4.1</v>
+      </c>
+      <c r="KF16" s="15" t="n">
+        <v>-4.9</v>
+      </c>
+      <c r="KG16" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="KH16" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="KI16" s="15" t="n">
+        <v>-1.9</v>
+      </c>
+      <c r="KJ16" s="15" t="n">
+        <v>-3.6</v>
+      </c>
+      <c r="KK16" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="JH16" s="15" t="n">
-[...8 lines deleted...]
-      <c r="JK16" s="15" t="n">
+      <c r="KL16" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="KM16" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="KN16" s="15" t="n">
+        <v>-4.6</v>
+      </c>
+      <c r="KO16" s="15" t="n">
+        <v>6.9</v>
+      </c>
+      <c r="KP16" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="KQ16" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="KR16" s="15" t="n">
+        <v>-0.9</v>
+      </c>
+      <c r="KS16" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="KT16" s="15" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="KU16" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="KV16" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="KW16" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="KX16" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="KY16" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="KZ16" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="LA16" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="LB16" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="LC16" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="LD16" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="LE16" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="LF16" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="LG16" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="LH16" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="LI16" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="LJ16" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="LK16" s="15" t="n">
+        <v>-0.8</v>
+      </c>
+      <c r="LL16" s="15" t="n">
+        <v>-3.1</v>
+      </c>
+      <c r="LM16" s="15" t="n">
+        <v>-3.0</v>
+      </c>
+      <c r="LN16" s="15" t="n">
         <v>-0.6</v>
-      </c>
-[...163 lines deleted...]
-        <v>-0.2</v>
       </c>
       <c r="LO16" s="15" t="n">
         <v>0.2</v>
       </c>
       <c r="LP16" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="LQ16" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="LR16" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="LS16" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="LT16" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="LQ16" s="15" t="n">
+      <c r="LU16" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="LR16" s="15" t="n">
+      <c r="LV16" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="LS16" s="15" t="n">
+      <c r="LW16" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="LT16" s="15" t="n">
+      <c r="LX16" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="LU16" s="15" t="n">
+      <c r="LY16" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="LV16" s="15" t="n">
+      <c r="LZ16" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="LW16" s="15" t="n">
+      <c r="MA16" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="LX16" s="15" t="n">
+      <c r="MB16" s="15" t="n">
         <v>-2.7</v>
       </c>
-      <c r="LY16" s="15" t="n">
+      <c r="MC16" s="15" t="n">
         <v>-1.4</v>
       </c>
-      <c r="LZ16" s="15" t="n">
+      <c r="MD16" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="MA16" s="15" t="n">
+      <c r="ME16" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="MB16" s="15" t="n">
+      <c r="MF16" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="MC16" s="15" t="n">
+      <c r="MG16" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="MD16" s="15" t="n">
+      <c r="MH16" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="MI16" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="MJ16" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="MK16" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="ML16" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="MM16" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="MN16" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="MO16" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="MP16" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="MQ16" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="MR16" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="MS16" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="MT16" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="MU16" s="15" t="n">
+        <v>-1.1</v>
+      </c>
+      <c r="MV16" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="MW16" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="MX16" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="MY16" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="MZ16" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="NA16" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="NB16" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="NC16" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="ND16" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="NE16" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="NF16" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="NG16" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="NH16" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="NI16" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="NJ16" s="15" t="n">
+        <v>-0.8</v>
+      </c>
+      <c r="NK16" s="15" t="n">
+        <v>-1.8</v>
+      </c>
+      <c r="NL16" s="15" t="n">
+        <v>-1.7</v>
+      </c>
+      <c r="NM16" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="NN16" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="NO16" s="15" t="n">
+        <v>-1.5</v>
+      </c>
+      <c r="NP16" s="15" t="n">
+        <v>-2.4</v>
+      </c>
+      <c r="NQ16" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="NR16" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="NS16" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="NT16" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="NU16" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="NV16" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="NW16" s="15" t="n">
+        <v>-2.8</v>
+      </c>
+      <c r="NX16" s="15" t="n">
+        <v>-3.6</v>
+      </c>
+      <c r="NY16" s="15" t="n">
+        <v>-1.2</v>
+      </c>
+      <c r="NZ16" s="15" t="n">
+        <v>-1.4</v>
+      </c>
+      <c r="OA16" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="OB16" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="OC16" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="OD16" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="OE16" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="OF16" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="ME16" s="15" t="n">
-[...2 lines deleted...]
-      <c r="MF16" s="15" t="n">
+      <c r="OG16" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="OH16" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="OI16" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="OJ16" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="OK16" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="OL16" s="15" t="n">
+        <v>-1.2</v>
+      </c>
+      <c r="OM16" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="ON16" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="OO16" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="OP16" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="OQ16" s="15" t="n">
+        <v>-0.8</v>
+      </c>
+      <c r="OR16" s="15" t="n">
+        <v>-0.8</v>
+      </c>
+      <c r="OS16" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="OT16" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="OU16" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="MG16" s="15" t="n">
-[...14 lines deleted...]
-      <c r="ML16" s="15" t="n">
+      <c r="OV16" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="MM16" s="15" t="n">
-[...41 lines deleted...]
-      <c r="NA16" s="15" t="n">
+      <c r="OW16" s="15" t="n">
+        <v>-2.4</v>
+      </c>
+      <c r="OX16" s="15" t="n">
+        <v>-0.8</v>
+      </c>
+      <c r="OY16" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="NB16" s="15" t="n">
-[...137 lines deleted...]
-      <c r="OV16" s="15" t="n">
+      <c r="OZ16" s="15" t="n">
         <v>2.2</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.7</v>
       </c>
       <c r="PA16" s="15" t="n">
         <v>1.6</v>
       </c>
       <c r="PB16" s="15" t="n">
+        <v>-1.7</v>
+      </c>
+      <c r="PC16" s="15" t="n">
+        <v>-1.4</v>
+      </c>
+      <c r="PD16" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="PE16" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="PF16" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="PC16" s="15" t="n">
+      <c r="PG16" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="PD16" s="15" t="n">
+      <c r="PH16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PI16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PJ16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PK16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PL16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PM16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PN16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PO16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PP16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PQ16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PR16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PS16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PT16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PU16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PV16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PW16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PX16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PY16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PZ16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QA16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QB16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QC16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QD16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QE16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QF16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QG16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QH16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QI16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QJ16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QK16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QL16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QM16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QN16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QO16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QP16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QQ16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QR16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QS16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QT16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QU16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QV16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QW16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QX16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QY16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QZ16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RA16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RB16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RC16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RD16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RE16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RF16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RG16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RH16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RI16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RJ16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RK16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RL16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RM16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RN16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RO16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RP16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RQ16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RR16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RS16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RT16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RU16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RV16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RW16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RX16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RY16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RZ16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SA16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SB16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SC16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SD16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SE16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SF16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SG16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SH16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SI16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SJ16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SK16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SL16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SM16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SN16" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="SO16" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="SP16" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="SQ16" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="SR16" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="SS16" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="ST16" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="SU16" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="SV16" s="15" t="n">
+        <v>-2.1</v>
+      </c>
+      <c r="SW16" s="15" t="n">
+        <v>-1.5</v>
+      </c>
+      <c r="SX16" s="15" t="n">
+        <v>-0.9</v>
+      </c>
+      <c r="SY16" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="SZ16" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="TA16" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="TB16" s="15" t="n">
+        <v>-0.9</v>
+      </c>
+      <c r="TC16" s="15" t="n">
+        <v>-3.0</v>
+      </c>
+      <c r="TD16" s="15" t="n">
+        <v>-4.0</v>
+      </c>
+      <c r="TE16" s="15" t="n">
+        <v>-1.2</v>
+      </c>
+      <c r="TF16" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="TG16" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="TH16" s="15" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="TI16" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="TJ16" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="TK16" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="TL16" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="TM16" s="15" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="TN16" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="TO16" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="TP16" s="15" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="TQ16" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="TR16" s="15" t="n">
+        <v>-5.6</v>
+      </c>
+      <c r="TS16" s="15" t="n">
+        <v>-7.8</v>
+      </c>
+      <c r="TT16" s="15" t="n">
+        <v>-4.0</v>
+      </c>
+      <c r="TU16" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="TV16" s="15" t="n">
+        <v>-5.1</v>
+      </c>
+      <c r="TW16" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="TX16" s="15" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="TY16" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="TZ16" s="15" t="n">
+        <v>7.1</v>
+      </c>
+      <c r="UA16" s="15" t="n">
+        <v>8.1</v>
+      </c>
+      <c r="UB16" s="15" t="n">
+        <v>8.7</v>
+      </c>
+      <c r="UC16" s="15" t="n">
+        <v>11.3</v>
+      </c>
+      <c r="UD16" s="15" t="n">
+        <v>15.8</v>
+      </c>
+      <c r="UE16" s="15" t="n">
+        <v>18.7</v>
+      </c>
+      <c r="UF16" s="15" t="n">
+        <v>14.5</v>
+      </c>
+      <c r="UG16" s="15" t="n">
+        <v>12.6</v>
+      </c>
+      <c r="UH16" s="15" t="n">
+        <v>18.1</v>
+      </c>
+      <c r="UI16" s="15" t="n">
+        <v>12.4</v>
+      </c>
+      <c r="UJ16" s="15" t="n">
+        <v>11.0</v>
+      </c>
+      <c r="UK16" s="15" t="n">
+        <v>10.6</v>
+      </c>
+      <c r="UL16" s="15" t="n">
+        <v>13.2</v>
+      </c>
+      <c r="UM16" s="15" t="n">
+        <v>12.0</v>
+      </c>
+      <c r="UN16" s="15" t="n">
+        <v>9.6</v>
+      </c>
+      <c r="UO16" s="15" t="n">
+        <v>8.5</v>
+      </c>
+      <c r="UP16" s="15" t="n">
+        <v>8.2</v>
+      </c>
+      <c r="UQ16" s="15" t="n">
+        <v>8.5</v>
+      </c>
+      <c r="UR16" s="15" t="n">
+        <v>9.1</v>
+      </c>
+      <c r="US16" s="15" t="n">
+        <v>7.1</v>
+      </c>
+      <c r="UT16" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="UU16" s="15" t="n">
+        <v>-1.2</v>
+      </c>
+      <c r="UV16" s="15" t="n">
+        <v>-3.1</v>
+      </c>
+      <c r="UW16" s="15" t="n">
+        <v>-4.3</v>
+      </c>
+      <c r="UX16" s="15" t="n">
+        <v>-5.0</v>
+      </c>
+      <c r="UY16" s="15" t="n">
+        <v>-5.0</v>
+      </c>
+      <c r="UZ16" s="15" t="n">
+        <v>-4.9</v>
+      </c>
+      <c r="VA16" s="15" t="n">
+        <v>-4.3</v>
+      </c>
+      <c r="VB16" s="15" t="n">
+        <v>-4.4</v>
+      </c>
+      <c r="VC16" s="15" t="n">
+        <v>-5.0</v>
+      </c>
+      <c r="VD16" s="15" t="n">
+        <v>-7.7</v>
+      </c>
+      <c r="VE16" s="15" t="n">
+        <v>-6.6</v>
+      </c>
+      <c r="VF16" s="15" t="n">
+        <v>-2.3</v>
+      </c>
+      <c r="VG16" s="15" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="VH16" s="15" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="VI16" s="15" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="VJ16" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="VK16" s="15" t="n">
+        <v>-1.3</v>
+      </c>
+      <c r="VL16" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="VM16" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="VN16" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="VO16" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="VP16" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="VQ16" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="VR16" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="VS16" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="VT16" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="VU16" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="VV16" s="15" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="VW16" s="15" t="n">
+        <v>5.6</v>
+      </c>
+      <c r="VX16" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="VY16" s="15" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="VZ16" s="15" t="n">
+        <v>5.7</v>
+      </c>
+      <c r="WA16" s="15" t="n">
+        <v>5.9</v>
+      </c>
+      <c r="WB16" s="15" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="WC16" s="15" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="WD16" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="WE16" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="WF16" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="WG16" s="15" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="WH16" s="15" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="WI16" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="WJ16" s="15" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="WK16" s="15" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="WL16" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="WM16" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="WN16" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="WO16" s="15" t="n">
+        <v>5.8</v>
+      </c>
+      <c r="WP16" s="15" t="n">
+        <v>6.1</v>
+      </c>
+      <c r="WQ16" s="15" t="n">
+        <v>8.1</v>
+      </c>
+      <c r="WR16" s="15" t="n">
+        <v>7.1</v>
+      </c>
+      <c r="WS16" s="15" t="n">
+        <v>4.3</v>
+      </c>
+      <c r="WT16" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="WU16" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="WV16" s="15" t="n">
+        <v>-0.9</v>
+      </c>
+      <c r="WW16" s="15" t="n">
+        <v>-2.9</v>
+      </c>
+      <c r="WX16" s="15" t="n">
+        <v>-4.8</v>
+      </c>
+      <c r="WY16" s="15" t="n">
+        <v>-4.7</v>
+      </c>
+      <c r="WZ16" s="15" t="n">
+        <v>-5.7</v>
+      </c>
+      <c r="XA16" s="15" t="n">
+        <v>-5.9</v>
+      </c>
+      <c r="XB16" s="15" t="n">
+        <v>-6.2</v>
+      </c>
+      <c r="XC16" s="15" t="n">
+        <v>-5.5</v>
+      </c>
+      <c r="XD16" s="15" t="n">
+        <v>-2.6</v>
+      </c>
+      <c r="XE16" s="15" t="n">
+        <v>-3.6</v>
+      </c>
+      <c r="XF16" s="15" t="n">
+        <v>-5.5</v>
+      </c>
+      <c r="XG16" s="15" t="n">
+        <v>-6.6</v>
+      </c>
+      <c r="XH16" s="15" t="n">
+        <v>-7.2</v>
+      </c>
+      <c r="XI16" s="15" t="n">
+        <v>-6.2</v>
+      </c>
+      <c r="XJ16" s="15" t="n">
+        <v>-4.1</v>
+      </c>
+      <c r="XK16" s="15" t="n">
+        <v>-3.4</v>
+      </c>
+      <c r="XL16" s="15" t="n">
+        <v>-2.7</v>
+      </c>
+      <c r="XM16" s="15" t="n">
+        <v>-3.9</v>
+      </c>
+      <c r="XN16" s="15" t="n">
+        <v>-4.1</v>
+      </c>
+      <c r="XO16" s="15" t="n">
+        <v>-6.3</v>
+      </c>
+      <c r="XP16" s="15" t="n">
+        <v>-8.4</v>
+      </c>
+      <c r="XQ16" s="15" t="n">
+        <v>-6.1</v>
+      </c>
+      <c r="XR16" s="15" t="n">
+        <v>-2.1</v>
+      </c>
+      <c r="XS16" s="15" t="n">
+        <v>-1.3</v>
+      </c>
+      <c r="XT16" s="15" t="n">
+        <v>-1.2</v>
+      </c>
+      <c r="XU16" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="XV16" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="XW16" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="XX16" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="XY16" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="XZ16" s="15" t="n">
+        <v>-1.1</v>
+      </c>
+      <c r="YA16" s="15" t="n">
+        <v>-1.6</v>
+      </c>
+      <c r="YB16" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="PE16" s="15" t="n">
-[...23 lines deleted...]
-      <c r="PM16" s="15" t="n">
+      <c r="YC16" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="YD16" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="YE16" s="15" t="n">
+        <v>-1.3</v>
+      </c>
+      <c r="YF16" s="15" t="n">
+        <v>-0.8</v>
+      </c>
+      <c r="YG16" s="15" t="n">
+        <v>-1.9</v>
+      </c>
+      <c r="YH16" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="YI16" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="YJ16" s="15" t="n">
+        <v>-1.6</v>
+      </c>
+      <c r="YK16" s="15" t="n">
+        <v>-2.2</v>
+      </c>
+      <c r="YL16" s="15" t="n">
+        <v>-0.8</v>
+      </c>
+      <c r="YM16" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="YN16" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="YO16" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="PN16" s="15" t="n">
-[...2 lines deleted...]
-      <c r="PO16" s="15" t="n">
+      <c r="YP16" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="PP16" s="15" t="n">
-[...319 lines deleted...]
-      <c r="TR16" s="15" t="n">
+      <c r="YQ16" s="15" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="YR16" s="15" t="n">
         <v>5.1</v>
       </c>
-      <c r="TS16" s="15" t="n">
-[...164 lines deleted...]
-      <c r="VV16" s="15" t="n">
+      <c r="YS16" s="15" t="n">
+        <v>6.5</v>
+      </c>
+      <c r="YT16" s="15" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="YU16" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="YV16" s="15" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="YW16" s="15" t="n">
         <v>5.0</v>
       </c>
-      <c r="VW16" s="15" t="n">
-[...218 lines deleted...]
-      <c r="YR16" s="15" t="n">
+      <c r="YX16" s="15" t="n">
         <v>5.4</v>
       </c>
-      <c r="YS16" s="15" t="n">
+      <c r="YY16" s="15" t="n">
         <v>5.4</v>
       </c>
-      <c r="YT16" s="15" t="n">
+      <c r="YZ16" s="15" t="n">
         <v>5.4</v>
       </c>
-      <c r="YU16" s="15" t="n">
-[...213 lines deleted...]
-        <v>8.1</v>
+      <c r="ZA16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZB16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZC16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZD16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZE16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZF16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZG16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZH16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZI16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZJ16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZK16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZL16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZM16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZN16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZO16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZP16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZQ16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZR16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZS16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZT16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZU16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZV16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZW16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZX16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZY16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZZ16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAA16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAB16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAC16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAD16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAE16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAF16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAG16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAH16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAI16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAJ16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAK16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAL16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAM16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAN16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAO16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAP16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAQ16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAR16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAS16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAT16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAU16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAV16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAW16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAX16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAY16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAZ16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABA16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABB16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABC16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABD16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABE16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABF16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABG16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABH16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABI16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABJ16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABK16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABL16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABM16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABN16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
       </c>
       <c r="ABO16" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABP16" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABQ16" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABR16" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABS16" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABT16" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABU16" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABV16" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABW16" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABX16" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABY16" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABZ16" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACA16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACB16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACC16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACD16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACE16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACF16" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    08 Comunicaciones</t>
+          <t xml:space="preserve">    08 Información y comunicaciones</t>
         </is>
       </c>
       <c r="B17" s="14" t="n">
-        <v>105.25</v>
+        <v>100.62</v>
       </c>
       <c r="C17" s="14" t="n">
-        <v>105.39</v>
+        <v>99.11</v>
       </c>
       <c r="D17" s="14" t="n">
-        <v>105.39</v>
+        <v>99.13</v>
       </c>
       <c r="E17" s="14" t="n">
-        <v>105.46</v>
+        <v>99.4</v>
       </c>
       <c r="F17" s="14" t="n">
-        <v>105.36</v>
+        <v>99.19</v>
       </c>
       <c r="G17" s="14" t="n">
-        <v>107.26</v>
+        <v>99.27</v>
       </c>
       <c r="H17" s="14" t="n">
-        <v>107.25</v>
+        <v>99.15</v>
       </c>
       <c r="I17" s="14" t="n">
-        <v>107.42</v>
+        <v>100.76</v>
       </c>
       <c r="J17" s="14" t="n">
-        <v>107.23</v>
+        <v>100.66</v>
       </c>
       <c r="K17" s="14" t="n">
-        <v>107.29</v>
+        <v>100.77</v>
       </c>
       <c r="L17" s="14" t="n">
-        <v>106.57</v>
+        <v>100.8</v>
       </c>
       <c r="M17" s="14" t="n">
-        <v>103.47</v>
+        <v>101.09</v>
       </c>
       <c r="N17" s="14" t="n">
-        <v>103.49</v>
+        <v>100.68</v>
       </c>
       <c r="O17" s="14" t="n">
-        <v>103.49</v>
+        <v>98.48</v>
       </c>
       <c r="P17" s="14" t="n">
-        <v>104.48</v>
+        <v>98.23</v>
       </c>
       <c r="Q17" s="14" t="n">
-        <v>104.57</v>
+        <v>98.56</v>
       </c>
       <c r="R17" s="14" t="n">
-        <v>104.65</v>
+        <v>99.21</v>
       </c>
       <c r="S17" s="14" t="n">
-        <v>105.14</v>
+        <v>99.39</v>
       </c>
       <c r="T17" s="14" t="n">
-        <v>105.12</v>
+        <v>99.65</v>
       </c>
       <c r="U17" s="14" t="n">
-        <v>105.21</v>
+        <v>100.2</v>
       </c>
       <c r="V17" s="14" t="n">
-        <v>105.1</v>
+        <v>100.34</v>
       </c>
       <c r="W17" s="14" t="n">
-        <v>105.19</v>
+        <v>100.34</v>
       </c>
       <c r="X17" s="14" t="n">
-        <v>105.27</v>
+        <v>100.33</v>
       </c>
       <c r="Y17" s="14" t="n">
-        <v>103.3</v>
+        <v>100.43</v>
       </c>
       <c r="Z17" s="14" t="n">
+        <v>100.55</v>
+      </c>
+      <c r="AA17" s="14" t="n">
+        <v>98.76</v>
+      </c>
+      <c r="AB17" s="14" t="n">
+        <v>99.05</v>
+      </c>
+      <c r="AC17" s="14" t="n">
+        <v>99.02</v>
+      </c>
+      <c r="AD17" s="14" t="n">
+        <v>99.56</v>
+      </c>
+      <c r="AE17" s="14" t="n">
+        <v>99.77</v>
+      </c>
+      <c r="AF17" s="14" t="n">
+        <v>99.69</v>
+      </c>
+      <c r="AG17" s="14" t="n">
+        <v>99.96</v>
+      </c>
+      <c r="AH17" s="14" t="n">
+        <v>100.16</v>
+      </c>
+      <c r="AI17" s="14" t="n">
+        <v>100.27</v>
+      </c>
+      <c r="AJ17" s="14" t="n">
+        <v>99.93</v>
+      </c>
+      <c r="AK17" s="14" t="n">
+        <v>100.33</v>
+      </c>
+      <c r="AL17" s="14" t="n">
+        <v>100.08</v>
+      </c>
+      <c r="AM17" s="14" t="n">
+        <v>96.43</v>
+      </c>
+      <c r="AN17" s="14" t="n">
+        <v>96.56</v>
+      </c>
+      <c r="AO17" s="14" t="n">
+        <v>96.61</v>
+      </c>
+      <c r="AP17" s="14" t="n">
+        <v>96.79</v>
+      </c>
+      <c r="AQ17" s="14" t="n">
+        <v>96.94</v>
+      </c>
+      <c r="AR17" s="14" t="n">
+        <v>97.0</v>
+      </c>
+      <c r="AS17" s="14" t="n">
+        <v>98.77</v>
+      </c>
+      <c r="AT17" s="14" t="n">
+        <v>98.87</v>
+      </c>
+      <c r="AU17" s="14" t="n">
+        <v>99.15</v>
+      </c>
+      <c r="AV17" s="14" t="n">
+        <v>98.7</v>
+      </c>
+      <c r="AW17" s="14" t="n">
+        <v>98.72</v>
+      </c>
+      <c r="AX17" s="14" t="n">
+        <v>98.82</v>
+      </c>
+      <c r="AY17" s="14" t="n">
+        <v>98.81</v>
+      </c>
+      <c r="AZ17" s="14" t="n">
+        <v>98.84</v>
+      </c>
+      <c r="BA17" s="14" t="n">
+        <v>98.86</v>
+      </c>
+      <c r="BB17" s="14" t="n">
+        <v>99.28</v>
+      </c>
+      <c r="BC17" s="14" t="n">
+        <v>99.09</v>
+      </c>
+      <c r="BD17" s="14" t="n">
+        <v>99.03</v>
+      </c>
+      <c r="BE17" s="14" t="n">
+        <v>99.25</v>
+      </c>
+      <c r="BF17" s="14" t="n">
+        <v>99.26</v>
+      </c>
+      <c r="BG17" s="14" t="n">
+        <v>99.2</v>
+      </c>
+      <c r="BH17" s="14" t="n">
+        <v>99.19</v>
+      </c>
+      <c r="BI17" s="14" t="n">
+        <v>99.47</v>
+      </c>
+      <c r="BJ17" s="14" t="n">
+        <v>99.4</v>
+      </c>
+      <c r="BK17" s="14" t="n">
+        <v>99.04</v>
+      </c>
+      <c r="BL17" s="14" t="n">
+        <v>99.18</v>
+      </c>
+      <c r="BM17" s="14" t="n">
+        <v>99.31</v>
+      </c>
+      <c r="BN17" s="14" t="n">
+        <v>101.71</v>
+      </c>
+      <c r="BO17" s="14" t="n">
+        <v>101.87</v>
+      </c>
+      <c r="BP17" s="14" t="n">
+        <v>101.89</v>
+      </c>
+      <c r="BQ17" s="14" t="n">
+        <v>103.2</v>
+      </c>
+      <c r="BR17" s="14" t="n">
+        <v>103.27</v>
+      </c>
+      <c r="BS17" s="14" t="n">
+        <v>103.43</v>
+      </c>
+      <c r="BT17" s="14" t="n">
+        <v>103.61</v>
+      </c>
+      <c r="BU17" s="14" t="n">
+        <v>102.69</v>
+      </c>
+      <c r="BV17" s="14" t="n">
+        <v>102.79</v>
+      </c>
+      <c r="BW17" s="14" t="n">
+        <v>102.83</v>
+      </c>
+      <c r="BX17" s="14" t="n">
+        <v>103.16</v>
+      </c>
+      <c r="BY17" s="14" t="n">
+        <v>103.23</v>
+      </c>
+      <c r="BZ17" s="14" t="n">
+        <v>103.35</v>
+      </c>
+      <c r="CA17" s="14" t="n">
         <v>103.42</v>
       </c>
-      <c r="AA17" s="14" t="n">
+      <c r="CB17" s="14" t="n">
+        <v>103.18</v>
+      </c>
+      <c r="CC17" s="14" t="n">
+        <v>103.27</v>
+      </c>
+      <c r="CD17" s="14" t="n">
         <v>103.52</v>
       </c>
-      <c r="AB17" s="14" t="n">
-[...163 lines deleted...]
-      </c>
       <c r="CE17" s="14" t="n">
-        <v>107.43</v>
+        <v>103.51</v>
       </c>
       <c r="CF17" s="14" t="n">
-        <v>106.59</v>
+        <v>103.68</v>
       </c>
       <c r="CG17" s="14" t="n">
-        <v>106.02</v>
+        <v>103.88</v>
       </c>
       <c r="CH17" s="14" t="n">
-        <v>106.17</v>
+        <v>103.45</v>
       </c>
       <c r="CI17" s="14" t="n">
-        <v>106.12</v>
+        <v>103.24</v>
       </c>
       <c r="CJ17" s="14" t="n">
-        <v>106.91</v>
+        <v>103.5</v>
       </c>
       <c r="CK17" s="14" t="n">
-        <v>106.79</v>
+        <v>103.42</v>
       </c>
       <c r="CL17" s="14" t="n">
-        <v>106.87</v>
+        <v>103.93</v>
       </c>
       <c r="CM17" s="14" t="n">
-        <v>106.91</v>
+        <v>103.99</v>
       </c>
       <c r="CN17" s="14" t="n">
-        <v>107.03</v>
+        <v>104.09</v>
       </c>
       <c r="CO17" s="14" t="n">
-        <v>106.95</v>
+        <v>104.46</v>
       </c>
       <c r="CP17" s="14" t="n">
-        <v>105.64</v>
+        <v>104.56</v>
       </c>
       <c r="CQ17" s="14" t="n">
-        <v>105.85</v>
+        <v>104.73</v>
       </c>
       <c r="CR17" s="14" t="n">
         <v>103.86</v>
       </c>
       <c r="CS17" s="14" t="n">
-        <v>103.63</v>
+        <v>104.04</v>
       </c>
       <c r="CT17" s="14" t="n">
-        <v>104.04</v>
+        <v>102.63</v>
       </c>
       <c r="CU17" s="14" t="n">
-        <v>104.0</v>
+        <v>102.39</v>
       </c>
       <c r="CV17" s="14" t="n">
-        <v>104.16</v>
+        <v>102.81</v>
       </c>
       <c r="CW17" s="14" t="n">
-        <v>104.08</v>
+        <v>102.8</v>
       </c>
       <c r="CX17" s="14" t="n">
-        <v>104.05</v>
+        <v>102.79</v>
       </c>
       <c r="CY17" s="14" t="n">
-        <v>104.54</v>
+        <v>102.85</v>
       </c>
       <c r="CZ17" s="14" t="n">
-        <v>104.54</v>
+        <v>102.62</v>
       </c>
       <c r="DA17" s="14" t="n">
-        <v>103.97</v>
+        <v>103.2</v>
       </c>
       <c r="DB17" s="14" t="n">
-        <v>103.49</v>
+        <v>103.07</v>
       </c>
       <c r="DC17" s="14" t="n">
-        <v>103.41</v>
+        <v>102.73</v>
       </c>
       <c r="DD17" s="14" t="n">
-        <v>102.95</v>
+        <v>102.52</v>
       </c>
       <c r="DE17" s="14" t="n">
-        <v>103.37</v>
+        <v>102.56</v>
       </c>
       <c r="DF17" s="14" t="n">
-        <v>103.38</v>
+        <v>102.24</v>
       </c>
       <c r="DG17" s="14" t="n">
-        <v>103.41</v>
+        <v>102.74</v>
       </c>
       <c r="DH17" s="14" t="n">
-        <v>103.38</v>
+        <v>102.75</v>
       </c>
       <c r="DI17" s="14" t="n">
-        <v>103.36</v>
+        <v>102.83</v>
       </c>
       <c r="DJ17" s="14" t="n">
-        <v>102.52</v>
+        <v>102.77</v>
       </c>
       <c r="DK17" s="14" t="n">
+        <v>102.98</v>
+      </c>
+      <c r="DL17" s="14" t="n">
+        <v>102.39</v>
+      </c>
+      <c r="DM17" s="14" t="n">
+        <v>102.44</v>
+      </c>
+      <c r="DN17" s="14" t="n">
+        <v>102.6</v>
+      </c>
+      <c r="DO17" s="14" t="n">
+        <v>102.83</v>
+      </c>
+      <c r="DP17" s="14" t="n">
+        <v>102.44</v>
+      </c>
+      <c r="DQ17" s="14" t="n">
+        <v>102.6</v>
+      </c>
+      <c r="DR17" s="14" t="n">
+        <v>101.5</v>
+      </c>
+      <c r="DS17" s="14" t="n">
+        <v>101.57</v>
+      </c>
+      <c r="DT17" s="14" t="n">
+        <v>101.71</v>
+      </c>
+      <c r="DU17" s="14" t="n">
+        <v>101.86</v>
+      </c>
+      <c r="DV17" s="14" t="n">
+        <v>102.19</v>
+      </c>
+      <c r="DW17" s="14" t="n">
+        <v>102.27</v>
+      </c>
+      <c r="DX17" s="14" t="n">
+        <v>102.28</v>
+      </c>
+      <c r="DY17" s="14" t="n">
+        <v>102.46</v>
+      </c>
+      <c r="DZ17" s="14" t="n">
+        <v>102.58</v>
+      </c>
+      <c r="EA17" s="14" t="n">
+        <v>101.45</v>
+      </c>
+      <c r="EB17" s="14" t="n">
+        <v>101.61</v>
+      </c>
+      <c r="EC17" s="14" t="n">
+        <v>101.69</v>
+      </c>
+      <c r="ED17" s="14" t="n">
+        <v>101.73</v>
+      </c>
+      <c r="EE17" s="14" t="n">
+        <v>102.33</v>
+      </c>
+      <c r="EF17" s="14" t="n">
         <v>102.42</v>
       </c>
-      <c r="DL17" s="14" t="n">
-[...61 lines deleted...]
-      </c>
       <c r="EG17" s="14" t="n">
-        <v>101.22</v>
+        <v>102.67</v>
       </c>
       <c r="EH17" s="14" t="n">
-        <v>101.21</v>
+        <v>103.96</v>
       </c>
       <c r="EI17" s="14" t="n">
-        <v>102.48</v>
+        <v>104.14</v>
       </c>
       <c r="EJ17" s="14" t="n">
-        <v>102.56</v>
+        <v>104.27</v>
       </c>
       <c r="EK17" s="14" t="n">
-        <v>102.62</v>
+        <v>105.6</v>
       </c>
       <c r="EL17" s="14" t="n">
-        <v>104.05</v>
+        <v>105.79</v>
       </c>
       <c r="EM17" s="14" t="n">
-        <v>104.06</v>
+        <v>106.04</v>
       </c>
       <c r="EN17" s="14" t="n">
-        <v>104.01</v>
+        <v>107.27</v>
       </c>
       <c r="EO17" s="14" t="n">
-        <v>105.59</v>
+        <v>107.33</v>
       </c>
       <c r="EP17" s="14" t="n">
-        <v>105.72</v>
+        <v>107.44</v>
       </c>
       <c r="EQ17" s="14" t="n">
-        <v>105.72</v>
+        <v>109.05</v>
       </c>
       <c r="ER17" s="14" t="n">
-        <v>107.56</v>
+        <v>109.26</v>
       </c>
       <c r="ES17" s="14" t="n">
-        <v>107.65</v>
+        <v>109.41</v>
       </c>
       <c r="ET17" s="14" t="n">
-        <v>107.67</v>
+        <v>110.91</v>
       </c>
       <c r="EU17" s="14" t="n">
-        <v>108.94</v>
+        <v>111.11</v>
       </c>
       <c r="EV17" s="14" t="n">
-        <v>108.97</v>
+        <v>111.16</v>
       </c>
       <c r="EW17" s="14" t="n">
-        <v>108.89</v>
+        <v>112.4</v>
       </c>
       <c r="EX17" s="14" t="n">
-        <v>111.71</v>
+        <v>112.52</v>
       </c>
       <c r="EY17" s="14" t="n">
-        <v>111.69</v>
+        <v>112.62</v>
       </c>
       <c r="EZ17" s="14" t="n">
-        <v>111.71</v>
+        <v>114.96</v>
       </c>
       <c r="FA17" s="14" t="n">
-        <v>113.03</v>
+        <v>114.97</v>
       </c>
       <c r="FB17" s="14" t="n">
-        <v>113.03</v>
+        <v>115.07</v>
       </c>
       <c r="FC17" s="14" t="n">
-        <v>114.24</v>
+        <v>116.53</v>
       </c>
       <c r="FD17" s="14" t="n">
-        <v>114.25</v>
+        <v>116.67</v>
       </c>
       <c r="FE17" s="14" t="n">
-        <v>114.11</v>
+        <v>117.68</v>
       </c>
       <c r="FF17" s="14" t="n">
-        <v>114.11</v>
+        <v>117.77</v>
       </c>
       <c r="FG17" s="14" t="n">
-        <v>116.22</v>
+        <v>118.46</v>
       </c>
       <c r="FH17" s="14" t="n">
-        <v>116.28</v>
+        <v>118.51</v>
       </c>
       <c r="FI17" s="14" t="n">
-        <v>116.2</v>
+        <v>120.66</v>
       </c>
       <c r="FJ17" s="14" t="n">
-        <v>116.65</v>
+        <v>120.96</v>
       </c>
       <c r="FK17" s="14" t="n">
-        <v>116.53</v>
+        <v>120.91</v>
       </c>
       <c r="FL17" s="14" t="n">
-        <v>116.47</v>
+        <v>121.6</v>
       </c>
       <c r="FM17" s="14" t="n">
-        <v>118.95</v>
+        <v>121.75</v>
       </c>
       <c r="FN17" s="14" t="n">
-        <v>118.99</v>
+        <v>121.73</v>
       </c>
       <c r="FO17" s="14" t="n">
-        <v>118.98</v>
+        <v>124.12</v>
       </c>
       <c r="FP17" s="14" t="n">
-        <v>119.7</v>
+        <v>124.26</v>
       </c>
       <c r="FQ17" s="14" t="n">
-        <v>119.63</v>
+        <v>124.35</v>
       </c>
       <c r="FR17" s="14" t="n">
-        <v>119.63</v>
+        <v>125.05</v>
       </c>
       <c r="FS17" s="14" t="n">
-        <v>120.85</v>
+        <v>125.19</v>
       </c>
       <c r="FT17" s="14" t="n">
-        <v>120.91</v>
+        <v>125.14</v>
       </c>
       <c r="FU17" s="14" t="n">
-        <v>120.95</v>
+        <v>126.35</v>
       </c>
       <c r="FV17" s="14" t="n">
-        <v>120.75</v>
+        <v>126.69</v>
       </c>
       <c r="FW17" s="14" t="n">
-        <v>120.75</v>
+        <v>127.28</v>
       </c>
       <c r="FX17" s="14" t="n">
-        <v>120.79</v>
+        <v>127.42</v>
       </c>
       <c r="FY17" s="14" t="n">
-        <v>120.85</v>
+        <v>127.72</v>
       </c>
       <c r="FZ17" s="14" t="n">
-        <v>120.86</v>
-[...211 lines deleted...]
-      <c r="IS17" s="15" t="n">
+        <v>127.83</v>
+      </c>
+      <c r="GA17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GB17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GC17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GD17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GE17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GF17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GG17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GH17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GI17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GJ17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GK17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GL17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GM17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GN17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GO17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GP17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GQ17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GR17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GS17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GT17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GU17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GV17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GW17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GX17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GY17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GZ17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HA17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HB17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HC17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HD17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HE17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HF17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HG17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HH17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HI17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HJ17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HK17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HL17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HM17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HN17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HO17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HP17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HQ17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HR17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HS17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HT17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HU17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HV17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HW17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HX17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HY17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HZ17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IA17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IB17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IC17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IH17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="II17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IJ17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IK17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IL17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IM17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IN17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IO17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IP17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IQ17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IR17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IS17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IT17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IU17" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="IV17" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="IW17" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="IX17" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="IY17" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="IT17" s="15" t="n">
-[...2 lines deleted...]
-      <c r="IU17" s="15" t="n">
+      <c r="IZ17" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="JA17" s="15" t="n">
+        <v>-1.6</v>
+      </c>
+      <c r="JB17" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="JC17" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="IV17" s="15" t="n">
-[...8 lines deleted...]
-      <c r="IY17" s="15" t="n">
+      <c r="JD17" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="JE17" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="JF17" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="JG17" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="JH17" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="JI17" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="JJ17" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="JK17" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="IZ17" s="15" t="n">
-[...26 lines deleted...]
-      <c r="JI17" s="15" t="n">
+      <c r="JL17" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="JM17" s="15" t="n">
         <v>-0.5</v>
-      </c>
-[...10 lines deleted...]
-        <v>-0.1</v>
       </c>
       <c r="JN17" s="15" t="n">
         <v>-0.1</v>
       </c>
       <c r="JO17" s="15" t="n">
-        <v>1.9</v>
+        <v>0.0</v>
       </c>
       <c r="JP17" s="15" t="n">
-        <v>-0.1</v>
+        <v>0.0</v>
       </c>
       <c r="JQ17" s="15" t="n">
         <v>-0.1</v>
       </c>
       <c r="JR17" s="15" t="n">
-        <v>-1.1</v>
+        <v>-0.1</v>
       </c>
       <c r="JS17" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="JT17" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="JU17" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="JV17" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="JW17" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="JX17" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="JY17" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="JZ17" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="KA17" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="JT17" s="15" t="n">
-[...2 lines deleted...]
-      <c r="JU17" s="15" t="n">
+      <c r="KB17" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="KC17" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="KD17" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="KE17" s="15" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="KF17" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="KG17" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="KH17" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="JV17" s="15" t="n">
-[...8 lines deleted...]
-      <c r="JY17" s="15" t="n">
+      <c r="KI17" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="KJ17" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="JZ17" s="15" t="n">
-[...31 lines deleted...]
-      </c>
       <c r="KK17" s="15" t="n">
-        <v>0.0</v>
+        <v>-1.8</v>
       </c>
       <c r="KL17" s="15" t="n">
         <v>-0.1</v>
       </c>
       <c r="KM17" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="KN17" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="KO17" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="KP17" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="KQ17" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="KR17" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="KS17" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="KT17" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="KU17" s="15" t="n">
         <v>0.2</v>
-      </c>
-[...22 lines deleted...]
-        <v>0.0</v>
       </c>
       <c r="KV17" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="KW17" s="15" t="n">
         <v>-0.2</v>
       </c>
       <c r="KX17" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="KY17" s="15" t="n">
-        <v>0.5</v>
+        <v>0.1</v>
       </c>
       <c r="KZ17" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="LA17" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="LB17" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="LC17" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="LD17" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="LA17" s="15" t="n">
+      <c r="LE17" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="LB17" s="15" t="n">
-[...2 lines deleted...]
-      <c r="LC17" s="15" t="n">
+      <c r="LF17" s="15" t="n">
+        <v>-2.4</v>
+      </c>
+      <c r="LG17" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="LH17" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="LI17" s="15" t="n">
+        <v>-1.3</v>
+      </c>
+      <c r="LJ17" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="LD17" s="15" t="n">
-[...11 lines deleted...]
-      <c r="LH17" s="15" t="n">
+      <c r="LK17" s="15" t="n">
         <v>-0.2</v>
-      </c>
-[...7 lines deleted...]
-        <v>0.0</v>
       </c>
       <c r="LL17" s="15" t="n">
         <v>-0.2</v>
       </c>
       <c r="LM17" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="LN17" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="LN17" s="15" t="n">
+      <c r="LO17" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="LP17" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="LO17" s="15" t="n">
+      <c r="LQ17" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="LR17" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="LS17" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="LT17" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="LU17" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="LV17" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="LW17" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="LX17" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="LY17" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="LZ17" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="MA17" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="MB17" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="MC17" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="LP17" s="15" t="n">
+      <c r="MD17" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="ME17" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="MF17" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="MG17" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="MH17" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="MI17" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="MJ17" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="MK17" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="ML17" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="MM17" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="LQ17" s="15" t="n">
+      <c r="MN17" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="MO17" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="MP17" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="MQ17" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="MR17" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="MS17" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="MT17" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="LR17" s="15" t="n">
+      <c r="MU17" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="MV17" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="MW17" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="MX17" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="MY17" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="MZ17" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="NA17" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="NB17" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="NC17" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="LS17" s="15" t="n">
-[...2 lines deleted...]
-      <c r="LT17" s="15" t="n">
+      <c r="ND17" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="NE17" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="NF17" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="NG17" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="NH17" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="NI17" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="NJ17" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="NK17" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="LU17" s="15" t="n">
+      <c r="NL17" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="NM17" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="NN17" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="NO17" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="NP17" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="NQ17" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="LV17" s="15" t="n">
-[...5 lines deleted...]
-      <c r="LX17" s="15" t="n">
+      <c r="NR17" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="LY17" s="15" t="n">
-[...8 lines deleted...]
-      <c r="MB17" s="15" t="n">
+      <c r="NS17" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="NT17" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="NU17" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="MC17" s="15" t="n">
-[...2 lines deleted...]
-      <c r="MD17" s="15" t="n">
+      <c r="NV17" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="NW17" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="NX17" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="ME17" s="15" t="n">
-[...5 lines deleted...]
-      <c r="MG17" s="15" t="n">
+      <c r="NY17" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="MH17" s="15" t="n">
-[...11 lines deleted...]
-      <c r="ML17" s="15" t="n">
+      <c r="NZ17" s="15" t="n">
+        <v>-1.2</v>
+      </c>
+      <c r="OA17" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="MM17" s="15" t="n">
-[...62 lines deleted...]
-      <c r="NH17" s="15" t="n">
+      <c r="OB17" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="NI17" s="15" t="n">
-[...20 lines deleted...]
-      <c r="NP17" s="15" t="n">
+      <c r="OC17" s="15" t="n">
+        <v>-1.3</v>
+      </c>
+      <c r="OD17" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="OE17" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="OF17" s="15" t="n">
+        <v>-1.1</v>
+      </c>
+      <c r="OG17" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="NQ17" s="15" t="n">
-[...14 lines deleted...]
-      <c r="NV17" s="15" t="n">
+      <c r="OH17" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="OI17" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="NW17" s="15" t="n">
-[...8 lines deleted...]
-      <c r="NZ17" s="15" t="n">
+      <c r="OJ17" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="OK17" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="OA17" s="15" t="n">
+      <c r="OL17" s="15" t="n">
+        <v>-1.4</v>
+      </c>
+      <c r="OM17" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="ON17" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="OO17" s="15" t="n">
+        <v>-1.1</v>
+      </c>
+      <c r="OP17" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="OB17" s="15" t="n">
-[...11 lines deleted...]
-      <c r="OF17" s="15" t="n">
+      <c r="OQ17" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="OG17" s="15" t="n">
-[...5 lines deleted...]
-      <c r="OI17" s="15" t="n">
+      <c r="OR17" s="15" t="n">
+        <v>-2.0</v>
+      </c>
+      <c r="OS17" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="OT17" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="OJ17" s="15" t="n">
-[...31 lines deleted...]
-      </c>
       <c r="OU17" s="15" t="n">
-        <v>0.1</v>
+        <v>-1.3</v>
       </c>
       <c r="OV17" s="15" t="n">
-        <v>0.0</v>
+        <v>-0.1</v>
       </c>
       <c r="OW17" s="15" t="n">
-        <v>-1.8</v>
+        <v>-0.9</v>
       </c>
       <c r="OX17" s="15" t="n">
         <v>-0.1</v>
       </c>
       <c r="OY17" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="OZ17" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="PA17" s="15" t="n">
+        <v>-1.8</v>
+      </c>
+      <c r="PB17" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="PC17" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="PD17" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="PE17" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="PF17" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="PG17" s="15" t="n">
+        <v>-1.9</v>
+      </c>
+      <c r="PH17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PI17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PJ17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PK17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PL17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PM17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PN17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PO17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PP17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PQ17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PR17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PS17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PT17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PU17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PV17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PW17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PX17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PY17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PZ17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QA17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QB17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QC17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QD17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QE17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QF17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QG17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QH17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QI17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QJ17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QK17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QL17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QM17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QN17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QO17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QP17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QQ17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QR17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QS17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QT17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QU17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QV17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QW17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QX17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QY17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QZ17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RA17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RB17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RC17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RD17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RE17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RF17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RG17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RH17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RI17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RJ17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RK17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RL17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RM17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RN17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RO17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RP17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RQ17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RR17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RS17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RT17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RU17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RV17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RW17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RX17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RY17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RZ17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SA17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SB17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SC17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SD17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SE17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SF17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SG17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SH17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SI17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SJ17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SK17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SL17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SM17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SN17" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="SO17" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="SP17" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="SQ17" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="SR17" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="SS17" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="ST17" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="SU17" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="SV17" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="SW17" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="SX17" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="SY17" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="SZ17" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="OZ17" s="15" t="n">
+      <c r="TA17" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="TB17" s="15" t="n">
+        <v>-0.8</v>
+      </c>
+      <c r="TC17" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="TD17" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="PA17" s="15" t="n">
+      <c r="TE17" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="TF17" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="TG17" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="TH17" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="TI17" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="PB17" s="15" t="n">
+      <c r="TJ17" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="TK17" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="PC17" s="15" t="n">
-[...179 lines deleted...]
-      <c r="RK17" s="15" t="n">
+      <c r="TL17" s="15" t="n">
         <v>0.5</v>
-      </c>
-[...159 lines deleted...]
-        <v>4.3</v>
       </c>
       <c r="TM17" s="15" t="n">
         <v>2.4</v>
       </c>
       <c r="TN17" s="15" t="n">
         <v>2.6</v>
       </c>
       <c r="TO17" s="15" t="n">
         <v>2.5</v>
       </c>
       <c r="TP17" s="15" t="n">
-        <v>2.4</v>
+        <v>2.9</v>
       </c>
       <c r="TQ17" s="15" t="n">
-        <v>2.5</v>
+        <v>2.9</v>
       </c>
       <c r="TR17" s="15" t="n">
-        <v>2.3</v>
+        <v>2.8</v>
       </c>
       <c r="TS17" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="TT17" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="TU17" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="TV17" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="TW17" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="TX17" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="TY17" s="15" t="n">
+        <v>-2.4</v>
+      </c>
+      <c r="TZ17" s="15" t="n">
+        <v>-2.3</v>
+      </c>
+      <c r="UA17" s="15" t="n">
+        <v>-2.3</v>
+      </c>
+      <c r="UB17" s="15" t="n">
+        <v>-2.5</v>
+      </c>
+      <c r="UC17" s="15" t="n">
+        <v>-2.2</v>
+      </c>
+      <c r="UD17" s="15" t="n">
+        <v>-2.0</v>
+      </c>
+      <c r="UE17" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="UF17" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="UG17" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="UH17" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="UI17" s="15" t="n">
+        <v>-0.8</v>
+      </c>
+      <c r="UJ17" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="UK17" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="UL17" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="UM17" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="UN17" s="15" t="n">
+        <v>-2.4</v>
+      </c>
+      <c r="UO17" s="15" t="n">
+        <v>-2.7</v>
+      </c>
+      <c r="UP17" s="15" t="n">
+        <v>-2.8</v>
+      </c>
+      <c r="UQ17" s="15" t="n">
+        <v>-3.8</v>
+      </c>
+      <c r="UR17" s="15" t="n">
+        <v>-3.9</v>
+      </c>
+      <c r="US17" s="15" t="n">
+        <v>-4.1</v>
+      </c>
+      <c r="UT17" s="15" t="n">
+        <v>-4.3</v>
+      </c>
+      <c r="UU17" s="15" t="n">
+        <v>-3.1</v>
+      </c>
+      <c r="UV17" s="15" t="n">
+        <v>-3.3</v>
+      </c>
+      <c r="UW17" s="15" t="n">
+        <v>-3.7</v>
+      </c>
+      <c r="UX17" s="15" t="n">
+        <v>-3.9</v>
+      </c>
+      <c r="UY17" s="15" t="n">
+        <v>-3.8</v>
+      </c>
+      <c r="UZ17" s="15" t="n">
+        <v>-1.6</v>
+      </c>
+      <c r="VA17" s="15" t="n">
+        <v>-1.5</v>
+      </c>
+      <c r="VB17" s="15" t="n">
+        <v>-1.3</v>
+      </c>
+      <c r="VC17" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="VD17" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="VE17" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="VF17" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="VG17" s="15" t="n">
+        <v>-1.1</v>
+      </c>
+      <c r="VH17" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="VI17" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="VJ17" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="VK17" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="VL17" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="VM17" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="VN17" s="15" t="n">
+        <v>-0.9</v>
+      </c>
+      <c r="VO17" s="15" t="n">
+        <v>-1.1</v>
+      </c>
+      <c r="VP17" s="15" t="n">
+        <v>-1.0</v>
+      </c>
+      <c r="VQ17" s="15" t="n">
+        <v>-1.2</v>
+      </c>
+      <c r="VR17" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="VS17" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="VT17" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="VU17" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="VV17" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="VW17" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="VX17" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="VY17" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="VZ17" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="WA17" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="WB17" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="WC17" s="15" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="WD17" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="WE17" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="WF17" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="WG17" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="WH17" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="WI17" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="WJ17" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="WK17" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="WL17" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="WM17" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="WN17" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="WO17" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="WP17" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="WQ17" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="WR17" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="WS17" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="WT17" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="WU17" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="WV17" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="WW17" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="WX17" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="WY17" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="WZ17" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="XA17" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="XB17" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="XC17" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="XD17" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="XE17" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="XF17" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="XG17" s="15" t="n">
+        <v>-0.8</v>
+      </c>
+      <c r="XH17" s="15" t="n">
+        <v>-1.7</v>
+      </c>
+      <c r="XI17" s="15" t="n">
+        <v>-1.8</v>
+      </c>
+      <c r="XJ17" s="15" t="n">
         <v>-1.9</v>
       </c>
-      <c r="TT17" s="15" t="n">
-[...47 lines deleted...]
-      <c r="UJ17" s="15" t="n">
+      <c r="XK17" s="15" t="n">
         <v>-3.0</v>
       </c>
-      <c r="UK17" s="15" t="n">
+      <c r="XL17" s="15" t="n">
+        <v>-3.0</v>
+      </c>
+      <c r="XM17" s="15" t="n">
+        <v>-4.3</v>
+      </c>
+      <c r="XN17" s="15" t="n">
+        <v>-5.3</v>
+      </c>
+      <c r="XO17" s="15" t="n">
+        <v>-5.3</v>
+      </c>
+      <c r="XP17" s="15" t="n">
+        <v>-5.3</v>
+      </c>
+      <c r="XQ17" s="15" t="n">
+        <v>-6.2</v>
+      </c>
+      <c r="XR17" s="15" t="n">
+        <v>-6.3</v>
+      </c>
+      <c r="XS17" s="15" t="n">
+        <v>-6.2</v>
+      </c>
+      <c r="XT17" s="15" t="n">
+        <v>-6.3</v>
+      </c>
+      <c r="XU17" s="15" t="n">
+        <v>-6.3</v>
+      </c>
+      <c r="XV17" s="15" t="n">
+        <v>-6.2</v>
+      </c>
+      <c r="XW17" s="15" t="n">
+        <v>-6.0</v>
+      </c>
+      <c r="XX17" s="15" t="n">
+        <v>-6.0</v>
+      </c>
+      <c r="XY17" s="15" t="n">
+        <v>-5.8</v>
+      </c>
+      <c r="XZ17" s="15" t="n">
+        <v>-6.7</v>
+      </c>
+      <c r="YA17" s="15" t="n">
+        <v>-6.6</v>
+      </c>
+      <c r="YB17" s="15" t="n">
+        <v>-6.6</v>
+      </c>
+      <c r="YC17" s="15" t="n">
+        <v>-6.4</v>
+      </c>
+      <c r="YD17" s="15" t="n">
+        <v>-6.4</v>
+      </c>
+      <c r="YE17" s="15" t="n">
+        <v>-7.0</v>
+      </c>
+      <c r="YF17" s="15" t="n">
+        <v>-5.8</v>
+      </c>
+      <c r="YG17" s="15" t="n">
+        <v>-6.2</v>
+      </c>
+      <c r="YH17" s="15" t="n">
+        <v>-6.2</v>
+      </c>
+      <c r="YI17" s="15" t="n">
+        <v>-6.8</v>
+      </c>
+      <c r="YJ17" s="15" t="n">
+        <v>-7.0</v>
+      </c>
+      <c r="YK17" s="15" t="n">
+        <v>-6.9</v>
+      </c>
+      <c r="YL17" s="15" t="n">
+        <v>-5.5</v>
+      </c>
+      <c r="YM17" s="15" t="n">
+        <v>-5.6</v>
+      </c>
+      <c r="YN17" s="15" t="n">
+        <v>-5.5</v>
+      </c>
+      <c r="YO17" s="15" t="n">
+        <v>-6.1</v>
+      </c>
+      <c r="YP17" s="15" t="n">
+        <v>-6.1</v>
+      </c>
+      <c r="YQ17" s="15" t="n">
+        <v>-5.4</v>
+      </c>
+      <c r="YR17" s="15" t="n">
+        <v>-5.8</v>
+      </c>
+      <c r="YS17" s="15" t="n">
+        <v>-5.4</v>
+      </c>
+      <c r="YT17" s="15" t="n">
+        <v>-5.3</v>
+      </c>
+      <c r="YU17" s="15" t="n">
         <v>-4.5</v>
       </c>
-      <c r="UL17" s="15" t="n">
+      <c r="YV17" s="15" t="n">
         <v>-4.5</v>
       </c>
-      <c r="UM17" s="15" t="n">
+      <c r="YW17" s="15" t="n">
+        <v>-5.0</v>
+      </c>
+      <c r="YX17" s="15" t="n">
         <v>-4.6</v>
       </c>
-      <c r="UN17" s="15" t="n">
-[...215 lines deleted...]
-      <c r="XH17" s="15" t="n">
+      <c r="YY17" s="15" t="n">
         <v>-4.7</v>
       </c>
-      <c r="XI17" s="15" t="n">
-[...127 lines deleted...]
-      </c>
       <c r="YZ17" s="15" t="n">
-        <v>-1.2</v>
-[...197 lines deleted...]
-        <v>-1.6</v>
+        <v>-4.8</v>
+      </c>
+      <c r="ZA17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZB17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZC17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZD17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZE17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZF17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZG17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZH17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZI17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZJ17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZK17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZL17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZM17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZN17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZO17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZP17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZQ17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZR17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZS17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZT17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZU17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZV17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZW17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZX17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZY17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZZ17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAA17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAB17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAC17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAD17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAE17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAF17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAG17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAH17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAI17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAJ17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAK17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAL17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAM17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAN17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAO17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAP17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAQ17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAR17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAS17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAT17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAU17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAV17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAW17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAX17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAY17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAZ17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABA17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABB17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABC17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABD17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABE17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABF17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABG17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABH17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABI17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABJ17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABK17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABL17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABM17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABN17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
       </c>
       <c r="ABO17" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABP17" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABQ17" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABR17" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABS17" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABT17" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABU17" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABV17" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABW17" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABX17" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABY17" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABZ17" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACA17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACB17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACC17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACD17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACE17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACF17" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    09 Ocio y cultura</t>
+          <t xml:space="preserve">    09 Actividades recreativas, deporte y cultura</t>
         </is>
       </c>
       <c r="B18" s="14" t="n">
-        <v>111.91</v>
+        <v>99.66</v>
       </c>
       <c r="C18" s="14" t="n">
-        <v>112.43</v>
+        <v>102.06</v>
       </c>
       <c r="D18" s="14" t="n">
-        <v>113.45</v>
+        <v>98.35</v>
       </c>
       <c r="E18" s="14" t="n">
-        <v>119.23</v>
+        <v>98.77</v>
       </c>
       <c r="F18" s="14" t="n">
-        <v>117.21</v>
+        <v>99.97</v>
       </c>
       <c r="G18" s="14" t="n">
-        <v>114.95</v>
+        <v>105.9</v>
       </c>
       <c r="H18" s="14" t="n">
-        <v>112.01</v>
+        <v>103.86</v>
       </c>
       <c r="I18" s="14" t="n">
-        <v>114.41</v>
+        <v>101.35</v>
       </c>
       <c r="J18" s="14" t="n">
-        <v>111.05</v>
+        <v>98.38</v>
       </c>
       <c r="K18" s="14" t="n">
-        <v>110.95</v>
+        <v>100.87</v>
       </c>
       <c r="L18" s="14" t="n">
-        <v>110.26</v>
+        <v>97.27</v>
       </c>
       <c r="M18" s="14" t="n">
-        <v>114.63</v>
+        <v>97.0</v>
       </c>
       <c r="N18" s="14" t="n">
-        <v>109.9</v>
+        <v>96.22</v>
       </c>
       <c r="O18" s="14" t="n">
-        <v>111.94</v>
+        <v>100.73</v>
       </c>
       <c r="P18" s="14" t="n">
-        <v>112.43</v>
+        <v>96.02</v>
       </c>
       <c r="Q18" s="14" t="n">
-        <v>118.31</v>
+        <v>97.89</v>
       </c>
       <c r="R18" s="14" t="n">
-        <v>116.36</v>
+        <v>98.43</v>
       </c>
       <c r="S18" s="14" t="n">
-        <v>114.18</v>
+        <v>104.45</v>
       </c>
       <c r="T18" s="14" t="n">
-        <v>111.08</v>
+        <v>102.28</v>
       </c>
       <c r="U18" s="14" t="n">
-        <v>110.72</v>
+        <v>99.87</v>
       </c>
       <c r="V18" s="14" t="n">
-        <v>111.31</v>
+        <v>96.55</v>
       </c>
       <c r="W18" s="14" t="n">
-        <v>108.93</v>
+        <v>96.23</v>
       </c>
       <c r="X18" s="14" t="n">
-        <v>107.52</v>
+        <v>96.79</v>
       </c>
       <c r="Y18" s="14" t="n">
-        <v>110.33</v>
+        <v>94.3</v>
       </c>
       <c r="Z18" s="14" t="n">
-        <v>107.2</v>
+        <v>92.8</v>
       </c>
       <c r="AA18" s="14" t="n">
-        <v>109.14</v>
+        <v>95.99</v>
       </c>
       <c r="AB18" s="14" t="n">
-        <v>110.94</v>
+        <v>92.58</v>
       </c>
       <c r="AC18" s="14" t="n">
-        <v>115.52</v>
+        <v>94.67</v>
       </c>
       <c r="AD18" s="14" t="n">
-        <v>114.23</v>
+        <v>96.77</v>
       </c>
       <c r="AE18" s="14" t="n">
-        <v>110.02</v>
+        <v>101.45</v>
       </c>
       <c r="AF18" s="14" t="n">
-        <v>107.17</v>
+        <v>100.15</v>
       </c>
       <c r="AG18" s="14" t="n">
-        <v>107.69</v>
+        <v>95.69</v>
       </c>
       <c r="AH18" s="14" t="n">
-        <v>106.19</v>
+        <v>92.72</v>
       </c>
       <c r="AI18" s="14" t="n">
-        <v>105.02</v>
+        <v>93.21</v>
       </c>
       <c r="AJ18" s="14" t="n">
-        <v>103.33</v>
+        <v>91.55</v>
       </c>
       <c r="AK18" s="14" t="n">
-        <v>106.16</v>
+        <v>90.1</v>
       </c>
       <c r="AL18" s="14" t="n">
-        <v>103.5</v>
+        <v>88.47</v>
       </c>
       <c r="AM18" s="14" t="n">
-        <v>103.78</v>
+        <v>91.72</v>
       </c>
       <c r="AN18" s="14" t="n">
-        <v>104.12</v>
+        <v>88.8</v>
       </c>
       <c r="AO18" s="14" t="n">
-        <v>106.38</v>
+        <v>89.07</v>
       </c>
       <c r="AP18" s="14" t="n">
-        <v>104.82</v>
+        <v>89.36</v>
       </c>
       <c r="AQ18" s="14" t="n">
-        <v>102.94</v>
+        <v>91.69</v>
       </c>
       <c r="AR18" s="14" t="n">
-        <v>101.16</v>
+        <v>90.03</v>
       </c>
       <c r="AS18" s="14" t="n">
-        <v>102.29</v>
+        <v>87.88</v>
       </c>
       <c r="AT18" s="14" t="n">
-        <v>100.13</v>
+        <v>85.98</v>
       </c>
       <c r="AU18" s="14" t="n">
-        <v>100.58</v>
+        <v>86.99</v>
       </c>
       <c r="AV18" s="14" t="n">
-        <v>99.68</v>
+        <v>84.81</v>
       </c>
       <c r="AW18" s="14" t="n">
-        <v>101.01</v>
+        <v>85.24</v>
       </c>
       <c r="AX18" s="14" t="n">
-        <v>99.32</v>
+        <v>84.28</v>
       </c>
       <c r="AY18" s="14" t="n">
-        <v>99.67</v>
+        <v>85.51</v>
       </c>
       <c r="AZ18" s="14" t="n">
-        <v>99.62</v>
+        <v>83.79</v>
       </c>
       <c r="BA18" s="14" t="n">
-        <v>100.71</v>
+        <v>84.12</v>
       </c>
       <c r="BB18" s="14" t="n">
-        <v>99.75</v>
+        <v>84.19</v>
       </c>
       <c r="BC18" s="14" t="n">
-        <v>98.9</v>
+        <v>85.4</v>
       </c>
       <c r="BD18" s="14" t="n">
-        <v>98.22</v>
+        <v>84.43</v>
       </c>
       <c r="BE18" s="14" t="n">
-        <v>98.39</v>
+        <v>83.45</v>
       </c>
       <c r="BF18" s="14" t="n">
-        <v>98.64</v>
+        <v>82.74</v>
       </c>
       <c r="BG18" s="14" t="n">
-        <v>98.61</v>
+        <v>82.98</v>
       </c>
       <c r="BH18" s="14" t="n">
-        <v>98.15</v>
+        <v>83.18</v>
       </c>
       <c r="BI18" s="14" t="n">
-        <v>98.78</v>
+        <v>83.02</v>
       </c>
       <c r="BJ18" s="14" t="n">
-        <v>97.29</v>
+        <v>82.62</v>
       </c>
       <c r="BK18" s="14" t="n">
-        <v>97.92</v>
+        <v>83.24</v>
       </c>
       <c r="BL18" s="14" t="n">
-        <v>98.52</v>
+        <v>81.72</v>
       </c>
       <c r="BM18" s="14" t="n">
-        <v>101.14</v>
+        <v>82.3</v>
       </c>
       <c r="BN18" s="14" t="n">
-        <v>100.9</v>
+        <v>82.92</v>
       </c>
       <c r="BO18" s="14" t="n">
-        <v>99.89</v>
+        <v>85.5</v>
       </c>
       <c r="BP18" s="14" t="n">
-        <v>98.17</v>
+        <v>85.16</v>
       </c>
       <c r="BQ18" s="14" t="n">
-        <v>100.0</v>
+        <v>84.2</v>
       </c>
       <c r="BR18" s="14" t="n">
-        <v>98.99</v>
+        <v>82.44</v>
       </c>
       <c r="BS18" s="14" t="n">
-        <v>99.16</v>
+        <v>84.23</v>
       </c>
       <c r="BT18" s="14" t="n">
-        <v>98.21</v>
+        <v>83.18</v>
       </c>
       <c r="BU18" s="14" t="n">
-        <v>100.73</v>
+        <v>83.31</v>
       </c>
       <c r="BV18" s="14" t="n">
-        <v>98.34</v>
+        <v>82.31</v>
       </c>
       <c r="BW18" s="14" t="n">
-        <v>98.76</v>
+        <v>84.82</v>
       </c>
       <c r="BX18" s="14" t="n">
-        <v>99.88</v>
+        <v>82.35</v>
       </c>
       <c r="BY18" s="14" t="n">
-        <v>103.71</v>
+        <v>82.76</v>
       </c>
       <c r="BZ18" s="14" t="n">
-        <v>102.32</v>
+        <v>83.95</v>
       </c>
       <c r="CA18" s="14" t="n">
-        <v>100.32</v>
+        <v>87.68</v>
       </c>
       <c r="CB18" s="14" t="n">
-        <v>98.3</v>
+        <v>86.37</v>
       </c>
       <c r="CC18" s="14" t="n">
-        <v>100.09</v>
+        <v>84.24</v>
       </c>
       <c r="CD18" s="14" t="n">
-        <v>99.04</v>
+        <v>82.19</v>
       </c>
       <c r="CE18" s="14" t="n">
-        <v>98.66</v>
+        <v>83.9</v>
       </c>
       <c r="CF18" s="14" t="n">
-        <v>97.85</v>
+        <v>82.8</v>
       </c>
       <c r="CG18" s="14" t="n">
-        <v>100.58</v>
+        <v>82.4</v>
       </c>
       <c r="CH18" s="14" t="n">
-        <v>98.41</v>
+        <v>81.46</v>
       </c>
       <c r="CI18" s="14" t="n">
-        <v>99.1</v>
+        <v>84.05</v>
       </c>
       <c r="CJ18" s="14" t="n">
-        <v>99.77</v>
+        <v>81.81</v>
       </c>
       <c r="CK18" s="14" t="n">
-        <v>103.54</v>
+        <v>82.52</v>
       </c>
       <c r="CL18" s="14" t="n">
-        <v>102.03</v>
+        <v>83.24</v>
       </c>
       <c r="CM18" s="14" t="n">
-        <v>100.15</v>
+        <v>86.89</v>
       </c>
       <c r="CN18" s="14" t="n">
-        <v>99.09</v>
+        <v>85.37</v>
       </c>
       <c r="CO18" s="14" t="n">
-        <v>99.14</v>
+        <v>83.31</v>
       </c>
       <c r="CP18" s="14" t="n">
-        <v>100.33</v>
+        <v>82.25</v>
       </c>
       <c r="CQ18" s="14" t="n">
-        <v>99.9</v>
+        <v>82.16</v>
       </c>
       <c r="CR18" s="14" t="n">
-        <v>98.28</v>
+        <v>83.27</v>
       </c>
       <c r="CS18" s="14" t="n">
-        <v>100.0</v>
+        <v>82.83</v>
       </c>
       <c r="CT18" s="14" t="n">
-        <v>98.29</v>
+        <v>81.18</v>
       </c>
       <c r="CU18" s="14" t="n">
-        <v>98.44</v>
+        <v>82.94</v>
       </c>
       <c r="CV18" s="14" t="n">
-        <v>100.36</v>
+        <v>81.17</v>
       </c>
       <c r="CW18" s="14" t="n">
-        <v>104.2</v>
+        <v>81.32</v>
       </c>
       <c r="CX18" s="14" t="n">
-        <v>102.81</v>
+        <v>83.29</v>
       </c>
       <c r="CY18" s="14" t="n">
-        <v>99.5</v>
+        <v>87.02</v>
       </c>
       <c r="CZ18" s="14" t="n">
-        <v>98.13</v>
+        <v>85.78</v>
       </c>
       <c r="DA18" s="14" t="n">
-        <v>100.87</v>
+        <v>82.36</v>
       </c>
       <c r="DB18" s="14" t="n">
-        <v>99.11</v>
+        <v>81.08</v>
       </c>
       <c r="DC18" s="14" t="n">
-        <v>99.23</v>
+        <v>83.74</v>
       </c>
       <c r="DD18" s="14" t="n">
-        <v>98.88</v>
+        <v>81.91</v>
       </c>
       <c r="DE18" s="14" t="n">
-        <v>100.7</v>
+        <v>81.97</v>
       </c>
       <c r="DF18" s="14" t="n">
-        <v>97.53</v>
+        <v>81.61</v>
       </c>
       <c r="DG18" s="14" t="n">
-        <v>97.41</v>
+        <v>83.31</v>
       </c>
       <c r="DH18" s="14" t="n">
-        <v>98.67</v>
+        <v>80.15</v>
       </c>
       <c r="DI18" s="14" t="n">
-        <v>102.89</v>
+        <v>79.98</v>
       </c>
       <c r="DJ18" s="14" t="n">
-        <v>101.26</v>
+        <v>81.27</v>
       </c>
       <c r="DK18" s="14" t="n">
-        <v>98.35</v>
+        <v>85.33</v>
       </c>
       <c r="DL18" s="14" t="n">
-        <v>97.37</v>
+        <v>83.68</v>
       </c>
       <c r="DM18" s="14" t="n">
-        <v>97.58</v>
+        <v>80.7</v>
       </c>
       <c r="DN18" s="14" t="n">
-        <v>99.66</v>
+        <v>79.65</v>
       </c>
       <c r="DO18" s="14" t="n">
-        <v>98.83</v>
+        <v>79.71</v>
       </c>
       <c r="DP18" s="14" t="n">
-        <v>98.3</v>
+        <v>81.72</v>
       </c>
       <c r="DQ18" s="14" t="n">
-        <v>100.24</v>
+        <v>80.79</v>
       </c>
       <c r="DR18" s="14" t="n">
-        <v>99.15</v>
+        <v>80.26</v>
       </c>
       <c r="DS18" s="14" t="n">
-        <v>99.31</v>
+        <v>82.03</v>
       </c>
       <c r="DT18" s="14" t="n">
-        <v>100.21</v>
+        <v>80.91</v>
       </c>
       <c r="DU18" s="14" t="n">
-        <v>102.66</v>
+        <v>80.99</v>
       </c>
       <c r="DV18" s="14" t="n">
-        <v>101.9</v>
+        <v>81.86</v>
       </c>
       <c r="DW18" s="14" t="n">
-        <v>99.99</v>
+        <v>84.22</v>
       </c>
       <c r="DX18" s="14" t="n">
-        <v>99.3</v>
+        <v>83.47</v>
       </c>
       <c r="DY18" s="14" t="n">
-        <v>100.19</v>
+        <v>81.48</v>
       </c>
       <c r="DZ18" s="14" t="n">
-        <v>99.69</v>
+        <v>80.74</v>
       </c>
       <c r="EA18" s="14" t="n">
-        <v>98.9</v>
+        <v>81.58</v>
       </c>
       <c r="EB18" s="14" t="n">
-        <v>98.47</v>
+        <v>81.02</v>
       </c>
       <c r="EC18" s="14" t="n">
-        <v>99.84</v>
+        <v>80.19</v>
       </c>
       <c r="ED18" s="14" t="n">
-        <v>98.22</v>
+        <v>79.74</v>
       </c>
       <c r="EE18" s="14" t="n">
-        <v>99.0</v>
+        <v>80.98</v>
       </c>
       <c r="EF18" s="14" t="n">
-        <v>99.89</v>
+        <v>79.37</v>
       </c>
       <c r="EG18" s="14" t="n">
-        <v>102.82</v>
+        <v>79.99</v>
       </c>
       <c r="EH18" s="14" t="n">
-        <v>101.84</v>
+        <v>80.79</v>
       </c>
       <c r="EI18" s="14" t="n">
-        <v>100.55</v>
+        <v>83.51</v>
       </c>
       <c r="EJ18" s="14" t="n">
-        <v>99.88</v>
+        <v>82.49</v>
       </c>
       <c r="EK18" s="14" t="n">
-        <v>101.32</v>
+        <v>81.05</v>
       </c>
       <c r="EL18" s="14" t="n">
-        <v>99.87</v>
+        <v>80.33</v>
       </c>
       <c r="EM18" s="14" t="n">
-        <v>99.61</v>
+        <v>81.59</v>
       </c>
       <c r="EN18" s="14" t="n">
-        <v>98.9</v>
+        <v>80.13</v>
       </c>
       <c r="EO18" s="14" t="n">
-        <v>101.04</v>
+        <v>79.86</v>
       </c>
       <c r="EP18" s="14" t="n">
-        <v>99.72</v>
+        <v>79.09</v>
       </c>
       <c r="EQ18" s="14" t="n">
-        <v>100.95</v>
+        <v>80.92</v>
       </c>
       <c r="ER18" s="14" t="n">
-        <v>101.93</v>
+        <v>79.59</v>
       </c>
       <c r="ES18" s="14" t="n">
-        <v>104.66</v>
+        <v>80.69</v>
       </c>
       <c r="ET18" s="14" t="n">
-        <v>103.48</v>
+        <v>81.58</v>
       </c>
       <c r="EU18" s="14" t="n">
-        <v>101.47</v>
+        <v>84.12</v>
       </c>
       <c r="EV18" s="14" t="n">
-        <v>100.95</v>
+        <v>82.97</v>
       </c>
       <c r="EW18" s="14" t="n">
-        <v>101.33</v>
+        <v>80.9</v>
       </c>
       <c r="EX18" s="14" t="n">
-        <v>102.21</v>
+        <v>80.36</v>
       </c>
       <c r="EY18" s="14" t="n">
-        <v>100.51</v>
+        <v>80.62</v>
       </c>
       <c r="EZ18" s="14" t="n">
-        <v>100.03</v>
+        <v>81.37</v>
       </c>
       <c r="FA18" s="14" t="n">
-        <v>102.25</v>
+        <v>79.74</v>
       </c>
       <c r="FB18" s="14" t="n">
-        <v>100.37</v>
+        <v>79.23</v>
       </c>
       <c r="FC18" s="14" t="n">
-        <v>101.75</v>
+        <v>81.11</v>
       </c>
       <c r="FD18" s="14" t="n">
-        <v>101.88</v>
+        <v>79.25</v>
       </c>
       <c r="FE18" s="14" t="n">
-        <v>106.91</v>
+        <v>80.53</v>
       </c>
       <c r="FF18" s="14" t="n">
-        <v>105.8</v>
+        <v>80.6</v>
       </c>
       <c r="FG18" s="14" t="n">
-        <v>103.75</v>
+        <v>84.95</v>
       </c>
       <c r="FH18" s="14" t="n">
-        <v>103.17</v>
+        <v>83.87</v>
       </c>
       <c r="FI18" s="14" t="n">
-        <v>104.84</v>
+        <v>81.64</v>
       </c>
       <c r="FJ18" s="14" t="n">
-        <v>103.77</v>
+        <v>80.96</v>
       </c>
       <c r="FK18" s="14" t="n">
-        <v>103.02</v>
+        <v>82.54</v>
       </c>
       <c r="FL18" s="14" t="n">
-        <v>102.77</v>
+        <v>81.34</v>
       </c>
       <c r="FM18" s="14" t="n">
-        <v>105.35</v>
+        <v>80.49</v>
       </c>
       <c r="FN18" s="14" t="n">
-        <v>103.07</v>
+        <v>80.24</v>
       </c>
       <c r="FO18" s="14" t="n">
-        <v>103.63</v>
+        <v>82.44</v>
       </c>
       <c r="FP18" s="14" t="n">
-        <v>104.48</v>
+        <v>80.27</v>
       </c>
       <c r="FQ18" s="14" t="n">
-        <v>107.08</v>
+        <v>80.74</v>
       </c>
       <c r="FR18" s="14" t="n">
-        <v>105.52</v>
+        <v>81.47</v>
       </c>
       <c r="FS18" s="14" t="n">
-        <v>103.13</v>
+        <v>83.78</v>
       </c>
       <c r="FT18" s="14" t="n">
-        <v>102.76</v>
+        <v>82.36</v>
       </c>
       <c r="FU18" s="14" t="n">
-        <v>104.56</v>
+        <v>80.02</v>
       </c>
       <c r="FV18" s="14" t="n">
-        <v>103.04</v>
+        <v>79.53</v>
       </c>
       <c r="FW18" s="14" t="n">
-        <v>102.65</v>
+        <v>80.92</v>
       </c>
       <c r="FX18" s="14" t="n">
-        <v>102.08</v>
+        <v>79.36</v>
       </c>
       <c r="FY18" s="14" t="n">
-        <v>103.96</v>
+        <v>78.84</v>
       </c>
       <c r="FZ18" s="14" t="n">
-        <v>102.62</v>
-[...211 lines deleted...]
-      <c r="IS18" s="15" t="n">
+        <v>78.28</v>
+      </c>
+      <c r="GA18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GB18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GC18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GD18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GE18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GF18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GG18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GH18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GI18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GJ18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GK18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GL18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GM18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GN18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GO18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GP18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GQ18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GR18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GS18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GT18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GU18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GV18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GW18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GX18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GY18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GZ18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HA18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HB18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HC18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HD18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HE18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HF18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HG18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HH18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HI18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HJ18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HK18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HL18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HM18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HN18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HO18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HP18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HQ18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HR18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HS18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HT18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HU18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HV18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HW18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HX18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HY18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HZ18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IA18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IB18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IC18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IH18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="II18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IJ18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IK18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IL18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IM18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IN18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IO18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IP18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IQ18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IR18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IS18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IT18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IU18" s="15" t="n">
+        <v>-2.4</v>
+      </c>
+      <c r="IV18" s="15" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="IW18" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="IX18" s="15" t="n">
+        <v>-1.2</v>
+      </c>
+      <c r="IY18" s="15" t="n">
+        <v>-5.6</v>
+      </c>
+      <c r="IZ18" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="JA18" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="JB18" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="JC18" s="15" t="n">
+        <v>-2.5</v>
+      </c>
+      <c r="JD18" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="JE18" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="JF18" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="JG18" s="15" t="n">
+        <v>-4.5</v>
+      </c>
+      <c r="JH18" s="15" t="n">
+        <v>4.9</v>
+      </c>
+      <c r="JI18" s="15" t="n">
+        <v>-1.9</v>
+      </c>
+      <c r="JJ18" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="IT18" s="15" t="n">
+      <c r="JK18" s="15" t="n">
+        <v>-5.8</v>
+      </c>
+      <c r="JL18" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="JM18" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="JN18" s="15" t="n">
+        <v>3.4</v>
+      </c>
+      <c r="JO18" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="JP18" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="JQ18" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="JR18" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="JS18" s="15" t="n">
+        <v>-3.3</v>
+      </c>
+      <c r="JT18" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="JU18" s="15" t="n">
+        <v>-2.2</v>
+      </c>
+      <c r="JV18" s="15" t="n">
+        <v>-2.2</v>
+      </c>
+      <c r="JW18" s="15" t="n">
+        <v>-4.6</v>
+      </c>
+      <c r="JX18" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="JY18" s="15" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="JZ18" s="15" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="KA18" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="KB18" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="KC18" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="KD18" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="KE18" s="15" t="n">
+        <v>-3.5</v>
+      </c>
+      <c r="KF18" s="15" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="KG18" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="KH18" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="KI18" s="15" t="n">
+        <v>-2.5</v>
+      </c>
+      <c r="KJ18" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="KK18" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="KL18" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="KM18" s="15" t="n">
+        <v>-1.2</v>
+      </c>
+      <c r="KN18" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="KO18" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="KP18" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="KQ18" s="15" t="n">
+        <v>-1.4</v>
+      </c>
+      <c r="KR18" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="KS18" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="KT18" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="KU18" s="15" t="n">
+        <v>-1.4</v>
+      </c>
+      <c r="KV18" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="KW18" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="KX18" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="KY18" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="KZ18" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="LA18" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="LB18" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="LC18" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="LD18" s="15" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="LE18" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="LF18" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="LG18" s="15" t="n">
+        <v>-3.0</v>
+      </c>
+      <c r="LH18" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="LI18" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="LJ18" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="LK18" s="15" t="n">
+        <v>-2.1</v>
+      </c>
+      <c r="LL18" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="LM18" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="LN18" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="LO18" s="15" t="n">
+        <v>-3.0</v>
+      </c>
+      <c r="LP18" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="LQ18" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="LR18" s="15" t="n">
+        <v>-1.4</v>
+      </c>
+      <c r="LS18" s="15" t="n">
+        <v>-4.3</v>
+      </c>
+      <c r="LT18" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="LU18" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="LV18" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="LW18" s="15" t="n">
+        <v>-2.0</v>
+      </c>
+      <c r="LX18" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="LY18" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="LZ18" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="MA18" s="15" t="n">
+        <v>-3.1</v>
+      </c>
+      <c r="MB18" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="MC18" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="IU18" s="15" t="n">
+      <c r="MD18" s="15" t="n">
+        <v>-0.9</v>
+      </c>
+      <c r="ME18" s="15" t="n">
+        <v>-4.2</v>
+      </c>
+      <c r="MF18" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="MG18" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="MH18" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="MI18" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="MJ18" s="15" t="n">
+        <v>-1.3</v>
+      </c>
+      <c r="MK18" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="ML18" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="MM18" s="15" t="n">
+        <v>-2.1</v>
+      </c>
+      <c r="MN18" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="MO18" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="MP18" s="15" t="n">
+        <v>-2.4</v>
+      </c>
+      <c r="MQ18" s="15" t="n">
+        <v>-4.3</v>
+      </c>
+      <c r="MR18" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="MS18" s="15" t="n">
+        <v>4.2</v>
+      </c>
+      <c r="MT18" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="MU18" s="15" t="n">
+        <v>-3.2</v>
+      </c>
+      <c r="MV18" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="MW18" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="MX18" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="MY18" s="15" t="n">
+        <v>-2.0</v>
+      </c>
+      <c r="MZ18" s="15" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="NA18" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="NB18" s="15" t="n">
+        <v>-1.6</v>
+      </c>
+      <c r="NC18" s="15" t="n">
         <v>-4.8</v>
       </c>
-      <c r="IV18" s="15" t="n">
+      <c r="ND18" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="NE18" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="NF18" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="NG18" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="NH18" s="15" t="n">
+        <v>-2.5</v>
+      </c>
+      <c r="NI18" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="NJ18" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="NK18" s="15" t="n">
+        <v>-2.2</v>
+      </c>
+      <c r="NL18" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="NM18" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="NN18" s="15" t="n">
+        <v>-1.1</v>
+      </c>
+      <c r="NO18" s="15" t="n">
+        <v>-2.8</v>
+      </c>
+      <c r="NP18" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="NQ18" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="NR18" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="NS18" s="15" t="n">
+        <v>-1.0</v>
+      </c>
+      <c r="NT18" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="NU18" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="NV18" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="NW18" s="15" t="n">
+        <v>-1.5</v>
+      </c>
+      <c r="NX18" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="NY18" s="15" t="n">
+        <v>-0.8</v>
+      </c>
+      <c r="NZ18" s="15" t="n">
+        <v>-1.0</v>
+      </c>
+      <c r="OA18" s="15" t="n">
+        <v>-3.3</v>
+      </c>
+      <c r="OB18" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="OC18" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="OD18" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="OE18" s="15" t="n">
+        <v>-1.5</v>
+      </c>
+      <c r="OF18" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="OG18" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="OH18" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="OI18" s="15" t="n">
+        <v>-2.3</v>
+      </c>
+      <c r="OJ18" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="IW18" s="15" t="n">
+      <c r="OK18" s="15" t="n">
+        <v>-1.4</v>
+      </c>
+      <c r="OL18" s="15" t="n">
+        <v>-1.1</v>
+      </c>
+      <c r="OM18" s="15" t="n">
+        <v>-3.0</v>
+      </c>
+      <c r="ON18" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="OO18" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="OP18" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="OQ18" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="OR18" s="15" t="n">
+        <v>-0.9</v>
+      </c>
+      <c r="OS18" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="IX18" s="15" t="n">
-[...5 lines deleted...]
-      <c r="IZ18" s="15" t="n">
+      <c r="OT18" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="OU18" s="15" t="n">
+        <v>-2.3</v>
+      </c>
+      <c r="OV18" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="OW18" s="15" t="n">
+        <v>-1.6</v>
+      </c>
+      <c r="OX18" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="OY18" s="15" t="n">
+        <v>-5.1</v>
+      </c>
+      <c r="OZ18" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="PA18" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="PB18" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="PC18" s="15" t="n">
+        <v>-1.9</v>
+      </c>
+      <c r="PD18" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="PE18" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="PF18" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="PG18" s="15" t="n">
+        <v>-2.7</v>
+      </c>
+      <c r="PH18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PI18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PJ18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PK18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PL18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PM18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PN18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PO18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PP18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PQ18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PR18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PS18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PT18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PU18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PV18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PW18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PX18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PY18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PZ18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QA18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QB18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QC18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QD18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QE18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QF18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QG18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QH18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QI18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QJ18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QK18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QL18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QM18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QN18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QO18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QP18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QQ18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QR18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QS18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QT18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QU18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QV18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QW18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QX18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QY18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QZ18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RA18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RB18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RC18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RD18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RE18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RF18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RG18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RH18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RI18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RJ18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RK18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RL18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RM18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RN18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RO18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RP18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RQ18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RR18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RS18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RT18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RU18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RV18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RW18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RX18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RY18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RZ18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SA18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SB18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SC18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SD18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SE18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SF18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SG18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SH18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SI18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SJ18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SK18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SL18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SM18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SN18" s="15" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="SO18" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="SP18" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="SQ18" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="SR18" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="SS18" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="ST18" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="SU18" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="SV18" s="15" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="SW18" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="SX18" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="SY18" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="SZ18" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="TA18" s="15" t="n">
+        <v>4.9</v>
+      </c>
+      <c r="TB18" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="TC18" s="15" t="n">
+        <v>3.4</v>
+      </c>
+      <c r="TD18" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="TE18" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="JA18" s="15" t="n">
-[...8 lines deleted...]
-      <c r="JD18" s="15" t="n">
+      <c r="TF18" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="TG18" s="15" t="n">
+        <v>4.4</v>
+      </c>
+      <c r="TH18" s="15" t="n">
+        <v>4.1</v>
+      </c>
+      <c r="TI18" s="15" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="TJ18" s="15" t="n">
+        <v>5.7</v>
+      </c>
+      <c r="TK18" s="15" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="TL18" s="15" t="n">
+        <v>4.9</v>
+      </c>
+      <c r="TM18" s="15" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="TN18" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="JE18" s="15" t="n">
-[...17 lines deleted...]
-      <c r="JK18" s="15" t="n">
+      <c r="TO18" s="15" t="n">
+        <v>6.3</v>
+      </c>
+      <c r="TP18" s="15" t="n">
+        <v>8.3</v>
+      </c>
+      <c r="TQ18" s="15" t="n">
+        <v>10.6</v>
+      </c>
+      <c r="TR18" s="15" t="n">
+        <v>11.2</v>
+      </c>
+      <c r="TS18" s="15" t="n">
+        <v>8.9</v>
+      </c>
+      <c r="TT18" s="15" t="n">
+        <v>7.8</v>
+      </c>
+      <c r="TU18" s="15" t="n">
+        <v>7.2</v>
+      </c>
+      <c r="TV18" s="15" t="n">
+        <v>7.9</v>
+      </c>
+      <c r="TW18" s="15" t="n">
+        <v>5.7</v>
+      </c>
+      <c r="TX18" s="15" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="TY18" s="15" t="n">
+        <v>7.3</v>
+      </c>
+      <c r="TZ18" s="15" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="UA18" s="15" t="n">
+        <v>5.9</v>
+      </c>
+      <c r="UB18" s="15" t="n">
+        <v>6.1</v>
+      </c>
+      <c r="UC18" s="15" t="n">
+        <v>7.4</v>
+      </c>
+      <c r="UD18" s="15" t="n">
+        <v>6.6</v>
+      </c>
+      <c r="UE18" s="15" t="n">
+        <v>5.3</v>
+      </c>
+      <c r="UF18" s="15" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="UG18" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="UH18" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="UI18" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="UJ18" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="UK18" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="UL18" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="UM18" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="UN18" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="UO18" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="UP18" s="15" t="n">
+        <v>-0.9</v>
+      </c>
+      <c r="UQ18" s="15" t="n">
+        <v>-0.9</v>
+      </c>
+      <c r="UR18" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="US18" s="15" t="n">
+        <v>-1.5</v>
+      </c>
+      <c r="UT18" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="UU18" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="UV18" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="UW18" s="15" t="n">
+        <v>-1.9</v>
+      </c>
+      <c r="UX18" s="15" t="n">
+        <v>-0.8</v>
+      </c>
+      <c r="UY18" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="UZ18" s="15" t="n">
+        <v>-1.2</v>
+      </c>
+      <c r="VA18" s="15" t="n">
+        <v>-2.5</v>
+      </c>
+      <c r="VB18" s="15" t="n">
+        <v>-1.4</v>
+      </c>
+      <c r="VC18" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="VD18" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="JL18" s="15" t="n">
-[...23 lines deleted...]
-      <c r="JT18" s="15" t="n">
+      <c r="VE18" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="VF18" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="VG18" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="JU18" s="15" t="n">
-[...11 lines deleted...]
-      <c r="JY18" s="15" t="n">
+      <c r="VH18" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="VI18" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="VJ18" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="VK18" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="VL18" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="VM18" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="VN18" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="VO18" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="JZ18" s="15" t="n">
-[...131 lines deleted...]
-      <c r="LR18" s="15" t="n">
+      <c r="VP18" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="VQ18" s="15" t="n">
         <v>2.1</v>
-      </c>
-[...777 lines deleted...]
-        <v>0.7</v>
       </c>
       <c r="VR18" s="15" t="n">
         <v>-0.6</v>
       </c>
       <c r="VS18" s="15" t="n">
-        <v>-0.6</v>
+        <v>-0.5</v>
       </c>
       <c r="VT18" s="15" t="n">
-        <v>-0.8</v>
+        <v>0.3</v>
       </c>
       <c r="VU18" s="15" t="n">
-        <v>0.7</v>
+        <v>1.3</v>
       </c>
       <c r="VV18" s="15" t="n">
-        <v>1.0</v>
+        <v>0.8</v>
       </c>
       <c r="VW18" s="15" t="n">
-        <v>-1.7</v>
+        <v>1.5</v>
       </c>
       <c r="VX18" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="VY18" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="VZ18" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="WA18" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="VY18" s="15" t="n">
-[...7 lines deleted...]
-      </c>
       <c r="WB18" s="15" t="n">
-        <v>0.8</v>
+        <v>1.4</v>
       </c>
       <c r="WC18" s="15" t="n">
-        <v>1.1</v>
+        <v>-1.9</v>
       </c>
       <c r="WD18" s="15" t="n">
         <v>1.7</v>
       </c>
       <c r="WE18" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="WF18" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="WG18" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="WH18" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="WF18" s="15" t="n">
+      <c r="WI18" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="WJ18" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="WK18" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="WL18" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="WM18" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="WN18" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="WO18" s="15" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="WP18" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="WQ18" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="WG18" s="15" t="n">
+      <c r="WR18" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="WS18" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="WT18" s="15" t="n">
+        <v>-0.9</v>
+      </c>
+      <c r="WU18" s="15" t="n">
+        <v>-1.2</v>
+      </c>
+      <c r="WV18" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="WW18" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="WX18" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="WY18" s="15" t="n">
+        <v>-1.0</v>
+      </c>
+      <c r="WZ18" s="15" t="n">
+        <v>-1.4</v>
+      </c>
+      <c r="XA18" s="15" t="n">
+        <v>-2.3</v>
+      </c>
+      <c r="XB18" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="XC18" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="XD18" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="XE18" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="XF18" s="15" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="XG18" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="XH18" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="XI18" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="XJ18" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="WH18" s="15" t="n">
+      <c r="XK18" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="XL18" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="XM18" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="XN18" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="XO18" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="XP18" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="WI18" s="15" t="n">
-[...2 lines deleted...]
-      <c r="WJ18" s="15" t="n">
+      <c r="XQ18" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="XR18" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="XS18" s="15" t="n">
+        <v>-0.9</v>
+      </c>
+      <c r="XT18" s="15" t="n">
+        <v>-1.0</v>
+      </c>
+      <c r="XU18" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="XV18" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="WK18" s="15" t="n">
+      <c r="XW18" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="XX18" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="XY18" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="XZ18" s="15" t="n">
+        <v>-1.5</v>
+      </c>
+      <c r="YA18" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="YB18" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="YC18" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="YD18" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="WL18" s="15" t="n">
-[...5 lines deleted...]
-      <c r="WN18" s="15" t="n">
+      <c r="YE18" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="YF18" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="YG18" s="15" t="n">
+        <v>-1.0</v>
+      </c>
+      <c r="YH18" s="15" t="n">
+        <v>-1.1</v>
+      </c>
+      <c r="YI18" s="15" t="n">
+        <v>-0.9</v>
+      </c>
+      <c r="YJ18" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="YK18" s="15" t="n">
+        <v>-2.3</v>
+      </c>
+      <c r="YL18" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="YM18" s="15" t="n">
+        <v>-0.9</v>
+      </c>
+      <c r="YN18" s="15" t="n">
+        <v>-1.3</v>
+      </c>
+      <c r="YO18" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="WO18" s="15" t="n">
-[...53 lines deleted...]
-      <c r="XG18" s="15" t="n">
+      <c r="YP18" s="15" t="n">
+        <v>-1.3</v>
+      </c>
+      <c r="YQ18" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="YR18" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="XH18" s="15" t="n">
-[...109 lines deleted...]
-      </c>
       <c r="YS18" s="15" t="n">
-        <v>0.4</v>
+        <v>1.4</v>
       </c>
       <c r="YT18" s="15" t="n">
-        <v>0.7</v>
+        <v>1.8</v>
       </c>
       <c r="YU18" s="15" t="n">
-        <v>1.3</v>
+        <v>2.0</v>
       </c>
       <c r="YV18" s="15" t="n">
-        <v>0.4</v>
+        <v>1.8</v>
       </c>
       <c r="YW18" s="15" t="n">
-        <v>0.0</v>
+        <v>2.0</v>
       </c>
       <c r="YX18" s="15" t="n">
-        <v>0.0</v>
+        <v>2.5</v>
       </c>
       <c r="YY18" s="15" t="n">
-        <v>0.2</v>
+        <v>2.1</v>
       </c>
       <c r="YZ18" s="15" t="n">
-        <v>-0.1</v>
-[...197 lines deleted...]
-        <v>0.5</v>
+        <v>2.5</v>
+      </c>
+      <c r="ZA18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZB18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZC18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZD18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZE18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZF18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZG18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZH18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZI18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZJ18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZK18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZL18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZM18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZN18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZO18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZP18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZQ18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZR18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZS18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZT18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZU18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZV18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZW18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZX18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZY18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZZ18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAA18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAB18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAC18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAD18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAE18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAF18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAG18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAH18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAI18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAJ18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAK18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAL18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAM18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAN18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAO18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAP18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAQ18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAR18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAS18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAT18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAU18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAV18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAW18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAX18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAY18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAZ18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABA18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABB18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABC18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABD18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABE18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABF18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABG18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABH18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABI18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABJ18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABK18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABL18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABM18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABN18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
       </c>
       <c r="ABO18" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABP18" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABQ18" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABR18" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABS18" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABT18" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABU18" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABV18" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABW18" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABX18" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABY18" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABZ18" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACA18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACB18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACC18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACD18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACE18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACF18" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="7" t="inlineStr">
         <is>
           <t xml:space="preserve">    10 Enseñanza</t>
         </is>
       </c>
       <c r="B19" s="14" t="n">
-        <v>115.22</v>
+        <v>101.76</v>
       </c>
       <c r="C19" s="14" t="n">
-        <v>114.94</v>
+        <v>101.76</v>
       </c>
       <c r="D19" s="14" t="n">
-        <v>114.17</v>
+        <v>101.72</v>
       </c>
       <c r="E19" s="14" t="n">
-        <v>112.55</v>
+        <v>101.48</v>
       </c>
       <c r="F19" s="14" t="n">
-        <v>112.52</v>
+        <v>100.8</v>
       </c>
       <c r="G19" s="14" t="n">
-        <v>112.46</v>
+        <v>99.37</v>
       </c>
       <c r="H19" s="14" t="n">
-        <v>112.47</v>
+        <v>99.34</v>
       </c>
       <c r="I19" s="14" t="n">
-        <v>112.44</v>
+        <v>99.29</v>
       </c>
       <c r="J19" s="14" t="n">
-        <v>112.42</v>
+        <v>99.3</v>
       </c>
       <c r="K19" s="14" t="n">
-        <v>112.39</v>
+        <v>99.27</v>
       </c>
       <c r="L19" s="14" t="n">
-        <v>112.34</v>
+        <v>99.25</v>
       </c>
       <c r="M19" s="14" t="n">
-        <v>112.32</v>
+        <v>99.23</v>
       </c>
       <c r="N19" s="14" t="n">
-        <v>112.3</v>
+        <v>99.18</v>
       </c>
       <c r="O19" s="14" t="n">
-        <v>112.15</v>
+        <v>99.17</v>
       </c>
       <c r="P19" s="14" t="n">
-        <v>111.02</v>
+        <v>99.15</v>
       </c>
       <c r="Q19" s="14" t="n">
-        <v>109.75</v>
+        <v>99.01</v>
       </c>
       <c r="R19" s="14" t="n">
-        <v>109.73</v>
+        <v>98.01</v>
       </c>
       <c r="S19" s="14" t="n">
-        <v>109.73</v>
+        <v>96.9</v>
       </c>
       <c r="T19" s="14" t="n">
-        <v>109.73</v>
+        <v>96.88</v>
       </c>
       <c r="U19" s="14" t="n">
-        <v>109.73</v>
+        <v>96.88</v>
       </c>
       <c r="V19" s="14" t="n">
-        <v>109.72</v>
+        <v>96.88</v>
       </c>
       <c r="W19" s="14" t="n">
-        <v>109.64</v>
+        <v>96.88</v>
       </c>
       <c r="X19" s="14" t="n">
-        <v>109.6</v>
+        <v>96.87</v>
       </c>
       <c r="Y19" s="14" t="n">
-        <v>109.56</v>
+        <v>96.8</v>
       </c>
       <c r="Z19" s="14" t="n">
-        <v>109.51</v>
+        <v>96.76</v>
       </c>
       <c r="AA19" s="14" t="n">
-        <v>109.34</v>
+        <v>96.73</v>
       </c>
       <c r="AB19" s="14" t="n">
-        <v>108.11</v>
+        <v>96.69</v>
       </c>
       <c r="AC19" s="14" t="n">
-        <v>106.72</v>
+        <v>96.53</v>
       </c>
       <c r="AD19" s="14" t="n">
-        <v>106.71</v>
+        <v>95.45</v>
       </c>
       <c r="AE19" s="14" t="n">
-        <v>106.7</v>
+        <v>94.22</v>
       </c>
       <c r="AF19" s="14" t="n">
-        <v>106.69</v>
+        <v>94.21</v>
       </c>
       <c r="AG19" s="14" t="n">
-        <v>106.68</v>
+        <v>94.2</v>
       </c>
       <c r="AH19" s="14" t="n">
-        <v>106.68</v>
+        <v>94.19</v>
       </c>
       <c r="AI19" s="14" t="n">
-        <v>106.65</v>
+        <v>94.19</v>
       </c>
       <c r="AJ19" s="14" t="n">
-        <v>106.6</v>
+        <v>94.19</v>
       </c>
       <c r="AK19" s="14" t="n">
-        <v>106.4</v>
+        <v>94.16</v>
       </c>
       <c r="AL19" s="14" t="n">
-        <v>106.53</v>
+        <v>94.11</v>
       </c>
       <c r="AM19" s="14" t="n">
-        <v>106.42</v>
+        <v>93.94</v>
       </c>
       <c r="AN19" s="14" t="n">
-        <v>105.72</v>
+        <v>94.06</v>
       </c>
       <c r="AO19" s="14" t="n">
-        <v>105.02</v>
+        <v>93.96</v>
       </c>
       <c r="AP19" s="14" t="n">
-        <v>105.0</v>
+        <v>93.34</v>
       </c>
       <c r="AQ19" s="14" t="n">
-        <v>104.99</v>
+        <v>92.72</v>
       </c>
       <c r="AR19" s="14" t="n">
-        <v>104.98</v>
+        <v>92.71</v>
       </c>
       <c r="AS19" s="14" t="n">
-        <v>104.96</v>
+        <v>92.69</v>
       </c>
       <c r="AT19" s="14" t="n">
-        <v>104.96</v>
+        <v>92.68</v>
       </c>
       <c r="AU19" s="14" t="n">
-        <v>104.98</v>
+        <v>92.67</v>
       </c>
       <c r="AV19" s="14" t="n">
-        <v>104.97</v>
+        <v>92.67</v>
       </c>
       <c r="AW19" s="14" t="n">
-        <v>104.96</v>
+        <v>92.69</v>
       </c>
       <c r="AX19" s="14" t="n">
-        <v>104.94</v>
+        <v>92.68</v>
       </c>
       <c r="AY19" s="14" t="n">
-        <v>104.85</v>
+        <v>92.67</v>
       </c>
       <c r="AZ19" s="14" t="n">
-        <v>104.42</v>
+        <v>92.65</v>
       </c>
       <c r="BA19" s="14" t="n">
-        <v>103.8</v>
+        <v>92.57</v>
       </c>
       <c r="BB19" s="14" t="n">
-        <v>103.8</v>
+        <v>92.19</v>
       </c>
       <c r="BC19" s="14" t="n">
-        <v>103.79</v>
+        <v>91.65</v>
       </c>
       <c r="BD19" s="14" t="n">
-        <v>103.78</v>
+        <v>91.64</v>
       </c>
       <c r="BE19" s="14" t="n">
-        <v>103.76</v>
+        <v>91.63</v>
       </c>
       <c r="BF19" s="14" t="n">
-        <v>103.74</v>
+        <v>91.62</v>
       </c>
       <c r="BG19" s="14" t="n">
-        <v>103.74</v>
+        <v>91.61</v>
       </c>
       <c r="BH19" s="14" t="n">
-        <v>103.73</v>
+        <v>91.59</v>
       </c>
       <c r="BI19" s="14" t="n">
-        <v>103.73</v>
+        <v>91.59</v>
       </c>
       <c r="BJ19" s="14" t="n">
-        <v>103.74</v>
+        <v>91.58</v>
       </c>
       <c r="BK19" s="14" t="n">
-        <v>103.66</v>
+        <v>91.58</v>
       </c>
       <c r="BL19" s="14" t="n">
-        <v>104.46</v>
+        <v>91.59</v>
       </c>
       <c r="BM19" s="14" t="n">
-        <v>103.97</v>
+        <v>91.52</v>
       </c>
       <c r="BN19" s="14" t="n">
-        <v>103.96</v>
+        <v>92.22</v>
       </c>
       <c r="BO19" s="14" t="n">
-        <v>103.97</v>
+        <v>91.79</v>
       </c>
       <c r="BP19" s="14" t="n">
-        <v>103.98</v>
+        <v>91.78</v>
       </c>
       <c r="BQ19" s="14" t="n">
-        <v>103.99</v>
+        <v>91.79</v>
       </c>
       <c r="BR19" s="14" t="n">
-        <v>103.98</v>
+        <v>91.8</v>
       </c>
       <c r="BS19" s="14" t="n">
-        <v>103.98</v>
+        <v>91.81</v>
       </c>
       <c r="BT19" s="14" t="n">
-        <v>103.99</v>
+        <v>91.8</v>
       </c>
       <c r="BU19" s="14" t="n">
-        <v>103.97</v>
+        <v>91.8</v>
       </c>
       <c r="BV19" s="14" t="n">
-        <v>103.95</v>
+        <v>91.81</v>
       </c>
       <c r="BW19" s="14" t="n">
-        <v>103.91</v>
+        <v>91.79</v>
       </c>
       <c r="BX19" s="14" t="n">
-        <v>103.25</v>
+        <v>91.78</v>
       </c>
       <c r="BY19" s="14" t="n">
-        <v>103.12</v>
+        <v>91.74</v>
       </c>
       <c r="BZ19" s="14" t="n">
-        <v>103.12</v>
+        <v>91.16</v>
       </c>
       <c r="CA19" s="14" t="n">
-        <v>103.12</v>
+        <v>91.05</v>
       </c>
       <c r="CB19" s="14" t="n">
-        <v>103.1</v>
+        <v>91.04</v>
       </c>
       <c r="CC19" s="14" t="n">
-        <v>103.1</v>
+        <v>91.04</v>
       </c>
       <c r="CD19" s="14" t="n">
-        <v>103.09</v>
+        <v>91.03</v>
       </c>
       <c r="CE19" s="14" t="n">
-        <v>103.1</v>
+        <v>91.02</v>
       </c>
       <c r="CF19" s="14" t="n">
-        <v>103.11</v>
+        <v>91.02</v>
       </c>
       <c r="CG19" s="14" t="n">
-        <v>103.07</v>
+        <v>91.03</v>
       </c>
       <c r="CH19" s="14" t="n">
-        <v>103.06</v>
+        <v>91.03</v>
       </c>
       <c r="CI19" s="14" t="n">
-        <v>102.71</v>
+        <v>91.0</v>
       </c>
       <c r="CJ19" s="14" t="n">
-        <v>102.49</v>
+        <v>90.99</v>
       </c>
       <c r="CK19" s="14" t="n">
-        <v>102.13</v>
+        <v>90.68</v>
       </c>
       <c r="CL19" s="14" t="n">
-        <v>102.12</v>
+        <v>90.48</v>
       </c>
       <c r="CM19" s="14" t="n">
-        <v>102.08</v>
+        <v>90.17</v>
       </c>
       <c r="CN19" s="14" t="n">
-        <v>102.08</v>
+        <v>90.16</v>
       </c>
       <c r="CO19" s="14" t="n">
-        <v>102.08</v>
+        <v>90.13</v>
       </c>
       <c r="CP19" s="14" t="n">
-        <v>102.07</v>
+        <v>90.13</v>
       </c>
       <c r="CQ19" s="14" t="n">
-        <v>102.07</v>
+        <v>90.12</v>
       </c>
       <c r="CR19" s="14" t="n">
-        <v>102.06</v>
+        <v>90.12</v>
       </c>
       <c r="CS19" s="14" t="n">
-        <v>102.06</v>
+        <v>90.11</v>
       </c>
       <c r="CT19" s="14" t="n">
-        <v>102.04</v>
+        <v>90.11</v>
       </c>
       <c r="CU19" s="14" t="n">
-        <v>102.02</v>
+        <v>90.1</v>
       </c>
       <c r="CV19" s="14" t="n">
-        <v>101.51</v>
+        <v>90.09</v>
       </c>
       <c r="CW19" s="14" t="n">
-        <v>101.37</v>
+        <v>90.07</v>
       </c>
       <c r="CX19" s="14" t="n">
-        <v>101.36</v>
+        <v>89.62</v>
       </c>
       <c r="CY19" s="14" t="n">
-        <v>101.36</v>
+        <v>89.5</v>
       </c>
       <c r="CZ19" s="14" t="n">
-        <v>101.35</v>
+        <v>89.49</v>
       </c>
       <c r="DA19" s="14" t="n">
-        <v>101.35</v>
+        <v>89.49</v>
       </c>
       <c r="DB19" s="14" t="n">
-        <v>101.35</v>
+        <v>89.48</v>
       </c>
       <c r="DC19" s="14" t="n">
-        <v>101.33</v>
+        <v>89.48</v>
       </c>
       <c r="DD19" s="14" t="n">
-        <v>101.34</v>
+        <v>89.48</v>
       </c>
       <c r="DE19" s="14" t="n">
-        <v>101.3</v>
+        <v>89.46</v>
       </c>
       <c r="DF19" s="14" t="n">
-        <v>101.28</v>
+        <v>89.47</v>
       </c>
       <c r="DG19" s="14" t="n">
-        <v>101.19</v>
+        <v>89.43</v>
       </c>
       <c r="DH19" s="14" t="n">
-        <v>100.67</v>
+        <v>89.42</v>
       </c>
       <c r="DI19" s="14" t="n">
-        <v>100.38</v>
+        <v>89.34</v>
       </c>
       <c r="DJ19" s="14" t="n">
-        <v>100.38</v>
+        <v>88.88</v>
       </c>
       <c r="DK19" s="14" t="n">
-        <v>100.37</v>
+        <v>88.62</v>
       </c>
       <c r="DL19" s="14" t="n">
-        <v>100.37</v>
+        <v>88.62</v>
       </c>
       <c r="DM19" s="14" t="n">
-        <v>100.36</v>
+        <v>88.62</v>
       </c>
       <c r="DN19" s="14" t="n">
-        <v>100.35</v>
+        <v>88.61</v>
       </c>
       <c r="DO19" s="14" t="n">
-        <v>100.35</v>
+        <v>88.6</v>
       </c>
       <c r="DP19" s="14" t="n">
-        <v>100.37</v>
+        <v>88.6</v>
       </c>
       <c r="DQ19" s="14" t="n">
-        <v>100.35</v>
+        <v>88.6</v>
       </c>
       <c r="DR19" s="14" t="n">
-        <v>100.36</v>
+        <v>88.61</v>
       </c>
       <c r="DS19" s="14" t="n">
-        <v>100.32</v>
+        <v>88.6</v>
       </c>
       <c r="DT19" s="14" t="n">
-        <v>100.12</v>
+        <v>88.61</v>
       </c>
       <c r="DU19" s="14" t="n">
-        <v>99.85</v>
+        <v>88.57</v>
       </c>
       <c r="DV19" s="14" t="n">
-        <v>99.85</v>
+        <v>88.4</v>
       </c>
       <c r="DW19" s="14" t="n">
-        <v>99.86</v>
+        <v>88.16</v>
       </c>
       <c r="DX19" s="14" t="n">
-        <v>99.86</v>
+        <v>88.16</v>
       </c>
       <c r="DY19" s="14" t="n">
-        <v>99.87</v>
+        <v>88.16</v>
       </c>
       <c r="DZ19" s="14" t="n">
-        <v>99.86</v>
+        <v>88.17</v>
       </c>
       <c r="EA19" s="14" t="n">
-        <v>99.85</v>
+        <v>88.17</v>
       </c>
       <c r="EB19" s="14" t="n">
-        <v>99.85</v>
+        <v>88.16</v>
       </c>
       <c r="EC19" s="14" t="n">
-        <v>99.82</v>
+        <v>88.15</v>
       </c>
       <c r="ED19" s="14" t="n">
-        <v>99.83</v>
+        <v>88.15</v>
       </c>
       <c r="EE19" s="14" t="n">
-        <v>99.76</v>
+        <v>88.13</v>
       </c>
       <c r="EF19" s="14" t="n">
-        <v>98.99</v>
+        <v>88.14</v>
       </c>
       <c r="EG19" s="14" t="n">
-        <v>98.63</v>
+        <v>88.08</v>
       </c>
       <c r="EH19" s="14" t="n">
-        <v>98.63</v>
+        <v>87.39</v>
       </c>
       <c r="EI19" s="14" t="n">
-        <v>98.63</v>
+        <v>87.08</v>
       </c>
       <c r="EJ19" s="14" t="n">
-        <v>98.62</v>
+        <v>87.08</v>
       </c>
       <c r="EK19" s="14" t="n">
-        <v>98.63</v>
+        <v>87.08</v>
       </c>
       <c r="EL19" s="14" t="n">
-        <v>98.61</v>
+        <v>87.07</v>
       </c>
       <c r="EM19" s="14" t="n">
-        <v>98.61</v>
+        <v>87.08</v>
       </c>
       <c r="EN19" s="14" t="n">
-        <v>98.6</v>
+        <v>87.06</v>
       </c>
       <c r="EO19" s="14" t="n">
-        <v>98.59</v>
+        <v>87.06</v>
       </c>
       <c r="EP19" s="14" t="n">
-        <v>98.56</v>
+        <v>87.05</v>
       </c>
       <c r="EQ19" s="14" t="n">
-        <v>98.54</v>
+        <v>87.04</v>
       </c>
       <c r="ER19" s="14" t="n">
-        <v>97.05</v>
+        <v>87.02</v>
       </c>
       <c r="ES19" s="14" t="n">
-        <v>96.74</v>
+        <v>87.0</v>
       </c>
       <c r="ET19" s="14" t="n">
-        <v>96.73</v>
+        <v>85.69</v>
       </c>
       <c r="EU19" s="14" t="n">
-        <v>96.75</v>
+        <v>85.41</v>
       </c>
       <c r="EV19" s="14" t="n">
-        <v>96.75</v>
+        <v>85.4</v>
       </c>
       <c r="EW19" s="14" t="n">
-        <v>96.75</v>
+        <v>85.41</v>
       </c>
       <c r="EX19" s="14" t="n">
-        <v>96.74</v>
+        <v>85.42</v>
       </c>
       <c r="EY19" s="14" t="n">
-        <v>96.77</v>
+        <v>85.42</v>
       </c>
       <c r="EZ19" s="14" t="n">
-        <v>96.78</v>
+        <v>85.41</v>
       </c>
       <c r="FA19" s="14" t="n">
-        <v>96.76</v>
+        <v>85.44</v>
       </c>
       <c r="FB19" s="14" t="n">
-        <v>96.63</v>
+        <v>85.44</v>
       </c>
       <c r="FC19" s="14" t="n">
-        <v>96.59</v>
+        <v>85.42</v>
       </c>
       <c r="FD19" s="14" t="n">
-        <v>88.42</v>
+        <v>85.31</v>
       </c>
       <c r="FE19" s="14" t="n">
-        <v>87.65</v>
+        <v>85.27</v>
       </c>
       <c r="FF19" s="14" t="n">
-        <v>87.65</v>
+        <v>78.07</v>
       </c>
       <c r="FG19" s="14" t="n">
-        <v>87.65</v>
+        <v>77.39</v>
       </c>
       <c r="FH19" s="14" t="n">
-        <v>87.64</v>
+        <v>77.38</v>
       </c>
       <c r="FI19" s="14" t="n">
-        <v>87.64</v>
+        <v>77.38</v>
       </c>
       <c r="FJ19" s="14" t="n">
-        <v>87.65</v>
+        <v>77.38</v>
       </c>
       <c r="FK19" s="14" t="n">
-        <v>87.64</v>
+        <v>77.38</v>
       </c>
       <c r="FL19" s="14" t="n">
-        <v>87.62</v>
+        <v>77.38</v>
       </c>
       <c r="FM19" s="14" t="n">
-        <v>87.54</v>
+        <v>77.37</v>
       </c>
       <c r="FN19" s="14" t="n">
-        <v>87.55</v>
+        <v>77.36</v>
       </c>
       <c r="FO19" s="14" t="n">
-        <v>87.47</v>
+        <v>77.29</v>
       </c>
       <c r="FP19" s="14" t="n">
-        <v>85.75</v>
+        <v>77.29</v>
       </c>
       <c r="FQ19" s="14" t="n">
-        <v>85.23</v>
+        <v>77.23</v>
       </c>
       <c r="FR19" s="14" t="n">
-        <v>85.22</v>
+        <v>75.71</v>
       </c>
       <c r="FS19" s="14" t="n">
-        <v>85.21</v>
+        <v>75.25</v>
       </c>
       <c r="FT19" s="14" t="n">
-        <v>85.2</v>
+        <v>75.24</v>
       </c>
       <c r="FU19" s="14" t="n">
-        <v>85.19</v>
+        <v>75.23</v>
       </c>
       <c r="FV19" s="14" t="n">
-        <v>85.19</v>
+        <v>75.22</v>
       </c>
       <c r="FW19" s="14" t="n">
-        <v>85.26</v>
+        <v>75.22</v>
       </c>
       <c r="FX19" s="14" t="n">
-        <v>85.24</v>
+        <v>75.21</v>
       </c>
       <c r="FY19" s="14" t="n">
-        <v>85.16</v>
+        <v>75.28</v>
       </c>
       <c r="FZ19" s="14" t="n">
-        <v>85.14</v>
-[...211 lines deleted...]
-      <c r="IS19" s="15" t="n">
+        <v>75.26</v>
+      </c>
+      <c r="GA19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GB19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GC19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GD19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GE19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GF19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GG19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GH19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GI19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GJ19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GK19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GL19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GM19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GN19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GO19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GP19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GQ19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GR19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GS19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GT19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GU19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GV19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GW19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GX19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GY19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GZ19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HA19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HB19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HC19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HD19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HE19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HF19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HG19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HH19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HI19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HJ19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HK19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HL19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HM19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HN19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HO19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HP19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HQ19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HR19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HS19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HT19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HU19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HV19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HW19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HX19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HY19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HZ19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IA19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IB19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IC19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IH19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="II19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IJ19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IK19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IL19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IM19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IN19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IO19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IP19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IQ19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IR19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IS19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IT19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IU19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="IV19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="IW19" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="IT19" s="15" t="n">
+      <c r="IX19" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="IU19" s="15" t="n">
+      <c r="IY19" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="IV19" s="15" t="n">
-[...2 lines deleted...]
-      <c r="IW19" s="15" t="n">
+      <c r="IZ19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="JA19" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="IX19" s="15" t="n">
-[...10 lines deleted...]
-      </c>
       <c r="JB19" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="JC19" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="JD19" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="JE19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="JF19" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="JF19" s="15" t="n">
+      <c r="JG19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="JH19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="JI19" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="JJ19" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="JG19" s="15" t="n">
-[...10 lines deleted...]
-      </c>
       <c r="JK19" s="15" t="n">
-        <v>0.0</v>
+        <v>1.1</v>
       </c>
       <c r="JL19" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="JM19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="JN19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="JO19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="JP19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="JQ19" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="JN19" s="15" t="n">
-[...8 lines deleted...]
-      <c r="JQ19" s="15" t="n">
+      <c r="JR19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="JS19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="JT19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="JU19" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="JR19" s="15" t="n">
+      <c r="JV19" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="JS19" s="15" t="n">
+      <c r="JW19" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="JT19" s="15" t="n">
-[...10 lines deleted...]
-      </c>
       <c r="JX19" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="JY19" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="JZ19" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="KA19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="KB19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="KC19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="KD19" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="KE19" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="KB19" s="15" t="n">
+      <c r="KF19" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="KC19" s="15" t="n">
+      <c r="KG19" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="KD19" s="15" t="n">
+      <c r="KH19" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="KE19" s="15" t="n">
+      <c r="KI19" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="KF19" s="15" t="n">
-[...10 lines deleted...]
-      </c>
       <c r="KJ19" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="KK19" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="KL19" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="KM19" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="KN19" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="KO19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="KP19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="KQ19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="KR19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="KS19" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="KP19" s="15" t="n">
+      <c r="KT19" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="KQ19" s="15" t="n">
+      <c r="KU19" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="KR19" s="15" t="n">
-[...10 lines deleted...]
-      </c>
       <c r="KV19" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="KW19" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="KX19" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="KY19" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="KZ19" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="LA19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="LB19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="LC19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="LD19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="LE19" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="LB19" s="15" t="n">
+      <c r="LF19" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="LC19" s="15" t="n">
+      <c r="LG19" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="LD19" s="15" t="n">
-[...10 lines deleted...]
-      </c>
       <c r="LH19" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="LI19" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="LJ19" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="LK19" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="LL19" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="LM19" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="LN19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="LO19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="LP19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="LQ19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="LR19" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="LO19" s="15" t="n">
+      <c r="LS19" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="LP19" s="15" t="n">
-[...10 lines deleted...]
-      </c>
       <c r="LT19" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="LU19" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="LV19" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="LW19" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="LX19" s="15" t="n">
         <v>0.0</v>
       </c>
       <c r="LY19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="LZ19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="MA19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="MB19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="MC19" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="LZ19" s="15" t="n">
+      <c r="MD19" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="MA19" s="15" t="n">
+      <c r="ME19" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="MF19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="MG19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="MH19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="MI19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="MJ19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="MK19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="ML19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="MM19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="MN19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="MO19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="MP19" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="MQ19" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="MR19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="MS19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="MT19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="MU19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="MV19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="MW19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="MX19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="MY19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="MZ19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="NA19" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="NB19" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="NC19" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="ND19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="NE19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="NF19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="NG19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="NH19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="NI19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="NJ19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="NK19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="NL19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="NM19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="NN19" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="NO19" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="NP19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="NQ19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="NR19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="NS19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="NT19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="NU19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="NV19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="NW19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="NX19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="NY19" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="NZ19" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="OA19" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="MB19" s="15" t="n">
-[...32 lines deleted...]
-      <c r="MM19" s="15" t="n">
+      <c r="OB19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="OC19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="OD19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="OE19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="OF19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="OG19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="OH19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="OI19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="OJ19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="OK19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="OL19" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="OM19" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="ON19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="OO19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="OP19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="OQ19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="OR19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="OS19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="OT19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="OU19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="OV19" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="MN19" s="15" t="n">
-[...26 lines deleted...]
-      <c r="MW19" s="15" t="n">
+      <c r="OW19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="OX19" s="15" t="n">
+        <v>9.2</v>
+      </c>
+      <c r="OY19" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="OZ19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="PA19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="PB19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="PC19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="PD19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="PE19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="PF19" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="PG19" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="MX19" s="15" t="n">
-[...420 lines deleted...]
-        <v>0.0</v>
+      <c r="PH19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PI19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PJ19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PK19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PL19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PM19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PN19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PO19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PP19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PQ19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PR19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PS19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PT19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PU19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PV19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PW19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PX19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PY19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PZ19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QA19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QB19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QC19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QD19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QE19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QF19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QG19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QH19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QI19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QJ19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QK19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QL19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QM19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QN19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QO19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QP19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QQ19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QR19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QS19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QT19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QU19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QV19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QW19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QX19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QY19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QZ19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RA19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RB19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RC19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RD19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RE19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RF19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RG19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RH19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RI19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RJ19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RK19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RL19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RM19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RN19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RO19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RP19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RQ19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RR19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RS19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RT19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RU19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RV19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RW19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RX19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RY19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RZ19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SA19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SB19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SC19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SD19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SE19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SF19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SG19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SH19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
       </c>
       <c r="SI19" s="13" t="inlineStr">
         <is>
-          <t>..</t>
-[...2 lines deleted...]
-      <c r="SJ19" s="15" t="n">
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SJ19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SK19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SL19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SM19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SN19" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="SK19" s="15" t="n">
-[...5 lines deleted...]
-      <c r="SM19" s="15" t="n">
+      <c r="SO19" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="SN19" s="15" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="SP19" s="15" t="n">
-        <v>2.5</v>
+        <v>2.6</v>
       </c>
       <c r="SQ19" s="15" t="n">
         <v>2.5</v>
       </c>
       <c r="SR19" s="15" t="n">
-        <v>2.5</v>
+        <v>2.8</v>
       </c>
       <c r="SS19" s="15" t="n">
         <v>2.5</v>
       </c>
       <c r="ST19" s="15" t="n">
         <v>2.5</v>
       </c>
       <c r="SU19" s="15" t="n">
         <v>2.5</v>
       </c>
       <c r="SV19" s="15" t="n">
         <v>2.5</v>
       </c>
       <c r="SW19" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="SX19" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="SY19" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="SZ19" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="TA19" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="TB19" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="TC19" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="SX19" s="15" t="n">
+      <c r="TD19" s="15" t="n">
         <v>2.7</v>
-      </c>
-[...16 lines deleted...]
-        <v>2.8</v>
       </c>
       <c r="TE19" s="15" t="n">
         <v>2.8</v>
       </c>
       <c r="TF19" s="15" t="n">
         <v>2.8</v>
       </c>
       <c r="TG19" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="TH19" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="TI19" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="TJ19" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="TK19" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="TL19" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="TM19" s="15" t="n">
         <v>3.0</v>
       </c>
-      <c r="TH19" s="15" t="n">
+      <c r="TN19" s="15" t="n">
         <v>2.8</v>
       </c>
-      <c r="TI19" s="15" t="n">
+      <c r="TO19" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="TJ19" s="15" t="n">
+      <c r="TP19" s="15" t="n">
         <v>2.3</v>
-      </c>
-[...16 lines deleted...]
-        <v>1.6</v>
       </c>
       <c r="TQ19" s="15" t="n">
         <v>1.6</v>
       </c>
       <c r="TR19" s="15" t="n">
         <v>1.6</v>
       </c>
       <c r="TS19" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="TT19" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="TU19" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="TV19" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="TW19" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="TX19" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="TY19" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="TT19" s="15" t="n">
+      <c r="TZ19" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="TU19" s="15" t="n">
+      <c r="UA19" s="15" t="n">
         <v>1.5</v>
-      </c>
-[...16 lines deleted...]
-        <v>1.2</v>
       </c>
       <c r="UB19" s="15" t="n">
         <v>1.2</v>
       </c>
       <c r="UC19" s="15" t="n">
         <v>1.2</v>
       </c>
       <c r="UD19" s="15" t="n">
         <v>1.2</v>
       </c>
       <c r="UE19" s="15" t="n">
         <v>1.2</v>
       </c>
       <c r="UF19" s="15" t="n">
         <v>1.2</v>
       </c>
       <c r="UG19" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="UH19" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="UI19" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="UJ19" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="UK19" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="UL19" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="UM19" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="UH19" s="15" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="UN19" s="15" t="n">
-        <v>-0.2</v>
+        <v>0.0</v>
       </c>
       <c r="UO19" s="15" t="n">
         <v>-0.2</v>
       </c>
       <c r="UP19" s="15" t="n">
-        <v>-0.3</v>
+        <v>-0.2</v>
       </c>
       <c r="UQ19" s="15" t="n">
         <v>-0.2</v>
       </c>
       <c r="UR19" s="15" t="n">
         <v>-0.2</v>
       </c>
       <c r="US19" s="15" t="n">
         <v>-0.2</v>
       </c>
       <c r="UT19" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="UU19" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="UV19" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="UW19" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="UX19" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="UY19" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="UZ19" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="UU19" s="15" t="n">
+      <c r="VA19" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="UV19" s="15" t="n">
+      <c r="VB19" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="UW19" s="15" t="n">
+      <c r="VC19" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="UX19" s="15" t="n">
+      <c r="VD19" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="VE19" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="UY19" s="15" t="n">
+      <c r="VF19" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="UZ19" s="15" t="n">
+      <c r="VG19" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="VH19" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="VA19" s="15" t="n">
+      <c r="VI19" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="VB19" s="15" t="n">
+      <c r="VJ19" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="VC19" s="15" t="n">
-[...5 lines deleted...]
-      <c r="VE19" s="15" t="n">
+      <c r="VK19" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="VF19" s="15" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="VL19" s="15" t="n">
-        <v>1.0</v>
+        <v>0.8</v>
       </c>
       <c r="VM19" s="15" t="n">
         <v>1.0</v>
       </c>
       <c r="VN19" s="15" t="n">
         <v>1.0</v>
       </c>
       <c r="VO19" s="15" t="n">
         <v>1.0</v>
       </c>
       <c r="VP19" s="15" t="n">
         <v>1.0</v>
       </c>
       <c r="VQ19" s="15" t="n">
-        <v>0.7</v>
+        <v>1.0</v>
       </c>
       <c r="VR19" s="15" t="n">
         <v>1.0</v>
       </c>
       <c r="VS19" s="15" t="n">
-        <v>0.7</v>
+        <v>1.0</v>
       </c>
       <c r="VT19" s="15" t="n">
-        <v>0.7</v>
+        <v>1.0</v>
       </c>
       <c r="VU19" s="15" t="n">
-        <v>0.7</v>
+        <v>1.0</v>
       </c>
       <c r="VV19" s="15" t="n">
-        <v>0.7</v>
+        <v>1.0</v>
       </c>
       <c r="VW19" s="15" t="n">
         <v>0.7</v>
       </c>
       <c r="VX19" s="15" t="n">
-        <v>0.7</v>
+        <v>1.0</v>
       </c>
       <c r="VY19" s="15" t="n">
         <v>0.7</v>
       </c>
       <c r="VZ19" s="15" t="n">
         <v>0.7</v>
       </c>
       <c r="WA19" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="WB19" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="WC19" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="WD19" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="WE19" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="WF19" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="WG19" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="WH19" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="WI19" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="WB19" s="15" t="n">
+      <c r="WJ19" s="15" t="n">
         <v>0.8</v>
-      </c>
-[...22 lines deleted...]
-        <v>1.0</v>
       </c>
       <c r="WK19" s="15" t="n">
         <v>1.0</v>
       </c>
       <c r="WL19" s="15" t="n">
         <v>1.0</v>
       </c>
       <c r="WM19" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="WN19" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="WO19" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="WP19" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="WQ19" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="WR19" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="WS19" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="WN19" s="15" t="n">
+      <c r="WT19" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="WO19" s="15" t="n">
+      <c r="WU19" s="15" t="n">
         <v>0.9</v>
-      </c>
-[...16 lines deleted...]
-        <v>0.5</v>
       </c>
       <c r="WV19" s="15" t="n">
         <v>0.5</v>
       </c>
       <c r="WW19" s="15" t="n">
         <v>0.5</v>
       </c>
       <c r="WX19" s="15" t="n">
         <v>0.5</v>
       </c>
       <c r="WY19" s="15" t="n">
         <v>0.5</v>
       </c>
       <c r="WZ19" s="15" t="n">
         <v>0.5</v>
       </c>
       <c r="XA19" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="XB19" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="XC19" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="XD19" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="XE19" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="XF19" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="XG19" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="XB19" s="15" t="n">
-[...2 lines deleted...]
-      <c r="XC19" s="15" t="n">
+      <c r="XH19" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="XD19" s="15" t="n">
+      <c r="XI19" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="XE19" s="15" t="n">
+      <c r="XJ19" s="15" t="n">
         <v>1.2</v>
-      </c>
-[...13 lines deleted...]
-        <v>1.3</v>
       </c>
       <c r="XK19" s="15" t="n">
         <v>1.2</v>
       </c>
       <c r="XL19" s="15" t="n">
         <v>1.3</v>
       </c>
       <c r="XM19" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="XN19" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="XO19" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="XP19" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="XQ19" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="XR19" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="XS19" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="XN19" s="15" t="n">
+      <c r="XT19" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="XO19" s="15" t="n">
+      <c r="XU19" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="XP19" s="15" t="n">
+      <c r="XV19" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="XQ19" s="15" t="n">
+      <c r="XW19" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="XX19" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="XR19" s="15" t="n">
+      <c r="XY19" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="XS19" s="15" t="n">
+      <c r="XZ19" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="XT19" s="15" t="n">
+      <c r="YA19" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="XU19" s="15" t="n">
+      <c r="YB19" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="XV19" s="15" t="n">
+      <c r="YC19" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="XW19" s="15" t="n">
-[...2 lines deleted...]
-      <c r="XX19" s="15" t="n">
+      <c r="YD19" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="XY19" s="15" t="n">
+      <c r="YE19" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="XZ19" s="15" t="n">
+      <c r="YF19" s="15" t="n">
         <v>9.8</v>
-      </c>
-[...16 lines deleted...]
-        <v>10.4</v>
       </c>
       <c r="YG19" s="15" t="n">
         <v>10.4</v>
       </c>
       <c r="YH19" s="15" t="n">
-        <v>10.5</v>
+        <v>10.4</v>
       </c>
       <c r="YI19" s="15" t="n">
-        <v>10.5</v>
+        <v>10.4</v>
       </c>
       <c r="YJ19" s="15" t="n">
         <v>10.4</v>
       </c>
       <c r="YK19" s="15" t="n">
         <v>10.4</v>
       </c>
       <c r="YL19" s="15" t="n">
+        <v>10.4</v>
+      </c>
+      <c r="YM19" s="15" t="n">
+        <v>10.4</v>
+      </c>
+      <c r="YN19" s="15" t="n">
+        <v>10.4</v>
+      </c>
+      <c r="YO19" s="15" t="n">
+        <v>10.5</v>
+      </c>
+      <c r="YP19" s="15" t="n">
+        <v>10.4</v>
+      </c>
+      <c r="YQ19" s="15" t="n">
+        <v>10.4</v>
+      </c>
+      <c r="YR19" s="15" t="n">
         <v>3.1</v>
-      </c>
-[...16 lines deleted...]
-        <v>2.9</v>
       </c>
       <c r="YS19" s="15" t="n">
         <v>2.8</v>
       </c>
       <c r="YT19" s="15" t="n">
         <v>2.8</v>
       </c>
       <c r="YU19" s="15" t="n">
-        <v>2.8</v>
+        <v>2.9</v>
       </c>
       <c r="YV19" s="15" t="n">
-        <v>2.8</v>
+        <v>2.9</v>
       </c>
       <c r="YW19" s="15" t="n">
         <v>2.9</v>
       </c>
       <c r="YX19" s="15" t="n">
-        <v>2.3</v>
+        <v>2.9</v>
       </c>
       <c r="YY19" s="15" t="n">
-        <v>2.3</v>
+        <v>2.8</v>
       </c>
       <c r="YZ19" s="15" t="n">
-        <v>2.3</v>
-[...197 lines deleted...]
-        <v>3.8</v>
+        <v>2.8</v>
+      </c>
+      <c r="ZA19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZB19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZC19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZD19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZE19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZF19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZG19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZH19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZI19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZJ19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZK19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZL19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZM19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZN19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZO19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZP19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZQ19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZR19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZS19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZT19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZU19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZV19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZW19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZX19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZY19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZZ19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAA19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAB19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAC19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAD19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAE19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAF19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAG19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAH19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAI19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAJ19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAK19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAL19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAM19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAN19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAO19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAP19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAQ19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAR19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAS19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAT19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAU19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAV19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAW19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAX19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAY19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAZ19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABA19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABB19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABC19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABD19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABE19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABF19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABG19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABH19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABI19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABJ19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABK19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABL19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABM19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABN19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
       </c>
       <c r="ABO19" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABP19" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABQ19" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABR19" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABS19" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABT19" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABU19" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABV19" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABW19" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABX19" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABY19" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABZ19" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACA19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACB19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACC19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACD19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACE19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACF19" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    11 Restaurantes y hoteles</t>
+          <t xml:space="preserve">    11 Restaurantes y servicios de alojamiento</t>
         </is>
       </c>
       <c r="B20" s="14" t="n">
-        <v>138.09</v>
+        <v>100.62</v>
       </c>
       <c r="C20" s="14" t="n">
-        <v>139.24</v>
+        <v>100.8</v>
       </c>
       <c r="D20" s="14" t="n">
-        <v>139.69</v>
+        <v>100.71</v>
       </c>
       <c r="E20" s="14" t="n">
-        <v>139.47</v>
+        <v>101.55</v>
       </c>
       <c r="F20" s="14" t="n">
-        <v>138.99</v>
+        <v>101.88</v>
       </c>
       <c r="G20" s="14" t="n">
-        <v>138.32</v>
+        <v>101.72</v>
       </c>
       <c r="H20" s="14" t="n">
-        <v>137.43</v>
+        <v>101.36</v>
       </c>
       <c r="I20" s="14" t="n">
-        <v>136.63</v>
+        <v>100.88</v>
       </c>
       <c r="J20" s="14" t="n">
-        <v>134.47</v>
+        <v>100.23</v>
       </c>
       <c r="K20" s="14" t="n">
-        <v>132.99</v>
+        <v>99.65</v>
       </c>
       <c r="L20" s="14" t="n">
-        <v>131.88</v>
+        <v>98.07</v>
       </c>
       <c r="M20" s="14" t="n">
-        <v>132.06</v>
+        <v>96.99</v>
       </c>
       <c r="N20" s="14" t="n">
-        <v>132.07</v>
+        <v>96.18</v>
       </c>
       <c r="O20" s="14" t="n">
-        <v>133.22</v>
+        <v>96.31</v>
       </c>
       <c r="P20" s="14" t="n">
-        <v>133.78</v>
+        <v>96.32</v>
       </c>
       <c r="Q20" s="14" t="n">
-        <v>133.6</v>
+        <v>97.16</v>
       </c>
       <c r="R20" s="14" t="n">
-        <v>133.29</v>
+        <v>97.56</v>
       </c>
       <c r="S20" s="14" t="n">
-        <v>132.74</v>
+        <v>97.43</v>
       </c>
       <c r="T20" s="14" t="n">
-        <v>131.62</v>
+        <v>97.21</v>
       </c>
       <c r="U20" s="14" t="n">
-        <v>130.43</v>
+        <v>96.81</v>
       </c>
       <c r="V20" s="14" t="n">
-        <v>129.11</v>
+        <v>95.99</v>
       </c>
       <c r="W20" s="14" t="n">
-        <v>127.78</v>
+        <v>95.12</v>
       </c>
       <c r="X20" s="14" t="n">
-        <v>126.37</v>
+        <v>94.16</v>
       </c>
       <c r="Y20" s="14" t="n">
-        <v>126.81</v>
+        <v>93.18</v>
       </c>
       <c r="Z20" s="14" t="n">
-        <v>126.63</v>
+        <v>92.16</v>
       </c>
       <c r="AA20" s="14" t="n">
-        <v>127.66</v>
+        <v>92.48</v>
       </c>
       <c r="AB20" s="14" t="n">
-        <v>127.53</v>
+        <v>92.35</v>
       </c>
       <c r="AC20" s="14" t="n">
-        <v>127.57</v>
+        <v>93.1</v>
       </c>
       <c r="AD20" s="14" t="n">
-        <v>127.22</v>
+        <v>93.01</v>
       </c>
       <c r="AE20" s="14" t="n">
-        <v>126.25</v>
+        <v>93.03</v>
       </c>
       <c r="AF20" s="14" t="n">
-        <v>124.92</v>
+        <v>92.78</v>
       </c>
       <c r="AG20" s="14" t="n">
-        <v>124.53</v>
+        <v>92.07</v>
       </c>
       <c r="AH20" s="14" t="n">
-        <v>122.21</v>
+        <v>91.1</v>
       </c>
       <c r="AI20" s="14" t="n">
-        <v>121.02</v>
+        <v>90.82</v>
       </c>
       <c r="AJ20" s="14" t="n">
-        <v>119.8</v>
+        <v>89.13</v>
       </c>
       <c r="AK20" s="14" t="n">
-        <v>120.1</v>
+        <v>88.26</v>
       </c>
       <c r="AL20" s="14" t="n">
-        <v>119.09</v>
+        <v>87.37</v>
       </c>
       <c r="AM20" s="14" t="n">
-        <v>120.46</v>
+        <v>87.59</v>
       </c>
       <c r="AN20" s="14" t="n">
-        <v>120.71</v>
+        <v>86.85</v>
       </c>
       <c r="AO20" s="14" t="n">
-        <v>120.98</v>
+        <v>87.85</v>
       </c>
       <c r="AP20" s="14" t="n">
-        <v>120.4</v>
+        <v>88.03</v>
       </c>
       <c r="AQ20" s="14" t="n">
-        <v>119.12</v>
+        <v>88.23</v>
       </c>
       <c r="AR20" s="14" t="n">
-        <v>116.91</v>
+        <v>87.8</v>
       </c>
       <c r="AS20" s="14" t="n">
-        <v>116.08</v>
+        <v>86.87</v>
       </c>
       <c r="AT20" s="14" t="n">
-        <v>113.1</v>
+        <v>85.26</v>
       </c>
       <c r="AU20" s="14" t="n">
-        <v>111.52</v>
+        <v>84.66</v>
       </c>
       <c r="AV20" s="14" t="n">
-        <v>110.57</v>
+        <v>82.48</v>
       </c>
       <c r="AW20" s="14" t="n">
-        <v>111.21</v>
+        <v>81.33</v>
       </c>
       <c r="AX20" s="14" t="n">
-        <v>110.5</v>
+        <v>80.64</v>
       </c>
       <c r="AY20" s="14" t="n">
-        <v>110.69</v>
+        <v>81.1</v>
       </c>
       <c r="AZ20" s="14" t="n">
-        <v>110.66</v>
+        <v>80.59</v>
       </c>
       <c r="BA20" s="14" t="n">
-        <v>111.14</v>
+        <v>80.72</v>
       </c>
       <c r="BB20" s="14" t="n">
-        <v>110.29</v>
+        <v>80.7</v>
       </c>
       <c r="BC20" s="14" t="n">
-        <v>109.26</v>
+        <v>81.05</v>
       </c>
       <c r="BD20" s="14" t="n">
-        <v>108.36</v>
+        <v>80.43</v>
       </c>
       <c r="BE20" s="14" t="n">
-        <v>107.94</v>
+        <v>79.68</v>
       </c>
       <c r="BF20" s="14" t="n">
-        <v>107.47</v>
+        <v>79.03</v>
       </c>
       <c r="BG20" s="14" t="n">
-        <v>107.21</v>
+        <v>78.72</v>
       </c>
       <c r="BH20" s="14" t="n">
-        <v>107.05</v>
+        <v>78.37</v>
       </c>
       <c r="BI20" s="14" t="n">
-        <v>106.93</v>
+        <v>78.19</v>
       </c>
       <c r="BJ20" s="14" t="n">
-        <v>107.04</v>
+        <v>78.07</v>
       </c>
       <c r="BK20" s="14" t="n">
-        <v>107.94</v>
+        <v>77.98</v>
       </c>
       <c r="BL20" s="14" t="n">
-        <v>108.69</v>
+        <v>78.06</v>
       </c>
       <c r="BM20" s="14" t="n">
-        <v>109.28</v>
+        <v>78.72</v>
       </c>
       <c r="BN20" s="14" t="n">
-        <v>108.82</v>
+        <v>79.27</v>
       </c>
       <c r="BO20" s="14" t="n">
-        <v>110.87</v>
+        <v>79.7</v>
       </c>
       <c r="BP20" s="14" t="n">
-        <v>110.34</v>
+        <v>79.36</v>
       </c>
       <c r="BQ20" s="14" t="n">
-        <v>109.68</v>
+        <v>80.86</v>
       </c>
       <c r="BR20" s="14" t="n">
-        <v>108.42</v>
+        <v>80.47</v>
       </c>
       <c r="BS20" s="14" t="n">
-        <v>108.0</v>
+        <v>79.99</v>
       </c>
       <c r="BT20" s="14" t="n">
-        <v>106.85</v>
+        <v>79.07</v>
       </c>
       <c r="BU20" s="14" t="n">
-        <v>107.37</v>
+        <v>78.77</v>
       </c>
       <c r="BV20" s="14" t="n">
-        <v>107.59</v>
+        <v>77.92</v>
       </c>
       <c r="BW20" s="14" t="n">
-        <v>108.53</v>
+        <v>78.3</v>
       </c>
       <c r="BX20" s="14" t="n">
-        <v>109.33</v>
+        <v>78.47</v>
       </c>
       <c r="BY20" s="14" t="n">
-        <v>109.47</v>
+        <v>79.15</v>
       </c>
       <c r="BZ20" s="14" t="n">
-        <v>109.38</v>
+        <v>79.73</v>
       </c>
       <c r="CA20" s="14" t="n">
-        <v>108.76</v>
+        <v>79.83</v>
       </c>
       <c r="CB20" s="14" t="n">
-        <v>108.27</v>
+        <v>79.77</v>
       </c>
       <c r="CC20" s="14" t="n">
-        <v>107.67</v>
+        <v>79.32</v>
       </c>
       <c r="CD20" s="14" t="n">
-        <v>106.32</v>
+        <v>78.96</v>
       </c>
       <c r="CE20" s="14" t="n">
-        <v>105.57</v>
+        <v>78.52</v>
       </c>
       <c r="CF20" s="14" t="n">
-        <v>104.78</v>
+        <v>77.54</v>
       </c>
       <c r="CG20" s="14" t="n">
-        <v>105.23</v>
+        <v>76.99</v>
       </c>
       <c r="CH20" s="14" t="n">
-        <v>105.36</v>
+        <v>76.42</v>
       </c>
       <c r="CI20" s="14" t="n">
-        <v>106.44</v>
+        <v>76.74</v>
       </c>
       <c r="CJ20" s="14" t="n">
-        <v>107.15</v>
+        <v>76.84</v>
       </c>
       <c r="CK20" s="14" t="n">
-        <v>107.39</v>
+        <v>77.63</v>
       </c>
       <c r="CL20" s="14" t="n">
-        <v>107.1</v>
+        <v>78.15</v>
       </c>
       <c r="CM20" s="14" t="n">
-        <v>106.2</v>
+        <v>78.31</v>
       </c>
       <c r="CN20" s="14" t="n">
-        <v>105.74</v>
+        <v>78.1</v>
       </c>
       <c r="CO20" s="14" t="n">
-        <v>105.07</v>
+        <v>77.45</v>
       </c>
       <c r="CP20" s="14" t="n">
-        <v>104.55</v>
+        <v>77.11</v>
       </c>
       <c r="CQ20" s="14" t="n">
-        <v>103.67</v>
+        <v>76.62</v>
       </c>
       <c r="CR20" s="14" t="n">
-        <v>102.94</v>
+        <v>76.25</v>
       </c>
       <c r="CS20" s="14" t="n">
-        <v>103.31</v>
+        <v>75.61</v>
       </c>
       <c r="CT20" s="14" t="n">
-        <v>103.07</v>
+        <v>75.07</v>
       </c>
       <c r="CU20" s="14" t="n">
-        <v>104.33</v>
+        <v>75.34</v>
       </c>
       <c r="CV20" s="14" t="n">
-        <v>104.98</v>
+        <v>75.17</v>
       </c>
       <c r="CW20" s="14" t="n">
-        <v>105.47</v>
+        <v>76.08</v>
       </c>
       <c r="CX20" s="14" t="n">
-        <v>104.87</v>
+        <v>76.56</v>
       </c>
       <c r="CY20" s="14" t="n">
-        <v>104.47</v>
+        <v>76.92</v>
       </c>
       <c r="CZ20" s="14" t="n">
-        <v>103.58</v>
+        <v>76.48</v>
       </c>
       <c r="DA20" s="14" t="n">
-        <v>103.6</v>
+        <v>76.19</v>
       </c>
       <c r="DB20" s="14" t="n">
-        <v>102.02</v>
+        <v>75.54</v>
       </c>
       <c r="DC20" s="14" t="n">
-        <v>101.44</v>
+        <v>75.55</v>
       </c>
       <c r="DD20" s="14" t="n">
-        <v>100.81</v>
+        <v>74.4</v>
       </c>
       <c r="DE20" s="14" t="n">
-        <v>101.27</v>
+        <v>73.98</v>
       </c>
       <c r="DF20" s="14" t="n">
-        <v>101.15</v>
+        <v>73.52</v>
       </c>
       <c r="DG20" s="14" t="n">
-        <v>101.57</v>
+        <v>73.86</v>
       </c>
       <c r="DH20" s="14" t="n">
-        <v>101.79</v>
+        <v>73.77</v>
       </c>
       <c r="DI20" s="14" t="n">
-        <v>102.0</v>
+        <v>74.07</v>
       </c>
       <c r="DJ20" s="14" t="n">
-        <v>101.72</v>
+        <v>74.24</v>
       </c>
       <c r="DK20" s="14" t="n">
-        <v>101.34</v>
+        <v>74.39</v>
       </c>
       <c r="DL20" s="14" t="n">
-        <v>101.13</v>
+        <v>74.18</v>
       </c>
       <c r="DM20" s="14" t="n">
-        <v>100.93</v>
+        <v>73.91</v>
       </c>
       <c r="DN20" s="14" t="n">
-        <v>100.74</v>
+        <v>73.76</v>
       </c>
       <c r="DO20" s="14" t="n">
-        <v>100.22</v>
+        <v>73.61</v>
       </c>
       <c r="DP20" s="14" t="n">
-        <v>99.86</v>
+        <v>73.47</v>
       </c>
       <c r="DQ20" s="14" t="n">
-        <v>99.87</v>
+        <v>73.09</v>
       </c>
       <c r="DR20" s="14" t="n">
-        <v>99.85</v>
+        <v>72.82</v>
       </c>
       <c r="DS20" s="14" t="n">
-        <v>100.33</v>
+        <v>72.83</v>
       </c>
       <c r="DT20" s="14" t="n">
-        <v>100.6</v>
+        <v>72.82</v>
       </c>
       <c r="DU20" s="14" t="n">
-        <v>101.59</v>
+        <v>73.17</v>
       </c>
       <c r="DV20" s="14" t="n">
-        <v>100.87</v>
+        <v>73.36</v>
       </c>
       <c r="DW20" s="14" t="n">
-        <v>100.36</v>
+        <v>74.09</v>
       </c>
       <c r="DX20" s="14" t="n">
-        <v>100.0</v>
+        <v>73.56</v>
       </c>
       <c r="DY20" s="14" t="n">
-        <v>99.82</v>
+        <v>73.19</v>
       </c>
       <c r="DZ20" s="14" t="n">
-        <v>99.2</v>
+        <v>72.93</v>
       </c>
       <c r="EA20" s="14" t="n">
-        <v>98.87</v>
+        <v>72.8</v>
       </c>
       <c r="EB20" s="14" t="n">
-        <v>98.65</v>
+        <v>72.35</v>
       </c>
       <c r="EC20" s="14" t="n">
-        <v>98.95</v>
+        <v>72.1</v>
       </c>
       <c r="ED20" s="14" t="n">
-        <v>98.93</v>
+        <v>71.94</v>
       </c>
       <c r="EE20" s="14" t="n">
-        <v>99.3</v>
+        <v>72.16</v>
       </c>
       <c r="EF20" s="14" t="n">
-        <v>99.44</v>
+        <v>72.15</v>
       </c>
       <c r="EG20" s="14" t="n">
-        <v>99.39</v>
+        <v>72.42</v>
       </c>
       <c r="EH20" s="14" t="n">
-        <v>99.24</v>
+        <v>72.52</v>
       </c>
       <c r="EI20" s="14" t="n">
-        <v>99.08</v>
+        <v>72.48</v>
       </c>
       <c r="EJ20" s="14" t="n">
-        <v>99.07</v>
+        <v>72.38</v>
       </c>
       <c r="EK20" s="14" t="n">
-        <v>99.13</v>
+        <v>72.26</v>
       </c>
       <c r="EL20" s="14" t="n">
-        <v>98.67</v>
+        <v>72.25</v>
       </c>
       <c r="EM20" s="14" t="n">
-        <v>98.44</v>
+        <v>72.3</v>
       </c>
       <c r="EN20" s="14" t="n">
-        <v>98.24</v>
+        <v>71.96</v>
       </c>
       <c r="EO20" s="14" t="n">
-        <v>98.36</v>
+        <v>71.79</v>
       </c>
       <c r="EP20" s="14" t="n">
-        <v>98.42</v>
+        <v>71.65</v>
       </c>
       <c r="EQ20" s="14" t="n">
-        <v>98.74</v>
+        <v>71.73</v>
       </c>
       <c r="ER20" s="14" t="n">
-        <v>98.79</v>
+        <v>71.77</v>
       </c>
       <c r="ES20" s="14" t="n">
-        <v>98.83</v>
+        <v>72.01</v>
       </c>
       <c r="ET20" s="14" t="n">
-        <v>98.82</v>
+        <v>72.05</v>
       </c>
       <c r="EU20" s="14" t="n">
-        <v>98.7</v>
+        <v>72.07</v>
       </c>
       <c r="EV20" s="14" t="n">
-        <v>98.65</v>
+        <v>72.07</v>
       </c>
       <c r="EW20" s="14" t="n">
-        <v>98.52</v>
+        <v>71.98</v>
       </c>
       <c r="EX20" s="14" t="n">
-        <v>98.34</v>
+        <v>71.94</v>
       </c>
       <c r="EY20" s="14" t="n">
-        <v>98.15</v>
+        <v>71.85</v>
       </c>
       <c r="EZ20" s="14" t="n">
-        <v>98.06</v>
+        <v>71.72</v>
       </c>
       <c r="FA20" s="14" t="n">
-        <v>98.16</v>
+        <v>71.58</v>
       </c>
       <c r="FB20" s="14" t="n">
-        <v>98.25</v>
+        <v>71.51</v>
       </c>
       <c r="FC20" s="14" t="n">
-        <v>98.53</v>
+        <v>71.59</v>
       </c>
       <c r="FD20" s="14" t="n">
-        <v>98.47</v>
+        <v>71.65</v>
       </c>
       <c r="FE20" s="14" t="n">
-        <v>100.02</v>
+        <v>71.86</v>
       </c>
       <c r="FF20" s="14" t="n">
-        <v>99.94</v>
+        <v>71.81</v>
       </c>
       <c r="FG20" s="14" t="n">
-        <v>99.82</v>
+        <v>72.95</v>
       </c>
       <c r="FH20" s="14" t="n">
-        <v>99.82</v>
+        <v>72.89</v>
       </c>
       <c r="FI20" s="14" t="n">
-        <v>99.84</v>
+        <v>72.8</v>
       </c>
       <c r="FJ20" s="14" t="n">
-        <v>99.43</v>
+        <v>72.79</v>
       </c>
       <c r="FK20" s="14" t="n">
-        <v>99.26</v>
+        <v>72.82</v>
       </c>
       <c r="FL20" s="14" t="n">
-        <v>99.1</v>
+        <v>72.51</v>
       </c>
       <c r="FM20" s="14" t="n">
-        <v>99.13</v>
+        <v>72.39</v>
       </c>
       <c r="FN20" s="14" t="n">
-        <v>99.09</v>
+        <v>72.27</v>
       </c>
       <c r="FO20" s="14" t="n">
-        <v>99.28</v>
+        <v>72.29</v>
       </c>
       <c r="FP20" s="14" t="n">
-        <v>99.36</v>
+        <v>72.26</v>
       </c>
       <c r="FQ20" s="14" t="n">
-        <v>99.39</v>
+        <v>72.4</v>
       </c>
       <c r="FR20" s="14" t="n">
-        <v>99.2</v>
+        <v>72.46</v>
       </c>
       <c r="FS20" s="14" t="n">
-        <v>98.98</v>
+        <v>72.48</v>
       </c>
       <c r="FT20" s="14" t="n">
-        <v>98.91</v>
+        <v>72.35</v>
       </c>
       <c r="FU20" s="14" t="n">
-        <v>98.87</v>
+        <v>72.18</v>
       </c>
       <c r="FV20" s="14" t="n">
-        <v>98.56</v>
+        <v>72.13</v>
       </c>
       <c r="FW20" s="14" t="n">
-        <v>98.35</v>
+        <v>72.1</v>
       </c>
       <c r="FX20" s="14" t="n">
-        <v>98.12</v>
+        <v>71.88</v>
       </c>
       <c r="FY20" s="14" t="n">
-        <v>97.97</v>
+        <v>71.72</v>
       </c>
       <c r="FZ20" s="14" t="n">
-        <v>97.9</v>
-[...211 lines deleted...]
-      <c r="IS20" s="15" t="n">
+        <v>71.56</v>
+      </c>
+      <c r="GA20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GB20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GC20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GD20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GE20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GF20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GG20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GH20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GI20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GJ20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GK20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GL20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GM20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GN20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GO20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GP20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GQ20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GR20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GS20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GT20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GU20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GV20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GW20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GX20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GY20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GZ20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HA20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HB20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HC20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HD20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HE20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HF20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HG20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HH20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HI20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HJ20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HK20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HL20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HM20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HN20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HO20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HP20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HQ20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HR20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HS20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HT20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HU20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HV20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HW20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HX20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HY20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HZ20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IA20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IB20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IC20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IH20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="II20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IJ20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IK20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IL20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IM20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IN20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IO20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IP20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IQ20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IR20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IS20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IT20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IU20" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="IV20" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="IW20" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="IT20" s="15" t="n">
+      <c r="IX20" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="IU20" s="15" t="n">
+      <c r="IY20" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="IV20" s="15" t="n">
+      <c r="IZ20" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="JA20" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="JB20" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="JC20" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="JD20" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="JE20" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="JF20" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="JG20" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="JH20" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="JI20" s="15" t="n">
+        <v>-0.9</v>
+      </c>
+      <c r="JJ20" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="JK20" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="JL20" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="JM20" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="JN20" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="JO20" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="JP20" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="JQ20" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="JR20" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="JS20" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="JT20" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="JU20" s="15" t="n">
+        <v>-0.8</v>
+      </c>
+      <c r="JV20" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="JW20" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="JX20" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="IW20" s="15" t="n">
+      <c r="JY20" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="JZ20" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="KA20" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="KB20" s="15" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="KC20" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="KD20" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="KE20" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="KF20" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="KG20" s="15" t="n">
+        <v>-1.1</v>
+      </c>
+      <c r="KH20" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="KI20" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="KJ20" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="IX20" s="15" t="n">
+      <c r="KK20" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="KL20" s="15" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="KM20" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="KN20" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="KO20" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="KP20" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="KQ20" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="KR20" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="IY20" s="15" t="n">
+      <c r="KS20" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="KT20" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="KU20" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="KV20" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="KW20" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="KX20" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="KY20" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="KZ20" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="LA20" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="LB20" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="LC20" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="LD20" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="LE20" s="15" t="n">
+        <v>-0.8</v>
+      </c>
+      <c r="LF20" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="LG20" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="LH20" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="LI20" s="15" t="n">
+        <v>-1.9</v>
+      </c>
+      <c r="LJ20" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="LK20" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="IZ20" s="15" t="n">
-[...2 lines deleted...]
-      <c r="JA20" s="15" t="n">
+      <c r="LL20" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="LM20" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="LN20" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="JB20" s="15" t="n">
-[...2 lines deleted...]
-      <c r="JC20" s="15" t="n">
+      <c r="LO20" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="LP20" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="LQ20" s="15" t="n">
+        <v>-0.9</v>
+      </c>
+      <c r="LR20" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="LS20" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="JD20" s="15" t="n">
-[...5 lines deleted...]
-      <c r="JF20" s="15" t="n">
+      <c r="LT20" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="LU20" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="LV20" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="LW20" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="LX20" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="LY20" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="LZ20" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="MA20" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="JG20" s="15" t="n">
-[...38 lines deleted...]
-      <c r="JT20" s="15" t="n">
+      <c r="MB20" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="MC20" s="15" t="n">
+        <v>-1.0</v>
+      </c>
+      <c r="MD20" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="ME20" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="MF20" s="15" t="n">
         <v>0.3</v>
-      </c>
-[...190 lines deleted...]
-        <v>0.5</v>
       </c>
       <c r="MG20" s="15" t="n">
         <v>0.8</v>
       </c>
       <c r="MH20" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="MI20" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="MJ20" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="MK20" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="ML20" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="MI20" s="15" t="n">
+      <c r="MM20" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="MJ20" s="15" t="n">
+      <c r="MN20" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="MK20" s="15" t="n">
+      <c r="MO20" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="ML20" s="15" t="n">
+      <c r="MP20" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="MM20" s="15" t="n">
+      <c r="MQ20" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="MN20" s="15" t="n">
+      <c r="MR20" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="MO20" s="15" t="n">
+      <c r="MS20" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="MP20" s="15" t="n">
+      <c r="MT20" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="MQ20" s="15" t="n">
-[...2 lines deleted...]
-      <c r="MR20" s="15" t="n">
+      <c r="MU20" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="MV20" s="15" t="n">
         <v>1.5</v>
       </c>
-      <c r="MS20" s="15" t="n">
+      <c r="MW20" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="MT20" s="15" t="n">
+      <c r="MX20" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="MU20" s="15" t="n">
+      <c r="MY20" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="MV20" s="15" t="n">
+      <c r="MZ20" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="MW20" s="15" t="n">
+      <c r="NA20" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="MX20" s="15" t="n">
+      <c r="NB20" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="MY20" s="15" t="n">
+      <c r="NC20" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="MZ20" s="15" t="n">
+      <c r="ND20" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="NA20" s="15" t="n">
+      <c r="NE20" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="NB20" s="15" t="n">
+      <c r="NF20" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="NC20" s="15" t="n">
+      <c r="NG20" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="ND20" s="15" t="n">
+      <c r="NH20" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="NE20" s="15" t="n">
+      <c r="NI20" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="NF20" s="15" t="n">
+      <c r="NJ20" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="NG20" s="15" t="n">
-[...5 lines deleted...]
-      <c r="NI20" s="15" t="n">
+      <c r="NK20" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="NL20" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="NM20" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="NJ20" s="15" t="n">
+      <c r="NN20" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="NK20" s="15" t="n">
+      <c r="NO20" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="NL20" s="15" t="n">
+      <c r="NP20" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="NM20" s="15" t="n">
+      <c r="NQ20" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="NN20" s="15" t="n">
+      <c r="NR20" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="NO20" s="15" t="n">
+      <c r="NS20" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="NP20" s="15" t="n">
+      <c r="NT20" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="NQ20" s="15" t="n">
+      <c r="NU20" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="NR20" s="15" t="n">
+      <c r="NV20" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="NS20" s="15" t="n">
+      <c r="NW20" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="NT20" s="15" t="n">
-[...2 lines deleted...]
-      <c r="NU20" s="15" t="n">
+      <c r="NX20" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="NY20" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="NV20" s="15" t="n">
+      <c r="NZ20" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="NW20" s="15" t="n">
+      <c r="OA20" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="NX20" s="15" t="n">
-[...10 lines deleted...]
-      </c>
       <c r="OB20" s="15" t="n">
-        <v>0.5</v>
+        <v>0.1</v>
       </c>
       <c r="OC20" s="15" t="n">
         <v>0.2</v>
       </c>
       <c r="OD20" s="15" t="n">
-        <v>0.2</v>
+        <v>0.0</v>
       </c>
       <c r="OE20" s="15" t="n">
         <v>-0.1</v>
       </c>
       <c r="OF20" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="OG20" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="OH20" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="OI20" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="OG20" s="15" t="n">
+      <c r="OJ20" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="OK20" s="15" t="n">
         <v>-0.3</v>
       </c>
-      <c r="OH20" s="15" t="n">
+      <c r="OL20" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="OI20" s="15" t="n">
-[...5 lines deleted...]
-      <c r="OK20" s="15" t="n">
+      <c r="OM20" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="ON20" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="OO20" s="15" t="n">
         <v>0.1</v>
-      </c>
-[...10 lines deleted...]
-        <v>0.2</v>
       </c>
       <c r="OP20" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="OQ20" s="15" t="n">
-        <v>-0.1</v>
+        <v>0.1</v>
       </c>
       <c r="OR20" s="15" t="n">
-        <v>-0.1</v>
+        <v>0.2</v>
       </c>
       <c r="OS20" s="15" t="n">
-        <v>-0.3</v>
+        <v>0.2</v>
       </c>
       <c r="OT20" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="OU20" s="15" t="n">
-        <v>-1.5</v>
+        <v>-0.1</v>
       </c>
       <c r="OV20" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="OW20" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="OX20" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="OW20" s="15" t="n">
+      <c r="OY20" s="15" t="n">
+        <v>-1.6</v>
+      </c>
+      <c r="OZ20" s="15" t="n">
         <v>0.1</v>
       </c>
-      <c r="OX20" s="15" t="n">
-[...5 lines deleted...]
-      <c r="OZ20" s="15" t="n">
+      <c r="PA20" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="PB20" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="PC20" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="PD20" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="PA20" s="15" t="n">
+      <c r="PE20" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="PB20" s="15" t="n">
+      <c r="PF20" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="PC20" s="15" t="n">
-[...10 lines deleted...]
-      </c>
       <c r="PG20" s="15" t="n">
         <v>0.0</v>
       </c>
-      <c r="PH20" s="15" t="n">
-[...234 lines deleted...]
-        <v>0.5</v>
+      <c r="PH20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PI20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PJ20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PK20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PL20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PM20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PN20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PO20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PP20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PQ20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PR20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PS20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PT20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PU20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PV20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PW20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PX20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PY20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PZ20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QA20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QB20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QC20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QD20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QE20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QF20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QG20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QH20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QI20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QJ20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QK20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QL20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QM20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QN20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QO20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QP20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QQ20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QR20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QS20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QT20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QU20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QV20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QW20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QX20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QY20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QZ20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RA20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RB20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RC20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RD20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RE20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RF20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RG20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RH20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RI20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RJ20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RK20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RL20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RM20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RN20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RO20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RP20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RQ20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RR20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RS20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RT20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RU20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RV20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RW20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RX20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RY20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RZ20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SA20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SB20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SC20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SD20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SE20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SF20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SG20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SH20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
       </c>
       <c r="SI20" s="13" t="inlineStr">
         <is>
-          <t>..</t>
-[...2 lines deleted...]
-      <c r="SJ20" s="15" t="n">
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SJ20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SK20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SL20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SM20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SN20" s="15" t="n">
         <v>4.6</v>
       </c>
-      <c r="SK20" s="15" t="n">
+      <c r="SO20" s="15" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="SP20" s="15" t="n">
+        <v>4.6</v>
+      </c>
+      <c r="SQ20" s="15" t="n">
         <v>4.5</v>
       </c>
-      <c r="SL20" s="15" t="n">
+      <c r="SR20" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="SM20" s="15" t="n">
+      <c r="SS20" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="SN20" s="15" t="n">
+      <c r="ST20" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="SO20" s="15" t="n">
+      <c r="SU20" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="SP20" s="15" t="n">
+      <c r="SV20" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="SQ20" s="15" t="n">
+      <c r="SW20" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="SR20" s="15" t="n">
+      <c r="SX20" s="15" t="n">
         <v>4.2</v>
       </c>
-      <c r="SS20" s="15" t="n">
+      <c r="SY20" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="ST20" s="15" t="n">
+      <c r="SZ20" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="SU20" s="15" t="n">
+      <c r="TA20" s="15" t="n">
         <v>4.1</v>
       </c>
-      <c r="SV20" s="15" t="n">
+      <c r="TB20" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="SW20" s="15" t="n">
+      <c r="TC20" s="15" t="n">
         <v>4.4</v>
       </c>
-      <c r="SX20" s="15" t="n">
+      <c r="TD20" s="15" t="n">
         <v>4.9</v>
       </c>
-      <c r="SY20" s="15" t="n">
+      <c r="TE20" s="15" t="n">
         <v>4.7</v>
       </c>
-      <c r="SZ20" s="15" t="n">
+      <c r="TF20" s="15" t="n">
         <v>4.8</v>
       </c>
-      <c r="TA20" s="15" t="n">
+      <c r="TG20" s="15" t="n">
         <v>5.1</v>
       </c>
-      <c r="TB20" s="15" t="n">
+      <c r="TH20" s="15" t="n">
         <v>5.4</v>
       </c>
-      <c r="TC20" s="15" t="n">
+      <c r="TI20" s="15" t="n">
         <v>4.7</v>
-      </c>
-[...16 lines deleted...]
-        <v>6.0</v>
       </c>
       <c r="TJ20" s="15" t="n">
         <v>5.6</v>
       </c>
       <c r="TK20" s="15" t="n">
+        <v>5.6</v>
+      </c>
+      <c r="TL20" s="15" t="n">
+        <v>5.5</v>
+      </c>
+      <c r="TM20" s="15" t="n">
+        <v>5.6</v>
+      </c>
+      <c r="TN20" s="15" t="n">
+        <v>6.3</v>
+      </c>
+      <c r="TO20" s="15" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="TP20" s="15" t="n">
+        <v>5.7</v>
+      </c>
+      <c r="TQ20" s="15" t="n">
         <v>5.4</v>
       </c>
-      <c r="TL20" s="15" t="n">
+      <c r="TR20" s="15" t="n">
         <v>5.7</v>
       </c>
-      <c r="TM20" s="15" t="n">
+      <c r="TS20" s="15" t="n">
         <v>6.0</v>
       </c>
-      <c r="TN20" s="15" t="n">
-[...2 lines deleted...]
-      <c r="TO20" s="15" t="n">
+      <c r="TT20" s="15" t="n">
+        <v>6.8</v>
+      </c>
+      <c r="TU20" s="15" t="n">
         <v>7.3</v>
       </c>
-      <c r="TP20" s="15" t="n">
+      <c r="TV20" s="15" t="n">
         <v>8.1</v>
       </c>
-      <c r="TQ20" s="15" t="n">
+      <c r="TW20" s="15" t="n">
         <v>8.5</v>
       </c>
-      <c r="TR20" s="15" t="n">
+      <c r="TX20" s="15" t="n">
         <v>8.3</v>
       </c>
-      <c r="TS20" s="15" t="n">
+      <c r="TY20" s="15" t="n">
         <v>8.0</v>
       </c>
-      <c r="TT20" s="15" t="n">
+      <c r="TZ20" s="15" t="n">
         <v>7.8</v>
       </c>
-      <c r="TU20" s="15" t="n">
+      <c r="UA20" s="15" t="n">
         <v>8.8</v>
       </c>
-      <c r="TV20" s="15" t="n">
+      <c r="UB20" s="15" t="n">
         <v>9.1</v>
       </c>
-      <c r="TW20" s="15" t="n">
+      <c r="UC20" s="15" t="n">
         <v>8.9</v>
       </c>
-      <c r="TX20" s="15" t="n">
+      <c r="UD20" s="15" t="n">
         <v>9.2</v>
       </c>
-      <c r="TY20" s="15" t="n">
+      <c r="UE20" s="15" t="n">
         <v>9.0</v>
       </c>
-      <c r="TZ20" s="15" t="n">
+      <c r="UF20" s="15" t="n">
         <v>7.9</v>
       </c>
-      <c r="UA20" s="15" t="n">
+      <c r="UG20" s="15" t="n">
         <v>7.5</v>
       </c>
-      <c r="UB20" s="15" t="n">
+      <c r="UH20" s="15" t="n">
         <v>5.2</v>
       </c>
-      <c r="UC20" s="15" t="n">
+      <c r="UI20" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="UD20" s="15" t="n">
+      <c r="UJ20" s="15" t="n">
         <v>3.3</v>
       </c>
-      <c r="UE20" s="15" t="n">
+      <c r="UK20" s="15" t="n">
         <v>4.0</v>
       </c>
-      <c r="UF20" s="15" t="n">
+      <c r="UL20" s="15" t="n">
         <v>3.2</v>
       </c>
-      <c r="UG20" s="15" t="n">
+      <c r="UM20" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="UH20" s="15" t="n">
+      <c r="UN20" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="UI20" s="15" t="n">
+      <c r="UO20" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="UJ20" s="15" t="n">
-[...2 lines deleted...]
-      <c r="UK20" s="15" t="n">
+      <c r="UP20" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="UQ20" s="15" t="n">
         <v>-1.5</v>
       </c>
-      <c r="UL20" s="15" t="n">
+      <c r="UR20" s="15" t="n">
         <v>-1.8</v>
       </c>
-      <c r="UM20" s="15" t="n">
+      <c r="US20" s="15" t="n">
         <v>-1.6</v>
       </c>
-      <c r="UN20" s="15" t="n">
+      <c r="UT20" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="UO20" s="15" t="n">
+      <c r="UU20" s="15" t="n">
         <v>-0.7</v>
       </c>
-      <c r="UP20" s="15" t="n">
+      <c r="UV20" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="UQ20" s="15" t="n">
+      <c r="UW20" s="15" t="n">
         <v>-0.4</v>
       </c>
-      <c r="UR20" s="15" t="n">
+      <c r="UX20" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="US20" s="15" t="n">
+      <c r="UY20" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="UT20" s="15" t="n">
+      <c r="UZ20" s="15" t="n">
         <v>-0.6</v>
       </c>
-      <c r="UU20" s="15" t="n">
+      <c r="VA20" s="15" t="n">
         <v>-0.2</v>
       </c>
-      <c r="UV20" s="15" t="n">
+      <c r="VB20" s="15" t="n">
         <v>-0.5</v>
       </c>
-      <c r="UW20" s="15" t="n">
+      <c r="VC20" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="UX20" s="15" t="n">
+      <c r="VD20" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="UY20" s="15" t="n">
+      <c r="VE20" s="15" t="n">
         <v>1.9</v>
-      </c>
-[...16 lines deleted...]
-        <v>2.0</v>
       </c>
       <c r="VF20" s="15" t="n">
         <v>2.0</v>
       </c>
       <c r="VG20" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="VH20" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="VI20" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="VJ20" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="VK20" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="VL20" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="VM20" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="VH20" s="15" t="n">
+      <c r="VN20" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="VI20" s="15" t="n">
+      <c r="VO20" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="VJ20" s="15" t="n">
+      <c r="VP20" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="VK20" s="15" t="n">
+      <c r="VQ20" s="15" t="n">
         <v>2.5</v>
       </c>
-      <c r="VL20" s="15" t="n">
+      <c r="VR20" s="15" t="n">
         <v>1.7</v>
-      </c>
-[...16 lines deleted...]
-        <v>2.1</v>
       </c>
       <c r="VS20" s="15" t="n">
         <v>1.8</v>
       </c>
       <c r="VT20" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="VU20" s="15" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="VV20" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="VW20" s="15" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="VX20" s="15" t="n">
         <v>2.1</v>
       </c>
-      <c r="VU20" s="15" t="n">
-[...10 lines deleted...]
-      </c>
       <c r="VY20" s="15" t="n">
-        <v>2.2</v>
+        <v>1.8</v>
       </c>
       <c r="VZ20" s="15" t="n">
         <v>2.1</v>
       </c>
       <c r="WA20" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="WB20" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="WC20" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="WD20" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="WE20" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="WF20" s="15" t="n">
+        <v>2.1</v>
+      </c>
+      <c r="WG20" s="15" t="n">
         <v>2.0</v>
       </c>
-      <c r="WB20" s="15" t="n">
+      <c r="WH20" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="WC20" s="15" t="n">
+      <c r="WI20" s="15" t="n">
         <v>2.7</v>
       </c>
-      <c r="WD20" s="15" t="n">
+      <c r="WJ20" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="WE20" s="15" t="n">
+      <c r="WK20" s="15" t="n">
         <v>3.4</v>
       </c>
-      <c r="WF20" s="15" t="n">
+      <c r="WL20" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="WG20" s="15" t="n">
+      <c r="WM20" s="15" t="n">
         <v>3.1</v>
       </c>
-      <c r="WH20" s="15" t="n">
+      <c r="WN20" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="WI20" s="15" t="n">
+      <c r="WO20" s="15" t="n">
         <v>2.6</v>
       </c>
-      <c r="WJ20" s="15" t="n">
+      <c r="WP20" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="WK20" s="15" t="n">
+      <c r="WQ20" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="WL20" s="15" t="n">
+      <c r="WR20" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="WM20" s="15" t="n">
+      <c r="WS20" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="WN20" s="15" t="n">
+      <c r="WT20" s="15" t="n">
         <v>1.3</v>
       </c>
-      <c r="WO20" s="15" t="n">
+      <c r="WU20" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="WP20" s="15" t="n">
+      <c r="WV20" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="WQ20" s="15" t="n">
+      <c r="WW20" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="WR20" s="15" t="n">
+      <c r="WX20" s="15" t="n">
         <v>0.8</v>
       </c>
-      <c r="WS20" s="15" t="n">
+      <c r="WY20" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="WT20" s="15" t="n">
+      <c r="WZ20" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="WU20" s="15" t="n">
+      <c r="XA20" s="15" t="n">
         <v>1.1</v>
       </c>
-      <c r="WV20" s="15" t="n">
-[...2 lines deleted...]
-      <c r="WW20" s="15" t="n">
+      <c r="XB20" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="XC20" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="WX20" s="15" t="n">
+      <c r="XD20" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="WY20" s="15" t="n">
+      <c r="XE20" s="15" t="n">
         <v>0.9</v>
-      </c>
-[...16 lines deleted...]
-        <v>1.3</v>
       </c>
       <c r="XF20" s="15" t="n">
         <v>0.9</v>
       </c>
       <c r="XG20" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="XH20" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="XI20" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="XJ20" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="XK20" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="XL20" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="XM20" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="XH20" s="15" t="n">
+      <c r="XN20" s="15" t="n">
         <v>0.5</v>
       </c>
-      <c r="XI20" s="15" t="n">
+      <c r="XO20" s="15" t="n">
         <v>0.4</v>
-      </c>
-[...16 lines deleted...]
-        <v>0.6</v>
       </c>
       <c r="XP20" s="15" t="n">
         <v>0.4</v>
       </c>
       <c r="XQ20" s="15" t="n">
-        <v>0.4</v>
+        <v>0.6</v>
       </c>
       <c r="XR20" s="15" t="n">
-        <v>0.4</v>
+        <v>0.5</v>
       </c>
       <c r="XS20" s="15" t="n">
         <v>0.6</v>
       </c>
       <c r="XT20" s="15" t="n">
-        <v>0.3</v>
+        <v>0.7</v>
       </c>
       <c r="XU20" s="15" t="n">
-        <v>0.3</v>
+        <v>0.6</v>
       </c>
       <c r="XV20" s="15" t="n">
-        <v>0.2</v>
+        <v>0.4</v>
       </c>
       <c r="XW20" s="15" t="n">
-        <v>0.2</v>
+        <v>0.4</v>
       </c>
       <c r="XX20" s="15" t="n">
-        <v>0.2</v>
+        <v>0.4</v>
       </c>
       <c r="XY20" s="15" t="n">
-        <v>0.2</v>
+        <v>0.6</v>
       </c>
       <c r="XZ20" s="15" t="n">
         <v>0.3</v>
       </c>
       <c r="YA20" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="YB20" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="YC20" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="YD20" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="YE20" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="YF20" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="YG20" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="YB20" s="15" t="n">
+      <c r="YH20" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="YC20" s="15" t="n">
+      <c r="YI20" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="YD20" s="15" t="n">
+      <c r="YJ20" s="15" t="n">
         <v>-1.2</v>
       </c>
-      <c r="YE20" s="15" t="n">
+      <c r="YK20" s="15" t="n">
         <v>-1.3</v>
       </c>
-      <c r="YF20" s="15" t="n">
+      <c r="YL20" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="YG20" s="15" t="n">
+      <c r="YM20" s="15" t="n">
         <v>-1.1</v>
       </c>
-      <c r="YH20" s="15" t="n">
+      <c r="YN20" s="15" t="n">
+        <v>-1.1</v>
+      </c>
+      <c r="YO20" s="15" t="n">
         <v>-1.0</v>
       </c>
-      <c r="YI20" s="15" t="n">
-[...2 lines deleted...]
-      <c r="YJ20" s="15" t="n">
+      <c r="YP20" s="15" t="n">
         <v>-0.8</v>
       </c>
-      <c r="YK20" s="15" t="n">
-[...2 lines deleted...]
-      <c r="YL20" s="15" t="n">
+      <c r="YQ20" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="YR20" s="15" t="n">
         <v>-0.9</v>
       </c>
-      <c r="YM20" s="15" t="n">
+      <c r="YS20" s="15" t="n">
         <v>0.6</v>
       </c>
-      <c r="YN20" s="15" t="n">
+      <c r="YT20" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="YO20" s="15" t="n">
-[...2 lines deleted...]
-      <c r="YP20" s="15" t="n">
+      <c r="YU20" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="YQ20" s="15" t="n">
+      <c r="YV20" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="YW20" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="YR20" s="15" t="n">
+      <c r="YX20" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="YS20" s="15" t="n">
+      <c r="YY20" s="15" t="n">
         <v>0.9</v>
       </c>
-      <c r="YT20" s="15" t="n">
+      <c r="YZ20" s="15" t="n">
         <v>1.0</v>
       </c>
-      <c r="YU20" s="15" t="n">
-[...213 lines deleted...]
-        <v>4.5</v>
+      <c r="ZA20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZB20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZC20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZD20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZE20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZF20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZG20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZH20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZI20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZJ20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZK20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZL20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZM20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZN20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZO20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZP20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZQ20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZR20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZS20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZT20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZU20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZV20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZW20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZX20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZY20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZZ20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAA20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAB20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAC20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAD20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAE20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAF20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAG20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAH20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAI20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAJ20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAK20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAL20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAM20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAN20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAO20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAP20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAQ20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAR20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAS20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAT20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAU20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAV20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAW20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAX20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAY20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAZ20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABA20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABB20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABC20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABD20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABE20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABF20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABG20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABH20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABI20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABJ20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABK20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABL20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABM20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABN20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
       </c>
       <c r="ABO20" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABP20" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABQ20" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABR20" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABS20" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABT20" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABU20" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABV20" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABW20" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABX20" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABY20" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
       <c r="ABZ20" s="13" t="inlineStr">
         <is>
-          <t>..</t>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACA20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACB20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACC20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACD20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACE20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACF20" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="7" t="inlineStr">
         <is>
-          <t xml:space="preserve">    12 Otros bienes y servicios</t>
+          <t xml:space="preserve">    12 Seguros y servicios financieros</t>
         </is>
       </c>
       <c r="B21" s="14" t="n">
-        <v>125.33</v>
+        <v>102.39</v>
       </c>
       <c r="C21" s="14" t="n">
-        <v>124.97</v>
+        <v>101.15</v>
       </c>
       <c r="D21" s="14" t="n">
-        <v>124.65</v>
+        <v>101.15</v>
       </c>
       <c r="E21" s="14" t="n">
-        <v>124.62</v>
+        <v>101.15</v>
       </c>
       <c r="F21" s="14" t="n">
-        <v>124.42</v>
+        <v>101.15</v>
       </c>
       <c r="G21" s="14" t="n">
-        <v>124.79</v>
+        <v>101.15</v>
       </c>
       <c r="H21" s="14" t="n">
-        <v>123.65</v>
+        <v>101.15</v>
       </c>
       <c r="I21" s="14" t="n">
-        <v>123.45</v>
+        <v>101.15</v>
       </c>
       <c r="J21" s="14" t="n">
-        <v>123.14</v>
+        <v>98.6</v>
       </c>
       <c r="K21" s="14" t="n">
-        <v>122.67</v>
+        <v>98.6</v>
       </c>
       <c r="L21" s="14" t="n">
-        <v>121.98</v>
+        <v>98.6</v>
       </c>
       <c r="M21" s="14" t="n">
-        <v>121.17</v>
+        <v>98.51</v>
       </c>
       <c r="N21" s="14" t="n">
-        <v>121.06</v>
+        <v>97.62</v>
       </c>
       <c r="O21" s="14" t="n">
-        <v>120.73</v>
+        <v>96.39</v>
       </c>
       <c r="P21" s="14" t="n">
-        <v>120.32</v>
+        <v>96.39</v>
       </c>
       <c r="Q21" s="14" t="n">
-        <v>120.39</v>
+        <v>96.39</v>
       </c>
       <c r="R21" s="14" t="n">
-        <v>120.17</v>
+        <v>96.39</v>
       </c>
       <c r="S21" s="14" t="n">
-        <v>120.49</v>
+        <v>96.39</v>
       </c>
       <c r="T21" s="14" t="n">
-        <v>119.25</v>
+        <v>96.39</v>
       </c>
       <c r="U21" s="14" t="n">
-        <v>119.04</v>
+        <v>96.39</v>
       </c>
       <c r="V21" s="14" t="n">
-        <v>118.54</v>
+        <v>93.62</v>
       </c>
       <c r="W21" s="14" t="n">
-        <v>118.3</v>
+        <v>93.62</v>
       </c>
       <c r="X21" s="14" t="n">
-        <v>117.57</v>
+        <v>93.62</v>
       </c>
       <c r="Y21" s="14" t="n">
-        <v>117.05</v>
+        <v>93.62</v>
       </c>
       <c r="Z21" s="14" t="n">
-        <v>117.01</v>
+        <v>92.73</v>
       </c>
       <c r="AA21" s="14" t="n">
-        <v>116.83</v>
+        <v>91.71</v>
       </c>
       <c r="AB21" s="14" t="n">
-        <v>116.69</v>
+        <v>91.71</v>
       </c>
       <c r="AC21" s="14" t="n">
-        <v>116.64</v>
+        <v>91.71</v>
       </c>
       <c r="AD21" s="14" t="n">
-        <v>116.38</v>
+        <v>91.71</v>
       </c>
       <c r="AE21" s="14" t="n">
-        <v>116.49</v>
+        <v>91.71</v>
       </c>
       <c r="AF21" s="14" t="n">
-        <v>115.66</v>
+        <v>91.71</v>
       </c>
       <c r="AG21" s="14" t="n">
-        <v>115.63</v>
+        <v>91.71</v>
       </c>
       <c r="AH21" s="14" t="n">
-        <v>115.12</v>
+        <v>89.98</v>
       </c>
       <c r="AI21" s="14" t="n">
-        <v>114.51</v>
+        <v>89.98</v>
       </c>
       <c r="AJ21" s="14" t="n">
-        <v>113.75</v>
+        <v>89.98</v>
       </c>
       <c r="AK21" s="14" t="n">
-        <v>112.66</v>
+        <v>89.98</v>
       </c>
       <c r="AL21" s="14" t="n">
-        <v>112.32</v>
+        <v>89.4</v>
       </c>
       <c r="AM21" s="14" t="n">
-        <v>111.97</v>
+        <v>87.89</v>
       </c>
       <c r="AN21" s="14" t="n">
-        <v>111.52</v>
+        <v>87.89</v>
       </c>
       <c r="AO21" s="14" t="n">
-        <v>111.44</v>
+        <v>87.89</v>
       </c>
       <c r="AP21" s="14" t="n">
-        <v>111.08</v>
+        <v>87.89</v>
       </c>
       <c r="AQ21" s="14" t="n">
-        <v>111.05</v>
+        <v>87.89</v>
       </c>
       <c r="AR21" s="14" t="n">
-        <v>110.55</v>
+        <v>87.89</v>
       </c>
       <c r="AS21" s="14" t="n">
-        <v>110.26</v>
+        <v>87.89</v>
       </c>
       <c r="AT21" s="14" t="n">
-        <v>109.83</v>
+        <v>87.89</v>
       </c>
       <c r="AU21" s="14" t="n">
-        <v>109.26</v>
+        <v>87.89</v>
       </c>
       <c r="AV21" s="14" t="n">
-        <v>108.5</v>
+        <v>87.89</v>
       </c>
       <c r="AW21" s="14" t="n">
-        <v>107.87</v>
+        <v>87.89</v>
       </c>
       <c r="AX21" s="14" t="n">
-        <v>107.69</v>
+        <v>87.42</v>
       </c>
       <c r="AY21" s="14" t="n">
-        <v>107.28</v>
+        <v>86.29</v>
       </c>
       <c r="AZ21" s="14" t="n">
-        <v>107.08</v>
+        <v>86.29</v>
       </c>
       <c r="BA21" s="14" t="n">
-        <v>107.01</v>
+        <v>85.78</v>
       </c>
       <c r="BB21" s="14" t="n">
-        <v>107.02</v>
+        <v>85.78</v>
       </c>
       <c r="BC21" s="14" t="n">
-        <v>107.06</v>
+        <v>85.78</v>
       </c>
       <c r="BD21" s="14" t="n">
-        <v>106.84</v>
+        <v>86.05</v>
       </c>
       <c r="BE21" s="14" t="n">
-        <v>106.88</v>
+        <v>85.36</v>
       </c>
       <c r="BF21" s="14" t="n">
-        <v>106.69</v>
+        <v>85.6</v>
       </c>
       <c r="BG21" s="14" t="n">
-        <v>106.64</v>
+        <v>85.6</v>
       </c>
       <c r="BH21" s="14" t="n">
-        <v>106.62</v>
+        <v>85.6</v>
       </c>
       <c r="BI21" s="14" t="n">
-        <v>106.56</v>
+        <v>85.6</v>
       </c>
       <c r="BJ21" s="14" t="n">
-        <v>106.5</v>
+        <v>85.24</v>
       </c>
       <c r="BK21" s="14" t="n">
-        <v>106.45</v>
+        <v>84.46</v>
       </c>
       <c r="BL21" s="14" t="n">
-        <v>106.38</v>
+        <v>84.46</v>
       </c>
       <c r="BM21" s="14" t="n">
-        <v>106.36</v>
+        <v>84.46</v>
       </c>
       <c r="BN21" s="14" t="n">
-        <v>106.21</v>
+        <v>84.46</v>
       </c>
       <c r="BO21" s="14" t="n">
-        <v>106.37</v>
+        <v>84.46</v>
       </c>
       <c r="BP21" s="14" t="n">
-        <v>106.25</v>
+        <v>84.46</v>
       </c>
       <c r="BQ21" s="14" t="n">
-        <v>106.08</v>
+        <v>84.52</v>
       </c>
       <c r="BR21" s="14" t="n">
-        <v>105.92</v>
+        <v>84.84</v>
       </c>
       <c r="BS21" s="14" t="n">
-        <v>105.81</v>
+        <v>84.84</v>
       </c>
       <c r="BT21" s="14" t="n">
-        <v>105.4</v>
+        <v>84.84</v>
       </c>
       <c r="BU21" s="14" t="n">
-        <v>105.13</v>
+        <v>84.84</v>
       </c>
       <c r="BV21" s="14" t="n">
-        <v>104.99</v>
+        <v>84.26</v>
       </c>
       <c r="BW21" s="14" t="n">
-        <v>104.83</v>
+        <v>83.26</v>
       </c>
       <c r="BX21" s="14" t="n">
-        <v>104.69</v>
+        <v>83.26</v>
       </c>
       <c r="BY21" s="14" t="n">
-        <v>104.62</v>
+        <v>83.26</v>
       </c>
       <c r="BZ21" s="14" t="n">
-        <v>104.39</v>
+        <v>83.26</v>
       </c>
       <c r="CA21" s="14" t="n">
-        <v>104.79</v>
+        <v>83.26</v>
       </c>
       <c r="CB21" s="14" t="n">
-        <v>104.51</v>
+        <v>83.26</v>
       </c>
       <c r="CC21" s="14" t="n">
-        <v>104.48</v>
+        <v>83.26</v>
       </c>
       <c r="CD21" s="14" t="n">
-        <v>104.32</v>
+        <v>82.8</v>
       </c>
       <c r="CE21" s="14" t="n">
-        <v>104.25</v>
+        <v>82.8</v>
       </c>
       <c r="CF21" s="14" t="n">
-        <v>103.78</v>
+        <v>82.77</v>
       </c>
       <c r="CG21" s="14" t="n">
-        <v>103.54</v>
+        <v>82.77</v>
       </c>
       <c r="CH21" s="14" t="n">
-        <v>103.33</v>
+        <v>82.14</v>
       </c>
       <c r="CI21" s="14" t="n">
-        <v>103.24</v>
+        <v>81.2</v>
       </c>
       <c r="CJ21" s="14" t="n">
-        <v>103.05</v>
+        <v>81.2</v>
       </c>
       <c r="CK21" s="14" t="n">
-        <v>103.08</v>
+        <v>81.2</v>
       </c>
       <c r="CL21" s="14" t="n">
-        <v>102.85</v>
+        <v>81.2</v>
       </c>
       <c r="CM21" s="14" t="n">
-        <v>103.06</v>
+        <v>81.2</v>
       </c>
       <c r="CN21" s="14" t="n">
-        <v>102.92</v>
+        <v>80.79</v>
       </c>
       <c r="CO21" s="14" t="n">
-        <v>102.8</v>
+        <v>80.79</v>
       </c>
       <c r="CP21" s="14" t="n">
-        <v>102.63</v>
+        <v>80.66</v>
       </c>
       <c r="CQ21" s="14" t="n">
-        <v>102.56</v>
+        <v>80.66</v>
       </c>
       <c r="CR21" s="14" t="n">
-        <v>102.2</v>
+        <v>80.59</v>
       </c>
       <c r="CS21" s="14" t="n">
-        <v>102.22</v>
+        <v>80.57</v>
       </c>
       <c r="CT21" s="14" t="n">
-        <v>101.99</v>
+        <v>79.94</v>
       </c>
       <c r="CU21" s="14" t="n">
-        <v>101.96</v>
+        <v>79.19</v>
       </c>
       <c r="CV21" s="14" t="n">
-        <v>101.88</v>
+        <v>79.19</v>
       </c>
       <c r="CW21" s="14" t="n">
-        <v>101.88</v>
+        <v>79.19</v>
       </c>
       <c r="CX21" s="14" t="n">
-        <v>101.71</v>
+        <v>79.19</v>
       </c>
       <c r="CY21" s="14" t="n">
-        <v>101.99</v>
+        <v>79.19</v>
       </c>
       <c r="CZ21" s="14" t="n">
-        <v>101.84</v>
+        <v>78.93</v>
       </c>
       <c r="DA21" s="14" t="n">
-        <v>101.81</v>
+        <v>78.93</v>
       </c>
       <c r="DB21" s="14" t="n">
-        <v>101.72</v>
+        <v>78.79</v>
       </c>
       <c r="DC21" s="14" t="n">
-        <v>101.58</v>
+        <v>78.79</v>
       </c>
       <c r="DD21" s="14" t="n">
-        <v>101.48</v>
+        <v>78.79</v>
       </c>
       <c r="DE21" s="14" t="n">
-        <v>101.29</v>
+        <v>78.82</v>
       </c>
       <c r="DF21" s="14" t="n">
-        <v>101.22</v>
+        <v>78.21</v>
       </c>
       <c r="DG21" s="14" t="n">
-        <v>101.18</v>
+        <v>76.82</v>
       </c>
       <c r="DH21" s="14" t="n">
-        <v>101.0</v>
+        <v>76.82</v>
       </c>
       <c r="DI21" s="14" t="n">
-        <v>100.88</v>
+        <v>76.82</v>
       </c>
       <c r="DJ21" s="14" t="n">
-        <v>100.65</v>
+        <v>76.82</v>
       </c>
       <c r="DK21" s="14" t="n">
-        <v>100.89</v>
+        <v>76.82</v>
       </c>
       <c r="DL21" s="14" t="n">
-        <v>100.86</v>
+        <v>76.04</v>
       </c>
       <c r="DM21" s="14" t="n">
-        <v>100.78</v>
+        <v>76.04</v>
       </c>
       <c r="DN21" s="14" t="n">
-        <v>100.62</v>
+        <v>75.93</v>
       </c>
       <c r="DO21" s="14" t="n">
-        <v>100.58</v>
+        <v>75.93</v>
       </c>
       <c r="DP21" s="14" t="n">
-        <v>100.37</v>
+        <v>75.93</v>
       </c>
       <c r="DQ21" s="14" t="n">
-        <v>100.22</v>
+        <v>75.93</v>
       </c>
       <c r="DR21" s="14" t="n">
-        <v>100.17</v>
+        <v>75.39</v>
       </c>
       <c r="DS21" s="14" t="n">
-        <v>100.11</v>
+        <v>74.39</v>
       </c>
       <c r="DT21" s="14" t="n">
-        <v>100.03</v>
+        <v>74.39</v>
       </c>
       <c r="DU21" s="14" t="n">
-        <v>99.96</v>
+        <v>74.39</v>
       </c>
       <c r="DV21" s="14" t="n">
-        <v>100.03</v>
+        <v>74.39</v>
       </c>
       <c r="DW21" s="14" t="n">
-        <v>100.31</v>
+        <v>74.39</v>
       </c>
       <c r="DX21" s="14" t="n">
-        <v>100.02</v>
+        <v>74.39</v>
       </c>
       <c r="DY21" s="14" t="n">
-        <v>99.94</v>
+        <v>74.28</v>
       </c>
       <c r="DZ21" s="14" t="n">
-        <v>99.85</v>
+        <v>73.83</v>
       </c>
       <c r="EA21" s="14" t="n">
-        <v>99.75</v>
+        <v>73.83</v>
       </c>
       <c r="EB21" s="14" t="n">
-        <v>99.6</v>
+        <v>73.83</v>
       </c>
       <c r="EC21" s="14" t="n">
-        <v>99.2</v>
+        <v>73.83</v>
       </c>
       <c r="ED21" s="14" t="n">
-        <v>99.13</v>
+        <v>73.37</v>
       </c>
       <c r="EE21" s="14" t="n">
-        <v>99.1</v>
+        <v>72.45</v>
       </c>
       <c r="EF21" s="14" t="n">
-        <v>98.99</v>
+        <v>72.45</v>
       </c>
       <c r="EG21" s="14" t="n">
-        <v>98.95</v>
+        <v>72.45</v>
       </c>
       <c r="EH21" s="14" t="n">
-        <v>98.93</v>
+        <v>72.45</v>
       </c>
       <c r="EI21" s="14" t="n">
-        <v>99.26</v>
+        <v>72.45</v>
       </c>
       <c r="EJ21" s="14" t="n">
-        <v>99.05</v>
+        <v>72.45</v>
       </c>
       <c r="EK21" s="14" t="n">
-        <v>98.96</v>
+        <v>72.56</v>
       </c>
       <c r="EL21" s="14" t="n">
-        <v>98.99</v>
+        <v>72.1</v>
       </c>
       <c r="EM21" s="14" t="n">
-        <v>98.95</v>
+        <v>72.1</v>
       </c>
       <c r="EN21" s="14" t="n">
-        <v>98.7</v>
+        <v>72.1</v>
       </c>
       <c r="EO21" s="14" t="n">
-        <v>98.69</v>
+        <v>72.1</v>
       </c>
       <c r="EP21" s="14" t="n">
-        <v>98.72</v>
+        <v>71.25</v>
       </c>
       <c r="EQ21" s="14" t="n">
-        <v>98.69</v>
+        <v>70.36</v>
       </c>
       <c r="ER21" s="14" t="n">
-        <v>98.61</v>
+        <v>70.36</v>
       </c>
       <c r="ES21" s="14" t="n">
-        <v>98.6</v>
+        <v>70.35</v>
       </c>
       <c r="ET21" s="14" t="n">
-        <v>98.56</v>
+        <v>70.35</v>
       </c>
       <c r="EU21" s="14" t="n">
-        <v>98.92</v>
+        <v>70.35</v>
       </c>
       <c r="EV21" s="14" t="n">
-        <v>99.01</v>
+        <v>70.35</v>
       </c>
       <c r="EW21" s="14" t="n">
-        <v>98.93</v>
+        <v>70.34</v>
       </c>
       <c r="EX21" s="14" t="n">
-        <v>98.87</v>
+        <v>70.46</v>
       </c>
       <c r="EY21" s="14" t="n">
-        <v>98.84</v>
+        <v>70.46</v>
       </c>
       <c r="EZ21" s="14" t="n">
-        <v>98.69</v>
+        <v>70.46</v>
       </c>
       <c r="FA21" s="14" t="n">
-        <v>98.79</v>
+        <v>70.48</v>
       </c>
       <c r="FB21" s="14" t="n">
-        <v>98.79</v>
+        <v>70.13</v>
       </c>
       <c r="FC21" s="14" t="n">
-        <v>98.58</v>
+        <v>69.83</v>
       </c>
       <c r="FD21" s="14" t="n">
-        <v>97.52</v>
+        <v>69.83</v>
       </c>
       <c r="FE21" s="14" t="n">
-        <v>99.93</v>
+        <v>69.83</v>
       </c>
       <c r="FF21" s="14" t="n">
-        <v>99.18</v>
+        <v>68.97</v>
       </c>
       <c r="FG21" s="14" t="n">
-        <v>99.53</v>
+        <v>68.69</v>
       </c>
       <c r="FH21" s="14" t="n">
-        <v>99.52</v>
+        <v>68.69</v>
       </c>
       <c r="FI21" s="14" t="n">
-        <v>99.58</v>
+        <v>68.69</v>
       </c>
       <c r="FJ21" s="14" t="n">
-        <v>99.33</v>
+        <v>68.69</v>
       </c>
       <c r="FK21" s="14" t="n">
-        <v>99.17</v>
+        <v>68.75</v>
       </c>
       <c r="FL21" s="14" t="n">
-        <v>98.98</v>
+        <v>68.73</v>
       </c>
       <c r="FM21" s="14" t="n">
-        <v>98.78</v>
+        <v>68.73</v>
       </c>
       <c r="FN21" s="14" t="n">
-        <v>98.51</v>
+        <v>68.28</v>
       </c>
       <c r="FO21" s="14" t="n">
-        <v>98.4</v>
+        <v>67.41</v>
       </c>
       <c r="FP21" s="14" t="n">
-        <v>98.22</v>
+        <v>67.41</v>
       </c>
       <c r="FQ21" s="14" t="n">
-        <v>98.1</v>
+        <v>67.41</v>
       </c>
       <c r="FR21" s="14" t="n">
-        <v>97.93</v>
+        <v>67.41</v>
       </c>
       <c r="FS21" s="14" t="n">
-        <v>98.18</v>
+        <v>67.41</v>
       </c>
       <c r="FT21" s="14" t="n">
-        <v>97.98</v>
+        <v>67.41</v>
       </c>
       <c r="FU21" s="14" t="n">
-        <v>97.76</v>
+        <v>67.41</v>
       </c>
       <c r="FV21" s="14" t="n">
-        <v>97.54</v>
+        <v>67.24</v>
       </c>
       <c r="FW21" s="14" t="n">
-        <v>97.28</v>
+        <v>67.24</v>
       </c>
       <c r="FX21" s="14" t="n">
-        <v>96.93</v>
+        <v>67.12</v>
       </c>
       <c r="FY21" s="14" t="n">
-        <v>96.64</v>
+        <v>66.58</v>
       </c>
       <c r="FZ21" s="14" t="n">
-        <v>96.41</v>
-[...211 lines deleted...]
-      <c r="IS21" s="15" t="n">
+        <v>65.92</v>
+      </c>
+      <c r="GA21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GB21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GC21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GD21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GE21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GF21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GG21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GH21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GI21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GJ21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GK21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GL21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GM21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GN21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GO21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GP21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GQ21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GR21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GS21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GT21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GU21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GV21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GW21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GX21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GY21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GZ21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HA21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HB21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HC21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HD21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HE21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HF21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HG21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HH21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HI21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HJ21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HK21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HL21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HM21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HN21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HO21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HP21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HQ21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HR21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HS21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HT21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HU21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HV21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HW21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HX21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HY21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HZ21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IA21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IB21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IC21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IH21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="II21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IJ21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IK21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IL21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IM21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IN21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IO21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IP21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IQ21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IR21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IS21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IT21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IU21" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="IV21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="IW21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="IX21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="IY21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="IZ21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="JA21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="JB21" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="JC21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="JD21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="JE21" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="JF21" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="JG21" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="JH21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="JI21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="JJ21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="JK21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="JL21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="JM21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="JN21" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="JO21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="JP21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="JQ21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="JR21" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="JS21" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="JT21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="JU21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="JV21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="JW21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="JX21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="JY21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="JZ21" s="15" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="KA21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="KB21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="KC21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="KD21" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="KE21" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="KF21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="KG21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="KH21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="KI21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="KJ21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="KK21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="KL21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="KM21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="KN21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="KO21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="KP21" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="KQ21" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="KR21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="KS21" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="KT21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="KU21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="KV21" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="KW21" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="KX21" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="KY21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="KZ21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="LA21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="LB21" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="LC21" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="LD21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="LE21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="LF21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="LG21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="LH21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="LI21" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="LJ21" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="LK21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="LL21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="LM21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="LN21" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="LO21" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="LP21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="LQ21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="LR21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="LS21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="LT21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="LU21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="LV21" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="LW21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="LX21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="LY21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="LZ21" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="MA21" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="MB21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="MC21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="MD21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="ME21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="MF21" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="MG21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="MH21" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="MI21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="MJ21" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="MK21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="ML21" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="MM21" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="MN21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="MO21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="MP21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="MQ21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="MR21" s="15" t="n">
         <v>0.3</v>
       </c>
-      <c r="IT21" s="15" t="n">
-[...5 lines deleted...]
-      <c r="IV21" s="15" t="n">
+      <c r="MS21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="MT21" s="15" t="n">
         <v>0.2</v>
       </c>
-      <c r="IW21" s="15" t="n">
-[...17 lines deleted...]
-      <c r="JC21" s="15" t="n">
+      <c r="MU21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="MV21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="MW21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="MX21" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="MY21" s="15" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="MZ21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="NA21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="NB21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="NC21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="ND21" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="NE21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="NF21" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="NG21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="NH21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="NI21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="NJ21" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="JD21" s="15" t="n">
-[...331 lines deleted...]
-      </c>
       <c r="NK21" s="15" t="n">
-        <v>0.1</v>
+        <v>1.3</v>
       </c>
       <c r="NL21" s="15" t="n">
-        <v>-0.1</v>
+        <v>0.0</v>
       </c>
       <c r="NM21" s="15" t="n">
-        <v>-0.3</v>
+        <v>0.0</v>
       </c>
       <c r="NN21" s="15" t="n">
-        <v>0.3</v>
+        <v>0.0</v>
       </c>
       <c r="NO21" s="15" t="n">
-        <v>0.1</v>
+        <v>0.0</v>
       </c>
       <c r="NP21" s="15" t="n">
-        <v>0.1</v>
+        <v>0.0</v>
       </c>
       <c r="NQ21" s="15" t="n">
         <v>0.1</v>
       </c>
       <c r="NR21" s="15" t="n">
-        <v>0.2</v>
+        <v>0.6</v>
       </c>
       <c r="NS21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="NT21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="NU21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="NV21" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="NW21" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="NX21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="NY21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="NZ21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="OA21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="OB21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="OC21" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="OD21" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="OE21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="OF21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="OG21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="OH21" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="OI21" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="OJ21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="OK21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="OL21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="OM21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="ON21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="OO21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="OP21" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="OQ21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="OR21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="OS21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="OT21" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="OU21" s="15" t="n">
         <v>0.4</v>
       </c>
-      <c r="NT21" s="15" t="n">
-[...53 lines deleted...]
-      <c r="OL21" s="15" t="n">
+      <c r="OV21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="OW21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="OX21" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="OY21" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="OZ21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="PA21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="PB21" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="PC21" s="15" t="n">
         <v>-0.1</v>
       </c>
-      <c r="OM21" s="15" t="n">
-[...49 lines deleted...]
-      </c>
       <c r="PD21" s="15" t="n">
-        <v>0.3</v>
+        <v>0.0</v>
       </c>
       <c r="PE21" s="15" t="n">
-        <v>0.1</v>
+        <v>0.0</v>
       </c>
       <c r="PF21" s="15" t="n">
-        <v>0.2</v>
+        <v>0.7</v>
       </c>
       <c r="PG21" s="15" t="n">
-        <v>0.1</v>
-[...236 lines deleted...]
-        <v>0.5</v>
+        <v>1.3</v>
+      </c>
+      <c r="PH21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PI21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PJ21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PK21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PL21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PM21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PN21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PO21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PP21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PQ21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PR21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PS21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PT21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PU21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PV21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PW21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PX21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PY21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PZ21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QA21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QB21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QC21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QD21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QE21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QF21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QG21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QH21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QI21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QJ21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QK21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QL21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QM21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QN21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QO21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QP21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QQ21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QR21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QS21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QT21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QU21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QV21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QW21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QX21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QY21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QZ21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RA21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RB21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RC21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RD21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RE21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RF21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RG21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RH21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RI21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RJ21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RK21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RL21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RM21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RN21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RO21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RP21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RQ21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RR21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RS21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RT21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RU21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RV21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RW21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RX21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RY21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RZ21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SA21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SB21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SC21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SD21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SE21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SF21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SG21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SH21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
       </c>
       <c r="SI21" s="13" t="inlineStr">
         <is>
-          <t>..</t>
-[...12 lines deleted...]
-        <v>3.5</v>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SJ21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SK21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SL21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SM21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
       </c>
       <c r="SN21" s="15" t="n">
-        <v>3.5</v>
+        <v>4.9</v>
       </c>
       <c r="SO21" s="15" t="n">
-        <v>3.6</v>
+        <v>4.9</v>
       </c>
       <c r="SP21" s="15" t="n">
+        <v>4.9</v>
+      </c>
+      <c r="SQ21" s="15" t="n">
+        <v>4.9</v>
+      </c>
+      <c r="SR21" s="15" t="n">
+        <v>4.9</v>
+      </c>
+      <c r="SS21" s="15" t="n">
+        <v>4.9</v>
+      </c>
+      <c r="ST21" s="15" t="n">
+        <v>4.9</v>
+      </c>
+      <c r="SU21" s="15" t="n">
+        <v>4.9</v>
+      </c>
+      <c r="SV21" s="15" t="n">
+        <v>5.3</v>
+      </c>
+      <c r="SW21" s="15" t="n">
+        <v>5.3</v>
+      </c>
+      <c r="SX21" s="15" t="n">
+        <v>5.3</v>
+      </c>
+      <c r="SY21" s="15" t="n">
+        <v>5.2</v>
+      </c>
+      <c r="SZ21" s="15" t="n">
+        <v>5.3</v>
+      </c>
+      <c r="TA21" s="15" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="TB21" s="15" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="TC21" s="15" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="TD21" s="15" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="TE21" s="15" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="TF21" s="15" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="TG21" s="15" t="n">
+        <v>5.1</v>
+      </c>
+      <c r="TH21" s="15" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="TI21" s="15" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="TJ21" s="15" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="TK21" s="15" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="TL21" s="15" t="n">
         <v>3.7</v>
       </c>
-      <c r="SQ21" s="15" t="n">
-[...53 lines deleted...]
-      <c r="TI21" s="15" t="n">
+      <c r="TM21" s="15" t="n">
         <v>4.3</v>
       </c>
-      <c r="TJ21" s="15" t="n">
-[...10 lines deleted...]
-      </c>
       <c r="TN21" s="15" t="n">
-        <v>4.6</v>
+        <v>4.3</v>
       </c>
       <c r="TO21" s="15" t="n">
-        <v>4.9</v>
+        <v>4.3</v>
       </c>
       <c r="TP21" s="15" t="n">
-        <v>4.8</v>
+        <v>4.3</v>
       </c>
       <c r="TQ21" s="15" t="n">
-        <v>4.8</v>
+        <v>4.3</v>
       </c>
       <c r="TR21" s="15" t="n">
-        <v>4.8</v>
+        <v>4.3</v>
       </c>
       <c r="TS21" s="15" t="n">
-        <v>4.4</v>
+        <v>4.3</v>
       </c>
       <c r="TT21" s="15" t="n">
-        <v>4.3</v>
+        <v>2.4</v>
       </c>
       <c r="TU21" s="15" t="n">
-        <v>4.4</v>
+        <v>2.4</v>
       </c>
       <c r="TV21" s="15" t="n">
-        <v>4.1</v>
+        <v>2.4</v>
       </c>
       <c r="TW21" s="15" t="n">
-        <v>4.1</v>
+        <v>2.4</v>
       </c>
       <c r="TX21" s="15" t="n">
-        <v>3.8</v>
+        <v>2.3</v>
       </c>
       <c r="TY21" s="15" t="n">
-        <v>3.7</v>
+        <v>1.9</v>
       </c>
       <c r="TZ21" s="15" t="n">
-        <v>3.5</v>
+        <v>1.9</v>
       </c>
       <c r="UA21" s="15" t="n">
-        <v>3.2</v>
+        <v>2.5</v>
       </c>
       <c r="UB21" s="15" t="n">
-        <v>2.9</v>
+        <v>2.5</v>
       </c>
       <c r="UC21" s="15" t="n">
         <v>2.5</v>
       </c>
       <c r="UD21" s="15" t="n">
-        <v>1.8</v>
+        <v>2.1</v>
       </c>
       <c r="UE21" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="UF21" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="UG21" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="UH21" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="UI21" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="UJ21" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="UK21" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="UL21" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="UM21" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="UN21" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="UO21" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="UP21" s="15" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="UQ21" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="UR21" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="US21" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="UT21" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="UU21" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="UV21" s="15" t="n">
         <v>1.2</v>
       </c>
-      <c r="UF21" s="15" t="n">
-[...32 lines deleted...]
-      <c r="UQ21" s="15" t="n">
+      <c r="UW21" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="UR21" s="15" t="n">
+      <c r="UX21" s="15" t="n">
         <v>1.4</v>
       </c>
-      <c r="US21" s="15" t="n">
-[...16 lines deleted...]
-      </c>
       <c r="UY21" s="15" t="n">
-        <v>1.5</v>
+        <v>1.4</v>
       </c>
       <c r="UZ21" s="15" t="n">
-        <v>1.5</v>
+        <v>1.4</v>
       </c>
       <c r="VA21" s="15" t="n">
-        <v>1.5</v>
+        <v>1.4</v>
       </c>
       <c r="VB21" s="15" t="n">
-        <v>1.6</v>
+        <v>1.4</v>
       </c>
       <c r="VC21" s="15" t="n">
         <v>1.5</v>
       </c>
       <c r="VD21" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="VE21" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="VF21" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="VG21" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="VH21" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="VI21" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="VJ21" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="VK21" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="VL21" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="VM21" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="VN21" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="VO21" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="VP21" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="VQ21" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="VR21" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="VS21" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="VT21" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="VU21" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="VV21" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="VW21" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="VX21" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="VY21" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="VZ21" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="WA21" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="WB21" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="WC21" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="WD21" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="WE21" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="WF21" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="WG21" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="WH21" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="WI21" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="WJ21" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="WK21" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="WL21" s="15" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="WM21" s="15" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="WN21" s="15" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="WO21" s="15" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="WP21" s="15" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="WQ21" s="15" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="WR21" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="WS21" s="15" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="WT21" s="15" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="WU21" s="15" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="WV21" s="15" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="WW21" s="15" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="WX21" s="15" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="WY21" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="WZ21" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="XA21" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="XB21" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="XC21" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="XD21" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="XE21" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="XF21" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="XG21" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="XH21" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="XI21" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="XJ21" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="XK21" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="XL21" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="XM21" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="XN21" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="XO21" s="15" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="XP21" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="XQ21" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="XR21" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="XS21" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="XT21" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="XU21" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="XV21" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="XW21" s="15" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="XX21" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="XY21" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="XZ21" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="YA21" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="YB21" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="VE21" s="15" t="n">
-[...62 lines deleted...]
-      <c r="VZ21" s="15" t="n">
+      <c r="YC21" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="YD21" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="YE21" s="15" t="n">
         <v>0.7</v>
       </c>
-      <c r="WA21" s="15" t="n">
-[...169 lines deleted...]
-      </c>
       <c r="YF21" s="15" t="n">
-        <v>-0.5</v>
+        <v>2.0</v>
       </c>
       <c r="YG21" s="15" t="n">
-        <v>-0.3</v>
+        <v>2.4</v>
       </c>
       <c r="YH21" s="15" t="n">
-        <v>-0.3</v>
+        <v>2.4</v>
       </c>
       <c r="YI21" s="15" t="n">
-        <v>0.0</v>
+        <v>2.4</v>
       </c>
       <c r="YJ21" s="15" t="n">
-        <v>0.3</v>
+        <v>2.6</v>
       </c>
       <c r="YK21" s="15" t="n">
-        <v>0.2</v>
+        <v>2.5</v>
       </c>
       <c r="YL21" s="15" t="n">
-        <v>-0.7</v>
+        <v>2.5</v>
       </c>
       <c r="YM21" s="15" t="n">
-        <v>1.9</v>
+        <v>2.5</v>
       </c>
       <c r="YN21" s="15" t="n">
-        <v>1.3</v>
+        <v>2.7</v>
       </c>
       <c r="YO21" s="15" t="n">
-        <v>1.4</v>
+        <v>3.6</v>
       </c>
       <c r="YP21" s="15" t="n">
-        <v>1.6</v>
+        <v>3.6</v>
       </c>
       <c r="YQ21" s="15" t="n">
-        <v>1.9</v>
+        <v>3.6</v>
       </c>
       <c r="YR21" s="15" t="n">
-        <v>1.8</v>
+        <v>2.3</v>
       </c>
       <c r="YS21" s="15" t="n">
         <v>1.9</v>
       </c>
       <c r="YT21" s="15" t="n">
-        <v>2.1</v>
+        <v>1.9</v>
       </c>
       <c r="YU21" s="15" t="n">
-        <v>2.2</v>
+        <v>1.9</v>
       </c>
       <c r="YV21" s="15" t="n">
         <v>2.2</v>
       </c>
       <c r="YW21" s="15" t="n">
-        <v>2.3</v>
+        <v>2.2</v>
       </c>
       <c r="YX21" s="15" t="n">
         <v>2.4</v>
       </c>
       <c r="YY21" s="15" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="YZ21" s="15" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="ZA21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZB21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZC21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZD21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZE21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZF21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZG21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZH21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZI21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZJ21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZK21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZL21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZM21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZN21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZO21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZP21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZQ21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZR21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZS21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZT21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZU21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZV21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZW21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZX21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZY21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZZ21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAA21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAB21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAC21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAD21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAE21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAF21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAG21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAH21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAI21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAJ21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAK21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAL21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAM21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAN21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAO21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAP21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAQ21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAR21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAS21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAT21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAU21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAV21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAW21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAX21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAY21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAZ21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABA21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABB21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABC21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABD21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABE21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABF21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABG21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABH21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABI21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABJ21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABK21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABL21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABM21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABN21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABO21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABP21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABQ21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABR21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABS21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABT21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABU21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABV21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABW21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABX21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABY21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABZ21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACA21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACB21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACC21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACD21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACE21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACF21" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">    13 Cuidado personal, protección social, y bienes y servicios diversos</t>
+        </is>
+      </c>
+      <c r="B22" s="14" t="n">
+        <v>101.61</v>
+      </c>
+      <c r="C22" s="14" t="n">
+        <v>101.09</v>
+      </c>
+      <c r="D22" s="14" t="n">
+        <v>100.93</v>
+      </c>
+      <c r="E22" s="14" t="n">
+        <v>100.52</v>
+      </c>
+      <c r="F22" s="14" t="n">
+        <v>100.16</v>
+      </c>
+      <c r="G22" s="14" t="n">
+        <v>100.12</v>
+      </c>
+      <c r="H22" s="14" t="n">
+        <v>99.9</v>
+      </c>
+      <c r="I22" s="14" t="n">
+        <v>100.32</v>
+      </c>
+      <c r="J22" s="14" t="n">
+        <v>100.07</v>
+      </c>
+      <c r="K22" s="14" t="n">
+        <v>99.84</v>
+      </c>
+      <c r="L22" s="14" t="n">
+        <v>99.49</v>
+      </c>
+      <c r="M22" s="14" t="n">
+        <v>98.99</v>
+      </c>
+      <c r="N22" s="14" t="n">
+        <v>98.57</v>
+      </c>
+      <c r="O22" s="14" t="n">
+        <v>98.15</v>
+      </c>
+      <c r="P22" s="14" t="n">
+        <v>98.03</v>
+      </c>
+      <c r="Q22" s="14" t="n">
+        <v>97.65</v>
+      </c>
+      <c r="R22" s="14" t="n">
+        <v>97.19</v>
+      </c>
+      <c r="S22" s="14" t="n">
+        <v>97.27</v>
+      </c>
+      <c r="T22" s="14" t="n">
+        <v>97.01</v>
+      </c>
+      <c r="U22" s="14" t="n">
+        <v>97.38</v>
+      </c>
+      <c r="V22" s="14" t="n">
+        <v>97.11</v>
+      </c>
+      <c r="W22" s="14" t="n">
+        <v>96.87</v>
+      </c>
+      <c r="X22" s="14" t="n">
+        <v>96.3</v>
+      </c>
+      <c r="Y22" s="14" t="n">
+        <v>96.03</v>
+      </c>
+      <c r="Z22" s="14" t="n">
+        <v>95.56</v>
+      </c>
+      <c r="AA22" s="14" t="n">
+        <v>95.39</v>
+      </c>
+      <c r="AB22" s="14" t="n">
+        <v>95.34</v>
+      </c>
+      <c r="AC22" s="14" t="n">
+        <v>95.13</v>
+      </c>
+      <c r="AD22" s="14" t="n">
+        <v>94.97</v>
+      </c>
+      <c r="AE22" s="14" t="n">
+        <v>94.92</v>
+      </c>
+      <c r="AF22" s="14" t="n">
+        <v>94.62</v>
+      </c>
+      <c r="AG22" s="14" t="n">
+        <v>94.74</v>
+      </c>
+      <c r="AH22" s="14" t="n">
+        <v>94.52</v>
+      </c>
+      <c r="AI22" s="14" t="n">
+        <v>94.49</v>
+      </c>
+      <c r="AJ22" s="14" t="n">
+        <v>93.91</v>
+      </c>
+      <c r="AK22" s="14" t="n">
+        <v>93.2</v>
+      </c>
+      <c r="AL22" s="14" t="n">
+        <v>92.58</v>
+      </c>
+      <c r="AM22" s="14" t="n">
+        <v>91.97</v>
+      </c>
+      <c r="AN22" s="14" t="n">
+        <v>91.64</v>
+      </c>
+      <c r="AO22" s="14" t="n">
+        <v>91.29</v>
+      </c>
+      <c r="AP22" s="14" t="n">
+        <v>90.85</v>
+      </c>
+      <c r="AQ22" s="14" t="n">
+        <v>90.76</v>
+      </c>
+      <c r="AR22" s="14" t="n">
+        <v>90.41</v>
+      </c>
+      <c r="AS22" s="14" t="n">
+        <v>90.38</v>
+      </c>
+      <c r="AT22" s="14" t="n">
+        <v>89.89</v>
+      </c>
+      <c r="AU22" s="14" t="n">
+        <v>89.6</v>
+      </c>
+      <c r="AV22" s="14" t="n">
+        <v>89.17</v>
+      </c>
+      <c r="AW22" s="14" t="n">
+        <v>88.61</v>
+      </c>
+      <c r="AX22" s="14" t="n">
+        <v>87.96</v>
+      </c>
+      <c r="AY22" s="14" t="n">
+        <v>87.59</v>
+      </c>
+      <c r="AZ22" s="14" t="n">
+        <v>87.4</v>
+      </c>
+      <c r="BA22" s="14" t="n">
+        <v>87.12</v>
+      </c>
+      <c r="BB22" s="14" t="n">
+        <v>86.91</v>
+      </c>
+      <c r="BC22" s="14" t="n">
+        <v>86.85</v>
+      </c>
+      <c r="BD22" s="14" t="n">
+        <v>86.77</v>
+      </c>
+      <c r="BE22" s="14" t="n">
+        <v>87.01</v>
+      </c>
+      <c r="BF22" s="14" t="n">
+        <v>86.71</v>
+      </c>
+      <c r="BG22" s="14" t="n">
+        <v>86.75</v>
+      </c>
+      <c r="BH22" s="14" t="n">
+        <v>86.56</v>
+      </c>
+      <c r="BI22" s="14" t="n">
+        <v>86.51</v>
+      </c>
+      <c r="BJ22" s="14" t="n">
+        <v>86.59</v>
+      </c>
+      <c r="BK22" s="14" t="n">
+        <v>86.74</v>
+      </c>
+      <c r="BL22" s="14" t="n">
+        <v>86.68</v>
+      </c>
+      <c r="BM22" s="14" t="n">
+        <v>86.63</v>
+      </c>
+      <c r="BN22" s="14" t="n">
+        <v>86.55</v>
+      </c>
+      <c r="BO22" s="14" t="n">
+        <v>86.54</v>
+      </c>
+      <c r="BP22" s="14" t="n">
+        <v>86.38</v>
+      </c>
+      <c r="BQ22" s="14" t="n">
+        <v>86.53</v>
+      </c>
+      <c r="BR22" s="14" t="n">
+        <v>86.31</v>
+      </c>
+      <c r="BS22" s="14" t="n">
+        <v>86.13</v>
+      </c>
+      <c r="BT22" s="14" t="n">
+        <v>85.97</v>
+      </c>
+      <c r="BU22" s="14" t="n">
+        <v>85.86</v>
+      </c>
+      <c r="BV22" s="14" t="n">
+        <v>85.59</v>
+      </c>
+      <c r="BW22" s="14" t="n">
+        <v>85.6</v>
+      </c>
+      <c r="BX22" s="14" t="n">
+        <v>85.45</v>
+      </c>
+      <c r="BY22" s="14" t="n">
+        <v>85.29</v>
+      </c>
+      <c r="BZ22" s="14" t="n">
+        <v>85.14</v>
+      </c>
+      <c r="CA22" s="14" t="n">
+        <v>85.06</v>
+      </c>
+      <c r="CB22" s="14" t="n">
+        <v>84.83</v>
+      </c>
+      <c r="CC22" s="14" t="n">
+        <v>85.24</v>
+      </c>
+      <c r="CD22" s="14" t="n">
+        <v>85.09</v>
+      </c>
+      <c r="CE22" s="14" t="n">
+        <v>85.05</v>
+      </c>
+      <c r="CF22" s="14" t="n">
+        <v>84.9</v>
+      </c>
+      <c r="CG22" s="14" t="n">
+        <v>84.82</v>
+      </c>
+      <c r="CH22" s="14" t="n">
+        <v>84.52</v>
+      </c>
+      <c r="CI22" s="14" t="n">
+        <v>84.53</v>
+      </c>
+      <c r="CJ22" s="14" t="n">
+        <v>84.32</v>
+      </c>
+      <c r="CK22" s="14" t="n">
+        <v>84.23</v>
+      </c>
+      <c r="CL22" s="14" t="n">
+        <v>84.03</v>
+      </c>
+      <c r="CM22" s="14" t="n">
+        <v>84.06</v>
+      </c>
+      <c r="CN22" s="14" t="n">
+        <v>83.93</v>
+      </c>
+      <c r="CO22" s="14" t="n">
+        <v>84.15</v>
+      </c>
+      <c r="CP22" s="14" t="n">
+        <v>84.05</v>
+      </c>
+      <c r="CQ22" s="14" t="n">
+        <v>83.92</v>
+      </c>
+      <c r="CR22" s="14" t="n">
+        <v>83.77</v>
+      </c>
+      <c r="CS22" s="14" t="n">
+        <v>83.7</v>
+      </c>
+      <c r="CT22" s="14" t="n">
+        <v>83.51</v>
+      </c>
+      <c r="CU22" s="14" t="n">
+        <v>83.74</v>
+      </c>
+      <c r="CV22" s="14" t="n">
+        <v>83.5</v>
+      </c>
+      <c r="CW22" s="14" t="n">
+        <v>83.46</v>
+      </c>
+      <c r="CX22" s="14" t="n">
+        <v>83.38</v>
+      </c>
+      <c r="CY22" s="14" t="n">
+        <v>83.38</v>
+      </c>
+      <c r="CZ22" s="14" t="n">
+        <v>83.28</v>
+      </c>
+      <c r="DA22" s="14" t="n">
+        <v>83.57</v>
+      </c>
+      <c r="DB22" s="14" t="n">
+        <v>83.46</v>
+      </c>
+      <c r="DC22" s="14" t="n">
+        <v>83.43</v>
+      </c>
+      <c r="DD22" s="14" t="n">
+        <v>83.33</v>
+      </c>
+      <c r="DE22" s="14" t="n">
+        <v>83.17</v>
+      </c>
+      <c r="DF22" s="14" t="n">
+        <v>83.26</v>
+      </c>
+      <c r="DG22" s="14" t="n">
+        <v>83.46</v>
+      </c>
+      <c r="DH22" s="14" t="n">
+        <v>83.39</v>
+      </c>
+      <c r="DI22" s="14" t="n">
+        <v>83.33</v>
+      </c>
+      <c r="DJ22" s="14" t="n">
+        <v>83.14</v>
+      </c>
+      <c r="DK22" s="14" t="n">
+        <v>83.0</v>
+      </c>
+      <c r="DL22" s="14" t="n">
+        <v>83.04</v>
+      </c>
+      <c r="DM22" s="14" t="n">
+        <v>83.3</v>
+      </c>
+      <c r="DN22" s="14" t="n">
+        <v>83.31</v>
+      </c>
+      <c r="DO22" s="14" t="n">
+        <v>83.22</v>
+      </c>
+      <c r="DP22" s="14" t="n">
+        <v>83.05</v>
+      </c>
+      <c r="DQ22" s="14" t="n">
+        <v>83.01</v>
+      </c>
+      <c r="DR22" s="14" t="n">
+        <v>82.96</v>
+      </c>
+      <c r="DS22" s="14" t="n">
+        <v>83.17</v>
+      </c>
+      <c r="DT22" s="14" t="n">
+        <v>83.11</v>
+      </c>
+      <c r="DU22" s="14" t="n">
+        <v>83.05</v>
+      </c>
+      <c r="DV22" s="14" t="n">
+        <v>82.96</v>
+      </c>
+      <c r="DW22" s="14" t="n">
+        <v>82.88</v>
+      </c>
+      <c r="DX22" s="14" t="n">
+        <v>82.96</v>
+      </c>
+      <c r="DY22" s="14" t="n">
+        <v>83.3</v>
+      </c>
+      <c r="DZ22" s="14" t="n">
+        <v>83.15</v>
+      </c>
+      <c r="EA22" s="14" t="n">
+        <v>83.06</v>
+      </c>
+      <c r="EB22" s="14" t="n">
+        <v>82.97</v>
+      </c>
+      <c r="EC22" s="14" t="n">
+        <v>82.85</v>
+      </c>
+      <c r="ED22" s="14" t="n">
+        <v>82.85</v>
+      </c>
+      <c r="EE22" s="14" t="n">
+        <v>82.75</v>
+      </c>
+      <c r="EF22" s="14" t="n">
+        <v>82.67</v>
+      </c>
+      <c r="EG22" s="14" t="n">
+        <v>82.64</v>
+      </c>
+      <c r="EH22" s="14" t="n">
+        <v>82.52</v>
+      </c>
+      <c r="EI22" s="14" t="n">
+        <v>82.48</v>
+      </c>
+      <c r="EJ22" s="14" t="n">
+        <v>82.46</v>
+      </c>
+      <c r="EK22" s="14" t="n">
+        <v>82.78</v>
+      </c>
+      <c r="EL22" s="14" t="n">
+        <v>82.72</v>
+      </c>
+      <c r="EM22" s="14" t="n">
+        <v>82.62</v>
+      </c>
+      <c r="EN22" s="14" t="n">
+        <v>82.65</v>
+      </c>
+      <c r="EO22" s="14" t="n">
+        <v>82.6</v>
+      </c>
+      <c r="EP22" s="14" t="n">
+        <v>82.64</v>
+      </c>
+      <c r="EQ22" s="14" t="n">
+        <v>82.96</v>
+      </c>
+      <c r="ER22" s="14" t="n">
+        <v>83.0</v>
+      </c>
+      <c r="ES22" s="14" t="n">
+        <v>82.96</v>
+      </c>
+      <c r="ET22" s="14" t="n">
+        <v>82.87</v>
+      </c>
+      <c r="EU22" s="14" t="n">
+        <v>82.86</v>
+      </c>
+      <c r="EV22" s="14" t="n">
+        <v>82.83</v>
+      </c>
+      <c r="EW22" s="14" t="n">
+        <v>83.22</v>
+      </c>
+      <c r="EX22" s="14" t="n">
+        <v>83.27</v>
+      </c>
+      <c r="EY22" s="14" t="n">
+        <v>83.18</v>
+      </c>
+      <c r="EZ22" s="14" t="n">
+        <v>83.12</v>
+      </c>
+      <c r="FA22" s="14" t="n">
+        <v>83.09</v>
+      </c>
+      <c r="FB22" s="14" t="n">
+        <v>83.03</v>
+      </c>
+      <c r="FC22" s="14" t="n">
+        <v>83.25</v>
+      </c>
+      <c r="FD22" s="14" t="n">
+        <v>83.25</v>
+      </c>
+      <c r="FE22" s="14" t="n">
+        <v>83.02</v>
+      </c>
+      <c r="FF22" s="14" t="n">
+        <v>82.17</v>
+      </c>
+      <c r="FG22" s="14" t="n">
+        <v>84.93</v>
+      </c>
+      <c r="FH22" s="14" t="n">
+        <v>84.09</v>
+      </c>
+      <c r="FI22" s="14" t="n">
+        <v>84.49</v>
+      </c>
+      <c r="FJ22" s="14" t="n">
+        <v>84.48</v>
+      </c>
+      <c r="FK22" s="14" t="n">
+        <v>84.51</v>
+      </c>
+      <c r="FL22" s="14" t="n">
+        <v>84.25</v>
+      </c>
+      <c r="FM22" s="14" t="n">
+        <v>84.07</v>
+      </c>
+      <c r="FN22" s="14" t="n">
+        <v>84.03</v>
+      </c>
+      <c r="FO22" s="14" t="n">
+        <v>84.12</v>
+      </c>
+      <c r="FP22" s="14" t="n">
+        <v>83.82</v>
+      </c>
+      <c r="FQ22" s="14" t="n">
+        <v>83.7</v>
+      </c>
+      <c r="FR22" s="14" t="n">
+        <v>83.49</v>
+      </c>
+      <c r="FS22" s="14" t="n">
+        <v>83.36</v>
+      </c>
+      <c r="FT22" s="14" t="n">
+        <v>83.17</v>
+      </c>
+      <c r="FU22" s="14" t="n">
+        <v>83.45</v>
+      </c>
+      <c r="FV22" s="14" t="n">
+        <v>83.3</v>
+      </c>
+      <c r="FW22" s="14" t="n">
+        <v>83.04</v>
+      </c>
+      <c r="FX22" s="14" t="n">
+        <v>82.85</v>
+      </c>
+      <c r="FY22" s="14" t="n">
+        <v>82.78</v>
+      </c>
+      <c r="FZ22" s="14" t="n">
+        <v>82.65</v>
+      </c>
+      <c r="GA22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GB22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GC22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GD22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GE22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GF22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GG22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GH22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GI22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GJ22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GK22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GL22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GM22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GN22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GO22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GP22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GQ22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GR22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GS22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GT22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GU22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GV22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GW22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GX22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GY22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="GZ22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HA22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HB22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HC22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HD22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HE22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HF22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HG22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HH22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HI22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HJ22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HK22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HL22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HM22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HN22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HO22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HP22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HQ22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HR22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HS22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HT22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HU22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HV22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HW22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HX22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HY22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="HZ22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IA22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IB22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IC22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ID22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IE22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IF22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IG22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IH22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="II22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IJ22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IK22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IL22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IM22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IN22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IO22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IP22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IQ22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IR22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IS22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IT22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="IU22" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="IV22" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="IW22" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="IX22" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="IY22" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="IZ22" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="JA22" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="JB22" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="JC22" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="JD22" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="JE22" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="JF22" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="JG22" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="JH22" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="JI22" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="JJ22" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="JK22" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="JL22" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="JM22" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="JN22" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="JO22" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="JP22" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="JQ22" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="JR22" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="JS22" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="JT22" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="JU22" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="JV22" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="JW22" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="JX22" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="JY22" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="JZ22" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="KA22" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="KB22" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="KC22" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="KD22" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="KE22" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="KF22" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="KG22" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="KH22" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="KI22" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="KJ22" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="KK22" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="KL22" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="KM22" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="KN22" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="KO22" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="KP22" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="KQ22" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="KR22" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="KS22" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="KT22" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="KU22" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="KV22" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="KW22" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="KX22" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="KY22" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="KZ22" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="LA22" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="LB22" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="LC22" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="LD22" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="LE22" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="LF22" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="LG22" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="LH22" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="LI22" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="LJ22" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="LK22" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="LL22" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="LM22" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="LN22" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="LO22" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="LP22" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="LQ22" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="LR22" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="LS22" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="LT22" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="LU22" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="LV22" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="LW22" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="LX22" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="LY22" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="LZ22" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="MA22" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="MB22" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="MC22" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="MD22" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="ME22" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="MF22" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="MG22" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="MH22" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="MI22" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="MJ22" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="MK22" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="ML22" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="MM22" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="MN22" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="MO22" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="MP22" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="MQ22" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="MR22" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="MS22" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="MT22" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="MU22" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="MV22" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="MW22" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="MX22" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="MY22" s="15" t="n">
+        <v>-0.2</v>
+      </c>
+      <c r="MZ22" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="NA22" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="NB22" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="NC22" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="ND22" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="NE22" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="NF22" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="NG22" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="NH22" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="NI22" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="NJ22" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="NK22" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="NL22" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="NM22" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="NN22" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="NO22" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="NP22" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="NQ22" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="NR22" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="NS22" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="NT22" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="NU22" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="NV22" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="NW22" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="NX22" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="NY22" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="NZ22" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="OA22" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="OB22" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="OC22" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="OD22" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="OE22" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="OF22" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="OG22" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="OH22" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="OI22" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="OJ22" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="OK22" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="OL22" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="OM22" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="ON22" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="OO22" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="OP22" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="OQ22" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="OR22" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="OS22" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="OT22" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="OU22" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="OV22" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="OW22" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="OX22" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="OY22" s="15" t="n">
+        <v>-3.2</v>
+      </c>
+      <c r="OZ22" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="PA22" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="PB22" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="PC22" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="PD22" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="PE22" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="PF22" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="PG22" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="PH22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PI22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PJ22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PK22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PL22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PM22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PN22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PO22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PP22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PQ22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PR22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PS22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PT22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PU22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PV22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PW22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PX22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PY22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="PZ22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QA22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QB22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QC22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QD22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QE22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QF22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QG22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QH22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QI22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QJ22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QK22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QL22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QM22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QN22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QO22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QP22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QQ22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QR22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QS22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QT22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QU22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QV22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QW22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QX22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QY22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="QZ22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RA22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RB22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RC22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RD22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RE22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RF22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RG22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RH22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RI22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RJ22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RK22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RL22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RM22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RN22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RO22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RP22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RQ22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RR22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RS22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RT22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RU22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RV22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RW22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RX22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RY22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="RZ22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SA22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SB22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SC22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SD22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SE22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SF22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SG22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SH22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SI22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SJ22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SK22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SL22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SM22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="SN22" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="SO22" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="SP22" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="SQ22" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="SR22" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="SS22" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="ST22" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="SU22" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="SV22" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="SW22" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="SX22" s="15" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="SY22" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="SZ22" s="15" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="TA22" s="15" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="TB22" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="TC22" s="15" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="TD22" s="15" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="TE22" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="TF22" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="TG22" s="15" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="TH22" s="15" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="TI22" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="TJ22" s="15" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="TK22" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="TL22" s="15" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="TM22" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="TN22" s="15" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="TO22" s="15" t="n">
+        <v>4.2</v>
+      </c>
+      <c r="TP22" s="15" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="TQ22" s="15" t="n">
+        <v>4.6</v>
+      </c>
+      <c r="TR22" s="15" t="n">
+        <v>4.7</v>
+      </c>
+      <c r="TS22" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="TT22" s="15" t="n">
+        <v>5.2</v>
+      </c>
+      <c r="TU22" s="15" t="n">
+        <v>5.5</v>
+      </c>
+      <c r="TV22" s="15" t="n">
+        <v>5.3</v>
+      </c>
+      <c r="TW22" s="15" t="n">
+        <v>5.2</v>
+      </c>
+      <c r="TX22" s="15" t="n">
+        <v>5.3</v>
+      </c>
+      <c r="TY22" s="15" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="TZ22" s="15" t="n">
+        <v>4.9</v>
+      </c>
+      <c r="UA22" s="15" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="UB22" s="15" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="UC22" s="15" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="UD22" s="15" t="n">
+        <v>4.2</v>
+      </c>
+      <c r="UE22" s="15" t="n">
+        <v>3.9</v>
+      </c>
+      <c r="UF22" s="15" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="UG22" s="15" t="n">
+        <v>3.3</v>
+      </c>
+      <c r="UH22" s="15" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="UI22" s="15" t="n">
         <v>2.4</v>
       </c>
-      <c r="YZ21" s="15" t="n">
-[...2 lines deleted...]
-      <c r="ZA21" s="15" t="n">
+      <c r="UJ22" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="UK22" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="UL22" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="UM22" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="UN22" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="UO22" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="UP22" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="UQ22" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="UR22" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="US22" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="UT22" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="UU22" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="UV22" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="UW22" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="UX22" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="UY22" s="15" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="UZ22" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="VA22" s="15" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="VB22" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="ZB21" s="15" t="n">
+      <c r="VC22" s="15" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="VD22" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="VE22" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="VF22" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="VG22" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="VH22" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="VI22" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="VJ22" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="VK22" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="VL22" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="VM22" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="VN22" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="VO22" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="VP22" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="VQ22" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="VR22" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="VS22" s="15" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="VT22" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="VU22" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="VV22" s="15" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="VW22" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="VX22" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="VY22" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="VZ22" s="15" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="WA22" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="WB22" s="15" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="WC22" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="WD22" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="WE22" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="WF22" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="WG22" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="WH22" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="WI22" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="WJ22" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="WK22" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="WL22" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="WM22" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="WN22" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="WO22" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="WP22" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="WQ22" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="WR22" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="WS22" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="WT22" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="WU22" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="WV22" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="WW22" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="WX22" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="WY22" s="15" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="WZ22" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="XA22" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="XB22" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="XC22" s="15" t="n">
+        <v>0.2</v>
+      </c>
+      <c r="XD22" s="15" t="n">
+        <v>0.1</v>
+      </c>
+      <c r="XE22" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="XF22" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="XG22" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="XH22" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="XI22" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="XJ22" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="XK22" s="15" t="n">
+        <v>0.6</v>
+      </c>
+      <c r="XL22" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="XM22" s="15" t="n">
+        <v>0.5</v>
+      </c>
+      <c r="XN22" s="15" t="n">
+        <v>0.4</v>
+      </c>
+      <c r="XO22" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="XP22" s="15" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="XQ22" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="XR22" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="XS22" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="XT22" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="XU22" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="XV22" s="15" t="n">
+        <v>-0.4</v>
+      </c>
+      <c r="XW22" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="XX22" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="XY22" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="XZ22" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="YA22" s="15" t="n">
+        <v>-0.6</v>
+      </c>
+      <c r="YB22" s="15" t="n">
+        <v>-0.5</v>
+      </c>
+      <c r="YC22" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="YD22" s="15" t="n">
+        <v>-0.3</v>
+      </c>
+      <c r="YE22" s="15" t="n">
+        <v>-0.1</v>
+      </c>
+      <c r="YF22" s="15" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="YG22" s="15" t="n">
+        <v>-2.4</v>
+      </c>
+      <c r="YH22" s="15" t="n">
+        <v>-1.5</v>
+      </c>
+      <c r="YI22" s="15" t="n">
+        <v>-1.5</v>
+      </c>
+      <c r="YJ22" s="15" t="n">
+        <v>-1.4</v>
+      </c>
+      <c r="YK22" s="15" t="n">
+        <v>-1.6</v>
+      </c>
+      <c r="YL22" s="15" t="n">
+        <v>-1.3</v>
+      </c>
+      <c r="YM22" s="15" t="n">
+        <v>-1.2</v>
+      </c>
+      <c r="YN22" s="15" t="n">
+        <v>-1.2</v>
+      </c>
+      <c r="YO22" s="15" t="n">
+        <v>-1.0</v>
+      </c>
+      <c r="YP22" s="15" t="n">
+        <v>-0.7</v>
+      </c>
+      <c r="YQ22" s="15" t="n">
+        <v>-0.8</v>
+      </c>
+      <c r="YR22" s="15" t="n">
+        <v>-1.6</v>
+      </c>
+      <c r="YS22" s="15" t="n">
         <v>1.9</v>
       </c>
-      <c r="ZC21" s="15" t="n">
+      <c r="YT22" s="15" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="YU22" s="15" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="YV22" s="15" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="YW22" s="15" t="n">
         <v>1.8</v>
       </c>
-      <c r="ZD21" s="15" t="n">
-[...5 lines deleted...]
-      <c r="ZF21" s="15" t="n">
+      <c r="YX22" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="ZG21" s="15" t="n">
+      <c r="YY22" s="15" t="n">
         <v>1.6</v>
       </c>
-      <c r="ZH21" s="15" t="n">
-[...32 lines deleted...]
-      <c r="ZS21" s="15" t="n">
+      <c r="YZ22" s="15" t="n">
         <v>1.7</v>
       </c>
-      <c r="ZT21" s="15" t="n">
-[...197 lines deleted...]
-          <t>..</t>
+      <c r="ZA22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZB22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZC22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZD22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZE22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZF22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZG22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZH22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZI22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZJ22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZK22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZL22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZM22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZN22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZO22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZP22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZQ22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZR22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZS22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZT22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZU22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZV22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZW22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZX22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZY22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ZZ22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAA22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAB22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAC22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAD22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAE22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAF22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAG22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAH22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAI22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAJ22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAK22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAL22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAM22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAN22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAO22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAP22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAQ22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAR22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAS22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAT22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAU22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAV22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAW22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAX22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAY22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="AAZ22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABA22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABB22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABC22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABD22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABE22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABF22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABG22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABH22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABI22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABJ22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABK22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABL22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABM22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABN22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABO22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABP22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABQ22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABR22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABS22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABT22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABU22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABV22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABW22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABX22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABY22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ABZ22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACA22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACB22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACC22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACD22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACE22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
+        </is>
+      </c>
+      <c r="ACF22" s="13" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> </t>
         </is>
       </c>
     </row>
-    <row r="24">
-      <c r="A24" s="5" t="inlineStr">
+    <row r="25">
+      <c r="A25" s="5" t="inlineStr">
         <is>
           <t>Notas:</t>
-        </is>
-[...5 lines deleted...]
-          <t xml:space="preserve">Fuente: </t>
         </is>
       </c>
     </row>
     <row r="27">
-      <c r="A27" t="inlineStr">
+      <c r="A27" s="5" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Fuente: </t>
+        </is>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="9">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A5:K5"/>
     <mergeCell ref="A6:K6"/>
-    <mergeCell ref="B7:IR7"/>
-[...1 lines deleted...]
-    <mergeCell ref="SJ7:ABZ7"/>
+    <mergeCell ref="B7:IT7"/>
+    <mergeCell ref="IU7:SM7"/>
+    <mergeCell ref="SN7:ACF7"/>
   </mergeCells>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>